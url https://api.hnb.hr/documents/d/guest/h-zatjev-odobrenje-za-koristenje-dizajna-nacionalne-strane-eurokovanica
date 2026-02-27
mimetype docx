--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="7EC494A5" w14:textId="47E23F27" w:rsidR="00B46A43" w:rsidRDefault="00AC7E49" w:rsidP="0046491F">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:spacing w:before="95"/>
         <w:ind w:left="0" w:right="2600"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487515136" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="590AAD01" wp14:editId="4D9DA1D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-428625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-102235</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7122160" cy="9696450"/>
@@ -82,51 +82,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="5CB5A828" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-33.75pt;margin-top:-8.05pt;width:560.8pt;height:763.5pt;z-index:-15801344;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIZ3kLKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z1132+5WrTtNG4eQ&#10;Djhx8AOyNG0j0jg42brx63HS3RjwhmilKI6dL58/28v7Y2fYQaHXYEuej8acKSuh0rYp+dcvD2/u&#10;OPNB2EoYsKrkJ+X5/er1q2XvCjWBFkylkBGI9UXvSt6G4Ios87JVnfAjcMqSswbsRCATm6xC0RN6&#10;Z7LJeDzPesDKIUjlPZ1uBydfJfy6VjJ8qmuvAjMlJ24hrZjWXVyz1VIUDQrXanmmIf6BRSe0pUcv&#10;UFsRBNuj/guq0xLBQx1GEroM6lpLlXKgbPLxH9k8t8KplAuJ491FJv//YOXHwxMyXVHtZpxZ0VGN&#10;PpNqwjZGsfwmCtQ7X1Dcs3vCmKJ3jyC/eWZh01KYWiNC3ypREa08xme/XYiGp6ts13+AiuDFPkDS&#10;6lhjFwFJBXZMJTldSqKOgUk6vM0nk3xOlZPkW8wX8+ksFS0Txct1hz68U9CxuCk5EvsELw6PPkQ6&#10;ongJia9ZeNDGpLoby/qSz28IMiUGRlfRmQxsdhuD7CCoc9Y5/dOUG+V/HRaRt8K3Q1xyDT3V6UCN&#10;bXRX8rtx/IbjqNNbW6Xng9Bm2BNFY8/CRa0GzXdQnUg3hKFracpo0wL+4Kynji25/74XqDgz7y1p&#10;v8in09jiyZjObidk4LVnd+0RVhJUyQNnw3YThrHYO9RNSy/lSRQLa6pXrZOSsZYDqzNZ6sok8HmC&#10;Yttf2ynq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhADvqqfLgAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG5b0motpTSdEBo3QNrgwDFrsraicbokW7u3xzvB7bP86/fnaj3b&#10;gZ2ND71DCclSADPYON1jK+Hr83VRAAtRoVaDQyPhYgKs69ubSpXaTbg1511sGZVgKJWELsax5Dw0&#10;nbEqLN1okHYH562KNPqWa68mKrcDT4XIuVU90oVOjealM83P7mQl+HgZiuOUvhX56vv9YDci/Thu&#10;pLy/m5+fgEUzx78wXPVJHWpy2rsT6sAGCYv8IaMoQZInwK4Jka2I9kRZIh6B1xX//0X9CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAhneQsrAgAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADvqqfLgAAAADQEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="033BBD64" w14:textId="75D264C3" w:rsidR="00F65D9A" w:rsidRDefault="00F65D9A" w:rsidP="00F65D9A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487525888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71FC326F" wp14:editId="65505191">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -365,51 +365,51 @@
                                 <w:lang w:val="hr-HR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D653C1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                                 <w:lang w:val="hr-HR"/>
                               </w:rPr>
                               <w:t>www.hnb.hr</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2BFBB730" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstni okvir 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:119pt;height:24.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdRlSfBwIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSZEuNOEXXrsOA&#10;rhvQ7gMUWY6FSKJGKbGzrx8lJ2mw3Yb5IFAm+chHPi1vBmvYXmHQ4Go+nZScKSeh0W5T8x8vD+8W&#10;nIUoXCMMOFXzgwr8ZvX2zbL3lZpBB6ZRyAjEhar3Ne9i9FVRBNkpK8IEvHLkbAGtiHTFTdGg6And&#10;mmJWlu+LHrDxCFKFQH/vRydfZfy2VTJ+a9ugIjM1p95iPjGf63QWq6WoNih8p+WxDfEPXVihHRU9&#10;Q92LKNgO9V9QVkuEAG2cSLAFtK2WKnMgNtPyDzbPnfAqc6HhBH8eU/h/sPJp/x2Zbmo+m37gzAlL&#10;S3pR2xCdZrDda2SzNKTeh4pinz1Fx+EjDLTsTDj4R5DbwBzcdcJt1C0i9J0SDTU5TZnFReqIExLI&#10;uv8KDdUSuwgZaGjRpgnSTBih07IO5wWpITKZSs6n06uSXJJ8V+X1YpE3WIjqlO0xxM8KLEtGzZEE&#10;kNHF/jHE1I2oTiGpmIMHbUwWgXGsr/n1fDbPCRceqyNp1Ghb80WZvlE1ieQn1+TkKLQZbSpg3JF1&#10;IjpSjsN6oMA0ijU0B+KPMGqR3g4ZHeAvznrSYc3Dz51AxZn54miGSbQnA0/G+mQIJym15jIiZ+Pl&#10;LmZ5j+xuabqtzsRfax+7I0XleRzVnyR7ec9Rr2909RsAAP//AwBQSwMEFAAGAAgAAAAhADZXkg3a&#10;AAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHAxshUNaWqnBDHgyUPBH7B0&#10;h7ahO9t0F6j+ekcvcnnJy5u8902+GF2nzjSE1jPC4zQBRVx523KN8LlbP6SgQjRsTeeZEL4owKK4&#10;vclNZv2FSzpvY62khENmEJoY+0zrUDXkTJj6nliygx+ciWKHWtvBXKTcdXqWJHPtTMuy0JieVg1V&#10;x+3JIdCy9N8fx7Bx5evbanNome71O+Lkbly+gIo0xv9j+MUXdCiEae9PbIPqEOSR+KeSzZ5SsXuE&#10;5zQFXeT6Gr74AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1GVJ8HAgAA6wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADZXkg3aAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7F483528" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                       <w:pPr>
                         <w:pStyle w:val="NoParagraphStyle"/>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                           <w:lang w:val="hr-HR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D653C1">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
@@ -535,103 +535,113 @@
       </w:pPr>
       <w:r w:rsidRPr="00C651CA">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>ZAHTJEV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C238575" w14:textId="290A1A00" w:rsidR="00E53BBF" w:rsidRPr="00C651CA" w:rsidRDefault="00E53BBF" w:rsidP="00A94713">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C651CA">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>za prethodno odobrenje za korištenje dizajna nacionalne strane eurokovanica</w:t>
-      </w:r>
+        <w:t xml:space="preserve">za prethodno odobrenje za korištenje dizajna nacionalne strane </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C651CA">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>eurokovanica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="19C39DEB" w14:textId="231431BB" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108"/>
         <w:ind w:left="111"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C4A488" w14:textId="77777777" w:rsidR="00566239" w:rsidRPr="00FF7489" w:rsidRDefault="00566239" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108"/>
         <w:ind w:left="111"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F46E25D" w14:textId="7D66D529" w:rsidR="00566239" w:rsidRPr="00177262" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177262">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>PODACI PODNOSITELJA ZAHTJEVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1935E1" w14:textId="77D4AAA2" w:rsidR="00E53BBF" w:rsidRPr="00216912" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk157669662"/>
-    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00A94713">
+    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -644,51 +654,51 @@
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E53BBF" w:rsidRPr="00A94713">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E53BBF" w:rsidRPr="00A94713">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  u vlastito ime</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D62E253" w14:textId="0933FBB5" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00A94713">
+    <w:p w14:paraId="7D62E253" w14:textId="0933FBB5" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2006117859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -790,51 +800,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18FB9E6D" w14:textId="1CB5DAD1" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ime i prezime:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F96C74" w14:textId="69E76265" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="07F96C74" w14:textId="69E76265" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1371039254"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -879,51 +889,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A3A4F9E" w14:textId="07B5F1B9" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0D47E0" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="5A0D47E0" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-73121247"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -968,51 +978,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C897DE" w14:textId="79689C23" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prebivalište (ulica i broj, grad, država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22770BB2" w14:textId="5864313A" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="22770BB2" w14:textId="5864313A" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="134376552"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1096,51 +1106,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5DAC2D" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Naziv pravne osobe:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-220442524"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1168,51 +1178,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4E62A0" w14:textId="58828FA2" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjedište pravne osobe (ulica i broj, grad i država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="062A6055" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="062A6055" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-92170849"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1240,51 +1250,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="788DF6B4" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00524C2A" w:rsidP="00040AE1">
+          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00092C9B" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="379362192"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1389,51 +1399,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="4E56472E" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D27ACF1" w14:textId="62237A7A" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ime i prezime:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1511365304"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1460,51 +1470,51 @@
           </w:tcPr>
           <w:p w14:paraId="5EF57CD0" w14:textId="2A75A840" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:rStyle w:val="Referencafusnote"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1526318662"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1523,51 +1533,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="4E9D6A72" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8D0E2" w14:textId="2F3645E1" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prebivalište (ulica i broj, grad, država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A725115" w14:textId="0AFEF8DD" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="3A725115" w14:textId="0AFEF8DD" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2064091782"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1586,51 +1596,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="2EC245B0" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D876DC6" w14:textId="63C80663" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pravna osnova za zastupanje (priložiti dokaz):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F8B517F" w14:textId="4451F1EA" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="4F8B517F" w14:textId="4451F1EA" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1916"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="467559728"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -1788,51 +1798,51 @@
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651DD6B8" w14:textId="01A21232" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broj telefona:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C33D6A" w14:textId="077A9628" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="44C33D6A" w14:textId="077A9628" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1209337141"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
@@ -1854,51 +1864,51 @@
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE8ABF1" w14:textId="5D561397" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adresa elektroničke pošte (ako postoji):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42191BB6" w14:textId="5E1231E0" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00524C2A" w:rsidP="00177262">
+          <w:p w14:paraId="42191BB6" w14:textId="5E1231E0" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00092C9B" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1314564061"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
@@ -1961,50 +1971,51 @@
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FCB2F59" w14:textId="77777777" w:rsidR="004F05E8" w:rsidRDefault="004F05E8" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68BEB60E" w14:textId="23A35CFA" w:rsidR="00E53BBF" w:rsidRDefault="00C471E7" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487521792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0811FFA6" wp14:editId="4D32B697">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-428625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-106045</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7122160" cy="9696450"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -2025,51 +2036,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="4A5A1BF5" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-33.75pt;margin-top:-8.35pt;width:560.8pt;height:763.5pt;z-index:-15794688;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgWspuKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6rFujplPVMoQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pcAbIpEsn+/8+bvv7pZ3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t/c&#10;cuaDsLUwYFXFn5Xnd6vXr5aDK9UMOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLzgawF4FMbLMaxUDo&#10;vclm0+k8GwBrhyCV93S6HZ18lfCbRsnwqWm8CsxUnLiFtGJad3HNVktRtihcp+WJhvgHFr3Qlh49&#10;Q21FEGyP+i+oXksED02YSOgzaBotVcqBssmnf2Tz1AmnUi4kjndnmfz/g5UfD4/IdE21Kzizoqca&#10;fSbVhG2NYvlVFGhwvqS4J/eIMUXvHkB+88zCpqMwtUaEoVOiJlp5jM9+uxANT1fZbvgANcGLfYCk&#10;1bHBPgKSCuyYSvJ8Lok6Bibp8CafzfI5VU6SbzFfzIvrVLRMlC/XHfrwTkHP4qbiSOwTvDg8+BDp&#10;iPIlJL5m4V4bk+puLBsqPr8iyJQYGF1HZzKw3W0MsoOgzlnn9BcpN8r/Miwib4XvxrjkGnuq14Ea&#10;2+i+4rfT+I3HUae3tk7PB6HNuCeKxp6Ei1qNmu+gfibdEMaupSmjTQf4g7OBOrbi/vteoOLMvLek&#10;/SIvitjiySiub2Zk4KVnd+kRVhJUxQNn43YTxrHYO9RtRy/lSRQLa6pXo5OSsZYjqxNZ6sok8GmC&#10;Yttf2inq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhAPjO+/PhAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG5b0rJ2VWk6ITRugMTgwDFrsraicbokW7u3xzvB7bf86ffnajPb&#10;gZ2ND71DCclSADPYON1jK+Hr82VRAAtRoVaDQyPhYgJs6tubSpXaTfhhzrvYMirBUCoJXYxjyXlo&#10;OmNVWLrRIO0OzlsVafQt115NVG4HngqRc6t6pAudGs1zZ5qf3clK8PEyFMcpfS3y1ffbwW5F+n7c&#10;Snl/Nz89Aotmjn8wXPVJHWpy2rsT6sAGCYt8nRFKIcnXwK6EyFYJsD2lLBEPwOuK//+i/gUAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCgWspuKwIAAC8EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4zvvz4QAAAA0BAAAPAAAAAAAAAAAAAAAAAIUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F53FB59" w14:textId="4FA8712C" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19513A8E" w14:textId="0EB0F593" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0241664E" w14:textId="1CC97166" w:rsidR="00E23510" w:rsidRDefault="00E23510" w:rsidP="00E53BBF">
       <w:pPr>
@@ -2077,74 +2088,73 @@
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F3CF27" w14:textId="34EF1148" w:rsidR="00E23510" w:rsidRDefault="00E23510" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48BF09F3" w14:textId="76FC01EC" w:rsidR="00E53BBF" w:rsidRPr="00634B19" w:rsidRDefault="00E53BBF" w:rsidP="006C665A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098023C">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ZAHTJEV SE PODNOSI ZA SLJEDEĆI DIZAJN NACIONALNE STRANE EUROKOVANICA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="8889"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E53BBF" w14:paraId="0E8D255B" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63ED8D9C" w14:textId="29EB76F6" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="63ED8D9C" w14:textId="29EB76F6" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-99876558"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2198,51 +2208,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nacionalnoj strani eurokovanice od 2 eura</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w14:paraId="4E693641" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57DECC54" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="57DECC54" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2102298184"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2274,65 +2284,81 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">za motiv životinje kune sa šahovnicom u pozadini na nacionalnoj </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AE0D571" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>strani eurokovanice od 1 eura</w:t>
+              <w:t xml:space="preserve">strani </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eurokovanice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> od 1 eura</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w14:paraId="48350DB9" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35532C2A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="35532C2A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="80185849"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2364,65 +2390,81 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">za motiv Nikole Tesle sa šahovnicom u pozadini na nacionalnoj </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E10DE82" w14:textId="3BBEEC5E" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>strani eurokovanica od 50, 20 i 10 centa</w:t>
+              <w:t xml:space="preserve">strani </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eurokovanica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> od 50, 20 i 10 centa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w14:paraId="59AA9975" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365C4CA5" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="365C4CA5" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-170713117"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2449,67 +2491,76 @@
             <w:tcW w:w="8889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF53900" w14:textId="1F121C81" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>za motiv glagoljice sa šahovnicom u pozadini na nacionalnoj strani</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13986D6D" w14:textId="175D1B42" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eurokovanica od 5, 2 i 1 centa</w:t>
+              <w:t>eurokovanica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> od 5, 2 i 1 centa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w14:paraId="635B1764" w14:textId="77777777" w:rsidTr="007163A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CDF373" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="00CDF373" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1410381264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2534,51 +2585,67 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="260152CD" w14:textId="4A5806C7" w:rsidR="00040AE1" w:rsidRDefault="00040AE1" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7801435D" w14:textId="784CD2C9" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>za dizajn nacionalne strane prigodne eurokovanice:</w:t>
+              <w:t xml:space="preserve">za dizajn nacionalne strane prigodne </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eurokovanice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00040AE1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="638236A7" w14:textId="307307A8" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>godina izdanja</w:t>
             </w:r>
             <w:r w:rsidR="008A3BEB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00040AE1">
               <w:rPr>
@@ -2759,51 +2826,51 @@
           </w:p>
           <w:p w14:paraId="54EB42DC" w14:textId="39C03D53" w:rsidR="00BD1EC3" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63961A61" w14:textId="7E15DAD3" w:rsidR="00BD1EC3" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F2B3621" w14:textId="00C5B008" w:rsidR="00BD1EC3" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13B26097" w14:textId="1EFC49F2" w:rsidR="00BD1EC3" w:rsidRDefault="00524C2A" w:rsidP="00A13AD7">
+          <w:p w14:paraId="13B26097" w14:textId="1EFC49F2" w:rsidR="00BD1EC3" w:rsidRDefault="00092C9B" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1440290399"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00472F6C" w:rsidRPr="008C5599">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -3052,67 +3119,76 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>novca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B98BAD2" w14:textId="36AE7034" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Trg hrvatskih velikana 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6800AED7" w14:textId="77777777" w:rsidR="004B66F8" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
+    <w:p w14:paraId="6800AED7" w14:textId="4EA0BC68" w:rsidR="004B66F8" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>p. p. 859</w:t>
+        <w:t xml:space="preserve">p. p. </w:t>
+      </w:r>
+      <w:r w:rsidR="00092C9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>168</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034578A0" w14:textId="073DC6CF" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>10000 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B314D8C" w14:textId="24686308" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -3183,51 +3259,51 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="524AF548" id="Ravni poveznik 47" o:spid="_x0000_s1026" style="position:absolute;z-index:487519744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="333pt,11.35pt" to="459pt,11.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeMtqStAEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO1DAMvSPxD1HuTDsrtKBqOnvYFVwQ&#10;jBb4gGzqTKNN4sgJ7Qxfj5OZ6a4AIYS4pHH8nu1nu5ubg3diAkoWQy/Xq1YKCBoHG/a9/Prl3au3&#10;UqSswqAcBujlEZK82b58sZljB1c4ohuABAcJqZtjL8ecY9c0SY/gVVphhMBOg+RVZpP2zUBq5uje&#10;NVdte93MSEMk1JASv96dnHJb4xsDOn8yJkEWrpdcW64n1fOhnM12o7o9qThafS5D/UMVXtnASZdQ&#10;dyor8Y3sL6G81YQJTV5p9A0aYzVUDaxm3f6k5vOoIlQt3JwUlzal/xdWf5x2JOzQy9dvpAjK84zu&#10;1RSsiDjB92AfBTu4S3NMHYNvw47OVoo7KpIPhnz5shhxqJ09Lp2FQxaaH9fXbcvjkkJffM0TMVLK&#10;7wG9KJdeOhuKaNWp6UPKnIyhFwgbpZBT6nrLRwcF7MI9GBZSklV2XSG4dSQmxcMfHtdFBseqyEIx&#10;1rmF1P6ZdMYWGtS1+lvigq4ZMeSF6G1A+l3WfLiUak74i+qT1iL7AYdjHURtB+9GVXbe47J8z+1K&#10;f/rbtj8AAAD//wMAUEsDBBQABgAIAAAAIQAo1FCd3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NToRAEITvJr7DpE28ucNyAESGzcafkx4QPXicZXqBLNNDmFlAn942HvTY1ZWqr4rdagcx4+R7&#10;Rwq2mwgEUuNMT62C97enmwyED5qMHhyhgk/0sCsvLwqdG7fQK851aAWHkM+1gi6EMZfSNx1a7Tdu&#10;ROLf0U1WBz6nVppJLxxuBxlHUSKt7okbOj3ifYfNqT5bBenjc12Ny8PLVyVTWVWzC9npQ6nrq3V/&#10;ByLgGv7M8IPP6FAy08GdyXgxKEiShLcEBXGcgmDD7TZj4fAryLKQ/xeU3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAeMtqStAEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAo1FCd3QAAAAkBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487518720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3726298C" wp14:editId="37A05D99">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>158750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>144145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1602000" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -3249,51 +3325,51 @@
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="7A1C5F35" id="Ravni poveznik 45" o:spid="_x0000_s1026" style="position:absolute;z-index:487518720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="12.5pt,11.35pt" to="138.65pt,11.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKqu01tAEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO1DAMvSPxD1HuTDsrWKFqOnvYFVwQ&#10;jBb4gGzqTKNN4sgJ7Qxfj5OZ6a4AIYS4pHH8nu1nu5ubg3diAkoWQy/Xq1YKCBoHG/a9/Prl3au3&#10;UqSswqAcBujlEZK82b58sZljB1c4ohuABAcJqZtjL8ecY9c0SY/gVVphhMBOg+RVZpP2zUBq5uje&#10;NVdte93MSEMk1JASv96dnHJb4xsDOn8yJkEWrpdcW64n1fOhnM12o7o9qThafS5D/UMVXtnASZdQ&#10;dyor8Y3sL6G81YQJTV5p9A0aYzVUDaxm3f6k5vOoIlQt3JwUlzal/xdWf5x2JOzQy9dvpAjK84zu&#10;1RSsiDjB92AfBTu4S3NMHYNvw47OVoo7KpIPhnz5shhxqJ09Lp2FQxaaH9fXLU+LB6AvvuaJGCnl&#10;94BelEsvnQ1FtOrU9CFlTsbQC4SNUsgpdb3lo4MCduEeDAspySq7rhDcOhKT4uEPj+sig2NVZKEY&#10;69xCav9MOmMLDepa/S1xQdeMGPJC9DYg/S5rPlxKNSf8RfVJa5H9gMOxDqK2g3ejKjvvcVm+53al&#10;P/1t2x8AAAD//wMAUEsDBBQABgAIAAAAIQBaTzm/3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcqEMQuErjVIifExzSwIGjG2+TqPE6it0k8PQs4gCn1e6MZr/Jt4vrxYRj&#10;6DxpuF4lIJBqbztqNLy/PV+tQYRoyJreE2r4xADb4vwsN5n1M+1wqmIjOIRCZjS0MQ6ZlKFu0Zmw&#10;8gMSawc/OhN5HRtpRzNzuOtlmiR30pmO+ENrBnxosT5WJ6dBPb1U5TA/vn6VUsmynHxcHz+0vrxY&#10;7jcgIi7xzww/+IwOBTPt/YlsEL2G9JarRJ6pAsF6qtQNiP3vQRa5/F+g+AYAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDKqu01tAEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBaTzm/3QAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E53BBF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="537D9566" w14:textId="4FC84D73" w:rsidR="00E53BBF" w:rsidRPr="00FB5488" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB5488">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               (mjesto i datum)</w:t>
@@ -3430,51 +3506,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="50317EC2" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-34pt;margin-top:-8.3pt;width:560.8pt;height:763.5pt;z-index:-15792640;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwIaylKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6LlujplPVMoQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pcAbIpEsn+/8+bvv7pZ3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t/c&#10;cuaDsLUwYFXFn5Xnd6vXr5aDK9UMOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLzgawF4FMbLMaxUDo&#10;vclm02mRDYC1Q5DKezrdjk6+SvhNo2T41DReBWYqTtxCWjGtu7hmq6UoWxSu0/JEQ/wDi15oS4+e&#10;obYiCLZH/RdUryWChyZMJPQZNI2WKuVA2eTTP7J56oRTKRcSx7uzTP7/wcqPh0dkuqbaFZxZ0VON&#10;PpNqwrZGsfwqCjQ4X1Lck3vEmKJ3DyC/eWZh01GYWiPC0ClRE608xme/XYiGp6tsN3yAmuDFPkDS&#10;6thgHwFJBXZMJXk+l0QdA5N0eJPPZnlBlZPkWxSLYn6dipaJ8uW6Qx/eKehZ3FQciX2CF4cHHyId&#10;Ub6ExNcs3GtjUt2NZUPFiyuCTImB0XV0JgPb3cYgOwjqnHVO/zzlRvlfhkXkrfDdGJdcY0/1OlBj&#10;G91X/HYav/E46vTW1un5ILQZ90TR2JNwUatR8x3Uz6Qbwti1NGW06QB/cDZQx1bcf98LVJyZ95a0&#10;X+TzeWzxZMyvb2Zk4KVnd+kRVhJUxQNn43YTxrHYO9RtRy/lSRQLa6pXo5OSsZYjqxNZ6sok8GmC&#10;Yttf2inq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhANYd88DgAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNxaO6G1ohCnQqjcAInCgaMbb5MI/6Sx26Rvz/YEt2+0o9mZajM7&#10;y844xj54BdlSAEPfBNP7VsHX58uiABaT9kbb4FHBBSNs6tubSpcmTP4Dz7vUMgrxsdQKupSGkvPY&#10;dOh0XIYBPd0OYXQ6kRxbbkY9UbizPBdCcqd7Tx86PeBzh83P7uQUjOlii+OUvxZy9f12cFuRvx+3&#10;St3fzU+PwBLO6c8M1/pUHWrqtA8nbyKzChayoC2JIJMS2NUh1g9Ee6J1JlbA64r/X1H/AgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPAhrKUrAgAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANYd88DgAAAADQEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F0F9C4A" w14:textId="1ACE9A4F" w:rsidR="00A94713" w:rsidRDefault="00A94713" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B41D566" w14:textId="3831589B" w:rsidR="00A94713" w:rsidRDefault="00A94713" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="130C3A5B" w14:textId="2110A17B" w:rsidR="00A94713" w:rsidRDefault="00A94713" w:rsidP="00E53BBF">
       <w:pPr>
@@ -3519,51 +3595,50 @@
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="120" w:line="24" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dokaz o ovlaštenju za zastupanje ako je podnositelj zahtjeva osoba ovlaštena za zastupanje (primjerice punomoć, rodni list</w:t>
       </w:r>
       <w:r w:rsidR="007D41EC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="007D41EC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>izvod iz matice rođenih</w:t>
       </w:r>
       <w:r w:rsidR="007D41EC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
@@ -4474,155 +4549,155 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE2CD09" w14:textId="77777777" w:rsidR="00AD2E4B" w:rsidRDefault="00AD2E4B">
       <w:pPr>
         <w:pStyle w:val="Tijeloteksta"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AD2E4B">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="500" w:right="740" w:bottom="780" w:left="1020" w:header="0" w:footer="600" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F0044E1" w14:textId="77777777" w:rsidR="00CA13AB" w:rsidRDefault="00CA13AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="469EB73C" w14:textId="77777777" w:rsidR="00CA13AB" w:rsidRDefault="00CA13AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Life L2">
     <w:panose1 w:val="02020602060305020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3E2944D9" w14:textId="30A3F651" w:rsidR="00B46A43" w:rsidRDefault="007A58B3">
     <w:pPr>
       <w:pStyle w:val="Tijeloteksta"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487518720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AC058A1" wp14:editId="1694DC45">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6170295</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10229124</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="864235" cy="116205"/>
@@ -4756,51 +4831,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3AC058A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:805.45pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5ppZpqwIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCQ2opEpCmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSJNWk6ZtfLDO9vm5e+4e7vZuaBt0oFIxwVPsX3kYUV6IkvFdir88&#10;5s4cI6UJL0kjOE3xE1X4bvH2zW3fJTQQtWhKKhGAcJX0XYprrbvEdVVR05aoK9FRDpeVkC3RsJU7&#10;t5SkB/S2cQPPi9xeyLKToqBKwWk2XuKFxa8qWuhPVaWoRk2KITdtV2nXrVndxS1JdpJ0NSuOaZC/&#10;yKIljEPQE1RGNEF7yV5BtayQQolKXxWidUVVsYJaDsDG916weahJRy0XKI7qTmVS/w+2+Hj4LBEr&#10;UxxgxEkLLXqkg0YrMSDfVKfvVAJODx246QGOocuWqeruRfFVIS7WNeE7upRS9DUlJWRnX7pnT0cc&#10;ZUC2/QdRQhiy18ICDZVsTemgGAjQoUtPp86YVAo4nEdhcD3DqIAr348Cb2Zyc0kyPe6k0u+oaJEx&#10;Uiyh8RacHO6VHl0nFxOLi5w1jW1+wy8OAHM8gdDw1NyZJGwvf8RevJlv5qETBtHGCb0sc5b5OnSi&#10;3L+ZZdfZep35P01cP0xqVpaUmzCTrvzwz/p2VPioiJOylGhYaeBMSkrututGogMBXef2OxbkzM29&#10;TMPWC7i8oOQHobcKYieP5jdOmIczJ77x5o7nx6s48sI4zPJLSveM03+nhPoUx7NgNmrpt9w8+73m&#10;RpKWaZgcDWtBHScnkhgFbnhpW6sJa0b7rBQm/edSQLunRlu9GomOYtXDdgAUI+KtKJ9AuVKAskCe&#10;MO7AqIX8jlEPoyPF6tueSIpR856D+s2cmQw5GdvJILyApynWGI3mWo/zaN9JtqsBefy/uFjCH1Ix&#10;q97nLCB1s4FxYEkcR5eZN+d76/U8YBe/AAAA//8DAFBLAwQUAAYACAAAACEADHkuXuAAAAAOAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZW6q2x4QCFYqIoak+VqhJ66NHgDaDgNcVO&#10;Qv++5tQed+ZpdqbYLWZkV5zdYElCtBXAkFqrB+okfNavj0/AnFek1WgJJfygg125uStUru2NKrwe&#10;fcdCCLlcSei9n3LOXdujUW5rJ6TgnexslA/n3HE9q1sINyOPhUi4UQOFD72a8NBjez5ejIT9F1Uv&#10;w/d781GdqqGuM0FvyVnKh/tl/wzM4+L/YFjrh+pQhk6NvZB2bJSQpVEa0GAkkciArUgk0jCnWbU4&#10;i4GXBf8/o/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeaaWaasCAACoBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADHkuXuAAAAAOAQAADwAA&#10;AAAAAAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:805.45pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfiAne5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7lAV1W02aq0KkIq&#10;UKnlA7yOnVgkHjP2brJ8PWNnsxT6VvFiTcYzx2fOnGyupqFnB4XegK15sco5U1ZCY2xb8+9Pd+8u&#10;OfNB2Eb0YFXNj8rzq+3bN5vRVaqEDvpGISMQ66vR1bwLwVVZ5mWnBuFX4JSlSw04iECf2GYNipHQ&#10;hz4r83ydjYCNQ5DKe8rezpd8m/C1VjJ809qrwPqaE7eQTkznLp7ZdiOqFoXrjDzREK9gMQhj6dEz&#10;1K0Igu3RvIAajETwoMNKwpCB1kaqNANNU+T/TPPYCafSLCSOd2eZ/P+DlV8PD8hMU/OSMysGWtGT&#10;mgL7CBMrojqj8xUVPToqCxOlactpUu/uQf7wzMJNJ2yrrhFh7JRoiF3qzJ61zjg+guzGL9DQM2If&#10;IAFNGocoHYnBCJ22dDxvJlKRlLxcfyjfX3Am6aoo1mV+EbllolqaHfrwScHAYlBzpMUncHG492Eu&#10;XUriWxbuTN+n5ff2rwRhxkwiH/nOzMO0m05i7KA50hgIs5fI+xR0gL84G8lHNfc/9wIVZ/1nS1JE&#10;0y0BLsFuCYSV1FrzwNkc3oTZnHuHpu0IeRbbwjXJpU0aJeo6szjxJG8kMU4+juZ7/p2q/vxt298A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMeS5e4AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BboMw&#10;EETvlfIP1lbqrbHhAIVioihqT5WqEnro0eANoOA1xU5C/77m1B535ml2ptgtZmRXnN1gSUK0FcCQ&#10;WqsH6iR81q+PT8CcV6TVaAkl/KCDXbm5K1Su7Y0qvB59x0IIuVxJ6L2fcs5d26NRbmsnpOCd7GyU&#10;D+fccT2rWwg3I4+FSLhRA4UPvZrw0GN7Pl6MhP0XVS/D93vzUZ2qoa4zQW/JWcqH+2X/DMzj4v9g&#10;WOuH6lCGTo29kHZslJClURrQYCSRyICtSCTSMKdZtTiLgZcF/z+j/AUAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDfiAne5wEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAMeS5e4AAAAA4BAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3E9309D6" w14:textId="275C4896" w:rsidR="00B46A43" w:rsidRDefault="00BE0C29">
                     <w:pPr>
                       <w:spacing w:before="24"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="12"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BE0C29">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:w w:val="110"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t>DNC-</w:t>
                     </w:r>
                     <w:r w:rsidR="0003707C">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:w w:val="110"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t>5</w:t>
@@ -7305,51 +7380,51 @@
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:group w14:anchorId="309295B0" id="Grupa 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.5pt;margin-top:-3.45pt;width:92.05pt;height:4.85pt;z-index:-15798272" coordsize="11691,615" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApuj9dgiAAADbLAAAOAAAAZHJzL2Uyb0RvYy54bWzsXVuPZLltfg+Q/1DoxwT2lM6lLgPPGoYd&#10;LwI4iQFXfkBt35Hurk51z87avz4fJfG0RJGS7JlF9qGxwNTMFo/OJ1KkRIpk/ea3Pz0+rH68Pr/c&#10;n54+Xbhfry9W10+Xp6v7p9tPF/99+OOvdherl9fj09Xx4fR0/enir9cvF7/97p//6Tdfnj9eD6e7&#10;08PV9XmFQZ5ePn55/nRx9/r6/PHDh5fLu+vH48uvT8/XT/jy5nR+PL7in+fbD1fn4xeM/vjwYViv&#10;Nx++nM5Xz+fT5fXLC/7vH8KXF9/58W9uri9f/+vm5uX6dfXw6QLYXv2fZ//nD/Tnh+9+c/x4ez4+&#10;391fRhjHfwDF4/H+CS9dhvrD8fW4+ny+L4Z6vL88n15ON6+/vjw9fjjd3NxfXvs5YDZuLWbz/fn0&#10;+dnP5fbjl9vnhU1greDTPzzs5X/++Ofz6v4KshsuVk/HR8jo+/Pn5+MK/wZzvjzffgTN9+fnvzz/&#10;+Rz/x234F833p5vzI31iJqufPFv/urD1+qfX1SX+p3Ob/XqcL1aX+G7j5v0c2H55B9kUT13e/Vvy&#10;nNtgAWXPfeCXfiBsC5Qvz1hAL288evk6Hv3l7vh87Vn/QvOPPAKWwKLffX49eZLVNnDJUxGLiBkv&#10;z386Xf7PC7gFjMk39I8X0Kx++PIfpytw+ohh/LIRbJw36/3+YlWychzXWPUWR44fLz+/vH5/ffIi&#10;Of74p5fXsL6v8De/Oq8i/gPGuHl8wFL/11+t1pD1POCPwYsci3ghc0z2Lx9Wh/Xqy2oeWGcWGqyb&#10;dKiNc/uV26w3Lkj5bbCRCTGY82R3q73nX/rKiakish3BK5FhOYW3ErJJR7ZhmjDUxq23OrItEwZk&#10;INOQQfrpRIftTkUGwb0h2+nInOD/Zr01mOZSEYCtoNOwkfZm4DYYT2GbS4VwcIMBTwgB0sRcNZm6&#10;VA5EsdPhCVEMFrxUEge3MeAJSZC2GPBSYQAe6DTuYVHn3Judyr0hFcZhsBRCyALrzoA3pNKASoBO&#10;hSfEMYyTDi8VxmEwtGIQssCagvJrwh1SaYACdCo8IY7B4l4qjMNgqMYoZIHXjjq8MZUGwRtVeKMQ&#10;h7X2xlQYh9FQjVHIYrPeYa1o3KMdbzEEoACdxr1RiGPYYLqK5o6pMA6joRqjkAWAzQa8VBo0gVmF&#10;NwlxAJkKb0qFcZgM1ZiELPBaY+1NqTQInr72JiEOSzWmVBiHyVCNScgCh5WNzr0plQY0F3SacCch&#10;Dks1plQYh8lQjVnIYuPIEIA3xVY7p9IAPNBp8GYhjmGn7xpzKowDzgrqQWAWsrC5N6fSsLk3C3GM&#10;JA1FNeZUGAcQ6fCELOy1N6fSsNfeRogDZzMVHsTzZggOG0M1NkIWNrxNKo0KPCGOcYAlULi3SYVx&#10;2BiqsRGysIW7SaVhC5cO9umJZdzqB71NKowDzheqcLdCFjb3tqk0bO5thTimQV9721QYB+yQOjwh&#10;C5xEjE1tm0oD8ECnae5WiGNa64fRbSqMw9ZQja2Qxcbh8EC8KQzLNpUGhAs6Dd5OiMOCt0uFccBR&#10;X+XeTsgCW71xHN2l0sAEQKfCE+KwhLtLhXHYGaqxE7KwhbtLpWELdyfEYXIvFcZhZ6jGXsjCVo19&#10;Kg0Sv77n7oU4RjpiKIZlnwrjsDdUYy9kYRsWxA3e7KhtWPZCHOMOXp8GLxXGYW+oxl7Iwt5zyWNP&#10;znvWnuvIf08N3zTqhs+tU3Ec8JyuHW4t5GFDdOtUJGChcS5wayGUyTjSu3UqE2A0VMSthVBsKcNJ&#10;Z/4Eb9w4Wrm1kMw06csQXlUyIDAaeuJKp9w6nDrplRua4qRbPpEfraxFJ/xy0zF3QjC2d+Ska264&#10;R4jOMXtCmGQyIi7OpYI54DljPTohmIqsXSoaW6WddNDnte4kudxDx3MGRgSUMiWs8FE46Zabia0w&#10;H3Le6kEEBNuYkGJXtIWqu54rHHWajrorO+GpE6G277lBiGYejfU4pIIBRktnCm8dVsvAKNx1IlQx&#10;Sn99prOIpjO5w+4sjx1Gjvkd44Dm4ctJn904fTnptM9gkI4x1xnLbXel324FZdyYiobOOPou7aTn&#10;Ps/6Puhy1x3PGeuxdN6tY5iT3rtxDnPSfZ8NJ8Dl/jueszAKY4awixF7c8KFJ0J1PUofft4Yep07&#10;8c7y4l3hxleiq+kRgFRfP8866cjPk4Ex9+TxnMHHwpeHL2DotXDmiVDlo/TmZ2xyqs7k7jyFVnT7&#10;OAtjBlUwMUqdMTBKl36muwzN9uQ+PSRjYCy8evMOwgm3nghVPm6EOZtnC2O+z1ievStde4oUaN6f&#10;k749CHWMQjSzdb+Ue/e47TP4WPj3UF8Do3DwiVDFKD18c5/JXXxn+fhuKwSD47Vle4SXT4Q6RmHO&#10;Zmfode7nO8vRd4qnb2LMdcYNBkbp6+OKUNeZ3Nl3lrfvCncfFtOQtfD3iVDl406IZp4M25N7/M5y&#10;+V3h8zvaXVWdEU4/EeoYpc5Y58ddKpiDs/x+Vzj+bjKi2U54/kSoYpSu/8bS69z3d5bz7/q9f9fp&#10;/jvp/29o9Wg2HHfPbw77Ac8ZtqcIAZiXFk7EAKwIir/DT2MA814/PyIpJMWI53SMQxkDWBuyHmQM&#10;AISarAcZA5h3un895DEAPGdhFMbMB5hUnRlEDMDmo9QZk4+ZzgxWDGAoYgDmDdAgYgDWFdAgYwCb&#10;0eBjHgPAcwYfixhABWN6BLD960HGALaGfRzyGACeszAKwdgxgKEzBjDIGMDW6f7MkMcA8JyBsYgB&#10;mFHvQcQArLD3IGMAG7ocVmzPkMcA8JyFUepMBWNqziBrIzQ/yBiAzcdcZ6wYwFDGAMhj1/bCQcYA&#10;LIwyBrCFUVH5mMcABisGgGthtqMcA7Bie4OMARixvUHGADZ7C2MqmAOeM2RdxgBsjKloiNV6DGCQ&#10;MYCNkXcz5DEAPGdgLGIAtu0RMQDTPsoYwIaSeTSdyWMAgxUDGMpbfOuafBAxACsePsgYwBaHYR1j&#10;Khik4Bj+zFDEAGw+yrv8JB6OXMhbzu073nG63+VPTzHfD39bHSkTd+2zDJ9PL5RuecCZAqmFh5ES&#10;9DAEqCg50CDGDkLEPk+vSYzZEzG2xp6hacPz5D4htDk47T2efN81Om0DRA7b3QOGLLIn75spBUiJ&#10;HBatZ3SyU568b6qU7OPJ+6ZK2kvkULkeMKRInrxvqhTXInIsxJ7RKcTkyfumStEeT943VQq8EDmi&#10;JT1gKLnBk/dNlcIRRI4YQs/oFBnw5H1TJSfdk/dNlfxlIoeT2wOGXFdP3jdV8iKJHK5fz+jk0Hny&#10;vqmSb+XJ+6bq7zqJnm4oe+D4i8fwQN90/S2gf6DXOC3WCRdpXZAW+4QTbdcDbKFcp4nyN0d+Drjv&#10;6XtDFLLrNFOO7RTdhHS9gS0VXUt0PcC2iu4I+h6I6xqBvM4HeNKdBsuxxXIIZXdBYpuFWoa+B9hq&#10;UZC36w1styji2vcAT7rTdDm2XQ6xyK43sPVyyAHqeoDtl+s0YI4tmEPIrO8NPOlOI+bYilEwqesN&#10;bMcostPzgA/YkIpSmKXvgbi8KebR90CcNAUguh5gQzZ0GjLv5Ps5dBoy73H7BzoNmXd/wwOdk+bj&#10;FnmQXZNmQ0buXN8DcccaOg2Zd5n8HDoN2cDHLvI6uiDxwQtZw+kD4aAcj/hnlLjJ4rbzxQrFbT/Q&#10;M8ePz8dX8gz4r6svny6oiGd19+kCi5v+9+Ppx+vDyRO8kn9AlzyY2KIib98/PKV05PeDDtdwYTb8&#10;LX8++9HirGEya1R0l4ex4Lp1UOHFVSrETDAW0lCqVAE9qzWD5s8IPrCijp2cSLwPTK29L1LBya9S&#10;IS+F+MCLluHwZ4AVtQFeaW0sCjzSWF1UizHhN/FnfGOQT4sqmCa8uIaLghIkHzaQ/Cb+zFjfx9WG&#10;gMJBeqqiijxlTWMw/BlAReTVgeK6qkswymbRMX4Nf4bXRarlWMLf8meUTeA6NvQa1yniAK433ih1&#10;n990+XB6ucbwpbVAnkMQZ3y7ZS18Gg6JvYrSZ/+BCvnNtcnQnWNzLMowbxL5lEhQNfjiE/Q6yAQz&#10;2uwb4rpb3m/xz9/HAAFCozXOMNly0GQI/BlXFl1gYrQWWeRhiyyOBg/oG2DjKTRm6i8tMYXGgmJo&#10;VWQunlUbY2Gn79AhhPK6yOIZv6G3/qoZ02yQ4UrLv7RFRjc9GG1Zbrws+DOaFLkq+WvbDgyCheY6&#10;pruUptj8jQtRNVY7xXr7yVqzjqeQTrIWNmZIYwpMJhaozekxngsX59Ni9UjRenAHpr+mlmNcE9iX&#10;q2SUw43R4PHXycJLG9qLYqkgufoBbIwvbRw8Rt696wo80t0OLZfGFOhqB2S4KavONBr7Jll8aX1L&#10;GymvEy9tQQs7X31NjXSnirFaAsWlWJNqoDQSUOFmvMYMJmucb4foUDcO+iNdFOKlyxJn+8OfwUyN&#10;MfqElLgaNiZbAhc8Cn/yaGGm2DGqo1FyArA1ycICR8ZVfbTwUmy0NTJUZvqXtsgoQYew1fVgoJQW&#10;ImspXyBDkk4N20juJEZD4k2VLAqrRRatG4JB1dGkEWRZ2nYThTYBJ49s2k1K2cKEFj+dx+bPsF4m&#10;ukkHWZ3XE6VrNKlGKuijVzI2fhV/xiUayeqvHHFc63hlpGrsdoyskwyZyDWxTTEY1RitEBWzwZau&#10;D2qAg8vIlnQnUBB3GhsUkzWOvlMMi7bIqKYYL22RxdEaG1Qvts6ZUsIlsNUXFU+0RdU1FqVjpLJi&#10;8fJnVLAYM1lEyl/zZySjDHSM1jj68gRaZLHzToNsjrtAA1uxKhk6L2QE8yhC5y/il1AdRfiSTj4v&#10;p4f7qz/ePzyQ//1yvv3h9w/n1Y9HtLT6ncN/bJ0zsgd/p/90osdYIWM/ImpBRJ2dXj7+cLr6K9oR&#10;nU+hLxb6eOEvd6fz3y5WX9AT69PFy/9+Pp6vL1YP//6Ehkp71F3AhL76f0zzluz+Of3mh/Sb49Ml&#10;hvp08XqBHAT66+9fQ+Otz8/n+9s7vMn58OPTibop3dxTryLfLymgiv9AT6eA9Wdv7gSbL5s7+Q0t&#10;a+H0DZo7TQ6VD2GD8Ueq40dulDWhoRndgej9rvI18fd0d9pR3u82bKhpqyWcsZaCVd/daROi6ykN&#10;1DlNVEVOu1EbgC1nGYwqS/XKAOh9OhxAqcjAhGUw391JQYYNMx3KzjAEr5fB7BxI7OXpcNs9sgsV&#10;nsGML4MdKLtHQVYkka53RrU/3Jq34ZDHBTotF5figCm43Yx0YQUcba5v6HwCqQZPCMHOw5UlpEaa&#10;mcwe3VN2lAYvlUTo7qTBE5KwmxHIzNFBb0ZAZirl3p4KjxR4QyqM0N1JgVdkjZrNCCjQsUgDwjWK&#10;4GTO6N7pwhUpo5QxqsGTamEmq4uaUTOHUIhjRyV6GvcyzfDJogq8MlcU6Wxqrih5gAn3rPRBnOK6&#10;hJsnivo8UQ2eVA3KCNThpSaK7J2+9mSS6H7WDR75RstsQ3cnDZ6QhW3zRJGoxT2RH4rba1018vRQ&#10;nx2qwCuTQ2kpa4nAFEhdpgvugU6zeyI1FFUOsKPK2qM7xmW40N1Jg1eohtV0j86dy3ikuXrpE8V/&#10;AplPKgb3DHiZavicUAVekRJqdhYTGaFWZzFZFLpHhYvGvbwm1JeEavAK1bC62omCUKurnawH3e91&#10;1cjLQX01qAYvlwUJDUtZW3vkiWXC1XOnRSmoKdy8EtQXgirwijpQU7jklafwjLZxsgrUEq7S3UmD&#10;V6iGlXouKkCtXYPujRLVcHtSNUVz8/pPX/6pwCurP61dQxZ/JsnS6alW1H5CuLpqwAl8E0bo7qTB&#10;K1TDhJcaKvssKro7DW7UD6MULVjWSujupMETskB/IkM1RHcnotPMsqj4RKUSNklFuHSz8QbP13sq&#10;8MpyTxpO01xZ7Wmc90Sx57De6ycWcrUSeMaBiu4P05W8MasoZaGnUUQpujsNvkOjxr3UToXuTgr3&#10;yiJP1Jeo3JM1nqDThCtKPFHdp6+9vMLTF3hq8KRqrKlKRhMuxaoWaYACdCq8XBymcOmeYRkudHfS&#10;4BWqYe0asrLT6rohujshSU+3LGp3JwVh2d1pvTO0V3Z3IkKNhbK7E/RXF7Ha3UnFmAsF0ttiRE3K&#10;srsTEeoYc8mYcla7O2kYS6fc7GghvXKro4Vwy6Equh1UuzupGAttQSG/zkfpmoNQ5aPwzZFbYWHM&#10;FCZ0d1Ix5oLBJkarR5V14Z8bshYOui3r3EMP3Z00jIWPblfnCyfdrM4XXrqtM7mbTluj6qcr3Z2o&#10;5lblo/DUHQhVWYvKTuRQ6BsfWjmkxjF0d9L4WHrr1pmfCgze7C0WhdHKGl2amC74TIMR7fCVCG8G&#10;PHR3UjGWOmOtR1nZadke4bQjvRlVvMoOjWMZT8Z38vKVnSrGQmdGq1ONdNxBqMpaeu5IE9Ix5q57&#10;6O6kYSydd+qnp65H6b2DUMeYiwai1j08tbuTirHcZ6zAauHCG5FV6cMjb9/gY64zlhevdHeifnoq&#10;Hws/3uheIhx5rEc9QugLWRKdsVx5V3R3oqaIBsb8WEaEqqyFN4+qflgzTWdyd54CU7p9LLs7UWN0&#10;nY+paIjEkLV06VHvo2PMfXqMaGAsvHqajo5RuPVWQM4Jv97mY+7Y4zkLo9QZP2uVj8K3J0JV1sK5&#10;R622cX7MvfvQ3UnT69K/NztQSQff6kAlPfyRfvtDW4+5ix+6O6kYc2NGUrb2a9HdyYqRoEsTbx9x&#10;LzRcLZf7+aG7k4pR7jMVjFJnjDOF9PUH6+opd/ZDdycNY+numzoj/X0QqutROvxIf9NlnXv8obuT&#10;ijEXTAjU6HotnX4TYy4aVBkZZzOtu5OGsXD87a6WwvO3eorDZOfrcbTsY+77h+5OKkapM2b3kqK7&#10;kxHbkd2dbD7mAYDQ3UnFmAsGUrZasxfdnYzuoLK7Ezp+6Ps1wo7McDo/hu5OCsayu5Op17K7k2V7&#10;fI59OCoE2zNSh2fFPqrdnVSMhc5YV2eyu5N1d+ZT2lOMk3E2g8OY89G4l/9G3Z2QnfPedcNqF0Iu&#10;OnKx3rtuFF1XYiHkYckqrfdd4eLPvPbTbtOCmwri+1IrVh+dK9iXBOs6OdevL+mLDXI4DQQGB8qQ&#10;e9Ygh/oSeWfpOp3YPDnnytZHjymVhyX7u04eyzHeu25ojYOo1R+xnsK4PZJ977rRxSUuVn/vukEZ&#10;rtBPtWsV26z3rhs1LrH9eu+6UeGSP9WSIfvarhtf3YuBjtKVXgxxr+Oke6umIe7PTMZJ5vz5HPo6&#10;hKMZ2lQHo8Tf8megossvcKY+VCik6aFp5MfTFRre1keFa50acgqxtceKHG28UfCdWcRZ+0oZPMWw&#10;0rdbovK/eQDCRhMLJltOXAyBP6O0YiZ5i4xuP/HSFlkcrVF+0ouN0vc6Zhp3v/pq4pT5FlVYA3Uq&#10;CgOlomKW8mdgbaxUbCwU/8tGGAwLprY2GX6LLJ76W2RxK2xhk2uSJ2gvY9/pMuWNtYx9+2MQNrq/&#10;IDTseQ3ANfb4RqUYrVEWymQN3RmokypGa3SAQbfYsA7q0GKVX2MCkQpX2dV5RrJWlSzdNhM72MNh&#10;wfFnWKEsA9xh1V7qm6zTaH1kjVJrH0Qh5tZ1jLG1iuRjvKDRDMY3LcZLO9nbklWQe30fXCZQ5208&#10;btWZwe0lWvpK3fAxy06yxdXnVcGf+epo2BLfk7n90sIw8MtsW4LwcVjFvO4sWzLSBScghOojHKl4&#10;bP4ME+J2BkhpqS13Jmssd663b2yJXIm+dMljTPwZscWK+6XVHX/Nn5EsOtChFsuc6UARezCkMdoQ&#10;2+A0sA10F4bRGjMd6FoPZA2+8WjYtWtSYGzQ7ypZnCmKpGtkY+Rbw+hw34PWaHTmxkwb2HiFNGba&#10;u95iM47O1bv06uMFxJ9xIcV9tY9tjU2J7s9I8FUR4GfTPVUD2BALnRu6PMQeOa3FxmXTdZVnbDDG&#10;tVU0xIninqtGxout1aggiqA1WpR7AxvbQPwYUxWbtKm8LGwzjN/FzPXaMsNTRNoQ3RSLtxtOwsTH&#10;+vqEmGyJivOE+DOs9ymq7BKv5q/5M5LRbyZiKePgW+PiRD9RSWS8M/Eo/BlH404f9fUy0TUeRsPq&#10;qr10jGX2nWSNgxNqhf1Lm2RBtxvnqynOtGE4mW/Y7Gozxc8pe2z4qJJFmS4dOpn7/MmiDz5dc4VE&#10;16/xUsoNJdHXoUV+tAQfNKtudfDD5kFS1TcyVePsx2utSRZPkvUlyWJvNHiZIs9QuVCXZ3hpS6ui&#10;mWk07SnMFq8K29LNbJkiTMvQzXE+dbkxVSNeNkcPpkE2xUNY/Z0TpahhdfZRtRYBTv40WCdZI7o2&#10;x75tjdFYBp1kcqK2cH2gNJ2NJd1NPCs2+rswWeNUPFO5Dl7bIotK3iKLozX2zk5sTNaY6Ry7Xkte&#10;s0IFM8sTbVH1BNjmeORoLYK+fnsz/UAlRNBwZHkCDTKkpveMtolHhMYUilXJTOWFDB/vvb/LL6K/&#10;CxZR6O/yx/P19c3p/Ljy0bVv3d4lrC7Z2SU0y6HGLvN+g9S9sI/+dHN+9LdUSbOfv6exi09Wj7/t&#10;kJa34jz6lgZOycvYfPDGlASnoCS16i2btSCEvi9jBTLkYPpjRTocdv50OPRmXaHqyduSlAznpWUw&#10;39elBAYxpSMtabYFsLT2wgYG650OZwHLEsgofawEVhSQoTTPJ3sXyOgKbZkm1cL43NqCZ3T3lWGb&#10;kOCuME3p6qKgExLwb/VskZIXlWMmOiEI/F6Hji6VQ2jqoqATYrClKmrGYv5iwTtRMkZsU9HR4WwR&#10;RejpUqKj42AqCBudqBYz0QlhmOgyfRgohV9BJwSxNP0o1h0FJJbJhqRlTVdFmZizJJtXifmOLiW6&#10;skQspnMX6Mjb60AnCsRMdBReWIY7+IYuCjohCHQaCUUkJbpUFOAd6DTeidIwZ9mTvDLMF4Yp6KRW&#10;2OhS+2SjE0VhJrq8Jsy3cynRkZuWaQUXtxS8k/VgIQe+0FnRzQXlm7pFocPjm2T9z/wp6Lq1QlSC&#10;xcqbEp0QhokuFcXBl4GV6MpeLrFYpOCdrAELLbY8Ohwd3/OMrWyw6HW/5xn/PHnGWHtIw/uK35iB&#10;Tvi0pkn9iRn6FmdhPgfbrnxGxr4VfwbHNYZMYPtqwSk6bOGNfVT1oZITvnmDF2gacbWIqY9qyQPn&#10;2fNnxoU+qsYbo3T6qCSv3h1fCt+Rs/VLaWyKM5BsbOrvbr+15+vW6/02/oCMXxVvnU3RnQqBFN/Y&#10;9Bv6v8MWHU4G/H514eKkBwjyf9HWQdJ0n27Sc6Z9qM4PmsMWhyoNWX600ZEVJ5tYnF2cHcRxP5Rm&#10;Fweb/FwDnjkVWXasIQ9Y4VnhAnMdWgFNuMCWoyRc4AHLRwWnuMAavFwIlaCG8IFNeLkokPqw0+Gl&#10;kgg+sAYvlwTW0jpUi5fcS4UR6DRnRDjBJjzFCVbg/dxeMKmDyr28Y4r3gjV4uSwqwhVusCVc4Qbb&#10;8FJhHLwbrMD7uf1gU7iKH6zBk6phOnOiSYrlLglH2IaXqYZ3hDV4hWqYfnoqjW5PGIZlVtee4gkr&#10;8H5uV9jcyBRXWIMnVcMU7j/mCw+77ahzLxVG8IUVeIUzbMITzrC19mQ/lB28cHWzTbfug++GosGT&#10;qsEF4IVZptybJTABAxTqv4sNV7ZCMeFlqoGgibrnFn1QuIa+hJdKA6oBS6rtGrILyg5dojTu5U1Q&#10;fA8UhXtlCxS8Vo0742o05Z4JLxcHflZMP+Pl/U98+xMNXqEaJrxUGhXu5ZZqMLmXCuPgG5sq8OjW&#10;OIuxcTPxQrii70lsJl6sPXLdkgGR8aarBqUGLEs5NDbV4OWyCFxRhStanljClR1PTHipMEJjUw1e&#10;LougkTq8VBqBTlMN2exkh18x0FSDkr7fuOcbmyrwik4n5mlZNDqxTiyUvpgJ19DcvM3Jjq4VNHhS&#10;NWx4qTQ8f1XDIhub7qBqKvdSYYTGpgq8sr+JFUKV7U2SEGp69yi7m2x3+nE0b27iG5tq8HJZQDWs&#10;ew9yfJfFEui0tYds01y4a90s531N0NJbFS79wFeyVGrwUmnY8ODcZyMiv1u3LGpjU4WBZWNT7rVf&#10;2D7Z2DQ2DCmMX9HY1DLOamNTFWMuFLAnNjVRMOZKYmPMJTPs0HhF0xK1samGsXDKbYzCKzcxSrd8&#10;h91fxSj8cv+LIyrGbm1xwjW3zoBoUCrWo3FGdQgPvenfITQ2VTHmgqmoDO7VkiFznXm/tKmVXWPf&#10;RBD+/dLm57m0MVsn0C88EN+XirF6CxRutLAk29fJ35vDWJeUsdD4gCZx4W6qzsj4G58HHGh6yGNa&#10;52FJUayPHuuZD+hk3jO638dp0dDu2/cADjrhgb7p/v81h/nq203aPyrXm/GXvZcLNOt+M6ZUN6qe&#10;qSUo+Cov2vL7PwqyNIlo/wcREjGCQHkI/nz2fSIiVf19Pa8LNAsX+C38mb2tj6pxvYlqMppfYywp&#10;HcbDN5dKc4dYrbYMbAmUsvcIQch8NG+HmQzBk7oggt1ukJGDgXc2qJBb5Mka9Ye90DonGrOo62uJ&#10;oTWoYk1OnSrm4S+SYuHyZ1h05HC3F0qsTUVMpUdKLbJYnNIio2SqNjQci3UyXsRYe+9557+IvHPI&#10;U+Sd+/X0zW/f0ZUFDTKjjsPzpUX7dgM/TLgCCTfw4a9hSX9lBvqwR6/tYR8qpNNgSxYgoxt49LX3&#10;eG6vIjcOeaSSgnK+T3pIjk/HwpyS+AmR3SnD5R7msMePJGjA0mCMz0AvgeWOZQVY6lgGMg1Y7lYS&#10;JhVY6lIe6P69BFZ4+uu9b9teskw4+kSnQZN+voVNuPmDji6XANziwRCodPFBp6LLBWGKVDj4FBFT&#10;eJeLgdBZvEslEeg0dPLy3dIE5fK9RFfcvZvoRAY60anocmEM+y2iTIqeKnfvCrpcEBXJiqt3WgEq&#10;ulwYNrpUFOHqvURX3LybWiEy0FOteA/b/MLCNl/tomGhkIeGD5rZ24E9HABp0eCUxWfJt6/zcyLG&#10;SKj4O/4MQ4WR6qXRgSbsyaZXEF7WaA0VgbeogiPUeGFskyWhvx8h/44MTvxi/e3HL7f4kXoyIefj&#10;89395R+Or8f03/6n7D9eD6e708PV9fm7/wMAAP//AwBQSwMEFAAGAAgAAAAhACcg26PdAAAABwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAUhO+F/oflFXrTzVoUTbMRkbYnKVQLpbdn9pkEs29D&#10;dk3iv+96qsdhhplvsvVoG9FT52vHGtQ0AUFcOFNzqeH78D5ZgvAB2WDjmDRcycM6f3zIMDVu4C/q&#10;96EUsYR9ihqqENpUSl9UZNFPXUscvZPrLIYou1KaDodYbhs5S5KFtFhzXKiwpW1FxXl/sRo+Bhw2&#10;L+qt351P2+vvYf75s1Ok9fPTuHkFEWgM/2G44Ud0yCPT0V3YeNFEreKVoGGyWIG4+au5AnHUMFuC&#10;zDN5z5//AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACm6P12CIAAANssAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACcg26PdAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAA3CIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADmIwAAAAA=&#10;">
               <v:shape id="AutoShape 7" o:spid="_x0000_s1027" style="position:absolute;left:560;width:3302;height:615;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="520,97" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAEbqFbvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCF5ENy0YJLqKKKX1qO3B45gds8HsbMiOGv999yD0+Hjfy3XvG3WnLtaBDbxPM1DEZbA1&#10;VwZ+fz4nc1BRkC02gcnAkyKsV4O3JRY2PPhA96NUKoVwLNCAE2kLrWPpyGOchpY4cZfQeZQEu0rb&#10;Dh8p3Df6I8ty7bHm1OCwpa2j8nq8eQNyHo9vbnbY97Pcnb5y2TVX2RkzGvabBSihXv7FL/e3NZC2&#10;pivpBujVHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAEbqFbvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m67,95l30,58,45,57,58,46r,-16l56,18,50,9,47,7r,13l47,38r-5,7l29,48r-17,l12,11r16,l29,12r11,1l47,20,47,7,41,4,29,1,,1,,95r12,l12,55,29,73,50,95r17,xm148,1r-14,l107,76,80,1,68,1r35,94l113,95,148,1xm229,95l204,32r,31l186,63r-18,l186,17r18,46l204,32,191,1r-5,l181,1,143,95r13,l165,73r21,l208,73r8,22l229,95xm281,1r-58,l223,12r23,l246,95r12,l258,12r23,l281,1xm349,59r-7,-9l316,40,306,37r-4,-5l302,19r4,-8l329,11r6,6l336,28r12,l345,16,339,7,330,2,319,,304,,290,10r,28l297,46r34,13l337,64r,15l330,86r-23,l302,78,300,68r-11,l292,81r6,8l308,94r12,2l337,96,349,85r,-26xm430,95l387,47,428,1r-14,l376,45r,-44l363,1r,94l376,95r,-43l413,95r17,xm520,95l495,32r,31l477,63r-18,l477,17r18,46l495,32,482,1r-5,l472,1,434,95r13,l455,73r22,l499,73r8,22l520,95xe" fillcolor="#a1a1a4" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="19050,10235565;36830,10227945;35560,10210165;29845,10203180;29845,10222865;18415,10229215;7620,10205720;18415,10206355;29845,10211435;26035,10201275;0,10199370;7620,10259060;18415,10245090;42545,10259060;85090,10199370;50800,10199370;65405,10259060;93980,10199370;129540,10219055;118110,10238740;118110,10209530;129540,10219055;118110,10199370;90805,10259060;104775,10245090;132080,10245090;145415,10259060;141605,10199370;156210,10206355;163830,10259060;178435,10206355;221615,10236200;200660,10224135;191770,10219055;194310,10205720;212725,10209530;220980,10216515;215265,10203180;202565,10198735;184150,10205085;188595,10227945;213995,10239375;209550,10253345;191770,10248265;183515,10241915;189230,10255250;203200,10259695;221615,10252710;273050,10259060;271780,10199370;238760,10227310;230505,10199370;238760,10259060;262255,10259060;330200,10259060;314325,10238740;291465,10238740;314325,10238740;306070,10199370;299720,10199370;283845,10259060;302895,10245090;321945,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <v:shape id="AutoShape 6" o:spid="_x0000_s1028" style="position:absolute;left:4151;width:4007;height:615;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="631,97" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9JsIrwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ArearYedFmNUgqFKnpw7aHHx+a5u5q8bJO4rv/eCIUeh5n5hlmsBmtETz60jhW8jTMQ&#10;xJXTLdcKvg+frzmIEJE1Gsek4EYBVsvnpwUW2l15T30Za5EgHApU0MTYFVKGqiGLYew64uQdnbcY&#10;k/S11B6vCW6NnGTZVFpsOS002NFHQ9W5vFgF+Way7U895ebHTct1+avX3uyUGr0M73MQkYb4H/5r&#10;f2kFM3hcSTdALu8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPSbCK8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m73,1l61,1r,73l11,1,,1,,95r12,l12,22,63,95r10,l73,1xm170,95l144,30r,33l127,63r-17,l127,17r17,46l144,30,133,1r-6,l123,1,85,95r12,l106,73r21,l149,73r8,22l170,95xm248,95l211,58r16,-1l240,46r,-16l238,18,232,9,228,7r,13l228,38r-4,7l211,48r-17,l194,11r16,l211,12r10,1l228,20r,-13l222,4,211,1r-30,l181,95r13,l194,55r17,18l231,95r17,xm355,48l352,31,342,16r,32l339,63r-8,12l319,83r-14,2l291,83,280,75,272,63,268,48r4,-15l280,21r11,-7l305,11r14,3l331,21r8,12l342,48r,-32l342,15,327,4,305,,284,4,269,15,259,31r-3,17l259,66r10,15l284,92r21,4l327,92,342,81,352,66r3,-18xm445,48l442,31,434,17r-1,-1l433,47r-2,12l426,70r-8,8l407,82r-6,2l382,84r,-72l400,12r4,1l407,14r11,5l426,26r5,9l433,47r,-31l422,7,407,2,405,1r-35,l370,95r31,l404,94r3,l422,88,434,78r8,-14l445,48xm534,1r-12,l522,74r-1,l472,1r-12,l460,95r13,l473,22r50,73l534,95r,-94xm631,95l605,32r,31l588,63r-18,l588,17r17,46l605,32,593,1r-5,l583,1,545,95r13,l566,73r22,l610,73r8,22l631,95xe" fillcolor="#a1a1a4" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="38735,10245725;0,10259060;7620,10212705;46355,10199370;91440,10238740;80645,10209530;84455,10199370;53975,10259060;80645,10245090;107950,10259060;144145,10234930;151130,10210165;144780,10211435;133985,10229215;133350,10205720;144780,10211435;133985,10199370;123190,10259060;146685,10259060;223520,10218420;215265,10238740;193675,10252710;177800,10246360;172720,10219690;193675,10205720;210185,10212070;217170,10208895;193675,10198735;170815,10208260;164465,10240645;193675,10259695;217170,10250170;282575,10229215;274955,10208895;270510,10243185;254635,10252075;254000,10206355;265430,10210800;274955,10228580;258445,10200005;234950,10259060;258445,10258425;280670,10239375;331470,10199370;299720,10199370;300355,10259060;339090,10259060;384175,10219055;361950,10238740;384175,10219055;370205,10199370;359410,10245090;392430,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <v:shape id="Freeform 5" o:spid="_x0000_s1029" style="position:absolute;width:457;height:596;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="72,94" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC89GNgvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbplYQrUYRF8GrVdDjo3m2xealNFkb/71ZWPA4zHwzzGYXTCNe1LnasoLZNAFBXFhd&#10;c6ngejlOliCcR9bYWCYFb3Kw2w4HG8y07flMr9yXIpawy1BB5X2bSemKigy6qW2Jo/ewnUEfZVdK&#10;3WEfy00j0yRZSIM1x4UKWzpUVDzzX6NgMec2v+enQKtbkfT18pKm4Uep8Sjs1yA8Bf8N/9MnHTn4&#10;uxJvgNx+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALz0Y2C+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m72,l60,r,40l12,40,12,,,,,94r12,l12,51r48,l60,94r12,l72,xe" fillcolor="#a1a1a4" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="45720,10199370;38100,10199370;38100,10224770;7620,10224770;7620,10199370;0,10199370;0,10259060;7620,10259060;7620,10231755;38100,10231755;38100,10259060;45720,10259060;45720,10199370" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <v:shape id="AutoShape 3" o:spid="_x0000_s1030" style="position:absolute;left:10097;width:997;height:596;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157,94" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFoOOtxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y0lxBJdRbRBKV5q68HbI/uapMm+Ddk1if/eLRR6HGbmG2a5Hk0jeupcZVnBbBqB&#10;IM6trrhQ8PWZPb+CcB5ZY2OZFNzIwXr1+LDEVNuBP6g/+UIECLsUFZTet6mULi/JoJvaljh437Yz&#10;6IPsCqk7HALcNPIlihJpsOKwUGJL25Ly+nQ1Cn7c+/5Y9cllHr1lWX0+mzHeGaUmT+NmAcLT6P/D&#10;f+2DVhDD75VwA+TqDgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAWg463EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m65,94l23,46,64,,50,,11,44,11,,,,,94r11,l11,51,48,94r17,xm156,94l131,31r,31l113,62r-18,l113,16r18,46l131,31,118,r-5,l107,,70,94r13,l91,72r22,l134,72r9,22l156,94xe" fillcolor="#a1a1a4" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="41275,10259060;14605,10228580;40640,10199370;31750,10199370;6985,10227310;6985,10199370;0,10199370;0,10259060;6985,10259060;6985,10231755;30480,10259060;41275,10259060;99060,10259060;83185,10219055;83185,10238740;71755,10238740;60325,10238740;71755,10209530;83185,10238740;83185,10219055;74930,10199370;71755,10199370;67945,10199370;44450,10259060;52705,10259060;57785,10245090;71755,10245090;85090,10245090;90805,10259060;99060,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <v:shape id="Freeform 2" o:spid="_x0000_s1031" style="position:absolute;left:11444;top:168;width:247;height:247;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="39,39" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAXDoknwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIXeutlaEF2NUhTBHms9eHxunpvYzcuyeer23zeFQo/DzHzDLFZDaNWN+uQjG3gpSlDE&#10;dbSeGwOHz+3zFFQSZIttZDLwTQlWy9HDAisb7/xBt700KkM4VWjAiXSV1ql2FDAVsSPO3jn2ASXL&#10;vtG2x3uGh1aPy3KiA3rOCw47Wjuqv/bXYOAi9RhPG3ecTNfX99CJDd7PjHl6HN7moIQG+Q//tXfW&#10;wCv8Xsk3QC9/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABcOiSfBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m30,l9,,,8,,30r9,8l30,38r8,-8l38,8,30,xe" fillcolor="#a1a1a4" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="19050,10217150;5715,10217150;0,10222230;0,10236200;5715,10241280;19050,10241280;24130,10236200;24130,10222230" o:connectangles="0,0,0,0,0,0,0,0"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -7945,66 +8020,66 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="34D4FF18" id="AutoShape 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123pt;margin-top:807.95pt;width:11.95pt;height:4.7pt;z-index:-15800320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="239,94" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF2xkbYwkAAJwtAAAOAAAAZHJzL2Uyb0RvYy54bWysWmuP67YR/V6g/0HQxxS5FmU9rMX1DYIE&#10;KQqkbYCoP0Bry2ujtuVK2sftr+8ZPnxJmSMRRbDAyraOhodzOEMOxc8/fFzO0VvbD6fuuo3FpySO&#10;2uuu25+uL9v4X/Uv32/iaBib6745d9d2G39th/iHL3/+0+f321ObdsfuvG/7CEauw9P7bRsfx/H2&#10;tFoNu2N7aYZP3a294uah6y/NiK/9y2rfN++wfjmv0iQpVu9dv7/13a4dBvz6s7oZf5H2D4d2N/7z&#10;cBjaMTpvY3Ab5f9e/n+m/6svn5unl765HU87TaP5P1hcmtMVjd5N/dyMTfTanx5MXU67vhu6w/hp&#10;111W3eFw2rWyD+iNSCa9+f3Y3FrZFzhnuN3dNPxxZnf/ePutj077bZzH0bW5QKIfX8dOthxl5J73&#10;2/AE1O+333rq4HD7tdv9e8CNlXOHvgzARM/vf+/2MNPAjHTJx6G/0JPobPQhPf/17vn2Y4x2+FHk&#10;oizAYIdbeVVUUphV82Se3b0O41/bTtpp3n4dRqXbHp+k1/eaew2ND5czJPzL91ESpbnIozQrjM53&#10;mDCw71ZRnUTvUbqu9Fi4Y1KDkaZEIZIqEkVSpFPg2gBhTMGOUSV9h/FwN5cZlGEGeh5mcILqADHL&#10;/MwKgzHM0tTPrDRAxQwwHzOEqOOzxO+zysCI2cbPTLj+hzey3E9N2BIonI+bcFVIs1J43SZsEWqR&#10;MvRcEajZgqFn66BwXnquFGlWMfRsJWpRMPRcJdCsWDP0bDEUzkcvdeVAOPgHXWqLUadcQLhaoFlu&#10;3KW2GgrnpefKkebJ2ituaotRp0xUpK4WaDYp/d5LbTUUzkvPlYP3ni1GnTKhsXa1oGYZcde2Ggrn&#10;o7d25WBz3doWo14zobF2tUCiK7l0Z6uhcF56rhwQ159W1rYY9ZoJjbWrBeXhjV9cJPJvGVThfPQy&#10;Vw527GW2GHXGhEbmaoFmN5mfXmaroXBeeq4cSCwbb2hkthh1xoRG5mpBY4qZMTJbDYXz0nPlSLNN&#10;5adni1FnTGjkrhYzoZHbavChkbtysLNGbotR50xo5K4WEK1kvJfbaiicz3u5Kwe85xc3t8WocyY0&#10;clcLapZJLLmthsL56GG55CwIsirzilvYYtQFExpYL9nWqFkmNApbDYXz0nPlYEOD1pPfllIFExqF&#10;qwU1y8waha2GwnnpuXKwiaWwxaiRzbyL0NLVAs1yiaW01VA4H73SlQP0/CuW0hajxoD303O1QLMF&#10;s94rbTUUzkvPlYNdUJW2GHXJhEbpakHNMpFb2moonI/expWDFvDe0NjYYtQbJjQ2rhbIZ4hx2fi0&#10;xNjYaiicl54rB8T1p+WNLUaNEeUVd+NqMUfPVmOGnitHmqf+sbexxaiRHL30UCS6iUUIZklQ2WqA&#10;HnA+71WuHGnOTGqVLUZdMaGBCtCll1RMWq5sNSA/cF56rhxpzpRClS1GXTGhUblawCtYV3vHXmWr&#10;oXA+eiJx9WD5icSWo8Zzfn2xRpl6sGQExlLaQGWlmwDo5+iKwkosElsTcGRCRCSuKEo9rxtRjbgc&#10;GZlF4ioz40dbGHBk4kQ8FOVsFhSTqpyAXj9Oy/IcVY9vNwMFrNXpWrCFuXCFUTnE70dhS6OAfo6u&#10;NGme+ZOhELYw4MhEDNKG6YvZd1kzISOELQ04Aujl+FCgI5t4/ehW6IIr0VGRB3OcFuksR1eaFJsm&#10;DEdbGOzBcDHzWKhz056YVuoA+v3oSpMWm4LhaAsDjlzMPFTrfMxMynU2Zqb1eoFa16u1W7ALrmLH&#10;oJpoPcPRlkaGld+P60nMFCnH0Y0ZrmwXD3U7u8QRk8KdgF6tp5V7sS79fnRLd8HV7sJTvDMztXio&#10;3v1TtchcadKCKd+xPWo0pF1VPMfMhY8VPBsz0xLe8iN21F/MnnlzNNvou4+r3kfHp6ihNzeJ3Lm/&#10;dQPt2NeYr7EvX69pVQoTQNGmOwNGhwhcBoERjQTGtBNimiYTCc/D4BijEi639heJU4olOPJiCBna&#10;lJTwsJ6muqvIFiHWKQeQ9XVYV2kTTcLDukqRQXAM5xAyNEglPKyrme4qNmtCrNMmDFnH5kkQXHcV&#10;mxkhcNqkIOvYXAiC666i2A+C666i+A6BU1FNZFAMB8F1V1GchsCp6CTrKBaD4Lqrm7CuUlFG1lFM&#10;hVinIknCw7pKRYuEh3VV1hCEp5V/CB25oFcPhHUXb/sUI1oTB7Vwz05YoIY9oPtMq8WgB0yGEoEp&#10;SpgcReuosBZMpwPTlDB5SgQmKmEyFU33QZRMrqK5N+wBPa4FJkLrAZX/9UTX42DA9EhAH0c4EvBM&#10;zzRPt2ak+dF8jN63Mb0ijo7bGIU9/Xzp3tq6k4CRZkmdaLC3qxr9dv98tXG0R4yBeCdn7prrTVqj&#10;LXFCGWvmrrk6KPV+Gx00d83VQZXztnSSvycPY8NclS1a7ILXRr7eZlukMjIYdZ8mTEvm6rS4gNLs&#10;sfGvvG9smKvjiTB/LfieloKkkAl205K5qhYNat5fRm2TaYwNc9Xs1ci5R5q5a64OCkXtrCeUQtga&#10;mENpry4MHO2IeUsKhPJ0tj2FQmEzh6Kagjw/z12P1AWUXpYhycy1qMdzGGrBp1T9gv0SSvXxPvcY&#10;jc1Vaa37uIRCMUItzvteJ2bMYnOe0L6/T3GGj7nqUa9H1/wY1LERNibmh4SeJBa4a8/Pd1BRnx9b&#10;KjmHYNQ5IDZRagEXUHpBvYDSExBeKswJOJ2mjHC7cze0ePBxYhP0/hPj5948N7MJHUzo1BwDA1MH&#10;qVjXyL1INLsA0+vMBZQxJuZTWSi1wI6iNXLc/Dgx1BZQtCG9aKtQWeOulBHXXFV06jphCaWWgnhf&#10;OCumTo1LMNr8Av0lmI7jBWoPI9L0jx/EqU5cxsvcGE51ejY4Y9lclQcNCvXcrHOw5FoWTdAr6EVp&#10;DWrJNfRiFMYCYago5jqQ0v7rsjXj3IVGDWzqW6MaUgEtu+Ue0339jR/tw59Ddz7tfzmdz5Sphv7l&#10;+adzH701ON37o8CfmSUc2FluV107esz0Vh9fpROr6ojrc7f/itOrfaeOCONIMz4cu/6/cfSO48Hb&#10;ePjPa9O3cXT+2xXnbyts1WEWGOWXLC9pI7+37zzbd5rrDqa28Rhje40+/jSqM8ivt/70ckRLQtYU&#10;144O3x5OdLxVHq9VrPQXHAGWvtHHlemMsf1dor4dqv7yPwAAAP//AwBQSwMEFAAGAAgAAAAhAPo7&#10;1E/iAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdWpo1IY4FT/tuSKU&#10;Azc3NnHUeB3ZThvenu0Jbrs7o9lvyvXkenYyIXYeJcxnGTCDjdcdthL2H9v7JbCYFGrVezQSfkyE&#10;dXV9VapC+zO+m1OdWkYhGAslwaY0FJzHxhqn4swPBkn79sGpRGtouQ7qTOGu5yLLcu5Uh/TBqsG8&#10;WtMc69FJ2ImNXbqx+RL1/vimd3efm5ewlfL2Znp+ApbMlP7McMEndKiI6eBH1JH1EsRjTl0SCfl8&#10;sQJGFpGvaDhcTmLxALwq+f8W1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhdsZG2MJ&#10;AACcLQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+jvU&#10;T+IAAAANAQAADwAAAAAAAAAAAAAAAAC9CwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AMwMAAAAAA==&#10;" path="m61,56l55,47,50,46r,14l50,76r-5,7l31,84r-20,l11,51r20,l45,52r5,8l50,46,43,45r,-1l50,41r5,-6l55,17,51,10,45,6,43,4r,18l43,34r-5,6l31,40r-2,1l11,41r,-31l26,10r2,1l31,11r3,1l37,13r1,2l41,17r2,5l43,4,41,3,36,1,31,,,,,94r31,l49,94,61,82r,-26xm154,94l129,31r,31l111,62r-18,l111,16r18,46l129,31,116,r-5,l105,,68,94r13,l89,72r22,l132,72r9,22l154,94xm238,l226,r,73l176,,166,r,94l177,94r,-73l227,94r11,l238,xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="34925,10229215;31750,10237470;28575,10252075;6985,10252710;19685,10231755;31750,10237470;27305,10227945;31750,10225405;34925,10210165;28575,10203180;27305,10213340;24130,10224770;18415,10225405;6985,10205720;17780,10206355;21590,10206990;24130,10208895;27305,10213340;26035,10201275;19685,10199370;0,10259060;31115,10259060;38735,10234930;81915,10219055;70485,10238740;70485,10209530;81915,10219055;70485,10199370;43180,10259060;56515,10245090;83820,10245090;97790,10259060;143510,10199370;111760,10199370;105410,10259060;112395,10212705;151130,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="302FCB87" w14:textId="77777777" w:rsidR="00CA13AB" w:rsidRDefault="00CA13AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6E74461B" w14:textId="77777777" w:rsidR="00CA13AB" w:rsidRDefault="00CA13AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B2AD06B" w14:textId="2B041FAF" w:rsidR="00E53BBF" w:rsidRPr="002E150C" w:rsidRDefault="00E53BBF" w:rsidP="007A58B3">
       <w:pPr>
         <w:pStyle w:val="Tekstfusnote"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10150"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
@@ -8051,51 +8126,51 @@
         </w:rPr>
         <w:t>upisuju</w:t>
       </w:r>
       <w:r w:rsidRPr="002E150C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> se mjesto, datum i godina rođenja.</w:t>
       </w:r>
       <w:r w:rsidR="007A58B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C81051"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="369210BE"/>
     <w:lvl w:ilvl="0" w:tplc="041A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8172,87 +8247,90 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="U/Hvfrhn4u1ZaUQOarMi5XxIHFiXqBJ93veavxZMyNSRKjNib3r+b6Ukbt09R8iSLAmu69F58KpLrPgz0PFvmg==" w:salt="e5/BAbuNACL8fmfqUmioxQ=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="188"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yix9Xh1/6GYOtKAdq7KqPdgmOtm7ZNkrf6HnLQwhLRGDyyj2aDO/bLTQH3XaJTLhKcVWgaDuOsJGYb2tPWUFCg==" w:salt="xntlMg/R3as/yNJhntuTpw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46A43"/>
     <w:rsid w:val="000027CF"/>
     <w:rsid w:val="00003BD4"/>
     <w:rsid w:val="0003707C"/>
     <w:rsid w:val="00040AE1"/>
     <w:rsid w:val="0004581C"/>
     <w:rsid w:val="00050219"/>
     <w:rsid w:val="00082942"/>
     <w:rsid w:val="000848EC"/>
+    <w:rsid w:val="00092C9B"/>
     <w:rsid w:val="000973FB"/>
     <w:rsid w:val="000E2095"/>
     <w:rsid w:val="000E2F6E"/>
     <w:rsid w:val="000E6236"/>
     <w:rsid w:val="000F598C"/>
     <w:rsid w:val="0013425E"/>
     <w:rsid w:val="00137ACC"/>
     <w:rsid w:val="001500FE"/>
     <w:rsid w:val="00177262"/>
     <w:rsid w:val="00191BDA"/>
     <w:rsid w:val="00197230"/>
     <w:rsid w:val="001C00C5"/>
     <w:rsid w:val="001C642F"/>
     <w:rsid w:val="00264FBF"/>
     <w:rsid w:val="00271A50"/>
     <w:rsid w:val="002777E1"/>
     <w:rsid w:val="00280491"/>
     <w:rsid w:val="00291866"/>
     <w:rsid w:val="00296506"/>
     <w:rsid w:val="002A1DD3"/>
     <w:rsid w:val="002B038A"/>
     <w:rsid w:val="002D51B3"/>
     <w:rsid w:val="002E76F8"/>
     <w:rsid w:val="003207BD"/>
     <w:rsid w:val="00327242"/>
@@ -8383,82 +8461,82 @@
     <w:rsid w:val="00ED1A56"/>
     <w:rsid w:val="00F12E8F"/>
     <w:rsid w:val="00F15589"/>
     <w:rsid w:val="00F65D9A"/>
     <w:rsid w:val="00F95F5F"/>
     <w:rsid w:val="00FC6BA9"/>
     <w:rsid w:val="00FD4651"/>
     <w:rsid w:val="00FD5EAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AC03C9F"/>
   <w15:docId w15:val="{46A30B77-E7FC-4748-BDE6-2D68CCB0D4E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8520,98 +8598,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -8786,50 +8860,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Naslov1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="111"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -9138,67 +9217,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hiperveza">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0096144C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nerijeenospominjanje1">
     <w:name w:val="Neriješeno spominjanje1"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D113F7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nerijeenospominjanje2">
+    <w:name w:val="Neriješeno spominjanje2"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00980039"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="221984848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="375088749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9527,51 +9606,51 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F731A011-1EA3-480A-8EDD-BEBF0BEF59EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>824</Words>
   <Characters>4702</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NCBK-zahtjev-brosura</vt:lpstr>
       <vt:lpstr>NCBK-zahtjev-brosura</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>