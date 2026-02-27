--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="7EC494A5" w14:textId="252523B7" w:rsidR="00B46A43" w:rsidRDefault="00590EBC" w:rsidP="0046491F">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:spacing w:before="95"/>
         <w:ind w:left="0" w:right="2600"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487515136" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="590AAD01" wp14:editId="1CD7E3B2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-428625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-98425</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7122160" cy="9696450"/>
@@ -82,51 +82,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="1045128E" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-33.75pt;margin-top:-7.75pt;width:560.8pt;height:763.5pt;z-index:-15801344;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIZ3kLKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z1132+5WrTtNG4eQ&#10;Djhx8AOyNG0j0jg42brx63HS3RjwhmilKI6dL58/28v7Y2fYQaHXYEuej8acKSuh0rYp+dcvD2/u&#10;OPNB2EoYsKrkJ+X5/er1q2XvCjWBFkylkBGI9UXvSt6G4Ios87JVnfAjcMqSswbsRCATm6xC0RN6&#10;Z7LJeDzPesDKIUjlPZ1uBydfJfy6VjJ8qmuvAjMlJ24hrZjWXVyz1VIUDQrXanmmIf6BRSe0pUcv&#10;UFsRBNuj/guq0xLBQx1GEroM6lpLlXKgbPLxH9k8t8KplAuJ491FJv//YOXHwxMyXVHtZpxZ0VGN&#10;PpNqwjZGsfwmCtQ7X1Dcs3vCmKJ3jyC/eWZh01KYWiNC3ypREa08xme/XYiGp6ts13+AiuDFPkDS&#10;6lhjFwFJBXZMJTldSqKOgUk6vM0nk3xOlZPkW8wX8+ksFS0Txct1hz68U9CxuCk5EvsELw6PPkQ6&#10;ongJia9ZeNDGpLoby/qSz28IMiUGRlfRmQxsdhuD7CCoc9Y5/dOUG+V/HRaRt8K3Q1xyDT3V6UCN&#10;bXRX8rtx/IbjqNNbW6Xng9Bm2BNFY8/CRa0GzXdQnUg3hKFracpo0wL+4Kynji25/74XqDgz7y1p&#10;v8in09jiyZjObidk4LVnd+0RVhJUyQNnw3YThrHYO9RNSy/lSRQLa6pXrZOSsZYDqzNZ6sok8HmC&#10;Yttf2ynq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhAHdZ7rzgAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1ldi1tqM6RCFOhVDZARKFBUs3dpOofqSx26R/z3QFuzOaqztnqs3s&#10;LLmYMfbBS+ArBsT4JujetxK+v16XBZCYlNfKBm8kXE2ETX1/V6lSh8l/mssutQRLfCyVhC6loaQ0&#10;Np1xKq7CYDzuDmF0KuE4tlSPasJyZ2nGWE6d6j1e6NRgXjrTHHdnJ2FMV1ucpuytyNc/7we3ZdnH&#10;aSvlw2J+fgKSzJz+wnDTR3Wo0Wkfzl5HYiUs80eBUQQuEG4JJtYcyB5JcC6A1hX9/0X9CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAhneQsrAgAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHdZ7rzgAAAADQEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="033BBD64" w14:textId="58F90B09" w:rsidR="00F65D9A" w:rsidRDefault="00F65D9A" w:rsidP="00F65D9A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487525888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71FC326F" wp14:editId="4B798952">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -365,51 +365,51 @@
                                 <w:lang w:val="hr-HR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D653C1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                                 <w:lang w:val="hr-HR"/>
                               </w:rPr>
                               <w:t>www.hnb.hr</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2BFBB730" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstni okvir 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:119pt;height:24.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdRlSfBwIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSZEuNOEXXrsOA&#10;rhvQ7gMUWY6FSKJGKbGzrx8lJ2mw3Yb5IFAm+chHPi1vBmvYXmHQ4Go+nZScKSeh0W5T8x8vD+8W&#10;nIUoXCMMOFXzgwr8ZvX2zbL3lZpBB6ZRyAjEhar3Ne9i9FVRBNkpK8IEvHLkbAGtiHTFTdGg6And&#10;mmJWlu+LHrDxCFKFQH/vRydfZfy2VTJ+a9ugIjM1p95iPjGf63QWq6WoNih8p+WxDfEPXVihHRU9&#10;Q92LKNgO9V9QVkuEAG2cSLAFtK2WKnMgNtPyDzbPnfAqc6HhBH8eU/h/sPJp/x2Zbmo+m37gzAlL&#10;S3pR2xCdZrDda2SzNKTeh4pinz1Fx+EjDLTsTDj4R5DbwBzcdcJt1C0i9J0SDTU5TZnFReqIExLI&#10;uv8KDdUSuwgZaGjRpgnSTBih07IO5wWpITKZSs6n06uSXJJ8V+X1YpE3WIjqlO0xxM8KLEtGzZEE&#10;kNHF/jHE1I2oTiGpmIMHbUwWgXGsr/n1fDbPCRceqyNp1Ghb80WZvlE1ieQn1+TkKLQZbSpg3JF1&#10;IjpSjsN6oMA0ijU0B+KPMGqR3g4ZHeAvznrSYc3Dz51AxZn54miGSbQnA0/G+mQIJym15jIiZ+Pl&#10;LmZ5j+xuabqtzsRfax+7I0XleRzVnyR7ec9Rr2909RsAAP//AwBQSwMEFAAGAAgAAAAhADZXkg3a&#10;AAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHAxshUNaWqnBDHgyUPBH7B0&#10;h7ahO9t0F6j+ekcvcnnJy5u8902+GF2nzjSE1jPC4zQBRVx523KN8LlbP6SgQjRsTeeZEL4owKK4&#10;vclNZv2FSzpvY62khENmEJoY+0zrUDXkTJj6nliygx+ciWKHWtvBXKTcdXqWJHPtTMuy0JieVg1V&#10;x+3JIdCy9N8fx7Bx5evbanNome71O+Lkbly+gIo0xv9j+MUXdCiEae9PbIPqEOSR+KeSzZ5SsXuE&#10;5zQFXeT6Gr74AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1GVJ8HAgAA6wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADZXkg3aAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7F483528" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                       <w:pPr>
                         <w:pStyle w:val="NoParagraphStyle"/>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                           <w:lang w:val="hr-HR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D653C1">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
@@ -605,51 +605,51 @@
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177262">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>PODACI PODNOSITELJA ZAHTJEVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1935E1" w14:textId="2DB0A6EA" w:rsidR="00E53BBF" w:rsidRPr="00216912" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="_Hlk157669662"/>
-    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00A94713">
+    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -662,51 +662,51 @@
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E53BBF" w:rsidRPr="00A94713">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00E53BBF" w:rsidRPr="00A94713">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  u vlastito ime</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D62E253" w14:textId="01208EB1" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00A94713">
+    <w:p w14:paraId="7D62E253" w14:textId="01208EB1" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2006117859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -808,51 +808,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18FB9E6D" w14:textId="3A89B550" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ime i prezime:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F96C74" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="07F96C74" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1371039254"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -897,51 +897,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A3A4F9E" w14:textId="636067C3" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0D47E0" w14:textId="780AE8C5" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="5A0D47E0" w14:textId="780AE8C5" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-73121247"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -986,51 +986,51 @@
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C897DE" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prebivalište (ulica i broj, grad, država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22770BB2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="22770BB2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="134376552"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1114,51 +1114,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5DAC2D" w14:textId="41C7557E" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Naziv pravne osobe:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-220442524"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1186,51 +1186,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4E62A0" w14:textId="7540078A" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjedište pravne osobe (ulica i broj, grad i država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="062A6055" w14:textId="676A65C8" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="062A6055" w14:textId="676A65C8" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-92170849"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1258,51 +1258,51 @@
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="788DF6B4" w14:textId="5AE32071" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A94713">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="004564E0" w:rsidP="00040AE1">
+          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00A94713" w:rsidRDefault="00435DC4" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="379362192"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1407,51 +1407,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="4E56472E" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D27ACF1" w14:textId="3F928A0B" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ime i prezime:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1511365304"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1478,51 +1478,51 @@
           </w:tcPr>
           <w:p w14:paraId="5EF57CD0" w14:textId="69F5436E" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:rStyle w:val="Referencafusnote"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1526318662"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1541,51 +1541,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="4E9D6A72" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8D0E2" w14:textId="652CDDED" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prebivalište (ulica i broj, grad, država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A725115" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="3A725115" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2064091782"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -1604,51 +1604,51 @@
       <w:tr w:rsidR="00E53BBF" w14:paraId="2EC245B0" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D876DC6" w14:textId="400A0EF4" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pravna osnova za zastupanje (priložiti dokaz):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F8B517F" w14:textId="1E343077" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="4F8B517F" w14:textId="1E343077" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1916"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="467559728"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -1813,51 +1813,51 @@
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651DD6B8" w14:textId="1A86353D" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broj telefona:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C33D6A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="44C33D6A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1209337141"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
@@ -1879,51 +1879,51 @@
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE8ABF1" w14:textId="311CF81B" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5599">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adresa elektroničke pošte (ako postoji):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42191BB6" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="004564E0" w:rsidP="00177262">
+          <w:p w14:paraId="42191BB6" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="008C5599" w:rsidRDefault="00435DC4" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1314564061"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E53BBF" w:rsidRPr="008C5599">
@@ -1986,50 +1986,51 @@
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0161A24A" w14:textId="77777777" w:rsidR="00005D4F" w:rsidRDefault="00005D4F" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68BEB60E" w14:textId="04130DFE" w:rsidR="00E53BBF" w:rsidRDefault="00437057" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487521792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0811FFA6" wp14:editId="6A0C8032">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-434340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-95885</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7122160" cy="9696450"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -2050,51 +2051,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="255E1178" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-34.2pt;margin-top:-7.55pt;width:560.8pt;height:763.5pt;z-index:-15794688;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgWspuKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6rFujplPVMoQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pcAbIpEsn+/8+bvv7pZ3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t/c&#10;cuaDsLUwYFXFn5Xnd6vXr5aDK9UMOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLzgawF4FMbLMaxUDo&#10;vclm0+k8GwBrhyCV93S6HZ18lfCbRsnwqWm8CsxUnLiFtGJad3HNVktRtihcp+WJhvgHFr3Qlh49&#10;Q21FEGyP+i+oXksED02YSOgzaBotVcqBssmnf2Tz1AmnUi4kjndnmfz/g5UfD4/IdE21Kzizoqca&#10;fSbVhG2NYvlVFGhwvqS4J/eIMUXvHkB+88zCpqMwtUaEoVOiJlp5jM9+uxANT1fZbvgANcGLfYCk&#10;1bHBPgKSCuyYSvJ8Lok6Bibp8CafzfI5VU6SbzFfzIvrVLRMlC/XHfrwTkHP4qbiSOwTvDg8+BDp&#10;iPIlJL5m4V4bk+puLBsqPr8iyJQYGF1HZzKw3W0MsoOgzlnn9BcpN8r/Miwib4XvxrjkGnuq14Ea&#10;2+i+4rfT+I3HUae3tk7PB6HNuCeKxp6Ei1qNmu+gfibdEMaupSmjTQf4g7OBOrbi/vteoOLMvLek&#10;/SIvitjiySiub2Zk4KVnd+kRVhJUxQNn43YTxrHYO9RtRy/lSRQLa6pXo5OSsZYjqxNZ6sok8GmC&#10;Yttf2inq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhAJjjZCvhAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SOxa26GJQohTIVR2gERhwdKN3STCj9R2m/Tvma7o7o7m6M6Zej1b&#10;Q046xME7AXzJgGjXejW4TsD31+uiBBKTdEoa77SAs46wbm5valkpP7lPfdqmjmCJi5UU0Kc0VpTG&#10;ttdWxqUftcPd3gcrE46hoyrICcutoRljBbVycHihl6N+6XX7uz1aASGdTXmYsreyWP287+2GZR+H&#10;jRD3d/PzE5Ck5/QPw0Uf1aFBp50/OhWJEbAoyhWiGHjOgVwIlj9kQHaYcs4fgTY1vf6i+QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCgWspuKwIAAC8EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCY42Qr4QAAAA0BAAAPAAAAAAAAAAAAAAAAAIUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F53FB59" w14:textId="546E413F" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19513A8E" w14:textId="298CDF19" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D11B3C2" w14:textId="2AFBF690" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
@@ -2110,51 +2111,50 @@
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F3CF27" w14:textId="049C0493" w:rsidR="00E23510" w:rsidRDefault="00E23510" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D7EA3F8" w14:textId="6E652C3F" w:rsidR="00005D4F" w:rsidRPr="00634B19" w:rsidRDefault="00E53BBF" w:rsidP="00005D4F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098023C">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ZAHTJEV SE PODNOSI ZA SLJEDEĆI DIZAJN </w:t>
       </w:r>
       <w:r w:rsidR="00227752" w:rsidRPr="00227752">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>GOTOVOG NOVCA KUNE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="9592" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="6474"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E53BBF" w14:paraId="0E8D255B" w14:textId="77777777" w:rsidTr="00EE73D1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2190,51 +2190,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002221AD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">̶ </w:t>
             </w:r>
             <w:r w:rsidRPr="00256C78">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> apoen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65732CDE" w14:textId="3EA66E37" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="004564E0" w:rsidP="00005D4F">
+          <w:p w14:paraId="65732CDE" w14:textId="3EA66E37" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00435DC4" w:rsidP="00005D4F">
             <w:pPr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1131977407"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="009B3517" w:rsidRPr="008C5599">
                   <w:rPr>
@@ -2258,51 +2258,51 @@
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57DECC54" w14:textId="738B4837" w:rsidR="00E53BBF" w:rsidRPr="00256C78" w:rsidRDefault="00082B9D" w:rsidP="00082B9D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00256C78">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Godina izdanja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE0D571" w14:textId="100EF823" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="004564E0" w:rsidP="00A13AD7">
+          <w:p w14:paraId="6AE0D571" w14:textId="100EF823" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00435DC4" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="463163464"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="009B3517" w:rsidRPr="008C5599">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2326,51 +2326,51 @@
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35532C2A" w14:textId="51CD7D61" w:rsidR="00E53BBF" w:rsidRPr="00256C78" w:rsidRDefault="00082B9D" w:rsidP="00082B9D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00256C78">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lice i/ili naličje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E10DE82" w14:textId="2AA7F71B" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="004564E0" w:rsidP="00A13AD7">
+          <w:p w14:paraId="5E10DE82" w14:textId="2AA7F71B" w:rsidR="00E53BBF" w:rsidRPr="00040AE1" w:rsidRDefault="00435DC4" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1386452287"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="009B3517" w:rsidRPr="008C5599">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2499,51 +2499,51 @@
       <w:tblGrid>
         <w:gridCol w:w="9592"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E53BBF" w14:paraId="550406B5" w14:textId="77777777" w:rsidTr="007163A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7335FBB1" w14:textId="47254F7E" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7905B187" w14:textId="4B32B2E5" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6A788E89" w14:textId="64D6908C" w:rsidR="00E53BBF" w:rsidRDefault="004564E0" w:rsidP="00A13AD7">
+          <w:p w14:paraId="6A788E89" w14:textId="64D6908C" w:rsidR="00E53BBF" w:rsidRDefault="00435DC4" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="148025767"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CA612B" w:rsidRPr="008C5599">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2837,67 +2837,76 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>novca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B98BAD2" w14:textId="0ABB7205" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>Trg hrvatskih velikana 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D43F61D" w14:textId="510808DA" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
+    <w:p w14:paraId="0D43F61D" w14:textId="567E3888" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
-        <w:t>p. p. 859</w:t>
+        <w:t xml:space="preserve">p. p. </w:t>
+      </w:r>
+      <w:r w:rsidR="00205E64">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hr-HR"/>
+        </w:rPr>
+        <w:t>168</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034578A0" w14:textId="22BD058A" w:rsidR="00E53BBF" w:rsidRPr="00BD1EC3" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1EC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <w:t>10000 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B314D8C" w14:textId="2AD22D6D" w:rsidR="00E53BBF" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -2976,51 +2985,51 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="02235BA8" id="Ravni poveznik 47" o:spid="_x0000_s1026" style="position:absolute;z-index:487519744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="333pt,11.65pt" to="459pt,11.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeMtqStAEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO1DAMvSPxD1HuTDsrtKBqOnvYFVwQ&#10;jBb4gGzqTKNN4sgJ7Qxfj5OZ6a4AIYS4pHH8nu1nu5ubg3diAkoWQy/Xq1YKCBoHG/a9/Prl3au3&#10;UqSswqAcBujlEZK82b58sZljB1c4ohuABAcJqZtjL8ecY9c0SY/gVVphhMBOg+RVZpP2zUBq5uje&#10;NVdte93MSEMk1JASv96dnHJb4xsDOn8yJkEWrpdcW64n1fOhnM12o7o9qThafS5D/UMVXtnASZdQ&#10;dyor8Y3sL6G81YQJTV5p9A0aYzVUDaxm3f6k5vOoIlQt3JwUlzal/xdWf5x2JOzQy9dvpAjK84zu&#10;1RSsiDjB92AfBTu4S3NMHYNvw47OVoo7KpIPhnz5shhxqJ09Lp2FQxaaH9fXbcvjkkJffM0TMVLK&#10;7wG9KJdeOhuKaNWp6UPKnIyhFwgbpZBT6nrLRwcF7MI9GBZSklV2XSG4dSQmxcMfHtdFBseqyEIx&#10;1rmF1P6ZdMYWGtS1+lvigq4ZMeSF6G1A+l3WfLiUak74i+qT1iL7AYdjHURtB+9GVXbe47J8z+1K&#10;f/rbtj8AAAD//wMAUEsDBBQABgAIAAAAIQAErf+p3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT4NAEIXvJv6HzZj0Zpe2CUVkaZpqT3pA9OBxy45Ays4Sdgvor3eMBz3Om5f3vpftZtuJEQff&#10;OlKwWkYgkCpnWqoVvL0ebxMQPmgyunOECj7Rwy6/vsp0atxELziWoRYcQj7VCpoQ+lRKXzVotV+6&#10;Hol/H26wOvA51NIMeuJw28l1FMXS6pa4odE9HhqszuXFKtg+PpVFPz08fxVyK4tidCE5vyu1uJn3&#10;9yACzuHPDD/4jA45M53chYwXnYI4jnlLULDebECw4W6VsHD6FWSeyf8L8m8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAHjLakrQBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEABK3/qd4AAAAJAQAADwAAAAAAAAAAAAAAAAAOBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487518720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3726298C" wp14:editId="7B9459EC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>114300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1601470" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -3042,51 +3051,51 @@
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="59301140" id="Ravni poveznik 45" o:spid="_x0000_s1026" style="position:absolute;z-index:487518720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="9pt,11.5pt" to="135.1pt,11.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUWfbytQEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2wXbTcYcXposV2G&#10;LujWH6DKVCxUX6A029mvH6UkbtENQ1HsIovieyQfSa+vZmvYCBi1dx1vVjVn4KTvtdt1/P7H5w+f&#10;OItJuF4Y76Dje4j8avP+3XoKLZz5wZsekFEQF9spdHxIKbRVFeUAVsSVD+DIqTxakcjEXdWjmCi6&#10;NdVZXV9Wk8c+oJcQI73eHJx8U+IrBTJ9UypCYqbjVFsqJ5bzIZ/VZi3aHYowaHksQ7yhCiu0o6RL&#10;qBuRBPuJ+o9QVkv00au0kt5WXiktoWggNU39Qs33QQQoWqg5MSxtiv8vrLwdt8h03/HzC86csDSj&#10;OzE6zYIf4ZfTj4wc1KUpxJbA126LRyuGLWbJs0KbvySGzaWz+6WzMCcm6bG5rJvzjzQAefJVT8SA&#10;MX0Bb1m+dNxol0WLVoxfY6JkBD1ByMiFHFKXW9obyGDj7kCRkJyssMsKwbVBNgoafv/YZBkUqyAz&#10;RWljFlL9b9IRm2lQ1uq1xAVdMnqXFqLVzuPfsqb5VKo64E+qD1qz7Aff78sgSjtoN4qy4x7n5Xtu&#10;F/rT37b5DQAA//8DAFBLAwQUAAYACAAAACEAnl1E+twAAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPT0+DQBDF7yZ+h82Y9GYXaSKEsjTGP6d6QPTgcctOgZSdJewWqJ/eMR70NHnzJm9+L98tthcT&#10;jr5zpOBuHYFAqp3pqFHw8f5ym4LwQZPRvSNUcEEPu+L6KteZcTO94VSFRnAI+UwraEMYMil93aLV&#10;fu0GJPaObrQ6sBwbaUY9c7jtZRxF99LqjvhDqwd8bLE+VWerIHneV+UwP71+lTKRZTm5kJ4+lVrd&#10;LA9bEAGX8HcMP/iMDgUzHdyZjBc965SrBAXxhif7cRLFIA6/C1nk8n+B4hsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBUWfbytQEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCeXUT63AAAAAgBAAAPAAAAAAAAAAAAAAAAAA8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E53BBF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="537D9566" w14:textId="58E7A746" w:rsidR="00E53BBF" w:rsidRPr="00FB5488" w:rsidRDefault="00E53BBF" w:rsidP="00EA4D9B">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB5488">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3188,50 +3197,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E4B4AF4" w14:textId="32428C3C" w:rsidR="00005D4F" w:rsidRDefault="00005D4F" w:rsidP="00914B89">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061457D4" w14:textId="387E4F21" w:rsidR="006E144E" w:rsidRDefault="00CA612B" w:rsidP="00914B89">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="hr-HR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487523840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="435B0992" wp14:editId="23F152CC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-432435</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-84767</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7122160" cy="9696450"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -3252,51 +3262,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="00F4A7DB" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:-34.05pt;margin-top:-6.65pt;width:560.8pt;height:763.5pt;z-index:-15792640;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwIaylKwIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6LlujplPVMoQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pcAbIpEsn+/8+bvv7pZ3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t/c&#10;cuaDsLUwYFXFn5Xnd6vXr5aDK9UMOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLzgawF4FMbLMaxUDo&#10;vclm02mRDYC1Q5DKezrdjk6+SvhNo2T41DReBWYqTtxCWjGtu7hmq6UoWxSu0/JEQ/wDi15oS4+e&#10;obYiCLZH/RdUryWChyZMJPQZNI2WKuVA2eTTP7J56oRTKRcSx7uzTP7/wcqPh0dkuqbaFZxZ0VON&#10;PpNqwrZGsfwqCjQ4X1Lck3vEmKJ3DyC/eWZh01GYWiPC0ClRE608xme/XYiGp6tsN3yAmuDFPkDS&#10;6thgHwFJBXZMJXk+l0QdA5N0eJPPZnlBlZPkWxSLYn6dipaJ8uW6Qx/eKehZ3FQciX2CF4cHHyId&#10;Ub6ExNcs3GtjUt2NZUPFiyuCTImB0XV0JgPb3cYgOwjqnHVO/zzlRvlfhkXkrfDdGJdcY0/1OlBj&#10;G91X/HYav/E46vTW1un5ILQZ90TR2JNwUatR8x3Uz6Qbwti1NGW06QB/cDZQx1bcf98LVJyZ95a0&#10;X+TzeWzxZMyvb2Zk4KVnd+kRVhJUxQNn43YTxrHYO9RtRy/lSRQLa6pXo5OSsZYjqxNZ6sok8GmC&#10;Yttf2inq15yvfgIAAP//AwBQSwMEFAAGAAgAAAAhANGjrITiAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SOxaOwkJURqnQqjsAInCoks3dpMIP1LbbdK/Z7qiuzuaoztn6vVs&#10;NDkrHwZnOSRLBkTZ1snBdhx+vt8WJZAQhZVCO6s4XFSAdXN/V4tKusl+qfM2dgRLbKgEhz7GsaI0&#10;tL0yIizdqCzuDs4bEXH0HZVeTFhuNE0ZK6gRg8ULvRjVa6/a3+3JcPDxosvjlL6XxdPu42A2LP08&#10;bjh/fJhfVkCimuM/DFd9VIcGnfbuZGUgmsOiKBNEMSRZBuRKsDzLgewx5Un2DLSp6e0XzR8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8CGspSsCAAAvBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0aOshOIAAAANAQAADwAAAAAAAAAAAAAAAACF&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" filled="f" strokecolor="#a1a1a4" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B1BEC5" w14:textId="1721F059" w:rsidR="006E144E" w:rsidRDefault="006E144E" w:rsidP="00914B89">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B6F1875" w14:textId="0AA661E9" w:rsidR="006E144E" w:rsidRDefault="006E144E" w:rsidP="00914B89">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3343,51 +3353,50 @@
         </w:rPr>
         <w:t>PRILOG:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109E5EE9" w14:textId="20B98386" w:rsidR="00E53BBF" w:rsidRPr="00F906C8" w:rsidRDefault="00E53BBF" w:rsidP="00914B89">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="120" w:line="24" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>dokaz o ovlaštenju za zastupanje ako je podnositelj zahtjeva osoba ovlaštena za zastupanje (primjerice punomoć, rodni list</w:t>
       </w:r>
       <w:r w:rsidR="00AD2078">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00AD2078">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F906C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>izvod iz matice rođenih</w:t>
@@ -4187,108 +4196,108 @@
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE2CD09" w14:textId="77777777" w:rsidR="00AD2E4B" w:rsidRDefault="00AD2E4B">
       <w:pPr>
         <w:pStyle w:val="Tijeloteksta"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AD2E4B">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="500" w:right="740" w:bottom="780" w:left="1020" w:header="0" w:footer="600" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B47BF28" w14:textId="77777777" w:rsidR="00D13706" w:rsidRDefault="00D13706">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31C2F887" w14:textId="77777777" w:rsidR="00D13706" w:rsidRDefault="00D13706">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Life L2">
     <w:panose1 w:val="02020602060305020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4300,51 +4309,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Pro 55 Roman">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3E2944D9" w14:textId="535EF317" w:rsidR="00B46A43" w:rsidRDefault="005841DB">
     <w:pPr>
       <w:pStyle w:val="Tijeloteksta"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487518720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AC058A1" wp14:editId="68E33278">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6170295</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10221599</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="864235" cy="116205"/>
@@ -4462,51 +4471,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3AC058A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:804.85pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5ppZpqwIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCQ2opEpCmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSJNWk6ZtfLDO9vm5e+4e7vZuaBt0oFIxwVPsX3kYUV6IkvFdir88&#10;5s4cI6UJL0kjOE3xE1X4bvH2zW3fJTQQtWhKKhGAcJX0XYprrbvEdVVR05aoK9FRDpeVkC3RsJU7&#10;t5SkB/S2cQPPi9xeyLKToqBKwWk2XuKFxa8qWuhPVaWoRk2KITdtV2nXrVndxS1JdpJ0NSuOaZC/&#10;yKIljEPQE1RGNEF7yV5BtayQQolKXxWidUVVsYJaDsDG916weahJRy0XKI7qTmVS/w+2+Hj4LBEr&#10;UxxgxEkLLXqkg0YrMSDfVKfvVAJODx246QGOocuWqeruRfFVIS7WNeE7upRS9DUlJWRnX7pnT0cc&#10;ZUC2/QdRQhiy18ICDZVsTemgGAjQoUtPp86YVAo4nEdhcD3DqIAr348Cb2Zyc0kyPe6k0u+oaJEx&#10;Uiyh8RacHO6VHl0nFxOLi5w1jW1+wy8OAHM8gdDw1NyZJGwvf8RevJlv5qETBtHGCb0sc5b5OnSi&#10;3L+ZZdfZep35P01cP0xqVpaUmzCTrvzwz/p2VPioiJOylGhYaeBMSkrututGogMBXef2OxbkzM29&#10;TMPWC7i8oOQHobcKYieP5jdOmIczJ77x5o7nx6s48sI4zPJLSveM03+nhPoUx7NgNmrpt9w8+73m&#10;RpKWaZgcDWtBHScnkhgFbnhpW6sJa0b7rBQm/edSQLunRlu9GomOYtXDdgAUI+KtKJ9AuVKAskCe&#10;MO7AqIX8jlEPoyPF6tueSIpR856D+s2cmQw5GdvJILyApynWGI3mWo/zaN9JtqsBefy/uFjCH1Ix&#10;q97nLCB1s4FxYEkcR5eZN+d76/U8YBe/AAAA//8DAFBLAwQUAAYACAAAACEAnq9BF+AAAAAOAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMW+DMBCF90r5D9ZF6tbYZIBAMVFUtVOlqoQMHQ12AAWfKXYS&#10;+u97TO12d+/p3ffy/WwHdjOT7x1KiDYCmMHG6R5bCafq7WkHzAeFWg0OjYQf42FfrB5ylWl3x9Lc&#10;jqFlFII+UxK6EMaMc990xiq/caNB0s5usirQOrVcT+pO4XbgWyFiblWP9KFTo3npTHM5Xq2EwxeW&#10;r/33R/1Znsu+qlKB7/FFysf1fHgGFswc/syw4BM6FMRUuytqzwYJaRIlZCUhFilNiyUSCdWpl9t2&#10;J4AXOf9fo/gFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeaaWaasCAACoBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnq9BF+AAAAAOAQAADwAA&#10;AAAAAAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:804.85pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfiAne5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7lAV1W02aq0KkIq&#10;UKnlA7yOnVgkHjP2brJ8PWNnsxT6VvFiTcYzx2fOnGyupqFnB4XegK15sco5U1ZCY2xb8+9Pd+8u&#10;OfNB2Eb0YFXNj8rzq+3bN5vRVaqEDvpGISMQ66vR1bwLwVVZ5mWnBuFX4JSlSw04iECf2GYNipHQ&#10;hz4r83ydjYCNQ5DKe8rezpd8m/C1VjJ809qrwPqaE7eQTkznLp7ZdiOqFoXrjDzREK9gMQhj6dEz&#10;1K0Igu3RvIAajETwoMNKwpCB1kaqNANNU+T/TPPYCafSLCSOd2eZ/P+DlV8PD8hMU/OSMysGWtGT&#10;mgL7CBMrojqj8xUVPToqCxOlactpUu/uQf7wzMJNJ2yrrhFh7JRoiF3qzJ61zjg+guzGL9DQM2If&#10;IAFNGocoHYnBCJ22dDxvJlKRlLxcfyjfX3Am6aoo1mV+EbllolqaHfrwScHAYlBzpMUncHG492Eu&#10;XUriWxbuTN+n5ff2rwRhxkwiH/nOzMO0m05i7KA50hgIs5fI+xR0gL84G8lHNfc/9wIVZ/1nS1JE&#10;0y0BLsFuCYSV1FrzwNkc3oTZnHuHpu0IeRbbwjXJpU0aJeo6szjxJG8kMU4+juZ7/p2q/vxt298A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCer0EX4AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xb4Mw&#10;EIX3SvkP1kXq1thkgEAxUVS1U6WqhAwdDXYABZ8pdhL673tM7XZ37+nd9/L9bAd2M5PvHUqINgKY&#10;wcbpHlsJp+rtaQfMB4VaDQ6NhB/jYV+sHnKVaXfH0tyOoWUUgj5TEroQxoxz33TGKr9xo0HSzm6y&#10;KtA6tVxP6k7hduBbIWJuVY/0oVOjeelMczlerYTDF5av/fdH/Vmey76qUoHv8UXKx/V8eAYWzBz+&#10;zLDgEzoUxFS7K2rPBglpEiVkJSEWKU2LJRIJ1amX23YngBc5/1+j+AUAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDfiAne5wEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCer0EX4AAAAA4BAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3E9309D6" w14:textId="5273DC05" w:rsidR="00B46A43" w:rsidRDefault="00BE0C29">
                     <w:pPr>
                       <w:spacing w:before="24"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="12"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BE0C29">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:w w:val="110"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t>DNC-6-01</w:t>
                     </w:r>
                     <w:r w:rsidR="002E76F8">
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:w w:val="115"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t xml:space="preserve">• </w:t>
@@ -4702,51 +4711,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="6211EAA9" id="Freeform 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:147.3pt;margin-top:808.8pt;width:1.95pt;height:1.95pt;z-index:-15798272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="39,39" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCY9zmCvQMAAMkLAAAOAAAAZHJzL2Uyb0RvYy54bWysVtuO2zYQfS+QfyD42CIrkfLaa2O9QZBg&#10;gwBpGyDqB9ASZQmRRJWkL9uvzwwpOZQr24uiMKAbj4ZnztGM5/HdsanJXmpTqXZN2V1MiWwzlVft&#10;dk3/Sp/fPlBirGhzUatWrumLNPTd05tfHg/dSnJVqjqXmkCQ1qwO3ZqW1narKDJZKRth7lQnW1gs&#10;lG6EhVu9jXItDhC9qSMex/PooHTeaZVJY+DpR79In1z8opCZ/bMojLSkXlPgZt1Ru+MGj9HTo1ht&#10;tejKKutpiP/AohFVC5ueQn0UVpCdrv4VqqkyrYwq7F2mmkgVRZVJlwNkw+KzbL6VopMuFxDHdCeZ&#10;zP8XNvtj/1WTKl/ThJJWNGDRs5YSBScc1Tl0ZgWgb91XjfmZ7ovKvhtYiEYreGMAQzaH31UOUcTO&#10;KqfIsdANvgm5kqMT/uUkvDxaksFDPlvM7ynJYMVfYnyxGl7NdsZ+ksqFEfsvxnrXcrhymuc98xQc&#10;LpoaDPztLYkJX84TOCRJ7/IJxgbYrxFJY3IgyfIcwgeIi8Tm8TIm7ngOBNn8lhDLw8qJcLMB1ROb&#10;8UlioMEpWDqbJDYfILeILQbgVWJQniPFkmnFlgMMFXuYJMbG4qMWD9OSsVB/j5vSjI09QCMnRWOh&#10;BSnj0+zGDrA54xcMZaEJHjfJbmwEX16wlIU+pGw+zW5sA+56SbvQCY+bYsfHZlysBB5akYIkk7Uw&#10;NuIKOx5acYXd2Ay+XLBJZ3loRcqnC4KPjcBdLzjLQys8blK7sRmX2YVWpGDYlHbJ2IgrVZGEVoyr&#10;Alrhdmh2ohz6X3Zs+wYIV0TgH27sOm6nDHbaFAJCQ01d+4MQgMJueQEMUiN4gf3tJhgyRzAU8mvQ&#10;WKAOfv86ONjk4K4p3+SCnzDC4dt7DRn8phz8dZnyPlVwJ4juSfXqaxgyzscLTQmMFxt8R6w6YdG0&#10;4ZIc4M8WwpbuhE8btZepcusWncOPBji66QS2+rlctyHMUxtQw9pw7lwoH+mhJz+sDecQA5v6DIfF&#10;4exBfrPkeqSe+C0UFBikd2NDCIKo8w2zWhnpiaKu7mM9CYy+BLOCUXWVP1d1jdIavd18qDXZCxgF&#10;3zP4zfqER7DaFUmr8LVBj37YwfnGD0Qblb/ArKOVnydh/oWLUul/KDnALLmm5u+d0JKS+nMLw9qS&#10;zWZghHU3s/sFdmcdrmzCFdFmEGpNLYWixssP1g+su05X2xJ2Yq7MW/UeZqyiwmnIDWOeVX8D86LT&#10;pp9tcSAN7x3q5wT+9AMAAP//AwBQSwMEFAAGAAgAAAAhANHkfpneAAAADQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMjzFPwzAQhXck/oN1SGzUiUVDEuJUqIiBkZaB8RKb2BDbUey04d9znWC7u/f07nvN&#10;bnUjO+k52uAl5JsMmPZ9UNYPEt6PL3clsJjQKxyD1xJ+dIRde33VYK3C2b/p0yENjEJ8rFGCSWmq&#10;OY+90Q7jJkzak/YZZoeJ1nngasYzhbuRiywruEPr6YPBSe+N7r8Pi5PwlXqB3bP5KMr98uqmpJy1&#10;lZS3N+vTI7Ck1/Rnhgs+oUNLTF1YvIpslCCq+4KsJBT5A01kEVW5BdZdTiLfAm8b/r9F+wsAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCY9zmCvQMAAMkLAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDR5H6Z3gAAAA0BAAAPAAAAAAAAAAAAAAAAABcG&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIgcAAAAA&#10;" path="m30,l9,,,8,,30r9,8l30,38r8,-8l38,8,30,xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="19050,10217150;5715,10217150;0,10222230;0,10236200;5715,10241280;19050,10241280;24130,10236200;24130,10222230" o:connectangles="0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487517696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13F75F1A" wp14:editId="25158919">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1733550</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10253980</wp:posOffset>
               </wp:positionV>
@@ -5095,51 +5104,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="186E2FF9" id="AutoShape 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:136.5pt;margin-top:807.4pt;width:7.85pt;height:4.7pt;z-index:-15798784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="157,94" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8HHCHRgcAAAkhAAAOAAAAZHJzL2Uyb0RvYy54bWysmu1u2zYUhv8P2D0I+rmhtahvGXWKokWH&#10;Ad1WoNoFKLIcG7MlTVLidFe/c0jROcchZWIYAsR29Jp8eR4efubd++fT0XtqhvHQtRtfvA18r2nr&#10;bntoHzb+n+XnN7nvjVPVbqtj1zYb/3sz+u/vfvzh3blfN2G3747bZvCgkHZcn/uNv5+mfr1ajfW+&#10;OVXj265vWni464ZTNcHH4WG1HaozlH46rsIgSFfnbtj2Q1c34wh//aQe+ney/N2uqac/druxmbzj&#10;xgdvk/w9yN/3+Ht1965aPwxVvz/Us43qP7g4VYcWKr0U9amaKu9xOLwq6nSoh27sdtPbujutut3u&#10;UDeyDdAaEVy15tu+6hvZFgjO2F/CNP5/xda/P30dvMN248e+11YnQPThcepkzV6E4Tn34xpU3/qv&#10;AzZw7L909V8jPFixJ/hhBI13f/6t20IxFRQjQ/K8G074TWis9ywj//0S+eZ58mr4Y1GkReJ7NTxJ&#10;4K3ksqrW+qv14zj90nSymOrpyzgpbFt4J4O+na2XgHh3OgLBn994gRdmeQi/RDZjvsiElv208srA&#10;O3sieaUJtUYWJVKRpJ5IgzS8LizSQihMyfZeEV+rILzMWYz2XjuDICgZOovNzlKt0c6C3Ows00Ll&#10;DGQmZ5ChzFkujM4KLUNnudmZ4PGX4TJbExSB0pm8CU4hzNLMaE5QCKUILfY4hCV7lMOCPY4izMLc&#10;bI+SKEVqscdJQF8KLF1OUBhKZ4peyHFY7YUURhnaEoKzWIheSGnYoxdyHJgOxuiFFEYZWrIi5CyW&#10;7FEaC/Y4Drs9CqOEHmAcTiLOYmk8oTTsA0rEcVjhRhRGGVlSI+IsluxRGgv2OA67PQqjjCypEXEW&#10;UK2IzANLRGkonSk1Yo4DBpbE2PdiCqOEQdsIN+YsFqIXUxr26MUch3UiiymMMrakRsxZLNmjNBbs&#10;cRxhnkXm6FEYZWxJjYSzWLCXUBp2ewnHEeZQs3GypTDKxJIaCWcBA0Zh6XsJpaF0pr6XcBx2exRG&#10;CcsPY99LOAuICoyQclS7XoIklIbSmeylHEeYR+alSkphlKklNWC9RJcXC/ZSSmPBHscR5jDbm+Cm&#10;FEaZWlIj5SyW7FEaC/Y4Dnv0KIwytaRGxlkA1sy21qM0lM4EN+M4rH0vozDKzJIaGWexEL2M0rBH&#10;L+M47PYojDKzpEbGWaiMNKZGRmkonSl6OccBcM2zRk5hlLklNXLOQhozZ25OaSid0R7HYe17OYVR&#10;5pbUyDmLJXuUxoI9jiPMYaAyZW5OYZS5JTVgk8gHFtiamaNXUBp2ewXHAXOueTlaUBhlYUkN2AFy&#10;e9b9I258L3s+SA0Y6E1wC44jzAPzsFxQGGVhSY2Cs1DVythczxoFpWG3JwLOA/yZJ10RUBwlfM88&#10;r4mA84CqI8vEJgKKRAlNIRQBh2JNEBFQJuDRkiKwQdPs9F7c7pFyWfLIyYR5Yt6Pi4CCAY+WPBGv&#10;NuX2OF7tylFojOP1tjyH2d+UybBK1/HBUwNh3ZgLDkZ1M2N3FIKiUUKzR47GukYVcAjzkn/g0ZIx&#10;QnAwix4pGu4RTrUe9LlVtddHWfVzO59lwTuvwsPTQB6e9d2Ih2Yl5AycjZXyRA6KABUefFnEECEU&#10;yyOtm2KwimJAj2d6t4pGoFKeuMkhtlJeOMnxIALlcIDgYgYPBqTcraXh3NTIram4ccbSI7emRnNT&#10;YQPq4h03llg6bAid5HNTY7emxnNTYcPkUnoyNxU2ME7yuamwoXCR40YBmwoLfCf53NTUranp3NTM&#10;ram4sEUzsCB1MZPNTYUFooscF35YOizYnORzU3O3puLCCEuHBY1L6bhQkXK3puLCQcrdmirncdTj&#10;7OtiR06q6gtuzZUznPyC6+B0GZ1gknCyhGO/qoE1Wg2D84g8wCXS9fXR4HtwfXSPlVTrvppwINdv&#10;vTNchMF9greHe41YjuKn7qkpOymYcDjHvSlUq24JoLKX58eW6vAgFXRwfqNao5/q116VBpMnqPSl&#10;iX6oX5UID1luinD+x/rk7QX40kXoV1XUrFquz6U6pblEQdeiX1ltbqrLeKfL0K+qrBimcGjfjbKu&#10;6egy6mM3NpL4C6/ZIx7p0IJfBPrLsxDmHhRepiD9WL9ymbpsWgCh+scNGW4woM4bKrlWA5lY7mxi&#10;bsGt0hwbiosqqHS5L2lrN1SBSuZlFZ6oQIU3ugBuuG+rcGMJKjhTWUpP7f6WDI/gHUrDE+Tb1mAX&#10;aZbpTgydCsctueS7DGDwR3rVOnbHw/bz4XjEkWscHu4/HgfvqYKr9A8CfvQowWRHuTBtO/yajsp8&#10;V4zXw+o++b7bfoer4qFT9/Hw/wPwZt8N//jeGe7iN/7492M1NL53/LWFy+5CxHheP8kPcZLhvdZA&#10;n9zTJ1VbQ1Ebf/JhIY1vP07qwv+xHw4Pe6hJyEG57fCme3fAy2R5l61czR/gvl3GZv7fALzQp5+l&#10;6uU/GO7+BQAA//8DAFBLAwQUAAYACAAAACEAKOXHieIAAAANAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+DQBCF7yb+h82YeLNLkQBBlsaoxMR4sdqDty07ApadJeyW4r93etLjvPfy5n3lZrGDmHHy&#10;vSMF61UEAqlxpqdWwcd7fZOD8EGT0YMjVPCDHjbV5UWpC+NO9IbzNrSCS8gXWkEXwlhI6ZsOrfYr&#10;NyKx9+UmqwOfUyvNpE9cbgcZR1Eqre6JP3R6xIcOm8P2aBV8+5fn135OP7Poqa4Pu51dkker1PXV&#10;cn8HIuAS/sJwns/ToeJNe3ck48WgIM5umSWwka4ThuBInOcZiP1ZipMYZFXK/xTVLwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQA8HHCHRgcAAAkhAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAo5ceJ4gAAAA0BAAAPAAAAAAAAAAAAAAAAAKAJAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAArwoAAAAA&#10;" path="m65,94l23,46,64,,50,,11,44,11,,,,,94r11,l11,51,48,94r17,xm156,94l131,31r,31l113,62r-18,l113,16r18,46l131,31,118,r-5,l107,,70,94r13,l91,72r22,l134,72r9,22l156,94xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="41275,10259060;14605,10228580;40640,10199370;31750,10199370;6985,10227310;6985,10199370;0,10199370;0,10259060;6985,10259060;6985,10231755;30480,10259060;41275,10259060;99060,10259060;83185,10219055;83185,10238740;71755,10238740;60325,10238740;71755,10209530;83185,10238740;83185,10219055;74930,10199370;71755,10199370;67945,10199370;44450,10259060;52705,10259060;57785,10245090;71755,10245090;85090,10245090;90805,10259060;99060,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487517184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="100B6DC4" wp14:editId="521C5C80">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1570355</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10253980</wp:posOffset>
               </wp:positionV>
@@ -5673,51 +5682,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="3D823030" id="AutoShape 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.65pt;margin-top:807.4pt;width:11.95pt;height:4.7pt;z-index:-15799296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="239,94" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF2xkbYwkAAJwtAAAOAAAAZHJzL2Uyb0RvYy54bWysWmuP67YR/V6g/0HQxxS5FmU9rMX1DYIE&#10;KQqkbYCoP0Bry2ujtuVK2sftr+8ZPnxJmSMRRbDAyraOhodzOEMOxc8/fFzO0VvbD6fuuo3FpySO&#10;2uuu25+uL9v4X/Uv32/iaBib6745d9d2G39th/iHL3/+0+f321ObdsfuvG/7CEauw9P7bRsfx/H2&#10;tFoNu2N7aYZP3a294uah6y/NiK/9y2rfN++wfjmv0iQpVu9dv7/13a4dBvz6s7oZf5H2D4d2N/7z&#10;cBjaMTpvY3Ab5f9e/n+m/6svn5unl765HU87TaP5P1hcmtMVjd5N/dyMTfTanx5MXU67vhu6w/hp&#10;111W3eFw2rWyD+iNSCa9+f3Y3FrZFzhnuN3dNPxxZnf/ePutj077bZzH0bW5QKIfX8dOthxl5J73&#10;2/AE1O+333rq4HD7tdv9e8CNlXOHvgzARM/vf+/2MNPAjHTJx6G/0JPobPQhPf/17vn2Y4x2+FHk&#10;oizAYIdbeVVUUphV82Se3b0O41/bTtpp3n4dRqXbHp+k1/eaew2ND5czJPzL91ESpbnIozQrjM53&#10;mDCw71ZRnUTvUbqu9Fi4Y1KDkaZEIZIqEkVSpFPg2gBhTMGOUSV9h/FwN5cZlGEGeh5mcILqADHL&#10;/MwKgzHM0tTPrDRAxQwwHzOEqOOzxO+zysCI2cbPTLj+hzey3E9N2BIonI+bcFVIs1J43SZsEWqR&#10;MvRcEajZgqFn66BwXnquFGlWMfRsJWpRMPRcJdCsWDP0bDEUzkcvdeVAOPgHXWqLUadcQLhaoFlu&#10;3KW2GgrnpefKkebJ2ituaotRp0xUpK4WaDYp/d5LbTUUzkvPlYP3ni1GnTKhsXa1oGYZcde2Ggrn&#10;o7d25WBz3doWo14zobF2tUCiK7l0Z6uhcF56rhwQ159W1rYY9ZoJjbWrBeXhjV9cJPJvGVThfPQy&#10;Vw527GW2GHXGhEbmaoFmN5mfXmaroXBeeq4cSCwbb2hkthh1xoRG5mpBY4qZMTJbDYXz0nPlSLNN&#10;5adni1FnTGjkrhYzoZHbavChkbtysLNGbotR50xo5K4WEK1kvJfbaiicz3u5Kwe85xc3t8WocyY0&#10;clcLapZJLLmthsL56GG55CwIsirzilvYYtQFExpYL9nWqFkmNApbDYXz0nPlYEOD1pPfllIFExqF&#10;qwU1y8waha2GwnnpuXKwiaWwxaiRzbyL0NLVAs1yiaW01VA4H73SlQP0/CuW0hajxoD303O1QLMF&#10;s94rbTUUzkvPlYNdUJW2GHXJhEbpakHNMpFb2moonI/expWDFvDe0NjYYtQbJjQ2rhbIZ4hx2fi0&#10;xNjYaiicl54rB8T1p+WNLUaNEeUVd+NqMUfPVmOGnitHmqf+sbexxaiRHL30UCS6iUUIZklQ2WqA&#10;HnA+71WuHGnOTGqVLUZdMaGBCtCll1RMWq5sNSA/cF56rhxpzpRClS1GXTGhUblawCtYV3vHXmWr&#10;oXA+eiJx9WD5icSWo8Zzfn2xRpl6sGQExlLaQGWlmwDo5+iKwkosElsTcGRCRCSuKEo9rxtRjbgc&#10;GZlF4ioz40dbGHBk4kQ8FOVsFhSTqpyAXj9Oy/IcVY9vNwMFrNXpWrCFuXCFUTnE70dhS6OAfo6u&#10;NGme+ZOhELYw4MhEDNKG6YvZd1kzISOELQ04Aujl+FCgI5t4/ehW6IIr0VGRB3OcFuksR1eaFJsm&#10;DEdbGOzBcDHzWKhz056YVuoA+v3oSpMWm4LhaAsDjlzMPFTrfMxMynU2Zqb1eoFa16u1W7ALrmLH&#10;oJpoPcPRlkaGld+P60nMFCnH0Y0ZrmwXD3U7u8QRk8KdgF6tp5V7sS79fnRLd8HV7sJTvDMztXio&#10;3v1TtchcadKCKd+xPWo0pF1VPMfMhY8VPBsz0xLe8iN21F/MnnlzNNvou4+r3kfHp6ihNzeJ3Lm/&#10;dQPt2NeYr7EvX69pVQoTQNGmOwNGhwhcBoERjQTGtBNimiYTCc/D4BijEi639heJU4olOPJiCBna&#10;lJTwsJ6muqvIFiHWKQeQ9XVYV2kTTcLDukqRQXAM5xAyNEglPKyrme4qNmtCrNMmDFnH5kkQXHcV&#10;mxkhcNqkIOvYXAiC666i2A+C666i+A6BU1FNZFAMB8F1V1GchsCp6CTrKBaD4Lqrm7CuUlFG1lFM&#10;hVinIknCw7pKRYuEh3VV1hCEp5V/CB25oFcPhHUXb/sUI1oTB7Vwz05YoIY9oPtMq8WgB0yGEoEp&#10;SpgcReuosBZMpwPTlDB5SgQmKmEyFU33QZRMrqK5N+wBPa4FJkLrAZX/9UTX42DA9EhAH0c4EvBM&#10;zzRPt2ak+dF8jN63Mb0ijo7bGIU9/Xzp3tq6k4CRZkmdaLC3qxr9dv98tXG0R4yBeCdn7prrTVqj&#10;LXFCGWvmrrk6KPV+Gx00d83VQZXztnSSvycPY8NclS1a7ILXRr7eZlukMjIYdZ8mTEvm6rS4gNLs&#10;sfGvvG9smKvjiTB/LfieloKkkAl205K5qhYNat5fRm2TaYwNc9Xs1ci5R5q5a64OCkXtrCeUQtga&#10;mENpry4MHO2IeUsKhPJ0tj2FQmEzh6Kagjw/z12P1AWUXpYhycy1qMdzGGrBp1T9gv0SSvXxPvcY&#10;jc1Vaa37uIRCMUItzvteJ2bMYnOe0L6/T3GGj7nqUa9H1/wY1LERNibmh4SeJBa4a8/Pd1BRnx9b&#10;KjmHYNQ5IDZRagEXUHpBvYDSExBeKswJOJ2mjHC7cze0ePBxYhP0/hPj5948N7MJHUzo1BwDA1MH&#10;qVjXyL1INLsA0+vMBZQxJuZTWSi1wI6iNXLc/Dgx1BZQtCG9aKtQWeOulBHXXFV06jphCaWWgnhf&#10;OCumTo1LMNr8Av0lmI7jBWoPI9L0jx/EqU5cxsvcGE51ejY4Y9lclQcNCvXcrHOw5FoWTdAr6EVp&#10;DWrJNfRiFMYCYago5jqQ0v7rsjXj3IVGDWzqW6MaUgEtu+Ue0339jR/tw59Ddz7tfzmdz5Sphv7l&#10;+adzH701ON37o8CfmSUc2FluV107esz0Vh9fpROr6ojrc7f/itOrfaeOCONIMz4cu/6/cfSO48Hb&#10;ePjPa9O3cXT+2xXnbyts1WEWGOWXLC9pI7+37zzbd5rrDqa28Rhje40+/jSqM8ivt/70ckRLQtYU&#10;144O3x5OdLxVHq9VrPQXHAGWvtHHlemMsf1dor4dqv7yPwAAAP//AwBQSwMEFAAGAAgAAAAhAMY0&#10;n8rhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WVuqlKk7cCFCIg/oDZ9SU&#10;HriZ2I0j4nUUO5C+fZdTOe7Mp9mZYj25jp3NEFqPEtJZAsxg7XWLjYT91/Z5CSxEhVp1Ho2EXxNg&#10;Xd7fFSrX/oKf5lzFhlEIhlxJsDH2OeehtsapMPO9QfJ+/OBUpHNouB7UhcJdx0WSzLlTLdIHq3rz&#10;bk19qkYnYSc2dunG+iCq/elD756+N2/DVsrHh+l1BSyaKf7DcK1P1aGkTkc/og6skyCyxQuhZMzT&#10;jEYQIhapAHa8SiITwMuC364o/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCF2xkbYwkA&#10;AJwtAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDGNJ/K&#10;4QAAAA0BAAAPAAAAAAAAAAAAAAAAAL0LAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;ywwAAAAA&#10;" path="m61,56l55,47,50,46r,14l50,76r-5,7l31,84r-20,l11,51r20,l45,52r5,8l50,46,43,45r,-1l50,41r5,-6l55,17,51,10,45,6,43,4r,18l43,34r-5,6l31,40r-2,1l11,41r,-31l26,10r2,1l31,11r3,1l37,13r1,2l41,17r2,5l43,4,41,3,36,1,31,,,,,94r31,l49,94,61,82r,-26xm154,94l129,31r,31l111,62r-18,l111,16r18,46l129,31,116,r-5,l105,,68,94r13,l89,72r22,l132,72r9,22l154,94xm238,l226,r,73l176,,166,r,94l177,94r,-73l227,94r11,l238,xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="34925,10229215;31750,10237470;28575,10252075;6985,10252710;19685,10231755;31750,10237470;27305,10227945;31750,10225405;34925,10210165;28575,10203180;27305,10213340;24130,10224770;18415,10225405;6985,10205720;17780,10206355;21590,10206990;24130,10208895;27305,10213340;26035,10201275;19685,10199370;0,10259060;31115,10259060;38735,10234930;81915,10219055;70485,10238740;70485,10209530;81915,10219055;70485,10199370;43180,10259060;56515,10245090;83820,10245090;97790,10259060;143510,10199370;111760,10199370;105410,10259060;112395,10212705;151130,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487516672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31F9A7F8" wp14:editId="3C6A3913">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>726440</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10253980</wp:posOffset>
               </wp:positionV>
@@ -5895,51 +5904,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="5D8FDCF1" id="Freeform 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:57.2pt;margin-top:807.4pt;width:3.6pt;height:4.7pt;z-index:-15799808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="72,94" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrskAkagQAAIkQAAAOAAAAZHJzL2Uyb0RvYy54bWysWG2PnDYQ/l6p/8HiY6scGFguuzouihJd&#10;VSltI4X8AC8vCypgarO7d/31mTF443XxHoqqk3hZPwzPzOMZZu7h3XPXklMpZMP71KN3gUfKPudF&#10;0x9S72v29OatR+TI+oK1vC9T76WU3rvHn396OA+7MuQ1b4tSEDDSy915SL16HIed78u8Ljsm7/hQ&#10;9rBYcdGxEW7FwS8EO4P1rvXDIEj8MxfFIHheSgm/fpwWvUdlv6rKfPyrqmQ5kjb1gNuojkId93j0&#10;Hx/Y7iDYUDf5TIP9AIuONT289GLqIxsZOYrmP6a6Jhdc8mq8y3nn86pq8lL5AN7QwPLmS82GUvkC&#10;wZHDJUzy/zOb/3n6LEhTpF7ikZ51INGTKEsMONlgdM6D3AHoy/BZoH9y+MTzvyUs+FcreCMBQ/bn&#10;P3gBVthx5Coiz5Xo8EnwlTyrwL9cAl8+jySHH+PNfQjq5LCy2SZbJYvPdvrR/CjH30quzLDTJzlO&#10;qhVwpWJezMwzsFF1LQj46xsSEBoGEaE0orPKFxjVsF98kgXkTO5DGxJqyGQpCZKQUDzawEgDwZYC&#10;kJpsYxsVa9Rkjm7pIrGNhiGxeJEYyGS66CZ2r4E3iUF6muZcxLYahsTeLhKjVvATGjhCRs34U4Vb&#10;ihm1NKCxQ01TgoyGy+wsBW6wM0W4wc4SwsnO1CGjyTI7Swa3qtRUwr3fMJuudI2WN1xoSpGFjlyw&#10;hHCzC00pbrCzxIAUXUyH0JQiC5cTIrSESOgmWU7V0JQClAXc0r4LLTFcyoamFFm4nBWRJYSbHZSp&#10;WTKVsC52kSWGi11kSpFFy1kRWUIkUC2XYxeZUkDsALcUu8gSw1VPIlOKLFrOisgS4gY7Uwo3u9gS&#10;w8UuNqXI4uWsiC0h3MrGphTufRdbYri+XrEpRRYvZ0VsCXGDnSnFDXaWGE52phRZvJwVG0sId0XZ&#10;mFJcVxRoEA66BWC17gry535uC+CKMGxDA9WHDFxi/5GBQWgzsgg/0WACUNhDOMAQagTfrwKD5wiG&#10;z9sa0xR2hYKrNutVJhRkUvDtKutY2BEOFXkNGay0Cr7OUyx9CJ9aq1e5Yy1S8HWuYnFQ8HWuYrYi&#10;HNJsjauYPgq+ztV4dhU2omF9cnneaAKmDHu+EB6B+WKPz7DdwEbcn/qSnFMPOk5Spx50ivhrx09l&#10;xtX6iJsUV4Gj7oO/L7e9CUsgjQyYXtTnQdmaQVD7Jv56VZ8nFDZbYGod6rapNaQmzNQnQyw1F32+&#10;4rQOddFH29DnqyisQ73yxlmddSg7VnnLZTkpgdtC1aDL/sBtZcw6krdN8dS0Le4MKQ77D60gJwaj&#10;7HsKf2rKgEeuYK0qZz3Hx7Tg87CG89k00O158QKzmuDTPAzzO1zUXPzrkTPMwqkn/zkyUXqk/b2H&#10;YXNLY/x0jupmntWEubI3V1ifg6nUGz0ov3j5YZwG7uMgmkMNb6Jq0/f8PcyIVYPTnBomJ1bzDcy7&#10;KjbzbI4DtXmvUN//g/D4DQAA//8DAFBLAwQUAAYACAAAACEA/hRbKt4AAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjaUFWjNJ0QCIkr3SQ4Zo3XVmucqsnW8u9xT3Dzs5+e&#10;v1fuFjeIK06h96Qh3SQgkBpve2o1HPbvD1sQIRqyZvCEGn4wwK66vSlNYf1Mn3itYys4hEJhNHQx&#10;joWUoenQmbDxIxLfTn5yJrKcWmknM3O4G6RKklw60xN/6MyIrx025/riNOSPNNbf9ceCT19NMvfb&#10;vVLLm9b3d8vLM4iIS/wzw4rP6FAx09FfyAYxsE6zjK085GnGJVaLSnMQx3WlMgWyKuX/FtUvAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGuyQCRqBAAAiRAAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP4UWyreAAAADQEAAA8AAAAAAAAAAAAAAAAA&#10;xAYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADPBwAAAAA=&#10;" path="m72,l60,r,40l12,40,12,,,,,94r12,l12,51r48,l60,94r12,l72,xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="45720,10199370;38100,10199370;38100,10224770;7620,10224770;7620,10199370;0,10199370;0,10259060;7620,10259060;7620,10231755;38100,10231755;38100,10259060;45720,10259060;45720,10199370" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487516160" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57817244" wp14:editId="0F975A27">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1939290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10252710</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2213610" cy="60960"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -6878,51 +6887,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="07BE7D15" id="AutoShape 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:89.9pt;margin-top:807.35pt;width:31.55pt;height:4.85pt;z-index:-15800832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="631,97" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD34iuonA0AAGtHAAAOAAAAZHJzL2Uyb0RvYy54bWysXGGP47YR/V6g/0HwxxbJipQsW4fsBUGC&#10;FAXSNkDUH+Dzem8X9Vqu7bu99NfnDcXxkvSMyBTBAefd8xM5M48znBny9M23X1721efd6fw8Hu4X&#10;5ut6Ue0O2/Hh+fDxfvHv4cev1ovqfNkcHjb78bC7X/y6Oy++ff/nP33zeny3s+PTuH/YnSoMcji/&#10;ez3eL54ul+O7u7vz9mn3sjl/PR53B3z5OJ5eNhf8evp493DavGL0l/2drevu7nU8PRxP43Z3PuNf&#10;f5i+XLx34z8+7raXfz0+nneXan+/gGwX9/fJ/f2B/r57/83m3cfT5vj0vPVibP4PKV42zwdMeh3q&#10;h81lU306Pd8M9fK8PY3n8fHy9XZ8uRsfH5+3O6cDtDF1os0vT5vjzukC45yPVzOd/7hht//8/POp&#10;en64X6wW1WHzAoq++3QZ3cxVR+Z5PZ7fAfXL8ecTKXg+/jRu/3PGF3fRN/TLGZjqw+s/xgcMs8Ew&#10;ziRfHk8v9CSUrb44y/96tfzuy6Xa4h9bULleLqotvurMsl/SzHebd/zs9tP58rfd6MbZfP7pfJl4&#10;e8BPzuoPXvYBHD++7EHhX7+q6sqs264yK4zs8QwzDPvLXTXU1WvVNSbFWMZMQ3WmWVamq7sbYMNA&#10;DGYc7KnqV+lwLaOm4SCUKBmMMClAkrWyZB1jWLIltJQkA6fXwSAZYJJkcNHQZqt+JUrWM4wkW8uS&#10;mcT+Xb1uZNFMSAGEB06SzSQsrJdrUTgTkjAYq4iXkACbWUW8kAeyrZXFS6jobS+LFzIxmE4RL2Gi&#10;M7ZVxAvJALPASdazCR09DCO5gw3JGKzmEAkXXb0CGdK6syEbQAAnipfQ0RuZXBuSMUBX2V8TLnRy&#10;bciGTq5N6FivEFGEYGJDMgaruEaTcOHcUbQeQlGJ2zYJHRq5TUjG0Ciu0SRcII4pa68J2aB4J6+9&#10;JqGjX8oBrwnJGBrFNZqEixnrhWzoQa+N6cDuK7tGG5IxtIprtAkXnaGlLLlGG7IB8YCTXKON6bC1&#10;RRwV1l4bkjG0imu0CRfwSMQpUbyQDSCAE8WL6YD1FPFCMoZWcY1lzAWmXRtZvGXIxoSTxFsmdPS9&#10;nAYsQzKGpeIay5gLkFYr1luGbEw4UbyEjr6XXWMZkjFg9xbj3jLmgkhTNrVlyMaEk8TrYjpUcpEJ&#10;vcWpoVNco0u40MntQjZ0cruEDo3cLiRj6BTX6BIu9F2jC9mAeEpK0CV09ORqgud2IRlDp7jGKuZi&#10;imc0+U0WugrZmHASuauYDpAru8YqJGPAihLX3irhQg/Lq5CNGfFiOqxp5GR0FZIxrBTXWCVcdHWv&#10;uMYqZAP2BU6y3jqmw7oETSB3HZIxrBXXWMdcwCpavrcO2ZhwongxHbbu5YyFSq1rYTCsFddYx1xg&#10;WqqmpLW3DtmYcKJ4MR227uS4tw7JGNaKa/QxF5gWyYMoXh+yMeEk8fqYDlsv5bXXh2QMWCmia/Qx&#10;F7SmlIQK1e4bGxNOFC+mQyUXpefbcAN2Plm8mAtMq+0afcjGhJPEM3XMhzVKZDF1SMeA52QJTR3z&#10;ganXiveaOqRkAsoyxqTAf2WKTR1yAhkVFzF1TAqZByNKPmLqkJcJKMsYM6PyjCwkJNrUip+Y26K8&#10;U9Irk1blAIoyJmU5XAVrW4iDJqnL1cLcxMSQeRRnNiakZgLKMsbU2BrZsSxjSMxAy1b0GKTqbG/u&#10;u9DqEbk2ITWIOACKMiYFus51XKEbrUQ3NvUZQ0FMlDEp0gkoyxhTo/tMXKbTXibb0cbE0H6h+XVS&#10;qRNQljGmxtpG3vhMXKsbrVg3t9W6lvObtFwHUJQxqdetVbodJi7YjVaxo/BO1qMee5KanYCyjDE1&#10;kBGRQvLruGqnnVfm+rZub7TY0yQ+A6AoY1q5m7WcwZq4dDda7Y5FldjRtMhLRJ9Jq3cAZRljakC1&#10;nOlgJp6buqpGK+CReTHOx556pTVW2zCcUXxUOqtt6jO1XMObNiQGMmr7jFDGwwtFO97U8bVsx6SQ&#10;130mruSNVsoboZZXGjXmppiXOzXoqkfUWEM1huQzcTlP3XjZZ24L+k7jOq3oARTXY1rSQzlZxrim&#10;B3mKjDdVPakjc52U9dophEnqet2OcWGP5zQZY2Kwz5DW4npMansCynZMfcYq+WNc3RutvDe39b3V&#10;ZEwLfABFGdMKv6kVGeMS32g1vrkp8vVTk6TK13okZhVTY61Sapm4zsdzCte3lb56spOW+kofx6S1&#10;vtWOnuJiH88pMt6W+6rPpPU+gCLX62SfaYzcbML+w0HK7TNayY+9lHGc4+oyxvuM6tfrxGcapSlh&#10;4rLfaHW/uSn8616Lj0nlT0DRjmnp32jxMa79KdTLMfym+ldbOyYp/wkoyxhTY1U7xg0Ao3UATB8T&#10;g8io2zFMASagJCNuZETLxzYIfNJeiLYjA2k94jnZjjj3YBznPZpf27QHoPg16sBoSNss5RwXRS0D&#10;JxmVfQZtLMaxz2hHZzbpAWhnZ7aOqbGtkpuhYOS5JxmV3Mze9ADU/RopfzAkbZpvsQc3Mj7ynYvN&#10;E1/D2H45+HsY+Kna0M2f2t38OI5nuvExYEDc6xgaf6kDKLq0oYBhdAK7+xOYbx4M7QkMkaf7IvNo&#10;akY4OF8vycAR4By8LxqdSnSCo64uEYaqZQcv05QKV4JP91SyhqEa0sHLVKVyzsHLVKXKiuAoh0pU&#10;pSLHwctUpXqD4CgSSkan1N/By1SlLNzBy1SlhJjgyGJLhKHc1MHLVKU0keDI7UpGp4zNwctUpeTJ&#10;wctUpTyG4Eg+SoShlMLBy1Sl3Z3g2JJLRqeN1sHLVKU9z8HLVHU9aMJT57hEHNcQnh4oU9d1Z90D&#10;pcHpGp3Q4CwSyXidDbqNRQ9whDKFIcpwjEL/snAGTzI1xYpE4jiFy3WFD7DSaBcVzcCxyhQGK9eS&#10;ccShkVI2AytdGLAMRyxqMRTNwDELNyPLHuCoZQrDluG4ZVAJF4nEkcsUhi7DscugRiyagaOXQcFW&#10;9ADHL1MYwFxR5JjG+WXZDMx0YRAzHMUoyS+ageOYwalbyQMukSYdKP0te4DzDuSiZQ94pSkxDB6Y&#10;UhCf+J1w0Tq9Yn1aVLhi/YGe2bw7bi6UL/KP1Svu+VLj/Ol+AZXpn1/Gz7thdIALZY1+vfCcb1/v&#10;DyHMr3SG8Zf8eXRjeRAaGZMC/C1/TihKfGHK+aFQ4BRirpTzLPzpZ0Nlg5HKUDjWmZOcWmz5sbxF&#10;MzMmdmeht/vxvHNUvjHhFaEeVjj7G4Af9kC61AYgzlbmlEET3MGuoYtH4U+237QT5GBU+WDSHIxO&#10;mgDDnvpHyFaoqd/95lccbb5OtHnJ6DiPFJhF+ZwtswR8EMqg3Nk3ZsSCmTWZFz8H81l/Dua3wpxs&#10;6ZrktaMvY0vnIVDnOrK2jF2BDCDa9HN6W683BJ6F0XEWRsMBTwks4zuWztswGo6qZ0ejs0jSdR5F&#10;F6CByijgUTjKnp3SwyDgPGxyfpSMszAfq8HZHMxQG46MWwa7bnC8WvhzijiuiULGnfcxXh+4IzEn&#10;G86yJqrm3cf+PvPmuJp4n98HrwrMym98ujVvDEZdvYpNyp8+mHuiCmHXvJlH4U8majJtJpZYSkDI&#10;CzJrLQ0MPJkeS9A+jtedFksaOuCECNdyicfmz0mhho6oaeXNBwmGZZZ7QyftGC2zJTbePNd8nWXi&#10;Ty8b3XXBaNekm7/mTw+jbirBMsamjn1+NEuHM4BlZLN0FgZYRlNLd3YBy9iNR8OuPevYXjb49yzM&#10;a4qbT3OwxtstE3Rw8ONUyI3mOc3Ixisko2npevt9q/fa/uAFxJ9+Ifl9tcxsmU2Jzs+I+FkKrK91&#10;M4JZOozHYBlftnRfoGCx+dFwP31uebBsCMazMK8ozrnmYLzY+vlJG09BbjTPe0Y2joEZTW9iKi8L&#10;PQy3vvF89WstDLde0gx1Ld24AnWZIqHltH7eigy7tplYIf6c1nvrXfba+uGv+dPD6FYdZEPiO8dw&#10;S5cYCTafEbV0UAUYjqxnR6NjPILNO1BDJ9/lsEzihP8r7EbLwjxZ89GaNc0ETrbbtdXK1ufPmAWQ&#10;MWs3z+m16cmj8CdTP9V02RXiS7/MpHQ3lKifF80znyN+2s3no07jq7AyVCYNa/1ay8Im2pFQzjLg&#10;1czBvM1wh2F2NB8Ycl7lwwxuOs2OloYtXhV6pFtyZPIDa4Fu6fWZZ4RRmX7Z0lcwGVjrk7D5OVu6&#10;oobVWYbKLQJk/jRYISzTXVv61kpmNOagEJYqqpPrGqWhNhq7nc8VUd3PrS+GZbLiJV3cwbQ5mHfy&#10;HMyPltk7C2VjWEbTpe+/p7Zmh5rCLCuaQ5U02Jbed3OLgO54hpSyRPzpJaP/nQhYppBlBTIw/L/V&#10;ktE6nyJkVLhZlSw6L2QcEFDX373H49r+p1OD4F0e53H//PDj835Pff/z6eOH7/en6vMGL2v5zuAP&#10;x8kItne3Rw4jPcbL3L+NhF5AMr2x5MP48CteRnIapze+4A01+OFpPP1vUb3ibS/3i/N/P21Ou0W1&#10;//sBr1Pp0XSGcS7ul3a5ov+XcQq/+RB+szlsMdT94rLAbRf68fvL9EqZT8fT88cnzGTckcZhpHep&#10;PD7T20rc21ImqfwveKOLs41/+wy9Mib83aHe3pHz/jcAAAD//wMAUEsDBBQABgAIAAAAIQAAiU9M&#10;4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMrStMQp0JIHIrgQODA&#10;0Y2XJOCfYLtpeHu2J7jt7I5mv6l3izVsxhBH7ySsVxkwdJ3Xo+slvL0+3JTAYlJOK+MdSvjBCLvm&#10;8qJWlfYn94Jzm3pGIS5WSsKQ0lRxHrsBrYorP6Gj24cPViWSoec6qBOFW8NFlhXcqtHRh0FNeD9g&#10;99UerYTyUTzNnzOW5t0X7b791vtgnqW8vlruboElXNKfGc74hA4NMR380enIDOnNltATDcU63wAj&#10;i8jFFtjhvBJ5Dryp+f8WzS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9+IrqJwNAABr&#10;RwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAIlPTOEA&#10;AAANAQAADwAAAAAAAAAAAAAAAAD2DwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAQR&#10;AAAAAA==&#10;" path="m73,1l61,1r,73l11,1,,1,,95r12,l12,22,63,95r10,l73,1xm170,95l144,30r,33l127,63r-17,l127,17r17,46l144,30,133,1r-6,l123,1,85,95r12,l106,73r21,l149,73r8,22l170,95xm248,95l211,58r16,-1l240,46r,-16l238,18,232,9,228,7r,13l228,38r-4,7l211,48r-17,l194,11r16,l211,12r10,1l228,20r,-13l222,4,211,1r-30,l181,95r13,l194,55r17,18l231,95r17,xm355,48l352,31,342,16r,32l339,63r-8,12l319,83r-14,2l291,83,280,75,272,63,268,48r4,-15l280,21r11,-7l305,11r14,3l331,21r8,12l342,48r,-32l342,15,327,4,305,,284,4,269,15,259,31r-3,17l259,66r10,15l284,92r21,4l327,92,342,81,352,66r3,-18xm445,48l442,31,434,17r-1,-1l433,47r-2,12l426,70r-8,8l407,82r-6,2l382,84r,-72l400,12r4,1l407,14r11,5l426,26r5,9l433,47r,-31l422,7,407,2,405,1r-35,l370,95r31,l404,94r3,l422,88,434,78r8,-14l445,48xm534,1r-12,l522,74r-1,l472,1r-12,l460,95r13,l473,22r50,73l534,95r,-94xm631,95l605,32r,31l588,63r-18,l588,17r17,46l605,32,593,1r-5,l583,1,545,95r13,l566,73r22,l610,73r8,22l631,95xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="38735,10245725;0,10259060;7620,10212705;46355,10199370;91440,10238740;80645,10209530;84455,10199370;53975,10259060;80645,10245090;107950,10259060;144145,10234930;151130,10210165;144780,10211435;133985,10229215;133350,10205720;144780,10211435;133985,10199370;123190,10259060;146685,10259060;223520,10218420;215265,10238740;193675,10252710;177800,10246360;172720,10219690;193675,10205720;210185,10212070;217170,10208895;193675,10198735;170815,10208260;164465,10240645;193675,10259695;217170,10250170;282575,10229215;274955,10208895;270510,10243185;254635,10252075;254000,10206355;265430,10210800;274955,10228580;258445,10200005;234950,10259060;258445,10258425;280670,10239375;331470,10199370;299720,10199370;300355,10259060;339090,10259060;384175,10219055;361950,10238740;384175,10219055;370205,10199370;359410,10245090;392430,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hr-HR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487515136" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70FDFEC8" wp14:editId="5AA29254">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>784564</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10253718</wp:posOffset>
               </wp:positionV>
@@ -7798,66 +7807,66 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="585257A6" id="AutoShape 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.8pt;margin-top:807.4pt;width:26pt;height:4.85pt;z-index:-15801344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="520,97" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjZC3lHg4AAGlLAAAOAAAAZHJzL2Uyb0RvYy54bWysXH9vI7cR/b9Av8NCf7bIWcP9IcmILwgS&#10;pCiQtgGy/QA6WT4blbWqpDtf+unzhsvRcWc5u0QRBDjZ0VtyOI8z5BvS++13X14Pxef9+fLSHR8W&#10;9G65KPbHXff4cvz4sPh3+9M360VxuW6Pj9tDd9w/LH7bXxbfvf/zn759O93vXffcHR735wKNHC/3&#10;b6eHxfP1erq/u7vsnvev28u77rQ/4sun7vy6veLX88e7x/P2Da2/Hu7cctncvXXnx9O52+0vF/zf&#10;H/svF+99+09P+931X09Pl/21ODwsYNvV/3v2/37gf+/ef7u9/3jenp5fdsGM7f9hxev25YhOb039&#10;uL1ui0/nl1FTry+7c3fpnq7vdt3rXff09LLb+zFgNLRUo/n1eXva+7HAOZfTzU2XP67Z3T8//3Iu&#10;Xh4fFiDquH0FRd9/una+52LF7nk7Xe6B+vX0y5kHeDn93O3+c8EXd4Nv+JcLMMWHt390j2hmi2a8&#10;S748nV/5SQy2+OI9/9vN8/sv12KH/1mWS7C5KHb4qqF6U3PPd9t7eXb36XL9277z7Ww//3y59rw9&#10;4ifv9cdge4s2nl4PoPCv3xTLglzt8I9zgecbjAT2l7uiXRZvRe1kLtwwTjB9Uw3RpqBm2ZBurBQg&#10;GiMPey423neYD7fmKkEFy9Zs3tiyWmBsWZW2rBGMWLZcpS1bCbC3DLCUZWB+4LPVOmnZRmBs2Tpt&#10;GSn/N8uV4TSKKYBbgUvZRooF16C9hNsoJqElZ5inSACbGGuKU4p5YMQ6bZ6iwjQvZqKlxjBPMdEs&#10;N5b3YjJgHnAp72FSD6mtKek9F5PROisgFBcNLQ3zXMwGQgK4pHmKDldWafNiMlpnRIVTXGBOIfhT&#10;5LqYDSCAS5qn6HCW92IyWmeERqm4QLdl2rwyZoPNK5PmlYoOa+6VMRltaYRGqbholmvMlZT3ypgN&#10;IIBLea9UdLgGw01EbhmT0ZZGaJSKCxhWG+bFbPAA6qR5laIDliXNq2Iy2soIjUpxgW6NuVfFbLB5&#10;6blXKTqs0KhiMtrKCI1KcYEltkl7r4rZQOQClyK3UnRYoVHFZLSVERq14qIhTgTwzWiprWM2YB5w&#10;KfNqRYdbp1eNOiajxV4huRGoFRe29+qYDdt7taKjZDYSoVHHZLQApc1TXNhzr47ZsOdeo+jA3ixp&#10;HugJqwvvCBojNBrFhW1eE7MxYZ6io3TIBAnvNTEZbWOERqO4sMltYjZschtFR7lKb/SamIwW+4sk&#10;uSvFhe29VcyG7b2VoqNy6bm3islosUKmzVNcYCdiLGqrmA2YB1wqcleKjmqZ3oyuYjLalREaK8VF&#10;Q9g8sG9GiWUVswFygUuZt1Z0WOatYzJabPWT3lsrLrDUG9vRdcwGBgBc0jxFh0XuOiajXRuhsVZc&#10;2OSuYzZscteKDtN7MRnt2giNjeLCDo1NzAbTn15zN4qOkrcYicSyicloN0ZobBQXdmKB2v2aR+3E&#10;slF0lGuovpR5MRntxgiNjeLCXnM3MRswz1hzifV7rCOrMp34aBnT0eK5dHTQUvFhm0jLmJIpGxUp&#10;lbGlp2XMCWw0QoSWihSbZVrGvNg001IxU1XpaQhVJQ7n9RfPGX4ci3Jrc0palRuRQlqWV6yjE3OR&#10;lC43hTkpYmx1RFqaG/KISFFTGRUXopiYFs9ZflTETHBNMTUTXGuBXi/TIomGCp0siQ4OZE6E2pCp&#10;MkmJdEtmYikcNlmv0kUEFNsE6OejpdNpJNR5OMlVmZRSZ2Bq3SOnqKlLYz66mBjUiayYGal1ZC3D&#10;RiXXGZi0Uev1mvciqZgZCnayFDsSsfhbuLY2X6Q1u7H7Ii3aazgobeMwZizZTmPdbhVlqIyp4T1O&#10;epUmrdzrOr0O0lC64zkjrsfi3dqGkVbvxj6MtHyvDRFAQ/2O5ywbVTJD2cWovZGS8AxMzket4evG&#10;iOuhiCdLxdNIxk9UV+MtAId+ej9LWsjXlWHjUMnjOcOPIy0PLWDEtRLzDEz6Uav5GotcMmaGcp5L&#10;K0lVQLVKZggF00YdM4aNWtLXfJaRyj1DTQ9mDBtHqh7bG8OPStYzMOnHRqWzurZsHK4zlrKnsbTn&#10;SkFK/ZHW9gCmbVTU1Nb50lDdkyXvaaTvEb6GjUrgMzBpo1b45jozlPhkaXxaKWKwD7dyj1L5DEzb&#10;qNJZTUZcD3U+WUKfEkrftHEYM+QMG7XWxxFhOmaGYp8stU8juY+MaXCt9D4Dk35cK2rqysg9Q8VP&#10;luSnkeYnXl2TMaNEPwPTNuqYsfaP65iYlizdTyPhT5VRzSal/BmYtFFL/8aK66H2J0v8U776p0z5&#10;T1r/Nzx7UjkcZ89f6wktnjNy+KgEYB5akKoBWBUUf4Yf1wDqTXr/iMsOsY14Lm2jG9cAlgbXTtcA&#10;AExx7ZY6ZtZpfe2GNQA8Z9mokpkvMCVjxqkagO1HHTOmHwcx46wagBvVAMwTIKdqANYRkNM1gKY0&#10;/DisAeA5w4+jGsCEjfEWwNbXTtcAVkZ+dMMaAJ6zbFTE2DUAl1kDcLoGsKK0nnHDGgCeM2wc1QDM&#10;qrdTNQCr7O10DaDhw+FE7nHDGgCes2zUMTNhY5zOwLVRmne6BmD7cRgzVg3AjWsArNhTa6HTNQDL&#10;Rl0DWCGpJP04rAE4qwaAY2HJo1IDsGp7TtcAjNqe0zWAZmPZGBPT4jmD63ENwLYxpoZdna4BOF0D&#10;aIxrQW5YA8Bzho2jGoCde1QNwMyPugbQ8GWeVMwMawDOqgG48Sm+dUzuVA3Aqtk7XQNYYTOctjEm&#10;BldwjLqZG9UAbD/qs/zoqgFu/n2Uu33bZ7nut/tyDPf98FOx5RumS3/D8NRd+GZhiz0F7g+2Zbg8&#10;CBRfDjTAWEEY7O/pob9pMEbPYCyN/b3EaTQveB4u1xhn4IgjD99ktc7LAMORu3OM4Yzs4Xkj5QIp&#10;w5HRclrnPOXheUPlyz4enjdUjl6GI+RyjOFA8vC8oXJdi+GYiDmtc4nJw/OGytUeD88bKhdeGI5q&#10;SY4xfLnBw/OGyuUIhqOGkNM6VwY8PG+oLNI9PG+orJcZDpGbYwxLVw/PGyqrSIZD+uW0zoLOw/OG&#10;ytrKw/OG6s86Gc8nlDnm+IPH/oG84fpTQP9AbnK6ZSccpGWZxHvjvofMQUuG4iOmrB4kR/F5T94D&#10;gWTKTFMkeYpPQrJ6kEzFxxJZD0iu4jOCvAfCvEYhL/MBGXRmwiLJWIRSdpZJkrNwAz/vAclalJm2&#10;SPIWV1yzTJLMRZmpiyR3EWqRWT1I9iLcAcp6QPIXZSYwkgxGKJnl9SBMZyYxkizGxaSsHiSPcWUn&#10;5wFfsOEkwGWWvAfC9OaaR94DYdBcgMh6QBKZy0xkXuT7MUCaZ/UgiYx1ct4DMujMROZku8UKMqsH&#10;SWQs5/IeCNnbZSYyL5m8lzITmZNtF6uOLJNk44Vbw/ED/S48bPHP+NMt/Udb50WBP9r6wM9s70/b&#10;KysD+bF4e1jwH/EUzw8LTG7+36/d533becCV9QEf8mBgtxD5+v3hGONY9wOHY7h+NPKtfJ58a2HU&#10;SJlTKD7LQ1uQbhkodDyJQs0EbdG0XazAeJSTTbE+BGja9gCCU6esCiiI/EkU7qWwH2TSii/ls/dp&#10;iAao0qm2uPDIbWWhbslEepLP0GPPzxyqT03oeMouLkrALqSlSVTv+jyvzhDUb6Sryf6CTyXSZPjy&#10;2bshWD7ZUJhX0wwGbm4xJt3IZ99dQN22JfKtfA5mAxb0KX/KfJ+2S8e+9LQ7dJc9mh9nC9xz6OkM&#10;vVvZwl/DYdonrfS3/4DC/eapwfCZ42xbfMN8FuSvRAI1x0RYROdgyhnz7pOV7daw5T9/HgNDURqd&#10;8ozAbhtNMUE+w8ziA0y0NgcLPpyDhdaggP4A22QIMyP1h5bz/Ippk5ZR2KvOTE6s9Oy0G1fiU/kM&#10;vuWbLhmwsMefiVt/1IzWZmA40vKdzsH4pGfettGslBHaecApF5rzmM9SYMG0q/2JC6NmZjvXevNh&#10;M8S5sAvJhM3ZJg6ZGYLA1AS1PV2GfeFNfFquLrlaD+8g9U+FZRnmBNblSRjf4UZrUPzTsL7TmejF&#10;H0v1zE1vwMrQ6czGo5TVe3pWlXy2w9NlZgh8tAMYTsomRxqS/SwsdDq9pJV8rxOdzpnWr3zTc6rk&#10;M1W0NUcoDsVmUY6vkQCFk/EpZwhsZn/rgqCe2eiXfFCITm9TXPKPfPaZtgzVJ1yJm7JNYLfChbQi&#10;n9JaP1KsGJOt8eUE2DYL6yc4blxNt9Z3ioV2Coa/zPSdzsH4gg7bNh0Hjq+0MGwu+HoYLulM2Vay&#10;nERruHgzCQtkzcFCdkMxaLI1nQSFSztv4g9tejulZTNv8pUtDOim06Vt+eznS8Un6YBN+7ri6xqz&#10;qJL/oI+7FNukK/kMUzTAprsssV3L6DKgZlY7sSwThpvIU7RVefvoEVXiBptdX9SAB292WuxWQLB3&#10;ZhYogc1sfatQFp2D8d8Uo9M5WGhtZoHKtS1zpHzhErZNTyoZ6Bwqqy2+jhFzJfTKZwiwUDO5USpf&#10;y2eA8Q10tDaz9ZUBzMH4Dt98a3VYBWZsG81KMV0mMop5XKHzb/G5leq4whe9yefSHV4ef3o5HFh/&#10;X84fP/xwOBeft3hV0/eE/yQ7D2AHf6Z/7PgxCcjwLiJ+/VD/vqIP3eNveBXRuevf94T3U+GH5+78&#10;v0Xxhnc9PSwu//20Pe8XxeHvR7xMaYO/u0AKvfpfqnrFef8cf/Mh/mZ73KGph8V1gTsI/OMP1/6F&#10;Up9O55ePz+iJfPnx2PGblJ5e+F1F/l1JvVXhF7zPyfsmvHuKXxgV/+5RX9+Q9f53AAAA//8DAFBL&#10;AwQUAAYACAAAACEA18xAi90AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJx&#10;qajT0BgU4lSICiGOLRw4OrGJo/oRxZs2/D2bE9x2HpqdqXazd+xsxtTHIGGzzoCZ0Ebdh07C58fr&#10;3SOwhCpo5WIwEn5Mgl19fVWpUsdLOJjzETtGISGVSoJFHErOU2uNV2kdBxNI+46jV0hw7Lge1YXC&#10;veN5lgnuVR/og1WDebGmPR0nLwGb1WqyxeF9LoT9ehO4dyfcS3l7Mz8/AUMz458ZlvpUHWrq1MQp&#10;6MQc4fxekJUOsdnSiMXyUBDVLFS+LYDXFf+/ov4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAo2Qt5R4OAABpSwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA18xAi90AAAANAQAADwAAAAAAAAAAAAAAAAB4EAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAIIRAAAAAA==&#10;" path="m67,95l30,58,45,57,58,46r,-16l56,18,50,9,47,7r,13l47,38r-5,7l29,48r-17,l12,11r16,l29,12r11,1l47,20,47,7,41,4,29,1,,1,,95r12,l12,55,29,73,50,95r17,xm148,1r-14,l107,76,80,1,68,1r35,94l113,95,148,1xm229,95l204,32r,31l186,63r-18,l186,17r18,46l204,32,191,1r-5,l181,1,143,95r13,l165,73r21,l208,73r8,22l229,95xm281,1r-58,l223,12r23,l246,95r12,l258,12r23,l281,1xm349,59r-7,-9l316,40,306,37r-4,-5l302,19r4,-8l329,11r6,6l336,28r12,l345,16,339,7,330,2,319,,304,,290,10r,28l297,46r34,13l337,64r,15l330,86r-23,l302,78,300,68r-11,l292,81r6,8l308,94r12,2l337,96,349,85r,-26xm430,95l387,47,428,1r-14,l376,45r,-44l363,1r,94l376,95r,-43l413,95r17,xm520,95l495,32r,31l477,63r-18,l477,17r18,46l495,32,482,1r-5,l472,1,434,95r13,l455,73r22,l499,73r8,22l520,95xe" fillcolor="#a1a1a4" stroked="f">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="19050,10235565;36830,10227945;35560,10210165;29845,10203180;29845,10222865;18415,10229215;7620,10205720;18415,10206355;29845,10211435;26035,10201275;0,10199370;7620,10259060;18415,10245090;42545,10259060;85090,10199370;50800,10199370;65405,10259060;93980,10199370;129540,10219055;118110,10238740;118110,10209530;129540,10219055;118110,10199370;90805,10259060;104775,10245090;132080,10245090;145415,10259060;141605,10199370;156210,10206355;163830,10259060;178435,10206355;221615,10236200;200660,10224135;191770,10219055;194310,10205720;212725,10209530;220980,10216515;215265,10203180;202565,10198735;184150,10205085;188595,10227945;213995,10239375;209550,10253345;191770,10248265;183515,10241915;189230,10255250;203200,10259695;221615,10252710;273050,10259060;271780,10199370;238760,10227310;230505,10199370;238760,10259060;262255,10259060;330200,10259060;314325,10238740;291465,10238740;314325,10238740;306070,10199370;299720,10199370;283845,10259060;302895,10245090;321945,10259060" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23FBF848" w14:textId="77777777" w:rsidR="00D13706" w:rsidRDefault="00D13706">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="430021C9" w14:textId="77777777" w:rsidR="00D13706" w:rsidRDefault="00D13706">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B2AD06B" w14:textId="4BCC2304" w:rsidR="00E53BBF" w:rsidRPr="002E150C" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:pStyle w:val="Tekstfusnote"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E150C">
@@ -7893,51 +7902,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> nema OIB (npr. strani državljanin), u ovo polje </w:t>
       </w:r>
       <w:r w:rsidR="002221AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>upisuju</w:t>
       </w:r>
       <w:r w:rsidRPr="002E150C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> se mjesto, datum i godina rođenja.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C81051"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="369210BE"/>
     <w:lvl w:ilvl="0" w:tplc="041A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8014,120 +8023,124 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jFc/PL6/Gv1Y+rZf4RGyrKkG/ecyUJDRtx06TnWrrpa5aq3YDJxRcyEVE4o1LRjLRbzO6cQeVGthppz0x58dlg==" w:salt="FG8wCi+6fPU/43zGV07N0A=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="188"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kyBeT2cxKfzqFElaVWTyWRNz9OmjM0asE3zOqbCcUjARof7t1muYo2rjW8TlbGfqeMrquAZ9PLNTcvbR64j71w==" w:salt="OxH1uCl5gxGnr1lsKfH1Bw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46A43"/>
     <w:rsid w:val="000027CF"/>
     <w:rsid w:val="00005D4F"/>
     <w:rsid w:val="00040AE1"/>
     <w:rsid w:val="00057F6A"/>
     <w:rsid w:val="000824A5"/>
     <w:rsid w:val="00082942"/>
     <w:rsid w:val="00082B9D"/>
     <w:rsid w:val="000848EC"/>
     <w:rsid w:val="000C1226"/>
     <w:rsid w:val="000E6236"/>
     <w:rsid w:val="0013425E"/>
     <w:rsid w:val="00137FB4"/>
     <w:rsid w:val="00170FB2"/>
     <w:rsid w:val="00172F3A"/>
     <w:rsid w:val="00177262"/>
     <w:rsid w:val="00197230"/>
     <w:rsid w:val="001A2A6F"/>
     <w:rsid w:val="001C00C5"/>
     <w:rsid w:val="001D72C2"/>
     <w:rsid w:val="001E1271"/>
     <w:rsid w:val="001F3F18"/>
     <w:rsid w:val="002044FB"/>
+    <w:rsid w:val="00205E64"/>
     <w:rsid w:val="00213088"/>
     <w:rsid w:val="002221AD"/>
     <w:rsid w:val="00227752"/>
     <w:rsid w:val="00230443"/>
     <w:rsid w:val="002332F6"/>
     <w:rsid w:val="0025047F"/>
     <w:rsid w:val="00256C78"/>
     <w:rsid w:val="00271A50"/>
     <w:rsid w:val="002777E1"/>
     <w:rsid w:val="00291866"/>
     <w:rsid w:val="00292E5E"/>
     <w:rsid w:val="00296506"/>
     <w:rsid w:val="002B0677"/>
     <w:rsid w:val="002E76F8"/>
     <w:rsid w:val="00347A61"/>
     <w:rsid w:val="00385C7C"/>
     <w:rsid w:val="0039448D"/>
     <w:rsid w:val="003F57AE"/>
     <w:rsid w:val="00425F4D"/>
+    <w:rsid w:val="00435DC4"/>
     <w:rsid w:val="00437057"/>
     <w:rsid w:val="004564E0"/>
     <w:rsid w:val="0046491F"/>
     <w:rsid w:val="00495BBF"/>
     <w:rsid w:val="004A6644"/>
     <w:rsid w:val="004E51CD"/>
     <w:rsid w:val="004F3C45"/>
     <w:rsid w:val="005422FB"/>
     <w:rsid w:val="005841DB"/>
     <w:rsid w:val="00590EBC"/>
     <w:rsid w:val="00597C3D"/>
     <w:rsid w:val="005A049D"/>
     <w:rsid w:val="005E2D1B"/>
     <w:rsid w:val="005F3559"/>
     <w:rsid w:val="00616289"/>
     <w:rsid w:val="00632CA5"/>
     <w:rsid w:val="00632D35"/>
     <w:rsid w:val="0067189A"/>
     <w:rsid w:val="006978DD"/>
     <w:rsid w:val="006A53AC"/>
     <w:rsid w:val="006A70D3"/>
     <w:rsid w:val="006A7B5F"/>
     <w:rsid w:val="006B4E9D"/>
     <w:rsid w:val="006C7DF5"/>
     <w:rsid w:val="006D401A"/>
@@ -8226,82 +8239,82 @@
     <w:rsid w:val="00EF325B"/>
     <w:rsid w:val="00F11C90"/>
     <w:rsid w:val="00F123D0"/>
     <w:rsid w:val="00F15589"/>
     <w:rsid w:val="00F209A3"/>
     <w:rsid w:val="00F37DC3"/>
     <w:rsid w:val="00F45073"/>
     <w:rsid w:val="00F65D9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AC03C9F"/>
   <w15:docId w15:val="{46A30B77-E7FC-4748-BDE6-2D68CCB0D4E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8363,98 +8376,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -8629,50 +8638,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Naslov1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="111"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -8999,51 +9013,51 @@
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00882D00"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nerijeenospominjanje1">
     <w:name w:val="Neriješeno spominjanje1"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005422FB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="284124755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1040670414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9372,51 +9386,51 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C6157B3-6BC9-4234-B4CF-692BAF7F17A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>771</Words>
   <Characters>4401</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NCBK-zahtjev-brosura</vt:lpstr>
       <vt:lpstr>NCBK-zahtjev-brosura</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>