--- v0 (2025-10-05)
+++ v1 (2026-03-05)
@@ -292,103 +292,57 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7F483528" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                             <w:pPr>
                               <w:pStyle w:val="NoParagraphStyle"/>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>Trg</w:t>
-[...44 lines deleted...]
-                              <w:t xml:space="preserve"> 3, 10000 Zagreb</w:t>
+                              <w:t>Trg hrvatskih velikana 3, 10000 Zagreb</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="102C3AF1" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                             <w:pPr>
                               <w:pStyle w:val="NoParagraphStyle"/>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:position w:val="-2"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>T. 01 4596 376 • F. 01 4610 549</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0BDDE953" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
@@ -422,103 +376,57 @@
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="2BFBB730" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Tekstni okvir 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:119pt;height:24.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdRlSfBwIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSZEuNOEXXrsOA&#10;rhvQ7gMUWY6FSKJGKbGzrx8lJ2mw3Yb5IFAm+chHPi1vBmvYXmHQ4Go+nZScKSeh0W5T8x8vD+8W&#10;nIUoXCMMOFXzgwr8ZvX2zbL3lZpBB6ZRyAjEhar3Ne9i9FVRBNkpK8IEvHLkbAGtiHTFTdGg6And&#10;mmJWlu+LHrDxCFKFQH/vRydfZfy2VTJ+a9ugIjM1p95iPjGf63QWq6WoNih8p+WxDfEPXVihHRU9&#10;Q92LKNgO9V9QVkuEAG2cSLAFtK2WKnMgNtPyDzbPnfAqc6HhBH8eU/h/sPJp/x2Zbmo+m37gzAlL&#10;S3pR2xCdZrDda2SzNKTeh4pinz1Fx+EjDLTsTDj4R5DbwBzcdcJt1C0i9J0SDTU5TZnFReqIExLI&#10;uv8KDdUSuwgZaGjRpgnSTBih07IO5wWpITKZSs6n06uSXJJ8V+X1YpE3WIjqlO0xxM8KLEtGzZEE&#10;kNHF/jHE1I2oTiGpmIMHbUwWgXGsr/n1fDbPCRceqyNp1Ghb80WZvlE1ieQn1+TkKLQZbSpg3JF1&#10;IjpSjsN6oMA0ijU0B+KPMGqR3g4ZHeAvznrSYc3Dz51AxZn54miGSbQnA0/G+mQIJym15jIiZ+Pl&#10;LmZ5j+xuabqtzsRfax+7I0XleRzVnyR7ec9Rr2909RsAAP//AwBQSwMEFAAGAAgAAAAhADZXkg3a&#10;AAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHAxshUNaWqnBDHgyUPBH7B0&#10;h7ahO9t0F6j+ekcvcnnJy5u8902+GF2nzjSE1jPC4zQBRVx523KN8LlbP6SgQjRsTeeZEL4owKK4&#10;vclNZv2FSzpvY62khENmEJoY+0zrUDXkTJj6nliygx+ciWKHWtvBXKTcdXqWJHPtTMuy0JieVg1V&#10;x+3JIdCy9N8fx7Bx5evbanNome71O+Lkbly+gIo0xv9j+MUXdCiEae9PbIPqEOSR+KeSzZ5SsXuE&#10;5zQFXeT6Gr74AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1GVJ8HAgAA6wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADZXkg3aAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7F483528" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                       <w:pPr>
                         <w:pStyle w:val="NoParagraphStyle"/>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="12"/>
                         </w:rPr>
-                        <w:t>Trg</w:t>
-[...44 lines deleted...]
-                        <w:t xml:space="preserve"> 3, 10000 Zagreb</w:t>
+                        <w:t>Trg hrvatskih velikana 3, 10000 Zagreb</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="102C3AF1" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                       <w:pPr>
                         <w:pStyle w:val="NoParagraphStyle"/>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:position w:val="-2"/>
                           <w:sz w:val="12"/>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="12"/>
                         </w:rPr>
                         <w:t>T. 01 4596 376 • F. 01 4610 549</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0BDDE953" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
@@ -614,67 +522,51 @@
     </w:p>
     <w:p w14:paraId="1C238575" w14:textId="7DAE111D" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00A94713">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk158114462"/>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">the prior approval of the use of the design of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> cash</w:t>
+        <w:t>the prior approval of the use of the design of kuna cash</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="19C39DEB" w14:textId="0D673B76" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108"/>
         <w:ind w:left="111"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C60CA13" w14:textId="77777777" w:rsidR="00D47B20" w:rsidRPr="00BE0A2B" w:rsidRDefault="00D47B20" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108"/>
         <w:ind w:left="111"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -689,51 +581,51 @@
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>DATA</w:t>
       </w:r>
       <w:r w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ON THE APPLICANT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1935E1" w14:textId="2DB0A6EA" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="_Hlk157669662"/>
-    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00A94713">
+    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -745,51 +637,51 @@
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  in his/her own name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D62E253" w14:textId="6CB95477" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00A94713">
+    <w:p w14:paraId="7D62E253" w14:textId="6CB95477" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2006117859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -896,51 +788,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18FB9E6D" w14:textId="33CDF627" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name and surname:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F96C74" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="07F96C74" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1371039254"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -997,51 +889,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00CA3FB7" w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0D47E0" w14:textId="780AE8C5" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="5A0D47E0" w14:textId="780AE8C5" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-73121247"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1084,51 +976,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C897DE" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22770BB2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="22770BB2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="134376552"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1210,51 +1102,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5DAC2D" w14:textId="41C7557E" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name of legal person:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-220442524"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1280,51 +1172,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4E62A0" w14:textId="7540078A" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Seat of the legal person (street and number, city and country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="062A6055" w14:textId="676A65C8" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="062A6055" w14:textId="676A65C8" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-92170849"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1364,51 +1256,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00CA3FB7" w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00040AE1">
+          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="379362192"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1496,51 +1388,51 @@
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w14:paraId="4E56472E" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D27ACF1" w14:textId="3F928A0B" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name and surname:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1511365304"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
@@ -1565,51 +1457,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF57CD0" w14:textId="69F5436E" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number (OIB):</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:rStyle w:val="Referencafusnote"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1526318662"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
@@ -1626,51 +1518,51 @@
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w14:paraId="4E9D6A72" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8D0E2" w14:textId="652CDDED" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A725115" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="3A725115" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2064091782"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
@@ -1687,51 +1579,51 @@
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w14:paraId="2EC245B0" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D876DC6" w14:textId="400A0EF4" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Legal person for representation (please enclose proof):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F8B517F" w14:textId="1E343077" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="4F8B517F" w14:textId="1E343077" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1916"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="467559728"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -1880,51 +1772,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651DD6B8" w14:textId="1A86353D" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C33D6A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="44C33D6A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1209337141"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
@@ -1944,51 +1836,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE8ABF1" w14:textId="311CF81B" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail address (if any):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42191BB6" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00177262">
+          <w:p w14:paraId="42191BB6" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1314564061"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
@@ -2218,51 +2110,51 @@
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63ED8D9C" w14:textId="757DBB67" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00082B9D" w:rsidP="00005D4F">
             <w:pPr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Banknote/coin – denomination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65732CDE" w14:textId="3EA66E37" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00005D4F">
+          <w:p w14:paraId="65732CDE" w14:textId="3EA66E37" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00005D4F">
             <w:pPr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1131977407"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
@@ -2284,51 +2176,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57DECC54" w14:textId="738B4837" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00082B9D" w:rsidP="00082B9D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Year of issuance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE0D571" w14:textId="100EF823" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00A13AD7">
+          <w:p w14:paraId="6AE0D571" w14:textId="100EF823" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="463163464"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2350,51 +2242,51 @@
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35532C2A" w14:textId="51CD7D61" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00082B9D" w:rsidP="00082B9D">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0A2B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Obverse and/or reverse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E10DE82" w14:textId="2AA7F71B" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00A13AD7">
+          <w:p w14:paraId="5E10DE82" w14:textId="2AA7F71B" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1386452287"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2489,51 +2381,51 @@
       <w:tblGrid>
         <w:gridCol w:w="9592"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w14:paraId="550406B5" w14:textId="77777777" w:rsidTr="007163A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7335FBB1" w14:textId="47254F7E" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7905B187" w14:textId="4B32B2E5" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6A788E89" w14:textId="64D6908C" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="005F2162" w:rsidP="00A13AD7">
+          <w:p w14:paraId="6A788E89" w14:textId="64D6908C" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00322B29" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="148025767"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00213088" w:rsidRPr="00BE0A2B">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2731,303 +2623,103 @@
         </w:rPr>
         <w:t>statement for the record</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the following address:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E0875A" w14:textId="651BE3DA" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hrvatska </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Hrvatska narodna banka</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71B58413" w14:textId="11D8B29B" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Direkcija </w:t>
-[...148 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Direkcija nacionalnih centara za borbu protiv krivotvorenja, analizu novčanica i analizu kovanog novca</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5B98BAD2" w14:textId="0ABB7205" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Trg</w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="0D43F61D" w14:textId="510808DA" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
+        <w:t>Trg hrvatskih velikana 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D43F61D" w14:textId="14CDF00C" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>p. p. 859</w:t>
+        <w:t xml:space="preserve">p. p. </w:t>
+      </w:r>
+      <w:r w:rsidR="00322B29">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>168</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034578A0" w14:textId="22BD058A" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>10000 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B314D8C" w14:textId="2AD22D6D" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D78A8E9" w14:textId="64695BE2" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
@@ -3553,59 +3245,51 @@
         <w:t>NOTIFICATION ON PERSONAL DATA PROCESSING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA25664" w14:textId="77777777" w:rsidR="00A96CF5" w:rsidRPr="00BE0A2B" w:rsidRDefault="00A96CF5" w:rsidP="00E53BBF">
       <w:pPr>
         <w:pStyle w:val="Tijeloteksta"/>
         <w:spacing w:before="110" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="113" w:right="272"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25047396" w14:textId="1F031707" w:rsidR="00E53BBF" w:rsidRPr="00BE0A2B" w:rsidRDefault="00A96CF5" w:rsidP="00D47B20">
       <w:pPr>
         <w:pStyle w:val="Tijeloteksta"/>
         <w:spacing w:before="112" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk158114558"/>
       <w:r w:rsidRPr="00BE0A2B">
-        <w:t xml:space="preserve">We hereby notify you that the Croatian National Bank will process all personal data collected in this form exclusively for the purpose of addressing your application, i.e. for the purpose of issuing a prior approval of the use of the design of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cash, which is the official authority of the Croatian National Bank referred to in Article 36, paragraph (2) of the Act on the Introduction of the Euro as the Offic</w:t>
+        <w:t>We hereby notify you that the Croatian National Bank will process all personal data collected in this form exclusively for the purpose of addressing your application, i.e. for the purpose of issuing a prior approval of the use of the design of kuna cash, which is the official authority of the Croatian National Bank referred to in Article 36, paragraph (2) of the Act on the Introduction of the Euro as the Offic</w:t>
       </w:r>
       <w:r w:rsidR="005504EE" w:rsidRPr="00BE0A2B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0A2B">
         <w:t>al Currency in the Republic of Croatia (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>OG 57/2022 and </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00BE0A2B">
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>88/2022</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3761,65 +3445,51 @@
       <w:r w:rsidR="00882D00" w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503AF2E5" w14:textId="3C837E83" w:rsidR="00882D00" w:rsidRPr="00BE0A2B" w:rsidRDefault="0052167C" w:rsidP="00D47B20">
       <w:pPr>
         <w:pStyle w:val="Tijeloteksta"/>
         <w:spacing w:before="112" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Pro 55 Roman" w:hAnsi="HelveticaNeueLT Pro 55 Roman" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0A2B">
         <w:t>The supervisory authority for the protection of personal data in the Republic of Croatia is the Croatian Personal Data Protection Agency</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (AZOP)</w:t>
       </w:r>
       <w:r w:rsidR="007A19E9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Please note that you can submit a complaint about Croatian National Bank actions concerning the processing of your personal data to the Agency’s e-mail address</w:t>
       </w:r>
       <w:r w:rsidR="00882D00" w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Pro 55 Roman" w:hAnsi="HelveticaNeueLT Pro 55 Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00882D00" w:rsidRPr="00BE0A2B">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Pro 55 Roman" w:hAnsi="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3936,79 +3606,79 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31C2F887" w14:textId="77777777" w:rsidR="00D13706" w:rsidRDefault="00D13706">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Life L2">
     <w:panose1 w:val="02020602060305020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7676,60 +7346,60 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="188"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6HaC1mofGuZ0VJoIlqBa3kj+Ix4VxtpCVFqFGwEOd6oyVZ0oJQe4xEa3Ima4XxOOGTEVd6s8/hpuEHS2UIkLAg==" w:salt="IsM11v0N7rTfzn2tquSdpQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Etyl/Z3G07fo24CMwHskL2EGSQHjvdgc+9W4fzQ59LoGCgjAm/wnWth9NR0ynG+JGR/rq8ctCBOGDIj/tFww/g==" w:salt="/RahpDt22HTc571zAZqBsw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46A43"/>
     <w:rsid w:val="000027CF"/>
     <w:rsid w:val="00005D4F"/>
     <w:rsid w:val="00040AE1"/>
     <w:rsid w:val="00057F6A"/>
     <w:rsid w:val="000824A5"/>
@@ -7740,50 +7410,51 @@
     <w:rsid w:val="000E6236"/>
     <w:rsid w:val="0013425E"/>
     <w:rsid w:val="00137FB4"/>
     <w:rsid w:val="00172F3A"/>
     <w:rsid w:val="00177262"/>
     <w:rsid w:val="00197230"/>
     <w:rsid w:val="001A2A6F"/>
     <w:rsid w:val="001C00C5"/>
     <w:rsid w:val="001D72C2"/>
     <w:rsid w:val="001E1271"/>
     <w:rsid w:val="001F3F18"/>
     <w:rsid w:val="002044FB"/>
     <w:rsid w:val="00213088"/>
     <w:rsid w:val="00227752"/>
     <w:rsid w:val="00230443"/>
     <w:rsid w:val="002332F6"/>
     <w:rsid w:val="0025047F"/>
     <w:rsid w:val="00256C78"/>
     <w:rsid w:val="00271A50"/>
     <w:rsid w:val="002777E1"/>
     <w:rsid w:val="00291866"/>
     <w:rsid w:val="00292E5E"/>
     <w:rsid w:val="00296506"/>
     <w:rsid w:val="002B0677"/>
     <w:rsid w:val="002E76F8"/>
+    <w:rsid w:val="00322B29"/>
     <w:rsid w:val="00347A61"/>
     <w:rsid w:val="00360E33"/>
     <w:rsid w:val="00385C7C"/>
     <w:rsid w:val="0039448D"/>
     <w:rsid w:val="003F57AE"/>
     <w:rsid w:val="00425F4D"/>
     <w:rsid w:val="00437057"/>
     <w:rsid w:val="0046491F"/>
     <w:rsid w:val="00495BBF"/>
     <w:rsid w:val="004A6644"/>
     <w:rsid w:val="004F3C45"/>
     <w:rsid w:val="0052167C"/>
     <w:rsid w:val="005422FB"/>
     <w:rsid w:val="005504EE"/>
     <w:rsid w:val="005841DB"/>
     <w:rsid w:val="00590EBC"/>
     <w:rsid w:val="00597C3D"/>
     <w:rsid w:val="005A049D"/>
     <w:rsid w:val="005E2D1B"/>
     <w:rsid w:val="005F2162"/>
     <w:rsid w:val="005F3559"/>
     <w:rsid w:val="00616289"/>
     <w:rsid w:val="00632CA5"/>
     <w:rsid w:val="00632D35"/>
     <w:rsid w:val="0067189A"/>
@@ -7886,51 +7557,51 @@
     <w:rsid w:val="00EF325B"/>
     <w:rsid w:val="00F11C90"/>
     <w:rsid w:val="00F123D0"/>
     <w:rsid w:val="00F15589"/>
     <w:rsid w:val="00F209A3"/>
     <w:rsid w:val="00F37DC3"/>
     <w:rsid w:val="00F45073"/>
     <w:rsid w:val="00F65D9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AC03C9F"/>
   <w15:docId w15:val="{46A30B77-E7FC-4748-BDE6-2D68CCB0D4E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>