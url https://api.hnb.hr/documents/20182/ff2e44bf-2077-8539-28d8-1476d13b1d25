--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -5,68 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8048B98-7F57-4173-8F3B-CCD044834906}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4AB1883-17E4-4027-B0D6-47B7186D0E21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1338" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1350" uniqueCount="35">
   <si>
     <t>Tablica C1: Bilanca Hrvatske narodne banke</t>
   </si>
   <si>
     <t>AKTIVA</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>PASIVA</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno (1+2+3+4+5+6+7+8)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -870,51 +882,171 @@
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="120">
+  <dxfs count="130">
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2629,81 +2761,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:FW39"/>
+  <dimension ref="A2:FZ39"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.375" style="15" customWidth="1"/>
     <col min="2" max="2" width="55.875" style="1" customWidth="1"/>
     <col min="3" max="154" width="8.875" style="1" customWidth="1"/>
     <col min="155" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="16" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="FI3" s="21"/>
       <c r="FJ3" s="21"/>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FH5" s="20"/>
       <c r="FI5" s="20"/>
       <c r="FJ5" s="20"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -3192,57 +3324,66 @@
       </c>
       <c r="FP6" s="6">
         <v>45658</v>
       </c>
       <c r="FQ6" s="6">
         <v>45716</v>
       </c>
       <c r="FR6" s="6">
         <v>45747</v>
       </c>
       <c r="FS6" s="6">
         <v>45777</v>
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
+      <c r="FX6" s="6">
+        <v>45930</v>
+      </c>
+      <c r="FY6" s="6">
+        <v>45961</v>
+      </c>
+      <c r="FZ6" s="6">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="3">
         <v>10454.760683840001</v>
       </c>
       <c r="D8" s="3">
         <v>10285.07842758</v>
       </c>
       <c r="E8" s="3">
         <v>10303.37620022</v>
       </c>
       <c r="F8" s="3">
         <v>11199.334843750001</v>
       </c>
       <c r="G8" s="3">
         <v>11070.533461810001</v>
       </c>
       <c r="H8" s="3">
         <v>11244.760590850001</v>
       </c>
       <c r="I8" s="3">
         <v>11184.288041469999</v>
       </c>
       <c r="J8" s="3">
@@ -3733,52 +3874,61 @@
       </c>
       <c r="FP8" s="8">
         <v>33681.51462324</v>
       </c>
       <c r="FQ8" s="8">
         <v>33236.375905300003</v>
       </c>
       <c r="FR8" s="8">
         <v>32806.78420917</v>
       </c>
       <c r="FS8" s="8">
         <v>32363.81824352</v>
       </c>
       <c r="FT8" s="8">
         <v>32546.96772918</v>
       </c>
       <c r="FU8" s="8">
         <v>32549.146795420002</v>
       </c>
       <c r="FV8" s="8">
         <v>33197.820890559997</v>
       </c>
       <c r="FW8" s="8">
         <v>33628.111757830004</v>
       </c>
+      <c r="FX8" s="8">
+        <v>34539.400177830001</v>
+      </c>
+      <c r="FY8" s="8">
+        <v>35175.305661480001</v>
+      </c>
+      <c r="FZ8" s="8">
+        <v>34824.825132290003</v>
+      </c>
     </row>
-    <row r="9" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="3" t="s">
@@ -4269,52 +4419,61 @@
       </c>
       <c r="FP9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FQ9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FR9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FS9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="FX9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FY9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FZ9" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="3">
         <v>349.83714466999999</v>
       </c>
       <c r="D10" s="3">
         <v>339.75281742999999</v>
       </c>
       <c r="E10" s="3">
         <v>341.08510790000003</v>
       </c>
       <c r="F10" s="3">
         <v>335.29781879000001</v>
       </c>
       <c r="G10" s="3">
         <v>323.78125951999999</v>
       </c>
       <c r="H10" s="3">
         <v>335.93801003999999</v>
       </c>
       <c r="I10" s="3">
         <v>330.95797247000002</v>
       </c>
       <c r="J10" s="3">
@@ -4805,52 +4964,61 @@
       </c>
       <c r="FP10" s="8">
         <v>1299.4511611200001</v>
       </c>
       <c r="FQ10" s="8">
         <v>1299.4515424599999</v>
       </c>
       <c r="FR10" s="8">
         <v>1272.5177598400001</v>
       </c>
       <c r="FS10" s="8">
         <v>1295.81400856</v>
       </c>
       <c r="FT10" s="8">
         <v>1296.5351663599999</v>
       </c>
       <c r="FU10" s="8">
         <v>1237.1124052800001</v>
       </c>
       <c r="FV10" s="8">
         <v>1238.6244142999999</v>
       </c>
       <c r="FW10" s="8">
         <v>1255.3299700699999</v>
       </c>
+      <c r="FX10" s="8">
+        <v>1250.4033193</v>
+      </c>
+      <c r="FY10" s="8">
+        <v>1250.4033193</v>
+      </c>
+      <c r="FZ10" s="8">
+        <v>1250.5699554</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3">
         <v>196.13142207000001</v>
       </c>
       <c r="D11" s="3">
         <v>196.71381374000001</v>
       </c>
       <c r="E11" s="3">
         <v>196.91579361000001</v>
       </c>
       <c r="F11" s="3">
         <v>196.06409625000001</v>
       </c>
       <c r="G11" s="3">
         <v>195.30448709000001</v>
       </c>
       <c r="H11" s="3">
         <v>197.29662592</v>
       </c>
       <c r="I11" s="3">
         <v>195.75788362</v>
       </c>
       <c r="J11" s="3">
@@ -5341,52 +5509,61 @@
       </c>
       <c r="FP11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FQ11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FR11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FS11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW11" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="FX11" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FY11" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FZ11" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="3">
         <v>3013.8817766100001</v>
       </c>
       <c r="D12" s="3">
         <v>2891.3814435499999</v>
       </c>
       <c r="E12" s="3">
         <v>2628.9510018400001</v>
       </c>
       <c r="F12" s="3">
         <v>3781.07614066</v>
       </c>
       <c r="G12" s="3">
         <v>3716.3274901300001</v>
       </c>
       <c r="H12" s="3">
         <v>2754.2135947500001</v>
       </c>
       <c r="I12" s="3">
         <v>2626.0540658</v>
       </c>
       <c r="J12" s="3">
@@ -5877,52 +6054,61 @@
       </c>
       <c r="FP12" s="8">
         <v>1799.82008827</v>
       </c>
       <c r="FQ12" s="8">
         <v>1380.84168662</v>
       </c>
       <c r="FR12" s="8">
         <v>931.87547829000005</v>
       </c>
       <c r="FS12" s="8">
         <v>673.18766597000001</v>
       </c>
       <c r="FT12" s="8">
         <v>713.61933580000004</v>
       </c>
       <c r="FU12" s="8">
         <v>824.45850293000001</v>
       </c>
       <c r="FV12" s="8">
         <v>855.29760723000004</v>
       </c>
       <c r="FW12" s="8">
         <v>797.04195154000001</v>
       </c>
+      <c r="FX12" s="8">
+        <v>1059.1501339500001</v>
+      </c>
+      <c r="FY12" s="8">
+        <v>1378.91339601</v>
+      </c>
+      <c r="FZ12" s="8">
+        <v>990.12211037999998</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J13" s="3" t="s">
@@ -6413,52 +6599,61 @@
       </c>
       <c r="FP13" s="8">
         <v>873.12079087999996</v>
       </c>
       <c r="FQ13" s="8">
         <v>494.27473237999999</v>
       </c>
       <c r="FR13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FS13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW13" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="FX13" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FY13" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FZ13" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:182" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J14" s="3" t="s">
@@ -6949,52 +7144,61 @@
       </c>
       <c r="FP14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FQ14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FR14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FS14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FT14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FU14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FV14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FW14" s="8">
         <v>313.95696125000001</v>
       </c>
+      <c r="FX14" s="8">
+        <v>313.95696125000001</v>
+      </c>
+      <c r="FY14" s="8">
+        <v>313.95696125000001</v>
+      </c>
+      <c r="FZ14" s="8">
+        <v>313.95696125000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="3">
         <v>6894.9103404899997</v>
       </c>
       <c r="D15" s="3">
         <v>6857.2303528700004</v>
       </c>
       <c r="E15" s="3">
         <v>7136.42429687</v>
       </c>
       <c r="F15" s="3">
         <v>6886.8967880399996</v>
       </c>
       <c r="G15" s="3">
         <v>6835.1202250699998</v>
       </c>
       <c r="H15" s="3">
         <v>7957.3123601400002</v>
       </c>
       <c r="I15" s="3">
         <v>8031.5181195900004</v>
       </c>
       <c r="J15" s="3">
@@ -7485,52 +7689,61 @@
       </c>
       <c r="FP15" s="8">
         <v>13246.17735885</v>
       </c>
       <c r="FQ15" s="8">
         <v>13148.901656219999</v>
       </c>
       <c r="FR15" s="8">
         <v>13063.27370604</v>
       </c>
       <c r="FS15" s="8">
         <v>12826.53143899</v>
       </c>
       <c r="FT15" s="8">
         <v>12807.479967019999</v>
       </c>
       <c r="FU15" s="8">
         <v>12488.938222209999</v>
       </c>
       <c r="FV15" s="8">
         <v>12464.12905903</v>
       </c>
       <c r="FW15" s="8">
         <v>12283.73719622</v>
       </c>
+      <c r="FX15" s="8">
+        <v>12313.129379579999</v>
+      </c>
+      <c r="FY15" s="8">
+        <v>12417.35278617</v>
+      </c>
+      <c r="FZ15" s="8">
+        <v>12288.259656509999</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="3" t="s">
@@ -8021,52 +8234,61 @@
       </c>
       <c r="FP16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FQ16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FR16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FS16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FT16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FU16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FV16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FW16" s="8">
         <v>417.63741993999997</v>
       </c>
+      <c r="FX16" s="8">
+        <v>417.63741993999997</v>
+      </c>
+      <c r="FY16" s="8">
+        <v>417.63741993999997</v>
+      </c>
+      <c r="FZ16" s="8">
+        <v>417.63741993999997</v>
+      </c>
     </row>
-    <row r="17" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="3" t="s">
@@ -8557,52 +8779,61 @@
       </c>
       <c r="FP17" s="8">
         <v>17336.066015</v>
       </c>
       <c r="FQ17" s="8">
         <v>17407.18102</v>
       </c>
       <c r="FR17" s="8">
         <v>17539.117265000001</v>
       </c>
       <c r="FS17" s="8">
         <v>17568.28513</v>
       </c>
       <c r="FT17" s="8">
         <v>17729.333259999999</v>
       </c>
       <c r="FU17" s="8">
         <v>17998.637664999998</v>
       </c>
       <c r="FV17" s="8">
         <v>18639.769810000002</v>
       </c>
       <c r="FW17" s="8">
         <v>19292.002639999999</v>
       </c>
+      <c r="FX17" s="8">
+        <v>19916.717345000001</v>
+      </c>
+      <c r="FY17" s="8">
+        <v>20128.636159999998</v>
+      </c>
+      <c r="FZ17" s="8">
+        <v>20295.87341</v>
+      </c>
     </row>
-    <row r="18" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="3">
         <v>3.686656E-2</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="3">
         <v>0.31226098000000002</v>
       </c>
       <c r="F18" s="3">
         <v>0.31226098000000002</v>
       </c>
       <c r="G18" s="3">
         <v>0.25994348</v>
       </c>
       <c r="H18" s="3">
         <v>0.67103058000000004</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J18" s="3" t="s">
@@ -9093,52 +9324,61 @@
       </c>
       <c r="FP18" s="8">
         <v>1897.30297103</v>
       </c>
       <c r="FQ18" s="8">
         <v>1894.18100312</v>
       </c>
       <c r="FR18" s="8">
         <v>1846.1269067400001</v>
       </c>
       <c r="FS18" s="8">
         <v>1842.7644687300001</v>
       </c>
       <c r="FT18" s="8">
         <v>1839.2914123800001</v>
       </c>
       <c r="FU18" s="8">
         <v>1835.93454148</v>
       </c>
       <c r="FV18" s="8">
         <v>1570.38497874</v>
       </c>
       <c r="FW18" s="8">
         <v>1567.7973160399999</v>
       </c>
+      <c r="FX18" s="8">
+        <v>1565.2945398300001</v>
+      </c>
+      <c r="FY18" s="8">
+        <v>1562.70929434</v>
+      </c>
+      <c r="FZ18" s="8">
+        <v>1560.2083362000001</v>
+      </c>
     </row>
-    <row r="19" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="3">
         <v>1.7143021000000001</v>
       </c>
       <c r="D19" s="3">
         <v>1.70989528</v>
       </c>
       <c r="E19" s="3">
         <v>1.7122506900000001</v>
       </c>
       <c r="F19" s="3">
         <v>1.69905599</v>
       </c>
       <c r="G19" s="3">
         <v>1.6862154</v>
       </c>
       <c r="H19" s="3">
         <v>1.6965628500000001</v>
       </c>
       <c r="I19" s="3">
         <v>1.66892263</v>
       </c>
       <c r="J19" s="3">
@@ -9629,52 +9869,61 @@
       </c>
       <c r="FP19" s="8">
         <v>366.40160265999998</v>
       </c>
       <c r="FQ19" s="8">
         <v>357.11100606999997</v>
       </c>
       <c r="FR19" s="8">
         <v>127.4663714</v>
       </c>
       <c r="FS19" s="8">
         <v>62.4663714</v>
       </c>
       <c r="FT19" s="8">
         <v>62.461478399999997</v>
       </c>
       <c r="FU19" s="8">
         <v>147.4582284</v>
       </c>
       <c r="FV19" s="8">
         <v>62.458228400000003</v>
       </c>
       <c r="FW19" s="8">
         <v>62.458228400000003</v>
       </c>
+      <c r="FX19" s="8">
+        <v>144.4582284</v>
+      </c>
+      <c r="FY19" s="8">
+        <v>62.4547284</v>
+      </c>
+      <c r="FZ19" s="8">
+        <v>7.5008439999999996E-2</v>
+      </c>
     </row>
-    <row r="20" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="3">
         <v>2.9936650400000002</v>
       </c>
       <c r="D20" s="3">
         <v>2.9904167199999998</v>
       </c>
       <c r="E20" s="3">
         <v>2.9873088999999999</v>
       </c>
       <c r="F20" s="3">
         <v>2.9760103400000002</v>
       </c>
       <c r="G20" s="3">
         <v>2.9739938600000002</v>
       </c>
       <c r="H20" s="3">
         <v>2.9719636600000001</v>
       </c>
       <c r="I20" s="3">
         <v>2.94277955</v>
       </c>
       <c r="J20" s="3">
@@ -10165,52 +10414,61 @@
       </c>
       <c r="FP20" s="8">
         <v>42.130350360000001</v>
       </c>
       <c r="FQ20" s="8">
         <v>27.03960155</v>
       </c>
       <c r="FR20" s="8">
         <v>24.368813620000001</v>
       </c>
       <c r="FS20" s="8">
         <v>24.089508219999999</v>
       </c>
       <c r="FT20" s="8">
         <v>18.502049549999999</v>
       </c>
       <c r="FU20" s="8">
         <v>15.228288089999999</v>
       </c>
       <c r="FV20" s="8">
         <v>21.726629809999999</v>
       </c>
       <c r="FW20" s="8">
         <v>16.832019119999998</v>
       </c>
+      <c r="FX20" s="8">
+        <v>28.68383086</v>
+      </c>
+      <c r="FY20" s="8">
+        <v>187.44435003999999</v>
+      </c>
+      <c r="FZ20" s="8">
+        <v>327.44304321999999</v>
+      </c>
     </row>
-    <row r="21" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="3">
         <v>108.46569624999999</v>
       </c>
       <c r="D21" s="3">
         <v>107.73744732999999</v>
       </c>
       <c r="E21" s="3">
         <v>107.64256643</v>
       </c>
       <c r="F21" s="3">
         <v>107.58962692999999</v>
       </c>
       <c r="G21" s="3">
         <v>109.68522391</v>
       </c>
       <c r="H21" s="3">
         <v>109.55320743999999</v>
       </c>
       <c r="I21" s="3">
         <v>110.62898258</v>
       </c>
       <c r="J21" s="3">
@@ -10701,52 +10959,61 @@
       </c>
       <c r="FP21" s="8">
         <v>215.27850330000001</v>
       </c>
       <c r="FQ21" s="8">
         <v>209.1485241</v>
       </c>
       <c r="FR21" s="8">
         <v>301.08454269999999</v>
       </c>
       <c r="FS21" s="8">
         <v>299.30322868000002</v>
       </c>
       <c r="FT21" s="8">
         <v>306.45664491999997</v>
       </c>
       <c r="FU21" s="8">
         <v>437.62278904999999</v>
       </c>
       <c r="FV21" s="8">
         <v>291.87522838000001</v>
       </c>
       <c r="FW21" s="8">
         <v>341.62979853000002</v>
       </c>
+      <c r="FX21" s="8">
+        <v>438.70110022</v>
+      </c>
+      <c r="FY21" s="8">
+        <v>315.96027808000002</v>
+      </c>
+      <c r="FZ21" s="8">
+        <v>326.68278576</v>
+      </c>
     </row>
-    <row r="22" spans="1:179" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:182" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="15"/>
       <c r="B22" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="11">
         <v>10567.97121378</v>
       </c>
       <c r="D22" s="11">
         <v>10397.516186909999</v>
       </c>
       <c r="E22" s="11">
         <v>10416.030587220001</v>
       </c>
       <c r="F22" s="11">
         <v>11311.911797999999</v>
       </c>
       <c r="G22" s="11">
         <v>11185.13883847</v>
       </c>
       <c r="H22" s="11">
         <v>11359.65335538</v>
       </c>
       <c r="I22" s="11">
         <v>11299.52872622</v>
       </c>
@@ -11238,78 +11505,87 @@
       </c>
       <c r="FP22" s="12">
         <v>36202.628050589999</v>
       </c>
       <c r="FQ22" s="12">
         <v>35723.856040140003</v>
       </c>
       <c r="FR22" s="12">
         <v>35105.830843629999</v>
       </c>
       <c r="FS22" s="12">
         <v>34592.441820549997</v>
       </c>
       <c r="FT22" s="12">
         <v>34773.679314430003</v>
       </c>
       <c r="FU22" s="12">
         <v>34985.390642439997</v>
       </c>
       <c r="FV22" s="12">
         <v>35144.265955889998</v>
       </c>
       <c r="FW22" s="12">
         <v>35616.829119920003</v>
       </c>
+      <c r="FX22" s="12">
+        <v>36716.537877139999</v>
+      </c>
+      <c r="FY22" s="12">
+        <v>37303.874312339998</v>
+      </c>
+      <c r="FZ22" s="12">
+        <v>37039.234305910002</v>
+      </c>
     </row>
-    <row r="23" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="ER23" s="13"/>
       <c r="ES23" s="13"/>
       <c r="ET23" s="13"/>
       <c r="EU23" s="13"/>
       <c r="EV23" s="13"/>
       <c r="EW23" s="13"/>
       <c r="EX23" s="13"/>
       <c r="EY23" s="13"/>
       <c r="EZ23" s="13"/>
       <c r="FA23" s="13"/>
       <c r="FB23" s="13"/>
       <c r="FC23" s="13"/>
       <c r="FD23" s="13"/>
       <c r="FE23" s="13"/>
       <c r="FF23" s="13"/>
       <c r="FG23" s="13"/>
       <c r="FH23" s="13"/>
       <c r="FI23" s="13"/>
       <c r="FJ23" s="13"/>
       <c r="FK23" s="13"/>
       <c r="FL23" s="13"/>
     </row>
-    <row r="24" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="3">
         <v>2563.0714446799998</v>
       </c>
       <c r="D24" s="3">
         <v>2481.19849974</v>
       </c>
       <c r="E24" s="3">
         <v>2488.9715188099999</v>
       </c>
       <c r="F24" s="3">
         <v>2468.9240487900001</v>
       </c>
       <c r="G24" s="3">
         <v>2588.4626710100001</v>
       </c>
       <c r="H24" s="3">
         <v>2612.62891683</v>
       </c>
       <c r="I24" s="3">
         <v>2839.0520474099999</v>
       </c>
       <c r="J24" s="3">
@@ -11800,52 +12076,61 @@
       </c>
       <c r="FP24" s="8">
         <v>11328.02887849</v>
       </c>
       <c r="FQ24" s="8">
         <v>11340.81183242</v>
       </c>
       <c r="FR24" s="8">
         <v>11345.00520231</v>
       </c>
       <c r="FS24" s="8">
         <v>11417.950976820001</v>
       </c>
       <c r="FT24" s="8">
         <v>11441.652265999999</v>
       </c>
       <c r="FU24" s="8">
         <v>11485.003947880001</v>
       </c>
       <c r="FV24" s="8">
         <v>11539.758177240001</v>
       </c>
       <c r="FW24" s="8">
         <v>11542.619160210001</v>
       </c>
+      <c r="FX24" s="8">
+        <v>11524.833501569999</v>
+      </c>
+      <c r="FY24" s="8">
+        <v>11539.323421290001</v>
+      </c>
+      <c r="FZ24" s="8">
+        <v>11563.795632720001</v>
+      </c>
     </row>
-    <row r="25" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J25" s="3" t="s">
@@ -12336,52 +12621,61 @@
       </c>
       <c r="FP25" s="8">
         <v>-6008.03713651</v>
       </c>
       <c r="FQ25" s="8">
         <v>-6066.3691875799996</v>
       </c>
       <c r="FR25" s="8">
         <v>-6194.1120626900001</v>
       </c>
       <c r="FS25" s="8">
         <v>-6150.3341531799997</v>
       </c>
       <c r="FT25" s="8">
         <v>-6287.6809940000003</v>
       </c>
       <c r="FU25" s="8">
         <v>-6513.6337171200003</v>
       </c>
       <c r="FV25" s="8">
         <v>-7100.0116327599999</v>
       </c>
       <c r="FW25" s="8">
         <v>-7749.3834797899999</v>
       </c>
+      <c r="FX25" s="8">
+        <v>-8391.8838434299996</v>
+      </c>
+      <c r="FY25" s="8">
+        <v>-8589.3127387099994</v>
+      </c>
+      <c r="FZ25" s="8">
+        <v>-8732.0777772799993</v>
+      </c>
     </row>
-    <row r="26" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="3">
         <v>5536.3914133799999</v>
       </c>
       <c r="D26" s="3">
         <v>5682.5953189700003</v>
       </c>
       <c r="E26" s="3">
         <v>5793.9009203300002</v>
       </c>
       <c r="F26" s="3">
         <v>5807.8673133399998</v>
       </c>
       <c r="G26" s="3">
         <v>5970.42783495</v>
       </c>
       <c r="H26" s="3">
         <v>6182.5406683900001</v>
       </c>
       <c r="I26" s="3">
         <v>6180.7334728100004</v>
       </c>
       <c r="J26" s="3">
@@ -12872,52 +13166,61 @@
       </c>
       <c r="FP26" s="8">
         <v>14906.21486244</v>
       </c>
       <c r="FQ26" s="8">
         <v>14174.51073168</v>
       </c>
       <c r="FR26" s="8">
         <v>13090.62296221</v>
       </c>
       <c r="FS26" s="8">
         <v>11662.604127320001</v>
       </c>
       <c r="FT26" s="8">
         <v>11487.6110979</v>
       </c>
       <c r="FU26" s="8">
         <v>11291.300654230001</v>
       </c>
       <c r="FV26" s="8">
         <v>11572.84440208</v>
       </c>
       <c r="FW26" s="8">
         <v>12745.632204760001</v>
       </c>
+      <c r="FX26" s="8">
+        <v>13582.17319809</v>
+      </c>
+      <c r="FY26" s="8">
+        <v>12531.21362751</v>
+      </c>
+      <c r="FZ26" s="8">
+        <v>11162.38775519</v>
+      </c>
     </row>
-    <row r="27" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="3">
         <v>1359.887553524454</v>
       </c>
       <c r="D27" s="3">
         <v>1118.5751823452117</v>
       </c>
       <c r="E27" s="3">
         <v>1189.0447946831241</v>
       </c>
       <c r="F27" s="3">
         <v>1305.1383686349457</v>
       </c>
       <c r="G27" s="3">
         <v>1352.9914963846306</v>
       </c>
       <c r="H27" s="3">
         <v>1066.6367756427101</v>
       </c>
       <c r="I27" s="3">
         <v>1352.8806776415156</v>
       </c>
       <c r="J27" s="3">
@@ -13408,52 +13711,61 @@
       </c>
       <c r="FP27" s="8">
         <v>900.3110398</v>
       </c>
       <c r="FQ27" s="8">
         <v>954.70583098999998</v>
       </c>
       <c r="FR27" s="8">
         <v>1121.4375965500001</v>
       </c>
       <c r="FS27" s="8">
         <v>987.43101615</v>
       </c>
       <c r="FT27" s="8">
         <v>1346.8308466999999</v>
       </c>
       <c r="FU27" s="8">
         <v>1022.14774315</v>
       </c>
       <c r="FV27" s="8">
         <v>1114.0546566999999</v>
       </c>
       <c r="FW27" s="8">
         <v>904.69215187999998</v>
       </c>
+      <c r="FX27" s="8">
+        <v>1232.3884267799999</v>
+      </c>
+      <c r="FY27" s="8">
+        <v>1151.66777161</v>
+      </c>
+      <c r="FZ27" s="8">
+        <v>1078.4093251899999</v>
+      </c>
     </row>
-    <row r="28" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="3">
         <v>529.08620345999998</v>
       </c>
       <c r="D28" s="3">
         <v>910.62446080999996</v>
       </c>
       <c r="E28" s="3">
         <v>912.82765943000004</v>
       </c>
       <c r="F28" s="3">
         <v>798.06224699999996</v>
       </c>
       <c r="G28" s="3">
         <v>884.86296370000002</v>
       </c>
       <c r="H28" s="3">
         <v>1380.3702966400001</v>
       </c>
       <c r="I28" s="3">
         <v>1064.43692349</v>
       </c>
       <c r="J28" s="3">
@@ -13944,52 +14256,61 @@
       </c>
       <c r="FP28" s="8">
         <v>14003.785019090001</v>
       </c>
       <c r="FQ28" s="8">
         <v>13217.61341881</v>
       </c>
       <c r="FR28" s="8">
         <v>11967.00880577</v>
       </c>
       <c r="FS28" s="8">
         <v>10673.036295239999</v>
       </c>
       <c r="FT28" s="8">
         <v>10138.613409379999</v>
       </c>
       <c r="FU28" s="8">
         <v>10266.73888112</v>
       </c>
       <c r="FV28" s="8">
         <v>10456.10998508</v>
       </c>
       <c r="FW28" s="8">
         <v>11838.26069506</v>
       </c>
+      <c r="FX28" s="8">
+        <v>12347.24486083</v>
+      </c>
+      <c r="FY28" s="8">
+        <v>11377.017706119999</v>
+      </c>
+      <c r="FZ28" s="8">
+        <v>10080.858795030001</v>
+      </c>
     </row>
-    <row r="29" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="3">
         <v>3647.4176563886126</v>
       </c>
       <c r="D29" s="3">
         <v>3653.3956758125951</v>
       </c>
       <c r="E29" s="3">
         <v>3692.0284662114268</v>
       </c>
       <c r="F29" s="3">
         <v>3704.6666977092036</v>
       </c>
       <c r="G29" s="3">
         <v>3732.573374866281</v>
       </c>
       <c r="H29" s="3">
         <v>3735.5335961112214</v>
       </c>
       <c r="I29" s="3">
         <v>3763.4158716862426</v>
       </c>
       <c r="J29" s="3">
@@ -14480,52 +14801,61 @@
       </c>
       <c r="FP29" s="8">
         <v>2.11880355</v>
       </c>
       <c r="FQ29" s="8">
         <v>2.19148188</v>
       </c>
       <c r="FR29" s="8">
         <v>2.1765598900000001</v>
       </c>
       <c r="FS29" s="8">
         <v>2.13681593</v>
       </c>
       <c r="FT29" s="8">
         <v>2.1668418200000001</v>
       </c>
       <c r="FU29" s="8">
         <v>2.4140299600000001</v>
       </c>
       <c r="FV29" s="8">
         <v>2.6797602999999999</v>
       </c>
       <c r="FW29" s="8">
         <v>2.6793578199999999</v>
       </c>
+      <c r="FX29" s="8">
+        <v>2.5399104800000001</v>
+      </c>
+      <c r="FY29" s="8">
+        <v>2.5281497800000001</v>
+      </c>
+      <c r="FZ29" s="8">
+        <v>3.1196349699999999</v>
+      </c>
     </row>
-    <row r="30" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="3">
         <v>718.54806375999999</v>
       </c>
       <c r="D30" s="3">
         <v>545.11625115000004</v>
       </c>
       <c r="E30" s="3">
         <v>439.69427393000001</v>
       </c>
       <c r="F30" s="3">
         <v>1428.7536297500001</v>
       </c>
       <c r="G30" s="3">
         <v>1151.3684878500001</v>
       </c>
       <c r="H30" s="3">
         <v>890.36511303999998</v>
       </c>
       <c r="I30" s="3">
         <v>692.34320990000003</v>
       </c>
       <c r="J30" s="3">
@@ -15016,52 +15346,61 @@
       </c>
       <c r="FP30" s="8">
         <v>3212.62259705</v>
       </c>
       <c r="FQ30" s="8">
         <v>5101.8785482399999</v>
       </c>
       <c r="FR30" s="8">
         <v>3693.3056381400002</v>
       </c>
       <c r="FS30" s="8">
         <v>3203.81759797</v>
       </c>
       <c r="FT30" s="8">
         <v>2381.4262528499999</v>
       </c>
       <c r="FU30" s="8">
         <v>2460.6005049700002</v>
       </c>
       <c r="FV30" s="8">
         <v>2626.7619774300001</v>
       </c>
       <c r="FW30" s="8">
         <v>2939.5208383099998</v>
       </c>
+      <c r="FX30" s="8">
+        <v>4198.0288935099998</v>
+      </c>
+      <c r="FY30" s="8">
+        <v>3440.93374756</v>
+      </c>
+      <c r="FZ30" s="8">
+        <v>3413.79661876</v>
+      </c>
     </row>
-    <row r="31" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3">
         <v>6.1072999999999998E-4</v>
       </c>
       <c r="D31" s="3">
         <v>5.4762200000000004E-3</v>
       </c>
       <c r="E31" s="3">
         <v>6.8447690000000005E-2</v>
       </c>
       <c r="F31" s="3">
         <v>1.6555299999999999E-3</v>
       </c>
       <c r="G31" s="3">
         <v>1.579125E-2</v>
       </c>
       <c r="H31" s="3">
         <v>8.5785120000000006E-2</v>
       </c>
       <c r="I31" s="3">
         <v>0.21701340999999999</v>
       </c>
       <c r="J31" s="3">
@@ -15552,52 +15891,61 @@
       </c>
       <c r="FP31" s="8">
         <v>260.37545807999999</v>
       </c>
       <c r="FQ31" s="8">
         <v>97.557047690000005</v>
       </c>
       <c r="FR31" s="8">
         <v>393.02124211</v>
       </c>
       <c r="FS31" s="8">
         <v>660.76799617999995</v>
       </c>
       <c r="FT31" s="8">
         <v>590.27047317999995</v>
       </c>
       <c r="FU31" s="8">
         <v>608.40631991999999</v>
       </c>
       <c r="FV31" s="8">
         <v>642.19281447000003</v>
       </c>
       <c r="FW31" s="8">
         <v>713.17923958999995</v>
       </c>
+      <c r="FX31" s="8">
+        <v>669.44927077</v>
+      </c>
+      <c r="FY31" s="8">
+        <v>1077.75316101</v>
+      </c>
+      <c r="FZ31" s="8">
+        <v>1294.9727663399999</v>
+      </c>
     </row>
-    <row r="32" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="3">
         <v>350.18752918000001</v>
       </c>
       <c r="D32" s="3">
         <v>340.04521775000001</v>
       </c>
       <c r="E32" s="3">
         <v>341.41611641999998</v>
       </c>
       <c r="F32" s="3">
         <v>334.88127599000001</v>
       </c>
       <c r="G32" s="3">
         <v>322.99180239999998</v>
       </c>
       <c r="H32" s="3">
         <v>335.17091096000001</v>
       </c>
       <c r="I32" s="3">
         <v>330.20307803999998</v>
       </c>
       <c r="J32" s="3">
@@ -16088,52 +16436,61 @@
       </c>
       <c r="FP32" s="8">
         <v>4211.3246894200001</v>
       </c>
       <c r="FQ32" s="8">
         <v>2763.39678839</v>
       </c>
       <c r="FR32" s="8">
         <v>4381.0272967800001</v>
       </c>
       <c r="FS32" s="8">
         <v>5517.9239961599997</v>
       </c>
       <c r="FT32" s="8">
         <v>6763.2814661000002</v>
       </c>
       <c r="FU32" s="8">
         <v>6982.62948564</v>
       </c>
       <c r="FV32" s="8">
         <v>6635.8398692199999</v>
       </c>
       <c r="FW32" s="8">
         <v>5567.6027686500001</v>
       </c>
+      <c r="FX32" s="8">
+        <v>4582.6400516200001</v>
+      </c>
+      <c r="FY32" s="8">
+        <v>6249.1193418700004</v>
+      </c>
+      <c r="FZ32" s="8">
+        <v>7487.3984460399997</v>
+      </c>
     </row>
-    <row r="33" spans="1:179" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:182" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B33" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="I33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="J33" s="8" t="s">
@@ -16624,52 +16981,61 @@
       </c>
       <c r="FP33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FQ33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FR33" s="8">
         <v>1359.453501</v>
       </c>
       <c r="FS33" s="8">
         <v>3154.9564009699998</v>
       </c>
       <c r="FT33" s="8">
         <v>4190.7962363699999</v>
       </c>
       <c r="FU33" s="8">
         <v>4832.3022395099997</v>
       </c>
       <c r="FV33" s="8">
         <v>4657.3632754500004</v>
       </c>
       <c r="FW33" s="8">
         <v>3221.2708947900001</v>
       </c>
+      <c r="FX33" s="8">
+        <v>2228.7005460199998</v>
+      </c>
+      <c r="FY33" s="8">
+        <v>3606.04940154</v>
+      </c>
+      <c r="FZ33" s="8">
+        <v>5127.5448150700004</v>
+      </c>
     </row>
-    <row r="34" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J34" s="3" t="s">
@@ -17160,52 +17526,61 @@
       </c>
       <c r="FP34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FQ34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FR34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FS34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW34" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="FX34" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FY34" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="FZ34" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="35" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="3">
         <v>1388.32043701</v>
       </c>
       <c r="D35" s="3">
         <v>1338.89118502</v>
       </c>
       <c r="E35" s="3">
         <v>1342.4297521999999</v>
       </c>
       <c r="F35" s="3">
         <v>1262.50696423</v>
       </c>
       <c r="G35" s="3">
         <v>1143.3346188400001</v>
       </c>
       <c r="H35" s="3">
         <v>1329.75781353</v>
       </c>
       <c r="I35" s="3">
         <v>1248.5639543899999</v>
       </c>
       <c r="J35" s="3">
@@ -17696,52 +18071,61 @@
       </c>
       <c r="FP35" s="8">
         <v>1912.4302886600001</v>
       </c>
       <c r="FQ35" s="8">
         <v>1871.3869987999999</v>
       </c>
       <c r="FR35" s="8">
         <v>1826.8466779800001</v>
       </c>
       <c r="FS35" s="8">
         <v>1749.3474421799999</v>
       </c>
       <c r="FT35" s="8">
         <v>1712.6813195100001</v>
       </c>
       <c r="FU35" s="8">
         <v>1769.0133767</v>
       </c>
       <c r="FV35" s="8">
         <v>1744.74524946</v>
       </c>
       <c r="FW35" s="8">
         <v>1725.8426282999999</v>
       </c>
+      <c r="FX35" s="8">
+        <v>1780.5228899199999</v>
+      </c>
+      <c r="FY35" s="8">
+        <v>1756.0880055800001</v>
+      </c>
+      <c r="FZ35" s="8">
+        <v>1734.67355679</v>
+      </c>
     </row>
-    <row r="36" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="3">
         <v>11.451715050000001</v>
       </c>
       <c r="D36" s="3">
         <v>9.6642380600000006</v>
       </c>
       <c r="E36" s="3">
         <v>9.5495578400000003</v>
       </c>
       <c r="F36" s="3">
         <v>8.9769103700000006</v>
       </c>
       <c r="G36" s="3">
         <v>8.5376321700000002</v>
       </c>
       <c r="H36" s="3">
         <v>9.1041474999999998</v>
       </c>
       <c r="I36" s="3">
         <v>8.4159502699999997</v>
       </c>
       <c r="J36" s="3">
@@ -18232,52 +18616,61 @@
       </c>
       <c r="FP36" s="8">
         <v>371.63127655</v>
       </c>
       <c r="FQ36" s="8">
         <v>374.31409296999999</v>
       </c>
       <c r="FR36" s="8">
         <v>376.00182411999998</v>
       </c>
       <c r="FS36" s="8">
         <v>380.02968398000002</v>
       </c>
       <c r="FT36" s="8">
         <v>396.75643881000002</v>
       </c>
       <c r="FU36" s="8">
         <v>388.43635316000001</v>
       </c>
       <c r="FV36" s="8">
         <v>382.12346592</v>
       </c>
       <c r="FW36" s="8">
         <v>382.43228011999997</v>
       </c>
+      <c r="FX36" s="8">
+        <v>378.89007164999998</v>
+      </c>
+      <c r="FY36" s="8">
+        <v>709.44300745999999</v>
+      </c>
+      <c r="FZ36" s="8">
+        <v>382.20952998000001</v>
+      </c>
     </row>
-    <row r="37" spans="1:179" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:182" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="15"/>
       <c r="B37" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="11">
         <v>10567.97121378</v>
       </c>
       <c r="D37" s="11">
         <v>10397.516186909999</v>
       </c>
       <c r="E37" s="11">
         <v>10416.030587220001</v>
       </c>
       <c r="F37" s="11">
         <v>11311.911797999999</v>
       </c>
       <c r="G37" s="11">
         <v>11185.13883847</v>
       </c>
       <c r="H37" s="11">
         <v>11359.65335538</v>
       </c>
       <c r="I37" s="11">
         <v>11299.52872622</v>
       </c>
@@ -18769,671 +19162,730 @@
       </c>
       <c r="FP37" s="12">
         <v>36202.62805069</v>
       </c>
       <c r="FQ37" s="12">
         <v>35723.856040190003</v>
       </c>
       <c r="FR37" s="12">
         <v>35105.830843650001</v>
       </c>
       <c r="FS37" s="12">
         <v>34592.441820610002</v>
       </c>
       <c r="FT37" s="12">
         <v>34773.679314350004</v>
       </c>
       <c r="FU37" s="12">
         <v>34985.390642500002</v>
       </c>
       <c r="FV37" s="12">
         <v>35144.265955820003</v>
       </c>
       <c r="FW37" s="12">
         <v>35616.829119939997</v>
       </c>
+      <c r="FX37" s="12">
+        <v>36716.537877130002</v>
+      </c>
+      <c r="FY37" s="12">
+        <v>37303.874312280001</v>
+      </c>
+      <c r="FZ37" s="12">
+        <v>37039.234305819999</v>
+      </c>
     </row>
-    <row r="38" spans="1:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="18"/>
     </row>
-    <row r="39" spans="1:179" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:182" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="22" t="s">
         <v>27</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="23"/>
       <c r="I39" s="23"/>
       <c r="J39" s="23"/>
       <c r="K39" s="23"/>
       <c r="L39" s="23"/>
       <c r="M39" s="23"/>
       <c r="N39" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B39:N39"/>
   </mergeCells>
   <conditionalFormatting sqref="ER8:EX19 C20:EX22 EY8:FB22 FC12:FH21 FC22:FG22 FM12:FM22">
-    <cfRule type="cellIs" dxfId="119" priority="243" operator="equal">
+    <cfRule type="cellIs" dxfId="129" priority="265" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:E8">
-    <cfRule type="cellIs" dxfId="118" priority="241" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="263" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10:E12 D15:E15 D18:E19 D35:E37 D24:E24 D26:E32">
-    <cfRule type="cellIs" dxfId="117" priority="240" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="262" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D9:E9">
-    <cfRule type="cellIs" dxfId="116" priority="239" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="261" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D13:E13">
-    <cfRule type="cellIs" dxfId="115" priority="238" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="260" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14:E14">
-    <cfRule type="cellIs" dxfId="114" priority="237" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="259" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16:E17">
-    <cfRule type="cellIs" dxfId="113" priority="235" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="257" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F8:DM8">
-    <cfRule type="cellIs" dxfId="112" priority="232" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="254" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25:E25">
-    <cfRule type="cellIs" dxfId="111" priority="233" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="255" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10:DM12 F15:DM15 F18:DM19 F35:DM37 F24:DM24 F26:DM27 F29:DM32 F28:AE28">
-    <cfRule type="cellIs" dxfId="110" priority="231" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="253" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:DM9">
-    <cfRule type="cellIs" dxfId="109" priority="230" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="252" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:DM13">
-    <cfRule type="cellIs" dxfId="108" priority="229" operator="equal">
+    <cfRule type="cellIs" dxfId="118" priority="251" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:DM14">
-    <cfRule type="cellIs" dxfId="107" priority="228" operator="equal">
+    <cfRule type="cellIs" dxfId="117" priority="250" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:DM17">
-    <cfRule type="cellIs" dxfId="106" priority="227" operator="equal">
+    <cfRule type="cellIs" dxfId="116" priority="249" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN8:EQ8">
-    <cfRule type="cellIs" dxfId="105" priority="224" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="246" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F25:DM25">
-    <cfRule type="cellIs" dxfId="104" priority="225" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="247" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN10:EQ12 DN15:EQ15 DN18:EQ19 DN35:EQ37 DN24:EQ24 DN26:EQ27 DN29:EQ32">
-    <cfRule type="cellIs" dxfId="103" priority="223" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="245" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN9:EQ9">
-    <cfRule type="cellIs" dxfId="102" priority="222" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="244" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN13:EQ13">
-    <cfRule type="cellIs" dxfId="101" priority="221" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="243" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN14:EQ14">
-    <cfRule type="cellIs" dxfId="100" priority="220" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="242" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN16:EQ17">
-    <cfRule type="cellIs" dxfId="99" priority="219" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="241" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN25:EQ25">
-    <cfRule type="cellIs" dxfId="98" priority="217" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="239" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF28:EQ28">
-    <cfRule type="cellIs" dxfId="97" priority="214" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="236" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34:EQ34">
-    <cfRule type="cellIs" dxfId="96" priority="215" operator="equal">
+    <cfRule type="cellIs" dxfId="106" priority="237" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER24:ER32 ER34:ER37">
-    <cfRule type="cellIs" dxfId="95" priority="191" operator="equal">
+    <cfRule type="cellIs" dxfId="105" priority="213" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ES24:ES32 ES34:ES37">
-    <cfRule type="cellIs" dxfId="94" priority="190" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="212" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET24:EX32 ET34:EX37">
-    <cfRule type="cellIs" dxfId="93" priority="175" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="197" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8">
-    <cfRule type="cellIs" dxfId="92" priority="169" operator="equal">
+    <cfRule type="cellIs" dxfId="102" priority="191" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C12 C15 C18:C19 C35:C37 C24 C26:C32">
-    <cfRule type="cellIs" dxfId="91" priority="168" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="190" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="90" priority="167" operator="equal">
+    <cfRule type="cellIs" dxfId="100" priority="189" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13">
-    <cfRule type="cellIs" dxfId="89" priority="166" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="188" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14">
-    <cfRule type="cellIs" dxfId="88" priority="165" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="187" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:C17">
-    <cfRule type="cellIs" dxfId="87" priority="164" operator="equal">
+    <cfRule type="cellIs" dxfId="97" priority="186" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
-    <cfRule type="cellIs" dxfId="86" priority="162" operator="equal">
+    <cfRule type="cellIs" dxfId="96" priority="184" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
-    <cfRule type="cellIs" dxfId="85" priority="161" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="183" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY24:EY32 EY34:EY37">
-    <cfRule type="cellIs" dxfId="84" priority="159" operator="equal">
+    <cfRule type="cellIs" dxfId="94" priority="181" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ24:EZ32 EZ34:EZ37">
-    <cfRule type="cellIs" dxfId="83" priority="157" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="179" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FA24:FA32 FA34:FA37">
-    <cfRule type="cellIs" dxfId="82" priority="156" operator="equal">
+    <cfRule type="cellIs" dxfId="92" priority="178" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FB24:FB32 FB34:FB37">
-    <cfRule type="cellIs" dxfId="81" priority="155" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="177" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC24:FC32 FC8 FC10 FC35:FC37">
-    <cfRule type="cellIs" dxfId="80" priority="150" operator="equal">
+    <cfRule type="cellIs" dxfId="90" priority="172" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC9">
-    <cfRule type="cellIs" dxfId="79" priority="149" operator="equal">
+    <cfRule type="cellIs" dxfId="89" priority="171" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC11">
-    <cfRule type="cellIs" dxfId="78" priority="148" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="170" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC34">
-    <cfRule type="cellIs" dxfId="77" priority="147" operator="equal">
+    <cfRule type="cellIs" dxfId="87" priority="169" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD24:FD32 FD8 FD10 FD35:FD37">
-    <cfRule type="cellIs" dxfId="76" priority="146" operator="equal">
+    <cfRule type="cellIs" dxfId="86" priority="168" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD9">
-    <cfRule type="cellIs" dxfId="75" priority="142" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="164" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD11">
-    <cfRule type="cellIs" dxfId="74" priority="141" operator="equal">
+    <cfRule type="cellIs" dxfId="84" priority="163" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD34">
-    <cfRule type="cellIs" dxfId="73" priority="140" operator="equal">
+    <cfRule type="cellIs" dxfId="83" priority="162" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE24:FE32 FE8 FE10 FE35:FE37">
-    <cfRule type="cellIs" dxfId="72" priority="128" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="150" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE9">
-    <cfRule type="cellIs" dxfId="71" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="81" priority="149" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE11">
-    <cfRule type="cellIs" dxfId="70" priority="126" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="148" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE34">
-    <cfRule type="cellIs" dxfId="69" priority="125" operator="equal">
+    <cfRule type="cellIs" dxfId="79" priority="147" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF24:FF32 FF8 FF10 FF35:FF37">
-    <cfRule type="cellIs" dxfId="68" priority="124" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="146" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF9">
-    <cfRule type="cellIs" dxfId="67" priority="120" operator="equal">
+    <cfRule type="cellIs" dxfId="77" priority="142" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF11">
-    <cfRule type="cellIs" dxfId="66" priority="119" operator="equal">
+    <cfRule type="cellIs" dxfId="76" priority="141" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF34">
-    <cfRule type="cellIs" dxfId="65" priority="118" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="140" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG24:FG32 FG8 FG10 FG35:FG37">
-    <cfRule type="cellIs" dxfId="64" priority="117" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="139" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG9">
-    <cfRule type="cellIs" dxfId="63" priority="113" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="135" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG11">
-    <cfRule type="cellIs" dxfId="62" priority="112" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="134" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG34">
-    <cfRule type="cellIs" dxfId="61" priority="111" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="133" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH24:FH32 FH8 FH10 FH35:FH37 FI26:FJ26 FI37:FJ37">
-    <cfRule type="cellIs" dxfId="60" priority="110" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="132" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FI9">
-    <cfRule type="cellIs" dxfId="59" priority="109" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="131" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH11:FI11">
-    <cfRule type="cellIs" dxfId="58" priority="108" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="130" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH34:FI34">
-    <cfRule type="cellIs" dxfId="57" priority="107" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="129" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI12:FI21">
-    <cfRule type="cellIs" dxfId="56" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="128" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI24:FI25 FI10 FI35:FI36 FI27:FI32 FI8:FJ8">
-    <cfRule type="cellIs" dxfId="55" priority="105" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ12:FJ21">
-    <cfRule type="cellIs" dxfId="54" priority="98" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="120" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ24:FJ25 FJ10 FJ35:FJ36 FJ27:FJ32">
-    <cfRule type="cellIs" dxfId="53" priority="97" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="119" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ9:FK9">
-    <cfRule type="cellIs" dxfId="52" priority="96" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="118" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ11:FK11">
-    <cfRule type="cellIs" dxfId="51" priority="95" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ34:FK34">
-    <cfRule type="cellIs" dxfId="50" priority="94" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK12:FK22">
-    <cfRule type="cellIs" dxfId="49" priority="93" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK24:FK32 FK8 FK10 FK35:FK37">
-    <cfRule type="cellIs" dxfId="48" priority="92" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH22:FJ22">
-    <cfRule type="cellIs" dxfId="47" priority="88" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL9">
-    <cfRule type="cellIs" dxfId="46" priority="82" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL11">
-    <cfRule type="cellIs" dxfId="45" priority="81" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL34">
-    <cfRule type="cellIs" dxfId="44" priority="80" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL12:FL22">
-    <cfRule type="cellIs" dxfId="43" priority="79" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL24:FL32 FL8 FL10 FL35:FL37">
-    <cfRule type="cellIs" dxfId="42" priority="78" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM24:FM32 FM8 FM10 FM35:FM37">
-    <cfRule type="cellIs" dxfId="41" priority="76" operator="equal">
+    <cfRule type="cellIs" dxfId="51" priority="98" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM9">
-    <cfRule type="cellIs" dxfId="40" priority="75" operator="equal">
+    <cfRule type="cellIs" dxfId="50" priority="97" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM11">
-    <cfRule type="cellIs" dxfId="39" priority="74" operator="equal">
+    <cfRule type="cellIs" dxfId="49" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM34">
-    <cfRule type="cellIs" dxfId="38" priority="73" operator="equal">
+    <cfRule type="cellIs" dxfId="48" priority="95" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN12:FN22">
-    <cfRule type="cellIs" dxfId="37" priority="72" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN24:FN32 FN8 FN10 FN35:FN37">
-    <cfRule type="cellIs" dxfId="36" priority="71" operator="equal">
+    <cfRule type="cellIs" dxfId="46" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN9">
-    <cfRule type="cellIs" dxfId="35" priority="70" operator="equal">
+    <cfRule type="cellIs" dxfId="45" priority="92" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN11">
-    <cfRule type="cellIs" dxfId="34" priority="69" operator="equal">
+    <cfRule type="cellIs" dxfId="44" priority="91" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN34">
-    <cfRule type="cellIs" dxfId="33" priority="68" operator="equal">
+    <cfRule type="cellIs" dxfId="43" priority="90" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO12:FO22">
+    <cfRule type="cellIs" dxfId="42" priority="89" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
+    <cfRule type="cellIs" dxfId="41" priority="88" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FO9">
+    <cfRule type="cellIs" dxfId="40" priority="84" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FO11:FR11">
+    <cfRule type="cellIs" dxfId="39" priority="83" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FO34:FQ34">
+    <cfRule type="cellIs" dxfId="38" priority="82" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FP12:FP22">
+    <cfRule type="cellIs" dxfId="37" priority="81" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
+    <cfRule type="cellIs" dxfId="36" priority="80" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FP9:FR9">
+    <cfRule type="cellIs" dxfId="35" priority="76" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ12:FQ22">
+    <cfRule type="cellIs" dxfId="34" priority="73" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+    <cfRule type="cellIs" dxfId="33" priority="72" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FR12 FR14:FR22">
     <cfRule type="cellIs" dxfId="32" priority="67" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
+  <conditionalFormatting sqref="FR24:FR33 FR8 FR10 FR35:FR37">
     <cfRule type="cellIs" dxfId="31" priority="66" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO9">
-    <cfRule type="cellIs" dxfId="30" priority="62" operator="equal">
+  <conditionalFormatting sqref="FR13">
+    <cfRule type="cellIs" dxfId="30" priority="65" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO11:FR11">
-    <cfRule type="cellIs" dxfId="29" priority="61" operator="equal">
+  <conditionalFormatting sqref="FR34">
+    <cfRule type="cellIs" dxfId="29" priority="64" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO34:FQ34">
-    <cfRule type="cellIs" dxfId="28" priority="60" operator="equal">
+  <conditionalFormatting sqref="C33:FQ33">
+    <cfRule type="cellIs" dxfId="28" priority="63" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP12:FP22">
-    <cfRule type="cellIs" dxfId="27" priority="59" operator="equal">
+  <conditionalFormatting sqref="FS11:FV11">
+    <cfRule type="cellIs" dxfId="27" priority="56" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
-    <cfRule type="cellIs" dxfId="26" priority="58" operator="equal">
+  <conditionalFormatting sqref="FS9:FV9">
+    <cfRule type="cellIs" dxfId="26" priority="55" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP9:FR9">
+  <conditionalFormatting sqref="FS12 FS14:FS22">
     <cfRule type="cellIs" dxfId="25" priority="54" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ12:FQ22">
-    <cfRule type="cellIs" dxfId="24" priority="51" operator="equal">
+  <conditionalFormatting sqref="FS24:FS33 FS8 FS10 FS35:FS37">
+    <cfRule type="cellIs" dxfId="24" priority="53" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
-    <cfRule type="cellIs" dxfId="23" priority="50" operator="equal">
+  <conditionalFormatting sqref="FS13:FV13">
+    <cfRule type="cellIs" dxfId="23" priority="52" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR12 FR14:FR22">
-    <cfRule type="cellIs" dxfId="22" priority="45" operator="equal">
+  <conditionalFormatting sqref="FS34:FV34">
+    <cfRule type="cellIs" dxfId="22" priority="51" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR24:FR33 FR8 FR10 FR35:FR37">
-    <cfRule type="cellIs" dxfId="21" priority="44" operator="equal">
+  <conditionalFormatting sqref="FT12 FT14:FT22">
+    <cfRule type="cellIs" dxfId="21" priority="48" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR13">
-    <cfRule type="cellIs" dxfId="20" priority="43" operator="equal">
+  <conditionalFormatting sqref="FT24:FT33 FT8 FT10 FT35:FT37">
+    <cfRule type="cellIs" dxfId="20" priority="47" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR34">
-    <cfRule type="cellIs" dxfId="19" priority="42" operator="equal">
+  <conditionalFormatting sqref="FU12 FU14:FU22">
+    <cfRule type="cellIs" dxfId="19" priority="40" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C33:FQ33">
-    <cfRule type="cellIs" dxfId="18" priority="41" operator="equal">
+  <conditionalFormatting sqref="FU24:FU33 FU8 FU10 FU35:FU37">
+    <cfRule type="cellIs" dxfId="18" priority="39" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS11:FV11">
+  <conditionalFormatting sqref="FV12 FV14:FV22">
     <cfRule type="cellIs" dxfId="17" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS9:FV9">
+  <conditionalFormatting sqref="FV24:FV33 FV8 FV10 FV35:FV37">
     <cfRule type="cellIs" dxfId="16" priority="33" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS12 FS14:FS22">
-    <cfRule type="cellIs" dxfId="15" priority="32" operator="equal">
+  <conditionalFormatting sqref="FW12 FW14:FW22">
+    <cfRule type="cellIs" dxfId="15" priority="28" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS24:FS33 FS8 FS10 FS35:FS37">
-    <cfRule type="cellIs" dxfId="14" priority="31" operator="equal">
+  <conditionalFormatting sqref="FW24:FW33 FW8 FW10 FW35:FW37">
+    <cfRule type="cellIs" dxfId="14" priority="27" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS13:FV13">
-    <cfRule type="cellIs" dxfId="13" priority="30" operator="equal">
+  <conditionalFormatting sqref="FW9:FY9">
+    <cfRule type="cellIs" dxfId="13" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS34:FV34">
-    <cfRule type="cellIs" dxfId="12" priority="29" operator="equal">
+  <conditionalFormatting sqref="FW11:FY11">
+    <cfRule type="cellIs" dxfId="12" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT12 FT14:FT22">
-    <cfRule type="cellIs" dxfId="11" priority="26" operator="equal">
+  <conditionalFormatting sqref="FW13:FY13">
+    <cfRule type="cellIs" dxfId="11" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT24:FT33 FT8 FT10 FT35:FT37">
-    <cfRule type="cellIs" dxfId="10" priority="25" operator="equal">
+  <conditionalFormatting sqref="FW34:FY34">
+    <cfRule type="cellIs" dxfId="10" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU12 FU14:FU22">
-    <cfRule type="cellIs" dxfId="9" priority="18" operator="equal">
+  <conditionalFormatting sqref="FX12 FX14:FX22">
+    <cfRule type="cellIs" dxfId="9" priority="22" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU24:FU33 FU8 FU10 FU35:FU37">
-    <cfRule type="cellIs" dxfId="8" priority="17" operator="equal">
+  <conditionalFormatting sqref="FX24:FX33 FX8 FX10 FX35:FX37">
+    <cfRule type="cellIs" dxfId="8" priority="21" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV12 FV14:FV22">
+  <conditionalFormatting sqref="FY12 FY14:FY22">
     <cfRule type="cellIs" dxfId="7" priority="12" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV24:FV33 FV8 FV10 FV35:FV37">
+  <conditionalFormatting sqref="FY24:FY33 FY8 FY10 FY35:FY37">
     <cfRule type="cellIs" dxfId="6" priority="11" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW12 FW14:FW22">
+  <conditionalFormatting sqref="FZ12 FZ14:FZ22">
     <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW24:FW33 FW8 FW10 FW35:FW37">
+  <conditionalFormatting sqref="FZ24:FZ33 FZ8 FZ10 FZ35:FZ37">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW9">
+  <conditionalFormatting sqref="FZ9">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW11">
+  <conditionalFormatting sqref="FZ11">
     <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW13">
+  <conditionalFormatting sqref="FZ13">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW34">
+  <conditionalFormatting sqref="FZ34">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>