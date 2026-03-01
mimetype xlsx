--- v1 (2026-01-11)
+++ v2 (2026-03-01)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4AB1883-17E4-4027-B0D6-47B7186D0E21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D72A581F-4DE7-4106-A069-4F0B7B514559}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1350" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1360" uniqueCount="37">
   <si>
     <t>Tablica C1: Bilanca Hrvatske narodne banke</t>
   </si>
   <si>
     <t>AKTIVA</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>PASIVA</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno (1+2+3+4+5+6+7+8)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -674,50 +674,56 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">     od toga: Obveze na računima</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>u sustavu TARGET2</t>
     </r>
   </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* Revidirani podaci</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0_)"/>
     <numFmt numFmtId="166" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -816,51 +822,51 @@
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="26">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -875,58 +881,86 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="130">
+  <dxfs count="132">
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2761,81 +2795,84 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:FZ39"/>
+  <dimension ref="A2:GG40"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.375" style="15" customWidth="1"/>
     <col min="2" max="2" width="55.875" style="1" customWidth="1"/>
     <col min="3" max="154" width="8.875" style="1" customWidth="1"/>
     <col min="155" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="16" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="FI3" s="21"/>
       <c r="FJ3" s="21"/>
     </row>
-    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:184" ht="6" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:184" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FH5" s="20"/>
       <c r="FI5" s="20"/>
       <c r="FJ5" s="20"/>
+      <c r="GA5" s="25" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="6" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -3333,57 +3370,63 @@
       </c>
       <c r="FS6" s="6">
         <v>45777</v>
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
       <c r="FX6" s="6">
         <v>45930</v>
       </c>
       <c r="FY6" s="6">
         <v>45961</v>
       </c>
       <c r="FZ6" s="6">
         <v>45991</v>
       </c>
+      <c r="GA6" s="6">
+        <v>46022</v>
+      </c>
+      <c r="GB6" s="6">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="3">
         <v>10454.760683840001</v>
       </c>
       <c r="D8" s="3">
         <v>10285.07842758</v>
       </c>
       <c r="E8" s="3">
         <v>10303.37620022</v>
       </c>
       <c r="F8" s="3">
         <v>11199.334843750001</v>
       </c>
       <c r="G8" s="3">
         <v>11070.533461810001</v>
       </c>
       <c r="H8" s="3">
         <v>11244.760590850001</v>
       </c>
       <c r="I8" s="3">
         <v>11184.288041469999</v>
       </c>
       <c r="J8" s="3">
@@ -3883,52 +3926,58 @@
       </c>
       <c r="FS8" s="8">
         <v>32363.81824352</v>
       </c>
       <c r="FT8" s="8">
         <v>32546.96772918</v>
       </c>
       <c r="FU8" s="8">
         <v>32549.146795420002</v>
       </c>
       <c r="FV8" s="8">
         <v>33197.820890559997</v>
       </c>
       <c r="FW8" s="8">
         <v>33628.111757830004</v>
       </c>
       <c r="FX8" s="8">
         <v>34539.400177830001</v>
       </c>
       <c r="FY8" s="8">
         <v>35175.305661480001</v>
       </c>
       <c r="FZ8" s="8">
         <v>34824.825132290003</v>
       </c>
+      <c r="GA8" s="8">
+        <v>35302.263459709997</v>
+      </c>
+      <c r="GB8" s="8">
+        <v>35445.281688319999</v>
+      </c>
     </row>
-    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="3" t="s">
@@ -4428,52 +4477,58 @@
       </c>
       <c r="FS9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FY9" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FZ9" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="GA9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="GB9" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="3">
         <v>349.83714466999999</v>
       </c>
       <c r="D10" s="3">
         <v>339.75281742999999</v>
       </c>
       <c r="E10" s="3">
         <v>341.08510790000003</v>
       </c>
       <c r="F10" s="3">
         <v>335.29781879000001</v>
       </c>
       <c r="G10" s="3">
         <v>323.78125951999999</v>
       </c>
       <c r="H10" s="3">
         <v>335.93801003999999</v>
       </c>
       <c r="I10" s="3">
         <v>330.95797247000002</v>
       </c>
       <c r="J10" s="3">
@@ -4973,52 +5028,58 @@
       </c>
       <c r="FS10" s="8">
         <v>1295.81400856</v>
       </c>
       <c r="FT10" s="8">
         <v>1296.5351663599999</v>
       </c>
       <c r="FU10" s="8">
         <v>1237.1124052800001</v>
       </c>
       <c r="FV10" s="8">
         <v>1238.6244142999999</v>
       </c>
       <c r="FW10" s="8">
         <v>1255.3299700699999</v>
       </c>
       <c r="FX10" s="8">
         <v>1250.4033193</v>
       </c>
       <c r="FY10" s="8">
         <v>1250.4033193</v>
       </c>
       <c r="FZ10" s="8">
         <v>1250.5699554</v>
       </c>
+      <c r="GA10" s="8">
+        <v>1248.5347644599999</v>
+      </c>
+      <c r="GB10" s="8">
+        <v>1248.5347644599999</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3">
         <v>196.13142207000001</v>
       </c>
       <c r="D11" s="3">
         <v>196.71381374000001</v>
       </c>
       <c r="E11" s="3">
         <v>196.91579361000001</v>
       </c>
       <c r="F11" s="3">
         <v>196.06409625000001</v>
       </c>
       <c r="G11" s="3">
         <v>195.30448709000001</v>
       </c>
       <c r="H11" s="3">
         <v>197.29662592</v>
       </c>
       <c r="I11" s="3">
         <v>195.75788362</v>
       </c>
       <c r="J11" s="3">
@@ -5518,52 +5579,58 @@
       </c>
       <c r="FS11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FX11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FY11" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FZ11" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="GA11" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="GB11" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="3">
         <v>3013.8817766100001</v>
       </c>
       <c r="D12" s="3">
         <v>2891.3814435499999</v>
       </c>
       <c r="E12" s="3">
         <v>2628.9510018400001</v>
       </c>
       <c r="F12" s="3">
         <v>3781.07614066</v>
       </c>
       <c r="G12" s="3">
         <v>3716.3274901300001</v>
       </c>
       <c r="H12" s="3">
         <v>2754.2135947500001</v>
       </c>
       <c r="I12" s="3">
         <v>2626.0540658</v>
       </c>
       <c r="J12" s="3">
@@ -6063,52 +6130,58 @@
       </c>
       <c r="FS12" s="8">
         <v>673.18766597000001</v>
       </c>
       <c r="FT12" s="8">
         <v>713.61933580000004</v>
       </c>
       <c r="FU12" s="8">
         <v>824.45850293000001</v>
       </c>
       <c r="FV12" s="8">
         <v>855.29760723000004</v>
       </c>
       <c r="FW12" s="8">
         <v>797.04195154000001</v>
       </c>
       <c r="FX12" s="8">
         <v>1059.1501339500001</v>
       </c>
       <c r="FY12" s="8">
         <v>1378.91339601</v>
       </c>
       <c r="FZ12" s="8">
         <v>990.12211037999998</v>
       </c>
+      <c r="GA12" s="8">
+        <v>1181.96996334</v>
+      </c>
+      <c r="GB12" s="8">
+        <v>1183.74478705</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J13" s="3" t="s">
@@ -6608,52 +6681,58 @@
       </c>
       <c r="FS13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FX13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FY13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FZ13" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="GA13" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="GB13" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:184" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J14" s="3" t="s">
@@ -7153,52 +7232,58 @@
       </c>
       <c r="FS14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FT14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FU14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FV14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FW14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FX14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FY14" s="8">
         <v>313.95696125000001</v>
       </c>
       <c r="FZ14" s="8">
         <v>313.95696125000001</v>
       </c>
+      <c r="GA14" s="8">
+        <v>313.95696125000001</v>
+      </c>
+      <c r="GB14" s="8">
+        <v>313.95696125000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="3">
         <v>6894.9103404899997</v>
       </c>
       <c r="D15" s="3">
         <v>6857.2303528700004</v>
       </c>
       <c r="E15" s="3">
         <v>7136.42429687</v>
       </c>
       <c r="F15" s="3">
         <v>6886.8967880399996</v>
       </c>
       <c r="G15" s="3">
         <v>6835.1202250699998</v>
       </c>
       <c r="H15" s="3">
         <v>7957.3123601400002</v>
       </c>
       <c r="I15" s="3">
         <v>8031.5181195900004</v>
       </c>
       <c r="J15" s="3">
@@ -7698,52 +7783,58 @@
       </c>
       <c r="FS15" s="8">
         <v>12826.53143899</v>
       </c>
       <c r="FT15" s="8">
         <v>12807.479967019999</v>
       </c>
       <c r="FU15" s="8">
         <v>12488.938222209999</v>
       </c>
       <c r="FV15" s="8">
         <v>12464.12905903</v>
       </c>
       <c r="FW15" s="8">
         <v>12283.73719622</v>
       </c>
       <c r="FX15" s="8">
         <v>12313.129379579999</v>
       </c>
       <c r="FY15" s="8">
         <v>12417.35278617</v>
       </c>
       <c r="FZ15" s="8">
         <v>12288.259656509999</v>
       </c>
+      <c r="GA15" s="8">
+        <v>12623.02718691</v>
+      </c>
+      <c r="GB15" s="8">
+        <v>12563.54140681</v>
+      </c>
     </row>
-    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="3" t="s">
@@ -8243,52 +8334,58 @@
       </c>
       <c r="FS16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FT16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FU16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FV16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FW16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FX16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FY16" s="8">
         <v>417.63741993999997</v>
       </c>
       <c r="FZ16" s="8">
         <v>417.63741993999997</v>
       </c>
+      <c r="GA16" s="8">
+        <v>417.63741993999997</v>
+      </c>
+      <c r="GB16" s="8">
+        <v>417.63741993999997</v>
+      </c>
     </row>
-    <row r="17" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="3" t="s">
@@ -8788,52 +8885,58 @@
       </c>
       <c r="FS17" s="8">
         <v>17568.28513</v>
       </c>
       <c r="FT17" s="8">
         <v>17729.333259999999</v>
       </c>
       <c r="FU17" s="8">
         <v>17998.637664999998</v>
       </c>
       <c r="FV17" s="8">
         <v>18639.769810000002</v>
       </c>
       <c r="FW17" s="8">
         <v>19292.002639999999</v>
       </c>
       <c r="FX17" s="8">
         <v>19916.717345000001</v>
       </c>
       <c r="FY17" s="8">
         <v>20128.636159999998</v>
       </c>
       <c r="FZ17" s="8">
         <v>20295.87341</v>
       </c>
+      <c r="GA17" s="8">
+        <v>20248.731544999999</v>
+      </c>
+      <c r="GB17" s="8">
+        <v>20449.460729999999</v>
+      </c>
     </row>
-    <row r="18" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="3">
         <v>3.686656E-2</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="3">
         <v>0.31226098000000002</v>
       </c>
       <c r="F18" s="3">
         <v>0.31226098000000002</v>
       </c>
       <c r="G18" s="3">
         <v>0.25994348</v>
       </c>
       <c r="H18" s="3">
         <v>0.67103058000000004</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J18" s="3" t="s">
@@ -9333,52 +9436,58 @@
       </c>
       <c r="FS18" s="8">
         <v>1842.7644687300001</v>
       </c>
       <c r="FT18" s="8">
         <v>1839.2914123800001</v>
       </c>
       <c r="FU18" s="8">
         <v>1835.93454148</v>
       </c>
       <c r="FV18" s="8">
         <v>1570.38497874</v>
       </c>
       <c r="FW18" s="8">
         <v>1567.7973160399999</v>
       </c>
       <c r="FX18" s="8">
         <v>1565.2945398300001</v>
       </c>
       <c r="FY18" s="8">
         <v>1562.70929434</v>
       </c>
       <c r="FZ18" s="8">
         <v>1560.2083362000001</v>
       </c>
+      <c r="GA18" s="8">
+        <v>1557.61232651</v>
+      </c>
+      <c r="GB18" s="8">
+        <v>1554.9992473699999</v>
+      </c>
     </row>
-    <row r="19" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="3">
         <v>1.7143021000000001</v>
       </c>
       <c r="D19" s="3">
         <v>1.70989528</v>
       </c>
       <c r="E19" s="3">
         <v>1.7122506900000001</v>
       </c>
       <c r="F19" s="3">
         <v>1.69905599</v>
       </c>
       <c r="G19" s="3">
         <v>1.6862154</v>
       </c>
       <c r="H19" s="3">
         <v>1.6965628500000001</v>
       </c>
       <c r="I19" s="3">
         <v>1.66892263</v>
       </c>
       <c r="J19" s="3">
@@ -9878,52 +9987,58 @@
       </c>
       <c r="FS19" s="8">
         <v>62.4663714</v>
       </c>
       <c r="FT19" s="8">
         <v>62.461478399999997</v>
       </c>
       <c r="FU19" s="8">
         <v>147.4582284</v>
       </c>
       <c r="FV19" s="8">
         <v>62.458228400000003</v>
       </c>
       <c r="FW19" s="8">
         <v>62.458228400000003</v>
       </c>
       <c r="FX19" s="8">
         <v>144.4582284</v>
       </c>
       <c r="FY19" s="8">
         <v>62.4547284</v>
       </c>
       <c r="FZ19" s="8">
         <v>7.5008439999999996E-2</v>
       </c>
+      <c r="GA19" s="8">
+        <v>30.075008440000001</v>
+      </c>
+      <c r="GB19" s="8">
+        <v>6.8295939999999999E-2</v>
+      </c>
     </row>
-    <row r="20" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="3">
         <v>2.9936650400000002</v>
       </c>
       <c r="D20" s="3">
         <v>2.9904167199999998</v>
       </c>
       <c r="E20" s="3">
         <v>2.9873088999999999</v>
       </c>
       <c r="F20" s="3">
         <v>2.9760103400000002</v>
       </c>
       <c r="G20" s="3">
         <v>2.9739938600000002</v>
       </c>
       <c r="H20" s="3">
         <v>2.9719636600000001</v>
       </c>
       <c r="I20" s="3">
         <v>2.94277955</v>
       </c>
       <c r="J20" s="3">
@@ -10423,52 +10538,60 @@
       </c>
       <c r="FS20" s="8">
         <v>24.089508219999999</v>
       </c>
       <c r="FT20" s="8">
         <v>18.502049549999999</v>
       </c>
       <c r="FU20" s="8">
         <v>15.228288089999999</v>
       </c>
       <c r="FV20" s="8">
         <v>21.726629809999999</v>
       </c>
       <c r="FW20" s="8">
         <v>16.832019119999998</v>
       </c>
       <c r="FX20" s="8">
         <v>28.68383086</v>
       </c>
       <c r="FY20" s="8">
         <v>187.44435003999999</v>
       </c>
       <c r="FZ20" s="8">
         <v>327.44304321999999</v>
       </c>
+      <c r="GA20" s="8">
+        <v>17.608021999999998</v>
+      </c>
+      <c r="GB20" s="8">
+        <v>17.608021999999998</v>
+      </c>
+      <c r="GD20" s="17"/>
+      <c r="GE20" s="17"/>
     </row>
-    <row r="21" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="3">
         <v>108.46569624999999</v>
       </c>
       <c r="D21" s="3">
         <v>107.73744732999999</v>
       </c>
       <c r="E21" s="3">
         <v>107.64256643</v>
       </c>
       <c r="F21" s="3">
         <v>107.58962692999999</v>
       </c>
       <c r="G21" s="3">
         <v>109.68522391</v>
       </c>
       <c r="H21" s="3">
         <v>109.55320743999999</v>
       </c>
       <c r="I21" s="3">
         <v>110.62898258</v>
       </c>
       <c r="J21" s="3">
@@ -10968,52 +11091,58 @@
       </c>
       <c r="FS21" s="8">
         <v>299.30322868000002</v>
       </c>
       <c r="FT21" s="8">
         <v>306.45664491999997</v>
       </c>
       <c r="FU21" s="8">
         <v>437.62278904999999</v>
       </c>
       <c r="FV21" s="8">
         <v>291.87522838000001</v>
       </c>
       <c r="FW21" s="8">
         <v>341.62979853000002</v>
       </c>
       <c r="FX21" s="8">
         <v>438.70110022</v>
       </c>
       <c r="FY21" s="8">
         <v>315.96027808000002</v>
       </c>
       <c r="FZ21" s="8">
         <v>326.68278576</v>
       </c>
+      <c r="GA21" s="8">
+        <v>764.93702963999999</v>
+      </c>
+      <c r="GB21" s="8">
+        <v>454.17412137000002</v>
+      </c>
     </row>
-    <row r="22" spans="1:182" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:189" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="15"/>
       <c r="B22" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="11">
         <v>10567.97121378</v>
       </c>
       <c r="D22" s="11">
         <v>10397.516186909999</v>
       </c>
       <c r="E22" s="11">
         <v>10416.030587220001</v>
       </c>
       <c r="F22" s="11">
         <v>11311.911797999999</v>
       </c>
       <c r="G22" s="11">
         <v>11185.13883847</v>
       </c>
       <c r="H22" s="11">
         <v>11359.65335538</v>
       </c>
       <c r="I22" s="11">
         <v>11299.52872622</v>
       </c>
@@ -11514,78 +11643,87 @@
       </c>
       <c r="FS22" s="12">
         <v>34592.441820549997</v>
       </c>
       <c r="FT22" s="12">
         <v>34773.679314430003</v>
       </c>
       <c r="FU22" s="12">
         <v>34985.390642439997</v>
       </c>
       <c r="FV22" s="12">
         <v>35144.265955889998</v>
       </c>
       <c r="FW22" s="12">
         <v>35616.829119920003</v>
       </c>
       <c r="FX22" s="12">
         <v>36716.537877139999</v>
       </c>
       <c r="FY22" s="12">
         <v>37303.874312339998</v>
       </c>
       <c r="FZ22" s="12">
         <v>37039.234305910002</v>
       </c>
+      <c r="GA22" s="12">
+        <v>37672.4958463</v>
+      </c>
+      <c r="GB22" s="12">
+        <v>37472.131374999997</v>
+      </c>
+      <c r="GD22" s="1"/>
+      <c r="GE22" s="1"/>
+      <c r="GG22" s="1"/>
     </row>
-    <row r="23" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="ER23" s="13"/>
       <c r="ES23" s="13"/>
       <c r="ET23" s="13"/>
       <c r="EU23" s="13"/>
       <c r="EV23" s="13"/>
       <c r="EW23" s="13"/>
       <c r="EX23" s="13"/>
       <c r="EY23" s="13"/>
       <c r="EZ23" s="13"/>
       <c r="FA23" s="13"/>
       <c r="FB23" s="13"/>
       <c r="FC23" s="13"/>
       <c r="FD23" s="13"/>
       <c r="FE23" s="13"/>
       <c r="FF23" s="13"/>
       <c r="FG23" s="13"/>
       <c r="FH23" s="13"/>
       <c r="FI23" s="13"/>
       <c r="FJ23" s="13"/>
       <c r="FK23" s="13"/>
       <c r="FL23" s="13"/>
     </row>
-    <row r="24" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="3">
         <v>2563.0714446799998</v>
       </c>
       <c r="D24" s="3">
         <v>2481.19849974</v>
       </c>
       <c r="E24" s="3">
         <v>2488.9715188099999</v>
       </c>
       <c r="F24" s="3">
         <v>2468.9240487900001</v>
       </c>
       <c r="G24" s="3">
         <v>2588.4626710100001</v>
       </c>
       <c r="H24" s="3">
         <v>2612.62891683</v>
       </c>
       <c r="I24" s="3">
         <v>2839.0520474099999</v>
       </c>
       <c r="J24" s="3">
@@ -12085,52 +12223,58 @@
       </c>
       <c r="FS24" s="8">
         <v>11417.950976820001</v>
       </c>
       <c r="FT24" s="8">
         <v>11441.652265999999</v>
       </c>
       <c r="FU24" s="8">
         <v>11485.003947880001</v>
       </c>
       <c r="FV24" s="8">
         <v>11539.758177240001</v>
       </c>
       <c r="FW24" s="8">
         <v>11542.619160210001</v>
       </c>
       <c r="FX24" s="8">
         <v>11524.833501569999</v>
       </c>
       <c r="FY24" s="8">
         <v>11539.323421290001</v>
       </c>
       <c r="FZ24" s="8">
         <v>11563.795632720001</v>
       </c>
+      <c r="GA24" s="8">
+        <v>11740.117797319999</v>
+      </c>
+      <c r="GB24" s="8">
+        <v>11499.795655370001</v>
+      </c>
     </row>
-    <row r="25" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J25" s="3" t="s">
@@ -12630,52 +12774,58 @@
       </c>
       <c r="FS25" s="8">
         <v>-6150.3341531799997</v>
       </c>
       <c r="FT25" s="8">
         <v>-6287.6809940000003</v>
       </c>
       <c r="FU25" s="8">
         <v>-6513.6337171200003</v>
       </c>
       <c r="FV25" s="8">
         <v>-7100.0116327599999</v>
       </c>
       <c r="FW25" s="8">
         <v>-7749.3834797899999</v>
       </c>
       <c r="FX25" s="8">
         <v>-8391.8838434299996</v>
       </c>
       <c r="FY25" s="8">
         <v>-8589.3127387099994</v>
       </c>
       <c r="FZ25" s="8">
         <v>-8732.0777772799993</v>
       </c>
+      <c r="GA25" s="8">
+        <v>-8508.6137476799995</v>
+      </c>
+      <c r="GB25" s="8">
+        <v>-8949.6650746300002</v>
+      </c>
     </row>
-    <row r="26" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="3">
         <v>5536.3914133799999</v>
       </c>
       <c r="D26" s="3">
         <v>5682.5953189700003</v>
       </c>
       <c r="E26" s="3">
         <v>5793.9009203300002</v>
       </c>
       <c r="F26" s="3">
         <v>5807.8673133399998</v>
       </c>
       <c r="G26" s="3">
         <v>5970.42783495</v>
       </c>
       <c r="H26" s="3">
         <v>6182.5406683900001</v>
       </c>
       <c r="I26" s="3">
         <v>6180.7334728100004</v>
       </c>
       <c r="J26" s="3">
@@ -13175,52 +13325,58 @@
       </c>
       <c r="FS26" s="8">
         <v>11662.604127320001</v>
       </c>
       <c r="FT26" s="8">
         <v>11487.6110979</v>
       </c>
       <c r="FU26" s="8">
         <v>11291.300654230001</v>
       </c>
       <c r="FV26" s="8">
         <v>11572.84440208</v>
       </c>
       <c r="FW26" s="8">
         <v>12745.632204760001</v>
       </c>
       <c r="FX26" s="8">
         <v>13582.17319809</v>
       </c>
       <c r="FY26" s="8">
         <v>12531.21362751</v>
       </c>
       <c r="FZ26" s="8">
         <v>11162.38775519</v>
       </c>
+      <c r="GA26" s="8">
+        <v>12945.17385363</v>
+      </c>
+      <c r="GB26" s="8">
+        <v>10864.74477148</v>
+      </c>
     </row>
-    <row r="27" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="3">
         <v>1359.887553524454</v>
       </c>
       <c r="D27" s="3">
         <v>1118.5751823452117</v>
       </c>
       <c r="E27" s="3">
         <v>1189.0447946831241</v>
       </c>
       <c r="F27" s="3">
         <v>1305.1383686349457</v>
       </c>
       <c r="G27" s="3">
         <v>1352.9914963846306</v>
       </c>
       <c r="H27" s="3">
         <v>1066.6367756427101</v>
       </c>
       <c r="I27" s="3">
         <v>1352.8806776415156</v>
       </c>
       <c r="J27" s="3">
@@ -13720,52 +13876,58 @@
       </c>
       <c r="FS27" s="8">
         <v>987.43101615</v>
       </c>
       <c r="FT27" s="8">
         <v>1346.8308466999999</v>
       </c>
       <c r="FU27" s="8">
         <v>1022.14774315</v>
       </c>
       <c r="FV27" s="8">
         <v>1114.0546566999999</v>
       </c>
       <c r="FW27" s="8">
         <v>904.69215187999998</v>
       </c>
       <c r="FX27" s="8">
         <v>1232.3884267799999</v>
       </c>
       <c r="FY27" s="8">
         <v>1151.66777161</v>
       </c>
       <c r="FZ27" s="8">
         <v>1078.4093251899999</v>
       </c>
+      <c r="GA27" s="8">
+        <v>1060.8758624699999</v>
+      </c>
+      <c r="GB27" s="8">
+        <v>1040.5612480899999</v>
+      </c>
     </row>
-    <row r="28" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="3">
         <v>529.08620345999998</v>
       </c>
       <c r="D28" s="3">
         <v>910.62446080999996</v>
       </c>
       <c r="E28" s="3">
         <v>912.82765943000004</v>
       </c>
       <c r="F28" s="3">
         <v>798.06224699999996</v>
       </c>
       <c r="G28" s="3">
         <v>884.86296370000002</v>
       </c>
       <c r="H28" s="3">
         <v>1380.3702966400001</v>
       </c>
       <c r="I28" s="3">
         <v>1064.43692349</v>
       </c>
       <c r="J28" s="3">
@@ -14265,52 +14427,58 @@
       </c>
       <c r="FS28" s="8">
         <v>10673.036295239999</v>
       </c>
       <c r="FT28" s="8">
         <v>10138.613409379999</v>
       </c>
       <c r="FU28" s="8">
         <v>10266.73888112</v>
       </c>
       <c r="FV28" s="8">
         <v>10456.10998508</v>
       </c>
       <c r="FW28" s="8">
         <v>11838.26069506</v>
       </c>
       <c r="FX28" s="8">
         <v>12347.24486083</v>
       </c>
       <c r="FY28" s="8">
         <v>11377.017706119999</v>
       </c>
       <c r="FZ28" s="8">
         <v>10080.858795030001</v>
       </c>
+      <c r="GA28" s="8">
+        <v>11879.73766975</v>
+      </c>
+      <c r="GB28" s="8">
+        <v>9819.6070454399996</v>
+      </c>
     </row>
-    <row r="29" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="3">
         <v>3647.4176563886126</v>
       </c>
       <c r="D29" s="3">
         <v>3653.3956758125951</v>
       </c>
       <c r="E29" s="3">
         <v>3692.0284662114268</v>
       </c>
       <c r="F29" s="3">
         <v>3704.6666977092036</v>
       </c>
       <c r="G29" s="3">
         <v>3732.573374866281</v>
       </c>
       <c r="H29" s="3">
         <v>3735.5335961112214</v>
       </c>
       <c r="I29" s="3">
         <v>3763.4158716862426</v>
       </c>
       <c r="J29" s="3">
@@ -14810,52 +14978,58 @@
       </c>
       <c r="FS29" s="8">
         <v>2.13681593</v>
       </c>
       <c r="FT29" s="8">
         <v>2.1668418200000001</v>
       </c>
       <c r="FU29" s="8">
         <v>2.4140299600000001</v>
       </c>
       <c r="FV29" s="8">
         <v>2.6797602999999999</v>
       </c>
       <c r="FW29" s="8">
         <v>2.6793578199999999</v>
       </c>
       <c r="FX29" s="8">
         <v>2.5399104800000001</v>
       </c>
       <c r="FY29" s="8">
         <v>2.5281497800000001</v>
       </c>
       <c r="FZ29" s="8">
         <v>3.1196349699999999</v>
       </c>
+      <c r="GA29" s="8">
+        <v>4.5603214100000002</v>
+      </c>
+      <c r="GB29" s="8">
+        <v>4.5764779500000001</v>
+      </c>
     </row>
-    <row r="30" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="3">
         <v>718.54806375999999</v>
       </c>
       <c r="D30" s="3">
         <v>545.11625115000004</v>
       </c>
       <c r="E30" s="3">
         <v>439.69427393000001</v>
       </c>
       <c r="F30" s="3">
         <v>1428.7536297500001</v>
       </c>
       <c r="G30" s="3">
         <v>1151.3684878500001</v>
       </c>
       <c r="H30" s="3">
         <v>890.36511303999998</v>
       </c>
       <c r="I30" s="3">
         <v>692.34320990000003</v>
       </c>
       <c r="J30" s="3">
@@ -15355,52 +15529,58 @@
       </c>
       <c r="FS30" s="8">
         <v>3203.81759797</v>
       </c>
       <c r="FT30" s="8">
         <v>2381.4262528499999</v>
       </c>
       <c r="FU30" s="8">
         <v>2460.6005049700002</v>
       </c>
       <c r="FV30" s="8">
         <v>2626.7619774300001</v>
       </c>
       <c r="FW30" s="8">
         <v>2939.5208383099998</v>
       </c>
       <c r="FX30" s="8">
         <v>4198.0288935099998</v>
       </c>
       <c r="FY30" s="8">
         <v>3440.93374756</v>
       </c>
       <c r="FZ30" s="8">
         <v>3413.79661876</v>
       </c>
+      <c r="GA30" s="8">
+        <v>2742.87249453</v>
+      </c>
+      <c r="GB30" s="8">
+        <v>3143.31699424</v>
+      </c>
     </row>
-    <row r="31" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3">
         <v>6.1072999999999998E-4</v>
       </c>
       <c r="D31" s="3">
         <v>5.4762200000000004E-3</v>
       </c>
       <c r="E31" s="3">
         <v>6.8447690000000005E-2</v>
       </c>
       <c r="F31" s="3">
         <v>1.6555299999999999E-3</v>
       </c>
       <c r="G31" s="3">
         <v>1.579125E-2</v>
       </c>
       <c r="H31" s="3">
         <v>8.5785120000000006E-2</v>
       </c>
       <c r="I31" s="3">
         <v>0.21701340999999999</v>
       </c>
       <c r="J31" s="3">
@@ -15900,52 +16080,58 @@
       </c>
       <c r="FS31" s="8">
         <v>660.76799617999995</v>
       </c>
       <c r="FT31" s="8">
         <v>590.27047317999995</v>
       </c>
       <c r="FU31" s="8">
         <v>608.40631991999999</v>
       </c>
       <c r="FV31" s="8">
         <v>642.19281447000003</v>
       </c>
       <c r="FW31" s="8">
         <v>713.17923958999995</v>
       </c>
       <c r="FX31" s="8">
         <v>669.44927077</v>
       </c>
       <c r="FY31" s="8">
         <v>1077.75316101</v>
       </c>
       <c r="FZ31" s="8">
         <v>1294.9727663399999</v>
       </c>
+      <c r="GA31" s="8">
+        <v>641.26708139000004</v>
+      </c>
+      <c r="GB31" s="8">
+        <v>679.73826942000005</v>
+      </c>
     </row>
-    <row r="32" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="3">
         <v>350.18752918000001</v>
       </c>
       <c r="D32" s="3">
         <v>340.04521775000001</v>
       </c>
       <c r="E32" s="3">
         <v>341.41611641999998</v>
       </c>
       <c r="F32" s="3">
         <v>334.88127599000001</v>
       </c>
       <c r="G32" s="3">
         <v>322.99180239999998</v>
       </c>
       <c r="H32" s="3">
         <v>335.17091096000001</v>
       </c>
       <c r="I32" s="3">
         <v>330.20307803999998</v>
       </c>
       <c r="J32" s="3">
@@ -16445,52 +16631,58 @@
       </c>
       <c r="FS32" s="8">
         <v>5517.9239961599997</v>
       </c>
       <c r="FT32" s="8">
         <v>6763.2814661000002</v>
       </c>
       <c r="FU32" s="8">
         <v>6982.62948564</v>
       </c>
       <c r="FV32" s="8">
         <v>6635.8398692199999</v>
       </c>
       <c r="FW32" s="8">
         <v>5567.6027686500001</v>
       </c>
       <c r="FX32" s="8">
         <v>4582.6400516200001</v>
       </c>
       <c r="FY32" s="8">
         <v>6249.1193418700004</v>
       </c>
       <c r="FZ32" s="8">
         <v>7487.3984460399997</v>
       </c>
+      <c r="GA32" s="8">
+        <v>6745.9293383499999</v>
+      </c>
+      <c r="GB32" s="8">
+        <v>8765.3826892899997</v>
+      </c>
     </row>
-    <row r="33" spans="1:182" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:189" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B33" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="I33" s="8" t="s">
         <v>2</v>
       </c>
       <c r="J33" s="8" t="s">
@@ -16990,52 +17182,58 @@
       </c>
       <c r="FS33" s="8">
         <v>3154.9564009699998</v>
       </c>
       <c r="FT33" s="8">
         <v>4190.7962363699999</v>
       </c>
       <c r="FU33" s="8">
         <v>4832.3022395099997</v>
       </c>
       <c r="FV33" s="8">
         <v>4657.3632754500004</v>
       </c>
       <c r="FW33" s="8">
         <v>3221.2708947900001</v>
       </c>
       <c r="FX33" s="8">
         <v>2228.7005460199998</v>
       </c>
       <c r="FY33" s="8">
         <v>3606.04940154</v>
       </c>
       <c r="FZ33" s="8">
         <v>5127.5448150700004</v>
       </c>
+      <c r="GA33" s="8">
+        <v>4588.2416351700003</v>
+      </c>
+      <c r="GB33" s="8">
+        <v>6601.0498819100003</v>
+      </c>
     </row>
-    <row r="34" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J34" s="3" t="s">
@@ -17535,52 +17733,58 @@
       </c>
       <c r="FS34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FT34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FU34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FV34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FW34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FX34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FY34" s="8" t="s">
         <v>2</v>
       </c>
       <c r="FZ34" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="GA34" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="GB34" s="8" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="35" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="3">
         <v>1388.32043701</v>
       </c>
       <c r="D35" s="3">
         <v>1338.89118502</v>
       </c>
       <c r="E35" s="3">
         <v>1342.4297521999999</v>
       </c>
       <c r="F35" s="3">
         <v>1262.50696423</v>
       </c>
       <c r="G35" s="3">
         <v>1143.3346188400001</v>
       </c>
       <c r="H35" s="3">
         <v>1329.75781353</v>
       </c>
       <c r="I35" s="3">
         <v>1248.5639543899999</v>
       </c>
       <c r="J35" s="3">
@@ -18080,52 +18284,60 @@
       </c>
       <c r="FS35" s="8">
         <v>1749.3474421799999</v>
       </c>
       <c r="FT35" s="8">
         <v>1712.6813195100001</v>
       </c>
       <c r="FU35" s="8">
         <v>1769.0133767</v>
       </c>
       <c r="FV35" s="8">
         <v>1744.74524946</v>
       </c>
       <c r="FW35" s="8">
         <v>1725.8426282999999</v>
       </c>
       <c r="FX35" s="8">
         <v>1780.5228899199999</v>
       </c>
       <c r="FY35" s="8">
         <v>1756.0880055800001</v>
       </c>
       <c r="FZ35" s="8">
         <v>1734.67355679</v>
       </c>
+      <c r="GA35" s="8">
+        <v>1703.47393521</v>
+      </c>
+      <c r="GB35" s="8">
+        <v>1685.90146506</v>
+      </c>
+      <c r="GD35" s="17"/>
+      <c r="GE35" s="17"/>
     </row>
-    <row r="36" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="3">
         <v>11.451715050000001</v>
       </c>
       <c r="D36" s="3">
         <v>9.6642380600000006</v>
       </c>
       <c r="E36" s="3">
         <v>9.5495578400000003</v>
       </c>
       <c r="F36" s="3">
         <v>8.9769103700000006</v>
       </c>
       <c r="G36" s="3">
         <v>8.5376321700000002</v>
       </c>
       <c r="H36" s="3">
         <v>9.1041474999999998</v>
       </c>
       <c r="I36" s="3">
         <v>8.4159502699999997</v>
       </c>
       <c r="J36" s="3">
@@ -18625,52 +18837,58 @@
       </c>
       <c r="FS36" s="8">
         <v>380.02968398000002</v>
       </c>
       <c r="FT36" s="8">
         <v>396.75643881000002</v>
       </c>
       <c r="FU36" s="8">
         <v>388.43635316000001</v>
       </c>
       <c r="FV36" s="8">
         <v>382.12346592</v>
       </c>
       <c r="FW36" s="8">
         <v>382.43228011999997</v>
       </c>
       <c r="FX36" s="8">
         <v>378.89007164999998</v>
       </c>
       <c r="FY36" s="8">
         <v>709.44300745999999</v>
       </c>
       <c r="FZ36" s="8">
         <v>382.20952998000001</v>
       </c>
+      <c r="GA36" s="8">
+        <v>1153.66134588</v>
+      </c>
+      <c r="GB36" s="8">
+        <v>833.25153025999998</v>
+      </c>
     </row>
-    <row r="37" spans="1:182" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:189" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="15"/>
       <c r="B37" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="11">
         <v>10567.97121378</v>
       </c>
       <c r="D37" s="11">
         <v>10397.516186909999</v>
       </c>
       <c r="E37" s="11">
         <v>10416.030587220001</v>
       </c>
       <c r="F37" s="11">
         <v>11311.911797999999</v>
       </c>
       <c r="G37" s="11">
         <v>11185.13883847</v>
       </c>
       <c r="H37" s="11">
         <v>11359.65335538</v>
       </c>
       <c r="I37" s="11">
         <v>11299.52872622</v>
       </c>
@@ -19171,722 +19389,746 @@
       </c>
       <c r="FS37" s="12">
         <v>34592.441820610002</v>
       </c>
       <c r="FT37" s="12">
         <v>34773.679314350004</v>
       </c>
       <c r="FU37" s="12">
         <v>34985.390642500002</v>
       </c>
       <c r="FV37" s="12">
         <v>35144.265955820003</v>
       </c>
       <c r="FW37" s="12">
         <v>35616.829119939997</v>
       </c>
       <c r="FX37" s="12">
         <v>36716.537877130002</v>
       </c>
       <c r="FY37" s="12">
         <v>37303.874312280001</v>
       </c>
       <c r="FZ37" s="12">
         <v>37039.234305819999</v>
       </c>
+      <c r="GA37" s="12">
+        <v>37672.495846309997</v>
+      </c>
+      <c r="GB37" s="12">
+        <v>37472.13137512</v>
+      </c>
+      <c r="GD37" s="1"/>
+      <c r="GE37" s="1"/>
+      <c r="GG37" s="1"/>
     </row>
-    <row r="38" spans="1:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="18"/>
     </row>
-    <row r="39" spans="1:182" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:189" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="22" t="s">
         <v>27</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="23"/>
       <c r="I39" s="23"/>
       <c r="J39" s="23"/>
       <c r="K39" s="23"/>
       <c r="L39" s="23"/>
       <c r="M39" s="23"/>
       <c r="N39" s="23"/>
     </row>
+    <row r="40" spans="1:189" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="24" t="s">
+        <v>36</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B39:N39"/>
   </mergeCells>
   <conditionalFormatting sqref="ER8:EX19 C20:EX22 EY8:FB22 FC12:FH21 FC22:FG22 FM12:FM22">
-    <cfRule type="cellIs" dxfId="129" priority="265" operator="equal">
+    <cfRule type="cellIs" dxfId="131" priority="277" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:E8">
-    <cfRule type="cellIs" dxfId="128" priority="263" operator="equal">
+    <cfRule type="cellIs" dxfId="130" priority="275" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10:E12 D15:E15 D18:E19 D35:E37 D24:E24 D26:E32">
-    <cfRule type="cellIs" dxfId="127" priority="262" operator="equal">
+    <cfRule type="cellIs" dxfId="129" priority="274" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D9:E9">
-    <cfRule type="cellIs" dxfId="126" priority="261" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="273" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D13:E13">
-    <cfRule type="cellIs" dxfId="125" priority="260" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="272" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14:E14">
-    <cfRule type="cellIs" dxfId="124" priority="259" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="271" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16:E17">
-    <cfRule type="cellIs" dxfId="123" priority="257" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="269" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F8:DM8">
-    <cfRule type="cellIs" dxfId="122" priority="254" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="266" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25:E25">
-    <cfRule type="cellIs" dxfId="121" priority="255" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="267" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10:DM12 F15:DM15 F18:DM19 F35:DM37 F24:DM24 F26:DM27 F29:DM32 F28:AE28">
-    <cfRule type="cellIs" dxfId="120" priority="253" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="265" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:DM9">
-    <cfRule type="cellIs" dxfId="119" priority="252" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="264" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:DM13">
-    <cfRule type="cellIs" dxfId="118" priority="251" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="263" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:DM14">
-    <cfRule type="cellIs" dxfId="117" priority="250" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="262" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:DM17">
-    <cfRule type="cellIs" dxfId="116" priority="249" operator="equal">
+    <cfRule type="cellIs" dxfId="118" priority="261" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN8:EQ8">
-    <cfRule type="cellIs" dxfId="115" priority="246" operator="equal">
+    <cfRule type="cellIs" dxfId="117" priority="258" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F25:DM25">
-    <cfRule type="cellIs" dxfId="114" priority="247" operator="equal">
+    <cfRule type="cellIs" dxfId="116" priority="259" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN10:EQ12 DN15:EQ15 DN18:EQ19 DN35:EQ37 DN24:EQ24 DN26:EQ27 DN29:EQ32">
-    <cfRule type="cellIs" dxfId="113" priority="245" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="257" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN9:EQ9">
-    <cfRule type="cellIs" dxfId="112" priority="244" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="256" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN13:EQ13">
-    <cfRule type="cellIs" dxfId="111" priority="243" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="255" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN14:EQ14">
-    <cfRule type="cellIs" dxfId="110" priority="242" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="254" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN16:EQ17">
-    <cfRule type="cellIs" dxfId="109" priority="241" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="253" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN25:EQ25">
-    <cfRule type="cellIs" dxfId="108" priority="239" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="251" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF28:EQ28">
-    <cfRule type="cellIs" dxfId="107" priority="236" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="248" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34:EQ34">
-    <cfRule type="cellIs" dxfId="106" priority="237" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="249" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER24:ER32 ER34:ER37">
-    <cfRule type="cellIs" dxfId="105" priority="213" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="225" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ES24:ES32 ES34:ES37">
-    <cfRule type="cellIs" dxfId="104" priority="212" operator="equal">
+    <cfRule type="cellIs" dxfId="106" priority="224" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET24:EX32 ET34:EX37">
-    <cfRule type="cellIs" dxfId="103" priority="197" operator="equal">
+    <cfRule type="cellIs" dxfId="105" priority="209" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8">
-    <cfRule type="cellIs" dxfId="102" priority="191" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="203" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C12 C15 C18:C19 C35:C37 C24 C26:C32">
-    <cfRule type="cellIs" dxfId="101" priority="190" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="202" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="100" priority="189" operator="equal">
+    <cfRule type="cellIs" dxfId="102" priority="201" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13">
-    <cfRule type="cellIs" dxfId="99" priority="188" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="200" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14">
-    <cfRule type="cellIs" dxfId="98" priority="187" operator="equal">
+    <cfRule type="cellIs" dxfId="100" priority="199" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:C17">
-    <cfRule type="cellIs" dxfId="97" priority="186" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="198" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
-    <cfRule type="cellIs" dxfId="96" priority="184" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="196" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
-    <cfRule type="cellIs" dxfId="95" priority="183" operator="equal">
+    <cfRule type="cellIs" dxfId="97" priority="195" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY24:EY32 EY34:EY37">
-    <cfRule type="cellIs" dxfId="94" priority="181" operator="equal">
+    <cfRule type="cellIs" dxfId="96" priority="193" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ24:EZ32 EZ34:EZ37">
-    <cfRule type="cellIs" dxfId="93" priority="179" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="191" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FA24:FA32 FA34:FA37">
-    <cfRule type="cellIs" dxfId="92" priority="178" operator="equal">
+    <cfRule type="cellIs" dxfId="94" priority="190" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FB24:FB32 FB34:FB37">
-    <cfRule type="cellIs" dxfId="91" priority="177" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="189" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC24:FC32 FC8 FC10 FC35:FC37">
-    <cfRule type="cellIs" dxfId="90" priority="172" operator="equal">
+    <cfRule type="cellIs" dxfId="92" priority="184" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC9">
-    <cfRule type="cellIs" dxfId="89" priority="171" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="183" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC11">
-    <cfRule type="cellIs" dxfId="88" priority="170" operator="equal">
+    <cfRule type="cellIs" dxfId="90" priority="182" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC34">
-    <cfRule type="cellIs" dxfId="87" priority="169" operator="equal">
+    <cfRule type="cellIs" dxfId="89" priority="181" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD24:FD32 FD8 FD10 FD35:FD37">
-    <cfRule type="cellIs" dxfId="86" priority="168" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="180" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD9">
-    <cfRule type="cellIs" dxfId="85" priority="164" operator="equal">
+    <cfRule type="cellIs" dxfId="87" priority="176" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD11">
-    <cfRule type="cellIs" dxfId="84" priority="163" operator="equal">
+    <cfRule type="cellIs" dxfId="86" priority="175" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD34">
-    <cfRule type="cellIs" dxfId="83" priority="162" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="174" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE24:FE32 FE8 FE10 FE35:FE37">
-    <cfRule type="cellIs" dxfId="82" priority="150" operator="equal">
+    <cfRule type="cellIs" dxfId="84" priority="162" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE9">
-    <cfRule type="cellIs" dxfId="81" priority="149" operator="equal">
+    <cfRule type="cellIs" dxfId="83" priority="161" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE11">
-    <cfRule type="cellIs" dxfId="80" priority="148" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="160" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE34">
-    <cfRule type="cellIs" dxfId="79" priority="147" operator="equal">
+    <cfRule type="cellIs" dxfId="81" priority="159" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF24:FF32 FF8 FF10 FF35:FF37">
-    <cfRule type="cellIs" dxfId="78" priority="146" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="158" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF9">
-    <cfRule type="cellIs" dxfId="77" priority="142" operator="equal">
+    <cfRule type="cellIs" dxfId="79" priority="154" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF11">
-    <cfRule type="cellIs" dxfId="76" priority="141" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="153" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF34">
-    <cfRule type="cellIs" dxfId="75" priority="140" operator="equal">
+    <cfRule type="cellIs" dxfId="77" priority="152" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG24:FG32 FG8 FG10 FG35:FG37">
-    <cfRule type="cellIs" dxfId="74" priority="139" operator="equal">
+    <cfRule type="cellIs" dxfId="76" priority="151" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG9">
-    <cfRule type="cellIs" dxfId="73" priority="135" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="147" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG11">
-    <cfRule type="cellIs" dxfId="72" priority="134" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="146" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG34">
-    <cfRule type="cellIs" dxfId="71" priority="133" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="145" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH24:FH32 FH8 FH10 FH35:FH37 FI26:FJ26 FI37:FJ37">
-    <cfRule type="cellIs" dxfId="70" priority="132" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="144" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FI9">
-    <cfRule type="cellIs" dxfId="69" priority="131" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="143" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH11:FI11">
-    <cfRule type="cellIs" dxfId="68" priority="130" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="142" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH34:FI34">
-    <cfRule type="cellIs" dxfId="67" priority="129" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="141" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI12:FI21">
-    <cfRule type="cellIs" dxfId="66" priority="128" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="140" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI24:FI25 FI10 FI35:FI36 FI27:FI32 FI8:FJ8">
-    <cfRule type="cellIs" dxfId="65" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="139" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ12:FJ21">
-    <cfRule type="cellIs" dxfId="64" priority="120" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="132" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ24:FJ25 FJ10 FJ35:FJ36 FJ27:FJ32">
-    <cfRule type="cellIs" dxfId="63" priority="119" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="131" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ9:FK9">
-    <cfRule type="cellIs" dxfId="62" priority="118" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="130" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ11:FK11">
-    <cfRule type="cellIs" dxfId="61" priority="117" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="129" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ34:FK34">
-    <cfRule type="cellIs" dxfId="60" priority="116" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="128" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK12:FK22">
-    <cfRule type="cellIs" dxfId="59" priority="115" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK24:FK32 FK8 FK10 FK35:FK37">
-    <cfRule type="cellIs" dxfId="58" priority="114" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="126" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH22:FJ22">
-    <cfRule type="cellIs" dxfId="57" priority="110" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="122" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL9">
-    <cfRule type="cellIs" dxfId="56" priority="104" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL11">
-    <cfRule type="cellIs" dxfId="55" priority="103" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL34">
-    <cfRule type="cellIs" dxfId="54" priority="102" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL12:FL22">
-    <cfRule type="cellIs" dxfId="53" priority="101" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL24:FL32 FL8 FL10 FL35:FL37">
-    <cfRule type="cellIs" dxfId="52" priority="100" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM24:FM32 FM8 FM10 FM35:FM37">
-    <cfRule type="cellIs" dxfId="51" priority="98" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM9">
-    <cfRule type="cellIs" dxfId="50" priority="97" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="109" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM11">
-    <cfRule type="cellIs" dxfId="49" priority="96" operator="equal">
+    <cfRule type="cellIs" dxfId="51" priority="108" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM34">
-    <cfRule type="cellIs" dxfId="48" priority="95" operator="equal">
+    <cfRule type="cellIs" dxfId="50" priority="107" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN12:FN22">
-    <cfRule type="cellIs" dxfId="47" priority="94" operator="equal">
+    <cfRule type="cellIs" dxfId="49" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN24:FN32 FN8 FN10 FN35:FN37">
-    <cfRule type="cellIs" dxfId="46" priority="93" operator="equal">
+    <cfRule type="cellIs" dxfId="48" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN9">
-    <cfRule type="cellIs" dxfId="45" priority="92" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN11">
-    <cfRule type="cellIs" dxfId="44" priority="91" operator="equal">
+    <cfRule type="cellIs" dxfId="46" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN34">
-    <cfRule type="cellIs" dxfId="43" priority="90" operator="equal">
+    <cfRule type="cellIs" dxfId="45" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO12:FO22">
-    <cfRule type="cellIs" dxfId="42" priority="89" operator="equal">
+    <cfRule type="cellIs" dxfId="44" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
-    <cfRule type="cellIs" dxfId="41" priority="88" operator="equal">
+    <cfRule type="cellIs" dxfId="43" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO9">
-    <cfRule type="cellIs" dxfId="40" priority="84" operator="equal">
+    <cfRule type="cellIs" dxfId="42" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO11:FR11">
-    <cfRule type="cellIs" dxfId="39" priority="83" operator="equal">
+    <cfRule type="cellIs" dxfId="41" priority="95" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO34:FQ34">
-    <cfRule type="cellIs" dxfId="38" priority="82" operator="equal">
+    <cfRule type="cellIs" dxfId="40" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP12:FP22">
-    <cfRule type="cellIs" dxfId="37" priority="81" operator="equal">
+    <cfRule type="cellIs" dxfId="39" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
-    <cfRule type="cellIs" dxfId="36" priority="80" operator="equal">
+    <cfRule type="cellIs" dxfId="38" priority="92" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP9:FR9">
-    <cfRule type="cellIs" dxfId="35" priority="76" operator="equal">
+    <cfRule type="cellIs" dxfId="37" priority="88" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FQ12:FQ22">
-    <cfRule type="cellIs" dxfId="34" priority="73" operator="equal">
+    <cfRule type="cellIs" dxfId="36" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
-    <cfRule type="cellIs" dxfId="33" priority="72" operator="equal">
+    <cfRule type="cellIs" dxfId="35" priority="84" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FR12 FR14:FR22">
-    <cfRule type="cellIs" dxfId="32" priority="67" operator="equal">
+    <cfRule type="cellIs" dxfId="34" priority="79" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FR24:FR33 FR8 FR10 FR35:FR37">
-    <cfRule type="cellIs" dxfId="31" priority="66" operator="equal">
+    <cfRule type="cellIs" dxfId="33" priority="78" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FR13">
-    <cfRule type="cellIs" dxfId="30" priority="65" operator="equal">
+    <cfRule type="cellIs" dxfId="32" priority="77" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FR34">
-    <cfRule type="cellIs" dxfId="29" priority="64" operator="equal">
+    <cfRule type="cellIs" dxfId="31" priority="76" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C33:FQ33">
-    <cfRule type="cellIs" dxfId="28" priority="63" operator="equal">
+    <cfRule type="cellIs" dxfId="30" priority="75" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS11:FV11">
-    <cfRule type="cellIs" dxfId="27" priority="56" operator="equal">
+    <cfRule type="cellIs" dxfId="29" priority="68" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS9:FV9">
-    <cfRule type="cellIs" dxfId="26" priority="55" operator="equal">
+    <cfRule type="cellIs" dxfId="28" priority="67" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS12 FS14:FS22">
-    <cfRule type="cellIs" dxfId="25" priority="54" operator="equal">
+    <cfRule type="cellIs" dxfId="27" priority="66" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS24:FS33 FS8 FS10 FS35:FS37">
-    <cfRule type="cellIs" dxfId="24" priority="53" operator="equal">
+    <cfRule type="cellIs" dxfId="26" priority="65" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS13:FV13">
-    <cfRule type="cellIs" dxfId="23" priority="52" operator="equal">
+    <cfRule type="cellIs" dxfId="25" priority="64" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS34:FV34">
-    <cfRule type="cellIs" dxfId="22" priority="51" operator="equal">
+    <cfRule type="cellIs" dxfId="24" priority="63" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FT12 FT14:FT22">
-    <cfRule type="cellIs" dxfId="21" priority="48" operator="equal">
+    <cfRule type="cellIs" dxfId="23" priority="60" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FT24:FT33 FT8 FT10 FT35:FT37">
-    <cfRule type="cellIs" dxfId="20" priority="47" operator="equal">
+    <cfRule type="cellIs" dxfId="22" priority="59" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FU12 FU14:FU22">
-    <cfRule type="cellIs" dxfId="19" priority="40" operator="equal">
+    <cfRule type="cellIs" dxfId="21" priority="52" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FU24:FU33 FU8 FU10 FU35:FU37">
-    <cfRule type="cellIs" dxfId="18" priority="39" operator="equal">
+    <cfRule type="cellIs" dxfId="20" priority="51" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FV12 FV14:FV22">
-    <cfRule type="cellIs" dxfId="17" priority="34" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FV24:FV33 FV8 FV10 FV35:FV37">
-    <cfRule type="cellIs" dxfId="16" priority="33" operator="equal">
+    <cfRule type="cellIs" dxfId="18" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW12 FW14:FW22">
-    <cfRule type="cellIs" dxfId="15" priority="28" operator="equal">
+    <cfRule type="cellIs" dxfId="17" priority="40" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW24:FW33 FW8 FW10 FW35:FW37">
-    <cfRule type="cellIs" dxfId="14" priority="27" operator="equal">
+    <cfRule type="cellIs" dxfId="16" priority="39" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW9:FY9">
-    <cfRule type="cellIs" dxfId="13" priority="26" operator="equal">
+    <cfRule type="cellIs" dxfId="15" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW11:FY11">
-    <cfRule type="cellIs" dxfId="12" priority="25" operator="equal">
+    <cfRule type="cellIs" dxfId="14" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW13:FY13">
-    <cfRule type="cellIs" dxfId="11" priority="24" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FW34:FY34">
-    <cfRule type="cellIs" dxfId="10" priority="23" operator="equal">
+    <cfRule type="cellIs" dxfId="12" priority="35" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FX12 FX14:FX22">
-    <cfRule type="cellIs" dxfId="9" priority="22" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FX24:FX33 FX8 FX10 FX35:FX37">
-    <cfRule type="cellIs" dxfId="8" priority="21" operator="equal">
+    <cfRule type="cellIs" dxfId="10" priority="33" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FY12 FY14:FY22">
-    <cfRule type="cellIs" dxfId="7" priority="12" operator="equal">
+    <cfRule type="cellIs" dxfId="9" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FY24:FY33 FY8 FY10 FY35:FY37">
-    <cfRule type="cellIs" dxfId="6" priority="11" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FZ12 FZ14:FZ22">
-    <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="18" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FZ24:FZ33 FZ8 FZ10 FZ35:FZ37">
-    <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="17" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ9">
-    <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
+  <conditionalFormatting sqref="FZ9:GB9">
+    <cfRule type="cellIs" dxfId="5" priority="16" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ11">
-    <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
+  <conditionalFormatting sqref="FZ11:GB11">
+    <cfRule type="cellIs" dxfId="4" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ13">
-    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
+  <conditionalFormatting sqref="FZ13:GB13">
+    <cfRule type="cellIs" dxfId="3" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ34">
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+  <conditionalFormatting sqref="FZ34:GB34">
+    <cfRule type="cellIs" dxfId="2" priority="13" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="GA12:GB12 GA14:GB22">
+    <cfRule type="cellIs" dxfId="1" priority="6" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="GA24:GB33 GA8:GB8 GA10:GB10 GA35:GB37">
+    <cfRule type="cellIs" dxfId="0" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">