--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D939BEBF-96C9-4C86-AF26-485B4F63D658}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F41CFBA-3218-424F-ABAE-0D750E3B6954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -757,80 +757,80 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AN63"/>
+  <dimension ref="B1:AO63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="41" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="64.7109375" style="1" customWidth="1"/>
+    <col min="3" max="41" width="14.7109375" style="1" customWidth="1"/>
+    <col min="42" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
     </row>
-    <row r="4" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
     </row>
-    <row r="6" spans="2:40" s="40" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:41" s="40" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="6"/>
       <c r="C6" s="41" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="42" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="41" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="41" t="s">
         <v>42</v>
       </c>
       <c r="H6" s="41" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="41" t="s">
         <v>45</v>
       </c>
@@ -902,57 +902,60 @@
       </c>
       <c r="AG6" s="41" t="s">
         <v>66</v>
       </c>
       <c r="AH6" s="41" t="s">
         <v>67</v>
       </c>
       <c r="AI6" s="41" t="s">
         <v>68</v>
       </c>
       <c r="AJ6" s="41" t="s">
         <v>69</v>
       </c>
       <c r="AK6" s="41" t="s">
         <v>71</v>
       </c>
       <c r="AL6" s="41" t="s">
         <v>70</v>
       </c>
       <c r="AM6" s="41" t="s">
         <v>72</v>
       </c>
       <c r="AN6" s="41" t="s">
         <v>73</v>
       </c>
-    </row>
-    <row r="8" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO6" s="41">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="1">
         <v>27</v>
       </c>
       <c r="D9" s="1">
         <v>26</v>
       </c>
       <c r="E9" s="1">
         <v>25</v>
       </c>
       <c r="F9" s="1">
         <v>25</v>
       </c>
       <c r="G9" s="1">
         <v>25</v>
       </c>
       <c r="H9" s="1">
         <v>25</v>
       </c>
       <c r="I9" s="1">
         <v>24</v>
       </c>
       <c r="J9" s="1">
@@ -1026,52 +1029,55 @@
       </c>
       <c r="AG9" s="20">
         <v>19</v>
       </c>
       <c r="AH9" s="20">
         <v>19</v>
       </c>
       <c r="AI9" s="20">
         <v>19</v>
       </c>
       <c r="AJ9" s="20">
         <v>19</v>
       </c>
       <c r="AK9" s="20">
         <v>19</v>
       </c>
       <c r="AL9" s="20">
         <v>19</v>
       </c>
       <c r="AM9" s="20">
         <v>19</v>
       </c>
       <c r="AN9" s="20">
         <v>19</v>
       </c>
-    </row>
-    <row r="10" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO9" s="20">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="9">
         <v>1</v>
       </c>
       <c r="D10" s="9">
         <v>1</v>
       </c>
       <c r="E10" s="9">
         <v>1</v>
       </c>
       <c r="F10" s="9">
         <v>1</v>
       </c>
       <c r="G10" s="9">
         <v>1</v>
       </c>
       <c r="H10" s="9">
         <v>1</v>
       </c>
       <c r="I10" s="9">
         <v>1</v>
       </c>
       <c r="J10" s="9">
@@ -1145,52 +1151,55 @@
       </c>
       <c r="AG10" s="9">
         <v>0</v>
       </c>
       <c r="AH10" s="9">
         <v>0</v>
       </c>
       <c r="AI10" s="9">
         <v>0</v>
       </c>
       <c r="AJ10" s="9">
         <v>0</v>
       </c>
       <c r="AK10" s="9">
         <v>0</v>
       </c>
       <c r="AL10" s="9">
         <v>0</v>
       </c>
       <c r="AM10" s="9">
         <v>0</v>
       </c>
       <c r="AN10" s="9">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO10" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B11" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="11">
         <v>5</v>
       </c>
       <c r="D11" s="11">
         <v>5</v>
       </c>
       <c r="E11" s="11">
         <v>5</v>
       </c>
       <c r="F11" s="11">
         <v>5</v>
       </c>
       <c r="G11" s="11">
         <v>5</v>
       </c>
       <c r="H11" s="11">
         <v>5</v>
       </c>
       <c r="I11" s="11">
         <v>5</v>
       </c>
       <c r="J11" s="11">
@@ -1264,52 +1273,55 @@
       </c>
       <c r="AG11" s="43">
         <v>1</v>
       </c>
       <c r="AH11" s="43">
         <v>1</v>
       </c>
       <c r="AI11" s="43">
         <v>1</v>
       </c>
       <c r="AJ11" s="43">
         <v>1</v>
       </c>
       <c r="AK11" s="43">
         <v>1</v>
       </c>
       <c r="AL11" s="43">
         <v>1</v>
       </c>
       <c r="AM11" s="43">
         <v>1</v>
       </c>
       <c r="AN11" s="43">
         <v>1</v>
       </c>
-    </row>
-    <row r="12" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO11" s="43">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="13">
         <v>33</v>
       </c>
       <c r="D12" s="13">
         <v>32</v>
       </c>
       <c r="E12" s="13">
         <v>31</v>
       </c>
       <c r="F12" s="13">
         <v>31</v>
       </c>
       <c r="G12" s="13">
         <v>31</v>
       </c>
       <c r="H12" s="13">
         <v>31</v>
       </c>
       <c r="I12" s="13">
         <v>30</v>
       </c>
       <c r="J12" s="13">
@@ -1383,62 +1395,65 @@
       </c>
       <c r="AG12" s="21">
         <v>20</v>
       </c>
       <c r="AH12" s="21">
         <v>20</v>
       </c>
       <c r="AI12" s="21">
         <v>20</v>
       </c>
       <c r="AJ12" s="21">
         <v>20</v>
       </c>
       <c r="AK12" s="21">
         <v>20</v>
       </c>
       <c r="AL12" s="21">
         <v>20</v>
       </c>
       <c r="AM12" s="21">
         <v>20</v>
       </c>
       <c r="AN12" s="21">
         <v>20</v>
       </c>
-    </row>
-    <row r="14" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO12" s="21">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B14" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="15" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B15" s="14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B16" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="1">
         <v>10</v>
       </c>
       <c r="D16" s="1">
         <v>9</v>
       </c>
       <c r="E16" s="1">
         <v>8</v>
       </c>
       <c r="F16" s="1">
         <v>8</v>
       </c>
       <c r="G16" s="1">
         <v>8</v>
       </c>
       <c r="H16" s="1">
         <v>8</v>
       </c>
       <c r="I16" s="1">
         <v>7</v>
       </c>
       <c r="J16" s="1">
@@ -1512,52 +1527,55 @@
       </c>
       <c r="AG16" s="20">
         <v>7</v>
       </c>
       <c r="AH16" s="20">
         <v>7</v>
       </c>
       <c r="AI16" s="20">
         <v>7</v>
       </c>
       <c r="AJ16" s="20">
         <v>7</v>
       </c>
       <c r="AK16" s="20">
         <v>7</v>
       </c>
       <c r="AL16" s="20">
         <v>8</v>
       </c>
       <c r="AM16" s="20">
         <v>8</v>
       </c>
       <c r="AN16" s="20">
         <v>8</v>
       </c>
-    </row>
-    <row r="17" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO16" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B17" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="1">
         <v>3</v>
       </c>
       <c r="D17" s="1">
         <v>3</v>
       </c>
       <c r="E17" s="1">
         <v>4</v>
       </c>
       <c r="F17" s="1">
         <v>4</v>
       </c>
       <c r="G17" s="1">
         <v>4</v>
       </c>
       <c r="H17" s="1">
         <v>4</v>
       </c>
       <c r="I17" s="1">
         <v>4</v>
       </c>
       <c r="J17" s="1">
@@ -1631,52 +1649,55 @@
       </c>
       <c r="AG17" s="20">
         <v>2</v>
       </c>
       <c r="AH17" s="20">
         <v>2</v>
       </c>
       <c r="AI17" s="20">
         <v>2</v>
       </c>
       <c r="AJ17" s="20">
         <v>2</v>
       </c>
       <c r="AK17" s="20">
         <v>2</v>
       </c>
       <c r="AL17" s="20">
         <v>2</v>
       </c>
       <c r="AM17" s="20">
         <v>2</v>
       </c>
       <c r="AN17" s="20">
         <v>2</v>
       </c>
-    </row>
-    <row r="18" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO17" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="1">
         <v>20</v>
       </c>
       <c r="D18" s="1">
         <v>20</v>
       </c>
       <c r="E18" s="1">
         <v>19</v>
       </c>
       <c r="F18" s="1">
         <v>19</v>
       </c>
       <c r="G18" s="1">
         <v>19</v>
       </c>
       <c r="H18" s="1">
         <v>19</v>
       </c>
       <c r="I18" s="1">
         <v>19</v>
       </c>
       <c r="J18" s="1">
@@ -1750,52 +1771,55 @@
       </c>
       <c r="AG18" s="20">
         <v>11</v>
       </c>
       <c r="AH18" s="20">
         <v>11</v>
       </c>
       <c r="AI18" s="20">
         <v>11</v>
       </c>
       <c r="AJ18" s="20">
         <v>11</v>
       </c>
       <c r="AK18" s="20">
         <v>11</v>
       </c>
       <c r="AL18" s="20">
         <v>10</v>
       </c>
       <c r="AM18" s="20">
         <v>10</v>
       </c>
       <c r="AN18" s="20">
         <v>10</v>
       </c>
-    </row>
-    <row r="19" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO18" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B19" s="16" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="7">
         <v>33</v>
       </c>
       <c r="D19" s="7">
         <v>32</v>
       </c>
       <c r="E19" s="7">
         <v>31</v>
       </c>
       <c r="F19" s="7">
         <v>31</v>
       </c>
       <c r="G19" s="7">
         <v>31</v>
       </c>
       <c r="H19" s="7">
         <v>31</v>
       </c>
       <c r="I19" s="7">
         <v>30</v>
       </c>
       <c r="J19" s="7">
@@ -1869,57 +1893,60 @@
       </c>
       <c r="AG19" s="44">
         <v>20</v>
       </c>
       <c r="AH19" s="44">
         <v>20</v>
       </c>
       <c r="AI19" s="44">
         <v>20</v>
       </c>
       <c r="AJ19" s="44">
         <v>20</v>
       </c>
       <c r="AK19" s="44">
         <v>20</v>
       </c>
       <c r="AL19" s="44">
         <v>20</v>
       </c>
       <c r="AM19" s="44">
         <v>20</v>
       </c>
       <c r="AN19" s="44">
         <v>20</v>
       </c>
-    </row>
-    <row r="20" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO19" s="44">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B20" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="21" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="17">
         <v>4.4000000000000004</v>
       </c>
       <c r="D21" s="17">
         <v>4.33</v>
       </c>
       <c r="E21" s="17">
         <v>3.91</v>
       </c>
       <c r="F21" s="17">
         <v>3.93</v>
       </c>
       <c r="G21" s="17">
         <v>3.86</v>
       </c>
       <c r="H21" s="17">
         <v>3.86</v>
       </c>
       <c r="I21" s="17">
         <v>3.64</v>
       </c>
       <c r="J21" s="17">
@@ -1993,52 +2020,55 @@
       </c>
       <c r="AG21" s="17">
         <v>3.35</v>
       </c>
       <c r="AH21" s="17">
         <v>3.33</v>
       </c>
       <c r="AI21" s="17">
         <v>3.33</v>
       </c>
       <c r="AJ21" s="17">
         <v>3.33</v>
       </c>
       <c r="AK21" s="17">
         <v>3.34</v>
       </c>
       <c r="AL21" s="17">
         <v>3.28</v>
       </c>
       <c r="AM21" s="17">
         <v>3.58</v>
       </c>
       <c r="AN21" s="17">
         <v>3.54</v>
       </c>
-    </row>
-    <row r="22" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO21" s="17">
+        <v>3.53</v>
+      </c>
+    </row>
+    <row r="22" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B22" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="17">
         <v>5.61</v>
       </c>
       <c r="D22" s="17">
         <v>5.68</v>
       </c>
       <c r="E22" s="17">
         <v>6.25</v>
       </c>
       <c r="F22" s="17">
         <v>6.22</v>
       </c>
       <c r="G22" s="17">
         <v>6.2</v>
       </c>
       <c r="H22" s="17">
         <v>6.02</v>
       </c>
       <c r="I22" s="17">
         <v>6.11</v>
       </c>
       <c r="J22" s="17">
@@ -2112,52 +2142,55 @@
       </c>
       <c r="AG22" s="17">
         <v>9.27</v>
       </c>
       <c r="AH22" s="17">
         <v>9.0500000000000007</v>
       </c>
       <c r="AI22" s="17">
         <v>9.1300000000000008</v>
       </c>
       <c r="AJ22" s="17">
         <v>9.27</v>
       </c>
       <c r="AK22" s="17">
         <v>9.7100000000000009</v>
       </c>
       <c r="AL22" s="17">
         <v>8.94</v>
       </c>
       <c r="AM22" s="17">
         <v>8.82</v>
       </c>
       <c r="AN22" s="17">
         <v>8.86</v>
       </c>
-    </row>
-    <row r="23" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO22" s="17">
+        <v>9.69</v>
+      </c>
+    </row>
+    <row r="23" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B23" s="18" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="17">
         <v>89.98</v>
       </c>
       <c r="D23" s="17">
         <v>90</v>
       </c>
       <c r="E23" s="17">
         <v>89.84</v>
       </c>
       <c r="F23" s="17">
         <v>89.85</v>
       </c>
       <c r="G23" s="17">
         <v>89.93</v>
       </c>
       <c r="H23" s="17">
         <v>90.12</v>
       </c>
       <c r="I23" s="17">
         <v>90.25</v>
       </c>
       <c r="J23" s="17">
@@ -2231,52 +2264,55 @@
       </c>
       <c r="AG23" s="17">
         <v>87.38</v>
       </c>
       <c r="AH23" s="17">
         <v>87.61</v>
       </c>
       <c r="AI23" s="17">
         <v>87.54</v>
       </c>
       <c r="AJ23" s="17">
         <v>87.4</v>
       </c>
       <c r="AK23" s="17">
         <v>86.95</v>
       </c>
       <c r="AL23" s="17">
         <v>87.78</v>
       </c>
       <c r="AM23" s="17">
         <v>87.6</v>
       </c>
       <c r="AN23" s="17">
         <v>87.6</v>
       </c>
-    </row>
-    <row r="24" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO23" s="17">
+        <v>86.78</v>
+      </c>
+    </row>
+    <row r="24" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="33">
         <v>100</v>
       </c>
       <c r="D24" s="33">
         <v>100</v>
       </c>
       <c r="E24" s="33">
         <v>100</v>
       </c>
       <c r="F24" s="33">
         <v>100</v>
       </c>
       <c r="G24" s="33">
         <v>100</v>
       </c>
       <c r="H24" s="33">
         <v>100</v>
       </c>
       <c r="I24" s="33">
         <v>100</v>
       </c>
       <c r="J24" s="33">
@@ -2350,57 +2386,60 @@
       </c>
       <c r="AG24" s="33">
         <v>100</v>
       </c>
       <c r="AH24" s="33">
         <v>100</v>
       </c>
       <c r="AI24" s="33">
         <v>100</v>
       </c>
       <c r="AJ24" s="33">
         <v>100</v>
       </c>
       <c r="AK24" s="33">
         <v>100</v>
       </c>
       <c r="AL24" s="33">
         <v>100</v>
       </c>
       <c r="AM24" s="33">
         <v>100</v>
       </c>
       <c r="AN24" s="33">
         <v>100</v>
       </c>
-    </row>
-    <row r="26" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO24" s="33">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B26" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="27" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B27" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="20">
         <v>20464</v>
       </c>
       <c r="D27" s="20">
         <v>20385</v>
       </c>
       <c r="E27" s="20">
         <v>20038</v>
       </c>
       <c r="F27" s="20">
         <v>20032</v>
       </c>
       <c r="G27" s="20">
         <v>20173</v>
       </c>
       <c r="H27" s="20">
         <v>20109</v>
       </c>
       <c r="I27" s="20">
         <v>19917</v>
       </c>
       <c r="J27" s="20">
@@ -2474,52 +2513,55 @@
       </c>
       <c r="AG27" s="20">
         <v>18051</v>
       </c>
       <c r="AH27" s="20">
         <v>18081</v>
       </c>
       <c r="AI27" s="20">
         <v>18052</v>
       </c>
       <c r="AJ27" s="20">
         <v>17881</v>
       </c>
       <c r="AK27" s="20">
         <v>17964</v>
       </c>
       <c r="AL27" s="20">
         <v>17911</v>
       </c>
       <c r="AM27" s="20">
         <v>17879</v>
       </c>
       <c r="AN27" s="20">
         <v>17672</v>
       </c>
-    </row>
-    <row r="28" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO27" s="20">
+        <v>17746</v>
+      </c>
+    </row>
+    <row r="28" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B28" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="20">
         <v>9</v>
       </c>
       <c r="D28" s="20">
         <v>9</v>
       </c>
       <c r="E28" s="20">
         <v>9</v>
       </c>
       <c r="F28" s="20">
         <v>9</v>
       </c>
       <c r="G28" s="20">
         <v>9</v>
       </c>
       <c r="H28" s="20">
         <v>9</v>
       </c>
       <c r="I28" s="20">
         <v>9</v>
       </c>
       <c r="J28" s="20">
@@ -2593,52 +2635,55 @@
       </c>
       <c r="AG28" s="1">
         <v>0</v>
       </c>
       <c r="AH28" s="1">
         <v>0</v>
       </c>
       <c r="AI28" s="1">
         <v>0</v>
       </c>
       <c r="AJ28" s="1">
         <v>0</v>
       </c>
       <c r="AK28" s="1">
         <v>0</v>
       </c>
       <c r="AL28" s="1">
         <v>0</v>
       </c>
       <c r="AM28" s="1">
         <v>0</v>
       </c>
       <c r="AN28" s="1">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO28" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="20">
         <v>276</v>
       </c>
       <c r="D29" s="20">
         <v>279</v>
       </c>
       <c r="E29" s="20">
         <v>286</v>
       </c>
       <c r="F29" s="20">
         <v>286</v>
       </c>
       <c r="G29" s="20">
         <v>282</v>
       </c>
       <c r="H29" s="20">
         <v>276</v>
       </c>
       <c r="I29" s="20">
         <v>283</v>
       </c>
       <c r="J29" s="20">
@@ -2712,52 +2757,55 @@
       </c>
       <c r="AG29" s="20">
         <v>145</v>
       </c>
       <c r="AH29" s="20">
         <v>141</v>
       </c>
       <c r="AI29" s="20">
         <v>133</v>
       </c>
       <c r="AJ29" s="20">
         <v>119</v>
       </c>
       <c r="AK29" s="20">
         <v>130</v>
       </c>
       <c r="AL29" s="20">
         <v>137</v>
       </c>
       <c r="AM29" s="20">
         <v>145</v>
       </c>
       <c r="AN29" s="20">
         <v>148</v>
       </c>
-    </row>
-    <row r="30" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO29" s="20">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="30" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B30" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="21">
         <v>20749</v>
       </c>
       <c r="D30" s="21">
         <v>20673</v>
       </c>
       <c r="E30" s="21">
         <v>20333</v>
       </c>
       <c r="F30" s="21">
         <v>20327</v>
       </c>
       <c r="G30" s="21">
         <v>20464</v>
       </c>
       <c r="H30" s="21">
         <v>20394</v>
       </c>
       <c r="I30" s="21">
         <v>20209</v>
       </c>
       <c r="J30" s="21">
@@ -2831,57 +2879,60 @@
       </c>
       <c r="AG30" s="21">
         <v>18196</v>
       </c>
       <c r="AH30" s="21">
         <v>18222</v>
       </c>
       <c r="AI30" s="21">
         <v>18185</v>
       </c>
       <c r="AJ30" s="21">
         <v>18000</v>
       </c>
       <c r="AK30" s="21">
         <v>18094</v>
       </c>
       <c r="AL30" s="21">
         <v>18048</v>
       </c>
       <c r="AM30" s="21">
         <v>18024</v>
       </c>
       <c r="AN30" s="21">
         <v>17820</v>
       </c>
-    </row>
-    <row r="32" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO30" s="21">
+        <v>17889</v>
+      </c>
+    </row>
+    <row r="32" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B32" s="7" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="33" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B33" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="34">
         <v>1395.3399999999997</v>
       </c>
       <c r="D33" s="34">
         <v>1399.59</v>
       </c>
       <c r="E33" s="34">
         <v>1424.8799999999999</v>
       </c>
       <c r="F33" s="34">
         <v>1416.2699999999998</v>
       </c>
       <c r="G33" s="34">
         <v>1410.9</v>
       </c>
       <c r="H33" s="34">
         <v>1416.29</v>
       </c>
       <c r="I33" s="34">
         <v>1415.3100000000002</v>
       </c>
       <c r="J33" s="34">
@@ -2955,52 +3006,55 @@
       </c>
       <c r="AG33" s="34">
         <v>1648.13</v>
       </c>
       <c r="AH33" s="34">
         <v>1648.65</v>
       </c>
       <c r="AI33" s="34">
         <v>1634.78</v>
       </c>
       <c r="AJ33" s="34">
         <v>1632.568</v>
       </c>
       <c r="AK33" s="34">
         <v>1631.79</v>
       </c>
       <c r="AL33" s="34">
         <v>1652.47</v>
       </c>
       <c r="AM33" s="34">
         <v>1662.95</v>
       </c>
       <c r="AN33" s="34">
         <v>1664.26</v>
       </c>
-    </row>
-    <row r="34" spans="2:40" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO33" s="34">
+        <v>1642.81</v>
+      </c>
+    </row>
+    <row r="34" spans="2:41" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="22" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="34">
         <v>43.82</v>
       </c>
       <c r="D34" s="34">
         <v>44.02</v>
       </c>
       <c r="E34" s="34">
         <v>44.75</v>
       </c>
       <c r="F34" s="34">
         <v>44.34</v>
       </c>
       <c r="G34" s="34">
         <v>44.23</v>
       </c>
       <c r="H34" s="34">
         <v>44.35</v>
       </c>
       <c r="I34" s="34">
         <v>44.57</v>
       </c>
       <c r="J34" s="34">
@@ -3074,52 +3128,55 @@
       </c>
       <c r="AG34" s="34">
         <v>46.51</v>
       </c>
       <c r="AH34" s="34">
         <v>46.19</v>
       </c>
       <c r="AI34" s="34">
         <v>46.06</v>
       </c>
       <c r="AJ34" s="34">
         <v>45.428068162960997</v>
       </c>
       <c r="AK34" s="34">
         <v>45.34</v>
       </c>
       <c r="AL34" s="34">
         <v>45.97</v>
       </c>
       <c r="AM34" s="34">
         <v>46.4</v>
       </c>
       <c r="AN34" s="34">
         <v>46.12</v>
       </c>
-    </row>
-    <row r="35" spans="2:40" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO34" s="34">
+        <v>45.71</v>
+      </c>
+    </row>
+    <row r="35" spans="2:41" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="34">
         <v>72.61</v>
       </c>
       <c r="D35" s="34">
         <v>73.069999999999993</v>
       </c>
       <c r="E35" s="34">
         <v>73.66</v>
       </c>
       <c r="F35" s="34">
         <v>73.69</v>
       </c>
       <c r="G35" s="34">
         <v>73.180000000000007</v>
       </c>
       <c r="H35" s="34">
         <v>73.37</v>
       </c>
       <c r="I35" s="34">
         <v>73.510000000000005</v>
       </c>
       <c r="J35" s="34">
@@ -3193,52 +3250,55 @@
       </c>
       <c r="AG35" s="34">
         <v>82.58</v>
       </c>
       <c r="AH35" s="34">
         <v>82.51</v>
       </c>
       <c r="AI35" s="34">
         <v>82.4</v>
       </c>
       <c r="AJ35" s="34">
         <v>82.731526878512526</v>
       </c>
       <c r="AK35" s="34">
         <v>82.82</v>
       </c>
       <c r="AL35" s="34">
         <v>82.69</v>
       </c>
       <c r="AM35" s="34">
         <v>82.9</v>
       </c>
       <c r="AN35" s="34">
         <v>83.28</v>
       </c>
-    </row>
-    <row r="36" spans="2:40" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO35" s="34">
+        <v>82.97</v>
+      </c>
+    </row>
+    <row r="36" spans="2:41" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="24" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="35">
         <v>90.71</v>
       </c>
       <c r="D36" s="35">
         <v>90.84</v>
       </c>
       <c r="E36" s="35">
         <v>91.09</v>
       </c>
       <c r="F36" s="35">
         <v>91.26</v>
       </c>
       <c r="G36" s="35">
         <v>91.44</v>
       </c>
       <c r="H36" s="35">
         <v>91.57</v>
       </c>
       <c r="I36" s="35">
         <v>91.79</v>
       </c>
       <c r="J36" s="35">
@@ -3312,85 +3372,90 @@
       </c>
       <c r="AG36" s="35">
         <v>96.53</v>
       </c>
       <c r="AH36" s="35">
         <v>96.5</v>
       </c>
       <c r="AI36" s="35">
         <v>96.51</v>
       </c>
       <c r="AJ36" s="35">
         <v>96.572962752590627</v>
       </c>
       <c r="AK36" s="35">
         <v>96.52</v>
       </c>
       <c r="AL36" s="35">
         <v>96.59</v>
       </c>
       <c r="AM36" s="35">
         <v>96.67</v>
       </c>
       <c r="AN36" s="35">
         <v>96.73</v>
       </c>
-    </row>
-    <row r="37" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO36" s="35">
+        <v>96.69</v>
+      </c>
+    </row>
+    <row r="37" spans="2:41" x14ac:dyDescent="0.2">
       <c r="AB37" s="34"/>
       <c r="AC37" s="34"/>
       <c r="AD37" s="34"/>
       <c r="AE37" s="34"/>
       <c r="AF37" s="34"/>
       <c r="AG37" s="34"/>
       <c r="AH37" s="34"/>
       <c r="AI37" s="34"/>
       <c r="AJ37" s="34"/>
       <c r="AK37" s="34"/>
       <c r="AL37" s="34"/>
       <c r="AM37" s="34"/>
       <c r="AN37" s="34"/>
-    </row>
-    <row r="38" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO37" s="34"/>
+    </row>
+    <row r="38" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B38" s="7" t="s">
         <v>20</v>
       </c>
       <c r="AB38" s="34"/>
       <c r="AC38" s="34"/>
       <c r="AD38" s="34"/>
       <c r="AE38" s="34"/>
       <c r="AF38" s="34"/>
       <c r="AG38" s="34"/>
       <c r="AH38" s="34"/>
       <c r="AI38" s="34"/>
       <c r="AJ38" s="34"/>
       <c r="AK38" s="34"/>
       <c r="AL38" s="34"/>
       <c r="AM38" s="34"/>
       <c r="AN38" s="34"/>
-    </row>
-    <row r="39" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO38" s="34"/>
+    </row>
+    <row r="39" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B39" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C39" s="34">
         <v>1.46</v>
       </c>
       <c r="D39" s="34">
         <v>1.34</v>
       </c>
       <c r="E39" s="34">
         <v>1.23</v>
       </c>
       <c r="F39" s="34">
         <v>0.44</v>
       </c>
       <c r="G39" s="34">
         <v>0.52</v>
       </c>
       <c r="H39" s="34">
         <v>0.74</v>
       </c>
       <c r="I39" s="34">
         <v>0.85</v>
       </c>
       <c r="J39" s="34">
@@ -3464,52 +3529,55 @@
       </c>
       <c r="AG39" s="34">
         <v>1.75</v>
       </c>
       <c r="AH39" s="34">
         <v>2.12</v>
       </c>
       <c r="AI39" s="34">
         <v>2.06</v>
       </c>
       <c r="AJ39" s="34">
         <v>1.99</v>
       </c>
       <c r="AK39" s="34">
         <v>1.88</v>
       </c>
       <c r="AL39" s="34">
         <v>1.79</v>
       </c>
       <c r="AM39" s="34">
         <v>1.86</v>
       </c>
       <c r="AN39" s="34">
         <v>1.72</v>
       </c>
-    </row>
-    <row r="40" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO39" s="34">
+        <v>1.64</v>
+      </c>
+    </row>
+    <row r="40" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B40" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="34">
         <v>11.14</v>
       </c>
       <c r="D40" s="34">
         <v>10.220000000000001</v>
       </c>
       <c r="E40" s="34">
         <v>9.24</v>
       </c>
       <c r="F40" s="34">
         <v>3.08</v>
       </c>
       <c r="G40" s="34">
         <v>3.63</v>
       </c>
       <c r="H40" s="34">
         <v>5.15</v>
       </c>
       <c r="I40" s="34">
         <v>5.91</v>
       </c>
       <c r="J40" s="34">
@@ -3583,52 +3651,55 @@
       </c>
       <c r="AG40" s="34">
         <v>15.46</v>
       </c>
       <c r="AH40" s="34">
         <v>18.07</v>
       </c>
       <c r="AI40" s="34">
         <v>18.16</v>
       </c>
       <c r="AJ40" s="34">
         <v>17.559999999999999</v>
       </c>
       <c r="AK40" s="34">
         <v>16.329999999999998</v>
       </c>
       <c r="AL40" s="34">
         <v>15.43</v>
       </c>
       <c r="AM40" s="34">
         <v>16.690000000000001</v>
       </c>
       <c r="AN40" s="34">
         <v>15.51</v>
       </c>
-    </row>
-    <row r="41" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO40" s="34">
+        <v>14.6</v>
+      </c>
+    </row>
+    <row r="41" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B41" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C41" s="34">
         <v>47.48</v>
       </c>
       <c r="D41" s="34">
         <v>51.67</v>
       </c>
       <c r="E41" s="34">
         <v>51.4</v>
       </c>
       <c r="F41" s="34">
         <v>53.58</v>
       </c>
       <c r="G41" s="34">
         <v>51.05</v>
       </c>
       <c r="H41" s="34">
         <v>49.61</v>
       </c>
       <c r="I41" s="34">
         <v>48.98</v>
       </c>
       <c r="J41" s="34">
@@ -3702,52 +3773,55 @@
       </c>
       <c r="AG41" s="34">
         <v>41.02</v>
       </c>
       <c r="AH41" s="34">
         <v>39.119999999999997</v>
       </c>
       <c r="AI41" s="34">
         <v>39.46</v>
       </c>
       <c r="AJ41" s="34">
         <v>39.06</v>
       </c>
       <c r="AK41" s="34">
         <v>39.57</v>
       </c>
       <c r="AL41" s="34">
         <v>41.2</v>
       </c>
       <c r="AM41" s="34">
         <v>40.74</v>
       </c>
       <c r="AN41" s="34">
         <v>41.3</v>
       </c>
-    </row>
-    <row r="42" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO41" s="34">
+        <v>42.94</v>
+      </c>
+    </row>
+    <row r="42" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B42" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C42" s="34">
         <v>11.42</v>
       </c>
       <c r="D42" s="34">
         <v>11.08</v>
       </c>
       <c r="E42" s="34">
         <v>10.34</v>
       </c>
       <c r="F42" s="34">
         <v>11.3</v>
       </c>
       <c r="G42" s="34">
         <v>10.73</v>
       </c>
       <c r="H42" s="34">
         <v>9.86</v>
       </c>
       <c r="I42" s="34">
         <v>8.27</v>
       </c>
       <c r="J42" s="34">
@@ -3821,52 +3895,55 @@
       </c>
       <c r="AG42" s="34">
         <v>2.25</v>
       </c>
       <c r="AH42" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="AI42" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="AJ42" s="34">
         <v>2.13</v>
       </c>
       <c r="AK42" s="34">
         <v>2.0099999999999998</v>
       </c>
       <c r="AL42" s="34">
         <v>2.0099999999999998</v>
       </c>
       <c r="AM42" s="34">
         <v>1.93</v>
       </c>
       <c r="AN42" s="34">
         <v>1.81</v>
       </c>
-    </row>
-    <row r="43" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO42" s="34">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="43" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B43" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="34">
         <v>13.04</v>
       </c>
       <c r="D43" s="34">
         <v>12.78</v>
       </c>
       <c r="E43" s="34">
         <v>12.07</v>
       </c>
       <c r="F43" s="34">
         <v>12.45</v>
       </c>
       <c r="G43" s="34">
         <v>11.7</v>
       </c>
       <c r="H43" s="34">
         <v>10.74</v>
       </c>
       <c r="I43" s="34">
         <v>8.73</v>
       </c>
       <c r="J43" s="34">
@@ -3940,52 +4017,55 @@
       </c>
       <c r="AG43" s="34">
         <v>2.62</v>
       </c>
       <c r="AH43" s="34">
         <v>2.61</v>
       </c>
       <c r="AI43" s="34">
         <v>2.57</v>
       </c>
       <c r="AJ43" s="34">
         <v>2.5</v>
       </c>
       <c r="AK43" s="34">
         <v>2.37</v>
       </c>
       <c r="AL43" s="34">
         <v>2.4700000000000002</v>
       </c>
       <c r="AM43" s="34">
         <v>2.41</v>
       </c>
       <c r="AN43" s="34">
         <v>2.2799999999999998</v>
       </c>
-    </row>
-    <row r="44" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO43" s="34">
+        <v>2.2799999999999998</v>
+      </c>
+    </row>
+    <row r="44" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="34">
         <v>60.24</v>
       </c>
       <c r="D44" s="34">
         <v>62</v>
       </c>
       <c r="E44" s="34">
         <v>63.62</v>
       </c>
       <c r="F44" s="34">
         <v>63.82</v>
       </c>
       <c r="G44" s="34">
         <v>61.06</v>
       </c>
       <c r="H44" s="34">
         <v>61.92</v>
       </c>
       <c r="I44" s="34">
         <v>61.64</v>
       </c>
       <c r="J44" s="34">
@@ -4059,52 +4139,55 @@
       </c>
       <c r="AG44" s="34">
         <v>69.040000000000006</v>
       </c>
       <c r="AH44" s="34">
         <v>69.41</v>
       </c>
       <c r="AI44" s="34">
         <v>68.760000000000005</v>
       </c>
       <c r="AJ44" s="34">
         <v>67.989999999999995</v>
       </c>
       <c r="AK44" s="34">
         <v>66.36</v>
       </c>
       <c r="AL44" s="34">
         <v>65.930000000000007</v>
       </c>
       <c r="AM44" s="34">
         <v>64.98</v>
       </c>
       <c r="AN44" s="34">
         <v>66.319999999999993</v>
       </c>
-    </row>
-    <row r="45" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO44" s="34">
+        <v>65.37</v>
+      </c>
+    </row>
+    <row r="45" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B45" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C45" s="34">
         <v>21.78</v>
       </c>
       <c r="D45" s="34">
         <v>21.58</v>
       </c>
       <c r="E45" s="34">
         <v>22.97</v>
       </c>
       <c r="F45" s="34">
         <v>23.15</v>
       </c>
       <c r="G45" s="34">
         <v>23.25</v>
       </c>
       <c r="H45" s="34">
         <v>22.7</v>
       </c>
       <c r="I45" s="34">
         <v>23.8</v>
       </c>
       <c r="J45" s="34">
@@ -4178,52 +4261,55 @@
       </c>
       <c r="AG45" s="34">
         <v>23.94</v>
       </c>
       <c r="AH45" s="34">
         <v>23.31</v>
       </c>
       <c r="AI45" s="34">
         <v>22.87</v>
       </c>
       <c r="AJ45" s="34">
         <v>22.96</v>
       </c>
       <c r="AK45" s="34">
         <v>23.95</v>
       </c>
       <c r="AL45" s="34">
         <v>24.18</v>
       </c>
       <c r="AM45" s="34">
         <v>23.15</v>
       </c>
       <c r="AN45" s="34">
         <v>23.09</v>
       </c>
-    </row>
-    <row r="46" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO45" s="34">
+        <v>22.67</v>
+      </c>
+    </row>
+    <row r="46" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B46" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C46" s="34">
         <v>20.03</v>
       </c>
       <c r="D46" s="34">
         <v>19.93</v>
       </c>
       <c r="E46" s="34">
         <v>21.34</v>
       </c>
       <c r="F46" s="34">
         <v>21.6</v>
       </c>
       <c r="G46" s="34">
         <v>21.78</v>
       </c>
       <c r="H46" s="34">
         <v>21.33</v>
       </c>
       <c r="I46" s="34">
         <v>22.37</v>
       </c>
       <c r="J46" s="34">
@@ -4297,52 +4383,55 @@
       </c>
       <c r="AG46" s="34">
         <v>23.34</v>
       </c>
       <c r="AH46" s="34">
         <v>22.73</v>
       </c>
       <c r="AI46" s="34">
         <v>22.16</v>
       </c>
       <c r="AJ46" s="34">
         <v>22.25</v>
       </c>
       <c r="AK46" s="34">
         <v>22.46</v>
       </c>
       <c r="AL46" s="34">
         <v>22.67</v>
       </c>
       <c r="AM46" s="34">
         <v>21.69</v>
       </c>
       <c r="AN46" s="34">
         <v>21.57</v>
       </c>
-    </row>
-    <row r="47" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO46" s="34">
+        <v>21.04</v>
+      </c>
+    </row>
+    <row r="47" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B47" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C47" s="34">
         <v>20.03</v>
       </c>
       <c r="D47" s="34">
         <v>19.93</v>
       </c>
       <c r="E47" s="34">
         <v>21.34</v>
       </c>
       <c r="F47" s="34">
         <v>21.6</v>
       </c>
       <c r="G47" s="34">
         <v>21.78</v>
       </c>
       <c r="H47" s="34">
         <v>21.33</v>
       </c>
       <c r="I47" s="34">
         <v>22.37</v>
       </c>
       <c r="J47" s="34">
@@ -4416,52 +4505,55 @@
       </c>
       <c r="AG47" s="34">
         <v>23.1</v>
       </c>
       <c r="AH47" s="34">
         <v>22.5</v>
       </c>
       <c r="AI47" s="34">
         <v>21.94</v>
       </c>
       <c r="AJ47" s="34">
         <v>22.02</v>
       </c>
       <c r="AK47" s="34">
         <v>22.25</v>
       </c>
       <c r="AL47" s="34">
         <v>22.06</v>
       </c>
       <c r="AM47" s="34">
         <v>21.09</v>
       </c>
       <c r="AN47" s="34">
         <v>20.97</v>
       </c>
-    </row>
-    <row r="48" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO47" s="34">
+        <v>20.47</v>
+      </c>
+    </row>
+    <row r="48" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B48" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="36" t="s">
         <v>37</v>
       </c>
       <c r="D48" s="37">
         <v>11.46</v>
       </c>
       <c r="E48" s="37">
         <v>12</v>
       </c>
       <c r="F48" s="37">
         <v>12.35</v>
       </c>
       <c r="G48" s="37">
         <v>12.46</v>
       </c>
       <c r="H48" s="37">
         <v>12.18</v>
       </c>
       <c r="I48" s="37">
         <v>12.44</v>
       </c>
       <c r="J48" s="37">
@@ -4535,52 +4627,55 @@
       </c>
       <c r="AG48" s="37">
         <v>9.31</v>
       </c>
       <c r="AH48" s="37">
         <v>9.51</v>
       </c>
       <c r="AI48" s="37">
         <v>9.43</v>
       </c>
       <c r="AJ48" s="37">
         <v>9.1300000000000008</v>
       </c>
       <c r="AK48" s="37">
         <v>9.27</v>
       </c>
       <c r="AL48" s="34">
         <v>9.5</v>
       </c>
       <c r="AM48" s="34">
         <v>8.9499999999999993</v>
       </c>
       <c r="AN48" s="34">
         <v>8.6199999999999992</v>
       </c>
-    </row>
-    <row r="49" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO48" s="34">
+        <v>8.64</v>
+      </c>
+    </row>
+    <row r="49" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B49" s="26" t="s">
         <v>31</v>
       </c>
       <c r="C49" s="38" t="s">
         <v>37</v>
       </c>
       <c r="D49" s="39">
         <v>197.63</v>
       </c>
       <c r="E49" s="39">
         <v>193.98</v>
       </c>
       <c r="F49" s="39">
         <v>175.02</v>
       </c>
       <c r="G49" s="39">
         <v>158.19999999999999</v>
       </c>
       <c r="H49" s="39">
         <v>185.33</v>
       </c>
       <c r="I49" s="39">
         <v>190.83</v>
       </c>
       <c r="J49" s="39">
@@ -4654,105 +4749,108 @@
       </c>
       <c r="AG49" s="39">
         <v>238.08</v>
       </c>
       <c r="AH49" s="39">
         <v>230.45</v>
       </c>
       <c r="AI49" s="39">
         <v>220.23</v>
       </c>
       <c r="AJ49" s="39">
         <v>232.64</v>
       </c>
       <c r="AK49" s="39">
         <v>230.9</v>
       </c>
       <c r="AL49" s="39">
         <v>222.22</v>
       </c>
       <c r="AM49" s="39">
         <v>215.59</v>
       </c>
       <c r="AN49" s="39">
         <v>217.88</v>
       </c>
-    </row>
-    <row r="51" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO49" s="39">
+        <v>212.98</v>
+      </c>
+    </row>
+    <row r="51" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B51" s="27"/>
     </row>
-    <row r="52" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B52" s="27" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="53" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B53" s="27" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="54" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B54" s="27"/>
     </row>
-    <row r="55" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B55" s="28" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="56" spans="2:40" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:41" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C56" s="30"/>
       <c r="D56" s="30"/>
       <c r="E56" s="30"/>
       <c r="F56" s="30"/>
       <c r="G56" s="30"/>
       <c r="H56" s="30"/>
       <c r="I56" s="30"/>
       <c r="J56" s="30"/>
       <c r="K56" s="30"/>
       <c r="L56" s="30"/>
     </row>
-    <row r="57" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B57" s="29"/>
       <c r="C57" s="30"/>
       <c r="D57" s="30"/>
       <c r="E57" s="30"/>
       <c r="F57" s="30"/>
       <c r="G57" s="30"/>
       <c r="H57" s="30"/>
     </row>
-    <row r="58" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B58" s="31" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="60" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B60" s="32"/>
     </row>
-    <row r="63" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:41" x14ac:dyDescent="0.2">
       <c r="C63" s="23"/>
       <c r="D63" s="23"/>
       <c r="E63" s="23"/>
     </row>
   </sheetData>
   <pageMargins left="0.28999999999999998" right="0.23" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>