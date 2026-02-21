--- v1 (2025-12-07)
+++ v2 (2026-02-21)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B99CEE0D-97AF-43D4-B669-C1070E6B5BAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D62F9D7E-7B4E-4C95-B85E-5CA507DEB6B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{63CFB2FB-B805-4086-B7B1-F7C6857984E8}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3272" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3310" uniqueCount="23">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">     Up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">     From 1 to 2 years</t>
   </si>
   <si>
     <t xml:space="preserve">     Over 2 years</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>IN DOMESTIC CURRENCY</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -830,79 +830,79 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76332BD3-A667-4FD2-8AB8-965540A7E2B7}">
-  <dimension ref="B2:FY77"/>
+  <dimension ref="B2:GA77"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" style="5" customWidth="1"/>
-    <col min="3" max="181" width="10.42578125" style="5" customWidth="1"/>
-    <col min="182" max="16384" width="8.28515625" style="5"/>
+    <col min="3" max="183" width="10.42578125" style="5" customWidth="1"/>
+    <col min="184" max="16384" width="8.28515625" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="17" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="6"/>
     </row>
-    <row r="5" spans="2:181" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:183" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
     </row>
-    <row r="6" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1397,52 +1397,58 @@
       </c>
       <c r="FR6" s="4">
         <v>45747</v>
       </c>
       <c r="FS6" s="4">
         <v>45777</v>
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
       <c r="FX6" s="4">
         <v>45930</v>
       </c>
       <c r="FY6" s="4">
         <v>45961</v>
       </c>
+      <c r="FZ6" s="4">
+        <v>45991</v>
+      </c>
+      <c r="GA6" s="4">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
@@ -1581,52 +1587,54 @@
       <c r="FA7" s="18"/>
       <c r="FB7" s="18"/>
       <c r="FC7" s="18"/>
       <c r="FD7" s="18"/>
       <c r="FE7" s="18"/>
       <c r="FF7" s="18"/>
       <c r="FG7" s="18"/>
       <c r="FH7" s="18"/>
       <c r="FI7" s="18"/>
       <c r="FJ7" s="18"/>
       <c r="FK7" s="18"/>
       <c r="FL7" s="18"/>
       <c r="FM7" s="18"/>
       <c r="FN7" s="18"/>
       <c r="FO7" s="18"/>
       <c r="FP7" s="18"/>
       <c r="FQ7" s="18"/>
       <c r="FR7" s="18"/>
       <c r="FS7" s="18"/>
       <c r="FT7" s="18"/>
       <c r="FU7" s="18"/>
       <c r="FV7" s="18"/>
       <c r="FW7" s="18"/>
       <c r="FX7" s="18"/>
       <c r="FY7" s="18"/>
+      <c r="FZ7" s="18"/>
+      <c r="GA7" s="18"/>
     </row>
-    <row r="8" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>59.015833469999997</v>
       </c>
       <c r="D8" s="9">
         <v>103.51137524000001</v>
       </c>
       <c r="E8" s="9">
         <v>111.66501340000001</v>
       </c>
       <c r="F8" s="9">
         <v>112.91392836</v>
       </c>
       <c r="G8" s="9">
         <v>107.35568112</v>
       </c>
       <c r="H8" s="9">
         <v>109.22854461999999</v>
       </c>
       <c r="I8" s="9">
         <v>108.46463134</v>
       </c>
       <c r="J8" s="9">
@@ -2123,52 +2131,58 @@
       </c>
       <c r="FR8" s="9">
         <v>564.77937377000001</v>
       </c>
       <c r="FS8" s="9">
         <v>560.53667197000004</v>
       </c>
       <c r="FT8" s="9">
         <v>525.16496699000004</v>
       </c>
       <c r="FU8" s="9">
         <v>492.78714180999998</v>
       </c>
       <c r="FV8" s="9">
         <v>509.20164750999999</v>
       </c>
       <c r="FW8" s="9">
         <v>547.24222495000004</v>
       </c>
       <c r="FX8" s="9">
         <v>526.84448250000003</v>
       </c>
       <c r="FY8" s="9">
         <v>517.5279554</v>
       </c>
+      <c r="FZ8" s="9">
+        <v>552.74085238999999</v>
+      </c>
+      <c r="GA8" s="9">
+        <v>313.67874511000002</v>
+      </c>
     </row>
-    <row r="9" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="9">
         <v>57.52270918</v>
       </c>
       <c r="D9" s="9">
         <v>102.01395162999999</v>
       </c>
       <c r="E9" s="9">
         <v>110.16623740999999</v>
       </c>
       <c r="F9" s="9">
         <v>111.42181576</v>
       </c>
       <c r="G9" s="9">
         <v>105.86836339</v>
       </c>
       <c r="H9" s="9">
         <v>107.72612126</v>
       </c>
       <c r="I9" s="9">
         <v>106.95922551</v>
       </c>
       <c r="J9" s="9">
@@ -2665,52 +2679,58 @@
       </c>
       <c r="FR9" s="9">
         <v>564.67370019999998</v>
       </c>
       <c r="FS9" s="9">
         <v>560.43099840000002</v>
       </c>
       <c r="FT9" s="9">
         <v>525.05929342000002</v>
       </c>
       <c r="FU9" s="9">
         <v>492.68146824000002</v>
       </c>
       <c r="FV9" s="9">
         <v>509.09597394000002</v>
       </c>
       <c r="FW9" s="9">
         <v>547.13655138000001</v>
       </c>
       <c r="FX9" s="9">
         <v>526.73880893</v>
       </c>
       <c r="FY9" s="9">
         <v>517.42228182999997</v>
       </c>
+      <c r="FZ9" s="9">
+        <v>552.63517881999996</v>
+      </c>
+      <c r="GA9" s="9">
+        <v>313.57307154</v>
+      </c>
     </row>
-    <row r="10" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="9">
         <v>36.111075649999997</v>
       </c>
       <c r="D10" s="9">
         <v>80.612147570000005</v>
       </c>
       <c r="E10" s="9">
         <v>88.921134969999997</v>
       </c>
       <c r="F10" s="9">
         <v>90.198958230000002</v>
       </c>
       <c r="G10" s="9">
         <v>84.8200748</v>
       </c>
       <c r="H10" s="9">
         <v>85.818340730000003</v>
       </c>
       <c r="I10" s="9">
         <v>84.999401849999998</v>
       </c>
       <c r="J10" s="9">
@@ -3207,52 +3227,58 @@
       </c>
       <c r="FR10" s="9">
         <v>551.32649806999996</v>
       </c>
       <c r="FS10" s="9">
         <v>547.13997697000002</v>
       </c>
       <c r="FT10" s="9">
         <v>511.76827199000002</v>
       </c>
       <c r="FU10" s="9">
         <v>479.88496497</v>
       </c>
       <c r="FV10" s="9">
         <v>496.29548899000002</v>
       </c>
       <c r="FW10" s="9">
         <v>534.36079123000002</v>
       </c>
       <c r="FX10" s="9">
         <v>513.96296816999995</v>
       </c>
       <c r="FY10" s="9">
         <v>505.64644106999998</v>
       </c>
+      <c r="FZ10" s="9">
+        <v>540.85933806000003</v>
+      </c>
+      <c r="GA10" s="9">
+        <v>301.79715227999998</v>
+      </c>
     </row>
-    <row r="11" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9">
         <v>3.8319871399999998</v>
       </c>
       <c r="D11" s="9">
         <v>4.0440135899999996</v>
       </c>
       <c r="E11" s="9">
         <v>4.0131607899999997</v>
       </c>
       <c r="F11" s="9">
         <v>3.90839867</v>
       </c>
       <c r="G11" s="9">
         <v>3.9981027099999999</v>
       </c>
       <c r="H11" s="9">
         <v>5.06029953</v>
       </c>
       <c r="I11" s="9">
         <v>5.4498821399999997</v>
       </c>
       <c r="J11" s="9">
@@ -3749,52 +3775,58 @@
       </c>
       <c r="FR11" s="9">
         <v>3.1687268400000002</v>
       </c>
       <c r="FS11" s="9">
         <v>3.14572684</v>
       </c>
       <c r="FT11" s="9">
         <v>3.14572684</v>
       </c>
       <c r="FU11" s="9">
         <v>3.1408798400000002</v>
       </c>
       <c r="FV11" s="9">
         <v>3.1448615200000001</v>
       </c>
       <c r="FW11" s="9">
         <v>3.1201367200000001</v>
       </c>
       <c r="FX11" s="9">
         <v>3.1201367200000001</v>
       </c>
       <c r="FY11" s="9">
         <v>2.1201367200000001</v>
       </c>
+      <c r="FZ11" s="9">
+        <v>2.1201367200000001</v>
+      </c>
+      <c r="GA11" s="9">
+        <v>2.1201367200000001</v>
+      </c>
     </row>
-    <row r="12" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="9">
         <v>17.579646390000001</v>
       </c>
       <c r="D12" s="9">
         <v>17.357790470000001</v>
       </c>
       <c r="E12" s="9">
         <v>17.23194165</v>
       </c>
       <c r="F12" s="9">
         <v>17.314458859999998</v>
       </c>
       <c r="G12" s="9">
         <v>17.050185880000001</v>
       </c>
       <c r="H12" s="9">
         <v>16.847480999999998</v>
       </c>
       <c r="I12" s="9">
         <v>16.509941520000002</v>
       </c>
       <c r="J12" s="9">
@@ -4291,52 +4323,58 @@
       </c>
       <c r="FR12" s="9">
         <v>10.17847529</v>
       </c>
       <c r="FS12" s="9">
         <v>10.145294590000001</v>
       </c>
       <c r="FT12" s="9">
         <v>10.145294590000001</v>
       </c>
       <c r="FU12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FV12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FW12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FX12" s="9">
         <v>9.6557040399999998</v>
       </c>
       <c r="FY12" s="9">
         <v>9.6557040399999998</v>
       </c>
+      <c r="FZ12" s="9">
+        <v>9.6557040399999998</v>
+      </c>
+      <c r="GA12" s="9">
+        <v>9.6557825400000006</v>
+      </c>
     </row>
-    <row r="13" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="9">
         <v>1.4931242899999999</v>
       </c>
       <c r="D13" s="9">
         <v>1.49742361</v>
       </c>
       <c r="E13" s="9">
         <v>1.4987759899999999</v>
       </c>
       <c r="F13" s="9">
         <v>1.4921126</v>
       </c>
       <c r="G13" s="9">
         <v>1.48731773</v>
       </c>
       <c r="H13" s="9">
         <v>1.5024233600000001</v>
       </c>
       <c r="I13" s="9">
         <v>1.5054058299999999</v>
       </c>
       <c r="J13" s="9">
@@ -4833,52 +4871,58 @@
       </c>
       <c r="FR13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FS13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FT13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FU13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FV13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FW13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FX13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FY13" s="9">
         <v>0.10567356999999999</v>
       </c>
+      <c r="FZ13" s="9">
+        <v>0.10567356999999999</v>
+      </c>
+      <c r="GA13" s="9">
+        <v>0.10567356999999999</v>
+      </c>
     </row>
-    <row r="14" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="12">
         <v>0.45067054000000001</v>
       </c>
       <c r="D14" s="12">
         <v>0.45188120999999998</v>
       </c>
       <c r="E14" s="12">
         <v>0.45218386999999999</v>
       </c>
       <c r="F14" s="12">
         <v>0.45006520999999999</v>
       </c>
       <c r="G14" s="12">
         <v>0.44915719999999998</v>
       </c>
       <c r="H14" s="12">
         <v>0.45339454000000001</v>
       </c>
       <c r="I14" s="12">
         <v>0.46442925000000002</v>
       </c>
       <c r="J14" s="12" t="s">
@@ -5375,52 +5419,58 @@
       </c>
       <c r="FR14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY14" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ14" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA14" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="15" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J15" s="12">
@@ -5917,52 +5967,58 @@
       </c>
       <c r="FR15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY15" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ15" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA15" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="16" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="9">
         <v>1.04245375</v>
       </c>
       <c r="D16" s="9">
         <v>1.0455424</v>
       </c>
       <c r="E16" s="9">
         <v>1.0465921199999999</v>
       </c>
       <c r="F16" s="9">
         <v>1.04204739</v>
       </c>
       <c r="G16" s="9">
         <v>1.0381605300000001</v>
       </c>
       <c r="H16" s="9">
         <v>1.04902882</v>
       </c>
       <c r="I16" s="9">
         <v>1.0409765799999999</v>
       </c>
       <c r="J16" s="9">
@@ -6459,52 +6515,58 @@
       </c>
       <c r="FR16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FS16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FT16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FU16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FV16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FW16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FX16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FY16" s="9">
         <v>0.10567356999999999</v>
       </c>
+      <c r="FZ16" s="9">
+        <v>0.10567356999999999</v>
+      </c>
+      <c r="GA16" s="9">
+        <v>0.10567356999999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="9">
         <v>2786.3777300199999</v>
       </c>
       <c r="D17" s="9">
         <v>2499.5648527100002</v>
       </c>
       <c r="E17" s="9">
         <v>2397.5987747899999</v>
       </c>
       <c r="F17" s="9">
         <v>2356.31180034</v>
       </c>
       <c r="G17" s="9">
         <v>2330.0445691</v>
       </c>
       <c r="H17" s="9">
         <v>2296.0378762099999</v>
       </c>
       <c r="I17" s="9">
         <v>2205.98835667</v>
       </c>
       <c r="J17" s="9">
@@ -7001,52 +7063,58 @@
       </c>
       <c r="FR17" s="9">
         <v>4238.7788087400004</v>
       </c>
       <c r="FS17" s="9">
         <v>4369.8335231999999</v>
       </c>
       <c r="FT17" s="9">
         <v>4316.1676224299999</v>
       </c>
       <c r="FU17" s="9">
         <v>4077.1236430700001</v>
       </c>
       <c r="FV17" s="9">
         <v>4273.2337156000003</v>
       </c>
       <c r="FW17" s="9">
         <v>4751.45183361</v>
       </c>
       <c r="FX17" s="9">
         <v>4638.3246123099998</v>
       </c>
       <c r="FY17" s="9">
         <v>4793.1906468400002</v>
       </c>
+      <c r="FZ17" s="9">
+        <v>4793.4105031899999</v>
+      </c>
+      <c r="GA17" s="9">
+        <v>4614.3131948500004</v>
+      </c>
     </row>
-    <row r="18" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="9">
         <v>2157.0778375599998</v>
       </c>
       <c r="D18" s="9">
         <v>1844.34337736</v>
       </c>
       <c r="E18" s="9">
         <v>1747.18706638</v>
       </c>
       <c r="F18" s="9">
         <v>1730.01430418</v>
       </c>
       <c r="G18" s="9">
         <v>1661.29677879</v>
       </c>
       <c r="H18" s="9">
         <v>1598.85137998</v>
       </c>
       <c r="I18" s="9">
         <v>1495.1998088099999</v>
       </c>
       <c r="J18" s="9">
@@ -7543,52 +7611,58 @@
       </c>
       <c r="FR18" s="9">
         <v>3735.6091194300002</v>
       </c>
       <c r="FS18" s="9">
         <v>3865.0486078399999</v>
       </c>
       <c r="FT18" s="9">
         <v>3803.59619088</v>
       </c>
       <c r="FU18" s="9">
         <v>3553.5172429300001</v>
       </c>
       <c r="FV18" s="9">
         <v>3750.9575386400002</v>
       </c>
       <c r="FW18" s="9">
         <v>4224.8377169300002</v>
       </c>
       <c r="FX18" s="9">
         <v>4135.7851683299996</v>
       </c>
       <c r="FY18" s="9">
         <v>4302.1700363999998</v>
       </c>
+      <c r="FZ18" s="9">
+        <v>4294.6910175000003</v>
+      </c>
+      <c r="GA18" s="9">
+        <v>4104.6479517300004</v>
+      </c>
     </row>
-    <row r="19" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="9">
         <v>454.64069898000002</v>
       </c>
       <c r="D19" s="9">
         <v>478.31531840999997</v>
       </c>
       <c r="E19" s="9">
         <v>471.17435240999998</v>
       </c>
       <c r="F19" s="9">
         <v>440.03547051999999</v>
       </c>
       <c r="G19" s="9">
         <v>481.84178996000003</v>
       </c>
       <c r="H19" s="9">
         <v>522.35943062000001</v>
       </c>
       <c r="I19" s="9">
         <v>507.96269410000002</v>
       </c>
       <c r="J19" s="9">
@@ -8085,52 +8159,58 @@
       </c>
       <c r="FR19" s="9">
         <v>228.28179401</v>
       </c>
       <c r="FS19" s="9">
         <v>227.46966429</v>
       </c>
       <c r="FT19" s="9">
         <v>229.13114894</v>
       </c>
       <c r="FU19" s="9">
         <v>184.50016696</v>
       </c>
       <c r="FV19" s="9">
         <v>176.80052583</v>
       </c>
       <c r="FW19" s="9">
         <v>216.14263467999999</v>
       </c>
       <c r="FX19" s="9">
         <v>208.37864758000001</v>
       </c>
       <c r="FY19" s="9">
         <v>178.75202071000001</v>
       </c>
+      <c r="FZ19" s="9">
+        <v>200.71597904999999</v>
+      </c>
+      <c r="GA19" s="9">
+        <v>163.68836057999999</v>
+      </c>
     </row>
-    <row r="20" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9">
         <v>174.65919348</v>
       </c>
       <c r="D20" s="9">
         <v>176.90615693999999</v>
       </c>
       <c r="E20" s="9">
         <v>179.23735600000001</v>
       </c>
       <c r="F20" s="9">
         <v>186.26202563999999</v>
       </c>
       <c r="G20" s="9">
         <v>186.90600035</v>
       </c>
       <c r="H20" s="9">
         <v>174.82706561000001</v>
       </c>
       <c r="I20" s="9">
         <v>202.82585376</v>
       </c>
       <c r="J20" s="9">
@@ -8627,52 +8707,58 @@
       </c>
       <c r="FR20" s="9">
         <v>274.88789530000003</v>
       </c>
       <c r="FS20" s="9">
         <v>277.31525106999999</v>
       </c>
       <c r="FT20" s="9">
         <v>283.44028261</v>
       </c>
       <c r="FU20" s="9">
         <v>339.10623318</v>
       </c>
       <c r="FV20" s="9">
         <v>345.47565113000002</v>
       </c>
       <c r="FW20" s="9">
         <v>310.47148199999998</v>
       </c>
       <c r="FX20" s="9">
         <v>294.16079639999998</v>
       </c>
       <c r="FY20" s="9">
         <v>312.26858972999997</v>
       </c>
+      <c r="FZ20" s="9">
+        <v>298.00350664000001</v>
+      </c>
+      <c r="GA20" s="9">
+        <v>345.97688254000002</v>
+      </c>
     </row>
-    <row r="21" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="9">
         <v>15799.463217009999</v>
       </c>
       <c r="D21" s="9">
         <v>15962.036274030001</v>
       </c>
       <c r="E21" s="9">
         <v>16052.07142534</v>
       </c>
       <c r="F21" s="9">
         <v>15998.501108</v>
       </c>
       <c r="G21" s="9">
         <v>15908.41274254</v>
       </c>
       <c r="H21" s="9">
         <v>16086.869524719999</v>
       </c>
       <c r="I21" s="9">
         <v>15967.69365082</v>
       </c>
       <c r="J21" s="9">
@@ -9169,52 +9255,58 @@
       </c>
       <c r="FR21" s="9">
         <v>10155.04208868</v>
       </c>
       <c r="FS21" s="9">
         <v>10045.38129207</v>
       </c>
       <c r="FT21" s="9">
         <v>10006.87375594</v>
       </c>
       <c r="FU21" s="9">
         <v>9892.1264783099996</v>
       </c>
       <c r="FV21" s="9">
         <v>9929.9812801200005</v>
       </c>
       <c r="FW21" s="9">
         <v>9848.7760568100002</v>
       </c>
       <c r="FX21" s="9">
         <v>9862.3387873400006</v>
       </c>
       <c r="FY21" s="9">
         <v>9725.6176469099992</v>
       </c>
+      <c r="FZ21" s="9">
+        <v>9759.3475145800003</v>
+      </c>
+      <c r="GA21" s="9">
+        <v>9778.4455513100002</v>
+      </c>
     </row>
-    <row r="22" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="9">
         <v>9699.49605084</v>
       </c>
       <c r="D22" s="9">
         <v>9721.4236431200006</v>
       </c>
       <c r="E22" s="9">
         <v>9780.9009519200008</v>
       </c>
       <c r="F22" s="9">
         <v>9709.1088376400003</v>
       </c>
       <c r="G22" s="9">
         <v>9560.3165354600005</v>
       </c>
       <c r="H22" s="9">
         <v>9604.1401706800007</v>
       </c>
       <c r="I22" s="9">
         <v>9500.14208014</v>
       </c>
       <c r="J22" s="9">
@@ -9711,52 +9803,58 @@
       </c>
       <c r="FR22" s="9">
         <v>6631.2299440099996</v>
       </c>
       <c r="FS22" s="9">
         <v>6539.4207274099999</v>
       </c>
       <c r="FT22" s="9">
         <v>6480.6058899</v>
       </c>
       <c r="FU22" s="9">
         <v>6361.7361013</v>
       </c>
       <c r="FV22" s="9">
         <v>6423.9621846500004</v>
       </c>
       <c r="FW22" s="9">
         <v>6373.2015003099996</v>
       </c>
       <c r="FX22" s="9">
         <v>6424.5148211899996</v>
       </c>
       <c r="FY22" s="9">
         <v>6327.3963902799997</v>
       </c>
+      <c r="FZ22" s="9">
+        <v>6277.8292593300002</v>
+      </c>
+      <c r="GA22" s="9">
+        <v>6360.2808625799998</v>
+      </c>
     </row>
-    <row r="23" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="9">
         <v>2909.9260345100001</v>
       </c>
       <c r="D23" s="9">
         <v>3031.3330861300001</v>
       </c>
       <c r="E23" s="9">
         <v>3021.41969978</v>
       </c>
       <c r="F23" s="9">
         <v>3087.8149311799998</v>
       </c>
       <c r="G23" s="9">
         <v>3139.6481896099999</v>
       </c>
       <c r="H23" s="9">
         <v>3212.9248849099999</v>
       </c>
       <c r="I23" s="9">
         <v>3190.6906165400001</v>
       </c>
       <c r="J23" s="9">
@@ -10253,52 +10351,58 @@
       </c>
       <c r="FR23" s="9">
         <v>1693.8887408600001</v>
       </c>
       <c r="FS23" s="9">
         <v>1687.2217095000001</v>
       </c>
       <c r="FT23" s="9">
         <v>1728.69128834</v>
       </c>
       <c r="FU23" s="9">
         <v>1747.9010953500001</v>
       </c>
       <c r="FV23" s="9">
         <v>1736.37322496</v>
       </c>
       <c r="FW23" s="9">
         <v>1681.8620939</v>
       </c>
       <c r="FX23" s="9">
         <v>1638.29478232</v>
       </c>
       <c r="FY23" s="9">
         <v>1603.7591627300001</v>
       </c>
+      <c r="FZ23" s="9">
+        <v>1698.6622249899999</v>
+      </c>
+      <c r="GA23" s="9">
+        <v>1658.55918974</v>
+      </c>
     </row>
-    <row r="24" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="9">
         <v>3190.0411316599998</v>
       </c>
       <c r="D24" s="9">
         <v>3209.2795447799999</v>
       </c>
       <c r="E24" s="9">
         <v>3249.7507736399998</v>
       </c>
       <c r="F24" s="9">
         <v>3201.5773391799999</v>
       </c>
       <c r="G24" s="9">
         <v>3208.4480174700002</v>
       </c>
       <c r="H24" s="9">
         <v>3269.8044691300001</v>
       </c>
       <c r="I24" s="9">
         <v>3276.8609541400001</v>
       </c>
       <c r="J24" s="9">
@@ -10795,52 +10899,58 @@
       </c>
       <c r="FR24" s="9">
         <v>1829.9234038100001</v>
       </c>
       <c r="FS24" s="9">
         <v>1818.73885516</v>
       </c>
       <c r="FT24" s="9">
         <v>1797.5765776999999</v>
       </c>
       <c r="FU24" s="9">
         <v>1782.48928166</v>
       </c>
       <c r="FV24" s="9">
         <v>1769.6458705099999</v>
       </c>
       <c r="FW24" s="9">
         <v>1793.7124626</v>
       </c>
       <c r="FX24" s="9">
         <v>1799.52918383</v>
       </c>
       <c r="FY24" s="9">
         <v>1794.4620938999999</v>
       </c>
+      <c r="FZ24" s="9">
+        <v>1782.8560302599999</v>
+      </c>
+      <c r="GA24" s="9">
+        <v>1759.6054989899999</v>
+      </c>
     </row>
-    <row r="25" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="9">
         <v>64.817125829999995</v>
       </c>
       <c r="D25" s="9">
         <v>65.545723010000003</v>
       </c>
       <c r="E25" s="9">
         <v>57.277229320000004</v>
       </c>
       <c r="F25" s="9">
         <v>52.521467080000001</v>
       </c>
       <c r="G25" s="9">
         <v>55.769857870000003</v>
       </c>
       <c r="H25" s="9">
         <v>50.276863280000001</v>
       </c>
       <c r="I25" s="9">
         <v>50.54799165</v>
       </c>
       <c r="J25" s="9">
@@ -11337,52 +11447,58 @@
       </c>
       <c r="FR25" s="9">
         <v>308.00334096</v>
       </c>
       <c r="FS25" s="9">
         <v>335.18567253999998</v>
       </c>
       <c r="FT25" s="9">
         <v>253.21573746000001</v>
       </c>
       <c r="FU25" s="9">
         <v>239.20746616</v>
       </c>
       <c r="FV25" s="9">
         <v>258.16323975</v>
       </c>
       <c r="FW25" s="9">
         <v>289.02157822999999</v>
       </c>
       <c r="FX25" s="9">
         <v>249.98481720000001</v>
       </c>
       <c r="FY25" s="9">
         <v>309.27048466999997</v>
       </c>
+      <c r="FZ25" s="9">
+        <v>297.00328314000001</v>
+      </c>
+      <c r="GA25" s="9">
+        <v>240.8062262</v>
+      </c>
     </row>
-    <row r="26" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="9">
         <v>64.817125829999995</v>
       </c>
       <c r="D26" s="9">
         <v>65.545723010000003</v>
       </c>
       <c r="E26" s="9">
         <v>57.277229320000004</v>
       </c>
       <c r="F26" s="9">
         <v>52.521467080000001</v>
       </c>
       <c r="G26" s="9">
         <v>55.769857870000003</v>
       </c>
       <c r="H26" s="9">
         <v>50.276863280000001</v>
       </c>
       <c r="I26" s="9">
         <v>50.316273000000002</v>
       </c>
       <c r="J26" s="9">
@@ -11879,52 +11995,58 @@
       </c>
       <c r="FR26" s="9">
         <v>308.00334096</v>
       </c>
       <c r="FS26" s="9">
         <v>335.18567253999998</v>
       </c>
       <c r="FT26" s="9">
         <v>253.21573746000001</v>
       </c>
       <c r="FU26" s="9">
         <v>239.20746616</v>
       </c>
       <c r="FV26" s="9">
         <v>258.16323975</v>
       </c>
       <c r="FW26" s="9">
         <v>289.02157822999999</v>
       </c>
       <c r="FX26" s="9">
         <v>249.98481720000001</v>
       </c>
       <c r="FY26" s="9">
         <v>309.27048466999997</v>
       </c>
+      <c r="FZ26" s="9">
+        <v>297.00328314000001</v>
+      </c>
+      <c r="GA26" s="9">
+        <v>240.8062262</v>
+      </c>
     </row>
-    <row r="27" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="I27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -12421,52 +12543,58 @@
       </c>
       <c r="FR27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FS27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FT27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FU27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FV27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FW27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FX27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FY27" s="18" t="s">
         <v>4</v>
       </c>
+      <c r="FZ27" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA27" s="18" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="28" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I28" s="12">
         <v>0.23171865</v>
       </c>
       <c r="J28" s="12">
@@ -12963,52 +13091,58 @@
       </c>
       <c r="FR28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY28" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ28" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA28" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="29" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="9">
         <v>430.20468441000003</v>
       </c>
       <c r="D29" s="9">
         <v>452.57446615999999</v>
       </c>
       <c r="E29" s="9">
         <v>401.36151531000002</v>
       </c>
       <c r="F29" s="9">
         <v>394.49615432000002</v>
       </c>
       <c r="G29" s="9">
         <v>290.10106086000002</v>
       </c>
       <c r="H29" s="9">
         <v>248.12251268</v>
       </c>
       <c r="I29" s="9">
         <v>223.55928892</v>
       </c>
       <c r="J29" s="9">
@@ -13505,52 +13639,58 @@
       </c>
       <c r="FR29" s="9">
         <v>45.806389950000003</v>
       </c>
       <c r="FS29" s="9">
         <v>69.946034260000005</v>
       </c>
       <c r="FT29" s="9">
         <v>39.368083149999997</v>
       </c>
       <c r="FU29" s="9">
         <v>52.789991129999997</v>
       </c>
       <c r="FV29" s="9">
         <v>77.980687649999993</v>
       </c>
       <c r="FW29" s="9">
         <v>80.216619879999996</v>
       </c>
       <c r="FX29" s="9">
         <v>42.139744790000002</v>
       </c>
       <c r="FY29" s="9">
         <v>94.401128709999995</v>
       </c>
+      <c r="FZ29" s="9">
+        <v>103.56707206</v>
+      </c>
+      <c r="GA29" s="9">
+        <v>86.916359200000002</v>
+      </c>
     </row>
-    <row r="30" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="9">
         <v>313.81887209000001</v>
       </c>
       <c r="D30" s="9">
         <v>342.23054313</v>
       </c>
       <c r="E30" s="9">
         <v>294.54224492999998</v>
       </c>
       <c r="F30" s="9">
         <v>300.68504844</v>
       </c>
       <c r="G30" s="9">
         <v>206.43668317999999</v>
       </c>
       <c r="H30" s="9">
         <v>168.70465808</v>
       </c>
       <c r="I30" s="9">
         <v>206.31752164</v>
       </c>
       <c r="J30" s="9">
@@ -14047,52 +14187,58 @@
       </c>
       <c r="FR30" s="9">
         <v>42.930931530000002</v>
       </c>
       <c r="FS30" s="9">
         <v>66.674537729999997</v>
       </c>
       <c r="FT30" s="9">
         <v>35.884077079999997</v>
       </c>
       <c r="FU30" s="9">
         <v>49.175923390000001</v>
       </c>
       <c r="FV30" s="9">
         <v>74.321999079999998</v>
       </c>
       <c r="FW30" s="9">
         <v>76.316637720000003</v>
       </c>
       <c r="FX30" s="9">
         <v>38.125000569999997</v>
       </c>
       <c r="FY30" s="9">
         <v>90.303084220000002</v>
       </c>
+      <c r="FZ30" s="9">
+        <v>99.250248010000007</v>
+      </c>
+      <c r="GA30" s="9">
+        <v>82.340454460000004</v>
+      </c>
     </row>
-    <row r="31" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="9">
         <v>113.23533836999999</v>
       </c>
       <c r="D31" s="9">
         <v>107.23452288999999</v>
       </c>
       <c r="E31" s="9">
         <v>103.64693317</v>
       </c>
       <c r="F31" s="9">
         <v>92.392115410000002</v>
       </c>
       <c r="G31" s="9">
         <v>82.253741919999996</v>
       </c>
       <c r="H31" s="9">
         <v>78.032184950000001</v>
       </c>
       <c r="I31" s="9">
         <v>15.732410339999999</v>
       </c>
       <c r="J31" s="9">
@@ -14589,52 +14735,58 @@
       </c>
       <c r="FR31" s="9">
         <v>1.1991905599999999</v>
       </c>
       <c r="FS31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FT31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FU31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FV31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FW31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FX31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FY31" s="9">
         <v>1.4922210600000001</v>
       </c>
+      <c r="FZ31" s="9">
+        <v>1.4922210600000001</v>
+      </c>
+      <c r="GA31" s="9">
+        <v>1.4922210600000001</v>
+      </c>
     </row>
-    <row r="32" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="9">
         <v>3.1504739499999999</v>
       </c>
       <c r="D32" s="9">
         <v>3.10940014</v>
       </c>
       <c r="E32" s="9">
         <v>3.1723372099999998</v>
       </c>
       <c r="F32" s="9">
         <v>1.41899047</v>
       </c>
       <c r="G32" s="9">
         <v>1.4106357599999999</v>
       </c>
       <c r="H32" s="9">
         <v>1.3856696500000001</v>
       </c>
       <c r="I32" s="9">
         <v>1.50935694</v>
       </c>
       <c r="J32" s="9">
@@ -15131,52 +15283,58 @@
       </c>
       <c r="FR32" s="9">
         <v>1.6762678600000001</v>
       </c>
       <c r="FS32" s="9">
         <v>1.7723059699999999</v>
       </c>
       <c r="FT32" s="9">
         <v>1.98481551</v>
       </c>
       <c r="FU32" s="9">
         <v>2.1148771800000001</v>
       </c>
       <c r="FV32" s="9">
         <v>2.1594980100000001</v>
       </c>
       <c r="FW32" s="9">
         <v>2.4007915999999998</v>
       </c>
       <c r="FX32" s="9">
         <v>2.5155536600000001</v>
       </c>
       <c r="FY32" s="9">
         <v>2.6058234300000001</v>
       </c>
+      <c r="FZ32" s="9">
+        <v>2.8246029899999998</v>
+      </c>
+      <c r="GA32" s="9">
+        <v>3.08368368</v>
+      </c>
     </row>
-    <row r="33" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="9">
         <v>181.45127808999999</v>
       </c>
       <c r="D33" s="9">
         <v>169.26141443</v>
       </c>
       <c r="E33" s="9">
         <v>195.32422073999999</v>
       </c>
       <c r="F33" s="9">
         <v>139.31721622000001</v>
       </c>
       <c r="G33" s="9">
         <v>139.28211866999999</v>
       </c>
       <c r="H33" s="9">
         <v>134.61092446000001</v>
       </c>
       <c r="I33" s="9">
         <v>126.52731858</v>
       </c>
       <c r="J33" s="9">
@@ -15673,52 +15831,58 @@
       </c>
       <c r="FR33" s="9">
         <v>107.10172550999999</v>
       </c>
       <c r="FS33" s="9">
         <v>107.54096242</v>
       </c>
       <c r="FT33" s="9">
         <v>105.63377954000001</v>
       </c>
       <c r="FU33" s="9">
         <v>81.395022179999998</v>
       </c>
       <c r="FV33" s="9">
         <v>82.815704249999996</v>
       </c>
       <c r="FW33" s="9">
         <v>98.546629249999995</v>
       </c>
       <c r="FX33" s="9">
         <v>84.822610260000005</v>
       </c>
       <c r="FY33" s="9">
         <v>104.51682416</v>
       </c>
+      <c r="FZ33" s="9">
+        <v>94.835273549999997</v>
+      </c>
+      <c r="GA33" s="9">
+        <v>52.218895920000001</v>
+      </c>
     </row>
-    <row r="34" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C34" s="9">
         <v>174.64087562</v>
       </c>
       <c r="D34" s="9">
         <v>155.92207755000001</v>
       </c>
       <c r="E34" s="9">
         <v>182.00284665999999</v>
       </c>
       <c r="F34" s="9">
         <v>125.47053568</v>
       </c>
       <c r="G34" s="9">
         <v>125.77933469</v>
       </c>
       <c r="H34" s="9">
         <v>121.34740174</v>
       </c>
       <c r="I34" s="9">
         <v>113.25380632</v>
       </c>
       <c r="J34" s="9">
@@ -16215,52 +16379,58 @@
       </c>
       <c r="FR34" s="9">
         <v>93.543584820000007</v>
       </c>
       <c r="FS34" s="9">
         <v>88.984462910000005</v>
       </c>
       <c r="FT34" s="9">
         <v>87.077280029999997</v>
       </c>
       <c r="FU34" s="9">
         <v>62.833022669999998</v>
       </c>
       <c r="FV34" s="9">
         <v>64.253704740000003</v>
       </c>
       <c r="FW34" s="9">
         <v>79.984629740000003</v>
       </c>
       <c r="FX34" s="9">
         <v>66.393435749999995</v>
       </c>
       <c r="FY34" s="9">
         <v>90.958896780000003</v>
       </c>
+      <c r="FZ34" s="9">
+        <v>81.277346170000001</v>
+      </c>
+      <c r="GA34" s="9">
+        <v>38.660968539999999</v>
+      </c>
     </row>
-    <row r="35" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="9">
         <v>0.47790885999999999</v>
       </c>
       <c r="D35" s="9">
         <v>0.45191990999999998</v>
       </c>
       <c r="E35" s="9">
         <v>0.42976409999999998</v>
       </c>
       <c r="F35" s="9">
         <v>1.0326015399999999</v>
       </c>
       <c r="G35" s="9">
         <v>0.96643354000000004</v>
       </c>
       <c r="H35" s="9">
         <v>0.93050621</v>
       </c>
       <c r="I35" s="9">
         <v>0.92958326999999996</v>
       </c>
       <c r="J35" s="9">
@@ -16757,52 +16927,58 @@
       </c>
       <c r="FR35" s="9">
         <v>5.0010000000000003</v>
       </c>
       <c r="FS35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FT35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FU35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FV35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FW35" s="9">
         <v>10</v>
       </c>
       <c r="FX35" s="9">
         <v>10</v>
       </c>
       <c r="FY35" s="9">
         <v>5</v>
       </c>
+      <c r="FZ35" s="9">
+        <v>5</v>
+      </c>
+      <c r="GA35" s="9">
+        <v>5</v>
+      </c>
     </row>
-    <row r="36" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="9">
         <v>6.3324936100000002</v>
       </c>
       <c r="D36" s="9">
         <v>12.88741697</v>
       </c>
       <c r="E36" s="9">
         <v>12.89160998</v>
       </c>
       <c r="F36" s="9">
         <v>12.814079</v>
       </c>
       <c r="G36" s="9">
         <v>12.53635044</v>
       </c>
       <c r="H36" s="9">
         <v>12.33301651</v>
       </c>
       <c r="I36" s="9">
         <v>12.34392899</v>
       </c>
       <c r="J36" s="9">
@@ -17299,52 +17475,58 @@
       </c>
       <c r="FR36" s="9">
         <v>8.5571406900000007</v>
       </c>
       <c r="FS36" s="9">
         <v>8.5554995100000006</v>
       </c>
       <c r="FT36" s="9">
         <v>8.5554995100000006</v>
       </c>
       <c r="FU36" s="9">
         <v>8.5609995100000003</v>
       </c>
       <c r="FV36" s="9">
         <v>8.5609995100000003</v>
       </c>
       <c r="FW36" s="9">
         <v>8.5619995099999997</v>
       </c>
       <c r="FX36" s="9">
         <v>8.4291745099999993</v>
       </c>
       <c r="FY36" s="9">
         <v>8.5579273800000006</v>
       </c>
+      <c r="FZ36" s="9">
+        <v>8.5579273800000006</v>
+      </c>
+      <c r="GA36" s="9">
+        <v>8.5579273800000006</v>
+      </c>
     </row>
-    <row r="37" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="9">
         <v>486.81870800000002</v>
       </c>
       <c r="D37" s="9">
         <v>443.62337918999998</v>
       </c>
       <c r="E37" s="9">
         <v>455.60225895000002</v>
       </c>
       <c r="F37" s="9">
         <v>440.63486799999998</v>
       </c>
       <c r="G37" s="9">
         <v>398.29215515999999</v>
       </c>
       <c r="H37" s="9">
         <v>402.99732320999999</v>
       </c>
       <c r="I37" s="9">
         <v>478.16066683999998</v>
       </c>
       <c r="J37" s="9">
@@ -17841,52 +18023,58 @@
       </c>
       <c r="FR37" s="9">
         <v>963.75079561999996</v>
       </c>
       <c r="FS37" s="9">
         <v>1013.58367419</v>
       </c>
       <c r="FT37" s="9">
         <v>1164.80494791</v>
       </c>
       <c r="FU37" s="9">
         <v>1169.2473540999999</v>
       </c>
       <c r="FV37" s="9">
         <v>1136.3246284700001</v>
       </c>
       <c r="FW37" s="9">
         <v>1033.7183285999999</v>
       </c>
       <c r="FX37" s="9">
         <v>998.87297718000002</v>
       </c>
       <c r="FY37" s="9">
         <v>964.84455342000001</v>
       </c>
+      <c r="FZ37" s="9">
+        <v>1011.87501706</v>
+      </c>
+      <c r="GA37" s="9">
+        <v>1104.1509390000001</v>
+      </c>
     </row>
-    <row r="38" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="9">
         <v>280.50110298999999</v>
       </c>
       <c r="D38" s="9">
         <v>245.13551964999999</v>
       </c>
       <c r="E38" s="9">
         <v>268.41424934000003</v>
       </c>
       <c r="F38" s="9">
         <v>255.67367866000001</v>
       </c>
       <c r="G38" s="9">
         <v>215.43737910999999</v>
       </c>
       <c r="H38" s="9">
         <v>207.98607731999999</v>
       </c>
       <c r="I38" s="9">
         <v>280.30908119999998</v>
       </c>
       <c r="J38" s="9">
@@ -18383,52 +18571,58 @@
       </c>
       <c r="FR38" s="9">
         <v>933.46130574999995</v>
       </c>
       <c r="FS38" s="9">
         <v>983.24383065999996</v>
       </c>
       <c r="FT38" s="9">
         <v>1134.48477626</v>
       </c>
       <c r="FU38" s="9">
         <v>1148.5848740399999</v>
       </c>
       <c r="FV38" s="9">
         <v>1113.68187147</v>
       </c>
       <c r="FW38" s="9">
         <v>1011.0953203</v>
       </c>
       <c r="FX38" s="9">
         <v>975.18984358</v>
       </c>
       <c r="FY38" s="9">
         <v>938.18121989999997</v>
       </c>
+      <c r="FZ38" s="9">
+        <v>987.23150936000002</v>
+      </c>
+      <c r="GA38" s="9">
+        <v>1079.11813605</v>
+      </c>
     </row>
-    <row r="39" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="9">
         <v>89.730532580000002</v>
       </c>
       <c r="D39" s="9">
         <v>89.596025030000007</v>
       </c>
       <c r="E39" s="9">
         <v>84.820284999999998</v>
       </c>
       <c r="F39" s="9">
         <v>87.216791479999998</v>
       </c>
       <c r="G39" s="9">
         <v>85.342193539999997</v>
       </c>
       <c r="H39" s="9">
         <v>87.993501760000001</v>
       </c>
       <c r="I39" s="9">
         <v>87.717265780000005</v>
       </c>
       <c r="J39" s="9">
@@ -18925,52 +19119,58 @@
       </c>
       <c r="FR39" s="9">
         <v>11.51866933</v>
       </c>
       <c r="FS39" s="9">
         <v>11.51866933</v>
       </c>
       <c r="FT39" s="9">
         <v>11.51866933</v>
       </c>
       <c r="FU39" s="9">
         <v>3.5</v>
       </c>
       <c r="FV39" s="9">
         <v>3.5</v>
       </c>
       <c r="FW39" s="9">
         <v>3.5</v>
       </c>
       <c r="FX39" s="9">
         <v>3</v>
       </c>
       <c r="FY39" s="9">
         <v>3</v>
       </c>
+      <c r="FZ39" s="9">
+        <v>3</v>
+      </c>
+      <c r="GA39" s="9">
+        <v>3</v>
+      </c>
     </row>
-    <row r="40" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="9">
         <v>116.58707243000001</v>
       </c>
       <c r="D40" s="9">
         <v>108.89183451</v>
       </c>
       <c r="E40" s="9">
         <v>102.36772461</v>
       </c>
       <c r="F40" s="9">
         <v>97.744397860000007</v>
       </c>
       <c r="G40" s="9">
         <v>97.512582510000001</v>
       </c>
       <c r="H40" s="9">
         <v>107.01774413</v>
       </c>
       <c r="I40" s="9">
         <v>110.13431986000001</v>
       </c>
       <c r="J40" s="9">
@@ -19467,52 +19667,58 @@
       </c>
       <c r="FR40" s="9">
         <v>18.770820539999999</v>
       </c>
       <c r="FS40" s="9">
         <v>18.821174200000002</v>
       </c>
       <c r="FT40" s="9">
         <v>18.801502320000001</v>
       </c>
       <c r="FU40" s="9">
         <v>17.16248006</v>
       </c>
       <c r="FV40" s="9">
         <v>19.142757</v>
       </c>
       <c r="FW40" s="9">
         <v>19.123008299999999</v>
       </c>
       <c r="FX40" s="9">
         <v>20.683133600000001</v>
       </c>
       <c r="FY40" s="9">
         <v>23.663333519999998</v>
       </c>
+      <c r="FZ40" s="9">
+        <v>21.643507700000001</v>
+      </c>
+      <c r="GA40" s="9">
+        <v>22.032802950000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="14">
         <v>19808.148576830001</v>
       </c>
       <c r="D41" s="14">
         <v>19696.117484769999</v>
       </c>
       <c r="E41" s="14">
         <v>19670.900437849999</v>
       </c>
       <c r="F41" s="14">
         <v>19494.696542320002</v>
       </c>
       <c r="G41" s="14">
         <v>19229.258185319999</v>
       </c>
       <c r="H41" s="14">
         <v>19328.14356918</v>
       </c>
       <c r="I41" s="14">
         <v>19160.94190482</v>
       </c>
       <c r="J41" s="14">
@@ -20009,52 +20215,58 @@
       </c>
       <c r="FR41" s="14">
         <v>16383.26252323</v>
       </c>
       <c r="FS41" s="14">
         <v>16502.00783065</v>
       </c>
       <c r="FT41" s="14">
         <v>16411.228893420001</v>
       </c>
       <c r="FU41" s="14">
         <v>16004.67709676</v>
       </c>
       <c r="FV41" s="14">
         <v>16267.70090335</v>
       </c>
       <c r="FW41" s="14">
         <v>16648.97327133</v>
       </c>
       <c r="FX41" s="14">
         <v>16403.32803158</v>
       </c>
       <c r="FY41" s="14">
         <v>16509.369240110002</v>
       </c>
+      <c r="FZ41" s="14">
+        <v>16612.77951597</v>
+      </c>
+      <c r="GA41" s="14">
+        <v>16190.52991159</v>
+      </c>
     </row>
-    <row r="42" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="9"/>
       <c r="I42" s="9"/>
       <c r="J42" s="9"/>
       <c r="K42" s="9"/>
       <c r="L42" s="9"/>
       <c r="M42" s="9"/>
       <c r="N42" s="9"/>
       <c r="O42" s="9"/>
       <c r="P42" s="9"/>
       <c r="Q42" s="9"/>
       <c r="R42" s="9"/>
       <c r="S42" s="9"/>
       <c r="T42" s="9"/>
       <c r="U42" s="9"/>
       <c r="V42" s="9"/>
       <c r="W42" s="9"/>
       <c r="X42" s="9"/>
@@ -20193,52 +20405,54 @@
       <c r="FA42" s="9"/>
       <c r="FB42" s="9"/>
       <c r="FC42" s="9"/>
       <c r="FD42" s="9"/>
       <c r="FE42" s="9"/>
       <c r="FF42" s="9"/>
       <c r="FG42" s="9"/>
       <c r="FH42" s="9"/>
       <c r="FI42" s="9"/>
       <c r="FJ42" s="9"/>
       <c r="FK42" s="9"/>
       <c r="FL42" s="9"/>
       <c r="FM42" s="9"/>
       <c r="FN42" s="9"/>
       <c r="FO42" s="9"/>
       <c r="FP42" s="9"/>
       <c r="FQ42" s="9"/>
       <c r="FR42" s="9"/>
       <c r="FS42" s="9"/>
       <c r="FT42" s="9"/>
       <c r="FU42" s="9"/>
       <c r="FV42" s="9"/>
       <c r="FW42" s="9"/>
       <c r="FX42" s="9"/>
       <c r="FY42" s="9"/>
+      <c r="FZ42" s="9"/>
+      <c r="GA42" s="9"/>
     </row>
-    <row r="43" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="9">
         <v>0.73207043999999999</v>
       </c>
       <c r="D43" s="9">
         <v>0.70671585999999997</v>
       </c>
       <c r="E43" s="9">
         <v>0.71113349000000003</v>
       </c>
       <c r="F43" s="9">
         <v>0.69667447000000005</v>
       </c>
       <c r="G43" s="9">
         <v>0.68489065000000005</v>
       </c>
       <c r="H43" s="9">
         <v>0.71800849</v>
       </c>
       <c r="I43" s="9">
         <v>0.65554422000000001</v>
       </c>
       <c r="J43" s="9">
@@ -20735,52 +20949,58 @@
       </c>
       <c r="FR43" s="9">
         <v>0.41725010000000001</v>
       </c>
       <c r="FS43" s="9">
         <v>0.39694815</v>
       </c>
       <c r="FT43" s="9">
         <v>0.39817037999999999</v>
       </c>
       <c r="FU43" s="9">
         <v>0.38613532</v>
       </c>
       <c r="FV43" s="9">
         <v>0.39194562999999999</v>
       </c>
       <c r="FW43" s="9">
         <v>0.38760052</v>
       </c>
       <c r="FX43" s="9">
         <v>0.38553341000000002</v>
       </c>
       <c r="FY43" s="9">
         <v>0.39121952999999998</v>
       </c>
+      <c r="FZ43" s="9">
+        <v>0.39064430999999999</v>
+      </c>
+      <c r="GA43" s="9">
+        <v>0.38454600999999999</v>
+      </c>
     </row>
-    <row r="44" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C44" s="9">
         <v>0.73207043999999999</v>
       </c>
       <c r="D44" s="9">
         <v>0.70671585999999997</v>
       </c>
       <c r="E44" s="9">
         <v>0.71113349000000003</v>
       </c>
       <c r="F44" s="9">
         <v>0.69667447000000005</v>
       </c>
       <c r="G44" s="9">
         <v>0.68489065000000005</v>
       </c>
       <c r="H44" s="9">
         <v>0.71800849</v>
       </c>
       <c r="I44" s="9">
         <v>0.65554422000000001</v>
       </c>
       <c r="J44" s="9">
@@ -21277,52 +21497,58 @@
       </c>
       <c r="FR44" s="9">
         <v>0.41725010000000001</v>
       </c>
       <c r="FS44" s="9">
         <v>0.39694815</v>
       </c>
       <c r="FT44" s="9">
         <v>0.39817037999999999</v>
       </c>
       <c r="FU44" s="9">
         <v>0.38613532</v>
       </c>
       <c r="FV44" s="9">
         <v>0.39194562999999999</v>
       </c>
       <c r="FW44" s="9">
         <v>0.38760052</v>
       </c>
       <c r="FX44" s="9">
         <v>0.38553341000000002</v>
       </c>
       <c r="FY44" s="9">
         <v>0.39121952999999998</v>
       </c>
+      <c r="FZ44" s="9">
+        <v>0.39064430999999999</v>
+      </c>
+      <c r="GA44" s="9">
+        <v>0.38454600999999999</v>
+      </c>
     </row>
-    <row r="45" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="9">
         <v>0.58605627000000005</v>
       </c>
       <c r="D45" s="9">
         <v>0.56612501999999998</v>
       </c>
       <c r="E45" s="9">
         <v>0.56864068000000001</v>
       </c>
       <c r="F45" s="9">
         <v>0.55660067999999996</v>
       </c>
       <c r="G45" s="9">
         <v>0.54438238999999999</v>
       </c>
       <c r="H45" s="9">
         <v>0.56723277000000005</v>
       </c>
       <c r="I45" s="9">
         <v>0.56476493000000005</v>
       </c>
       <c r="J45" s="9">
@@ -21819,52 +22045,58 @@
       </c>
       <c r="FR45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY45" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ45" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA45" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="46" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J46" s="12" t="s">
@@ -22361,52 +22593,58 @@
       </c>
       <c r="FR46" s="12">
         <v>0.40443962999999999</v>
       </c>
       <c r="FS46" s="12">
         <v>0.38395626999999999</v>
       </c>
       <c r="FT46" s="12">
         <v>0.38510757000000001</v>
       </c>
       <c r="FU46" s="12">
         <v>0.37309763000000001</v>
       </c>
       <c r="FV46" s="12">
         <v>0.37882663999999999</v>
       </c>
       <c r="FW46" s="12">
         <v>0.37456980000000001</v>
       </c>
       <c r="FX46" s="12">
         <v>0.37249293999999999</v>
       </c>
       <c r="FY46" s="12">
         <v>0.37807226999999999</v>
       </c>
+      <c r="FZ46" s="12">
+        <v>0.37754926</v>
+      </c>
+      <c r="GA46" s="12">
+        <v>0.37141573</v>
+      </c>
     </row>
-    <row r="47" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="9">
         <v>0.14601417</v>
       </c>
       <c r="D47" s="9">
         <v>0.14059083999999999</v>
       </c>
       <c r="E47" s="9">
         <v>0.14249281</v>
       </c>
       <c r="F47" s="9">
         <v>0.14007379</v>
       </c>
       <c r="G47" s="9">
         <v>0.14050826</v>
       </c>
       <c r="H47" s="9">
         <v>0.15077572</v>
       </c>
       <c r="I47" s="9">
         <v>9.0779289999999999E-2</v>
       </c>
       <c r="J47" s="9">
@@ -22903,52 +23141,58 @@
       </c>
       <c r="FR47" s="9">
         <v>1.2810469999999999E-2</v>
       </c>
       <c r="FS47" s="9">
         <v>1.2991880000000001E-2</v>
       </c>
       <c r="FT47" s="9">
         <v>1.3062809999999999E-2</v>
       </c>
       <c r="FU47" s="9">
         <v>1.3037689999999999E-2</v>
       </c>
       <c r="FV47" s="9">
         <v>1.3118990000000001E-2</v>
       </c>
       <c r="FW47" s="9">
         <v>1.3030720000000001E-2</v>
       </c>
       <c r="FX47" s="9">
         <v>1.304047E-2</v>
       </c>
       <c r="FY47" s="9">
         <v>1.3147259999999999E-2</v>
       </c>
+      <c r="FZ47" s="9">
+        <v>1.309505E-2</v>
+      </c>
+      <c r="GA47" s="9">
+        <v>1.3130279999999999E-2</v>
+      </c>
     </row>
-    <row r="48" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J48" s="12" t="s">
@@ -23445,52 +23689,58 @@
       </c>
       <c r="FR48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY48" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ48" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA48" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="49" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J49" s="12" t="s">
@@ -23987,52 +24237,58 @@
       </c>
       <c r="FR49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY49" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ49" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA49" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="50" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J50" s="12" t="s">
@@ -24529,52 +24785,58 @@
       </c>
       <c r="FR50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY50" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ50" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA50" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="51" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J51" s="12" t="s">
@@ -25071,52 +25333,58 @@
       </c>
       <c r="FR51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY51" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ51" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA51" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="52" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="9">
         <v>137.20237602</v>
       </c>
       <c r="D52" s="9">
         <v>140.91428500000001</v>
       </c>
       <c r="E52" s="9">
         <v>142.86293483</v>
       </c>
       <c r="F52" s="9">
         <v>144.89650846000001</v>
       </c>
       <c r="G52" s="9">
         <v>146.51873746999999</v>
       </c>
       <c r="H52" s="9">
         <v>148.54712782999999</v>
       </c>
       <c r="I52" s="9">
         <v>131.21878555999999</v>
       </c>
       <c r="J52" s="9">
@@ -25613,52 +25881,58 @@
       </c>
       <c r="FR52" s="9">
         <v>207.42600199</v>
       </c>
       <c r="FS52" s="9">
         <v>215.65801163</v>
       </c>
       <c r="FT52" s="9">
         <v>250.64690894</v>
       </c>
       <c r="FU52" s="9">
         <v>246.13421495</v>
       </c>
       <c r="FV52" s="9">
         <v>228.46167488</v>
       </c>
       <c r="FW52" s="9">
         <v>309.59458483999998</v>
       </c>
       <c r="FX52" s="9">
         <v>279.66868313999998</v>
       </c>
       <c r="FY52" s="9">
         <v>232.62243321</v>
       </c>
+      <c r="FZ52" s="9">
+        <v>231.07009201</v>
+      </c>
+      <c r="GA52" s="9">
+        <v>278.78243931999998</v>
+      </c>
     </row>
-    <row r="53" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C53" s="9">
         <v>119.14527554</v>
       </c>
       <c r="D53" s="9">
         <v>123.38256471</v>
       </c>
       <c r="E53" s="9">
         <v>125.15329533000001</v>
       </c>
       <c r="F53" s="9">
         <v>127.79336352999999</v>
       </c>
       <c r="G53" s="9">
         <v>124.51164102</v>
       </c>
       <c r="H53" s="9">
         <v>116.52498101</v>
       </c>
       <c r="I53" s="9">
         <v>90.736152099999998</v>
       </c>
       <c r="J53" s="9">
@@ -26155,52 +26429,58 @@
       </c>
       <c r="FR53" s="9">
         <v>185.14402766000001</v>
       </c>
       <c r="FS53" s="9">
         <v>199.42696952</v>
       </c>
       <c r="FT53" s="9">
         <v>234.36626156</v>
       </c>
       <c r="FU53" s="9">
         <v>230.35246591000001</v>
       </c>
       <c r="FV53" s="9">
         <v>212.44062700999999</v>
       </c>
       <c r="FW53" s="9">
         <v>291.94545469000002</v>
       </c>
       <c r="FX53" s="9">
         <v>262.32857160999998</v>
       </c>
       <c r="FY53" s="9">
         <v>215.05369487999999</v>
       </c>
+      <c r="FZ53" s="9">
+        <v>213.52580992</v>
+      </c>
+      <c r="GA53" s="9">
+        <v>261.5137264</v>
+      </c>
     </row>
-    <row r="54" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C54" s="9">
         <v>4.6754746599999999</v>
       </c>
       <c r="D54" s="9">
         <v>2.4665510899999998</v>
       </c>
       <c r="E54" s="9">
         <v>2.67561859</v>
       </c>
       <c r="F54" s="9">
         <v>2.2282576700000001</v>
       </c>
       <c r="G54" s="9">
         <v>2.2828498800000001</v>
       </c>
       <c r="H54" s="9">
         <v>2.37844437</v>
       </c>
       <c r="I54" s="9">
         <v>2.4356139099999998</v>
       </c>
       <c r="J54" s="9">
@@ -26697,52 +26977,58 @@
       </c>
       <c r="FR54" s="9">
         <v>18.447778979999999</v>
       </c>
       <c r="FS54" s="9">
         <v>12.586442359999999</v>
       </c>
       <c r="FT54" s="9">
         <v>12.62454275</v>
       </c>
       <c r="FU54" s="9">
         <v>12.232771420000001</v>
       </c>
       <c r="FV54" s="9">
         <v>12.419718489999999</v>
       </c>
       <c r="FW54" s="9">
         <v>12.28088629</v>
       </c>
       <c r="FX54" s="9">
         <v>12.000223330000001</v>
       </c>
       <c r="FY54" s="9">
         <v>12.15261381</v>
       </c>
+      <c r="FZ54" s="9">
+        <v>12.135639279999999</v>
+      </c>
+      <c r="GA54" s="9">
+        <v>11.94159327</v>
+      </c>
     </row>
-    <row r="55" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C55" s="9">
         <v>13.38162582</v>
       </c>
       <c r="D55" s="9">
         <v>15.0651692</v>
       </c>
       <c r="E55" s="9">
         <v>15.034020910000001</v>
       </c>
       <c r="F55" s="9">
         <v>14.87488726</v>
       </c>
       <c r="G55" s="9">
         <v>19.724246569999998</v>
       </c>
       <c r="H55" s="9">
         <v>29.643702449999999</v>
       </c>
       <c r="I55" s="9">
         <v>38.047019550000002</v>
       </c>
       <c r="J55" s="9">
@@ -27239,52 +27525,58 @@
       </c>
       <c r="FR55" s="9">
         <v>3.8341953499999999</v>
       </c>
       <c r="FS55" s="9">
         <v>3.6445997499999998</v>
       </c>
       <c r="FT55" s="9">
         <v>3.6561046300000002</v>
       </c>
       <c r="FU55" s="9">
         <v>3.5489776200000001</v>
       </c>
       <c r="FV55" s="9">
         <v>3.6013293800000001</v>
       </c>
       <c r="FW55" s="9">
         <v>5.3682438599999998</v>
       </c>
       <c r="FX55" s="9">
         <v>5.3398881999999999</v>
       </c>
       <c r="FY55" s="9">
         <v>5.4161245200000003</v>
       </c>
+      <c r="FZ55" s="9">
+        <v>5.4086428099999999</v>
+      </c>
+      <c r="GA55" s="9">
+        <v>5.3271196500000002</v>
+      </c>
     </row>
-    <row r="56" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="9">
         <v>993.86100273</v>
       </c>
       <c r="D56" s="9">
         <v>974.76601553</v>
       </c>
       <c r="E56" s="9">
         <v>981.35142314999996</v>
       </c>
       <c r="F56" s="9">
         <v>966.32102164000003</v>
       </c>
       <c r="G56" s="9">
         <v>927.95040784000003</v>
       </c>
       <c r="H56" s="9">
         <v>990.03147475000003</v>
       </c>
       <c r="I56" s="9">
         <v>986.38540246000002</v>
       </c>
       <c r="J56" s="9">
@@ -27781,52 +28073,58 @@
       </c>
       <c r="FR56" s="9">
         <v>527.42857003999995</v>
       </c>
       <c r="FS56" s="9">
         <v>505.44990190999999</v>
       </c>
       <c r="FT56" s="9">
         <v>504.04159804</v>
       </c>
       <c r="FU56" s="9">
         <v>487.73224046000001</v>
       </c>
       <c r="FV56" s="9">
         <v>488.20793558999998</v>
       </c>
       <c r="FW56" s="9">
         <v>481.41566748999998</v>
       </c>
       <c r="FX56" s="9">
         <v>475.63169170999998</v>
       </c>
       <c r="FY56" s="9">
         <v>474.22898765000002</v>
       </c>
+      <c r="FZ56" s="9">
+        <v>472.10238022999999</v>
+      </c>
+      <c r="GA56" s="9">
+        <v>466.00688814</v>
+      </c>
     </row>
-    <row r="57" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="9">
         <v>558.19541446999995</v>
       </c>
       <c r="D57" s="9">
         <v>549.66141745000004</v>
       </c>
       <c r="E57" s="9">
         <v>558.75105451000002</v>
       </c>
       <c r="F57" s="9">
         <v>553.82665602999998</v>
       </c>
       <c r="G57" s="9">
         <v>531.05077273999996</v>
       </c>
       <c r="H57" s="9">
         <v>569.03331501000002</v>
       </c>
       <c r="I57" s="9">
         <v>566.28336282999999</v>
       </c>
       <c r="J57" s="9">
@@ -28323,52 +28621,58 @@
       </c>
       <c r="FR57" s="9">
         <v>244.62072982999999</v>
       </c>
       <c r="FS57" s="9">
         <v>235.25748970000001</v>
       </c>
       <c r="FT57" s="9">
         <v>234.24599309000001</v>
       </c>
       <c r="FU57" s="9">
         <v>236.58453433</v>
       </c>
       <c r="FV57" s="9">
         <v>238.83339090000001</v>
       </c>
       <c r="FW57" s="9">
         <v>234.68622567</v>
       </c>
       <c r="FX57" s="9">
         <v>233.04193659000001</v>
       </c>
       <c r="FY57" s="9">
         <v>236.74067532000001</v>
       </c>
+      <c r="FZ57" s="9">
+        <v>239.97805210000001</v>
+      </c>
+      <c r="GA57" s="9">
+        <v>240.93760662</v>
+      </c>
     </row>
-    <row r="58" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="9">
         <v>167.80480675000001</v>
       </c>
       <c r="D58" s="9">
         <v>165.28455362</v>
       </c>
       <c r="E58" s="9">
         <v>161.06411985</v>
       </c>
       <c r="F58" s="9">
         <v>159.49107438999999</v>
       </c>
       <c r="G58" s="9">
         <v>152.82105758</v>
       </c>
       <c r="H58" s="9">
         <v>161.84533458000001</v>
       </c>
       <c r="I58" s="9">
         <v>162.46726337000001</v>
       </c>
       <c r="J58" s="9">
@@ -28865,52 +29169,58 @@
       </c>
       <c r="FR58" s="9">
         <v>146.97662951999999</v>
       </c>
       <c r="FS58" s="9">
         <v>139.55887000000001</v>
       </c>
       <c r="FT58" s="9">
         <v>140.43046398999999</v>
       </c>
       <c r="FU58" s="9">
         <v>127.26168839</v>
       </c>
       <c r="FV58" s="9">
         <v>127.23665997000001</v>
       </c>
       <c r="FW58" s="9">
         <v>126.44740013000001</v>
       </c>
       <c r="FX58" s="9">
         <v>124.4723255</v>
       </c>
       <c r="FY58" s="9">
         <v>124.77919899</v>
       </c>
+      <c r="FZ58" s="9">
+        <v>122.41662569</v>
+      </c>
+      <c r="GA58" s="9">
+        <v>118.91690745</v>
+      </c>
     </row>
-    <row r="59" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="9">
         <v>267.86078150999998</v>
       </c>
       <c r="D59" s="9">
         <v>259.82004446000002</v>
       </c>
       <c r="E59" s="9">
         <v>261.53624879</v>
       </c>
       <c r="F59" s="9">
         <v>253.00329121999999</v>
       </c>
       <c r="G59" s="9">
         <v>244.07857752000001</v>
       </c>
       <c r="H59" s="9">
         <v>259.15282516000002</v>
       </c>
       <c r="I59" s="9">
         <v>257.63477626000002</v>
       </c>
       <c r="J59" s="9">
@@ -29407,52 +29717,58 @@
       </c>
       <c r="FR59" s="9">
         <v>135.83121069000001</v>
       </c>
       <c r="FS59" s="9">
         <v>130.63354221</v>
       </c>
       <c r="FT59" s="9">
         <v>129.36514095999999</v>
       </c>
       <c r="FU59" s="9">
         <v>123.88601774</v>
       </c>
       <c r="FV59" s="9">
         <v>122.13788472</v>
       </c>
       <c r="FW59" s="9">
         <v>120.28204169</v>
       </c>
       <c r="FX59" s="9">
         <v>118.11742962</v>
       </c>
       <c r="FY59" s="9">
         <v>112.70911334</v>
       </c>
+      <c r="FZ59" s="9">
+        <v>109.70770244000001</v>
+      </c>
+      <c r="GA59" s="9">
+        <v>106.15237406999999</v>
+      </c>
     </row>
-    <row r="60" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="9">
         <v>8.5395629900000003</v>
       </c>
       <c r="D60" s="9">
         <v>12.64989926</v>
       </c>
       <c r="E60" s="9">
         <v>11.21793766</v>
       </c>
       <c r="F60" s="9">
         <v>5.2135439999999997</v>
       </c>
       <c r="G60" s="9">
         <v>11.766856539999999</v>
       </c>
       <c r="H60" s="9">
         <v>7.70790766</v>
       </c>
       <c r="I60" s="9">
         <v>12.50735029</v>
       </c>
       <c r="J60" s="9">
@@ -29949,52 +30265,58 @@
       </c>
       <c r="FR60" s="9">
         <v>21.20166364</v>
       </c>
       <c r="FS60" s="9">
         <v>27.176019920000002</v>
       </c>
       <c r="FT60" s="9">
         <v>16.189454560000001</v>
       </c>
       <c r="FU60" s="9">
         <v>18.191833979999998</v>
       </c>
       <c r="FV60" s="9">
         <v>17.995462880000002</v>
       </c>
       <c r="FW60" s="9">
         <v>20.510663860000001</v>
       </c>
       <c r="FX60" s="9">
         <v>22.299180509999999</v>
       </c>
       <c r="FY60" s="9">
         <v>47.357718779999999</v>
       </c>
+      <c r="FZ60" s="9">
+        <v>24.361477300000001</v>
+      </c>
+      <c r="GA60" s="9">
+        <v>27.60196943</v>
+      </c>
     </row>
-    <row r="61" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C61" s="9">
         <v>8.5395629900000003</v>
       </c>
       <c r="D61" s="9">
         <v>12.64989926</v>
       </c>
       <c r="E61" s="9">
         <v>11.21793766</v>
       </c>
       <c r="F61" s="9">
         <v>5.2135439999999997</v>
       </c>
       <c r="G61" s="9">
         <v>11.766856539999999</v>
       </c>
       <c r="H61" s="9">
         <v>7.70790766</v>
       </c>
       <c r="I61" s="9">
         <v>12.50735029</v>
       </c>
       <c r="J61" s="9">
@@ -30491,52 +30813,58 @@
       </c>
       <c r="FR61" s="9">
         <v>21.20166364</v>
       </c>
       <c r="FS61" s="9">
         <v>27.176019920000002</v>
       </c>
       <c r="FT61" s="9">
         <v>16.189454560000001</v>
       </c>
       <c r="FU61" s="9">
         <v>18.191833979999998</v>
       </c>
       <c r="FV61" s="9">
         <v>17.995462880000002</v>
       </c>
       <c r="FW61" s="9">
         <v>20.510663860000001</v>
       </c>
       <c r="FX61" s="9">
         <v>22.299180509999999</v>
       </c>
       <c r="FY61" s="9">
         <v>47.357718779999999</v>
       </c>
+      <c r="FZ61" s="9">
+        <v>24.361477300000001</v>
+      </c>
+      <c r="GA61" s="9">
+        <v>27.60196943</v>
+      </c>
     </row>
-    <row r="62" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J62" s="12" t="s">
@@ -31033,52 +31361,58 @@
       </c>
       <c r="FR62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY62" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ62" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA62" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="63" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J63" s="12" t="s">
@@ -31575,52 +31909,58 @@
       </c>
       <c r="FR63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY63" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ63" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA63" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="64" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C64" s="12">
         <v>29.188051640000001</v>
       </c>
       <c r="D64" s="12">
         <v>36.616924920000002</v>
       </c>
       <c r="E64" s="12">
         <v>46.054935729999997</v>
       </c>
       <c r="F64" s="12">
         <v>42.160451080000001</v>
       </c>
       <c r="G64" s="12">
         <v>40.878743010000001</v>
       </c>
       <c r="H64" s="12">
         <v>45.893219369999997</v>
       </c>
       <c r="I64" s="12">
         <v>38.40558875</v>
       </c>
       <c r="J64" s="12">
@@ -32117,52 +32457,58 @@
       </c>
       <c r="FR64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY64" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ64" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA64" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="65" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="12">
         <v>29.188051640000001</v>
       </c>
       <c r="D65" s="12">
         <v>36.616924920000002</v>
       </c>
       <c r="E65" s="12">
         <v>46.054935729999997</v>
       </c>
       <c r="F65" s="12">
         <v>42.160451080000001</v>
       </c>
       <c r="G65" s="12">
         <v>40.878743010000001</v>
       </c>
       <c r="H65" s="12">
         <v>45.893219369999997</v>
       </c>
       <c r="I65" s="12">
         <v>38.40558875</v>
       </c>
       <c r="J65" s="12">
@@ -32659,52 +33005,58 @@
       </c>
       <c r="FR65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY65" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ65" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA65" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="66" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J66" s="12" t="s">
@@ -33201,52 +33553,58 @@
       </c>
       <c r="FR66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY66" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ66" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA66" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="67" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J67" s="12" t="s">
@@ -33743,52 +34101,58 @@
       </c>
       <c r="FR67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY67" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ67" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA67" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="68" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="12">
         <v>3.4339242099999998</v>
       </c>
       <c r="D68" s="12">
         <v>3.9383381800000001</v>
       </c>
       <c r="E68" s="12">
         <v>4.0891618200000002</v>
       </c>
       <c r="F68" s="12">
         <v>3.4418081800000002</v>
       </c>
       <c r="G68" s="12">
         <v>3.7017138599999999</v>
       </c>
       <c r="H68" s="12">
         <v>2.8386063300000002</v>
       </c>
       <c r="I68" s="12">
         <v>2.74921689</v>
       </c>
       <c r="J68" s="12">
@@ -34285,52 +34649,58 @@
       </c>
       <c r="FR68" s="12">
         <v>1.7731393900000001</v>
       </c>
       <c r="FS68" s="12">
         <v>7.3468975800000003</v>
       </c>
       <c r="FT68" s="12">
         <v>7.8440164499999998</v>
       </c>
       <c r="FU68" s="12">
         <v>5.6167201100000002</v>
       </c>
       <c r="FV68" s="12">
         <v>6.1729579299999999</v>
       </c>
       <c r="FW68" s="12">
         <v>7.0596359299999998</v>
       </c>
       <c r="FX68" s="12">
         <v>6.4309789500000001</v>
       </c>
       <c r="FY68" s="12">
         <v>7.8546132200000001</v>
       </c>
+      <c r="FZ68" s="12">
+        <v>1.6085440499999999</v>
+      </c>
+      <c r="GA68" s="12">
+        <v>1.58309696</v>
+      </c>
     </row>
-    <row r="69" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C69" s="12">
         <v>3.4339242099999998</v>
       </c>
       <c r="D69" s="12">
         <v>3.9383381800000001</v>
       </c>
       <c r="E69" s="12">
         <v>4.0891618200000002</v>
       </c>
       <c r="F69" s="12">
         <v>3.4418081800000002</v>
       </c>
       <c r="G69" s="12">
         <v>3.7017138599999999</v>
       </c>
       <c r="H69" s="12">
         <v>2.8386063300000002</v>
       </c>
       <c r="I69" s="12">
         <v>2.74921689</v>
       </c>
       <c r="J69" s="12">
@@ -34827,52 +35197,58 @@
       </c>
       <c r="FR69" s="12">
         <v>1.7731393900000001</v>
       </c>
       <c r="FS69" s="12">
         <v>7.3468975800000003</v>
       </c>
       <c r="FT69" s="12">
         <v>7.8440164499999998</v>
       </c>
       <c r="FU69" s="12">
         <v>5.6167201100000002</v>
       </c>
       <c r="FV69" s="12">
         <v>6.1729579299999999</v>
       </c>
       <c r="FW69" s="12">
         <v>7.0596359299999998</v>
       </c>
       <c r="FX69" s="12">
         <v>6.4309789500000001</v>
       </c>
       <c r="FY69" s="12">
         <v>7.8546132200000001</v>
       </c>
+      <c r="FZ69" s="12">
+        <v>1.6085440499999999</v>
+      </c>
+      <c r="GA69" s="12">
+        <v>1.58309696</v>
+      </c>
     </row>
-    <row r="70" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J70" s="12" t="s">
@@ -35369,52 +35745,58 @@
       </c>
       <c r="FR70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY70" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ70" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA70" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="71" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J71" s="12" t="s">
@@ -35911,52 +36293,58 @@
       </c>
       <c r="FR71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY71" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ71" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA71" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="72" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="9">
         <v>10.170631159999999</v>
       </c>
       <c r="D72" s="9">
         <v>8.5365663699999992</v>
       </c>
       <c r="E72" s="9">
         <v>17.66234652</v>
       </c>
       <c r="F72" s="9">
         <v>10.420876890000001</v>
       </c>
       <c r="G72" s="9">
         <v>11.36006532</v>
       </c>
       <c r="H72" s="9">
         <v>10.516728929999999</v>
       </c>
       <c r="I72" s="9">
         <v>9.0779408799999999</v>
       </c>
       <c r="J72" s="9">
@@ -36453,52 +36841,58 @@
       </c>
       <c r="FR72" s="9">
         <v>3.7952947699999999</v>
       </c>
       <c r="FS72" s="9">
         <v>2.3114574800000001</v>
       </c>
       <c r="FT72" s="9">
         <v>0.71787635999999999</v>
       </c>
       <c r="FU72" s="9">
         <v>0.67071086999999996</v>
       </c>
       <c r="FV72" s="9">
         <v>0.6810098</v>
       </c>
       <c r="FW72" s="9">
         <v>5.1492537299999999</v>
       </c>
       <c r="FX72" s="9">
         <v>61.646079880000002</v>
       </c>
       <c r="FY72" s="9">
         <v>43.400438989999998</v>
       </c>
+      <c r="FZ72" s="9">
+        <v>33.912424690000002</v>
+      </c>
+      <c r="GA72" s="9">
+        <v>44.993302149999998</v>
+      </c>
     </row>
-    <row r="73" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C73" s="9">
         <v>10.13818794</v>
       </c>
       <c r="D73" s="9">
         <v>8.5051311199999997</v>
       </c>
       <c r="E73" s="9">
         <v>17.63054988</v>
       </c>
       <c r="F73" s="9">
         <v>10.38970162</v>
       </c>
       <c r="G73" s="9">
         <v>11.32869664</v>
       </c>
       <c r="H73" s="9">
         <v>10.48318141</v>
       </c>
       <c r="I73" s="9">
         <v>9.0495216599999999</v>
       </c>
       <c r="J73" s="9">
@@ -36995,52 +37389,58 @@
       </c>
       <c r="FR73" s="9">
         <v>3.7952947699999999</v>
       </c>
       <c r="FS73" s="9">
         <v>2.3114574800000001</v>
       </c>
       <c r="FT73" s="9">
         <v>0.71787635999999999</v>
       </c>
       <c r="FU73" s="9">
         <v>0.67071086999999996</v>
       </c>
       <c r="FV73" s="9">
         <v>0.6810098</v>
       </c>
       <c r="FW73" s="9">
         <v>5.1492537299999999</v>
       </c>
       <c r="FX73" s="9">
         <v>61.646079880000002</v>
       </c>
       <c r="FY73" s="9">
         <v>43.400438989999998</v>
       </c>
+      <c r="FZ73" s="9">
+        <v>33.912424690000002</v>
+      </c>
+      <c r="GA73" s="9">
+        <v>44.993302149999998</v>
+      </c>
     </row>
-    <row r="74" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J74" s="12" t="s">
@@ -37537,52 +37937,58 @@
       </c>
       <c r="FR74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY74" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ74" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA74" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="75" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="12">
         <v>3.2443220000000002E-2</v>
       </c>
       <c r="D75" s="12">
         <v>3.1435249999999998E-2</v>
       </c>
       <c r="E75" s="12">
         <v>3.1796640000000001E-2</v>
       </c>
       <c r="F75" s="12">
         <v>3.1175270000000001E-2</v>
       </c>
       <c r="G75" s="12">
         <v>3.1368680000000003E-2</v>
       </c>
       <c r="H75" s="12">
         <v>3.3547519999999997E-2</v>
       </c>
       <c r="I75" s="12">
         <v>2.8419219999999999E-2</v>
       </c>
       <c r="J75" s="12">
@@ -38079,52 +38485,58 @@
       </c>
       <c r="FR75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FS75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FT75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY75" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="FZ75" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="GA75" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="76" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C76" s="14">
         <v>1183.1276191899999</v>
       </c>
       <c r="D76" s="14">
         <v>1178.1287451200001</v>
       </c>
       <c r="E76" s="14">
         <v>1203.9498732</v>
       </c>
       <c r="F76" s="14">
         <v>1173.15088472</v>
       </c>
       <c r="G76" s="14">
         <v>1142.8614146899999</v>
       </c>
       <c r="H76" s="14">
         <v>1206.2530733599999</v>
       </c>
       <c r="I76" s="14">
         <v>1180.99982905</v>
       </c>
       <c r="J76" s="14">
@@ -38621,52 +39033,58 @@
       </c>
       <c r="FR76" s="14">
         <v>762.04191992999995</v>
       </c>
       <c r="FS76" s="14">
         <v>758.33923666999999</v>
       </c>
       <c r="FT76" s="14">
         <v>779.83802473000003</v>
       </c>
       <c r="FU76" s="14">
         <v>758.73185568999997</v>
       </c>
       <c r="FV76" s="14">
         <v>741.91098670999997</v>
       </c>
       <c r="FW76" s="14">
         <v>824.11740637000003</v>
       </c>
       <c r="FX76" s="14">
         <v>846.0621476</v>
       </c>
       <c r="FY76" s="14">
         <v>805.85541137999996</v>
       </c>
+      <c r="FZ76" s="14">
+        <v>763.44556259000001</v>
+      </c>
+      <c r="GA76" s="14">
+        <v>819.35224201000005</v>
+      </c>
     </row>
-    <row r="77" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C77" s="16">
         <v>20991.27619602</v>
       </c>
       <c r="D77" s="16">
         <v>20874.246229889999</v>
       </c>
       <c r="E77" s="16">
         <v>20874.850311049999</v>
       </c>
       <c r="F77" s="16">
         <v>20667.84742704</v>
       </c>
       <c r="G77" s="16">
         <v>20372.119600009999</v>
       </c>
       <c r="H77" s="16">
         <v>20534.396642539999</v>
       </c>
       <c r="I77" s="16">
         <v>20341.94173387</v>
       </c>
       <c r="J77" s="16">
@@ -39162,50 +39580,56 @@
         <v>17315.56635537</v>
       </c>
       <c r="FR77" s="16">
         <v>17145.304443159999</v>
       </c>
       <c r="FS77" s="16">
         <v>17260.347067319999</v>
       </c>
       <c r="FT77" s="16">
         <v>17191.066918150002</v>
       </c>
       <c r="FU77" s="16">
         <v>16763.408952450001</v>
       </c>
       <c r="FV77" s="16">
         <v>17009.611890060001</v>
       </c>
       <c r="FW77" s="16">
         <v>17473.090677699998</v>
       </c>
       <c r="FX77" s="16">
         <v>17249.390179180002</v>
       </c>
       <c r="FY77" s="16">
         <v>17315.22465149</v>
+      </c>
+      <c r="FZ77" s="16">
+        <v>17376.225078560001</v>
+      </c>
+      <c r="GA77" s="16">
+        <v>17009.8821536</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>