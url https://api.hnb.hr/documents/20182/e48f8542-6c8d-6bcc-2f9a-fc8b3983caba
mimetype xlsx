--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D62F9D7E-7B4E-4C95-B85E-5CA507DEB6B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55C20D50-BF1E-4448-9BE5-85A47DB1F668}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{63CFB2FB-B805-4086-B7B1-F7C6857984E8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{63CFB2FB-B805-4086-B7B1-F7C6857984E8}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3310" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3329" uniqueCount="23">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">     Up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">     From 1 to 2 years</t>
   </si>
   <si>
     <t xml:space="preserve">     Over 2 years</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>IN DOMESTIC CURRENCY</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -830,79 +830,79 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76332BD3-A667-4FD2-8AB8-965540A7E2B7}">
-  <dimension ref="B2:GA77"/>
+  <dimension ref="B2:GB77"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" style="5" customWidth="1"/>
-    <col min="3" max="183" width="10.42578125" style="5" customWidth="1"/>
-    <col min="184" max="16384" width="8.28515625" style="5"/>
+    <col min="3" max="184" width="10.42578125" style="5" customWidth="1"/>
+    <col min="185" max="16384" width="8.28515625" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="17" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:184" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="6"/>
     </row>
-    <row r="5" spans="2:183" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:184" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
     </row>
-    <row r="6" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1403,52 +1403,55 @@
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
       <c r="FX6" s="4">
         <v>45930</v>
       </c>
       <c r="FY6" s="4">
         <v>45961</v>
       </c>
       <c r="FZ6" s="4">
         <v>45991</v>
       </c>
       <c r="GA6" s="4">
         <v>46022</v>
       </c>
+      <c r="GB6" s="4">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="7" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:184" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
@@ -1589,52 +1592,53 @@
       <c r="FC7" s="18"/>
       <c r="FD7" s="18"/>
       <c r="FE7" s="18"/>
       <c r="FF7" s="18"/>
       <c r="FG7" s="18"/>
       <c r="FH7" s="18"/>
       <c r="FI7" s="18"/>
       <c r="FJ7" s="18"/>
       <c r="FK7" s="18"/>
       <c r="FL7" s="18"/>
       <c r="FM7" s="18"/>
       <c r="FN7" s="18"/>
       <c r="FO7" s="18"/>
       <c r="FP7" s="18"/>
       <c r="FQ7" s="18"/>
       <c r="FR7" s="18"/>
       <c r="FS7" s="18"/>
       <c r="FT7" s="18"/>
       <c r="FU7" s="18"/>
       <c r="FV7" s="18"/>
       <c r="FW7" s="18"/>
       <c r="FX7" s="18"/>
       <c r="FY7" s="18"/>
       <c r="FZ7" s="18"/>
       <c r="GA7" s="18"/>
+      <c r="GB7" s="18"/>
     </row>
-    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>59.015833469999997</v>
       </c>
       <c r="D8" s="9">
         <v>103.51137524000001</v>
       </c>
       <c r="E8" s="9">
         <v>111.66501340000001</v>
       </c>
       <c r="F8" s="9">
         <v>112.91392836</v>
       </c>
       <c r="G8" s="9">
         <v>107.35568112</v>
       </c>
       <c r="H8" s="9">
         <v>109.22854461999999</v>
       </c>
       <c r="I8" s="9">
         <v>108.46463134</v>
       </c>
       <c r="J8" s="9">
@@ -2137,52 +2141,55 @@
       </c>
       <c r="FT8" s="9">
         <v>525.16496699000004</v>
       </c>
       <c r="FU8" s="9">
         <v>492.78714180999998</v>
       </c>
       <c r="FV8" s="9">
         <v>509.20164750999999</v>
       </c>
       <c r="FW8" s="9">
         <v>547.24222495000004</v>
       </c>
       <c r="FX8" s="9">
         <v>526.84448250000003</v>
       </c>
       <c r="FY8" s="9">
         <v>517.5279554</v>
       </c>
       <c r="FZ8" s="9">
         <v>552.74085238999999</v>
       </c>
       <c r="GA8" s="9">
         <v>313.67874511000002</v>
       </c>
+      <c r="GB8" s="9">
+        <v>407.90273116999998</v>
+      </c>
     </row>
-    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="9">
         <v>57.52270918</v>
       </c>
       <c r="D9" s="9">
         <v>102.01395162999999</v>
       </c>
       <c r="E9" s="9">
         <v>110.16623740999999</v>
       </c>
       <c r="F9" s="9">
         <v>111.42181576</v>
       </c>
       <c r="G9" s="9">
         <v>105.86836339</v>
       </c>
       <c r="H9" s="9">
         <v>107.72612126</v>
       </c>
       <c r="I9" s="9">
         <v>106.95922551</v>
       </c>
       <c r="J9" s="9">
@@ -2685,52 +2692,55 @@
       </c>
       <c r="FT9" s="9">
         <v>525.05929342000002</v>
       </c>
       <c r="FU9" s="9">
         <v>492.68146824000002</v>
       </c>
       <c r="FV9" s="9">
         <v>509.09597394000002</v>
       </c>
       <c r="FW9" s="9">
         <v>547.13655138000001</v>
       </c>
       <c r="FX9" s="9">
         <v>526.73880893</v>
       </c>
       <c r="FY9" s="9">
         <v>517.42228182999997</v>
       </c>
       <c r="FZ9" s="9">
         <v>552.63517881999996</v>
       </c>
       <c r="GA9" s="9">
         <v>313.57307154</v>
       </c>
+      <c r="GB9" s="9">
+        <v>407.79705760000002</v>
+      </c>
     </row>
-    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="9">
         <v>36.111075649999997</v>
       </c>
       <c r="D10" s="9">
         <v>80.612147570000005</v>
       </c>
       <c r="E10" s="9">
         <v>88.921134969999997</v>
       </c>
       <c r="F10" s="9">
         <v>90.198958230000002</v>
       </c>
       <c r="G10" s="9">
         <v>84.8200748</v>
       </c>
       <c r="H10" s="9">
         <v>85.818340730000003</v>
       </c>
       <c r="I10" s="9">
         <v>84.999401849999998</v>
       </c>
       <c r="J10" s="9">
@@ -3233,52 +3243,55 @@
       </c>
       <c r="FT10" s="9">
         <v>511.76827199000002</v>
       </c>
       <c r="FU10" s="9">
         <v>479.88496497</v>
       </c>
       <c r="FV10" s="9">
         <v>496.29548899000002</v>
       </c>
       <c r="FW10" s="9">
         <v>534.36079123000002</v>
       </c>
       <c r="FX10" s="9">
         <v>513.96296816999995</v>
       </c>
       <c r="FY10" s="9">
         <v>505.64644106999998</v>
       </c>
       <c r="FZ10" s="9">
         <v>540.85933806000003</v>
       </c>
       <c r="GA10" s="9">
         <v>301.79715227999998</v>
       </c>
+      <c r="GB10" s="9">
+        <v>402.02113833999999</v>
+      </c>
     </row>
-    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9">
         <v>3.8319871399999998</v>
       </c>
       <c r="D11" s="9">
         <v>4.0440135899999996</v>
       </c>
       <c r="E11" s="9">
         <v>4.0131607899999997</v>
       </c>
       <c r="F11" s="9">
         <v>3.90839867</v>
       </c>
       <c r="G11" s="9">
         <v>3.9981027099999999</v>
       </c>
       <c r="H11" s="9">
         <v>5.06029953</v>
       </c>
       <c r="I11" s="9">
         <v>5.4498821399999997</v>
       </c>
       <c r="J11" s="9">
@@ -3781,52 +3794,55 @@
       </c>
       <c r="FT11" s="9">
         <v>3.14572684</v>
       </c>
       <c r="FU11" s="9">
         <v>3.1408798400000002</v>
       </c>
       <c r="FV11" s="9">
         <v>3.1448615200000001</v>
       </c>
       <c r="FW11" s="9">
         <v>3.1201367200000001</v>
       </c>
       <c r="FX11" s="9">
         <v>3.1201367200000001</v>
       </c>
       <c r="FY11" s="9">
         <v>2.1201367200000001</v>
       </c>
       <c r="FZ11" s="9">
         <v>2.1201367200000001</v>
       </c>
       <c r="GA11" s="9">
         <v>2.1201367200000001</v>
       </c>
+      <c r="GB11" s="9">
+        <v>0.12013672</v>
+      </c>
     </row>
-    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="9">
         <v>17.579646390000001</v>
       </c>
       <c r="D12" s="9">
         <v>17.357790470000001</v>
       </c>
       <c r="E12" s="9">
         <v>17.23194165</v>
       </c>
       <c r="F12" s="9">
         <v>17.314458859999998</v>
       </c>
       <c r="G12" s="9">
         <v>17.050185880000001</v>
       </c>
       <c r="H12" s="9">
         <v>16.847480999999998</v>
       </c>
       <c r="I12" s="9">
         <v>16.509941520000002</v>
       </c>
       <c r="J12" s="9">
@@ -4329,52 +4345,55 @@
       </c>
       <c r="FT12" s="9">
         <v>10.145294590000001</v>
       </c>
       <c r="FU12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FV12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FW12" s="9">
         <v>9.6556234300000003</v>
       </c>
       <c r="FX12" s="9">
         <v>9.6557040399999998</v>
       </c>
       <c r="FY12" s="9">
         <v>9.6557040399999998</v>
       </c>
       <c r="FZ12" s="9">
         <v>9.6557040399999998</v>
       </c>
       <c r="GA12" s="9">
         <v>9.6557825400000006</v>
       </c>
+      <c r="GB12" s="9">
+        <v>5.6557825399999997</v>
+      </c>
     </row>
-    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="9">
         <v>1.4931242899999999</v>
       </c>
       <c r="D13" s="9">
         <v>1.49742361</v>
       </c>
       <c r="E13" s="9">
         <v>1.4987759899999999</v>
       </c>
       <c r="F13" s="9">
         <v>1.4921126</v>
       </c>
       <c r="G13" s="9">
         <v>1.48731773</v>
       </c>
       <c r="H13" s="9">
         <v>1.5024233600000001</v>
       </c>
       <c r="I13" s="9">
         <v>1.5054058299999999</v>
       </c>
       <c r="J13" s="9">
@@ -4877,52 +4896,55 @@
       </c>
       <c r="FT13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FU13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FV13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FW13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FX13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FY13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FZ13" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="GA13" s="9">
         <v>0.10567356999999999</v>
       </c>
+      <c r="GB13" s="9">
+        <v>0.10567356999999999</v>
+      </c>
     </row>
-    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="12">
         <v>0.45067054000000001</v>
       </c>
       <c r="D14" s="12">
         <v>0.45188120999999998</v>
       </c>
       <c r="E14" s="12">
         <v>0.45218386999999999</v>
       </c>
       <c r="F14" s="12">
         <v>0.45006520999999999</v>
       </c>
       <c r="G14" s="12">
         <v>0.44915719999999998</v>
       </c>
       <c r="H14" s="12">
         <v>0.45339454000000001</v>
       </c>
       <c r="I14" s="12">
         <v>0.46442925000000002</v>
       </c>
       <c r="J14" s="12" t="s">
@@ -5425,52 +5447,55 @@
       </c>
       <c r="FT14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ14" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA14" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB14" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J15" s="12">
@@ -5973,52 +5998,55 @@
       </c>
       <c r="FT15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ15" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA15" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB15" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="9">
         <v>1.04245375</v>
       </c>
       <c r="D16" s="9">
         <v>1.0455424</v>
       </c>
       <c r="E16" s="9">
         <v>1.0465921199999999</v>
       </c>
       <c r="F16" s="9">
         <v>1.04204739</v>
       </c>
       <c r="G16" s="9">
         <v>1.0381605300000001</v>
       </c>
       <c r="H16" s="9">
         <v>1.04902882</v>
       </c>
       <c r="I16" s="9">
         <v>1.0409765799999999</v>
       </c>
       <c r="J16" s="9">
@@ -6521,52 +6549,55 @@
       </c>
       <c r="FT16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FU16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FV16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FW16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FX16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FY16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="FZ16" s="9">
         <v>0.10567356999999999</v>
       </c>
       <c r="GA16" s="9">
         <v>0.10567356999999999</v>
       </c>
+      <c r="GB16" s="9">
+        <v>0.10567356999999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="9">
         <v>2786.3777300199999</v>
       </c>
       <c r="D17" s="9">
         <v>2499.5648527100002</v>
       </c>
       <c r="E17" s="9">
         <v>2397.5987747899999</v>
       </c>
       <c r="F17" s="9">
         <v>2356.31180034</v>
       </c>
       <c r="G17" s="9">
         <v>2330.0445691</v>
       </c>
       <c r="H17" s="9">
         <v>2296.0378762099999</v>
       </c>
       <c r="I17" s="9">
         <v>2205.98835667</v>
       </c>
       <c r="J17" s="9">
@@ -7069,52 +7100,55 @@
       </c>
       <c r="FT17" s="9">
         <v>4316.1676224299999</v>
       </c>
       <c r="FU17" s="9">
         <v>4077.1236430700001</v>
       </c>
       <c r="FV17" s="9">
         <v>4273.2337156000003</v>
       </c>
       <c r="FW17" s="9">
         <v>4751.45183361</v>
       </c>
       <c r="FX17" s="9">
         <v>4638.3246123099998</v>
       </c>
       <c r="FY17" s="9">
         <v>4793.1906468400002</v>
       </c>
       <c r="FZ17" s="9">
         <v>4793.4105031899999</v>
       </c>
       <c r="GA17" s="9">
         <v>4614.3131948500004</v>
       </c>
+      <c r="GB17" s="9">
+        <v>4564.3280808</v>
+      </c>
     </row>
-    <row r="18" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="9">
         <v>2157.0778375599998</v>
       </c>
       <c r="D18" s="9">
         <v>1844.34337736</v>
       </c>
       <c r="E18" s="9">
         <v>1747.18706638</v>
       </c>
       <c r="F18" s="9">
         <v>1730.01430418</v>
       </c>
       <c r="G18" s="9">
         <v>1661.29677879</v>
       </c>
       <c r="H18" s="9">
         <v>1598.85137998</v>
       </c>
       <c r="I18" s="9">
         <v>1495.1998088099999</v>
       </c>
       <c r="J18" s="9">
@@ -7617,52 +7651,55 @@
       </c>
       <c r="FT18" s="9">
         <v>3803.59619088</v>
       </c>
       <c r="FU18" s="9">
         <v>3553.5172429300001</v>
       </c>
       <c r="FV18" s="9">
         <v>3750.9575386400002</v>
       </c>
       <c r="FW18" s="9">
         <v>4224.8377169300002</v>
       </c>
       <c r="FX18" s="9">
         <v>4135.7851683299996</v>
       </c>
       <c r="FY18" s="9">
         <v>4302.1700363999998</v>
       </c>
       <c r="FZ18" s="9">
         <v>4294.6910175000003</v>
       </c>
       <c r="GA18" s="9">
         <v>4104.6479517300004</v>
       </c>
+      <c r="GB18" s="9">
+        <v>4064.4497237800001</v>
+      </c>
     </row>
-    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="9">
         <v>454.64069898000002</v>
       </c>
       <c r="D19" s="9">
         <v>478.31531840999997</v>
       </c>
       <c r="E19" s="9">
         <v>471.17435240999998</v>
       </c>
       <c r="F19" s="9">
         <v>440.03547051999999</v>
       </c>
       <c r="G19" s="9">
         <v>481.84178996000003</v>
       </c>
       <c r="H19" s="9">
         <v>522.35943062000001</v>
       </c>
       <c r="I19" s="9">
         <v>507.96269410000002</v>
       </c>
       <c r="J19" s="9">
@@ -8165,52 +8202,55 @@
       </c>
       <c r="FT19" s="9">
         <v>229.13114894</v>
       </c>
       <c r="FU19" s="9">
         <v>184.50016696</v>
       </c>
       <c r="FV19" s="9">
         <v>176.80052583</v>
       </c>
       <c r="FW19" s="9">
         <v>216.14263467999999</v>
       </c>
       <c r="FX19" s="9">
         <v>208.37864758000001</v>
       </c>
       <c r="FY19" s="9">
         <v>178.75202071000001</v>
       </c>
       <c r="FZ19" s="9">
         <v>200.71597904999999</v>
       </c>
       <c r="GA19" s="9">
         <v>163.68836057999999</v>
       </c>
+      <c r="GB19" s="9">
+        <v>163.45932991000001</v>
+      </c>
     </row>
-    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9">
         <v>174.65919348</v>
       </c>
       <c r="D20" s="9">
         <v>176.90615693999999</v>
       </c>
       <c r="E20" s="9">
         <v>179.23735600000001</v>
       </c>
       <c r="F20" s="9">
         <v>186.26202563999999</v>
       </c>
       <c r="G20" s="9">
         <v>186.90600035</v>
       </c>
       <c r="H20" s="9">
         <v>174.82706561000001</v>
       </c>
       <c r="I20" s="9">
         <v>202.82585376</v>
       </c>
       <c r="J20" s="9">
@@ -8713,52 +8753,55 @@
       </c>
       <c r="FT20" s="9">
         <v>283.44028261</v>
       </c>
       <c r="FU20" s="9">
         <v>339.10623318</v>
       </c>
       <c r="FV20" s="9">
         <v>345.47565113000002</v>
       </c>
       <c r="FW20" s="9">
         <v>310.47148199999998</v>
       </c>
       <c r="FX20" s="9">
         <v>294.16079639999998</v>
       </c>
       <c r="FY20" s="9">
         <v>312.26858972999997</v>
       </c>
       <c r="FZ20" s="9">
         <v>298.00350664000001</v>
       </c>
       <c r="GA20" s="9">
         <v>345.97688254000002</v>
       </c>
+      <c r="GB20" s="9">
+        <v>336.41902711</v>
+      </c>
     </row>
-    <row r="21" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="9">
         <v>15799.463217009999</v>
       </c>
       <c r="D21" s="9">
         <v>15962.036274030001</v>
       </c>
       <c r="E21" s="9">
         <v>16052.07142534</v>
       </c>
       <c r="F21" s="9">
         <v>15998.501108</v>
       </c>
       <c r="G21" s="9">
         <v>15908.41274254</v>
       </c>
       <c r="H21" s="9">
         <v>16086.869524719999</v>
       </c>
       <c r="I21" s="9">
         <v>15967.69365082</v>
       </c>
       <c r="J21" s="9">
@@ -9261,52 +9304,55 @@
       </c>
       <c r="FT21" s="9">
         <v>10006.87375594</v>
       </c>
       <c r="FU21" s="9">
         <v>9892.1264783099996</v>
       </c>
       <c r="FV21" s="9">
         <v>9929.9812801200005</v>
       </c>
       <c r="FW21" s="9">
         <v>9848.7760568100002</v>
       </c>
       <c r="FX21" s="9">
         <v>9862.3387873400006</v>
       </c>
       <c r="FY21" s="9">
         <v>9725.6176469099992</v>
       </c>
       <c r="FZ21" s="9">
         <v>9759.3475145800003</v>
       </c>
       <c r="GA21" s="9">
         <v>9778.4455513100002</v>
       </c>
+      <c r="GB21" s="9">
+        <v>9792.7644485300007</v>
+      </c>
     </row>
-    <row r="22" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="9">
         <v>9699.49605084</v>
       </c>
       <c r="D22" s="9">
         <v>9721.4236431200006</v>
       </c>
       <c r="E22" s="9">
         <v>9780.9009519200008</v>
       </c>
       <c r="F22" s="9">
         <v>9709.1088376400003</v>
       </c>
       <c r="G22" s="9">
         <v>9560.3165354600005</v>
       </c>
       <c r="H22" s="9">
         <v>9604.1401706800007</v>
       </c>
       <c r="I22" s="9">
         <v>9500.14208014</v>
       </c>
       <c r="J22" s="9">
@@ -9809,52 +9855,55 @@
       </c>
       <c r="FT22" s="9">
         <v>6480.6058899</v>
       </c>
       <c r="FU22" s="9">
         <v>6361.7361013</v>
       </c>
       <c r="FV22" s="9">
         <v>6423.9621846500004</v>
       </c>
       <c r="FW22" s="9">
         <v>6373.2015003099996</v>
       </c>
       <c r="FX22" s="9">
         <v>6424.5148211899996</v>
       </c>
       <c r="FY22" s="9">
         <v>6327.3963902799997</v>
       </c>
       <c r="FZ22" s="9">
         <v>6277.8292593300002</v>
       </c>
       <c r="GA22" s="9">
         <v>6360.2808625799998</v>
       </c>
+      <c r="GB22" s="9">
+        <v>6404.2757472499998</v>
+      </c>
     </row>
-    <row r="23" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="9">
         <v>2909.9260345100001</v>
       </c>
       <c r="D23" s="9">
         <v>3031.3330861300001</v>
       </c>
       <c r="E23" s="9">
         <v>3021.41969978</v>
       </c>
       <c r="F23" s="9">
         <v>3087.8149311799998</v>
       </c>
       <c r="G23" s="9">
         <v>3139.6481896099999</v>
       </c>
       <c r="H23" s="9">
         <v>3212.9248849099999</v>
       </c>
       <c r="I23" s="9">
         <v>3190.6906165400001</v>
       </c>
       <c r="J23" s="9">
@@ -10357,52 +10406,55 @@
       </c>
       <c r="FT23" s="9">
         <v>1728.69128834</v>
       </c>
       <c r="FU23" s="9">
         <v>1747.9010953500001</v>
       </c>
       <c r="FV23" s="9">
         <v>1736.37322496</v>
       </c>
       <c r="FW23" s="9">
         <v>1681.8620939</v>
       </c>
       <c r="FX23" s="9">
         <v>1638.29478232</v>
       </c>
       <c r="FY23" s="9">
         <v>1603.7591627300001</v>
       </c>
       <c r="FZ23" s="9">
         <v>1698.6622249899999</v>
       </c>
       <c r="GA23" s="9">
         <v>1658.55918974</v>
       </c>
+      <c r="GB23" s="9">
+        <v>1633.61414741</v>
+      </c>
     </row>
-    <row r="24" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="9">
         <v>3190.0411316599998</v>
       </c>
       <c r="D24" s="9">
         <v>3209.2795447799999</v>
       </c>
       <c r="E24" s="9">
         <v>3249.7507736399998</v>
       </c>
       <c r="F24" s="9">
         <v>3201.5773391799999</v>
       </c>
       <c r="G24" s="9">
         <v>3208.4480174700002</v>
       </c>
       <c r="H24" s="9">
         <v>3269.8044691300001</v>
       </c>
       <c r="I24" s="9">
         <v>3276.8609541400001</v>
       </c>
       <c r="J24" s="9">
@@ -10905,52 +10957,55 @@
       </c>
       <c r="FT24" s="9">
         <v>1797.5765776999999</v>
       </c>
       <c r="FU24" s="9">
         <v>1782.48928166</v>
       </c>
       <c r="FV24" s="9">
         <v>1769.6458705099999</v>
       </c>
       <c r="FW24" s="9">
         <v>1793.7124626</v>
       </c>
       <c r="FX24" s="9">
         <v>1799.52918383</v>
       </c>
       <c r="FY24" s="9">
         <v>1794.4620938999999</v>
       </c>
       <c r="FZ24" s="9">
         <v>1782.8560302599999</v>
       </c>
       <c r="GA24" s="9">
         <v>1759.6054989899999</v>
       </c>
+      <c r="GB24" s="9">
+        <v>1754.87455387</v>
+      </c>
     </row>
-    <row r="25" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="9">
         <v>64.817125829999995</v>
       </c>
       <c r="D25" s="9">
         <v>65.545723010000003</v>
       </c>
       <c r="E25" s="9">
         <v>57.277229320000004</v>
       </c>
       <c r="F25" s="9">
         <v>52.521467080000001</v>
       </c>
       <c r="G25" s="9">
         <v>55.769857870000003</v>
       </c>
       <c r="H25" s="9">
         <v>50.276863280000001</v>
       </c>
       <c r="I25" s="9">
         <v>50.54799165</v>
       </c>
       <c r="J25" s="9">
@@ -11453,52 +11508,55 @@
       </c>
       <c r="FT25" s="9">
         <v>253.21573746000001</v>
       </c>
       <c r="FU25" s="9">
         <v>239.20746616</v>
       </c>
       <c r="FV25" s="9">
         <v>258.16323975</v>
       </c>
       <c r="FW25" s="9">
         <v>289.02157822999999</v>
       </c>
       <c r="FX25" s="9">
         <v>249.98481720000001</v>
       </c>
       <c r="FY25" s="9">
         <v>309.27048466999997</v>
       </c>
       <c r="FZ25" s="9">
         <v>297.00328314000001</v>
       </c>
       <c r="GA25" s="9">
         <v>240.8062262</v>
       </c>
+      <c r="GB25" s="9">
+        <v>230.95891571999999</v>
+      </c>
     </row>
-    <row r="26" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="9">
         <v>64.817125829999995</v>
       </c>
       <c r="D26" s="9">
         <v>65.545723010000003</v>
       </c>
       <c r="E26" s="9">
         <v>57.277229320000004</v>
       </c>
       <c r="F26" s="9">
         <v>52.521467080000001</v>
       </c>
       <c r="G26" s="9">
         <v>55.769857870000003</v>
       </c>
       <c r="H26" s="9">
         <v>50.276863280000001</v>
       </c>
       <c r="I26" s="9">
         <v>50.316273000000002</v>
       </c>
       <c r="J26" s="9">
@@ -12001,52 +12059,55 @@
       </c>
       <c r="FT26" s="9">
         <v>253.21573746000001</v>
       </c>
       <c r="FU26" s="9">
         <v>239.20746616</v>
       </c>
       <c r="FV26" s="9">
         <v>258.16323975</v>
       </c>
       <c r="FW26" s="9">
         <v>289.02157822999999</v>
       </c>
       <c r="FX26" s="9">
         <v>249.98481720000001</v>
       </c>
       <c r="FY26" s="9">
         <v>309.27048466999997</v>
       </c>
       <c r="FZ26" s="9">
         <v>297.00328314000001</v>
       </c>
       <c r="GA26" s="9">
         <v>240.8062262</v>
       </c>
+      <c r="GB26" s="9">
+        <v>230.95891571999999</v>
+      </c>
     </row>
-    <row r="27" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="I27" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -12549,52 +12610,55 @@
       </c>
       <c r="FT27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FU27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FV27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FW27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FX27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FY27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="FZ27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="GA27" s="18" t="s">
         <v>4</v>
       </c>
+      <c r="GB27" s="18" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="28" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I28" s="12">
         <v>0.23171865</v>
       </c>
       <c r="J28" s="12">
@@ -13097,52 +13161,55 @@
       </c>
       <c r="FT28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ28" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA28" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB28" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="29" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="9">
         <v>430.20468441000003</v>
       </c>
       <c r="D29" s="9">
         <v>452.57446615999999</v>
       </c>
       <c r="E29" s="9">
         <v>401.36151531000002</v>
       </c>
       <c r="F29" s="9">
         <v>394.49615432000002</v>
       </c>
       <c r="G29" s="9">
         <v>290.10106086000002</v>
       </c>
       <c r="H29" s="9">
         <v>248.12251268</v>
       </c>
       <c r="I29" s="9">
         <v>223.55928892</v>
       </c>
       <c r="J29" s="9">
@@ -13645,52 +13712,55 @@
       </c>
       <c r="FT29" s="9">
         <v>39.368083149999997</v>
       </c>
       <c r="FU29" s="9">
         <v>52.789991129999997</v>
       </c>
       <c r="FV29" s="9">
         <v>77.980687649999993</v>
       </c>
       <c r="FW29" s="9">
         <v>80.216619879999996</v>
       </c>
       <c r="FX29" s="9">
         <v>42.139744790000002</v>
       </c>
       <c r="FY29" s="9">
         <v>94.401128709999995</v>
       </c>
       <c r="FZ29" s="9">
         <v>103.56707206</v>
       </c>
       <c r="GA29" s="9">
         <v>86.916359200000002</v>
       </c>
+      <c r="GB29" s="9">
+        <v>67.890052589999996</v>
+      </c>
     </row>
-    <row r="30" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="9">
         <v>313.81887209000001</v>
       </c>
       <c r="D30" s="9">
         <v>342.23054313</v>
       </c>
       <c r="E30" s="9">
         <v>294.54224492999998</v>
       </c>
       <c r="F30" s="9">
         <v>300.68504844</v>
       </c>
       <c r="G30" s="9">
         <v>206.43668317999999</v>
       </c>
       <c r="H30" s="9">
         <v>168.70465808</v>
       </c>
       <c r="I30" s="9">
         <v>206.31752164</v>
       </c>
       <c r="J30" s="9">
@@ -14193,52 +14263,55 @@
       </c>
       <c r="FT30" s="9">
         <v>35.884077079999997</v>
       </c>
       <c r="FU30" s="9">
         <v>49.175923390000001</v>
       </c>
       <c r="FV30" s="9">
         <v>74.321999079999998</v>
       </c>
       <c r="FW30" s="9">
         <v>76.316637720000003</v>
       </c>
       <c r="FX30" s="9">
         <v>38.125000569999997</v>
       </c>
       <c r="FY30" s="9">
         <v>90.303084220000002</v>
       </c>
       <c r="FZ30" s="9">
         <v>99.250248010000007</v>
       </c>
       <c r="GA30" s="9">
         <v>82.340454460000004</v>
       </c>
+      <c r="GB30" s="9">
+        <v>63.379688010000002</v>
+      </c>
     </row>
-    <row r="31" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="9">
         <v>113.23533836999999</v>
       </c>
       <c r="D31" s="9">
         <v>107.23452288999999</v>
       </c>
       <c r="E31" s="9">
         <v>103.64693317</v>
       </c>
       <c r="F31" s="9">
         <v>92.392115410000002</v>
       </c>
       <c r="G31" s="9">
         <v>82.253741919999996</v>
       </c>
       <c r="H31" s="9">
         <v>78.032184950000001</v>
       </c>
       <c r="I31" s="9">
         <v>15.732410339999999</v>
       </c>
       <c r="J31" s="9">
@@ -14741,52 +14814,55 @@
       </c>
       <c r="FT31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FU31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FV31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FW31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FX31" s="9">
         <v>1.4991905599999999</v>
       </c>
       <c r="FY31" s="9">
         <v>1.4922210600000001</v>
       </c>
       <c r="FZ31" s="9">
         <v>1.4922210600000001</v>
       </c>
       <c r="GA31" s="9">
         <v>1.4922210600000001</v>
       </c>
+      <c r="GB31" s="9">
+        <v>1.4922210600000001</v>
+      </c>
     </row>
-    <row r="32" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="9">
         <v>3.1504739499999999</v>
       </c>
       <c r="D32" s="9">
         <v>3.10940014</v>
       </c>
       <c r="E32" s="9">
         <v>3.1723372099999998</v>
       </c>
       <c r="F32" s="9">
         <v>1.41899047</v>
       </c>
       <c r="G32" s="9">
         <v>1.4106357599999999</v>
       </c>
       <c r="H32" s="9">
         <v>1.3856696500000001</v>
       </c>
       <c r="I32" s="9">
         <v>1.50935694</v>
       </c>
       <c r="J32" s="9">
@@ -15289,52 +15365,55 @@
       </c>
       <c r="FT32" s="9">
         <v>1.98481551</v>
       </c>
       <c r="FU32" s="9">
         <v>2.1148771800000001</v>
       </c>
       <c r="FV32" s="9">
         <v>2.1594980100000001</v>
       </c>
       <c r="FW32" s="9">
         <v>2.4007915999999998</v>
       </c>
       <c r="FX32" s="9">
         <v>2.5155536600000001</v>
       </c>
       <c r="FY32" s="9">
         <v>2.6058234300000001</v>
       </c>
       <c r="FZ32" s="9">
         <v>2.8246029899999998</v>
       </c>
       <c r="GA32" s="9">
         <v>3.08368368</v>
       </c>
+      <c r="GB32" s="9">
+        <v>3.0181435200000002</v>
+      </c>
     </row>
-    <row r="33" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="9">
         <v>181.45127808999999</v>
       </c>
       <c r="D33" s="9">
         <v>169.26141443</v>
       </c>
       <c r="E33" s="9">
         <v>195.32422073999999</v>
       </c>
       <c r="F33" s="9">
         <v>139.31721622000001</v>
       </c>
       <c r="G33" s="9">
         <v>139.28211866999999</v>
       </c>
       <c r="H33" s="9">
         <v>134.61092446000001</v>
       </c>
       <c r="I33" s="9">
         <v>126.52731858</v>
       </c>
       <c r="J33" s="9">
@@ -15837,52 +15916,55 @@
       </c>
       <c r="FT33" s="9">
         <v>105.63377954000001</v>
       </c>
       <c r="FU33" s="9">
         <v>81.395022179999998</v>
       </c>
       <c r="FV33" s="9">
         <v>82.815704249999996</v>
       </c>
       <c r="FW33" s="9">
         <v>98.546629249999995</v>
       </c>
       <c r="FX33" s="9">
         <v>84.822610260000005</v>
       </c>
       <c r="FY33" s="9">
         <v>104.51682416</v>
       </c>
       <c r="FZ33" s="9">
         <v>94.835273549999997</v>
       </c>
       <c r="GA33" s="9">
         <v>52.218895920000001</v>
       </c>
+      <c r="GB33" s="9">
+        <v>73.131364050000002</v>
+      </c>
     </row>
-    <row r="34" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C34" s="9">
         <v>174.64087562</v>
       </c>
       <c r="D34" s="9">
         <v>155.92207755000001</v>
       </c>
       <c r="E34" s="9">
         <v>182.00284665999999</v>
       </c>
       <c r="F34" s="9">
         <v>125.47053568</v>
       </c>
       <c r="G34" s="9">
         <v>125.77933469</v>
       </c>
       <c r="H34" s="9">
         <v>121.34740174</v>
       </c>
       <c r="I34" s="9">
         <v>113.25380632</v>
       </c>
       <c r="J34" s="9">
@@ -16385,52 +16467,55 @@
       </c>
       <c r="FT34" s="9">
         <v>87.077280029999997</v>
       </c>
       <c r="FU34" s="9">
         <v>62.833022669999998</v>
       </c>
       <c r="FV34" s="9">
         <v>64.253704740000003</v>
       </c>
       <c r="FW34" s="9">
         <v>79.984629740000003</v>
       </c>
       <c r="FX34" s="9">
         <v>66.393435749999995</v>
       </c>
       <c r="FY34" s="9">
         <v>90.958896780000003</v>
       </c>
       <c r="FZ34" s="9">
         <v>81.277346170000001</v>
       </c>
       <c r="GA34" s="9">
         <v>38.660968539999999</v>
       </c>
+      <c r="GB34" s="9">
+        <v>59.706436670000002</v>
+      </c>
     </row>
-    <row r="35" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="9">
         <v>0.47790885999999999</v>
       </c>
       <c r="D35" s="9">
         <v>0.45191990999999998</v>
       </c>
       <c r="E35" s="9">
         <v>0.42976409999999998</v>
       </c>
       <c r="F35" s="9">
         <v>1.0326015399999999</v>
       </c>
       <c r="G35" s="9">
         <v>0.96643354000000004</v>
       </c>
       <c r="H35" s="9">
         <v>0.93050621</v>
       </c>
       <c r="I35" s="9">
         <v>0.92958326999999996</v>
       </c>
       <c r="J35" s="9">
@@ -16933,52 +17018,55 @@
       </c>
       <c r="FT35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FU35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FV35" s="9">
         <v>10.000999999999999</v>
       </c>
       <c r="FW35" s="9">
         <v>10</v>
       </c>
       <c r="FX35" s="9">
         <v>10</v>
       </c>
       <c r="FY35" s="9">
         <v>5</v>
       </c>
       <c r="FZ35" s="9">
         <v>5</v>
       </c>
       <c r="GA35" s="9">
         <v>5</v>
       </c>
+      <c r="GB35" s="9">
+        <v>5</v>
+      </c>
     </row>
-    <row r="36" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="9">
         <v>6.3324936100000002</v>
       </c>
       <c r="D36" s="9">
         <v>12.88741697</v>
       </c>
       <c r="E36" s="9">
         <v>12.89160998</v>
       </c>
       <c r="F36" s="9">
         <v>12.814079</v>
       </c>
       <c r="G36" s="9">
         <v>12.53635044</v>
       </c>
       <c r="H36" s="9">
         <v>12.33301651</v>
       </c>
       <c r="I36" s="9">
         <v>12.34392899</v>
       </c>
       <c r="J36" s="9">
@@ -17481,52 +17569,55 @@
       </c>
       <c r="FT36" s="9">
         <v>8.5554995100000006</v>
       </c>
       <c r="FU36" s="9">
         <v>8.5609995100000003</v>
       </c>
       <c r="FV36" s="9">
         <v>8.5609995100000003</v>
       </c>
       <c r="FW36" s="9">
         <v>8.5619995099999997</v>
       </c>
       <c r="FX36" s="9">
         <v>8.4291745099999993</v>
       </c>
       <c r="FY36" s="9">
         <v>8.5579273800000006</v>
       </c>
       <c r="FZ36" s="9">
         <v>8.5579273800000006</v>
       </c>
       <c r="GA36" s="9">
         <v>8.5579273800000006</v>
       </c>
+      <c r="GB36" s="9">
+        <v>8.4249273799999997</v>
+      </c>
     </row>
-    <row r="37" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="9">
         <v>486.81870800000002</v>
       </c>
       <c r="D37" s="9">
         <v>443.62337918999998</v>
       </c>
       <c r="E37" s="9">
         <v>455.60225895000002</v>
       </c>
       <c r="F37" s="9">
         <v>440.63486799999998</v>
       </c>
       <c r="G37" s="9">
         <v>398.29215515999999</v>
       </c>
       <c r="H37" s="9">
         <v>402.99732320999999</v>
       </c>
       <c r="I37" s="9">
         <v>478.16066683999998</v>
       </c>
       <c r="J37" s="9">
@@ -18029,52 +18120,55 @@
       </c>
       <c r="FT37" s="9">
         <v>1164.80494791</v>
       </c>
       <c r="FU37" s="9">
         <v>1169.2473540999999</v>
       </c>
       <c r="FV37" s="9">
         <v>1136.3246284700001</v>
       </c>
       <c r="FW37" s="9">
         <v>1033.7183285999999</v>
       </c>
       <c r="FX37" s="9">
         <v>998.87297718000002</v>
       </c>
       <c r="FY37" s="9">
         <v>964.84455342000001</v>
       </c>
       <c r="FZ37" s="9">
         <v>1011.87501706</v>
       </c>
       <c r="GA37" s="9">
         <v>1104.1509390000001</v>
       </c>
+      <c r="GB37" s="9">
+        <v>935.04900200999998</v>
+      </c>
     </row>
-    <row r="38" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="9">
         <v>280.50110298999999</v>
       </c>
       <c r="D38" s="9">
         <v>245.13551964999999</v>
       </c>
       <c r="E38" s="9">
         <v>268.41424934000003</v>
       </c>
       <c r="F38" s="9">
         <v>255.67367866000001</v>
       </c>
       <c r="G38" s="9">
         <v>215.43737910999999</v>
       </c>
       <c r="H38" s="9">
         <v>207.98607731999999</v>
       </c>
       <c r="I38" s="9">
         <v>280.30908119999998</v>
       </c>
       <c r="J38" s="9">
@@ -18577,52 +18671,55 @@
       </c>
       <c r="FT38" s="9">
         <v>1134.48477626</v>
       </c>
       <c r="FU38" s="9">
         <v>1148.5848740399999</v>
       </c>
       <c r="FV38" s="9">
         <v>1113.68187147</v>
       </c>
       <c r="FW38" s="9">
         <v>1011.0953203</v>
       </c>
       <c r="FX38" s="9">
         <v>975.18984358</v>
       </c>
       <c r="FY38" s="9">
         <v>938.18121989999997</v>
       </c>
       <c r="FZ38" s="9">
         <v>987.23150936000002</v>
       </c>
       <c r="GA38" s="9">
         <v>1079.11813605</v>
       </c>
+      <c r="GB38" s="9">
+        <v>910.01619905999996</v>
+      </c>
     </row>
-    <row r="39" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="9">
         <v>89.730532580000002</v>
       </c>
       <c r="D39" s="9">
         <v>89.596025030000007</v>
       </c>
       <c r="E39" s="9">
         <v>84.820284999999998</v>
       </c>
       <c r="F39" s="9">
         <v>87.216791479999998</v>
       </c>
       <c r="G39" s="9">
         <v>85.342193539999997</v>
       </c>
       <c r="H39" s="9">
         <v>87.993501760000001</v>
       </c>
       <c r="I39" s="9">
         <v>87.717265780000005</v>
       </c>
       <c r="J39" s="9">
@@ -19125,52 +19222,55 @@
       </c>
       <c r="FT39" s="9">
         <v>11.51866933</v>
       </c>
       <c r="FU39" s="9">
         <v>3.5</v>
       </c>
       <c r="FV39" s="9">
         <v>3.5</v>
       </c>
       <c r="FW39" s="9">
         <v>3.5</v>
       </c>
       <c r="FX39" s="9">
         <v>3</v>
       </c>
       <c r="FY39" s="9">
         <v>3</v>
       </c>
       <c r="FZ39" s="9">
         <v>3</v>
       </c>
       <c r="GA39" s="9">
         <v>3</v>
       </c>
+      <c r="GB39" s="9">
+        <v>3</v>
+      </c>
     </row>
-    <row r="40" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="9">
         <v>116.58707243000001</v>
       </c>
       <c r="D40" s="9">
         <v>108.89183451</v>
       </c>
       <c r="E40" s="9">
         <v>102.36772461</v>
       </c>
       <c r="F40" s="9">
         <v>97.744397860000007</v>
       </c>
       <c r="G40" s="9">
         <v>97.512582510000001</v>
       </c>
       <c r="H40" s="9">
         <v>107.01774413</v>
       </c>
       <c r="I40" s="9">
         <v>110.13431986000001</v>
       </c>
       <c r="J40" s="9">
@@ -19673,52 +19773,55 @@
       </c>
       <c r="FT40" s="9">
         <v>18.801502320000001</v>
       </c>
       <c r="FU40" s="9">
         <v>17.16248006</v>
       </c>
       <c r="FV40" s="9">
         <v>19.142757</v>
       </c>
       <c r="FW40" s="9">
         <v>19.123008299999999</v>
       </c>
       <c r="FX40" s="9">
         <v>20.683133600000001</v>
       </c>
       <c r="FY40" s="9">
         <v>23.663333519999998</v>
       </c>
       <c r="FZ40" s="9">
         <v>21.643507700000001</v>
       </c>
       <c r="GA40" s="9">
         <v>22.032802950000001</v>
       </c>
+      <c r="GB40" s="9">
+        <v>22.032802950000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="14">
         <v>19808.148576830001</v>
       </c>
       <c r="D41" s="14">
         <v>19696.117484769999</v>
       </c>
       <c r="E41" s="14">
         <v>19670.900437849999</v>
       </c>
       <c r="F41" s="14">
         <v>19494.696542320002</v>
       </c>
       <c r="G41" s="14">
         <v>19229.258185319999</v>
       </c>
       <c r="H41" s="14">
         <v>19328.14356918</v>
       </c>
       <c r="I41" s="14">
         <v>19160.94190482</v>
       </c>
       <c r="J41" s="14">
@@ -20221,52 +20324,55 @@
       </c>
       <c r="FT41" s="14">
         <v>16411.228893420001</v>
       </c>
       <c r="FU41" s="14">
         <v>16004.67709676</v>
       </c>
       <c r="FV41" s="14">
         <v>16267.70090335</v>
       </c>
       <c r="FW41" s="14">
         <v>16648.97327133</v>
       </c>
       <c r="FX41" s="14">
         <v>16403.32803158</v>
       </c>
       <c r="FY41" s="14">
         <v>16509.369240110002</v>
       </c>
       <c r="FZ41" s="14">
         <v>16612.77951597</v>
       </c>
       <c r="GA41" s="14">
         <v>16190.52991159</v>
       </c>
+      <c r="GB41" s="14">
+        <v>16072.024594869999</v>
+      </c>
     </row>
-    <row r="42" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="9"/>
       <c r="I42" s="9"/>
       <c r="J42" s="9"/>
       <c r="K42" s="9"/>
       <c r="L42" s="9"/>
       <c r="M42" s="9"/>
       <c r="N42" s="9"/>
       <c r="O42" s="9"/>
       <c r="P42" s="9"/>
       <c r="Q42" s="9"/>
       <c r="R42" s="9"/>
       <c r="S42" s="9"/>
       <c r="T42" s="9"/>
       <c r="U42" s="9"/>
       <c r="V42" s="9"/>
       <c r="W42" s="9"/>
       <c r="X42" s="9"/>
@@ -20407,52 +20513,53 @@
       <c r="FC42" s="9"/>
       <c r="FD42" s="9"/>
       <c r="FE42" s="9"/>
       <c r="FF42" s="9"/>
       <c r="FG42" s="9"/>
       <c r="FH42" s="9"/>
       <c r="FI42" s="9"/>
       <c r="FJ42" s="9"/>
       <c r="FK42" s="9"/>
       <c r="FL42" s="9"/>
       <c r="FM42" s="9"/>
       <c r="FN42" s="9"/>
       <c r="FO42" s="9"/>
       <c r="FP42" s="9"/>
       <c r="FQ42" s="9"/>
       <c r="FR42" s="9"/>
       <c r="FS42" s="9"/>
       <c r="FT42" s="9"/>
       <c r="FU42" s="9"/>
       <c r="FV42" s="9"/>
       <c r="FW42" s="9"/>
       <c r="FX42" s="9"/>
       <c r="FY42" s="9"/>
       <c r="FZ42" s="9"/>
       <c r="GA42" s="9"/>
+      <c r="GB42" s="9"/>
     </row>
-    <row r="43" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="9">
         <v>0.73207043999999999</v>
       </c>
       <c r="D43" s="9">
         <v>0.70671585999999997</v>
       </c>
       <c r="E43" s="9">
         <v>0.71113349000000003</v>
       </c>
       <c r="F43" s="9">
         <v>0.69667447000000005</v>
       </c>
       <c r="G43" s="9">
         <v>0.68489065000000005</v>
       </c>
       <c r="H43" s="9">
         <v>0.71800849</v>
       </c>
       <c r="I43" s="9">
         <v>0.65554422000000001</v>
       </c>
       <c r="J43" s="9">
@@ -20955,52 +21062,55 @@
       </c>
       <c r="FT43" s="9">
         <v>0.39817037999999999</v>
       </c>
       <c r="FU43" s="9">
         <v>0.38613532</v>
       </c>
       <c r="FV43" s="9">
         <v>0.39194562999999999</v>
       </c>
       <c r="FW43" s="9">
         <v>0.38760052</v>
       </c>
       <c r="FX43" s="9">
         <v>0.38553341000000002</v>
       </c>
       <c r="FY43" s="9">
         <v>0.39121952999999998</v>
       </c>
       <c r="FZ43" s="9">
         <v>0.39064430999999999</v>
       </c>
       <c r="GA43" s="9">
         <v>0.38454600999999999</v>
       </c>
+      <c r="GB43" s="9">
+        <v>0.37969282999999998</v>
+      </c>
     </row>
-    <row r="44" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C44" s="9">
         <v>0.73207043999999999</v>
       </c>
       <c r="D44" s="9">
         <v>0.70671585999999997</v>
       </c>
       <c r="E44" s="9">
         <v>0.71113349000000003</v>
       </c>
       <c r="F44" s="9">
         <v>0.69667447000000005</v>
       </c>
       <c r="G44" s="9">
         <v>0.68489065000000005</v>
       </c>
       <c r="H44" s="9">
         <v>0.71800849</v>
       </c>
       <c r="I44" s="9">
         <v>0.65554422000000001</v>
       </c>
       <c r="J44" s="9">
@@ -21503,52 +21613,55 @@
       </c>
       <c r="FT44" s="9">
         <v>0.39817037999999999</v>
       </c>
       <c r="FU44" s="9">
         <v>0.38613532</v>
       </c>
       <c r="FV44" s="9">
         <v>0.39194562999999999</v>
       </c>
       <c r="FW44" s="9">
         <v>0.38760052</v>
       </c>
       <c r="FX44" s="9">
         <v>0.38553341000000002</v>
       </c>
       <c r="FY44" s="9">
         <v>0.39121952999999998</v>
       </c>
       <c r="FZ44" s="9">
         <v>0.39064430999999999</v>
       </c>
       <c r="GA44" s="9">
         <v>0.38454600999999999</v>
       </c>
+      <c r="GB44" s="9">
+        <v>0.37969282999999998</v>
+      </c>
     </row>
-    <row r="45" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="9">
         <v>0.58605627000000005</v>
       </c>
       <c r="D45" s="9">
         <v>0.56612501999999998</v>
       </c>
       <c r="E45" s="9">
         <v>0.56864068000000001</v>
       </c>
       <c r="F45" s="9">
         <v>0.55660067999999996</v>
       </c>
       <c r="G45" s="9">
         <v>0.54438238999999999</v>
       </c>
       <c r="H45" s="9">
         <v>0.56723277000000005</v>
       </c>
       <c r="I45" s="9">
         <v>0.56476493000000005</v>
       </c>
       <c r="J45" s="9">
@@ -22051,52 +22164,55 @@
       </c>
       <c r="FT45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ45" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA45" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB45" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="46" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I46" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J46" s="12" t="s">
@@ -22599,52 +22715,55 @@
       </c>
       <c r="FT46" s="12">
         <v>0.38510757000000001</v>
       </c>
       <c r="FU46" s="12">
         <v>0.37309763000000001</v>
       </c>
       <c r="FV46" s="12">
         <v>0.37882663999999999</v>
       </c>
       <c r="FW46" s="12">
         <v>0.37456980000000001</v>
       </c>
       <c r="FX46" s="12">
         <v>0.37249293999999999</v>
       </c>
       <c r="FY46" s="12">
         <v>0.37807226999999999</v>
       </c>
       <c r="FZ46" s="12">
         <v>0.37754926</v>
       </c>
       <c r="GA46" s="12">
         <v>0.37141573</v>
       </c>
+      <c r="GB46" s="12">
+        <v>0.36636753999999999</v>
+      </c>
     </row>
-    <row r="47" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="9">
         <v>0.14601417</v>
       </c>
       <c r="D47" s="9">
         <v>0.14059083999999999</v>
       </c>
       <c r="E47" s="9">
         <v>0.14249281</v>
       </c>
       <c r="F47" s="9">
         <v>0.14007379</v>
       </c>
       <c r="G47" s="9">
         <v>0.14050826</v>
       </c>
       <c r="H47" s="9">
         <v>0.15077572</v>
       </c>
       <c r="I47" s="9">
         <v>9.0779289999999999E-2</v>
       </c>
       <c r="J47" s="9">
@@ -23147,52 +23266,55 @@
       </c>
       <c r="FT47" s="9">
         <v>1.3062809999999999E-2</v>
       </c>
       <c r="FU47" s="9">
         <v>1.3037689999999999E-2</v>
       </c>
       <c r="FV47" s="9">
         <v>1.3118990000000001E-2</v>
       </c>
       <c r="FW47" s="9">
         <v>1.3030720000000001E-2</v>
       </c>
       <c r="FX47" s="9">
         <v>1.304047E-2</v>
       </c>
       <c r="FY47" s="9">
         <v>1.3147259999999999E-2</v>
       </c>
       <c r="FZ47" s="9">
         <v>1.309505E-2</v>
       </c>
       <c r="GA47" s="9">
         <v>1.3130279999999999E-2</v>
       </c>
+      <c r="GB47" s="9">
+        <v>1.332529E-2</v>
+      </c>
     </row>
-    <row r="48" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J48" s="12" t="s">
@@ -23695,52 +23817,55 @@
       </c>
       <c r="FT48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ48" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA48" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB48" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="49" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J49" s="12" t="s">
@@ -24243,52 +24368,55 @@
       </c>
       <c r="FT49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ49" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA49" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB49" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="50" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J50" s="12" t="s">
@@ -24791,52 +24919,55 @@
       </c>
       <c r="FT50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ50" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA50" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB50" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="51" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J51" s="12" t="s">
@@ -25339,52 +25470,55 @@
       </c>
       <c r="FT51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ51" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA51" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB51" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="52" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="9">
         <v>137.20237602</v>
       </c>
       <c r="D52" s="9">
         <v>140.91428500000001</v>
       </c>
       <c r="E52" s="9">
         <v>142.86293483</v>
       </c>
       <c r="F52" s="9">
         <v>144.89650846000001</v>
       </c>
       <c r="G52" s="9">
         <v>146.51873746999999</v>
       </c>
       <c r="H52" s="9">
         <v>148.54712782999999</v>
       </c>
       <c r="I52" s="9">
         <v>131.21878555999999</v>
       </c>
       <c r="J52" s="9">
@@ -25887,52 +26021,55 @@
       </c>
       <c r="FT52" s="9">
         <v>250.64690894</v>
       </c>
       <c r="FU52" s="9">
         <v>246.13421495</v>
       </c>
       <c r="FV52" s="9">
         <v>228.46167488</v>
       </c>
       <c r="FW52" s="9">
         <v>309.59458483999998</v>
       </c>
       <c r="FX52" s="9">
         <v>279.66868313999998</v>
       </c>
       <c r="FY52" s="9">
         <v>232.62243321</v>
       </c>
       <c r="FZ52" s="9">
         <v>231.07009201</v>
       </c>
       <c r="GA52" s="9">
         <v>278.78243931999998</v>
       </c>
+      <c r="GB52" s="9">
+        <v>263.99800568000001</v>
+      </c>
     </row>
-    <row r="53" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C53" s="9">
         <v>119.14527554</v>
       </c>
       <c r="D53" s="9">
         <v>123.38256471</v>
       </c>
       <c r="E53" s="9">
         <v>125.15329533000001</v>
       </c>
       <c r="F53" s="9">
         <v>127.79336352999999</v>
       </c>
       <c r="G53" s="9">
         <v>124.51164102</v>
       </c>
       <c r="H53" s="9">
         <v>116.52498101</v>
       </c>
       <c r="I53" s="9">
         <v>90.736152099999998</v>
       </c>
       <c r="J53" s="9">
@@ -26435,52 +26572,55 @@
       </c>
       <c r="FT53" s="9">
         <v>234.36626156</v>
       </c>
       <c r="FU53" s="9">
         <v>230.35246591000001</v>
       </c>
       <c r="FV53" s="9">
         <v>212.44062700999999</v>
       </c>
       <c r="FW53" s="9">
         <v>291.94545469000002</v>
       </c>
       <c r="FX53" s="9">
         <v>262.32857160999998</v>
       </c>
       <c r="FY53" s="9">
         <v>215.05369487999999</v>
       </c>
       <c r="FZ53" s="9">
         <v>213.52580992</v>
       </c>
       <c r="GA53" s="9">
         <v>261.5137264</v>
       </c>
+      <c r="GB53" s="9">
+        <v>258.48275679</v>
+      </c>
     </row>
-    <row r="54" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C54" s="9">
         <v>4.6754746599999999</v>
       </c>
       <c r="D54" s="9">
         <v>2.4665510899999998</v>
       </c>
       <c r="E54" s="9">
         <v>2.67561859</v>
       </c>
       <c r="F54" s="9">
         <v>2.2282576700000001</v>
       </c>
       <c r="G54" s="9">
         <v>2.2828498800000001</v>
       </c>
       <c r="H54" s="9">
         <v>2.37844437</v>
       </c>
       <c r="I54" s="9">
         <v>2.4356139099999998</v>
       </c>
       <c r="J54" s="9">
@@ -26983,52 +27123,55 @@
       </c>
       <c r="FT54" s="9">
         <v>12.62454275</v>
       </c>
       <c r="FU54" s="9">
         <v>12.232771420000001</v>
       </c>
       <c r="FV54" s="9">
         <v>12.419718489999999</v>
       </c>
       <c r="FW54" s="9">
         <v>12.28088629</v>
       </c>
       <c r="FX54" s="9">
         <v>12.000223330000001</v>
       </c>
       <c r="FY54" s="9">
         <v>12.15261381</v>
       </c>
       <c r="FZ54" s="9">
         <v>12.135639279999999</v>
       </c>
       <c r="GA54" s="9">
         <v>11.94159327</v>
       </c>
+      <c r="GB54" s="9">
+        <v>0.25205185000000002</v>
+      </c>
     </row>
-    <row r="55" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C55" s="9">
         <v>13.38162582</v>
       </c>
       <c r="D55" s="9">
         <v>15.0651692</v>
       </c>
       <c r="E55" s="9">
         <v>15.034020910000001</v>
       </c>
       <c r="F55" s="9">
         <v>14.87488726</v>
       </c>
       <c r="G55" s="9">
         <v>19.724246569999998</v>
       </c>
       <c r="H55" s="9">
         <v>29.643702449999999</v>
       </c>
       <c r="I55" s="9">
         <v>38.047019550000002</v>
       </c>
       <c r="J55" s="9">
@@ -27531,52 +27674,55 @@
       </c>
       <c r="FT55" s="9">
         <v>3.6561046300000002</v>
       </c>
       <c r="FU55" s="9">
         <v>3.5489776200000001</v>
       </c>
       <c r="FV55" s="9">
         <v>3.6013293800000001</v>
       </c>
       <c r="FW55" s="9">
         <v>5.3682438599999998</v>
       </c>
       <c r="FX55" s="9">
         <v>5.3398881999999999</v>
       </c>
       <c r="FY55" s="9">
         <v>5.4161245200000003</v>
       </c>
       <c r="FZ55" s="9">
         <v>5.4086428099999999</v>
       </c>
       <c r="GA55" s="9">
         <v>5.3271196500000002</v>
       </c>
+      <c r="GB55" s="9">
+        <v>5.2631970399999997</v>
+      </c>
     </row>
-    <row r="56" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="9">
         <v>993.86100273</v>
       </c>
       <c r="D56" s="9">
         <v>974.76601553</v>
       </c>
       <c r="E56" s="9">
         <v>981.35142314999996</v>
       </c>
       <c r="F56" s="9">
         <v>966.32102164000003</v>
       </c>
       <c r="G56" s="9">
         <v>927.95040784000003</v>
       </c>
       <c r="H56" s="9">
         <v>990.03147475000003</v>
       </c>
       <c r="I56" s="9">
         <v>986.38540246000002</v>
       </c>
       <c r="J56" s="9">
@@ -28079,52 +28225,55 @@
       </c>
       <c r="FT56" s="9">
         <v>504.04159804</v>
       </c>
       <c r="FU56" s="9">
         <v>487.73224046000001</v>
       </c>
       <c r="FV56" s="9">
         <v>488.20793558999998</v>
       </c>
       <c r="FW56" s="9">
         <v>481.41566748999998</v>
       </c>
       <c r="FX56" s="9">
         <v>475.63169170999998</v>
       </c>
       <c r="FY56" s="9">
         <v>474.22898765000002</v>
       </c>
       <c r="FZ56" s="9">
         <v>472.10238022999999</v>
       </c>
       <c r="GA56" s="9">
         <v>466.00688814</v>
       </c>
+      <c r="GB56" s="9">
+        <v>463.35837228000003</v>
+      </c>
     </row>
-    <row r="57" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="9">
         <v>558.19541446999995</v>
       </c>
       <c r="D57" s="9">
         <v>549.66141745000004</v>
       </c>
       <c r="E57" s="9">
         <v>558.75105451000002</v>
       </c>
       <c r="F57" s="9">
         <v>553.82665602999998</v>
       </c>
       <c r="G57" s="9">
         <v>531.05077273999996</v>
       </c>
       <c r="H57" s="9">
         <v>569.03331501000002</v>
       </c>
       <c r="I57" s="9">
         <v>566.28336282999999</v>
       </c>
       <c r="J57" s="9">
@@ -28627,52 +28776,55 @@
       </c>
       <c r="FT57" s="9">
         <v>234.24599309000001</v>
       </c>
       <c r="FU57" s="9">
         <v>236.58453433</v>
       </c>
       <c r="FV57" s="9">
         <v>238.83339090000001</v>
       </c>
       <c r="FW57" s="9">
         <v>234.68622567</v>
       </c>
       <c r="FX57" s="9">
         <v>233.04193659000001</v>
       </c>
       <c r="FY57" s="9">
         <v>236.74067532000001</v>
       </c>
       <c r="FZ57" s="9">
         <v>239.97805210000001</v>
       </c>
       <c r="GA57" s="9">
         <v>240.93760662</v>
       </c>
+      <c r="GB57" s="9">
+        <v>243.64394515999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="9">
         <v>167.80480675000001</v>
       </c>
       <c r="D58" s="9">
         <v>165.28455362</v>
       </c>
       <c r="E58" s="9">
         <v>161.06411985</v>
       </c>
       <c r="F58" s="9">
         <v>159.49107438999999</v>
       </c>
       <c r="G58" s="9">
         <v>152.82105758</v>
       </c>
       <c r="H58" s="9">
         <v>161.84533458000001</v>
       </c>
       <c r="I58" s="9">
         <v>162.46726337000001</v>
       </c>
       <c r="J58" s="9">
@@ -29175,52 +29327,55 @@
       </c>
       <c r="FT58" s="9">
         <v>140.43046398999999</v>
       </c>
       <c r="FU58" s="9">
         <v>127.26168839</v>
       </c>
       <c r="FV58" s="9">
         <v>127.23665997000001</v>
       </c>
       <c r="FW58" s="9">
         <v>126.44740013000001</v>
       </c>
       <c r="FX58" s="9">
         <v>124.4723255</v>
       </c>
       <c r="FY58" s="9">
         <v>124.77919899</v>
       </c>
       <c r="FZ58" s="9">
         <v>122.41662569</v>
       </c>
       <c r="GA58" s="9">
         <v>118.91690745</v>
       </c>
+      <c r="GB58" s="9">
+        <v>115.51866732000001</v>
+      </c>
     </row>
-    <row r="59" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="9">
         <v>267.86078150999998</v>
       </c>
       <c r="D59" s="9">
         <v>259.82004446000002</v>
       </c>
       <c r="E59" s="9">
         <v>261.53624879</v>
       </c>
       <c r="F59" s="9">
         <v>253.00329121999999</v>
       </c>
       <c r="G59" s="9">
         <v>244.07857752000001</v>
       </c>
       <c r="H59" s="9">
         <v>259.15282516000002</v>
       </c>
       <c r="I59" s="9">
         <v>257.63477626000002</v>
       </c>
       <c r="J59" s="9">
@@ -29723,52 +29878,55 @@
       </c>
       <c r="FT59" s="9">
         <v>129.36514095999999</v>
       </c>
       <c r="FU59" s="9">
         <v>123.88601774</v>
       </c>
       <c r="FV59" s="9">
         <v>122.13788472</v>
       </c>
       <c r="FW59" s="9">
         <v>120.28204169</v>
       </c>
       <c r="FX59" s="9">
         <v>118.11742962</v>
       </c>
       <c r="FY59" s="9">
         <v>112.70911334</v>
       </c>
       <c r="FZ59" s="9">
         <v>109.70770244000001</v>
       </c>
       <c r="GA59" s="9">
         <v>106.15237406999999</v>
       </c>
+      <c r="GB59" s="9">
+        <v>104.1957598</v>
+      </c>
     </row>
-    <row r="60" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="9">
         <v>8.5395629900000003</v>
       </c>
       <c r="D60" s="9">
         <v>12.64989926</v>
       </c>
       <c r="E60" s="9">
         <v>11.21793766</v>
       </c>
       <c r="F60" s="9">
         <v>5.2135439999999997</v>
       </c>
       <c r="G60" s="9">
         <v>11.766856539999999</v>
       </c>
       <c r="H60" s="9">
         <v>7.70790766</v>
       </c>
       <c r="I60" s="9">
         <v>12.50735029</v>
       </c>
       <c r="J60" s="9">
@@ -30271,52 +30429,55 @@
       </c>
       <c r="FT60" s="9">
         <v>16.189454560000001</v>
       </c>
       <c r="FU60" s="9">
         <v>18.191833979999998</v>
       </c>
       <c r="FV60" s="9">
         <v>17.995462880000002</v>
       </c>
       <c r="FW60" s="9">
         <v>20.510663860000001</v>
       </c>
       <c r="FX60" s="9">
         <v>22.299180509999999</v>
       </c>
       <c r="FY60" s="9">
         <v>47.357718779999999</v>
       </c>
       <c r="FZ60" s="9">
         <v>24.361477300000001</v>
       </c>
       <c r="GA60" s="9">
         <v>27.60196943</v>
       </c>
+      <c r="GB60" s="9">
+        <v>27.233815719999999</v>
+      </c>
     </row>
-    <row r="61" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C61" s="9">
         <v>8.5395629900000003</v>
       </c>
       <c r="D61" s="9">
         <v>12.64989926</v>
       </c>
       <c r="E61" s="9">
         <v>11.21793766</v>
       </c>
       <c r="F61" s="9">
         <v>5.2135439999999997</v>
       </c>
       <c r="G61" s="9">
         <v>11.766856539999999</v>
       </c>
       <c r="H61" s="9">
         <v>7.70790766</v>
       </c>
       <c r="I61" s="9">
         <v>12.50735029</v>
       </c>
       <c r="J61" s="9">
@@ -30819,52 +30980,55 @@
       </c>
       <c r="FT61" s="9">
         <v>16.189454560000001</v>
       </c>
       <c r="FU61" s="9">
         <v>18.191833979999998</v>
       </c>
       <c r="FV61" s="9">
         <v>17.995462880000002</v>
       </c>
       <c r="FW61" s="9">
         <v>20.510663860000001</v>
       </c>
       <c r="FX61" s="9">
         <v>22.299180509999999</v>
       </c>
       <c r="FY61" s="9">
         <v>47.357718779999999</v>
       </c>
       <c r="FZ61" s="9">
         <v>24.361477300000001</v>
       </c>
       <c r="GA61" s="9">
         <v>27.60196943</v>
       </c>
+      <c r="GB61" s="9">
+        <v>27.233815719999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J62" s="12" t="s">
@@ -31367,52 +31531,55 @@
       </c>
       <c r="FT62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ62" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA62" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB62" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="63" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J63" s="12" t="s">
@@ -31915,52 +32082,55 @@
       </c>
       <c r="FT63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ63" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA63" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB63" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="64" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C64" s="12">
         <v>29.188051640000001</v>
       </c>
       <c r="D64" s="12">
         <v>36.616924920000002</v>
       </c>
       <c r="E64" s="12">
         <v>46.054935729999997</v>
       </c>
       <c r="F64" s="12">
         <v>42.160451080000001</v>
       </c>
       <c r="G64" s="12">
         <v>40.878743010000001</v>
       </c>
       <c r="H64" s="12">
         <v>45.893219369999997</v>
       </c>
       <c r="I64" s="12">
         <v>38.40558875</v>
       </c>
       <c r="J64" s="12">
@@ -32463,52 +32633,55 @@
       </c>
       <c r="FT64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ64" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA64" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB64" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="65" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="12">
         <v>29.188051640000001</v>
       </c>
       <c r="D65" s="12">
         <v>36.616924920000002</v>
       </c>
       <c r="E65" s="12">
         <v>46.054935729999997</v>
       </c>
       <c r="F65" s="12">
         <v>42.160451080000001</v>
       </c>
       <c r="G65" s="12">
         <v>40.878743010000001</v>
       </c>
       <c r="H65" s="12">
         <v>45.893219369999997</v>
       </c>
       <c r="I65" s="12">
         <v>38.40558875</v>
       </c>
       <c r="J65" s="12">
@@ -33011,52 +33184,55 @@
       </c>
       <c r="FT65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ65" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA65" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB65" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="66" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J66" s="12" t="s">
@@ -33559,52 +33735,55 @@
       </c>
       <c r="FT66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ66" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA66" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB66" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="67" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J67" s="12" t="s">
@@ -34107,52 +34286,55 @@
       </c>
       <c r="FT67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ67" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA67" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB67" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="68" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="12">
         <v>3.4339242099999998</v>
       </c>
       <c r="D68" s="12">
         <v>3.9383381800000001</v>
       </c>
       <c r="E68" s="12">
         <v>4.0891618200000002</v>
       </c>
       <c r="F68" s="12">
         <v>3.4418081800000002</v>
       </c>
       <c r="G68" s="12">
         <v>3.7017138599999999</v>
       </c>
       <c r="H68" s="12">
         <v>2.8386063300000002</v>
       </c>
       <c r="I68" s="12">
         <v>2.74921689</v>
       </c>
       <c r="J68" s="12">
@@ -34655,52 +34837,55 @@
       </c>
       <c r="FT68" s="12">
         <v>7.8440164499999998</v>
       </c>
       <c r="FU68" s="12">
         <v>5.6167201100000002</v>
       </c>
       <c r="FV68" s="12">
         <v>6.1729579299999999</v>
       </c>
       <c r="FW68" s="12">
         <v>7.0596359299999998</v>
       </c>
       <c r="FX68" s="12">
         <v>6.4309789500000001</v>
       </c>
       <c r="FY68" s="12">
         <v>7.8546132200000001</v>
       </c>
       <c r="FZ68" s="12">
         <v>1.6085440499999999</v>
       </c>
       <c r="GA68" s="12">
         <v>1.58309696</v>
       </c>
+      <c r="GB68" s="12">
+        <v>1.6313282600000001</v>
+      </c>
     </row>
-    <row r="69" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C69" s="12">
         <v>3.4339242099999998</v>
       </c>
       <c r="D69" s="12">
         <v>3.9383381800000001</v>
       </c>
       <c r="E69" s="12">
         <v>4.0891618200000002</v>
       </c>
       <c r="F69" s="12">
         <v>3.4418081800000002</v>
       </c>
       <c r="G69" s="12">
         <v>3.7017138599999999</v>
       </c>
       <c r="H69" s="12">
         <v>2.8386063300000002</v>
       </c>
       <c r="I69" s="12">
         <v>2.74921689</v>
       </c>
       <c r="J69" s="12">
@@ -35203,52 +35388,55 @@
       </c>
       <c r="FT69" s="12">
         <v>7.8440164499999998</v>
       </c>
       <c r="FU69" s="12">
         <v>5.6167201100000002</v>
       </c>
       <c r="FV69" s="12">
         <v>6.1729579299999999</v>
       </c>
       <c r="FW69" s="12">
         <v>7.0596359299999998</v>
       </c>
       <c r="FX69" s="12">
         <v>6.4309789500000001</v>
       </c>
       <c r="FY69" s="12">
         <v>7.8546132200000001</v>
       </c>
       <c r="FZ69" s="12">
         <v>1.6085440499999999</v>
       </c>
       <c r="GA69" s="12">
         <v>1.58309696</v>
       </c>
+      <c r="GB69" s="12">
+        <v>1.6313282600000001</v>
+      </c>
     </row>
-    <row r="70" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J70" s="12" t="s">
@@ -35751,52 +35939,55 @@
       </c>
       <c r="FT70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ70" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA70" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB70" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="71" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J71" s="12" t="s">
@@ -36299,52 +36490,55 @@
       </c>
       <c r="FT71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ71" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA71" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB71" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="72" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="9">
         <v>10.170631159999999</v>
       </c>
       <c r="D72" s="9">
         <v>8.5365663699999992</v>
       </c>
       <c r="E72" s="9">
         <v>17.66234652</v>
       </c>
       <c r="F72" s="9">
         <v>10.420876890000001</v>
       </c>
       <c r="G72" s="9">
         <v>11.36006532</v>
       </c>
       <c r="H72" s="9">
         <v>10.516728929999999</v>
       </c>
       <c r="I72" s="9">
         <v>9.0779408799999999</v>
       </c>
       <c r="J72" s="9">
@@ -36847,52 +37041,55 @@
       </c>
       <c r="FT72" s="9">
         <v>0.71787635999999999</v>
       </c>
       <c r="FU72" s="9">
         <v>0.67071086999999996</v>
       </c>
       <c r="FV72" s="9">
         <v>0.6810098</v>
       </c>
       <c r="FW72" s="9">
         <v>5.1492537299999999</v>
       </c>
       <c r="FX72" s="9">
         <v>61.646079880000002</v>
       </c>
       <c r="FY72" s="9">
         <v>43.400438989999998</v>
       </c>
       <c r="FZ72" s="9">
         <v>33.912424690000002</v>
       </c>
       <c r="GA72" s="9">
         <v>44.993302149999998</v>
       </c>
+      <c r="GB72" s="9">
+        <v>49.475804779999997</v>
+      </c>
     </row>
-    <row r="73" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C73" s="9">
         <v>10.13818794</v>
       </c>
       <c r="D73" s="9">
         <v>8.5051311199999997</v>
       </c>
       <c r="E73" s="9">
         <v>17.63054988</v>
       </c>
       <c r="F73" s="9">
         <v>10.38970162</v>
       </c>
       <c r="G73" s="9">
         <v>11.32869664</v>
       </c>
       <c r="H73" s="9">
         <v>10.48318141</v>
       </c>
       <c r="I73" s="9">
         <v>9.0495216599999999</v>
       </c>
       <c r="J73" s="9">
@@ -37395,52 +37592,55 @@
       </c>
       <c r="FT73" s="9">
         <v>0.71787635999999999</v>
       </c>
       <c r="FU73" s="9">
         <v>0.67071086999999996</v>
       </c>
       <c r="FV73" s="9">
         <v>0.6810098</v>
       </c>
       <c r="FW73" s="9">
         <v>5.1492537299999999</v>
       </c>
       <c r="FX73" s="9">
         <v>61.646079880000002</v>
       </c>
       <c r="FY73" s="9">
         <v>43.400438989999998</v>
       </c>
       <c r="FZ73" s="9">
         <v>33.912424690000002</v>
       </c>
       <c r="GA73" s="9">
         <v>44.993302149999998</v>
       </c>
+      <c r="GB73" s="9">
+        <v>49.475804779999997</v>
+      </c>
     </row>
-    <row r="74" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="J74" s="12" t="s">
@@ -37943,52 +38143,55 @@
       </c>
       <c r="FT74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ74" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA74" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB74" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="75" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="12">
         <v>3.2443220000000002E-2</v>
       </c>
       <c r="D75" s="12">
         <v>3.1435249999999998E-2</v>
       </c>
       <c r="E75" s="12">
         <v>3.1796640000000001E-2</v>
       </c>
       <c r="F75" s="12">
         <v>3.1175270000000001E-2</v>
       </c>
       <c r="G75" s="12">
         <v>3.1368680000000003E-2</v>
       </c>
       <c r="H75" s="12">
         <v>3.3547519999999997E-2</v>
       </c>
       <c r="I75" s="12">
         <v>2.8419219999999999E-2</v>
       </c>
       <c r="J75" s="12">
@@ -38491,52 +38694,55 @@
       </c>
       <c r="FT75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FU75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FV75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FW75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FX75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FY75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="FZ75" s="12" t="s">
         <v>4</v>
       </c>
       <c r="GA75" s="12" t="s">
         <v>4</v>
       </c>
+      <c r="GB75" s="12" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="76" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C76" s="14">
         <v>1183.1276191899999</v>
       </c>
       <c r="D76" s="14">
         <v>1178.1287451200001</v>
       </c>
       <c r="E76" s="14">
         <v>1203.9498732</v>
       </c>
       <c r="F76" s="14">
         <v>1173.15088472</v>
       </c>
       <c r="G76" s="14">
         <v>1142.8614146899999</v>
       </c>
       <c r="H76" s="14">
         <v>1206.2530733599999</v>
       </c>
       <c r="I76" s="14">
         <v>1180.99982905</v>
       </c>
       <c r="J76" s="14">
@@ -39039,52 +39245,55 @@
       </c>
       <c r="FT76" s="14">
         <v>779.83802473000003</v>
       </c>
       <c r="FU76" s="14">
         <v>758.73185568999997</v>
       </c>
       <c r="FV76" s="14">
         <v>741.91098670999997</v>
       </c>
       <c r="FW76" s="14">
         <v>824.11740637000003</v>
       </c>
       <c r="FX76" s="14">
         <v>846.0621476</v>
       </c>
       <c r="FY76" s="14">
         <v>805.85541137999996</v>
       </c>
       <c r="FZ76" s="14">
         <v>763.44556259000001</v>
       </c>
       <c r="GA76" s="14">
         <v>819.35224201000005</v>
       </c>
+      <c r="GB76" s="14">
+        <v>806.07701955000005</v>
+      </c>
     </row>
-    <row r="77" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C77" s="16">
         <v>20991.27619602</v>
       </c>
       <c r="D77" s="16">
         <v>20874.246229889999</v>
       </c>
       <c r="E77" s="16">
         <v>20874.850311049999</v>
       </c>
       <c r="F77" s="16">
         <v>20667.84742704</v>
       </c>
       <c r="G77" s="16">
         <v>20372.119600009999</v>
       </c>
       <c r="H77" s="16">
         <v>20534.396642539999</v>
       </c>
       <c r="I77" s="16">
         <v>20341.94173387</v>
       </c>
       <c r="J77" s="16">
@@ -39586,50 +39795,53 @@
         <v>17260.347067319999</v>
       </c>
       <c r="FT77" s="16">
         <v>17191.066918150002</v>
       </c>
       <c r="FU77" s="16">
         <v>16763.408952450001</v>
       </c>
       <c r="FV77" s="16">
         <v>17009.611890060001</v>
       </c>
       <c r="FW77" s="16">
         <v>17473.090677699998</v>
       </c>
       <c r="FX77" s="16">
         <v>17249.390179180002</v>
       </c>
       <c r="FY77" s="16">
         <v>17315.22465149</v>
       </c>
       <c r="FZ77" s="16">
         <v>17376.225078560001</v>
       </c>
       <c r="GA77" s="16">
         <v>17009.8821536</v>
+      </c>
+      <c r="GB77" s="16">
+        <v>16878.10161442</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>