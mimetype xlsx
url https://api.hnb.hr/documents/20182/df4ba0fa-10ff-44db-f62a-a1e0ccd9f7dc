--- v1 (2026-01-06)
+++ v2 (2026-02-03)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6568090-4BE7-43A3-BDDA-F91A19F472D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB274B5A-A9CE-467B-B286-1E246D7B4649}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -745,76 +745,76 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P188"/>
+  <dimension ref="B2:P189"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="7.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="7.28515625" style="1"/>
+    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.88671875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" style="1" customWidth="1"/>
+    <col min="5" max="16" width="9.88671875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="7.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
     </row>
     <row r="6" spans="2:16" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>31</v>
@@ -828,51 +828,51 @@
       </c>
       <c r="H6" s="38" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="38"/>
       <c r="J6" s="38" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="38"/>
       <c r="L6" s="10" t="s">
         <v>7</v>
       </c>
       <c r="M6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P6" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="2:16" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:16" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="11"/>
       <c r="E7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="13"/>
       <c r="H7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="L7" s="13"/>
       <c r="M7" s="11"/>
       <c r="N7" s="14"/>
@@ -8945,96 +8945,141 @@
         <v>172.66720814000001</v>
       </c>
       <c r="J186" s="26">
         <v>1.5</v>
       </c>
       <c r="K186" s="26" t="s">
         <v>14</v>
       </c>
       <c r="L186" s="25">
         <v>73954.267313830002</v>
       </c>
       <c r="M186" s="23">
         <v>118.71230541</v>
       </c>
       <c r="N186" s="26">
         <v>1296.9925564800001</v>
       </c>
       <c r="O186" s="23" t="s">
         <v>14</v>
       </c>
       <c r="P186" s="25">
         <v>75369.972175720002</v>
       </c>
     </row>
     <row r="187" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B187" s="16"/>
-      <c r="C187" s="37" t="s">
+      <c r="B187" s="6"/>
+      <c r="C187" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D187" s="17">
+      <c r="D187" s="23">
         <v>9889.3109493200009</v>
       </c>
-      <c r="E187" s="17">
+      <c r="E187" s="23">
         <v>47156.568243549998</v>
       </c>
-      <c r="F187" s="17">
+      <c r="F187" s="23">
         <v>512.4637563</v>
       </c>
-      <c r="G187" s="18">
+      <c r="G187" s="25">
         <v>57558.342949170001</v>
       </c>
-      <c r="H187" s="17">
+      <c r="H187" s="23">
         <v>16411.343876440002</v>
       </c>
-      <c r="I187" s="17">
+      <c r="I187" s="23">
         <v>177.81090513000001</v>
       </c>
-      <c r="J187" s="17">
+      <c r="J187" s="26">
         <v>1.5</v>
       </c>
-      <c r="K187" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L187" s="18">
+      <c r="K187" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L187" s="25">
         <v>74148.997730739997</v>
       </c>
-      <c r="M187" s="17">
+      <c r="M187" s="23">
         <v>157.40446795</v>
       </c>
-      <c r="N187" s="17">
+      <c r="N187" s="26">
         <v>1373.49907265</v>
       </c>
-      <c r="O187" s="17" t="s">
-[...2 lines deleted...]
-      <c r="P187" s="18">
+      <c r="O187" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P187" s="25">
         <v>75679.901271340001</v>
       </c>
     </row>
     <row r="188" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B188" s="32"/>
+      <c r="B188" s="16"/>
+      <c r="C188" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="D188" s="17">
+        <v>9791.7763004000008</v>
+      </c>
+      <c r="E188" s="17">
+        <v>48212.435641329997</v>
+      </c>
+      <c r="F188" s="17">
+        <v>517.49608552999996</v>
+      </c>
+      <c r="G188" s="18">
+        <v>58521.70802726</v>
+      </c>
+      <c r="H188" s="17">
+        <v>15369.424583030001</v>
+      </c>
+      <c r="I188" s="17">
+        <v>177.20688665</v>
+      </c>
+      <c r="J188" s="17">
+        <v>3.5</v>
+      </c>
+      <c r="K188" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="L188" s="18">
+        <v>74071.839496939996</v>
+      </c>
+      <c r="M188" s="17">
+        <v>172.07259543000001</v>
+      </c>
+      <c r="N188" s="17">
+        <v>1389.15430008</v>
+      </c>
+      <c r="O188" s="17">
+        <v>-24.919736579999999</v>
+      </c>
+      <c r="P188" s="18">
+        <v>75608.146655870005</v>
+      </c>
+    </row>
+    <row r="189" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>