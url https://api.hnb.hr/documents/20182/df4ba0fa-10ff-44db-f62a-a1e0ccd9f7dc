--- v2 (2026-02-03)
+++ v3 (2026-03-05)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB274B5A-A9CE-467B-B286-1E246D7B4649}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7DCAFDC5-7764-44B7-A5AC-4B7869B69E0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -244,51 +244,51 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
@@ -301,102 +301,110 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFFF0000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
@@ -419,50 +427,53 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{894E7BA9-89AC-46D5-8F66-3C1C44D1758B}"/>
     <cellStyle name="Tanka linija ispod" xfId="3" xr:uid="{B9B9CDB4-23AB-48A8-9BA7-2468E39B1A9B}"/>
     <cellStyle name="Zadnji redak" xfId="2" xr:uid="{226A1EE1-8A74-45CE-A22A-480A11D3227E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -745,8341 +756,8388 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P189"/>
+  <dimension ref="B2:P190"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="7.33203125" style="1"/>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.85546875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.85546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
+    <col min="5" max="16" width="9.85546875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="7.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="30" t="s">
+      <c r="B2" s="29" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="31" t="s">
+      <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
     </row>
     <row r="6" spans="2:16" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="E6" s="38" t="s">
+      <c r="E6" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="F6" s="38"/>
+      <c r="F6" s="37"/>
       <c r="G6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="H6" s="38" t="s">
+      <c r="H6" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="I6" s="38"/>
-      <c r="J6" s="38" t="s">
+      <c r="I6" s="37"/>
+      <c r="J6" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="38"/>
+      <c r="K6" s="37"/>
       <c r="L6" s="10" t="s">
         <v>7</v>
       </c>
       <c r="M6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P6" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="2:16" ht="30.6" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:16" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="11"/>
       <c r="E7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="13"/>
       <c r="H7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="L7" s="13"/>
       <c r="M7" s="11"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
       <c r="P7" s="13"/>
     </row>
     <row r="8" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="19" t="s">
+      <c r="B8" s="18" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D8" s="20">
+      <c r="D8" s="19">
         <v>2025.9103711099999</v>
       </c>
-      <c r="E8" s="20">
+      <c r="E8" s="19">
         <v>7892.0857205800003</v>
       </c>
-      <c r="F8" s="20">
+      <c r="F8" s="19">
         <v>89.056119730000006</v>
       </c>
-      <c r="G8" s="21">
+      <c r="G8" s="20">
         <v>10007.052211419999</v>
       </c>
-      <c r="H8" s="20">
+      <c r="H8" s="19">
         <v>17201.725926880001</v>
       </c>
-      <c r="I8" s="20">
+      <c r="I8" s="19">
         <v>460.38285345999998</v>
       </c>
-      <c r="J8" s="22">
+      <c r="J8" s="21">
         <v>4.4759727399999996</v>
       </c>
-      <c r="K8" s="22">
+      <c r="K8" s="21">
         <v>0.12311059000000001</v>
       </c>
-      <c r="L8" s="21">
+      <c r="L8" s="20">
         <v>27673.760075089998</v>
       </c>
-      <c r="M8" s="22">
+      <c r="M8" s="21">
         <v>2.7871789800000002</v>
       </c>
-      <c r="N8" s="20" t="s">
+      <c r="N8" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="O8" s="20">
+      <c r="O8" s="19">
         <v>-175.29629023999999</v>
       </c>
-      <c r="P8" s="21">
+      <c r="P8" s="20">
         <v>27501.25096383</v>
       </c>
     </row>
     <row r="9" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D9" s="23">
+      <c r="D9" s="22">
         <v>1972.8096642600001</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E9" s="23">
         <v>7870.692618</v>
       </c>
-      <c r="F9" s="23">
+      <c r="F9" s="22">
         <v>93.666176190000002</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="24">
         <v>9937.1684584499999</v>
       </c>
-      <c r="H9" s="23">
+      <c r="H9" s="22">
         <v>17070.909586500002</v>
       </c>
-      <c r="I9" s="23">
+      <c r="I9" s="22">
         <v>458.54863674000001</v>
       </c>
-      <c r="J9" s="26">
+      <c r="J9" s="25">
         <v>4.5084664300000004</v>
       </c>
-      <c r="K9" s="26">
+      <c r="K9" s="25">
         <v>9.9090170000000005E-2</v>
       </c>
-      <c r="L9" s="25">
+      <c r="L9" s="24">
         <v>27471.234238289999</v>
       </c>
-      <c r="M9" s="23">
+      <c r="M9" s="22">
         <v>2.7871789800000002</v>
       </c>
-      <c r="N9" s="23" t="s">
+      <c r="N9" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O9" s="23">
+      <c r="O9" s="22">
         <v>-173.75761857000001</v>
       </c>
-      <c r="P9" s="25">
+      <c r="P9" s="24">
         <v>27300.263798699998</v>
       </c>
     </row>
     <row r="10" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="4"/>
       <c r="C10" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="23">
+      <c r="D10" s="22">
         <v>1981.62948826</v>
       </c>
-      <c r="E10" s="23">
+      <c r="E10" s="22">
         <v>7888.4872950600002</v>
       </c>
-      <c r="F10" s="23">
+      <c r="F10" s="22">
         <v>89.100185539999998</v>
       </c>
-      <c r="G10" s="25">
+      <c r="G10" s="24">
         <v>9959.2169688600006</v>
       </c>
-      <c r="H10" s="23">
+      <c r="H10" s="22">
         <v>17033.597736420001</v>
       </c>
-      <c r="I10" s="23">
+      <c r="I10" s="22">
         <v>457.70748094999999</v>
       </c>
-      <c r="J10" s="26">
+      <c r="J10" s="25">
         <v>4.5578365400000003</v>
       </c>
-      <c r="K10" s="26">
+      <c r="K10" s="25">
         <v>9.9267220000000003E-2</v>
       </c>
-      <c r="L10" s="25">
+      <c r="L10" s="24">
         <v>27455.179289990003</v>
       </c>
-      <c r="M10" s="23">
+      <c r="M10" s="22">
         <v>3.118986</v>
       </c>
-      <c r="N10" s="23" t="s">
+      <c r="N10" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O10" s="23">
+      <c r="O10" s="22">
         <v>-168.14198485</v>
       </c>
-      <c r="P10" s="25">
+      <c r="P10" s="24">
         <v>27290.156291140003</v>
       </c>
     </row>
     <row r="11" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="4"/>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D11" s="23">
+      <c r="D11" s="22">
         <v>1990.70792465</v>
       </c>
-      <c r="E11" s="23">
+      <c r="E11" s="22">
         <v>7765.6660917299996</v>
       </c>
-      <c r="F11" s="23">
+      <c r="F11" s="22">
         <v>94.530162189999999</v>
       </c>
-      <c r="G11" s="25">
+      <c r="G11" s="24">
         <v>9850.904178570001</v>
       </c>
-      <c r="H11" s="23">
+      <c r="H11" s="22">
         <v>16882.78084213</v>
       </c>
-      <c r="I11" s="23">
+      <c r="I11" s="22">
         <v>458.10319814000002</v>
       </c>
-      <c r="J11" s="26">
+      <c r="J11" s="25">
         <v>4.9827997799999997</v>
       </c>
-      <c r="K11" s="26">
+      <c r="K11" s="25">
         <v>9.8838640000000005E-2</v>
       </c>
-      <c r="L11" s="25">
+      <c r="L11" s="24">
         <v>27196.869857260004</v>
       </c>
-      <c r="M11" s="23">
+      <c r="M11" s="22">
         <v>5.5873106799999999</v>
       </c>
-      <c r="N11" s="23" t="s">
+      <c r="N11" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O11" s="23">
+      <c r="O11" s="22">
         <v>-167.57262234999999</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="24">
         <v>27034.884545590005</v>
       </c>
     </row>
     <row r="12" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="4"/>
       <c r="C12" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D12" s="23">
+      <c r="D12" s="22">
         <v>2058.8189623200001</v>
       </c>
-      <c r="E12" s="23">
+      <c r="E12" s="22">
         <v>7836.9084667699999</v>
       </c>
-      <c r="F12" s="23">
+      <c r="F12" s="22">
         <v>92.142792040000003</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="24">
         <v>9987.8702211300006</v>
       </c>
-      <c r="H12" s="23">
+      <c r="H12" s="22">
         <v>16584.3291918</v>
       </c>
-      <c r="I12" s="23">
+      <c r="I12" s="22">
         <v>455.01272483999998</v>
       </c>
-      <c r="J12" s="26">
+      <c r="J12" s="25">
         <v>4.7971731599999998</v>
       </c>
-      <c r="K12" s="26">
+      <c r="K12" s="25">
         <v>0.58186963000000003</v>
       </c>
-      <c r="L12" s="25">
+      <c r="L12" s="24">
         <v>27032.591180560001</v>
       </c>
-      <c r="M12" s="23">
+      <c r="M12" s="22">
         <v>0.63706947999999997</v>
       </c>
-      <c r="N12" s="23" t="s">
+      <c r="N12" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O12" s="23">
+      <c r="O12" s="22">
         <v>-211.75448233</v>
       </c>
-      <c r="P12" s="25">
+      <c r="P12" s="24">
         <v>26821.473767709998</v>
       </c>
     </row>
     <row r="13" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="4"/>
       <c r="C13" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D13" s="23">
+      <c r="D13" s="22">
         <v>2093.9393887199999</v>
       </c>
-      <c r="E13" s="23">
+      <c r="E13" s="22">
         <v>7779.6759739299996</v>
       </c>
-      <c r="F13" s="23">
+      <c r="F13" s="22">
         <v>99.414412170000006</v>
       </c>
-      <c r="G13" s="25">
+      <c r="G13" s="24">
         <v>9973.0297748199991</v>
       </c>
-      <c r="H13" s="23">
+      <c r="H13" s="22">
         <v>16663.203575390002</v>
       </c>
-      <c r="I13" s="23">
+      <c r="I13" s="22">
         <v>458.95848367000002</v>
       </c>
-      <c r="J13" s="26">
+      <c r="J13" s="25">
         <v>4.8536864900000003</v>
       </c>
-      <c r="K13" s="26">
+      <c r="K13" s="25">
         <v>0.58507642999999998</v>
       </c>
-      <c r="L13" s="25">
+      <c r="L13" s="24">
         <v>27100.630596799998</v>
       </c>
-      <c r="M13" s="23">
+      <c r="M13" s="22">
         <v>1.9204694</v>
       </c>
-      <c r="N13" s="23" t="s">
+      <c r="N13" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O13" s="23">
+      <c r="O13" s="22">
         <v>-145.98896316</v>
       </c>
-      <c r="P13" s="25">
+      <c r="P13" s="24">
         <v>26956.562103039996</v>
       </c>
     </row>
     <row r="14" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="4"/>
       <c r="C14" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D14" s="23">
+      <c r="D14" s="22">
         <v>2227.3593646200002</v>
       </c>
-      <c r="E14" s="23">
+      <c r="E14" s="22">
         <v>8034.2840759999999</v>
       </c>
-      <c r="F14" s="23">
+      <c r="F14" s="22">
         <v>107.83475965</v>
       </c>
-      <c r="G14" s="25">
+      <c r="G14" s="24">
         <v>10369.478200269999</v>
       </c>
-      <c r="H14" s="23">
+      <c r="H14" s="22">
         <v>16425.714489549999</v>
       </c>
-      <c r="I14" s="23">
+      <c r="I14" s="22">
         <v>444.20437103</v>
       </c>
-      <c r="J14" s="26">
+      <c r="J14" s="25">
         <v>4.7999502999999999</v>
       </c>
-      <c r="K14" s="26">
+      <c r="K14" s="25">
         <v>0.58051439000000005</v>
       </c>
-      <c r="L14" s="25">
+      <c r="L14" s="24">
         <v>27244.777525540001</v>
       </c>
-      <c r="M14" s="23">
+      <c r="M14" s="22">
         <v>2.5953837599999998</v>
       </c>
-      <c r="N14" s="23" t="s">
+      <c r="N14" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O14" s="23">
+      <c r="O14" s="22">
         <v>-122.60400456000001</v>
       </c>
-      <c r="P14" s="25">
+      <c r="P14" s="24">
         <v>27124.768904740002</v>
       </c>
     </row>
     <row r="15" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="4"/>
       <c r="C15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D15" s="23">
+      <c r="D15" s="22">
         <v>2398.7010049099999</v>
       </c>
-      <c r="E15" s="23">
+      <c r="E15" s="22">
         <v>8174.2257716800004</v>
       </c>
-      <c r="F15" s="23">
+      <c r="F15" s="22">
         <v>95.054840330000005</v>
       </c>
-      <c r="G15" s="25">
+      <c r="G15" s="24">
         <v>10667.981616919998</v>
       </c>
-      <c r="H15" s="23">
+      <c r="H15" s="22">
         <v>16669.593529819998</v>
       </c>
-      <c r="I15" s="23">
+      <c r="I15" s="22">
         <v>462.27504110000001</v>
       </c>
-      <c r="J15" s="26">
+      <c r="J15" s="25">
         <v>5.1652330700000002</v>
       </c>
-      <c r="K15" s="26">
+      <c r="K15" s="25">
         <v>9.5574389999999995E-2</v>
       </c>
-      <c r="L15" s="25">
+      <c r="L15" s="24">
         <v>27805.110995299998</v>
       </c>
-      <c r="M15" s="23" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="23" t="s">
+      <c r="M15" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="N15" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O15" s="23">
+      <c r="O15" s="22">
         <v>-196.81232312</v>
       </c>
-      <c r="P15" s="25">
+      <c r="P15" s="24">
         <v>27608.298672179997</v>
       </c>
     </row>
     <row r="16" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="4"/>
       <c r="C16" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D16" s="23">
+      <c r="D16" s="22">
         <v>2363.0958090600002</v>
       </c>
-      <c r="E16" s="23">
+      <c r="E16" s="22">
         <v>8397.2649885600003</v>
       </c>
-      <c r="F16" s="23">
+      <c r="F16" s="22">
         <v>100.25116409</v>
       </c>
-      <c r="G16" s="25">
+      <c r="G16" s="24">
         <v>10860.611961709999</v>
       </c>
-      <c r="H16" s="23">
+      <c r="H16" s="22">
         <v>17018.762596439999</v>
       </c>
-      <c r="I16" s="23">
+      <c r="I16" s="22">
         <v>459.46521335</v>
       </c>
-      <c r="J16" s="26">
+      <c r="J16" s="25">
         <v>4.9734189799999999</v>
       </c>
-      <c r="K16" s="26">
+      <c r="K16" s="25">
         <v>9.5828720000000006E-2</v>
       </c>
-      <c r="L16" s="25">
+      <c r="L16" s="24">
         <v>28343.909019200004</v>
       </c>
-      <c r="M16" s="23">
+      <c r="M16" s="22">
         <v>7.7384452699999997</v>
       </c>
-      <c r="N16" s="23" t="s">
+      <c r="N16" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O16" s="23">
+      <c r="O16" s="22">
         <v>-167.25130623999999</v>
       </c>
-      <c r="P16" s="25">
+      <c r="P16" s="24">
         <v>28184.396158230003</v>
       </c>
     </row>
     <row r="17" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="4"/>
       <c r="C17" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D17" s="23">
+      <c r="D17" s="22">
         <v>2266.24429461</v>
       </c>
-      <c r="E17" s="23">
+      <c r="E17" s="22">
         <v>7990.8290850100002</v>
       </c>
-      <c r="F17" s="23">
+      <c r="F17" s="22">
         <v>94.615991170000001</v>
       </c>
-      <c r="G17" s="25">
+      <c r="G17" s="24">
         <v>10351.68937079</v>
       </c>
-      <c r="H17" s="23">
+      <c r="H17" s="22">
         <v>17384.053188689999</v>
       </c>
-      <c r="I17" s="23">
+      <c r="I17" s="22">
         <v>455.19245459000001</v>
       </c>
-      <c r="J17" s="26">
+      <c r="J17" s="25">
         <v>4.4094854000000003</v>
       </c>
-      <c r="K17" s="26">
+      <c r="K17" s="25">
         <v>0.11698181000000001</v>
       </c>
-      <c r="L17" s="25">
+      <c r="L17" s="24">
         <v>28195.461481279995</v>
       </c>
-      <c r="M17" s="26">
+      <c r="M17" s="25">
         <v>2.1911824599999998</v>
       </c>
-      <c r="N17" s="23" t="s">
+      <c r="N17" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O17" s="23">
+      <c r="O17" s="22">
         <v>-172.66219917999999</v>
       </c>
-      <c r="P17" s="25">
+      <c r="P17" s="24">
         <v>28024.990464559996</v>
       </c>
     </row>
     <row r="18" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="4"/>
       <c r="C18" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D18" s="23">
+      <c r="D18" s="22">
         <v>2186.1792829999999</v>
       </c>
-      <c r="E18" s="23">
+      <c r="E18" s="22">
         <v>8022.1414743599998</v>
       </c>
-      <c r="F18" s="23">
+      <c r="F18" s="22">
         <v>96.310191770000003</v>
       </c>
-      <c r="G18" s="25">
+      <c r="G18" s="24">
         <v>10304.63094913</v>
       </c>
-      <c r="H18" s="23">
+      <c r="H18" s="22">
         <v>17396.569315339999</v>
       </c>
-      <c r="I18" s="23">
+      <c r="I18" s="22">
         <v>449.51498198000002</v>
       </c>
-      <c r="J18" s="26">
+      <c r="J18" s="25">
         <v>3.77618908</v>
       </c>
-      <c r="K18" s="26">
+      <c r="K18" s="25">
         <v>4.3887309999999999E-2</v>
       </c>
-      <c r="L18" s="25">
+      <c r="L18" s="24">
         <v>28154.535322840002</v>
       </c>
-      <c r="M18" s="26">
+      <c r="M18" s="25">
         <v>2.1930851699999998</v>
       </c>
-      <c r="N18" s="23" t="s">
+      <c r="N18" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O18" s="23">
+      <c r="O18" s="22">
         <v>-188.1552533</v>
       </c>
-      <c r="P18" s="25">
+      <c r="P18" s="24">
         <v>27968.573154710004</v>
       </c>
     </row>
     <row r="19" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="4"/>
       <c r="C19" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D19" s="23">
+      <c r="D19" s="22">
         <v>2177.9272064900001</v>
       </c>
-      <c r="E19" s="23">
+      <c r="E19" s="22">
         <v>8022.1871815799996</v>
       </c>
-      <c r="F19" s="23">
+      <c r="F19" s="22">
         <v>93.495168719999995</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G19" s="24">
         <v>10293.609556789999</v>
       </c>
-      <c r="H19" s="23">
+      <c r="H19" s="22">
         <v>17384.28717929</v>
       </c>
-      <c r="I19" s="23">
+      <c r="I19" s="22">
         <v>447.81026458000002</v>
       </c>
-      <c r="J19" s="26">
+      <c r="J19" s="25">
         <v>2.4538883</v>
       </c>
-      <c r="K19" s="26">
+      <c r="K19" s="25">
         <v>4.1843680000000001E-2</v>
       </c>
-      <c r="L19" s="25">
+      <c r="L19" s="24">
         <v>28128.202732639998</v>
       </c>
-      <c r="M19" s="26">
+      <c r="M19" s="25">
         <v>3.26269572</v>
       </c>
-      <c r="N19" s="23" t="s">
+      <c r="N19" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="O19" s="23">
+      <c r="O19" s="22">
         <v>-184.29073274000001</v>
       </c>
-      <c r="P19" s="25">
+      <c r="P19" s="24">
         <v>27947.17469562</v>
       </c>
     </row>
     <row r="20" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="20">
+      <c r="D20" s="19">
         <v>2215.0691469799999</v>
       </c>
-      <c r="E20" s="20">
+      <c r="E20" s="19">
         <v>8138.4749203399997</v>
       </c>
-      <c r="F20" s="20">
+      <c r="F20" s="19">
         <v>93.923220119999996</v>
       </c>
-      <c r="G20" s="21">
+      <c r="G20" s="20">
         <v>10447.46728744</v>
       </c>
-      <c r="H20" s="20">
+      <c r="H20" s="19">
         <v>17208.356011060001</v>
       </c>
-      <c r="I20" s="20">
+      <c r="I20" s="19">
         <v>447.90991030999999</v>
       </c>
-      <c r="J20" s="22">
+      <c r="J20" s="21">
         <v>2.670697E-2</v>
       </c>
-      <c r="K20" s="22" t="s">
-[...2 lines deleted...]
-      <c r="L20" s="21">
+      <c r="K20" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L20" s="20">
         <v>28103.75991578</v>
       </c>
-      <c r="M20" s="22">
+      <c r="M20" s="21">
         <v>5.6382000699999999</v>
       </c>
-      <c r="N20" s="22">
+      <c r="N20" s="21">
         <v>928.19398936000005</v>
       </c>
-      <c r="O20" s="20">
+      <c r="O20" s="19">
         <v>-228.46409496000001</v>
       </c>
-      <c r="P20" s="21">
+      <c r="P20" s="20">
         <v>28809.128010249999</v>
       </c>
     </row>
     <row r="21" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D21" s="23">
+      <c r="D21" s="22">
         <v>2133.1645411099998</v>
       </c>
-      <c r="E21" s="24">
+      <c r="E21" s="23">
         <v>7755.0454639199997</v>
       </c>
-      <c r="F21" s="23">
+      <c r="F21" s="22">
         <v>94.815907120000006</v>
       </c>
-      <c r="G21" s="25">
+      <c r="G21" s="24">
         <v>9983.0259121500003</v>
       </c>
-      <c r="H21" s="23">
+      <c r="H21" s="22">
         <v>17394.535187519999</v>
       </c>
-      <c r="I21" s="23">
+      <c r="I21" s="22">
         <v>450.87093468</v>
       </c>
-      <c r="J21" s="26">
+      <c r="J21" s="25">
         <v>0.11763382</v>
       </c>
-      <c r="K21" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L21" s="25">
+      <c r="K21" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L21" s="24">
         <v>27828.549668169999</v>
       </c>
-      <c r="M21" s="23">
+      <c r="M21" s="22">
         <v>5.2578433000000002</v>
       </c>
-      <c r="N21" s="23">
+      <c r="N21" s="22">
         <v>935.93454018</v>
       </c>
-      <c r="O21" s="23">
+      <c r="O21" s="22">
         <v>-188.11970507000001</v>
       </c>
-      <c r="P21" s="25">
+      <c r="P21" s="24">
         <v>28581.622346579999</v>
       </c>
     </row>
     <row r="22" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="4"/>
       <c r="C22" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D22" s="23">
+      <c r="D22" s="22">
         <v>2128.7414549499999</v>
       </c>
-      <c r="E22" s="23">
+      <c r="E22" s="22">
         <v>7515.3765463199998</v>
       </c>
-      <c r="F22" s="23">
+      <c r="F22" s="22">
         <v>103.04789886</v>
       </c>
-      <c r="G22" s="25">
+      <c r="G22" s="24">
         <v>9747.1659001299995</v>
       </c>
-      <c r="H22" s="23">
+      <c r="H22" s="22">
         <v>17664.818751760002</v>
       </c>
-      <c r="I22" s="23">
+      <c r="I22" s="22">
         <v>459.39453316999999</v>
       </c>
-      <c r="J22" s="26">
+      <c r="J22" s="25">
         <v>0.11515636999999999</v>
       </c>
-      <c r="K22" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L22" s="25">
+      <c r="K22" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L22" s="24">
         <v>27871.49434143</v>
       </c>
-      <c r="M22" s="23">
+      <c r="M22" s="22">
         <v>8.5203359600000006</v>
       </c>
-      <c r="N22" s="23">
+      <c r="N22" s="22">
         <v>844.84195266999996</v>
       </c>
-      <c r="O22" s="23">
+      <c r="O22" s="22">
         <v>-150.71036040999999</v>
       </c>
-      <c r="P22" s="25">
+      <c r="P22" s="24">
         <v>28574.146269649998</v>
       </c>
     </row>
     <row r="23" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4"/>
       <c r="C23" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D23" s="23">
+      <c r="D23" s="22">
         <v>2146.3885300500001</v>
       </c>
-      <c r="E23" s="23">
+      <c r="E23" s="22">
         <v>7301.8049567799999</v>
       </c>
-      <c r="F23" s="23">
+      <c r="F23" s="22">
         <v>103.13496132</v>
       </c>
-      <c r="G23" s="25">
+      <c r="G23" s="24">
         <v>9551.3284481499995</v>
       </c>
-      <c r="H23" s="23">
+      <c r="H23" s="22">
         <v>17618.956864160002</v>
       </c>
-      <c r="I23" s="23">
+      <c r="I23" s="22">
         <v>456.24111113999999</v>
       </c>
-      <c r="J23" s="26">
+      <c r="J23" s="25">
         <v>0.11764825</v>
       </c>
-      <c r="K23" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L23" s="25">
+      <c r="K23" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L23" s="24">
         <v>27626.6440717</v>
       </c>
-      <c r="M23" s="23">
+      <c r="M23" s="22">
         <v>3.62598099</v>
       </c>
-      <c r="N23" s="23">
+      <c r="N23" s="22">
         <v>926.20318981000003</v>
       </c>
-      <c r="O23" s="23">
+      <c r="O23" s="22">
         <v>-69.917643479999995</v>
       </c>
-      <c r="P23" s="25">
+      <c r="P23" s="24">
         <v>28486.555599020001</v>
       </c>
     </row>
     <row r="24" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="4"/>
       <c r="C24" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D24" s="23">
+      <c r="D24" s="22">
         <v>2173.9651077399999</v>
       </c>
-      <c r="E24" s="23">
+      <c r="E24" s="22">
         <v>7351.30343894</v>
       </c>
-      <c r="F24" s="23">
+      <c r="F24" s="22">
         <v>99.717173840000001</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="24">
         <v>9624.9857205200005</v>
       </c>
-      <c r="H24" s="23">
+      <c r="H24" s="22">
         <v>17604.076262170001</v>
       </c>
-      <c r="I24" s="23">
+      <c r="I24" s="22">
         <v>465.76872020000002</v>
       </c>
-      <c r="J24" s="26">
+      <c r="J24" s="25">
         <v>5.1612390000000001E-2</v>
       </c>
-      <c r="K24" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L24" s="25">
+      <c r="K24" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L24" s="24">
         <v>27694.882315280003</v>
       </c>
-      <c r="M24" s="23">
+      <c r="M24" s="22">
         <v>36.440802290000001</v>
       </c>
-      <c r="N24" s="23">
+      <c r="N24" s="22">
         <v>976.14193936000004</v>
       </c>
-      <c r="O24" s="23">
+      <c r="O24" s="22">
         <v>-482.37932723</v>
       </c>
-      <c r="P24" s="25">
+      <c r="P24" s="24">
         <v>28225.085729700004</v>
       </c>
     </row>
     <row r="25" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="4"/>
       <c r="C25" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D25" s="23">
+      <c r="D25" s="22">
         <v>2231.5440355999999</v>
       </c>
-      <c r="E25" s="23">
+      <c r="E25" s="22">
         <v>7454.3220723300001</v>
       </c>
-      <c r="F25" s="23">
+      <c r="F25" s="22">
         <v>111.63878041</v>
       </c>
-      <c r="G25" s="25">
+      <c r="G25" s="24">
         <v>9797.5048883399995</v>
       </c>
-      <c r="H25" s="23">
+      <c r="H25" s="22">
         <v>17632.55181904</v>
       </c>
-      <c r="I25" s="23">
+      <c r="I25" s="22">
         <v>455.63709604000002</v>
       </c>
-      <c r="J25" s="26">
+      <c r="J25" s="25">
         <v>0.11404585</v>
       </c>
-      <c r="K25" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L25" s="25">
+      <c r="K25" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L25" s="24">
         <v>27885.807849270001</v>
       </c>
-      <c r="M25" s="23">
+      <c r="M25" s="22">
         <v>37.28410263</v>
       </c>
-      <c r="N25" s="23">
+      <c r="N25" s="22">
         <v>1073.010207</v>
       </c>
-      <c r="O25" s="23">
+      <c r="O25" s="22">
         <v>-589.16159818999995</v>
       </c>
-      <c r="P25" s="25">
+      <c r="P25" s="24">
         <v>28406.940560710002</v>
       </c>
     </row>
     <row r="26" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="4"/>
       <c r="C26" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D26" s="23">
+      <c r="D26" s="22">
         <v>2362.2592884000001</v>
       </c>
-      <c r="E26" s="23">
+      <c r="E26" s="22">
         <v>7590.7868670400003</v>
       </c>
-      <c r="F26" s="23">
+      <c r="F26" s="22">
         <v>99.329158759999999</v>
       </c>
-      <c r="G26" s="25">
+      <c r="G26" s="24">
         <v>10052.375314200001</v>
       </c>
-      <c r="H26" s="23">
+      <c r="H26" s="22">
         <v>17345.546986469999</v>
       </c>
-      <c r="I26" s="23">
+      <c r="I26" s="22">
         <v>475.59233054999999</v>
       </c>
-      <c r="J26" s="26">
+      <c r="J26" s="25">
         <v>6.1104209999999999E-2</v>
       </c>
-      <c r="K26" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L26" s="25">
+      <c r="K26" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L26" s="24">
         <v>27873.57573543</v>
       </c>
-      <c r="M26" s="23">
+      <c r="M26" s="22">
         <v>36.922988359999998</v>
       </c>
-      <c r="N26" s="23">
+      <c r="N26" s="22">
         <v>1129.77382898</v>
       </c>
-      <c r="O26" s="23">
+      <c r="O26" s="22">
         <v>-958.54908799999998</v>
       </c>
-      <c r="P26" s="25">
+      <c r="P26" s="24">
         <v>28081.723464769999</v>
       </c>
     </row>
     <row r="27" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="4"/>
       <c r="C27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D27" s="23">
+      <c r="D27" s="22">
         <v>2482.7780036899999</v>
       </c>
-      <c r="E27" s="23">
+      <c r="E27" s="22">
         <v>7922.9046200800003</v>
       </c>
-      <c r="F27" s="23">
+      <c r="F27" s="22">
         <v>103.67085154999999</v>
       </c>
-      <c r="G27" s="25">
+      <c r="G27" s="24">
         <v>10509.35347532</v>
       </c>
-      <c r="H27" s="23">
+      <c r="H27" s="22">
         <v>17582.676423789999</v>
       </c>
-      <c r="I27" s="23">
+      <c r="I27" s="22">
         <v>468.27724368999998</v>
       </c>
-      <c r="J27" s="26">
+      <c r="J27" s="25">
         <v>0.14393185999999999</v>
       </c>
-      <c r="K27" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L27" s="25">
+      <c r="K27" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L27" s="24">
         <v>28560.451074659999</v>
       </c>
-      <c r="M27" s="23">
+      <c r="M27" s="22">
         <v>36.926803380000003</v>
       </c>
-      <c r="N27" s="23">
+      <c r="N27" s="22">
         <v>997.17011622999996</v>
       </c>
-      <c r="O27" s="23">
+      <c r="O27" s="22">
         <v>-911.66935325999998</v>
       </c>
-      <c r="P27" s="25">
+      <c r="P27" s="24">
         <v>28682.87864101</v>
       </c>
     </row>
     <row r="28" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="4"/>
       <c r="C28" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D28" s="23">
+      <c r="D28" s="22">
         <v>2477.9161635999999</v>
       </c>
-      <c r="E28" s="23">
+      <c r="E28" s="22">
         <v>8095.3890527699996</v>
       </c>
-      <c r="F28" s="23">
+      <c r="F28" s="22">
         <v>101.9231626</v>
       </c>
-      <c r="G28" s="25">
+      <c r="G28" s="24">
         <v>10675.228378970001</v>
       </c>
-      <c r="H28" s="23">
+      <c r="H28" s="22">
         <v>17828.201327610001</v>
       </c>
-      <c r="I28" s="23">
+      <c r="I28" s="22">
         <v>468.32069493</v>
       </c>
-      <c r="J28" s="26">
+      <c r="J28" s="25">
         <v>2.4220399999999999E-3</v>
       </c>
-      <c r="K28" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L28" s="25">
+      <c r="K28" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L28" s="24">
         <v>28971.752823550003</v>
       </c>
-      <c r="M28" s="23">
+      <c r="M28" s="22">
         <v>68.990312410000001</v>
       </c>
-      <c r="N28" s="23">
+      <c r="N28" s="22">
         <v>1008.57398004</v>
       </c>
-      <c r="O28" s="23">
+      <c r="O28" s="22">
         <v>-948.08050887000002</v>
       </c>
-      <c r="P28" s="25">
+      <c r="P28" s="24">
         <v>29101.236607130002</v>
       </c>
     </row>
     <row r="29" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="4"/>
       <c r="C29" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D29" s="23">
+      <c r="D29" s="22">
         <v>2382.1733633700001</v>
       </c>
-      <c r="E29" s="23">
+      <c r="E29" s="22">
         <v>8018.8271300699998</v>
       </c>
-      <c r="F29" s="23">
+      <c r="F29" s="22">
         <v>138.24457364</v>
       </c>
-      <c r="G29" s="25">
+      <c r="G29" s="24">
         <v>10539.245067080001</v>
       </c>
-      <c r="H29" s="23">
+      <c r="H29" s="22">
         <v>17724.7220342</v>
       </c>
-      <c r="I29" s="23">
+      <c r="I29" s="22">
         <v>432.49114500000002</v>
       </c>
-      <c r="J29" s="26">
+      <c r="J29" s="25">
         <v>0.22966138</v>
       </c>
-      <c r="K29" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="25">
+      <c r="K29" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L29" s="24">
         <v>28696.687907660002</v>
       </c>
-      <c r="M29" s="26">
+      <c r="M29" s="25">
         <v>79.475414270000002</v>
       </c>
-      <c r="N29" s="23">
+      <c r="N29" s="22">
         <v>1040.61650489</v>
       </c>
-      <c r="O29" s="23">
+      <c r="O29" s="22">
         <v>-610.12277991999997</v>
       </c>
-      <c r="P29" s="25">
+      <c r="P29" s="24">
         <v>29206.657046900003</v>
       </c>
     </row>
     <row r="30" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="4"/>
       <c r="C30" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D30" s="23">
+      <c r="D30" s="22">
         <v>2266.6042495299998</v>
       </c>
-      <c r="E30" s="23">
+      <c r="E30" s="22">
         <v>7991.6946023099999</v>
       </c>
-      <c r="F30" s="23">
+      <c r="F30" s="22">
         <v>100.28089428</v>
       </c>
-      <c r="G30" s="25">
+      <c r="G30" s="24">
         <v>10358.57974612</v>
       </c>
-      <c r="H30" s="23">
+      <c r="H30" s="22">
         <v>17908.849576550001</v>
       </c>
-      <c r="I30" s="23">
+      <c r="I30" s="22">
         <v>465.08608671000002</v>
       </c>
-      <c r="J30" s="26">
+      <c r="J30" s="25">
         <v>6.9634650000000006E-2</v>
       </c>
-      <c r="K30" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="25">
+      <c r="K30" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L30" s="24">
         <v>28732.585044030002</v>
       </c>
-      <c r="M30" s="26">
+      <c r="M30" s="25">
         <v>79.508237890000004</v>
       </c>
-      <c r="N30" s="23">
+      <c r="N30" s="22">
         <v>1067.5115200600001</v>
       </c>
-      <c r="O30" s="23">
+      <c r="O30" s="22">
         <v>-499.72184169000002</v>
       </c>
-      <c r="P30" s="25">
+      <c r="P30" s="24">
         <v>29379.882960290004</v>
       </c>
     </row>
     <row r="31" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="4"/>
       <c r="C31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D31" s="23">
+      <c r="D31" s="22">
         <v>2220.2249261900001</v>
       </c>
-      <c r="E31" s="23">
+      <c r="E31" s="22">
         <v>7904.9898014099999</v>
       </c>
-      <c r="F31" s="23">
+      <c r="F31" s="22">
         <v>99.925614370000005</v>
       </c>
-      <c r="G31" s="25">
+      <c r="G31" s="24">
         <v>10225.14034197</v>
       </c>
-      <c r="H31" s="23">
+      <c r="H31" s="22">
         <v>18101.653991269999</v>
       </c>
-      <c r="I31" s="23">
+      <c r="I31" s="22">
         <v>471.68567429000001</v>
       </c>
-      <c r="J31" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L31" s="25">
+      <c r="J31" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L31" s="24">
         <v>28798.480007530001</v>
       </c>
-      <c r="M31" s="26">
+      <c r="M31" s="25">
         <v>80.184209280000005</v>
       </c>
-      <c r="N31" s="23">
+      <c r="N31" s="22">
         <v>1112.17746367</v>
       </c>
-      <c r="O31" s="23">
+      <c r="O31" s="22">
         <v>-602.20405884000002</v>
       </c>
-      <c r="P31" s="25">
+      <c r="P31" s="24">
         <v>29388.637621639999</v>
       </c>
     </row>
     <row r="32" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D32" s="20">
+      <c r="D32" s="19">
         <v>2249.2630527299998</v>
       </c>
-      <c r="E32" s="20">
+      <c r="E32" s="19">
         <v>8235.2195849500004</v>
       </c>
-      <c r="F32" s="20">
+      <c r="F32" s="19">
         <v>116.67857743</v>
       </c>
-      <c r="G32" s="21">
+      <c r="G32" s="20">
         <v>10601.161215109998</v>
       </c>
-      <c r="H32" s="20">
+      <c r="H32" s="19">
         <v>17653.938432890001</v>
       </c>
-      <c r="I32" s="20">
+      <c r="I32" s="19">
         <v>455.48397255999998</v>
       </c>
-      <c r="J32" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L32" s="21">
+      <c r="J32" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="20">
         <v>28710.583620559999</v>
       </c>
-      <c r="M32" s="22">
+      <c r="M32" s="21">
         <v>89.740251470000004</v>
       </c>
-      <c r="N32" s="22">
+      <c r="N32" s="21">
         <v>1114.59711146</v>
       </c>
-      <c r="O32" s="20">
+      <c r="O32" s="19">
         <v>-800.65244179000001</v>
       </c>
-      <c r="P32" s="21">
+      <c r="P32" s="20">
         <v>29114.268541699999</v>
       </c>
     </row>
     <row r="33" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D33" s="23">
+      <c r="D33" s="22">
         <v>2174.6103437900001</v>
       </c>
-      <c r="E33" s="24">
+      <c r="E33" s="23">
         <v>7922.4257579300001</v>
       </c>
-      <c r="F33" s="23">
+      <c r="F33" s="22">
         <v>122.2609448</v>
       </c>
-      <c r="G33" s="25">
+      <c r="G33" s="24">
         <v>10219.297046520001</v>
       </c>
-      <c r="H33" s="23">
+      <c r="H33" s="22">
         <v>17833.631015570001</v>
       </c>
-      <c r="I33" s="23">
+      <c r="I33" s="22">
         <v>456.70136654999999</v>
       </c>
-      <c r="J33" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L33" s="25">
+      <c r="J33" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L33" s="24">
         <v>28509.629428640001</v>
       </c>
-      <c r="M33" s="23">
+      <c r="M33" s="22">
         <v>78.312817670000001</v>
       </c>
-      <c r="N33" s="23">
+      <c r="N33" s="22">
         <v>1212.8197392699999</v>
       </c>
-      <c r="O33" s="23">
+      <c r="O33" s="22">
         <v>-717.42171699999994</v>
       </c>
-      <c r="P33" s="25">
+      <c r="P33" s="24">
         <v>29083.340268579999</v>
       </c>
     </row>
     <row r="34" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="4"/>
       <c r="C34" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D34" s="23">
+      <c r="D34" s="22">
         <v>2182.7501115300001</v>
       </c>
-      <c r="E34" s="23">
+      <c r="E34" s="22">
         <v>7828.6132927899998</v>
       </c>
-      <c r="F34" s="23">
+      <c r="F34" s="22">
         <v>116.3566198</v>
       </c>
-      <c r="G34" s="25">
+      <c r="G34" s="24">
         <v>10127.720024120001</v>
       </c>
-      <c r="H34" s="23">
+      <c r="H34" s="22">
         <v>17944.385230349999</v>
       </c>
-      <c r="I34" s="23">
+      <c r="I34" s="22">
         <v>460.16527940999998</v>
       </c>
-      <c r="J34" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L34" s="25">
+      <c r="J34" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L34" s="24">
         <v>28532.270533880001</v>
       </c>
-      <c r="M34" s="23">
+      <c r="M34" s="22">
         <v>77.923740730000006</v>
       </c>
-      <c r="N34" s="23">
+      <c r="N34" s="22">
         <v>1262.00095732</v>
       </c>
-      <c r="O34" s="23">
+      <c r="O34" s="22">
         <v>-710.02478334</v>
       </c>
-      <c r="P34" s="25">
+      <c r="P34" s="24">
         <v>29162.170448590001</v>
       </c>
     </row>
     <row r="35" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="4"/>
       <c r="C35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D35" s="23">
+      <c r="D35" s="22">
         <v>2245.5774365699999</v>
       </c>
-      <c r="E35" s="23">
+      <c r="E35" s="22">
         <v>8145.4027581500004</v>
       </c>
-      <c r="F35" s="23">
+      <c r="F35" s="22">
         <v>122.88771005</v>
       </c>
-      <c r="G35" s="25">
+      <c r="G35" s="24">
         <v>10513.867904770001</v>
       </c>
-      <c r="H35" s="23">
+      <c r="H35" s="22">
         <v>17938.61468748</v>
       </c>
-      <c r="I35" s="23">
+      <c r="I35" s="22">
         <v>467.66305849000003</v>
       </c>
-      <c r="J35" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L35" s="25">
+      <c r="J35" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L35" s="24">
         <v>28920.14565074</v>
       </c>
-      <c r="M35" s="23">
+      <c r="M35" s="22">
         <v>4.8996515299999999</v>
       </c>
-      <c r="N35" s="23">
+      <c r="N35" s="22">
         <v>1236.6146655800001</v>
       </c>
-      <c r="O35" s="23">
+      <c r="O35" s="22">
         <v>-586.61292093999998</v>
       </c>
-      <c r="P35" s="25">
+      <c r="P35" s="24">
         <v>29575.04704691</v>
       </c>
     </row>
     <row r="36" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="4"/>
       <c r="C36" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D36" s="23">
+      <c r="D36" s="22">
         <v>2279.4389188800001</v>
       </c>
-      <c r="E36" s="23">
+      <c r="E36" s="22">
         <v>8192.4967706799998</v>
       </c>
-      <c r="F36" s="23">
+      <c r="F36" s="22">
         <v>115.95174784</v>
       </c>
-      <c r="G36" s="25">
+      <c r="G36" s="24">
         <v>10587.887437399999</v>
       </c>
-      <c r="H36" s="23">
+      <c r="H36" s="22">
         <v>17576.268630760002</v>
       </c>
-      <c r="I36" s="23">
+      <c r="I36" s="22">
         <v>457.81301028000001</v>
       </c>
-      <c r="J36" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L36" s="25">
+      <c r="J36" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L36" s="24">
         <v>28621.969078440001</v>
       </c>
-      <c r="M36" s="23">
+      <c r="M36" s="22">
         <v>7.2876673199999997</v>
       </c>
-      <c r="N36" s="23">
+      <c r="N36" s="22">
         <v>1252.69546977</v>
       </c>
-      <c r="O36" s="23">
+      <c r="O36" s="22">
         <v>-654.67955684000003</v>
       </c>
-      <c r="P36" s="25">
+      <c r="P36" s="24">
         <v>29227.272658689999</v>
       </c>
     </row>
     <row r="37" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="4"/>
       <c r="C37" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D37" s="23">
+      <c r="D37" s="22">
         <v>2346.7979775499998</v>
       </c>
-      <c r="E37" s="23">
+      <c r="E37" s="22">
         <v>8481.5141180200008</v>
       </c>
-      <c r="F37" s="23">
+      <c r="F37" s="22">
         <v>125.30875396</v>
       </c>
-      <c r="G37" s="25">
+      <c r="G37" s="24">
         <v>10953.620849530002</v>
       </c>
-      <c r="H37" s="23">
+      <c r="H37" s="22">
         <v>17323.45317827</v>
       </c>
-      <c r="I37" s="23">
+      <c r="I37" s="22">
         <v>443.90067010000001</v>
       </c>
-      <c r="J37" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L37" s="25">
+      <c r="J37" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L37" s="24">
         <v>28720.974697900001</v>
       </c>
-      <c r="M37" s="23">
+      <c r="M37" s="22">
         <v>7.3565733</v>
       </c>
-      <c r="N37" s="23">
+      <c r="N37" s="22">
         <v>1358.04764957</v>
       </c>
-      <c r="O37" s="23">
+      <c r="O37" s="22">
         <v>-597.00751532000004</v>
       </c>
-      <c r="P37" s="25">
+      <c r="P37" s="24">
         <v>29489.371405449998</v>
       </c>
     </row>
     <row r="38" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="4"/>
       <c r="C38" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D38" s="23">
+      <c r="D38" s="22">
         <v>2456.8469353800001</v>
       </c>
-      <c r="E38" s="23">
+      <c r="E38" s="22">
         <v>8725.9478662000001</v>
       </c>
-      <c r="F38" s="23">
+      <c r="F38" s="22">
         <v>115.85389078999999</v>
       </c>
-      <c r="G38" s="25">
+      <c r="G38" s="24">
         <v>11298.648692369999</v>
       </c>
-      <c r="H38" s="23">
+      <c r="H38" s="22">
         <v>17150.478646579999</v>
       </c>
-      <c r="I38" s="23">
+      <c r="I38" s="22">
         <v>425.76383188</v>
       </c>
-      <c r="J38" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L38" s="25">
+      <c r="J38" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L38" s="24">
         <v>28874.89117083</v>
       </c>
-      <c r="M38" s="23">
+      <c r="M38" s="22">
         <v>4.9492613199999997</v>
       </c>
-      <c r="N38" s="23">
+      <c r="N38" s="22">
         <v>1431.50123672</v>
       </c>
-      <c r="O38" s="23">
+      <c r="O38" s="22">
         <v>-407.43422550000003</v>
       </c>
-      <c r="P38" s="25">
+      <c r="P38" s="24">
         <v>29903.907443369997</v>
       </c>
     </row>
     <row r="39" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="4"/>
       <c r="C39" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D39" s="23">
+      <c r="D39" s="22">
         <v>2524.9919237399999</v>
       </c>
-      <c r="E39" s="23">
+      <c r="E39" s="22">
         <v>8726.5569970100005</v>
       </c>
-      <c r="F39" s="23">
+      <c r="F39" s="22">
         <v>116.70449932</v>
       </c>
-      <c r="G39" s="25">
+      <c r="G39" s="24">
         <v>11368.253420069999</v>
       </c>
-      <c r="H39" s="23">
+      <c r="H39" s="22">
         <v>17208.574638599999</v>
       </c>
-      <c r="I39" s="23">
+      <c r="I39" s="22">
         <v>416.05875107000003</v>
       </c>
-      <c r="J39" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L39" s="25">
+      <c r="J39" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K39" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L39" s="24">
         <v>28992.886809740001</v>
       </c>
-      <c r="M39" s="23">
+      <c r="M39" s="22">
         <v>30.311151899999999</v>
       </c>
-      <c r="N39" s="23">
+      <c r="N39" s="22">
         <v>1108.4471751599999</v>
       </c>
-      <c r="O39" s="23">
+      <c r="O39" s="22">
         <v>-623.02525561000004</v>
       </c>
-      <c r="P39" s="25">
+      <c r="P39" s="24">
         <v>29508.619881190003</v>
       </c>
     </row>
     <row r="40" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="4"/>
       <c r="C40" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D40" s="23">
+      <c r="D40" s="22">
         <v>2530.96282066</v>
       </c>
-      <c r="E40" s="23">
+      <c r="E40" s="22">
         <v>9220.1146803699994</v>
       </c>
-      <c r="F40" s="23">
+      <c r="F40" s="22">
         <v>117.10120863</v>
       </c>
-      <c r="G40" s="25">
+      <c r="G40" s="24">
         <v>11868.178709659998</v>
       </c>
-      <c r="H40" s="23">
+      <c r="H40" s="22">
         <v>17488.670515990001</v>
       </c>
-      <c r="I40" s="23">
+      <c r="I40" s="22">
         <v>414.44953002</v>
       </c>
-      <c r="J40" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L40" s="25">
+      <c r="J40" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L40" s="24">
         <v>29771.298755669999</v>
       </c>
-      <c r="M40" s="23">
+      <c r="M40" s="22">
         <v>39.88304832</v>
       </c>
-      <c r="N40" s="23">
+      <c r="N40" s="22">
         <v>1131.1271197399999</v>
       </c>
-      <c r="O40" s="23">
+      <c r="O40" s="22">
         <v>-640.74732768000001</v>
       </c>
-      <c r="P40" s="25">
+      <c r="P40" s="24">
         <v>30301.561596049996</v>
       </c>
     </row>
     <row r="41" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="4"/>
       <c r="C41" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D41" s="23">
+      <c r="D41" s="22">
         <v>2436.59461586</v>
       </c>
-      <c r="E41" s="23">
+      <c r="E41" s="22">
         <v>9226.8022924199995</v>
       </c>
-      <c r="F41" s="23">
+      <c r="F41" s="22">
         <v>114.53323859</v>
       </c>
-      <c r="G41" s="25">
+      <c r="G41" s="24">
         <v>11777.93014687</v>
       </c>
-      <c r="H41" s="23">
+      <c r="H41" s="22">
         <v>17659.397649530001</v>
       </c>
-      <c r="I41" s="23">
+      <c r="I41" s="22">
         <v>415.88905806000002</v>
       </c>
-      <c r="J41" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L41" s="25">
+      <c r="J41" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K41" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L41" s="24">
         <v>29853.216854459999</v>
       </c>
-      <c r="M41" s="26">
+      <c r="M41" s="25">
         <v>59.526023960000003</v>
       </c>
-      <c r="N41" s="23">
+      <c r="N41" s="22">
         <v>1196.45052678</v>
       </c>
-      <c r="O41" s="23">
+      <c r="O41" s="22">
         <v>-680.73978407000004</v>
       </c>
-      <c r="P41" s="25">
+      <c r="P41" s="24">
         <v>30428.45362113</v>
       </c>
     </row>
     <row r="42" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="4"/>
       <c r="C42" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D42" s="23">
+      <c r="D42" s="22">
         <v>2350.14724811</v>
       </c>
-      <c r="E42" s="23">
+      <c r="E42" s="22">
         <v>9163.7606355900007</v>
       </c>
-      <c r="F42" s="23">
+      <c r="F42" s="22">
         <v>114.98772624999999</v>
       </c>
-      <c r="G42" s="25">
+      <c r="G42" s="24">
         <v>11628.895609949999</v>
       </c>
-      <c r="H42" s="23">
+      <c r="H42" s="22">
         <v>17659.12568831</v>
       </c>
-      <c r="I42" s="23">
+      <c r="I42" s="22">
         <v>406.44525887999998</v>
       </c>
-      <c r="J42" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L42" s="25">
+      <c r="J42" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K42" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L42" s="24">
         <v>29694.46655714</v>
       </c>
-      <c r="M42" s="26">
+      <c r="M42" s="25">
         <v>105.79385859</v>
       </c>
-      <c r="N42" s="23">
+      <c r="N42" s="22">
         <v>1154.3444471600001</v>
       </c>
-      <c r="O42" s="23">
+      <c r="O42" s="22">
         <v>-667.30123042000002</v>
       </c>
-      <c r="P42" s="25">
+      <c r="P42" s="24">
         <v>30287.303632470004</v>
       </c>
     </row>
     <row r="43" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="4"/>
       <c r="C43" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D43" s="23">
+      <c r="D43" s="22">
         <v>2304.6139022900002</v>
       </c>
-      <c r="E43" s="23">
+      <c r="E43" s="22">
         <v>9119.8744492500009</v>
       </c>
-      <c r="F43" s="23">
+      <c r="F43" s="22">
         <v>113.15062048</v>
       </c>
-      <c r="G43" s="25">
+      <c r="G43" s="24">
         <v>11537.63897202</v>
       </c>
-      <c r="H43" s="23">
+      <c r="H43" s="22">
         <v>17516.884274349999</v>
       </c>
-      <c r="I43" s="23">
+      <c r="I43" s="22">
         <v>378.24795691999998</v>
       </c>
-      <c r="J43" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L43" s="25">
+      <c r="J43" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K43" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L43" s="24">
         <v>29432.771203290002</v>
       </c>
-      <c r="M43" s="26">
+      <c r="M43" s="25">
         <v>86.332528449999998</v>
       </c>
-      <c r="N43" s="23">
+      <c r="N43" s="22">
         <v>1225.3481246599999</v>
       </c>
-      <c r="O43" s="23">
+      <c r="O43" s="22">
         <v>-706.67442883000001</v>
       </c>
-      <c r="P43" s="25">
+      <c r="P43" s="24">
         <v>30037.777427569999</v>
       </c>
     </row>
     <row r="44" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="5"/>
       <c r="C44" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D44" s="20">
+      <c r="D44" s="19">
         <v>2312.1080905600002</v>
       </c>
-      <c r="E44" s="20">
+      <c r="E44" s="19">
         <v>9235.0130653199994</v>
       </c>
-      <c r="F44" s="20">
+      <c r="F44" s="19">
         <v>115.78175818</v>
       </c>
-      <c r="G44" s="21">
+      <c r="G44" s="20">
         <v>11662.90291406</v>
       </c>
-      <c r="H44" s="20">
+      <c r="H44" s="19">
         <v>17403.355393779999</v>
       </c>
-      <c r="I44" s="20">
+      <c r="I44" s="19">
         <v>379.48860784999999</v>
       </c>
-      <c r="J44" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L44" s="21">
+      <c r="J44" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L44" s="20">
         <v>29445.746915690001</v>
       </c>
-      <c r="M44" s="22">
+      <c r="M44" s="21">
         <v>52.045042410000001</v>
       </c>
-      <c r="N44" s="22">
+      <c r="N44" s="21">
         <v>1238.64209175</v>
       </c>
-      <c r="O44" s="20">
+      <c r="O44" s="19">
         <v>-868.34784508999996</v>
       </c>
-      <c r="P44" s="21">
+      <c r="P44" s="20">
         <v>29868.086204760002</v>
       </c>
     </row>
     <row r="45" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="23">
+      <c r="D45" s="22">
         <v>2246.2770225300001</v>
       </c>
-      <c r="E45" s="24">
+      <c r="E45" s="23">
         <v>9140.4422875799992</v>
       </c>
-      <c r="F45" s="23">
+      <c r="F45" s="22">
         <v>121.9128408</v>
       </c>
-      <c r="G45" s="25">
+      <c r="G45" s="24">
         <v>11508.632150910002</v>
       </c>
-      <c r="H45" s="23">
+      <c r="H45" s="22">
         <v>17414.4698088</v>
       </c>
-      <c r="I45" s="23">
+      <c r="I45" s="22">
         <v>374.63966832</v>
       </c>
-      <c r="J45" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L45" s="25">
+      <c r="J45" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K45" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L45" s="24">
         <v>29297.741628030002</v>
       </c>
-      <c r="M45" s="23">
+      <c r="M45" s="22">
         <v>29.747610600000002</v>
       </c>
-      <c r="N45" s="23">
+      <c r="N45" s="22">
         <v>1303.12022589</v>
       </c>
-      <c r="O45" s="23">
+      <c r="O45" s="22">
         <v>-944.54015407999998</v>
       </c>
-      <c r="P45" s="25">
+      <c r="P45" s="24">
         <v>29686.069310440002</v>
       </c>
     </row>
     <row r="46" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="4"/>
       <c r="C46" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="22">
         <v>2275.2873942599999</v>
       </c>
-      <c r="E46" s="23">
+      <c r="E46" s="22">
         <v>9019.1289650399995</v>
       </c>
-      <c r="F46" s="23">
+      <c r="F46" s="22">
         <v>123.95755518</v>
       </c>
-      <c r="G46" s="25">
+      <c r="G46" s="24">
         <v>11418.37391448</v>
       </c>
-      <c r="H46" s="23">
+      <c r="H46" s="22">
         <v>17243.20130475</v>
       </c>
-      <c r="I46" s="23">
+      <c r="I46" s="22">
         <v>367.04432264000002</v>
       </c>
-      <c r="J46" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L46" s="25">
+      <c r="J46" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K46" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L46" s="24">
         <v>29028.619541870001</v>
       </c>
-      <c r="M46" s="23">
+      <c r="M46" s="22">
         <v>18.54833051</v>
       </c>
-      <c r="N46" s="23">
+      <c r="N46" s="22">
         <v>1121.45379865</v>
       </c>
-      <c r="O46" s="23">
+      <c r="O46" s="22">
         <v>-656.94428761999995</v>
       </c>
-      <c r="P46" s="25">
+      <c r="P46" s="24">
         <v>29511.677383409999</v>
       </c>
     </row>
     <row r="47" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="4"/>
       <c r="C47" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D47" s="23">
+      <c r="D47" s="22">
         <v>2268.6057406199998</v>
       </c>
-      <c r="E47" s="23">
+      <c r="E47" s="22">
         <v>9051.8724283299998</v>
       </c>
-      <c r="F47" s="23">
+      <c r="F47" s="22">
         <v>133.51424464999999</v>
       </c>
-      <c r="G47" s="25">
+      <c r="G47" s="24">
         <v>11453.992413599999</v>
       </c>
-      <c r="H47" s="23">
+      <c r="H47" s="22">
         <v>17283.354230609999</v>
       </c>
-      <c r="I47" s="23">
+      <c r="I47" s="22">
         <v>358.10690662000002</v>
       </c>
-      <c r="J47" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L47" s="25">
+      <c r="J47" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L47" s="24">
         <v>29095.453550829996</v>
       </c>
-      <c r="M47" s="23">
+      <c r="M47" s="22">
         <v>18.77860458</v>
       </c>
-      <c r="N47" s="23">
+      <c r="N47" s="22">
         <v>1159.7589340500001</v>
       </c>
-      <c r="O47" s="23">
+      <c r="O47" s="22">
         <v>-595.29398108999999</v>
       </c>
-      <c r="P47" s="25">
+      <c r="P47" s="24">
         <v>29678.697108369997</v>
       </c>
     </row>
     <row r="48" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="4"/>
       <c r="C48" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D48" s="23">
+      <c r="D48" s="22">
         <v>2336.7172685999999</v>
       </c>
-      <c r="E48" s="23">
+      <c r="E48" s="22">
         <v>8951.0715362899991</v>
       </c>
-      <c r="F48" s="23">
+      <c r="F48" s="22">
         <v>135.21313785999999</v>
       </c>
-      <c r="G48" s="25">
+      <c r="G48" s="24">
         <v>11423.001942749999</v>
       </c>
-      <c r="H48" s="23">
+      <c r="H48" s="22">
         <v>16979.428803719999</v>
       </c>
-      <c r="I48" s="23">
+      <c r="I48" s="22">
         <v>345.91134892999997</v>
       </c>
-      <c r="J48" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L48" s="25">
+      <c r="J48" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L48" s="24">
         <v>28748.342095399996</v>
       </c>
-      <c r="M48" s="23">
+      <c r="M48" s="22">
         <v>19.04405019</v>
       </c>
-      <c r="N48" s="23">
+      <c r="N48" s="22">
         <v>1134.95373503</v>
       </c>
-      <c r="O48" s="23">
+      <c r="O48" s="22">
         <v>-738.62130163999996</v>
       </c>
-      <c r="P48" s="25">
+      <c r="P48" s="24">
         <v>29163.718578979999</v>
       </c>
     </row>
     <row r="49" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="4"/>
       <c r="C49" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D49" s="23">
+      <c r="D49" s="22">
         <v>2391.9482464500002</v>
       </c>
-      <c r="E49" s="23">
+      <c r="E49" s="22">
         <v>9014.1264677800009</v>
       </c>
-      <c r="F49" s="23">
+      <c r="F49" s="22">
         <v>139.16160414000001</v>
       </c>
-      <c r="G49" s="25">
+      <c r="G49" s="24">
         <v>11545.23631837</v>
       </c>
-      <c r="H49" s="23">
+      <c r="H49" s="22">
         <v>16895.973544529999</v>
       </c>
-      <c r="I49" s="23">
+      <c r="I49" s="22">
         <v>340.83319908999999</v>
       </c>
-      <c r="J49" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L49" s="25">
+      <c r="J49" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K49" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L49" s="24">
         <v>28782.04306199</v>
       </c>
-      <c r="M49" s="23">
+      <c r="M49" s="22">
         <v>6.2647769200000001</v>
       </c>
-      <c r="N49" s="23">
+      <c r="N49" s="22">
         <v>1206.2756447300001</v>
       </c>
-      <c r="O49" s="23">
+      <c r="O49" s="22">
         <v>-635.92072671000005</v>
       </c>
-      <c r="P49" s="25">
+      <c r="P49" s="24">
         <v>29358.662756930004</v>
       </c>
     </row>
     <row r="50" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="4"/>
       <c r="C50" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D50" s="23">
+      <c r="D50" s="22">
         <v>2507.96274928</v>
       </c>
-      <c r="E50" s="23">
+      <c r="E50" s="22">
         <v>9313.3092997399999</v>
       </c>
-      <c r="F50" s="23">
+      <c r="F50" s="22">
         <v>144.69435252</v>
       </c>
-      <c r="G50" s="25">
+      <c r="G50" s="24">
         <v>11965.966401540001</v>
       </c>
-      <c r="H50" s="23">
+      <c r="H50" s="22">
         <v>16590.279037100001</v>
       </c>
-      <c r="I50" s="23">
+      <c r="I50" s="22">
         <v>333.88682936999999</v>
       </c>
-      <c r="J50" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L50" s="25">
+      <c r="J50" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K50" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L50" s="24">
         <v>28890.132268010002</v>
       </c>
-      <c r="M50" s="23">
+      <c r="M50" s="22">
         <v>5.8100846300000004</v>
       </c>
-      <c r="N50" s="23">
+      <c r="N50" s="22">
         <v>1150.9199112900001</v>
       </c>
-      <c r="O50" s="23">
+      <c r="O50" s="22">
         <v>-398.65646865000002</v>
       </c>
-      <c r="P50" s="25">
+      <c r="P50" s="24">
         <v>29648.205795280002</v>
       </c>
     </row>
     <row r="51" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="4"/>
       <c r="C51" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D51" s="23">
+      <c r="D51" s="22">
         <v>2636.7813957799999</v>
       </c>
-      <c r="E51" s="23">
+      <c r="E51" s="22">
         <v>9686.3424079199995</v>
       </c>
-      <c r="F51" s="23">
+      <c r="F51" s="22">
         <v>147.34799749999999</v>
       </c>
-      <c r="G51" s="25">
+      <c r="G51" s="24">
         <v>12470.471801200001</v>
       </c>
-      <c r="H51" s="23">
+      <c r="H51" s="22">
         <v>16943.28889493</v>
       </c>
-      <c r="I51" s="23">
+      <c r="I51" s="22">
         <v>339.16805406999998</v>
       </c>
-      <c r="J51" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L51" s="25">
+      <c r="J51" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K51" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L51" s="24">
         <v>29752.928750200001</v>
       </c>
-      <c r="M51" s="23">
+      <c r="M51" s="22">
         <v>35.248003539999999</v>
       </c>
-      <c r="N51" s="23">
+      <c r="N51" s="22">
         <v>1192.5769185700001</v>
       </c>
-      <c r="O51" s="23">
+      <c r="O51" s="22">
         <v>-233.75681445000001</v>
       </c>
-      <c r="P51" s="25">
+      <c r="P51" s="24">
         <v>30746.996857860002</v>
       </c>
     </row>
     <row r="52" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="4"/>
       <c r="C52" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D52" s="23">
+      <c r="D52" s="22">
         <v>2698.1353328099999</v>
       </c>
-      <c r="E52" s="23">
+      <c r="E52" s="22">
         <v>10123.42343175</v>
       </c>
-      <c r="F52" s="23">
+      <c r="F52" s="22">
         <v>138.74509294999999</v>
       </c>
-      <c r="G52" s="25">
+      <c r="G52" s="24">
         <v>12960.30385751</v>
       </c>
-      <c r="H52" s="23">
+      <c r="H52" s="22">
         <v>17033.015580809999</v>
       </c>
-      <c r="I52" s="23">
+      <c r="I52" s="22">
         <v>340.02602748999999</v>
       </c>
-      <c r="J52" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L52" s="25">
+      <c r="J52" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K52" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L52" s="24">
         <v>30333.345465809998</v>
       </c>
-      <c r="M52" s="23">
+      <c r="M52" s="22">
         <v>45.932189620000003</v>
       </c>
-      <c r="N52" s="23">
+      <c r="N52" s="22">
         <v>1228.85756597</v>
       </c>
-      <c r="O52" s="23">
+      <c r="O52" s="22">
         <v>-265.83375715</v>
       </c>
-      <c r="P52" s="25">
+      <c r="P52" s="24">
         <v>31342.301464249998</v>
       </c>
     </row>
     <row r="53" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="4"/>
       <c r="C53" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D53" s="23">
+      <c r="D53" s="22">
         <v>2557.0825616000002</v>
       </c>
-      <c r="E53" s="23">
+      <c r="E53" s="22">
         <v>10079.644085690001</v>
       </c>
-      <c r="F53" s="23">
+      <c r="F53" s="22">
         <v>144.03500217000001</v>
       </c>
-      <c r="G53" s="25">
+      <c r="G53" s="24">
         <v>12780.761649460001</v>
       </c>
-      <c r="H53" s="23">
+      <c r="H53" s="22">
         <v>17002.445704080001</v>
       </c>
-      <c r="I53" s="23">
+      <c r="I53" s="22">
         <v>334.82498994000002</v>
       </c>
-      <c r="J53" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L53" s="25">
+      <c r="J53" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K53" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L53" s="24">
         <v>30118.032343480001</v>
       </c>
-      <c r="M53" s="26">
+      <c r="M53" s="25">
         <v>45.932189620000003</v>
       </c>
-      <c r="N53" s="23">
+      <c r="N53" s="22">
         <v>1239.38389168</v>
       </c>
-      <c r="O53" s="23">
+      <c r="O53" s="22">
         <v>-191.25397588000001</v>
       </c>
-      <c r="P53" s="25">
+      <c r="P53" s="24">
         <v>31212.094448900003</v>
       </c>
     </row>
     <row r="54" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="4"/>
       <c r="C54" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D54" s="23">
+      <c r="D54" s="22">
         <v>2483.1398489899998</v>
       </c>
-      <c r="E54" s="23">
+      <c r="E54" s="22">
         <v>9936.8544478399999</v>
       </c>
-      <c r="F54" s="23">
+      <c r="F54" s="22">
         <v>146.02445073000001</v>
       </c>
-      <c r="G54" s="25">
+      <c r="G54" s="24">
         <v>12566.01874756</v>
       </c>
-      <c r="H54" s="23">
+      <c r="H54" s="22">
         <v>16949.650257329999</v>
       </c>
-      <c r="I54" s="23">
+      <c r="I54" s="22">
         <v>335.00267315000002</v>
       </c>
-      <c r="J54" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L54" s="25">
+      <c r="J54" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K54" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L54" s="24">
         <v>29850.671678039998</v>
       </c>
-      <c r="M54" s="26">
+      <c r="M54" s="25">
         <v>90.329296260000007</v>
       </c>
-      <c r="N54" s="23">
+      <c r="N54" s="22">
         <v>1231.6221040099999</v>
       </c>
-      <c r="O54" s="23">
+      <c r="O54" s="22">
         <v>-217.57271664000001</v>
       </c>
-      <c r="P54" s="25">
+      <c r="P54" s="24">
         <v>30955.050361669997</v>
       </c>
     </row>
     <row r="55" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="4"/>
       <c r="C55" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D55" s="23">
+      <c r="D55" s="22">
         <v>2459.7437577800001</v>
       </c>
-      <c r="E55" s="23">
+      <c r="E55" s="22">
         <v>9869.3521991100006</v>
       </c>
-      <c r="F55" s="23">
+      <c r="F55" s="22">
         <v>168.05663569999999</v>
       </c>
-      <c r="G55" s="25">
+      <c r="G55" s="24">
         <v>12497.152592589999</v>
       </c>
-      <c r="H55" s="23">
+      <c r="H55" s="22">
         <v>16966.327462860001</v>
       </c>
-      <c r="I55" s="23">
+      <c r="I55" s="22">
         <v>328.75877195999999</v>
       </c>
-      <c r="J55" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L55" s="25">
+      <c r="J55" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K55" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L55" s="24">
         <v>29792.238827409998</v>
       </c>
-      <c r="M55" s="26">
+      <c r="M55" s="25">
         <v>121.39648126</v>
       </c>
-      <c r="N55" s="23">
+      <c r="N55" s="22">
         <v>1255.99056754</v>
       </c>
-      <c r="O55" s="23">
+      <c r="O55" s="22">
         <v>-210.78248728</v>
       </c>
-      <c r="P55" s="25">
+      <c r="P55" s="24">
         <v>30958.843388929996</v>
       </c>
     </row>
     <row r="56" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="5"/>
       <c r="C56" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D56" s="20">
+      <c r="D56" s="19">
         <v>2458.0512737200002</v>
       </c>
-      <c r="E56" s="20">
+      <c r="E56" s="19">
         <v>10278.1564303</v>
       </c>
-      <c r="F56" s="20">
+      <c r="F56" s="19">
         <v>169.11569621999999</v>
       </c>
-      <c r="G56" s="21">
+      <c r="G56" s="20">
         <v>12905.32340024</v>
       </c>
-      <c r="H56" s="20">
+      <c r="H56" s="19">
         <v>16519.30354872</v>
       </c>
-      <c r="I56" s="20">
+      <c r="I56" s="19">
         <v>320.86650262000001</v>
       </c>
-      <c r="J56" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L56" s="21">
+      <c r="J56" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L56" s="20">
         <v>29745.493451579998</v>
       </c>
-      <c r="M56" s="22">
+      <c r="M56" s="21">
         <v>100.59881718</v>
       </c>
-      <c r="N56" s="22">
+      <c r="N56" s="21">
         <v>1156.0156621199999</v>
       </c>
-      <c r="O56" s="20">
+      <c r="O56" s="19">
         <v>-186.97415283000001</v>
       </c>
-      <c r="P56" s="21">
+      <c r="P56" s="20">
         <v>30815.13377805</v>
       </c>
     </row>
     <row r="57" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D57" s="23">
+      <c r="D57" s="22">
         <v>2421.3100290000002</v>
       </c>
-      <c r="E57" s="24">
+      <c r="E57" s="23">
         <v>9971.1738056199993</v>
       </c>
-      <c r="F57" s="23">
+      <c r="F57" s="22">
         <v>170.88545525000001</v>
       </c>
-      <c r="G57" s="25">
+      <c r="G57" s="24">
         <v>12563.369289870001</v>
       </c>
-      <c r="H57" s="23">
+      <c r="H57" s="22">
         <v>16672.372708020001</v>
       </c>
-      <c r="I57" s="23">
+      <c r="I57" s="22">
         <v>320.96838781999998</v>
       </c>
-      <c r="J57" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L57" s="25">
+      <c r="J57" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K57" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L57" s="24">
         <v>29556.710385710001</v>
       </c>
-      <c r="M57" s="23">
+      <c r="M57" s="22">
         <v>110.78624139999999</v>
       </c>
-      <c r="N57" s="23">
+      <c r="N57" s="22">
         <v>1200.43356457</v>
       </c>
-      <c r="O57" s="23">
+      <c r="O57" s="22">
         <v>-170.07185128</v>
       </c>
-      <c r="P57" s="25">
+      <c r="P57" s="24">
         <v>30697.858340400002</v>
       </c>
     </row>
     <row r="58" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="4"/>
       <c r="C58" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="23">
+      <c r="D58" s="22">
         <v>2445.8839784199999</v>
       </c>
-      <c r="E58" s="23">
+      <c r="E58" s="22">
         <v>10222.832287519999</v>
       </c>
-      <c r="F58" s="23">
+      <c r="F58" s="22">
         <v>168.54825937000001</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="24">
         <v>12837.264525309998</v>
       </c>
-      <c r="H58" s="23">
+      <c r="H58" s="22">
         <v>16547.882452220001</v>
       </c>
-      <c r="I58" s="23">
+      <c r="I58" s="22">
         <v>316.61456963000001</v>
       </c>
-      <c r="J58" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L58" s="25">
+      <c r="J58" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L58" s="24">
         <v>29701.761547159997</v>
       </c>
-      <c r="M58" s="23">
+      <c r="M58" s="22">
         <v>111.15238951000001</v>
       </c>
-      <c r="N58" s="23">
+      <c r="N58" s="22">
         <v>1171.75938604</v>
       </c>
-      <c r="O58" s="23">
+      <c r="O58" s="22">
         <v>-69.147511399999999</v>
       </c>
-      <c r="P58" s="25">
+      <c r="P58" s="24">
         <v>30915.525811309999</v>
       </c>
     </row>
     <row r="59" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="4"/>
       <c r="C59" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D59" s="23">
+      <c r="D59" s="22">
         <v>2440.1910920999999</v>
       </c>
-      <c r="E59" s="23">
+      <c r="E59" s="22">
         <v>10009.883050279999</v>
       </c>
-      <c r="F59" s="23">
+      <c r="F59" s="22">
         <v>187.76759398999999</v>
       </c>
-      <c r="G59" s="25">
+      <c r="G59" s="24">
         <v>12637.841736369999</v>
       </c>
-      <c r="H59" s="23">
+      <c r="H59" s="22">
         <v>16376.875671010001</v>
       </c>
-      <c r="I59" s="23">
+      <c r="I59" s="22">
         <v>314.14666913000002</v>
       </c>
-      <c r="J59" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L59" s="25">
+      <c r="J59" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L59" s="24">
         <v>29328.864076509999</v>
       </c>
-      <c r="M59" s="23">
+      <c r="M59" s="22">
         <v>114.5832741</v>
       </c>
-      <c r="N59" s="23">
+      <c r="N59" s="22">
         <v>1137.1361344100001</v>
       </c>
-      <c r="O59" s="23">
+      <c r="O59" s="22">
         <v>-125.40372675</v>
       </c>
-      <c r="P59" s="25">
+      <c r="P59" s="24">
         <v>30455.179758270002</v>
       </c>
     </row>
     <row r="60" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="4"/>
       <c r="C60" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D60" s="23">
+      <c r="D60" s="22">
         <v>2489.5744563500002</v>
       </c>
-      <c r="E60" s="23">
+      <c r="E60" s="22">
         <v>10048.989872779999</v>
       </c>
-      <c r="F60" s="23">
+      <c r="F60" s="22">
         <v>187.68471030000001</v>
       </c>
-      <c r="G60" s="25">
+      <c r="G60" s="24">
         <v>12726.24903943</v>
       </c>
-      <c r="H60" s="23">
+      <c r="H60" s="22">
         <v>16123.441821550001</v>
       </c>
-      <c r="I60" s="23">
+      <c r="I60" s="22">
         <v>329.81408046000001</v>
       </c>
-      <c r="J60" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L60" s="25">
+      <c r="J60" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L60" s="24">
         <v>29179.504941440002</v>
       </c>
-      <c r="M60" s="23">
+      <c r="M60" s="22">
         <v>83.677731809999997</v>
       </c>
-      <c r="N60" s="23">
+      <c r="N60" s="22">
         <v>1104.4804775299999</v>
       </c>
-      <c r="O60" s="23">
+      <c r="O60" s="22">
         <v>-104.5912732</v>
       </c>
-      <c r="P60" s="25">
+      <c r="P60" s="24">
         <v>30263.071877580001</v>
       </c>
     </row>
     <row r="61" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="4"/>
       <c r="C61" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D61" s="23">
+      <c r="D61" s="22">
         <v>2564.3500050500002</v>
       </c>
-      <c r="E61" s="23">
+      <c r="E61" s="22">
         <v>10222.773517629999</v>
       </c>
-      <c r="F61" s="23">
+      <c r="F61" s="22">
         <v>191.26933837999999</v>
       </c>
-      <c r="G61" s="25">
+      <c r="G61" s="24">
         <v>12978.392861060001</v>
       </c>
-      <c r="H61" s="23">
+      <c r="H61" s="22">
         <v>16031.687011530001</v>
       </c>
-      <c r="I61" s="23">
+      <c r="I61" s="22">
         <v>318.97784670999999</v>
       </c>
-      <c r="J61" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L61" s="25">
+      <c r="J61" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K61" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L61" s="24">
         <v>29329.057719299999</v>
       </c>
-      <c r="M61" s="23">
+      <c r="M61" s="22">
         <v>37.411195409999998</v>
       </c>
-      <c r="N61" s="23">
+      <c r="N61" s="22">
         <v>1215.9927762499999</v>
       </c>
-      <c r="O61" s="23">
+      <c r="O61" s="22">
         <v>-241.92471484999999</v>
       </c>
-      <c r="P61" s="25">
+      <c r="P61" s="24">
         <v>30340.536976110001</v>
       </c>
     </row>
     <row r="62" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="4"/>
       <c r="C62" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D62" s="23">
+      <c r="D62" s="22">
         <v>2686.9645704</v>
       </c>
-      <c r="E62" s="23">
+      <c r="E62" s="22">
         <v>10774.63418003</v>
       </c>
-      <c r="F62" s="23">
+      <c r="F62" s="22">
         <v>205.82757477999999</v>
       </c>
-      <c r="G62" s="25">
+      <c r="G62" s="24">
         <v>13667.426325209999</v>
       </c>
-      <c r="H62" s="23">
+      <c r="H62" s="22">
         <v>15894.35697166</v>
       </c>
-      <c r="I62" s="23">
+      <c r="I62" s="22">
         <v>305.94095857000002</v>
       </c>
-      <c r="J62" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L62" s="25">
+      <c r="J62" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K62" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L62" s="24">
         <v>29867.72425544</v>
       </c>
-      <c r="M62" s="23">
+      <c r="M62" s="22">
         <v>49.28986544</v>
       </c>
-      <c r="N62" s="23">
+      <c r="N62" s="22">
         <v>1306.53486742</v>
       </c>
-      <c r="O62" s="23">
+      <c r="O62" s="22">
         <v>-371.04690857999998</v>
       </c>
-      <c r="P62" s="25">
+      <c r="P62" s="24">
         <v>30852.502079720001</v>
       </c>
     </row>
     <row r="63" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="4"/>
       <c r="C63" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D63" s="23">
+      <c r="D63" s="22">
         <v>2863.4915101800002</v>
       </c>
-      <c r="E63" s="23">
+      <c r="E63" s="22">
         <v>10849.00942108</v>
       </c>
-      <c r="F63" s="23">
+      <c r="F63" s="22">
         <v>220.33538823999999</v>
       </c>
-      <c r="G63" s="25">
+      <c r="G63" s="24">
         <v>13932.8363195</v>
       </c>
-      <c r="H63" s="23">
+      <c r="H63" s="22">
         <v>15856.40531041</v>
       </c>
-      <c r="I63" s="23">
+      <c r="I63" s="22">
         <v>304.10382606000002</v>
       </c>
-      <c r="J63" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L63" s="25">
+      <c r="J63" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K63" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L63" s="24">
         <v>30093.34545597</v>
       </c>
-      <c r="M63" s="23">
+      <c r="M63" s="22">
         <v>90.26952738</v>
       </c>
-      <c r="N63" s="23">
+      <c r="N63" s="22">
         <v>1266.6507531699999</v>
       </c>
-      <c r="O63" s="23">
+      <c r="O63" s="22">
         <v>-416.90037283999999</v>
       </c>
-      <c r="P63" s="25">
+      <c r="P63" s="24">
         <v>31033.365363680005</v>
       </c>
     </row>
     <row r="64" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="4"/>
       <c r="C64" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D64" s="23">
+      <c r="D64" s="22">
         <v>2846.8533189700001</v>
       </c>
-      <c r="E64" s="23">
+      <c r="E64" s="22">
         <v>11292.52803981</v>
       </c>
-      <c r="F64" s="23">
+      <c r="F64" s="22">
         <v>217.95257458</v>
       </c>
-      <c r="G64" s="25">
+      <c r="G64" s="24">
         <v>14357.333933360002</v>
       </c>
-      <c r="H64" s="23">
+      <c r="H64" s="22">
         <v>15887.14754451</v>
       </c>
-      <c r="I64" s="23">
+      <c r="I64" s="22">
         <v>298.64844299999999</v>
       </c>
-      <c r="J64" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L64" s="25">
+      <c r="J64" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K64" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L64" s="24">
         <v>30543.12992087</v>
       </c>
-      <c r="M64" s="23">
+      <c r="M64" s="22">
         <v>107.72247659999999</v>
       </c>
-      <c r="N64" s="23">
+      <c r="N64" s="22">
         <v>1244.1662538</v>
       </c>
-      <c r="O64" s="23">
+      <c r="O64" s="22">
         <v>-453.08366837</v>
       </c>
-      <c r="P64" s="25">
+      <c r="P64" s="24">
         <v>31441.934982900002</v>
       </c>
     </row>
     <row r="65" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="4"/>
       <c r="C65" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D65" s="23">
+      <c r="D65" s="22">
         <v>2758.0377231299999</v>
       </c>
-      <c r="E65" s="23">
+      <c r="E65" s="22">
         <v>11997.42221868</v>
       </c>
-      <c r="F65" s="23">
+      <c r="F65" s="22">
         <v>224.07950743999999</v>
       </c>
-      <c r="G65" s="25">
+      <c r="G65" s="24">
         <v>14979.539449249998</v>
       </c>
-      <c r="H65" s="23">
+      <c r="H65" s="22">
         <v>16137.79143497</v>
       </c>
-      <c r="I65" s="23">
+      <c r="I65" s="22">
         <v>293.20755914</v>
       </c>
-      <c r="J65" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L65" s="25">
+      <c r="J65" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K65" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L65" s="24">
         <v>31410.538443359997</v>
       </c>
-      <c r="M65" s="26">
+      <c r="M65" s="25">
         <v>107.60236245</v>
       </c>
-      <c r="N65" s="23">
+      <c r="N65" s="22">
         <v>1122.01256356</v>
       </c>
-      <c r="O65" s="23">
+      <c r="O65" s="22">
         <v>-361.04313341</v>
       </c>
-      <c r="P65" s="25">
+      <c r="P65" s="24">
         <v>32279.110235960001</v>
       </c>
     </row>
     <row r="66" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="4"/>
       <c r="C66" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D66" s="23">
+      <c r="D66" s="22">
         <v>2692.1769835499999</v>
       </c>
-      <c r="E66" s="23">
+      <c r="E66" s="22">
         <v>11583.90329781</v>
       </c>
-      <c r="F66" s="23">
+      <c r="F66" s="22">
         <v>222.53690495999999</v>
       </c>
-      <c r="G66" s="25">
+      <c r="G66" s="24">
         <v>14498.61718632</v>
       </c>
-      <c r="H66" s="23">
+      <c r="H66" s="22">
         <v>16605.198832769998</v>
       </c>
-      <c r="I66" s="23">
+      <c r="I66" s="22">
         <v>285.47208633000002</v>
       </c>
-      <c r="J66" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L66" s="25">
+      <c r="J66" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K66" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L66" s="24">
         <v>31389.288105420001</v>
       </c>
-      <c r="M66" s="26">
+      <c r="M66" s="25">
         <v>107.25728316</v>
       </c>
-      <c r="N66" s="23">
+      <c r="N66" s="22">
         <v>1138.4842201900001</v>
       </c>
-      <c r="O66" s="23">
+      <c r="O66" s="22">
         <v>-252.10333126</v>
       </c>
-      <c r="P66" s="25">
+      <c r="P66" s="24">
         <v>32382.92627751</v>
       </c>
     </row>
     <row r="67" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="4"/>
       <c r="C67" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D67" s="23">
+      <c r="D67" s="22">
         <v>2644.9339271600002</v>
       </c>
-      <c r="E67" s="23">
+      <c r="E67" s="22">
         <v>11686.605094729999</v>
       </c>
-      <c r="F67" s="23">
+      <c r="F67" s="22">
         <v>220.39479707000001</v>
       </c>
-      <c r="G67" s="25">
+      <c r="G67" s="24">
         <v>14551.93381896</v>
       </c>
-      <c r="H67" s="23">
+      <c r="H67" s="22">
         <v>16504.803748419999</v>
       </c>
-      <c r="I67" s="23">
+      <c r="I67" s="22">
         <v>291.81599842000003</v>
       </c>
-      <c r="J67" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K67" s="26">
+      <c r="J67" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K67" s="25">
         <v>1.83533E-3</v>
       </c>
-      <c r="L67" s="25">
+      <c r="L67" s="24">
         <v>31348.555401130001</v>
       </c>
-      <c r="M67" s="26">
+      <c r="M67" s="25">
         <v>106.53659829</v>
       </c>
-      <c r="N67" s="23">
+      <c r="N67" s="22">
         <v>1163.96524105</v>
       </c>
-      <c r="O67" s="23">
+      <c r="O67" s="22">
         <v>-121.37425652</v>
       </c>
-      <c r="P67" s="25">
+      <c r="P67" s="24">
         <v>32497.682983949999</v>
       </c>
     </row>
     <row r="68" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="5"/>
       <c r="C68" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D68" s="20">
+      <c r="D68" s="19">
         <v>2674.1777248100002</v>
       </c>
-      <c r="E68" s="20">
+      <c r="E68" s="19">
         <v>11871.23404476</v>
       </c>
-      <c r="F68" s="20">
+      <c r="F68" s="19">
         <v>214.50320085999999</v>
       </c>
-      <c r="G68" s="21">
+      <c r="G68" s="20">
         <v>14759.91497043</v>
       </c>
-      <c r="H68" s="20">
+      <c r="H68" s="19">
         <v>16174.30824751</v>
       </c>
-      <c r="I68" s="20">
+      <c r="I68" s="19">
         <v>294.47900938999999</v>
       </c>
-      <c r="J68" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L68" s="21">
+      <c r="J68" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L68" s="20">
         <v>31228.702227329999</v>
       </c>
-      <c r="M68" s="22">
+      <c r="M68" s="21">
         <v>121.3949167</v>
       </c>
-      <c r="N68" s="22">
+      <c r="N68" s="21">
         <v>1108.09378842</v>
       </c>
-      <c r="O68" s="20">
+      <c r="O68" s="19">
         <v>-106.88608701</v>
       </c>
-      <c r="P68" s="21">
+      <c r="P68" s="20">
         <v>32351.304845439998</v>
       </c>
     </row>
     <row r="69" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D69" s="23">
+      <c r="D69" s="22">
         <v>2643.6545639999999</v>
       </c>
-      <c r="E69" s="24">
+      <c r="E69" s="23">
         <v>11672.408637680001</v>
       </c>
-      <c r="F69" s="23">
+      <c r="F69" s="22">
         <v>200.63768838999999</v>
       </c>
-      <c r="G69" s="25">
+      <c r="G69" s="24">
         <v>14516.70089007</v>
       </c>
-      <c r="H69" s="23">
+      <c r="H69" s="22">
         <v>16119.698816730001</v>
       </c>
-      <c r="I69" s="23">
+      <c r="I69" s="22">
         <v>299.15170107</v>
       </c>
-      <c r="J69" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L69" s="25">
+      <c r="J69" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K69" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L69" s="24">
         <v>30935.55140787</v>
       </c>
-      <c r="M69" s="23">
+      <c r="M69" s="22">
         <v>110.39485034</v>
       </c>
-      <c r="N69" s="23">
+      <c r="N69" s="22">
         <v>1121.99282883</v>
       </c>
-      <c r="O69" s="23">
+      <c r="O69" s="22">
         <v>-112.06180901</v>
       </c>
-      <c r="P69" s="25">
+      <c r="P69" s="24">
         <v>32055.877278029999</v>
       </c>
     </row>
     <row r="70" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="4"/>
       <c r="C70" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D70" s="23">
+      <c r="D70" s="22">
         <v>2614.3292399500001</v>
       </c>
-      <c r="E70" s="23">
+      <c r="E70" s="22">
         <v>11693.17343078</v>
       </c>
-      <c r="F70" s="23">
+      <c r="F70" s="22">
         <v>220.42737557999999</v>
       </c>
-      <c r="G70" s="25">
+      <c r="G70" s="24">
         <v>14527.930046310001</v>
       </c>
-      <c r="H70" s="23">
+      <c r="H70" s="22">
         <v>15890.04778621</v>
       </c>
-      <c r="I70" s="23">
+      <c r="I70" s="22">
         <v>317.99039869000001</v>
       </c>
-      <c r="J70" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L70" s="25">
+      <c r="J70" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L70" s="24">
         <v>30735.968231210001</v>
       </c>
-      <c r="M70" s="23">
+      <c r="M70" s="22">
         <v>123.89806887</v>
       </c>
-      <c r="N70" s="23">
+      <c r="N70" s="22">
         <v>1136.0364081600001</v>
       </c>
-      <c r="O70" s="23">
+      <c r="O70" s="22">
         <v>-129.41614967999999</v>
       </c>
-      <c r="P70" s="25">
+      <c r="P70" s="24">
         <v>31866.486558559998</v>
       </c>
     </row>
     <row r="71" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="4"/>
       <c r="C71" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D71" s="23">
+      <c r="D71" s="22">
         <v>2627.3479656999998</v>
       </c>
-      <c r="E71" s="23">
+      <c r="E71" s="22">
         <v>11722.00566692</v>
       </c>
-      <c r="F71" s="23">
+      <c r="F71" s="22">
         <v>215.16382246000001</v>
       </c>
-      <c r="G71" s="25">
+      <c r="G71" s="24">
         <v>14564.51745508</v>
       </c>
-      <c r="H71" s="23">
+      <c r="H71" s="22">
         <v>15386.67225505</v>
       </c>
-      <c r="I71" s="23">
+      <c r="I71" s="22">
         <v>308.67362055000001</v>
       </c>
-      <c r="J71" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L71" s="25">
+      <c r="J71" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K71" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L71" s="24">
         <v>30259.86333068</v>
       </c>
-      <c r="M71" s="23">
+      <c r="M71" s="22">
         <v>140.01061781999999</v>
       </c>
-      <c r="N71" s="23">
+      <c r="N71" s="22">
         <v>1104.41390712</v>
       </c>
-      <c r="O71" s="23">
+      <c r="O71" s="22">
         <v>-125.99517311</v>
       </c>
-      <c r="P71" s="25">
+      <c r="P71" s="24">
         <v>31378.29268251</v>
       </c>
     </row>
     <row r="72" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="4"/>
       <c r="C72" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D72" s="23">
+      <c r="D72" s="22">
         <v>2688.9058700199998</v>
       </c>
-      <c r="E72" s="23">
+      <c r="E72" s="22">
         <v>11856.506773999999</v>
       </c>
-      <c r="F72" s="23">
+      <c r="F72" s="22">
         <v>217.72391837000001</v>
       </c>
-      <c r="G72" s="25">
+      <c r="G72" s="24">
         <v>14763.13656239</v>
       </c>
-      <c r="H72" s="23">
+      <c r="H72" s="22">
         <v>15132.54069636</v>
       </c>
-      <c r="I72" s="23">
+      <c r="I72" s="22">
         <v>306.20281856999998</v>
       </c>
-      <c r="J72" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L72" s="25">
+      <c r="J72" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K72" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L72" s="24">
         <v>30201.880077319998</v>
       </c>
-      <c r="M72" s="23">
+      <c r="M72" s="22">
         <v>148.93224499999999</v>
       </c>
-      <c r="N72" s="23">
+      <c r="N72" s="22">
         <v>1201.16506564</v>
       </c>
-      <c r="O72" s="23">
+      <c r="O72" s="22">
         <v>-68.276754479999994</v>
       </c>
-      <c r="P72" s="25">
+      <c r="P72" s="24">
         <v>31483.700633479999</v>
       </c>
     </row>
     <row r="73" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="4"/>
       <c r="C73" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D73" s="23">
+      <c r="D73" s="22">
         <v>2762.5975703700001</v>
       </c>
-      <c r="E73" s="23">
+      <c r="E73" s="22">
         <v>12144.009106130001</v>
       </c>
-      <c r="F73" s="23">
+      <c r="F73" s="22">
         <v>286.12864583999999</v>
       </c>
-      <c r="G73" s="25">
+      <c r="G73" s="24">
         <v>15192.73532234</v>
       </c>
-      <c r="H73" s="23">
+      <c r="H73" s="22">
         <v>15031.492959450001</v>
       </c>
-      <c r="I73" s="23">
+      <c r="I73" s="22">
         <v>302.50641804999998</v>
       </c>
-      <c r="J73" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L73" s="25">
+      <c r="J73" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L73" s="24">
         <v>30526.734699840003</v>
       </c>
-      <c r="M73" s="23">
+      <c r="M73" s="22">
         <v>85.707080759999997</v>
       </c>
-      <c r="N73" s="23">
+      <c r="N73" s="22">
         <v>1199.37087544</v>
       </c>
-      <c r="O73" s="23">
+      <c r="O73" s="22">
         <v>-3.9783360399999999</v>
       </c>
-      <c r="P73" s="25">
+      <c r="P73" s="24">
         <v>31807.834320000002</v>
       </c>
     </row>
     <row r="74" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="4"/>
       <c r="C74" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D74" s="23">
+      <c r="D74" s="22">
         <v>2952.87397388</v>
       </c>
-      <c r="E74" s="23">
+      <c r="E74" s="22">
         <v>12768.88904591</v>
       </c>
-      <c r="F74" s="23">
+      <c r="F74" s="22">
         <v>229.57118353000001</v>
       </c>
-      <c r="G74" s="25">
+      <c r="G74" s="24">
         <v>15951.334203319999</v>
       </c>
-      <c r="H74" s="23">
+      <c r="H74" s="22">
         <v>14822.22877492</v>
       </c>
-      <c r="I74" s="23">
+      <c r="I74" s="22">
         <v>298.72567606000001</v>
       </c>
-      <c r="J74" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L74" s="25">
+      <c r="J74" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L74" s="24">
         <v>31072.288654299999</v>
       </c>
-      <c r="M74" s="23">
+      <c r="M74" s="22">
         <v>85.707080759999997</v>
       </c>
-      <c r="N74" s="23">
+      <c r="N74" s="22">
         <v>1196.14778671</v>
       </c>
-      <c r="O74" s="23">
+      <c r="O74" s="22">
         <v>-3.9921953499999998</v>
       </c>
-      <c r="P74" s="25">
+      <c r="P74" s="24">
         <v>32350.151326419997</v>
       </c>
     </row>
     <row r="75" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="4"/>
       <c r="C75" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D75" s="23">
+      <c r="D75" s="22">
         <v>3163.3313153600002</v>
       </c>
-      <c r="E75" s="23">
+      <c r="E75" s="22">
         <v>13461.457794100001</v>
       </c>
-      <c r="F75" s="23">
+      <c r="F75" s="22">
         <v>224.37202151</v>
       </c>
-      <c r="G75" s="25">
+      <c r="G75" s="24">
         <v>16849.161130970002</v>
       </c>
-      <c r="H75" s="23">
+      <c r="H75" s="22">
         <v>14725.78673252</v>
       </c>
-      <c r="I75" s="23">
+      <c r="I75" s="22">
         <v>307.98438096000001</v>
       </c>
-      <c r="J75" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L75" s="25">
+      <c r="J75" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K75" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L75" s="24">
         <v>31882.932244449999</v>
       </c>
-      <c r="M75" s="23">
+      <c r="M75" s="22">
         <v>106.94273010000001</v>
       </c>
-      <c r="N75" s="23">
+      <c r="N75" s="22">
         <v>1275.4366331700001</v>
       </c>
-      <c r="O75" s="23">
+      <c r="O75" s="22">
         <v>-13.89928696</v>
       </c>
-      <c r="P75" s="25">
+      <c r="P75" s="24">
         <v>33251.412320759999</v>
       </c>
     </row>
     <row r="76" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="4"/>
       <c r="C76" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D76" s="23">
+      <c r="D76" s="22">
         <v>3141.8194805899998</v>
       </c>
-      <c r="E76" s="23">
+      <c r="E76" s="22">
         <v>14228.610285070001</v>
       </c>
-      <c r="F76" s="23">
+      <c r="F76" s="22">
         <v>239.34389719000001</v>
       </c>
-      <c r="G76" s="25">
+      <c r="G76" s="24">
         <v>17609.773662849999</v>
       </c>
-      <c r="H76" s="23">
+      <c r="H76" s="22">
         <v>14617.80064429</v>
       </c>
-      <c r="I76" s="23">
+      <c r="I76" s="22">
         <v>298.02310676000002</v>
       </c>
-      <c r="J76" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L76" s="25">
+      <c r="J76" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L76" s="24">
         <v>32525.597413899999</v>
       </c>
-      <c r="M76" s="23">
+      <c r="M76" s="22">
         <v>146.42776560999999</v>
       </c>
-      <c r="N76" s="23">
+      <c r="N76" s="22">
         <v>1311.52371225</v>
       </c>
-      <c r="O76" s="23">
+      <c r="O76" s="22">
         <v>-13.899283479999999</v>
       </c>
-      <c r="P76" s="25">
+      <c r="P76" s="24">
         <v>33969.649608279993</v>
       </c>
     </row>
     <row r="77" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="4"/>
       <c r="C77" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D77" s="23">
+      <c r="D77" s="22">
         <v>3052.8311955200002</v>
       </c>
-      <c r="E77" s="23">
+      <c r="E77" s="22">
         <v>14237.47968722</v>
       </c>
-      <c r="F77" s="23">
+      <c r="F77" s="22">
         <v>240.33333784000001</v>
       </c>
-      <c r="G77" s="25">
+      <c r="G77" s="24">
         <v>17530.644220580001</v>
       </c>
-      <c r="H77" s="23">
+      <c r="H77" s="22">
         <v>14560.062363429999</v>
       </c>
-      <c r="I77" s="23">
+      <c r="I77" s="22">
         <v>296.84315893000002</v>
       </c>
-      <c r="J77" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L77" s="25">
+      <c r="J77" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L77" s="24">
         <v>32387.549742940002</v>
       </c>
-      <c r="M77" s="26">
+      <c r="M77" s="25">
         <v>131.43008825000001</v>
       </c>
-      <c r="N77" s="23">
+      <c r="N77" s="22">
         <v>1322.8530899899999</v>
       </c>
-      <c r="O77" s="23">
+      <c r="O77" s="22">
         <v>-49.486161379999999</v>
       </c>
-      <c r="P77" s="25">
+      <c r="P77" s="24">
         <v>33792.346759799999</v>
       </c>
     </row>
     <row r="78" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="4"/>
       <c r="C78" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D78" s="23">
+      <c r="D78" s="22">
         <v>2965.8854026499998</v>
       </c>
-      <c r="E78" s="23">
+      <c r="E78" s="22">
         <v>14325.21986707</v>
       </c>
-      <c r="F78" s="23">
+      <c r="F78" s="22">
         <v>231.30653720999999</v>
       </c>
-      <c r="G78" s="25">
+      <c r="G78" s="24">
         <v>17522.411806930002</v>
       </c>
-      <c r="H78" s="23">
+      <c r="H78" s="22">
         <v>14320.104999220001</v>
       </c>
-      <c r="I78" s="23">
+      <c r="I78" s="22">
         <v>288.84839247000002</v>
       </c>
-      <c r="J78" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L78" s="25">
+      <c r="J78" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K78" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L78" s="24">
         <v>32131.365198620002</v>
       </c>
-      <c r="M78" s="26">
+      <c r="M78" s="25">
         <v>152.73435529</v>
       </c>
-      <c r="N78" s="23">
+      <c r="N78" s="22">
         <v>1310.14290022</v>
       </c>
-      <c r="O78" s="23">
+      <c r="O78" s="22">
         <v>-63.985103100000003</v>
       </c>
-      <c r="P78" s="25">
+      <c r="P78" s="24">
         <v>33530.257351029999</v>
       </c>
     </row>
     <row r="79" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="4"/>
       <c r="C79" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D79" s="23">
+      <c r="D79" s="22">
         <v>2919.1018610900001</v>
       </c>
-      <c r="E79" s="23">
+      <c r="E79" s="22">
         <v>14539.681504509999</v>
       </c>
-      <c r="F79" s="23">
+      <c r="F79" s="22">
         <v>230.05889404000001</v>
       </c>
-      <c r="G79" s="25">
+      <c r="G79" s="24">
         <v>17688.842259640001</v>
       </c>
-      <c r="H79" s="23">
+      <c r="H79" s="22">
         <v>14199.49381382</v>
       </c>
-      <c r="I79" s="23">
+      <c r="I79" s="22">
         <v>283.82152288999998</v>
       </c>
-      <c r="J79" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L79" s="25">
+      <c r="J79" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L79" s="24">
         <v>32172.15759635</v>
       </c>
-      <c r="M79" s="26">
+      <c r="M79" s="25">
         <v>152.70117457000001</v>
       </c>
-      <c r="N79" s="23">
+      <c r="N79" s="22">
         <v>1288.9916973500001</v>
       </c>
-      <c r="O79" s="23">
+      <c r="O79" s="22">
         <v>-46.906571679999999</v>
       </c>
-      <c r="P79" s="25">
+      <c r="P79" s="24">
         <v>33566.943896589997</v>
       </c>
     </row>
     <row r="80" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="5"/>
       <c r="C80" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D80" s="20">
+      <c r="D80" s="19">
         <v>2981.8175208500002</v>
       </c>
-      <c r="E80" s="20">
+      <c r="E80" s="19">
         <v>14872.27985893</v>
       </c>
-      <c r="F80" s="20">
+      <c r="F80" s="19">
         <v>240.198455</v>
       </c>
-      <c r="G80" s="21">
+      <c r="G80" s="20">
         <v>18094.295834780001</v>
       </c>
-      <c r="H80" s="20">
+      <c r="H80" s="19">
         <v>14065.15258141</v>
       </c>
-      <c r="I80" s="20">
+      <c r="I80" s="19">
         <v>272.85197655000002</v>
       </c>
-      <c r="J80" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L80" s="21">
+      <c r="J80" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L80" s="20">
         <v>32432.300392739999</v>
       </c>
-      <c r="M80" s="22">
+      <c r="M80" s="21">
         <v>152.41582054</v>
       </c>
-      <c r="N80" s="22">
+      <c r="N80" s="21">
         <v>1334.53720886</v>
       </c>
-      <c r="O80" s="20">
+      <c r="O80" s="19">
         <v>-47.28936333</v>
       </c>
-      <c r="P80" s="21">
+      <c r="P80" s="20">
         <v>33871.964058810001</v>
       </c>
     </row>
     <row r="81" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D81" s="23">
+      <c r="D81" s="22">
         <v>2923.6391781900002</v>
       </c>
-      <c r="E81" s="24">
+      <c r="E81" s="23">
         <v>14728.32385705</v>
       </c>
-      <c r="F81" s="23">
+      <c r="F81" s="22">
         <v>234.23750991</v>
       </c>
-      <c r="G81" s="25">
+      <c r="G81" s="24">
         <v>17886.200545150001</v>
       </c>
-      <c r="H81" s="23">
+      <c r="H81" s="22">
         <v>13702.595059249999</v>
       </c>
-      <c r="I81" s="23">
+      <c r="I81" s="22">
         <v>257.50487313999997</v>
       </c>
-      <c r="J81" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L81" s="25">
+      <c r="J81" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L81" s="24">
         <v>31846.30047754</v>
       </c>
-      <c r="M81" s="23">
+      <c r="M81" s="22">
         <v>100.62738069</v>
       </c>
-      <c r="N81" s="23">
+      <c r="N81" s="22">
         <v>1324.7971832999999</v>
       </c>
-      <c r="O81" s="23">
+      <c r="O81" s="22">
         <v>-111.38477361</v>
       </c>
-      <c r="P81" s="25">
+      <c r="P81" s="24">
         <v>33160.340267920001</v>
       </c>
     </row>
     <row r="82" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="4"/>
       <c r="C82" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D82" s="23">
+      <c r="D82" s="22">
         <v>2936.8281550000002</v>
       </c>
-      <c r="E82" s="23">
+      <c r="E82" s="22">
         <v>14871.90159609</v>
       </c>
-      <c r="F82" s="23">
+      <c r="F82" s="22">
         <v>244.57967969000001</v>
       </c>
-      <c r="G82" s="25">
+      <c r="G82" s="24">
         <v>18053.309430779998</v>
       </c>
-      <c r="H82" s="23">
+      <c r="H82" s="22">
         <v>13497.49211619</v>
       </c>
-      <c r="I82" s="23">
+      <c r="I82" s="22">
         <v>234.60814431</v>
       </c>
-      <c r="J82" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L82" s="25">
+      <c r="J82" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K82" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L82" s="24">
         <v>31785.409691279998</v>
       </c>
-      <c r="M82" s="23">
+      <c r="M82" s="22">
         <v>100.32211823999999</v>
       </c>
-      <c r="N82" s="23">
+      <c r="N82" s="22">
         <v>1174.8916501399999</v>
       </c>
-      <c r="O82" s="23">
+      <c r="O82" s="22">
         <v>-132.54761920000001</v>
       </c>
-      <c r="P82" s="25">
+      <c r="P82" s="24">
         <v>32928.075840459998</v>
       </c>
     </row>
     <row r="83" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="4"/>
       <c r="C83" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D83" s="23">
+      <c r="D83" s="22">
         <v>2965.6572832000002</v>
       </c>
-      <c r="E83" s="23">
+      <c r="E83" s="22">
         <v>14775.37789489</v>
       </c>
-      <c r="F83" s="23">
+      <c r="F83" s="22">
         <v>238.10970759</v>
       </c>
-      <c r="G83" s="25">
+      <c r="G83" s="24">
         <v>17979.144885679998</v>
       </c>
-      <c r="H83" s="23">
+      <c r="H83" s="22">
         <v>13299.74171045</v>
       </c>
-      <c r="I83" s="23">
+      <c r="I83" s="22">
         <v>236.76176473999999</v>
       </c>
-      <c r="J83" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L83" s="25">
+      <c r="J83" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L83" s="24">
         <v>31515.64836087</v>
       </c>
-      <c r="M83" s="23">
+      <c r="M83" s="22">
         <v>99.885858380000002</v>
       </c>
-      <c r="N83" s="23">
+      <c r="N83" s="22">
         <v>1159.00312525</v>
       </c>
-      <c r="O83" s="23">
+      <c r="O83" s="22">
         <v>-96.581613649999994</v>
       </c>
-      <c r="P83" s="25">
+      <c r="P83" s="24">
         <v>32677.955730850001</v>
       </c>
     </row>
     <row r="84" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="4"/>
       <c r="C84" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D84" s="23">
+      <c r="D84" s="22">
         <v>3076.0351312799999</v>
       </c>
-      <c r="E84" s="23">
+      <c r="E84" s="22">
         <v>14985.96277722</v>
       </c>
-      <c r="F84" s="23">
+      <c r="F84" s="22">
         <v>240.04537396000001</v>
       </c>
-      <c r="G84" s="25">
+      <c r="G84" s="24">
         <v>18302.043282459999</v>
       </c>
-      <c r="H84" s="23">
+      <c r="H84" s="22">
         <v>13123.62356769</v>
       </c>
-      <c r="I84" s="23">
+      <c r="I84" s="22">
         <v>233.32276343999999</v>
       </c>
-      <c r="J84" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L84" s="25">
+      <c r="J84" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L84" s="24">
         <v>31658.989613589998</v>
       </c>
-      <c r="M84" s="23">
+      <c r="M84" s="22">
         <v>77.648151819999995</v>
       </c>
-      <c r="N84" s="23">
+      <c r="N84" s="22">
         <v>1113.8527382100001</v>
       </c>
-      <c r="O84" s="23">
+      <c r="O84" s="22">
         <v>-41.089274529999997</v>
       </c>
-      <c r="P84" s="25">
+      <c r="P84" s="24">
         <v>32809.401229089999</v>
       </c>
     </row>
     <row r="85" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="4"/>
       <c r="C85" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D85" s="23">
+      <c r="D85" s="22">
         <v>3144.0121378600002</v>
       </c>
-      <c r="E85" s="23">
+      <c r="E85" s="22">
         <v>15135.781124110001</v>
       </c>
-      <c r="F85" s="23">
+      <c r="F85" s="22">
         <v>246.93419352000001</v>
       </c>
-      <c r="G85" s="25">
+      <c r="G85" s="24">
         <v>18526.72745549</v>
       </c>
-      <c r="H85" s="23">
+      <c r="H85" s="22">
         <v>12926.502170289999</v>
       </c>
-      <c r="I85" s="23">
+      <c r="I85" s="22">
         <v>221.97066672</v>
       </c>
-      <c r="J85" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L85" s="25">
+      <c r="J85" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L85" s="24">
         <v>31675.200292499998</v>
       </c>
-      <c r="M85" s="23">
+      <c r="M85" s="22">
         <v>50.439976100000003</v>
       </c>
-      <c r="N85" s="23">
+      <c r="N85" s="22">
         <v>1102.4524000199999</v>
       </c>
-      <c r="O85" s="23">
+      <c r="O85" s="22">
         <v>-53.452976169999999</v>
       </c>
-      <c r="P85" s="25">
+      <c r="P85" s="24">
         <v>32774.639692449993</v>
       </c>
     </row>
     <row r="86" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="4"/>
       <c r="C86" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D86" s="23">
+      <c r="D86" s="22">
         <v>3336.80494985</v>
       </c>
-      <c r="E86" s="23">
+      <c r="E86" s="22">
         <v>15809.049399310001</v>
       </c>
-      <c r="F86" s="23">
+      <c r="F86" s="22">
         <v>251.24294542000001</v>
       </c>
-      <c r="G86" s="25">
+      <c r="G86" s="24">
         <v>19397.097294579999</v>
       </c>
-      <c r="H86" s="23">
+      <c r="H86" s="22">
         <v>12765.358429940001</v>
       </c>
-      <c r="I86" s="23">
+      <c r="I86" s="22">
         <v>216.38531212999999</v>
       </c>
-      <c r="J86" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L86" s="25">
+      <c r="J86" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L86" s="24">
         <v>32378.841036649999</v>
       </c>
-      <c r="M86" s="23">
+      <c r="M86" s="22">
         <v>50.187802769999998</v>
       </c>
-      <c r="N86" s="23">
+      <c r="N86" s="22">
         <v>1176.1908276199999</v>
       </c>
-      <c r="O86" s="23">
+      <c r="O86" s="22">
         <v>-38.410310959999997</v>
       </c>
-      <c r="P86" s="25">
+      <c r="P86" s="24">
         <v>33566.809356080004</v>
       </c>
     </row>
     <row r="87" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="4"/>
       <c r="C87" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D87" s="23">
+      <c r="D87" s="22">
         <v>3519.1429551599999</v>
       </c>
-      <c r="E87" s="23">
+      <c r="E87" s="22">
         <v>16514.003926770001</v>
       </c>
-      <c r="F87" s="23">
+      <c r="F87" s="22">
         <v>257.23688568</v>
       </c>
-      <c r="G87" s="25">
+      <c r="G87" s="24">
         <v>20290.383767610001</v>
       </c>
-      <c r="H87" s="23">
+      <c r="H87" s="22">
         <v>12753.2559084</v>
       </c>
-      <c r="I87" s="23">
+      <c r="I87" s="22">
         <v>207.47850649</v>
       </c>
-      <c r="J87" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L87" s="25">
+      <c r="J87" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K87" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L87" s="24">
         <v>33251.118182500002</v>
       </c>
-      <c r="M87" s="23">
+      <c r="M87" s="22">
         <v>42.237706549999999</v>
       </c>
-      <c r="N87" s="23">
+      <c r="N87" s="22">
         <v>1122.5269587</v>
       </c>
-      <c r="O87" s="23">
+      <c r="O87" s="22">
         <v>-91.886124550000005</v>
       </c>
-      <c r="P87" s="25">
+      <c r="P87" s="24">
         <v>34323.996723199998</v>
       </c>
     </row>
     <row r="88" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="4"/>
       <c r="C88" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D88" s="23">
+      <c r="D88" s="22">
         <v>3537.6857909700002</v>
       </c>
-      <c r="E88" s="23">
+      <c r="E88" s="22">
         <v>17267.192805580002</v>
       </c>
-      <c r="F88" s="23">
+      <c r="F88" s="22">
         <v>256.14547872000003</v>
       </c>
-      <c r="G88" s="25">
+      <c r="G88" s="24">
         <v>21061.024075270001</v>
       </c>
-      <c r="H88" s="23">
+      <c r="H88" s="22">
         <v>12863.65715739</v>
       </c>
-      <c r="I88" s="23">
+      <c r="I88" s="22">
         <v>201.71880590999999</v>
       </c>
-      <c r="J88" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L88" s="25">
+      <c r="J88" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K88" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L88" s="24">
         <v>34126.400038570006</v>
       </c>
-      <c r="M88" s="23">
+      <c r="M88" s="22">
         <v>42.237706549999999</v>
       </c>
-      <c r="N88" s="23">
+      <c r="N88" s="22">
         <v>1122.68276029</v>
       </c>
-      <c r="O88" s="23">
+      <c r="O88" s="22">
         <v>-155.88896362</v>
       </c>
-      <c r="P88" s="25">
+      <c r="P88" s="24">
         <v>35135.431541790007</v>
       </c>
     </row>
     <row r="89" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="4"/>
       <c r="C89" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D89" s="23">
+      <c r="D89" s="22">
         <v>3468.6785094000002</v>
       </c>
-      <c r="E89" s="23">
+      <c r="E89" s="22">
         <v>17450.088332070001</v>
       </c>
-      <c r="F89" s="23">
+      <c r="F89" s="22">
         <v>271.25539633</v>
       </c>
-      <c r="G89" s="25">
+      <c r="G89" s="24">
         <v>21190.0222378</v>
       </c>
-      <c r="H89" s="23">
+      <c r="H89" s="22">
         <v>12934.1261211</v>
       </c>
-      <c r="I89" s="23">
+      <c r="I89" s="22">
         <v>198.33104229</v>
       </c>
-      <c r="J89" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L89" s="25">
+      <c r="J89" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L89" s="24">
         <v>34322.479401190001</v>
       </c>
-      <c r="M89" s="26">
+      <c r="M89" s="25">
         <v>65.066029589999999</v>
       </c>
-      <c r="N89" s="23">
+      <c r="N89" s="22">
         <v>1138.0577874999999</v>
       </c>
-      <c r="O89" s="23">
+      <c r="O89" s="22">
         <v>-218.68219632</v>
       </c>
-      <c r="P89" s="25">
+      <c r="P89" s="24">
         <v>35306.921021960006</v>
       </c>
     </row>
     <row r="90" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="4"/>
       <c r="C90" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D90" s="23">
+      <c r="D90" s="22">
         <v>3367.0817378900001</v>
       </c>
-      <c r="E90" s="23">
+      <c r="E90" s="22">
         <v>17715.707747479999</v>
       </c>
-      <c r="F90" s="23">
+      <c r="F90" s="22">
         <v>287.2001229</v>
       </c>
-      <c r="G90" s="25">
+      <c r="G90" s="24">
         <v>21369.98960827</v>
       </c>
-      <c r="H90" s="23">
+      <c r="H90" s="22">
         <v>12712.254450439999</v>
       </c>
-      <c r="I90" s="23">
+      <c r="I90" s="22">
         <v>198.13439606</v>
       </c>
-      <c r="J90" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L90" s="25">
+      <c r="J90" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L90" s="24">
         <v>34280.378454769998</v>
       </c>
-      <c r="M90" s="26">
+      <c r="M90" s="25">
         <v>64.45019576</v>
       </c>
-      <c r="N90" s="23">
+      <c r="N90" s="22">
         <v>1137.30950373</v>
       </c>
-      <c r="O90" s="23">
+      <c r="O90" s="22">
         <v>-166.80986716000001</v>
       </c>
-      <c r="P90" s="25">
+      <c r="P90" s="24">
         <v>35315.328287099997</v>
       </c>
     </row>
     <row r="91" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="4"/>
       <c r="C91" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D91" s="23">
+      <c r="D91" s="22">
         <v>3329.8645967399998</v>
       </c>
-      <c r="E91" s="23">
+      <c r="E91" s="22">
         <v>17619.679988250002</v>
       </c>
-      <c r="F91" s="23">
+      <c r="F91" s="22">
         <v>259.89612991000001</v>
       </c>
-      <c r="G91" s="25">
+      <c r="G91" s="24">
         <v>21209.4407149</v>
       </c>
-      <c r="H91" s="23">
+      <c r="H91" s="22">
         <v>12402.492065660001</v>
       </c>
-      <c r="I91" s="23">
+      <c r="I91" s="22">
         <v>222.24140865999999</v>
       </c>
-      <c r="J91" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L91" s="25">
+      <c r="J91" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L91" s="24">
         <v>33834.174189220001</v>
       </c>
-      <c r="M91" s="26">
+      <c r="M91" s="25">
         <v>86.256553179999997</v>
       </c>
-      <c r="N91" s="23">
+      <c r="N91" s="22">
         <v>1070.0096817000001</v>
       </c>
-      <c r="O91" s="23">
+      <c r="O91" s="22">
         <v>-92.856563260000001</v>
       </c>
-      <c r="P91" s="25">
+      <c r="P91" s="24">
         <v>34897.583860840001</v>
       </c>
     </row>
     <row r="92" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="5"/>
       <c r="C92" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D92" s="20">
+      <c r="D92" s="19">
         <v>3392.6688777499999</v>
       </c>
-      <c r="E92" s="20">
+      <c r="E92" s="19">
         <v>17959.75980716</v>
       </c>
-      <c r="F92" s="20">
+      <c r="F92" s="19">
         <v>287.53136180000001</v>
       </c>
-      <c r="G92" s="21">
+      <c r="G92" s="20">
         <v>21639.960046709999</v>
       </c>
-      <c r="H92" s="20">
+      <c r="H92" s="19">
         <v>12253.090942479999</v>
       </c>
-      <c r="I92" s="20">
+      <c r="I92" s="19">
         <v>208.33005641</v>
       </c>
-      <c r="J92" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L92" s="21">
+      <c r="J92" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L92" s="20">
         <v>34101.381045599999</v>
       </c>
-      <c r="M92" s="22">
+      <c r="M92" s="21">
         <v>42.98360873</v>
       </c>
-      <c r="N92" s="22">
+      <c r="N92" s="21">
         <v>1035.3749691099999</v>
       </c>
-      <c r="O92" s="20">
+      <c r="O92" s="19">
         <v>-87.301033709999999</v>
       </c>
-      <c r="P92" s="21">
+      <c r="P92" s="20">
         <v>35092.438589730002</v>
       </c>
     </row>
     <row r="93" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D93" s="23">
+      <c r="D93" s="22">
         <v>3276.3529122599998</v>
       </c>
-      <c r="E93" s="24">
+      <c r="E93" s="23">
         <v>17752.813353850001</v>
       </c>
-      <c r="F93" s="23">
+      <c r="F93" s="22">
         <v>278.85402359</v>
       </c>
-      <c r="G93" s="25">
+      <c r="G93" s="24">
         <v>21308.020289700002</v>
       </c>
-      <c r="H93" s="23">
+      <c r="H93" s="22">
         <v>12011.343591119999</v>
       </c>
-      <c r="I93" s="23">
+      <c r="I93" s="22">
         <v>194.53758558000001</v>
       </c>
-      <c r="J93" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L93" s="25">
+      <c r="J93" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L93" s="24">
         <v>33513.901466399999</v>
       </c>
-      <c r="M93" s="23">
+      <c r="M93" s="22">
         <v>11.188532739999999</v>
       </c>
-      <c r="N93" s="23">
+      <c r="N93" s="22">
         <v>1018.51837138</v>
       </c>
-      <c r="O93" s="23">
+      <c r="O93" s="22">
         <v>-55.43650023</v>
       </c>
-      <c r="P93" s="25">
+      <c r="P93" s="24">
         <v>34488.171870290003</v>
       </c>
     </row>
     <row r="94" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="4"/>
       <c r="C94" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D94" s="23">
+      <c r="D94" s="22">
         <v>3276.42124573</v>
       </c>
-      <c r="E94" s="23">
+      <c r="E94" s="22">
         <v>18315.099856510002</v>
       </c>
-      <c r="F94" s="23">
+      <c r="F94" s="22">
         <v>279.86083158999998</v>
       </c>
-      <c r="G94" s="25">
+      <c r="G94" s="24">
         <v>21871.381933830002</v>
       </c>
-      <c r="H94" s="23">
+      <c r="H94" s="22">
         <v>12115.5194003</v>
       </c>
-      <c r="I94" s="23">
+      <c r="I94" s="22">
         <v>177.50633718</v>
       </c>
-      <c r="J94" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L94" s="25">
+      <c r="J94" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L94" s="24">
         <v>34164.40767131</v>
       </c>
-      <c r="M94" s="23">
+      <c r="M94" s="22">
         <v>0.37162385999999997</v>
       </c>
-      <c r="N94" s="23">
+      <c r="N94" s="22">
         <v>983.23709339000004</v>
       </c>
-      <c r="O94" s="23">
+      <c r="O94" s="22">
         <v>-125.32561264</v>
       </c>
-      <c r="P94" s="25">
+      <c r="P94" s="24">
         <v>35022.690775920004</v>
       </c>
     </row>
     <row r="95" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="4"/>
       <c r="C95" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D95" s="23">
+      <c r="D95" s="22">
         <v>3353.8235005800002</v>
       </c>
-      <c r="E95" s="23">
+      <c r="E95" s="22">
         <v>18481.46242987</v>
       </c>
-      <c r="F95" s="23">
+      <c r="F95" s="22">
         <v>255.18437707999999</v>
       </c>
-      <c r="G95" s="25">
+      <c r="G95" s="24">
         <v>22090.470307530002</v>
       </c>
-      <c r="H95" s="23">
+      <c r="H95" s="22">
         <v>11904.188693329999</v>
       </c>
-      <c r="I95" s="23">
+      <c r="I95" s="22">
         <v>190.82069996999999</v>
       </c>
-      <c r="J95" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L95" s="25">
+      <c r="J95" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L95" s="24">
         <v>34185.479700830001</v>
       </c>
-      <c r="M95" s="23">
+      <c r="M95" s="22">
         <v>0.37162385999999997</v>
       </c>
-      <c r="N95" s="23">
+      <c r="N95" s="22">
         <v>929.53101778999996</v>
       </c>
-      <c r="O95" s="23">
+      <c r="O95" s="22">
         <v>-125.06531321999999</v>
       </c>
-      <c r="P95" s="25">
+      <c r="P95" s="24">
         <v>34990.317029260004</v>
       </c>
     </row>
     <row r="96" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="4"/>
       <c r="C96" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D96" s="23">
+      <c r="D96" s="22">
         <v>3421.2340480100002</v>
       </c>
-      <c r="E96" s="23">
+      <c r="E96" s="22">
         <v>18784.133514109999</v>
       </c>
-      <c r="F96" s="23">
+      <c r="F96" s="22">
         <v>260.77302822000001</v>
       </c>
-      <c r="G96" s="25">
+      <c r="G96" s="24">
         <v>22466.140590340001</v>
       </c>
-      <c r="H96" s="23">
+      <c r="H96" s="22">
         <v>11740.791941539999</v>
       </c>
-      <c r="I96" s="23">
+      <c r="I96" s="22">
         <v>174.00614748000001</v>
       </c>
-      <c r="J96" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L96" s="25">
+      <c r="J96" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L96" s="24">
         <v>34380.938679359999</v>
       </c>
-      <c r="M96" s="23">
+      <c r="M96" s="22">
         <v>0.37162385999999997</v>
       </c>
-      <c r="N96" s="23">
+      <c r="N96" s="22">
         <v>891.86951782000006</v>
       </c>
-      <c r="O96" s="23">
+      <c r="O96" s="22">
         <v>-125.86893422999999</v>
       </c>
-      <c r="P96" s="25">
+      <c r="P96" s="24">
         <v>35147.310886810003</v>
       </c>
     </row>
     <row r="97" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="4"/>
       <c r="C97" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D97" s="23">
+      <c r="D97" s="22">
         <v>3546.3049273500001</v>
       </c>
-      <c r="E97" s="23">
+      <c r="E97" s="22">
         <v>19493.762624989999</v>
       </c>
-      <c r="F97" s="23">
+      <c r="F97" s="22">
         <v>277.11708064999999</v>
       </c>
-      <c r="G97" s="25">
+      <c r="G97" s="24">
         <v>23317.18463299</v>
       </c>
-      <c r="H97" s="23">
+      <c r="H97" s="22">
         <v>11555.086207259999</v>
       </c>
-      <c r="I97" s="23">
+      <c r="I97" s="22">
         <v>157.97184966</v>
       </c>
-      <c r="J97" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L97" s="25">
+      <c r="J97" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L97" s="24">
         <v>35030.242689909996</v>
       </c>
-      <c r="M97" s="23">
+      <c r="M97" s="22">
         <v>0.37162385999999997</v>
       </c>
-      <c r="N97" s="23">
+      <c r="N97" s="22">
         <v>871.87061366</v>
       </c>
-      <c r="O97" s="23">
+      <c r="O97" s="22">
         <v>-161.33747305</v>
       </c>
-      <c r="P97" s="25">
+      <c r="P97" s="24">
         <v>35741.14745438</v>
       </c>
     </row>
     <row r="98" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="4"/>
       <c r="C98" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D98" s="23">
+      <c r="D98" s="22">
         <v>3701.38401939</v>
       </c>
-      <c r="E98" s="23">
+      <c r="E98" s="22">
         <v>19823.971811799998</v>
       </c>
-      <c r="F98" s="23">
+      <c r="F98" s="22">
         <v>302.97427327000003</v>
       </c>
-      <c r="G98" s="25">
+      <c r="G98" s="24">
         <v>23828.330104460001</v>
       </c>
-      <c r="H98" s="23">
+      <c r="H98" s="22">
         <v>11353.72073463</v>
       </c>
-      <c r="I98" s="23">
+      <c r="I98" s="22">
         <v>148.43593224</v>
       </c>
-      <c r="J98" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L98" s="25">
+      <c r="J98" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L98" s="24">
         <v>35330.486771330005</v>
       </c>
-      <c r="M98" s="23">
+      <c r="M98" s="22">
         <v>0.57070807999999995</v>
       </c>
-      <c r="N98" s="23">
+      <c r="N98" s="22">
         <v>856.43068189999997</v>
       </c>
-      <c r="O98" s="23">
+      <c r="O98" s="22">
         <v>-161.08491307</v>
       </c>
-      <c r="P98" s="25">
+      <c r="P98" s="24">
         <v>36026.40324824</v>
       </c>
     </row>
     <row r="99" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="4"/>
       <c r="C99" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D99" s="23">
+      <c r="D99" s="22">
         <v>3888.36930867</v>
       </c>
-      <c r="E99" s="23">
+      <c r="E99" s="22">
         <v>20519.875958029999</v>
       </c>
-      <c r="F99" s="23">
+      <c r="F99" s="22">
         <v>299.31706813</v>
       </c>
-      <c r="G99" s="25">
+      <c r="G99" s="24">
         <v>24707.56233483</v>
       </c>
-      <c r="H99" s="23">
+      <c r="H99" s="22">
         <v>11204.77132998</v>
       </c>
-      <c r="I99" s="23">
+      <c r="I99" s="22">
         <v>144.42768945</v>
       </c>
-      <c r="J99" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L99" s="25">
+      <c r="J99" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L99" s="24">
         <v>36056.761354260001</v>
       </c>
-      <c r="M99" s="23">
+      <c r="M99" s="22">
         <v>52.268232789999999</v>
       </c>
-      <c r="N99" s="23">
+      <c r="N99" s="22">
         <v>868.06923117999997</v>
       </c>
-      <c r="O99" s="23">
+      <c r="O99" s="22">
         <v>-250.42002024000001</v>
       </c>
-      <c r="P99" s="25">
+      <c r="P99" s="24">
         <v>36726.678797989996</v>
       </c>
     </row>
     <row r="100" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="4"/>
       <c r="C100" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D100" s="23">
+      <c r="D100" s="22">
         <v>3911.7311112100001</v>
       </c>
-      <c r="E100" s="23">
+      <c r="E100" s="22">
         <v>21436.457087089999</v>
       </c>
-      <c r="F100" s="23">
+      <c r="F100" s="22">
         <v>314.29812793999997</v>
       </c>
-      <c r="G100" s="25">
+      <c r="G100" s="24">
         <v>25662.486326239999</v>
       </c>
-      <c r="H100" s="23">
+      <c r="H100" s="22">
         <v>11285.240093959999</v>
       </c>
-      <c r="I100" s="23">
+      <c r="I100" s="22">
         <v>137.83684932</v>
       </c>
-      <c r="J100" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L100" s="25">
+      <c r="J100" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K100" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L100" s="24">
         <v>37085.563269520004</v>
       </c>
-      <c r="M100" s="23">
+      <c r="M100" s="22">
         <v>66.967283820000006</v>
       </c>
-      <c r="N100" s="23">
+      <c r="N100" s="22">
         <v>881.21163333000004</v>
       </c>
-      <c r="O100" s="23">
+      <c r="O100" s="22">
         <v>-491.94689940000001</v>
       </c>
-      <c r="P100" s="25">
+      <c r="P100" s="24">
         <v>37541.795287270004</v>
       </c>
     </row>
     <row r="101" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="4"/>
       <c r="C101" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D101" s="23">
+      <c r="D101" s="22">
         <v>3859.2463259900001</v>
       </c>
-      <c r="E101" s="23">
+      <c r="E101" s="22">
         <v>21834.506377090001</v>
       </c>
-      <c r="F101" s="23">
+      <c r="F101" s="22">
         <v>307.64297636999999</v>
       </c>
-      <c r="G101" s="25">
+      <c r="G101" s="24">
         <v>26001.395679450001</v>
       </c>
-      <c r="H101" s="23">
+      <c r="H101" s="22">
         <v>11133.509872230001</v>
       </c>
-      <c r="I101" s="23">
+      <c r="I101" s="22">
         <v>137.95994071000001</v>
       </c>
-      <c r="J101" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L101" s="25">
+      <c r="J101" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K101" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L101" s="24">
         <v>37272.865492390003</v>
       </c>
-      <c r="M101" s="26">
+      <c r="M101" s="25">
         <v>66.967283820000006</v>
       </c>
-      <c r="N101" s="23">
+      <c r="N101" s="22">
         <v>875.26167579000003</v>
       </c>
-      <c r="O101" s="23">
+      <c r="O101" s="22">
         <v>-522.71365791000005</v>
       </c>
-      <c r="P101" s="25">
+      <c r="P101" s="24">
         <v>37692.380794090008</v>
       </c>
     </row>
     <row r="102" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B102" s="4"/>
       <c r="C102" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D102" s="23">
+      <c r="D102" s="22">
         <v>3743.1863966800001</v>
       </c>
-      <c r="E102" s="23">
+      <c r="E102" s="22">
         <v>21736.723633149999</v>
       </c>
-      <c r="F102" s="23">
+      <c r="F102" s="22">
         <v>312.09514461999999</v>
       </c>
-      <c r="G102" s="25">
+      <c r="G102" s="24">
         <v>25792.005174450002</v>
       </c>
-      <c r="H102" s="23">
+      <c r="H102" s="22">
         <v>11067.3457593</v>
       </c>
-      <c r="I102" s="23">
+      <c r="I102" s="22">
         <v>133.21495462999999</v>
       </c>
-      <c r="J102" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L102" s="25">
+      <c r="J102" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L102" s="24">
         <v>36992.565888379999</v>
       </c>
-      <c r="M102" s="26">
+      <c r="M102" s="25">
         <v>67.422523060000003</v>
       </c>
-      <c r="N102" s="23">
+      <c r="N102" s="22">
         <v>878.36217333000002</v>
       </c>
-      <c r="O102" s="23">
+      <c r="O102" s="22">
         <v>-510.71286170000002</v>
       </c>
-      <c r="P102" s="25">
+      <c r="P102" s="24">
         <v>37427.637723070002</v>
       </c>
     </row>
     <row r="103" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B103" s="4"/>
       <c r="C103" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D103" s="23">
+      <c r="D103" s="22">
         <v>3696.2264324399998</v>
       </c>
-      <c r="E103" s="23">
+      <c r="E103" s="22">
         <v>22051.987293030001</v>
       </c>
-      <c r="F103" s="23">
+      <c r="F103" s="22">
         <v>323.51922443000001</v>
       </c>
-      <c r="G103" s="25">
+      <c r="G103" s="24">
         <v>26071.732949899997</v>
       </c>
-      <c r="H103" s="23">
+      <c r="H103" s="22">
         <v>10725.936486029999</v>
       </c>
-      <c r="I103" s="23">
+      <c r="I103" s="22">
         <v>128.62868237000001</v>
       </c>
-      <c r="J103" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L103" s="25">
+      <c r="J103" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K103" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L103" s="24">
         <v>36926.298118299994</v>
       </c>
-      <c r="M103" s="26">
+      <c r="M103" s="25">
         <v>14.69905103</v>
       </c>
-      <c r="N103" s="23">
+      <c r="N103" s="22">
         <v>885.02185216999999</v>
       </c>
-      <c r="O103" s="23">
+      <c r="O103" s="22">
         <v>-263.63160091999998</v>
       </c>
-      <c r="P103" s="25">
+      <c r="P103" s="24">
         <v>37562.387420579995</v>
       </c>
     </row>
     <row r="104" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104" s="5"/>
       <c r="C104" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D104" s="20">
+      <c r="D104" s="19">
         <v>3734.50893533</v>
       </c>
-      <c r="E104" s="20">
+      <c r="E104" s="19">
         <v>22393.411291140001</v>
       </c>
-      <c r="F104" s="20">
+      <c r="F104" s="19">
         <v>327.23618374</v>
       </c>
-      <c r="G104" s="21">
+      <c r="G104" s="20">
         <v>26455.156410209998</v>
       </c>
-      <c r="H104" s="20">
+      <c r="H104" s="19">
         <v>10544.688519449999</v>
       </c>
-      <c r="I104" s="20">
+      <c r="I104" s="19">
         <v>120.72740913</v>
       </c>
-      <c r="J104" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L104" s="21">
+      <c r="J104" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K104" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L104" s="20">
         <v>37120.57233879</v>
       </c>
-      <c r="M104" s="22">
+      <c r="M104" s="21">
         <v>14.69905103</v>
       </c>
-      <c r="N104" s="22">
+      <c r="N104" s="21">
         <v>869.52205291999996</v>
       </c>
-      <c r="O104" s="20">
+      <c r="O104" s="19">
         <v>-252.57956143999999</v>
       </c>
-      <c r="P104" s="21">
+      <c r="P104" s="20">
         <v>37752.213881300006</v>
       </c>
     </row>
     <row r="105" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D105" s="23">
+      <c r="D105" s="22">
         <v>3657.7207652699999</v>
       </c>
-      <c r="E105" s="24">
+      <c r="E105" s="23">
         <v>21971.772709280001</v>
       </c>
-      <c r="F105" s="23">
+      <c r="F105" s="22">
         <v>329.66799235000002</v>
       </c>
-      <c r="G105" s="25">
+      <c r="G105" s="24">
         <v>25959.161466899997</v>
       </c>
-      <c r="H105" s="23">
+      <c r="H105" s="22">
         <v>10607.1546074</v>
       </c>
-      <c r="I105" s="23">
+      <c r="I105" s="22">
         <v>115.71501347</v>
       </c>
-      <c r="J105" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L105" s="25">
+      <c r="J105" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K105" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L105" s="24">
         <v>36682.031087769996</v>
       </c>
-      <c r="M105" s="23">
+      <c r="M105" s="22">
         <v>14.69905103</v>
       </c>
-      <c r="N105" s="23">
+      <c r="N105" s="22">
         <v>848.19964680999999</v>
       </c>
-      <c r="O105" s="23">
+      <c r="O105" s="22">
         <v>-319.45921485000002</v>
       </c>
-      <c r="P105" s="25">
+      <c r="P105" s="24">
         <v>37225.470570759993</v>
       </c>
     </row>
     <row r="106" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="4"/>
       <c r="C106" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D106" s="23">
+      <c r="D106" s="22">
         <v>3692.8453322700002</v>
       </c>
-      <c r="E106" s="23">
+      <c r="E106" s="22">
         <v>21738.584614200001</v>
       </c>
-      <c r="F106" s="23">
+      <c r="F106" s="22">
         <v>335.00345592999997</v>
       </c>
-      <c r="G106" s="25">
+      <c r="G106" s="24">
         <v>25766.433402400002</v>
       </c>
-      <c r="H106" s="23">
+      <c r="H106" s="22">
         <v>10428.35240172</v>
       </c>
-      <c r="I106" s="23">
+      <c r="I106" s="22">
         <v>113.75086272999999</v>
       </c>
-      <c r="J106" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L106" s="25">
+      <c r="J106" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K106" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L106" s="24">
         <v>36308.536666849999</v>
       </c>
-      <c r="M106" s="23">
+      <c r="M106" s="22">
         <v>14.69905103</v>
       </c>
-      <c r="N106" s="23">
+      <c r="N106" s="22">
         <v>830.69601261000003</v>
       </c>
-      <c r="O106" s="23">
+      <c r="O106" s="22">
         <v>-134.4738419</v>
       </c>
-      <c r="P106" s="25">
+      <c r="P106" s="24">
         <v>37019.457888590005</v>
       </c>
     </row>
     <row r="107" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B107" s="4"/>
       <c r="C107" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D107" s="23">
+      <c r="D107" s="22">
         <v>3755.4066613999998</v>
       </c>
-      <c r="E107" s="23">
+      <c r="E107" s="22">
         <v>22151.71496958</v>
       </c>
-      <c r="F107" s="23">
+      <c r="F107" s="22">
         <v>336.80857588999999</v>
       </c>
-      <c r="G107" s="25">
+      <c r="G107" s="24">
         <v>26243.930206870002</v>
       </c>
-      <c r="H107" s="23">
+      <c r="H107" s="22">
         <v>10533.793004560001</v>
       </c>
-      <c r="I107" s="23">
+      <c r="I107" s="22">
         <v>110.51370684</v>
       </c>
-      <c r="J107" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L107" s="25">
+      <c r="J107" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K107" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L107" s="24">
         <v>36888.236918270006</v>
       </c>
-      <c r="M107" s="23">
+      <c r="M107" s="22">
         <v>15.05740261</v>
       </c>
-      <c r="N107" s="23">
+      <c r="N107" s="22">
         <v>0.70204801999999999</v>
       </c>
-      <c r="O107" s="23">
+      <c r="O107" s="22">
         <v>-184.65718996000001</v>
       </c>
-      <c r="P107" s="25">
+      <c r="P107" s="24">
         <v>36719.339178940005</v>
       </c>
     </row>
     <row r="108" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="4"/>
       <c r="C108" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D108" s="23">
+      <c r="D108" s="22">
         <v>3826.55717865</v>
       </c>
-      <c r="E108" s="23">
+      <c r="E108" s="22">
         <v>22136.680218019999</v>
       </c>
-      <c r="F108" s="23">
+      <c r="F108" s="22">
         <v>338.34661862000002</v>
       </c>
-      <c r="G108" s="25">
+      <c r="G108" s="24">
         <v>26301.584015290002</v>
       </c>
-      <c r="H108" s="23">
+      <c r="H108" s="22">
         <v>10432.45054785</v>
       </c>
-      <c r="I108" s="23">
+      <c r="I108" s="22">
         <v>109.99983254999999</v>
       </c>
-      <c r="J108" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L108" s="25">
+      <c r="J108" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L108" s="24">
         <v>36844.034395690003</v>
       </c>
-      <c r="M108" s="23">
+      <c r="M108" s="22">
         <v>15.05740261</v>
       </c>
-      <c r="N108" s="23">
+      <c r="N108" s="22">
         <v>0.70204825000000004</v>
       </c>
-      <c r="O108" s="23">
+      <c r="O108" s="22">
         <v>-196.11899292999999</v>
       </c>
-      <c r="P108" s="25">
+      <c r="P108" s="24">
         <v>36663.674853620003</v>
       </c>
     </row>
     <row r="109" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B109" s="4"/>
       <c r="C109" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D109" s="23">
+      <c r="D109" s="22">
         <v>3929.2509692200001</v>
       </c>
-      <c r="E109" s="23">
+      <c r="E109" s="22">
         <v>22598.897328880001</v>
       </c>
-      <c r="F109" s="23">
+      <c r="F109" s="22">
         <v>337.74505088000001</v>
       </c>
-      <c r="G109" s="25">
+      <c r="G109" s="24">
         <v>26865.89334898</v>
       </c>
-      <c r="H109" s="23">
+      <c r="H109" s="22">
         <v>10205.65980886</v>
       </c>
-      <c r="I109" s="23">
+      <c r="I109" s="22">
         <v>133.69121699999999</v>
       </c>
-      <c r="J109" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L109" s="25">
+      <c r="J109" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L109" s="24">
         <v>37205.244374839996</v>
       </c>
-      <c r="M109" s="23">
+      <c r="M109" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N109" s="23">
+      <c r="N109" s="22">
         <v>0.70197913000000001</v>
       </c>
-      <c r="O109" s="23">
+      <c r="O109" s="22">
         <v>-393.44288215</v>
       </c>
-      <c r="P109" s="25">
+      <c r="P109" s="24">
         <v>36812.861823399995</v>
       </c>
     </row>
     <row r="110" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B110" s="4"/>
       <c r="C110" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D110" s="23">
+      <c r="D110" s="22">
         <v>4119.6053175400002</v>
       </c>
-      <c r="E110" s="23">
+      <c r="E110" s="22">
         <v>23176.277699999999</v>
       </c>
-      <c r="F110" s="23">
+      <c r="F110" s="22">
         <v>340.36936069000001</v>
       </c>
-      <c r="G110" s="25">
+      <c r="G110" s="24">
         <v>27636.252378230001</v>
       </c>
-      <c r="H110" s="23">
+      <c r="H110" s="22">
         <v>9991.8742256400001</v>
       </c>
-      <c r="I110" s="23">
+      <c r="I110" s="22">
         <v>131.60837619</v>
       </c>
-      <c r="J110" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L110" s="25">
+      <c r="J110" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L110" s="24">
         <v>37759.734980059999</v>
       </c>
-      <c r="M110" s="23">
+      <c r="M110" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N110" s="23">
+      <c r="N110" s="22">
         <v>0.70155924000000003</v>
       </c>
-      <c r="O110" s="23">
+      <c r="O110" s="22">
         <v>-283.24870779000003</v>
       </c>
-      <c r="P110" s="25">
+      <c r="P110" s="24">
         <v>37477.546183089995</v>
       </c>
     </row>
     <row r="111" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B111" s="4"/>
       <c r="C111" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D111" s="23">
+      <c r="D111" s="22">
         <v>4246.4011180899997</v>
       </c>
-      <c r="E111" s="23">
+      <c r="E111" s="22">
         <v>24094.36652689</v>
       </c>
-      <c r="F111" s="23">
+      <c r="F111" s="22">
         <v>351.87847950999998</v>
       </c>
-      <c r="G111" s="25">
+      <c r="G111" s="24">
         <v>28692.646124489998</v>
       </c>
-      <c r="H111" s="23">
+      <c r="H111" s="22">
         <v>9985.26237176</v>
       </c>
-      <c r="I111" s="23">
+      <c r="I111" s="22">
         <v>139.16717732000001</v>
       </c>
-      <c r="J111" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L111" s="25">
+      <c r="J111" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K111" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L111" s="24">
         <v>38817.075673569998</v>
       </c>
-      <c r="M111" s="23">
+      <c r="M111" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N111" s="23">
+      <c r="N111" s="22">
         <v>0.70123592999999995</v>
       </c>
-      <c r="O111" s="23">
+      <c r="O111" s="22">
         <v>-395.18906957000002</v>
       </c>
-      <c r="P111" s="25">
+      <c r="P111" s="24">
         <v>38422.946191509996</v>
       </c>
     </row>
     <row r="112" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B112" s="4"/>
       <c r="C112" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D112" s="23">
+      <c r="D112" s="22">
         <v>4292.2926428999999</v>
       </c>
-      <c r="E112" s="23">
+      <c r="E112" s="22">
         <v>25048.918852160001</v>
       </c>
-      <c r="F112" s="23">
+      <c r="F112" s="22">
         <v>363.40419833999999</v>
       </c>
-      <c r="G112" s="25">
+      <c r="G112" s="24">
         <v>29704.615693399999</v>
       </c>
-      <c r="H112" s="23">
+      <c r="H112" s="22">
         <v>9953.8023046100006</v>
       </c>
-      <c r="I112" s="23">
+      <c r="I112" s="22">
         <v>136.8898356</v>
       </c>
-      <c r="J112" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L112" s="25">
+      <c r="J112" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K112" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L112" s="24">
         <v>39795.307833610001</v>
       </c>
-      <c r="M112" s="23">
+      <c r="M112" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N112" s="23">
+      <c r="N112" s="22">
         <v>0.70101628000000005</v>
       </c>
-      <c r="O112" s="23">
+      <c r="O112" s="22">
         <v>-392.89744874000002</v>
       </c>
-      <c r="P112" s="25">
+      <c r="P112" s="24">
         <v>39403.469752730001</v>
       </c>
     </row>
     <row r="113" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B113" s="4"/>
       <c r="C113" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D113" s="23">
+      <c r="D113" s="22">
         <v>4183.26356072</v>
       </c>
-      <c r="E113" s="23">
+      <c r="E113" s="22">
         <v>25344.017024519999</v>
       </c>
-      <c r="F113" s="23">
+      <c r="F113" s="22">
         <v>351.64972872999999</v>
       </c>
-      <c r="G113" s="25">
+      <c r="G113" s="24">
         <v>29878.930313969999</v>
       </c>
-      <c r="H113" s="23">
+      <c r="H113" s="22">
         <v>9871.2940143699998</v>
       </c>
-      <c r="I113" s="23">
+      <c r="I113" s="22">
         <v>159.88100942</v>
       </c>
-      <c r="J113" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L113" s="25">
+      <c r="J113" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K113" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L113" s="24">
         <v>39910.105337759996</v>
       </c>
-      <c r="M113" s="26">
+      <c r="M113" s="25">
         <v>0.35835158</v>
       </c>
-      <c r="N113" s="23">
+      <c r="N113" s="22">
         <v>0.70079285000000002</v>
       </c>
-      <c r="O113" s="23">
+      <c r="O113" s="22">
         <v>-355.00828969000003</v>
       </c>
-      <c r="P113" s="25">
+      <c r="P113" s="24">
         <v>39556.156192499999</v>
       </c>
     </row>
     <row r="114" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B114" s="4"/>
       <c r="C114" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D114" s="23">
+      <c r="D114" s="22">
         <v>4102.7294372400002</v>
       </c>
-      <c r="E114" s="23">
+      <c r="E114" s="22">
         <v>25248.56446053</v>
       </c>
-      <c r="F114" s="23">
+      <c r="F114" s="22">
         <v>360.72127750999999</v>
       </c>
-      <c r="G114" s="25">
+      <c r="G114" s="24">
         <v>29712.015175279997</v>
       </c>
-      <c r="H114" s="23">
+      <c r="H114" s="22">
         <v>9789.9830825499994</v>
       </c>
-      <c r="I114" s="23">
+      <c r="I114" s="22">
         <v>175.53352190000001</v>
       </c>
-      <c r="J114" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L114" s="25">
+      <c r="J114" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K114" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L114" s="24">
         <v>39677.531779729994</v>
       </c>
-      <c r="M114" s="26">
+      <c r="M114" s="25">
         <v>0.35835158</v>
       </c>
-      <c r="N114" s="23">
+      <c r="N114" s="22">
         <v>0.70056750999999995</v>
       </c>
-      <c r="O114" s="23">
+      <c r="O114" s="22">
         <v>-195.48071482</v>
       </c>
-      <c r="P114" s="25">
+      <c r="P114" s="24">
         <v>39483.109983999995</v>
       </c>
     </row>
     <row r="115" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B115" s="4"/>
       <c r="C115" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D115" s="23">
+      <c r="D115" s="22">
         <v>4077.0038293500002</v>
       </c>
-      <c r="E115" s="23">
+      <c r="E115" s="22">
         <v>25565.30199154</v>
       </c>
-      <c r="F115" s="23">
+      <c r="F115" s="22">
         <v>362.00499807</v>
       </c>
-      <c r="G115" s="25">
+      <c r="G115" s="24">
         <v>30004.310818959999</v>
       </c>
-      <c r="H115" s="23">
+      <c r="H115" s="22">
         <v>9380.0908470600007</v>
       </c>
-      <c r="I115" s="23">
+      <c r="I115" s="22">
         <v>177.47803056999999</v>
       </c>
-      <c r="J115" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L115" s="25">
+      <c r="J115" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K115" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L115" s="24">
         <v>39561.879696589996</v>
       </c>
-      <c r="M115" s="26">
+      <c r="M115" s="25">
         <v>0.35835158</v>
       </c>
-      <c r="N115" s="23">
+      <c r="N115" s="22">
         <v>0.70029193999999995</v>
       </c>
-      <c r="O115" s="23">
+      <c r="O115" s="22">
         <v>-309.84991365000002</v>
       </c>
-      <c r="P115" s="25">
+      <c r="P115" s="24">
         <v>39253.088426459988</v>
       </c>
     </row>
     <row r="116" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B116" s="5"/>
       <c r="C116" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D116" s="20">
+      <c r="D116" s="19">
         <v>4111.2635334200004</v>
       </c>
-      <c r="E116" s="20">
+      <c r="E116" s="19">
         <v>25624.2423729</v>
       </c>
-      <c r="F116" s="20">
+      <c r="F116" s="19">
         <v>365.61018525999998</v>
       </c>
-      <c r="G116" s="21">
+      <c r="G116" s="20">
         <v>30101.116091579999</v>
       </c>
-      <c r="H116" s="20">
+      <c r="H116" s="19">
         <v>9203.0844698799992</v>
       </c>
-      <c r="I116" s="20">
+      <c r="I116" s="19">
         <v>187.21718705000001</v>
       </c>
-      <c r="J116" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L116" s="21">
+      <c r="J116" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K116" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L116" s="20">
         <v>39491.417748510001</v>
       </c>
-      <c r="M116" s="22">
+      <c r="M116" s="21">
         <v>0.35835158</v>
       </c>
-      <c r="N116" s="22">
+      <c r="N116" s="21">
         <v>1.07110594</v>
       </c>
-      <c r="O116" s="20">
+      <c r="O116" s="19">
         <v>-307.36056451000002</v>
       </c>
-      <c r="P116" s="21">
+      <c r="P116" s="20">
         <v>39185.486641519994</v>
       </c>
     </row>
     <row r="117" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B117" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D117" s="23">
+      <c r="D117" s="22">
         <v>4052.1781362500001</v>
       </c>
-      <c r="E117" s="24">
+      <c r="E117" s="23">
         <v>25747.422977099999</v>
       </c>
-      <c r="F117" s="23">
+      <c r="F117" s="22">
         <v>361.47975610999998</v>
       </c>
-      <c r="G117" s="25">
+      <c r="G117" s="24">
         <v>30161.080869460002</v>
       </c>
-      <c r="H117" s="23">
+      <c r="H117" s="22">
         <v>9217.4867797400002</v>
       </c>
-      <c r="I117" s="23">
+      <c r="I117" s="22">
         <v>194.60411941999999</v>
       </c>
-      <c r="J117" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L117" s="25">
+      <c r="J117" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L117" s="24">
         <v>39573.171768619999</v>
       </c>
-      <c r="M117" s="23">
+      <c r="M117" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N117" s="23">
+      <c r="N117" s="22">
         <v>0.89755545000000003</v>
       </c>
-      <c r="O117" s="23">
+      <c r="O117" s="22">
         <v>-239.01631216999999</v>
       </c>
-      <c r="P117" s="25">
+      <c r="P117" s="24">
         <v>39335.411363479994</v>
       </c>
     </row>
     <row r="118" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="4"/>
       <c r="C118" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D118" s="23">
+      <c r="D118" s="22">
         <v>4087.6257727100001</v>
       </c>
-      <c r="E118" s="23">
+      <c r="E118" s="22">
         <v>25980.761801619999</v>
       </c>
-      <c r="F118" s="23">
+      <c r="F118" s="22">
         <v>368.07165232</v>
       </c>
-      <c r="G118" s="25">
+      <c r="G118" s="24">
         <v>30436.459226649997</v>
       </c>
-      <c r="H118" s="23">
+      <c r="H118" s="22">
         <v>9301.7353330299993</v>
       </c>
-      <c r="I118" s="23">
+      <c r="I118" s="22">
         <v>195.61061909</v>
       </c>
-      <c r="J118" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L118" s="25">
+      <c r="J118" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K118" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L118" s="24">
         <v>39933.805178769995</v>
       </c>
-      <c r="M118" s="23">
+      <c r="M118" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N118" s="23">
+      <c r="N118" s="22">
         <v>1.07212401</v>
       </c>
-      <c r="O118" s="23">
+      <c r="O118" s="22">
         <v>-347.79621631999998</v>
       </c>
-      <c r="P118" s="25">
+      <c r="P118" s="24">
         <v>39587.439438039997</v>
       </c>
     </row>
     <row r="119" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B119" s="4"/>
       <c r="C119" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D119" s="23">
+      <c r="D119" s="22">
         <v>4242.6978193799996</v>
       </c>
-      <c r="E119" s="23">
+      <c r="E119" s="22">
         <v>27388.981302780001</v>
       </c>
-      <c r="F119" s="23">
+      <c r="F119" s="22">
         <v>374.3905226</v>
       </c>
-      <c r="G119" s="25">
+      <c r="G119" s="24">
         <v>32006.069644759998</v>
       </c>
-      <c r="H119" s="23">
+      <c r="H119" s="22">
         <v>8905.6519698800003</v>
       </c>
-      <c r="I119" s="23">
+      <c r="I119" s="22">
         <v>198.91073469</v>
       </c>
-      <c r="J119" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L119" s="25">
+      <c r="J119" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L119" s="24">
         <v>41110.632349330001</v>
       </c>
-      <c r="M119" s="23">
+      <c r="M119" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N119" s="23">
+      <c r="N119" s="22">
         <v>0.89698206999999996</v>
       </c>
-      <c r="O119" s="23">
+      <c r="O119" s="22">
         <v>-177.43490564000001</v>
       </c>
-      <c r="P119" s="25">
+      <c r="P119" s="24">
         <v>40934.452777339997</v>
       </c>
     </row>
     <row r="120" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B120" s="4"/>
       <c r="C120" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D120" s="23">
+      <c r="D120" s="22">
         <v>4320.6719582699998</v>
       </c>
-      <c r="E120" s="23">
+      <c r="E120" s="22">
         <v>27415.963698169999</v>
       </c>
-      <c r="F120" s="23">
+      <c r="F120" s="22">
         <v>370.92819836000001</v>
       </c>
-      <c r="G120" s="25">
+      <c r="G120" s="24">
         <v>32107.563854799999</v>
       </c>
-      <c r="H120" s="23">
+      <c r="H120" s="22">
         <v>8812.2112930099993</v>
       </c>
-      <c r="I120" s="23">
+      <c r="I120" s="22">
         <v>196.03637448000001</v>
       </c>
-      <c r="J120" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L120" s="25">
+      <c r="J120" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L120" s="24">
         <v>41115.811522290001</v>
       </c>
-      <c r="M120" s="23">
+      <c r="M120" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N120" s="23">
+      <c r="N120" s="22">
         <v>0.69778688</v>
       </c>
-      <c r="O120" s="23">
+      <c r="O120" s="22">
         <v>-133.09313076999999</v>
       </c>
-      <c r="P120" s="25">
+      <c r="P120" s="24">
         <v>40983.774529980001</v>
       </c>
     </row>
     <row r="121" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B121" s="4"/>
       <c r="C121" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D121" s="23">
+      <c r="D121" s="22">
         <v>4406.8349532800003</v>
       </c>
-      <c r="E121" s="23">
+      <c r="E121" s="22">
         <v>28062.69800366</v>
       </c>
-      <c r="F121" s="23">
+      <c r="F121" s="22">
         <v>378.06661421000001</v>
       </c>
-      <c r="G121" s="25">
+      <c r="G121" s="24">
         <v>32847.59957115</v>
       </c>
-      <c r="H121" s="23">
+      <c r="H121" s="22">
         <v>8676.6436112600004</v>
       </c>
-      <c r="I121" s="23">
+      <c r="I121" s="22">
         <v>184.23042913</v>
       </c>
-      <c r="J121" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L121" s="25">
+      <c r="J121" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L121" s="24">
         <v>41708.473611540001</v>
       </c>
-      <c r="M121" s="23">
+      <c r="M121" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N121" s="23">
+      <c r="N121" s="22">
         <v>0.87960715</v>
       </c>
-      <c r="O121" s="23">
+      <c r="O121" s="22">
         <v>-59.629690889999999</v>
       </c>
-      <c r="P121" s="25">
+      <c r="P121" s="24">
         <v>41650.081879379999</v>
       </c>
     </row>
     <row r="122" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="4"/>
       <c r="C122" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D122" s="23">
+      <c r="D122" s="22">
         <v>4513.4840589100004</v>
       </c>
-      <c r="E122" s="23">
+      <c r="E122" s="22">
         <v>28583.083053840001</v>
       </c>
-      <c r="F122" s="23">
+      <c r="F122" s="22">
         <v>382.80072691999999</v>
       </c>
-      <c r="G122" s="25">
+      <c r="G122" s="24">
         <v>33479.367839669998</v>
       </c>
-      <c r="H122" s="23">
+      <c r="H122" s="22">
         <v>8349.2132207800005</v>
       </c>
-      <c r="I122" s="23">
+      <c r="I122" s="22">
         <v>181.70722613000001</v>
       </c>
-      <c r="J122" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L122" s="25">
+      <c r="J122" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K122" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L122" s="24">
         <v>42010.288286579998</v>
       </c>
-      <c r="M122" s="23">
+      <c r="M122" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N122" s="23">
+      <c r="N122" s="22">
         <v>0.69701212999999995</v>
       </c>
-      <c r="O122" s="23">
+      <c r="O122" s="22">
         <v>-107.8031132</v>
       </c>
-      <c r="P122" s="25">
+      <c r="P122" s="24">
         <v>41903.54053708999</v>
       </c>
     </row>
     <row r="123" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B123" s="4"/>
       <c r="C123" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D123" s="23">
+      <c r="D123" s="22">
         <v>4655.2836646200003</v>
       </c>
-      <c r="E123" s="23">
+      <c r="E123" s="22">
         <v>28953.682626760001</v>
       </c>
-      <c r="F123" s="23">
+      <c r="F123" s="22">
         <v>392.29155064000003</v>
       </c>
-      <c r="G123" s="25">
+      <c r="G123" s="24">
         <v>34001.257842020001</v>
       </c>
-      <c r="H123" s="23">
+      <c r="H123" s="22">
         <v>8513.4648349199997</v>
       </c>
-      <c r="I123" s="23">
+      <c r="I123" s="22">
         <v>179.46749828</v>
       </c>
-      <c r="J123" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L123" s="25">
+      <c r="J123" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K123" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L123" s="24">
         <v>42694.190175219999</v>
       </c>
-      <c r="M123" s="23">
+      <c r="M123" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N123" s="23">
+      <c r="N123" s="22">
         <v>0.69647179000000004</v>
       </c>
-      <c r="O123" s="23">
+      <c r="O123" s="22">
         <v>-229.04845717000001</v>
       </c>
-      <c r="P123" s="25">
+      <c r="P123" s="24">
         <v>42466.196541419995</v>
       </c>
     </row>
     <row r="124" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="4"/>
       <c r="C124" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D124" s="23">
+      <c r="D124" s="22">
         <v>4615.0020433299997</v>
       </c>
-      <c r="E124" s="23">
+      <c r="E124" s="22">
         <v>29646.32877461</v>
       </c>
-      <c r="F124" s="23">
+      <c r="F124" s="22">
         <v>390.06905221</v>
       </c>
-      <c r="G124" s="25">
+      <c r="G124" s="24">
         <v>34651.399870150002</v>
       </c>
-      <c r="H124" s="23">
+      <c r="H124" s="22">
         <v>8376.9437721400009</v>
       </c>
-      <c r="I124" s="23">
+      <c r="I124" s="22">
         <v>178.80611848000001</v>
       </c>
-      <c r="J124" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L124" s="25">
+      <c r="J124" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K124" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L124" s="24">
         <v>43207.14976077</v>
       </c>
-      <c r="M124" s="23">
+      <c r="M124" s="22">
         <v>0.35835158</v>
       </c>
-      <c r="N124" s="23">
+      <c r="N124" s="22">
         <v>0.69592611999999998</v>
       </c>
-      <c r="O124" s="23">
+      <c r="O124" s="22">
         <v>-208.21600042</v>
       </c>
-      <c r="P124" s="25">
+      <c r="P124" s="24">
         <v>42999.988038050004</v>
       </c>
     </row>
     <row r="125" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="4"/>
       <c r="C125" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D125" s="23">
+      <c r="D125" s="22">
         <v>4532.5618925500003</v>
       </c>
-      <c r="E125" s="23">
+      <c r="E125" s="22">
         <v>29671.4249141</v>
       </c>
-      <c r="F125" s="23">
+      <c r="F125" s="22">
         <v>387.70387144</v>
       </c>
-      <c r="G125" s="25">
+      <c r="G125" s="24">
         <v>34591.690678090003</v>
       </c>
-      <c r="H125" s="23">
+      <c r="H125" s="22">
         <v>8362.6959828800009</v>
       </c>
-      <c r="I125" s="23">
+      <c r="I125" s="22">
         <v>161.76021136</v>
       </c>
-      <c r="J125" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L125" s="25">
+      <c r="J125" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K125" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L125" s="24">
         <v>43116.146872330006</v>
       </c>
-      <c r="M125" s="26" t="s">
-[...2 lines deleted...]
-      <c r="N125" s="23">
+      <c r="M125" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="N125" s="22">
         <v>0.87483942999999997</v>
       </c>
-      <c r="O125" s="23">
+      <c r="O125" s="22">
         <v>-212.59105586000001</v>
       </c>
-      <c r="P125" s="25">
+      <c r="P125" s="24">
         <v>42904.430655900003</v>
       </c>
     </row>
     <row r="126" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="4"/>
       <c r="C126" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D126" s="23">
+      <c r="D126" s="22">
         <v>4500.1732373599998</v>
       </c>
-      <c r="E126" s="23">
+      <c r="E126" s="22">
         <v>29838.015646709999</v>
       </c>
-      <c r="F126" s="23">
+      <c r="F126" s="22">
         <v>413.50726033000001</v>
       </c>
-      <c r="G126" s="25">
+      <c r="G126" s="24">
         <v>34751.696144399997</v>
       </c>
-      <c r="H126" s="23">
+      <c r="H126" s="22">
         <v>8483.4157097299994</v>
       </c>
-      <c r="I126" s="23">
+      <c r="I126" s="22">
         <v>138.01286388</v>
       </c>
-      <c r="J126" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L126" s="25">
+      <c r="J126" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K126" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L126" s="24">
         <v>43373.124718009996</v>
       </c>
-      <c r="M126" s="26" t="s">
-[...2 lines deleted...]
-      <c r="N126" s="23">
+      <c r="M126" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="N126" s="22">
         <v>0.86554905000000004</v>
       </c>
-      <c r="O126" s="23">
+      <c r="O126" s="22">
         <v>-210.98420358000001</v>
       </c>
-      <c r="P126" s="25">
+      <c r="P126" s="24">
         <v>43163.006063479996</v>
       </c>
     </row>
     <row r="127" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="4"/>
       <c r="C127" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D127" s="23">
+      <c r="D127" s="22">
         <v>4483.2429132699999</v>
       </c>
-      <c r="E127" s="23">
+      <c r="E127" s="22">
         <v>30619.660718079998</v>
       </c>
-      <c r="F127" s="23">
+      <c r="F127" s="22">
         <v>419.53373405999997</v>
       </c>
-      <c r="G127" s="25">
+      <c r="G127" s="24">
         <v>35522.437365409998</v>
       </c>
-      <c r="H127" s="23">
+      <c r="H127" s="22">
         <v>8085.92394573</v>
       </c>
-      <c r="I127" s="23">
+      <c r="I127" s="22">
         <v>132.07609146999999</v>
       </c>
-      <c r="J127" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L127" s="25">
+      <c r="J127" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K127" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L127" s="24">
         <v>43740.437402609998</v>
       </c>
-      <c r="M127" s="26" t="s">
-[...2 lines deleted...]
-      <c r="N127" s="23">
+      <c r="M127" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="N127" s="22">
         <v>0.65148198999999996</v>
       </c>
-      <c r="O127" s="23">
+      <c r="O127" s="22">
         <v>-263.60378872000001</v>
       </c>
-      <c r="P127" s="25">
+      <c r="P127" s="24">
         <v>43477.485095879994</v>
       </c>
     </row>
     <row r="128" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="5"/>
       <c r="C128" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D128" s="20">
+      <c r="D128" s="19">
         <v>4529.8271978599996</v>
       </c>
-      <c r="E128" s="20">
+      <c r="E128" s="19">
         <v>30615.318541150002</v>
       </c>
-      <c r="F128" s="20">
+      <c r="F128" s="19">
         <v>417.30343220999998</v>
       </c>
-      <c r="G128" s="21">
+      <c r="G128" s="20">
         <v>35562.449171220003</v>
       </c>
-      <c r="H128" s="20">
+      <c r="H128" s="19">
         <v>8339.8238816499997</v>
       </c>
-      <c r="I128" s="20">
+      <c r="I128" s="19">
         <v>141.26079847</v>
       </c>
-      <c r="J128" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L128" s="21">
+      <c r="J128" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K128" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L128" s="20">
         <v>44043.533851340006</v>
       </c>
-      <c r="M128" s="22" t="s">
-[...5 lines deleted...]
-      <c r="O128" s="20">
+      <c r="M128" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="N128" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="O128" s="19">
         <v>-344.46236756000002</v>
       </c>
-      <c r="P128" s="21">
+      <c r="P128" s="20">
         <v>43699.071483780004</v>
       </c>
     </row>
     <row r="129" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D129" s="23">
+      <c r="D129" s="22">
         <v>4533.1768582900004</v>
       </c>
-      <c r="E129" s="23">
+      <c r="E129" s="22">
         <v>30771.655299499998</v>
       </c>
-      <c r="F129" s="23">
+      <c r="F129" s="22">
         <v>426.40333676</v>
       </c>
-      <c r="G129" s="25">
+      <c r="G129" s="24">
         <v>35731.235494549997</v>
       </c>
-      <c r="H129" s="23">
+      <c r="H129" s="22">
         <v>8255.7850006299996</v>
       </c>
-      <c r="I129" s="23">
+      <c r="I129" s="22">
         <v>138.40416113000001</v>
       </c>
-      <c r="J129" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L129" s="25">
+      <c r="J129" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K129" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L129" s="24">
         <v>44125.424656309995</v>
       </c>
-      <c r="M129" s="23">
+      <c r="M129" s="22">
         <v>267.90043809999997</v>
       </c>
-      <c r="N129" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O129" s="23">
+      <c r="N129" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O129" s="22">
         <v>-330.75733223999998</v>
       </c>
-      <c r="P129" s="25">
+      <c r="P129" s="24">
         <v>44062.567762169994</v>
       </c>
     </row>
     <row r="130" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="6"/>
       <c r="C130" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D130" s="23">
+      <c r="D130" s="22">
         <v>4579.3818357</v>
       </c>
-      <c r="E130" s="23">
+      <c r="E130" s="22">
         <v>31099.149890829998</v>
       </c>
-      <c r="F130" s="23">
+      <c r="F130" s="22">
         <v>438.14860012000003</v>
       </c>
-      <c r="G130" s="25">
+      <c r="G130" s="24">
         <v>36116.680326649999</v>
       </c>
-      <c r="H130" s="23">
+      <c r="H130" s="22">
         <v>8151.9593338300001</v>
       </c>
-      <c r="I130" s="23">
+      <c r="I130" s="22">
         <v>134.28349019999999</v>
       </c>
-      <c r="J130" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L130" s="25">
+      <c r="J130" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K130" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L130" s="24">
         <v>44402.923150679999</v>
       </c>
-      <c r="M130" s="23">
+      <c r="M130" s="22">
         <v>429.33292616</v>
       </c>
-      <c r="N130" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O130" s="23">
+      <c r="N130" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O130" s="22">
         <v>-468.93947758000002</v>
       </c>
-      <c r="P130" s="25">
+      <c r="P130" s="24">
         <v>44363.316599259997</v>
       </c>
     </row>
     <row r="131" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="6"/>
       <c r="C131" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D131" s="23">
+      <c r="D131" s="22">
         <v>4588.5443153899996</v>
       </c>
-      <c r="E131" s="23">
+      <c r="E131" s="22">
         <v>31534.816336939999</v>
       </c>
-      <c r="F131" s="23">
+      <c r="F131" s="22">
         <v>447.31368620000001</v>
       </c>
-      <c r="G131" s="25">
+      <c r="G131" s="24">
         <v>36570.67433853</v>
       </c>
-      <c r="H131" s="23">
+      <c r="H131" s="22">
         <v>8096.9042918200003</v>
       </c>
-      <c r="I131" s="23">
+      <c r="I131" s="22">
         <v>132.50387606999999</v>
       </c>
-      <c r="J131" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L131" s="25">
+      <c r="J131" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K131" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L131" s="24">
         <v>44800.082506420003</v>
       </c>
-      <c r="M131" s="23">
+      <c r="M131" s="22">
         <v>375.05964539000001</v>
       </c>
-      <c r="N131" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O131" s="23">
+      <c r="N131" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O131" s="22">
         <v>-463.95905592000003</v>
       </c>
-      <c r="P131" s="25">
+      <c r="P131" s="24">
         <v>44711.183095890003</v>
       </c>
     </row>
     <row r="132" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="6"/>
       <c r="C132" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D132" s="23">
+      <c r="D132" s="22">
         <v>4635.5474272600004</v>
       </c>
-      <c r="E132" s="23">
+      <c r="E132" s="22">
         <v>31754.70329623</v>
       </c>
-      <c r="F132" s="23">
+      <c r="F132" s="22">
         <v>455.28245219000001</v>
       </c>
-      <c r="G132" s="25">
+      <c r="G132" s="24">
         <v>36845.533175680001</v>
       </c>
-      <c r="H132" s="23">
+      <c r="H132" s="22">
         <v>8211.69535335</v>
       </c>
-      <c r="I132" s="23">
+      <c r="I132" s="22">
         <v>132.93375270999999</v>
       </c>
-      <c r="J132" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L132" s="25">
+      <c r="J132" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K132" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L132" s="24">
         <v>45190.162281739998</v>
       </c>
-      <c r="M132" s="23">
+      <c r="M132" s="22">
         <v>487.95082640999999</v>
       </c>
-      <c r="N132" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O132" s="23">
+      <c r="N132" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O132" s="22">
         <v>-481.40996594000001</v>
       </c>
-      <c r="P132" s="25">
+      <c r="P132" s="24">
         <v>45196.703142209997</v>
       </c>
     </row>
     <row r="133" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B133" s="6"/>
       <c r="C133" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D133" s="23">
+      <c r="D133" s="22">
         <v>4730.0914278199998</v>
       </c>
-      <c r="E133" s="23">
+      <c r="E133" s="22">
         <v>32444.14308469</v>
       </c>
-      <c r="F133" s="23">
+      <c r="F133" s="22">
         <v>452.53744338000001</v>
       </c>
-      <c r="G133" s="25">
+      <c r="G133" s="24">
         <v>37626.771955889999</v>
       </c>
-      <c r="H133" s="23">
+      <c r="H133" s="22">
         <v>7976.0621111500004</v>
       </c>
-      <c r="I133" s="23">
+      <c r="I133" s="22">
         <v>119.69082772</v>
       </c>
-      <c r="J133" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L133" s="25">
+      <c r="J133" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K133" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L133" s="24">
         <v>45722.524894759998</v>
       </c>
-      <c r="M133" s="23">
+      <c r="M133" s="22">
         <v>481.93698007</v>
       </c>
-      <c r="N133" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O133" s="23">
+      <c r="N133" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O133" s="22">
         <v>-532.67607594000003</v>
       </c>
-      <c r="P133" s="25">
+      <c r="P133" s="24">
         <v>45671.78579889</v>
       </c>
     </row>
     <row r="134" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B134" s="6"/>
       <c r="C134" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D134" s="23">
+      <c r="D134" s="22">
         <v>4859.0860517000001</v>
       </c>
-      <c r="E134" s="23">
+      <c r="E134" s="22">
         <v>33186.658397339997</v>
       </c>
-      <c r="F134" s="23">
+      <c r="F134" s="22">
         <v>466.04496952</v>
       </c>
-      <c r="G134" s="25">
+      <c r="G134" s="24">
         <v>38511.789418560002</v>
       </c>
-      <c r="H134" s="23">
+      <c r="H134" s="22">
         <v>7797.1769545099996</v>
       </c>
-      <c r="I134" s="23">
+      <c r="I134" s="22">
         <v>119.53029499</v>
       </c>
-      <c r="J134" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L134" s="25">
+      <c r="J134" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K134" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L134" s="24">
         <v>46428.496668060005</v>
       </c>
-      <c r="M134" s="23">
+      <c r="M134" s="22">
         <v>497.19672751000002</v>
       </c>
-      <c r="N134" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O134" s="23">
+      <c r="N134" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O134" s="22">
         <v>-452.77223960999999</v>
       </c>
-      <c r="P134" s="25">
+      <c r="P134" s="24">
         <v>46472.921155960008</v>
       </c>
     </row>
     <row r="135" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B135" s="6"/>
       <c r="C135" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D135" s="23">
+      <c r="D135" s="22">
         <v>5069.8405138899998</v>
       </c>
-      <c r="E135" s="23">
+      <c r="E135" s="22">
         <v>34366.879627859998</v>
       </c>
-      <c r="F135" s="23">
+      <c r="F135" s="22">
         <v>476.83322091999997</v>
       </c>
-      <c r="G135" s="25">
+      <c r="G135" s="24">
         <v>39913.553362669998</v>
       </c>
-      <c r="H135" s="23">
+      <c r="H135" s="22">
         <v>7803.3061791500004</v>
       </c>
-      <c r="I135" s="23">
+      <c r="I135" s="22">
         <v>120.78609537</v>
       </c>
-      <c r="J135" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L135" s="25">
+      <c r="J135" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K135" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L135" s="24">
         <v>47837.645637189999</v>
       </c>
-      <c r="M135" s="23">
+      <c r="M135" s="22">
         <v>890.14823638999997</v>
       </c>
-      <c r="N135" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O135" s="23">
+      <c r="N135" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O135" s="22">
         <v>-506.45394641000001</v>
       </c>
-      <c r="P135" s="25">
+      <c r="P135" s="24">
         <v>48221.339927169996</v>
       </c>
     </row>
     <row r="136" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="6"/>
       <c r="C136" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D136" s="23">
+      <c r="D136" s="22">
         <v>5070.5257838400003</v>
       </c>
-      <c r="E136" s="23">
+      <c r="E136" s="22">
         <v>35577.028589189998</v>
       </c>
-      <c r="F136" s="23">
+      <c r="F136" s="22">
         <v>478.1890381</v>
       </c>
-      <c r="G136" s="25">
+      <c r="G136" s="24">
         <v>41125.743411130003</v>
       </c>
-      <c r="H136" s="23">
+      <c r="H136" s="22">
         <v>7712.0747564200001</v>
       </c>
-      <c r="I136" s="23">
+      <c r="I136" s="22">
         <v>122.19493244</v>
       </c>
-      <c r="J136" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L136" s="25">
+      <c r="J136" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K136" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L136" s="24">
         <v>48960.013099989999</v>
       </c>
-      <c r="M136" s="23">
+      <c r="M136" s="22">
         <v>781.62307133000002</v>
       </c>
-      <c r="N136" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O136" s="23">
+      <c r="N136" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O136" s="22">
         <v>-547.36328599000001</v>
       </c>
-      <c r="P136" s="25">
+      <c r="P136" s="24">
         <v>49194.27288533</v>
       </c>
     </row>
     <row r="137" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B137" s="6"/>
       <c r="C137" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D137" s="23">
+      <c r="D137" s="22">
         <v>4958.69321021</v>
       </c>
-      <c r="E137" s="23">
+      <c r="E137" s="22">
         <v>35888.09484333</v>
       </c>
-      <c r="F137" s="23">
+      <c r="F137" s="22">
         <v>499.03891107999999</v>
       </c>
-      <c r="G137" s="25">
+      <c r="G137" s="24">
         <v>41345.826964620006</v>
       </c>
-      <c r="H137" s="23">
+      <c r="H137" s="22">
         <v>7544.4152815199996</v>
       </c>
-      <c r="I137" s="23">
+      <c r="I137" s="22">
         <v>112.78711422000001</v>
       </c>
-      <c r="J137" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L137" s="25">
+      <c r="J137" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K137" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L137" s="24">
         <v>49003.029360360008</v>
       </c>
-      <c r="M137" s="23">
+      <c r="M137" s="22">
         <v>793.66651855999999</v>
       </c>
-      <c r="N137" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O137" s="23">
+      <c r="N137" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O137" s="22">
         <v>-530.47218267000005</v>
       </c>
-      <c r="P137" s="25">
+      <c r="P137" s="24">
         <v>49266.22369625001</v>
       </c>
     </row>
     <row r="138" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B138" s="6"/>
       <c r="C138" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D138" s="23">
+      <c r="D138" s="22">
         <v>4874.1772608900001</v>
       </c>
-      <c r="E138" s="23">
+      <c r="E138" s="22">
         <v>36034.022851319998</v>
       </c>
-      <c r="F138" s="23">
+      <c r="F138" s="22">
         <v>492.85050953000001</v>
       </c>
-      <c r="G138" s="25">
+      <c r="G138" s="24">
         <v>41401.050621739996</v>
       </c>
-      <c r="H138" s="23">
+      <c r="H138" s="22">
         <v>7772.7354519700002</v>
       </c>
-      <c r="I138" s="23">
+      <c r="I138" s="22">
         <v>115.51080579000001</v>
       </c>
-      <c r="J138" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L138" s="25">
+      <c r="J138" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K138" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L138" s="24">
         <v>49289.296879499998</v>
       </c>
-      <c r="M138" s="23">
+      <c r="M138" s="22">
         <v>621.71538403</v>
       </c>
-      <c r="N138" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O138" s="23">
+      <c r="N138" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O138" s="22">
         <v>-292.19332696999999</v>
       </c>
-      <c r="P138" s="25">
+      <c r="P138" s="24">
         <v>49618.818936559997</v>
       </c>
     </row>
     <row r="139" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B139" s="6"/>
       <c r="C139" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D139" s="23">
+      <c r="D139" s="22">
         <v>4798.41820852</v>
       </c>
-      <c r="E139" s="23">
+      <c r="E139" s="22">
         <v>36484.531674010002</v>
       </c>
-      <c r="F139" s="23">
+      <c r="F139" s="22">
         <v>505.15647014000001</v>
       </c>
-      <c r="G139" s="25">
+      <c r="G139" s="24">
         <v>41788.106352670002</v>
       </c>
-      <c r="H139" s="23">
+      <c r="H139" s="22">
         <v>7552.4921022500002</v>
       </c>
-      <c r="I139" s="23">
+      <c r="I139" s="22">
         <v>114.42301268999999</v>
       </c>
-      <c r="J139" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L139" s="25">
+      <c r="J139" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K139" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L139" s="24">
         <v>49455.02146761</v>
       </c>
-      <c r="M139" s="23">
+      <c r="M139" s="22">
         <v>489.87646567000002</v>
       </c>
-      <c r="N139" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O139" s="23">
+      <c r="N139" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O139" s="22">
         <v>-185.92597194999999</v>
       </c>
-      <c r="P139" s="25">
+      <c r="P139" s="24">
         <v>49758.971961330004</v>
       </c>
     </row>
     <row r="140" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B140" s="7"/>
       <c r="C140" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D140" s="20">
+      <c r="D140" s="19">
         <v>4809.3497002100003</v>
       </c>
-      <c r="E140" s="20">
+      <c r="E140" s="19">
         <v>36718.55877946</v>
       </c>
-      <c r="F140" s="20">
+      <c r="F140" s="19">
         <v>512.96640028000002</v>
       </c>
-      <c r="G140" s="21">
+      <c r="G140" s="20">
         <v>42040.874879949995</v>
       </c>
-      <c r="H140" s="20">
+      <c r="H140" s="19">
         <v>7602.3645140299996</v>
       </c>
-      <c r="I140" s="20">
+      <c r="I140" s="19">
         <v>107.78376400000001</v>
       </c>
-      <c r="J140" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L140" s="21">
+      <c r="J140" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K140" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L140" s="20">
         <v>49751.023157979995</v>
       </c>
-      <c r="M140" s="20">
+      <c r="M140" s="19">
         <v>619.30033400000002</v>
       </c>
-      <c r="N140" s="22" t="s">
-[...2 lines deleted...]
-      <c r="O140" s="20">
+      <c r="N140" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="O140" s="19">
         <v>-118.10678043999999</v>
       </c>
-      <c r="P140" s="21">
+      <c r="P140" s="20">
         <v>50252.216711539993</v>
       </c>
     </row>
     <row r="141" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B141" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C141" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D141" s="23">
+      <c r="D141" s="22">
         <v>4672.2617912599999</v>
       </c>
-      <c r="E141" s="23">
+      <c r="E141" s="22">
         <v>36897.706643220001</v>
       </c>
-      <c r="F141" s="23">
+      <c r="F141" s="22">
         <v>519.61900003999995</v>
       </c>
-      <c r="G141" s="25">
+      <c r="G141" s="24">
         <v>42089.587434519999</v>
       </c>
-      <c r="H141" s="23">
+      <c r="H141" s="22">
         <v>7491.0117392399998</v>
       </c>
-      <c r="I141" s="23">
+      <c r="I141" s="22">
         <v>108.8261534</v>
       </c>
-      <c r="J141" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L141" s="25">
+      <c r="J141" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K141" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L141" s="24">
         <v>49689.425327160003</v>
       </c>
-      <c r="M141" s="23">
+      <c r="M141" s="22">
         <v>900.86059390000003</v>
       </c>
-      <c r="N141" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O141" s="23">
+      <c r="N141" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O141" s="22">
         <v>-369.53080725000001</v>
       </c>
-      <c r="P141" s="25">
+      <c r="P141" s="24">
         <v>50220.755113810003</v>
       </c>
     </row>
     <row r="142" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B142" s="6"/>
       <c r="C142" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D142" s="23">
+      <c r="D142" s="22">
         <v>4623.63435338</v>
       </c>
-      <c r="E142" s="23">
+      <c r="E142" s="22">
         <v>37279.542780629999</v>
       </c>
-      <c r="F142" s="23">
+      <c r="F142" s="22">
         <v>514.03398357000003</v>
       </c>
-      <c r="G142" s="25">
+      <c r="G142" s="24">
         <v>42417.211117580002</v>
       </c>
-      <c r="H142" s="23">
+      <c r="H142" s="22">
         <v>7232.7802304200004</v>
       </c>
-      <c r="I142" s="23">
+      <c r="I142" s="22">
         <v>113.47131218</v>
       </c>
-      <c r="J142" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L142" s="25">
+      <c r="J142" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K142" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L142" s="24">
         <v>49763.462660180005</v>
       </c>
-      <c r="M142" s="23">
+      <c r="M142" s="22">
         <v>1033.36374065</v>
       </c>
-      <c r="N142" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O142" s="23">
+      <c r="N142" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O142" s="22">
         <v>-325.06720364</v>
       </c>
-      <c r="P142" s="25">
+      <c r="P142" s="24">
         <v>50471.759197190004</v>
       </c>
     </row>
     <row r="143" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="6"/>
       <c r="C143" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D143" s="23">
+      <c r="D143" s="22">
         <v>4604.7636702</v>
       </c>
-      <c r="E143" s="23">
+      <c r="E143" s="22">
         <v>37275.07244417</v>
       </c>
-      <c r="F143" s="23">
+      <c r="F143" s="22">
         <v>533.48472337999999</v>
       </c>
-      <c r="G143" s="25">
+      <c r="G143" s="24">
         <v>42413.320837750005</v>
       </c>
-      <c r="H143" s="23">
+      <c r="H143" s="22">
         <v>7111.6288039499996</v>
       </c>
-      <c r="I143" s="23">
+      <c r="I143" s="22">
         <v>97.651894900000002</v>
       </c>
-      <c r="J143" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L143" s="25">
+      <c r="J143" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K143" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L143" s="24">
         <v>49622.601536600007</v>
       </c>
-      <c r="M143" s="23">
+      <c r="M143" s="22">
         <v>225.52027881999999</v>
       </c>
-      <c r="N143" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O143" s="23">
+      <c r="N143" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O143" s="22">
         <v>-273.96796566</v>
       </c>
-      <c r="P143" s="25">
+      <c r="P143" s="24">
         <v>49574.153849760005</v>
       </c>
     </row>
     <row r="144" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="6"/>
       <c r="C144" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D144" s="23">
+      <c r="D144" s="22">
         <v>4610.2509595600004</v>
       </c>
-      <c r="E144" s="23">
+      <c r="E144" s="22">
         <v>37619.088841819997</v>
       </c>
-      <c r="F144" s="23">
+      <c r="F144" s="22">
         <v>535.53866803000005</v>
       </c>
-      <c r="G144" s="25">
+      <c r="G144" s="24">
         <v>42764.878469409996</v>
       </c>
-      <c r="H144" s="23">
+      <c r="H144" s="22">
         <v>7079.6343784500004</v>
       </c>
-      <c r="I144" s="23">
+      <c r="I144" s="22">
         <v>101.73088057</v>
       </c>
-      <c r="J144" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L144" s="25">
+      <c r="J144" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K144" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L144" s="24">
         <v>49946.243728429996</v>
       </c>
-      <c r="M144" s="23">
+      <c r="M144" s="22">
         <v>406.21484154000001</v>
       </c>
-      <c r="N144" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O144" s="23">
+      <c r="N144" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O144" s="22">
         <v>-310.10951626000002</v>
       </c>
-      <c r="P144" s="25">
+      <c r="P144" s="24">
         <v>50042.349053709993</v>
       </c>
     </row>
     <row r="145" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="6"/>
       <c r="C145" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D145" s="23">
+      <c r="D145" s="22">
         <v>4616.2747671300003</v>
       </c>
-      <c r="E145" s="23">
+      <c r="E145" s="22">
         <v>38587.029850250001</v>
       </c>
-      <c r="F145" s="23">
+      <c r="F145" s="22">
         <v>535.69914090999998</v>
       </c>
-      <c r="G145" s="25">
+      <c r="G145" s="24">
         <v>43739.003758290004</v>
       </c>
-      <c r="H145" s="23">
+      <c r="H145" s="22">
         <v>6863.6752432900003</v>
       </c>
-      <c r="I145" s="23">
+      <c r="I145" s="22">
         <v>106.88759514</v>
       </c>
-      <c r="J145" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L145" s="25">
+      <c r="J145" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K145" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L145" s="24">
         <v>50709.566596720004</v>
       </c>
-      <c r="M145" s="23">
+      <c r="M145" s="22">
         <v>1033.8640178400001</v>
       </c>
-      <c r="N145" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O145" s="23">
+      <c r="N145" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O145" s="22">
         <v>-288.9143689</v>
       </c>
-      <c r="P145" s="25">
+      <c r="P145" s="24">
         <v>51454.516245660008</v>
       </c>
     </row>
     <row r="146" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="6"/>
       <c r="C146" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D146" s="23">
+      <c r="D146" s="22">
         <v>4681.5971734300001</v>
       </c>
-      <c r="E146" s="23">
+      <c r="E146" s="22">
         <v>40248.383982480002</v>
       </c>
-      <c r="F146" s="23">
+      <c r="F146" s="22">
         <v>562.41940517</v>
       </c>
-      <c r="G146" s="25">
+      <c r="G146" s="24">
         <v>45492.400561079994</v>
       </c>
-      <c r="H146" s="23">
+      <c r="H146" s="22">
         <v>6882.0008246300004</v>
       </c>
-      <c r="I146" s="23">
+      <c r="I146" s="22">
         <v>110.61269485</v>
       </c>
-      <c r="J146" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L146" s="25">
+      <c r="J146" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K146" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L146" s="24">
         <v>52485.014080559995</v>
       </c>
-      <c r="M146" s="23">
+      <c r="M146" s="22">
         <v>505.56966903</v>
       </c>
-      <c r="N146" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O146" s="23">
+      <c r="N146" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O146" s="22">
         <v>-348.53189663000001</v>
       </c>
-      <c r="P146" s="25">
+      <c r="P146" s="24">
         <v>52642.051852960001</v>
       </c>
     </row>
     <row r="147" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="6"/>
       <c r="C147" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D147" s="23">
+      <c r="D147" s="22">
         <v>4737.32074044</v>
       </c>
-      <c r="E147" s="23">
+      <c r="E147" s="22">
         <v>41906.806868339998</v>
       </c>
-      <c r="F147" s="23">
+      <c r="F147" s="22">
         <v>579.28871704000005</v>
       </c>
-      <c r="G147" s="25">
+      <c r="G147" s="24">
         <v>47223.416325819999</v>
       </c>
-      <c r="H147" s="23">
+      <c r="H147" s="22">
         <v>7068.6161849700002</v>
       </c>
-      <c r="I147" s="23">
+      <c r="I147" s="22">
         <v>112.23668161000001</v>
       </c>
-      <c r="J147" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L147" s="25">
+      <c r="J147" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K147" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L147" s="24">
         <v>54404.269192399996</v>
       </c>
-      <c r="M147" s="23">
+      <c r="M147" s="22">
         <v>867.46711743000003</v>
       </c>
-      <c r="N147" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O147" s="23">
+      <c r="N147" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O147" s="22">
         <v>-168.26469184000001</v>
       </c>
-      <c r="P147" s="25">
+      <c r="P147" s="24">
         <v>55103.471617989999</v>
       </c>
     </row>
     <row r="148" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="6"/>
       <c r="C148" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D148" s="23">
+      <c r="D148" s="22">
         <v>4413.3581329999997</v>
       </c>
-      <c r="E148" s="23">
+      <c r="E148" s="22">
         <v>43368.323279830001</v>
       </c>
-      <c r="F148" s="23">
+      <c r="F148" s="22">
         <v>592.51767379</v>
       </c>
-      <c r="G148" s="25">
+      <c r="G148" s="24">
         <v>48374.199086619999</v>
       </c>
-      <c r="H148" s="23">
+      <c r="H148" s="22">
         <v>6844.5000924300002</v>
       </c>
-      <c r="I148" s="23">
+      <c r="I148" s="22">
         <v>110.59748218999999</v>
       </c>
-      <c r="J148" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L148" s="25">
+      <c r="J148" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K148" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L148" s="24">
         <v>55329.296661239998</v>
       </c>
-      <c r="M148" s="23">
+      <c r="M148" s="22">
         <v>420.29887704999999</v>
       </c>
-      <c r="N148" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O148" s="23">
+      <c r="N148" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O148" s="22">
         <v>-68.488345150000001</v>
       </c>
-      <c r="P148" s="25">
+      <c r="P148" s="24">
         <v>55681.10719314</v>
       </c>
     </row>
     <row r="149" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="6"/>
       <c r="C149" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D149" s="23">
+      <c r="D149" s="22">
         <v>4025.6565729200001</v>
       </c>
-      <c r="E149" s="23">
+      <c r="E149" s="22">
         <v>43400.922553949997</v>
       </c>
-      <c r="F149" s="23">
+      <c r="F149" s="22">
         <v>597.31330104000006</v>
       </c>
-      <c r="G149" s="25">
+      <c r="G149" s="24">
         <v>48023.892427910003</v>
       </c>
-      <c r="H149" s="23">
+      <c r="H149" s="22">
         <v>7090.8190700100004</v>
       </c>
-      <c r="I149" s="23">
+      <c r="I149" s="22">
         <v>109.13800283</v>
       </c>
-      <c r="J149" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L149" s="25">
+      <c r="J149" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K149" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L149" s="24">
         <v>55223.849500750002</v>
       </c>
-      <c r="M149" s="23">
+      <c r="M149" s="22">
         <v>495.68509820000003</v>
       </c>
-      <c r="N149" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O149" s="23">
+      <c r="N149" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O149" s="22">
         <v>21.257212289999998</v>
       </c>
-      <c r="P149" s="25">
+      <c r="P149" s="24">
         <v>55740.791811240008</v>
       </c>
     </row>
     <row r="150" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B150" s="6"/>
       <c r="C150" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D150" s="23">
+      <c r="D150" s="22">
         <v>3639.5467363299999</v>
       </c>
-      <c r="E150" s="23">
+      <c r="E150" s="22">
         <v>43284.796893960003</v>
       </c>
-      <c r="F150" s="23">
+      <c r="F150" s="22">
         <v>577.11337561000005</v>
       </c>
-      <c r="G150" s="25">
+      <c r="G150" s="24">
         <v>47501.457005899996</v>
       </c>
-      <c r="H150" s="23">
+      <c r="H150" s="22">
         <v>7183.1879369899998</v>
       </c>
-      <c r="I150" s="23">
+      <c r="I150" s="22">
         <v>103.47459558</v>
       </c>
-      <c r="J150" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L150" s="25">
+      <c r="J150" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K150" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L150" s="24">
         <v>54788.119538469997</v>
       </c>
-      <c r="M150" s="23">
+      <c r="M150" s="22">
         <v>1022.52763134</v>
       </c>
-      <c r="N150" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O150" s="23">
+      <c r="N150" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O150" s="22">
         <v>-113.25958660000001</v>
       </c>
-      <c r="P150" s="25">
+      <c r="P150" s="24">
         <v>55697.387583210002</v>
       </c>
     </row>
     <row r="151" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B151" s="6"/>
       <c r="C151" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D151" s="23">
+      <c r="D151" s="22">
         <v>3152.4684348199999</v>
       </c>
-      <c r="E151" s="23">
+      <c r="E151" s="22">
         <v>43213.590797780002</v>
       </c>
-      <c r="F151" s="23">
+      <c r="F151" s="22">
         <v>568.58650393000005</v>
       </c>
-      <c r="G151" s="25">
+      <c r="G151" s="24">
         <v>46934.645736530001</v>
       </c>
-      <c r="H151" s="23">
+      <c r="H151" s="22">
         <v>7265.1800734999997</v>
       </c>
-      <c r="I151" s="23">
+      <c r="I151" s="22">
         <v>102.42604512</v>
       </c>
-      <c r="J151" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L151" s="25">
+      <c r="J151" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K151" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L151" s="24">
         <v>54302.251855150003</v>
       </c>
-      <c r="M151" s="23">
+      <c r="M151" s="22">
         <v>1076.0787048300001</v>
       </c>
-      <c r="N151" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O151" s="23">
+      <c r="N151" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O151" s="22">
         <v>-101.85869826</v>
       </c>
-      <c r="P151" s="25">
+      <c r="P151" s="24">
         <v>55276.471861719998</v>
       </c>
     </row>
     <row r="152" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="7"/>
       <c r="C152" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D152" s="20">
+      <c r="D152" s="19">
         <v>1945.0235409899999</v>
       </c>
-      <c r="E152" s="20">
+      <c r="E152" s="19">
         <v>44884.562720590002</v>
       </c>
-      <c r="F152" s="20">
+      <c r="F152" s="19">
         <v>566.49482132000003</v>
       </c>
-      <c r="G152" s="21">
+      <c r="G152" s="20">
         <v>47396.081082899997</v>
       </c>
-      <c r="H152" s="20">
+      <c r="H152" s="19">
         <v>7296.7197841500001</v>
       </c>
-      <c r="I152" s="20">
+      <c r="I152" s="19">
         <v>95.813427630000007</v>
       </c>
-      <c r="J152" s="22" t="s">
-[...5 lines deleted...]
-      <c r="L152" s="21">
+      <c r="J152" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="K152" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L152" s="20">
         <v>54788.614294679996</v>
       </c>
-      <c r="M152" s="20">
+      <c r="M152" s="19">
         <v>948.47463177999998</v>
       </c>
-      <c r="N152" s="22" t="s">
-[...2 lines deleted...]
-      <c r="O152" s="20">
+      <c r="N152" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="O152" s="19">
         <v>-101.8495844</v>
       </c>
-      <c r="P152" s="21">
+      <c r="P152" s="20">
         <v>55635.239342059998</v>
       </c>
     </row>
     <row r="153" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D153" s="27">
+      <c r="D153" s="26">
         <v>11286.801943619999</v>
       </c>
-      <c r="E153" s="27">
+      <c r="E153" s="26">
         <v>43290.659209919999</v>
       </c>
-      <c r="F153" s="27">
+      <c r="F153" s="26">
         <v>553.16255123999997</v>
       </c>
-      <c r="G153" s="28">
+      <c r="G153" s="27">
         <v>55130.623704780002</v>
       </c>
-      <c r="H153" s="27">
+      <c r="H153" s="26">
         <v>7873.0492411499999</v>
       </c>
-      <c r="I153" s="27">
+      <c r="I153" s="26">
         <v>93.014610649999995</v>
       </c>
-      <c r="J153" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L153" s="28">
+      <c r="J153" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K153" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L153" s="27">
         <v>63096.68755658</v>
       </c>
-      <c r="M153" s="27">
+      <c r="M153" s="26">
         <v>977.88654541999995</v>
       </c>
-      <c r="N153" s="29" t="s">
-[...2 lines deleted...]
-      <c r="O153" s="27">
+      <c r="N153" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O153" s="26">
         <v>33.00133984</v>
       </c>
-      <c r="P153" s="28">
+      <c r="P153" s="27">
         <v>64107.575441840003</v>
       </c>
     </row>
     <row r="154" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="6"/>
       <c r="C154" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D154" s="23">
+      <c r="D154" s="22">
         <v>10687.48553403</v>
       </c>
-      <c r="E154" s="23">
+      <c r="E154" s="22">
         <v>42681.724794430003</v>
       </c>
-      <c r="F154" s="23">
+      <c r="F154" s="22">
         <v>559.70107525000003</v>
       </c>
-      <c r="G154" s="25">
+      <c r="G154" s="24">
         <v>53928.911403710001</v>
       </c>
-      <c r="H154" s="23">
+      <c r="H154" s="22">
         <v>8000.4642155399997</v>
       </c>
-      <c r="I154" s="23">
+      <c r="I154" s="22">
         <v>88.051419600000003</v>
       </c>
-      <c r="J154" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L154" s="25">
+      <c r="J154" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K154" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L154" s="24">
         <v>62017.427038850001</v>
       </c>
-      <c r="M154" s="23">
+      <c r="M154" s="22">
         <v>829.15066575000003</v>
       </c>
-      <c r="N154" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O154" s="23">
+      <c r="N154" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O154" s="22">
         <v>33.00231943</v>
       </c>
-      <c r="P154" s="25">
+      <c r="P154" s="24">
         <v>62879.580024030001</v>
       </c>
     </row>
     <row r="155" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B155" s="6"/>
       <c r="C155" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D155" s="23">
+      <c r="D155" s="22">
         <v>10588.96856388</v>
       </c>
-      <c r="E155" s="23">
+      <c r="E155" s="22">
         <v>41360.394402580001</v>
       </c>
-      <c r="F155" s="23">
+      <c r="F155" s="22">
         <v>532.05525376000003</v>
       </c>
-      <c r="G155" s="25">
+      <c r="G155" s="24">
         <v>52481.418220220003</v>
       </c>
-      <c r="H155" s="23">
+      <c r="H155" s="22">
         <v>8642.0923776399995</v>
       </c>
-      <c r="I155" s="23">
+      <c r="I155" s="22">
         <v>111.34646001999999</v>
       </c>
-      <c r="J155" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L155" s="25">
+      <c r="J155" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K155" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L155" s="24">
         <v>61234.857057879999</v>
       </c>
-      <c r="M155" s="23">
+      <c r="M155" s="22">
         <v>869.12235652000004</v>
       </c>
-      <c r="N155" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O155" s="23">
+      <c r="N155" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O155" s="22">
         <v>33.001254260000003</v>
       </c>
-      <c r="P155" s="25">
+      <c r="P155" s="24">
         <v>62136.980668659999</v>
       </c>
     </row>
     <row r="156" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="6"/>
       <c r="C156" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D156" s="23">
+      <c r="D156" s="22">
         <v>10472.38108666</v>
       </c>
-      <c r="E156" s="23">
+      <c r="E156" s="22">
         <v>41400.933853410002</v>
       </c>
-      <c r="F156" s="23">
+      <c r="F156" s="22">
         <v>544.28192971999999</v>
       </c>
-      <c r="G156" s="25">
+      <c r="G156" s="24">
         <v>52417.596869790003</v>
       </c>
-      <c r="H156" s="23">
+      <c r="H156" s="22">
         <v>8851.8627115199997</v>
       </c>
-      <c r="I156" s="23">
+      <c r="I156" s="22">
         <v>101.03742717999999</v>
       </c>
-      <c r="J156" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L156" s="25">
+      <c r="J156" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K156" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L156" s="24">
         <v>61370.497008489998</v>
       </c>
-      <c r="M156" s="23">
+      <c r="M156" s="22">
         <v>837.02824021000004</v>
       </c>
-      <c r="N156" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O156" s="23">
+      <c r="N156" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O156" s="22">
         <v>33.003692170000001</v>
       </c>
-      <c r="P156" s="25">
+      <c r="P156" s="24">
         <v>62240.528940869997</v>
       </c>
     </row>
     <row r="157" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B157" s="6"/>
       <c r="C157" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D157" s="23">
+      <c r="D157" s="22">
         <v>10230.73083749</v>
       </c>
-      <c r="E157" s="23">
+      <c r="E157" s="22">
         <v>41678.567874300003</v>
       </c>
-      <c r="F157" s="23">
+      <c r="F157" s="22">
         <v>536.77222943000004</v>
       </c>
-      <c r="G157" s="25">
+      <c r="G157" s="24">
         <v>52446.070941220001</v>
       </c>
-      <c r="H157" s="23">
+      <c r="H157" s="22">
         <v>8777.9046629599998</v>
       </c>
-      <c r="I157" s="23">
+      <c r="I157" s="22">
         <v>98.663202749999996</v>
       </c>
-      <c r="J157" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L157" s="25">
+      <c r="J157" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K157" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L157" s="24">
         <v>61322.638806930001</v>
       </c>
-      <c r="M157" s="23">
+      <c r="M157" s="22">
         <v>633.58909600000004</v>
       </c>
-      <c r="N157" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O157" s="23">
+      <c r="N157" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O157" s="22">
         <v>33.003987930000001</v>
       </c>
-      <c r="P157" s="25">
+      <c r="P157" s="24">
         <v>61989.231890859999</v>
       </c>
     </row>
     <row r="158" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B158" s="6"/>
       <c r="C158" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D158" s="23">
+      <c r="D158" s="22">
         <v>10097.769991429999</v>
       </c>
-      <c r="E158" s="23">
+      <c r="E158" s="22">
         <v>42318.933859869998</v>
       </c>
-      <c r="F158" s="23">
+      <c r="F158" s="22">
         <v>523.05978087999995</v>
       </c>
-      <c r="G158" s="25">
+      <c r="G158" s="24">
         <v>52939.763632180002</v>
       </c>
-      <c r="H158" s="23">
+      <c r="H158" s="22">
         <v>8851.4372297800001</v>
       </c>
-      <c r="I158" s="23">
+      <c r="I158" s="22">
         <v>98.869542150000001</v>
       </c>
-      <c r="J158" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L158" s="25">
+      <c r="J158" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K158" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L158" s="24">
         <v>61890.070404110003</v>
       </c>
-      <c r="M158" s="23">
+      <c r="M158" s="22">
         <v>570.74875546999999</v>
       </c>
-      <c r="N158" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O158" s="23">
+      <c r="N158" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O158" s="22">
         <v>33.004054459999999</v>
       </c>
-      <c r="P158" s="25">
+      <c r="P158" s="24">
         <v>62493.82321404</v>
       </c>
     </row>
     <row r="159" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="6"/>
       <c r="C159" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D159" s="23">
+      <c r="D159" s="22">
         <v>9968.5947348999998</v>
       </c>
-      <c r="E159" s="23">
+      <c r="E159" s="22">
         <v>43435.865693330001</v>
       </c>
-      <c r="F159" s="23">
+      <c r="F159" s="22">
         <v>524.63791321999997</v>
       </c>
-      <c r="G159" s="25">
+      <c r="G159" s="24">
         <v>53929.098341450001</v>
       </c>
-      <c r="H159" s="23">
+      <c r="H159" s="22">
         <v>9347.3335420900003</v>
       </c>
-      <c r="I159" s="23">
+      <c r="I159" s="22">
         <v>121.72866679000001</v>
       </c>
-      <c r="J159" s="26" t="s">
-[...5 lines deleted...]
-      <c r="L159" s="25">
+      <c r="J159" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K159" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L159" s="24">
         <v>63398.160550330002</v>
       </c>
-      <c r="M159" s="23">
+      <c r="M159" s="22">
         <v>384.14077136999998</v>
       </c>
-      <c r="N159" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O159" s="23">
+      <c r="N159" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O159" s="22">
         <v>33.004295120000002</v>
       </c>
-      <c r="P159" s="25">
+      <c r="P159" s="24">
         <v>63815.305616819998</v>
       </c>
     </row>
     <row r="160" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="6"/>
       <c r="C160" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D160" s="23">
+      <c r="D160" s="22">
         <v>9797.3025386900008</v>
       </c>
-      <c r="E160" s="23">
+      <c r="E160" s="22">
         <v>44125.32327157</v>
       </c>
-      <c r="F160" s="23">
+      <c r="F160" s="22">
         <v>529.05322377000005</v>
       </c>
-      <c r="G160" s="25">
+      <c r="G160" s="24">
         <v>54451.679034029999</v>
       </c>
-      <c r="H160" s="23">
+      <c r="H160" s="22">
         <v>10123.02085434</v>
       </c>
-      <c r="I160" s="23">
+      <c r="I160" s="22">
         <v>95.555106789999996</v>
       </c>
-      <c r="J160" s="26">
+      <c r="J160" s="25">
         <v>5</v>
       </c>
-      <c r="K160" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L160" s="25">
+      <c r="K160" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L160" s="24">
         <v>64675.254995160001</v>
       </c>
-      <c r="M160" s="23">
+      <c r="M160" s="22">
         <v>693.62749855000004</v>
       </c>
-      <c r="N160" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O160" s="23">
+      <c r="N160" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O160" s="22">
         <v>33.004809870000003</v>
       </c>
-      <c r="P160" s="25">
+      <c r="P160" s="24">
         <v>65401.887303579999</v>
       </c>
     </row>
     <row r="161" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="6"/>
       <c r="C161" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D161" s="23">
+      <c r="D161" s="22">
         <v>10398.807647789999</v>
       </c>
-      <c r="E161" s="23">
+      <c r="E161" s="22">
         <v>43957.055898220002</v>
       </c>
-      <c r="F161" s="23">
+      <c r="F161" s="22">
         <v>1006.68118973</v>
       </c>
-      <c r="G161" s="25">
+      <c r="G161" s="24">
         <v>55362.544735739997</v>
       </c>
-      <c r="H161" s="23">
+      <c r="H161" s="22">
         <v>10633.83400228</v>
       </c>
-      <c r="I161" s="23">
+      <c r="I161" s="22">
         <v>97.898239239999995</v>
       </c>
-      <c r="J161" s="26">
+      <c r="J161" s="25">
         <v>8.3000000000000007</v>
       </c>
-      <c r="K161" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L161" s="25">
+      <c r="K161" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L161" s="24">
         <v>66102.576977260003</v>
       </c>
-      <c r="M161" s="23">
+      <c r="M161" s="22">
         <v>480.87341828000001</v>
       </c>
-      <c r="N161" s="26" t="s">
-[...2 lines deleted...]
-      <c r="O161" s="23">
+      <c r="N161" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="O161" s="22">
         <v>33.005569919999999</v>
       </c>
-      <c r="P161" s="25">
+      <c r="P161" s="24">
         <v>66616.455965460002</v>
       </c>
     </row>
     <row r="162" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B162" s="6"/>
       <c r="C162" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D162" s="23">
+      <c r="D162" s="22">
         <v>10271.304525830001</v>
       </c>
-      <c r="E162" s="23">
+      <c r="E162" s="22">
         <v>42915.308455840001</v>
       </c>
-      <c r="F162" s="23">
+      <c r="F162" s="22">
         <v>525.86308695000002</v>
       </c>
-      <c r="G162" s="25">
+      <c r="G162" s="24">
         <v>53712.476068620002</v>
       </c>
-      <c r="H162" s="23">
+      <c r="H162" s="22">
         <v>11534.04632071</v>
       </c>
-      <c r="I162" s="23">
+      <c r="I162" s="22">
         <v>123.23536066</v>
       </c>
-      <c r="J162" s="26">
+      <c r="J162" s="25">
         <v>11.56</v>
       </c>
-      <c r="K162" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L162" s="25">
+      <c r="K162" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L162" s="24">
         <v>65381.317749989998</v>
       </c>
-      <c r="M162" s="23">
+      <c r="M162" s="22">
         <v>955.82801778999999</v>
       </c>
-      <c r="N162" s="26">
+      <c r="N162" s="25">
         <v>1.2404228399999999</v>
       </c>
-      <c r="O162" s="23">
+      <c r="O162" s="22">
         <v>33.006626939999997</v>
       </c>
-      <c r="P162" s="25">
+      <c r="P162" s="24">
         <v>66371.392817560001</v>
       </c>
     </row>
     <row r="163" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B163" s="6"/>
       <c r="C163" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D163" s="23">
+      <c r="D163" s="22">
         <v>10320.344136629999</v>
       </c>
-      <c r="E163" s="23">
+      <c r="E163" s="22">
         <v>42007.604356579999</v>
       </c>
-      <c r="F163" s="23">
+      <c r="F163" s="22">
         <v>512.55192488</v>
       </c>
-      <c r="G163" s="25">
+      <c r="G163" s="24">
         <v>52840.50041809</v>
       </c>
-      <c r="H163" s="23">
+      <c r="H163" s="22">
         <v>11799.7205557</v>
       </c>
-      <c r="I163" s="23">
+      <c r="I163" s="22">
         <v>100.07515334999999</v>
       </c>
-      <c r="J163" s="26">
+      <c r="J163" s="25">
         <v>12.56</v>
       </c>
-      <c r="K163" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L163" s="25">
+      <c r="K163" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L163" s="24">
         <v>64752.856127140003</v>
       </c>
-      <c r="M163" s="23">
+      <c r="M163" s="22">
         <v>777.01740768000002</v>
       </c>
-      <c r="N163" s="26">
+      <c r="N163" s="25">
         <v>3.6793809500000001</v>
       </c>
-      <c r="O163" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P163" s="25">
+      <c r="O163" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P163" s="24">
         <v>65533.55291577</v>
       </c>
     </row>
     <row r="164" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B164" s="7"/>
       <c r="C164" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D164" s="20">
+      <c r="D164" s="19">
         <v>10297.55608249</v>
       </c>
-      <c r="E164" s="20">
+      <c r="E164" s="19">
         <v>42744.613634820002</v>
       </c>
-      <c r="F164" s="20">
+      <c r="F164" s="19">
         <v>507.85681183000003</v>
       </c>
-      <c r="G164" s="21">
+      <c r="G164" s="20">
         <v>53550.026529139999</v>
       </c>
-      <c r="H164" s="20">
+      <c r="H164" s="19">
         <v>12912.417567320001</v>
       </c>
-      <c r="I164" s="20">
+      <c r="I164" s="19">
         <v>233.52956155999999</v>
       </c>
-      <c r="J164" s="22">
+      <c r="J164" s="21">
         <v>9.5</v>
       </c>
-      <c r="K164" s="22" t="s">
-[...2 lines deleted...]
-      <c r="L164" s="21">
+      <c r="K164" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L164" s="20">
         <v>66705.473658019997</v>
       </c>
-      <c r="M164" s="20">
+      <c r="M164" s="19">
         <v>737.58552513999996</v>
       </c>
-      <c r="N164" s="22">
+      <c r="N164" s="21">
         <v>24.359856659999998</v>
       </c>
-      <c r="O164" s="20" t="s">
-[...2 lines deleted...]
-      <c r="P164" s="21">
+      <c r="O164" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="P164" s="20">
         <v>67467.419039820001</v>
       </c>
     </row>
     <row r="165" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B165" s="33" t="s">
+      <c r="B165" s="32" t="s">
         <v>44</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D165" s="23">
+      <c r="D165" s="22">
         <v>9095.4268807699991</v>
       </c>
-      <c r="E165" s="23">
+      <c r="E165" s="22">
         <v>41494.769400600002</v>
       </c>
-      <c r="F165" s="23">
+      <c r="F165" s="22">
         <v>505.45796902000001</v>
       </c>
-      <c r="G165" s="25">
+      <c r="G165" s="24">
         <v>51095.654250389998</v>
       </c>
-      <c r="H165" s="23">
+      <c r="H165" s="22">
         <v>13369.02303532</v>
       </c>
-      <c r="I165" s="23">
+      <c r="I165" s="22">
         <v>208.54687382</v>
       </c>
-      <c r="J165" s="26">
+      <c r="J165" s="25">
         <v>5.5</v>
       </c>
-      <c r="K165" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L165" s="25">
+      <c r="K165" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L165" s="24">
         <v>64678.72415953</v>
       </c>
-      <c r="M165" s="23">
+      <c r="M165" s="22">
         <v>624.76890589000004</v>
       </c>
-      <c r="N165" s="26">
+      <c r="N165" s="25">
         <v>61.468280380000003</v>
       </c>
-      <c r="O165" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P165" s="25">
+      <c r="O165" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P165" s="24">
         <v>65364.961345800002</v>
       </c>
     </row>
     <row r="166" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B166" s="6"/>
       <c r="C166" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D166" s="23">
+      <c r="D166" s="22">
         <v>9489.9036861000004</v>
       </c>
-      <c r="E166" s="23">
+      <c r="E166" s="22">
         <v>40202.681994669998</v>
       </c>
-      <c r="F166" s="23">
+      <c r="F166" s="22">
         <v>497.52213749999999</v>
       </c>
-      <c r="G166" s="25">
+      <c r="G166" s="24">
         <v>50190.10781827</v>
       </c>
-      <c r="H166" s="23">
+      <c r="H166" s="22">
         <v>13564.18977334</v>
       </c>
-      <c r="I166" s="23">
+      <c r="I166" s="22">
         <v>230.74373740999999</v>
       </c>
-      <c r="J166" s="26">
+      <c r="J166" s="25">
         <v>1</v>
       </c>
-      <c r="K166" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L166" s="25">
+      <c r="K166" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L166" s="24">
         <v>63986.041329020001</v>
       </c>
-      <c r="M166" s="23">
+      <c r="M166" s="22">
         <v>1028.47561836</v>
       </c>
-      <c r="N166" s="26">
+      <c r="N166" s="25">
         <v>106.06144954</v>
       </c>
-      <c r="O166" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P166" s="25">
+      <c r="O166" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P166" s="24">
         <v>65120.578396919998</v>
       </c>
     </row>
     <row r="167" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B167" s="6"/>
       <c r="C167" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D167" s="23">
+      <c r="D167" s="22">
         <v>9612.5178940599999</v>
       </c>
-      <c r="E167" s="23">
+      <c r="E167" s="22">
         <v>39465.331775359999</v>
       </c>
-      <c r="F167" s="23">
+      <c r="F167" s="22">
         <v>507.29888584000003</v>
       </c>
-      <c r="G167" s="25">
+      <c r="G167" s="24">
         <v>49585.148555259999</v>
       </c>
-      <c r="H167" s="23">
+      <c r="H167" s="22">
         <v>14441.480588369999</v>
       </c>
-      <c r="I167" s="23">
+      <c r="I167" s="22">
         <v>213.93278637</v>
       </c>
-      <c r="J167" s="26">
+      <c r="J167" s="25">
         <v>5.5</v>
       </c>
-      <c r="K167" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L167" s="25">
+      <c r="K167" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L167" s="24">
         <v>64246.061930000003</v>
       </c>
-      <c r="M167" s="23">
+      <c r="M167" s="22">
         <v>817.15181875999997</v>
       </c>
-      <c r="N167" s="26">
+      <c r="N167" s="25">
         <v>210.52906535</v>
       </c>
-      <c r="O167" s="23">
+      <c r="O167" s="22">
         <v>-3.7754184999999998</v>
       </c>
-      <c r="P167" s="25">
+      <c r="P167" s="24">
         <v>65269.967395610001</v>
       </c>
     </row>
     <row r="168" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B168" s="6"/>
       <c r="C168" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D168" s="23">
+      <c r="D168" s="22">
         <v>9496.5315128300008</v>
       </c>
-      <c r="E168" s="23">
+      <c r="E168" s="22">
         <v>39587.97507434</v>
       </c>
-      <c r="F168" s="23">
+      <c r="F168" s="22">
         <v>495.38639004999999</v>
       </c>
-      <c r="G168" s="25">
+      <c r="G168" s="24">
         <v>49579.892977219999</v>
       </c>
-      <c r="H168" s="23">
+      <c r="H168" s="22">
         <v>14458.48695106</v>
       </c>
-      <c r="I168" s="23">
+      <c r="I168" s="22">
         <v>227.26366655000001</v>
       </c>
-      <c r="J168" s="26">
+      <c r="J168" s="25">
         <v>5.5</v>
       </c>
-      <c r="K168" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L168" s="25">
+      <c r="K168" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L168" s="24">
         <v>64271.143594829999</v>
       </c>
-      <c r="M168" s="23">
+      <c r="M168" s="22">
         <v>592.28677100000004</v>
       </c>
-      <c r="N168" s="26">
+      <c r="N168" s="25">
         <v>276.62781287000001</v>
       </c>
-      <c r="O168" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P168" s="25">
+      <c r="O168" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P168" s="24">
         <v>65140.058178699997</v>
       </c>
     </row>
     <row r="169" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B169" s="6"/>
       <c r="C169" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D169" s="23">
+      <c r="D169" s="22">
         <v>9475.8191600400005</v>
       </c>
-      <c r="E169" s="23">
+      <c r="E169" s="22">
         <v>39655.893512889998</v>
       </c>
-      <c r="F169" s="23">
+      <c r="F169" s="22">
         <v>499.67135149000001</v>
       </c>
-      <c r="G169" s="25">
+      <c r="G169" s="24">
         <v>49631.384024419996</v>
       </c>
-      <c r="H169" s="23">
+      <c r="H169" s="22">
         <v>14680.88913621</v>
       </c>
-      <c r="I169" s="23">
+      <c r="I169" s="22">
         <v>257.72815115999998</v>
       </c>
-      <c r="J169" s="26">
+      <c r="J169" s="25">
         <v>6</v>
       </c>
-      <c r="K169" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L169" s="25">
+      <c r="K169" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L169" s="24">
         <v>64576.001311790002</v>
       </c>
-      <c r="M169" s="23">
+      <c r="M169" s="22">
         <v>665.45332810000002</v>
       </c>
-      <c r="N169" s="26">
+      <c r="N169" s="25">
         <v>321.81606536999999</v>
       </c>
-      <c r="O169" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P169" s="25">
+      <c r="O169" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P169" s="24">
         <v>65563.270705260002</v>
       </c>
     </row>
     <row r="170" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B170" s="6"/>
       <c r="C170" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D170" s="23">
+      <c r="D170" s="22">
         <v>9579.1196732200005</v>
       </c>
-      <c r="E170" s="23">
+      <c r="E170" s="22">
         <v>40225.953337999999</v>
       </c>
-      <c r="F170" s="23">
+      <c r="F170" s="22">
         <v>492.56047310999998</v>
       </c>
-      <c r="G170" s="25">
+      <c r="G170" s="24">
         <v>50297.633484329999</v>
       </c>
-      <c r="H170" s="23">
+      <c r="H170" s="22">
         <v>14787.400460590001</v>
       </c>
-      <c r="I170" s="23">
+      <c r="I170" s="22">
         <v>285.77274377999998</v>
       </c>
-      <c r="J170" s="26">
+      <c r="J170" s="25">
         <v>5</v>
       </c>
-      <c r="K170" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L170" s="25">
+      <c r="K170" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L170" s="24">
         <v>65375.806688700002</v>
       </c>
-      <c r="M170" s="23">
+      <c r="M170" s="22">
         <v>727.79855608000003</v>
       </c>
-      <c r="N170" s="26">
+      <c r="N170" s="25">
         <v>384.21103955000001</v>
       </c>
-      <c r="O170" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P170" s="25">
+      <c r="O170" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P170" s="24">
         <v>66487.816284329994</v>
       </c>
     </row>
     <row r="171" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B171" s="6"/>
       <c r="C171" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D171" s="23">
+      <c r="D171" s="22">
         <v>9434.4586455799999</v>
       </c>
-      <c r="E171" s="23">
+      <c r="E171" s="22">
         <v>41722.564135410001</v>
       </c>
-      <c r="F171" s="23">
+      <c r="F171" s="22">
         <v>533.86263078000002</v>
       </c>
-      <c r="G171" s="25">
+      <c r="G171" s="24">
         <v>51690.885411770003</v>
       </c>
-      <c r="H171" s="23">
+      <c r="H171" s="22">
         <v>14445.643248009999</v>
       </c>
-      <c r="I171" s="23">
+      <c r="I171" s="22">
         <v>299.23975493</v>
       </c>
-      <c r="J171" s="26">
+      <c r="J171" s="25">
         <v>3</v>
       </c>
-      <c r="K171" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L171" s="25">
+      <c r="K171" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L171" s="24">
         <v>66438.768414709994</v>
       </c>
-      <c r="M171" s="23">
+      <c r="M171" s="22">
         <v>657.13110188999997</v>
       </c>
-      <c r="N171" s="26">
+      <c r="N171" s="25">
         <v>435.04841347000001</v>
       </c>
-      <c r="O171" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P171" s="25">
+      <c r="O171" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P171" s="24">
         <v>67530.947930070004</v>
       </c>
     </row>
     <row r="172" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B172" s="6"/>
       <c r="C172" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D172" s="23">
+      <c r="D172" s="22">
         <v>9480.1575254199997</v>
       </c>
-      <c r="E172" s="23">
+      <c r="E172" s="22">
         <v>42484.623014370001</v>
       </c>
-      <c r="F172" s="23">
+      <c r="F172" s="22">
         <v>539.41155804000005</v>
       </c>
-      <c r="G172" s="25">
+      <c r="G172" s="24">
         <v>52504.192097829997</v>
       </c>
-      <c r="H172" s="23">
+      <c r="H172" s="22">
         <v>15425.94657385</v>
       </c>
-      <c r="I172" s="23">
+      <c r="I172" s="22">
         <v>265.56104284999998</v>
       </c>
-      <c r="J172" s="26">
+      <c r="J172" s="25">
         <v>3.5</v>
       </c>
-      <c r="K172" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L172" s="25">
+      <c r="K172" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L172" s="24">
         <v>68199.199714529997</v>
       </c>
-      <c r="M172" s="23">
+      <c r="M172" s="22">
         <v>764.42297857999995</v>
       </c>
-      <c r="N172" s="26">
+      <c r="N172" s="25">
         <v>466.36959926999998</v>
       </c>
-      <c r="O172" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P172" s="25">
+      <c r="O172" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P172" s="24">
         <v>69429.992292380004</v>
       </c>
     </row>
     <row r="173" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B173" s="6"/>
       <c r="C173" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D173" s="23">
+      <c r="D173" s="22">
         <v>9623.9327832100007</v>
       </c>
-      <c r="E173" s="23">
+      <c r="E173" s="22">
         <v>42937.765866740003</v>
       </c>
-      <c r="F173" s="23">
+      <c r="F173" s="22">
         <v>518.56160848000002</v>
       </c>
-      <c r="G173" s="25">
+      <c r="G173" s="24">
         <v>53080.260258429997</v>
       </c>
-      <c r="H173" s="23">
+      <c r="H173" s="22">
         <v>14992.05967461</v>
       </c>
-      <c r="I173" s="23">
+      <c r="I173" s="22">
         <v>242.10048080000001</v>
       </c>
-      <c r="J173" s="26">
+      <c r="J173" s="25">
         <v>2</v>
       </c>
-      <c r="K173" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L173" s="25">
+      <c r="K173" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L173" s="24">
         <v>68316.420413839995</v>
       </c>
-      <c r="M173" s="23">
+      <c r="M173" s="22">
         <v>470.75856513000002</v>
       </c>
-      <c r="N173" s="26">
+      <c r="N173" s="25">
         <v>497.69047248999999</v>
       </c>
-      <c r="O173" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P173" s="25">
+      <c r="O173" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P173" s="24">
         <v>69284.869451460007</v>
       </c>
     </row>
     <row r="174" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B174" s="6"/>
       <c r="C174" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D174" s="23">
+      <c r="D174" s="22">
         <v>9693.0586566500006</v>
       </c>
-      <c r="E174" s="23">
+      <c r="E174" s="22">
         <v>42687.926230450001</v>
       </c>
-      <c r="F174" s="23">
+      <c r="F174" s="22">
         <v>490.48802294000001</v>
       </c>
-      <c r="G174" s="25">
+      <c r="G174" s="24">
         <v>52871.47291004</v>
       </c>
-      <c r="H174" s="23">
+      <c r="H174" s="22">
         <v>15274.409191750001</v>
       </c>
-      <c r="I174" s="23">
+      <c r="I174" s="22">
         <v>268.57360614999999</v>
       </c>
-      <c r="J174" s="26">
+      <c r="J174" s="25">
         <v>2</v>
       </c>
-      <c r="K174" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L174" s="25">
+      <c r="K174" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L174" s="24">
         <v>68416.455707939997</v>
       </c>
-      <c r="M174" s="23">
+      <c r="M174" s="22">
         <v>195.14058295999999</v>
       </c>
-      <c r="N174" s="26">
+      <c r="N174" s="25">
         <v>541.06341134000002</v>
       </c>
-      <c r="O174" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P174" s="25">
+      <c r="O174" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P174" s="24">
         <v>69152.659702239995</v>
       </c>
     </row>
     <row r="175" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B175" s="6"/>
       <c r="C175" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D175" s="23">
+      <c r="D175" s="22">
         <v>9781.4527557599995</v>
       </c>
-      <c r="E175" s="23">
+      <c r="E175" s="22">
         <v>43057.980058480003</v>
       </c>
-      <c r="F175" s="23">
+      <c r="F175" s="22">
         <v>484.20014895999998</v>
       </c>
-      <c r="G175" s="25">
+      <c r="G175" s="24">
         <v>53323.632963199998</v>
       </c>
-      <c r="H175" s="23">
+      <c r="H175" s="22">
         <v>15302.78592256</v>
       </c>
-      <c r="I175" s="23">
+      <c r="I175" s="22">
         <v>247.71130708999999</v>
       </c>
-      <c r="J175" s="26">
+      <c r="J175" s="25">
         <v>2.2000000000000002</v>
       </c>
-      <c r="K175" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L175" s="25">
+      <c r="K175" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L175" s="24">
         <v>68876.33019285</v>
       </c>
-      <c r="M175" s="23">
+      <c r="M175" s="22">
         <v>269.94603790999997</v>
       </c>
-      <c r="N175" s="26">
+      <c r="N175" s="25">
         <v>624.67695780999998</v>
       </c>
-      <c r="O175" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P175" s="25">
+      <c r="O175" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P175" s="24">
         <v>69770.953188569998</v>
       </c>
     </row>
     <row r="176" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B176" s="7"/>
       <c r="C176" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D176" s="20">
+      <c r="D176" s="19">
         <v>9685.9117725100004</v>
       </c>
-      <c r="E176" s="20">
+      <c r="E176" s="19">
         <v>44135.855734930003</v>
       </c>
-      <c r="F176" s="20">
+      <c r="F176" s="19">
         <v>487.46562123000001</v>
       </c>
-      <c r="G176" s="21">
+      <c r="G176" s="20">
         <v>54309.233128669999</v>
       </c>
-      <c r="H176" s="20">
+      <c r="H176" s="19">
         <v>14967.115041229999</v>
       </c>
-      <c r="I176" s="20">
+      <c r="I176" s="19">
         <v>221.62980822</v>
       </c>
-      <c r="J176" s="22">
+      <c r="J176" s="21">
         <v>2.2000000000000002</v>
       </c>
-      <c r="K176" s="22" t="s">
-[...2 lines deleted...]
-      <c r="L176" s="21">
+      <c r="K176" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L176" s="20">
         <v>69500.177978120002</v>
       </c>
-      <c r="M176" s="20">
+      <c r="M176" s="19">
         <v>344.99109107999999</v>
       </c>
-      <c r="N176" s="22">
+      <c r="N176" s="21">
         <v>662.78365898000004</v>
       </c>
-      <c r="O176" s="20" t="s">
-[...2 lines deleted...]
-      <c r="P176" s="21">
+      <c r="O176" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="P176" s="20">
         <v>70507.952728179996</v>
       </c>
     </row>
     <row r="177" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B177" s="34">
+      <c r="B177" s="33">
         <v>2025</v>
       </c>
-      <c r="C177" s="33" t="s">
+      <c r="C177" s="32" t="s">
         <v>15</v>
       </c>
-      <c r="D177" s="35">
+      <c r="D177" s="34">
         <v>9814.4944931400005</v>
       </c>
-      <c r="E177" s="35">
+      <c r="E177" s="34">
         <v>43063.692848580002</v>
       </c>
-      <c r="F177" s="35">
+      <c r="F177" s="34">
         <v>491.13966367</v>
       </c>
-      <c r="G177" s="36">
+      <c r="G177" s="35">
         <v>53369.327005389998</v>
       </c>
-      <c r="H177" s="35">
+      <c r="H177" s="34">
         <v>15339.992783260001</v>
       </c>
-      <c r="I177" s="35">
+      <c r="I177" s="34">
         <v>199.66701859</v>
       </c>
-      <c r="J177" s="35">
+      <c r="J177" s="34">
         <v>3.2</v>
       </c>
-      <c r="K177" s="35" t="s">
-[...2 lines deleted...]
-      <c r="L177" s="36">
+      <c r="K177" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="L177" s="35">
         <v>68912.186807239996</v>
       </c>
-      <c r="M177" s="35">
+      <c r="M177" s="34">
         <v>546.34961864000002</v>
       </c>
-      <c r="N177" s="35">
+      <c r="N177" s="34">
         <v>715.37442014999999</v>
       </c>
-      <c r="O177" s="35" t="s">
-[...2 lines deleted...]
-      <c r="P177" s="36">
+      <c r="O177" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="P177" s="35">
         <v>70173.910846030005</v>
       </c>
     </row>
     <row r="178" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B178" s="6"/>
       <c r="C178" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D178" s="23">
+      <c r="D178" s="22">
         <v>9802.1673702999997</v>
       </c>
-      <c r="E178" s="23">
+      <c r="E178" s="22">
         <v>42977.247982219997</v>
       </c>
-      <c r="F178" s="23">
+      <c r="F178" s="22">
         <v>486.58937737999997</v>
       </c>
-      <c r="G178" s="25">
+      <c r="G178" s="24">
         <v>53266.0047299</v>
       </c>
-      <c r="H178" s="23">
+      <c r="H178" s="22">
         <v>15078.9031744</v>
       </c>
-      <c r="I178" s="23">
+      <c r="I178" s="22">
         <v>202.70970188999999</v>
       </c>
-      <c r="J178" s="26">
+      <c r="J178" s="25">
         <v>3.2</v>
       </c>
-      <c r="K178" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L178" s="25">
+      <c r="K178" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L178" s="24">
         <v>68550.817606190001</v>
       </c>
-      <c r="M178" s="23">
+      <c r="M178" s="22">
         <v>447.85402442999998</v>
       </c>
-      <c r="N178" s="26">
+      <c r="N178" s="25">
         <v>786.21460481999998</v>
       </c>
-      <c r="O178" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P178" s="25">
+      <c r="O178" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P178" s="24">
         <v>69784.886235440004</v>
       </c>
     </row>
     <row r="179" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="6"/>
       <c r="C179" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D179" s="23">
+      <c r="D179" s="22">
         <v>9863.7309008299999</v>
       </c>
-      <c r="E179" s="23">
+      <c r="E179" s="22">
         <v>43419.294651329998</v>
       </c>
-      <c r="F179" s="23">
+      <c r="F179" s="22">
         <v>487.55541340000002</v>
       </c>
-      <c r="G179" s="25">
+      <c r="G179" s="24">
         <v>53770.580965560002</v>
       </c>
-      <c r="H179" s="23">
+      <c r="H179" s="22">
         <v>15234.99525609</v>
       </c>
-      <c r="I179" s="23">
+      <c r="I179" s="22">
         <v>219.37653825999999</v>
       </c>
-      <c r="J179" s="26">
+      <c r="J179" s="25">
         <v>3.2</v>
       </c>
-      <c r="K179" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L179" s="25">
+      <c r="K179" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L179" s="24">
         <v>69228.152759909994</v>
       </c>
-      <c r="M179" s="23">
+      <c r="M179" s="22">
         <v>406.46650005999999</v>
       </c>
-      <c r="N179" s="26">
+      <c r="N179" s="25">
         <v>937.43285832000004</v>
       </c>
-      <c r="O179" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P179" s="25">
+      <c r="O179" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P179" s="24">
         <v>70572.052118289997</v>
       </c>
     </row>
     <row r="180" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B180" s="6"/>
       <c r="C180" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D180" s="23">
+      <c r="D180" s="22">
         <v>9804.1488941200005</v>
       </c>
-      <c r="E180" s="23">
+      <c r="E180" s="22">
         <v>43144.44787068</v>
       </c>
-      <c r="F180" s="23">
+      <c r="F180" s="22">
         <v>491.42459373999998</v>
       </c>
-      <c r="G180" s="25">
+      <c r="G180" s="24">
         <v>53440.021358539998</v>
       </c>
-      <c r="H180" s="23">
+      <c r="H180" s="22">
         <v>15635.75946121</v>
       </c>
-      <c r="I180" s="23">
+      <c r="I180" s="22">
         <v>199.14976743</v>
       </c>
-      <c r="J180" s="26">
+      <c r="J180" s="25">
         <v>3.2</v>
       </c>
-      <c r="K180" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L180" s="25">
+      <c r="K180" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L180" s="24">
         <v>69278.13058718</v>
       </c>
-      <c r="M180" s="23">
+      <c r="M180" s="22">
         <v>94.838139949999999</v>
       </c>
-      <c r="N180" s="26">
+      <c r="N180" s="25">
         <v>1039.8936637500001</v>
       </c>
-      <c r="O180" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P180" s="25">
+      <c r="O180" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P180" s="24">
         <v>70412.862390879993</v>
       </c>
     </row>
     <row r="181" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="6"/>
       <c r="C181" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D181" s="23">
+      <c r="D181" s="22">
         <v>9817.7829526299993</v>
       </c>
-      <c r="E181" s="23">
+      <c r="E181" s="22">
         <v>43847.64794019</v>
       </c>
-      <c r="F181" s="23">
+      <c r="F181" s="22">
         <v>502.70604436999997</v>
       </c>
-      <c r="G181" s="25">
+      <c r="G181" s="24">
         <v>54168.13693719</v>
       </c>
-      <c r="H181" s="23">
+      <c r="H181" s="22">
         <v>15512.115160679999</v>
       </c>
-      <c r="I181" s="23">
+      <c r="I181" s="22">
         <v>206.20436348000001</v>
       </c>
-      <c r="J181" s="26">
+      <c r="J181" s="25">
         <v>3.2</v>
       </c>
-      <c r="K181" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L181" s="25">
+      <c r="K181" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L181" s="24">
         <v>69889.656461349994</v>
       </c>
-      <c r="M181" s="23">
+      <c r="M181" s="22">
         <v>161.33174961</v>
       </c>
-      <c r="N181" s="26">
+      <c r="N181" s="25">
         <v>1077.8281279099999</v>
       </c>
-      <c r="O181" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P181" s="25">
+      <c r="O181" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P181" s="24">
         <v>71128.816338870005</v>
       </c>
     </row>
     <row r="182" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="6"/>
       <c r="C182" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D182" s="23">
+      <c r="D182" s="22">
         <v>9687.9032939200006</v>
       </c>
-      <c r="E182" s="23">
+      <c r="E182" s="22">
         <v>45143.216836760002</v>
       </c>
-      <c r="F182" s="23">
+      <c r="F182" s="22">
         <v>500.49635689000002</v>
       </c>
-      <c r="G182" s="25">
+      <c r="G182" s="24">
         <v>55331.616487569998</v>
       </c>
-      <c r="H182" s="23">
+      <c r="H182" s="22">
         <v>15069.376704779999</v>
       </c>
-      <c r="I182" s="23">
+      <c r="I182" s="22">
         <v>183.63445035999999</v>
       </c>
-      <c r="J182" s="26">
+      <c r="J182" s="25">
         <v>2.5</v>
       </c>
-      <c r="K182" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L182" s="25">
+      <c r="K182" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L182" s="24">
         <v>70587.127642709995</v>
       </c>
-      <c r="M182" s="23">
+      <c r="M182" s="22">
         <v>139.22809183000001</v>
       </c>
-      <c r="N182" s="26">
+      <c r="N182" s="25">
         <v>1184.51187929</v>
       </c>
-      <c r="O182" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P182" s="25">
+      <c r="O182" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P182" s="24">
         <v>71910.867613830007</v>
       </c>
     </row>
     <row r="183" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B183" s="6"/>
       <c r="C183" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D183" s="23">
+      <c r="D183" s="22">
         <v>9720.8514398400002</v>
       </c>
-      <c r="E183" s="23">
+      <c r="E183" s="22">
         <v>46330.887508560001</v>
       </c>
-      <c r="F183" s="23">
+      <c r="F183" s="22">
         <v>498.54526034000003</v>
       </c>
-      <c r="G183" s="25">
+      <c r="G183" s="24">
         <v>56550.284208739999</v>
       </c>
-      <c r="H183" s="23">
+      <c r="H183" s="22">
         <v>15351.669832510001</v>
       </c>
-      <c r="I183" s="23">
+      <c r="I183" s="22">
         <v>198.09752266999999</v>
       </c>
-      <c r="J183" s="26">
+      <c r="J183" s="25">
         <v>2.5</v>
       </c>
-      <c r="K183" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L183" s="25">
+      <c r="K183" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L183" s="24">
         <v>72102.551563920002</v>
       </c>
-      <c r="M183" s="23">
+      <c r="M183" s="22">
         <v>182.97045664999999</v>
       </c>
-      <c r="N183" s="26">
+      <c r="N183" s="25">
         <v>1204.3750549700001</v>
       </c>
-      <c r="O183" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P183" s="25">
+      <c r="O183" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P183" s="24">
         <v>73489.897075539993</v>
       </c>
     </row>
     <row r="184" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B184" s="6"/>
       <c r="C184" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D184" s="23">
+      <c r="D184" s="22">
         <v>9669.6785350200007</v>
       </c>
-      <c r="E184" s="23">
+      <c r="E184" s="22">
         <v>47146.4905335</v>
       </c>
-      <c r="F184" s="23">
+      <c r="F184" s="22">
         <v>503.89719227000001</v>
       </c>
-      <c r="G184" s="25">
+      <c r="G184" s="24">
         <v>57320.066260790001</v>
       </c>
-      <c r="H184" s="23">
+      <c r="H184" s="22">
         <v>15897.898444799999</v>
       </c>
-      <c r="I184" s="23">
+      <c r="I184" s="22">
         <v>196.61189565999999</v>
       </c>
-      <c r="J184" s="26">
+      <c r="J184" s="25">
         <v>1.5</v>
       </c>
-      <c r="K184" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L184" s="25">
+      <c r="K184" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L184" s="24">
         <v>73416.076601249995</v>
       </c>
-      <c r="M184" s="23">
+      <c r="M184" s="22">
         <v>158.89477805999999</v>
       </c>
-      <c r="N184" s="26">
+      <c r="N184" s="25">
         <v>1238.8363889300001</v>
       </c>
-      <c r="O184" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P184" s="25">
+      <c r="O184" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P184" s="24">
         <v>74813.807768240003</v>
       </c>
     </row>
     <row r="185" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B185" s="6"/>
       <c r="C185" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D185" s="23">
+      <c r="D185" s="22">
         <v>9810.1847243600005</v>
       </c>
-      <c r="E185" s="23">
+      <c r="E185" s="22">
         <v>47403.499554089998</v>
       </c>
-      <c r="F185" s="23">
+      <c r="F185" s="22">
         <v>504.79286436000001</v>
       </c>
-      <c r="G185" s="25">
+      <c r="G185" s="24">
         <v>57718.477142809999</v>
       </c>
-      <c r="H185" s="23">
+      <c r="H185" s="22">
         <v>15640.42868309</v>
       </c>
-      <c r="I185" s="23">
+      <c r="I185" s="22">
         <v>179.26102071</v>
       </c>
-      <c r="J185" s="26">
+      <c r="J185" s="25">
         <v>1.5</v>
       </c>
-      <c r="K185" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L185" s="25">
+      <c r="K185" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L185" s="24">
         <v>73539.666846609995</v>
       </c>
-      <c r="M185" s="23">
+      <c r="M185" s="22">
         <v>150.48984548999999</v>
       </c>
-      <c r="N185" s="26">
+      <c r="N185" s="25">
         <v>1267.1895764599999</v>
       </c>
-      <c r="O185" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P185" s="25">
+      <c r="O185" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P185" s="24">
         <v>74957.346268559995</v>
       </c>
     </row>
     <row r="186" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B186" s="6"/>
       <c r="C186" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D186" s="23">
+      <c r="D186" s="22">
         <v>9842.5785729599993</v>
       </c>
-      <c r="E186" s="23">
+      <c r="E186" s="22">
         <v>47328.273444960003</v>
       </c>
-      <c r="F186" s="23">
+      <c r="F186" s="22">
         <v>507.16335361</v>
       </c>
-      <c r="G186" s="25">
+      <c r="G186" s="24">
         <v>57678.015371529997</v>
       </c>
-      <c r="H186" s="23">
+      <c r="H186" s="22">
         <v>16102.08473416</v>
       </c>
-      <c r="I186" s="23">
+      <c r="I186" s="22">
         <v>172.66720814000001</v>
       </c>
-      <c r="J186" s="26">
+      <c r="J186" s="25">
         <v>1.5</v>
       </c>
-      <c r="K186" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L186" s="25">
+      <c r="K186" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L186" s="24">
         <v>73954.267313830002</v>
       </c>
-      <c r="M186" s="23">
+      <c r="M186" s="22">
         <v>118.71230541</v>
       </c>
-      <c r="N186" s="26">
+      <c r="N186" s="25">
         <v>1296.9925564800001</v>
       </c>
-      <c r="O186" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P186" s="25">
+      <c r="O186" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P186" s="24">
         <v>75369.972175720002</v>
       </c>
     </row>
     <row r="187" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B187" s="6"/>
       <c r="C187" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D187" s="23">
+      <c r="D187" s="22">
         <v>9889.3109493200009</v>
       </c>
-      <c r="E187" s="23">
+      <c r="E187" s="22">
         <v>47156.568243549998</v>
       </c>
-      <c r="F187" s="23">
+      <c r="F187" s="22">
         <v>512.4637563</v>
       </c>
-      <c r="G187" s="25">
+      <c r="G187" s="24">
         <v>57558.342949170001</v>
       </c>
-      <c r="H187" s="23">
+      <c r="H187" s="22">
         <v>16411.343876440002</v>
       </c>
-      <c r="I187" s="23">
+      <c r="I187" s="22">
         <v>177.81090513000001</v>
       </c>
-      <c r="J187" s="26">
+      <c r="J187" s="25">
         <v>1.5</v>
       </c>
-      <c r="K187" s="26" t="s">
-[...2 lines deleted...]
-      <c r="L187" s="25">
+      <c r="K187" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="L187" s="24">
         <v>74148.997730739997</v>
       </c>
-      <c r="M187" s="23">
+      <c r="M187" s="22">
         <v>157.40446795</v>
       </c>
-      <c r="N187" s="26">
+      <c r="N187" s="25">
         <v>1373.49907265</v>
       </c>
-      <c r="O187" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P187" s="25">
+      <c r="O187" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="P187" s="24">
         <v>75679.901271340001</v>
       </c>
     </row>
     <row r="188" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B188" s="16"/>
-      <c r="C188" s="37" t="s">
+      <c r="B188" s="7"/>
+      <c r="C188" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D188" s="17">
+      <c r="D188" s="19">
         <v>9791.7763004000008</v>
       </c>
-      <c r="E188" s="17">
+      <c r="E188" s="19">
         <v>48212.435641329997</v>
       </c>
-      <c r="F188" s="17">
+      <c r="F188" s="19">
         <v>517.49608552999996</v>
       </c>
-      <c r="G188" s="18">
+      <c r="G188" s="20">
         <v>58521.70802726</v>
       </c>
-      <c r="H188" s="17">
+      <c r="H188" s="19">
         <v>15369.424583030001</v>
       </c>
-      <c r="I188" s="17">
+      <c r="I188" s="19">
         <v>177.20688665</v>
       </c>
-      <c r="J188" s="17">
+      <c r="J188" s="21">
         <v>3.5</v>
       </c>
-      <c r="K188" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L188" s="18">
+      <c r="K188" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="L188" s="20">
         <v>74071.839496939996</v>
       </c>
-      <c r="M188" s="17">
+      <c r="M188" s="19">
         <v>172.07259543000001</v>
       </c>
-      <c r="N188" s="17">
+      <c r="N188" s="21">
         <v>1389.15430008</v>
       </c>
-      <c r="O188" s="17">
+      <c r="O188" s="19">
         <v>-24.919736579999999</v>
       </c>
-      <c r="P188" s="18">
+      <c r="P188" s="20">
         <v>75608.146655870005</v>
       </c>
     </row>
     <row r="189" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B189" s="32"/>
+      <c r="B189" s="38">
+        <v>2026</v>
+      </c>
+      <c r="C189" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D189" s="16">
+        <v>9861.3537735699992</v>
+      </c>
+      <c r="E189" s="16">
+        <v>47376.855912760002</v>
+      </c>
+      <c r="F189" s="16">
+        <v>518.32563286000004</v>
+      </c>
+      <c r="G189" s="17">
+        <v>57756.535319189999</v>
+      </c>
+      <c r="H189" s="16">
+        <v>15298.16394923</v>
+      </c>
+      <c r="I189" s="16">
+        <v>173.29875648999999</v>
+      </c>
+      <c r="J189" s="16">
+        <v>3.5</v>
+      </c>
+      <c r="K189" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="L189" s="17">
+        <v>73231.498024910004</v>
+      </c>
+      <c r="M189" s="16">
+        <v>160.46587456</v>
+      </c>
+      <c r="N189" s="16">
+        <v>1399.30931897</v>
+      </c>
+      <c r="O189" s="16">
+        <v>-74.568873049999993</v>
+      </c>
+      <c r="P189" s="17">
+        <v>74716.704345389997</v>
+      </c>
+    </row>
+    <row r="190" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>