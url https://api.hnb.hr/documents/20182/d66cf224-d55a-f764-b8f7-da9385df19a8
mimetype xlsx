--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E6E025E-60C5-487C-BF47-7F8093F804BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6B9DD3E7-E80C-4007-B00D-3B51BB9A4FD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
     <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -774,107 +774,107 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AN59"/>
+  <dimension ref="B1:AO59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="41" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="57.42578125" style="1" customWidth="1"/>
+    <col min="3" max="17" width="15.7109375" style="1" customWidth="1"/>
+    <col min="18" max="25" width="15.7109375" style="25" customWidth="1"/>
+    <col min="26" max="41" width="15.7109375" style="1" customWidth="1"/>
+    <col min="42" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:40" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AK2" s="34"/>
       <c r="AL2" s="34"/>
       <c r="AM2" s="34"/>
       <c r="AN2" s="34"/>
     </row>
-    <row r="3" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
       <c r="AK3" s="34"/>
       <c r="AL3" s="34"/>
       <c r="AM3" s="34"/>
       <c r="AN3" s="34"/>
     </row>
-    <row r="4" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="AK4" s="34"/>
       <c r="AL4" s="34"/>
       <c r="AM4" s="34"/>
       <c r="AN4" s="34"/>
     </row>
-    <row r="5" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
       <c r="AK5" s="34"/>
       <c r="AL5" s="34"/>
       <c r="AM5" s="34"/>
       <c r="AN5" s="34"/>
     </row>
-    <row r="6" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>60</v>
       </c>
       <c r="AK6" s="34"/>
       <c r="AL6" s="34"/>
       <c r="AM6" s="34"/>
       <c r="AN6" s="34"/>
     </row>
-    <row r="7" spans="2:40" s="31" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:41" s="31" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6"/>
       <c r="C7" s="32" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="33" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="32" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="32" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="32" t="s">
         <v>43</v>
       </c>
@@ -946,109 +946,112 @@
       </c>
       <c r="AG7" s="32" t="s">
         <v>65</v>
       </c>
       <c r="AH7" s="32" t="s">
         <v>66</v>
       </c>
       <c r="AI7" s="32" t="s">
         <v>67</v>
       </c>
       <c r="AJ7" s="32" t="s">
         <v>68</v>
       </c>
       <c r="AK7" s="35" t="s">
         <v>70</v>
       </c>
       <c r="AL7" s="32" t="s">
         <v>69</v>
       </c>
       <c r="AM7" s="32" t="s">
         <v>71</v>
       </c>
       <c r="AN7" s="32" t="s">
         <v>72</v>
       </c>
-    </row>
-    <row r="8" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO7" s="32">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="2:41" x14ac:dyDescent="0.2">
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="25"/>
       <c r="F8" s="25"/>
       <c r="G8" s="25"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="25"/>
       <c r="K8" s="25"/>
       <c r="L8" s="25"/>
       <c r="M8" s="25"/>
       <c r="N8" s="25"/>
       <c r="O8" s="25"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="25"/>
       <c r="Z8" s="25"/>
       <c r="AA8" s="25"/>
       <c r="AB8" s="25"/>
       <c r="AC8" s="25"/>
       <c r="AD8" s="25"/>
       <c r="AE8" s="25"/>
       <c r="AF8" s="25"/>
       <c r="AG8" s="25"/>
       <c r="AH8" s="25"/>
       <c r="AI8" s="25"/>
     </row>
-    <row r="9" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="Q9" s="25"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
       <c r="AB9" s="25"/>
       <c r="AC9" s="25"/>
       <c r="AD9" s="25"/>
       <c r="AE9" s="25"/>
       <c r="AF9" s="25"/>
       <c r="AG9" s="25"/>
       <c r="AH9" s="25"/>
       <c r="AI9" s="25"/>
     </row>
-    <row r="10" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="26">
         <v>1144233.9879999999</v>
       </c>
       <c r="D10" s="26">
         <v>1697975.7450000001</v>
       </c>
       <c r="E10" s="26">
         <v>2234121.86</v>
       </c>
       <c r="F10" s="26">
         <v>519536.3</v>
       </c>
       <c r="G10" s="26">
         <v>1019621.117</v>
       </c>
       <c r="H10" s="26">
         <v>1507473.7879999999</v>
       </c>
       <c r="I10" s="26">
         <v>1987867.862</v>
       </c>
       <c r="J10" s="26">
@@ -1122,52 +1125,55 @@
       </c>
       <c r="AG10" s="26">
         <v>2681786.733</v>
       </c>
       <c r="AH10" s="26">
         <v>784236.47400000005</v>
       </c>
       <c r="AI10" s="26">
         <v>1566277.9169999999</v>
       </c>
       <c r="AJ10" s="26">
         <v>2369904.4780000001</v>
       </c>
       <c r="AK10" s="26">
         <v>3172457.2230000002</v>
       </c>
       <c r="AL10" s="26">
         <v>751989.67099999997</v>
       </c>
       <c r="AM10" s="26">
         <v>1484594.0560000001</v>
       </c>
       <c r="AN10" s="26">
         <v>2237165.7080000001</v>
       </c>
-    </row>
-    <row r="11" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO10" s="26">
+        <v>2999592.0449999999</v>
+      </c>
+    </row>
+    <row r="11" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="27">
         <v>102808.398</v>
       </c>
       <c r="D11" s="27">
         <v>154149.61600000001</v>
       </c>
       <c r="E11" s="27">
         <v>207205.27600000001</v>
       </c>
       <c r="F11" s="27">
         <v>50208.947</v>
       </c>
       <c r="G11" s="27">
         <v>93130.323999999993</v>
       </c>
       <c r="H11" s="27">
         <v>132060.913</v>
       </c>
       <c r="I11" s="27">
         <v>166708.476</v>
       </c>
       <c r="J11" s="27">
@@ -1241,52 +1247,55 @@
       </c>
       <c r="AG11" s="27">
         <v>64153.067999999999</v>
       </c>
       <c r="AH11" s="27">
         <v>19050.635999999999</v>
       </c>
       <c r="AI11" s="27">
         <v>36533.997000000003</v>
       </c>
       <c r="AJ11" s="27">
         <v>52719.815999999999</v>
       </c>
       <c r="AK11" s="27">
         <v>66260.684999999998</v>
       </c>
       <c r="AL11" s="27">
         <v>13466.752</v>
       </c>
       <c r="AM11" s="27">
         <v>25823.136999999999</v>
       </c>
       <c r="AN11" s="27">
         <v>36094.53</v>
       </c>
-    </row>
-    <row r="12" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO11" s="27">
+        <v>46651.482000000004</v>
+      </c>
+    </row>
+    <row r="12" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="27">
         <v>81688.620999999999</v>
       </c>
       <c r="D12" s="27">
         <v>125994.948</v>
       </c>
       <c r="E12" s="27">
         <v>168030.242</v>
       </c>
       <c r="F12" s="27">
         <v>37801.669000000002</v>
       </c>
       <c r="G12" s="27">
         <v>70139.828999999998</v>
       </c>
       <c r="H12" s="27">
         <v>102862.113</v>
       </c>
       <c r="I12" s="27">
         <v>132425.337</v>
       </c>
       <c r="J12" s="27">
@@ -1360,52 +1369,55 @@
       </c>
       <c r="AG12" s="27">
         <v>202380.1</v>
       </c>
       <c r="AH12" s="27">
         <v>66611.812999999995</v>
       </c>
       <c r="AI12" s="27">
         <v>134955.514</v>
       </c>
       <c r="AJ12" s="27">
         <v>208353.37700000001</v>
       </c>
       <c r="AK12" s="27">
         <v>288883.15899999999</v>
       </c>
       <c r="AL12" s="27">
         <v>87922.803</v>
       </c>
       <c r="AM12" s="27">
         <v>193329.481</v>
       </c>
       <c r="AN12" s="27">
         <v>315438.07900000003</v>
       </c>
-    </row>
-    <row r="13" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO12" s="27">
+        <v>439294.75099999999</v>
+      </c>
+    </row>
+    <row r="13" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="27">
         <v>953897.38800000004</v>
       </c>
       <c r="D13" s="27">
         <v>1410094.821</v>
       </c>
       <c r="E13" s="27">
         <v>1851936.814</v>
       </c>
       <c r="F13" s="27">
         <v>429278.609</v>
       </c>
       <c r="G13" s="27">
         <v>852681.522</v>
       </c>
       <c r="H13" s="27">
         <v>1267761.6569999999</v>
       </c>
       <c r="I13" s="27">
         <v>1683017.476</v>
       </c>
       <c r="J13" s="27">
@@ -1479,52 +1491,55 @@
       </c>
       <c r="AG13" s="27">
         <v>1871147.2439999999</v>
       </c>
       <c r="AH13" s="27">
         <v>518191.04</v>
       </c>
       <c r="AI13" s="27">
         <v>1057967.9879999999</v>
       </c>
       <c r="AJ13" s="27">
         <v>1618388.26</v>
       </c>
       <c r="AK13" s="27">
         <v>2173631.98</v>
       </c>
       <c r="AL13" s="27">
         <v>524749.58900000004</v>
       </c>
       <c r="AM13" s="27">
         <v>1053460.0519999999</v>
       </c>
       <c r="AN13" s="27">
         <v>1595262.4339999999</v>
       </c>
-    </row>
-    <row r="14" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO13" s="27">
+        <v>2147251.7540000002</v>
+      </c>
+    </row>
+    <row r="14" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="27">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D14" s="27">
         <v>0.20899999999999999</v>
       </c>
       <c r="E14" s="27">
         <v>0.21</v>
       </c>
       <c r="F14" s="27">
         <v>90.831999999999994</v>
       </c>
       <c r="G14" s="27">
         <v>90.832999999999998</v>
       </c>
       <c r="H14" s="27">
         <v>90.888999999999996</v>
       </c>
       <c r="I14" s="27">
         <v>90.832999999999998</v>
       </c>
       <c r="J14" s="27">
@@ -1598,52 +1613,55 @@
       </c>
       <c r="AG14" s="27">
         <v>6474.7879999999996</v>
       </c>
       <c r="AH14" s="27">
         <v>146.697</v>
       </c>
       <c r="AI14" s="27">
         <v>1887.5609999999999</v>
       </c>
       <c r="AJ14" s="27">
         <v>15073.491</v>
       </c>
       <c r="AK14" s="27">
         <v>26505.769</v>
       </c>
       <c r="AL14" s="27">
         <v>96.959000000000003</v>
       </c>
       <c r="AM14" s="27">
         <v>112.28</v>
       </c>
       <c r="AN14" s="27">
         <v>102.384</v>
       </c>
-    </row>
-    <row r="15" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO14" s="27">
+        <v>102.384</v>
+      </c>
+    </row>
+    <row r="15" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="27">
         <v>150364.541</v>
       </c>
       <c r="D15" s="27">
         <v>222276.01699999999</v>
       </c>
       <c r="E15" s="27">
         <v>301833.01699999999</v>
       </c>
       <c r="F15" s="27">
         <v>66299.536999999997</v>
       </c>
       <c r="G15" s="27">
         <v>132041.97200000001</v>
       </c>
       <c r="H15" s="27">
         <v>196397.908</v>
       </c>
       <c r="I15" s="27">
         <v>258751.33499999999</v>
       </c>
       <c r="J15" s="27">
@@ -1717,52 +1735,55 @@
       </c>
       <c r="AG15" s="27">
         <v>220433.698</v>
       </c>
       <c r="AH15" s="27">
         <v>58592.978999999999</v>
       </c>
       <c r="AI15" s="27">
         <v>115189.81299999999</v>
       </c>
       <c r="AJ15" s="27">
         <v>170559.34099999999</v>
       </c>
       <c r="AK15" s="27">
         <v>221073.003</v>
       </c>
       <c r="AL15" s="27">
         <v>43687.964999999997</v>
       </c>
       <c r="AM15" s="27">
         <v>83607.921000000002</v>
       </c>
       <c r="AN15" s="27">
         <v>122177.288</v>
       </c>
-    </row>
-    <row r="16" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO15" s="27">
+        <v>161871.65400000001</v>
+      </c>
+    </row>
+    <row r="16" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="27">
         <v>5526.8829999999998</v>
       </c>
       <c r="D16" s="27">
         <v>7656.4219999999996</v>
       </c>
       <c r="E16" s="27">
         <v>10414.984</v>
       </c>
       <c r="F16" s="27">
         <v>3354.5410000000002</v>
       </c>
       <c r="G16" s="27">
         <v>6298.8829999999998</v>
       </c>
       <c r="H16" s="27">
         <v>38495.589999999997</v>
       </c>
       <c r="I16" s="27">
         <v>13676.472</v>
       </c>
       <c r="J16" s="27">
@@ -1836,52 +1857,55 @@
       </c>
       <c r="AG16" s="27">
         <v>252496.53099999999</v>
       </c>
       <c r="AH16" s="27">
         <v>67793.843999999997</v>
       </c>
       <c r="AI16" s="27">
         <v>133477.06700000001</v>
       </c>
       <c r="AJ16" s="27">
         <v>199253.51300000001</v>
       </c>
       <c r="AK16" s="27">
         <v>253958.21599999999</v>
       </c>
       <c r="AL16" s="27">
         <v>45456.321000000004</v>
       </c>
       <c r="AM16" s="27">
         <v>89817.44</v>
       </c>
       <c r="AN16" s="27">
         <v>143160.99</v>
       </c>
-    </row>
-    <row r="17" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO16" s="27">
+        <v>193043.77100000001</v>
+      </c>
+    </row>
+    <row r="17" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B17" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="27">
         <v>7904.5339999999997</v>
       </c>
       <c r="D17" s="27">
         <v>11005.259</v>
       </c>
       <c r="E17" s="27">
         <v>16797.487000000001</v>
       </c>
       <c r="F17" s="27">
         <v>3520.6089999999999</v>
       </c>
       <c r="G17" s="27">
         <v>6691.5010000000002</v>
       </c>
       <c r="H17" s="27">
         <v>10598.531000000001</v>
       </c>
       <c r="I17" s="27">
         <v>14087.743</v>
       </c>
       <c r="J17" s="27">
@@ -1955,52 +1979,55 @@
       </c>
       <c r="AG17" s="27">
         <v>14769.874</v>
       </c>
       <c r="AH17" s="27">
         <v>4540.607</v>
       </c>
       <c r="AI17" s="27">
         <v>9207.0660000000007</v>
       </c>
       <c r="AJ17" s="27">
         <v>13620.986000000001</v>
       </c>
       <c r="AK17" s="27">
         <v>20832.498</v>
       </c>
       <c r="AL17" s="27">
         <v>4755.9229999999998</v>
       </c>
       <c r="AM17" s="27">
         <v>9839.9660000000003</v>
       </c>
       <c r="AN17" s="27">
         <v>14834.325000000001</v>
       </c>
-    </row>
-    <row r="18" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO17" s="27">
+        <v>20412.53</v>
+      </c>
+    </row>
+    <row r="18" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="27">
         <v>266070.98800000001</v>
       </c>
       <c r="D18" s="27">
         <v>391066.24200000003</v>
       </c>
       <c r="E18" s="27">
         <v>493199.95699999999</v>
       </c>
       <c r="F18" s="27">
         <v>113617.64200000001</v>
       </c>
       <c r="G18" s="27">
         <v>221656.23499999999</v>
       </c>
       <c r="H18" s="27">
         <v>329597.70299999998</v>
       </c>
       <c r="I18" s="27">
         <v>429738.97600000002</v>
       </c>
       <c r="J18" s="27">
@@ -2074,52 +2101,55 @@
       </c>
       <c r="AG18" s="27">
         <v>538602.03500000003</v>
       </c>
       <c r="AH18" s="27">
         <v>157884.39499999999</v>
       </c>
       <c r="AI18" s="27">
         <v>329809.30699999997</v>
       </c>
       <c r="AJ18" s="27">
         <v>502550.45199999999</v>
       </c>
       <c r="AK18" s="27">
         <v>671410.90599999996</v>
       </c>
       <c r="AL18" s="27">
         <v>163512.08600000001</v>
       </c>
       <c r="AM18" s="27">
         <v>328481.22600000002</v>
       </c>
       <c r="AN18" s="27">
         <v>492232.41499999998</v>
       </c>
-    </row>
-    <row r="19" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO18" s="27">
+        <v>662230.46299999999</v>
+      </c>
+    </row>
+    <row r="19" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="27">
         <v>524030.36499999999</v>
       </c>
       <c r="D19" s="27">
         <v>778090.67200000002</v>
       </c>
       <c r="E19" s="27">
         <v>1029691.16</v>
       </c>
       <c r="F19" s="27">
         <v>242395.44899999999</v>
       </c>
       <c r="G19" s="27">
         <v>485902.09700000001</v>
       </c>
       <c r="H19" s="27">
         <v>692581.03500000003</v>
       </c>
       <c r="I19" s="27">
         <v>966672.11699999997</v>
       </c>
       <c r="J19" s="27">
@@ -2193,52 +2223,55 @@
       </c>
       <c r="AG19" s="27">
         <v>838370.31799999997</v>
       </c>
       <c r="AH19" s="27">
         <v>229232.51800000001</v>
       </c>
       <c r="AI19" s="27">
         <v>468397.174</v>
       </c>
       <c r="AJ19" s="27">
         <v>717330.47600000002</v>
       </c>
       <c r="AK19" s="27">
         <v>979851.58799999999</v>
       </c>
       <c r="AL19" s="27">
         <v>267240.33600000001</v>
       </c>
       <c r="AM19" s="27">
         <v>541601.21900000004</v>
       </c>
       <c r="AN19" s="27">
         <v>822755.03300000005</v>
       </c>
-    </row>
-    <row r="20" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO19" s="27">
+        <v>1109590.952</v>
+      </c>
+    </row>
+    <row r="20" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="28">
         <v>5839.5810000000001</v>
       </c>
       <c r="D20" s="28">
         <v>7736.3609999999999</v>
       </c>
       <c r="E20" s="28">
         <v>6949.5280000000002</v>
       </c>
       <c r="F20" s="28">
         <v>2247.076</v>
       </c>
       <c r="G20" s="28">
         <v>3669.4430000000002</v>
       </c>
       <c r="H20" s="28">
         <v>4789.1049999999996</v>
       </c>
       <c r="I20" s="28">
         <v>5716.5720000000001</v>
       </c>
       <c r="J20" s="28">
@@ -2312,136 +2345,141 @@
       </c>
       <c r="AG20" s="28">
         <v>544106.321</v>
       </c>
       <c r="AH20" s="28">
         <v>180382.98500000004</v>
       </c>
       <c r="AI20" s="28">
         <v>336820.41800000006</v>
       </c>
       <c r="AJ20" s="28">
         <v>490443.02500000002</v>
       </c>
       <c r="AK20" s="28">
         <v>643681.39900000021</v>
       </c>
       <c r="AL20" s="28">
         <v>125850.527</v>
       </c>
       <c r="AM20" s="28">
         <v>211981.38600000017</v>
       </c>
       <c r="AN20" s="28">
         <v>290370.6650000005</v>
       </c>
-    </row>
-    <row r="21" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO20" s="28">
+        <v>366394.05799999973</v>
+      </c>
+    </row>
+    <row r="21" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B21" s="10"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="27"/>
       <c r="S21" s="27"/>
       <c r="T21" s="27"/>
       <c r="U21" s="27"/>
       <c r="V21" s="27"/>
       <c r="W21" s="27"/>
       <c r="X21" s="27"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
       <c r="AC21" s="27"/>
       <c r="AD21" s="27"/>
       <c r="AE21" s="27"/>
       <c r="AF21" s="27"/>
       <c r="AG21" s="27"/>
       <c r="AH21" s="27"/>
       <c r="AI21" s="27"/>
       <c r="AJ21" s="27"/>
       <c r="AK21" s="27"/>
       <c r="AL21" s="27"/>
       <c r="AM21" s="27"/>
       <c r="AN21" s="27"/>
-    </row>
-    <row r="22" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO21" s="27"/>
+    </row>
+    <row r="22" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
       <c r="X22" s="27"/>
       <c r="Y22" s="27"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="27"/>
       <c r="AB22" s="27"/>
       <c r="AC22" s="27"/>
       <c r="AD22" s="27"/>
       <c r="AE22" s="27"/>
       <c r="AF22" s="27"/>
       <c r="AG22" s="27"/>
       <c r="AH22" s="27"/>
       <c r="AI22" s="27"/>
       <c r="AJ22" s="27"/>
       <c r="AK22" s="27"/>
       <c r="AL22" s="27"/>
       <c r="AM22" s="27"/>
       <c r="AN22" s="27"/>
-    </row>
-    <row r="23" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO22" s="27"/>
+    </row>
+    <row r="23" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="26">
         <v>413346.565</v>
       </c>
       <c r="D23" s="26">
         <v>598991.73600000003</v>
       </c>
       <c r="E23" s="26">
         <v>779067.52099999995</v>
       </c>
       <c r="F23" s="26">
         <v>153540.098</v>
       </c>
       <c r="G23" s="26">
         <v>285923.94300000003</v>
       </c>
       <c r="H23" s="26">
         <v>411203.03</v>
       </c>
       <c r="I23" s="26">
         <v>526265.92299999995</v>
       </c>
       <c r="J23" s="26">
@@ -2515,52 +2553,55 @@
       </c>
       <c r="AG23" s="26">
         <v>510149.49</v>
       </c>
       <c r="AH23" s="26">
         <v>204010.66399999999</v>
       </c>
       <c r="AI23" s="26">
         <v>416356.62599999999</v>
       </c>
       <c r="AJ23" s="26">
         <v>639775.72100000002</v>
       </c>
       <c r="AK23" s="26">
         <v>860350.51699999999</v>
       </c>
       <c r="AL23" s="26">
         <v>197097.508</v>
       </c>
       <c r="AM23" s="26">
         <v>383974.364</v>
       </c>
       <c r="AN23" s="26">
         <v>581375.93500000006</v>
       </c>
-    </row>
-    <row r="24" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO23" s="26">
+        <v>782732.56400000001</v>
+      </c>
+    </row>
+    <row r="24" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="27">
         <v>92096.781000000003</v>
       </c>
       <c r="D24" s="27">
         <v>138223.96299999999</v>
       </c>
       <c r="E24" s="27">
         <v>186705.122</v>
       </c>
       <c r="F24" s="27">
         <v>46355.83</v>
       </c>
       <c r="G24" s="27">
         <v>85308.131999999998</v>
       </c>
       <c r="H24" s="27">
         <v>124088.19500000001</v>
       </c>
       <c r="I24" s="27">
         <v>161137.652</v>
       </c>
       <c r="J24" s="27">
@@ -2634,52 +2675,55 @@
       </c>
       <c r="AG24" s="27">
         <v>165736.573</v>
       </c>
       <c r="AH24" s="27">
         <v>31983.205000000002</v>
       </c>
       <c r="AI24" s="27">
         <v>55831.213000000003</v>
       </c>
       <c r="AJ24" s="27">
         <v>78700.262000000002</v>
       </c>
       <c r="AK24" s="27">
         <v>98625.020999999993</v>
       </c>
       <c r="AL24" s="27">
         <v>17520.789000000001</v>
       </c>
       <c r="AM24" s="27">
         <v>34815.932999999997</v>
       </c>
       <c r="AN24" s="27">
         <v>55984.463000000003</v>
       </c>
-    </row>
-    <row r="25" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO24" s="27">
+        <v>79859.798999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="27">
         <v>306616.79200000002</v>
       </c>
       <c r="D25" s="27">
         <v>439936.55200000003</v>
       </c>
       <c r="E25" s="27">
         <v>563139.12199999997</v>
       </c>
       <c r="F25" s="27">
         <v>100280.41</v>
       </c>
       <c r="G25" s="27">
         <v>188892.01300000001</v>
       </c>
       <c r="H25" s="27">
         <v>270750.09600000002</v>
       </c>
       <c r="I25" s="27">
         <v>344292.39799999999</v>
       </c>
       <c r="J25" s="27">
@@ -2753,52 +2797,55 @@
       </c>
       <c r="AG25" s="27">
         <v>254447.736</v>
       </c>
       <c r="AH25" s="27">
         <v>125499.678</v>
       </c>
       <c r="AI25" s="27">
         <v>263377.67499999999</v>
       </c>
       <c r="AJ25" s="27">
         <v>413012.38500000001</v>
       </c>
       <c r="AK25" s="27">
         <v>561954.24600000004</v>
       </c>
       <c r="AL25" s="27">
         <v>133235.03899999999</v>
       </c>
       <c r="AM25" s="27">
         <v>256609.78599999999</v>
       </c>
       <c r="AN25" s="27">
         <v>380259.41800000001</v>
       </c>
-    </row>
-    <row r="26" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO25" s="27">
+        <v>503404.49599999998</v>
+      </c>
+    </row>
+    <row r="26" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="27">
         <v>540.50599999999997</v>
       </c>
       <c r="D26" s="27">
         <v>1207.9069999999999</v>
       </c>
       <c r="E26" s="27">
         <v>1934.6849999999999</v>
       </c>
       <c r="F26" s="27">
         <v>571.66899999999998</v>
       </c>
       <c r="G26" s="27">
         <v>1258.5229999999999</v>
       </c>
       <c r="H26" s="27">
         <v>1878.3520000000001</v>
       </c>
       <c r="I26" s="27">
         <v>2912.491</v>
       </c>
       <c r="J26" s="27">
@@ -2872,52 +2919,55 @@
       </c>
       <c r="AG26" s="27">
         <v>1121.9159999999999</v>
       </c>
       <c r="AH26" s="27">
         <v>245.52099999999999</v>
       </c>
       <c r="AI26" s="27">
         <v>477.01100000000002</v>
       </c>
       <c r="AJ26" s="27">
         <v>738.69</v>
       </c>
       <c r="AK26" s="27">
         <v>985.29399999999998</v>
       </c>
       <c r="AL26" s="27">
         <v>253.12100000000001</v>
       </c>
       <c r="AM26" s="27">
         <v>328.291</v>
       </c>
       <c r="AN26" s="27">
         <v>407.50200000000001</v>
       </c>
-    </row>
-    <row r="27" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO26" s="27">
+        <v>445.83300000000003</v>
+      </c>
+    </row>
+    <row r="27" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="27">
         <v>14877.396000000001</v>
       </c>
       <c r="D27" s="27">
         <v>21944.911</v>
       </c>
       <c r="E27" s="27">
         <v>29457.277999999998</v>
       </c>
       <c r="F27" s="27">
         <v>5697.7290000000003</v>
       </c>
       <c r="G27" s="27">
         <v>12318.857</v>
       </c>
       <c r="H27" s="27">
         <v>16557.152999999998</v>
       </c>
       <c r="I27" s="27">
         <v>22206.276000000002</v>
       </c>
       <c r="J27" s="27">
@@ -2991,52 +3041,55 @@
       </c>
       <c r="AG27" s="27">
         <v>24007.911</v>
       </c>
       <c r="AH27" s="27">
         <v>11458.174999999999</v>
       </c>
       <c r="AI27" s="27">
         <v>25759.302</v>
       </c>
       <c r="AJ27" s="27">
         <v>42498.387999999999</v>
       </c>
       <c r="AK27" s="27">
         <v>59100.167999999998</v>
       </c>
       <c r="AL27" s="27">
         <v>14977.978999999999</v>
       </c>
       <c r="AM27" s="27">
         <v>31040.7</v>
       </c>
       <c r="AN27" s="27">
         <v>47468.785000000003</v>
       </c>
-    </row>
-    <row r="28" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO27" s="27">
+        <v>63375.663999999997</v>
+      </c>
+    </row>
+    <row r="28" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="27">
         <v>47603.307000000001</v>
       </c>
       <c r="D28" s="27">
         <v>65606.209000000003</v>
       </c>
       <c r="E28" s="27">
         <v>83621.733999999997</v>
       </c>
       <c r="F28" s="27">
         <v>12745.375</v>
       </c>
       <c r="G28" s="27">
         <v>24077.069</v>
       </c>
       <c r="H28" s="27">
         <v>40652.358999999997</v>
       </c>
       <c r="I28" s="27">
         <v>53097.135999999999</v>
       </c>
       <c r="J28" s="27">
@@ -3110,52 +3163,55 @@
       </c>
       <c r="AG28" s="27">
         <v>68741.429000000004</v>
       </c>
       <c r="AH28" s="27">
         <v>19559.789000000001</v>
       </c>
       <c r="AI28" s="27">
         <v>39629.879000000001</v>
       </c>
       <c r="AJ28" s="27">
         <v>60727.915999999997</v>
       </c>
       <c r="AK28" s="27">
         <v>83606.94</v>
       </c>
       <c r="AL28" s="27">
         <v>19357.55</v>
       </c>
       <c r="AM28" s="27">
         <v>40171.498</v>
       </c>
       <c r="AN28" s="27">
         <v>66186.290999999997</v>
       </c>
-    </row>
-    <row r="29" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO28" s="27">
+        <v>92473.932000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="27">
         <v>11193.922</v>
       </c>
       <c r="D29" s="27">
         <v>16217.441000000001</v>
       </c>
       <c r="E29" s="27">
         <v>24574.645</v>
       </c>
       <c r="F29" s="27">
         <v>4218.366</v>
       </c>
       <c r="G29" s="27">
         <v>8391.9940000000006</v>
       </c>
       <c r="H29" s="27">
         <v>11185.081</v>
       </c>
       <c r="I29" s="27">
         <v>14873.362999999999</v>
       </c>
       <c r="J29" s="27">
@@ -3229,52 +3285,55 @@
       </c>
       <c r="AG29" s="27">
         <v>33194.552000000003</v>
       </c>
       <c r="AH29" s="27">
         <v>15009.598</v>
       </c>
       <c r="AI29" s="27">
         <v>29637.88</v>
       </c>
       <c r="AJ29" s="27">
         <v>45253.858</v>
       </c>
       <c r="AK29" s="27">
         <v>62911.108</v>
       </c>
       <c r="AL29" s="27">
         <v>16542.258000000002</v>
       </c>
       <c r="AM29" s="27">
         <v>31404.079000000002</v>
       </c>
       <c r="AN29" s="27">
         <v>45235.101000000002</v>
       </c>
-    </row>
-    <row r="30" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO29" s="27">
+        <v>59380.057999999997</v>
+      </c>
+    </row>
+    <row r="30" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="27">
         <v>24413.905999999999</v>
       </c>
       <c r="D30" s="27">
         <v>35531.281999999999</v>
       </c>
       <c r="E30" s="27">
         <v>42401.608</v>
       </c>
       <c r="F30" s="27">
         <v>7941.9269999999997</v>
       </c>
       <c r="G30" s="27">
         <v>14751.853999999999</v>
       </c>
       <c r="H30" s="27">
         <v>21018.146000000001</v>
       </c>
       <c r="I30" s="27">
         <v>26160.749</v>
       </c>
       <c r="J30" s="27">
@@ -3348,52 +3407,55 @@
       </c>
       <c r="AG30" s="27">
         <v>76444.562000000005</v>
       </c>
       <c r="AH30" s="27">
         <v>39295.394999999997</v>
       </c>
       <c r="AI30" s="27">
         <v>83001.263000000006</v>
       </c>
       <c r="AJ30" s="27">
         <v>127517.14</v>
       </c>
       <c r="AK30" s="27">
         <v>168727.19</v>
       </c>
       <c r="AL30" s="27">
         <v>34866.423999999999</v>
       </c>
       <c r="AM30" s="27">
         <v>64393.531999999999</v>
       </c>
       <c r="AN30" s="27">
         <v>92815.892999999996</v>
       </c>
-    </row>
-    <row r="31" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO30" s="27">
+        <v>122371.17</v>
+      </c>
+    </row>
+    <row r="31" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="27">
         <v>207987.75700000001</v>
       </c>
       <c r="D31" s="27">
         <v>299428.80200000003</v>
       </c>
       <c r="E31" s="27">
         <v>381149.17200000002</v>
       </c>
       <c r="F31" s="27">
         <v>69105.342999999993</v>
       </c>
       <c r="G31" s="27">
         <v>128093.715</v>
       </c>
       <c r="H31" s="27">
         <v>179459.005</v>
       </c>
       <c r="I31" s="27">
         <v>225042.383</v>
       </c>
       <c r="J31" s="27">
@@ -3467,52 +3529,55 @@
       </c>
       <c r="AG31" s="27">
         <v>50937.366999999998</v>
       </c>
       <c r="AH31" s="27">
         <v>39931.201000000001</v>
       </c>
       <c r="AI31" s="27">
         <v>84872.341</v>
       </c>
       <c r="AJ31" s="27">
         <v>136276.39300000001</v>
       </c>
       <c r="AK31" s="27">
         <v>186623.54500000001</v>
       </c>
       <c r="AL31" s="27">
         <v>47237.707000000002</v>
       </c>
       <c r="AM31" s="27">
         <v>89271.686000000002</v>
       </c>
       <c r="AN31" s="27">
         <v>128145.84600000001</v>
       </c>
-    </row>
-    <row r="32" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO31" s="27">
+        <v>165357.83900000001</v>
+      </c>
+    </row>
+    <row r="32" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B32" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="27">
         <v>4972.63</v>
       </c>
       <c r="D32" s="27">
         <v>7480.4570000000003</v>
       </c>
       <c r="E32" s="27">
         <v>9986.5990000000002</v>
       </c>
       <c r="F32" s="27">
         <v>2472.808</v>
       </c>
       <c r="G32" s="27">
         <v>4968.0510000000004</v>
       </c>
       <c r="H32" s="27">
         <v>6446.674</v>
       </c>
       <c r="I32" s="27">
         <v>6886.5630000000001</v>
       </c>
       <c r="J32" s="27">
@@ -3586,52 +3651,55 @@
       </c>
       <c r="AG32" s="27">
         <v>43959.036999999997</v>
       </c>
       <c r="AH32" s="27">
         <v>20494.621999999999</v>
       </c>
       <c r="AI32" s="27">
         <v>43981.73</v>
       </c>
       <c r="AJ32" s="27">
         <v>68152.794999999998</v>
       </c>
       <c r="AK32" s="27">
         <v>93763.236999999994</v>
       </c>
       <c r="AL32" s="27">
         <v>25166.556</v>
       </c>
       <c r="AM32" s="27">
         <v>52324.462</v>
       </c>
       <c r="AN32" s="27">
         <v>81502.835999999996</v>
       </c>
-    </row>
-    <row r="33" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO32" s="27">
+        <v>110369.673</v>
+      </c>
+    </row>
+    <row r="33" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="28">
         <v>9660.3619999999992</v>
       </c>
       <c r="D33" s="28">
         <v>13350.763999999999</v>
       </c>
       <c r="E33" s="28">
         <v>19236.678</v>
       </c>
       <c r="F33" s="28">
         <v>4431.05</v>
       </c>
       <c r="G33" s="28">
         <v>6755.7479999999996</v>
       </c>
       <c r="H33" s="28">
         <v>9918.0650000000005</v>
       </c>
       <c r="I33" s="28">
         <v>13949.31</v>
       </c>
       <c r="J33" s="28">
@@ -3705,136 +3773,141 @@
       </c>
       <c r="AG33" s="28">
         <v>46006.144000000015</v>
       </c>
       <c r="AH33" s="28">
         <v>26033.158999999974</v>
       </c>
       <c r="AI33" s="28">
         <v>53166.008000000009</v>
       </c>
       <c r="AJ33" s="28">
         <v>79910.278999999995</v>
       </c>
       <c r="AK33" s="28">
         <v>106008.01300000001</v>
       </c>
       <c r="AL33" s="28">
         <v>21175.124000000022</v>
       </c>
       <c r="AM33" s="28">
         <v>40224.18299999999</v>
       </c>
       <c r="AN33" s="28">
         <v>63629.218000000066</v>
       </c>
-    </row>
-    <row r="34" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO33" s="28">
+        <v>89098.596000000034</v>
+      </c>
+    </row>
+    <row r="34" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B34" s="13"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="29"/>
       <c r="L34" s="29"/>
       <c r="M34" s="29"/>
       <c r="N34" s="29"/>
       <c r="O34" s="29"/>
       <c r="P34" s="29"/>
       <c r="Q34" s="29"/>
       <c r="R34" s="29"/>
       <c r="S34" s="29"/>
       <c r="T34" s="29"/>
       <c r="U34" s="29"/>
       <c r="V34" s="29"/>
       <c r="W34" s="29"/>
       <c r="X34" s="29"/>
       <c r="Y34" s="29"/>
       <c r="Z34" s="29"/>
       <c r="AA34" s="29"/>
       <c r="AB34" s="29"/>
       <c r="AC34" s="29"/>
       <c r="AD34" s="29"/>
       <c r="AE34" s="29"/>
       <c r="AF34" s="29"/>
       <c r="AG34" s="29"/>
       <c r="AH34" s="29"/>
       <c r="AI34" s="29"/>
       <c r="AJ34" s="27"/>
       <c r="AK34" s="27"/>
       <c r="AL34" s="27"/>
       <c r="AM34" s="27"/>
       <c r="AN34" s="27"/>
-    </row>
-    <row r="35" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO34" s="27"/>
+    </row>
+    <row r="35" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B35" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="27"/>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
       <c r="N35" s="27"/>
       <c r="O35" s="27"/>
       <c r="P35" s="27"/>
       <c r="Q35" s="27"/>
       <c r="R35" s="27"/>
       <c r="S35" s="27"/>
       <c r="T35" s="27"/>
       <c r="U35" s="27"/>
       <c r="V35" s="27"/>
       <c r="W35" s="27"/>
       <c r="X35" s="27"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="27"/>
       <c r="AA35" s="27"/>
       <c r="AB35" s="27"/>
       <c r="AC35" s="27"/>
       <c r="AD35" s="27"/>
       <c r="AE35" s="27"/>
       <c r="AF35" s="27"/>
       <c r="AG35" s="27"/>
       <c r="AH35" s="27"/>
       <c r="AI35" s="27"/>
       <c r="AJ35" s="27"/>
       <c r="AK35" s="27"/>
       <c r="AL35" s="27"/>
       <c r="AM35" s="27"/>
       <c r="AN35" s="27"/>
-    </row>
-    <row r="36" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO35" s="27"/>
+    </row>
+    <row r="36" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B36" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="26">
         <v>280644.89600000001</v>
       </c>
       <c r="D36" s="26">
         <v>459891.43900000001</v>
       </c>
       <c r="E36" s="26">
         <v>600619.60699999996</v>
       </c>
       <c r="F36" s="26">
         <v>141223.20300000001</v>
       </c>
       <c r="G36" s="26">
         <v>298168.60200000001</v>
       </c>
       <c r="H36" s="26">
         <v>489737.315</v>
       </c>
       <c r="I36" s="26">
         <v>640919.49699999997</v>
       </c>
       <c r="J36" s="26">
@@ -3903,57 +3976,60 @@
       <c r="AE36" s="26">
         <v>373316.43200000003</v>
       </c>
       <c r="AF36" s="26">
         <v>607840.59400000004</v>
       </c>
       <c r="AG36" s="26">
         <v>805593.79399999999</v>
       </c>
       <c r="AH36" s="26">
         <v>189551.77000000002</v>
       </c>
       <c r="AI36" s="26">
         <v>405647.92700000003</v>
       </c>
       <c r="AJ36" s="26">
         <v>659432.31900000002</v>
       </c>
       <c r="AK36" s="26">
         <v>876245.74399999995</v>
       </c>
       <c r="AL36" s="26">
         <v>212652.67499999999</v>
       </c>
       <c r="AM36" s="26">
-        <v>451277.13199999998</v>
+        <v>451277.13299999997</v>
       </c>
       <c r="AN36" s="26">
-        <v>719614.52899999986</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:40" x14ac:dyDescent="0.2">
+        <v>719614.52800000005</v>
+      </c>
+      <c r="AO36" s="26">
+        <v>950984.12100000004</v>
+      </c>
+    </row>
+    <row r="37" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B37" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="27">
         <v>112255.868</v>
       </c>
       <c r="D37" s="27">
         <v>172668.011</v>
       </c>
       <c r="E37" s="27">
         <v>228065.07500000001</v>
       </c>
       <c r="F37" s="27">
         <v>53308.923000000003</v>
       </c>
       <c r="G37" s="27">
         <v>112307.41899999999</v>
       </c>
       <c r="H37" s="27">
         <v>174948.908</v>
       </c>
       <c r="I37" s="27">
         <v>233193.916</v>
       </c>
       <c r="J37" s="27">
@@ -4027,52 +4103,55 @@
       </c>
       <c r="AG37" s="27">
         <v>267043.65500000003</v>
       </c>
       <c r="AH37" s="27">
         <v>64666.517999999996</v>
       </c>
       <c r="AI37" s="27">
         <v>138000.36300000001</v>
       </c>
       <c r="AJ37" s="27">
         <v>220717.315</v>
       </c>
       <c r="AK37" s="27">
         <v>294754.17499999999</v>
       </c>
       <c r="AL37" s="27">
         <v>71232.019</v>
       </c>
       <c r="AM37" s="27">
         <v>150573.481</v>
       </c>
       <c r="AN37" s="27">
         <v>234590.21900000001</v>
       </c>
-    </row>
-    <row r="38" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO37" s="27">
+        <v>311312.43400000001</v>
+      </c>
+    </row>
+    <row r="38" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="27">
         <v>16950.554</v>
       </c>
       <c r="D38" s="27">
         <v>25219.751</v>
       </c>
       <c r="E38" s="27">
         <v>33542.783000000003</v>
       </c>
       <c r="F38" s="27">
         <v>8093.27</v>
       </c>
       <c r="G38" s="27">
         <v>16772.581999999999</v>
       </c>
       <c r="H38" s="27">
         <v>24669.614000000001</v>
       </c>
       <c r="I38" s="27">
         <v>32761.05</v>
       </c>
       <c r="J38" s="27">
@@ -4146,52 +4225,55 @@
       </c>
       <c r="AG38" s="27">
         <v>38141.828000000001</v>
       </c>
       <c r="AH38" s="27">
         <v>10569.446</v>
       </c>
       <c r="AI38" s="27">
         <v>21600.368999999999</v>
       </c>
       <c r="AJ38" s="27">
         <v>32893.357000000004</v>
       </c>
       <c r="AK38" s="27">
         <v>44952.892</v>
       </c>
       <c r="AL38" s="27">
         <v>11614.343999999999</v>
       </c>
       <c r="AM38" s="27">
         <v>23572.48</v>
       </c>
       <c r="AN38" s="27">
         <v>35640.417999999998</v>
       </c>
-    </row>
-    <row r="39" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO38" s="27">
+        <v>48001.466</v>
+      </c>
+    </row>
+    <row r="39" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B39" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="27">
         <v>8890.0879999999997</v>
       </c>
       <c r="D39" s="27">
         <v>14139.312</v>
       </c>
       <c r="E39" s="27">
         <v>19215.453000000001</v>
       </c>
       <c r="F39" s="27">
         <v>5433.7479999999996</v>
       </c>
       <c r="G39" s="27">
         <v>11971.703</v>
       </c>
       <c r="H39" s="27">
         <v>17450.977999999999</v>
       </c>
       <c r="I39" s="27">
         <v>23628.400000000001</v>
       </c>
       <c r="J39" s="27">
@@ -4265,52 +4347,55 @@
       </c>
       <c r="AG39" s="27">
         <v>21798.069</v>
       </c>
       <c r="AH39" s="27">
         <v>6324.2190000000001</v>
       </c>
       <c r="AI39" s="27">
         <v>11461.178</v>
       </c>
       <c r="AJ39" s="27">
         <v>17773.002</v>
       </c>
       <c r="AK39" s="27">
         <v>24110.73</v>
       </c>
       <c r="AL39" s="27">
         <v>4898.5309999999999</v>
       </c>
       <c r="AM39" s="27">
         <v>9656.9850000000006</v>
       </c>
       <c r="AN39" s="27">
         <v>17868.781999999999</v>
       </c>
-    </row>
-    <row r="40" spans="2:40" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="AO39" s="27">
+        <v>23981.294000000002</v>
+      </c>
+    </row>
+    <row r="40" spans="2:41" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B40" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="27">
         <v>4552.2240000000002</v>
       </c>
       <c r="D40" s="27">
         <v>7107.317</v>
       </c>
       <c r="E40" s="27">
         <v>10466.587</v>
       </c>
       <c r="F40" s="27">
         <v>2525.0540000000001</v>
       </c>
       <c r="G40" s="27">
         <v>5427.1719999999996</v>
       </c>
       <c r="H40" s="27">
         <v>8285.9879999999994</v>
       </c>
       <c r="I40" s="27">
         <v>11637.217000000001</v>
       </c>
       <c r="J40" s="27">
@@ -4384,52 +4469,55 @@
       </c>
       <c r="AG40" s="27">
         <v>15444.999</v>
       </c>
       <c r="AH40" s="27">
         <v>4310.88</v>
       </c>
       <c r="AI40" s="27">
         <v>8608.8529999999992</v>
       </c>
       <c r="AJ40" s="27">
         <v>13085.045</v>
       </c>
       <c r="AK40" s="27">
         <v>18562.2</v>
       </c>
       <c r="AL40" s="27">
         <v>5943.6809999999996</v>
       </c>
       <c r="AM40" s="27">
         <v>11024.406000000001</v>
       </c>
       <c r="AN40" s="27">
         <v>16803.547999999999</v>
       </c>
-    </row>
-    <row r="41" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO40" s="27">
+        <v>24194.969000000001</v>
+      </c>
+    </row>
+    <row r="41" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="27">
         <v>22746.264999999999</v>
       </c>
       <c r="D41" s="27">
         <v>34295.762999999999</v>
       </c>
       <c r="E41" s="27">
         <v>46246.61</v>
       </c>
       <c r="F41" s="27">
         <v>11518.897999999999</v>
       </c>
       <c r="G41" s="27">
         <v>23094.11</v>
       </c>
       <c r="H41" s="27">
         <v>35127.930999999997</v>
       </c>
       <c r="I41" s="27">
         <v>47709.915000000001</v>
       </c>
       <c r="J41" s="27">
@@ -4503,52 +4591,55 @@
       </c>
       <c r="AG41" s="27">
         <v>91031.039999999994</v>
       </c>
       <c r="AH41" s="27">
         <v>24503.050999999999</v>
       </c>
       <c r="AI41" s="27">
         <v>49761.536</v>
       </c>
       <c r="AJ41" s="27">
         <v>75892.771999999997</v>
       </c>
       <c r="AK41" s="27">
         <v>102494.478</v>
       </c>
       <c r="AL41" s="27">
         <v>26551.884999999998</v>
       </c>
       <c r="AM41" s="27">
         <v>53471.548999999999</v>
       </c>
       <c r="AN41" s="27">
         <v>80669.452999999994</v>
       </c>
-    </row>
-    <row r="42" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO41" s="27">
+        <v>108015.92600000001</v>
+      </c>
+    </row>
+    <row r="42" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="27">
         <v>48869.637999999999</v>
       </c>
       <c r="D42" s="27">
         <v>102011.564</v>
       </c>
       <c r="E42" s="27">
         <v>125582.99800000001</v>
       </c>
       <c r="F42" s="27">
         <v>20429.842000000001</v>
       </c>
       <c r="G42" s="27">
         <v>55428.925999999999</v>
       </c>
       <c r="H42" s="27">
         <v>119446.61500000001</v>
       </c>
       <c r="I42" s="27">
         <v>146502.79399999999</v>
       </c>
       <c r="J42" s="27">
@@ -4622,52 +4713,55 @@
       </c>
       <c r="AG42" s="27">
         <v>213159.264</v>
       </c>
       <c r="AH42" s="27">
         <v>40328.014999999999</v>
       </c>
       <c r="AI42" s="27">
         <v>99882.400999999998</v>
       </c>
       <c r="AJ42" s="27">
         <v>179557.587</v>
       </c>
       <c r="AK42" s="27">
         <v>233849.06299999999</v>
       </c>
       <c r="AL42" s="27">
         <v>44110.667000000001</v>
       </c>
       <c r="AM42" s="27">
         <v>108701.151</v>
       </c>
       <c r="AN42" s="27">
         <v>188212.69200000001</v>
       </c>
-    </row>
-    <row r="43" spans="2:40" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="AO42" s="27">
+        <v>241653.79800000001</v>
+      </c>
+    </row>
+    <row r="43" spans="2:41" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B43" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="29">
         <v>8113.7539999999999</v>
       </c>
       <c r="D43" s="29">
         <v>12424.445</v>
       </c>
       <c r="E43" s="29">
         <v>16791.192999999999</v>
       </c>
       <c r="F43" s="29">
         <v>4367.3220000000001</v>
       </c>
       <c r="G43" s="29">
         <v>8835.4920000000002</v>
       </c>
       <c r="H43" s="29">
         <v>13417.325999999999</v>
       </c>
       <c r="I43" s="29">
         <v>18138.464</v>
       </c>
       <c r="J43" s="29">
@@ -4741,52 +4835,55 @@
       </c>
       <c r="AG43" s="27">
         <v>21637.973999999998</v>
       </c>
       <c r="AH43" s="27">
         <v>5628.8779999999997</v>
       </c>
       <c r="AI43" s="27">
         <v>11353.805</v>
       </c>
       <c r="AJ43" s="27">
         <v>17130.078000000001</v>
       </c>
       <c r="AK43" s="27">
         <v>22885.438999999998</v>
       </c>
       <c r="AL43" s="27">
         <v>5849.8860000000004</v>
       </c>
       <c r="AM43" s="27">
         <v>11961.397999999999</v>
       </c>
       <c r="AN43" s="27">
         <v>18114.118999999999</v>
       </c>
-    </row>
-    <row r="44" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO43" s="27">
+        <v>24297.106</v>
+      </c>
+    </row>
+    <row r="44" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B44" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C44" s="29">
         <v>58266.504000000001</v>
       </c>
       <c r="D44" s="29">
         <v>92025.275999999998</v>
       </c>
       <c r="E44" s="29">
         <v>120708.908</v>
       </c>
       <c r="F44" s="29">
         <v>35546.144999999997</v>
       </c>
       <c r="G44" s="29">
         <v>64331.197999999997</v>
       </c>
       <c r="H44" s="29">
         <v>96389.956000000006</v>
       </c>
       <c r="I44" s="29">
         <v>127347.74099999999</v>
       </c>
       <c r="J44" s="29">
@@ -4860,128 +4957,133 @@
       </c>
       <c r="AG44" s="29">
         <v>137336.965</v>
       </c>
       <c r="AH44" s="29">
         <v>33220.762999999999</v>
       </c>
       <c r="AI44" s="29">
         <v>64979.421999999999</v>
       </c>
       <c r="AJ44" s="27">
         <v>102383.163</v>
       </c>
       <c r="AK44" s="27">
         <v>134636.76699999999</v>
       </c>
       <c r="AL44" s="27">
         <v>42451.661999999997</v>
       </c>
       <c r="AM44" s="27">
         <v>82315.682000000001</v>
       </c>
       <c r="AN44" s="27">
         <v>127715.298</v>
       </c>
-    </row>
-    <row r="45" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO44" s="27">
+        <v>169527.12700000001</v>
+      </c>
+    </row>
+    <row r="45" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B45" s="16"/>
       <c r="C45" s="29"/>
       <c r="D45" s="29"/>
       <c r="E45" s="29"/>
       <c r="F45" s="29"/>
       <c r="G45" s="29"/>
       <c r="H45" s="29"/>
       <c r="I45" s="29"/>
       <c r="J45" s="29"/>
       <c r="K45" s="29"/>
       <c r="L45" s="29"/>
       <c r="M45" s="29"/>
       <c r="N45" s="29"/>
       <c r="O45" s="29"/>
       <c r="P45" s="29"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
       <c r="T45" s="29"/>
       <c r="U45" s="29"/>
       <c r="V45" s="29"/>
       <c r="W45" s="29"/>
       <c r="X45" s="29"/>
       <c r="Y45" s="29"/>
       <c r="Z45" s="29"/>
       <c r="AA45" s="29"/>
       <c r="AB45" s="29"/>
       <c r="AC45" s="29"/>
       <c r="AD45" s="29"/>
       <c r="AE45" s="29"/>
       <c r="AF45" s="29"/>
       <c r="AG45" s="29"/>
       <c r="AH45" s="29"/>
       <c r="AI45" s="29"/>
       <c r="AJ45" s="27"/>
       <c r="AK45" s="27"/>
       <c r="AL45" s="27"/>
       <c r="AM45" s="27"/>
       <c r="AN45" s="27"/>
-    </row>
-    <row r="46" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO45" s="27"/>
+    </row>
+    <row r="46" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="29"/>
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="29"/>
       <c r="G46" s="29"/>
       <c r="H46" s="29"/>
       <c r="I46" s="29"/>
       <c r="J46" s="29"/>
       <c r="K46" s="29"/>
       <c r="L46" s="29"/>
       <c r="M46" s="29"/>
       <c r="N46" s="29"/>
       <c r="O46" s="29"/>
       <c r="P46" s="29"/>
       <c r="Q46" s="29"/>
       <c r="Z46" s="25"/>
       <c r="AA46" s="25"/>
       <c r="AB46" s="25"/>
       <c r="AC46" s="27"/>
       <c r="AD46" s="25"/>
       <c r="AE46" s="25"/>
       <c r="AF46" s="25"/>
       <c r="AG46" s="25"/>
       <c r="AH46" s="25"/>
       <c r="AI46" s="25"/>
       <c r="AJ46" s="27"/>
       <c r="AK46" s="27"/>
       <c r="AL46" s="27"/>
       <c r="AM46" s="27"/>
       <c r="AN46" s="27"/>
-    </row>
-    <row r="47" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO46" s="27"/>
+    </row>
+    <row r="47" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B47" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="30">
         <v>72018.460999999996</v>
       </c>
       <c r="D47" s="30">
         <v>123165.164</v>
       </c>
       <c r="E47" s="30">
         <v>161976.08600000001</v>
       </c>
       <c r="F47" s="30">
         <v>31486.428</v>
       </c>
       <c r="G47" s="30">
         <v>73384.525999999998</v>
       </c>
       <c r="H47" s="30">
         <v>137997.09400000001</v>
       </c>
       <c r="I47" s="30">
         <v>178929.489</v>
       </c>
       <c r="J47" s="30">
@@ -5055,52 +5157,55 @@
       </c>
       <c r="AG47" s="30">
         <v>249075.11799999999</v>
       </c>
       <c r="AH47" s="30">
         <v>51027.567999999999</v>
       </c>
       <c r="AI47" s="30">
         <v>113054.73699999999</v>
       </c>
       <c r="AJ47" s="30">
         <v>206363.15599999999</v>
       </c>
       <c r="AK47" s="30">
         <v>269906.71600000001</v>
       </c>
       <c r="AL47" s="30">
         <v>54918.961000000003</v>
       </c>
       <c r="AM47" s="30">
         <v>127127.304</v>
       </c>
       <c r="AN47" s="30">
         <v>217300.64199999999</v>
       </c>
-    </row>
-    <row r="48" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO47" s="30">
+        <v>278568.212</v>
+      </c>
+    </row>
+    <row r="48" spans="2:41" x14ac:dyDescent="0.2">
       <c r="C48" s="9"/>
       <c r="D48" s="9"/>
       <c r="E48" s="9"/>
       <c r="AA48" s="25"/>
     </row>
     <row r="49" spans="2:7" x14ac:dyDescent="0.2">
       <c r="C49" s="9"/>
       <c r="D49" s="9"/>
       <c r="E49" s="9"/>
     </row>
     <row r="50" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B50" s="18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B51" s="19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="52" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B52" s="18"/>
     </row>
     <row r="53" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B53" s="20" t="s">
@@ -5126,62 +5231,62 @@
       </c>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
     </row>
     <row r="59" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B59" s="24"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="45" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B984DC0E-C306-41EA-B11B-E1BF01D0D16A}">
   <sheetPr codeName="List2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AC59"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="30" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="57.42578125" style="1" customWidth="1"/>
+    <col min="3" max="17" width="15.7109375" style="1" customWidth="1"/>
+    <col min="18" max="25" width="15.7109375" style="25" customWidth="1"/>
+    <col min="26" max="29" width="15.7109375" style="1" customWidth="1"/>
+    <col min="30" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:29" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:29" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
     </row>
     <row r="4" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="2:29" s="31" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6"/>
       <c r="C7" s="32" t="s">
         <v>36</v>
       </c>
@@ -7647,51 +7752,51 @@
       <c r="V39" s="27">
         <v>25941.49</v>
       </c>
       <c r="W39" s="27">
         <v>58620.07</v>
       </c>
       <c r="X39" s="27">
         <v>121296.29700000001</v>
       </c>
       <c r="Y39" s="27">
         <v>165214.405</v>
       </c>
       <c r="Z39" s="27">
         <v>42101.523999999998</v>
       </c>
       <c r="AA39" s="27">
         <v>92608.212</v>
       </c>
       <c r="AB39" s="27">
         <v>142125.82999999999</v>
       </c>
       <c r="AC39" s="27">
         <v>189065.092</v>
       </c>
     </row>
-    <row r="40" spans="2:29" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:29" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B40" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="27">
         <v>34298.732000000004</v>
       </c>
       <c r="D40" s="27">
         <v>53550.078000000001</v>
       </c>
       <c r="E40" s="27">
         <v>78860.502999999997</v>
       </c>
       <c r="F40" s="27">
         <v>19025.019</v>
       </c>
       <c r="G40" s="27">
         <v>40891.029000000002</v>
       </c>
       <c r="H40" s="27">
         <v>62430.775999999998</v>
       </c>
       <c r="I40" s="27">
         <v>87680.611000000004</v>
       </c>
       <c r="J40" s="27">
@@ -7905,51 +8010,51 @@
       <c r="V42" s="27">
         <v>179228.28200000001</v>
       </c>
       <c r="W42" s="27">
         <v>444672.53399999999</v>
       </c>
       <c r="X42" s="27">
         <v>1062961.838</v>
       </c>
       <c r="Y42" s="27">
         <v>1350317.4550000001</v>
       </c>
       <c r="Z42" s="27">
         <v>239848.94699999999</v>
       </c>
       <c r="AA42" s="27">
         <v>665502.53200000001</v>
       </c>
       <c r="AB42" s="27">
         <v>1405019.932</v>
       </c>
       <c r="AC42" s="27">
         <v>1724198.7379999999</v>
       </c>
     </row>
-    <row r="43" spans="2:29" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:29" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B43" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="29">
         <v>61133.082999999999</v>
       </c>
       <c r="D43" s="29">
         <v>93611.978000000003</v>
       </c>
       <c r="E43" s="29">
         <v>126513.243</v>
       </c>
       <c r="F43" s="29">
         <v>32905.589999999997</v>
       </c>
       <c r="G43" s="29">
         <v>66571.016000000003</v>
       </c>
       <c r="H43" s="29">
         <v>101092.84299999999</v>
       </c>
       <c r="I43" s="29">
         <v>136664.26</v>
       </c>
       <c r="J43" s="29">