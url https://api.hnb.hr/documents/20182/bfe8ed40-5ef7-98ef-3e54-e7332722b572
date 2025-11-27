--- v0 (2025-10-31)
+++ v1 (2025-11-27)
@@ -2,80 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_08_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_09_30\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F358B49C-6275-45C0-8F3C-AD5674629E1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99EDD46F-305F-4657-85B2-010B0C826ABC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="32">
   <si>
     <t xml:space="preserve">Vagani mjesečni prosjeci nominalnih kamatnih stopa </t>
   </si>
   <si>
     <t>u postocima na godišnjoj razini</t>
   </si>
   <si>
     <t>Iznosi novih poslova</t>
   </si>
   <si>
     <t>u milijunima eura</t>
   </si>
   <si>
     <t>Tablica G3: Kamatne stope kreditnih institucija na kredite nefinancijskim društvima (novi poslovi)</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: krediti po kreditnim karticama</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 3.</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -611,56 +614,50 @@
       <t>Razdoblje početnog fiksiranja kamatne stope 
 	dulje od 10 godina</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Povijesni podaci u ovom retku odnose se samo na kredite u eurima i kunama s valutnom klauzulom uz euro.</t>
     </r>
   </si>
   <si>
     <t>Napomena: počevši sa siječnjem 2023. svi podaci odnose se samo na kredite u eurima.</t>
-  </si>
-[...4 lines deleted...]
-    <t>* Revidirani podaci.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1210,114 +1207,113 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32645B45-B538-4246-8466-0B50CA0BACBA}">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
-  <dimension ref="A2:FK66"/>
+  <dimension ref="A2:FL66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="77" style="2" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="27" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="1:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="1:167" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:168" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="23"/>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:167" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:168" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="30"/>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="EF7" s="32"/>
       <c r="EG7" s="32"/>
       <c r="EJ7" s="29"/>
       <c r="EL7" s="29"/>
       <c r="ES7" s="29"/>
       <c r="ET7" s="29"/>
       <c r="EU7" s="29"/>
       <c r="EV7" s="29"/>
       <c r="EW7" s="29"/>
       <c r="EX7" s="29"/>
       <c r="EY7" s="29"/>
       <c r="EZ7" s="29"/>
       <c r="FA7" s="29"/>
       <c r="FB7" s="29"/>
       <c r="FD7" s="29"/>
       <c r="FE7" s="29"/>
       <c r="FF7" s="29"/>
       <c r="FG7" s="29"/>
       <c r="FH7" s="29"/>
       <c r="FI7" s="29"/>
-      <c r="FJ7" s="29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ7" s="29"/>
       <c r="FK7" s="29"/>
+      <c r="FL7" s="29"/>
     </row>
-    <row r="8" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5"/>
       <c r="C8" s="6">
         <v>40908</v>
       </c>
       <c r="D8" s="6">
         <v>40939</v>
       </c>
       <c r="E8" s="6">
         <v>40968</v>
       </c>
       <c r="F8" s="6">
         <v>40999</v>
       </c>
       <c r="G8" s="6">
         <v>41029</v>
       </c>
       <c r="H8" s="6">
         <v>41060</v>
       </c>
       <c r="I8" s="6">
         <v>41090</v>
       </c>
       <c r="J8" s="6">
         <v>41121</v>
       </c>
@@ -1770,52 +1766,55 @@
       </c>
       <c r="FD8" s="6">
         <v>45688</v>
       </c>
       <c r="FE8" s="6">
         <v>45716</v>
       </c>
       <c r="FF8" s="6">
         <v>45747</v>
       </c>
       <c r="FG8" s="6">
         <v>45777</v>
       </c>
       <c r="FH8" s="6">
         <v>45808</v>
       </c>
       <c r="FI8" s="6">
         <v>45838</v>
       </c>
       <c r="FJ8" s="6">
         <v>45869</v>
       </c>
       <c r="FK8" s="6">
         <v>45900</v>
       </c>
+      <c r="FL8" s="6">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="9" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="12">
         <v>7.7</v>
       </c>
       <c r="D9" s="12">
         <v>8.0500000000000007</v>
       </c>
       <c r="E9" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F9" s="12">
         <v>8.2200000000000006</v>
       </c>
       <c r="G9" s="12">
         <v>7.88</v>
       </c>
       <c r="H9" s="12">
         <v>7.9</v>
       </c>
       <c r="I9" s="12">
         <v>7.73</v>
       </c>
       <c r="J9" s="12">
@@ -2270,52 +2269,55 @@
       </c>
       <c r="FD9" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FE9" s="13">
         <v>4.75</v>
       </c>
       <c r="FF9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FG9" s="13">
         <v>4.7699999999999996</v>
       </c>
       <c r="FH9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FI9" s="13">
         <v>4.55</v>
       </c>
       <c r="FJ9" s="13">
         <v>4.45</v>
       </c>
       <c r="FK9" s="13">
         <v>4.3899999999999997</v>
       </c>
+      <c r="FL9" s="13">
+        <v>4.3899999999999997</v>
+      </c>
     </row>
-    <row r="10" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="12">
         <v>7.71</v>
       </c>
       <c r="D10" s="12">
         <v>8.0399999999999991</v>
       </c>
       <c r="E10" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F10" s="12">
         <v>8.23</v>
       </c>
       <c r="G10" s="12">
         <v>7.89</v>
       </c>
       <c r="H10" s="12">
         <v>7.91</v>
       </c>
       <c r="I10" s="12">
         <v>7.74</v>
       </c>
       <c r="J10" s="12">
@@ -2770,52 +2772,55 @@
       </c>
       <c r="FD10" s="13">
         <v>5.01</v>
       </c>
       <c r="FE10" s="13">
         <v>4.78</v>
       </c>
       <c r="FF10" s="13">
         <v>4.76</v>
       </c>
       <c r="FG10" s="13">
         <v>4.8</v>
       </c>
       <c r="FH10" s="13">
         <v>4.76</v>
       </c>
       <c r="FI10" s="13">
         <v>4.58</v>
       </c>
       <c r="FJ10" s="13">
         <v>4.47</v>
       </c>
       <c r="FK10" s="13">
         <v>4.4000000000000004</v>
       </c>
+      <c r="FL10" s="13">
+        <v>4.42</v>
+      </c>
     </row>
-    <row r="11" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="12">
         <v>11.25</v>
       </c>
       <c r="D11" s="12">
         <v>11.55</v>
       </c>
       <c r="E11" s="12">
         <v>11.79</v>
       </c>
       <c r="F11" s="12">
         <v>11.63</v>
       </c>
       <c r="G11" s="12">
         <v>11.72</v>
       </c>
       <c r="H11" s="12">
         <v>11.62</v>
       </c>
       <c r="I11" s="12">
         <v>11.66</v>
       </c>
       <c r="J11" s="12">
@@ -3270,52 +3275,55 @@
       </c>
       <c r="FD11" s="13">
         <v>7.4</v>
       </c>
       <c r="FE11" s="13">
         <v>7.2</v>
       </c>
       <c r="FF11" s="13">
         <v>7.09</v>
       </c>
       <c r="FG11" s="13">
         <v>7.27</v>
       </c>
       <c r="FH11" s="13">
         <v>7.16</v>
       </c>
       <c r="FI11" s="13">
         <v>7.25</v>
       </c>
       <c r="FJ11" s="13">
         <v>7.21</v>
       </c>
       <c r="FK11" s="13">
         <v>7.05</v>
       </c>
+      <c r="FL11" s="13">
+        <v>7.21</v>
+      </c>
     </row>
-    <row r="12" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="13">
         <v>7.92</v>
       </c>
       <c r="D12" s="13">
         <v>7.6</v>
       </c>
       <c r="E12" s="13">
         <v>7.81</v>
       </c>
       <c r="F12" s="13">
         <v>7.6</v>
       </c>
       <c r="G12" s="13">
         <v>7.48</v>
       </c>
       <c r="H12" s="13">
         <v>7.58</v>
       </c>
       <c r="I12" s="13">
         <v>7.51</v>
       </c>
       <c r="J12" s="13">
@@ -3770,52 +3778,55 @@
       </c>
       <c r="FD12" s="13">
         <v>4.6100000000000003</v>
       </c>
       <c r="FE12" s="13">
         <v>4.5999999999999996</v>
       </c>
       <c r="FF12" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FG12" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FH12" s="13">
         <v>4.24</v>
       </c>
       <c r="FI12" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FJ12" s="13">
         <v>4.12</v>
       </c>
       <c r="FK12" s="13">
         <v>3.88</v>
       </c>
+      <c r="FL12" s="13">
+        <v>3.93</v>
+      </c>
     </row>
-    <row r="13" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
       <c r="T13" s="14"/>
       <c r="U13" s="14"/>
       <c r="V13" s="14"/>
       <c r="W13" s="14"/>
       <c r="X13" s="14"/>
@@ -4004,52 +4015,55 @@
       </c>
       <c r="FD13" s="13">
         <v>4.05</v>
       </c>
       <c r="FE13" s="13">
         <v>4.05</v>
       </c>
       <c r="FF13" s="13">
         <v>3.72</v>
       </c>
       <c r="FG13" s="13">
         <v>3.8</v>
       </c>
       <c r="FH13" s="13">
         <v>3.59</v>
       </c>
       <c r="FI13" s="13">
         <v>3.4</v>
       </c>
       <c r="FJ13" s="13">
         <v>3.47</v>
       </c>
       <c r="FK13" s="13">
         <v>3.22</v>
       </c>
+      <c r="FL13" s="13">
+        <v>3.29</v>
+      </c>
     </row>
-    <row r="14" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
@@ -4238,52 +4252,55 @@
       </c>
       <c r="FD14" s="13">
         <v>5.13</v>
       </c>
       <c r="FE14" s="13">
         <v>4.97</v>
       </c>
       <c r="FF14" s="13">
         <v>4.87</v>
       </c>
       <c r="FG14" s="13">
         <v>4.87</v>
       </c>
       <c r="FH14" s="13">
         <v>4.68</v>
       </c>
       <c r="FI14" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FJ14" s="13">
         <v>4.59</v>
       </c>
       <c r="FK14" s="13">
         <v>4.7</v>
       </c>
+      <c r="FL14" s="13">
+        <v>4.57</v>
+      </c>
     </row>
-    <row r="15" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>
       <c r="U15" s="14"/>
       <c r="V15" s="14"/>
       <c r="W15" s="14"/>
       <c r="X15" s="14"/>
@@ -4472,52 +4489,55 @@
       </c>
       <c r="FD15" s="13">
         <v>5.23</v>
       </c>
       <c r="FE15" s="13">
         <v>5.23</v>
       </c>
       <c r="FF15" s="13">
         <v>5.23</v>
       </c>
       <c r="FG15" s="13">
         <v>5.12</v>
       </c>
       <c r="FH15" s="13">
         <v>5.12</v>
       </c>
       <c r="FI15" s="13">
         <v>4.96</v>
       </c>
       <c r="FJ15" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FK15" s="13">
         <v>5.0599999999999996</v>
       </c>
+      <c r="FL15" s="13">
+        <v>4.97</v>
+      </c>
     </row>
-    <row r="16" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14"/>
       <c r="W16" s="14"/>
       <c r="X16" s="14"/>
@@ -4706,52 +4726,55 @@
       </c>
       <c r="FD16" s="13">
         <v>5.34</v>
       </c>
       <c r="FE16" s="13">
         <v>5.26</v>
       </c>
       <c r="FF16" s="13">
         <v>5.24</v>
       </c>
       <c r="FG16" s="13">
         <v>5.21</v>
       </c>
       <c r="FH16" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI16" s="13">
         <v>5.05</v>
       </c>
       <c r="FJ16" s="13">
         <v>5</v>
       </c>
       <c r="FK16" s="13">
         <v>5.0199999999999996</v>
       </c>
+      <c r="FL16" s="13">
+        <v>4.96</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="14"/>
       <c r="T17" s="14"/>
       <c r="U17" s="14"/>
       <c r="V17" s="14"/>
       <c r="W17" s="14"/>
       <c r="X17" s="14"/>
@@ -4940,52 +4963,55 @@
       </c>
       <c r="FD17" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FE17" s="13">
         <v>5.04</v>
       </c>
       <c r="FF17" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG17" s="13">
         <v>4.91</v>
       </c>
       <c r="FH17" s="13">
         <v>4.58</v>
       </c>
       <c r="FI17" s="13">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ17" s="13">
         <v>4.79</v>
       </c>
       <c r="FK17" s="13">
         <v>4.4000000000000004</v>
       </c>
+      <c r="FL17" s="13">
+        <v>4.41</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="14"/>
       <c r="W18" s="14"/>
       <c r="X18" s="14"/>
@@ -5174,52 +5200,55 @@
       </c>
       <c r="FD18" s="13">
         <v>4.53</v>
       </c>
       <c r="FE18" s="13">
         <v>4.49</v>
       </c>
       <c r="FF18" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG18" s="13">
         <v>4.66</v>
       </c>
       <c r="FH18" s="13">
         <v>4.79</v>
       </c>
       <c r="FI18" s="13">
         <v>4.47</v>
       </c>
       <c r="FJ18" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FK18" s="13">
         <v>4.12</v>
       </c>
+      <c r="FL18" s="13">
+        <v>4.4400000000000004</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="13">
         <v>7.12</v>
       </c>
       <c r="D19" s="13">
         <v>7.23</v>
       </c>
       <c r="E19" s="13">
         <v>6.93</v>
       </c>
       <c r="F19" s="13">
         <v>7.13</v>
       </c>
       <c r="G19" s="13">
         <v>6.71</v>
       </c>
       <c r="H19" s="13">
         <v>6.98</v>
       </c>
       <c r="I19" s="13">
         <v>7.01</v>
       </c>
       <c r="J19" s="13">
@@ -5674,52 +5703,55 @@
       </c>
       <c r="FD19" s="13">
         <v>4.43</v>
       </c>
       <c r="FE19" s="13">
         <v>4.37</v>
       </c>
       <c r="FF19" s="13">
         <v>4.17</v>
       </c>
       <c r="FG19" s="13">
         <v>4.03</v>
       </c>
       <c r="FH19" s="13">
         <v>3.8</v>
       </c>
       <c r="FI19" s="13">
         <v>3.81</v>
       </c>
       <c r="FJ19" s="13">
         <v>3.65</v>
       </c>
       <c r="FK19" s="13">
         <v>3.87</v>
       </c>
+      <c r="FL19" s="13">
+        <v>3.72</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
@@ -5908,52 +5940,55 @@
       </c>
       <c r="FD20" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FE20" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FF20" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FG20" s="13">
         <v>3.91</v>
       </c>
       <c r="FH20" s="13">
         <v>3.6</v>
       </c>
       <c r="FI20" s="13">
         <v>3.55</v>
       </c>
       <c r="FJ20" s="13">
         <v>3.43</v>
       </c>
       <c r="FK20" s="13">
         <v>3.7</v>
       </c>
+      <c r="FL20" s="13">
+        <v>3.58</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>
       <c r="U21" s="14"/>
       <c r="V21" s="14"/>
       <c r="W21" s="14"/>
       <c r="X21" s="14"/>
@@ -6142,52 +6177,55 @@
       </c>
       <c r="FD21" s="13">
         <v>4.5</v>
       </c>
       <c r="FE21" s="13">
         <v>4.32</v>
       </c>
       <c r="FF21" s="13">
         <v>3.96</v>
       </c>
       <c r="FG21" s="13">
         <v>3.97</v>
       </c>
       <c r="FH21" s="13">
         <v>3.92</v>
       </c>
       <c r="FI21" s="13">
         <v>4.08</v>
       </c>
       <c r="FJ21" s="13">
         <v>3.95</v>
       </c>
       <c r="FK21" s="13">
         <v>4.05</v>
       </c>
+      <c r="FL21" s="13">
+        <v>3.76</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="14"/>
       <c r="T22" s="14"/>
       <c r="U22" s="14"/>
       <c r="V22" s="14"/>
       <c r="W22" s="14"/>
       <c r="X22" s="14"/>
@@ -6376,52 +6414,55 @@
       </c>
       <c r="FD22" s="13">
         <v>4.72</v>
       </c>
       <c r="FE22" s="13">
         <v>4.41</v>
       </c>
       <c r="FF22" s="13">
         <v>4.37</v>
       </c>
       <c r="FG22" s="13">
         <v>4.57</v>
       </c>
       <c r="FH22" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FI22" s="13">
         <v>4.04</v>
       </c>
       <c r="FJ22" s="13">
         <v>3.87</v>
       </c>
       <c r="FK22" s="13">
         <v>3.97</v>
       </c>
+      <c r="FL22" s="13">
+        <v>3.9</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>
       <c r="U23" s="14"/>
       <c r="V23" s="14"/>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
@@ -6610,52 +6651,55 @@
       </c>
       <c r="FD23" s="13">
         <v>4.26</v>
       </c>
       <c r="FE23" s="13">
         <v>4.45</v>
       </c>
       <c r="FF23" s="13">
         <v>3.99</v>
       </c>
       <c r="FG23" s="13">
         <v>4.01</v>
       </c>
       <c r="FH23" s="13">
         <v>3.95</v>
       </c>
       <c r="FI23" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ23" s="13">
         <v>3.75</v>
       </c>
       <c r="FK23" s="13">
         <v>3.91</v>
       </c>
+      <c r="FL23" s="13">
+        <v>3.85</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
@@ -6844,52 +6888,55 @@
       </c>
       <c r="FD24" s="13">
         <v>4.22</v>
       </c>
       <c r="FE24" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FF24" s="13">
         <v>4.24</v>
       </c>
       <c r="FG24" s="13">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH24" s="13">
         <v>3.73</v>
       </c>
       <c r="FI24" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ24" s="13">
         <v>3.8</v>
       </c>
       <c r="FK24" s="13">
         <v>3.98</v>
       </c>
+      <c r="FL24" s="13">
+        <v>3.92</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
       <c r="R25" s="14"/>
       <c r="S25" s="14"/>
       <c r="T25" s="14"/>
       <c r="U25" s="14"/>
       <c r="V25" s="14"/>
       <c r="W25" s="14"/>
       <c r="X25" s="14"/>
@@ -7078,52 +7125,55 @@
       </c>
       <c r="FD25" s="13">
         <v>4.49</v>
       </c>
       <c r="FE25" s="13">
         <v>4.71</v>
       </c>
       <c r="FF25" s="13">
         <v>4.55</v>
       </c>
       <c r="FG25" s="13">
         <v>3.99</v>
       </c>
       <c r="FH25" s="13">
         <v>4.3</v>
       </c>
       <c r="FI25" s="13">
         <v>4.28</v>
       </c>
       <c r="FJ25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FK25" s="13">
         <v>4.12</v>
       </c>
+      <c r="FL25" s="13">
+        <v>4.0599999999999996</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="13">
         <v>6.99</v>
       </c>
       <c r="D26" s="13">
         <v>6.78</v>
       </c>
       <c r="E26" s="13">
         <v>7.01</v>
       </c>
       <c r="F26" s="13">
         <v>6.83</v>
       </c>
       <c r="G26" s="13">
         <v>4.99</v>
       </c>
       <c r="H26" s="13">
         <v>6.13</v>
       </c>
       <c r="I26" s="13">
         <v>6.61</v>
       </c>
       <c r="J26" s="13">
@@ -7578,52 +7628,55 @@
       </c>
       <c r="FD26" s="13">
         <v>4.21</v>
       </c>
       <c r="FE26" s="13">
         <v>3.71</v>
       </c>
       <c r="FF26" s="13">
         <v>3.54</v>
       </c>
       <c r="FG26" s="13">
         <v>3.51</v>
       </c>
       <c r="FH26" s="13">
         <v>3.38</v>
       </c>
       <c r="FI26" s="13">
         <v>3.43</v>
       </c>
       <c r="FJ26" s="13">
         <v>3.19</v>
       </c>
       <c r="FK26" s="13">
         <v>3.5</v>
       </c>
+      <c r="FL26" s="13">
+        <v>3.09</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="14"/>
       <c r="L27" s="14"/>
       <c r="M27" s="14"/>
       <c r="N27" s="14"/>
       <c r="O27" s="14"/>
       <c r="P27" s="14"/>
       <c r="Q27" s="14"/>
       <c r="R27" s="14"/>
       <c r="S27" s="14"/>
       <c r="T27" s="14"/>
       <c r="U27" s="14"/>
       <c r="V27" s="14"/>
       <c r="W27" s="14"/>
       <c r="X27" s="14"/>
@@ -7812,52 +7865,55 @@
       </c>
       <c r="FD27" s="13">
         <v>4.3099999999999996</v>
       </c>
       <c r="FE27" s="13">
         <v>3.62</v>
       </c>
       <c r="FF27" s="13">
         <v>3.69</v>
       </c>
       <c r="FG27" s="13">
         <v>3.44</v>
       </c>
       <c r="FH27" s="13">
         <v>3.17</v>
       </c>
       <c r="FI27" s="13">
         <v>3.37</v>
       </c>
       <c r="FJ27" s="13">
         <v>3.14</v>
       </c>
       <c r="FK27" s="13">
         <v>3.54</v>
       </c>
+      <c r="FL27" s="13">
+        <v>3.06</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="14"/>
       <c r="R28" s="14"/>
       <c r="S28" s="14"/>
       <c r="T28" s="14"/>
       <c r="U28" s="14"/>
       <c r="V28" s="14"/>
       <c r="W28" s="14"/>
       <c r="X28" s="14"/>
@@ -8046,52 +8102,55 @@
       </c>
       <c r="FD28" s="13">
         <v>3.29</v>
       </c>
       <c r="FE28" s="13">
         <v>3.58</v>
       </c>
       <c r="FF28" s="13">
         <v>2.84</v>
       </c>
       <c r="FG28" s="13">
         <v>3.04</v>
       </c>
       <c r="FH28" s="13">
         <v>3.2</v>
       </c>
       <c r="FI28" s="13">
         <v>3.24</v>
       </c>
       <c r="FJ28" s="13">
         <v>2.9</v>
       </c>
       <c r="FK28" s="13">
         <v>2.77</v>
       </c>
+      <c r="FL28" s="13">
+        <v>2.82</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
       <c r="Q29" s="14"/>
       <c r="R29" s="14"/>
       <c r="S29" s="14"/>
       <c r="T29" s="14"/>
       <c r="U29" s="14"/>
       <c r="V29" s="14"/>
       <c r="W29" s="14"/>
       <c r="X29" s="14"/>
@@ -8280,52 +8339,55 @@
       </c>
       <c r="FD29" s="13">
         <v>3.19</v>
       </c>
       <c r="FE29" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FF29" s="13">
         <v>2.64</v>
       </c>
       <c r="FG29" s="13">
         <v>4.07</v>
       </c>
       <c r="FH29" s="13">
         <v>4.26</v>
       </c>
       <c r="FI29" s="13">
         <v>3.89</v>
       </c>
       <c r="FJ29" s="13">
         <v>3.93</v>
       </c>
       <c r="FK29" s="13">
         <v>3.69</v>
       </c>
+      <c r="FL29" s="13">
+        <v>3.64</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="14"/>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
       <c r="N30" s="14"/>
       <c r="O30" s="14"/>
       <c r="P30" s="14"/>
       <c r="Q30" s="14"/>
       <c r="R30" s="14"/>
       <c r="S30" s="14"/>
       <c r="T30" s="14"/>
       <c r="U30" s="14"/>
       <c r="V30" s="14"/>
       <c r="W30" s="14"/>
       <c r="X30" s="14"/>
@@ -8514,52 +8576,55 @@
       </c>
       <c r="FD30" s="13">
         <v>5.07</v>
       </c>
       <c r="FE30" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FF30" s="13">
         <v>4.46</v>
       </c>
       <c r="FG30" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FH30" s="13">
         <v>3.62</v>
       </c>
       <c r="FI30" s="13">
         <v>3.33</v>
       </c>
       <c r="FJ30" s="13">
         <v>3.54</v>
       </c>
       <c r="FK30" s="13">
         <v>4.0999999999999996</v>
       </c>
+      <c r="FL30" s="13">
+        <v>3.06</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="14"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
       <c r="P31" s="14"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="14"/>
       <c r="T31" s="14"/>
       <c r="U31" s="14"/>
       <c r="V31" s="14"/>
       <c r="W31" s="14"/>
       <c r="X31" s="14"/>
@@ -8748,52 +8813,55 @@
       </c>
       <c r="FD31" s="13">
         <v>4.21</v>
       </c>
       <c r="FE31" s="13">
         <v>3.48</v>
       </c>
       <c r="FF31" s="13">
         <v>3.35</v>
       </c>
       <c r="FG31" s="13">
         <v>4.3499999999999996</v>
       </c>
       <c r="FH31" s="13">
         <v>3.55</v>
       </c>
       <c r="FI31" s="13">
         <v>3.27</v>
       </c>
       <c r="FJ31" s="13">
         <v>3.13</v>
       </c>
       <c r="FK31" s="13">
         <v>3.26</v>
       </c>
+      <c r="FL31" s="13">
+        <v>3.36</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="15"/>
       <c r="V32" s="15"/>
       <c r="W32" s="15"/>
       <c r="X32" s="15"/>
@@ -8982,95 +9050,97 @@
       </c>
       <c r="FD32" s="16">
         <v>5.54</v>
       </c>
       <c r="FE32" s="16">
         <v>3.56</v>
       </c>
       <c r="FF32" s="16">
         <v>4.13</v>
       </c>
       <c r="FG32" s="16">
         <v>3.48</v>
       </c>
       <c r="FH32" s="16">
         <v>4.01</v>
       </c>
       <c r="FI32" s="16">
         <v>4</v>
       </c>
       <c r="FJ32" s="16">
         <v>3.39</v>
       </c>
       <c r="FK32" s="16">
         <v>3.81</v>
       </c>
+      <c r="FL32" s="16">
+        <v>3.16</v>
+      </c>
     </row>
-    <row r="33" spans="1:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="8"/>
     </row>
-    <row r="34" spans="1:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="8"/>
     </row>
-    <row r="35" spans="1:167" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:168" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="23"/>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:167" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:168" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="30"/>
       <c r="B36" s="10" t="s">
         <v>3</v>
       </c>
       <c r="EG36" s="32"/>
       <c r="EN36" s="29"/>
       <c r="EO36" s="29"/>
       <c r="EQ36" s="33"/>
       <c r="ER36" s="33"/>
       <c r="ES36" s="29"/>
       <c r="ET36" s="29"/>
       <c r="EU36" s="29"/>
       <c r="EV36" s="29"/>
       <c r="EW36" s="29"/>
       <c r="EX36" s="29"/>
       <c r="EY36" s="29"/>
       <c r="EZ36" s="29"/>
       <c r="FA36" s="29"/>
       <c r="FB36" s="29"/>
       <c r="FC36" s="29"/>
       <c r="FD36" s="29"/>
       <c r="FE36" s="29"/>
       <c r="FF36" s="29"/>
       <c r="FG36" s="29"/>
       <c r="FI36" s="29"/>
-      <c r="FJ36" s="29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ36" s="29"/>
       <c r="FK36" s="29"/>
+      <c r="FL36" s="29"/>
     </row>
-    <row r="37" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="C37" s="6">
         <v>40908</v>
       </c>
       <c r="D37" s="6">
         <v>40939</v>
       </c>
       <c r="E37" s="6">
         <v>40968</v>
       </c>
       <c r="F37" s="6">
         <v>40999</v>
       </c>
       <c r="G37" s="6">
         <v>41029</v>
       </c>
       <c r="H37" s="6">
         <v>41060</v>
       </c>
       <c r="I37" s="6">
         <v>41090</v>
       </c>
       <c r="J37" s="6">
         <v>41121</v>
       </c>
@@ -9523,52 +9593,55 @@
       </c>
       <c r="FD37" s="6">
         <v>45688</v>
       </c>
       <c r="FE37" s="6">
         <v>45716</v>
       </c>
       <c r="FF37" s="6">
         <v>45747</v>
       </c>
       <c r="FG37" s="6">
         <v>45777</v>
       </c>
       <c r="FH37" s="6">
         <v>45808</v>
       </c>
       <c r="FI37" s="6">
         <v>45838</v>
       </c>
       <c r="FJ37" s="6">
         <v>45869</v>
       </c>
       <c r="FK37" s="6">
         <v>45900</v>
       </c>
+      <c r="FL37" s="6">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="38" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="17">
         <v>638.45599062000008</v>
       </c>
       <c r="D38" s="17">
         <v>672.59273144999997</v>
       </c>
       <c r="E38" s="17">
         <v>695.50793746999989</v>
       </c>
       <c r="F38" s="17">
         <v>721.32604070000002</v>
       </c>
       <c r="G38" s="17">
         <v>730.05847758000004</v>
       </c>
       <c r="H38" s="17">
         <v>727.59701691999999</v>
       </c>
       <c r="I38" s="17">
         <v>708.03198577000001</v>
       </c>
       <c r="J38" s="17">
@@ -10023,52 +10096,55 @@
       </c>
       <c r="FD38" s="17">
         <v>859.08232783000005</v>
       </c>
       <c r="FE38" s="17">
         <v>864.71377932000007</v>
       </c>
       <c r="FF38" s="17">
         <v>881.08342197000002</v>
       </c>
       <c r="FG38" s="17">
         <v>901.09475777</v>
       </c>
       <c r="FH38" s="17">
         <v>888.09277004</v>
       </c>
       <c r="FI38" s="17">
         <v>860.72582282000008</v>
       </c>
       <c r="FJ38" s="17">
         <v>840.18937117999997</v>
       </c>
       <c r="FK38" s="17">
         <v>836.9876490800001</v>
       </c>
+      <c r="FL38" s="17">
+        <v>854.18398517999992</v>
+      </c>
     </row>
-    <row r="39" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="17">
         <v>624.14401435000002</v>
       </c>
       <c r="D39" s="17">
         <v>659.48448881999991</v>
       </c>
       <c r="E39" s="17">
         <v>682.28415821999999</v>
       </c>
       <c r="F39" s="17">
         <v>706.59460131999992</v>
       </c>
       <c r="G39" s="17">
         <v>714.64339801000006</v>
       </c>
       <c r="H39" s="17">
         <v>711.82892007999999</v>
       </c>
       <c r="I39" s="17">
         <v>691.85743598999989</v>
       </c>
       <c r="J39" s="17">
@@ -10523,52 +10599,55 @@
       </c>
       <c r="FD39" s="17">
         <v>832.06833598000003</v>
       </c>
       <c r="FE39" s="17">
         <v>836.70528645000002</v>
       </c>
       <c r="FF39" s="17">
         <v>850.54913042999999</v>
       </c>
       <c r="FG39" s="17">
         <v>871.32355266999991</v>
       </c>
       <c r="FH39" s="17">
         <v>856.13557748000005</v>
       </c>
       <c r="FI39" s="17">
         <v>830.28579419000005</v>
       </c>
       <c r="FJ39" s="17">
         <v>810.25658683000006</v>
       </c>
       <c r="FK39" s="17">
         <v>809.7934419500001</v>
       </c>
+      <c r="FL39" s="17">
+        <v>824.25104673999999</v>
+      </c>
     </row>
-    <row r="40" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="17">
         <v>8.6254551799999994</v>
       </c>
       <c r="D40" s="17">
         <v>8.356025429999999</v>
       </c>
       <c r="E40" s="17">
         <v>8.5927669099999999</v>
       </c>
       <c r="F40" s="17">
         <v>8.9884487000000011</v>
       </c>
       <c r="G40" s="17">
         <v>9.2989618399999987</v>
       </c>
       <c r="H40" s="17">
         <v>9.1353869599999999</v>
       </c>
       <c r="I40" s="17">
         <v>9.0619081699999988</v>
       </c>
       <c r="J40" s="17">
@@ -11023,52 +11102,55 @@
       </c>
       <c r="FD40" s="17">
         <v>13.44388202</v>
       </c>
       <c r="FE40" s="17">
         <v>13.911959919999999</v>
       </c>
       <c r="FF40" s="17">
         <v>14.852852090000001</v>
       </c>
       <c r="FG40" s="17">
         <v>14.403359160000001</v>
       </c>
       <c r="FH40" s="17">
         <v>15.025798500000001</v>
       </c>
       <c r="FI40" s="17">
         <v>14.516325929999999</v>
       </c>
       <c r="FJ40" s="17">
         <v>14.237490960000001</v>
       </c>
       <c r="FK40" s="17">
         <v>13.43268248</v>
       </c>
+      <c r="FL40" s="17">
+        <v>13.940607179999999</v>
+      </c>
     </row>
-    <row r="41" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="17">
         <v>67.474417369999998</v>
       </c>
       <c r="D41" s="17">
         <v>43.936397630000002</v>
       </c>
       <c r="E41" s="17">
         <v>66.343214079999996</v>
       </c>
       <c r="F41" s="17">
         <v>60.658973000000003</v>
       </c>
       <c r="G41" s="17">
         <v>55.551480699999999</v>
       </c>
       <c r="H41" s="17">
         <v>54.170411180000002</v>
       </c>
       <c r="I41" s="17">
         <v>48.156099959999999</v>
       </c>
       <c r="J41" s="17">
@@ -11523,52 +11605,55 @@
       </c>
       <c r="FD41" s="17">
         <v>129.12894405</v>
       </c>
       <c r="FE41" s="17">
         <v>140.2462893</v>
       </c>
       <c r="FF41" s="17">
         <v>164.84191217</v>
       </c>
       <c r="FG41" s="17">
         <v>164.80969361000001</v>
       </c>
       <c r="FH41" s="17">
         <v>154.19813487000002</v>
       </c>
       <c r="FI41" s="17">
         <v>167.21789187000002</v>
       </c>
       <c r="FJ41" s="17">
         <v>172.04339247999999</v>
       </c>
       <c r="FK41" s="17">
         <v>117.62145258</v>
       </c>
+      <c r="FL41" s="17">
+        <v>157.86297333000002</v>
+      </c>
     </row>
-    <row r="42" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="18"/>
       <c r="D42" s="18"/>
       <c r="E42" s="18"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="18"/>
       <c r="K42" s="18"/>
       <c r="L42" s="18"/>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
       <c r="S42" s="18"/>
       <c r="T42" s="18"/>
       <c r="U42" s="18"/>
       <c r="V42" s="18"/>
       <c r="W42" s="18"/>
       <c r="X42" s="18"/>
@@ -11757,52 +11842,55 @@
       </c>
       <c r="FD42" s="17">
         <v>64.060269300000002</v>
       </c>
       <c r="FE42" s="17">
         <v>66.776643989999997</v>
       </c>
       <c r="FF42" s="17">
         <v>77.240202920000002</v>
       </c>
       <c r="FG42" s="17">
         <v>84.287223609999998</v>
       </c>
       <c r="FH42" s="17">
         <v>76.803581099999988</v>
       </c>
       <c r="FI42" s="17">
         <v>83.463281370000004</v>
       </c>
       <c r="FJ42" s="17">
         <v>86.210487909999998</v>
       </c>
       <c r="FK42" s="17">
         <v>69.281518739999996</v>
       </c>
+      <c r="FL42" s="17">
+        <v>88.612108459999988</v>
+      </c>
     </row>
-    <row r="43" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="18"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
       <c r="H43" s="18"/>
       <c r="I43" s="18"/>
       <c r="J43" s="18"/>
       <c r="K43" s="18"/>
       <c r="L43" s="18"/>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
       <c r="S43" s="18"/>
       <c r="T43" s="18"/>
       <c r="U43" s="18"/>
       <c r="V43" s="18"/>
       <c r="W43" s="18"/>
       <c r="X43" s="18"/>
@@ -11991,52 +12079,55 @@
       </c>
       <c r="FD43" s="17">
         <v>26.66760056</v>
       </c>
       <c r="FE43" s="17">
         <v>26.918211929999998</v>
       </c>
       <c r="FF43" s="17">
         <v>31.463615109999999</v>
       </c>
       <c r="FG43" s="17">
         <v>30.132934110000001</v>
       </c>
       <c r="FH43" s="17">
         <v>30.127933609999999</v>
       </c>
       <c r="FI43" s="17">
         <v>22.860192300000001</v>
       </c>
       <c r="FJ43" s="17">
         <v>30.830345620000003</v>
       </c>
       <c r="FK43" s="17">
         <v>20.104711569999999</v>
       </c>
+      <c r="FL43" s="17">
+        <v>24.684217520000001</v>
+      </c>
     </row>
-    <row r="44" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
       <c r="H44" s="18"/>
       <c r="I44" s="18"/>
       <c r="J44" s="18"/>
       <c r="K44" s="18"/>
       <c r="L44" s="18"/>
       <c r="M44" s="18"/>
       <c r="N44" s="18"/>
       <c r="O44" s="18"/>
       <c r="P44" s="18"/>
       <c r="Q44" s="18"/>
       <c r="R44" s="18"/>
       <c r="S44" s="18"/>
       <c r="T44" s="18"/>
       <c r="U44" s="18"/>
       <c r="V44" s="18"/>
       <c r="W44" s="18"/>
       <c r="X44" s="18"/>
@@ -12225,52 +12316,55 @@
       </c>
       <c r="FD44" s="17">
         <v>14.52781805</v>
       </c>
       <c r="FE44" s="17">
         <v>19.724766500000001</v>
       </c>
       <c r="FF44" s="17">
         <v>20.162480010000003</v>
       </c>
       <c r="FG44" s="17">
         <v>23.376760170000001</v>
       </c>
       <c r="FH44" s="17">
         <v>19.393918360000001</v>
       </c>
       <c r="FI44" s="17">
         <v>23.910051989999999</v>
       </c>
       <c r="FJ44" s="17">
         <v>22.542095979999999</v>
       </c>
       <c r="FK44" s="17">
         <v>11.377030230000001</v>
       </c>
+      <c r="FL44" s="17">
+        <v>17.856761339999998</v>
+      </c>
     </row>
-    <row r="45" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="18"/>
       <c r="D45" s="18"/>
       <c r="E45" s="18"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
       <c r="H45" s="18"/>
       <c r="I45" s="18"/>
       <c r="J45" s="18"/>
       <c r="K45" s="18"/>
       <c r="L45" s="18"/>
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
       <c r="S45" s="18"/>
       <c r="T45" s="18"/>
       <c r="U45" s="18"/>
       <c r="V45" s="18"/>
       <c r="W45" s="18"/>
       <c r="X45" s="18"/>
@@ -12459,52 +12553,55 @@
       </c>
       <c r="FD45" s="17">
         <v>14.57919268</v>
       </c>
       <c r="FE45" s="17">
         <v>18.745952800000001</v>
       </c>
       <c r="FF45" s="17">
         <v>20.134378469999998</v>
       </c>
       <c r="FG45" s="17">
         <v>19.15276665</v>
       </c>
       <c r="FH45" s="17">
         <v>19.611618289999999</v>
       </c>
       <c r="FI45" s="17">
         <v>23.71351452</v>
       </c>
       <c r="FJ45" s="17">
         <v>19.397911860000001</v>
       </c>
       <c r="FK45" s="17">
         <v>11.161046240000001</v>
       </c>
+      <c r="FL45" s="17">
+        <v>17.16402738</v>
+      </c>
     </row>
-    <row r="46" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="18"/>
       <c r="D46" s="18"/>
       <c r="E46" s="18"/>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
       <c r="H46" s="18"/>
       <c r="I46" s="18"/>
       <c r="J46" s="18"/>
       <c r="K46" s="18"/>
       <c r="L46" s="18"/>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
       <c r="S46" s="18"/>
       <c r="T46" s="18"/>
       <c r="U46" s="18"/>
       <c r="V46" s="18"/>
       <c r="W46" s="18"/>
       <c r="X46" s="18"/>
@@ -12693,52 +12790,55 @@
       </c>
       <c r="FD46" s="17">
         <v>5.3644681299999997</v>
       </c>
       <c r="FE46" s="17">
         <v>5.9971979600000003</v>
       </c>
       <c r="FF46" s="17">
         <v>11.796435019999999</v>
       </c>
       <c r="FG46" s="17">
         <v>5.20343745</v>
       </c>
       <c r="FH46" s="17">
         <v>6.0461390599999998</v>
       </c>
       <c r="FI46" s="17">
         <v>6.9898463299999998</v>
       </c>
       <c r="FJ46" s="17">
         <v>5.7056274500000006</v>
       </c>
       <c r="FK46" s="17">
         <v>3.6950574199999999</v>
       </c>
+      <c r="FL46" s="17">
+        <v>6.5736662099999998</v>
+      </c>
     </row>
-    <row r="47" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="18"/>
       <c r="D47" s="18"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="18"/>
       <c r="H47" s="18"/>
       <c r="I47" s="18"/>
       <c r="J47" s="18"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="18"/>
       <c r="N47" s="18"/>
       <c r="O47" s="18"/>
       <c r="P47" s="18"/>
       <c r="Q47" s="18"/>
       <c r="R47" s="18"/>
       <c r="S47" s="18"/>
       <c r="T47" s="18"/>
       <c r="U47" s="18"/>
       <c r="V47" s="18"/>
       <c r="W47" s="18"/>
       <c r="X47" s="18"/>
@@ -12927,52 +13027,55 @@
       </c>
       <c r="FD47" s="17">
         <v>3.9295953300000002</v>
       </c>
       <c r="FE47" s="17">
         <v>2.0835161200000001</v>
       </c>
       <c r="FF47" s="17">
         <v>4.0448006400000001</v>
       </c>
       <c r="FG47" s="17">
         <v>2.6565716200000002</v>
       </c>
       <c r="FH47" s="17">
         <v>2.2149444500000004</v>
       </c>
       <c r="FI47" s="17">
         <v>6.28100536</v>
       </c>
       <c r="FJ47" s="17">
         <v>7.3569236600000005</v>
       </c>
       <c r="FK47" s="17">
         <v>2.00208838</v>
       </c>
+      <c r="FL47" s="17">
+        <v>2.9721924199999998</v>
+      </c>
     </row>
-    <row r="48" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="17">
         <v>92.883750280000001</v>
       </c>
       <c r="D48" s="17">
         <v>45.786175610000001</v>
       </c>
       <c r="E48" s="17">
         <v>91.95247723</v>
       </c>
       <c r="F48" s="17">
         <v>71.560308680000006</v>
       </c>
       <c r="G48" s="17">
         <v>59.611308909999998</v>
       </c>
       <c r="H48" s="17">
         <v>52.431431850000003</v>
       </c>
       <c r="I48" s="17">
         <v>59.192791880000001</v>
       </c>
       <c r="J48" s="17">
@@ -13427,52 +13530,55 @@
       </c>
       <c r="FD48" s="17">
         <v>144.73931026</v>
       </c>
       <c r="FE48" s="17">
         <v>162.69516141999998</v>
       </c>
       <c r="FF48" s="17">
         <v>186.27109824000001</v>
       </c>
       <c r="FG48" s="17">
         <v>196.26383730000001</v>
       </c>
       <c r="FH48" s="17">
         <v>180.63816646999999</v>
       </c>
       <c r="FI48" s="17">
         <v>215.01976163</v>
       </c>
       <c r="FJ48" s="17">
         <v>210.61893154000001</v>
       </c>
       <c r="FK48" s="17">
         <v>132.12256748999999</v>
       </c>
+      <c r="FL48" s="17">
+        <v>184.47265783</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="18"/>
       <c r="D49" s="18"/>
       <c r="E49" s="18"/>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
       <c r="H49" s="18"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="18"/>
       <c r="L49" s="18"/>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
       <c r="S49" s="18"/>
       <c r="T49" s="18"/>
       <c r="U49" s="18"/>
       <c r="V49" s="18"/>
       <c r="W49" s="18"/>
       <c r="X49" s="18"/>
@@ -13661,52 +13767,55 @@
       </c>
       <c r="FD49" s="17">
         <v>74.907074299999991</v>
       </c>
       <c r="FE49" s="17">
         <v>78.280203700000001</v>
       </c>
       <c r="FF49" s="17">
         <v>92.82782958</v>
       </c>
       <c r="FG49" s="17">
         <v>98.228438680000011</v>
       </c>
       <c r="FH49" s="17">
         <v>81.150968849999998</v>
       </c>
       <c r="FI49" s="17">
         <v>104.56286756</v>
       </c>
       <c r="FJ49" s="17">
         <v>110.87693773999999</v>
       </c>
       <c r="FK49" s="17">
         <v>61.400345600000001</v>
       </c>
+      <c r="FL49" s="17">
+        <v>92.160109450000007</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18"/>
       <c r="H50" s="18"/>
       <c r="I50" s="18"/>
       <c r="J50" s="18"/>
       <c r="K50" s="18"/>
       <c r="L50" s="18"/>
       <c r="M50" s="18"/>
       <c r="N50" s="18"/>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
       <c r="S50" s="18"/>
       <c r="T50" s="18"/>
       <c r="U50" s="18"/>
       <c r="V50" s="18"/>
       <c r="W50" s="18"/>
       <c r="X50" s="18"/>
@@ -13895,52 +14004,55 @@
       </c>
       <c r="FD50" s="17">
         <v>24.923182820000001</v>
       </c>
       <c r="FE50" s="17">
         <v>39.886368439999998</v>
       </c>
       <c r="FF50" s="17">
         <v>32.024148449999998</v>
       </c>
       <c r="FG50" s="17">
         <v>34.031755619999998</v>
       </c>
       <c r="FH50" s="17">
         <v>32.293093159999998</v>
       </c>
       <c r="FI50" s="17">
         <v>35.199811109999999</v>
       </c>
       <c r="FJ50" s="17">
         <v>31.70415959</v>
       </c>
       <c r="FK50" s="17">
         <v>19.839359870000003</v>
       </c>
+      <c r="FL50" s="17">
+        <v>34.204116319999997</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="18"/>
       <c r="D51" s="18"/>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="H51" s="18"/>
       <c r="I51" s="18"/>
       <c r="J51" s="18"/>
       <c r="K51" s="18"/>
       <c r="L51" s="18"/>
       <c r="M51" s="18"/>
       <c r="N51" s="18"/>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
       <c r="S51" s="18"/>
       <c r="T51" s="18"/>
       <c r="U51" s="18"/>
       <c r="V51" s="18"/>
       <c r="W51" s="18"/>
       <c r="X51" s="18"/>
@@ -14129,52 +14241,55 @@
       </c>
       <c r="FD51" s="17">
         <v>16.574322029999998</v>
       </c>
       <c r="FE51" s="17">
         <v>18.853892920000003</v>
       </c>
       <c r="FF51" s="17">
         <v>19.877073410000001</v>
       </c>
       <c r="FG51" s="17">
         <v>21.031977449999999</v>
       </c>
       <c r="FH51" s="17">
         <v>23.911302589999998</v>
       </c>
       <c r="FI51" s="17">
         <v>26.176131059999999</v>
       </c>
       <c r="FJ51" s="17">
         <v>21.737419339999999</v>
       </c>
       <c r="FK51" s="17">
         <v>17.634435629999999</v>
       </c>
+      <c r="FL51" s="17">
+        <v>21.082472450000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
       <c r="I52" s="18"/>
       <c r="J52" s="18"/>
       <c r="K52" s="18"/>
       <c r="L52" s="18"/>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
       <c r="S52" s="18"/>
       <c r="T52" s="18"/>
       <c r="U52" s="18"/>
       <c r="V52" s="18"/>
       <c r="W52" s="18"/>
       <c r="X52" s="18"/>
@@ -14363,52 +14478,55 @@
       </c>
       <c r="FD52" s="17">
         <v>5.407</v>
       </c>
       <c r="FE52" s="17">
         <v>8.1480921899999998</v>
       </c>
       <c r="FF52" s="17">
         <v>10.481849410000001</v>
       </c>
       <c r="FG52" s="17">
         <v>15.0945819</v>
       </c>
       <c r="FH52" s="17">
         <v>15.357200429999999</v>
       </c>
       <c r="FI52" s="17">
         <v>13.156148609999999</v>
       </c>
       <c r="FJ52" s="17">
         <v>8.3394991199999993</v>
       </c>
       <c r="FK52" s="17">
         <v>9.7622817600000005</v>
       </c>
+      <c r="FL52" s="17">
+        <v>11.76421927</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="18"/>
       <c r="D53" s="18"/>
       <c r="E53" s="18"/>
       <c r="F53" s="18"/>
       <c r="G53" s="18"/>
       <c r="H53" s="18"/>
       <c r="I53" s="18"/>
       <c r="J53" s="18"/>
       <c r="K53" s="18"/>
       <c r="L53" s="18"/>
       <c r="M53" s="18"/>
       <c r="N53" s="18"/>
       <c r="O53" s="18"/>
       <c r="P53" s="18"/>
       <c r="Q53" s="18"/>
       <c r="R53" s="18"/>
       <c r="S53" s="18"/>
       <c r="T53" s="18"/>
       <c r="U53" s="18"/>
       <c r="V53" s="18"/>
       <c r="W53" s="18"/>
       <c r="X53" s="18"/>
@@ -14597,52 +14715,55 @@
       </c>
       <c r="FD53" s="17">
         <v>13.422052619999999</v>
       </c>
       <c r="FE53" s="17">
         <v>9.2578139299999993</v>
       </c>
       <c r="FF53" s="17">
         <v>16.020364659999998</v>
       </c>
       <c r="FG53" s="17">
         <v>15.829529449999999</v>
       </c>
       <c r="FH53" s="17">
         <v>19.329601440000001</v>
       </c>
       <c r="FI53" s="17">
         <v>20.02894813</v>
       </c>
       <c r="FJ53" s="17">
         <v>25.625804049999999</v>
       </c>
       <c r="FK53" s="17">
         <v>14.04220001</v>
       </c>
+      <c r="FL53" s="17">
+        <v>17.206331160000001</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C54" s="18"/>
       <c r="D54" s="18"/>
       <c r="E54" s="18"/>
       <c r="F54" s="18"/>
       <c r="G54" s="18"/>
       <c r="H54" s="18"/>
       <c r="I54" s="18"/>
       <c r="J54" s="18"/>
       <c r="K54" s="18"/>
       <c r="L54" s="18"/>
       <c r="M54" s="18"/>
       <c r="N54" s="18"/>
       <c r="O54" s="18"/>
       <c r="P54" s="18"/>
       <c r="Q54" s="18"/>
       <c r="R54" s="18"/>
       <c r="S54" s="18"/>
       <c r="T54" s="18"/>
       <c r="U54" s="18"/>
       <c r="V54" s="18"/>
       <c r="W54" s="18"/>
       <c r="X54" s="18"/>
@@ -14831,52 +14952,55 @@
       </c>
       <c r="FD54" s="17">
         <v>9.5056784900000011</v>
       </c>
       <c r="FE54" s="17">
         <v>8.2687902399999995</v>
       </c>
       <c r="FF54" s="17">
         <v>15.039832730000001</v>
       </c>
       <c r="FG54" s="17">
         <v>12.047554199999999</v>
       </c>
       <c r="FH54" s="17">
         <v>8.5960000000000001</v>
       </c>
       <c r="FI54" s="17">
         <v>15.89585516</v>
       </c>
       <c r="FJ54" s="17">
         <v>12.335111699999999</v>
       </c>
       <c r="FK54" s="17">
         <v>9.4439446199999999</v>
       </c>
+      <c r="FL54" s="17">
+        <v>8.0554091799999998</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="17">
         <v>492.39183116000004</v>
       </c>
       <c r="D55" s="17">
         <v>175.93226960999999</v>
       </c>
       <c r="E55" s="17">
         <v>233.05295274000002</v>
       </c>
       <c r="F55" s="17">
         <v>211.33054023</v>
       </c>
       <c r="G55" s="17">
         <v>267.73971125999998</v>
       </c>
       <c r="H55" s="17">
         <v>414.73164116999999</v>
       </c>
       <c r="I55" s="17">
         <v>371.74608339999997</v>
       </c>
       <c r="J55" s="17">
@@ -15331,52 +15455,55 @@
       </c>
       <c r="FD55" s="17">
         <v>846.76168639000002</v>
       </c>
       <c r="FE55" s="17">
         <v>649.24569514999996</v>
       </c>
       <c r="FF55" s="17">
         <v>1219.76900501</v>
       </c>
       <c r="FG55" s="17">
         <v>1020.17772772</v>
       </c>
       <c r="FH55" s="17">
         <v>813.61070649999999</v>
       </c>
       <c r="FI55" s="17">
         <v>1314.0729753599999</v>
       </c>
       <c r="FJ55" s="17">
         <v>2072.1143799900001</v>
       </c>
       <c r="FK55" s="17">
         <v>787.37108714999999</v>
       </c>
+      <c r="FL55" s="17">
+        <v>1261.5875653399999</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18"/>
       <c r="H56" s="18"/>
       <c r="I56" s="18"/>
       <c r="J56" s="18"/>
       <c r="K56" s="18"/>
       <c r="L56" s="18"/>
       <c r="M56" s="18"/>
       <c r="N56" s="18"/>
       <c r="O56" s="18"/>
       <c r="P56" s="18"/>
       <c r="Q56" s="18"/>
       <c r="R56" s="18"/>
       <c r="S56" s="18"/>
       <c r="T56" s="18"/>
       <c r="U56" s="18"/>
       <c r="V56" s="18"/>
       <c r="W56" s="18"/>
       <c r="X56" s="18"/>
@@ -15565,52 +15692,55 @@
       </c>
       <c r="FD56" s="17">
         <v>447.05926686999999</v>
       </c>
       <c r="FE56" s="17">
         <v>404.64808381</v>
       </c>
       <c r="FF56" s="17">
         <v>753.59187645000009</v>
       </c>
       <c r="FG56" s="17">
         <v>700.95671721999997</v>
       </c>
       <c r="FH56" s="17">
         <v>542.64751477999994</v>
       </c>
       <c r="FI56" s="17">
         <v>992.85602262999998</v>
       </c>
       <c r="FJ56" s="17">
         <v>1468.22325206</v>
       </c>
       <c r="FK56" s="17">
         <v>582.50941323999996</v>
       </c>
+      <c r="FL56" s="17">
+        <v>919.94830607000006</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="18"/>
       <c r="D57" s="18"/>
       <c r="E57" s="18"/>
       <c r="F57" s="18"/>
       <c r="G57" s="18"/>
       <c r="H57" s="18"/>
       <c r="I57" s="18"/>
       <c r="J57" s="18"/>
       <c r="K57" s="18"/>
       <c r="L57" s="18"/>
       <c r="M57" s="18"/>
       <c r="N57" s="18"/>
       <c r="O57" s="18"/>
       <c r="P57" s="18"/>
       <c r="Q57" s="18"/>
       <c r="R57" s="18"/>
       <c r="S57" s="18"/>
       <c r="T57" s="18"/>
       <c r="U57" s="18"/>
       <c r="V57" s="18"/>
       <c r="W57" s="18"/>
       <c r="X57" s="18"/>
@@ -15799,52 +15929,55 @@
       </c>
       <c r="FD57" s="17">
         <v>109.26438107999999</v>
       </c>
       <c r="FE57" s="17">
         <v>41.244065020000001</v>
       </c>
       <c r="FF57" s="17">
         <v>144.30795930000002</v>
       </c>
       <c r="FG57" s="17">
         <v>104.65445617</v>
       </c>
       <c r="FH57" s="17">
         <v>29.61529247</v>
       </c>
       <c r="FI57" s="17">
         <v>52.652365259999996</v>
       </c>
       <c r="FJ57" s="17">
         <v>116.05291587000001</v>
       </c>
       <c r="FK57" s="17">
         <v>49.000089889999998</v>
       </c>
+      <c r="FL57" s="17">
+        <v>82.493077260000007</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="18"/>
       <c r="D58" s="18"/>
       <c r="E58" s="18"/>
       <c r="F58" s="18"/>
       <c r="G58" s="18"/>
       <c r="H58" s="18"/>
       <c r="I58" s="18"/>
       <c r="J58" s="18"/>
       <c r="K58" s="18"/>
       <c r="L58" s="18"/>
       <c r="M58" s="18"/>
       <c r="N58" s="18"/>
       <c r="O58" s="18"/>
       <c r="P58" s="18"/>
       <c r="Q58" s="18"/>
       <c r="R58" s="18"/>
       <c r="S58" s="18"/>
       <c r="T58" s="18"/>
       <c r="U58" s="18"/>
       <c r="V58" s="18"/>
       <c r="W58" s="18"/>
       <c r="X58" s="18"/>
@@ -16033,52 +16166,55 @@
       </c>
       <c r="FD58" s="17">
         <v>65.05383295</v>
       </c>
       <c r="FE58" s="17">
         <v>30.185927379999999</v>
       </c>
       <c r="FF58" s="17">
         <v>63.036426670000004</v>
       </c>
       <c r="FG58" s="17">
         <v>32.300558620000004</v>
       </c>
       <c r="FH58" s="17">
         <v>34.015999999999998</v>
       </c>
       <c r="FI58" s="17">
         <v>57.33417042</v>
       </c>
       <c r="FJ58" s="17">
         <v>93.940580609999998</v>
       </c>
       <c r="FK58" s="17">
         <v>29.60564239</v>
       </c>
+      <c r="FL58" s="17">
+        <v>31.0349048</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="18"/>
       <c r="J59" s="18"/>
       <c r="K59" s="18"/>
       <c r="L59" s="18"/>
       <c r="M59" s="18"/>
       <c r="N59" s="18"/>
       <c r="O59" s="18"/>
       <c r="P59" s="18"/>
       <c r="Q59" s="18"/>
       <c r="R59" s="18"/>
       <c r="S59" s="18"/>
       <c r="T59" s="18"/>
       <c r="U59" s="18"/>
       <c r="V59" s="18"/>
       <c r="W59" s="18"/>
       <c r="X59" s="18"/>
@@ -16267,52 +16403,55 @@
       </c>
       <c r="FD59" s="17">
         <v>22.495000000000001</v>
       </c>
       <c r="FE59" s="17">
         <v>56.274256999999999</v>
       </c>
       <c r="FF59" s="17">
         <v>30.07</v>
       </c>
       <c r="FG59" s="17">
         <v>34.725882270000007</v>
       </c>
       <c r="FH59" s="17">
         <v>26.426212079999999</v>
       </c>
       <c r="FI59" s="17">
         <v>42.321624960000001</v>
       </c>
       <c r="FJ59" s="17">
         <v>77.398382120000008</v>
       </c>
       <c r="FK59" s="17">
         <v>25.05</v>
       </c>
+      <c r="FL59" s="17">
+        <v>60.081329329999996</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="18"/>
       <c r="D60" s="18"/>
       <c r="E60" s="18"/>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
       <c r="H60" s="18"/>
       <c r="I60" s="18"/>
       <c r="J60" s="18"/>
       <c r="K60" s="18"/>
       <c r="L60" s="18"/>
       <c r="M60" s="18"/>
       <c r="N60" s="18"/>
       <c r="O60" s="18"/>
       <c r="P60" s="18"/>
       <c r="Q60" s="18"/>
       <c r="R60" s="18"/>
       <c r="S60" s="18"/>
       <c r="T60" s="18"/>
       <c r="U60" s="18"/>
       <c r="V60" s="18"/>
       <c r="W60" s="18"/>
       <c r="X60" s="18"/>
@@ -16501,52 +16640,55 @@
       </c>
       <c r="FD60" s="17">
         <v>123.28920549</v>
       </c>
       <c r="FE60" s="17">
         <v>65.860069499999994</v>
       </c>
       <c r="FF60" s="17">
         <v>148.14539088000001</v>
       </c>
       <c r="FG60" s="17">
         <v>82.911113439999994</v>
       </c>
       <c r="FH60" s="17">
         <v>71.514843620000008</v>
       </c>
       <c r="FI60" s="17">
         <v>69.534490359999992</v>
       </c>
       <c r="FJ60" s="17">
         <v>200.84623065</v>
       </c>
       <c r="FK60" s="17">
         <v>62.355941630000004</v>
       </c>
+      <c r="FL60" s="17">
+        <v>91.628295809999997</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="7"/>
       <c r="K61" s="7"/>
       <c r="L61" s="7"/>
       <c r="M61" s="7"/>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
       <c r="R61" s="7"/>
       <c r="S61" s="7"/>
       <c r="T61" s="7"/>
       <c r="U61" s="7"/>
       <c r="V61" s="7"/>
       <c r="W61" s="7"/>
       <c r="X61" s="7"/>
@@ -16735,85 +16877,87 @@
       </c>
       <c r="FD61" s="9">
         <v>79.599999999999994</v>
       </c>
       <c r="FE61" s="9">
         <v>51.033292439999997</v>
       </c>
       <c r="FF61" s="9">
         <v>80.617351709999994</v>
       </c>
       <c r="FG61" s="9">
         <v>64.629000000000005</v>
       </c>
       <c r="FH61" s="9">
         <v>109.39084355</v>
       </c>
       <c r="FI61" s="9">
         <v>99.374301729999999</v>
       </c>
       <c r="FJ61" s="9">
         <v>115.65301868</v>
       </c>
       <c r="FK61" s="9">
         <v>38.85</v>
       </c>
+      <c r="FL61" s="9">
+        <v>76.401652069999997</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:167" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:168" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="2:168" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="2:168" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B65" s="28"/>
     </row>
     <row r="66" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Borna Klinc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>