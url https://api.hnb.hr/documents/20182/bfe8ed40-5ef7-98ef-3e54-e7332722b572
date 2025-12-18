--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_09_30\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99EDD46F-305F-4657-85B2-010B0C826ABC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09500E15-DE80-4E3F-8800-5B8DB5C92957}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1207,113 +1207,114 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32645B45-B538-4246-8466-0B50CA0BACBA}">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
-  <dimension ref="A2:FL66"/>
+  <dimension ref="A2:FM66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="22" customWidth="1"/>
+    <col min="1" max="1" width="2.88671875" style="22" customWidth="1"/>
     <col min="2" max="2" width="77" style="2" customWidth="1"/>
-    <col min="3" max="16384" width="8.85546875" style="2"/>
+    <col min="3" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="27" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="1:168" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:169" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23"/>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:168" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:169" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="30"/>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="EF7" s="32"/>
       <c r="EG7" s="32"/>
       <c r="EJ7" s="29"/>
       <c r="EL7" s="29"/>
       <c r="ES7" s="29"/>
       <c r="ET7" s="29"/>
       <c r="EU7" s="29"/>
       <c r="EV7" s="29"/>
       <c r="EW7" s="29"/>
       <c r="EX7" s="29"/>
       <c r="EY7" s="29"/>
       <c r="EZ7" s="29"/>
       <c r="FA7" s="29"/>
       <c r="FB7" s="29"/>
       <c r="FD7" s="29"/>
       <c r="FE7" s="29"/>
       <c r="FF7" s="29"/>
       <c r="FG7" s="29"/>
       <c r="FH7" s="29"/>
       <c r="FI7" s="29"/>
       <c r="FJ7" s="29"/>
       <c r="FK7" s="29"/>
       <c r="FL7" s="29"/>
+      <c r="FM7" s="29"/>
     </row>
-    <row r="8" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="5"/>
       <c r="C8" s="6">
         <v>40908</v>
       </c>
       <c r="D8" s="6">
         <v>40939</v>
       </c>
       <c r="E8" s="6">
         <v>40968</v>
       </c>
       <c r="F8" s="6">
         <v>40999</v>
       </c>
       <c r="G8" s="6">
         <v>41029</v>
       </c>
       <c r="H8" s="6">
         <v>41060</v>
       </c>
       <c r="I8" s="6">
         <v>41090</v>
       </c>
       <c r="J8" s="6">
         <v>41121</v>
       </c>
@@ -1769,52 +1770,55 @@
       </c>
       <c r="FE8" s="6">
         <v>45716</v>
       </c>
       <c r="FF8" s="6">
         <v>45747</v>
       </c>
       <c r="FG8" s="6">
         <v>45777</v>
       </c>
       <c r="FH8" s="6">
         <v>45808</v>
       </c>
       <c r="FI8" s="6">
         <v>45838</v>
       </c>
       <c r="FJ8" s="6">
         <v>45869</v>
       </c>
       <c r="FK8" s="6">
         <v>45900</v>
       </c>
       <c r="FL8" s="6">
         <v>45930</v>
       </c>
+      <c r="FM8" s="6">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="9" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="12">
         <v>7.7</v>
       </c>
       <c r="D9" s="12">
         <v>8.0500000000000007</v>
       </c>
       <c r="E9" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F9" s="12">
         <v>8.2200000000000006</v>
       </c>
       <c r="G9" s="12">
         <v>7.88</v>
       </c>
       <c r="H9" s="12">
         <v>7.9</v>
       </c>
       <c r="I9" s="12">
         <v>7.73</v>
       </c>
       <c r="J9" s="12">
@@ -2272,52 +2276,55 @@
       </c>
       <c r="FE9" s="13">
         <v>4.75</v>
       </c>
       <c r="FF9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FG9" s="13">
         <v>4.7699999999999996</v>
       </c>
       <c r="FH9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FI9" s="13">
         <v>4.55</v>
       </c>
       <c r="FJ9" s="13">
         <v>4.45</v>
       </c>
       <c r="FK9" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FL9" s="13">
         <v>4.3899999999999997</v>
       </c>
+      <c r="FM9" s="13">
+        <v>4.3499999999999996</v>
+      </c>
     </row>
-    <row r="10" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="12">
         <v>7.71</v>
       </c>
       <c r="D10" s="12">
         <v>8.0399999999999991</v>
       </c>
       <c r="E10" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F10" s="12">
         <v>8.23</v>
       </c>
       <c r="G10" s="12">
         <v>7.89</v>
       </c>
       <c r="H10" s="12">
         <v>7.91</v>
       </c>
       <c r="I10" s="12">
         <v>7.74</v>
       </c>
       <c r="J10" s="12">
@@ -2775,52 +2782,55 @@
       </c>
       <c r="FE10" s="13">
         <v>4.78</v>
       </c>
       <c r="FF10" s="13">
         <v>4.76</v>
       </c>
       <c r="FG10" s="13">
         <v>4.8</v>
       </c>
       <c r="FH10" s="13">
         <v>4.76</v>
       </c>
       <c r="FI10" s="13">
         <v>4.58</v>
       </c>
       <c r="FJ10" s="13">
         <v>4.47</v>
       </c>
       <c r="FK10" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL10" s="13">
         <v>4.42</v>
       </c>
+      <c r="FM10" s="13">
+        <v>4.37</v>
+      </c>
     </row>
-    <row r="11" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="12">
         <v>11.25</v>
       </c>
       <c r="D11" s="12">
         <v>11.55</v>
       </c>
       <c r="E11" s="12">
         <v>11.79</v>
       </c>
       <c r="F11" s="12">
         <v>11.63</v>
       </c>
       <c r="G11" s="12">
         <v>11.72</v>
       </c>
       <c r="H11" s="12">
         <v>11.62</v>
       </c>
       <c r="I11" s="12">
         <v>11.66</v>
       </c>
       <c r="J11" s="12">
@@ -3278,52 +3288,55 @@
       </c>
       <c r="FE11" s="13">
         <v>7.2</v>
       </c>
       <c r="FF11" s="13">
         <v>7.09</v>
       </c>
       <c r="FG11" s="13">
         <v>7.27</v>
       </c>
       <c r="FH11" s="13">
         <v>7.16</v>
       </c>
       <c r="FI11" s="13">
         <v>7.25</v>
       </c>
       <c r="FJ11" s="13">
         <v>7.21</v>
       </c>
       <c r="FK11" s="13">
         <v>7.05</v>
       </c>
       <c r="FL11" s="13">
         <v>7.21</v>
       </c>
+      <c r="FM11" s="13">
+        <v>7.27</v>
+      </c>
     </row>
-    <row r="12" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="13">
         <v>7.92</v>
       </c>
       <c r="D12" s="13">
         <v>7.6</v>
       </c>
       <c r="E12" s="13">
         <v>7.81</v>
       </c>
       <c r="F12" s="13">
         <v>7.6</v>
       </c>
       <c r="G12" s="13">
         <v>7.48</v>
       </c>
       <c r="H12" s="13">
         <v>7.58</v>
       </c>
       <c r="I12" s="13">
         <v>7.51</v>
       </c>
       <c r="J12" s="13">
@@ -3781,52 +3794,55 @@
       </c>
       <c r="FE12" s="13">
         <v>4.5999999999999996</v>
       </c>
       <c r="FF12" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FG12" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FH12" s="13">
         <v>4.24</v>
       </c>
       <c r="FI12" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FJ12" s="13">
         <v>4.12</v>
       </c>
       <c r="FK12" s="13">
         <v>3.88</v>
       </c>
       <c r="FL12" s="13">
         <v>3.93</v>
       </c>
+      <c r="FM12" s="13">
+        <v>4.07</v>
+      </c>
     </row>
-    <row r="13" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
       <c r="T13" s="14"/>
       <c r="U13" s="14"/>
       <c r="V13" s="14"/>
       <c r="W13" s="14"/>
       <c r="X13" s="14"/>
@@ -4018,52 +4034,55 @@
       </c>
       <c r="FE13" s="13">
         <v>4.05</v>
       </c>
       <c r="FF13" s="13">
         <v>3.72</v>
       </c>
       <c r="FG13" s="13">
         <v>3.8</v>
       </c>
       <c r="FH13" s="13">
         <v>3.59</v>
       </c>
       <c r="FI13" s="13">
         <v>3.4</v>
       </c>
       <c r="FJ13" s="13">
         <v>3.47</v>
       </c>
       <c r="FK13" s="13">
         <v>3.22</v>
       </c>
       <c r="FL13" s="13">
         <v>3.29</v>
       </c>
+      <c r="FM13" s="13">
+        <v>3.5</v>
+      </c>
     </row>
-    <row r="14" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
@@ -4255,52 +4274,55 @@
       </c>
       <c r="FE14" s="13">
         <v>4.97</v>
       </c>
       <c r="FF14" s="13">
         <v>4.87</v>
       </c>
       <c r="FG14" s="13">
         <v>4.87</v>
       </c>
       <c r="FH14" s="13">
         <v>4.68</v>
       </c>
       <c r="FI14" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FJ14" s="13">
         <v>4.59</v>
       </c>
       <c r="FK14" s="13">
         <v>4.7</v>
       </c>
       <c r="FL14" s="13">
         <v>4.57</v>
       </c>
+      <c r="FM14" s="13">
+        <v>4.6100000000000003</v>
+      </c>
     </row>
-    <row r="15" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>
       <c r="U15" s="14"/>
       <c r="V15" s="14"/>
       <c r="W15" s="14"/>
       <c r="X15" s="14"/>
@@ -4492,52 +4514,55 @@
       </c>
       <c r="FE15" s="13">
         <v>5.23</v>
       </c>
       <c r="FF15" s="13">
         <v>5.23</v>
       </c>
       <c r="FG15" s="13">
         <v>5.12</v>
       </c>
       <c r="FH15" s="13">
         <v>5.12</v>
       </c>
       <c r="FI15" s="13">
         <v>4.96</v>
       </c>
       <c r="FJ15" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FK15" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FL15" s="13">
         <v>4.97</v>
       </c>
+      <c r="FM15" s="13">
+        <v>4.9400000000000004</v>
+      </c>
     </row>
-    <row r="16" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14"/>
       <c r="W16" s="14"/>
       <c r="X16" s="14"/>
@@ -4729,52 +4754,55 @@
       </c>
       <c r="FE16" s="13">
         <v>5.26</v>
       </c>
       <c r="FF16" s="13">
         <v>5.24</v>
       </c>
       <c r="FG16" s="13">
         <v>5.21</v>
       </c>
       <c r="FH16" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI16" s="13">
         <v>5.05</v>
       </c>
       <c r="FJ16" s="13">
         <v>5</v>
       </c>
       <c r="FK16" s="13">
         <v>5.0199999999999996</v>
       </c>
       <c r="FL16" s="13">
         <v>4.96</v>
       </c>
+      <c r="FM16" s="13">
+        <v>4.93</v>
+      </c>
     </row>
-    <row r="17" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="14"/>
       <c r="T17" s="14"/>
       <c r="U17" s="14"/>
       <c r="V17" s="14"/>
       <c r="W17" s="14"/>
       <c r="X17" s="14"/>
@@ -4966,52 +4994,55 @@
       </c>
       <c r="FE17" s="13">
         <v>5.04</v>
       </c>
       <c r="FF17" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG17" s="13">
         <v>4.91</v>
       </c>
       <c r="FH17" s="13">
         <v>4.58</v>
       </c>
       <c r="FI17" s="13">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ17" s="13">
         <v>4.79</v>
       </c>
       <c r="FK17" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL17" s="13">
         <v>4.41</v>
       </c>
+      <c r="FM17" s="13">
+        <v>4.4000000000000004</v>
+      </c>
     </row>
-    <row r="18" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="14"/>
       <c r="W18" s="14"/>
       <c r="X18" s="14"/>
@@ -5203,52 +5234,55 @@
       </c>
       <c r="FE18" s="13">
         <v>4.49</v>
       </c>
       <c r="FF18" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG18" s="13">
         <v>4.66</v>
       </c>
       <c r="FH18" s="13">
         <v>4.79</v>
       </c>
       <c r="FI18" s="13">
         <v>4.47</v>
       </c>
       <c r="FJ18" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FK18" s="13">
         <v>4.12</v>
       </c>
       <c r="FL18" s="13">
         <v>4.4400000000000004</v>
       </c>
+      <c r="FM18" s="13">
+        <v>4.09</v>
+      </c>
     </row>
-    <row r="19" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="13">
         <v>7.12</v>
       </c>
       <c r="D19" s="13">
         <v>7.23</v>
       </c>
       <c r="E19" s="13">
         <v>6.93</v>
       </c>
       <c r="F19" s="13">
         <v>7.13</v>
       </c>
       <c r="G19" s="13">
         <v>6.71</v>
       </c>
       <c r="H19" s="13">
         <v>6.98</v>
       </c>
       <c r="I19" s="13">
         <v>7.01</v>
       </c>
       <c r="J19" s="13">
@@ -5706,52 +5740,55 @@
       </c>
       <c r="FE19" s="13">
         <v>4.37</v>
       </c>
       <c r="FF19" s="13">
         <v>4.17</v>
       </c>
       <c r="FG19" s="13">
         <v>4.03</v>
       </c>
       <c r="FH19" s="13">
         <v>3.8</v>
       </c>
       <c r="FI19" s="13">
         <v>3.81</v>
       </c>
       <c r="FJ19" s="13">
         <v>3.65</v>
       </c>
       <c r="FK19" s="13">
         <v>3.87</v>
       </c>
       <c r="FL19" s="13">
         <v>3.72</v>
       </c>
+      <c r="FM19" s="13">
+        <v>3.76</v>
+      </c>
     </row>
-    <row r="20" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
@@ -5943,52 +5980,55 @@
       </c>
       <c r="FE20" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FF20" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FG20" s="13">
         <v>3.91</v>
       </c>
       <c r="FH20" s="13">
         <v>3.6</v>
       </c>
       <c r="FI20" s="13">
         <v>3.55</v>
       </c>
       <c r="FJ20" s="13">
         <v>3.43</v>
       </c>
       <c r="FK20" s="13">
         <v>3.7</v>
       </c>
       <c r="FL20" s="13">
         <v>3.58</v>
       </c>
+      <c r="FM20" s="13">
+        <v>3.6</v>
+      </c>
     </row>
-    <row r="21" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>
       <c r="U21" s="14"/>
       <c r="V21" s="14"/>
       <c r="W21" s="14"/>
       <c r="X21" s="14"/>
@@ -6180,52 +6220,55 @@
       </c>
       <c r="FE21" s="13">
         <v>4.32</v>
       </c>
       <c r="FF21" s="13">
         <v>3.96</v>
       </c>
       <c r="FG21" s="13">
         <v>3.97</v>
       </c>
       <c r="FH21" s="13">
         <v>3.92</v>
       </c>
       <c r="FI21" s="13">
         <v>4.08</v>
       </c>
       <c r="FJ21" s="13">
         <v>3.95</v>
       </c>
       <c r="FK21" s="13">
         <v>4.05</v>
       </c>
       <c r="FL21" s="13">
         <v>3.76</v>
       </c>
+      <c r="FM21" s="13">
+        <v>3.87</v>
+      </c>
     </row>
-    <row r="22" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="14"/>
       <c r="T22" s="14"/>
       <c r="U22" s="14"/>
       <c r="V22" s="14"/>
       <c r="W22" s="14"/>
       <c r="X22" s="14"/>
@@ -6417,52 +6460,55 @@
       </c>
       <c r="FE22" s="13">
         <v>4.41</v>
       </c>
       <c r="FF22" s="13">
         <v>4.37</v>
       </c>
       <c r="FG22" s="13">
         <v>4.57</v>
       </c>
       <c r="FH22" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FI22" s="13">
         <v>4.04</v>
       </c>
       <c r="FJ22" s="13">
         <v>3.87</v>
       </c>
       <c r="FK22" s="13">
         <v>3.97</v>
       </c>
       <c r="FL22" s="13">
         <v>3.9</v>
       </c>
+      <c r="FM22" s="13">
+        <v>4.2300000000000004</v>
+      </c>
     </row>
-    <row r="23" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>
       <c r="U23" s="14"/>
       <c r="V23" s="14"/>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
@@ -6654,52 +6700,55 @@
       </c>
       <c r="FE23" s="13">
         <v>4.45</v>
       </c>
       <c r="FF23" s="13">
         <v>3.99</v>
       </c>
       <c r="FG23" s="13">
         <v>4.01</v>
       </c>
       <c r="FH23" s="13">
         <v>3.95</v>
       </c>
       <c r="FI23" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ23" s="13">
         <v>3.75</v>
       </c>
       <c r="FK23" s="13">
         <v>3.91</v>
       </c>
       <c r="FL23" s="13">
         <v>3.85</v>
       </c>
+      <c r="FM23" s="13">
+        <v>3.42</v>
+      </c>
     </row>
-    <row r="24" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
@@ -6891,52 +6940,55 @@
       </c>
       <c r="FE24" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FF24" s="13">
         <v>4.24</v>
       </c>
       <c r="FG24" s="13">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH24" s="13">
         <v>3.73</v>
       </c>
       <c r="FI24" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ24" s="13">
         <v>3.8</v>
       </c>
       <c r="FK24" s="13">
         <v>3.98</v>
       </c>
       <c r="FL24" s="13">
         <v>3.92</v>
       </c>
+      <c r="FM24" s="13">
+        <v>3.93</v>
+      </c>
     </row>
-    <row r="25" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
       <c r="R25" s="14"/>
       <c r="S25" s="14"/>
       <c r="T25" s="14"/>
       <c r="U25" s="14"/>
       <c r="V25" s="14"/>
       <c r="W25" s="14"/>
       <c r="X25" s="14"/>
@@ -7128,52 +7180,55 @@
       </c>
       <c r="FE25" s="13">
         <v>4.71</v>
       </c>
       <c r="FF25" s="13">
         <v>4.55</v>
       </c>
       <c r="FG25" s="13">
         <v>3.99</v>
       </c>
       <c r="FH25" s="13">
         <v>4.3</v>
       </c>
       <c r="FI25" s="13">
         <v>4.28</v>
       </c>
       <c r="FJ25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FK25" s="13">
         <v>4.12</v>
       </c>
       <c r="FL25" s="13">
         <v>4.0599999999999996</v>
       </c>
+      <c r="FM25" s="13">
+        <v>4.1900000000000004</v>
+      </c>
     </row>
-    <row r="26" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="13">
         <v>6.99</v>
       </c>
       <c r="D26" s="13">
         <v>6.78</v>
       </c>
       <c r="E26" s="13">
         <v>7.01</v>
       </c>
       <c r="F26" s="13">
         <v>6.83</v>
       </c>
       <c r="G26" s="13">
         <v>4.99</v>
       </c>
       <c r="H26" s="13">
         <v>6.13</v>
       </c>
       <c r="I26" s="13">
         <v>6.61</v>
       </c>
       <c r="J26" s="13">
@@ -7631,52 +7686,55 @@
       </c>
       <c r="FE26" s="13">
         <v>3.71</v>
       </c>
       <c r="FF26" s="13">
         <v>3.54</v>
       </c>
       <c r="FG26" s="13">
         <v>3.51</v>
       </c>
       <c r="FH26" s="13">
         <v>3.38</v>
       </c>
       <c r="FI26" s="13">
         <v>3.43</v>
       </c>
       <c r="FJ26" s="13">
         <v>3.19</v>
       </c>
       <c r="FK26" s="13">
         <v>3.5</v>
       </c>
       <c r="FL26" s="13">
         <v>3.09</v>
       </c>
+      <c r="FM26" s="13">
+        <v>3.25</v>
+      </c>
     </row>
-    <row r="27" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="14"/>
       <c r="L27" s="14"/>
       <c r="M27" s="14"/>
       <c r="N27" s="14"/>
       <c r="O27" s="14"/>
       <c r="P27" s="14"/>
       <c r="Q27" s="14"/>
       <c r="R27" s="14"/>
       <c r="S27" s="14"/>
       <c r="T27" s="14"/>
       <c r="U27" s="14"/>
       <c r="V27" s="14"/>
       <c r="W27" s="14"/>
       <c r="X27" s="14"/>
@@ -7868,52 +7926,55 @@
       </c>
       <c r="FE27" s="13">
         <v>3.62</v>
       </c>
       <c r="FF27" s="13">
         <v>3.69</v>
       </c>
       <c r="FG27" s="13">
         <v>3.44</v>
       </c>
       <c r="FH27" s="13">
         <v>3.17</v>
       </c>
       <c r="FI27" s="13">
         <v>3.37</v>
       </c>
       <c r="FJ27" s="13">
         <v>3.14</v>
       </c>
       <c r="FK27" s="13">
         <v>3.54</v>
       </c>
       <c r="FL27" s="13">
         <v>3.06</v>
       </c>
+      <c r="FM27" s="13">
+        <v>3.25</v>
+      </c>
     </row>
-    <row r="28" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="14"/>
       <c r="R28" s="14"/>
       <c r="S28" s="14"/>
       <c r="T28" s="14"/>
       <c r="U28" s="14"/>
       <c r="V28" s="14"/>
       <c r="W28" s="14"/>
       <c r="X28" s="14"/>
@@ -8105,52 +8166,55 @@
       </c>
       <c r="FE28" s="13">
         <v>3.58</v>
       </c>
       <c r="FF28" s="13">
         <v>2.84</v>
       </c>
       <c r="FG28" s="13">
         <v>3.04</v>
       </c>
       <c r="FH28" s="13">
         <v>3.2</v>
       </c>
       <c r="FI28" s="13">
         <v>3.24</v>
       </c>
       <c r="FJ28" s="13">
         <v>2.9</v>
       </c>
       <c r="FK28" s="13">
         <v>2.77</v>
       </c>
       <c r="FL28" s="13">
         <v>2.82</v>
       </c>
+      <c r="FM28" s="13">
+        <v>2.5</v>
+      </c>
     </row>
-    <row r="29" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
       <c r="Q29" s="14"/>
       <c r="R29" s="14"/>
       <c r="S29" s="14"/>
       <c r="T29" s="14"/>
       <c r="U29" s="14"/>
       <c r="V29" s="14"/>
       <c r="W29" s="14"/>
       <c r="X29" s="14"/>
@@ -8342,52 +8406,55 @@
       </c>
       <c r="FE29" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FF29" s="13">
         <v>2.64</v>
       </c>
       <c r="FG29" s="13">
         <v>4.07</v>
       </c>
       <c r="FH29" s="13">
         <v>4.26</v>
       </c>
       <c r="FI29" s="13">
         <v>3.89</v>
       </c>
       <c r="FJ29" s="13">
         <v>3.93</v>
       </c>
       <c r="FK29" s="13">
         <v>3.69</v>
       </c>
       <c r="FL29" s="13">
         <v>3.64</v>
       </c>
+      <c r="FM29" s="13">
+        <v>4.43</v>
+      </c>
     </row>
-    <row r="30" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="14"/>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
       <c r="N30" s="14"/>
       <c r="O30" s="14"/>
       <c r="P30" s="14"/>
       <c r="Q30" s="14"/>
       <c r="R30" s="14"/>
       <c r="S30" s="14"/>
       <c r="T30" s="14"/>
       <c r="U30" s="14"/>
       <c r="V30" s="14"/>
       <c r="W30" s="14"/>
       <c r="X30" s="14"/>
@@ -8579,52 +8646,55 @@
       </c>
       <c r="FE30" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FF30" s="13">
         <v>4.46</v>
       </c>
       <c r="FG30" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FH30" s="13">
         <v>3.62</v>
       </c>
       <c r="FI30" s="13">
         <v>3.33</v>
       </c>
       <c r="FJ30" s="13">
         <v>3.54</v>
       </c>
       <c r="FK30" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FL30" s="13">
         <v>3.06</v>
       </c>
+      <c r="FM30" s="13">
+        <v>3.97</v>
+      </c>
     </row>
-    <row r="31" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="14"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
       <c r="P31" s="14"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="14"/>
       <c r="T31" s="14"/>
       <c r="U31" s="14"/>
       <c r="V31" s="14"/>
       <c r="W31" s="14"/>
       <c r="X31" s="14"/>
@@ -8816,52 +8886,55 @@
       </c>
       <c r="FE31" s="13">
         <v>3.48</v>
       </c>
       <c r="FF31" s="13">
         <v>3.35</v>
       </c>
       <c r="FG31" s="13">
         <v>4.3499999999999996</v>
       </c>
       <c r="FH31" s="13">
         <v>3.55</v>
       </c>
       <c r="FI31" s="13">
         <v>3.27</v>
       </c>
       <c r="FJ31" s="13">
         <v>3.13</v>
       </c>
       <c r="FK31" s="13">
         <v>3.26</v>
       </c>
       <c r="FL31" s="13">
         <v>3.36</v>
       </c>
+      <c r="FM31" s="13">
+        <v>2.94</v>
+      </c>
     </row>
-    <row r="32" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="15"/>
       <c r="V32" s="15"/>
       <c r="W32" s="15"/>
       <c r="X32" s="15"/>
@@ -9053,94 +9126,98 @@
       </c>
       <c r="FE32" s="16">
         <v>3.56</v>
       </c>
       <c r="FF32" s="16">
         <v>4.13</v>
       </c>
       <c r="FG32" s="16">
         <v>3.48</v>
       </c>
       <c r="FH32" s="16">
         <v>4.01</v>
       </c>
       <c r="FI32" s="16">
         <v>4</v>
       </c>
       <c r="FJ32" s="16">
         <v>3.39</v>
       </c>
       <c r="FK32" s="16">
         <v>3.81</v>
       </c>
       <c r="FL32" s="16">
         <v>3.16</v>
       </c>
+      <c r="FM32" s="16">
+        <v>3.29</v>
+      </c>
     </row>
-    <row r="33" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B33" s="8"/>
     </row>
-    <row r="34" spans="1:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="8"/>
     </row>
-    <row r="35" spans="1:168" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:169" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="23"/>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:168" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:169" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="30"/>
       <c r="B36" s="10" t="s">
         <v>3</v>
       </c>
       <c r="EG36" s="32"/>
       <c r="EN36" s="29"/>
       <c r="EO36" s="29"/>
       <c r="EQ36" s="33"/>
       <c r="ER36" s="33"/>
       <c r="ES36" s="29"/>
       <c r="ET36" s="29"/>
       <c r="EU36" s="29"/>
       <c r="EV36" s="29"/>
       <c r="EW36" s="29"/>
       <c r="EX36" s="29"/>
       <c r="EY36" s="29"/>
       <c r="EZ36" s="29"/>
       <c r="FA36" s="29"/>
       <c r="FB36" s="29"/>
       <c r="FC36" s="29"/>
       <c r="FD36" s="29"/>
       <c r="FE36" s="29"/>
       <c r="FF36" s="29"/>
       <c r="FG36" s="29"/>
       <c r="FI36" s="29"/>
       <c r="FJ36" s="29"/>
       <c r="FK36" s="29"/>
       <c r="FL36" s="29"/>
+      <c r="FM36" s="29"/>
     </row>
-    <row r="37" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="5"/>
       <c r="C37" s="6">
         <v>40908</v>
       </c>
       <c r="D37" s="6">
         <v>40939</v>
       </c>
       <c r="E37" s="6">
         <v>40968</v>
       </c>
       <c r="F37" s="6">
         <v>40999</v>
       </c>
       <c r="G37" s="6">
         <v>41029</v>
       </c>
       <c r="H37" s="6">
         <v>41060</v>
       </c>
       <c r="I37" s="6">
         <v>41090</v>
       </c>
       <c r="J37" s="6">
         <v>41121</v>
       </c>
@@ -9596,52 +9673,55 @@
       </c>
       <c r="FE37" s="6">
         <v>45716</v>
       </c>
       <c r="FF37" s="6">
         <v>45747</v>
       </c>
       <c r="FG37" s="6">
         <v>45777</v>
       </c>
       <c r="FH37" s="6">
         <v>45808</v>
       </c>
       <c r="FI37" s="6">
         <v>45838</v>
       </c>
       <c r="FJ37" s="6">
         <v>45869</v>
       </c>
       <c r="FK37" s="6">
         <v>45900</v>
       </c>
       <c r="FL37" s="6">
         <v>45930</v>
       </c>
+      <c r="FM37" s="6">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="38" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="17">
         <v>638.45599062000008</v>
       </c>
       <c r="D38" s="17">
         <v>672.59273144999997</v>
       </c>
       <c r="E38" s="17">
         <v>695.50793746999989</v>
       </c>
       <c r="F38" s="17">
         <v>721.32604070000002</v>
       </c>
       <c r="G38" s="17">
         <v>730.05847758000004</v>
       </c>
       <c r="H38" s="17">
         <v>727.59701691999999</v>
       </c>
       <c r="I38" s="17">
         <v>708.03198577000001</v>
       </c>
       <c r="J38" s="17">
@@ -10099,52 +10179,55 @@
       </c>
       <c r="FE38" s="17">
         <v>864.71377932000007</v>
       </c>
       <c r="FF38" s="17">
         <v>881.08342197000002</v>
       </c>
       <c r="FG38" s="17">
         <v>901.09475777</v>
       </c>
       <c r="FH38" s="17">
         <v>888.09277004</v>
       </c>
       <c r="FI38" s="17">
         <v>860.72582282000008</v>
       </c>
       <c r="FJ38" s="17">
         <v>840.18937117999997</v>
       </c>
       <c r="FK38" s="17">
         <v>836.9876490800001</v>
       </c>
       <c r="FL38" s="17">
         <v>854.18398517999992</v>
       </c>
+      <c r="FM38" s="17">
+        <v>849.78201948000003</v>
+      </c>
     </row>
-    <row r="39" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="17">
         <v>624.14401435000002</v>
       </c>
       <c r="D39" s="17">
         <v>659.48448881999991</v>
       </c>
       <c r="E39" s="17">
         <v>682.28415821999999</v>
       </c>
       <c r="F39" s="17">
         <v>706.59460131999992</v>
       </c>
       <c r="G39" s="17">
         <v>714.64339801000006</v>
       </c>
       <c r="H39" s="17">
         <v>711.82892007999999</v>
       </c>
       <c r="I39" s="17">
         <v>691.85743598999989</v>
       </c>
       <c r="J39" s="17">
@@ -10602,52 +10685,55 @@
       </c>
       <c r="FE39" s="17">
         <v>836.70528645000002</v>
       </c>
       <c r="FF39" s="17">
         <v>850.54913042999999</v>
       </c>
       <c r="FG39" s="17">
         <v>871.32355266999991</v>
       </c>
       <c r="FH39" s="17">
         <v>856.13557748000005</v>
       </c>
       <c r="FI39" s="17">
         <v>830.28579419000005</v>
       </c>
       <c r="FJ39" s="17">
         <v>810.25658683000006</v>
       </c>
       <c r="FK39" s="17">
         <v>809.7934419500001</v>
       </c>
       <c r="FL39" s="17">
         <v>824.25104673999999</v>
       </c>
+      <c r="FM39" s="17">
+        <v>818.57084505</v>
+      </c>
     </row>
-    <row r="40" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="17">
         <v>8.6254551799999994</v>
       </c>
       <c r="D40" s="17">
         <v>8.356025429999999</v>
       </c>
       <c r="E40" s="17">
         <v>8.5927669099999999</v>
       </c>
       <c r="F40" s="17">
         <v>8.9884487000000011</v>
       </c>
       <c r="G40" s="17">
         <v>9.2989618399999987</v>
       </c>
       <c r="H40" s="17">
         <v>9.1353869599999999</v>
       </c>
       <c r="I40" s="17">
         <v>9.0619081699999988</v>
       </c>
       <c r="J40" s="17">
@@ -11105,52 +11191,55 @@
       </c>
       <c r="FE40" s="17">
         <v>13.911959919999999</v>
       </c>
       <c r="FF40" s="17">
         <v>14.852852090000001</v>
       </c>
       <c r="FG40" s="17">
         <v>14.403359160000001</v>
       </c>
       <c r="FH40" s="17">
         <v>15.025798500000001</v>
       </c>
       <c r="FI40" s="17">
         <v>14.516325929999999</v>
       </c>
       <c r="FJ40" s="17">
         <v>14.237490960000001</v>
       </c>
       <c r="FK40" s="17">
         <v>13.43268248</v>
       </c>
       <c r="FL40" s="17">
         <v>13.940607179999999</v>
       </c>
+      <c r="FM40" s="17">
+        <v>14.46961018</v>
+      </c>
     </row>
-    <row r="41" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="17">
         <v>67.474417369999998</v>
       </c>
       <c r="D41" s="17">
         <v>43.936397630000002</v>
       </c>
       <c r="E41" s="17">
         <v>66.343214079999996</v>
       </c>
       <c r="F41" s="17">
         <v>60.658973000000003</v>
       </c>
       <c r="G41" s="17">
         <v>55.551480699999999</v>
       </c>
       <c r="H41" s="17">
         <v>54.170411180000002</v>
       </c>
       <c r="I41" s="17">
         <v>48.156099959999999</v>
       </c>
       <c r="J41" s="17">
@@ -11608,52 +11697,55 @@
       </c>
       <c r="FE41" s="17">
         <v>140.2462893</v>
       </c>
       <c r="FF41" s="17">
         <v>164.84191217</v>
       </c>
       <c r="FG41" s="17">
         <v>164.80969361000001</v>
       </c>
       <c r="FH41" s="17">
         <v>154.19813487000002</v>
       </c>
       <c r="FI41" s="17">
         <v>167.21789187000002</v>
       </c>
       <c r="FJ41" s="17">
         <v>172.04339247999999</v>
       </c>
       <c r="FK41" s="17">
         <v>117.62145258</v>
       </c>
       <c r="FL41" s="17">
         <v>157.86297333000002</v>
       </c>
+      <c r="FM41" s="17">
+        <v>168.8836747</v>
+      </c>
     </row>
-    <row r="42" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="18"/>
       <c r="D42" s="18"/>
       <c r="E42" s="18"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="18"/>
       <c r="K42" s="18"/>
       <c r="L42" s="18"/>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
       <c r="S42" s="18"/>
       <c r="T42" s="18"/>
       <c r="U42" s="18"/>
       <c r="V42" s="18"/>
       <c r="W42" s="18"/>
       <c r="X42" s="18"/>
@@ -11845,52 +11937,55 @@
       </c>
       <c r="FE42" s="17">
         <v>66.776643989999997</v>
       </c>
       <c r="FF42" s="17">
         <v>77.240202920000002</v>
       </c>
       <c r="FG42" s="17">
         <v>84.287223609999998</v>
       </c>
       <c r="FH42" s="17">
         <v>76.803581099999988</v>
       </c>
       <c r="FI42" s="17">
         <v>83.463281370000004</v>
       </c>
       <c r="FJ42" s="17">
         <v>86.210487909999998</v>
       </c>
       <c r="FK42" s="17">
         <v>69.281518739999996</v>
       </c>
       <c r="FL42" s="17">
         <v>88.612108459999988</v>
       </c>
+      <c r="FM42" s="17">
+        <v>89.79806379</v>
+      </c>
     </row>
-    <row r="43" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="18"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
       <c r="H43" s="18"/>
       <c r="I43" s="18"/>
       <c r="J43" s="18"/>
       <c r="K43" s="18"/>
       <c r="L43" s="18"/>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
       <c r="S43" s="18"/>
       <c r="T43" s="18"/>
       <c r="U43" s="18"/>
       <c r="V43" s="18"/>
       <c r="W43" s="18"/>
       <c r="X43" s="18"/>
@@ -12082,52 +12177,55 @@
       </c>
       <c r="FE43" s="17">
         <v>26.918211929999998</v>
       </c>
       <c r="FF43" s="17">
         <v>31.463615109999999</v>
       </c>
       <c r="FG43" s="17">
         <v>30.132934110000001</v>
       </c>
       <c r="FH43" s="17">
         <v>30.127933609999999</v>
       </c>
       <c r="FI43" s="17">
         <v>22.860192300000001</v>
       </c>
       <c r="FJ43" s="17">
         <v>30.830345620000003</v>
       </c>
       <c r="FK43" s="17">
         <v>20.104711569999999</v>
       </c>
       <c r="FL43" s="17">
         <v>24.684217520000001</v>
       </c>
+      <c r="FM43" s="17">
+        <v>29.248957879999999</v>
+      </c>
     </row>
-    <row r="44" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
       <c r="H44" s="18"/>
       <c r="I44" s="18"/>
       <c r="J44" s="18"/>
       <c r="K44" s="18"/>
       <c r="L44" s="18"/>
       <c r="M44" s="18"/>
       <c r="N44" s="18"/>
       <c r="O44" s="18"/>
       <c r="P44" s="18"/>
       <c r="Q44" s="18"/>
       <c r="R44" s="18"/>
       <c r="S44" s="18"/>
       <c r="T44" s="18"/>
       <c r="U44" s="18"/>
       <c r="V44" s="18"/>
       <c r="W44" s="18"/>
       <c r="X44" s="18"/>
@@ -12319,52 +12417,55 @@
       </c>
       <c r="FE44" s="17">
         <v>19.724766500000001</v>
       </c>
       <c r="FF44" s="17">
         <v>20.162480010000003</v>
       </c>
       <c r="FG44" s="17">
         <v>23.376760170000001</v>
       </c>
       <c r="FH44" s="17">
         <v>19.393918360000001</v>
       </c>
       <c r="FI44" s="17">
         <v>23.910051989999999</v>
       </c>
       <c r="FJ44" s="17">
         <v>22.542095979999999</v>
       </c>
       <c r="FK44" s="17">
         <v>11.377030230000001</v>
       </c>
       <c r="FL44" s="17">
         <v>17.856761339999998</v>
       </c>
+      <c r="FM44" s="17">
+        <v>21.49437305</v>
+      </c>
     </row>
-    <row r="45" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="18"/>
       <c r="D45" s="18"/>
       <c r="E45" s="18"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
       <c r="H45" s="18"/>
       <c r="I45" s="18"/>
       <c r="J45" s="18"/>
       <c r="K45" s="18"/>
       <c r="L45" s="18"/>
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
       <c r="S45" s="18"/>
       <c r="T45" s="18"/>
       <c r="U45" s="18"/>
       <c r="V45" s="18"/>
       <c r="W45" s="18"/>
       <c r="X45" s="18"/>
@@ -12556,52 +12657,55 @@
       </c>
       <c r="FE45" s="17">
         <v>18.745952800000001</v>
       </c>
       <c r="FF45" s="17">
         <v>20.134378469999998</v>
       </c>
       <c r="FG45" s="17">
         <v>19.15276665</v>
       </c>
       <c r="FH45" s="17">
         <v>19.611618289999999</v>
       </c>
       <c r="FI45" s="17">
         <v>23.71351452</v>
       </c>
       <c r="FJ45" s="17">
         <v>19.397911860000001</v>
       </c>
       <c r="FK45" s="17">
         <v>11.161046240000001</v>
       </c>
       <c r="FL45" s="17">
         <v>17.16402738</v>
       </c>
+      <c r="FM45" s="17">
+        <v>17.94871131</v>
+      </c>
     </row>
-    <row r="46" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="18"/>
       <c r="D46" s="18"/>
       <c r="E46" s="18"/>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
       <c r="H46" s="18"/>
       <c r="I46" s="18"/>
       <c r="J46" s="18"/>
       <c r="K46" s="18"/>
       <c r="L46" s="18"/>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
       <c r="S46" s="18"/>
       <c r="T46" s="18"/>
       <c r="U46" s="18"/>
       <c r="V46" s="18"/>
       <c r="W46" s="18"/>
       <c r="X46" s="18"/>
@@ -12793,52 +12897,55 @@
       </c>
       <c r="FE46" s="17">
         <v>5.9971979600000003</v>
       </c>
       <c r="FF46" s="17">
         <v>11.796435019999999</v>
       </c>
       <c r="FG46" s="17">
         <v>5.20343745</v>
       </c>
       <c r="FH46" s="17">
         <v>6.0461390599999998</v>
       </c>
       <c r="FI46" s="17">
         <v>6.9898463299999998</v>
       </c>
       <c r="FJ46" s="17">
         <v>5.7056274500000006</v>
       </c>
       <c r="FK46" s="17">
         <v>3.6950574199999999</v>
       </c>
       <c r="FL46" s="17">
         <v>6.5736662099999998</v>
       </c>
+      <c r="FM46" s="17">
+        <v>6.7011768299999996</v>
+      </c>
     </row>
-    <row r="47" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="18"/>
       <c r="D47" s="18"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="18"/>
       <c r="H47" s="18"/>
       <c r="I47" s="18"/>
       <c r="J47" s="18"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="18"/>
       <c r="N47" s="18"/>
       <c r="O47" s="18"/>
       <c r="P47" s="18"/>
       <c r="Q47" s="18"/>
       <c r="R47" s="18"/>
       <c r="S47" s="18"/>
       <c r="T47" s="18"/>
       <c r="U47" s="18"/>
       <c r="V47" s="18"/>
       <c r="W47" s="18"/>
       <c r="X47" s="18"/>
@@ -13030,52 +13137,55 @@
       </c>
       <c r="FE47" s="17">
         <v>2.0835161200000001</v>
       </c>
       <c r="FF47" s="17">
         <v>4.0448006400000001</v>
       </c>
       <c r="FG47" s="17">
         <v>2.6565716200000002</v>
       </c>
       <c r="FH47" s="17">
         <v>2.2149444500000004</v>
       </c>
       <c r="FI47" s="17">
         <v>6.28100536</v>
       </c>
       <c r="FJ47" s="17">
         <v>7.3569236600000005</v>
       </c>
       <c r="FK47" s="17">
         <v>2.00208838</v>
       </c>
       <c r="FL47" s="17">
         <v>2.9721924199999998</v>
       </c>
+      <c r="FM47" s="17">
+        <v>3.69239184</v>
+      </c>
     </row>
-    <row r="48" spans="1:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="17">
         <v>92.883750280000001</v>
       </c>
       <c r="D48" s="17">
         <v>45.786175610000001</v>
       </c>
       <c r="E48" s="17">
         <v>91.95247723</v>
       </c>
       <c r="F48" s="17">
         <v>71.560308680000006</v>
       </c>
       <c r="G48" s="17">
         <v>59.611308909999998</v>
       </c>
       <c r="H48" s="17">
         <v>52.431431850000003</v>
       </c>
       <c r="I48" s="17">
         <v>59.192791880000001</v>
       </c>
       <c r="J48" s="17">
@@ -13533,52 +13643,55 @@
       </c>
       <c r="FE48" s="17">
         <v>162.69516141999998</v>
       </c>
       <c r="FF48" s="17">
         <v>186.27109824000001</v>
       </c>
       <c r="FG48" s="17">
         <v>196.26383730000001</v>
       </c>
       <c r="FH48" s="17">
         <v>180.63816646999999</v>
       </c>
       <c r="FI48" s="17">
         <v>215.01976163</v>
       </c>
       <c r="FJ48" s="17">
         <v>210.61893154000001</v>
       </c>
       <c r="FK48" s="17">
         <v>132.12256748999999</v>
       </c>
       <c r="FL48" s="17">
         <v>184.47265783</v>
       </c>
+      <c r="FM48" s="17">
+        <v>220.61990294</v>
+      </c>
     </row>
-    <row r="49" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="18"/>
       <c r="D49" s="18"/>
       <c r="E49" s="18"/>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
       <c r="H49" s="18"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="18"/>
       <c r="L49" s="18"/>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
       <c r="S49" s="18"/>
       <c r="T49" s="18"/>
       <c r="U49" s="18"/>
       <c r="V49" s="18"/>
       <c r="W49" s="18"/>
       <c r="X49" s="18"/>
@@ -13770,52 +13883,55 @@
       </c>
       <c r="FE49" s="17">
         <v>78.280203700000001</v>
       </c>
       <c r="FF49" s="17">
         <v>92.82782958</v>
       </c>
       <c r="FG49" s="17">
         <v>98.228438680000011</v>
       </c>
       <c r="FH49" s="17">
         <v>81.150968849999998</v>
       </c>
       <c r="FI49" s="17">
         <v>104.56286756</v>
       </c>
       <c r="FJ49" s="17">
         <v>110.87693773999999</v>
       </c>
       <c r="FK49" s="17">
         <v>61.400345600000001</v>
       </c>
       <c r="FL49" s="17">
         <v>92.160109450000007</v>
       </c>
+      <c r="FM49" s="17">
+        <v>119.05034704000001</v>
+      </c>
     </row>
-    <row r="50" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18"/>
       <c r="H50" s="18"/>
       <c r="I50" s="18"/>
       <c r="J50" s="18"/>
       <c r="K50" s="18"/>
       <c r="L50" s="18"/>
       <c r="M50" s="18"/>
       <c r="N50" s="18"/>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
       <c r="S50" s="18"/>
       <c r="T50" s="18"/>
       <c r="U50" s="18"/>
       <c r="V50" s="18"/>
       <c r="W50" s="18"/>
       <c r="X50" s="18"/>
@@ -14007,52 +14123,55 @@
       </c>
       <c r="FE50" s="17">
         <v>39.886368439999998</v>
       </c>
       <c r="FF50" s="17">
         <v>32.024148449999998</v>
       </c>
       <c r="FG50" s="17">
         <v>34.031755619999998</v>
       </c>
       <c r="FH50" s="17">
         <v>32.293093159999998</v>
       </c>
       <c r="FI50" s="17">
         <v>35.199811109999999</v>
       </c>
       <c r="FJ50" s="17">
         <v>31.70415959</v>
       </c>
       <c r="FK50" s="17">
         <v>19.839359870000003</v>
       </c>
       <c r="FL50" s="17">
         <v>34.204116319999997</v>
       </c>
+      <c r="FM50" s="17">
+        <v>34.532914509999998</v>
+      </c>
     </row>
-    <row r="51" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="18"/>
       <c r="D51" s="18"/>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="H51" s="18"/>
       <c r="I51" s="18"/>
       <c r="J51" s="18"/>
       <c r="K51" s="18"/>
       <c r="L51" s="18"/>
       <c r="M51" s="18"/>
       <c r="N51" s="18"/>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
       <c r="S51" s="18"/>
       <c r="T51" s="18"/>
       <c r="U51" s="18"/>
       <c r="V51" s="18"/>
       <c r="W51" s="18"/>
       <c r="X51" s="18"/>
@@ -14244,52 +14363,55 @@
       </c>
       <c r="FE51" s="17">
         <v>18.853892920000003</v>
       </c>
       <c r="FF51" s="17">
         <v>19.877073410000001</v>
       </c>
       <c r="FG51" s="17">
         <v>21.031977449999999</v>
       </c>
       <c r="FH51" s="17">
         <v>23.911302589999998</v>
       </c>
       <c r="FI51" s="17">
         <v>26.176131059999999</v>
       </c>
       <c r="FJ51" s="17">
         <v>21.737419339999999</v>
       </c>
       <c r="FK51" s="17">
         <v>17.634435629999999</v>
       </c>
       <c r="FL51" s="17">
         <v>21.082472450000001</v>
       </c>
+      <c r="FM51" s="17">
+        <v>23.338013249999999</v>
+      </c>
     </row>
-    <row r="52" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
       <c r="I52" s="18"/>
       <c r="J52" s="18"/>
       <c r="K52" s="18"/>
       <c r="L52" s="18"/>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
       <c r="S52" s="18"/>
       <c r="T52" s="18"/>
       <c r="U52" s="18"/>
       <c r="V52" s="18"/>
       <c r="W52" s="18"/>
       <c r="X52" s="18"/>
@@ -14481,52 +14603,55 @@
       </c>
       <c r="FE52" s="17">
         <v>8.1480921899999998</v>
       </c>
       <c r="FF52" s="17">
         <v>10.481849410000001</v>
       </c>
       <c r="FG52" s="17">
         <v>15.0945819</v>
       </c>
       <c r="FH52" s="17">
         <v>15.357200429999999</v>
       </c>
       <c r="FI52" s="17">
         <v>13.156148609999999</v>
       </c>
       <c r="FJ52" s="17">
         <v>8.3394991199999993</v>
       </c>
       <c r="FK52" s="17">
         <v>9.7622817600000005</v>
       </c>
       <c r="FL52" s="17">
         <v>11.76421927</v>
       </c>
+      <c r="FM52" s="17">
+        <v>12.638357019999999</v>
+      </c>
     </row>
-    <row r="53" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="18"/>
       <c r="D53" s="18"/>
       <c r="E53" s="18"/>
       <c r="F53" s="18"/>
       <c r="G53" s="18"/>
       <c r="H53" s="18"/>
       <c r="I53" s="18"/>
       <c r="J53" s="18"/>
       <c r="K53" s="18"/>
       <c r="L53" s="18"/>
       <c r="M53" s="18"/>
       <c r="N53" s="18"/>
       <c r="O53" s="18"/>
       <c r="P53" s="18"/>
       <c r="Q53" s="18"/>
       <c r="R53" s="18"/>
       <c r="S53" s="18"/>
       <c r="T53" s="18"/>
       <c r="U53" s="18"/>
       <c r="V53" s="18"/>
       <c r="W53" s="18"/>
       <c r="X53" s="18"/>
@@ -14718,52 +14843,55 @@
       </c>
       <c r="FE53" s="17">
         <v>9.2578139299999993</v>
       </c>
       <c r="FF53" s="17">
         <v>16.020364659999998</v>
       </c>
       <c r="FG53" s="17">
         <v>15.829529449999999</v>
       </c>
       <c r="FH53" s="17">
         <v>19.329601440000001</v>
       </c>
       <c r="FI53" s="17">
         <v>20.02894813</v>
       </c>
       <c r="FJ53" s="17">
         <v>25.625804049999999</v>
       </c>
       <c r="FK53" s="17">
         <v>14.04220001</v>
       </c>
       <c r="FL53" s="17">
         <v>17.206331160000001</v>
       </c>
+      <c r="FM53" s="17">
+        <v>18.642783319999999</v>
+      </c>
     </row>
-    <row r="54" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C54" s="18"/>
       <c r="D54" s="18"/>
       <c r="E54" s="18"/>
       <c r="F54" s="18"/>
       <c r="G54" s="18"/>
       <c r="H54" s="18"/>
       <c r="I54" s="18"/>
       <c r="J54" s="18"/>
       <c r="K54" s="18"/>
       <c r="L54" s="18"/>
       <c r="M54" s="18"/>
       <c r="N54" s="18"/>
       <c r="O54" s="18"/>
       <c r="P54" s="18"/>
       <c r="Q54" s="18"/>
       <c r="R54" s="18"/>
       <c r="S54" s="18"/>
       <c r="T54" s="18"/>
       <c r="U54" s="18"/>
       <c r="V54" s="18"/>
       <c r="W54" s="18"/>
       <c r="X54" s="18"/>
@@ -14955,52 +15083,55 @@
       </c>
       <c r="FE54" s="17">
         <v>8.2687902399999995</v>
       </c>
       <c r="FF54" s="17">
         <v>15.039832730000001</v>
       </c>
       <c r="FG54" s="17">
         <v>12.047554199999999</v>
       </c>
       <c r="FH54" s="17">
         <v>8.5960000000000001</v>
       </c>
       <c r="FI54" s="17">
         <v>15.89585516</v>
       </c>
       <c r="FJ54" s="17">
         <v>12.335111699999999</v>
       </c>
       <c r="FK54" s="17">
         <v>9.4439446199999999</v>
       </c>
       <c r="FL54" s="17">
         <v>8.0554091799999998</v>
       </c>
+      <c r="FM54" s="17">
+        <v>12.4174878</v>
+      </c>
     </row>
-    <row r="55" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="17">
         <v>492.39183116000004</v>
       </c>
       <c r="D55" s="17">
         <v>175.93226960999999</v>
       </c>
       <c r="E55" s="17">
         <v>233.05295274000002</v>
       </c>
       <c r="F55" s="17">
         <v>211.33054023</v>
       </c>
       <c r="G55" s="17">
         <v>267.73971125999998</v>
       </c>
       <c r="H55" s="17">
         <v>414.73164116999999</v>
       </c>
       <c r="I55" s="17">
         <v>371.74608339999997</v>
       </c>
       <c r="J55" s="17">
@@ -15458,52 +15589,55 @@
       </c>
       <c r="FE55" s="17">
         <v>649.24569514999996</v>
       </c>
       <c r="FF55" s="17">
         <v>1219.76900501</v>
       </c>
       <c r="FG55" s="17">
         <v>1020.17772772</v>
       </c>
       <c r="FH55" s="17">
         <v>813.61070649999999</v>
       </c>
       <c r="FI55" s="17">
         <v>1314.0729753599999</v>
       </c>
       <c r="FJ55" s="17">
         <v>2072.1143799900001</v>
       </c>
       <c r="FK55" s="17">
         <v>787.37108714999999</v>
       </c>
       <c r="FL55" s="17">
         <v>1261.5875653399999</v>
       </c>
+      <c r="FM55" s="17">
+        <v>1001.78392983</v>
+      </c>
     </row>
-    <row r="56" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18"/>
       <c r="H56" s="18"/>
       <c r="I56" s="18"/>
       <c r="J56" s="18"/>
       <c r="K56" s="18"/>
       <c r="L56" s="18"/>
       <c r="M56" s="18"/>
       <c r="N56" s="18"/>
       <c r="O56" s="18"/>
       <c r="P56" s="18"/>
       <c r="Q56" s="18"/>
       <c r="R56" s="18"/>
       <c r="S56" s="18"/>
       <c r="T56" s="18"/>
       <c r="U56" s="18"/>
       <c r="V56" s="18"/>
       <c r="W56" s="18"/>
       <c r="X56" s="18"/>
@@ -15695,52 +15829,55 @@
       </c>
       <c r="FE56" s="17">
         <v>404.64808381</v>
       </c>
       <c r="FF56" s="17">
         <v>753.59187645000009</v>
       </c>
       <c r="FG56" s="17">
         <v>700.95671721999997</v>
       </c>
       <c r="FH56" s="17">
         <v>542.64751477999994</v>
       </c>
       <c r="FI56" s="17">
         <v>992.85602262999998</v>
       </c>
       <c r="FJ56" s="17">
         <v>1468.22325206</v>
       </c>
       <c r="FK56" s="17">
         <v>582.50941323999996</v>
       </c>
       <c r="FL56" s="17">
         <v>919.94830607000006</v>
       </c>
+      <c r="FM56" s="17">
+        <v>710.19876175000002</v>
+      </c>
     </row>
-    <row r="57" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="18"/>
       <c r="D57" s="18"/>
       <c r="E57" s="18"/>
       <c r="F57" s="18"/>
       <c r="G57" s="18"/>
       <c r="H57" s="18"/>
       <c r="I57" s="18"/>
       <c r="J57" s="18"/>
       <c r="K57" s="18"/>
       <c r="L57" s="18"/>
       <c r="M57" s="18"/>
       <c r="N57" s="18"/>
       <c r="O57" s="18"/>
       <c r="P57" s="18"/>
       <c r="Q57" s="18"/>
       <c r="R57" s="18"/>
       <c r="S57" s="18"/>
       <c r="T57" s="18"/>
       <c r="U57" s="18"/>
       <c r="V57" s="18"/>
       <c r="W57" s="18"/>
       <c r="X57" s="18"/>
@@ -15932,52 +16069,55 @@
       </c>
       <c r="FE57" s="17">
         <v>41.244065020000001</v>
       </c>
       <c r="FF57" s="17">
         <v>144.30795930000002</v>
       </c>
       <c r="FG57" s="17">
         <v>104.65445617</v>
       </c>
       <c r="FH57" s="17">
         <v>29.61529247</v>
       </c>
       <c r="FI57" s="17">
         <v>52.652365259999996</v>
       </c>
       <c r="FJ57" s="17">
         <v>116.05291587000001</v>
       </c>
       <c r="FK57" s="17">
         <v>49.000089889999998</v>
       </c>
       <c r="FL57" s="17">
         <v>82.493077260000007</v>
       </c>
+      <c r="FM57" s="17">
+        <v>44.953681799999998</v>
+      </c>
     </row>
-    <row r="58" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="18"/>
       <c r="D58" s="18"/>
       <c r="E58" s="18"/>
       <c r="F58" s="18"/>
       <c r="G58" s="18"/>
       <c r="H58" s="18"/>
       <c r="I58" s="18"/>
       <c r="J58" s="18"/>
       <c r="K58" s="18"/>
       <c r="L58" s="18"/>
       <c r="M58" s="18"/>
       <c r="N58" s="18"/>
       <c r="O58" s="18"/>
       <c r="P58" s="18"/>
       <c r="Q58" s="18"/>
       <c r="R58" s="18"/>
       <c r="S58" s="18"/>
       <c r="T58" s="18"/>
       <c r="U58" s="18"/>
       <c r="V58" s="18"/>
       <c r="W58" s="18"/>
       <c r="X58" s="18"/>
@@ -16169,52 +16309,55 @@
       </c>
       <c r="FE58" s="17">
         <v>30.185927379999999</v>
       </c>
       <c r="FF58" s="17">
         <v>63.036426670000004</v>
       </c>
       <c r="FG58" s="17">
         <v>32.300558620000004</v>
       </c>
       <c r="FH58" s="17">
         <v>34.015999999999998</v>
       </c>
       <c r="FI58" s="17">
         <v>57.33417042</v>
       </c>
       <c r="FJ58" s="17">
         <v>93.940580609999998</v>
       </c>
       <c r="FK58" s="17">
         <v>29.60564239</v>
       </c>
       <c r="FL58" s="17">
         <v>31.0349048</v>
       </c>
+      <c r="FM58" s="17">
+        <v>11.2015364</v>
+      </c>
     </row>
-    <row r="59" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="18"/>
       <c r="J59" s="18"/>
       <c r="K59" s="18"/>
       <c r="L59" s="18"/>
       <c r="M59" s="18"/>
       <c r="N59" s="18"/>
       <c r="O59" s="18"/>
       <c r="P59" s="18"/>
       <c r="Q59" s="18"/>
       <c r="R59" s="18"/>
       <c r="S59" s="18"/>
       <c r="T59" s="18"/>
       <c r="U59" s="18"/>
       <c r="V59" s="18"/>
       <c r="W59" s="18"/>
       <c r="X59" s="18"/>
@@ -16406,52 +16549,55 @@
       </c>
       <c r="FE59" s="17">
         <v>56.274256999999999</v>
       </c>
       <c r="FF59" s="17">
         <v>30.07</v>
       </c>
       <c r="FG59" s="17">
         <v>34.725882270000007</v>
       </c>
       <c r="FH59" s="17">
         <v>26.426212079999999</v>
       </c>
       <c r="FI59" s="17">
         <v>42.321624960000001</v>
       </c>
       <c r="FJ59" s="17">
         <v>77.398382120000008</v>
       </c>
       <c r="FK59" s="17">
         <v>25.05</v>
       </c>
       <c r="FL59" s="17">
         <v>60.081329329999996</v>
       </c>
+      <c r="FM59" s="17">
+        <v>56.412070229999998</v>
+      </c>
     </row>
-    <row r="60" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="18"/>
       <c r="D60" s="18"/>
       <c r="E60" s="18"/>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
       <c r="H60" s="18"/>
       <c r="I60" s="18"/>
       <c r="J60" s="18"/>
       <c r="K60" s="18"/>
       <c r="L60" s="18"/>
       <c r="M60" s="18"/>
       <c r="N60" s="18"/>
       <c r="O60" s="18"/>
       <c r="P60" s="18"/>
       <c r="Q60" s="18"/>
       <c r="R60" s="18"/>
       <c r="S60" s="18"/>
       <c r="T60" s="18"/>
       <c r="U60" s="18"/>
       <c r="V60" s="18"/>
       <c r="W60" s="18"/>
       <c r="X60" s="18"/>
@@ -16643,52 +16789,55 @@
       </c>
       <c r="FE60" s="17">
         <v>65.860069499999994</v>
       </c>
       <c r="FF60" s="17">
         <v>148.14539088000001</v>
       </c>
       <c r="FG60" s="17">
         <v>82.911113439999994</v>
       </c>
       <c r="FH60" s="17">
         <v>71.514843620000008</v>
       </c>
       <c r="FI60" s="17">
         <v>69.534490359999992</v>
       </c>
       <c r="FJ60" s="17">
         <v>200.84623065</v>
       </c>
       <c r="FK60" s="17">
         <v>62.355941630000004</v>
       </c>
       <c r="FL60" s="17">
         <v>91.628295809999997</v>
       </c>
+      <c r="FM60" s="17">
+        <v>87.605291659999992</v>
+      </c>
     </row>
-    <row r="61" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="7"/>
       <c r="K61" s="7"/>
       <c r="L61" s="7"/>
       <c r="M61" s="7"/>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
       <c r="R61" s="7"/>
       <c r="S61" s="7"/>
       <c r="T61" s="7"/>
       <c r="U61" s="7"/>
       <c r="V61" s="7"/>
       <c r="W61" s="7"/>
       <c r="X61" s="7"/>
@@ -16880,54 +17029,57 @@
       </c>
       <c r="FE61" s="9">
         <v>51.033292439999997</v>
       </c>
       <c r="FF61" s="9">
         <v>80.617351709999994</v>
       </c>
       <c r="FG61" s="9">
         <v>64.629000000000005</v>
       </c>
       <c r="FH61" s="9">
         <v>109.39084355</v>
       </c>
       <c r="FI61" s="9">
         <v>99.374301729999999</v>
       </c>
       <c r="FJ61" s="9">
         <v>115.65301868</v>
       </c>
       <c r="FK61" s="9">
         <v>38.85</v>
       </c>
       <c r="FL61" s="9">
         <v>76.401652069999997</v>
       </c>
+      <c r="FM61" s="9">
+        <v>91.412587989999992</v>
+      </c>
     </row>
-    <row r="62" spans="2:168" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:168" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:169" s="26" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="63" spans="2:169" s="26" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="64" spans="2:169" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="28"/>
     </row>
     <row r="66" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>