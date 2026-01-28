--- v2 (2025-12-18)
+++ v3 (2026-01-28)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_11_30\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09500E15-DE80-4E3F-8800-5B8DB5C92957}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E5A9A98-06F7-49FA-945D-5E92D951C3BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1207,114 +1207,115 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32645B45-B538-4246-8466-0B50CA0BACBA}">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
-  <dimension ref="A2:FM66"/>
+  <dimension ref="A2:FN66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.88671875" style="22" customWidth="1"/>
+    <col min="1" max="1" width="2.85546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="77" style="2" customWidth="1"/>
-    <col min="3" max="16384" width="8.88671875" style="2"/>
+    <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="27" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="1:169" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:170" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="23"/>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:169" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:170" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="30"/>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="EF7" s="32"/>
       <c r="EG7" s="32"/>
       <c r="EJ7" s="29"/>
       <c r="EL7" s="29"/>
       <c r="ES7" s="29"/>
       <c r="ET7" s="29"/>
       <c r="EU7" s="29"/>
       <c r="EV7" s="29"/>
       <c r="EW7" s="29"/>
       <c r="EX7" s="29"/>
       <c r="EY7" s="29"/>
       <c r="EZ7" s="29"/>
       <c r="FA7" s="29"/>
       <c r="FB7" s="29"/>
       <c r="FD7" s="29"/>
       <c r="FE7" s="29"/>
       <c r="FF7" s="29"/>
       <c r="FG7" s="29"/>
       <c r="FH7" s="29"/>
       <c r="FI7" s="29"/>
       <c r="FJ7" s="29"/>
       <c r="FK7" s="29"/>
       <c r="FL7" s="29"/>
       <c r="FM7" s="29"/>
+      <c r="FN7" s="29"/>
     </row>
-    <row r="8" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5"/>
       <c r="C8" s="6">
         <v>40908</v>
       </c>
       <c r="D8" s="6">
         <v>40939</v>
       </c>
       <c r="E8" s="6">
         <v>40968</v>
       </c>
       <c r="F8" s="6">
         <v>40999</v>
       </c>
       <c r="G8" s="6">
         <v>41029</v>
       </c>
       <c r="H8" s="6">
         <v>41060</v>
       </c>
       <c r="I8" s="6">
         <v>41090</v>
       </c>
       <c r="J8" s="6">
         <v>41121</v>
       </c>
@@ -1773,52 +1774,55 @@
       </c>
       <c r="FF8" s="6">
         <v>45747</v>
       </c>
       <c r="FG8" s="6">
         <v>45777</v>
       </c>
       <c r="FH8" s="6">
         <v>45808</v>
       </c>
       <c r="FI8" s="6">
         <v>45838</v>
       </c>
       <c r="FJ8" s="6">
         <v>45869</v>
       </c>
       <c r="FK8" s="6">
         <v>45900</v>
       </c>
       <c r="FL8" s="6">
         <v>45930</v>
       </c>
       <c r="FM8" s="6">
         <v>45961</v>
       </c>
+      <c r="FN8" s="6">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="9" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="12">
         <v>7.7</v>
       </c>
       <c r="D9" s="12">
         <v>8.0500000000000007</v>
       </c>
       <c r="E9" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F9" s="12">
         <v>8.2200000000000006</v>
       </c>
       <c r="G9" s="12">
         <v>7.88</v>
       </c>
       <c r="H9" s="12">
         <v>7.9</v>
       </c>
       <c r="I9" s="12">
         <v>7.73</v>
       </c>
       <c r="J9" s="12">
@@ -2279,52 +2283,55 @@
       </c>
       <c r="FF9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FG9" s="13">
         <v>4.7699999999999996</v>
       </c>
       <c r="FH9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FI9" s="13">
         <v>4.55</v>
       </c>
       <c r="FJ9" s="13">
         <v>4.45</v>
       </c>
       <c r="FK9" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FL9" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FM9" s="13">
         <v>4.3499999999999996</v>
       </c>
+      <c r="FN9" s="13">
+        <v>4.3899999999999997</v>
+      </c>
     </row>
-    <row r="10" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="12">
         <v>7.71</v>
       </c>
       <c r="D10" s="12">
         <v>8.0399999999999991</v>
       </c>
       <c r="E10" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F10" s="12">
         <v>8.23</v>
       </c>
       <c r="G10" s="12">
         <v>7.89</v>
       </c>
       <c r="H10" s="12">
         <v>7.91</v>
       </c>
       <c r="I10" s="12">
         <v>7.74</v>
       </c>
       <c r="J10" s="12">
@@ -2785,52 +2792,55 @@
       </c>
       <c r="FF10" s="13">
         <v>4.76</v>
       </c>
       <c r="FG10" s="13">
         <v>4.8</v>
       </c>
       <c r="FH10" s="13">
         <v>4.76</v>
       </c>
       <c r="FI10" s="13">
         <v>4.58</v>
       </c>
       <c r="FJ10" s="13">
         <v>4.47</v>
       </c>
       <c r="FK10" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL10" s="13">
         <v>4.42</v>
       </c>
       <c r="FM10" s="13">
         <v>4.37</v>
       </c>
+      <c r="FN10" s="13">
+        <v>4.42</v>
+      </c>
     </row>
-    <row r="11" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="12">
         <v>11.25</v>
       </c>
       <c r="D11" s="12">
         <v>11.55</v>
       </c>
       <c r="E11" s="12">
         <v>11.79</v>
       </c>
       <c r="F11" s="12">
         <v>11.63</v>
       </c>
       <c r="G11" s="12">
         <v>11.72</v>
       </c>
       <c r="H11" s="12">
         <v>11.62</v>
       </c>
       <c r="I11" s="12">
         <v>11.66</v>
       </c>
       <c r="J11" s="12">
@@ -3291,52 +3301,55 @@
       </c>
       <c r="FF11" s="13">
         <v>7.09</v>
       </c>
       <c r="FG11" s="13">
         <v>7.27</v>
       </c>
       <c r="FH11" s="13">
         <v>7.16</v>
       </c>
       <c r="FI11" s="13">
         <v>7.25</v>
       </c>
       <c r="FJ11" s="13">
         <v>7.21</v>
       </c>
       <c r="FK11" s="13">
         <v>7.05</v>
       </c>
       <c r="FL11" s="13">
         <v>7.21</v>
       </c>
       <c r="FM11" s="13">
         <v>7.27</v>
       </c>
+      <c r="FN11" s="13">
+        <v>7.14</v>
+      </c>
     </row>
-    <row r="12" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="13">
         <v>7.92</v>
       </c>
       <c r="D12" s="13">
         <v>7.6</v>
       </c>
       <c r="E12" s="13">
         <v>7.81</v>
       </c>
       <c r="F12" s="13">
         <v>7.6</v>
       </c>
       <c r="G12" s="13">
         <v>7.48</v>
       </c>
       <c r="H12" s="13">
         <v>7.58</v>
       </c>
       <c r="I12" s="13">
         <v>7.51</v>
       </c>
       <c r="J12" s="13">
@@ -3797,52 +3810,55 @@
       </c>
       <c r="FF12" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FG12" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FH12" s="13">
         <v>4.24</v>
       </c>
       <c r="FI12" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FJ12" s="13">
         <v>4.12</v>
       </c>
       <c r="FK12" s="13">
         <v>3.88</v>
       </c>
       <c r="FL12" s="13">
         <v>3.93</v>
       </c>
       <c r="FM12" s="13">
         <v>4.07</v>
       </c>
+      <c r="FN12" s="13">
+        <v>3.94</v>
+      </c>
     </row>
-    <row r="13" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
       <c r="T13" s="14"/>
       <c r="U13" s="14"/>
       <c r="V13" s="14"/>
       <c r="W13" s="14"/>
       <c r="X13" s="14"/>
@@ -4037,52 +4053,55 @@
       </c>
       <c r="FF13" s="13">
         <v>3.72</v>
       </c>
       <c r="FG13" s="13">
         <v>3.8</v>
       </c>
       <c r="FH13" s="13">
         <v>3.59</v>
       </c>
       <c r="FI13" s="13">
         <v>3.4</v>
       </c>
       <c r="FJ13" s="13">
         <v>3.47</v>
       </c>
       <c r="FK13" s="13">
         <v>3.22</v>
       </c>
       <c r="FL13" s="13">
         <v>3.29</v>
       </c>
       <c r="FM13" s="13">
         <v>3.5</v>
       </c>
+      <c r="FN13" s="13">
+        <v>3.3</v>
+      </c>
     </row>
-    <row r="14" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
@@ -4277,52 +4296,55 @@
       </c>
       <c r="FF14" s="13">
         <v>4.87</v>
       </c>
       <c r="FG14" s="13">
         <v>4.87</v>
       </c>
       <c r="FH14" s="13">
         <v>4.68</v>
       </c>
       <c r="FI14" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FJ14" s="13">
         <v>4.59</v>
       </c>
       <c r="FK14" s="13">
         <v>4.7</v>
       </c>
       <c r="FL14" s="13">
         <v>4.57</v>
       </c>
       <c r="FM14" s="13">
         <v>4.6100000000000003</v>
       </c>
+      <c r="FN14" s="13">
+        <v>4.53</v>
+      </c>
     </row>
-    <row r="15" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>
       <c r="U15" s="14"/>
       <c r="V15" s="14"/>
       <c r="W15" s="14"/>
       <c r="X15" s="14"/>
@@ -4517,52 +4539,55 @@
       </c>
       <c r="FF15" s="13">
         <v>5.23</v>
       </c>
       <c r="FG15" s="13">
         <v>5.12</v>
       </c>
       <c r="FH15" s="13">
         <v>5.12</v>
       </c>
       <c r="FI15" s="13">
         <v>4.96</v>
       </c>
       <c r="FJ15" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FK15" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FL15" s="13">
         <v>4.97</v>
       </c>
       <c r="FM15" s="13">
         <v>4.9400000000000004</v>
       </c>
+      <c r="FN15" s="13">
+        <v>4.84</v>
+      </c>
     </row>
-    <row r="16" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14"/>
       <c r="W16" s="14"/>
       <c r="X16" s="14"/>
@@ -4757,52 +4782,55 @@
       </c>
       <c r="FF16" s="13">
         <v>5.24</v>
       </c>
       <c r="FG16" s="13">
         <v>5.21</v>
       </c>
       <c r="FH16" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI16" s="13">
         <v>5.05</v>
       </c>
       <c r="FJ16" s="13">
         <v>5</v>
       </c>
       <c r="FK16" s="13">
         <v>5.0199999999999996</v>
       </c>
       <c r="FL16" s="13">
         <v>4.96</v>
       </c>
       <c r="FM16" s="13">
         <v>4.93</v>
       </c>
+      <c r="FN16" s="13">
+        <v>4.8600000000000003</v>
+      </c>
     </row>
-    <row r="17" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="14"/>
       <c r="T17" s="14"/>
       <c r="U17" s="14"/>
       <c r="V17" s="14"/>
       <c r="W17" s="14"/>
       <c r="X17" s="14"/>
@@ -4997,52 +5025,55 @@
       </c>
       <c r="FF17" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG17" s="13">
         <v>4.91</v>
       </c>
       <c r="FH17" s="13">
         <v>4.58</v>
       </c>
       <c r="FI17" s="13">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ17" s="13">
         <v>4.79</v>
       </c>
       <c r="FK17" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL17" s="13">
         <v>4.41</v>
       </c>
       <c r="FM17" s="13">
         <v>4.4000000000000004</v>
       </c>
+      <c r="FN17" s="13">
+        <v>4.17</v>
+      </c>
     </row>
-    <row r="18" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="14"/>
       <c r="W18" s="14"/>
       <c r="X18" s="14"/>
@@ -5237,52 +5268,55 @@
       </c>
       <c r="FF18" s="13">
         <v>4.6399999999999997</v>
       </c>
       <c r="FG18" s="13">
         <v>4.66</v>
       </c>
       <c r="FH18" s="13">
         <v>4.79</v>
       </c>
       <c r="FI18" s="13">
         <v>4.47</v>
       </c>
       <c r="FJ18" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FK18" s="13">
         <v>4.12</v>
       </c>
       <c r="FL18" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FM18" s="13">
         <v>4.09</v>
       </c>
+      <c r="FN18" s="13">
+        <v>4.3</v>
+      </c>
     </row>
-    <row r="19" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="13">
         <v>7.12</v>
       </c>
       <c r="D19" s="13">
         <v>7.23</v>
       </c>
       <c r="E19" s="13">
         <v>6.93</v>
       </c>
       <c r="F19" s="13">
         <v>7.13</v>
       </c>
       <c r="G19" s="13">
         <v>6.71</v>
       </c>
       <c r="H19" s="13">
         <v>6.98</v>
       </c>
       <c r="I19" s="13">
         <v>7.01</v>
       </c>
       <c r="J19" s="13">
@@ -5743,52 +5777,55 @@
       </c>
       <c r="FF19" s="13">
         <v>4.17</v>
       </c>
       <c r="FG19" s="13">
         <v>4.03</v>
       </c>
       <c r="FH19" s="13">
         <v>3.8</v>
       </c>
       <c r="FI19" s="13">
         <v>3.81</v>
       </c>
       <c r="FJ19" s="13">
         <v>3.65</v>
       </c>
       <c r="FK19" s="13">
         <v>3.87</v>
       </c>
       <c r="FL19" s="13">
         <v>3.72</v>
       </c>
       <c r="FM19" s="13">
         <v>3.76</v>
       </c>
+      <c r="FN19" s="13">
+        <v>3.65</v>
+      </c>
     </row>
-    <row r="20" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
@@ -5983,52 +6020,55 @@
       </c>
       <c r="FF20" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FG20" s="13">
         <v>3.91</v>
       </c>
       <c r="FH20" s="13">
         <v>3.6</v>
       </c>
       <c r="FI20" s="13">
         <v>3.55</v>
       </c>
       <c r="FJ20" s="13">
         <v>3.43</v>
       </c>
       <c r="FK20" s="13">
         <v>3.7</v>
       </c>
       <c r="FL20" s="13">
         <v>3.58</v>
       </c>
       <c r="FM20" s="13">
         <v>3.6</v>
       </c>
+      <c r="FN20" s="13">
+        <v>3.53</v>
+      </c>
     </row>
-    <row r="21" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>
       <c r="U21" s="14"/>
       <c r="V21" s="14"/>
       <c r="W21" s="14"/>
       <c r="X21" s="14"/>
@@ -6223,52 +6263,55 @@
       </c>
       <c r="FF21" s="13">
         <v>3.96</v>
       </c>
       <c r="FG21" s="13">
         <v>3.97</v>
       </c>
       <c r="FH21" s="13">
         <v>3.92</v>
       </c>
       <c r="FI21" s="13">
         <v>4.08</v>
       </c>
       <c r="FJ21" s="13">
         <v>3.95</v>
       </c>
       <c r="FK21" s="13">
         <v>4.05</v>
       </c>
       <c r="FL21" s="13">
         <v>3.76</v>
       </c>
       <c r="FM21" s="13">
         <v>3.87</v>
       </c>
+      <c r="FN21" s="13">
+        <v>3.63</v>
+      </c>
     </row>
-    <row r="22" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="14"/>
       <c r="T22" s="14"/>
       <c r="U22" s="14"/>
       <c r="V22" s="14"/>
       <c r="W22" s="14"/>
       <c r="X22" s="14"/>
@@ -6463,52 +6506,55 @@
       </c>
       <c r="FF22" s="13">
         <v>4.37</v>
       </c>
       <c r="FG22" s="13">
         <v>4.57</v>
       </c>
       <c r="FH22" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FI22" s="13">
         <v>4.04</v>
       </c>
       <c r="FJ22" s="13">
         <v>3.87</v>
       </c>
       <c r="FK22" s="13">
         <v>3.97</v>
       </c>
       <c r="FL22" s="13">
         <v>3.9</v>
       </c>
       <c r="FM22" s="13">
         <v>4.2300000000000004</v>
       </c>
+      <c r="FN22" s="13">
+        <v>3.83</v>
+      </c>
     </row>
-    <row r="23" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>
       <c r="U23" s="14"/>
       <c r="V23" s="14"/>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
@@ -6703,52 +6749,55 @@
       </c>
       <c r="FF23" s="13">
         <v>3.99</v>
       </c>
       <c r="FG23" s="13">
         <v>4.01</v>
       </c>
       <c r="FH23" s="13">
         <v>3.95</v>
       </c>
       <c r="FI23" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ23" s="13">
         <v>3.75</v>
       </c>
       <c r="FK23" s="13">
         <v>3.91</v>
       </c>
       <c r="FL23" s="13">
         <v>3.85</v>
       </c>
       <c r="FM23" s="13">
         <v>3.42</v>
       </c>
+      <c r="FN23" s="13">
+        <v>3.94</v>
+      </c>
     </row>
-    <row r="24" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
@@ -6943,52 +6992,55 @@
       </c>
       <c r="FF24" s="13">
         <v>4.24</v>
       </c>
       <c r="FG24" s="13">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH24" s="13">
         <v>3.73</v>
       </c>
       <c r="FI24" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ24" s="13">
         <v>3.8</v>
       </c>
       <c r="FK24" s="13">
         <v>3.98</v>
       </c>
       <c r="FL24" s="13">
         <v>3.92</v>
       </c>
       <c r="FM24" s="13">
         <v>3.93</v>
       </c>
+      <c r="FN24" s="13">
+        <v>4.04</v>
+      </c>
     </row>
-    <row r="25" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
       <c r="R25" s="14"/>
       <c r="S25" s="14"/>
       <c r="T25" s="14"/>
       <c r="U25" s="14"/>
       <c r="V25" s="14"/>
       <c r="W25" s="14"/>
       <c r="X25" s="14"/>
@@ -7183,52 +7235,55 @@
       </c>
       <c r="FF25" s="13">
         <v>4.55</v>
       </c>
       <c r="FG25" s="13">
         <v>3.99</v>
       </c>
       <c r="FH25" s="13">
         <v>4.3</v>
       </c>
       <c r="FI25" s="13">
         <v>4.28</v>
       </c>
       <c r="FJ25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FK25" s="13">
         <v>4.12</v>
       </c>
       <c r="FL25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FM25" s="13">
         <v>4.1900000000000004</v>
       </c>
+      <c r="FN25" s="13">
+        <v>3.88</v>
+      </c>
     </row>
-    <row r="26" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="13">
         <v>6.99</v>
       </c>
       <c r="D26" s="13">
         <v>6.78</v>
       </c>
       <c r="E26" s="13">
         <v>7.01</v>
       </c>
       <c r="F26" s="13">
         <v>6.83</v>
       </c>
       <c r="G26" s="13">
         <v>4.99</v>
       </c>
       <c r="H26" s="13">
         <v>6.13</v>
       </c>
       <c r="I26" s="13">
         <v>6.61</v>
       </c>
       <c r="J26" s="13">
@@ -7689,52 +7744,55 @@
       </c>
       <c r="FF26" s="13">
         <v>3.54</v>
       </c>
       <c r="FG26" s="13">
         <v>3.51</v>
       </c>
       <c r="FH26" s="13">
         <v>3.38</v>
       </c>
       <c r="FI26" s="13">
         <v>3.43</v>
       </c>
       <c r="FJ26" s="13">
         <v>3.19</v>
       </c>
       <c r="FK26" s="13">
         <v>3.5</v>
       </c>
       <c r="FL26" s="13">
         <v>3.09</v>
       </c>
       <c r="FM26" s="13">
         <v>3.25</v>
       </c>
+      <c r="FN26" s="13">
+        <v>3.19</v>
+      </c>
     </row>
-    <row r="27" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="14"/>
       <c r="L27" s="14"/>
       <c r="M27" s="14"/>
       <c r="N27" s="14"/>
       <c r="O27" s="14"/>
       <c r="P27" s="14"/>
       <c r="Q27" s="14"/>
       <c r="R27" s="14"/>
       <c r="S27" s="14"/>
       <c r="T27" s="14"/>
       <c r="U27" s="14"/>
       <c r="V27" s="14"/>
       <c r="W27" s="14"/>
       <c r="X27" s="14"/>
@@ -7929,52 +7987,55 @@
       </c>
       <c r="FF27" s="13">
         <v>3.69</v>
       </c>
       <c r="FG27" s="13">
         <v>3.44</v>
       </c>
       <c r="FH27" s="13">
         <v>3.17</v>
       </c>
       <c r="FI27" s="13">
         <v>3.37</v>
       </c>
       <c r="FJ27" s="13">
         <v>3.14</v>
       </c>
       <c r="FK27" s="13">
         <v>3.54</v>
       </c>
       <c r="FL27" s="13">
         <v>3.06</v>
       </c>
       <c r="FM27" s="13">
         <v>3.25</v>
       </c>
+      <c r="FN27" s="13">
+        <v>3.31</v>
+      </c>
     </row>
-    <row r="28" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="14"/>
       <c r="R28" s="14"/>
       <c r="S28" s="14"/>
       <c r="T28" s="14"/>
       <c r="U28" s="14"/>
       <c r="V28" s="14"/>
       <c r="W28" s="14"/>
       <c r="X28" s="14"/>
@@ -8169,52 +8230,55 @@
       </c>
       <c r="FF28" s="13">
         <v>2.84</v>
       </c>
       <c r="FG28" s="13">
         <v>3.04</v>
       </c>
       <c r="FH28" s="13">
         <v>3.2</v>
       </c>
       <c r="FI28" s="13">
         <v>3.24</v>
       </c>
       <c r="FJ28" s="13">
         <v>2.9</v>
       </c>
       <c r="FK28" s="13">
         <v>2.77</v>
       </c>
       <c r="FL28" s="13">
         <v>2.82</v>
       </c>
       <c r="FM28" s="13">
         <v>2.5</v>
       </c>
+      <c r="FN28" s="13">
+        <v>2.75</v>
+      </c>
     </row>
-    <row r="29" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
       <c r="Q29" s="14"/>
       <c r="R29" s="14"/>
       <c r="S29" s="14"/>
       <c r="T29" s="14"/>
       <c r="U29" s="14"/>
       <c r="V29" s="14"/>
       <c r="W29" s="14"/>
       <c r="X29" s="14"/>
@@ -8409,52 +8473,55 @@
       </c>
       <c r="FF29" s="13">
         <v>2.64</v>
       </c>
       <c r="FG29" s="13">
         <v>4.07</v>
       </c>
       <c r="FH29" s="13">
         <v>4.26</v>
       </c>
       <c r="FI29" s="13">
         <v>3.89</v>
       </c>
       <c r="FJ29" s="13">
         <v>3.93</v>
       </c>
       <c r="FK29" s="13">
         <v>3.69</v>
       </c>
       <c r="FL29" s="13">
         <v>3.64</v>
       </c>
       <c r="FM29" s="13">
         <v>4.43</v>
       </c>
+      <c r="FN29" s="13">
+        <v>2.77</v>
+      </c>
     </row>
-    <row r="30" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="14"/>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
       <c r="N30" s="14"/>
       <c r="O30" s="14"/>
       <c r="P30" s="14"/>
       <c r="Q30" s="14"/>
       <c r="R30" s="14"/>
       <c r="S30" s="14"/>
       <c r="T30" s="14"/>
       <c r="U30" s="14"/>
       <c r="V30" s="14"/>
       <c r="W30" s="14"/>
       <c r="X30" s="14"/>
@@ -8649,52 +8716,55 @@
       </c>
       <c r="FF30" s="13">
         <v>4.46</v>
       </c>
       <c r="FG30" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FH30" s="13">
         <v>3.62</v>
       </c>
       <c r="FI30" s="13">
         <v>3.33</v>
       </c>
       <c r="FJ30" s="13">
         <v>3.54</v>
       </c>
       <c r="FK30" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FL30" s="13">
         <v>3.06</v>
       </c>
       <c r="FM30" s="13">
         <v>3.97</v>
       </c>
+      <c r="FN30" s="13">
+        <v>3.8</v>
+      </c>
     </row>
-    <row r="31" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="14"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
       <c r="P31" s="14"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="14"/>
       <c r="T31" s="14"/>
       <c r="U31" s="14"/>
       <c r="V31" s="14"/>
       <c r="W31" s="14"/>
       <c r="X31" s="14"/>
@@ -8889,52 +8959,55 @@
       </c>
       <c r="FF31" s="13">
         <v>3.35</v>
       </c>
       <c r="FG31" s="13">
         <v>4.3499999999999996</v>
       </c>
       <c r="FH31" s="13">
         <v>3.55</v>
       </c>
       <c r="FI31" s="13">
         <v>3.27</v>
       </c>
       <c r="FJ31" s="13">
         <v>3.13</v>
       </c>
       <c r="FK31" s="13">
         <v>3.26</v>
       </c>
       <c r="FL31" s="13">
         <v>3.36</v>
       </c>
       <c r="FM31" s="13">
         <v>2.94</v>
       </c>
+      <c r="FN31" s="13">
+        <v>2.77</v>
+      </c>
     </row>
-    <row r="32" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="15"/>
       <c r="V32" s="15"/>
       <c r="W32" s="15"/>
       <c r="X32" s="15"/>
@@ -9129,95 +9202,99 @@
       </c>
       <c r="FF32" s="16">
         <v>4.13</v>
       </c>
       <c r="FG32" s="16">
         <v>3.48</v>
       </c>
       <c r="FH32" s="16">
         <v>4.01</v>
       </c>
       <c r="FI32" s="16">
         <v>4</v>
       </c>
       <c r="FJ32" s="16">
         <v>3.39</v>
       </c>
       <c r="FK32" s="16">
         <v>3.81</v>
       </c>
       <c r="FL32" s="16">
         <v>3.16</v>
       </c>
       <c r="FM32" s="16">
         <v>3.29</v>
       </c>
+      <c r="FN32" s="16">
+        <v>3.34</v>
+      </c>
     </row>
-    <row r="33" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="8"/>
     </row>
-    <row r="34" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="8"/>
     </row>
-    <row r="35" spans="1:169" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:170" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="23"/>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:169" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:170" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="30"/>
       <c r="B36" s="10" t="s">
         <v>3</v>
       </c>
       <c r="EG36" s="32"/>
       <c r="EN36" s="29"/>
       <c r="EO36" s="29"/>
       <c r="EQ36" s="33"/>
       <c r="ER36" s="33"/>
       <c r="ES36" s="29"/>
       <c r="ET36" s="29"/>
       <c r="EU36" s="29"/>
       <c r="EV36" s="29"/>
       <c r="EW36" s="29"/>
       <c r="EX36" s="29"/>
       <c r="EY36" s="29"/>
       <c r="EZ36" s="29"/>
       <c r="FA36" s="29"/>
       <c r="FB36" s="29"/>
       <c r="FC36" s="29"/>
       <c r="FD36" s="29"/>
       <c r="FE36" s="29"/>
       <c r="FF36" s="29"/>
       <c r="FG36" s="29"/>
       <c r="FI36" s="29"/>
       <c r="FJ36" s="29"/>
       <c r="FK36" s="29"/>
       <c r="FL36" s="29"/>
       <c r="FM36" s="29"/>
+      <c r="FN36" s="29"/>
     </row>
-    <row r="37" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="C37" s="6">
         <v>40908</v>
       </c>
       <c r="D37" s="6">
         <v>40939</v>
       </c>
       <c r="E37" s="6">
         <v>40968</v>
       </c>
       <c r="F37" s="6">
         <v>40999</v>
       </c>
       <c r="G37" s="6">
         <v>41029</v>
       </c>
       <c r="H37" s="6">
         <v>41060</v>
       </c>
       <c r="I37" s="6">
         <v>41090</v>
       </c>
       <c r="J37" s="6">
         <v>41121</v>
       </c>
@@ -9676,52 +9753,55 @@
       </c>
       <c r="FF37" s="6">
         <v>45747</v>
       </c>
       <c r="FG37" s="6">
         <v>45777</v>
       </c>
       <c r="FH37" s="6">
         <v>45808</v>
       </c>
       <c r="FI37" s="6">
         <v>45838</v>
       </c>
       <c r="FJ37" s="6">
         <v>45869</v>
       </c>
       <c r="FK37" s="6">
         <v>45900</v>
       </c>
       <c r="FL37" s="6">
         <v>45930</v>
       </c>
       <c r="FM37" s="6">
         <v>45961</v>
       </c>
+      <c r="FN37" s="6">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="38" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="17">
         <v>638.45599062000008</v>
       </c>
       <c r="D38" s="17">
         <v>672.59273144999997</v>
       </c>
       <c r="E38" s="17">
         <v>695.50793746999989</v>
       </c>
       <c r="F38" s="17">
         <v>721.32604070000002</v>
       </c>
       <c r="G38" s="17">
         <v>730.05847758000004</v>
       </c>
       <c r="H38" s="17">
         <v>727.59701691999999</v>
       </c>
       <c r="I38" s="17">
         <v>708.03198577000001</v>
       </c>
       <c r="J38" s="17">
@@ -10182,52 +10262,55 @@
       </c>
       <c r="FF38" s="17">
         <v>881.08342197000002</v>
       </c>
       <c r="FG38" s="17">
         <v>901.09475777</v>
       </c>
       <c r="FH38" s="17">
         <v>888.09277004</v>
       </c>
       <c r="FI38" s="17">
         <v>860.72582282000008</v>
       </c>
       <c r="FJ38" s="17">
         <v>840.18937117999997</v>
       </c>
       <c r="FK38" s="17">
         <v>836.9876490800001</v>
       </c>
       <c r="FL38" s="17">
         <v>854.18398517999992</v>
       </c>
       <c r="FM38" s="17">
         <v>849.78201948000003</v>
       </c>
+      <c r="FN38" s="17">
+        <v>837.88067876000002</v>
+      </c>
     </row>
-    <row r="39" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="17">
         <v>624.14401435000002</v>
       </c>
       <c r="D39" s="17">
         <v>659.48448881999991</v>
       </c>
       <c r="E39" s="17">
         <v>682.28415821999999</v>
       </c>
       <c r="F39" s="17">
         <v>706.59460131999992</v>
       </c>
       <c r="G39" s="17">
         <v>714.64339801000006</v>
       </c>
       <c r="H39" s="17">
         <v>711.82892007999999</v>
       </c>
       <c r="I39" s="17">
         <v>691.85743598999989</v>
       </c>
       <c r="J39" s="17">
@@ -10688,52 +10771,55 @@
       </c>
       <c r="FF39" s="17">
         <v>850.54913042999999</v>
       </c>
       <c r="FG39" s="17">
         <v>871.32355266999991</v>
       </c>
       <c r="FH39" s="17">
         <v>856.13557748000005</v>
       </c>
       <c r="FI39" s="17">
         <v>830.28579419000005</v>
       </c>
       <c r="FJ39" s="17">
         <v>810.25658683000006</v>
       </c>
       <c r="FK39" s="17">
         <v>809.7934419500001</v>
       </c>
       <c r="FL39" s="17">
         <v>824.25104673999999</v>
       </c>
       <c r="FM39" s="17">
         <v>818.57084505</v>
       </c>
+      <c r="FN39" s="17">
+        <v>807.35262655999998</v>
+      </c>
     </row>
-    <row r="40" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="17">
         <v>8.6254551799999994</v>
       </c>
       <c r="D40" s="17">
         <v>8.356025429999999</v>
       </c>
       <c r="E40" s="17">
         <v>8.5927669099999999</v>
       </c>
       <c r="F40" s="17">
         <v>8.9884487000000011</v>
       </c>
       <c r="G40" s="17">
         <v>9.2989618399999987</v>
       </c>
       <c r="H40" s="17">
         <v>9.1353869599999999</v>
       </c>
       <c r="I40" s="17">
         <v>9.0619081699999988</v>
       </c>
       <c r="J40" s="17">
@@ -11194,52 +11280,55 @@
       </c>
       <c r="FF40" s="17">
         <v>14.852852090000001</v>
       </c>
       <c r="FG40" s="17">
         <v>14.403359160000001</v>
       </c>
       <c r="FH40" s="17">
         <v>15.025798500000001</v>
       </c>
       <c r="FI40" s="17">
         <v>14.516325929999999</v>
       </c>
       <c r="FJ40" s="17">
         <v>14.237490960000001</v>
       </c>
       <c r="FK40" s="17">
         <v>13.43268248</v>
       </c>
       <c r="FL40" s="17">
         <v>13.940607179999999</v>
       </c>
       <c r="FM40" s="17">
         <v>14.46961018</v>
       </c>
+      <c r="FN40" s="17">
+        <v>14.334588740000001</v>
+      </c>
     </row>
-    <row r="41" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="17">
         <v>67.474417369999998</v>
       </c>
       <c r="D41" s="17">
         <v>43.936397630000002</v>
       </c>
       <c r="E41" s="17">
         <v>66.343214079999996</v>
       </c>
       <c r="F41" s="17">
         <v>60.658973000000003</v>
       </c>
       <c r="G41" s="17">
         <v>55.551480699999999</v>
       </c>
       <c r="H41" s="17">
         <v>54.170411180000002</v>
       </c>
       <c r="I41" s="17">
         <v>48.156099959999999</v>
       </c>
       <c r="J41" s="17">
@@ -11700,52 +11789,55 @@
       </c>
       <c r="FF41" s="17">
         <v>164.84191217</v>
       </c>
       <c r="FG41" s="17">
         <v>164.80969361000001</v>
       </c>
       <c r="FH41" s="17">
         <v>154.19813487000002</v>
       </c>
       <c r="FI41" s="17">
         <v>167.21789187000002</v>
       </c>
       <c r="FJ41" s="17">
         <v>172.04339247999999</v>
       </c>
       <c r="FK41" s="17">
         <v>117.62145258</v>
       </c>
       <c r="FL41" s="17">
         <v>157.86297333000002</v>
       </c>
       <c r="FM41" s="17">
         <v>168.8836747</v>
       </c>
+      <c r="FN41" s="17">
+        <v>155.80747887999999</v>
+      </c>
     </row>
-    <row r="42" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="18"/>
       <c r="D42" s="18"/>
       <c r="E42" s="18"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="18"/>
       <c r="K42" s="18"/>
       <c r="L42" s="18"/>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
       <c r="S42" s="18"/>
       <c r="T42" s="18"/>
       <c r="U42" s="18"/>
       <c r="V42" s="18"/>
       <c r="W42" s="18"/>
       <c r="X42" s="18"/>
@@ -11940,52 +12032,55 @@
       </c>
       <c r="FF42" s="17">
         <v>77.240202920000002</v>
       </c>
       <c r="FG42" s="17">
         <v>84.287223609999998</v>
       </c>
       <c r="FH42" s="17">
         <v>76.803581099999988</v>
       </c>
       <c r="FI42" s="17">
         <v>83.463281370000004</v>
       </c>
       <c r="FJ42" s="17">
         <v>86.210487909999998</v>
       </c>
       <c r="FK42" s="17">
         <v>69.281518739999996</v>
       </c>
       <c r="FL42" s="17">
         <v>88.612108459999988</v>
       </c>
       <c r="FM42" s="17">
         <v>89.79806379</v>
       </c>
+      <c r="FN42" s="17">
+        <v>81.352963900000006</v>
+      </c>
     </row>
-    <row r="43" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="18"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
       <c r="H43" s="18"/>
       <c r="I43" s="18"/>
       <c r="J43" s="18"/>
       <c r="K43" s="18"/>
       <c r="L43" s="18"/>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
       <c r="S43" s="18"/>
       <c r="T43" s="18"/>
       <c r="U43" s="18"/>
       <c r="V43" s="18"/>
       <c r="W43" s="18"/>
       <c r="X43" s="18"/>
@@ -12180,52 +12275,55 @@
       </c>
       <c r="FF43" s="17">
         <v>31.463615109999999</v>
       </c>
       <c r="FG43" s="17">
         <v>30.132934110000001</v>
       </c>
       <c r="FH43" s="17">
         <v>30.127933609999999</v>
       </c>
       <c r="FI43" s="17">
         <v>22.860192300000001</v>
       </c>
       <c r="FJ43" s="17">
         <v>30.830345620000003</v>
       </c>
       <c r="FK43" s="17">
         <v>20.104711569999999</v>
       </c>
       <c r="FL43" s="17">
         <v>24.684217520000001</v>
       </c>
       <c r="FM43" s="17">
         <v>29.248957879999999</v>
       </c>
+      <c r="FN43" s="17">
+        <v>29.11130232</v>
+      </c>
     </row>
-    <row r="44" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
       <c r="H44" s="18"/>
       <c r="I44" s="18"/>
       <c r="J44" s="18"/>
       <c r="K44" s="18"/>
       <c r="L44" s="18"/>
       <c r="M44" s="18"/>
       <c r="N44" s="18"/>
       <c r="O44" s="18"/>
       <c r="P44" s="18"/>
       <c r="Q44" s="18"/>
       <c r="R44" s="18"/>
       <c r="S44" s="18"/>
       <c r="T44" s="18"/>
       <c r="U44" s="18"/>
       <c r="V44" s="18"/>
       <c r="W44" s="18"/>
       <c r="X44" s="18"/>
@@ -12420,52 +12518,55 @@
       </c>
       <c r="FF44" s="17">
         <v>20.162480010000003</v>
       </c>
       <c r="FG44" s="17">
         <v>23.376760170000001</v>
       </c>
       <c r="FH44" s="17">
         <v>19.393918360000001</v>
       </c>
       <c r="FI44" s="17">
         <v>23.910051989999999</v>
       </c>
       <c r="FJ44" s="17">
         <v>22.542095979999999</v>
       </c>
       <c r="FK44" s="17">
         <v>11.377030230000001</v>
       </c>
       <c r="FL44" s="17">
         <v>17.856761339999998</v>
       </c>
       <c r="FM44" s="17">
         <v>21.49437305</v>
       </c>
+      <c r="FN44" s="17">
+        <v>18.251121380000001</v>
+      </c>
     </row>
-    <row r="45" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="18"/>
       <c r="D45" s="18"/>
       <c r="E45" s="18"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
       <c r="H45" s="18"/>
       <c r="I45" s="18"/>
       <c r="J45" s="18"/>
       <c r="K45" s="18"/>
       <c r="L45" s="18"/>
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
       <c r="S45" s="18"/>
       <c r="T45" s="18"/>
       <c r="U45" s="18"/>
       <c r="V45" s="18"/>
       <c r="W45" s="18"/>
       <c r="X45" s="18"/>
@@ -12660,52 +12761,55 @@
       </c>
       <c r="FF45" s="17">
         <v>20.134378469999998</v>
       </c>
       <c r="FG45" s="17">
         <v>19.15276665</v>
       </c>
       <c r="FH45" s="17">
         <v>19.611618289999999</v>
       </c>
       <c r="FI45" s="17">
         <v>23.71351452</v>
       </c>
       <c r="FJ45" s="17">
         <v>19.397911860000001</v>
       </c>
       <c r="FK45" s="17">
         <v>11.161046240000001</v>
       </c>
       <c r="FL45" s="17">
         <v>17.16402738</v>
       </c>
       <c r="FM45" s="17">
         <v>17.94871131</v>
       </c>
+      <c r="FN45" s="17">
+        <v>18.188736210000002</v>
+      </c>
     </row>
-    <row r="46" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="18"/>
       <c r="D46" s="18"/>
       <c r="E46" s="18"/>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
       <c r="H46" s="18"/>
       <c r="I46" s="18"/>
       <c r="J46" s="18"/>
       <c r="K46" s="18"/>
       <c r="L46" s="18"/>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
       <c r="S46" s="18"/>
       <c r="T46" s="18"/>
       <c r="U46" s="18"/>
       <c r="V46" s="18"/>
       <c r="W46" s="18"/>
       <c r="X46" s="18"/>
@@ -12900,52 +13004,55 @@
       </c>
       <c r="FF46" s="17">
         <v>11.796435019999999</v>
       </c>
       <c r="FG46" s="17">
         <v>5.20343745</v>
       </c>
       <c r="FH46" s="17">
         <v>6.0461390599999998</v>
       </c>
       <c r="FI46" s="17">
         <v>6.9898463299999998</v>
       </c>
       <c r="FJ46" s="17">
         <v>5.7056274500000006</v>
       </c>
       <c r="FK46" s="17">
         <v>3.6950574199999999</v>
       </c>
       <c r="FL46" s="17">
         <v>6.5736662099999998</v>
       </c>
       <c r="FM46" s="17">
         <v>6.7011768299999996</v>
       </c>
+      <c r="FN46" s="17">
+        <v>5.4260331800000001</v>
+      </c>
     </row>
-    <row r="47" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="18"/>
       <c r="D47" s="18"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="18"/>
       <c r="H47" s="18"/>
       <c r="I47" s="18"/>
       <c r="J47" s="18"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="18"/>
       <c r="N47" s="18"/>
       <c r="O47" s="18"/>
       <c r="P47" s="18"/>
       <c r="Q47" s="18"/>
       <c r="R47" s="18"/>
       <c r="S47" s="18"/>
       <c r="T47" s="18"/>
       <c r="U47" s="18"/>
       <c r="V47" s="18"/>
       <c r="W47" s="18"/>
       <c r="X47" s="18"/>
@@ -13140,52 +13247,55 @@
       </c>
       <c r="FF47" s="17">
         <v>4.0448006400000001</v>
       </c>
       <c r="FG47" s="17">
         <v>2.6565716200000002</v>
       </c>
       <c r="FH47" s="17">
         <v>2.2149444500000004</v>
       </c>
       <c r="FI47" s="17">
         <v>6.28100536</v>
       </c>
       <c r="FJ47" s="17">
         <v>7.3569236600000005</v>
       </c>
       <c r="FK47" s="17">
         <v>2.00208838</v>
       </c>
       <c r="FL47" s="17">
         <v>2.9721924199999998</v>
       </c>
       <c r="FM47" s="17">
         <v>3.69239184</v>
       </c>
+      <c r="FN47" s="17">
+        <v>3.4773218900000002</v>
+      </c>
     </row>
-    <row r="48" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="17">
         <v>92.883750280000001</v>
       </c>
       <c r="D48" s="17">
         <v>45.786175610000001</v>
       </c>
       <c r="E48" s="17">
         <v>91.95247723</v>
       </c>
       <c r="F48" s="17">
         <v>71.560308680000006</v>
       </c>
       <c r="G48" s="17">
         <v>59.611308909999998</v>
       </c>
       <c r="H48" s="17">
         <v>52.431431850000003</v>
       </c>
       <c r="I48" s="17">
         <v>59.192791880000001</v>
       </c>
       <c r="J48" s="17">
@@ -13646,52 +13756,55 @@
       </c>
       <c r="FF48" s="17">
         <v>186.27109824000001</v>
       </c>
       <c r="FG48" s="17">
         <v>196.26383730000001</v>
       </c>
       <c r="FH48" s="17">
         <v>180.63816646999999</v>
       </c>
       <c r="FI48" s="17">
         <v>215.01976163</v>
       </c>
       <c r="FJ48" s="17">
         <v>210.61893154000001</v>
       </c>
       <c r="FK48" s="17">
         <v>132.12256748999999</v>
       </c>
       <c r="FL48" s="17">
         <v>184.47265783</v>
       </c>
       <c r="FM48" s="17">
         <v>220.61990294</v>
       </c>
+      <c r="FN48" s="17">
+        <v>189.11211144000001</v>
+      </c>
     </row>
-    <row r="49" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="18"/>
       <c r="D49" s="18"/>
       <c r="E49" s="18"/>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
       <c r="H49" s="18"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="18"/>
       <c r="L49" s="18"/>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
       <c r="S49" s="18"/>
       <c r="T49" s="18"/>
       <c r="U49" s="18"/>
       <c r="V49" s="18"/>
       <c r="W49" s="18"/>
       <c r="X49" s="18"/>
@@ -13886,52 +13999,55 @@
       </c>
       <c r="FF49" s="17">
         <v>92.82782958</v>
       </c>
       <c r="FG49" s="17">
         <v>98.228438680000011</v>
       </c>
       <c r="FH49" s="17">
         <v>81.150968849999998</v>
       </c>
       <c r="FI49" s="17">
         <v>104.56286756</v>
       </c>
       <c r="FJ49" s="17">
         <v>110.87693773999999</v>
       </c>
       <c r="FK49" s="17">
         <v>61.400345600000001</v>
       </c>
       <c r="FL49" s="17">
         <v>92.160109450000007</v>
       </c>
       <c r="FM49" s="17">
         <v>119.05034704000001</v>
       </c>
+      <c r="FN49" s="17">
+        <v>108.41854684</v>
+      </c>
     </row>
-    <row r="50" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18"/>
       <c r="H50" s="18"/>
       <c r="I50" s="18"/>
       <c r="J50" s="18"/>
       <c r="K50" s="18"/>
       <c r="L50" s="18"/>
       <c r="M50" s="18"/>
       <c r="N50" s="18"/>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
       <c r="S50" s="18"/>
       <c r="T50" s="18"/>
       <c r="U50" s="18"/>
       <c r="V50" s="18"/>
       <c r="W50" s="18"/>
       <c r="X50" s="18"/>
@@ -14126,52 +14242,55 @@
       </c>
       <c r="FF50" s="17">
         <v>32.024148449999998</v>
       </c>
       <c r="FG50" s="17">
         <v>34.031755619999998</v>
       </c>
       <c r="FH50" s="17">
         <v>32.293093159999998</v>
       </c>
       <c r="FI50" s="17">
         <v>35.199811109999999</v>
       </c>
       <c r="FJ50" s="17">
         <v>31.70415959</v>
       </c>
       <c r="FK50" s="17">
         <v>19.839359870000003</v>
       </c>
       <c r="FL50" s="17">
         <v>34.204116319999997</v>
       </c>
       <c r="FM50" s="17">
         <v>34.532914509999998</v>
       </c>
+      <c r="FN50" s="17">
+        <v>32.371894810000001</v>
+      </c>
     </row>
-    <row r="51" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="18"/>
       <c r="D51" s="18"/>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="H51" s="18"/>
       <c r="I51" s="18"/>
       <c r="J51" s="18"/>
       <c r="K51" s="18"/>
       <c r="L51" s="18"/>
       <c r="M51" s="18"/>
       <c r="N51" s="18"/>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
       <c r="S51" s="18"/>
       <c r="T51" s="18"/>
       <c r="U51" s="18"/>
       <c r="V51" s="18"/>
       <c r="W51" s="18"/>
       <c r="X51" s="18"/>
@@ -14366,52 +14485,55 @@
       </c>
       <c r="FF51" s="17">
         <v>19.877073410000001</v>
       </c>
       <c r="FG51" s="17">
         <v>21.031977449999999</v>
       </c>
       <c r="FH51" s="17">
         <v>23.911302589999998</v>
       </c>
       <c r="FI51" s="17">
         <v>26.176131059999999</v>
       </c>
       <c r="FJ51" s="17">
         <v>21.737419339999999</v>
       </c>
       <c r="FK51" s="17">
         <v>17.634435629999999</v>
       </c>
       <c r="FL51" s="17">
         <v>21.082472450000001</v>
       </c>
       <c r="FM51" s="17">
         <v>23.338013249999999</v>
       </c>
+      <c r="FN51" s="17">
+        <v>19.90350183</v>
+      </c>
     </row>
-    <row r="52" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
       <c r="I52" s="18"/>
       <c r="J52" s="18"/>
       <c r="K52" s="18"/>
       <c r="L52" s="18"/>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
       <c r="S52" s="18"/>
       <c r="T52" s="18"/>
       <c r="U52" s="18"/>
       <c r="V52" s="18"/>
       <c r="W52" s="18"/>
       <c r="X52" s="18"/>
@@ -14606,52 +14728,55 @@
       </c>
       <c r="FF52" s="17">
         <v>10.481849410000001</v>
       </c>
       <c r="FG52" s="17">
         <v>15.0945819</v>
       </c>
       <c r="FH52" s="17">
         <v>15.357200429999999</v>
       </c>
       <c r="FI52" s="17">
         <v>13.156148609999999</v>
       </c>
       <c r="FJ52" s="17">
         <v>8.3394991199999993</v>
       </c>
       <c r="FK52" s="17">
         <v>9.7622817600000005</v>
       </c>
       <c r="FL52" s="17">
         <v>11.76421927</v>
       </c>
       <c r="FM52" s="17">
         <v>12.638357019999999</v>
       </c>
+      <c r="FN52" s="17">
+        <v>11.14591356</v>
+      </c>
     </row>
-    <row r="53" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="18"/>
       <c r="D53" s="18"/>
       <c r="E53" s="18"/>
       <c r="F53" s="18"/>
       <c r="G53" s="18"/>
       <c r="H53" s="18"/>
       <c r="I53" s="18"/>
       <c r="J53" s="18"/>
       <c r="K53" s="18"/>
       <c r="L53" s="18"/>
       <c r="M53" s="18"/>
       <c r="N53" s="18"/>
       <c r="O53" s="18"/>
       <c r="P53" s="18"/>
       <c r="Q53" s="18"/>
       <c r="R53" s="18"/>
       <c r="S53" s="18"/>
       <c r="T53" s="18"/>
       <c r="U53" s="18"/>
       <c r="V53" s="18"/>
       <c r="W53" s="18"/>
       <c r="X53" s="18"/>
@@ -14846,52 +14971,55 @@
       </c>
       <c r="FF53" s="17">
         <v>16.020364659999998</v>
       </c>
       <c r="FG53" s="17">
         <v>15.829529449999999</v>
       </c>
       <c r="FH53" s="17">
         <v>19.329601440000001</v>
       </c>
       <c r="FI53" s="17">
         <v>20.02894813</v>
       </c>
       <c r="FJ53" s="17">
         <v>25.625804049999999</v>
       </c>
       <c r="FK53" s="17">
         <v>14.04220001</v>
       </c>
       <c r="FL53" s="17">
         <v>17.206331160000001</v>
       </c>
       <c r="FM53" s="17">
         <v>18.642783319999999</v>
       </c>
+      <c r="FN53" s="17">
+        <v>8.0286846000000001</v>
+      </c>
     </row>
-    <row r="54" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C54" s="18"/>
       <c r="D54" s="18"/>
       <c r="E54" s="18"/>
       <c r="F54" s="18"/>
       <c r="G54" s="18"/>
       <c r="H54" s="18"/>
       <c r="I54" s="18"/>
       <c r="J54" s="18"/>
       <c r="K54" s="18"/>
       <c r="L54" s="18"/>
       <c r="M54" s="18"/>
       <c r="N54" s="18"/>
       <c r="O54" s="18"/>
       <c r="P54" s="18"/>
       <c r="Q54" s="18"/>
       <c r="R54" s="18"/>
       <c r="S54" s="18"/>
       <c r="T54" s="18"/>
       <c r="U54" s="18"/>
       <c r="V54" s="18"/>
       <c r="W54" s="18"/>
       <c r="X54" s="18"/>
@@ -15086,52 +15214,55 @@
       </c>
       <c r="FF54" s="17">
         <v>15.039832730000001</v>
       </c>
       <c r="FG54" s="17">
         <v>12.047554199999999</v>
       </c>
       <c r="FH54" s="17">
         <v>8.5960000000000001</v>
       </c>
       <c r="FI54" s="17">
         <v>15.89585516</v>
       </c>
       <c r="FJ54" s="17">
         <v>12.335111699999999</v>
       </c>
       <c r="FK54" s="17">
         <v>9.4439446199999999</v>
       </c>
       <c r="FL54" s="17">
         <v>8.0554091799999998</v>
       </c>
       <c r="FM54" s="17">
         <v>12.4174878</v>
       </c>
+      <c r="FN54" s="17">
+        <v>9.2435698000000013</v>
+      </c>
     </row>
-    <row r="55" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="17">
         <v>492.39183116000004</v>
       </c>
       <c r="D55" s="17">
         <v>175.93226960999999</v>
       </c>
       <c r="E55" s="17">
         <v>233.05295274000002</v>
       </c>
       <c r="F55" s="17">
         <v>211.33054023</v>
       </c>
       <c r="G55" s="17">
         <v>267.73971125999998</v>
       </c>
       <c r="H55" s="17">
         <v>414.73164116999999</v>
       </c>
       <c r="I55" s="17">
         <v>371.74608339999997</v>
       </c>
       <c r="J55" s="17">
@@ -15592,52 +15723,55 @@
       </c>
       <c r="FF55" s="17">
         <v>1219.76900501</v>
       </c>
       <c r="FG55" s="17">
         <v>1020.17772772</v>
       </c>
       <c r="FH55" s="17">
         <v>813.61070649999999</v>
       </c>
       <c r="FI55" s="17">
         <v>1314.0729753599999</v>
       </c>
       <c r="FJ55" s="17">
         <v>2072.1143799900001</v>
       </c>
       <c r="FK55" s="17">
         <v>787.37108714999999</v>
       </c>
       <c r="FL55" s="17">
         <v>1261.5875653399999</v>
       </c>
       <c r="FM55" s="17">
         <v>1001.78392983</v>
       </c>
+      <c r="FN55" s="17">
+        <v>1094.2316318699998</v>
+      </c>
     </row>
-    <row r="56" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18"/>
       <c r="H56" s="18"/>
       <c r="I56" s="18"/>
       <c r="J56" s="18"/>
       <c r="K56" s="18"/>
       <c r="L56" s="18"/>
       <c r="M56" s="18"/>
       <c r="N56" s="18"/>
       <c r="O56" s="18"/>
       <c r="P56" s="18"/>
       <c r="Q56" s="18"/>
       <c r="R56" s="18"/>
       <c r="S56" s="18"/>
       <c r="T56" s="18"/>
       <c r="U56" s="18"/>
       <c r="V56" s="18"/>
       <c r="W56" s="18"/>
       <c r="X56" s="18"/>
@@ -15832,52 +15966,55 @@
       </c>
       <c r="FF56" s="17">
         <v>753.59187645000009</v>
       </c>
       <c r="FG56" s="17">
         <v>700.95671721999997</v>
       </c>
       <c r="FH56" s="17">
         <v>542.64751477999994</v>
       </c>
       <c r="FI56" s="17">
         <v>992.85602262999998</v>
       </c>
       <c r="FJ56" s="17">
         <v>1468.22325206</v>
       </c>
       <c r="FK56" s="17">
         <v>582.50941323999996</v>
       </c>
       <c r="FL56" s="17">
         <v>919.94830607000006</v>
       </c>
       <c r="FM56" s="17">
         <v>710.19876175000002</v>
       </c>
+      <c r="FN56" s="17">
+        <v>730.44398851999995</v>
+      </c>
     </row>
-    <row r="57" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="18"/>
       <c r="D57" s="18"/>
       <c r="E57" s="18"/>
       <c r="F57" s="18"/>
       <c r="G57" s="18"/>
       <c r="H57" s="18"/>
       <c r="I57" s="18"/>
       <c r="J57" s="18"/>
       <c r="K57" s="18"/>
       <c r="L57" s="18"/>
       <c r="M57" s="18"/>
       <c r="N57" s="18"/>
       <c r="O57" s="18"/>
       <c r="P57" s="18"/>
       <c r="Q57" s="18"/>
       <c r="R57" s="18"/>
       <c r="S57" s="18"/>
       <c r="T57" s="18"/>
       <c r="U57" s="18"/>
       <c r="V57" s="18"/>
       <c r="W57" s="18"/>
       <c r="X57" s="18"/>
@@ -16072,52 +16209,55 @@
       </c>
       <c r="FF57" s="17">
         <v>144.30795930000002</v>
       </c>
       <c r="FG57" s="17">
         <v>104.65445617</v>
       </c>
       <c r="FH57" s="17">
         <v>29.61529247</v>
       </c>
       <c r="FI57" s="17">
         <v>52.652365259999996</v>
       </c>
       <c r="FJ57" s="17">
         <v>116.05291587000001</v>
       </c>
       <c r="FK57" s="17">
         <v>49.000089889999998</v>
       </c>
       <c r="FL57" s="17">
         <v>82.493077260000007</v>
       </c>
       <c r="FM57" s="17">
         <v>44.953681799999998</v>
       </c>
+      <c r="FN57" s="17">
+        <v>68.896932620000001</v>
+      </c>
     </row>
-    <row r="58" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="18"/>
       <c r="D58" s="18"/>
       <c r="E58" s="18"/>
       <c r="F58" s="18"/>
       <c r="G58" s="18"/>
       <c r="H58" s="18"/>
       <c r="I58" s="18"/>
       <c r="J58" s="18"/>
       <c r="K58" s="18"/>
       <c r="L58" s="18"/>
       <c r="M58" s="18"/>
       <c r="N58" s="18"/>
       <c r="O58" s="18"/>
       <c r="P58" s="18"/>
       <c r="Q58" s="18"/>
       <c r="R58" s="18"/>
       <c r="S58" s="18"/>
       <c r="T58" s="18"/>
       <c r="U58" s="18"/>
       <c r="V58" s="18"/>
       <c r="W58" s="18"/>
       <c r="X58" s="18"/>
@@ -16312,52 +16452,55 @@
       </c>
       <c r="FF58" s="17">
         <v>63.036426670000004</v>
       </c>
       <c r="FG58" s="17">
         <v>32.300558620000004</v>
       </c>
       <c r="FH58" s="17">
         <v>34.015999999999998</v>
       </c>
       <c r="FI58" s="17">
         <v>57.33417042</v>
       </c>
       <c r="FJ58" s="17">
         <v>93.940580609999998</v>
       </c>
       <c r="FK58" s="17">
         <v>29.60564239</v>
       </c>
       <c r="FL58" s="17">
         <v>31.0349048</v>
       </c>
       <c r="FM58" s="17">
         <v>11.2015364</v>
       </c>
+      <c r="FN58" s="17">
+        <v>68.54021607</v>
+      </c>
     </row>
-    <row r="59" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="18"/>
       <c r="J59" s="18"/>
       <c r="K59" s="18"/>
       <c r="L59" s="18"/>
       <c r="M59" s="18"/>
       <c r="N59" s="18"/>
       <c r="O59" s="18"/>
       <c r="P59" s="18"/>
       <c r="Q59" s="18"/>
       <c r="R59" s="18"/>
       <c r="S59" s="18"/>
       <c r="T59" s="18"/>
       <c r="U59" s="18"/>
       <c r="V59" s="18"/>
       <c r="W59" s="18"/>
       <c r="X59" s="18"/>
@@ -16552,52 +16695,55 @@
       </c>
       <c r="FF59" s="17">
         <v>30.07</v>
       </c>
       <c r="FG59" s="17">
         <v>34.725882270000007</v>
       </c>
       <c r="FH59" s="17">
         <v>26.426212079999999</v>
       </c>
       <c r="FI59" s="17">
         <v>42.321624960000001</v>
       </c>
       <c r="FJ59" s="17">
         <v>77.398382120000008</v>
       </c>
       <c r="FK59" s="17">
         <v>25.05</v>
       </c>
       <c r="FL59" s="17">
         <v>60.081329329999996</v>
       </c>
       <c r="FM59" s="17">
         <v>56.412070229999998</v>
       </c>
+      <c r="FN59" s="17">
+        <v>34.426956170000004</v>
+      </c>
     </row>
-    <row r="60" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="18"/>
       <c r="D60" s="18"/>
       <c r="E60" s="18"/>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
       <c r="H60" s="18"/>
       <c r="I60" s="18"/>
       <c r="J60" s="18"/>
       <c r="K60" s="18"/>
       <c r="L60" s="18"/>
       <c r="M60" s="18"/>
       <c r="N60" s="18"/>
       <c r="O60" s="18"/>
       <c r="P60" s="18"/>
       <c r="Q60" s="18"/>
       <c r="R60" s="18"/>
       <c r="S60" s="18"/>
       <c r="T60" s="18"/>
       <c r="U60" s="18"/>
       <c r="V60" s="18"/>
       <c r="W60" s="18"/>
       <c r="X60" s="18"/>
@@ -16792,52 +16938,55 @@
       </c>
       <c r="FF60" s="17">
         <v>148.14539088000001</v>
       </c>
       <c r="FG60" s="17">
         <v>82.911113439999994</v>
       </c>
       <c r="FH60" s="17">
         <v>71.514843620000008</v>
       </c>
       <c r="FI60" s="17">
         <v>69.534490359999992</v>
       </c>
       <c r="FJ60" s="17">
         <v>200.84623065</v>
       </c>
       <c r="FK60" s="17">
         <v>62.355941630000004</v>
       </c>
       <c r="FL60" s="17">
         <v>91.628295809999997</v>
       </c>
       <c r="FM60" s="17">
         <v>87.605291659999992</v>
       </c>
+      <c r="FN60" s="17">
+        <v>146.60953849000001</v>
+      </c>
     </row>
-    <row r="61" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="7"/>
       <c r="K61" s="7"/>
       <c r="L61" s="7"/>
       <c r="M61" s="7"/>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
       <c r="R61" s="7"/>
       <c r="S61" s="7"/>
       <c r="T61" s="7"/>
       <c r="U61" s="7"/>
       <c r="V61" s="7"/>
       <c r="W61" s="7"/>
       <c r="X61" s="7"/>
@@ -17032,54 +17181,57 @@
       </c>
       <c r="FF61" s="9">
         <v>80.617351709999994</v>
       </c>
       <c r="FG61" s="9">
         <v>64.629000000000005</v>
       </c>
       <c r="FH61" s="9">
         <v>109.39084355</v>
       </c>
       <c r="FI61" s="9">
         <v>99.374301729999999</v>
       </c>
       <c r="FJ61" s="9">
         <v>115.65301868</v>
       </c>
       <c r="FK61" s="9">
         <v>38.85</v>
       </c>
       <c r="FL61" s="9">
         <v>76.401652069999997</v>
       </c>
       <c r="FM61" s="9">
         <v>91.412587989999992</v>
       </c>
+      <c r="FN61" s="9">
+        <v>45.314</v>
+      </c>
     </row>
-    <row r="62" spans="2:169" s="26" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:169" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:170" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="2:170" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="2:170" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="28"/>
     </row>
     <row r="66" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>