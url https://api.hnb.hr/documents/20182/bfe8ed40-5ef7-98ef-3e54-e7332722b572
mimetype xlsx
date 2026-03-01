--- v3 (2026-01-28)
+++ v4 (2026-03-01)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_11_30\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2026_01_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E5A9A98-06F7-49FA-945D-5E92D951C3BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AFF1D3D-51E0-494F-9026-915651DF8A52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{AF98B3C7-97FD-4968-A40B-0C558D6E26EE}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1207,115 +1207,117 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32645B45-B538-4246-8466-0B50CA0BACBA}">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
-  <dimension ref="A2:FN66"/>
+  <dimension ref="A2:FP66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="77" style="2" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="27" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="1:170" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:172" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="23"/>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:170" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:172" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="30"/>
       <c r="B7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="EF7" s="32"/>
       <c r="EG7" s="32"/>
       <c r="EJ7" s="29"/>
       <c r="EL7" s="29"/>
       <c r="ES7" s="29"/>
       <c r="ET7" s="29"/>
       <c r="EU7" s="29"/>
       <c r="EV7" s="29"/>
       <c r="EW7" s="29"/>
       <c r="EX7" s="29"/>
       <c r="EY7" s="29"/>
       <c r="EZ7" s="29"/>
       <c r="FA7" s="29"/>
       <c r="FB7" s="29"/>
       <c r="FD7" s="29"/>
       <c r="FE7" s="29"/>
       <c r="FF7" s="29"/>
       <c r="FG7" s="29"/>
       <c r="FH7" s="29"/>
       <c r="FI7" s="29"/>
       <c r="FJ7" s="29"/>
       <c r="FK7" s="29"/>
       <c r="FL7" s="29"/>
       <c r="FM7" s="29"/>
       <c r="FN7" s="29"/>
+      <c r="FO7" s="29"/>
+      <c r="FP7" s="29"/>
     </row>
-    <row r="8" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5"/>
       <c r="C8" s="6">
         <v>40908</v>
       </c>
       <c r="D8" s="6">
         <v>40939</v>
       </c>
       <c r="E8" s="6">
         <v>40968</v>
       </c>
       <c r="F8" s="6">
         <v>40999</v>
       </c>
       <c r="G8" s="6">
         <v>41029</v>
       </c>
       <c r="H8" s="6">
         <v>41060</v>
       </c>
       <c r="I8" s="6">
         <v>41090</v>
       </c>
       <c r="J8" s="6">
         <v>41121</v>
       </c>
@@ -1777,52 +1779,58 @@
       </c>
       <c r="FG8" s="6">
         <v>45777</v>
       </c>
       <c r="FH8" s="6">
         <v>45808</v>
       </c>
       <c r="FI8" s="6">
         <v>45838</v>
       </c>
       <c r="FJ8" s="6">
         <v>45869</v>
       </c>
       <c r="FK8" s="6">
         <v>45900</v>
       </c>
       <c r="FL8" s="6">
         <v>45930</v>
       </c>
       <c r="FM8" s="6">
         <v>45961</v>
       </c>
       <c r="FN8" s="6">
         <v>45991</v>
       </c>
+      <c r="FO8" s="6">
+        <v>46022</v>
+      </c>
+      <c r="FP8" s="6">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="9" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="12">
         <v>7.7</v>
       </c>
       <c r="D9" s="12">
         <v>8.0500000000000007</v>
       </c>
       <c r="E9" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F9" s="12">
         <v>8.2200000000000006</v>
       </c>
       <c r="G9" s="12">
         <v>7.88</v>
       </c>
       <c r="H9" s="12">
         <v>7.9</v>
       </c>
       <c r="I9" s="12">
         <v>7.73</v>
       </c>
       <c r="J9" s="12">
@@ -2286,52 +2294,58 @@
       </c>
       <c r="FG9" s="13">
         <v>4.7699999999999996</v>
       </c>
       <c r="FH9" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FI9" s="13">
         <v>4.55</v>
       </c>
       <c r="FJ9" s="13">
         <v>4.45</v>
       </c>
       <c r="FK9" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FL9" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FM9" s="13">
         <v>4.3499999999999996</v>
       </c>
       <c r="FN9" s="13">
         <v>4.3899999999999997</v>
       </c>
+      <c r="FO9" s="13">
+        <v>4.42</v>
+      </c>
+      <c r="FP9" s="13">
+        <v>4.34</v>
+      </c>
     </row>
-    <row r="10" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="12">
         <v>7.71</v>
       </c>
       <c r="D10" s="12">
         <v>8.0399999999999991</v>
       </c>
       <c r="E10" s="12">
         <v>8.4499999999999993</v>
       </c>
       <c r="F10" s="12">
         <v>8.23</v>
       </c>
       <c r="G10" s="12">
         <v>7.89</v>
       </c>
       <c r="H10" s="12">
         <v>7.91</v>
       </c>
       <c r="I10" s="12">
         <v>7.74</v>
       </c>
       <c r="J10" s="12">
@@ -2795,52 +2809,58 @@
       </c>
       <c r="FG10" s="13">
         <v>4.8</v>
       </c>
       <c r="FH10" s="13">
         <v>4.76</v>
       </c>
       <c r="FI10" s="13">
         <v>4.58</v>
       </c>
       <c r="FJ10" s="13">
         <v>4.47</v>
       </c>
       <c r="FK10" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL10" s="13">
         <v>4.42</v>
       </c>
       <c r="FM10" s="13">
         <v>4.37</v>
       </c>
       <c r="FN10" s="13">
         <v>4.42</v>
       </c>
+      <c r="FO10" s="13">
+        <v>4.45</v>
+      </c>
+      <c r="FP10" s="13">
+        <v>4.3600000000000003</v>
+      </c>
     </row>
-    <row r="11" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="12">
         <v>11.25</v>
       </c>
       <c r="D11" s="12">
         <v>11.55</v>
       </c>
       <c r="E11" s="12">
         <v>11.79</v>
       </c>
       <c r="F11" s="12">
         <v>11.63</v>
       </c>
       <c r="G11" s="12">
         <v>11.72</v>
       </c>
       <c r="H11" s="12">
         <v>11.62</v>
       </c>
       <c r="I11" s="12">
         <v>11.66</v>
       </c>
       <c r="J11" s="12">
@@ -3304,52 +3324,58 @@
       </c>
       <c r="FG11" s="13">
         <v>7.27</v>
       </c>
       <c r="FH11" s="13">
         <v>7.16</v>
       </c>
       <c r="FI11" s="13">
         <v>7.25</v>
       </c>
       <c r="FJ11" s="13">
         <v>7.21</v>
       </c>
       <c r="FK11" s="13">
         <v>7.05</v>
       </c>
       <c r="FL11" s="13">
         <v>7.21</v>
       </c>
       <c r="FM11" s="13">
         <v>7.27</v>
       </c>
       <c r="FN11" s="13">
         <v>7.14</v>
       </c>
+      <c r="FO11" s="13">
+        <v>7.08</v>
+      </c>
+      <c r="FP11" s="13">
+        <v>7.02</v>
+      </c>
     </row>
-    <row r="12" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="13">
         <v>7.92</v>
       </c>
       <c r="D12" s="13">
         <v>7.6</v>
       </c>
       <c r="E12" s="13">
         <v>7.81</v>
       </c>
       <c r="F12" s="13">
         <v>7.6</v>
       </c>
       <c r="G12" s="13">
         <v>7.48</v>
       </c>
       <c r="H12" s="13">
         <v>7.58</v>
       </c>
       <c r="I12" s="13">
         <v>7.51</v>
       </c>
       <c r="J12" s="13">
@@ -3811,54 +3837,60 @@
       <c r="FF12" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FG12" s="13">
         <v>4.3899999999999997</v>
       </c>
       <c r="FH12" s="13">
         <v>4.24</v>
       </c>
       <c r="FI12" s="13">
         <v>4.1399999999999997</v>
       </c>
       <c r="FJ12" s="13">
         <v>4.12</v>
       </c>
       <c r="FK12" s="13">
         <v>3.88</v>
       </c>
       <c r="FL12" s="13">
         <v>3.93</v>
       </c>
       <c r="FM12" s="13">
         <v>4.07</v>
       </c>
       <c r="FN12" s="13">
-        <v>3.94</v>
+        <v>3.95</v>
+      </c>
+      <c r="FO12" s="13">
+        <v>4.07</v>
+      </c>
+      <c r="FP12" s="13">
+        <v>3.96</v>
       </c>
     </row>
-    <row r="13" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
       <c r="T13" s="14"/>
       <c r="U13" s="14"/>
       <c r="V13" s="14"/>
       <c r="W13" s="14"/>
       <c r="X13" s="14"/>
@@ -4054,54 +4086,60 @@
       <c r="FF13" s="13">
         <v>3.72</v>
       </c>
       <c r="FG13" s="13">
         <v>3.8</v>
       </c>
       <c r="FH13" s="13">
         <v>3.59</v>
       </c>
       <c r="FI13" s="13">
         <v>3.4</v>
       </c>
       <c r="FJ13" s="13">
         <v>3.47</v>
       </c>
       <c r="FK13" s="13">
         <v>3.22</v>
       </c>
       <c r="FL13" s="13">
         <v>3.29</v>
       </c>
       <c r="FM13" s="13">
         <v>3.5</v>
       </c>
       <c r="FN13" s="13">
-        <v>3.3</v>
+        <v>3.31</v>
+      </c>
+      <c r="FO13" s="13">
+        <v>3.36</v>
+      </c>
+      <c r="FP13" s="13">
+        <v>3.38</v>
       </c>
     </row>
-    <row r="14" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
@@ -4299,52 +4337,58 @@
       </c>
       <c r="FG14" s="13">
         <v>4.87</v>
       </c>
       <c r="FH14" s="13">
         <v>4.68</v>
       </c>
       <c r="FI14" s="13">
         <v>4.7300000000000004</v>
       </c>
       <c r="FJ14" s="13">
         <v>4.59</v>
       </c>
       <c r="FK14" s="13">
         <v>4.7</v>
       </c>
       <c r="FL14" s="13">
         <v>4.57</v>
       </c>
       <c r="FM14" s="13">
         <v>4.6100000000000003</v>
       </c>
       <c r="FN14" s="13">
         <v>4.53</v>
       </c>
+      <c r="FO14" s="13">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="FP14" s="13">
+        <v>4.5199999999999996</v>
+      </c>
     </row>
-    <row r="15" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>
       <c r="U15" s="14"/>
       <c r="V15" s="14"/>
       <c r="W15" s="14"/>
       <c r="X15" s="14"/>
@@ -4542,52 +4586,58 @@
       </c>
       <c r="FG15" s="13">
         <v>5.12</v>
       </c>
       <c r="FH15" s="13">
         <v>5.12</v>
       </c>
       <c r="FI15" s="13">
         <v>4.96</v>
       </c>
       <c r="FJ15" s="13">
         <v>4.9800000000000004</v>
       </c>
       <c r="FK15" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FL15" s="13">
         <v>4.97</v>
       </c>
       <c r="FM15" s="13">
         <v>4.9400000000000004</v>
       </c>
       <c r="FN15" s="13">
         <v>4.84</v>
       </c>
+      <c r="FO15" s="13">
+        <v>4.92</v>
+      </c>
+      <c r="FP15" s="13">
+        <v>4.83</v>
+      </c>
     </row>
-    <row r="16" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14"/>
       <c r="W16" s="14"/>
       <c r="X16" s="14"/>
@@ -4785,52 +4835,58 @@
       </c>
       <c r="FG16" s="13">
         <v>5.21</v>
       </c>
       <c r="FH16" s="13">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI16" s="13">
         <v>5.05</v>
       </c>
       <c r="FJ16" s="13">
         <v>5</v>
       </c>
       <c r="FK16" s="13">
         <v>5.0199999999999996</v>
       </c>
       <c r="FL16" s="13">
         <v>4.96</v>
       </c>
       <c r="FM16" s="13">
         <v>4.93</v>
       </c>
       <c r="FN16" s="13">
         <v>4.8600000000000003</v>
       </c>
+      <c r="FO16" s="13">
+        <v>4.72</v>
+      </c>
+      <c r="FP16" s="13">
+        <v>4.6900000000000004</v>
+      </c>
     </row>
-    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="14"/>
       <c r="T17" s="14"/>
       <c r="U17" s="14"/>
       <c r="V17" s="14"/>
       <c r="W17" s="14"/>
       <c r="X17" s="14"/>
@@ -5028,52 +5084,58 @@
       </c>
       <c r="FG17" s="13">
         <v>4.91</v>
       </c>
       <c r="FH17" s="13">
         <v>4.58</v>
       </c>
       <c r="FI17" s="13">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ17" s="13">
         <v>4.79</v>
       </c>
       <c r="FK17" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FL17" s="13">
         <v>4.41</v>
       </c>
       <c r="FM17" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FN17" s="13">
         <v>4.17</v>
       </c>
+      <c r="FO17" s="13">
+        <v>4.5199999999999996</v>
+      </c>
+      <c r="FP17" s="13">
+        <v>4.49</v>
+      </c>
     </row>
-    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="14"/>
       <c r="W18" s="14"/>
       <c r="X18" s="14"/>
@@ -5271,52 +5333,58 @@
       </c>
       <c r="FG18" s="13">
         <v>4.66</v>
       </c>
       <c r="FH18" s="13">
         <v>4.79</v>
       </c>
       <c r="FI18" s="13">
         <v>4.47</v>
       </c>
       <c r="FJ18" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FK18" s="13">
         <v>4.12</v>
       </c>
       <c r="FL18" s="13">
         <v>4.4400000000000004</v>
       </c>
       <c r="FM18" s="13">
         <v>4.09</v>
       </c>
       <c r="FN18" s="13">
         <v>4.3</v>
       </c>
+      <c r="FO18" s="13">
+        <v>4.07</v>
+      </c>
+      <c r="FP18" s="13">
+        <v>4.5999999999999996</v>
+      </c>
     </row>
-    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="13">
         <v>7.12</v>
       </c>
       <c r="D19" s="13">
         <v>7.23</v>
       </c>
       <c r="E19" s="13">
         <v>6.93</v>
       </c>
       <c r="F19" s="13">
         <v>7.13</v>
       </c>
       <c r="G19" s="13">
         <v>6.71</v>
       </c>
       <c r="H19" s="13">
         <v>6.98</v>
       </c>
       <c r="I19" s="13">
         <v>7.01</v>
       </c>
       <c r="J19" s="13">
@@ -5780,52 +5848,58 @@
       </c>
       <c r="FG19" s="13">
         <v>4.03</v>
       </c>
       <c r="FH19" s="13">
         <v>3.8</v>
       </c>
       <c r="FI19" s="13">
         <v>3.81</v>
       </c>
       <c r="FJ19" s="13">
         <v>3.65</v>
       </c>
       <c r="FK19" s="13">
         <v>3.87</v>
       </c>
       <c r="FL19" s="13">
         <v>3.72</v>
       </c>
       <c r="FM19" s="13">
         <v>3.76</v>
       </c>
       <c r="FN19" s="13">
         <v>3.65</v>
       </c>
+      <c r="FO19" s="13">
+        <v>3.72</v>
+      </c>
+      <c r="FP19" s="13">
+        <v>3.87</v>
+      </c>
     </row>
-    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
@@ -6023,52 +6097,58 @@
       </c>
       <c r="FG20" s="13">
         <v>3.91</v>
       </c>
       <c r="FH20" s="13">
         <v>3.6</v>
       </c>
       <c r="FI20" s="13">
         <v>3.55</v>
       </c>
       <c r="FJ20" s="13">
         <v>3.43</v>
       </c>
       <c r="FK20" s="13">
         <v>3.7</v>
       </c>
       <c r="FL20" s="13">
         <v>3.58</v>
       </c>
       <c r="FM20" s="13">
         <v>3.6</v>
       </c>
       <c r="FN20" s="13">
         <v>3.53</v>
       </c>
+      <c r="FO20" s="13">
+        <v>3.62</v>
+      </c>
+      <c r="FP20" s="13">
+        <v>3.76</v>
+      </c>
     </row>
-    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>
       <c r="U21" s="14"/>
       <c r="V21" s="14"/>
       <c r="W21" s="14"/>
       <c r="X21" s="14"/>
@@ -6266,52 +6346,58 @@
       </c>
       <c r="FG21" s="13">
         <v>3.97</v>
       </c>
       <c r="FH21" s="13">
         <v>3.92</v>
       </c>
       <c r="FI21" s="13">
         <v>4.08</v>
       </c>
       <c r="FJ21" s="13">
         <v>3.95</v>
       </c>
       <c r="FK21" s="13">
         <v>4.05</v>
       </c>
       <c r="FL21" s="13">
         <v>3.76</v>
       </c>
       <c r="FM21" s="13">
         <v>3.87</v>
       </c>
       <c r="FN21" s="13">
         <v>3.63</v>
       </c>
+      <c r="FO21" s="13">
+        <v>3.81</v>
+      </c>
+      <c r="FP21" s="13">
+        <v>3.92</v>
+      </c>
     </row>
-    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="14"/>
       <c r="T22" s="14"/>
       <c r="U22" s="14"/>
       <c r="V22" s="14"/>
       <c r="W22" s="14"/>
       <c r="X22" s="14"/>
@@ -6509,52 +6595,58 @@
       </c>
       <c r="FG22" s="13">
         <v>4.57</v>
       </c>
       <c r="FH22" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FI22" s="13">
         <v>4.04</v>
       </c>
       <c r="FJ22" s="13">
         <v>3.87</v>
       </c>
       <c r="FK22" s="13">
         <v>3.97</v>
       </c>
       <c r="FL22" s="13">
         <v>3.9</v>
       </c>
       <c r="FM22" s="13">
         <v>4.2300000000000004</v>
       </c>
       <c r="FN22" s="13">
         <v>3.83</v>
       </c>
+      <c r="FO22" s="13">
+        <v>3.88</v>
+      </c>
+      <c r="FP22" s="13">
+        <v>4.24</v>
+      </c>
     </row>
-    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>
       <c r="U23" s="14"/>
       <c r="V23" s="14"/>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
@@ -6752,52 +6844,58 @@
       </c>
       <c r="FG23" s="13">
         <v>4.01</v>
       </c>
       <c r="FH23" s="13">
         <v>3.95</v>
       </c>
       <c r="FI23" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ23" s="13">
         <v>3.75</v>
       </c>
       <c r="FK23" s="13">
         <v>3.91</v>
       </c>
       <c r="FL23" s="13">
         <v>3.85</v>
       </c>
       <c r="FM23" s="13">
         <v>3.42</v>
       </c>
       <c r="FN23" s="13">
         <v>3.94</v>
       </c>
+      <c r="FO23" s="13">
+        <v>3.71</v>
+      </c>
+      <c r="FP23" s="13">
+        <v>4.01</v>
+      </c>
     </row>
-    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
@@ -6995,52 +7093,58 @@
       </c>
       <c r="FG24" s="13">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH24" s="13">
         <v>3.73</v>
       </c>
       <c r="FI24" s="13">
         <v>3.91</v>
       </c>
       <c r="FJ24" s="13">
         <v>3.8</v>
       </c>
       <c r="FK24" s="13">
         <v>3.98</v>
       </c>
       <c r="FL24" s="13">
         <v>3.92</v>
       </c>
       <c r="FM24" s="13">
         <v>3.93</v>
       </c>
       <c r="FN24" s="13">
         <v>4.04</v>
       </c>
+      <c r="FO24" s="13">
+        <v>3.74</v>
+      </c>
+      <c r="FP24" s="13">
+        <v>3.65</v>
+      </c>
     </row>
-    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="14"/>
       <c r="L25" s="14"/>
       <c r="M25" s="14"/>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
       <c r="P25" s="14"/>
       <c r="Q25" s="14"/>
       <c r="R25" s="14"/>
       <c r="S25" s="14"/>
       <c r="T25" s="14"/>
       <c r="U25" s="14"/>
       <c r="V25" s="14"/>
       <c r="W25" s="14"/>
       <c r="X25" s="14"/>
@@ -7238,52 +7342,58 @@
       </c>
       <c r="FG25" s="13">
         <v>3.99</v>
       </c>
       <c r="FH25" s="13">
         <v>4.3</v>
       </c>
       <c r="FI25" s="13">
         <v>4.28</v>
       </c>
       <c r="FJ25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FK25" s="13">
         <v>4.12</v>
       </c>
       <c r="FL25" s="13">
         <v>4.0599999999999996</v>
       </c>
       <c r="FM25" s="13">
         <v>4.1900000000000004</v>
       </c>
       <c r="FN25" s="13">
         <v>3.88</v>
       </c>
+      <c r="FO25" s="13">
+        <v>4.21</v>
+      </c>
+      <c r="FP25" s="13">
+        <v>4.59</v>
+      </c>
     </row>
-    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="13">
         <v>6.99</v>
       </c>
       <c r="D26" s="13">
         <v>6.78</v>
       </c>
       <c r="E26" s="13">
         <v>7.01</v>
       </c>
       <c r="F26" s="13">
         <v>6.83</v>
       </c>
       <c r="G26" s="13">
         <v>4.99</v>
       </c>
       <c r="H26" s="13">
         <v>6.13</v>
       </c>
       <c r="I26" s="13">
         <v>6.61</v>
       </c>
       <c r="J26" s="13">
@@ -7730,69 +7840,75 @@
       <c r="FA26" s="13">
         <v>4.25</v>
       </c>
       <c r="FB26" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="FC26" s="13">
         <v>4.21</v>
       </c>
       <c r="FD26" s="13">
         <v>4.21</v>
       </c>
       <c r="FE26" s="13">
         <v>3.71</v>
       </c>
       <c r="FF26" s="13">
         <v>3.54</v>
       </c>
       <c r="FG26" s="13">
         <v>3.51</v>
       </c>
       <c r="FH26" s="13">
         <v>3.38</v>
       </c>
       <c r="FI26" s="13">
-        <v>3.43</v>
+        <v>3.56</v>
       </c>
       <c r="FJ26" s="13">
         <v>3.19</v>
       </c>
       <c r="FK26" s="13">
         <v>3.5</v>
       </c>
       <c r="FL26" s="13">
         <v>3.09</v>
       </c>
       <c r="FM26" s="13">
         <v>3.25</v>
       </c>
       <c r="FN26" s="13">
         <v>3.19</v>
       </c>
+      <c r="FO26" s="13">
+        <v>3.4</v>
+      </c>
+      <c r="FP26" s="13">
+        <v>3.2</v>
+      </c>
     </row>
-    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="14"/>
       <c r="L27" s="14"/>
       <c r="M27" s="14"/>
       <c r="N27" s="14"/>
       <c r="O27" s="14"/>
       <c r="P27" s="14"/>
       <c r="Q27" s="14"/>
       <c r="R27" s="14"/>
       <c r="S27" s="14"/>
       <c r="T27" s="14"/>
       <c r="U27" s="14"/>
       <c r="V27" s="14"/>
       <c r="W27" s="14"/>
       <c r="X27" s="14"/>
@@ -7973,69 +8089,75 @@
       <c r="FA27" s="13">
         <v>4.38</v>
       </c>
       <c r="FB27" s="13">
         <v>4.7</v>
       </c>
       <c r="FC27" s="13">
         <v>4.42</v>
       </c>
       <c r="FD27" s="13">
         <v>4.3099999999999996</v>
       </c>
       <c r="FE27" s="13">
         <v>3.62</v>
       </c>
       <c r="FF27" s="13">
         <v>3.69</v>
       </c>
       <c r="FG27" s="13">
         <v>3.44</v>
       </c>
       <c r="FH27" s="13">
         <v>3.17</v>
       </c>
       <c r="FI27" s="13">
-        <v>3.37</v>
+        <v>3.54</v>
       </c>
       <c r="FJ27" s="13">
         <v>3.14</v>
       </c>
       <c r="FK27" s="13">
         <v>3.54</v>
       </c>
       <c r="FL27" s="13">
         <v>3.06</v>
       </c>
       <c r="FM27" s="13">
         <v>3.25</v>
       </c>
       <c r="FN27" s="13">
         <v>3.31</v>
       </c>
+      <c r="FO27" s="13">
+        <v>3.53</v>
+      </c>
+      <c r="FP27" s="13">
+        <v>3.25</v>
+      </c>
     </row>
-    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="14"/>
       <c r="R28" s="14"/>
       <c r="S28" s="14"/>
       <c r="T28" s="14"/>
       <c r="U28" s="14"/>
       <c r="V28" s="14"/>
       <c r="W28" s="14"/>
       <c r="X28" s="14"/>
@@ -8233,52 +8355,58 @@
       </c>
       <c r="FG28" s="13">
         <v>3.04</v>
       </c>
       <c r="FH28" s="13">
         <v>3.2</v>
       </c>
       <c r="FI28" s="13">
         <v>3.24</v>
       </c>
       <c r="FJ28" s="13">
         <v>2.9</v>
       </c>
       <c r="FK28" s="13">
         <v>2.77</v>
       </c>
       <c r="FL28" s="13">
         <v>2.82</v>
       </c>
       <c r="FM28" s="13">
         <v>2.5</v>
       </c>
       <c r="FN28" s="13">
         <v>2.75</v>
       </c>
+      <c r="FO28" s="13">
+        <v>3.05</v>
+      </c>
+      <c r="FP28" s="13">
+        <v>2.61</v>
+      </c>
     </row>
-    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
       <c r="Q29" s="14"/>
       <c r="R29" s="14"/>
       <c r="S29" s="14"/>
       <c r="T29" s="14"/>
       <c r="U29" s="14"/>
       <c r="V29" s="14"/>
       <c r="W29" s="14"/>
       <c r="X29" s="14"/>
@@ -8476,52 +8604,58 @@
       </c>
       <c r="FG29" s="13">
         <v>4.07</v>
       </c>
       <c r="FH29" s="13">
         <v>4.26</v>
       </c>
       <c r="FI29" s="13">
         <v>3.89</v>
       </c>
       <c r="FJ29" s="13">
         <v>3.93</v>
       </c>
       <c r="FK29" s="13">
         <v>3.69</v>
       </c>
       <c r="FL29" s="13">
         <v>3.64</v>
       </c>
       <c r="FM29" s="13">
         <v>4.43</v>
       </c>
       <c r="FN29" s="13">
         <v>2.77</v>
       </c>
+      <c r="FO29" s="13">
+        <v>3.89</v>
+      </c>
+      <c r="FP29" s="13">
+        <v>3.63</v>
+      </c>
     </row>
-    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="14"/>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
       <c r="N30" s="14"/>
       <c r="O30" s="14"/>
       <c r="P30" s="14"/>
       <c r="Q30" s="14"/>
       <c r="R30" s="14"/>
       <c r="S30" s="14"/>
       <c r="T30" s="14"/>
       <c r="U30" s="14"/>
       <c r="V30" s="14"/>
       <c r="W30" s="14"/>
       <c r="X30" s="14"/>
@@ -8719,52 +8853,58 @@
       </c>
       <c r="FG30" s="13">
         <v>4.0199999999999996</v>
       </c>
       <c r="FH30" s="13">
         <v>3.62</v>
       </c>
       <c r="FI30" s="13">
         <v>3.33</v>
       </c>
       <c r="FJ30" s="13">
         <v>3.54</v>
       </c>
       <c r="FK30" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="FL30" s="13">
         <v>3.06</v>
       </c>
       <c r="FM30" s="13">
         <v>3.97</v>
       </c>
       <c r="FN30" s="13">
         <v>3.8</v>
       </c>
+      <c r="FO30" s="13">
+        <v>4.3099999999999996</v>
+      </c>
+      <c r="FP30" s="13">
+        <v>3.76</v>
+      </c>
     </row>
-    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="14"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
       <c r="P31" s="14"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="14"/>
       <c r="T31" s="14"/>
       <c r="U31" s="14"/>
       <c r="V31" s="14"/>
       <c r="W31" s="14"/>
       <c r="X31" s="14"/>
@@ -8962,52 +9102,58 @@
       </c>
       <c r="FG31" s="13">
         <v>4.3499999999999996</v>
       </c>
       <c r="FH31" s="13">
         <v>3.55</v>
       </c>
       <c r="FI31" s="13">
         <v>3.27</v>
       </c>
       <c r="FJ31" s="13">
         <v>3.13</v>
       </c>
       <c r="FK31" s="13">
         <v>3.26</v>
       </c>
       <c r="FL31" s="13">
         <v>3.36</v>
       </c>
       <c r="FM31" s="13">
         <v>2.94</v>
       </c>
       <c r="FN31" s="13">
         <v>2.77</v>
       </c>
+      <c r="FO31" s="13">
+        <v>2.72</v>
+      </c>
+      <c r="FP31" s="13">
+        <v>3.39</v>
+      </c>
     </row>
-    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="15"/>
       <c r="V32" s="15"/>
       <c r="W32" s="15"/>
       <c r="X32" s="15"/>
@@ -9205,96 +9351,104 @@
       </c>
       <c r="FG32" s="16">
         <v>3.48</v>
       </c>
       <c r="FH32" s="16">
         <v>4.01</v>
       </c>
       <c r="FI32" s="16">
         <v>4</v>
       </c>
       <c r="FJ32" s="16">
         <v>3.39</v>
       </c>
       <c r="FK32" s="16">
         <v>3.81</v>
       </c>
       <c r="FL32" s="16">
         <v>3.16</v>
       </c>
       <c r="FM32" s="16">
         <v>3.29</v>
       </c>
       <c r="FN32" s="16">
         <v>3.34</v>
       </c>
+      <c r="FO32" s="16">
+        <v>3.86</v>
+      </c>
+      <c r="FP32" s="16">
+        <v>3.05</v>
+      </c>
     </row>
-    <row r="33" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="8"/>
     </row>
-    <row r="34" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="8"/>
     </row>
-    <row r="35" spans="1:170" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:172" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="23"/>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:170" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:172" s="31" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="30"/>
       <c r="B36" s="10" t="s">
         <v>3</v>
       </c>
       <c r="EG36" s="32"/>
       <c r="EN36" s="29"/>
       <c r="EO36" s="29"/>
       <c r="EQ36" s="33"/>
       <c r="ER36" s="33"/>
       <c r="ES36" s="29"/>
       <c r="ET36" s="29"/>
       <c r="EU36" s="29"/>
       <c r="EV36" s="29"/>
       <c r="EW36" s="29"/>
       <c r="EX36" s="29"/>
       <c r="EY36" s="29"/>
       <c r="EZ36" s="29"/>
       <c r="FA36" s="29"/>
       <c r="FB36" s="29"/>
       <c r="FC36" s="29"/>
       <c r="FD36" s="29"/>
       <c r="FE36" s="29"/>
       <c r="FF36" s="29"/>
       <c r="FG36" s="29"/>
       <c r="FI36" s="29"/>
       <c r="FJ36" s="29"/>
       <c r="FK36" s="29"/>
       <c r="FL36" s="29"/>
       <c r="FM36" s="29"/>
       <c r="FN36" s="29"/>
+      <c r="FO36" s="29"/>
+      <c r="FP36" s="29"/>
     </row>
-    <row r="37" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="5"/>
       <c r="C37" s="6">
         <v>40908</v>
       </c>
       <c r="D37" s="6">
         <v>40939</v>
       </c>
       <c r="E37" s="6">
         <v>40968</v>
       </c>
       <c r="F37" s="6">
         <v>40999</v>
       </c>
       <c r="G37" s="6">
         <v>41029</v>
       </c>
       <c r="H37" s="6">
         <v>41060</v>
       </c>
       <c r="I37" s="6">
         <v>41090</v>
       </c>
       <c r="J37" s="6">
         <v>41121</v>
       </c>
@@ -9756,52 +9910,58 @@
       </c>
       <c r="FG37" s="6">
         <v>45777</v>
       </c>
       <c r="FH37" s="6">
         <v>45808</v>
       </c>
       <c r="FI37" s="6">
         <v>45838</v>
       </c>
       <c r="FJ37" s="6">
         <v>45869</v>
       </c>
       <c r="FK37" s="6">
         <v>45900</v>
       </c>
       <c r="FL37" s="6">
         <v>45930</v>
       </c>
       <c r="FM37" s="6">
         <v>45961</v>
       </c>
       <c r="FN37" s="6">
         <v>45991</v>
       </c>
+      <c r="FO37" s="6">
+        <v>46022</v>
+      </c>
+      <c r="FP37" s="6">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="38" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="17">
         <v>638.45599062000008</v>
       </c>
       <c r="D38" s="17">
         <v>672.59273144999997</v>
       </c>
       <c r="E38" s="17">
         <v>695.50793746999989</v>
       </c>
       <c r="F38" s="17">
         <v>721.32604070000002</v>
       </c>
       <c r="G38" s="17">
         <v>730.05847758000004</v>
       </c>
       <c r="H38" s="17">
         <v>727.59701691999999</v>
       </c>
       <c r="I38" s="17">
         <v>708.03198577000001</v>
       </c>
       <c r="J38" s="17">
@@ -10265,52 +10425,58 @@
       </c>
       <c r="FG38" s="17">
         <v>901.09475777</v>
       </c>
       <c r="FH38" s="17">
         <v>888.09277004</v>
       </c>
       <c r="FI38" s="17">
         <v>860.72582282000008</v>
       </c>
       <c r="FJ38" s="17">
         <v>840.18937117999997</v>
       </c>
       <c r="FK38" s="17">
         <v>836.9876490800001</v>
       </c>
       <c r="FL38" s="17">
         <v>854.18398517999992</v>
       </c>
       <c r="FM38" s="17">
         <v>849.78201948000003</v>
       </c>
       <c r="FN38" s="17">
         <v>837.88067876000002</v>
       </c>
+      <c r="FO38" s="17">
+        <v>729.69513325000003</v>
+      </c>
+      <c r="FP38" s="17">
+        <v>792.62960458999999</v>
+      </c>
     </row>
-    <row r="39" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="17">
         <v>624.14401435000002</v>
       </c>
       <c r="D39" s="17">
         <v>659.48448881999991</v>
       </c>
       <c r="E39" s="17">
         <v>682.28415821999999</v>
       </c>
       <c r="F39" s="17">
         <v>706.59460131999992</v>
       </c>
       <c r="G39" s="17">
         <v>714.64339801000006</v>
       </c>
       <c r="H39" s="17">
         <v>711.82892007999999</v>
       </c>
       <c r="I39" s="17">
         <v>691.85743598999989</v>
       </c>
       <c r="J39" s="17">
@@ -10774,52 +10940,58 @@
       </c>
       <c r="FG39" s="17">
         <v>871.32355266999991</v>
       </c>
       <c r="FH39" s="17">
         <v>856.13557748000005</v>
       </c>
       <c r="FI39" s="17">
         <v>830.28579419000005</v>
       </c>
       <c r="FJ39" s="17">
         <v>810.25658683000006</v>
       </c>
       <c r="FK39" s="17">
         <v>809.7934419500001</v>
       </c>
       <c r="FL39" s="17">
         <v>824.25104673999999</v>
       </c>
       <c r="FM39" s="17">
         <v>818.57084505</v>
       </c>
       <c r="FN39" s="17">
         <v>807.35262655999998</v>
       </c>
+      <c r="FO39" s="17">
+        <v>699.92571604</v>
+      </c>
+      <c r="FP39" s="17">
+        <v>764.96260239000003</v>
+      </c>
     </row>
-    <row r="40" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="17">
         <v>8.6254551799999994</v>
       </c>
       <c r="D40" s="17">
         <v>8.356025429999999</v>
       </c>
       <c r="E40" s="17">
         <v>8.5927669099999999</v>
       </c>
       <c r="F40" s="17">
         <v>8.9884487000000011</v>
       </c>
       <c r="G40" s="17">
         <v>9.2989618399999987</v>
       </c>
       <c r="H40" s="17">
         <v>9.1353869599999999</v>
       </c>
       <c r="I40" s="17">
         <v>9.0619081699999988</v>
       </c>
       <c r="J40" s="17">
@@ -11283,52 +11455,58 @@
       </c>
       <c r="FG40" s="17">
         <v>14.403359160000001</v>
       </c>
       <c r="FH40" s="17">
         <v>15.025798500000001</v>
       </c>
       <c r="FI40" s="17">
         <v>14.516325929999999</v>
       </c>
       <c r="FJ40" s="17">
         <v>14.237490960000001</v>
       </c>
       <c r="FK40" s="17">
         <v>13.43268248</v>
       </c>
       <c r="FL40" s="17">
         <v>13.940607179999999</v>
       </c>
       <c r="FM40" s="17">
         <v>14.46961018</v>
       </c>
       <c r="FN40" s="17">
         <v>14.334588740000001</v>
       </c>
+      <c r="FO40" s="17">
+        <v>14.216949679999999</v>
+      </c>
+      <c r="FP40" s="17">
+        <v>13.437862519999999</v>
+      </c>
     </row>
-    <row r="41" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="17">
         <v>67.474417369999998</v>
       </c>
       <c r="D41" s="17">
         <v>43.936397630000002</v>
       </c>
       <c r="E41" s="17">
         <v>66.343214079999996</v>
       </c>
       <c r="F41" s="17">
         <v>60.658973000000003</v>
       </c>
       <c r="G41" s="17">
         <v>55.551480699999999</v>
       </c>
       <c r="H41" s="17">
         <v>54.170411180000002</v>
       </c>
       <c r="I41" s="17">
         <v>48.156099959999999</v>
       </c>
       <c r="J41" s="17">
@@ -11790,54 +11968,60 @@
       <c r="FF41" s="17">
         <v>164.84191217</v>
       </c>
       <c r="FG41" s="17">
         <v>164.80969361000001</v>
       </c>
       <c r="FH41" s="17">
         <v>154.19813487000002</v>
       </c>
       <c r="FI41" s="17">
         <v>167.21789187000002</v>
       </c>
       <c r="FJ41" s="17">
         <v>172.04339247999999</v>
       </c>
       <c r="FK41" s="17">
         <v>117.62145258</v>
       </c>
       <c r="FL41" s="17">
         <v>157.86297333000002</v>
       </c>
       <c r="FM41" s="17">
         <v>168.8836747</v>
       </c>
       <c r="FN41" s="17">
-        <v>155.80747887999999</v>
+        <v>155.92607888000001</v>
+      </c>
+      <c r="FO41" s="17">
+        <v>175.97584993999999</v>
+      </c>
+      <c r="FP41" s="17">
+        <v>125.05564247</v>
       </c>
     </row>
-    <row r="42" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="18"/>
       <c r="D42" s="18"/>
       <c r="E42" s="18"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="18"/>
       <c r="K42" s="18"/>
       <c r="L42" s="18"/>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
       <c r="S42" s="18"/>
       <c r="T42" s="18"/>
       <c r="U42" s="18"/>
       <c r="V42" s="18"/>
       <c r="W42" s="18"/>
       <c r="X42" s="18"/>
@@ -12033,54 +12217,60 @@
       <c r="FF42" s="17">
         <v>77.240202920000002</v>
       </c>
       <c r="FG42" s="17">
         <v>84.287223609999998</v>
       </c>
       <c r="FH42" s="17">
         <v>76.803581099999988</v>
       </c>
       <c r="FI42" s="17">
         <v>83.463281370000004</v>
       </c>
       <c r="FJ42" s="17">
         <v>86.210487909999998</v>
       </c>
       <c r="FK42" s="17">
         <v>69.281518739999996</v>
       </c>
       <c r="FL42" s="17">
         <v>88.612108459999988</v>
       </c>
       <c r="FM42" s="17">
         <v>89.79806379</v>
       </c>
       <c r="FN42" s="17">
-        <v>81.352963900000006</v>
+        <v>81.471563900000007</v>
+      </c>
+      <c r="FO42" s="17">
+        <v>88.569952040000004</v>
+      </c>
+      <c r="FP42" s="17">
+        <v>67.279537480000002</v>
       </c>
     </row>
-    <row r="43" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="18"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
       <c r="F43" s="18"/>
       <c r="G43" s="18"/>
       <c r="H43" s="18"/>
       <c r="I43" s="18"/>
       <c r="J43" s="18"/>
       <c r="K43" s="18"/>
       <c r="L43" s="18"/>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
       <c r="S43" s="18"/>
       <c r="T43" s="18"/>
       <c r="U43" s="18"/>
       <c r="V43" s="18"/>
       <c r="W43" s="18"/>
       <c r="X43" s="18"/>
@@ -12278,52 +12468,58 @@
       </c>
       <c r="FG43" s="17">
         <v>30.132934110000001</v>
       </c>
       <c r="FH43" s="17">
         <v>30.127933609999999</v>
       </c>
       <c r="FI43" s="17">
         <v>22.860192300000001</v>
       </c>
       <c r="FJ43" s="17">
         <v>30.830345620000003</v>
       </c>
       <c r="FK43" s="17">
         <v>20.104711569999999</v>
       </c>
       <c r="FL43" s="17">
         <v>24.684217520000001</v>
       </c>
       <c r="FM43" s="17">
         <v>29.248957879999999</v>
       </c>
       <c r="FN43" s="17">
         <v>29.11130232</v>
       </c>
+      <c r="FO43" s="17">
+        <v>35.858165159999999</v>
+      </c>
+      <c r="FP43" s="17">
+        <v>20.085961829999999</v>
+      </c>
     </row>
-    <row r="44" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
       <c r="H44" s="18"/>
       <c r="I44" s="18"/>
       <c r="J44" s="18"/>
       <c r="K44" s="18"/>
       <c r="L44" s="18"/>
       <c r="M44" s="18"/>
       <c r="N44" s="18"/>
       <c r="O44" s="18"/>
       <c r="P44" s="18"/>
       <c r="Q44" s="18"/>
       <c r="R44" s="18"/>
       <c r="S44" s="18"/>
       <c r="T44" s="18"/>
       <c r="U44" s="18"/>
       <c r="V44" s="18"/>
       <c r="W44" s="18"/>
       <c r="X44" s="18"/>
@@ -12521,52 +12717,58 @@
       </c>
       <c r="FG44" s="17">
         <v>23.376760170000001</v>
       </c>
       <c r="FH44" s="17">
         <v>19.393918360000001</v>
       </c>
       <c r="FI44" s="17">
         <v>23.910051989999999</v>
       </c>
       <c r="FJ44" s="17">
         <v>22.542095979999999</v>
       </c>
       <c r="FK44" s="17">
         <v>11.377030230000001</v>
       </c>
       <c r="FL44" s="17">
         <v>17.856761339999998</v>
       </c>
       <c r="FM44" s="17">
         <v>21.49437305</v>
       </c>
       <c r="FN44" s="17">
         <v>18.251121380000001</v>
       </c>
+      <c r="FO44" s="17">
+        <v>22.714287880000001</v>
+      </c>
+      <c r="FP44" s="17">
+        <v>15.442087669999999</v>
+      </c>
     </row>
-    <row r="45" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="20" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="18"/>
       <c r="D45" s="18"/>
       <c r="E45" s="18"/>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
       <c r="H45" s="18"/>
       <c r="I45" s="18"/>
       <c r="J45" s="18"/>
       <c r="K45" s="18"/>
       <c r="L45" s="18"/>
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
       <c r="S45" s="18"/>
       <c r="T45" s="18"/>
       <c r="U45" s="18"/>
       <c r="V45" s="18"/>
       <c r="W45" s="18"/>
       <c r="X45" s="18"/>
@@ -12764,52 +12966,58 @@
       </c>
       <c r="FG45" s="17">
         <v>19.15276665</v>
       </c>
       <c r="FH45" s="17">
         <v>19.611618289999999</v>
       </c>
       <c r="FI45" s="17">
         <v>23.71351452</v>
       </c>
       <c r="FJ45" s="17">
         <v>19.397911860000001</v>
       </c>
       <c r="FK45" s="17">
         <v>11.161046240000001</v>
       </c>
       <c r="FL45" s="17">
         <v>17.16402738</v>
       </c>
       <c r="FM45" s="17">
         <v>17.94871131</v>
       </c>
       <c r="FN45" s="17">
         <v>18.188736210000002</v>
       </c>
+      <c r="FO45" s="17">
+        <v>20.439700210000002</v>
+      </c>
+      <c r="FP45" s="17">
+        <v>14.55827146</v>
+      </c>
     </row>
-    <row r="46" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="18"/>
       <c r="D46" s="18"/>
       <c r="E46" s="18"/>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
       <c r="H46" s="18"/>
       <c r="I46" s="18"/>
       <c r="J46" s="18"/>
       <c r="K46" s="18"/>
       <c r="L46" s="18"/>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
       <c r="S46" s="18"/>
       <c r="T46" s="18"/>
       <c r="U46" s="18"/>
       <c r="V46" s="18"/>
       <c r="W46" s="18"/>
       <c r="X46" s="18"/>
@@ -13007,52 +13215,58 @@
       </c>
       <c r="FG46" s="17">
         <v>5.20343745</v>
       </c>
       <c r="FH46" s="17">
         <v>6.0461390599999998</v>
       </c>
       <c r="FI46" s="17">
         <v>6.9898463299999998</v>
       </c>
       <c r="FJ46" s="17">
         <v>5.7056274500000006</v>
       </c>
       <c r="FK46" s="17">
         <v>3.6950574199999999</v>
       </c>
       <c r="FL46" s="17">
         <v>6.5736662099999998</v>
       </c>
       <c r="FM46" s="17">
         <v>6.7011768299999996</v>
       </c>
       <c r="FN46" s="17">
         <v>5.4260331800000001</v>
       </c>
+      <c r="FO46" s="17">
+        <v>5.6312065899999997</v>
+      </c>
+      <c r="FP46" s="17">
+        <v>4.9877120199999991</v>
+      </c>
     </row>
-    <row r="47" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="18"/>
       <c r="D47" s="18"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="18"/>
       <c r="H47" s="18"/>
       <c r="I47" s="18"/>
       <c r="J47" s="18"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="18"/>
       <c r="N47" s="18"/>
       <c r="O47" s="18"/>
       <c r="P47" s="18"/>
       <c r="Q47" s="18"/>
       <c r="R47" s="18"/>
       <c r="S47" s="18"/>
       <c r="T47" s="18"/>
       <c r="U47" s="18"/>
       <c r="V47" s="18"/>
       <c r="W47" s="18"/>
       <c r="X47" s="18"/>
@@ -13250,52 +13464,58 @@
       </c>
       <c r="FG47" s="17">
         <v>2.6565716200000002</v>
       </c>
       <c r="FH47" s="17">
         <v>2.2149444500000004</v>
       </c>
       <c r="FI47" s="17">
         <v>6.28100536</v>
       </c>
       <c r="FJ47" s="17">
         <v>7.3569236600000005</v>
       </c>
       <c r="FK47" s="17">
         <v>2.00208838</v>
       </c>
       <c r="FL47" s="17">
         <v>2.9721924199999998</v>
       </c>
       <c r="FM47" s="17">
         <v>3.69239184</v>
       </c>
       <c r="FN47" s="17">
         <v>3.4773218900000002</v>
       </c>
+      <c r="FO47" s="17">
+        <v>2.7625380600000002</v>
+      </c>
+      <c r="FP47" s="17">
+        <v>2.7020720099999997</v>
+      </c>
     </row>
-    <row r="48" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="17">
         <v>92.883750280000001</v>
       </c>
       <c r="D48" s="17">
         <v>45.786175610000001</v>
       </c>
       <c r="E48" s="17">
         <v>91.95247723</v>
       </c>
       <c r="F48" s="17">
         <v>71.560308680000006</v>
       </c>
       <c r="G48" s="17">
         <v>59.611308909999998</v>
       </c>
       <c r="H48" s="17">
         <v>52.431431850000003</v>
       </c>
       <c r="I48" s="17">
         <v>59.192791880000001</v>
       </c>
       <c r="J48" s="17">
@@ -13759,52 +13979,58 @@
       </c>
       <c r="FG48" s="17">
         <v>196.26383730000001</v>
       </c>
       <c r="FH48" s="17">
         <v>180.63816646999999</v>
       </c>
       <c r="FI48" s="17">
         <v>215.01976163</v>
       </c>
       <c r="FJ48" s="17">
         <v>210.61893154000001</v>
       </c>
       <c r="FK48" s="17">
         <v>132.12256748999999</v>
       </c>
       <c r="FL48" s="17">
         <v>184.47265783</v>
       </c>
       <c r="FM48" s="17">
         <v>220.61990294</v>
       </c>
       <c r="FN48" s="17">
         <v>189.11211144000001</v>
       </c>
+      <c r="FO48" s="17">
+        <v>233.97575534000001</v>
+      </c>
+      <c r="FP48" s="17">
+        <v>155.77639250999999</v>
+      </c>
     </row>
-    <row r="49" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="18"/>
       <c r="D49" s="18"/>
       <c r="E49" s="18"/>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
       <c r="H49" s="18"/>
       <c r="I49" s="18"/>
       <c r="J49" s="18"/>
       <c r="K49" s="18"/>
       <c r="L49" s="18"/>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
       <c r="S49" s="18"/>
       <c r="T49" s="18"/>
       <c r="U49" s="18"/>
       <c r="V49" s="18"/>
       <c r="W49" s="18"/>
       <c r="X49" s="18"/>
@@ -14002,52 +14228,58 @@
       </c>
       <c r="FG49" s="17">
         <v>98.228438680000011</v>
       </c>
       <c r="FH49" s="17">
         <v>81.150968849999998</v>
       </c>
       <c r="FI49" s="17">
         <v>104.56286756</v>
       </c>
       <c r="FJ49" s="17">
         <v>110.87693773999999</v>
       </c>
       <c r="FK49" s="17">
         <v>61.400345600000001</v>
       </c>
       <c r="FL49" s="17">
         <v>92.160109450000007</v>
       </c>
       <c r="FM49" s="17">
         <v>119.05034704000001</v>
       </c>
       <c r="FN49" s="17">
         <v>108.41854684</v>
       </c>
+      <c r="FO49" s="17">
+        <v>128.61280065</v>
+      </c>
+      <c r="FP49" s="17">
+        <v>83.078674719999995</v>
+      </c>
     </row>
-    <row r="50" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18"/>
       <c r="H50" s="18"/>
       <c r="I50" s="18"/>
       <c r="J50" s="18"/>
       <c r="K50" s="18"/>
       <c r="L50" s="18"/>
       <c r="M50" s="18"/>
       <c r="N50" s="18"/>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
       <c r="S50" s="18"/>
       <c r="T50" s="18"/>
       <c r="U50" s="18"/>
       <c r="V50" s="18"/>
       <c r="W50" s="18"/>
       <c r="X50" s="18"/>
@@ -14245,52 +14477,58 @@
       </c>
       <c r="FG50" s="17">
         <v>34.031755619999998</v>
       </c>
       <c r="FH50" s="17">
         <v>32.293093159999998</v>
       </c>
       <c r="FI50" s="17">
         <v>35.199811109999999</v>
       </c>
       <c r="FJ50" s="17">
         <v>31.70415959</v>
       </c>
       <c r="FK50" s="17">
         <v>19.839359870000003</v>
       </c>
       <c r="FL50" s="17">
         <v>34.204116319999997</v>
       </c>
       <c r="FM50" s="17">
         <v>34.532914509999998</v>
       </c>
       <c r="FN50" s="17">
         <v>32.371894810000001</v>
       </c>
+      <c r="FO50" s="17">
+        <v>32.884706559999998</v>
+      </c>
+      <c r="FP50" s="17">
+        <v>22.405137850000003</v>
+      </c>
     </row>
-    <row r="51" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="18"/>
       <c r="D51" s="18"/>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="H51" s="18"/>
       <c r="I51" s="18"/>
       <c r="J51" s="18"/>
       <c r="K51" s="18"/>
       <c r="L51" s="18"/>
       <c r="M51" s="18"/>
       <c r="N51" s="18"/>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
       <c r="S51" s="18"/>
       <c r="T51" s="18"/>
       <c r="U51" s="18"/>
       <c r="V51" s="18"/>
       <c r="W51" s="18"/>
       <c r="X51" s="18"/>
@@ -14488,52 +14726,58 @@
       </c>
       <c r="FG51" s="17">
         <v>21.031977449999999</v>
       </c>
       <c r="FH51" s="17">
         <v>23.911302589999998</v>
       </c>
       <c r="FI51" s="17">
         <v>26.176131059999999</v>
       </c>
       <c r="FJ51" s="17">
         <v>21.737419339999999</v>
       </c>
       <c r="FK51" s="17">
         <v>17.634435629999999</v>
       </c>
       <c r="FL51" s="17">
         <v>21.082472450000001</v>
       </c>
       <c r="FM51" s="17">
         <v>23.338013249999999</v>
       </c>
       <c r="FN51" s="17">
         <v>19.90350183</v>
       </c>
+      <c r="FO51" s="17">
+        <v>27.602454329999997</v>
+      </c>
+      <c r="FP51" s="17">
+        <v>17.000573840000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
       <c r="I52" s="18"/>
       <c r="J52" s="18"/>
       <c r="K52" s="18"/>
       <c r="L52" s="18"/>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
       <c r="S52" s="18"/>
       <c r="T52" s="18"/>
       <c r="U52" s="18"/>
       <c r="V52" s="18"/>
       <c r="W52" s="18"/>
       <c r="X52" s="18"/>
@@ -14731,52 +14975,58 @@
       </c>
       <c r="FG52" s="17">
         <v>15.0945819</v>
       </c>
       <c r="FH52" s="17">
         <v>15.357200429999999</v>
       </c>
       <c r="FI52" s="17">
         <v>13.156148609999999</v>
       </c>
       <c r="FJ52" s="17">
         <v>8.3394991199999993</v>
       </c>
       <c r="FK52" s="17">
         <v>9.7622817600000005</v>
       </c>
       <c r="FL52" s="17">
         <v>11.76421927</v>
       </c>
       <c r="FM52" s="17">
         <v>12.638357019999999</v>
       </c>
       <c r="FN52" s="17">
         <v>11.14591356</v>
       </c>
+      <c r="FO52" s="17">
+        <v>16.6444036</v>
+      </c>
+      <c r="FP52" s="17">
+        <v>13.24880819</v>
+      </c>
     </row>
-    <row r="53" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="18"/>
       <c r="D53" s="18"/>
       <c r="E53" s="18"/>
       <c r="F53" s="18"/>
       <c r="G53" s="18"/>
       <c r="H53" s="18"/>
       <c r="I53" s="18"/>
       <c r="J53" s="18"/>
       <c r="K53" s="18"/>
       <c r="L53" s="18"/>
       <c r="M53" s="18"/>
       <c r="N53" s="18"/>
       <c r="O53" s="18"/>
       <c r="P53" s="18"/>
       <c r="Q53" s="18"/>
       <c r="R53" s="18"/>
       <c r="S53" s="18"/>
       <c r="T53" s="18"/>
       <c r="U53" s="18"/>
       <c r="V53" s="18"/>
       <c r="W53" s="18"/>
       <c r="X53" s="18"/>
@@ -14974,52 +15224,58 @@
       </c>
       <c r="FG53" s="17">
         <v>15.829529449999999</v>
       </c>
       <c r="FH53" s="17">
         <v>19.329601440000001</v>
       </c>
       <c r="FI53" s="17">
         <v>20.02894813</v>
       </c>
       <c r="FJ53" s="17">
         <v>25.625804049999999</v>
       </c>
       <c r="FK53" s="17">
         <v>14.04220001</v>
       </c>
       <c r="FL53" s="17">
         <v>17.206331160000001</v>
       </c>
       <c r="FM53" s="17">
         <v>18.642783319999999</v>
       </c>
       <c r="FN53" s="17">
         <v>8.0286846000000001</v>
       </c>
+      <c r="FO53" s="17">
+        <v>20.19879637</v>
+      </c>
+      <c r="FP53" s="17">
+        <v>15.76755867</v>
+      </c>
     </row>
-    <row r="54" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C54" s="18"/>
       <c r="D54" s="18"/>
       <c r="E54" s="18"/>
       <c r="F54" s="18"/>
       <c r="G54" s="18"/>
       <c r="H54" s="18"/>
       <c r="I54" s="18"/>
       <c r="J54" s="18"/>
       <c r="K54" s="18"/>
       <c r="L54" s="18"/>
       <c r="M54" s="18"/>
       <c r="N54" s="18"/>
       <c r="O54" s="18"/>
       <c r="P54" s="18"/>
       <c r="Q54" s="18"/>
       <c r="R54" s="18"/>
       <c r="S54" s="18"/>
       <c r="T54" s="18"/>
       <c r="U54" s="18"/>
       <c r="V54" s="18"/>
       <c r="W54" s="18"/>
       <c r="X54" s="18"/>
@@ -15217,52 +15473,58 @@
       </c>
       <c r="FG54" s="17">
         <v>12.047554199999999</v>
       </c>
       <c r="FH54" s="17">
         <v>8.5960000000000001</v>
       </c>
       <c r="FI54" s="17">
         <v>15.89585516</v>
       </c>
       <c r="FJ54" s="17">
         <v>12.335111699999999</v>
       </c>
       <c r="FK54" s="17">
         <v>9.4439446199999999</v>
       </c>
       <c r="FL54" s="17">
         <v>8.0554091799999998</v>
       </c>
       <c r="FM54" s="17">
         <v>12.4174878</v>
       </c>
       <c r="FN54" s="17">
         <v>9.2435698000000013</v>
       </c>
+      <c r="FO54" s="17">
+        <v>8.0325938299999997</v>
+      </c>
+      <c r="FP54" s="17">
+        <v>4.2756392400000003</v>
+      </c>
     </row>
-    <row r="55" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="17">
         <v>492.39183116000004</v>
       </c>
       <c r="D55" s="17">
         <v>175.93226960999999</v>
       </c>
       <c r="E55" s="17">
         <v>233.05295274000002</v>
       </c>
       <c r="F55" s="17">
         <v>211.33054023</v>
       </c>
       <c r="G55" s="17">
         <v>267.73971125999998</v>
       </c>
       <c r="H55" s="17">
         <v>414.73164116999999</v>
       </c>
       <c r="I55" s="17">
         <v>371.74608339999997</v>
       </c>
       <c r="J55" s="17">
@@ -15709,69 +15971,75 @@
       <c r="FA55" s="17">
         <v>737.01000852999994</v>
       </c>
       <c r="FB55" s="17">
         <v>558.10196680999991</v>
       </c>
       <c r="FC55" s="17">
         <v>1127.7276673900001</v>
       </c>
       <c r="FD55" s="17">
         <v>846.76168639000002</v>
       </c>
       <c r="FE55" s="17">
         <v>649.24569514999996</v>
       </c>
       <c r="FF55" s="17">
         <v>1219.76900501</v>
       </c>
       <c r="FG55" s="17">
         <v>1020.17772772</v>
       </c>
       <c r="FH55" s="17">
         <v>813.61070649999999</v>
       </c>
       <c r="FI55" s="17">
-        <v>1314.0729753599999</v>
+        <v>1143.0729753599999</v>
       </c>
       <c r="FJ55" s="17">
         <v>2072.1143799900001</v>
       </c>
       <c r="FK55" s="17">
         <v>787.37108714999999</v>
       </c>
       <c r="FL55" s="17">
         <v>1261.5875653399999</v>
       </c>
       <c r="FM55" s="17">
         <v>1001.78392983</v>
       </c>
       <c r="FN55" s="17">
         <v>1094.2316318699998</v>
       </c>
+      <c r="FO55" s="17">
+        <v>1758.50967249</v>
+      </c>
+      <c r="FP55" s="17">
+        <v>942.65775757000006</v>
+      </c>
     </row>
-    <row r="56" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18"/>
       <c r="H56" s="18"/>
       <c r="I56" s="18"/>
       <c r="J56" s="18"/>
       <c r="K56" s="18"/>
       <c r="L56" s="18"/>
       <c r="M56" s="18"/>
       <c r="N56" s="18"/>
       <c r="O56" s="18"/>
       <c r="P56" s="18"/>
       <c r="Q56" s="18"/>
       <c r="R56" s="18"/>
       <c r="S56" s="18"/>
       <c r="T56" s="18"/>
       <c r="U56" s="18"/>
       <c r="V56" s="18"/>
       <c r="W56" s="18"/>
       <c r="X56" s="18"/>
@@ -15952,69 +16220,75 @@
       <c r="FA56" s="17">
         <v>550.00557466999999</v>
       </c>
       <c r="FB56" s="17">
         <v>303.59869223000004</v>
       </c>
       <c r="FC56" s="17">
         <v>660.57474739999998</v>
       </c>
       <c r="FD56" s="17">
         <v>447.05926686999999</v>
       </c>
       <c r="FE56" s="17">
         <v>404.64808381</v>
       </c>
       <c r="FF56" s="17">
         <v>753.59187645000009</v>
       </c>
       <c r="FG56" s="17">
         <v>700.95671721999997</v>
       </c>
       <c r="FH56" s="17">
         <v>542.64751477999994</v>
       </c>
       <c r="FI56" s="17">
-        <v>992.85602262999998</v>
+        <v>821.85602262999998</v>
       </c>
       <c r="FJ56" s="17">
         <v>1468.22325206</v>
       </c>
       <c r="FK56" s="17">
         <v>582.50941323999996</v>
       </c>
       <c r="FL56" s="17">
         <v>919.94830607000006</v>
       </c>
       <c r="FM56" s="17">
         <v>710.19876175000002</v>
       </c>
       <c r="FN56" s="17">
         <v>730.44398851999995</v>
       </c>
+      <c r="FO56" s="17">
+        <v>1063.0601332599999</v>
+      </c>
+      <c r="FP56" s="17">
+        <v>580.61866957000007</v>
+      </c>
     </row>
-    <row r="57" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="18"/>
       <c r="D57" s="18"/>
       <c r="E57" s="18"/>
       <c r="F57" s="18"/>
       <c r="G57" s="18"/>
       <c r="H57" s="18"/>
       <c r="I57" s="18"/>
       <c r="J57" s="18"/>
       <c r="K57" s="18"/>
       <c r="L57" s="18"/>
       <c r="M57" s="18"/>
       <c r="N57" s="18"/>
       <c r="O57" s="18"/>
       <c r="P57" s="18"/>
       <c r="Q57" s="18"/>
       <c r="R57" s="18"/>
       <c r="S57" s="18"/>
       <c r="T57" s="18"/>
       <c r="U57" s="18"/>
       <c r="V57" s="18"/>
       <c r="W57" s="18"/>
       <c r="X57" s="18"/>
@@ -16212,52 +16486,58 @@
       </c>
       <c r="FG57" s="17">
         <v>104.65445617</v>
       </c>
       <c r="FH57" s="17">
         <v>29.61529247</v>
       </c>
       <c r="FI57" s="17">
         <v>52.652365259999996</v>
       </c>
       <c r="FJ57" s="17">
         <v>116.05291587000001</v>
       </c>
       <c r="FK57" s="17">
         <v>49.000089889999998</v>
       </c>
       <c r="FL57" s="17">
         <v>82.493077260000007</v>
       </c>
       <c r="FM57" s="17">
         <v>44.953681799999998</v>
       </c>
       <c r="FN57" s="17">
         <v>68.896932620000001</v>
       </c>
+      <c r="FO57" s="17">
+        <v>83.125982379999996</v>
+      </c>
+      <c r="FP57" s="17">
+        <v>79.949306859999993</v>
+      </c>
     </row>
-    <row r="58" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="18"/>
       <c r="D58" s="18"/>
       <c r="E58" s="18"/>
       <c r="F58" s="18"/>
       <c r="G58" s="18"/>
       <c r="H58" s="18"/>
       <c r="I58" s="18"/>
       <c r="J58" s="18"/>
       <c r="K58" s="18"/>
       <c r="L58" s="18"/>
       <c r="M58" s="18"/>
       <c r="N58" s="18"/>
       <c r="O58" s="18"/>
       <c r="P58" s="18"/>
       <c r="Q58" s="18"/>
       <c r="R58" s="18"/>
       <c r="S58" s="18"/>
       <c r="T58" s="18"/>
       <c r="U58" s="18"/>
       <c r="V58" s="18"/>
       <c r="W58" s="18"/>
       <c r="X58" s="18"/>
@@ -16455,52 +16735,58 @@
       </c>
       <c r="FG58" s="17">
         <v>32.300558620000004</v>
       </c>
       <c r="FH58" s="17">
         <v>34.015999999999998</v>
       </c>
       <c r="FI58" s="17">
         <v>57.33417042</v>
       </c>
       <c r="FJ58" s="17">
         <v>93.940580609999998</v>
       </c>
       <c r="FK58" s="17">
         <v>29.60564239</v>
       </c>
       <c r="FL58" s="17">
         <v>31.0349048</v>
       </c>
       <c r="FM58" s="17">
         <v>11.2015364</v>
       </c>
       <c r="FN58" s="17">
         <v>68.54021607</v>
       </c>
+      <c r="FO58" s="17">
+        <v>43.094756509999996</v>
+      </c>
+      <c r="FP58" s="17">
+        <v>38.701232229999995</v>
+      </c>
     </row>
-    <row r="59" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="18"/>
       <c r="D59" s="18"/>
       <c r="E59" s="18"/>
       <c r="F59" s="18"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="18"/>
       <c r="J59" s="18"/>
       <c r="K59" s="18"/>
       <c r="L59" s="18"/>
       <c r="M59" s="18"/>
       <c r="N59" s="18"/>
       <c r="O59" s="18"/>
       <c r="P59" s="18"/>
       <c r="Q59" s="18"/>
       <c r="R59" s="18"/>
       <c r="S59" s="18"/>
       <c r="T59" s="18"/>
       <c r="U59" s="18"/>
       <c r="V59" s="18"/>
       <c r="W59" s="18"/>
       <c r="X59" s="18"/>
@@ -16698,52 +16984,58 @@
       </c>
       <c r="FG59" s="17">
         <v>34.725882270000007</v>
       </c>
       <c r="FH59" s="17">
         <v>26.426212079999999</v>
       </c>
       <c r="FI59" s="17">
         <v>42.321624960000001</v>
       </c>
       <c r="FJ59" s="17">
         <v>77.398382120000008</v>
       </c>
       <c r="FK59" s="17">
         <v>25.05</v>
       </c>
       <c r="FL59" s="17">
         <v>60.081329329999996</v>
       </c>
       <c r="FM59" s="17">
         <v>56.412070229999998</v>
       </c>
       <c r="FN59" s="17">
         <v>34.426956170000004</v>
       </c>
+      <c r="FO59" s="17">
+        <v>86.224456169999996</v>
+      </c>
+      <c r="FP59" s="17">
+        <v>25.702260329999998</v>
+      </c>
     </row>
-    <row r="60" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="18"/>
       <c r="D60" s="18"/>
       <c r="E60" s="18"/>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
       <c r="H60" s="18"/>
       <c r="I60" s="18"/>
       <c r="J60" s="18"/>
       <c r="K60" s="18"/>
       <c r="L60" s="18"/>
       <c r="M60" s="18"/>
       <c r="N60" s="18"/>
       <c r="O60" s="18"/>
       <c r="P60" s="18"/>
       <c r="Q60" s="18"/>
       <c r="R60" s="18"/>
       <c r="S60" s="18"/>
       <c r="T60" s="18"/>
       <c r="U60" s="18"/>
       <c r="V60" s="18"/>
       <c r="W60" s="18"/>
       <c r="X60" s="18"/>
@@ -16941,52 +17233,58 @@
       </c>
       <c r="FG60" s="17">
         <v>82.911113439999994</v>
       </c>
       <c r="FH60" s="17">
         <v>71.514843620000008</v>
       </c>
       <c r="FI60" s="17">
         <v>69.534490359999992</v>
       </c>
       <c r="FJ60" s="17">
         <v>200.84623065</v>
       </c>
       <c r="FK60" s="17">
         <v>62.355941630000004</v>
       </c>
       <c r="FL60" s="17">
         <v>91.628295809999997</v>
       </c>
       <c r="FM60" s="17">
         <v>87.605291659999992</v>
       </c>
       <c r="FN60" s="17">
         <v>146.60953849000001</v>
       </c>
+      <c r="FO60" s="17">
+        <v>367.63681285000001</v>
+      </c>
+      <c r="FP60" s="17">
+        <v>48.30150424</v>
+      </c>
     </row>
-    <row r="61" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="7"/>
       <c r="K61" s="7"/>
       <c r="L61" s="7"/>
       <c r="M61" s="7"/>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
       <c r="R61" s="7"/>
       <c r="S61" s="7"/>
       <c r="T61" s="7"/>
       <c r="U61" s="7"/>
       <c r="V61" s="7"/>
       <c r="W61" s="7"/>
       <c r="X61" s="7"/>
@@ -17184,54 +17482,60 @@
       </c>
       <c r="FG61" s="9">
         <v>64.629000000000005</v>
       </c>
       <c r="FH61" s="9">
         <v>109.39084355</v>
       </c>
       <c r="FI61" s="9">
         <v>99.374301729999999</v>
       </c>
       <c r="FJ61" s="9">
         <v>115.65301868</v>
       </c>
       <c r="FK61" s="9">
         <v>38.85</v>
       </c>
       <c r="FL61" s="9">
         <v>76.401652069999997</v>
       </c>
       <c r="FM61" s="9">
         <v>91.412587989999992</v>
       </c>
       <c r="FN61" s="9">
         <v>45.314</v>
       </c>
+      <c r="FO61" s="9">
+        <v>115.36753132</v>
+      </c>
+      <c r="FP61" s="9">
+        <v>169.38478434000001</v>
+      </c>
     </row>
-    <row r="62" spans="2:170" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:170" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:172" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="2:172" s="26" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="2:172" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="24" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="28"/>
     </row>
     <row r="66" spans="2:2" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>