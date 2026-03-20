--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC71F6C9-F339-4BC4-95C3-3A0D9BB09DB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9451BFF-4F7D-4396-A827-26257BCC14D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
     <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -816,100 +816,100 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1"/>
-  <dimension ref="B1:AN59"/>
+  <dimension ref="B1:AO59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="64.7109375" style="1" customWidth="1"/>
-    <col min="3" max="40" width="15.7109375" style="1" customWidth="1"/>
-    <col min="41" max="16384" width="9.140625" style="1"/>
+    <col min="3" max="41" width="15.7109375" style="1" customWidth="1"/>
+    <col min="42" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:40" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
       <c r="E2" s="23"/>
     </row>
-    <row r="3" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
-    <row r="4" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
-    <row r="5" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
-    <row r="6" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
-    <row r="7" spans="2:40" s="30" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:41" s="30" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6"/>
       <c r="C7" s="31" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="32" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="31" t="s">
         <v>32</v>
       </c>
       <c r="G7" s="31" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="31" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="31" t="s">
         <v>36</v>
       </c>
@@ -981,52 +981,55 @@
       </c>
       <c r="AG7" s="31" t="s">
         <v>58</v>
       </c>
       <c r="AH7" s="31" t="s">
         <v>59</v>
       </c>
       <c r="AI7" s="31" t="s">
         <v>60</v>
       </c>
       <c r="AJ7" s="31" t="s">
         <v>61</v>
       </c>
       <c r="AK7" s="31" t="s">
         <v>62</v>
       </c>
       <c r="AL7" s="31" t="s">
         <v>63</v>
       </c>
       <c r="AM7" s="31" t="s">
         <v>66</v>
       </c>
       <c r="AN7" s="31" t="s">
         <v>67</v>
       </c>
-    </row>
-    <row r="9" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO7" s="31">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="9" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="8">
         <v>6926791.8930000002</v>
       </c>
       <c r="D9" s="8">
         <v>6861201.6179999998</v>
       </c>
       <c r="E9" s="8">
         <v>7077688.2889999999</v>
       </c>
       <c r="F9" s="8">
         <v>7061148.5489999996</v>
       </c>
       <c r="G9" s="8">
         <v>7080132.523</v>
       </c>
       <c r="H9" s="8">
         <v>7061922.7939999998</v>
       </c>
       <c r="I9" s="8">
         <v>7221601.9179999996</v>
       </c>
       <c r="J9" s="8">
@@ -1100,52 +1103,55 @@
       </c>
       <c r="AG9" s="8">
         <v>8061004.534</v>
       </c>
       <c r="AH9" s="8">
         <v>8043016.4850000003</v>
       </c>
       <c r="AI9" s="8">
         <v>8118101.3150000004</v>
       </c>
       <c r="AJ9" s="8">
         <v>8202211.8169999998</v>
       </c>
       <c r="AK9" s="8">
         <v>8867368.6260000002</v>
       </c>
       <c r="AL9" s="8">
         <v>9068199.7359999996</v>
       </c>
       <c r="AM9" s="8">
         <v>8902766.2090000007</v>
       </c>
       <c r="AN9" s="8">
         <v>8915430.0940000005</v>
       </c>
-    </row>
-    <row r="10" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO9" s="8">
+        <v>9077975.3509999998</v>
+      </c>
+    </row>
+    <row r="10" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B10" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="10">
         <v>6372717.0549999997</v>
       </c>
       <c r="D10" s="10">
         <v>6335402.8629999999</v>
       </c>
       <c r="E10" s="10">
         <v>6576158.6009999998</v>
       </c>
       <c r="F10" s="10">
         <v>6587691.7819999997</v>
       </c>
       <c r="G10" s="10">
         <v>6633582.824</v>
       </c>
       <c r="H10" s="10">
         <v>6635542.2920000004</v>
       </c>
       <c r="I10" s="10">
         <v>6787924.6960000005</v>
       </c>
       <c r="J10" s="10">
@@ -1219,52 +1225,55 @@
       </c>
       <c r="AG10" s="10">
         <v>7859411.7879999997</v>
       </c>
       <c r="AH10" s="10">
         <v>7842912.2019999996</v>
       </c>
       <c r="AI10" s="10">
         <v>7865707.4910000004</v>
       </c>
       <c r="AJ10" s="10">
         <v>7948068.966</v>
       </c>
       <c r="AK10" s="10">
         <v>8316971.909</v>
       </c>
       <c r="AL10" s="10">
         <v>8501673.2129999995</v>
       </c>
       <c r="AM10" s="10">
         <v>8341262.2659999998</v>
       </c>
       <c r="AN10" s="10">
         <v>8330344.5470000003</v>
       </c>
-    </row>
-    <row r="11" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO10" s="10">
+        <v>8425413.5299999993</v>
+      </c>
+    </row>
+    <row r="11" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="10">
         <v>6372717.0549999997</v>
       </c>
       <c r="D11" s="10">
         <v>6335402.8629999999</v>
       </c>
       <c r="E11" s="10">
         <v>6576158.6009999998</v>
       </c>
       <c r="F11" s="10">
         <v>6587691.7819999997</v>
       </c>
       <c r="G11" s="10">
         <v>6633582.824</v>
       </c>
       <c r="H11" s="10">
         <v>6635542.2920000004</v>
       </c>
       <c r="I11" s="10">
         <v>6787924.6960000005</v>
       </c>
       <c r="J11" s="10">
@@ -1338,52 +1347,55 @@
       </c>
       <c r="AG11" s="10">
         <v>7779411.7879999997</v>
       </c>
       <c r="AH11" s="10">
         <v>7762912.2019999996</v>
       </c>
       <c r="AI11" s="10">
         <v>7785707.4910000004</v>
       </c>
       <c r="AJ11" s="10">
         <v>7868068.966</v>
       </c>
       <c r="AK11" s="10">
         <v>8236971.909</v>
       </c>
       <c r="AL11" s="10">
         <v>8271673.2130000005</v>
       </c>
       <c r="AM11" s="10">
         <v>8111262.2659999998</v>
       </c>
       <c r="AN11" s="10">
         <v>8100344.5470000003</v>
       </c>
-    </row>
-    <row r="12" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO11" s="10">
+        <v>8195413.5300000003</v>
+      </c>
+    </row>
+    <row r="12" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="10">
         <v>4592300.6770000001</v>
       </c>
       <c r="D12" s="10">
         <v>4586358.2419999996</v>
       </c>
       <c r="E12" s="10">
         <v>4564630.0209999997</v>
       </c>
       <c r="F12" s="10">
         <v>4563713.9929999998</v>
       </c>
       <c r="G12" s="10">
         <v>4986312.9340000004</v>
       </c>
       <c r="H12" s="10">
         <v>4987559.4550000001</v>
       </c>
       <c r="I12" s="10">
         <v>4625564.4630000005</v>
       </c>
       <c r="J12" s="10">
@@ -1457,52 +1469,55 @@
       </c>
       <c r="AG12" s="10">
         <v>4093102.7069999999</v>
       </c>
       <c r="AH12" s="10">
         <v>4093822.2039999999</v>
       </c>
       <c r="AI12" s="10">
         <v>4098564.318</v>
       </c>
       <c r="AJ12" s="10">
         <v>4098685.8190000001</v>
       </c>
       <c r="AK12" s="10">
         <v>4125690.0269999998</v>
       </c>
       <c r="AL12" s="10">
         <v>4124945.0269999998</v>
       </c>
       <c r="AM12" s="10">
         <v>4125116.0970000001</v>
       </c>
       <c r="AN12" s="10">
         <v>4125228.5419999999</v>
       </c>
-    </row>
-    <row r="13" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO12" s="10">
+        <v>4125963.0019999999</v>
+      </c>
+    </row>
+    <row r="13" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="10">
         <v>1665046.392</v>
       </c>
       <c r="D13" s="10">
         <v>1647535.1</v>
       </c>
       <c r="E13" s="10">
         <v>1922547.639</v>
       </c>
       <c r="F13" s="10">
         <v>1940433.2849999999</v>
       </c>
       <c r="G13" s="10">
         <v>1957100.284</v>
       </c>
       <c r="H13" s="10">
         <v>1979000.2120000001</v>
       </c>
       <c r="I13" s="10">
         <v>2487150.4070000001</v>
       </c>
       <c r="J13" s="10">
@@ -1576,52 +1591,55 @@
       </c>
       <c r="AG13" s="10">
         <v>3413112.9190000002</v>
       </c>
       <c r="AH13" s="10">
         <v>3465465.2259999998</v>
       </c>
       <c r="AI13" s="10">
         <v>3484615.2820000001</v>
       </c>
       <c r="AJ13" s="10">
         <v>3553653.4079999998</v>
       </c>
       <c r="AK13" s="10">
         <v>3874662.2059999998</v>
       </c>
       <c r="AL13" s="10">
         <v>3951115.577</v>
       </c>
       <c r="AM13" s="10">
         <v>3788501.611</v>
       </c>
       <c r="AN13" s="10">
         <v>3793392.6919999998</v>
       </c>
-    </row>
-    <row r="14" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO13" s="10">
+        <v>3888976.8220000002</v>
+      </c>
+    </row>
+    <row r="14" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="10">
         <v>67869.854000000007</v>
       </c>
       <c r="D14" s="10">
         <v>94290.881999999998</v>
       </c>
       <c r="E14" s="10">
         <v>89873.377999999997</v>
       </c>
       <c r="F14" s="10">
         <v>87392.467000000004</v>
       </c>
       <c r="G14" s="10">
         <v>85522.130999999994</v>
       </c>
       <c r="H14" s="10">
         <v>108557.02499999999</v>
       </c>
       <c r="I14" s="10">
         <v>108544.151</v>
       </c>
       <c r="J14" s="10">
@@ -1695,52 +1713,55 @@
       </c>
       <c r="AG14" s="10">
         <v>-33297.345999999998</v>
       </c>
       <c r="AH14" s="10">
         <v>-29840.116999999998</v>
       </c>
       <c r="AI14" s="10">
         <v>-24097.179</v>
       </c>
       <c r="AJ14" s="10">
         <v>6623.5460000000003</v>
       </c>
       <c r="AK14" s="10">
         <v>28145.778999999999</v>
       </c>
       <c r="AL14" s="10">
         <v>38172.758999999998</v>
       </c>
       <c r="AM14" s="10">
         <v>56627.213000000003</v>
       </c>
       <c r="AN14" s="10">
         <v>59654.392999999996</v>
       </c>
-    </row>
-    <row r="15" spans="2:40" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO14" s="10">
+        <v>68288.506999999998</v>
+      </c>
+    </row>
+    <row r="15" spans="2:41" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="10">
         <v>332028.103</v>
       </c>
       <c r="D15" s="10">
         <v>331325.03000000003</v>
       </c>
       <c r="E15" s="10">
         <v>315427.424</v>
       </c>
       <c r="F15" s="10">
         <v>315552.36499999999</v>
       </c>
       <c r="G15" s="10">
         <v>328251.755</v>
       </c>
       <c r="H15" s="10">
         <v>315886.21999999997</v>
       </c>
       <c r="I15" s="10">
         <v>297838.28200000001</v>
       </c>
       <c r="J15" s="10">
@@ -1814,52 +1835,55 @@
       </c>
       <c r="AG15" s="10">
         <v>356507.74599999998</v>
       </c>
       <c r="AH15" s="10">
         <v>356689.147</v>
       </c>
       <c r="AI15" s="10">
         <v>357592.45</v>
       </c>
       <c r="AJ15" s="10">
         <v>358901.18199999997</v>
       </c>
       <c r="AK15" s="10">
         <v>359311.43699999998</v>
       </c>
       <c r="AL15" s="10">
         <v>359789.29800000001</v>
       </c>
       <c r="AM15" s="10">
         <v>369566.88199999998</v>
       </c>
       <c r="AN15" s="10">
         <v>369566.88199999998</v>
       </c>
-    </row>
-    <row r="16" spans="2:40" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO15" s="10">
+        <v>371601.66399999999</v>
+      </c>
+    </row>
+    <row r="16" spans="2:41" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="10">
         <v>-143815.264</v>
       </c>
       <c r="D16" s="10">
         <v>-151993.318</v>
       </c>
       <c r="E16" s="10">
         <v>-158937.03599999999</v>
       </c>
       <c r="F16" s="10">
         <v>-157242.88800000001</v>
       </c>
       <c r="G16" s="10">
         <v>-148211.351</v>
       </c>
       <c r="H16" s="10">
         <v>-145676.065</v>
       </c>
       <c r="I16" s="10">
         <v>-154875.87299999999</v>
       </c>
       <c r="J16" s="10">
@@ -1933,52 +1957,55 @@
       </c>
       <c r="AG16" s="10">
         <v>-118940.755</v>
       </c>
       <c r="AH16" s="10">
         <v>-115863.83</v>
       </c>
       <c r="AI16" s="10">
         <v>-118268.989</v>
       </c>
       <c r="AJ16" s="10">
         <v>-123061.47900000001</v>
       </c>
       <c r="AK16" s="10">
         <v>-137200.35399999999</v>
       </c>
       <c r="AL16" s="10">
         <v>-128744.74099999999</v>
       </c>
       <c r="AM16" s="10">
         <v>-142550.37400000001</v>
       </c>
       <c r="AN16" s="10">
         <v>-147638.78899999999</v>
       </c>
-    </row>
-    <row r="17" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO16" s="10">
+        <v>-166170.81299999999</v>
+      </c>
+    </row>
+    <row r="17" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="10">
         <v>-140712.70699999999</v>
       </c>
       <c r="D17" s="10">
         <v>-172113.073</v>
       </c>
       <c r="E17" s="10">
         <v>-157382.82399999999</v>
       </c>
       <c r="F17" s="10">
         <v>-162157.44200000001</v>
       </c>
       <c r="G17" s="10">
         <v>-575392.92799999996</v>
       </c>
       <c r="H17" s="10">
         <v>-609784.55500000005</v>
       </c>
       <c r="I17" s="10">
         <v>-576296.73499999999</v>
       </c>
       <c r="J17" s="10">
@@ -2052,52 +2079,55 @@
       </c>
       <c r="AG17" s="10">
         <v>68926.516999999585</v>
       </c>
       <c r="AH17" s="10">
         <v>-7360.4280000001163</v>
       </c>
       <c r="AI17" s="10">
         <v>-12698.390999999712</v>
       </c>
       <c r="AJ17" s="10">
         <v>-26733.509999999907</v>
       </c>
       <c r="AK17" s="10">
         <v>-13637.18599999955</v>
       </c>
       <c r="AL17" s="10">
         <v>-73604.706999999369</v>
       </c>
       <c r="AM17" s="10">
         <v>-85999.163000000233</v>
       </c>
       <c r="AN17" s="10">
         <v>-99859.172999999428</v>
       </c>
-    </row>
-    <row r="18" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO17" s="10">
+        <v>-93245.65199999974</v>
+      </c>
+    </row>
+    <row r="18" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="10">
         <v>0</v>
       </c>
       <c r="D18" s="10">
         <v>0</v>
       </c>
       <c r="E18" s="10">
         <v>0</v>
       </c>
       <c r="F18" s="10">
         <v>0</v>
       </c>
       <c r="G18" s="10">
         <v>0</v>
       </c>
       <c r="H18" s="10">
         <v>0</v>
       </c>
       <c r="I18" s="10">
         <v>0</v>
       </c>
       <c r="J18" s="10">
@@ -2171,52 +2201,55 @@
       </c>
       <c r="AG18" s="10">
         <v>80000</v>
       </c>
       <c r="AH18" s="10">
         <v>80000</v>
       </c>
       <c r="AI18" s="10">
         <v>80000</v>
       </c>
       <c r="AJ18" s="10">
         <v>80000</v>
       </c>
       <c r="AK18" s="10">
         <v>80000</v>
       </c>
       <c r="AL18" s="10">
         <v>230000</v>
       </c>
       <c r="AM18" s="10">
         <v>230000</v>
       </c>
       <c r="AN18" s="10">
         <v>230000</v>
       </c>
-    </row>
-    <row r="19" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO18" s="10">
+        <v>230000</v>
+      </c>
+    </row>
+    <row r="19" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B19" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="16">
         <v>554074.83799999999</v>
       </c>
       <c r="D19" s="16">
         <v>525798.755</v>
       </c>
       <c r="E19" s="16">
         <v>501529.68800000002</v>
       </c>
       <c r="F19" s="16">
         <v>473456.76799999998</v>
       </c>
       <c r="G19" s="16">
         <v>446549.69900000002</v>
       </c>
       <c r="H19" s="16">
         <v>426380.50300000003</v>
       </c>
       <c r="I19" s="16">
         <v>433677.22200000001</v>
       </c>
       <c r="J19" s="16">
@@ -2290,56 +2323,59 @@
       </c>
       <c r="AG19" s="16">
         <v>201592.74600000001</v>
       </c>
       <c r="AH19" s="16">
         <v>200104.283</v>
       </c>
       <c r="AI19" s="16">
         <v>252393.82399999999</v>
       </c>
       <c r="AJ19" s="16">
         <v>254142.851</v>
       </c>
       <c r="AK19" s="16">
         <v>550396.71799999999</v>
       </c>
       <c r="AL19" s="16">
         <v>566526.522</v>
       </c>
       <c r="AM19" s="16">
         <v>561503.94299999997</v>
       </c>
       <c r="AN19" s="16">
         <v>585085.54700000002</v>
       </c>
-    </row>
-    <row r="20" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO19" s="16">
+        <v>652561.821</v>
+      </c>
+    </row>
+    <row r="20" spans="2:41" x14ac:dyDescent="0.2">
       <c r="T20" s="33"/>
       <c r="U20" s="33"/>
     </row>
-    <row r="21" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B21" s="17" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="8">
         <v>31808583.107999999</v>
       </c>
       <c r="D21" s="8">
         <v>31791128.212000001</v>
       </c>
       <c r="E21" s="8">
         <v>30817487.548</v>
       </c>
       <c r="F21" s="8">
         <v>30499771.004999999</v>
       </c>
       <c r="G21" s="8">
         <v>30456706.502999999</v>
       </c>
       <c r="H21" s="8">
         <v>31107715.25</v>
       </c>
       <c r="I21" s="8">
         <v>30341473.690000001</v>
       </c>
       <c r="J21" s="8">
@@ -2413,52 +2449,55 @@
       </c>
       <c r="AG21" s="8">
         <v>33678453.964000002</v>
       </c>
       <c r="AH21" s="8">
         <v>34508243.774999999</v>
       </c>
       <c r="AI21" s="8">
         <v>35491119.619000003</v>
       </c>
       <c r="AJ21" s="8">
         <v>35727293.626999997</v>
       </c>
       <c r="AK21" s="8">
         <v>37027091.943000004</v>
       </c>
       <c r="AL21" s="8">
         <v>37502623.191</v>
       </c>
       <c r="AM21" s="8">
         <v>38460182.699000001</v>
       </c>
       <c r="AN21" s="8">
         <v>38619228.729999997</v>
       </c>
-    </row>
-    <row r="22" spans="2:40" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="AO21" s="8">
+        <v>40041352.932999998</v>
+      </c>
+    </row>
+    <row r="22" spans="2:41" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B22" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="10">
         <v>28008131.510000002</v>
       </c>
       <c r="D22" s="10">
         <v>28014237.081999999</v>
       </c>
       <c r="E22" s="10">
         <v>27172333.995000001</v>
       </c>
       <c r="F22" s="10">
         <v>26918729.780000001</v>
       </c>
       <c r="G22" s="10">
         <v>26922268.605999999</v>
       </c>
       <c r="H22" s="10">
         <v>27422972.800999999</v>
       </c>
       <c r="I22" s="10">
         <v>26749352.403000001</v>
       </c>
       <c r="J22" s="10">
@@ -2532,52 +2571,55 @@
       </c>
       <c r="AG22" s="10">
         <v>30015544.311999999</v>
       </c>
       <c r="AH22" s="10">
         <v>30830657.719999999</v>
       </c>
       <c r="AI22" s="10">
         <v>31820724.938999999</v>
       </c>
       <c r="AJ22" s="10">
         <v>32056538.864</v>
       </c>
       <c r="AK22" s="10">
         <v>32994010.951000001</v>
       </c>
       <c r="AL22" s="10">
         <v>32827628.528000001</v>
       </c>
       <c r="AM22" s="10">
         <v>33844186.512000002</v>
       </c>
       <c r="AN22" s="10">
         <v>33960748.891999997</v>
       </c>
-    </row>
-    <row r="23" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO22" s="10">
+        <v>35271018.428000003</v>
+      </c>
+    </row>
+    <row r="23" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="10">
         <v>24294215.412999999</v>
       </c>
       <c r="D23" s="10">
         <v>24361639.024</v>
       </c>
       <c r="E23" s="10">
         <v>23515744.427000001</v>
       </c>
       <c r="F23" s="10">
         <v>23264289.467</v>
       </c>
       <c r="G23" s="10">
         <v>23208852.355</v>
       </c>
       <c r="H23" s="10">
         <v>23517995.096000001</v>
       </c>
       <c r="I23" s="10">
         <v>22988090.908</v>
       </c>
       <c r="J23" s="10">
@@ -2651,52 +2693,55 @@
       </c>
       <c r="AG23" s="10">
         <v>24652251.649</v>
       </c>
       <c r="AH23" s="10">
         <v>25406400.989</v>
       </c>
       <c r="AI23" s="10">
         <v>25991141.556000002</v>
       </c>
       <c r="AJ23" s="10">
         <v>26228258.548</v>
       </c>
       <c r="AK23" s="10">
         <v>26780025.024</v>
       </c>
       <c r="AL23" s="10">
         <v>27302400.837000001</v>
       </c>
       <c r="AM23" s="10">
         <v>28261188.043000001</v>
       </c>
       <c r="AN23" s="10">
         <v>27872337.576000001</v>
       </c>
-    </row>
-    <row r="24" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO23" s="10">
+        <v>28790746.175000001</v>
+      </c>
+    </row>
+    <row r="24" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="10">
         <v>3713916.0959999999</v>
       </c>
       <c r="D24" s="10">
         <v>3652598.0589999999</v>
       </c>
       <c r="E24" s="10">
         <v>3656589.568</v>
       </c>
       <c r="F24" s="10">
         <v>3654440.3130000001</v>
       </c>
       <c r="G24" s="10">
         <v>3713416.2510000002</v>
       </c>
       <c r="H24" s="10">
         <v>3904977.7050000001</v>
       </c>
       <c r="I24" s="10">
         <v>3761261.4950000001</v>
       </c>
       <c r="J24" s="10">
@@ -2770,52 +2815,55 @@
       </c>
       <c r="AG24" s="10">
         <v>5000175.4390000002</v>
       </c>
       <c r="AH24" s="10">
         <v>5083747.432</v>
       </c>
       <c r="AI24" s="10">
         <v>5482694.142</v>
       </c>
       <c r="AJ24" s="10">
         <v>5475052.335</v>
       </c>
       <c r="AK24" s="10">
         <v>5624484.7439999999</v>
       </c>
       <c r="AL24" s="10">
         <v>4934728.7319999998</v>
       </c>
       <c r="AM24" s="10">
         <v>5004602.0070000002</v>
       </c>
       <c r="AN24" s="10">
         <v>5702943.8760000002</v>
       </c>
-    </row>
-    <row r="25" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO24" s="10">
+        <v>6130691.9340000004</v>
+      </c>
+    </row>
+    <row r="25" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B25" s="18" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="10">
         <v>686660.47600000002</v>
       </c>
       <c r="D25" s="10">
         <v>678195.34100000001</v>
       </c>
       <c r="E25" s="10">
         <v>621710.28500000003</v>
       </c>
       <c r="F25" s="10">
         <v>593200.02399999998</v>
       </c>
       <c r="G25" s="10">
         <v>591202.16799999995</v>
       </c>
       <c r="H25" s="10">
         <v>667905.23</v>
       </c>
       <c r="I25" s="10">
         <v>695591.223</v>
       </c>
       <c r="J25" s="10">
@@ -2889,52 +2937,55 @@
       </c>
       <c r="AG25" s="10">
         <v>167396.57</v>
       </c>
       <c r="AH25" s="10">
         <v>171365.42800000001</v>
       </c>
       <c r="AI25" s="10">
         <v>157920.54699999999</v>
       </c>
       <c r="AJ25" s="10">
         <v>160137.29399999999</v>
       </c>
       <c r="AK25" s="10">
         <v>162689.14600000001</v>
       </c>
       <c r="AL25" s="10">
         <v>198545.33499999999</v>
       </c>
       <c r="AM25" s="10">
         <v>146753.234</v>
       </c>
       <c r="AN25" s="10">
         <v>179958.924</v>
       </c>
-    </row>
-    <row r="26" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO25" s="10">
+        <v>154607.511</v>
+      </c>
+    </row>
+    <row r="26" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B26" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C26" s="10">
         <v>3035439.9449999998</v>
       </c>
       <c r="D26" s="10">
         <v>3028722.6349999998</v>
       </c>
       <c r="E26" s="10">
         <v>2981043.05</v>
       </c>
       <c r="F26" s="10">
         <v>2968036.2390000001</v>
       </c>
       <c r="G26" s="10">
         <v>2921005.7059999998</v>
       </c>
       <c r="H26" s="10">
         <v>2980253.8560000001</v>
       </c>
       <c r="I26" s="10">
         <v>2880538.3369999998</v>
       </c>
       <c r="J26" s="10">
@@ -3008,52 +3059,55 @@
       </c>
       <c r="AG26" s="10">
         <v>3477064.4569999999</v>
       </c>
       <c r="AH26" s="10">
         <v>3490222.2790000001</v>
       </c>
       <c r="AI26" s="10">
         <v>3498443.2740000002</v>
       </c>
       <c r="AJ26" s="10">
         <v>3498515.97</v>
       </c>
       <c r="AK26" s="10">
         <v>3853548.08</v>
       </c>
       <c r="AL26" s="10">
         <v>4443692.216</v>
       </c>
       <c r="AM26" s="10">
         <v>4443692.216</v>
       </c>
       <c r="AN26" s="10">
         <v>4443692.216</v>
       </c>
-    </row>
-    <row r="27" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO26" s="10">
+        <v>4574566.8660000004</v>
+      </c>
+    </row>
+    <row r="27" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B27" s="18" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="10">
         <v>78351.178</v>
       </c>
       <c r="D27" s="10">
         <v>69973.153000000006</v>
       </c>
       <c r="E27" s="10">
         <v>42400.218000000001</v>
       </c>
       <c r="F27" s="10">
         <v>19804.962</v>
       </c>
       <c r="G27" s="10">
         <v>22230.023000000001</v>
       </c>
       <c r="H27" s="10">
         <v>36583.362999999998</v>
       </c>
       <c r="I27" s="10">
         <v>15991.727000000001</v>
       </c>
       <c r="J27" s="10">
@@ -3127,52 +3181,55 @@
       </c>
       <c r="AG27" s="10">
         <v>18447.775000000001</v>
       </c>
       <c r="AH27" s="10">
         <v>15998.348</v>
       </c>
       <c r="AI27" s="10">
         <v>14030.858</v>
       </c>
       <c r="AJ27" s="10">
         <v>12101.499</v>
       </c>
       <c r="AK27" s="10">
         <v>16843.766</v>
       </c>
       <c r="AL27" s="10">
         <v>32757.113000000001</v>
       </c>
       <c r="AM27" s="10">
         <v>25550.737000000001</v>
       </c>
       <c r="AN27" s="10">
         <v>34828.699000000001</v>
       </c>
-    </row>
-    <row r="28" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO27" s="10">
+        <v>41160.129000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B28" s="20" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="21">
         <v>0</v>
       </c>
       <c r="D28" s="21">
         <v>0</v>
       </c>
       <c r="E28" s="21">
         <v>0</v>
       </c>
       <c r="F28" s="21">
         <v>0</v>
       </c>
       <c r="G28" s="21">
         <v>0</v>
       </c>
       <c r="H28" s="21">
         <v>0</v>
       </c>
       <c r="I28" s="21">
         <v>0</v>
       </c>
       <c r="J28" s="21">
@@ -3246,104 +3303,107 @@
       </c>
       <c r="AG28" s="21">
         <v>0.85</v>
       </c>
       <c r="AH28" s="21">
         <v>0</v>
       </c>
       <c r="AI28" s="21">
         <v>0</v>
       </c>
       <c r="AJ28" s="21">
         <v>0</v>
       </c>
       <c r="AK28" s="21">
         <v>0</v>
       </c>
       <c r="AL28" s="21">
         <v>0</v>
       </c>
       <c r="AM28" s="21">
         <v>0</v>
       </c>
       <c r="AN28" s="21">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="AO28" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="28"/>
       <c r="L30" s="28"/>
       <c r="M30" s="28"/>
       <c r="N30" s="28"/>
       <c r="O30" s="28"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="28"/>
       <c r="R30" s="28"/>
       <c r="S30" s="28"/>
       <c r="T30" s="28"/>
       <c r="U30" s="28"/>
       <c r="V30" s="28"/>
       <c r="W30" s="28"/>
     </row>
-    <row r="31" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B31" s="24" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="29"/>
       <c r="G31" s="29"/>
       <c r="H31" s="29"/>
       <c r="I31" s="29"/>
       <c r="J31" s="29"/>
       <c r="K31" s="29"/>
       <c r="L31" s="29"/>
       <c r="M31" s="29"/>
       <c r="N31" s="29"/>
       <c r="O31" s="29"/>
       <c r="P31" s="29"/>
       <c r="Q31" s="29"/>
       <c r="R31" s="29"/>
       <c r="S31" s="29"/>
       <c r="T31" s="29"/>
       <c r="U31" s="29"/>
       <c r="V31" s="29"/>
       <c r="W31" s="29"/>
     </row>
-    <row r="32" spans="2:40" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:41" x14ac:dyDescent="0.2">
       <c r="B32" s="24"/>
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="G32" s="29"/>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="29"/>
       <c r="L32" s="29"/>
       <c r="M32" s="29"/>
       <c r="N32" s="29"/>
       <c r="O32" s="29"/>
       <c r="P32" s="29"/>
       <c r="Q32" s="29"/>
       <c r="R32" s="29"/>
       <c r="S32" s="29"/>
       <c r="T32" s="29"/>
       <c r="U32" s="29"/>
       <c r="V32" s="29"/>
       <c r="W32" s="29"/>
     </row>
     <row r="33" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B33" s="22"/>