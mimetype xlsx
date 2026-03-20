--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27DE4BF0-5F0D-467B-BCC8-277087C06347}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DE3CC1D-2D9C-45AD-AFA4-1C71C4CA7AEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
     <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="52">
   <si>
     <t>Data on sold claims of credit institutions during the reporting period</t>
   </si>
   <si>
     <t>This table shows data on sold claims (sales between credit institutions are excluded) during the reporting period.</t>
   </si>
   <si>
     <t xml:space="preserve">B and C risk category claims are identified in accordance with the Decision on the classification of exposures into risk categories and the method of determining credit losses (OG 114/2017 and 110/2018). </t>
   </si>
   <si>
     <t>Amount (in thousand kuna)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Other sectors</t>
   </si>
   <si>
     <t>TOTAL SOLD CLAIMS</t>
   </si>
   <si>
     <t>Gross carrying amount of the claim</t>
   </si>
   <si>
@@ -181,50 +181,56 @@
     <t>2023 TOTAL</t>
   </si>
   <si>
     <t>Jan. – Mar. 2024</t>
   </si>
   <si>
     <t>Apr. – Jun. 2024</t>
   </si>
   <si>
     <t>Jul. – Sept. 2024</t>
   </si>
   <si>
     <t>Oct. – Dec. 2024</t>
   </si>
   <si>
     <t>2024 TOTAL</t>
   </si>
   <si>
     <t>Jan. – Mar. 2025</t>
   </si>
   <si>
     <t>Apr. – Jun. 2025</t>
   </si>
   <si>
     <t>Jul. – Sept. 2025</t>
+  </si>
+  <si>
+    <t>Oct. – Dec. 2025</t>
+  </si>
+  <si>
+    <t>2025 TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -924,66 +930,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="22" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hiperveza" xfId="5" builtinId="8"/>
     <cellStyle name="Naslov 1 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normalno 2 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1244,897 +1250,1109 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/en/statistics/statistical-data/archive/indicators-of-credit-institution-operations" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/en/statistics/statistical-data/archive/indicators-of-credit-institution-operations" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1"/>
   <dimension ref="A1:W325"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="22" width="11.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="71.6640625" style="2" customWidth="1"/>
+    <col min="3" max="22" width="11.6640625" style="2" customWidth="1"/>
     <col min="23" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1" s="3"/>
       <c r="F1" s="4"/>
     </row>
-    <row r="2" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
     </row>
-    <row r="3" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
     </row>
-    <row r="4" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
     </row>
-    <row r="5" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
     </row>
-    <row r="6" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
     </row>
-    <row r="7" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
     </row>
-    <row r="8" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="8"/>
       <c r="C8" s="122" t="s">
         <v>47</v>
       </c>
       <c r="D8" s="122"/>
       <c r="E8" s="122"/>
       <c r="F8" s="122"/>
-      <c r="G8" s="121" t="s">
+      <c r="G8" s="123" t="s">
         <v>48</v>
       </c>
       <c r="H8" s="122"/>
       <c r="I8" s="122"/>
       <c r="J8" s="122"/>
-      <c r="K8" s="121" t="s">
+      <c r="K8" s="123" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="122"/>
       <c r="M8" s="122"/>
       <c r="N8" s="122"/>
-      <c r="O8"/>
-[...8 lines deleted...]
-    <row r="9" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O8" s="121" t="s">
+        <v>50</v>
+      </c>
+      <c r="P8" s="122"/>
+      <c r="Q8" s="122"/>
+      <c r="R8" s="122"/>
+      <c r="S8" s="125" t="s">
+        <v>51</v>
+      </c>
+      <c r="T8" s="122"/>
+      <c r="U8" s="122"/>
+      <c r="V8" s="122"/>
+    </row>
+    <row r="9" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="9"/>
       <c r="C9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="K9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="L9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="N9" s="41" t="s">
         <v>5</v>
       </c>
-      <c r="O9"/>
-[...8 lines deleted...]
-    <row r="10" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O9" s="71" t="s">
+        <v>4</v>
+      </c>
+      <c r="P9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="R9" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="S9" s="106" t="s">
+        <v>4</v>
+      </c>
+      <c r="T9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="U9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="V9" s="41" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="72"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
       <c r="J10" s="120"/>
       <c r="K10" s="72"/>
       <c r="L10" s="44"/>
       <c r="M10" s="44"/>
       <c r="N10" s="120"/>
-      <c r="O10"/>
-[...8 lines deleted...]
-    <row r="11" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O10" s="72"/>
+      <c r="P10" s="44"/>
+      <c r="Q10" s="44"/>
+      <c r="R10" s="44"/>
+      <c r="S10" s="107"/>
+      <c r="T10" s="44"/>
+      <c r="U10" s="44"/>
+      <c r="V10" s="44"/>
+    </row>
+    <row r="11" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="16">
         <v>24594.562000000002</v>
       </c>
       <c r="D11" s="17">
         <v>24497.117999999999</v>
       </c>
       <c r="E11" s="17">
         <v>0</v>
       </c>
       <c r="F11" s="84">
         <v>97.442999999999998</v>
       </c>
       <c r="G11" s="74">
         <v>14567.561</v>
       </c>
       <c r="H11" s="57">
         <v>3563.79</v>
       </c>
       <c r="I11" s="57">
         <v>10979.294</v>
       </c>
       <c r="J11" s="57">
         <v>24.477</v>
       </c>
       <c r="K11" s="74">
         <v>5679.4489999999996</v>
       </c>
       <c r="L11" s="57">
         <v>2970.2139999999999</v>
       </c>
       <c r="M11" s="57">
         <v>2692.9810000000002</v>
       </c>
       <c r="N11" s="57">
         <v>16.254000000000001</v>
       </c>
-      <c r="O11"/>
-[...8 lines deleted...]
-    <row r="12" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O11" s="74">
+        <v>49761.510999999999</v>
+      </c>
+      <c r="P11" s="57">
+        <v>36956.781999999999</v>
+      </c>
+      <c r="Q11" s="57">
+        <v>793.45600000000002</v>
+      </c>
+      <c r="R11" s="57">
+        <v>12011.272999999999</v>
+      </c>
+      <c r="S11" s="108">
+        <v>94603.082999999999</v>
+      </c>
+      <c r="T11" s="57">
+        <v>67987.903999999995</v>
+      </c>
+      <c r="U11" s="57">
+        <v>14465.731</v>
+      </c>
+      <c r="V11" s="57">
+        <v>12149.447</v>
+      </c>
+    </row>
+    <row r="12" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D12" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E12" s="17">
         <v>0</v>
       </c>
       <c r="F12" s="84">
         <v>0.80400000000000005</v>
       </c>
       <c r="G12" s="74">
         <v>149.93299999999999</v>
       </c>
       <c r="H12" s="57">
         <v>134.976</v>
       </c>
       <c r="I12" s="57">
         <v>14.957000000000001</v>
       </c>
       <c r="J12" s="57"/>
       <c r="K12" s="74">
         <v>291.21100000000001</v>
       </c>
       <c r="L12" s="57">
         <v>245.69499999999999</v>
       </c>
       <c r="M12" s="57">
         <v>45.515999999999998</v>
       </c>
       <c r="N12" s="57"/>
-      <c r="O12"/>
-[...8 lines deleted...]
-    <row r="13" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O12" s="74">
+        <v>779.24800000000005</v>
+      </c>
+      <c r="P12" s="57">
+        <v>778.05499999999995</v>
+      </c>
+      <c r="Q12" s="57">
+        <v>0.19900000000000001</v>
+      </c>
+      <c r="R12" s="57">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="S12" s="108">
+        <v>1307.567</v>
+      </c>
+      <c r="T12" s="57">
+        <v>1245.097</v>
+      </c>
+      <c r="U12" s="57">
+        <v>60.671999999999997</v>
+      </c>
+      <c r="V12" s="57">
+        <v>1.798</v>
+      </c>
+    </row>
+    <row r="13" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="16">
         <v>23966.736000000001</v>
       </c>
       <c r="D13" s="17">
         <v>23870.579000000002</v>
       </c>
       <c r="E13" s="17">
         <v>0</v>
       </c>
       <c r="F13" s="84">
         <v>96.156999999999996</v>
       </c>
       <c r="G13" s="74">
         <v>10226.923000000001</v>
       </c>
       <c r="H13" s="57">
         <v>2671.8249999999998</v>
       </c>
       <c r="I13" s="57">
         <v>7536.8209999999999</v>
       </c>
       <c r="J13" s="57">
         <v>18.277000000000001</v>
       </c>
       <c r="K13" s="74">
         <v>4686.348</v>
       </c>
       <c r="L13" s="57">
         <v>2232.9349999999999</v>
       </c>
       <c r="M13" s="57">
         <v>2441.1550000000002</v>
       </c>
       <c r="N13" s="57">
         <v>12.257999999999999</v>
       </c>
-      <c r="O13"/>
-[...8 lines deleted...]
-    <row r="14" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O13" s="74">
+        <v>29580.7</v>
+      </c>
+      <c r="P13" s="57">
+        <v>28649.812999999998</v>
+      </c>
+      <c r="Q13" s="57">
+        <v>261.24200000000002</v>
+      </c>
+      <c r="R13" s="57">
+        <v>669.64499999999998</v>
+      </c>
+      <c r="S13" s="108">
+        <v>68460.706999999995</v>
+      </c>
+      <c r="T13" s="57">
+        <v>57425.152000000002</v>
+      </c>
+      <c r="U13" s="57">
+        <v>10239.218000000001</v>
+      </c>
+      <c r="V13" s="57">
+        <v>796.33699999999999</v>
+      </c>
+    </row>
+    <row r="14" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D14" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E14" s="17">
         <v>0</v>
       </c>
       <c r="F14" s="84">
         <v>0.80400000000000005</v>
       </c>
       <c r="G14" s="74">
         <v>144.37799999999999</v>
       </c>
       <c r="H14" s="57">
         <v>129.42099999999999</v>
       </c>
       <c r="I14" s="57">
         <v>14.957000000000001</v>
       </c>
       <c r="J14" s="57"/>
       <c r="K14" s="74">
         <v>273.012</v>
       </c>
       <c r="L14" s="57">
         <v>233.501</v>
       </c>
       <c r="M14" s="57">
         <v>39.511000000000003</v>
       </c>
       <c r="N14" s="57"/>
-      <c r="O14"/>
-[...8 lines deleted...]
-    <row r="15" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O14" s="74">
+        <v>759.49199999999996</v>
+      </c>
+      <c r="P14" s="57">
+        <v>758.41200000000003</v>
+      </c>
+      <c r="Q14" s="57">
+        <v>0.104</v>
+      </c>
+      <c r="R14" s="57">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="S14" s="108">
+        <v>1264.057</v>
+      </c>
+      <c r="T14" s="57">
+        <v>1207.7049999999999</v>
+      </c>
+      <c r="U14" s="57">
+        <v>54.572000000000003</v>
+      </c>
+      <c r="V14" s="57">
+        <v>1.7810000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="16">
         <v>3800.8969999999999</v>
       </c>
       <c r="D15" s="17">
         <v>3783.4549999999999</v>
       </c>
       <c r="E15" s="17">
         <v>0</v>
       </c>
       <c r="F15" s="84">
         <v>17.442</v>
       </c>
       <c r="G15" s="74">
         <v>2186.018</v>
       </c>
       <c r="H15" s="57">
         <v>479.78500000000003</v>
       </c>
       <c r="I15" s="57">
         <v>1706.2329999999999</v>
       </c>
       <c r="J15" s="57"/>
       <c r="K15" s="74">
         <v>3833.7440000000001</v>
       </c>
       <c r="L15" s="57">
         <v>614.45399999999995</v>
       </c>
       <c r="M15" s="57">
         <v>3132.8470000000002</v>
       </c>
       <c r="N15" s="57">
         <v>86.444000000000003</v>
       </c>
-      <c r="O15"/>
-[...8 lines deleted...]
-    <row r="16" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O15" s="74">
+        <v>3064.04</v>
+      </c>
+      <c r="P15" s="57">
+        <v>2994.636</v>
+      </c>
+      <c r="Q15" s="57">
+        <v>50.777000000000001</v>
+      </c>
+      <c r="R15" s="57">
+        <v>18.626999999999999</v>
+      </c>
+      <c r="S15" s="108">
+        <v>12884.699000000001</v>
+      </c>
+      <c r="T15" s="57">
+        <v>7872.33</v>
+      </c>
+      <c r="U15" s="57">
+        <v>4889.857</v>
+      </c>
+      <c r="V15" s="57">
+        <v>122.51299999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="22">
         <v>10875.942999999999</v>
       </c>
       <c r="D16" s="23">
         <v>10831.816000000001</v>
       </c>
       <c r="E16" s="23">
         <v>0</v>
       </c>
       <c r="F16" s="88">
         <v>44.127000000000002</v>
       </c>
       <c r="G16" s="74">
         <v>11548.761</v>
       </c>
       <c r="H16" s="57">
         <v>1216.1220000000001</v>
       </c>
       <c r="I16" s="57">
         <v>10326.439</v>
       </c>
       <c r="J16" s="57">
         <v>6.2</v>
       </c>
       <c r="K16" s="74">
         <v>1459.162</v>
       </c>
       <c r="L16" s="57">
         <v>722.27099999999996</v>
       </c>
       <c r="M16" s="57">
         <v>722.40700000000004</v>
       </c>
       <c r="N16" s="57">
         <v>14.484999999999999</v>
       </c>
-      <c r="O16"/>
-[...8 lines deleted...]
-    <row r="17" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O16" s="74">
+        <v>30972.754000000001</v>
+      </c>
+      <c r="P16" s="57">
+        <v>18340.181</v>
+      </c>
+      <c r="Q16" s="57">
+        <v>711.94799999999998</v>
+      </c>
+      <c r="R16" s="57">
+        <v>11920.625</v>
+      </c>
+      <c r="S16" s="108">
+        <v>54856.619999999995</v>
+      </c>
+      <c r="T16" s="57">
+        <v>31110.39</v>
+      </c>
+      <c r="U16" s="57">
+        <v>11760.794</v>
+      </c>
+      <c r="V16" s="57">
+        <v>11985.437</v>
+      </c>
+    </row>
+    <row r="17" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="25"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="92"/>
       <c r="G17" s="76"/>
       <c r="H17" s="59"/>
       <c r="I17" s="59"/>
       <c r="J17" s="59"/>
       <c r="K17" s="76"/>
       <c r="L17" s="59"/>
       <c r="M17" s="59"/>
       <c r="N17" s="59"/>
-      <c r="O17"/>
-[...8 lines deleted...]
-    <row r="18" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O17" s="76"/>
+      <c r="P17" s="59"/>
+      <c r="Q17" s="59"/>
+      <c r="R17" s="59"/>
+      <c r="S17" s="109"/>
+      <c r="T17" s="59"/>
+      <c r="U17" s="59"/>
+      <c r="V17" s="59"/>
+    </row>
+    <row r="18" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="96"/>
       <c r="G18" s="78"/>
       <c r="H18" s="61"/>
       <c r="I18" s="61"/>
       <c r="J18" s="61"/>
       <c r="K18" s="78"/>
       <c r="L18" s="61"/>
       <c r="M18" s="61"/>
       <c r="N18" s="61"/>
-      <c r="O18"/>
-[...8 lines deleted...]
-    <row r="19" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O18" s="78"/>
+      <c r="P18" s="61"/>
+      <c r="Q18" s="61"/>
+      <c r="R18" s="61"/>
+      <c r="S18" s="110"/>
+      <c r="T18" s="61"/>
+      <c r="U18" s="61"/>
+      <c r="V18" s="61"/>
+    </row>
+    <row r="19" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="16">
         <v>24594.562000000002</v>
       </c>
       <c r="D19" s="17">
         <v>24497.117999999999</v>
       </c>
       <c r="E19" s="17">
         <v>0</v>
       </c>
       <c r="F19" s="84">
         <v>97.442999999999998</v>
       </c>
       <c r="G19" s="80">
         <v>14566.952000000001</v>
       </c>
       <c r="H19" s="61">
         <v>3563.181</v>
       </c>
       <c r="I19" s="61">
         <v>10979.294</v>
       </c>
       <c r="J19" s="61">
         <v>24.477</v>
       </c>
       <c r="K19" s="80">
         <v>5679.375</v>
       </c>
       <c r="L19" s="61">
         <v>2970.1410000000001</v>
       </c>
       <c r="M19" s="61">
         <v>2692.9810000000002</v>
       </c>
       <c r="N19" s="61">
         <v>16.254000000000001</v>
       </c>
-      <c r="O19"/>
-[...8 lines deleted...]
-    <row r="20" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O19" s="80">
+        <v>37615.69</v>
+      </c>
+      <c r="P19" s="61">
+        <v>36954.224000000002</v>
+      </c>
+      <c r="Q19" s="61">
+        <v>473.41800000000001</v>
+      </c>
+      <c r="R19" s="61">
+        <v>188.04900000000001</v>
+      </c>
+      <c r="S19" s="111">
+        <v>82456.578999999998</v>
+      </c>
+      <c r="T19" s="61">
+        <v>67984.664000000004</v>
+      </c>
+      <c r="U19" s="61">
+        <v>14145.692999999999</v>
+      </c>
+      <c r="V19" s="61">
+        <v>326.22300000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D20" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E20" s="17">
         <v>0</v>
       </c>
       <c r="F20" s="100">
         <v>0.80400000000000005</v>
       </c>
       <c r="G20" s="80">
         <v>149.91899999999998</v>
       </c>
       <c r="H20" s="61">
         <v>134.96199999999999</v>
       </c>
       <c r="I20" s="61">
         <v>14.957000000000001</v>
       </c>
       <c r="J20" s="61"/>
       <c r="K20" s="80">
         <v>291.19499999999999</v>
       </c>
       <c r="L20" s="61">
         <v>245.68</v>
       </c>
       <c r="M20" s="61">
         <v>45.515999999999998</v>
       </c>
       <c r="N20" s="61"/>
-      <c r="O20"/>
-[...8 lines deleted...]
-    <row r="21" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O20" s="80">
+        <v>779.06600000000003</v>
+      </c>
+      <c r="P20" s="61">
+        <v>777.97299999999996</v>
+      </c>
+      <c r="Q20" s="61">
+        <v>0.104</v>
+      </c>
+      <c r="R20" s="61">
+        <v>0.99</v>
+      </c>
+      <c r="S20" s="111">
+        <v>1307.355</v>
+      </c>
+      <c r="T20" s="61">
+        <v>1244.9859999999999</v>
+      </c>
+      <c r="U20" s="61">
+        <v>60.576999999999998</v>
+      </c>
+      <c r="V20" s="61">
+        <v>1.794</v>
+      </c>
+    </row>
+    <row r="21" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="16">
         <v>23966.736000000001</v>
       </c>
       <c r="D21" s="17">
         <v>23870.579000000002</v>
       </c>
       <c r="E21" s="17">
         <v>0</v>
       </c>
       <c r="F21" s="100">
         <v>96.156999999999996</v>
       </c>
       <c r="G21" s="80">
         <v>10226.467999999999</v>
       </c>
       <c r="H21" s="61">
         <v>2671.37</v>
       </c>
       <c r="I21" s="61">
         <v>7536.8209999999999</v>
       </c>
       <c r="J21" s="61">
         <v>18.277000000000001</v>
       </c>
       <c r="K21" s="80">
         <v>4686.2910000000002</v>
       </c>
       <c r="L21" s="61">
         <v>2232.8780000000002</v>
       </c>
       <c r="M21" s="61">
         <v>2441.1550000000002</v>
       </c>
       <c r="N21" s="61">
         <v>12.257999999999999</v>
       </c>
-      <c r="O21"/>
-[...8 lines deleted...]
-    <row r="22" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O21" s="80">
+        <v>29045.141</v>
+      </c>
+      <c r="P21" s="61">
+        <v>28647.68</v>
+      </c>
+      <c r="Q21" s="61">
+        <v>258.12799999999999</v>
+      </c>
+      <c r="R21" s="61">
+        <v>139.334</v>
+      </c>
+      <c r="S21" s="111">
+        <v>67924.635999999999</v>
+      </c>
+      <c r="T21" s="61">
+        <v>57422.506999999998</v>
+      </c>
+      <c r="U21" s="61">
+        <v>10236.104000000001</v>
+      </c>
+      <c r="V21" s="61">
+        <v>266.02600000000001</v>
+      </c>
+    </row>
+    <row r="22" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D22" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E22" s="17">
         <v>0</v>
       </c>
       <c r="F22" s="100">
         <v>0.80400000000000005</v>
       </c>
       <c r="G22" s="80">
         <v>144.37799999999999</v>
       </c>
       <c r="H22" s="61">
         <v>129.42099999999999</v>
       </c>
       <c r="I22" s="61">
         <v>14.957000000000001</v>
       </c>
       <c r="J22" s="61"/>
       <c r="K22" s="80">
         <v>273.012</v>
       </c>
       <c r="L22" s="61">
         <v>233.501</v>
       </c>
       <c r="M22" s="61">
         <v>39.511000000000003</v>
       </c>
       <c r="N22" s="61"/>
-      <c r="O22"/>
-[...8 lines deleted...]
-    <row r="23" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O22" s="80">
+        <v>759.49199999999996</v>
+      </c>
+      <c r="P22" s="61">
+        <v>758.41200000000003</v>
+      </c>
+      <c r="Q22" s="61">
+        <v>0.104</v>
+      </c>
+      <c r="R22" s="61">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="S22" s="111">
+        <v>1264.057</v>
+      </c>
+      <c r="T22" s="61">
+        <v>1207.7049999999999</v>
+      </c>
+      <c r="U22" s="61">
+        <v>54.572000000000003</v>
+      </c>
+      <c r="V22" s="61">
+        <v>1.7810000000000001</v>
+      </c>
+    </row>
+    <row r="23" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="16">
         <v>3800.8969999999999</v>
       </c>
       <c r="D23" s="17">
         <v>3783.4549999999999</v>
       </c>
       <c r="E23" s="17">
         <v>0</v>
       </c>
       <c r="F23" s="100">
         <v>17.442</v>
       </c>
       <c r="G23" s="80">
         <v>2186.018</v>
       </c>
       <c r="H23" s="61">
         <v>479.78500000000003</v>
       </c>
       <c r="I23" s="61">
         <v>1706.2329999999999</v>
       </c>
       <c r="J23" s="61"/>
       <c r="K23" s="80">
         <v>3833.7440000000001</v>
       </c>
       <c r="L23" s="61">
         <v>614.45399999999995</v>
       </c>
       <c r="M23" s="61">
         <v>3132.8470000000002</v>
       </c>
       <c r="N23" s="61">
         <v>86.444000000000003</v>
       </c>
-      <c r="O23"/>
-[...8 lines deleted...]
-    <row r="24" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O23" s="80">
+        <v>3064.0129999999999</v>
+      </c>
+      <c r="P23" s="61">
+        <v>2994.61</v>
+      </c>
+      <c r="Q23" s="61">
+        <v>50.777000000000001</v>
+      </c>
+      <c r="R23" s="61">
+        <v>18.626000000000001</v>
+      </c>
+      <c r="S23" s="111">
+        <v>12884.671999999999</v>
+      </c>
+      <c r="T23" s="61">
+        <v>7872.3040000000001</v>
+      </c>
+      <c r="U23" s="61">
+        <v>4889.857</v>
+      </c>
+      <c r="V23" s="61">
+        <v>122.512</v>
+      </c>
+    </row>
+    <row r="24" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="28">
         <v>10875.942999999999</v>
       </c>
       <c r="D24" s="29">
         <v>10832</v>
       </c>
       <c r="E24" s="29">
         <v>0</v>
       </c>
       <c r="F24" s="105">
         <v>44.127000000000002</v>
       </c>
       <c r="G24" s="81">
         <v>11548.606000000002</v>
       </c>
       <c r="H24" s="64">
         <v>1215.9670000000001</v>
       </c>
       <c r="I24" s="64">
         <v>10326.439</v>
       </c>
       <c r="J24" s="64">
         <v>6.2</v>
       </c>
       <c r="K24" s="81">
         <v>1459.146</v>
       </c>
       <c r="L24" s="64">
         <v>722.255</v>
       </c>
       <c r="M24" s="64">
         <v>722.40700000000004</v>
       </c>
       <c r="N24" s="64">
         <v>14.484999999999999</v>
       </c>
-      <c r="O24"/>
-[...8 lines deleted...]
-    <row r="25" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O24" s="81">
+        <v>18786.531999999999</v>
+      </c>
+      <c r="P24" s="64">
+        <v>18339.055</v>
+      </c>
+      <c r="Q24" s="64">
+        <v>350</v>
+      </c>
+      <c r="R24" s="64">
+        <v>97.477000000000004</v>
+      </c>
+      <c r="S24" s="112">
+        <v>42670.226999999999</v>
+      </c>
+      <c r="T24" s="64">
+        <v>31109.277000000002</v>
+      </c>
+      <c r="U24" s="64">
+        <v>11398.846</v>
+      </c>
+      <c r="V24" s="64">
+        <v>162.28900000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
-    <row r="26" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
-    <row r="27" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
-    <row r="28" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="8"/>
       <c r="C28" s="122" t="s">
         <v>42</v>
       </c>
       <c r="D28" s="122"/>
       <c r="E28" s="122"/>
-      <c r="F28" s="123"/>
-      <c r="G28" s="121" t="s">
+      <c r="F28" s="124"/>
+      <c r="G28" s="123" t="s">
         <v>43</v>
       </c>
       <c r="H28" s="122"/>
       <c r="I28" s="122"/>
-      <c r="J28" s="123"/>
-      <c r="K28" s="121" t="s">
+      <c r="J28" s="124"/>
+      <c r="K28" s="123" t="s">
         <v>44</v>
       </c>
       <c r="L28" s="122"/>
       <c r="M28" s="122"/>
-      <c r="N28" s="123"/>
-      <c r="O28" s="124" t="s">
+      <c r="N28" s="124"/>
+      <c r="O28" s="121" t="s">
         <v>45</v>
       </c>
       <c r="P28" s="122"/>
       <c r="Q28" s="122"/>
       <c r="R28" s="122"/>
-      <c r="S28" s="126" t="s">
+      <c r="S28" s="125" t="s">
         <v>46</v>
       </c>
       <c r="T28" s="122"/>
       <c r="U28" s="122"/>
       <c r="V28" s="122"/>
     </row>
     <row r="29" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="9"/>
       <c r="C29" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>25</v>
@@ -2160,76 +2378,76 @@
       <c r="O29" s="71" t="s">
         <v>4</v>
       </c>
       <c r="P29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="Q29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="R29" s="41" t="s">
         <v>5</v>
       </c>
       <c r="S29" s="106" t="s">
         <v>4</v>
       </c>
       <c r="T29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="U29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="V29" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="30" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="65"/>
       <c r="G30" s="72"/>
       <c r="H30" s="44"/>
       <c r="I30" s="44"/>
       <c r="J30" s="119"/>
       <c r="K30" s="72"/>
       <c r="L30" s="44"/>
       <c r="M30" s="44"/>
       <c r="N30" s="119"/>
       <c r="O30" s="72"/>
       <c r="P30" s="44"/>
       <c r="Q30" s="44"/>
       <c r="R30" s="44"/>
       <c r="S30" s="107"/>
       <c r="T30" s="44"/>
       <c r="U30" s="44"/>
       <c r="V30" s="44"/>
     </row>
-    <row r="31" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="16">
         <v>1889.4299999999998</v>
       </c>
       <c r="D31" s="17">
         <v>1553.0170000000001</v>
       </c>
       <c r="E31" s="17">
         <v>316.13900000000001</v>
       </c>
       <c r="F31" s="113">
         <v>20.274000000000001</v>
       </c>
       <c r="G31" s="74">
         <v>2735.0450000000001</v>
       </c>
       <c r="H31" s="57">
         <v>1331.422</v>
       </c>
       <c r="I31" s="57">
         <v>1387.7380000000001</v>
       </c>
       <c r="J31" s="75">
@@ -2250,51 +2468,51 @@
       <c r="O31" s="74">
         <v>51466.819999999992</v>
       </c>
       <c r="P31" s="57">
         <v>49816.887999999999</v>
       </c>
       <c r="Q31" s="57">
         <v>1560.4290000000001</v>
       </c>
       <c r="R31" s="57">
         <v>89.503</v>
       </c>
       <c r="S31" s="108">
         <v>63585.25499999999</v>
       </c>
       <c r="T31" s="57">
         <v>59854.305</v>
       </c>
       <c r="U31" s="57">
         <v>3402.4490000000001</v>
       </c>
       <c r="V31" s="57">
         <v>328.50099999999998</v>
       </c>
     </row>
-    <row r="32" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="16">
         <v>47.674000000000007</v>
       </c>
       <c r="D32" s="17">
         <v>47.648000000000003</v>
       </c>
       <c r="E32" s="17">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="F32" s="113"/>
       <c r="G32" s="74">
         <v>100.23099999999999</v>
       </c>
       <c r="H32" s="57">
         <v>57.164000000000001</v>
       </c>
       <c r="I32" s="57">
         <v>43.067</v>
       </c>
       <c r="J32" s="75"/>
       <c r="K32" s="74">
         <v>207.79600000000002</v>
@@ -2311,51 +2529,51 @@
       <c r="O32" s="74">
         <v>2905.364</v>
       </c>
       <c r="P32" s="57">
         <v>2650.1880000000001</v>
       </c>
       <c r="Q32" s="57">
         <v>254.94900000000001</v>
       </c>
       <c r="R32" s="57">
         <v>0.22700000000000001</v>
       </c>
       <c r="S32" s="108">
         <v>3261.0650000000001</v>
       </c>
       <c r="T32" s="57">
         <v>2956.9650000000001</v>
       </c>
       <c r="U32" s="57">
         <v>298.08500000000004</v>
       </c>
       <c r="V32" s="57">
         <v>6.0150000000000006</v>
       </c>
     </row>
-    <row r="33" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="16">
         <v>1143.9750000000001</v>
       </c>
       <c r="D33" s="17">
         <v>1126.537</v>
       </c>
       <c r="E33" s="17">
         <v>2.4</v>
       </c>
       <c r="F33" s="113">
         <v>15.038</v>
       </c>
       <c r="G33" s="74">
         <v>2180.7370000000001</v>
       </c>
       <c r="H33" s="57">
         <v>941.798</v>
       </c>
       <c r="I33" s="57">
         <v>1227.1679999999999</v>
       </c>
       <c r="J33" s="75">
@@ -2376,51 +2594,51 @@
       <c r="O33" s="74">
         <v>46831.799999999996</v>
       </c>
       <c r="P33" s="57">
         <v>45671.078999999998</v>
       </c>
       <c r="Q33" s="57">
         <v>1112.825</v>
       </c>
       <c r="R33" s="57">
         <v>47.896000000000001</v>
       </c>
       <c r="S33" s="108">
         <v>55463.442999999999</v>
       </c>
       <c r="T33" s="57">
         <v>52900.851999999999</v>
       </c>
       <c r="U33" s="57">
         <v>2343.2070000000003</v>
       </c>
       <c r="V33" s="57">
         <v>219.38400000000001</v>
       </c>
     </row>
-    <row r="34" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="16">
         <v>45.566000000000003</v>
       </c>
       <c r="D34" s="17">
         <v>45.566000000000003</v>
       </c>
       <c r="E34" s="17"/>
       <c r="F34" s="113"/>
       <c r="G34" s="74">
         <v>95.722000000000008</v>
       </c>
       <c r="H34" s="57">
         <v>53.728000000000002</v>
       </c>
       <c r="I34" s="57">
         <v>41.994</v>
       </c>
       <c r="J34" s="75"/>
       <c r="K34" s="74">
         <v>164.53</v>
       </c>
       <c r="L34" s="57">
@@ -2433,102 +2651,102 @@
       <c r="O34" s="74">
         <v>2893.8809999999999</v>
       </c>
       <c r="P34" s="57">
         <v>2638.7049999999999</v>
       </c>
       <c r="Q34" s="57">
         <v>254.94900000000001</v>
       </c>
       <c r="R34" s="57">
         <v>0.22700000000000001</v>
       </c>
       <c r="S34" s="108">
         <v>3199.6989999999996</v>
       </c>
       <c r="T34" s="57">
         <v>2898.4319999999998</v>
       </c>
       <c r="U34" s="57">
         <v>296.94299999999998</v>
       </c>
       <c r="V34" s="57">
         <v>4.3240000000000007</v>
       </c>
     </row>
-    <row r="35" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="16"/>
       <c r="D35" s="17"/>
       <c r="E35" s="17"/>
       <c r="F35" s="113"/>
       <c r="G35" s="74">
         <v>66.325000000000003</v>
       </c>
       <c r="H35" s="57"/>
       <c r="I35" s="57">
         <v>66.325000000000003</v>
       </c>
       <c r="J35" s="75"/>
       <c r="K35" s="74">
         <v>322.44900000000001</v>
       </c>
       <c r="L35" s="57">
         <v>309.78800000000001</v>
       </c>
       <c r="M35" s="57"/>
       <c r="N35" s="75">
         <v>12.661</v>
       </c>
       <c r="O35" s="74">
         <v>20271.8</v>
       </c>
       <c r="P35" s="57">
         <v>19640.405999999999</v>
       </c>
       <c r="Q35" s="57">
         <v>614.08500000000004</v>
       </c>
       <c r="R35" s="57">
         <v>17.309000000000001</v>
       </c>
       <c r="S35" s="108">
         <v>20660.574000000001</v>
       </c>
       <c r="T35" s="57">
         <v>19950.194</v>
       </c>
       <c r="U35" s="57">
         <v>680.41000000000008</v>
       </c>
       <c r="V35" s="57">
         <v>29.97</v>
       </c>
     </row>
-    <row r="36" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="22">
         <v>717.39599999999996</v>
       </c>
       <c r="D36" s="23">
         <v>387.471</v>
       </c>
       <c r="E36" s="23">
         <v>324.68799999999999</v>
       </c>
       <c r="F36" s="114">
         <v>5.2370000000000001</v>
       </c>
       <c r="G36" s="74">
         <v>1582.5320000000002</v>
       </c>
       <c r="H36" s="57">
         <v>327.83199999999999</v>
       </c>
       <c r="I36" s="57">
         <v>1250.586</v>
       </c>
       <c r="J36" s="75">
@@ -2549,101 +2767,101 @@
       <c r="O36" s="74">
         <v>20175.593000000001</v>
       </c>
       <c r="P36" s="57">
         <v>19572.188999999998</v>
       </c>
       <c r="Q36" s="57">
         <v>527.18700000000001</v>
       </c>
       <c r="R36" s="57">
         <v>76.216999999999999</v>
       </c>
       <c r="S36" s="108">
         <v>24850.536</v>
       </c>
       <c r="T36" s="57">
         <v>22457.94</v>
       </c>
       <c r="U36" s="57">
         <v>2240.6039999999998</v>
       </c>
       <c r="V36" s="57">
         <v>151.99200000000002</v>
       </c>
     </row>
-    <row r="37" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="25"/>
       <c r="D37" s="26"/>
       <c r="E37" s="26"/>
       <c r="F37" s="115"/>
       <c r="G37" s="76"/>
       <c r="H37" s="59"/>
       <c r="I37" s="59"/>
       <c r="J37" s="77"/>
       <c r="K37" s="76"/>
       <c r="L37" s="59"/>
       <c r="M37" s="59"/>
       <c r="N37" s="77"/>
       <c r="O37" s="76"/>
       <c r="P37" s="59"/>
       <c r="Q37" s="59"/>
       <c r="R37" s="59"/>
       <c r="S37" s="109"/>
       <c r="T37" s="59"/>
       <c r="U37" s="59"/>
       <c r="V37" s="59"/>
     </row>
-    <row r="38" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="14"/>
       <c r="E38" s="14"/>
       <c r="F38" s="116"/>
       <c r="G38" s="78"/>
       <c r="H38" s="61"/>
       <c r="I38" s="61"/>
       <c r="J38" s="79"/>
       <c r="K38" s="78"/>
       <c r="L38" s="61"/>
       <c r="M38" s="61"/>
       <c r="N38" s="79"/>
       <c r="O38" s="78"/>
       <c r="P38" s="61"/>
       <c r="Q38" s="61"/>
       <c r="R38" s="61"/>
       <c r="S38" s="110"/>
       <c r="T38" s="61"/>
       <c r="U38" s="61"/>
       <c r="V38" s="61"/>
     </row>
-    <row r="39" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="16">
         <v>1573.2910000000002</v>
       </c>
       <c r="D39" s="17">
         <v>1553.0170000000001</v>
       </c>
       <c r="E39" s="17"/>
       <c r="F39" s="113">
         <v>20.274000000000001</v>
       </c>
       <c r="G39" s="80">
         <v>2626.8220000000001</v>
       </c>
       <c r="H39" s="61">
         <v>1331.01</v>
       </c>
       <c r="I39" s="61">
         <v>1279.9269999999999</v>
       </c>
       <c r="J39" s="79">
         <v>15.885</v>
       </c>
@@ -2660,51 +2878,51 @@
       <c r="O39" s="80">
         <v>51462.741999999998</v>
       </c>
       <c r="P39" s="61">
         <v>49812.81</v>
       </c>
       <c r="Q39" s="61">
         <v>1560.4290000000001</v>
       </c>
       <c r="R39" s="61">
         <v>89.503</v>
       </c>
       <c r="S39" s="111">
         <v>63018.572999999997</v>
       </c>
       <c r="T39" s="61">
         <v>59849.716</v>
       </c>
       <c r="U39" s="61">
         <v>2840.3559999999998</v>
       </c>
       <c r="V39" s="61">
         <v>328.50099999999998</v>
       </c>
     </row>
-    <row r="40" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="16">
         <v>47.648000000000003</v>
       </c>
       <c r="D40" s="17">
         <v>47.648000000000003</v>
       </c>
       <c r="E40" s="17"/>
       <c r="F40" s="117"/>
       <c r="G40" s="80">
         <v>100.218</v>
       </c>
       <c r="H40" s="61">
         <v>57.154000000000003</v>
       </c>
       <c r="I40" s="61">
         <v>43.064</v>
       </c>
       <c r="J40" s="79"/>
       <c r="K40" s="80">
         <v>207.74900000000002</v>
       </c>
       <c r="L40" s="61">
@@ -2717,51 +2935,51 @@
       <c r="O40" s="80">
         <v>2905.127</v>
       </c>
       <c r="P40" s="61">
         <v>2649.951</v>
       </c>
       <c r="Q40" s="61">
         <v>254.94900000000001</v>
       </c>
       <c r="R40" s="61">
         <v>0.22700000000000001</v>
       </c>
       <c r="S40" s="111">
         <v>3260.7420000000002</v>
       </c>
       <c r="T40" s="61">
         <v>2956.7139999999999</v>
       </c>
       <c r="U40" s="61">
         <v>298.01300000000003</v>
       </c>
       <c r="V40" s="61">
         <v>6.0150000000000006</v>
       </c>
     </row>
-    <row r="41" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="16">
         <v>1141.575</v>
       </c>
       <c r="D41" s="17">
         <v>1126.537</v>
       </c>
       <c r="E41" s="17"/>
       <c r="F41" s="117">
         <v>15.038</v>
       </c>
       <c r="G41" s="80">
         <v>2179.7720000000004</v>
       </c>
       <c r="H41" s="61">
         <v>941.49</v>
       </c>
       <c r="I41" s="61">
         <v>1226.511</v>
       </c>
       <c r="J41" s="79">
         <v>11.771000000000001</v>
       </c>
@@ -2778,51 +2996,51 @@
       <c r="O41" s="80">
         <v>46831.6</v>
       </c>
       <c r="P41" s="61">
         <v>45670.879000000001</v>
       </c>
       <c r="Q41" s="61">
         <v>1112.825</v>
       </c>
       <c r="R41" s="61">
         <v>47.896000000000001</v>
       </c>
       <c r="S41" s="111">
         <v>55458.99</v>
       </c>
       <c r="T41" s="61">
         <v>52900.270000000004</v>
       </c>
       <c r="U41" s="61">
         <v>2339.3360000000002</v>
       </c>
       <c r="V41" s="61">
         <v>219.38400000000001</v>
       </c>
     </row>
-    <row r="42" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="16">
         <v>45.566000000000003</v>
       </c>
       <c r="D42" s="17">
         <v>45.566000000000003</v>
       </c>
       <c r="E42" s="17"/>
       <c r="F42" s="117"/>
       <c r="G42" s="80">
         <v>95.722000000000008</v>
       </c>
       <c r="H42" s="61">
         <v>53.728000000000002</v>
       </c>
       <c r="I42" s="61">
         <v>41.994</v>
       </c>
       <c r="J42" s="79"/>
       <c r="K42" s="80">
         <v>164.53</v>
       </c>
       <c r="L42" s="61">
@@ -2835,102 +3053,102 @@
       <c r="O42" s="80">
         <v>2893.8809999999999</v>
       </c>
       <c r="P42" s="61">
         <v>2638.7049999999999</v>
       </c>
       <c r="Q42" s="61">
         <v>254.94900000000001</v>
       </c>
       <c r="R42" s="61">
         <v>0.22700000000000001</v>
       </c>
       <c r="S42" s="111">
         <v>3199.6989999999996</v>
       </c>
       <c r="T42" s="61">
         <v>2898.4319999999998</v>
       </c>
       <c r="U42" s="61">
         <v>296.94299999999998</v>
       </c>
       <c r="V42" s="61">
         <v>4.3240000000000007</v>
       </c>
     </row>
-    <row r="43" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="16"/>
       <c r="D43" s="17"/>
       <c r="E43" s="17"/>
       <c r="F43" s="117"/>
       <c r="G43" s="80">
         <v>66.325000000000003</v>
       </c>
       <c r="H43" s="61"/>
       <c r="I43" s="61">
         <v>66.325000000000003</v>
       </c>
       <c r="J43" s="79"/>
       <c r="K43" s="80">
         <v>322.44900000000001</v>
       </c>
       <c r="L43" s="61">
         <v>309.78800000000001</v>
       </c>
       <c r="M43" s="61"/>
       <c r="N43" s="79">
         <v>12.661</v>
       </c>
       <c r="O43" s="80">
         <v>19719.97</v>
       </c>
       <c r="P43" s="61">
         <v>19088.576000000001</v>
       </c>
       <c r="Q43" s="61">
         <v>614.08500000000004</v>
       </c>
       <c r="R43" s="61">
         <v>17.309000000000001</v>
       </c>
       <c r="S43" s="111">
         <v>20108.744000000002</v>
       </c>
       <c r="T43" s="61">
         <v>19398.364000000001</v>
       </c>
       <c r="U43" s="61">
         <v>680.41000000000008</v>
       </c>
       <c r="V43" s="61">
         <v>29.97</v>
       </c>
     </row>
-    <row r="44" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="28">
         <v>392.70800000000003</v>
       </c>
       <c r="D44" s="29">
         <v>387.471</v>
       </c>
       <c r="E44" s="29"/>
       <c r="F44" s="118">
         <v>5.2370000000000001</v>
       </c>
       <c r="G44" s="81">
         <v>1471.8420000000001</v>
       </c>
       <c r="H44" s="64">
         <v>327.72800000000001</v>
       </c>
       <c r="I44" s="64">
         <v>1140</v>
       </c>
       <c r="J44" s="82">
         <v>4.1139999999999999</v>
       </c>
@@ -2947,100 +3165,100 @@
       <c r="O44" s="81">
         <v>20174.676000000003</v>
       </c>
       <c r="P44" s="64">
         <v>19571.272000000001</v>
       </c>
       <c r="Q44" s="64">
         <v>527.18700000000001</v>
       </c>
       <c r="R44" s="64">
         <v>76.216999999999999</v>
       </c>
       <c r="S44" s="112">
         <v>24276.074000000004</v>
       </c>
       <c r="T44" s="64">
         <v>22456.895</v>
       </c>
       <c r="U44" s="64">
         <v>1667.1869999999999</v>
       </c>
       <c r="V44" s="64">
         <v>151.99200000000002</v>
       </c>
     </row>
-    <row r="45" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="1"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
     </row>
-    <row r="46" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
     </row>
-    <row r="47" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
     </row>
-    <row r="48" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="8"/>
       <c r="C48" s="122" t="s">
         <v>37</v>
       </c>
       <c r="D48" s="122"/>
       <c r="E48" s="122"/>
-      <c r="F48" s="123"/>
-      <c r="G48" s="121" t="s">
+      <c r="F48" s="124"/>
+      <c r="G48" s="123" t="s">
         <v>38</v>
       </c>
       <c r="H48" s="122"/>
       <c r="I48" s="122"/>
-      <c r="J48" s="123"/>
-      <c r="K48" s="121" t="s">
+      <c r="J48" s="124"/>
+      <c r="K48" s="123" t="s">
         <v>39</v>
       </c>
       <c r="L48" s="122"/>
       <c r="M48" s="122"/>
-      <c r="N48" s="123"/>
-      <c r="O48" s="124" t="s">
+      <c r="N48" s="124"/>
+      <c r="O48" s="121" t="s">
         <v>40</v>
       </c>
       <c r="P48" s="122"/>
       <c r="Q48" s="122"/>
       <c r="R48" s="122"/>
-      <c r="S48" s="126" t="s">
+      <c r="S48" s="125" t="s">
         <v>41</v>
       </c>
       <c r="T48" s="122"/>
       <c r="U48" s="122"/>
       <c r="V48" s="122"/>
     </row>
     <row r="49" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="9"/>
       <c r="C49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="11" t="s">
         <v>25</v>
@@ -3066,76 +3284,76 @@
       <c r="O49" s="71" t="s">
         <v>4</v>
       </c>
       <c r="P49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="Q49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="R49" s="41" t="s">
         <v>5</v>
       </c>
       <c r="S49" s="106" t="s">
         <v>4</v>
       </c>
       <c r="T49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="U49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="V49" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="50" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="65"/>
       <c r="G50" s="72"/>
       <c r="H50" s="44"/>
       <c r="I50" s="44"/>
       <c r="J50" s="119"/>
       <c r="K50" s="72"/>
       <c r="L50" s="44"/>
       <c r="M50" s="44"/>
       <c r="N50" s="119"/>
       <c r="O50" s="72"/>
       <c r="P50" s="44"/>
       <c r="Q50" s="44"/>
       <c r="R50" s="44"/>
       <c r="S50" s="107"/>
       <c r="T50" s="44"/>
       <c r="U50" s="44"/>
       <c r="V50" s="44"/>
     </row>
-    <row r="51" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="16">
         <v>6570.3969999999999</v>
       </c>
       <c r="D51" s="17">
         <v>4195.9470000000001</v>
       </c>
       <c r="E51" s="17">
         <v>2368.2510000000002</v>
       </c>
       <c r="F51" s="113">
         <v>6.1989999999999998</v>
       </c>
       <c r="G51" s="74">
         <v>15849.364</v>
       </c>
       <c r="H51" s="57">
         <v>7211.4340000000002</v>
       </c>
       <c r="I51" s="57">
         <v>8623.4930000000004</v>
       </c>
       <c r="J51" s="75">
@@ -3156,51 +3374,51 @@
       <c r="O51" s="74">
         <v>13285.38</v>
       </c>
       <c r="P51" s="57">
         <v>7206.9759999999997</v>
       </c>
       <c r="Q51" s="57">
         <v>6035.5029999999997</v>
       </c>
       <c r="R51" s="57">
         <v>42.901000000000003</v>
       </c>
       <c r="S51" s="108">
         <v>42547.708999999995</v>
       </c>
       <c r="T51" s="57">
         <v>24422.026999999998</v>
       </c>
       <c r="U51" s="57">
         <v>17369.839</v>
       </c>
       <c r="V51" s="57">
         <v>755.84299999999996</v>
       </c>
     </row>
-    <row r="52" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="16">
         <v>159.286</v>
       </c>
       <c r="D52" s="17">
         <v>130.20099999999999</v>
       </c>
       <c r="E52" s="17">
         <v>28.969000000000001</v>
       </c>
       <c r="F52" s="113">
         <v>0.11600000000000001</v>
       </c>
       <c r="G52" s="74">
         <v>414.22800000000001</v>
       </c>
       <c r="H52" s="57">
         <v>215.69300000000001</v>
       </c>
       <c r="I52" s="57">
         <v>198.47900000000001</v>
       </c>
       <c r="J52" s="75">
@@ -3221,51 +3439,51 @@
       <c r="O52" s="74">
         <v>1418.7059999999999</v>
       </c>
       <c r="P52" s="57">
         <v>353.048</v>
       </c>
       <c r="Q52" s="57">
         <v>1064.7619999999999</v>
       </c>
       <c r="R52" s="57">
         <v>0.89600000000000002</v>
       </c>
       <c r="S52" s="108">
         <v>2146.6679999999997</v>
       </c>
       <c r="T52" s="57">
         <v>842.77600000000007</v>
       </c>
       <c r="U52" s="57">
         <v>1301.902</v>
       </c>
       <c r="V52" s="57">
         <v>1.9900000000000002</v>
       </c>
     </row>
-    <row r="53" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="16">
         <v>3421.7959999999998</v>
       </c>
       <c r="D53" s="17">
         <v>2336.9749999999999</v>
       </c>
       <c r="E53" s="17">
         <v>1080.944</v>
       </c>
       <c r="F53" s="113">
         <v>3.8769999999999998</v>
       </c>
       <c r="G53" s="74">
         <v>8459.2369999999992</v>
       </c>
       <c r="H53" s="57">
         <v>5644.54</v>
       </c>
       <c r="I53" s="57">
         <v>2804.482</v>
       </c>
       <c r="J53" s="75">
@@ -3286,51 +3504,51 @@
       <c r="O53" s="74">
         <v>9484.2180000000008</v>
       </c>
       <c r="P53" s="57">
         <v>5327.9549999999999</v>
       </c>
       <c r="Q53" s="57">
         <v>4120.643</v>
       </c>
       <c r="R53" s="57">
         <v>35.619999999999997</v>
       </c>
       <c r="S53" s="108">
         <v>26489.201000000001</v>
       </c>
       <c r="T53" s="57">
         <v>17481.451999999997</v>
       </c>
       <c r="U53" s="57">
         <v>8295.7799999999988</v>
       </c>
       <c r="V53" s="57">
         <v>711.96899999999994</v>
       </c>
     </row>
-    <row r="54" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="16">
         <v>110.288</v>
       </c>
       <c r="D54" s="17">
         <v>90.867000000000004</v>
       </c>
       <c r="E54" s="17">
         <v>19.356000000000002</v>
       </c>
       <c r="F54" s="113">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G54" s="74">
         <v>372.166</v>
       </c>
       <c r="H54" s="57">
         <v>181.816</v>
       </c>
       <c r="I54" s="57">
         <v>190.32</v>
       </c>
       <c r="J54" s="75">
@@ -3351,51 +3569,51 @@
       <c r="O54" s="74">
         <v>1394.7180000000001</v>
       </c>
       <c r="P54" s="57">
         <v>329.19200000000001</v>
       </c>
       <c r="Q54" s="57">
         <v>1064.7360000000001</v>
       </c>
       <c r="R54" s="57">
         <v>0.79</v>
       </c>
       <c r="S54" s="108">
         <v>1997.2339999999999</v>
       </c>
       <c r="T54" s="57">
         <v>711.904</v>
       </c>
       <c r="U54" s="57">
         <v>1284.0920000000001</v>
       </c>
       <c r="V54" s="57">
         <v>1.238</v>
       </c>
     </row>
-    <row r="55" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="16">
         <v>5268.1660000000002</v>
       </c>
       <c r="D55" s="17">
         <v>129.512</v>
       </c>
       <c r="E55" s="17">
         <v>5138.5649999999996</v>
       </c>
       <c r="F55" s="113">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="G55" s="74">
         <v>18273.025000000001</v>
       </c>
       <c r="H55" s="57">
         <v>3993.6480000000001</v>
       </c>
       <c r="I55" s="57">
         <v>14279.242</v>
       </c>
       <c r="J55" s="75">
@@ -3416,51 +3634,51 @@
       <c r="O55" s="74">
         <v>1095.9770000000001</v>
       </c>
       <c r="P55" s="57">
         <v>490.34899999999999</v>
       </c>
       <c r="Q55" s="57">
         <v>604.45000000000005</v>
       </c>
       <c r="R55" s="57">
         <v>1.1779999999999999</v>
       </c>
       <c r="S55" s="108">
         <v>25488.768</v>
       </c>
       <c r="T55" s="57">
         <v>4988.0050000000001</v>
       </c>
       <c r="U55" s="57">
         <v>20316.163</v>
       </c>
       <c r="V55" s="57">
         <v>184.6</v>
       </c>
     </row>
-    <row r="56" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C56" s="22">
         <v>4743.723</v>
       </c>
       <c r="D56" s="23">
         <v>1970.1379999999999</v>
       </c>
       <c r="E56" s="23">
         <v>2771.7510000000002</v>
       </c>
       <c r="F56" s="114">
         <v>1.8340000000000001</v>
       </c>
       <c r="G56" s="74">
         <v>9087.3140000000003</v>
       </c>
       <c r="H56" s="57">
         <v>2210.3739999999998</v>
       </c>
       <c r="I56" s="57">
         <v>6872.2809999999999</v>
       </c>
       <c r="J56" s="75">
@@ -3481,101 +3699,101 @@
       <c r="O56" s="74">
         <v>5415.1490000000003</v>
       </c>
       <c r="P56" s="57">
         <v>2494.4699999999998</v>
       </c>
       <c r="Q56" s="57">
         <v>2907.4940000000001</v>
       </c>
       <c r="R56" s="57">
         <v>13.185</v>
       </c>
       <c r="S56" s="108">
         <v>22245.79</v>
       </c>
       <c r="T56" s="57">
         <v>8604.9639999999999</v>
       </c>
       <c r="U56" s="57">
         <v>12911.502</v>
       </c>
       <c r="V56" s="57">
         <v>729.32399999999996</v>
       </c>
     </row>
-    <row r="57" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="25"/>
       <c r="D57" s="26"/>
       <c r="E57" s="26"/>
       <c r="F57" s="115"/>
       <c r="G57" s="76"/>
       <c r="H57" s="59"/>
       <c r="I57" s="59"/>
       <c r="J57" s="77"/>
       <c r="K57" s="76"/>
       <c r="L57" s="59"/>
       <c r="M57" s="59"/>
       <c r="N57" s="77"/>
       <c r="O57" s="76"/>
       <c r="P57" s="59"/>
       <c r="Q57" s="59"/>
       <c r="R57" s="59"/>
       <c r="S57" s="109"/>
       <c r="T57" s="59"/>
       <c r="U57" s="59"/>
       <c r="V57" s="59"/>
     </row>
-    <row r="58" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="13"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14"/>
       <c r="F58" s="116"/>
       <c r="G58" s="78"/>
       <c r="H58" s="61"/>
       <c r="I58" s="61"/>
       <c r="J58" s="79"/>
       <c r="K58" s="78"/>
       <c r="L58" s="61"/>
       <c r="M58" s="61"/>
       <c r="N58" s="79"/>
       <c r="O58" s="78"/>
       <c r="P58" s="61"/>
       <c r="Q58" s="61"/>
       <c r="R58" s="61"/>
       <c r="S58" s="110"/>
       <c r="T58" s="61"/>
       <c r="U58" s="61"/>
       <c r="V58" s="61"/>
     </row>
-    <row r="59" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C59" s="16">
         <v>5891.0280000000002</v>
       </c>
       <c r="D59" s="17">
         <v>4175.6660000000002</v>
       </c>
       <c r="E59" s="17">
         <v>1709.232</v>
       </c>
       <c r="F59" s="113">
         <v>6.13</v>
       </c>
       <c r="G59" s="80">
         <v>12878.372000000001</v>
       </c>
       <c r="H59" s="61">
         <v>7211.3220000000001</v>
       </c>
       <c r="I59" s="61">
         <v>5652.6130000000003</v>
       </c>
       <c r="J59" s="79">
@@ -3596,51 +3814,51 @@
       <c r="O59" s="80">
         <v>12996.419</v>
       </c>
       <c r="P59" s="61">
         <v>7170.58</v>
       </c>
       <c r="Q59" s="61">
         <v>5782.9380000000001</v>
       </c>
       <c r="R59" s="61">
         <v>42.901000000000003</v>
       </c>
       <c r="S59" s="111">
         <v>38572.563000000002</v>
       </c>
       <c r="T59" s="61">
         <v>24365.126000000004</v>
       </c>
       <c r="U59" s="61">
         <v>13451.663</v>
       </c>
       <c r="V59" s="61">
         <v>755.774</v>
       </c>
     </row>
-    <row r="60" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="16">
         <v>158.72499999999999</v>
       </c>
       <c r="D60" s="17">
         <v>130.19800000000001</v>
       </c>
       <c r="E60" s="17">
         <v>28.411000000000001</v>
       </c>
       <c r="F60" s="117">
         <v>0.11600000000000001</v>
       </c>
       <c r="G60" s="80">
         <v>413.83499999999998</v>
       </c>
       <c r="H60" s="61">
         <v>215.68899999999999</v>
       </c>
       <c r="I60" s="61">
         <v>198.09</v>
       </c>
       <c r="J60" s="79">
@@ -3661,51 +3879,51 @@
       <c r="O60" s="80">
         <v>1418.6659999999999</v>
       </c>
       <c r="P60" s="61">
         <v>353.00799999999998</v>
       </c>
       <c r="Q60" s="61">
         <v>1064.7619999999999</v>
       </c>
       <c r="R60" s="61">
         <v>0.89600000000000002</v>
       </c>
       <c r="S60" s="111">
         <v>2145.66</v>
       </c>
       <c r="T60" s="61">
         <v>842.72699999999998</v>
       </c>
       <c r="U60" s="61">
         <v>1300.943</v>
       </c>
       <c r="V60" s="61">
         <v>1.9900000000000002</v>
       </c>
     </row>
-    <row r="61" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="16">
         <v>3417.6489999999999</v>
       </c>
       <c r="D61" s="17">
         <v>2336.922</v>
       </c>
       <c r="E61" s="17">
         <v>1076.8510000000001</v>
       </c>
       <c r="F61" s="117">
         <v>3.8759999999999999</v>
       </c>
       <c r="G61" s="80">
         <v>8456.8510000000006</v>
       </c>
       <c r="H61" s="61">
         <v>5644.4560000000001</v>
       </c>
       <c r="I61" s="61">
         <v>2802.18</v>
       </c>
       <c r="J61" s="79">
@@ -3726,51 +3944,51 @@
       <c r="O61" s="80">
         <v>9481.3970000000008</v>
       </c>
       <c r="P61" s="61">
         <v>5327.7460000000001</v>
       </c>
       <c r="Q61" s="61">
         <v>4118.0309999999999</v>
       </c>
       <c r="R61" s="61">
         <v>35.619999999999997</v>
       </c>
       <c r="S61" s="111">
         <v>26479.734</v>
       </c>
       <c r="T61" s="61">
         <v>17481.004000000001</v>
       </c>
       <c r="U61" s="61">
         <v>8286.7619999999988</v>
       </c>
       <c r="V61" s="61">
         <v>711.96799999999996</v>
       </c>
     </row>
-    <row r="62" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="16">
         <v>110.288</v>
       </c>
       <c r="D62" s="17">
         <v>90.867000000000004</v>
       </c>
       <c r="E62" s="17">
         <v>19.356000000000002</v>
       </c>
       <c r="F62" s="117">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G62" s="80">
         <v>372.16699999999997</v>
       </c>
       <c r="H62" s="61">
         <v>181.816</v>
       </c>
       <c r="I62" s="61">
         <v>190.32</v>
       </c>
       <c r="J62" s="79">
@@ -3791,51 +4009,51 @@
       <c r="O62" s="80">
         <v>1394.7180000000001</v>
       </c>
       <c r="P62" s="61">
         <v>329.19200000000001</v>
       </c>
       <c r="Q62" s="61">
         <v>1064.7360000000001</v>
       </c>
       <c r="R62" s="61">
         <v>0.79</v>
       </c>
       <c r="S62" s="111">
         <v>1997.2350000000001</v>
       </c>
       <c r="T62" s="61">
         <v>711.904</v>
       </c>
       <c r="U62" s="61">
         <v>1284.0920000000001</v>
       </c>
       <c r="V62" s="61">
         <v>1.2389999999999999</v>
       </c>
     </row>
-    <row r="63" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="16">
         <v>5268.1660000000002</v>
       </c>
       <c r="D63" s="17">
         <v>129.512</v>
       </c>
       <c r="E63" s="17">
         <v>5138.5649999999996</v>
       </c>
       <c r="F63" s="117">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="G63" s="80">
         <v>8823.8540000000012</v>
       </c>
       <c r="H63" s="61">
         <v>3993.6480000000001</v>
       </c>
       <c r="I63" s="61">
         <v>4830.0709999999999</v>
       </c>
       <c r="J63" s="79">
@@ -3856,51 +4074,51 @@
       <c r="O63" s="80">
         <v>1095.9770000000001</v>
       </c>
       <c r="P63" s="61">
         <v>490.34899999999999</v>
       </c>
       <c r="Q63" s="61">
         <v>604.45000000000005</v>
       </c>
       <c r="R63" s="61">
         <v>1.1779999999999999</v>
       </c>
       <c r="S63" s="111">
         <v>16039.597000000002</v>
       </c>
       <c r="T63" s="61">
         <v>4988.0050000000001</v>
       </c>
       <c r="U63" s="61">
         <v>10866.992</v>
       </c>
       <c r="V63" s="61">
         <v>184.6</v>
       </c>
     </row>
-    <row r="64" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C64" s="28">
         <v>4084.6869999999999</v>
       </c>
       <c r="D64" s="29">
         <v>1970.12</v>
       </c>
       <c r="E64" s="29">
         <v>2112.732</v>
       </c>
       <c r="F64" s="118">
         <v>1.835</v>
       </c>
       <c r="G64" s="81">
         <v>6322.3619999999992</v>
       </c>
       <c r="H64" s="64">
         <v>2210.346</v>
       </c>
       <c r="I64" s="64">
         <v>4107.357</v>
       </c>
       <c r="J64" s="82">
@@ -3921,100 +4139,100 @@
       <c r="O64" s="81">
         <v>5123.9490000000005</v>
       </c>
       <c r="P64" s="64">
         <v>2454.9380000000001</v>
       </c>
       <c r="Q64" s="64">
         <v>2655.826</v>
       </c>
       <c r="R64" s="64">
         <v>13.185</v>
       </c>
       <c r="S64" s="112">
         <v>18492.701999999997</v>
       </c>
       <c r="T64" s="64">
         <v>8565.3700000000008</v>
       </c>
       <c r="U64" s="64">
         <v>9198.0069999999996</v>
       </c>
       <c r="V64" s="64">
         <v>729.32499999999993</v>
       </c>
     </row>
-    <row r="65" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="1"/>
       <c r="C65" s="6"/>
       <c r="D65" s="6"/>
       <c r="E65" s="6"/>
       <c r="F65" s="6"/>
     </row>
-    <row r="66" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="1"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
     </row>
-    <row r="67" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="6"/>
     </row>
-    <row r="68" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="8"/>
       <c r="C68" s="122" t="s">
         <v>31</v>
       </c>
       <c r="D68" s="122"/>
       <c r="E68" s="122"/>
       <c r="F68" s="122"/>
-      <c r="G68" s="121" t="s">
+      <c r="G68" s="123" t="s">
         <v>32</v>
       </c>
       <c r="H68" s="122"/>
       <c r="I68" s="122"/>
       <c r="J68" s="122"/>
-      <c r="K68" s="124" t="s">
+      <c r="K68" s="121" t="s">
         <v>33</v>
       </c>
       <c r="L68" s="122"/>
       <c r="M68" s="122"/>
       <c r="N68" s="122"/>
-      <c r="O68" s="124" t="s">
+      <c r="O68" s="121" t="s">
         <v>35</v>
       </c>
       <c r="P68" s="122"/>
       <c r="Q68" s="122"/>
       <c r="R68" s="122"/>
-      <c r="S68" s="126" t="s">
+      <c r="S68" s="125" t="s">
         <v>36</v>
       </c>
       <c r="T68" s="122"/>
       <c r="U68" s="122"/>
       <c r="V68" s="122"/>
     </row>
     <row r="69" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="9"/>
       <c r="C69" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H69" s="11" t="s">
         <v>25</v>
@@ -4040,76 +4258,76 @@
       <c r="O69" s="71" t="s">
         <v>4</v>
       </c>
       <c r="P69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="Q69" s="11" t="s">
         <v>26</v>
       </c>
       <c r="R69" s="41" t="s">
         <v>5</v>
       </c>
       <c r="S69" s="106" t="s">
         <v>4</v>
       </c>
       <c r="T69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="U69" s="11" t="s">
         <v>26</v>
       </c>
       <c r="V69" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="70" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C70" s="13"/>
       <c r="D70" s="14"/>
       <c r="E70" s="14"/>
       <c r="F70" s="14"/>
       <c r="G70" s="72"/>
       <c r="H70" s="44"/>
       <c r="I70" s="44"/>
       <c r="J70" s="44"/>
       <c r="K70" s="72"/>
       <c r="L70" s="44"/>
       <c r="M70" s="44"/>
       <c r="N70" s="44"/>
       <c r="O70" s="72"/>
       <c r="P70" s="44"/>
       <c r="Q70" s="44"/>
       <c r="R70" s="44"/>
       <c r="S70" s="107"/>
       <c r="T70" s="44"/>
       <c r="U70" s="44"/>
       <c r="V70" s="44"/>
     </row>
-    <row r="71" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="16">
         <v>23995.491000000002</v>
       </c>
       <c r="D71" s="17">
         <v>7692.4120000000003</v>
       </c>
       <c r="E71" s="17">
         <v>16297.608</v>
       </c>
       <c r="F71" s="84">
         <v>5.4710000000000001</v>
       </c>
       <c r="G71" s="74">
         <v>12051.621999999999</v>
       </c>
       <c r="H71" s="57">
         <v>5228.2139999999999</v>
       </c>
       <c r="I71" s="57">
         <v>6822.92</v>
       </c>
       <c r="J71" s="57">
@@ -4130,51 +4348,51 @@
       <c r="O71" s="74">
         <v>57062.072999999997</v>
       </c>
       <c r="P71" s="57">
         <v>47403.373</v>
       </c>
       <c r="Q71" s="57">
         <v>9296.9419999999991</v>
       </c>
       <c r="R71" s="57">
         <v>361.75799999999998</v>
       </c>
       <c r="S71" s="108">
         <v>157871.277</v>
       </c>
       <c r="T71" s="57">
         <v>114354.751</v>
       </c>
       <c r="U71" s="57">
         <v>42963.921999999999</v>
       </c>
       <c r="V71" s="57">
         <v>552.60400000000004</v>
       </c>
     </row>
-    <row r="72" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C72" s="16">
         <v>1011.66</v>
       </c>
       <c r="D72" s="17">
         <v>478.17700000000002</v>
       </c>
       <c r="E72" s="17">
         <v>533.303</v>
       </c>
       <c r="F72" s="84">
         <v>0.18</v>
       </c>
       <c r="G72" s="74">
         <v>605.13699999999994</v>
       </c>
       <c r="H72" s="57">
         <v>458.32499999999999</v>
       </c>
       <c r="I72" s="57">
         <v>146.81100000000001</v>
       </c>
       <c r="J72" s="57">
@@ -4195,51 +4413,51 @@
       <c r="O72" s="74">
         <v>3063.761</v>
       </c>
       <c r="P72" s="57">
         <v>2736.8919999999998</v>
       </c>
       <c r="Q72" s="57">
         <v>294.25599999999997</v>
       </c>
       <c r="R72" s="57">
         <v>32.613</v>
       </c>
       <c r="S72" s="108">
         <v>6536.9040000000005</v>
       </c>
       <c r="T72" s="57">
         <v>5511.8559999999998</v>
       </c>
       <c r="U72" s="57">
         <v>986.54700000000003</v>
       </c>
       <c r="V72" s="57">
         <v>38.5</v>
       </c>
     </row>
-    <row r="73" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="16">
         <v>11902.003000000001</v>
       </c>
       <c r="D73" s="17">
         <v>6305.5320000000002</v>
       </c>
       <c r="E73" s="17">
         <v>5592.3130000000001</v>
       </c>
       <c r="F73" s="84">
         <v>4.1589999999999998</v>
       </c>
       <c r="G73" s="74">
         <v>10080.706</v>
       </c>
       <c r="H73" s="57">
         <v>4895.37</v>
       </c>
       <c r="I73" s="57">
         <v>5184.9769999999999</v>
       </c>
       <c r="J73" s="57">
@@ -4260,51 +4478,51 @@
       <c r="O73" s="74">
         <v>47211.266000000003</v>
       </c>
       <c r="P73" s="57">
         <v>40032.108999999997</v>
       </c>
       <c r="Q73" s="57">
         <v>6959.3890000000001</v>
       </c>
       <c r="R73" s="57">
         <v>219.768</v>
       </c>
       <c r="S73" s="108">
         <v>105095.431</v>
       </c>
       <c r="T73" s="57">
         <v>82895.282999999996</v>
       </c>
       <c r="U73" s="57">
         <v>21867.537</v>
       </c>
       <c r="V73" s="57">
         <v>332.61099999999999</v>
       </c>
     </row>
-    <row r="74" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="16">
         <v>794.42200000000003</v>
       </c>
       <c r="D74" s="17">
         <v>476.23599999999999</v>
       </c>
       <c r="E74" s="17">
         <v>318.04599999999999</v>
       </c>
       <c r="F74" s="84">
         <v>0.13900000000000001</v>
       </c>
       <c r="G74" s="74">
         <v>601.49</v>
       </c>
       <c r="H74" s="57">
         <v>456.99799999999999</v>
       </c>
       <c r="I74" s="57">
         <v>144.49299999999999</v>
       </c>
       <c r="J74" s="57">
@@ -4325,51 +4543,51 @@
       <c r="O74" s="74">
         <v>2891.7730000000001</v>
       </c>
       <c r="P74" s="57">
         <v>2567.9259999999999</v>
       </c>
       <c r="Q74" s="57">
         <v>291.608</v>
       </c>
       <c r="R74" s="57">
         <v>32.238999999999997</v>
       </c>
       <c r="S74" s="108">
         <v>6142.875</v>
       </c>
       <c r="T74" s="57">
         <v>5338.4759999999997</v>
       </c>
       <c r="U74" s="57">
         <v>766.31299999999999</v>
       </c>
       <c r="V74" s="57">
         <v>38.085999999999999</v>
       </c>
     </row>
-    <row r="75" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="16">
         <v>9666.9660000000003</v>
       </c>
       <c r="D75" s="17">
         <v>3725.1979999999999</v>
       </c>
       <c r="E75" s="17">
         <v>5941.6040000000003</v>
       </c>
       <c r="F75" s="84">
         <v>0.16400000000000001</v>
       </c>
       <c r="G75" s="74">
         <v>2664.6030000000001</v>
       </c>
       <c r="H75" s="57">
         <v>53.110999999999997</v>
       </c>
       <c r="I75" s="57">
         <v>2611.4920000000002</v>
       </c>
       <c r="J75" s="57">
@@ -4390,51 +4608,51 @@
       <c r="O75" s="74">
         <v>12981.528</v>
       </c>
       <c r="P75" s="57">
         <v>7084.6679999999997</v>
       </c>
       <c r="Q75" s="57">
         <v>5893.0190000000002</v>
       </c>
       <c r="R75" s="57">
         <v>3.8410000000000002</v>
       </c>
       <c r="S75" s="108">
         <v>41802.857000000004</v>
       </c>
       <c r="T75" s="57">
         <v>19625.195</v>
       </c>
       <c r="U75" s="57">
         <v>22142.350999999999</v>
       </c>
       <c r="V75" s="57">
         <v>35.31</v>
       </c>
     </row>
-    <row r="76" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C76" s="22">
         <v>15143.352999999999</v>
       </c>
       <c r="D76" s="23">
         <v>2696.8029999999999</v>
       </c>
       <c r="E76" s="23">
         <v>12444.513999999999</v>
       </c>
       <c r="F76" s="88">
         <v>2.036</v>
       </c>
       <c r="G76" s="74">
         <v>6114.701</v>
       </c>
       <c r="H76" s="57">
         <v>1498.3409999999999</v>
       </c>
       <c r="I76" s="57">
         <v>4616.2309999999998</v>
       </c>
       <c r="J76" s="57">
@@ -4455,101 +4673,101 @@
       <c r="O76" s="74">
         <v>22285.131000000001</v>
       </c>
       <c r="P76" s="57">
         <v>16953.457999999999</v>
       </c>
       <c r="Q76" s="57">
         <v>5178.1130000000003</v>
       </c>
       <c r="R76" s="57">
         <v>153.559</v>
       </c>
       <c r="S76" s="108">
         <v>76429.206000000006</v>
       </c>
       <c r="T76" s="57">
         <v>43993.432999999997</v>
       </c>
       <c r="U76" s="57">
         <v>32201.746999999999</v>
       </c>
       <c r="V76" s="57">
         <v>234.02600000000001</v>
       </c>
     </row>
-    <row r="77" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="25"/>
       <c r="D77" s="26"/>
       <c r="E77" s="26"/>
       <c r="F77" s="92"/>
       <c r="G77" s="76"/>
       <c r="H77" s="59"/>
       <c r="I77" s="59"/>
       <c r="J77" s="59"/>
       <c r="K77" s="76"/>
       <c r="L77" s="59"/>
       <c r="M77" s="59"/>
       <c r="N77" s="59"/>
       <c r="O77" s="76"/>
       <c r="P77" s="59"/>
       <c r="Q77" s="59"/>
       <c r="R77" s="59"/>
       <c r="S77" s="109"/>
       <c r="T77" s="59"/>
       <c r="U77" s="59"/>
       <c r="V77" s="59"/>
     </row>
-    <row r="78" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="13"/>
       <c r="D78" s="14"/>
       <c r="E78" s="14"/>
       <c r="F78" s="96"/>
       <c r="G78" s="78"/>
       <c r="H78" s="61"/>
       <c r="I78" s="61"/>
       <c r="J78" s="61"/>
       <c r="K78" s="78"/>
       <c r="L78" s="61"/>
       <c r="M78" s="61"/>
       <c r="N78" s="61"/>
       <c r="O78" s="78"/>
       <c r="P78" s="61"/>
       <c r="Q78" s="61"/>
       <c r="R78" s="61"/>
       <c r="S78" s="110"/>
       <c r="T78" s="61"/>
       <c r="U78" s="61"/>
       <c r="V78" s="61"/>
     </row>
-    <row r="79" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C79" s="16">
         <v>14641.441999999999</v>
       </c>
       <c r="D79" s="17">
         <v>7692.3469999999998</v>
       </c>
       <c r="E79" s="17">
         <v>6943.625</v>
       </c>
       <c r="F79" s="84">
         <v>5.4710000000000001</v>
       </c>
       <c r="G79" s="80">
         <v>11727.868</v>
       </c>
       <c r="H79" s="61">
         <v>5228.2139999999999</v>
       </c>
       <c r="I79" s="61">
         <v>6499.1660000000002</v>
       </c>
       <c r="J79" s="61">
@@ -4570,51 +4788,51 @@
       <c r="O79" s="80">
         <v>57061.707000000002</v>
       </c>
       <c r="P79" s="61">
         <v>47403.006999999998</v>
       </c>
       <c r="Q79" s="61">
         <v>9296.9419999999991</v>
       </c>
       <c r="R79" s="61">
         <v>361.75799999999998</v>
       </c>
       <c r="S79" s="111">
         <v>143482.83499999999</v>
       </c>
       <c r="T79" s="61">
         <v>114353.901</v>
       </c>
       <c r="U79" s="61">
         <v>28576.33</v>
       </c>
       <c r="V79" s="61">
         <v>552.60400000000004</v>
       </c>
     </row>
-    <row r="80" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="16">
         <v>803.83699999999999</v>
       </c>
       <c r="D80" s="17">
         <v>478.17700000000002</v>
       </c>
       <c r="E80" s="17">
         <v>325.48</v>
       </c>
       <c r="F80" s="100">
         <v>0.18</v>
       </c>
       <c r="G80" s="80">
         <v>605.08699999999999</v>
       </c>
       <c r="H80" s="61">
         <v>458.32499999999999</v>
       </c>
       <c r="I80" s="61">
         <v>146.762</v>
       </c>
       <c r="J80" s="61">
@@ -4635,51 +4853,51 @@
       <c r="O80" s="80">
         <v>3063.76</v>
       </c>
       <c r="P80" s="61">
         <v>2736.8910000000001</v>
       </c>
       <c r="Q80" s="61">
         <v>294.25599999999997</v>
       </c>
       <c r="R80" s="61">
         <v>32.613</v>
       </c>
       <c r="S80" s="111">
         <v>6329.0069999999996</v>
       </c>
       <c r="T80" s="61">
         <v>5511.8429999999998</v>
       </c>
       <c r="U80" s="61">
         <v>778.66399999999999</v>
       </c>
       <c r="V80" s="61">
         <v>38.5</v>
       </c>
     </row>
-    <row r="81" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="16">
         <v>11902.003000000001</v>
       </c>
       <c r="D81" s="17">
         <v>6305.5309999999999</v>
       </c>
       <c r="E81" s="17">
         <v>5592.3130000000001</v>
       </c>
       <c r="F81" s="100">
         <v>4.1589999999999998</v>
       </c>
       <c r="G81" s="80">
         <v>10073.316999999999</v>
       </c>
       <c r="H81" s="61">
         <v>4895.37</v>
       </c>
       <c r="I81" s="61">
         <v>5177.5870000000004</v>
       </c>
       <c r="J81" s="61">
@@ -4700,51 +4918,51 @@
       <c r="O81" s="80">
         <v>47211.249000000003</v>
       </c>
       <c r="P81" s="61">
         <v>40032.093000000001</v>
       </c>
       <c r="Q81" s="61">
         <v>6959.3890000000001</v>
       </c>
       <c r="R81" s="61">
         <v>219.768</v>
       </c>
       <c r="S81" s="111">
         <v>105081.406</v>
       </c>
       <c r="T81" s="61">
         <v>82895.021999999997</v>
       </c>
       <c r="U81" s="61">
         <v>21853.772000000001</v>
       </c>
       <c r="V81" s="61">
         <v>332.61099999999999</v>
       </c>
     </row>
-    <row r="82" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="16">
         <v>794.42200000000003</v>
       </c>
       <c r="D82" s="17">
         <v>476.23599999999999</v>
       </c>
       <c r="E82" s="17">
         <v>318.04599999999999</v>
       </c>
       <c r="F82" s="100">
         <v>0.13900000000000001</v>
       </c>
       <c r="G82" s="80">
         <v>601.49</v>
       </c>
       <c r="H82" s="61">
         <v>456.99799999999999</v>
       </c>
       <c r="I82" s="61">
         <v>144.49299999999999</v>
       </c>
       <c r="J82" s="61">
@@ -4765,51 +4983,51 @@
       <c r="O82" s="80">
         <v>2891.7730000000001</v>
       </c>
       <c r="P82" s="61">
         <v>2567.9259999999999</v>
       </c>
       <c r="Q82" s="61">
         <v>291.608</v>
       </c>
       <c r="R82" s="61">
         <v>32.238999999999997</v>
       </c>
       <c r="S82" s="111">
         <v>6142.875</v>
       </c>
       <c r="T82" s="61">
         <v>5338.4759999999997</v>
       </c>
       <c r="U82" s="61">
         <v>766.31299999999999</v>
       </c>
       <c r="V82" s="61">
         <v>38.085999999999999</v>
       </c>
     </row>
-    <row r="83" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="16">
         <v>9666.8889999999992</v>
       </c>
       <c r="D83" s="17">
         <v>3725.1210000000001</v>
       </c>
       <c r="E83" s="17">
         <v>5941.6040000000003</v>
       </c>
       <c r="F83" s="100">
         <v>0.16400000000000001</v>
       </c>
       <c r="G83" s="80">
         <v>2664.6030000000001</v>
       </c>
       <c r="H83" s="61">
         <v>53.110999999999997</v>
       </c>
       <c r="I83" s="61">
         <v>2611.4920000000002</v>
       </c>
       <c r="J83" s="61">
@@ -4830,51 +5048,51 @@
       <c r="O83" s="80">
         <v>12981.504000000001</v>
       </c>
       <c r="P83" s="61">
         <v>7084.6450000000004</v>
       </c>
       <c r="Q83" s="61">
         <v>5893.0190000000002</v>
       </c>
       <c r="R83" s="61">
         <v>3.8410000000000002</v>
       </c>
       <c r="S83" s="111">
         <v>38459.616000000002</v>
       </c>
       <c r="T83" s="61">
         <v>19625.095000000001</v>
       </c>
       <c r="U83" s="61">
         <v>18799.210999999999</v>
       </c>
       <c r="V83" s="61">
         <v>35.31</v>
       </c>
     </row>
-    <row r="84" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C84" s="28">
         <v>5673.0050000000001</v>
       </c>
       <c r="D84" s="29">
         <v>2696.748</v>
       </c>
       <c r="E84" s="29">
         <v>2974.22</v>
       </c>
       <c r="F84" s="105">
         <v>2.036</v>
       </c>
       <c r="G84" s="81">
         <v>5808.2950000000001</v>
       </c>
       <c r="H84" s="64">
         <v>1498.3409999999999</v>
       </c>
       <c r="I84" s="64">
         <v>4309.8249999999998</v>
       </c>
       <c r="J84" s="64">
@@ -4895,107 +5113,107 @@
       <c r="O84" s="81">
         <v>22285.075000000001</v>
       </c>
       <c r="P84" s="64">
         <v>16953.402999999998</v>
       </c>
       <c r="Q84" s="64">
         <v>5178.1130000000003</v>
       </c>
       <c r="R84" s="64">
         <v>153.559</v>
       </c>
       <c r="S84" s="112">
         <v>61926.231</v>
       </c>
       <c r="T84" s="64">
         <v>43993.241000000002</v>
       </c>
       <c r="U84" s="64">
         <v>17698.964</v>
       </c>
       <c r="V84" s="64">
         <v>234.02600000000001</v>
       </c>
     </row>
-    <row r="85" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="1"/>
       <c r="C85" s="6"/>
       <c r="D85" s="6"/>
       <c r="E85" s="6"/>
       <c r="F85" s="6"/>
     </row>
-    <row r="86" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="1"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6"/>
       <c r="E86" s="6"/>
       <c r="F86" s="6"/>
     </row>
     <row r="87" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B87" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6"/>
       <c r="E87" s="6"/>
       <c r="F87" s="6"/>
     </row>
     <row r="88" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="8"/>
       <c r="C88" s="122" t="s">
         <v>19</v>
       </c>
       <c r="D88" s="122"/>
       <c r="E88" s="122"/>
-      <c r="F88" s="123"/>
-      <c r="G88" s="121" t="s">
+      <c r="F88" s="124"/>
+      <c r="G88" s="123" t="s">
         <v>27</v>
       </c>
       <c r="H88" s="122"/>
       <c r="I88" s="122"/>
-      <c r="J88" s="123"/>
-      <c r="K88" s="124" t="s">
+      <c r="J88" s="124"/>
+      <c r="K88" s="121" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="122"/>
       <c r="M88" s="122"/>
       <c r="N88" s="122"/>
-      <c r="O88" s="124" t="s">
+      <c r="O88" s="121" t="s">
         <v>29</v>
       </c>
       <c r="P88" s="122"/>
       <c r="Q88" s="122"/>
-      <c r="R88" s="125"/>
+      <c r="R88" s="126"/>
       <c r="S88" s="122" t="s">
         <v>30</v>
       </c>
       <c r="T88" s="122"/>
       <c r="U88" s="122"/>
       <c r="V88" s="122"/>
     </row>
-    <row r="89" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:22" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B89" s="9"/>
       <c r="C89" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G89" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H89" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I89" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="42" t="s">
         <v>5</v>
       </c>
@@ -5918,76 +6136,76 @@
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="6"/>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
       <c r="Q107" s="6"/>
       <c r="R107" s="6"/>
       <c r="S107" s="6"/>
       <c r="T107" s="6"/>
       <c r="U107" s="6"/>
       <c r="V107" s="6"/>
     </row>
     <row r="108" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="8"/>
       <c r="C108" s="122" t="s">
         <v>20</v>
       </c>
       <c r="D108" s="122"/>
       <c r="E108" s="122"/>
       <c r="F108" s="122"/>
-      <c r="G108" s="124" t="s">
+      <c r="G108" s="121" t="s">
         <v>21</v>
       </c>
       <c r="H108" s="122"/>
       <c r="I108" s="122"/>
       <c r="J108" s="122"/>
-      <c r="K108" s="124" t="s">
+      <c r="K108" s="121" t="s">
         <v>22</v>
       </c>
       <c r="L108" s="122"/>
       <c r="M108" s="122"/>
       <c r="N108" s="122"/>
-      <c r="O108" s="124" t="s">
+      <c r="O108" s="121" t="s">
         <v>23</v>
       </c>
       <c r="P108" s="122"/>
       <c r="Q108" s="122"/>
-      <c r="R108" s="125"/>
+      <c r="R108" s="126"/>
       <c r="S108" s="122" t="s">
         <v>24</v>
       </c>
       <c r="T108" s="122"/>
       <c r="U108" s="122"/>
       <c r="V108" s="122"/>
     </row>
-    <row r="109" spans="1:23" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:23" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B109" s="9"/>
       <c r="C109" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I109" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="42" t="s">
         <v>5</v>
       </c>
@@ -6893,115 +7111,115 @@
     <row r="125" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="6"/>
       <c r="C125" s="6"/>
       <c r="D125" s="6"/>
       <c r="E125" s="6"/>
       <c r="F125" s="6"/>
     </row>
     <row r="126" spans="1:22" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B126" s="32" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="33"/>
       <c r="D126" s="33"/>
       <c r="E126" s="33"/>
       <c r="F126" s="33"/>
     </row>
     <row r="127" spans="1:22" s="31" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="37" t="s">
         <v>15</v>
       </c>
       <c r="C127" s="37"/>
       <c r="D127" s="37"/>
       <c r="E127" s="37"/>
       <c r="F127" s="37"/>
     </row>
-    <row r="128" spans="1:22" s="31" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:22" s="31" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B128" s="34" t="s">
         <v>16</v>
       </c>
       <c r="C128" s="35"/>
       <c r="D128" s="35"/>
       <c r="E128" s="35"/>
       <c r="F128" s="36"/>
     </row>
     <row r="129" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B129" s="40" t="s">
         <v>17</v>
       </c>
       <c r="C129" s="33"/>
       <c r="D129" s="33"/>
       <c r="E129" s="33"/>
       <c r="F129" s="33"/>
     </row>
-    <row r="130" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="6"/>
       <c r="C130" s="6"/>
       <c r="D130" s="6"/>
       <c r="E130" s="6"/>
       <c r="F130" s="6"/>
     </row>
-    <row r="131" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C131" s="6"/>
       <c r="D131" s="6"/>
       <c r="E131" s="6"/>
       <c r="F131" s="6"/>
     </row>
-    <row r="132" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="134" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="20"/>
       <c r="B134"/>
     </row>
-    <row r="135" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...10 lines deleted...]
-    <row r="146" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="2"/>
     </row>
-    <row r="147" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="2"/>
     </row>
-    <row r="148" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="149" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="2"/>
     </row>
-    <row r="150" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="20"/>
     </row>
-    <row r="151" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="160" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="2"/>
     </row>
     <row r="161" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="2"/>
     </row>
     <row r="163" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="2"/>
     </row>
     <row r="164" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="20"/>
     </row>
     <row r="188" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="39"/>
     </row>
     <row r="189" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="39"/>
     </row>
     <row r="190" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="39"/>
     </row>
     <row r="191" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="39"/>
     </row>
     <row r="192" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -7385,191 +7603,193 @@
     <row r="318" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="39"/>
     </row>
     <row r="319" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="39"/>
     </row>
     <row r="320" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="39"/>
     </row>
     <row r="321" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="39"/>
     </row>
     <row r="322" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="39"/>
     </row>
     <row r="323" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="39"/>
     </row>
     <row r="324" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="39"/>
     </row>
     <row r="325" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="39"/>
     </row>
   </sheetData>
-  <mergeCells count="28">
-    <mergeCell ref="K8:N8"/>
+  <mergeCells count="30">
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="S28:V28"/>
+    <mergeCell ref="C48:F48"/>
     <mergeCell ref="C68:F68"/>
     <mergeCell ref="K28:N28"/>
     <mergeCell ref="S48:V48"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="S68:V68"/>
     <mergeCell ref="G48:J48"/>
     <mergeCell ref="G68:J68"/>
     <mergeCell ref="K68:N68"/>
     <mergeCell ref="K48:N48"/>
     <mergeCell ref="O48:R48"/>
     <mergeCell ref="O28:R28"/>
-    <mergeCell ref="G8:J8"/>
-    <mergeCell ref="S108:V108"/>
     <mergeCell ref="C88:F88"/>
     <mergeCell ref="C108:F108"/>
     <mergeCell ref="G108:J108"/>
     <mergeCell ref="K108:N108"/>
     <mergeCell ref="O108:R108"/>
     <mergeCell ref="G88:J88"/>
     <mergeCell ref="K88:N88"/>
     <mergeCell ref="O88:R88"/>
-    <mergeCell ref="S88:V88"/>
-[...2 lines deleted...]
-    <mergeCell ref="C48:F48"/>
     <mergeCell ref="O68:R68"/>
     <mergeCell ref="G28:J28"/>
+    <mergeCell ref="O8:R8"/>
+    <mergeCell ref="S8:V8"/>
+    <mergeCell ref="S108:V108"/>
+    <mergeCell ref="S88:V88"/>
+    <mergeCell ref="K8:N8"/>
+    <mergeCell ref="G8:J8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B129" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{799240C9-126E-4E0A-B74C-609CFD8ACEF0}">
   <sheetPr codeName="List2"/>
   <dimension ref="A1:W265"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="22" width="11.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="71.6640625" style="2" customWidth="1"/>
+    <col min="3" max="22" width="11.6640625" style="2" customWidth="1"/>
     <col min="23" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1" s="3"/>
       <c r="F1" s="4"/>
     </row>
-    <row r="2" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
     </row>
-    <row r="3" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
     </row>
-    <row r="4" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
     </row>
-    <row r="5" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
     </row>
-    <row r="6" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
     </row>
-    <row r="7" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
     </row>
-    <row r="8" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="8"/>
       <c r="C8" s="122" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="122"/>
       <c r="E8" s="122"/>
       <c r="F8" s="122"/>
-      <c r="G8" s="121" t="s">
+      <c r="G8" s="123" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="122"/>
       <c r="I8" s="122"/>
       <c r="J8" s="122"/>
-      <c r="K8" s="124" t="s">
+      <c r="K8" s="121" t="s">
         <v>33</v>
       </c>
       <c r="L8" s="122"/>
       <c r="M8" s="122"/>
       <c r="N8" s="122"/>
-      <c r="O8" s="124" t="s">
+      <c r="O8" s="121" t="s">
         <v>35</v>
       </c>
       <c r="P8" s="122"/>
       <c r="Q8" s="122"/>
       <c r="R8" s="122"/>
-      <c r="S8" s="126" t="s">
+      <c r="S8" s="125" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="122"/>
       <c r="U8" s="122"/>
       <c r="V8" s="122"/>
     </row>
-    <row r="9" spans="2:22" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:22" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B9" s="9"/>
       <c r="C9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="42" t="s">
         <v>5</v>
       </c>
@@ -7588,76 +7808,76 @@
       <c r="O9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="P9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="Q9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="R9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="S9" s="106" t="s">
         <v>4</v>
       </c>
       <c r="T9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="U9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="V9" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="72"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
       <c r="J10" s="44"/>
       <c r="K10" s="72"/>
       <c r="L10" s="44"/>
       <c r="M10" s="44"/>
       <c r="N10" s="44"/>
       <c r="O10" s="72"/>
       <c r="P10" s="44"/>
       <c r="Q10" s="44"/>
       <c r="R10" s="44"/>
       <c r="S10" s="107"/>
       <c r="T10" s="44"/>
       <c r="U10" s="44"/>
       <c r="V10" s="44"/>
     </row>
-    <row r="11" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="16">
         <v>180794.027</v>
       </c>
       <c r="D11" s="17">
         <v>57958.48</v>
       </c>
       <c r="E11" s="17">
         <v>122794.32399999999</v>
       </c>
       <c r="F11" s="84">
         <v>41.222999999999999</v>
       </c>
       <c r="G11" s="74">
         <v>90802.947</v>
       </c>
       <c r="H11" s="57">
         <v>39391.978999999999</v>
       </c>
       <c r="I11" s="57">
         <v>51407.294000000002</v>
       </c>
       <c r="J11" s="57">
@@ -7678,51 +7898,51 @@
       <c r="O11" s="74">
         <v>429934.19099999999</v>
       </c>
       <c r="P11" s="57">
         <v>357160.71600000001</v>
       </c>
       <c r="Q11" s="57">
         <v>70047.805999999997</v>
       </c>
       <c r="R11" s="57">
         <v>2725.6689999999999</v>
       </c>
       <c r="S11" s="108">
         <v>1189481.1379999998</v>
       </c>
       <c r="T11" s="57">
         <v>861605.87</v>
       </c>
       <c r="U11" s="57">
         <v>323711.67099999997</v>
       </c>
       <c r="V11" s="57">
         <v>4163.5959999999995</v>
       </c>
     </row>
-    <row r="12" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="16">
         <v>7622.3549999999996</v>
       </c>
       <c r="D12" s="17">
         <v>3602.8240000000001</v>
       </c>
       <c r="E12" s="17">
         <v>4018.174</v>
       </c>
       <c r="F12" s="84">
         <v>1.357</v>
       </c>
       <c r="G12" s="74">
         <v>4559.4009999999998</v>
       </c>
       <c r="H12" s="57">
         <v>3453.2530000000002</v>
       </c>
       <c r="I12" s="57">
         <v>1106.1479999999999</v>
       </c>
       <c r="J12" s="57">
@@ -7743,51 +7963,51 @@
       <c r="O12" s="74">
         <v>23083.908000000003</v>
       </c>
       <c r="P12" s="57">
         <v>20621.114000000001</v>
       </c>
       <c r="Q12" s="57">
         <v>2217.0729999999999</v>
       </c>
       <c r="R12" s="57">
         <v>245.721</v>
       </c>
       <c r="S12" s="108">
         <v>49252.301000000007</v>
       </c>
       <c r="T12" s="57">
         <v>41529.08</v>
       </c>
       <c r="U12" s="57">
         <v>7433.1409999999996</v>
       </c>
       <c r="V12" s="57">
         <v>290.08100000000002</v>
       </c>
     </row>
-    <row r="13" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="16">
         <v>89675.645000000004</v>
       </c>
       <c r="D13" s="17">
         <v>47509.029000000002</v>
       </c>
       <c r="E13" s="17">
         <v>42135.28</v>
       </c>
       <c r="F13" s="84">
         <v>31.335999999999999</v>
       </c>
       <c r="G13" s="74">
         <v>75953.081999999995</v>
       </c>
       <c r="H13" s="57">
         <v>36884.167000000001</v>
       </c>
       <c r="I13" s="57">
         <v>39066.205999999998</v>
       </c>
       <c r="J13" s="57">
@@ -7808,51 +8028,51 @@
       <c r="O13" s="74">
         <v>355713.28200000006</v>
       </c>
       <c r="P13" s="57">
         <v>301621.92700000003</v>
       </c>
       <c r="Q13" s="57">
         <v>52435.514000000003</v>
       </c>
       <c r="R13" s="57">
         <v>1655.8409999999999</v>
       </c>
       <c r="S13" s="108">
         <v>791841.52600000007</v>
       </c>
       <c r="T13" s="57">
         <v>624574.51100000006</v>
       </c>
       <c r="U13" s="57">
         <v>164760.95500000002</v>
       </c>
       <c r="V13" s="57">
         <v>2506.06</v>
       </c>
     </row>
-    <row r="14" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="16">
         <v>5985.5730000000003</v>
       </c>
       <c r="D14" s="17">
         <v>3588.201</v>
       </c>
       <c r="E14" s="17">
         <v>2396.3209999999999</v>
       </c>
       <c r="F14" s="84">
         <v>1.0509999999999999</v>
       </c>
       <c r="G14" s="74">
         <v>4531.9269999999997</v>
       </c>
       <c r="H14" s="57">
         <v>3443.248</v>
       </c>
       <c r="I14" s="57">
         <v>1088.6790000000001</v>
       </c>
       <c r="J14" s="57">
@@ -7873,51 +8093,51 @@
       <c r="O14" s="74">
         <v>21788.064999999999</v>
       </c>
       <c r="P14" s="57">
         <v>19348.037</v>
       </c>
       <c r="Q14" s="57">
         <v>2197.1210000000001</v>
       </c>
       <c r="R14" s="57">
         <v>242.90700000000001</v>
       </c>
       <c r="S14" s="108">
         <v>46283.493000000002</v>
       </c>
       <c r="T14" s="57">
         <v>40222.744999999995</v>
       </c>
       <c r="U14" s="57">
         <v>5773.7870000000003</v>
       </c>
       <c r="V14" s="57">
         <v>286.96100000000001</v>
       </c>
     </row>
-    <row r="15" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="16">
         <v>72835.756999999998</v>
       </c>
       <c r="D15" s="17">
         <v>28067.506000000001</v>
       </c>
       <c r="E15" s="17">
         <v>44767.014000000003</v>
       </c>
       <c r="F15" s="84">
         <v>1.2370000000000001</v>
       </c>
       <c r="G15" s="74">
         <v>20076.449000000001</v>
       </c>
       <c r="H15" s="57">
         <v>400.16300000000001</v>
       </c>
       <c r="I15" s="57">
         <v>19676.286</v>
       </c>
       <c r="J15" s="57">
@@ -7938,51 +8158,51 @@
       <c r="O15" s="74">
         <v>97809.323000000004</v>
       </c>
       <c r="P15" s="57">
         <v>53379.434000000001</v>
       </c>
       <c r="Q15" s="57">
         <v>44400.951999999997</v>
       </c>
       <c r="R15" s="57">
         <v>28.937000000000001</v>
       </c>
       <c r="S15" s="108">
         <v>314963.62300000002</v>
       </c>
       <c r="T15" s="57">
         <v>147866.035</v>
       </c>
       <c r="U15" s="57">
         <v>166831.546</v>
       </c>
       <c r="V15" s="57">
         <v>266.04199999999997</v>
       </c>
     </row>
-    <row r="16" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="22">
         <v>114097.591</v>
       </c>
       <c r="D16" s="23">
         <v>20319.061000000002</v>
       </c>
       <c r="E16" s="23">
         <v>93763.187000000005</v>
       </c>
       <c r="F16" s="88">
         <v>15.343</v>
       </c>
       <c r="G16" s="74">
         <v>46071.213000000003</v>
       </c>
       <c r="H16" s="57">
         <v>11289.254000000001</v>
       </c>
       <c r="I16" s="57">
         <v>34780.993999999999</v>
       </c>
       <c r="J16" s="57">
@@ -8003,101 +8223,101 @@
       <c r="O16" s="74">
         <v>167907.318</v>
       </c>
       <c r="P16" s="57">
         <v>127735.833</v>
       </c>
       <c r="Q16" s="57">
         <v>39014.495000000003</v>
       </c>
       <c r="R16" s="57">
         <v>1156.99</v>
       </c>
       <c r="S16" s="108">
         <v>575855.85199999996</v>
       </c>
       <c r="T16" s="57">
         <v>331468.52</v>
       </c>
       <c r="U16" s="57">
         <v>242624.06099999999</v>
       </c>
       <c r="V16" s="57">
         <v>1763.27</v>
       </c>
     </row>
-    <row r="17" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="25"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="92"/>
       <c r="G17" s="76"/>
       <c r="H17" s="59"/>
       <c r="I17" s="59"/>
       <c r="J17" s="59"/>
       <c r="K17" s="76"/>
       <c r="L17" s="59"/>
       <c r="M17" s="59"/>
       <c r="N17" s="59"/>
       <c r="O17" s="76"/>
       <c r="P17" s="59"/>
       <c r="Q17" s="59"/>
       <c r="R17" s="59"/>
       <c r="S17" s="109"/>
       <c r="T17" s="59"/>
       <c r="U17" s="59"/>
       <c r="V17" s="59"/>
     </row>
-    <row r="18" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="96"/>
       <c r="G18" s="78"/>
       <c r="H18" s="61"/>
       <c r="I18" s="61"/>
       <c r="J18" s="61"/>
       <c r="K18" s="78"/>
       <c r="L18" s="61"/>
       <c r="M18" s="61"/>
       <c r="N18" s="61"/>
       <c r="O18" s="78"/>
       <c r="P18" s="61"/>
       <c r="Q18" s="61"/>
       <c r="R18" s="61"/>
       <c r="S18" s="110"/>
       <c r="T18" s="61"/>
       <c r="U18" s="61"/>
       <c r="V18" s="61"/>
     </row>
-    <row r="19" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="16">
         <v>110315.94776000001</v>
       </c>
       <c r="D19" s="17">
         <v>57957.985760000003</v>
       </c>
       <c r="E19" s="17">
         <v>52316.739000000001</v>
       </c>
       <c r="F19" s="84">
         <v>41.222999999999999</v>
       </c>
       <c r="G19" s="80">
         <v>88363.62</v>
       </c>
       <c r="H19" s="61">
         <v>39391.978999999999</v>
       </c>
       <c r="I19" s="61">
         <v>48967.966999999997</v>
       </c>
       <c r="J19" s="61">
@@ -8118,51 +8338,51 @@
       <c r="O19" s="80">
         <v>429931.435</v>
       </c>
       <c r="P19" s="61">
         <v>357157.96</v>
       </c>
       <c r="Q19" s="61">
         <v>70047.805999999997</v>
       </c>
       <c r="R19" s="61">
         <v>2725.6689999999999</v>
       </c>
       <c r="S19" s="111">
         <v>1081071.4217600001</v>
       </c>
       <c r="T19" s="61">
         <v>861599.46576000005</v>
       </c>
       <c r="U19" s="61">
         <v>215308.36</v>
       </c>
       <c r="V19" s="61">
         <v>4163.5959999999995</v>
       </c>
     </row>
-    <row r="20" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="16">
         <v>6056.5089699999999</v>
       </c>
       <c r="D20" s="17">
         <v>3602.8239699999999</v>
       </c>
       <c r="E20" s="17">
         <v>2452.328</v>
       </c>
       <c r="F20" s="100">
         <v>1.357</v>
       </c>
       <c r="G20" s="80">
         <v>4559.027</v>
       </c>
       <c r="H20" s="61">
         <v>3453.2530000000002</v>
       </c>
       <c r="I20" s="61">
         <v>1105.7750000000001</v>
       </c>
       <c r="J20" s="61">
@@ -8183,51 +8403,51 @@
       <c r="O20" s="80">
         <v>23083.903000000002</v>
       </c>
       <c r="P20" s="61">
         <v>20621.109</v>
       </c>
       <c r="Q20" s="61">
         <v>2217.0729999999999</v>
       </c>
       <c r="R20" s="61">
         <v>245.721</v>
       </c>
       <c r="S20" s="111">
         <v>47685.902970000003</v>
       </c>
       <c r="T20" s="61">
         <v>41528.980970000004</v>
       </c>
       <c r="U20" s="61">
         <v>5866.8420000000006</v>
       </c>
       <c r="V20" s="61">
         <v>290.08100000000002</v>
       </c>
     </row>
-    <row r="21" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="16">
         <v>89675.640440000003</v>
       </c>
       <c r="D21" s="17">
         <v>47509.024440000001</v>
       </c>
       <c r="E21" s="17">
         <v>42135.28</v>
       </c>
       <c r="F21" s="100">
         <v>31.335999999999999</v>
       </c>
       <c r="G21" s="80">
         <v>75897.407000000007</v>
       </c>
       <c r="H21" s="61">
         <v>36884.167000000001</v>
       </c>
       <c r="I21" s="61">
         <v>39010.53</v>
       </c>
       <c r="J21" s="61">
@@ -8248,51 +8468,51 @@
       <c r="O21" s="80">
         <v>355713.15800000005</v>
       </c>
       <c r="P21" s="61">
         <v>301621.80300000001</v>
       </c>
       <c r="Q21" s="61">
         <v>52435.514000000003</v>
       </c>
       <c r="R21" s="61">
         <v>1655.8409999999999</v>
       </c>
       <c r="S21" s="111">
         <v>791735.85244000005</v>
       </c>
       <c r="T21" s="61">
         <v>624572.54643999995</v>
       </c>
       <c r="U21" s="61">
         <v>164657.245</v>
       </c>
       <c r="V21" s="61">
         <v>2506.06</v>
       </c>
     </row>
-    <row r="22" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>5985.5726800000002</v>
       </c>
       <c r="D22" s="17">
         <v>3588.2006799999999</v>
       </c>
       <c r="E22" s="17">
         <v>2396.3209999999999</v>
       </c>
       <c r="F22" s="100">
         <v>1.0509999999999999</v>
       </c>
       <c r="G22" s="80">
         <v>4531.9269999999997</v>
       </c>
       <c r="H22" s="61">
         <v>3443.248</v>
       </c>
       <c r="I22" s="61">
         <v>1088.6790000000001</v>
       </c>
       <c r="J22" s="61">
@@ -8313,51 +8533,51 @@
       <c r="O22" s="80">
         <v>21788.064999999999</v>
       </c>
       <c r="P22" s="61">
         <v>19348.037</v>
       </c>
       <c r="Q22" s="61">
         <v>2197.1210000000001</v>
       </c>
       <c r="R22" s="61">
         <v>242.90700000000001</v>
       </c>
       <c r="S22" s="111">
         <v>46283.492679999996</v>
       </c>
       <c r="T22" s="61">
         <v>40222.744680000003</v>
       </c>
       <c r="U22" s="61">
         <v>5773.7870000000003</v>
       </c>
       <c r="V22" s="61">
         <v>286.96100000000001</v>
       </c>
     </row>
-    <row r="23" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="16">
         <v>72835.177469999995</v>
       </c>
       <c r="D23" s="17">
         <v>28066.926469999999</v>
       </c>
       <c r="E23" s="17">
         <v>44767.014000000003</v>
       </c>
       <c r="F23" s="100">
         <v>1.2370000000000001</v>
       </c>
       <c r="G23" s="80">
         <v>20076.449000000001</v>
       </c>
       <c r="H23" s="61">
         <v>400.16300000000001</v>
       </c>
       <c r="I23" s="61">
         <v>19676.286</v>
       </c>
       <c r="J23" s="61">
@@ -8378,51 +8598,51 @@
       <c r="O23" s="80">
         <v>97809.145000000004</v>
       </c>
       <c r="P23" s="61">
         <v>53379.256000000001</v>
       </c>
       <c r="Q23" s="61">
         <v>44400.951999999997</v>
       </c>
       <c r="R23" s="61">
         <v>28.937000000000001</v>
       </c>
       <c r="S23" s="111">
         <v>289773.97646999999</v>
       </c>
       <c r="T23" s="61">
         <v>147865.27747</v>
       </c>
       <c r="U23" s="61">
         <v>141642.65599999999</v>
       </c>
       <c r="V23" s="61">
         <v>266.04199999999997</v>
       </c>
     </row>
-    <row r="24" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="28">
         <v>42743.258089999996</v>
       </c>
       <c r="D24" s="29">
         <v>20318.651089999999</v>
       </c>
       <c r="E24" s="29">
         <v>22409.263999999999</v>
       </c>
       <c r="F24" s="105">
         <v>15.343</v>
       </c>
       <c r="G24" s="81">
         <v>43762.595000000001</v>
       </c>
       <c r="H24" s="64">
         <v>11289.254000000001</v>
       </c>
       <c r="I24" s="64">
         <v>32472.377</v>
       </c>
       <c r="J24" s="64">
@@ -8443,107 +8663,107 @@
       <c r="O24" s="81">
         <v>167906.89799999999</v>
       </c>
       <c r="P24" s="64">
         <v>127735.413</v>
       </c>
       <c r="Q24" s="64">
         <v>39014.495000000003</v>
       </c>
       <c r="R24" s="64">
         <v>1156.99</v>
       </c>
       <c r="S24" s="112">
         <v>466583.18608999997</v>
       </c>
       <c r="T24" s="64">
         <v>331467.07208999997</v>
       </c>
       <c r="U24" s="64">
         <v>133352.845</v>
       </c>
       <c r="V24" s="64">
         <v>1763.27</v>
       </c>
     </row>
-    <row r="25" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
-    <row r="26" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:22" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
     <row r="28" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="8"/>
       <c r="C28" s="122" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="122"/>
       <c r="E28" s="122"/>
-      <c r="F28" s="123"/>
-      <c r="G28" s="121" t="s">
+      <c r="F28" s="124"/>
+      <c r="G28" s="123" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="122"/>
       <c r="I28" s="122"/>
-      <c r="J28" s="123"/>
-      <c r="K28" s="124" t="s">
+      <c r="J28" s="124"/>
+      <c r="K28" s="121" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="122"/>
       <c r="M28" s="122"/>
       <c r="N28" s="122"/>
-      <c r="O28" s="124" t="s">
+      <c r="O28" s="121" t="s">
         <v>29</v>
       </c>
       <c r="P28" s="122"/>
       <c r="Q28" s="122"/>
-      <c r="R28" s="125"/>
+      <c r="R28" s="126"/>
       <c r="S28" s="122" t="s">
         <v>30</v>
       </c>
       <c r="T28" s="122"/>
       <c r="U28" s="122"/>
       <c r="V28" s="122"/>
     </row>
-    <row r="29" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:22" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B29" s="9"/>
       <c r="C29" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="42" t="s">
         <v>5</v>
       </c>
@@ -9466,76 +9686,76 @@
       <c r="G47" s="6"/>
       <c r="H47" s="6"/>
       <c r="I47" s="6"/>
       <c r="J47" s="6"/>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
       <c r="Q47" s="6"/>
       <c r="R47" s="6"/>
       <c r="S47" s="6"/>
       <c r="T47" s="6"/>
       <c r="U47" s="6"/>
       <c r="V47" s="6"/>
     </row>
     <row r="48" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="8"/>
       <c r="C48" s="122" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="122"/>
       <c r="E48" s="122"/>
       <c r="F48" s="122"/>
-      <c r="G48" s="124" t="s">
+      <c r="G48" s="121" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="122"/>
       <c r="I48" s="122"/>
       <c r="J48" s="122"/>
-      <c r="K48" s="124" t="s">
+      <c r="K48" s="121" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="122"/>
       <c r="M48" s="122"/>
       <c r="N48" s="122"/>
-      <c r="O48" s="124" t="s">
+      <c r="O48" s="121" t="s">
         <v>23</v>
       </c>
       <c r="P48" s="122"/>
       <c r="Q48" s="122"/>
-      <c r="R48" s="125"/>
+      <c r="R48" s="126"/>
       <c r="S48" s="122" t="s">
         <v>24</v>
       </c>
       <c r="T48" s="122"/>
       <c r="U48" s="122"/>
       <c r="V48" s="122"/>
     </row>
-    <row r="49" spans="1:23" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:23" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B49" s="9"/>
       <c r="C49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="42" t="s">
         <v>5</v>
       </c>
@@ -10441,115 +10661,115 @@
     <row r="65" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="6"/>
       <c r="C65" s="6"/>
       <c r="D65" s="6"/>
       <c r="E65" s="6"/>
       <c r="F65" s="6"/>
     </row>
     <row r="66" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B66" s="32" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="33"/>
       <c r="D66" s="33"/>
       <c r="E66" s="33"/>
       <c r="F66" s="33"/>
     </row>
     <row r="67" spans="1:6" s="31" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="37" t="s">
         <v>15</v>
       </c>
       <c r="C67" s="37"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
     </row>
-    <row r="68" spans="1:6" s="31" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" s="31" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B68" s="34" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="35"/>
       <c r="D68" s="35"/>
       <c r="E68" s="35"/>
       <c r="F68" s="36"/>
     </row>
     <row r="69" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B69" s="40" t="s">
         <v>17</v>
       </c>
       <c r="C69" s="33"/>
       <c r="D69" s="33"/>
       <c r="E69" s="33"/>
       <c r="F69" s="33"/>
     </row>
-    <row r="70" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="6"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
       <c r="E70" s="6"/>
       <c r="F70" s="6"/>
     </row>
-    <row r="71" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="6"/>
       <c r="E71" s="6"/>
       <c r="F71" s="6"/>
     </row>
-    <row r="72" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="74" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="20"/>
       <c r="B74"/>
     </row>
-    <row r="75" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...10 lines deleted...]
-    <row r="86" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="1:6" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="2"/>
     </row>
-    <row r="87" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="2"/>
     </row>
-    <row r="88" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="89" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="2"/>
     </row>
-    <row r="90" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="20"/>
     </row>
-    <row r="91" spans="1:1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:1" ht="12.9" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="100" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="2"/>
     </row>
     <row r="101" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="2"/>
     </row>
     <row r="103" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="2"/>
     </row>
     <row r="104" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="20"/>
     </row>
     <row r="128" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="39"/>
     </row>
     <row r="129" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="39"/>
     </row>
     <row r="130" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="39"/>
     </row>
     <row r="131" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="39"/>
     </row>
     <row r="132" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">