--- v1 (2025-11-20)
+++ v2 (2025-12-10)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62901C8B-66C2-4E29-9DC3-EA01C1B0E9C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{632E7456-A004-4C4A-A56E-936C5DAC5F2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4D7BFA31-A85D-4A05-9548-C30550A751A0}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -913,74 +913,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{323D8746-6688-4E47-9A30-B01FE5A50357}">
-  <dimension ref="B2:FX24"/>
+  <dimension ref="B2:FY24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="64.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:180" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:181" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:181" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="6">
         <v>40543</v>
       </c>
       <c r="D6" s="6">
         <v>40574</v>
       </c>
       <c r="E6" s="6">
         <v>40602</v>
       </c>
       <c r="F6" s="6">
         <v>40633</v>
       </c>
       <c r="G6" s="6">
         <v>40663</v>
       </c>
       <c r="H6" s="6">
         <v>40694</v>
       </c>
       <c r="I6" s="6">
         <v>40724</v>
       </c>
       <c r="J6" s="6">
         <v>40755</v>
       </c>
@@ -1472,52 +1472,55 @@
       </c>
       <c r="FQ6" s="6">
         <v>45716</v>
       </c>
       <c r="FR6" s="6">
         <v>45747</v>
       </c>
       <c r="FS6" s="6">
         <v>45777</v>
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
       <c r="FX6" s="6">
         <v>45930</v>
       </c>
+      <c r="FY6" s="6">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
       <c r="N7" s="9"/>
       <c r="O7" s="9"/>
       <c r="P7" s="9"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="9"/>
       <c r="T7" s="9"/>
       <c r="U7" s="9"/>
       <c r="V7" s="9"/>
       <c r="W7" s="9"/>
       <c r="X7" s="9"/>
@@ -1655,52 +1658,53 @@
       <c r="EZ7" s="9"/>
       <c r="FA7" s="9"/>
       <c r="FB7" s="9"/>
       <c r="FC7" s="9"/>
       <c r="FD7" s="9"/>
       <c r="FE7" s="9"/>
       <c r="FF7" s="9"/>
       <c r="FG7" s="9"/>
       <c r="FH7" s="9"/>
       <c r="FI7" s="9"/>
       <c r="FJ7" s="9"/>
       <c r="FK7" s="9"/>
       <c r="FL7" s="9"/>
       <c r="FM7" s="9"/>
       <c r="FN7" s="9"/>
       <c r="FO7" s="9"/>
       <c r="FP7" s="9"/>
       <c r="FQ7" s="9"/>
       <c r="FR7" s="9"/>
       <c r="FS7" s="9"/>
       <c r="FT7" s="9"/>
       <c r="FU7" s="9"/>
       <c r="FV7" s="9"/>
       <c r="FW7" s="9"/>
       <c r="FX7" s="9"/>
+      <c r="FY7" s="9"/>
     </row>
-    <row r="8" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="9">
         <v>16809.776440329999</v>
       </c>
       <c r="D8" s="9">
         <v>16302.61021671</v>
       </c>
       <c r="E8" s="9">
         <v>16245.46109871</v>
       </c>
       <c r="F8" s="9">
         <v>16333.125827990001</v>
       </c>
       <c r="G8" s="9">
         <v>16071.94012042</v>
       </c>
       <c r="H8" s="9">
         <v>16356.889235750001</v>
       </c>
       <c r="I8" s="9">
         <v>16375.306832769998</v>
       </c>
       <c r="J8" s="9">
@@ -2194,52 +2198,55 @@
       </c>
       <c r="FQ8" s="9">
         <v>44634.860126700005</v>
       </c>
       <c r="FR8" s="9">
         <v>43942.57236369</v>
       </c>
       <c r="FS8" s="9">
         <v>43894.637667679999</v>
       </c>
       <c r="FT8" s="9">
         <v>45182.788890650001</v>
       </c>
       <c r="FU8" s="9">
         <v>46074.655339500001</v>
       </c>
       <c r="FV8" s="9">
         <v>47034.865862169994</v>
       </c>
       <c r="FW8" s="9">
         <v>47874.062733400002</v>
       </c>
       <c r="FX8" s="9">
         <v>47985.508462170001</v>
       </c>
+      <c r="FY8" s="9">
+        <v>48808.776209520001</v>
+      </c>
     </row>
-    <row r="9" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="9">
         <v>40270.437523090004</v>
       </c>
       <c r="D9" s="9">
         <v>40218.159418129995</v>
       </c>
       <c r="E9" s="9">
         <v>40415.576658049999</v>
       </c>
       <c r="F9" s="9">
         <v>41174.404225139995</v>
       </c>
       <c r="G9" s="9">
         <v>41280.676404819998</v>
       </c>
       <c r="H9" s="9">
         <v>41884.420499319996</v>
       </c>
       <c r="I9" s="9">
         <v>41677.049835619997</v>
       </c>
       <c r="J9" s="9">
@@ -2733,52 +2740,55 @@
       </c>
       <c r="FQ9" s="9">
         <v>58218.497120900007</v>
       </c>
       <c r="FR9" s="9">
         <v>59803.967708929995</v>
       </c>
       <c r="FS9" s="9">
         <v>60550.948700929999</v>
       </c>
       <c r="FT9" s="9">
         <v>61016.606048189991</v>
       </c>
       <c r="FU9" s="9">
         <v>61883.08291949</v>
       </c>
       <c r="FV9" s="9">
         <v>62871.387341430003</v>
       </c>
       <c r="FW9" s="9">
         <v>62830.23712613</v>
       </c>
       <c r="FX9" s="9">
         <v>63192.100936460003</v>
       </c>
+      <c r="FY9" s="9">
+        <v>63952.1879052</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="9">
         <v>7580.2744613700006</v>
       </c>
       <c r="D10" s="9">
         <v>7693.8310885000001</v>
       </c>
       <c r="E10" s="9">
         <v>7735.8898144200002</v>
       </c>
       <c r="F10" s="9">
         <v>8512.0818213899984</v>
       </c>
       <c r="G10" s="9">
         <v>8406.9160123700003</v>
       </c>
       <c r="H10" s="9">
         <v>8443.4029304699998</v>
       </c>
       <c r="I10" s="9">
         <v>8345.2401831999996</v>
       </c>
       <c r="J10" s="9">
@@ -3272,52 +3282,55 @@
       </c>
       <c r="FQ10" s="9">
         <v>15340.7068385</v>
       </c>
       <c r="FR10" s="9">
         <v>16508.03525261</v>
       </c>
       <c r="FS10" s="9">
         <v>16627.03174554</v>
       </c>
       <c r="FT10" s="9">
         <v>16525.594034469999</v>
       </c>
       <c r="FU10" s="9">
         <v>16721.724417630001</v>
       </c>
       <c r="FV10" s="9">
         <v>17261.65899856</v>
       </c>
       <c r="FW10" s="9">
         <v>17269.963924719999</v>
       </c>
       <c r="FX10" s="9">
         <v>17255.473238450002</v>
       </c>
+      <c r="FY10" s="9">
+        <v>17289.984348869999</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="9">
         <v>448.13242981999997</v>
       </c>
       <c r="D11" s="9">
         <v>461.53937538000002</v>
       </c>
       <c r="E11" s="9">
         <v>460.63954264</v>
       </c>
       <c r="F11" s="9">
         <v>460.75095776000006</v>
       </c>
       <c r="G11" s="9">
         <v>443.86900897999999</v>
       </c>
       <c r="H11" s="9">
         <v>444.71325618000003</v>
       </c>
       <c r="I11" s="9">
         <v>439.61265458999998</v>
       </c>
       <c r="J11" s="9">
@@ -3811,52 +3824,55 @@
       </c>
       <c r="FQ11" s="9">
         <v>822.70470852999995</v>
       </c>
       <c r="FR11" s="9">
         <v>821.01183507999997</v>
       </c>
       <c r="FS11" s="9">
         <v>816.84760213000004</v>
       </c>
       <c r="FT11" s="9">
         <v>843.58467800999995</v>
       </c>
       <c r="FU11" s="9">
         <v>855.51089877999993</v>
       </c>
       <c r="FV11" s="9">
         <v>856.78986966000002</v>
       </c>
       <c r="FW11" s="9">
         <v>857.51268044999995</v>
       </c>
       <c r="FX11" s="9">
         <v>853.64495090999992</v>
       </c>
+      <c r="FY11" s="9">
+        <v>875.0676034999999</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="9">
         <v>32242.030631900005</v>
       </c>
       <c r="D12" s="9">
         <v>32062.788954249998</v>
       </c>
       <c r="E12" s="9">
         <v>32219.047300989998</v>
       </c>
       <c r="F12" s="9">
         <v>32201.571445990001</v>
       </c>
       <c r="G12" s="9">
         <v>32429.89138347</v>
       </c>
       <c r="H12" s="9">
         <v>32996.304312669999</v>
       </c>
       <c r="I12" s="9">
         <v>32892.196997829997</v>
       </c>
       <c r="J12" s="9">
@@ -4350,52 +4366,55 @@
       </c>
       <c r="FQ12" s="9">
         <v>42055.085573870005</v>
       </c>
       <c r="FR12" s="9">
         <v>42474.920621239995</v>
       </c>
       <c r="FS12" s="9">
         <v>43107.069353259998</v>
       </c>
       <c r="FT12" s="9">
         <v>43647.427335709996</v>
       </c>
       <c r="FU12" s="9">
         <v>44305.847603079994</v>
       </c>
       <c r="FV12" s="9">
         <v>44752.938473210001</v>
       </c>
       <c r="FW12" s="9">
         <v>44702.760520960001</v>
       </c>
       <c r="FX12" s="9">
         <v>45082.982747100003</v>
       </c>
+      <c r="FY12" s="9">
+        <v>45787.135952830002</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>2456.9904602500001</v>
       </c>
       <c r="D13" s="9">
         <v>2454.33495511</v>
       </c>
       <c r="E13" s="9">
         <v>2417.56245786</v>
       </c>
       <c r="F13" s="9">
         <v>2380.13696437</v>
       </c>
       <c r="G13" s="9">
         <v>2475.6736655600002</v>
       </c>
       <c r="H13" s="9">
         <v>2486.1023345499998</v>
       </c>
       <c r="I13" s="9">
         <v>2584.3945888200001</v>
       </c>
       <c r="J13" s="9">
@@ -4889,52 +4908,55 @@
       </c>
       <c r="FQ13" s="9">
         <v>4070.6144978000002</v>
       </c>
       <c r="FR13" s="9">
         <v>3996.5662863699999</v>
       </c>
       <c r="FS13" s="9">
         <v>4242.2334089099995</v>
       </c>
       <c r="FT13" s="9">
         <v>4328.3145404200004</v>
       </c>
       <c r="FU13" s="9">
         <v>4609.2556257099995</v>
       </c>
       <c r="FV13" s="9">
         <v>4460.8295685200001</v>
       </c>
       <c r="FW13" s="9">
         <v>4605.91043739</v>
       </c>
       <c r="FX13" s="9">
         <v>4410.9114669600003</v>
       </c>
+      <c r="FY13" s="9">
+        <v>4485.4255793000002</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="13">
         <v>59537.204423670002</v>
       </c>
       <c r="D14" s="13">
         <v>58975.104589949988</v>
       </c>
       <c r="E14" s="13">
         <v>59078.600214620004</v>
       </c>
       <c r="F14" s="13">
         <v>59887.667017499996</v>
       </c>
       <c r="G14" s="13">
         <v>59828.290190799999</v>
       </c>
       <c r="H14" s="13">
         <v>60727.412069619997</v>
       </c>
       <c r="I14" s="13">
         <v>60636.751257210002</v>
       </c>
       <c r="J14" s="13">
@@ -5428,52 +5450,55 @@
       </c>
       <c r="FQ14" s="13">
         <v>106923.97174540001</v>
       </c>
       <c r="FR14" s="13">
         <v>107743.10635899</v>
       </c>
       <c r="FS14" s="13">
         <v>108687.81977752001</v>
       </c>
       <c r="FT14" s="13">
         <v>110527.70947926</v>
       </c>
       <c r="FU14" s="13">
         <v>112566.99388469999</v>
       </c>
       <c r="FV14" s="13">
         <v>114367.08277212</v>
       </c>
       <c r="FW14" s="13">
         <v>115310.21029692001</v>
       </c>
       <c r="FX14" s="13">
         <v>115588.52086559001</v>
       </c>
+      <c r="FY14" s="13">
+        <v>117246.38969402001</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
@@ -5611,52 +5636,53 @@
       <c r="EZ15" s="9"/>
       <c r="FA15" s="9"/>
       <c r="FB15" s="9"/>
       <c r="FC15" s="9"/>
       <c r="FD15" s="9"/>
       <c r="FE15" s="9"/>
       <c r="FF15" s="9"/>
       <c r="FG15" s="9"/>
       <c r="FH15" s="9"/>
       <c r="FI15" s="9"/>
       <c r="FJ15" s="9"/>
       <c r="FK15" s="9"/>
       <c r="FL15" s="9"/>
       <c r="FM15" s="9"/>
       <c r="FN15" s="9"/>
       <c r="FO15" s="9"/>
       <c r="FP15" s="9"/>
       <c r="FQ15" s="9"/>
       <c r="FR15" s="9"/>
       <c r="FS15" s="9"/>
       <c r="FT15" s="9"/>
       <c r="FU15" s="9"/>
       <c r="FV15" s="9"/>
       <c r="FW15" s="9"/>
       <c r="FX15" s="9"/>
+      <c r="FY15" s="9"/>
     </row>
-    <row r="16" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="9">
         <v>2563.0714446799998</v>
       </c>
       <c r="D16" s="9">
         <v>2481.19849974</v>
       </c>
       <c r="E16" s="9">
         <v>2488.9715188099999</v>
       </c>
       <c r="F16" s="9">
         <v>2468.9240487900001</v>
       </c>
       <c r="G16" s="9">
         <v>2588.4626710100001</v>
       </c>
       <c r="H16" s="9">
         <v>2612.62891683</v>
       </c>
       <c r="I16" s="9">
         <v>2839.0520474099999</v>
       </c>
       <c r="J16" s="9">
@@ -6150,52 +6176,55 @@
       </c>
       <c r="FQ16" s="9">
         <v>11340.81183242</v>
       </c>
       <c r="FR16" s="9">
         <v>11345.00520231</v>
       </c>
       <c r="FS16" s="9">
         <v>11417.950976820001</v>
       </c>
       <c r="FT16" s="9">
         <v>11441.652265999999</v>
       </c>
       <c r="FU16" s="9">
         <v>11485.003947880001</v>
       </c>
       <c r="FV16" s="9">
         <v>11539.758177240001</v>
       </c>
       <c r="FW16" s="9">
         <v>11542.619160210001</v>
       </c>
       <c r="FX16" s="9">
         <v>11524.833501569999</v>
       </c>
+      <c r="FY16" s="9">
+        <v>11539.323421290001</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="9">
         <v>11252.239484690001</v>
       </c>
       <c r="D17" s="9">
         <v>11149.12525293</v>
       </c>
       <c r="E17" s="9">
         <v>11366.694012639999</v>
       </c>
       <c r="F17" s="9">
         <v>11740.704923949999</v>
       </c>
       <c r="G17" s="9">
         <v>11894.062422540001</v>
       </c>
       <c r="H17" s="9">
         <v>12557.90460414</v>
       </c>
       <c r="I17" s="9">
         <v>12448.775304270001</v>
       </c>
       <c r="J17" s="9">
@@ -6689,52 +6718,55 @@
       </c>
       <c r="FQ17" s="9">
         <v>8218.0697548200005</v>
       </c>
       <c r="FR17" s="9">
         <v>10031.40970616</v>
       </c>
       <c r="FS17" s="9">
         <v>11215.32053049</v>
       </c>
       <c r="FT17" s="9">
         <v>12702.688744409999</v>
       </c>
       <c r="FU17" s="9">
         <v>13796.91526561</v>
       </c>
       <c r="FV17" s="9">
         <v>13588.466558749999</v>
       </c>
       <c r="FW17" s="9">
         <v>12494.529628079999</v>
       </c>
       <c r="FX17" s="9">
         <v>11385.96683442</v>
       </c>
+      <c r="FY17" s="9">
+        <v>13002.70882383</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
         <v>32795.949290259996</v>
       </c>
       <c r="D18" s="9">
         <v>32431.840195090008</v>
       </c>
       <c r="E18" s="9">
         <v>32211.119978349998</v>
       </c>
       <c r="F18" s="9">
         <v>32738.285089749996</v>
       </c>
       <c r="G18" s="9">
         <v>32239.567314459997</v>
       </c>
       <c r="H18" s="9">
         <v>32155.915579460001</v>
       </c>
       <c r="I18" s="9">
         <v>31931.532025709999</v>
       </c>
       <c r="J18" s="9">
@@ -7228,52 +7260,55 @@
       </c>
       <c r="FQ18" s="9">
         <v>69539.373839580003</v>
       </c>
       <c r="FR18" s="9">
         <v>68462.648737650001</v>
       </c>
       <c r="FS18" s="9">
         <v>68454.695315959994</v>
       </c>
       <c r="FT18" s="9">
         <v>68315.829440749993</v>
       </c>
       <c r="FU18" s="9">
         <v>69238.409152390013</v>
       </c>
       <c r="FV18" s="9">
         <v>71127.929229989997</v>
       </c>
       <c r="FW18" s="9">
         <v>72860.503412899998</v>
       </c>
       <c r="FX18" s="9">
         <v>74026.264094759987</v>
       </c>
+      <c r="FY18" s="9">
+        <v>73653.430335770012</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="9">
         <v>3808.7491942899997</v>
       </c>
       <c r="D19" s="9">
         <v>3582.9428083299999</v>
       </c>
       <c r="E19" s="9">
         <v>3343.84940611</v>
       </c>
       <c r="F19" s="9">
         <v>4199.2927415100003</v>
       </c>
       <c r="G19" s="9">
         <v>3931.7334224300002</v>
       </c>
       <c r="H19" s="9">
         <v>3741.17608028</v>
       </c>
       <c r="I19" s="9">
         <v>3455.1897861699995</v>
       </c>
       <c r="J19" s="9">
@@ -7767,52 +7802,55 @@
       </c>
       <c r="FQ19" s="9">
         <v>9306.239114439999</v>
       </c>
       <c r="FR19" s="9">
         <v>7657.3127609900002</v>
       </c>
       <c r="FS19" s="9">
         <v>7533.9614791599997</v>
       </c>
       <c r="FT19" s="9">
         <v>6830.7382799099996</v>
       </c>
       <c r="FU19" s="9">
         <v>6888.9722454099992</v>
       </c>
       <c r="FV19" s="9">
         <v>7354.7990538100003</v>
       </c>
       <c r="FW19" s="9">
         <v>7754.1347866099995</v>
       </c>
       <c r="FX19" s="9">
         <v>8940.4011926799994</v>
       </c>
+      <c r="FY19" s="9">
+        <v>8155.3077186300015</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="9">
         <v>28987.200095969994</v>
       </c>
       <c r="D20" s="9">
         <v>28848.897386760007</v>
       </c>
       <c r="E20" s="9">
         <v>28867.270572239999</v>
       </c>
       <c r="F20" s="9">
         <v>28538.992348239997</v>
       </c>
       <c r="G20" s="9">
         <v>28307.833892029998</v>
       </c>
       <c r="H20" s="9">
         <v>28414.739499179999</v>
       </c>
       <c r="I20" s="9">
         <v>28476.342239540001</v>
       </c>
       <c r="J20" s="9">
@@ -8306,52 +8344,55 @@
       </c>
       <c r="FQ20" s="9">
         <v>60233.13472514</v>
       </c>
       <c r="FR20" s="9">
         <v>60805.335976659997</v>
       </c>
       <c r="FS20" s="9">
         <v>60920.733836799998</v>
       </c>
       <c r="FT20" s="9">
         <v>61485.091160839991</v>
       </c>
       <c r="FU20" s="9">
         <v>62349.436906980009</v>
       </c>
       <c r="FV20" s="9">
         <v>63773.130176179999</v>
       </c>
       <c r="FW20" s="9">
         <v>65106.368626290001</v>
       </c>
       <c r="FX20" s="9">
         <v>65085.862902079993</v>
       </c>
+      <c r="FY20" s="9">
+        <v>65498.122617140005</v>
+      </c>
     </row>
-    <row r="21" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
         <v>31.718004359999998</v>
       </c>
       <c r="D21" s="9">
         <v>31.717092829999999</v>
       </c>
       <c r="E21" s="9">
         <v>26.536254100000001</v>
       </c>
       <c r="F21" s="9">
         <v>26.536289970000002</v>
       </c>
       <c r="G21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="H21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="I21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="J21" s="9">
@@ -8845,52 +8886,55 @@
       </c>
       <c r="FQ21" s="9">
         <v>853.73322206</v>
       </c>
       <c r="FR21" s="9">
         <v>854.34543724000002</v>
       </c>
       <c r="FS21" s="9">
         <v>854.54191452999999</v>
       </c>
       <c r="FT21" s="9">
         <v>1172.64320821</v>
       </c>
       <c r="FU21" s="9">
         <v>1172.5276639399999</v>
       </c>
       <c r="FV21" s="9">
         <v>1172.3248499400001</v>
       </c>
       <c r="FW21" s="9">
         <v>1172.1244357199998</v>
       </c>
       <c r="FX21" s="9">
         <v>1453.3699520600001</v>
       </c>
+      <c r="FY21" s="9">
+        <v>1453.2709248599999</v>
+      </c>
     </row>
-    <row r="22" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="J22" s="9" t="s">
@@ -9384,52 +9428,55 @@
       </c>
       <c r="FQ22" s="9">
         <v>711.96033767999995</v>
       </c>
       <c r="FR22" s="9">
         <v>862.87379550000003</v>
       </c>
       <c r="FS22" s="9">
         <v>965.19609202999993</v>
       </c>
       <c r="FT22" s="9">
         <v>998.90531894999992</v>
       </c>
       <c r="FU22" s="9">
         <v>1105.2932417300001</v>
       </c>
       <c r="FV22" s="9">
         <v>1126.0767103799999</v>
       </c>
       <c r="FW22" s="9">
         <v>1157.29851487</v>
       </c>
       <c r="FX22" s="9">
         <v>1189.7267070300002</v>
       </c>
+      <c r="FY22" s="9">
+        <v>1218.0314537699999</v>
+      </c>
     </row>
-    <row r="23" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="9">
         <v>12894.22621479</v>
       </c>
       <c r="D23" s="9">
         <v>12881.223544690003</v>
       </c>
       <c r="E23" s="9">
         <v>12985.278468480001</v>
       </c>
       <c r="F23" s="9">
         <v>12913.216672269999</v>
       </c>
       <c r="G23" s="9">
         <v>13079.653237220002</v>
       </c>
       <c r="H23" s="9">
         <v>13374.42234915</v>
       </c>
       <c r="I23" s="9">
         <v>13390.851264119998</v>
       </c>
       <c r="J23" s="9">
@@ -9923,52 +9970,55 @@
       </c>
       <c r="FQ23" s="9">
         <v>16260.022766890002</v>
       </c>
       <c r="FR23" s="9">
         <v>16186.823486189998</v>
       </c>
       <c r="FS23" s="9">
         <v>15780.114954420003</v>
       </c>
       <c r="FT23" s="9">
         <v>15895.99050889</v>
       </c>
       <c r="FU23" s="9">
         <v>15768.844620179998</v>
       </c>
       <c r="FV23" s="9">
         <v>15812.5272534</v>
       </c>
       <c r="FW23" s="9">
         <v>16083.135153040002</v>
       </c>
       <c r="FX23" s="9">
         <v>16008.359782569998</v>
       </c>
+      <c r="FY23" s="9">
+        <v>16379.624734100002</v>
+      </c>
     </row>
-    <row r="24" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="15">
         <v>59537.204438779998</v>
       </c>
       <c r="D24" s="15">
         <v>58975.104585280009</v>
       </c>
       <c r="E24" s="15">
         <v>59078.600232379998</v>
       </c>
       <c r="F24" s="15">
         <v>59887.667024729992</v>
       </c>
       <c r="G24" s="15">
         <v>59828.290206909995</v>
       </c>
       <c r="H24" s="15">
         <v>60727.41601126</v>
       </c>
       <c r="I24" s="15">
         <v>60636.755203189998</v>
       </c>
       <c r="J24" s="15">
@@ -10461,50 +10511,53 @@
         <v>106523.516607</v>
       </c>
       <c r="FQ24" s="15">
         <v>106923.97175344999</v>
       </c>
       <c r="FR24" s="15">
         <v>107743.10636505</v>
       </c>
       <c r="FS24" s="15">
         <v>108687.81978424999</v>
       </c>
       <c r="FT24" s="15">
         <v>110527.70948721</v>
       </c>
       <c r="FU24" s="15">
         <v>112566.99389173</v>
       </c>
       <c r="FV24" s="15">
         <v>114367.08277969999</v>
       </c>
       <c r="FW24" s="15">
         <v>115310.21030481999</v>
       </c>
       <c r="FX24" s="15">
         <v>115588.52087240999</v>
+      </c>
+      <c r="FY24" s="15">
+        <v>117246.38969362002</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">