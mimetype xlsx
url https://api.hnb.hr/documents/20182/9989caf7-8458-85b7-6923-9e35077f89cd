--- v2 (2025-12-10)
+++ v3 (2026-02-03)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{632E7456-A004-4C4A-A56E-936C5DAC5F2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C65DCCA-7541-4E0B-BDA3-2448A50A8A0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4D7BFA31-A85D-4A05-9548-C30550A751A0}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -913,74 +913,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{323D8746-6688-4E47-9A30-B01FE5A50357}">
-  <dimension ref="B2:FY24"/>
+  <dimension ref="B2:GA24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="64.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:181" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:183" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:183" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="6">
         <v>40543</v>
       </c>
       <c r="D6" s="6">
         <v>40574</v>
       </c>
       <c r="E6" s="6">
         <v>40602</v>
       </c>
       <c r="F6" s="6">
         <v>40633</v>
       </c>
       <c r="G6" s="6">
         <v>40663</v>
       </c>
       <c r="H6" s="6">
         <v>40694</v>
       </c>
       <c r="I6" s="6">
         <v>40724</v>
       </c>
       <c r="J6" s="6">
         <v>40755</v>
       </c>
@@ -1475,52 +1475,58 @@
       </c>
       <c r="FR6" s="6">
         <v>45747</v>
       </c>
       <c r="FS6" s="6">
         <v>45777</v>
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
       <c r="FX6" s="6">
         <v>45930</v>
       </c>
       <c r="FY6" s="6">
         <v>45961</v>
       </c>
+      <c r="FZ6" s="6">
+        <v>45991</v>
+      </c>
+      <c r="GA6" s="6">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
       <c r="N7" s="9"/>
       <c r="O7" s="9"/>
       <c r="P7" s="9"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="9"/>
       <c r="T7" s="9"/>
       <c r="U7" s="9"/>
       <c r="V7" s="9"/>
       <c r="W7" s="9"/>
       <c r="X7" s="9"/>
@@ -1659,52 +1665,54 @@
       <c r="FA7" s="9"/>
       <c r="FB7" s="9"/>
       <c r="FC7" s="9"/>
       <c r="FD7" s="9"/>
       <c r="FE7" s="9"/>
       <c r="FF7" s="9"/>
       <c r="FG7" s="9"/>
       <c r="FH7" s="9"/>
       <c r="FI7" s="9"/>
       <c r="FJ7" s="9"/>
       <c r="FK7" s="9"/>
       <c r="FL7" s="9"/>
       <c r="FM7" s="9"/>
       <c r="FN7" s="9"/>
       <c r="FO7" s="9"/>
       <c r="FP7" s="9"/>
       <c r="FQ7" s="9"/>
       <c r="FR7" s="9"/>
       <c r="FS7" s="9"/>
       <c r="FT7" s="9"/>
       <c r="FU7" s="9"/>
       <c r="FV7" s="9"/>
       <c r="FW7" s="9"/>
       <c r="FX7" s="9"/>
       <c r="FY7" s="9"/>
+      <c r="FZ7" s="9"/>
+      <c r="GA7" s="9"/>
     </row>
-    <row r="8" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="9">
         <v>16809.776440329999</v>
       </c>
       <c r="D8" s="9">
         <v>16302.61021671</v>
       </c>
       <c r="E8" s="9">
         <v>16245.46109871</v>
       </c>
       <c r="F8" s="9">
         <v>16333.125827990001</v>
       </c>
       <c r="G8" s="9">
         <v>16071.94012042</v>
       </c>
       <c r="H8" s="9">
         <v>16356.889235750001</v>
       </c>
       <c r="I8" s="9">
         <v>16375.306832769998</v>
       </c>
       <c r="J8" s="9">
@@ -2201,52 +2209,58 @@
       </c>
       <c r="FR8" s="9">
         <v>43942.57236369</v>
       </c>
       <c r="FS8" s="9">
         <v>43894.637667679999</v>
       </c>
       <c r="FT8" s="9">
         <v>45182.788890650001</v>
       </c>
       <c r="FU8" s="9">
         <v>46074.655339500001</v>
       </c>
       <c r="FV8" s="9">
         <v>47034.865862169994</v>
       </c>
       <c r="FW8" s="9">
         <v>47874.062733400002</v>
       </c>
       <c r="FX8" s="9">
         <v>47985.508462170001</v>
       </c>
       <c r="FY8" s="9">
         <v>48808.776209520001</v>
       </c>
+      <c r="FZ8" s="9">
+        <v>48927.961673210004</v>
+      </c>
+      <c r="GA8" s="9">
+        <v>48084.67632128</v>
+      </c>
     </row>
-    <row r="9" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="9">
         <v>40270.437523090004</v>
       </c>
       <c r="D9" s="9">
         <v>40218.159418129995</v>
       </c>
       <c r="E9" s="9">
         <v>40415.576658049999</v>
       </c>
       <c r="F9" s="9">
         <v>41174.404225139995</v>
       </c>
       <c r="G9" s="9">
         <v>41280.676404819998</v>
       </c>
       <c r="H9" s="9">
         <v>41884.420499319996</v>
       </c>
       <c r="I9" s="9">
         <v>41677.049835619997</v>
       </c>
       <c r="J9" s="9">
@@ -2743,52 +2757,58 @@
       </c>
       <c r="FR9" s="9">
         <v>59803.967708929995</v>
       </c>
       <c r="FS9" s="9">
         <v>60550.948700929999</v>
       </c>
       <c r="FT9" s="9">
         <v>61016.606048189991</v>
       </c>
       <c r="FU9" s="9">
         <v>61883.08291949</v>
       </c>
       <c r="FV9" s="9">
         <v>62871.387341430003</v>
       </c>
       <c r="FW9" s="9">
         <v>62830.23712613</v>
       </c>
       <c r="FX9" s="9">
         <v>63192.100936460003</v>
       </c>
       <c r="FY9" s="9">
         <v>63952.1879052</v>
       </c>
+      <c r="FZ9" s="9">
+        <v>64673.182945050008</v>
+      </c>
+      <c r="GA9" s="9">
+        <v>64681.774338259995</v>
+      </c>
     </row>
-    <row r="10" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="9">
         <v>7580.2744613700006</v>
       </c>
       <c r="D10" s="9">
         <v>7693.8310885000001</v>
       </c>
       <c r="E10" s="9">
         <v>7735.8898144200002</v>
       </c>
       <c r="F10" s="9">
         <v>8512.0818213899984</v>
       </c>
       <c r="G10" s="9">
         <v>8406.9160123700003</v>
       </c>
       <c r="H10" s="9">
         <v>8443.4029304699998</v>
       </c>
       <c r="I10" s="9">
         <v>8345.2401831999996</v>
       </c>
       <c r="J10" s="9">
@@ -3285,52 +3305,58 @@
       </c>
       <c r="FR10" s="9">
         <v>16508.03525261</v>
       </c>
       <c r="FS10" s="9">
         <v>16627.03174554</v>
       </c>
       <c r="FT10" s="9">
         <v>16525.594034469999</v>
       </c>
       <c r="FU10" s="9">
         <v>16721.724417630001</v>
       </c>
       <c r="FV10" s="9">
         <v>17261.65899856</v>
       </c>
       <c r="FW10" s="9">
         <v>17269.963924719999</v>
       </c>
       <c r="FX10" s="9">
         <v>17255.473238450002</v>
       </c>
       <c r="FY10" s="9">
         <v>17289.984348869999</v>
       </c>
+      <c r="FZ10" s="9">
+        <v>17449.58399417</v>
+      </c>
+      <c r="GA10" s="9">
+        <v>17403.669835920002</v>
+      </c>
     </row>
-    <row r="11" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="9">
         <v>448.13242981999997</v>
       </c>
       <c r="D11" s="9">
         <v>461.53937538000002</v>
       </c>
       <c r="E11" s="9">
         <v>460.63954264</v>
       </c>
       <c r="F11" s="9">
         <v>460.75095776000006</v>
       </c>
       <c r="G11" s="9">
         <v>443.86900897999999</v>
       </c>
       <c r="H11" s="9">
         <v>444.71325618000003</v>
       </c>
       <c r="I11" s="9">
         <v>439.61265458999998</v>
       </c>
       <c r="J11" s="9">
@@ -3827,52 +3853,58 @@
       </c>
       <c r="FR11" s="9">
         <v>821.01183507999997</v>
       </c>
       <c r="FS11" s="9">
         <v>816.84760213000004</v>
       </c>
       <c r="FT11" s="9">
         <v>843.58467800999995</v>
       </c>
       <c r="FU11" s="9">
         <v>855.51089877999993</v>
       </c>
       <c r="FV11" s="9">
         <v>856.78986966000002</v>
       </c>
       <c r="FW11" s="9">
         <v>857.51268044999995</v>
       </c>
       <c r="FX11" s="9">
         <v>853.64495090999992</v>
       </c>
       <c r="FY11" s="9">
         <v>875.0676034999999</v>
       </c>
+      <c r="FZ11" s="9">
+        <v>887.71709697999995</v>
+      </c>
+      <c r="GA11" s="9">
+        <v>942.64116289999993</v>
+      </c>
     </row>
-    <row r="12" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="9">
         <v>32242.030631900005</v>
       </c>
       <c r="D12" s="9">
         <v>32062.788954249998</v>
       </c>
       <c r="E12" s="9">
         <v>32219.047300989998</v>
       </c>
       <c r="F12" s="9">
         <v>32201.571445990001</v>
       </c>
       <c r="G12" s="9">
         <v>32429.89138347</v>
       </c>
       <c r="H12" s="9">
         <v>32996.304312669999</v>
       </c>
       <c r="I12" s="9">
         <v>32892.196997829997</v>
       </c>
       <c r="J12" s="9">
@@ -4369,52 +4401,58 @@
       </c>
       <c r="FR12" s="9">
         <v>42474.920621239995</v>
       </c>
       <c r="FS12" s="9">
         <v>43107.069353259998</v>
       </c>
       <c r="FT12" s="9">
         <v>43647.427335709996</v>
       </c>
       <c r="FU12" s="9">
         <v>44305.847603079994</v>
       </c>
       <c r="FV12" s="9">
         <v>44752.938473210001</v>
       </c>
       <c r="FW12" s="9">
         <v>44702.760520960001</v>
       </c>
       <c r="FX12" s="9">
         <v>45082.982747100003</v>
       </c>
       <c r="FY12" s="9">
         <v>45787.135952830002</v>
       </c>
+      <c r="FZ12" s="9">
+        <v>46335.881853900006</v>
+      </c>
+      <c r="GA12" s="9">
+        <v>46335.463339439993</v>
+      </c>
     </row>
-    <row r="13" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>2456.9904602500001</v>
       </c>
       <c r="D13" s="9">
         <v>2454.33495511</v>
       </c>
       <c r="E13" s="9">
         <v>2417.56245786</v>
       </c>
       <c r="F13" s="9">
         <v>2380.13696437</v>
       </c>
       <c r="G13" s="9">
         <v>2475.6736655600002</v>
       </c>
       <c r="H13" s="9">
         <v>2486.1023345499998</v>
       </c>
       <c r="I13" s="9">
         <v>2584.3945888200001</v>
       </c>
       <c r="J13" s="9">
@@ -4911,52 +4949,58 @@
       </c>
       <c r="FR13" s="9">
         <v>3996.5662863699999</v>
       </c>
       <c r="FS13" s="9">
         <v>4242.2334089099995</v>
       </c>
       <c r="FT13" s="9">
         <v>4328.3145404200004</v>
       </c>
       <c r="FU13" s="9">
         <v>4609.2556257099995</v>
       </c>
       <c r="FV13" s="9">
         <v>4460.8295685200001</v>
       </c>
       <c r="FW13" s="9">
         <v>4605.91043739</v>
       </c>
       <c r="FX13" s="9">
         <v>4410.9114669600003</v>
       </c>
       <c r="FY13" s="9">
         <v>4485.4255793000002</v>
       </c>
+      <c r="FZ13" s="9">
+        <v>4558.9142709300004</v>
+      </c>
+      <c r="GA13" s="9">
+        <v>5209.8912241600001</v>
+      </c>
     </row>
-    <row r="14" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="13">
         <v>59537.204423670002</v>
       </c>
       <c r="D14" s="13">
         <v>58975.104589949988</v>
       </c>
       <c r="E14" s="13">
         <v>59078.600214620004</v>
       </c>
       <c r="F14" s="13">
         <v>59887.667017499996</v>
       </c>
       <c r="G14" s="13">
         <v>59828.290190799999</v>
       </c>
       <c r="H14" s="13">
         <v>60727.412069619997</v>
       </c>
       <c r="I14" s="13">
         <v>60636.751257210002</v>
       </c>
       <c r="J14" s="13">
@@ -5453,52 +5497,58 @@
       </c>
       <c r="FR14" s="13">
         <v>107743.10635899</v>
       </c>
       <c r="FS14" s="13">
         <v>108687.81977752001</v>
       </c>
       <c r="FT14" s="13">
         <v>110527.70947926</v>
       </c>
       <c r="FU14" s="13">
         <v>112566.99388469999</v>
       </c>
       <c r="FV14" s="13">
         <v>114367.08277212</v>
       </c>
       <c r="FW14" s="13">
         <v>115310.21029692001</v>
       </c>
       <c r="FX14" s="13">
         <v>115588.52086559001</v>
       </c>
       <c r="FY14" s="13">
         <v>117246.38969402001</v>
       </c>
+      <c r="FZ14" s="13">
+        <v>118160.05888919001</v>
+      </c>
+      <c r="GA14" s="13">
+        <v>117976.34188369999</v>
+      </c>
     </row>
-    <row r="15" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
@@ -5637,52 +5687,54 @@
       <c r="FA15" s="9"/>
       <c r="FB15" s="9"/>
       <c r="FC15" s="9"/>
       <c r="FD15" s="9"/>
       <c r="FE15" s="9"/>
       <c r="FF15" s="9"/>
       <c r="FG15" s="9"/>
       <c r="FH15" s="9"/>
       <c r="FI15" s="9"/>
       <c r="FJ15" s="9"/>
       <c r="FK15" s="9"/>
       <c r="FL15" s="9"/>
       <c r="FM15" s="9"/>
       <c r="FN15" s="9"/>
       <c r="FO15" s="9"/>
       <c r="FP15" s="9"/>
       <c r="FQ15" s="9"/>
       <c r="FR15" s="9"/>
       <c r="FS15" s="9"/>
       <c r="FT15" s="9"/>
       <c r="FU15" s="9"/>
       <c r="FV15" s="9"/>
       <c r="FW15" s="9"/>
       <c r="FX15" s="9"/>
       <c r="FY15" s="9"/>
+      <c r="FZ15" s="9"/>
+      <c r="GA15" s="9"/>
     </row>
-    <row r="16" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="9">
         <v>2563.0714446799998</v>
       </c>
       <c r="D16" s="9">
         <v>2481.19849974</v>
       </c>
       <c r="E16" s="9">
         <v>2488.9715188099999</v>
       </c>
       <c r="F16" s="9">
         <v>2468.9240487900001</v>
       </c>
       <c r="G16" s="9">
         <v>2588.4626710100001</v>
       </c>
       <c r="H16" s="9">
         <v>2612.62891683</v>
       </c>
       <c r="I16" s="9">
         <v>2839.0520474099999</v>
       </c>
       <c r="J16" s="9">
@@ -6179,52 +6231,58 @@
       </c>
       <c r="FR16" s="9">
         <v>11345.00520231</v>
       </c>
       <c r="FS16" s="9">
         <v>11417.950976820001</v>
       </c>
       <c r="FT16" s="9">
         <v>11441.652265999999</v>
       </c>
       <c r="FU16" s="9">
         <v>11485.003947880001</v>
       </c>
       <c r="FV16" s="9">
         <v>11539.758177240001</v>
       </c>
       <c r="FW16" s="9">
         <v>11542.619160210001</v>
       </c>
       <c r="FX16" s="9">
         <v>11524.833501569999</v>
       </c>
       <c r="FY16" s="9">
         <v>11539.323421290001</v>
       </c>
+      <c r="FZ16" s="9">
+        <v>11563.795632720001</v>
+      </c>
+      <c r="GA16" s="9">
+        <v>11740.117797319999</v>
+      </c>
     </row>
-    <row r="17" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="9">
         <v>11252.239484690001</v>
       </c>
       <c r="D17" s="9">
         <v>11149.12525293</v>
       </c>
       <c r="E17" s="9">
         <v>11366.694012639999</v>
       </c>
       <c r="F17" s="9">
         <v>11740.704923949999</v>
       </c>
       <c r="G17" s="9">
         <v>11894.062422540001</v>
       </c>
       <c r="H17" s="9">
         <v>12557.90460414</v>
       </c>
       <c r="I17" s="9">
         <v>12448.775304270001</v>
       </c>
       <c r="J17" s="9">
@@ -6721,52 +6779,58 @@
       </c>
       <c r="FR17" s="9">
         <v>10031.40970616</v>
       </c>
       <c r="FS17" s="9">
         <v>11215.32053049</v>
       </c>
       <c r="FT17" s="9">
         <v>12702.688744409999</v>
       </c>
       <c r="FU17" s="9">
         <v>13796.91526561</v>
       </c>
       <c r="FV17" s="9">
         <v>13588.466558749999</v>
       </c>
       <c r="FW17" s="9">
         <v>12494.529628079999</v>
       </c>
       <c r="FX17" s="9">
         <v>11385.96683442</v>
       </c>
       <c r="FY17" s="9">
         <v>13002.70882383</v>
       </c>
+      <c r="FZ17" s="9">
+        <v>14471.475367129999</v>
+      </c>
+      <c r="GA17" s="9">
+        <v>14068.50960028</v>
+      </c>
     </row>
-    <row r="18" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
         <v>32795.949290259996</v>
       </c>
       <c r="D18" s="9">
         <v>32431.840195090008</v>
       </c>
       <c r="E18" s="9">
         <v>32211.119978349998</v>
       </c>
       <c r="F18" s="9">
         <v>32738.285089749996</v>
       </c>
       <c r="G18" s="9">
         <v>32239.567314459997</v>
       </c>
       <c r="H18" s="9">
         <v>32155.915579460001</v>
       </c>
       <c r="I18" s="9">
         <v>31931.532025709999</v>
       </c>
       <c r="J18" s="9">
@@ -7263,52 +7327,58 @@
       </c>
       <c r="FR18" s="9">
         <v>68462.648737650001</v>
       </c>
       <c r="FS18" s="9">
         <v>68454.695315959994</v>
       </c>
       <c r="FT18" s="9">
         <v>68315.829440749993</v>
       </c>
       <c r="FU18" s="9">
         <v>69238.409152390013</v>
       </c>
       <c r="FV18" s="9">
         <v>71127.929229989997</v>
       </c>
       <c r="FW18" s="9">
         <v>72860.503412899998</v>
       </c>
       <c r="FX18" s="9">
         <v>74026.264094759987</v>
       </c>
       <c r="FY18" s="9">
         <v>73653.430335770012</v>
       </c>
+      <c r="FZ18" s="9">
+        <v>73670.540530800004</v>
+      </c>
+      <c r="GA18" s="9">
+        <v>73199.330761999998</v>
+      </c>
     </row>
-    <row r="19" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="9">
         <v>3808.7491942899997</v>
       </c>
       <c r="D19" s="9">
         <v>3582.9428083299999</v>
       </c>
       <c r="E19" s="9">
         <v>3343.84940611</v>
       </c>
       <c r="F19" s="9">
         <v>4199.2927415100003</v>
       </c>
       <c r="G19" s="9">
         <v>3931.7334224300002</v>
       </c>
       <c r="H19" s="9">
         <v>3741.17608028</v>
       </c>
       <c r="I19" s="9">
         <v>3455.1897861699995</v>
       </c>
       <c r="J19" s="9">
@@ -7805,52 +7875,58 @@
       </c>
       <c r="FR19" s="9">
         <v>7657.3127609900002</v>
       </c>
       <c r="FS19" s="9">
         <v>7533.9614791599997</v>
       </c>
       <c r="FT19" s="9">
         <v>6830.7382799099996</v>
       </c>
       <c r="FU19" s="9">
         <v>6888.9722454099992</v>
       </c>
       <c r="FV19" s="9">
         <v>7354.7990538100003</v>
       </c>
       <c r="FW19" s="9">
         <v>7754.1347866099995</v>
       </c>
       <c r="FX19" s="9">
         <v>8940.4011926799994</v>
       </c>
       <c r="FY19" s="9">
         <v>8155.3077186300015</v>
       </c>
+      <c r="FZ19" s="9">
+        <v>8067.4878702999995</v>
+      </c>
+      <c r="GA19" s="9">
+        <v>7534.1129695</v>
+      </c>
     </row>
-    <row r="20" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="9">
         <v>28987.200095969994</v>
       </c>
       <c r="D20" s="9">
         <v>28848.897386760007</v>
       </c>
       <c r="E20" s="9">
         <v>28867.270572239999</v>
       </c>
       <c r="F20" s="9">
         <v>28538.992348239997</v>
       </c>
       <c r="G20" s="9">
         <v>28307.833892029998</v>
       </c>
       <c r="H20" s="9">
         <v>28414.739499179999</v>
       </c>
       <c r="I20" s="9">
         <v>28476.342239540001</v>
       </c>
       <c r="J20" s="9">
@@ -8347,52 +8423,58 @@
       </c>
       <c r="FR20" s="9">
         <v>60805.335976659997</v>
       </c>
       <c r="FS20" s="9">
         <v>60920.733836799998</v>
       </c>
       <c r="FT20" s="9">
         <v>61485.091160839991</v>
       </c>
       <c r="FU20" s="9">
         <v>62349.436906980009</v>
       </c>
       <c r="FV20" s="9">
         <v>63773.130176179999</v>
       </c>
       <c r="FW20" s="9">
         <v>65106.368626290001</v>
       </c>
       <c r="FX20" s="9">
         <v>65085.862902079993</v>
       </c>
       <c r="FY20" s="9">
         <v>65498.122617140005</v>
       </c>
+      <c r="FZ20" s="9">
+        <v>65603.052660500005</v>
+      </c>
+      <c r="GA20" s="9">
+        <v>65665.2177925</v>
+      </c>
     </row>
-    <row r="21" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
         <v>31.718004359999998</v>
       </c>
       <c r="D21" s="9">
         <v>31.717092829999999</v>
       </c>
       <c r="E21" s="9">
         <v>26.536254100000001</v>
       </c>
       <c r="F21" s="9">
         <v>26.536289970000002</v>
       </c>
       <c r="G21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="H21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="I21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="J21" s="9">
@@ -8889,52 +8971,58 @@
       </c>
       <c r="FR21" s="9">
         <v>854.34543724000002</v>
       </c>
       <c r="FS21" s="9">
         <v>854.54191452999999</v>
       </c>
       <c r="FT21" s="9">
         <v>1172.64320821</v>
       </c>
       <c r="FU21" s="9">
         <v>1172.5276639399999</v>
       </c>
       <c r="FV21" s="9">
         <v>1172.3248499400001</v>
       </c>
       <c r="FW21" s="9">
         <v>1172.1244357199998</v>
       </c>
       <c r="FX21" s="9">
         <v>1453.3699520600001</v>
       </c>
       <c r="FY21" s="9">
         <v>1453.2709248599999</v>
       </c>
+      <c r="FZ21" s="9">
+        <v>1452.86521268</v>
+      </c>
+      <c r="GA21" s="9">
+        <v>1452.8856123</v>
+      </c>
     </row>
-    <row r="22" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="J22" s="9" t="s">
@@ -9431,52 +9519,58 @@
       </c>
       <c r="FR22" s="9">
         <v>862.87379550000003</v>
       </c>
       <c r="FS22" s="9">
         <v>965.19609202999993</v>
       </c>
       <c r="FT22" s="9">
         <v>998.90531894999992</v>
       </c>
       <c r="FU22" s="9">
         <v>1105.2932417300001</v>
       </c>
       <c r="FV22" s="9">
         <v>1126.0767103799999</v>
       </c>
       <c r="FW22" s="9">
         <v>1157.29851487</v>
       </c>
       <c r="FX22" s="9">
         <v>1189.7267070300002</v>
       </c>
       <c r="FY22" s="9">
         <v>1218.0314537699999</v>
       </c>
+      <c r="FZ22" s="9">
+        <v>1294.0281871099999</v>
+      </c>
+      <c r="GA22" s="9">
+        <v>1311.7823913</v>
+      </c>
     </row>
-    <row r="23" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="9">
         <v>12894.22621479</v>
       </c>
       <c r="D23" s="9">
         <v>12881.223544690003</v>
       </c>
       <c r="E23" s="9">
         <v>12985.278468480001</v>
       </c>
       <c r="F23" s="9">
         <v>12913.216672269999</v>
       </c>
       <c r="G23" s="9">
         <v>13079.653237220002</v>
       </c>
       <c r="H23" s="9">
         <v>13374.42234915</v>
       </c>
       <c r="I23" s="9">
         <v>13390.851264119998</v>
       </c>
       <c r="J23" s="9">
@@ -9973,52 +10067,58 @@
       </c>
       <c r="FR23" s="9">
         <v>16186.823486189998</v>
       </c>
       <c r="FS23" s="9">
         <v>15780.114954420003</v>
       </c>
       <c r="FT23" s="9">
         <v>15895.99050889</v>
       </c>
       <c r="FU23" s="9">
         <v>15768.844620179998</v>
       </c>
       <c r="FV23" s="9">
         <v>15812.5272534</v>
       </c>
       <c r="FW23" s="9">
         <v>16083.135153040002</v>
       </c>
       <c r="FX23" s="9">
         <v>16008.359782569998</v>
       </c>
       <c r="FY23" s="9">
         <v>16379.624734100002</v>
       </c>
+      <c r="FZ23" s="9">
+        <v>15707.35395821</v>
+      </c>
+      <c r="GA23" s="9">
+        <v>16203.715721069997</v>
+      </c>
     </row>
-    <row r="24" spans="2:181" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="15">
         <v>59537.204438779998</v>
       </c>
       <c r="D24" s="15">
         <v>58975.104585280009</v>
       </c>
       <c r="E24" s="15">
         <v>59078.600232379998</v>
       </c>
       <c r="F24" s="15">
         <v>59887.667024729992</v>
       </c>
       <c r="G24" s="15">
         <v>59828.290206909995</v>
       </c>
       <c r="H24" s="15">
         <v>60727.41601126</v>
       </c>
       <c r="I24" s="15">
         <v>60636.755203189998</v>
       </c>
       <c r="J24" s="15">
@@ -10514,50 +10614,56 @@
         <v>106923.97175344999</v>
       </c>
       <c r="FR24" s="15">
         <v>107743.10636505</v>
       </c>
       <c r="FS24" s="15">
         <v>108687.81978424999</v>
       </c>
       <c r="FT24" s="15">
         <v>110527.70948721</v>
       </c>
       <c r="FU24" s="15">
         <v>112566.99389173</v>
       </c>
       <c r="FV24" s="15">
         <v>114367.08277969999</v>
       </c>
       <c r="FW24" s="15">
         <v>115310.21030481999</v>
       </c>
       <c r="FX24" s="15">
         <v>115588.52087240999</v>
       </c>
       <c r="FY24" s="15">
         <v>117246.38969362002</v>
+      </c>
+      <c r="FZ24" s="15">
+        <v>118160.05888865002</v>
+      </c>
+      <c r="GA24" s="15">
+        <v>117976.34188427</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">