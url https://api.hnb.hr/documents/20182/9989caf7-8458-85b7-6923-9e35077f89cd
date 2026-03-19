--- v3 (2026-02-03)
+++ v4 (2026-03-19)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C65DCCA-7541-4E0B-BDA3-2448A50A8A0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB4FE8E0-1352-44CA-BB97-252E934B58DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4D7BFA31-A85D-4A05-9548-C30550A751A0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4D7BFA31-A85D-4A05-9548-C30550A751A0}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="24">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
@@ -408,50 +408,56 @@
   <si>
     <r>
       <t xml:space="preserve"> 4</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Debt securities issued</t>
     </r>
   </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* Revised data</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0\ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="mm\.yy\."/>
     <numFmt numFmtId="167" formatCode="mm/yy"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -570,51 +576,79 @@
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Naslov 1 2" xfId="3" xr:uid="{1E42E466-111C-4C45-8138-948FFDDFB4F1}"/>
     <cellStyle name="Naslov 2 2" xfId="1" xr:uid="{62134A76-FA95-46E2-8C2A-13154C08AB13}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{19F78E6E-A279-41E0-8E98-322548F5725B}"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="8">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
@@ -913,74 +947,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{323D8746-6688-4E47-9A30-B01FE5A50357}">
-  <dimension ref="B2:GA24"/>
+  <dimension ref="B2:GB26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="64.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:183" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:184" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:184" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="GA5" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="2:184" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="6">
         <v>40543</v>
       </c>
       <c r="D6" s="6">
         <v>40574</v>
       </c>
       <c r="E6" s="6">
         <v>40602</v>
       </c>
       <c r="F6" s="6">
         <v>40633</v>
       </c>
       <c r="G6" s="6">
         <v>40663</v>
       </c>
       <c r="H6" s="6">
         <v>40694</v>
       </c>
       <c r="I6" s="6">
         <v>40724</v>
       </c>
       <c r="J6" s="6">
         <v>40755</v>
       </c>
@@ -1481,52 +1519,55 @@
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
       <c r="FX6" s="6">
         <v>45930</v>
       </c>
       <c r="FY6" s="6">
         <v>45961</v>
       </c>
       <c r="FZ6" s="6">
         <v>45991</v>
       </c>
       <c r="GA6" s="6">
         <v>46022</v>
       </c>
+      <c r="GB6" s="6">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="7" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
       <c r="N7" s="9"/>
       <c r="O7" s="9"/>
       <c r="P7" s="9"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="9"/>
       <c r="T7" s="9"/>
       <c r="U7" s="9"/>
       <c r="V7" s="9"/>
       <c r="W7" s="9"/>
       <c r="X7" s="9"/>
@@ -1667,52 +1708,53 @@
       <c r="FC7" s="9"/>
       <c r="FD7" s="9"/>
       <c r="FE7" s="9"/>
       <c r="FF7" s="9"/>
       <c r="FG7" s="9"/>
       <c r="FH7" s="9"/>
       <c r="FI7" s="9"/>
       <c r="FJ7" s="9"/>
       <c r="FK7" s="9"/>
       <c r="FL7" s="9"/>
       <c r="FM7" s="9"/>
       <c r="FN7" s="9"/>
       <c r="FO7" s="9"/>
       <c r="FP7" s="9"/>
       <c r="FQ7" s="9"/>
       <c r="FR7" s="9"/>
       <c r="FS7" s="9"/>
       <c r="FT7" s="9"/>
       <c r="FU7" s="9"/>
       <c r="FV7" s="9"/>
       <c r="FW7" s="9"/>
       <c r="FX7" s="9"/>
       <c r="FY7" s="9"/>
       <c r="FZ7" s="9"/>
       <c r="GA7" s="9"/>
+      <c r="GB7" s="9"/>
     </row>
-    <row r="8" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="9">
         <v>16809.776440329999</v>
       </c>
       <c r="D8" s="9">
         <v>16302.61021671</v>
       </c>
       <c r="E8" s="9">
         <v>16245.46109871</v>
       </c>
       <c r="F8" s="9">
         <v>16333.125827990001</v>
       </c>
       <c r="G8" s="9">
         <v>16071.94012042</v>
       </c>
       <c r="H8" s="9">
         <v>16356.889235750001</v>
       </c>
       <c r="I8" s="9">
         <v>16375.306832769998</v>
       </c>
       <c r="J8" s="9">
@@ -2213,54 +2255,57 @@
       <c r="FS8" s="9">
         <v>43894.637667679999</v>
       </c>
       <c r="FT8" s="9">
         <v>45182.788890650001</v>
       </c>
       <c r="FU8" s="9">
         <v>46074.655339500001</v>
       </c>
       <c r="FV8" s="9">
         <v>47034.865862169994</v>
       </c>
       <c r="FW8" s="9">
         <v>47874.062733400002</v>
       </c>
       <c r="FX8" s="9">
         <v>47985.508462170001</v>
       </c>
       <c r="FY8" s="9">
         <v>48808.776209520001</v>
       </c>
       <c r="FZ8" s="9">
         <v>48927.961673210004</v>
       </c>
       <c r="GA8" s="9">
-        <v>48084.67632128</v>
+        <v>48084.672520419997</v>
+      </c>
+      <c r="GB8" s="9">
+        <v>48874.19967658</v>
       </c>
     </row>
-    <row r="9" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="9">
         <v>40270.437523090004</v>
       </c>
       <c r="D9" s="9">
         <v>40218.159418129995</v>
       </c>
       <c r="E9" s="9">
         <v>40415.576658049999</v>
       </c>
       <c r="F9" s="9">
         <v>41174.404225139995</v>
       </c>
       <c r="G9" s="9">
         <v>41280.676404819998</v>
       </c>
       <c r="H9" s="9">
         <v>41884.420499319996</v>
       </c>
       <c r="I9" s="9">
         <v>41677.049835619997</v>
       </c>
       <c r="J9" s="9">
@@ -2761,54 +2806,57 @@
       <c r="FS9" s="9">
         <v>60550.948700929999</v>
       </c>
       <c r="FT9" s="9">
         <v>61016.606048189991</v>
       </c>
       <c r="FU9" s="9">
         <v>61883.08291949</v>
       </c>
       <c r="FV9" s="9">
         <v>62871.387341430003</v>
       </c>
       <c r="FW9" s="9">
         <v>62830.23712613</v>
       </c>
       <c r="FX9" s="9">
         <v>63192.100936460003</v>
       </c>
       <c r="FY9" s="9">
         <v>63952.1879052</v>
       </c>
       <c r="FZ9" s="9">
         <v>64673.182945050008</v>
       </c>
       <c r="GA9" s="9">
-        <v>64681.774338259995</v>
+        <v>64684.968508389997</v>
+      </c>
+      <c r="GB9" s="9">
+        <v>64920.853860380004</v>
       </c>
     </row>
-    <row r="10" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="9">
         <v>7580.2744613700006</v>
       </c>
       <c r="D10" s="9">
         <v>7693.8310885000001</v>
       </c>
       <c r="E10" s="9">
         <v>7735.8898144200002</v>
       </c>
       <c r="F10" s="9">
         <v>8512.0818213899984</v>
       </c>
       <c r="G10" s="9">
         <v>8406.9160123700003</v>
       </c>
       <c r="H10" s="9">
         <v>8443.4029304699998</v>
       </c>
       <c r="I10" s="9">
         <v>8345.2401831999996</v>
       </c>
       <c r="J10" s="9">
@@ -3311,52 +3359,55 @@
       </c>
       <c r="FT10" s="9">
         <v>16525.594034469999</v>
       </c>
       <c r="FU10" s="9">
         <v>16721.724417630001</v>
       </c>
       <c r="FV10" s="9">
         <v>17261.65899856</v>
       </c>
       <c r="FW10" s="9">
         <v>17269.963924719999</v>
       </c>
       <c r="FX10" s="9">
         <v>17255.473238450002</v>
       </c>
       <c r="FY10" s="9">
         <v>17289.984348869999</v>
       </c>
       <c r="FZ10" s="9">
         <v>17449.58399417</v>
       </c>
       <c r="GA10" s="9">
         <v>17403.669835920002</v>
       </c>
+      <c r="GB10" s="9">
+        <v>17429.712776749999</v>
+      </c>
     </row>
-    <row r="11" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="9">
         <v>448.13242981999997</v>
       </c>
       <c r="D11" s="9">
         <v>461.53937538000002</v>
       </c>
       <c r="E11" s="9">
         <v>460.63954264</v>
       </c>
       <c r="F11" s="9">
         <v>460.75095776000006</v>
       </c>
       <c r="G11" s="9">
         <v>443.86900897999999</v>
       </c>
       <c r="H11" s="9">
         <v>444.71325618000003</v>
       </c>
       <c r="I11" s="9">
         <v>439.61265458999998</v>
       </c>
       <c r="J11" s="9">
@@ -3859,52 +3910,55 @@
       </c>
       <c r="FT11" s="9">
         <v>843.58467800999995</v>
       </c>
       <c r="FU11" s="9">
         <v>855.51089877999993</v>
       </c>
       <c r="FV11" s="9">
         <v>856.78986966000002</v>
       </c>
       <c r="FW11" s="9">
         <v>857.51268044999995</v>
       </c>
       <c r="FX11" s="9">
         <v>853.64495090999992</v>
       </c>
       <c r="FY11" s="9">
         <v>875.0676034999999</v>
       </c>
       <c r="FZ11" s="9">
         <v>887.71709697999995</v>
       </c>
       <c r="GA11" s="9">
         <v>942.64116289999993</v>
       </c>
+      <c r="GB11" s="9">
+        <v>952.15604878999989</v>
+      </c>
     </row>
-    <row r="12" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="9">
         <v>32242.030631900005</v>
       </c>
       <c r="D12" s="9">
         <v>32062.788954249998</v>
       </c>
       <c r="E12" s="9">
         <v>32219.047300989998</v>
       </c>
       <c r="F12" s="9">
         <v>32201.571445990001</v>
       </c>
       <c r="G12" s="9">
         <v>32429.89138347</v>
       </c>
       <c r="H12" s="9">
         <v>32996.304312669999</v>
       </c>
       <c r="I12" s="9">
         <v>32892.196997829997</v>
       </c>
       <c r="J12" s="9">
@@ -4405,54 +4459,57 @@
       <c r="FS12" s="9">
         <v>43107.069353259998</v>
       </c>
       <c r="FT12" s="9">
         <v>43647.427335709996</v>
       </c>
       <c r="FU12" s="9">
         <v>44305.847603079994</v>
       </c>
       <c r="FV12" s="9">
         <v>44752.938473210001</v>
       </c>
       <c r="FW12" s="9">
         <v>44702.760520960001</v>
       </c>
       <c r="FX12" s="9">
         <v>45082.982747100003</v>
       </c>
       <c r="FY12" s="9">
         <v>45787.135952830002</v>
       </c>
       <c r="FZ12" s="9">
         <v>46335.881853900006</v>
       </c>
       <c r="GA12" s="9">
-        <v>46335.463339439993</v>
+        <v>46338.657509569995</v>
+      </c>
+      <c r="GB12" s="9">
+        <v>46538.985034840007</v>
       </c>
     </row>
-    <row r="13" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>2456.9904602500001</v>
       </c>
       <c r="D13" s="9">
         <v>2454.33495511</v>
       </c>
       <c r="E13" s="9">
         <v>2417.56245786</v>
       </c>
       <c r="F13" s="9">
         <v>2380.13696437</v>
       </c>
       <c r="G13" s="9">
         <v>2475.6736655600002</v>
       </c>
       <c r="H13" s="9">
         <v>2486.1023345499998</v>
       </c>
       <c r="I13" s="9">
         <v>2584.3945888200001</v>
       </c>
       <c r="J13" s="9">
@@ -4953,54 +5010,57 @@
       <c r="FS13" s="9">
         <v>4242.2334089099995</v>
       </c>
       <c r="FT13" s="9">
         <v>4328.3145404200004</v>
       </c>
       <c r="FU13" s="9">
         <v>4609.2556257099995</v>
       </c>
       <c r="FV13" s="9">
         <v>4460.8295685200001</v>
       </c>
       <c r="FW13" s="9">
         <v>4605.91043739</v>
       </c>
       <c r="FX13" s="9">
         <v>4410.9114669600003</v>
       </c>
       <c r="FY13" s="9">
         <v>4485.4255793000002</v>
       </c>
       <c r="FZ13" s="9">
         <v>4558.9142709300004</v>
       </c>
       <c r="GA13" s="9">
-        <v>5209.8912241600001</v>
+        <v>5212.3606785300008</v>
+      </c>
+      <c r="GB13" s="9">
+        <v>4810.11855113</v>
       </c>
     </row>
-    <row r="14" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="13">
         <v>59537.204423670002</v>
       </c>
       <c r="D14" s="13">
         <v>58975.104589949988</v>
       </c>
       <c r="E14" s="13">
         <v>59078.600214620004</v>
       </c>
       <c r="F14" s="13">
         <v>59887.667017499996</v>
       </c>
       <c r="G14" s="13">
         <v>59828.290190799999</v>
       </c>
       <c r="H14" s="13">
         <v>60727.412069619997</v>
       </c>
       <c r="I14" s="13">
         <v>60636.751257210002</v>
       </c>
       <c r="J14" s="13">
@@ -5501,54 +5561,57 @@
       <c r="FS14" s="13">
         <v>108687.81977752001</v>
       </c>
       <c r="FT14" s="13">
         <v>110527.70947926</v>
       </c>
       <c r="FU14" s="13">
         <v>112566.99388469999</v>
       </c>
       <c r="FV14" s="13">
         <v>114367.08277212</v>
       </c>
       <c r="FW14" s="13">
         <v>115310.21029692001</v>
       </c>
       <c r="FX14" s="13">
         <v>115588.52086559001</v>
       </c>
       <c r="FY14" s="13">
         <v>117246.38969402001</v>
       </c>
       <c r="FZ14" s="13">
         <v>118160.05888919001</v>
       </c>
       <c r="GA14" s="13">
-        <v>117976.34188369999</v>
+        <v>117982.00170734001</v>
+      </c>
+      <c r="GB14" s="13">
+        <v>118605.17208809001</v>
       </c>
     </row>
-    <row r="15" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
@@ -5689,52 +5752,53 @@
       <c r="FC15" s="9"/>
       <c r="FD15" s="9"/>
       <c r="FE15" s="9"/>
       <c r="FF15" s="9"/>
       <c r="FG15" s="9"/>
       <c r="FH15" s="9"/>
       <c r="FI15" s="9"/>
       <c r="FJ15" s="9"/>
       <c r="FK15" s="9"/>
       <c r="FL15" s="9"/>
       <c r="FM15" s="9"/>
       <c r="FN15" s="9"/>
       <c r="FO15" s="9"/>
       <c r="FP15" s="9"/>
       <c r="FQ15" s="9"/>
       <c r="FR15" s="9"/>
       <c r="FS15" s="9"/>
       <c r="FT15" s="9"/>
       <c r="FU15" s="9"/>
       <c r="FV15" s="9"/>
       <c r="FW15" s="9"/>
       <c r="FX15" s="9"/>
       <c r="FY15" s="9"/>
       <c r="FZ15" s="9"/>
       <c r="GA15" s="9"/>
+      <c r="GB15" s="9"/>
     </row>
-    <row r="16" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="9">
         <v>2563.0714446799998</v>
       </c>
       <c r="D16" s="9">
         <v>2481.19849974</v>
       </c>
       <c r="E16" s="9">
         <v>2488.9715188099999</v>
       </c>
       <c r="F16" s="9">
         <v>2468.9240487900001</v>
       </c>
       <c r="G16" s="9">
         <v>2588.4626710100001</v>
       </c>
       <c r="H16" s="9">
         <v>2612.62891683</v>
       </c>
       <c r="I16" s="9">
         <v>2839.0520474099999</v>
       </c>
       <c r="J16" s="9">
@@ -6237,52 +6301,55 @@
       </c>
       <c r="FT16" s="9">
         <v>11441.652265999999</v>
       </c>
       <c r="FU16" s="9">
         <v>11485.003947880001</v>
       </c>
       <c r="FV16" s="9">
         <v>11539.758177240001</v>
       </c>
       <c r="FW16" s="9">
         <v>11542.619160210001</v>
       </c>
       <c r="FX16" s="9">
         <v>11524.833501569999</v>
       </c>
       <c r="FY16" s="9">
         <v>11539.323421290001</v>
       </c>
       <c r="FZ16" s="9">
         <v>11563.795632720001</v>
       </c>
       <c r="GA16" s="9">
         <v>11740.117797319999</v>
       </c>
+      <c r="GB16" s="9">
+        <v>11499.795655370001</v>
+      </c>
     </row>
-    <row r="17" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="9">
         <v>11252.239484690001</v>
       </c>
       <c r="D17" s="9">
         <v>11149.12525293</v>
       </c>
       <c r="E17" s="9">
         <v>11366.694012639999</v>
       </c>
       <c r="F17" s="9">
         <v>11740.704923949999</v>
       </c>
       <c r="G17" s="9">
         <v>11894.062422540001</v>
       </c>
       <c r="H17" s="9">
         <v>12557.90460414</v>
       </c>
       <c r="I17" s="9">
         <v>12448.775304270001</v>
       </c>
       <c r="J17" s="9">
@@ -6785,52 +6852,55 @@
       </c>
       <c r="FT17" s="9">
         <v>12702.688744409999</v>
       </c>
       <c r="FU17" s="9">
         <v>13796.91526561</v>
       </c>
       <c r="FV17" s="9">
         <v>13588.466558749999</v>
       </c>
       <c r="FW17" s="9">
         <v>12494.529628079999</v>
       </c>
       <c r="FX17" s="9">
         <v>11385.96683442</v>
       </c>
       <c r="FY17" s="9">
         <v>13002.70882383</v>
       </c>
       <c r="FZ17" s="9">
         <v>14471.475367129999</v>
       </c>
       <c r="GA17" s="9">
         <v>14068.50960028</v>
       </c>
+      <c r="GB17" s="9">
+        <v>15441.0370052</v>
+      </c>
     </row>
-    <row r="18" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
         <v>32795.949290259996</v>
       </c>
       <c r="D18" s="9">
         <v>32431.840195090008</v>
       </c>
       <c r="E18" s="9">
         <v>32211.119978349998</v>
       </c>
       <c r="F18" s="9">
         <v>32738.285089749996</v>
       </c>
       <c r="G18" s="9">
         <v>32239.567314459997</v>
       </c>
       <c r="H18" s="9">
         <v>32155.915579460001</v>
       </c>
       <c r="I18" s="9">
         <v>31931.532025709999</v>
       </c>
       <c r="J18" s="9">
@@ -7331,54 +7401,57 @@
       <c r="FS18" s="9">
         <v>68454.695315959994</v>
       </c>
       <c r="FT18" s="9">
         <v>68315.829440749993</v>
       </c>
       <c r="FU18" s="9">
         <v>69238.409152390013</v>
       </c>
       <c r="FV18" s="9">
         <v>71127.929229989997</v>
       </c>
       <c r="FW18" s="9">
         <v>72860.503412899998</v>
       </c>
       <c r="FX18" s="9">
         <v>74026.264094759987</v>
       </c>
       <c r="FY18" s="9">
         <v>73653.430335770012</v>
       </c>
       <c r="FZ18" s="9">
         <v>73670.540530800004</v>
       </c>
       <c r="GA18" s="9">
-        <v>73199.330761999998</v>
+        <v>73199.330396959995</v>
+      </c>
+      <c r="GB18" s="9">
+        <v>72573.00886916001</v>
       </c>
     </row>
-    <row r="19" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="9">
         <v>3808.7491942899997</v>
       </c>
       <c r="D19" s="9">
         <v>3582.9428083299999</v>
       </c>
       <c r="E19" s="9">
         <v>3343.84940611</v>
       </c>
       <c r="F19" s="9">
         <v>4199.2927415100003</v>
       </c>
       <c r="G19" s="9">
         <v>3931.7334224300002</v>
       </c>
       <c r="H19" s="9">
         <v>3741.17608028</v>
       </c>
       <c r="I19" s="9">
         <v>3455.1897861699995</v>
       </c>
       <c r="J19" s="9">
@@ -7879,54 +7952,57 @@
       <c r="FS19" s="9">
         <v>7533.9614791599997</v>
       </c>
       <c r="FT19" s="9">
         <v>6830.7382799099996</v>
       </c>
       <c r="FU19" s="9">
         <v>6888.9722454099992</v>
       </c>
       <c r="FV19" s="9">
         <v>7354.7990538100003</v>
       </c>
       <c r="FW19" s="9">
         <v>7754.1347866099995</v>
       </c>
       <c r="FX19" s="9">
         <v>8940.4011926799994</v>
       </c>
       <c r="FY19" s="9">
         <v>8155.3077186300015</v>
       </c>
       <c r="FZ19" s="9">
         <v>8067.4878702999995</v>
       </c>
       <c r="GA19" s="9">
-        <v>7534.1129695</v>
+        <v>7534.1126044600005</v>
+      </c>
+      <c r="GB19" s="9">
+        <v>7819.0158728899996</v>
       </c>
     </row>
-    <row r="20" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="9">
         <v>28987.200095969994</v>
       </c>
       <c r="D20" s="9">
         <v>28848.897386760007</v>
       </c>
       <c r="E20" s="9">
         <v>28867.270572239999</v>
       </c>
       <c r="F20" s="9">
         <v>28538.992348239997</v>
       </c>
       <c r="G20" s="9">
         <v>28307.833892029998</v>
       </c>
       <c r="H20" s="9">
         <v>28414.739499179999</v>
       </c>
       <c r="I20" s="9">
         <v>28476.342239540001</v>
       </c>
       <c r="J20" s="9">
@@ -8429,52 +8505,55 @@
       </c>
       <c r="FT20" s="9">
         <v>61485.091160839991</v>
       </c>
       <c r="FU20" s="9">
         <v>62349.436906980009</v>
       </c>
       <c r="FV20" s="9">
         <v>63773.130176179999</v>
       </c>
       <c r="FW20" s="9">
         <v>65106.368626290001</v>
       </c>
       <c r="FX20" s="9">
         <v>65085.862902079993</v>
       </c>
       <c r="FY20" s="9">
         <v>65498.122617140005</v>
       </c>
       <c r="FZ20" s="9">
         <v>65603.052660500005</v>
       </c>
       <c r="GA20" s="9">
         <v>65665.2177925</v>
       </c>
+      <c r="GB20" s="9">
+        <v>64753.992996270004</v>
+      </c>
     </row>
-    <row r="21" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
         <v>31.718004359999998</v>
       </c>
       <c r="D21" s="9">
         <v>31.717092829999999</v>
       </c>
       <c r="E21" s="9">
         <v>26.536254100000001</v>
       </c>
       <c r="F21" s="9">
         <v>26.536289970000002</v>
       </c>
       <c r="G21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="H21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="I21" s="9">
         <v>26.544561680000001</v>
       </c>
       <c r="J21" s="9">
@@ -8977,52 +9056,55 @@
       </c>
       <c r="FT21" s="9">
         <v>1172.64320821</v>
       </c>
       <c r="FU21" s="9">
         <v>1172.5276639399999</v>
       </c>
       <c r="FV21" s="9">
         <v>1172.3248499400001</v>
       </c>
       <c r="FW21" s="9">
         <v>1172.1244357199998</v>
       </c>
       <c r="FX21" s="9">
         <v>1453.3699520600001</v>
       </c>
       <c r="FY21" s="9">
         <v>1453.2709248599999</v>
       </c>
       <c r="FZ21" s="9">
         <v>1452.86521268</v>
       </c>
       <c r="GA21" s="9">
         <v>1452.8856123</v>
       </c>
+      <c r="GB21" s="9">
+        <v>1453.1674165700001</v>
+      </c>
     </row>
-    <row r="22" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="J22" s="9" t="s">
@@ -9525,52 +9607,55 @@
       </c>
       <c r="FT22" s="9">
         <v>998.90531894999992</v>
       </c>
       <c r="FU22" s="9">
         <v>1105.2932417300001</v>
       </c>
       <c r="FV22" s="9">
         <v>1126.0767103799999</v>
       </c>
       <c r="FW22" s="9">
         <v>1157.29851487</v>
       </c>
       <c r="FX22" s="9">
         <v>1189.7267070300002</v>
       </c>
       <c r="FY22" s="9">
         <v>1218.0314537699999</v>
       </c>
       <c r="FZ22" s="9">
         <v>1294.0281871099999</v>
       </c>
       <c r="GA22" s="9">
         <v>1311.7823913</v>
       </c>
+      <c r="GB22" s="9">
+        <v>1322.0937087699999</v>
+      </c>
     </row>
-    <row r="23" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="9">
         <v>12894.22621479</v>
       </c>
       <c r="D23" s="9">
         <v>12881.223544690003</v>
       </c>
       <c r="E23" s="9">
         <v>12985.278468480001</v>
       </c>
       <c r="F23" s="9">
         <v>12913.216672269999</v>
       </c>
       <c r="G23" s="9">
         <v>13079.653237220002</v>
       </c>
       <c r="H23" s="9">
         <v>13374.42234915</v>
       </c>
       <c r="I23" s="9">
         <v>13390.851264119998</v>
       </c>
       <c r="J23" s="9">
@@ -10071,54 +10156,57 @@
       <c r="FS23" s="9">
         <v>15780.114954420003</v>
       </c>
       <c r="FT23" s="9">
         <v>15895.99050889</v>
       </c>
       <c r="FU23" s="9">
         <v>15768.844620179998</v>
       </c>
       <c r="FV23" s="9">
         <v>15812.5272534</v>
       </c>
       <c r="FW23" s="9">
         <v>16083.135153040002</v>
       </c>
       <c r="FX23" s="9">
         <v>16008.359782569998</v>
       </c>
       <c r="FY23" s="9">
         <v>16379.624734100002</v>
       </c>
       <c r="FZ23" s="9">
         <v>15707.35395821</v>
       </c>
       <c r="GA23" s="9">
-        <v>16203.715721069997</v>
+        <v>16209.375909749999</v>
+      </c>
+      <c r="GB23" s="9">
+        <v>16316.069433029998</v>
       </c>
     </row>
-    <row r="24" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:184" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="15">
         <v>59537.204438779998</v>
       </c>
       <c r="D24" s="15">
         <v>58975.104585280009</v>
       </c>
       <c r="E24" s="15">
         <v>59078.600232379998</v>
       </c>
       <c r="F24" s="15">
         <v>59887.667024729992</v>
       </c>
       <c r="G24" s="15">
         <v>59828.290206909995</v>
       </c>
       <c r="H24" s="15">
         <v>60727.41601126</v>
       </c>
       <c r="I24" s="15">
         <v>60636.755203189998</v>
       </c>
       <c r="J24" s="15">
@@ -10619,51 +10707,59 @@
       <c r="FS24" s="15">
         <v>108687.81978424999</v>
       </c>
       <c r="FT24" s="15">
         <v>110527.70948721</v>
       </c>
       <c r="FU24" s="15">
         <v>112566.99389173</v>
       </c>
       <c r="FV24" s="15">
         <v>114367.08277969999</v>
       </c>
       <c r="FW24" s="15">
         <v>115310.21030481999</v>
       </c>
       <c r="FX24" s="15">
         <v>115588.52087240999</v>
       </c>
       <c r="FY24" s="15">
         <v>117246.38969362002</v>
       </c>
       <c r="FZ24" s="15">
         <v>118160.05888865002</v>
       </c>
       <c r="GA24" s="15">
-        <v>117976.34188427</v>
+        <v>117982.00170791001</v>
+      </c>
+      <c r="GB24" s="15">
+        <v>118605.17208810001</v>
+      </c>
+    </row>
+    <row r="26" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="1" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">