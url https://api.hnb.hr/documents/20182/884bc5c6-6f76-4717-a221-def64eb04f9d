--- v0 (2025-11-08)
+++ v1 (2026-02-03)
@@ -2,76 +2,76 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="10" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="70">
   <si>
     <t>Manufacture of chemicals and chemical products</t>
   </si>
   <si>
     <t>Manufacture of rubber and plastic products</t>
   </si>
   <si>
     <t>Manufacture of other non-metallic mineral products</t>
   </si>
   <si>
     <t>Manufacture of fabricated metal products, except machinery and equipment</t>
   </si>
   <si>
     <t>Real estate activities</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>NACE</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
@@ -376,58 +376,52 @@
   <si>
     <t>Travel agency, tour operator and other reservation service and related activities</t>
   </si>
   <si>
     <t>Repair and installation of machinery and equipment</t>
   </si>
   <si>
     <t>Sewerage</t>
   </si>
   <si>
     <t>Manufacture of leather and related products</t>
   </si>
   <si>
     <t>Food and beverage service activities</t>
   </si>
   <si>
     <t>Scientific research and development</t>
   </si>
   <si>
     <t>Manufacture of machinery and equipment n.e.c.</t>
   </si>
   <si>
     <t>Waste collection, treatment and disposal activities; materials recovery</t>
   </si>
   <si>
-    <t>Specialised construction activities</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Q1, Q2 2025 </t>
+      <t xml:space="preserve">Q1, Q2, Q3 2025 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <t>Real estate investments</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
@@ -1008,63 +1002,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:AL74"/>
+  <dimension ref="B2:AL72"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.1640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="82" style="1" customWidth="1"/>
-    <col min="4" max="33" width="8.83203125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="36" max="36" width="13.5" style="1" customWidth="1"/>
+    <col min="4" max="31" width="8.83203125" style="1" customWidth="1"/>
+    <col min="32" max="35" width="8.5" style="1" customWidth="1"/>
+    <col min="36" max="36" width="16" style="1" customWidth="1"/>
     <col min="37" max="37" width="10.83203125" style="2" customWidth="1"/>
     <col min="38" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:38" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="3" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AK4" s="1"/>
     </row>
     <row r="5" spans="2:38" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="11">
@@ -1142,51 +1135,51 @@
       <c r="AB5" s="11">
         <v>2017</v>
       </c>
       <c r="AC5" s="11">
         <v>2018</v>
       </c>
       <c r="AD5" s="11">
         <v>2019</v>
       </c>
       <c r="AE5" s="11">
         <v>2020</v>
       </c>
       <c r="AF5" s="11">
         <v>2021</v>
       </c>
       <c r="AG5" s="11">
         <v>2022</v>
       </c>
       <c r="AH5" s="29">
         <v>2023</v>
       </c>
       <c r="AI5" s="11">
         <v>2024</v>
       </c>
       <c r="AJ5" s="11" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="AK5" s="11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="30">
         <v>64</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="24">
         <v>6.2520000000000006E-2</v>
       </c>
       <c r="E6" s="24">
         <v>7.6785299999999994</v>
       </c>
       <c r="F6" s="24">
         <v>1.84981</v>
       </c>
       <c r="G6" s="24">
         <v>49.570050000000002</v>
       </c>
       <c r="H6" s="24">
@@ -1252,61 +1245,61 @@
       <c r="AB6" s="24">
         <v>118.81367</v>
       </c>
       <c r="AC6" s="24">
         <v>370.38221000000004</v>
       </c>
       <c r="AD6" s="24">
         <v>2328.27871</v>
       </c>
       <c r="AE6" s="24">
         <v>356.13084999999995</v>
       </c>
       <c r="AF6" s="24">
         <v>999.59596999999997</v>
       </c>
       <c r="AG6" s="24">
         <v>629.51896999999997</v>
       </c>
       <c r="AH6" s="24">
         <v>309.60838000000001</v>
       </c>
       <c r="AI6" s="24">
         <v>722.83692000000008</v>
       </c>
       <c r="AJ6" s="15">
-        <v>162.31632999999999</v>
+        <v>618.41700000000003</v>
       </c>
       <c r="AK6" s="16">
-        <v>14534.107820000001</v>
+        <v>14990.208490000001</v>
       </c>
       <c r="AL6" s="7"/>
     </row>
     <row r="7" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="31"/>
       <c r="C7" s="14" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D7" s="15">
         <v>0</v>
       </c>
       <c r="E7" s="15">
         <v>0</v>
       </c>
       <c r="F7" s="15">
         <v>0</v>
       </c>
       <c r="G7" s="15">
         <v>0</v>
       </c>
       <c r="H7" s="15">
         <v>0</v>
       </c>
       <c r="I7" s="15">
         <v>0</v>
       </c>
       <c r="J7" s="15">
         <v>0</v>
       </c>
       <c r="K7" s="15">
         <v>0</v>
       </c>
@@ -1361,498 +1354,498 @@
       <c r="AB7" s="15">
         <v>223.32599999999999</v>
       </c>
       <c r="AC7" s="15">
         <v>225.14699999999999</v>
       </c>
       <c r="AD7" s="15">
         <v>277.08100000000002</v>
       </c>
       <c r="AE7" s="15">
         <v>330.35500000000002</v>
       </c>
       <c r="AF7" s="15">
         <v>792.36400000000003</v>
       </c>
       <c r="AG7" s="15">
         <v>907.07799999999997</v>
       </c>
       <c r="AH7" s="15">
         <v>573.30799999999999</v>
       </c>
       <c r="AI7" s="15">
         <v>505.74700000000001</v>
       </c>
       <c r="AJ7" s="15">
-        <v>156.42500000000001</v>
+        <v>279.39</v>
       </c>
       <c r="AK7" s="16">
-        <v>5526.6727699999992</v>
+        <v>5649.6377699999994</v>
       </c>
       <c r="AL7" s="7"/>
     </row>
     <row r="8" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="30">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="C8" s="14" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" s="15">
-        <v>0.62251000000000001</v>
+        <v>0</v>
       </c>
       <c r="E8" s="15">
-        <v>0.27049000000000001</v>
+        <v>0</v>
       </c>
       <c r="F8" s="15">
-        <v>0.63578000000000001</v>
+        <v>0</v>
       </c>
       <c r="G8" s="15">
-        <v>0.89107000000000003</v>
+        <v>223.77531999999999</v>
       </c>
       <c r="H8" s="15">
-        <v>11.318610000000001</v>
+        <v>63.916290000000004</v>
       </c>
       <c r="I8" s="15">
-        <v>19.49511</v>
+        <v>389.00576000000001</v>
       </c>
       <c r="J8" s="15">
-        <v>11.8286</v>
+        <v>80.178550000000001</v>
       </c>
       <c r="K8" s="15">
-        <v>26.516639999999999</v>
+        <v>69.687600000000003</v>
       </c>
       <c r="L8" s="15">
-        <v>64.200609999999998</v>
+        <v>45.624089999999995</v>
       </c>
       <c r="M8" s="15">
-        <v>60.115459999999999</v>
+        <v>74.521140000000003</v>
       </c>
       <c r="N8" s="15">
-        <v>114.67434</v>
+        <v>303.32150999999999</v>
       </c>
       <c r="O8" s="15">
-        <v>94.062169999999995</v>
+        <v>-31.143090000000001</v>
       </c>
       <c r="P8" s="15">
-        <v>132.77593999999999</v>
+        <v>-55.616239999999998</v>
       </c>
       <c r="Q8" s="15">
-        <v>150.01541</v>
+        <v>515.75214000000005</v>
       </c>
       <c r="R8" s="15">
-        <v>301.39503999999999</v>
+        <v>-40.749629999999996</v>
       </c>
       <c r="S8" s="15">
-        <v>202.38002</v>
+        <v>-57.769190000000002</v>
       </c>
       <c r="T8" s="15">
-        <v>102.67858</v>
+        <v>2.99579</v>
       </c>
       <c r="U8" s="15">
-        <v>95.649050000000003</v>
+        <v>-251.52954</v>
       </c>
       <c r="V8" s="15">
-        <v>50.213300000000004</v>
+        <v>36.5779</v>
       </c>
       <c r="W8" s="15">
-        <v>69.404219999999995</v>
+        <v>-74.731960000000001</v>
       </c>
       <c r="X8" s="15">
-        <v>-11.240549999999999</v>
+        <v>29.58372</v>
       </c>
       <c r="Y8" s="15">
-        <v>162.29239999999999</v>
+        <v>127.33868</v>
       </c>
       <c r="Z8" s="15">
-        <v>97.815660000000008</v>
+        <v>-192.28601999999998</v>
       </c>
       <c r="AA8" s="15">
-        <v>94.912869999999998</v>
+        <v>-88.475529999999992</v>
       </c>
       <c r="AB8" s="15">
-        <v>176.06800000000001</v>
+        <v>9.2349399999999999</v>
       </c>
       <c r="AC8" s="15">
-        <v>116.14172000000001</v>
+        <v>26.971499999999999</v>
       </c>
       <c r="AD8" s="15">
-        <v>85.894170000000003</v>
+        <v>-59.482219999999998</v>
       </c>
       <c r="AE8" s="15">
-        <v>65.477279999999993</v>
+        <v>144.69023999999999</v>
       </c>
       <c r="AF8" s="15">
-        <v>599.53882999999996</v>
+        <v>-51.77711</v>
       </c>
       <c r="AG8" s="15">
-        <v>281.77759999999995</v>
+        <v>-47.894959999999998</v>
       </c>
       <c r="AH8" s="15">
-        <v>202.17545000000001</v>
+        <v>878.46829000000002</v>
       </c>
       <c r="AI8" s="15">
-        <v>162.34192000000002</v>
+        <v>1055.62085</v>
       </c>
       <c r="AJ8" s="15">
-        <v>10.455959999999999</v>
+        <v>625.03542000000004</v>
       </c>
       <c r="AK8" s="16">
-        <v>3552.7942599999997</v>
+        <v>3750.8442400000004</v>
       </c>
       <c r="AL8" s="7"/>
     </row>
     <row r="9" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="30">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="C9" s="14" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D9" s="15">
-        <v>0</v>
+        <v>0.62251000000000001</v>
       </c>
       <c r="E9" s="15">
-        <v>0</v>
+        <v>0.27049000000000001</v>
       </c>
       <c r="F9" s="15">
-        <v>0</v>
+        <v>0.63578000000000001</v>
       </c>
       <c r="G9" s="15">
-        <v>223.77531999999999</v>
+        <v>0.89107000000000003</v>
       </c>
       <c r="H9" s="15">
-        <v>63.916290000000004</v>
+        <v>11.318610000000001</v>
       </c>
       <c r="I9" s="15">
-        <v>389.00576000000001</v>
+        <v>19.49511</v>
       </c>
       <c r="J9" s="15">
-        <v>80.178550000000001</v>
+        <v>11.8286</v>
       </c>
       <c r="K9" s="15">
-        <v>69.687600000000003</v>
+        <v>26.516639999999999</v>
       </c>
       <c r="L9" s="15">
-        <v>45.624089999999995</v>
+        <v>64.200609999999998</v>
       </c>
       <c r="M9" s="15">
-        <v>74.521140000000003</v>
+        <v>60.115459999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>303.32150999999999</v>
+        <v>114.67434</v>
       </c>
       <c r="O9" s="15">
-        <v>-31.143090000000001</v>
+        <v>94.062169999999995</v>
       </c>
       <c r="P9" s="15">
-        <v>-55.616239999999998</v>
+        <v>132.77593999999999</v>
       </c>
       <c r="Q9" s="15">
-        <v>515.75214000000005</v>
+        <v>150.01541</v>
       </c>
       <c r="R9" s="15">
-        <v>-40.749629999999996</v>
+        <v>301.39503999999999</v>
       </c>
       <c r="S9" s="15">
-        <v>-57.769190000000002</v>
+        <v>202.38002</v>
       </c>
       <c r="T9" s="15">
-        <v>2.99579</v>
+        <v>102.67858</v>
       </c>
       <c r="U9" s="15">
-        <v>-251.52954</v>
+        <v>95.649050000000003</v>
       </c>
       <c r="V9" s="15">
-        <v>36.5779</v>
+        <v>50.213300000000004</v>
       </c>
       <c r="W9" s="15">
-        <v>-74.731960000000001</v>
+        <v>69.404219999999995</v>
       </c>
       <c r="X9" s="15">
-        <v>29.58372</v>
+        <v>-11.240549999999999</v>
       </c>
       <c r="Y9" s="15">
-        <v>127.33868</v>
+        <v>162.29239999999999</v>
       </c>
       <c r="Z9" s="15">
-        <v>-192.28601999999998</v>
+        <v>97.815660000000008</v>
       </c>
       <c r="AA9" s="15">
-        <v>-88.475529999999992</v>
+        <v>94.912869999999998</v>
       </c>
       <c r="AB9" s="15">
-        <v>9.2349399999999999</v>
+        <v>176.06800000000001</v>
       </c>
       <c r="AC9" s="15">
-        <v>26.971499999999999</v>
+        <v>116.14172000000001</v>
       </c>
       <c r="AD9" s="15">
-        <v>-59.482219999999998</v>
+        <v>85.894170000000003</v>
       </c>
       <c r="AE9" s="15">
-        <v>144.69023999999999</v>
+        <v>65.477279999999993</v>
       </c>
       <c r="AF9" s="15">
-        <v>-51.77711</v>
+        <v>599.53882999999996</v>
       </c>
       <c r="AG9" s="15">
-        <v>-47.894959999999998</v>
+        <v>281.77759999999995</v>
       </c>
       <c r="AH9" s="15">
-        <v>878.46829000000002</v>
+        <v>202.17545000000001</v>
       </c>
       <c r="AI9" s="15">
-        <v>1055.62085</v>
+        <v>162.34192000000002</v>
       </c>
       <c r="AJ9" s="15">
-        <v>323.19418999999999</v>
+        <v>130.87465</v>
       </c>
       <c r="AK9" s="16">
-        <v>3449.0030099999999</v>
+        <v>3673.2129500000001</v>
       </c>
       <c r="AL9" s="7"/>
     </row>
     <row r="10" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="30">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="C10" s="14" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D10" s="15">
-        <v>12.75787</v>
+        <v>13.004620000000001</v>
       </c>
       <c r="E10" s="15">
-        <v>3.2625300000000004</v>
+        <v>2.2660900000000002</v>
       </c>
       <c r="F10" s="15">
-        <v>6.8745900000000004</v>
+        <v>4.3129399999999993</v>
       </c>
       <c r="G10" s="15">
-        <v>-3.5925400000000001</v>
+        <v>6.4294200000000004</v>
       </c>
       <c r="H10" s="15">
-        <v>5.4667200000000005</v>
+        <v>48.775019999999998</v>
       </c>
       <c r="I10" s="15">
-        <v>5.4909499999999998</v>
+        <v>51.813650000000003</v>
       </c>
       <c r="J10" s="15">
-        <v>46.57302</v>
+        <v>24.223770000000002</v>
       </c>
       <c r="K10" s="15">
-        <v>54.292870000000001</v>
+        <v>18.681709999999999</v>
       </c>
       <c r="L10" s="15">
-        <v>70.158380000000008</v>
+        <v>38.853209999999997</v>
       </c>
       <c r="M10" s="15">
-        <v>16.330950000000001</v>
+        <v>35.981019999999994</v>
       </c>
       <c r="N10" s="15">
-        <v>96.632039999999989</v>
+        <v>84.279769999999999</v>
       </c>
       <c r="O10" s="15">
-        <v>70.666869999999989</v>
+        <v>73.690179999999998</v>
       </c>
       <c r="P10" s="15">
-        <v>93.533640000000005</v>
+        <v>79.617550000000008</v>
       </c>
       <c r="Q10" s="15">
-        <v>133.2475</v>
+        <v>32.312779999999997</v>
       </c>
       <c r="R10" s="15">
-        <v>265.87309999999997</v>
+        <v>195.77833999999999</v>
       </c>
       <c r="S10" s="15">
-        <v>186.72193999999999</v>
+        <v>935.40393999999992</v>
       </c>
       <c r="T10" s="15">
-        <v>143.02619000000001</v>
+        <v>686.56520999999998</v>
       </c>
       <c r="U10" s="15">
-        <v>337.42392999999998</v>
+        <v>48.164050000000003</v>
       </c>
       <c r="V10" s="15">
-        <v>368.71151000000003</v>
+        <v>-126.03567</v>
       </c>
       <c r="W10" s="15">
-        <v>-12.127280000000001</v>
+        <v>94.798949999999991</v>
       </c>
       <c r="X10" s="15">
-        <v>207.46395999999999</v>
+        <v>-8.8351299999999995</v>
       </c>
       <c r="Y10" s="15">
-        <v>96.255240000000001</v>
+        <v>-33.20749</v>
       </c>
       <c r="Z10" s="15">
-        <v>275.14445000000001</v>
+        <v>85.525670000000005</v>
       </c>
       <c r="AA10" s="15">
-        <v>205.28724</v>
+        <v>75.427139999999994</v>
       </c>
       <c r="AB10" s="15">
-        <v>58.47531</v>
+        <v>75.73357</v>
       </c>
       <c r="AC10" s="15">
-        <v>-50.841860000000004</v>
+        <v>29.82056</v>
       </c>
       <c r="AD10" s="15">
-        <v>72.579809999999995</v>
+        <v>53.303260000000002</v>
       </c>
       <c r="AE10" s="15">
-        <v>-23.836689999999997</v>
+        <v>71.778729999999996</v>
       </c>
       <c r="AF10" s="15">
-        <v>237.66748000000001</v>
+        <v>-14.238620000000001</v>
       </c>
       <c r="AG10" s="15">
-        <v>-28.047669999999997</v>
+        <v>155.17404999999999</v>
       </c>
       <c r="AH10" s="15">
-        <v>98.348420000000004</v>
+        <v>157.73105999999999</v>
       </c>
       <c r="AI10" s="15">
-        <v>-42.272529999999996</v>
+        <v>70.536850000000001</v>
       </c>
       <c r="AJ10" s="15">
-        <v>136.43106</v>
+        <v>148.87795</v>
       </c>
       <c r="AK10" s="16">
-        <v>3143.9789999999998</v>
+        <v>3216.5441499999997</v>
       </c>
       <c r="AL10" s="7"/>
     </row>
     <row r="11" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="30">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="C11" s="14" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="D11" s="15">
-        <v>13.004620000000001</v>
+        <v>12.75787</v>
       </c>
       <c r="E11" s="15">
-        <v>2.2660900000000002</v>
+        <v>3.2625300000000004</v>
       </c>
       <c r="F11" s="15">
-        <v>4.3129399999999993</v>
+        <v>6.8745900000000004</v>
       </c>
       <c r="G11" s="15">
-        <v>6.4294200000000004</v>
+        <v>-3.5925400000000001</v>
       </c>
       <c r="H11" s="15">
-        <v>48.775019999999998</v>
+        <v>5.4667200000000005</v>
       </c>
       <c r="I11" s="15">
-        <v>51.813650000000003</v>
+        <v>5.4909499999999998</v>
       </c>
       <c r="J11" s="15">
-        <v>24.223770000000002</v>
+        <v>46.57302</v>
       </c>
       <c r="K11" s="15">
-        <v>18.681709999999999</v>
+        <v>54.292870000000001</v>
       </c>
       <c r="L11" s="15">
-        <v>38.853209999999997</v>
+        <v>70.158380000000008</v>
       </c>
       <c r="M11" s="15">
-        <v>35.981019999999994</v>
+        <v>16.330950000000001</v>
       </c>
       <c r="N11" s="15">
-        <v>84.279769999999999</v>
+        <v>96.632039999999989</v>
       </c>
       <c r="O11" s="15">
-        <v>73.690179999999998</v>
+        <v>70.666869999999989</v>
       </c>
       <c r="P11" s="15">
-        <v>79.617550000000008</v>
+        <v>93.533640000000005</v>
       </c>
       <c r="Q11" s="15">
-        <v>32.312779999999997</v>
+        <v>133.2475</v>
       </c>
       <c r="R11" s="15">
-        <v>195.77833999999999</v>
+        <v>265.87309999999997</v>
       </c>
       <c r="S11" s="15">
-        <v>935.40393999999992</v>
+        <v>186.72193999999999</v>
       </c>
       <c r="T11" s="15">
-        <v>686.56520999999998</v>
+        <v>143.02619000000001</v>
       </c>
       <c r="U11" s="15">
-        <v>48.164050000000003</v>
+        <v>337.42392999999998</v>
       </c>
       <c r="V11" s="15">
-        <v>-126.03567</v>
+        <v>368.71151000000003</v>
       </c>
       <c r="W11" s="15">
-        <v>94.798949999999991</v>
+        <v>-12.127280000000001</v>
       </c>
       <c r="X11" s="15">
-        <v>-8.8351299999999995</v>
+        <v>207.46395999999999</v>
       </c>
       <c r="Y11" s="15">
-        <v>-33.20749</v>
+        <v>96.255240000000001</v>
       </c>
       <c r="Z11" s="15">
-        <v>85.525670000000005</v>
+        <v>275.14445000000001</v>
       </c>
       <c r="AA11" s="15">
-        <v>75.427139999999994</v>
+        <v>205.28724</v>
       </c>
       <c r="AB11" s="15">
-        <v>75.73357</v>
+        <v>58.47531</v>
       </c>
       <c r="AC11" s="15">
-        <v>29.82056</v>
+        <v>-50.841860000000004</v>
       </c>
       <c r="AD11" s="15">
-        <v>53.303260000000002</v>
+        <v>72.579809999999995</v>
       </c>
       <c r="AE11" s="15">
-        <v>71.778729999999996</v>
+        <v>-23.836689999999997</v>
       </c>
       <c r="AF11" s="15">
-        <v>-14.238620000000001</v>
+        <v>237.66748000000001</v>
       </c>
       <c r="AG11" s="15">
-        <v>155.17404999999999</v>
+        <v>-28.047669999999997</v>
       </c>
       <c r="AH11" s="15">
-        <v>157.73105999999999</v>
+        <v>98.348420000000004</v>
       </c>
       <c r="AI11" s="15">
-        <v>70.536850000000001</v>
+        <v>-42.272529999999996</v>
       </c>
       <c r="AJ11" s="15">
-        <v>31.851929999999999</v>
+        <v>147.13982999999999</v>
       </c>
       <c r="AK11" s="16">
-        <v>3099.5181299999999</v>
+        <v>3154.68777</v>
       </c>
       <c r="AL11" s="7"/>
     </row>
     <row r="12" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="30">
         <v>61</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>0</v>
       </c>
       <c r="F12" s="15">
         <v>0</v>
       </c>
       <c r="G12" s="15">
         <v>0</v>
       </c>
       <c r="H12" s="15">
         <v>0</v>
       </c>
@@ -1916,54 +1909,54 @@
       <c r="AB12" s="15">
         <v>119.20858</v>
       </c>
       <c r="AC12" s="15">
         <v>70.977229999999992</v>
       </c>
       <c r="AD12" s="15">
         <v>8.0032700000000006</v>
       </c>
       <c r="AE12" s="15">
         <v>-4.4324599999999998</v>
       </c>
       <c r="AF12" s="15">
         <v>-66.856889999999993</v>
       </c>
       <c r="AG12" s="15">
         <v>53.679110000000001</v>
       </c>
       <c r="AH12" s="15">
         <v>179.49044000000001</v>
       </c>
       <c r="AI12" s="15">
         <v>61.085329999999999</v>
       </c>
       <c r="AJ12" s="15">
-        <v>-27.462310000000002</v>
+        <v>35.54842</v>
       </c>
       <c r="AK12" s="16">
-        <v>2275.66419</v>
+        <v>2338.6749199999999</v>
       </c>
       <c r="AL12" s="7"/>
     </row>
     <row r="13" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="30">
         <v>55</v>
       </c>
       <c r="C13" s="14" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="15">
         <v>9.3711200000000012</v>
       </c>
       <c r="E13" s="15">
         <v>0</v>
       </c>
       <c r="F13" s="15">
         <v>2.49E-3</v>
       </c>
       <c r="G13" s="15">
         <v>9.4337700000000009</v>
       </c>
       <c r="H13" s="15">
         <v>11.91695</v>
       </c>
@@ -2027,276 +2020,276 @@
       <c r="AB13" s="15">
         <v>63.69726</v>
       </c>
       <c r="AC13" s="15">
         <v>87.982619999999997</v>
       </c>
       <c r="AD13" s="15">
         <v>149.49011999999999</v>
       </c>
       <c r="AE13" s="15">
         <v>-57.710839999999997</v>
       </c>
       <c r="AF13" s="15">
         <v>154.78020000000001</v>
       </c>
       <c r="AG13" s="15">
         <v>217.42389</v>
       </c>
       <c r="AH13" s="15">
         <v>24.772169999999999</v>
       </c>
       <c r="AI13" s="15">
         <v>103.24541000000001</v>
       </c>
       <c r="AJ13" s="15">
-        <v>-76.508289999999988</v>
+        <v>61.527889999999999</v>
       </c>
       <c r="AK13" s="16">
-        <v>1879.4086200000002</v>
+        <v>2017.4448</v>
       </c>
       <c r="AL13" s="7"/>
     </row>
     <row r="14" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="30">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D14" s="15">
-        <v>0</v>
+        <v>1.7741</v>
       </c>
       <c r="E14" s="15">
-        <v>0</v>
+        <v>27.125730000000001</v>
       </c>
       <c r="F14" s="15">
-        <v>0</v>
+        <v>0.10942</v>
       </c>
       <c r="G14" s="15">
-        <v>0</v>
+        <v>0.26574000000000003</v>
       </c>
       <c r="H14" s="15">
-        <v>0</v>
+        <v>2.5027399999999997</v>
       </c>
       <c r="I14" s="15">
-        <v>0</v>
+        <v>5.8412600000000001</v>
       </c>
       <c r="J14" s="15">
-        <v>0</v>
+        <v>-18.817419999999998</v>
       </c>
       <c r="K14" s="15">
-        <v>43.628509999999999</v>
+        <v>4.58406</v>
       </c>
       <c r="L14" s="15">
-        <v>-77.630859999999998</v>
+        <v>-2.46462</v>
       </c>
       <c r="M14" s="15">
-        <v>3.4549999999999997E-2</v>
+        <v>-4.7323699999999995</v>
       </c>
       <c r="N14" s="15">
-        <v>440.46595000000002</v>
+        <v>21.578939999999999</v>
       </c>
       <c r="O14" s="15">
-        <v>27.59535</v>
+        <v>13.650319999999999</v>
       </c>
       <c r="P14" s="15">
-        <v>46.546260000000004</v>
+        <v>31.722390000000001</v>
       </c>
       <c r="Q14" s="15">
-        <v>38.122030000000002</v>
+        <v>29.292279999999998</v>
       </c>
       <c r="R14" s="15">
-        <v>20.19745</v>
+        <v>75.807020000000009</v>
       </c>
       <c r="S14" s="15">
-        <v>892.48480000000006</v>
+        <v>0.51246999999999998</v>
       </c>
       <c r="T14" s="15">
-        <v>106.79166000000001</v>
+        <v>25.178549999999998</v>
       </c>
       <c r="U14" s="15">
-        <v>-0.71955999999999998</v>
+        <v>43.537779999999998</v>
       </c>
       <c r="V14" s="15">
-        <v>70.525649999999999</v>
+        <v>1.5378000000000001</v>
       </c>
       <c r="W14" s="15">
-        <v>13.02111</v>
+        <v>542.87503000000004</v>
       </c>
       <c r="X14" s="15">
-        <v>-119.59535000000001</v>
+        <v>187.64760999999999</v>
       </c>
       <c r="Y14" s="15">
-        <v>-121.35262</v>
+        <v>-554.39879000000008</v>
       </c>
       <c r="Z14" s="15">
-        <v>11.034379999999999</v>
+        <v>-46.469010000000004</v>
       </c>
       <c r="AA14" s="15">
-        <v>11.209950000000001</v>
+        <v>-11.299239999999999</v>
       </c>
       <c r="AB14" s="15">
-        <v>85.571380000000005</v>
+        <v>17.446169999999999</v>
       </c>
       <c r="AC14" s="15">
-        <v>36.129930000000002</v>
+        <v>150.7911</v>
       </c>
       <c r="AD14" s="15">
-        <v>10.63786</v>
+        <v>193.21682000000001</v>
       </c>
       <c r="AE14" s="15">
-        <v>-121.09775</v>
+        <v>49.609180000000002</v>
       </c>
       <c r="AF14" s="15">
-        <v>87.073050000000009</v>
+        <v>90.11242</v>
       </c>
       <c r="AG14" s="15">
-        <v>62.590629999999997</v>
+        <v>289.67096000000004</v>
       </c>
       <c r="AH14" s="15">
-        <v>16.078409999999998</v>
+        <v>68.031259999999989</v>
       </c>
       <c r="AI14" s="15">
-        <v>-30.293320000000001</v>
+        <v>272.40499</v>
       </c>
       <c r="AJ14" s="15">
-        <v>27.882110000000001</v>
+        <v>46.267129999999995</v>
       </c>
       <c r="AK14" s="16">
-        <v>1576.93156</v>
+        <v>1554.91182</v>
       </c>
       <c r="AL14" s="7"/>
     </row>
     <row r="15" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="30">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="C15" s="14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D15" s="15">
-        <v>1.7741</v>
+        <v>0</v>
       </c>
       <c r="E15" s="15">
-        <v>27.125730000000001</v>
+        <v>0</v>
       </c>
       <c r="F15" s="15">
-        <v>0.10942</v>
+        <v>0</v>
       </c>
       <c r="G15" s="15">
-        <v>0.26574000000000003</v>
+        <v>0</v>
       </c>
       <c r="H15" s="15">
-        <v>2.5027399999999997</v>
+        <v>0</v>
       </c>
       <c r="I15" s="15">
-        <v>5.8412600000000001</v>
+        <v>0</v>
       </c>
       <c r="J15" s="15">
-        <v>-18.817419999999998</v>
+        <v>0</v>
       </c>
       <c r="K15" s="15">
-        <v>4.58406</v>
+        <v>43.628509999999999</v>
       </c>
       <c r="L15" s="15">
-        <v>-2.46462</v>
+        <v>-77.630859999999998</v>
       </c>
       <c r="M15" s="15">
-        <v>-4.7323699999999995</v>
+        <v>3.4549999999999997E-2</v>
       </c>
       <c r="N15" s="15">
-        <v>21.578939999999999</v>
+        <v>440.46595000000002</v>
       </c>
       <c r="O15" s="15">
-        <v>13.650319999999999</v>
+        <v>27.59535</v>
       </c>
       <c r="P15" s="15">
-        <v>31.722390000000001</v>
+        <v>46.546260000000004</v>
       </c>
       <c r="Q15" s="15">
-        <v>29.292279999999998</v>
+        <v>38.122030000000002</v>
       </c>
       <c r="R15" s="15">
-        <v>75.807020000000009</v>
+        <v>20.19745</v>
       </c>
       <c r="S15" s="15">
-        <v>0.51246999999999998</v>
+        <v>892.48480000000006</v>
       </c>
       <c r="T15" s="15">
-        <v>25.178549999999998</v>
+        <v>106.79166000000001</v>
       </c>
       <c r="U15" s="15">
-        <v>43.537779999999998</v>
+        <v>-0.71955999999999998</v>
       </c>
       <c r="V15" s="15">
-        <v>1.5378000000000001</v>
+        <v>70.525649999999999</v>
       </c>
       <c r="W15" s="15">
-        <v>542.87503000000004</v>
+        <v>13.02111</v>
       </c>
       <c r="X15" s="15">
-        <v>187.64760999999999</v>
+        <v>-119.59535000000001</v>
       </c>
       <c r="Y15" s="15">
-        <v>-554.39879000000008</v>
+        <v>-121.35262</v>
       </c>
       <c r="Z15" s="15">
-        <v>-46.469010000000004</v>
+        <v>11.034379999999999</v>
       </c>
       <c r="AA15" s="15">
-        <v>-11.299239999999999</v>
+        <v>11.209950000000001</v>
       </c>
       <c r="AB15" s="15">
-        <v>17.446169999999999</v>
+        <v>85.571380000000005</v>
       </c>
       <c r="AC15" s="15">
-        <v>150.7911</v>
+        <v>36.129930000000002</v>
       </c>
       <c r="AD15" s="15">
-        <v>193.21682000000001</v>
+        <v>10.63786</v>
       </c>
       <c r="AE15" s="15">
-        <v>49.609180000000002</v>
+        <v>-121.09775</v>
       </c>
       <c r="AF15" s="15">
-        <v>90.11242</v>
+        <v>87.073050000000009</v>
       </c>
       <c r="AG15" s="15">
-        <v>289.67096000000004</v>
+        <v>62.590629999999997</v>
       </c>
       <c r="AH15" s="15">
-        <v>68.031259999999989</v>
+        <v>16.078409999999998</v>
       </c>
       <c r="AI15" s="15">
-        <v>272.40499</v>
+        <v>-30.293320000000001</v>
       </c>
       <c r="AJ15" s="15">
-        <v>-88.691130000000001</v>
+        <v>3.5874099999999998</v>
       </c>
       <c r="AK15" s="16">
-        <v>1419.9535600000002</v>
+        <v>1552.6368600000001</v>
       </c>
       <c r="AL15" s="7"/>
     </row>
     <row r="16" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="30">
         <v>41</v>
       </c>
       <c r="C16" s="14" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="15">
         <v>0.36570999999999998</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0.44927999999999996</v>
       </c>
       <c r="G16" s="15">
         <v>2.1451799999999999</v>
       </c>
       <c r="H16" s="15">
         <v>4.6875799999999996</v>
       </c>
@@ -2360,54 +2353,54 @@
       <c r="AB16" s="15">
         <v>125.36525999999999</v>
       </c>
       <c r="AC16" s="15">
         <v>-11.20955</v>
       </c>
       <c r="AD16" s="15">
         <v>29.357029999999998</v>
       </c>
       <c r="AE16" s="15">
         <v>-22.924970000000002</v>
       </c>
       <c r="AF16" s="15">
         <v>161.99976000000001</v>
       </c>
       <c r="AG16" s="15">
         <v>-40.428359999999998</v>
       </c>
       <c r="AH16" s="15">
         <v>40.801960000000001</v>
       </c>
       <c r="AI16" s="15">
         <v>5.7562299999999995</v>
       </c>
       <c r="AJ16" s="15">
-        <v>12.850370000000002</v>
+        <v>10.745329999999999</v>
       </c>
       <c r="AK16" s="16">
-        <v>1351.4093700000001</v>
+        <v>1349.3043300000002</v>
       </c>
       <c r="AL16" s="7"/>
     </row>
     <row r="17" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="30">
         <v>23</v>
       </c>
       <c r="C17" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="15">
         <v>6.1564799999999993</v>
       </c>
       <c r="E17" s="15">
         <v>12.87677</v>
       </c>
       <c r="F17" s="15">
         <v>11.861520000000001</v>
       </c>
       <c r="G17" s="15">
         <v>35.814730000000004</v>
       </c>
       <c r="H17" s="15">
         <v>73.926929999999999</v>
       </c>
@@ -2471,54 +2464,54 @@
       <c r="AB17" s="15">
         <v>-21.887689999999999</v>
       </c>
       <c r="AC17" s="15">
         <v>25.578389999999999</v>
       </c>
       <c r="AD17" s="15">
         <v>-13.169090000000001</v>
       </c>
       <c r="AE17" s="15">
         <v>44.443109999999997</v>
       </c>
       <c r="AF17" s="15">
         <v>22.523810000000001</v>
       </c>
       <c r="AG17" s="15">
         <v>72.158429999999996</v>
       </c>
       <c r="AH17" s="15">
         <v>86.012119999999996</v>
       </c>
       <c r="AI17" s="15">
         <v>167.11536999999998</v>
       </c>
       <c r="AJ17" s="15">
-        <v>91.856229999999996</v>
+        <v>108.08053</v>
       </c>
       <c r="AK17" s="16">
-        <v>1227.6318700000002</v>
+        <v>1243.85617</v>
       </c>
       <c r="AL17" s="7"/>
     </row>
     <row r="18" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="30">
         <v>35</v>
       </c>
       <c r="C18" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="15">
         <v>0</v>
       </c>
       <c r="E18" s="15">
         <v>0</v>
       </c>
       <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="15">
         <v>0</v>
       </c>
       <c r="H18" s="15">
         <v>4.7661199999999999</v>
       </c>
@@ -2582,54 +2575,54 @@
       <c r="AB18" s="15">
         <v>85.28134</v>
       </c>
       <c r="AC18" s="15">
         <v>89.333970000000008</v>
       </c>
       <c r="AD18" s="15">
         <v>-3.3481999999999998</v>
       </c>
       <c r="AE18" s="15">
         <v>36.368699999999997</v>
       </c>
       <c r="AF18" s="15">
         <v>148.00711999999999</v>
       </c>
       <c r="AG18" s="15">
         <v>226.41284999999999</v>
       </c>
       <c r="AH18" s="15">
         <v>-22.748540000000002</v>
       </c>
       <c r="AI18" s="15">
         <v>163.35028</v>
       </c>
       <c r="AJ18" s="15">
-        <v>66.126000000000005</v>
+        <v>149.17452</v>
       </c>
       <c r="AK18" s="16">
-        <v>979.95961999999997</v>
+        <v>1063.0081399999999</v>
       </c>
       <c r="AL18" s="7"/>
     </row>
     <row r="19" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="30">
         <v>10</v>
       </c>
       <c r="C19" s="14" t="s">
         <v>24</v>
       </c>
       <c r="D19" s="15">
         <v>3.5504899999999999</v>
       </c>
       <c r="E19" s="15">
         <v>1.7764599999999999</v>
       </c>
       <c r="F19" s="15">
         <v>1.0796199999999998</v>
       </c>
       <c r="G19" s="15">
         <v>0.62212999999999996</v>
       </c>
       <c r="H19" s="15">
         <v>1.1418599999999999</v>
       </c>
@@ -2693,54 +2686,54 @@
       <c r="AB19" s="15">
         <v>14.121379999999998</v>
       </c>
       <c r="AC19" s="15">
         <v>39.708469999999998</v>
       </c>
       <c r="AD19" s="15">
         <v>55.975279999999998</v>
       </c>
       <c r="AE19" s="15">
         <v>20.27833</v>
       </c>
       <c r="AF19" s="15">
         <v>295.70609000000002</v>
       </c>
       <c r="AG19" s="15">
         <v>27.319400000000002</v>
       </c>
       <c r="AH19" s="15">
         <v>51.758739999999996</v>
       </c>
       <c r="AI19" s="15">
         <v>129.03357</v>
       </c>
       <c r="AJ19" s="15">
-        <v>4.6344399999999997</v>
+        <v>39.401830000000004</v>
       </c>
       <c r="AK19" s="16">
-        <v>946.49612999999999</v>
+        <v>981.26351999999997</v>
       </c>
       <c r="AL19" s="7"/>
     </row>
     <row r="20" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="30">
         <v>62</v>
       </c>
       <c r="C20" s="14" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="15">
         <v>0</v>
       </c>
       <c r="E20" s="15">
         <v>0</v>
       </c>
       <c r="F20" s="15">
         <v>26.628209999999999</v>
       </c>
       <c r="G20" s="15">
         <v>5.6528100000000006</v>
       </c>
       <c r="H20" s="15">
         <v>-0.12340000000000001</v>
       </c>
@@ -2804,54 +2797,54 @@
       <c r="AB20" s="15">
         <v>7.7067200000000007</v>
       </c>
       <c r="AC20" s="15">
         <v>25.694900000000001</v>
       </c>
       <c r="AD20" s="15">
         <v>23.366790000000002</v>
       </c>
       <c r="AE20" s="15">
         <v>225.92462</v>
       </c>
       <c r="AF20" s="15">
         <v>173.55298999999999</v>
       </c>
       <c r="AG20" s="15">
         <v>63.015230000000003</v>
       </c>
       <c r="AH20" s="15">
         <v>61.84478</v>
       </c>
       <c r="AI20" s="15">
         <v>116.93953999999999</v>
       </c>
       <c r="AJ20" s="15">
-        <v>2.8326199999999999</v>
+        <v>-2.2170700000000001</v>
       </c>
       <c r="AK20" s="16">
-        <v>786.00116000000003</v>
+        <v>780.95146999999997</v>
       </c>
       <c r="AL20" s="7"/>
     </row>
     <row r="21" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="30">
         <v>65</v>
       </c>
       <c r="C21" s="14" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="15">
         <v>3.9289499999999999</v>
       </c>
       <c r="E21" s="15">
         <v>0</v>
       </c>
       <c r="F21" s="15">
         <v>0.49948999999999999</v>
       </c>
       <c r="G21" s="15">
         <v>1.54393</v>
       </c>
       <c r="H21" s="15">
         <v>2.3466100000000001</v>
       </c>
@@ -2915,54 +2908,54 @@
       <c r="AB21" s="15">
         <v>6.3657200000000005</v>
       </c>
       <c r="AC21" s="15">
         <v>21.52702</v>
       </c>
       <c r="AD21" s="15">
         <v>-21.86375</v>
       </c>
       <c r="AE21" s="15">
         <v>22.073139999999999</v>
       </c>
       <c r="AF21" s="15">
         <v>-12.989450000000001</v>
       </c>
       <c r="AG21" s="15">
         <v>72.287130000000005</v>
       </c>
       <c r="AH21" s="15">
         <v>44.179629999999996</v>
       </c>
       <c r="AI21" s="15">
         <v>6.3268800000000001</v>
       </c>
       <c r="AJ21" s="15">
-        <v>8.3152999999999988</v>
+        <v>13.450749999999999</v>
       </c>
       <c r="AK21" s="16">
-        <v>580.36161000000004</v>
+        <v>585.49706000000003</v>
       </c>
       <c r="AL21" s="7"/>
     </row>
     <row r="22" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="30">
         <v>12</v>
       </c>
       <c r="C22" s="14" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="15">
         <v>0</v>
       </c>
       <c r="E22" s="15">
         <v>0</v>
       </c>
       <c r="F22" s="15">
         <v>0</v>
       </c>
       <c r="G22" s="15">
         <v>0</v>
       </c>
       <c r="H22" s="15">
         <v>0</v>
       </c>
@@ -3026,54 +3019,54 @@
       <c r="AB22" s="15">
         <v>16.890250000000002</v>
       </c>
       <c r="AC22" s="15">
         <v>-100.37697999999999</v>
       </c>
       <c r="AD22" s="15">
         <v>10.47824</v>
       </c>
       <c r="AE22" s="15">
         <v>13.614000000000001</v>
       </c>
       <c r="AF22" s="15">
         <v>-3.13008</v>
       </c>
       <c r="AG22" s="15">
         <v>8.40672</v>
       </c>
       <c r="AH22" s="15">
         <v>10.28</v>
       </c>
       <c r="AI22" s="15">
         <v>11.944000000000001</v>
       </c>
       <c r="AJ22" s="15">
-        <v>3.097</v>
+        <v>16.792999999999999</v>
       </c>
       <c r="AK22" s="16">
-        <v>529.23615000000007</v>
+        <v>542.93214999999998</v>
       </c>
       <c r="AL22" s="7"/>
     </row>
     <row r="23" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="30">
         <v>50</v>
       </c>
       <c r="C23" s="14" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="15">
         <v>0</v>
       </c>
       <c r="E23" s="15">
         <v>0</v>
       </c>
       <c r="F23" s="15">
         <v>0</v>
       </c>
       <c r="G23" s="15">
         <v>0</v>
       </c>
       <c r="H23" s="15">
         <v>0.25253999999999999</v>
       </c>
@@ -3137,165 +3130,165 @@
       <c r="AB23" s="15">
         <v>-2.3631700000000002</v>
       </c>
       <c r="AC23" s="15">
         <v>38.694470000000003</v>
       </c>
       <c r="AD23" s="15">
         <v>13.29908</v>
       </c>
       <c r="AE23" s="15">
         <v>12.375360000000001</v>
       </c>
       <c r="AF23" s="15">
         <v>16.67858</v>
       </c>
       <c r="AG23" s="15">
         <v>94.354240000000004</v>
       </c>
       <c r="AH23" s="15">
         <v>113.16169000000001</v>
       </c>
       <c r="AI23" s="15">
         <v>92.657889999999995</v>
       </c>
       <c r="AJ23" s="15">
-        <v>-3.4860300000000004</v>
+        <v>37.714269999999999</v>
       </c>
       <c r="AK23" s="16">
-        <v>438.47659000000004</v>
+        <v>479.67689000000001</v>
       </c>
       <c r="AL23" s="7"/>
     </row>
     <row r="24" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="30">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D24" s="15">
         <v>0</v>
       </c>
       <c r="E24" s="15">
         <v>0</v>
       </c>
       <c r="F24" s="15">
-        <v>0</v>
+        <v>0.97265999999999997</v>
       </c>
       <c r="G24" s="15">
         <v>0</v>
       </c>
       <c r="H24" s="15">
-        <v>0</v>
+        <v>2.7599999999999999E-3</v>
       </c>
       <c r="I24" s="15">
-        <v>0</v>
+        <v>0.15833000000000003</v>
       </c>
       <c r="J24" s="15">
-        <v>0</v>
+        <v>0.48157</v>
       </c>
       <c r="K24" s="15">
-        <v>0</v>
+        <v>0.33566000000000001</v>
       </c>
       <c r="L24" s="15">
-        <v>0.40841000000000005</v>
+        <v>0.23754</v>
       </c>
       <c r="M24" s="15">
-        <v>7.0699999999999999E-3</v>
+        <v>1.0099500000000001</v>
       </c>
       <c r="N24" s="15">
-        <v>1.07E-3</v>
+        <v>2.9389699999999999</v>
       </c>
       <c r="O24" s="15">
-        <v>0.27698</v>
+        <v>6.6488500000000004</v>
       </c>
       <c r="P24" s="15">
-        <v>0.35013</v>
+        <v>12.681649999999999</v>
       </c>
       <c r="Q24" s="15">
-        <v>-0.2351</v>
+        <v>3.8288000000000002</v>
       </c>
       <c r="R24" s="15">
-        <v>-0.31454000000000004</v>
+        <v>14.44009</v>
       </c>
       <c r="S24" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>9.0863999999999994</v>
       </c>
       <c r="T24" s="15">
-        <v>18.412430000000001</v>
+        <v>8.5542099999999994</v>
       </c>
       <c r="U24" s="15">
-        <v>3.5344199999999999</v>
+        <v>-74.370460000000008</v>
       </c>
       <c r="V24" s="15">
-        <v>3.1096699999999999</v>
+        <v>-16.660070000000001</v>
       </c>
       <c r="W24" s="15">
-        <v>6.0330500000000002</v>
+        <v>-15.061549999999999</v>
       </c>
       <c r="X24" s="15">
-        <v>4.9138900000000003</v>
+        <v>-3.8006100000000003</v>
       </c>
       <c r="Y24" s="15">
-        <v>9.7317700000000009</v>
+        <v>-6.6679700000000004</v>
       </c>
       <c r="Z24" s="15">
-        <v>6.2890000000000001E-2</v>
+        <v>5.7362700000000002</v>
       </c>
       <c r="AA24" s="15">
-        <v>60.750190000000003</v>
+        <v>8.5937800000000006</v>
       </c>
       <c r="AB24" s="15">
-        <v>5.0640799999999997</v>
+        <v>14.9655</v>
       </c>
       <c r="AC24" s="15">
-        <v>8.96706</v>
+        <v>31.271740000000001</v>
       </c>
       <c r="AD24" s="15">
-        <v>7.5185600000000008</v>
+        <v>7.2653100000000004</v>
       </c>
       <c r="AE24" s="15">
-        <v>23.228999999999999</v>
+        <v>18.471419999999998</v>
       </c>
       <c r="AF24" s="15">
-        <v>20.665099999999999</v>
+        <v>7.5798300000000003</v>
       </c>
       <c r="AG24" s="15">
-        <v>-0.86988999999999994</v>
+        <v>24.605709999999998</v>
       </c>
       <c r="AH24" s="15">
-        <v>188.83845000000002</v>
+        <v>24.11984</v>
       </c>
       <c r="AI24" s="15">
-        <v>80.780210000000011</v>
+        <v>93.153929999999988</v>
       </c>
       <c r="AJ24" s="15">
-        <v>-42.381010000000003</v>
+        <v>242.64394000000001</v>
       </c>
       <c r="AK24" s="16">
-        <v>398.91489000000001</v>
+        <v>423.22404999999998</v>
       </c>
       <c r="AL24" s="7"/>
     </row>
     <row r="25" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="30">
         <v>52</v>
       </c>
       <c r="C25" s="14" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="15">
         <v>0.89473000000000003</v>
       </c>
       <c r="E25" s="15">
         <v>1.9530000000000002E-2</v>
       </c>
       <c r="F25" s="15">
         <v>0</v>
       </c>
       <c r="G25" s="15">
         <v>6.0979999999999999E-2</v>
       </c>
       <c r="H25" s="15">
         <v>0.80579000000000001</v>
       </c>
@@ -3359,1164 +3352,1164 @@
       <c r="AB25" s="15">
         <v>37.367050000000006</v>
       </c>
       <c r="AC25" s="15">
         <v>27.715889999999998</v>
       </c>
       <c r="AD25" s="15">
         <v>12.953580000000001</v>
       </c>
       <c r="AE25" s="15">
         <v>-39.917819999999999</v>
       </c>
       <c r="AF25" s="15">
         <v>1.1038699999999999</v>
       </c>
       <c r="AG25" s="15">
         <v>14.56199</v>
       </c>
       <c r="AH25" s="15">
         <v>17.263919999999999</v>
       </c>
       <c r="AI25" s="15">
         <v>72.032640000000001</v>
       </c>
       <c r="AJ25" s="15">
-        <v>8.8712900000000001</v>
+        <v>21.132480000000001</v>
       </c>
       <c r="AK25" s="16">
-        <v>396.40252000000004</v>
+        <v>408.66371000000004</v>
       </c>
       <c r="AL25" s="7"/>
     </row>
     <row r="26" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="30">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="C26" s="14" t="s">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="D26" s="15">
         <v>0</v>
       </c>
       <c r="E26" s="15">
         <v>0</v>
       </c>
       <c r="F26" s="15">
-        <v>1.19329</v>
+        <v>0</v>
       </c>
       <c r="G26" s="15">
-        <v>2.2735300000000001</v>
+        <v>0</v>
       </c>
       <c r="H26" s="15">
-        <v>4.4380899999999999</v>
+        <v>0</v>
       </c>
       <c r="I26" s="15">
-        <v>4.7659500000000001</v>
+        <v>0</v>
       </c>
       <c r="J26" s="15">
-        <v>3.2362299999999999</v>
+        <v>0</v>
       </c>
       <c r="K26" s="15">
-        <v>28.945070000000001</v>
+        <v>0</v>
       </c>
       <c r="L26" s="15">
-        <v>-2.1114999999999999</v>
+        <v>0.40841000000000005</v>
       </c>
       <c r="M26" s="15">
-        <v>-5.8671499999999996</v>
+        <v>7.0699999999999999E-3</v>
       </c>
       <c r="N26" s="15">
-        <v>4.1777899999999999</v>
+        <v>1.07E-3</v>
       </c>
       <c r="O26" s="15">
-        <v>11.116250000000001</v>
+        <v>0.27698</v>
       </c>
       <c r="P26" s="15">
-        <v>10.766770000000001</v>
+        <v>0.35013</v>
       </c>
       <c r="Q26" s="15">
-        <v>5.7266400000000006</v>
+        <v>-0.2351</v>
       </c>
       <c r="R26" s="15">
-        <v>27.3476</v>
+        <v>-0.31454000000000004</v>
       </c>
       <c r="S26" s="15">
-        <v>10.501899999999999</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="T26" s="15">
-        <v>35.75553</v>
+        <v>18.412430000000001</v>
       </c>
       <c r="U26" s="15">
-        <v>16.248170000000002</v>
+        <v>3.5344199999999999</v>
       </c>
       <c r="V26" s="15">
-        <v>24.952330000000003</v>
+        <v>3.1096699999999999</v>
       </c>
       <c r="W26" s="15">
-        <v>4.90524</v>
+        <v>6.0330500000000002</v>
       </c>
       <c r="X26" s="15">
-        <v>39.88129</v>
+        <v>4.9138900000000003</v>
       </c>
       <c r="Y26" s="15">
-        <v>2.3867800000000003</v>
+        <v>9.7317700000000009</v>
       </c>
       <c r="Z26" s="15">
-        <v>18.94323</v>
+        <v>6.2890000000000001E-2</v>
       </c>
       <c r="AA26" s="15">
-        <v>28.30781</v>
+        <v>60.750190000000003</v>
       </c>
       <c r="AB26" s="15">
-        <v>-8.1416299999999993</v>
+        <v>5.0640799999999997</v>
       </c>
       <c r="AC26" s="15">
-        <v>-0.66286999999999996</v>
+        <v>8.96706</v>
       </c>
       <c r="AD26" s="15">
-        <v>15.36778</v>
+        <v>7.5185600000000008</v>
       </c>
       <c r="AE26" s="15">
-        <v>34.230400000000003</v>
+        <v>23.228999999999999</v>
       </c>
       <c r="AF26" s="15">
-        <v>-2.9604400000000002</v>
+        <v>20.665099999999999</v>
       </c>
       <c r="AG26" s="15">
-        <v>18.63053</v>
+        <v>-0.86988999999999994</v>
       </c>
       <c r="AH26" s="15">
-        <v>-1.6103699999999999</v>
+        <v>188.83845000000002</v>
       </c>
       <c r="AI26" s="15">
-        <v>2.1338300000000001</v>
+        <v>80.780210000000011</v>
       </c>
       <c r="AJ26" s="15">
-        <v>1.7170399999999999</v>
+        <v>-34.548660000000005</v>
       </c>
       <c r="AK26" s="16">
-        <v>336.59510999999998</v>
+        <v>406.74723999999998</v>
       </c>
       <c r="AL26" s="7"/>
     </row>
     <row r="27" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="30">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="D27" s="15">
-        <v>25.116919999999997</v>
+        <v>0</v>
       </c>
       <c r="E27" s="15">
-        <v>3.4388100000000001</v>
+        <v>3.0862099999999999</v>
       </c>
       <c r="F27" s="15">
-        <v>0.86430999999999991</v>
+        <v>0</v>
       </c>
       <c r="G27" s="15">
-        <v>1.5095799999999999</v>
+        <v>0</v>
       </c>
       <c r="H27" s="15">
-        <v>2.8989799999999999</v>
+        <v>3.4206300000000001</v>
       </c>
       <c r="I27" s="15">
-        <v>-1.28217</v>
+        <v>1.2072799999999999</v>
       </c>
       <c r="J27" s="15">
-        <v>5.8067000000000002</v>
+        <v>-1.23177</v>
       </c>
       <c r="K27" s="15">
-        <v>2.0187499999999998</v>
+        <v>28.132159999999999</v>
       </c>
       <c r="L27" s="15">
-        <v>5.1578800000000005</v>
+        <v>-9.5849400000000013</v>
       </c>
       <c r="M27" s="15">
-        <v>5.5462100000000003</v>
+        <v>-1.6257200000000001</v>
       </c>
       <c r="N27" s="15">
-        <v>-11.297280000000001</v>
+        <v>2.6136900000000001</v>
       </c>
       <c r="O27" s="15">
-        <v>16.397849999999998</v>
+        <v>-1.0304599999999999</v>
       </c>
       <c r="P27" s="15">
-        <v>6.1973900000000004</v>
+        <v>14.19501</v>
       </c>
       <c r="Q27" s="15">
-        <v>8.8729099999999992</v>
+        <v>1.3497999999999999</v>
       </c>
       <c r="R27" s="15">
-        <v>7.9779399999999994</v>
+        <v>13.78532</v>
       </c>
       <c r="S27" s="15">
-        <v>11.010680000000001</v>
+        <v>8.8009799999999991</v>
       </c>
       <c r="T27" s="15">
-        <v>6.1460100000000004</v>
+        <v>29.860810000000001</v>
       </c>
       <c r="U27" s="15">
-        <v>41.767669999999995</v>
+        <v>2.2775400000000001</v>
       </c>
       <c r="V27" s="15">
-        <v>11.95655</v>
+        <v>-3.2321800000000001</v>
       </c>
       <c r="W27" s="15">
-        <v>11.944469999999999</v>
+        <v>-2.2774699999999997</v>
       </c>
       <c r="X27" s="15">
-        <v>-7.31501</v>
+        <v>6.9792399999999999</v>
       </c>
       <c r="Y27" s="15">
-        <v>8.0380800000000008</v>
+        <v>-2.6591300000000002</v>
       </c>
       <c r="Z27" s="15">
-        <v>20.705269999999999</v>
+        <v>31.132390000000001</v>
       </c>
       <c r="AA27" s="15">
-        <v>17.876540000000002</v>
+        <v>12.14733</v>
       </c>
       <c r="AB27" s="15">
-        <v>20.835270000000001</v>
+        <v>19.862819999999999</v>
       </c>
       <c r="AC27" s="15">
-        <v>9.884409999999999</v>
+        <v>11.49479</v>
       </c>
       <c r="AD27" s="15">
-        <v>-1.9875699999999998</v>
+        <v>-0.90682000000000007</v>
       </c>
       <c r="AE27" s="15">
-        <v>14.303280000000001</v>
+        <v>-9.7979000000000003</v>
       </c>
       <c r="AF27" s="15">
-        <v>16.005099999999999</v>
+        <v>18.55904</v>
       </c>
       <c r="AG27" s="15">
-        <v>23.499320000000001</v>
+        <v>35.470849999999999</v>
       </c>
       <c r="AH27" s="15">
-        <v>19.972819999999999</v>
+        <v>38.252870000000001</v>
       </c>
       <c r="AI27" s="15">
-        <v>5.2082600000000001</v>
+        <v>76.47824</v>
       </c>
       <c r="AJ27" s="15">
-        <v>7.7720200000000004</v>
+        <v>-6.3114699999999999</v>
       </c>
       <c r="AK27" s="16">
-        <v>316.84795000000003</v>
+        <v>320.44914</v>
       </c>
       <c r="AL27" s="7"/>
     </row>
     <row r="28" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="30">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="D28" s="15">
-        <v>0</v>
+        <v>25.116919999999997</v>
       </c>
       <c r="E28" s="15">
-        <v>3.0862099999999999</v>
+        <v>3.4388100000000001</v>
       </c>
       <c r="F28" s="15">
-        <v>0</v>
+        <v>0.86430999999999991</v>
       </c>
       <c r="G28" s="15">
-        <v>0</v>
+        <v>1.5095799999999999</v>
       </c>
       <c r="H28" s="15">
-        <v>3.4206300000000001</v>
+        <v>2.8989799999999999</v>
       </c>
       <c r="I28" s="15">
-        <v>1.2072799999999999</v>
+        <v>-1.28217</v>
       </c>
       <c r="J28" s="15">
-        <v>-1.23177</v>
+        <v>5.8067000000000002</v>
       </c>
       <c r="K28" s="15">
-        <v>28.132159999999999</v>
+        <v>2.0187499999999998</v>
       </c>
       <c r="L28" s="15">
-        <v>-9.5849400000000013</v>
+        <v>5.1578800000000005</v>
       </c>
       <c r="M28" s="15">
-        <v>-1.6257200000000001</v>
+        <v>5.5462100000000003</v>
       </c>
       <c r="N28" s="15">
-        <v>2.6136900000000001</v>
+        <v>-11.297280000000001</v>
       </c>
       <c r="O28" s="15">
-        <v>-1.0304599999999999</v>
+        <v>16.397849999999998</v>
       </c>
       <c r="P28" s="15">
-        <v>14.19501</v>
+        <v>6.1973900000000004</v>
       </c>
       <c r="Q28" s="15">
-        <v>1.3497999999999999</v>
+        <v>8.8729099999999992</v>
       </c>
       <c r="R28" s="15">
-        <v>13.78532</v>
+        <v>7.9779399999999994</v>
       </c>
       <c r="S28" s="15">
-        <v>8.8009799999999991</v>
+        <v>11.010680000000001</v>
       </c>
       <c r="T28" s="15">
-        <v>29.860810000000001</v>
+        <v>6.1460100000000004</v>
       </c>
       <c r="U28" s="15">
-        <v>2.2775400000000001</v>
+        <v>41.767669999999995</v>
       </c>
       <c r="V28" s="15">
-        <v>-3.2321800000000001</v>
+        <v>11.95655</v>
       </c>
       <c r="W28" s="15">
-        <v>-2.2774699999999997</v>
+        <v>11.944469999999999</v>
       </c>
       <c r="X28" s="15">
-        <v>6.9792399999999999</v>
+        <v>-7.31501</v>
       </c>
       <c r="Y28" s="15">
-        <v>-2.6591300000000002</v>
+        <v>8.0380800000000008</v>
       </c>
       <c r="Z28" s="15">
-        <v>31.132390000000001</v>
+        <v>20.705269999999999</v>
       </c>
       <c r="AA28" s="15">
-        <v>12.14733</v>
+        <v>17.876540000000002</v>
       </c>
       <c r="AB28" s="15">
-        <v>19.862819999999999</v>
+        <v>20.835270000000001</v>
       </c>
       <c r="AC28" s="15">
-        <v>11.49479</v>
+        <v>9.884409999999999</v>
       </c>
       <c r="AD28" s="15">
-        <v>-0.90682000000000007</v>
+        <v>-1.9875699999999998</v>
       </c>
       <c r="AE28" s="15">
-        <v>-9.7979000000000003</v>
+        <v>14.303280000000001</v>
       </c>
       <c r="AF28" s="15">
-        <v>18.55904</v>
+        <v>16.005099999999999</v>
       </c>
       <c r="AG28" s="15">
-        <v>35.470849999999999</v>
+        <v>23.499320000000001</v>
       </c>
       <c r="AH28" s="15">
-        <v>38.252870000000001</v>
+        <v>19.972819999999999</v>
       </c>
       <c r="AI28" s="15">
-        <v>76.47824</v>
+        <v>5.2082600000000001</v>
       </c>
       <c r="AJ28" s="15">
-        <v>-10.702680000000001</v>
+        <v>9.1595700000000004</v>
       </c>
       <c r="AK28" s="16">
-        <v>316.05793</v>
+        <v>318.2355</v>
       </c>
       <c r="AL28" s="7"/>
     </row>
     <row r="29" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="30">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="D29" s="15">
         <v>0</v>
       </c>
       <c r="E29" s="15">
         <v>0</v>
       </c>
       <c r="F29" s="15">
-        <v>0.26594999999999996</v>
+        <v>1.19329</v>
       </c>
       <c r="G29" s="15">
-        <v>1.01E-3</v>
+        <v>2.2735300000000001</v>
       </c>
       <c r="H29" s="15">
-        <v>5.17089</v>
+        <v>4.4380899999999999</v>
       </c>
       <c r="I29" s="15">
-        <v>-3.0189599999999999</v>
+        <v>4.7659500000000001</v>
       </c>
       <c r="J29" s="15">
-        <v>4.8003</v>
+        <v>3.2362299999999999</v>
       </c>
       <c r="K29" s="15">
-        <v>9.1108600000000006</v>
+        <v>28.945070000000001</v>
       </c>
       <c r="L29" s="15">
-        <v>5.4689199999999998</v>
+        <v>-2.1114999999999999</v>
       </c>
       <c r="M29" s="15">
-        <v>4.42035</v>
+        <v>-5.8671499999999996</v>
       </c>
       <c r="N29" s="15">
-        <v>15.94539</v>
+        <v>4.1777899999999999</v>
       </c>
       <c r="O29" s="15">
-        <v>13.701090000000001</v>
+        <v>11.116250000000001</v>
       </c>
       <c r="P29" s="15">
-        <v>19.249130000000001</v>
+        <v>10.766770000000001</v>
       </c>
       <c r="Q29" s="15">
-        <v>-1.72543</v>
+        <v>5.7266400000000006</v>
       </c>
       <c r="R29" s="15">
-        <v>21.968330000000002</v>
+        <v>27.3476</v>
       </c>
       <c r="S29" s="15">
-        <v>19.878330000000002</v>
+        <v>10.501899999999999</v>
       </c>
       <c r="T29" s="15">
-        <v>1.9977799999999999</v>
+        <v>35.75553</v>
       </c>
       <c r="U29" s="15">
-        <v>-11.571579999999999</v>
+        <v>16.248170000000002</v>
       </c>
       <c r="V29" s="15">
-        <v>9.0353300000000001</v>
+        <v>24.952330000000003</v>
       </c>
       <c r="W29" s="15">
-        <v>-21.519380000000002</v>
+        <v>4.90524</v>
       </c>
       <c r="X29" s="15">
-        <v>3.0704899999999999</v>
+        <v>39.88129</v>
       </c>
       <c r="Y29" s="15">
-        <v>3.5828099999999998</v>
+        <v>2.3867800000000003</v>
       </c>
       <c r="Z29" s="15">
-        <v>14.171569999999999</v>
+        <v>18.94323</v>
       </c>
       <c r="AA29" s="15">
-        <v>-0.39650999999999997</v>
+        <v>28.30781</v>
       </c>
       <c r="AB29" s="15">
-        <v>15.41273</v>
+        <v>-8.1416299999999993</v>
       </c>
       <c r="AC29" s="15">
-        <v>3.4417900000000001</v>
+        <v>-0.66286999999999996</v>
       </c>
       <c r="AD29" s="15">
-        <v>26.179349999999999</v>
+        <v>15.36778</v>
       </c>
       <c r="AE29" s="15">
-        <v>15.22124</v>
+        <v>34.230400000000003</v>
       </c>
       <c r="AF29" s="15">
-        <v>9.7478999999999996</v>
+        <v>-2.9604400000000002</v>
       </c>
       <c r="AG29" s="15">
-        <v>15.86825</v>
+        <v>18.63053</v>
       </c>
       <c r="AH29" s="15">
-        <v>-9.81569</v>
+        <v>-1.6103699999999999</v>
       </c>
       <c r="AI29" s="15">
-        <v>61.863210000000002</v>
+        <v>2.1338300000000001</v>
       </c>
       <c r="AJ29" s="15">
-        <v>10.981909999999999</v>
+        <v>-22.549029999999998</v>
       </c>
       <c r="AK29" s="16">
-        <v>262.50736000000001</v>
+        <v>312.32903999999996</v>
       </c>
       <c r="AL29" s="7"/>
     </row>
     <row r="30" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="30">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C30" s="14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D30" s="15">
-        <v>2.1636599999999997</v>
+        <v>0</v>
       </c>
       <c r="E30" s="15">
-        <v>3.8403299999999998</v>
+        <v>0</v>
       </c>
       <c r="F30" s="15">
-        <v>11.781709999999999</v>
+        <v>0.26594999999999996</v>
       </c>
       <c r="G30" s="15">
-        <v>3.8832399999999998</v>
+        <v>1.01E-3</v>
       </c>
       <c r="H30" s="15">
-        <v>26.39199</v>
+        <v>5.17089</v>
       </c>
       <c r="I30" s="15">
-        <v>11.9863</v>
+        <v>-3.0189599999999999</v>
       </c>
       <c r="J30" s="15">
-        <v>5.7991099999999998</v>
+        <v>4.8003</v>
       </c>
       <c r="K30" s="15">
-        <v>21.622419999999998</v>
+        <v>9.1108600000000006</v>
       </c>
       <c r="L30" s="15">
-        <v>3.5631399999999998</v>
+        <v>5.4689199999999998</v>
       </c>
       <c r="M30" s="15">
-        <v>0.52370000000000005</v>
+        <v>4.42035</v>
       </c>
       <c r="N30" s="15">
-        <v>7.0828999999999995</v>
+        <v>15.94539</v>
       </c>
       <c r="O30" s="15">
-        <v>5.9580799999999998</v>
+        <v>13.701090000000001</v>
       </c>
       <c r="P30" s="15">
-        <v>3.3786199999999997</v>
+        <v>19.249130000000001</v>
       </c>
       <c r="Q30" s="15">
-        <v>11.75972</v>
+        <v>-1.72543</v>
       </c>
       <c r="R30" s="15">
-        <v>5.3203900000000006</v>
+        <v>21.968330000000002</v>
       </c>
       <c r="S30" s="15">
-        <v>23.779220000000002</v>
+        <v>19.878330000000002</v>
       </c>
       <c r="T30" s="15">
-        <v>3.0389599999999999</v>
+        <v>1.9977799999999999</v>
       </c>
       <c r="U30" s="15">
-        <v>6.1357100000000004</v>
+        <v>-11.571579999999999</v>
       </c>
       <c r="V30" s="15">
-        <v>-14.105559999999999</v>
+        <v>9.0353300000000001</v>
       </c>
       <c r="W30" s="15">
-        <v>-12.51065</v>
+        <v>-21.519380000000002</v>
       </c>
       <c r="X30" s="15">
-        <v>5.4115099999999998</v>
+        <v>3.0704899999999999</v>
       </c>
       <c r="Y30" s="15">
-        <v>-2.4334600000000002</v>
+        <v>3.5828099999999998</v>
       </c>
       <c r="Z30" s="15">
-        <v>5.3488599999999993</v>
+        <v>14.171569999999999</v>
       </c>
       <c r="AA30" s="15">
-        <v>20.94275</v>
+        <v>-0.39650999999999997</v>
       </c>
       <c r="AB30" s="15">
-        <v>-25.699930000000002</v>
+        <v>15.41273</v>
       </c>
       <c r="AC30" s="15">
-        <v>-2.9715100000000003</v>
+        <v>3.4417900000000001</v>
       </c>
       <c r="AD30" s="15">
-        <v>-4.7679300000000007</v>
+        <v>26.179349999999999</v>
       </c>
       <c r="AE30" s="15">
-        <v>0.33106000000000002</v>
+        <v>15.22124</v>
       </c>
       <c r="AF30" s="15">
-        <v>16.65408</v>
+        <v>9.7478999999999996</v>
       </c>
       <c r="AG30" s="15">
-        <v>17.617319999999999</v>
+        <v>15.86825</v>
       </c>
       <c r="AH30" s="15">
-        <v>17.990740000000002</v>
+        <v>-9.81569</v>
       </c>
       <c r="AI30" s="15">
-        <v>82.477999999999994</v>
+        <v>61.863210000000002</v>
       </c>
       <c r="AJ30" s="15">
-        <v>-9.8933099999999996</v>
+        <v>28.279240000000001</v>
       </c>
       <c r="AK30" s="16">
-        <v>252.40117000000001</v>
+        <v>279.80468999999999</v>
       </c>
       <c r="AL30" s="7"/>
     </row>
     <row r="31" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="30">
-        <v>1</v>
+        <v>93</v>
       </c>
       <c r="C31" s="14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D31" s="15">
         <v>0</v>
       </c>
       <c r="E31" s="15">
-        <v>6.6E-3</v>
+        <v>0</v>
       </c>
       <c r="F31" s="15">
         <v>0</v>
       </c>
       <c r="G31" s="15">
-        <v>0</v>
+        <v>0.49375000000000002</v>
       </c>
       <c r="H31" s="15">
-        <v>7.6763399999999997</v>
+        <v>0</v>
       </c>
       <c r="I31" s="15">
-        <v>3.0765899999999999</v>
+        <v>0</v>
       </c>
       <c r="J31" s="15">
-        <v>1.0764800000000001</v>
+        <v>2.597E-2</v>
       </c>
       <c r="K31" s="15">
-        <v>4.3389899999999999</v>
+        <v>-1.5169999999999999E-2</v>
       </c>
       <c r="L31" s="15">
-        <v>1.55131</v>
+        <v>0.26685999999999999</v>
       </c>
       <c r="M31" s="15">
-        <v>8.2571900000000014</v>
+        <v>21.831099999999999</v>
       </c>
       <c r="N31" s="15">
-        <v>3.7803599999999999</v>
+        <v>29.876060000000003</v>
       </c>
       <c r="O31" s="15">
-        <v>15.03317</v>
+        <v>6.8858000000000006</v>
       </c>
       <c r="P31" s="15">
-        <v>7.5165500000000005</v>
+        <v>30.456759999999999</v>
       </c>
       <c r="Q31" s="15">
-        <v>5.8293999999999997</v>
+        <v>12.49972</v>
       </c>
       <c r="R31" s="15">
-        <v>1.66987</v>
+        <v>9.3997700000000002</v>
       </c>
       <c r="S31" s="15">
-        <v>4.1870600000000007</v>
+        <v>-30.843630000000001</v>
       </c>
       <c r="T31" s="15">
-        <v>6.8862100000000002</v>
+        <v>-6.5031099999999995</v>
       </c>
       <c r="U31" s="15">
-        <v>18.908439999999999</v>
+        <v>16.18037</v>
       </c>
       <c r="V31" s="15">
-        <v>36.6098</v>
+        <v>9.8787700000000012</v>
       </c>
       <c r="W31" s="15">
-        <v>3.7912399999999997</v>
+        <v>14.72993</v>
       </c>
       <c r="X31" s="15">
-        <v>16.889569999999999</v>
+        <v>10.47282</v>
       </c>
       <c r="Y31" s="15">
-        <v>3.29074</v>
+        <v>11.331280000000001</v>
       </c>
       <c r="Z31" s="15">
-        <v>12.381549999999999</v>
+        <v>2.7606599999999997</v>
       </c>
       <c r="AA31" s="15">
-        <v>19.679479999999998</v>
+        <v>19.450970000000002</v>
       </c>
       <c r="AB31" s="15">
-        <v>4.4300699999999997</v>
+        <v>35.24053</v>
       </c>
       <c r="AC31" s="15">
-        <v>-16.65971</v>
+        <v>-10.588509999999999</v>
       </c>
       <c r="AD31" s="15">
-        <v>1.53287</v>
+        <v>-2.6332600000000004</v>
       </c>
       <c r="AE31" s="15">
-        <v>6.8950200000000006</v>
+        <v>29.50609</v>
       </c>
       <c r="AF31" s="15">
-        <v>23.9573</v>
+        <v>2.6218600000000003</v>
       </c>
       <c r="AG31" s="15">
-        <v>15.132520000000001</v>
+        <v>36.125959999999999</v>
       </c>
       <c r="AH31" s="15">
-        <v>-6.4806400000000002</v>
+        <v>-16.78078</v>
       </c>
       <c r="AI31" s="15">
-        <v>25.91431</v>
+        <v>2.2341100000000003</v>
       </c>
       <c r="AJ31" s="15">
-        <v>12.95956</v>
+        <v>38.326160000000002</v>
       </c>
       <c r="AK31" s="16">
-        <v>250.11823999999999</v>
+        <v>273.23084</v>
       </c>
       <c r="AL31" s="7"/>
     </row>
     <row r="32" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="30">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D32" s="15">
-        <v>0</v>
+        <v>2.1636599999999997</v>
       </c>
       <c r="E32" s="15">
-        <v>0</v>
+        <v>3.8403299999999998</v>
       </c>
       <c r="F32" s="15">
-        <v>0</v>
+        <v>11.781709999999999</v>
       </c>
       <c r="G32" s="15">
-        <v>0.49375000000000002</v>
+        <v>3.8832399999999998</v>
       </c>
       <c r="H32" s="15">
-        <v>0</v>
+        <v>26.39199</v>
       </c>
       <c r="I32" s="15">
-        <v>0</v>
+        <v>11.9863</v>
       </c>
       <c r="J32" s="15">
-        <v>2.597E-2</v>
+        <v>5.7991099999999998</v>
       </c>
       <c r="K32" s="15">
-        <v>-1.5169999999999999E-2</v>
+        <v>21.622419999999998</v>
       </c>
       <c r="L32" s="15">
-        <v>0.26685999999999999</v>
+        <v>3.5631399999999998</v>
       </c>
       <c r="M32" s="15">
-        <v>21.831099999999999</v>
+        <v>0.52370000000000005</v>
       </c>
       <c r="N32" s="15">
-        <v>29.876060000000003</v>
+        <v>7.0828999999999995</v>
       </c>
       <c r="O32" s="15">
-        <v>6.8858000000000006</v>
+        <v>5.9580799999999998</v>
       </c>
       <c r="P32" s="15">
-        <v>30.456759999999999</v>
+        <v>3.3786199999999997</v>
       </c>
       <c r="Q32" s="15">
-        <v>12.49972</v>
+        <v>11.75972</v>
       </c>
       <c r="R32" s="15">
-        <v>9.3997700000000002</v>
+        <v>5.3203900000000006</v>
       </c>
       <c r="S32" s="15">
-        <v>-30.843630000000001</v>
+        <v>23.779220000000002</v>
       </c>
       <c r="T32" s="15">
-        <v>-6.5031099999999995</v>
+        <v>3.0389599999999999</v>
       </c>
       <c r="U32" s="15">
-        <v>16.18037</v>
+        <v>6.1357100000000004</v>
       </c>
       <c r="V32" s="15">
-        <v>9.8787700000000012</v>
+        <v>-14.105559999999999</v>
       </c>
       <c r="W32" s="15">
-        <v>14.72993</v>
+        <v>-12.51065</v>
       </c>
       <c r="X32" s="15">
-        <v>10.47282</v>
+        <v>5.4115099999999998</v>
       </c>
       <c r="Y32" s="15">
-        <v>11.331280000000001</v>
+        <v>-2.4334600000000002</v>
       </c>
       <c r="Z32" s="15">
-        <v>2.7606599999999997</v>
+        <v>5.3488599999999993</v>
       </c>
       <c r="AA32" s="15">
-        <v>19.450970000000002</v>
+        <v>20.94275</v>
       </c>
       <c r="AB32" s="15">
-        <v>35.24053</v>
+        <v>-25.699930000000002</v>
       </c>
       <c r="AC32" s="15">
-        <v>-10.588509999999999</v>
+        <v>-2.9715100000000003</v>
       </c>
       <c r="AD32" s="15">
-        <v>-2.6332600000000004</v>
+        <v>-4.7679300000000007</v>
       </c>
       <c r="AE32" s="15">
-        <v>29.50609</v>
+        <v>0.33106000000000002</v>
       </c>
       <c r="AF32" s="15">
-        <v>2.6218600000000003</v>
+        <v>16.65408</v>
       </c>
       <c r="AG32" s="15">
-        <v>36.125959999999999</v>
+        <v>17.617319999999999</v>
       </c>
       <c r="AH32" s="15">
-        <v>-16.78078</v>
+        <v>17.990740000000002</v>
       </c>
       <c r="AI32" s="15">
-        <v>2.2341100000000003</v>
+        <v>82.477999999999994</v>
       </c>
       <c r="AJ32" s="15">
-        <v>12.79191</v>
+        <v>1.1479600000000001</v>
       </c>
       <c r="AK32" s="16">
-        <v>247.69658999999999</v>
+        <v>263.44243999999998</v>
       </c>
       <c r="AL32" s="7"/>
     </row>
     <row r="33" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="30">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
-        <v>0</v>
+        <v>6.6E-3</v>
       </c>
       <c r="F33" s="15">
         <v>0</v>
       </c>
       <c r="G33" s="15">
         <v>0</v>
       </c>
       <c r="H33" s="15">
-        <v>1.09538</v>
+        <v>7.6763399999999997</v>
       </c>
       <c r="I33" s="15">
-        <v>30.581240000000001</v>
+        <v>3.0765899999999999</v>
       </c>
       <c r="J33" s="15">
-        <v>7.4446400000000006</v>
+        <v>1.0764800000000001</v>
       </c>
       <c r="K33" s="15">
-        <v>-0.86109000000000002</v>
+        <v>4.3389899999999999</v>
       </c>
       <c r="L33" s="15">
-        <v>-2.08691</v>
+        <v>1.55131</v>
       </c>
       <c r="M33" s="15">
-        <v>24.546279999999999</v>
+        <v>8.2571900000000014</v>
       </c>
       <c r="N33" s="15">
-        <v>6.16188</v>
+        <v>3.7803599999999999</v>
       </c>
       <c r="O33" s="15">
-        <v>1.7000299999999999</v>
+        <v>15.03317</v>
       </c>
       <c r="P33" s="15">
-        <v>-6.86822</v>
+        <v>7.5165500000000005</v>
       </c>
       <c r="Q33" s="15">
-        <v>-4.6237299999999992</v>
+        <v>5.8293999999999997</v>
       </c>
       <c r="R33" s="15">
-        <v>-3.7585100000000002</v>
+        <v>1.66987</v>
       </c>
       <c r="S33" s="15">
-        <v>5.2786</v>
+        <v>4.1870600000000007</v>
       </c>
       <c r="T33" s="15">
-        <v>0.23254</v>
+        <v>6.8862100000000002</v>
       </c>
       <c r="U33" s="15">
-        <v>38.096789999999999</v>
+        <v>18.908439999999999</v>
       </c>
       <c r="V33" s="15">
-        <v>13.619309999999999</v>
+        <v>36.6098</v>
       </c>
       <c r="W33" s="15">
-        <v>-48.118559999999995</v>
+        <v>3.7912399999999997</v>
       </c>
       <c r="X33" s="15">
-        <v>1.4455199999999999</v>
+        <v>16.889569999999999</v>
       </c>
       <c r="Y33" s="15">
-        <v>21.963259999999998</v>
+        <v>3.29074</v>
       </c>
       <c r="Z33" s="15">
-        <v>10.90019</v>
+        <v>12.381549999999999</v>
       </c>
       <c r="AA33" s="15">
-        <v>22.37548</v>
+        <v>19.679479999999998</v>
       </c>
       <c r="AB33" s="15">
-        <v>10.688780000000001</v>
+        <v>4.4300699999999997</v>
       </c>
       <c r="AC33" s="15">
-        <v>25.056159999999998</v>
+        <v>-16.65971</v>
       </c>
       <c r="AD33" s="15">
-        <v>28.58344</v>
+        <v>1.53287</v>
       </c>
       <c r="AE33" s="15">
-        <v>-3.8580300000000003</v>
+        <v>6.8950200000000006</v>
       </c>
       <c r="AF33" s="15">
-        <v>7.2543500000000005</v>
+        <v>23.9573</v>
       </c>
       <c r="AG33" s="15">
-        <v>44.325699999999998</v>
+        <v>15.132520000000001</v>
       </c>
       <c r="AH33" s="15">
-        <v>19.916259999999998</v>
+        <v>-6.4806400000000002</v>
       </c>
       <c r="AI33" s="15">
-        <v>-1.5016800000000001</v>
+        <v>25.91431</v>
       </c>
       <c r="AJ33" s="15">
-        <v>-12.274479999999999</v>
+        <v>15.031360000000001</v>
       </c>
       <c r="AK33" s="16">
-        <v>237.31461999999999</v>
+        <v>252.19004000000001</v>
       </c>
       <c r="AL33" s="7"/>
     </row>
     <row r="34" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="30">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C34" s="14" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D34" s="15">
-        <v>3.0489600000000001</v>
+        <v>0</v>
       </c>
       <c r="E34" s="15">
-        <v>0.78473000000000004</v>
+        <v>0</v>
       </c>
       <c r="F34" s="15">
-        <v>0.67158000000000007</v>
+        <v>0</v>
       </c>
       <c r="G34" s="15">
-        <v>0.26195000000000002</v>
+        <v>0</v>
       </c>
       <c r="H34" s="15">
-        <v>19.334820000000001</v>
+        <v>1.09538</v>
       </c>
       <c r="I34" s="15">
-        <v>20.046810000000001</v>
+        <v>30.581240000000001</v>
       </c>
       <c r="J34" s="15">
-        <v>-0.64254999999999995</v>
+        <v>7.4446400000000006</v>
       </c>
       <c r="K34" s="15">
-        <v>2.4836300000000002</v>
+        <v>-0.86109000000000002</v>
       </c>
       <c r="L34" s="15">
-        <v>5.7837800000000001</v>
+        <v>-2.08691</v>
       </c>
       <c r="M34" s="15">
-        <v>13.430120000000001</v>
+        <v>24.546279999999999</v>
       </c>
       <c r="N34" s="15">
-        <v>4.2269100000000002</v>
+        <v>6.16188</v>
       </c>
       <c r="O34" s="15">
-        <v>8.2116799999999994</v>
+        <v>1.7000299999999999</v>
       </c>
       <c r="P34" s="15">
-        <v>19.09965</v>
+        <v>-6.86822</v>
       </c>
       <c r="Q34" s="15">
-        <v>9.9712900000000015</v>
+        <v>-4.6237299999999992</v>
       </c>
       <c r="R34" s="15">
-        <v>20.215779999999999</v>
+        <v>-3.7585100000000002</v>
       </c>
       <c r="S34" s="15">
-        <v>19.421130000000002</v>
+        <v>5.2786</v>
       </c>
       <c r="T34" s="15">
-        <v>12.27399</v>
+        <v>0.23254</v>
       </c>
       <c r="U34" s="15">
-        <v>16.008610000000001</v>
+        <v>38.096789999999999</v>
       </c>
       <c r="V34" s="15">
-        <v>42.101980000000005</v>
+        <v>13.619309999999999</v>
       </c>
       <c r="W34" s="15">
-        <v>5.8266200000000001</v>
+        <v>-48.118559999999995</v>
       </c>
       <c r="X34" s="15">
-        <v>6.6577200000000003</v>
+        <v>1.4455199999999999</v>
       </c>
       <c r="Y34" s="15">
-        <v>23.298509999999997</v>
+        <v>21.963259999999998</v>
       </c>
       <c r="Z34" s="15">
-        <v>-27.268519999999999</v>
+        <v>10.90019</v>
       </c>
       <c r="AA34" s="15">
-        <v>2.9880800000000001</v>
+        <v>22.37548</v>
       </c>
       <c r="AB34" s="15">
-        <v>-5.7609899999999996</v>
+        <v>10.688780000000001</v>
       </c>
       <c r="AC34" s="15">
-        <v>-3.76403</v>
+        <v>25.056159999999998</v>
       </c>
       <c r="AD34" s="15">
-        <v>11.095690000000001</v>
+        <v>28.58344</v>
       </c>
       <c r="AE34" s="15">
-        <v>1.2374400000000001</v>
+        <v>-3.8580300000000003</v>
       </c>
       <c r="AF34" s="15">
-        <v>2.9375500000000003</v>
+        <v>7.2543500000000005</v>
       </c>
       <c r="AG34" s="15">
-        <v>13.35317</v>
+        <v>44.325699999999998</v>
       </c>
       <c r="AH34" s="15">
-        <v>4.3026599999999995</v>
+        <v>19.916259999999998</v>
       </c>
       <c r="AI34" s="15">
-        <v>-25.697430000000001</v>
+        <v>-1.5016800000000001</v>
       </c>
       <c r="AJ34" s="15">
-        <v>-1.15E-2</v>
+        <v>-21.609849999999998</v>
       </c>
       <c r="AK34" s="16">
-        <v>225.92982000000001</v>
+        <v>227.97925000000001</v>
       </c>
       <c r="AL34" s="7"/>
     </row>
     <row r="35" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="30">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D35" s="15">
-        <v>0</v>
+        <v>3.0489600000000001</v>
       </c>
       <c r="E35" s="15">
-        <v>0</v>
+        <v>0.78473000000000004</v>
       </c>
       <c r="F35" s="15">
-        <v>0.97265999999999997</v>
+        <v>0.67158000000000007</v>
       </c>
       <c r="G35" s="15">
-        <v>0</v>
+        <v>0.26195000000000002</v>
       </c>
       <c r="H35" s="15">
-        <v>2.7599999999999999E-3</v>
+        <v>19.334820000000001</v>
       </c>
       <c r="I35" s="15">
-        <v>0.15833000000000003</v>
+        <v>20.046810000000001</v>
       </c>
       <c r="J35" s="15">
-        <v>0.48157</v>
+        <v>-0.64254999999999995</v>
       </c>
       <c r="K35" s="15">
-        <v>0.33566000000000001</v>
+        <v>2.4836300000000002</v>
       </c>
       <c r="L35" s="15">
-        <v>0.23754</v>
+        <v>5.7837800000000001</v>
       </c>
       <c r="M35" s="15">
-        <v>1.0099500000000001</v>
+        <v>13.430120000000001</v>
       </c>
       <c r="N35" s="15">
-        <v>2.9389699999999999</v>
+        <v>4.2269100000000002</v>
       </c>
       <c r="O35" s="15">
-        <v>6.6488500000000004</v>
+        <v>8.2116799999999994</v>
       </c>
       <c r="P35" s="15">
-        <v>12.681649999999999</v>
+        <v>19.09965</v>
       </c>
       <c r="Q35" s="15">
-        <v>3.8288000000000002</v>
+        <v>9.9712900000000015</v>
       </c>
       <c r="R35" s="15">
-        <v>14.44009</v>
+        <v>20.215779999999999</v>
       </c>
       <c r="S35" s="15">
-        <v>9.0863999999999994</v>
+        <v>19.421130000000002</v>
       </c>
       <c r="T35" s="15">
-        <v>8.5542099999999994</v>
+        <v>12.27399</v>
       </c>
       <c r="U35" s="15">
-        <v>-74.370460000000008</v>
+        <v>16.008610000000001</v>
       </c>
       <c r="V35" s="15">
-        <v>-16.660070000000001</v>
+        <v>42.101980000000005</v>
       </c>
       <c r="W35" s="15">
-        <v>-15.061549999999999</v>
+        <v>5.8266200000000001</v>
       </c>
       <c r="X35" s="15">
-        <v>-3.8006100000000003</v>
+        <v>6.6577200000000003</v>
       </c>
       <c r="Y35" s="15">
-        <v>-6.6679700000000004</v>
+        <v>23.298509999999997</v>
       </c>
       <c r="Z35" s="15">
-        <v>5.7362700000000002</v>
+        <v>-27.268519999999999</v>
       </c>
       <c r="AA35" s="15">
-        <v>8.5937800000000006</v>
+        <v>2.9880800000000001</v>
       </c>
       <c r="AB35" s="15">
-        <v>14.9655</v>
+        <v>-5.7609899999999996</v>
       </c>
       <c r="AC35" s="15">
-        <v>31.271740000000001</v>
+        <v>-3.76403</v>
       </c>
       <c r="AD35" s="15">
-        <v>7.2653100000000004</v>
+        <v>11.095690000000001</v>
       </c>
       <c r="AE35" s="15">
-        <v>18.471419999999998</v>
+        <v>1.2374400000000001</v>
       </c>
       <c r="AF35" s="15">
-        <v>7.5798300000000003</v>
+        <v>2.9375500000000003</v>
       </c>
       <c r="AG35" s="15">
-        <v>24.605709999999998</v>
+        <v>13.35317</v>
       </c>
       <c r="AH35" s="15">
-        <v>24.11984</v>
+        <v>4.3026599999999995</v>
       </c>
       <c r="AI35" s="15">
-        <v>93.153929999999988</v>
+        <v>-25.697430000000001</v>
       </c>
       <c r="AJ35" s="15">
-        <v>42.940719999999999</v>
+        <v>0.23810000000000001</v>
       </c>
       <c r="AK35" s="16">
-        <v>223.52082999999999</v>
+        <v>226.17942000000002</v>
       </c>
       <c r="AL35" s="7"/>
     </row>
     <row r="36" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="30">
         <v>73</v>
       </c>
       <c r="C36" s="14" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="15">
         <v>0</v>
       </c>
       <c r="E36" s="15">
         <v>0</v>
       </c>
       <c r="F36" s="15">
         <v>0</v>
       </c>
       <c r="G36" s="15">
         <v>2.563E-2</v>
       </c>
       <c r="H36" s="15">
         <v>0.65464</v>
       </c>
@@ -4580,1053 +4573,1053 @@
       <c r="AB36" s="15">
         <v>4.7647399999999998</v>
       </c>
       <c r="AC36" s="15">
         <v>6.2516000000000007</v>
       </c>
       <c r="AD36" s="15">
         <v>7.7191800000000006</v>
       </c>
       <c r="AE36" s="15">
         <v>-4.4903199999999996</v>
       </c>
       <c r="AF36" s="15">
         <v>13.842889999999999</v>
       </c>
       <c r="AG36" s="15">
         <v>75.04346000000001</v>
       </c>
       <c r="AH36" s="15">
         <v>18.737659999999998</v>
       </c>
       <c r="AI36" s="15">
         <v>5.23834</v>
       </c>
       <c r="AJ36" s="15">
-        <v>9.07911</v>
+        <v>9.6623600000000014</v>
       </c>
       <c r="AK36" s="16">
-        <v>219.92942000000002</v>
+        <v>220.51267000000001</v>
       </c>
       <c r="AL36" s="7"/>
     </row>
     <row r="37" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="30">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C37" s="14" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D37" s="15">
         <v>0</v>
       </c>
       <c r="E37" s="15">
         <v>0</v>
       </c>
       <c r="F37" s="15">
         <v>0</v>
       </c>
       <c r="G37" s="15">
         <v>0</v>
       </c>
       <c r="H37" s="15">
-        <v>0.71875999999999995</v>
+        <v>1.0224299999999999</v>
       </c>
       <c r="I37" s="15">
-        <v>0.42191000000000001</v>
+        <v>2.11016</v>
       </c>
       <c r="J37" s="15">
-        <v>-0.32815</v>
+        <v>2.67069</v>
       </c>
       <c r="K37" s="15">
-        <v>1.0108999999999999</v>
+        <v>1.2909900000000001</v>
       </c>
       <c r="L37" s="15">
-        <v>7.1957800000000001</v>
+        <v>1.11114</v>
       </c>
       <c r="M37" s="15">
-        <v>1.3135999999999999</v>
+        <v>6.8402799999999999</v>
       </c>
       <c r="N37" s="15">
-        <v>4.7199399999999994</v>
+        <v>0.22425999999999999</v>
       </c>
       <c r="O37" s="15">
-        <v>0.26705000000000001</v>
+        <v>-14.43932</v>
       </c>
       <c r="P37" s="15">
-        <v>2.1749999999999998</v>
+        <v>-1.7462500000000001</v>
       </c>
       <c r="Q37" s="15">
-        <v>0.71502999999999994</v>
+        <v>1.77399</v>
       </c>
       <c r="R37" s="15">
-        <v>-9.128E-2</v>
+        <v>23.86234</v>
       </c>
       <c r="S37" s="15">
-        <v>2.0786500000000001</v>
+        <v>7.6799200000000001</v>
       </c>
       <c r="T37" s="15">
-        <v>1.70713</v>
+        <v>-12.847700000000001</v>
       </c>
       <c r="U37" s="15">
-        <v>3.62839</v>
+        <v>55.691089999999996</v>
       </c>
       <c r="V37" s="15">
-        <v>-8.8614599999999992</v>
+        <v>-158.16013000000001</v>
       </c>
       <c r="W37" s="15">
-        <v>3.7544899999999997</v>
+        <v>-21.86927</v>
       </c>
       <c r="X37" s="15">
-        <v>22.444689999999998</v>
+        <v>66.956639999999993</v>
       </c>
       <c r="Y37" s="15">
-        <v>13.96476</v>
+        <v>-8.4822699999999998</v>
       </c>
       <c r="Z37" s="15">
-        <v>60.970109999999998</v>
+        <v>3.1901999999999999</v>
       </c>
       <c r="AA37" s="15">
-        <v>90.728100000000012</v>
+        <v>9.7985600000000002</v>
       </c>
       <c r="AB37" s="15">
-        <v>113.65872999999999</v>
+        <v>16.63766</v>
       </c>
       <c r="AC37" s="15">
-        <v>-107.37889</v>
+        <v>25.6175</v>
       </c>
       <c r="AD37" s="15">
-        <v>20.006070000000001</v>
+        <v>42.553139999999999</v>
       </c>
       <c r="AE37" s="15">
-        <v>7.2203800000000005</v>
+        <v>36.090290000000003</v>
       </c>
       <c r="AF37" s="15">
-        <v>9.0792599999999997</v>
+        <v>12.91816</v>
       </c>
       <c r="AG37" s="15">
-        <v>7.3827799999999995</v>
+        <v>76.982900000000001</v>
       </c>
       <c r="AH37" s="15">
-        <v>-21.306509999999999</v>
+        <v>27.834869999999999</v>
       </c>
       <c r="AI37" s="15">
-        <v>-41.024149999999999</v>
+        <v>-4.5742200000000004</v>
       </c>
       <c r="AJ37" s="15">
-        <v>21.870360000000002</v>
+        <v>15.859209999999999</v>
       </c>
       <c r="AK37" s="16">
-        <v>218.04142999999999</v>
+        <v>216.59726000000001</v>
       </c>
       <c r="AL37" s="7"/>
     </row>
     <row r="38" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="30">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D38" s="15">
         <v>0</v>
       </c>
       <c r="E38" s="15">
         <v>0</v>
       </c>
       <c r="F38" s="15">
         <v>0</v>
       </c>
       <c r="G38" s="15">
         <v>0</v>
       </c>
       <c r="H38" s="15">
-        <v>1.0224299999999999</v>
+        <v>0</v>
       </c>
       <c r="I38" s="15">
-        <v>2.11016</v>
+        <v>0</v>
       </c>
       <c r="J38" s="15">
-        <v>2.67069</v>
+        <v>0.26888999999999996</v>
       </c>
       <c r="K38" s="15">
-        <v>1.2909900000000001</v>
+        <v>-2.5010000000000001E-2</v>
       </c>
       <c r="L38" s="15">
-        <v>1.11114</v>
+        <v>12.221719999999999</v>
       </c>
       <c r="M38" s="15">
-        <v>6.8402799999999999</v>
+        <v>-2.2505199999999999</v>
       </c>
       <c r="N38" s="15">
-        <v>0.22425999999999999</v>
+        <v>5.8326499999999992</v>
       </c>
       <c r="O38" s="15">
-        <v>-14.43932</v>
+        <v>2.5373800000000002</v>
       </c>
       <c r="P38" s="15">
-        <v>-1.7462500000000001</v>
+        <v>14.16967</v>
       </c>
       <c r="Q38" s="15">
-        <v>1.77399</v>
+        <v>21.847049999999999</v>
       </c>
       <c r="R38" s="15">
-        <v>23.86234</v>
+        <v>29.90109</v>
       </c>
       <c r="S38" s="15">
-        <v>7.6799200000000001</v>
+        <v>28.102720000000001</v>
       </c>
       <c r="T38" s="15">
-        <v>-12.847700000000001</v>
+        <v>6.8882500000000002</v>
       </c>
       <c r="U38" s="15">
-        <v>55.691089999999996</v>
+        <v>18.19519</v>
       </c>
       <c r="V38" s="15">
-        <v>-158.16013000000001</v>
+        <v>18.529299999999999</v>
       </c>
       <c r="W38" s="15">
-        <v>-21.86927</v>
+        <v>7.8032500000000002</v>
       </c>
       <c r="X38" s="15">
-        <v>66.956639999999993</v>
+        <v>7.5894300000000001</v>
       </c>
       <c r="Y38" s="15">
-        <v>-8.4822699999999998</v>
+        <v>-1.225E-2</v>
       </c>
       <c r="Z38" s="15">
-        <v>3.1901999999999999</v>
+        <v>15.52675</v>
       </c>
       <c r="AA38" s="15">
-        <v>9.7985600000000002</v>
+        <v>14.07999</v>
       </c>
       <c r="AB38" s="15">
-        <v>16.63766</v>
+        <v>14.33379</v>
       </c>
       <c r="AC38" s="15">
-        <v>25.6175</v>
+        <v>10.068490000000001</v>
       </c>
       <c r="AD38" s="15">
-        <v>42.553139999999999</v>
+        <v>7.4313799999999999</v>
       </c>
       <c r="AE38" s="15">
-        <v>36.090290000000003</v>
+        <v>-4.7909499999999996</v>
       </c>
       <c r="AF38" s="15">
-        <v>12.91816</v>
+        <v>-15.594530000000001</v>
       </c>
       <c r="AG38" s="15">
-        <v>76.982900000000001</v>
+        <v>-15.274839999999999</v>
       </c>
       <c r="AH38" s="15">
-        <v>27.834869999999999</v>
+        <v>-24.460639999999998</v>
       </c>
       <c r="AI38" s="15">
-        <v>-4.5742200000000004</v>
+        <v>37.146850000000001</v>
       </c>
       <c r="AJ38" s="15">
-        <v>9.8544499999999999</v>
+        <v>-0.55928</v>
       </c>
       <c r="AK38" s="16">
-        <v>210.5925</v>
+        <v>209.50582</v>
       </c>
       <c r="AL38" s="7"/>
     </row>
     <row r="39" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="30">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D39" s="15">
         <v>0</v>
       </c>
       <c r="E39" s="15">
-        <v>0</v>
+        <v>5.0810000000000001E-2</v>
       </c>
       <c r="F39" s="15">
-        <v>0</v>
+        <v>0.23774000000000001</v>
       </c>
       <c r="G39" s="15">
         <v>0</v>
       </c>
       <c r="H39" s="15">
         <v>0</v>
       </c>
       <c r="I39" s="15">
         <v>0</v>
       </c>
       <c r="J39" s="15">
-        <v>0.26888999999999996</v>
+        <v>0</v>
       </c>
       <c r="K39" s="15">
-        <v>-2.5010000000000001E-2</v>
+        <v>1.9312400000000001</v>
       </c>
       <c r="L39" s="15">
-        <v>12.221719999999999</v>
+        <v>-0.50138000000000005</v>
       </c>
       <c r="M39" s="15">
-        <v>-2.2505199999999999</v>
+        <v>-0.71287</v>
       </c>
       <c r="N39" s="15">
-        <v>5.8326499999999992</v>
+        <v>-1.4489000000000001</v>
       </c>
       <c r="O39" s="15">
-        <v>2.5373800000000002</v>
+        <v>0.1028</v>
       </c>
       <c r="P39" s="15">
-        <v>14.16967</v>
+        <v>-0.25811000000000001</v>
       </c>
       <c r="Q39" s="15">
-        <v>21.847049999999999</v>
+        <v>1.22594</v>
       </c>
       <c r="R39" s="15">
-        <v>29.90109</v>
+        <v>2.61314</v>
       </c>
       <c r="S39" s="15">
-        <v>28.102720000000001</v>
+        <v>9.9326499999999989</v>
       </c>
       <c r="T39" s="15">
-        <v>6.8882500000000002</v>
+        <v>18.47232</v>
       </c>
       <c r="U39" s="15">
-        <v>18.19519</v>
+        <v>5.81304</v>
       </c>
       <c r="V39" s="15">
-        <v>18.529299999999999</v>
+        <v>6.0128199999999996</v>
       </c>
       <c r="W39" s="15">
-        <v>7.8032500000000002</v>
+        <v>7.6599200000000005</v>
       </c>
       <c r="X39" s="15">
-        <v>7.5894300000000001</v>
+        <v>11.877739999999999</v>
       </c>
       <c r="Y39" s="15">
-        <v>-1.225E-2</v>
+        <v>5.01126</v>
       </c>
       <c r="Z39" s="15">
-        <v>15.52675</v>
+        <v>2.6292800000000001</v>
       </c>
       <c r="AA39" s="15">
-        <v>14.07999</v>
+        <v>4.1421599999999996</v>
       </c>
       <c r="AB39" s="15">
-        <v>14.33379</v>
+        <v>14.53045</v>
       </c>
       <c r="AC39" s="15">
-        <v>10.068490000000001</v>
+        <v>-14.202729999999999</v>
       </c>
       <c r="AD39" s="15">
-        <v>7.4313799999999999</v>
+        <v>13.511889999999999</v>
       </c>
       <c r="AE39" s="15">
-        <v>-4.7909499999999996</v>
+        <v>2.4812600000000002</v>
       </c>
       <c r="AF39" s="15">
-        <v>-15.594530000000001</v>
+        <v>99.426580000000001</v>
       </c>
       <c r="AG39" s="15">
-        <v>-15.274839999999999</v>
+        <v>13.711069999999999</v>
       </c>
       <c r="AH39" s="15">
-        <v>-24.460639999999998</v>
+        <v>25.763210000000001</v>
       </c>
       <c r="AI39" s="15">
-        <v>37.146850000000001</v>
+        <v>-18.96106</v>
       </c>
       <c r="AJ39" s="15">
-        <v>0.50579000000000007</v>
+        <v>-4.0920199999999998</v>
       </c>
       <c r="AK39" s="16">
-        <v>210.57089000000002</v>
+        <v>206.96025</v>
       </c>
       <c r="AL39" s="7"/>
     </row>
     <row r="40" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="30">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C40" s="14" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="D40" s="15">
-        <v>0</v>
+        <v>2.0563500000000001</v>
       </c>
       <c r="E40" s="15">
-        <v>5.0810000000000001E-2</v>
+        <v>0.46675</v>
       </c>
       <c r="F40" s="15">
-        <v>0.23774000000000001</v>
+        <v>0.94117999999999991</v>
       </c>
       <c r="G40" s="15">
         <v>0</v>
       </c>
       <c r="H40" s="15">
-        <v>0</v>
+        <v>0.5575</v>
       </c>
       <c r="I40" s="15">
-        <v>0</v>
+        <v>0.73262000000000005</v>
       </c>
       <c r="J40" s="15">
-        <v>0</v>
+        <v>0.62902999999999998</v>
       </c>
       <c r="K40" s="15">
-        <v>1.9312400000000001</v>
+        <v>0.13827</v>
       </c>
       <c r="L40" s="15">
-        <v>-0.50138000000000005</v>
+        <v>1.0227599999999999</v>
       </c>
       <c r="M40" s="15">
-        <v>-0.71287</v>
+        <v>-2.6416200000000001</v>
       </c>
       <c r="N40" s="15">
-        <v>-1.4489000000000001</v>
+        <v>-0.78288000000000002</v>
       </c>
       <c r="O40" s="15">
-        <v>0.1028</v>
+        <v>1.8532500000000001</v>
       </c>
       <c r="P40" s="15">
-        <v>-0.25811000000000001</v>
+        <v>24.233560000000001</v>
       </c>
       <c r="Q40" s="15">
-        <v>1.22594</v>
+        <v>4.6003500000000006</v>
       </c>
       <c r="R40" s="15">
-        <v>2.61314</v>
+        <v>10.63578</v>
       </c>
       <c r="S40" s="15">
-        <v>9.9326499999999989</v>
+        <v>-0.75346000000000002</v>
       </c>
       <c r="T40" s="15">
-        <v>18.47232</v>
+        <v>-3.1161399999999997</v>
       </c>
       <c r="U40" s="15">
-        <v>5.81304</v>
+        <v>-2.8841199999999998</v>
       </c>
       <c r="V40" s="15">
-        <v>6.0128199999999996</v>
+        <v>2.9950799999999997</v>
       </c>
       <c r="W40" s="15">
-        <v>7.6599200000000005</v>
+        <v>6.0321699999999998</v>
       </c>
       <c r="X40" s="15">
-        <v>11.877739999999999</v>
+        <v>2.7559999999999998</v>
       </c>
       <c r="Y40" s="15">
-        <v>5.01126</v>
+        <v>5.4497</v>
       </c>
       <c r="Z40" s="15">
-        <v>2.6292800000000001</v>
+        <v>7.5331999999999999</v>
       </c>
       <c r="AA40" s="15">
-        <v>4.1421599999999996</v>
+        <v>3.4270800000000001</v>
       </c>
       <c r="AB40" s="15">
-        <v>14.53045</v>
+        <v>5.7406300000000003</v>
       </c>
       <c r="AC40" s="15">
-        <v>-14.202729999999999</v>
+        <v>8.1043199999999995</v>
       </c>
       <c r="AD40" s="15">
-        <v>13.511889999999999</v>
+        <v>21.319330000000001</v>
       </c>
       <c r="AE40" s="15">
-        <v>2.4812600000000002</v>
+        <v>6.9187399999999997</v>
       </c>
       <c r="AF40" s="15">
-        <v>99.426580000000001</v>
+        <v>14.05095</v>
       </c>
       <c r="AG40" s="15">
-        <v>13.711069999999999</v>
+        <v>83.091170000000005</v>
       </c>
       <c r="AH40" s="15">
-        <v>25.763210000000001</v>
+        <v>-25.127410000000001</v>
       </c>
       <c r="AI40" s="15">
-        <v>-18.96106</v>
+        <v>-0.73041</v>
       </c>
       <c r="AJ40" s="15">
-        <v>-3.8298299999999998</v>
+        <v>25.491880000000002</v>
       </c>
       <c r="AK40" s="16">
-        <v>207.22244000000001</v>
+        <v>204.74160999999998</v>
       </c>
       <c r="AL40" s="7"/>
     </row>
     <row r="41" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="30">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C41" s="14" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D41" s="15">
-        <v>0</v>
+        <v>0.13083</v>
       </c>
       <c r="E41" s="15">
         <v>0</v>
       </c>
       <c r="F41" s="15">
         <v>0</v>
       </c>
       <c r="G41" s="15">
-        <v>0</v>
+        <v>1.45458</v>
       </c>
       <c r="H41" s="15">
-        <v>10.012270000000001</v>
+        <v>1.9704900000000001</v>
       </c>
       <c r="I41" s="15">
-        <v>0</v>
+        <v>1.32698</v>
       </c>
       <c r="J41" s="15">
-        <v>2.017E-2</v>
+        <v>-0.90348000000000006</v>
       </c>
       <c r="K41" s="15">
-        <v>0</v>
+        <v>-0.46879999999999999</v>
       </c>
       <c r="L41" s="15">
-        <v>3.1366000000000001</v>
+        <v>4.4745200000000001</v>
       </c>
       <c r="M41" s="15">
-        <v>3.2800799999999999</v>
+        <v>-2.1458499999999998</v>
       </c>
       <c r="N41" s="15">
-        <v>-0.64985999999999999</v>
+        <v>6.6221000000000005</v>
       </c>
       <c r="O41" s="15">
-        <v>-0.88597000000000004</v>
+        <v>5.1486499999999999</v>
       </c>
       <c r="P41" s="15">
-        <v>-0.12371</v>
+        <v>-2.6757900000000001</v>
       </c>
       <c r="Q41" s="15">
-        <v>0.58198000000000005</v>
+        <v>0.37073</v>
       </c>
       <c r="R41" s="15">
-        <v>40.877519999999997</v>
+        <v>41.241050000000001</v>
       </c>
       <c r="S41" s="15">
-        <v>2.0135399999999999</v>
+        <v>49.905660000000005</v>
       </c>
       <c r="T41" s="15">
-        <v>2.0148699999999997</v>
+        <v>1.42652</v>
       </c>
       <c r="U41" s="15">
-        <v>16.01135</v>
+        <v>2.5156300000000003</v>
       </c>
       <c r="V41" s="15">
-        <v>-0.36237999999999998</v>
+        <v>4.5786499999999997</v>
       </c>
       <c r="W41" s="15">
-        <v>-1.0766</v>
+        <v>5.0256099999999995</v>
       </c>
       <c r="X41" s="15">
-        <v>1.5424599999999999</v>
+        <v>3.29434</v>
       </c>
       <c r="Y41" s="15">
-        <v>0.59686000000000006</v>
+        <v>0.83701999999999999</v>
       </c>
       <c r="Z41" s="15">
-        <v>17.730779999999999</v>
+        <v>10.511290000000001</v>
       </c>
       <c r="AA41" s="15">
-        <v>-1.97533</v>
+        <v>1.7031800000000001</v>
       </c>
       <c r="AB41" s="15">
-        <v>5.4607600000000005</v>
+        <v>3.7456499999999999</v>
       </c>
       <c r="AC41" s="15">
-        <v>11.839690000000001</v>
+        <v>-2.8222199999999997</v>
       </c>
       <c r="AD41" s="15">
-        <v>3.32063</v>
+        <v>-1.56223</v>
       </c>
       <c r="AE41" s="15">
-        <v>1.3697600000000001</v>
+        <v>2.9432</v>
       </c>
       <c r="AF41" s="15">
-        <v>145.47176999999999</v>
+        <v>0.82884000000000002</v>
       </c>
       <c r="AG41" s="15">
-        <v>148.45054999999999</v>
+        <v>5.9123599999999996</v>
       </c>
       <c r="AH41" s="15">
-        <v>-128.78835000000001</v>
+        <v>17.300919999999998</v>
       </c>
       <c r="AI41" s="15">
-        <v>-54.795199999999994</v>
+        <v>10.935309999999999</v>
       </c>
       <c r="AJ41" s="15">
-        <v>-30.055880000000002</v>
+        <v>15.979329999999999</v>
       </c>
       <c r="AK41" s="16">
-        <v>195.01835999999997</v>
+        <v>189.60507000000001</v>
       </c>
       <c r="AL41" s="7"/>
     </row>
     <row r="42" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="30">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C42" s="14" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D42" s="15">
-        <v>2.0563500000000001</v>
+        <v>0</v>
       </c>
       <c r="E42" s="15">
-        <v>0.46675</v>
+        <v>0</v>
       </c>
       <c r="F42" s="15">
-        <v>0.94117999999999991</v>
+        <v>0</v>
       </c>
       <c r="G42" s="15">
         <v>0</v>
       </c>
       <c r="H42" s="15">
-        <v>0.5575</v>
+        <v>10.012270000000001</v>
       </c>
       <c r="I42" s="15">
-        <v>0.73262000000000005</v>
+        <v>0</v>
       </c>
       <c r="J42" s="15">
-        <v>0.62902999999999998</v>
+        <v>2.017E-2</v>
       </c>
       <c r="K42" s="15">
-        <v>0.13827</v>
+        <v>0</v>
       </c>
       <c r="L42" s="15">
-        <v>1.0227599999999999</v>
+        <v>3.1366000000000001</v>
       </c>
       <c r="M42" s="15">
-        <v>-2.6416200000000001</v>
+        <v>3.2800799999999999</v>
       </c>
       <c r="N42" s="15">
-        <v>-0.78288000000000002</v>
+        <v>-0.64985999999999999</v>
       </c>
       <c r="O42" s="15">
-        <v>1.8532500000000001</v>
+        <v>-0.88597000000000004</v>
       </c>
       <c r="P42" s="15">
-        <v>24.233560000000001</v>
+        <v>-0.12371</v>
       </c>
       <c r="Q42" s="15">
-        <v>4.6003500000000006</v>
+        <v>0.58198000000000005</v>
       </c>
       <c r="R42" s="15">
-        <v>10.63578</v>
+        <v>40.877519999999997</v>
       </c>
       <c r="S42" s="15">
-        <v>-0.75346000000000002</v>
+        <v>2.0135399999999999</v>
       </c>
       <c r="T42" s="15">
-        <v>-3.1161399999999997</v>
+        <v>2.0148699999999997</v>
       </c>
       <c r="U42" s="15">
-        <v>-2.8841199999999998</v>
+        <v>16.01135</v>
       </c>
       <c r="V42" s="15">
-        <v>2.9950799999999997</v>
+        <v>-0.36237999999999998</v>
       </c>
       <c r="W42" s="15">
-        <v>6.0321699999999998</v>
+        <v>-1.0766</v>
       </c>
       <c r="X42" s="15">
-        <v>2.7559999999999998</v>
+        <v>1.5424599999999999</v>
       </c>
       <c r="Y42" s="15">
-        <v>5.4497</v>
+        <v>0.59686000000000006</v>
       </c>
       <c r="Z42" s="15">
-        <v>7.5331999999999999</v>
+        <v>17.730779999999999</v>
       </c>
       <c r="AA42" s="15">
-        <v>3.4270800000000001</v>
+        <v>-1.97533</v>
       </c>
       <c r="AB42" s="15">
-        <v>5.7406300000000003</v>
+        <v>5.4607600000000005</v>
       </c>
       <c r="AC42" s="15">
-        <v>8.1043199999999995</v>
+        <v>11.839690000000001</v>
       </c>
       <c r="AD42" s="15">
-        <v>21.319330000000001</v>
+        <v>3.32063</v>
       </c>
       <c r="AE42" s="15">
-        <v>6.9187399999999997</v>
+        <v>1.3697600000000001</v>
       </c>
       <c r="AF42" s="15">
-        <v>14.05095</v>
+        <v>145.47176999999999</v>
       </c>
       <c r="AG42" s="15">
-        <v>83.091170000000005</v>
+        <v>148.45054999999999</v>
       </c>
       <c r="AH42" s="15">
-        <v>-25.127410000000001</v>
+        <v>-128.78835000000001</v>
       </c>
       <c r="AI42" s="15">
-        <v>-0.73041</v>
+        <v>-54.795199999999994</v>
       </c>
       <c r="AJ42" s="15">
-        <v>14.54978</v>
+        <v>-47.017780000000002</v>
       </c>
       <c r="AK42" s="16">
-        <v>193.79951</v>
+        <v>178.05645999999999</v>
       </c>
       <c r="AL42" s="7"/>
     </row>
     <row r="43" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="30">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C43" s="14" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D43" s="15">
-        <v>0</v>
+        <v>0.33879000000000004</v>
       </c>
       <c r="E43" s="15">
         <v>0</v>
       </c>
       <c r="F43" s="15">
         <v>0</v>
       </c>
       <c r="G43" s="15">
         <v>0</v>
       </c>
       <c r="H43" s="15">
         <v>0</v>
       </c>
       <c r="I43" s="15">
-        <v>0</v>
+        <v>26.867750000000001</v>
       </c>
       <c r="J43" s="15">
-        <v>0.48267000000000004</v>
+        <v>2.5829999999999999E-2</v>
       </c>
       <c r="K43" s="15">
-        <v>8.9611499999999999</v>
+        <v>-0.45981</v>
       </c>
       <c r="L43" s="15">
-        <v>-0.17882000000000001</v>
+        <v>9.3755499999999987</v>
       </c>
       <c r="M43" s="15">
-        <v>0.84667999999999999</v>
+        <v>8.1161000000000012</v>
       </c>
       <c r="N43" s="15">
-        <v>1.37446</v>
+        <v>3.3704000000000001</v>
       </c>
       <c r="O43" s="15">
-        <v>0.69830999999999999</v>
+        <v>22.077900000000003</v>
       </c>
       <c r="P43" s="15">
-        <v>23.685209999999998</v>
+        <v>9.2035</v>
       </c>
       <c r="Q43" s="15">
-        <v>-0.1065</v>
+        <v>39.610810000000001</v>
       </c>
       <c r="R43" s="15">
-        <v>-0.97283000000000008</v>
+        <v>11.2996</v>
       </c>
       <c r="S43" s="15">
-        <v>1.0839300000000001</v>
+        <v>3.8091500000000003</v>
       </c>
       <c r="T43" s="15">
-        <v>0.12723000000000001</v>
+        <v>1.6765300000000001</v>
       </c>
       <c r="U43" s="15">
-        <v>1.2457799999999999</v>
+        <v>9.993030000000001</v>
       </c>
       <c r="V43" s="15">
-        <v>7.6976400000000007</v>
+        <v>-3.5832800000000002</v>
       </c>
       <c r="W43" s="15">
-        <v>2.00861</v>
+        <v>-2.5233000000000003</v>
       </c>
       <c r="X43" s="15">
-        <v>-0.14510000000000001</v>
+        <v>0.61404999999999998</v>
       </c>
       <c r="Y43" s="15">
-        <v>7.4506499999999996</v>
+        <v>19.813580000000002</v>
       </c>
       <c r="Z43" s="15">
-        <v>1.66073</v>
+        <v>2.83161</v>
       </c>
       <c r="AA43" s="15">
-        <v>4.4020400000000004</v>
+        <v>5.6402999999999999</v>
       </c>
       <c r="AB43" s="15">
-        <v>23.068429999999999</v>
+        <v>8.857899999999999</v>
       </c>
       <c r="AC43" s="15">
-        <v>13.801819999999999</v>
+        <v>1.5182899999999999</v>
       </c>
       <c r="AD43" s="15">
-        <v>22.149169999999998</v>
+        <v>1.82169</v>
       </c>
       <c r="AE43" s="15">
-        <v>16.370459999999998</v>
+        <v>-3.26464</v>
       </c>
       <c r="AF43" s="15">
-        <v>22.975990000000003</v>
+        <v>-0.98089000000000004</v>
       </c>
       <c r="AG43" s="15">
-        <v>2.5186299999999999</v>
+        <v>-1.7283499999999998</v>
       </c>
       <c r="AH43" s="15">
-        <v>2.4157199999999999</v>
+        <v>-3.0181100000000001</v>
       </c>
       <c r="AI43" s="15">
-        <v>21.991959999999999</v>
+        <v>5.7200000000000001E-2</v>
       </c>
       <c r="AJ43" s="15">
-        <v>-6.4707100000000004</v>
+        <v>5.05</v>
       </c>
       <c r="AK43" s="16">
-        <v>179.14330999999999</v>
+        <v>176.41118</v>
       </c>
       <c r="AL43" s="7"/>
     </row>
     <row r="44" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="30">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="C44" s="14" t="s">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="D44" s="15">
-        <v>0.13083</v>
+        <v>0</v>
       </c>
       <c r="E44" s="15">
         <v>0</v>
       </c>
       <c r="F44" s="15">
         <v>0</v>
       </c>
       <c r="G44" s="15">
-        <v>1.45458</v>
+        <v>0</v>
       </c>
       <c r="H44" s="15">
-        <v>1.9704900000000001</v>
+        <v>0</v>
       </c>
       <c r="I44" s="15">
-        <v>1.32698</v>
+        <v>0</v>
       </c>
       <c r="J44" s="15">
-        <v>-0.90348000000000006</v>
+        <v>0.48267000000000004</v>
       </c>
       <c r="K44" s="15">
-        <v>-0.46879999999999999</v>
+        <v>8.9611499999999999</v>
       </c>
       <c r="L44" s="15">
-        <v>4.4745200000000001</v>
+        <v>-0.17882000000000001</v>
       </c>
       <c r="M44" s="15">
-        <v>-2.1458499999999998</v>
+        <v>0.84667999999999999</v>
       </c>
       <c r="N44" s="15">
-        <v>6.6221000000000005</v>
+        <v>1.37446</v>
       </c>
       <c r="O44" s="15">
-        <v>5.1486499999999999</v>
+        <v>0.69830999999999999</v>
       </c>
       <c r="P44" s="15">
-        <v>-2.6757900000000001</v>
+        <v>23.685209999999998</v>
       </c>
       <c r="Q44" s="15">
-        <v>0.37073</v>
+        <v>-0.1065</v>
       </c>
       <c r="R44" s="15">
-        <v>41.241050000000001</v>
+        <v>-0.97283000000000008</v>
       </c>
       <c r="S44" s="15">
-        <v>49.905660000000005</v>
+        <v>1.0839300000000001</v>
       </c>
       <c r="T44" s="15">
-        <v>1.42652</v>
+        <v>0.12723000000000001</v>
       </c>
       <c r="U44" s="15">
-        <v>2.5156300000000003</v>
+        <v>1.2457799999999999</v>
       </c>
       <c r="V44" s="15">
-        <v>4.5786499999999997</v>
+        <v>7.6976400000000007</v>
       </c>
       <c r="W44" s="15">
-        <v>5.0256099999999995</v>
+        <v>2.00861</v>
       </c>
       <c r="X44" s="15">
-        <v>3.29434</v>
+        <v>-0.14510000000000001</v>
       </c>
       <c r="Y44" s="15">
-        <v>0.83701999999999999</v>
+        <v>7.4506499999999996</v>
       </c>
       <c r="Z44" s="15">
-        <v>10.511290000000001</v>
+        <v>1.66073</v>
       </c>
       <c r="AA44" s="15">
-        <v>1.7031800000000001</v>
+        <v>4.4020400000000004</v>
       </c>
       <c r="AB44" s="15">
-        <v>3.7456499999999999</v>
+        <v>23.068429999999999</v>
       </c>
       <c r="AC44" s="15">
-        <v>-2.8222199999999997</v>
+        <v>13.801819999999999</v>
       </c>
       <c r="AD44" s="15">
-        <v>-1.56223</v>
+        <v>22.149169999999998</v>
       </c>
       <c r="AE44" s="15">
-        <v>2.9432</v>
+        <v>16.370459999999998</v>
       </c>
       <c r="AF44" s="15">
-        <v>0.82884000000000002</v>
+        <v>22.975990000000003</v>
       </c>
       <c r="AG44" s="15">
-        <v>5.9123599999999996</v>
+        <v>2.5186299999999999</v>
       </c>
       <c r="AH44" s="15">
-        <v>17.300919999999998</v>
+        <v>2.4157199999999999</v>
       </c>
       <c r="AI44" s="15">
-        <v>10.935309999999999</v>
+        <v>21.991959999999999</v>
       </c>
       <c r="AJ44" s="15">
-        <v>1.7409100000000002</v>
+        <v>-12.447709999999999</v>
       </c>
       <c r="AK44" s="16">
-        <v>175.36664999999999</v>
+        <v>173.16631000000001</v>
       </c>
       <c r="AL44" s="7"/>
     </row>
     <row r="45" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="30">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C45" s="14" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D45" s="15">
-        <v>0.33879000000000004</v>
+        <v>0</v>
       </c>
       <c r="E45" s="15">
         <v>0</v>
       </c>
       <c r="F45" s="15">
         <v>0</v>
       </c>
       <c r="G45" s="15">
         <v>0</v>
       </c>
       <c r="H45" s="15">
-        <v>0</v>
+        <v>0.71875999999999995</v>
       </c>
       <c r="I45" s="15">
-        <v>26.867750000000001</v>
+        <v>0.42191000000000001</v>
       </c>
       <c r="J45" s="15">
-        <v>2.5829999999999999E-2</v>
+        <v>-0.32815</v>
       </c>
       <c r="K45" s="15">
-        <v>-0.45981</v>
+        <v>1.0108999999999999</v>
       </c>
       <c r="L45" s="15">
-        <v>9.3755499999999987</v>
+        <v>7.1957800000000001</v>
       </c>
       <c r="M45" s="15">
-        <v>8.1161000000000012</v>
+        <v>1.3135999999999999</v>
       </c>
       <c r="N45" s="15">
-        <v>3.3704000000000001</v>
+        <v>4.7199399999999994</v>
       </c>
       <c r="O45" s="15">
-        <v>22.077900000000003</v>
+        <v>0.26705000000000001</v>
       </c>
       <c r="P45" s="15">
-        <v>9.2035</v>
+        <v>2.1749999999999998</v>
       </c>
       <c r="Q45" s="15">
-        <v>39.610810000000001</v>
+        <v>0.71502999999999994</v>
       </c>
       <c r="R45" s="15">
-        <v>11.2996</v>
+        <v>-9.128E-2</v>
       </c>
       <c r="S45" s="15">
-        <v>3.8091500000000003</v>
+        <v>2.0786500000000001</v>
       </c>
       <c r="T45" s="15">
-        <v>1.6765300000000001</v>
+        <v>1.70713</v>
       </c>
       <c r="U45" s="15">
-        <v>9.993030000000001</v>
+        <v>3.62839</v>
       </c>
       <c r="V45" s="15">
-        <v>-3.5832800000000002</v>
+        <v>-8.8614599999999992</v>
       </c>
       <c r="W45" s="15">
-        <v>-2.5233000000000003</v>
+        <v>3.7544899999999997</v>
       </c>
       <c r="X45" s="15">
-        <v>0.61404999999999998</v>
+        <v>22.444689999999998</v>
       </c>
       <c r="Y45" s="15">
-        <v>19.813580000000002</v>
+        <v>13.96476</v>
       </c>
       <c r="Z45" s="15">
-        <v>2.83161</v>
+        <v>60.970109999999998</v>
       </c>
       <c r="AA45" s="15">
-        <v>5.6402999999999999</v>
+        <v>90.728100000000012</v>
       </c>
       <c r="AB45" s="15">
-        <v>8.857899999999999</v>
+        <v>113.65872999999999</v>
       </c>
       <c r="AC45" s="15">
-        <v>1.5182899999999999</v>
+        <v>-107.37889</v>
       </c>
       <c r="AD45" s="15">
-        <v>1.82169</v>
+        <v>20.006070000000001</v>
       </c>
       <c r="AE45" s="15">
-        <v>-3.26464</v>
+        <v>7.2203800000000005</v>
       </c>
       <c r="AF45" s="15">
-        <v>-0.98089000000000004</v>
+        <v>9.0792599999999997</v>
       </c>
       <c r="AG45" s="15">
-        <v>-1.7283499999999998</v>
+        <v>7.3827799999999995</v>
       </c>
       <c r="AH45" s="15">
-        <v>-3.0181100000000001</v>
+        <v>-21.306509999999999</v>
       </c>
       <c r="AI45" s="15">
-        <v>5.7200000000000001E-2</v>
+        <v>-41.024149999999999</v>
       </c>
       <c r="AJ45" s="15">
-        <v>-2.198</v>
+        <v>-27.323090000000001</v>
       </c>
       <c r="AK45" s="16">
-        <v>169.16317999999998</v>
+        <v>168.84798000000001</v>
       </c>
       <c r="AL45" s="7"/>
     </row>
     <row r="46" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="30">
         <v>72</v>
       </c>
       <c r="C46" s="14" t="s">
         <v>65</v>
       </c>
       <c r="D46" s="15">
         <v>0</v>
       </c>
       <c r="E46" s="15">
         <v>0</v>
       </c>
       <c r="F46" s="15">
         <v>0</v>
       </c>
       <c r="G46" s="15">
         <v>2.7299999999999998E-3</v>
       </c>
       <c r="H46" s="15">
         <v>0</v>
       </c>
@@ -5690,165 +5683,165 @@
       <c r="AB46" s="15">
         <v>-2.56514</v>
       </c>
       <c r="AC46" s="15">
         <v>6.0537700000000001</v>
       </c>
       <c r="AD46" s="15">
         <v>5.9235699999999998</v>
       </c>
       <c r="AE46" s="15">
         <v>29.634330000000002</v>
       </c>
       <c r="AF46" s="15">
         <v>22.893259999999998</v>
       </c>
       <c r="AG46" s="15">
         <v>21.502189999999999</v>
       </c>
       <c r="AH46" s="15">
         <v>0.26937</v>
       </c>
       <c r="AI46" s="15">
         <v>4.6782500000000002</v>
       </c>
       <c r="AJ46" s="15">
-        <v>27.98546</v>
+        <v>40.062730000000002</v>
       </c>
       <c r="AK46" s="16">
-        <v>146.26392000000001</v>
+        <v>158.34119000000001</v>
       </c>
       <c r="AL46" s="7"/>
     </row>
     <row r="47" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="30">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="C47" s="14" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="D47" s="15">
-        <v>0</v>
+        <v>0.17584</v>
       </c>
       <c r="E47" s="15">
-        <v>5.6000000000000006E-4</v>
+        <v>0.24052999999999999</v>
       </c>
       <c r="F47" s="15">
-        <v>0</v>
+        <v>0.23536000000000001</v>
       </c>
       <c r="G47" s="15">
         <v>0</v>
       </c>
       <c r="H47" s="15">
-        <v>5.1799999999999997E-3</v>
+        <v>3.4399999999999999E-3</v>
       </c>
       <c r="I47" s="15">
-        <v>0.62369000000000008</v>
+        <v>1.4619999999999999E-2</v>
       </c>
       <c r="J47" s="15">
-        <v>9.6999999999999986E-3</v>
+        <v>0.16269999999999998</v>
       </c>
       <c r="K47" s="15">
-        <v>0.46712999999999999</v>
+        <v>3.9479999999999994E-2</v>
       </c>
       <c r="L47" s="15">
-        <v>0.30214999999999997</v>
+        <v>0.13769999999999999</v>
       </c>
       <c r="M47" s="15">
-        <v>0.83589999999999998</v>
+        <v>0.17165</v>
       </c>
       <c r="N47" s="15">
-        <v>0.52066999999999997</v>
+        <v>1.0854999999999999</v>
       </c>
       <c r="O47" s="15">
-        <v>1.60877</v>
+        <v>3.1985399999999999</v>
       </c>
       <c r="P47" s="15">
-        <v>-0.32052999999999998</v>
+        <v>-0.38311000000000001</v>
       </c>
       <c r="Q47" s="15">
-        <v>-0.86802000000000001</v>
+        <v>0.64410999999999996</v>
       </c>
       <c r="R47" s="15">
-        <v>3.3986100000000001</v>
+        <v>-5.1824300000000001</v>
       </c>
       <c r="S47" s="15">
-        <v>-0.35283999999999999</v>
+        <v>4.1149999999999999E-2</v>
       </c>
       <c r="T47" s="15">
-        <v>1.2773800000000002</v>
+        <v>-1.5972999999999999</v>
       </c>
       <c r="U47" s="15">
-        <v>-0.82933000000000001</v>
+        <v>18.627569999999999</v>
       </c>
       <c r="V47" s="15">
-        <v>0.82402999999999993</v>
+        <v>0.82290999999999992</v>
       </c>
       <c r="W47" s="15">
-        <v>2.51254</v>
+        <v>-1.12608</v>
       </c>
       <c r="X47" s="15">
-        <v>1.26969</v>
+        <v>-1.85572</v>
       </c>
       <c r="Y47" s="15">
-        <v>2.7052899999999998</v>
+        <v>-0.15343000000000001</v>
       </c>
       <c r="Z47" s="15">
-        <v>-0.19197999999999998</v>
+        <v>16.10135</v>
       </c>
       <c r="AA47" s="15">
-        <v>-0.29926999999999998</v>
+        <v>0.52778000000000003</v>
       </c>
       <c r="AB47" s="15">
-        <v>-0.69462000000000002</v>
+        <v>17.179509999999997</v>
       </c>
       <c r="AC47" s="15">
-        <v>-0.12002</v>
+        <v>43.936109999999999</v>
       </c>
       <c r="AD47" s="15">
-        <v>0.16424</v>
+        <v>-5.6601899999999992</v>
       </c>
       <c r="AE47" s="15">
-        <v>1.1041400000000001</v>
+        <v>-10.10511</v>
       </c>
       <c r="AF47" s="15">
-        <v>9.256219999999999</v>
+        <v>-24.43337</v>
       </c>
       <c r="AG47" s="15">
-        <v>38.133069999999996</v>
+        <v>29.89995</v>
       </c>
       <c r="AH47" s="15">
-        <v>30.457709999999999</v>
+        <v>12.117270000000001</v>
       </c>
       <c r="AI47" s="15">
-        <v>31.239409999999999</v>
+        <v>5.2815699999999994</v>
       </c>
       <c r="AJ47" s="15">
-        <v>16.562380000000001</v>
+        <v>19.522449999999999</v>
       </c>
       <c r="AK47" s="16">
-        <v>139.60185000000001</v>
+        <v>119.67035</v>
       </c>
       <c r="AL47" s="7"/>
     </row>
     <row r="48" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="30">
         <v>6</v>
       </c>
       <c r="C48" s="14" t="s">
         <v>44</v>
       </c>
       <c r="D48" s="15">
         <v>0</v>
       </c>
       <c r="E48" s="15">
         <v>0</v>
       </c>
       <c r="F48" s="15">
         <v>0</v>
       </c>
       <c r="G48" s="15">
         <v>4.6379299999999999</v>
       </c>
       <c r="H48" s="15">
         <v>11.913540000000001</v>
       </c>
@@ -5912,2345 +5905,2123 @@
       <c r="AB48" s="15">
         <v>-1.9824000000000002</v>
       </c>
       <c r="AC48" s="15">
         <v>17.81897</v>
       </c>
       <c r="AD48" s="15">
         <v>1.4692400000000001</v>
       </c>
       <c r="AE48" s="15">
         <v>-0.46806999999999999</v>
       </c>
       <c r="AF48" s="15">
         <v>2.7874499999999998</v>
       </c>
       <c r="AG48" s="15">
         <v>1.2481300000000002</v>
       </c>
       <c r="AH48" s="15">
         <v>6.8774100000000002</v>
       </c>
       <c r="AI48" s="15">
         <v>35.903330000000004</v>
       </c>
       <c r="AJ48" s="15">
-        <v>14.132899999999999</v>
+        <v>15.81704</v>
       </c>
       <c r="AK48" s="16">
-        <v>117.73915</v>
+        <v>119.42328999999999</v>
       </c>
       <c r="AL48" s="7"/>
     </row>
     <row r="49" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="30">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D49" s="15">
-        <v>0.17584</v>
+        <v>0.33257999999999999</v>
       </c>
       <c r="E49" s="15">
-        <v>0.24052999999999999</v>
+        <v>6.9400000000000003E-2</v>
       </c>
       <c r="F49" s="15">
-        <v>0.23536000000000001</v>
+        <v>6.973E-2</v>
       </c>
       <c r="G49" s="15">
-        <v>0</v>
+        <v>0.41599999999999998</v>
       </c>
       <c r="H49" s="15">
-        <v>3.4399999999999999E-3</v>
+        <v>1.11572</v>
       </c>
       <c r="I49" s="15">
-        <v>1.4619999999999999E-2</v>
+        <v>0.93320999999999998</v>
       </c>
       <c r="J49" s="15">
-        <v>0.16269999999999998</v>
+        <v>0.34792000000000001</v>
       </c>
       <c r="K49" s="15">
-        <v>3.9479999999999994E-2</v>
+        <v>10.202020000000001</v>
       </c>
       <c r="L49" s="15">
-        <v>0.13769999999999999</v>
+        <v>4.1745000000000001</v>
       </c>
       <c r="M49" s="15">
-        <v>0.17165</v>
+        <v>3.7401</v>
       </c>
       <c r="N49" s="15">
-        <v>1.0854999999999999</v>
+        <v>4.9938700000000003</v>
       </c>
       <c r="O49" s="15">
-        <v>3.1985399999999999</v>
+        <v>8.7841500000000003</v>
       </c>
       <c r="P49" s="15">
-        <v>-0.38311000000000001</v>
+        <v>9.9293799999999983</v>
       </c>
       <c r="Q49" s="15">
-        <v>0.64410999999999996</v>
+        <v>2.3390300000000002</v>
       </c>
       <c r="R49" s="15">
-        <v>-5.1824300000000001</v>
+        <v>-11.08953</v>
       </c>
       <c r="S49" s="15">
-        <v>4.1149999999999999E-2</v>
+        <v>-45.063730000000007</v>
       </c>
       <c r="T49" s="15">
-        <v>-1.5972999999999999</v>
+        <v>37.967940000000006</v>
       </c>
       <c r="U49" s="15">
-        <v>18.627569999999999</v>
+        <v>36.110860000000002</v>
       </c>
       <c r="V49" s="15">
-        <v>0.82290999999999992</v>
+        <v>2.5607600000000001</v>
       </c>
       <c r="W49" s="15">
-        <v>-1.12608</v>
+        <v>-12.245059999999999</v>
       </c>
       <c r="X49" s="15">
-        <v>-1.85572</v>
+        <v>-2.0498799999999999</v>
       </c>
       <c r="Y49" s="15">
-        <v>-0.15343000000000001</v>
+        <v>6.6847200000000004</v>
       </c>
       <c r="Z49" s="15">
-        <v>16.10135</v>
+        <v>-16.861660000000001</v>
       </c>
       <c r="AA49" s="15">
-        <v>0.52778000000000003</v>
+        <v>-10.416319999999999</v>
       </c>
       <c r="AB49" s="15">
-        <v>17.179509999999997</v>
+        <v>19.087199999999999</v>
       </c>
       <c r="AC49" s="15">
-        <v>43.936109999999999</v>
+        <v>21.539180000000002</v>
       </c>
       <c r="AD49" s="15">
-        <v>-5.6601899999999992</v>
+        <v>10.802280000000001</v>
       </c>
       <c r="AE49" s="15">
-        <v>-10.10511</v>
+        <v>-3.7412899999999998</v>
       </c>
       <c r="AF49" s="15">
-        <v>-24.43337</v>
+        <v>3.0325100000000003</v>
       </c>
       <c r="AG49" s="15">
-        <v>29.89995</v>
+        <v>3.84158</v>
       </c>
       <c r="AH49" s="15">
-        <v>12.117270000000001</v>
+        <v>19.44003</v>
       </c>
       <c r="AI49" s="15">
-        <v>5.2815699999999994</v>
+        <v>-5.7886899999999999</v>
       </c>
       <c r="AJ49" s="15">
-        <v>14.9468</v>
+        <v>15.40676</v>
       </c>
       <c r="AK49" s="16">
-        <v>115.0947</v>
+        <v>116.66527000000001</v>
       </c>
       <c r="AL49" s="7"/>
     </row>
     <row r="50" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="30">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="C50" s="14" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="D50" s="15">
-        <v>0.33257999999999999</v>
+        <v>0</v>
       </c>
       <c r="E50" s="15">
-        <v>6.9400000000000003E-2</v>
+        <v>0</v>
       </c>
       <c r="F50" s="15">
-        <v>6.973E-2</v>
+        <v>0</v>
       </c>
       <c r="G50" s="15">
-        <v>0.41599999999999998</v>
+        <v>0.23034000000000002</v>
       </c>
       <c r="H50" s="15">
-        <v>1.11572</v>
+        <v>2.3219999999999998E-2</v>
       </c>
       <c r="I50" s="15">
-        <v>0.93320999999999998</v>
+        <v>9.0459999999999999E-2</v>
       </c>
       <c r="J50" s="15">
-        <v>0.34792000000000001</v>
+        <v>0.18042</v>
       </c>
       <c r="K50" s="15">
-        <v>10.202020000000001</v>
+        <v>1.73E-3</v>
       </c>
       <c r="L50" s="15">
-        <v>4.1745000000000001</v>
+        <v>-0.17893000000000001</v>
       </c>
       <c r="M50" s="15">
-        <v>3.7401</v>
+        <v>0.22853999999999999</v>
       </c>
       <c r="N50" s="15">
-        <v>4.9938700000000003</v>
+        <v>-0.11464000000000001</v>
       </c>
       <c r="O50" s="15">
-        <v>8.7841500000000003</v>
+        <v>0.57855000000000001</v>
       </c>
       <c r="P50" s="15">
-        <v>9.9293799999999983</v>
+        <v>2.4905300000000001</v>
       </c>
       <c r="Q50" s="15">
-        <v>2.3390300000000002</v>
+        <v>2.94896</v>
       </c>
       <c r="R50" s="15">
-        <v>-11.08953</v>
+        <v>6.2857500000000002</v>
       </c>
       <c r="S50" s="15">
-        <v>-45.063730000000007</v>
+        <v>-8.1728000000000005</v>
       </c>
       <c r="T50" s="15">
-        <v>37.967940000000006</v>
+        <v>15.101280000000001</v>
       </c>
       <c r="U50" s="15">
-        <v>36.110860000000002</v>
+        <v>4.6832099999999999</v>
       </c>
       <c r="V50" s="15">
-        <v>2.5607600000000001</v>
+        <v>13.39992</v>
       </c>
       <c r="W50" s="15">
-        <v>-12.245059999999999</v>
+        <v>7.6730299999999998</v>
       </c>
       <c r="X50" s="15">
-        <v>-2.0498799999999999</v>
+        <v>6.8687800000000001</v>
       </c>
       <c r="Y50" s="15">
-        <v>6.6847200000000004</v>
+        <v>-9.1639999999999999E-2</v>
       </c>
       <c r="Z50" s="15">
-        <v>-16.861660000000001</v>
+        <v>1.6907300000000001</v>
       </c>
       <c r="AA50" s="15">
-        <v>-10.416319999999999</v>
+        <v>-2.6639599999999999</v>
       </c>
       <c r="AB50" s="15">
-        <v>19.087199999999999</v>
+        <v>-18.755590000000002</v>
       </c>
       <c r="AC50" s="15">
-        <v>21.539180000000002</v>
+        <v>4.4330699999999998</v>
       </c>
       <c r="AD50" s="15">
-        <v>10.802280000000001</v>
+        <v>1.74379</v>
       </c>
       <c r="AE50" s="15">
-        <v>-3.7412899999999998</v>
+        <v>4.1618500000000003</v>
       </c>
       <c r="AF50" s="15">
-        <v>3.0325100000000003</v>
+        <v>17.078080000000003</v>
       </c>
       <c r="AG50" s="15">
-        <v>3.84158</v>
+        <v>13.14101</v>
       </c>
       <c r="AH50" s="15">
-        <v>19.44003</v>
+        <v>5.6884600000000001</v>
       </c>
       <c r="AI50" s="15">
-        <v>-5.7886899999999999</v>
+        <v>9.9485599999999987</v>
       </c>
       <c r="AJ50" s="15">
-        <v>7.3467799999999999</v>
+        <v>2.4010899999999999</v>
       </c>
       <c r="AK50" s="16">
-        <v>108.60529</v>
+        <v>91.093800000000002</v>
       </c>
       <c r="AL50" s="7"/>
     </row>
     <row r="51" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="30">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C51" s="14" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D51" s="15">
         <v>0</v>
       </c>
       <c r="E51" s="15">
         <v>0</v>
       </c>
       <c r="F51" s="15">
-        <v>0.19274000000000002</v>
+        <v>0</v>
       </c>
       <c r="G51" s="15">
-        <v>0.37224000000000002</v>
+        <v>0</v>
       </c>
       <c r="H51" s="15">
-        <v>0.20018</v>
+        <v>0</v>
       </c>
       <c r="I51" s="15">
         <v>0</v>
       </c>
       <c r="J51" s="15">
         <v>0</v>
       </c>
       <c r="K51" s="15">
         <v>0</v>
       </c>
       <c r="L51" s="15">
         <v>0</v>
       </c>
       <c r="M51" s="15">
-        <v>0.13155</v>
+        <v>0</v>
       </c>
       <c r="N51" s="15">
-        <v>9.572E-2</v>
+        <v>0.38356999999999997</v>
       </c>
       <c r="O51" s="15">
-        <v>0.17407</v>
+        <v>40.24597</v>
       </c>
       <c r="P51" s="15">
-        <v>0.13297999999999999</v>
+        <v>2.6728499999999999</v>
       </c>
       <c r="Q51" s="15">
-        <v>0</v>
+        <v>12.942620000000002</v>
       </c>
       <c r="R51" s="15">
-        <v>0</v>
+        <v>-30.699740000000002</v>
       </c>
       <c r="S51" s="15">
-        <v>0.92819000000000007</v>
+        <v>-14.18263</v>
       </c>
       <c r="T51" s="15">
-        <v>0.26785999999999999</v>
+        <v>6.43642</v>
       </c>
       <c r="U51" s="15">
-        <v>0.57596000000000003</v>
+        <v>4.6960200000000007</v>
       </c>
       <c r="V51" s="15">
-        <v>16.324829999999999</v>
+        <v>23.17895</v>
       </c>
       <c r="W51" s="15">
-        <v>0.59804000000000002</v>
+        <v>0.28544999999999998</v>
       </c>
       <c r="X51" s="15">
-        <v>1.1377999999999999</v>
+        <v>2.40245</v>
       </c>
       <c r="Y51" s="15">
-        <v>8.7569999999999995E-2</v>
+        <v>1.2172000000000001</v>
       </c>
       <c r="Z51" s="15">
-        <v>-1.7017</v>
+        <v>-0.22294999999999998</v>
       </c>
       <c r="AA51" s="15">
-        <v>0.28373000000000004</v>
+        <v>3.5723499999999997</v>
       </c>
       <c r="AB51" s="15">
-        <v>1.75</v>
+        <v>3.7113400000000003</v>
       </c>
       <c r="AC51" s="15">
-        <v>4.1870000000000003</v>
+        <v>3.34097</v>
       </c>
       <c r="AD51" s="15">
-        <v>4.6442500000000004</v>
+        <v>17.91545</v>
       </c>
       <c r="AE51" s="15">
-        <v>6.5201700000000002</v>
+        <v>0.52610000000000001</v>
       </c>
       <c r="AF51" s="15">
-        <v>10.682090000000001</v>
+        <v>10.647920000000001</v>
       </c>
       <c r="AG51" s="15">
-        <v>4.5158300000000002</v>
+        <v>-8.1183899999999998</v>
       </c>
       <c r="AH51" s="15">
-        <v>24.699169999999999</v>
+        <v>-4.0672199999999998</v>
       </c>
       <c r="AI51" s="15">
-        <v>27.4102</v>
+        <v>8.3256899999999998</v>
       </c>
       <c r="AJ51" s="15">
-        <v>-6.9841899999999999</v>
+        <v>-4.4813100000000006</v>
       </c>
       <c r="AK51" s="16">
-        <v>97.226280000000003</v>
+        <v>80.729079999999996</v>
       </c>
       <c r="AL51" s="7"/>
     </row>
     <row r="52" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="30">
+        <v>2</v>
+      </c>
+      <c r="C52" s="14" t="s">
         <v>38</v>
       </c>
-      <c r="C52" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="15">
         <v>0</v>
       </c>
       <c r="E52" s="15">
         <v>0</v>
       </c>
       <c r="F52" s="15">
         <v>0</v>
       </c>
       <c r="G52" s="15">
-        <v>0.23034000000000002</v>
+        <v>0</v>
       </c>
       <c r="H52" s="15">
-        <v>2.3219999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="I52" s="15">
-        <v>9.0459999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="J52" s="15">
-        <v>0.18042</v>
+        <v>0</v>
       </c>
       <c r="K52" s="15">
-        <v>1.73E-3</v>
+        <v>0</v>
       </c>
       <c r="L52" s="15">
-        <v>-0.17893000000000001</v>
+        <v>0</v>
       </c>
       <c r="M52" s="15">
-        <v>0.22853999999999999</v>
+        <v>0</v>
       </c>
       <c r="N52" s="15">
-        <v>-0.11464000000000001</v>
+        <v>0</v>
       </c>
       <c r="O52" s="15">
-        <v>0.57855000000000001</v>
+        <v>0</v>
       </c>
       <c r="P52" s="15">
-        <v>2.4905300000000001</v>
+        <v>0</v>
       </c>
       <c r="Q52" s="15">
-        <v>2.94896</v>
+        <v>0</v>
       </c>
       <c r="R52" s="15">
-        <v>6.2857500000000002</v>
+        <v>0</v>
       </c>
       <c r="S52" s="15">
-        <v>-8.1728000000000005</v>
+        <v>2.7899999999999999E-3</v>
       </c>
       <c r="T52" s="15">
-        <v>15.101280000000001</v>
+        <v>0</v>
       </c>
       <c r="U52" s="15">
-        <v>4.6832099999999999</v>
+        <v>35.120989999999999</v>
       </c>
       <c r="V52" s="15">
-        <v>13.39992</v>
+        <v>23.34385</v>
       </c>
       <c r="W52" s="15">
-        <v>7.6730299999999998</v>
+        <v>2.7591600000000001</v>
       </c>
       <c r="X52" s="15">
-        <v>6.8687800000000001</v>
+        <v>0.55534000000000006</v>
       </c>
       <c r="Y52" s="15">
-        <v>-9.1639999999999999E-2</v>
+        <v>-0.44898000000000005</v>
       </c>
       <c r="Z52" s="15">
-        <v>1.6907300000000001</v>
+        <v>7.3882700000000003</v>
       </c>
       <c r="AA52" s="15">
-        <v>-2.6639599999999999</v>
+        <v>2.3694199999999999</v>
       </c>
       <c r="AB52" s="15">
-        <v>-18.755590000000002</v>
+        <v>2.3902700000000001</v>
       </c>
       <c r="AC52" s="15">
-        <v>4.4330699999999998</v>
+        <v>-2.5359000000000003</v>
       </c>
       <c r="AD52" s="15">
-        <v>1.74379</v>
+        <v>0.52697000000000005</v>
       </c>
       <c r="AE52" s="15">
-        <v>4.1618500000000003</v>
+        <v>0.44591000000000003</v>
       </c>
       <c r="AF52" s="15">
-        <v>17.078080000000003</v>
+        <v>1.17903</v>
       </c>
       <c r="AG52" s="15">
-        <v>13.14101</v>
+        <v>4.0935199999999998</v>
       </c>
       <c r="AH52" s="15">
-        <v>5.6884600000000001</v>
+        <v>1.8487899999999999</v>
       </c>
       <c r="AI52" s="15">
-        <v>9.9485599999999987</v>
+        <v>0.81200000000000006</v>
       </c>
       <c r="AJ52" s="15">
-        <v>1.83748</v>
+        <v>0.66486000000000001</v>
       </c>
       <c r="AK52" s="16">
-        <v>90.530190000000005</v>
+        <v>80.516289999999998</v>
       </c>
       <c r="AL52" s="7"/>
     </row>
     <row r="53" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="30">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="C53" s="14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D53" s="15">
         <v>0</v>
       </c>
       <c r="E53" s="15">
         <v>0</v>
       </c>
       <c r="F53" s="15">
-        <v>0</v>
+        <v>4.2070000000000003E-2</v>
       </c>
       <c r="G53" s="15">
-        <v>0</v>
+        <v>0.68810000000000004</v>
       </c>
       <c r="H53" s="15">
-        <v>0</v>
+        <v>10.297780000000001</v>
       </c>
       <c r="I53" s="15">
-        <v>0</v>
+        <v>2.8399999999999996E-3</v>
       </c>
       <c r="J53" s="15">
-        <v>0</v>
+        <v>7.0448999999999993</v>
       </c>
       <c r="K53" s="15">
-        <v>0</v>
+        <v>8.3712400000000002</v>
       </c>
       <c r="L53" s="15">
-        <v>0</v>
+        <v>-0.70723999999999998</v>
       </c>
       <c r="M53" s="15">
-        <v>0</v>
+        <v>1.76901</v>
       </c>
       <c r="N53" s="15">
-        <v>0.38356999999999997</v>
+        <v>0.6684500000000001</v>
       </c>
       <c r="O53" s="15">
-        <v>40.24597</v>
+        <v>15.8019</v>
       </c>
       <c r="P53" s="15">
-        <v>2.6728499999999999</v>
+        <v>8.3137000000000008</v>
       </c>
       <c r="Q53" s="15">
-        <v>12.942620000000002</v>
+        <v>-18.276330000000002</v>
       </c>
       <c r="R53" s="15">
-        <v>-30.699740000000002</v>
+        <v>19.137400000000003</v>
       </c>
       <c r="S53" s="15">
-        <v>-14.18263</v>
+        <v>-56.950099999999999</v>
       </c>
       <c r="T53" s="15">
-        <v>6.43642</v>
+        <v>-24.593220000000002</v>
       </c>
       <c r="U53" s="15">
-        <v>4.6960200000000007</v>
+        <v>-6.1243999999999996</v>
       </c>
       <c r="V53" s="15">
-        <v>23.17895</v>
+        <v>-64.884429999999995</v>
       </c>
       <c r="W53" s="15">
-        <v>0.28544999999999998</v>
+        <v>53.884480000000003</v>
       </c>
       <c r="X53" s="15">
-        <v>2.40245</v>
+        <v>19.616319999999998</v>
       </c>
       <c r="Y53" s="15">
-        <v>1.2172000000000001</v>
+        <v>20.846610000000002</v>
       </c>
       <c r="Z53" s="15">
-        <v>-0.22294999999999998</v>
+        <v>62.618070000000003</v>
       </c>
       <c r="AA53" s="15">
-        <v>3.5723499999999997</v>
+        <v>4.3661300000000001</v>
       </c>
       <c r="AB53" s="15">
-        <v>3.7113400000000003</v>
+        <v>-30.202750000000002</v>
       </c>
       <c r="AC53" s="15">
-        <v>3.34097</v>
+        <v>-7.7250500000000004</v>
       </c>
       <c r="AD53" s="15">
-        <v>17.91545</v>
+        <v>-25.942990000000002</v>
       </c>
       <c r="AE53" s="15">
-        <v>0.52610000000000001</v>
+        <v>43.759809999999995</v>
       </c>
       <c r="AF53" s="15">
-        <v>10.647920000000001</v>
+        <v>25.80171</v>
       </c>
       <c r="AG53" s="15">
-        <v>-8.1183899999999998</v>
+        <v>-16.056639999999998</v>
       </c>
       <c r="AH53" s="15">
-        <v>-4.0672199999999998</v>
+        <v>22.371389999999998</v>
       </c>
       <c r="AI53" s="15">
-        <v>8.3256899999999998</v>
+        <v>-33.898720000000004</v>
       </c>
       <c r="AJ53" s="15">
-        <v>0.56953999999999994</v>
+        <v>22.008479999999999</v>
       </c>
       <c r="AK53" s="16">
-        <v>85.779930000000007</v>
+        <v>62.048519999999996</v>
       </c>
       <c r="AL53" s="7"/>
     </row>
     <row r="54" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="30">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="C54" s="14" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="D54" s="15">
-        <v>0</v>
+        <v>4.9811000000000005</v>
       </c>
       <c r="E54" s="15">
-        <v>0</v>
+        <v>1.5278800000000001</v>
       </c>
       <c r="F54" s="15">
         <v>0</v>
       </c>
       <c r="G54" s="15">
         <v>0</v>
       </c>
       <c r="H54" s="15">
-        <v>0</v>
+        <v>5.815E-2</v>
       </c>
       <c r="I54" s="15">
-        <v>0</v>
+        <v>0.12681000000000001</v>
       </c>
       <c r="J54" s="15">
-        <v>0</v>
+        <v>0.33632999999999996</v>
       </c>
       <c r="K54" s="15">
-        <v>0</v>
+        <v>7.5484900000000001</v>
       </c>
       <c r="L54" s="15">
-        <v>0</v>
+        <v>1.30375</v>
       </c>
       <c r="M54" s="15">
-        <v>0</v>
+        <v>1.7701900000000002</v>
       </c>
       <c r="N54" s="15">
-        <v>0</v>
+        <v>-7.24153</v>
       </c>
       <c r="O54" s="15">
-        <v>0</v>
+        <v>-10.638530000000001</v>
       </c>
       <c r="P54" s="15">
-        <v>0</v>
+        <v>-42.922699999999999</v>
       </c>
       <c r="Q54" s="15">
-        <v>0</v>
+        <v>3.2986200000000001</v>
       </c>
       <c r="R54" s="15">
-        <v>0</v>
+        <v>0.90788000000000002</v>
       </c>
       <c r="S54" s="15">
-        <v>2.7899999999999999E-3</v>
+        <v>-4.8578599999999996</v>
       </c>
       <c r="T54" s="15">
-        <v>0</v>
+        <v>0.89940999999999993</v>
       </c>
       <c r="U54" s="15">
-        <v>35.120989999999999</v>
+        <v>5.8809100000000001</v>
       </c>
       <c r="V54" s="15">
-        <v>23.34385</v>
+        <v>-2.5725700000000002</v>
       </c>
       <c r="W54" s="15">
-        <v>2.7591600000000001</v>
+        <v>9.2739999999999989E-2</v>
       </c>
       <c r="X54" s="15">
-        <v>0.55534000000000006</v>
+        <v>0.10970000000000001</v>
       </c>
       <c r="Y54" s="15">
-        <v>-0.44898000000000005</v>
+        <v>0.23128000000000001</v>
       </c>
       <c r="Z54" s="15">
-        <v>7.3882700000000003</v>
+        <v>3.5085199999999999</v>
       </c>
       <c r="AA54" s="15">
-        <v>2.3694199999999999</v>
+        <v>-0.65432000000000001</v>
       </c>
       <c r="AB54" s="15">
-        <v>2.3902700000000001</v>
+        <v>3.7938100000000001</v>
       </c>
       <c r="AC54" s="15">
-        <v>-2.5359000000000003</v>
+        <v>14.046280000000001</v>
       </c>
       <c r="AD54" s="15">
-        <v>0.52697000000000005</v>
+        <v>3.20777</v>
       </c>
       <c r="AE54" s="15">
-        <v>0.44591000000000003</v>
+        <v>1.21692</v>
       </c>
       <c r="AF54" s="15">
-        <v>1.17903</v>
+        <v>2.1466799999999999</v>
       </c>
       <c r="AG54" s="15">
-        <v>4.0935199999999998</v>
+        <v>25.903790000000001</v>
       </c>
       <c r="AH54" s="15">
-        <v>1.8487899999999999</v>
+        <v>35.817149999999998</v>
       </c>
       <c r="AI54" s="15">
-        <v>0.81200000000000006</v>
+        <v>-8.5656299999999987</v>
       </c>
       <c r="AJ54" s="15">
-        <v>0.44789000000000001</v>
+        <v>6.61463</v>
       </c>
       <c r="AK54" s="16">
-        <v>80.299319999999994</v>
+        <v>47.875650000000007</v>
       </c>
       <c r="AL54" s="7"/>
     </row>
     <row r="55" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="30">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C55" s="14" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="D55" s="15">
-        <v>0</v>
+        <v>0.21617</v>
       </c>
       <c r="E55" s="15">
-        <v>0</v>
+        <v>4.3790000000000003E-2</v>
       </c>
       <c r="F55" s="15">
-        <v>4.2070000000000003E-2</v>
+        <v>0</v>
       </c>
       <c r="G55" s="15">
-        <v>0.68810000000000004</v>
+        <v>0</v>
       </c>
       <c r="H55" s="15">
-        <v>10.297780000000001</v>
+        <v>2.137E-2</v>
       </c>
       <c r="I55" s="15">
-        <v>2.8399999999999996E-3</v>
+        <v>1.7989999999999999E-2</v>
       </c>
       <c r="J55" s="15">
-        <v>7.0448999999999993</v>
+        <v>0.40920000000000001</v>
       </c>
       <c r="K55" s="15">
-        <v>8.3712400000000002</v>
+        <v>0</v>
       </c>
       <c r="L55" s="15">
-        <v>-0.70723999999999998</v>
+        <v>-0.3009</v>
       </c>
       <c r="M55" s="15">
-        <v>1.76901</v>
+        <v>1.2964100000000001</v>
       </c>
       <c r="N55" s="15">
-        <v>0.6684500000000001</v>
+        <v>5.4011400000000007</v>
       </c>
       <c r="O55" s="15">
-        <v>15.8019</v>
+        <v>1.11355</v>
       </c>
       <c r="P55" s="15">
-        <v>8.3137000000000008</v>
+        <v>6.2166300000000003</v>
       </c>
       <c r="Q55" s="15">
-        <v>-18.276330000000002</v>
+        <v>11.349830000000001</v>
       </c>
       <c r="R55" s="15">
-        <v>19.137400000000003</v>
+        <v>5.9642600000000003</v>
       </c>
       <c r="S55" s="15">
-        <v>-56.950099999999999</v>
+        <v>17.282889999999998</v>
       </c>
       <c r="T55" s="15">
-        <v>-24.593220000000002</v>
+        <v>15.56964</v>
       </c>
       <c r="U55" s="15">
-        <v>-6.1243999999999996</v>
+        <v>13.751250000000001</v>
       </c>
       <c r="V55" s="15">
-        <v>-64.884429999999995</v>
+        <v>12.019069999999999</v>
       </c>
       <c r="W55" s="15">
-        <v>53.884480000000003</v>
+        <v>13.33709</v>
       </c>
       <c r="X55" s="15">
-        <v>19.616319999999998</v>
+        <v>3.41954</v>
       </c>
       <c r="Y55" s="15">
-        <v>20.846610000000002</v>
+        <v>-4.0604199999999997</v>
       </c>
       <c r="Z55" s="15">
-        <v>62.618070000000003</v>
+        <v>-37.317339999999994</v>
       </c>
       <c r="AA55" s="15">
-        <v>4.3661300000000001</v>
+        <v>-16.320820000000001</v>
       </c>
       <c r="AB55" s="15">
-        <v>-30.202750000000002</v>
+        <v>-26.48931</v>
       </c>
       <c r="AC55" s="15">
-        <v>-7.7250500000000004</v>
+        <v>-16.070709999999998</v>
       </c>
       <c r="AD55" s="15">
-        <v>-25.942990000000002</v>
+        <v>13.29214</v>
       </c>
       <c r="AE55" s="15">
-        <v>43.759809999999995</v>
+        <v>7.8871000000000002</v>
       </c>
       <c r="AF55" s="15">
-        <v>25.80171</v>
+        <v>-0.77128999999999992</v>
       </c>
       <c r="AG55" s="15">
-        <v>-16.056639999999998</v>
+        <v>3.5313400000000001</v>
       </c>
       <c r="AH55" s="15">
-        <v>22.371389999999998</v>
+        <v>3.0059299999999998</v>
       </c>
       <c r="AI55" s="15">
-        <v>-33.898720000000004</v>
+        <v>2.9887600000000001</v>
       </c>
       <c r="AJ55" s="15">
-        <v>16.13747</v>
+        <v>1.1447799999999999</v>
       </c>
       <c r="AK55" s="16">
-        <v>56.177509999999991</v>
+        <v>37.949080000000002</v>
       </c>
       <c r="AL55" s="7"/>
     </row>
     <row r="56" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="30">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="C56" s="14" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D56" s="15">
-        <v>4.9811000000000005</v>
+        <v>0</v>
       </c>
       <c r="E56" s="15">
-        <v>1.5278800000000001</v>
+        <v>0</v>
       </c>
       <c r="F56" s="15">
         <v>0</v>
       </c>
       <c r="G56" s="15">
         <v>0</v>
       </c>
       <c r="H56" s="15">
-        <v>5.815E-2</v>
+        <v>3.5760300000000003</v>
       </c>
       <c r="I56" s="15">
-        <v>0.12681000000000001</v>
+        <v>3.3971</v>
       </c>
       <c r="J56" s="15">
-        <v>0.33632999999999996</v>
+        <v>13.304919999999999</v>
       </c>
       <c r="K56" s="15">
-        <v>7.5484900000000001</v>
+        <v>2.1911799999999997</v>
       </c>
       <c r="L56" s="15">
-        <v>1.30375</v>
+        <v>2.9957500000000001</v>
       </c>
       <c r="M56" s="15">
-        <v>1.7701900000000002</v>
+        <v>7.5493399999999999</v>
       </c>
       <c r="N56" s="15">
-        <v>-7.24153</v>
+        <v>-5.9208400000000001</v>
       </c>
       <c r="O56" s="15">
-        <v>-10.638530000000001</v>
+        <v>-6.7458599999999995</v>
       </c>
       <c r="P56" s="15">
-        <v>-42.922699999999999</v>
+        <v>2.5589299999999997</v>
       </c>
       <c r="Q56" s="15">
-        <v>3.2986200000000001</v>
+        <v>1.24431</v>
       </c>
       <c r="R56" s="15">
-        <v>0.90788000000000002</v>
+        <v>-1.6450199999999999</v>
       </c>
       <c r="S56" s="15">
-        <v>-4.8578599999999996</v>
+        <v>3.2748000000000004</v>
       </c>
       <c r="T56" s="15">
-        <v>0.89940999999999993</v>
+        <v>1.0059500000000001</v>
       </c>
       <c r="U56" s="15">
-        <v>5.8809100000000001</v>
+        <v>-18.324830000000002</v>
       </c>
       <c r="V56" s="15">
-        <v>-2.5725700000000002</v>
+        <v>0.54028999999999994</v>
       </c>
       <c r="W56" s="15">
-        <v>9.2739999999999989E-2</v>
+        <v>4.3170399999999995</v>
       </c>
       <c r="X56" s="15">
-        <v>0.10970000000000001</v>
+        <v>0.81573000000000007</v>
       </c>
       <c r="Y56" s="15">
-        <v>0.23128000000000001</v>
+        <v>2.8772800000000003</v>
       </c>
       <c r="Z56" s="15">
-        <v>3.5085199999999999</v>
+        <v>-5.8400000000000001E-2</v>
       </c>
       <c r="AA56" s="15">
-        <v>-0.65432000000000001</v>
+        <v>1.7605</v>
       </c>
       <c r="AB56" s="15">
-        <v>3.7938100000000001</v>
+        <v>1.1787699999999999</v>
       </c>
       <c r="AC56" s="15">
-        <v>14.046280000000001</v>
+        <v>-0.44370999999999999</v>
       </c>
       <c r="AD56" s="15">
-        <v>3.20777</v>
+        <v>-0.88521000000000005</v>
       </c>
       <c r="AE56" s="15">
-        <v>1.21692</v>
+        <v>4.5239599999999998</v>
       </c>
       <c r="AF56" s="15">
-        <v>2.1466799999999999</v>
+        <v>2.7582800000000001</v>
       </c>
       <c r="AG56" s="15">
-        <v>25.903790000000001</v>
+        <v>0.86194999999999999</v>
       </c>
       <c r="AH56" s="15">
-        <v>35.817149999999998</v>
+        <v>1.8164400000000001</v>
       </c>
       <c r="AI56" s="15">
-        <v>-8.5656299999999987</v>
+        <v>-0.4078</v>
       </c>
       <c r="AJ56" s="15">
-        <v>8.1372800000000005</v>
+        <v>2.3253499999999998</v>
       </c>
       <c r="AK56" s="16">
-        <v>49.398300000000006</v>
+        <v>30.442229999999999</v>
       </c>
       <c r="AL56" s="7"/>
     </row>
     <row r="57" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="30">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="C57" s="14" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="D57" s="15">
-        <v>0.21617</v>
+        <v>2.359E-2</v>
       </c>
       <c r="E57" s="15">
-        <v>4.3790000000000003E-2</v>
+        <v>0</v>
       </c>
       <c r="F57" s="15">
-        <v>0</v>
+        <v>9.1159999999999991E-2</v>
       </c>
       <c r="G57" s="15">
-        <v>0</v>
+        <v>8.7059999999999998E-2</v>
       </c>
       <c r="H57" s="15">
-        <v>2.137E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="I57" s="15">
-        <v>1.7989999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="J57" s="15">
-        <v>0.40920000000000001</v>
+        <v>0</v>
       </c>
       <c r="K57" s="15">
-        <v>0</v>
+        <v>1.5779999999999999E-2</v>
       </c>
       <c r="L57" s="15">
-        <v>-0.3009</v>
+        <v>-1.5169999999999999E-2</v>
       </c>
       <c r="M57" s="15">
-        <v>1.2964100000000001</v>
+        <v>-7.4999999999999997E-3</v>
       </c>
       <c r="N57" s="15">
-        <v>5.4011400000000007</v>
+        <v>0.72029999999999994</v>
       </c>
       <c r="O57" s="15">
-        <v>1.11355</v>
+        <v>29.019770000000001</v>
       </c>
       <c r="P57" s="15">
-        <v>6.2166300000000003</v>
+        <v>0.39729999999999999</v>
       </c>
       <c r="Q57" s="15">
-        <v>11.349830000000001</v>
+        <v>-0.53405999999999998</v>
       </c>
       <c r="R57" s="15">
-        <v>5.9642600000000003</v>
+        <v>-0.64097999999999999</v>
       </c>
       <c r="S57" s="15">
-        <v>17.282889999999998</v>
+        <v>0.25462000000000001</v>
       </c>
       <c r="T57" s="15">
-        <v>15.56964</v>
+        <v>1.214E-2</v>
       </c>
       <c r="U57" s="15">
-        <v>13.751250000000001</v>
+        <v>1.5779999999999999E-2</v>
       </c>
       <c r="V57" s="15">
-        <v>12.019069999999999</v>
+        <v>1.2150000000000001E-2</v>
       </c>
       <c r="W57" s="15">
-        <v>13.33709</v>
+        <v>2.66E-3</v>
       </c>
       <c r="X57" s="15">
-        <v>3.41954</v>
+        <v>3.8399999999999997E-3</v>
       </c>
       <c r="Y57" s="15">
-        <v>-4.0604199999999997</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="Z57" s="15">
-        <v>-37.317339999999994</v>
+        <v>4.6130000000000004E-2</v>
       </c>
       <c r="AA57" s="15">
-        <v>-16.320820000000001</v>
+        <v>0</v>
       </c>
       <c r="AB57" s="15">
-        <v>-26.48931</v>
+        <v>0.31114999999999998</v>
       </c>
       <c r="AC57" s="15">
-        <v>-16.070709999999998</v>
+        <v>7.3699999999999998E-3</v>
       </c>
       <c r="AD57" s="15">
-        <v>13.29214</v>
+        <v>-3.9100000000000003E-3</v>
       </c>
       <c r="AE57" s="15">
-        <v>7.8871000000000002</v>
+        <v>3.1809999999999998E-2</v>
       </c>
       <c r="AF57" s="15">
-        <v>-0.77128999999999992</v>
+        <v>7.2500000000000004E-3</v>
       </c>
       <c r="AG57" s="15">
-        <v>3.5313400000000001</v>
+        <v>1.15E-2</v>
       </c>
       <c r="AH57" s="15">
-        <v>3.0059299999999998</v>
+        <v>3.4290000000000001E-2</v>
       </c>
       <c r="AI57" s="15">
-        <v>2.9887600000000001</v>
+        <v>1.1789999999999998E-2</v>
       </c>
       <c r="AJ57" s="15">
-        <v>2.6940000000000002E-2</v>
+        <v>-1.0772899999999999</v>
       </c>
       <c r="AK57" s="16">
-        <v>36.831240000000015</v>
+        <v>28.884439999999998</v>
       </c>
       <c r="AL57" s="7"/>
     </row>
     <row r="58" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="30">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C58" s="14" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D58" s="15">
         <v>0</v>
       </c>
       <c r="E58" s="15">
         <v>0</v>
       </c>
       <c r="F58" s="15">
         <v>0</v>
       </c>
       <c r="G58" s="15">
-        <v>0</v>
+        <v>2.5899999999999999E-3</v>
       </c>
       <c r="H58" s="15">
-        <v>3.5760300000000003</v>
+        <v>0</v>
       </c>
       <c r="I58" s="15">
-        <v>3.3971</v>
+        <v>5.0300000000000006E-3</v>
       </c>
       <c r="J58" s="15">
-        <v>13.304919999999999</v>
+        <v>3.4904000000000002</v>
       </c>
       <c r="K58" s="15">
-        <v>2.1911799999999997</v>
+        <v>-4.1993100000000005</v>
       </c>
       <c r="L58" s="15">
-        <v>2.9957500000000001</v>
+        <v>5.9167700000000005</v>
       </c>
       <c r="M58" s="15">
-        <v>7.5493399999999999</v>
+        <v>-3.37622</v>
       </c>
       <c r="N58" s="15">
-        <v>-5.9208400000000001</v>
+        <v>1.8709500000000001</v>
       </c>
       <c r="O58" s="15">
-        <v>-6.7458599999999995</v>
+        <v>3.1939899999999999</v>
       </c>
       <c r="P58" s="15">
-        <v>2.5589299999999997</v>
+        <v>8.9504799999999989</v>
       </c>
       <c r="Q58" s="15">
-        <v>1.24431</v>
+        <v>-8.5506900000000012</v>
       </c>
       <c r="R58" s="15">
-        <v>-1.6450199999999999</v>
+        <v>12.775790000000001</v>
       </c>
       <c r="S58" s="15">
-        <v>3.2748000000000004</v>
+        <v>13.415100000000001</v>
       </c>
       <c r="T58" s="15">
-        <v>1.0059500000000001</v>
+        <v>-7.0259</v>
       </c>
       <c r="U58" s="15">
-        <v>-18.324830000000002</v>
+        <v>-16.661210000000001</v>
       </c>
       <c r="V58" s="15">
-        <v>0.54028999999999994</v>
+        <v>5.4690200000000004</v>
       </c>
       <c r="W58" s="15">
-        <v>4.3170399999999995</v>
+        <v>-6.9570100000000004</v>
       </c>
       <c r="X58" s="15">
-        <v>0.81573000000000007</v>
+        <v>-11.24169</v>
       </c>
       <c r="Y58" s="15">
-        <v>2.8772800000000003</v>
+        <v>-2.4008000000000003</v>
       </c>
       <c r="Z58" s="15">
-        <v>-5.8400000000000001E-2</v>
+        <v>-9.1713199999999997</v>
       </c>
       <c r="AA58" s="15">
-        <v>1.7605</v>
+        <v>-11.63804</v>
       </c>
       <c r="AB58" s="15">
-        <v>1.1787699999999999</v>
+        <v>5.6264799999999999</v>
       </c>
       <c r="AC58" s="15">
-        <v>-0.44370999999999999</v>
+        <v>-1.814E-2</v>
       </c>
       <c r="AD58" s="15">
-        <v>-0.88521000000000005</v>
+        <v>1.1296300000000001</v>
       </c>
       <c r="AE58" s="15">
-        <v>4.5239599999999998</v>
+        <v>-2.1865600000000001</v>
       </c>
       <c r="AF58" s="15">
-        <v>2.7582800000000001</v>
+        <v>6.0253500000000004</v>
       </c>
       <c r="AG58" s="15">
-        <v>0.86194999999999999</v>
+        <v>43.700309999999995</v>
       </c>
       <c r="AH58" s="15">
-        <v>1.8164400000000001</v>
+        <v>-16.602619999999998</v>
       </c>
       <c r="AI58" s="15">
-        <v>-0.4078</v>
+        <v>6.5501400000000007</v>
       </c>
       <c r="AJ58" s="15">
-        <v>1.7118100000000001</v>
+        <v>-0.21550999999999998</v>
       </c>
       <c r="AK58" s="16">
-        <v>29.828689999999998</v>
+        <v>17.877009999999999</v>
       </c>
       <c r="AL58" s="7"/>
     </row>
     <row r="59" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="30">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D59" s="15">
-        <v>2.359E-2</v>
+        <v>5.2101000000000006</v>
       </c>
       <c r="E59" s="15">
-        <v>0</v>
+        <v>23.342119999999998</v>
       </c>
       <c r="F59" s="15">
-        <v>9.1159999999999991E-2</v>
+        <v>5.1746600000000003</v>
       </c>
       <c r="G59" s="15">
-        <v>8.7059999999999998E-2</v>
+        <v>10.30077</v>
       </c>
       <c r="H59" s="15">
-        <v>4.0680000000000001E-2</v>
+        <v>25.171500000000002</v>
       </c>
       <c r="I59" s="15">
-        <v>0</v>
+        <v>14.080729999999999</v>
       </c>
       <c r="J59" s="15">
-        <v>0</v>
+        <v>18.517099999999999</v>
       </c>
       <c r="K59" s="15">
-        <v>1.5779999999999999E-2</v>
+        <v>2.5189599999999999</v>
       </c>
       <c r="L59" s="15">
-        <v>-1.5169999999999999E-2</v>
+        <v>-7.2922399999999996</v>
       </c>
       <c r="M59" s="15">
-        <v>-7.4999999999999997E-3</v>
+        <v>19.469819999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>0.72029999999999994</v>
+        <v>30.323700000000002</v>
       </c>
       <c r="O59" s="15">
-        <v>29.019770000000001</v>
+        <v>13.95289</v>
       </c>
       <c r="P59" s="15">
-        <v>0.39729999999999999</v>
+        <v>6.0171800000000006</v>
       </c>
       <c r="Q59" s="15">
-        <v>-0.53405999999999998</v>
+        <v>4.3874799999999992</v>
       </c>
       <c r="R59" s="15">
-        <v>-0.64097999999999999</v>
+        <v>2.5966999999999998</v>
       </c>
       <c r="S59" s="15">
-        <v>0.25462000000000001</v>
+        <v>-2.14845</v>
       </c>
       <c r="T59" s="15">
-        <v>1.214E-2</v>
+        <v>-196.46439999999998</v>
       </c>
       <c r="U59" s="15">
-        <v>1.5779999999999999E-2</v>
+        <v>-20.845220000000001</v>
       </c>
       <c r="V59" s="15">
-        <v>1.2150000000000001E-2</v>
+        <v>6.2513300000000003</v>
       </c>
       <c r="W59" s="15">
-        <v>2.66E-3</v>
+        <v>16.438890000000001</v>
       </c>
       <c r="X59" s="15">
-        <v>3.8399999999999997E-3</v>
+        <v>-0.84433000000000002</v>
       </c>
       <c r="Y59" s="15">
-        <v>5.2300000000000003E-3</v>
+        <v>-27.663820000000001</v>
       </c>
       <c r="Z59" s="15">
-        <v>4.6130000000000004E-2</v>
+        <v>13.447280000000001</v>
       </c>
       <c r="AA59" s="15">
-        <v>0</v>
+        <v>19.889419999999998</v>
       </c>
       <c r="AB59" s="15">
-        <v>0.31114999999999998</v>
+        <v>18.16123</v>
       </c>
       <c r="AC59" s="15">
-        <v>7.3699999999999998E-3</v>
+        <v>19.71247</v>
       </c>
       <c r="AD59" s="15">
-        <v>-3.9100000000000003E-3</v>
+        <v>-28.084900000000001</v>
       </c>
       <c r="AE59" s="15">
-        <v>3.1809999999999998E-2</v>
+        <v>2.03992</v>
       </c>
       <c r="AF59" s="15">
-        <v>7.2500000000000004E-3</v>
+        <v>5.11456</v>
       </c>
       <c r="AG59" s="15">
-        <v>1.15E-2</v>
+        <v>11.958290000000002</v>
       </c>
       <c r="AH59" s="15">
-        <v>3.4290000000000001E-2</v>
+        <v>13.729100000000001</v>
       </c>
       <c r="AI59" s="15">
-        <v>1.1789999999999998E-2</v>
+        <v>-11.12918</v>
       </c>
       <c r="AJ59" s="15">
-        <v>-1.0793499999999998</v>
+        <v>4.4446199999999996</v>
       </c>
       <c r="AK59" s="16">
-        <v>28.882380000000001</v>
+        <v>17.778279999999999</v>
       </c>
       <c r="AL59" s="7"/>
     </row>
     <row r="60" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="30">
-        <v>79</v>
+        <v>3</v>
       </c>
       <c r="C60" s="14" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="D60" s="15">
-        <v>0</v>
+        <v>2.0007299999999999</v>
       </c>
       <c r="E60" s="15">
-        <v>0</v>
+        <v>0.41826999999999998</v>
       </c>
       <c r="F60" s="15">
         <v>0</v>
       </c>
       <c r="G60" s="15">
-        <v>2.5899999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="H60" s="15">
-        <v>0</v>
+        <v>3.7400000000000003E-3</v>
       </c>
       <c r="I60" s="15">
-        <v>5.0300000000000006E-3</v>
+        <v>0.48105000000000003</v>
       </c>
       <c r="J60" s="15">
-        <v>3.4904000000000002</v>
+        <v>1.41733</v>
       </c>
       <c r="K60" s="15">
-        <v>-4.1993100000000005</v>
+        <v>3.6163499999999997</v>
       </c>
       <c r="L60" s="15">
-        <v>5.9167700000000005</v>
+        <v>3.87446</v>
       </c>
       <c r="M60" s="15">
-        <v>-3.37622</v>
+        <v>-4.4208599999999993</v>
       </c>
       <c r="N60" s="15">
-        <v>1.8709500000000001</v>
+        <v>-3.4475700000000002</v>
       </c>
       <c r="O60" s="15">
-        <v>3.1939899999999999</v>
+        <v>0.48602000000000001</v>
       </c>
       <c r="P60" s="15">
-        <v>8.9504799999999989</v>
+        <v>-2.1292199999999997</v>
       </c>
       <c r="Q60" s="15">
-        <v>-8.5506900000000012</v>
+        <v>0.10335</v>
       </c>
       <c r="R60" s="15">
-        <v>12.775790000000001</v>
+        <v>0.73754999999999993</v>
       </c>
       <c r="S60" s="15">
-        <v>13.415100000000001</v>
+        <v>-4.7693400000000006</v>
       </c>
       <c r="T60" s="15">
-        <v>-7.0259</v>
+        <v>0.39079000000000003</v>
       </c>
       <c r="U60" s="15">
-        <v>-16.661210000000001</v>
+        <v>1.4267000000000001</v>
       </c>
       <c r="V60" s="15">
-        <v>5.4690200000000004</v>
+        <v>12.00408</v>
       </c>
       <c r="W60" s="15">
-        <v>-6.9570100000000004</v>
+        <v>-4.4622700000000002</v>
       </c>
       <c r="X60" s="15">
-        <v>-11.24169</v>
+        <v>6.9921800000000003</v>
       </c>
       <c r="Y60" s="15">
-        <v>-2.4008000000000003</v>
+        <v>-5.46455</v>
       </c>
       <c r="Z60" s="15">
-        <v>-9.1713199999999997</v>
+        <v>-0.39776999999999996</v>
       </c>
       <c r="AA60" s="15">
-        <v>-11.63804</v>
+        <v>0.17849999999999999</v>
       </c>
       <c r="AB60" s="15">
-        <v>5.6264799999999999</v>
+        <v>-0.71530999999999989</v>
       </c>
       <c r="AC60" s="15">
-        <v>-1.814E-2</v>
+        <v>5.5590099999999998</v>
       </c>
       <c r="AD60" s="15">
-        <v>1.1296300000000001</v>
+        <v>-5.31454</v>
       </c>
       <c r="AE60" s="15">
-        <v>-2.1865600000000001</v>
+        <v>2.66778</v>
       </c>
       <c r="AF60" s="15">
-        <v>6.0253500000000004</v>
+        <v>0.20280000000000001</v>
       </c>
       <c r="AG60" s="15">
-        <v>43.700309999999995</v>
+        <v>-2.6217899999999998</v>
       </c>
       <c r="AH60" s="15">
-        <v>-16.602619999999998</v>
+        <v>1.9789999999999999E-2</v>
       </c>
       <c r="AI60" s="15">
-        <v>6.5501400000000007</v>
+        <v>2.639E-2</v>
       </c>
       <c r="AJ60" s="15">
-        <v>-1.6887000000000001</v>
+        <v>6.6E-3</v>
       </c>
       <c r="AK60" s="16">
-        <v>16.40382</v>
+        <v>8.8702500000000004</v>
       </c>
       <c r="AL60" s="7"/>
     </row>
     <row r="61" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="30">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="C61" s="14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D61" s="15">
-        <v>5.2101000000000006</v>
+        <v>0</v>
       </c>
       <c r="E61" s="15">
-        <v>23.342119999999998</v>
+        <v>0</v>
       </c>
       <c r="F61" s="15">
-        <v>5.1746600000000003</v>
+        <v>0</v>
       </c>
       <c r="G61" s="15">
-        <v>10.30077</v>
+        <v>0</v>
       </c>
       <c r="H61" s="15">
-        <v>25.171500000000002</v>
+        <v>0</v>
       </c>
       <c r="I61" s="15">
-        <v>14.080729999999999</v>
+        <v>0</v>
       </c>
       <c r="J61" s="15">
-        <v>18.517099999999999</v>
+        <v>0</v>
       </c>
       <c r="K61" s="15">
-        <v>2.5189599999999999</v>
+        <v>29.40934</v>
       </c>
       <c r="L61" s="15">
-        <v>-7.2922399999999996</v>
+        <v>-7.6524099999999997</v>
       </c>
       <c r="M61" s="15">
-        <v>19.469819999999999</v>
+        <v>6.9936600000000002</v>
       </c>
       <c r="N61" s="15">
-        <v>30.323700000000002</v>
+        <v>3.2607699999999999</v>
       </c>
       <c r="O61" s="15">
-        <v>13.95289</v>
+        <v>3.3244099999999999</v>
       </c>
       <c r="P61" s="15">
-        <v>6.0171800000000006</v>
+        <v>-43.222120000000004</v>
       </c>
       <c r="Q61" s="15">
-        <v>4.3874799999999992</v>
+        <v>10.427040000000002</v>
       </c>
       <c r="R61" s="15">
-        <v>2.5966999999999998</v>
+        <v>-2.34362</v>
       </c>
       <c r="S61" s="15">
-        <v>-2.14845</v>
+        <v>7.51E-2</v>
       </c>
       <c r="T61" s="15">
-        <v>-196.46439999999998</v>
+        <v>-1.214E-2</v>
       </c>
       <c r="U61" s="15">
-        <v>-20.845220000000001</v>
+        <v>0.31891000000000003</v>
       </c>
       <c r="V61" s="15">
-        <v>6.2513300000000003</v>
+        <v>-8.3080000000000001E-2</v>
       </c>
       <c r="W61" s="15">
-        <v>16.438890000000001</v>
+        <v>-7.0239999999999997E-2</v>
       </c>
       <c r="X61" s="15">
-        <v>-0.84433000000000002</v>
+        <v>-2.3739999999999997E-2</v>
       </c>
       <c r="Y61" s="15">
-        <v>-27.663820000000001</v>
+        <v>3.5270000000000003E-2</v>
       </c>
       <c r="Z61" s="15">
-        <v>13.447280000000001</v>
+        <v>-0.66298000000000001</v>
       </c>
       <c r="AA61" s="15">
-        <v>19.889419999999998</v>
+        <v>2.49417</v>
       </c>
       <c r="AB61" s="15">
-        <v>18.16123</v>
+        <v>2.9879000000000002</v>
       </c>
       <c r="AC61" s="15">
-        <v>19.71247</v>
+        <v>-1.37382</v>
       </c>
       <c r="AD61" s="15">
-        <v>-28.084900000000001</v>
+        <v>0.27920999999999996</v>
       </c>
       <c r="AE61" s="15">
-        <v>2.03992</v>
+        <v>0.39165</v>
       </c>
       <c r="AF61" s="15">
-        <v>5.11456</v>
+        <v>8.3220000000000002E-2</v>
       </c>
       <c r="AG61" s="15">
-        <v>11.958290000000002</v>
+        <v>5.1179999999999996E-2</v>
       </c>
       <c r="AH61" s="15">
-        <v>13.729100000000001</v>
+        <v>-0.67691000000000001</v>
       </c>
       <c r="AI61" s="15">
-        <v>-11.12918</v>
+        <v>5.994E-2</v>
       </c>
       <c r="AJ61" s="15">
-        <v>-2.9560999999999997</v>
+        <v>0.30773</v>
       </c>
       <c r="AK61" s="16">
-        <v>10.377559999999999</v>
+        <v>4.3784399999999986</v>
       </c>
       <c r="AL61" s="7"/>
     </row>
     <row r="62" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="30">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="C62" s="14" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D62" s="15">
-        <v>2.0007299999999999</v>
+        <v>1.5475699999999999</v>
       </c>
       <c r="E62" s="15">
-        <v>0.41826999999999998</v>
+        <v>3.1609999999999999E-2</v>
       </c>
       <c r="F62" s="15">
-        <v>0</v>
+        <v>1.46469</v>
       </c>
       <c r="G62" s="15">
-        <v>0</v>
+        <v>0.27735000000000004</v>
       </c>
       <c r="H62" s="15">
-        <v>3.7400000000000003E-3</v>
+        <v>1.35924</v>
       </c>
       <c r="I62" s="15">
-        <v>0.48105000000000003</v>
+        <v>0</v>
       </c>
       <c r="J62" s="15">
-        <v>1.41733</v>
+        <v>1.26874</v>
       </c>
       <c r="K62" s="15">
-        <v>3.6163499999999997</v>
+        <v>0.98987999999999998</v>
       </c>
       <c r="L62" s="15">
-        <v>3.87446</v>
+        <v>5.7507299999999999</v>
       </c>
       <c r="M62" s="15">
-        <v>-4.4208599999999993</v>
+        <v>7.4350399999999999</v>
       </c>
       <c r="N62" s="15">
-        <v>-3.4475700000000002</v>
+        <v>-1.46509</v>
       </c>
       <c r="O62" s="15">
-        <v>0.48602000000000001</v>
+        <v>5.5840000000000001E-2</v>
       </c>
       <c r="P62" s="15">
-        <v>-2.1292199999999997</v>
+        <v>19.751529999999999</v>
       </c>
       <c r="Q62" s="15">
-        <v>0.10335</v>
+        <v>2.4430999999999998</v>
       </c>
       <c r="R62" s="15">
-        <v>0.73754999999999993</v>
+        <v>-43.716809999999995</v>
       </c>
       <c r="S62" s="15">
-        <v>-4.7693400000000006</v>
+        <v>2.30694</v>
       </c>
       <c r="T62" s="15">
-        <v>0.39079000000000003</v>
+        <v>-10.474290000000002</v>
       </c>
       <c r="U62" s="15">
-        <v>1.4267000000000001</v>
+        <v>-4.8894500000000001</v>
       </c>
       <c r="V62" s="15">
-        <v>12.00408</v>
+        <v>-5.56142</v>
       </c>
       <c r="W62" s="15">
-        <v>-4.4622700000000002</v>
+        <v>-2.9607399999999999</v>
       </c>
       <c r="X62" s="15">
-        <v>6.9921800000000003</v>
+        <v>-3.9682300000000001</v>
       </c>
       <c r="Y62" s="15">
-        <v>-5.46455</v>
+        <v>-28.139230000000001</v>
       </c>
       <c r="Z62" s="15">
-        <v>-0.39776999999999996</v>
+        <v>-20.938569999999999</v>
       </c>
       <c r="AA62" s="15">
-        <v>0.17849999999999999</v>
+        <v>-3.3529100000000001</v>
       </c>
       <c r="AB62" s="15">
-        <v>-0.71530999999999989</v>
+        <v>2.80084</v>
       </c>
       <c r="AC62" s="15">
-        <v>5.5590099999999998</v>
+        <v>18.666599999999999</v>
       </c>
       <c r="AD62" s="15">
-        <v>-5.31454</v>
+        <v>3.95872</v>
       </c>
       <c r="AE62" s="15">
-        <v>2.66778</v>
+        <v>28.651439999999997</v>
       </c>
       <c r="AF62" s="15">
-        <v>0.20280000000000001</v>
+        <v>1.5569300000000001</v>
       </c>
       <c r="AG62" s="15">
-        <v>-2.6217899999999998</v>
+        <v>-18.835249999999998</v>
       </c>
       <c r="AH62" s="15">
-        <v>1.9789999999999999E-2</v>
+        <v>13.64099</v>
       </c>
       <c r="AI62" s="15">
-        <v>2.639E-2</v>
+        <v>-2.0408900000000001</v>
       </c>
       <c r="AJ62" s="15">
-        <v>1.6489999999999998E-2</v>
+        <v>-1.55027</v>
       </c>
       <c r="AK62" s="16">
-        <v>8.880139999999999</v>
+        <v>-33.935370000000006</v>
       </c>
       <c r="AL62" s="7"/>
     </row>
-    <row r="63" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...108 lines deleted...]
-      <c r="AL63" s="7"/>
+    <row r="63" spans="2:38" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="25"/>
+      <c r="C63" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="D63" s="27">
+        <v>0.42622340000002623</v>
+      </c>
+      <c r="E63" s="27">
+        <v>0.1302571999999742</v>
+      </c>
+      <c r="F63" s="27">
+        <v>0.57831469999996443</v>
+      </c>
+      <c r="G63" s="27">
+        <v>0.58666069999998172</v>
+      </c>
+      <c r="H63" s="27">
+        <v>1.1405298000000812</v>
+      </c>
+      <c r="I63" s="27">
+        <v>6.8988363999998228</v>
+      </c>
+      <c r="J63" s="27">
+        <v>11.301858500000435</v>
+      </c>
+      <c r="K63" s="27">
+        <v>5.3915908000003583</v>
+      </c>
+      <c r="L63" s="27">
+        <v>5.6380036999996719</v>
+      </c>
+      <c r="M63" s="27">
+        <v>9.9188645000001543</v>
+      </c>
+      <c r="N63" s="27">
+        <v>11.476454399999966</v>
+      </c>
+      <c r="O63" s="27">
+        <v>7.9785305999998855</v>
+      </c>
+      <c r="P63" s="27">
+        <v>6.9747770000003584</v>
+      </c>
+      <c r="Q63" s="27">
+        <v>8.0776494000001549</v>
+      </c>
+      <c r="R63" s="27">
+        <v>28.151126800000384</v>
+      </c>
+      <c r="S63" s="27">
+        <v>19.031480699997701</v>
+      </c>
+      <c r="T63" s="27">
+        <v>14.196442200001457</v>
+      </c>
+      <c r="U63" s="27">
+        <v>17.717756699999427</v>
+      </c>
+      <c r="V63" s="27">
+        <v>46.590270599999599</v>
+      </c>
+      <c r="W63" s="27">
+        <v>28.547256699999139</v>
+      </c>
+      <c r="X63" s="27">
+        <v>35.39324269999986</v>
+      </c>
+      <c r="Y63" s="27">
+        <v>29.487333199999739</v>
+      </c>
+      <c r="Z63" s="27">
+        <v>19.186600000000226</v>
+      </c>
+      <c r="AA63" s="27">
+        <v>21.076469500000712</v>
+      </c>
+      <c r="AB63" s="27">
+        <v>39.062975099999903</v>
+      </c>
+      <c r="AC63" s="27">
+        <v>32.793797900000527</v>
+      </c>
+      <c r="AD63" s="27">
+        <v>-0.61403750000135915</v>
+      </c>
+      <c r="AE63" s="27">
+        <v>31.625255899999502</v>
+      </c>
+      <c r="AF63" s="27">
+        <v>44.422794300000533</v>
+      </c>
+      <c r="AG63" s="27">
+        <v>51.376440600000478</v>
+      </c>
+      <c r="AH63" s="27">
+        <v>30.904472200000328</v>
+      </c>
+      <c r="AI63" s="27">
+        <v>65.431400700001632</v>
+      </c>
+      <c r="AJ63" s="27">
+        <v>13.425360799999908</v>
+      </c>
+      <c r="AK63" s="28">
+        <v>644.32499020004616</v>
+      </c>
+      <c r="AL63" s="8"/>
     </row>
-    <row r="64" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="64" spans="2:38" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="17"/>
       <c r="C64" s="14" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D64" s="15">
-        <v>1.5475699999999999</v>
+        <v>0.73609000000000002</v>
       </c>
       <c r="E64" s="15">
-        <v>3.1609999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="F64" s="15">
-        <v>1.46469</v>
+        <v>0.22113999999999998</v>
       </c>
       <c r="G64" s="15">
-        <v>0.27735000000000004</v>
+        <v>22.362970000000001</v>
       </c>
       <c r="H64" s="15">
-        <v>1.35924</v>
+        <v>61.697180000000003</v>
       </c>
       <c r="I64" s="15">
-        <v>0</v>
+        <v>78.901699999999991</v>
       </c>
       <c r="J64" s="15">
-        <v>1.26874</v>
+        <v>45.312860000000001</v>
       </c>
       <c r="K64" s="15">
-        <v>0.98987999999999998</v>
+        <v>-38.606643100000319</v>
       </c>
       <c r="L64" s="15">
-        <v>5.7507299999999999</v>
+        <v>80.395322099265144</v>
       </c>
       <c r="M64" s="15">
-        <v>7.4350399999999999</v>
+        <v>25.073855027259249</v>
       </c>
       <c r="N64" s="15">
-        <v>-1.46509</v>
+        <v>10.594780538638224</v>
       </c>
       <c r="O64" s="15">
-        <v>5.5840000000000001E-2</v>
+        <v>16.423904476722491</v>
       </c>
       <c r="P64" s="15">
-        <v>19.751529999999999</v>
+        <v>11.531795159244659</v>
       </c>
       <c r="Q64" s="15">
-        <v>2.4430999999999998</v>
+        <v>31.405489412378877</v>
       </c>
       <c r="R64" s="15">
-        <v>-43.716809999999995</v>
+        <v>14.471019286234</v>
       </c>
       <c r="S64" s="15">
-        <v>2.30694</v>
+        <v>52.425179030654952</v>
       </c>
       <c r="T64" s="15">
-        <v>-10.474290000000002</v>
+        <v>-5.4035362308482746</v>
       </c>
       <c r="U64" s="15">
-        <v>-4.8894500000000001</v>
+        <v>-1.7315382476058447</v>
       </c>
       <c r="V64" s="15">
-        <v>-5.56142</v>
+        <v>16.537894426743318</v>
       </c>
       <c r="W64" s="15">
-        <v>-2.9607399999999999</v>
+        <v>-3.0661113247092739</v>
       </c>
       <c r="X64" s="15">
-        <v>-3.9682300000000001</v>
+        <v>16.17963813201543</v>
       </c>
       <c r="Y64" s="15">
-        <v>-28.139230000000001</v>
+        <v>59.405294650880393</v>
       </c>
       <c r="Z64" s="15">
-        <v>-20.938569999999999</v>
+        <v>-24.208765972219311</v>
       </c>
       <c r="AA64" s="15">
-        <v>-3.3529100000000001</v>
+        <v>12.87637879802293</v>
       </c>
       <c r="AB64" s="15">
-        <v>2.80084</v>
+        <v>30.460381703724352</v>
       </c>
       <c r="AC64" s="15">
-        <v>18.666599999999999</v>
+        <v>-12.306990770923314</v>
       </c>
       <c r="AD64" s="15">
-        <v>3.95872</v>
+        <v>203.90082359967198</v>
       </c>
       <c r="AE64" s="15">
-        <v>28.651439999999997</v>
+        <v>14.616834807942356</v>
       </c>
       <c r="AF64" s="15">
-        <v>1.5569300000000001</v>
+        <v>287.20201142976032</v>
       </c>
       <c r="AG64" s="15">
-        <v>-18.835249999999998</v>
+        <v>-158.4880928572781</v>
       </c>
       <c r="AH64" s="15">
-        <v>13.64099</v>
+        <v>32.595976758105223</v>
       </c>
       <c r="AI64" s="15">
-        <v>-2.0408900000000001</v>
+        <v>99.337037816328674</v>
       </c>
       <c r="AJ64" s="15">
-        <v>-0.94798000000000004</v>
+        <v>258.52031247165326</v>
       </c>
       <c r="AK64" s="16">
-        <v>-33.333080000000002</v>
-[...1 lines deleted...]
-      <c r="AL64" s="7"/>
+        <v>1239.3741911216532</v>
+      </c>
+      <c r="AL64" s="8"/>
     </row>
-    <row r="65" spans="2:38" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...106 lines deleted...]
-      <c r="AL65" s="8"/>
+    <row r="65" spans="2:37" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="17"/>
+      <c r="C65" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="D65" s="20">
+        <v>100.9946034</v>
+      </c>
+      <c r="E65" s="20">
+        <v>92.754227199999988</v>
+      </c>
+      <c r="F65" s="20">
+        <v>79.108694699999987</v>
+      </c>
+      <c r="G65" s="20">
+        <v>382.10836069999999</v>
+      </c>
+      <c r="H65" s="20">
+        <v>511.07049979999999</v>
+      </c>
+      <c r="I65" s="20">
+        <v>823.61695639999994</v>
+      </c>
+      <c r="J65" s="20">
+        <v>1338.0015685000001</v>
+      </c>
+      <c r="K65" s="20">
+        <v>1077.3649176999998</v>
+      </c>
+      <c r="L65" s="20">
+        <v>1158.9100457992652</v>
+      </c>
+      <c r="M65" s="20">
+        <v>1057.8778595272593</v>
+      </c>
+      <c r="N65" s="20">
+        <v>1626.7845949386383</v>
+      </c>
+      <c r="O65" s="20">
+        <v>1093.1306950767225</v>
+      </c>
+      <c r="P65" s="20">
+        <v>1487.0603721592447</v>
+      </c>
+      <c r="Q65" s="20">
+        <v>2534.3343488123792</v>
+      </c>
+      <c r="R65" s="20">
+        <v>3444.805466086234</v>
+      </c>
+      <c r="S65" s="20">
+        <v>3690.1912497306548</v>
+      </c>
+      <c r="T65" s="20">
+        <v>2182.558815969152</v>
+      </c>
+      <c r="U65" s="20">
+        <v>1153.6892684523941</v>
+      </c>
+      <c r="V65" s="20">
+        <v>909.39703502674331</v>
+      </c>
+      <c r="W65" s="20">
+        <v>1001.5493853752907</v>
+      </c>
+      <c r="X65" s="20">
+        <v>722.5113108320154</v>
+      </c>
+      <c r="Y65" s="20">
+        <v>2316.8981478508804</v>
+      </c>
+      <c r="Z65" s="20">
+        <v>459.15787402778062</v>
+      </c>
+      <c r="AA65" s="20">
+        <v>1409.054488298023</v>
+      </c>
+      <c r="AB65" s="20">
+        <v>1580.1590668037243</v>
+      </c>
+      <c r="AC65" s="20">
+        <v>1375.8690571290767</v>
+      </c>
+      <c r="AD65" s="20">
+        <v>3649.2132460996722</v>
+      </c>
+      <c r="AE65" s="20">
+        <v>1469.4948507079423</v>
+      </c>
+      <c r="AF65" s="20">
+        <v>4464.4878857297608</v>
+      </c>
+      <c r="AG65" s="20">
+        <v>3705.9083977427217</v>
+      </c>
+      <c r="AH65" s="20">
+        <v>3257.4538089581051</v>
+      </c>
+      <c r="AI65" s="20">
+        <v>4182.2633785163289</v>
+      </c>
+      <c r="AJ65" s="20">
+        <v>3116.6999732716531</v>
+      </c>
+      <c r="AK65" s="16">
+        <v>57454.480451321659</v>
+      </c>
     </row>
-    <row r="66" spans="2:38" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...106 lines deleted...]
-      <c r="AL66" s="8"/>
+    <row r="66" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="18"/>
+      <c r="C66" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D66" s="22"/>
+      <c r="E66" s="22"/>
+      <c r="F66" s="22"/>
+      <c r="G66" s="22"/>
+      <c r="H66" s="22"/>
+      <c r="I66" s="22"/>
+      <c r="J66" s="22"/>
+      <c r="K66" s="22"/>
+      <c r="L66" s="22"/>
+      <c r="M66" s="22"/>
+      <c r="N66" s="22"/>
+      <c r="O66" s="22"/>
+      <c r="P66" s="22"/>
+      <c r="Q66" s="22"/>
+      <c r="R66" s="22"/>
+      <c r="S66" s="23">
+        <v>825.7</v>
+      </c>
+      <c r="T66" s="23">
+        <v>666.5</v>
+      </c>
+      <c r="U66" s="23">
+        <v>-618.6</v>
+      </c>
+      <c r="V66" s="23"/>
+      <c r="W66" s="23"/>
+      <c r="X66" s="23"/>
+      <c r="Y66" s="23">
+        <v>1485.8</v>
+      </c>
+      <c r="Z66" s="23"/>
+      <c r="AA66" s="23"/>
+      <c r="AB66" s="23"/>
+      <c r="AC66" s="23"/>
+      <c r="AD66" s="23"/>
+      <c r="AE66" s="23"/>
+      <c r="AF66" s="23"/>
+      <c r="AG66" s="23"/>
+      <c r="AH66" s="23"/>
+      <c r="AI66" s="23"/>
+      <c r="AJ66" s="23"/>
+      <c r="AK66" s="23">
+        <v>2359.4</v>
+      </c>
     </row>
-    <row r="67" spans="2:38" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...105 lines deleted...]
-      </c>
+    <row r="67" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D67" s="7"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="7"/>
+      <c r="J67" s="7"/>
+      <c r="K67" s="7"/>
+      <c r="L67" s="7"/>
+      <c r="M67" s="7"/>
+      <c r="N67" s="7"/>
+      <c r="O67" s="7"/>
+      <c r="P67" s="7"/>
+      <c r="Q67" s="7"/>
+      <c r="R67" s="7"/>
+      <c r="S67" s="7"/>
+      <c r="T67" s="7"/>
+      <c r="U67" s="7"/>
+      <c r="V67" s="7"/>
+      <c r="W67" s="7"/>
+      <c r="X67" s="7"/>
+      <c r="Y67" s="7"/>
+      <c r="Z67" s="7"/>
+      <c r="AA67" s="7"/>
+      <c r="AB67" s="7"/>
+      <c r="AC67" s="7"/>
+      <c r="AD67" s="7"/>
+      <c r="AE67" s="7"/>
+      <c r="AF67" s="7"/>
+      <c r="AG67" s="7"/>
     </row>
-    <row r="68" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...47 lines deleted...]
-      </c>
+    <row r="68" spans="2:37" s="5" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="C68" s="32"/>
+      <c r="D68" s="32"/>
+      <c r="E68" s="32"/>
+      <c r="F68" s="32"/>
+      <c r="G68" s="32"/>
+      <c r="H68" s="32"/>
+      <c r="I68" s="32"/>
+      <c r="J68" s="32"/>
+      <c r="K68" s="32"/>
+      <c r="L68" s="6"/>
     </row>
-    <row r="69" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...29 lines deleted...]
-      <c r="AG69" s="7"/>
+    <row r="69" spans="2:37" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="C69" s="32"/>
+      <c r="D69" s="32"/>
+      <c r="E69" s="32"/>
+      <c r="F69" s="32"/>
+      <c r="G69" s="32"/>
+      <c r="H69" s="32"/>
+      <c r="I69" s="32"/>
+      <c r="J69" s="32"/>
+      <c r="K69" s="32"/>
+      <c r="L69" s="6"/>
+      <c r="Z69" s="2"/>
+      <c r="AA69" s="2"/>
+      <c r="AB69" s="2"/>
+      <c r="AC69" s="2"/>
+      <c r="AD69" s="2"/>
+      <c r="AE69" s="2"/>
+      <c r="AF69" s="2"/>
+      <c r="AG69" s="2"/>
+      <c r="AH69" s="2"/>
+      <c r="AI69" s="2"/>
+      <c r="AJ69" s="2"/>
+      <c r="AK69" s="1"/>
     </row>
-    <row r="70" spans="2:38" s="5" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:37" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="32" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C70" s="32"/>
       <c r="D70" s="32"/>
       <c r="E70" s="32"/>
       <c r="F70" s="32"/>
       <c r="G70" s="32"/>
       <c r="H70" s="32"/>
       <c r="I70" s="32"/>
       <c r="J70" s="32"/>
       <c r="K70" s="32"/>
       <c r="L70" s="6"/>
+      <c r="AK70" s="1"/>
     </row>
-    <row r="71" spans="2:38" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:37" s="5" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="32" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C71" s="32"/>
       <c r="D71" s="32"/>
       <c r="E71" s="32"/>
       <c r="F71" s="32"/>
       <c r="G71" s="32"/>
       <c r="H71" s="32"/>
       <c r="I71" s="32"/>
       <c r="J71" s="32"/>
       <c r="K71" s="32"/>
       <c r="L71" s="6"/>
-      <c r="Z71" s="2"/>
-[...10 lines deleted...]
-      <c r="AK71" s="1"/>
     </row>
-    <row r="72" spans="2:38" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="K72" s="32"/>
+    <row r="72" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="6"/>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6"/>
+      <c r="E72" s="6"/>
+      <c r="F72" s="6"/>
+      <c r="G72" s="6"/>
+      <c r="H72" s="6"/>
+      <c r="I72" s="6"/>
+      <c r="J72" s="6"/>
+      <c r="K72" s="6"/>
       <c r="L72" s="6"/>
+      <c r="Z72" s="2"/>
+      <c r="AA72" s="2"/>
+      <c r="AB72" s="2"/>
+      <c r="AC72" s="2"/>
+      <c r="AD72" s="2"/>
+      <c r="AE72" s="2"/>
+      <c r="AF72" s="2"/>
+      <c r="AG72" s="2"/>
+      <c r="AH72" s="2"/>
+      <c r="AI72" s="2"/>
+      <c r="AJ72" s="2"/>
       <c r="AK72" s="1"/>
-    </row>
-[...38 lines deleted...]
-      <c r="AK74" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="B73:K73"/>
-    <mergeCell ref="B72:K72"/>
     <mergeCell ref="B71:K71"/>
     <mergeCell ref="B70:K70"/>
+    <mergeCell ref="B69:K69"/>
+    <mergeCell ref="B68:K68"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ENG</vt:lpstr>