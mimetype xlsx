--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44CCD849-EF07-4EB3-A833-927940C2089B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F5F96D3-1814-4FA8-90E7-E31860160BCE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PODACI" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>Geografska distribucija danih kredita kreditnih institucija</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">U tablici je prikazana distribucija kredita iz tablice </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>SV3 Kvaliteta kredita kreditnih institucija</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
@@ -250,50 +250,53 @@
     <t>30. 9. 2023. NP</t>
   </si>
   <si>
     <t>31. 3. 2024. NP</t>
   </si>
   <si>
     <t>31. 12. 2023. NR</t>
   </si>
   <si>
     <t>30. 6. 2024. NP</t>
   </si>
   <si>
     <t>30. 9. 2024. NP</t>
   </si>
   <si>
     <t>31. 3. 2025. NP</t>
   </si>
   <si>
     <t>31. 12. 2024. NR</t>
   </si>
   <si>
     <t>30. 6. 2025. NP</t>
   </si>
   <si>
     <t>30. 9. 2025. NP</t>
+  </si>
+  <si>
+    <t>31. 12. 2025. NP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -771,102 +774,102 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:AG89"/>
+  <dimension ref="B1:AH89"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.7109375" style="1" customWidth="1"/>
     <col min="12" max="18" width="12.7109375" style="3" customWidth="1"/>
-    <col min="19" max="33" width="12.7109375" style="1" customWidth="1"/>
-    <col min="34" max="16384" width="9.140625" style="1"/>
+    <col min="19" max="34" width="12.7109375" style="1" customWidth="1"/>
+    <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G1" s="2"/>
     </row>
-    <row r="2" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:34" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G2" s="5"/>
     </row>
-    <row r="3" spans="2:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6"/>
       <c r="G3" s="5"/>
     </row>
-    <row r="4" spans="2:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="5"/>
     </row>
-    <row r="5" spans="2:33" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:34" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B5" s="6"/>
       <c r="G5" s="5"/>
     </row>
-    <row r="6" spans="2:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
       <c r="N6" s="5"/>
       <c r="O6" s="5"/>
       <c r="P6" s="5"/>
       <c r="Q6" s="5"/>
       <c r="R6" s="5"/>
     </row>
-    <row r="7" spans="2:33" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>3</v>
       </c>
@@ -917,105 +920,108 @@
       </c>
       <c r="Z7" s="10" t="s">
         <v>59</v>
       </c>
       <c r="AA7" s="10" t="s">
         <v>58</v>
       </c>
       <c r="AB7" s="10" t="s">
         <v>60</v>
       </c>
       <c r="AC7" s="10" t="s">
         <v>61</v>
       </c>
       <c r="AD7" s="10" t="s">
         <v>63</v>
       </c>
       <c r="AE7" s="10" t="s">
         <v>62</v>
       </c>
       <c r="AF7" s="10" t="s">
         <v>64</v>
       </c>
       <c r="AG7" s="10" t="s">
         <v>65</v>
       </c>
-    </row>
-    <row r="8" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH7" s="10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="2:34" x14ac:dyDescent="0.2">
       <c r="C8" s="22"/>
       <c r="D8" s="22"/>
       <c r="E8" s="22"/>
       <c r="F8" s="22"/>
       <c r="G8" s="22"/>
       <c r="H8" s="22"/>
       <c r="I8" s="22"/>
       <c r="J8" s="22"/>
       <c r="K8" s="22"/>
       <c r="L8" s="22"/>
       <c r="M8" s="22"/>
       <c r="N8" s="22"/>
       <c r="O8" s="22"/>
       <c r="P8" s="22"/>
       <c r="Q8" s="22"/>
       <c r="R8" s="22"/>
       <c r="S8" s="22"/>
       <c r="T8" s="22"/>
       <c r="U8" s="22"/>
       <c r="V8" s="22"/>
       <c r="W8" s="22"/>
       <c r="X8" s="22"/>
       <c r="Y8" s="22"/>
     </row>
-    <row r="9" spans="2:33" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B9" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="22"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="22"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
       <c r="Q9" s="22"/>
       <c r="R9" s="22"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
       <c r="U9" s="22"/>
       <c r="V9" s="22"/>
       <c r="W9" s="22"/>
       <c r="X9" s="22"/>
       <c r="Y9" s="22"/>
     </row>
-    <row r="10" spans="2:33" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="24">
         <v>100</v>
       </c>
       <c r="D10" s="24">
         <v>100</v>
       </c>
       <c r="E10" s="24">
         <v>100</v>
       </c>
       <c r="F10" s="24">
         <v>100</v>
       </c>
       <c r="G10" s="24">
         <v>100</v>
       </c>
       <c r="H10" s="24">
         <v>100</v>
       </c>
       <c r="I10" s="24">
         <v>100</v>
       </c>
       <c r="J10" s="24">
@@ -1068,52 +1074,55 @@
       </c>
       <c r="Z10" s="24">
         <v>100</v>
       </c>
       <c r="AA10" s="24">
         <v>100</v>
       </c>
       <c r="AB10" s="24">
         <v>100</v>
       </c>
       <c r="AC10" s="24">
         <v>100</v>
       </c>
       <c r="AD10" s="24">
         <v>100</v>
       </c>
       <c r="AE10" s="24">
         <v>100</v>
       </c>
       <c r="AF10" s="24">
         <v>100</v>
       </c>
       <c r="AG10" s="24">
         <v>100</v>
       </c>
-    </row>
-    <row r="11" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH10" s="24">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B11" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="23">
         <v>1.1299999999999999</v>
       </c>
       <c r="D11" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="E11" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="F11" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="G11" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="H11" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="I11" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="J11" s="23">
@@ -1166,52 +1175,55 @@
       </c>
       <c r="Z11" s="23">
         <v>1.06</v>
       </c>
       <c r="AA11" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="AB11" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="AC11" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="AD11" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="AE11" s="23">
         <v>1.18</v>
       </c>
       <c r="AF11" s="23">
         <v>1.2</v>
       </c>
       <c r="AG11" s="23">
         <v>1.17</v>
       </c>
-    </row>
-    <row r="12" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH11" s="23">
+        <v>1.18</v>
+      </c>
+    </row>
+    <row r="12" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B12" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="23">
         <v>1.21</v>
       </c>
       <c r="D12" s="23">
         <v>1.21</v>
       </c>
       <c r="E12" s="23">
         <v>1.21</v>
       </c>
       <c r="F12" s="23">
         <v>1.2</v>
       </c>
       <c r="G12" s="23">
         <v>1.22</v>
       </c>
       <c r="H12" s="23">
         <v>1.23</v>
       </c>
       <c r="I12" s="23">
         <v>1.21</v>
       </c>
       <c r="J12" s="23">
@@ -1264,52 +1276,55 @@
       </c>
       <c r="Z12" s="23">
         <v>1.01</v>
       </c>
       <c r="AA12" s="23">
         <v>1.04</v>
       </c>
       <c r="AB12" s="23">
         <v>1.04</v>
       </c>
       <c r="AC12" s="23">
         <v>1.03</v>
       </c>
       <c r="AD12" s="23">
         <v>1.03</v>
       </c>
       <c r="AE12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="AF12" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="AG12" s="23">
         <v>1.1299999999999999</v>
       </c>
-    </row>
-    <row r="13" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH12" s="23">
+        <v>1.1599999999999999</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B13" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="D13" s="23">
         <v>2</v>
       </c>
       <c r="E13" s="23">
         <v>1.94</v>
       </c>
       <c r="F13" s="23">
         <v>1.89</v>
       </c>
       <c r="G13" s="23">
         <v>1.95</v>
       </c>
       <c r="H13" s="23">
         <v>2</v>
       </c>
       <c r="I13" s="23">
         <v>1.92</v>
       </c>
       <c r="J13" s="23">
@@ -1362,52 +1377,55 @@
       </c>
       <c r="Z13" s="23">
         <v>1.54</v>
       </c>
       <c r="AA13" s="23">
         <v>1.65</v>
       </c>
       <c r="AB13" s="23">
         <v>1.67</v>
       </c>
       <c r="AC13" s="23">
         <v>1.59</v>
       </c>
       <c r="AD13" s="23">
         <v>1.65</v>
       </c>
       <c r="AE13" s="23">
         <v>1.8</v>
       </c>
       <c r="AF13" s="23">
         <v>1.88</v>
       </c>
       <c r="AG13" s="23">
         <v>1.78</v>
       </c>
-    </row>
-    <row r="14" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH13" s="23">
+        <v>1.86</v>
+      </c>
+    </row>
+    <row r="14" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="23">
         <v>48.9</v>
       </c>
       <c r="D14" s="23">
         <v>48.3</v>
       </c>
       <c r="E14" s="23">
         <v>45.81</v>
       </c>
       <c r="F14" s="23">
         <v>49.44</v>
       </c>
       <c r="G14" s="23">
         <v>49.65</v>
       </c>
       <c r="H14" s="23">
         <v>48.95</v>
       </c>
       <c r="I14" s="23">
         <v>47.92</v>
       </c>
       <c r="J14" s="23">
@@ -1460,52 +1478,55 @@
       </c>
       <c r="Z14" s="23">
         <v>55.23</v>
       </c>
       <c r="AA14" s="23">
         <v>50.53</v>
       </c>
       <c r="AB14" s="23">
         <v>50.26</v>
       </c>
       <c r="AC14" s="23">
         <v>52.48</v>
       </c>
       <c r="AD14" s="23">
         <v>51.67</v>
       </c>
       <c r="AE14" s="23">
         <v>48.16</v>
       </c>
       <c r="AF14" s="23">
         <v>45.25</v>
       </c>
       <c r="AG14" s="23">
         <v>47.16</v>
       </c>
-    </row>
-    <row r="15" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH14" s="23">
+        <v>47.43</v>
+      </c>
+    </row>
+    <row r="15" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="23">
         <v>4.51</v>
       </c>
       <c r="D15" s="23">
         <v>4.74</v>
       </c>
       <c r="E15" s="23">
         <v>4.55</v>
       </c>
       <c r="F15" s="23">
         <v>4.13</v>
       </c>
       <c r="G15" s="23">
         <v>4.2300000000000004</v>
       </c>
       <c r="H15" s="23">
         <v>4.41</v>
       </c>
       <c r="I15" s="23">
         <v>4.2</v>
       </c>
       <c r="J15" s="23">
@@ -1558,52 +1579,55 @@
       </c>
       <c r="Z15" s="23">
         <v>4.1100000000000003</v>
       </c>
       <c r="AA15" s="23">
         <v>4.29</v>
       </c>
       <c r="AB15" s="23">
         <v>4.28</v>
       </c>
       <c r="AC15" s="23">
         <v>4.08</v>
       </c>
       <c r="AD15" s="23">
         <v>4.26</v>
       </c>
       <c r="AE15" s="23">
         <v>4.54</v>
       </c>
       <c r="AF15" s="23">
         <v>4.72</v>
       </c>
       <c r="AG15" s="23">
         <v>4.66</v>
       </c>
-    </row>
-    <row r="16" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH15" s="23">
+        <v>4.8499999999999996</v>
+      </c>
+    </row>
+    <row r="16" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="D16" s="23">
         <v>1.1299999999999999</v>
       </c>
       <c r="E16" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="F16" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="G16" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="H16" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="I16" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="J16" s="23">
@@ -1656,52 +1680,55 @@
       </c>
       <c r="Z16" s="23">
         <v>1</v>
       </c>
       <c r="AA16" s="23">
         <v>1.05</v>
       </c>
       <c r="AB16" s="23">
         <v>1.07</v>
       </c>
       <c r="AC16" s="23">
         <v>1.05</v>
       </c>
       <c r="AD16" s="23">
         <v>1.06</v>
       </c>
       <c r="AE16" s="23">
         <v>1.1299999999999999</v>
       </c>
       <c r="AF16" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="AG16" s="23">
         <v>1.1499999999999999</v>
       </c>
-    </row>
-    <row r="17" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH16" s="23">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="17" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="23">
         <v>1.36</v>
       </c>
       <c r="D17" s="23">
         <v>1.36</v>
       </c>
       <c r="E17" s="23">
         <v>1.34</v>
       </c>
       <c r="F17" s="23">
         <v>1.36</v>
       </c>
       <c r="G17" s="23">
         <v>1.33</v>
       </c>
       <c r="H17" s="23">
         <v>1.32</v>
       </c>
       <c r="I17" s="23">
         <v>1.33</v>
       </c>
       <c r="J17" s="23">
@@ -1754,52 +1781,55 @@
       </c>
       <c r="Z17" s="23">
         <v>1.07</v>
       </c>
       <c r="AA17" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="AB17" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="AC17" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="AD17" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="AE17" s="23">
         <v>1.58</v>
       </c>
       <c r="AF17" s="23">
         <v>1.55</v>
       </c>
       <c r="AG17" s="23">
         <v>1.55</v>
       </c>
-    </row>
-    <row r="18" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH17" s="23">
+        <v>1.48</v>
+      </c>
+    </row>
+    <row r="18" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B18" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="23">
         <v>1.34</v>
       </c>
       <c r="D18" s="23">
         <v>1.35</v>
       </c>
       <c r="E18" s="23">
         <v>1.35</v>
       </c>
       <c r="F18" s="23">
         <v>1.31</v>
       </c>
       <c r="G18" s="23">
         <v>1.35</v>
       </c>
       <c r="H18" s="23">
         <v>1.42</v>
       </c>
       <c r="I18" s="23">
         <v>1.39</v>
       </c>
       <c r="J18" s="23">
@@ -1852,52 +1882,55 @@
       </c>
       <c r="Z18" s="23">
         <v>1.26</v>
       </c>
       <c r="AA18" s="23">
         <v>1.31</v>
       </c>
       <c r="AB18" s="23">
         <v>1.31</v>
       </c>
       <c r="AC18" s="23">
         <v>1.27</v>
       </c>
       <c r="AD18" s="23">
         <v>1.28</v>
       </c>
       <c r="AE18" s="23">
         <v>1.36</v>
       </c>
       <c r="AF18" s="23">
         <v>1.4</v>
       </c>
       <c r="AG18" s="23">
         <v>1.39</v>
       </c>
-    </row>
-    <row r="19" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH18" s="23">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="19" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B19" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="23">
         <v>0.48</v>
       </c>
       <c r="D19" s="23">
         <v>0.49</v>
       </c>
       <c r="E19" s="23">
         <v>0.49</v>
       </c>
       <c r="F19" s="23">
         <v>0.49</v>
       </c>
       <c r="G19" s="23">
         <v>0.51</v>
       </c>
       <c r="H19" s="23">
         <v>0.53</v>
       </c>
       <c r="I19" s="23">
         <v>0.51</v>
       </c>
       <c r="J19" s="23">
@@ -1950,52 +1983,55 @@
       </c>
       <c r="Z19" s="23">
         <v>0.46</v>
       </c>
       <c r="AA19" s="23">
         <v>0.48</v>
       </c>
       <c r="AB19" s="23">
         <v>0.48</v>
       </c>
       <c r="AC19" s="23">
         <v>0.46</v>
       </c>
       <c r="AD19" s="23">
         <v>0.47</v>
       </c>
       <c r="AE19" s="23">
         <v>0.5</v>
       </c>
       <c r="AF19" s="23">
         <v>0.55000000000000004</v>
       </c>
       <c r="AG19" s="23">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="20" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH19" s="23">
+        <v>0.55000000000000004</v>
+      </c>
+    </row>
+    <row r="20" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="23">
         <v>1.28</v>
       </c>
       <c r="D20" s="23">
         <v>1.3</v>
       </c>
       <c r="E20" s="23">
         <v>1.31</v>
       </c>
       <c r="F20" s="23">
         <v>1.28</v>
       </c>
       <c r="G20" s="23">
         <v>1.3</v>
       </c>
       <c r="H20" s="23">
         <v>1.36</v>
       </c>
       <c r="I20" s="23">
         <v>1.33</v>
       </c>
       <c r="J20" s="23">
@@ -2048,52 +2084,55 @@
       </c>
       <c r="Z20" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="AA20" s="23">
         <v>1.2</v>
       </c>
       <c r="AB20" s="23">
         <v>1.19</v>
       </c>
       <c r="AC20" s="23">
         <v>1.17</v>
       </c>
       <c r="AD20" s="23">
         <v>1.17</v>
       </c>
       <c r="AE20" s="23">
         <v>1.22</v>
       </c>
       <c r="AF20" s="23">
         <v>1.24</v>
       </c>
       <c r="AG20" s="23">
         <v>1.22</v>
       </c>
-    </row>
-    <row r="21" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH20" s="23">
+        <v>1.24</v>
+      </c>
+    </row>
+    <row r="21" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B21" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="23">
         <v>3.98</v>
       </c>
       <c r="D21" s="23">
         <v>3.96</v>
       </c>
       <c r="E21" s="23">
         <v>3.89</v>
       </c>
       <c r="F21" s="23">
         <v>3.81</v>
       </c>
       <c r="G21" s="23">
         <v>3.86</v>
       </c>
       <c r="H21" s="23">
         <v>3.91</v>
       </c>
       <c r="I21" s="23">
         <v>3.76</v>
       </c>
       <c r="J21" s="23">
@@ -2146,52 +2185,55 @@
       </c>
       <c r="Z21" s="23">
         <v>2.91</v>
       </c>
       <c r="AA21" s="23">
         <v>3</v>
       </c>
       <c r="AB21" s="23">
         <v>3.02</v>
       </c>
       <c r="AC21" s="23">
         <v>2.89</v>
       </c>
       <c r="AD21" s="23">
         <v>2.91</v>
       </c>
       <c r="AE21" s="23">
         <v>3.03</v>
       </c>
       <c r="AF21" s="23">
         <v>3.09</v>
       </c>
       <c r="AG21" s="23">
         <v>3.02</v>
       </c>
-    </row>
-    <row r="22" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH21" s="23">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="23">
         <v>0.66</v>
       </c>
       <c r="D22" s="23">
         <v>0.67</v>
       </c>
       <c r="E22" s="23">
         <v>0.67</v>
       </c>
       <c r="F22" s="23">
         <v>0.64</v>
       </c>
       <c r="G22" s="23">
         <v>0.65</v>
       </c>
       <c r="H22" s="23">
         <v>0.69</v>
       </c>
       <c r="I22" s="23">
         <v>0.67</v>
       </c>
       <c r="J22" s="23">
@@ -2244,52 +2286,55 @@
       </c>
       <c r="Z22" s="23">
         <v>0.59</v>
       </c>
       <c r="AA22" s="23">
         <v>0.59</v>
       </c>
       <c r="AB22" s="23">
         <v>0.56999999999999995</v>
       </c>
       <c r="AC22" s="23">
         <v>0.56999999999999995</v>
       </c>
       <c r="AD22" s="23">
         <v>0.55000000000000004</v>
       </c>
       <c r="AE22" s="23">
         <v>0.57999999999999996</v>
       </c>
       <c r="AF22" s="23">
         <v>0.61</v>
       </c>
       <c r="AG22" s="23">
         <v>0.6</v>
       </c>
-    </row>
-    <row r="23" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH22" s="23">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="23" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="23">
         <v>4.99</v>
       </c>
       <c r="D23" s="23">
         <v>5.0999999999999996</v>
       </c>
       <c r="E23" s="23">
         <v>5.0999999999999996</v>
       </c>
       <c r="F23" s="23">
         <v>4.97</v>
       </c>
       <c r="G23" s="23">
         <v>5.38</v>
       </c>
       <c r="H23" s="23">
         <v>5.51</v>
       </c>
       <c r="I23" s="23">
         <v>5.17</v>
       </c>
       <c r="J23" s="23">
@@ -2342,52 +2387,55 @@
       </c>
       <c r="Z23" s="23">
         <v>4.43</v>
       </c>
       <c r="AA23" s="23">
         <v>4.6900000000000004</v>
       </c>
       <c r="AB23" s="23">
         <v>4.71</v>
       </c>
       <c r="AC23" s="23">
         <v>4.5</v>
       </c>
       <c r="AD23" s="23">
         <v>4.62</v>
       </c>
       <c r="AE23" s="23">
         <v>5.03</v>
       </c>
       <c r="AF23" s="23">
         <v>5.0999999999999996</v>
       </c>
       <c r="AG23" s="23">
         <v>4.82</v>
       </c>
-    </row>
-    <row r="24" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH23" s="23">
+        <v>5.05</v>
+      </c>
+    </row>
+    <row r="24" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="23">
         <v>1.49</v>
       </c>
       <c r="D24" s="23">
         <v>1.45</v>
       </c>
       <c r="E24" s="23">
         <v>1.44</v>
       </c>
       <c r="F24" s="23">
         <v>1.41</v>
       </c>
       <c r="G24" s="23">
         <v>1.42</v>
       </c>
       <c r="H24" s="23">
         <v>1.45</v>
       </c>
       <c r="I24" s="23">
         <v>1.43</v>
       </c>
       <c r="J24" s="23">
@@ -2440,52 +2488,55 @@
       </c>
       <c r="Z24" s="23">
         <v>1.21</v>
       </c>
       <c r="AA24" s="23">
         <v>1.26</v>
       </c>
       <c r="AB24" s="23">
         <v>1.26</v>
       </c>
       <c r="AC24" s="23">
         <v>1.25</v>
       </c>
       <c r="AD24" s="23">
         <v>1.24</v>
       </c>
       <c r="AE24" s="23">
         <v>1.33</v>
       </c>
       <c r="AF24" s="23">
         <v>1.34</v>
       </c>
       <c r="AG24" s="23">
         <v>1.32</v>
       </c>
-    </row>
-    <row r="25" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH24" s="23">
+        <v>1.36</v>
+      </c>
+    </row>
+    <row r="25" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B25" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="23">
         <v>6.08</v>
       </c>
       <c r="D25" s="23">
         <v>6.18</v>
       </c>
       <c r="E25" s="23">
         <v>6.09</v>
       </c>
       <c r="F25" s="23">
         <v>5.94</v>
       </c>
       <c r="G25" s="23">
         <v>6.19</v>
       </c>
       <c r="H25" s="23">
         <v>6.38</v>
       </c>
       <c r="I25" s="23">
         <v>6.05</v>
       </c>
       <c r="J25" s="23">
@@ -2538,52 +2589,55 @@
       </c>
       <c r="Z25" s="23">
         <v>5.36</v>
       </c>
       <c r="AA25" s="23">
         <v>5.63</v>
       </c>
       <c r="AB25" s="23">
         <v>5.67</v>
       </c>
       <c r="AC25" s="23">
         <v>5.41</v>
       </c>
       <c r="AD25" s="23">
         <v>5.51</v>
       </c>
       <c r="AE25" s="23">
         <v>6.01</v>
       </c>
       <c r="AF25" s="23">
         <v>6.24</v>
       </c>
       <c r="AG25" s="23">
         <v>5.9</v>
       </c>
-    </row>
-    <row r="26" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH25" s="23">
+        <v>6.19</v>
+      </c>
+    </row>
+    <row r="26" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B26" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="23">
         <v>1.19</v>
       </c>
       <c r="D26" s="23">
         <v>1.21</v>
       </c>
       <c r="E26" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="F26" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="G26" s="23">
         <v>1.18</v>
       </c>
       <c r="H26" s="23">
         <v>1.2</v>
       </c>
       <c r="I26" s="23">
         <v>1.1299999999999999</v>
       </c>
       <c r="J26" s="23">
@@ -2636,52 +2690,55 @@
       </c>
       <c r="Z26" s="23">
         <v>0.99</v>
       </c>
       <c r="AA26" s="23">
         <v>1.06</v>
       </c>
       <c r="AB26" s="23">
         <v>1.08</v>
       </c>
       <c r="AC26" s="23">
         <v>1.01</v>
       </c>
       <c r="AD26" s="23">
         <v>1.01</v>
       </c>
       <c r="AE26" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="AF26" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="AG26" s="23">
         <v>1.04</v>
       </c>
-    </row>
-    <row r="27" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH26" s="23">
+        <v>1.0900000000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B27" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="23">
         <v>2.17</v>
       </c>
       <c r="D27" s="23">
         <v>2.19</v>
       </c>
       <c r="E27" s="23">
         <v>2.16</v>
       </c>
       <c r="F27" s="23">
         <v>2.13</v>
       </c>
       <c r="G27" s="23">
         <v>2.17</v>
       </c>
       <c r="H27" s="23">
         <v>2.19</v>
       </c>
       <c r="I27" s="23">
         <v>2.1800000000000002</v>
       </c>
       <c r="J27" s="23">
@@ -2734,52 +2791,55 @@
       </c>
       <c r="Z27" s="23">
         <v>1.9</v>
       </c>
       <c r="AA27" s="23">
         <v>1.97</v>
       </c>
       <c r="AB27" s="23">
         <v>1.96</v>
       </c>
       <c r="AC27" s="23">
         <v>1.92</v>
       </c>
       <c r="AD27" s="23">
         <v>1.9</v>
       </c>
       <c r="AE27" s="23">
         <v>2.02</v>
       </c>
       <c r="AF27" s="23">
         <v>2.0699999999999998</v>
       </c>
       <c r="AG27" s="23">
         <v>2.02</v>
       </c>
-    </row>
-    <row r="28" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH27" s="23">
+        <v>2.0499999999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B28" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="23">
         <v>0.79</v>
       </c>
       <c r="D28" s="23">
         <v>0.78</v>
       </c>
       <c r="E28" s="23">
         <v>0.77</v>
       </c>
       <c r="F28" s="23">
         <v>0.75</v>
       </c>
       <c r="G28" s="23">
         <v>0.75</v>
       </c>
       <c r="H28" s="23">
         <v>0.74</v>
       </c>
       <c r="I28" s="23">
         <v>0.74</v>
       </c>
       <c r="J28" s="23">
@@ -2832,52 +2892,55 @@
       </c>
       <c r="Z28" s="23">
         <v>0.6</v>
       </c>
       <c r="AA28" s="23">
         <v>0.63</v>
       </c>
       <c r="AB28" s="23">
         <v>0.64</v>
       </c>
       <c r="AC28" s="23">
         <v>0.66</v>
       </c>
       <c r="AD28" s="23">
         <v>0.64</v>
       </c>
       <c r="AE28" s="23">
         <v>0.66</v>
       </c>
       <c r="AF28" s="23">
         <v>0.67</v>
       </c>
       <c r="AG28" s="23">
         <v>0.65</v>
       </c>
-    </row>
-    <row r="29" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH28" s="23">
+        <v>0.66</v>
+      </c>
+    </row>
+    <row r="29" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="23">
         <v>1.42</v>
       </c>
       <c r="D29" s="23">
         <v>1.42</v>
       </c>
       <c r="E29" s="23">
         <v>1.42</v>
       </c>
       <c r="F29" s="23">
         <v>1.4</v>
       </c>
       <c r="G29" s="23">
         <v>1.41</v>
       </c>
       <c r="H29" s="23">
         <v>1.44</v>
       </c>
       <c r="I29" s="23">
         <v>1.39</v>
       </c>
       <c r="J29" s="23">
@@ -2930,52 +2993,55 @@
       </c>
       <c r="Z29" s="23">
         <v>1.27</v>
       </c>
       <c r="AA29" s="23">
         <v>1.23</v>
       </c>
       <c r="AB29" s="23">
         <v>1.19</v>
       </c>
       <c r="AC29" s="23">
         <v>1.3</v>
       </c>
       <c r="AD29" s="23">
         <v>1.34</v>
       </c>
       <c r="AE29" s="23">
         <v>1.35</v>
       </c>
       <c r="AF29" s="23">
         <v>1.38</v>
       </c>
       <c r="AG29" s="23">
         <v>1.44</v>
       </c>
-    </row>
-    <row r="30" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH29" s="23">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="30" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C30" s="23">
         <v>2.52</v>
       </c>
       <c r="D30" s="23">
         <v>2.63</v>
       </c>
       <c r="E30" s="23">
         <v>2.56</v>
       </c>
       <c r="F30" s="23">
         <v>2.63</v>
       </c>
       <c r="G30" s="23">
         <v>2.6</v>
       </c>
       <c r="H30" s="23">
         <v>2.68</v>
       </c>
       <c r="I30" s="23">
         <v>2.58</v>
       </c>
       <c r="J30" s="23">
@@ -3028,52 +3094,55 @@
       </c>
       <c r="Z30" s="23">
         <v>2.66</v>
       </c>
       <c r="AA30" s="23">
         <v>2.83</v>
       </c>
       <c r="AB30" s="23">
         <v>2.86</v>
       </c>
       <c r="AC30" s="23">
         <v>2.8</v>
       </c>
       <c r="AD30" s="23">
         <v>2.88</v>
       </c>
       <c r="AE30" s="23">
         <v>3.12</v>
       </c>
       <c r="AF30" s="23">
         <v>3.2</v>
       </c>
       <c r="AG30" s="23">
         <v>3.13</v>
       </c>
-    </row>
-    <row r="31" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH30" s="23">
+        <v>3.22</v>
+      </c>
+    </row>
+    <row r="31" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C31" s="23">
         <v>4.42</v>
       </c>
       <c r="D31" s="23">
         <v>4.45</v>
       </c>
       <c r="E31" s="23">
         <v>4.51</v>
       </c>
       <c r="F31" s="23">
         <v>4.5</v>
       </c>
       <c r="G31" s="23">
         <v>4.6100000000000003</v>
       </c>
       <c r="H31" s="23">
         <v>4.6900000000000004</v>
       </c>
       <c r="I31" s="23">
         <v>4.79</v>
       </c>
       <c r="J31" s="23">
@@ -3126,52 +3195,55 @@
       </c>
       <c r="Z31" s="23">
         <v>4.29</v>
       </c>
       <c r="AA31" s="23">
         <v>4.54</v>
       </c>
       <c r="AB31" s="23">
         <v>4.59</v>
       </c>
       <c r="AC31" s="23">
         <v>4.51</v>
       </c>
       <c r="AD31" s="23">
         <v>4.53</v>
       </c>
       <c r="AE31" s="23">
         <v>4.82</v>
       </c>
       <c r="AF31" s="23">
         <v>5.01</v>
       </c>
       <c r="AG31" s="23">
         <v>4.96</v>
       </c>
-    </row>
-    <row r="32" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH31" s="23">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="32" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B32" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="25">
         <v>6.96</v>
       </c>
       <c r="D32" s="25">
         <v>6.95</v>
       </c>
       <c r="E32" s="25">
         <v>10.039999999999999</v>
       </c>
       <c r="F32" s="25">
         <v>7.42</v>
       </c>
       <c r="G32" s="25">
         <v>6</v>
       </c>
       <c r="H32" s="25">
         <v>5.61</v>
       </c>
       <c r="I32" s="25">
         <v>8.07</v>
       </c>
       <c r="J32" s="25">
@@ -3224,85 +3296,89 @@
       </c>
       <c r="Z32" s="25">
         <v>5.87</v>
       </c>
       <c r="AA32" s="25">
         <v>8.81</v>
       </c>
       <c r="AB32" s="25">
         <v>8.94</v>
       </c>
       <c r="AC32" s="25">
         <v>7.87</v>
       </c>
       <c r="AD32" s="25">
         <v>8.1</v>
       </c>
       <c r="AE32" s="25">
         <v>8.3800000000000008</v>
       </c>
       <c r="AF32" s="25">
         <v>10.1</v>
       </c>
       <c r="AG32" s="25">
         <v>9.34</v>
       </c>
-    </row>
-    <row r="33" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH32" s="25">
+        <v>7.67</v>
+      </c>
+    </row>
+    <row r="33" spans="2:34" x14ac:dyDescent="0.2">
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="23"/>
       <c r="I33" s="23"/>
       <c r="J33" s="23"/>
       <c r="K33" s="23"/>
       <c r="L33" s="23"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="S33" s="23"/>
       <c r="T33" s="23"/>
       <c r="U33" s="30"/>
       <c r="V33" s="30"/>
       <c r="W33" s="30"/>
       <c r="X33" s="30"/>
       <c r="Y33" s="30"/>
       <c r="Z33" s="30"/>
       <c r="AA33" s="30"/>
       <c r="AB33" s="30"/>
       <c r="AC33" s="30"/>
       <c r="AD33" s="30"/>
       <c r="AE33" s="30"/>
       <c r="AF33" s="30"/>
       <c r="AG33" s="30"/>
-    </row>
-    <row r="34" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH33" s="30"/>
+    </row>
+    <row r="34" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C34" s="24">
         <v>100</v>
       </c>
       <c r="D34" s="24">
         <v>100</v>
       </c>
       <c r="E34" s="24">
         <v>100</v>
       </c>
       <c r="F34" s="24">
         <v>100</v>
       </c>
       <c r="G34" s="24">
         <v>100</v>
       </c>
       <c r="H34" s="24">
         <v>100</v>
       </c>
       <c r="I34" s="24">
         <v>100</v>
       </c>
       <c r="J34" s="24">
@@ -3355,52 +3431,55 @@
       </c>
       <c r="Z34" s="24">
         <v>100</v>
       </c>
       <c r="AA34" s="24">
         <v>100</v>
       </c>
       <c r="AB34" s="24">
         <v>100</v>
       </c>
       <c r="AC34" s="24">
         <v>100</v>
       </c>
       <c r="AD34" s="24">
         <v>100</v>
       </c>
       <c r="AE34" s="24">
         <v>100</v>
       </c>
       <c r="AF34" s="24">
         <v>100</v>
       </c>
       <c r="AG34" s="24">
         <v>100</v>
       </c>
-    </row>
-    <row r="35" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH34" s="24">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B35" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="23">
         <v>1.55</v>
       </c>
       <c r="D35" s="23">
         <v>1.43</v>
       </c>
       <c r="E35" s="23">
         <v>1.37</v>
       </c>
       <c r="F35" s="23">
         <v>1.45</v>
       </c>
       <c r="G35" s="23">
         <v>1.44</v>
       </c>
       <c r="H35" s="23">
         <v>1.45</v>
       </c>
       <c r="I35" s="23">
         <v>1.46</v>
       </c>
       <c r="J35" s="23">
@@ -3453,52 +3532,55 @@
       </c>
       <c r="Z35" s="23">
         <v>1.39</v>
       </c>
       <c r="AA35" s="23">
         <v>1.43</v>
       </c>
       <c r="AB35" s="23">
         <v>1.41</v>
       </c>
       <c r="AC35" s="23">
         <v>1.42</v>
       </c>
       <c r="AD35" s="23">
         <v>1.39</v>
       </c>
       <c r="AE35" s="23">
         <v>1.38</v>
       </c>
       <c r="AF35" s="23">
         <v>1.34</v>
       </c>
       <c r="AG35" s="23">
         <v>1.33</v>
       </c>
-    </row>
-    <row r="36" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH35" s="23">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="36" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B36" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="23">
         <v>1.28</v>
       </c>
       <c r="D36" s="23">
         <v>1.21</v>
       </c>
       <c r="E36" s="23">
         <v>1.29</v>
       </c>
       <c r="F36" s="23">
         <v>1.25</v>
       </c>
       <c r="G36" s="23">
         <v>1.26</v>
       </c>
       <c r="H36" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="I36" s="23">
         <v>1.23</v>
       </c>
       <c r="J36" s="23">
@@ -3551,52 +3633,55 @@
       </c>
       <c r="Z36" s="23">
         <v>0.79</v>
       </c>
       <c r="AA36" s="23">
         <v>0.78</v>
       </c>
       <c r="AB36" s="23">
         <v>0.74</v>
       </c>
       <c r="AC36" s="23">
         <v>0.79</v>
       </c>
       <c r="AD36" s="23">
         <v>0.72</v>
       </c>
       <c r="AE36" s="23">
         <v>0.73</v>
       </c>
       <c r="AF36" s="23">
         <v>0.75</v>
       </c>
       <c r="AG36" s="23">
         <v>0.77</v>
       </c>
-    </row>
-    <row r="37" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH36" s="23">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="37" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B37" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="23">
         <v>2.68</v>
       </c>
       <c r="D37" s="23">
         <v>2.56</v>
       </c>
       <c r="E37" s="23">
         <v>2.5099999999999998</v>
       </c>
       <c r="F37" s="23">
         <v>2.4300000000000002</v>
       </c>
       <c r="G37" s="23">
         <v>2.4500000000000002</v>
       </c>
       <c r="H37" s="23">
         <v>2.41</v>
       </c>
       <c r="I37" s="23">
         <v>2.37</v>
       </c>
       <c r="J37" s="23">
@@ -3649,52 +3734,55 @@
       </c>
       <c r="Z37" s="23">
         <v>1.74</v>
       </c>
       <c r="AA37" s="23">
         <v>1.93</v>
       </c>
       <c r="AB37" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="AC37" s="23">
         <v>1.9</v>
       </c>
       <c r="AD37" s="23">
         <v>2.06</v>
       </c>
       <c r="AE37" s="23">
         <v>2.16</v>
       </c>
       <c r="AF37" s="23">
         <v>2.31</v>
       </c>
       <c r="AG37" s="23">
         <v>2.17</v>
       </c>
-    </row>
-    <row r="38" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH37" s="23">
+        <v>2.23</v>
+      </c>
+    </row>
+    <row r="38" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B38" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C38" s="23">
         <v>33.14</v>
       </c>
       <c r="D38" s="23">
         <v>33.01</v>
       </c>
       <c r="E38" s="23">
         <v>33.11</v>
       </c>
       <c r="F38" s="23">
         <v>33.36</v>
       </c>
       <c r="G38" s="23">
         <v>33.369999999999997</v>
       </c>
       <c r="H38" s="23">
         <v>33.31</v>
       </c>
       <c r="I38" s="23">
         <v>33.01</v>
       </c>
       <c r="J38" s="23">
@@ -3747,52 +3835,55 @@
       </c>
       <c r="Z38" s="23">
         <v>41.19</v>
       </c>
       <c r="AA38" s="23">
         <v>39.97</v>
       </c>
       <c r="AB38" s="23">
         <v>40.450000000000003</v>
       </c>
       <c r="AC38" s="23">
         <v>41.32</v>
       </c>
       <c r="AD38" s="23">
         <v>40.619999999999997</v>
       </c>
       <c r="AE38" s="23">
         <v>40.46</v>
       </c>
       <c r="AF38" s="23">
         <v>40.01</v>
       </c>
       <c r="AG38" s="23">
         <v>40.51</v>
       </c>
-    </row>
-    <row r="39" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH38" s="23">
+        <v>40.5</v>
+      </c>
+    </row>
+    <row r="39" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B39" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="23">
         <v>8.42</v>
       </c>
       <c r="D39" s="23">
         <v>8.98</v>
       </c>
       <c r="E39" s="23">
         <v>8.68</v>
       </c>
       <c r="F39" s="23">
         <v>7.33</v>
       </c>
       <c r="G39" s="23">
         <v>7.31</v>
       </c>
       <c r="H39" s="23">
         <v>7.62</v>
       </c>
       <c r="I39" s="23">
         <v>7.51</v>
       </c>
       <c r="J39" s="23">
@@ -3845,52 +3936,55 @@
       </c>
       <c r="Z39" s="23">
         <v>8.81</v>
       </c>
       <c r="AA39" s="23">
         <v>9</v>
       </c>
       <c r="AB39" s="23">
         <v>8.8699999999999992</v>
       </c>
       <c r="AC39" s="23">
         <v>8.69</v>
       </c>
       <c r="AD39" s="23">
         <v>9.1999999999999993</v>
       </c>
       <c r="AE39" s="23">
         <v>8.9</v>
       </c>
       <c r="AF39" s="23">
         <v>9.24</v>
       </c>
       <c r="AG39" s="23">
         <v>9.57</v>
       </c>
-    </row>
-    <row r="40" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH39" s="23">
+        <v>9.58</v>
+      </c>
+    </row>
+    <row r="40" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="23">
         <v>1.07</v>
       </c>
       <c r="D40" s="23">
         <v>1.07</v>
       </c>
       <c r="E40" s="23">
         <v>1.03</v>
       </c>
       <c r="F40" s="23">
         <v>1.04</v>
       </c>
       <c r="G40" s="23">
         <v>1.04</v>
       </c>
       <c r="H40" s="23">
         <v>1.04</v>
       </c>
       <c r="I40" s="23">
         <v>1.01</v>
       </c>
       <c r="J40" s="23">
@@ -3943,52 +4037,55 @@
       </c>
       <c r="Z40" s="23">
         <v>0.95</v>
       </c>
       <c r="AA40" s="23">
         <v>0.98</v>
       </c>
       <c r="AB40" s="23">
         <v>1.03</v>
       </c>
       <c r="AC40" s="23">
         <v>1.05</v>
       </c>
       <c r="AD40" s="23">
         <v>1.04</v>
       </c>
       <c r="AE40" s="23">
         <v>1.01</v>
       </c>
       <c r="AF40" s="23">
         <v>1.03</v>
       </c>
       <c r="AG40" s="23">
         <v>1.05</v>
       </c>
-    </row>
-    <row r="41" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH40" s="23">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="41" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B41" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="23">
         <v>2.3199999999999998</v>
       </c>
       <c r="D41" s="23">
         <v>2.2599999999999998</v>
       </c>
       <c r="E41" s="23">
         <v>2.25</v>
       </c>
       <c r="F41" s="23">
         <v>2.33</v>
       </c>
       <c r="G41" s="23">
         <v>2.21</v>
       </c>
       <c r="H41" s="23">
         <v>1.96</v>
       </c>
       <c r="I41" s="23">
         <v>2.1800000000000002</v>
       </c>
       <c r="J41" s="23">
@@ -4041,52 +4138,55 @@
       </c>
       <c r="Z41" s="23">
         <v>1.33</v>
       </c>
       <c r="AA41" s="23">
         <v>1.23</v>
       </c>
       <c r="AB41" s="23">
         <v>1.25</v>
       </c>
       <c r="AC41" s="23">
         <v>1.25</v>
       </c>
       <c r="AD41" s="23">
         <v>1.26</v>
       </c>
       <c r="AE41" s="23">
         <v>2.82</v>
       </c>
       <c r="AF41" s="23">
         <v>2.5099999999999998</v>
       </c>
       <c r="AG41" s="23">
         <v>2.66</v>
       </c>
-    </row>
-    <row r="42" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH41" s="23">
+        <v>2.44</v>
+      </c>
+    </row>
+    <row r="42" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B42" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C42" s="23">
         <v>1.36</v>
       </c>
       <c r="D42" s="23">
         <v>1.36</v>
       </c>
       <c r="E42" s="23">
         <v>1.37</v>
       </c>
       <c r="F42" s="23">
         <v>1.33</v>
       </c>
       <c r="G42" s="23">
         <v>1.34</v>
       </c>
       <c r="H42" s="23">
         <v>1.4</v>
       </c>
       <c r="I42" s="23">
         <v>1.44</v>
       </c>
       <c r="J42" s="23">
@@ -4139,52 +4239,55 @@
       </c>
       <c r="Z42" s="23">
         <v>1.3</v>
       </c>
       <c r="AA42" s="23">
         <v>1.29</v>
       </c>
       <c r="AB42" s="23">
         <v>1.24</v>
       </c>
       <c r="AC42" s="23">
         <v>1.19</v>
       </c>
       <c r="AD42" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="AE42" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="AF42" s="23">
         <v>1.17</v>
       </c>
       <c r="AG42" s="23">
         <v>1.21</v>
       </c>
-    </row>
-    <row r="43" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH42" s="23">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="43" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B43" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C43" s="23">
         <v>0.43</v>
       </c>
       <c r="D43" s="23">
         <v>0.44</v>
       </c>
       <c r="E43" s="23">
         <v>0.48</v>
       </c>
       <c r="F43" s="23">
         <v>0.51</v>
       </c>
       <c r="G43" s="23">
         <v>0.54</v>
       </c>
       <c r="H43" s="23">
         <v>0.57999999999999996</v>
       </c>
       <c r="I43" s="23">
         <v>0.56999999999999995</v>
       </c>
       <c r="J43" s="23">
@@ -4237,52 +4340,55 @@
       </c>
       <c r="Z43" s="23">
         <v>0.66</v>
       </c>
       <c r="AA43" s="23">
         <v>0.69</v>
       </c>
       <c r="AB43" s="23">
         <v>0.68</v>
       </c>
       <c r="AC43" s="23">
         <v>0.66</v>
       </c>
       <c r="AD43" s="23">
         <v>0.67</v>
       </c>
       <c r="AE43" s="23">
         <v>0.65</v>
       </c>
       <c r="AF43" s="23">
         <v>0.78</v>
       </c>
       <c r="AG43" s="23">
         <v>0.76</v>
       </c>
-    </row>
-    <row r="44" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH43" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="44" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B44" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C44" s="23">
         <v>1.76</v>
       </c>
       <c r="D44" s="23">
         <v>1.78</v>
       </c>
       <c r="E44" s="23">
         <v>1.82</v>
       </c>
       <c r="F44" s="23">
         <v>1.81</v>
       </c>
       <c r="G44" s="23">
         <v>1.79</v>
       </c>
       <c r="H44" s="23">
         <v>1.85</v>
       </c>
       <c r="I44" s="23">
         <v>1.9</v>
       </c>
       <c r="J44" s="23">
@@ -4335,52 +4441,55 @@
       </c>
       <c r="Z44" s="23">
         <v>1.38</v>
       </c>
       <c r="AA44" s="23">
         <v>1.37</v>
       </c>
       <c r="AB44" s="23">
         <v>1.31</v>
       </c>
       <c r="AC44" s="23">
         <v>1.29</v>
       </c>
       <c r="AD44" s="23">
         <v>1.25</v>
       </c>
       <c r="AE44" s="23">
         <v>1.18</v>
       </c>
       <c r="AF44" s="23">
         <v>1.17</v>
       </c>
       <c r="AG44" s="23">
         <v>1.21</v>
       </c>
-    </row>
-    <row r="45" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH44" s="23">
+        <v>1.1499999999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B45" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C45" s="23">
         <v>6.58</v>
       </c>
       <c r="D45" s="23">
         <v>6.37</v>
       </c>
       <c r="E45" s="23">
         <v>6.32</v>
       </c>
       <c r="F45" s="23">
         <v>6.42</v>
       </c>
       <c r="G45" s="23">
         <v>6.32</v>
       </c>
       <c r="H45" s="23">
         <v>6.18</v>
       </c>
       <c r="I45" s="23">
         <v>6.02</v>
       </c>
       <c r="J45" s="23">
@@ -4433,52 +4542,55 @@
       </c>
       <c r="Z45" s="23">
         <v>3.6</v>
       </c>
       <c r="AA45" s="23">
         <v>3.54</v>
       </c>
       <c r="AB45" s="23">
         <v>3.6</v>
       </c>
       <c r="AC45" s="23">
         <v>3.33</v>
       </c>
       <c r="AD45" s="23">
         <v>3.34</v>
       </c>
       <c r="AE45" s="23">
         <v>3</v>
       </c>
       <c r="AF45" s="23">
         <v>2.96</v>
       </c>
       <c r="AG45" s="23">
         <v>2.91</v>
       </c>
-    </row>
-    <row r="46" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH45" s="23">
+        <v>2.96</v>
+      </c>
+    </row>
+    <row r="46" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B46" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="23">
         <v>0.9</v>
       </c>
       <c r="D46" s="23">
         <v>0.92</v>
       </c>
       <c r="E46" s="23">
         <v>0.95</v>
       </c>
       <c r="F46" s="23">
         <v>0.93</v>
       </c>
       <c r="G46" s="23">
         <v>0.9</v>
       </c>
       <c r="H46" s="23">
         <v>0.97</v>
       </c>
       <c r="I46" s="23">
         <v>1.01</v>
       </c>
       <c r="J46" s="23">
@@ -4531,52 +4643,55 @@
       </c>
       <c r="Z46" s="23">
         <v>0.84</v>
       </c>
       <c r="AA46" s="23">
         <v>0.78</v>
       </c>
       <c r="AB46" s="23">
         <v>0.67</v>
       </c>
       <c r="AC46" s="23">
         <v>0.71</v>
       </c>
       <c r="AD46" s="23">
         <v>0.63</v>
       </c>
       <c r="AE46" s="23">
         <v>0.59</v>
       </c>
       <c r="AF46" s="23">
         <v>0.62</v>
       </c>
       <c r="AG46" s="23">
         <v>0.62</v>
       </c>
-    </row>
-    <row r="47" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH46" s="23">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="47" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B47" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="23">
         <v>7.62</v>
       </c>
       <c r="D47" s="23">
         <v>7.87</v>
       </c>
       <c r="E47" s="23">
         <v>7.84</v>
       </c>
       <c r="F47" s="23">
         <v>8.07</v>
       </c>
       <c r="G47" s="23">
         <v>8.3699999999999992</v>
       </c>
       <c r="H47" s="23">
         <v>8.6199999999999992</v>
       </c>
       <c r="I47" s="23">
         <v>8.4700000000000006</v>
       </c>
       <c r="J47" s="23">
@@ -4629,52 +4744,55 @@
       </c>
       <c r="Z47" s="23">
         <v>7.5</v>
       </c>
       <c r="AA47" s="23">
         <v>7.94</v>
       </c>
       <c r="AB47" s="23">
         <v>7.99</v>
       </c>
       <c r="AC47" s="23">
         <v>7.74</v>
       </c>
       <c r="AD47" s="23">
         <v>7.9</v>
       </c>
       <c r="AE47" s="23">
         <v>8.16</v>
       </c>
       <c r="AF47" s="23">
         <v>7.99</v>
       </c>
       <c r="AG47" s="23">
         <v>7.48</v>
       </c>
-    </row>
-    <row r="48" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH47" s="23">
+        <v>7.76</v>
+      </c>
+    </row>
+    <row r="48" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="23">
         <v>1.28</v>
       </c>
       <c r="D48" s="23">
         <v>1.06</v>
       </c>
       <c r="E48" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="F48" s="23">
         <v>1.08</v>
       </c>
       <c r="G48" s="23">
         <v>1.04</v>
       </c>
       <c r="H48" s="23">
         <v>1</v>
       </c>
       <c r="I48" s="23">
         <v>1.04</v>
       </c>
       <c r="J48" s="23">
@@ -4727,52 +4845,55 @@
       </c>
       <c r="Z48" s="23">
         <v>1.04</v>
       </c>
       <c r="AA48" s="23">
         <v>1.04</v>
       </c>
       <c r="AB48" s="23">
         <v>1</v>
       </c>
       <c r="AC48" s="23">
         <v>1.02</v>
       </c>
       <c r="AD48" s="23">
         <v>0.97</v>
       </c>
       <c r="AE48" s="23">
         <v>0.98</v>
       </c>
       <c r="AF48" s="23">
         <v>0.88</v>
       </c>
       <c r="AG48" s="23">
         <v>0.87</v>
       </c>
-    </row>
-    <row r="49" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH48" s="23">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="49" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B49" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="23">
         <v>9.76</v>
       </c>
       <c r="D49" s="23">
         <v>9.91</v>
       </c>
       <c r="E49" s="23">
         <v>9.9700000000000006</v>
       </c>
       <c r="F49" s="23">
         <v>10.07</v>
       </c>
       <c r="G49" s="23">
         <v>10.45</v>
       </c>
       <c r="H49" s="23">
         <v>10.49</v>
       </c>
       <c r="I49" s="23">
         <v>10.050000000000001</v>
       </c>
       <c r="J49" s="23">
@@ -4825,52 +4946,55 @@
       </c>
       <c r="Z49" s="23">
         <v>7.97</v>
       </c>
       <c r="AA49" s="23">
         <v>8.09</v>
       </c>
       <c r="AB49" s="23">
         <v>8.11</v>
       </c>
       <c r="AC49" s="23">
         <v>7.61</v>
       </c>
       <c r="AD49" s="23">
         <v>7.77</v>
       </c>
       <c r="AE49" s="23">
         <v>7.85</v>
       </c>
       <c r="AF49" s="23">
         <v>8.14</v>
       </c>
       <c r="AG49" s="23">
         <v>7.43</v>
       </c>
-    </row>
-    <row r="50" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH49" s="23">
+        <v>7.66</v>
+      </c>
+    </row>
+    <row r="50" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B50" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="23">
         <v>1.92</v>
       </c>
       <c r="D50" s="23">
         <v>1.94</v>
       </c>
       <c r="E50" s="23">
         <v>1.84</v>
       </c>
       <c r="F50" s="23">
         <v>1.87</v>
       </c>
       <c r="G50" s="23">
         <v>1.91</v>
       </c>
       <c r="H50" s="23">
         <v>1.9</v>
       </c>
       <c r="I50" s="23">
         <v>1.79</v>
       </c>
       <c r="J50" s="23">
@@ -4923,52 +5047,55 @@
       </c>
       <c r="Z50" s="23">
         <v>1.43</v>
       </c>
       <c r="AA50" s="23">
         <v>1.5</v>
       </c>
       <c r="AB50" s="23">
         <v>1.55</v>
       </c>
       <c r="AC50" s="23">
         <v>1.41</v>
       </c>
       <c r="AD50" s="23">
         <v>1.35</v>
       </c>
       <c r="AE50" s="23">
         <v>1.34</v>
       </c>
       <c r="AF50" s="23">
         <v>1.31</v>
       </c>
       <c r="AG50" s="23">
         <v>1.1499999999999999</v>
       </c>
-    </row>
-    <row r="51" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH50" s="23">
+        <v>1.22</v>
+      </c>
+    </row>
+    <row r="51" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B51" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="23">
         <v>3.37</v>
       </c>
       <c r="D51" s="23">
         <v>3.27</v>
       </c>
       <c r="E51" s="23">
         <v>3.21</v>
       </c>
       <c r="F51" s="23">
         <v>3.29</v>
       </c>
       <c r="G51" s="23">
         <v>3.24</v>
       </c>
       <c r="H51" s="23">
         <v>3.08</v>
       </c>
       <c r="I51" s="23">
         <v>3.25</v>
       </c>
       <c r="J51" s="23">
@@ -5021,52 +5148,55 @@
       </c>
       <c r="Z51" s="23">
         <v>2.57</v>
       </c>
       <c r="AA51" s="23">
         <v>2.5499999999999998</v>
       </c>
       <c r="AB51" s="23">
         <v>2.44</v>
       </c>
       <c r="AC51" s="23">
         <v>2.48</v>
       </c>
       <c r="AD51" s="23">
         <v>2.34</v>
       </c>
       <c r="AE51" s="23">
         <v>2.25</v>
       </c>
       <c r="AF51" s="23">
         <v>2.25</v>
       </c>
       <c r="AG51" s="23">
         <v>2.25</v>
       </c>
-    </row>
-    <row r="52" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH51" s="23">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="52" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="23">
         <v>1.29</v>
       </c>
       <c r="D52" s="23">
         <v>1.22</v>
       </c>
       <c r="E52" s="23">
         <v>1.21</v>
       </c>
       <c r="F52" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="G52" s="23">
         <v>1.0900000000000001</v>
       </c>
       <c r="H52" s="23">
         <v>0.94</v>
       </c>
       <c r="I52" s="23">
         <v>1.01</v>
       </c>
       <c r="J52" s="23">
@@ -5119,52 +5249,55 @@
       </c>
       <c r="Z52" s="23">
         <v>0.72</v>
       </c>
       <c r="AA52" s="23">
         <v>0.7</v>
       </c>
       <c r="AB52" s="23">
         <v>0.67</v>
       </c>
       <c r="AC52" s="23">
         <v>0.73</v>
       </c>
       <c r="AD52" s="23">
         <v>0.69</v>
       </c>
       <c r="AE52" s="23">
         <v>0.62</v>
       </c>
       <c r="AF52" s="23">
         <v>0.57999999999999996</v>
       </c>
       <c r="AG52" s="23">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="53" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH52" s="23">
+        <v>0.56000000000000005</v>
+      </c>
+    </row>
+    <row r="53" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="23">
         <v>1.99</v>
       </c>
       <c r="D53" s="23">
         <v>1.92</v>
       </c>
       <c r="E53" s="23">
         <v>1.98</v>
       </c>
       <c r="F53" s="23">
         <v>2.0499999999999998</v>
       </c>
       <c r="G53" s="23">
         <v>1.99</v>
       </c>
       <c r="H53" s="23">
         <v>1.89</v>
       </c>
       <c r="I53" s="23">
         <v>1.88</v>
       </c>
       <c r="J53" s="23">
@@ -5217,52 +5350,55 @@
       </c>
       <c r="Z53" s="23">
         <v>1.8</v>
       </c>
       <c r="AA53" s="23">
         <v>1.4</v>
       </c>
       <c r="AB53" s="23">
         <v>1.21</v>
       </c>
       <c r="AC53" s="23">
         <v>1.81</v>
       </c>
       <c r="AD53" s="23">
         <v>1.89</v>
       </c>
       <c r="AE53" s="23">
         <v>1.54</v>
       </c>
       <c r="AF53" s="23">
         <v>1.47</v>
       </c>
       <c r="AG53" s="23">
         <v>1.85</v>
       </c>
-    </row>
-    <row r="54" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH53" s="23">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="54" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C54" s="23">
         <v>4.2</v>
       </c>
       <c r="D54" s="23">
         <v>4.47</v>
       </c>
       <c r="E54" s="23">
         <v>4.37</v>
       </c>
       <c r="F54" s="23">
         <v>4.7</v>
       </c>
       <c r="G54" s="23">
         <v>4.3600000000000003</v>
       </c>
       <c r="H54" s="23">
         <v>4.38</v>
       </c>
       <c r="I54" s="23">
         <v>4.28</v>
       </c>
       <c r="J54" s="23">
@@ -5315,52 +5451,55 @@
       </c>
       <c r="Z54" s="23">
         <v>4.53</v>
       </c>
       <c r="AA54" s="23">
         <v>4.75</v>
       </c>
       <c r="AB54" s="23">
         <v>4.75</v>
       </c>
       <c r="AC54" s="23">
         <v>4.8499999999999996</v>
       </c>
       <c r="AD54" s="23">
         <v>4.9400000000000004</v>
       </c>
       <c r="AE54" s="23">
         <v>4.91</v>
       </c>
       <c r="AF54" s="23">
         <v>4.8600000000000003</v>
       </c>
       <c r="AG54" s="23">
         <v>4.95</v>
       </c>
-    </row>
-    <row r="55" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH54" s="23">
+        <v>4.76</v>
+      </c>
+    </row>
+    <row r="55" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="23">
         <v>4.95</v>
       </c>
       <c r="D55" s="23">
         <v>4.8899999999999997</v>
       </c>
       <c r="E55" s="23">
         <v>5.32</v>
       </c>
       <c r="F55" s="23">
         <v>5.4</v>
       </c>
       <c r="G55" s="23">
         <v>5.47</v>
       </c>
       <c r="H55" s="23">
         <v>5.65</v>
       </c>
       <c r="I55" s="23">
         <v>6.61</v>
       </c>
       <c r="J55" s="23">
@@ -5413,52 +5552,55 @@
       </c>
       <c r="Z55" s="23">
         <v>5.68</v>
       </c>
       <c r="AA55" s="23">
         <v>5.98</v>
       </c>
       <c r="AB55" s="23">
         <v>5.94</v>
       </c>
       <c r="AC55" s="23">
         <v>5.99</v>
       </c>
       <c r="AD55" s="23">
         <v>5.76</v>
       </c>
       <c r="AE55" s="23">
         <v>5.5</v>
       </c>
       <c r="AF55" s="23">
         <v>5.61</v>
       </c>
       <c r="AG55" s="23">
         <v>5.7</v>
       </c>
-    </row>
-    <row r="56" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH55" s="23">
+        <v>5.69</v>
+      </c>
+    </row>
+    <row r="56" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B56" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C56" s="25">
         <v>2.12</v>
       </c>
       <c r="D56" s="25">
         <v>2.0499999999999998</v>
       </c>
       <c r="E56" s="25">
         <v>1.96</v>
       </c>
       <c r="F56" s="25">
         <v>2.1</v>
       </c>
       <c r="G56" s="25">
         <v>2.09</v>
       </c>
       <c r="H56" s="25">
         <v>2.11</v>
       </c>
       <c r="I56" s="25">
         <v>1.9</v>
       </c>
       <c r="J56" s="25">
@@ -5511,85 +5653,89 @@
       </c>
       <c r="Z56" s="25">
         <v>2.78</v>
       </c>
       <c r="AA56" s="25">
         <v>3.03</v>
       </c>
       <c r="AB56" s="25">
         <v>3.09</v>
       </c>
       <c r="AC56" s="25">
         <v>2.76</v>
       </c>
       <c r="AD56" s="25">
         <v>3.05</v>
       </c>
       <c r="AE56" s="25">
         <v>2.83</v>
       </c>
       <c r="AF56" s="25">
         <v>3.04</v>
       </c>
       <c r="AG56" s="25">
         <v>2.96</v>
       </c>
-    </row>
-    <row r="57" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH56" s="25">
+        <v>3.17</v>
+      </c>
+    </row>
+    <row r="57" spans="2:34" x14ac:dyDescent="0.2">
       <c r="C57" s="23"/>
       <c r="D57" s="23"/>
       <c r="E57" s="23"/>
       <c r="F57" s="23"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
       <c r="T57" s="23"/>
       <c r="U57" s="30"/>
       <c r="V57" s="30"/>
       <c r="W57" s="30"/>
       <c r="X57" s="30"/>
       <c r="Y57" s="30"/>
       <c r="Z57" s="30"/>
       <c r="AA57" s="30"/>
       <c r="AB57" s="30"/>
       <c r="AC57" s="30"/>
       <c r="AD57" s="30"/>
       <c r="AE57" s="30"/>
       <c r="AF57" s="30"/>
       <c r="AG57" s="30"/>
-    </row>
-    <row r="58" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH57" s="30"/>
+    </row>
+    <row r="58" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B58" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C58" s="24">
         <v>100</v>
       </c>
       <c r="D58" s="24">
         <v>100</v>
       </c>
       <c r="E58" s="24">
         <v>100</v>
       </c>
       <c r="F58" s="24">
         <v>100</v>
       </c>
       <c r="G58" s="24">
         <v>100</v>
       </c>
       <c r="H58" s="24">
         <v>100</v>
       </c>
       <c r="I58" s="24">
         <v>100</v>
       </c>
       <c r="J58" s="24">
@@ -5642,52 +5788,55 @@
       </c>
       <c r="Z58" s="24">
         <v>100</v>
       </c>
       <c r="AA58" s="24">
         <v>100</v>
       </c>
       <c r="AB58" s="24">
         <v>100</v>
       </c>
       <c r="AC58" s="24">
         <v>100</v>
       </c>
       <c r="AD58" s="24">
         <v>100</v>
       </c>
       <c r="AE58" s="24">
         <v>100</v>
       </c>
       <c r="AF58" s="24">
         <v>100</v>
       </c>
       <c r="AG58" s="24">
         <v>100</v>
       </c>
-    </row>
-    <row r="59" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH58" s="24">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="59" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B59" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="23">
         <v>1.97</v>
       </c>
       <c r="D59" s="23">
         <v>1.99</v>
       </c>
       <c r="E59" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="F59" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="G59" s="23">
         <v>2</v>
       </c>
       <c r="H59" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="I59" s="23">
         <v>2.04</v>
       </c>
       <c r="J59" s="23">
@@ -5740,52 +5889,55 @@
       </c>
       <c r="Z59" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="AA59" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="AB59" s="23">
         <v>2.02</v>
       </c>
       <c r="AC59" s="23">
         <v>2.0299999999999998</v>
       </c>
       <c r="AD59" s="23">
         <v>2.0299999999999998</v>
       </c>
       <c r="AE59" s="23">
         <v>2.0299999999999998</v>
       </c>
       <c r="AF59" s="23">
         <v>2.0299999999999998</v>
       </c>
       <c r="AG59" s="23">
         <v>2.0299999999999998</v>
       </c>
-    </row>
-    <row r="60" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH59" s="23">
+        <v>1.98</v>
+      </c>
+    </row>
+    <row r="60" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="23">
         <v>2.41</v>
       </c>
       <c r="D60" s="23">
         <v>2.41</v>
       </c>
       <c r="E60" s="23">
         <v>2.4</v>
       </c>
       <c r="F60" s="23">
         <v>2.4</v>
       </c>
       <c r="G60" s="23">
         <v>2.39</v>
       </c>
       <c r="H60" s="23">
         <v>2.4</v>
       </c>
       <c r="I60" s="23">
         <v>2.41</v>
       </c>
       <c r="J60" s="23">
@@ -5838,52 +5990,55 @@
       </c>
       <c r="Z60" s="23">
         <v>2.37</v>
       </c>
       <c r="AA60" s="23">
         <v>2.36</v>
       </c>
       <c r="AB60" s="23">
         <v>2.36</v>
       </c>
       <c r="AC60" s="23">
         <v>2.37</v>
       </c>
       <c r="AD60" s="23">
         <v>2.36</v>
       </c>
       <c r="AE60" s="23">
         <v>2.35</v>
       </c>
       <c r="AF60" s="23">
         <v>2.35</v>
       </c>
       <c r="AG60" s="23">
         <v>2.37</v>
       </c>
-    </row>
-    <row r="61" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH60" s="23">
+        <v>2.35</v>
+      </c>
+    </row>
+    <row r="61" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B61" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="23">
         <v>3.61</v>
       </c>
       <c r="D61" s="23">
         <v>3.61</v>
       </c>
       <c r="E61" s="23">
         <v>3.57</v>
       </c>
       <c r="F61" s="23">
         <v>3.57</v>
       </c>
       <c r="G61" s="23">
         <v>3.62</v>
       </c>
       <c r="H61" s="23">
         <v>3.61</v>
       </c>
       <c r="I61" s="23">
         <v>3.58</v>
       </c>
       <c r="J61" s="23">
@@ -5936,52 +6091,55 @@
       </c>
       <c r="Z61" s="23">
         <v>3.28</v>
       </c>
       <c r="AA61" s="23">
         <v>3.29</v>
       </c>
       <c r="AB61" s="23">
         <v>3.26</v>
       </c>
       <c r="AC61" s="23">
         <v>3.22</v>
       </c>
       <c r="AD61" s="23">
         <v>3.2</v>
       </c>
       <c r="AE61" s="23">
         <v>3.21</v>
       </c>
       <c r="AF61" s="23">
         <v>3.18</v>
       </c>
       <c r="AG61" s="23">
         <v>3.12</v>
       </c>
-    </row>
-    <row r="62" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH61" s="23">
+        <v>3.13</v>
+      </c>
+    </row>
+    <row r="62" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C62" s="23">
         <v>26.05</v>
       </c>
       <c r="D62" s="23">
         <v>25.95</v>
       </c>
       <c r="E62" s="23">
         <v>25.84</v>
       </c>
       <c r="F62" s="23">
         <v>25.67</v>
       </c>
       <c r="G62" s="23">
         <v>25.51</v>
       </c>
       <c r="H62" s="23">
         <v>25.44</v>
       </c>
       <c r="I62" s="23">
         <v>25.4</v>
       </c>
       <c r="J62" s="23">
@@ -6034,52 +6192,55 @@
       </c>
       <c r="Z62" s="23">
         <v>26.19</v>
       </c>
       <c r="AA62" s="23">
         <v>26.07</v>
       </c>
       <c r="AB62" s="23">
         <v>26.08</v>
       </c>
       <c r="AC62" s="23">
         <v>26.1</v>
       </c>
       <c r="AD62" s="23">
         <v>26.13</v>
       </c>
       <c r="AE62" s="23">
         <v>26.04</v>
       </c>
       <c r="AF62" s="23">
         <v>26.21</v>
       </c>
       <c r="AG62" s="23">
         <v>26.33</v>
       </c>
-    </row>
-    <row r="63" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH62" s="23">
+        <v>26.45</v>
+      </c>
+    </row>
+    <row r="63" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B63" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="23">
         <v>6</v>
       </c>
       <c r="D63" s="23">
         <v>6.01</v>
       </c>
       <c r="E63" s="23">
         <v>5.93</v>
       </c>
       <c r="F63" s="23">
         <v>5.95</v>
       </c>
       <c r="G63" s="23">
         <v>5.98</v>
       </c>
       <c r="H63" s="23">
         <v>6</v>
       </c>
       <c r="I63" s="23">
         <v>5.91</v>
       </c>
       <c r="J63" s="23">
@@ -6132,52 +6293,55 @@
       </c>
       <c r="Z63" s="23">
         <v>5.58</v>
       </c>
       <c r="AA63" s="23">
         <v>5.58</v>
       </c>
       <c r="AB63" s="23">
         <v>5.54</v>
       </c>
       <c r="AC63" s="23">
         <v>5.47</v>
       </c>
       <c r="AD63" s="23">
         <v>5.49</v>
       </c>
       <c r="AE63" s="23">
         <v>5.51</v>
       </c>
       <c r="AF63" s="23">
         <v>5.46</v>
       </c>
       <c r="AG63" s="23">
         <v>5.41</v>
       </c>
-    </row>
-    <row r="64" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH63" s="23">
+        <v>5.47</v>
+      </c>
+    </row>
+    <row r="64" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="23">
         <v>2.31</v>
       </c>
       <c r="D64" s="23">
         <v>2.31</v>
       </c>
       <c r="E64" s="23">
         <v>2.33</v>
       </c>
       <c r="F64" s="23">
         <v>2.31</v>
       </c>
       <c r="G64" s="23">
         <v>2.31</v>
       </c>
       <c r="H64" s="23">
         <v>2.3199999999999998</v>
       </c>
       <c r="I64" s="23">
         <v>2.33</v>
       </c>
       <c r="J64" s="23">
@@ -6230,52 +6394,55 @@
       </c>
       <c r="Z64" s="23">
         <v>2.2799999999999998</v>
       </c>
       <c r="AA64" s="23">
         <v>2.27</v>
       </c>
       <c r="AB64" s="23">
         <v>2.27</v>
       </c>
       <c r="AC64" s="23">
         <v>2.2799999999999998</v>
       </c>
       <c r="AD64" s="23">
         <v>2.25</v>
       </c>
       <c r="AE64" s="23">
         <v>2.25</v>
       </c>
       <c r="AF64" s="23">
         <v>2.2400000000000002</v>
       </c>
       <c r="AG64" s="23">
         <v>2.25</v>
       </c>
-    </row>
-    <row r="65" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH64" s="23">
+        <v>2.2400000000000002</v>
+      </c>
+    </row>
+    <row r="65" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B65" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="23">
         <v>2.0699999999999998</v>
       </c>
       <c r="D65" s="23">
         <v>2.0699999999999998</v>
       </c>
       <c r="E65" s="23">
         <v>2.1</v>
       </c>
       <c r="F65" s="23">
         <v>2.1</v>
       </c>
       <c r="G65" s="23">
         <v>2.11</v>
       </c>
       <c r="H65" s="23">
         <v>2.12</v>
       </c>
       <c r="I65" s="23">
         <v>2.13</v>
       </c>
       <c r="J65" s="23">
@@ -6328,52 +6495,55 @@
       </c>
       <c r="Z65" s="23">
         <v>2.13</v>
       </c>
       <c r="AA65" s="23">
         <v>2.13</v>
       </c>
       <c r="AB65" s="23">
         <v>2.13</v>
       </c>
       <c r="AC65" s="23">
         <v>2.14</v>
       </c>
       <c r="AD65" s="23">
         <v>2.14</v>
       </c>
       <c r="AE65" s="23">
         <v>2.14</v>
       </c>
       <c r="AF65" s="23">
         <v>2.13</v>
       </c>
       <c r="AG65" s="23">
         <v>2.13</v>
       </c>
-    </row>
-    <row r="66" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH65" s="23">
+        <v>1.96</v>
+      </c>
+    </row>
+    <row r="66" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C66" s="23">
         <v>2.67</v>
       </c>
       <c r="D66" s="23">
         <v>2.66</v>
       </c>
       <c r="E66" s="23">
         <v>2.71</v>
       </c>
       <c r="F66" s="23">
         <v>2.68</v>
       </c>
       <c r="G66" s="23">
         <v>2.71</v>
       </c>
       <c r="H66" s="23">
         <v>2.74</v>
       </c>
       <c r="I66" s="23">
         <v>2.74</v>
       </c>
       <c r="J66" s="23">
@@ -6426,52 +6596,55 @@
       </c>
       <c r="Z66" s="23">
         <v>2.75</v>
       </c>
       <c r="AA66" s="23">
         <v>2.75</v>
       </c>
       <c r="AB66" s="23">
         <v>2.77</v>
       </c>
       <c r="AC66" s="23">
         <v>2.78</v>
       </c>
       <c r="AD66" s="23">
         <v>2.76</v>
       </c>
       <c r="AE66" s="23">
         <v>2.75</v>
       </c>
       <c r="AF66" s="23">
         <v>2.74</v>
       </c>
       <c r="AG66" s="23">
         <v>2.75</v>
       </c>
-    </row>
-    <row r="67" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH66" s="23">
+        <v>2.76</v>
+      </c>
+    </row>
+    <row r="67" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B67" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C67" s="23">
         <v>1.02</v>
       </c>
       <c r="D67" s="23">
         <v>1.02</v>
       </c>
       <c r="E67" s="23">
         <v>1.01</v>
       </c>
       <c r="F67" s="23">
         <v>1.01</v>
       </c>
       <c r="G67" s="23">
         <v>1.01</v>
       </c>
       <c r="H67" s="23">
         <v>1.01</v>
       </c>
       <c r="I67" s="23">
         <v>1</v>
       </c>
       <c r="J67" s="23">
@@ -6524,52 +6697,55 @@
       </c>
       <c r="Z67" s="23">
         <v>0.88</v>
       </c>
       <c r="AA67" s="23">
         <v>0.88</v>
       </c>
       <c r="AB67" s="23">
         <v>0.87</v>
       </c>
       <c r="AC67" s="23">
         <v>0.87</v>
       </c>
       <c r="AD67" s="23">
         <v>0.86</v>
       </c>
       <c r="AE67" s="23">
         <v>0.87</v>
       </c>
       <c r="AF67" s="23">
         <v>0.87</v>
       </c>
       <c r="AG67" s="23">
         <v>0.86</v>
       </c>
-    </row>
-    <row r="68" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH67" s="23">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="68" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C68" s="23">
         <v>2.2400000000000002</v>
       </c>
       <c r="D68" s="23">
         <v>2.25</v>
       </c>
       <c r="E68" s="23">
         <v>2.29</v>
       </c>
       <c r="F68" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="G68" s="23">
         <v>2.29</v>
       </c>
       <c r="H68" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="I68" s="23">
         <v>2.3199999999999998</v>
       </c>
       <c r="J68" s="23">
@@ -6622,52 +6798,55 @@
       </c>
       <c r="Z68" s="23">
         <v>2.44</v>
       </c>
       <c r="AA68" s="23">
         <v>2.4300000000000002</v>
       </c>
       <c r="AB68" s="23">
         <v>2.42</v>
       </c>
       <c r="AC68" s="23">
         <v>2.4300000000000002</v>
       </c>
       <c r="AD68" s="23">
         <v>2.41</v>
       </c>
       <c r="AE68" s="23">
         <v>2.38</v>
       </c>
       <c r="AF68" s="23">
         <v>2.34</v>
       </c>
       <c r="AG68" s="23">
         <v>2.3199999999999998</v>
       </c>
-    </row>
-    <row r="69" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH68" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+    </row>
+    <row r="69" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B69" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C69" s="23">
         <v>5.99</v>
       </c>
       <c r="D69" s="23">
         <v>5.97</v>
       </c>
       <c r="E69" s="23">
         <v>6</v>
       </c>
       <c r="F69" s="23">
         <v>5.98</v>
       </c>
       <c r="G69" s="23">
         <v>5.95</v>
       </c>
       <c r="H69" s="23">
         <v>5.94</v>
       </c>
       <c r="I69" s="23">
         <v>5.97</v>
       </c>
       <c r="J69" s="23">
@@ -6720,52 +6899,55 @@
       </c>
       <c r="Z69" s="23">
         <v>5.71</v>
       </c>
       <c r="AA69" s="23">
         <v>5.68</v>
       </c>
       <c r="AB69" s="23">
         <v>5.67</v>
       </c>
       <c r="AC69" s="23">
         <v>5.68</v>
       </c>
       <c r="AD69" s="23">
         <v>5.65</v>
       </c>
       <c r="AE69" s="23">
         <v>5.62</v>
       </c>
       <c r="AF69" s="23">
         <v>5.63</v>
       </c>
       <c r="AG69" s="23">
         <v>5.63</v>
       </c>
-    </row>
-    <row r="70" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH69" s="23">
+        <v>5.57</v>
+      </c>
+    </row>
+    <row r="70" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="D70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="E70" s="23">
         <v>1.1599999999999999</v>
       </c>
       <c r="F70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="G70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="H70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="I70" s="23">
         <v>1.1499999999999999</v>
       </c>
       <c r="J70" s="23">
@@ -6818,52 +7000,55 @@
       </c>
       <c r="Z70" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="AA70" s="23">
         <v>1.1299999999999999</v>
       </c>
       <c r="AB70" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="AC70" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="AD70" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="AE70" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="AF70" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="AG70" s="23">
         <v>1.1200000000000001</v>
       </c>
-    </row>
-    <row r="71" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH70" s="23">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="71" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B71" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="23">
         <v>7.97</v>
       </c>
       <c r="D71" s="23">
         <v>7.95</v>
       </c>
       <c r="E71" s="23">
         <v>7.94</v>
       </c>
       <c r="F71" s="23">
         <v>7.97</v>
       </c>
       <c r="G71" s="23">
         <v>7.97</v>
       </c>
       <c r="H71" s="23">
         <v>7.98</v>
       </c>
       <c r="I71" s="23">
         <v>7.95</v>
       </c>
       <c r="J71" s="23">
@@ -6916,52 +7101,55 @@
       </c>
       <c r="Z71" s="23">
         <v>7.49</v>
       </c>
       <c r="AA71" s="23">
         <v>7.48</v>
       </c>
       <c r="AB71" s="23">
         <v>7.44</v>
       </c>
       <c r="AC71" s="23">
         <v>7.4</v>
       </c>
       <c r="AD71" s="23">
         <v>7.45</v>
       </c>
       <c r="AE71" s="23">
         <v>7.42</v>
       </c>
       <c r="AF71" s="23">
         <v>7.39</v>
       </c>
       <c r="AG71" s="23">
         <v>7.33</v>
       </c>
-    </row>
-    <row r="72" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH71" s="23">
+        <v>7.34</v>
+      </c>
+    </row>
+    <row r="72" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B72" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C72" s="23">
         <v>3.09</v>
       </c>
       <c r="D72" s="23">
         <v>3.1</v>
       </c>
       <c r="E72" s="23">
         <v>3.11</v>
       </c>
       <c r="F72" s="23">
         <v>3.08</v>
       </c>
       <c r="G72" s="23">
         <v>3.05</v>
       </c>
       <c r="H72" s="23">
         <v>3.05</v>
       </c>
       <c r="I72" s="23">
         <v>3.07</v>
       </c>
       <c r="J72" s="23">
@@ -7014,52 +7202,55 @@
       </c>
       <c r="Z72" s="23">
         <v>2.75</v>
       </c>
       <c r="AA72" s="23">
         <v>2.73</v>
       </c>
       <c r="AB72" s="23">
         <v>2.74</v>
       </c>
       <c r="AC72" s="23">
         <v>2.76</v>
       </c>
       <c r="AD72" s="23">
         <v>2.74</v>
       </c>
       <c r="AE72" s="23">
         <v>2.73</v>
       </c>
       <c r="AF72" s="23">
         <v>2.74</v>
       </c>
       <c r="AG72" s="23">
         <v>2.74</v>
       </c>
-    </row>
-    <row r="73" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH72" s="23">
+        <v>2.72</v>
+      </c>
+    </row>
+    <row r="73" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B73" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C73" s="23">
         <v>9.52</v>
       </c>
       <c r="D73" s="23">
         <v>9.5299999999999994</v>
       </c>
       <c r="E73" s="23">
         <v>9.48</v>
       </c>
       <c r="F73" s="23">
         <v>9.5399999999999991</v>
       </c>
       <c r="G73" s="23">
         <v>9.64</v>
       </c>
       <c r="H73" s="23">
         <v>9.7100000000000009</v>
       </c>
       <c r="I73" s="23">
         <v>9.69</v>
       </c>
       <c r="J73" s="23">
@@ -7112,52 +7303,55 @@
       </c>
       <c r="Z73" s="23">
         <v>10.18</v>
       </c>
       <c r="AA73" s="23">
         <v>10.26</v>
       </c>
       <c r="AB73" s="23">
         <v>10.25</v>
       </c>
       <c r="AC73" s="23">
         <v>10.17</v>
       </c>
       <c r="AD73" s="23">
         <v>10.23</v>
       </c>
       <c r="AE73" s="23">
         <v>10.29</v>
       </c>
       <c r="AF73" s="23">
         <v>10.26</v>
       </c>
       <c r="AG73" s="23">
         <v>10.24</v>
       </c>
-    </row>
-    <row r="74" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH73" s="23">
+        <v>10.34</v>
+      </c>
+    </row>
+    <row r="74" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B74" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C74" s="23">
         <v>1.89</v>
       </c>
       <c r="D74" s="23">
         <v>1.89</v>
       </c>
       <c r="E74" s="23">
         <v>1.87</v>
       </c>
       <c r="F74" s="23">
         <v>1.87</v>
       </c>
       <c r="G74" s="23">
         <v>1.88</v>
       </c>
       <c r="H74" s="23">
         <v>1.88</v>
       </c>
       <c r="I74" s="23">
         <v>1.87</v>
       </c>
       <c r="J74" s="23">
@@ -7210,52 +7404,55 @@
       </c>
       <c r="Z74" s="23">
         <v>1.85</v>
       </c>
       <c r="AA74" s="23">
         <v>1.89</v>
       </c>
       <c r="AB74" s="23">
         <v>1.89</v>
       </c>
       <c r="AC74" s="23">
         <v>1.88</v>
       </c>
       <c r="AD74" s="23">
         <v>1.9</v>
       </c>
       <c r="AE74" s="23">
         <v>1.91</v>
       </c>
       <c r="AF74" s="23">
         <v>1.91</v>
       </c>
       <c r="AG74" s="23">
         <v>1.9</v>
       </c>
-    </row>
-    <row r="75" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH74" s="23">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="75" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B75" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C75" s="23">
         <v>3.59</v>
       </c>
       <c r="D75" s="23">
         <v>3.63</v>
       </c>
       <c r="E75" s="23">
         <v>3.68</v>
       </c>
       <c r="F75" s="23">
         <v>3.68</v>
       </c>
       <c r="G75" s="23">
         <v>3.7</v>
       </c>
       <c r="H75" s="23">
         <v>3.73</v>
       </c>
       <c r="I75" s="23">
         <v>3.76</v>
       </c>
       <c r="J75" s="23">
@@ -7308,52 +7505,55 @@
       </c>
       <c r="Z75" s="23">
         <v>3.78</v>
       </c>
       <c r="AA75" s="23">
         <v>3.76</v>
       </c>
       <c r="AB75" s="23">
         <v>3.76</v>
       </c>
       <c r="AC75" s="23">
         <v>3.78</v>
       </c>
       <c r="AD75" s="23">
         <v>3.75</v>
       </c>
       <c r="AE75" s="23">
         <v>3.74</v>
       </c>
       <c r="AF75" s="23">
         <v>3.73</v>
       </c>
       <c r="AG75" s="23">
         <v>3.72</v>
       </c>
-    </row>
-    <row r="76" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH75" s="23">
+        <v>3.67</v>
+      </c>
+    </row>
+    <row r="76" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C76" s="23">
         <v>1.24</v>
       </c>
       <c r="D76" s="23">
         <v>1.24</v>
       </c>
       <c r="E76" s="23">
         <v>1.25</v>
       </c>
       <c r="F76" s="23">
         <v>1.26</v>
       </c>
       <c r="G76" s="23">
         <v>1.27</v>
       </c>
       <c r="H76" s="23">
         <v>1.29</v>
       </c>
       <c r="I76" s="23">
         <v>1.32</v>
       </c>
       <c r="J76" s="23">
@@ -7406,52 +7606,55 @@
       </c>
       <c r="Z76" s="23">
         <v>1.25</v>
       </c>
       <c r="AA76" s="23">
         <v>1.26</v>
       </c>
       <c r="AB76" s="23">
         <v>1.27</v>
       </c>
       <c r="AC76" s="23">
         <v>1.29</v>
       </c>
       <c r="AD76" s="23">
         <v>1.28</v>
       </c>
       <c r="AE76" s="23">
         <v>1.28</v>
       </c>
       <c r="AF76" s="23">
         <v>1.28</v>
       </c>
       <c r="AG76" s="23">
         <v>1.27</v>
       </c>
-    </row>
-    <row r="77" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH76" s="23">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="77" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="23">
         <v>2.52</v>
       </c>
       <c r="D77" s="23">
         <v>2.5299999999999998</v>
       </c>
       <c r="E77" s="23">
         <v>2.5299999999999998</v>
       </c>
       <c r="F77" s="23">
         <v>2.52</v>
       </c>
       <c r="G77" s="23">
         <v>2.5099999999999998</v>
       </c>
       <c r="H77" s="23">
         <v>2.5499999999999998</v>
       </c>
       <c r="I77" s="23">
         <v>2.54</v>
       </c>
       <c r="J77" s="23">
@@ -7504,52 +7707,55 @@
       </c>
       <c r="Z77" s="23">
         <v>2.4500000000000002</v>
       </c>
       <c r="AA77" s="23">
         <v>2.46</v>
       </c>
       <c r="AB77" s="23">
         <v>2.46</v>
       </c>
       <c r="AC77" s="23">
         <v>2.4900000000000002</v>
       </c>
       <c r="AD77" s="23">
         <v>2.4700000000000002</v>
       </c>
       <c r="AE77" s="23">
         <v>2.4700000000000002</v>
       </c>
       <c r="AF77" s="23">
         <v>2.4700000000000002</v>
       </c>
       <c r="AG77" s="23">
         <v>2.4700000000000002</v>
       </c>
-    </row>
-    <row r="78" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH77" s="23">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="78" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B78" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C78" s="23">
         <v>3.94</v>
       </c>
       <c r="D78" s="23">
         <v>3.98</v>
       </c>
       <c r="E78" s="23">
         <v>3.98</v>
       </c>
       <c r="F78" s="23">
         <v>4.01</v>
       </c>
       <c r="G78" s="23">
         <v>4.05</v>
       </c>
       <c r="H78" s="23">
         <v>4.08</v>
       </c>
       <c r="I78" s="23">
         <v>4.07</v>
       </c>
       <c r="J78" s="23">
@@ -7602,52 +7808,55 @@
       </c>
       <c r="Z78" s="23">
         <v>4.57</v>
       </c>
       <c r="AA78" s="23">
         <v>4.63</v>
       </c>
       <c r="AB78" s="23">
         <v>4.6399999999999997</v>
       </c>
       <c r="AC78" s="23">
         <v>4.62</v>
       </c>
       <c r="AD78" s="23">
         <v>4.68</v>
       </c>
       <c r="AE78" s="23">
         <v>4.74</v>
       </c>
       <c r="AF78" s="23">
         <v>4.75</v>
       </c>
       <c r="AG78" s="23">
         <v>4.72</v>
       </c>
-    </row>
-    <row r="79" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH78" s="23">
+        <v>4.78</v>
+      </c>
+    </row>
+    <row r="79" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B79" s="15" t="s">
         <v>28</v>
       </c>
       <c r="C79" s="28">
         <v>8.59</v>
       </c>
       <c r="D79" s="28">
         <v>8.59</v>
       </c>
       <c r="E79" s="28">
         <v>8.64</v>
       </c>
       <c r="F79" s="28">
         <v>8.76</v>
       </c>
       <c r="G79" s="28">
         <v>8.74</v>
       </c>
       <c r="H79" s="28">
         <v>8.52</v>
       </c>
       <c r="I79" s="28">
         <v>8.57</v>
       </c>
       <c r="J79" s="28">
@@ -7700,52 +7909,55 @@
       </c>
       <c r="Z79" s="28">
         <v>8.6300000000000008</v>
       </c>
       <c r="AA79" s="28">
         <v>8.66</v>
       </c>
       <c r="AB79" s="28">
         <v>8.7100000000000009</v>
       </c>
       <c r="AC79" s="28">
         <v>8.7899999999999991</v>
       </c>
       <c r="AD79" s="28">
         <v>8.7799999999999994</v>
       </c>
       <c r="AE79" s="28">
         <v>8.82</v>
       </c>
       <c r="AF79" s="28">
         <v>8.86</v>
       </c>
       <c r="AG79" s="28">
         <v>8.9499999999999993</v>
       </c>
-    </row>
-    <row r="80" spans="2:33" x14ac:dyDescent="0.2">
+      <c r="AH79" s="28">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="80" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B80" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C80" s="26">
         <v>0.17</v>
       </c>
       <c r="D80" s="26">
         <v>0.16</v>
       </c>
       <c r="E80" s="26">
         <v>0.17</v>
       </c>
       <c r="F80" s="26">
         <v>0.16</v>
       </c>
       <c r="G80" s="26">
         <v>0.16</v>
       </c>
       <c r="H80" s="26">
         <v>0.17</v>
       </c>
       <c r="I80" s="26">
         <v>0.17</v>
       </c>
       <c r="J80" s="26">
@@ -7797,50 +8009,53 @@
         <v>0.27</v>
       </c>
       <c r="Z80" s="26">
         <v>0.28999999999999998</v>
       </c>
       <c r="AA80" s="26">
         <v>0.28999999999999998</v>
       </c>
       <c r="AB80" s="26">
         <v>0.3</v>
       </c>
       <c r="AC80" s="26">
         <v>0.31</v>
       </c>
       <c r="AD80" s="26">
         <v>0.33</v>
       </c>
       <c r="AE80" s="26">
         <v>0.34</v>
       </c>
       <c r="AF80" s="26">
         <v>0.34</v>
       </c>
       <c r="AG80" s="26">
         <v>0.34</v>
+      </c>
+      <c r="AH80" s="26">
+        <v>0.35</v>
       </c>
     </row>
     <row r="82" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B82" s="17" t="s">
         <v>32</v>
       </c>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B83" s="17" t="s">
         <v>33</v>
       </c>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>