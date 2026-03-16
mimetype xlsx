--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\263\GFS\9. Bilten i SDDS\Bilten i statistički pregled\Bilten 02.2026_objava web 01.2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{03A7319D-2DDC-4801-9A96-2008CB509359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50C58696-9E99-42E5-9D1B-2AC1FC764199}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{0CE1282D-3FD1-44EA-A0A7-058FDE3DD49A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{85541BCB-65D7-4345-A91A-C4B0A834A90D}"/>
   </bookViews>
   <sheets>
     <sheet name="EN_EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">EN_EUR!$B$6:$FJ$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="549" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="22">
   <si>
     <t>Table I3 General government debt</t>
   </si>
   <si>
     <t>end of period, in million EUR</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">	 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -385,53 +385,50 @@
   </si>
   <si>
     <t xml:space="preserve">     External debt </t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>a</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Domestic debt of general government = (1.1 + 1.2 + 1.3 – consolidation elements).</t>
     </r>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -537,51 +534,51 @@
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="26">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="4" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -609,56 +606,56 @@
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
-    <cellStyle name="Heading 1" xfId="1" xr:uid="{5C837537-4123-44F1-99A6-3E4D17289A44}"/>
-    <cellStyle name="Heading 2" xfId="2" xr:uid="{9B3CC9AB-68E5-42C8-A263-E4E4FF661DEF}"/>
+    <cellStyle name="Heading 1" xfId="1" xr:uid="{478BE513-56DF-44DA-B9FC-31731FFEF0DB}"/>
+    <cellStyle name="Heading 2" xfId="2" xr:uid="{A4A9B6CE-A0EA-48B4-8ABB-A67CBE427D2B}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Ukupno" xfId="4" xr:uid="{FB307812-C6DB-47B7-AB76-F007D10514B7}"/>
-[...1 lines deleted...]
-    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{C499D01A-4F3C-4A13-804A-C52848CD4B61}"/>
+    <cellStyle name="Ukupno" xfId="4" xr:uid="{72BBB6AE-C317-43CB-B047-62783F019B40}"/>
+    <cellStyle name="Zadnji redak" xfId="5" xr:uid="{46FA8D52-E931-4B4F-A7EF-7C3F1040105A}"/>
+    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{D318B980-1ECF-40DA-BB02-863460E17359}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -933,66 +930,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3FC51B0-D711-4A85-8758-282755C0B83C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39E84EF2-ADF7-43CF-8BC4-E41991EE9583}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:MW405"/>
+  <dimension ref="A2:MX405"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.1640625" style="20" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" style="23" customWidth="1"/>
     <col min="3" max="16384" width="12.6640625" style="20"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
       <c r="M2" s="9"/>
       <c r="N2" s="9"/>
       <c r="O2" s="9"/>
       <c r="P2" s="9"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="9"/>
       <c r="S2" s="9"/>
       <c r="T2" s="9"/>
       <c r="U2" s="9"/>
       <c r="V2" s="9"/>
       <c r="W2" s="9"/>
       <c r="X2" s="9"/>
@@ -1098,1151 +1095,74 @@
       <c r="DT2" s="9"/>
       <c r="DU2" s="9"/>
       <c r="DV2" s="9"/>
       <c r="DW2" s="9"/>
       <c r="DX2" s="9"/>
       <c r="DY2" s="9"/>
       <c r="DZ2" s="9"/>
       <c r="EA2" s="9"/>
       <c r="EB2" s="9"/>
       <c r="EC2" s="9"/>
       <c r="ED2" s="9"/>
       <c r="EE2" s="9"/>
       <c r="EF2" s="9"/>
       <c r="EG2" s="9"/>
       <c r="EH2" s="9"/>
       <c r="EI2" s="9"/>
       <c r="EJ2" s="9"/>
       <c r="EK2" s="9"/>
       <c r="EL2" s="9"/>
       <c r="EM2" s="9"/>
       <c r="EN2" s="9"/>
       <c r="EO2" s="9"/>
       <c r="EP2" s="9"/>
       <c r="EQ2" s="9"/>
     </row>
-    <row r="3" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
     </row>
-    <row r="4" spans="1:361" s="8" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:362" s="8" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="6"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
     </row>
-    <row r="5" spans="1:361" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:362" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="11"/>
-      <c r="C5" s="10" t="s">
-[...1075 lines deleted...]
-      </c>
     </row>
-    <row r="6" spans="1:361" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:362" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="12"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1">
         <v>35064</v>
       </c>
       <c r="D6" s="1">
         <v>35095</v>
       </c>
       <c r="E6" s="1">
         <v>35124</v>
       </c>
       <c r="F6" s="1">
         <v>35155</v>
       </c>
       <c r="G6" s="1">
         <v>35185</v>
       </c>
       <c r="H6" s="1">
         <v>35216</v>
       </c>
       <c r="I6" s="1">
         <v>35246</v>
       </c>
       <c r="J6" s="1">
         <v>35277</v>
@@ -3278,52 +2198,55 @@
       </c>
       <c r="MP6" s="1">
         <v>45747</v>
       </c>
       <c r="MQ6" s="1">
         <v>45777</v>
       </c>
       <c r="MR6" s="1">
         <v>45808</v>
       </c>
       <c r="MS6" s="1">
         <v>45838</v>
       </c>
       <c r="MT6" s="1">
         <v>45869</v>
       </c>
       <c r="MU6" s="1">
         <v>45900</v>
       </c>
       <c r="MV6" s="1">
         <v>45930</v>
       </c>
       <c r="MW6" s="1">
         <v>45961</v>
       </c>
+      <c r="MX6" s="1">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="14">
         <v>2332.2067839900001</v>
       </c>
       <c r="D7" s="14">
         <v>2272.73275233</v>
       </c>
       <c r="E7" s="14">
         <v>2252.8651237600002</v>
       </c>
       <c r="F7" s="14">
         <v>2201.5512585800002</v>
       </c>
       <c r="G7" s="14">
         <v>2177.8043657799999</v>
       </c>
       <c r="H7" s="14">
         <v>2124.77579492</v>
       </c>
       <c r="I7" s="14">
         <v>2112.9034915900002</v>
       </c>
       <c r="J7" s="14">
@@ -4360,52 +3283,55 @@
       </c>
       <c r="MP7" s="14">
         <v>35103.48228548</v>
       </c>
       <c r="MQ7" s="14">
         <v>35240.099225710001</v>
       </c>
       <c r="MR7" s="14">
         <v>35138.363290740002</v>
       </c>
       <c r="MS7" s="14">
         <v>35776.370530510001</v>
       </c>
       <c r="MT7" s="14">
         <v>36249.177488100002</v>
       </c>
       <c r="MU7" s="14">
         <v>36253.708957889998</v>
       </c>
       <c r="MV7" s="14">
         <v>36591.569695710001</v>
       </c>
       <c r="MW7" s="14">
         <v>36655.460547150004</v>
       </c>
+      <c r="MX7" s="14">
+        <v>37023.187755419996</v>
+      </c>
     </row>
-    <row r="8" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="14">
         <v>2313.1054513200002</v>
       </c>
       <c r="D8" s="14">
         <v>2253.4795734899999</v>
       </c>
       <c r="E8" s="14">
         <v>2233.6659767699998</v>
       </c>
       <c r="F8" s="14">
         <v>2181.9297681100002</v>
       </c>
       <c r="G8" s="14">
         <v>2157.9187517400001</v>
       </c>
       <c r="H8" s="14">
         <v>2105.4082778900001</v>
       </c>
       <c r="I8" s="14">
         <v>2094.8049894999999</v>
       </c>
       <c r="J8" s="14">
@@ -5442,52 +4368,55 @@
       </c>
       <c r="MP8" s="14">
         <v>34234.925564379999</v>
       </c>
       <c r="MQ8" s="14">
         <v>34375.375561350003</v>
       </c>
       <c r="MR8" s="14">
         <v>34246.799680700002</v>
       </c>
       <c r="MS8" s="14">
         <v>34872.655598589998</v>
       </c>
       <c r="MT8" s="14">
         <v>35344.87620436</v>
       </c>
       <c r="MU8" s="14">
         <v>35348.509987259997</v>
       </c>
       <c r="MV8" s="14">
         <v>35690.321988559997</v>
       </c>
       <c r="MW8" s="14">
         <v>35732.359625570003</v>
       </c>
+      <c r="MX8" s="14">
+        <v>36088.324855500003</v>
+      </c>
     </row>
-    <row r="9" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="14">
         <v>0</v>
       </c>
       <c r="D9" s="14">
         <v>0</v>
       </c>
       <c r="E9" s="14">
         <v>0</v>
       </c>
       <c r="F9" s="14">
         <v>0</v>
       </c>
       <c r="G9" s="14">
         <v>0</v>
       </c>
       <c r="H9" s="14">
         <v>0</v>
       </c>
       <c r="I9" s="14">
         <v>0</v>
       </c>
       <c r="J9" s="14">
@@ -6524,52 +5453,55 @@
       </c>
       <c r="MP9" s="14">
         <v>64.190199849999999</v>
       </c>
       <c r="MQ9" s="14">
         <v>65.906965700000001</v>
       </c>
       <c r="MR9" s="14">
         <v>68.556325130000005</v>
       </c>
       <c r="MS9" s="14">
         <v>68.44938071</v>
       </c>
       <c r="MT9" s="14">
         <v>72.726560300000003</v>
       </c>
       <c r="MU9" s="14">
         <v>71.840320379999994</v>
       </c>
       <c r="MV9" s="14">
         <v>67.380041059999996</v>
       </c>
       <c r="MW9" s="14">
         <v>67.460378520000006</v>
       </c>
+      <c r="MX9" s="14">
+        <v>68.582344129999996</v>
+      </c>
     </row>
-    <row r="10" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="14">
         <v>0</v>
       </c>
       <c r="D10" s="14">
         <v>0</v>
       </c>
       <c r="E10" s="14">
         <v>0</v>
       </c>
       <c r="F10" s="14">
         <v>0</v>
       </c>
       <c r="G10" s="14">
         <v>0</v>
       </c>
       <c r="H10" s="14">
         <v>0</v>
       </c>
       <c r="I10" s="14">
         <v>0</v>
       </c>
       <c r="J10" s="14">
@@ -7606,52 +6538,55 @@
       </c>
       <c r="MP10" s="14">
         <v>3473.2429999999999</v>
       </c>
       <c r="MQ10" s="14">
         <v>3489.5720000000001</v>
       </c>
       <c r="MR10" s="14">
         <v>3491.11</v>
       </c>
       <c r="MS10" s="14">
         <v>4269.8040000000001</v>
       </c>
       <c r="MT10" s="14">
         <v>4285.8069999999998</v>
       </c>
       <c r="MU10" s="14">
         <v>4285.7070000000003</v>
       </c>
       <c r="MV10" s="14">
         <v>4510.7094999999999</v>
       </c>
       <c r="MW10" s="14">
         <v>4515.5595000000003</v>
       </c>
+      <c r="MX10" s="14">
+        <v>4806.2834999999995</v>
+      </c>
     </row>
-    <row r="11" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <v>2122.4680420700001</v>
       </c>
       <c r="D11" s="14">
         <v>2044.4239169699999</v>
       </c>
       <c r="E11" s="14">
         <v>2034.6657249899999</v>
       </c>
       <c r="F11" s="14">
         <v>1987.07596268</v>
       </c>
       <c r="G11" s="14">
         <v>1963.2284730199999</v>
       </c>
       <c r="H11" s="14">
         <v>1938.14564043</v>
       </c>
       <c r="I11" s="14">
         <v>1920.42115487</v>
       </c>
       <c r="J11" s="14">
@@ -8688,52 +7623,55 @@
       </c>
       <c r="MP11" s="14">
         <v>25338.131315940002</v>
       </c>
       <c r="MQ11" s="14">
         <v>25555.68714468</v>
       </c>
       <c r="MR11" s="14">
         <v>25574.71594468</v>
       </c>
       <c r="MS11" s="14">
         <v>25540.58131256</v>
       </c>
       <c r="MT11" s="14">
         <v>25987.34081197</v>
       </c>
       <c r="MU11" s="14">
         <v>25985.738727970001</v>
       </c>
       <c r="MV11" s="14">
         <v>26035.016705630002</v>
       </c>
       <c r="MW11" s="14">
         <v>26043.998705630001</v>
       </c>
+      <c r="MX11" s="14">
+        <v>26068.66580563</v>
+      </c>
     </row>
-    <row r="12" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="14">
         <v>0</v>
       </c>
       <c r="D12" s="14">
         <v>6.6361404200000003</v>
       </c>
       <c r="E12" s="14">
         <v>0</v>
       </c>
       <c r="F12" s="14">
         <v>26.544561680000001</v>
       </c>
       <c r="G12" s="14">
         <v>26.544561680000001</v>
       </c>
       <c r="H12" s="14">
         <v>0</v>
       </c>
       <c r="I12" s="14">
         <v>0</v>
       </c>
       <c r="J12" s="14">
@@ -9770,52 +8708,55 @@
       </c>
       <c r="MP12" s="14">
         <v>37.902165500000002</v>
       </c>
       <c r="MQ12" s="14">
         <v>32.1244248</v>
       </c>
       <c r="MR12" s="14">
         <v>24.072483219999999</v>
       </c>
       <c r="MS12" s="14">
         <v>18.512925979999999</v>
       </c>
       <c r="MT12" s="14">
         <v>21.294852630000001</v>
       </c>
       <c r="MU12" s="14">
         <v>18.73444946</v>
       </c>
       <c r="MV12" s="14">
         <v>19.587379309999999</v>
       </c>
       <c r="MW12" s="14">
         <v>24.68546134</v>
       </c>
+      <c r="MX12" s="14">
+        <v>25.095856399999999</v>
+      </c>
     </row>
-    <row r="13" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="14">
         <v>190.63740924999999</v>
       </c>
       <c r="D13" s="14">
         <v>202.41951609</v>
       </c>
       <c r="E13" s="14">
         <v>199.00025178000001</v>
       </c>
       <c r="F13" s="14">
         <v>168.30924375000001</v>
       </c>
       <c r="G13" s="14">
         <v>168.14571702999999</v>
       </c>
       <c r="H13" s="14">
         <v>167.26263746999999</v>
       </c>
       <c r="I13" s="14">
         <v>174.38383463</v>
       </c>
       <c r="J13" s="14">
@@ -10852,52 +9793,55 @@
       </c>
       <c r="MP13" s="14">
         <v>5321.4588830900002</v>
       </c>
       <c r="MQ13" s="14">
         <v>5232.0850261699998</v>
       </c>
       <c r="MR13" s="14">
         <v>5088.3449276700003</v>
       </c>
       <c r="MS13" s="14">
         <v>4975.3079793400002</v>
       </c>
       <c r="MT13" s="14">
         <v>4977.7069794700001</v>
       </c>
       <c r="MU13" s="14">
         <v>4986.4894894600002</v>
       </c>
       <c r="MV13" s="14">
         <v>5057.6283625699998</v>
       </c>
       <c r="MW13" s="14">
         <v>5080.6555800899996</v>
       </c>
+      <c r="MX13" s="14">
+        <v>5119.69734935</v>
+      </c>
     </row>
-    <row r="14" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="14">
         <v>0</v>
       </c>
       <c r="D14" s="14">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>0</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="14">
         <v>0</v>
       </c>
       <c r="H14" s="14">
         <v>0</v>
       </c>
       <c r="I14" s="14">
         <v>0</v>
       </c>
       <c r="J14" s="14">
@@ -11934,52 +10878,55 @@
       </c>
       <c r="MP14" s="14">
         <v>80.318297880000003</v>
       </c>
       <c r="MQ14" s="14">
         <v>75.947335730000006</v>
       </c>
       <c r="MR14" s="14">
         <v>74.26456202</v>
       </c>
       <c r="MS14" s="14">
         <v>72.088675699999996</v>
       </c>
       <c r="MT14" s="14">
         <v>70.000590290000005</v>
       </c>
       <c r="MU14" s="14">
         <v>68.89496733</v>
       </c>
       <c r="MV14" s="14">
         <v>66.467011450000001</v>
       </c>
       <c r="MW14" s="14">
         <v>66.424838910000005</v>
       </c>
+      <c r="MX14" s="14">
+        <v>66.235072990000006</v>
+      </c>
     </row>
-    <row r="15" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="14">
         <v>0</v>
       </c>
       <c r="D15" s="14">
         <v>0</v>
       </c>
       <c r="E15" s="14">
         <v>0</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="14">
         <v>0</v>
       </c>
       <c r="H15" s="14">
         <v>0</v>
       </c>
       <c r="I15" s="14">
         <v>0</v>
       </c>
       <c r="J15" s="14">
@@ -13016,52 +11963,55 @@
       </c>
       <c r="MP15" s="14">
         <v>0</v>
       </c>
       <c r="MQ15" s="14">
         <v>0</v>
       </c>
       <c r="MR15" s="14">
         <v>0</v>
       </c>
       <c r="MS15" s="14">
         <v>0</v>
       </c>
       <c r="MT15" s="14">
         <v>0</v>
       </c>
       <c r="MU15" s="14">
         <v>0</v>
       </c>
       <c r="MV15" s="14">
         <v>0</v>
       </c>
       <c r="MW15" s="14">
         <v>0</v>
       </c>
+      <c r="MX15" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="14">
         <v>0</v>
       </c>
       <c r="D16" s="14">
         <v>0</v>
       </c>
       <c r="E16" s="14">
         <v>0</v>
       </c>
       <c r="F16" s="14">
         <v>0</v>
       </c>
       <c r="G16" s="14">
         <v>0</v>
       </c>
       <c r="H16" s="14">
         <v>0</v>
       </c>
       <c r="I16" s="14">
         <v>0</v>
       </c>
       <c r="J16" s="14">
@@ -14098,52 +13048,55 @@
       </c>
       <c r="MP16" s="14">
         <v>0</v>
       </c>
       <c r="MQ16" s="14">
         <v>0</v>
       </c>
       <c r="MR16" s="14">
         <v>0</v>
       </c>
       <c r="MS16" s="14">
         <v>0</v>
       </c>
       <c r="MT16" s="14">
         <v>0</v>
       </c>
       <c r="MU16" s="14">
         <v>0</v>
       </c>
       <c r="MV16" s="14">
         <v>0</v>
       </c>
       <c r="MW16" s="14">
         <v>0</v>
       </c>
+      <c r="MX16" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="14">
         <v>0</v>
       </c>
       <c r="D17" s="14">
         <v>0</v>
       </c>
       <c r="E17" s="14">
         <v>0</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="14">
         <v>0</v>
       </c>
       <c r="H17" s="14">
         <v>0</v>
       </c>
       <c r="I17" s="14">
         <v>0</v>
       </c>
       <c r="J17" s="14">
@@ -15180,52 +14133,55 @@
       </c>
       <c r="MP17" s="14">
         <v>0</v>
       </c>
       <c r="MQ17" s="14">
         <v>0</v>
       </c>
       <c r="MR17" s="14">
         <v>0</v>
       </c>
       <c r="MS17" s="14">
         <v>0</v>
       </c>
       <c r="MT17" s="14">
         <v>0</v>
       </c>
       <c r="MU17" s="14">
         <v>0</v>
       </c>
       <c r="MV17" s="14">
         <v>0</v>
       </c>
       <c r="MW17" s="14">
         <v>0</v>
       </c>
+      <c r="MX17" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="14">
         <v>0</v>
       </c>
       <c r="D18" s="14">
         <v>0</v>
       </c>
       <c r="E18" s="14">
         <v>0</v>
       </c>
       <c r="F18" s="14">
         <v>0</v>
       </c>
       <c r="G18" s="14">
         <v>0</v>
       </c>
       <c r="H18" s="14">
         <v>0</v>
       </c>
       <c r="I18" s="14">
         <v>0</v>
       </c>
       <c r="J18" s="14">
@@ -16262,52 +15218,55 @@
       </c>
       <c r="MP18" s="14">
         <v>1.6727497099999999</v>
       </c>
       <c r="MQ18" s="14">
         <v>1.9279955600000001</v>
       </c>
       <c r="MR18" s="14">
         <v>2.5583258500000001</v>
       </c>
       <c r="MS18" s="14">
         <v>2.6955435300000001</v>
       </c>
       <c r="MT18" s="14">
         <v>2.92056212</v>
       </c>
       <c r="MU18" s="14">
         <v>4.1280431599999998</v>
       </c>
       <c r="MV18" s="14">
         <v>4.01319128</v>
       </c>
       <c r="MW18" s="14">
         <v>3.9710187399999999</v>
       </c>
+      <c r="MX18" s="14">
+        <v>3.7812528200000002</v>
+      </c>
     </row>
-    <row r="19" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="14">
         <v>0</v>
       </c>
       <c r="D19" s="14">
         <v>0</v>
       </c>
       <c r="E19" s="14">
         <v>0</v>
       </c>
       <c r="F19" s="14">
         <v>0</v>
       </c>
       <c r="G19" s="14">
         <v>0</v>
       </c>
       <c r="H19" s="14">
         <v>0</v>
       </c>
       <c r="I19" s="14">
         <v>0</v>
       </c>
       <c r="J19" s="14">
@@ -17344,52 +16303,55 @@
       </c>
       <c r="MP19" s="14">
         <v>78.645548169999998</v>
       </c>
       <c r="MQ19" s="14">
         <v>74.019340170000007</v>
       </c>
       <c r="MR19" s="14">
         <v>71.706236169999997</v>
       </c>
       <c r="MS19" s="14">
         <v>69.393132170000001</v>
       </c>
       <c r="MT19" s="14">
         <v>67.080028170000006</v>
       </c>
       <c r="MU19" s="14">
         <v>64.766924169999996</v>
       </c>
       <c r="MV19" s="14">
         <v>62.45382017</v>
       </c>
       <c r="MW19" s="14">
         <v>62.45382017</v>
       </c>
+      <c r="MX19" s="14">
+        <v>62.45382017</v>
+      </c>
     </row>
-    <row r="20" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="14">
         <v>19.101332670000001</v>
       </c>
       <c r="D20" s="14">
         <v>19.25317884</v>
       </c>
       <c r="E20" s="14">
         <v>19.199146989999999</v>
       </c>
       <c r="F20" s="14">
         <v>19.621490479999999</v>
       </c>
       <c r="G20" s="14">
         <v>19.88561404</v>
       </c>
       <c r="H20" s="14">
         <v>19.367517020000001</v>
       </c>
       <c r="I20" s="14">
         <v>18.09850209</v>
       </c>
       <c r="J20" s="14">
@@ -18426,52 +17388,55 @@
       </c>
       <c r="MP20" s="14">
         <v>1061.2245508200001</v>
       </c>
       <c r="MQ20" s="14">
         <v>1066.0959835399999</v>
       </c>
       <c r="MR20" s="14">
         <v>1099.54748251</v>
       </c>
       <c r="MS20" s="14">
         <v>1118.7309764900001</v>
       </c>
       <c r="MT20" s="14">
         <v>1127.5674984</v>
       </c>
       <c r="MU20" s="14">
         <v>1138.3139355799999</v>
       </c>
       <c r="MV20" s="14">
         <v>1141.6309982499999</v>
       </c>
       <c r="MW20" s="14">
         <v>1177.14446535</v>
       </c>
+      <c r="MX20" s="14">
+        <v>1198.8791108299999</v>
+      </c>
     </row>
-    <row r="21" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="14">
         <v>0</v>
       </c>
       <c r="D21" s="14">
         <v>0</v>
       </c>
       <c r="E21" s="14">
         <v>0</v>
       </c>
       <c r="F21" s="14">
         <v>0</v>
       </c>
       <c r="G21" s="14">
         <v>0</v>
       </c>
       <c r="H21" s="14">
         <v>0</v>
       </c>
       <c r="I21" s="14">
         <v>0</v>
       </c>
       <c r="J21" s="14">
@@ -19508,52 +18473,55 @@
       </c>
       <c r="MP21" s="14">
         <v>0</v>
       </c>
       <c r="MQ21" s="14">
         <v>0</v>
       </c>
       <c r="MR21" s="14">
         <v>0</v>
       </c>
       <c r="MS21" s="14">
         <v>0</v>
       </c>
       <c r="MT21" s="14">
         <v>0</v>
       </c>
       <c r="MU21" s="14">
         <v>0</v>
       </c>
       <c r="MV21" s="14">
         <v>0</v>
       </c>
       <c r="MW21" s="14">
         <v>0</v>
       </c>
+      <c r="MX21" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="14">
         <v>0</v>
       </c>
       <c r="D22" s="14">
         <v>0</v>
       </c>
       <c r="E22" s="14">
         <v>0</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="14">
         <v>0</v>
       </c>
       <c r="H22" s="14">
         <v>0</v>
       </c>
       <c r="I22" s="14">
         <v>0</v>
       </c>
       <c r="J22" s="14">
@@ -20590,52 +19558,55 @@
       </c>
       <c r="MP22" s="14">
         <v>0</v>
       </c>
       <c r="MQ22" s="14">
         <v>0</v>
       </c>
       <c r="MR22" s="14">
         <v>0</v>
       </c>
       <c r="MS22" s="14">
         <v>0</v>
       </c>
       <c r="MT22" s="14">
         <v>0</v>
       </c>
       <c r="MU22" s="14">
         <v>0</v>
       </c>
       <c r="MV22" s="14">
         <v>0</v>
       </c>
       <c r="MW22" s="14">
         <v>0</v>
       </c>
+      <c r="MX22" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="14">
         <v>0</v>
       </c>
       <c r="D23" s="14">
         <v>0</v>
       </c>
       <c r="E23" s="14">
         <v>0</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="14">
         <v>0</v>
       </c>
       <c r="H23" s="14">
         <v>0</v>
       </c>
       <c r="I23" s="14">
         <v>0</v>
       </c>
       <c r="J23" s="14">
@@ -21672,52 +20643,55 @@
       </c>
       <c r="MP23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MQ23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MR23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MS23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MT23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MU23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MV23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MW23" s="14">
         <v>8.8924281599999997</v>
       </c>
+      <c r="MX23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
     </row>
-    <row r="24" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="14">
         <v>0</v>
       </c>
       <c r="D24" s="14">
         <v>0</v>
       </c>
       <c r="E24" s="14">
         <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="14">
         <v>0</v>
       </c>
       <c r="H24" s="14">
         <v>0</v>
       </c>
       <c r="I24" s="14">
         <v>0</v>
       </c>
       <c r="J24" s="14">
@@ -22754,52 +21728,55 @@
       </c>
       <c r="MP24" s="14">
         <v>70.631717260000002</v>
       </c>
       <c r="MQ24" s="14">
         <v>60.816953599999998</v>
       </c>
       <c r="MR24" s="14">
         <v>75.137798840000002</v>
       </c>
       <c r="MS24" s="14">
         <v>81.683137430000002</v>
       </c>
       <c r="MT24" s="14">
         <v>79.924612490000001</v>
       </c>
       <c r="MU24" s="14">
         <v>77.200156989999996</v>
       </c>
       <c r="MV24" s="14">
         <v>83.161561730000003</v>
       </c>
       <c r="MW24" s="14">
         <v>97.846082519999996</v>
       </c>
+      <c r="MX24" s="14">
+        <v>98.641548970000002</v>
+      </c>
     </row>
-    <row r="25" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="16"/>
       <c r="B25" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="18">
         <v>19.101332670000001</v>
       </c>
       <c r="D25" s="18">
         <v>19.25317884</v>
       </c>
       <c r="E25" s="18">
         <v>19.199146989999999</v>
       </c>
       <c r="F25" s="18">
         <v>19.621490479999999</v>
       </c>
       <c r="G25" s="18">
         <v>19.88561404</v>
       </c>
       <c r="H25" s="18">
         <v>19.367517020000001</v>
       </c>
       <c r="I25" s="18">
         <v>18.09850209</v>
       </c>
@@ -23837,52 +22814,55 @@
       </c>
       <c r="MP25" s="18">
         <v>981.70040539000001</v>
       </c>
       <c r="MQ25" s="18">
         <v>996.38660176999997</v>
       </c>
       <c r="MR25" s="18">
         <v>1015.5172555</v>
       </c>
       <c r="MS25" s="18">
         <v>1028.15541089</v>
       </c>
       <c r="MT25" s="18">
         <v>1038.75045774</v>
       </c>
       <c r="MU25" s="18">
         <v>1052.2213504199999</v>
       </c>
       <c r="MV25" s="18">
         <v>1049.5770083499999</v>
       </c>
       <c r="MW25" s="18">
         <v>1070.4059546599999</v>
       </c>
+      <c r="MX25" s="18">
+        <v>1091.34513369</v>
+      </c>
     </row>
-    <row r="26" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="16"/>
       <c r="B26" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="19">
         <v>1329.14847435</v>
       </c>
       <c r="D26" s="19">
         <v>1384.39606787</v>
       </c>
       <c r="E26" s="19">
         <v>1358.07620413</v>
       </c>
       <c r="F26" s="19">
         <v>1387.8507664700001</v>
       </c>
       <c r="G26" s="19">
         <v>1423.5757904699999</v>
       </c>
       <c r="H26" s="19">
         <v>1434.07762338</v>
       </c>
       <c r="I26" s="19">
         <v>1407.29621342</v>
       </c>
@@ -24920,52 +23900,55 @@
       </c>
       <c r="MP26" s="19">
         <v>15528.72007804</v>
       </c>
       <c r="MQ26" s="19">
         <v>15271.17214839</v>
       </c>
       <c r="MR26" s="19">
         <v>15036.73312239</v>
       </c>
       <c r="MS26" s="19">
         <v>15155.937599929999</v>
       </c>
       <c r="MT26" s="19">
         <v>14905.560006469999</v>
       </c>
       <c r="MU26" s="19">
         <v>14879.298421629999</v>
       </c>
       <c r="MV26" s="19">
         <v>15246.24277581</v>
       </c>
       <c r="MW26" s="19">
         <v>15203.67318367</v>
       </c>
+      <c r="MX26" s="19">
+        <v>14906.29636063</v>
+      </c>
     </row>
-    <row r="27" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="14">
         <v>1329.14847435</v>
       </c>
       <c r="D27" s="14">
         <v>1384.39606787</v>
       </c>
       <c r="E27" s="14">
         <v>1358.07620413</v>
       </c>
       <c r="F27" s="14">
         <v>1387.8507664700001</v>
       </c>
       <c r="G27" s="14">
         <v>1423.5757904699999</v>
       </c>
       <c r="H27" s="14">
         <v>1434.07762338</v>
       </c>
       <c r="I27" s="14">
         <v>1407.29621342</v>
       </c>
       <c r="J27" s="14">
@@ -26002,52 +24985,55 @@
       </c>
       <c r="MP27" s="14">
         <v>15443.22007804</v>
       </c>
       <c r="MQ27" s="14">
         <v>15185.67214839</v>
       </c>
       <c r="MR27" s="14">
         <v>14951.23312239</v>
       </c>
       <c r="MS27" s="14">
         <v>15070.437599929999</v>
       </c>
       <c r="MT27" s="14">
         <v>14820.060006469999</v>
       </c>
       <c r="MU27" s="14">
         <v>14793.798421629999</v>
       </c>
       <c r="MV27" s="14">
         <v>15160.74277581</v>
       </c>
       <c r="MW27" s="14">
         <v>15118.17318367</v>
       </c>
+      <c r="MX27" s="14">
+        <v>14820.79636063</v>
+      </c>
     </row>
-    <row r="28" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="14">
         <v>0</v>
       </c>
       <c r="D28" s="14">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>0</v>
       </c>
       <c r="G28" s="14">
         <v>0</v>
       </c>
       <c r="H28" s="14">
         <v>0</v>
       </c>
       <c r="I28" s="14">
         <v>0</v>
       </c>
       <c r="J28" s="14">
@@ -27084,52 +26070,55 @@
       </c>
       <c r="MP28" s="14">
         <v>0</v>
       </c>
       <c r="MQ28" s="14">
         <v>0</v>
       </c>
       <c r="MR28" s="14">
         <v>0</v>
       </c>
       <c r="MS28" s="14">
         <v>0</v>
       </c>
       <c r="MT28" s="14">
         <v>0</v>
       </c>
       <c r="MU28" s="14">
         <v>0</v>
       </c>
       <c r="MV28" s="14">
         <v>0</v>
       </c>
       <c r="MW28" s="14">
         <v>0</v>
       </c>
+      <c r="MX28" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="14">
         <v>0</v>
       </c>
       <c r="D29" s="14">
         <v>0</v>
       </c>
       <c r="E29" s="14">
         <v>0</v>
       </c>
       <c r="F29" s="14">
         <v>0</v>
       </c>
       <c r="G29" s="14">
         <v>0</v>
       </c>
       <c r="H29" s="14">
         <v>0</v>
       </c>
       <c r="I29" s="14">
         <v>0</v>
       </c>
       <c r="J29" s="14">
@@ -28166,52 +27155,55 @@
       </c>
       <c r="MP29" s="14">
         <v>93.872</v>
       </c>
       <c r="MQ29" s="14">
         <v>77.543000000000006</v>
       </c>
       <c r="MR29" s="14">
         <v>76.004999999999995</v>
       </c>
       <c r="MS29" s="14">
         <v>202.78800000000001</v>
       </c>
       <c r="MT29" s="14">
         <v>186.785</v>
       </c>
       <c r="MU29" s="14">
         <v>186.88499999999999</v>
       </c>
       <c r="MV29" s="14">
         <v>244.69550000000001</v>
       </c>
       <c r="MW29" s="14">
         <v>239.84549999999999</v>
       </c>
+      <c r="MX29" s="14">
+        <v>278.27550000000002</v>
+      </c>
     </row>
-    <row r="30" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="14">
         <v>0</v>
       </c>
       <c r="D30" s="14">
         <v>0</v>
       </c>
       <c r="E30" s="14">
         <v>0</v>
       </c>
       <c r="F30" s="14">
         <v>0</v>
       </c>
       <c r="G30" s="14">
         <v>0</v>
       </c>
       <c r="H30" s="14">
         <v>0</v>
       </c>
       <c r="I30" s="14">
         <v>0</v>
       </c>
       <c r="J30" s="14">
@@ -29248,52 +28240,55 @@
       </c>
       <c r="MP30" s="14">
         <v>7920.3689480000003</v>
       </c>
       <c r="MQ30" s="14">
         <v>7702.8131192600003</v>
       </c>
       <c r="MR30" s="14">
         <v>7683.7843192600003</v>
       </c>
       <c r="MS30" s="14">
         <v>7717.9189513800002</v>
       </c>
       <c r="MT30" s="14">
         <v>7468.6143207799996</v>
       </c>
       <c r="MU30" s="14">
         <v>7470.2164047799997</v>
       </c>
       <c r="MV30" s="14">
         <v>7420.9384271199997</v>
       </c>
       <c r="MW30" s="14">
         <v>7411.9564271199997</v>
       </c>
+      <c r="MX30" s="14">
+        <v>7387.2893271200001</v>
+      </c>
     </row>
-    <row r="31" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="14">
         <v>0</v>
       </c>
       <c r="D31" s="14">
         <v>0</v>
       </c>
       <c r="E31" s="14">
         <v>0</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="14">
         <v>0</v>
       </c>
       <c r="H31" s="14">
         <v>0</v>
       </c>
       <c r="I31" s="14">
         <v>0</v>
       </c>
       <c r="J31" s="14">
@@ -30330,52 +29325,55 @@
       </c>
       <c r="MP31" s="14">
         <v>0</v>
       </c>
       <c r="MQ31" s="14">
         <v>0</v>
       </c>
       <c r="MR31" s="14">
         <v>0</v>
       </c>
       <c r="MS31" s="14">
         <v>0</v>
       </c>
       <c r="MT31" s="14">
         <v>0</v>
       </c>
       <c r="MU31" s="14">
         <v>0</v>
       </c>
       <c r="MV31" s="14">
         <v>0</v>
       </c>
       <c r="MW31" s="14">
         <v>0</v>
       </c>
+      <c r="MX31" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="14">
         <v>1329.14847435</v>
       </c>
       <c r="D32" s="14">
         <v>1384.39606787</v>
       </c>
       <c r="E32" s="14">
         <v>1358.07620413</v>
       </c>
       <c r="F32" s="14">
         <v>1387.8507664700001</v>
       </c>
       <c r="G32" s="14">
         <v>1423.5757904699999</v>
       </c>
       <c r="H32" s="14">
         <v>1434.07762338</v>
       </c>
       <c r="I32" s="14">
         <v>1407.29621342</v>
       </c>
       <c r="J32" s="14">
@@ -31412,52 +30410,55 @@
       </c>
       <c r="MP32" s="14">
         <v>7428.9791300400002</v>
       </c>
       <c r="MQ32" s="14">
         <v>7405.3160291300001</v>
       </c>
       <c r="MR32" s="14">
         <v>7191.4438031299997</v>
       </c>
       <c r="MS32" s="14">
         <v>7149.7306485500003</v>
       </c>
       <c r="MT32" s="14">
         <v>7164.6606856899998</v>
       </c>
       <c r="MU32" s="14">
         <v>7136.6970168500002</v>
       </c>
       <c r="MV32" s="14">
         <v>7495.1088486899998</v>
       </c>
       <c r="MW32" s="14">
         <v>7466.37125655</v>
       </c>
+      <c r="MX32" s="14">
+        <v>7155.2315335100002</v>
+      </c>
     </row>
-    <row r="33" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="14">
         <v>0</v>
       </c>
       <c r="D33" s="14">
         <v>0</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="14">
         <v>0</v>
       </c>
       <c r="H33" s="14">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>0</v>
       </c>
       <c r="J33" s="14">
@@ -32494,52 +31495,55 @@
       </c>
       <c r="MP33" s="14">
         <v>0</v>
       </c>
       <c r="MQ33" s="14">
         <v>0</v>
       </c>
       <c r="MR33" s="14">
         <v>0</v>
       </c>
       <c r="MS33" s="14">
         <v>0</v>
       </c>
       <c r="MT33" s="14">
         <v>0</v>
       </c>
       <c r="MU33" s="14">
         <v>0</v>
       </c>
       <c r="MV33" s="14">
         <v>0</v>
       </c>
       <c r="MW33" s="14">
         <v>0</v>
       </c>
+      <c r="MX33" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
       <c r="D34" s="14">
         <v>0</v>
       </c>
       <c r="E34" s="14">
         <v>0</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="14">
         <v>0</v>
       </c>
       <c r="H34" s="14">
         <v>0</v>
       </c>
       <c r="I34" s="14">
         <v>0</v>
       </c>
       <c r="J34" s="14">
@@ -33576,52 +32580,55 @@
       </c>
       <c r="MP34" s="14">
         <v>0</v>
       </c>
       <c r="MQ34" s="14">
         <v>0</v>
       </c>
       <c r="MR34" s="14">
         <v>0</v>
       </c>
       <c r="MS34" s="14">
         <v>0</v>
       </c>
       <c r="MT34" s="14">
         <v>0</v>
       </c>
       <c r="MU34" s="14">
         <v>0</v>
       </c>
       <c r="MV34" s="14">
         <v>0</v>
       </c>
       <c r="MW34" s="14">
         <v>0</v>
       </c>
+      <c r="MX34" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="14">
         <v>0</v>
       </c>
       <c r="D35" s="14">
         <v>0</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>0</v>
       </c>
       <c r="G35" s="14">
         <v>0</v>
       </c>
       <c r="H35" s="14">
         <v>0</v>
       </c>
       <c r="I35" s="14">
         <v>0</v>
       </c>
       <c r="J35" s="14">
@@ -34658,52 +33665,55 @@
       </c>
       <c r="MP35" s="14">
         <v>0</v>
       </c>
       <c r="MQ35" s="14">
         <v>0</v>
       </c>
       <c r="MR35" s="14">
         <v>0</v>
       </c>
       <c r="MS35" s="14">
         <v>0</v>
       </c>
       <c r="MT35" s="14">
         <v>0</v>
       </c>
       <c r="MU35" s="14">
         <v>0</v>
       </c>
       <c r="MV35" s="14">
         <v>0</v>
       </c>
       <c r="MW35" s="14">
         <v>0</v>
       </c>
+      <c r="MX35" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="14">
         <v>0</v>
       </c>
       <c r="D36" s="14">
         <v>0</v>
       </c>
       <c r="E36" s="14">
         <v>0</v>
       </c>
       <c r="F36" s="14">
         <v>0</v>
       </c>
       <c r="G36" s="14">
         <v>0</v>
       </c>
       <c r="H36" s="14">
         <v>0</v>
       </c>
       <c r="I36" s="14">
         <v>0</v>
       </c>
       <c r="J36" s="14">
@@ -35740,52 +34750,55 @@
       </c>
       <c r="MP36" s="14">
         <v>0</v>
       </c>
       <c r="MQ36" s="14">
         <v>0</v>
       </c>
       <c r="MR36" s="14">
         <v>0</v>
       </c>
       <c r="MS36" s="14">
         <v>0</v>
       </c>
       <c r="MT36" s="14">
         <v>0</v>
       </c>
       <c r="MU36" s="14">
         <v>0</v>
       </c>
       <c r="MV36" s="14">
         <v>0</v>
       </c>
       <c r="MW36" s="14">
         <v>0</v>
       </c>
+      <c r="MX36" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="14">
         <v>0</v>
       </c>
       <c r="D37" s="14">
         <v>0</v>
       </c>
       <c r="E37" s="14">
         <v>0</v>
       </c>
       <c r="F37" s="14">
         <v>0</v>
       </c>
       <c r="G37" s="14">
         <v>0</v>
       </c>
       <c r="H37" s="14">
         <v>0</v>
       </c>
       <c r="I37" s="14">
         <v>0</v>
       </c>
       <c r="J37" s="14">
@@ -36822,52 +35835,55 @@
       </c>
       <c r="MP37" s="14">
         <v>0</v>
       </c>
       <c r="MQ37" s="14">
         <v>0</v>
       </c>
       <c r="MR37" s="14">
         <v>0</v>
       </c>
       <c r="MS37" s="14">
         <v>0</v>
       </c>
       <c r="MT37" s="14">
         <v>0</v>
       </c>
       <c r="MU37" s="14">
         <v>0</v>
       </c>
       <c r="MV37" s="14">
         <v>0</v>
       </c>
       <c r="MW37" s="14">
         <v>0</v>
       </c>
+      <c r="MX37" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="14">
         <v>0</v>
       </c>
       <c r="D38" s="14">
         <v>0</v>
       </c>
       <c r="E38" s="14">
         <v>0</v>
       </c>
       <c r="F38" s="14">
         <v>0</v>
       </c>
       <c r="G38" s="14">
         <v>0</v>
       </c>
       <c r="H38" s="14">
         <v>0</v>
       </c>
       <c r="I38" s="14">
         <v>0</v>
       </c>
       <c r="J38" s="14">
@@ -37904,52 +36920,55 @@
       </c>
       <c r="MP38" s="14">
         <v>0</v>
       </c>
       <c r="MQ38" s="14">
         <v>0</v>
       </c>
       <c r="MR38" s="14">
         <v>0</v>
       </c>
       <c r="MS38" s="14">
         <v>0</v>
       </c>
       <c r="MT38" s="14">
         <v>0</v>
       </c>
       <c r="MU38" s="14">
         <v>0</v>
       </c>
       <c r="MV38" s="14">
         <v>0</v>
       </c>
       <c r="MW38" s="14">
         <v>0</v>
       </c>
+      <c r="MX38" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="14">
         <v>0</v>
       </c>
       <c r="D39" s="14">
         <v>0</v>
       </c>
       <c r="E39" s="14">
         <v>0</v>
       </c>
       <c r="F39" s="14">
         <v>0</v>
       </c>
       <c r="G39" s="14">
         <v>0</v>
       </c>
       <c r="H39" s="14">
         <v>0</v>
       </c>
       <c r="I39" s="14">
         <v>0</v>
       </c>
       <c r="J39" s="14">
@@ -38986,52 +38005,55 @@
       </c>
       <c r="MP39" s="14">
         <v>85.5</v>
       </c>
       <c r="MQ39" s="14">
         <v>85.5</v>
       </c>
       <c r="MR39" s="14">
         <v>85.5</v>
       </c>
       <c r="MS39" s="14">
         <v>85.5</v>
       </c>
       <c r="MT39" s="14">
         <v>85.5</v>
       </c>
       <c r="MU39" s="14">
         <v>85.5</v>
       </c>
       <c r="MV39" s="14">
         <v>85.5</v>
       </c>
       <c r="MW39" s="14">
         <v>85.5</v>
       </c>
+      <c r="MX39" s="14">
+        <v>85.5</v>
+      </c>
     </row>
-    <row r="40" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="14">
         <v>0</v>
       </c>
       <c r="D40" s="14">
         <v>0</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>0</v>
       </c>
       <c r="G40" s="14">
         <v>0</v>
       </c>
       <c r="H40" s="14">
         <v>0</v>
       </c>
       <c r="I40" s="14">
         <v>0</v>
       </c>
       <c r="J40" s="14">
@@ -40068,52 +39090,55 @@
       </c>
       <c r="MP40" s="14">
         <v>0</v>
       </c>
       <c r="MQ40" s="14">
         <v>0</v>
       </c>
       <c r="MR40" s="14">
         <v>0</v>
       </c>
       <c r="MS40" s="14">
         <v>0</v>
       </c>
       <c r="MT40" s="14">
         <v>0</v>
       </c>
       <c r="MU40" s="14">
         <v>0</v>
       </c>
       <c r="MV40" s="14">
         <v>0</v>
       </c>
       <c r="MW40" s="14">
         <v>0</v>
       </c>
+      <c r="MX40" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="14">
         <v>0</v>
       </c>
       <c r="D41" s="14">
         <v>0</v>
       </c>
       <c r="E41" s="14">
         <v>0</v>
       </c>
       <c r="F41" s="14">
         <v>0</v>
       </c>
       <c r="G41" s="14">
         <v>0</v>
       </c>
       <c r="H41" s="14">
         <v>0</v>
       </c>
       <c r="I41" s="14">
         <v>0</v>
       </c>
       <c r="J41" s="14">
@@ -41150,52 +40175,55 @@
       </c>
       <c r="MP41" s="14">
         <v>0</v>
       </c>
       <c r="MQ41" s="14">
         <v>0</v>
       </c>
       <c r="MR41" s="14">
         <v>0</v>
       </c>
       <c r="MS41" s="14">
         <v>0</v>
       </c>
       <c r="MT41" s="14">
         <v>0</v>
       </c>
       <c r="MU41" s="14">
         <v>0</v>
       </c>
       <c r="MV41" s="14">
         <v>0</v>
       </c>
       <c r="MW41" s="14">
         <v>0</v>
       </c>
+      <c r="MX41" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="42" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C42" s="14">
         <v>0</v>
       </c>
       <c r="D42" s="14">
         <v>0</v>
       </c>
       <c r="E42" s="14">
         <v>0</v>
       </c>
       <c r="F42" s="14">
         <v>0</v>
       </c>
       <c r="G42" s="14">
         <v>0</v>
       </c>
       <c r="H42" s="14">
         <v>0</v>
       </c>
       <c r="I42" s="14">
         <v>0</v>
       </c>
       <c r="J42" s="14">
@@ -42232,52 +41260,55 @@
       </c>
       <c r="MP42" s="14">
         <v>0</v>
       </c>
       <c r="MQ42" s="14">
         <v>0</v>
       </c>
       <c r="MR42" s="14">
         <v>0</v>
       </c>
       <c r="MS42" s="14">
         <v>0</v>
       </c>
       <c r="MT42" s="14">
         <v>0</v>
       </c>
       <c r="MU42" s="14">
         <v>0</v>
       </c>
       <c r="MV42" s="14">
         <v>0</v>
       </c>
       <c r="MW42" s="14">
         <v>0</v>
       </c>
+      <c r="MX42" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="14">
         <v>0</v>
       </c>
       <c r="D43" s="14">
         <v>0</v>
       </c>
       <c r="E43" s="14">
         <v>0</v>
       </c>
       <c r="F43" s="14">
         <v>0</v>
       </c>
       <c r="G43" s="14">
         <v>0</v>
       </c>
       <c r="H43" s="14">
         <v>0</v>
       </c>
       <c r="I43" s="14">
         <v>0</v>
       </c>
       <c r="J43" s="14">
@@ -43314,52 +42345,55 @@
       </c>
       <c r="MP43" s="14">
         <v>0</v>
       </c>
       <c r="MQ43" s="14">
         <v>0</v>
       </c>
       <c r="MR43" s="14">
         <v>0</v>
       </c>
       <c r="MS43" s="14">
         <v>0</v>
       </c>
       <c r="MT43" s="14">
         <v>0</v>
       </c>
       <c r="MU43" s="14">
         <v>0</v>
       </c>
       <c r="MV43" s="14">
         <v>0</v>
       </c>
       <c r="MW43" s="14">
         <v>0</v>
       </c>
+      <c r="MX43" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="14">
         <v>0</v>
       </c>
       <c r="D44" s="14">
         <v>0</v>
       </c>
       <c r="E44" s="14">
         <v>0</v>
       </c>
       <c r="F44" s="14">
         <v>0</v>
       </c>
       <c r="G44" s="14">
         <v>0</v>
       </c>
       <c r="H44" s="14">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>0</v>
       </c>
       <c r="J44" s="14">
@@ -44396,52 +43430,55 @@
       </c>
       <c r="MP44" s="14">
         <v>85.5</v>
       </c>
       <c r="MQ44" s="14">
         <v>85.5</v>
       </c>
       <c r="MR44" s="14">
         <v>85.5</v>
       </c>
       <c r="MS44" s="14">
         <v>85.5</v>
       </c>
       <c r="MT44" s="14">
         <v>85.5</v>
       </c>
       <c r="MU44" s="14">
         <v>85.5</v>
       </c>
       <c r="MV44" s="14">
         <v>85.5</v>
       </c>
       <c r="MW44" s="14">
         <v>85.5</v>
       </c>
+      <c r="MX44" s="14">
+        <v>85.5</v>
+      </c>
     </row>
-    <row r="45" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="16"/>
       <c r="B45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="7">
         <v>3661.3552583400001</v>
       </c>
       <c r="D45" s="7">
         <v>3657.1288202000001</v>
       </c>
       <c r="E45" s="7">
         <v>3610.9413278799998</v>
       </c>
       <c r="F45" s="7">
         <v>3589.4020250600001</v>
       </c>
       <c r="G45" s="7">
         <v>3601.3801562499998</v>
       </c>
       <c r="H45" s="7">
         <v>3558.8534182899998</v>
       </c>
       <c r="I45" s="7">
         <v>3520.199705</v>
       </c>
@@ -45479,52 +44516,55 @@
       </c>
       <c r="MP45" s="7">
         <v>50632.202363520002</v>
       </c>
       <c r="MQ45" s="7">
         <v>50511.271374099997</v>
       </c>
       <c r="MR45" s="7">
         <v>50175.096413129999</v>
       </c>
       <c r="MS45" s="7">
         <v>50932.308130439997</v>
       </c>
       <c r="MT45" s="7">
         <v>51154.737494569999</v>
       </c>
       <c r="MU45" s="7">
         <v>51133.007379520001</v>
       </c>
       <c r="MV45" s="7">
         <v>51837.812471520003</v>
       </c>
       <c r="MW45" s="7">
         <v>51859.133730820002</v>
       </c>
+      <c r="MX45" s="7">
+        <v>51929.48411605</v>
+      </c>
     </row>
-    <row r="46" spans="1:361" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:362" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="14"/>
       <c r="D46" s="14"/>
       <c r="E46" s="14"/>
       <c r="F46" s="14"/>
       <c r="G46" s="14"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="14"/>
       <c r="L46" s="14"/>
       <c r="M46" s="14"/>
       <c r="N46" s="14"/>
       <c r="O46" s="14"/>
       <c r="P46" s="14"/>
       <c r="Q46" s="14"/>
       <c r="R46" s="14"/>
       <c r="S46" s="14"/>
       <c r="T46" s="14"/>
       <c r="U46" s="14"/>
       <c r="V46" s="14"/>
       <c r="W46" s="14"/>
       <c r="X46" s="14"/>
@@ -45843,52 +44883,53 @@
       <c r="LY46" s="14"/>
       <c r="LZ46" s="14"/>
       <c r="MA46" s="14"/>
       <c r="MB46" s="14"/>
       <c r="MC46" s="14"/>
       <c r="MD46" s="14"/>
       <c r="ME46" s="14"/>
       <c r="MF46" s="14"/>
       <c r="MG46" s="14"/>
       <c r="MH46" s="14"/>
       <c r="MI46" s="14"/>
       <c r="MJ46" s="14"/>
       <c r="MK46" s="14"/>
       <c r="ML46" s="14"/>
       <c r="MM46" s="14"/>
       <c r="MN46" s="14"/>
       <c r="MO46" s="14"/>
       <c r="MP46" s="14"/>
       <c r="MQ46" s="14"/>
       <c r="MR46" s="14"/>
       <c r="MS46" s="14"/>
       <c r="MT46" s="14"/>
       <c r="MU46" s="14"/>
       <c r="MV46" s="14"/>
       <c r="MW46" s="14"/>
+      <c r="MX46" s="14"/>
     </row>
-    <row r="47" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="F47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="H47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="J47" s="16" t="s">
@@ -46925,52 +45966,55 @@
       </c>
       <c r="MP47" s="14">
         <v>643.46684493999999</v>
       </c>
       <c r="MQ47" s="14">
         <v>629.76839997000002</v>
       </c>
       <c r="MR47" s="14">
         <v>642.20058663999998</v>
       </c>
       <c r="MS47" s="14">
         <v>645.42126091</v>
       </c>
       <c r="MT47" s="14">
         <v>656.41264120000005</v>
       </c>
       <c r="MU47" s="14">
         <v>696.80049051000003</v>
       </c>
       <c r="MV47" s="14">
         <v>671.41732841999999</v>
       </c>
       <c r="MW47" s="14">
         <v>652.62358699000004</v>
       </c>
+      <c r="MX47" s="14">
+        <v>655.40345113000001</v>
+      </c>
     </row>
-    <row r="48" spans="1:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="F48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="J48" s="16" t="s">
@@ -48007,52 +47051,55 @@
       </c>
       <c r="MP48" s="14">
         <v>399.15445160000002</v>
       </c>
       <c r="MQ48" s="14">
         <v>392.16178705999999</v>
       </c>
       <c r="MR48" s="14">
         <v>389.59631438999997</v>
       </c>
       <c r="MS48" s="14">
         <v>382.20587503000002</v>
       </c>
       <c r="MT48" s="14">
         <v>387.26010471000001</v>
       </c>
       <c r="MU48" s="14">
         <v>388.32061372999999</v>
       </c>
       <c r="MV48" s="14">
         <v>509.38529822999999</v>
       </c>
       <c r="MW48" s="14">
         <v>496.06456272000003</v>
       </c>
+      <c r="MX48" s="14">
+        <v>490.50479480000001</v>
+      </c>
     </row>
-    <row r="49" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="D49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="F49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="J49" s="22" t="s">
@@ -49089,96 +48136,99 @@
       </c>
       <c r="MP49" s="3">
         <v>260.51371632000001</v>
       </c>
       <c r="MQ49" s="3">
         <v>260.71063043999999</v>
       </c>
       <c r="MR49" s="3">
         <v>260.76038055999999</v>
       </c>
       <c r="MS49" s="3">
         <v>250.47809713999999</v>
       </c>
       <c r="MT49" s="3">
         <v>250.62239077999999</v>
       </c>
       <c r="MU49" s="3">
         <v>250.44442541000001</v>
       </c>
       <c r="MV49" s="3">
         <v>250.24642757000001</v>
       </c>
       <c r="MW49" s="3">
         <v>250.54980929999999</v>
       </c>
+      <c r="MX49" s="3">
+        <v>259.63459845</v>
+      </c>
     </row>
-    <row r="50" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="23"/>
     </row>
-    <row r="51" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="24" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="52" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="25"/>
     </row>
-    <row r="53" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="23"/>
     </row>
-    <row r="54" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23"/>
     </row>
-    <row r="55" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="23"/>
     </row>
-    <row r="56" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="23"/>
     </row>
-    <row r="57" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="23"/>
     </row>
-    <row r="58" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="23"/>
     </row>
-    <row r="59" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="23"/>
     </row>
-    <row r="60" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="23"/>
     </row>
-    <row r="61" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="23"/>
     </row>
-    <row r="62" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="23"/>
     </row>
-    <row r="63" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="23"/>
     </row>
-    <row r="64" spans="2:361" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:362" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="23"/>
     </row>
     <row r="65" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="23"/>
     </row>
     <row r="66" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="23"/>
     </row>
     <row r="67" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="23"/>
     </row>
     <row r="68" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="23"/>
     </row>
     <row r="69" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="23"/>
     </row>
     <row r="70" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="23"/>
     </row>
     <row r="71" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="23"/>
     </row>
     <row r="72" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="23"/>