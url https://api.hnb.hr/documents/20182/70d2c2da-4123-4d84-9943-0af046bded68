--- v1 (2025-10-30)
+++ v2 (2026-01-03)
@@ -5,74 +5,74 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83ED79EA-B3D9-463A-8D68-06C2771C1F50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5176EC68-0DBB-4752-A76C-7501112A5651}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="19" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$364</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$366</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="46">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -177,51 +177,51 @@
   <si>
     <t>Gross domestic product deflator</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>indices Q1/1999 = 100</t>
   </si>
   <si>
     <t>Table H11 Harmonised competitiveness indicators</t>
   </si>
   <si>
     <t>Source: European Central Bank.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -230,57 +230,50 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -323,107 +316,98 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -450,167 +434,141 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Tanka linija ispod" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -862,9259 +820,9309 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:O365"/>
+  <dimension ref="A2:O367"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="2.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" style="3" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="2.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="2.28515625" style="4" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="2.28515625" style="4" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="46" t="s">
+      <c r="B2" s="42" t="s">
         <v>44</v>
       </c>
       <c r="D2" s="10"/>
       <c r="E2" s="8"/>
       <c r="F2" s="10"/>
       <c r="G2" s="8"/>
       <c r="H2" s="10"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="45" t="s">
+      <c r="B3" s="41" t="s">
         <v>43</v>
       </c>
       <c r="D3" s="10"/>
       <c r="E3" s="8"/>
       <c r="F3" s="10"/>
       <c r="G3" s="8"/>
       <c r="H3" s="10"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D4" s="10"/>
       <c r="E4" s="8"/>
       <c r="F4" s="10"/>
       <c r="G4" s="8"/>
       <c r="H4" s="10"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="8"/>
       <c r="F5" s="10"/>
       <c r="G5" s="8"/>
       <c r="H5" s="10"/>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="84" t="s">
+      <c r="B6" s="66" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="84" t="s">
+      <c r="C6" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="86" t="s">
+      <c r="D6" s="68" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="87" t="s">
+      <c r="F6" s="69" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="87"/>
-[...4 lines deleted...]
-      <c r="L6" s="87"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="69"/>
+      <c r="I6" s="69"/>
+      <c r="J6" s="69"/>
+      <c r="K6" s="69"/>
+      <c r="L6" s="69"/>
       <c r="M6" s="11"/>
     </row>
     <row r="7" spans="2:15" ht="34.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="85"/>
-[...1 lines deleted...]
-      <c r="D7" s="86"/>
+      <c r="B7" s="67"/>
+      <c r="C7" s="67"/>
+      <c r="D7" s="68"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="15"/>
       <c r="H7" s="16" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="17"/>
       <c r="J7" s="16" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="17"/>
       <c r="L7" s="16" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="17"/>
     </row>
-    <row r="8" spans="2:15" s="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="24" t="s">
+    <row r="8" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="25" t="s">
+      <c r="C8" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="43">
+      <c r="D8" s="40">
         <v>103.31270000000001</v>
       </c>
-      <c r="E8" s="54"/>
-[...8 lines deleted...]
-      <c r="J8" s="18" t="s">
+      <c r="E8" s="50"/>
+      <c r="F8" s="40">
+        <v>100.57850000000001</v>
+      </c>
+      <c r="G8" s="50"/>
+      <c r="H8" s="40">
+        <v>112.78400000000001</v>
+      </c>
+      <c r="I8" s="40"/>
+      <c r="J8" s="40" t="s">
         <v>42</v>
       </c>
-      <c r="K8" s="54"/>
-[...7 lines deleted...]
-      <c r="C9" s="25" t="s">
+      <c r="K8" s="50"/>
+      <c r="L8" s="40"/>
+      <c r="M8" s="40"/>
+      <c r="N8" s="40"/>
+      <c r="O8" s="49"/>
+    </row>
+    <row r="9" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="23"/>
+      <c r="C9" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="18">
+      <c r="D9" s="40">
         <v>103.5352</v>
       </c>
-      <c r="E9" s="54"/>
-[...17 lines deleted...]
-      <c r="C10" s="25" t="s">
+      <c r="E9" s="50"/>
+      <c r="F9" s="40">
+        <v>101.1028</v>
+      </c>
+      <c r="G9" s="50"/>
+      <c r="H9" s="40">
+        <v>112.2585</v>
+      </c>
+      <c r="I9" s="40"/>
+      <c r="J9" s="40"/>
+      <c r="K9" s="50"/>
+      <c r="L9" s="40"/>
+      <c r="M9" s="40"/>
+      <c r="N9" s="40"/>
+      <c r="O9" s="49"/>
+    </row>
+    <row r="10" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="23"/>
+      <c r="C10" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="18">
+      <c r="D10" s="40">
         <v>102.8878</v>
       </c>
-      <c r="E10" s="54"/>
-[...19 lines deleted...]
-      <c r="C11" s="25" t="s">
+      <c r="E10" s="50"/>
+      <c r="F10" s="40">
+        <v>100.1808</v>
+      </c>
+      <c r="G10" s="50"/>
+      <c r="H10" s="40">
+        <v>110.6485</v>
+      </c>
+      <c r="I10" s="40"/>
+      <c r="J10" s="40"/>
+      <c r="K10" s="50"/>
+      <c r="L10" s="40">
+        <v>82.3643</v>
+      </c>
+      <c r="M10" s="40"/>
+      <c r="N10" s="40"/>
+      <c r="O10" s="49"/>
+    </row>
+    <row r="11" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="23"/>
+      <c r="C11" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="18">
+      <c r="D11" s="40">
         <v>102.0556</v>
       </c>
-      <c r="E11" s="54"/>
-[...17 lines deleted...]
-      <c r="C12" s="25" t="s">
+      <c r="E11" s="50"/>
+      <c r="F11" s="40">
+        <v>98.199700000000007</v>
+      </c>
+      <c r="G11" s="50"/>
+      <c r="H11" s="40">
+        <v>110.4669</v>
+      </c>
+      <c r="I11" s="40"/>
+      <c r="J11" s="40"/>
+      <c r="K11" s="50"/>
+      <c r="L11" s="40"/>
+      <c r="M11" s="40"/>
+      <c r="N11" s="40"/>
+      <c r="O11" s="49"/>
+    </row>
+    <row r="12" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="23"/>
+      <c r="C12" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="18">
+      <c r="D12" s="40">
         <v>102.3147</v>
       </c>
-      <c r="E12" s="54"/>
-[...17 lines deleted...]
-      <c r="C13" s="25" t="s">
+      <c r="E12" s="50"/>
+      <c r="F12" s="40">
+        <v>99.414400000000001</v>
+      </c>
+      <c r="G12" s="50"/>
+      <c r="H12" s="40">
+        <v>110.3186</v>
+      </c>
+      <c r="I12" s="40"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="50"/>
+      <c r="L12" s="40"/>
+      <c r="M12" s="40"/>
+      <c r="N12" s="40"/>
+      <c r="O12" s="49"/>
+    </row>
+    <row r="13" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="23"/>
+      <c r="C13" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D13" s="18">
+      <c r="D13" s="40">
         <v>103.44110000000001</v>
       </c>
-      <c r="E13" s="54"/>
-[...19 lines deleted...]
-      <c r="C14" s="25" t="s">
+      <c r="E13" s="50"/>
+      <c r="F13" s="40">
+        <v>100.7051</v>
+      </c>
+      <c r="G13" s="50"/>
+      <c r="H13" s="40">
+        <v>112.0265</v>
+      </c>
+      <c r="I13" s="40"/>
+      <c r="J13" s="40"/>
+      <c r="K13" s="50"/>
+      <c r="L13" s="40">
+        <v>85.204899999999995</v>
+      </c>
+      <c r="M13" s="40"/>
+      <c r="N13" s="40"/>
+      <c r="O13" s="49"/>
+    </row>
+    <row r="14" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="23"/>
+      <c r="C14" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D14" s="18">
+      <c r="D14" s="40">
         <v>104.65730000000001</v>
       </c>
-      <c r="E14" s="54"/>
-[...17 lines deleted...]
-      <c r="C15" s="25" t="s">
+      <c r="E14" s="50"/>
+      <c r="F14" s="40">
+        <v>101.105</v>
+      </c>
+      <c r="G14" s="50"/>
+      <c r="H14" s="40">
+        <v>113.0902</v>
+      </c>
+      <c r="I14" s="40"/>
+      <c r="J14" s="40"/>
+      <c r="K14" s="50"/>
+      <c r="L14" s="40"/>
+      <c r="M14" s="40"/>
+      <c r="N14" s="40"/>
+      <c r="O14" s="49"/>
+    </row>
+    <row r="15" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="23"/>
+      <c r="C15" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="18">
+      <c r="D15" s="40">
         <v>106.02330000000001</v>
       </c>
-      <c r="E15" s="54"/>
-[...17 lines deleted...]
-      <c r="C16" s="25" t="s">
+      <c r="E15" s="50"/>
+      <c r="F15" s="40">
+        <v>101.4629</v>
+      </c>
+      <c r="G15" s="50"/>
+      <c r="H15" s="40">
+        <v>113.7758</v>
+      </c>
+      <c r="I15" s="40"/>
+      <c r="J15" s="40"/>
+      <c r="K15" s="50"/>
+      <c r="L15" s="40"/>
+      <c r="M15" s="40"/>
+      <c r="N15" s="40"/>
+      <c r="O15" s="49"/>
+    </row>
+    <row r="16" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="23"/>
+      <c r="C16" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D16" s="18">
+      <c r="D16" s="40">
         <v>104.94070000000001</v>
       </c>
-      <c r="E16" s="54"/>
-[...19 lines deleted...]
-      <c r="C17" s="25" t="s">
+      <c r="E16" s="50"/>
+      <c r="F16" s="40">
+        <v>100.1957</v>
+      </c>
+      <c r="G16" s="50"/>
+      <c r="H16" s="40">
+        <v>112.05419999999999</v>
+      </c>
+      <c r="I16" s="40"/>
+      <c r="J16" s="40"/>
+      <c r="K16" s="50"/>
+      <c r="L16" s="40">
+        <v>92.287300000000002</v>
+      </c>
+      <c r="M16" s="40"/>
+      <c r="N16" s="40"/>
+      <c r="O16" s="49"/>
+    </row>
+    <row r="17" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="23"/>
+      <c r="C17" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D17" s="18">
+      <c r="D17" s="40">
         <v>103.6225</v>
       </c>
-      <c r="E17" s="54"/>
-[...17 lines deleted...]
-      <c r="C18" s="25" t="s">
+      <c r="E17" s="50"/>
+      <c r="F17" s="40">
+        <v>99.205500000000001</v>
+      </c>
+      <c r="G17" s="50"/>
+      <c r="H17" s="40">
+        <v>109.6724</v>
+      </c>
+      <c r="I17" s="40"/>
+      <c r="J17" s="40"/>
+      <c r="K17" s="50"/>
+      <c r="L17" s="40"/>
+      <c r="M17" s="40"/>
+      <c r="N17" s="40"/>
+      <c r="O17" s="49"/>
+    </row>
+    <row r="18" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="23"/>
+      <c r="C18" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D18" s="18">
+      <c r="D18" s="40">
         <v>104.41119999999999</v>
       </c>
-      <c r="E18" s="54"/>
-[...17 lines deleted...]
-      <c r="C19" s="28" t="s">
+      <c r="E18" s="50"/>
+      <c r="F18" s="40">
+        <v>100.2557</v>
+      </c>
+      <c r="G18" s="50"/>
+      <c r="H18" s="40">
+        <v>111.4898</v>
+      </c>
+      <c r="I18" s="40"/>
+      <c r="J18" s="40"/>
+      <c r="K18" s="50"/>
+      <c r="L18" s="40"/>
+      <c r="M18" s="40"/>
+      <c r="N18" s="40"/>
+      <c r="O18" s="49"/>
+    </row>
+    <row r="19" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="24"/>
+      <c r="C19" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D19" s="19">
+      <c r="D19" s="59">
         <v>103.76819999999999</v>
       </c>
-      <c r="E19" s="56"/>
-[...18 lines deleted...]
-      <c r="B20" s="24" t="s">
+      <c r="E19" s="60"/>
+      <c r="F19" s="59">
+        <v>99.625299999999996</v>
+      </c>
+      <c r="G19" s="60"/>
+      <c r="H19" s="59">
+        <v>110.5356</v>
+      </c>
+      <c r="I19" s="59"/>
+      <c r="J19" s="59"/>
+      <c r="K19" s="60"/>
+      <c r="L19" s="59">
+        <v>89.357600000000005</v>
+      </c>
+      <c r="M19" s="59"/>
+      <c r="N19" s="59"/>
+      <c r="O19" s="49"/>
+    </row>
+    <row r="20" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="21" t="s">
         <v>14</v>
       </c>
-      <c r="C20" s="25" t="s">
+      <c r="C20" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D20" s="18">
+      <c r="D20" s="40">
         <v>103.0061</v>
       </c>
-      <c r="E20" s="54"/>
-[...17 lines deleted...]
-      <c r="C21" s="25" t="s">
+      <c r="E20" s="50"/>
+      <c r="F20" s="40">
+        <v>99.891999999999996</v>
+      </c>
+      <c r="G20" s="50"/>
+      <c r="H20" s="40">
+        <v>112.58920000000001</v>
+      </c>
+      <c r="I20" s="40"/>
+      <c r="J20" s="40"/>
+      <c r="K20" s="50"/>
+      <c r="L20" s="40"/>
+      <c r="M20" s="40"/>
+      <c r="N20" s="40"/>
+      <c r="O20" s="49"/>
+    </row>
+    <row r="21" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="23"/>
+      <c r="C21" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D21" s="18">
+      <c r="D21" s="40">
         <v>102.4183</v>
       </c>
-      <c r="E21" s="54"/>
-[...17 lines deleted...]
-      <c r="C22" s="25" t="s">
+      <c r="E21" s="50"/>
+      <c r="F21" s="40">
+        <v>99.071899999999999</v>
+      </c>
+      <c r="G21" s="50"/>
+      <c r="H21" s="40">
+        <v>109.6054</v>
+      </c>
+      <c r="I21" s="40"/>
+      <c r="J21" s="40"/>
+      <c r="K21" s="50"/>
+      <c r="L21" s="40"/>
+      <c r="M21" s="40"/>
+      <c r="N21" s="40"/>
+      <c r="O21" s="49"/>
+    </row>
+    <row r="22" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="23"/>
+      <c r="C22" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D22" s="18">
+      <c r="D22" s="40">
         <v>101.86709999999999</v>
       </c>
-      <c r="E22" s="54"/>
-      <c r="F22" s="18">
+      <c r="E22" s="50"/>
+      <c r="F22" s="40">
         <v>98.5578</v>
       </c>
-      <c r="G22" s="54"/>
-[...15 lines deleted...]
-      <c r="C23" s="25" t="s">
+      <c r="G22" s="50"/>
+      <c r="H22" s="40">
+        <v>109.2718</v>
+      </c>
+      <c r="I22" s="40"/>
+      <c r="J22" s="40"/>
+      <c r="K22" s="50"/>
+      <c r="L22" s="40">
+        <v>89.642399999999995</v>
+      </c>
+      <c r="M22" s="40"/>
+      <c r="N22" s="40"/>
+      <c r="O22" s="49"/>
+    </row>
+    <row r="23" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="23"/>
+      <c r="C23" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D23" s="18">
+      <c r="D23" s="40">
         <v>101.72199999999999</v>
       </c>
-      <c r="E23" s="54"/>
-[...17 lines deleted...]
-      <c r="C24" s="25" t="s">
+      <c r="E23" s="50"/>
+      <c r="F23" s="40">
+        <v>98.257000000000005</v>
+      </c>
+      <c r="G23" s="50"/>
+      <c r="H23" s="40">
+        <v>108.5886</v>
+      </c>
+      <c r="I23" s="40"/>
+      <c r="J23" s="40"/>
+      <c r="K23" s="50"/>
+      <c r="L23" s="40"/>
+      <c r="M23" s="40"/>
+      <c r="N23" s="40"/>
+      <c r="O23" s="49"/>
+    </row>
+    <row r="24" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="23"/>
+      <c r="C24" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D24" s="18">
+      <c r="D24" s="40">
         <v>101.5836</v>
       </c>
-      <c r="E24" s="54"/>
-[...17 lines deleted...]
-      <c r="C25" s="25" t="s">
+      <c r="E24" s="50"/>
+      <c r="F24" s="40">
+        <v>98.816800000000001</v>
+      </c>
+      <c r="G24" s="50"/>
+      <c r="H24" s="40">
+        <v>108.49469999999999</v>
+      </c>
+      <c r="I24" s="40"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="40"/>
+      <c r="M24" s="40"/>
+      <c r="N24" s="40"/>
+      <c r="O24" s="49"/>
+    </row>
+    <row r="25" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="23"/>
+      <c r="C25" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D25" s="18">
+      <c r="D25" s="40">
         <v>101.4957</v>
       </c>
-      <c r="E25" s="54"/>
-[...19 lines deleted...]
-      <c r="C26" s="25" t="s">
+      <c r="E25" s="50"/>
+      <c r="F25" s="40">
+        <v>98.837199999999996</v>
+      </c>
+      <c r="G25" s="50"/>
+      <c r="H25" s="40">
+        <v>108.2071</v>
+      </c>
+      <c r="I25" s="40"/>
+      <c r="J25" s="40"/>
+      <c r="K25" s="50"/>
+      <c r="L25" s="40">
+        <v>88.977900000000005</v>
+      </c>
+      <c r="M25" s="40"/>
+      <c r="N25" s="40"/>
+      <c r="O25" s="49"/>
+    </row>
+    <row r="26" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="23"/>
+      <c r="C26" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D26" s="18">
+      <c r="D26" s="40">
         <v>100.48309999999999</v>
       </c>
-      <c r="E26" s="54"/>
-[...17 lines deleted...]
-      <c r="C27" s="25" t="s">
+      <c r="E26" s="50"/>
+      <c r="F26" s="40">
+        <v>96.287199999999999</v>
+      </c>
+      <c r="G26" s="50"/>
+      <c r="H26" s="40">
+        <v>107.03</v>
+      </c>
+      <c r="I26" s="40"/>
+      <c r="J26" s="40"/>
+      <c r="K26" s="50"/>
+      <c r="L26" s="40"/>
+      <c r="M26" s="40"/>
+      <c r="N26" s="40"/>
+      <c r="O26" s="49"/>
+    </row>
+    <row r="27" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="23"/>
+      <c r="C27" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D27" s="18">
+      <c r="D27" s="40">
         <v>100.1674</v>
       </c>
-      <c r="E27" s="54"/>
-[...17 lines deleted...]
-      <c r="C28" s="25" t="s">
+      <c r="E27" s="50"/>
+      <c r="F27" s="40">
+        <v>95.786100000000005</v>
+      </c>
+      <c r="G27" s="50"/>
+      <c r="H27" s="40">
+        <v>107.87309999999999</v>
+      </c>
+      <c r="I27" s="40"/>
+      <c r="J27" s="40"/>
+      <c r="K27" s="50"/>
+      <c r="L27" s="40"/>
+      <c r="M27" s="40"/>
+      <c r="N27" s="40"/>
+      <c r="O27" s="49"/>
+    </row>
+    <row r="28" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="23"/>
+      <c r="C28" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D28" s="18">
+      <c r="D28" s="40">
         <v>101.6212</v>
       </c>
-      <c r="E28" s="54"/>
-[...19 lines deleted...]
-      <c r="C29" s="25" t="s">
+      <c r="E28" s="50"/>
+      <c r="F28" s="40">
+        <v>97.005300000000005</v>
+      </c>
+      <c r="G28" s="50"/>
+      <c r="H28" s="40">
+        <v>108.559</v>
+      </c>
+      <c r="I28" s="40"/>
+      <c r="J28" s="40"/>
+      <c r="K28" s="50"/>
+      <c r="L28" s="40">
+        <v>89.719499999999996</v>
+      </c>
+      <c r="M28" s="40"/>
+      <c r="N28" s="40"/>
+      <c r="O28" s="49"/>
+    </row>
+    <row r="29" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="23"/>
+      <c r="C29" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D29" s="18">
+      <c r="D29" s="40">
         <v>102.75530000000001</v>
       </c>
-      <c r="E29" s="54"/>
-[...17 lines deleted...]
-      <c r="C30" s="25" t="s">
+      <c r="E29" s="50"/>
+      <c r="F29" s="40">
+        <v>97.981399999999994</v>
+      </c>
+      <c r="G29" s="50"/>
+      <c r="H29" s="40">
+        <v>109.1285</v>
+      </c>
+      <c r="I29" s="40"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="50"/>
+      <c r="L29" s="40"/>
+      <c r="M29" s="40"/>
+      <c r="N29" s="40"/>
+      <c r="O29" s="49"/>
+    </row>
+    <row r="30" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="23"/>
+      <c r="C30" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D30" s="18">
+      <c r="D30" s="40">
         <v>103.78319999999999</v>
       </c>
-      <c r="E30" s="54"/>
-[...17 lines deleted...]
-      <c r="C31" s="28" t="s">
+      <c r="E30" s="50"/>
+      <c r="F30" s="40">
+        <v>99.657899999999998</v>
+      </c>
+      <c r="G30" s="50"/>
+      <c r="H30" s="40">
+        <v>108.28879999999999</v>
+      </c>
+      <c r="I30" s="40"/>
+      <c r="J30" s="40"/>
+      <c r="K30" s="50"/>
+      <c r="L30" s="40"/>
+      <c r="M30" s="40"/>
+      <c r="N30" s="40"/>
+      <c r="O30" s="49"/>
+    </row>
+    <row r="31" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="24"/>
+      <c r="C31" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D31" s="19">
+      <c r="D31" s="59">
         <v>104.3044</v>
       </c>
-      <c r="E31" s="56"/>
-[...18 lines deleted...]
-      <c r="B32" s="24" t="s">
+      <c r="E31" s="60"/>
+      <c r="F31" s="59">
+        <v>101.0693</v>
+      </c>
+      <c r="G31" s="60"/>
+      <c r="H31" s="59">
+        <v>108.37309999999999</v>
+      </c>
+      <c r="I31" s="59"/>
+      <c r="J31" s="59"/>
+      <c r="K31" s="60"/>
+      <c r="L31" s="59">
+        <v>95.854699999999994</v>
+      </c>
+      <c r="M31" s="59"/>
+      <c r="N31" s="59"/>
+      <c r="O31" s="49"/>
+    </row>
+    <row r="32" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="C32" s="25" t="s">
+      <c r="C32" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D32" s="18">
+      <c r="D32" s="40">
         <v>105.0206</v>
       </c>
-      <c r="E32" s="54"/>
-[...17 lines deleted...]
-      <c r="C33" s="25" t="s">
+      <c r="E32" s="50"/>
+      <c r="F32" s="40">
+        <v>103.6185</v>
+      </c>
+      <c r="G32" s="50"/>
+      <c r="H32" s="40">
+        <v>106.5034</v>
+      </c>
+      <c r="I32" s="40"/>
+      <c r="J32" s="40"/>
+      <c r="K32" s="50"/>
+      <c r="L32" s="40"/>
+      <c r="M32" s="40"/>
+      <c r="N32" s="40"/>
+      <c r="O32" s="49"/>
+    </row>
+    <row r="33" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="23"/>
+      <c r="C33" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D33" s="18">
+      <c r="D33" s="40">
         <v>104.2501</v>
       </c>
-      <c r="E33" s="54"/>
-[...17 lines deleted...]
-      <c r="C34" s="25" t="s">
+      <c r="E33" s="50"/>
+      <c r="F33" s="40">
+        <v>103.0643</v>
+      </c>
+      <c r="G33" s="50"/>
+      <c r="H33" s="40">
+        <v>105.9106</v>
+      </c>
+      <c r="I33" s="40"/>
+      <c r="J33" s="40"/>
+      <c r="K33" s="50"/>
+      <c r="L33" s="40"/>
+      <c r="M33" s="40"/>
+      <c r="N33" s="40"/>
+      <c r="O33" s="49"/>
+    </row>
+    <row r="34" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="23"/>
+      <c r="C34" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D34" s="18">
+      <c r="D34" s="40">
         <v>103.6756</v>
       </c>
-      <c r="E34" s="54"/>
-[...21 lines deleted...]
-      <c r="C35" s="25" t="s">
+      <c r="E34" s="50"/>
+      <c r="F34" s="40">
+        <v>102.6949</v>
+      </c>
+      <c r="G34" s="50"/>
+      <c r="H34" s="40">
+        <v>104.803</v>
+      </c>
+      <c r="I34" s="40"/>
+      <c r="J34" s="40">
+        <v>103.81740000000001</v>
+      </c>
+      <c r="K34" s="50"/>
+      <c r="L34" s="40">
+        <v>99.889799999999994</v>
+      </c>
+      <c r="M34" s="40"/>
+      <c r="N34" s="40"/>
+      <c r="O34" s="49"/>
+    </row>
+    <row r="35" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="23"/>
+      <c r="C35" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D35" s="18">
+      <c r="D35" s="40">
         <v>102.67310000000001</v>
       </c>
-      <c r="E35" s="54"/>
-[...17 lines deleted...]
-      <c r="C36" s="25" t="s">
+      <c r="E35" s="50"/>
+      <c r="F35" s="40">
+        <v>101.97190000000001</v>
+      </c>
+      <c r="G35" s="50"/>
+      <c r="H35" s="40">
+        <v>103.6467</v>
+      </c>
+      <c r="I35" s="40"/>
+      <c r="J35" s="40"/>
+      <c r="K35" s="50"/>
+      <c r="L35" s="40"/>
+      <c r="M35" s="40"/>
+      <c r="N35" s="40"/>
+      <c r="O35" s="49"/>
+    </row>
+    <row r="36" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="23"/>
+      <c r="C36" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D36" s="18">
+      <c r="D36" s="40">
         <v>102.6849</v>
       </c>
-      <c r="E36" s="54"/>
-[...17 lines deleted...]
-      <c r="C37" s="25" t="s">
+      <c r="E36" s="50"/>
+      <c r="F36" s="40">
+        <v>102.7106</v>
+      </c>
+      <c r="G36" s="50"/>
+      <c r="H36" s="40">
+        <v>103.33320000000001</v>
+      </c>
+      <c r="I36" s="40"/>
+      <c r="J36" s="40"/>
+      <c r="K36" s="50"/>
+      <c r="L36" s="40"/>
+      <c r="M36" s="40"/>
+      <c r="N36" s="40"/>
+      <c r="O36" s="49"/>
+    </row>
+    <row r="37" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="23"/>
+      <c r="C37" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D37" s="18">
+      <c r="D37" s="40">
         <v>101.967</v>
       </c>
-      <c r="E37" s="54"/>
-[...21 lines deleted...]
-      <c r="C38" s="25" t="s">
+      <c r="E37" s="50"/>
+      <c r="F37" s="40">
+        <v>101.8369</v>
+      </c>
+      <c r="G37" s="50"/>
+      <c r="H37" s="40">
+        <v>102.66370000000001</v>
+      </c>
+      <c r="I37" s="40"/>
+      <c r="J37" s="40">
+        <v>101.5654</v>
+      </c>
+      <c r="K37" s="50"/>
+      <c r="L37" s="40">
+        <v>98.929699999999997</v>
+      </c>
+      <c r="M37" s="40"/>
+      <c r="N37" s="40"/>
+      <c r="O37" s="49"/>
+    </row>
+    <row r="38" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="23"/>
+      <c r="C38" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D38" s="18">
+      <c r="D38" s="40">
         <v>101.65300000000001</v>
       </c>
-      <c r="E38" s="54"/>
-[...17 lines deleted...]
-      <c r="C39" s="25" t="s">
+      <c r="E38" s="50"/>
+      <c r="F38" s="40">
+        <v>100.93219999999999</v>
+      </c>
+      <c r="G38" s="50"/>
+      <c r="H38" s="40">
+        <v>102.23569999999999</v>
+      </c>
+      <c r="I38" s="40"/>
+      <c r="J38" s="40"/>
+      <c r="K38" s="50"/>
+      <c r="L38" s="40"/>
+      <c r="M38" s="40"/>
+      <c r="N38" s="40"/>
+      <c r="O38" s="49"/>
+    </row>
+    <row r="39" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="23"/>
+      <c r="C39" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D39" s="18">
+      <c r="D39" s="40">
         <v>103.3122</v>
       </c>
-      <c r="E39" s="54"/>
-[...17 lines deleted...]
-      <c r="C40" s="25" t="s">
+      <c r="E39" s="50"/>
+      <c r="F39" s="40">
+        <v>102.2089</v>
+      </c>
+      <c r="G39" s="50"/>
+      <c r="H39" s="40">
+        <v>103.866</v>
+      </c>
+      <c r="I39" s="40"/>
+      <c r="J39" s="40"/>
+      <c r="K39" s="50"/>
+      <c r="L39" s="40"/>
+      <c r="M39" s="40"/>
+      <c r="N39" s="40"/>
+      <c r="O39" s="49"/>
+    </row>
+    <row r="40" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="23"/>
+      <c r="C40" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D40" s="18">
+      <c r="D40" s="40">
         <v>104.04470000000001</v>
       </c>
-      <c r="E40" s="54"/>
-[...21 lines deleted...]
-      <c r="C41" s="25" t="s">
+      <c r="E40" s="50"/>
+      <c r="F40" s="40">
+        <v>102.7915</v>
+      </c>
+      <c r="G40" s="50"/>
+      <c r="H40" s="40">
+        <v>103.1811</v>
+      </c>
+      <c r="I40" s="40"/>
+      <c r="J40" s="40">
+        <v>100.649</v>
+      </c>
+      <c r="K40" s="50"/>
+      <c r="L40" s="40">
+        <v>98.710700000000003</v>
+      </c>
+      <c r="M40" s="40"/>
+      <c r="N40" s="40"/>
+      <c r="O40" s="49"/>
+    </row>
+    <row r="41" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="23"/>
+      <c r="C41" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D41" s="18">
+      <c r="D41" s="40">
         <v>102.95350000000001</v>
       </c>
-      <c r="E41" s="54"/>
-[...17 lines deleted...]
-      <c r="C42" s="25" t="s">
+      <c r="E41" s="50"/>
+      <c r="F41" s="40">
+        <v>101.4932</v>
+      </c>
+      <c r="G41" s="50"/>
+      <c r="H41" s="40">
+        <v>101.9491</v>
+      </c>
+      <c r="I41" s="40"/>
+      <c r="J41" s="40"/>
+      <c r="K41" s="50"/>
+      <c r="L41" s="40"/>
+      <c r="M41" s="40"/>
+      <c r="N41" s="40"/>
+      <c r="O41" s="49"/>
+    </row>
+    <row r="42" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="23"/>
+      <c r="C42" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D42" s="18">
+      <c r="D42" s="40">
         <v>102.3891</v>
       </c>
-      <c r="E42" s="54"/>
-[...17 lines deleted...]
-      <c r="C43" s="28" t="s">
+      <c r="E42" s="50"/>
+      <c r="F42" s="40">
+        <v>101.1812</v>
+      </c>
+      <c r="G42" s="50"/>
+      <c r="H42" s="40">
+        <v>101.488</v>
+      </c>
+      <c r="I42" s="40"/>
+      <c r="J42" s="40"/>
+      <c r="K42" s="50"/>
+      <c r="L42" s="40"/>
+      <c r="M42" s="40"/>
+      <c r="N42" s="40"/>
+      <c r="O42" s="49"/>
+    </row>
+    <row r="43" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="24"/>
+      <c r="C43" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D43" s="19">
+      <c r="D43" s="59">
         <v>102.3591</v>
       </c>
-      <c r="E43" s="56"/>
-[...20 lines deleted...]
-      <c r="B44" s="24" t="s">
+      <c r="E43" s="60"/>
+      <c r="F43" s="59">
+        <v>101.2629</v>
+      </c>
+      <c r="G43" s="60"/>
+      <c r="H43" s="59">
+        <v>101.4952</v>
+      </c>
+      <c r="I43" s="59"/>
+      <c r="J43" s="59">
+        <v>100.5616</v>
+      </c>
+      <c r="K43" s="61"/>
+      <c r="L43" s="59">
+        <v>98.170900000000003</v>
+      </c>
+      <c r="M43" s="59"/>
+      <c r="N43" s="59"/>
+      <c r="O43" s="49"/>
+    </row>
+    <row r="44" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="C44" s="25" t="s">
+      <c r="C44" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D44" s="18">
+      <c r="D44" s="40">
         <v>102.4871</v>
       </c>
-      <c r="E44" s="54"/>
-[...17 lines deleted...]
-      <c r="C45" s="25" t="s">
+      <c r="E44" s="50"/>
+      <c r="F44" s="40">
+        <v>102.12139999999999</v>
+      </c>
+      <c r="G44" s="50"/>
+      <c r="H44" s="40">
+        <v>101.9678</v>
+      </c>
+      <c r="I44" s="40"/>
+      <c r="J44" s="40"/>
+      <c r="K44" s="50"/>
+      <c r="L44" s="40"/>
+      <c r="M44" s="40"/>
+      <c r="N44" s="40"/>
+      <c r="O44" s="49"/>
+    </row>
+    <row r="45" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="26"/>
+      <c r="C45" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D45" s="18">
+      <c r="D45" s="40">
         <v>100.0981</v>
       </c>
-      <c r="E45" s="54"/>
-[...17 lines deleted...]
-      <c r="C46" s="25" t="s">
+      <c r="E45" s="50"/>
+      <c r="F45" s="40">
+        <v>99.995199999999997</v>
+      </c>
+      <c r="G45" s="50"/>
+      <c r="H45" s="40">
+        <v>99.747600000000006</v>
+      </c>
+      <c r="I45" s="40"/>
+      <c r="J45" s="40"/>
+      <c r="K45" s="50"/>
+      <c r="L45" s="40"/>
+      <c r="M45" s="40"/>
+      <c r="N45" s="40"/>
+      <c r="O45" s="49"/>
+    </row>
+    <row r="46" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="26"/>
+      <c r="C46" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D46" s="18">
+      <c r="D46" s="40">
         <v>97.972499999999997</v>
       </c>
-      <c r="E46" s="54"/>
-[...8 lines deleted...]
-      <c r="J46" s="18">
+      <c r="E46" s="50"/>
+      <c r="F46" s="40">
+        <v>97.883399999999995</v>
+      </c>
+      <c r="G46" s="50"/>
+      <c r="H46" s="40">
+        <v>98.284599999999998</v>
+      </c>
+      <c r="I46" s="40"/>
+      <c r="J46" s="40">
         <v>100</v>
       </c>
-      <c r="K46" s="54"/>
-      <c r="L46" s="18">
+      <c r="K46" s="50"/>
+      <c r="L46" s="40">
         <v>100</v>
       </c>
-      <c r="M46" s="54"/>
-[...5 lines deleted...]
-      <c r="C47" s="25" t="s">
+      <c r="M46" s="40"/>
+      <c r="N46" s="40"/>
+      <c r="O46" s="49"/>
+    </row>
+    <row r="47" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="26"/>
+      <c r="C47" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D47" s="18">
+      <c r="D47" s="40">
         <v>97.625799999999998</v>
       </c>
-      <c r="E47" s="54"/>
-[...17 lines deleted...]
-      <c r="C48" s="25" t="s">
+      <c r="E47" s="50"/>
+      <c r="F47" s="40">
+        <v>97.566500000000005</v>
+      </c>
+      <c r="G47" s="50"/>
+      <c r="H47" s="40">
+        <v>97.955699999999993</v>
+      </c>
+      <c r="I47" s="40"/>
+      <c r="J47" s="40"/>
+      <c r="K47" s="50"/>
+      <c r="L47" s="40"/>
+      <c r="M47" s="40"/>
+      <c r="N47" s="40"/>
+      <c r="O47" s="49"/>
+    </row>
+    <row r="48" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="26"/>
+      <c r="C48" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D48" s="18">
+      <c r="D48" s="40">
         <v>97.581699999999998</v>
       </c>
-      <c r="E48" s="54"/>
-[...17 lines deleted...]
-      <c r="C49" s="25" t="s">
+      <c r="E48" s="50"/>
+      <c r="F48" s="40">
+        <v>98.267399999999995</v>
+      </c>
+      <c r="G48" s="50"/>
+      <c r="H48" s="40">
+        <v>97.568600000000004</v>
+      </c>
+      <c r="I48" s="40"/>
+      <c r="J48" s="40"/>
+      <c r="K48" s="50"/>
+      <c r="L48" s="40"/>
+      <c r="M48" s="40"/>
+      <c r="N48" s="40"/>
+      <c r="O48" s="49"/>
+    </row>
+    <row r="49" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="26"/>
+      <c r="C49" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D49" s="18">
+      <c r="D49" s="40">
         <v>96.831999999999994</v>
       </c>
-      <c r="E49" s="54"/>
-[...21 lines deleted...]
-      <c r="C50" s="25" t="s">
+      <c r="E49" s="50"/>
+      <c r="F49" s="40">
+        <v>97.428299999999993</v>
+      </c>
+      <c r="G49" s="50"/>
+      <c r="H49" s="40">
+        <v>97.010300000000001</v>
+      </c>
+      <c r="I49" s="40"/>
+      <c r="J49" s="40">
+        <v>95.994200000000006</v>
+      </c>
+      <c r="K49" s="50"/>
+      <c r="L49" s="40">
+        <v>96.110600000000005</v>
+      </c>
+      <c r="M49" s="40"/>
+      <c r="N49" s="40"/>
+      <c r="O49" s="49"/>
+    </row>
+    <row r="50" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="26"/>
+      <c r="C50" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D50" s="18">
+      <c r="D50" s="40">
         <v>96.514099999999999</v>
       </c>
-      <c r="E50" s="54"/>
-[...17 lines deleted...]
-      <c r="C51" s="25" t="s">
+      <c r="E50" s="50"/>
+      <c r="F50" s="40">
+        <v>97.115099999999998</v>
+      </c>
+      <c r="G50" s="50"/>
+      <c r="H50" s="40">
+        <v>97.126400000000004</v>
+      </c>
+      <c r="I50" s="40"/>
+      <c r="J50" s="40"/>
+      <c r="K50" s="50"/>
+      <c r="L50" s="40"/>
+      <c r="M50" s="40"/>
+      <c r="N50" s="40"/>
+      <c r="O50" s="49"/>
+    </row>
+    <row r="51" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="26"/>
+      <c r="C51" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D51" s="18">
+      <c r="D51" s="40">
         <v>97.602800000000002</v>
       </c>
-      <c r="E51" s="54"/>
-[...17 lines deleted...]
-      <c r="C52" s="25" t="s">
+      <c r="E51" s="50"/>
+      <c r="F51" s="40">
+        <v>97.666899999999998</v>
+      </c>
+      <c r="G51" s="50"/>
+      <c r="H51" s="40">
+        <v>98.178399999999996</v>
+      </c>
+      <c r="I51" s="40"/>
+      <c r="J51" s="40"/>
+      <c r="K51" s="50"/>
+      <c r="L51" s="40"/>
+      <c r="M51" s="40"/>
+      <c r="N51" s="40"/>
+      <c r="O51" s="49"/>
+    </row>
+    <row r="52" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="26"/>
+      <c r="C52" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D52" s="18">
+      <c r="D52" s="40">
         <v>96.692999999999998</v>
       </c>
-      <c r="E52" s="54"/>
-[...21 lines deleted...]
-      <c r="C53" s="25" t="s">
+      <c r="E52" s="50"/>
+      <c r="F52" s="40">
+        <v>96.580200000000005</v>
+      </c>
+      <c r="G52" s="50"/>
+      <c r="H52" s="40">
+        <v>97.373800000000003</v>
+      </c>
+      <c r="I52" s="40"/>
+      <c r="J52" s="40">
+        <v>96.083399999999997</v>
+      </c>
+      <c r="K52" s="50"/>
+      <c r="L52" s="40">
+        <v>96.848200000000006</v>
+      </c>
+      <c r="M52" s="40"/>
+      <c r="N52" s="40"/>
+      <c r="O52" s="49"/>
+    </row>
+    <row r="53" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="26"/>
+      <c r="C53" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D53" s="18">
+      <c r="D53" s="40">
         <v>97.311599999999999</v>
       </c>
-      <c r="E53" s="54"/>
-[...17 lines deleted...]
-      <c r="C54" s="25" t="s">
+      <c r="E53" s="50"/>
+      <c r="F53" s="40">
+        <v>97.167299999999997</v>
+      </c>
+      <c r="G53" s="50"/>
+      <c r="H53" s="40">
+        <v>97.522400000000005</v>
+      </c>
+      <c r="I53" s="40"/>
+      <c r="J53" s="40"/>
+      <c r="K53" s="50"/>
+      <c r="L53" s="40"/>
+      <c r="M53" s="40"/>
+      <c r="N53" s="40"/>
+      <c r="O53" s="49"/>
+    </row>
+    <row r="54" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="23"/>
+      <c r="C54" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D54" s="18">
+      <c r="D54" s="40">
         <v>96.461299999999994</v>
       </c>
-      <c r="E54" s="54"/>
-[...17 lines deleted...]
-      <c r="C55" s="28" t="s">
+      <c r="E54" s="50"/>
+      <c r="F54" s="40">
+        <v>95.704899999999995</v>
+      </c>
+      <c r="G54" s="50"/>
+      <c r="H54" s="40">
+        <v>97.298900000000003</v>
+      </c>
+      <c r="I54" s="40"/>
+      <c r="J54" s="40"/>
+      <c r="K54" s="50"/>
+      <c r="L54" s="40"/>
+      <c r="M54" s="40"/>
+      <c r="N54" s="40"/>
+      <c r="O54" s="49"/>
+    </row>
+    <row r="55" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="24"/>
+      <c r="C55" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D55" s="19">
+      <c r="D55" s="59">
         <v>95.370999999999995</v>
       </c>
-      <c r="E55" s="56"/>
-[...20 lines deleted...]
-      <c r="B56" s="24" t="s">
+      <c r="E55" s="60"/>
+      <c r="F55" s="59">
+        <v>94.780100000000004</v>
+      </c>
+      <c r="G55" s="60"/>
+      <c r="H55" s="59">
+        <v>95.774500000000003</v>
+      </c>
+      <c r="I55" s="59"/>
+      <c r="J55" s="59">
+        <v>96.02</v>
+      </c>
+      <c r="K55" s="60"/>
+      <c r="L55" s="59">
+        <v>98.569599999999994</v>
+      </c>
+      <c r="M55" s="59"/>
+      <c r="N55" s="59"/>
+      <c r="O55" s="49"/>
+    </row>
+    <row r="56" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="C56" s="25" t="s">
+      <c r="C56" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D56" s="18">
+      <c r="D56" s="40">
         <v>94.533900000000003</v>
       </c>
-      <c r="E56" s="54"/>
-[...17 lines deleted...]
-      <c r="C57" s="25" t="s">
+      <c r="E56" s="50"/>
+      <c r="F56" s="40">
+        <v>94.552999999999997</v>
+      </c>
+      <c r="G56" s="50"/>
+      <c r="H56" s="40">
+        <v>97.761099999999999</v>
+      </c>
+      <c r="I56" s="40"/>
+      <c r="J56" s="40"/>
+      <c r="K56" s="50"/>
+      <c r="L56" s="40"/>
+      <c r="M56" s="40"/>
+      <c r="N56" s="40"/>
+      <c r="O56" s="49"/>
+    </row>
+    <row r="57" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="27"/>
+      <c r="C57" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D57" s="18">
+      <c r="D57" s="40">
         <v>93.900800000000004</v>
       </c>
-      <c r="E57" s="54"/>
-[...17 lines deleted...]
-      <c r="C58" s="25" t="s">
+      <c r="E57" s="50"/>
+      <c r="F57" s="40">
+        <v>93.962199999999996</v>
+      </c>
+      <c r="G57" s="50"/>
+      <c r="H57" s="40">
+        <v>97.153499999999994</v>
+      </c>
+      <c r="I57" s="40"/>
+      <c r="J57" s="40"/>
+      <c r="K57" s="50"/>
+      <c r="L57" s="40"/>
+      <c r="M57" s="40"/>
+      <c r="N57" s="40"/>
+      <c r="O57" s="49"/>
+    </row>
+    <row r="58" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="27"/>
+      <c r="C58" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D58" s="18">
+      <c r="D58" s="40">
         <v>93.325400000000002</v>
       </c>
-      <c r="E58" s="54"/>
-[...21 lines deleted...]
-      <c r="C59" s="25" t="s">
+      <c r="E58" s="50"/>
+      <c r="F58" s="40">
+        <v>93.636499999999998</v>
+      </c>
+      <c r="G58" s="50"/>
+      <c r="H58" s="40">
+        <v>96.980800000000002</v>
+      </c>
+      <c r="I58" s="40"/>
+      <c r="J58" s="40">
+        <v>92.361000000000004</v>
+      </c>
+      <c r="K58" s="50"/>
+      <c r="L58" s="40">
+        <v>95.259600000000006</v>
+      </c>
+      <c r="M58" s="40"/>
+      <c r="N58" s="40"/>
+      <c r="O58" s="49"/>
+    </row>
+    <row r="59" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="27"/>
+      <c r="C59" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D59" s="18">
+      <c r="D59" s="40">
         <v>93.143600000000006</v>
       </c>
-      <c r="E59" s="54"/>
-[...17 lines deleted...]
-      <c r="C60" s="25" t="s">
+      <c r="E59" s="50"/>
+      <c r="F59" s="40">
+        <v>93.941800000000001</v>
+      </c>
+      <c r="G59" s="50"/>
+      <c r="H59" s="40">
+        <v>97.561999999999998</v>
+      </c>
+      <c r="I59" s="40"/>
+      <c r="J59" s="40"/>
+      <c r="K59" s="50"/>
+      <c r="L59" s="40"/>
+      <c r="M59" s="40"/>
+      <c r="N59" s="40"/>
+      <c r="O59" s="49"/>
+    </row>
+    <row r="60" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="27"/>
+      <c r="C60" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D60" s="18">
+      <c r="D60" s="40">
         <v>92.940299999999993</v>
       </c>
-      <c r="E60" s="54"/>
-[...17 lines deleted...]
-      <c r="C61" s="25" t="s">
+      <c r="E60" s="50"/>
+      <c r="F60" s="40">
+        <v>93.8065</v>
+      </c>
+      <c r="G60" s="50"/>
+      <c r="H60" s="40">
+        <v>97.153400000000005</v>
+      </c>
+      <c r="I60" s="40"/>
+      <c r="J60" s="40"/>
+      <c r="K60" s="50"/>
+      <c r="L60" s="40"/>
+      <c r="M60" s="40"/>
+      <c r="N60" s="40"/>
+      <c r="O60" s="49"/>
+    </row>
+    <row r="61" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="27"/>
+      <c r="C61" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D61" s="18">
+      <c r="D61" s="40">
         <v>94.597700000000003</v>
       </c>
-      <c r="E61" s="54"/>
-[...21 lines deleted...]
-      <c r="C62" s="25" t="s">
+      <c r="E61" s="50"/>
+      <c r="F61" s="40">
+        <v>96.026399999999995</v>
+      </c>
+      <c r="G61" s="50"/>
+      <c r="H61" s="40">
+        <v>98.438599999999994</v>
+      </c>
+      <c r="I61" s="40"/>
+      <c r="J61" s="40">
+        <v>94.473600000000005</v>
+      </c>
+      <c r="K61" s="50"/>
+      <c r="L61" s="40">
+        <v>96.778700000000001</v>
+      </c>
+      <c r="M61" s="40"/>
+      <c r="N61" s="40"/>
+      <c r="O61" s="49"/>
+    </row>
+    <row r="62" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="27"/>
+      <c r="C62" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="18">
+      <c r="D62" s="40">
         <v>94.948899999999995</v>
       </c>
-      <c r="E62" s="54"/>
-[...17 lines deleted...]
-      <c r="C63" s="25" t="s">
+      <c r="E62" s="50"/>
+      <c r="F62" s="40">
+        <v>96.746899999999997</v>
+      </c>
+      <c r="G62" s="50"/>
+      <c r="H62" s="40">
+        <v>98.607600000000005</v>
+      </c>
+      <c r="I62" s="40"/>
+      <c r="J62" s="40"/>
+      <c r="K62" s="50"/>
+      <c r="L62" s="40"/>
+      <c r="M62" s="40"/>
+      <c r="N62" s="40"/>
+      <c r="O62" s="49"/>
+    </row>
+    <row r="63" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="27"/>
+      <c r="C63" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D63" s="18">
+      <c r="D63" s="40">
         <v>94.441699999999997</v>
       </c>
-      <c r="E63" s="54"/>
-[...17 lines deleted...]
-      <c r="C64" s="25" t="s">
+      <c r="E63" s="50"/>
+      <c r="F63" s="40">
+        <v>95.933700000000002</v>
+      </c>
+      <c r="G63" s="50"/>
+      <c r="H63" s="40">
+        <v>98.286699999999996</v>
+      </c>
+      <c r="I63" s="40"/>
+      <c r="J63" s="40"/>
+      <c r="K63" s="50"/>
+      <c r="L63" s="40"/>
+      <c r="M63" s="40"/>
+      <c r="N63" s="40"/>
+      <c r="O63" s="49"/>
+    </row>
+    <row r="64" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="27"/>
+      <c r="C64" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D64" s="18">
+      <c r="D64" s="40">
         <v>94.282200000000003</v>
       </c>
-      <c r="E64" s="54"/>
-[...21 lines deleted...]
-      <c r="C65" s="25" t="s">
+      <c r="E64" s="50"/>
+      <c r="F64" s="40">
+        <v>95.507400000000004</v>
+      </c>
+      <c r="G64" s="50"/>
+      <c r="H64" s="40">
+        <v>97.943399999999997</v>
+      </c>
+      <c r="I64" s="40"/>
+      <c r="J64" s="40">
+        <v>96.102000000000004</v>
+      </c>
+      <c r="K64" s="50"/>
+      <c r="L64" s="40">
+        <v>98.510499999999993</v>
+      </c>
+      <c r="M64" s="40"/>
+      <c r="N64" s="40"/>
+      <c r="O64" s="49"/>
+    </row>
+    <row r="65" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="27"/>
+      <c r="C65" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D65" s="18">
+      <c r="D65" s="40">
         <v>93.922200000000004</v>
       </c>
-      <c r="E65" s="54"/>
-[...17 lines deleted...]
-      <c r="C66" s="25" t="s">
+      <c r="E65" s="50"/>
+      <c r="F65" s="40">
+        <v>95.203000000000003</v>
+      </c>
+      <c r="G65" s="50"/>
+      <c r="H65" s="40">
+        <v>97.963399999999993</v>
+      </c>
+      <c r="I65" s="40"/>
+      <c r="J65" s="40"/>
+      <c r="K65" s="50"/>
+      <c r="L65" s="40"/>
+      <c r="M65" s="40"/>
+      <c r="N65" s="40"/>
+      <c r="O65" s="49"/>
+    </row>
+    <row r="66" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="27"/>
+      <c r="C66" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D66" s="18">
+      <c r="D66" s="40">
         <v>93.7774</v>
       </c>
-      <c r="E66" s="54"/>
-[...17 lines deleted...]
-      <c r="C67" s="28" t="s">
+      <c r="E66" s="50"/>
+      <c r="F66" s="40">
+        <v>94.844800000000006</v>
+      </c>
+      <c r="G66" s="50"/>
+      <c r="H66" s="40">
+        <v>100.2756</v>
+      </c>
+      <c r="I66" s="40"/>
+      <c r="J66" s="40"/>
+      <c r="K66" s="50"/>
+      <c r="L66" s="40"/>
+      <c r="M66" s="40"/>
+      <c r="N66" s="40"/>
+      <c r="O66" s="49"/>
+    </row>
+    <row r="67" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="28"/>
+      <c r="C67" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D67" s="19">
+      <c r="D67" s="59">
         <v>94.773600000000002</v>
       </c>
-      <c r="E67" s="56"/>
-[...20 lines deleted...]
-      <c r="B68" s="24" t="s">
+      <c r="E67" s="60"/>
+      <c r="F67" s="59">
+        <v>96.015799999999999</v>
+      </c>
+      <c r="G67" s="60"/>
+      <c r="H67" s="59">
+        <v>101.6542</v>
+      </c>
+      <c r="I67" s="59"/>
+      <c r="J67" s="59">
+        <v>95.415499999999994</v>
+      </c>
+      <c r="K67" s="60"/>
+      <c r="L67" s="59">
+        <v>97.719499999999996</v>
+      </c>
+      <c r="M67" s="59"/>
+      <c r="N67" s="59"/>
+      <c r="O67" s="49"/>
+    </row>
+    <row r="68" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="C68" s="25" t="s">
+      <c r="C68" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D68" s="18">
+      <c r="D68" s="40">
         <v>95.555899999999994</v>
       </c>
-      <c r="E68" s="54"/>
-[...17 lines deleted...]
-      <c r="C69" s="25" t="s">
+      <c r="E68" s="50"/>
+      <c r="F68" s="40">
+        <v>96.768299999999996</v>
+      </c>
+      <c r="G68" s="50"/>
+      <c r="H68" s="40">
+        <v>100.60939999999999</v>
+      </c>
+      <c r="I68" s="40"/>
+      <c r="J68" s="40"/>
+      <c r="K68" s="50"/>
+      <c r="L68" s="40"/>
+      <c r="M68" s="40"/>
+      <c r="N68" s="40"/>
+      <c r="O68" s="49"/>
+    </row>
+    <row r="69" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="27"/>
+      <c r="C69" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D69" s="18">
+      <c r="D69" s="40">
         <v>94.293099999999995</v>
       </c>
-      <c r="E69" s="54"/>
-[...17 lines deleted...]
-      <c r="C70" s="25" t="s">
+      <c r="E69" s="50"/>
+      <c r="F69" s="40">
+        <v>95.718199999999996</v>
+      </c>
+      <c r="G69" s="50"/>
+      <c r="H69" s="40">
+        <v>99.6203</v>
+      </c>
+      <c r="I69" s="40"/>
+      <c r="J69" s="40"/>
+      <c r="K69" s="50"/>
+      <c r="L69" s="40"/>
+      <c r="M69" s="40"/>
+      <c r="N69" s="40"/>
+      <c r="O69" s="49"/>
+    </row>
+    <row r="70" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="27"/>
+      <c r="C70" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D70" s="18">
+      <c r="D70" s="40">
         <v>94.693700000000007</v>
       </c>
-      <c r="E70" s="54"/>
-[...21 lines deleted...]
-      <c r="C71" s="25" t="s">
+      <c r="E70" s="50"/>
+      <c r="F70" s="40">
+        <v>95.696399999999997</v>
+      </c>
+      <c r="G70" s="50"/>
+      <c r="H70" s="40">
+        <v>98.4298</v>
+      </c>
+      <c r="I70" s="40"/>
+      <c r="J70" s="40">
+        <v>95.739500000000007</v>
+      </c>
+      <c r="K70" s="50"/>
+      <c r="L70" s="40">
+        <v>97.105999999999995</v>
+      </c>
+      <c r="M70" s="40"/>
+      <c r="N70" s="40"/>
+      <c r="O70" s="49"/>
+    </row>
+    <row r="71" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="27"/>
+      <c r="C71" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D71" s="18">
+      <c r="D71" s="40">
         <v>95.889899999999997</v>
       </c>
-      <c r="E71" s="54"/>
-[...17 lines deleted...]
-      <c r="C72" s="25" t="s">
+      <c r="E71" s="50"/>
+      <c r="F71" s="40">
+        <v>97.790499999999994</v>
+      </c>
+      <c r="G71" s="50"/>
+      <c r="H71" s="40">
+        <v>99.716399999999993</v>
+      </c>
+      <c r="I71" s="40"/>
+      <c r="J71" s="40"/>
+      <c r="K71" s="50"/>
+      <c r="L71" s="40"/>
+      <c r="M71" s="40"/>
+      <c r="N71" s="40"/>
+      <c r="O71" s="49"/>
+    </row>
+    <row r="72" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="27"/>
+      <c r="C72" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D72" s="18">
+      <c r="D72" s="40">
         <v>98.442599999999999</v>
       </c>
-      <c r="E72" s="54"/>
-[...17 lines deleted...]
-      <c r="C73" s="25" t="s">
+      <c r="E72" s="50"/>
+      <c r="F72" s="40">
+        <v>100.71939999999999</v>
+      </c>
+      <c r="G72" s="50"/>
+      <c r="H72" s="40">
+        <v>102.3656</v>
+      </c>
+      <c r="I72" s="40"/>
+      <c r="J72" s="40"/>
+      <c r="K72" s="50"/>
+      <c r="L72" s="40"/>
+      <c r="M72" s="40"/>
+      <c r="N72" s="40"/>
+      <c r="O72" s="49"/>
+    </row>
+    <row r="73" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="27"/>
+      <c r="C73" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D73" s="18">
+      <c r="D73" s="40">
         <v>98.087800000000001</v>
       </c>
-      <c r="E73" s="54"/>
-[...21 lines deleted...]
-      <c r="C74" s="25" t="s">
+      <c r="E73" s="50"/>
+      <c r="F73" s="40">
+        <v>99.940100000000001</v>
+      </c>
+      <c r="G73" s="50"/>
+      <c r="H73" s="40">
+        <v>102.0241</v>
+      </c>
+      <c r="I73" s="40"/>
+      <c r="J73" s="40">
+        <v>99.544499999999999</v>
+      </c>
+      <c r="K73" s="50"/>
+      <c r="L73" s="40">
+        <v>93.549000000000007</v>
+      </c>
+      <c r="M73" s="40"/>
+      <c r="N73" s="40"/>
+      <c r="O73" s="49"/>
+    </row>
+    <row r="74" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="27"/>
+      <c r="C74" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D74" s="18">
+      <c r="D74" s="40">
         <v>100.37649999999999</v>
       </c>
-      <c r="E74" s="54"/>
-[...17 lines deleted...]
-      <c r="C75" s="25" t="s">
+      <c r="E74" s="50"/>
+      <c r="F74" s="40">
+        <v>101.066</v>
+      </c>
+      <c r="G74" s="50"/>
+      <c r="H74" s="40">
+        <v>104.06140000000001</v>
+      </c>
+      <c r="I74" s="40"/>
+      <c r="J74" s="40"/>
+      <c r="K74" s="50"/>
+      <c r="L74" s="40"/>
+      <c r="M74" s="40"/>
+      <c r="N74" s="40"/>
+      <c r="O74" s="49"/>
+    </row>
+    <row r="75" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="27"/>
+      <c r="C75" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D75" s="18">
+      <c r="D75" s="40">
         <v>97.320999999999998</v>
       </c>
-      <c r="E75" s="54"/>
-[...17 lines deleted...]
-      <c r="C76" s="25" t="s">
+      <c r="E75" s="50"/>
+      <c r="F75" s="40">
+        <v>98.547399999999996</v>
+      </c>
+      <c r="G75" s="50"/>
+      <c r="H75" s="40">
+        <v>100.44159999999999</v>
+      </c>
+      <c r="I75" s="40"/>
+      <c r="J75" s="40"/>
+      <c r="K75" s="50"/>
+      <c r="L75" s="40"/>
+      <c r="M75" s="40"/>
+      <c r="N75" s="40"/>
+      <c r="O75" s="49"/>
+    </row>
+    <row r="76" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="27"/>
+      <c r="C76" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D76" s="18">
+      <c r="D76" s="40">
         <v>97.459800000000001</v>
       </c>
-      <c r="E76" s="54"/>
-[...21 lines deleted...]
-      <c r="C77" s="25" t="s">
+      <c r="E76" s="50"/>
+      <c r="F76" s="40">
+        <v>98.659700000000001</v>
+      </c>
+      <c r="G76" s="50"/>
+      <c r="H76" s="40">
+        <v>100.38890000000001</v>
+      </c>
+      <c r="I76" s="40"/>
+      <c r="J76" s="40">
+        <v>99.015299999999996</v>
+      </c>
+      <c r="K76" s="50"/>
+      <c r="L76" s="40">
+        <v>93.625399999999999</v>
+      </c>
+      <c r="M76" s="40"/>
+      <c r="N76" s="40"/>
+      <c r="O76" s="49"/>
+    </row>
+    <row r="77" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="27"/>
+      <c r="C77" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D77" s="18">
+      <c r="D77" s="40">
         <v>98.472099999999998</v>
       </c>
-      <c r="E77" s="54"/>
-[...17 lines deleted...]
-      <c r="C78" s="25" t="s">
+      <c r="E77" s="50"/>
+      <c r="F77" s="40">
+        <v>99.039599999999993</v>
+      </c>
+      <c r="G77" s="50"/>
+      <c r="H77" s="40">
+        <v>101.6622</v>
+      </c>
+      <c r="I77" s="40"/>
+      <c r="J77" s="40"/>
+      <c r="K77" s="50"/>
+      <c r="L77" s="40"/>
+      <c r="M77" s="40"/>
+      <c r="N77" s="40"/>
+      <c r="O77" s="49"/>
+    </row>
+    <row r="78" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="27"/>
+      <c r="C78" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D78" s="18">
+      <c r="D78" s="40">
         <v>98.341700000000003</v>
       </c>
-      <c r="E78" s="54"/>
-[...17 lines deleted...]
-      <c r="C79" s="28" t="s">
+      <c r="E78" s="50"/>
+      <c r="F78" s="40">
+        <v>98.850099999999998</v>
+      </c>
+      <c r="G78" s="50"/>
+      <c r="H78" s="40">
+        <v>101.5052</v>
+      </c>
+      <c r="I78" s="40"/>
+      <c r="J78" s="40"/>
+      <c r="K78" s="50"/>
+      <c r="L78" s="40"/>
+      <c r="M78" s="40"/>
+      <c r="N78" s="40"/>
+      <c r="O78" s="49"/>
+    </row>
+    <row r="79" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="28"/>
+      <c r="C79" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D79" s="19">
+      <c r="D79" s="59">
         <v>98.639300000000006</v>
       </c>
-      <c r="E79" s="56"/>
-[...20 lines deleted...]
-      <c r="B80" s="24" t="s">
+      <c r="E79" s="60"/>
+      <c r="F79" s="59">
+        <v>99.481999999999999</v>
+      </c>
+      <c r="G79" s="60"/>
+      <c r="H79" s="59">
+        <v>101.1251</v>
+      </c>
+      <c r="I79" s="59"/>
+      <c r="J79" s="59">
+        <v>100.0842</v>
+      </c>
+      <c r="K79" s="60"/>
+      <c r="L79" s="59">
+        <v>94.819699999999997</v>
+      </c>
+      <c r="M79" s="59"/>
+      <c r="N79" s="59"/>
+      <c r="O79" s="49"/>
+    </row>
+    <row r="80" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="C80" s="25" t="s">
+      <c r="C80" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D80" s="18">
+      <c r="D80" s="40">
         <v>96.781300000000002</v>
       </c>
-      <c r="E80" s="54"/>
-[...17 lines deleted...]
-      <c r="C81" s="25" t="s">
+      <c r="E80" s="50"/>
+      <c r="F80" s="40">
+        <v>97.917199999999994</v>
+      </c>
+      <c r="G80" s="50"/>
+      <c r="H80" s="40">
+        <v>98.453000000000003</v>
+      </c>
+      <c r="I80" s="40"/>
+      <c r="J80" s="40"/>
+      <c r="K80" s="50"/>
+      <c r="L80" s="40"/>
+      <c r="M80" s="40"/>
+      <c r="N80" s="40"/>
+      <c r="O80" s="49"/>
+    </row>
+    <row r="81" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="27"/>
+      <c r="C81" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D81" s="18">
+      <c r="D81" s="40">
         <v>97.154899999999998</v>
       </c>
-      <c r="E81" s="54"/>
-[...17 lines deleted...]
-      <c r="C82" s="25" t="s">
+      <c r="E81" s="50"/>
+      <c r="F81" s="40">
+        <v>97.942099999999996</v>
+      </c>
+      <c r="G81" s="50"/>
+      <c r="H81" s="40">
+        <v>99.463499999999996</v>
+      </c>
+      <c r="I81" s="40"/>
+      <c r="J81" s="40"/>
+      <c r="K81" s="50"/>
+      <c r="L81" s="40"/>
+      <c r="M81" s="40"/>
+      <c r="N81" s="40"/>
+      <c r="O81" s="49"/>
+    </row>
+    <row r="82" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="27"/>
+      <c r="C82" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D82" s="18">
+      <c r="D82" s="40">
         <v>98.257800000000003</v>
       </c>
-      <c r="E82" s="54"/>
-[...21 lines deleted...]
-      <c r="C83" s="25" t="s">
+      <c r="E82" s="50"/>
+      <c r="F82" s="40">
+        <v>98.851399999999998</v>
+      </c>
+      <c r="G82" s="50"/>
+      <c r="H82" s="40">
+        <v>99.133200000000002</v>
+      </c>
+      <c r="I82" s="40"/>
+      <c r="J82" s="40">
+        <v>99.763400000000004</v>
+      </c>
+      <c r="K82" s="50"/>
+      <c r="L82" s="40">
+        <v>94.464600000000004</v>
+      </c>
+      <c r="M82" s="40"/>
+      <c r="N82" s="40"/>
+      <c r="O82" s="49"/>
+    </row>
+    <row r="83" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="27"/>
+      <c r="C83" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D83" s="18">
+      <c r="D83" s="40">
         <v>98.47</v>
       </c>
-      <c r="E83" s="54"/>
-[...17 lines deleted...]
-      <c r="C84" s="25" t="s">
+      <c r="E83" s="50"/>
+      <c r="F83" s="40">
+        <v>98.928600000000003</v>
+      </c>
+      <c r="G83" s="50"/>
+      <c r="H83" s="40">
+        <v>100.25449999999999</v>
+      </c>
+      <c r="I83" s="40"/>
+      <c r="J83" s="40"/>
+      <c r="K83" s="50"/>
+      <c r="L83" s="40"/>
+      <c r="M83" s="40"/>
+      <c r="N83" s="40"/>
+      <c r="O83" s="49"/>
+    </row>
+    <row r="84" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="27"/>
+      <c r="C84" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D84" s="18">
+      <c r="D84" s="40">
         <v>99.527100000000004</v>
       </c>
-      <c r="E84" s="54"/>
-[...17 lines deleted...]
-      <c r="C85" s="25" t="s">
+      <c r="E84" s="50"/>
+      <c r="F84" s="40">
+        <v>100.4198</v>
+      </c>
+      <c r="G84" s="50"/>
+      <c r="H84" s="40">
+        <v>101.1703</v>
+      </c>
+      <c r="I84" s="40"/>
+      <c r="J84" s="40"/>
+      <c r="K84" s="50"/>
+      <c r="L84" s="40"/>
+      <c r="M84" s="40"/>
+      <c r="N84" s="40"/>
+      <c r="O84" s="49"/>
+    </row>
+    <row r="85" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="27"/>
+      <c r="C85" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D85" s="18">
+      <c r="D85" s="40">
         <v>101.1904</v>
       </c>
-      <c r="E85" s="54"/>
-[...21 lines deleted...]
-      <c r="C86" s="25" t="s">
+      <c r="E85" s="50"/>
+      <c r="F85" s="40">
+        <v>101.50109999999999</v>
+      </c>
+      <c r="G85" s="50"/>
+      <c r="H85" s="40">
+        <v>102.6229</v>
+      </c>
+      <c r="I85" s="40"/>
+      <c r="J85" s="40">
+        <v>101.47790000000001</v>
+      </c>
+      <c r="K85" s="50"/>
+      <c r="L85" s="40">
+        <v>97.6267</v>
+      </c>
+      <c r="M85" s="40"/>
+      <c r="N85" s="40"/>
+      <c r="O85" s="49"/>
+    </row>
+    <row r="86" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="27"/>
+      <c r="C86" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D86" s="18">
+      <c r="D86" s="40">
         <v>101.5879</v>
       </c>
-      <c r="E86" s="54"/>
-[...17 lines deleted...]
-      <c r="C87" s="25" t="s">
+      <c r="E86" s="50"/>
+      <c r="F86" s="40">
+        <v>101.23650000000001</v>
+      </c>
+      <c r="G86" s="50"/>
+      <c r="H86" s="40">
+        <v>103.22920000000001</v>
+      </c>
+      <c r="I86" s="40"/>
+      <c r="J86" s="40"/>
+      <c r="K86" s="50"/>
+      <c r="L86" s="40"/>
+      <c r="M86" s="40"/>
+      <c r="N86" s="40"/>
+      <c r="O86" s="49"/>
+    </row>
+    <row r="87" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="27"/>
+      <c r="C87" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D87" s="18">
+      <c r="D87" s="40">
         <v>101.34220000000001</v>
       </c>
-      <c r="E87" s="54"/>
-[...17 lines deleted...]
-      <c r="C88" s="25" t="s">
+      <c r="E87" s="50"/>
+      <c r="F87" s="40">
+        <v>100.6677</v>
+      </c>
+      <c r="G87" s="50"/>
+      <c r="H87" s="40">
+        <v>103.0316</v>
+      </c>
+      <c r="I87" s="40"/>
+      <c r="J87" s="40"/>
+      <c r="K87" s="50"/>
+      <c r="L87" s="40"/>
+      <c r="M87" s="40"/>
+      <c r="N87" s="40"/>
+      <c r="O87" s="49"/>
+    </row>
+    <row r="88" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="27"/>
+      <c r="C88" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D88" s="18">
+      <c r="D88" s="40">
         <v>101.8451</v>
       </c>
-      <c r="E88" s="54"/>
-[...21 lines deleted...]
-      <c r="C89" s="25" t="s">
+      <c r="E88" s="50"/>
+      <c r="F88" s="40">
+        <v>101.4756</v>
+      </c>
+      <c r="G88" s="50"/>
+      <c r="H88" s="40">
+        <v>103.1067</v>
+      </c>
+      <c r="I88" s="40"/>
+      <c r="J88" s="40">
+        <v>103.7572</v>
+      </c>
+      <c r="K88" s="50"/>
+      <c r="L88" s="40">
+        <v>99.903999999999996</v>
+      </c>
+      <c r="M88" s="40"/>
+      <c r="N88" s="40"/>
+      <c r="O88" s="49"/>
+    </row>
+    <row r="89" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="27"/>
+      <c r="C89" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D89" s="18">
+      <c r="D89" s="40">
         <v>100.6074</v>
       </c>
-      <c r="E89" s="54"/>
-[...17 lines deleted...]
-      <c r="C90" s="25" t="s">
+      <c r="E89" s="50"/>
+      <c r="F89" s="40">
+        <v>100.20050000000001</v>
+      </c>
+      <c r="G89" s="50"/>
+      <c r="H89" s="40">
+        <v>102.5016</v>
+      </c>
+      <c r="I89" s="40"/>
+      <c r="J89" s="40"/>
+      <c r="K89" s="50"/>
+      <c r="L89" s="40"/>
+      <c r="M89" s="40"/>
+      <c r="N89" s="40"/>
+      <c r="O89" s="49"/>
+    </row>
+    <row r="90" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="27"/>
+      <c r="C90" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D90" s="18">
+      <c r="D90" s="40">
         <v>100.7466</v>
       </c>
-      <c r="E90" s="54"/>
-[...17 lines deleted...]
-      <c r="C91" s="28" t="s">
+      <c r="E90" s="50"/>
+      <c r="F90" s="40">
+        <v>100.40170000000001</v>
+      </c>
+      <c r="G90" s="50"/>
+      <c r="H90" s="40">
+        <v>102.1006</v>
+      </c>
+      <c r="I90" s="40"/>
+      <c r="J90" s="40"/>
+      <c r="K90" s="50"/>
+      <c r="L90" s="40"/>
+      <c r="M90" s="40"/>
+      <c r="N90" s="40"/>
+      <c r="O90" s="49"/>
+    </row>
+    <row r="91" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="28"/>
+      <c r="C91" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D91" s="19">
+      <c r="D91" s="59">
         <v>101.66419999999999</v>
       </c>
-      <c r="E91" s="56"/>
-[...20 lines deleted...]
-      <c r="B92" s="24" t="s">
+      <c r="E91" s="60"/>
+      <c r="F91" s="59">
+        <v>101.5411</v>
+      </c>
+      <c r="G91" s="60"/>
+      <c r="H91" s="59">
+        <v>102.5787</v>
+      </c>
+      <c r="I91" s="59"/>
+      <c r="J91" s="59">
+        <v>103.4153</v>
+      </c>
+      <c r="K91" s="60"/>
+      <c r="L91" s="59">
+        <v>104.8886</v>
+      </c>
+      <c r="M91" s="59"/>
+      <c r="N91" s="59"/>
+      <c r="O91" s="49"/>
+    </row>
+    <row r="92" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="C92" s="25" t="s">
+      <c r="C92" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D92" s="18">
+      <c r="D92" s="40">
         <v>101.3826</v>
       </c>
-      <c r="E92" s="54"/>
-[...17 lines deleted...]
-      <c r="C93" s="25" t="s">
+      <c r="E92" s="50"/>
+      <c r="F92" s="40">
+        <v>101.17910000000001</v>
+      </c>
+      <c r="G92" s="50"/>
+      <c r="H92" s="40">
+        <v>101.4104</v>
+      </c>
+      <c r="I92" s="40"/>
+      <c r="J92" s="40"/>
+      <c r="K92" s="50"/>
+      <c r="L92" s="40"/>
+      <c r="M92" s="40"/>
+      <c r="N92" s="40"/>
+      <c r="O92" s="49"/>
+    </row>
+    <row r="93" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="27"/>
+      <c r="C93" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D93" s="18">
+      <c r="D93" s="40">
         <v>100.7895</v>
       </c>
-      <c r="E93" s="54"/>
-[...17 lines deleted...]
-      <c r="C94" s="25" t="s">
+      <c r="E93" s="50"/>
+      <c r="F93" s="40">
+        <v>100.5821</v>
+      </c>
+      <c r="G93" s="50"/>
+      <c r="H93" s="40">
+        <v>100.8639</v>
+      </c>
+      <c r="I93" s="40"/>
+      <c r="J93" s="40"/>
+      <c r="K93" s="50"/>
+      <c r="L93" s="40"/>
+      <c r="M93" s="40"/>
+      <c r="N93" s="40"/>
+      <c r="O93" s="49"/>
+    </row>
+    <row r="94" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="27"/>
+      <c r="C94" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D94" s="18">
+      <c r="D94" s="40">
         <v>100.11409999999999</v>
       </c>
-      <c r="E94" s="54"/>
-[...21 lines deleted...]
-      <c r="C95" s="25" t="s">
+      <c r="E94" s="50"/>
+      <c r="F94" s="40">
+        <v>99.973500000000001</v>
+      </c>
+      <c r="G94" s="50"/>
+      <c r="H94" s="40">
+        <v>100.91249999999999</v>
+      </c>
+      <c r="I94" s="40"/>
+      <c r="J94" s="40">
+        <v>104.0248</v>
+      </c>
+      <c r="K94" s="50"/>
+      <c r="L94" s="40">
+        <v>99.936599999999999</v>
+      </c>
+      <c r="M94" s="40"/>
+      <c r="N94" s="40"/>
+      <c r="O94" s="49"/>
+    </row>
+    <row r="95" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="27"/>
+      <c r="C95" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D95" s="18">
+      <c r="D95" s="40">
         <v>101.90170000000001</v>
       </c>
-      <c r="E95" s="54"/>
-[...17 lines deleted...]
-      <c r="C96" s="25" t="s">
+      <c r="E95" s="50"/>
+      <c r="F95" s="40">
+        <v>101.53749999999999</v>
+      </c>
+      <c r="G95" s="50"/>
+      <c r="H95" s="40">
+        <v>102.79040000000001</v>
+      </c>
+      <c r="I95" s="40"/>
+      <c r="J95" s="40"/>
+      <c r="K95" s="50"/>
+      <c r="L95" s="40"/>
+      <c r="M95" s="40"/>
+      <c r="N95" s="40"/>
+      <c r="O95" s="49"/>
+    </row>
+    <row r="96" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="27"/>
+      <c r="C96" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D96" s="18">
+      <c r="D96" s="40">
         <v>103.3421</v>
       </c>
-      <c r="E96" s="54"/>
-[...17 lines deleted...]
-      <c r="C97" s="25" t="s">
+      <c r="E96" s="50"/>
+      <c r="F96" s="40">
+        <v>103.2811</v>
+      </c>
+      <c r="G96" s="50"/>
+      <c r="H96" s="40">
+        <v>103.2131</v>
+      </c>
+      <c r="I96" s="40"/>
+      <c r="J96" s="40"/>
+      <c r="K96" s="50"/>
+      <c r="L96" s="40"/>
+      <c r="M96" s="40"/>
+      <c r="N96" s="40"/>
+      <c r="O96" s="49"/>
+    </row>
+    <row r="97" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="27"/>
+      <c r="C97" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D97" s="18">
+      <c r="D97" s="40">
         <v>103.5818</v>
       </c>
-      <c r="E97" s="54"/>
-[...21 lines deleted...]
-      <c r="C98" s="25" t="s">
+      <c r="E97" s="50"/>
+      <c r="F97" s="40">
+        <v>103.005</v>
+      </c>
+      <c r="G97" s="50"/>
+      <c r="H97" s="40">
+        <v>103.7895</v>
+      </c>
+      <c r="I97" s="40"/>
+      <c r="J97" s="40">
+        <v>106.70659999999999</v>
+      </c>
+      <c r="K97" s="50"/>
+      <c r="L97" s="40">
+        <v>103.4897</v>
+      </c>
+      <c r="M97" s="40"/>
+      <c r="N97" s="40"/>
+      <c r="O97" s="49"/>
+    </row>
+    <row r="98" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="27"/>
+      <c r="C98" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D98" s="18">
+      <c r="D98" s="40">
         <v>103.4928</v>
       </c>
-      <c r="E98" s="54"/>
-[...17 lines deleted...]
-      <c r="C99" s="25" t="s">
+      <c r="E98" s="50"/>
+      <c r="F98" s="40">
+        <v>102.82129999999999</v>
+      </c>
+      <c r="G98" s="50"/>
+      <c r="H98" s="40">
+        <v>104.4378</v>
+      </c>
+      <c r="I98" s="40"/>
+      <c r="J98" s="40"/>
+      <c r="K98" s="50"/>
+      <c r="L98" s="40"/>
+      <c r="M98" s="40"/>
+      <c r="N98" s="40"/>
+      <c r="O98" s="49"/>
+    </row>
+    <row r="99" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="27"/>
+      <c r="C99" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D99" s="18">
+      <c r="D99" s="40">
         <v>102.9315</v>
       </c>
-      <c r="E99" s="54"/>
-[...17 lines deleted...]
-      <c r="C100" s="25" t="s">
+      <c r="E99" s="50"/>
+      <c r="F99" s="40">
+        <v>102.2109</v>
+      </c>
+      <c r="G99" s="50"/>
+      <c r="H99" s="40">
+        <v>104.56570000000001</v>
+      </c>
+      <c r="I99" s="40"/>
+      <c r="J99" s="40"/>
+      <c r="K99" s="50"/>
+      <c r="L99" s="40"/>
+      <c r="M99" s="40"/>
+      <c r="N99" s="40"/>
+      <c r="O99" s="49"/>
+    </row>
+    <row r="100" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="27"/>
+      <c r="C100" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D100" s="18">
+      <c r="D100" s="40">
         <v>103.0086</v>
       </c>
-      <c r="E100" s="54"/>
-[...21 lines deleted...]
-      <c r="C101" s="25" t="s">
+      <c r="E100" s="50"/>
+      <c r="F100" s="40">
+        <v>102.1435</v>
+      </c>
+      <c r="G100" s="50"/>
+      <c r="H100" s="40">
+        <v>103.7167</v>
+      </c>
+      <c r="I100" s="40"/>
+      <c r="J100" s="40">
+        <v>107.7903</v>
+      </c>
+      <c r="K100" s="50"/>
+      <c r="L100" s="40">
+        <v>105.09910000000001</v>
+      </c>
+      <c r="M100" s="40"/>
+      <c r="N100" s="40"/>
+      <c r="O100" s="49"/>
+    </row>
+    <row r="101" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="27"/>
+      <c r="C101" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D101" s="18">
+      <c r="D101" s="40">
         <v>102.56010000000001</v>
       </c>
-      <c r="E101" s="54"/>
-[...17 lines deleted...]
-      <c r="C102" s="25" t="s">
+      <c r="E101" s="50"/>
+      <c r="F101" s="40">
+        <v>101.5869</v>
+      </c>
+      <c r="G101" s="50"/>
+      <c r="H101" s="40">
+        <v>102.626</v>
+      </c>
+      <c r="I101" s="40"/>
+      <c r="J101" s="40"/>
+      <c r="K101" s="50"/>
+      <c r="L101" s="40"/>
+      <c r="M101" s="40"/>
+      <c r="N101" s="40"/>
+      <c r="O101" s="49"/>
+    </row>
+    <row r="102" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="27"/>
+      <c r="C102" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D102" s="18">
+      <c r="D102" s="40">
         <v>102.2962</v>
       </c>
-      <c r="E102" s="54"/>
-[...17 lines deleted...]
-      <c r="C103" s="28" t="s">
+      <c r="E102" s="50"/>
+      <c r="F102" s="40">
+        <v>101.41889999999999</v>
+      </c>
+      <c r="G102" s="50"/>
+      <c r="H102" s="40">
+        <v>102.3466</v>
+      </c>
+      <c r="I102" s="40"/>
+      <c r="J102" s="40"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="40"/>
+      <c r="M102" s="40"/>
+      <c r="N102" s="40"/>
+      <c r="O102" s="49"/>
+    </row>
+    <row r="103" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="28"/>
+      <c r="C103" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D103" s="19">
+      <c r="D103" s="59">
         <v>102.797</v>
       </c>
-      <c r="E103" s="56"/>
-[...20 lines deleted...]
-      <c r="B104" s="24" t="s">
+      <c r="E103" s="60"/>
+      <c r="F103" s="59">
+        <v>102.0718</v>
+      </c>
+      <c r="G103" s="60"/>
+      <c r="H103" s="59">
+        <v>102.48009999999999</v>
+      </c>
+      <c r="I103" s="59"/>
+      <c r="J103" s="59">
+        <v>107.04819999999999</v>
+      </c>
+      <c r="K103" s="60"/>
+      <c r="L103" s="59">
+        <v>103.1464</v>
+      </c>
+      <c r="M103" s="59"/>
+      <c r="N103" s="59"/>
+      <c r="O103" s="49"/>
+    </row>
+    <row r="104" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C104" s="25" t="s">
+      <c r="C104" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D104" s="18">
+      <c r="D104" s="40">
         <v>102.97150000000001</v>
       </c>
-      <c r="E104" s="54"/>
-[...17 lines deleted...]
-      <c r="C105" s="25" t="s">
+      <c r="E104" s="50"/>
+      <c r="F104" s="40">
+        <v>102.6581</v>
+      </c>
+      <c r="G104" s="50"/>
+      <c r="H104" s="40">
+        <v>101.8108</v>
+      </c>
+      <c r="I104" s="40"/>
+      <c r="J104" s="40"/>
+      <c r="K104" s="50"/>
+      <c r="L104" s="40"/>
+      <c r="M104" s="40"/>
+      <c r="N104" s="40"/>
+      <c r="O104" s="49"/>
+    </row>
+    <row r="105" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105" s="27"/>
+      <c r="C105" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D105" s="18">
+      <c r="D105" s="40">
         <v>103.6631</v>
       </c>
-      <c r="E105" s="54"/>
-[...17 lines deleted...]
-      <c r="C106" s="25" t="s">
+      <c r="E105" s="50"/>
+      <c r="F105" s="40">
+        <v>103.19670000000001</v>
+      </c>
+      <c r="G105" s="50"/>
+      <c r="H105" s="40">
+        <v>102.15479999999999</v>
+      </c>
+      <c r="I105" s="40"/>
+      <c r="J105" s="40"/>
+      <c r="K105" s="50"/>
+      <c r="L105" s="40"/>
+      <c r="M105" s="40"/>
+      <c r="N105" s="40"/>
+      <c r="O105" s="49"/>
+    </row>
+    <row r="106" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106" s="27"/>
+      <c r="C106" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D106" s="18">
+      <c r="D106" s="40">
         <v>105.104</v>
       </c>
-      <c r="E106" s="54"/>
-[...21 lines deleted...]
-      <c r="C107" s="25" t="s">
+      <c r="E106" s="50"/>
+      <c r="F106" s="40">
+        <v>104.3015</v>
+      </c>
+      <c r="G106" s="50"/>
+      <c r="H106" s="40">
+        <v>103.4194</v>
+      </c>
+      <c r="I106" s="40"/>
+      <c r="J106" s="40">
+        <v>107.9572</v>
+      </c>
+      <c r="K106" s="50"/>
+      <c r="L106" s="40">
+        <v>109.2265</v>
+      </c>
+      <c r="M106" s="40"/>
+      <c r="N106" s="40"/>
+      <c r="O106" s="49"/>
+    </row>
+    <row r="107" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107" s="27"/>
+      <c r="C107" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D107" s="18">
+      <c r="D107" s="40">
         <v>104.0489</v>
       </c>
-      <c r="E107" s="54"/>
-[...17 lines deleted...]
-      <c r="C108" s="25" t="s">
+      <c r="E107" s="50"/>
+      <c r="F107" s="40">
+        <v>103.2876</v>
+      </c>
+      <c r="G107" s="50"/>
+      <c r="H107" s="40">
+        <v>103.1549</v>
+      </c>
+      <c r="I107" s="40"/>
+      <c r="J107" s="40"/>
+      <c r="K107" s="50"/>
+      <c r="L107" s="40"/>
+      <c r="M107" s="40"/>
+      <c r="N107" s="40"/>
+      <c r="O107" s="49"/>
+    </row>
+    <row r="108" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="27"/>
+      <c r="C108" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D108" s="18">
+      <c r="D108" s="40">
         <v>105.90470000000001</v>
       </c>
-      <c r="E108" s="54"/>
-[...17 lines deleted...]
-      <c r="C109" s="25" t="s">
+      <c r="E108" s="50"/>
+      <c r="F108" s="40">
+        <v>105.4877</v>
+      </c>
+      <c r="G108" s="50"/>
+      <c r="H108" s="40">
+        <v>106.24209999999999</v>
+      </c>
+      <c r="I108" s="40"/>
+      <c r="J108" s="40"/>
+      <c r="K108" s="50"/>
+      <c r="L108" s="40"/>
+      <c r="M108" s="40"/>
+      <c r="N108" s="40"/>
+      <c r="O108" s="49"/>
+    </row>
+    <row r="109" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B109" s="27"/>
+      <c r="C109" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D109" s="18">
+      <c r="D109" s="40">
         <v>106.4037</v>
       </c>
-      <c r="E109" s="54"/>
-[...21 lines deleted...]
-      <c r="C110" s="25" t="s">
+      <c r="E109" s="50"/>
+      <c r="F109" s="40">
+        <v>105.498</v>
+      </c>
+      <c r="G109" s="50"/>
+      <c r="H109" s="40">
+        <v>106.41630000000001</v>
+      </c>
+      <c r="I109" s="40"/>
+      <c r="J109" s="40">
+        <v>110.7294</v>
+      </c>
+      <c r="K109" s="50"/>
+      <c r="L109" s="40">
+        <v>104.8145</v>
+      </c>
+      <c r="M109" s="40"/>
+      <c r="N109" s="40"/>
+      <c r="O109" s="49"/>
+    </row>
+    <row r="110" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B110" s="27"/>
+      <c r="C110" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D110" s="18">
+      <c r="D110" s="40">
         <v>106.51730000000001</v>
       </c>
-      <c r="E110" s="54"/>
-[...17 lines deleted...]
-      <c r="C111" s="25" t="s">
+      <c r="E110" s="50"/>
+      <c r="F110" s="40">
+        <v>104.95740000000001</v>
+      </c>
+      <c r="G110" s="50"/>
+      <c r="H110" s="40">
+        <v>107.111</v>
+      </c>
+      <c r="I110" s="40"/>
+      <c r="J110" s="40"/>
+      <c r="K110" s="50"/>
+      <c r="L110" s="40"/>
+      <c r="M110" s="40"/>
+      <c r="N110" s="40"/>
+      <c r="O110" s="49"/>
+    </row>
+    <row r="111" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B111" s="27"/>
+      <c r="C111" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="18">
+      <c r="D111" s="40">
         <v>106.62</v>
       </c>
-      <c r="E111" s="54"/>
-[...17 lines deleted...]
-      <c r="C112" s="25" t="s">
+      <c r="E111" s="50"/>
+      <c r="F111" s="40">
+        <v>104.855</v>
+      </c>
+      <c r="G111" s="50"/>
+      <c r="H111" s="40">
+        <v>107.86620000000001</v>
+      </c>
+      <c r="I111" s="40"/>
+      <c r="J111" s="40"/>
+      <c r="K111" s="50"/>
+      <c r="L111" s="40"/>
+      <c r="M111" s="40"/>
+      <c r="N111" s="40"/>
+      <c r="O111" s="49"/>
+    </row>
+    <row r="112" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B112" s="27"/>
+      <c r="C112" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D112" s="18">
+      <c r="D112" s="40">
         <v>105.7444</v>
       </c>
-      <c r="E112" s="54"/>
-[...21 lines deleted...]
-      <c r="C113" s="25" t="s">
+      <c r="E112" s="50"/>
+      <c r="F112" s="40">
+        <v>103.786</v>
+      </c>
+      <c r="G112" s="50"/>
+      <c r="H112" s="40">
+        <v>106.3708</v>
+      </c>
+      <c r="I112" s="40"/>
+      <c r="J112" s="40">
+        <v>111.9106</v>
+      </c>
+      <c r="K112" s="50"/>
+      <c r="L112" s="40">
+        <v>104.73560000000001</v>
+      </c>
+      <c r="M112" s="40"/>
+      <c r="N112" s="40"/>
+      <c r="O112" s="49"/>
+    </row>
+    <row r="113" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B113" s="27"/>
+      <c r="C113" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D113" s="18">
+      <c r="D113" s="40">
         <v>104.65600000000001</v>
       </c>
-      <c r="E113" s="54"/>
-[...17 lines deleted...]
-      <c r="C114" s="25" t="s">
+      <c r="E113" s="50"/>
+      <c r="F113" s="40">
+        <v>102.7814</v>
+      </c>
+      <c r="G113" s="50"/>
+      <c r="H113" s="40">
+        <v>104.90179999999999</v>
+      </c>
+      <c r="I113" s="40"/>
+      <c r="J113" s="40"/>
+      <c r="K113" s="50"/>
+      <c r="L113" s="40"/>
+      <c r="M113" s="40"/>
+      <c r="N113" s="40"/>
+      <c r="O113" s="49"/>
+    </row>
+    <row r="114" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B114" s="27"/>
+      <c r="C114" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D114" s="18">
+      <c r="D114" s="40">
         <v>104.76560000000001</v>
       </c>
-      <c r="E114" s="54"/>
-[...17 lines deleted...]
-      <c r="C115" s="28" t="s">
+      <c r="E114" s="50"/>
+      <c r="F114" s="40">
+        <v>103.333</v>
+      </c>
+      <c r="G114" s="50"/>
+      <c r="H114" s="40">
+        <v>104.50020000000001</v>
+      </c>
+      <c r="I114" s="40"/>
+      <c r="J114" s="40"/>
+      <c r="K114" s="50"/>
+      <c r="L114" s="40"/>
+      <c r="M114" s="40"/>
+      <c r="N114" s="40"/>
+      <c r="O114" s="49"/>
+    </row>
+    <row r="115" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B115" s="28"/>
+      <c r="C115" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D115" s="19">
+      <c r="D115" s="59">
         <v>105.1735</v>
       </c>
-      <c r="E115" s="56"/>
-[...20 lines deleted...]
-      <c r="B116" s="24" t="s">
+      <c r="E115" s="60"/>
+      <c r="F115" s="59">
+        <v>104.40300000000001</v>
+      </c>
+      <c r="G115" s="60"/>
+      <c r="H115" s="59">
+        <v>104.3128</v>
+      </c>
+      <c r="I115" s="59"/>
+      <c r="J115" s="59">
+        <v>110.0831</v>
+      </c>
+      <c r="K115" s="60"/>
+      <c r="L115" s="59">
+        <v>103.5167</v>
+      </c>
+      <c r="M115" s="59"/>
+      <c r="N115" s="59"/>
+      <c r="O115" s="49"/>
+    </row>
+    <row r="116" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B116" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="C116" s="25" t="s">
+      <c r="C116" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D116" s="18">
+      <c r="D116" s="40">
         <v>104.7863</v>
       </c>
-      <c r="E116" s="54"/>
-[...17 lines deleted...]
-      <c r="C117" s="25" t="s">
+      <c r="E116" s="50"/>
+      <c r="F116" s="40">
+        <v>104.1845</v>
+      </c>
+      <c r="G116" s="50"/>
+      <c r="H116" s="40">
+        <v>103.63460000000001</v>
+      </c>
+      <c r="I116" s="40"/>
+      <c r="J116" s="40"/>
+      <c r="K116" s="50"/>
+      <c r="L116" s="40"/>
+      <c r="M116" s="40"/>
+      <c r="N116" s="40"/>
+      <c r="O116" s="49"/>
+    </row>
+    <row r="117" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B117" s="27"/>
+      <c r="C117" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D117" s="18">
+      <c r="D117" s="40">
         <v>104.85</v>
       </c>
-      <c r="E117" s="54"/>
-[...17 lines deleted...]
-      <c r="C118" s="25" t="s">
+      <c r="E117" s="50"/>
+      <c r="F117" s="40">
+        <v>104.69289999999999</v>
+      </c>
+      <c r="G117" s="50"/>
+      <c r="H117" s="40">
+        <v>103.7944</v>
+      </c>
+      <c r="I117" s="40"/>
+      <c r="J117" s="40"/>
+      <c r="K117" s="50"/>
+      <c r="L117" s="40"/>
+      <c r="M117" s="40"/>
+      <c r="N117" s="40"/>
+      <c r="O117" s="49"/>
+    </row>
+    <row r="118" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B118" s="27"/>
+      <c r="C118" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D118" s="18">
+      <c r="D118" s="40">
         <v>105.96850000000001</v>
       </c>
-      <c r="E118" s="54"/>
-[...21 lines deleted...]
-      <c r="C119" s="25" t="s">
+      <c r="E118" s="50"/>
+      <c r="F118" s="40">
+        <v>106.04859999999999</v>
+      </c>
+      <c r="G118" s="50"/>
+      <c r="H118" s="40">
+        <v>104.7217</v>
+      </c>
+      <c r="I118" s="40"/>
+      <c r="J118" s="40">
+        <v>110.6206</v>
+      </c>
+      <c r="K118" s="50"/>
+      <c r="L118" s="40">
+        <v>106.94070000000001</v>
+      </c>
+      <c r="M118" s="40"/>
+      <c r="N118" s="40"/>
+      <c r="O118" s="49"/>
+    </row>
+    <row r="119" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B119" s="27"/>
+      <c r="C119" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D119" s="18">
+      <c r="D119" s="40">
         <v>106.706</v>
       </c>
-      <c r="E119" s="54"/>
-[...17 lines deleted...]
-      <c r="C120" s="25" t="s">
+      <c r="E119" s="50"/>
+      <c r="F119" s="40">
+        <v>107.0587</v>
+      </c>
+      <c r="G119" s="50"/>
+      <c r="H119" s="40">
+        <v>105.72110000000001</v>
+      </c>
+      <c r="I119" s="40"/>
+      <c r="J119" s="40"/>
+      <c r="K119" s="50"/>
+      <c r="L119" s="40"/>
+      <c r="M119" s="40"/>
+      <c r="N119" s="40"/>
+      <c r="O119" s="49"/>
+    </row>
+    <row r="120" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B120" s="27"/>
+      <c r="C120" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D120" s="18">
+      <c r="D120" s="40">
         <v>107.2343</v>
       </c>
-      <c r="E120" s="54"/>
-[...17 lines deleted...]
-      <c r="C121" s="25" t="s">
+      <c r="E120" s="50"/>
+      <c r="F120" s="40">
+        <v>107.3857</v>
+      </c>
+      <c r="G120" s="50"/>
+      <c r="H120" s="40">
+        <v>106.73869999999999</v>
+      </c>
+      <c r="I120" s="40"/>
+      <c r="J120" s="40"/>
+      <c r="K120" s="50"/>
+      <c r="L120" s="40"/>
+      <c r="M120" s="40"/>
+      <c r="N120" s="40"/>
+      <c r="O120" s="49"/>
+    </row>
+    <row r="121" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B121" s="27"/>
+      <c r="C121" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D121" s="18">
+      <c r="D121" s="40">
         <v>106.3532</v>
       </c>
-      <c r="E121" s="54"/>
-[...21 lines deleted...]
-      <c r="C122" s="25" t="s">
+      <c r="E121" s="50"/>
+      <c r="F121" s="40">
+        <v>106.76730000000001</v>
+      </c>
+      <c r="G121" s="50"/>
+      <c r="H121" s="40">
+        <v>105.5086</v>
+      </c>
+      <c r="I121" s="40"/>
+      <c r="J121" s="40">
+        <v>112.27030000000001</v>
+      </c>
+      <c r="K121" s="50"/>
+      <c r="L121" s="40">
+        <v>107.12649999999999</v>
+      </c>
+      <c r="M121" s="40"/>
+      <c r="N121" s="40"/>
+      <c r="O121" s="49"/>
+    </row>
+    <row r="122" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B122" s="27"/>
+      <c r="C122" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D122" s="18">
+      <c r="D122" s="40">
         <v>106.447</v>
       </c>
-      <c r="E122" s="54"/>
-[...17 lines deleted...]
-      <c r="C123" s="25" t="s">
+      <c r="E122" s="50"/>
+      <c r="F122" s="40">
+        <v>106.99720000000001</v>
+      </c>
+      <c r="G122" s="50"/>
+      <c r="H122" s="40">
+        <v>106.1947</v>
+      </c>
+      <c r="I122" s="40"/>
+      <c r="J122" s="40"/>
+      <c r="K122" s="50"/>
+      <c r="L122" s="40"/>
+      <c r="M122" s="40"/>
+      <c r="N122" s="40"/>
+      <c r="O122" s="49"/>
+    </row>
+    <row r="123" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B123" s="27"/>
+      <c r="C123" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D123" s="18">
+      <c r="D123" s="40">
         <v>105.76600000000001</v>
       </c>
-      <c r="E123" s="54"/>
-[...17 lines deleted...]
-      <c r="C124" s="25" t="s">
+      <c r="E123" s="50"/>
+      <c r="F123" s="40">
+        <v>106.393</v>
+      </c>
+      <c r="G123" s="50"/>
+      <c r="H123" s="40">
+        <v>105.383</v>
+      </c>
+      <c r="I123" s="40"/>
+      <c r="J123" s="40"/>
+      <c r="K123" s="50"/>
+      <c r="L123" s="40"/>
+      <c r="M123" s="40"/>
+      <c r="N123" s="40"/>
+      <c r="O123" s="49"/>
+    </row>
+    <row r="124" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B124" s="27"/>
+      <c r="C124" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D124" s="18">
+      <c r="D124" s="40">
         <v>104.5925</v>
       </c>
-      <c r="E124" s="54"/>
-[...21 lines deleted...]
-      <c r="C125" s="25" t="s">
+      <c r="E124" s="50"/>
+      <c r="F124" s="40">
+        <v>104.9615</v>
+      </c>
+      <c r="G124" s="50"/>
+      <c r="H124" s="40">
+        <v>104.0954</v>
+      </c>
+      <c r="I124" s="40"/>
+      <c r="J124" s="40">
+        <v>111.5711</v>
+      </c>
+      <c r="K124" s="50"/>
+      <c r="L124" s="40">
+        <v>107.4143</v>
+      </c>
+      <c r="M124" s="40"/>
+      <c r="N124" s="40"/>
+      <c r="O124" s="49"/>
+    </row>
+    <row r="125" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B125" s="27"/>
+      <c r="C125" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D125" s="18">
+      <c r="D125" s="40">
         <v>105.25620000000001</v>
       </c>
-      <c r="E125" s="54"/>
-[...17 lines deleted...]
-      <c r="C126" s="25" t="s">
+      <c r="E125" s="50"/>
+      <c r="F125" s="40">
+        <v>105.9183</v>
+      </c>
+      <c r="G125" s="50"/>
+      <c r="H125" s="40">
+        <v>104.85769999999999</v>
+      </c>
+      <c r="I125" s="40"/>
+      <c r="J125" s="40"/>
+      <c r="K125" s="50"/>
+      <c r="L125" s="40"/>
+      <c r="M125" s="40"/>
+      <c r="N125" s="40"/>
+      <c r="O125" s="49"/>
+    </row>
+    <row r="126" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B126" s="27"/>
+      <c r="C126" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D126" s="18">
+      <c r="D126" s="40">
         <v>104.94540000000001</v>
       </c>
-      <c r="E126" s="54"/>
-[...17 lines deleted...]
-      <c r="C127" s="28" t="s">
+      <c r="E126" s="50"/>
+      <c r="F126" s="40">
+        <v>105.75060000000001</v>
+      </c>
+      <c r="G126" s="50"/>
+      <c r="H126" s="40">
+        <v>104.6883</v>
+      </c>
+      <c r="I126" s="40"/>
+      <c r="J126" s="40"/>
+      <c r="K126" s="50"/>
+      <c r="L126" s="40"/>
+      <c r="M126" s="40"/>
+      <c r="N126" s="40"/>
+      <c r="O126" s="49"/>
+    </row>
+    <row r="127" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B127" s="28"/>
+      <c r="C127" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D127" s="19">
+      <c r="D127" s="59">
         <v>104.7925</v>
       </c>
-      <c r="E127" s="56"/>
-[...20 lines deleted...]
-      <c r="B128" s="24" t="s">
+      <c r="E127" s="60"/>
+      <c r="F127" s="59">
+        <v>105.752</v>
+      </c>
+      <c r="G127" s="60"/>
+      <c r="H127" s="59">
+        <v>104.2598</v>
+      </c>
+      <c r="I127" s="59"/>
+      <c r="J127" s="59">
+        <v>111.3886</v>
+      </c>
+      <c r="K127" s="60"/>
+      <c r="L127" s="59">
+        <v>107.05289999999999</v>
+      </c>
+      <c r="M127" s="59"/>
+      <c r="N127" s="59"/>
+      <c r="O127" s="49"/>
+    </row>
+    <row r="128" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B128" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="C128" s="25" t="s">
+      <c r="C128" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D128" s="18">
+      <c r="D128" s="40">
         <v>105.1271</v>
       </c>
-      <c r="E128" s="54"/>
-[...17 lines deleted...]
-      <c r="C129" s="25" t="s">
+      <c r="E128" s="50"/>
+      <c r="F128" s="40">
+        <v>106.2629</v>
+      </c>
+      <c r="G128" s="50"/>
+      <c r="H128" s="40">
+        <v>104.5681</v>
+      </c>
+      <c r="I128" s="40"/>
+      <c r="J128" s="40"/>
+      <c r="K128" s="50"/>
+      <c r="L128" s="40"/>
+      <c r="M128" s="40"/>
+      <c r="N128" s="40"/>
+      <c r="O128" s="49"/>
+    </row>
+    <row r="129" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B129" s="27"/>
+      <c r="C129" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D129" s="18">
+      <c r="D129" s="40">
         <v>105.6001</v>
       </c>
-      <c r="E129" s="54"/>
-[...17 lines deleted...]
-      <c r="C130" s="25" t="s">
+      <c r="E129" s="50"/>
+      <c r="F129" s="40">
+        <v>107.1523</v>
+      </c>
+      <c r="G129" s="50"/>
+      <c r="H129" s="40">
+        <v>105.1263</v>
+      </c>
+      <c r="I129" s="40"/>
+      <c r="J129" s="40"/>
+      <c r="K129" s="50"/>
+      <c r="L129" s="40"/>
+      <c r="M129" s="40"/>
+      <c r="N129" s="40"/>
+      <c r="O129" s="49"/>
+    </row>
+    <row r="130" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B130" s="27"/>
+      <c r="C130" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D130" s="18">
+      <c r="D130" s="40">
         <v>105.8057</v>
       </c>
-      <c r="E130" s="54"/>
-[...21 lines deleted...]
-      <c r="C131" s="25" t="s">
+      <c r="E130" s="50"/>
+      <c r="F130" s="40">
+        <v>107.2788</v>
+      </c>
+      <c r="G130" s="50"/>
+      <c r="H130" s="40">
+        <v>105.07089999999999</v>
+      </c>
+      <c r="I130" s="40"/>
+      <c r="J130" s="40">
+        <v>112.8143</v>
+      </c>
+      <c r="K130" s="50"/>
+      <c r="L130" s="40">
+        <v>107.75790000000001</v>
+      </c>
+      <c r="M130" s="40"/>
+      <c r="N130" s="40"/>
+      <c r="O130" s="49"/>
+    </row>
+    <row r="131" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B131" s="27"/>
+      <c r="C131" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D131" s="18">
+      <c r="D131" s="40">
         <v>106.4931</v>
       </c>
-      <c r="E131" s="54"/>
-[...17 lines deleted...]
-      <c r="C132" s="25" t="s">
+      <c r="E131" s="50"/>
+      <c r="F131" s="40">
+        <v>108.0273</v>
+      </c>
+      <c r="G131" s="50"/>
+      <c r="H131" s="40">
+        <v>105.7324</v>
+      </c>
+      <c r="I131" s="40"/>
+      <c r="J131" s="40"/>
+      <c r="K131" s="50"/>
+      <c r="L131" s="40"/>
+      <c r="M131" s="40"/>
+      <c r="N131" s="40"/>
+      <c r="O131" s="49"/>
+    </row>
+    <row r="132" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B132" s="27"/>
+      <c r="C132" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D132" s="18">
+      <c r="D132" s="40">
         <v>107.71980000000001</v>
       </c>
-      <c r="E132" s="54"/>
-[...17 lines deleted...]
-      <c r="C133" s="25" t="s">
+      <c r="E132" s="50"/>
+      <c r="F132" s="40">
+        <v>109.2991</v>
+      </c>
+      <c r="G132" s="50"/>
+      <c r="H132" s="40">
+        <v>106.729</v>
+      </c>
+      <c r="I132" s="40"/>
+      <c r="J132" s="40"/>
+      <c r="K132" s="50"/>
+      <c r="L132" s="40"/>
+      <c r="M132" s="40"/>
+      <c r="N132" s="40"/>
+      <c r="O132" s="49"/>
+    </row>
+    <row r="133" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B133" s="27"/>
+      <c r="C133" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D133" s="18">
+      <c r="D133" s="40">
         <v>108.2282</v>
       </c>
-      <c r="E133" s="54"/>
-[...21 lines deleted...]
-      <c r="C134" s="25" t="s">
+      <c r="E133" s="50"/>
+      <c r="F133" s="40">
+        <v>110.1005</v>
+      </c>
+      <c r="G133" s="50"/>
+      <c r="H133" s="40">
+        <v>106.44799999999999</v>
+      </c>
+      <c r="I133" s="40"/>
+      <c r="J133" s="40">
+        <v>114.955</v>
+      </c>
+      <c r="K133" s="50"/>
+      <c r="L133" s="40">
+        <v>108.7287</v>
+      </c>
+      <c r="M133" s="40"/>
+      <c r="N133" s="40"/>
+      <c r="O133" s="49"/>
+    </row>
+    <row r="134" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B134" s="27"/>
+      <c r="C134" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D134" s="18">
+      <c r="D134" s="40">
         <v>108.4162</v>
       </c>
-      <c r="E134" s="54"/>
-[...17 lines deleted...]
-      <c r="C135" s="25" t="s">
+      <c r="E134" s="50"/>
+      <c r="F134" s="40">
+        <v>109.58580000000001</v>
+      </c>
+      <c r="G134" s="50"/>
+      <c r="H134" s="40">
+        <v>106.19970000000001</v>
+      </c>
+      <c r="I134" s="40"/>
+      <c r="J134" s="40"/>
+      <c r="K134" s="50"/>
+      <c r="L134" s="40"/>
+      <c r="M134" s="40"/>
+      <c r="N134" s="40"/>
+      <c r="O134" s="49"/>
+    </row>
+    <row r="135" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B135" s="27"/>
+      <c r="C135" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D135" s="18">
+      <c r="D135" s="40">
         <v>107.80410000000001</v>
       </c>
-      <c r="E135" s="54"/>
-[...17 lines deleted...]
-      <c r="C136" s="25" t="s">
+      <c r="E135" s="50"/>
+      <c r="F135" s="40">
+        <v>108.97239999999999</v>
+      </c>
+      <c r="G135" s="50"/>
+      <c r="H135" s="40">
+        <v>105.76390000000001</v>
+      </c>
+      <c r="I135" s="40"/>
+      <c r="J135" s="40"/>
+      <c r="K135" s="50"/>
+      <c r="L135" s="40"/>
+      <c r="M135" s="40"/>
+      <c r="N135" s="40"/>
+      <c r="O135" s="49"/>
+    </row>
+    <row r="136" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B136" s="27"/>
+      <c r="C136" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D136" s="18">
+      <c r="D136" s="40">
         <v>106.2032</v>
       </c>
-      <c r="E136" s="54"/>
-[...21 lines deleted...]
-      <c r="C137" s="25" t="s">
+      <c r="E136" s="50"/>
+      <c r="F136" s="40">
+        <v>107.0943</v>
+      </c>
+      <c r="G136" s="50"/>
+      <c r="H136" s="40">
+        <v>103.8314</v>
+      </c>
+      <c r="I136" s="40"/>
+      <c r="J136" s="40">
+        <v>114.8386</v>
+      </c>
+      <c r="K136" s="50"/>
+      <c r="L136" s="40">
+        <v>108.377</v>
+      </c>
+      <c r="M136" s="40"/>
+      <c r="N136" s="40"/>
+      <c r="O136" s="49"/>
+    </row>
+    <row r="137" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B137" s="27"/>
+      <c r="C137" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D137" s="18">
+      <c r="D137" s="40">
         <v>105.925</v>
       </c>
-      <c r="E137" s="54"/>
-[...17 lines deleted...]
-      <c r="C138" s="25" t="s">
+      <c r="E137" s="50"/>
+      <c r="F137" s="40">
+        <v>106.8087</v>
+      </c>
+      <c r="G137" s="50"/>
+      <c r="H137" s="40">
+        <v>103.172</v>
+      </c>
+      <c r="I137" s="40"/>
+      <c r="J137" s="40"/>
+      <c r="K137" s="50"/>
+      <c r="L137" s="40"/>
+      <c r="M137" s="40"/>
+      <c r="N137" s="40"/>
+      <c r="O137" s="49"/>
+    </row>
+    <row r="138" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B138" s="27"/>
+      <c r="C138" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D138" s="18">
+      <c r="D138" s="40">
         <v>106.6705</v>
       </c>
-      <c r="E138" s="54"/>
-[...17 lines deleted...]
-      <c r="C139" s="28" t="s">
+      <c r="E138" s="50"/>
+      <c r="F138" s="40">
+        <v>107.6656</v>
+      </c>
+      <c r="G138" s="50"/>
+      <c r="H138" s="40">
+        <v>103.8951</v>
+      </c>
+      <c r="I138" s="40"/>
+      <c r="J138" s="40"/>
+      <c r="K138" s="50"/>
+      <c r="L138" s="40"/>
+      <c r="M138" s="40"/>
+      <c r="N138" s="40"/>
+      <c r="O138" s="49"/>
+    </row>
+    <row r="139" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B139" s="28"/>
+      <c r="C139" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D139" s="19">
+      <c r="D139" s="59">
         <v>106.8488</v>
       </c>
-      <c r="E139" s="56"/>
-[...20 lines deleted...]
-      <c r="B140" s="24" t="s">
+      <c r="E139" s="60"/>
+      <c r="F139" s="59">
+        <v>107.5652</v>
+      </c>
+      <c r="G139" s="60"/>
+      <c r="H139" s="59">
+        <v>103.97239999999999</v>
+      </c>
+      <c r="I139" s="59"/>
+      <c r="J139" s="59">
+        <v>114.2307</v>
+      </c>
+      <c r="K139" s="60"/>
+      <c r="L139" s="59">
+        <v>108.57210000000001</v>
+      </c>
+      <c r="M139" s="59"/>
+      <c r="N139" s="59"/>
+      <c r="O139" s="49"/>
+    </row>
+    <row r="140" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B140" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="C140" s="25" t="s">
+      <c r="C140" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D140" s="18">
+      <c r="D140" s="40">
         <v>106.343</v>
       </c>
-      <c r="E140" s="54"/>
-[...17 lines deleted...]
-      <c r="C141" s="25" t="s">
+      <c r="E140" s="50"/>
+      <c r="F140" s="40">
+        <v>107.0986</v>
+      </c>
+      <c r="G140" s="50"/>
+      <c r="H140" s="40">
+        <v>103.11839999999999</v>
+      </c>
+      <c r="I140" s="40"/>
+      <c r="J140" s="40"/>
+      <c r="K140" s="50"/>
+      <c r="L140" s="40"/>
+      <c r="M140" s="40"/>
+      <c r="N140" s="40"/>
+      <c r="O140" s="49"/>
+    </row>
+    <row r="141" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B141" s="27"/>
+      <c r="C141" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D141" s="18">
+      <c r="D141" s="40">
         <v>106.5919</v>
       </c>
-      <c r="E141" s="54"/>
-[...17 lines deleted...]
-      <c r="C142" s="25" t="s">
+      <c r="E141" s="50"/>
+      <c r="F141" s="40">
+        <v>107.2758</v>
+      </c>
+      <c r="G141" s="50"/>
+      <c r="H141" s="40">
+        <v>102.95529999999999</v>
+      </c>
+      <c r="I141" s="40"/>
+      <c r="J141" s="40"/>
+      <c r="K141" s="50"/>
+      <c r="L141" s="40"/>
+      <c r="M141" s="40"/>
+      <c r="N141" s="40"/>
+      <c r="O141" s="49"/>
+    </row>
+    <row r="142" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B142" s="27"/>
+      <c r="C142" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D142" s="18">
+      <c r="D142" s="40">
         <v>106.7774</v>
       </c>
-      <c r="E142" s="54"/>
-[...21 lines deleted...]
-      <c r="C143" s="25" t="s">
+      <c r="E142" s="50"/>
+      <c r="F142" s="40">
+        <v>107.65730000000001</v>
+      </c>
+      <c r="G142" s="50"/>
+      <c r="H142" s="40">
+        <v>103.5056</v>
+      </c>
+      <c r="I142" s="40"/>
+      <c r="J142" s="40">
+        <v>114.21639999999999</v>
+      </c>
+      <c r="K142" s="50"/>
+      <c r="L142" s="40">
+        <v>108.306</v>
+      </c>
+      <c r="M142" s="40"/>
+      <c r="N142" s="40"/>
+      <c r="O142" s="49"/>
+    </row>
+    <row r="143" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B143" s="27"/>
+      <c r="C143" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D143" s="18">
+      <c r="D143" s="40">
         <v>106.49679999999999</v>
       </c>
-      <c r="E143" s="54"/>
-[...17 lines deleted...]
-      <c r="C144" s="25" t="s">
+      <c r="E143" s="50"/>
+      <c r="F143" s="40">
+        <v>107.5231</v>
+      </c>
+      <c r="G143" s="50"/>
+      <c r="H143" s="40">
+        <v>103.4686</v>
+      </c>
+      <c r="I143" s="40"/>
+      <c r="J143" s="40"/>
+      <c r="K143" s="50"/>
+      <c r="L143" s="40"/>
+      <c r="M143" s="40"/>
+      <c r="N143" s="40"/>
+      <c r="O143" s="49"/>
+    </row>
+    <row r="144" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B144" s="27"/>
+      <c r="C144" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D144" s="18">
+      <c r="D144" s="40">
         <v>107.4408</v>
       </c>
-      <c r="E144" s="54"/>
-[...17 lines deleted...]
-      <c r="C145" s="25" t="s">
+      <c r="E144" s="50"/>
+      <c r="F144" s="40">
+        <v>108.4126</v>
+      </c>
+      <c r="G144" s="50"/>
+      <c r="H144" s="40">
+        <v>104.74979999999999</v>
+      </c>
+      <c r="I144" s="40"/>
+      <c r="J144" s="40"/>
+      <c r="K144" s="50"/>
+      <c r="L144" s="40"/>
+      <c r="M144" s="40"/>
+      <c r="N144" s="40"/>
+      <c r="O144" s="49"/>
+    </row>
+    <row r="145" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B145" s="27"/>
+      <c r="C145" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D145" s="18">
+      <c r="D145" s="40">
         <v>107.2093</v>
       </c>
-      <c r="E145" s="54"/>
-[...21 lines deleted...]
-      <c r="C146" s="25" t="s">
+      <c r="E145" s="50"/>
+      <c r="F145" s="40">
+        <v>107.6781</v>
+      </c>
+      <c r="G145" s="50"/>
+      <c r="H145" s="40">
+        <v>104.9931</v>
+      </c>
+      <c r="I145" s="40"/>
+      <c r="J145" s="40">
+        <v>115.28700000000001</v>
+      </c>
+      <c r="K145" s="50"/>
+      <c r="L145" s="40">
+        <v>108.803</v>
+      </c>
+      <c r="M145" s="40"/>
+      <c r="N145" s="40"/>
+      <c r="O145" s="49"/>
+    </row>
+    <row r="146" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B146" s="27"/>
+      <c r="C146" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D146" s="18">
+      <c r="D146" s="40">
         <v>107.9079</v>
       </c>
-      <c r="E146" s="54"/>
-[...17 lines deleted...]
-      <c r="C147" s="25" t="s">
+      <c r="E146" s="50"/>
+      <c r="F146" s="40">
+        <v>108.12609999999999</v>
+      </c>
+      <c r="G146" s="50"/>
+      <c r="H146" s="40">
+        <v>105.8124</v>
+      </c>
+      <c r="I146" s="40"/>
+      <c r="J146" s="40"/>
+      <c r="K146" s="50"/>
+      <c r="L146" s="40"/>
+      <c r="M146" s="40"/>
+      <c r="N146" s="40"/>
+      <c r="O146" s="49"/>
+    </row>
+    <row r="147" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B147" s="27"/>
+      <c r="C147" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D147" s="18">
+      <c r="D147" s="40">
         <v>107.6451</v>
       </c>
-      <c r="E147" s="54"/>
-[...17 lines deleted...]
-      <c r="C148" s="25" t="s">
+      <c r="E147" s="50"/>
+      <c r="F147" s="40">
+        <v>108.4183</v>
+      </c>
+      <c r="G147" s="50"/>
+      <c r="H147" s="40">
+        <v>106.22839999999999</v>
+      </c>
+      <c r="I147" s="40"/>
+      <c r="J147" s="40"/>
+      <c r="K147" s="50"/>
+      <c r="L147" s="40"/>
+      <c r="M147" s="40"/>
+      <c r="N147" s="40"/>
+      <c r="O147" s="49"/>
+    </row>
+    <row r="148" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B148" s="27"/>
+      <c r="C148" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D148" s="18">
+      <c r="D148" s="40">
         <v>107.9629</v>
       </c>
-      <c r="E148" s="54"/>
-[...21 lines deleted...]
-      <c r="C149" s="25" t="s">
+      <c r="E148" s="50"/>
+      <c r="F148" s="40">
+        <v>109.41240000000001</v>
+      </c>
+      <c r="G148" s="50"/>
+      <c r="H148" s="40">
+        <v>106.8377</v>
+      </c>
+      <c r="I148" s="40"/>
+      <c r="J148" s="40">
+        <v>116.6263</v>
+      </c>
+      <c r="K148" s="50"/>
+      <c r="L148" s="40">
+        <v>111.14230000000001</v>
+      </c>
+      <c r="M148" s="40"/>
+      <c r="N148" s="40"/>
+      <c r="O148" s="49"/>
+    </row>
+    <row r="149" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B149" s="27"/>
+      <c r="C149" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D149" s="18">
+      <c r="D149" s="40">
         <v>107.9345</v>
       </c>
-      <c r="E149" s="54"/>
-[...17 lines deleted...]
-      <c r="C150" s="25" t="s">
+      <c r="E149" s="50"/>
+      <c r="F149" s="40">
+        <v>109.2152</v>
+      </c>
+      <c r="G149" s="50"/>
+      <c r="H149" s="40">
+        <v>106.47799999999999</v>
+      </c>
+      <c r="I149" s="40"/>
+      <c r="J149" s="40"/>
+      <c r="K149" s="50"/>
+      <c r="L149" s="40"/>
+      <c r="M149" s="40"/>
+      <c r="N149" s="40"/>
+      <c r="O149" s="49"/>
+    </row>
+    <row r="150" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B150" s="27"/>
+      <c r="C150" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D150" s="18">
+      <c r="D150" s="40">
         <v>108.4028</v>
       </c>
-      <c r="E150" s="54"/>
-[...17 lines deleted...]
-      <c r="C151" s="28" t="s">
+      <c r="E150" s="50"/>
+      <c r="F150" s="40">
+        <v>109.8997</v>
+      </c>
+      <c r="G150" s="50"/>
+      <c r="H150" s="40">
+        <v>106.6972</v>
+      </c>
+      <c r="I150" s="40"/>
+      <c r="J150" s="40"/>
+      <c r="K150" s="50"/>
+      <c r="L150" s="40"/>
+      <c r="M150" s="40"/>
+      <c r="N150" s="40"/>
+      <c r="O150" s="49"/>
+    </row>
+    <row r="151" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B151" s="28"/>
+      <c r="C151" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D151" s="19">
+      <c r="D151" s="59">
         <v>108.5461</v>
       </c>
-      <c r="E151" s="56"/>
-[...20 lines deleted...]
-      <c r="B152" s="24" t="s">
+      <c r="E151" s="60"/>
+      <c r="F151" s="59">
+        <v>110.8289</v>
+      </c>
+      <c r="G151" s="60"/>
+      <c r="H151" s="59">
+        <v>107.4919</v>
+      </c>
+      <c r="I151" s="59"/>
+      <c r="J151" s="59">
+        <v>117.9603</v>
+      </c>
+      <c r="K151" s="60"/>
+      <c r="L151" s="59">
+        <v>113.63849999999999</v>
+      </c>
+      <c r="M151" s="59"/>
+      <c r="N151" s="59"/>
+      <c r="O151" s="49"/>
+    </row>
+    <row r="152" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B152" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="C152" s="25" t="s">
+      <c r="C152" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D152" s="18">
+      <c r="D152" s="40">
         <v>108.7538</v>
       </c>
-      <c r="E152" s="54"/>
-[...17 lines deleted...]
-      <c r="C153" s="25" t="s">
+      <c r="E152" s="50"/>
+      <c r="F152" s="40">
+        <v>111.15819999999999</v>
+      </c>
+      <c r="G152" s="50"/>
+      <c r="H152" s="40">
+        <v>108.5385</v>
+      </c>
+      <c r="I152" s="40"/>
+      <c r="J152" s="40"/>
+      <c r="K152" s="50"/>
+      <c r="L152" s="40"/>
+      <c r="M152" s="40"/>
+      <c r="N152" s="40"/>
+      <c r="O152" s="49"/>
+    </row>
+    <row r="153" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B153" s="27"/>
+      <c r="C153" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D153" s="18">
+      <c r="D153" s="40">
         <v>109.33329999999999</v>
       </c>
-      <c r="E153" s="54"/>
-[...17 lines deleted...]
-      <c r="C154" s="25" t="s">
+      <c r="E153" s="50"/>
+      <c r="F153" s="40">
+        <v>111.14019999999999</v>
+      </c>
+      <c r="G153" s="50"/>
+      <c r="H153" s="40">
+        <v>108.79510000000001</v>
+      </c>
+      <c r="I153" s="40"/>
+      <c r="J153" s="40"/>
+      <c r="K153" s="50"/>
+      <c r="L153" s="40"/>
+      <c r="M153" s="40"/>
+      <c r="N153" s="40"/>
+      <c r="O153" s="49"/>
+    </row>
+    <row r="154" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B154" s="27"/>
+      <c r="C154" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D154" s="18">
+      <c r="D154" s="40">
         <v>110.49079999999999</v>
       </c>
-      <c r="E154" s="54"/>
-[...21 lines deleted...]
-      <c r="C155" s="25" t="s">
+      <c r="E154" s="50"/>
+      <c r="F154" s="40">
+        <v>112.2296</v>
+      </c>
+      <c r="G154" s="50"/>
+      <c r="H154" s="40">
+        <v>109.94329999999999</v>
+      </c>
+      <c r="I154" s="40"/>
+      <c r="J154" s="40">
+        <v>119.5294</v>
+      </c>
+      <c r="K154" s="50"/>
+      <c r="L154" s="40">
+        <v>113.40730000000001</v>
+      </c>
+      <c r="M154" s="40"/>
+      <c r="N154" s="40"/>
+      <c r="O154" s="49"/>
+    </row>
+    <row r="155" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B155" s="27"/>
+      <c r="C155" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D155" s="18">
+      <c r="D155" s="40">
         <v>110.8164</v>
       </c>
-      <c r="E155" s="54"/>
-[...17 lines deleted...]
-      <c r="C156" s="25" t="s">
+      <c r="E155" s="50"/>
+      <c r="F155" s="40">
+        <v>112.8447</v>
+      </c>
+      <c r="G155" s="50"/>
+      <c r="H155" s="40">
+        <v>110.25239999999999</v>
+      </c>
+      <c r="I155" s="40"/>
+      <c r="J155" s="40"/>
+      <c r="K155" s="50"/>
+      <c r="L155" s="40"/>
+      <c r="M155" s="40"/>
+      <c r="N155" s="40"/>
+      <c r="O155" s="49"/>
+    </row>
+    <row r="156" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B156" s="27"/>
+      <c r="C156" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D156" s="18">
+      <c r="D156" s="40">
         <v>110.63039999999999</v>
       </c>
-      <c r="E156" s="54"/>
-[...17 lines deleted...]
-      <c r="C157" s="25" t="s">
+      <c r="E156" s="50"/>
+      <c r="F156" s="40">
+        <v>113.0472</v>
+      </c>
+      <c r="G156" s="50"/>
+      <c r="H156" s="40">
+        <v>110.63460000000001</v>
+      </c>
+      <c r="I156" s="40"/>
+      <c r="J156" s="40"/>
+      <c r="K156" s="50"/>
+      <c r="L156" s="40"/>
+      <c r="M156" s="40"/>
+      <c r="N156" s="40"/>
+      <c r="O156" s="49"/>
+    </row>
+    <row r="157" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B157" s="27"/>
+      <c r="C157" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D157" s="18">
+      <c r="D157" s="40">
         <v>110.4966</v>
       </c>
-      <c r="E157" s="54"/>
-[...21 lines deleted...]
-      <c r="C158" s="25" t="s">
+      <c r="E157" s="50"/>
+      <c r="F157" s="40">
+        <v>113.3742</v>
+      </c>
+      <c r="G157" s="50"/>
+      <c r="H157" s="40">
+        <v>111.47790000000001</v>
+      </c>
+      <c r="I157" s="40"/>
+      <c r="J157" s="40">
+        <v>121.01309999999999</v>
+      </c>
+      <c r="K157" s="50"/>
+      <c r="L157" s="40">
+        <v>113.46559999999999</v>
+      </c>
+      <c r="M157" s="40"/>
+      <c r="N157" s="40"/>
+      <c r="O157" s="49"/>
+    </row>
+    <row r="158" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B158" s="27"/>
+      <c r="C158" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D158" s="18">
+      <c r="D158" s="40">
         <v>110.67489999999999</v>
       </c>
-      <c r="E158" s="54"/>
-[...17 lines deleted...]
-      <c r="C159" s="25" t="s">
+      <c r="E158" s="50"/>
+      <c r="F158" s="40">
+        <v>113.9496</v>
+      </c>
+      <c r="G158" s="50"/>
+      <c r="H158" s="40">
+        <v>111.6431</v>
+      </c>
+      <c r="I158" s="40"/>
+      <c r="J158" s="40"/>
+      <c r="K158" s="50"/>
+      <c r="L158" s="40"/>
+      <c r="M158" s="40"/>
+      <c r="N158" s="40"/>
+      <c r="O158" s="49"/>
+    </row>
+    <row r="159" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B159" s="27"/>
+      <c r="C159" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D159" s="18">
+      <c r="D159" s="40">
         <v>110.32510000000001</v>
       </c>
-      <c r="E159" s="54"/>
-[...17 lines deleted...]
-      <c r="C160" s="25" t="s">
+      <c r="E159" s="50"/>
+      <c r="F159" s="40">
+        <v>113.5021</v>
+      </c>
+      <c r="G159" s="50"/>
+      <c r="H159" s="40">
+        <v>110.8066</v>
+      </c>
+      <c r="I159" s="40"/>
+      <c r="J159" s="40"/>
+      <c r="K159" s="50"/>
+      <c r="L159" s="40"/>
+      <c r="M159" s="40"/>
+      <c r="N159" s="40"/>
+      <c r="O159" s="49"/>
+    </row>
+    <row r="160" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B160" s="27"/>
+      <c r="C160" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D160" s="18">
+      <c r="D160" s="40">
         <v>111.0312</v>
       </c>
-      <c r="E160" s="54"/>
-[...21 lines deleted...]
-      <c r="C161" s="25" t="s">
+      <c r="E160" s="50"/>
+      <c r="F160" s="40">
+        <v>114.2586</v>
+      </c>
+      <c r="G160" s="50"/>
+      <c r="H160" s="40">
+        <v>111.62569999999999</v>
+      </c>
+      <c r="I160" s="40"/>
+      <c r="J160" s="40">
+        <v>123.0767</v>
+      </c>
+      <c r="K160" s="50"/>
+      <c r="L160" s="40">
+        <v>115.5902</v>
+      </c>
+      <c r="M160" s="40"/>
+      <c r="N160" s="40"/>
+      <c r="O160" s="49"/>
+    </row>
+    <row r="161" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B161" s="27"/>
+      <c r="C161" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D161" s="18">
+      <c r="D161" s="40">
         <v>109.7448</v>
       </c>
-      <c r="E161" s="54"/>
-[...17 lines deleted...]
-      <c r="C162" s="25" t="s">
+      <c r="E161" s="50"/>
+      <c r="F161" s="40">
+        <v>112.6418</v>
+      </c>
+      <c r="G161" s="50"/>
+      <c r="H161" s="40">
+        <v>109.7937</v>
+      </c>
+      <c r="I161" s="40"/>
+      <c r="J161" s="40"/>
+      <c r="K161" s="50"/>
+      <c r="L161" s="40"/>
+      <c r="M161" s="40"/>
+      <c r="N161" s="40"/>
+      <c r="O161" s="49"/>
+    </row>
+    <row r="162" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B162" s="27"/>
+      <c r="C162" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D162" s="18">
+      <c r="D162" s="40">
         <v>109.9971</v>
       </c>
-      <c r="E162" s="54"/>
-[...17 lines deleted...]
-      <c r="C163" s="28" t="s">
+      <c r="E162" s="50"/>
+      <c r="F162" s="40">
+        <v>113.02679999999999</v>
+      </c>
+      <c r="G162" s="50"/>
+      <c r="H162" s="40">
+        <v>109.41540000000001</v>
+      </c>
+      <c r="I162" s="40"/>
+      <c r="J162" s="40"/>
+      <c r="K162" s="50"/>
+      <c r="L162" s="40"/>
+      <c r="M162" s="40"/>
+      <c r="N162" s="40"/>
+      <c r="O162" s="49"/>
+    </row>
+    <row r="163" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B163" s="28"/>
+      <c r="C163" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D163" s="19">
+      <c r="D163" s="59">
         <v>110.74339999999999</v>
       </c>
-      <c r="E163" s="56"/>
-[...20 lines deleted...]
-      <c r="B164" s="24" t="s">
+      <c r="E163" s="60"/>
+      <c r="F163" s="59">
+        <v>113.5637</v>
+      </c>
+      <c r="G163" s="60"/>
+      <c r="H163" s="59">
+        <v>109.5462</v>
+      </c>
+      <c r="I163" s="59"/>
+      <c r="J163" s="59">
+        <v>122.1914</v>
+      </c>
+      <c r="K163" s="60"/>
+      <c r="L163" s="59">
+        <v>110.017</v>
+      </c>
+      <c r="M163" s="59"/>
+      <c r="N163" s="59"/>
+      <c r="O163" s="49"/>
+    </row>
+    <row r="164" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B164" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="C164" s="25" t="s">
+      <c r="C164" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D164" s="18">
+      <c r="D164" s="40">
         <v>108.9248</v>
       </c>
-      <c r="E164" s="54"/>
-[...17 lines deleted...]
-      <c r="C165" s="25" t="s">
+      <c r="E164" s="50"/>
+      <c r="F164" s="40">
+        <v>112.6965</v>
+      </c>
+      <c r="G164" s="50"/>
+      <c r="H164" s="40">
+        <v>108.0027</v>
+      </c>
+      <c r="I164" s="40"/>
+      <c r="J164" s="40"/>
+      <c r="K164" s="50"/>
+      <c r="L164" s="40"/>
+      <c r="M164" s="40"/>
+      <c r="N164" s="40"/>
+      <c r="O164" s="49"/>
+    </row>
+    <row r="165" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B165" s="27"/>
+      <c r="C165" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D165" s="18">
+      <c r="D165" s="40">
         <v>107.8792</v>
       </c>
-      <c r="E165" s="54"/>
-[...17 lines deleted...]
-      <c r="C166" s="25" t="s">
+      <c r="E165" s="50"/>
+      <c r="F165" s="40">
+        <v>111.776</v>
+      </c>
+      <c r="G165" s="50"/>
+      <c r="H165" s="40">
+        <v>106.8985</v>
+      </c>
+      <c r="I165" s="40"/>
+      <c r="J165" s="40"/>
+      <c r="K165" s="50"/>
+      <c r="L165" s="40"/>
+      <c r="M165" s="40"/>
+      <c r="N165" s="40"/>
+      <c r="O165" s="49"/>
+    </row>
+    <row r="166" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B166" s="27"/>
+      <c r="C166" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D166" s="18">
+      <c r="D166" s="40">
         <v>108.4499</v>
       </c>
-      <c r="E166" s="54"/>
-[...21 lines deleted...]
-      <c r="C167" s="25" t="s">
+      <c r="E166" s="50"/>
+      <c r="F166" s="40">
+        <v>112.22499999999999</v>
+      </c>
+      <c r="G166" s="50"/>
+      <c r="H166" s="40">
+        <v>106.0967</v>
+      </c>
+      <c r="I166" s="40"/>
+      <c r="J166" s="40">
+        <v>121.1438</v>
+      </c>
+      <c r="K166" s="50"/>
+      <c r="L166" s="40">
+        <v>113.8682</v>
+      </c>
+      <c r="M166" s="40"/>
+      <c r="N166" s="40"/>
+      <c r="O166" s="49"/>
+    </row>
+    <row r="167" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B167" s="27"/>
+      <c r="C167" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D167" s="18">
+      <c r="D167" s="40">
         <v>108.3451</v>
       </c>
-      <c r="E167" s="54"/>
-[...17 lines deleted...]
-      <c r="C168" s="25" t="s">
+      <c r="E167" s="50"/>
+      <c r="F167" s="40">
+        <v>112.7651</v>
+      </c>
+      <c r="G167" s="50"/>
+      <c r="H167" s="40">
+        <v>106.9213</v>
+      </c>
+      <c r="I167" s="40"/>
+      <c r="J167" s="40"/>
+      <c r="K167" s="50"/>
+      <c r="L167" s="40"/>
+      <c r="M167" s="40"/>
+      <c r="N167" s="40"/>
+      <c r="O167" s="49"/>
+    </row>
+    <row r="168" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B168" s="27"/>
+      <c r="C168" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D168" s="18">
+      <c r="D168" s="40">
         <v>109.4126</v>
       </c>
-      <c r="E168" s="54"/>
-[...17 lines deleted...]
-      <c r="C169" s="25" t="s">
+      <c r="E168" s="50"/>
+      <c r="F168" s="40">
+        <v>113.5329</v>
+      </c>
+      <c r="G168" s="50"/>
+      <c r="H168" s="40">
+        <v>109.0693</v>
+      </c>
+      <c r="I168" s="40"/>
+      <c r="J168" s="40"/>
+      <c r="K168" s="50"/>
+      <c r="L168" s="40"/>
+      <c r="M168" s="40"/>
+      <c r="N168" s="40"/>
+      <c r="O168" s="49"/>
+    </row>
+    <row r="169" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B169" s="27"/>
+      <c r="C169" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D169" s="18">
+      <c r="D169" s="40">
         <v>110.7092</v>
       </c>
-      <c r="E169" s="54"/>
-[...21 lines deleted...]
-      <c r="C170" s="25" t="s">
+      <c r="E169" s="50"/>
+      <c r="F169" s="40">
+        <v>115.0716</v>
+      </c>
+      <c r="G169" s="50"/>
+      <c r="H169" s="40">
+        <v>110.7803</v>
+      </c>
+      <c r="I169" s="40"/>
+      <c r="J169" s="40">
+        <v>123.0308</v>
+      </c>
+      <c r="K169" s="50"/>
+      <c r="L169" s="40">
+        <v>114.9881</v>
+      </c>
+      <c r="M169" s="40"/>
+      <c r="N169" s="40"/>
+      <c r="O169" s="49"/>
+    </row>
+    <row r="170" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B170" s="27"/>
+      <c r="C170" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D170" s="18">
+      <c r="D170" s="40">
         <v>110.0157</v>
       </c>
-      <c r="E170" s="54"/>
-[...17 lines deleted...]
-      <c r="C171" s="25" t="s">
+      <c r="E170" s="50"/>
+      <c r="F170" s="40">
+        <v>114.3583</v>
+      </c>
+      <c r="G170" s="50"/>
+      <c r="H170" s="40">
+        <v>110.7367</v>
+      </c>
+      <c r="I170" s="40"/>
+      <c r="J170" s="40"/>
+      <c r="K170" s="50"/>
+      <c r="L170" s="40"/>
+      <c r="M170" s="40"/>
+      <c r="N170" s="40"/>
+      <c r="O170" s="49"/>
+    </row>
+    <row r="171" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B171" s="27"/>
+      <c r="C171" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D171" s="18">
+      <c r="D171" s="40">
         <v>110.0371</v>
       </c>
-      <c r="E171" s="54"/>
-[...17 lines deleted...]
-      <c r="C172" s="25" t="s">
+      <c r="E171" s="50"/>
+      <c r="F171" s="40">
+        <v>114.2221</v>
+      </c>
+      <c r="G171" s="50"/>
+      <c r="H171" s="40">
+        <v>111.2867</v>
+      </c>
+      <c r="I171" s="40"/>
+      <c r="J171" s="40"/>
+      <c r="K171" s="50"/>
+      <c r="L171" s="40"/>
+      <c r="M171" s="40"/>
+      <c r="N171" s="40"/>
+      <c r="O171" s="49"/>
+    </row>
+    <row r="172" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B172" s="27"/>
+      <c r="C172" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D172" s="18">
+      <c r="D172" s="40">
         <v>110.75530000000001</v>
       </c>
-      <c r="E172" s="54"/>
-[...21 lines deleted...]
-      <c r="C173" s="25" t="s">
+      <c r="E172" s="50"/>
+      <c r="F172" s="40">
+        <v>114.43559999999999</v>
+      </c>
+      <c r="G172" s="50"/>
+      <c r="H172" s="40">
+        <v>111.50539999999999</v>
+      </c>
+      <c r="I172" s="40"/>
+      <c r="J172" s="40">
+        <v>123.3674</v>
+      </c>
+      <c r="K172" s="50"/>
+      <c r="L172" s="40">
+        <v>114.3948</v>
+      </c>
+      <c r="M172" s="40"/>
+      <c r="N172" s="40"/>
+      <c r="O172" s="49"/>
+    </row>
+    <row r="173" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B173" s="27"/>
+      <c r="C173" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D173" s="18">
+      <c r="D173" s="40">
         <v>112.0917</v>
       </c>
-      <c r="E173" s="54"/>
-[...17 lines deleted...]
-      <c r="C174" s="25" t="s">
+      <c r="E173" s="50"/>
+      <c r="F173" s="40">
+        <v>115.62949999999999</v>
+      </c>
+      <c r="G173" s="50"/>
+      <c r="H173" s="40">
+        <v>112.5698</v>
+      </c>
+      <c r="I173" s="40"/>
+      <c r="J173" s="40"/>
+      <c r="K173" s="50"/>
+      <c r="L173" s="40"/>
+      <c r="M173" s="40"/>
+      <c r="N173" s="40"/>
+      <c r="O173" s="49"/>
+    </row>
+    <row r="174" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B174" s="27"/>
+      <c r="C174" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D174" s="18">
+      <c r="D174" s="40">
         <v>111.31399999999999</v>
       </c>
-      <c r="E174" s="54"/>
-[...17 lines deleted...]
-      <c r="C175" s="28" t="s">
+      <c r="E174" s="50"/>
+      <c r="F174" s="40">
+        <v>114.925</v>
+      </c>
+      <c r="G174" s="50"/>
+      <c r="H174" s="40">
+        <v>111.73439999999999</v>
+      </c>
+      <c r="I174" s="40"/>
+      <c r="J174" s="40"/>
+      <c r="K174" s="50"/>
+      <c r="L174" s="40"/>
+      <c r="M174" s="40"/>
+      <c r="N174" s="40"/>
+      <c r="O174" s="49"/>
+    </row>
+    <row r="175" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B175" s="28"/>
+      <c r="C175" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D175" s="19">
+      <c r="D175" s="59">
         <v>111</v>
       </c>
-      <c r="E175" s="56"/>
-[...20 lines deleted...]
-      <c r="B176" s="24" t="s">
+      <c r="E175" s="60"/>
+      <c r="F175" s="59">
+        <v>113.9786</v>
+      </c>
+      <c r="G175" s="60"/>
+      <c r="H175" s="59">
+        <v>111.3177</v>
+      </c>
+      <c r="I175" s="59"/>
+      <c r="J175" s="59">
+        <v>124.2176</v>
+      </c>
+      <c r="K175" s="60"/>
+      <c r="L175" s="59">
+        <v>114.7694</v>
+      </c>
+      <c r="M175" s="59"/>
+      <c r="N175" s="59"/>
+      <c r="O175" s="49"/>
+    </row>
+    <row r="176" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B176" s="21" t="s">
         <v>27</v>
       </c>
-      <c r="C176" s="25" t="s">
+      <c r="C176" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D176" s="18">
+      <c r="D176" s="40">
         <v>110.0025</v>
       </c>
-      <c r="E176" s="54"/>
-[...17 lines deleted...]
-      <c r="C177" s="25" t="s">
+      <c r="E176" s="50"/>
+      <c r="F176" s="40">
+        <v>113.1358</v>
+      </c>
+      <c r="G176" s="50"/>
+      <c r="H176" s="40">
+        <v>110.8712</v>
+      </c>
+      <c r="I176" s="40"/>
+      <c r="J176" s="40"/>
+      <c r="K176" s="50"/>
+      <c r="L176" s="40"/>
+      <c r="M176" s="40"/>
+      <c r="N176" s="40"/>
+      <c r="O176" s="49"/>
+    </row>
+    <row r="177" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B177" s="26"/>
+      <c r="C177" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D177" s="18">
+      <c r="D177" s="40">
         <v>108.82259999999999</v>
       </c>
-      <c r="E177" s="54"/>
-[...17 lines deleted...]
-      <c r="C178" s="25" t="s">
+      <c r="E177" s="50"/>
+      <c r="F177" s="40">
+        <v>111.7739</v>
+      </c>
+      <c r="G177" s="50"/>
+      <c r="H177" s="40">
+        <v>108.79259999999999</v>
+      </c>
+      <c r="I177" s="40"/>
+      <c r="J177" s="40"/>
+      <c r="K177" s="50"/>
+      <c r="L177" s="40"/>
+      <c r="M177" s="40"/>
+      <c r="N177" s="40"/>
+      <c r="O177" s="49"/>
+    </row>
+    <row r="178" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B178" s="26"/>
+      <c r="C178" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D178" s="18">
+      <c r="D178" s="40">
         <v>108.89319999999999</v>
       </c>
-      <c r="E178" s="54"/>
-[...21 lines deleted...]
-      <c r="C179" s="25" t="s">
+      <c r="E178" s="50"/>
+      <c r="F178" s="40">
+        <v>111.6764</v>
+      </c>
+      <c r="G178" s="50"/>
+      <c r="H178" s="40">
+        <v>109.3128</v>
+      </c>
+      <c r="I178" s="40"/>
+      <c r="J178" s="40">
+        <v>121.2303</v>
+      </c>
+      <c r="K178" s="50"/>
+      <c r="L178" s="40">
+        <v>115.0073</v>
+      </c>
+      <c r="M178" s="40"/>
+      <c r="N178" s="40"/>
+      <c r="O178" s="49"/>
+    </row>
+    <row r="179" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B179" s="26"/>
+      <c r="C179" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D179" s="18">
+      <c r="D179" s="40">
         <v>108.2681</v>
       </c>
-      <c r="E179" s="54"/>
-[...17 lines deleted...]
-      <c r="C180" s="25" t="s">
+      <c r="E179" s="50"/>
+      <c r="F179" s="40">
+        <v>110.9224</v>
+      </c>
+      <c r="G179" s="50"/>
+      <c r="H179" s="40">
+        <v>108.7689</v>
+      </c>
+      <c r="I179" s="40"/>
+      <c r="J179" s="40"/>
+      <c r="K179" s="50"/>
+      <c r="L179" s="40"/>
+      <c r="M179" s="40"/>
+      <c r="N179" s="40"/>
+      <c r="O179" s="49"/>
+    </row>
+    <row r="180" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B180" s="26"/>
+      <c r="C180" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D180" s="18">
+      <c r="D180" s="40">
         <v>107.07089999999999</v>
       </c>
-      <c r="E180" s="54"/>
-[...17 lines deleted...]
-      <c r="C181" s="25" t="s">
+      <c r="E180" s="50"/>
+      <c r="F180" s="40">
+        <v>109.613</v>
+      </c>
+      <c r="G180" s="50"/>
+      <c r="H180" s="40">
+        <v>107.2634</v>
+      </c>
+      <c r="I180" s="40"/>
+      <c r="J180" s="40"/>
+      <c r="K180" s="50"/>
+      <c r="L180" s="40"/>
+      <c r="M180" s="40"/>
+      <c r="N180" s="40"/>
+      <c r="O180" s="49"/>
+    </row>
+    <row r="181" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B181" s="26"/>
+      <c r="C181" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D181" s="18">
+      <c r="D181" s="40">
         <v>106.979</v>
       </c>
-      <c r="E181" s="54"/>
-[...21 lines deleted...]
-      <c r="C182" s="25" t="s">
+      <c r="E181" s="50"/>
+      <c r="F181" s="40">
+        <v>109.63679999999999</v>
+      </c>
+      <c r="G181" s="50"/>
+      <c r="H181" s="40">
+        <v>107.3845</v>
+      </c>
+      <c r="I181" s="40"/>
+      <c r="J181" s="40">
+        <v>119.3241</v>
+      </c>
+      <c r="K181" s="50"/>
+      <c r="L181" s="40">
+        <v>112.02679999999999</v>
+      </c>
+      <c r="M181" s="40"/>
+      <c r="N181" s="40"/>
+      <c r="O181" s="49"/>
+    </row>
+    <row r="182" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B182" s="26"/>
+      <c r="C182" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D182" s="18">
+      <c r="D182" s="40">
         <v>107.8907</v>
       </c>
-      <c r="E182" s="54"/>
-[...17 lines deleted...]
-      <c r="C183" s="25" t="s">
+      <c r="E182" s="50"/>
+      <c r="F182" s="40">
+        <v>110.69629999999999</v>
+      </c>
+      <c r="G182" s="50"/>
+      <c r="H182" s="40">
+        <v>107.94280000000001</v>
+      </c>
+      <c r="I182" s="40"/>
+      <c r="J182" s="40"/>
+      <c r="K182" s="50"/>
+      <c r="L182" s="40"/>
+      <c r="M182" s="40"/>
+      <c r="N182" s="40"/>
+      <c r="O182" s="49"/>
+    </row>
+    <row r="183" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B183" s="26"/>
+      <c r="C183" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D183" s="18">
+      <c r="D183" s="40">
         <v>107.2766</v>
       </c>
-      <c r="E183" s="54"/>
-[...17 lines deleted...]
-      <c r="C184" s="25" t="s">
+      <c r="E183" s="50"/>
+      <c r="F183" s="40">
+        <v>109.8309</v>
+      </c>
+      <c r="G183" s="50"/>
+      <c r="H183" s="40">
+        <v>107.6352</v>
+      </c>
+      <c r="I183" s="40"/>
+      <c r="J183" s="40"/>
+      <c r="K183" s="50"/>
+      <c r="L183" s="40"/>
+      <c r="M183" s="40"/>
+      <c r="N183" s="40"/>
+      <c r="O183" s="49"/>
+    </row>
+    <row r="184" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B184" s="26"/>
+      <c r="C184" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D184" s="18">
+      <c r="D184" s="40">
         <v>106.8779</v>
       </c>
-      <c r="E184" s="54"/>
-[...21 lines deleted...]
-      <c r="C185" s="25" t="s">
+      <c r="E184" s="50"/>
+      <c r="F184" s="40">
+        <v>109.371</v>
+      </c>
+      <c r="G184" s="50"/>
+      <c r="H184" s="40">
+        <v>107.431</v>
+      </c>
+      <c r="I184" s="40"/>
+      <c r="J184" s="40">
+        <v>118.8075</v>
+      </c>
+      <c r="K184" s="50"/>
+      <c r="L184" s="40">
+        <v>110.9434</v>
+      </c>
+      <c r="M184" s="40"/>
+      <c r="N184" s="40"/>
+      <c r="O184" s="49"/>
+    </row>
+    <row r="185" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B185" s="26"/>
+      <c r="C185" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D185" s="18">
+      <c r="D185" s="40">
         <v>107.60169999999999</v>
       </c>
-      <c r="E185" s="54"/>
-[...17 lines deleted...]
-      <c r="C186" s="25" t="s">
+      <c r="E185" s="50"/>
+      <c r="F185" s="40">
+        <v>109.73220000000001</v>
+      </c>
+      <c r="G185" s="50"/>
+      <c r="H185" s="40">
+        <v>108.1314</v>
+      </c>
+      <c r="I185" s="40"/>
+      <c r="J185" s="40"/>
+      <c r="K185" s="50"/>
+      <c r="L185" s="40"/>
+      <c r="M185" s="40"/>
+      <c r="N185" s="40"/>
+      <c r="O185" s="49"/>
+    </row>
+    <row r="186" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B186" s="26"/>
+      <c r="C186" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D186" s="18">
+      <c r="D186" s="40">
         <v>106.39</v>
       </c>
-      <c r="E186" s="54"/>
-[...17 lines deleted...]
-      <c r="C187" s="28" t="s">
+      <c r="E186" s="50"/>
+      <c r="F186" s="40">
+        <v>108.41030000000001</v>
+      </c>
+      <c r="G186" s="50"/>
+      <c r="H186" s="40">
+        <v>106.5748</v>
+      </c>
+      <c r="I186" s="40"/>
+      <c r="J186" s="40"/>
+      <c r="K186" s="50"/>
+      <c r="L186" s="40"/>
+      <c r="M186" s="40"/>
+      <c r="N186" s="40"/>
+      <c r="O186" s="49"/>
+    </row>
+    <row r="187" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B187" s="29"/>
+      <c r="C187" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D187" s="19">
+      <c r="D187" s="59">
         <v>105.4011</v>
       </c>
-      <c r="E187" s="56"/>
-[...20 lines deleted...]
-      <c r="B188" s="24" t="s">
+      <c r="E187" s="60"/>
+      <c r="F187" s="59">
+        <v>107.22239999999999</v>
+      </c>
+      <c r="G187" s="60"/>
+      <c r="H187" s="59">
+        <v>106.00409999999999</v>
+      </c>
+      <c r="I187" s="59"/>
+      <c r="J187" s="59">
+        <v>117.50190000000001</v>
+      </c>
+      <c r="K187" s="60"/>
+      <c r="L187" s="59">
+        <v>112.0368</v>
+      </c>
+      <c r="M187" s="59"/>
+      <c r="N187" s="59"/>
+      <c r="O187" s="49"/>
+    </row>
+    <row r="188" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B188" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="C188" s="25" t="s">
+      <c r="C188" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D188" s="18">
+      <c r="D188" s="40">
         <v>105.20269999999999</v>
       </c>
-      <c r="E188" s="54"/>
-[...17 lines deleted...]
-      <c r="C189" s="25" t="s">
+      <c r="E188" s="50"/>
+      <c r="F188" s="40">
+        <v>107.0562</v>
+      </c>
+      <c r="G188" s="50"/>
+      <c r="H188" s="40">
+        <v>105.3741</v>
+      </c>
+      <c r="I188" s="40"/>
+      <c r="J188" s="40"/>
+      <c r="K188" s="50"/>
+      <c r="L188" s="40"/>
+      <c r="M188" s="40"/>
+      <c r="N188" s="40"/>
+      <c r="O188" s="49"/>
+    </row>
+    <row r="189" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B189" s="26"/>
+      <c r="C189" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D189" s="18">
+      <c r="D189" s="40">
         <v>105.4601</v>
       </c>
-      <c r="E189" s="54"/>
-[...4 lines deleted...]
-      <c r="H189" s="18">
+      <c r="E189" s="50"/>
+      <c r="F189" s="40">
+        <v>107.4033</v>
+      </c>
+      <c r="G189" s="50"/>
+      <c r="H189" s="40">
+        <v>106.4423</v>
+      </c>
+      <c r="I189" s="40"/>
+      <c r="J189" s="40"/>
+      <c r="K189" s="50"/>
+      <c r="L189" s="40"/>
+      <c r="M189" s="40"/>
+      <c r="N189" s="40"/>
+      <c r="O189" s="49"/>
+    </row>
+    <row r="190" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B190" s="26"/>
+      <c r="C190" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="D190" s="40">
+        <v>106.4027</v>
+      </c>
+      <c r="E190" s="50"/>
+      <c r="F190" s="40">
+        <v>108.4118</v>
+      </c>
+      <c r="G190" s="50"/>
+      <c r="H190" s="40">
+        <v>107.65779999999999</v>
+      </c>
+      <c r="I190" s="40"/>
+      <c r="J190" s="40">
+        <v>116.4943</v>
+      </c>
+      <c r="K190" s="50"/>
+      <c r="L190" s="40">
+        <v>111.2109</v>
+      </c>
+      <c r="M190" s="40"/>
+      <c r="N190" s="40"/>
+      <c r="O190" s="49"/>
+    </row>
+    <row r="191" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B191" s="26"/>
+      <c r="C191" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="D191" s="40">
+        <v>107.31659999999999</v>
+      </c>
+      <c r="E191" s="50"/>
+      <c r="F191" s="40">
+        <v>108.9739</v>
+      </c>
+      <c r="G191" s="50"/>
+      <c r="H191" s="40">
+        <v>108.4781</v>
+      </c>
+      <c r="I191" s="40"/>
+      <c r="J191" s="40"/>
+      <c r="K191" s="50"/>
+      <c r="L191" s="40"/>
+      <c r="M191" s="40"/>
+      <c r="N191" s="40"/>
+      <c r="O191" s="49"/>
+    </row>
+    <row r="192" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B192" s="26"/>
+      <c r="C192" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="D192" s="40">
+        <v>106.45180000000001</v>
+      </c>
+      <c r="E192" s="50"/>
+      <c r="F192" s="40">
+        <v>108.0018</v>
+      </c>
+      <c r="G192" s="50"/>
+      <c r="H192" s="40">
+        <v>108.32940000000001</v>
+      </c>
+      <c r="I192" s="40"/>
+      <c r="J192" s="40"/>
+      <c r="K192" s="50"/>
+      <c r="L192" s="40"/>
+      <c r="M192" s="40"/>
+      <c r="N192" s="40"/>
+      <c r="O192" s="49"/>
+    </row>
+    <row r="193" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B193" s="26"/>
+      <c r="C193" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="40">
+        <v>106.4838</v>
+      </c>
+      <c r="E193" s="50"/>
+      <c r="F193" s="40">
+        <v>107.79049999999999</v>
+      </c>
+      <c r="G193" s="50"/>
+      <c r="H193" s="40">
+        <v>107.7298</v>
+      </c>
+      <c r="I193" s="40"/>
+      <c r="J193" s="40">
+        <v>117.0993</v>
+      </c>
+      <c r="K193" s="50"/>
+      <c r="L193" s="40">
+        <v>107.23560000000001</v>
+      </c>
+      <c r="M193" s="40"/>
+      <c r="N193" s="40"/>
+      <c r="O193" s="49"/>
+    </row>
+    <row r="194" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B194" s="26"/>
+      <c r="C194" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="40">
+        <v>105.7792</v>
+      </c>
+      <c r="E194" s="50"/>
+      <c r="F194" s="40">
+        <v>107.0089</v>
+      </c>
+      <c r="G194" s="50"/>
+      <c r="H194" s="40">
+        <v>106.8124</v>
+      </c>
+      <c r="I194" s="40"/>
+      <c r="J194" s="40"/>
+      <c r="K194" s="50"/>
+      <c r="L194" s="40"/>
+      <c r="M194" s="40"/>
+      <c r="N194" s="40"/>
+      <c r="O194" s="49"/>
+    </row>
+    <row r="195" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B195" s="26"/>
+      <c r="C195" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="D195" s="40">
+        <v>105.60680000000001</v>
+      </c>
+      <c r="E195" s="50"/>
+      <c r="F195" s="40">
+        <v>106.7924</v>
+      </c>
+      <c r="G195" s="50"/>
+      <c r="H195" s="40">
+        <v>107.0573</v>
+      </c>
+      <c r="I195" s="40"/>
+      <c r="J195" s="40"/>
+      <c r="K195" s="50"/>
+      <c r="L195" s="40"/>
+      <c r="M195" s="40"/>
+      <c r="N195" s="40"/>
+      <c r="O195" s="49"/>
+    </row>
+    <row r="196" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B196" s="26"/>
+      <c r="C196" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D196" s="40">
+        <v>105.0137</v>
+      </c>
+      <c r="E196" s="50"/>
+      <c r="F196" s="40">
+        <v>106.0581</v>
+      </c>
+      <c r="G196" s="50"/>
+      <c r="H196" s="40">
+        <v>106.0128</v>
+      </c>
+      <c r="I196" s="40"/>
+      <c r="J196" s="40">
+        <v>115.67270000000001</v>
+      </c>
+      <c r="K196" s="50"/>
+      <c r="L196" s="40">
+        <v>108.70180000000001</v>
+      </c>
+      <c r="M196" s="40"/>
+      <c r="N196" s="40"/>
+      <c r="O196" s="49"/>
+    </row>
+    <row r="197" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B197" s="26"/>
+      <c r="C197" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D197" s="40">
+        <v>105.4358</v>
+      </c>
+      <c r="E197" s="50"/>
+      <c r="F197" s="40">
         <v>106.423</v>
       </c>
-      <c r="I189" s="54"/>
-[...9 lines deleted...]
-      <c r="C190" s="25" t="s">
+      <c r="G197" s="50"/>
+      <c r="H197" s="40">
+        <v>106.7333</v>
+      </c>
+      <c r="I197" s="40"/>
+      <c r="J197" s="40"/>
+      <c r="K197" s="50"/>
+      <c r="L197" s="40"/>
+      <c r="M197" s="40"/>
+      <c r="N197" s="40"/>
+      <c r="O197" s="49"/>
+    </row>
+    <row r="198" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B198" s="26"/>
+      <c r="C198" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D198" s="40">
+        <v>105.2512</v>
+      </c>
+      <c r="E198" s="50"/>
+      <c r="F198" s="40">
+        <v>106.23090000000001</v>
+      </c>
+      <c r="G198" s="50"/>
+      <c r="H198" s="40">
+        <v>106.9365</v>
+      </c>
+      <c r="I198" s="40"/>
+      <c r="J198" s="40"/>
+      <c r="K198" s="50"/>
+      <c r="L198" s="40"/>
+      <c r="M198" s="40"/>
+      <c r="N198" s="40"/>
+      <c r="O198" s="49"/>
+    </row>
+    <row r="199" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" s="59">
+        <v>104.3129</v>
+      </c>
+      <c r="E199" s="60"/>
+      <c r="F199" s="59">
+        <v>105.0887</v>
+      </c>
+      <c r="G199" s="60"/>
+      <c r="H199" s="59">
+        <v>105.7454</v>
+      </c>
+      <c r="I199" s="59"/>
+      <c r="J199" s="59">
+        <v>115.04349999999999</v>
+      </c>
+      <c r="K199" s="60"/>
+      <c r="L199" s="59">
+        <v>106.8186</v>
+      </c>
+      <c r="M199" s="59"/>
+      <c r="N199" s="59"/>
+      <c r="O199" s="49"/>
+    </row>
+    <row r="200" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B200" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C200" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="D200" s="40">
+        <v>102.9295</v>
+      </c>
+      <c r="E200" s="50"/>
+      <c r="F200" s="40">
+        <v>103.10039999999999</v>
+      </c>
+      <c r="G200" s="50"/>
+      <c r="H200" s="40">
+        <v>105.13460000000001</v>
+      </c>
+      <c r="I200" s="40"/>
+      <c r="J200" s="40"/>
+      <c r="K200" s="50"/>
+      <c r="L200" s="40"/>
+      <c r="M200" s="40"/>
+      <c r="N200" s="40"/>
+      <c r="O200" s="49"/>
+    </row>
+    <row r="201" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B201" s="26"/>
+      <c r="C201" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="D201" s="40">
+        <v>102.50579999999999</v>
+      </c>
+      <c r="E201" s="50"/>
+      <c r="F201" s="40">
+        <v>102.9359</v>
+      </c>
+      <c r="G201" s="50"/>
+      <c r="H201" s="40">
+        <v>105.38200000000001</v>
+      </c>
+      <c r="I201" s="40"/>
+      <c r="J201" s="40"/>
+      <c r="K201" s="50"/>
+      <c r="L201" s="40"/>
+      <c r="M201" s="40"/>
+      <c r="N201" s="40"/>
+      <c r="O201" s="49"/>
+    </row>
+    <row r="202" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B202" s="26"/>
+      <c r="C202" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D190" s="18">
-[...24 lines deleted...]
-      <c r="C191" s="25" t="s">
+      <c r="D202" s="40">
+        <v>103.1678</v>
+      </c>
+      <c r="E202" s="50"/>
+      <c r="F202" s="40">
+        <v>104.17359999999999</v>
+      </c>
+      <c r="G202" s="50"/>
+      <c r="H202" s="40">
+        <v>106.48480000000001</v>
+      </c>
+      <c r="I202" s="40"/>
+      <c r="J202" s="40">
+        <v>112.0466</v>
+      </c>
+      <c r="K202" s="50"/>
+      <c r="L202" s="40">
+        <v>102.6564</v>
+      </c>
+      <c r="M202" s="40"/>
+      <c r="N202" s="40"/>
+      <c r="O202" s="49"/>
+    </row>
+    <row r="203" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B203" s="26"/>
+      <c r="C203" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D191" s="18">
-[...20 lines deleted...]
-      <c r="C192" s="25" t="s">
+      <c r="D203" s="40">
+        <v>103.6506</v>
+      </c>
+      <c r="E203" s="50"/>
+      <c r="F203" s="40">
+        <v>104.9452</v>
+      </c>
+      <c r="G203" s="50"/>
+      <c r="H203" s="40">
+        <v>107.14919999999999</v>
+      </c>
+      <c r="I203" s="40"/>
+      <c r="J203" s="40"/>
+      <c r="K203" s="50"/>
+      <c r="L203" s="40"/>
+      <c r="M203" s="40"/>
+      <c r="N203" s="40"/>
+      <c r="O203" s="49"/>
+    </row>
+    <row r="204" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B204" s="26"/>
+      <c r="C204" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D192" s="18">
-[...20 lines deleted...]
-      <c r="C193" s="25" t="s">
+      <c r="D204" s="40">
+        <v>102.7642</v>
+      </c>
+      <c r="E204" s="50"/>
+      <c r="F204" s="40">
+        <v>105.2183</v>
+      </c>
+      <c r="G204" s="50"/>
+      <c r="H204" s="40">
+        <v>105.78149999999999</v>
+      </c>
+      <c r="I204" s="40"/>
+      <c r="J204" s="40"/>
+      <c r="K204" s="50"/>
+      <c r="L204" s="40"/>
+      <c r="M204" s="40"/>
+      <c r="N204" s="40"/>
+      <c r="O204" s="49"/>
+    </row>
+    <row r="205" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B205" s="26"/>
+      <c r="C205" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D193" s="18">
-[...24 lines deleted...]
-      <c r="C194" s="25" t="s">
+      <c r="D205" s="40">
+        <v>102.494</v>
+      </c>
+      <c r="E205" s="50"/>
+      <c r="F205" s="40">
+        <v>104.7298</v>
+      </c>
+      <c r="G205" s="50"/>
+      <c r="H205" s="40">
+        <v>104.87090000000001</v>
+      </c>
+      <c r="I205" s="40"/>
+      <c r="J205" s="40">
+        <v>112.4432</v>
+      </c>
+      <c r="K205" s="50"/>
+      <c r="L205" s="40">
+        <v>100.8764</v>
+      </c>
+      <c r="M205" s="40"/>
+      <c r="N205" s="40"/>
+      <c r="O205" s="49"/>
+    </row>
+    <row r="206" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B206" s="26"/>
+      <c r="C206" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D194" s="18">
-[...20 lines deleted...]
-      <c r="C195" s="25" t="s">
+      <c r="D206" s="40">
+        <v>102.24639999999999</v>
+      </c>
+      <c r="E206" s="50"/>
+      <c r="F206" s="40">
+        <v>104.1691</v>
+      </c>
+      <c r="G206" s="50"/>
+      <c r="H206" s="40">
+        <v>103.9216</v>
+      </c>
+      <c r="I206" s="40"/>
+      <c r="J206" s="40"/>
+      <c r="K206" s="50"/>
+      <c r="L206" s="40"/>
+      <c r="M206" s="40"/>
+      <c r="N206" s="40"/>
+      <c r="O206" s="49"/>
+    </row>
+    <row r="207" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B207" s="26"/>
+      <c r="C207" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D195" s="18">
-[...20 lines deleted...]
-      <c r="C196" s="25" t="s">
+      <c r="D207" s="40">
+        <v>102.3524</v>
+      </c>
+      <c r="E207" s="50"/>
+      <c r="F207" s="40">
+        <v>104.66070000000001</v>
+      </c>
+      <c r="G207" s="50"/>
+      <c r="H207" s="40">
+        <v>105.2809</v>
+      </c>
+      <c r="I207" s="40"/>
+      <c r="J207" s="40"/>
+      <c r="K207" s="50"/>
+      <c r="L207" s="40"/>
+      <c r="M207" s="40"/>
+      <c r="N207" s="40"/>
+      <c r="O207" s="49"/>
+    </row>
+    <row r="208" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B208" s="26"/>
+      <c r="C208" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D196" s="18">
-[...24 lines deleted...]
-      <c r="C197" s="25" t="s">
+      <c r="D208" s="40">
+        <v>104.01090000000001</v>
+      </c>
+      <c r="E208" s="50"/>
+      <c r="F208" s="40">
+        <v>106.78789999999999</v>
+      </c>
+      <c r="G208" s="50"/>
+      <c r="H208" s="40">
+        <v>107.96250000000001</v>
+      </c>
+      <c r="I208" s="40"/>
+      <c r="J208" s="40">
+        <v>112.2664</v>
+      </c>
+      <c r="K208" s="50"/>
+      <c r="L208" s="40">
+        <v>101.32380000000001</v>
+      </c>
+      <c r="M208" s="40"/>
+      <c r="N208" s="40"/>
+      <c r="O208" s="49"/>
+    </row>
+    <row r="209" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B209" s="26"/>
+      <c r="C209" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D197" s="18">
-[...20 lines deleted...]
-      <c r="C198" s="25" t="s">
+      <c r="D209" s="40">
+        <v>102.9966</v>
+      </c>
+      <c r="E209" s="50"/>
+      <c r="F209" s="40">
+        <v>105.7102</v>
+      </c>
+      <c r="G209" s="50"/>
+      <c r="H209" s="40">
+        <v>107.2341</v>
+      </c>
+      <c r="I209" s="40"/>
+      <c r="J209" s="40"/>
+      <c r="K209" s="50"/>
+      <c r="L209" s="40"/>
+      <c r="M209" s="40"/>
+      <c r="N209" s="40"/>
+      <c r="O209" s="49"/>
+    </row>
+    <row r="210" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B210" s="26"/>
+      <c r="C210" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D198" s="18">
-[...20 lines deleted...]
-      <c r="C199" s="28" t="s">
+      <c r="D210" s="40">
+        <v>102.41330000000001</v>
+      </c>
+      <c r="E210" s="50"/>
+      <c r="F210" s="40">
+        <v>104.8981</v>
+      </c>
+      <c r="G210" s="50"/>
+      <c r="H210" s="40">
+        <v>105.563</v>
+      </c>
+      <c r="I210" s="40"/>
+      <c r="J210" s="40"/>
+      <c r="K210" s="50"/>
+      <c r="L210" s="40"/>
+      <c r="M210" s="40"/>
+      <c r="N210" s="40"/>
+      <c r="O210" s="49"/>
+    </row>
+    <row r="211" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B211" s="29"/>
+      <c r="C211" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D199" s="19">
-[...26 lines deleted...]
-      <c r="C200" s="25" t="s">
+      <c r="D211" s="59">
+        <v>103.048</v>
+      </c>
+      <c r="E211" s="60"/>
+      <c r="F211" s="59">
+        <v>105.6284</v>
+      </c>
+      <c r="G211" s="60"/>
+      <c r="H211" s="59">
+        <v>106.43259999999999</v>
+      </c>
+      <c r="I211" s="59"/>
+      <c r="J211" s="59">
+        <v>112.57940000000001</v>
+      </c>
+      <c r="K211" s="60"/>
+      <c r="L211" s="59">
+        <v>99.180599999999998</v>
+      </c>
+      <c r="M211" s="59"/>
+      <c r="N211" s="59"/>
+      <c r="O211" s="49"/>
+    </row>
+    <row r="212" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B212" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="C212" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D200" s="18">
-[...20 lines deleted...]
-      <c r="C201" s="25" t="s">
+      <c r="D212" s="40">
+        <v>103.0192</v>
+      </c>
+      <c r="E212" s="50"/>
+      <c r="F212" s="40">
+        <v>105.4862</v>
+      </c>
+      <c r="G212" s="50"/>
+      <c r="H212" s="40">
+        <v>106.1147</v>
+      </c>
+      <c r="I212" s="40"/>
+      <c r="J212" s="40"/>
+      <c r="K212" s="50"/>
+      <c r="L212" s="40"/>
+      <c r="M212" s="40"/>
+      <c r="N212" s="40"/>
+      <c r="O212" s="49"/>
+    </row>
+    <row r="213" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B213" s="27"/>
+      <c r="C213" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D201" s="18">
-[...20 lines deleted...]
-      <c r="C202" s="25" t="s">
+      <c r="D213" s="40">
+        <v>103.19759999999999</v>
+      </c>
+      <c r="E213" s="50"/>
+      <c r="F213" s="40">
+        <v>105.6957</v>
+      </c>
+      <c r="G213" s="50"/>
+      <c r="H213" s="40">
+        <v>106.5985</v>
+      </c>
+      <c r="I213" s="40"/>
+      <c r="J213" s="40"/>
+      <c r="K213" s="50"/>
+      <c r="L213" s="40"/>
+      <c r="M213" s="40"/>
+      <c r="N213" s="40"/>
+      <c r="O213" s="49"/>
+    </row>
+    <row r="214" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B214" s="27"/>
+      <c r="C214" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D202" s="18">
-[...24 lines deleted...]
-      <c r="C203" s="25" t="s">
+      <c r="D214" s="40">
+        <v>102.581</v>
+      </c>
+      <c r="E214" s="50"/>
+      <c r="F214" s="40">
+        <v>105.0715</v>
+      </c>
+      <c r="G214" s="50"/>
+      <c r="H214" s="40">
+        <v>106.5346</v>
+      </c>
+      <c r="I214" s="40"/>
+      <c r="J214" s="40">
+        <v>112.88290000000001</v>
+      </c>
+      <c r="K214" s="50"/>
+      <c r="L214" s="40">
+        <v>97.892700000000005</v>
+      </c>
+      <c r="M214" s="40"/>
+      <c r="N214" s="40"/>
+      <c r="O214" s="49"/>
+    </row>
+    <row r="215" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B215" s="27"/>
+      <c r="C215" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D203" s="18">
-[...20 lines deleted...]
-      <c r="C204" s="25" t="s">
+      <c r="D215" s="40">
+        <v>102.4025</v>
+      </c>
+      <c r="E215" s="50"/>
+      <c r="F215" s="40">
+        <v>104.94840000000001</v>
+      </c>
+      <c r="G215" s="50"/>
+      <c r="H215" s="40">
+        <v>106.1735</v>
+      </c>
+      <c r="I215" s="40"/>
+      <c r="J215" s="40"/>
+      <c r="K215" s="50"/>
+      <c r="L215" s="40"/>
+      <c r="M215" s="40"/>
+      <c r="N215" s="40"/>
+      <c r="O215" s="49"/>
+    </row>
+    <row r="216" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B216" s="27"/>
+      <c r="C216" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D204" s="18">
-[...20 lines deleted...]
-      <c r="C205" s="25" t="s">
+      <c r="D216" s="40">
+        <v>102.94580000000001</v>
+      </c>
+      <c r="E216" s="50"/>
+      <c r="F216" s="40">
+        <v>105.33199999999999</v>
+      </c>
+      <c r="G216" s="50"/>
+      <c r="H216" s="40">
+        <v>105.9991</v>
+      </c>
+      <c r="I216" s="40"/>
+      <c r="J216" s="40"/>
+      <c r="K216" s="50"/>
+      <c r="L216" s="40"/>
+      <c r="M216" s="40"/>
+      <c r="N216" s="40"/>
+      <c r="O216" s="49"/>
+    </row>
+    <row r="217" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B217" s="27"/>
+      <c r="C217" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D205" s="18">
-[...24 lines deleted...]
-      <c r="C206" s="25" t="s">
+      <c r="D217" s="40">
+        <v>104.9556</v>
+      </c>
+      <c r="E217" s="50"/>
+      <c r="F217" s="40">
+        <v>107.2694</v>
+      </c>
+      <c r="G217" s="50"/>
+      <c r="H217" s="40">
+        <v>107.938</v>
+      </c>
+      <c r="I217" s="40"/>
+      <c r="J217" s="40">
+        <v>112.2444</v>
+      </c>
+      <c r="K217" s="50"/>
+      <c r="L217" s="40">
+        <v>96.245999999999995</v>
+      </c>
+      <c r="M217" s="40"/>
+      <c r="N217" s="40"/>
+      <c r="O217" s="49"/>
+    </row>
+    <row r="218" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B218" s="27"/>
+      <c r="C218" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D206" s="18">
-[...20 lines deleted...]
-      <c r="C207" s="25" t="s">
+      <c r="D218" s="40">
+        <v>104.7341</v>
+      </c>
+      <c r="E218" s="50"/>
+      <c r="F218" s="40">
+        <v>107.0132</v>
+      </c>
+      <c r="G218" s="50"/>
+      <c r="H218" s="40">
+        <v>107.38930000000001</v>
+      </c>
+      <c r="I218" s="40"/>
+      <c r="J218" s="40"/>
+      <c r="K218" s="50"/>
+      <c r="L218" s="40"/>
+      <c r="M218" s="40"/>
+      <c r="N218" s="40"/>
+      <c r="O218" s="49"/>
+    </row>
+    <row r="219" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B219" s="27"/>
+      <c r="C219" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D207" s="18">
-[...20 lines deleted...]
-      <c r="C208" s="25" t="s">
+      <c r="D219" s="40">
+        <v>104.95780000000001</v>
+      </c>
+      <c r="E219" s="50"/>
+      <c r="F219" s="40">
+        <v>107.5095</v>
+      </c>
+      <c r="G219" s="50"/>
+      <c r="H219" s="40">
+        <v>107.3044</v>
+      </c>
+      <c r="I219" s="40"/>
+      <c r="J219" s="40"/>
+      <c r="K219" s="50"/>
+      <c r="L219" s="40"/>
+      <c r="M219" s="40"/>
+      <c r="N219" s="40"/>
+      <c r="O219" s="49"/>
+    </row>
+    <row r="220" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B220" s="27"/>
+      <c r="C220" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D208" s="18">
-[...24 lines deleted...]
-      <c r="C209" s="25" t="s">
+      <c r="D220" s="40">
+        <v>104.117</v>
+      </c>
+      <c r="E220" s="50"/>
+      <c r="F220" s="40">
+        <v>106.5966</v>
+      </c>
+      <c r="G220" s="50"/>
+      <c r="H220" s="40">
+        <v>106.68049999999999</v>
+      </c>
+      <c r="I220" s="40"/>
+      <c r="J220" s="40">
+        <v>112.2967</v>
+      </c>
+      <c r="K220" s="50"/>
+      <c r="L220" s="40">
+        <v>96.556700000000006</v>
+      </c>
+      <c r="M220" s="40"/>
+      <c r="N220" s="40"/>
+      <c r="O220" s="49"/>
+    </row>
+    <row r="221" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B221" s="27"/>
+      <c r="C221" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D209" s="18">
-[...20 lines deleted...]
-      <c r="C210" s="25" t="s">
+      <c r="D221" s="40">
+        <v>104.0857</v>
+      </c>
+      <c r="E221" s="50"/>
+      <c r="F221" s="40">
+        <v>105.8772</v>
+      </c>
+      <c r="G221" s="50"/>
+      <c r="H221" s="40">
+        <v>105.83499999999999</v>
+      </c>
+      <c r="I221" s="40"/>
+      <c r="J221" s="40"/>
+      <c r="K221" s="50"/>
+      <c r="L221" s="40"/>
+      <c r="M221" s="40"/>
+      <c r="N221" s="40"/>
+      <c r="O221" s="49"/>
+    </row>
+    <row r="222" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B222" s="27"/>
+      <c r="C222" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D210" s="18">
-[...20 lines deleted...]
-      <c r="C211" s="28" t="s">
+      <c r="D222" s="40">
+        <v>103.9323</v>
+      </c>
+      <c r="E222" s="50"/>
+      <c r="F222" s="40">
+        <v>105.4636</v>
+      </c>
+      <c r="G222" s="50"/>
+      <c r="H222" s="40">
+        <v>105.1664</v>
+      </c>
+      <c r="I222" s="40"/>
+      <c r="J222" s="40"/>
+      <c r="K222" s="50"/>
+      <c r="L222" s="40"/>
+      <c r="M222" s="40"/>
+      <c r="N222" s="40"/>
+      <c r="O222" s="49"/>
+    </row>
+    <row r="223" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B223" s="28"/>
+      <c r="C223" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D211" s="19">
-[...26 lines deleted...]
-      <c r="C212" s="25" t="s">
+      <c r="D223" s="59">
+        <v>104.452</v>
+      </c>
+      <c r="E223" s="60"/>
+      <c r="F223" s="59">
+        <v>105.81489999999999</v>
+      </c>
+      <c r="G223" s="60"/>
+      <c r="H223" s="59">
+        <v>105.7884</v>
+      </c>
+      <c r="I223" s="59"/>
+      <c r="J223" s="59">
+        <v>111.7623</v>
+      </c>
+      <c r="K223" s="60"/>
+      <c r="L223" s="59">
+        <v>95.913700000000006</v>
+      </c>
+      <c r="M223" s="59"/>
+      <c r="N223" s="59"/>
+      <c r="O223" s="49"/>
+    </row>
+    <row r="224" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B224" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="C224" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D212" s="18">
-[...20 lines deleted...]
-      <c r="C213" s="25" t="s">
+      <c r="D224" s="40">
+        <v>104.5472</v>
+      </c>
+      <c r="E224" s="50"/>
+      <c r="F224" s="40">
+        <v>105.8977</v>
+      </c>
+      <c r="G224" s="50"/>
+      <c r="H224" s="40">
+        <v>105.752</v>
+      </c>
+      <c r="I224" s="40"/>
+      <c r="J224" s="40"/>
+      <c r="K224" s="50"/>
+      <c r="L224" s="40"/>
+      <c r="M224" s="40"/>
+      <c r="N224" s="40"/>
+      <c r="O224" s="49"/>
+    </row>
+    <row r="225" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B225" s="27"/>
+      <c r="C225" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D213" s="18">
-[...20 lines deleted...]
-      <c r="C214" s="25" t="s">
+      <c r="D225" s="40">
+        <v>104.5282</v>
+      </c>
+      <c r="E225" s="50"/>
+      <c r="F225" s="40">
+        <v>105.5907</v>
+      </c>
+      <c r="G225" s="50"/>
+      <c r="H225" s="40">
+        <v>105.858</v>
+      </c>
+      <c r="I225" s="40"/>
+      <c r="J225" s="40"/>
+      <c r="K225" s="50"/>
+      <c r="L225" s="40"/>
+      <c r="M225" s="40"/>
+      <c r="N225" s="40"/>
+      <c r="O225" s="49"/>
+    </row>
+    <row r="226" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B226" s="27"/>
+      <c r="C226" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D214" s="18">
-[...24 lines deleted...]
-      <c r="C215" s="25" t="s">
+      <c r="D226" s="40">
+        <v>104.97280000000001</v>
+      </c>
+      <c r="E226" s="50"/>
+      <c r="F226" s="40">
+        <v>105.9966</v>
+      </c>
+      <c r="G226" s="50"/>
+      <c r="H226" s="40">
+        <v>105.4633</v>
+      </c>
+      <c r="I226" s="40"/>
+      <c r="J226" s="40">
+        <v>111.9461</v>
+      </c>
+      <c r="K226" s="50"/>
+      <c r="L226" s="40">
+        <v>95.828599999999994</v>
+      </c>
+      <c r="M226" s="40"/>
+      <c r="N226" s="40"/>
+      <c r="O226" s="49"/>
+    </row>
+    <row r="227" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B227" s="27"/>
+      <c r="C227" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D215" s="18">
-[...20 lines deleted...]
-      <c r="C216" s="25" t="s">
+      <c r="D227" s="40">
+        <v>105.2234</v>
+      </c>
+      <c r="E227" s="50"/>
+      <c r="F227" s="40">
+        <v>106.2843</v>
+      </c>
+      <c r="G227" s="50"/>
+      <c r="H227" s="40">
+        <v>105.2942</v>
+      </c>
+      <c r="I227" s="40"/>
+      <c r="J227" s="40"/>
+      <c r="K227" s="50"/>
+      <c r="L227" s="40"/>
+      <c r="M227" s="40"/>
+      <c r="N227" s="40"/>
+      <c r="O227" s="49"/>
+    </row>
+    <row r="228" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B228" s="27"/>
+      <c r="C228" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D216" s="18">
-[...20 lines deleted...]
-      <c r="C217" s="25" t="s">
+      <c r="D228" s="40">
+        <v>105.2561</v>
+      </c>
+      <c r="E228" s="50"/>
+      <c r="F228" s="40">
+        <v>106.5582</v>
+      </c>
+      <c r="G228" s="50"/>
+      <c r="H228" s="40">
+        <v>105.2364</v>
+      </c>
+      <c r="I228" s="40"/>
+      <c r="J228" s="40"/>
+      <c r="K228" s="50"/>
+      <c r="L228" s="40"/>
+      <c r="M228" s="40"/>
+      <c r="N228" s="40"/>
+      <c r="O228" s="49"/>
+    </row>
+    <row r="229" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B229" s="27"/>
+      <c r="C229" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D217" s="18">
-[...24 lines deleted...]
-      <c r="C218" s="25" t="s">
+      <c r="D229" s="40">
+        <v>105.1923</v>
+      </c>
+      <c r="E229" s="50"/>
+      <c r="F229" s="40">
+        <v>106.4328</v>
+      </c>
+      <c r="G229" s="50"/>
+      <c r="H229" s="40">
+        <v>104.87050000000001</v>
+      </c>
+      <c r="I229" s="40"/>
+      <c r="J229" s="40">
+        <v>112.0014</v>
+      </c>
+      <c r="K229" s="50"/>
+      <c r="L229" s="40">
+        <v>94.751199999999997</v>
+      </c>
+      <c r="M229" s="40"/>
+      <c r="N229" s="40"/>
+      <c r="O229" s="49"/>
+    </row>
+    <row r="230" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B230" s="27"/>
+      <c r="C230" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D218" s="18">
-[...20 lines deleted...]
-      <c r="C219" s="25" t="s">
+      <c r="D230" s="40">
+        <v>104.5523</v>
+      </c>
+      <c r="E230" s="50"/>
+      <c r="F230" s="40">
+        <v>105.8717</v>
+      </c>
+      <c r="G230" s="50"/>
+      <c r="H230" s="40">
+        <v>104.4545</v>
+      </c>
+      <c r="I230" s="40"/>
+      <c r="J230" s="40"/>
+      <c r="K230" s="50"/>
+      <c r="L230" s="40"/>
+      <c r="M230" s="40"/>
+      <c r="N230" s="40"/>
+      <c r="O230" s="49"/>
+    </row>
+    <row r="231" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B231" s="27"/>
+      <c r="C231" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D219" s="18">
-[...20 lines deleted...]
-      <c r="C220" s="25" t="s">
+      <c r="D231" s="40">
+        <v>104.1601</v>
+      </c>
+      <c r="E231" s="50"/>
+      <c r="F231" s="40">
+        <v>105.5429</v>
+      </c>
+      <c r="G231" s="50"/>
+      <c r="H231" s="40">
+        <v>104.0235</v>
+      </c>
+      <c r="I231" s="40"/>
+      <c r="J231" s="40"/>
+      <c r="K231" s="50"/>
+      <c r="L231" s="40"/>
+      <c r="M231" s="40"/>
+      <c r="N231" s="40"/>
+      <c r="O231" s="49"/>
+    </row>
+    <row r="232" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B232" s="27"/>
+      <c r="C232" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D220" s="18">
-[...24 lines deleted...]
-      <c r="C221" s="25" t="s">
+      <c r="D232" s="40">
+        <v>103.6391</v>
+      </c>
+      <c r="E232" s="50"/>
+      <c r="F232" s="40">
+        <v>104.9003</v>
+      </c>
+      <c r="G232" s="50"/>
+      <c r="H232" s="40">
+        <v>103.65470000000001</v>
+      </c>
+      <c r="I232" s="40"/>
+      <c r="J232" s="40">
+        <v>110.7055</v>
+      </c>
+      <c r="K232" s="50"/>
+      <c r="L232" s="40">
+        <v>94.840100000000007</v>
+      </c>
+      <c r="M232" s="40"/>
+      <c r="N232" s="40"/>
+      <c r="O232" s="49"/>
+    </row>
+    <row r="233" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B233" s="27"/>
+      <c r="C233" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D221" s="18">
-[...20 lines deleted...]
-      <c r="C222" s="25" t="s">
+      <c r="D233" s="40">
+        <v>102.9782</v>
+      </c>
+      <c r="E233" s="50"/>
+      <c r="F233" s="40">
+        <v>103.9225</v>
+      </c>
+      <c r="G233" s="50"/>
+      <c r="H233" s="40">
+        <v>102.9855</v>
+      </c>
+      <c r="I233" s="40"/>
+      <c r="J233" s="40"/>
+      <c r="K233" s="50"/>
+      <c r="L233" s="40"/>
+      <c r="M233" s="40"/>
+      <c r="N233" s="40"/>
+      <c r="O233" s="49"/>
+    </row>
+    <row r="234" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B234" s="27"/>
+      <c r="C234" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D222" s="18">
-[...20 lines deleted...]
-      <c r="C223" s="28" t="s">
+      <c r="D234" s="40">
+        <v>102.86799999999999</v>
+      </c>
+      <c r="E234" s="50"/>
+      <c r="F234" s="40">
+        <v>103.44580000000001</v>
+      </c>
+      <c r="G234" s="50"/>
+      <c r="H234" s="40">
+        <v>102.0564</v>
+      </c>
+      <c r="I234" s="40"/>
+      <c r="J234" s="40"/>
+      <c r="K234" s="50"/>
+      <c r="L234" s="40"/>
+      <c r="M234" s="40"/>
+      <c r="N234" s="40"/>
+      <c r="O234" s="49"/>
+    </row>
+    <row r="235" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B235" s="28"/>
+      <c r="C235" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D223" s="19">
-[...26 lines deleted...]
-      <c r="C224" s="25" t="s">
+      <c r="D235" s="59">
+        <v>103.3763</v>
+      </c>
+      <c r="E235" s="60"/>
+      <c r="F235" s="59">
+        <v>103.6961</v>
+      </c>
+      <c r="G235" s="60"/>
+      <c r="H235" s="59">
+        <v>101.46429999999999</v>
+      </c>
+      <c r="I235" s="59"/>
+      <c r="J235" s="59">
+        <v>109.3655</v>
+      </c>
+      <c r="K235" s="60"/>
+      <c r="L235" s="59">
+        <v>92.732100000000003</v>
+      </c>
+      <c r="M235" s="59"/>
+      <c r="N235" s="59"/>
+      <c r="O235" s="49"/>
+    </row>
+    <row r="236" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B236" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C236" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D224" s="18">
-[...20 lines deleted...]
-      <c r="C225" s="25" t="s">
+      <c r="D236" s="40">
+        <v>101.679</v>
+      </c>
+      <c r="E236" s="50"/>
+      <c r="F236" s="40">
+        <v>101.79510000000001</v>
+      </c>
+      <c r="G236" s="50"/>
+      <c r="H236" s="40">
+        <v>97.787000000000006</v>
+      </c>
+      <c r="I236" s="40"/>
+      <c r="J236" s="40"/>
+      <c r="K236" s="50"/>
+      <c r="L236" s="40"/>
+      <c r="M236" s="40"/>
+      <c r="N236" s="40"/>
+      <c r="O236" s="49"/>
+    </row>
+    <row r="237" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B237" s="27"/>
+      <c r="C237" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D225" s="18">
-[...20 lines deleted...]
-      <c r="C226" s="25" t="s">
+      <c r="D237" s="40">
+        <v>100.7024</v>
+      </c>
+      <c r="E237" s="50"/>
+      <c r="F237" s="40">
+        <v>100.6219</v>
+      </c>
+      <c r="G237" s="50"/>
+      <c r="H237" s="40">
+        <v>98.216800000000006</v>
+      </c>
+      <c r="I237" s="40"/>
+      <c r="J237" s="40"/>
+      <c r="K237" s="50"/>
+      <c r="L237" s="40"/>
+      <c r="M237" s="40"/>
+      <c r="N237" s="40"/>
+      <c r="O237" s="49"/>
+    </row>
+    <row r="238" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B238" s="27"/>
+      <c r="C238" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D226" s="18">
-[...24 lines deleted...]
-      <c r="C227" s="25" t="s">
+      <c r="D238" s="40">
+        <v>100.2706</v>
+      </c>
+      <c r="E238" s="50"/>
+      <c r="F238" s="40">
+        <v>100.3147</v>
+      </c>
+      <c r="G238" s="50"/>
+      <c r="H238" s="40">
+        <v>99.189800000000005</v>
+      </c>
+      <c r="I238" s="40"/>
+      <c r="J238" s="40">
+        <v>106.7706</v>
+      </c>
+      <c r="K238" s="50"/>
+      <c r="L238" s="40">
+        <v>91.455699999999993</v>
+      </c>
+      <c r="M238" s="40"/>
+      <c r="N238" s="40"/>
+      <c r="O238" s="49"/>
+    </row>
+    <row r="239" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B239" s="30"/>
+      <c r="C239" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="D227" s="18">
-[...20 lines deleted...]
-      <c r="C228" s="25" t="s">
+      <c r="D239" s="40">
+        <v>100.4114</v>
+      </c>
+      <c r="E239" s="50"/>
+      <c r="F239" s="40">
+        <v>100.25</v>
+      </c>
+      <c r="G239" s="50"/>
+      <c r="H239" s="40">
+        <v>99.044899999999998</v>
+      </c>
+      <c r="I239" s="40"/>
+      <c r="J239" s="40"/>
+      <c r="K239" s="50"/>
+      <c r="L239" s="40"/>
+      <c r="M239" s="40"/>
+      <c r="N239" s="40"/>
+      <c r="O239" s="49"/>
+    </row>
+    <row r="240" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B240" s="27"/>
+      <c r="C240" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D228" s="18">
-[...20 lines deleted...]
-      <c r="C229" s="25" t="s">
+      <c r="D240" s="40">
+        <v>101.71299999999999</v>
+      </c>
+      <c r="E240" s="50"/>
+      <c r="F240" s="40">
+        <v>101.7757</v>
+      </c>
+      <c r="G240" s="50"/>
+      <c r="H240" s="40">
+        <v>101.187</v>
+      </c>
+      <c r="I240" s="40"/>
+      <c r="J240" s="40"/>
+      <c r="K240" s="50"/>
+      <c r="L240" s="40"/>
+      <c r="M240" s="40"/>
+      <c r="N240" s="40"/>
+      <c r="O240" s="49"/>
+    </row>
+    <row r="241" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B241" s="27"/>
+      <c r="C241" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D229" s="18">
-[...24 lines deleted...]
-      <c r="C230" s="25" t="s">
+      <c r="D241" s="40">
+        <v>102.1101</v>
+      </c>
+      <c r="E241" s="50"/>
+      <c r="F241" s="40">
+        <v>102.1699</v>
+      </c>
+      <c r="G241" s="50"/>
+      <c r="H241" s="40">
+        <v>100.7323</v>
+      </c>
+      <c r="I241" s="40"/>
+      <c r="J241" s="40">
+        <v>106.7052</v>
+      </c>
+      <c r="K241" s="50"/>
+      <c r="L241" s="40">
+        <v>90.990200000000002</v>
+      </c>
+      <c r="M241" s="40"/>
+      <c r="N241" s="40"/>
+      <c r="O241" s="49"/>
+    </row>
+    <row r="242" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B242" s="27"/>
+      <c r="C242" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D230" s="18">
-[...20 lines deleted...]
-      <c r="C231" s="25" t="s">
+      <c r="D242" s="40">
+        <v>101.5694</v>
+      </c>
+      <c r="E242" s="50"/>
+      <c r="F242" s="40">
+        <v>101.4876</v>
+      </c>
+      <c r="G242" s="50"/>
+      <c r="H242" s="40">
+        <v>100.1011</v>
+      </c>
+      <c r="I242" s="40"/>
+      <c r="J242" s="40"/>
+      <c r="K242" s="50"/>
+      <c r="L242" s="40"/>
+      <c r="M242" s="40"/>
+      <c r="N242" s="40"/>
+      <c r="O242" s="49"/>
+    </row>
+    <row r="243" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B243" s="27"/>
+      <c r="C243" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D231" s="18">
-[...20 lines deleted...]
-      <c r="C232" s="25" t="s">
+      <c r="D243" s="40">
+        <v>103.1511</v>
+      </c>
+      <c r="E243" s="50"/>
+      <c r="F243" s="40">
+        <v>103.2722</v>
+      </c>
+      <c r="G243" s="50"/>
+      <c r="H243" s="40">
+        <v>100.08</v>
+      </c>
+      <c r="I243" s="40"/>
+      <c r="J243" s="40"/>
+      <c r="K243" s="50"/>
+      <c r="L243" s="40"/>
+      <c r="M243" s="40"/>
+      <c r="N243" s="40"/>
+      <c r="O243" s="49"/>
+    </row>
+    <row r="244" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B244" s="27"/>
+      <c r="C244" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D232" s="18">
-[...24 lines deleted...]
-      <c r="C233" s="25" t="s">
+      <c r="D244" s="40">
+        <v>103.3785</v>
+      </c>
+      <c r="E244" s="50"/>
+      <c r="F244" s="40">
+        <v>103.1202</v>
+      </c>
+      <c r="G244" s="50"/>
+      <c r="H244" s="40">
+        <v>99.607600000000005</v>
+      </c>
+      <c r="I244" s="40"/>
+      <c r="J244" s="40">
+        <v>106.62520000000001</v>
+      </c>
+      <c r="K244" s="50"/>
+      <c r="L244" s="40">
+        <v>89.667500000000004</v>
+      </c>
+      <c r="M244" s="40"/>
+      <c r="N244" s="40"/>
+      <c r="O244" s="49"/>
+    </row>
+    <row r="245" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B245" s="27"/>
+      <c r="C245" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D233" s="18">
-[...20 lines deleted...]
-      <c r="C234" s="25" t="s">
+      <c r="D245" s="40">
+        <v>102.6604</v>
+      </c>
+      <c r="E245" s="50"/>
+      <c r="F245" s="40">
+        <v>102.04949999999999</v>
+      </c>
+      <c r="G245" s="50"/>
+      <c r="H245" s="40">
+        <v>99.509900000000002</v>
+      </c>
+      <c r="I245" s="40"/>
+      <c r="J245" s="40"/>
+      <c r="K245" s="50"/>
+      <c r="L245" s="40"/>
+      <c r="M245" s="40"/>
+      <c r="N245" s="40"/>
+      <c r="O245" s="49"/>
+    </row>
+    <row r="246" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B246" s="27"/>
+      <c r="C246" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D234" s="18">
-[...20 lines deleted...]
-      <c r="C235" s="28" t="s">
+      <c r="D246" s="40">
+        <v>101.7013</v>
+      </c>
+      <c r="E246" s="50"/>
+      <c r="F246" s="40">
+        <v>100.7499</v>
+      </c>
+      <c r="G246" s="50"/>
+      <c r="H246" s="40">
+        <v>98.702100000000002</v>
+      </c>
+      <c r="I246" s="40"/>
+      <c r="J246" s="40"/>
+      <c r="K246" s="50"/>
+      <c r="L246" s="40"/>
+      <c r="M246" s="40"/>
+      <c r="N246" s="40"/>
+      <c r="O246" s="49"/>
+    </row>
+    <row r="247" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B247" s="31"/>
+      <c r="C247" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D235" s="19">
-[...26 lines deleted...]
-      <c r="C236" s="25" t="s">
+      <c r="D247" s="59">
+        <v>102.11969999999999</v>
+      </c>
+      <c r="E247" s="52"/>
+      <c r="F247" s="59">
+        <v>100.96550000000001</v>
+      </c>
+      <c r="G247" s="52"/>
+      <c r="H247" s="59">
+        <v>97.400400000000005</v>
+      </c>
+      <c r="I247" s="59"/>
+      <c r="J247" s="59">
+        <v>107.22499999999999</v>
+      </c>
+      <c r="K247" s="52"/>
+      <c r="L247" s="59">
+        <v>89.588999999999999</v>
+      </c>
+      <c r="M247" s="59"/>
+      <c r="N247" s="59"/>
+      <c r="O247" s="49"/>
+    </row>
+    <row r="248" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B248" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C248" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D236" s="18">
-[...20 lines deleted...]
-      <c r="C237" s="25" t="s">
+      <c r="D248" s="40">
+        <v>102.60120000000001</v>
+      </c>
+      <c r="E248" s="62"/>
+      <c r="F248" s="40">
+        <v>101.4659</v>
+      </c>
+      <c r="G248" s="62"/>
+      <c r="H248" s="40">
+        <v>96.883700000000005</v>
+      </c>
+      <c r="I248" s="40"/>
+      <c r="J248" s="40"/>
+      <c r="K248" s="62"/>
+      <c r="L248" s="40"/>
+      <c r="M248" s="40"/>
+      <c r="N248" s="40"/>
+      <c r="O248" s="49"/>
+    </row>
+    <row r="249" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B249" s="21"/>
+      <c r="C249" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D237" s="18">
-[...20 lines deleted...]
-      <c r="C238" s="25" t="s">
+      <c r="D249" s="40">
+        <v>103.3567</v>
+      </c>
+      <c r="E249" s="50"/>
+      <c r="F249" s="40">
+        <v>101.9084</v>
+      </c>
+      <c r="G249" s="50"/>
+      <c r="H249" s="40">
+        <v>96.937100000000001</v>
+      </c>
+      <c r="I249" s="40"/>
+      <c r="J249" s="40"/>
+      <c r="K249" s="50"/>
+      <c r="L249" s="40"/>
+      <c r="M249" s="40"/>
+      <c r="N249" s="40"/>
+      <c r="O249" s="49"/>
+    </row>
+    <row r="250" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B250" s="21"/>
+      <c r="C250" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D238" s="18">
-[...24 lines deleted...]
-      <c r="C239" s="33" t="s">
+      <c r="D250" s="40">
+        <v>103.9485</v>
+      </c>
+      <c r="E250" s="50"/>
+      <c r="F250" s="40">
+        <v>102.3503</v>
+      </c>
+      <c r="G250" s="50"/>
+      <c r="H250" s="40">
+        <v>98.844700000000003</v>
+      </c>
+      <c r="I250" s="40"/>
+      <c r="J250" s="40">
+        <v>107.0406</v>
+      </c>
+      <c r="K250" s="50"/>
+      <c r="L250" s="40">
+        <v>87.875500000000002</v>
+      </c>
+      <c r="M250" s="40"/>
+      <c r="N250" s="40"/>
+      <c r="O250" s="49"/>
+    </row>
+    <row r="251" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B251" s="21"/>
+      <c r="C251" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D239" s="18">
-[...20 lines deleted...]
-      <c r="C240" s="25" t="s">
+      <c r="D251" s="40">
+        <v>105.0699</v>
+      </c>
+      <c r="E251" s="50"/>
+      <c r="F251" s="40">
+        <v>103.215</v>
+      </c>
+      <c r="G251" s="50"/>
+      <c r="H251" s="40">
+        <v>98.134500000000003</v>
+      </c>
+      <c r="I251" s="40"/>
+      <c r="J251" s="40"/>
+      <c r="K251" s="50"/>
+      <c r="L251" s="40"/>
+      <c r="M251" s="40"/>
+      <c r="N251" s="40"/>
+      <c r="O251" s="49"/>
+    </row>
+    <row r="252" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B252" s="21"/>
+      <c r="C252" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D240" s="18">
-[...20 lines deleted...]
-      <c r="C241" s="25" t="s">
+      <c r="D252" s="40">
+        <v>105.2377</v>
+      </c>
+      <c r="E252" s="50"/>
+      <c r="F252" s="40">
+        <v>103.4089</v>
+      </c>
+      <c r="G252" s="50"/>
+      <c r="H252" s="40">
+        <v>99.289400000000001</v>
+      </c>
+      <c r="I252" s="40"/>
+      <c r="J252" s="40"/>
+      <c r="K252" s="50"/>
+      <c r="L252" s="40"/>
+      <c r="M252" s="40"/>
+      <c r="N252" s="40"/>
+      <c r="O252" s="49"/>
+    </row>
+    <row r="253" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B253" s="21"/>
+      <c r="C253" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D241" s="18">
-[...24 lines deleted...]
-      <c r="C242" s="25" t="s">
+      <c r="D253" s="40">
+        <v>104.76009999999999</v>
+      </c>
+      <c r="E253" s="50"/>
+      <c r="F253" s="40">
+        <v>102.69070000000001</v>
+      </c>
+      <c r="G253" s="50"/>
+      <c r="H253" s="40">
+        <v>100.00230000000001</v>
+      </c>
+      <c r="I253" s="40"/>
+      <c r="J253" s="40">
+        <v>108.7141</v>
+      </c>
+      <c r="K253" s="50"/>
+      <c r="L253" s="40">
+        <v>88.548199999999994</v>
+      </c>
+      <c r="M253" s="40"/>
+      <c r="N253" s="40"/>
+      <c r="O253" s="49"/>
+    </row>
+    <row r="254" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B254" s="21"/>
+      <c r="C254" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D242" s="18">
-[...20 lines deleted...]
-      <c r="C243" s="25" t="s">
+      <c r="D254" s="40">
+        <v>105.07040000000001</v>
+      </c>
+      <c r="E254" s="50"/>
+      <c r="F254" s="40">
+        <v>102.9372</v>
+      </c>
+      <c r="G254" s="50"/>
+      <c r="H254" s="40">
+        <v>99.336500000000001</v>
+      </c>
+      <c r="I254" s="40"/>
+      <c r="J254" s="40"/>
+      <c r="K254" s="50"/>
+      <c r="L254" s="40"/>
+      <c r="M254" s="40"/>
+      <c r="N254" s="40"/>
+      <c r="O254" s="49"/>
+    </row>
+    <row r="255" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B255" s="21"/>
+      <c r="C255" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D243" s="18">
-[...20 lines deleted...]
-      <c r="C244" s="25" t="s">
+      <c r="D255" s="40">
+        <v>105.2637</v>
+      </c>
+      <c r="E255" s="50"/>
+      <c r="F255" s="40">
+        <v>103.02379999999999</v>
+      </c>
+      <c r="G255" s="50"/>
+      <c r="H255" s="40">
+        <v>97.814899999999994</v>
+      </c>
+      <c r="I255" s="40"/>
+      <c r="J255" s="40"/>
+      <c r="K255" s="50"/>
+      <c r="L255" s="40"/>
+      <c r="M255" s="40"/>
+      <c r="N255" s="40"/>
+      <c r="O255" s="49"/>
+    </row>
+    <row r="256" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B256" s="21"/>
+      <c r="C256" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D244" s="18">
-[...24 lines deleted...]
-      <c r="C245" s="25" t="s">
+      <c r="D256" s="40">
+        <v>105.1208</v>
+      </c>
+      <c r="E256" s="50"/>
+      <c r="F256" s="40">
+        <v>103.02849999999999</v>
+      </c>
+      <c r="G256" s="50"/>
+      <c r="H256" s="40">
+        <v>99.319500000000005</v>
+      </c>
+      <c r="I256" s="40"/>
+      <c r="J256" s="40">
+        <v>109.0134</v>
+      </c>
+      <c r="K256" s="50"/>
+      <c r="L256" s="40">
+        <v>88.258099999999999</v>
+      </c>
+      <c r="M256" s="40"/>
+      <c r="N256" s="40"/>
+      <c r="O256" s="49"/>
+    </row>
+    <row r="257" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B257" s="21"/>
+      <c r="C257" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D245" s="18">
-[...20 lines deleted...]
-      <c r="C246" s="25" t="s">
+      <c r="D257" s="40">
+        <v>104.94970000000001</v>
+      </c>
+      <c r="E257" s="50"/>
+      <c r="F257" s="40">
+        <v>102.7668</v>
+      </c>
+      <c r="G257" s="50"/>
+      <c r="H257" s="40">
+        <v>100.2649</v>
+      </c>
+      <c r="I257" s="40"/>
+      <c r="J257" s="40"/>
+      <c r="K257" s="50"/>
+      <c r="L257" s="40"/>
+      <c r="M257" s="40"/>
+      <c r="N257" s="40"/>
+      <c r="O257" s="49"/>
+    </row>
+    <row r="258" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B258" s="21"/>
+      <c r="C258" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D246" s="18">
-[...20 lines deleted...]
-      <c r="C247" s="35" t="s">
+      <c r="D258" s="40">
+        <v>104.65179999999999</v>
+      </c>
+      <c r="E258" s="50"/>
+      <c r="F258" s="40">
+        <v>102.5004</v>
+      </c>
+      <c r="G258" s="50"/>
+      <c r="H258" s="40">
+        <v>98.397499999999994</v>
+      </c>
+      <c r="I258" s="40"/>
+      <c r="J258" s="40"/>
+      <c r="K258" s="50"/>
+      <c r="L258" s="40"/>
+      <c r="M258" s="40"/>
+      <c r="N258" s="40"/>
+      <c r="O258" s="49"/>
+    </row>
+    <row r="259" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B259" s="31"/>
+      <c r="C259" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D247" s="19">
-[...26 lines deleted...]
-      <c r="C248" s="25" t="s">
+      <c r="D259" s="59">
+        <v>104.0372</v>
+      </c>
+      <c r="E259" s="52"/>
+      <c r="F259" s="59">
+        <v>101.96129999999999</v>
+      </c>
+      <c r="G259" s="52"/>
+      <c r="H259" s="59">
+        <v>99.417400000000001</v>
+      </c>
+      <c r="I259" s="59"/>
+      <c r="J259" s="59">
+        <v>107.70910000000001</v>
+      </c>
+      <c r="K259" s="52"/>
+      <c r="L259" s="59">
+        <v>87.081299999999999</v>
+      </c>
+      <c r="M259" s="59"/>
+      <c r="N259" s="59"/>
+      <c r="O259" s="49"/>
+    </row>
+    <row r="260" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B260" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="C260" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D248" s="18">
-[...20 lines deleted...]
-      <c r="C249" s="25" t="s">
+      <c r="D260" s="40">
+        <v>104.29340000000001</v>
+      </c>
+      <c r="E260" s="50"/>
+      <c r="F260" s="40">
+        <v>102.1073</v>
+      </c>
+      <c r="G260" s="50"/>
+      <c r="H260" s="40">
+        <v>99.583500000000001</v>
+      </c>
+      <c r="I260" s="40"/>
+      <c r="J260" s="40"/>
+      <c r="K260" s="50"/>
+      <c r="L260" s="40"/>
+      <c r="M260" s="40"/>
+      <c r="N260" s="40"/>
+      <c r="O260" s="49"/>
+    </row>
+    <row r="261" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B261" s="21"/>
+      <c r="C261" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D249" s="18">
-[...20 lines deleted...]
-      <c r="C250" s="25" t="s">
+      <c r="D261" s="18">
+        <v>105.139</v>
+      </c>
+      <c r="E261" s="50"/>
+      <c r="F261" s="18">
+        <v>102.93689999999999</v>
+      </c>
+      <c r="G261" s="50"/>
+      <c r="H261" s="18">
+        <v>100.1534</v>
+      </c>
+      <c r="I261" s="18"/>
+      <c r="J261" s="18"/>
+      <c r="K261" s="50"/>
+      <c r="L261" s="18"/>
+      <c r="M261" s="18"/>
+      <c r="N261" s="18"/>
+      <c r="O261" s="49"/>
+    </row>
+    <row r="262" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B262" s="21"/>
+      <c r="C262" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D250" s="18">
-[...24 lines deleted...]
-      <c r="C251" s="25" t="s">
+      <c r="D262" s="18">
+        <v>105.6297</v>
+      </c>
+      <c r="E262" s="50"/>
+      <c r="F262" s="18">
+        <v>103.1865</v>
+      </c>
+      <c r="G262" s="50"/>
+      <c r="H262" s="18">
+        <v>100.01349999999999</v>
+      </c>
+      <c r="I262" s="18"/>
+      <c r="J262" s="18">
+        <v>107.02970000000001</v>
+      </c>
+      <c r="K262" s="50"/>
+      <c r="L262" s="18">
+        <v>87.222999999999999</v>
+      </c>
+      <c r="M262" s="18"/>
+      <c r="N262" s="18"/>
+      <c r="O262" s="49"/>
+    </row>
+    <row r="263" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B263" s="21"/>
+      <c r="C263" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D251" s="18">
-[...20 lines deleted...]
-      <c r="C252" s="25" t="s">
+      <c r="D263" s="18">
+        <v>105.1305</v>
+      </c>
+      <c r="E263" s="50"/>
+      <c r="F263" s="18">
+        <v>102.7039</v>
+      </c>
+      <c r="G263" s="50"/>
+      <c r="H263" s="18">
+        <v>99.852900000000005</v>
+      </c>
+      <c r="I263" s="18"/>
+      <c r="J263" s="18"/>
+      <c r="K263" s="50"/>
+      <c r="L263" s="18"/>
+      <c r="M263" s="18"/>
+      <c r="N263" s="18"/>
+      <c r="O263" s="49"/>
+    </row>
+    <row r="264" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="21"/>
+      <c r="C264" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D252" s="18">
-[...20 lines deleted...]
-      <c r="C253" s="25" t="s">
+      <c r="D264" s="18">
+        <v>106.09050000000001</v>
+      </c>
+      <c r="E264" s="50"/>
+      <c r="F264" s="18">
+        <v>103.36790000000001</v>
+      </c>
+      <c r="G264" s="50"/>
+      <c r="H264" s="18">
+        <v>99.672799999999995</v>
+      </c>
+      <c r="I264" s="18"/>
+      <c r="J264" s="18"/>
+      <c r="K264" s="50"/>
+      <c r="L264" s="18"/>
+      <c r="M264" s="18"/>
+      <c r="N264" s="18"/>
+      <c r="O264" s="49"/>
+    </row>
+    <row r="265" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B265" s="21"/>
+      <c r="C265" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D253" s="18">
-[...24 lines deleted...]
-      <c r="C254" s="25" t="s">
+      <c r="D265" s="18">
+        <v>106.7116</v>
+      </c>
+      <c r="E265" s="50"/>
+      <c r="F265" s="18">
+        <v>104.1063</v>
+      </c>
+      <c r="G265" s="50"/>
+      <c r="H265" s="18">
+        <v>99.599100000000007</v>
+      </c>
+      <c r="I265" s="18"/>
+      <c r="J265" s="18">
+        <v>109.4576</v>
+      </c>
+      <c r="K265" s="50"/>
+      <c r="L265" s="18">
+        <v>88.186499999999995</v>
+      </c>
+      <c r="M265" s="18"/>
+      <c r="N265" s="18"/>
+      <c r="O265" s="49"/>
+    </row>
+    <row r="266" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B266" s="21"/>
+      <c r="C266" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D254" s="18">
-[...20 lines deleted...]
-      <c r="C255" s="25" t="s">
+      <c r="D266" s="18">
+        <v>107.3009</v>
+      </c>
+      <c r="E266" s="50"/>
+      <c r="F266" s="18">
+        <v>104.5301</v>
+      </c>
+      <c r="G266" s="50"/>
+      <c r="H266" s="18">
+        <v>100.25360000000001</v>
+      </c>
+      <c r="I266" s="18"/>
+      <c r="J266" s="18"/>
+      <c r="K266" s="50"/>
+      <c r="L266" s="18"/>
+      <c r="M266" s="18"/>
+      <c r="N266" s="18"/>
+      <c r="O266" s="49"/>
+    </row>
+    <row r="267" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B267" s="27"/>
+      <c r="C267" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D255" s="18">
-[...20 lines deleted...]
-      <c r="C256" s="25" t="s">
+      <c r="D267" s="40">
+        <v>107.9858</v>
+      </c>
+      <c r="E267" s="50"/>
+      <c r="F267" s="40">
+        <v>105.1673</v>
+      </c>
+      <c r="G267" s="50"/>
+      <c r="H267" s="40">
+        <v>100.96120000000001</v>
+      </c>
+      <c r="I267" s="40"/>
+      <c r="J267" s="40"/>
+      <c r="K267" s="50"/>
+      <c r="L267" s="40"/>
+      <c r="M267" s="40"/>
+      <c r="N267" s="40"/>
+      <c r="O267" s="49"/>
+    </row>
+    <row r="268" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C268" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="D256" s="18">
-[...24 lines deleted...]
-      <c r="C257" s="25" t="s">
+      <c r="D268" s="40">
+        <v>107.1848</v>
+      </c>
+      <c r="E268" s="50"/>
+      <c r="F268" s="40">
+        <v>104.7041</v>
+      </c>
+      <c r="G268" s="50"/>
+      <c r="H268" s="40">
+        <v>100.50660000000001</v>
+      </c>
+      <c r="I268" s="40"/>
+      <c r="J268" s="40">
+        <v>110.6718</v>
+      </c>
+      <c r="K268" s="50"/>
+      <c r="L268" s="40">
+        <v>88.542900000000003</v>
+      </c>
+      <c r="M268" s="40"/>
+      <c r="N268" s="40"/>
+      <c r="O268" s="49"/>
+    </row>
+    <row r="269" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B269" s="27"/>
+      <c r="C269" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="D257" s="18">
-[...20 lines deleted...]
-      <c r="C258" s="25" t="s">
+      <c r="D269" s="40">
+        <v>106.465</v>
+      </c>
+      <c r="E269" s="50"/>
+      <c r="F269" s="40">
+        <v>103.9194</v>
+      </c>
+      <c r="G269" s="50"/>
+      <c r="H269" s="40">
+        <v>99.7303</v>
+      </c>
+      <c r="I269" s="40"/>
+      <c r="J269" s="40"/>
+      <c r="K269" s="50"/>
+      <c r="L269" s="40"/>
+      <c r="M269" s="40"/>
+      <c r="N269" s="40"/>
+      <c r="O269" s="49"/>
+    </row>
+    <row r="270" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B270" s="27"/>
+      <c r="C270" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="D258" s="18">
-[...20 lines deleted...]
-      <c r="C259" s="35" t="s">
+      <c r="D270" s="40">
+        <v>105.93600000000001</v>
+      </c>
+      <c r="E270" s="50"/>
+      <c r="F270" s="40">
+        <v>103.2745</v>
+      </c>
+      <c r="G270" s="50"/>
+      <c r="H270" s="40">
+        <v>99.638400000000004</v>
+      </c>
+      <c r="I270" s="40"/>
+      <c r="J270" s="40"/>
+      <c r="K270" s="50"/>
+      <c r="L270" s="40"/>
+      <c r="M270" s="40"/>
+      <c r="N270" s="40"/>
+      <c r="O270" s="49"/>
+    </row>
+    <row r="271" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B271" s="31"/>
+      <c r="C271" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D259" s="19">
-[...26 lines deleted...]
-      <c r="C260" s="25" t="s">
+      <c r="D271" s="59">
+        <v>106.2123</v>
+      </c>
+      <c r="E271" s="52"/>
+      <c r="F271" s="59">
+        <v>103.3301</v>
+      </c>
+      <c r="G271" s="52"/>
+      <c r="H271" s="59">
+        <v>99.601699999999994</v>
+      </c>
+      <c r="I271" s="59"/>
+      <c r="J271" s="59">
+        <v>108.9053</v>
+      </c>
+      <c r="K271" s="52"/>
+      <c r="L271" s="59">
+        <v>87.291799999999995</v>
+      </c>
+      <c r="M271" s="59"/>
+      <c r="N271" s="59"/>
+      <c r="O271" s="49"/>
+    </row>
+    <row r="272" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B272" s="27">
+        <v>2018</v>
+      </c>
+      <c r="C272" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D260" s="18">
-[...20 lines deleted...]
-      <c r="C261" s="25" t="s">
+      <c r="D272" s="18">
+        <v>107.9127</v>
+      </c>
+      <c r="E272" s="63"/>
+      <c r="F272" s="18">
+        <v>105.04</v>
+      </c>
+      <c r="G272" s="63"/>
+      <c r="H272" s="18">
+        <v>100.9268</v>
+      </c>
+      <c r="I272" s="18"/>
+      <c r="J272" s="18"/>
+      <c r="K272" s="63"/>
+      <c r="L272" s="18"/>
+      <c r="M272" s="18"/>
+      <c r="N272" s="18"/>
+      <c r="O272" s="49"/>
+    </row>
+    <row r="273" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C273" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="D261" s="20">
-[...20 lines deleted...]
-      <c r="C262" s="25" t="s">
+      <c r="D273" s="18">
+        <v>108.0715</v>
+      </c>
+      <c r="E273" s="50"/>
+      <c r="F273" s="18">
+        <v>104.9636</v>
+      </c>
+      <c r="G273" s="50"/>
+      <c r="H273" s="18">
+        <v>100.3077</v>
+      </c>
+      <c r="I273" s="18"/>
+      <c r="J273" s="18"/>
+      <c r="K273" s="50"/>
+      <c r="L273" s="18"/>
+      <c r="M273" s="18"/>
+      <c r="N273" s="18"/>
+      <c r="O273" s="49"/>
+    </row>
+    <row r="274" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B274" s="27"/>
+      <c r="C274" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D262" s="20">
-[...24 lines deleted...]
-      <c r="C263" s="25" t="s">
+      <c r="D274" s="18">
+        <v>108.21810000000001</v>
+      </c>
+      <c r="E274" s="51"/>
+      <c r="F274" s="18">
+        <v>105.10120000000001</v>
+      </c>
+      <c r="G274" s="51"/>
+      <c r="H274" s="18">
+        <v>100.11360000000001</v>
+      </c>
+      <c r="I274" s="18"/>
+      <c r="J274" s="18">
+        <v>110.5108</v>
+      </c>
+      <c r="K274" s="51"/>
+      <c r="L274" s="18">
+        <v>90.377300000000005</v>
+      </c>
+      <c r="M274" s="18"/>
+      <c r="N274" s="18"/>
+      <c r="O274" s="49"/>
+    </row>
+    <row r="275" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B275" s="27"/>
+      <c r="C275" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D263" s="20">
-[...20 lines deleted...]
-      <c r="C264" s="25" t="s">
+      <c r="D275" s="18">
+        <v>108.5347</v>
+      </c>
+      <c r="E275" s="62"/>
+      <c r="F275" s="18">
+        <v>105.5617</v>
+      </c>
+      <c r="G275" s="62"/>
+      <c r="H275" s="18">
+        <v>100.5519</v>
+      </c>
+      <c r="I275" s="18"/>
+      <c r="J275" s="18"/>
+      <c r="K275" s="62"/>
+      <c r="L275" s="18"/>
+      <c r="M275" s="18"/>
+      <c r="N275" s="18"/>
+      <c r="O275" s="49"/>
+    </row>
+    <row r="276" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B276" s="27"/>
+      <c r="C276" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D264" s="20">
-[...20 lines deleted...]
-      <c r="C265" s="25" t="s">
+      <c r="D276" s="18">
+        <v>108.64149999999999</v>
+      </c>
+      <c r="E276" s="50"/>
+      <c r="F276" s="18">
+        <v>105.51260000000001</v>
+      </c>
+      <c r="G276" s="50"/>
+      <c r="H276" s="18">
+        <v>100.8762</v>
+      </c>
+      <c r="I276" s="18"/>
+      <c r="J276" s="18"/>
+      <c r="K276" s="50"/>
+      <c r="L276" s="18"/>
+      <c r="M276" s="18"/>
+      <c r="N276" s="18"/>
+      <c r="O276" s="49"/>
+    </row>
+    <row r="277" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B277" s="27"/>
+      <c r="C277" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D265" s="20">
-[...24 lines deleted...]
-      <c r="C266" s="25" t="s">
+      <c r="D277" s="18">
+        <v>108.8232</v>
+      </c>
+      <c r="E277" s="50"/>
+      <c r="F277" s="18">
+        <v>106.0136</v>
+      </c>
+      <c r="G277" s="50"/>
+      <c r="H277" s="18">
+        <v>100.4263</v>
+      </c>
+      <c r="I277" s="18"/>
+      <c r="J277" s="18">
+        <v>111.551</v>
+      </c>
+      <c r="K277" s="50"/>
+      <c r="L277" s="18">
+        <v>89.635099999999994</v>
+      </c>
+      <c r="M277" s="18"/>
+      <c r="N277" s="18"/>
+      <c r="O277" s="49"/>
+    </row>
+    <row r="278" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B278" s="27"/>
+      <c r="C278" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D266" s="20">
-[...20 lines deleted...]
-      <c r="C267" s="25" t="s">
+      <c r="D278" s="18">
+        <v>109.0886</v>
+      </c>
+      <c r="E278" s="50"/>
+      <c r="F278" s="18">
+        <v>105.9667</v>
+      </c>
+      <c r="G278" s="50"/>
+      <c r="H278" s="18">
+        <v>100.8528</v>
+      </c>
+      <c r="I278" s="18"/>
+      <c r="J278" s="18"/>
+      <c r="K278" s="50"/>
+      <c r="L278" s="18"/>
+      <c r="M278" s="18"/>
+      <c r="N278" s="18"/>
+      <c r="O278" s="49"/>
+    </row>
+    <row r="279" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B279" s="27"/>
+      <c r="C279" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D267" s="18">
-[...19 lines deleted...]
-      <c r="C268" s="37" t="s">
+      <c r="D279" s="18">
+        <v>108.9074</v>
+      </c>
+      <c r="E279" s="50"/>
+      <c r="F279" s="18">
+        <v>105.7236</v>
+      </c>
+      <c r="G279" s="50"/>
+      <c r="H279" s="18">
+        <v>100.29770000000001</v>
+      </c>
+      <c r="I279" s="18"/>
+      <c r="J279" s="18"/>
+      <c r="K279" s="50"/>
+      <c r="L279" s="18"/>
+      <c r="M279" s="18"/>
+      <c r="N279" s="18"/>
+      <c r="O279" s="49"/>
+    </row>
+    <row r="280" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B280" s="27"/>
+      <c r="C280" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D268" s="18">
-[...24 lines deleted...]
-      <c r="C269" s="37" t="s">
+      <c r="D280" s="18">
+        <v>109.3231</v>
+      </c>
+      <c r="E280" s="50"/>
+      <c r="F280" s="18">
+        <v>105.843</v>
+      </c>
+      <c r="G280" s="50"/>
+      <c r="H280" s="18">
+        <v>100.7022</v>
+      </c>
+      <c r="I280" s="18"/>
+      <c r="J280" s="18">
+        <v>111.657</v>
+      </c>
+      <c r="K280" s="50"/>
+      <c r="L280" s="18">
+        <v>88.881200000000007</v>
+      </c>
+      <c r="M280" s="18"/>
+      <c r="N280" s="18"/>
+      <c r="O280" s="49"/>
+    </row>
+    <row r="281" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B281" s="27"/>
+      <c r="C281" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D269" s="18">
-[...20 lines deleted...]
-      <c r="C270" s="37" t="s">
+      <c r="D281" s="18">
+        <v>108.9661</v>
+      </c>
+      <c r="E281" s="50"/>
+      <c r="F281" s="18">
+        <v>105.29389999999999</v>
+      </c>
+      <c r="G281" s="50"/>
+      <c r="H281" s="18">
+        <v>100.9081</v>
+      </c>
+      <c r="I281" s="18"/>
+      <c r="J281" s="18"/>
+      <c r="K281" s="50"/>
+      <c r="L281" s="18"/>
+      <c r="M281" s="18"/>
+      <c r="N281" s="18"/>
+      <c r="O281" s="49"/>
+    </row>
+    <row r="282" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B282" s="27"/>
+      <c r="C282" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D270" s="18">
-[...20 lines deleted...]
-      <c r="C271" s="35" t="s">
+      <c r="D282" s="18">
+        <v>108.5033</v>
+      </c>
+      <c r="E282" s="50"/>
+      <c r="F282" s="18">
+        <v>104.6632</v>
+      </c>
+      <c r="G282" s="50"/>
+      <c r="H282" s="18">
+        <v>100.0869</v>
+      </c>
+      <c r="I282" s="18"/>
+      <c r="J282" s="18"/>
+      <c r="K282" s="50"/>
+      <c r="L282" s="18"/>
+      <c r="M282" s="18"/>
+      <c r="N282" s="18"/>
+      <c r="O282" s="49"/>
+    </row>
+    <row r="283" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B283" s="31"/>
+      <c r="C283" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D271" s="19">
-[...26 lines deleted...]
-      <c r="C272" s="25" t="s">
+      <c r="D283" s="19">
+        <v>108.8952</v>
+      </c>
+      <c r="E283" s="52"/>
+      <c r="F283" s="19">
+        <v>104.8813</v>
+      </c>
+      <c r="G283" s="52"/>
+      <c r="H283" s="19">
+        <v>99.782600000000002</v>
+      </c>
+      <c r="I283" s="19"/>
+      <c r="J283" s="19">
+        <v>110.4755</v>
+      </c>
+      <c r="K283" s="52"/>
+      <c r="L283" s="19">
+        <v>88.877600000000001</v>
+      </c>
+      <c r="M283" s="19"/>
+      <c r="N283" s="19"/>
+      <c r="O283" s="49"/>
+    </row>
+    <row r="284" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B284" s="35">
+        <v>2019</v>
+      </c>
+      <c r="C284" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="D272" s="21">
-[...19 lines deleted...]
-      <c r="C273" s="30" t="s">
+      <c r="D284" s="20">
+        <v>108.35129999999999</v>
+      </c>
+      <c r="E284" s="53"/>
+      <c r="F284" s="20">
+        <v>104.17700000000001</v>
+      </c>
+      <c r="G284" s="53"/>
+      <c r="H284" s="20">
+        <v>99.434200000000004</v>
+      </c>
+      <c r="I284" s="20"/>
+      <c r="J284" s="20"/>
+      <c r="K284" s="53"/>
+      <c r="L284" s="20"/>
+      <c r="M284" s="20"/>
+      <c r="N284" s="20"/>
+      <c r="O284" s="49"/>
+    </row>
+    <row r="285" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B285" s="37"/>
+      <c r="C285" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D273" s="21">
-[...20 lines deleted...]
-      <c r="C274" s="25" t="s">
+      <c r="D285" s="18">
+        <v>108.3125</v>
+      </c>
+      <c r="E285" s="50"/>
+      <c r="F285" s="18">
+        <v>104.07299999999999</v>
+      </c>
+      <c r="G285" s="50"/>
+      <c r="H285" s="18">
+        <v>99.512299999999996</v>
+      </c>
+      <c r="I285" s="18"/>
+      <c r="J285" s="18"/>
+      <c r="K285" s="50"/>
+      <c r="L285" s="18"/>
+      <c r="M285" s="18"/>
+      <c r="N285" s="18"/>
+      <c r="O285" s="49"/>
+    </row>
+    <row r="286" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B286" s="37"/>
+      <c r="C286" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D274" s="21">
-[...24 lines deleted...]
-      <c r="C275" s="25" t="s">
+      <c r="D286" s="18">
+        <v>108.047</v>
+      </c>
+      <c r="E286" s="50"/>
+      <c r="F286" s="18">
+        <v>103.8933</v>
+      </c>
+      <c r="G286" s="50"/>
+      <c r="H286" s="18">
+        <v>99.617999999999995</v>
+      </c>
+      <c r="I286" s="18"/>
+      <c r="J286" s="18">
+        <v>109.69759999999999</v>
+      </c>
+      <c r="K286" s="50"/>
+      <c r="L286" s="18">
+        <v>87.257999999999996</v>
+      </c>
+      <c r="M286" s="18"/>
+      <c r="N286" s="18"/>
+      <c r="O286" s="49"/>
+    </row>
+    <row r="287" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B287" s="37"/>
+      <c r="C287" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D275" s="21">
-[...20 lines deleted...]
-      <c r="C276" s="25" t="s">
+      <c r="D287" s="18">
+        <v>107.9624</v>
+      </c>
+      <c r="E287" s="50"/>
+      <c r="F287" s="18">
+        <v>103.59990000000001</v>
+      </c>
+      <c r="G287" s="50"/>
+      <c r="H287" s="18">
+        <v>99.537800000000004</v>
+      </c>
+      <c r="I287" s="18"/>
+      <c r="J287" s="18"/>
+      <c r="K287" s="50"/>
+      <c r="L287" s="18"/>
+      <c r="M287" s="18"/>
+      <c r="N287" s="18"/>
+      <c r="O287" s="49"/>
+    </row>
+    <row r="288" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B288" s="37"/>
+      <c r="C288" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D276" s="21">
-[...20 lines deleted...]
-      <c r="C277" s="25" t="s">
+      <c r="D288" s="18">
+        <v>108.4284</v>
+      </c>
+      <c r="E288" s="50"/>
+      <c r="F288" s="18">
+        <v>104.1773</v>
+      </c>
+      <c r="G288" s="50"/>
+      <c r="H288" s="18">
+        <v>100.0814</v>
+      </c>
+      <c r="I288" s="18"/>
+      <c r="J288" s="18"/>
+      <c r="K288" s="50"/>
+      <c r="L288" s="18"/>
+      <c r="M288" s="18"/>
+      <c r="N288" s="18"/>
+      <c r="O288" s="49"/>
+    </row>
+    <row r="289" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B289" s="37"/>
+      <c r="C289" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D277" s="21">
-[...24 lines deleted...]
-      <c r="C278" s="25" t="s">
+      <c r="D289" s="18">
+        <v>108.6482</v>
+      </c>
+      <c r="E289" s="50"/>
+      <c r="F289" s="18">
+        <v>104.3297</v>
+      </c>
+      <c r="G289" s="50"/>
+      <c r="H289" s="18">
+        <v>99.352000000000004</v>
+      </c>
+      <c r="I289" s="18"/>
+      <c r="J289" s="18">
+        <v>109.9601</v>
+      </c>
+      <c r="K289" s="50"/>
+      <c r="L289" s="18">
+        <v>87.247</v>
+      </c>
+      <c r="M289" s="18"/>
+      <c r="N289" s="18"/>
+      <c r="O289" s="49"/>
+    </row>
+    <row r="290" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B290" s="37"/>
+      <c r="C290" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D278" s="21">
-[...20 lines deleted...]
-      <c r="C279" s="25" t="s">
+      <c r="D290" s="18">
+        <v>108.62139999999999</v>
+      </c>
+      <c r="E290" s="50"/>
+      <c r="F290" s="18">
+        <v>104.3476</v>
+      </c>
+      <c r="G290" s="50"/>
+      <c r="H290" s="18">
+        <v>99.736800000000002</v>
+      </c>
+      <c r="I290" s="18"/>
+      <c r="J290" s="18"/>
+      <c r="K290" s="50"/>
+      <c r="L290" s="18"/>
+      <c r="M290" s="18"/>
+      <c r="N290" s="18"/>
+      <c r="O290" s="49"/>
+    </row>
+    <row r="291" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B291" s="37"/>
+      <c r="C291" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D279" s="21">
-[...20 lines deleted...]
-      <c r="C280" s="25" t="s">
+      <c r="D291" s="18">
+        <v>108.9774</v>
+      </c>
+      <c r="E291" s="50"/>
+      <c r="F291" s="18">
+        <v>104.3463</v>
+      </c>
+      <c r="G291" s="50"/>
+      <c r="H291" s="18">
+        <v>99.867900000000006</v>
+      </c>
+      <c r="I291" s="18"/>
+      <c r="J291" s="18"/>
+      <c r="K291" s="50"/>
+      <c r="L291" s="18"/>
+      <c r="M291" s="18"/>
+      <c r="N291" s="18"/>
+      <c r="O291" s="49"/>
+    </row>
+    <row r="292" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B292" s="37"/>
+      <c r="C292" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D280" s="21">
-[...24 lines deleted...]
-      <c r="C281" s="25" t="s">
+      <c r="D292" s="18">
+        <v>108.58280000000001</v>
+      </c>
+      <c r="E292" s="50"/>
+      <c r="F292" s="18">
+        <v>103.98</v>
+      </c>
+      <c r="G292" s="50"/>
+      <c r="H292" s="18">
+        <v>100.0564</v>
+      </c>
+      <c r="I292" s="18"/>
+      <c r="J292" s="18">
+        <v>111.14230000000001</v>
+      </c>
+      <c r="K292" s="50"/>
+      <c r="L292" s="18">
+        <v>88.047899999999998</v>
+      </c>
+      <c r="M292" s="18"/>
+      <c r="N292" s="18"/>
+      <c r="O292" s="49"/>
+    </row>
+    <row r="293" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B293" s="37"/>
+      <c r="C293" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D281" s="21">
-[...20 lines deleted...]
-      <c r="C282" s="25" t="s">
+      <c r="D293" s="18">
+        <v>108.04900000000001</v>
+      </c>
+      <c r="E293" s="50"/>
+      <c r="F293" s="18">
+        <v>103.3565</v>
+      </c>
+      <c r="G293" s="50"/>
+      <c r="H293" s="18">
+        <v>99.797300000000007</v>
+      </c>
+      <c r="I293" s="18"/>
+      <c r="J293" s="18"/>
+      <c r="K293" s="50"/>
+      <c r="L293" s="18"/>
+      <c r="M293" s="18"/>
+      <c r="N293" s="18"/>
+      <c r="O293" s="49"/>
+    </row>
+    <row r="294" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B294" s="37"/>
+      <c r="C294" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D282" s="21">
-[...20 lines deleted...]
-      <c r="C283" s="35" t="s">
+      <c r="D294" s="18">
+        <v>107.7877</v>
+      </c>
+      <c r="E294" s="50"/>
+      <c r="F294" s="18">
+        <v>102.8904</v>
+      </c>
+      <c r="G294" s="50"/>
+      <c r="H294" s="18">
+        <v>99.519400000000005</v>
+      </c>
+      <c r="I294" s="18"/>
+      <c r="J294" s="18"/>
+      <c r="K294" s="50"/>
+      <c r="L294" s="18"/>
+      <c r="M294" s="18"/>
+      <c r="N294" s="18"/>
+      <c r="O294" s="49"/>
+    </row>
+    <row r="295" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="27"/>
+      <c r="B295" s="31"/>
+      <c r="C295" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D283" s="22">
-[...26 lines deleted...]
-      <c r="C284" s="39" t="s">
+      <c r="D295" s="19">
+        <v>107.7461</v>
+      </c>
+      <c r="E295" s="52"/>
+      <c r="F295" s="19">
+        <v>102.81610000000001</v>
+      </c>
+      <c r="G295" s="52"/>
+      <c r="H295" s="19">
+        <v>99.358699999999999</v>
+      </c>
+      <c r="I295" s="19"/>
+      <c r="J295" s="19">
+        <v>110.9605</v>
+      </c>
+      <c r="K295" s="52"/>
+      <c r="L295" s="19">
+        <v>85.736599999999996</v>
+      </c>
+      <c r="M295" s="19"/>
+      <c r="N295" s="19"/>
+      <c r="O295" s="49"/>
+    </row>
+    <row r="296" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="27"/>
+      <c r="B296" s="27">
+        <v>2020</v>
+      </c>
+      <c r="C296" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D284" s="23">
-[...20 lines deleted...]
-      <c r="C285" s="25" t="s">
+      <c r="D296" s="18">
+        <v>107.56489999999999</v>
+      </c>
+      <c r="E296" s="50"/>
+      <c r="F296" s="18">
+        <v>102.82989999999999</v>
+      </c>
+      <c r="G296" s="50"/>
+      <c r="H296" s="18">
+        <v>99.418000000000006</v>
+      </c>
+      <c r="I296" s="18"/>
+      <c r="J296" s="18"/>
+      <c r="K296" s="50"/>
+      <c r="L296" s="18"/>
+      <c r="M296" s="18"/>
+      <c r="N296" s="18"/>
+      <c r="O296" s="49"/>
+    </row>
+    <row r="297" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="27"/>
+      <c r="B297" s="27"/>
+      <c r="C297" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D285" s="21">
-[...20 lines deleted...]
-      <c r="C286" s="25" t="s">
+      <c r="D297" s="18">
+        <v>107.2483</v>
+      </c>
+      <c r="E297" s="50"/>
+      <c r="F297" s="18">
+        <v>102.0547</v>
+      </c>
+      <c r="G297" s="50"/>
+      <c r="H297" s="18">
+        <v>99.394300000000001</v>
+      </c>
+      <c r="I297" s="18"/>
+      <c r="J297" s="18"/>
+      <c r="K297" s="50"/>
+      <c r="L297" s="18"/>
+      <c r="M297" s="18"/>
+      <c r="N297" s="18"/>
+      <c r="O297" s="49"/>
+    </row>
+    <row r="298" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="27"/>
+      <c r="B298" s="27"/>
+      <c r="C298" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D286" s="21">
-[...24 lines deleted...]
-      <c r="C287" s="25" t="s">
+      <c r="D298" s="18">
+        <v>107.15430000000001</v>
+      </c>
+      <c r="E298" s="50"/>
+      <c r="F298" s="18">
+        <v>101.753</v>
+      </c>
+      <c r="G298" s="50"/>
+      <c r="H298" s="18">
+        <v>97.492599999999996</v>
+      </c>
+      <c r="I298" s="18"/>
+      <c r="J298" s="18">
+        <v>110.5723</v>
+      </c>
+      <c r="K298" s="50"/>
+      <c r="L298" s="18">
+        <v>86.303399999999996</v>
+      </c>
+      <c r="M298" s="18"/>
+      <c r="N298" s="18"/>
+      <c r="O298" s="49"/>
+    </row>
+    <row r="299" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="27"/>
+      <c r="B299" s="27"/>
+      <c r="C299" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D287" s="21">
-[...20 lines deleted...]
-      <c r="C288" s="25" t="s">
+      <c r="D299" s="18">
+        <v>106.95229999999999</v>
+      </c>
+      <c r="E299" s="50"/>
+      <c r="F299" s="18">
+        <v>101.40649999999999</v>
+      </c>
+      <c r="G299" s="50"/>
+      <c r="H299" s="18">
+        <v>95.343299999999999</v>
+      </c>
+      <c r="I299" s="18"/>
+      <c r="J299" s="18"/>
+      <c r="K299" s="50"/>
+      <c r="L299" s="18"/>
+      <c r="M299" s="18"/>
+      <c r="N299" s="18"/>
+      <c r="O299" s="49"/>
+    </row>
+    <row r="300" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B300" s="27"/>
+      <c r="C300" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D288" s="21">
-[...20 lines deleted...]
-      <c r="C289" s="25" t="s">
+      <c r="D300" s="18">
+        <v>107.149</v>
+      </c>
+      <c r="E300" s="50"/>
+      <c r="F300" s="18">
+        <v>101.4393</v>
+      </c>
+      <c r="G300" s="50"/>
+      <c r="H300" s="18">
+        <v>95.077600000000004</v>
+      </c>
+      <c r="I300" s="18"/>
+      <c r="J300" s="18"/>
+      <c r="K300" s="50"/>
+      <c r="L300" s="18"/>
+      <c r="M300" s="18"/>
+      <c r="N300" s="18"/>
+      <c r="O300" s="49"/>
+    </row>
+    <row r="301" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B301" s="27"/>
+      <c r="C301" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D289" s="21">
-[...24 lines deleted...]
-      <c r="C290" s="25" t="s">
+      <c r="D301" s="18">
+        <v>107.631</v>
+      </c>
+      <c r="E301" s="50"/>
+      <c r="F301" s="18">
+        <v>101.8391</v>
+      </c>
+      <c r="G301" s="50"/>
+      <c r="H301" s="18">
+        <v>96.1374</v>
+      </c>
+      <c r="I301" s="18"/>
+      <c r="J301" s="18">
+        <v>108.9858</v>
+      </c>
+      <c r="K301" s="50"/>
+      <c r="L301" s="18">
+        <v>89.996399999999994</v>
+      </c>
+      <c r="M301" s="18"/>
+      <c r="N301" s="18"/>
+      <c r="O301" s="49"/>
+    </row>
+    <row r="302" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B302" s="27"/>
+      <c r="C302" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D290" s="21">
-[...20 lines deleted...]
-      <c r="C291" s="25" t="s">
+      <c r="D302" s="18">
+        <v>108.584</v>
+      </c>
+      <c r="E302" s="50"/>
+      <c r="F302" s="18">
+        <v>102.46380000000001</v>
+      </c>
+      <c r="G302" s="50"/>
+      <c r="H302" s="18">
+        <v>97.446299999999994</v>
+      </c>
+      <c r="I302" s="18"/>
+      <c r="J302" s="18"/>
+      <c r="K302" s="50"/>
+      <c r="L302" s="18"/>
+      <c r="M302" s="18"/>
+      <c r="N302" s="18"/>
+      <c r="O302" s="49"/>
+    </row>
+    <row r="303" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B303" s="27"/>
+      <c r="C303" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D291" s="21">
-[...20 lines deleted...]
-      <c r="C292" s="25" t="s">
+      <c r="D303" s="18">
+        <v>109.5187</v>
+      </c>
+      <c r="E303" s="50"/>
+      <c r="F303" s="18">
+        <v>103.5556</v>
+      </c>
+      <c r="G303" s="50"/>
+      <c r="H303" s="18">
+        <v>97.448099999999997</v>
+      </c>
+      <c r="I303" s="18"/>
+      <c r="J303" s="18"/>
+      <c r="K303" s="50"/>
+      <c r="L303" s="18"/>
+      <c r="M303" s="18"/>
+      <c r="N303" s="18"/>
+      <c r="O303" s="49"/>
+    </row>
+    <row r="304" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B304" s="27"/>
+      <c r="C304" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D292" s="21">
-[...24 lines deleted...]
-      <c r="C293" s="25" t="s">
+      <c r="D304" s="18">
+        <v>109.2186</v>
+      </c>
+      <c r="E304" s="50"/>
+      <c r="F304" s="18">
+        <v>103.4821</v>
+      </c>
+      <c r="G304" s="50"/>
+      <c r="H304" s="18">
+        <v>96.390699999999995</v>
+      </c>
+      <c r="I304" s="18"/>
+      <c r="J304" s="18">
+        <v>108.13630000000001</v>
+      </c>
+      <c r="K304" s="50"/>
+      <c r="L304" s="18">
+        <v>93.972899999999996</v>
+      </c>
+      <c r="M304" s="18"/>
+      <c r="N304" s="18"/>
+      <c r="O304" s="49"/>
+    </row>
+    <row r="305" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B305" s="27"/>
+      <c r="C305" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D293" s="21">
-[...20 lines deleted...]
-      <c r="C294" s="25" t="s">
+      <c r="D305" s="18">
+        <v>108.81659999999999</v>
+      </c>
+      <c r="E305" s="50"/>
+      <c r="F305" s="18">
+        <v>103.1455</v>
+      </c>
+      <c r="G305" s="50"/>
+      <c r="H305" s="18">
+        <v>96.309100000000001</v>
+      </c>
+      <c r="I305" s="18"/>
+      <c r="J305" s="18"/>
+      <c r="K305" s="50"/>
+      <c r="L305" s="18"/>
+      <c r="M305" s="18"/>
+      <c r="N305" s="18"/>
+      <c r="O305" s="49"/>
+    </row>
+    <row r="306" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B306" s="27"/>
+      <c r="C306" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D294" s="21">
-[...21 lines deleted...]
-      <c r="C295" s="35" t="s">
+      <c r="D306" s="18">
+        <v>108.6953</v>
+      </c>
+      <c r="E306" s="50"/>
+      <c r="F306" s="18">
+        <v>103.11020000000001</v>
+      </c>
+      <c r="G306" s="50"/>
+      <c r="H306" s="18">
+        <v>95.754199999999997</v>
+      </c>
+      <c r="I306" s="18"/>
+      <c r="J306" s="18"/>
+      <c r="K306" s="50"/>
+      <c r="L306" s="18"/>
+      <c r="M306" s="18"/>
+      <c r="N306" s="18"/>
+      <c r="O306" s="49"/>
+    </row>
+    <row r="307" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B307" s="31"/>
+      <c r="C307" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D295" s="22">
-[...27 lines deleted...]
-      <c r="C296" s="25" t="s">
+      <c r="D307" s="19">
+        <v>109.3391</v>
+      </c>
+      <c r="E307" s="52"/>
+      <c r="F307" s="19">
+        <v>103.3942</v>
+      </c>
+      <c r="G307" s="52"/>
+      <c r="H307" s="19">
+        <v>97.056100000000001</v>
+      </c>
+      <c r="I307" s="19"/>
+      <c r="J307" s="19">
+        <v>108.54130000000001</v>
+      </c>
+      <c r="K307" s="52"/>
+      <c r="L307" s="19">
+        <v>86.229100000000003</v>
+      </c>
+      <c r="M307" s="19"/>
+      <c r="N307" s="19"/>
+      <c r="O307" s="49"/>
+    </row>
+    <row r="308" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B308" s="35">
+        <v>2021</v>
+      </c>
+      <c r="C308" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="D296" s="21">
-[...21 lines deleted...]
-      <c r="C297" s="25" t="s">
+      <c r="D308" s="20">
+        <v>108.8014</v>
+      </c>
+      <c r="E308" s="53"/>
+      <c r="F308" s="20">
+        <v>102.81699999999999</v>
+      </c>
+      <c r="G308" s="53"/>
+      <c r="H308" s="20">
+        <v>95.944900000000004</v>
+      </c>
+      <c r="I308" s="20"/>
+      <c r="J308" s="20"/>
+      <c r="K308" s="53"/>
+      <c r="L308" s="20"/>
+      <c r="M308" s="20"/>
+      <c r="N308" s="20"/>
+      <c r="O308" s="49"/>
+    </row>
+    <row r="309" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B309" s="37"/>
+      <c r="C309" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D297" s="21">
-[...21 lines deleted...]
-      <c r="C298" s="25" t="s">
+      <c r="D309" s="18">
+        <v>108.3625</v>
+      </c>
+      <c r="E309" s="50"/>
+      <c r="F309" s="18">
+        <v>102.5352</v>
+      </c>
+      <c r="G309" s="50"/>
+      <c r="H309" s="18">
+        <v>95.845600000000005</v>
+      </c>
+      <c r="I309" s="18"/>
+      <c r="J309" s="18"/>
+      <c r="K309" s="50"/>
+      <c r="L309" s="18"/>
+      <c r="M309" s="18"/>
+      <c r="N309" s="18"/>
+      <c r="O309" s="49"/>
+    </row>
+    <row r="310" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B310" s="37"/>
+      <c r="C310" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D298" s="21">
-[...25 lines deleted...]
-      <c r="C299" s="25" t="s">
+      <c r="D310" s="18">
+        <v>108.3926</v>
+      </c>
+      <c r="E310" s="50"/>
+      <c r="F310" s="18">
+        <v>102.7585</v>
+      </c>
+      <c r="G310" s="50"/>
+      <c r="H310" s="18">
+        <v>96.194599999999994</v>
+      </c>
+      <c r="I310" s="18"/>
+      <c r="J310" s="18">
+        <v>108.2042</v>
+      </c>
+      <c r="K310" s="50"/>
+      <c r="L310" s="18">
+        <v>86.1935</v>
+      </c>
+      <c r="M310" s="18"/>
+      <c r="N310" s="18"/>
+      <c r="O310" s="49"/>
+    </row>
+    <row r="311" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B311" s="37"/>
+      <c r="C311" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D299" s="21">
-[...20 lines deleted...]
-      <c r="C300" s="25" t="s">
+      <c r="D311" s="18">
+        <v>108.7363</v>
+      </c>
+      <c r="E311" s="50"/>
+      <c r="F311" s="18">
+        <v>102.7946</v>
+      </c>
+      <c r="G311" s="50"/>
+      <c r="H311" s="18">
+        <v>94.738200000000006</v>
+      </c>
+      <c r="I311" s="18"/>
+      <c r="J311" s="18"/>
+      <c r="K311" s="50"/>
+      <c r="L311" s="18"/>
+      <c r="M311" s="18"/>
+      <c r="N311" s="18"/>
+      <c r="O311" s="49"/>
+    </row>
+    <row r="312" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B312" s="37"/>
+      <c r="C312" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D300" s="21">
-[...20 lines deleted...]
-      <c r="C301" s="25" t="s">
+      <c r="D312" s="18">
+        <v>109.3968</v>
+      </c>
+      <c r="E312" s="50"/>
+      <c r="F312" s="18">
+        <v>103.1919</v>
+      </c>
+      <c r="G312" s="50"/>
+      <c r="H312" s="18">
+        <v>95.076599999999999</v>
+      </c>
+      <c r="I312" s="18"/>
+      <c r="J312" s="18"/>
+      <c r="K312" s="50"/>
+      <c r="L312" s="18"/>
+      <c r="M312" s="18"/>
+      <c r="N312" s="18"/>
+      <c r="O312" s="49"/>
+    </row>
+    <row r="313" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B313" s="37"/>
+      <c r="C313" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D301" s="21">
-[...24 lines deleted...]
-      <c r="C302" s="25" t="s">
+      <c r="D313" s="18">
+        <v>109.48650000000001</v>
+      </c>
+      <c r="E313" s="50"/>
+      <c r="F313" s="18">
+        <v>103.10080000000001</v>
+      </c>
+      <c r="G313" s="50"/>
+      <c r="H313" s="18">
+        <v>94.899699999999996</v>
+      </c>
+      <c r="I313" s="18"/>
+      <c r="J313" s="18">
+        <v>107.6071</v>
+      </c>
+      <c r="K313" s="50"/>
+      <c r="L313" s="18">
+        <v>85.642399999999995</v>
+      </c>
+      <c r="M313" s="18"/>
+      <c r="N313" s="18"/>
+      <c r="O313" s="49"/>
+    </row>
+    <row r="314" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B314" s="37"/>
+      <c r="C314" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D302" s="21">
-[...20 lines deleted...]
-      <c r="C303" s="25" t="s">
+      <c r="D314" s="18">
+        <v>109.316</v>
+      </c>
+      <c r="E314" s="50"/>
+      <c r="F314" s="18">
+        <v>103.11879999999999</v>
+      </c>
+      <c r="G314" s="50"/>
+      <c r="H314" s="18">
+        <v>94.724299999999999</v>
+      </c>
+      <c r="I314" s="18"/>
+      <c r="J314" s="18"/>
+      <c r="K314" s="50"/>
+      <c r="L314" s="18"/>
+      <c r="M314" s="18"/>
+      <c r="N314" s="18"/>
+      <c r="O314" s="49"/>
+    </row>
+    <row r="315" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B315" s="37"/>
+      <c r="C315" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D303" s="21">
-[...20 lines deleted...]
-      <c r="C304" s="25" t="s">
+      <c r="D315" s="18">
+        <v>109.18859999999999</v>
+      </c>
+      <c r="E315" s="50"/>
+      <c r="F315" s="18">
+        <v>103.081</v>
+      </c>
+      <c r="G315" s="50"/>
+      <c r="H315" s="18">
+        <v>94.010499999999993</v>
+      </c>
+      <c r="I315" s="18"/>
+      <c r="J315" s="18"/>
+      <c r="K315" s="50"/>
+      <c r="L315" s="18"/>
+      <c r="M315" s="18"/>
+      <c r="N315" s="18"/>
+      <c r="O315" s="49"/>
+    </row>
+    <row r="316" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B316" s="37"/>
+      <c r="C316" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D304" s="21">
-[...24 lines deleted...]
-      <c r="C305" s="25" t="s">
+      <c r="D316" s="18">
+        <v>109.2388</v>
+      </c>
+      <c r="E316" s="50"/>
+      <c r="F316" s="18">
+        <v>103.3447</v>
+      </c>
+      <c r="G316" s="50"/>
+      <c r="H316" s="18">
+        <v>93.920900000000003</v>
+      </c>
+      <c r="I316" s="18"/>
+      <c r="J316" s="18">
+        <v>108.57089999999999</v>
+      </c>
+      <c r="K316" s="50"/>
+      <c r="L316" s="18">
+        <v>85.881799999999998</v>
+      </c>
+      <c r="M316" s="18"/>
+      <c r="N316" s="18"/>
+      <c r="O316" s="49"/>
+    </row>
+    <row r="317" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B317" s="37"/>
+      <c r="C317" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D305" s="21">
-[...20 lines deleted...]
-      <c r="C306" s="25" t="s">
+      <c r="D317" s="18">
+        <v>108.748</v>
+      </c>
+      <c r="E317" s="50"/>
+      <c r="F317" s="18">
+        <v>102.5926</v>
+      </c>
+      <c r="G317" s="50"/>
+      <c r="H317" s="18">
+        <v>94.4405</v>
+      </c>
+      <c r="I317" s="18"/>
+      <c r="J317" s="18"/>
+      <c r="K317" s="50"/>
+      <c r="L317" s="18"/>
+      <c r="M317" s="18"/>
+      <c r="N317" s="18"/>
+      <c r="O317" s="49"/>
+    </row>
+    <row r="318" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B318" s="37"/>
+      <c r="C318" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D306" s="21">
-[...20 lines deleted...]
-      <c r="C307" s="35" t="s">
+      <c r="D318" s="18">
+        <v>108.56180000000001</v>
+      </c>
+      <c r="E318" s="50"/>
+      <c r="F318" s="18">
+        <v>102.4614</v>
+      </c>
+      <c r="G318" s="50"/>
+      <c r="H318" s="18">
+        <v>94.449799999999996</v>
+      </c>
+      <c r="I318" s="18"/>
+      <c r="J318" s="18"/>
+      <c r="K318" s="50"/>
+      <c r="L318" s="18"/>
+      <c r="M318" s="18"/>
+      <c r="N318" s="18"/>
+      <c r="O318" s="49"/>
+    </row>
+    <row r="319" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B319" s="37"/>
+      <c r="C319" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="D307" s="22">
-[...26 lines deleted...]
-      <c r="C308" s="39" t="s">
+      <c r="D319" s="18">
+        <v>108.7915</v>
+      </c>
+      <c r="E319" s="50"/>
+      <c r="F319" s="18">
+        <v>102.6268</v>
+      </c>
+      <c r="G319" s="50"/>
+      <c r="H319" s="18">
+        <v>93.409099999999995</v>
+      </c>
+      <c r="I319" s="18"/>
+      <c r="J319" s="18">
+        <v>107.24460000000001</v>
+      </c>
+      <c r="K319" s="50"/>
+      <c r="L319" s="18">
+        <v>83.480599999999995</v>
+      </c>
+      <c r="M319" s="18"/>
+      <c r="N319" s="18"/>
+      <c r="O319" s="49"/>
+    </row>
+    <row r="320" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B320" s="35">
+        <v>2022</v>
+      </c>
+      <c r="C320" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="D308" s="23">
-[...20 lines deleted...]
-      <c r="C309" s="25" t="s">
+      <c r="D320" s="20">
+        <v>108.4646</v>
+      </c>
+      <c r="E320" s="53"/>
+      <c r="F320" s="20">
+        <v>102.1367</v>
+      </c>
+      <c r="G320" s="53"/>
+      <c r="H320" s="20">
+        <v>92.649299999999997</v>
+      </c>
+      <c r="I320" s="20"/>
+      <c r="J320" s="20"/>
+      <c r="K320" s="53"/>
+      <c r="L320" s="20"/>
+      <c r="M320" s="20"/>
+      <c r="N320" s="20"/>
+      <c r="O320" s="49"/>
+    </row>
+    <row r="321" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B321" s="37"/>
+      <c r="C321" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D309" s="21">
-[...20 lines deleted...]
-      <c r="C310" s="25" t="s">
+      <c r="D321" s="18">
+        <v>108.45229999999999</v>
+      </c>
+      <c r="E321" s="50"/>
+      <c r="F321" s="18">
+        <v>102.4053</v>
+      </c>
+      <c r="G321" s="50"/>
+      <c r="H321" s="18">
+        <v>92.796199999999999</v>
+      </c>
+      <c r="I321" s="18"/>
+      <c r="J321" s="18"/>
+      <c r="K321" s="50"/>
+      <c r="L321" s="18"/>
+      <c r="M321" s="18"/>
+      <c r="N321" s="18"/>
+      <c r="O321" s="49"/>
+    </row>
+    <row r="322" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B322" s="37"/>
+      <c r="C322" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D310" s="21">
-[...24 lines deleted...]
-      <c r="C311" s="25" t="s">
+      <c r="D322" s="18">
+        <v>108.1474</v>
+      </c>
+      <c r="E322" s="50"/>
+      <c r="F322" s="18">
+        <v>102.08329999999999</v>
+      </c>
+      <c r="G322" s="50"/>
+      <c r="H322" s="18">
+        <v>93.219499999999996</v>
+      </c>
+      <c r="I322" s="18"/>
+      <c r="J322" s="18">
+        <v>106.12350000000001</v>
+      </c>
+      <c r="K322" s="50"/>
+      <c r="L322" s="18">
+        <v>83.406599999999997</v>
+      </c>
+      <c r="M322" s="18"/>
+      <c r="N322" s="18"/>
+      <c r="O322" s="49"/>
+    </row>
+    <row r="323" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B323" s="37"/>
+      <c r="C323" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D311" s="21">
-[...20 lines deleted...]
-      <c r="C312" s="25" t="s">
+      <c r="D323" s="18">
+        <v>107.5605</v>
+      </c>
+      <c r="E323" s="50"/>
+      <c r="F323" s="18">
+        <v>102.9169</v>
+      </c>
+      <c r="G323" s="50"/>
+      <c r="H323" s="18">
+        <v>90.805099999999996</v>
+      </c>
+      <c r="I323" s="18"/>
+      <c r="J323" s="18"/>
+      <c r="K323" s="50"/>
+      <c r="L323" s="18"/>
+      <c r="M323" s="18"/>
+      <c r="N323" s="18"/>
+      <c r="O323" s="49"/>
+    </row>
+    <row r="324" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B324" s="37"/>
+      <c r="C324" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D312" s="21">
-[...20 lines deleted...]
-      <c r="C313" s="25" t="s">
+      <c r="D324" s="18">
+        <v>107.94840000000001</v>
+      </c>
+      <c r="E324" s="50"/>
+      <c r="F324" s="18">
+        <v>103.4854</v>
+      </c>
+      <c r="G324" s="50"/>
+      <c r="H324" s="18">
+        <v>92.359300000000005</v>
+      </c>
+      <c r="I324" s="18"/>
+      <c r="J324" s="18"/>
+      <c r="K324" s="50"/>
+      <c r="L324" s="18"/>
+      <c r="M324" s="18"/>
+      <c r="N324" s="18"/>
+      <c r="O324" s="49"/>
+    </row>
+    <row r="325" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B325" s="37"/>
+      <c r="C325" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D313" s="21">
-[...24 lines deleted...]
-      <c r="C314" s="25" t="s">
+      <c r="D325" s="18">
+        <v>108.2911</v>
+      </c>
+      <c r="E325" s="50"/>
+      <c r="F325" s="18">
+        <v>104.15130000000001</v>
+      </c>
+      <c r="G325" s="50"/>
+      <c r="H325" s="18">
+        <v>92.476200000000006</v>
+      </c>
+      <c r="I325" s="18"/>
+      <c r="J325" s="18">
+        <v>106.1484</v>
+      </c>
+      <c r="K325" s="50"/>
+      <c r="L325" s="18">
+        <v>85.418199999999999</v>
+      </c>
+      <c r="M325" s="18"/>
+      <c r="N325" s="18"/>
+      <c r="O325" s="49"/>
+    </row>
+    <row r="326" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B326" s="37"/>
+      <c r="C326" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="D314" s="21">
-[...20 lines deleted...]
-      <c r="C315" s="25" t="s">
+      <c r="D326" s="18">
+        <v>107.85809999999999</v>
+      </c>
+      <c r="E326" s="50"/>
+      <c r="F326" s="18">
+        <v>104.0431</v>
+      </c>
+      <c r="G326" s="50"/>
+      <c r="H326" s="18">
+        <v>93.2196</v>
+      </c>
+      <c r="I326" s="18"/>
+      <c r="J326" s="18"/>
+      <c r="K326" s="50"/>
+      <c r="L326" s="18"/>
+      <c r="M326" s="18"/>
+      <c r="N326" s="18"/>
+      <c r="O326" s="49"/>
+    </row>
+    <row r="327" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B327" s="37"/>
+      <c r="C327" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D315" s="21">
-[...20 lines deleted...]
-      <c r="C316" s="25" t="s">
+      <c r="D327" s="18">
+        <v>107.7927</v>
+      </c>
+      <c r="E327" s="50"/>
+      <c r="F327" s="18">
+        <v>103.6083</v>
+      </c>
+      <c r="G327" s="50"/>
+      <c r="H327" s="18">
+        <v>92.616</v>
+      </c>
+      <c r="I327" s="18"/>
+      <c r="J327" s="18"/>
+      <c r="K327" s="50"/>
+      <c r="L327" s="18"/>
+      <c r="M327" s="18"/>
+      <c r="N327" s="18"/>
+      <c r="O327" s="49"/>
+    </row>
+    <row r="328" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B328" s="37"/>
+      <c r="C328" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D316" s="21">
-[...24 lines deleted...]
-      <c r="C317" s="25" t="s">
+      <c r="D328" s="18">
+        <v>107.7972</v>
+      </c>
+      <c r="E328" s="50"/>
+      <c r="F328" s="18">
+        <v>103.20269999999999</v>
+      </c>
+      <c r="G328" s="50"/>
+      <c r="H328" s="18">
+        <v>93.165099999999995</v>
+      </c>
+      <c r="I328" s="18"/>
+      <c r="J328" s="18">
+        <v>106.8587</v>
+      </c>
+      <c r="K328" s="50"/>
+      <c r="L328" s="18">
+        <v>86.519000000000005</v>
+      </c>
+      <c r="M328" s="18"/>
+      <c r="N328" s="18"/>
+      <c r="O328" s="49"/>
+    </row>
+    <row r="329" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B329" s="38"/>
+      <c r="C329" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D317" s="21">
-[...20 lines deleted...]
-      <c r="C318" s="25" t="s">
+      <c r="D329" s="18">
+        <v>108.15560000000001</v>
+      </c>
+      <c r="E329" s="50"/>
+      <c r="F329" s="18">
+        <v>103.1078</v>
+      </c>
+      <c r="G329" s="50"/>
+      <c r="H329" s="18">
+        <v>93.068899999999999</v>
+      </c>
+      <c r="I329" s="18"/>
+      <c r="J329" s="18"/>
+      <c r="K329" s="50"/>
+      <c r="L329" s="18"/>
+      <c r="M329" s="18"/>
+      <c r="N329" s="18"/>
+      <c r="O329" s="49"/>
+    </row>
+    <row r="330" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B330" s="38"/>
+      <c r="C330" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D318" s="21">
-[...20 lines deleted...]
-      <c r="C319" s="25" t="s">
+      <c r="D330" s="18">
+        <v>108.3939</v>
+      </c>
+      <c r="E330" s="50"/>
+      <c r="F330" s="18">
+        <v>103.9358</v>
+      </c>
+      <c r="G330" s="50"/>
+      <c r="H330" s="18">
+        <v>94.439499999999995</v>
+      </c>
+      <c r="I330" s="18"/>
+      <c r="J330" s="18"/>
+      <c r="K330" s="50"/>
+      <c r="L330" s="18"/>
+      <c r="M330" s="18"/>
+      <c r="N330" s="18"/>
+      <c r="O330" s="49"/>
+    </row>
+    <row r="331" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B331" s="39"/>
+      <c r="C331" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D319" s="21">
-[...26 lines deleted...]
-      <c r="C320" s="39" t="s">
+      <c r="D331" s="19">
+        <v>108.9988</v>
+      </c>
+      <c r="E331" s="50"/>
+      <c r="F331" s="19">
+        <v>104.7903</v>
+      </c>
+      <c r="G331" s="50"/>
+      <c r="H331" s="19">
+        <v>93.605199999999996</v>
+      </c>
+      <c r="I331" s="19"/>
+      <c r="J331" s="19">
+        <v>111.6686</v>
+      </c>
+      <c r="K331" s="50"/>
+      <c r="L331" s="19">
+        <v>90.073400000000007</v>
+      </c>
+      <c r="M331" s="19"/>
+      <c r="N331" s="19"/>
+      <c r="O331" s="49"/>
+    </row>
+    <row r="332" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B332" s="22">
+        <v>2023</v>
+      </c>
+      <c r="C332" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D320" s="23">
-[...20 lines deleted...]
-      <c r="C321" s="25" t="s">
+      <c r="D332" s="18">
+        <v>109.2625</v>
+      </c>
+      <c r="E332" s="53"/>
+      <c r="F332" s="18">
+        <v>104.9674</v>
+      </c>
+      <c r="G332" s="53"/>
+      <c r="H332" s="18">
+        <v>93.474299999999999</v>
+      </c>
+      <c r="I332" s="18"/>
+      <c r="J332" s="18"/>
+      <c r="K332" s="53"/>
+      <c r="L332" s="18"/>
+      <c r="M332" s="18"/>
+      <c r="N332" s="18"/>
+      <c r="O332" s="49"/>
+    </row>
+    <row r="333" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B333" s="22"/>
+      <c r="C333" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="D321" s="21">
-[...20 lines deleted...]
-      <c r="C322" s="25" t="s">
+      <c r="D333" s="18">
+        <v>109.2328</v>
+      </c>
+      <c r="E333" s="50"/>
+      <c r="F333" s="18">
+        <v>104.84010000000001</v>
+      </c>
+      <c r="G333" s="50"/>
+      <c r="H333" s="18">
+        <v>92.806200000000004</v>
+      </c>
+      <c r="I333" s="18"/>
+      <c r="J333" s="18"/>
+      <c r="K333" s="50"/>
+      <c r="L333" s="18"/>
+      <c r="M333" s="18"/>
+      <c r="N333" s="18"/>
+      <c r="O333" s="49"/>
+    </row>
+    <row r="334" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B334" s="22"/>
+      <c r="C334" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="D322" s="21">
-[...24 lines deleted...]
-      <c r="C323" s="25" t="s">
+      <c r="D334" s="18">
+        <v>109.3733</v>
+      </c>
+      <c r="E334" s="50"/>
+      <c r="F334" s="18">
+        <v>105.0424</v>
+      </c>
+      <c r="G334" s="50"/>
+      <c r="H334" s="18">
+        <v>93.633499999999998</v>
+      </c>
+      <c r="I334" s="18"/>
+      <c r="J334" s="18">
+        <v>114.06870000000001</v>
+      </c>
+      <c r="K334" s="50"/>
+      <c r="L334" s="18">
+        <v>88.345600000000005</v>
+      </c>
+      <c r="M334" s="18"/>
+      <c r="N334" s="18"/>
+      <c r="O334" s="49"/>
+    </row>
+    <row r="335" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B335" s="22"/>
+      <c r="C335" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="D323" s="21">
-[...20 lines deleted...]
-      <c r="C324" s="25" t="s">
+      <c r="D335" s="18">
+        <v>109.8334</v>
+      </c>
+      <c r="E335" s="50"/>
+      <c r="F335" s="18">
+        <v>105.739</v>
+      </c>
+      <c r="G335" s="50"/>
+      <c r="H335" s="18">
+        <v>93.775199999999998</v>
+      </c>
+      <c r="I335" s="18"/>
+      <c r="J335" s="18"/>
+      <c r="K335" s="50"/>
+      <c r="L335" s="18"/>
+      <c r="M335" s="18"/>
+      <c r="N335" s="18"/>
+      <c r="O335" s="49"/>
+    </row>
+    <row r="336" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B336" s="22"/>
+      <c r="C336" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D324" s="21">
-[...20 lines deleted...]
-      <c r="C325" s="25" t="s">
+      <c r="D336" s="18">
+        <v>109.62130000000001</v>
+      </c>
+      <c r="E336" s="50"/>
+      <c r="F336" s="18">
+        <v>105.98</v>
+      </c>
+      <c r="G336" s="50"/>
+      <c r="H336" s="18">
+        <v>92.944199999999995</v>
+      </c>
+      <c r="I336" s="18"/>
+      <c r="J336" s="18"/>
+      <c r="K336" s="50"/>
+      <c r="L336" s="18"/>
+      <c r="M336" s="18"/>
+      <c r="N336" s="18"/>
+      <c r="O336" s="49"/>
+    </row>
+    <row r="337" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B337" s="22"/>
+      <c r="C337" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="D325" s="21">
-[...24 lines deleted...]
-      <c r="C326" s="25" t="s">
+      <c r="D337" s="18">
+        <v>110.0065</v>
+      </c>
+      <c r="E337" s="50"/>
+      <c r="F337" s="18">
+        <v>107.3092</v>
+      </c>
+      <c r="G337" s="50"/>
+      <c r="H337" s="18">
+        <v>94.260300000000001</v>
+      </c>
+      <c r="I337" s="18"/>
+      <c r="J337" s="18">
+        <v>115.36239999999999</v>
+      </c>
+      <c r="K337" s="50"/>
+      <c r="L337" s="18">
+        <v>88.8142</v>
+      </c>
+      <c r="M337" s="18"/>
+      <c r="N337" s="18"/>
+      <c r="O337" s="49"/>
+    </row>
+    <row r="338" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B338" s="44"/>
+      <c r="C338" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="D326" s="21">
-[...20 lines deleted...]
-      <c r="C327" s="25" t="s">
+      <c r="D338" s="18">
+        <v>110.7846</v>
+      </c>
+      <c r="E338" s="50"/>
+      <c r="F338" s="18">
+        <v>108.44759999999999</v>
+      </c>
+      <c r="G338" s="50"/>
+      <c r="H338" s="18">
+        <v>94.689599999999999</v>
+      </c>
+      <c r="I338" s="18"/>
+      <c r="J338" s="18"/>
+      <c r="K338" s="50"/>
+      <c r="L338" s="18"/>
+      <c r="M338" s="18"/>
+      <c r="N338" s="18"/>
+      <c r="O338" s="49"/>
+    </row>
+    <row r="339" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B339" s="22"/>
+      <c r="C339" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="D327" s="21">
-[...20 lines deleted...]
-      <c r="C328" s="25" t="s">
+      <c r="D339" s="18">
+        <v>110.8732</v>
+      </c>
+      <c r="E339" s="50"/>
+      <c r="F339" s="18">
+        <v>108.5664</v>
+      </c>
+      <c r="G339" s="50"/>
+      <c r="H339" s="18">
+        <v>96.033500000000004</v>
+      </c>
+      <c r="I339" s="18"/>
+      <c r="J339" s="18"/>
+      <c r="K339" s="50"/>
+      <c r="L339" s="18"/>
+      <c r="M339" s="18"/>
+      <c r="N339" s="18"/>
+      <c r="O339" s="49"/>
+    </row>
+    <row r="340" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B340" s="44"/>
+      <c r="C340" s="44" t="s">
         <v>10</v>
       </c>
-      <c r="D328" s="21">
-[...24 lines deleted...]
-      <c r="C329" s="25" t="s">
+      <c r="D340" s="18">
+        <v>110.72239999999999</v>
+      </c>
+      <c r="E340" s="50"/>
+      <c r="F340" s="18">
+        <v>107.9502</v>
+      </c>
+      <c r="G340" s="50"/>
+      <c r="H340" s="18">
+        <v>95.905799999999999</v>
+      </c>
+      <c r="I340" s="18"/>
+      <c r="J340" s="18">
+        <v>117.8563</v>
+      </c>
+      <c r="K340" s="50"/>
+      <c r="L340" s="18">
+        <v>92.686099999999996</v>
+      </c>
+      <c r="M340" s="18"/>
+      <c r="N340" s="18"/>
+      <c r="O340" s="49"/>
+    </row>
+    <row r="341" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B341" s="44"/>
+      <c r="C341" s="44" t="s">
         <v>11</v>
       </c>
-      <c r="D329" s="21">
-[...20 lines deleted...]
-      <c r="C330" s="25" t="s">
+      <c r="D341" s="18">
+        <v>110.55800000000001</v>
+      </c>
+      <c r="E341" s="50"/>
+      <c r="F341" s="18">
+        <v>107.7484</v>
+      </c>
+      <c r="G341" s="50"/>
+      <c r="H341" s="18">
+        <v>95.586200000000005</v>
+      </c>
+      <c r="I341" s="18"/>
+      <c r="J341" s="18"/>
+      <c r="K341" s="50"/>
+      <c r="L341" s="18"/>
+      <c r="M341" s="18"/>
+      <c r="N341" s="18"/>
+      <c r="O341" s="49"/>
+    </row>
+    <row r="342" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B342" s="44"/>
+      <c r="C342" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="D330" s="21">
-[...20 lines deleted...]
-      <c r="C331" s="35" t="s">
+      <c r="D342" s="18">
+        <v>110.7139</v>
+      </c>
+      <c r="E342" s="50"/>
+      <c r="F342" s="18">
+        <v>107.85080000000001</v>
+      </c>
+      <c r="G342" s="50"/>
+      <c r="H342" s="18">
+        <v>95.184100000000001</v>
+      </c>
+      <c r="I342" s="18"/>
+      <c r="J342" s="18"/>
+      <c r="K342" s="50"/>
+      <c r="L342" s="18"/>
+      <c r="M342" s="18"/>
+      <c r="N342" s="18"/>
+      <c r="O342" s="49"/>
+    </row>
+    <row r="343" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B343" s="32"/>
+      <c r="C343" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D331" s="22">
-[...26 lines deleted...]
-      <c r="C332" s="25" t="s">
+      <c r="D343" s="19">
+        <v>110.6412</v>
+      </c>
+      <c r="E343" s="52"/>
+      <c r="F343" s="19">
+        <v>107.64660000000001</v>
+      </c>
+      <c r="G343" s="52"/>
+      <c r="H343" s="19">
+        <v>94.785700000000006</v>
+      </c>
+      <c r="I343" s="19"/>
+      <c r="J343" s="19">
+        <v>116.184</v>
+      </c>
+      <c r="K343" s="52"/>
+      <c r="L343" s="19">
+        <v>92.119100000000003</v>
+      </c>
+      <c r="M343" s="19"/>
+      <c r="N343" s="19"/>
+      <c r="O343" s="49"/>
+    </row>
+    <row r="344" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B344" s="44">
+        <v>2024</v>
+      </c>
+      <c r="C344" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D332" s="21">
-[...20 lines deleted...]
-      <c r="C333" s="25" t="s">
+      <c r="D344" s="18">
+        <v>110.8043</v>
+      </c>
+      <c r="E344" s="50"/>
+      <c r="F344" s="18">
+        <v>107.6224</v>
+      </c>
+      <c r="G344" s="50"/>
+      <c r="H344" s="18">
+        <v>96.061599999999999</v>
+      </c>
+      <c r="I344" s="18"/>
+      <c r="J344" s="18"/>
+      <c r="K344" s="50"/>
+      <c r="L344" s="18"/>
+      <c r="M344" s="18"/>
+      <c r="N344" s="18"/>
+      <c r="O344" s="49"/>
+    </row>
+    <row r="345" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B345" s="44"/>
+      <c r="C345" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="D333" s="21">
-[...20 lines deleted...]
-      <c r="C334" s="25" t="s">
+      <c r="D345" s="18">
+        <v>110.8</v>
+      </c>
+      <c r="E345" s="50"/>
+      <c r="F345" s="18">
+        <v>107.617</v>
+      </c>
+      <c r="G345" s="50"/>
+      <c r="H345" s="18">
+        <v>95.511799999999994</v>
+      </c>
+      <c r="I345" s="18"/>
+      <c r="J345" s="18"/>
+      <c r="K345" s="50"/>
+      <c r="L345" s="18"/>
+      <c r="M345" s="18"/>
+      <c r="N345" s="18"/>
+      <c r="O345" s="49"/>
+    </row>
+    <row r="346" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B346" s="44"/>
+      <c r="C346" s="44" t="s">
         <v>4</v>
       </c>
-      <c r="D334" s="21">
-[...24 lines deleted...]
-      <c r="C335" s="25" t="s">
+      <c r="D346" s="18">
+        <v>111.1801</v>
+      </c>
+      <c r="E346" s="50"/>
+      <c r="F346" s="18">
+        <v>108.24420000000001</v>
+      </c>
+      <c r="G346" s="50"/>
+      <c r="H346" s="18">
+        <v>95.928899999999999</v>
+      </c>
+      <c r="I346" s="18"/>
+      <c r="J346" s="18">
+        <v>118.7581</v>
+      </c>
+      <c r="K346" s="50"/>
+      <c r="L346" s="18">
+        <v>91.550200000000004</v>
+      </c>
+      <c r="M346" s="18"/>
+      <c r="N346" s="18"/>
+      <c r="O346" s="49"/>
+    </row>
+    <row r="347" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B347" s="44"/>
+      <c r="C347" s="44" t="s">
         <v>5</v>
       </c>
-      <c r="D335" s="21">
-[...20 lines deleted...]
-      <c r="C336" s="25" t="s">
+      <c r="D347" s="18">
+        <v>111.1096</v>
+      </c>
+      <c r="E347" s="50"/>
+      <c r="F347" s="18">
+        <v>108.29770000000001</v>
+      </c>
+      <c r="G347" s="50"/>
+      <c r="H347" s="18">
+        <v>96.354900000000001</v>
+      </c>
+      <c r="I347" s="18"/>
+      <c r="J347" s="18"/>
+      <c r="K347" s="50"/>
+      <c r="L347" s="18"/>
+      <c r="M347" s="18"/>
+      <c r="N347" s="18"/>
+      <c r="O347" s="49"/>
+    </row>
+    <row r="348" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B348" s="44"/>
+      <c r="C348" s="44" t="s">
         <v>6</v>
       </c>
-      <c r="D336" s="21">
-[...20 lines deleted...]
-      <c r="C337" s="25" t="s">
+      <c r="D348" s="18">
+        <v>111.12609999999999</v>
+      </c>
+      <c r="E348" s="50"/>
+      <c r="F348" s="18">
+        <v>108.2822</v>
+      </c>
+      <c r="G348" s="50"/>
+      <c r="H348" s="18">
+        <v>95.200100000000006</v>
+      </c>
+      <c r="I348" s="18"/>
+      <c r="J348" s="18"/>
+      <c r="K348" s="50"/>
+      <c r="L348" s="18"/>
+      <c r="M348" s="18"/>
+      <c r="N348" s="18"/>
+      <c r="O348" s="49"/>
+    </row>
+    <row r="349" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B349" s="44"/>
+      <c r="C349" s="46" t="s">
         <v>7</v>
       </c>
-      <c r="D337" s="21">
-[...24 lines deleted...]
-      <c r="C338" s="48" t="s">
+      <c r="D349" s="18">
+        <v>111.0515</v>
+      </c>
+      <c r="E349" s="50"/>
+      <c r="F349" s="18">
+        <v>108.4631</v>
+      </c>
+      <c r="G349" s="50"/>
+      <c r="H349" s="18">
+        <v>94.711799999999997</v>
+      </c>
+      <c r="I349" s="18"/>
+      <c r="J349" s="18">
+        <v>117.43640000000001</v>
+      </c>
+      <c r="K349" s="50"/>
+      <c r="L349" s="18">
+        <v>95.552499999999995</v>
+      </c>
+      <c r="M349" s="18"/>
+      <c r="N349" s="18"/>
+      <c r="O349" s="49"/>
+    </row>
+    <row r="350" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B350" s="44"/>
+      <c r="C350" s="46" t="s">
         <v>8</v>
       </c>
-      <c r="D338" s="49">
-[...20 lines deleted...]
-      <c r="C339" s="25" t="s">
+      <c r="D350" s="18">
+        <v>111.2978</v>
+      </c>
+      <c r="E350" s="50"/>
+      <c r="F350" s="18">
+        <v>108.8779</v>
+      </c>
+      <c r="G350" s="50"/>
+      <c r="H350" s="18">
+        <v>96.319100000000006</v>
+      </c>
+      <c r="I350" s="18"/>
+      <c r="J350" s="18"/>
+      <c r="K350" s="50"/>
+      <c r="L350" s="18"/>
+      <c r="M350" s="18"/>
+      <c r="N350" s="18"/>
+      <c r="O350" s="49"/>
+    </row>
+    <row r="351" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="47"/>
+      <c r="B351" s="47"/>
+      <c r="C351" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="D339" s="21">
-[...20 lines deleted...]
-      <c r="C340" s="48" t="s">
+      <c r="D351" s="18">
+        <v>111.47190000000001</v>
+      </c>
+      <c r="E351" s="50"/>
+      <c r="F351" s="18">
+        <v>109.0389</v>
+      </c>
+      <c r="G351" s="50"/>
+      <c r="H351" s="18">
+        <v>95.118899999999996</v>
+      </c>
+      <c r="I351" s="18"/>
+      <c r="J351" s="18"/>
+      <c r="K351" s="50"/>
+      <c r="L351" s="18"/>
+      <c r="M351" s="18"/>
+      <c r="N351" s="18"/>
+      <c r="O351" s="49"/>
+    </row>
+    <row r="352" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="47"/>
+      <c r="B352" s="47"/>
+      <c r="C352" s="46" t="s">
         <v>10</v>
       </c>
-      <c r="D340" s="49">
-[...24 lines deleted...]
-      <c r="C341" s="48" t="s">
+      <c r="D352" s="18">
+        <v>111.4709</v>
+      </c>
+      <c r="E352" s="50"/>
+      <c r="F352" s="18">
+        <v>109.1067</v>
+      </c>
+      <c r="G352" s="50"/>
+      <c r="H352" s="18">
+        <v>94.195099999999996</v>
+      </c>
+      <c r="I352" s="18"/>
+      <c r="J352" s="18">
+        <v>117.41719999999999</v>
+      </c>
+      <c r="K352" s="50"/>
+      <c r="L352" s="18">
+        <v>97.0214</v>
+      </c>
+      <c r="M352" s="18"/>
+      <c r="N352" s="18"/>
+      <c r="O352" s="49"/>
+    </row>
+    <row r="353" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="47"/>
+      <c r="B353" s="47"/>
+      <c r="C353" s="48" t="s">
         <v>11</v>
       </c>
-      <c r="D341" s="49">
-[...20 lines deleted...]
-      <c r="C342" s="48" t="s">
+      <c r="D353" s="18">
+        <v>111.3263</v>
+      </c>
+      <c r="E353" s="50"/>
+      <c r="F353" s="18">
+        <v>109.3419</v>
+      </c>
+      <c r="G353" s="50"/>
+      <c r="H353" s="18">
+        <v>95.125200000000007</v>
+      </c>
+      <c r="I353" s="18"/>
+      <c r="J353" s="18"/>
+      <c r="K353" s="50"/>
+      <c r="L353" s="18"/>
+      <c r="M353" s="18"/>
+      <c r="N353" s="18"/>
+      <c r="O353" s="49"/>
+    </row>
+    <row r="354" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="47"/>
+      <c r="B354" s="47"/>
+      <c r="C354" s="48" t="s">
         <v>12</v>
       </c>
-      <c r="D342" s="49">
-[...309 lines deleted...]
-      <c r="D354" s="66">
+      <c r="D354" s="18">
         <v>111.1236</v>
       </c>
-      <c r="E354" s="67"/>
-[...13 lines deleted...]
-      <c r="O354" s="69"/>
+      <c r="E354" s="50"/>
+      <c r="F354" s="18">
+        <v>109.294</v>
+      </c>
+      <c r="G354" s="50"/>
+      <c r="H354" s="18">
+        <v>94.768500000000003</v>
+      </c>
+      <c r="I354" s="18"/>
+      <c r="J354" s="18"/>
+      <c r="K354" s="50"/>
+      <c r="L354" s="18"/>
+      <c r="M354" s="18"/>
+      <c r="N354" s="18"/>
+      <c r="O354" s="49"/>
     </row>
     <row r="355" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="9"/>
-      <c r="B355" s="74"/>
-      <c r="C355" s="75" t="s">
+      <c r="B355" s="55"/>
+      <c r="C355" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="D355" s="76">
+      <c r="D355" s="19">
         <v>110.8909</v>
       </c>
-      <c r="E355" s="77"/>
-[...17 lines deleted...]
-      <c r="O355" s="73"/>
+      <c r="E355" s="52"/>
+      <c r="F355" s="19">
+        <v>109.3574</v>
+      </c>
+      <c r="G355" s="52"/>
+      <c r="H355" s="19">
+        <v>94.495999999999995</v>
+      </c>
+      <c r="I355" s="19"/>
+      <c r="J355" s="19">
+        <v>117.0303</v>
+      </c>
+      <c r="K355" s="52"/>
+      <c r="L355" s="19">
+        <v>98.173100000000005</v>
+      </c>
+      <c r="M355" s="19"/>
+      <c r="N355" s="19"/>
+      <c r="O355" s="49"/>
     </row>
     <row r="356" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="9"/>
-      <c r="B356" s="48">
+      <c r="B356" s="44">
         <v>2025</v>
       </c>
-      <c r="C356" s="53" t="s">
+      <c r="C356" s="48" t="s">
         <v>2</v>
       </c>
-      <c r="D356" s="66">
+      <c r="D356" s="18">
         <v>110.75960000000001</v>
       </c>
-      <c r="E356" s="67"/>
-[...18 lines deleted...]
-      <c r="C357" s="53" t="s">
+      <c r="E356" s="50"/>
+      <c r="F356" s="18">
+        <v>109.4258</v>
+      </c>
+      <c r="G356" s="50"/>
+      <c r="H356" s="18">
+        <v>94.945599999999999</v>
+      </c>
+      <c r="I356" s="18"/>
+      <c r="J356" s="18"/>
+      <c r="K356" s="50"/>
+      <c r="L356" s="18"/>
+      <c r="M356" s="18"/>
+      <c r="N356" s="18"/>
+      <c r="O356" s="49"/>
+    </row>
+    <row r="357" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="47"/>
+      <c r="B357" s="44"/>
+      <c r="C357" s="48" t="s">
         <v>3</v>
       </c>
-      <c r="D357" s="66">
+      <c r="D357" s="18">
         <v>110.50620000000001</v>
       </c>
-      <c r="E357" s="67"/>
-[...18 lines deleted...]
-      <c r="C358" s="66" t="s">
+      <c r="E357" s="50"/>
+      <c r="F357" s="18">
+        <v>109.08920000000001</v>
+      </c>
+      <c r="G357" s="50"/>
+      <c r="H357" s="18">
+        <v>94.970799999999997</v>
+      </c>
+      <c r="I357" s="18"/>
+      <c r="J357" s="18"/>
+      <c r="K357" s="50"/>
+      <c r="L357" s="18"/>
+      <c r="M357" s="18"/>
+      <c r="N357" s="18"/>
+      <c r="O357" s="49"/>
+    </row>
+    <row r="358" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="47"/>
+      <c r="B358" s="44"/>
+      <c r="C358" s="54" t="s">
         <v>4</v>
       </c>
-      <c r="D358" s="66">
+      <c r="D358" s="18">
         <v>111.3047</v>
       </c>
-      <c r="E358" s="67"/>
-[...22 lines deleted...]
-      <c r="C359" s="48" t="s">
+      <c r="E358" s="50"/>
+      <c r="F358" s="18">
+        <v>109.65479999999999</v>
+      </c>
+      <c r="G358" s="50"/>
+      <c r="H358" s="18">
+        <v>94.895700000000005</v>
+      </c>
+      <c r="I358" s="18"/>
+      <c r="J358" s="18">
+        <v>117.2393</v>
+      </c>
+      <c r="K358" s="50"/>
+      <c r="L358" s="18">
+        <v>98.617900000000006</v>
+      </c>
+      <c r="M358" s="18"/>
+      <c r="N358" s="18"/>
+      <c r="O358" s="49"/>
+    </row>
+    <row r="359" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="47"/>
+      <c r="B359" s="44"/>
+      <c r="C359" s="44" t="s">
         <v>5</v>
       </c>
-      <c r="D359" s="66">
+      <c r="D359" s="18">
         <v>112.3467</v>
       </c>
-      <c r="E359" s="67"/>
-[...18 lines deleted...]
-      <c r="C360" s="48" t="s">
+      <c r="E359" s="50"/>
+      <c r="F359" s="18">
+        <v>110.57980000000001</v>
+      </c>
+      <c r="G359" s="50"/>
+      <c r="H359" s="18">
+        <v>94.688699999999997</v>
+      </c>
+      <c r="I359" s="18"/>
+      <c r="J359" s="18"/>
+      <c r="K359" s="50"/>
+      <c r="L359" s="18"/>
+      <c r="M359" s="18"/>
+      <c r="N359" s="18"/>
+      <c r="O359" s="49"/>
+    </row>
+    <row r="360" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="47"/>
+      <c r="B360" s="44"/>
+      <c r="C360" s="44" t="s">
         <v>6</v>
       </c>
-      <c r="D360" s="66">
+      <c r="D360" s="18">
         <v>112.12560000000001</v>
       </c>
-      <c r="E360" s="67"/>
-[...18 lines deleted...]
-      <c r="C361" s="82" t="s">
+      <c r="E360" s="50"/>
+      <c r="F360" s="18">
+        <v>110.92440000000001</v>
+      </c>
+      <c r="G360" s="50"/>
+      <c r="H360" s="18">
+        <v>94.816199999999995</v>
+      </c>
+      <c r="I360" s="18"/>
+      <c r="J360" s="18"/>
+      <c r="K360" s="50"/>
+      <c r="L360" s="18"/>
+      <c r="M360" s="18"/>
+      <c r="N360" s="18"/>
+      <c r="O360" s="49"/>
+    </row>
+    <row r="361" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="47"/>
+      <c r="B361" s="58"/>
+      <c r="C361" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="D361" s="83">
+      <c r="D361" s="18">
         <v>112.565</v>
       </c>
-      <c r="E361" s="80"/>
-[...22 lines deleted...]
-      <c r="C362" s="48" t="s">
+      <c r="E361" s="50"/>
+      <c r="F361" s="18">
+        <v>111.4714</v>
+      </c>
+      <c r="G361" s="50"/>
+      <c r="H361" s="18">
+        <v>95.397999999999996</v>
+      </c>
+      <c r="I361" s="18"/>
+      <c r="J361" s="18">
+        <v>120.1035</v>
+      </c>
+      <c r="K361" s="50"/>
+      <c r="L361" s="18">
+        <v>99.584400000000002</v>
+      </c>
+      <c r="M361" s="18"/>
+      <c r="N361" s="18"/>
+      <c r="O361" s="49"/>
+    </row>
+    <row r="362" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="47"/>
+      <c r="B362" s="58"/>
+      <c r="C362" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="D362" s="66">
+      <c r="D362" s="18">
         <v>112.9392</v>
       </c>
-      <c r="E362" s="67"/>
-[...18 lines deleted...]
-      <c r="C363" s="51" t="s">
+      <c r="E362" s="50"/>
+      <c r="F362" s="18">
+        <v>112.2444</v>
+      </c>
+      <c r="G362" s="50"/>
+      <c r="H362" s="18">
+        <v>96.292199999999994</v>
+      </c>
+      <c r="I362" s="18"/>
+      <c r="J362" s="18"/>
+      <c r="K362" s="50"/>
+      <c r="L362" s="18"/>
+      <c r="M362" s="18"/>
+      <c r="N362" s="18"/>
+      <c r="O362" s="49"/>
+    </row>
+    <row r="363" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="47"/>
+      <c r="B363" s="58"/>
+      <c r="C363" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="D363" s="83">
+      <c r="D363" s="18">
         <v>112.9357</v>
       </c>
-      <c r="E363" s="80"/>
-[...18 lines deleted...]
-      <c r="C364" s="79" t="s">
+      <c r="E363" s="50"/>
+      <c r="F363" s="18">
+        <v>112.2796</v>
+      </c>
+      <c r="G363" s="50"/>
+      <c r="H363" s="18">
+        <v>95.991</v>
+      </c>
+      <c r="I363" s="18"/>
+      <c r="J363" s="18"/>
+      <c r="K363" s="50"/>
+      <c r="L363" s="18"/>
+      <c r="M363" s="18"/>
+      <c r="N363" s="18"/>
+      <c r="O363" s="49"/>
+    </row>
+    <row r="364" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="47"/>
+      <c r="B364" s="44"/>
+      <c r="C364" s="44" t="s">
         <v>10</v>
       </c>
-      <c r="D364" s="70">
+      <c r="D364" s="18">
         <v>113.0534</v>
       </c>
-      <c r="E364" s="71"/>
-[...16 lines deleted...]
-      <c r="B365" s="4" t="s">
+      <c r="E364" s="50"/>
+      <c r="F364" s="18">
+        <v>112.4246</v>
+      </c>
+      <c r="G364" s="50"/>
+      <c r="H364" s="18">
+        <v>95.920699999999997</v>
+      </c>
+      <c r="I364" s="18"/>
+      <c r="J364" s="18"/>
+      <c r="K364" s="50"/>
+      <c r="L364" s="18"/>
+      <c r="M364" s="18"/>
+      <c r="N364" s="18"/>
+      <c r="O364" s="49"/>
+    </row>
+    <row r="365" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="47"/>
+      <c r="B365" s="44"/>
+      <c r="C365" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D365" s="70">
+        <v>112.85590000000001</v>
+      </c>
+      <c r="E365" s="71"/>
+      <c r="F365" s="70">
+        <v>111.9537</v>
+      </c>
+      <c r="G365" s="71"/>
+      <c r="H365" s="70">
+        <v>95.652299999999997</v>
+      </c>
+      <c r="I365" s="70"/>
+      <c r="J365" s="70"/>
+      <c r="K365" s="71"/>
+      <c r="L365" s="70"/>
+      <c r="M365" s="70"/>
+      <c r="N365" s="70"/>
+      <c r="O365" s="72"/>
+    </row>
+    <row r="366" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="47"/>
+      <c r="B366" s="57"/>
+      <c r="C366" s="57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D366" s="64">
+        <v>112.7282</v>
+      </c>
+      <c r="E366" s="65"/>
+      <c r="F366" s="64">
+        <v>111.6504</v>
+      </c>
+      <c r="G366" s="65"/>
+      <c r="H366" s="64">
+        <v>95.583600000000004</v>
+      </c>
+      <c r="I366" s="64"/>
+      <c r="J366" s="64"/>
+      <c r="K366" s="65"/>
+      <c r="L366" s="64"/>
+      <c r="M366" s="64"/>
+      <c r="N366" s="64"/>
+      <c r="O366" s="49"/>
+    </row>
+    <row r="367" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:L6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="247" max="11" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="B20:B260" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>