--- v2 (2026-01-03)
+++ v3 (2026-01-26)
@@ -5,74 +5,74 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5176EC68-0DBB-4752-A76C-7501112A5651}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88F3E959-111D-46B6-A7BC-9AFF89C4966C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="19" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$366</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$367</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="46">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -505,70 +505,70 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Tanka linija ispod" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -820,51 +820,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:O367"/>
+  <dimension ref="A2:O368"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="2.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" style="3" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="2.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="2.28515625" style="4" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="2.28515625" style="4" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="42" t="s">
         <v>44</v>
       </c>
@@ -881,9248 +881,9277 @@
       </c>
       <c r="D3" s="10"/>
       <c r="E3" s="8"/>
       <c r="F3" s="10"/>
       <c r="G3" s="8"/>
       <c r="H3" s="10"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D4" s="10"/>
       <c r="E4" s="8"/>
       <c r="F4" s="10"/>
       <c r="G4" s="8"/>
       <c r="H4" s="10"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="8"/>
       <c r="F5" s="10"/>
       <c r="G5" s="8"/>
       <c r="H5" s="10"/>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="66" t="s">
+      <c r="B6" s="69" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="66" t="s">
+      <c r="C6" s="69" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="68" t="s">
+      <c r="D6" s="71" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="69" t="s">
+      <c r="F6" s="72" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="69"/>
-[...4 lines deleted...]
-      <c r="L6" s="69"/>
+      <c r="G6" s="72"/>
+      <c r="H6" s="72"/>
+      <c r="I6" s="72"/>
+      <c r="J6" s="72"/>
+      <c r="K6" s="72"/>
+      <c r="L6" s="72"/>
       <c r="M6" s="11"/>
     </row>
     <row r="7" spans="2:15" ht="34.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="67"/>
-[...1 lines deleted...]
-      <c r="D7" s="68"/>
+      <c r="B7" s="70"/>
+      <c r="C7" s="70"/>
+      <c r="D7" s="71"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="15"/>
       <c r="H7" s="16" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="17"/>
       <c r="J7" s="16" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="17"/>
       <c r="L7" s="16" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="17"/>
     </row>
     <row r="8" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="40">
-        <v>103.31270000000001</v>
+        <v>103.7252</v>
       </c>
       <c r="E8" s="50"/>
       <c r="F8" s="40">
-        <v>100.57850000000001</v>
+        <v>100.8254</v>
       </c>
       <c r="G8" s="50"/>
       <c r="H8" s="40">
-        <v>112.78400000000001</v>
+        <v>112.7882</v>
       </c>
       <c r="I8" s="40"/>
       <c r="J8" s="40" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="50"/>
       <c r="L8" s="40"/>
       <c r="M8" s="40"/>
       <c r="N8" s="40"/>
       <c r="O8" s="49"/>
     </row>
     <row r="9" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="23"/>
       <c r="C9" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="40">
-        <v>103.5352</v>
+        <v>103.9472</v>
       </c>
       <c r="E9" s="50"/>
       <c r="F9" s="40">
-        <v>101.1028</v>
+        <v>101.3558</v>
       </c>
       <c r="G9" s="50"/>
       <c r="H9" s="40">
-        <v>112.2585</v>
+        <v>112.2623</v>
       </c>
       <c r="I9" s="40"/>
       <c r="J9" s="40"/>
       <c r="K9" s="50"/>
       <c r="L9" s="40"/>
       <c r="M9" s="40"/>
       <c r="N9" s="40"/>
       <c r="O9" s="49"/>
     </row>
     <row r="10" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="23"/>
       <c r="C10" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="40">
-        <v>102.8878</v>
+        <v>103.2919</v>
       </c>
       <c r="E10" s="50"/>
       <c r="F10" s="40">
-        <v>100.1808</v>
+        <v>100.4298</v>
       </c>
       <c r="G10" s="50"/>
       <c r="H10" s="40">
-        <v>110.6485</v>
+        <v>110.6515</v>
       </c>
       <c r="I10" s="40"/>
       <c r="J10" s="40"/>
       <c r="K10" s="50"/>
       <c r="L10" s="40">
-        <v>82.3643</v>
+        <v>82.558099999999996</v>
       </c>
       <c r="M10" s="40"/>
       <c r="N10" s="40"/>
       <c r="O10" s="49"/>
     </row>
     <row r="11" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="23"/>
       <c r="C11" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="40">
-        <v>102.0556</v>
+        <v>102.44410000000001</v>
       </c>
       <c r="E11" s="50"/>
       <c r="F11" s="40">
-        <v>98.199700000000007</v>
+        <v>98.435599999999994</v>
       </c>
       <c r="G11" s="50"/>
       <c r="H11" s="40">
-        <v>110.4669</v>
+        <v>110.4691</v>
       </c>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="50"/>
       <c r="L11" s="40"/>
       <c r="M11" s="40"/>
       <c r="N11" s="40"/>
       <c r="O11" s="49"/>
     </row>
     <row r="12" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="23"/>
       <c r="C12" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="40">
-        <v>102.3147</v>
+        <v>102.6925</v>
       </c>
       <c r="E12" s="50"/>
       <c r="F12" s="40">
-        <v>99.414400000000001</v>
+        <v>99.646500000000003</v>
       </c>
       <c r="G12" s="50"/>
       <c r="H12" s="40">
-        <v>110.3186</v>
+        <v>110.3198</v>
       </c>
       <c r="I12" s="40"/>
       <c r="J12" s="40"/>
       <c r="K12" s="50"/>
       <c r="L12" s="40"/>
       <c r="M12" s="40"/>
       <c r="N12" s="40"/>
       <c r="O12" s="49"/>
     </row>
     <row r="13" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="23"/>
       <c r="C13" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="40">
-        <v>103.44110000000001</v>
+        <v>103.81829999999999</v>
       </c>
       <c r="E13" s="50"/>
       <c r="F13" s="40">
-        <v>100.7051</v>
+        <v>100.9379</v>
       </c>
       <c r="G13" s="50"/>
       <c r="H13" s="40">
-        <v>112.0265</v>
+        <v>112.0279</v>
       </c>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="50"/>
       <c r="L13" s="40">
-        <v>85.204899999999995</v>
+        <v>85.393799999999999</v>
       </c>
       <c r="M13" s="40"/>
       <c r="N13" s="40"/>
       <c r="O13" s="49"/>
     </row>
     <row r="14" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="23"/>
       <c r="C14" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="40">
-        <v>104.65730000000001</v>
+        <v>105.0441</v>
       </c>
       <c r="E14" s="50"/>
       <c r="F14" s="40">
-        <v>101.105</v>
+        <v>101.34610000000001</v>
       </c>
       <c r="G14" s="50"/>
       <c r="H14" s="40">
-        <v>113.0902</v>
+        <v>113.09220000000001</v>
       </c>
       <c r="I14" s="40"/>
       <c r="J14" s="40"/>
       <c r="K14" s="50"/>
       <c r="L14" s="40"/>
       <c r="M14" s="40"/>
       <c r="N14" s="40"/>
       <c r="O14" s="49"/>
     </row>
     <row r="15" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="23"/>
       <c r="C15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="40">
-        <v>106.02330000000001</v>
+        <v>106.4204</v>
       </c>
       <c r="E15" s="50"/>
       <c r="F15" s="40">
-        <v>101.4629</v>
+        <v>101.7163</v>
       </c>
       <c r="G15" s="50"/>
       <c r="H15" s="40">
-        <v>113.7758</v>
+        <v>113.7784</v>
       </c>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="50"/>
       <c r="L15" s="40"/>
       <c r="M15" s="40"/>
       <c r="N15" s="40"/>
       <c r="O15" s="49"/>
     </row>
     <row r="16" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="23"/>
       <c r="C16" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="40">
-        <v>104.94070000000001</v>
+        <v>105.32089999999999</v>
       </c>
       <c r="E16" s="50"/>
       <c r="F16" s="40">
-        <v>100.1957</v>
+        <v>100.435</v>
       </c>
       <c r="G16" s="50"/>
       <c r="H16" s="40">
-        <v>112.05419999999999</v>
+        <v>112.0561</v>
       </c>
       <c r="I16" s="40"/>
       <c r="J16" s="40"/>
       <c r="K16" s="50"/>
       <c r="L16" s="40">
-        <v>92.287300000000002</v>
+        <v>92.502099999999999</v>
       </c>
       <c r="M16" s="40"/>
       <c r="N16" s="40"/>
       <c r="O16" s="49"/>
     </row>
     <row r="17" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23"/>
       <c r="C17" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="40">
-        <v>103.6225</v>
+        <v>103.9855</v>
       </c>
       <c r="E17" s="50"/>
       <c r="F17" s="40">
-        <v>99.205500000000001</v>
+        <v>99.430599999999998</v>
       </c>
       <c r="G17" s="50"/>
       <c r="H17" s="40">
-        <v>109.6724</v>
+        <v>109.67359999999999</v>
       </c>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="50"/>
       <c r="L17" s="40"/>
       <c r="M17" s="40"/>
       <c r="N17" s="40"/>
       <c r="O17" s="49"/>
     </row>
     <row r="18" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="23"/>
       <c r="C18" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="40">
-        <v>104.41119999999999</v>
+        <v>104.7834</v>
       </c>
       <c r="E18" s="50"/>
       <c r="F18" s="40">
-        <v>100.2557</v>
+        <v>100.48909999999999</v>
       </c>
       <c r="G18" s="50"/>
       <c r="H18" s="40">
-        <v>111.4898</v>
+        <v>111.4913</v>
       </c>
       <c r="I18" s="40"/>
       <c r="J18" s="40"/>
       <c r="K18" s="50"/>
       <c r="L18" s="40"/>
       <c r="M18" s="40"/>
       <c r="N18" s="40"/>
       <c r="O18" s="49"/>
     </row>
     <row r="19" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="24"/>
       <c r="C19" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="59">
-        <v>103.76819999999999</v>
+        <v>104.1178</v>
       </c>
       <c r="E19" s="60"/>
       <c r="F19" s="59">
-        <v>99.625299999999996</v>
+        <v>99.841399999999993</v>
       </c>
       <c r="G19" s="60"/>
       <c r="H19" s="59">
-        <v>110.5356</v>
+        <v>110.53619999999999</v>
       </c>
       <c r="I19" s="59"/>
       <c r="J19" s="59"/>
       <c r="K19" s="60"/>
       <c r="L19" s="59">
-        <v>89.357600000000005</v>
+        <v>89.553399999999996</v>
       </c>
       <c r="M19" s="59"/>
       <c r="N19" s="59"/>
       <c r="O19" s="49"/>
     </row>
     <row r="20" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="40">
-        <v>103.0061</v>
+        <v>103.3282</v>
       </c>
       <c r="E20" s="50"/>
       <c r="F20" s="40">
-        <v>99.891999999999996</v>
+        <v>100.08969999999999</v>
       </c>
       <c r="G20" s="50"/>
       <c r="H20" s="40">
-        <v>112.58920000000001</v>
+        <v>112.58929999999999</v>
       </c>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
       <c r="K20" s="50"/>
       <c r="L20" s="40"/>
       <c r="M20" s="40"/>
       <c r="N20" s="40"/>
       <c r="O20" s="49"/>
     </row>
     <row r="21" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="23"/>
       <c r="C21" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D21" s="40">
-        <v>102.4183</v>
+        <v>102.7016</v>
       </c>
       <c r="E21" s="50"/>
       <c r="F21" s="40">
-        <v>99.071899999999999</v>
+        <v>99.237499999999997</v>
       </c>
       <c r="G21" s="50"/>
       <c r="H21" s="40">
-        <v>109.6054</v>
+        <v>109.6053</v>
       </c>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="50"/>
       <c r="L21" s="40"/>
       <c r="M21" s="40"/>
       <c r="N21" s="40"/>
       <c r="O21" s="49"/>
     </row>
     <row r="22" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="23"/>
       <c r="C22" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="40">
-        <v>101.86709999999999</v>
+        <v>102.1361</v>
       </c>
       <c r="E22" s="50"/>
       <c r="F22" s="40">
-        <v>98.5578</v>
+        <v>98.714699999999993</v>
       </c>
       <c r="G22" s="50"/>
       <c r="H22" s="40">
-        <v>109.2718</v>
+        <v>109.2715</v>
       </c>
       <c r="I22" s="40"/>
       <c r="J22" s="40"/>
       <c r="K22" s="50"/>
       <c r="L22" s="40">
-        <v>89.642399999999995</v>
+        <v>89.759100000000004</v>
       </c>
       <c r="M22" s="40"/>
       <c r="N22" s="40"/>
       <c r="O22" s="49"/>
     </row>
     <row r="23" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="23"/>
       <c r="C23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="40">
-        <v>101.72199999999999</v>
+        <v>101.9791</v>
       </c>
       <c r="E23" s="50"/>
       <c r="F23" s="40">
-        <v>98.257000000000005</v>
+        <v>98.407300000000006</v>
       </c>
       <c r="G23" s="50"/>
       <c r="H23" s="40">
-        <v>108.5886</v>
+        <v>108.5879</v>
       </c>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="50"/>
       <c r="L23" s="40"/>
       <c r="M23" s="40"/>
       <c r="N23" s="40"/>
       <c r="O23" s="49"/>
     </row>
     <row r="24" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="23"/>
       <c r="C24" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="40">
-        <v>101.5836</v>
+        <v>101.846</v>
       </c>
       <c r="E24" s="50"/>
       <c r="F24" s="40">
-        <v>98.816800000000001</v>
+        <v>98.979500000000002</v>
       </c>
       <c r="G24" s="50"/>
       <c r="H24" s="40">
-        <v>108.49469999999999</v>
+        <v>108.494</v>
       </c>
       <c r="I24" s="40"/>
       <c r="J24" s="40"/>
       <c r="K24" s="50"/>
       <c r="L24" s="40"/>
       <c r="M24" s="40"/>
       <c r="N24" s="40"/>
       <c r="O24" s="49"/>
     </row>
     <row r="25" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="23"/>
       <c r="C25" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="40">
-        <v>101.4957</v>
+        <v>101.75530000000001</v>
       </c>
       <c r="E25" s="50"/>
       <c r="F25" s="40">
-        <v>98.837199999999996</v>
+        <v>99.000100000000003</v>
       </c>
       <c r="G25" s="50"/>
       <c r="H25" s="40">
-        <v>108.2071</v>
+        <v>108.206</v>
       </c>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="50"/>
       <c r="L25" s="40">
-        <v>88.977900000000005</v>
+        <v>89.070099999999996</v>
       </c>
       <c r="M25" s="40"/>
       <c r="N25" s="40"/>
       <c r="O25" s="49"/>
     </row>
     <row r="26" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="23"/>
       <c r="C26" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="40">
-        <v>100.48309999999999</v>
+        <v>100.69889999999999</v>
       </c>
       <c r="E26" s="50"/>
       <c r="F26" s="40">
-        <v>96.287199999999999</v>
+        <v>96.412000000000006</v>
       </c>
       <c r="G26" s="50"/>
       <c r="H26" s="40">
-        <v>107.03</v>
+        <v>107.02800000000001</v>
       </c>
       <c r="I26" s="40"/>
       <c r="J26" s="40"/>
       <c r="K26" s="50"/>
       <c r="L26" s="40"/>
       <c r="M26" s="40"/>
       <c r="N26" s="40"/>
       <c r="O26" s="49"/>
     </row>
     <row r="27" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="23"/>
       <c r="C27" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="40">
-        <v>100.1674</v>
+        <v>100.3484</v>
       </c>
       <c r="E27" s="50"/>
       <c r="F27" s="40">
-        <v>95.786100000000005</v>
+        <v>95.879499999999993</v>
       </c>
       <c r="G27" s="50"/>
       <c r="H27" s="40">
-        <v>107.87309999999999</v>
+        <v>107.87090000000001</v>
       </c>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="50"/>
       <c r="L27" s="40"/>
       <c r="M27" s="40"/>
       <c r="N27" s="40"/>
       <c r="O27" s="49"/>
     </row>
     <row r="28" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="23"/>
       <c r="C28" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="40">
-        <v>101.6212</v>
+        <v>101.8006</v>
       </c>
       <c r="E28" s="50"/>
       <c r="F28" s="40">
-        <v>97.005300000000005</v>
+        <v>97.096000000000004</v>
       </c>
       <c r="G28" s="50"/>
       <c r="H28" s="40">
-        <v>108.559</v>
+        <v>108.5574</v>
       </c>
       <c r="I28" s="40"/>
       <c r="J28" s="40"/>
       <c r="K28" s="50"/>
       <c r="L28" s="40">
-        <v>89.719499999999996</v>
+        <v>89.77</v>
       </c>
       <c r="M28" s="40"/>
       <c r="N28" s="40"/>
       <c r="O28" s="49"/>
     </row>
     <row r="29" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="23"/>
       <c r="C29" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="40">
-        <v>102.75530000000001</v>
+        <v>102.9325</v>
       </c>
       <c r="E29" s="50"/>
       <c r="F29" s="40">
-        <v>97.981399999999994</v>
+        <v>98.070700000000002</v>
       </c>
       <c r="G29" s="50"/>
       <c r="H29" s="40">
-        <v>109.1285</v>
+        <v>109.1275</v>
       </c>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="50"/>
       <c r="L29" s="40"/>
       <c r="M29" s="40"/>
       <c r="N29" s="40"/>
       <c r="O29" s="49"/>
     </row>
     <row r="30" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="23"/>
       <c r="C30" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D30" s="40">
-        <v>103.78319999999999</v>
+        <v>103.94199999999999</v>
       </c>
       <c r="E30" s="50"/>
       <c r="F30" s="40">
-        <v>99.657899999999998</v>
+        <v>99.730599999999995</v>
       </c>
       <c r="G30" s="50"/>
       <c r="H30" s="40">
-        <v>108.28879999999999</v>
+        <v>108.28830000000001</v>
       </c>
       <c r="I30" s="40"/>
       <c r="J30" s="40"/>
       <c r="K30" s="50"/>
       <c r="L30" s="40"/>
       <c r="M30" s="40"/>
       <c r="N30" s="40"/>
       <c r="O30" s="49"/>
     </row>
     <row r="31" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="24"/>
       <c r="C31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="59">
-        <v>104.3044</v>
+        <v>104.38849999999999</v>
       </c>
       <c r="E31" s="60"/>
       <c r="F31" s="59">
-        <v>101.0693</v>
+        <v>101.0766</v>
       </c>
       <c r="G31" s="60"/>
       <c r="H31" s="59">
-        <v>108.37309999999999</v>
+        <v>108.373</v>
       </c>
       <c r="I31" s="59"/>
       <c r="J31" s="59"/>
       <c r="K31" s="60"/>
       <c r="L31" s="59">
-        <v>95.854699999999994</v>
+        <v>95.8887</v>
       </c>
       <c r="M31" s="59"/>
       <c r="N31" s="59"/>
       <c r="O31" s="49"/>
     </row>
     <row r="32" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="40">
-        <v>105.0206</v>
+        <v>105.0609</v>
       </c>
       <c r="E32" s="50"/>
       <c r="F32" s="40">
-        <v>103.6185</v>
+        <v>103.60080000000001</v>
       </c>
       <c r="G32" s="50"/>
       <c r="H32" s="40">
-        <v>106.5034</v>
+        <v>106.5035</v>
       </c>
       <c r="I32" s="40"/>
       <c r="J32" s="40"/>
       <c r="K32" s="50"/>
       <c r="L32" s="40"/>
       <c r="M32" s="40"/>
       <c r="N32" s="40"/>
       <c r="O32" s="49"/>
     </row>
     <row r="33" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="23"/>
       <c r="C33" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D33" s="40">
-        <v>104.2501</v>
+        <v>104.3018</v>
       </c>
       <c r="E33" s="50"/>
       <c r="F33" s="40">
-        <v>103.0643</v>
+        <v>103.0646</v>
       </c>
       <c r="G33" s="50"/>
       <c r="H33" s="40">
-        <v>105.9106</v>
+        <v>105.91070000000001</v>
       </c>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="50"/>
       <c r="L33" s="40"/>
       <c r="M33" s="40"/>
       <c r="N33" s="40"/>
       <c r="O33" s="49"/>
     </row>
     <row r="34" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="23"/>
       <c r="C34" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="40">
-        <v>103.6756</v>
+        <v>103.72880000000001</v>
       </c>
       <c r="E34" s="50"/>
       <c r="F34" s="40">
-        <v>102.6949</v>
+        <v>102.7024</v>
       </c>
       <c r="G34" s="50"/>
       <c r="H34" s="40">
-        <v>104.803</v>
+        <v>104.8032</v>
       </c>
       <c r="I34" s="40"/>
       <c r="J34" s="40">
-        <v>103.81740000000001</v>
+        <v>103.8242</v>
       </c>
       <c r="K34" s="50"/>
       <c r="L34" s="40">
-        <v>99.889799999999994</v>
+        <v>99.862200000000001</v>
       </c>
       <c r="M34" s="40"/>
       <c r="N34" s="40"/>
       <c r="O34" s="49"/>
     </row>
     <row r="35" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="23"/>
       <c r="C35" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="40">
-        <v>102.67310000000001</v>
+        <v>102.7253</v>
       </c>
       <c r="E35" s="50"/>
       <c r="F35" s="40">
-        <v>101.97190000000001</v>
+        <v>101.9828</v>
       </c>
       <c r="G35" s="50"/>
       <c r="H35" s="40">
-        <v>103.6467</v>
+        <v>103.6469</v>
       </c>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="50"/>
       <c r="L35" s="40"/>
       <c r="M35" s="40"/>
       <c r="N35" s="40"/>
       <c r="O35" s="49"/>
     </row>
     <row r="36" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="23"/>
       <c r="C36" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="40">
-        <v>102.6849</v>
+        <v>102.7354</v>
       </c>
       <c r="E36" s="50"/>
       <c r="F36" s="40">
-        <v>102.7106</v>
+        <v>102.72239999999999</v>
       </c>
       <c r="G36" s="50"/>
       <c r="H36" s="40">
         <v>103.33320000000001</v>
       </c>
       <c r="I36" s="40"/>
       <c r="J36" s="40"/>
       <c r="K36" s="50"/>
       <c r="L36" s="40"/>
       <c r="M36" s="40"/>
       <c r="N36" s="40"/>
       <c r="O36" s="49"/>
     </row>
     <row r="37" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="23"/>
       <c r="C37" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="40">
-        <v>101.967</v>
+        <v>102</v>
       </c>
       <c r="E37" s="50"/>
       <c r="F37" s="40">
-        <v>101.8369</v>
+        <v>101.83369999999999</v>
       </c>
       <c r="G37" s="50"/>
       <c r="H37" s="40">
-        <v>102.66370000000001</v>
+        <v>102.66379999999999</v>
       </c>
       <c r="I37" s="40"/>
       <c r="J37" s="40">
-        <v>101.5654</v>
+        <v>101.58029999999999</v>
       </c>
       <c r="K37" s="50"/>
       <c r="L37" s="40">
-        <v>98.929699999999997</v>
+        <v>98.915599999999998</v>
       </c>
       <c r="M37" s="40"/>
       <c r="N37" s="40"/>
       <c r="O37" s="49"/>
     </row>
     <row r="38" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="23"/>
       <c r="C38" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="40">
-        <v>101.65300000000001</v>
+        <v>101.6844</v>
       </c>
       <c r="E38" s="50"/>
       <c r="F38" s="40">
-        <v>100.93219999999999</v>
+        <v>100.9293</v>
       </c>
       <c r="G38" s="50"/>
       <c r="H38" s="40">
-        <v>102.23569999999999</v>
+        <v>102.2359</v>
       </c>
       <c r="I38" s="40"/>
       <c r="J38" s="40"/>
       <c r="K38" s="50"/>
       <c r="L38" s="40"/>
       <c r="M38" s="40"/>
       <c r="N38" s="40"/>
       <c r="O38" s="49"/>
     </row>
     <row r="39" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="23"/>
       <c r="C39" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="40">
-        <v>103.3122</v>
+        <v>103.3308</v>
       </c>
       <c r="E39" s="50"/>
       <c r="F39" s="40">
-        <v>102.2089</v>
+        <v>102.1968</v>
       </c>
       <c r="G39" s="50"/>
       <c r="H39" s="40">
-        <v>103.866</v>
+        <v>103.86620000000001</v>
       </c>
       <c r="I39" s="40"/>
       <c r="J39" s="40"/>
       <c r="K39" s="50"/>
       <c r="L39" s="40"/>
       <c r="M39" s="40"/>
       <c r="N39" s="40"/>
       <c r="O39" s="49"/>
     </row>
     <row r="40" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="23"/>
       <c r="C40" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="40">
-        <v>104.04470000000001</v>
+        <v>104.06870000000001</v>
       </c>
       <c r="E40" s="50"/>
       <c r="F40" s="40">
-        <v>102.7915</v>
+        <v>102.7954</v>
       </c>
       <c r="G40" s="50"/>
       <c r="H40" s="40">
-        <v>103.1811</v>
+        <v>103.18089999999999</v>
       </c>
       <c r="I40" s="40"/>
       <c r="J40" s="40">
-        <v>100.649</v>
+        <v>100.65430000000001</v>
       </c>
       <c r="K40" s="50"/>
       <c r="L40" s="40">
-        <v>98.710700000000003</v>
+        <v>98.703199999999995</v>
       </c>
       <c r="M40" s="40"/>
       <c r="N40" s="40"/>
       <c r="O40" s="49"/>
     </row>
     <row r="41" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="23"/>
       <c r="C41" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="40">
-        <v>102.95350000000001</v>
+        <v>102.991</v>
       </c>
       <c r="E41" s="50"/>
       <c r="F41" s="40">
-        <v>101.4932</v>
+        <v>101.5157</v>
       </c>
       <c r="G41" s="50"/>
       <c r="H41" s="40">
-        <v>101.9491</v>
+        <v>101.9486</v>
       </c>
       <c r="I41" s="40"/>
       <c r="J41" s="40"/>
       <c r="K41" s="50"/>
       <c r="L41" s="40"/>
       <c r="M41" s="40"/>
       <c r="N41" s="40"/>
       <c r="O41" s="49"/>
     </row>
     <row r="42" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="23"/>
       <c r="C42" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="40">
-        <v>102.3891</v>
+        <v>102.4203</v>
       </c>
       <c r="E42" s="50"/>
       <c r="F42" s="40">
-        <v>101.1812</v>
+        <v>101.2017</v>
       </c>
       <c r="G42" s="50"/>
       <c r="H42" s="40">
-        <v>101.488</v>
+        <v>101.4877</v>
       </c>
       <c r="I42" s="40"/>
       <c r="J42" s="40"/>
       <c r="K42" s="50"/>
       <c r="L42" s="40"/>
       <c r="M42" s="40"/>
       <c r="N42" s="40"/>
       <c r="O42" s="49"/>
     </row>
     <row r="43" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="24"/>
       <c r="C43" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="59">
-        <v>102.3591</v>
+        <v>102.3901</v>
       </c>
       <c r="E43" s="60"/>
       <c r="F43" s="59">
-        <v>101.2629</v>
+        <v>101.2851</v>
       </c>
       <c r="G43" s="60"/>
       <c r="H43" s="59">
-        <v>101.4952</v>
+        <v>101.4949</v>
       </c>
       <c r="I43" s="59"/>
       <c r="J43" s="59">
-        <v>100.5616</v>
+        <v>100.5834</v>
       </c>
       <c r="K43" s="61"/>
       <c r="L43" s="59">
-        <v>98.170900000000003</v>
+        <v>98.22</v>
       </c>
       <c r="M43" s="59"/>
       <c r="N43" s="59"/>
       <c r="O43" s="49"/>
     </row>
     <row r="44" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C44" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="40">
-        <v>102.4871</v>
+        <v>102.512</v>
       </c>
       <c r="E44" s="50"/>
       <c r="F44" s="40">
-        <v>102.12139999999999</v>
+        <v>102.1417</v>
       </c>
       <c r="G44" s="50"/>
       <c r="H44" s="40">
-        <v>101.9678</v>
+        <v>101.96769999999999</v>
       </c>
       <c r="I44" s="40"/>
       <c r="J44" s="40"/>
       <c r="K44" s="50"/>
       <c r="L44" s="40"/>
       <c r="M44" s="40"/>
       <c r="N44" s="40"/>
       <c r="O44" s="49"/>
     </row>
     <row r="45" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="26"/>
       <c r="C45" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D45" s="40">
-        <v>100.0981</v>
+        <v>100.0979</v>
       </c>
       <c r="E45" s="50"/>
       <c r="F45" s="40">
-        <v>99.995199999999997</v>
+        <v>99.992999999999995</v>
       </c>
       <c r="G45" s="50"/>
       <c r="H45" s="40">
         <v>99.747600000000006</v>
       </c>
       <c r="I45" s="40"/>
       <c r="J45" s="40"/>
       <c r="K45" s="50"/>
       <c r="L45" s="40"/>
       <c r="M45" s="40"/>
       <c r="N45" s="40"/>
       <c r="O45" s="49"/>
     </row>
     <row r="46" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="26"/>
       <c r="C46" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="40">
-        <v>97.972499999999997</v>
+        <v>97.953199999999995</v>
       </c>
       <c r="E46" s="50"/>
       <c r="F46" s="40">
-        <v>97.883399999999995</v>
+        <v>97.865300000000005</v>
       </c>
       <c r="G46" s="50"/>
       <c r="H46" s="40">
-        <v>98.284599999999998</v>
+        <v>98.284700000000001</v>
       </c>
       <c r="I46" s="40"/>
       <c r="J46" s="40">
         <v>100</v>
       </c>
       <c r="K46" s="50"/>
       <c r="L46" s="40">
         <v>100</v>
       </c>
       <c r="M46" s="40"/>
       <c r="N46" s="40"/>
       <c r="O46" s="49"/>
     </row>
     <row r="47" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="26"/>
       <c r="C47" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="40">
-        <v>97.625799999999998</v>
+        <v>97.601500000000001</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="40">
-        <v>97.566500000000005</v>
+        <v>97.542299999999997</v>
       </c>
       <c r="G47" s="50"/>
       <c r="H47" s="40">
-        <v>97.955699999999993</v>
+        <v>97.9559</v>
       </c>
       <c r="I47" s="40"/>
       <c r="J47" s="40"/>
       <c r="K47" s="50"/>
       <c r="L47" s="40"/>
       <c r="M47" s="40"/>
       <c r="N47" s="40"/>
       <c r="O47" s="49"/>
     </row>
     <row r="48" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="26"/>
       <c r="C48" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="40">
-        <v>97.581699999999998</v>
+        <v>97.554100000000005</v>
       </c>
       <c r="E48" s="50"/>
       <c r="F48" s="40">
-        <v>98.267399999999995</v>
+        <v>98.2423</v>
       </c>
       <c r="G48" s="50"/>
       <c r="H48" s="40">
-        <v>97.568600000000004</v>
+        <v>97.568700000000007</v>
       </c>
       <c r="I48" s="40"/>
       <c r="J48" s="40"/>
       <c r="K48" s="50"/>
       <c r="L48" s="40"/>
       <c r="M48" s="40"/>
       <c r="N48" s="40"/>
       <c r="O48" s="49"/>
     </row>
     <row r="49" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="26"/>
       <c r="C49" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="40">
-        <v>96.831999999999994</v>
+        <v>96.795900000000003</v>
       </c>
       <c r="E49" s="50"/>
       <c r="F49" s="40">
-        <v>97.428299999999993</v>
+        <v>97.397499999999994</v>
       </c>
       <c r="G49" s="50"/>
       <c r="H49" s="40">
-        <v>97.010300000000001</v>
+        <v>97.010599999999997</v>
       </c>
       <c r="I49" s="40"/>
       <c r="J49" s="40">
-        <v>95.994200000000006</v>
+        <v>95.973200000000006</v>
       </c>
       <c r="K49" s="50"/>
       <c r="L49" s="40">
-        <v>96.110600000000005</v>
+        <v>96.077500000000001</v>
       </c>
       <c r="M49" s="40"/>
       <c r="N49" s="40"/>
       <c r="O49" s="49"/>
     </row>
     <row r="50" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="26"/>
       <c r="C50" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="40">
-        <v>96.514099999999999</v>
+        <v>96.473699999999994</v>
       </c>
       <c r="E50" s="50"/>
       <c r="F50" s="40">
-        <v>97.115099999999998</v>
+        <v>97.079599999999999</v>
       </c>
       <c r="G50" s="50"/>
       <c r="H50" s="40">
-        <v>97.126400000000004</v>
+        <v>97.1267</v>
       </c>
       <c r="I50" s="40"/>
       <c r="J50" s="40"/>
       <c r="K50" s="50"/>
       <c r="L50" s="40"/>
       <c r="M50" s="40"/>
       <c r="N50" s="40"/>
       <c r="O50" s="49"/>
     </row>
     <row r="51" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="26"/>
       <c r="C51" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="40">
-        <v>97.602800000000002</v>
+        <v>97.565399999999997</v>
       </c>
       <c r="E51" s="50"/>
       <c r="F51" s="40">
-        <v>97.666899999999998</v>
+        <v>97.638999999999996</v>
       </c>
       <c r="G51" s="50"/>
       <c r="H51" s="40">
-        <v>98.178399999999996</v>
+        <v>98.178700000000006</v>
       </c>
       <c r="I51" s="40"/>
       <c r="J51" s="40"/>
       <c r="K51" s="50"/>
       <c r="L51" s="40"/>
       <c r="M51" s="40"/>
       <c r="N51" s="40"/>
       <c r="O51" s="49"/>
     </row>
     <row r="52" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="26"/>
       <c r="C52" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="40">
-        <v>96.692999999999998</v>
+        <v>96.652299999999997</v>
       </c>
       <c r="E52" s="50"/>
       <c r="F52" s="40">
-        <v>96.580200000000005</v>
+        <v>96.550399999999996</v>
       </c>
       <c r="G52" s="50"/>
       <c r="H52" s="40">
-        <v>97.373800000000003</v>
+        <v>97.374099999999999</v>
       </c>
       <c r="I52" s="40"/>
       <c r="J52" s="40">
-        <v>96.083399999999997</v>
+        <v>96.062799999999996</v>
       </c>
       <c r="K52" s="50"/>
       <c r="L52" s="40">
-        <v>96.848200000000006</v>
+        <v>96.828900000000004</v>
       </c>
       <c r="M52" s="40"/>
       <c r="N52" s="40"/>
       <c r="O52" s="49"/>
     </row>
     <row r="53" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="26"/>
       <c r="C53" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="40">
-        <v>97.311599999999999</v>
+        <v>97.274100000000004</v>
       </c>
       <c r="E53" s="50"/>
       <c r="F53" s="40">
-        <v>97.167299999999997</v>
+        <v>97.145499999999998</v>
       </c>
       <c r="G53" s="50"/>
       <c r="H53" s="40">
-        <v>97.522400000000005</v>
+        <v>97.5227</v>
       </c>
       <c r="I53" s="40"/>
       <c r="J53" s="40"/>
       <c r="K53" s="50"/>
       <c r="L53" s="40"/>
       <c r="M53" s="40"/>
       <c r="N53" s="40"/>
       <c r="O53" s="49"/>
     </row>
     <row r="54" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="23"/>
       <c r="C54" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="40">
-        <v>96.461299999999994</v>
+        <v>96.411799999999999</v>
       </c>
       <c r="E54" s="50"/>
       <c r="F54" s="40">
-        <v>95.704899999999995</v>
+        <v>95.674000000000007</v>
       </c>
       <c r="G54" s="50"/>
       <c r="H54" s="40">
-        <v>97.298900000000003</v>
+        <v>97.299599999999998</v>
       </c>
       <c r="I54" s="40"/>
       <c r="J54" s="40"/>
       <c r="K54" s="50"/>
       <c r="L54" s="40"/>
       <c r="M54" s="40"/>
       <c r="N54" s="40"/>
       <c r="O54" s="49"/>
     </row>
     <row r="55" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="24"/>
       <c r="C55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D55" s="59">
-        <v>95.370999999999995</v>
+        <v>95.316299999999998</v>
       </c>
       <c r="E55" s="60"/>
       <c r="F55" s="59">
-        <v>94.780100000000004</v>
+        <v>94.746399999999994</v>
       </c>
       <c r="G55" s="60"/>
       <c r="H55" s="59">
-        <v>95.774500000000003</v>
+        <v>95.775199999999998</v>
       </c>
       <c r="I55" s="59"/>
       <c r="J55" s="59">
-        <v>96.02</v>
+        <v>96.001300000000001</v>
       </c>
       <c r="K55" s="60"/>
       <c r="L55" s="59">
-        <v>98.569599999999994</v>
+        <v>98.551699999999997</v>
       </c>
       <c r="M55" s="59"/>
       <c r="N55" s="59"/>
       <c r="O55" s="49"/>
     </row>
     <row r="56" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="21" t="s">
         <v>17</v>
       </c>
       <c r="C56" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D56" s="40">
-        <v>94.533900000000003</v>
+        <v>94.480500000000006</v>
       </c>
       <c r="E56" s="50"/>
       <c r="F56" s="40">
-        <v>94.552999999999997</v>
+        <v>94.523099999999999</v>
       </c>
       <c r="G56" s="50"/>
       <c r="H56" s="40">
-        <v>97.761099999999999</v>
+        <v>97.761799999999994</v>
       </c>
       <c r="I56" s="40"/>
       <c r="J56" s="40"/>
       <c r="K56" s="50"/>
       <c r="L56" s="40"/>
       <c r="M56" s="40"/>
       <c r="N56" s="40"/>
       <c r="O56" s="49"/>
     </row>
     <row r="57" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="27"/>
       <c r="C57" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D57" s="40">
-        <v>93.900800000000004</v>
+        <v>93.833500000000001</v>
       </c>
       <c r="E57" s="50"/>
       <c r="F57" s="40">
-        <v>93.962199999999996</v>
+        <v>93.9191</v>
       </c>
       <c r="G57" s="50"/>
       <c r="H57" s="40">
-        <v>97.153499999999994</v>
+        <v>97.154300000000006</v>
       </c>
       <c r="I57" s="40"/>
       <c r="J57" s="40"/>
       <c r="K57" s="50"/>
       <c r="L57" s="40"/>
       <c r="M57" s="40"/>
       <c r="N57" s="40"/>
       <c r="O57" s="49"/>
     </row>
     <row r="58" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="27"/>
       <c r="C58" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="40">
-        <v>93.325400000000002</v>
+        <v>93.254099999999994</v>
       </c>
       <c r="E58" s="50"/>
       <c r="F58" s="40">
-        <v>93.636499999999998</v>
+        <v>93.587599999999995</v>
       </c>
       <c r="G58" s="50"/>
       <c r="H58" s="40">
-        <v>96.980800000000002</v>
+        <v>96.981700000000004</v>
       </c>
       <c r="I58" s="40"/>
       <c r="J58" s="40">
-        <v>92.361000000000004</v>
+        <v>92.334299999999999</v>
       </c>
       <c r="K58" s="50"/>
       <c r="L58" s="40">
-        <v>95.259600000000006</v>
+        <v>95.170100000000005</v>
       </c>
       <c r="M58" s="40"/>
       <c r="N58" s="40"/>
       <c r="O58" s="49"/>
     </row>
     <row r="59" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="27"/>
       <c r="C59" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="40">
-        <v>93.143600000000006</v>
+        <v>93.064599999999999</v>
       </c>
       <c r="E59" s="50"/>
       <c r="F59" s="40">
-        <v>93.941800000000001</v>
+        <v>93.8874</v>
       </c>
       <c r="G59" s="50"/>
       <c r="H59" s="40">
-        <v>97.561999999999998</v>
+        <v>97.563100000000006</v>
       </c>
       <c r="I59" s="40"/>
       <c r="J59" s="40"/>
       <c r="K59" s="50"/>
       <c r="L59" s="40"/>
       <c r="M59" s="40"/>
       <c r="N59" s="40"/>
       <c r="O59" s="49"/>
     </row>
     <row r="60" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="27"/>
       <c r="C60" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D60" s="40">
-        <v>92.940299999999993</v>
+        <v>92.837199999999996</v>
       </c>
       <c r="E60" s="50"/>
       <c r="F60" s="40">
-        <v>93.8065</v>
+        <v>93.729200000000006</v>
       </c>
       <c r="G60" s="50"/>
       <c r="H60" s="40">
-        <v>97.153400000000005</v>
+        <v>97.154799999999994</v>
       </c>
       <c r="I60" s="40"/>
       <c r="J60" s="40"/>
       <c r="K60" s="50"/>
       <c r="L60" s="40"/>
       <c r="M60" s="40"/>
       <c r="N60" s="40"/>
       <c r="O60" s="49"/>
     </row>
     <row r="61" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="27"/>
       <c r="C61" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="40">
-        <v>94.597700000000003</v>
+        <v>94.506900000000002</v>
       </c>
       <c r="E61" s="50"/>
       <c r="F61" s="40">
-        <v>96.026399999999995</v>
+        <v>95.959900000000005</v>
       </c>
       <c r="G61" s="50"/>
       <c r="H61" s="40">
-        <v>98.438599999999994</v>
+        <v>98.439599999999999</v>
       </c>
       <c r="I61" s="40"/>
       <c r="J61" s="40">
-        <v>94.473600000000005</v>
+        <v>94.419700000000006</v>
       </c>
       <c r="K61" s="50"/>
       <c r="L61" s="40">
-        <v>96.778700000000001</v>
+        <v>96.666399999999996</v>
       </c>
       <c r="M61" s="40"/>
       <c r="N61" s="40"/>
       <c r="O61" s="49"/>
     </row>
     <row r="62" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="27"/>
       <c r="C62" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="40">
-        <v>94.948899999999995</v>
+        <v>94.852500000000006</v>
       </c>
       <c r="E62" s="50"/>
       <c r="F62" s="40">
-        <v>96.746899999999997</v>
+        <v>96.676100000000005</v>
       </c>
       <c r="G62" s="50"/>
       <c r="H62" s="40">
-        <v>98.607600000000005</v>
+        <v>98.608800000000002</v>
       </c>
       <c r="I62" s="40"/>
       <c r="J62" s="40"/>
       <c r="K62" s="50"/>
       <c r="L62" s="40"/>
       <c r="M62" s="40"/>
       <c r="N62" s="40"/>
       <c r="O62" s="49"/>
     </row>
     <row r="63" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="27"/>
       <c r="C63" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="40">
-        <v>94.441699999999997</v>
+        <v>94.332099999999997</v>
       </c>
       <c r="E63" s="50"/>
       <c r="F63" s="40">
-        <v>95.933700000000002</v>
+        <v>95.852500000000006</v>
       </c>
       <c r="G63" s="50"/>
       <c r="H63" s="40">
-        <v>98.286699999999996</v>
+        <v>98.2881</v>
       </c>
       <c r="I63" s="40"/>
       <c r="J63" s="40"/>
       <c r="K63" s="50"/>
       <c r="L63" s="40"/>
       <c r="M63" s="40"/>
       <c r="N63" s="40"/>
       <c r="O63" s="49"/>
     </row>
     <row r="64" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="27"/>
       <c r="C64" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="40">
-        <v>94.282200000000003</v>
+        <v>94.157200000000003</v>
       </c>
       <c r="E64" s="50"/>
       <c r="F64" s="40">
-        <v>95.507400000000004</v>
+        <v>95.411199999999994</v>
       </c>
       <c r="G64" s="50"/>
       <c r="H64" s="40">
-        <v>97.943399999999997</v>
+        <v>97.944800000000001</v>
       </c>
       <c r="I64" s="40"/>
       <c r="J64" s="40">
-        <v>96.102000000000004</v>
+        <v>96.039299999999997</v>
       </c>
       <c r="K64" s="50"/>
       <c r="L64" s="40">
-        <v>98.510499999999993</v>
+        <v>98.378299999999996</v>
       </c>
       <c r="M64" s="40"/>
       <c r="N64" s="40"/>
       <c r="O64" s="49"/>
     </row>
     <row r="65" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="27"/>
       <c r="C65" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="40">
-        <v>93.922200000000004</v>
+        <v>93.784800000000004</v>
       </c>
       <c r="E65" s="50"/>
       <c r="F65" s="40">
-        <v>95.203000000000003</v>
+        <v>95.095699999999994</v>
       </c>
       <c r="G65" s="50"/>
       <c r="H65" s="40">
-        <v>97.963399999999993</v>
+        <v>97.9649</v>
       </c>
       <c r="I65" s="40"/>
       <c r="J65" s="40"/>
       <c r="K65" s="50"/>
       <c r="L65" s="40"/>
       <c r="M65" s="40"/>
       <c r="N65" s="40"/>
       <c r="O65" s="49"/>
     </row>
     <row r="66" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="27"/>
       <c r="C66" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D66" s="40">
-        <v>93.7774</v>
+        <v>93.6357</v>
       </c>
       <c r="E66" s="50"/>
       <c r="F66" s="40">
-        <v>94.844800000000006</v>
+        <v>94.736199999999997</v>
       </c>
       <c r="G66" s="50"/>
       <c r="H66" s="40">
-        <v>100.2756</v>
+        <v>100.27719999999999</v>
       </c>
       <c r="I66" s="40"/>
       <c r="J66" s="40"/>
       <c r="K66" s="50"/>
       <c r="L66" s="40"/>
       <c r="M66" s="40"/>
       <c r="N66" s="40"/>
       <c r="O66" s="49"/>
     </row>
     <row r="67" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="28"/>
       <c r="C67" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="59">
-        <v>94.773600000000002</v>
+        <v>94.641599999999997</v>
       </c>
       <c r="E67" s="60"/>
       <c r="F67" s="59">
-        <v>96.015799999999999</v>
+        <v>95.917500000000004</v>
       </c>
       <c r="G67" s="60"/>
       <c r="H67" s="59">
-        <v>101.6542</v>
+        <v>101.6555</v>
       </c>
       <c r="I67" s="59"/>
       <c r="J67" s="59">
-        <v>95.415499999999994</v>
+        <v>95.328500000000005</v>
       </c>
       <c r="K67" s="60"/>
       <c r="L67" s="59">
-        <v>97.719499999999996</v>
+        <v>97.560599999999994</v>
       </c>
       <c r="M67" s="59"/>
       <c r="N67" s="59"/>
       <c r="O67" s="49"/>
     </row>
     <row r="68" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21" t="s">
         <v>18</v>
       </c>
       <c r="C68" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="40">
-        <v>95.555899999999994</v>
+        <v>95.432400000000001</v>
       </c>
       <c r="E68" s="50"/>
       <c r="F68" s="40">
-        <v>96.768299999999996</v>
+        <v>96.673299999999998</v>
       </c>
       <c r="G68" s="50"/>
       <c r="H68" s="40">
-        <v>100.60939999999999</v>
+        <v>100.61109999999999</v>
       </c>
       <c r="I68" s="40"/>
       <c r="J68" s="40"/>
       <c r="K68" s="50"/>
       <c r="L68" s="40"/>
       <c r="M68" s="40"/>
       <c r="N68" s="40"/>
       <c r="O68" s="49"/>
     </row>
     <row r="69" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="27"/>
       <c r="C69" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D69" s="40">
-        <v>94.293099999999995</v>
+        <v>94.1751</v>
       </c>
       <c r="E69" s="50"/>
       <c r="F69" s="40">
-        <v>95.718199999999996</v>
+        <v>95.624099999999999</v>
       </c>
       <c r="G69" s="50"/>
       <c r="H69" s="40">
-        <v>99.6203</v>
+        <v>99.622100000000003</v>
       </c>
       <c r="I69" s="40"/>
       <c r="J69" s="40"/>
       <c r="K69" s="50"/>
       <c r="L69" s="40"/>
       <c r="M69" s="40"/>
       <c r="N69" s="40"/>
       <c r="O69" s="49"/>
     </row>
     <row r="70" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="27"/>
       <c r="C70" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="40">
-        <v>94.693700000000007</v>
+        <v>94.579599999999999</v>
       </c>
       <c r="E70" s="50"/>
       <c r="F70" s="40">
-        <v>95.696399999999997</v>
+        <v>95.605999999999995</v>
       </c>
       <c r="G70" s="50"/>
       <c r="H70" s="40">
-        <v>98.4298</v>
+        <v>98.431600000000003</v>
       </c>
       <c r="I70" s="40"/>
       <c r="J70" s="40">
-        <v>95.739500000000007</v>
+        <v>95.655000000000001</v>
       </c>
       <c r="K70" s="50"/>
       <c r="L70" s="40">
-        <v>97.105999999999995</v>
+        <v>96.94</v>
       </c>
       <c r="M70" s="40"/>
       <c r="N70" s="40"/>
       <c r="O70" s="49"/>
     </row>
     <row r="71" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="27"/>
       <c r="C71" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="40">
-        <v>95.889899999999997</v>
+        <v>95.776799999999994</v>
       </c>
       <c r="E71" s="50"/>
       <c r="F71" s="40">
-        <v>97.790499999999994</v>
+        <v>97.695400000000006</v>
       </c>
       <c r="G71" s="50"/>
       <c r="H71" s="40">
-        <v>99.716399999999993</v>
+        <v>99.718199999999996</v>
       </c>
       <c r="I71" s="40"/>
       <c r="J71" s="40"/>
       <c r="K71" s="50"/>
       <c r="L71" s="40"/>
       <c r="M71" s="40"/>
       <c r="N71" s="40"/>
       <c r="O71" s="49"/>
     </row>
     <row r="72" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="27"/>
       <c r="C72" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D72" s="40">
-        <v>98.442599999999999</v>
+        <v>98.317700000000002</v>
       </c>
       <c r="E72" s="50"/>
       <c r="F72" s="40">
-        <v>100.71939999999999</v>
+        <v>100.60639999999999</v>
       </c>
       <c r="G72" s="50"/>
       <c r="H72" s="40">
-        <v>102.3656</v>
+        <v>102.36750000000001</v>
       </c>
       <c r="I72" s="40"/>
       <c r="J72" s="40"/>
       <c r="K72" s="50"/>
       <c r="L72" s="40"/>
       <c r="M72" s="40"/>
       <c r="N72" s="40"/>
       <c r="O72" s="49"/>
     </row>
     <row r="73" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="27"/>
       <c r="C73" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="40">
-        <v>98.087800000000001</v>
+        <v>97.959699999999998</v>
       </c>
       <c r="E73" s="50"/>
       <c r="F73" s="40">
-        <v>99.940100000000001</v>
+        <v>99.820499999999996</v>
       </c>
       <c r="G73" s="50"/>
       <c r="H73" s="40">
-        <v>102.0241</v>
+        <v>102.02589999999999</v>
       </c>
       <c r="I73" s="40"/>
       <c r="J73" s="40">
-        <v>99.544499999999999</v>
+        <v>99.439599999999999</v>
       </c>
       <c r="K73" s="50"/>
       <c r="L73" s="40">
-        <v>93.549000000000007</v>
+        <v>93.373099999999994</v>
       </c>
       <c r="M73" s="40"/>
       <c r="N73" s="40"/>
       <c r="O73" s="49"/>
     </row>
     <row r="74" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="27"/>
       <c r="C74" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="40">
-        <v>100.37649999999999</v>
+        <v>100.2495</v>
       </c>
       <c r="E74" s="50"/>
       <c r="F74" s="40">
-        <v>101.066</v>
+        <v>100.9512</v>
       </c>
       <c r="G74" s="50"/>
       <c r="H74" s="40">
-        <v>104.06140000000001</v>
+        <v>104.06310000000001</v>
       </c>
       <c r="I74" s="40"/>
       <c r="J74" s="40"/>
       <c r="K74" s="50"/>
       <c r="L74" s="40"/>
       <c r="M74" s="40"/>
       <c r="N74" s="40"/>
       <c r="O74" s="49"/>
     </row>
     <row r="75" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="27"/>
       <c r="C75" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="40">
-        <v>97.320999999999998</v>
+        <v>97.222499999999997</v>
       </c>
       <c r="E75" s="50"/>
       <c r="F75" s="40">
-        <v>98.547399999999996</v>
+        <v>98.459199999999996</v>
       </c>
       <c r="G75" s="50"/>
       <c r="H75" s="40">
-        <v>100.44159999999999</v>
+        <v>100.4435</v>
       </c>
       <c r="I75" s="40"/>
       <c r="J75" s="40"/>
       <c r="K75" s="50"/>
       <c r="L75" s="40"/>
       <c r="M75" s="40"/>
       <c r="N75" s="40"/>
       <c r="O75" s="49"/>
     </row>
     <row r="76" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="27"/>
       <c r="C76" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="40">
-        <v>97.459800000000001</v>
+        <v>97.367199999999997</v>
       </c>
       <c r="E76" s="50"/>
       <c r="F76" s="40">
-        <v>98.659700000000001</v>
+        <v>98.570899999999995</v>
       </c>
       <c r="G76" s="50"/>
       <c r="H76" s="40">
-        <v>100.38890000000001</v>
+        <v>100.3908</v>
       </c>
       <c r="I76" s="40"/>
       <c r="J76" s="40">
-        <v>99.015299999999996</v>
+        <v>98.918400000000005</v>
       </c>
       <c r="K76" s="50"/>
       <c r="L76" s="40">
-        <v>93.625399999999999</v>
+        <v>93.485399999999998</v>
       </c>
       <c r="M76" s="40"/>
       <c r="N76" s="40"/>
       <c r="O76" s="49"/>
     </row>
     <row r="77" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="27"/>
       <c r="C77" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="40">
-        <v>98.472099999999998</v>
+        <v>98.373000000000005</v>
       </c>
       <c r="E77" s="50"/>
       <c r="F77" s="40">
-        <v>99.039599999999993</v>
+        <v>98.942999999999998</v>
       </c>
       <c r="G77" s="50"/>
       <c r="H77" s="40">
-        <v>101.6622</v>
+        <v>101.6643</v>
       </c>
       <c r="I77" s="40"/>
       <c r="J77" s="40"/>
       <c r="K77" s="50"/>
       <c r="L77" s="40"/>
       <c r="M77" s="40"/>
       <c r="N77" s="40"/>
       <c r="O77" s="49"/>
     </row>
     <row r="78" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="27"/>
       <c r="C78" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D78" s="40">
-        <v>98.341700000000003</v>
+        <v>98.2333</v>
       </c>
       <c r="E78" s="50"/>
       <c r="F78" s="40">
-        <v>98.850099999999998</v>
+        <v>98.741200000000006</v>
       </c>
       <c r="G78" s="50"/>
       <c r="H78" s="40">
-        <v>101.5052</v>
+        <v>101.5073</v>
       </c>
       <c r="I78" s="40"/>
       <c r="J78" s="40"/>
       <c r="K78" s="50"/>
       <c r="L78" s="40"/>
       <c r="M78" s="40"/>
       <c r="N78" s="40"/>
       <c r="O78" s="49"/>
     </row>
     <row r="79" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="28"/>
       <c r="C79" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="59">
-        <v>98.639300000000006</v>
+        <v>98.527000000000001</v>
       </c>
       <c r="E79" s="60"/>
       <c r="F79" s="59">
-        <v>99.481999999999999</v>
+        <v>99.366699999999994</v>
       </c>
       <c r="G79" s="60"/>
       <c r="H79" s="59">
-        <v>101.1251</v>
+        <v>101.12739999999999</v>
       </c>
       <c r="I79" s="59"/>
       <c r="J79" s="59">
-        <v>100.0842</v>
+        <v>99.976200000000006</v>
       </c>
       <c r="K79" s="60"/>
       <c r="L79" s="59">
-        <v>94.819699999999997</v>
+        <v>94.663399999999996</v>
       </c>
       <c r="M79" s="59"/>
       <c r="N79" s="59"/>
       <c r="O79" s="49"/>
     </row>
     <row r="80" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D80" s="40">
-        <v>96.781300000000002</v>
+        <v>96.661799999999999</v>
       </c>
       <c r="E80" s="50"/>
       <c r="F80" s="40">
-        <v>97.917199999999994</v>
+        <v>97.791600000000003</v>
       </c>
       <c r="G80" s="50"/>
       <c r="H80" s="40">
-        <v>98.453000000000003</v>
+        <v>98.455299999999994</v>
       </c>
       <c r="I80" s="40"/>
       <c r="J80" s="40"/>
       <c r="K80" s="50"/>
       <c r="L80" s="40"/>
       <c r="M80" s="40"/>
       <c r="N80" s="40"/>
       <c r="O80" s="49"/>
     </row>
     <row r="81" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="27"/>
       <c r="C81" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D81" s="40">
-        <v>97.154899999999998</v>
+        <v>97.0304</v>
       </c>
       <c r="E81" s="50"/>
       <c r="F81" s="40">
-        <v>97.942099999999996</v>
+        <v>97.811700000000002</v>
       </c>
       <c r="G81" s="50"/>
       <c r="H81" s="40">
-        <v>99.463499999999996</v>
+        <v>99.465900000000005</v>
       </c>
       <c r="I81" s="40"/>
       <c r="J81" s="40"/>
       <c r="K81" s="50"/>
       <c r="L81" s="40"/>
       <c r="M81" s="40"/>
       <c r="N81" s="40"/>
       <c r="O81" s="49"/>
     </row>
     <row r="82" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="27"/>
       <c r="C82" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="40">
-        <v>98.257800000000003</v>
+        <v>98.137200000000007</v>
       </c>
       <c r="E82" s="50"/>
       <c r="F82" s="40">
-        <v>98.851399999999998</v>
+        <v>98.723500000000001</v>
       </c>
       <c r="G82" s="50"/>
       <c r="H82" s="40">
-        <v>99.133200000000002</v>
+        <v>99.135499999999993</v>
       </c>
       <c r="I82" s="40"/>
       <c r="J82" s="40">
-        <v>99.763400000000004</v>
+        <v>99.641900000000007</v>
       </c>
       <c r="K82" s="50"/>
       <c r="L82" s="40">
-        <v>94.464600000000004</v>
+        <v>94.298400000000001</v>
       </c>
       <c r="M82" s="40"/>
       <c r="N82" s="40"/>
       <c r="O82" s="49"/>
     </row>
     <row r="83" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="27"/>
       <c r="C83" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="40">
-        <v>98.47</v>
+        <v>98.352099999999993</v>
       </c>
       <c r="E83" s="50"/>
       <c r="F83" s="40">
-        <v>98.928600000000003</v>
+        <v>98.8005</v>
       </c>
       <c r="G83" s="50"/>
       <c r="H83" s="40">
-        <v>100.25449999999999</v>
+        <v>100.25700000000001</v>
       </c>
       <c r="I83" s="40"/>
       <c r="J83" s="40"/>
       <c r="K83" s="50"/>
       <c r="L83" s="40"/>
       <c r="M83" s="40"/>
       <c r="N83" s="40"/>
       <c r="O83" s="49"/>
     </row>
     <row r="84" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="27"/>
       <c r="C84" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D84" s="40">
-        <v>99.527100000000004</v>
+        <v>99.428600000000003</v>
       </c>
       <c r="E84" s="50"/>
       <c r="F84" s="40">
-        <v>100.4198</v>
+        <v>100.3108</v>
       </c>
       <c r="G84" s="50"/>
       <c r="H84" s="40">
-        <v>101.1703</v>
+        <v>101.17270000000001</v>
       </c>
       <c r="I84" s="40"/>
       <c r="J84" s="40"/>
       <c r="K84" s="50"/>
       <c r="L84" s="40"/>
       <c r="M84" s="40"/>
       <c r="N84" s="40"/>
       <c r="O84" s="49"/>
     </row>
     <row r="85" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="27"/>
       <c r="C85" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="40">
-        <v>101.1904</v>
+        <v>101.113</v>
       </c>
       <c r="E85" s="50"/>
       <c r="F85" s="40">
-        <v>101.50109999999999</v>
+        <v>101.4135</v>
       </c>
       <c r="G85" s="50"/>
       <c r="H85" s="40">
-        <v>102.6229</v>
+        <v>102.62569999999999</v>
       </c>
       <c r="I85" s="40"/>
       <c r="J85" s="40">
-        <v>101.47790000000001</v>
+        <v>101.37569999999999</v>
       </c>
       <c r="K85" s="50"/>
       <c r="L85" s="40">
-        <v>97.6267</v>
+        <v>97.471599999999995</v>
       </c>
       <c r="M85" s="40"/>
       <c r="N85" s="40"/>
       <c r="O85" s="49"/>
     </row>
     <row r="86" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="27"/>
       <c r="C86" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="40">
-        <v>101.5879</v>
+        <v>101.5338</v>
       </c>
       <c r="E86" s="50"/>
       <c r="F86" s="40">
-        <v>101.23650000000001</v>
+        <v>101.1713</v>
       </c>
       <c r="G86" s="50"/>
       <c r="H86" s="40">
-        <v>103.22920000000001</v>
+        <v>103.2321</v>
       </c>
       <c r="I86" s="40"/>
       <c r="J86" s="40"/>
       <c r="K86" s="50"/>
       <c r="L86" s="40"/>
       <c r="M86" s="40"/>
       <c r="N86" s="40"/>
       <c r="O86" s="49"/>
     </row>
     <row r="87" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="27"/>
       <c r="C87" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="40">
-        <v>101.34220000000001</v>
+        <v>101.2796</v>
       </c>
       <c r="E87" s="50"/>
       <c r="F87" s="40">
-        <v>100.6677</v>
+        <v>100.5928</v>
       </c>
       <c r="G87" s="50"/>
       <c r="H87" s="40">
-        <v>103.0316</v>
+        <v>103.03440000000001</v>
       </c>
       <c r="I87" s="40"/>
       <c r="J87" s="40"/>
       <c r="K87" s="50"/>
       <c r="L87" s="40"/>
       <c r="M87" s="40"/>
       <c r="N87" s="40"/>
       <c r="O87" s="49"/>
     </row>
     <row r="88" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="27"/>
       <c r="C88" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D88" s="40">
-        <v>101.8451</v>
+        <v>101.77979999999999</v>
       </c>
       <c r="E88" s="50"/>
       <c r="F88" s="40">
-        <v>101.4756</v>
+        <v>101.3935</v>
       </c>
       <c r="G88" s="50"/>
       <c r="H88" s="40">
-        <v>103.1067</v>
+        <v>103.1096</v>
       </c>
       <c r="I88" s="40"/>
       <c r="J88" s="40">
-        <v>103.7572</v>
+        <v>103.68640000000001</v>
       </c>
       <c r="K88" s="50"/>
       <c r="L88" s="40">
-        <v>99.903999999999996</v>
+        <v>99.792400000000001</v>
       </c>
       <c r="M88" s="40"/>
       <c r="N88" s="40"/>
       <c r="O88" s="49"/>
     </row>
     <row r="89" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="27"/>
       <c r="C89" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="40">
-        <v>100.6074</v>
+        <v>100.5365</v>
       </c>
       <c r="E89" s="50"/>
       <c r="F89" s="40">
-        <v>100.20050000000001</v>
+        <v>100.11</v>
       </c>
       <c r="G89" s="50"/>
       <c r="H89" s="40">
-        <v>102.5016</v>
+        <v>102.50449999999999</v>
       </c>
       <c r="I89" s="40"/>
       <c r="J89" s="40"/>
       <c r="K89" s="50"/>
       <c r="L89" s="40"/>
       <c r="M89" s="40"/>
       <c r="N89" s="40"/>
       <c r="O89" s="49"/>
     </row>
     <row r="90" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="27"/>
       <c r="C90" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D90" s="40">
-        <v>100.7466</v>
+        <v>100.6866</v>
       </c>
       <c r="E90" s="50"/>
       <c r="F90" s="40">
-        <v>100.40170000000001</v>
+        <v>100.3201</v>
       </c>
       <c r="G90" s="50"/>
       <c r="H90" s="40">
-        <v>102.1006</v>
+        <v>102.1035</v>
       </c>
       <c r="I90" s="40"/>
       <c r="J90" s="40"/>
       <c r="K90" s="50"/>
       <c r="L90" s="40"/>
       <c r="M90" s="40"/>
       <c r="N90" s="40"/>
       <c r="O90" s="49"/>
     </row>
     <row r="91" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="28"/>
       <c r="C91" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="59">
-        <v>101.66419999999999</v>
+        <v>101.6092</v>
       </c>
       <c r="E91" s="60"/>
       <c r="F91" s="59">
-        <v>101.5411</v>
+        <v>101.4632</v>
       </c>
       <c r="G91" s="60"/>
       <c r="H91" s="59">
-        <v>102.5787</v>
+        <v>102.5817</v>
       </c>
       <c r="I91" s="59"/>
       <c r="J91" s="59">
-        <v>103.4153</v>
+        <v>103.3348</v>
       </c>
       <c r="K91" s="60"/>
       <c r="L91" s="59">
-        <v>104.8886</v>
+        <v>104.7726</v>
       </c>
       <c r="M91" s="59"/>
       <c r="N91" s="59"/>
       <c r="O91" s="49"/>
     </row>
     <row r="92" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D92" s="40">
-        <v>101.3826</v>
+        <v>101.3477</v>
       </c>
       <c r="E92" s="50"/>
       <c r="F92" s="40">
-        <v>101.17910000000001</v>
+        <v>101.12</v>
       </c>
       <c r="G92" s="50"/>
       <c r="H92" s="40">
-        <v>101.4104</v>
+        <v>101.4136</v>
       </c>
       <c r="I92" s="40"/>
       <c r="J92" s="40"/>
       <c r="K92" s="50"/>
       <c r="L92" s="40"/>
       <c r="M92" s="40"/>
       <c r="N92" s="40"/>
       <c r="O92" s="49"/>
     </row>
     <row r="93" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="27"/>
       <c r="C93" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D93" s="40">
-        <v>100.7895</v>
+        <v>100.7539</v>
       </c>
       <c r="E93" s="50"/>
       <c r="F93" s="40">
-        <v>100.5821</v>
+        <v>100.5183</v>
       </c>
       <c r="G93" s="50"/>
       <c r="H93" s="40">
-        <v>100.8639</v>
+        <v>100.86709999999999</v>
       </c>
       <c r="I93" s="40"/>
       <c r="J93" s="40"/>
       <c r="K93" s="50"/>
       <c r="L93" s="40"/>
       <c r="M93" s="40"/>
       <c r="N93" s="40"/>
       <c r="O93" s="49"/>
     </row>
     <row r="94" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="27"/>
       <c r="C94" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D94" s="40">
-        <v>100.11409999999999</v>
+        <v>100.0787</v>
       </c>
       <c r="E94" s="50"/>
       <c r="F94" s="40">
-        <v>99.973500000000001</v>
+        <v>99.910499999999999</v>
       </c>
       <c r="G94" s="50"/>
       <c r="H94" s="40">
-        <v>100.91249999999999</v>
+        <v>100.9157</v>
       </c>
       <c r="I94" s="40"/>
       <c r="J94" s="40">
-        <v>104.0248</v>
+        <v>103.9743</v>
       </c>
       <c r="K94" s="50"/>
       <c r="L94" s="40">
-        <v>99.936599999999999</v>
+        <v>99.8613</v>
       </c>
       <c r="M94" s="40"/>
       <c r="N94" s="40"/>
       <c r="O94" s="49"/>
     </row>
     <row r="95" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="27"/>
       <c r="C95" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D95" s="40">
-        <v>101.90170000000001</v>
+        <v>101.8648</v>
       </c>
       <c r="E95" s="50"/>
       <c r="F95" s="40">
-        <v>101.53749999999999</v>
+        <v>101.47580000000001</v>
       </c>
       <c r="G95" s="50"/>
       <c r="H95" s="40">
-        <v>102.79040000000001</v>
+        <v>102.79389999999999</v>
       </c>
       <c r="I95" s="40"/>
       <c r="J95" s="40"/>
       <c r="K95" s="50"/>
       <c r="L95" s="40"/>
       <c r="M95" s="40"/>
       <c r="N95" s="40"/>
       <c r="O95" s="49"/>
     </row>
     <row r="96" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="27"/>
       <c r="C96" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="40">
-        <v>103.3421</v>
+        <v>103.32859999999999</v>
       </c>
       <c r="E96" s="50"/>
       <c r="F96" s="40">
-        <v>103.2811</v>
+        <v>103.24039999999999</v>
       </c>
       <c r="G96" s="50"/>
       <c r="H96" s="40">
-        <v>103.2131</v>
+        <v>103.2169</v>
       </c>
       <c r="I96" s="40"/>
       <c r="J96" s="40"/>
       <c r="K96" s="50"/>
       <c r="L96" s="40"/>
       <c r="M96" s="40"/>
       <c r="N96" s="40"/>
       <c r="O96" s="49"/>
     </row>
     <row r="97" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="27"/>
       <c r="C97" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="40">
-        <v>103.5818</v>
+        <v>103.56789999999999</v>
       </c>
       <c r="E97" s="50"/>
       <c r="F97" s="40">
-        <v>103.005</v>
+        <v>102.96250000000001</v>
       </c>
       <c r="G97" s="50"/>
       <c r="H97" s="40">
-        <v>103.7895</v>
+        <v>103.7932</v>
       </c>
       <c r="I97" s="40"/>
       <c r="J97" s="40">
-        <v>106.70659999999999</v>
+        <v>106.65779999999999</v>
       </c>
       <c r="K97" s="50"/>
       <c r="L97" s="40">
-        <v>103.4897</v>
+        <v>103.43819999999999</v>
       </c>
       <c r="M97" s="40"/>
       <c r="N97" s="40"/>
       <c r="O97" s="49"/>
     </row>
     <row r="98" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="27"/>
       <c r="C98" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="40">
-        <v>103.4928</v>
+        <v>103.4678</v>
       </c>
       <c r="E98" s="50"/>
       <c r="F98" s="40">
-        <v>102.82129999999999</v>
+        <v>102.76730000000001</v>
       </c>
       <c r="G98" s="50"/>
       <c r="H98" s="40">
-        <v>104.4378</v>
+        <v>104.4414</v>
       </c>
       <c r="I98" s="40"/>
       <c r="J98" s="40"/>
       <c r="K98" s="50"/>
       <c r="L98" s="40"/>
       <c r="M98" s="40"/>
       <c r="N98" s="40"/>
       <c r="O98" s="49"/>
     </row>
     <row r="99" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="27"/>
       <c r="C99" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="40">
-        <v>102.9315</v>
+        <v>102.8998</v>
       </c>
       <c r="E99" s="50"/>
       <c r="F99" s="40">
-        <v>102.2109</v>
+        <v>102.148</v>
       </c>
       <c r="G99" s="50"/>
       <c r="H99" s="40">
-        <v>104.56570000000001</v>
+        <v>104.56910000000001</v>
       </c>
       <c r="I99" s="40"/>
       <c r="J99" s="40"/>
       <c r="K99" s="50"/>
       <c r="L99" s="40"/>
       <c r="M99" s="40"/>
       <c r="N99" s="40"/>
       <c r="O99" s="49"/>
     </row>
     <row r="100" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="27"/>
       <c r="C100" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="40">
-        <v>103.0086</v>
+        <v>102.98260000000001</v>
       </c>
       <c r="E100" s="50"/>
       <c r="F100" s="40">
-        <v>102.1435</v>
+        <v>102.0848</v>
       </c>
       <c r="G100" s="50"/>
       <c r="H100" s="40">
-        <v>103.7167</v>
+        <v>103.72020000000001</v>
       </c>
       <c r="I100" s="40"/>
       <c r="J100" s="40">
-        <v>107.7903</v>
+        <v>107.7306</v>
       </c>
       <c r="K100" s="50"/>
       <c r="L100" s="40">
-        <v>105.09910000000001</v>
+        <v>105.0314</v>
       </c>
       <c r="M100" s="40"/>
       <c r="N100" s="40"/>
       <c r="O100" s="49"/>
     </row>
     <row r="101" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="27"/>
       <c r="C101" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="40">
-        <v>102.56010000000001</v>
+        <v>102.5556</v>
       </c>
       <c r="E101" s="50"/>
       <c r="F101" s="40">
-        <v>101.5869</v>
+        <v>101.5504</v>
       </c>
       <c r="G101" s="50"/>
       <c r="H101" s="40">
-        <v>102.626</v>
+        <v>102.6296</v>
       </c>
       <c r="I101" s="40"/>
       <c r="J101" s="40"/>
       <c r="K101" s="50"/>
       <c r="L101" s="40"/>
       <c r="M101" s="40"/>
       <c r="N101" s="40"/>
       <c r="O101" s="49"/>
     </row>
     <row r="102" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="27"/>
       <c r="C102" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D102" s="40">
-        <v>102.2962</v>
+        <v>102.29470000000001</v>
       </c>
       <c r="E102" s="50"/>
       <c r="F102" s="40">
-        <v>101.41889999999999</v>
+        <v>101.3857</v>
       </c>
       <c r="G102" s="50"/>
       <c r="H102" s="40">
-        <v>102.3466</v>
+        <v>102.3501</v>
       </c>
       <c r="I102" s="40"/>
       <c r="J102" s="40"/>
       <c r="K102" s="50"/>
       <c r="L102" s="40"/>
       <c r="M102" s="40"/>
       <c r="N102" s="40"/>
       <c r="O102" s="49"/>
     </row>
     <row r="103" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="28"/>
       <c r="C103" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D103" s="59">
-        <v>102.797</v>
+        <v>102.812</v>
       </c>
       <c r="E103" s="60"/>
       <c r="F103" s="59">
-        <v>102.0718</v>
+        <v>102.0539</v>
       </c>
       <c r="G103" s="60"/>
       <c r="H103" s="59">
-        <v>102.48009999999999</v>
+        <v>102.4838</v>
       </c>
       <c r="I103" s="59"/>
       <c r="J103" s="59">
-        <v>107.04819999999999</v>
+        <v>107.0189</v>
       </c>
       <c r="K103" s="60"/>
       <c r="L103" s="59">
-        <v>103.1464</v>
+        <v>103.09</v>
       </c>
       <c r="M103" s="59"/>
       <c r="N103" s="59"/>
       <c r="O103" s="49"/>
     </row>
     <row r="104" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D104" s="40">
-        <v>102.97150000000001</v>
+        <v>102.994</v>
       </c>
       <c r="E104" s="50"/>
       <c r="F104" s="40">
-        <v>102.6581</v>
+        <v>102.6417</v>
       </c>
       <c r="G104" s="50"/>
       <c r="H104" s="40">
-        <v>101.8108</v>
+        <v>101.81440000000001</v>
       </c>
       <c r="I104" s="40"/>
       <c r="J104" s="40"/>
       <c r="K104" s="50"/>
       <c r="L104" s="40"/>
       <c r="M104" s="40"/>
       <c r="N104" s="40"/>
       <c r="O104" s="49"/>
     </row>
     <row r="105" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B105" s="27"/>
       <c r="C105" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D105" s="40">
-        <v>103.6631</v>
+        <v>103.6866</v>
       </c>
       <c r="E105" s="50"/>
       <c r="F105" s="40">
-        <v>103.19670000000001</v>
+        <v>103.1825</v>
       </c>
       <c r="G105" s="50"/>
       <c r="H105" s="40">
-        <v>102.15479999999999</v>
+        <v>102.1585</v>
       </c>
       <c r="I105" s="40"/>
       <c r="J105" s="40"/>
       <c r="K105" s="50"/>
       <c r="L105" s="40"/>
       <c r="M105" s="40"/>
       <c r="N105" s="40"/>
       <c r="O105" s="49"/>
     </row>
     <row r="106" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B106" s="27"/>
       <c r="C106" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D106" s="40">
-        <v>105.104</v>
+        <v>105.123</v>
       </c>
       <c r="E106" s="50"/>
       <c r="F106" s="40">
-        <v>104.3015</v>
+        <v>104.2804</v>
       </c>
       <c r="G106" s="50"/>
       <c r="H106" s="40">
-        <v>103.4194</v>
+        <v>103.42310000000001</v>
       </c>
       <c r="I106" s="40"/>
       <c r="J106" s="40">
-        <v>107.9572</v>
+        <v>107.93859999999999</v>
       </c>
       <c r="K106" s="50"/>
       <c r="L106" s="40">
-        <v>109.2265</v>
+        <v>109.1862</v>
       </c>
       <c r="M106" s="40"/>
       <c r="N106" s="40"/>
       <c r="O106" s="49"/>
     </row>
     <row r="107" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="27"/>
       <c r="C107" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D107" s="40">
-        <v>104.0489</v>
+        <v>104.0693</v>
       </c>
       <c r="E107" s="50"/>
       <c r="F107" s="40">
-        <v>103.2876</v>
+        <v>103.26909999999999</v>
       </c>
       <c r="G107" s="50"/>
       <c r="H107" s="40">
-        <v>103.1549</v>
+        <v>103.1587</v>
       </c>
       <c r="I107" s="40"/>
       <c r="J107" s="40"/>
       <c r="K107" s="50"/>
       <c r="L107" s="40"/>
       <c r="M107" s="40"/>
       <c r="N107" s="40"/>
       <c r="O107" s="49"/>
     </row>
     <row r="108" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B108" s="27"/>
       <c r="C108" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D108" s="40">
-        <v>105.90470000000001</v>
+        <v>105.92440000000001</v>
       </c>
       <c r="E108" s="50"/>
       <c r="F108" s="40">
-        <v>105.4877</v>
+        <v>105.46729999999999</v>
       </c>
       <c r="G108" s="50"/>
       <c r="H108" s="40">
-        <v>106.24209999999999</v>
+        <v>106.24590000000001</v>
       </c>
       <c r="I108" s="40"/>
       <c r="J108" s="40"/>
       <c r="K108" s="50"/>
       <c r="L108" s="40"/>
       <c r="M108" s="40"/>
       <c r="N108" s="40"/>
       <c r="O108" s="49"/>
     </row>
     <row r="109" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="27"/>
       <c r="C109" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="40">
-        <v>106.4037</v>
+        <v>106.42440000000001</v>
       </c>
       <c r="E109" s="50"/>
       <c r="F109" s="40">
-        <v>105.498</v>
+        <v>105.4764</v>
       </c>
       <c r="G109" s="50"/>
       <c r="H109" s="40">
-        <v>106.41630000000001</v>
+        <v>106.42019999999999</v>
       </c>
       <c r="I109" s="40"/>
       <c r="J109" s="40">
-        <v>110.7294</v>
+        <v>110.7064</v>
       </c>
       <c r="K109" s="50"/>
       <c r="L109" s="40">
-        <v>104.8145</v>
+        <v>104.76130000000001</v>
       </c>
       <c r="M109" s="40"/>
       <c r="N109" s="40"/>
       <c r="O109" s="49"/>
     </row>
     <row r="110" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="27"/>
       <c r="C110" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="40">
-        <v>106.51730000000001</v>
+        <v>106.53879999999999</v>
       </c>
       <c r="E110" s="50"/>
       <c r="F110" s="40">
-        <v>104.95740000000001</v>
+        <v>104.938</v>
       </c>
       <c r="G110" s="50"/>
       <c r="H110" s="40">
-        <v>107.111</v>
+        <v>107.11490000000001</v>
       </c>
       <c r="I110" s="40"/>
       <c r="J110" s="40"/>
       <c r="K110" s="50"/>
       <c r="L110" s="40"/>
       <c r="M110" s="40"/>
       <c r="N110" s="40"/>
       <c r="O110" s="49"/>
     </row>
     <row r="111" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="27"/>
       <c r="C111" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="40">
-        <v>106.62</v>
+        <v>106.64109999999999</v>
       </c>
       <c r="E111" s="50"/>
       <c r="F111" s="40">
-        <v>104.855</v>
+        <v>104.8353</v>
       </c>
       <c r="G111" s="50"/>
       <c r="H111" s="40">
-        <v>107.86620000000001</v>
+        <v>107.87009999999999</v>
       </c>
       <c r="I111" s="40"/>
       <c r="J111" s="40"/>
       <c r="K111" s="50"/>
       <c r="L111" s="40"/>
       <c r="M111" s="40"/>
       <c r="N111" s="40"/>
       <c r="O111" s="49"/>
     </row>
     <row r="112" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="27"/>
       <c r="C112" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="40">
-        <v>105.7444</v>
+        <v>105.7696</v>
       </c>
       <c r="E112" s="50"/>
       <c r="F112" s="40">
-        <v>103.786</v>
+        <v>103.7696</v>
       </c>
       <c r="G112" s="50"/>
       <c r="H112" s="40">
-        <v>106.3708</v>
+        <v>106.3747</v>
       </c>
       <c r="I112" s="40"/>
       <c r="J112" s="40">
-        <v>111.9106</v>
+        <v>111.8944</v>
       </c>
       <c r="K112" s="50"/>
       <c r="L112" s="40">
-        <v>104.73560000000001</v>
+        <v>104.6771</v>
       </c>
       <c r="M112" s="40"/>
       <c r="N112" s="40"/>
       <c r="O112" s="49"/>
     </row>
     <row r="113" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B113" s="27"/>
       <c r="C113" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D113" s="40">
-        <v>104.65600000000001</v>
+        <v>104.6861</v>
       </c>
       <c r="E113" s="50"/>
       <c r="F113" s="40">
-        <v>102.7814</v>
+        <v>102.7679</v>
       </c>
       <c r="G113" s="50"/>
       <c r="H113" s="40">
-        <v>104.90179999999999</v>
+        <v>104.90560000000001</v>
       </c>
       <c r="I113" s="40"/>
       <c r="J113" s="40"/>
       <c r="K113" s="50"/>
       <c r="L113" s="40"/>
       <c r="M113" s="40"/>
       <c r="N113" s="40"/>
       <c r="O113" s="49"/>
     </row>
     <row r="114" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B114" s="27"/>
       <c r="C114" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D114" s="40">
-        <v>104.76560000000001</v>
+        <v>104.80419999999999</v>
       </c>
       <c r="E114" s="50"/>
       <c r="F114" s="40">
-        <v>103.333</v>
+        <v>103.3259</v>
       </c>
       <c r="G114" s="50"/>
       <c r="H114" s="40">
-        <v>104.50020000000001</v>
+        <v>104.5042</v>
       </c>
       <c r="I114" s="40"/>
       <c r="J114" s="40"/>
       <c r="K114" s="50"/>
       <c r="L114" s="40"/>
       <c r="M114" s="40"/>
       <c r="N114" s="40"/>
       <c r="O114" s="49"/>
     </row>
     <row r="115" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B115" s="28"/>
       <c r="C115" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D115" s="59">
-        <v>105.1735</v>
+        <v>105.2162</v>
       </c>
       <c r="E115" s="60"/>
       <c r="F115" s="59">
-        <v>104.40300000000001</v>
+        <v>104.39919999999999</v>
       </c>
       <c r="G115" s="60"/>
       <c r="H115" s="59">
-        <v>104.3128</v>
+        <v>104.3169</v>
       </c>
       <c r="I115" s="59"/>
       <c r="J115" s="59">
-        <v>110.0831</v>
+        <v>110.0793</v>
       </c>
       <c r="K115" s="60"/>
       <c r="L115" s="59">
-        <v>103.5167</v>
+        <v>103.4795</v>
       </c>
       <c r="M115" s="59"/>
       <c r="N115" s="59"/>
       <c r="O115" s="49"/>
     </row>
     <row r="116" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C116" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D116" s="40">
-        <v>104.7863</v>
+        <v>104.8257</v>
       </c>
       <c r="E116" s="50"/>
       <c r="F116" s="40">
-        <v>104.1845</v>
+        <v>104.1768</v>
       </c>
       <c r="G116" s="50"/>
       <c r="H116" s="40">
-        <v>103.63460000000001</v>
+        <v>103.6382</v>
       </c>
       <c r="I116" s="40"/>
       <c r="J116" s="40"/>
       <c r="K116" s="50"/>
       <c r="L116" s="40"/>
       <c r="M116" s="40"/>
       <c r="N116" s="40"/>
       <c r="O116" s="49"/>
     </row>
     <row r="117" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="27"/>
       <c r="C117" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D117" s="40">
-        <v>104.85</v>
+        <v>104.88760000000001</v>
       </c>
       <c r="E117" s="50"/>
       <c r="F117" s="40">
-        <v>104.69289999999999</v>
+        <v>104.68380000000001</v>
       </c>
       <c r="G117" s="50"/>
       <c r="H117" s="40">
-        <v>103.7944</v>
+        <v>103.79810000000001</v>
       </c>
       <c r="I117" s="40"/>
       <c r="J117" s="40"/>
       <c r="K117" s="50"/>
       <c r="L117" s="40"/>
       <c r="M117" s="40"/>
       <c r="N117" s="40"/>
       <c r="O117" s="49"/>
     </row>
     <row r="118" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B118" s="27"/>
       <c r="C118" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D118" s="40">
-        <v>105.96850000000001</v>
+        <v>106.0093</v>
       </c>
       <c r="E118" s="50"/>
       <c r="F118" s="40">
-        <v>106.04859999999999</v>
+        <v>106.0411</v>
       </c>
       <c r="G118" s="50"/>
       <c r="H118" s="40">
-        <v>104.7217</v>
+        <v>104.7255</v>
       </c>
       <c r="I118" s="40"/>
       <c r="J118" s="40">
-        <v>110.6206</v>
+        <v>110.6187</v>
       </c>
       <c r="K118" s="50"/>
       <c r="L118" s="40">
-        <v>106.94070000000001</v>
+        <v>106.928</v>
       </c>
       <c r="M118" s="40"/>
       <c r="N118" s="40"/>
       <c r="O118" s="49"/>
     </row>
     <row r="119" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B119" s="27"/>
       <c r="C119" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D119" s="40">
-        <v>106.706</v>
+        <v>106.7441</v>
       </c>
       <c r="E119" s="50"/>
       <c r="F119" s="40">
-        <v>107.0587</v>
+        <v>107.0484</v>
       </c>
       <c r="G119" s="50"/>
       <c r="H119" s="40">
-        <v>105.72110000000001</v>
+        <v>105.72490000000001</v>
       </c>
       <c r="I119" s="40"/>
       <c r="J119" s="40"/>
       <c r="K119" s="50"/>
       <c r="L119" s="40"/>
       <c r="M119" s="40"/>
       <c r="N119" s="40"/>
       <c r="O119" s="49"/>
     </row>
     <row r="120" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B120" s="27"/>
       <c r="C120" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="40">
-        <v>107.2343</v>
+        <v>107.2713</v>
       </c>
       <c r="E120" s="50"/>
       <c r="F120" s="40">
-        <v>107.3857</v>
+        <v>107.3738</v>
       </c>
       <c r="G120" s="50"/>
       <c r="H120" s="40">
-        <v>106.73869999999999</v>
+        <v>106.7424</v>
       </c>
       <c r="I120" s="40"/>
       <c r="J120" s="40"/>
       <c r="K120" s="50"/>
       <c r="L120" s="40"/>
       <c r="M120" s="40"/>
       <c r="N120" s="40"/>
       <c r="O120" s="49"/>
     </row>
     <row r="121" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B121" s="27"/>
       <c r="C121" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="40">
-        <v>106.3532</v>
+        <v>106.3832</v>
       </c>
       <c r="E121" s="50"/>
       <c r="F121" s="40">
-        <v>106.76730000000001</v>
+        <v>106.747</v>
       </c>
       <c r="G121" s="50"/>
       <c r="H121" s="40">
-        <v>105.5086</v>
+        <v>105.51220000000001</v>
       </c>
       <c r="I121" s="40"/>
       <c r="J121" s="40">
-        <v>112.27030000000001</v>
+        <v>112.2627</v>
       </c>
       <c r="K121" s="50"/>
       <c r="L121" s="40">
-        <v>107.12649999999999</v>
+        <v>107.09180000000001</v>
       </c>
       <c r="M121" s="40"/>
       <c r="N121" s="40"/>
       <c r="O121" s="49"/>
     </row>
     <row r="122" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B122" s="27"/>
       <c r="C122" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="40">
-        <v>106.447</v>
+        <v>106.47329999999999</v>
       </c>
       <c r="E122" s="50"/>
       <c r="F122" s="40">
-        <v>106.99720000000001</v>
+        <v>106.974</v>
       </c>
       <c r="G122" s="50"/>
       <c r="H122" s="40">
-        <v>106.1947</v>
+        <v>106.1983</v>
       </c>
       <c r="I122" s="40"/>
       <c r="J122" s="40"/>
       <c r="K122" s="50"/>
       <c r="L122" s="40"/>
       <c r="M122" s="40"/>
       <c r="N122" s="40"/>
       <c r="O122" s="49"/>
     </row>
     <row r="123" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B123" s="27"/>
       <c r="C123" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="40">
-        <v>105.76600000000001</v>
+        <v>105.79770000000001</v>
       </c>
       <c r="E123" s="50"/>
       <c r="F123" s="40">
-        <v>106.393</v>
+        <v>106.37430000000001</v>
       </c>
       <c r="G123" s="50"/>
       <c r="H123" s="40">
-        <v>105.383</v>
+        <v>105.38679999999999</v>
       </c>
       <c r="I123" s="40"/>
       <c r="J123" s="40"/>
       <c r="K123" s="50"/>
       <c r="L123" s="40"/>
       <c r="M123" s="40"/>
       <c r="N123" s="40"/>
       <c r="O123" s="49"/>
     </row>
     <row r="124" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B124" s="27"/>
       <c r="C124" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D124" s="40">
-        <v>104.5925</v>
+        <v>104.622</v>
       </c>
       <c r="E124" s="50"/>
       <c r="F124" s="40">
-        <v>104.9615</v>
+        <v>104.93729999999999</v>
       </c>
       <c r="G124" s="50"/>
       <c r="H124" s="40">
-        <v>104.0954</v>
+        <v>104.0993</v>
       </c>
       <c r="I124" s="40"/>
       <c r="J124" s="40">
-        <v>111.5711</v>
+        <v>111.5578</v>
       </c>
       <c r="K124" s="50"/>
       <c r="L124" s="40">
-        <v>107.4143</v>
+        <v>107.3614</v>
       </c>
       <c r="M124" s="40"/>
       <c r="N124" s="40"/>
       <c r="O124" s="49"/>
     </row>
     <row r="125" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B125" s="27"/>
       <c r="C125" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D125" s="40">
-        <v>105.25620000000001</v>
+        <v>105.2818</v>
       </c>
       <c r="E125" s="50"/>
       <c r="F125" s="40">
-        <v>105.9183</v>
+        <v>105.8897</v>
       </c>
       <c r="G125" s="50"/>
       <c r="H125" s="40">
-        <v>104.85769999999999</v>
+        <v>104.8614</v>
       </c>
       <c r="I125" s="40"/>
       <c r="J125" s="40"/>
       <c r="K125" s="50"/>
       <c r="L125" s="40"/>
       <c r="M125" s="40"/>
       <c r="N125" s="40"/>
       <c r="O125" s="49"/>
     </row>
     <row r="126" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B126" s="27"/>
       <c r="C126" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D126" s="40">
-        <v>104.94540000000001</v>
+        <v>104.9675</v>
       </c>
       <c r="E126" s="50"/>
       <c r="F126" s="40">
-        <v>105.75060000000001</v>
+        <v>105.7196</v>
       </c>
       <c r="G126" s="50"/>
       <c r="H126" s="40">
-        <v>104.6883</v>
+        <v>104.6918</v>
       </c>
       <c r="I126" s="40"/>
       <c r="J126" s="40"/>
       <c r="K126" s="50"/>
       <c r="L126" s="40"/>
       <c r="M126" s="40"/>
       <c r="N126" s="40"/>
       <c r="O126" s="49"/>
     </row>
     <row r="127" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B127" s="28"/>
       <c r="C127" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D127" s="59">
-        <v>104.7925</v>
+        <v>104.8185</v>
       </c>
       <c r="E127" s="60"/>
       <c r="F127" s="59">
-        <v>105.752</v>
+        <v>105.72499999999999</v>
       </c>
       <c r="G127" s="60"/>
       <c r="H127" s="59">
-        <v>104.2598</v>
+        <v>104.26349999999999</v>
       </c>
       <c r="I127" s="59"/>
       <c r="J127" s="59">
-        <v>111.3886</v>
+        <v>111.3717</v>
       </c>
       <c r="K127" s="60"/>
       <c r="L127" s="59">
-        <v>107.05289999999999</v>
+        <v>106.99639999999999</v>
       </c>
       <c r="M127" s="59"/>
       <c r="N127" s="59"/>
       <c r="O127" s="49"/>
     </row>
     <row r="128" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C128" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D128" s="40">
-        <v>105.1271</v>
+        <v>105.1609</v>
       </c>
       <c r="E128" s="50"/>
       <c r="F128" s="40">
-        <v>106.2629</v>
+        <v>106.2418</v>
       </c>
       <c r="G128" s="50"/>
       <c r="H128" s="40">
-        <v>104.5681</v>
+        <v>104.57170000000001</v>
       </c>
       <c r="I128" s="40"/>
       <c r="J128" s="40"/>
       <c r="K128" s="50"/>
       <c r="L128" s="40"/>
       <c r="M128" s="40"/>
       <c r="N128" s="40"/>
       <c r="O128" s="49"/>
     </row>
     <row r="129" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B129" s="27"/>
       <c r="C129" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D129" s="40">
-        <v>105.6001</v>
+        <v>105.6332</v>
       </c>
       <c r="E129" s="50"/>
       <c r="F129" s="40">
-        <v>107.1523</v>
+        <v>107.13039999999999</v>
       </c>
       <c r="G129" s="50"/>
       <c r="H129" s="40">
-        <v>105.1263</v>
+        <v>105.12990000000001</v>
       </c>
       <c r="I129" s="40"/>
       <c r="J129" s="40"/>
       <c r="K129" s="50"/>
       <c r="L129" s="40"/>
       <c r="M129" s="40"/>
       <c r="N129" s="40"/>
       <c r="O129" s="49"/>
     </row>
     <row r="130" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B130" s="27"/>
       <c r="C130" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D130" s="40">
-        <v>105.8057</v>
+        <v>105.8402</v>
       </c>
       <c r="E130" s="50"/>
       <c r="F130" s="40">
-        <v>107.2788</v>
+        <v>107.25709999999999</v>
       </c>
       <c r="G130" s="50"/>
       <c r="H130" s="40">
-        <v>105.07089999999999</v>
+        <v>105.0745</v>
       </c>
       <c r="I130" s="40"/>
       <c r="J130" s="40">
-        <v>112.8143</v>
+        <v>112.8021</v>
       </c>
       <c r="K130" s="50"/>
       <c r="L130" s="40">
-        <v>107.75790000000001</v>
+        <v>107.7214</v>
       </c>
       <c r="M130" s="40"/>
       <c r="N130" s="40"/>
       <c r="O130" s="49"/>
     </row>
     <row r="131" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B131" s="27"/>
       <c r="C131" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D131" s="40">
-        <v>106.4931</v>
+        <v>106.53270000000001</v>
       </c>
       <c r="E131" s="50"/>
       <c r="F131" s="40">
-        <v>108.0273</v>
+        <v>108.0102</v>
       </c>
       <c r="G131" s="50"/>
       <c r="H131" s="40">
-        <v>105.7324</v>
+        <v>105.73609999999999</v>
       </c>
       <c r="I131" s="40"/>
       <c r="J131" s="40"/>
       <c r="K131" s="50"/>
       <c r="L131" s="40"/>
       <c r="M131" s="40"/>
       <c r="N131" s="40"/>
       <c r="O131" s="49"/>
     </row>
     <row r="132" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B132" s="27"/>
       <c r="C132" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="40">
-        <v>107.71980000000001</v>
+        <v>107.7714</v>
       </c>
       <c r="E132" s="50"/>
       <c r="F132" s="40">
-        <v>109.2991</v>
+        <v>109.2919</v>
       </c>
       <c r="G132" s="50"/>
       <c r="H132" s="40">
-        <v>106.729</v>
+        <v>106.7328</v>
       </c>
       <c r="I132" s="40"/>
       <c r="J132" s="40"/>
       <c r="K132" s="50"/>
       <c r="L132" s="40"/>
       <c r="M132" s="40"/>
       <c r="N132" s="40"/>
       <c r="O132" s="49"/>
     </row>
     <row r="133" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B133" s="27"/>
       <c r="C133" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="40">
-        <v>108.2282</v>
+        <v>108.2805</v>
       </c>
       <c r="E133" s="50"/>
       <c r="F133" s="40">
-        <v>110.1005</v>
+        <v>110.09220000000001</v>
       </c>
       <c r="G133" s="50"/>
       <c r="H133" s="40">
-        <v>106.44799999999999</v>
+        <v>106.45189999999999</v>
       </c>
       <c r="I133" s="40"/>
       <c r="J133" s="40">
-        <v>114.955</v>
+        <v>114.9593</v>
       </c>
       <c r="K133" s="50"/>
       <c r="L133" s="40">
-        <v>108.7287</v>
+        <v>108.6965</v>
       </c>
       <c r="M133" s="40"/>
       <c r="N133" s="40"/>
       <c r="O133" s="49"/>
     </row>
     <row r="134" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="27"/>
       <c r="C134" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="40">
-        <v>108.4162</v>
+        <v>108.46810000000001</v>
       </c>
       <c r="E134" s="50"/>
       <c r="F134" s="40">
-        <v>109.58580000000001</v>
+        <v>109.5765</v>
       </c>
       <c r="G134" s="50"/>
       <c r="H134" s="40">
-        <v>106.19970000000001</v>
+        <v>106.2037</v>
       </c>
       <c r="I134" s="40"/>
       <c r="J134" s="40"/>
       <c r="K134" s="50"/>
       <c r="L134" s="40"/>
       <c r="M134" s="40"/>
       <c r="N134" s="40"/>
       <c r="O134" s="49"/>
     </row>
     <row r="135" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="27"/>
       <c r="C135" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="40">
-        <v>107.80410000000001</v>
+        <v>107.8556</v>
       </c>
       <c r="E135" s="50"/>
       <c r="F135" s="40">
-        <v>108.97239999999999</v>
+        <v>108.9623</v>
       </c>
       <c r="G135" s="50"/>
       <c r="H135" s="40">
-        <v>105.76390000000001</v>
+        <v>105.768</v>
       </c>
       <c r="I135" s="40"/>
       <c r="J135" s="40"/>
       <c r="K135" s="50"/>
       <c r="L135" s="40"/>
       <c r="M135" s="40"/>
       <c r="N135" s="40"/>
       <c r="O135" s="49"/>
     </row>
     <row r="136" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="27"/>
       <c r="C136" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D136" s="40">
-        <v>106.2032</v>
+        <v>106.25360000000001</v>
       </c>
       <c r="E136" s="50"/>
       <c r="F136" s="40">
-        <v>107.0943</v>
+        <v>107.08499999999999</v>
       </c>
       <c r="G136" s="50"/>
       <c r="H136" s="40">
-        <v>103.8314</v>
+        <v>103.8353</v>
       </c>
       <c r="I136" s="40"/>
       <c r="J136" s="40">
-        <v>114.8386</v>
+        <v>114.8459</v>
       </c>
       <c r="K136" s="50"/>
       <c r="L136" s="40">
-        <v>108.377</v>
+        <v>108.3456</v>
       </c>
       <c r="M136" s="40"/>
       <c r="N136" s="40"/>
       <c r="O136" s="49"/>
     </row>
     <row r="137" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="27"/>
       <c r="C137" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D137" s="40">
-        <v>105.925</v>
+        <v>105.9746</v>
       </c>
       <c r="E137" s="50"/>
       <c r="F137" s="40">
-        <v>106.8087</v>
+        <v>106.8009</v>
       </c>
       <c r="G137" s="50"/>
       <c r="H137" s="40">
-        <v>103.172</v>
+        <v>103.176</v>
       </c>
       <c r="I137" s="40"/>
       <c r="J137" s="40"/>
       <c r="K137" s="50"/>
       <c r="L137" s="40"/>
       <c r="M137" s="40"/>
       <c r="N137" s="40"/>
       <c r="O137" s="49"/>
     </row>
     <row r="138" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B138" s="27"/>
       <c r="C138" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D138" s="40">
-        <v>106.6705</v>
+        <v>106.72539999999999</v>
       </c>
       <c r="E138" s="50"/>
       <c r="F138" s="40">
-        <v>107.6656</v>
+        <v>107.6619</v>
       </c>
       <c r="G138" s="50"/>
       <c r="H138" s="40">
-        <v>103.8951</v>
+        <v>103.89919999999999</v>
       </c>
       <c r="I138" s="40"/>
       <c r="J138" s="40"/>
       <c r="K138" s="50"/>
       <c r="L138" s="40"/>
       <c r="M138" s="40"/>
       <c r="N138" s="40"/>
       <c r="O138" s="49"/>
     </row>
     <row r="139" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="28"/>
       <c r="C139" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D139" s="59">
-        <v>106.8488</v>
+        <v>106.90779999999999</v>
       </c>
       <c r="E139" s="60"/>
       <c r="F139" s="59">
-        <v>107.5652</v>
+        <v>107.56489999999999</v>
       </c>
       <c r="G139" s="60"/>
       <c r="H139" s="59">
-        <v>103.97239999999999</v>
+        <v>103.97669999999999</v>
       </c>
       <c r="I139" s="59"/>
       <c r="J139" s="59">
-        <v>114.2307</v>
+        <v>114.2424</v>
       </c>
       <c r="K139" s="60"/>
       <c r="L139" s="59">
-        <v>108.57210000000001</v>
+        <v>108.5478</v>
       </c>
       <c r="M139" s="59"/>
       <c r="N139" s="59"/>
       <c r="O139" s="49"/>
     </row>
     <row r="140" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C140" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D140" s="40">
-        <v>106.343</v>
+        <v>106.4011</v>
       </c>
       <c r="E140" s="50"/>
       <c r="F140" s="40">
-        <v>107.0986</v>
+        <v>107.09610000000001</v>
       </c>
       <c r="G140" s="50"/>
       <c r="H140" s="40">
-        <v>103.11839999999999</v>
+        <v>103.12269999999999</v>
       </c>
       <c r="I140" s="40"/>
       <c r="J140" s="40"/>
       <c r="K140" s="50"/>
       <c r="L140" s="40"/>
       <c r="M140" s="40"/>
       <c r="N140" s="40"/>
       <c r="O140" s="49"/>
     </row>
     <row r="141" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B141" s="27"/>
       <c r="C141" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D141" s="40">
-        <v>106.5919</v>
+        <v>106.6493</v>
       </c>
       <c r="E141" s="50"/>
       <c r="F141" s="40">
-        <v>107.2758</v>
+        <v>107.27290000000001</v>
       </c>
       <c r="G141" s="50"/>
       <c r="H141" s="40">
-        <v>102.95529999999999</v>
+        <v>102.95959999999999</v>
       </c>
       <c r="I141" s="40"/>
       <c r="J141" s="40"/>
       <c r="K141" s="50"/>
       <c r="L141" s="40"/>
       <c r="M141" s="40"/>
       <c r="N141" s="40"/>
       <c r="O141" s="49"/>
     </row>
     <row r="142" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="27"/>
       <c r="C142" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D142" s="40">
-        <v>106.7774</v>
+        <v>106.8353</v>
       </c>
       <c r="E142" s="50"/>
       <c r="F142" s="40">
-        <v>107.65730000000001</v>
+        <v>107.65430000000001</v>
       </c>
       <c r="G142" s="50"/>
       <c r="H142" s="40">
-        <v>103.5056</v>
+        <v>103.5098</v>
       </c>
       <c r="I142" s="40"/>
       <c r="J142" s="40">
-        <v>114.21639999999999</v>
+        <v>114.2291</v>
       </c>
       <c r="K142" s="50"/>
       <c r="L142" s="40">
-        <v>108.306</v>
+        <v>108.2967</v>
       </c>
       <c r="M142" s="40"/>
       <c r="N142" s="40"/>
       <c r="O142" s="49"/>
     </row>
     <row r="143" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="27"/>
       <c r="C143" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D143" s="40">
-        <v>106.49679999999999</v>
+        <v>106.5544</v>
       </c>
       <c r="E143" s="50"/>
       <c r="F143" s="40">
-        <v>107.5231</v>
+        <v>107.52</v>
       </c>
       <c r="G143" s="50"/>
       <c r="H143" s="40">
-        <v>103.4686</v>
+        <v>103.473</v>
       </c>
       <c r="I143" s="40"/>
       <c r="J143" s="40"/>
       <c r="K143" s="50"/>
       <c r="L143" s="40"/>
       <c r="M143" s="40"/>
       <c r="N143" s="40"/>
       <c r="O143" s="49"/>
     </row>
     <row r="144" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B144" s="27"/>
       <c r="C144" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="40">
-        <v>107.4408</v>
+        <v>107.4984</v>
       </c>
       <c r="E144" s="50"/>
       <c r="F144" s="40">
-        <v>108.4126</v>
+        <v>108.40940000000001</v>
       </c>
       <c r="G144" s="50"/>
       <c r="H144" s="40">
-        <v>104.74979999999999</v>
+        <v>104.7542</v>
       </c>
       <c r="I144" s="40"/>
       <c r="J144" s="40"/>
       <c r="K144" s="50"/>
       <c r="L144" s="40"/>
       <c r="M144" s="40"/>
       <c r="N144" s="40"/>
       <c r="O144" s="49"/>
     </row>
     <row r="145" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B145" s="27"/>
       <c r="C145" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="40">
-        <v>107.2093</v>
+        <v>107.26600000000001</v>
       </c>
       <c r="E145" s="50"/>
       <c r="F145" s="40">
-        <v>107.6781</v>
+        <v>107.6735</v>
       </c>
       <c r="G145" s="50"/>
       <c r="H145" s="40">
-        <v>104.9931</v>
+        <v>104.9975</v>
       </c>
       <c r="I145" s="40"/>
       <c r="J145" s="40">
-        <v>115.28700000000001</v>
+        <v>115.3006</v>
       </c>
       <c r="K145" s="50"/>
       <c r="L145" s="40">
-        <v>108.803</v>
+        <v>108.7803</v>
       </c>
       <c r="M145" s="40"/>
       <c r="N145" s="40"/>
       <c r="O145" s="49"/>
     </row>
     <row r="146" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="27"/>
       <c r="C146" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="40">
-        <v>107.9079</v>
+        <v>107.9646</v>
       </c>
       <c r="E146" s="50"/>
       <c r="F146" s="40">
-        <v>108.12609999999999</v>
+        <v>108.12309999999999</v>
       </c>
       <c r="G146" s="50"/>
       <c r="H146" s="40">
-        <v>105.8124</v>
+        <v>105.8169</v>
       </c>
       <c r="I146" s="40"/>
       <c r="J146" s="40"/>
       <c r="K146" s="50"/>
       <c r="L146" s="40"/>
       <c r="M146" s="40"/>
       <c r="N146" s="40"/>
       <c r="O146" s="49"/>
     </row>
     <row r="147" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B147" s="27"/>
       <c r="C147" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="40">
-        <v>107.6451</v>
+        <v>107.7028</v>
       </c>
       <c r="E147" s="50"/>
       <c r="F147" s="40">
-        <v>108.4183</v>
+        <v>108.4164</v>
       </c>
       <c r="G147" s="50"/>
       <c r="H147" s="40">
-        <v>106.22839999999999</v>
+        <v>106.2329</v>
       </c>
       <c r="I147" s="40"/>
       <c r="J147" s="40"/>
       <c r="K147" s="50"/>
       <c r="L147" s="40"/>
       <c r="M147" s="40"/>
       <c r="N147" s="40"/>
       <c r="O147" s="49"/>
     </row>
     <row r="148" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="27"/>
       <c r="C148" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D148" s="40">
-        <v>107.9629</v>
+        <v>108.0205</v>
       </c>
       <c r="E148" s="50"/>
       <c r="F148" s="40">
-        <v>109.41240000000001</v>
+        <v>109.4096</v>
       </c>
       <c r="G148" s="50"/>
       <c r="H148" s="40">
-        <v>106.8377</v>
+        <v>106.84229999999999</v>
       </c>
       <c r="I148" s="40"/>
       <c r="J148" s="40">
-        <v>116.6263</v>
+        <v>116.6377</v>
       </c>
       <c r="K148" s="50"/>
       <c r="L148" s="40">
-        <v>111.14230000000001</v>
+        <v>111.1146</v>
       </c>
       <c r="M148" s="40"/>
       <c r="N148" s="40"/>
       <c r="O148" s="49"/>
     </row>
     <row r="149" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="27"/>
       <c r="C149" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D149" s="40">
-        <v>107.9345</v>
+        <v>107.9933</v>
       </c>
       <c r="E149" s="50"/>
       <c r="F149" s="40">
-        <v>109.2152</v>
+        <v>109.2137</v>
       </c>
       <c r="G149" s="50"/>
       <c r="H149" s="40">
-        <v>106.47799999999999</v>
+        <v>106.48260000000001</v>
       </c>
       <c r="I149" s="40"/>
       <c r="J149" s="40"/>
       <c r="K149" s="50"/>
       <c r="L149" s="40"/>
       <c r="M149" s="40"/>
       <c r="N149" s="40"/>
       <c r="O149" s="49"/>
     </row>
     <row r="150" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B150" s="27"/>
       <c r="C150" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D150" s="40">
-        <v>108.4028</v>
+        <v>108.4627</v>
       </c>
       <c r="E150" s="50"/>
       <c r="F150" s="40">
-        <v>109.8997</v>
+        <v>109.8986</v>
       </c>
       <c r="G150" s="50"/>
       <c r="H150" s="40">
-        <v>106.6972</v>
+        <v>106.702</v>
       </c>
       <c r="I150" s="40"/>
       <c r="J150" s="40"/>
       <c r="K150" s="50"/>
       <c r="L150" s="40"/>
       <c r="M150" s="40"/>
       <c r="N150" s="40"/>
       <c r="O150" s="49"/>
     </row>
     <row r="151" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="28"/>
       <c r="C151" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D151" s="59">
-        <v>108.5461</v>
+        <v>108.6044</v>
       </c>
       <c r="E151" s="60"/>
       <c r="F151" s="59">
-        <v>110.8289</v>
+        <v>110.82510000000001</v>
       </c>
       <c r="G151" s="60"/>
       <c r="H151" s="59">
-        <v>107.4919</v>
+        <v>107.4967</v>
       </c>
       <c r="I151" s="59"/>
       <c r="J151" s="59">
-        <v>117.9603</v>
+        <v>117.9721</v>
       </c>
       <c r="K151" s="60"/>
       <c r="L151" s="59">
-        <v>113.63849999999999</v>
+        <v>113.6144</v>
       </c>
       <c r="M151" s="59"/>
       <c r="N151" s="59"/>
       <c r="O151" s="49"/>
     </row>
     <row r="152" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C152" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D152" s="40">
-        <v>108.7538</v>
+        <v>108.8126</v>
       </c>
       <c r="E152" s="50"/>
       <c r="F152" s="40">
-        <v>111.15819999999999</v>
+        <v>111.155</v>
       </c>
       <c r="G152" s="50"/>
       <c r="H152" s="40">
-        <v>108.5385</v>
+        <v>108.5433</v>
       </c>
       <c r="I152" s="40"/>
       <c r="J152" s="40"/>
       <c r="K152" s="50"/>
       <c r="L152" s="40"/>
       <c r="M152" s="40"/>
       <c r="N152" s="40"/>
       <c r="O152" s="49"/>
     </row>
     <row r="153" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B153" s="27"/>
       <c r="C153" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D153" s="40">
-        <v>109.33329999999999</v>
+        <v>109.39449999999999</v>
       </c>
       <c r="E153" s="50"/>
       <c r="F153" s="40">
-        <v>111.14019999999999</v>
+        <v>111.13890000000001</v>
       </c>
       <c r="G153" s="50"/>
       <c r="H153" s="40">
-        <v>108.79510000000001</v>
+        <v>108.8001</v>
       </c>
       <c r="I153" s="40"/>
       <c r="J153" s="40"/>
       <c r="K153" s="50"/>
       <c r="L153" s="40"/>
       <c r="M153" s="40"/>
       <c r="N153" s="40"/>
       <c r="O153" s="49"/>
     </row>
     <row r="154" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B154" s="27"/>
       <c r="C154" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D154" s="40">
-        <v>110.49079999999999</v>
+        <v>110.5552</v>
       </c>
       <c r="E154" s="50"/>
       <c r="F154" s="40">
-        <v>112.2296</v>
+        <v>112.2306</v>
       </c>
       <c r="G154" s="50"/>
       <c r="H154" s="40">
-        <v>109.94329999999999</v>
+        <v>109.9482</v>
       </c>
       <c r="I154" s="40"/>
       <c r="J154" s="40">
-        <v>119.5294</v>
+        <v>119.5368</v>
       </c>
       <c r="K154" s="50"/>
       <c r="L154" s="40">
-        <v>113.40730000000001</v>
+        <v>113.3977</v>
       </c>
       <c r="M154" s="40"/>
       <c r="N154" s="40"/>
       <c r="O154" s="49"/>
     </row>
     <row r="155" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B155" s="27"/>
       <c r="C155" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D155" s="40">
-        <v>110.8164</v>
+        <v>110.88330000000001</v>
       </c>
       <c r="E155" s="50"/>
       <c r="F155" s="40">
-        <v>112.8447</v>
+        <v>112.8485</v>
       </c>
       <c r="G155" s="50"/>
       <c r="H155" s="40">
-        <v>110.25239999999999</v>
+        <v>110.2574</v>
       </c>
       <c r="I155" s="40"/>
       <c r="J155" s="40"/>
       <c r="K155" s="50"/>
       <c r="L155" s="40"/>
       <c r="M155" s="40"/>
       <c r="N155" s="40"/>
       <c r="O155" s="49"/>
     </row>
     <row r="156" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B156" s="27"/>
       <c r="C156" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="40">
-        <v>110.63039999999999</v>
+        <v>110.6961</v>
       </c>
       <c r="E156" s="50"/>
       <c r="F156" s="40">
-        <v>113.0472</v>
+        <v>113.0497</v>
       </c>
       <c r="G156" s="50"/>
       <c r="H156" s="40">
-        <v>110.63460000000001</v>
+        <v>110.6399</v>
       </c>
       <c r="I156" s="40"/>
       <c r="J156" s="40"/>
       <c r="K156" s="50"/>
       <c r="L156" s="40"/>
       <c r="M156" s="40"/>
       <c r="N156" s="40"/>
       <c r="O156" s="49"/>
     </row>
     <row r="157" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="27"/>
       <c r="C157" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="40">
-        <v>110.4966</v>
+        <v>110.5617</v>
       </c>
       <c r="E157" s="50"/>
       <c r="F157" s="40">
-        <v>113.3742</v>
+        <v>113.3754</v>
       </c>
       <c r="G157" s="50"/>
       <c r="H157" s="40">
-        <v>111.47790000000001</v>
+        <v>111.4833</v>
       </c>
       <c r="I157" s="40"/>
       <c r="J157" s="40">
-        <v>121.01309999999999</v>
+        <v>121.0211</v>
       </c>
       <c r="K157" s="50"/>
       <c r="L157" s="40">
-        <v>113.46559999999999</v>
+        <v>113.43689999999999</v>
       </c>
       <c r="M157" s="40"/>
       <c r="N157" s="40"/>
       <c r="O157" s="49"/>
     </row>
     <row r="158" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B158" s="27"/>
       <c r="C158" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="40">
-        <v>110.67489999999999</v>
+        <v>110.7401</v>
       </c>
       <c r="E158" s="50"/>
       <c r="F158" s="40">
-        <v>113.9496</v>
+        <v>113.95140000000001</v>
       </c>
       <c r="G158" s="50"/>
       <c r="H158" s="40">
-        <v>111.6431</v>
+        <v>111.6484</v>
       </c>
       <c r="I158" s="40"/>
       <c r="J158" s="40"/>
       <c r="K158" s="50"/>
       <c r="L158" s="40"/>
       <c r="M158" s="40"/>
       <c r="N158" s="40"/>
       <c r="O158" s="49"/>
     </row>
     <row r="159" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B159" s="27"/>
       <c r="C159" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D159" s="40">
-        <v>110.32510000000001</v>
+        <v>110.386</v>
       </c>
       <c r="E159" s="50"/>
       <c r="F159" s="40">
-        <v>113.5021</v>
+        <v>113.5</v>
       </c>
       <c r="G159" s="50"/>
       <c r="H159" s="40">
-        <v>110.8066</v>
+        <v>110.81189999999999</v>
       </c>
       <c r="I159" s="40"/>
       <c r="J159" s="40"/>
       <c r="K159" s="50"/>
       <c r="L159" s="40"/>
       <c r="M159" s="40"/>
       <c r="N159" s="40"/>
       <c r="O159" s="49"/>
     </row>
     <row r="160" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="27"/>
       <c r="C160" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D160" s="40">
-        <v>111.0312</v>
+        <v>111.09229999999999</v>
       </c>
       <c r="E160" s="50"/>
       <c r="F160" s="40">
-        <v>114.2586</v>
+        <v>114.2564</v>
       </c>
       <c r="G160" s="50"/>
       <c r="H160" s="40">
-        <v>111.62569999999999</v>
+        <v>111.631</v>
       </c>
       <c r="I160" s="40"/>
       <c r="J160" s="40">
-        <v>123.0767</v>
+        <v>123.08199999999999</v>
       </c>
       <c r="K160" s="50"/>
       <c r="L160" s="40">
-        <v>115.5902</v>
+        <v>115.5641</v>
       </c>
       <c r="M160" s="40"/>
       <c r="N160" s="40"/>
       <c r="O160" s="49"/>
     </row>
     <row r="161" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="27"/>
       <c r="C161" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D161" s="40">
-        <v>109.7448</v>
+        <v>109.8062</v>
       </c>
       <c r="E161" s="50"/>
       <c r="F161" s="40">
-        <v>112.6418</v>
+        <v>112.6409</v>
       </c>
       <c r="G161" s="50"/>
       <c r="H161" s="40">
-        <v>109.7937</v>
+        <v>109.79900000000001</v>
       </c>
       <c r="I161" s="40"/>
       <c r="J161" s="40"/>
       <c r="K161" s="50"/>
       <c r="L161" s="40"/>
       <c r="M161" s="40"/>
       <c r="N161" s="40"/>
       <c r="O161" s="49"/>
     </row>
     <row r="162" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B162" s="27"/>
       <c r="C162" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D162" s="40">
-        <v>109.9971</v>
+        <v>110.0599</v>
       </c>
       <c r="E162" s="50"/>
       <c r="F162" s="40">
-        <v>113.02679999999999</v>
+        <v>113.0274</v>
       </c>
       <c r="G162" s="50"/>
       <c r="H162" s="40">
-        <v>109.41540000000001</v>
+        <v>109.4207</v>
       </c>
       <c r="I162" s="40"/>
       <c r="J162" s="40"/>
       <c r="K162" s="50"/>
       <c r="L162" s="40"/>
       <c r="M162" s="40"/>
       <c r="N162" s="40"/>
       <c r="O162" s="49"/>
     </row>
     <row r="163" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B163" s="28"/>
       <c r="C163" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D163" s="59">
-        <v>110.74339999999999</v>
+        <v>110.8068</v>
       </c>
       <c r="E163" s="60"/>
       <c r="F163" s="59">
-        <v>113.5637</v>
+        <v>113.5645</v>
       </c>
       <c r="G163" s="60"/>
       <c r="H163" s="59">
-        <v>109.5462</v>
+        <v>109.5513</v>
       </c>
       <c r="I163" s="59"/>
       <c r="J163" s="59">
-        <v>122.1914</v>
+        <v>122.194</v>
       </c>
       <c r="K163" s="60"/>
       <c r="L163" s="59">
-        <v>110.017</v>
+        <v>109.9872</v>
       </c>
       <c r="M163" s="59"/>
       <c r="N163" s="59"/>
       <c r="O163" s="49"/>
     </row>
     <row r="164" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B164" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D164" s="40">
-        <v>108.9248</v>
+        <v>108.98739999999999</v>
       </c>
       <c r="E164" s="50"/>
       <c r="F164" s="40">
-        <v>112.6965</v>
+        <v>112.6973</v>
       </c>
       <c r="G164" s="50"/>
       <c r="H164" s="40">
-        <v>108.0027</v>
+        <v>108.00749999999999</v>
       </c>
       <c r="I164" s="40"/>
       <c r="J164" s="40"/>
       <c r="K164" s="50"/>
       <c r="L164" s="40"/>
       <c r="M164" s="40"/>
       <c r="N164" s="40"/>
       <c r="O164" s="49"/>
     </row>
     <row r="165" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B165" s="27"/>
       <c r="C165" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D165" s="40">
-        <v>107.8792</v>
+        <v>107.9405</v>
       </c>
       <c r="E165" s="50"/>
       <c r="F165" s="40">
         <v>111.776</v>
       </c>
       <c r="G165" s="50"/>
       <c r="H165" s="40">
-        <v>106.8985</v>
+        <v>106.9034</v>
       </c>
       <c r="I165" s="40"/>
       <c r="J165" s="40"/>
       <c r="K165" s="50"/>
       <c r="L165" s="40"/>
       <c r="M165" s="40"/>
       <c r="N165" s="40"/>
       <c r="O165" s="49"/>
     </row>
     <row r="166" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B166" s="27"/>
       <c r="C166" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D166" s="40">
-        <v>108.4499</v>
+        <v>108.512</v>
       </c>
       <c r="E166" s="50"/>
       <c r="F166" s="40">
-        <v>112.22499999999999</v>
+        <v>112.2248</v>
       </c>
       <c r="G166" s="50"/>
       <c r="H166" s="40">
-        <v>106.0967</v>
+        <v>106.1015</v>
       </c>
       <c r="I166" s="40"/>
       <c r="J166" s="40">
-        <v>121.1438</v>
+        <v>121.1504</v>
       </c>
       <c r="K166" s="50"/>
       <c r="L166" s="40">
-        <v>113.8682</v>
+        <v>113.85429999999999</v>
       </c>
       <c r="M166" s="40"/>
       <c r="N166" s="40"/>
       <c r="O166" s="49"/>
     </row>
     <row r="167" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B167" s="27"/>
       <c r="C167" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D167" s="40">
-        <v>108.3451</v>
+        <v>108.40730000000001</v>
       </c>
       <c r="E167" s="50"/>
       <c r="F167" s="40">
-        <v>112.7651</v>
+        <v>112.764</v>
       </c>
       <c r="G167" s="50"/>
       <c r="H167" s="40">
-        <v>106.9213</v>
+        <v>106.92610000000001</v>
       </c>
       <c r="I167" s="40"/>
       <c r="J167" s="40"/>
       <c r="K167" s="50"/>
       <c r="L167" s="40"/>
       <c r="M167" s="40"/>
       <c r="N167" s="40"/>
       <c r="O167" s="49"/>
     </row>
     <row r="168" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B168" s="27"/>
       <c r="C168" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D168" s="40">
-        <v>109.4126</v>
+        <v>109.4776</v>
       </c>
       <c r="E168" s="50"/>
       <c r="F168" s="40">
-        <v>113.5329</v>
+        <v>113.53449999999999</v>
       </c>
       <c r="G168" s="50"/>
       <c r="H168" s="40">
-        <v>109.0693</v>
+        <v>109.0741</v>
       </c>
       <c r="I168" s="40"/>
       <c r="J168" s="40"/>
       <c r="K168" s="50"/>
       <c r="L168" s="40"/>
       <c r="M168" s="40"/>
       <c r="N168" s="40"/>
       <c r="O168" s="49"/>
     </row>
     <row r="169" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B169" s="27"/>
       <c r="C169" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="40">
-        <v>110.7092</v>
+        <v>110.7761</v>
       </c>
       <c r="E169" s="50"/>
       <c r="F169" s="40">
-        <v>115.0716</v>
+        <v>115.0741</v>
       </c>
       <c r="G169" s="50"/>
       <c r="H169" s="40">
-        <v>110.7803</v>
+        <v>110.78530000000001</v>
       </c>
       <c r="I169" s="40"/>
       <c r="J169" s="40">
-        <v>123.0308</v>
+        <v>123.0376</v>
       </c>
       <c r="K169" s="50"/>
       <c r="L169" s="40">
-        <v>114.9881</v>
+        <v>114.9618</v>
       </c>
       <c r="M169" s="40"/>
       <c r="N169" s="40"/>
       <c r="O169" s="49"/>
     </row>
     <row r="170" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="27"/>
       <c r="C170" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="40">
-        <v>110.0157</v>
+        <v>110.08199999999999</v>
       </c>
       <c r="E170" s="50"/>
       <c r="F170" s="40">
-        <v>114.3583</v>
+        <v>114.3613</v>
       </c>
       <c r="G170" s="50"/>
       <c r="H170" s="40">
-        <v>110.7367</v>
+        <v>110.74160000000001</v>
       </c>
       <c r="I170" s="40"/>
       <c r="J170" s="40"/>
       <c r="K170" s="50"/>
       <c r="L170" s="40"/>
       <c r="M170" s="40"/>
       <c r="N170" s="40"/>
       <c r="O170" s="49"/>
     </row>
     <row r="171" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B171" s="27"/>
       <c r="C171" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="40">
-        <v>110.0371</v>
+        <v>110.1037</v>
       </c>
       <c r="E171" s="50"/>
       <c r="F171" s="40">
-        <v>114.2221</v>
+        <v>114.2257</v>
       </c>
       <c r="G171" s="50"/>
       <c r="H171" s="40">
-        <v>111.2867</v>
+        <v>111.2915</v>
       </c>
       <c r="I171" s="40"/>
       <c r="J171" s="40"/>
       <c r="K171" s="50"/>
       <c r="L171" s="40"/>
       <c r="M171" s="40"/>
       <c r="N171" s="40"/>
       <c r="O171" s="49"/>
     </row>
     <row r="172" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B172" s="27"/>
       <c r="C172" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D172" s="40">
-        <v>110.75530000000001</v>
+        <v>110.8237</v>
       </c>
       <c r="E172" s="50"/>
       <c r="F172" s="40">
-        <v>114.43559999999999</v>
+        <v>114.4396</v>
       </c>
       <c r="G172" s="50"/>
       <c r="H172" s="40">
-        <v>111.50539999999999</v>
+        <v>111.5102</v>
       </c>
       <c r="I172" s="40"/>
       <c r="J172" s="40">
-        <v>123.3674</v>
+        <v>123.3775</v>
       </c>
       <c r="K172" s="50"/>
       <c r="L172" s="40">
-        <v>114.3948</v>
+        <v>114.369</v>
       </c>
       <c r="M172" s="40"/>
       <c r="N172" s="40"/>
       <c r="O172" s="49"/>
     </row>
     <row r="173" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B173" s="27"/>
       <c r="C173" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D173" s="40">
-        <v>112.0917</v>
+        <v>112.1622</v>
       </c>
       <c r="E173" s="50"/>
       <c r="F173" s="40">
-        <v>115.62949999999999</v>
+        <v>115.6344</v>
       </c>
       <c r="G173" s="50"/>
       <c r="H173" s="40">
-        <v>112.5698</v>
+        <v>112.5746</v>
       </c>
       <c r="I173" s="40"/>
       <c r="J173" s="40"/>
       <c r="K173" s="50"/>
       <c r="L173" s="40"/>
       <c r="M173" s="40"/>
       <c r="N173" s="40"/>
       <c r="O173" s="49"/>
     </row>
     <row r="174" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B174" s="27"/>
       <c r="C174" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D174" s="40">
-        <v>111.31399999999999</v>
+        <v>111.38500000000001</v>
       </c>
       <c r="E174" s="50"/>
       <c r="F174" s="40">
-        <v>114.925</v>
+        <v>114.93040000000001</v>
       </c>
       <c r="G174" s="50"/>
       <c r="H174" s="40">
-        <v>111.73439999999999</v>
+        <v>111.73909999999999</v>
       </c>
       <c r="I174" s="40"/>
       <c r="J174" s="40"/>
       <c r="K174" s="50"/>
       <c r="L174" s="40"/>
       <c r="M174" s="40"/>
       <c r="N174" s="40"/>
       <c r="O174" s="49"/>
     </row>
     <row r="175" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B175" s="28"/>
       <c r="C175" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D175" s="59">
-        <v>111</v>
+        <v>111.0705</v>
       </c>
       <c r="E175" s="60"/>
       <c r="F175" s="59">
-        <v>113.9786</v>
+        <v>113.9829</v>
       </c>
       <c r="G175" s="60"/>
       <c r="H175" s="59">
-        <v>111.3177</v>
+        <v>111.3223</v>
       </c>
       <c r="I175" s="59"/>
       <c r="J175" s="59">
-        <v>124.2176</v>
+        <v>124.23009999999999</v>
       </c>
       <c r="K175" s="60"/>
       <c r="L175" s="59">
-        <v>114.7694</v>
+        <v>114.7338</v>
       </c>
       <c r="M175" s="59"/>
       <c r="N175" s="59"/>
       <c r="O175" s="49"/>
     </row>
     <row r="176" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C176" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D176" s="40">
-        <v>110.0025</v>
+        <v>110.06699999999999</v>
       </c>
       <c r="E176" s="50"/>
       <c r="F176" s="40">
-        <v>113.1358</v>
+        <v>113.1271</v>
       </c>
       <c r="G176" s="50"/>
       <c r="H176" s="40">
-        <v>110.8712</v>
+        <v>110.8759</v>
       </c>
       <c r="I176" s="40"/>
       <c r="J176" s="40"/>
       <c r="K176" s="50"/>
       <c r="L176" s="40"/>
       <c r="M176" s="40"/>
       <c r="N176" s="40"/>
       <c r="O176" s="49"/>
     </row>
     <row r="177" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B177" s="26"/>
       <c r="C177" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D177" s="40">
-        <v>108.82259999999999</v>
+        <v>108.8776</v>
       </c>
       <c r="E177" s="50"/>
       <c r="F177" s="40">
-        <v>111.7739</v>
+        <v>111.7567</v>
       </c>
       <c r="G177" s="50"/>
       <c r="H177" s="40">
-        <v>108.79259999999999</v>
+        <v>108.7972</v>
       </c>
       <c r="I177" s="40"/>
       <c r="J177" s="40"/>
       <c r="K177" s="50"/>
       <c r="L177" s="40"/>
       <c r="M177" s="40"/>
       <c r="N177" s="40"/>
       <c r="O177" s="49"/>
     </row>
     <row r="178" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B178" s="26"/>
       <c r="C178" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D178" s="40">
-        <v>108.89319999999999</v>
+        <v>108.9461</v>
       </c>
       <c r="E178" s="50"/>
       <c r="F178" s="40">
-        <v>111.6764</v>
+        <v>111.65649999999999</v>
       </c>
       <c r="G178" s="50"/>
       <c r="H178" s="40">
-        <v>109.3128</v>
+        <v>109.3176</v>
       </c>
       <c r="I178" s="40"/>
       <c r="J178" s="40">
-        <v>121.2303</v>
+        <v>121.21769999999999</v>
       </c>
       <c r="K178" s="50"/>
       <c r="L178" s="40">
-        <v>115.0073</v>
+        <v>114.9747</v>
       </c>
       <c r="M178" s="40"/>
       <c r="N178" s="40"/>
       <c r="O178" s="49"/>
     </row>
     <row r="179" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B179" s="26"/>
       <c r="C179" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D179" s="40">
-        <v>108.2681</v>
+        <v>108.31</v>
       </c>
       <c r="E179" s="50"/>
       <c r="F179" s="40">
-        <v>110.9224</v>
+        <v>110.8926</v>
       </c>
       <c r="G179" s="50"/>
       <c r="H179" s="40">
-        <v>108.7689</v>
+        <v>108.7736</v>
       </c>
       <c r="I179" s="40"/>
       <c r="J179" s="40"/>
       <c r="K179" s="50"/>
       <c r="L179" s="40"/>
       <c r="M179" s="40"/>
       <c r="N179" s="40"/>
       <c r="O179" s="49"/>
     </row>
     <row r="180" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B180" s="26"/>
       <c r="C180" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="40">
-        <v>107.07089999999999</v>
+        <v>107.09610000000001</v>
       </c>
       <c r="E180" s="50"/>
       <c r="F180" s="40">
-        <v>109.613</v>
+        <v>109.5654</v>
       </c>
       <c r="G180" s="50"/>
       <c r="H180" s="40">
-        <v>107.2634</v>
+        <v>107.26819999999999</v>
       </c>
       <c r="I180" s="40"/>
       <c r="J180" s="40"/>
       <c r="K180" s="50"/>
       <c r="L180" s="40"/>
       <c r="M180" s="40"/>
       <c r="N180" s="40"/>
       <c r="O180" s="49"/>
     </row>
     <row r="181" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B181" s="26"/>
       <c r="C181" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="40">
-        <v>106.979</v>
+        <v>106.99420000000001</v>
       </c>
       <c r="E181" s="50"/>
       <c r="F181" s="40">
-        <v>109.63679999999999</v>
+        <v>109.57980000000001</v>
       </c>
       <c r="G181" s="50"/>
       <c r="H181" s="40">
-        <v>107.3845</v>
+        <v>107.3892</v>
       </c>
       <c r="I181" s="40"/>
       <c r="J181" s="40">
-        <v>119.3241</v>
+        <v>119.27849999999999</v>
       </c>
       <c r="K181" s="50"/>
       <c r="L181" s="40">
-        <v>112.02679999999999</v>
+        <v>111.97880000000001</v>
       </c>
       <c r="M181" s="40"/>
       <c r="N181" s="40"/>
       <c r="O181" s="49"/>
     </row>
     <row r="182" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B182" s="26"/>
       <c r="C182" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="40">
-        <v>107.8907</v>
+        <v>107.91670000000001</v>
       </c>
       <c r="E182" s="50"/>
       <c r="F182" s="40">
-        <v>110.69629999999999</v>
+        <v>110.6474</v>
       </c>
       <c r="G182" s="50"/>
       <c r="H182" s="40">
-        <v>107.94280000000001</v>
+        <v>107.9472</v>
       </c>
       <c r="I182" s="40"/>
       <c r="J182" s="40"/>
       <c r="K182" s="50"/>
       <c r="L182" s="40"/>
       <c r="M182" s="40"/>
       <c r="N182" s="40"/>
       <c r="O182" s="49"/>
     </row>
     <row r="183" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B183" s="26"/>
       <c r="C183" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D183" s="40">
-        <v>107.2766</v>
+        <v>107.3009</v>
       </c>
       <c r="E183" s="50"/>
       <c r="F183" s="40">
-        <v>109.8309</v>
+        <v>109.7811</v>
       </c>
       <c r="G183" s="50"/>
       <c r="H183" s="40">
-        <v>107.6352</v>
+        <v>107.6396</v>
       </c>
       <c r="I183" s="40"/>
       <c r="J183" s="40"/>
       <c r="K183" s="50"/>
       <c r="L183" s="40"/>
       <c r="M183" s="40"/>
       <c r="N183" s="40"/>
       <c r="O183" s="49"/>
     </row>
     <row r="184" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="26"/>
       <c r="C184" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D184" s="40">
-        <v>106.8779</v>
+        <v>106.9033</v>
       </c>
       <c r="E184" s="50"/>
       <c r="F184" s="40">
-        <v>109.371</v>
+        <v>109.32170000000001</v>
       </c>
       <c r="G184" s="50"/>
       <c r="H184" s="40">
-        <v>107.431</v>
+        <v>107.4353</v>
       </c>
       <c r="I184" s="40"/>
       <c r="J184" s="40">
-        <v>118.8075</v>
+        <v>118.75790000000001</v>
       </c>
       <c r="K184" s="50"/>
       <c r="L184" s="40">
-        <v>110.9434</v>
+        <v>110.8901</v>
       </c>
       <c r="M184" s="40"/>
       <c r="N184" s="40"/>
       <c r="O184" s="49"/>
     </row>
     <row r="185" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="26"/>
       <c r="C185" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D185" s="40">
-        <v>107.60169999999999</v>
+        <v>107.6435</v>
       </c>
       <c r="E185" s="50"/>
       <c r="F185" s="40">
-        <v>109.73220000000001</v>
+        <v>109.6994</v>
       </c>
       <c r="G185" s="50"/>
       <c r="H185" s="40">
-        <v>108.1314</v>
+        <v>108.1358</v>
       </c>
       <c r="I185" s="40"/>
       <c r="J185" s="40"/>
       <c r="K185" s="50"/>
       <c r="L185" s="40"/>
       <c r="M185" s="40"/>
       <c r="N185" s="40"/>
       <c r="O185" s="49"/>
     </row>
     <row r="186" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B186" s="26"/>
       <c r="C186" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D186" s="40">
-        <v>106.39</v>
+        <v>106.4255</v>
       </c>
       <c r="E186" s="50"/>
       <c r="F186" s="40">
-        <v>108.41030000000001</v>
+        <v>108.3716</v>
       </c>
       <c r="G186" s="50"/>
       <c r="H186" s="40">
-        <v>106.5748</v>
+        <v>106.5793</v>
       </c>
       <c r="I186" s="40"/>
       <c r="J186" s="40"/>
       <c r="K186" s="50"/>
       <c r="L186" s="40"/>
       <c r="M186" s="40"/>
       <c r="N186" s="40"/>
       <c r="O186" s="49"/>
     </row>
     <row r="187" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B187" s="29"/>
       <c r="C187" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D187" s="59">
-        <v>105.4011</v>
+        <v>105.4254</v>
       </c>
       <c r="E187" s="60"/>
       <c r="F187" s="59">
-        <v>107.22239999999999</v>
+        <v>107.17140000000001</v>
       </c>
       <c r="G187" s="60"/>
       <c r="H187" s="59">
-        <v>106.00409999999999</v>
+        <v>106.0087</v>
       </c>
       <c r="I187" s="59"/>
       <c r="J187" s="59">
-        <v>117.50190000000001</v>
+        <v>117.4588</v>
       </c>
       <c r="K187" s="60"/>
       <c r="L187" s="59">
-        <v>112.0368</v>
+        <v>111.9791</v>
       </c>
       <c r="M187" s="59"/>
       <c r="N187" s="59"/>
       <c r="O187" s="49"/>
     </row>
     <row r="188" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C188" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D188" s="40">
-        <v>105.20269999999999</v>
+        <v>105.2291</v>
       </c>
       <c r="E188" s="50"/>
       <c r="F188" s="40">
-        <v>107.0562</v>
+        <v>107.0056</v>
       </c>
       <c r="G188" s="50"/>
       <c r="H188" s="40">
-        <v>105.3741</v>
+        <v>105.3788</v>
       </c>
       <c r="I188" s="40"/>
       <c r="J188" s="40"/>
       <c r="K188" s="50"/>
       <c r="L188" s="40"/>
       <c r="M188" s="40"/>
       <c r="N188" s="40"/>
       <c r="O188" s="49"/>
     </row>
     <row r="189" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B189" s="26"/>
       <c r="C189" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D189" s="40">
-        <v>105.4601</v>
+        <v>105.4923</v>
       </c>
       <c r="E189" s="50"/>
       <c r="F189" s="40">
-        <v>107.4033</v>
+        <v>107.3596</v>
       </c>
       <c r="G189" s="50"/>
       <c r="H189" s="40">
-        <v>106.4423</v>
+        <v>106.4473</v>
       </c>
       <c r="I189" s="40"/>
       <c r="J189" s="40"/>
       <c r="K189" s="50"/>
       <c r="L189" s="40"/>
       <c r="M189" s="40"/>
       <c r="N189" s="40"/>
       <c r="O189" s="49"/>
     </row>
     <row r="190" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B190" s="26"/>
       <c r="C190" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D190" s="40">
-        <v>106.4027</v>
+        <v>106.441</v>
       </c>
       <c r="E190" s="50"/>
       <c r="F190" s="40">
-        <v>108.4118</v>
+        <v>108.3741</v>
       </c>
       <c r="G190" s="50"/>
       <c r="H190" s="40">
-        <v>107.65779999999999</v>
+        <v>107.663</v>
       </c>
       <c r="I190" s="40"/>
       <c r="J190" s="40">
-        <v>116.4943</v>
+        <v>116.44710000000001</v>
       </c>
       <c r="K190" s="50"/>
       <c r="L190" s="40">
-        <v>111.2109</v>
+        <v>111.1515</v>
       </c>
       <c r="M190" s="40"/>
       <c r="N190" s="40"/>
       <c r="O190" s="49"/>
     </row>
     <row r="191" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="26"/>
       <c r="C191" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D191" s="40">
-        <v>107.31659999999999</v>
+        <v>107.3625</v>
       </c>
       <c r="E191" s="50"/>
       <c r="F191" s="40">
-        <v>108.9739</v>
+        <v>108.9426</v>
       </c>
       <c r="G191" s="50"/>
       <c r="H191" s="40">
-        <v>108.4781</v>
+        <v>108.4836</v>
       </c>
       <c r="I191" s="40"/>
       <c r="J191" s="40"/>
       <c r="K191" s="50"/>
       <c r="L191" s="40"/>
       <c r="M191" s="40"/>
       <c r="N191" s="40"/>
       <c r="O191" s="49"/>
     </row>
     <row r="192" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B192" s="26"/>
       <c r="C192" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D192" s="40">
-        <v>106.45180000000001</v>
+        <v>106.4952</v>
       </c>
       <c r="E192" s="50"/>
       <c r="F192" s="40">
-        <v>108.0018</v>
+        <v>107.9686</v>
       </c>
       <c r="G192" s="50"/>
       <c r="H192" s="40">
-        <v>108.32940000000001</v>
+        <v>108.33459999999999</v>
       </c>
       <c r="I192" s="40"/>
       <c r="J192" s="40"/>
       <c r="K192" s="50"/>
       <c r="L192" s="40"/>
       <c r="M192" s="40"/>
       <c r="N192" s="40"/>
       <c r="O192" s="49"/>
     </row>
     <row r="193" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B193" s="26"/>
       <c r="C193" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="40">
-        <v>106.4838</v>
+        <v>106.5275</v>
       </c>
       <c r="E193" s="50"/>
       <c r="F193" s="40">
-        <v>107.79049999999999</v>
+        <v>107.7567</v>
       </c>
       <c r="G193" s="50"/>
       <c r="H193" s="40">
-        <v>107.7298</v>
+        <v>107.7347</v>
       </c>
       <c r="I193" s="40"/>
       <c r="J193" s="40">
-        <v>117.0993</v>
+        <v>117.0654</v>
       </c>
       <c r="K193" s="50"/>
       <c r="L193" s="40">
-        <v>107.23560000000001</v>
+        <v>107.19070000000001</v>
       </c>
       <c r="M193" s="40"/>
       <c r="N193" s="40"/>
       <c r="O193" s="49"/>
     </row>
     <row r="194" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B194" s="26"/>
       <c r="C194" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="40">
-        <v>105.7792</v>
+        <v>105.8168</v>
       </c>
       <c r="E194" s="50"/>
       <c r="F194" s="40">
-        <v>107.0089</v>
+        <v>106.96850000000001</v>
       </c>
       <c r="G194" s="50"/>
       <c r="H194" s="40">
-        <v>106.8124</v>
+        <v>106.8172</v>
       </c>
       <c r="I194" s="40"/>
       <c r="J194" s="40"/>
       <c r="K194" s="50"/>
       <c r="L194" s="40"/>
       <c r="M194" s="40"/>
       <c r="N194" s="40"/>
       <c r="O194" s="49"/>
     </row>
     <row r="195" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B195" s="26"/>
       <c r="C195" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D195" s="40">
-        <v>105.60680000000001</v>
+        <v>105.6442</v>
       </c>
       <c r="E195" s="50"/>
       <c r="F195" s="40">
-        <v>106.7924</v>
+        <v>106.7509</v>
       </c>
       <c r="G195" s="50"/>
       <c r="H195" s="40">
-        <v>107.0573</v>
+        <v>107.06180000000001</v>
       </c>
       <c r="I195" s="40"/>
       <c r="J195" s="40"/>
       <c r="K195" s="50"/>
       <c r="L195" s="40"/>
       <c r="M195" s="40"/>
       <c r="N195" s="40"/>
       <c r="O195" s="49"/>
     </row>
     <row r="196" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B196" s="26"/>
       <c r="C196" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D196" s="40">
-        <v>105.0137</v>
+        <v>105.04900000000001</v>
       </c>
       <c r="E196" s="50"/>
       <c r="F196" s="40">
-        <v>106.0581</v>
+        <v>106.01439999999999</v>
       </c>
       <c r="G196" s="50"/>
       <c r="H196" s="40">
-        <v>106.0128</v>
+        <v>106.0177</v>
       </c>
       <c r="I196" s="40"/>
       <c r="J196" s="40">
-        <v>115.67270000000001</v>
+        <v>115.629</v>
       </c>
       <c r="K196" s="50"/>
       <c r="L196" s="40">
-        <v>108.70180000000001</v>
+        <v>108.65860000000001</v>
       </c>
       <c r="M196" s="40"/>
       <c r="N196" s="40"/>
       <c r="O196" s="49"/>
     </row>
     <row r="197" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B197" s="26"/>
       <c r="C197" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D197" s="40">
-        <v>105.4358</v>
+        <v>105.4746</v>
       </c>
       <c r="E197" s="50"/>
       <c r="F197" s="40">
-        <v>106.423</v>
+        <v>106.38339999999999</v>
       </c>
       <c r="G197" s="50"/>
       <c r="H197" s="40">
-        <v>106.7333</v>
+        <v>106.7383</v>
       </c>
       <c r="I197" s="40"/>
       <c r="J197" s="40"/>
       <c r="K197" s="50"/>
       <c r="L197" s="40"/>
       <c r="M197" s="40"/>
       <c r="N197" s="40"/>
       <c r="O197" s="49"/>
     </row>
     <row r="198" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B198" s="26"/>
       <c r="C198" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D198" s="40">
-        <v>105.2512</v>
+        <v>105.2878</v>
       </c>
       <c r="E198" s="50"/>
       <c r="F198" s="40">
-        <v>106.23090000000001</v>
+        <v>106.1889</v>
       </c>
       <c r="G198" s="50"/>
       <c r="H198" s="40">
-        <v>106.9365</v>
+        <v>106.9415</v>
       </c>
       <c r="I198" s="40"/>
       <c r="J198" s="40"/>
       <c r="K198" s="50"/>
       <c r="L198" s="40"/>
       <c r="M198" s="40"/>
       <c r="N198" s="40"/>
       <c r="O198" s="49"/>
     </row>
     <row r="199" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B199" s="29"/>
       <c r="C199" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D199" s="59">
-        <v>104.3129</v>
+        <v>104.3439</v>
       </c>
       <c r="E199" s="60"/>
       <c r="F199" s="59">
-        <v>105.0887</v>
+        <v>105.0415</v>
       </c>
       <c r="G199" s="60"/>
       <c r="H199" s="59">
-        <v>105.7454</v>
+        <v>105.7505</v>
       </c>
       <c r="I199" s="59"/>
       <c r="J199" s="59">
-        <v>115.04349999999999</v>
+        <v>115.00060000000001</v>
       </c>
       <c r="K199" s="60"/>
       <c r="L199" s="59">
-        <v>106.8186</v>
+        <v>106.7645</v>
       </c>
       <c r="M199" s="59"/>
       <c r="N199" s="59"/>
       <c r="O199" s="49"/>
     </row>
     <row r="200" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B200" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C200" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D200" s="40">
-        <v>102.9295</v>
+        <v>102.9516</v>
       </c>
       <c r="E200" s="50"/>
       <c r="F200" s="40">
-        <v>103.10039999999999</v>
+        <v>103.04649999999999</v>
       </c>
       <c r="G200" s="50"/>
       <c r="H200" s="40">
-        <v>105.13460000000001</v>
+        <v>105.13930000000001</v>
       </c>
       <c r="I200" s="40"/>
       <c r="J200" s="40"/>
       <c r="K200" s="50"/>
       <c r="L200" s="40"/>
       <c r="M200" s="40"/>
       <c r="N200" s="40"/>
       <c r="O200" s="49"/>
     </row>
     <row r="201" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B201" s="26"/>
       <c r="C201" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D201" s="40">
-        <v>102.50579999999999</v>
+        <v>102.53060000000001</v>
       </c>
       <c r="E201" s="50"/>
       <c r="F201" s="40">
-        <v>102.9359</v>
+        <v>102.88509999999999</v>
       </c>
       <c r="G201" s="50"/>
       <c r="H201" s="40">
-        <v>105.38200000000001</v>
+        <v>105.38679999999999</v>
       </c>
       <c r="I201" s="40"/>
       <c r="J201" s="40"/>
       <c r="K201" s="50"/>
       <c r="L201" s="40"/>
       <c r="M201" s="40"/>
       <c r="N201" s="40"/>
       <c r="O201" s="49"/>
     </row>
     <row r="202" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B202" s="26"/>
       <c r="C202" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D202" s="40">
-        <v>103.1678</v>
+        <v>103.1944</v>
       </c>
       <c r="E202" s="50"/>
       <c r="F202" s="40">
-        <v>104.17359999999999</v>
+        <v>104.1234</v>
       </c>
       <c r="G202" s="50"/>
       <c r="H202" s="40">
-        <v>106.48480000000001</v>
+        <v>106.4898</v>
       </c>
       <c r="I202" s="40"/>
       <c r="J202" s="40">
-        <v>112.0466</v>
+        <v>111.99079999999999</v>
       </c>
       <c r="K202" s="50"/>
       <c r="L202" s="40">
-        <v>102.6564</v>
+        <v>102.5911</v>
       </c>
       <c r="M202" s="40"/>
       <c r="N202" s="40"/>
       <c r="O202" s="49"/>
     </row>
     <row r="203" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B203" s="26"/>
       <c r="C203" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D203" s="40">
-        <v>103.6506</v>
+        <v>103.67619999999999</v>
       </c>
       <c r="E203" s="50"/>
       <c r="F203" s="40">
-        <v>104.9452</v>
+        <v>104.89319999999999</v>
       </c>
       <c r="G203" s="50"/>
       <c r="H203" s="40">
-        <v>107.14919999999999</v>
+        <v>107.1542</v>
       </c>
       <c r="I203" s="40"/>
       <c r="J203" s="40"/>
       <c r="K203" s="50"/>
       <c r="L203" s="40"/>
       <c r="M203" s="40"/>
       <c r="N203" s="40"/>
       <c r="O203" s="49"/>
     </row>
     <row r="204" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B204" s="26"/>
       <c r="C204" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D204" s="40">
-        <v>102.7642</v>
+        <v>102.785</v>
       </c>
       <c r="E204" s="50"/>
       <c r="F204" s="40">
-        <v>105.2183</v>
+        <v>105.1611</v>
       </c>
       <c r="G204" s="50"/>
       <c r="H204" s="40">
-        <v>105.78149999999999</v>
+        <v>105.7865</v>
       </c>
       <c r="I204" s="40"/>
       <c r="J204" s="40"/>
       <c r="K204" s="50"/>
       <c r="L204" s="40"/>
       <c r="M204" s="40"/>
       <c r="N204" s="40"/>
       <c r="O204" s="49"/>
     </row>
     <row r="205" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B205" s="26"/>
       <c r="C205" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="40">
-        <v>102.494</v>
+        <v>102.51390000000001</v>
       </c>
       <c r="E205" s="50"/>
       <c r="F205" s="40">
-        <v>104.7298</v>
+        <v>104.67140000000001</v>
       </c>
       <c r="G205" s="50"/>
       <c r="H205" s="40">
-        <v>104.87090000000001</v>
+        <v>104.87569999999999</v>
       </c>
       <c r="I205" s="40"/>
       <c r="J205" s="40">
-        <v>112.4432</v>
+        <v>112.38200000000001</v>
       </c>
       <c r="K205" s="50"/>
       <c r="L205" s="40">
-        <v>100.8764</v>
+        <v>100.8159</v>
       </c>
       <c r="M205" s="40"/>
       <c r="N205" s="40"/>
       <c r="O205" s="49"/>
     </row>
     <row r="206" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B206" s="26"/>
       <c r="C206" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="40">
-        <v>102.24639999999999</v>
+        <v>102.25960000000001</v>
       </c>
       <c r="E206" s="50"/>
       <c r="F206" s="40">
-        <v>104.1691</v>
+        <v>104.1046</v>
       </c>
       <c r="G206" s="50"/>
       <c r="H206" s="40">
-        <v>103.9216</v>
+        <v>103.9265</v>
       </c>
       <c r="I206" s="40"/>
       <c r="J206" s="40"/>
       <c r="K206" s="50"/>
       <c r="L206" s="40"/>
       <c r="M206" s="40"/>
       <c r="N206" s="40"/>
       <c r="O206" s="49"/>
     </row>
     <row r="207" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B207" s="26"/>
       <c r="C207" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D207" s="40">
-        <v>102.3524</v>
+        <v>102.36790000000001</v>
       </c>
       <c r="E207" s="50"/>
       <c r="F207" s="40">
-        <v>104.66070000000001</v>
+        <v>104.5967</v>
       </c>
       <c r="G207" s="50"/>
       <c r="H207" s="40">
-        <v>105.2809</v>
+        <v>105.2861</v>
       </c>
       <c r="I207" s="40"/>
       <c r="J207" s="40"/>
       <c r="K207" s="50"/>
       <c r="L207" s="40"/>
       <c r="M207" s="40"/>
       <c r="N207" s="40"/>
       <c r="O207" s="49"/>
     </row>
     <row r="208" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B208" s="26"/>
       <c r="C208" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="40">
-        <v>104.01090000000001</v>
+        <v>104.0334</v>
       </c>
       <c r="E208" s="50"/>
       <c r="F208" s="40">
-        <v>106.78789999999999</v>
+        <v>106.7291</v>
       </c>
       <c r="G208" s="50"/>
       <c r="H208" s="40">
-        <v>107.96250000000001</v>
+        <v>107.9678</v>
       </c>
       <c r="I208" s="40"/>
       <c r="J208" s="40">
-        <v>112.2664</v>
+        <v>112.1998</v>
       </c>
       <c r="K208" s="50"/>
       <c r="L208" s="40">
-        <v>101.32380000000001</v>
+        <v>101.2621</v>
       </c>
       <c r="M208" s="40"/>
       <c r="N208" s="40"/>
       <c r="O208" s="49"/>
     </row>
     <row r="209" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B209" s="26"/>
       <c r="C209" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D209" s="40">
-        <v>102.9966</v>
+        <v>103.0197</v>
       </c>
       <c r="E209" s="50"/>
       <c r="F209" s="40">
-        <v>105.7102</v>
+        <v>105.6529</v>
       </c>
       <c r="G209" s="50"/>
       <c r="H209" s="40">
-        <v>107.2341</v>
+        <v>107.2393</v>
       </c>
       <c r="I209" s="40"/>
       <c r="J209" s="40"/>
       <c r="K209" s="50"/>
       <c r="L209" s="40"/>
       <c r="M209" s="40"/>
       <c r="N209" s="40"/>
       <c r="O209" s="49"/>
     </row>
     <row r="210" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B210" s="26"/>
       <c r="C210" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D210" s="40">
-        <v>102.41330000000001</v>
+        <v>102.4354</v>
       </c>
       <c r="E210" s="50"/>
       <c r="F210" s="40">
-        <v>104.8981</v>
+        <v>104.84</v>
       </c>
       <c r="G210" s="50"/>
       <c r="H210" s="40">
-        <v>105.563</v>
+        <v>105.568</v>
       </c>
       <c r="I210" s="40"/>
       <c r="J210" s="40"/>
       <c r="K210" s="50"/>
       <c r="L210" s="40"/>
       <c r="M210" s="40"/>
       <c r="N210" s="40"/>
       <c r="O210" s="49"/>
     </row>
     <row r="211" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B211" s="29"/>
       <c r="C211" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D211" s="59">
-        <v>103.048</v>
+        <v>103.07550000000001</v>
       </c>
       <c r="E211" s="60"/>
       <c r="F211" s="59">
-        <v>105.6284</v>
+        <v>105.5744</v>
       </c>
       <c r="G211" s="60"/>
       <c r="H211" s="59">
-        <v>106.43259999999999</v>
+        <v>106.4376</v>
       </c>
       <c r="I211" s="59"/>
       <c r="J211" s="59">
-        <v>112.57940000000001</v>
+        <v>112.51949999999999</v>
       </c>
       <c r="K211" s="60"/>
       <c r="L211" s="59">
-        <v>99.180599999999998</v>
+        <v>99.114099999999993</v>
       </c>
       <c r="M211" s="59"/>
       <c r="N211" s="59"/>
       <c r="O211" s="49"/>
     </row>
     <row r="212" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B212" s="21" t="s">
         <v>30</v>
       </c>
       <c r="C212" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D212" s="40">
-        <v>103.0192</v>
+        <v>103.04940000000001</v>
       </c>
       <c r="E212" s="50"/>
       <c r="F212" s="40">
-        <v>105.4862</v>
+        <v>105.4157</v>
       </c>
       <c r="G212" s="50"/>
       <c r="H212" s="40">
-        <v>106.1147</v>
+        <v>106.1208</v>
       </c>
       <c r="I212" s="40"/>
       <c r="J212" s="40"/>
       <c r="K212" s="50"/>
       <c r="L212" s="40"/>
       <c r="M212" s="40"/>
       <c r="N212" s="40"/>
       <c r="O212" s="49"/>
     </row>
     <row r="213" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B213" s="27"/>
       <c r="C213" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D213" s="40">
-        <v>103.19759999999999</v>
+        <v>103.2054</v>
       </c>
       <c r="E213" s="50"/>
       <c r="F213" s="40">
-        <v>105.6957</v>
+        <v>105.61490000000001</v>
       </c>
       <c r="G213" s="50"/>
       <c r="H213" s="40">
-        <v>106.5985</v>
+        <v>106.6058</v>
       </c>
       <c r="I213" s="40"/>
       <c r="J213" s="40"/>
       <c r="K213" s="50"/>
       <c r="L213" s="40"/>
       <c r="M213" s="40"/>
       <c r="N213" s="40"/>
       <c r="O213" s="49"/>
     </row>
     <row r="214" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B214" s="27"/>
       <c r="C214" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D214" s="40">
-        <v>102.581</v>
+        <v>102.6653</v>
       </c>
       <c r="E214" s="50"/>
       <c r="F214" s="40">
-        <v>105.0715</v>
+        <v>105.0762</v>
       </c>
       <c r="G214" s="50"/>
       <c r="H214" s="40">
-        <v>106.5346</v>
+        <v>106.5401</v>
       </c>
       <c r="I214" s="40"/>
       <c r="J214" s="40">
-        <v>112.88290000000001</v>
+        <v>112.79049999999999</v>
       </c>
       <c r="K214" s="50"/>
       <c r="L214" s="40">
-        <v>97.892700000000005</v>
+        <v>97.762200000000007</v>
       </c>
       <c r="M214" s="40"/>
       <c r="N214" s="40"/>
       <c r="O214" s="49"/>
     </row>
     <row r="215" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B215" s="27"/>
       <c r="C215" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D215" s="40">
-        <v>102.4025</v>
+        <v>102.4708</v>
       </c>
       <c r="E215" s="50"/>
       <c r="F215" s="40">
-        <v>104.94840000000001</v>
+        <v>104.94459999999999</v>
       </c>
       <c r="G215" s="50"/>
       <c r="H215" s="40">
-        <v>106.1735</v>
+        <v>106.1795</v>
       </c>
       <c r="I215" s="40"/>
       <c r="J215" s="40"/>
       <c r="K215" s="50"/>
       <c r="L215" s="40"/>
       <c r="M215" s="40"/>
       <c r="N215" s="40"/>
       <c r="O215" s="49"/>
     </row>
     <row r="216" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B216" s="27"/>
       <c r="C216" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D216" s="40">
-        <v>102.94580000000001</v>
+        <v>103.0108</v>
       </c>
       <c r="E216" s="50"/>
       <c r="F216" s="40">
-        <v>105.33199999999999</v>
+        <v>105.3309</v>
       </c>
       <c r="G216" s="50"/>
       <c r="H216" s="40">
-        <v>105.9991</v>
+        <v>106.0052</v>
       </c>
       <c r="I216" s="40"/>
       <c r="J216" s="40"/>
       <c r="K216" s="50"/>
       <c r="L216" s="40"/>
       <c r="M216" s="40"/>
       <c r="N216" s="40"/>
       <c r="O216" s="49"/>
     </row>
     <row r="217" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B217" s="27"/>
       <c r="C217" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D217" s="40">
-        <v>104.9556</v>
+        <v>104.88249999999999</v>
       </c>
       <c r="E217" s="50"/>
       <c r="F217" s="40">
-        <v>107.2694</v>
+        <v>107.1388</v>
       </c>
       <c r="G217" s="50"/>
       <c r="H217" s="40">
-        <v>107.938</v>
+        <v>107.9456</v>
       </c>
       <c r="I217" s="40"/>
       <c r="J217" s="40">
-        <v>112.2444</v>
+        <v>112.1472</v>
       </c>
       <c r="K217" s="50"/>
       <c r="L217" s="40">
-        <v>96.245999999999995</v>
+        <v>96.138000000000005</v>
       </c>
       <c r="M217" s="40"/>
       <c r="N217" s="40"/>
       <c r="O217" s="49"/>
     </row>
     <row r="218" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B218" s="27"/>
       <c r="C218" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="40">
-        <v>104.7341</v>
+        <v>104.6499</v>
       </c>
       <c r="E218" s="50"/>
       <c r="F218" s="40">
-        <v>107.0132</v>
+        <v>106.8785</v>
       </c>
       <c r="G218" s="50"/>
       <c r="H218" s="40">
-        <v>107.38930000000001</v>
+        <v>107.3967</v>
       </c>
       <c r="I218" s="40"/>
       <c r="J218" s="40"/>
       <c r="K218" s="50"/>
       <c r="L218" s="40"/>
       <c r="M218" s="40"/>
       <c r="N218" s="40"/>
       <c r="O218" s="49"/>
     </row>
     <row r="219" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B219" s="27"/>
       <c r="C219" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D219" s="40">
-        <v>104.95780000000001</v>
+        <v>104.7505</v>
       </c>
       <c r="E219" s="50"/>
       <c r="F219" s="40">
-        <v>107.5095</v>
+        <v>107.2581</v>
       </c>
       <c r="G219" s="50"/>
       <c r="H219" s="40">
-        <v>107.3044</v>
+        <v>107.3129</v>
       </c>
       <c r="I219" s="40"/>
       <c r="J219" s="40"/>
       <c r="K219" s="50"/>
       <c r="L219" s="40"/>
       <c r="M219" s="40"/>
       <c r="N219" s="40"/>
       <c r="O219" s="49"/>
     </row>
     <row r="220" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B220" s="27"/>
       <c r="C220" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D220" s="40">
-        <v>104.117</v>
+        <v>103.89279999999999</v>
       </c>
       <c r="E220" s="50"/>
       <c r="F220" s="40">
-        <v>106.5966</v>
+        <v>106.3439</v>
       </c>
       <c r="G220" s="50"/>
       <c r="H220" s="40">
-        <v>106.68049999999999</v>
+        <v>106.68859999999999</v>
       </c>
       <c r="I220" s="40"/>
       <c r="J220" s="40">
-        <v>112.2967</v>
+        <v>112.0223</v>
       </c>
       <c r="K220" s="50"/>
       <c r="L220" s="40">
-        <v>96.556700000000006</v>
+        <v>96.433999999999997</v>
       </c>
       <c r="M220" s="40"/>
       <c r="N220" s="40"/>
       <c r="O220" s="49"/>
     </row>
     <row r="221" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B221" s="27"/>
       <c r="C221" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D221" s="40">
-        <v>104.0857</v>
+        <v>103.84269999999999</v>
       </c>
       <c r="E221" s="50"/>
       <c r="F221" s="40">
-        <v>105.8772</v>
+        <v>105.6247</v>
       </c>
       <c r="G221" s="50"/>
       <c r="H221" s="40">
-        <v>105.83499999999999</v>
+        <v>105.8437</v>
       </c>
       <c r="I221" s="40"/>
       <c r="J221" s="40"/>
       <c r="K221" s="50"/>
       <c r="L221" s="40"/>
       <c r="M221" s="40"/>
       <c r="N221" s="40"/>
       <c r="O221" s="49"/>
     </row>
     <row r="222" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B222" s="27"/>
       <c r="C222" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D222" s="40">
-        <v>103.9323</v>
+        <v>103.69499999999999</v>
       </c>
       <c r="E222" s="50"/>
       <c r="F222" s="40">
-        <v>105.4636</v>
+        <v>105.23690000000001</v>
       </c>
       <c r="G222" s="50"/>
       <c r="H222" s="40">
-        <v>105.1664</v>
+        <v>105.1741</v>
       </c>
       <c r="I222" s="40"/>
       <c r="J222" s="40"/>
       <c r="K222" s="50"/>
       <c r="L222" s="40"/>
       <c r="M222" s="40"/>
       <c r="N222" s="40"/>
       <c r="O222" s="49"/>
     </row>
     <row r="223" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B223" s="28"/>
       <c r="C223" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D223" s="59">
-        <v>104.452</v>
+        <v>104.1596</v>
       </c>
       <c r="E223" s="60"/>
       <c r="F223" s="59">
-        <v>105.81489999999999</v>
+        <v>105.5308</v>
       </c>
       <c r="G223" s="60"/>
       <c r="H223" s="59">
-        <v>105.7884</v>
+        <v>105.797</v>
       </c>
       <c r="I223" s="59"/>
       <c r="J223" s="59">
-        <v>111.7623</v>
+        <v>111.4207</v>
       </c>
       <c r="K223" s="60"/>
       <c r="L223" s="59">
-        <v>95.913700000000006</v>
+        <v>95.762799999999999</v>
       </c>
       <c r="M223" s="59"/>
       <c r="N223" s="59"/>
       <c r="O223" s="49"/>
     </row>
     <row r="224" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C224" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D224" s="40">
-        <v>104.5472</v>
+        <v>104.2478</v>
       </c>
       <c r="E224" s="50"/>
       <c r="F224" s="40">
-        <v>105.8977</v>
+        <v>105.6069</v>
       </c>
       <c r="G224" s="50"/>
       <c r="H224" s="40">
-        <v>105.752</v>
+        <v>105.7602</v>
       </c>
       <c r="I224" s="40"/>
       <c r="J224" s="40"/>
       <c r="K224" s="50"/>
       <c r="L224" s="40"/>
       <c r="M224" s="40"/>
       <c r="N224" s="40"/>
       <c r="O224" s="49"/>
     </row>
     <row r="225" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B225" s="27"/>
       <c r="C225" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D225" s="40">
-        <v>104.5282</v>
+        <v>104.2063</v>
       </c>
       <c r="E225" s="50"/>
       <c r="F225" s="40">
-        <v>105.5907</v>
+        <v>105.2897</v>
       </c>
       <c r="G225" s="50"/>
       <c r="H225" s="40">
-        <v>105.858</v>
+        <v>105.86660000000001</v>
       </c>
       <c r="I225" s="40"/>
       <c r="J225" s="40"/>
       <c r="K225" s="50"/>
       <c r="L225" s="40"/>
       <c r="M225" s="40"/>
       <c r="N225" s="40"/>
       <c r="O225" s="49"/>
     </row>
     <row r="226" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B226" s="27"/>
       <c r="C226" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D226" s="40">
-        <v>104.97280000000001</v>
+        <v>104.6326</v>
       </c>
       <c r="E226" s="50"/>
       <c r="F226" s="40">
-        <v>105.9966</v>
+        <v>105.68940000000001</v>
       </c>
       <c r="G226" s="50"/>
       <c r="H226" s="40">
-        <v>105.4633</v>
+        <v>105.47280000000001</v>
       </c>
       <c r="I226" s="40"/>
       <c r="J226" s="40">
-        <v>111.9461</v>
+        <v>111.5578</v>
       </c>
       <c r="K226" s="50"/>
       <c r="L226" s="40">
-        <v>95.828599999999994</v>
+        <v>95.6434</v>
       </c>
       <c r="M226" s="40"/>
       <c r="N226" s="40"/>
       <c r="O226" s="49"/>
     </row>
     <row r="227" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B227" s="27"/>
       <c r="C227" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D227" s="40">
-        <v>105.2234</v>
+        <v>104.91249999999999</v>
       </c>
       <c r="E227" s="50"/>
       <c r="F227" s="40">
-        <v>106.2843</v>
+        <v>106.0234</v>
       </c>
       <c r="G227" s="50"/>
       <c r="H227" s="40">
-        <v>105.2942</v>
+        <v>105.3035</v>
       </c>
       <c r="I227" s="40"/>
       <c r="J227" s="40"/>
       <c r="K227" s="50"/>
       <c r="L227" s="40"/>
       <c r="M227" s="40"/>
       <c r="N227" s="40"/>
       <c r="O227" s="49"/>
     </row>
     <row r="228" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B228" s="27"/>
       <c r="C228" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D228" s="40">
-        <v>105.2561</v>
+        <v>104.9952</v>
       </c>
       <c r="E228" s="50"/>
       <c r="F228" s="40">
-        <v>106.5582</v>
+        <v>106.35760000000001</v>
       </c>
       <c r="G228" s="50"/>
       <c r="H228" s="40">
-        <v>105.2364</v>
+        <v>105.24509999999999</v>
       </c>
       <c r="I228" s="40"/>
       <c r="J228" s="40"/>
       <c r="K228" s="50"/>
       <c r="L228" s="40"/>
       <c r="M228" s="40"/>
       <c r="N228" s="40"/>
       <c r="O228" s="49"/>
     </row>
     <row r="229" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B229" s="27"/>
       <c r="C229" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="40">
-        <v>105.1923</v>
+        <v>104.9575</v>
       </c>
       <c r="E229" s="50"/>
       <c r="F229" s="40">
-        <v>106.4328</v>
+        <v>106.2567</v>
       </c>
       <c r="G229" s="50"/>
       <c r="H229" s="40">
-        <v>104.87050000000001</v>
+        <v>104.87860000000001</v>
       </c>
       <c r="I229" s="40"/>
       <c r="J229" s="40">
-        <v>112.0014</v>
+        <v>111.6679</v>
       </c>
       <c r="K229" s="50"/>
       <c r="L229" s="40">
-        <v>94.751199999999997</v>
+        <v>94.577200000000005</v>
       </c>
       <c r="M229" s="40"/>
       <c r="N229" s="40"/>
       <c r="O229" s="49"/>
     </row>
     <row r="230" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B230" s="27"/>
       <c r="C230" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="40">
-        <v>104.5523</v>
+        <v>104.3385</v>
       </c>
       <c r="E230" s="50"/>
       <c r="F230" s="40">
-        <v>105.8717</v>
+        <v>105.73399999999999</v>
       </c>
       <c r="G230" s="50"/>
       <c r="H230" s="40">
-        <v>104.4545</v>
+        <v>104.4623</v>
       </c>
       <c r="I230" s="40"/>
       <c r="J230" s="40"/>
       <c r="K230" s="50"/>
       <c r="L230" s="40"/>
       <c r="M230" s="40"/>
       <c r="N230" s="40"/>
       <c r="O230" s="49"/>
     </row>
     <row r="231" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B231" s="27"/>
       <c r="C231" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D231" s="40">
-        <v>104.1601</v>
+        <v>103.9744</v>
       </c>
       <c r="E231" s="50"/>
       <c r="F231" s="40">
-        <v>105.5429</v>
+        <v>105.44070000000001</v>
       </c>
       <c r="G231" s="50"/>
       <c r="H231" s="40">
-        <v>104.0235</v>
+        <v>104.03019999999999</v>
       </c>
       <c r="I231" s="40"/>
       <c r="J231" s="40"/>
       <c r="K231" s="50"/>
       <c r="L231" s="40"/>
       <c r="M231" s="40"/>
       <c r="N231" s="40"/>
       <c r="O231" s="49"/>
     </row>
     <row r="232" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B232" s="27"/>
       <c r="C232" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D232" s="40">
-        <v>103.6391</v>
+        <v>103.5227</v>
       </c>
       <c r="E232" s="50"/>
       <c r="F232" s="40">
-        <v>104.9003</v>
+        <v>104.8652</v>
       </c>
       <c r="G232" s="50"/>
       <c r="H232" s="40">
-        <v>103.65470000000001</v>
+        <v>103.65989999999999</v>
       </c>
       <c r="I232" s="40"/>
       <c r="J232" s="40">
-        <v>110.7055</v>
+        <v>110.49720000000001</v>
       </c>
       <c r="K232" s="50"/>
       <c r="L232" s="40">
-        <v>94.840100000000007</v>
+        <v>94.708500000000001</v>
       </c>
       <c r="M232" s="40"/>
       <c r="N232" s="40"/>
       <c r="O232" s="49"/>
     </row>
     <row r="233" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B233" s="27"/>
       <c r="C233" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D233" s="40">
-        <v>102.9782</v>
+        <v>102.8738</v>
       </c>
       <c r="E233" s="50"/>
       <c r="F233" s="40">
-        <v>103.9225</v>
+        <v>103.90689999999999</v>
       </c>
       <c r="G233" s="50"/>
       <c r="H233" s="40">
-        <v>102.9855</v>
+        <v>102.9898</v>
       </c>
       <c r="I233" s="40"/>
       <c r="J233" s="40"/>
       <c r="K233" s="50"/>
       <c r="L233" s="40"/>
       <c r="M233" s="40"/>
       <c r="N233" s="40"/>
       <c r="O233" s="49"/>
     </row>
     <row r="234" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B234" s="27"/>
       <c r="C234" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D234" s="40">
-        <v>102.86799999999999</v>
+        <v>102.764</v>
       </c>
       <c r="E234" s="50"/>
       <c r="F234" s="40">
-        <v>103.44580000000001</v>
+        <v>103.4353</v>
       </c>
       <c r="G234" s="50"/>
       <c r="H234" s="40">
-        <v>102.0564</v>
+        <v>102.0604</v>
       </c>
       <c r="I234" s="40"/>
       <c r="J234" s="40"/>
       <c r="K234" s="50"/>
       <c r="L234" s="40"/>
       <c r="M234" s="40"/>
       <c r="N234" s="40"/>
       <c r="O234" s="49"/>
     </row>
     <row r="235" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B235" s="28"/>
       <c r="C235" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D235" s="59">
-        <v>103.3763</v>
+        <v>103.23309999999999</v>
       </c>
       <c r="E235" s="60"/>
       <c r="F235" s="59">
-        <v>103.6961</v>
+        <v>103.6617</v>
       </c>
       <c r="G235" s="60"/>
       <c r="H235" s="59">
-        <v>101.46429999999999</v>
+        <v>101.46769999999999</v>
       </c>
       <c r="I235" s="59"/>
       <c r="J235" s="59">
-        <v>109.3655</v>
+        <v>109.22929999999999</v>
       </c>
       <c r="K235" s="60"/>
       <c r="L235" s="59">
-        <v>92.732100000000003</v>
+        <v>92.641199999999998</v>
       </c>
       <c r="M235" s="59"/>
       <c r="N235" s="59"/>
       <c r="O235" s="49"/>
     </row>
     <row r="236" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21" t="s">
         <v>32</v>
       </c>
       <c r="C236" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D236" s="40">
-        <v>101.679</v>
+        <v>101.69159999999999</v>
       </c>
       <c r="E236" s="50"/>
       <c r="F236" s="40">
-        <v>101.79510000000001</v>
+        <v>101.9196</v>
       </c>
       <c r="G236" s="50"/>
       <c r="H236" s="40">
-        <v>97.787000000000006</v>
+        <v>97.785399999999996</v>
       </c>
       <c r="I236" s="40"/>
       <c r="J236" s="40"/>
       <c r="K236" s="50"/>
       <c r="L236" s="40"/>
       <c r="M236" s="40"/>
       <c r="N236" s="40"/>
       <c r="O236" s="49"/>
     </row>
     <row r="237" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B237" s="27"/>
       <c r="C237" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D237" s="40">
-        <v>100.7024</v>
+        <v>100.7692</v>
       </c>
       <c r="E237" s="50"/>
       <c r="F237" s="40">
-        <v>100.6219</v>
+        <v>100.80759999999999</v>
       </c>
       <c r="G237" s="50"/>
       <c r="H237" s="40">
-        <v>98.216800000000006</v>
+        <v>98.213999999999999</v>
       </c>
       <c r="I237" s="40"/>
       <c r="J237" s="40"/>
       <c r="K237" s="50"/>
       <c r="L237" s="40"/>
       <c r="M237" s="40"/>
       <c r="N237" s="40"/>
       <c r="O237" s="49"/>
     </row>
     <row r="238" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B238" s="27"/>
       <c r="C238" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D238" s="40">
-        <v>100.2706</v>
+        <v>100.44840000000001</v>
       </c>
       <c r="E238" s="50"/>
       <c r="F238" s="40">
-        <v>100.3147</v>
+        <v>100.61839999999999</v>
       </c>
       <c r="G238" s="50"/>
       <c r="H238" s="40">
-        <v>99.189800000000005</v>
+        <v>99.184899999999999</v>
       </c>
       <c r="I238" s="40"/>
       <c r="J238" s="40">
-        <v>106.7706</v>
+        <v>106.8486</v>
       </c>
       <c r="K238" s="50"/>
       <c r="L238" s="40">
-        <v>91.455699999999993</v>
+        <v>91.488399999999999</v>
       </c>
       <c r="M238" s="40"/>
       <c r="N238" s="40"/>
       <c r="O238" s="49"/>
     </row>
     <row r="239" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B239" s="30"/>
       <c r="C239" s="30" t="s">
         <v>5</v>
       </c>
       <c r="D239" s="40">
-        <v>100.4114</v>
+        <v>100.625</v>
       </c>
       <c r="E239" s="50"/>
       <c r="F239" s="40">
-        <v>100.25</v>
+        <v>100.6002</v>
       </c>
       <c r="G239" s="50"/>
       <c r="H239" s="40">
-        <v>99.044899999999998</v>
+        <v>99.039599999999993</v>
       </c>
       <c r="I239" s="40"/>
       <c r="J239" s="40"/>
       <c r="K239" s="50"/>
       <c r="L239" s="40"/>
       <c r="M239" s="40"/>
       <c r="N239" s="40"/>
       <c r="O239" s="49"/>
     </row>
     <row r="240" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B240" s="27"/>
       <c r="C240" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D240" s="40">
-        <v>101.71299999999999</v>
+        <v>101.8141</v>
       </c>
       <c r="E240" s="50"/>
       <c r="F240" s="40">
-        <v>101.7757</v>
+        <v>102.01990000000001</v>
       </c>
       <c r="G240" s="50"/>
       <c r="H240" s="40">
-        <v>101.187</v>
+        <v>101.1844</v>
       </c>
       <c r="I240" s="40"/>
       <c r="J240" s="40"/>
       <c r="K240" s="50"/>
       <c r="L240" s="40"/>
       <c r="M240" s="40"/>
       <c r="N240" s="40"/>
       <c r="O240" s="49"/>
     </row>
     <row r="241" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B241" s="27"/>
       <c r="C241" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="40">
-        <v>102.1101</v>
+        <v>102.16549999999999</v>
       </c>
       <c r="E241" s="50"/>
       <c r="F241" s="40">
-        <v>102.1699</v>
+        <v>102.38079999999999</v>
       </c>
       <c r="G241" s="50"/>
       <c r="H241" s="40">
-        <v>100.7323</v>
+        <v>100.7307</v>
       </c>
       <c r="I241" s="40"/>
       <c r="J241" s="40">
-        <v>106.7052</v>
+        <v>106.8272</v>
       </c>
       <c r="K241" s="50"/>
       <c r="L241" s="40">
-        <v>90.990200000000002</v>
+        <v>91.066900000000004</v>
       </c>
       <c r="M241" s="40"/>
       <c r="N241" s="40"/>
       <c r="O241" s="49"/>
     </row>
     <row r="242" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B242" s="27"/>
       <c r="C242" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="40">
-        <v>101.5694</v>
+        <v>101.6678</v>
       </c>
       <c r="E242" s="50"/>
       <c r="F242" s="40">
-        <v>101.4876</v>
+        <v>101.7478</v>
       </c>
       <c r="G242" s="50"/>
       <c r="H242" s="40">
-        <v>100.1011</v>
+        <v>100.09910000000001</v>
       </c>
       <c r="I242" s="40"/>
       <c r="J242" s="40"/>
       <c r="K242" s="50"/>
       <c r="L242" s="40"/>
       <c r="M242" s="40"/>
       <c r="N242" s="40"/>
       <c r="O242" s="49"/>
     </row>
     <row r="243" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B243" s="27"/>
       <c r="C243" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="40">
-        <v>103.1511</v>
+        <v>103.1262</v>
       </c>
       <c r="E243" s="50"/>
       <c r="F243" s="40">
-        <v>103.2722</v>
+        <v>103.4233</v>
       </c>
       <c r="G243" s="50"/>
       <c r="H243" s="40">
         <v>100.08</v>
       </c>
       <c r="I243" s="40"/>
       <c r="J243" s="40"/>
       <c r="K243" s="50"/>
       <c r="L243" s="40"/>
       <c r="M243" s="40"/>
       <c r="N243" s="40"/>
       <c r="O243" s="49"/>
     </row>
     <row r="244" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B244" s="27"/>
       <c r="C244" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="40">
-        <v>103.3785</v>
+        <v>103.27419999999999</v>
       </c>
       <c r="E244" s="50"/>
       <c r="F244" s="40">
-        <v>103.1202</v>
+        <v>103.2007</v>
       </c>
       <c r="G244" s="50"/>
       <c r="H244" s="40">
-        <v>99.607600000000005</v>
+        <v>99.608099999999993</v>
       </c>
       <c r="I244" s="40"/>
       <c r="J244" s="40">
-        <v>106.62520000000001</v>
+        <v>106.622</v>
       </c>
       <c r="K244" s="50"/>
       <c r="L244" s="40">
-        <v>89.667500000000004</v>
+        <v>89.720699999999994</v>
       </c>
       <c r="M244" s="40"/>
       <c r="N244" s="40"/>
       <c r="O244" s="49"/>
     </row>
     <row r="245" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B245" s="27"/>
       <c r="C245" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D245" s="40">
-        <v>102.6604</v>
+        <v>102.5972</v>
       </c>
       <c r="E245" s="50"/>
       <c r="F245" s="40">
-        <v>102.04949999999999</v>
+        <v>102.17740000000001</v>
       </c>
       <c r="G245" s="50"/>
       <c r="H245" s="40">
-        <v>99.509900000000002</v>
+        <v>99.509799999999998</v>
       </c>
       <c r="I245" s="40"/>
       <c r="J245" s="40"/>
       <c r="K245" s="50"/>
       <c r="L245" s="40"/>
       <c r="M245" s="40"/>
       <c r="N245" s="40"/>
       <c r="O245" s="49"/>
     </row>
     <row r="246" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B246" s="27"/>
       <c r="C246" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D246" s="40">
-        <v>101.7013</v>
+        <v>101.758</v>
       </c>
       <c r="E246" s="50"/>
       <c r="F246" s="40">
-        <v>100.7499</v>
+        <v>101.0043</v>
       </c>
       <c r="G246" s="50"/>
       <c r="H246" s="40">
-        <v>98.702100000000002</v>
+        <v>98.699399999999997</v>
       </c>
       <c r="I246" s="40"/>
       <c r="J246" s="40"/>
       <c r="K246" s="50"/>
       <c r="L246" s="40"/>
       <c r="M246" s="40"/>
       <c r="N246" s="40"/>
       <c r="O246" s="49"/>
     </row>
     <row r="247" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B247" s="31"/>
       <c r="C247" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D247" s="59">
-        <v>102.11969999999999</v>
+        <v>102.09399999999999</v>
       </c>
       <c r="E247" s="52"/>
       <c r="F247" s="59">
-        <v>100.96550000000001</v>
+        <v>101.15389999999999</v>
       </c>
       <c r="G247" s="52"/>
       <c r="H247" s="59">
-        <v>97.400400000000005</v>
+        <v>97.398600000000002</v>
       </c>
       <c r="I247" s="59"/>
       <c r="J247" s="59">
-        <v>107.22499999999999</v>
+        <v>107.2167</v>
       </c>
       <c r="K247" s="52"/>
       <c r="L247" s="59">
-        <v>89.588999999999999</v>
+        <v>89.645700000000005</v>
       </c>
       <c r="M247" s="59"/>
       <c r="N247" s="59"/>
       <c r="O247" s="49"/>
     </row>
     <row r="248" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C248" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D248" s="40">
-        <v>102.60120000000001</v>
+        <v>102.5633</v>
       </c>
       <c r="E248" s="62"/>
       <c r="F248" s="40">
-        <v>101.4659</v>
+        <v>101.6527</v>
       </c>
       <c r="G248" s="62"/>
       <c r="H248" s="40">
-        <v>96.883700000000005</v>
+        <v>96.882599999999996</v>
       </c>
       <c r="I248" s="40"/>
       <c r="J248" s="40"/>
       <c r="K248" s="62"/>
       <c r="L248" s="40"/>
       <c r="M248" s="40"/>
       <c r="N248" s="40"/>
       <c r="O248" s="49"/>
     </row>
     <row r="249" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="21"/>
       <c r="C249" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D249" s="40">
-        <v>103.3567</v>
+        <v>103.32680000000001</v>
       </c>
       <c r="E249" s="50"/>
       <c r="F249" s="40">
-        <v>101.9084</v>
+        <v>102.1002</v>
       </c>
       <c r="G249" s="50"/>
       <c r="H249" s="40">
-        <v>96.937100000000001</v>
+        <v>96.936899999999994</v>
       </c>
       <c r="I249" s="40"/>
       <c r="J249" s="40"/>
       <c r="K249" s="50"/>
       <c r="L249" s="40"/>
       <c r="M249" s="40"/>
       <c r="N249" s="40"/>
       <c r="O249" s="49"/>
     </row>
     <row r="250" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
       <c r="C250" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D250" s="40">
-        <v>103.9485</v>
+        <v>103.914</v>
       </c>
       <c r="E250" s="50"/>
       <c r="F250" s="40">
-        <v>102.3503</v>
+        <v>102.542</v>
       </c>
       <c r="G250" s="50"/>
       <c r="H250" s="40">
-        <v>98.844700000000003</v>
+        <v>98.843599999999995</v>
       </c>
       <c r="I250" s="40"/>
       <c r="J250" s="40">
-        <v>107.0406</v>
+        <v>107.04559999999999</v>
       </c>
       <c r="K250" s="50"/>
       <c r="L250" s="40">
-        <v>87.875500000000002</v>
+        <v>87.929199999999994</v>
       </c>
       <c r="M250" s="40"/>
       <c r="N250" s="40"/>
       <c r="O250" s="49"/>
     </row>
     <row r="251" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B251" s="21"/>
       <c r="C251" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D251" s="40">
-        <v>105.0699</v>
+        <v>105.0373</v>
       </c>
       <c r="E251" s="50"/>
       <c r="F251" s="40">
-        <v>103.215</v>
+        <v>103.4089</v>
       </c>
       <c r="G251" s="50"/>
       <c r="H251" s="40">
-        <v>98.134500000000003</v>
+        <v>98.133899999999997</v>
       </c>
       <c r="I251" s="40"/>
       <c r="J251" s="40"/>
       <c r="K251" s="50"/>
       <c r="L251" s="40"/>
       <c r="M251" s="40"/>
       <c r="N251" s="40"/>
       <c r="O251" s="49"/>
     </row>
     <row r="252" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
       <c r="C252" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D252" s="40">
-        <v>105.2377</v>
+        <v>105.2064</v>
       </c>
       <c r="E252" s="50"/>
       <c r="F252" s="40">
-        <v>103.4089</v>
+        <v>103.6028</v>
       </c>
       <c r="G252" s="50"/>
       <c r="H252" s="40">
-        <v>99.289400000000001</v>
+        <v>99.289500000000004</v>
       </c>
       <c r="I252" s="40"/>
       <c r="J252" s="40"/>
       <c r="K252" s="50"/>
       <c r="L252" s="40"/>
       <c r="M252" s="40"/>
       <c r="N252" s="40"/>
       <c r="O252" s="49"/>
     </row>
     <row r="253" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
       <c r="C253" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="40">
-        <v>104.76009999999999</v>
+        <v>104.7299</v>
       </c>
       <c r="E253" s="50"/>
       <c r="F253" s="40">
-        <v>102.69070000000001</v>
+        <v>102.884</v>
       </c>
       <c r="G253" s="50"/>
       <c r="H253" s="40">
-        <v>100.00230000000001</v>
+        <v>100.0022</v>
       </c>
       <c r="I253" s="40"/>
       <c r="J253" s="40">
-        <v>108.7141</v>
+        <v>108.7218</v>
       </c>
       <c r="K253" s="50"/>
       <c r="L253" s="40">
-        <v>88.548199999999994</v>
+        <v>88.597300000000004</v>
       </c>
       <c r="M253" s="40"/>
       <c r="N253" s="40"/>
       <c r="O253" s="49"/>
     </row>
     <row r="254" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
       <c r="C254" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="40">
-        <v>105.07040000000001</v>
+        <v>105.0371</v>
       </c>
       <c r="E254" s="50"/>
       <c r="F254" s="40">
-        <v>102.9372</v>
+        <v>103.1281</v>
       </c>
       <c r="G254" s="50"/>
       <c r="H254" s="40">
-        <v>99.336500000000001</v>
+        <v>99.334999999999994</v>
       </c>
       <c r="I254" s="40"/>
       <c r="J254" s="40"/>
       <c r="K254" s="50"/>
       <c r="L254" s="40"/>
       <c r="M254" s="40"/>
       <c r="N254" s="40"/>
       <c r="O254" s="49"/>
     </row>
     <row r="255" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B255" s="21"/>
       <c r="C255" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D255" s="40">
-        <v>105.2637</v>
+        <v>105.2324</v>
       </c>
       <c r="E255" s="50"/>
       <c r="F255" s="40">
-        <v>103.02379999999999</v>
+        <v>103.2183</v>
       </c>
       <c r="G255" s="50"/>
       <c r="H255" s="40">
-        <v>97.814899999999994</v>
+        <v>97.813500000000005</v>
       </c>
       <c r="I255" s="40"/>
       <c r="J255" s="40"/>
       <c r="K255" s="50"/>
       <c r="L255" s="40"/>
       <c r="M255" s="40"/>
       <c r="N255" s="40"/>
       <c r="O255" s="49"/>
     </row>
     <row r="256" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
       <c r="C256" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D256" s="40">
-        <v>105.1208</v>
+        <v>105.0898</v>
       </c>
       <c r="E256" s="50"/>
       <c r="F256" s="40">
-        <v>103.02849999999999</v>
+        <v>103.2239</v>
       </c>
       <c r="G256" s="50"/>
       <c r="H256" s="40">
-        <v>99.319500000000005</v>
+        <v>99.318200000000004</v>
       </c>
       <c r="I256" s="40"/>
       <c r="J256" s="40">
-        <v>109.0134</v>
+        <v>109.01179999999999</v>
       </c>
       <c r="K256" s="50"/>
       <c r="L256" s="40">
-        <v>88.258099999999999</v>
+        <v>88.302300000000002</v>
       </c>
       <c r="M256" s="40"/>
       <c r="N256" s="40"/>
       <c r="O256" s="49"/>
     </row>
     <row r="257" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
       <c r="C257" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D257" s="40">
-        <v>104.94970000000001</v>
+        <v>104.9156</v>
       </c>
       <c r="E257" s="50"/>
       <c r="F257" s="40">
-        <v>102.7668</v>
+        <v>102.95869999999999</v>
       </c>
       <c r="G257" s="50"/>
       <c r="H257" s="40">
-        <v>100.2649</v>
+        <v>100.2632</v>
       </c>
       <c r="I257" s="40"/>
       <c r="J257" s="40"/>
       <c r="K257" s="50"/>
       <c r="L257" s="40"/>
       <c r="M257" s="40"/>
       <c r="N257" s="40"/>
       <c r="O257" s="49"/>
     </row>
     <row r="258" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B258" s="21"/>
       <c r="C258" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D258" s="40">
-        <v>104.65179999999999</v>
+        <v>104.6178</v>
       </c>
       <c r="E258" s="50"/>
       <c r="F258" s="40">
-        <v>102.5004</v>
+        <v>102.69240000000001</v>
       </c>
       <c r="G258" s="50"/>
       <c r="H258" s="40">
-        <v>98.397499999999994</v>
+        <v>98.3947</v>
       </c>
       <c r="I258" s="40"/>
       <c r="J258" s="40"/>
       <c r="K258" s="50"/>
       <c r="L258" s="40"/>
       <c r="M258" s="40"/>
       <c r="N258" s="40"/>
       <c r="O258" s="49"/>
     </row>
     <row r="259" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B259" s="31"/>
       <c r="C259" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D259" s="59">
-        <v>104.0372</v>
+        <v>103.997</v>
       </c>
       <c r="E259" s="52"/>
       <c r="F259" s="59">
-        <v>101.96129999999999</v>
+        <v>102.1472</v>
       </c>
       <c r="G259" s="52"/>
       <c r="H259" s="59">
-        <v>99.417400000000001</v>
+        <v>99.413899999999998</v>
       </c>
       <c r="I259" s="59"/>
       <c r="J259" s="59">
-        <v>107.70910000000001</v>
+        <v>107.7062</v>
       </c>
       <c r="K259" s="52"/>
       <c r="L259" s="59">
-        <v>87.081299999999999</v>
+        <v>87.137900000000002</v>
       </c>
       <c r="M259" s="59"/>
       <c r="N259" s="59"/>
       <c r="O259" s="49"/>
     </row>
     <row r="260" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B260" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C260" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D260" s="40">
-        <v>104.29340000000001</v>
+        <v>104.2543</v>
       </c>
       <c r="E260" s="50"/>
       <c r="F260" s="40">
-        <v>102.1073</v>
+        <v>102.2942</v>
       </c>
       <c r="G260" s="50"/>
       <c r="H260" s="40">
-        <v>99.583500000000001</v>
+        <v>99.580299999999994</v>
       </c>
       <c r="I260" s="40"/>
       <c r="J260" s="40"/>
       <c r="K260" s="50"/>
       <c r="L260" s="40"/>
       <c r="M260" s="40"/>
       <c r="N260" s="40"/>
       <c r="O260" s="49"/>
     </row>
     <row r="261" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B261" s="21"/>
       <c r="C261" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D261" s="18">
-        <v>105.139</v>
+        <v>105.0972</v>
       </c>
       <c r="E261" s="50"/>
       <c r="F261" s="18">
-        <v>102.93689999999999</v>
+        <v>103.1242</v>
       </c>
       <c r="G261" s="50"/>
       <c r="H261" s="18">
-        <v>100.1534</v>
+        <v>100.1495</v>
       </c>
       <c r="I261" s="18"/>
       <c r="J261" s="18"/>
       <c r="K261" s="50"/>
       <c r="L261" s="18"/>
       <c r="M261" s="18"/>
       <c r="N261" s="18"/>
       <c r="O261" s="49"/>
     </row>
     <row r="262" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B262" s="21"/>
       <c r="C262" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D262" s="18">
-        <v>105.6297</v>
+        <v>105.5885</v>
       </c>
       <c r="E262" s="50"/>
       <c r="F262" s="18">
-        <v>103.1865</v>
+        <v>103.3659</v>
       </c>
       <c r="G262" s="50"/>
       <c r="H262" s="18">
-        <v>100.01349999999999</v>
+        <v>100.0097</v>
       </c>
       <c r="I262" s="18"/>
       <c r="J262" s="18">
-        <v>107.02970000000001</v>
+        <v>107.0158</v>
       </c>
       <c r="K262" s="50"/>
       <c r="L262" s="18">
-        <v>87.222999999999999</v>
+        <v>87.273499999999999</v>
       </c>
       <c r="M262" s="18"/>
       <c r="N262" s="18"/>
       <c r="O262" s="49"/>
     </row>
     <row r="263" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B263" s="21"/>
       <c r="C263" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D263" s="18">
-        <v>105.1305</v>
+        <v>105.0879</v>
       </c>
       <c r="E263" s="50"/>
       <c r="F263" s="18">
-        <v>102.7039</v>
+        <v>102.8832</v>
       </c>
       <c r="G263" s="50"/>
       <c r="H263" s="18">
-        <v>99.852900000000005</v>
+        <v>99.849199999999996</v>
       </c>
       <c r="I263" s="18"/>
       <c r="J263" s="18"/>
       <c r="K263" s="50"/>
       <c r="L263" s="18"/>
       <c r="M263" s="18"/>
       <c r="N263" s="18"/>
       <c r="O263" s="49"/>
     </row>
     <row r="264" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B264" s="21"/>
       <c r="C264" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D264" s="18">
-        <v>106.09050000000001</v>
+        <v>106.0575</v>
       </c>
       <c r="E264" s="50"/>
       <c r="F264" s="18">
-        <v>103.36790000000001</v>
+        <v>103.5634</v>
       </c>
       <c r="G264" s="50"/>
       <c r="H264" s="18">
-        <v>99.672799999999995</v>
+        <v>99.671499999999995</v>
       </c>
       <c r="I264" s="18"/>
       <c r="J264" s="18"/>
       <c r="K264" s="50"/>
       <c r="L264" s="18"/>
       <c r="M264" s="18"/>
       <c r="N264" s="18"/>
       <c r="O264" s="49"/>
     </row>
     <row r="265" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="21"/>
       <c r="C265" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D265" s="18">
-        <v>106.7116</v>
+        <v>106.68219999999999</v>
       </c>
       <c r="E265" s="50"/>
       <c r="F265" s="18">
-        <v>104.1063</v>
+        <v>104.3056</v>
       </c>
       <c r="G265" s="50"/>
       <c r="H265" s="18">
-        <v>99.599100000000007</v>
+        <v>99.598200000000006</v>
       </c>
       <c r="I265" s="18"/>
       <c r="J265" s="18">
-        <v>109.4576</v>
+        <v>109.452</v>
       </c>
       <c r="K265" s="50"/>
       <c r="L265" s="18">
-        <v>88.186499999999995</v>
+        <v>88.241399999999999</v>
       </c>
       <c r="M265" s="18"/>
       <c r="N265" s="18"/>
       <c r="O265" s="49"/>
     </row>
     <row r="266" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B266" s="21"/>
       <c r="C266" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="18">
-        <v>107.3009</v>
+        <v>107.2788</v>
       </c>
       <c r="E266" s="50"/>
       <c r="F266" s="18">
-        <v>104.5301</v>
+        <v>104.736</v>
       </c>
       <c r="G266" s="50"/>
       <c r="H266" s="18">
-        <v>100.25360000000001</v>
+        <v>100.2544</v>
       </c>
       <c r="I266" s="18"/>
       <c r="J266" s="18"/>
       <c r="K266" s="50"/>
       <c r="L266" s="18"/>
       <c r="M266" s="18"/>
       <c r="N266" s="18"/>
       <c r="O266" s="49"/>
     </row>
     <row r="267" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B267" s="27"/>
       <c r="C267" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D267" s="40">
-        <v>107.9858</v>
+        <v>107.9679</v>
       </c>
       <c r="E267" s="50"/>
       <c r="F267" s="40">
-        <v>105.1673</v>
+        <v>105.37609999999999</v>
       </c>
       <c r="G267" s="50"/>
       <c r="H267" s="40">
-        <v>100.96120000000001</v>
+        <v>100.9635</v>
       </c>
       <c r="I267" s="40"/>
       <c r="J267" s="40"/>
       <c r="K267" s="50"/>
       <c r="L267" s="40"/>
       <c r="M267" s="40"/>
       <c r="N267" s="40"/>
       <c r="O267" s="49"/>
     </row>
     <row r="268" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C268" s="34" t="s">
         <v>10</v>
       </c>
       <c r="D268" s="40">
-        <v>107.1848</v>
+        <v>107.16849999999999</v>
       </c>
       <c r="E268" s="50"/>
       <c r="F268" s="40">
-        <v>104.7041</v>
+        <v>104.91589999999999</v>
       </c>
       <c r="G268" s="50"/>
       <c r="H268" s="40">
-        <v>100.50660000000001</v>
+        <v>100.5091</v>
       </c>
       <c r="I268" s="40"/>
       <c r="J268" s="40">
-        <v>110.6718</v>
+        <v>110.67910000000001</v>
       </c>
       <c r="K268" s="50"/>
       <c r="L268" s="40">
-        <v>88.542900000000003</v>
+        <v>88.604699999999994</v>
       </c>
       <c r="M268" s="40"/>
       <c r="N268" s="40"/>
       <c r="O268" s="49"/>
     </row>
     <row r="269" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B269" s="27"/>
       <c r="C269" s="34" t="s">
         <v>11</v>
       </c>
       <c r="D269" s="40">
-        <v>106.465</v>
+        <v>106.4485</v>
       </c>
       <c r="E269" s="50"/>
       <c r="F269" s="40">
-        <v>103.9194</v>
+        <v>104.12909999999999</v>
       </c>
       <c r="G269" s="50"/>
       <c r="H269" s="40">
-        <v>99.7303</v>
+        <v>99.732299999999995</v>
       </c>
       <c r="I269" s="40"/>
       <c r="J269" s="40"/>
       <c r="K269" s="50"/>
       <c r="L269" s="40"/>
       <c r="M269" s="40"/>
       <c r="N269" s="40"/>
       <c r="O269" s="49"/>
     </row>
     <row r="270" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B270" s="27"/>
       <c r="C270" s="34" t="s">
         <v>12</v>
       </c>
       <c r="D270" s="40">
-        <v>105.93600000000001</v>
+        <v>105.92059999999999</v>
       </c>
       <c r="E270" s="50"/>
       <c r="F270" s="40">
-        <v>103.2745</v>
+        <v>103.4824</v>
       </c>
       <c r="G270" s="50"/>
       <c r="H270" s="40">
-        <v>99.638400000000004</v>
+        <v>99.640100000000004</v>
       </c>
       <c r="I270" s="40"/>
       <c r="J270" s="40"/>
       <c r="K270" s="50"/>
       <c r="L270" s="40"/>
       <c r="M270" s="40"/>
       <c r="N270" s="40"/>
       <c r="O270" s="49"/>
     </row>
     <row r="271" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B271" s="31"/>
       <c r="C271" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D271" s="59">
-        <v>106.2123</v>
+        <v>106.1977</v>
       </c>
       <c r="E271" s="52"/>
       <c r="F271" s="59">
-        <v>103.3301</v>
+        <v>103.53700000000001</v>
       </c>
       <c r="G271" s="52"/>
       <c r="H271" s="59">
-        <v>99.601699999999994</v>
+        <v>99.6036</v>
       </c>
       <c r="I271" s="59"/>
       <c r="J271" s="59">
-        <v>108.9053</v>
+        <v>108.923</v>
       </c>
       <c r="K271" s="52"/>
       <c r="L271" s="59">
-        <v>87.291799999999995</v>
+        <v>87.356800000000007</v>
       </c>
       <c r="M271" s="59"/>
       <c r="N271" s="59"/>
       <c r="O271" s="49"/>
     </row>
     <row r="272" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B272" s="27">
         <v>2018</v>
       </c>
       <c r="C272" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D272" s="18">
-        <v>107.9127</v>
+        <v>107.9011</v>
       </c>
       <c r="E272" s="63"/>
       <c r="F272" s="18">
-        <v>105.04</v>
+        <v>105.2552</v>
       </c>
       <c r="G272" s="63"/>
       <c r="H272" s="18">
-        <v>100.9268</v>
+        <v>100.9301</v>
       </c>
       <c r="I272" s="18"/>
       <c r="J272" s="18"/>
       <c r="K272" s="63"/>
       <c r="L272" s="18"/>
       <c r="M272" s="18"/>
       <c r="N272" s="18"/>
       <c r="O272" s="49"/>
     </row>
     <row r="273" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C273" s="27" t="s">
         <v>3</v>
       </c>
       <c r="D273" s="18">
-        <v>108.0715</v>
+        <v>108.06399999999999</v>
       </c>
       <c r="E273" s="50"/>
       <c r="F273" s="18">
-        <v>104.9636</v>
+        <v>105.1827</v>
       </c>
       <c r="G273" s="50"/>
       <c r="H273" s="18">
-        <v>100.3077</v>
+        <v>100.31059999999999</v>
       </c>
       <c r="I273" s="18"/>
       <c r="J273" s="18"/>
       <c r="K273" s="50"/>
       <c r="L273" s="18"/>
       <c r="M273" s="18"/>
       <c r="N273" s="18"/>
       <c r="O273" s="49"/>
     </row>
     <row r="274" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B274" s="27"/>
       <c r="C274" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D274" s="18">
-        <v>108.21810000000001</v>
+        <v>108.2128</v>
       </c>
       <c r="E274" s="51"/>
       <c r="F274" s="18">
-        <v>105.10120000000001</v>
+        <v>105.3223</v>
       </c>
       <c r="G274" s="51"/>
       <c r="H274" s="18">
-        <v>100.11360000000001</v>
+        <v>100.11660000000001</v>
       </c>
       <c r="I274" s="18"/>
       <c r="J274" s="18">
-        <v>110.5108</v>
+        <v>110.529</v>
       </c>
       <c r="K274" s="51"/>
       <c r="L274" s="18">
-        <v>90.377300000000005</v>
+        <v>90.446600000000004</v>
       </c>
       <c r="M274" s="18"/>
       <c r="N274" s="18"/>
       <c r="O274" s="49"/>
     </row>
     <row r="275" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B275" s="27"/>
       <c r="C275" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D275" s="18">
-        <v>108.5347</v>
+        <v>108.5318</v>
       </c>
       <c r="E275" s="62"/>
       <c r="F275" s="18">
-        <v>105.5617</v>
+        <v>105.7855</v>
       </c>
       <c r="G275" s="62"/>
       <c r="H275" s="18">
-        <v>100.5519</v>
+        <v>100.5549</v>
       </c>
       <c r="I275" s="18"/>
       <c r="J275" s="18"/>
       <c r="K275" s="62"/>
       <c r="L275" s="18"/>
       <c r="M275" s="18"/>
       <c r="N275" s="18"/>
       <c r="O275" s="49"/>
     </row>
     <row r="276" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B276" s="27"/>
       <c r="C276" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="18">
-        <v>108.64149999999999</v>
+        <v>108.63</v>
       </c>
       <c r="E276" s="50"/>
       <c r="F276" s="18">
-        <v>105.51260000000001</v>
+        <v>105.72920000000001</v>
       </c>
       <c r="G276" s="50"/>
       <c r="H276" s="18">
-        <v>100.8762</v>
+        <v>100.877</v>
       </c>
       <c r="I276" s="18"/>
       <c r="J276" s="18"/>
       <c r="K276" s="50"/>
       <c r="L276" s="18"/>
       <c r="M276" s="18"/>
       <c r="N276" s="18"/>
       <c r="O276" s="49"/>
     </row>
     <row r="277" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B277" s="27"/>
       <c r="C277" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="18">
-        <v>108.8232</v>
+        <v>108.81</v>
       </c>
       <c r="E277" s="50"/>
       <c r="F277" s="18">
-        <v>106.0136</v>
+        <v>106.2286</v>
       </c>
       <c r="G277" s="50"/>
       <c r="H277" s="18">
-        <v>100.4263</v>
+        <v>100.4269</v>
       </c>
       <c r="I277" s="18"/>
       <c r="J277" s="18">
-        <v>111.551</v>
+        <v>111.56910000000001</v>
       </c>
       <c r="K277" s="50"/>
       <c r="L277" s="18">
-        <v>89.635099999999994</v>
+        <v>89.698400000000007</v>
       </c>
       <c r="M277" s="18"/>
       <c r="N277" s="18"/>
       <c r="O277" s="49"/>
     </row>
     <row r="278" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B278" s="27"/>
       <c r="C278" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="18">
-        <v>109.0886</v>
+        <v>109.0821</v>
       </c>
       <c r="E278" s="50"/>
       <c r="F278" s="18">
-        <v>105.9667</v>
+        <v>106.1846</v>
       </c>
       <c r="G278" s="50"/>
       <c r="H278" s="18">
-        <v>100.8528</v>
+        <v>100.8549</v>
       </c>
       <c r="I278" s="18"/>
       <c r="J278" s="18"/>
       <c r="K278" s="50"/>
       <c r="L278" s="18"/>
       <c r="M278" s="18"/>
       <c r="N278" s="18"/>
       <c r="O278" s="49"/>
     </row>
     <row r="279" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B279" s="27"/>
       <c r="C279" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="18">
-        <v>108.9074</v>
+        <v>108.90470000000001</v>
       </c>
       <c r="E279" s="50"/>
       <c r="F279" s="18">
-        <v>105.7236</v>
+        <v>105.9483</v>
       </c>
       <c r="G279" s="50"/>
       <c r="H279" s="18">
-        <v>100.29770000000001</v>
+        <v>100.2993</v>
       </c>
       <c r="I279" s="18"/>
       <c r="J279" s="18"/>
       <c r="K279" s="50"/>
       <c r="L279" s="18"/>
       <c r="M279" s="18"/>
       <c r="N279" s="18"/>
       <c r="O279" s="49"/>
     </row>
     <row r="280" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B280" s="27"/>
       <c r="C280" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D280" s="18">
-        <v>109.3231</v>
+        <v>109.32729999999999</v>
       </c>
       <c r="E280" s="50"/>
       <c r="F280" s="18">
-        <v>105.843</v>
+        <v>106.07470000000001</v>
       </c>
       <c r="G280" s="50"/>
       <c r="H280" s="18">
-        <v>100.7022</v>
+        <v>100.70440000000001</v>
       </c>
       <c r="I280" s="18"/>
       <c r="J280" s="18">
-        <v>111.657</v>
+        <v>111.6815</v>
       </c>
       <c r="K280" s="50"/>
       <c r="L280" s="18">
-        <v>88.881200000000007</v>
+        <v>88.9499</v>
       </c>
       <c r="M280" s="18"/>
       <c r="N280" s="18"/>
       <c r="O280" s="49"/>
     </row>
     <row r="281" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B281" s="27"/>
       <c r="C281" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D281" s="18">
-        <v>108.9661</v>
+        <v>108.9683</v>
       </c>
       <c r="E281" s="50"/>
       <c r="F281" s="18">
-        <v>105.29389999999999</v>
+        <v>105.5247</v>
       </c>
       <c r="G281" s="50"/>
       <c r="H281" s="18">
-        <v>100.9081</v>
+        <v>100.91030000000001</v>
       </c>
       <c r="I281" s="18"/>
       <c r="J281" s="18"/>
       <c r="K281" s="50"/>
       <c r="L281" s="18"/>
       <c r="M281" s="18"/>
       <c r="N281" s="18"/>
       <c r="O281" s="49"/>
     </row>
     <row r="282" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B282" s="27"/>
       <c r="C282" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D282" s="18">
-        <v>108.5033</v>
+        <v>108.4986</v>
       </c>
       <c r="E282" s="50"/>
       <c r="F282" s="18">
-        <v>104.6632</v>
+        <v>104.8839</v>
       </c>
       <c r="G282" s="50"/>
       <c r="H282" s="18">
-        <v>100.0869</v>
+        <v>100.0879</v>
       </c>
       <c r="I282" s="18"/>
       <c r="J282" s="18"/>
       <c r="K282" s="50"/>
       <c r="L282" s="18"/>
       <c r="M282" s="18"/>
       <c r="N282" s="18"/>
       <c r="O282" s="49"/>
     </row>
     <row r="283" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B283" s="31"/>
       <c r="C283" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D283" s="19">
-        <v>108.8952</v>
+        <v>108.8887</v>
       </c>
       <c r="E283" s="52"/>
       <c r="F283" s="19">
-        <v>104.8813</v>
+        <v>105.1015</v>
       </c>
       <c r="G283" s="52"/>
       <c r="H283" s="19">
         <v>99.782600000000002</v>
       </c>
       <c r="I283" s="19"/>
       <c r="J283" s="19">
-        <v>110.4755</v>
+        <v>110.50409999999999</v>
       </c>
       <c r="K283" s="52"/>
       <c r="L283" s="19">
-        <v>88.877600000000001</v>
+        <v>88.946799999999996</v>
       </c>
       <c r="M283" s="19"/>
       <c r="N283" s="19"/>
       <c r="O283" s="49"/>
     </row>
     <row r="284" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B284" s="35">
         <v>2019</v>
       </c>
       <c r="C284" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D284" s="20">
-        <v>108.35129999999999</v>
+        <v>108.343</v>
       </c>
       <c r="E284" s="53"/>
       <c r="F284" s="20">
-        <v>104.17700000000001</v>
+        <v>104.3921</v>
       </c>
       <c r="G284" s="53"/>
       <c r="H284" s="20">
-        <v>99.434200000000004</v>
+        <v>99.433099999999996</v>
       </c>
       <c r="I284" s="20"/>
       <c r="J284" s="20"/>
       <c r="K284" s="53"/>
       <c r="L284" s="20"/>
       <c r="M284" s="20"/>
       <c r="N284" s="20"/>
       <c r="O284" s="49"/>
     </row>
     <row r="285" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B285" s="37"/>
       <c r="C285" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D285" s="18">
-        <v>108.3125</v>
+        <v>108.3009</v>
       </c>
       <c r="E285" s="50"/>
       <c r="F285" s="18">
-        <v>104.07299999999999</v>
+        <v>104.2826</v>
       </c>
       <c r="G285" s="50"/>
       <c r="H285" s="18">
-        <v>99.512299999999996</v>
+        <v>99.514099999999999</v>
       </c>
       <c r="I285" s="18"/>
       <c r="J285" s="18"/>
       <c r="K285" s="50"/>
       <c r="L285" s="18"/>
       <c r="M285" s="18"/>
       <c r="N285" s="18"/>
       <c r="O285" s="49"/>
     </row>
     <row r="286" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B286" s="37"/>
       <c r="C286" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D286" s="18">
-        <v>108.047</v>
+        <v>108.0282</v>
       </c>
       <c r="E286" s="50"/>
       <c r="F286" s="18">
-        <v>103.8933</v>
+        <v>104.0928</v>
       </c>
       <c r="G286" s="50"/>
       <c r="H286" s="18">
-        <v>99.617999999999995</v>
+        <v>99.622299999999996</v>
       </c>
       <c r="I286" s="18"/>
       <c r="J286" s="18">
-        <v>109.69759999999999</v>
+        <v>109.70780000000001</v>
       </c>
       <c r="K286" s="50"/>
       <c r="L286" s="18">
-        <v>87.257999999999996</v>
+        <v>87.323999999999998</v>
       </c>
       <c r="M286" s="18"/>
       <c r="N286" s="18"/>
       <c r="O286" s="49"/>
     </row>
     <row r="287" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B287" s="37"/>
       <c r="C287" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D287" s="18">
-        <v>107.9624</v>
+        <v>107.9421</v>
       </c>
       <c r="E287" s="50"/>
       <c r="F287" s="18">
-        <v>103.59990000000001</v>
+        <v>103.79470000000001</v>
       </c>
       <c r="G287" s="50"/>
       <c r="H287" s="18">
-        <v>99.537800000000004</v>
+        <v>99.540899999999993</v>
       </c>
       <c r="I287" s="18"/>
       <c r="J287" s="18"/>
       <c r="K287" s="50"/>
       <c r="L287" s="18"/>
       <c r="M287" s="18"/>
       <c r="N287" s="18"/>
       <c r="O287" s="49"/>
     </row>
     <row r="288" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B288" s="37"/>
       <c r="C288" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="18">
-        <v>108.4284</v>
+        <v>108.41200000000001</v>
       </c>
       <c r="E288" s="50"/>
       <c r="F288" s="18">
-        <v>104.1773</v>
+        <v>104.38330000000001</v>
       </c>
       <c r="G288" s="50"/>
       <c r="H288" s="18">
-        <v>100.0814</v>
+        <v>100.0842</v>
       </c>
       <c r="I288" s="18"/>
       <c r="J288" s="18"/>
       <c r="K288" s="50"/>
       <c r="L288" s="18"/>
       <c r="M288" s="18"/>
       <c r="N288" s="18"/>
       <c r="O288" s="49"/>
     </row>
     <row r="289" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B289" s="37"/>
       <c r="C289" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D289" s="18">
-        <v>108.6482</v>
+        <v>108.63500000000001</v>
       </c>
       <c r="E289" s="50"/>
       <c r="F289" s="18">
-        <v>104.3297</v>
+        <v>104.535</v>
       </c>
       <c r="G289" s="50"/>
       <c r="H289" s="18">
-        <v>99.352000000000004</v>
+        <v>99.351799999999997</v>
       </c>
       <c r="I289" s="18"/>
       <c r="J289" s="18">
-        <v>109.9601</v>
+        <v>109.958</v>
       </c>
       <c r="K289" s="50"/>
       <c r="L289" s="18">
-        <v>87.247</v>
+        <v>87.322900000000004</v>
       </c>
       <c r="M289" s="18"/>
       <c r="N289" s="18"/>
       <c r="O289" s="49"/>
     </row>
     <row r="290" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B290" s="37"/>
       <c r="C290" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="18">
-        <v>108.62139999999999</v>
+        <v>108.601</v>
       </c>
       <c r="E290" s="50"/>
       <c r="F290" s="18">
-        <v>104.3476</v>
+        <v>104.5458</v>
       </c>
       <c r="G290" s="50"/>
       <c r="H290" s="18">
-        <v>99.736800000000002</v>
+        <v>99.738500000000002</v>
       </c>
       <c r="I290" s="18"/>
       <c r="J290" s="18"/>
       <c r="K290" s="50"/>
       <c r="L290" s="18"/>
       <c r="M290" s="18"/>
       <c r="N290" s="18"/>
       <c r="O290" s="49"/>
     </row>
     <row r="291" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B291" s="37"/>
       <c r="C291" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D291" s="18">
-        <v>108.9774</v>
+        <v>108.95910000000001</v>
       </c>
       <c r="E291" s="50"/>
       <c r="F291" s="18">
-        <v>104.3463</v>
+        <v>104.5457</v>
       </c>
       <c r="G291" s="50"/>
       <c r="H291" s="18">
-        <v>99.867900000000006</v>
+        <v>99.869100000000003</v>
       </c>
       <c r="I291" s="18"/>
       <c r="J291" s="18"/>
       <c r="K291" s="50"/>
       <c r="L291" s="18"/>
       <c r="M291" s="18"/>
       <c r="N291" s="18"/>
       <c r="O291" s="49"/>
     </row>
     <row r="292" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B292" s="37"/>
       <c r="C292" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D292" s="18">
-        <v>108.58280000000001</v>
+        <v>108.5598</v>
       </c>
       <c r="E292" s="50"/>
       <c r="F292" s="18">
-        <v>103.98</v>
+        <v>104.1721</v>
       </c>
       <c r="G292" s="50"/>
       <c r="H292" s="18">
-        <v>100.0564</v>
+        <v>100.0594</v>
       </c>
       <c r="I292" s="18"/>
       <c r="J292" s="18">
-        <v>111.14230000000001</v>
+        <v>111.13639999999999</v>
       </c>
       <c r="K292" s="50"/>
       <c r="L292" s="18">
-        <v>88.047899999999998</v>
+        <v>88.132099999999994</v>
       </c>
       <c r="M292" s="18"/>
       <c r="N292" s="18"/>
       <c r="O292" s="49"/>
     </row>
     <row r="293" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B293" s="37"/>
       <c r="C293" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D293" s="18">
-        <v>108.04900000000001</v>
+        <v>108.02889999999999</v>
       </c>
       <c r="E293" s="50"/>
       <c r="F293" s="18">
-        <v>103.3565</v>
+        <v>103.5498</v>
       </c>
       <c r="G293" s="50"/>
       <c r="H293" s="18">
-        <v>99.797300000000007</v>
+        <v>99.800200000000004</v>
       </c>
       <c r="I293" s="18"/>
       <c r="J293" s="18"/>
       <c r="K293" s="50"/>
       <c r="L293" s="18"/>
       <c r="M293" s="18"/>
       <c r="N293" s="18"/>
       <c r="O293" s="49"/>
     </row>
     <row r="294" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B294" s="37"/>
       <c r="C294" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D294" s="18">
-        <v>107.7877</v>
+        <v>107.7657</v>
       </c>
       <c r="E294" s="50"/>
       <c r="F294" s="18">
-        <v>102.8904</v>
+        <v>103.0731</v>
       </c>
       <c r="G294" s="50"/>
       <c r="H294" s="18">
-        <v>99.519400000000005</v>
+        <v>99.521799999999999</v>
       </c>
       <c r="I294" s="18"/>
       <c r="J294" s="18"/>
       <c r="K294" s="50"/>
       <c r="L294" s="18"/>
       <c r="M294" s="18"/>
       <c r="N294" s="18"/>
       <c r="O294" s="49"/>
     </row>
     <row r="295" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="27"/>
       <c r="B295" s="31"/>
       <c r="C295" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D295" s="19">
-        <v>107.7461</v>
+        <v>107.72620000000001</v>
       </c>
       <c r="E295" s="52"/>
       <c r="F295" s="19">
-        <v>102.81610000000001</v>
+        <v>102.9995</v>
       </c>
       <c r="G295" s="52"/>
       <c r="H295" s="19">
-        <v>99.358699999999999</v>
+        <v>99.3596</v>
       </c>
       <c r="I295" s="19"/>
       <c r="J295" s="19">
-        <v>110.9605</v>
+        <v>110.9426</v>
       </c>
       <c r="K295" s="52"/>
       <c r="L295" s="19">
-        <v>85.736599999999996</v>
+        <v>85.808300000000003</v>
       </c>
       <c r="M295" s="19"/>
       <c r="N295" s="19"/>
       <c r="O295" s="49"/>
     </row>
     <row r="296" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="27"/>
       <c r="B296" s="27">
         <v>2020</v>
       </c>
       <c r="C296" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D296" s="18">
-        <v>107.56489999999999</v>
+        <v>107.5455</v>
       </c>
       <c r="E296" s="50"/>
       <c r="F296" s="18">
-        <v>102.82989999999999</v>
+        <v>103.0202</v>
       </c>
       <c r="G296" s="50"/>
       <c r="H296" s="18">
-        <v>99.418000000000006</v>
+        <v>99.418599999999998</v>
       </c>
       <c r="I296" s="18"/>
       <c r="J296" s="18"/>
       <c r="K296" s="50"/>
       <c r="L296" s="18"/>
       <c r="M296" s="18"/>
       <c r="N296" s="18"/>
       <c r="O296" s="49"/>
     </row>
     <row r="297" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="27"/>
       <c r="B297" s="27"/>
       <c r="C297" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D297" s="18">
-        <v>107.2483</v>
+        <v>107.2169</v>
       </c>
       <c r="E297" s="50"/>
       <c r="F297" s="18">
-        <v>102.0547</v>
+        <v>102.2247</v>
       </c>
       <c r="G297" s="50"/>
       <c r="H297" s="18">
-        <v>99.394300000000001</v>
+        <v>99.392799999999994</v>
       </c>
       <c r="I297" s="18"/>
       <c r="J297" s="18"/>
       <c r="K297" s="50"/>
       <c r="L297" s="18"/>
       <c r="M297" s="18"/>
       <c r="N297" s="18"/>
       <c r="O297" s="49"/>
     </row>
     <row r="298" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="27"/>
       <c r="B298" s="27"/>
       <c r="C298" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D298" s="18">
-        <v>107.15430000000001</v>
+        <v>107.143</v>
       </c>
       <c r="E298" s="50"/>
       <c r="F298" s="18">
-        <v>101.753</v>
+        <v>101.9422</v>
       </c>
       <c r="G298" s="50"/>
       <c r="H298" s="18">
-        <v>97.492599999999996</v>
+        <v>97.480800000000002</v>
       </c>
       <c r="I298" s="18"/>
       <c r="J298" s="18">
-        <v>110.5723</v>
+        <v>110.56950000000001</v>
       </c>
       <c r="K298" s="50"/>
       <c r="L298" s="18">
-        <v>86.303399999999996</v>
+        <v>86.393100000000004</v>
       </c>
       <c r="M298" s="18"/>
       <c r="N298" s="18"/>
       <c r="O298" s="49"/>
     </row>
     <row r="299" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="27"/>
       <c r="B299" s="27"/>
       <c r="C299" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D299" s="18">
-        <v>106.95229999999999</v>
+        <v>106.93940000000001</v>
       </c>
       <c r="E299" s="50"/>
       <c r="F299" s="18">
-        <v>101.40649999999999</v>
+        <v>101.5912</v>
       </c>
       <c r="G299" s="50"/>
       <c r="H299" s="18">
-        <v>95.343299999999999</v>
+        <v>95.324399999999997</v>
       </c>
       <c r="I299" s="18"/>
       <c r="J299" s="18"/>
       <c r="K299" s="50"/>
       <c r="L299" s="18"/>
       <c r="M299" s="18"/>
       <c r="N299" s="18"/>
       <c r="O299" s="49"/>
     </row>
     <row r="300" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B300" s="27"/>
       <c r="C300" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="18">
-        <v>107.149</v>
+        <v>107.1328</v>
       </c>
       <c r="E300" s="50"/>
       <c r="F300" s="18">
-        <v>101.4393</v>
+        <v>101.624</v>
       </c>
       <c r="G300" s="50"/>
       <c r="H300" s="18">
-        <v>95.077600000000004</v>
+        <v>95.060599999999994</v>
       </c>
       <c r="I300" s="18"/>
       <c r="J300" s="18"/>
       <c r="K300" s="50"/>
       <c r="L300" s="18"/>
       <c r="M300" s="18"/>
       <c r="N300" s="18"/>
       <c r="O300" s="49"/>
     </row>
     <row r="301" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B301" s="27"/>
       <c r="C301" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="18">
-        <v>107.631</v>
+        <v>107.6317</v>
       </c>
       <c r="E301" s="50"/>
       <c r="F301" s="18">
-        <v>101.8391</v>
+        <v>102.0419</v>
       </c>
       <c r="G301" s="50"/>
       <c r="H301" s="18">
-        <v>96.1374</v>
+        <v>96.122600000000006</v>
       </c>
       <c r="I301" s="18"/>
       <c r="J301" s="18">
-        <v>108.9858</v>
+        <v>108.9956</v>
       </c>
       <c r="K301" s="50"/>
       <c r="L301" s="18">
-        <v>89.996399999999994</v>
+        <v>90.055999999999997</v>
       </c>
       <c r="M301" s="18"/>
       <c r="N301" s="18"/>
       <c r="O301" s="49"/>
     </row>
     <row r="302" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B302" s="27"/>
       <c r="C302" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="18">
-        <v>108.584</v>
+        <v>108.5891</v>
       </c>
       <c r="E302" s="50"/>
       <c r="F302" s="18">
-        <v>102.46380000000001</v>
+        <v>102.6585</v>
       </c>
       <c r="G302" s="50"/>
       <c r="H302" s="18">
-        <v>97.446299999999994</v>
+        <v>97.432599999999994</v>
       </c>
       <c r="I302" s="18"/>
       <c r="J302" s="18"/>
       <c r="K302" s="50"/>
       <c r="L302" s="18"/>
       <c r="M302" s="18"/>
       <c r="N302" s="18"/>
       <c r="O302" s="49"/>
     </row>
     <row r="303" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B303" s="27"/>
       <c r="C303" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D303" s="18">
-        <v>109.5187</v>
+        <v>109.54219999999999</v>
       </c>
       <c r="E303" s="50"/>
       <c r="F303" s="18">
-        <v>103.5556</v>
+        <v>103.773</v>
       </c>
       <c r="G303" s="50"/>
       <c r="H303" s="18">
-        <v>97.448099999999997</v>
+        <v>97.432699999999997</v>
       </c>
       <c r="I303" s="18"/>
       <c r="J303" s="18"/>
       <c r="K303" s="50"/>
       <c r="L303" s="18"/>
       <c r="M303" s="18"/>
       <c r="N303" s="18"/>
       <c r="O303" s="49"/>
     </row>
     <row r="304" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B304" s="27"/>
       <c r="C304" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D304" s="18">
-        <v>109.2186</v>
+        <v>109.23690000000001</v>
       </c>
       <c r="E304" s="50"/>
       <c r="F304" s="18">
-        <v>103.4821</v>
+        <v>103.70059999999999</v>
       </c>
       <c r="G304" s="50"/>
       <c r="H304" s="18">
-        <v>96.390699999999995</v>
+        <v>96.375</v>
       </c>
       <c r="I304" s="18"/>
       <c r="J304" s="18">
-        <v>108.13630000000001</v>
+        <v>108.1485</v>
       </c>
       <c r="K304" s="50"/>
       <c r="L304" s="18">
-        <v>93.972899999999996</v>
+        <v>94.053200000000004</v>
       </c>
       <c r="M304" s="18"/>
       <c r="N304" s="18"/>
       <c r="O304" s="49"/>
     </row>
     <row r="305" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B305" s="27"/>
       <c r="C305" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D305" s="18">
-        <v>108.81659999999999</v>
+        <v>108.83199999999999</v>
       </c>
       <c r="E305" s="50"/>
       <c r="F305" s="18">
-        <v>103.1455</v>
+        <v>103.35</v>
       </c>
       <c r="G305" s="50"/>
       <c r="H305" s="18">
-        <v>96.309100000000001</v>
+        <v>96.293899999999994</v>
       </c>
       <c r="I305" s="18"/>
       <c r="J305" s="18"/>
       <c r="K305" s="50"/>
       <c r="L305" s="18"/>
       <c r="M305" s="18"/>
       <c r="N305" s="18"/>
       <c r="O305" s="49"/>
     </row>
     <row r="306" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B306" s="27"/>
       <c r="C306" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D306" s="18">
-        <v>108.6953</v>
+        <v>108.7109</v>
       </c>
       <c r="E306" s="50"/>
       <c r="F306" s="18">
-        <v>103.11020000000001</v>
+        <v>103.3094</v>
       </c>
       <c r="G306" s="50"/>
       <c r="H306" s="18">
-        <v>95.754199999999997</v>
+        <v>95.738699999999994</v>
       </c>
       <c r="I306" s="18"/>
       <c r="J306" s="18"/>
       <c r="K306" s="50"/>
       <c r="L306" s="18"/>
       <c r="M306" s="18"/>
       <c r="N306" s="18"/>
       <c r="O306" s="49"/>
     </row>
     <row r="307" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B307" s="31"/>
       <c r="C307" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D307" s="19">
-        <v>109.3391</v>
+        <v>109.3625</v>
       </c>
       <c r="E307" s="52"/>
       <c r="F307" s="19">
-        <v>103.3942</v>
+        <v>103.6009</v>
       </c>
       <c r="G307" s="52"/>
       <c r="H307" s="19">
-        <v>97.056100000000001</v>
+        <v>97.041200000000003</v>
       </c>
       <c r="I307" s="19"/>
       <c r="J307" s="19">
-        <v>108.54130000000001</v>
+        <v>108.54179999999999</v>
       </c>
       <c r="K307" s="52"/>
       <c r="L307" s="19">
-        <v>86.229100000000003</v>
+        <v>86.269800000000004</v>
       </c>
       <c r="M307" s="19"/>
       <c r="N307" s="19"/>
       <c r="O307" s="49"/>
     </row>
     <row r="308" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B308" s="35">
         <v>2021</v>
       </c>
       <c r="C308" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D308" s="20">
-        <v>108.8014</v>
+        <v>108.8175</v>
       </c>
       <c r="E308" s="53"/>
       <c r="F308" s="20">
-        <v>102.81699999999999</v>
+        <v>103.0252</v>
       </c>
       <c r="G308" s="53"/>
       <c r="H308" s="20">
-        <v>95.944900000000004</v>
+        <v>95.9328</v>
       </c>
       <c r="I308" s="20"/>
       <c r="J308" s="20"/>
       <c r="K308" s="53"/>
       <c r="L308" s="20"/>
       <c r="M308" s="20"/>
       <c r="N308" s="20"/>
       <c r="O308" s="49"/>
     </row>
     <row r="309" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B309" s="37"/>
       <c r="C309" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D309" s="18">
-        <v>108.3625</v>
+        <v>108.3725</v>
       </c>
       <c r="E309" s="50"/>
       <c r="F309" s="18">
-        <v>102.5352</v>
+        <v>102.7334</v>
       </c>
       <c r="G309" s="50"/>
       <c r="H309" s="18">
-        <v>95.845600000000005</v>
+        <v>95.838099999999997</v>
       </c>
       <c r="I309" s="18"/>
       <c r="J309" s="18"/>
       <c r="K309" s="50"/>
       <c r="L309" s="18"/>
       <c r="M309" s="18"/>
       <c r="N309" s="18"/>
       <c r="O309" s="49"/>
     </row>
     <row r="310" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B310" s="37"/>
       <c r="C310" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D310" s="18">
-        <v>108.3926</v>
+        <v>108.39879999999999</v>
       </c>
       <c r="E310" s="50"/>
       <c r="F310" s="18">
-        <v>102.7585</v>
+        <v>102.9616</v>
       </c>
       <c r="G310" s="50"/>
       <c r="H310" s="18">
-        <v>96.194599999999994</v>
+        <v>96.191599999999994</v>
       </c>
       <c r="I310" s="18"/>
       <c r="J310" s="18">
-        <v>108.2042</v>
+        <v>108.221</v>
       </c>
       <c r="K310" s="50"/>
       <c r="L310" s="18">
-        <v>86.1935</v>
+        <v>86.276899999999998</v>
       </c>
       <c r="M310" s="18"/>
       <c r="N310" s="18"/>
       <c r="O310" s="49"/>
     </row>
     <row r="311" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B311" s="37"/>
       <c r="C311" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D311" s="18">
-        <v>108.7363</v>
+        <v>108.7586</v>
       </c>
       <c r="E311" s="50"/>
       <c r="F311" s="18">
-        <v>102.7946</v>
+        <v>103.0112</v>
       </c>
       <c r="G311" s="50"/>
       <c r="H311" s="18">
-        <v>94.738200000000006</v>
+        <v>94.733999999999995</v>
       </c>
       <c r="I311" s="18"/>
       <c r="J311" s="18"/>
       <c r="K311" s="50"/>
       <c r="L311" s="18"/>
       <c r="M311" s="18"/>
       <c r="N311" s="18"/>
       <c r="O311" s="49"/>
     </row>
     <row r="312" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B312" s="37"/>
       <c r="C312" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="18">
-        <v>109.3968</v>
+        <v>109.42100000000001</v>
       </c>
       <c r="E312" s="50"/>
       <c r="F312" s="18">
-        <v>103.1919</v>
+        <v>103.42010000000001</v>
       </c>
       <c r="G312" s="50"/>
       <c r="H312" s="18">
-        <v>95.076599999999999</v>
+        <v>95.071299999999994</v>
       </c>
       <c r="I312" s="18"/>
       <c r="J312" s="18"/>
       <c r="K312" s="50"/>
       <c r="L312" s="18"/>
       <c r="M312" s="18"/>
       <c r="N312" s="18"/>
       <c r="O312" s="49"/>
     </row>
     <row r="313" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B313" s="37"/>
       <c r="C313" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="18">
-        <v>109.48650000000001</v>
+        <v>109.5089</v>
       </c>
       <c r="E313" s="50"/>
       <c r="F313" s="18">
-        <v>103.10080000000001</v>
+        <v>103.31870000000001</v>
       </c>
       <c r="G313" s="50"/>
       <c r="H313" s="18">
-        <v>94.899699999999996</v>
+        <v>94.896900000000002</v>
       </c>
       <c r="I313" s="18"/>
       <c r="J313" s="18">
-        <v>107.6071</v>
+        <v>107.6557</v>
       </c>
       <c r="K313" s="50"/>
       <c r="L313" s="18">
-        <v>85.642399999999995</v>
+        <v>85.715900000000005</v>
       </c>
       <c r="M313" s="18"/>
       <c r="N313" s="18"/>
       <c r="O313" s="49"/>
     </row>
     <row r="314" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B314" s="37"/>
       <c r="C314" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="18">
-        <v>109.316</v>
+        <v>109.3304</v>
       </c>
       <c r="E314" s="50"/>
       <c r="F314" s="18">
-        <v>103.11879999999999</v>
+        <v>103.328</v>
       </c>
       <c r="G314" s="50"/>
       <c r="H314" s="18">
-        <v>94.724299999999999</v>
+        <v>94.724000000000004</v>
       </c>
       <c r="I314" s="18"/>
       <c r="J314" s="18"/>
       <c r="K314" s="50"/>
       <c r="L314" s="18"/>
       <c r="M314" s="18"/>
       <c r="N314" s="18"/>
       <c r="O314" s="49"/>
     </row>
     <row r="315" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B315" s="37"/>
       <c r="C315" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D315" s="18">
-        <v>109.18859999999999</v>
+        <v>109.19840000000001</v>
       </c>
       <c r="E315" s="50"/>
       <c r="F315" s="18">
-        <v>103.081</v>
+        <v>103.2889</v>
       </c>
       <c r="G315" s="50"/>
       <c r="H315" s="18">
-        <v>94.010499999999993</v>
+        <v>94.01</v>
       </c>
       <c r="I315" s="18"/>
       <c r="J315" s="18"/>
       <c r="K315" s="50"/>
       <c r="L315" s="18"/>
       <c r="M315" s="18"/>
       <c r="N315" s="18"/>
       <c r="O315" s="49"/>
     </row>
     <row r="316" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B316" s="37"/>
       <c r="C316" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D316" s="18">
-        <v>109.2388</v>
+        <v>109.2483</v>
       </c>
       <c r="E316" s="50"/>
       <c r="F316" s="18">
-        <v>103.3447</v>
+        <v>103.55110000000001</v>
       </c>
       <c r="G316" s="50"/>
       <c r="H316" s="18">
-        <v>93.920900000000003</v>
+        <v>93.923599999999993</v>
       </c>
       <c r="I316" s="18"/>
       <c r="J316" s="18">
-        <v>108.57089999999999</v>
+        <v>108.5963</v>
       </c>
       <c r="K316" s="50"/>
       <c r="L316" s="18">
-        <v>85.881799999999998</v>
+        <v>85.951099999999997</v>
       </c>
       <c r="M316" s="18"/>
       <c r="N316" s="18"/>
       <c r="O316" s="49"/>
     </row>
     <row r="317" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B317" s="37"/>
       <c r="C317" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D317" s="18">
-        <v>108.748</v>
+        <v>108.7578</v>
       </c>
       <c r="E317" s="50"/>
       <c r="F317" s="18">
-        <v>102.5926</v>
+        <v>102.7958</v>
       </c>
       <c r="G317" s="50"/>
       <c r="H317" s="18">
-        <v>94.4405</v>
+        <v>94.446299999999994</v>
       </c>
       <c r="I317" s="18"/>
       <c r="J317" s="18"/>
       <c r="K317" s="50"/>
       <c r="L317" s="18"/>
       <c r="M317" s="18"/>
       <c r="N317" s="18"/>
       <c r="O317" s="49"/>
     </row>
     <row r="318" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B318" s="37"/>
       <c r="C318" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D318" s="18">
-        <v>108.56180000000001</v>
+        <v>108.5684</v>
       </c>
       <c r="E318" s="50"/>
       <c r="F318" s="18">
-        <v>102.4614</v>
+        <v>102.65430000000001</v>
       </c>
       <c r="G318" s="50"/>
       <c r="H318" s="18">
-        <v>94.449799999999996</v>
+        <v>94.455200000000005</v>
       </c>
       <c r="I318" s="18"/>
       <c r="J318" s="18"/>
       <c r="K318" s="50"/>
       <c r="L318" s="18"/>
       <c r="M318" s="18"/>
       <c r="N318" s="18"/>
       <c r="O318" s="49"/>
     </row>
     <row r="319" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B319" s="37"/>
       <c r="C319" s="22" t="s">
         <v>13</v>
       </c>
       <c r="D319" s="18">
-        <v>108.7915</v>
+        <v>108.8117</v>
       </c>
       <c r="E319" s="50"/>
       <c r="F319" s="18">
-        <v>102.6268</v>
+        <v>102.828</v>
       </c>
       <c r="G319" s="50"/>
       <c r="H319" s="18">
-        <v>93.409099999999995</v>
+        <v>93.412899999999993</v>
       </c>
       <c r="I319" s="18"/>
       <c r="J319" s="18">
-        <v>107.24460000000001</v>
+        <v>107.2439</v>
       </c>
       <c r="K319" s="50"/>
       <c r="L319" s="18">
-        <v>83.480599999999995</v>
+        <v>83.535799999999995</v>
       </c>
       <c r="M319" s="18"/>
       <c r="N319" s="18"/>
       <c r="O319" s="49"/>
     </row>
     <row r="320" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B320" s="35">
         <v>2022</v>
       </c>
       <c r="C320" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D320" s="20">
-        <v>108.4646</v>
+        <v>108.4918</v>
       </c>
       <c r="E320" s="53"/>
       <c r="F320" s="20">
-        <v>102.1367</v>
+        <v>102.31270000000001</v>
       </c>
       <c r="G320" s="53"/>
       <c r="H320" s="20">
-        <v>92.649299999999997</v>
+        <v>92.6648</v>
       </c>
       <c r="I320" s="20"/>
       <c r="J320" s="20"/>
       <c r="K320" s="53"/>
       <c r="L320" s="20"/>
       <c r="M320" s="20"/>
       <c r="N320" s="20"/>
       <c r="O320" s="49"/>
     </row>
     <row r="321" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B321" s="37"/>
       <c r="C321" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D321" s="18">
-        <v>108.45229999999999</v>
+        <v>108.4823</v>
       </c>
       <c r="E321" s="50"/>
       <c r="F321" s="18">
-        <v>102.4053</v>
+        <v>102.58410000000001</v>
       </c>
       <c r="G321" s="50"/>
       <c r="H321" s="18">
-        <v>92.796199999999999</v>
+        <v>92.805199999999999</v>
       </c>
       <c r="I321" s="18"/>
       <c r="J321" s="18"/>
       <c r="K321" s="50"/>
       <c r="L321" s="18"/>
       <c r="M321" s="18"/>
       <c r="N321" s="18"/>
       <c r="O321" s="49"/>
     </row>
     <row r="322" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B322" s="37"/>
       <c r="C322" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D322" s="18">
-        <v>108.1474</v>
+        <v>108.0394</v>
       </c>
       <c r="E322" s="50"/>
       <c r="F322" s="18">
-        <v>102.08329999999999</v>
+        <v>102.1384</v>
       </c>
       <c r="G322" s="50"/>
       <c r="H322" s="18">
-        <v>93.219499999999996</v>
+        <v>93.234200000000001</v>
       </c>
       <c r="I322" s="18"/>
       <c r="J322" s="18">
-        <v>106.12350000000001</v>
+        <v>106.08450000000001</v>
       </c>
       <c r="K322" s="50"/>
       <c r="L322" s="18">
-        <v>83.406599999999997</v>
+        <v>83.510599999999997</v>
       </c>
       <c r="M322" s="18"/>
       <c r="N322" s="18"/>
       <c r="O322" s="49"/>
     </row>
     <row r="323" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B323" s="37"/>
       <c r="C323" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D323" s="18">
-        <v>107.5605</v>
+        <v>107.5592</v>
       </c>
       <c r="E323" s="50"/>
       <c r="F323" s="18">
-        <v>102.9169</v>
+        <v>103.0457</v>
       </c>
       <c r="G323" s="50"/>
       <c r="H323" s="18">
-        <v>90.805099999999996</v>
+        <v>90.796599999999998</v>
       </c>
       <c r="I323" s="18"/>
       <c r="J323" s="18"/>
       <c r="K323" s="50"/>
       <c r="L323" s="18"/>
       <c r="M323" s="18"/>
       <c r="N323" s="18"/>
       <c r="O323" s="49"/>
     </row>
     <row r="324" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B324" s="37"/>
       <c r="C324" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D324" s="18">
-        <v>107.94840000000001</v>
+        <v>108.05540000000001</v>
       </c>
       <c r="E324" s="50"/>
       <c r="F324" s="18">
-        <v>103.4854</v>
+        <v>103.7161</v>
       </c>
       <c r="G324" s="50"/>
       <c r="H324" s="18">
-        <v>92.359300000000005</v>
+        <v>92.355000000000004</v>
       </c>
       <c r="I324" s="18"/>
       <c r="J324" s="18"/>
       <c r="K324" s="50"/>
       <c r="L324" s="18"/>
       <c r="M324" s="18"/>
       <c r="N324" s="18"/>
       <c r="O324" s="49"/>
     </row>
     <row r="325" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B325" s="37"/>
       <c r="C325" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D325" s="18">
-        <v>108.2911</v>
+        <v>108.4687</v>
       </c>
       <c r="E325" s="50"/>
       <c r="F325" s="18">
-        <v>104.15130000000001</v>
+        <v>104.431</v>
       </c>
       <c r="G325" s="50"/>
       <c r="H325" s="18">
-        <v>92.476200000000006</v>
+        <v>92.445700000000002</v>
       </c>
       <c r="I325" s="18"/>
       <c r="J325" s="18">
-        <v>106.1484</v>
+        <v>106.1628</v>
       </c>
       <c r="K325" s="50"/>
       <c r="L325" s="18">
-        <v>85.418199999999999</v>
+        <v>85.479200000000006</v>
       </c>
       <c r="M325" s="18"/>
       <c r="N325" s="18"/>
       <c r="O325" s="49"/>
     </row>
     <row r="326" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B326" s="37"/>
       <c r="C326" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="18">
-        <v>107.85809999999999</v>
+        <v>108.0226</v>
       </c>
       <c r="E326" s="50"/>
       <c r="F326" s="18">
-        <v>104.0431</v>
+        <v>104.3079</v>
       </c>
       <c r="G326" s="50"/>
       <c r="H326" s="18">
-        <v>93.2196</v>
+        <v>93.199299999999994</v>
       </c>
       <c r="I326" s="18"/>
       <c r="J326" s="18"/>
       <c r="K326" s="50"/>
       <c r="L326" s="18"/>
       <c r="M326" s="18"/>
       <c r="N326" s="18"/>
       <c r="O326" s="49"/>
     </row>
     <row r="327" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B327" s="37"/>
       <c r="C327" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D327" s="18">
-        <v>107.7927</v>
+        <v>107.9349</v>
       </c>
       <c r="E327" s="50"/>
       <c r="F327" s="18">
-        <v>103.6083</v>
+        <v>103.8528</v>
       </c>
       <c r="G327" s="50"/>
       <c r="H327" s="18">
-        <v>92.616</v>
+        <v>92.5959</v>
       </c>
       <c r="I327" s="18"/>
       <c r="J327" s="18"/>
       <c r="K327" s="50"/>
       <c r="L327" s="18"/>
       <c r="M327" s="18"/>
       <c r="N327" s="18"/>
       <c r="O327" s="49"/>
     </row>
     <row r="328" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B328" s="37"/>
       <c r="C328" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D328" s="18">
-        <v>107.7972</v>
+        <v>107.95869999999999</v>
       </c>
       <c r="E328" s="50"/>
       <c r="F328" s="18">
-        <v>103.20269999999999</v>
+        <v>103.4812</v>
       </c>
       <c r="G328" s="50"/>
       <c r="H328" s="18">
-        <v>93.165099999999995</v>
+        <v>93.1387</v>
       </c>
       <c r="I328" s="18"/>
       <c r="J328" s="18">
-        <v>106.8587</v>
+        <v>106.8614</v>
       </c>
       <c r="K328" s="50"/>
       <c r="L328" s="18">
-        <v>86.519000000000005</v>
+        <v>86.565299999999993</v>
       </c>
       <c r="M328" s="18"/>
       <c r="N328" s="18"/>
       <c r="O328" s="49"/>
     </row>
     <row r="329" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B329" s="38"/>
       <c r="C329" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D329" s="18">
-        <v>108.15560000000001</v>
+        <v>108.312</v>
       </c>
       <c r="E329" s="50"/>
       <c r="F329" s="18">
-        <v>103.1078</v>
+        <v>103.38030000000001</v>
       </c>
       <c r="G329" s="50"/>
       <c r="H329" s="18">
-        <v>93.068899999999999</v>
+        <v>93.049099999999996</v>
       </c>
       <c r="I329" s="18"/>
       <c r="J329" s="18"/>
       <c r="K329" s="50"/>
       <c r="L329" s="18"/>
       <c r="M329" s="18"/>
       <c r="N329" s="18"/>
       <c r="O329" s="49"/>
     </row>
     <row r="330" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B330" s="38"/>
       <c r="C330" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D330" s="18">
-        <v>108.3939</v>
+        <v>108.5722</v>
       </c>
       <c r="E330" s="50"/>
       <c r="F330" s="18">
-        <v>103.9358</v>
+        <v>104.22239999999999</v>
       </c>
       <c r="G330" s="50"/>
       <c r="H330" s="18">
-        <v>94.439499999999995</v>
+        <v>94.420699999999997</v>
       </c>
       <c r="I330" s="18"/>
       <c r="J330" s="18"/>
       <c r="K330" s="50"/>
       <c r="L330" s="18"/>
       <c r="M330" s="18"/>
       <c r="N330" s="18"/>
       <c r="O330" s="49"/>
     </row>
     <row r="331" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B331" s="39"/>
       <c r="C331" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D331" s="19">
-        <v>108.9988</v>
+        <v>109.1814</v>
       </c>
       <c r="E331" s="50"/>
       <c r="F331" s="19">
-        <v>104.7903</v>
+        <v>105.06910000000001</v>
       </c>
       <c r="G331" s="50"/>
       <c r="H331" s="19">
-        <v>93.605199999999996</v>
+        <v>93.599299999999999</v>
       </c>
       <c r="I331" s="19"/>
       <c r="J331" s="19">
-        <v>111.6686</v>
+        <v>111.67440000000001</v>
       </c>
       <c r="K331" s="50"/>
       <c r="L331" s="19">
-        <v>90.073400000000007</v>
+        <v>90.157600000000002</v>
       </c>
       <c r="M331" s="19"/>
       <c r="N331" s="19"/>
       <c r="O331" s="49"/>
     </row>
     <row r="332" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B332" s="22">
         <v>2023</v>
       </c>
       <c r="C332" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D332" s="18">
-        <v>109.2625</v>
+        <v>109.45699999999999</v>
       </c>
       <c r="E332" s="53"/>
       <c r="F332" s="18">
-        <v>104.9674</v>
+        <v>105.25190000000001</v>
       </c>
       <c r="G332" s="53"/>
       <c r="H332" s="18">
-        <v>93.474299999999999</v>
+        <v>93.486699999999999</v>
       </c>
       <c r="I332" s="18"/>
       <c r="J332" s="18"/>
       <c r="K332" s="53"/>
       <c r="L332" s="18"/>
       <c r="M332" s="18"/>
       <c r="N332" s="18"/>
       <c r="O332" s="49"/>
     </row>
     <row r="333" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B333" s="22"/>
       <c r="C333" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D333" s="18">
-        <v>109.2328</v>
+        <v>109.4072</v>
       </c>
       <c r="E333" s="50"/>
       <c r="F333" s="18">
-        <v>104.84010000000001</v>
+        <v>105.0934</v>
       </c>
       <c r="G333" s="50"/>
       <c r="H333" s="18">
-        <v>92.806200000000004</v>
+        <v>92.827500000000001</v>
       </c>
       <c r="I333" s="18"/>
       <c r="J333" s="18"/>
       <c r="K333" s="50"/>
       <c r="L333" s="18"/>
       <c r="M333" s="18"/>
       <c r="N333" s="18"/>
       <c r="O333" s="49"/>
     </row>
     <row r="334" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B334" s="22"/>
       <c r="C334" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D334" s="18">
-        <v>109.3733</v>
+        <v>109.5331</v>
       </c>
       <c r="E334" s="50"/>
       <c r="F334" s="18">
-        <v>105.0424</v>
+        <v>105.26730000000001</v>
       </c>
       <c r="G334" s="50"/>
       <c r="H334" s="18">
-        <v>93.633499999999998</v>
+        <v>93.647199999999998</v>
       </c>
       <c r="I334" s="18"/>
       <c r="J334" s="18">
-        <v>114.06870000000001</v>
+        <v>114.092</v>
       </c>
       <c r="K334" s="50"/>
       <c r="L334" s="18">
-        <v>88.345600000000005</v>
+        <v>88.473200000000006</v>
       </c>
       <c r="M334" s="18"/>
       <c r="N334" s="18"/>
       <c r="O334" s="49"/>
     </row>
     <row r="335" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B335" s="22"/>
       <c r="C335" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D335" s="18">
-        <v>109.8334</v>
+        <v>109.9744</v>
       </c>
       <c r="E335" s="50"/>
       <c r="F335" s="18">
-        <v>105.739</v>
+        <v>105.9404</v>
       </c>
       <c r="G335" s="50"/>
       <c r="H335" s="18">
-        <v>93.775199999999998</v>
+        <v>93.776300000000006</v>
       </c>
       <c r="I335" s="18"/>
       <c r="J335" s="18"/>
       <c r="K335" s="50"/>
       <c r="L335" s="18"/>
       <c r="M335" s="18"/>
       <c r="N335" s="18"/>
       <c r="O335" s="49"/>
     </row>
     <row r="336" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B336" s="22"/>
       <c r="C336" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="18">
-        <v>109.62130000000001</v>
+        <v>109.7715</v>
       </c>
       <c r="E336" s="50"/>
       <c r="F336" s="18">
-        <v>105.98</v>
+        <v>106.1968</v>
       </c>
       <c r="G336" s="50"/>
       <c r="H336" s="18">
-        <v>92.944199999999995</v>
+        <v>92.957899999999995</v>
       </c>
       <c r="I336" s="18"/>
       <c r="J336" s="18"/>
       <c r="K336" s="50"/>
       <c r="L336" s="18"/>
       <c r="M336" s="18"/>
       <c r="N336" s="18"/>
       <c r="O336" s="49"/>
     </row>
     <row r="337" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B337" s="22"/>
       <c r="C337" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D337" s="18">
-        <v>110.0065</v>
+        <v>110.17440000000001</v>
       </c>
       <c r="E337" s="50"/>
       <c r="F337" s="18">
-        <v>107.3092</v>
+        <v>107.52800000000001</v>
       </c>
       <c r="G337" s="50"/>
       <c r="H337" s="18">
-        <v>94.260300000000001</v>
+        <v>94.294300000000007</v>
       </c>
       <c r="I337" s="18"/>
       <c r="J337" s="18">
-        <v>115.36239999999999</v>
+        <v>115.36969999999999</v>
       </c>
       <c r="K337" s="50"/>
       <c r="L337" s="18">
-        <v>88.8142</v>
+        <v>88.956199999999995</v>
       </c>
       <c r="M337" s="18"/>
       <c r="N337" s="18"/>
       <c r="O337" s="49"/>
     </row>
     <row r="338" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B338" s="44"/>
       <c r="C338" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="18">
-        <v>110.7846</v>
+        <v>110.937</v>
       </c>
       <c r="E338" s="50"/>
       <c r="F338" s="18">
-        <v>108.44759999999999</v>
+        <v>108.6198</v>
       </c>
       <c r="G338" s="50"/>
       <c r="H338" s="18">
-        <v>94.689599999999999</v>
+        <v>94.718599999999995</v>
       </c>
       <c r="I338" s="18"/>
       <c r="J338" s="18"/>
       <c r="K338" s="50"/>
       <c r="L338" s="18"/>
       <c r="M338" s="18"/>
       <c r="N338" s="18"/>
       <c r="O338" s="49"/>
     </row>
     <row r="339" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B339" s="22"/>
       <c r="C339" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D339" s="18">
-        <v>110.8732</v>
+        <v>111.00279999999999</v>
       </c>
       <c r="E339" s="50"/>
       <c r="F339" s="18">
-        <v>108.5664</v>
+        <v>108.7072</v>
       </c>
       <c r="G339" s="50"/>
       <c r="H339" s="18">
-        <v>96.033500000000004</v>
+        <v>96.061999999999998</v>
       </c>
       <c r="I339" s="18"/>
       <c r="J339" s="18"/>
       <c r="K339" s="50"/>
       <c r="L339" s="18"/>
       <c r="M339" s="18"/>
       <c r="N339" s="18"/>
       <c r="O339" s="49"/>
     </row>
     <row r="340" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B340" s="44"/>
       <c r="C340" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D340" s="18">
-        <v>110.72239999999999</v>
+        <v>110.8442</v>
       </c>
       <c r="E340" s="50"/>
       <c r="F340" s="18">
-        <v>107.9502</v>
+        <v>108.0804</v>
       </c>
       <c r="G340" s="50"/>
       <c r="H340" s="18">
-        <v>95.905799999999999</v>
+        <v>95.955799999999996</v>
       </c>
       <c r="I340" s="18"/>
       <c r="J340" s="18">
-        <v>117.8563</v>
+        <v>117.7504</v>
       </c>
       <c r="K340" s="50"/>
       <c r="L340" s="18">
-        <v>92.686099999999996</v>
+        <v>92.777699999999996</v>
       </c>
       <c r="M340" s="18"/>
       <c r="N340" s="18"/>
       <c r="O340" s="49"/>
     </row>
     <row r="341" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B341" s="44"/>
       <c r="C341" s="44" t="s">
         <v>11</v>
       </c>
       <c r="D341" s="18">
-        <v>110.55800000000001</v>
+        <v>110.6862</v>
       </c>
       <c r="E341" s="50"/>
       <c r="F341" s="18">
-        <v>107.7484</v>
+        <v>107.8843</v>
       </c>
       <c r="G341" s="50"/>
       <c r="H341" s="18">
-        <v>95.586200000000005</v>
+        <v>95.622500000000002</v>
       </c>
       <c r="I341" s="18"/>
       <c r="J341" s="18"/>
       <c r="K341" s="50"/>
       <c r="L341" s="18"/>
       <c r="M341" s="18"/>
       <c r="N341" s="18"/>
       <c r="O341" s="49"/>
     </row>
     <row r="342" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B342" s="44"/>
       <c r="C342" s="44" t="s">
         <v>12</v>
       </c>
       <c r="D342" s="18">
-        <v>110.7139</v>
+        <v>110.8927</v>
       </c>
       <c r="E342" s="50"/>
       <c r="F342" s="18">
-        <v>107.85080000000001</v>
+        <v>108.0153</v>
       </c>
       <c r="G342" s="50"/>
       <c r="H342" s="18">
-        <v>95.184100000000001</v>
+        <v>95.212699999999998</v>
       </c>
       <c r="I342" s="18"/>
       <c r="J342" s="18"/>
       <c r="K342" s="50"/>
       <c r="L342" s="18"/>
       <c r="M342" s="18"/>
       <c r="N342" s="18"/>
       <c r="O342" s="49"/>
     </row>
     <row r="343" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B343" s="32"/>
       <c r="C343" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D343" s="19">
-        <v>110.6412</v>
+        <v>110.8026</v>
       </c>
       <c r="E343" s="52"/>
       <c r="F343" s="19">
-        <v>107.64660000000001</v>
+        <v>107.7786</v>
       </c>
       <c r="G343" s="52"/>
       <c r="H343" s="19">
-        <v>94.785700000000006</v>
+        <v>94.808800000000005</v>
       </c>
       <c r="I343" s="19"/>
       <c r="J343" s="19">
-        <v>116.184</v>
+        <v>116.0779</v>
       </c>
       <c r="K343" s="52"/>
       <c r="L343" s="19">
-        <v>92.119100000000003</v>
+        <v>92.190399999999997</v>
       </c>
       <c r="M343" s="19"/>
       <c r="N343" s="19"/>
       <c r="O343" s="49"/>
     </row>
     <row r="344" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B344" s="44">
         <v>2024</v>
       </c>
       <c r="C344" s="44" t="s">
         <v>2</v>
       </c>
       <c r="D344" s="18">
-        <v>110.8043</v>
+        <v>110.9721</v>
       </c>
       <c r="E344" s="50"/>
       <c r="F344" s="18">
-        <v>107.6224</v>
+        <v>107.7527</v>
       </c>
       <c r="G344" s="50"/>
       <c r="H344" s="18">
-        <v>96.061599999999999</v>
+        <v>96.087400000000002</v>
       </c>
       <c r="I344" s="18"/>
       <c r="J344" s="18"/>
       <c r="K344" s="50"/>
       <c r="L344" s="18"/>
       <c r="M344" s="18"/>
       <c r="N344" s="18"/>
       <c r="O344" s="49"/>
     </row>
     <row r="345" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B345" s="44"/>
       <c r="C345" s="44" t="s">
         <v>3</v>
       </c>
       <c r="D345" s="18">
-        <v>110.8</v>
+        <v>110.947</v>
       </c>
       <c r="E345" s="50"/>
       <c r="F345" s="18">
-        <v>107.617</v>
+        <v>107.7272</v>
       </c>
       <c r="G345" s="50"/>
       <c r="H345" s="18">
-        <v>95.511799999999994</v>
+        <v>95.551000000000002</v>
       </c>
       <c r="I345" s="18"/>
       <c r="J345" s="18"/>
       <c r="K345" s="50"/>
       <c r="L345" s="18"/>
       <c r="M345" s="18"/>
       <c r="N345" s="18"/>
       <c r="O345" s="49"/>
     </row>
     <row r="346" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B346" s="44"/>
       <c r="C346" s="44" t="s">
         <v>4</v>
       </c>
       <c r="D346" s="18">
-        <v>111.1801</v>
+        <v>111.3368</v>
       </c>
       <c r="E346" s="50"/>
       <c r="F346" s="18">
-        <v>108.24420000000001</v>
+        <v>108.3608</v>
       </c>
       <c r="G346" s="50"/>
       <c r="H346" s="18">
-        <v>95.928899999999999</v>
+        <v>95.978499999999997</v>
       </c>
       <c r="I346" s="18"/>
       <c r="J346" s="18">
-        <v>118.7581</v>
+        <v>118.6324</v>
       </c>
       <c r="K346" s="50"/>
       <c r="L346" s="18">
-        <v>91.550200000000004</v>
+        <v>91.577799999999996</v>
       </c>
       <c r="M346" s="18"/>
       <c r="N346" s="18"/>
       <c r="O346" s="49"/>
     </row>
     <row r="347" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B347" s="44"/>
       <c r="C347" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D347" s="18">
-        <v>111.1096</v>
+        <v>111.2615</v>
       </c>
       <c r="E347" s="50"/>
       <c r="F347" s="18">
-        <v>108.29770000000001</v>
+        <v>108.4079</v>
       </c>
       <c r="G347" s="50"/>
       <c r="H347" s="18">
-        <v>96.354900000000001</v>
+        <v>96.422300000000007</v>
       </c>
       <c r="I347" s="18"/>
       <c r="J347" s="18"/>
       <c r="K347" s="50"/>
       <c r="L347" s="18"/>
       <c r="M347" s="18"/>
       <c r="N347" s="18"/>
       <c r="O347" s="49"/>
     </row>
     <row r="348" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B348" s="44"/>
       <c r="C348" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D348" s="18">
-        <v>111.12609999999999</v>
+        <v>111.294</v>
       </c>
       <c r="E348" s="50"/>
       <c r="F348" s="18">
-        <v>108.2822</v>
+        <v>108.4003</v>
       </c>
       <c r="G348" s="50"/>
       <c r="H348" s="18">
-        <v>95.200100000000006</v>
+        <v>95.272199999999998</v>
       </c>
       <c r="I348" s="18"/>
       <c r="J348" s="18"/>
       <c r="K348" s="50"/>
       <c r="L348" s="18"/>
       <c r="M348" s="18"/>
       <c r="N348" s="18"/>
       <c r="O348" s="49"/>
     </row>
     <row r="349" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B349" s="44"/>
       <c r="C349" s="46" t="s">
         <v>7</v>
       </c>
       <c r="D349" s="18">
-        <v>111.0515</v>
+        <v>111.2188</v>
       </c>
       <c r="E349" s="50"/>
       <c r="F349" s="18">
-        <v>108.4631</v>
+        <v>108.5689</v>
       </c>
       <c r="G349" s="50"/>
       <c r="H349" s="18">
-        <v>94.711799999999997</v>
+        <v>94.778199999999998</v>
       </c>
       <c r="I349" s="18"/>
       <c r="J349" s="18">
-        <v>117.43640000000001</v>
+        <v>117.3095</v>
       </c>
       <c r="K349" s="50"/>
       <c r="L349" s="18">
-        <v>95.552499999999995</v>
+        <v>95.648300000000006</v>
       </c>
       <c r="M349" s="18"/>
       <c r="N349" s="18"/>
       <c r="O349" s="49"/>
     </row>
     <row r="350" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B350" s="44"/>
       <c r="C350" s="46" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="18">
-        <v>111.2978</v>
+        <v>111.4744</v>
       </c>
       <c r="E350" s="50"/>
       <c r="F350" s="18">
-        <v>108.8779</v>
+        <v>108.99339999999999</v>
       </c>
       <c r="G350" s="50"/>
       <c r="H350" s="18">
-        <v>96.319100000000006</v>
+        <v>96.385000000000005</v>
       </c>
       <c r="I350" s="18"/>
       <c r="J350" s="18"/>
       <c r="K350" s="50"/>
       <c r="L350" s="18"/>
       <c r="M350" s="18"/>
       <c r="N350" s="18"/>
       <c r="O350" s="49"/>
     </row>
     <row r="351" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="47"/>
       <c r="B351" s="47"/>
       <c r="C351" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D351" s="18">
-        <v>111.47190000000001</v>
+        <v>111.6815</v>
       </c>
       <c r="E351" s="50"/>
       <c r="F351" s="18">
-        <v>109.0389</v>
+        <v>109.1948</v>
       </c>
       <c r="G351" s="50"/>
       <c r="H351" s="18">
-        <v>95.118899999999996</v>
+        <v>95.172700000000006</v>
       </c>
       <c r="I351" s="18"/>
       <c r="J351" s="18"/>
       <c r="K351" s="50"/>
       <c r="L351" s="18"/>
       <c r="M351" s="18"/>
       <c r="N351" s="18"/>
       <c r="O351" s="49"/>
     </row>
     <row r="352" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="47"/>
       <c r="B352" s="47"/>
       <c r="C352" s="46" t="s">
         <v>10</v>
       </c>
       <c r="D352" s="18">
-        <v>111.4709</v>
+        <v>111.6781</v>
       </c>
       <c r="E352" s="50"/>
       <c r="F352" s="18">
-        <v>109.1067</v>
+        <v>109.2604</v>
       </c>
       <c r="G352" s="50"/>
       <c r="H352" s="18">
-        <v>94.195099999999996</v>
+        <v>94.252799999999993</v>
       </c>
       <c r="I352" s="18"/>
       <c r="J352" s="18">
-        <v>117.41719999999999</v>
+        <v>117.292</v>
       </c>
       <c r="K352" s="50"/>
       <c r="L352" s="18">
-        <v>97.0214</v>
+        <v>97.124899999999997</v>
       </c>
       <c r="M352" s="18"/>
       <c r="N352" s="18"/>
       <c r="O352" s="49"/>
     </row>
     <row r="353" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="47"/>
       <c r="B353" s="47"/>
       <c r="C353" s="48" t="s">
         <v>11</v>
       </c>
       <c r="D353" s="18">
-        <v>111.3263</v>
+        <v>111.49679999999999</v>
       </c>
       <c r="E353" s="50"/>
       <c r="F353" s="18">
-        <v>109.3419</v>
+        <v>109.4442</v>
       </c>
       <c r="G353" s="50"/>
       <c r="H353" s="18">
-        <v>95.125200000000007</v>
+        <v>95.190399999999997</v>
       </c>
       <c r="I353" s="18"/>
       <c r="J353" s="18"/>
       <c r="K353" s="50"/>
       <c r="L353" s="18"/>
       <c r="M353" s="18"/>
       <c r="N353" s="18"/>
       <c r="O353" s="49"/>
     </row>
     <row r="354" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="47"/>
       <c r="B354" s="47"/>
       <c r="C354" s="48" t="s">
         <v>12</v>
       </c>
       <c r="D354" s="18">
-        <v>111.1236</v>
+        <v>111.268</v>
       </c>
       <c r="E354" s="50"/>
       <c r="F354" s="18">
-        <v>109.294</v>
+        <v>109.35429999999999</v>
       </c>
       <c r="G354" s="50"/>
       <c r="H354" s="18">
-        <v>94.768500000000003</v>
+        <v>94.848600000000005</v>
       </c>
       <c r="I354" s="18"/>
       <c r="J354" s="18"/>
       <c r="K354" s="50"/>
       <c r="L354" s="18"/>
       <c r="M354" s="18"/>
       <c r="N354" s="18"/>
       <c r="O354" s="49"/>
     </row>
     <row r="355" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="9"/>
       <c r="B355" s="55"/>
       <c r="C355" s="56" t="s">
         <v>13</v>
       </c>
       <c r="D355" s="19">
-        <v>110.8909</v>
+        <v>111.0275</v>
       </c>
       <c r="E355" s="52"/>
       <c r="F355" s="19">
-        <v>109.3574</v>
+        <v>109.4072</v>
       </c>
       <c r="G355" s="52"/>
       <c r="H355" s="19">
-        <v>94.495999999999995</v>
+        <v>94.586500000000001</v>
       </c>
       <c r="I355" s="19"/>
       <c r="J355" s="19">
-        <v>117.0303</v>
+        <v>116.819</v>
       </c>
       <c r="K355" s="52"/>
       <c r="L355" s="19">
-        <v>98.173100000000005</v>
+        <v>98.260800000000003</v>
       </c>
       <c r="M355" s="19"/>
       <c r="N355" s="19"/>
       <c r="O355" s="49"/>
     </row>
     <row r="356" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="9"/>
       <c r="B356" s="44">
         <v>2025</v>
       </c>
       <c r="C356" s="48" t="s">
         <v>2</v>
       </c>
       <c r="D356" s="18">
-        <v>110.75960000000001</v>
+        <v>110.9148</v>
       </c>
       <c r="E356" s="50"/>
       <c r="F356" s="18">
-        <v>109.4258</v>
+        <v>109.4954</v>
       </c>
       <c r="G356" s="50"/>
       <c r="H356" s="18">
-        <v>94.945599999999999</v>
+        <v>95.037700000000001</v>
       </c>
       <c r="I356" s="18"/>
       <c r="J356" s="18"/>
       <c r="K356" s="50"/>
       <c r="L356" s="18"/>
       <c r="M356" s="18"/>
       <c r="N356" s="18"/>
       <c r="O356" s="49"/>
     </row>
     <row r="357" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="47"/>
       <c r="B357" s="44"/>
       <c r="C357" s="48" t="s">
         <v>3</v>
       </c>
       <c r="D357" s="18">
-        <v>110.50620000000001</v>
+        <v>110.70569999999999</v>
       </c>
       <c r="E357" s="50"/>
       <c r="F357" s="18">
-        <v>109.08920000000001</v>
+        <v>109.2025</v>
       </c>
       <c r="G357" s="50"/>
       <c r="H357" s="18">
-        <v>94.970799999999997</v>
+        <v>95.059799999999996</v>
       </c>
       <c r="I357" s="18"/>
       <c r="J357" s="18"/>
       <c r="K357" s="50"/>
       <c r="L357" s="18"/>
       <c r="M357" s="18"/>
       <c r="N357" s="18"/>
       <c r="O357" s="49"/>
     </row>
     <row r="358" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="47"/>
       <c r="B358" s="44"/>
       <c r="C358" s="54" t="s">
         <v>4</v>
       </c>
       <c r="D358" s="18">
-        <v>111.3047</v>
+        <v>111.5412</v>
       </c>
       <c r="E358" s="50"/>
       <c r="F358" s="18">
-        <v>109.65479999999999</v>
+        <v>109.8032</v>
       </c>
       <c r="G358" s="50"/>
       <c r="H358" s="18">
-        <v>94.895700000000005</v>
+        <v>94.968100000000007</v>
       </c>
       <c r="I358" s="18"/>
       <c r="J358" s="18">
-        <v>117.2393</v>
+        <v>117.069</v>
       </c>
       <c r="K358" s="50"/>
       <c r="L358" s="18">
-        <v>98.617900000000006</v>
+        <v>98.706999999999994</v>
       </c>
       <c r="M358" s="18"/>
       <c r="N358" s="18"/>
       <c r="O358" s="49"/>
     </row>
     <row r="359" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="47"/>
       <c r="B359" s="44"/>
       <c r="C359" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D359" s="18">
-        <v>112.3467</v>
+        <v>112.611</v>
       </c>
       <c r="E359" s="50"/>
       <c r="F359" s="18">
-        <v>110.57980000000001</v>
+        <v>110.7649</v>
       </c>
       <c r="G359" s="50"/>
       <c r="H359" s="18">
-        <v>94.688699999999997</v>
+        <v>94.747799999999998</v>
       </c>
       <c r="I359" s="18"/>
       <c r="J359" s="18"/>
       <c r="K359" s="50"/>
       <c r="L359" s="18"/>
       <c r="M359" s="18"/>
       <c r="N359" s="18"/>
       <c r="O359" s="49"/>
     </row>
     <row r="360" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="47"/>
       <c r="B360" s="44"/>
       <c r="C360" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D360" s="18">
-        <v>112.12560000000001</v>
+        <v>112.4222</v>
       </c>
       <c r="E360" s="50"/>
       <c r="F360" s="18">
-        <v>110.92440000000001</v>
+        <v>111.1253</v>
       </c>
       <c r="G360" s="50"/>
       <c r="H360" s="18">
-        <v>94.816199999999995</v>
+        <v>94.8917</v>
       </c>
       <c r="I360" s="18"/>
       <c r="J360" s="18"/>
       <c r="K360" s="50"/>
       <c r="L360" s="18"/>
       <c r="M360" s="18"/>
       <c r="N360" s="18"/>
       <c r="O360" s="49"/>
     </row>
     <row r="361" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="47"/>
       <c r="B361" s="58"/>
       <c r="C361" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="18">
-        <v>112.565</v>
+        <v>112.8854</v>
       </c>
       <c r="E361" s="50"/>
       <c r="F361" s="18">
-        <v>111.4714</v>
+        <v>111.6829</v>
       </c>
       <c r="G361" s="50"/>
       <c r="H361" s="18">
-        <v>95.397999999999996</v>
+        <v>95.452600000000004</v>
       </c>
       <c r="I361" s="18"/>
       <c r="J361" s="18">
-        <v>120.1035</v>
+        <v>120.0395</v>
       </c>
       <c r="K361" s="50"/>
       <c r="L361" s="18">
-        <v>99.584400000000002</v>
+        <v>99.758700000000005</v>
       </c>
       <c r="M361" s="18"/>
       <c r="N361" s="18"/>
       <c r="O361" s="49"/>
     </row>
     <row r="362" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="47"/>
       <c r="B362" s="58"/>
       <c r="C362" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="18">
-        <v>112.9392</v>
+        <v>113.2777</v>
       </c>
       <c r="E362" s="50"/>
       <c r="F362" s="18">
-        <v>112.2444</v>
+        <v>112.4632</v>
       </c>
       <c r="G362" s="50"/>
       <c r="H362" s="18">
-        <v>96.292199999999994</v>
+        <v>96.3292</v>
       </c>
       <c r="I362" s="18"/>
       <c r="J362" s="18"/>
       <c r="K362" s="50"/>
       <c r="L362" s="18"/>
       <c r="M362" s="18"/>
       <c r="N362" s="18"/>
       <c r="O362" s="49"/>
     </row>
     <row r="363" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="47"/>
       <c r="B363" s="58"/>
       <c r="C363" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D363" s="18">
-        <v>112.9357</v>
+        <v>113.2766</v>
       </c>
       <c r="E363" s="50"/>
       <c r="F363" s="18">
-        <v>112.2796</v>
+        <v>112.50320000000001</v>
       </c>
       <c r="G363" s="50"/>
       <c r="H363" s="18">
-        <v>95.991</v>
+        <v>96.027500000000003</v>
       </c>
       <c r="I363" s="18"/>
       <c r="J363" s="18"/>
       <c r="K363" s="50"/>
       <c r="L363" s="18"/>
       <c r="M363" s="18"/>
       <c r="N363" s="18"/>
       <c r="O363" s="49"/>
     </row>
     <row r="364" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="47"/>
       <c r="B364" s="44"/>
       <c r="C364" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D364" s="18">
-        <v>113.0534</v>
+        <v>113.3813</v>
       </c>
       <c r="E364" s="50"/>
       <c r="F364" s="18">
-        <v>112.4246</v>
+        <v>112.63460000000001</v>
       </c>
       <c r="G364" s="50"/>
       <c r="H364" s="18">
-        <v>95.920699999999997</v>
+        <v>95.942700000000002</v>
       </c>
       <c r="I364" s="18"/>
-      <c r="J364" s="18"/>
+      <c r="J364" s="18">
+        <v>121.58280000000001</v>
+      </c>
       <c r="K364" s="50"/>
-      <c r="L364" s="18"/>
+      <c r="L364" s="18">
+        <v>102.15389999999999</v>
+      </c>
       <c r="M364" s="18"/>
       <c r="N364" s="18"/>
       <c r="O364" s="49"/>
     </row>
     <row r="365" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="47"/>
       <c r="B365" s="44"/>
       <c r="C365" s="44" t="s">
         <v>11</v>
       </c>
-      <c r="D365" s="70">
-[...16 lines deleted...]
-      <c r="O365" s="72"/>
+      <c r="D365" s="66">
+        <v>113.1934</v>
+      </c>
+      <c r="E365" s="67"/>
+      <c r="F365" s="66">
+        <v>112.23220000000001</v>
+      </c>
+      <c r="G365" s="67"/>
+      <c r="H365" s="66">
+        <v>95.824600000000004</v>
+      </c>
+      <c r="I365" s="66"/>
+      <c r="J365" s="66"/>
+      <c r="K365" s="67"/>
+      <c r="L365" s="66"/>
+      <c r="M365" s="66"/>
+      <c r="N365" s="66"/>
+      <c r="O365" s="68"/>
     </row>
     <row r="366" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="47"/>
-      <c r="B366" s="57"/>
-      <c r="C366" s="57" t="s">
+      <c r="B366" s="44"/>
+      <c r="C366" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="D366" s="64">
-[...19 lines deleted...]
-      <c r="B367" s="4" t="s">
+      <c r="D366" s="66">
+        <v>113.07080000000001</v>
+      </c>
+      <c r="E366" s="67"/>
+      <c r="F366" s="66">
+        <v>112.744</v>
+      </c>
+      <c r="G366" s="67"/>
+      <c r="H366" s="66">
+        <v>96.196200000000005</v>
+      </c>
+      <c r="I366" s="66"/>
+      <c r="J366" s="66"/>
+      <c r="K366" s="67"/>
+      <c r="L366" s="66"/>
+      <c r="M366" s="66"/>
+      <c r="N366" s="66"/>
+      <c r="O366" s="68"/>
+    </row>
+    <row r="367" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="47"/>
+      <c r="B367" s="57"/>
+      <c r="C367" s="57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D367" s="64">
+        <v>113.2863</v>
+      </c>
+      <c r="E367" s="65"/>
+      <c r="F367" s="64">
+        <v>113.2872</v>
+      </c>
+      <c r="G367" s="65"/>
+      <c r="H367" s="64">
+        <v>96.452399999999997</v>
+      </c>
+      <c r="I367" s="64"/>
+      <c r="J367" s="64"/>
+      <c r="K367" s="65"/>
+      <c r="L367" s="64"/>
+      <c r="M367" s="64"/>
+      <c r="N367" s="64"/>
+      <c r="O367" s="49"/>
+    </row>
+    <row r="368" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:L6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="247" max="11" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="B20:B260" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>