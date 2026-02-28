--- v3 (2026-01-26)
+++ v4 (2026-02-28)
@@ -5,74 +5,74 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88F3E959-111D-46B6-A7BC-9AFF89C4966C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C57759DB-4BE6-406E-BD29-4BB404B5BD33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="19" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$367</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$368</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="46">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -820,51 +820,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:O368"/>
+  <dimension ref="A2:O369"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="2.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" style="3" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="2.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="2.28515625" style="4" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="2.28515625" style="4" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="42" t="s">
         <v>44</v>
       </c>
@@ -996,51 +996,51 @@
       <c r="L9" s="40"/>
       <c r="M9" s="40"/>
       <c r="N9" s="40"/>
       <c r="O9" s="49"/>
     </row>
     <row r="10" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="23"/>
       <c r="C10" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="40">
         <v>103.2919</v>
       </c>
       <c r="E10" s="50"/>
       <c r="F10" s="40">
         <v>100.4298</v>
       </c>
       <c r="G10" s="50"/>
       <c r="H10" s="40">
         <v>110.6515</v>
       </c>
       <c r="I10" s="40"/>
       <c r="J10" s="40"/>
       <c r="K10" s="50"/>
       <c r="L10" s="40">
-        <v>82.558099999999996</v>
+        <v>82.552199999999999</v>
       </c>
       <c r="M10" s="40"/>
       <c r="N10" s="40"/>
       <c r="O10" s="49"/>
     </row>
     <row r="11" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="23"/>
       <c r="C11" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="40">
         <v>102.44410000000001</v>
       </c>
       <c r="E11" s="50"/>
       <c r="F11" s="40">
         <v>98.435599999999994</v>
       </c>
       <c r="G11" s="50"/>
       <c r="H11" s="40">
         <v>110.4691</v>
       </c>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="50"/>
       <c r="L11" s="40"/>
@@ -1070,51 +1070,51 @@
       <c r="L12" s="40"/>
       <c r="M12" s="40"/>
       <c r="N12" s="40"/>
       <c r="O12" s="49"/>
     </row>
     <row r="13" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="23"/>
       <c r="C13" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="40">
         <v>103.81829999999999</v>
       </c>
       <c r="E13" s="50"/>
       <c r="F13" s="40">
         <v>100.9379</v>
       </c>
       <c r="G13" s="50"/>
       <c r="H13" s="40">
         <v>112.0279</v>
       </c>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="50"/>
       <c r="L13" s="40">
-        <v>85.393799999999999</v>
+        <v>85.387600000000006</v>
       </c>
       <c r="M13" s="40"/>
       <c r="N13" s="40"/>
       <c r="O13" s="49"/>
     </row>
     <row r="14" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="23"/>
       <c r="C14" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="40">
         <v>105.0441</v>
       </c>
       <c r="E14" s="50"/>
       <c r="F14" s="40">
         <v>101.34610000000001</v>
       </c>
       <c r="G14" s="50"/>
       <c r="H14" s="40">
         <v>113.09220000000001</v>
       </c>
       <c r="I14" s="40"/>
       <c r="J14" s="40"/>
       <c r="K14" s="50"/>
       <c r="L14" s="40"/>
@@ -1144,51 +1144,51 @@
       <c r="L15" s="40"/>
       <c r="M15" s="40"/>
       <c r="N15" s="40"/>
       <c r="O15" s="49"/>
     </row>
     <row r="16" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="23"/>
       <c r="C16" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="40">
         <v>105.32089999999999</v>
       </c>
       <c r="E16" s="50"/>
       <c r="F16" s="40">
         <v>100.435</v>
       </c>
       <c r="G16" s="50"/>
       <c r="H16" s="40">
         <v>112.0561</v>
       </c>
       <c r="I16" s="40"/>
       <c r="J16" s="40"/>
       <c r="K16" s="50"/>
       <c r="L16" s="40">
-        <v>92.502099999999999</v>
+        <v>92.500799999999998</v>
       </c>
       <c r="M16" s="40"/>
       <c r="N16" s="40"/>
       <c r="O16" s="49"/>
     </row>
     <row r="17" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23"/>
       <c r="C17" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="40">
         <v>103.9855</v>
       </c>
       <c r="E17" s="50"/>
       <c r="F17" s="40">
         <v>99.430599999999998</v>
       </c>
       <c r="G17" s="50"/>
       <c r="H17" s="40">
         <v>109.67359999999999</v>
       </c>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="50"/>
       <c r="L17" s="40"/>
@@ -1218,51 +1218,51 @@
       <c r="L18" s="40"/>
       <c r="M18" s="40"/>
       <c r="N18" s="40"/>
       <c r="O18" s="49"/>
     </row>
     <row r="19" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="24"/>
       <c r="C19" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="59">
         <v>104.1178</v>
       </c>
       <c r="E19" s="60"/>
       <c r="F19" s="59">
         <v>99.841399999999993</v>
       </c>
       <c r="G19" s="60"/>
       <c r="H19" s="59">
         <v>110.53619999999999</v>
       </c>
       <c r="I19" s="59"/>
       <c r="J19" s="59"/>
       <c r="K19" s="60"/>
       <c r="L19" s="59">
-        <v>89.553399999999996</v>
+        <v>89.554599999999994</v>
       </c>
       <c r="M19" s="59"/>
       <c r="N19" s="59"/>
       <c r="O19" s="49"/>
     </row>
     <row r="20" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="40">
         <v>103.3282</v>
       </c>
       <c r="E20" s="50"/>
       <c r="F20" s="40">
         <v>100.08969999999999</v>
       </c>
       <c r="G20" s="50"/>
       <c r="H20" s="40">
         <v>112.58929999999999</v>
       </c>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
@@ -1294,51 +1294,51 @@
       <c r="L21" s="40"/>
       <c r="M21" s="40"/>
       <c r="N21" s="40"/>
       <c r="O21" s="49"/>
     </row>
     <row r="22" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="23"/>
       <c r="C22" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="40">
         <v>102.1361</v>
       </c>
       <c r="E22" s="50"/>
       <c r="F22" s="40">
         <v>98.714699999999993</v>
       </c>
       <c r="G22" s="50"/>
       <c r="H22" s="40">
         <v>109.2715</v>
       </c>
       <c r="I22" s="40"/>
       <c r="J22" s="40"/>
       <c r="K22" s="50"/>
       <c r="L22" s="40">
-        <v>89.759100000000004</v>
+        <v>89.754300000000001</v>
       </c>
       <c r="M22" s="40"/>
       <c r="N22" s="40"/>
       <c r="O22" s="49"/>
     </row>
     <row r="23" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="23"/>
       <c r="C23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="40">
         <v>101.9791</v>
       </c>
       <c r="E23" s="50"/>
       <c r="F23" s="40">
         <v>98.407300000000006</v>
       </c>
       <c r="G23" s="50"/>
       <c r="H23" s="40">
         <v>108.5879</v>
       </c>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="50"/>
       <c r="L23" s="40"/>
@@ -1368,51 +1368,51 @@
       <c r="L24" s="40"/>
       <c r="M24" s="40"/>
       <c r="N24" s="40"/>
       <c r="O24" s="49"/>
     </row>
     <row r="25" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="23"/>
       <c r="C25" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="40">
         <v>101.75530000000001</v>
       </c>
       <c r="E25" s="50"/>
       <c r="F25" s="40">
         <v>99.000100000000003</v>
       </c>
       <c r="G25" s="50"/>
       <c r="H25" s="40">
         <v>108.206</v>
       </c>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="50"/>
       <c r="L25" s="40">
-        <v>89.070099999999996</v>
+        <v>89.066100000000006</v>
       </c>
       <c r="M25" s="40"/>
       <c r="N25" s="40"/>
       <c r="O25" s="49"/>
     </row>
     <row r="26" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="23"/>
       <c r="C26" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="40">
         <v>100.69889999999999</v>
       </c>
       <c r="E26" s="50"/>
       <c r="F26" s="40">
         <v>96.412000000000006</v>
       </c>
       <c r="G26" s="50"/>
       <c r="H26" s="40">
         <v>107.02800000000001</v>
       </c>
       <c r="I26" s="40"/>
       <c r="J26" s="40"/>
       <c r="K26" s="50"/>
       <c r="L26" s="40"/>
@@ -1442,51 +1442,51 @@
       <c r="L27" s="40"/>
       <c r="M27" s="40"/>
       <c r="N27" s="40"/>
       <c r="O27" s="49"/>
     </row>
     <row r="28" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="23"/>
       <c r="C28" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="40">
         <v>101.8006</v>
       </c>
       <c r="E28" s="50"/>
       <c r="F28" s="40">
         <v>97.096000000000004</v>
       </c>
       <c r="G28" s="50"/>
       <c r="H28" s="40">
         <v>108.5574</v>
       </c>
       <c r="I28" s="40"/>
       <c r="J28" s="40"/>
       <c r="K28" s="50"/>
       <c r="L28" s="40">
-        <v>89.77</v>
+        <v>89.769000000000005</v>
       </c>
       <c r="M28" s="40"/>
       <c r="N28" s="40"/>
       <c r="O28" s="49"/>
     </row>
     <row r="29" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="23"/>
       <c r="C29" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="40">
         <v>102.9325</v>
       </c>
       <c r="E29" s="50"/>
       <c r="F29" s="40">
         <v>98.070700000000002</v>
       </c>
       <c r="G29" s="50"/>
       <c r="H29" s="40">
         <v>109.1275</v>
       </c>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="50"/>
       <c r="L29" s="40"/>
@@ -1516,51 +1516,51 @@
       <c r="L30" s="40"/>
       <c r="M30" s="40"/>
       <c r="N30" s="40"/>
       <c r="O30" s="49"/>
     </row>
     <row r="31" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="24"/>
       <c r="C31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="59">
         <v>104.38849999999999</v>
       </c>
       <c r="E31" s="60"/>
       <c r="F31" s="59">
         <v>101.0766</v>
       </c>
       <c r="G31" s="60"/>
       <c r="H31" s="59">
         <v>108.373</v>
       </c>
       <c r="I31" s="59"/>
       <c r="J31" s="59"/>
       <c r="K31" s="60"/>
       <c r="L31" s="59">
-        <v>95.8887</v>
+        <v>95.884299999999996</v>
       </c>
       <c r="M31" s="59"/>
       <c r="N31" s="59"/>
       <c r="O31" s="49"/>
     </row>
     <row r="32" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="40">
         <v>105.0609</v>
       </c>
       <c r="E32" s="50"/>
       <c r="F32" s="40">
         <v>103.60080000000001</v>
       </c>
       <c r="G32" s="50"/>
       <c r="H32" s="40">
         <v>106.5035</v>
       </c>
       <c r="I32" s="40"/>
       <c r="J32" s="40"/>
@@ -1590,55 +1590,55 @@
       <c r="J33" s="40"/>
       <c r="K33" s="50"/>
       <c r="L33" s="40"/>
       <c r="M33" s="40"/>
       <c r="N33" s="40"/>
       <c r="O33" s="49"/>
     </row>
     <row r="34" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="23"/>
       <c r="C34" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="40">
         <v>103.72880000000001</v>
       </c>
       <c r="E34" s="50"/>
       <c r="F34" s="40">
         <v>102.7024</v>
       </c>
       <c r="G34" s="50"/>
       <c r="H34" s="40">
         <v>104.8032</v>
       </c>
       <c r="I34" s="40"/>
       <c r="J34" s="40">
-        <v>103.8242</v>
+        <v>103.8254</v>
       </c>
       <c r="K34" s="50"/>
       <c r="L34" s="40">
-        <v>99.862200000000001</v>
+        <v>99.860299999999995</v>
       </c>
       <c r="M34" s="40"/>
       <c r="N34" s="40"/>
       <c r="O34" s="49"/>
     </row>
     <row r="35" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="23"/>
       <c r="C35" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="40">
         <v>102.7253</v>
       </c>
       <c r="E35" s="50"/>
       <c r="F35" s="40">
         <v>101.9828</v>
       </c>
       <c r="G35" s="50"/>
       <c r="H35" s="40">
         <v>103.6469</v>
       </c>
       <c r="I35" s="40"/>
       <c r="J35" s="40"/>
       <c r="K35" s="50"/>
       <c r="L35" s="40"/>
@@ -1666,55 +1666,55 @@
       <c r="J36" s="40"/>
       <c r="K36" s="50"/>
       <c r="L36" s="40"/>
       <c r="M36" s="40"/>
       <c r="N36" s="40"/>
       <c r="O36" s="49"/>
     </row>
     <row r="37" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="23"/>
       <c r="C37" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="40">
         <v>102</v>
       </c>
       <c r="E37" s="50"/>
       <c r="F37" s="40">
         <v>101.83369999999999</v>
       </c>
       <c r="G37" s="50"/>
       <c r="H37" s="40">
         <v>102.66379999999999</v>
       </c>
       <c r="I37" s="40"/>
       <c r="J37" s="40">
-        <v>101.58029999999999</v>
+        <v>101.5823</v>
       </c>
       <c r="K37" s="50"/>
       <c r="L37" s="40">
-        <v>98.915599999999998</v>
+        <v>98.914199999999994</v>
       </c>
       <c r="M37" s="40"/>
       <c r="N37" s="40"/>
       <c r="O37" s="49"/>
     </row>
     <row r="38" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="23"/>
       <c r="C38" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="40">
         <v>101.6844</v>
       </c>
       <c r="E38" s="50"/>
       <c r="F38" s="40">
         <v>100.9293</v>
       </c>
       <c r="G38" s="50"/>
       <c r="H38" s="40">
         <v>102.2359</v>
       </c>
       <c r="I38" s="40"/>
       <c r="J38" s="40"/>
       <c r="K38" s="50"/>
       <c r="L38" s="40"/>
@@ -1742,55 +1742,55 @@
       <c r="J39" s="40"/>
       <c r="K39" s="50"/>
       <c r="L39" s="40"/>
       <c r="M39" s="40"/>
       <c r="N39" s="40"/>
       <c r="O39" s="49"/>
     </row>
     <row r="40" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="23"/>
       <c r="C40" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="40">
         <v>104.06870000000001</v>
       </c>
       <c r="E40" s="50"/>
       <c r="F40" s="40">
         <v>102.7954</v>
       </c>
       <c r="G40" s="50"/>
       <c r="H40" s="40">
         <v>103.18089999999999</v>
       </c>
       <c r="I40" s="40"/>
       <c r="J40" s="40">
-        <v>100.65430000000001</v>
+        <v>100.655</v>
       </c>
       <c r="K40" s="50"/>
       <c r="L40" s="40">
-        <v>98.703199999999995</v>
+        <v>98.698899999999995</v>
       </c>
       <c r="M40" s="40"/>
       <c r="N40" s="40"/>
       <c r="O40" s="49"/>
     </row>
     <row r="41" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="23"/>
       <c r="C41" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="40">
         <v>102.991</v>
       </c>
       <c r="E41" s="50"/>
       <c r="F41" s="40">
         <v>101.5157</v>
       </c>
       <c r="G41" s="50"/>
       <c r="H41" s="40">
         <v>101.9486</v>
       </c>
       <c r="I41" s="40"/>
       <c r="J41" s="40"/>
       <c r="K41" s="50"/>
       <c r="L41" s="40"/>
@@ -1818,55 +1818,55 @@
       <c r="J42" s="40"/>
       <c r="K42" s="50"/>
       <c r="L42" s="40"/>
       <c r="M42" s="40"/>
       <c r="N42" s="40"/>
       <c r="O42" s="49"/>
     </row>
     <row r="43" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="24"/>
       <c r="C43" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="59">
         <v>102.3901</v>
       </c>
       <c r="E43" s="60"/>
       <c r="F43" s="59">
         <v>101.2851</v>
       </c>
       <c r="G43" s="60"/>
       <c r="H43" s="59">
         <v>101.4949</v>
       </c>
       <c r="I43" s="59"/>
       <c r="J43" s="59">
-        <v>100.5834</v>
+        <v>100.5843</v>
       </c>
       <c r="K43" s="61"/>
       <c r="L43" s="59">
-        <v>98.22</v>
+        <v>98.212100000000007</v>
       </c>
       <c r="M43" s="59"/>
       <c r="N43" s="59"/>
       <c r="O43" s="49"/>
     </row>
     <row r="44" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C44" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="40">
         <v>102.512</v>
       </c>
       <c r="E44" s="50"/>
       <c r="F44" s="40">
         <v>102.1417</v>
       </c>
       <c r="G44" s="50"/>
       <c r="H44" s="40">
         <v>101.96769999999999</v>
       </c>
       <c r="I44" s="40"/>
       <c r="J44" s="40"/>
@@ -1972,55 +1972,55 @@
       <c r="J48" s="40"/>
       <c r="K48" s="50"/>
       <c r="L48" s="40"/>
       <c r="M48" s="40"/>
       <c r="N48" s="40"/>
       <c r="O48" s="49"/>
     </row>
     <row r="49" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="26"/>
       <c r="C49" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="40">
         <v>96.795900000000003</v>
       </c>
       <c r="E49" s="50"/>
       <c r="F49" s="40">
         <v>97.397499999999994</v>
       </c>
       <c r="G49" s="50"/>
       <c r="H49" s="40">
         <v>97.010599999999997</v>
       </c>
       <c r="I49" s="40"/>
       <c r="J49" s="40">
-        <v>95.973200000000006</v>
+        <v>95.972999999999999</v>
       </c>
       <c r="K49" s="50"/>
       <c r="L49" s="40">
-        <v>96.077500000000001</v>
+        <v>96.077799999999996</v>
       </c>
       <c r="M49" s="40"/>
       <c r="N49" s="40"/>
       <c r="O49" s="49"/>
     </row>
     <row r="50" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="26"/>
       <c r="C50" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="40">
         <v>96.473699999999994</v>
       </c>
       <c r="E50" s="50"/>
       <c r="F50" s="40">
         <v>97.079599999999999</v>
       </c>
       <c r="G50" s="50"/>
       <c r="H50" s="40">
         <v>97.1267</v>
       </c>
       <c r="I50" s="40"/>
       <c r="J50" s="40"/>
       <c r="K50" s="50"/>
       <c r="L50" s="40"/>
@@ -2048,55 +2048,55 @@
       <c r="J51" s="40"/>
       <c r="K51" s="50"/>
       <c r="L51" s="40"/>
       <c r="M51" s="40"/>
       <c r="N51" s="40"/>
       <c r="O51" s="49"/>
     </row>
     <row r="52" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="26"/>
       <c r="C52" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="40">
         <v>96.652299999999997</v>
       </c>
       <c r="E52" s="50"/>
       <c r="F52" s="40">
         <v>96.550399999999996</v>
       </c>
       <c r="G52" s="50"/>
       <c r="H52" s="40">
         <v>97.374099999999999</v>
       </c>
       <c r="I52" s="40"/>
       <c r="J52" s="40">
-        <v>96.062799999999996</v>
+        <v>96.063900000000004</v>
       </c>
       <c r="K52" s="50"/>
       <c r="L52" s="40">
-        <v>96.828900000000004</v>
+        <v>96.8249</v>
       </c>
       <c r="M52" s="40"/>
       <c r="N52" s="40"/>
       <c r="O52" s="49"/>
     </row>
     <row r="53" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="26"/>
       <c r="C53" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="40">
         <v>97.274100000000004</v>
       </c>
       <c r="E53" s="50"/>
       <c r="F53" s="40">
         <v>97.145499999999998</v>
       </c>
       <c r="G53" s="50"/>
       <c r="H53" s="40">
         <v>97.5227</v>
       </c>
       <c r="I53" s="40"/>
       <c r="J53" s="40"/>
       <c r="K53" s="50"/>
       <c r="L53" s="40"/>
@@ -2124,55 +2124,55 @@
       <c r="J54" s="40"/>
       <c r="K54" s="50"/>
       <c r="L54" s="40"/>
       <c r="M54" s="40"/>
       <c r="N54" s="40"/>
       <c r="O54" s="49"/>
     </row>
     <row r="55" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="24"/>
       <c r="C55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D55" s="59">
         <v>95.316299999999998</v>
       </c>
       <c r="E55" s="60"/>
       <c r="F55" s="59">
         <v>94.746399999999994</v>
       </c>
       <c r="G55" s="60"/>
       <c r="H55" s="59">
         <v>95.775199999999998</v>
       </c>
       <c r="I55" s="59"/>
       <c r="J55" s="59">
-        <v>96.001300000000001</v>
+        <v>96.003299999999996</v>
       </c>
       <c r="K55" s="60"/>
       <c r="L55" s="59">
-        <v>98.551699999999997</v>
+        <v>98.549599999999998</v>
       </c>
       <c r="M55" s="59"/>
       <c r="N55" s="59"/>
       <c r="O55" s="49"/>
     </row>
     <row r="56" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="21" t="s">
         <v>17</v>
       </c>
       <c r="C56" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D56" s="40">
         <v>94.480500000000006</v>
       </c>
       <c r="E56" s="50"/>
       <c r="F56" s="40">
         <v>94.523099999999999</v>
       </c>
       <c r="G56" s="50"/>
       <c r="H56" s="40">
         <v>97.761799999999994</v>
       </c>
       <c r="I56" s="40"/>
       <c r="J56" s="40"/>
@@ -2202,55 +2202,55 @@
       <c r="J57" s="40"/>
       <c r="K57" s="50"/>
       <c r="L57" s="40"/>
       <c r="M57" s="40"/>
       <c r="N57" s="40"/>
       <c r="O57" s="49"/>
     </row>
     <row r="58" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="27"/>
       <c r="C58" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="40">
         <v>93.254099999999994</v>
       </c>
       <c r="E58" s="50"/>
       <c r="F58" s="40">
         <v>93.587599999999995</v>
       </c>
       <c r="G58" s="50"/>
       <c r="H58" s="40">
         <v>96.981700000000004</v>
       </c>
       <c r="I58" s="40"/>
       <c r="J58" s="40">
-        <v>92.334299999999999</v>
+        <v>92.334900000000005</v>
       </c>
       <c r="K58" s="50"/>
       <c r="L58" s="40">
-        <v>95.170100000000005</v>
+        <v>95.168899999999994</v>
       </c>
       <c r="M58" s="40"/>
       <c r="N58" s="40"/>
       <c r="O58" s="49"/>
     </row>
     <row r="59" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="27"/>
       <c r="C59" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="40">
         <v>93.064599999999999</v>
       </c>
       <c r="E59" s="50"/>
       <c r="F59" s="40">
         <v>93.8874</v>
       </c>
       <c r="G59" s="50"/>
       <c r="H59" s="40">
         <v>97.563100000000006</v>
       </c>
       <c r="I59" s="40"/>
       <c r="J59" s="40"/>
       <c r="K59" s="50"/>
       <c r="L59" s="40"/>
@@ -2278,55 +2278,55 @@
       <c r="J60" s="40"/>
       <c r="K60" s="50"/>
       <c r="L60" s="40"/>
       <c r="M60" s="40"/>
       <c r="N60" s="40"/>
       <c r="O60" s="49"/>
     </row>
     <row r="61" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="27"/>
       <c r="C61" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="40">
         <v>94.506900000000002</v>
       </c>
       <c r="E61" s="50"/>
       <c r="F61" s="40">
         <v>95.959900000000005</v>
       </c>
       <c r="G61" s="50"/>
       <c r="H61" s="40">
         <v>98.439599999999999</v>
       </c>
       <c r="I61" s="40"/>
       <c r="J61" s="40">
-        <v>94.419700000000006</v>
+        <v>94.419399999999996</v>
       </c>
       <c r="K61" s="50"/>
       <c r="L61" s="40">
-        <v>96.666399999999996</v>
+        <v>96.666200000000003</v>
       </c>
       <c r="M61" s="40"/>
       <c r="N61" s="40"/>
       <c r="O61" s="49"/>
     </row>
     <row r="62" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="27"/>
       <c r="C62" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="40">
         <v>94.852500000000006</v>
       </c>
       <c r="E62" s="50"/>
       <c r="F62" s="40">
         <v>96.676100000000005</v>
       </c>
       <c r="G62" s="50"/>
       <c r="H62" s="40">
         <v>98.608800000000002</v>
       </c>
       <c r="I62" s="40"/>
       <c r="J62" s="40"/>
       <c r="K62" s="50"/>
       <c r="L62" s="40"/>
@@ -2354,55 +2354,55 @@
       <c r="J63" s="40"/>
       <c r="K63" s="50"/>
       <c r="L63" s="40"/>
       <c r="M63" s="40"/>
       <c r="N63" s="40"/>
       <c r="O63" s="49"/>
     </row>
     <row r="64" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="27"/>
       <c r="C64" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="40">
         <v>94.157200000000003</v>
       </c>
       <c r="E64" s="50"/>
       <c r="F64" s="40">
         <v>95.411199999999994</v>
       </c>
       <c r="G64" s="50"/>
       <c r="H64" s="40">
         <v>97.944800000000001</v>
       </c>
       <c r="I64" s="40"/>
       <c r="J64" s="40">
-        <v>96.039299999999997</v>
+        <v>96.040400000000005</v>
       </c>
       <c r="K64" s="50"/>
       <c r="L64" s="40">
-        <v>98.378299999999996</v>
+        <v>98.372500000000002</v>
       </c>
       <c r="M64" s="40"/>
       <c r="N64" s="40"/>
       <c r="O64" s="49"/>
     </row>
     <row r="65" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="27"/>
       <c r="C65" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="40">
         <v>93.784800000000004</v>
       </c>
       <c r="E65" s="50"/>
       <c r="F65" s="40">
         <v>95.095699999999994</v>
       </c>
       <c r="G65" s="50"/>
       <c r="H65" s="40">
         <v>97.9649</v>
       </c>
       <c r="I65" s="40"/>
       <c r="J65" s="40"/>
       <c r="K65" s="50"/>
       <c r="L65" s="40"/>
@@ -2430,55 +2430,55 @@
       <c r="J66" s="40"/>
       <c r="K66" s="50"/>
       <c r="L66" s="40"/>
       <c r="M66" s="40"/>
       <c r="N66" s="40"/>
       <c r="O66" s="49"/>
     </row>
     <row r="67" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="28"/>
       <c r="C67" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="59">
         <v>94.641599999999997</v>
       </c>
       <c r="E67" s="60"/>
       <c r="F67" s="59">
         <v>95.917500000000004</v>
       </c>
       <c r="G67" s="60"/>
       <c r="H67" s="59">
         <v>101.6555</v>
       </c>
       <c r="I67" s="59"/>
       <c r="J67" s="59">
-        <v>95.328500000000005</v>
+        <v>95.328199999999995</v>
       </c>
       <c r="K67" s="60"/>
       <c r="L67" s="59">
-        <v>97.560599999999994</v>
+        <v>97.560100000000006</v>
       </c>
       <c r="M67" s="59"/>
       <c r="N67" s="59"/>
       <c r="O67" s="49"/>
     </row>
     <row r="68" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21" t="s">
         <v>18</v>
       </c>
       <c r="C68" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="40">
         <v>95.432400000000001</v>
       </c>
       <c r="E68" s="50"/>
       <c r="F68" s="40">
         <v>96.673299999999998</v>
       </c>
       <c r="G68" s="50"/>
       <c r="H68" s="40">
         <v>100.61109999999999</v>
       </c>
       <c r="I68" s="40"/>
       <c r="J68" s="40"/>
@@ -2508,55 +2508,55 @@
       <c r="J69" s="40"/>
       <c r="K69" s="50"/>
       <c r="L69" s="40"/>
       <c r="M69" s="40"/>
       <c r="N69" s="40"/>
       <c r="O69" s="49"/>
     </row>
     <row r="70" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="27"/>
       <c r="C70" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="40">
         <v>94.579599999999999</v>
       </c>
       <c r="E70" s="50"/>
       <c r="F70" s="40">
         <v>95.605999999999995</v>
       </c>
       <c r="G70" s="50"/>
       <c r="H70" s="40">
         <v>98.431600000000003</v>
       </c>
       <c r="I70" s="40"/>
       <c r="J70" s="40">
-        <v>95.655000000000001</v>
+        <v>95.654499999999999</v>
       </c>
       <c r="K70" s="50"/>
       <c r="L70" s="40">
-        <v>96.94</v>
+        <v>96.940700000000007</v>
       </c>
       <c r="M70" s="40"/>
       <c r="N70" s="40"/>
       <c r="O70" s="49"/>
     </row>
     <row r="71" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="27"/>
       <c r="C71" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="40">
         <v>95.776799999999994</v>
       </c>
       <c r="E71" s="50"/>
       <c r="F71" s="40">
         <v>97.695400000000006</v>
       </c>
       <c r="G71" s="50"/>
       <c r="H71" s="40">
         <v>99.718199999999996</v>
       </c>
       <c r="I71" s="40"/>
       <c r="J71" s="40"/>
       <c r="K71" s="50"/>
       <c r="L71" s="40"/>
@@ -2584,55 +2584,55 @@
       <c r="J72" s="40"/>
       <c r="K72" s="50"/>
       <c r="L72" s="40"/>
       <c r="M72" s="40"/>
       <c r="N72" s="40"/>
       <c r="O72" s="49"/>
     </row>
     <row r="73" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="27"/>
       <c r="C73" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="40">
         <v>97.959699999999998</v>
       </c>
       <c r="E73" s="50"/>
       <c r="F73" s="40">
         <v>99.820499999999996</v>
       </c>
       <c r="G73" s="50"/>
       <c r="H73" s="40">
         <v>102.02589999999999</v>
       </c>
       <c r="I73" s="40"/>
       <c r="J73" s="40">
-        <v>99.439599999999999</v>
+        <v>99.4392</v>
       </c>
       <c r="K73" s="50"/>
       <c r="L73" s="40">
-        <v>93.373099999999994</v>
+        <v>93.377099999999999</v>
       </c>
       <c r="M73" s="40"/>
       <c r="N73" s="40"/>
       <c r="O73" s="49"/>
     </row>
     <row r="74" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="27"/>
       <c r="C74" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="40">
         <v>100.2495</v>
       </c>
       <c r="E74" s="50"/>
       <c r="F74" s="40">
         <v>100.9512</v>
       </c>
       <c r="G74" s="50"/>
       <c r="H74" s="40">
         <v>104.06310000000001</v>
       </c>
       <c r="I74" s="40"/>
       <c r="J74" s="40"/>
       <c r="K74" s="50"/>
       <c r="L74" s="40"/>
@@ -2660,55 +2660,55 @@
       <c r="J75" s="40"/>
       <c r="K75" s="50"/>
       <c r="L75" s="40"/>
       <c r="M75" s="40"/>
       <c r="N75" s="40"/>
       <c r="O75" s="49"/>
     </row>
     <row r="76" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="27"/>
       <c r="C76" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="40">
         <v>97.367199999999997</v>
       </c>
       <c r="E76" s="50"/>
       <c r="F76" s="40">
         <v>98.570899999999995</v>
       </c>
       <c r="G76" s="50"/>
       <c r="H76" s="40">
         <v>100.3908</v>
       </c>
       <c r="I76" s="40"/>
       <c r="J76" s="40">
-        <v>98.918400000000005</v>
+        <v>98.919600000000003</v>
       </c>
       <c r="K76" s="50"/>
       <c r="L76" s="40">
-        <v>93.485399999999998</v>
+        <v>93.481700000000004</v>
       </c>
       <c r="M76" s="40"/>
       <c r="N76" s="40"/>
       <c r="O76" s="49"/>
     </row>
     <row r="77" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="27"/>
       <c r="C77" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="40">
         <v>98.373000000000005</v>
       </c>
       <c r="E77" s="50"/>
       <c r="F77" s="40">
         <v>98.942999999999998</v>
       </c>
       <c r="G77" s="50"/>
       <c r="H77" s="40">
         <v>101.6643</v>
       </c>
       <c r="I77" s="40"/>
       <c r="J77" s="40"/>
       <c r="K77" s="50"/>
       <c r="L77" s="40"/>
@@ -2736,55 +2736,55 @@
       <c r="J78" s="40"/>
       <c r="K78" s="50"/>
       <c r="L78" s="40"/>
       <c r="M78" s="40"/>
       <c r="N78" s="40"/>
       <c r="O78" s="49"/>
     </row>
     <row r="79" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="28"/>
       <c r="C79" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="59">
         <v>98.527000000000001</v>
       </c>
       <c r="E79" s="60"/>
       <c r="F79" s="59">
         <v>99.366699999999994</v>
       </c>
       <c r="G79" s="60"/>
       <c r="H79" s="59">
         <v>101.12739999999999</v>
       </c>
       <c r="I79" s="59"/>
       <c r="J79" s="59">
-        <v>99.976200000000006</v>
+        <v>99.976900000000001</v>
       </c>
       <c r="K79" s="60"/>
       <c r="L79" s="59">
-        <v>94.663399999999996</v>
+        <v>94.662999999999997</v>
       </c>
       <c r="M79" s="59"/>
       <c r="N79" s="59"/>
       <c r="O79" s="49"/>
     </row>
     <row r="80" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D80" s="40">
         <v>96.661799999999999</v>
       </c>
       <c r="E80" s="50"/>
       <c r="F80" s="40">
         <v>97.791600000000003</v>
       </c>
       <c r="G80" s="50"/>
       <c r="H80" s="40">
         <v>98.455299999999994</v>
       </c>
       <c r="I80" s="40"/>
       <c r="J80" s="40"/>
@@ -2814,55 +2814,55 @@
       <c r="J81" s="40"/>
       <c r="K81" s="50"/>
       <c r="L81" s="40"/>
       <c r="M81" s="40"/>
       <c r="N81" s="40"/>
       <c r="O81" s="49"/>
     </row>
     <row r="82" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="27"/>
       <c r="C82" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="40">
         <v>98.137200000000007</v>
       </c>
       <c r="E82" s="50"/>
       <c r="F82" s="40">
         <v>98.723500000000001</v>
       </c>
       <c r="G82" s="50"/>
       <c r="H82" s="40">
         <v>99.135499999999993</v>
       </c>
       <c r="I82" s="40"/>
       <c r="J82" s="40">
-        <v>99.641900000000007</v>
+        <v>99.640799999999999</v>
       </c>
       <c r="K82" s="50"/>
       <c r="L82" s="40">
-        <v>94.298400000000001</v>
+        <v>94.297799999999995</v>
       </c>
       <c r="M82" s="40"/>
       <c r="N82" s="40"/>
       <c r="O82" s="49"/>
     </row>
     <row r="83" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="27"/>
       <c r="C83" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="40">
         <v>98.352099999999993</v>
       </c>
       <c r="E83" s="50"/>
       <c r="F83" s="40">
         <v>98.8005</v>
       </c>
       <c r="G83" s="50"/>
       <c r="H83" s="40">
         <v>100.25700000000001</v>
       </c>
       <c r="I83" s="40"/>
       <c r="J83" s="40"/>
       <c r="K83" s="50"/>
       <c r="L83" s="40"/>
@@ -2890,55 +2890,55 @@
       <c r="J84" s="40"/>
       <c r="K84" s="50"/>
       <c r="L84" s="40"/>
       <c r="M84" s="40"/>
       <c r="N84" s="40"/>
       <c r="O84" s="49"/>
     </row>
     <row r="85" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="27"/>
       <c r="C85" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="40">
         <v>101.113</v>
       </c>
       <c r="E85" s="50"/>
       <c r="F85" s="40">
         <v>101.4135</v>
       </c>
       <c r="G85" s="50"/>
       <c r="H85" s="40">
         <v>102.62569999999999</v>
       </c>
       <c r="I85" s="40"/>
       <c r="J85" s="40">
-        <v>101.37569999999999</v>
+        <v>101.3762</v>
       </c>
       <c r="K85" s="50"/>
       <c r="L85" s="40">
-        <v>97.471599999999995</v>
+        <v>97.475700000000003</v>
       </c>
       <c r="M85" s="40"/>
       <c r="N85" s="40"/>
       <c r="O85" s="49"/>
     </row>
     <row r="86" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="27"/>
       <c r="C86" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="40">
         <v>101.5338</v>
       </c>
       <c r="E86" s="50"/>
       <c r="F86" s="40">
         <v>101.1713</v>
       </c>
       <c r="G86" s="50"/>
       <c r="H86" s="40">
         <v>103.2321</v>
       </c>
       <c r="I86" s="40"/>
       <c r="J86" s="40"/>
       <c r="K86" s="50"/>
       <c r="L86" s="40"/>
@@ -2966,55 +2966,55 @@
       <c r="J87" s="40"/>
       <c r="K87" s="50"/>
       <c r="L87" s="40"/>
       <c r="M87" s="40"/>
       <c r="N87" s="40"/>
       <c r="O87" s="49"/>
     </row>
     <row r="88" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="27"/>
       <c r="C88" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D88" s="40">
         <v>101.77979999999999</v>
       </c>
       <c r="E88" s="50"/>
       <c r="F88" s="40">
         <v>101.3935</v>
       </c>
       <c r="G88" s="50"/>
       <c r="H88" s="40">
         <v>103.1096</v>
       </c>
       <c r="I88" s="40"/>
       <c r="J88" s="40">
-        <v>103.68640000000001</v>
+        <v>103.6865</v>
       </c>
       <c r="K88" s="50"/>
       <c r="L88" s="40">
-        <v>99.792400000000001</v>
+        <v>99.793899999999994</v>
       </c>
       <c r="M88" s="40"/>
       <c r="N88" s="40"/>
       <c r="O88" s="49"/>
     </row>
     <row r="89" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="27"/>
       <c r="C89" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="40">
         <v>100.5365</v>
       </c>
       <c r="E89" s="50"/>
       <c r="F89" s="40">
         <v>100.11</v>
       </c>
       <c r="G89" s="50"/>
       <c r="H89" s="40">
         <v>102.50449999999999</v>
       </c>
       <c r="I89" s="40"/>
       <c r="J89" s="40"/>
       <c r="K89" s="50"/>
       <c r="L89" s="40"/>
@@ -3042,55 +3042,55 @@
       <c r="J90" s="40"/>
       <c r="K90" s="50"/>
       <c r="L90" s="40"/>
       <c r="M90" s="40"/>
       <c r="N90" s="40"/>
       <c r="O90" s="49"/>
     </row>
     <row r="91" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="28"/>
       <c r="C91" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="59">
         <v>101.6092</v>
       </c>
       <c r="E91" s="60"/>
       <c r="F91" s="59">
         <v>101.4632</v>
       </c>
       <c r="G91" s="60"/>
       <c r="H91" s="59">
         <v>102.5817</v>
       </c>
       <c r="I91" s="59"/>
       <c r="J91" s="59">
-        <v>103.3348</v>
+        <v>103.3357</v>
       </c>
       <c r="K91" s="60"/>
       <c r="L91" s="59">
-        <v>104.7726</v>
+        <v>104.7748</v>
       </c>
       <c r="M91" s="59"/>
       <c r="N91" s="59"/>
       <c r="O91" s="49"/>
     </row>
     <row r="92" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D92" s="40">
         <v>101.3477</v>
       </c>
       <c r="E92" s="50"/>
       <c r="F92" s="40">
         <v>101.12</v>
       </c>
       <c r="G92" s="50"/>
       <c r="H92" s="40">
         <v>101.4136</v>
       </c>
       <c r="I92" s="40"/>
       <c r="J92" s="40"/>
@@ -3120,55 +3120,55 @@
       <c r="J93" s="40"/>
       <c r="K93" s="50"/>
       <c r="L93" s="40"/>
       <c r="M93" s="40"/>
       <c r="N93" s="40"/>
       <c r="O93" s="49"/>
     </row>
     <row r="94" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="27"/>
       <c r="C94" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D94" s="40">
         <v>100.0787</v>
       </c>
       <c r="E94" s="50"/>
       <c r="F94" s="40">
         <v>99.910499999999999</v>
       </c>
       <c r="G94" s="50"/>
       <c r="H94" s="40">
         <v>100.9157</v>
       </c>
       <c r="I94" s="40"/>
       <c r="J94" s="40">
-        <v>103.9743</v>
+        <v>103.9727</v>
       </c>
       <c r="K94" s="50"/>
       <c r="L94" s="40">
-        <v>99.8613</v>
+        <v>99.861999999999995</v>
       </c>
       <c r="M94" s="40"/>
       <c r="N94" s="40"/>
       <c r="O94" s="49"/>
     </row>
     <row r="95" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="27"/>
       <c r="C95" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D95" s="40">
         <v>101.8648</v>
       </c>
       <c r="E95" s="50"/>
       <c r="F95" s="40">
         <v>101.47580000000001</v>
       </c>
       <c r="G95" s="50"/>
       <c r="H95" s="40">
         <v>102.79389999999999</v>
       </c>
       <c r="I95" s="40"/>
       <c r="J95" s="40"/>
       <c r="K95" s="50"/>
       <c r="L95" s="40"/>
@@ -3196,55 +3196,55 @@
       <c r="J96" s="40"/>
       <c r="K96" s="50"/>
       <c r="L96" s="40"/>
       <c r="M96" s="40"/>
       <c r="N96" s="40"/>
       <c r="O96" s="49"/>
     </row>
     <row r="97" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="27"/>
       <c r="C97" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="40">
         <v>103.56789999999999</v>
       </c>
       <c r="E97" s="50"/>
       <c r="F97" s="40">
         <v>102.96250000000001</v>
       </c>
       <c r="G97" s="50"/>
       <c r="H97" s="40">
         <v>103.7932</v>
       </c>
       <c r="I97" s="40"/>
       <c r="J97" s="40">
-        <v>106.65779999999999</v>
+        <v>106.65689999999999</v>
       </c>
       <c r="K97" s="50"/>
       <c r="L97" s="40">
-        <v>103.43819999999999</v>
+        <v>103.43989999999999</v>
       </c>
       <c r="M97" s="40"/>
       <c r="N97" s="40"/>
       <c r="O97" s="49"/>
     </row>
     <row r="98" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="27"/>
       <c r="C98" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="40">
         <v>103.4678</v>
       </c>
       <c r="E98" s="50"/>
       <c r="F98" s="40">
         <v>102.76730000000001</v>
       </c>
       <c r="G98" s="50"/>
       <c r="H98" s="40">
         <v>104.4414</v>
       </c>
       <c r="I98" s="40"/>
       <c r="J98" s="40"/>
       <c r="K98" s="50"/>
       <c r="L98" s="40"/>
@@ -3272,55 +3272,55 @@
       <c r="J99" s="40"/>
       <c r="K99" s="50"/>
       <c r="L99" s="40"/>
       <c r="M99" s="40"/>
       <c r="N99" s="40"/>
       <c r="O99" s="49"/>
     </row>
     <row r="100" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="27"/>
       <c r="C100" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="40">
         <v>102.98260000000001</v>
       </c>
       <c r="E100" s="50"/>
       <c r="F100" s="40">
         <v>102.0848</v>
       </c>
       <c r="G100" s="50"/>
       <c r="H100" s="40">
         <v>103.72020000000001</v>
       </c>
       <c r="I100" s="40"/>
       <c r="J100" s="40">
-        <v>107.7306</v>
+        <v>107.7302</v>
       </c>
       <c r="K100" s="50"/>
       <c r="L100" s="40">
-        <v>105.0314</v>
+        <v>105.0337</v>
       </c>
       <c r="M100" s="40"/>
       <c r="N100" s="40"/>
       <c r="O100" s="49"/>
     </row>
     <row r="101" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="27"/>
       <c r="C101" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="40">
         <v>102.5556</v>
       </c>
       <c r="E101" s="50"/>
       <c r="F101" s="40">
         <v>101.5504</v>
       </c>
       <c r="G101" s="50"/>
       <c r="H101" s="40">
         <v>102.6296</v>
       </c>
       <c r="I101" s="40"/>
       <c r="J101" s="40"/>
       <c r="K101" s="50"/>
       <c r="L101" s="40"/>
@@ -3348,55 +3348,55 @@
       <c r="J102" s="40"/>
       <c r="K102" s="50"/>
       <c r="L102" s="40"/>
       <c r="M102" s="40"/>
       <c r="N102" s="40"/>
       <c r="O102" s="49"/>
     </row>
     <row r="103" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="28"/>
       <c r="C103" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D103" s="59">
         <v>102.812</v>
       </c>
       <c r="E103" s="60"/>
       <c r="F103" s="59">
         <v>102.0539</v>
       </c>
       <c r="G103" s="60"/>
       <c r="H103" s="59">
         <v>102.4838</v>
       </c>
       <c r="I103" s="59"/>
       <c r="J103" s="59">
-        <v>107.0189</v>
+        <v>107.0211</v>
       </c>
       <c r="K103" s="60"/>
       <c r="L103" s="59">
-        <v>103.09</v>
+        <v>103.09739999999999</v>
       </c>
       <c r="M103" s="59"/>
       <c r="N103" s="59"/>
       <c r="O103" s="49"/>
     </row>
     <row r="104" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D104" s="40">
         <v>102.994</v>
       </c>
       <c r="E104" s="50"/>
       <c r="F104" s="40">
         <v>102.6417</v>
       </c>
       <c r="G104" s="50"/>
       <c r="H104" s="40">
         <v>101.81440000000001</v>
       </c>
       <c r="I104" s="40"/>
       <c r="J104" s="40"/>
@@ -3426,55 +3426,55 @@
       <c r="J105" s="40"/>
       <c r="K105" s="50"/>
       <c r="L105" s="40"/>
       <c r="M105" s="40"/>
       <c r="N105" s="40"/>
       <c r="O105" s="49"/>
     </row>
     <row r="106" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B106" s="27"/>
       <c r="C106" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D106" s="40">
         <v>105.123</v>
       </c>
       <c r="E106" s="50"/>
       <c r="F106" s="40">
         <v>104.2804</v>
       </c>
       <c r="G106" s="50"/>
       <c r="H106" s="40">
         <v>103.42310000000001</v>
       </c>
       <c r="I106" s="40"/>
       <c r="J106" s="40">
-        <v>107.93859999999999</v>
+        <v>107.9374</v>
       </c>
       <c r="K106" s="50"/>
       <c r="L106" s="40">
-        <v>109.1862</v>
+        <v>109.18689999999999</v>
       </c>
       <c r="M106" s="40"/>
       <c r="N106" s="40"/>
       <c r="O106" s="49"/>
     </row>
     <row r="107" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="27"/>
       <c r="C107" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D107" s="40">
         <v>104.0693</v>
       </c>
       <c r="E107" s="50"/>
       <c r="F107" s="40">
         <v>103.26909999999999</v>
       </c>
       <c r="G107" s="50"/>
       <c r="H107" s="40">
         <v>103.1587</v>
       </c>
       <c r="I107" s="40"/>
       <c r="J107" s="40"/>
       <c r="K107" s="50"/>
       <c r="L107" s="40"/>
@@ -3502,55 +3502,55 @@
       <c r="J108" s="40"/>
       <c r="K108" s="50"/>
       <c r="L108" s="40"/>
       <c r="M108" s="40"/>
       <c r="N108" s="40"/>
       <c r="O108" s="49"/>
     </row>
     <row r="109" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="27"/>
       <c r="C109" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="40">
         <v>106.42440000000001</v>
       </c>
       <c r="E109" s="50"/>
       <c r="F109" s="40">
         <v>105.4764</v>
       </c>
       <c r="G109" s="50"/>
       <c r="H109" s="40">
         <v>106.42019999999999</v>
       </c>
       <c r="I109" s="40"/>
       <c r="J109" s="40">
-        <v>110.7064</v>
+        <v>110.7077</v>
       </c>
       <c r="K109" s="50"/>
       <c r="L109" s="40">
-        <v>104.76130000000001</v>
+        <v>104.7681</v>
       </c>
       <c r="M109" s="40"/>
       <c r="N109" s="40"/>
       <c r="O109" s="49"/>
     </row>
     <row r="110" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="27"/>
       <c r="C110" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="40">
         <v>106.53879999999999</v>
       </c>
       <c r="E110" s="50"/>
       <c r="F110" s="40">
         <v>104.938</v>
       </c>
       <c r="G110" s="50"/>
       <c r="H110" s="40">
         <v>107.11490000000001</v>
       </c>
       <c r="I110" s="40"/>
       <c r="J110" s="40"/>
       <c r="K110" s="50"/>
       <c r="L110" s="40"/>
@@ -3578,55 +3578,55 @@
       <c r="J111" s="40"/>
       <c r="K111" s="50"/>
       <c r="L111" s="40"/>
       <c r="M111" s="40"/>
       <c r="N111" s="40"/>
       <c r="O111" s="49"/>
     </row>
     <row r="112" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="27"/>
       <c r="C112" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="40">
         <v>105.7696</v>
       </c>
       <c r="E112" s="50"/>
       <c r="F112" s="40">
         <v>103.7696</v>
       </c>
       <c r="G112" s="50"/>
       <c r="H112" s="40">
         <v>106.3747</v>
       </c>
       <c r="I112" s="40"/>
       <c r="J112" s="40">
-        <v>111.8944</v>
+        <v>111.8934</v>
       </c>
       <c r="K112" s="50"/>
       <c r="L112" s="40">
-        <v>104.6771</v>
+        <v>104.6871</v>
       </c>
       <c r="M112" s="40"/>
       <c r="N112" s="40"/>
       <c r="O112" s="49"/>
     </row>
     <row r="113" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B113" s="27"/>
       <c r="C113" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D113" s="40">
         <v>104.6861</v>
       </c>
       <c r="E113" s="50"/>
       <c r="F113" s="40">
         <v>102.7679</v>
       </c>
       <c r="G113" s="50"/>
       <c r="H113" s="40">
         <v>104.90560000000001</v>
       </c>
       <c r="I113" s="40"/>
       <c r="J113" s="40"/>
       <c r="K113" s="50"/>
       <c r="L113" s="40"/>
@@ -3654,55 +3654,55 @@
       <c r="J114" s="40"/>
       <c r="K114" s="50"/>
       <c r="L114" s="40"/>
       <c r="M114" s="40"/>
       <c r="N114" s="40"/>
       <c r="O114" s="49"/>
     </row>
     <row r="115" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B115" s="28"/>
       <c r="C115" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D115" s="59">
         <v>105.2162</v>
       </c>
       <c r="E115" s="60"/>
       <c r="F115" s="59">
         <v>104.39919999999999</v>
       </c>
       <c r="G115" s="60"/>
       <c r="H115" s="59">
         <v>104.3169</v>
       </c>
       <c r="I115" s="59"/>
       <c r="J115" s="59">
-        <v>110.0793</v>
+        <v>110.0826</v>
       </c>
       <c r="K115" s="60"/>
       <c r="L115" s="59">
-        <v>103.4795</v>
+        <v>103.48950000000001</v>
       </c>
       <c r="M115" s="59"/>
       <c r="N115" s="59"/>
       <c r="O115" s="49"/>
     </row>
     <row r="116" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C116" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D116" s="40">
         <v>104.8257</v>
       </c>
       <c r="E116" s="50"/>
       <c r="F116" s="40">
         <v>104.1768</v>
       </c>
       <c r="G116" s="50"/>
       <c r="H116" s="40">
         <v>103.6382</v>
       </c>
       <c r="I116" s="40"/>
       <c r="J116" s="40"/>
@@ -3732,55 +3732,55 @@
       <c r="J117" s="40"/>
       <c r="K117" s="50"/>
       <c r="L117" s="40"/>
       <c r="M117" s="40"/>
       <c r="N117" s="40"/>
       <c r="O117" s="49"/>
     </row>
     <row r="118" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B118" s="27"/>
       <c r="C118" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D118" s="40">
         <v>106.0093</v>
       </c>
       <c r="E118" s="50"/>
       <c r="F118" s="40">
         <v>106.0411</v>
       </c>
       <c r="G118" s="50"/>
       <c r="H118" s="40">
         <v>104.7255</v>
       </c>
       <c r="I118" s="40"/>
       <c r="J118" s="40">
-        <v>110.6187</v>
+        <v>110.616</v>
       </c>
       <c r="K118" s="50"/>
       <c r="L118" s="40">
-        <v>106.928</v>
+        <v>106.92440000000001</v>
       </c>
       <c r="M118" s="40"/>
       <c r="N118" s="40"/>
       <c r="O118" s="49"/>
     </row>
     <row r="119" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B119" s="27"/>
       <c r="C119" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D119" s="40">
         <v>106.7441</v>
       </c>
       <c r="E119" s="50"/>
       <c r="F119" s="40">
         <v>107.0484</v>
       </c>
       <c r="G119" s="50"/>
       <c r="H119" s="40">
         <v>105.72490000000001</v>
       </c>
       <c r="I119" s="40"/>
       <c r="J119" s="40"/>
       <c r="K119" s="50"/>
       <c r="L119" s="40"/>
@@ -3808,55 +3808,55 @@
       <c r="J120" s="40"/>
       <c r="K120" s="50"/>
       <c r="L120" s="40"/>
       <c r="M120" s="40"/>
       <c r="N120" s="40"/>
       <c r="O120" s="49"/>
     </row>
     <row r="121" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B121" s="27"/>
       <c r="C121" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="40">
         <v>106.3832</v>
       </c>
       <c r="E121" s="50"/>
       <c r="F121" s="40">
         <v>106.747</v>
       </c>
       <c r="G121" s="50"/>
       <c r="H121" s="40">
         <v>105.51220000000001</v>
       </c>
       <c r="I121" s="40"/>
       <c r="J121" s="40">
-        <v>112.2627</v>
+        <v>112.2633</v>
       </c>
       <c r="K121" s="50"/>
       <c r="L121" s="40">
-        <v>107.09180000000001</v>
+        <v>107.0976</v>
       </c>
       <c r="M121" s="40"/>
       <c r="N121" s="40"/>
       <c r="O121" s="49"/>
     </row>
     <row r="122" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B122" s="27"/>
       <c r="C122" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="40">
         <v>106.47329999999999</v>
       </c>
       <c r="E122" s="50"/>
       <c r="F122" s="40">
         <v>106.974</v>
       </c>
       <c r="G122" s="50"/>
       <c r="H122" s="40">
         <v>106.1983</v>
       </c>
       <c r="I122" s="40"/>
       <c r="J122" s="40"/>
       <c r="K122" s="50"/>
       <c r="L122" s="40"/>
@@ -3884,55 +3884,55 @@
       <c r="J123" s="40"/>
       <c r="K123" s="50"/>
       <c r="L123" s="40"/>
       <c r="M123" s="40"/>
       <c r="N123" s="40"/>
       <c r="O123" s="49"/>
     </row>
     <row r="124" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B124" s="27"/>
       <c r="C124" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D124" s="40">
         <v>104.622</v>
       </c>
       <c r="E124" s="50"/>
       <c r="F124" s="40">
         <v>104.93729999999999</v>
       </c>
       <c r="G124" s="50"/>
       <c r="H124" s="40">
         <v>104.0993</v>
       </c>
       <c r="I124" s="40"/>
       <c r="J124" s="40">
-        <v>111.5578</v>
+        <v>111.557</v>
       </c>
       <c r="K124" s="50"/>
       <c r="L124" s="40">
-        <v>107.3614</v>
+        <v>107.3767</v>
       </c>
       <c r="M124" s="40"/>
       <c r="N124" s="40"/>
       <c r="O124" s="49"/>
     </row>
     <row r="125" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B125" s="27"/>
       <c r="C125" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D125" s="40">
         <v>105.2818</v>
       </c>
       <c r="E125" s="50"/>
       <c r="F125" s="40">
         <v>105.8897</v>
       </c>
       <c r="G125" s="50"/>
       <c r="H125" s="40">
         <v>104.8614</v>
       </c>
       <c r="I125" s="40"/>
       <c r="J125" s="40"/>
       <c r="K125" s="50"/>
       <c r="L125" s="40"/>
@@ -3960,55 +3960,55 @@
       <c r="J126" s="40"/>
       <c r="K126" s="50"/>
       <c r="L126" s="40"/>
       <c r="M126" s="40"/>
       <c r="N126" s="40"/>
       <c r="O126" s="49"/>
     </row>
     <row r="127" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B127" s="28"/>
       <c r="C127" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D127" s="59">
         <v>104.8185</v>
       </c>
       <c r="E127" s="60"/>
       <c r="F127" s="59">
         <v>105.72499999999999</v>
       </c>
       <c r="G127" s="60"/>
       <c r="H127" s="59">
         <v>104.26349999999999</v>
       </c>
       <c r="I127" s="59"/>
       <c r="J127" s="59">
-        <v>111.3717</v>
+        <v>111.3754</v>
       </c>
       <c r="K127" s="60"/>
       <c r="L127" s="59">
-        <v>106.99639999999999</v>
+        <v>107.01220000000001</v>
       </c>
       <c r="M127" s="59"/>
       <c r="N127" s="59"/>
       <c r="O127" s="49"/>
     </row>
     <row r="128" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C128" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D128" s="40">
         <v>105.1609</v>
       </c>
       <c r="E128" s="50"/>
       <c r="F128" s="40">
         <v>106.2418</v>
       </c>
       <c r="G128" s="50"/>
       <c r="H128" s="40">
         <v>104.57170000000001</v>
       </c>
       <c r="I128" s="40"/>
       <c r="J128" s="40"/>
@@ -4038,55 +4038,55 @@
       <c r="J129" s="40"/>
       <c r="K129" s="50"/>
       <c r="L129" s="40"/>
       <c r="M129" s="40"/>
       <c r="N129" s="40"/>
       <c r="O129" s="49"/>
     </row>
     <row r="130" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B130" s="27"/>
       <c r="C130" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D130" s="40">
         <v>105.8402</v>
       </c>
       <c r="E130" s="50"/>
       <c r="F130" s="40">
         <v>107.25709999999999</v>
       </c>
       <c r="G130" s="50"/>
       <c r="H130" s="40">
         <v>105.0745</v>
       </c>
       <c r="I130" s="40"/>
       <c r="J130" s="40">
-        <v>112.8021</v>
+        <v>112.803</v>
       </c>
       <c r="K130" s="50"/>
       <c r="L130" s="40">
-        <v>107.7214</v>
+        <v>107.7251</v>
       </c>
       <c r="M130" s="40"/>
       <c r="N130" s="40"/>
       <c r="O130" s="49"/>
     </row>
     <row r="131" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B131" s="27"/>
       <c r="C131" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D131" s="40">
         <v>106.53270000000001</v>
       </c>
       <c r="E131" s="50"/>
       <c r="F131" s="40">
         <v>108.0102</v>
       </c>
       <c r="G131" s="50"/>
       <c r="H131" s="40">
         <v>105.73609999999999</v>
       </c>
       <c r="I131" s="40"/>
       <c r="J131" s="40"/>
       <c r="K131" s="50"/>
       <c r="L131" s="40"/>
@@ -4114,55 +4114,55 @@
       <c r="J132" s="40"/>
       <c r="K132" s="50"/>
       <c r="L132" s="40"/>
       <c r="M132" s="40"/>
       <c r="N132" s="40"/>
       <c r="O132" s="49"/>
     </row>
     <row r="133" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B133" s="27"/>
       <c r="C133" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="40">
         <v>108.2805</v>
       </c>
       <c r="E133" s="50"/>
       <c r="F133" s="40">
         <v>110.09220000000001</v>
       </c>
       <c r="G133" s="50"/>
       <c r="H133" s="40">
         <v>106.45189999999999</v>
       </c>
       <c r="I133" s="40"/>
       <c r="J133" s="40">
-        <v>114.9593</v>
+        <v>114.9571</v>
       </c>
       <c r="K133" s="50"/>
       <c r="L133" s="40">
-        <v>108.6965</v>
+        <v>108.711</v>
       </c>
       <c r="M133" s="40"/>
       <c r="N133" s="40"/>
       <c r="O133" s="49"/>
     </row>
     <row r="134" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="27"/>
       <c r="C134" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="40">
         <v>108.46810000000001</v>
       </c>
       <c r="E134" s="50"/>
       <c r="F134" s="40">
         <v>109.5765</v>
       </c>
       <c r="G134" s="50"/>
       <c r="H134" s="40">
         <v>106.2037</v>
       </c>
       <c r="I134" s="40"/>
       <c r="J134" s="40"/>
       <c r="K134" s="50"/>
       <c r="L134" s="40"/>
@@ -4190,55 +4190,55 @@
       <c r="J135" s="40"/>
       <c r="K135" s="50"/>
       <c r="L135" s="40"/>
       <c r="M135" s="40"/>
       <c r="N135" s="40"/>
       <c r="O135" s="49"/>
     </row>
     <row r="136" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="27"/>
       <c r="C136" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D136" s="40">
         <v>106.25360000000001</v>
       </c>
       <c r="E136" s="50"/>
       <c r="F136" s="40">
         <v>107.08499999999999</v>
       </c>
       <c r="G136" s="50"/>
       <c r="H136" s="40">
         <v>103.8353</v>
       </c>
       <c r="I136" s="40"/>
       <c r="J136" s="40">
-        <v>114.8459</v>
+        <v>114.848</v>
       </c>
       <c r="K136" s="50"/>
       <c r="L136" s="40">
-        <v>108.3456</v>
+        <v>108.36190000000001</v>
       </c>
       <c r="M136" s="40"/>
       <c r="N136" s="40"/>
       <c r="O136" s="49"/>
     </row>
     <row r="137" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="27"/>
       <c r="C137" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D137" s="40">
         <v>105.9746</v>
       </c>
       <c r="E137" s="50"/>
       <c r="F137" s="40">
         <v>106.8009</v>
       </c>
       <c r="G137" s="50"/>
       <c r="H137" s="40">
         <v>103.176</v>
       </c>
       <c r="I137" s="40"/>
       <c r="J137" s="40"/>
       <c r="K137" s="50"/>
       <c r="L137" s="40"/>
@@ -4262,59 +4262,59 @@
       <c r="H138" s="40">
         <v>103.89919999999999</v>
       </c>
       <c r="I138" s="40"/>
       <c r="J138" s="40"/>
       <c r="K138" s="50"/>
       <c r="L138" s="40"/>
       <c r="M138" s="40"/>
       <c r="N138" s="40"/>
       <c r="O138" s="49"/>
     </row>
     <row r="139" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="28"/>
       <c r="C139" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D139" s="59">
         <v>106.90779999999999</v>
       </c>
       <c r="E139" s="60"/>
       <c r="F139" s="59">
         <v>107.56489999999999</v>
       </c>
       <c r="G139" s="60"/>
       <c r="H139" s="59">
-        <v>103.97669999999999</v>
+        <v>103.9768</v>
       </c>
       <c r="I139" s="59"/>
       <c r="J139" s="59">
-        <v>114.2424</v>
+        <v>114.2423</v>
       </c>
       <c r="K139" s="60"/>
       <c r="L139" s="59">
-        <v>108.5478</v>
+        <v>108.5641</v>
       </c>
       <c r="M139" s="59"/>
       <c r="N139" s="59"/>
       <c r="O139" s="49"/>
     </row>
     <row r="140" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C140" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D140" s="40">
         <v>106.4011</v>
       </c>
       <c r="E140" s="50"/>
       <c r="F140" s="40">
         <v>107.09610000000001</v>
       </c>
       <c r="G140" s="50"/>
       <c r="H140" s="40">
         <v>103.12269999999999</v>
       </c>
       <c r="I140" s="40"/>
       <c r="J140" s="40"/>
@@ -4344,55 +4344,55 @@
       <c r="J141" s="40"/>
       <c r="K141" s="50"/>
       <c r="L141" s="40"/>
       <c r="M141" s="40"/>
       <c r="N141" s="40"/>
       <c r="O141" s="49"/>
     </row>
     <row r="142" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="27"/>
       <c r="C142" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D142" s="40">
         <v>106.8353</v>
       </c>
       <c r="E142" s="50"/>
       <c r="F142" s="40">
         <v>107.65430000000001</v>
       </c>
       <c r="G142" s="50"/>
       <c r="H142" s="40">
         <v>103.5098</v>
       </c>
       <c r="I142" s="40"/>
       <c r="J142" s="40">
-        <v>114.2291</v>
+        <v>114.2285</v>
       </c>
       <c r="K142" s="50"/>
       <c r="L142" s="40">
-        <v>108.2967</v>
+        <v>108.3004</v>
       </c>
       <c r="M142" s="40"/>
       <c r="N142" s="40"/>
       <c r="O142" s="49"/>
     </row>
     <row r="143" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="27"/>
       <c r="C143" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D143" s="40">
         <v>106.5544</v>
       </c>
       <c r="E143" s="50"/>
       <c r="F143" s="40">
         <v>107.52</v>
       </c>
       <c r="G143" s="50"/>
       <c r="H143" s="40">
         <v>103.473</v>
       </c>
       <c r="I143" s="40"/>
       <c r="J143" s="40"/>
       <c r="K143" s="50"/>
       <c r="L143" s="40"/>
@@ -4420,55 +4420,55 @@
       <c r="J144" s="40"/>
       <c r="K144" s="50"/>
       <c r="L144" s="40"/>
       <c r="M144" s="40"/>
       <c r="N144" s="40"/>
       <c r="O144" s="49"/>
     </row>
     <row r="145" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B145" s="27"/>
       <c r="C145" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="40">
         <v>107.26600000000001</v>
       </c>
       <c r="E145" s="50"/>
       <c r="F145" s="40">
         <v>107.6735</v>
       </c>
       <c r="G145" s="50"/>
       <c r="H145" s="40">
         <v>104.9975</v>
       </c>
       <c r="I145" s="40"/>
       <c r="J145" s="40">
-        <v>115.3006</v>
+        <v>115.3018</v>
       </c>
       <c r="K145" s="50"/>
       <c r="L145" s="40">
-        <v>108.7803</v>
+        <v>108.801</v>
       </c>
       <c r="M145" s="40"/>
       <c r="N145" s="40"/>
       <c r="O145" s="49"/>
     </row>
     <row r="146" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="27"/>
       <c r="C146" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="40">
         <v>107.9646</v>
       </c>
       <c r="E146" s="50"/>
       <c r="F146" s="40">
         <v>108.12309999999999</v>
       </c>
       <c r="G146" s="50"/>
       <c r="H146" s="40">
         <v>105.8169</v>
       </c>
       <c r="I146" s="40"/>
       <c r="J146" s="40"/>
       <c r="K146" s="50"/>
       <c r="L146" s="40"/>
@@ -4496,55 +4496,55 @@
       <c r="J147" s="40"/>
       <c r="K147" s="50"/>
       <c r="L147" s="40"/>
       <c r="M147" s="40"/>
       <c r="N147" s="40"/>
       <c r="O147" s="49"/>
     </row>
     <row r="148" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="27"/>
       <c r="C148" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D148" s="40">
         <v>108.0205</v>
       </c>
       <c r="E148" s="50"/>
       <c r="F148" s="40">
         <v>109.4096</v>
       </c>
       <c r="G148" s="50"/>
       <c r="H148" s="40">
         <v>106.84229999999999</v>
       </c>
       <c r="I148" s="40"/>
       <c r="J148" s="40">
-        <v>116.6377</v>
+        <v>116.6421</v>
       </c>
       <c r="K148" s="50"/>
       <c r="L148" s="40">
-        <v>111.1146</v>
+        <v>111.13720000000001</v>
       </c>
       <c r="M148" s="40"/>
       <c r="N148" s="40"/>
       <c r="O148" s="49"/>
     </row>
     <row r="149" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="27"/>
       <c r="C149" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D149" s="40">
         <v>107.9933</v>
       </c>
       <c r="E149" s="50"/>
       <c r="F149" s="40">
         <v>109.2137</v>
       </c>
       <c r="G149" s="50"/>
       <c r="H149" s="40">
         <v>106.48260000000001</v>
       </c>
       <c r="I149" s="40"/>
       <c r="J149" s="40"/>
       <c r="K149" s="50"/>
       <c r="L149" s="40"/>
@@ -4572,55 +4572,55 @@
       <c r="J150" s="40"/>
       <c r="K150" s="50"/>
       <c r="L150" s="40"/>
       <c r="M150" s="40"/>
       <c r="N150" s="40"/>
       <c r="O150" s="49"/>
     </row>
     <row r="151" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="28"/>
       <c r="C151" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D151" s="59">
         <v>108.6044</v>
       </c>
       <c r="E151" s="60"/>
       <c r="F151" s="59">
         <v>110.82510000000001</v>
       </c>
       <c r="G151" s="60"/>
       <c r="H151" s="59">
         <v>107.4967</v>
       </c>
       <c r="I151" s="59"/>
       <c r="J151" s="59">
-        <v>117.9721</v>
+        <v>117.96850000000001</v>
       </c>
       <c r="K151" s="60"/>
       <c r="L151" s="59">
-        <v>113.6144</v>
+        <v>113.6387</v>
       </c>
       <c r="M151" s="59"/>
       <c r="N151" s="59"/>
       <c r="O151" s="49"/>
     </row>
     <row r="152" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C152" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D152" s="40">
         <v>108.8126</v>
       </c>
       <c r="E152" s="50"/>
       <c r="F152" s="40">
         <v>111.155</v>
       </c>
       <c r="G152" s="50"/>
       <c r="H152" s="40">
         <v>108.5433</v>
       </c>
       <c r="I152" s="40"/>
       <c r="J152" s="40"/>
@@ -4654,51 +4654,51 @@
       <c r="N153" s="40"/>
       <c r="O153" s="49"/>
     </row>
     <row r="154" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B154" s="27"/>
       <c r="C154" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D154" s="40">
         <v>110.5552</v>
       </c>
       <c r="E154" s="50"/>
       <c r="F154" s="40">
         <v>112.2306</v>
       </c>
       <c r="G154" s="50"/>
       <c r="H154" s="40">
         <v>109.9482</v>
       </c>
       <c r="I154" s="40"/>
       <c r="J154" s="40">
         <v>119.5368</v>
       </c>
       <c r="K154" s="50"/>
       <c r="L154" s="40">
-        <v>113.3977</v>
+        <v>113.4044</v>
       </c>
       <c r="M154" s="40"/>
       <c r="N154" s="40"/>
       <c r="O154" s="49"/>
     </row>
     <row r="155" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B155" s="27"/>
       <c r="C155" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D155" s="40">
         <v>110.88330000000001</v>
       </c>
       <c r="E155" s="50"/>
       <c r="F155" s="40">
         <v>112.8485</v>
       </c>
       <c r="G155" s="50"/>
       <c r="H155" s="40">
         <v>110.2574</v>
       </c>
       <c r="I155" s="40"/>
       <c r="J155" s="40"/>
       <c r="K155" s="50"/>
       <c r="L155" s="40"/>
@@ -4726,55 +4726,55 @@
       <c r="J156" s="40"/>
       <c r="K156" s="50"/>
       <c r="L156" s="40"/>
       <c r="M156" s="40"/>
       <c r="N156" s="40"/>
       <c r="O156" s="49"/>
     </row>
     <row r="157" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="27"/>
       <c r="C157" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="40">
         <v>110.5617</v>
       </c>
       <c r="E157" s="50"/>
       <c r="F157" s="40">
         <v>113.3754</v>
       </c>
       <c r="G157" s="50"/>
       <c r="H157" s="40">
         <v>111.4833</v>
       </c>
       <c r="I157" s="40"/>
       <c r="J157" s="40">
-        <v>121.0211</v>
+        <v>121.0205</v>
       </c>
       <c r="K157" s="50"/>
       <c r="L157" s="40">
-        <v>113.43689999999999</v>
+        <v>113.4624</v>
       </c>
       <c r="M157" s="40"/>
       <c r="N157" s="40"/>
       <c r="O157" s="49"/>
     </row>
     <row r="158" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B158" s="27"/>
       <c r="C158" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="40">
         <v>110.7401</v>
       </c>
       <c r="E158" s="50"/>
       <c r="F158" s="40">
         <v>113.95140000000001</v>
       </c>
       <c r="G158" s="50"/>
       <c r="H158" s="40">
         <v>111.6484</v>
       </c>
       <c r="I158" s="40"/>
       <c r="J158" s="40"/>
       <c r="K158" s="50"/>
       <c r="L158" s="40"/>
@@ -4802,55 +4802,55 @@
       <c r="J159" s="40"/>
       <c r="K159" s="50"/>
       <c r="L159" s="40"/>
       <c r="M159" s="40"/>
       <c r="N159" s="40"/>
       <c r="O159" s="49"/>
     </row>
     <row r="160" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="27"/>
       <c r="C160" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D160" s="40">
         <v>111.09229999999999</v>
       </c>
       <c r="E160" s="50"/>
       <c r="F160" s="40">
         <v>114.2564</v>
       </c>
       <c r="G160" s="50"/>
       <c r="H160" s="40">
         <v>111.631</v>
       </c>
       <c r="I160" s="40"/>
       <c r="J160" s="40">
-        <v>123.08199999999999</v>
+        <v>123.084</v>
       </c>
       <c r="K160" s="50"/>
       <c r="L160" s="40">
-        <v>115.5641</v>
+        <v>115.5879</v>
       </c>
       <c r="M160" s="40"/>
       <c r="N160" s="40"/>
       <c r="O160" s="49"/>
     </row>
     <row r="161" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="27"/>
       <c r="C161" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D161" s="40">
         <v>109.8062</v>
       </c>
       <c r="E161" s="50"/>
       <c r="F161" s="40">
         <v>112.6409</v>
       </c>
       <c r="G161" s="50"/>
       <c r="H161" s="40">
         <v>109.79900000000001</v>
       </c>
       <c r="I161" s="40"/>
       <c r="J161" s="40"/>
       <c r="K161" s="50"/>
       <c r="L161" s="40"/>
@@ -4878,55 +4878,55 @@
       <c r="J162" s="40"/>
       <c r="K162" s="50"/>
       <c r="L162" s="40"/>
       <c r="M162" s="40"/>
       <c r="N162" s="40"/>
       <c r="O162" s="49"/>
     </row>
     <row r="163" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B163" s="28"/>
       <c r="C163" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D163" s="59">
         <v>110.8068</v>
       </c>
       <c r="E163" s="60"/>
       <c r="F163" s="59">
         <v>113.5645</v>
       </c>
       <c r="G163" s="60"/>
       <c r="H163" s="59">
         <v>109.5513</v>
       </c>
       <c r="I163" s="59"/>
       <c r="J163" s="59">
-        <v>122.194</v>
+        <v>122.1966</v>
       </c>
       <c r="K163" s="60"/>
       <c r="L163" s="59">
-        <v>109.9872</v>
+        <v>110.0166</v>
       </c>
       <c r="M163" s="59"/>
       <c r="N163" s="59"/>
       <c r="O163" s="49"/>
     </row>
     <row r="164" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B164" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D164" s="40">
         <v>108.98739999999999</v>
       </c>
       <c r="E164" s="50"/>
       <c r="F164" s="40">
         <v>112.6973</v>
       </c>
       <c r="G164" s="50"/>
       <c r="H164" s="40">
         <v>108.00749999999999</v>
       </c>
       <c r="I164" s="40"/>
       <c r="J164" s="40"/>
@@ -4956,55 +4956,55 @@
       <c r="J165" s="40"/>
       <c r="K165" s="50"/>
       <c r="L165" s="40"/>
       <c r="M165" s="40"/>
       <c r="N165" s="40"/>
       <c r="O165" s="49"/>
     </row>
     <row r="166" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B166" s="27"/>
       <c r="C166" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D166" s="40">
         <v>108.512</v>
       </c>
       <c r="E166" s="50"/>
       <c r="F166" s="40">
         <v>112.2248</v>
       </c>
       <c r="G166" s="50"/>
       <c r="H166" s="40">
         <v>106.1015</v>
       </c>
       <c r="I166" s="40"/>
       <c r="J166" s="40">
-        <v>121.1504</v>
+        <v>121.1529</v>
       </c>
       <c r="K166" s="50"/>
       <c r="L166" s="40">
-        <v>113.85429999999999</v>
+        <v>113.86839999999999</v>
       </c>
       <c r="M166" s="40"/>
       <c r="N166" s="40"/>
       <c r="O166" s="49"/>
     </row>
     <row r="167" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B167" s="27"/>
       <c r="C167" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D167" s="40">
         <v>108.40730000000001</v>
       </c>
       <c r="E167" s="50"/>
       <c r="F167" s="40">
         <v>112.764</v>
       </c>
       <c r="G167" s="50"/>
       <c r="H167" s="40">
         <v>106.92610000000001</v>
       </c>
       <c r="I167" s="40"/>
       <c r="J167" s="40"/>
       <c r="K167" s="50"/>
       <c r="L167" s="40"/>
@@ -5032,55 +5032,55 @@
       <c r="J168" s="40"/>
       <c r="K168" s="50"/>
       <c r="L168" s="40"/>
       <c r="M168" s="40"/>
       <c r="N168" s="40"/>
       <c r="O168" s="49"/>
     </row>
     <row r="169" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B169" s="27"/>
       <c r="C169" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="40">
         <v>110.7761</v>
       </c>
       <c r="E169" s="50"/>
       <c r="F169" s="40">
         <v>115.0741</v>
       </c>
       <c r="G169" s="50"/>
       <c r="H169" s="40">
         <v>110.78530000000001</v>
       </c>
       <c r="I169" s="40"/>
       <c r="J169" s="40">
-        <v>123.0376</v>
+        <v>123.03700000000001</v>
       </c>
       <c r="K169" s="50"/>
       <c r="L169" s="40">
-        <v>114.9618</v>
+        <v>114.9828</v>
       </c>
       <c r="M169" s="40"/>
       <c r="N169" s="40"/>
       <c r="O169" s="49"/>
     </row>
     <row r="170" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="27"/>
       <c r="C170" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="40">
         <v>110.08199999999999</v>
       </c>
       <c r="E170" s="50"/>
       <c r="F170" s="40">
         <v>114.3613</v>
       </c>
       <c r="G170" s="50"/>
       <c r="H170" s="40">
         <v>110.74160000000001</v>
       </c>
       <c r="I170" s="40"/>
       <c r="J170" s="40"/>
       <c r="K170" s="50"/>
       <c r="L170" s="40"/>
@@ -5108,55 +5108,55 @@
       <c r="J171" s="40"/>
       <c r="K171" s="50"/>
       <c r="L171" s="40"/>
       <c r="M171" s="40"/>
       <c r="N171" s="40"/>
       <c r="O171" s="49"/>
     </row>
     <row r="172" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B172" s="27"/>
       <c r="C172" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D172" s="40">
         <v>110.8237</v>
       </c>
       <c r="E172" s="50"/>
       <c r="F172" s="40">
         <v>114.4396</v>
       </c>
       <c r="G172" s="50"/>
       <c r="H172" s="40">
         <v>111.5102</v>
       </c>
       <c r="I172" s="40"/>
       <c r="J172" s="40">
-        <v>123.3775</v>
+        <v>123.37739999999999</v>
       </c>
       <c r="K172" s="50"/>
       <c r="L172" s="40">
-        <v>114.369</v>
+        <v>114.3869</v>
       </c>
       <c r="M172" s="40"/>
       <c r="N172" s="40"/>
       <c r="O172" s="49"/>
     </row>
     <row r="173" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B173" s="27"/>
       <c r="C173" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D173" s="40">
         <v>112.1622</v>
       </c>
       <c r="E173" s="50"/>
       <c r="F173" s="40">
         <v>115.6344</v>
       </c>
       <c r="G173" s="50"/>
       <c r="H173" s="40">
         <v>112.5746</v>
       </c>
       <c r="I173" s="40"/>
       <c r="J173" s="40"/>
       <c r="K173" s="50"/>
       <c r="L173" s="40"/>
@@ -5184,55 +5184,55 @@
       <c r="J174" s="40"/>
       <c r="K174" s="50"/>
       <c r="L174" s="40"/>
       <c r="M174" s="40"/>
       <c r="N174" s="40"/>
       <c r="O174" s="49"/>
     </row>
     <row r="175" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B175" s="28"/>
       <c r="C175" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D175" s="59">
         <v>111.0705</v>
       </c>
       <c r="E175" s="60"/>
       <c r="F175" s="59">
         <v>113.9829</v>
       </c>
       <c r="G175" s="60"/>
       <c r="H175" s="59">
         <v>111.3223</v>
       </c>
       <c r="I175" s="59"/>
       <c r="J175" s="59">
-        <v>124.23009999999999</v>
+        <v>124.2286</v>
       </c>
       <c r="K175" s="60"/>
       <c r="L175" s="59">
-        <v>114.7338</v>
+        <v>114.7649</v>
       </c>
       <c r="M175" s="59"/>
       <c r="N175" s="59"/>
       <c r="O175" s="49"/>
     </row>
     <row r="176" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C176" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D176" s="40">
         <v>110.06699999999999</v>
       </c>
       <c r="E176" s="50"/>
       <c r="F176" s="40">
         <v>113.1271</v>
       </c>
       <c r="G176" s="50"/>
       <c r="H176" s="40">
         <v>110.8759</v>
       </c>
       <c r="I176" s="40"/>
       <c r="J176" s="40"/>
@@ -5262,55 +5262,55 @@
       <c r="J177" s="40"/>
       <c r="K177" s="50"/>
       <c r="L177" s="40"/>
       <c r="M177" s="40"/>
       <c r="N177" s="40"/>
       <c r="O177" s="49"/>
     </row>
     <row r="178" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B178" s="26"/>
       <c r="C178" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D178" s="40">
         <v>108.9461</v>
       </c>
       <c r="E178" s="50"/>
       <c r="F178" s="40">
         <v>111.65649999999999</v>
       </c>
       <c r="G178" s="50"/>
       <c r="H178" s="40">
         <v>109.3176</v>
       </c>
       <c r="I178" s="40"/>
       <c r="J178" s="40">
-        <v>121.21769999999999</v>
+        <v>121.2193</v>
       </c>
       <c r="K178" s="50"/>
       <c r="L178" s="40">
-        <v>114.9747</v>
+        <v>114.9997</v>
       </c>
       <c r="M178" s="40"/>
       <c r="N178" s="40"/>
       <c r="O178" s="49"/>
     </row>
     <row r="179" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B179" s="26"/>
       <c r="C179" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D179" s="40">
         <v>108.31</v>
       </c>
       <c r="E179" s="50"/>
       <c r="F179" s="40">
         <v>110.8926</v>
       </c>
       <c r="G179" s="50"/>
       <c r="H179" s="40">
         <v>108.7736</v>
       </c>
       <c r="I179" s="40"/>
       <c r="J179" s="40"/>
       <c r="K179" s="50"/>
       <c r="L179" s="40"/>
@@ -5342,51 +5342,51 @@
       <c r="N180" s="40"/>
       <c r="O180" s="49"/>
     </row>
     <row r="181" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B181" s="26"/>
       <c r="C181" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="40">
         <v>106.99420000000001</v>
       </c>
       <c r="E181" s="50"/>
       <c r="F181" s="40">
         <v>109.57980000000001</v>
       </c>
       <c r="G181" s="50"/>
       <c r="H181" s="40">
         <v>107.3892</v>
       </c>
       <c r="I181" s="40"/>
       <c r="J181" s="40">
         <v>119.27849999999999</v>
       </c>
       <c r="K181" s="50"/>
       <c r="L181" s="40">
-        <v>111.97880000000001</v>
+        <v>112.00149999999999</v>
       </c>
       <c r="M181" s="40"/>
       <c r="N181" s="40"/>
       <c r="O181" s="49"/>
     </row>
     <row r="182" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B182" s="26"/>
       <c r="C182" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="40">
         <v>107.91670000000001</v>
       </c>
       <c r="E182" s="50"/>
       <c r="F182" s="40">
         <v>110.6474</v>
       </c>
       <c r="G182" s="50"/>
       <c r="H182" s="40">
         <v>107.9472</v>
       </c>
       <c r="I182" s="40"/>
       <c r="J182" s="40"/>
       <c r="K182" s="50"/>
       <c r="L182" s="40"/>
@@ -5414,55 +5414,55 @@
       <c r="J183" s="40"/>
       <c r="K183" s="50"/>
       <c r="L183" s="40"/>
       <c r="M183" s="40"/>
       <c r="N183" s="40"/>
       <c r="O183" s="49"/>
     </row>
     <row r="184" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="26"/>
       <c r="C184" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D184" s="40">
         <v>106.9033</v>
       </c>
       <c r="E184" s="50"/>
       <c r="F184" s="40">
         <v>109.32170000000001</v>
       </c>
       <c r="G184" s="50"/>
       <c r="H184" s="40">
         <v>107.4353</v>
       </c>
       <c r="I184" s="40"/>
       <c r="J184" s="40">
-        <v>118.75790000000001</v>
+        <v>118.75620000000001</v>
       </c>
       <c r="K184" s="50"/>
       <c r="L184" s="40">
-        <v>110.8901</v>
+        <v>110.90560000000001</v>
       </c>
       <c r="M184" s="40"/>
       <c r="N184" s="40"/>
       <c r="O184" s="49"/>
     </row>
     <row r="185" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="26"/>
       <c r="C185" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D185" s="40">
         <v>107.6435</v>
       </c>
       <c r="E185" s="50"/>
       <c r="F185" s="40">
         <v>109.6994</v>
       </c>
       <c r="G185" s="50"/>
       <c r="H185" s="40">
         <v>108.1358</v>
       </c>
       <c r="I185" s="40"/>
       <c r="J185" s="40"/>
       <c r="K185" s="50"/>
       <c r="L185" s="40"/>
@@ -5490,55 +5490,55 @@
       <c r="J186" s="40"/>
       <c r="K186" s="50"/>
       <c r="L186" s="40"/>
       <c r="M186" s="40"/>
       <c r="N186" s="40"/>
       <c r="O186" s="49"/>
     </row>
     <row r="187" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B187" s="29"/>
       <c r="C187" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D187" s="59">
         <v>105.4254</v>
       </c>
       <c r="E187" s="60"/>
       <c r="F187" s="59">
         <v>107.17140000000001</v>
       </c>
       <c r="G187" s="60"/>
       <c r="H187" s="59">
         <v>106.0087</v>
       </c>
       <c r="I187" s="59"/>
       <c r="J187" s="59">
-        <v>117.4588</v>
+        <v>117.4636</v>
       </c>
       <c r="K187" s="60"/>
       <c r="L187" s="59">
-        <v>111.9791</v>
+        <v>112.0076</v>
       </c>
       <c r="M187" s="59"/>
       <c r="N187" s="59"/>
       <c r="O187" s="49"/>
     </row>
     <row r="188" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C188" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D188" s="40">
         <v>105.2291</v>
       </c>
       <c r="E188" s="50"/>
       <c r="F188" s="40">
         <v>107.0056</v>
       </c>
       <c r="G188" s="50"/>
       <c r="H188" s="40">
         <v>105.3788</v>
       </c>
       <c r="I188" s="40"/>
       <c r="J188" s="40"/>
@@ -5568,55 +5568,55 @@
       <c r="J189" s="40"/>
       <c r="K189" s="50"/>
       <c r="L189" s="40"/>
       <c r="M189" s="40"/>
       <c r="N189" s="40"/>
       <c r="O189" s="49"/>
     </row>
     <row r="190" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B190" s="26"/>
       <c r="C190" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D190" s="40">
         <v>106.441</v>
       </c>
       <c r="E190" s="50"/>
       <c r="F190" s="40">
         <v>108.3741</v>
       </c>
       <c r="G190" s="50"/>
       <c r="H190" s="40">
         <v>107.663</v>
       </c>
       <c r="I190" s="40"/>
       <c r="J190" s="40">
-        <v>116.44710000000001</v>
+        <v>116.44459999999999</v>
       </c>
       <c r="K190" s="50"/>
       <c r="L190" s="40">
-        <v>111.1515</v>
+        <v>111.17919999999999</v>
       </c>
       <c r="M190" s="40"/>
       <c r="N190" s="40"/>
       <c r="O190" s="49"/>
     </row>
     <row r="191" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="26"/>
       <c r="C191" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D191" s="40">
         <v>107.3625</v>
       </c>
       <c r="E191" s="50"/>
       <c r="F191" s="40">
         <v>108.9426</v>
       </c>
       <c r="G191" s="50"/>
       <c r="H191" s="40">
         <v>108.4836</v>
       </c>
       <c r="I191" s="40"/>
       <c r="J191" s="40"/>
       <c r="K191" s="50"/>
       <c r="L191" s="40"/>
@@ -5644,55 +5644,55 @@
       <c r="J192" s="40"/>
       <c r="K192" s="50"/>
       <c r="L192" s="40"/>
       <c r="M192" s="40"/>
       <c r="N192" s="40"/>
       <c r="O192" s="49"/>
     </row>
     <row r="193" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B193" s="26"/>
       <c r="C193" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="40">
         <v>106.5275</v>
       </c>
       <c r="E193" s="50"/>
       <c r="F193" s="40">
         <v>107.7567</v>
       </c>
       <c r="G193" s="50"/>
       <c r="H193" s="40">
         <v>107.7347</v>
       </c>
       <c r="I193" s="40"/>
       <c r="J193" s="40">
-        <v>117.0654</v>
+        <v>117.0681</v>
       </c>
       <c r="K193" s="50"/>
       <c r="L193" s="40">
-        <v>107.19070000000001</v>
+        <v>107.21380000000001</v>
       </c>
       <c r="M193" s="40"/>
       <c r="N193" s="40"/>
       <c r="O193" s="49"/>
     </row>
     <row r="194" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B194" s="26"/>
       <c r="C194" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="40">
         <v>105.8168</v>
       </c>
       <c r="E194" s="50"/>
       <c r="F194" s="40">
         <v>106.96850000000001</v>
       </c>
       <c r="G194" s="50"/>
       <c r="H194" s="40">
         <v>106.8172</v>
       </c>
       <c r="I194" s="40"/>
       <c r="J194" s="40"/>
       <c r="K194" s="50"/>
       <c r="L194" s="40"/>
@@ -5720,55 +5720,55 @@
       <c r="J195" s="40"/>
       <c r="K195" s="50"/>
       <c r="L195" s="40"/>
       <c r="M195" s="40"/>
       <c r="N195" s="40"/>
       <c r="O195" s="49"/>
     </row>
     <row r="196" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B196" s="26"/>
       <c r="C196" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D196" s="40">
         <v>105.04900000000001</v>
       </c>
       <c r="E196" s="50"/>
       <c r="F196" s="40">
         <v>106.01439999999999</v>
       </c>
       <c r="G196" s="50"/>
       <c r="H196" s="40">
         <v>106.0177</v>
       </c>
       <c r="I196" s="40"/>
       <c r="J196" s="40">
-        <v>115.629</v>
+        <v>115.63379999999999</v>
       </c>
       <c r="K196" s="50"/>
       <c r="L196" s="40">
-        <v>108.65860000000001</v>
+        <v>108.6764</v>
       </c>
       <c r="M196" s="40"/>
       <c r="N196" s="40"/>
       <c r="O196" s="49"/>
     </row>
     <row r="197" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B197" s="26"/>
       <c r="C197" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D197" s="40">
         <v>105.4746</v>
       </c>
       <c r="E197" s="50"/>
       <c r="F197" s="40">
         <v>106.38339999999999</v>
       </c>
       <c r="G197" s="50"/>
       <c r="H197" s="40">
         <v>106.7383</v>
       </c>
       <c r="I197" s="40"/>
       <c r="J197" s="40"/>
       <c r="K197" s="50"/>
       <c r="L197" s="40"/>
@@ -5796,55 +5796,55 @@
       <c r="J198" s="40"/>
       <c r="K198" s="50"/>
       <c r="L198" s="40"/>
       <c r="M198" s="40"/>
       <c r="N198" s="40"/>
       <c r="O198" s="49"/>
     </row>
     <row r="199" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B199" s="29"/>
       <c r="C199" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D199" s="59">
         <v>104.3439</v>
       </c>
       <c r="E199" s="60"/>
       <c r="F199" s="59">
         <v>105.0415</v>
       </c>
       <c r="G199" s="60"/>
       <c r="H199" s="59">
         <v>105.7505</v>
       </c>
       <c r="I199" s="59"/>
       <c r="J199" s="59">
-        <v>115.00060000000001</v>
+        <v>115.0039</v>
       </c>
       <c r="K199" s="60"/>
       <c r="L199" s="59">
-        <v>106.7645</v>
+        <v>106.7944</v>
       </c>
       <c r="M199" s="59"/>
       <c r="N199" s="59"/>
       <c r="O199" s="49"/>
     </row>
     <row r="200" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B200" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C200" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D200" s="40">
         <v>102.9516</v>
       </c>
       <c r="E200" s="50"/>
       <c r="F200" s="40">
         <v>103.04649999999999</v>
       </c>
       <c r="G200" s="50"/>
       <c r="H200" s="40">
         <v>105.13930000000001</v>
       </c>
       <c r="I200" s="40"/>
       <c r="J200" s="40"/>
@@ -5874,55 +5874,55 @@
       <c r="J201" s="40"/>
       <c r="K201" s="50"/>
       <c r="L201" s="40"/>
       <c r="M201" s="40"/>
       <c r="N201" s="40"/>
       <c r="O201" s="49"/>
     </row>
     <row r="202" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B202" s="26"/>
       <c r="C202" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D202" s="40">
         <v>103.1944</v>
       </c>
       <c r="E202" s="50"/>
       <c r="F202" s="40">
         <v>104.1234</v>
       </c>
       <c r="G202" s="50"/>
       <c r="H202" s="40">
         <v>106.4898</v>
       </c>
       <c r="I202" s="40"/>
       <c r="J202" s="40">
-        <v>111.99079999999999</v>
+        <v>111.9931</v>
       </c>
       <c r="K202" s="50"/>
       <c r="L202" s="40">
-        <v>102.5911</v>
+        <v>102.6223</v>
       </c>
       <c r="M202" s="40"/>
       <c r="N202" s="40"/>
       <c r="O202" s="49"/>
     </row>
     <row r="203" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B203" s="26"/>
       <c r="C203" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D203" s="40">
         <v>103.67619999999999</v>
       </c>
       <c r="E203" s="50"/>
       <c r="F203" s="40">
         <v>104.89319999999999</v>
       </c>
       <c r="G203" s="50"/>
       <c r="H203" s="40">
         <v>107.1542</v>
       </c>
       <c r="I203" s="40"/>
       <c r="J203" s="40"/>
       <c r="K203" s="50"/>
       <c r="L203" s="40"/>
@@ -5950,55 +5950,55 @@
       <c r="J204" s="40"/>
       <c r="K204" s="50"/>
       <c r="L204" s="40"/>
       <c r="M204" s="40"/>
       <c r="N204" s="40"/>
       <c r="O204" s="49"/>
     </row>
     <row r="205" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B205" s="26"/>
       <c r="C205" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="40">
         <v>102.51390000000001</v>
       </c>
       <c r="E205" s="50"/>
       <c r="F205" s="40">
         <v>104.67140000000001</v>
       </c>
       <c r="G205" s="50"/>
       <c r="H205" s="40">
         <v>104.87569999999999</v>
       </c>
       <c r="I205" s="40"/>
       <c r="J205" s="40">
-        <v>112.38200000000001</v>
+        <v>112.3841</v>
       </c>
       <c r="K205" s="50"/>
       <c r="L205" s="40">
-        <v>100.8159</v>
+        <v>100.84</v>
       </c>
       <c r="M205" s="40"/>
       <c r="N205" s="40"/>
       <c r="O205" s="49"/>
     </row>
     <row r="206" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B206" s="26"/>
       <c r="C206" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="40">
         <v>102.25960000000001</v>
       </c>
       <c r="E206" s="50"/>
       <c r="F206" s="40">
         <v>104.1046</v>
       </c>
       <c r="G206" s="50"/>
       <c r="H206" s="40">
         <v>103.9265</v>
       </c>
       <c r="I206" s="40"/>
       <c r="J206" s="40"/>
       <c r="K206" s="50"/>
       <c r="L206" s="40"/>
@@ -6026,55 +6026,55 @@
       <c r="J207" s="40"/>
       <c r="K207" s="50"/>
       <c r="L207" s="40"/>
       <c r="M207" s="40"/>
       <c r="N207" s="40"/>
       <c r="O207" s="49"/>
     </row>
     <row r="208" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B208" s="26"/>
       <c r="C208" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="40">
         <v>104.0334</v>
       </c>
       <c r="E208" s="50"/>
       <c r="F208" s="40">
         <v>106.7291</v>
       </c>
       <c r="G208" s="50"/>
       <c r="H208" s="40">
         <v>107.9678</v>
       </c>
       <c r="I208" s="40"/>
       <c r="J208" s="40">
-        <v>112.1998</v>
+        <v>112.2008</v>
       </c>
       <c r="K208" s="50"/>
       <c r="L208" s="40">
-        <v>101.2621</v>
+        <v>101.283</v>
       </c>
       <c r="M208" s="40"/>
       <c r="N208" s="40"/>
       <c r="O208" s="49"/>
     </row>
     <row r="209" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B209" s="26"/>
       <c r="C209" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D209" s="40">
         <v>103.0197</v>
       </c>
       <c r="E209" s="50"/>
       <c r="F209" s="40">
         <v>105.6529</v>
       </c>
       <c r="G209" s="50"/>
       <c r="H209" s="40">
         <v>107.2393</v>
       </c>
       <c r="I209" s="40"/>
       <c r="J209" s="40"/>
       <c r="K209" s="50"/>
       <c r="L209" s="40"/>
@@ -6102,55 +6102,55 @@
       <c r="J210" s="40"/>
       <c r="K210" s="50"/>
       <c r="L210" s="40"/>
       <c r="M210" s="40"/>
       <c r="N210" s="40"/>
       <c r="O210" s="49"/>
     </row>
     <row r="211" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B211" s="29"/>
       <c r="C211" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D211" s="59">
         <v>103.07550000000001</v>
       </c>
       <c r="E211" s="60"/>
       <c r="F211" s="59">
         <v>105.5744</v>
       </c>
       <c r="G211" s="60"/>
       <c r="H211" s="59">
         <v>106.4376</v>
       </c>
       <c r="I211" s="59"/>
       <c r="J211" s="59">
-        <v>112.51949999999999</v>
+        <v>112.5222</v>
       </c>
       <c r="K211" s="60"/>
       <c r="L211" s="59">
-        <v>99.114099999999993</v>
+        <v>99.144000000000005</v>
       </c>
       <c r="M211" s="59"/>
       <c r="N211" s="59"/>
       <c r="O211" s="49"/>
     </row>
     <row r="212" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B212" s="21" t="s">
         <v>30</v>
       </c>
       <c r="C212" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D212" s="40">
         <v>103.04940000000001</v>
       </c>
       <c r="E212" s="50"/>
       <c r="F212" s="40">
         <v>105.4157</v>
       </c>
       <c r="G212" s="50"/>
       <c r="H212" s="40">
         <v>106.1208</v>
       </c>
       <c r="I212" s="40"/>
       <c r="J212" s="40"/>
@@ -6180,55 +6180,55 @@
       <c r="J213" s="40"/>
       <c r="K213" s="50"/>
       <c r="L213" s="40"/>
       <c r="M213" s="40"/>
       <c r="N213" s="40"/>
       <c r="O213" s="49"/>
     </row>
     <row r="214" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B214" s="27"/>
       <c r="C214" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D214" s="40">
         <v>102.6653</v>
       </c>
       <c r="E214" s="50"/>
       <c r="F214" s="40">
         <v>105.0762</v>
       </c>
       <c r="G214" s="50"/>
       <c r="H214" s="40">
         <v>106.5401</v>
       </c>
       <c r="I214" s="40"/>
       <c r="J214" s="40">
-        <v>112.79049999999999</v>
+        <v>112.7936</v>
       </c>
       <c r="K214" s="50"/>
       <c r="L214" s="40">
-        <v>97.762200000000007</v>
+        <v>97.788399999999996</v>
       </c>
       <c r="M214" s="40"/>
       <c r="N214" s="40"/>
       <c r="O214" s="49"/>
     </row>
     <row r="215" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B215" s="27"/>
       <c r="C215" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D215" s="40">
         <v>102.4708</v>
       </c>
       <c r="E215" s="50"/>
       <c r="F215" s="40">
         <v>104.94459999999999</v>
       </c>
       <c r="G215" s="50"/>
       <c r="H215" s="40">
         <v>106.1795</v>
       </c>
       <c r="I215" s="40"/>
       <c r="J215" s="40"/>
       <c r="K215" s="50"/>
       <c r="L215" s="40"/>
@@ -6256,55 +6256,55 @@
       <c r="J216" s="40"/>
       <c r="K216" s="50"/>
       <c r="L216" s="40"/>
       <c r="M216" s="40"/>
       <c r="N216" s="40"/>
       <c r="O216" s="49"/>
     </row>
     <row r="217" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B217" s="27"/>
       <c r="C217" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D217" s="40">
         <v>104.88249999999999</v>
       </c>
       <c r="E217" s="50"/>
       <c r="F217" s="40">
         <v>107.1388</v>
       </c>
       <c r="G217" s="50"/>
       <c r="H217" s="40">
         <v>107.9456</v>
       </c>
       <c r="I217" s="40"/>
       <c r="J217" s="40">
-        <v>112.1472</v>
+        <v>112.14790000000001</v>
       </c>
       <c r="K217" s="50"/>
       <c r="L217" s="40">
-        <v>96.138000000000005</v>
+        <v>96.157899999999998</v>
       </c>
       <c r="M217" s="40"/>
       <c r="N217" s="40"/>
       <c r="O217" s="49"/>
     </row>
     <row r="218" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B218" s="27"/>
       <c r="C218" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="40">
         <v>104.6499</v>
       </c>
       <c r="E218" s="50"/>
       <c r="F218" s="40">
         <v>106.8785</v>
       </c>
       <c r="G218" s="50"/>
       <c r="H218" s="40">
         <v>107.3967</v>
       </c>
       <c r="I218" s="40"/>
       <c r="J218" s="40"/>
       <c r="K218" s="50"/>
       <c r="L218" s="40"/>
@@ -6332,55 +6332,55 @@
       <c r="J219" s="40"/>
       <c r="K219" s="50"/>
       <c r="L219" s="40"/>
       <c r="M219" s="40"/>
       <c r="N219" s="40"/>
       <c r="O219" s="49"/>
     </row>
     <row r="220" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B220" s="27"/>
       <c r="C220" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D220" s="40">
         <v>103.89279999999999</v>
       </c>
       <c r="E220" s="50"/>
       <c r="F220" s="40">
         <v>106.3439</v>
       </c>
       <c r="G220" s="50"/>
       <c r="H220" s="40">
         <v>106.68859999999999</v>
       </c>
       <c r="I220" s="40"/>
       <c r="J220" s="40">
-        <v>112.0223</v>
+        <v>112.0244</v>
       </c>
       <c r="K220" s="50"/>
       <c r="L220" s="40">
-        <v>96.433999999999997</v>
+        <v>96.456100000000006</v>
       </c>
       <c r="M220" s="40"/>
       <c r="N220" s="40"/>
       <c r="O220" s="49"/>
     </row>
     <row r="221" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B221" s="27"/>
       <c r="C221" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D221" s="40">
         <v>103.84269999999999</v>
       </c>
       <c r="E221" s="50"/>
       <c r="F221" s="40">
         <v>105.6247</v>
       </c>
       <c r="G221" s="50"/>
       <c r="H221" s="40">
         <v>105.8437</v>
       </c>
       <c r="I221" s="40"/>
       <c r="J221" s="40"/>
       <c r="K221" s="50"/>
       <c r="L221" s="40"/>
@@ -6408,55 +6408,55 @@
       <c r="J222" s="40"/>
       <c r="K222" s="50"/>
       <c r="L222" s="40"/>
       <c r="M222" s="40"/>
       <c r="N222" s="40"/>
       <c r="O222" s="49"/>
     </row>
     <row r="223" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B223" s="28"/>
       <c r="C223" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D223" s="59">
         <v>104.1596</v>
       </c>
       <c r="E223" s="60"/>
       <c r="F223" s="59">
         <v>105.5308</v>
       </c>
       <c r="G223" s="60"/>
       <c r="H223" s="59">
         <v>105.797</v>
       </c>
       <c r="I223" s="59"/>
       <c r="J223" s="59">
-        <v>111.4207</v>
+        <v>111.42189999999999</v>
       </c>
       <c r="K223" s="60"/>
       <c r="L223" s="59">
-        <v>95.762799999999999</v>
+        <v>95.795699999999997</v>
       </c>
       <c r="M223" s="59"/>
       <c r="N223" s="59"/>
       <c r="O223" s="49"/>
     </row>
     <row r="224" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C224" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D224" s="40">
         <v>104.2478</v>
       </c>
       <c r="E224" s="50"/>
       <c r="F224" s="40">
         <v>105.6069</v>
       </c>
       <c r="G224" s="50"/>
       <c r="H224" s="40">
         <v>105.7602</v>
       </c>
       <c r="I224" s="40"/>
       <c r="J224" s="40"/>
@@ -6486,55 +6486,55 @@
       <c r="J225" s="40"/>
       <c r="K225" s="50"/>
       <c r="L225" s="40"/>
       <c r="M225" s="40"/>
       <c r="N225" s="40"/>
       <c r="O225" s="49"/>
     </row>
     <row r="226" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B226" s="27"/>
       <c r="C226" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D226" s="40">
         <v>104.6326</v>
       </c>
       <c r="E226" s="50"/>
       <c r="F226" s="40">
         <v>105.68940000000001</v>
       </c>
       <c r="G226" s="50"/>
       <c r="H226" s="40">
         <v>105.47280000000001</v>
       </c>
       <c r="I226" s="40"/>
       <c r="J226" s="40">
-        <v>111.5578</v>
+        <v>111.559</v>
       </c>
       <c r="K226" s="50"/>
       <c r="L226" s="40">
-        <v>95.6434</v>
+        <v>95.669899999999998</v>
       </c>
       <c r="M226" s="40"/>
       <c r="N226" s="40"/>
       <c r="O226" s="49"/>
     </row>
     <row r="227" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B227" s="27"/>
       <c r="C227" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D227" s="40">
         <v>104.91249999999999</v>
       </c>
       <c r="E227" s="50"/>
       <c r="F227" s="40">
         <v>106.0234</v>
       </c>
       <c r="G227" s="50"/>
       <c r="H227" s="40">
         <v>105.3035</v>
       </c>
       <c r="I227" s="40"/>
       <c r="J227" s="40"/>
       <c r="K227" s="50"/>
       <c r="L227" s="40"/>
@@ -6562,55 +6562,55 @@
       <c r="J228" s="40"/>
       <c r="K228" s="50"/>
       <c r="L228" s="40"/>
       <c r="M228" s="40"/>
       <c r="N228" s="40"/>
       <c r="O228" s="49"/>
     </row>
     <row r="229" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B229" s="27"/>
       <c r="C229" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="40">
         <v>104.9575</v>
       </c>
       <c r="E229" s="50"/>
       <c r="F229" s="40">
         <v>106.2567</v>
       </c>
       <c r="G229" s="50"/>
       <c r="H229" s="40">
         <v>104.87860000000001</v>
       </c>
       <c r="I229" s="40"/>
       <c r="J229" s="40">
-        <v>111.6679</v>
+        <v>111.6696</v>
       </c>
       <c r="K229" s="50"/>
       <c r="L229" s="40">
-        <v>94.577200000000005</v>
+        <v>94.602599999999995</v>
       </c>
       <c r="M229" s="40"/>
       <c r="N229" s="40"/>
       <c r="O229" s="49"/>
     </row>
     <row r="230" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B230" s="27"/>
       <c r="C230" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="40">
         <v>104.3385</v>
       </c>
       <c r="E230" s="50"/>
       <c r="F230" s="40">
         <v>105.73399999999999</v>
       </c>
       <c r="G230" s="50"/>
       <c r="H230" s="40">
         <v>104.4623</v>
       </c>
       <c r="I230" s="40"/>
       <c r="J230" s="40"/>
       <c r="K230" s="50"/>
       <c r="L230" s="40"/>
@@ -6638,55 +6638,55 @@
       <c r="J231" s="40"/>
       <c r="K231" s="50"/>
       <c r="L231" s="40"/>
       <c r="M231" s="40"/>
       <c r="N231" s="40"/>
       <c r="O231" s="49"/>
     </row>
     <row r="232" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B232" s="27"/>
       <c r="C232" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D232" s="40">
         <v>103.5227</v>
       </c>
       <c r="E232" s="50"/>
       <c r="F232" s="40">
         <v>104.8652</v>
       </c>
       <c r="G232" s="50"/>
       <c r="H232" s="40">
         <v>103.65989999999999</v>
       </c>
       <c r="I232" s="40"/>
       <c r="J232" s="40">
-        <v>110.49720000000001</v>
+        <v>110.498</v>
       </c>
       <c r="K232" s="50"/>
       <c r="L232" s="40">
-        <v>94.708500000000001</v>
+        <v>94.735600000000005</v>
       </c>
       <c r="M232" s="40"/>
       <c r="N232" s="40"/>
       <c r="O232" s="49"/>
     </row>
     <row r="233" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B233" s="27"/>
       <c r="C233" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D233" s="40">
         <v>102.8738</v>
       </c>
       <c r="E233" s="50"/>
       <c r="F233" s="40">
         <v>103.90689999999999</v>
       </c>
       <c r="G233" s="50"/>
       <c r="H233" s="40">
         <v>102.9898</v>
       </c>
       <c r="I233" s="40"/>
       <c r="J233" s="40"/>
       <c r="K233" s="50"/>
       <c r="L233" s="40"/>
@@ -6714,55 +6714,55 @@
       <c r="J234" s="40"/>
       <c r="K234" s="50"/>
       <c r="L234" s="40"/>
       <c r="M234" s="40"/>
       <c r="N234" s="40"/>
       <c r="O234" s="49"/>
     </row>
     <row r="235" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B235" s="28"/>
       <c r="C235" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D235" s="59">
         <v>103.23309999999999</v>
       </c>
       <c r="E235" s="60"/>
       <c r="F235" s="59">
         <v>103.6617</v>
       </c>
       <c r="G235" s="60"/>
       <c r="H235" s="59">
         <v>101.46769999999999</v>
       </c>
       <c r="I235" s="59"/>
       <c r="J235" s="59">
-        <v>109.22929999999999</v>
+        <v>109.2306</v>
       </c>
       <c r="K235" s="60"/>
       <c r="L235" s="59">
-        <v>92.641199999999998</v>
+        <v>92.672799999999995</v>
       </c>
       <c r="M235" s="59"/>
       <c r="N235" s="59"/>
       <c r="O235" s="49"/>
     </row>
     <row r="236" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21" t="s">
         <v>32</v>
       </c>
       <c r="C236" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D236" s="40">
         <v>101.69159999999999</v>
       </c>
       <c r="E236" s="50"/>
       <c r="F236" s="40">
         <v>101.9196</v>
       </c>
       <c r="G236" s="50"/>
       <c r="H236" s="40">
         <v>97.785399999999996</v>
       </c>
       <c r="I236" s="40"/>
       <c r="J236" s="40"/>
@@ -6796,51 +6796,51 @@
       <c r="N237" s="40"/>
       <c r="O237" s="49"/>
     </row>
     <row r="238" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B238" s="27"/>
       <c r="C238" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D238" s="40">
         <v>100.44840000000001</v>
       </c>
       <c r="E238" s="50"/>
       <c r="F238" s="40">
         <v>100.61839999999999</v>
       </c>
       <c r="G238" s="50"/>
       <c r="H238" s="40">
         <v>99.184899999999999</v>
       </c>
       <c r="I238" s="40"/>
       <c r="J238" s="40">
         <v>106.8486</v>
       </c>
       <c r="K238" s="50"/>
       <c r="L238" s="40">
-        <v>91.488399999999999</v>
+        <v>91.513400000000004</v>
       </c>
       <c r="M238" s="40"/>
       <c r="N238" s="40"/>
       <c r="O238" s="49"/>
     </row>
     <row r="239" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B239" s="30"/>
       <c r="C239" s="30" t="s">
         <v>5</v>
       </c>
       <c r="D239" s="40">
         <v>100.625</v>
       </c>
       <c r="E239" s="50"/>
       <c r="F239" s="40">
         <v>100.6002</v>
       </c>
       <c r="G239" s="50"/>
       <c r="H239" s="40">
         <v>99.039599999999993</v>
       </c>
       <c r="I239" s="40"/>
       <c r="J239" s="40"/>
       <c r="K239" s="50"/>
       <c r="L239" s="40"/>
@@ -6868,71 +6868,71 @@
       <c r="J240" s="40"/>
       <c r="K240" s="50"/>
       <c r="L240" s="40"/>
       <c r="M240" s="40"/>
       <c r="N240" s="40"/>
       <c r="O240" s="49"/>
     </row>
     <row r="241" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B241" s="27"/>
       <c r="C241" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="40">
         <v>102.16549999999999</v>
       </c>
       <c r="E241" s="50"/>
       <c r="F241" s="40">
         <v>102.38079999999999</v>
       </c>
       <c r="G241" s="50"/>
       <c r="H241" s="40">
         <v>100.7307</v>
       </c>
       <c r="I241" s="40"/>
       <c r="J241" s="40">
-        <v>106.8272</v>
+        <v>106.8266</v>
       </c>
       <c r="K241" s="50"/>
       <c r="L241" s="40">
-        <v>91.066900000000004</v>
+        <v>91.0929</v>
       </c>
       <c r="M241" s="40"/>
       <c r="N241" s="40"/>
       <c r="O241" s="49"/>
     </row>
     <row r="242" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B242" s="27"/>
       <c r="C242" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="40">
         <v>101.6678</v>
       </c>
       <c r="E242" s="50"/>
       <c r="F242" s="40">
-        <v>101.7478</v>
+        <v>101.7479</v>
       </c>
       <c r="G242" s="50"/>
       <c r="H242" s="40">
         <v>100.09910000000001</v>
       </c>
       <c r="I242" s="40"/>
       <c r="J242" s="40"/>
       <c r="K242" s="50"/>
       <c r="L242" s="40"/>
       <c r="M242" s="40"/>
       <c r="N242" s="40"/>
       <c r="O242" s="49"/>
     </row>
     <row r="243" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B243" s="27"/>
       <c r="C243" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="40">
         <v>103.1262</v>
       </c>
       <c r="E243" s="50"/>
       <c r="F243" s="40">
         <v>103.4233</v>
       </c>
@@ -6944,75 +6944,75 @@
       <c r="J243" s="40"/>
       <c r="K243" s="50"/>
       <c r="L243" s="40"/>
       <c r="M243" s="40"/>
       <c r="N243" s="40"/>
       <c r="O243" s="49"/>
     </row>
     <row r="244" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B244" s="27"/>
       <c r="C244" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="40">
         <v>103.27419999999999</v>
       </c>
       <c r="E244" s="50"/>
       <c r="F244" s="40">
         <v>103.2007</v>
       </c>
       <c r="G244" s="50"/>
       <c r="H244" s="40">
         <v>99.608099999999993</v>
       </c>
       <c r="I244" s="40"/>
       <c r="J244" s="40">
-        <v>106.622</v>
+        <v>106.62179999999999</v>
       </c>
       <c r="K244" s="50"/>
       <c r="L244" s="40">
-        <v>89.720699999999994</v>
+        <v>89.748699999999999</v>
       </c>
       <c r="M244" s="40"/>
       <c r="N244" s="40"/>
       <c r="O244" s="49"/>
     </row>
     <row r="245" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B245" s="27"/>
       <c r="C245" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D245" s="40">
         <v>102.5972</v>
       </c>
       <c r="E245" s="50"/>
       <c r="F245" s="40">
         <v>102.17740000000001</v>
       </c>
       <c r="G245" s="50"/>
       <c r="H245" s="40">
-        <v>99.509799999999998</v>
+        <v>99.509699999999995</v>
       </c>
       <c r="I245" s="40"/>
       <c r="J245" s="40"/>
       <c r="K245" s="50"/>
       <c r="L245" s="40"/>
       <c r="M245" s="40"/>
       <c r="N245" s="40"/>
       <c r="O245" s="49"/>
     </row>
     <row r="246" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B246" s="27"/>
       <c r="C246" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D246" s="40">
         <v>101.758</v>
       </c>
       <c r="E246" s="50"/>
       <c r="F246" s="40">
         <v>101.0043</v>
       </c>
       <c r="G246" s="50"/>
       <c r="H246" s="40">
         <v>98.699399999999997</v>
       </c>
@@ -7020,55 +7020,55 @@
       <c r="J246" s="40"/>
       <c r="K246" s="50"/>
       <c r="L246" s="40"/>
       <c r="M246" s="40"/>
       <c r="N246" s="40"/>
       <c r="O246" s="49"/>
     </row>
     <row r="247" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B247" s="31"/>
       <c r="C247" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D247" s="59">
         <v>102.09399999999999</v>
       </c>
       <c r="E247" s="52"/>
       <c r="F247" s="59">
         <v>101.15389999999999</v>
       </c>
       <c r="G247" s="52"/>
       <c r="H247" s="59">
         <v>97.398600000000002</v>
       </c>
       <c r="I247" s="59"/>
       <c r="J247" s="59">
-        <v>107.2167</v>
+        <v>107.21559999999999</v>
       </c>
       <c r="K247" s="52"/>
       <c r="L247" s="59">
-        <v>89.645700000000005</v>
+        <v>89.674099999999996</v>
       </c>
       <c r="M247" s="59"/>
       <c r="N247" s="59"/>
       <c r="O247" s="49"/>
     </row>
     <row r="248" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C248" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D248" s="40">
         <v>102.5633</v>
       </c>
       <c r="E248" s="62"/>
       <c r="F248" s="40">
         <v>101.6527</v>
       </c>
       <c r="G248" s="62"/>
       <c r="H248" s="40">
         <v>96.882599999999996</v>
       </c>
       <c r="I248" s="40"/>
       <c r="J248" s="40"/>
@@ -7098,71 +7098,71 @@
       <c r="J249" s="40"/>
       <c r="K249" s="50"/>
       <c r="L249" s="40"/>
       <c r="M249" s="40"/>
       <c r="N249" s="40"/>
       <c r="O249" s="49"/>
     </row>
     <row r="250" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
       <c r="C250" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D250" s="40">
         <v>103.914</v>
       </c>
       <c r="E250" s="50"/>
       <c r="F250" s="40">
         <v>102.542</v>
       </c>
       <c r="G250" s="50"/>
       <c r="H250" s="40">
         <v>98.843599999999995</v>
       </c>
       <c r="I250" s="40"/>
       <c r="J250" s="40">
-        <v>107.04559999999999</v>
+        <v>107.04219999999999</v>
       </c>
       <c r="K250" s="50"/>
       <c r="L250" s="40">
-        <v>87.929199999999994</v>
+        <v>87.952299999999994</v>
       </c>
       <c r="M250" s="40"/>
       <c r="N250" s="40"/>
       <c r="O250" s="49"/>
     </row>
     <row r="251" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B251" s="21"/>
       <c r="C251" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D251" s="40">
         <v>105.0373</v>
       </c>
       <c r="E251" s="50"/>
       <c r="F251" s="40">
-        <v>103.4089</v>
+        <v>103.4088</v>
       </c>
       <c r="G251" s="50"/>
       <c r="H251" s="40">
         <v>98.133899999999997</v>
       </c>
       <c r="I251" s="40"/>
       <c r="J251" s="40"/>
       <c r="K251" s="50"/>
       <c r="L251" s="40"/>
       <c r="M251" s="40"/>
       <c r="N251" s="40"/>
       <c r="O251" s="49"/>
     </row>
     <row r="252" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
       <c r="C252" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D252" s="40">
         <v>105.2064</v>
       </c>
       <c r="E252" s="50"/>
       <c r="F252" s="40">
         <v>103.6028</v>
       </c>
@@ -7174,55 +7174,55 @@
       <c r="J252" s="40"/>
       <c r="K252" s="50"/>
       <c r="L252" s="40"/>
       <c r="M252" s="40"/>
       <c r="N252" s="40"/>
       <c r="O252" s="49"/>
     </row>
     <row r="253" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
       <c r="C253" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="40">
         <v>104.7299</v>
       </c>
       <c r="E253" s="50"/>
       <c r="F253" s="40">
         <v>102.884</v>
       </c>
       <c r="G253" s="50"/>
       <c r="H253" s="40">
         <v>100.0022</v>
       </c>
       <c r="I253" s="40"/>
       <c r="J253" s="40">
-        <v>108.7218</v>
+        <v>108.72280000000001</v>
       </c>
       <c r="K253" s="50"/>
       <c r="L253" s="40">
-        <v>88.597300000000004</v>
+        <v>88.622799999999998</v>
       </c>
       <c r="M253" s="40"/>
       <c r="N253" s="40"/>
       <c r="O253" s="49"/>
     </row>
     <row r="254" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
       <c r="C254" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="40">
         <v>105.0371</v>
       </c>
       <c r="E254" s="50"/>
       <c r="F254" s="40">
         <v>103.1281</v>
       </c>
       <c r="G254" s="50"/>
       <c r="H254" s="40">
         <v>99.334999999999994</v>
       </c>
       <c r="I254" s="40"/>
       <c r="J254" s="40"/>
       <c r="K254" s="50"/>
       <c r="L254" s="40"/>
@@ -7250,55 +7250,55 @@
       <c r="J255" s="40"/>
       <c r="K255" s="50"/>
       <c r="L255" s="40"/>
       <c r="M255" s="40"/>
       <c r="N255" s="40"/>
       <c r="O255" s="49"/>
     </row>
     <row r="256" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
       <c r="C256" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D256" s="40">
         <v>105.0898</v>
       </c>
       <c r="E256" s="50"/>
       <c r="F256" s="40">
         <v>103.2239</v>
       </c>
       <c r="G256" s="50"/>
       <c r="H256" s="40">
         <v>99.318200000000004</v>
       </c>
       <c r="I256" s="40"/>
       <c r="J256" s="40">
-        <v>109.01179999999999</v>
+        <v>109.0098</v>
       </c>
       <c r="K256" s="50"/>
       <c r="L256" s="40">
-        <v>88.302300000000002</v>
+        <v>88.327299999999994</v>
       </c>
       <c r="M256" s="40"/>
       <c r="N256" s="40"/>
       <c r="O256" s="49"/>
     </row>
     <row r="257" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
       <c r="C257" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D257" s="40">
         <v>104.9156</v>
       </c>
       <c r="E257" s="50"/>
       <c r="F257" s="40">
         <v>102.95869999999999</v>
       </c>
       <c r="G257" s="50"/>
       <c r="H257" s="40">
         <v>100.2632</v>
       </c>
       <c r="I257" s="40"/>
       <c r="J257" s="40"/>
       <c r="K257" s="50"/>
       <c r="L257" s="40"/>
@@ -7318,2840 +7318,2867 @@
       <c r="F258" s="40">
         <v>102.69240000000001</v>
       </c>
       <c r="G258" s="50"/>
       <c r="H258" s="40">
         <v>98.3947</v>
       </c>
       <c r="I258" s="40"/>
       <c r="J258" s="40"/>
       <c r="K258" s="50"/>
       <c r="L258" s="40"/>
       <c r="M258" s="40"/>
       <c r="N258" s="40"/>
       <c r="O258" s="49"/>
     </row>
     <row r="259" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B259" s="31"/>
       <c r="C259" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D259" s="59">
         <v>103.997</v>
       </c>
       <c r="E259" s="52"/>
       <c r="F259" s="59">
-        <v>102.1472</v>
+        <v>102.1473</v>
       </c>
       <c r="G259" s="52"/>
       <c r="H259" s="59">
         <v>99.413899999999998</v>
       </c>
       <c r="I259" s="59"/>
       <c r="J259" s="59">
-        <v>107.7062</v>
+        <v>107.7098</v>
       </c>
       <c r="K259" s="52"/>
       <c r="L259" s="59">
-        <v>87.137900000000002</v>
+        <v>87.166799999999995</v>
       </c>
       <c r="M259" s="59"/>
       <c r="N259" s="59"/>
       <c r="O259" s="49"/>
     </row>
     <row r="260" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B260" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C260" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D260" s="40">
         <v>104.2543</v>
       </c>
       <c r="E260" s="50"/>
       <c r="F260" s="40">
-        <v>102.2942</v>
+        <v>102.2944</v>
       </c>
       <c r="G260" s="50"/>
       <c r="H260" s="40">
         <v>99.580299999999994</v>
       </c>
       <c r="I260" s="40"/>
       <c r="J260" s="40"/>
       <c r="K260" s="50"/>
       <c r="L260" s="40"/>
       <c r="M260" s="40"/>
       <c r="N260" s="40"/>
       <c r="O260" s="49"/>
     </row>
     <row r="261" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B261" s="21"/>
       <c r="C261" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D261" s="18">
         <v>105.0972</v>
       </c>
       <c r="E261" s="50"/>
       <c r="F261" s="18">
         <v>103.1242</v>
       </c>
       <c r="G261" s="50"/>
       <c r="H261" s="18">
         <v>100.1495</v>
       </c>
       <c r="I261" s="18"/>
       <c r="J261" s="18"/>
       <c r="K261" s="50"/>
       <c r="L261" s="18"/>
       <c r="M261" s="18"/>
       <c r="N261" s="18"/>
       <c r="O261" s="49"/>
     </row>
     <row r="262" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B262" s="21"/>
       <c r="C262" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D262" s="18">
         <v>105.5885</v>
       </c>
       <c r="E262" s="50"/>
       <c r="F262" s="18">
-        <v>103.3659</v>
+        <v>103.3655</v>
       </c>
       <c r="G262" s="50"/>
       <c r="H262" s="18">
         <v>100.0097</v>
       </c>
       <c r="I262" s="18"/>
       <c r="J262" s="18">
-        <v>107.0158</v>
+        <v>107.0146</v>
       </c>
       <c r="K262" s="50"/>
       <c r="L262" s="18">
-        <v>87.273499999999999</v>
+        <v>87.296099999999996</v>
       </c>
       <c r="M262" s="18"/>
       <c r="N262" s="18"/>
       <c r="O262" s="49"/>
     </row>
     <row r="263" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B263" s="21"/>
       <c r="C263" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D263" s="18">
         <v>105.0879</v>
       </c>
       <c r="E263" s="50"/>
       <c r="F263" s="18">
         <v>102.8832</v>
       </c>
       <c r="G263" s="50"/>
       <c r="H263" s="18">
         <v>99.849199999999996</v>
       </c>
       <c r="I263" s="18"/>
       <c r="J263" s="18"/>
       <c r="K263" s="50"/>
       <c r="L263" s="18"/>
       <c r="M263" s="18"/>
       <c r="N263" s="18"/>
       <c r="O263" s="49"/>
     </row>
     <row r="264" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B264" s="21"/>
       <c r="C264" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D264" s="18">
         <v>106.0575</v>
       </c>
       <c r="E264" s="50"/>
       <c r="F264" s="18">
-        <v>103.5634</v>
+        <v>103.56310000000001</v>
       </c>
       <c r="G264" s="50"/>
       <c r="H264" s="18">
         <v>99.671499999999995</v>
       </c>
       <c r="I264" s="18"/>
       <c r="J264" s="18"/>
       <c r="K264" s="50"/>
       <c r="L264" s="18"/>
       <c r="M264" s="18"/>
       <c r="N264" s="18"/>
       <c r="O264" s="49"/>
     </row>
     <row r="265" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="21"/>
       <c r="C265" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D265" s="18">
         <v>106.68219999999999</v>
       </c>
       <c r="E265" s="50"/>
       <c r="F265" s="18">
         <v>104.3056</v>
       </c>
       <c r="G265" s="50"/>
       <c r="H265" s="18">
         <v>99.598200000000006</v>
       </c>
       <c r="I265" s="18"/>
       <c r="J265" s="18">
-        <v>109.452</v>
+        <v>109.45229999999999</v>
       </c>
       <c r="K265" s="50"/>
       <c r="L265" s="18">
-        <v>88.241399999999999</v>
+        <v>88.264499999999998</v>
       </c>
       <c r="M265" s="18"/>
       <c r="N265" s="18"/>
       <c r="O265" s="49"/>
     </row>
     <row r="266" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B266" s="21"/>
       <c r="C266" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="18">
         <v>107.2788</v>
       </c>
       <c r="E266" s="50"/>
       <c r="F266" s="18">
-        <v>104.736</v>
+        <v>104.7362</v>
       </c>
       <c r="G266" s="50"/>
       <c r="H266" s="18">
         <v>100.2544</v>
       </c>
       <c r="I266" s="18"/>
       <c r="J266" s="18"/>
       <c r="K266" s="50"/>
       <c r="L266" s="18"/>
       <c r="M266" s="18"/>
       <c r="N266" s="18"/>
       <c r="O266" s="49"/>
     </row>
     <row r="267" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B267" s="27"/>
       <c r="C267" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D267" s="40">
         <v>107.9679</v>
       </c>
       <c r="E267" s="50"/>
       <c r="F267" s="40">
-        <v>105.37609999999999</v>
+        <v>105.376</v>
       </c>
       <c r="G267" s="50"/>
       <c r="H267" s="40">
         <v>100.9635</v>
       </c>
       <c r="I267" s="40"/>
       <c r="J267" s="40"/>
       <c r="K267" s="50"/>
       <c r="L267" s="40"/>
       <c r="M267" s="40"/>
       <c r="N267" s="40"/>
       <c r="O267" s="49"/>
     </row>
     <row r="268" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C268" s="34" t="s">
         <v>10</v>
       </c>
       <c r="D268" s="40">
         <v>107.16849999999999</v>
       </c>
       <c r="E268" s="50"/>
       <c r="F268" s="40">
-        <v>104.91589999999999</v>
+        <v>104.9158</v>
       </c>
       <c r="G268" s="50"/>
       <c r="H268" s="40">
         <v>100.5091</v>
       </c>
       <c r="I268" s="40"/>
       <c r="J268" s="40">
-        <v>110.67910000000001</v>
+        <v>110.6803</v>
       </c>
       <c r="K268" s="50"/>
       <c r="L268" s="40">
-        <v>88.604699999999994</v>
+        <v>88.628500000000003</v>
       </c>
       <c r="M268" s="40"/>
       <c r="N268" s="40"/>
       <c r="O268" s="49"/>
     </row>
     <row r="269" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B269" s="27"/>
       <c r="C269" s="34" t="s">
         <v>11</v>
       </c>
       <c r="D269" s="40">
         <v>106.4485</v>
       </c>
       <c r="E269" s="50"/>
       <c r="F269" s="40">
         <v>104.12909999999999</v>
       </c>
       <c r="G269" s="50"/>
       <c r="H269" s="40">
-        <v>99.732299999999995</v>
+        <v>99.732200000000006</v>
       </c>
       <c r="I269" s="40"/>
       <c r="J269" s="40"/>
       <c r="K269" s="50"/>
       <c r="L269" s="40"/>
       <c r="M269" s="40"/>
       <c r="N269" s="40"/>
       <c r="O269" s="49"/>
     </row>
     <row r="270" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B270" s="27"/>
       <c r="C270" s="34" t="s">
         <v>12</v>
       </c>
       <c r="D270" s="40">
         <v>105.92059999999999</v>
       </c>
       <c r="E270" s="50"/>
       <c r="F270" s="40">
-        <v>103.4824</v>
+        <v>103.48269999999999</v>
       </c>
       <c r="G270" s="50"/>
       <c r="H270" s="40">
         <v>99.640100000000004</v>
       </c>
       <c r="I270" s="40"/>
       <c r="J270" s="40"/>
       <c r="K270" s="50"/>
       <c r="L270" s="40"/>
       <c r="M270" s="40"/>
       <c r="N270" s="40"/>
       <c r="O270" s="49"/>
     </row>
     <row r="271" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B271" s="31"/>
       <c r="C271" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D271" s="59">
         <v>106.1977</v>
       </c>
       <c r="E271" s="52"/>
       <c r="F271" s="59">
-        <v>103.53700000000001</v>
+        <v>103.5371</v>
       </c>
       <c r="G271" s="52"/>
       <c r="H271" s="59">
         <v>99.6036</v>
       </c>
       <c r="I271" s="59"/>
       <c r="J271" s="59">
-        <v>108.923</v>
+        <v>108.91970000000001</v>
       </c>
       <c r="K271" s="52"/>
       <c r="L271" s="59">
-        <v>87.356800000000007</v>
+        <v>87.377300000000005</v>
       </c>
       <c r="M271" s="59"/>
       <c r="N271" s="59"/>
       <c r="O271" s="49"/>
     </row>
     <row r="272" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B272" s="27">
         <v>2018</v>
       </c>
       <c r="C272" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D272" s="18">
         <v>107.9011</v>
       </c>
       <c r="E272" s="63"/>
       <c r="F272" s="18">
-        <v>105.2552</v>
+        <v>105.25539999999999</v>
       </c>
       <c r="G272" s="63"/>
       <c r="H272" s="18">
         <v>100.9301</v>
       </c>
       <c r="I272" s="18"/>
       <c r="J272" s="18"/>
       <c r="K272" s="63"/>
       <c r="L272" s="18"/>
       <c r="M272" s="18"/>
       <c r="N272" s="18"/>
       <c r="O272" s="49"/>
     </row>
     <row r="273" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C273" s="27" t="s">
         <v>3</v>
       </c>
       <c r="D273" s="18">
         <v>108.06399999999999</v>
       </c>
       <c r="E273" s="50"/>
       <c r="F273" s="18">
-        <v>105.1827</v>
+        <v>105.1828</v>
       </c>
       <c r="G273" s="50"/>
       <c r="H273" s="18">
         <v>100.31059999999999</v>
       </c>
       <c r="I273" s="18"/>
       <c r="J273" s="18"/>
       <c r="K273" s="50"/>
       <c r="L273" s="18"/>
       <c r="M273" s="18"/>
       <c r="N273" s="18"/>
       <c r="O273" s="49"/>
     </row>
     <row r="274" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B274" s="27"/>
       <c r="C274" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D274" s="18">
         <v>108.2128</v>
       </c>
       <c r="E274" s="51"/>
       <c r="F274" s="18">
-        <v>105.3223</v>
+        <v>105.3224</v>
       </c>
       <c r="G274" s="51"/>
       <c r="H274" s="18">
         <v>100.11660000000001</v>
       </c>
       <c r="I274" s="18"/>
       <c r="J274" s="18">
-        <v>110.529</v>
+        <v>110.5303</v>
       </c>
       <c r="K274" s="51"/>
       <c r="L274" s="18">
-        <v>90.446600000000004</v>
+        <v>90.470200000000006</v>
       </c>
       <c r="M274" s="18"/>
       <c r="N274" s="18"/>
       <c r="O274" s="49"/>
     </row>
     <row r="275" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B275" s="27"/>
       <c r="C275" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D275" s="18">
         <v>108.5318</v>
       </c>
       <c r="E275" s="62"/>
       <c r="F275" s="18">
-        <v>105.7855</v>
+        <v>105.7856</v>
       </c>
       <c r="G275" s="62"/>
       <c r="H275" s="18">
         <v>100.5549</v>
       </c>
       <c r="I275" s="18"/>
       <c r="J275" s="18"/>
       <c r="K275" s="62"/>
       <c r="L275" s="18"/>
       <c r="M275" s="18"/>
       <c r="N275" s="18"/>
       <c r="O275" s="49"/>
     </row>
     <row r="276" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B276" s="27"/>
       <c r="C276" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="18">
         <v>108.63</v>
       </c>
       <c r="E276" s="50"/>
       <c r="F276" s="18">
-        <v>105.72920000000001</v>
+        <v>105.7294</v>
       </c>
       <c r="G276" s="50"/>
       <c r="H276" s="18">
         <v>100.877</v>
       </c>
       <c r="I276" s="18"/>
       <c r="J276" s="18"/>
       <c r="K276" s="50"/>
       <c r="L276" s="18"/>
       <c r="M276" s="18"/>
       <c r="N276" s="18"/>
       <c r="O276" s="49"/>
     </row>
     <row r="277" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B277" s="27"/>
       <c r="C277" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="18">
         <v>108.81</v>
       </c>
       <c r="E277" s="50"/>
       <c r="F277" s="18">
-        <v>106.2286</v>
+        <v>106.229</v>
       </c>
       <c r="G277" s="50"/>
       <c r="H277" s="18">
         <v>100.4269</v>
       </c>
       <c r="I277" s="18"/>
       <c r="J277" s="18">
-        <v>111.56910000000001</v>
+        <v>111.5684</v>
       </c>
       <c r="K277" s="50"/>
       <c r="L277" s="18">
-        <v>89.698400000000007</v>
+        <v>89.722300000000004</v>
       </c>
       <c r="M277" s="18"/>
       <c r="N277" s="18"/>
       <c r="O277" s="49"/>
     </row>
     <row r="278" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B278" s="27"/>
       <c r="C278" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="18">
         <v>109.0821</v>
       </c>
       <c r="E278" s="50"/>
       <c r="F278" s="18">
-        <v>106.1846</v>
+        <v>106.185</v>
       </c>
       <c r="G278" s="50"/>
       <c r="H278" s="18">
         <v>100.8549</v>
       </c>
       <c r="I278" s="18"/>
       <c r="J278" s="18"/>
       <c r="K278" s="50"/>
       <c r="L278" s="18"/>
       <c r="M278" s="18"/>
       <c r="N278" s="18"/>
       <c r="O278" s="49"/>
     </row>
     <row r="279" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B279" s="27"/>
       <c r="C279" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="18">
         <v>108.90470000000001</v>
       </c>
       <c r="E279" s="50"/>
       <c r="F279" s="18">
-        <v>105.9483</v>
+        <v>105.9482</v>
       </c>
       <c r="G279" s="50"/>
       <c r="H279" s="18">
         <v>100.2993</v>
       </c>
       <c r="I279" s="18"/>
       <c r="J279" s="18"/>
       <c r="K279" s="50"/>
       <c r="L279" s="18"/>
       <c r="M279" s="18"/>
       <c r="N279" s="18"/>
       <c r="O279" s="49"/>
     </row>
     <row r="280" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B280" s="27"/>
       <c r="C280" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D280" s="18">
         <v>109.32729999999999</v>
       </c>
       <c r="E280" s="50"/>
       <c r="F280" s="18">
-        <v>106.07470000000001</v>
+        <v>106.0746</v>
       </c>
       <c r="G280" s="50"/>
       <c r="H280" s="18">
         <v>100.70440000000001</v>
       </c>
       <c r="I280" s="18"/>
       <c r="J280" s="18">
-        <v>111.6815</v>
+        <v>111.6854</v>
       </c>
       <c r="K280" s="50"/>
       <c r="L280" s="18">
-        <v>88.9499</v>
+        <v>88.974900000000005</v>
       </c>
       <c r="M280" s="18"/>
       <c r="N280" s="18"/>
       <c r="O280" s="49"/>
     </row>
     <row r="281" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B281" s="27"/>
       <c r="C281" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D281" s="18">
         <v>108.9683</v>
       </c>
       <c r="E281" s="50"/>
       <c r="F281" s="18">
-        <v>105.5247</v>
+        <v>105.5248</v>
       </c>
       <c r="G281" s="50"/>
       <c r="H281" s="18">
-        <v>100.91030000000001</v>
+        <v>100.9102</v>
       </c>
       <c r="I281" s="18"/>
       <c r="J281" s="18"/>
       <c r="K281" s="50"/>
       <c r="L281" s="18"/>
       <c r="M281" s="18"/>
       <c r="N281" s="18"/>
       <c r="O281" s="49"/>
     </row>
     <row r="282" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B282" s="27"/>
       <c r="C282" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D282" s="18">
         <v>108.4986</v>
       </c>
       <c r="E282" s="50"/>
       <c r="F282" s="18">
-        <v>104.8839</v>
+        <v>104.88339999999999</v>
       </c>
       <c r="G282" s="50"/>
       <c r="H282" s="18">
-        <v>100.0879</v>
+        <v>100.0878</v>
       </c>
       <c r="I282" s="18"/>
       <c r="J282" s="18"/>
       <c r="K282" s="50"/>
       <c r="L282" s="18"/>
       <c r="M282" s="18"/>
       <c r="N282" s="18"/>
       <c r="O282" s="49"/>
     </row>
     <row r="283" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B283" s="31"/>
       <c r="C283" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D283" s="19">
         <v>108.8887</v>
       </c>
       <c r="E283" s="52"/>
       <c r="F283" s="19">
-        <v>105.1015</v>
+        <v>105.1011</v>
       </c>
       <c r="G283" s="52"/>
       <c r="H283" s="19">
         <v>99.782600000000002</v>
       </c>
       <c r="I283" s="19"/>
       <c r="J283" s="19">
-        <v>110.50409999999999</v>
+        <v>110.498</v>
       </c>
       <c r="K283" s="52"/>
       <c r="L283" s="19">
-        <v>88.946799999999996</v>
+        <v>88.967799999999997</v>
       </c>
       <c r="M283" s="19"/>
       <c r="N283" s="19"/>
       <c r="O283" s="49"/>
     </row>
     <row r="284" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B284" s="35">
         <v>2019</v>
       </c>
       <c r="C284" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D284" s="20">
         <v>108.343</v>
       </c>
       <c r="E284" s="53"/>
       <c r="F284" s="20">
-        <v>104.3921</v>
+        <v>104.3918</v>
       </c>
       <c r="G284" s="53"/>
       <c r="H284" s="20">
         <v>99.433099999999996</v>
       </c>
       <c r="I284" s="20"/>
       <c r="J284" s="20"/>
       <c r="K284" s="53"/>
       <c r="L284" s="20"/>
       <c r="M284" s="20"/>
       <c r="N284" s="20"/>
       <c r="O284" s="49"/>
     </row>
     <row r="285" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B285" s="37"/>
       <c r="C285" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D285" s="18">
         <v>108.3009</v>
       </c>
       <c r="E285" s="50"/>
       <c r="F285" s="18">
-        <v>104.2826</v>
+        <v>104.2824</v>
       </c>
       <c r="G285" s="50"/>
       <c r="H285" s="18">
         <v>99.514099999999999</v>
       </c>
       <c r="I285" s="18"/>
       <c r="J285" s="18"/>
       <c r="K285" s="50"/>
       <c r="L285" s="18"/>
       <c r="M285" s="18"/>
       <c r="N285" s="18"/>
       <c r="O285" s="49"/>
     </row>
     <row r="286" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B286" s="37"/>
       <c r="C286" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D286" s="18">
         <v>108.0282</v>
       </c>
       <c r="E286" s="50"/>
       <c r="F286" s="18">
-        <v>104.0928</v>
+        <v>104.09229999999999</v>
       </c>
       <c r="G286" s="50"/>
       <c r="H286" s="18">
         <v>99.622299999999996</v>
       </c>
       <c r="I286" s="18"/>
       <c r="J286" s="18">
-        <v>109.70780000000001</v>
+        <v>109.70959999999999</v>
       </c>
       <c r="K286" s="50"/>
       <c r="L286" s="18">
-        <v>87.323999999999998</v>
+        <v>87.344099999999997</v>
       </c>
       <c r="M286" s="18"/>
       <c r="N286" s="18"/>
       <c r="O286" s="49"/>
     </row>
     <row r="287" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B287" s="37"/>
       <c r="C287" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D287" s="18">
         <v>107.9421</v>
       </c>
       <c r="E287" s="50"/>
       <c r="F287" s="18">
-        <v>103.79470000000001</v>
+        <v>103.795</v>
       </c>
       <c r="G287" s="50"/>
       <c r="H287" s="18">
-        <v>99.540899999999993</v>
+        <v>99.540999999999997</v>
       </c>
       <c r="I287" s="18"/>
       <c r="J287" s="18"/>
       <c r="K287" s="50"/>
       <c r="L287" s="18"/>
       <c r="M287" s="18"/>
       <c r="N287" s="18"/>
       <c r="O287" s="49"/>
     </row>
     <row r="288" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B288" s="37"/>
       <c r="C288" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="18">
         <v>108.41200000000001</v>
       </c>
       <c r="E288" s="50"/>
       <c r="F288" s="18">
-        <v>104.38330000000001</v>
+        <v>104.3832</v>
       </c>
       <c r="G288" s="50"/>
       <c r="H288" s="18">
-        <v>100.0842</v>
+        <v>100.0844</v>
       </c>
       <c r="I288" s="18"/>
       <c r="J288" s="18"/>
       <c r="K288" s="50"/>
       <c r="L288" s="18"/>
       <c r="M288" s="18"/>
       <c r="N288" s="18"/>
       <c r="O288" s="49"/>
     </row>
     <row r="289" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B289" s="37"/>
       <c r="C289" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D289" s="18">
         <v>108.63500000000001</v>
       </c>
       <c r="E289" s="50"/>
       <c r="F289" s="18">
-        <v>104.535</v>
+        <v>104.5354</v>
       </c>
       <c r="G289" s="50"/>
       <c r="H289" s="18">
-        <v>99.351799999999997</v>
+        <v>99.351900000000001</v>
       </c>
       <c r="I289" s="18"/>
       <c r="J289" s="18">
-        <v>109.958</v>
+        <v>109.9552</v>
       </c>
       <c r="K289" s="50"/>
       <c r="L289" s="18">
-        <v>87.322900000000004</v>
+        <v>87.343299999999999</v>
       </c>
       <c r="M289" s="18"/>
       <c r="N289" s="18"/>
       <c r="O289" s="49"/>
     </row>
     <row r="290" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B290" s="37"/>
       <c r="C290" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="18">
         <v>108.601</v>
       </c>
       <c r="E290" s="50"/>
       <c r="F290" s="18">
-        <v>104.5458</v>
+        <v>104.5457</v>
       </c>
       <c r="G290" s="50"/>
       <c r="H290" s="18">
-        <v>99.738500000000002</v>
+        <v>99.738600000000005</v>
       </c>
       <c r="I290" s="18"/>
       <c r="J290" s="18"/>
       <c r="K290" s="50"/>
       <c r="L290" s="18"/>
       <c r="M290" s="18"/>
       <c r="N290" s="18"/>
       <c r="O290" s="49"/>
     </row>
     <row r="291" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B291" s="37"/>
       <c r="C291" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D291" s="18">
         <v>108.95910000000001</v>
       </c>
       <c r="E291" s="50"/>
       <c r="F291" s="18">
-        <v>104.5457</v>
+        <v>104.5454</v>
       </c>
       <c r="G291" s="50"/>
       <c r="H291" s="18">
         <v>99.869100000000003</v>
       </c>
       <c r="I291" s="18"/>
       <c r="J291" s="18"/>
       <c r="K291" s="50"/>
       <c r="L291" s="18"/>
       <c r="M291" s="18"/>
       <c r="N291" s="18"/>
       <c r="O291" s="49"/>
     </row>
     <row r="292" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B292" s="37"/>
       <c r="C292" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D292" s="18">
         <v>108.5598</v>
       </c>
       <c r="E292" s="50"/>
       <c r="F292" s="18">
-        <v>104.1721</v>
+        <v>104.1726</v>
       </c>
       <c r="G292" s="50"/>
       <c r="H292" s="18">
-        <v>100.0594</v>
+        <v>100.0595</v>
       </c>
       <c r="I292" s="18"/>
       <c r="J292" s="18">
-        <v>111.13639999999999</v>
+        <v>111.1293</v>
       </c>
       <c r="K292" s="50"/>
       <c r="L292" s="18">
-        <v>88.132099999999994</v>
+        <v>88.153199999999998</v>
       </c>
       <c r="M292" s="18"/>
       <c r="N292" s="18"/>
       <c r="O292" s="49"/>
     </row>
     <row r="293" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B293" s="37"/>
       <c r="C293" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D293" s="18">
         <v>108.02889999999999</v>
       </c>
       <c r="E293" s="50"/>
       <c r="F293" s="18">
         <v>103.5498</v>
       </c>
       <c r="G293" s="50"/>
       <c r="H293" s="18">
-        <v>99.800200000000004</v>
+        <v>99.8</v>
       </c>
       <c r="I293" s="18"/>
       <c r="J293" s="18"/>
       <c r="K293" s="50"/>
       <c r="L293" s="18"/>
       <c r="M293" s="18"/>
       <c r="N293" s="18"/>
       <c r="O293" s="49"/>
     </row>
     <row r="294" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B294" s="37"/>
       <c r="C294" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D294" s="18">
         <v>107.7657</v>
       </c>
       <c r="E294" s="50"/>
       <c r="F294" s="18">
-        <v>103.0731</v>
+        <v>103.0735</v>
       </c>
       <c r="G294" s="50"/>
       <c r="H294" s="18">
-        <v>99.521799999999999</v>
+        <v>99.521500000000003</v>
       </c>
       <c r="I294" s="18"/>
       <c r="J294" s="18"/>
       <c r="K294" s="50"/>
       <c r="L294" s="18"/>
       <c r="M294" s="18"/>
       <c r="N294" s="18"/>
       <c r="O294" s="49"/>
     </row>
     <row r="295" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="27"/>
       <c r="B295" s="31"/>
       <c r="C295" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D295" s="19">
         <v>107.72620000000001</v>
       </c>
       <c r="E295" s="52"/>
       <c r="F295" s="19">
-        <v>102.9995</v>
+        <v>102.99939999999999</v>
       </c>
       <c r="G295" s="52"/>
       <c r="H295" s="19">
         <v>99.3596</v>
       </c>
       <c r="I295" s="19"/>
       <c r="J295" s="19">
-        <v>110.9426</v>
+        <v>110.9408</v>
       </c>
       <c r="K295" s="52"/>
       <c r="L295" s="19">
-        <v>85.808300000000003</v>
+        <v>85.832499999999996</v>
       </c>
       <c r="M295" s="19"/>
       <c r="N295" s="19"/>
       <c r="O295" s="49"/>
     </row>
     <row r="296" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="27"/>
       <c r="B296" s="27">
         <v>2020</v>
       </c>
       <c r="C296" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D296" s="18">
         <v>107.5455</v>
       </c>
       <c r="E296" s="50"/>
       <c r="F296" s="18">
-        <v>103.0202</v>
+        <v>103.0206</v>
       </c>
       <c r="G296" s="50"/>
       <c r="H296" s="18">
         <v>99.418599999999998</v>
       </c>
       <c r="I296" s="18"/>
       <c r="J296" s="18"/>
       <c r="K296" s="50"/>
       <c r="L296" s="18"/>
       <c r="M296" s="18"/>
       <c r="N296" s="18"/>
       <c r="O296" s="49"/>
     </row>
     <row r="297" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="27"/>
       <c r="B297" s="27"/>
       <c r="C297" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D297" s="18">
         <v>107.2169</v>
       </c>
       <c r="E297" s="50"/>
       <c r="F297" s="18">
-        <v>102.2247</v>
+        <v>102.2253</v>
       </c>
       <c r="G297" s="50"/>
       <c r="H297" s="18">
         <v>99.392799999999994</v>
       </c>
       <c r="I297" s="18"/>
       <c r="J297" s="18"/>
       <c r="K297" s="50"/>
       <c r="L297" s="18"/>
       <c r="M297" s="18"/>
       <c r="N297" s="18"/>
       <c r="O297" s="49"/>
     </row>
     <row r="298" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="27"/>
       <c r="B298" s="27"/>
       <c r="C298" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D298" s="18">
         <v>107.143</v>
       </c>
       <c r="E298" s="50"/>
       <c r="F298" s="18">
-        <v>101.9422</v>
+        <v>101.9419</v>
       </c>
       <c r="G298" s="50"/>
       <c r="H298" s="18">
         <v>97.480800000000002</v>
       </c>
       <c r="I298" s="18"/>
       <c r="J298" s="18">
-        <v>110.56950000000001</v>
+        <v>110.5613</v>
       </c>
       <c r="K298" s="50"/>
       <c r="L298" s="18">
-        <v>86.393100000000004</v>
+        <v>86.402699999999996</v>
       </c>
       <c r="M298" s="18"/>
       <c r="N298" s="18"/>
       <c r="O298" s="49"/>
     </row>
     <row r="299" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="27"/>
       <c r="B299" s="27"/>
       <c r="C299" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D299" s="18">
         <v>106.93940000000001</v>
       </c>
       <c r="E299" s="50"/>
       <c r="F299" s="18">
         <v>101.5912</v>
       </c>
       <c r="G299" s="50"/>
       <c r="H299" s="18">
         <v>95.324399999999997</v>
       </c>
       <c r="I299" s="18"/>
       <c r="J299" s="18"/>
       <c r="K299" s="50"/>
       <c r="L299" s="18"/>
       <c r="M299" s="18"/>
       <c r="N299" s="18"/>
       <c r="O299" s="49"/>
     </row>
     <row r="300" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B300" s="27"/>
       <c r="C300" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="18">
         <v>107.1328</v>
       </c>
       <c r="E300" s="50"/>
       <c r="F300" s="18">
-        <v>101.624</v>
+        <v>101.62390000000001</v>
       </c>
       <c r="G300" s="50"/>
       <c r="H300" s="18">
-        <v>95.060599999999994</v>
+        <v>95.0608</v>
       </c>
       <c r="I300" s="18"/>
       <c r="J300" s="18"/>
       <c r="K300" s="50"/>
       <c r="L300" s="18"/>
       <c r="M300" s="18"/>
       <c r="N300" s="18"/>
       <c r="O300" s="49"/>
     </row>
     <row r="301" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B301" s="27"/>
       <c r="C301" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="18">
         <v>107.6317</v>
       </c>
       <c r="E301" s="50"/>
       <c r="F301" s="18">
         <v>102.0419</v>
       </c>
       <c r="G301" s="50"/>
       <c r="H301" s="18">
-        <v>96.122600000000006</v>
+        <v>96.123099999999994</v>
       </c>
       <c r="I301" s="18"/>
       <c r="J301" s="18">
-        <v>108.9956</v>
+        <v>108.9953</v>
       </c>
       <c r="K301" s="50"/>
       <c r="L301" s="18">
-        <v>90.055999999999997</v>
+        <v>90.080500000000001</v>
       </c>
       <c r="M301" s="18"/>
       <c r="N301" s="18"/>
       <c r="O301" s="49"/>
     </row>
     <row r="302" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B302" s="27"/>
       <c r="C302" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="18">
         <v>108.5891</v>
       </c>
       <c r="E302" s="50"/>
       <c r="F302" s="18">
-        <v>102.6585</v>
+        <v>102.6589</v>
       </c>
       <c r="G302" s="50"/>
       <c r="H302" s="18">
-        <v>97.432599999999994</v>
+        <v>97.432699999999997</v>
       </c>
       <c r="I302" s="18"/>
       <c r="J302" s="18"/>
       <c r="K302" s="50"/>
       <c r="L302" s="18"/>
       <c r="M302" s="18"/>
       <c r="N302" s="18"/>
       <c r="O302" s="49"/>
     </row>
     <row r="303" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B303" s="27"/>
       <c r="C303" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D303" s="18">
         <v>109.54219999999999</v>
       </c>
       <c r="E303" s="50"/>
       <c r="F303" s="18">
-        <v>103.773</v>
+        <v>103.7732</v>
       </c>
       <c r="G303" s="50"/>
       <c r="H303" s="18">
-        <v>97.432699999999997</v>
+        <v>97.432599999999994</v>
       </c>
       <c r="I303" s="18"/>
       <c r="J303" s="18"/>
       <c r="K303" s="50"/>
       <c r="L303" s="18"/>
       <c r="M303" s="18"/>
       <c r="N303" s="18"/>
       <c r="O303" s="49"/>
     </row>
     <row r="304" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B304" s="27"/>
       <c r="C304" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D304" s="18">
         <v>109.23690000000001</v>
       </c>
       <c r="E304" s="50"/>
       <c r="F304" s="18">
-        <v>103.70059999999999</v>
+        <v>103.70010000000001</v>
       </c>
       <c r="G304" s="50"/>
       <c r="H304" s="18">
         <v>96.375</v>
       </c>
       <c r="I304" s="18"/>
       <c r="J304" s="18">
-        <v>108.1485</v>
+        <v>108.148</v>
       </c>
       <c r="K304" s="50"/>
       <c r="L304" s="18">
-        <v>94.053200000000004</v>
+        <v>94.082899999999995</v>
       </c>
       <c r="M304" s="18"/>
       <c r="N304" s="18"/>
       <c r="O304" s="49"/>
     </row>
     <row r="305" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B305" s="27"/>
       <c r="C305" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D305" s="18">
         <v>108.83199999999999</v>
       </c>
       <c r="E305" s="50"/>
       <c r="F305" s="18">
-        <v>103.35</v>
+        <v>103.3497</v>
       </c>
       <c r="G305" s="50"/>
       <c r="H305" s="18">
-        <v>96.293899999999994</v>
+        <v>96.293700000000001</v>
       </c>
       <c r="I305" s="18"/>
       <c r="J305" s="18"/>
       <c r="K305" s="50"/>
       <c r="L305" s="18"/>
       <c r="M305" s="18"/>
       <c r="N305" s="18"/>
       <c r="O305" s="49"/>
     </row>
     <row r="306" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B306" s="27"/>
       <c r="C306" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D306" s="18">
         <v>108.7109</v>
       </c>
       <c r="E306" s="50"/>
       <c r="F306" s="18">
-        <v>103.3094</v>
+        <v>103.30889999999999</v>
       </c>
       <c r="G306" s="50"/>
       <c r="H306" s="18">
-        <v>95.738699999999994</v>
+        <v>95.738200000000006</v>
       </c>
       <c r="I306" s="18"/>
       <c r="J306" s="18"/>
       <c r="K306" s="50"/>
       <c r="L306" s="18"/>
       <c r="M306" s="18"/>
       <c r="N306" s="18"/>
       <c r="O306" s="49"/>
     </row>
     <row r="307" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B307" s="31"/>
       <c r="C307" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D307" s="19">
         <v>109.3625</v>
       </c>
       <c r="E307" s="52"/>
       <c r="F307" s="19">
-        <v>103.6009</v>
+        <v>103.601</v>
       </c>
       <c r="G307" s="52"/>
       <c r="H307" s="19">
-        <v>97.041200000000003</v>
+        <v>97.041300000000007</v>
       </c>
       <c r="I307" s="19"/>
       <c r="J307" s="19">
-        <v>108.54179999999999</v>
+        <v>108.5355</v>
       </c>
       <c r="K307" s="52"/>
       <c r="L307" s="19">
-        <v>86.269800000000004</v>
+        <v>86.285600000000002</v>
       </c>
       <c r="M307" s="19"/>
       <c r="N307" s="19"/>
       <c r="O307" s="49"/>
     </row>
     <row r="308" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B308" s="35">
         <v>2021</v>
       </c>
       <c r="C308" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D308" s="20">
         <v>108.8175</v>
       </c>
       <c r="E308" s="53"/>
       <c r="F308" s="20">
         <v>103.0252</v>
       </c>
       <c r="G308" s="53"/>
       <c r="H308" s="20">
-        <v>95.9328</v>
+        <v>95.932900000000004</v>
       </c>
       <c r="I308" s="20"/>
       <c r="J308" s="20"/>
       <c r="K308" s="53"/>
       <c r="L308" s="20"/>
       <c r="M308" s="20"/>
       <c r="N308" s="20"/>
       <c r="O308" s="49"/>
     </row>
     <row r="309" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B309" s="37"/>
       <c r="C309" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D309" s="18">
         <v>108.3725</v>
       </c>
       <c r="E309" s="50"/>
       <c r="F309" s="18">
-        <v>102.7334</v>
+        <v>102.73399999999999</v>
       </c>
       <c r="G309" s="50"/>
       <c r="H309" s="18">
         <v>95.838099999999997</v>
       </c>
       <c r="I309" s="18"/>
       <c r="J309" s="18"/>
       <c r="K309" s="50"/>
       <c r="L309" s="18"/>
       <c r="M309" s="18"/>
       <c r="N309" s="18"/>
       <c r="O309" s="49"/>
     </row>
     <row r="310" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B310" s="37"/>
       <c r="C310" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D310" s="18">
         <v>108.39879999999999</v>
       </c>
       <c r="E310" s="50"/>
       <c r="F310" s="18">
-        <v>102.9616</v>
+        <v>102.9611</v>
       </c>
       <c r="G310" s="50"/>
       <c r="H310" s="18">
         <v>96.191599999999994</v>
       </c>
       <c r="I310" s="18"/>
       <c r="J310" s="18">
-        <v>108.221</v>
+        <v>108.2137</v>
       </c>
       <c r="K310" s="50"/>
       <c r="L310" s="18">
-        <v>86.276899999999998</v>
+        <v>86.284899999999993</v>
       </c>
       <c r="M310" s="18"/>
       <c r="N310" s="18"/>
       <c r="O310" s="49"/>
     </row>
     <row r="311" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B311" s="37"/>
       <c r="C311" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D311" s="18">
         <v>108.7586</v>
       </c>
       <c r="E311" s="50"/>
       <c r="F311" s="18">
-        <v>103.0112</v>
+        <v>103.0116</v>
       </c>
       <c r="G311" s="50"/>
       <c r="H311" s="18">
         <v>94.733999999999995</v>
       </c>
       <c r="I311" s="18"/>
       <c r="J311" s="18"/>
       <c r="K311" s="50"/>
       <c r="L311" s="18"/>
       <c r="M311" s="18"/>
       <c r="N311" s="18"/>
       <c r="O311" s="49"/>
     </row>
     <row r="312" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B312" s="37"/>
       <c r="C312" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="18">
         <v>109.42100000000001</v>
       </c>
       <c r="E312" s="50"/>
       <c r="F312" s="18">
-        <v>103.42010000000001</v>
+        <v>103.4198</v>
       </c>
       <c r="G312" s="50"/>
       <c r="H312" s="18">
-        <v>95.071299999999994</v>
+        <v>95.071600000000004</v>
       </c>
       <c r="I312" s="18"/>
       <c r="J312" s="18"/>
       <c r="K312" s="50"/>
       <c r="L312" s="18"/>
       <c r="M312" s="18"/>
       <c r="N312" s="18"/>
       <c r="O312" s="49"/>
     </row>
     <row r="313" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B313" s="37"/>
       <c r="C313" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="18">
         <v>109.5089</v>
       </c>
       <c r="E313" s="50"/>
       <c r="F313" s="18">
-        <v>103.31870000000001</v>
+        <v>103.319</v>
       </c>
       <c r="G313" s="50"/>
       <c r="H313" s="18">
-        <v>94.896900000000002</v>
+        <v>94.8977</v>
       </c>
       <c r="I313" s="18"/>
       <c r="J313" s="18">
-        <v>107.6557</v>
+        <v>107.65689999999999</v>
       </c>
       <c r="K313" s="50"/>
       <c r="L313" s="18">
-        <v>85.715900000000005</v>
+        <v>85.744200000000006</v>
       </c>
       <c r="M313" s="18"/>
       <c r="N313" s="18"/>
       <c r="O313" s="49"/>
     </row>
     <row r="314" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B314" s="37"/>
       <c r="C314" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="18">
         <v>109.3304</v>
       </c>
       <c r="E314" s="50"/>
       <c r="F314" s="18">
-        <v>103.328</v>
+        <v>103.3275</v>
       </c>
       <c r="G314" s="50"/>
       <c r="H314" s="18">
         <v>94.724000000000004</v>
       </c>
       <c r="I314" s="18"/>
       <c r="J314" s="18"/>
       <c r="K314" s="50"/>
       <c r="L314" s="18"/>
       <c r="M314" s="18"/>
       <c r="N314" s="18"/>
       <c r="O314" s="49"/>
     </row>
     <row r="315" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B315" s="37"/>
       <c r="C315" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D315" s="18">
         <v>109.19840000000001</v>
       </c>
       <c r="E315" s="50"/>
       <c r="F315" s="18">
         <v>103.2889</v>
       </c>
       <c r="G315" s="50"/>
       <c r="H315" s="18">
-        <v>94.01</v>
+        <v>94.009799999999998</v>
       </c>
       <c r="I315" s="18"/>
       <c r="J315" s="18"/>
       <c r="K315" s="50"/>
       <c r="L315" s="18"/>
       <c r="M315" s="18"/>
       <c r="N315" s="18"/>
       <c r="O315" s="49"/>
     </row>
     <row r="316" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B316" s="37"/>
       <c r="C316" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D316" s="18">
         <v>109.2483</v>
       </c>
       <c r="E316" s="50"/>
       <c r="F316" s="18">
-        <v>103.55110000000001</v>
+        <v>103.5514</v>
       </c>
       <c r="G316" s="50"/>
       <c r="H316" s="18">
-        <v>93.923599999999993</v>
+        <v>93.923500000000004</v>
       </c>
       <c r="I316" s="18"/>
       <c r="J316" s="18">
-        <v>108.5963</v>
+        <v>108.5942</v>
       </c>
       <c r="K316" s="50"/>
       <c r="L316" s="18">
-        <v>85.951099999999997</v>
+        <v>85.975700000000003</v>
       </c>
       <c r="M316" s="18"/>
       <c r="N316" s="18"/>
       <c r="O316" s="49"/>
     </row>
     <row r="317" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B317" s="37"/>
       <c r="C317" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D317" s="18">
         <v>108.7578</v>
       </c>
       <c r="E317" s="50"/>
       <c r="F317" s="18">
-        <v>102.7958</v>
+        <v>102.7954</v>
       </c>
       <c r="G317" s="50"/>
       <c r="H317" s="18">
-        <v>94.446299999999994</v>
+        <v>94.445899999999995</v>
       </c>
       <c r="I317" s="18"/>
       <c r="J317" s="18"/>
       <c r="K317" s="50"/>
       <c r="L317" s="18"/>
       <c r="M317" s="18"/>
       <c r="N317" s="18"/>
       <c r="O317" s="49"/>
     </row>
     <row r="318" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B318" s="37"/>
       <c r="C318" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D318" s="18">
         <v>108.5684</v>
       </c>
       <c r="E318" s="50"/>
       <c r="F318" s="18">
-        <v>102.65430000000001</v>
+        <v>102.65470000000001</v>
       </c>
       <c r="G318" s="50"/>
       <c r="H318" s="18">
-        <v>94.455200000000005</v>
+        <v>94.454300000000003</v>
       </c>
       <c r="I318" s="18"/>
       <c r="J318" s="18"/>
       <c r="K318" s="50"/>
       <c r="L318" s="18"/>
       <c r="M318" s="18"/>
       <c r="N318" s="18"/>
       <c r="O318" s="49"/>
     </row>
     <row r="319" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B319" s="37"/>
       <c r="C319" s="22" t="s">
         <v>13</v>
       </c>
       <c r="D319" s="18">
         <v>108.8117</v>
       </c>
       <c r="E319" s="50"/>
       <c r="F319" s="18">
-        <v>102.828</v>
+        <v>102.82810000000001</v>
       </c>
       <c r="G319" s="50"/>
       <c r="H319" s="18">
         <v>93.412899999999993</v>
       </c>
       <c r="I319" s="18"/>
       <c r="J319" s="18">
-        <v>107.2439</v>
+        <v>107.24290000000001</v>
       </c>
       <c r="K319" s="50"/>
       <c r="L319" s="18">
-        <v>83.535799999999995</v>
+        <v>83.555599999999998</v>
       </c>
       <c r="M319" s="18"/>
       <c r="N319" s="18"/>
       <c r="O319" s="49"/>
     </row>
     <row r="320" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B320" s="35">
         <v>2022</v>
       </c>
       <c r="C320" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D320" s="20">
         <v>108.4918</v>
       </c>
       <c r="E320" s="53"/>
       <c r="F320" s="20">
-        <v>102.31270000000001</v>
+        <v>102.3124</v>
       </c>
       <c r="G320" s="53"/>
       <c r="H320" s="20">
-        <v>92.6648</v>
+        <v>92.665000000000006</v>
       </c>
       <c r="I320" s="20"/>
       <c r="J320" s="20"/>
       <c r="K320" s="53"/>
       <c r="L320" s="20"/>
       <c r="M320" s="20"/>
       <c r="N320" s="20"/>
       <c r="O320" s="49"/>
     </row>
     <row r="321" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B321" s="37"/>
       <c r="C321" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D321" s="18">
         <v>108.4823</v>
       </c>
       <c r="E321" s="50"/>
       <c r="F321" s="18">
-        <v>102.58410000000001</v>
+        <v>102.5849</v>
       </c>
       <c r="G321" s="50"/>
       <c r="H321" s="18">
-        <v>92.805199999999999</v>
+        <v>92.805300000000003</v>
       </c>
       <c r="I321" s="18"/>
       <c r="J321" s="18"/>
       <c r="K321" s="50"/>
       <c r="L321" s="18"/>
       <c r="M321" s="18"/>
       <c r="N321" s="18"/>
       <c r="O321" s="49"/>
     </row>
     <row r="322" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B322" s="37"/>
       <c r="C322" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D322" s="18">
         <v>108.0394</v>
       </c>
       <c r="E322" s="50"/>
       <c r="F322" s="18">
-        <v>102.1384</v>
+        <v>102.1388</v>
       </c>
       <c r="G322" s="50"/>
       <c r="H322" s="18">
-        <v>93.234200000000001</v>
+        <v>93.234300000000005</v>
       </c>
       <c r="I322" s="18"/>
       <c r="J322" s="18">
-        <v>106.08450000000001</v>
+        <v>106.0847</v>
       </c>
       <c r="K322" s="50"/>
       <c r="L322" s="18">
-        <v>83.510599999999997</v>
+        <v>83.527299999999997</v>
       </c>
       <c r="M322" s="18"/>
       <c r="N322" s="18"/>
       <c r="O322" s="49"/>
     </row>
     <row r="323" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B323" s="37"/>
       <c r="C323" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D323" s="18">
         <v>107.5592</v>
       </c>
       <c r="E323" s="50"/>
       <c r="F323" s="18">
-        <v>103.0457</v>
+        <v>103.04600000000001</v>
       </c>
       <c r="G323" s="50"/>
       <c r="H323" s="18">
-        <v>90.796599999999998</v>
+        <v>90.796800000000005</v>
       </c>
       <c r="I323" s="18"/>
       <c r="J323" s="18"/>
       <c r="K323" s="50"/>
       <c r="L323" s="18"/>
       <c r="M323" s="18"/>
       <c r="N323" s="18"/>
       <c r="O323" s="49"/>
     </row>
     <row r="324" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B324" s="37"/>
       <c r="C324" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D324" s="18">
         <v>108.05540000000001</v>
       </c>
       <c r="E324" s="50"/>
       <c r="F324" s="18">
-        <v>103.7161</v>
+        <v>103.71599999999999</v>
       </c>
       <c r="G324" s="50"/>
       <c r="H324" s="18">
-        <v>92.355000000000004</v>
+        <v>92.355400000000003</v>
       </c>
       <c r="I324" s="18"/>
       <c r="J324" s="18"/>
       <c r="K324" s="50"/>
       <c r="L324" s="18"/>
       <c r="M324" s="18"/>
       <c r="N324" s="18"/>
       <c r="O324" s="49"/>
     </row>
     <row r="325" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B325" s="37"/>
       <c r="C325" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D325" s="18">
         <v>108.4687</v>
       </c>
       <c r="E325" s="50"/>
       <c r="F325" s="18">
-        <v>104.431</v>
+        <v>104.43089999999999</v>
       </c>
       <c r="G325" s="50"/>
       <c r="H325" s="18">
-        <v>92.445700000000002</v>
+        <v>92.447100000000006</v>
       </c>
       <c r="I325" s="18"/>
       <c r="J325" s="18">
-        <v>106.1628</v>
+        <v>106.1657</v>
       </c>
       <c r="K325" s="50"/>
       <c r="L325" s="18">
-        <v>85.479200000000006</v>
+        <v>85.508099999999999</v>
       </c>
       <c r="M325" s="18"/>
       <c r="N325" s="18"/>
       <c r="O325" s="49"/>
     </row>
     <row r="326" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B326" s="37"/>
       <c r="C326" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="18">
         <v>108.0226</v>
       </c>
       <c r="E326" s="50"/>
       <c r="F326" s="18">
-        <v>104.3079</v>
+        <v>104.30759999999999</v>
       </c>
       <c r="G326" s="50"/>
       <c r="H326" s="18">
         <v>93.199299999999994</v>
       </c>
       <c r="I326" s="18"/>
       <c r="J326" s="18"/>
       <c r="K326" s="50"/>
       <c r="L326" s="18"/>
       <c r="M326" s="18"/>
       <c r="N326" s="18"/>
       <c r="O326" s="49"/>
     </row>
     <row r="327" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B327" s="37"/>
       <c r="C327" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D327" s="18">
         <v>107.9349</v>
       </c>
       <c r="E327" s="50"/>
       <c r="F327" s="18">
-        <v>103.8528</v>
+        <v>103.85209999999999</v>
       </c>
       <c r="G327" s="50"/>
       <c r="H327" s="18">
-        <v>92.5959</v>
+        <v>92.595600000000005</v>
       </c>
       <c r="I327" s="18"/>
       <c r="J327" s="18"/>
       <c r="K327" s="50"/>
       <c r="L327" s="18"/>
       <c r="M327" s="18"/>
       <c r="N327" s="18"/>
       <c r="O327" s="49"/>
     </row>
     <row r="328" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B328" s="37"/>
       <c r="C328" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D328" s="18">
         <v>107.95869999999999</v>
       </c>
       <c r="E328" s="50"/>
       <c r="F328" s="18">
-        <v>103.4812</v>
+        <v>103.4806</v>
       </c>
       <c r="G328" s="50"/>
       <c r="H328" s="18">
-        <v>93.1387</v>
+        <v>93.138099999999994</v>
       </c>
       <c r="I328" s="18"/>
       <c r="J328" s="18">
-        <v>106.8614</v>
+        <v>106.86490000000001</v>
       </c>
       <c r="K328" s="50"/>
       <c r="L328" s="18">
-        <v>86.565299999999993</v>
+        <v>86.589200000000005</v>
       </c>
       <c r="M328" s="18"/>
       <c r="N328" s="18"/>
       <c r="O328" s="49"/>
     </row>
     <row r="329" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B329" s="38"/>
       <c r="C329" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D329" s="18">
         <v>108.312</v>
       </c>
       <c r="E329" s="50"/>
       <c r="F329" s="18">
-        <v>103.38030000000001</v>
+        <v>103.37860000000001</v>
       </c>
       <c r="G329" s="50"/>
       <c r="H329" s="18">
-        <v>93.049099999999996</v>
+        <v>93.048100000000005</v>
       </c>
       <c r="I329" s="18"/>
       <c r="J329" s="18"/>
       <c r="K329" s="50"/>
       <c r="L329" s="18"/>
       <c r="M329" s="18"/>
       <c r="N329" s="18"/>
       <c r="O329" s="49"/>
     </row>
     <row r="330" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B330" s="38"/>
       <c r="C330" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D330" s="18">
         <v>108.5722</v>
       </c>
       <c r="E330" s="50"/>
       <c r="F330" s="18">
-        <v>104.22239999999999</v>
+        <v>104.2225</v>
       </c>
       <c r="G330" s="50"/>
       <c r="H330" s="18">
-        <v>94.420699999999997</v>
+        <v>94.419399999999996</v>
       </c>
       <c r="I330" s="18"/>
       <c r="J330" s="18"/>
       <c r="K330" s="50"/>
       <c r="L330" s="18"/>
       <c r="M330" s="18"/>
       <c r="N330" s="18"/>
       <c r="O330" s="49"/>
     </row>
     <row r="331" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B331" s="39"/>
       <c r="C331" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D331" s="19">
         <v>109.1814</v>
       </c>
       <c r="E331" s="50"/>
       <c r="F331" s="19">
-        <v>105.06910000000001</v>
+        <v>105.0702</v>
       </c>
       <c r="G331" s="50"/>
       <c r="H331" s="19">
-        <v>93.599299999999999</v>
+        <v>93.599000000000004</v>
       </c>
       <c r="I331" s="19"/>
       <c r="J331" s="19">
-        <v>111.67440000000001</v>
+        <v>111.6737</v>
       </c>
       <c r="K331" s="50"/>
       <c r="L331" s="19">
-        <v>90.157600000000002</v>
+        <v>90.185400000000001</v>
       </c>
       <c r="M331" s="19"/>
       <c r="N331" s="19"/>
       <c r="O331" s="49"/>
     </row>
     <row r="332" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B332" s="22">
         <v>2023</v>
       </c>
       <c r="C332" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D332" s="18">
         <v>109.45699999999999</v>
       </c>
       <c r="E332" s="53"/>
       <c r="F332" s="18">
-        <v>105.25190000000001</v>
+        <v>105.25230000000001</v>
       </c>
       <c r="G332" s="53"/>
       <c r="H332" s="18">
-        <v>93.486699999999999</v>
+        <v>93.486999999999995</v>
       </c>
       <c r="I332" s="18"/>
       <c r="J332" s="18"/>
       <c r="K332" s="53"/>
       <c r="L332" s="18"/>
       <c r="M332" s="18"/>
       <c r="N332" s="18"/>
       <c r="O332" s="49"/>
     </row>
     <row r="333" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B333" s="22"/>
       <c r="C333" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D333" s="18">
         <v>109.4072</v>
       </c>
       <c r="E333" s="50"/>
       <c r="F333" s="18">
-        <v>105.0934</v>
+        <v>105.09399999999999</v>
       </c>
       <c r="G333" s="50"/>
       <c r="H333" s="18">
-        <v>92.827500000000001</v>
+        <v>92.828000000000003</v>
       </c>
       <c r="I333" s="18"/>
       <c r="J333" s="18"/>
       <c r="K333" s="50"/>
       <c r="L333" s="18"/>
       <c r="M333" s="18"/>
       <c r="N333" s="18"/>
       <c r="O333" s="49"/>
     </row>
     <row r="334" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B334" s="22"/>
       <c r="C334" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D334" s="18">
         <v>109.5331</v>
       </c>
       <c r="E334" s="50"/>
       <c r="F334" s="18">
-        <v>105.26730000000001</v>
+        <v>105.26860000000001</v>
       </c>
       <c r="G334" s="50"/>
       <c r="H334" s="18">
-        <v>93.647199999999998</v>
+        <v>93.647999999999996</v>
       </c>
       <c r="I334" s="18"/>
       <c r="J334" s="18">
-        <v>114.092</v>
+        <v>114.0869</v>
       </c>
       <c r="K334" s="50"/>
       <c r="L334" s="18">
-        <v>88.473200000000006</v>
+        <v>88.494799999999998</v>
       </c>
       <c r="M334" s="18"/>
       <c r="N334" s="18"/>
       <c r="O334" s="49"/>
     </row>
     <row r="335" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B335" s="22"/>
       <c r="C335" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D335" s="18">
         <v>109.9744</v>
       </c>
       <c r="E335" s="50"/>
       <c r="F335" s="18">
-        <v>105.9404</v>
+        <v>105.94110000000001</v>
       </c>
       <c r="G335" s="50"/>
       <c r="H335" s="18">
-        <v>93.776300000000006</v>
+        <v>93.777199999999993</v>
       </c>
       <c r="I335" s="18"/>
       <c r="J335" s="18"/>
       <c r="K335" s="50"/>
       <c r="L335" s="18"/>
       <c r="M335" s="18"/>
       <c r="N335" s="18"/>
       <c r="O335" s="49"/>
     </row>
     <row r="336" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B336" s="22"/>
       <c r="C336" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="18">
         <v>109.7715</v>
       </c>
       <c r="E336" s="50"/>
       <c r="F336" s="18">
-        <v>106.1968</v>
+        <v>106.1972</v>
       </c>
       <c r="G336" s="50"/>
       <c r="H336" s="18">
-        <v>92.957899999999995</v>
+        <v>92.9589</v>
       </c>
       <c r="I336" s="18"/>
       <c r="J336" s="18"/>
       <c r="K336" s="50"/>
       <c r="L336" s="18"/>
       <c r="M336" s="18"/>
       <c r="N336" s="18"/>
       <c r="O336" s="49"/>
     </row>
     <row r="337" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B337" s="22"/>
       <c r="C337" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D337" s="18">
         <v>110.17440000000001</v>
       </c>
       <c r="E337" s="50"/>
       <c r="F337" s="18">
-        <v>107.52800000000001</v>
+        <v>107.5277</v>
       </c>
       <c r="G337" s="50"/>
       <c r="H337" s="18">
-        <v>94.294300000000007</v>
+        <v>94.295900000000003</v>
       </c>
       <c r="I337" s="18"/>
       <c r="J337" s="18">
-        <v>115.36969999999999</v>
+        <v>115.37609999999999</v>
       </c>
       <c r="K337" s="50"/>
       <c r="L337" s="18">
-        <v>88.956199999999995</v>
+        <v>88.992599999999996</v>
       </c>
       <c r="M337" s="18"/>
       <c r="N337" s="18"/>
       <c r="O337" s="49"/>
     </row>
     <row r="338" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B338" s="44"/>
       <c r="C338" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="18">
         <v>110.937</v>
       </c>
       <c r="E338" s="50"/>
       <c r="F338" s="18">
-        <v>108.6198</v>
+        <v>108.6187</v>
       </c>
       <c r="G338" s="50"/>
       <c r="H338" s="18">
-        <v>94.718599999999995</v>
+        <v>94.718800000000002</v>
       </c>
       <c r="I338" s="18"/>
       <c r="J338" s="18"/>
       <c r="K338" s="50"/>
       <c r="L338" s="18"/>
       <c r="M338" s="18"/>
       <c r="N338" s="18"/>
       <c r="O338" s="49"/>
     </row>
     <row r="339" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B339" s="22"/>
       <c r="C339" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D339" s="18">
         <v>111.00279999999999</v>
       </c>
       <c r="E339" s="50"/>
       <c r="F339" s="18">
-        <v>108.7072</v>
+        <v>108.7058</v>
       </c>
       <c r="G339" s="50"/>
       <c r="H339" s="18">
-        <v>96.061999999999998</v>
+        <v>96.061400000000006</v>
       </c>
       <c r="I339" s="18"/>
       <c r="J339" s="18"/>
       <c r="K339" s="50"/>
       <c r="L339" s="18"/>
       <c r="M339" s="18"/>
       <c r="N339" s="18"/>
       <c r="O339" s="49"/>
     </row>
     <row r="340" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B340" s="44"/>
       <c r="C340" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D340" s="18">
         <v>110.8442</v>
       </c>
       <c r="E340" s="50"/>
       <c r="F340" s="18">
-        <v>108.0804</v>
+        <v>108.0783</v>
       </c>
       <c r="G340" s="50"/>
       <c r="H340" s="18">
-        <v>95.955799999999996</v>
+        <v>95.954300000000003</v>
       </c>
       <c r="I340" s="18"/>
       <c r="J340" s="18">
-        <v>117.7504</v>
+        <v>117.7586</v>
       </c>
       <c r="K340" s="50"/>
       <c r="L340" s="18">
-        <v>92.777699999999996</v>
+        <v>92.813299999999998</v>
       </c>
       <c r="M340" s="18"/>
       <c r="N340" s="18"/>
       <c r="O340" s="49"/>
     </row>
     <row r="341" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B341" s="44"/>
       <c r="C341" s="44" t="s">
         <v>11</v>
       </c>
       <c r="D341" s="18">
         <v>110.6862</v>
       </c>
       <c r="E341" s="50"/>
       <c r="F341" s="18">
-        <v>107.8843</v>
+        <v>107.8806</v>
       </c>
       <c r="G341" s="50"/>
       <c r="H341" s="18">
-        <v>95.622500000000002</v>
+        <v>95.620099999999994</v>
       </c>
       <c r="I341" s="18"/>
       <c r="J341" s="18"/>
       <c r="K341" s="50"/>
       <c r="L341" s="18"/>
       <c r="M341" s="18"/>
       <c r="N341" s="18"/>
       <c r="O341" s="49"/>
     </row>
     <row r="342" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B342" s="44"/>
       <c r="C342" s="44" t="s">
         <v>12</v>
       </c>
       <c r="D342" s="18">
         <v>110.8927</v>
       </c>
       <c r="E342" s="50"/>
       <c r="F342" s="18">
-        <v>108.0153</v>
+        <v>108.0149</v>
       </c>
       <c r="G342" s="50"/>
       <c r="H342" s="18">
-        <v>95.212699999999998</v>
+        <v>95.209599999999995</v>
       </c>
       <c r="I342" s="18"/>
       <c r="J342" s="18"/>
       <c r="K342" s="50"/>
       <c r="L342" s="18"/>
       <c r="M342" s="18"/>
       <c r="N342" s="18"/>
       <c r="O342" s="49"/>
     </row>
     <row r="343" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B343" s="32"/>
       <c r="C343" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D343" s="19">
         <v>110.8026</v>
       </c>
       <c r="E343" s="52"/>
       <c r="F343" s="19">
-        <v>107.7786</v>
+        <v>107.7808</v>
       </c>
       <c r="G343" s="52"/>
       <c r="H343" s="19">
-        <v>94.808800000000005</v>
+        <v>94.808300000000003</v>
       </c>
       <c r="I343" s="19"/>
       <c r="J343" s="19">
-        <v>116.0779</v>
+        <v>116.06789999999999</v>
       </c>
       <c r="K343" s="52"/>
       <c r="L343" s="19">
-        <v>92.190399999999997</v>
+        <v>92.214399999999998</v>
       </c>
       <c r="M343" s="19"/>
       <c r="N343" s="19"/>
       <c r="O343" s="49"/>
     </row>
     <row r="344" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B344" s="44">
         <v>2024</v>
       </c>
       <c r="C344" s="44" t="s">
         <v>2</v>
       </c>
       <c r="D344" s="18">
         <v>110.9721</v>
       </c>
       <c r="E344" s="50"/>
       <c r="F344" s="18">
-        <v>107.7527</v>
+        <v>107.75539999999999</v>
       </c>
       <c r="G344" s="50"/>
       <c r="H344" s="18">
-        <v>96.087400000000002</v>
+        <v>96.088499999999996</v>
       </c>
       <c r="I344" s="18"/>
       <c r="J344" s="18"/>
       <c r="K344" s="50"/>
       <c r="L344" s="18"/>
       <c r="M344" s="18"/>
       <c r="N344" s="18"/>
       <c r="O344" s="49"/>
     </row>
     <row r="345" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B345" s="44"/>
       <c r="C345" s="44" t="s">
         <v>3</v>
       </c>
       <c r="D345" s="18">
         <v>110.947</v>
       </c>
       <c r="E345" s="50"/>
       <c r="F345" s="18">
-        <v>107.7272</v>
+        <v>107.7286</v>
       </c>
       <c r="G345" s="50"/>
       <c r="H345" s="18">
-        <v>95.551000000000002</v>
+        <v>95.552700000000002</v>
       </c>
       <c r="I345" s="18"/>
       <c r="J345" s="18"/>
       <c r="K345" s="50"/>
       <c r="L345" s="18"/>
       <c r="M345" s="18"/>
       <c r="N345" s="18"/>
       <c r="O345" s="49"/>
     </row>
     <row r="346" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B346" s="44"/>
       <c r="C346" s="44" t="s">
         <v>4</v>
       </c>
       <c r="D346" s="18">
         <v>111.3368</v>
       </c>
       <c r="E346" s="50"/>
       <c r="F346" s="18">
-        <v>108.3608</v>
+        <v>108.3629</v>
       </c>
       <c r="G346" s="50"/>
       <c r="H346" s="18">
-        <v>95.978499999999997</v>
+        <v>95.980400000000003</v>
       </c>
       <c r="I346" s="18"/>
       <c r="J346" s="18">
-        <v>118.6324</v>
+        <v>118.6284</v>
       </c>
       <c r="K346" s="50"/>
       <c r="L346" s="18">
-        <v>91.577799999999996</v>
+        <v>91.5959</v>
       </c>
       <c r="M346" s="18"/>
       <c r="N346" s="18"/>
       <c r="O346" s="49"/>
     </row>
     <row r="347" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B347" s="44"/>
       <c r="C347" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D347" s="18">
         <v>111.2615</v>
       </c>
       <c r="E347" s="50"/>
       <c r="F347" s="18">
-        <v>108.4079</v>
+        <v>108.4084</v>
       </c>
       <c r="G347" s="50"/>
       <c r="H347" s="18">
-        <v>96.422300000000007</v>
+        <v>96.424300000000002</v>
       </c>
       <c r="I347" s="18"/>
       <c r="J347" s="18"/>
       <c r="K347" s="50"/>
       <c r="L347" s="18"/>
       <c r="M347" s="18"/>
       <c r="N347" s="18"/>
       <c r="O347" s="49"/>
     </row>
     <row r="348" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B348" s="44"/>
       <c r="C348" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D348" s="18">
         <v>111.294</v>
       </c>
       <c r="E348" s="50"/>
       <c r="F348" s="18">
-        <v>108.4003</v>
+        <v>108.4004</v>
       </c>
       <c r="G348" s="50"/>
       <c r="H348" s="18">
-        <v>95.272199999999998</v>
+        <v>95.274100000000004</v>
       </c>
       <c r="I348" s="18"/>
       <c r="J348" s="18"/>
       <c r="K348" s="50"/>
       <c r="L348" s="18"/>
       <c r="M348" s="18"/>
       <c r="N348" s="18"/>
       <c r="O348" s="49"/>
     </row>
     <row r="349" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B349" s="44"/>
       <c r="C349" s="46" t="s">
         <v>7</v>
       </c>
       <c r="D349" s="18">
         <v>111.2188</v>
       </c>
       <c r="E349" s="50"/>
       <c r="F349" s="18">
-        <v>108.5689</v>
+        <v>108.568</v>
       </c>
       <c r="G349" s="50"/>
       <c r="H349" s="18">
-        <v>94.778199999999998</v>
+        <v>94.78</v>
       </c>
       <c r="I349" s="18"/>
       <c r="J349" s="18">
-        <v>117.3095</v>
+        <v>117.295</v>
       </c>
       <c r="K349" s="50"/>
       <c r="L349" s="18">
-        <v>95.648300000000006</v>
+        <v>95.677199999999999</v>
       </c>
       <c r="M349" s="18"/>
       <c r="N349" s="18"/>
       <c r="O349" s="49"/>
     </row>
     <row r="350" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B350" s="44"/>
       <c r="C350" s="46" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="18">
         <v>111.4744</v>
       </c>
       <c r="E350" s="50"/>
       <c r="F350" s="18">
-        <v>108.99339999999999</v>
+        <v>108.992</v>
       </c>
       <c r="G350" s="50"/>
       <c r="H350" s="18">
-        <v>96.385000000000005</v>
+        <v>96.385300000000001</v>
       </c>
       <c r="I350" s="18"/>
       <c r="J350" s="18"/>
       <c r="K350" s="50"/>
       <c r="L350" s="18"/>
       <c r="M350" s="18"/>
       <c r="N350" s="18"/>
       <c r="O350" s="49"/>
     </row>
     <row r="351" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="47"/>
       <c r="B351" s="47"/>
       <c r="C351" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D351" s="18">
         <v>111.6815</v>
       </c>
       <c r="E351" s="50"/>
       <c r="F351" s="18">
-        <v>109.1948</v>
+        <v>109.19199999999999</v>
       </c>
       <c r="G351" s="50"/>
       <c r="H351" s="18">
-        <v>95.172700000000006</v>
+        <v>95.171599999999998</v>
       </c>
       <c r="I351" s="18"/>
       <c r="J351" s="18"/>
       <c r="K351" s="50"/>
       <c r="L351" s="18"/>
       <c r="M351" s="18"/>
       <c r="N351" s="18"/>
       <c r="O351" s="49"/>
     </row>
     <row r="352" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="47"/>
       <c r="B352" s="47"/>
       <c r="C352" s="46" t="s">
         <v>10</v>
       </c>
       <c r="D352" s="18">
         <v>111.6781</v>
       </c>
       <c r="E352" s="50"/>
       <c r="F352" s="18">
-        <v>109.2604</v>
+        <v>109.25709999999999</v>
       </c>
       <c r="G352" s="50"/>
       <c r="H352" s="18">
-        <v>94.252799999999993</v>
+        <v>94.250200000000007</v>
       </c>
       <c r="I352" s="18"/>
       <c r="J352" s="18">
-        <v>117.292</v>
+        <v>117.2897</v>
       </c>
       <c r="K352" s="50"/>
       <c r="L352" s="18">
-        <v>97.124899999999997</v>
+        <v>97.156300000000002</v>
       </c>
       <c r="M352" s="18"/>
       <c r="N352" s="18"/>
       <c r="O352" s="49"/>
     </row>
     <row r="353" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="47"/>
       <c r="B353" s="47"/>
       <c r="C353" s="48" t="s">
         <v>11</v>
       </c>
       <c r="D353" s="18">
         <v>111.49679999999999</v>
       </c>
       <c r="E353" s="50"/>
       <c r="F353" s="18">
-        <v>109.4442</v>
+        <v>109.4379</v>
       </c>
       <c r="G353" s="50"/>
       <c r="H353" s="18">
-        <v>95.190399999999997</v>
+        <v>95.186400000000006</v>
       </c>
       <c r="I353" s="18"/>
       <c r="J353" s="18"/>
       <c r="K353" s="50"/>
       <c r="L353" s="18"/>
       <c r="M353" s="18"/>
       <c r="N353" s="18"/>
       <c r="O353" s="49"/>
     </row>
     <row r="354" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="47"/>
       <c r="B354" s="47"/>
       <c r="C354" s="48" t="s">
         <v>12</v>
       </c>
       <c r="D354" s="18">
         <v>111.268</v>
       </c>
       <c r="E354" s="50"/>
       <c r="F354" s="18">
-        <v>109.35429999999999</v>
+        <v>109.3683</v>
       </c>
       <c r="G354" s="50"/>
       <c r="H354" s="18">
-        <v>94.848600000000005</v>
+        <v>94.843400000000003</v>
       </c>
       <c r="I354" s="18"/>
       <c r="J354" s="18"/>
       <c r="K354" s="50"/>
       <c r="L354" s="18"/>
       <c r="M354" s="18"/>
       <c r="N354" s="18"/>
       <c r="O354" s="49"/>
     </row>
     <row r="355" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="9"/>
       <c r="B355" s="55"/>
       <c r="C355" s="56" t="s">
         <v>13</v>
       </c>
       <c r="D355" s="19">
         <v>111.0275</v>
       </c>
       <c r="E355" s="52"/>
       <c r="F355" s="19">
-        <v>109.4072</v>
+        <v>109.3973</v>
       </c>
       <c r="G355" s="52"/>
       <c r="H355" s="19">
-        <v>94.586500000000001</v>
+        <v>94.585899999999995</v>
       </c>
       <c r="I355" s="19"/>
       <c r="J355" s="19">
-        <v>116.819</v>
+        <v>116.8121</v>
       </c>
       <c r="K355" s="52"/>
       <c r="L355" s="19">
-        <v>98.260800000000003</v>
+        <v>98.283100000000005</v>
       </c>
       <c r="M355" s="19"/>
       <c r="N355" s="19"/>
       <c r="O355" s="49"/>
     </row>
     <row r="356" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="9"/>
       <c r="B356" s="44">
         <v>2025</v>
       </c>
       <c r="C356" s="48" t="s">
         <v>2</v>
       </c>
       <c r="D356" s="18">
         <v>110.9148</v>
       </c>
       <c r="E356" s="50"/>
       <c r="F356" s="18">
-        <v>109.4954</v>
+        <v>109.4903</v>
       </c>
       <c r="G356" s="50"/>
       <c r="H356" s="18">
-        <v>95.037700000000001</v>
+        <v>95.039699999999996</v>
       </c>
       <c r="I356" s="18"/>
       <c r="J356" s="18"/>
       <c r="K356" s="50"/>
       <c r="L356" s="18"/>
       <c r="M356" s="18"/>
       <c r="N356" s="18"/>
       <c r="O356" s="49"/>
     </row>
     <row r="357" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="47"/>
       <c r="B357" s="44"/>
       <c r="C357" s="48" t="s">
         <v>3</v>
       </c>
       <c r="D357" s="18">
         <v>110.70569999999999</v>
       </c>
       <c r="E357" s="50"/>
       <c r="F357" s="18">
-        <v>109.2025</v>
+        <v>109.2124</v>
       </c>
       <c r="G357" s="50"/>
       <c r="H357" s="18">
-        <v>95.059799999999996</v>
+        <v>95.062600000000003</v>
       </c>
       <c r="I357" s="18"/>
       <c r="J357" s="18"/>
       <c r="K357" s="50"/>
       <c r="L357" s="18"/>
       <c r="M357" s="18"/>
       <c r="N357" s="18"/>
       <c r="O357" s="49"/>
     </row>
     <row r="358" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="47"/>
       <c r="B358" s="44"/>
       <c r="C358" s="54" t="s">
         <v>4</v>
       </c>
       <c r="D358" s="18">
         <v>111.5412</v>
       </c>
       <c r="E358" s="50"/>
       <c r="F358" s="18">
-        <v>109.8032</v>
+        <v>109.8065</v>
       </c>
       <c r="G358" s="50"/>
       <c r="H358" s="18">
-        <v>94.968100000000007</v>
+        <v>94.971199999999996</v>
       </c>
       <c r="I358" s="18"/>
       <c r="J358" s="18">
-        <v>117.069</v>
+        <v>117.0184</v>
       </c>
       <c r="K358" s="50"/>
       <c r="L358" s="18">
-        <v>98.706999999999994</v>
+        <v>98.719099999999997</v>
       </c>
       <c r="M358" s="18"/>
       <c r="N358" s="18"/>
       <c r="O358" s="49"/>
     </row>
     <row r="359" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="47"/>
       <c r="B359" s="44"/>
       <c r="C359" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D359" s="18">
         <v>112.611</v>
       </c>
       <c r="E359" s="50"/>
       <c r="F359" s="18">
-        <v>110.7649</v>
+        <v>110.75920000000001</v>
       </c>
       <c r="G359" s="50"/>
       <c r="H359" s="18">
-        <v>94.747799999999998</v>
+        <v>94.750699999999995</v>
       </c>
       <c r="I359" s="18"/>
       <c r="J359" s="18"/>
       <c r="K359" s="50"/>
       <c r="L359" s="18"/>
       <c r="M359" s="18"/>
       <c r="N359" s="18"/>
       <c r="O359" s="49"/>
     </row>
     <row r="360" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="47"/>
       <c r="B360" s="44"/>
       <c r="C360" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D360" s="18">
         <v>112.4222</v>
       </c>
       <c r="E360" s="50"/>
       <c r="F360" s="18">
-        <v>111.1253</v>
+        <v>111.12430000000001</v>
       </c>
       <c r="G360" s="50"/>
       <c r="H360" s="18">
-        <v>94.8917</v>
+        <v>94.895499999999998</v>
       </c>
       <c r="I360" s="18"/>
       <c r="J360" s="18"/>
       <c r="K360" s="50"/>
       <c r="L360" s="18"/>
       <c r="M360" s="18"/>
       <c r="N360" s="18"/>
       <c r="O360" s="49"/>
     </row>
     <row r="361" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="47"/>
       <c r="B361" s="58"/>
       <c r="C361" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="18">
         <v>112.8854</v>
       </c>
       <c r="E361" s="50"/>
       <c r="F361" s="18">
-        <v>111.6829</v>
+        <v>111.688</v>
       </c>
       <c r="G361" s="50"/>
       <c r="H361" s="18">
-        <v>95.452600000000004</v>
+        <v>95.455799999999996</v>
       </c>
       <c r="I361" s="18"/>
       <c r="J361" s="18">
-        <v>120.0395</v>
+        <v>120.03959999999999</v>
       </c>
       <c r="K361" s="50"/>
       <c r="L361" s="18">
-        <v>99.758700000000005</v>
+        <v>99.795599999999993</v>
       </c>
       <c r="M361" s="18"/>
       <c r="N361" s="18"/>
       <c r="O361" s="49"/>
     </row>
     <row r="362" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="47"/>
       <c r="B362" s="58"/>
       <c r="C362" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="18">
         <v>113.2777</v>
       </c>
       <c r="E362" s="50"/>
       <c r="F362" s="18">
-        <v>112.4632</v>
+        <v>112.46899999999999</v>
       </c>
       <c r="G362" s="50"/>
       <c r="H362" s="18">
-        <v>96.3292</v>
+        <v>96.331100000000006</v>
       </c>
       <c r="I362" s="18"/>
       <c r="J362" s="18"/>
       <c r="K362" s="50"/>
       <c r="L362" s="18"/>
       <c r="M362" s="18"/>
       <c r="N362" s="18"/>
       <c r="O362" s="49"/>
     </row>
     <row r="363" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="47"/>
       <c r="B363" s="58"/>
       <c r="C363" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D363" s="18">
         <v>113.2766</v>
       </c>
       <c r="E363" s="50"/>
       <c r="F363" s="18">
-        <v>112.50320000000001</v>
+        <v>112.5064</v>
       </c>
       <c r="G363" s="50"/>
       <c r="H363" s="18">
-        <v>96.027500000000003</v>
+        <v>96.0274</v>
       </c>
       <c r="I363" s="18"/>
       <c r="J363" s="18"/>
       <c r="K363" s="50"/>
       <c r="L363" s="18"/>
       <c r="M363" s="18"/>
       <c r="N363" s="18"/>
       <c r="O363" s="49"/>
     </row>
     <row r="364" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="47"/>
       <c r="B364" s="44"/>
       <c r="C364" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D364" s="18">
         <v>113.3813</v>
       </c>
       <c r="E364" s="50"/>
       <c r="F364" s="18">
-        <v>112.63460000000001</v>
+        <v>112.629</v>
       </c>
       <c r="G364" s="50"/>
       <c r="H364" s="18">
-        <v>95.942700000000002</v>
+        <v>95.940799999999996</v>
       </c>
       <c r="I364" s="18"/>
       <c r="J364" s="18">
-        <v>121.58280000000001</v>
+        <v>121.5877</v>
       </c>
       <c r="K364" s="50"/>
       <c r="L364" s="18">
-        <v>102.15389999999999</v>
+        <v>102.1722</v>
       </c>
       <c r="M364" s="18"/>
       <c r="N364" s="18"/>
       <c r="O364" s="49"/>
     </row>
     <row r="365" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="47"/>
       <c r="B365" s="44"/>
       <c r="C365" s="44" t="s">
         <v>11</v>
       </c>
       <c r="D365" s="66">
         <v>113.1934</v>
       </c>
       <c r="E365" s="67"/>
       <c r="F365" s="66">
-        <v>112.23220000000001</v>
+        <v>112.2212</v>
       </c>
       <c r="G365" s="67"/>
       <c r="H365" s="66">
-        <v>95.824600000000004</v>
+        <v>95.850300000000004</v>
       </c>
       <c r="I365" s="66"/>
       <c r="J365" s="66"/>
       <c r="K365" s="67"/>
       <c r="L365" s="66"/>
       <c r="M365" s="66"/>
       <c r="N365" s="66"/>
       <c r="O365" s="68"/>
     </row>
     <row r="366" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="47"/>
       <c r="B366" s="44"/>
       <c r="C366" s="44" t="s">
         <v>12</v>
       </c>
       <c r="D366" s="66">
         <v>113.07080000000001</v>
       </c>
       <c r="E366" s="67"/>
       <c r="F366" s="66">
-        <v>112.744</v>
+        <v>112.7255</v>
       </c>
       <c r="G366" s="67"/>
       <c r="H366" s="66">
-        <v>96.196200000000005</v>
+        <v>96.010400000000004</v>
       </c>
       <c r="I366" s="66"/>
       <c r="J366" s="66"/>
       <c r="K366" s="67"/>
       <c r="L366" s="66"/>
       <c r="M366" s="66"/>
       <c r="N366" s="66"/>
       <c r="O366" s="68"/>
     </row>
     <row r="367" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="47"/>
-      <c r="B367" s="57"/>
-      <c r="C367" s="57" t="s">
+      <c r="B367" s="32"/>
+      <c r="C367" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="D367" s="64">
+      <c r="D367" s="19">
         <v>113.2863</v>
       </c>
-      <c r="E367" s="65"/>
-[...12 lines deleted...]
-      <c r="N367" s="64"/>
+      <c r="E367" s="52"/>
+      <c r="F367" s="19">
+        <v>112.7414</v>
+      </c>
+      <c r="G367" s="52"/>
+      <c r="H367" s="19">
+        <v>95.373800000000003</v>
+      </c>
+      <c r="I367" s="19"/>
+      <c r="J367" s="19"/>
+      <c r="K367" s="52"/>
+      <c r="L367" s="19"/>
+      <c r="M367" s="19"/>
+      <c r="N367" s="19"/>
       <c r="O367" s="49"/>
     </row>
-    <row r="368" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B368" s="4" t="s">
+    <row r="368" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="47"/>
+      <c r="B368" s="57">
+        <v>2026</v>
+      </c>
+      <c r="C368" s="57" t="s">
+        <v>2</v>
+      </c>
+      <c r="D368" s="64">
+        <v>113.1536</v>
+      </c>
+      <c r="E368" s="65"/>
+      <c r="F368" s="64">
+        <v>112.4267</v>
+      </c>
+      <c r="G368" s="65"/>
+      <c r="H368" s="64">
+        <v>95.221400000000003</v>
+      </c>
+      <c r="I368" s="64"/>
+      <c r="J368" s="64"/>
+      <c r="K368" s="65"/>
+      <c r="L368" s="64"/>
+      <c r="M368" s="64"/>
+      <c r="N368" s="64"/>
+      <c r="O368" s="49"/>
+    </row>
+    <row r="369" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:L6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="247" max="11" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="B20:B260" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>