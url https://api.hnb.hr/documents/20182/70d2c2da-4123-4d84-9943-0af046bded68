--- v4 (2026-02-28)
+++ v5 (2026-03-24)
@@ -5,74 +5,74 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C57759DB-4BE6-406E-BD29-4BB404B5BD33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F3813DB-44A5-4485-8D72-7BFB3EC780E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="223" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="19" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$368</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ENG!$A$1:$M$369</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="46">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -172,54 +172,55 @@
     <t>Producer price index</t>
   </si>
   <si>
     <t>Unit labour costs</t>
   </si>
   <si>
     <t>Gross domestic product deflator</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>indices Q1/1999 = 100</t>
   </si>
   <si>
     <t>Table H11 Harmonised competitiveness indicators</t>
   </si>
   <si>
     <t>Source: European Central Bank.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
+    <numFmt numFmtId="167" formatCode="0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
@@ -316,51 +317,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -505,70 +506,76 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Tanka linija ispod" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -820,51 +827,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:O369"/>
+  <dimension ref="A2:O370"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="2.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" style="3" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="2.28515625" style="4" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="2.28515625" style="4" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="6" customWidth="1"/>
     <col min="13" max="13" width="2.28515625" style="4" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="42" t="s">
         <v>44</v>
       </c>
@@ -881,9304 +888,9329 @@
       </c>
       <c r="D3" s="10"/>
       <c r="E3" s="8"/>
       <c r="F3" s="10"/>
       <c r="G3" s="8"/>
       <c r="H3" s="10"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D4" s="10"/>
       <c r="E4" s="8"/>
       <c r="F4" s="10"/>
       <c r="G4" s="8"/>
       <c r="H4" s="10"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="2:15" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="8"/>
       <c r="F5" s="10"/>
       <c r="G5" s="8"/>
       <c r="H5" s="10"/>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="69" t="s">
+      <c r="B6" s="66" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="69" t="s">
+      <c r="C6" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="71" t="s">
+      <c r="D6" s="68" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="12"/>
-      <c r="F6" s="72" t="s">
+      <c r="F6" s="69" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="72"/>
-[...4 lines deleted...]
-      <c r="L6" s="72"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="69"/>
+      <c r="I6" s="69"/>
+      <c r="J6" s="69"/>
+      <c r="K6" s="69"/>
+      <c r="L6" s="69"/>
       <c r="M6" s="11"/>
     </row>
     <row r="7" spans="2:15" ht="34.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="70"/>
-[...1 lines deleted...]
-      <c r="D7" s="71"/>
+      <c r="B7" s="67"/>
+      <c r="C7" s="67"/>
+      <c r="D7" s="68"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="15"/>
       <c r="H7" s="16" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="17"/>
       <c r="J7" s="16" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="17"/>
       <c r="L7" s="16" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="17"/>
     </row>
     <row r="8" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="40">
         <v>103.7252</v>
       </c>
       <c r="E8" s="50"/>
       <c r="F8" s="40">
         <v>100.8254</v>
       </c>
       <c r="G8" s="50"/>
       <c r="H8" s="40">
-        <v>112.7882</v>
+        <v>112.7881</v>
       </c>
       <c r="I8" s="40"/>
       <c r="J8" s="40" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="50"/>
       <c r="L8" s="40"/>
       <c r="M8" s="40"/>
       <c r="N8" s="40"/>
       <c r="O8" s="49"/>
     </row>
     <row r="9" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="23"/>
       <c r="C9" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="40">
         <v>103.9472</v>
       </c>
       <c r="E9" s="50"/>
       <c r="F9" s="40">
         <v>101.3558</v>
       </c>
       <c r="G9" s="50"/>
       <c r="H9" s="40">
-        <v>112.2623</v>
+        <v>112.26220000000001</v>
       </c>
       <c r="I9" s="40"/>
       <c r="J9" s="40"/>
       <c r="K9" s="50"/>
       <c r="L9" s="40"/>
       <c r="M9" s="40"/>
       <c r="N9" s="40"/>
       <c r="O9" s="49"/>
     </row>
     <row r="10" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="23"/>
       <c r="C10" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="40">
         <v>103.2919</v>
       </c>
       <c r="E10" s="50"/>
       <c r="F10" s="40">
         <v>100.4298</v>
       </c>
       <c r="G10" s="50"/>
       <c r="H10" s="40">
-        <v>110.6515</v>
+        <v>110.6514</v>
       </c>
       <c r="I10" s="40"/>
       <c r="J10" s="40"/>
       <c r="K10" s="50"/>
       <c r="L10" s="40">
-        <v>82.552199999999999</v>
+        <v>82.5518</v>
       </c>
       <c r="M10" s="40"/>
       <c r="N10" s="40"/>
       <c r="O10" s="49"/>
     </row>
     <row r="11" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="23"/>
       <c r="C11" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="40">
         <v>102.44410000000001</v>
       </c>
       <c r="E11" s="50"/>
       <c r="F11" s="40">
         <v>98.435599999999994</v>
       </c>
       <c r="G11" s="50"/>
       <c r="H11" s="40">
-        <v>110.4691</v>
+        <v>110.46899999999999</v>
       </c>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="50"/>
       <c r="L11" s="40"/>
       <c r="M11" s="40"/>
       <c r="N11" s="40"/>
       <c r="O11" s="49"/>
     </row>
     <row r="12" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="23"/>
       <c r="C12" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="40">
         <v>102.6925</v>
       </c>
       <c r="E12" s="50"/>
       <c r="F12" s="40">
         <v>99.646500000000003</v>
       </c>
       <c r="G12" s="50"/>
       <c r="H12" s="40">
-        <v>110.3198</v>
+        <v>110.3197</v>
       </c>
       <c r="I12" s="40"/>
       <c r="J12" s="40"/>
       <c r="K12" s="50"/>
       <c r="L12" s="40"/>
       <c r="M12" s="40"/>
       <c r="N12" s="40"/>
       <c r="O12" s="49"/>
     </row>
     <row r="13" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="23"/>
       <c r="C13" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="40">
         <v>103.81829999999999</v>
       </c>
       <c r="E13" s="50"/>
       <c r="F13" s="40">
         <v>100.9379</v>
       </c>
       <c r="G13" s="50"/>
       <c r="H13" s="40">
         <v>112.0279</v>
       </c>
       <c r="I13" s="40"/>
       <c r="J13" s="40"/>
       <c r="K13" s="50"/>
       <c r="L13" s="40">
-        <v>85.387600000000006</v>
+        <v>85.386600000000001</v>
       </c>
       <c r="M13" s="40"/>
       <c r="N13" s="40"/>
       <c r="O13" s="49"/>
     </row>
     <row r="14" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="23"/>
       <c r="C14" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="40">
         <v>105.0441</v>
       </c>
       <c r="E14" s="50"/>
       <c r="F14" s="40">
         <v>101.34610000000001</v>
       </c>
       <c r="G14" s="50"/>
       <c r="H14" s="40">
-        <v>113.09220000000001</v>
+        <v>113.0921</v>
       </c>
       <c r="I14" s="40"/>
       <c r="J14" s="40"/>
       <c r="K14" s="50"/>
       <c r="L14" s="40"/>
       <c r="M14" s="40"/>
       <c r="N14" s="40"/>
       <c r="O14" s="49"/>
     </row>
     <row r="15" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="23"/>
       <c r="C15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="40">
         <v>106.4204</v>
       </c>
       <c r="E15" s="50"/>
       <c r="F15" s="40">
         <v>101.7163</v>
       </c>
       <c r="G15" s="50"/>
       <c r="H15" s="40">
-        <v>113.7784</v>
+        <v>113.7782</v>
       </c>
       <c r="I15" s="40"/>
       <c r="J15" s="40"/>
       <c r="K15" s="50"/>
       <c r="L15" s="40"/>
       <c r="M15" s="40"/>
       <c r="N15" s="40"/>
       <c r="O15" s="49"/>
     </row>
     <row r="16" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="23"/>
       <c r="C16" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="40">
         <v>105.32089999999999</v>
       </c>
       <c r="E16" s="50"/>
       <c r="F16" s="40">
         <v>100.435</v>
       </c>
       <c r="G16" s="50"/>
       <c r="H16" s="40">
         <v>112.0561</v>
       </c>
       <c r="I16" s="40"/>
       <c r="J16" s="40"/>
       <c r="K16" s="50"/>
       <c r="L16" s="40">
-        <v>92.500799999999998</v>
+        <v>92.501999999999995</v>
       </c>
       <c r="M16" s="40"/>
       <c r="N16" s="40"/>
       <c r="O16" s="49"/>
     </row>
     <row r="17" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23"/>
       <c r="C17" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="40">
         <v>103.9855</v>
       </c>
       <c r="E17" s="50"/>
       <c r="F17" s="40">
         <v>99.430599999999998</v>
       </c>
       <c r="G17" s="50"/>
       <c r="H17" s="40">
-        <v>109.67359999999999</v>
+        <v>109.6735</v>
       </c>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="50"/>
       <c r="L17" s="40"/>
       <c r="M17" s="40"/>
       <c r="N17" s="40"/>
       <c r="O17" s="49"/>
     </row>
     <row r="18" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="23"/>
       <c r="C18" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="40">
         <v>104.7834</v>
       </c>
       <c r="E18" s="50"/>
       <c r="F18" s="40">
         <v>100.48909999999999</v>
       </c>
       <c r="G18" s="50"/>
       <c r="H18" s="40">
-        <v>111.4913</v>
+        <v>111.49120000000001</v>
       </c>
       <c r="I18" s="40"/>
       <c r="J18" s="40"/>
       <c r="K18" s="50"/>
       <c r="L18" s="40"/>
       <c r="M18" s="40"/>
       <c r="N18" s="40"/>
       <c r="O18" s="49"/>
     </row>
     <row r="19" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="24"/>
       <c r="C19" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="59">
         <v>104.1178</v>
       </c>
       <c r="E19" s="60"/>
       <c r="F19" s="59">
         <v>99.841399999999993</v>
       </c>
       <c r="G19" s="60"/>
       <c r="H19" s="59">
-        <v>110.53619999999999</v>
+        <v>110.5361</v>
       </c>
       <c r="I19" s="59"/>
       <c r="J19" s="59"/>
       <c r="K19" s="60"/>
       <c r="L19" s="59">
-        <v>89.554599999999994</v>
+        <v>89.555099999999996</v>
       </c>
       <c r="M19" s="59"/>
       <c r="N19" s="59"/>
       <c r="O19" s="49"/>
     </row>
     <row r="20" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="40">
         <v>103.3282</v>
       </c>
       <c r="E20" s="50"/>
       <c r="F20" s="40">
         <v>100.08969999999999</v>
       </c>
       <c r="G20" s="50"/>
       <c r="H20" s="40">
-        <v>112.58929999999999</v>
+        <v>112.5891</v>
       </c>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
       <c r="K20" s="50"/>
       <c r="L20" s="40"/>
       <c r="M20" s="40"/>
       <c r="N20" s="40"/>
       <c r="O20" s="49"/>
     </row>
     <row r="21" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="23"/>
       <c r="C21" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D21" s="40">
         <v>102.7016</v>
       </c>
       <c r="E21" s="50"/>
       <c r="F21" s="40">
         <v>99.237499999999997</v>
       </c>
       <c r="G21" s="50"/>
       <c r="H21" s="40">
-        <v>109.6053</v>
+        <v>109.6052</v>
       </c>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="50"/>
       <c r="L21" s="40"/>
       <c r="M21" s="40"/>
       <c r="N21" s="40"/>
       <c r="O21" s="49"/>
     </row>
     <row r="22" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="23"/>
       <c r="C22" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="40">
         <v>102.1361</v>
       </c>
       <c r="E22" s="50"/>
       <c r="F22" s="40">
         <v>98.714699999999993</v>
       </c>
       <c r="G22" s="50"/>
       <c r="H22" s="40">
-        <v>109.2715</v>
+        <v>109.2714</v>
       </c>
       <c r="I22" s="40"/>
       <c r="J22" s="40"/>
       <c r="K22" s="50"/>
       <c r="L22" s="40">
-        <v>89.754300000000001</v>
+        <v>89.754999999999995</v>
       </c>
       <c r="M22" s="40"/>
       <c r="N22" s="40"/>
       <c r="O22" s="49"/>
     </row>
     <row r="23" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="23"/>
       <c r="C23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="40">
         <v>101.9791</v>
       </c>
       <c r="E23" s="50"/>
       <c r="F23" s="40">
         <v>98.407300000000006</v>
       </c>
       <c r="G23" s="50"/>
       <c r="H23" s="40">
-        <v>108.5879</v>
+        <v>108.5878</v>
       </c>
       <c r="I23" s="40"/>
       <c r="J23" s="40"/>
       <c r="K23" s="50"/>
       <c r="L23" s="40"/>
       <c r="M23" s="40"/>
       <c r="N23" s="40"/>
       <c r="O23" s="49"/>
     </row>
     <row r="24" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="23"/>
       <c r="C24" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="40">
         <v>101.846</v>
       </c>
       <c r="E24" s="50"/>
       <c r="F24" s="40">
         <v>98.979500000000002</v>
       </c>
       <c r="G24" s="50"/>
       <c r="H24" s="40">
-        <v>108.494</v>
+        <v>108.4939</v>
       </c>
       <c r="I24" s="40"/>
       <c r="J24" s="40"/>
       <c r="K24" s="50"/>
       <c r="L24" s="40"/>
       <c r="M24" s="40"/>
       <c r="N24" s="40"/>
       <c r="O24" s="49"/>
     </row>
     <row r="25" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="23"/>
       <c r="C25" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="40">
         <v>101.75530000000001</v>
       </c>
       <c r="E25" s="50"/>
       <c r="F25" s="40">
         <v>99.000100000000003</v>
       </c>
       <c r="G25" s="50"/>
       <c r="H25" s="40">
-        <v>108.206</v>
+        <v>108.2059</v>
       </c>
       <c r="I25" s="40"/>
       <c r="J25" s="40"/>
       <c r="K25" s="50"/>
       <c r="L25" s="40">
-        <v>89.066100000000006</v>
+        <v>89.0642</v>
       </c>
       <c r="M25" s="40"/>
       <c r="N25" s="40"/>
       <c r="O25" s="49"/>
     </row>
     <row r="26" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="23"/>
       <c r="C26" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="40">
         <v>100.69889999999999</v>
       </c>
       <c r="E26" s="50"/>
       <c r="F26" s="40">
         <v>96.412000000000006</v>
       </c>
       <c r="G26" s="50"/>
       <c r="H26" s="40">
-        <v>107.02800000000001</v>
+        <v>107.0279</v>
       </c>
       <c r="I26" s="40"/>
       <c r="J26" s="40"/>
       <c r="K26" s="50"/>
       <c r="L26" s="40"/>
       <c r="M26" s="40"/>
       <c r="N26" s="40"/>
       <c r="O26" s="49"/>
     </row>
     <row r="27" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="23"/>
       <c r="C27" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="40">
         <v>100.3484</v>
       </c>
       <c r="E27" s="50"/>
       <c r="F27" s="40">
         <v>95.879499999999993</v>
       </c>
       <c r="G27" s="50"/>
       <c r="H27" s="40">
-        <v>107.87090000000001</v>
+        <v>107.8708</v>
       </c>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="50"/>
       <c r="L27" s="40"/>
       <c r="M27" s="40"/>
       <c r="N27" s="40"/>
       <c r="O27" s="49"/>
     </row>
     <row r="28" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="23"/>
       <c r="C28" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="40">
         <v>101.8006</v>
       </c>
       <c r="E28" s="50"/>
       <c r="F28" s="40">
         <v>97.096000000000004</v>
       </c>
       <c r="G28" s="50"/>
       <c r="H28" s="40">
-        <v>108.5574</v>
+        <v>108.5573</v>
       </c>
       <c r="I28" s="40"/>
       <c r="J28" s="40"/>
       <c r="K28" s="50"/>
       <c r="L28" s="40">
-        <v>89.769000000000005</v>
+        <v>89.770700000000005</v>
       </c>
       <c r="M28" s="40"/>
       <c r="N28" s="40"/>
       <c r="O28" s="49"/>
     </row>
     <row r="29" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="23"/>
       <c r="C29" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="40">
         <v>102.9325</v>
       </c>
       <c r="E29" s="50"/>
       <c r="F29" s="40">
         <v>98.070700000000002</v>
       </c>
       <c r="G29" s="50"/>
       <c r="H29" s="40">
-        <v>109.1275</v>
+        <v>109.12739999999999</v>
       </c>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="50"/>
       <c r="L29" s="40"/>
       <c r="M29" s="40"/>
       <c r="N29" s="40"/>
       <c r="O29" s="49"/>
     </row>
     <row r="30" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="23"/>
       <c r="C30" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D30" s="40">
         <v>103.94199999999999</v>
       </c>
       <c r="E30" s="50"/>
       <c r="F30" s="40">
         <v>99.730599999999995</v>
       </c>
       <c r="G30" s="50"/>
       <c r="H30" s="40">
-        <v>108.28830000000001</v>
+        <v>108.2882</v>
       </c>
       <c r="I30" s="40"/>
       <c r="J30" s="40"/>
       <c r="K30" s="50"/>
       <c r="L30" s="40"/>
       <c r="M30" s="40"/>
       <c r="N30" s="40"/>
       <c r="O30" s="49"/>
     </row>
     <row r="31" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="24"/>
       <c r="C31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="59">
         <v>104.38849999999999</v>
       </c>
       <c r="E31" s="60"/>
       <c r="F31" s="59">
         <v>101.0766</v>
       </c>
       <c r="G31" s="60"/>
       <c r="H31" s="59">
-        <v>108.373</v>
+        <v>108.3729</v>
       </c>
       <c r="I31" s="59"/>
       <c r="J31" s="59"/>
       <c r="K31" s="60"/>
       <c r="L31" s="59">
-        <v>95.884299999999996</v>
+        <v>95.884799999999998</v>
       </c>
       <c r="M31" s="59"/>
       <c r="N31" s="59"/>
       <c r="O31" s="49"/>
     </row>
     <row r="32" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="40">
         <v>105.0609</v>
       </c>
       <c r="E32" s="50"/>
       <c r="F32" s="40">
         <v>103.60080000000001</v>
       </c>
       <c r="G32" s="50"/>
       <c r="H32" s="40">
-        <v>106.5035</v>
+        <v>106.5033</v>
       </c>
       <c r="I32" s="40"/>
       <c r="J32" s="40"/>
       <c r="K32" s="50"/>
       <c r="L32" s="40"/>
       <c r="M32" s="40"/>
       <c r="N32" s="40"/>
       <c r="O32" s="49"/>
     </row>
     <row r="33" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="23"/>
       <c r="C33" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D33" s="40">
         <v>104.3018</v>
       </c>
       <c r="E33" s="50"/>
       <c r="F33" s="40">
         <v>103.0646</v>
       </c>
       <c r="G33" s="50"/>
       <c r="H33" s="40">
         <v>105.91070000000001</v>
       </c>
       <c r="I33" s="40"/>
       <c r="J33" s="40"/>
       <c r="K33" s="50"/>
       <c r="L33" s="40"/>
       <c r="M33" s="40"/>
       <c r="N33" s="40"/>
       <c r="O33" s="49"/>
     </row>
     <row r="34" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="23"/>
       <c r="C34" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="40">
         <v>103.72880000000001</v>
       </c>
       <c r="E34" s="50"/>
       <c r="F34" s="40">
         <v>102.7024</v>
       </c>
       <c r="G34" s="50"/>
       <c r="H34" s="40">
-        <v>104.8032</v>
+        <v>104.8031</v>
       </c>
       <c r="I34" s="40"/>
-      <c r="J34" s="40">
-        <v>103.8254</v>
+      <c r="J34" s="70">
+        <v>103.8249</v>
       </c>
       <c r="K34" s="50"/>
       <c r="L34" s="40">
-        <v>99.860299999999995</v>
+        <v>99.859399999999994</v>
       </c>
       <c r="M34" s="40"/>
       <c r="N34" s="40"/>
       <c r="O34" s="49"/>
     </row>
     <row r="35" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="23"/>
       <c r="C35" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="40">
         <v>102.7253</v>
       </c>
       <c r="E35" s="50"/>
       <c r="F35" s="40">
         <v>101.9828</v>
       </c>
       <c r="G35" s="50"/>
       <c r="H35" s="40">
         <v>103.6469</v>
       </c>
       <c r="I35" s="40"/>
-      <c r="J35" s="40"/>
+      <c r="J35" s="70"/>
       <c r="K35" s="50"/>
       <c r="L35" s="40"/>
       <c r="M35" s="40"/>
       <c r="N35" s="40"/>
       <c r="O35" s="49"/>
     </row>
     <row r="36" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="23"/>
       <c r="C36" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="40">
         <v>102.7354</v>
       </c>
       <c r="E36" s="50"/>
       <c r="F36" s="40">
         <v>102.72239999999999</v>
       </c>
       <c r="G36" s="50"/>
       <c r="H36" s="40">
         <v>103.33320000000001</v>
       </c>
       <c r="I36" s="40"/>
-      <c r="J36" s="40"/>
+      <c r="J36" s="70"/>
       <c r="K36" s="50"/>
       <c r="L36" s="40"/>
       <c r="M36" s="40"/>
       <c r="N36" s="40"/>
       <c r="O36" s="49"/>
     </row>
     <row r="37" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="23"/>
       <c r="C37" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="40">
         <v>102</v>
       </c>
       <c r="E37" s="50"/>
       <c r="F37" s="40">
         <v>101.83369999999999</v>
       </c>
       <c r="G37" s="50"/>
       <c r="H37" s="40">
         <v>102.66379999999999</v>
       </c>
       <c r="I37" s="40"/>
-      <c r="J37" s="40">
-        <v>101.5823</v>
+      <c r="J37" s="70">
+        <v>101.5822</v>
       </c>
       <c r="K37" s="50"/>
       <c r="L37" s="40">
-        <v>98.914199999999994</v>
+        <v>98.912999999999997</v>
       </c>
       <c r="M37" s="40"/>
       <c r="N37" s="40"/>
       <c r="O37" s="49"/>
     </row>
     <row r="38" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="23"/>
       <c r="C38" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="40">
         <v>101.6844</v>
       </c>
       <c r="E38" s="50"/>
       <c r="F38" s="40">
         <v>100.9293</v>
       </c>
       <c r="G38" s="50"/>
       <c r="H38" s="40">
         <v>102.2359</v>
       </c>
       <c r="I38" s="40"/>
-      <c r="J38" s="40"/>
+      <c r="J38" s="70"/>
       <c r="K38" s="50"/>
       <c r="L38" s="40"/>
       <c r="M38" s="40"/>
       <c r="N38" s="40"/>
       <c r="O38" s="49"/>
     </row>
     <row r="39" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="23"/>
       <c r="C39" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="40">
         <v>103.3308</v>
       </c>
       <c r="E39" s="50"/>
       <c r="F39" s="40">
         <v>102.1968</v>
       </c>
       <c r="G39" s="50"/>
       <c r="H39" s="40">
-        <v>103.86620000000001</v>
+        <v>103.8661</v>
       </c>
       <c r="I39" s="40"/>
-      <c r="J39" s="40"/>
+      <c r="J39" s="70"/>
       <c r="K39" s="50"/>
       <c r="L39" s="40"/>
       <c r="M39" s="40"/>
       <c r="N39" s="40"/>
       <c r="O39" s="49"/>
     </row>
     <row r="40" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="23"/>
       <c r="C40" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="40">
         <v>104.06870000000001</v>
       </c>
       <c r="E40" s="50"/>
       <c r="F40" s="40">
         <v>102.7954</v>
       </c>
       <c r="G40" s="50"/>
       <c r="H40" s="40">
-        <v>103.18089999999999</v>
+        <v>103.181</v>
       </c>
       <c r="I40" s="40"/>
-      <c r="J40" s="40">
-        <v>100.655</v>
+      <c r="J40" s="70">
+        <v>100.6544</v>
       </c>
       <c r="K40" s="50"/>
       <c r="L40" s="40">
-        <v>98.698899999999995</v>
+        <v>98.701700000000002</v>
       </c>
       <c r="M40" s="40"/>
       <c r="N40" s="40"/>
       <c r="O40" s="49"/>
     </row>
     <row r="41" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="23"/>
       <c r="C41" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="40">
         <v>102.991</v>
       </c>
       <c r="E41" s="50"/>
       <c r="F41" s="40">
         <v>101.5157</v>
       </c>
       <c r="G41" s="50"/>
       <c r="H41" s="40">
         <v>101.9486</v>
       </c>
       <c r="I41" s="40"/>
-      <c r="J41" s="40"/>
+      <c r="J41" s="70"/>
       <c r="K41" s="50"/>
       <c r="L41" s="40"/>
       <c r="M41" s="40"/>
       <c r="N41" s="40"/>
       <c r="O41" s="49"/>
     </row>
     <row r="42" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="23"/>
       <c r="C42" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="40">
         <v>102.4203</v>
       </c>
       <c r="E42" s="50"/>
       <c r="F42" s="40">
         <v>101.2017</v>
       </c>
       <c r="G42" s="50"/>
       <c r="H42" s="40">
         <v>101.4877</v>
       </c>
       <c r="I42" s="40"/>
-      <c r="J42" s="40"/>
+      <c r="J42" s="70"/>
       <c r="K42" s="50"/>
       <c r="L42" s="40"/>
       <c r="M42" s="40"/>
       <c r="N42" s="40"/>
       <c r="O42" s="49"/>
     </row>
     <row r="43" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="24"/>
       <c r="C43" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="59">
         <v>102.3901</v>
       </c>
       <c r="E43" s="60"/>
       <c r="F43" s="59">
         <v>101.2851</v>
       </c>
       <c r="G43" s="60"/>
       <c r="H43" s="59">
-        <v>101.4949</v>
+        <v>101.495</v>
       </c>
       <c r="I43" s="59"/>
-      <c r="J43" s="59">
-        <v>100.5843</v>
+      <c r="J43" s="71">
+        <v>100.5852</v>
       </c>
       <c r="K43" s="61"/>
       <c r="L43" s="59">
-        <v>98.212100000000007</v>
+        <v>98.212500000000006</v>
       </c>
       <c r="M43" s="59"/>
       <c r="N43" s="59"/>
       <c r="O43" s="49"/>
     </row>
     <row r="44" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C44" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="40">
         <v>102.512</v>
       </c>
       <c r="E44" s="50"/>
       <c r="F44" s="40">
         <v>102.1417</v>
       </c>
       <c r="G44" s="50"/>
       <c r="H44" s="40">
-        <v>101.96769999999999</v>
+        <v>101.9675</v>
       </c>
       <c r="I44" s="40"/>
-      <c r="J44" s="40"/>
+      <c r="J44" s="70"/>
       <c r="K44" s="50"/>
       <c r="L44" s="40"/>
       <c r="M44" s="40"/>
       <c r="N44" s="40"/>
       <c r="O44" s="49"/>
     </row>
     <row r="45" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="26"/>
       <c r="C45" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D45" s="40">
         <v>100.0979</v>
       </c>
       <c r="E45" s="50"/>
       <c r="F45" s="40">
         <v>99.992999999999995</v>
       </c>
       <c r="G45" s="50"/>
       <c r="H45" s="40">
-        <v>99.747600000000006</v>
+        <v>99.747699999999995</v>
       </c>
       <c r="I45" s="40"/>
-      <c r="J45" s="40"/>
+      <c r="J45" s="70"/>
       <c r="K45" s="50"/>
       <c r="L45" s="40"/>
       <c r="M45" s="40"/>
       <c r="N45" s="40"/>
       <c r="O45" s="49"/>
     </row>
     <row r="46" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="26"/>
       <c r="C46" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="40">
         <v>97.953199999999995</v>
       </c>
       <c r="E46" s="50"/>
       <c r="F46" s="40">
         <v>97.865300000000005</v>
       </c>
       <c r="G46" s="50"/>
       <c r="H46" s="40">
-        <v>98.284700000000001</v>
+        <v>98.284800000000004</v>
       </c>
       <c r="I46" s="40"/>
-      <c r="J46" s="40">
+      <c r="J46" s="70">
         <v>100</v>
       </c>
       <c r="K46" s="50"/>
       <c r="L46" s="40">
         <v>100</v>
       </c>
       <c r="M46" s="40"/>
       <c r="N46" s="40"/>
       <c r="O46" s="49"/>
     </row>
     <row r="47" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="26"/>
       <c r="C47" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="40">
         <v>97.601500000000001</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="40">
         <v>97.542299999999997</v>
       </c>
       <c r="G47" s="50"/>
       <c r="H47" s="40">
-        <v>97.9559</v>
+        <v>97.955799999999996</v>
       </c>
       <c r="I47" s="40"/>
-      <c r="J47" s="40"/>
+      <c r="J47" s="70"/>
       <c r="K47" s="50"/>
       <c r="L47" s="40"/>
       <c r="M47" s="40"/>
       <c r="N47" s="40"/>
       <c r="O47" s="49"/>
     </row>
     <row r="48" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="26"/>
       <c r="C48" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="40">
         <v>97.554100000000005</v>
       </c>
       <c r="E48" s="50"/>
       <c r="F48" s="40">
         <v>98.2423</v>
       </c>
       <c r="G48" s="50"/>
       <c r="H48" s="40">
         <v>97.568700000000007</v>
       </c>
       <c r="I48" s="40"/>
-      <c r="J48" s="40"/>
+      <c r="J48" s="70"/>
       <c r="K48" s="50"/>
       <c r="L48" s="40"/>
       <c r="M48" s="40"/>
       <c r="N48" s="40"/>
       <c r="O48" s="49"/>
     </row>
     <row r="49" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="26"/>
       <c r="C49" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="40">
         <v>96.795900000000003</v>
       </c>
       <c r="E49" s="50"/>
       <c r="F49" s="40">
         <v>97.397499999999994</v>
       </c>
       <c r="G49" s="50"/>
       <c r="H49" s="40">
-        <v>97.010599999999997</v>
+        <v>97.0107</v>
       </c>
       <c r="I49" s="40"/>
-      <c r="J49" s="40">
-        <v>95.972999999999999</v>
+      <c r="J49" s="70">
+        <v>95.972700000000003</v>
       </c>
       <c r="K49" s="50"/>
       <c r="L49" s="40">
-        <v>96.077799999999996</v>
+        <v>96.076700000000002</v>
       </c>
       <c r="M49" s="40"/>
       <c r="N49" s="40"/>
       <c r="O49" s="49"/>
     </row>
     <row r="50" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="26"/>
       <c r="C50" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="40">
         <v>96.473699999999994</v>
       </c>
       <c r="E50" s="50"/>
       <c r="F50" s="40">
         <v>97.079599999999999</v>
       </c>
       <c r="G50" s="50"/>
       <c r="H50" s="40">
         <v>97.1267</v>
       </c>
       <c r="I50" s="40"/>
-      <c r="J50" s="40"/>
+      <c r="J50" s="70"/>
       <c r="K50" s="50"/>
       <c r="L50" s="40"/>
       <c r="M50" s="40"/>
       <c r="N50" s="40"/>
       <c r="O50" s="49"/>
     </row>
     <row r="51" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="26"/>
       <c r="C51" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="40">
         <v>97.565399999999997</v>
       </c>
       <c r="E51" s="50"/>
       <c r="F51" s="40">
         <v>97.638999999999996</v>
       </c>
       <c r="G51" s="50"/>
       <c r="H51" s="40">
-        <v>98.178700000000006</v>
+        <v>98.178799999999995</v>
       </c>
       <c r="I51" s="40"/>
-      <c r="J51" s="40"/>
+      <c r="J51" s="70"/>
       <c r="K51" s="50"/>
       <c r="L51" s="40"/>
       <c r="M51" s="40"/>
       <c r="N51" s="40"/>
       <c r="O51" s="49"/>
     </row>
     <row r="52" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="26"/>
       <c r="C52" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="40">
         <v>96.652299999999997</v>
       </c>
       <c r="E52" s="50"/>
       <c r="F52" s="40">
         <v>96.550399999999996</v>
       </c>
       <c r="G52" s="50"/>
       <c r="H52" s="40">
-        <v>97.374099999999999</v>
+        <v>97.374200000000002</v>
       </c>
       <c r="I52" s="40"/>
-      <c r="J52" s="40">
-        <v>96.063900000000004</v>
+      <c r="J52" s="70">
+        <v>96.063800000000001</v>
       </c>
       <c r="K52" s="50"/>
       <c r="L52" s="40">
-        <v>96.8249</v>
+        <v>96.8279</v>
       </c>
       <c r="M52" s="40"/>
       <c r="N52" s="40"/>
       <c r="O52" s="49"/>
     </row>
     <row r="53" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="26"/>
       <c r="C53" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="40">
         <v>97.274100000000004</v>
       </c>
       <c r="E53" s="50"/>
       <c r="F53" s="40">
         <v>97.145499999999998</v>
       </c>
       <c r="G53" s="50"/>
       <c r="H53" s="40">
         <v>97.5227</v>
       </c>
       <c r="I53" s="40"/>
-      <c r="J53" s="40"/>
+      <c r="J53" s="70"/>
       <c r="K53" s="50"/>
       <c r="L53" s="40"/>
       <c r="M53" s="40"/>
       <c r="N53" s="40"/>
       <c r="O53" s="49"/>
     </row>
     <row r="54" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="23"/>
       <c r="C54" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="40">
         <v>96.411799999999999</v>
       </c>
       <c r="E54" s="50"/>
       <c r="F54" s="40">
         <v>95.674000000000007</v>
       </c>
       <c r="G54" s="50"/>
       <c r="H54" s="40">
-        <v>97.299599999999998</v>
+        <v>97.299499999999995</v>
       </c>
       <c r="I54" s="40"/>
-      <c r="J54" s="40"/>
+      <c r="J54" s="70"/>
       <c r="K54" s="50"/>
       <c r="L54" s="40"/>
       <c r="M54" s="40"/>
       <c r="N54" s="40"/>
       <c r="O54" s="49"/>
     </row>
     <row r="55" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="24"/>
       <c r="C55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D55" s="59">
         <v>95.316299999999998</v>
       </c>
       <c r="E55" s="60"/>
       <c r="F55" s="59">
         <v>94.746399999999994</v>
       </c>
       <c r="G55" s="60"/>
       <c r="H55" s="59">
         <v>95.775199999999998</v>
       </c>
       <c r="I55" s="59"/>
-      <c r="J55" s="59">
-        <v>96.003299999999996</v>
+      <c r="J55" s="71">
+        <v>96.002600000000001</v>
       </c>
       <c r="K55" s="60"/>
       <c r="L55" s="59">
-        <v>98.549599999999998</v>
+        <v>98.547899999999998</v>
       </c>
       <c r="M55" s="59"/>
       <c r="N55" s="59"/>
       <c r="O55" s="49"/>
     </row>
     <row r="56" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="21" t="s">
         <v>17</v>
       </c>
       <c r="C56" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D56" s="40">
         <v>94.480500000000006</v>
       </c>
       <c r="E56" s="50"/>
       <c r="F56" s="40">
         <v>94.523099999999999</v>
       </c>
       <c r="G56" s="50"/>
       <c r="H56" s="40">
-        <v>97.761799999999994</v>
+        <v>97.761700000000005</v>
       </c>
       <c r="I56" s="40"/>
-      <c r="J56" s="40"/>
+      <c r="J56" s="70"/>
       <c r="K56" s="50"/>
       <c r="L56" s="40"/>
       <c r="M56" s="40"/>
       <c r="N56" s="40"/>
       <c r="O56" s="49"/>
     </row>
     <row r="57" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="27"/>
       <c r="C57" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D57" s="40">
         <v>93.833500000000001</v>
       </c>
       <c r="E57" s="50"/>
       <c r="F57" s="40">
         <v>93.9191</v>
       </c>
       <c r="G57" s="50"/>
       <c r="H57" s="40">
         <v>97.154300000000006</v>
       </c>
       <c r="I57" s="40"/>
-      <c r="J57" s="40"/>
+      <c r="J57" s="70"/>
       <c r="K57" s="50"/>
       <c r="L57" s="40"/>
       <c r="M57" s="40"/>
       <c r="N57" s="40"/>
       <c r="O57" s="49"/>
     </row>
     <row r="58" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="27"/>
       <c r="C58" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="40">
         <v>93.254099999999994</v>
       </c>
       <c r="E58" s="50"/>
       <c r="F58" s="40">
         <v>93.587599999999995</v>
       </c>
       <c r="G58" s="50"/>
       <c r="H58" s="40">
-        <v>96.981700000000004</v>
+        <v>96.9816</v>
       </c>
       <c r="I58" s="40"/>
-      <c r="J58" s="40">
-        <v>92.334900000000005</v>
+      <c r="J58" s="70">
+        <v>92.333600000000004</v>
       </c>
       <c r="K58" s="50"/>
       <c r="L58" s="40">
-        <v>95.168899999999994</v>
+        <v>95.167299999999997</v>
       </c>
       <c r="M58" s="40"/>
       <c r="N58" s="40"/>
       <c r="O58" s="49"/>
     </row>
     <row r="59" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="27"/>
       <c r="C59" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="40">
         <v>93.064599999999999</v>
       </c>
       <c r="E59" s="50"/>
       <c r="F59" s="40">
         <v>93.8874</v>
       </c>
       <c r="G59" s="50"/>
       <c r="H59" s="40">
-        <v>97.563100000000006</v>
+        <v>97.563199999999995</v>
       </c>
       <c r="I59" s="40"/>
-      <c r="J59" s="40"/>
+      <c r="J59" s="70"/>
       <c r="K59" s="50"/>
       <c r="L59" s="40"/>
       <c r="M59" s="40"/>
       <c r="N59" s="40"/>
       <c r="O59" s="49"/>
     </row>
     <row r="60" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="27"/>
       <c r="C60" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D60" s="40">
         <v>92.837199999999996</v>
       </c>
       <c r="E60" s="50"/>
       <c r="F60" s="40">
         <v>93.729200000000006</v>
       </c>
       <c r="G60" s="50"/>
       <c r="H60" s="40">
         <v>97.154799999999994</v>
       </c>
       <c r="I60" s="40"/>
-      <c r="J60" s="40"/>
+      <c r="J60" s="70"/>
       <c r="K60" s="50"/>
       <c r="L60" s="40"/>
       <c r="M60" s="40"/>
       <c r="N60" s="40"/>
       <c r="O60" s="49"/>
     </row>
     <row r="61" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="27"/>
       <c r="C61" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="40">
         <v>94.506900000000002</v>
       </c>
       <c r="E61" s="50"/>
       <c r="F61" s="40">
         <v>95.959900000000005</v>
       </c>
       <c r="G61" s="50"/>
       <c r="H61" s="40">
         <v>98.439599999999999</v>
       </c>
       <c r="I61" s="40"/>
-      <c r="J61" s="40">
+      <c r="J61" s="70">
         <v>94.419399999999996</v>
       </c>
       <c r="K61" s="50"/>
       <c r="L61" s="40">
-        <v>96.666200000000003</v>
+        <v>96.665800000000004</v>
       </c>
       <c r="M61" s="40"/>
       <c r="N61" s="40"/>
       <c r="O61" s="49"/>
     </row>
     <row r="62" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="27"/>
       <c r="C62" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="40">
         <v>94.852500000000006</v>
       </c>
       <c r="E62" s="50"/>
       <c r="F62" s="40">
         <v>96.676100000000005</v>
       </c>
       <c r="G62" s="50"/>
       <c r="H62" s="40">
         <v>98.608800000000002</v>
       </c>
       <c r="I62" s="40"/>
-      <c r="J62" s="40"/>
+      <c r="J62" s="70"/>
       <c r="K62" s="50"/>
       <c r="L62" s="40"/>
       <c r="M62" s="40"/>
       <c r="N62" s="40"/>
       <c r="O62" s="49"/>
     </row>
     <row r="63" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="27"/>
       <c r="C63" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="40">
         <v>94.332099999999997</v>
       </c>
       <c r="E63" s="50"/>
       <c r="F63" s="40">
         <v>95.852500000000006</v>
       </c>
       <c r="G63" s="50"/>
       <c r="H63" s="40">
         <v>98.2881</v>
       </c>
       <c r="I63" s="40"/>
-      <c r="J63" s="40"/>
+      <c r="J63" s="70"/>
       <c r="K63" s="50"/>
       <c r="L63" s="40"/>
       <c r="M63" s="40"/>
       <c r="N63" s="40"/>
       <c r="O63" s="49"/>
     </row>
     <row r="64" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="27"/>
       <c r="C64" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="40">
         <v>94.157200000000003</v>
       </c>
       <c r="E64" s="50"/>
       <c r="F64" s="40">
         <v>95.411199999999994</v>
       </c>
       <c r="G64" s="50"/>
       <c r="H64" s="40">
-        <v>97.944800000000001</v>
+        <v>97.944699999999997</v>
       </c>
       <c r="I64" s="40"/>
-      <c r="J64" s="40">
-        <v>96.040400000000005</v>
+      <c r="J64" s="70">
+        <v>96.040999999999997</v>
       </c>
       <c r="K64" s="50"/>
       <c r="L64" s="40">
-        <v>98.372500000000002</v>
+        <v>98.375699999999995</v>
       </c>
       <c r="M64" s="40"/>
       <c r="N64" s="40"/>
       <c r="O64" s="49"/>
     </row>
     <row r="65" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="27"/>
       <c r="C65" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="40">
         <v>93.784800000000004</v>
       </c>
       <c r="E65" s="50"/>
       <c r="F65" s="40">
         <v>95.095699999999994</v>
       </c>
       <c r="G65" s="50"/>
       <c r="H65" s="40">
-        <v>97.9649</v>
+        <v>97.965000000000003</v>
       </c>
       <c r="I65" s="40"/>
-      <c r="J65" s="40"/>
+      <c r="J65" s="70"/>
       <c r="K65" s="50"/>
       <c r="L65" s="40"/>
       <c r="M65" s="40"/>
       <c r="N65" s="40"/>
       <c r="O65" s="49"/>
     </row>
     <row r="66" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="27"/>
       <c r="C66" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D66" s="40">
         <v>93.6357</v>
       </c>
       <c r="E66" s="50"/>
       <c r="F66" s="40">
         <v>94.736199999999997</v>
       </c>
       <c r="G66" s="50"/>
       <c r="H66" s="40">
-        <v>100.27719999999999</v>
+        <v>100.2773</v>
       </c>
       <c r="I66" s="40"/>
-      <c r="J66" s="40"/>
+      <c r="J66" s="70"/>
       <c r="K66" s="50"/>
       <c r="L66" s="40"/>
       <c r="M66" s="40"/>
       <c r="N66" s="40"/>
       <c r="O66" s="49"/>
     </row>
     <row r="67" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="28"/>
       <c r="C67" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="59">
         <v>94.641599999999997</v>
       </c>
       <c r="E67" s="60"/>
       <c r="F67" s="59">
         <v>95.917500000000004</v>
       </c>
       <c r="G67" s="60"/>
       <c r="H67" s="59">
-        <v>101.6555</v>
+        <v>101.65560000000001</v>
       </c>
       <c r="I67" s="59"/>
-      <c r="J67" s="59">
+      <c r="J67" s="71">
         <v>95.328199999999995</v>
       </c>
       <c r="K67" s="60"/>
       <c r="L67" s="59">
-        <v>97.560100000000006</v>
+        <v>97.5595</v>
       </c>
       <c r="M67" s="59"/>
       <c r="N67" s="59"/>
       <c r="O67" s="49"/>
     </row>
     <row r="68" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="21" t="s">
         <v>18</v>
       </c>
       <c r="C68" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="40">
         <v>95.432400000000001</v>
       </c>
       <c r="E68" s="50"/>
       <c r="F68" s="40">
         <v>96.673299999999998</v>
       </c>
       <c r="G68" s="50"/>
       <c r="H68" s="40">
-        <v>100.61109999999999</v>
+        <v>100.6112</v>
       </c>
       <c r="I68" s="40"/>
-      <c r="J68" s="40"/>
+      <c r="J68" s="70"/>
       <c r="K68" s="50"/>
       <c r="L68" s="40"/>
       <c r="M68" s="40"/>
       <c r="N68" s="40"/>
       <c r="O68" s="49"/>
     </row>
     <row r="69" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="27"/>
       <c r="C69" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D69" s="40">
         <v>94.1751</v>
       </c>
       <c r="E69" s="50"/>
       <c r="F69" s="40">
         <v>95.624099999999999</v>
       </c>
       <c r="G69" s="50"/>
       <c r="H69" s="40">
         <v>99.622100000000003</v>
       </c>
       <c r="I69" s="40"/>
-      <c r="J69" s="40"/>
+      <c r="J69" s="70"/>
       <c r="K69" s="50"/>
       <c r="L69" s="40"/>
       <c r="M69" s="40"/>
       <c r="N69" s="40"/>
       <c r="O69" s="49"/>
     </row>
     <row r="70" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="27"/>
       <c r="C70" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="40">
         <v>94.579599999999999</v>
       </c>
       <c r="E70" s="50"/>
       <c r="F70" s="40">
         <v>95.605999999999995</v>
       </c>
       <c r="G70" s="50"/>
       <c r="H70" s="40">
-        <v>98.431600000000003</v>
+        <v>98.431700000000006</v>
       </c>
       <c r="I70" s="40"/>
-      <c r="J70" s="40">
-        <v>95.654499999999999</v>
+      <c r="J70" s="70">
+        <v>95.653499999999994</v>
       </c>
       <c r="K70" s="50"/>
       <c r="L70" s="40">
-        <v>96.940700000000007</v>
+        <v>96.940100000000001</v>
       </c>
       <c r="M70" s="40"/>
       <c r="N70" s="40"/>
       <c r="O70" s="49"/>
     </row>
     <row r="71" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="27"/>
       <c r="C71" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="40">
         <v>95.776799999999994</v>
       </c>
       <c r="E71" s="50"/>
       <c r="F71" s="40">
         <v>97.695400000000006</v>
       </c>
       <c r="G71" s="50"/>
       <c r="H71" s="40">
         <v>99.718199999999996</v>
       </c>
       <c r="I71" s="40"/>
-      <c r="J71" s="40"/>
+      <c r="J71" s="70"/>
       <c r="K71" s="50"/>
       <c r="L71" s="40"/>
       <c r="M71" s="40"/>
       <c r="N71" s="40"/>
       <c r="O71" s="49"/>
     </row>
     <row r="72" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="27"/>
       <c r="C72" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D72" s="40">
         <v>98.317700000000002</v>
       </c>
       <c r="E72" s="50"/>
       <c r="F72" s="40">
         <v>100.60639999999999</v>
       </c>
       <c r="G72" s="50"/>
       <c r="H72" s="40">
-        <v>102.36750000000001</v>
+        <v>102.3676</v>
       </c>
       <c r="I72" s="40"/>
-      <c r="J72" s="40"/>
+      <c r="J72" s="70"/>
       <c r="K72" s="50"/>
       <c r="L72" s="40"/>
       <c r="M72" s="40"/>
       <c r="N72" s="40"/>
       <c r="O72" s="49"/>
     </row>
     <row r="73" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="27"/>
       <c r="C73" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="40">
         <v>97.959699999999998</v>
       </c>
       <c r="E73" s="50"/>
       <c r="F73" s="40">
         <v>99.820499999999996</v>
       </c>
       <c r="G73" s="50"/>
       <c r="H73" s="40">
-        <v>102.02589999999999</v>
+        <v>102.0258</v>
       </c>
       <c r="I73" s="40"/>
-      <c r="J73" s="40">
-        <v>99.4392</v>
+      <c r="J73" s="70">
+        <v>99.439099999999996</v>
       </c>
       <c r="K73" s="50"/>
       <c r="L73" s="40">
-        <v>93.377099999999999</v>
+        <v>93.377300000000005</v>
       </c>
       <c r="M73" s="40"/>
       <c r="N73" s="40"/>
       <c r="O73" s="49"/>
     </row>
     <row r="74" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="27"/>
       <c r="C74" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="40">
         <v>100.2495</v>
       </c>
       <c r="E74" s="50"/>
       <c r="F74" s="40">
         <v>100.9512</v>
       </c>
       <c r="G74" s="50"/>
       <c r="H74" s="40">
-        <v>104.06310000000001</v>
+        <v>104.063</v>
       </c>
       <c r="I74" s="40"/>
-      <c r="J74" s="40"/>
+      <c r="J74" s="70"/>
       <c r="K74" s="50"/>
       <c r="L74" s="40"/>
       <c r="M74" s="40"/>
       <c r="N74" s="40"/>
       <c r="O74" s="49"/>
     </row>
     <row r="75" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="27"/>
       <c r="C75" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="40">
         <v>97.222499999999997</v>
       </c>
       <c r="E75" s="50"/>
       <c r="F75" s="40">
         <v>98.459199999999996</v>
       </c>
       <c r="G75" s="50"/>
       <c r="H75" s="40">
         <v>100.4435</v>
       </c>
       <c r="I75" s="40"/>
-      <c r="J75" s="40"/>
+      <c r="J75" s="70"/>
       <c r="K75" s="50"/>
       <c r="L75" s="40"/>
       <c r="M75" s="40"/>
       <c r="N75" s="40"/>
       <c r="O75" s="49"/>
     </row>
     <row r="76" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="27"/>
       <c r="C76" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="40">
         <v>97.367199999999997</v>
       </c>
       <c r="E76" s="50"/>
       <c r="F76" s="40">
         <v>98.570899999999995</v>
       </c>
       <c r="G76" s="50"/>
       <c r="H76" s="40">
-        <v>100.3908</v>
+        <v>100.3909</v>
       </c>
       <c r="I76" s="40"/>
-      <c r="J76" s="40">
-        <v>98.919600000000003</v>
+      <c r="J76" s="70">
+        <v>98.920100000000005</v>
       </c>
       <c r="K76" s="50"/>
       <c r="L76" s="40">
-        <v>93.481700000000004</v>
+        <v>93.485100000000003</v>
       </c>
       <c r="M76" s="40"/>
       <c r="N76" s="40"/>
       <c r="O76" s="49"/>
     </row>
     <row r="77" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="27"/>
       <c r="C77" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="40">
         <v>98.373000000000005</v>
       </c>
       <c r="E77" s="50"/>
       <c r="F77" s="40">
         <v>98.942999999999998</v>
       </c>
       <c r="G77" s="50"/>
       <c r="H77" s="40">
-        <v>101.6643</v>
+        <v>101.66419999999999</v>
       </c>
       <c r="I77" s="40"/>
-      <c r="J77" s="40"/>
+      <c r="J77" s="70"/>
       <c r="K77" s="50"/>
       <c r="L77" s="40"/>
       <c r="M77" s="40"/>
       <c r="N77" s="40"/>
       <c r="O77" s="49"/>
     </row>
     <row r="78" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="27"/>
       <c r="C78" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D78" s="40">
         <v>98.2333</v>
       </c>
       <c r="E78" s="50"/>
       <c r="F78" s="40">
         <v>98.741200000000006</v>
       </c>
       <c r="G78" s="50"/>
       <c r="H78" s="40">
-        <v>101.5073</v>
+        <v>101.5072</v>
       </c>
       <c r="I78" s="40"/>
-      <c r="J78" s="40"/>
+      <c r="J78" s="70"/>
       <c r="K78" s="50"/>
       <c r="L78" s="40"/>
       <c r="M78" s="40"/>
       <c r="N78" s="40"/>
       <c r="O78" s="49"/>
     </row>
     <row r="79" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="28"/>
       <c r="C79" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="59">
         <v>98.527000000000001</v>
       </c>
       <c r="E79" s="60"/>
       <c r="F79" s="59">
         <v>99.366699999999994</v>
       </c>
       <c r="G79" s="60"/>
       <c r="H79" s="59">
-        <v>101.12739999999999</v>
+        <v>101.1275</v>
       </c>
       <c r="I79" s="59"/>
-      <c r="J79" s="59">
-        <v>99.976900000000001</v>
+      <c r="J79" s="71">
+        <v>99.976799999999997</v>
       </c>
       <c r="K79" s="60"/>
       <c r="L79" s="59">
-        <v>94.662999999999997</v>
+        <v>94.662899999999993</v>
       </c>
       <c r="M79" s="59"/>
       <c r="N79" s="59"/>
       <c r="O79" s="49"/>
     </row>
     <row r="80" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D80" s="40">
         <v>96.661799999999999</v>
       </c>
       <c r="E80" s="50"/>
       <c r="F80" s="40">
         <v>97.791600000000003</v>
       </c>
       <c r="G80" s="50"/>
       <c r="H80" s="40">
         <v>98.455299999999994</v>
       </c>
       <c r="I80" s="40"/>
-      <c r="J80" s="40"/>
+      <c r="J80" s="70"/>
       <c r="K80" s="50"/>
       <c r="L80" s="40"/>
       <c r="M80" s="40"/>
       <c r="N80" s="40"/>
       <c r="O80" s="49"/>
     </row>
     <row r="81" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="27"/>
       <c r="C81" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D81" s="40">
         <v>97.0304</v>
       </c>
       <c r="E81" s="50"/>
       <c r="F81" s="40">
         <v>97.811700000000002</v>
       </c>
       <c r="G81" s="50"/>
       <c r="H81" s="40">
         <v>99.465900000000005</v>
       </c>
       <c r="I81" s="40"/>
-      <c r="J81" s="40"/>
+      <c r="J81" s="70"/>
       <c r="K81" s="50"/>
       <c r="L81" s="40"/>
       <c r="M81" s="40"/>
       <c r="N81" s="40"/>
       <c r="O81" s="49"/>
     </row>
     <row r="82" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="27"/>
       <c r="C82" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="40">
         <v>98.137200000000007</v>
       </c>
       <c r="E82" s="50"/>
       <c r="F82" s="40">
         <v>98.723500000000001</v>
       </c>
       <c r="G82" s="50"/>
       <c r="H82" s="40">
         <v>99.135499999999993</v>
       </c>
       <c r="I82" s="40"/>
-      <c r="J82" s="40">
-        <v>99.640799999999999</v>
+      <c r="J82" s="70">
+        <v>99.641099999999994</v>
       </c>
       <c r="K82" s="50"/>
       <c r="L82" s="40">
-        <v>94.297799999999995</v>
+        <v>94.299800000000005</v>
       </c>
       <c r="M82" s="40"/>
       <c r="N82" s="40"/>
       <c r="O82" s="49"/>
     </row>
     <row r="83" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="27"/>
       <c r="C83" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="40">
         <v>98.352099999999993</v>
       </c>
       <c r="E83" s="50"/>
       <c r="F83" s="40">
         <v>98.8005</v>
       </c>
       <c r="G83" s="50"/>
       <c r="H83" s="40">
-        <v>100.25700000000001</v>
+        <v>100.2569</v>
       </c>
       <c r="I83" s="40"/>
-      <c r="J83" s="40"/>
+      <c r="J83" s="70"/>
       <c r="K83" s="50"/>
       <c r="L83" s="40"/>
       <c r="M83" s="40"/>
       <c r="N83" s="40"/>
       <c r="O83" s="49"/>
     </row>
     <row r="84" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="27"/>
       <c r="C84" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D84" s="40">
         <v>99.428600000000003</v>
       </c>
       <c r="E84" s="50"/>
       <c r="F84" s="40">
         <v>100.3108</v>
       </c>
       <c r="G84" s="50"/>
       <c r="H84" s="40">
         <v>101.17270000000001</v>
       </c>
       <c r="I84" s="40"/>
-      <c r="J84" s="40"/>
+      <c r="J84" s="70"/>
       <c r="K84" s="50"/>
       <c r="L84" s="40"/>
       <c r="M84" s="40"/>
       <c r="N84" s="40"/>
       <c r="O84" s="49"/>
     </row>
     <row r="85" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="27"/>
       <c r="C85" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="40">
         <v>101.113</v>
       </c>
       <c r="E85" s="50"/>
       <c r="F85" s="40">
         <v>101.4135</v>
       </c>
       <c r="G85" s="50"/>
       <c r="H85" s="40">
         <v>102.62569999999999</v>
       </c>
       <c r="I85" s="40"/>
-      <c r="J85" s="40">
-        <v>101.3762</v>
+      <c r="J85" s="70">
+        <v>101.376</v>
       </c>
       <c r="K85" s="50"/>
       <c r="L85" s="40">
-        <v>97.475700000000003</v>
+        <v>97.475300000000004</v>
       </c>
       <c r="M85" s="40"/>
       <c r="N85" s="40"/>
       <c r="O85" s="49"/>
     </row>
     <row r="86" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="27"/>
       <c r="C86" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="40">
         <v>101.5338</v>
       </c>
       <c r="E86" s="50"/>
       <c r="F86" s="40">
         <v>101.1713</v>
       </c>
       <c r="G86" s="50"/>
       <c r="H86" s="40">
-        <v>103.2321</v>
+        <v>103.23220000000001</v>
       </c>
       <c r="I86" s="40"/>
-      <c r="J86" s="40"/>
+      <c r="J86" s="70"/>
       <c r="K86" s="50"/>
       <c r="L86" s="40"/>
       <c r="M86" s="40"/>
       <c r="N86" s="40"/>
       <c r="O86" s="49"/>
     </row>
     <row r="87" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="27"/>
       <c r="C87" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="40">
         <v>101.2796</v>
       </c>
       <c r="E87" s="50"/>
       <c r="F87" s="40">
         <v>100.5928</v>
       </c>
       <c r="G87" s="50"/>
       <c r="H87" s="40">
         <v>103.03440000000001</v>
       </c>
       <c r="I87" s="40"/>
-      <c r="J87" s="40"/>
+      <c r="J87" s="70"/>
       <c r="K87" s="50"/>
       <c r="L87" s="40"/>
       <c r="M87" s="40"/>
       <c r="N87" s="40"/>
       <c r="O87" s="49"/>
     </row>
     <row r="88" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="27"/>
       <c r="C88" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D88" s="40">
         <v>101.77979999999999</v>
       </c>
       <c r="E88" s="50"/>
       <c r="F88" s="40">
         <v>101.3935</v>
       </c>
       <c r="G88" s="50"/>
       <c r="H88" s="40">
         <v>103.1096</v>
       </c>
       <c r="I88" s="40"/>
-      <c r="J88" s="40">
-        <v>103.6865</v>
+      <c r="J88" s="70">
+        <v>103.6863</v>
       </c>
       <c r="K88" s="50"/>
       <c r="L88" s="40">
-        <v>99.793899999999994</v>
+        <v>99.796199999999999</v>
       </c>
       <c r="M88" s="40"/>
       <c r="N88" s="40"/>
       <c r="O88" s="49"/>
     </row>
     <row r="89" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="27"/>
       <c r="C89" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="40">
         <v>100.5365</v>
       </c>
       <c r="E89" s="50"/>
       <c r="F89" s="40">
         <v>100.11</v>
       </c>
       <c r="G89" s="50"/>
       <c r="H89" s="40">
-        <v>102.50449999999999</v>
+        <v>102.5043</v>
       </c>
       <c r="I89" s="40"/>
-      <c r="J89" s="40"/>
+      <c r="J89" s="70"/>
       <c r="K89" s="50"/>
       <c r="L89" s="40"/>
       <c r="M89" s="40"/>
       <c r="N89" s="40"/>
       <c r="O89" s="49"/>
     </row>
     <row r="90" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="27"/>
       <c r="C90" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D90" s="40">
         <v>100.6866</v>
       </c>
       <c r="E90" s="50"/>
       <c r="F90" s="40">
         <v>100.3201</v>
       </c>
       <c r="G90" s="50"/>
       <c r="H90" s="40">
         <v>102.1035</v>
       </c>
       <c r="I90" s="40"/>
-      <c r="J90" s="40"/>
+      <c r="J90" s="70"/>
       <c r="K90" s="50"/>
       <c r="L90" s="40"/>
       <c r="M90" s="40"/>
       <c r="N90" s="40"/>
       <c r="O90" s="49"/>
     </row>
     <row r="91" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="28"/>
       <c r="C91" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="59">
         <v>101.6092</v>
       </c>
       <c r="E91" s="60"/>
       <c r="F91" s="59">
         <v>101.4632</v>
       </c>
       <c r="G91" s="60"/>
       <c r="H91" s="59">
-        <v>102.5817</v>
+        <v>102.5818</v>
       </c>
       <c r="I91" s="59"/>
-      <c r="J91" s="59">
-        <v>103.3357</v>
+      <c r="J91" s="71">
+        <v>103.33540000000001</v>
       </c>
       <c r="K91" s="60"/>
       <c r="L91" s="59">
-        <v>104.7748</v>
+        <v>104.774</v>
       </c>
       <c r="M91" s="59"/>
       <c r="N91" s="59"/>
       <c r="O91" s="49"/>
     </row>
     <row r="92" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D92" s="40">
         <v>101.3477</v>
       </c>
       <c r="E92" s="50"/>
       <c r="F92" s="40">
         <v>101.12</v>
       </c>
       <c r="G92" s="50"/>
       <c r="H92" s="40">
         <v>101.4136</v>
       </c>
       <c r="I92" s="40"/>
-      <c r="J92" s="40"/>
+      <c r="J92" s="70"/>
       <c r="K92" s="50"/>
       <c r="L92" s="40"/>
       <c r="M92" s="40"/>
       <c r="N92" s="40"/>
       <c r="O92" s="49"/>
     </row>
     <row r="93" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="27"/>
       <c r="C93" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D93" s="40">
         <v>100.7539</v>
       </c>
       <c r="E93" s="50"/>
       <c r="F93" s="40">
         <v>100.5183</v>
       </c>
       <c r="G93" s="50"/>
       <c r="H93" s="40">
-        <v>100.86709999999999</v>
+        <v>100.867</v>
       </c>
       <c r="I93" s="40"/>
-      <c r="J93" s="40"/>
+      <c r="J93" s="70"/>
       <c r="K93" s="50"/>
       <c r="L93" s="40"/>
       <c r="M93" s="40"/>
       <c r="N93" s="40"/>
       <c r="O93" s="49"/>
     </row>
     <row r="94" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="27"/>
       <c r="C94" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D94" s="40">
         <v>100.0787</v>
       </c>
       <c r="E94" s="50"/>
       <c r="F94" s="40">
         <v>99.910499999999999</v>
       </c>
       <c r="G94" s="50"/>
       <c r="H94" s="40">
-        <v>100.9157</v>
+        <v>100.9158</v>
       </c>
       <c r="I94" s="40"/>
-      <c r="J94" s="40">
-        <v>103.9727</v>
+      <c r="J94" s="70">
+        <v>103.97320000000001</v>
       </c>
       <c r="K94" s="50"/>
       <c r="L94" s="40">
-        <v>99.861999999999995</v>
+        <v>99.863600000000005</v>
       </c>
       <c r="M94" s="40"/>
       <c r="N94" s="40"/>
       <c r="O94" s="49"/>
     </row>
     <row r="95" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="27"/>
       <c r="C95" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D95" s="40">
         <v>101.8648</v>
       </c>
       <c r="E95" s="50"/>
       <c r="F95" s="40">
         <v>101.47580000000001</v>
       </c>
       <c r="G95" s="50"/>
       <c r="H95" s="40">
-        <v>102.79389999999999</v>
+        <v>102.7941</v>
       </c>
       <c r="I95" s="40"/>
-      <c r="J95" s="40"/>
+      <c r="J95" s="70"/>
       <c r="K95" s="50"/>
       <c r="L95" s="40"/>
       <c r="M95" s="40"/>
       <c r="N95" s="40"/>
       <c r="O95" s="49"/>
     </row>
     <row r="96" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="27"/>
       <c r="C96" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="40">
         <v>103.32859999999999</v>
       </c>
       <c r="E96" s="50"/>
       <c r="F96" s="40">
         <v>103.24039999999999</v>
       </c>
       <c r="G96" s="50"/>
       <c r="H96" s="40">
-        <v>103.2169</v>
+        <v>103.217</v>
       </c>
       <c r="I96" s="40"/>
-      <c r="J96" s="40"/>
+      <c r="J96" s="70"/>
       <c r="K96" s="50"/>
       <c r="L96" s="40"/>
       <c r="M96" s="40"/>
       <c r="N96" s="40"/>
       <c r="O96" s="49"/>
     </row>
     <row r="97" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="27"/>
       <c r="C97" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="40">
         <v>103.56789999999999</v>
       </c>
       <c r="E97" s="50"/>
       <c r="F97" s="40">
         <v>102.96250000000001</v>
       </c>
       <c r="G97" s="50"/>
       <c r="H97" s="40">
-        <v>103.7932</v>
+        <v>103.79340000000001</v>
       </c>
       <c r="I97" s="40"/>
-      <c r="J97" s="40">
-        <v>106.65689999999999</v>
+      <c r="J97" s="70">
+        <v>106.657</v>
       </c>
       <c r="K97" s="50"/>
       <c r="L97" s="40">
-        <v>103.43989999999999</v>
+        <v>103.4409</v>
       </c>
       <c r="M97" s="40"/>
       <c r="N97" s="40"/>
       <c r="O97" s="49"/>
     </row>
     <row r="98" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="27"/>
       <c r="C98" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="40">
         <v>103.4678</v>
       </c>
       <c r="E98" s="50"/>
       <c r="F98" s="40">
         <v>102.76730000000001</v>
       </c>
       <c r="G98" s="50"/>
       <c r="H98" s="40">
-        <v>104.4414</v>
+        <v>104.4415</v>
       </c>
       <c r="I98" s="40"/>
-      <c r="J98" s="40"/>
+      <c r="J98" s="70"/>
       <c r="K98" s="50"/>
       <c r="L98" s="40"/>
       <c r="M98" s="40"/>
       <c r="N98" s="40"/>
       <c r="O98" s="49"/>
     </row>
     <row r="99" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="27"/>
       <c r="C99" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="40">
         <v>102.8998</v>
       </c>
       <c r="E99" s="50"/>
       <c r="F99" s="40">
         <v>102.148</v>
       </c>
       <c r="G99" s="50"/>
       <c r="H99" s="40">
-        <v>104.56910000000001</v>
+        <v>104.5692</v>
       </c>
       <c r="I99" s="40"/>
-      <c r="J99" s="40"/>
+      <c r="J99" s="70"/>
       <c r="K99" s="50"/>
       <c r="L99" s="40"/>
       <c r="M99" s="40"/>
       <c r="N99" s="40"/>
       <c r="O99" s="49"/>
     </row>
     <row r="100" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="27"/>
       <c r="C100" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="40">
         <v>102.98260000000001</v>
       </c>
       <c r="E100" s="50"/>
       <c r="F100" s="40">
         <v>102.0848</v>
       </c>
       <c r="G100" s="50"/>
       <c r="H100" s="40">
         <v>103.72020000000001</v>
       </c>
       <c r="I100" s="40"/>
-      <c r="J100" s="40">
-        <v>107.7302</v>
+      <c r="J100" s="70">
+        <v>107.73</v>
       </c>
       <c r="K100" s="50"/>
       <c r="L100" s="40">
-        <v>105.0337</v>
+        <v>105.0359</v>
       </c>
       <c r="M100" s="40"/>
       <c r="N100" s="40"/>
       <c r="O100" s="49"/>
     </row>
     <row r="101" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="27"/>
       <c r="C101" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="40">
         <v>102.5556</v>
       </c>
       <c r="E101" s="50"/>
       <c r="F101" s="40">
         <v>101.5504</v>
       </c>
       <c r="G101" s="50"/>
       <c r="H101" s="40">
         <v>102.6296</v>
       </c>
       <c r="I101" s="40"/>
-      <c r="J101" s="40"/>
+      <c r="J101" s="70"/>
       <c r="K101" s="50"/>
       <c r="L101" s="40"/>
       <c r="M101" s="40"/>
       <c r="N101" s="40"/>
       <c r="O101" s="49"/>
     </row>
     <row r="102" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="27"/>
       <c r="C102" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D102" s="40">
         <v>102.29470000000001</v>
       </c>
       <c r="E102" s="50"/>
       <c r="F102" s="40">
         <v>101.3857</v>
       </c>
       <c r="G102" s="50"/>
       <c r="H102" s="40">
-        <v>102.3501</v>
+        <v>102.3502</v>
       </c>
       <c r="I102" s="40"/>
-      <c r="J102" s="40"/>
+      <c r="J102" s="70"/>
       <c r="K102" s="50"/>
       <c r="L102" s="40"/>
       <c r="M102" s="40"/>
       <c r="N102" s="40"/>
       <c r="O102" s="49"/>
     </row>
     <row r="103" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="28"/>
       <c r="C103" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D103" s="59">
         <v>102.812</v>
       </c>
       <c r="E103" s="60"/>
       <c r="F103" s="59">
         <v>102.0539</v>
       </c>
       <c r="G103" s="60"/>
       <c r="H103" s="59">
-        <v>102.4838</v>
+        <v>102.48399999999999</v>
       </c>
       <c r="I103" s="59"/>
-      <c r="J103" s="59">
-        <v>107.0211</v>
+      <c r="J103" s="71">
+        <v>107.0209</v>
       </c>
       <c r="K103" s="60"/>
       <c r="L103" s="59">
-        <v>103.09739999999999</v>
+        <v>103.0964</v>
       </c>
       <c r="M103" s="59"/>
       <c r="N103" s="59"/>
       <c r="O103" s="49"/>
     </row>
     <row r="104" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D104" s="40">
         <v>102.994</v>
       </c>
       <c r="E104" s="50"/>
       <c r="F104" s="40">
         <v>102.6417</v>
       </c>
       <c r="G104" s="50"/>
       <c r="H104" s="40">
-        <v>101.81440000000001</v>
+        <v>101.8146</v>
       </c>
       <c r="I104" s="40"/>
-      <c r="J104" s="40"/>
+      <c r="J104" s="70"/>
       <c r="K104" s="50"/>
       <c r="L104" s="40"/>
       <c r="M104" s="40"/>
       <c r="N104" s="40"/>
       <c r="O104" s="49"/>
     </row>
     <row r="105" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B105" s="27"/>
       <c r="C105" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D105" s="40">
         <v>103.6866</v>
       </c>
       <c r="E105" s="50"/>
       <c r="F105" s="40">
         <v>103.1825</v>
       </c>
       <c r="G105" s="50"/>
       <c r="H105" s="40">
         <v>102.1585</v>
       </c>
       <c r="I105" s="40"/>
-      <c r="J105" s="40"/>
+      <c r="J105" s="70"/>
       <c r="K105" s="50"/>
       <c r="L105" s="40"/>
       <c r="M105" s="40"/>
       <c r="N105" s="40"/>
       <c r="O105" s="49"/>
     </row>
     <row r="106" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B106" s="27"/>
       <c r="C106" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D106" s="40">
         <v>105.123</v>
       </c>
       <c r="E106" s="50"/>
       <c r="F106" s="40">
         <v>104.2804</v>
       </c>
       <c r="G106" s="50"/>
       <c r="H106" s="40">
-        <v>103.42310000000001</v>
+        <v>103.4228</v>
       </c>
       <c r="I106" s="40"/>
-      <c r="J106" s="40">
-        <v>107.9374</v>
+      <c r="J106" s="70">
+        <v>107.9376</v>
       </c>
       <c r="K106" s="50"/>
       <c r="L106" s="40">
-        <v>109.18689999999999</v>
+        <v>109.1885</v>
       </c>
       <c r="M106" s="40"/>
       <c r="N106" s="40"/>
       <c r="O106" s="49"/>
     </row>
     <row r="107" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="27"/>
       <c r="C107" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D107" s="40">
         <v>104.0693</v>
       </c>
       <c r="E107" s="50"/>
       <c r="F107" s="40">
         <v>103.26909999999999</v>
       </c>
       <c r="G107" s="50"/>
       <c r="H107" s="40">
-        <v>103.1587</v>
+        <v>103.1588</v>
       </c>
       <c r="I107" s="40"/>
-      <c r="J107" s="40"/>
+      <c r="J107" s="70"/>
       <c r="K107" s="50"/>
       <c r="L107" s="40"/>
       <c r="M107" s="40"/>
       <c r="N107" s="40"/>
       <c r="O107" s="49"/>
     </row>
     <row r="108" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B108" s="27"/>
       <c r="C108" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D108" s="40">
         <v>105.92440000000001</v>
       </c>
       <c r="E108" s="50"/>
       <c r="F108" s="40">
         <v>105.46729999999999</v>
       </c>
       <c r="G108" s="50"/>
       <c r="H108" s="40">
-        <v>106.24590000000001</v>
+        <v>106.2458</v>
       </c>
       <c r="I108" s="40"/>
-      <c r="J108" s="40"/>
+      <c r="J108" s="70"/>
       <c r="K108" s="50"/>
       <c r="L108" s="40"/>
       <c r="M108" s="40"/>
       <c r="N108" s="40"/>
       <c r="O108" s="49"/>
     </row>
     <row r="109" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="27"/>
       <c r="C109" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="40">
         <v>106.42440000000001</v>
       </c>
       <c r="E109" s="50"/>
       <c r="F109" s="40">
         <v>105.4764</v>
       </c>
       <c r="G109" s="50"/>
       <c r="H109" s="40">
-        <v>106.42019999999999</v>
+        <v>106.42</v>
       </c>
       <c r="I109" s="40"/>
-      <c r="J109" s="40">
-        <v>110.7077</v>
+      <c r="J109" s="70">
+        <v>110.7073</v>
       </c>
       <c r="K109" s="50"/>
       <c r="L109" s="40">
-        <v>104.7681</v>
+        <v>104.76860000000001</v>
       </c>
       <c r="M109" s="40"/>
       <c r="N109" s="40"/>
       <c r="O109" s="49"/>
     </row>
     <row r="110" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="27"/>
       <c r="C110" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="40">
         <v>106.53879999999999</v>
       </c>
       <c r="E110" s="50"/>
       <c r="F110" s="40">
         <v>104.938</v>
       </c>
       <c r="G110" s="50"/>
       <c r="H110" s="40">
         <v>107.11490000000001</v>
       </c>
       <c r="I110" s="40"/>
-      <c r="J110" s="40"/>
+      <c r="J110" s="70"/>
       <c r="K110" s="50"/>
       <c r="L110" s="40"/>
       <c r="M110" s="40"/>
       <c r="N110" s="40"/>
       <c r="O110" s="49"/>
     </row>
     <row r="111" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="27"/>
       <c r="C111" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="40">
         <v>106.64109999999999</v>
       </c>
       <c r="E111" s="50"/>
       <c r="F111" s="40">
         <v>104.8353</v>
       </c>
       <c r="G111" s="50"/>
       <c r="H111" s="40">
-        <v>107.87009999999999</v>
+        <v>107.8704</v>
       </c>
       <c r="I111" s="40"/>
-      <c r="J111" s="40"/>
+      <c r="J111" s="70"/>
       <c r="K111" s="50"/>
       <c r="L111" s="40"/>
       <c r="M111" s="40"/>
       <c r="N111" s="40"/>
       <c r="O111" s="49"/>
     </row>
     <row r="112" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="27"/>
       <c r="C112" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D112" s="40">
         <v>105.7696</v>
       </c>
       <c r="E112" s="50"/>
       <c r="F112" s="40">
         <v>103.7696</v>
       </c>
       <c r="G112" s="50"/>
       <c r="H112" s="40">
-        <v>106.3747</v>
+        <v>106.3746</v>
       </c>
       <c r="I112" s="40"/>
-      <c r="J112" s="40">
-        <v>111.8934</v>
+      <c r="J112" s="70">
+        <v>111.8931</v>
       </c>
       <c r="K112" s="50"/>
       <c r="L112" s="40">
-        <v>104.6871</v>
+        <v>104.6895</v>
       </c>
       <c r="M112" s="40"/>
       <c r="N112" s="40"/>
       <c r="O112" s="49"/>
     </row>
     <row r="113" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B113" s="27"/>
       <c r="C113" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D113" s="40">
         <v>104.6861</v>
       </c>
       <c r="E113" s="50"/>
       <c r="F113" s="40">
         <v>102.7679</v>
       </c>
       <c r="G113" s="50"/>
       <c r="H113" s="40">
-        <v>104.90560000000001</v>
+        <v>104.9058</v>
       </c>
       <c r="I113" s="40"/>
-      <c r="J113" s="40"/>
+      <c r="J113" s="70"/>
       <c r="K113" s="50"/>
       <c r="L113" s="40"/>
       <c r="M113" s="40"/>
       <c r="N113" s="40"/>
       <c r="O113" s="49"/>
     </row>
     <row r="114" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B114" s="27"/>
       <c r="C114" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D114" s="40">
         <v>104.80419999999999</v>
       </c>
       <c r="E114" s="50"/>
       <c r="F114" s="40">
         <v>103.3259</v>
       </c>
       <c r="G114" s="50"/>
       <c r="H114" s="40">
-        <v>104.5042</v>
+        <v>104.5043</v>
       </c>
       <c r="I114" s="40"/>
-      <c r="J114" s="40"/>
+      <c r="J114" s="70"/>
       <c r="K114" s="50"/>
       <c r="L114" s="40"/>
       <c r="M114" s="40"/>
       <c r="N114" s="40"/>
       <c r="O114" s="49"/>
     </row>
     <row r="115" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B115" s="28"/>
       <c r="C115" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D115" s="59">
         <v>105.2162</v>
       </c>
       <c r="E115" s="60"/>
       <c r="F115" s="59">
         <v>104.39919999999999</v>
       </c>
       <c r="G115" s="60"/>
       <c r="H115" s="59">
-        <v>104.3169</v>
+        <v>104.3173</v>
       </c>
       <c r="I115" s="59"/>
-      <c r="J115" s="59">
-        <v>110.0826</v>
+      <c r="J115" s="71">
+        <v>110.08150000000001</v>
       </c>
       <c r="K115" s="60"/>
       <c r="L115" s="59">
-        <v>103.48950000000001</v>
+        <v>103.4875</v>
       </c>
       <c r="M115" s="59"/>
       <c r="N115" s="59"/>
       <c r="O115" s="49"/>
     </row>
     <row r="116" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C116" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D116" s="40">
         <v>104.8257</v>
       </c>
       <c r="E116" s="50"/>
       <c r="F116" s="40">
         <v>104.1768</v>
       </c>
       <c r="G116" s="50"/>
       <c r="H116" s="40">
-        <v>103.6382</v>
+        <v>103.6386</v>
       </c>
       <c r="I116" s="40"/>
-      <c r="J116" s="40"/>
+      <c r="J116" s="70"/>
       <c r="K116" s="50"/>
       <c r="L116" s="40"/>
       <c r="M116" s="40"/>
       <c r="N116" s="40"/>
       <c r="O116" s="49"/>
     </row>
     <row r="117" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="27"/>
       <c r="C117" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D117" s="40">
         <v>104.88760000000001</v>
       </c>
       <c r="E117" s="50"/>
       <c r="F117" s="40">
         <v>104.68380000000001</v>
       </c>
       <c r="G117" s="50"/>
       <c r="H117" s="40">
         <v>103.79810000000001</v>
       </c>
       <c r="I117" s="40"/>
-      <c r="J117" s="40"/>
+      <c r="J117" s="70"/>
       <c r="K117" s="50"/>
       <c r="L117" s="40"/>
       <c r="M117" s="40"/>
       <c r="N117" s="40"/>
       <c r="O117" s="49"/>
     </row>
     <row r="118" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B118" s="27"/>
       <c r="C118" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D118" s="40">
         <v>106.0093</v>
       </c>
       <c r="E118" s="50"/>
       <c r="F118" s="40">
         <v>106.0411</v>
       </c>
       <c r="G118" s="50"/>
       <c r="H118" s="40">
-        <v>104.7255</v>
+        <v>104.7257</v>
       </c>
       <c r="I118" s="40"/>
-      <c r="J118" s="40">
-        <v>110.616</v>
+      <c r="J118" s="70">
+        <v>110.61669999999999</v>
       </c>
       <c r="K118" s="50"/>
       <c r="L118" s="40">
-        <v>106.92440000000001</v>
+        <v>106.9278</v>
       </c>
       <c r="M118" s="40"/>
       <c r="N118" s="40"/>
       <c r="O118" s="49"/>
     </row>
     <row r="119" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B119" s="27"/>
       <c r="C119" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D119" s="40">
         <v>106.7441</v>
       </c>
       <c r="E119" s="50"/>
       <c r="F119" s="40">
         <v>107.0484</v>
       </c>
       <c r="G119" s="50"/>
       <c r="H119" s="40">
-        <v>105.72490000000001</v>
+        <v>105.7251</v>
       </c>
       <c r="I119" s="40"/>
-      <c r="J119" s="40"/>
+      <c r="J119" s="70"/>
       <c r="K119" s="50"/>
       <c r="L119" s="40"/>
       <c r="M119" s="40"/>
       <c r="N119" s="40"/>
       <c r="O119" s="49"/>
     </row>
     <row r="120" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B120" s="27"/>
       <c r="C120" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="40">
         <v>107.2713</v>
       </c>
       <c r="E120" s="50"/>
       <c r="F120" s="40">
         <v>107.3738</v>
       </c>
       <c r="G120" s="50"/>
       <c r="H120" s="40">
-        <v>106.7424</v>
+        <v>106.7423</v>
       </c>
       <c r="I120" s="40"/>
-      <c r="J120" s="40"/>
+      <c r="J120" s="70"/>
       <c r="K120" s="50"/>
       <c r="L120" s="40"/>
       <c r="M120" s="40"/>
       <c r="N120" s="40"/>
       <c r="O120" s="49"/>
     </row>
     <row r="121" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B121" s="27"/>
       <c r="C121" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="40">
         <v>106.3832</v>
       </c>
       <c r="E121" s="50"/>
       <c r="F121" s="40">
         <v>106.747</v>
       </c>
       <c r="G121" s="50"/>
       <c r="H121" s="40">
-        <v>105.51220000000001</v>
+        <v>105.5123</v>
       </c>
       <c r="I121" s="40"/>
-      <c r="J121" s="40">
-        <v>112.2633</v>
+      <c r="J121" s="70">
+        <v>112.26179999999999</v>
       </c>
       <c r="K121" s="50"/>
       <c r="L121" s="40">
-        <v>107.0976</v>
+        <v>107.0959</v>
       </c>
       <c r="M121" s="40"/>
       <c r="N121" s="40"/>
       <c r="O121" s="49"/>
     </row>
     <row r="122" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B122" s="27"/>
       <c r="C122" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="40">
         <v>106.47329999999999</v>
       </c>
       <c r="E122" s="50"/>
       <c r="F122" s="40">
         <v>106.974</v>
       </c>
       <c r="G122" s="50"/>
       <c r="H122" s="40">
-        <v>106.1983</v>
+        <v>106.19840000000001</v>
       </c>
       <c r="I122" s="40"/>
-      <c r="J122" s="40"/>
+      <c r="J122" s="70"/>
       <c r="K122" s="50"/>
       <c r="L122" s="40"/>
       <c r="M122" s="40"/>
       <c r="N122" s="40"/>
       <c r="O122" s="49"/>
     </row>
     <row r="123" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B123" s="27"/>
       <c r="C123" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="40">
         <v>105.79770000000001</v>
       </c>
       <c r="E123" s="50"/>
       <c r="F123" s="40">
         <v>106.37430000000001</v>
       </c>
       <c r="G123" s="50"/>
       <c r="H123" s="40">
-        <v>105.38679999999999</v>
+        <v>105.38720000000001</v>
       </c>
       <c r="I123" s="40"/>
-      <c r="J123" s="40"/>
+      <c r="J123" s="70"/>
       <c r="K123" s="50"/>
       <c r="L123" s="40"/>
       <c r="M123" s="40"/>
       <c r="N123" s="40"/>
       <c r="O123" s="49"/>
     </row>
     <row r="124" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B124" s="27"/>
       <c r="C124" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D124" s="40">
         <v>104.622</v>
       </c>
       <c r="E124" s="50"/>
       <c r="F124" s="40">
         <v>104.93729999999999</v>
       </c>
       <c r="G124" s="50"/>
       <c r="H124" s="40">
         <v>104.0993</v>
       </c>
       <c r="I124" s="40"/>
-      <c r="J124" s="40">
-        <v>111.557</v>
+      <c r="J124" s="70">
+        <v>111.5566</v>
       </c>
       <c r="K124" s="50"/>
       <c r="L124" s="40">
-        <v>107.3767</v>
+        <v>107.37949999999999</v>
       </c>
       <c r="M124" s="40"/>
       <c r="N124" s="40"/>
       <c r="O124" s="49"/>
     </row>
     <row r="125" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B125" s="27"/>
       <c r="C125" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D125" s="40">
         <v>105.2818</v>
       </c>
       <c r="E125" s="50"/>
       <c r="F125" s="40">
         <v>105.8897</v>
       </c>
       <c r="G125" s="50"/>
       <c r="H125" s="40">
         <v>104.8614</v>
       </c>
       <c r="I125" s="40"/>
-      <c r="J125" s="40"/>
+      <c r="J125" s="70"/>
       <c r="K125" s="50"/>
       <c r="L125" s="40"/>
       <c r="M125" s="40"/>
       <c r="N125" s="40"/>
       <c r="O125" s="49"/>
     </row>
     <row r="126" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B126" s="27"/>
       <c r="C126" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D126" s="40">
         <v>104.9675</v>
       </c>
       <c r="E126" s="50"/>
       <c r="F126" s="40">
         <v>105.7196</v>
       </c>
       <c r="G126" s="50"/>
       <c r="H126" s="40">
-        <v>104.6918</v>
+        <v>104.6919</v>
       </c>
       <c r="I126" s="40"/>
-      <c r="J126" s="40"/>
+      <c r="J126" s="70"/>
       <c r="K126" s="50"/>
       <c r="L126" s="40"/>
       <c r="M126" s="40"/>
       <c r="N126" s="40"/>
       <c r="O126" s="49"/>
     </row>
     <row r="127" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B127" s="28"/>
       <c r="C127" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D127" s="59">
         <v>104.8185</v>
       </c>
       <c r="E127" s="60"/>
       <c r="F127" s="59">
         <v>105.72499999999999</v>
       </c>
       <c r="G127" s="60"/>
       <c r="H127" s="59">
-        <v>104.26349999999999</v>
+        <v>104.2633</v>
       </c>
       <c r="I127" s="59"/>
-      <c r="J127" s="59">
-        <v>111.3754</v>
+      <c r="J127" s="71">
+        <v>111.3747</v>
       </c>
       <c r="K127" s="60"/>
       <c r="L127" s="59">
-        <v>107.01220000000001</v>
+        <v>107.0099</v>
       </c>
       <c r="M127" s="59"/>
       <c r="N127" s="59"/>
       <c r="O127" s="49"/>
     </row>
     <row r="128" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C128" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D128" s="40">
         <v>105.1609</v>
       </c>
       <c r="E128" s="50"/>
       <c r="F128" s="40">
         <v>106.2418</v>
       </c>
       <c r="G128" s="50"/>
       <c r="H128" s="40">
-        <v>104.57170000000001</v>
+        <v>104.5715</v>
       </c>
       <c r="I128" s="40"/>
-      <c r="J128" s="40"/>
+      <c r="J128" s="70"/>
       <c r="K128" s="50"/>
       <c r="L128" s="40"/>
       <c r="M128" s="40"/>
       <c r="N128" s="40"/>
       <c r="O128" s="49"/>
     </row>
     <row r="129" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B129" s="27"/>
       <c r="C129" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D129" s="40">
         <v>105.6332</v>
       </c>
       <c r="E129" s="50"/>
       <c r="F129" s="40">
         <v>107.13039999999999</v>
       </c>
       <c r="G129" s="50"/>
       <c r="H129" s="40">
-        <v>105.12990000000001</v>
+        <v>105.13</v>
       </c>
       <c r="I129" s="40"/>
-      <c r="J129" s="40"/>
+      <c r="J129" s="70"/>
       <c r="K129" s="50"/>
       <c r="L129" s="40"/>
       <c r="M129" s="40"/>
       <c r="N129" s="40"/>
       <c r="O129" s="49"/>
     </row>
     <row r="130" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B130" s="27"/>
       <c r="C130" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D130" s="40">
         <v>105.8402</v>
       </c>
       <c r="E130" s="50"/>
       <c r="F130" s="40">
         <v>107.25709999999999</v>
       </c>
       <c r="G130" s="50"/>
       <c r="H130" s="40">
-        <v>105.0745</v>
+        <v>105.0746</v>
       </c>
       <c r="I130" s="40"/>
-      <c r="J130" s="40">
-        <v>112.803</v>
+      <c r="J130" s="70">
+        <v>112.8026</v>
       </c>
       <c r="K130" s="50"/>
       <c r="L130" s="40">
-        <v>107.7251</v>
+        <v>107.72620000000001</v>
       </c>
       <c r="M130" s="40"/>
       <c r="N130" s="40"/>
       <c r="O130" s="49"/>
     </row>
     <row r="131" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B131" s="27"/>
       <c r="C131" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D131" s="40">
         <v>106.53270000000001</v>
       </c>
       <c r="E131" s="50"/>
       <c r="F131" s="40">
         <v>108.0102</v>
       </c>
       <c r="G131" s="50"/>
       <c r="H131" s="40">
         <v>105.73609999999999</v>
       </c>
       <c r="I131" s="40"/>
-      <c r="J131" s="40"/>
+      <c r="J131" s="70"/>
       <c r="K131" s="50"/>
       <c r="L131" s="40"/>
       <c r="M131" s="40"/>
       <c r="N131" s="40"/>
       <c r="O131" s="49"/>
     </row>
     <row r="132" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B132" s="27"/>
       <c r="C132" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="40">
         <v>107.7714</v>
       </c>
       <c r="E132" s="50"/>
       <c r="F132" s="40">
         <v>109.2919</v>
       </c>
       <c r="G132" s="50"/>
       <c r="H132" s="40">
-        <v>106.7328</v>
+        <v>106.7329</v>
       </c>
       <c r="I132" s="40"/>
-      <c r="J132" s="40"/>
+      <c r="J132" s="70"/>
       <c r="K132" s="50"/>
       <c r="L132" s="40"/>
       <c r="M132" s="40"/>
       <c r="N132" s="40"/>
       <c r="O132" s="49"/>
     </row>
     <row r="133" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B133" s="27"/>
       <c r="C133" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="40">
         <v>108.2805</v>
       </c>
       <c r="E133" s="50"/>
       <c r="F133" s="40">
         <v>110.09220000000001</v>
       </c>
       <c r="G133" s="50"/>
       <c r="H133" s="40">
-        <v>106.45189999999999</v>
+        <v>106.4516</v>
       </c>
       <c r="I133" s="40"/>
-      <c r="J133" s="40">
-        <v>114.9571</v>
+      <c r="J133" s="70">
+        <v>114.9568</v>
       </c>
       <c r="K133" s="50"/>
       <c r="L133" s="40">
-        <v>108.711</v>
+        <v>108.7116</v>
       </c>
       <c r="M133" s="40"/>
       <c r="N133" s="40"/>
       <c r="O133" s="49"/>
     </row>
     <row r="134" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="27"/>
       <c r="C134" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="40">
         <v>108.46810000000001</v>
       </c>
       <c r="E134" s="50"/>
       <c r="F134" s="40">
         <v>109.5765</v>
       </c>
       <c r="G134" s="50"/>
       <c r="H134" s="40">
-        <v>106.2037</v>
+        <v>106.20359999999999</v>
       </c>
       <c r="I134" s="40"/>
-      <c r="J134" s="40"/>
+      <c r="J134" s="70"/>
       <c r="K134" s="50"/>
       <c r="L134" s="40"/>
       <c r="M134" s="40"/>
       <c r="N134" s="40"/>
       <c r="O134" s="49"/>
     </row>
     <row r="135" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="27"/>
       <c r="C135" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="40">
         <v>107.8556</v>
       </c>
       <c r="E135" s="50"/>
       <c r="F135" s="40">
         <v>108.9623</v>
       </c>
       <c r="G135" s="50"/>
       <c r="H135" s="40">
-        <v>105.768</v>
+        <v>105.7677</v>
       </c>
       <c r="I135" s="40"/>
-      <c r="J135" s="40"/>
+      <c r="J135" s="70"/>
       <c r="K135" s="50"/>
       <c r="L135" s="40"/>
       <c r="M135" s="40"/>
       <c r="N135" s="40"/>
       <c r="O135" s="49"/>
     </row>
     <row r="136" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="27"/>
       <c r="C136" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D136" s="40">
         <v>106.25360000000001</v>
       </c>
       <c r="E136" s="50"/>
       <c r="F136" s="40">
         <v>107.08499999999999</v>
       </c>
       <c r="G136" s="50"/>
       <c r="H136" s="40">
-        <v>103.8353</v>
+        <v>103.8355</v>
       </c>
       <c r="I136" s="40"/>
-      <c r="J136" s="40">
-        <v>114.848</v>
+      <c r="J136" s="70">
+        <v>114.84780000000001</v>
       </c>
       <c r="K136" s="50"/>
       <c r="L136" s="40">
-        <v>108.36190000000001</v>
+        <v>108.3646</v>
       </c>
       <c r="M136" s="40"/>
       <c r="N136" s="40"/>
       <c r="O136" s="49"/>
     </row>
     <row r="137" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="27"/>
       <c r="C137" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D137" s="40">
         <v>105.9746</v>
       </c>
       <c r="E137" s="50"/>
       <c r="F137" s="40">
         <v>106.8009</v>
       </c>
       <c r="G137" s="50"/>
       <c r="H137" s="40">
         <v>103.176</v>
       </c>
       <c r="I137" s="40"/>
-      <c r="J137" s="40"/>
+      <c r="J137" s="70"/>
       <c r="K137" s="50"/>
       <c r="L137" s="40"/>
       <c r="M137" s="40"/>
       <c r="N137" s="40"/>
       <c r="O137" s="49"/>
     </row>
     <row r="138" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B138" s="27"/>
       <c r="C138" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D138" s="40">
         <v>106.72539999999999</v>
       </c>
       <c r="E138" s="50"/>
       <c r="F138" s="40">
         <v>107.6619</v>
       </c>
       <c r="G138" s="50"/>
       <c r="H138" s="40">
-        <v>103.89919999999999</v>
+        <v>103.8991</v>
       </c>
       <c r="I138" s="40"/>
-      <c r="J138" s="40"/>
+      <c r="J138" s="70"/>
       <c r="K138" s="50"/>
       <c r="L138" s="40"/>
       <c r="M138" s="40"/>
       <c r="N138" s="40"/>
       <c r="O138" s="49"/>
     </row>
     <row r="139" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="28"/>
       <c r="C139" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D139" s="59">
         <v>106.90779999999999</v>
       </c>
       <c r="E139" s="60"/>
       <c r="F139" s="59">
         <v>107.56489999999999</v>
       </c>
       <c r="G139" s="60"/>
       <c r="H139" s="59">
-        <v>103.9768</v>
+        <v>103.97669999999999</v>
       </c>
       <c r="I139" s="59"/>
-      <c r="J139" s="59">
-        <v>114.2423</v>
+      <c r="J139" s="71">
+        <v>114.24250000000001</v>
       </c>
       <c r="K139" s="60"/>
       <c r="L139" s="59">
-        <v>108.5641</v>
+        <v>108.56229999999999</v>
       </c>
       <c r="M139" s="59"/>
       <c r="N139" s="59"/>
       <c r="O139" s="49"/>
     </row>
     <row r="140" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C140" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D140" s="40">
         <v>106.4011</v>
       </c>
       <c r="E140" s="50"/>
       <c r="F140" s="40">
         <v>107.09610000000001</v>
       </c>
       <c r="G140" s="50"/>
       <c r="H140" s="40">
-        <v>103.12269999999999</v>
+        <v>103.12309999999999</v>
       </c>
       <c r="I140" s="40"/>
-      <c r="J140" s="40"/>
+      <c r="J140" s="70"/>
       <c r="K140" s="50"/>
       <c r="L140" s="40"/>
       <c r="M140" s="40"/>
       <c r="N140" s="40"/>
       <c r="O140" s="49"/>
     </row>
     <row r="141" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B141" s="27"/>
       <c r="C141" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D141" s="40">
         <v>106.6493</v>
       </c>
       <c r="E141" s="50"/>
       <c r="F141" s="40">
         <v>107.27290000000001</v>
       </c>
       <c r="G141" s="50"/>
       <c r="H141" s="40">
         <v>102.95959999999999</v>
       </c>
       <c r="I141" s="40"/>
-      <c r="J141" s="40"/>
+      <c r="J141" s="70"/>
       <c r="K141" s="50"/>
       <c r="L141" s="40"/>
       <c r="M141" s="40"/>
       <c r="N141" s="40"/>
       <c r="O141" s="49"/>
     </row>
     <row r="142" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="27"/>
       <c r="C142" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D142" s="40">
         <v>106.8353</v>
       </c>
       <c r="E142" s="50"/>
       <c r="F142" s="40">
         <v>107.65430000000001</v>
       </c>
       <c r="G142" s="50"/>
       <c r="H142" s="40">
-        <v>103.5098</v>
+        <v>103.5097</v>
       </c>
       <c r="I142" s="40"/>
-      <c r="J142" s="40">
-        <v>114.2285</v>
+      <c r="J142" s="70">
+        <v>114.22839999999999</v>
       </c>
       <c r="K142" s="50"/>
       <c r="L142" s="40">
-        <v>108.3004</v>
+        <v>108.30249999999999</v>
       </c>
       <c r="M142" s="40"/>
       <c r="N142" s="40"/>
       <c r="O142" s="49"/>
     </row>
     <row r="143" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="27"/>
       <c r="C143" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D143" s="40">
         <v>106.5544</v>
       </c>
       <c r="E143" s="50"/>
       <c r="F143" s="40">
         <v>107.52</v>
       </c>
       <c r="G143" s="50"/>
       <c r="H143" s="40">
         <v>103.473</v>
       </c>
       <c r="I143" s="40"/>
-      <c r="J143" s="40"/>
+      <c r="J143" s="70"/>
       <c r="K143" s="50"/>
       <c r="L143" s="40"/>
       <c r="M143" s="40"/>
       <c r="N143" s="40"/>
       <c r="O143" s="49"/>
     </row>
     <row r="144" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B144" s="27"/>
       <c r="C144" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="40">
         <v>107.4984</v>
       </c>
       <c r="E144" s="50"/>
       <c r="F144" s="40">
         <v>108.40940000000001</v>
       </c>
       <c r="G144" s="50"/>
       <c r="H144" s="40">
-        <v>104.7542</v>
+        <v>104.7547</v>
       </c>
       <c r="I144" s="40"/>
-      <c r="J144" s="40"/>
+      <c r="J144" s="70"/>
       <c r="K144" s="50"/>
       <c r="L144" s="40"/>
       <c r="M144" s="40"/>
       <c r="N144" s="40"/>
       <c r="O144" s="49"/>
     </row>
     <row r="145" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B145" s="27"/>
       <c r="C145" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="40">
         <v>107.26600000000001</v>
       </c>
       <c r="E145" s="50"/>
       <c r="F145" s="40">
         <v>107.6735</v>
       </c>
       <c r="G145" s="50"/>
       <c r="H145" s="40">
-        <v>104.9975</v>
+        <v>104.99760000000001</v>
       </c>
       <c r="I145" s="40"/>
-      <c r="J145" s="40">
-        <v>115.3018</v>
+      <c r="J145" s="70">
+        <v>115.3008</v>
       </c>
       <c r="K145" s="50"/>
       <c r="L145" s="40">
-        <v>108.801</v>
+        <v>108.80110000000001</v>
       </c>
       <c r="M145" s="40"/>
       <c r="N145" s="40"/>
       <c r="O145" s="49"/>
     </row>
     <row r="146" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="27"/>
       <c r="C146" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="40">
         <v>107.9646</v>
       </c>
       <c r="E146" s="50"/>
       <c r="F146" s="40">
         <v>108.12309999999999</v>
       </c>
       <c r="G146" s="50"/>
       <c r="H146" s="40">
-        <v>105.8169</v>
+        <v>105.81699999999999</v>
       </c>
       <c r="I146" s="40"/>
-      <c r="J146" s="40"/>
+      <c r="J146" s="70"/>
       <c r="K146" s="50"/>
       <c r="L146" s="40"/>
       <c r="M146" s="40"/>
       <c r="N146" s="40"/>
       <c r="O146" s="49"/>
     </row>
     <row r="147" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B147" s="27"/>
       <c r="C147" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="40">
         <v>107.7028</v>
       </c>
       <c r="E147" s="50"/>
       <c r="F147" s="40">
         <v>108.4164</v>
       </c>
       <c r="G147" s="50"/>
       <c r="H147" s="40">
-        <v>106.2329</v>
+        <v>106.2332</v>
       </c>
       <c r="I147" s="40"/>
-      <c r="J147" s="40"/>
+      <c r="J147" s="70"/>
       <c r="K147" s="50"/>
       <c r="L147" s="40"/>
       <c r="M147" s="40"/>
       <c r="N147" s="40"/>
       <c r="O147" s="49"/>
     </row>
     <row r="148" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="27"/>
       <c r="C148" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D148" s="40">
         <v>108.0205</v>
       </c>
       <c r="E148" s="50"/>
       <c r="F148" s="40">
         <v>109.4096</v>
       </c>
       <c r="G148" s="50"/>
       <c r="H148" s="40">
-        <v>106.84229999999999</v>
+        <v>106.8424</v>
       </c>
       <c r="I148" s="40"/>
-      <c r="J148" s="40">
-        <v>116.6421</v>
+      <c r="J148" s="70">
+        <v>116.6414</v>
       </c>
       <c r="K148" s="50"/>
       <c r="L148" s="40">
-        <v>111.13720000000001</v>
+        <v>111.13939999999999</v>
       </c>
       <c r="M148" s="40"/>
       <c r="N148" s="40"/>
       <c r="O148" s="49"/>
     </row>
     <row r="149" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="27"/>
       <c r="C149" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D149" s="40">
         <v>107.9933</v>
       </c>
       <c r="E149" s="50"/>
       <c r="F149" s="40">
         <v>109.2137</v>
       </c>
       <c r="G149" s="50"/>
       <c r="H149" s="40">
-        <v>106.48260000000001</v>
+        <v>106.48269999999999</v>
       </c>
       <c r="I149" s="40"/>
-      <c r="J149" s="40"/>
+      <c r="J149" s="70"/>
       <c r="K149" s="50"/>
       <c r="L149" s="40"/>
       <c r="M149" s="40"/>
       <c r="N149" s="40"/>
       <c r="O149" s="49"/>
     </row>
     <row r="150" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B150" s="27"/>
       <c r="C150" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D150" s="40">
         <v>108.4627</v>
       </c>
       <c r="E150" s="50"/>
       <c r="F150" s="40">
         <v>109.8986</v>
       </c>
       <c r="G150" s="50"/>
       <c r="H150" s="40">
-        <v>106.702</v>
+        <v>106.7021</v>
       </c>
       <c r="I150" s="40"/>
-      <c r="J150" s="40"/>
+      <c r="J150" s="70"/>
       <c r="K150" s="50"/>
       <c r="L150" s="40"/>
       <c r="M150" s="40"/>
       <c r="N150" s="40"/>
       <c r="O150" s="49"/>
     </row>
     <row r="151" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="28"/>
       <c r="C151" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D151" s="59">
         <v>108.6044</v>
       </c>
       <c r="E151" s="60"/>
       <c r="F151" s="59">
         <v>110.82510000000001</v>
       </c>
       <c r="G151" s="60"/>
       <c r="H151" s="59">
-        <v>107.4967</v>
+        <v>107.49679999999999</v>
       </c>
       <c r="I151" s="59"/>
-      <c r="J151" s="59">
-        <v>117.96850000000001</v>
+      <c r="J151" s="71">
+        <v>117.96980000000001</v>
       </c>
       <c r="K151" s="60"/>
       <c r="L151" s="59">
-        <v>113.6387</v>
+        <v>113.6391</v>
       </c>
       <c r="M151" s="59"/>
       <c r="N151" s="59"/>
       <c r="O151" s="49"/>
     </row>
     <row r="152" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C152" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D152" s="40">
         <v>108.8126</v>
       </c>
       <c r="E152" s="50"/>
       <c r="F152" s="40">
         <v>111.155</v>
       </c>
       <c r="G152" s="50"/>
       <c r="H152" s="40">
-        <v>108.5433</v>
+        <v>108.54349999999999</v>
       </c>
       <c r="I152" s="40"/>
-      <c r="J152" s="40"/>
+      <c r="J152" s="70"/>
       <c r="K152" s="50"/>
       <c r="L152" s="40"/>
       <c r="M152" s="40"/>
       <c r="N152" s="40"/>
       <c r="O152" s="49"/>
     </row>
     <row r="153" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B153" s="27"/>
       <c r="C153" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D153" s="40">
         <v>109.39449999999999</v>
       </c>
       <c r="E153" s="50"/>
       <c r="F153" s="40">
         <v>111.13890000000001</v>
       </c>
       <c r="G153" s="50"/>
       <c r="H153" s="40">
-        <v>108.8001</v>
+        <v>108.79989999999999</v>
       </c>
       <c r="I153" s="40"/>
-      <c r="J153" s="40"/>
+      <c r="J153" s="70"/>
       <c r="K153" s="50"/>
       <c r="L153" s="40"/>
       <c r="M153" s="40"/>
       <c r="N153" s="40"/>
       <c r="O153" s="49"/>
     </row>
     <row r="154" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B154" s="27"/>
       <c r="C154" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D154" s="40">
         <v>110.5552</v>
       </c>
       <c r="E154" s="50"/>
       <c r="F154" s="40">
         <v>112.2306</v>
       </c>
       <c r="G154" s="50"/>
       <c r="H154" s="40">
-        <v>109.9482</v>
+        <v>109.9485</v>
       </c>
       <c r="I154" s="40"/>
-      <c r="J154" s="40">
-        <v>119.5368</v>
+      <c r="J154" s="70">
+        <v>119.53870000000001</v>
       </c>
       <c r="K154" s="50"/>
       <c r="L154" s="40">
-        <v>113.4044</v>
+        <v>113.4079</v>
       </c>
       <c r="M154" s="40"/>
       <c r="N154" s="40"/>
       <c r="O154" s="49"/>
     </row>
     <row r="155" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B155" s="27"/>
       <c r="C155" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D155" s="40">
         <v>110.88330000000001</v>
       </c>
       <c r="E155" s="50"/>
       <c r="F155" s="40">
         <v>112.8485</v>
       </c>
       <c r="G155" s="50"/>
       <c r="H155" s="40">
-        <v>110.2574</v>
+        <v>110.2573</v>
       </c>
       <c r="I155" s="40"/>
-      <c r="J155" s="40"/>
+      <c r="J155" s="70"/>
       <c r="K155" s="50"/>
       <c r="L155" s="40"/>
       <c r="M155" s="40"/>
       <c r="N155" s="40"/>
       <c r="O155" s="49"/>
     </row>
     <row r="156" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B156" s="27"/>
       <c r="C156" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="40">
         <v>110.6961</v>
       </c>
       <c r="E156" s="50"/>
       <c r="F156" s="40">
         <v>113.0497</v>
       </c>
       <c r="G156" s="50"/>
       <c r="H156" s="40">
-        <v>110.6399</v>
+        <v>110.6397</v>
       </c>
       <c r="I156" s="40"/>
-      <c r="J156" s="40"/>
+      <c r="J156" s="70"/>
       <c r="K156" s="50"/>
       <c r="L156" s="40"/>
       <c r="M156" s="40"/>
       <c r="N156" s="40"/>
       <c r="O156" s="49"/>
     </row>
     <row r="157" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="27"/>
       <c r="C157" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="40">
         <v>110.5617</v>
       </c>
       <c r="E157" s="50"/>
       <c r="F157" s="40">
         <v>113.3754</v>
       </c>
       <c r="G157" s="50"/>
       <c r="H157" s="40">
-        <v>111.4833</v>
+        <v>111.4832</v>
       </c>
       <c r="I157" s="40"/>
-      <c r="J157" s="40">
-        <v>121.0205</v>
+      <c r="J157" s="70">
+        <v>121.0171</v>
       </c>
       <c r="K157" s="50"/>
       <c r="L157" s="40">
-        <v>113.4624</v>
+        <v>113.46</v>
       </c>
       <c r="M157" s="40"/>
       <c r="N157" s="40"/>
       <c r="O157" s="49"/>
     </row>
     <row r="158" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B158" s="27"/>
       <c r="C158" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="40">
         <v>110.7401</v>
       </c>
       <c r="E158" s="50"/>
       <c r="F158" s="40">
         <v>113.95140000000001</v>
       </c>
       <c r="G158" s="50"/>
       <c r="H158" s="40">
-        <v>111.6484</v>
+        <v>111.648</v>
       </c>
       <c r="I158" s="40"/>
-      <c r="J158" s="40"/>
+      <c r="J158" s="70"/>
       <c r="K158" s="50"/>
       <c r="L158" s="40"/>
       <c r="M158" s="40"/>
       <c r="N158" s="40"/>
       <c r="O158" s="49"/>
     </row>
     <row r="159" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B159" s="27"/>
       <c r="C159" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D159" s="40">
         <v>110.386</v>
       </c>
       <c r="E159" s="50"/>
       <c r="F159" s="40">
         <v>113.5</v>
       </c>
       <c r="G159" s="50"/>
       <c r="H159" s="40">
         <v>110.81189999999999</v>
       </c>
       <c r="I159" s="40"/>
-      <c r="J159" s="40"/>
+      <c r="J159" s="70"/>
       <c r="K159" s="50"/>
       <c r="L159" s="40"/>
       <c r="M159" s="40"/>
       <c r="N159" s="40"/>
       <c r="O159" s="49"/>
     </row>
     <row r="160" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="27"/>
       <c r="C160" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D160" s="40">
         <v>111.09229999999999</v>
       </c>
       <c r="E160" s="50"/>
       <c r="F160" s="40">
         <v>114.2564</v>
       </c>
       <c r="G160" s="50"/>
       <c r="H160" s="40">
-        <v>111.631</v>
+        <v>111.6305</v>
       </c>
       <c r="I160" s="40"/>
-      <c r="J160" s="40">
-        <v>123.084</v>
+      <c r="J160" s="70">
+        <v>123.0819</v>
       </c>
       <c r="K160" s="50"/>
       <c r="L160" s="40">
-        <v>115.5879</v>
+        <v>115.5887</v>
       </c>
       <c r="M160" s="40"/>
       <c r="N160" s="40"/>
       <c r="O160" s="49"/>
     </row>
     <row r="161" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="27"/>
       <c r="C161" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D161" s="40">
         <v>109.8062</v>
       </c>
       <c r="E161" s="50"/>
       <c r="F161" s="40">
         <v>112.6409</v>
       </c>
       <c r="G161" s="50"/>
       <c r="H161" s="40">
-        <v>109.79900000000001</v>
+        <v>109.7991</v>
       </c>
       <c r="I161" s="40"/>
-      <c r="J161" s="40"/>
+      <c r="J161" s="70"/>
       <c r="K161" s="50"/>
       <c r="L161" s="40"/>
       <c r="M161" s="40"/>
       <c r="N161" s="40"/>
       <c r="O161" s="49"/>
     </row>
     <row r="162" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B162" s="27"/>
       <c r="C162" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D162" s="40">
         <v>110.0599</v>
       </c>
       <c r="E162" s="50"/>
       <c r="F162" s="40">
         <v>113.0274</v>
       </c>
       <c r="G162" s="50"/>
       <c r="H162" s="40">
-        <v>109.4207</v>
+        <v>109.4204</v>
       </c>
       <c r="I162" s="40"/>
-      <c r="J162" s="40"/>
+      <c r="J162" s="70"/>
       <c r="K162" s="50"/>
       <c r="L162" s="40"/>
       <c r="M162" s="40"/>
       <c r="N162" s="40"/>
       <c r="O162" s="49"/>
     </row>
     <row r="163" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B163" s="28"/>
       <c r="C163" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D163" s="59">
         <v>110.8068</v>
       </c>
       <c r="E163" s="60"/>
       <c r="F163" s="59">
         <v>113.5645</v>
       </c>
       <c r="G163" s="60"/>
       <c r="H163" s="59">
-        <v>109.5513</v>
+        <v>109.5521</v>
       </c>
       <c r="I163" s="59"/>
-      <c r="J163" s="59">
-        <v>122.1966</v>
+      <c r="J163" s="71">
+        <v>122.1983</v>
       </c>
       <c r="K163" s="60"/>
       <c r="L163" s="59">
-        <v>110.0166</v>
+        <v>110.0177</v>
       </c>
       <c r="M163" s="59"/>
       <c r="N163" s="59"/>
       <c r="O163" s="49"/>
     </row>
     <row r="164" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B164" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D164" s="40">
         <v>108.98739999999999</v>
       </c>
       <c r="E164" s="50"/>
       <c r="F164" s="40">
         <v>112.6973</v>
       </c>
       <c r="G164" s="50"/>
       <c r="H164" s="40">
-        <v>108.00749999999999</v>
+        <v>108.00830000000001</v>
       </c>
       <c r="I164" s="40"/>
-      <c r="J164" s="40"/>
+      <c r="J164" s="70"/>
       <c r="K164" s="50"/>
       <c r="L164" s="40"/>
       <c r="M164" s="40"/>
       <c r="N164" s="40"/>
       <c r="O164" s="49"/>
     </row>
     <row r="165" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B165" s="27"/>
       <c r="C165" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D165" s="40">
         <v>107.9405</v>
       </c>
       <c r="E165" s="50"/>
       <c r="F165" s="40">
         <v>111.776</v>
       </c>
       <c r="G165" s="50"/>
       <c r="H165" s="40">
         <v>106.9034</v>
       </c>
       <c r="I165" s="40"/>
-      <c r="J165" s="40"/>
+      <c r="J165" s="70"/>
       <c r="K165" s="50"/>
       <c r="L165" s="40"/>
       <c r="M165" s="40"/>
       <c r="N165" s="40"/>
       <c r="O165" s="49"/>
     </row>
     <row r="166" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B166" s="27"/>
       <c r="C166" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D166" s="40">
         <v>108.512</v>
       </c>
       <c r="E166" s="50"/>
       <c r="F166" s="40">
         <v>112.2248</v>
       </c>
       <c r="G166" s="50"/>
       <c r="H166" s="40">
-        <v>106.1015</v>
+        <v>106.1014</v>
       </c>
       <c r="I166" s="40"/>
-      <c r="J166" s="40">
-        <v>121.1529</v>
+      <c r="J166" s="70">
+        <v>121.15600000000001</v>
       </c>
       <c r="K166" s="50"/>
       <c r="L166" s="40">
-        <v>113.86839999999999</v>
+        <v>113.871</v>
       </c>
       <c r="M166" s="40"/>
       <c r="N166" s="40"/>
       <c r="O166" s="49"/>
     </row>
     <row r="167" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B167" s="27"/>
       <c r="C167" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D167" s="40">
         <v>108.40730000000001</v>
       </c>
       <c r="E167" s="50"/>
       <c r="F167" s="40">
         <v>112.764</v>
       </c>
       <c r="G167" s="50"/>
       <c r="H167" s="40">
-        <v>106.92610000000001</v>
+        <v>106.9265</v>
       </c>
       <c r="I167" s="40"/>
-      <c r="J167" s="40"/>
+      <c r="J167" s="70"/>
       <c r="K167" s="50"/>
       <c r="L167" s="40"/>
       <c r="M167" s="40"/>
       <c r="N167" s="40"/>
       <c r="O167" s="49"/>
     </row>
     <row r="168" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B168" s="27"/>
       <c r="C168" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D168" s="40">
         <v>109.4776</v>
       </c>
       <c r="E168" s="50"/>
       <c r="F168" s="40">
         <v>113.53449999999999</v>
       </c>
       <c r="G168" s="50"/>
       <c r="H168" s="40">
-        <v>109.0741</v>
+        <v>109.0742</v>
       </c>
       <c r="I168" s="40"/>
-      <c r="J168" s="40"/>
+      <c r="J168" s="70"/>
       <c r="K168" s="50"/>
       <c r="L168" s="40"/>
       <c r="M168" s="40"/>
       <c r="N168" s="40"/>
       <c r="O168" s="49"/>
     </row>
     <row r="169" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B169" s="27"/>
       <c r="C169" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="40">
         <v>110.7761</v>
       </c>
       <c r="E169" s="50"/>
       <c r="F169" s="40">
         <v>115.0741</v>
       </c>
       <c r="G169" s="50"/>
       <c r="H169" s="40">
-        <v>110.78530000000001</v>
+        <v>110.785</v>
       </c>
       <c r="I169" s="40"/>
-      <c r="J169" s="40">
-        <v>123.03700000000001</v>
+      <c r="J169" s="70">
+        <v>123.03319999999999</v>
       </c>
       <c r="K169" s="50"/>
       <c r="L169" s="40">
-        <v>114.9828</v>
+        <v>114.9825</v>
       </c>
       <c r="M169" s="40"/>
       <c r="N169" s="40"/>
       <c r="O169" s="49"/>
     </row>
     <row r="170" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="27"/>
       <c r="C170" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="40">
         <v>110.08199999999999</v>
       </c>
       <c r="E170" s="50"/>
       <c r="F170" s="40">
         <v>114.3613</v>
       </c>
       <c r="G170" s="50"/>
       <c r="H170" s="40">
-        <v>110.74160000000001</v>
+        <v>110.7419</v>
       </c>
       <c r="I170" s="40"/>
-      <c r="J170" s="40"/>
+      <c r="J170" s="70"/>
       <c r="K170" s="50"/>
       <c r="L170" s="40"/>
       <c r="M170" s="40"/>
       <c r="N170" s="40"/>
       <c r="O170" s="49"/>
     </row>
     <row r="171" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B171" s="27"/>
       <c r="C171" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="40">
         <v>110.1037</v>
       </c>
       <c r="E171" s="50"/>
       <c r="F171" s="40">
         <v>114.2257</v>
       </c>
       <c r="G171" s="50"/>
       <c r="H171" s="40">
-        <v>111.2915</v>
+        <v>111.29179999999999</v>
       </c>
       <c r="I171" s="40"/>
-      <c r="J171" s="40"/>
+      <c r="J171" s="70"/>
       <c r="K171" s="50"/>
       <c r="L171" s="40"/>
       <c r="M171" s="40"/>
       <c r="N171" s="40"/>
       <c r="O171" s="49"/>
     </row>
     <row r="172" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B172" s="27"/>
       <c r="C172" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D172" s="40">
         <v>110.8237</v>
       </c>
       <c r="E172" s="50"/>
       <c r="F172" s="40">
         <v>114.4396</v>
       </c>
       <c r="G172" s="50"/>
       <c r="H172" s="40">
-        <v>111.5102</v>
+        <v>111.5104</v>
       </c>
       <c r="I172" s="40"/>
-      <c r="J172" s="40">
-        <v>123.37739999999999</v>
+      <c r="J172" s="70">
+        <v>123.37560000000001</v>
       </c>
       <c r="K172" s="50"/>
       <c r="L172" s="40">
-        <v>114.3869</v>
+        <v>114.3866</v>
       </c>
       <c r="M172" s="40"/>
       <c r="N172" s="40"/>
       <c r="O172" s="49"/>
     </row>
     <row r="173" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B173" s="27"/>
       <c r="C173" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D173" s="40">
         <v>112.1622</v>
       </c>
       <c r="E173" s="50"/>
       <c r="F173" s="40">
         <v>115.6344</v>
       </c>
       <c r="G173" s="50"/>
       <c r="H173" s="40">
-        <v>112.5746</v>
+        <v>112.575</v>
       </c>
       <c r="I173" s="40"/>
-      <c r="J173" s="40"/>
+      <c r="J173" s="70"/>
       <c r="K173" s="50"/>
       <c r="L173" s="40"/>
       <c r="M173" s="40"/>
       <c r="N173" s="40"/>
       <c r="O173" s="49"/>
     </row>
     <row r="174" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B174" s="27"/>
       <c r="C174" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D174" s="40">
         <v>111.38500000000001</v>
       </c>
       <c r="E174" s="50"/>
       <c r="F174" s="40">
         <v>114.93040000000001</v>
       </c>
       <c r="G174" s="50"/>
       <c r="H174" s="40">
-        <v>111.73909999999999</v>
+        <v>111.7393</v>
       </c>
       <c r="I174" s="40"/>
-      <c r="J174" s="40"/>
+      <c r="J174" s="70"/>
       <c r="K174" s="50"/>
       <c r="L174" s="40"/>
       <c r="M174" s="40"/>
       <c r="N174" s="40"/>
       <c r="O174" s="49"/>
     </row>
     <row r="175" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B175" s="28"/>
       <c r="C175" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D175" s="59">
         <v>111.0705</v>
       </c>
       <c r="E175" s="60"/>
       <c r="F175" s="59">
         <v>113.9829</v>
       </c>
       <c r="G175" s="60"/>
       <c r="H175" s="59">
-        <v>111.3223</v>
+        <v>111.32259999999999</v>
       </c>
       <c r="I175" s="59"/>
-      <c r="J175" s="59">
-        <v>124.2286</v>
+      <c r="J175" s="71">
+        <v>124.2298</v>
       </c>
       <c r="K175" s="60"/>
       <c r="L175" s="59">
-        <v>114.7649</v>
+        <v>114.76690000000001</v>
       </c>
       <c r="M175" s="59"/>
       <c r="N175" s="59"/>
       <c r="O175" s="49"/>
     </row>
     <row r="176" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B176" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C176" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D176" s="40">
         <v>110.06699999999999</v>
       </c>
       <c r="E176" s="50"/>
       <c r="F176" s="40">
         <v>113.1271</v>
       </c>
       <c r="G176" s="50"/>
       <c r="H176" s="40">
-        <v>110.8759</v>
+        <v>110.876</v>
       </c>
       <c r="I176" s="40"/>
-      <c r="J176" s="40"/>
+      <c r="J176" s="70"/>
       <c r="K176" s="50"/>
       <c r="L176" s="40"/>
       <c r="M176" s="40"/>
       <c r="N176" s="40"/>
       <c r="O176" s="49"/>
     </row>
     <row r="177" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B177" s="26"/>
       <c r="C177" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D177" s="40">
         <v>108.8776</v>
       </c>
       <c r="E177" s="50"/>
       <c r="F177" s="40">
         <v>111.7567</v>
       </c>
       <c r="G177" s="50"/>
       <c r="H177" s="40">
-        <v>108.7972</v>
+        <v>108.7976</v>
       </c>
       <c r="I177" s="40"/>
-      <c r="J177" s="40"/>
+      <c r="J177" s="70"/>
       <c r="K177" s="50"/>
       <c r="L177" s="40"/>
       <c r="M177" s="40"/>
       <c r="N177" s="40"/>
       <c r="O177" s="49"/>
     </row>
     <row r="178" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B178" s="26"/>
       <c r="C178" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D178" s="40">
         <v>108.9461</v>
       </c>
       <c r="E178" s="50"/>
       <c r="F178" s="40">
         <v>111.65649999999999</v>
       </c>
       <c r="G178" s="50"/>
       <c r="H178" s="40">
-        <v>109.3176</v>
+        <v>109.3181</v>
       </c>
       <c r="I178" s="40"/>
-      <c r="J178" s="40">
-        <v>121.2193</v>
+      <c r="J178" s="70">
+        <v>121.2238</v>
       </c>
       <c r="K178" s="50"/>
       <c r="L178" s="40">
-        <v>114.9997</v>
+        <v>115.0022</v>
       </c>
       <c r="M178" s="40"/>
       <c r="N178" s="40"/>
       <c r="O178" s="49"/>
     </row>
     <row r="179" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B179" s="26"/>
       <c r="C179" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D179" s="40">
         <v>108.31</v>
       </c>
       <c r="E179" s="50"/>
       <c r="F179" s="40">
         <v>110.8926</v>
       </c>
       <c r="G179" s="50"/>
       <c r="H179" s="40">
         <v>108.7736</v>
       </c>
       <c r="I179" s="40"/>
-      <c r="J179" s="40"/>
+      <c r="J179" s="70"/>
       <c r="K179" s="50"/>
       <c r="L179" s="40"/>
       <c r="M179" s="40"/>
       <c r="N179" s="40"/>
       <c r="O179" s="49"/>
     </row>
     <row r="180" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B180" s="26"/>
       <c r="C180" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="40">
         <v>107.09610000000001</v>
       </c>
       <c r="E180" s="50"/>
       <c r="F180" s="40">
         <v>109.5654</v>
       </c>
       <c r="G180" s="50"/>
       <c r="H180" s="40">
-        <v>107.26819999999999</v>
+        <v>107.2689</v>
       </c>
       <c r="I180" s="40"/>
-      <c r="J180" s="40"/>
+      <c r="J180" s="70"/>
       <c r="K180" s="50"/>
       <c r="L180" s="40"/>
       <c r="M180" s="40"/>
       <c r="N180" s="40"/>
       <c r="O180" s="49"/>
     </row>
     <row r="181" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B181" s="26"/>
       <c r="C181" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="40">
         <v>106.99420000000001</v>
       </c>
       <c r="E181" s="50"/>
       <c r="F181" s="40">
         <v>109.57980000000001</v>
       </c>
       <c r="G181" s="50"/>
       <c r="H181" s="40">
-        <v>107.3892</v>
+        <v>107.3896</v>
       </c>
       <c r="I181" s="40"/>
-      <c r="J181" s="40">
-        <v>119.27849999999999</v>
+      <c r="J181" s="70">
+        <v>119.2734</v>
       </c>
       <c r="K181" s="50"/>
       <c r="L181" s="40">
-        <v>112.00149999999999</v>
+        <v>112.001</v>
       </c>
       <c r="M181" s="40"/>
       <c r="N181" s="40"/>
       <c r="O181" s="49"/>
     </row>
     <row r="182" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B182" s="26"/>
       <c r="C182" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="40">
         <v>107.91670000000001</v>
       </c>
       <c r="E182" s="50"/>
       <c r="F182" s="40">
         <v>110.6474</v>
       </c>
       <c r="G182" s="50"/>
       <c r="H182" s="40">
-        <v>107.9472</v>
+        <v>107.94710000000001</v>
       </c>
       <c r="I182" s="40"/>
-      <c r="J182" s="40"/>
+      <c r="J182" s="70"/>
       <c r="K182" s="50"/>
       <c r="L182" s="40"/>
       <c r="M182" s="40"/>
       <c r="N182" s="40"/>
       <c r="O182" s="49"/>
     </row>
     <row r="183" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B183" s="26"/>
       <c r="C183" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D183" s="40">
         <v>107.3009</v>
       </c>
       <c r="E183" s="50"/>
       <c r="F183" s="40">
         <v>109.7811</v>
       </c>
       <c r="G183" s="50"/>
       <c r="H183" s="40">
-        <v>107.6396</v>
+        <v>107.6399</v>
       </c>
       <c r="I183" s="40"/>
-      <c r="J183" s="40"/>
+      <c r="J183" s="70"/>
       <c r="K183" s="50"/>
       <c r="L183" s="40"/>
       <c r="M183" s="40"/>
       <c r="N183" s="40"/>
       <c r="O183" s="49"/>
     </row>
     <row r="184" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="26"/>
       <c r="C184" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D184" s="40">
         <v>106.9033</v>
       </c>
       <c r="E184" s="50"/>
       <c r="F184" s="40">
         <v>109.32170000000001</v>
       </c>
       <c r="G184" s="50"/>
       <c r="H184" s="40">
-        <v>107.4353</v>
+        <v>107.4354</v>
       </c>
       <c r="I184" s="40"/>
-      <c r="J184" s="40">
-        <v>118.75620000000001</v>
+      <c r="J184" s="70">
+        <v>118.7547</v>
       </c>
       <c r="K184" s="50"/>
       <c r="L184" s="40">
-        <v>110.90560000000001</v>
+        <v>110.905</v>
       </c>
       <c r="M184" s="40"/>
       <c r="N184" s="40"/>
       <c r="O184" s="49"/>
     </row>
     <row r="185" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="26"/>
       <c r="C185" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D185" s="40">
         <v>107.6435</v>
       </c>
       <c r="E185" s="50"/>
       <c r="F185" s="40">
         <v>109.6994</v>
       </c>
       <c r="G185" s="50"/>
       <c r="H185" s="40">
-        <v>108.1358</v>
+        <v>108.13549999999999</v>
       </c>
       <c r="I185" s="40"/>
-      <c r="J185" s="40"/>
+      <c r="J185" s="70"/>
       <c r="K185" s="50"/>
       <c r="L185" s="40"/>
       <c r="M185" s="40"/>
       <c r="N185" s="40"/>
       <c r="O185" s="49"/>
     </row>
     <row r="186" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B186" s="26"/>
       <c r="C186" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D186" s="40">
         <v>106.4255</v>
       </c>
       <c r="E186" s="50"/>
       <c r="F186" s="40">
         <v>108.3716</v>
       </c>
       <c r="G186" s="50"/>
       <c r="H186" s="40">
         <v>106.5793</v>
       </c>
       <c r="I186" s="40"/>
-      <c r="J186" s="40"/>
+      <c r="J186" s="70"/>
       <c r="K186" s="50"/>
       <c r="L186" s="40"/>
       <c r="M186" s="40"/>
       <c r="N186" s="40"/>
       <c r="O186" s="49"/>
     </row>
     <row r="187" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B187" s="29"/>
       <c r="C187" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D187" s="59">
         <v>105.4254</v>
       </c>
       <c r="E187" s="60"/>
       <c r="F187" s="59">
         <v>107.17140000000001</v>
       </c>
       <c r="G187" s="60"/>
       <c r="H187" s="59">
-        <v>106.0087</v>
+        <v>106.0086</v>
       </c>
       <c r="I187" s="59"/>
-      <c r="J187" s="59">
-        <v>117.4636</v>
+      <c r="J187" s="71">
+        <v>117.46339999999999</v>
       </c>
       <c r="K187" s="60"/>
       <c r="L187" s="59">
-        <v>112.0076</v>
+        <v>112.0094</v>
       </c>
       <c r="M187" s="59"/>
       <c r="N187" s="59"/>
       <c r="O187" s="49"/>
     </row>
     <row r="188" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C188" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D188" s="40">
         <v>105.2291</v>
       </c>
       <c r="E188" s="50"/>
       <c r="F188" s="40">
         <v>107.0056</v>
       </c>
       <c r="G188" s="50"/>
       <c r="H188" s="40">
-        <v>105.3788</v>
+        <v>105.3793</v>
       </c>
       <c r="I188" s="40"/>
-      <c r="J188" s="40"/>
+      <c r="J188" s="70"/>
       <c r="K188" s="50"/>
       <c r="L188" s="40"/>
       <c r="M188" s="40"/>
       <c r="N188" s="40"/>
       <c r="O188" s="49"/>
     </row>
     <row r="189" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B189" s="26"/>
       <c r="C189" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D189" s="40">
         <v>105.4923</v>
       </c>
       <c r="E189" s="50"/>
       <c r="F189" s="40">
         <v>107.3596</v>
       </c>
       <c r="G189" s="50"/>
       <c r="H189" s="40">
         <v>106.4473</v>
       </c>
       <c r="I189" s="40"/>
-      <c r="J189" s="40"/>
+      <c r="J189" s="70"/>
       <c r="K189" s="50"/>
       <c r="L189" s="40"/>
       <c r="M189" s="40"/>
       <c r="N189" s="40"/>
       <c r="O189" s="49"/>
     </row>
     <row r="190" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B190" s="26"/>
       <c r="C190" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D190" s="40">
         <v>106.441</v>
       </c>
       <c r="E190" s="50"/>
       <c r="F190" s="40">
         <v>108.3741</v>
       </c>
       <c r="G190" s="50"/>
       <c r="H190" s="40">
-        <v>107.663</v>
+        <v>107.6628</v>
       </c>
       <c r="I190" s="40"/>
-      <c r="J190" s="40">
-        <v>116.44459999999999</v>
+      <c r="J190" s="70">
+        <v>116.4478</v>
       </c>
       <c r="K190" s="50"/>
       <c r="L190" s="40">
-        <v>111.17919999999999</v>
+        <v>111.1824</v>
       </c>
       <c r="M190" s="40"/>
       <c r="N190" s="40"/>
       <c r="O190" s="49"/>
     </row>
     <row r="191" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="26"/>
       <c r="C191" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D191" s="40">
         <v>107.3625</v>
       </c>
       <c r="E191" s="50"/>
       <c r="F191" s="40">
         <v>108.9426</v>
       </c>
       <c r="G191" s="50"/>
       <c r="H191" s="40">
         <v>108.4836</v>
       </c>
       <c r="I191" s="40"/>
-      <c r="J191" s="40"/>
+      <c r="J191" s="70"/>
       <c r="K191" s="50"/>
       <c r="L191" s="40"/>
       <c r="M191" s="40"/>
       <c r="N191" s="40"/>
       <c r="O191" s="49"/>
     </row>
     <row r="192" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B192" s="26"/>
       <c r="C192" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D192" s="40">
         <v>106.4952</v>
       </c>
       <c r="E192" s="50"/>
       <c r="F192" s="40">
         <v>107.9686</v>
       </c>
       <c r="G192" s="50"/>
       <c r="H192" s="40">
-        <v>108.33459999999999</v>
+        <v>108.3352</v>
       </c>
       <c r="I192" s="40"/>
-      <c r="J192" s="40"/>
+      <c r="J192" s="70"/>
       <c r="K192" s="50"/>
       <c r="L192" s="40"/>
       <c r="M192" s="40"/>
       <c r="N192" s="40"/>
       <c r="O192" s="49"/>
     </row>
     <row r="193" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B193" s="26"/>
       <c r="C193" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="40">
         <v>106.5275</v>
       </c>
       <c r="E193" s="50"/>
       <c r="F193" s="40">
         <v>107.7567</v>
       </c>
       <c r="G193" s="50"/>
       <c r="H193" s="40">
-        <v>107.7347</v>
+        <v>107.735</v>
       </c>
       <c r="I193" s="40"/>
-      <c r="J193" s="40">
-        <v>117.0681</v>
+      <c r="J193" s="70">
+        <v>117.0652</v>
       </c>
       <c r="K193" s="50"/>
       <c r="L193" s="40">
-        <v>107.21380000000001</v>
+        <v>107.21639999999999</v>
       </c>
       <c r="M193" s="40"/>
       <c r="N193" s="40"/>
       <c r="O193" s="49"/>
     </row>
     <row r="194" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B194" s="26"/>
       <c r="C194" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="40">
         <v>105.8168</v>
       </c>
       <c r="E194" s="50"/>
       <c r="F194" s="40">
         <v>106.96850000000001</v>
       </c>
       <c r="G194" s="50"/>
       <c r="H194" s="40">
-        <v>106.8172</v>
+        <v>106.81740000000001</v>
       </c>
       <c r="I194" s="40"/>
-      <c r="J194" s="40"/>
+      <c r="J194" s="70"/>
       <c r="K194" s="50"/>
       <c r="L194" s="40"/>
       <c r="M194" s="40"/>
       <c r="N194" s="40"/>
       <c r="O194" s="49"/>
     </row>
     <row r="195" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B195" s="26"/>
       <c r="C195" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D195" s="40">
         <v>105.6442</v>
       </c>
       <c r="E195" s="50"/>
       <c r="F195" s="40">
         <v>106.7509</v>
       </c>
       <c r="G195" s="50"/>
       <c r="H195" s="40">
-        <v>107.06180000000001</v>
+        <v>107.0615</v>
       </c>
       <c r="I195" s="40"/>
-      <c r="J195" s="40"/>
+      <c r="J195" s="70"/>
       <c r="K195" s="50"/>
       <c r="L195" s="40"/>
       <c r="M195" s="40"/>
       <c r="N195" s="40"/>
       <c r="O195" s="49"/>
     </row>
     <row r="196" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B196" s="26"/>
       <c r="C196" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D196" s="40">
         <v>105.04900000000001</v>
       </c>
       <c r="E196" s="50"/>
       <c r="F196" s="40">
         <v>106.01439999999999</v>
       </c>
       <c r="G196" s="50"/>
       <c r="H196" s="40">
-        <v>106.0177</v>
+        <v>106.0176</v>
       </c>
       <c r="I196" s="40"/>
-      <c r="J196" s="40">
-        <v>115.63379999999999</v>
+      <c r="J196" s="70">
+        <v>115.63339999999999</v>
       </c>
       <c r="K196" s="50"/>
       <c r="L196" s="40">
-        <v>108.6764</v>
+        <v>108.67659999999999</v>
       </c>
       <c r="M196" s="40"/>
       <c r="N196" s="40"/>
       <c r="O196" s="49"/>
     </row>
     <row r="197" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B197" s="26"/>
       <c r="C197" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D197" s="40">
         <v>105.4746</v>
       </c>
       <c r="E197" s="50"/>
       <c r="F197" s="40">
         <v>106.38339999999999</v>
       </c>
       <c r="G197" s="50"/>
       <c r="H197" s="40">
         <v>106.7383</v>
       </c>
       <c r="I197" s="40"/>
-      <c r="J197" s="40"/>
+      <c r="J197" s="70"/>
       <c r="K197" s="50"/>
       <c r="L197" s="40"/>
       <c r="M197" s="40"/>
       <c r="N197" s="40"/>
       <c r="O197" s="49"/>
     </row>
     <row r="198" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B198" s="26"/>
       <c r="C198" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D198" s="40">
         <v>105.2878</v>
       </c>
       <c r="E198" s="50"/>
       <c r="F198" s="40">
         <v>106.1889</v>
       </c>
       <c r="G198" s="50"/>
       <c r="H198" s="40">
-        <v>106.9415</v>
+        <v>106.941</v>
       </c>
       <c r="I198" s="40"/>
-      <c r="J198" s="40"/>
+      <c r="J198" s="70"/>
       <c r="K198" s="50"/>
       <c r="L198" s="40"/>
       <c r="M198" s="40"/>
       <c r="N198" s="40"/>
       <c r="O198" s="49"/>
     </row>
     <row r="199" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B199" s="29"/>
       <c r="C199" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D199" s="59">
         <v>104.3439</v>
       </c>
       <c r="E199" s="60"/>
       <c r="F199" s="59">
         <v>105.0415</v>
       </c>
       <c r="G199" s="60"/>
       <c r="H199" s="59">
         <v>105.7505</v>
       </c>
       <c r="I199" s="59"/>
-      <c r="J199" s="59">
-        <v>115.0039</v>
+      <c r="J199" s="71">
+        <v>115.00239999999999</v>
       </c>
       <c r="K199" s="60"/>
       <c r="L199" s="59">
-        <v>106.7944</v>
+        <v>106.7949</v>
       </c>
       <c r="M199" s="59"/>
       <c r="N199" s="59"/>
       <c r="O199" s="49"/>
     </row>
     <row r="200" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B200" s="21" t="s">
         <v>29</v>
       </c>
       <c r="C200" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D200" s="40">
         <v>102.9516</v>
       </c>
       <c r="E200" s="50"/>
       <c r="F200" s="40">
         <v>103.04649999999999</v>
       </c>
       <c r="G200" s="50"/>
       <c r="H200" s="40">
-        <v>105.13930000000001</v>
+        <v>105.1386</v>
       </c>
       <c r="I200" s="40"/>
-      <c r="J200" s="40"/>
+      <c r="J200" s="70"/>
       <c r="K200" s="50"/>
       <c r="L200" s="40"/>
       <c r="M200" s="40"/>
       <c r="N200" s="40"/>
       <c r="O200" s="49"/>
     </row>
     <row r="201" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B201" s="26"/>
       <c r="C201" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D201" s="40">
         <v>102.53060000000001</v>
       </c>
       <c r="E201" s="50"/>
       <c r="F201" s="40">
         <v>102.88509999999999</v>
       </c>
       <c r="G201" s="50"/>
       <c r="H201" s="40">
-        <v>105.38679999999999</v>
+        <v>105.3866</v>
       </c>
       <c r="I201" s="40"/>
-      <c r="J201" s="40"/>
+      <c r="J201" s="70"/>
       <c r="K201" s="50"/>
       <c r="L201" s="40"/>
       <c r="M201" s="40"/>
       <c r="N201" s="40"/>
       <c r="O201" s="49"/>
     </row>
     <row r="202" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B202" s="26"/>
       <c r="C202" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D202" s="40">
         <v>103.1944</v>
       </c>
       <c r="E202" s="50"/>
       <c r="F202" s="40">
         <v>104.1234</v>
       </c>
       <c r="G202" s="50"/>
       <c r="H202" s="40">
-        <v>106.4898</v>
+        <v>106.4896</v>
       </c>
       <c r="I202" s="40"/>
-      <c r="J202" s="40">
-        <v>111.9931</v>
+      <c r="J202" s="70">
+        <v>111.9945</v>
       </c>
       <c r="K202" s="50"/>
       <c r="L202" s="40">
-        <v>102.6223</v>
+        <v>102.62269999999999</v>
       </c>
       <c r="M202" s="40"/>
       <c r="N202" s="40"/>
       <c r="O202" s="49"/>
     </row>
     <row r="203" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B203" s="26"/>
       <c r="C203" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D203" s="40">
         <v>103.67619999999999</v>
       </c>
       <c r="E203" s="50"/>
       <c r="F203" s="40">
         <v>104.89319999999999</v>
       </c>
       <c r="G203" s="50"/>
       <c r="H203" s="40">
         <v>107.1542</v>
       </c>
       <c r="I203" s="40"/>
-      <c r="J203" s="40"/>
+      <c r="J203" s="70"/>
       <c r="K203" s="50"/>
       <c r="L203" s="40"/>
       <c r="M203" s="40"/>
       <c r="N203" s="40"/>
       <c r="O203" s="49"/>
     </row>
     <row r="204" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B204" s="26"/>
       <c r="C204" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D204" s="40">
         <v>102.785</v>
       </c>
       <c r="E204" s="50"/>
       <c r="F204" s="40">
         <v>105.1611</v>
       </c>
       <c r="G204" s="50"/>
       <c r="H204" s="40">
-        <v>105.7865</v>
+        <v>105.78579999999999</v>
       </c>
       <c r="I204" s="40"/>
-      <c r="J204" s="40"/>
+      <c r="J204" s="70"/>
       <c r="K204" s="50"/>
       <c r="L204" s="40"/>
       <c r="M204" s="40"/>
       <c r="N204" s="40"/>
       <c r="O204" s="49"/>
     </row>
     <row r="205" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B205" s="26"/>
       <c r="C205" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="40">
         <v>102.51390000000001</v>
       </c>
       <c r="E205" s="50"/>
       <c r="F205" s="40">
         <v>104.67140000000001</v>
       </c>
       <c r="G205" s="50"/>
       <c r="H205" s="40">
-        <v>104.87569999999999</v>
+        <v>104.8758</v>
       </c>
       <c r="I205" s="40"/>
-      <c r="J205" s="40">
-        <v>112.3841</v>
+      <c r="J205" s="70">
+        <v>112.3827</v>
       </c>
       <c r="K205" s="50"/>
       <c r="L205" s="40">
-        <v>100.84</v>
+        <v>100.842</v>
       </c>
       <c r="M205" s="40"/>
       <c r="N205" s="40"/>
       <c r="O205" s="49"/>
     </row>
     <row r="206" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B206" s="26"/>
       <c r="C206" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="40">
         <v>102.25960000000001</v>
       </c>
       <c r="E206" s="50"/>
       <c r="F206" s="40">
         <v>104.1046</v>
       </c>
       <c r="G206" s="50"/>
       <c r="H206" s="40">
-        <v>103.9265</v>
+        <v>103.9267</v>
       </c>
       <c r="I206" s="40"/>
-      <c r="J206" s="40"/>
+      <c r="J206" s="70"/>
       <c r="K206" s="50"/>
       <c r="L206" s="40"/>
       <c r="M206" s="40"/>
       <c r="N206" s="40"/>
       <c r="O206" s="49"/>
     </row>
     <row r="207" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B207" s="26"/>
       <c r="C207" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D207" s="40">
         <v>102.36790000000001</v>
       </c>
       <c r="E207" s="50"/>
       <c r="F207" s="40">
         <v>104.5967</v>
       </c>
       <c r="G207" s="50"/>
       <c r="H207" s="40">
         <v>105.2861</v>
       </c>
       <c r="I207" s="40"/>
-      <c r="J207" s="40"/>
+      <c r="J207" s="70"/>
       <c r="K207" s="50"/>
       <c r="L207" s="40"/>
       <c r="M207" s="40"/>
       <c r="N207" s="40"/>
       <c r="O207" s="49"/>
     </row>
     <row r="208" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B208" s="26"/>
       <c r="C208" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="40">
         <v>104.0334</v>
       </c>
       <c r="E208" s="50"/>
       <c r="F208" s="40">
         <v>106.7291</v>
       </c>
       <c r="G208" s="50"/>
       <c r="H208" s="40">
-        <v>107.9678</v>
+        <v>107.9674</v>
       </c>
       <c r="I208" s="40"/>
-      <c r="J208" s="40">
-        <v>112.2008</v>
+      <c r="J208" s="70">
+        <v>112.2015</v>
       </c>
       <c r="K208" s="50"/>
       <c r="L208" s="40">
-        <v>101.283</v>
+        <v>101.2851</v>
       </c>
       <c r="M208" s="40"/>
       <c r="N208" s="40"/>
       <c r="O208" s="49"/>
     </row>
     <row r="209" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B209" s="26"/>
       <c r="C209" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D209" s="40">
         <v>103.0197</v>
       </c>
       <c r="E209" s="50"/>
       <c r="F209" s="40">
         <v>105.6529</v>
       </c>
       <c r="G209" s="50"/>
       <c r="H209" s="40">
         <v>107.2393</v>
       </c>
       <c r="I209" s="40"/>
-      <c r="J209" s="40"/>
+      <c r="J209" s="70"/>
       <c r="K209" s="50"/>
       <c r="L209" s="40"/>
       <c r="M209" s="40"/>
       <c r="N209" s="40"/>
       <c r="O209" s="49"/>
     </row>
     <row r="210" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B210" s="26"/>
       <c r="C210" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D210" s="40">
         <v>102.4354</v>
       </c>
       <c r="E210" s="50"/>
       <c r="F210" s="40">
         <v>104.84</v>
       </c>
       <c r="G210" s="50"/>
       <c r="H210" s="40">
-        <v>105.568</v>
+        <v>105.56829999999999</v>
       </c>
       <c r="I210" s="40"/>
-      <c r="J210" s="40"/>
+      <c r="J210" s="70"/>
       <c r="K210" s="50"/>
       <c r="L210" s="40"/>
       <c r="M210" s="40"/>
       <c r="N210" s="40"/>
       <c r="O210" s="49"/>
     </row>
     <row r="211" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B211" s="29"/>
       <c r="C211" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D211" s="59">
         <v>103.07550000000001</v>
       </c>
       <c r="E211" s="60"/>
       <c r="F211" s="59">
         <v>105.5744</v>
       </c>
       <c r="G211" s="60"/>
       <c r="H211" s="59">
-        <v>106.4376</v>
+        <v>106.4374</v>
       </c>
       <c r="I211" s="59"/>
-      <c r="J211" s="59">
-        <v>112.5222</v>
+      <c r="J211" s="71">
+        <v>112.5211</v>
       </c>
       <c r="K211" s="60"/>
       <c r="L211" s="59">
-        <v>99.144000000000005</v>
+        <v>99.146000000000001</v>
       </c>
       <c r="M211" s="59"/>
       <c r="N211" s="59"/>
       <c r="O211" s="49"/>
     </row>
     <row r="212" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B212" s="21" t="s">
         <v>30</v>
       </c>
       <c r="C212" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D212" s="40">
         <v>103.04940000000001</v>
       </c>
       <c r="E212" s="50"/>
       <c r="F212" s="40">
         <v>105.4157</v>
       </c>
       <c r="G212" s="50"/>
       <c r="H212" s="40">
-        <v>106.1208</v>
+        <v>106.1206</v>
       </c>
       <c r="I212" s="40"/>
-      <c r="J212" s="40"/>
+      <c r="J212" s="70"/>
       <c r="K212" s="50"/>
       <c r="L212" s="40"/>
       <c r="M212" s="40"/>
       <c r="N212" s="40"/>
       <c r="O212" s="49"/>
     </row>
     <row r="213" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B213" s="27"/>
       <c r="C213" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D213" s="40">
         <v>103.2054</v>
       </c>
       <c r="E213" s="50"/>
       <c r="F213" s="40">
         <v>105.61490000000001</v>
       </c>
       <c r="G213" s="50"/>
       <c r="H213" s="40">
-        <v>106.6058</v>
+        <v>106.60590000000001</v>
       </c>
       <c r="I213" s="40"/>
-      <c r="J213" s="40"/>
+      <c r="J213" s="70"/>
       <c r="K213" s="50"/>
       <c r="L213" s="40"/>
       <c r="M213" s="40"/>
       <c r="N213" s="40"/>
       <c r="O213" s="49"/>
     </row>
     <row r="214" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B214" s="27"/>
       <c r="C214" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D214" s="40">
         <v>102.6653</v>
       </c>
       <c r="E214" s="50"/>
       <c r="F214" s="40">
         <v>105.0762</v>
       </c>
       <c r="G214" s="50"/>
       <c r="H214" s="40">
-        <v>106.5401</v>
+        <v>106.54040000000001</v>
       </c>
       <c r="I214" s="40"/>
-      <c r="J214" s="40">
-        <v>112.7936</v>
+      <c r="J214" s="70">
+        <v>112.794</v>
       </c>
       <c r="K214" s="50"/>
       <c r="L214" s="40">
-        <v>97.788399999999996</v>
+        <v>97.791499999999999</v>
       </c>
       <c r="M214" s="40"/>
       <c r="N214" s="40"/>
       <c r="O214" s="49"/>
     </row>
     <row r="215" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B215" s="27"/>
       <c r="C215" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D215" s="40">
         <v>102.4708</v>
       </c>
       <c r="E215" s="50"/>
       <c r="F215" s="40">
         <v>104.94459999999999</v>
       </c>
       <c r="G215" s="50"/>
       <c r="H215" s="40">
-        <v>106.1795</v>
+        <v>106.1798</v>
       </c>
       <c r="I215" s="40"/>
-      <c r="J215" s="40"/>
+      <c r="J215" s="70"/>
       <c r="K215" s="50"/>
       <c r="L215" s="40"/>
       <c r="M215" s="40"/>
       <c r="N215" s="40"/>
       <c r="O215" s="49"/>
     </row>
     <row r="216" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B216" s="27"/>
       <c r="C216" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D216" s="40">
         <v>103.0108</v>
       </c>
       <c r="E216" s="50"/>
       <c r="F216" s="40">
         <v>105.3309</v>
       </c>
       <c r="G216" s="50"/>
       <c r="H216" s="40">
-        <v>106.0052</v>
+        <v>106.0059</v>
       </c>
       <c r="I216" s="40"/>
-      <c r="J216" s="40"/>
+      <c r="J216" s="70"/>
       <c r="K216" s="50"/>
       <c r="L216" s="40"/>
       <c r="M216" s="40"/>
       <c r="N216" s="40"/>
       <c r="O216" s="49"/>
     </row>
     <row r="217" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B217" s="27"/>
       <c r="C217" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D217" s="40">
         <v>104.88249999999999</v>
       </c>
       <c r="E217" s="50"/>
       <c r="F217" s="40">
         <v>107.1388</v>
       </c>
       <c r="G217" s="50"/>
       <c r="H217" s="40">
         <v>107.9456</v>
       </c>
       <c r="I217" s="40"/>
-      <c r="J217" s="40">
-        <v>112.14790000000001</v>
+      <c r="J217" s="70">
+        <v>112.1474</v>
       </c>
       <c r="K217" s="50"/>
       <c r="L217" s="40">
-        <v>96.157899999999998</v>
+        <v>96.159000000000006</v>
       </c>
       <c r="M217" s="40"/>
       <c r="N217" s="40"/>
       <c r="O217" s="49"/>
     </row>
     <row r="218" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B218" s="27"/>
       <c r="C218" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="40">
         <v>104.6499</v>
       </c>
       <c r="E218" s="50"/>
       <c r="F218" s="40">
         <v>106.8785</v>
       </c>
       <c r="G218" s="50"/>
       <c r="H218" s="40">
-        <v>107.3967</v>
+        <v>107.3968</v>
       </c>
       <c r="I218" s="40"/>
-      <c r="J218" s="40"/>
+      <c r="J218" s="70"/>
       <c r="K218" s="50"/>
       <c r="L218" s="40"/>
       <c r="M218" s="40"/>
       <c r="N218" s="40"/>
       <c r="O218" s="49"/>
     </row>
     <row r="219" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B219" s="27"/>
       <c r="C219" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D219" s="40">
         <v>104.7505</v>
       </c>
       <c r="E219" s="50"/>
       <c r="F219" s="40">
         <v>107.2581</v>
       </c>
       <c r="G219" s="50"/>
       <c r="H219" s="40">
-        <v>107.3129</v>
+        <v>107.3134</v>
       </c>
       <c r="I219" s="40"/>
-      <c r="J219" s="40"/>
+      <c r="J219" s="70"/>
       <c r="K219" s="50"/>
       <c r="L219" s="40"/>
       <c r="M219" s="40"/>
       <c r="N219" s="40"/>
       <c r="O219" s="49"/>
     </row>
     <row r="220" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B220" s="27"/>
       <c r="C220" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D220" s="40">
         <v>103.89279999999999</v>
       </c>
       <c r="E220" s="50"/>
       <c r="F220" s="40">
         <v>106.3439</v>
       </c>
       <c r="G220" s="50"/>
       <c r="H220" s="40">
-        <v>106.68859999999999</v>
+        <v>106.6887</v>
       </c>
       <c r="I220" s="40"/>
-      <c r="J220" s="40">
-        <v>112.0244</v>
+      <c r="J220" s="70">
+        <v>112.02500000000001</v>
       </c>
       <c r="K220" s="50"/>
       <c r="L220" s="40">
-        <v>96.456100000000006</v>
+        <v>96.457499999999996</v>
       </c>
       <c r="M220" s="40"/>
       <c r="N220" s="40"/>
       <c r="O220" s="49"/>
     </row>
     <row r="221" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B221" s="27"/>
       <c r="C221" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D221" s="40">
         <v>103.84269999999999</v>
       </c>
       <c r="E221" s="50"/>
       <c r="F221" s="40">
         <v>105.6247</v>
       </c>
       <c r="G221" s="50"/>
       <c r="H221" s="40">
         <v>105.8437</v>
       </c>
       <c r="I221" s="40"/>
-      <c r="J221" s="40"/>
+      <c r="J221" s="70"/>
       <c r="K221" s="50"/>
       <c r="L221" s="40"/>
       <c r="M221" s="40"/>
       <c r="N221" s="40"/>
       <c r="O221" s="49"/>
     </row>
     <row r="222" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B222" s="27"/>
       <c r="C222" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D222" s="40">
         <v>103.69499999999999</v>
       </c>
       <c r="E222" s="50"/>
       <c r="F222" s="40">
         <v>105.23690000000001</v>
       </c>
       <c r="G222" s="50"/>
       <c r="H222" s="40">
-        <v>105.1741</v>
+        <v>105.17400000000001</v>
       </c>
       <c r="I222" s="40"/>
-      <c r="J222" s="40"/>
+      <c r="J222" s="70"/>
       <c r="K222" s="50"/>
       <c r="L222" s="40"/>
       <c r="M222" s="40"/>
       <c r="N222" s="40"/>
       <c r="O222" s="49"/>
     </row>
     <row r="223" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B223" s="28"/>
       <c r="C223" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D223" s="59">
         <v>104.1596</v>
       </c>
       <c r="E223" s="60"/>
       <c r="F223" s="59">
         <v>105.5308</v>
       </c>
       <c r="G223" s="60"/>
       <c r="H223" s="59">
         <v>105.797</v>
       </c>
       <c r="I223" s="59"/>
-      <c r="J223" s="59">
-        <v>111.42189999999999</v>
+      <c r="J223" s="71">
+        <v>111.4213</v>
       </c>
       <c r="K223" s="60"/>
       <c r="L223" s="59">
-        <v>95.795699999999997</v>
+        <v>95.798100000000005</v>
       </c>
       <c r="M223" s="59"/>
       <c r="N223" s="59"/>
       <c r="O223" s="49"/>
     </row>
     <row r="224" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B224" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C224" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D224" s="40">
         <v>104.2478</v>
       </c>
       <c r="E224" s="50"/>
       <c r="F224" s="40">
         <v>105.6069</v>
       </c>
       <c r="G224" s="50"/>
       <c r="H224" s="40">
-        <v>105.7602</v>
+        <v>105.7604</v>
       </c>
       <c r="I224" s="40"/>
-      <c r="J224" s="40"/>
+      <c r="J224" s="70"/>
       <c r="K224" s="50"/>
       <c r="L224" s="40"/>
       <c r="M224" s="40"/>
       <c r="N224" s="40"/>
       <c r="O224" s="49"/>
     </row>
     <row r="225" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B225" s="27"/>
       <c r="C225" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D225" s="40">
         <v>104.2063</v>
       </c>
       <c r="E225" s="50"/>
       <c r="F225" s="40">
         <v>105.2897</v>
       </c>
       <c r="G225" s="50"/>
       <c r="H225" s="40">
-        <v>105.86660000000001</v>
+        <v>105.86579999999999</v>
       </c>
       <c r="I225" s="40"/>
-      <c r="J225" s="40"/>
+      <c r="J225" s="70"/>
       <c r="K225" s="50"/>
       <c r="L225" s="40"/>
       <c r="M225" s="40"/>
       <c r="N225" s="40"/>
       <c r="O225" s="49"/>
     </row>
     <row r="226" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B226" s="27"/>
       <c r="C226" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D226" s="40">
         <v>104.6326</v>
       </c>
       <c r="E226" s="50"/>
       <c r="F226" s="40">
         <v>105.68940000000001</v>
       </c>
       <c r="G226" s="50"/>
       <c r="H226" s="40">
-        <v>105.47280000000001</v>
+        <v>105.47239999999999</v>
       </c>
       <c r="I226" s="40"/>
-      <c r="J226" s="40">
-        <v>111.559</v>
+      <c r="J226" s="70">
+        <v>111.5594</v>
       </c>
       <c r="K226" s="50"/>
       <c r="L226" s="40">
-        <v>95.669899999999998</v>
+        <v>95.670699999999997</v>
       </c>
       <c r="M226" s="40"/>
       <c r="N226" s="40"/>
       <c r="O226" s="49"/>
     </row>
     <row r="227" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B227" s="27"/>
       <c r="C227" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D227" s="40">
         <v>104.91249999999999</v>
       </c>
       <c r="E227" s="50"/>
       <c r="F227" s="40">
         <v>106.0234</v>
       </c>
       <c r="G227" s="50"/>
       <c r="H227" s="40">
-        <v>105.3035</v>
+        <v>105.3034</v>
       </c>
       <c r="I227" s="40"/>
-      <c r="J227" s="40"/>
+      <c r="J227" s="70"/>
       <c r="K227" s="50"/>
       <c r="L227" s="40"/>
       <c r="M227" s="40"/>
       <c r="N227" s="40"/>
       <c r="O227" s="49"/>
     </row>
     <row r="228" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B228" s="27"/>
       <c r="C228" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D228" s="40">
         <v>104.9952</v>
       </c>
       <c r="E228" s="50"/>
       <c r="F228" s="40">
         <v>106.35760000000001</v>
       </c>
       <c r="G228" s="50"/>
       <c r="H228" s="40">
-        <v>105.24509999999999</v>
+        <v>105.2448</v>
       </c>
       <c r="I228" s="40"/>
-      <c r="J228" s="40"/>
+      <c r="J228" s="70"/>
       <c r="K228" s="50"/>
       <c r="L228" s="40"/>
       <c r="M228" s="40"/>
       <c r="N228" s="40"/>
       <c r="O228" s="49"/>
     </row>
     <row r="229" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B229" s="27"/>
       <c r="C229" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="40">
         <v>104.9575</v>
       </c>
       <c r="E229" s="50"/>
       <c r="F229" s="40">
         <v>106.2567</v>
       </c>
       <c r="G229" s="50"/>
       <c r="H229" s="40">
-        <v>104.87860000000001</v>
+        <v>104.87779999999999</v>
       </c>
       <c r="I229" s="40"/>
-      <c r="J229" s="40">
-        <v>111.6696</v>
+      <c r="J229" s="70">
+        <v>111.67</v>
       </c>
       <c r="K229" s="50"/>
       <c r="L229" s="40">
-        <v>94.602599999999995</v>
+        <v>94.604799999999997</v>
       </c>
       <c r="M229" s="40"/>
       <c r="N229" s="40"/>
       <c r="O229" s="49"/>
     </row>
     <row r="230" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B230" s="27"/>
       <c r="C230" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="40">
         <v>104.3385</v>
       </c>
       <c r="E230" s="50"/>
       <c r="F230" s="40">
         <v>105.73399999999999</v>
       </c>
       <c r="G230" s="50"/>
       <c r="H230" s="40">
-        <v>104.4623</v>
+        <v>104.46210000000001</v>
       </c>
       <c r="I230" s="40"/>
-      <c r="J230" s="40"/>
+      <c r="J230" s="70"/>
       <c r="K230" s="50"/>
       <c r="L230" s="40"/>
       <c r="M230" s="40"/>
       <c r="N230" s="40"/>
       <c r="O230" s="49"/>
     </row>
     <row r="231" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B231" s="27"/>
       <c r="C231" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D231" s="40">
         <v>103.9744</v>
       </c>
       <c r="E231" s="50"/>
       <c r="F231" s="40">
         <v>105.44070000000001</v>
       </c>
       <c r="G231" s="50"/>
       <c r="H231" s="40">
-        <v>104.03019999999999</v>
+        <v>104.02930000000001</v>
       </c>
       <c r="I231" s="40"/>
-      <c r="J231" s="40"/>
+      <c r="J231" s="70"/>
       <c r="K231" s="50"/>
       <c r="L231" s="40"/>
       <c r="M231" s="40"/>
       <c r="N231" s="40"/>
       <c r="O231" s="49"/>
     </row>
     <row r="232" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B232" s="27"/>
       <c r="C232" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D232" s="40">
         <v>103.5227</v>
       </c>
       <c r="E232" s="50"/>
       <c r="F232" s="40">
         <v>104.8652</v>
       </c>
       <c r="G232" s="50"/>
       <c r="H232" s="40">
-        <v>103.65989999999999</v>
+        <v>103.6597</v>
       </c>
       <c r="I232" s="40"/>
-      <c r="J232" s="40">
-        <v>110.498</v>
+      <c r="J232" s="70">
+        <v>110.4987</v>
       </c>
       <c r="K232" s="50"/>
       <c r="L232" s="40">
-        <v>94.735600000000005</v>
+        <v>94.736800000000002</v>
       </c>
       <c r="M232" s="40"/>
       <c r="N232" s="40"/>
       <c r="O232" s="49"/>
     </row>
     <row r="233" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B233" s="27"/>
       <c r="C233" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D233" s="40">
         <v>102.8738</v>
       </c>
       <c r="E233" s="50"/>
       <c r="F233" s="40">
         <v>103.90689999999999</v>
       </c>
       <c r="G233" s="50"/>
       <c r="H233" s="40">
-        <v>102.9898</v>
+        <v>102.99</v>
       </c>
       <c r="I233" s="40"/>
-      <c r="J233" s="40"/>
+      <c r="J233" s="70"/>
       <c r="K233" s="50"/>
       <c r="L233" s="40"/>
       <c r="M233" s="40"/>
       <c r="N233" s="40"/>
       <c r="O233" s="49"/>
     </row>
     <row r="234" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B234" s="27"/>
       <c r="C234" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D234" s="40">
         <v>102.764</v>
       </c>
       <c r="E234" s="50"/>
       <c r="F234" s="40">
         <v>103.4353</v>
       </c>
       <c r="G234" s="50"/>
       <c r="H234" s="40">
-        <v>102.0604</v>
+        <v>102.06059999999999</v>
       </c>
       <c r="I234" s="40"/>
-      <c r="J234" s="40"/>
+      <c r="J234" s="70"/>
       <c r="K234" s="50"/>
       <c r="L234" s="40"/>
       <c r="M234" s="40"/>
       <c r="N234" s="40"/>
       <c r="O234" s="49"/>
     </row>
     <row r="235" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B235" s="28"/>
       <c r="C235" s="25" t="s">
         <v>13</v>
       </c>
       <c r="D235" s="59">
         <v>103.23309999999999</v>
       </c>
       <c r="E235" s="60"/>
       <c r="F235" s="59">
         <v>103.6617</v>
       </c>
       <c r="G235" s="60"/>
       <c r="H235" s="59">
-        <v>101.46769999999999</v>
+        <v>101.468</v>
       </c>
       <c r="I235" s="59"/>
-      <c r="J235" s="59">
-        <v>109.2306</v>
+      <c r="J235" s="71">
+        <v>109.22929999999999</v>
       </c>
       <c r="K235" s="60"/>
       <c r="L235" s="59">
-        <v>92.672799999999995</v>
+        <v>92.674000000000007</v>
       </c>
       <c r="M235" s="59"/>
       <c r="N235" s="59"/>
       <c r="O235" s="49"/>
     </row>
     <row r="236" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B236" s="21" t="s">
         <v>32</v>
       </c>
       <c r="C236" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D236" s="40">
         <v>101.69159999999999</v>
       </c>
       <c r="E236" s="50"/>
       <c r="F236" s="40">
         <v>101.9196</v>
       </c>
       <c r="G236" s="50"/>
       <c r="H236" s="40">
-        <v>97.785399999999996</v>
+        <v>97.785600000000002</v>
       </c>
       <c r="I236" s="40"/>
-      <c r="J236" s="40"/>
+      <c r="J236" s="70"/>
       <c r="K236" s="50"/>
       <c r="L236" s="40"/>
       <c r="M236" s="40"/>
       <c r="N236" s="40"/>
       <c r="O236" s="49"/>
     </row>
     <row r="237" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B237" s="27"/>
       <c r="C237" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D237" s="40">
         <v>100.7692</v>
       </c>
       <c r="E237" s="50"/>
       <c r="F237" s="40">
         <v>100.80759999999999</v>
       </c>
       <c r="G237" s="50"/>
       <c r="H237" s="40">
-        <v>98.213999999999999</v>
+        <v>98.213899999999995</v>
       </c>
       <c r="I237" s="40"/>
-      <c r="J237" s="40"/>
+      <c r="J237" s="70"/>
       <c r="K237" s="50"/>
       <c r="L237" s="40"/>
       <c r="M237" s="40"/>
       <c r="N237" s="40"/>
       <c r="O237" s="49"/>
     </row>
     <row r="238" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B238" s="27"/>
       <c r="C238" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D238" s="40">
         <v>100.44840000000001</v>
       </c>
       <c r="E238" s="50"/>
       <c r="F238" s="40">
         <v>100.61839999999999</v>
       </c>
       <c r="G238" s="50"/>
       <c r="H238" s="40">
-        <v>99.184899999999999</v>
+        <v>99.185500000000005</v>
       </c>
       <c r="I238" s="40"/>
-      <c r="J238" s="40">
-        <v>106.8486</v>
+      <c r="J238" s="70">
+        <v>106.8485</v>
       </c>
       <c r="K238" s="50"/>
       <c r="L238" s="40">
-        <v>91.513400000000004</v>
+        <v>91.513599999999997</v>
       </c>
       <c r="M238" s="40"/>
       <c r="N238" s="40"/>
       <c r="O238" s="49"/>
     </row>
     <row r="239" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B239" s="30"/>
       <c r="C239" s="30" t="s">
         <v>5</v>
       </c>
       <c r="D239" s="40">
         <v>100.625</v>
       </c>
       <c r="E239" s="50"/>
       <c r="F239" s="40">
-        <v>100.6002</v>
+        <v>100.6001</v>
       </c>
       <c r="G239" s="50"/>
       <c r="H239" s="40">
-        <v>99.039599999999993</v>
+        <v>99.0398</v>
       </c>
       <c r="I239" s="40"/>
-      <c r="J239" s="40"/>
+      <c r="J239" s="70"/>
       <c r="K239" s="50"/>
       <c r="L239" s="40"/>
       <c r="M239" s="40"/>
       <c r="N239" s="40"/>
       <c r="O239" s="49"/>
     </row>
     <row r="240" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B240" s="27"/>
       <c r="C240" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D240" s="40">
         <v>101.8141</v>
       </c>
       <c r="E240" s="50"/>
       <c r="F240" s="40">
         <v>102.01990000000001</v>
       </c>
       <c r="G240" s="50"/>
       <c r="H240" s="40">
-        <v>101.1844</v>
+        <v>101.1846</v>
       </c>
       <c r="I240" s="40"/>
-      <c r="J240" s="40"/>
+      <c r="J240" s="70"/>
       <c r="K240" s="50"/>
       <c r="L240" s="40"/>
       <c r="M240" s="40"/>
       <c r="N240" s="40"/>
       <c r="O240" s="49"/>
     </row>
     <row r="241" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B241" s="27"/>
       <c r="C241" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="40">
         <v>102.16549999999999</v>
       </c>
       <c r="E241" s="50"/>
       <c r="F241" s="40">
         <v>102.38079999999999</v>
       </c>
       <c r="G241" s="50"/>
       <c r="H241" s="40">
-        <v>100.7307</v>
+        <v>100.7298</v>
       </c>
       <c r="I241" s="40"/>
-      <c r="J241" s="40">
-        <v>106.8266</v>
+      <c r="J241" s="70">
+        <v>106.8274</v>
       </c>
       <c r="K241" s="50"/>
       <c r="L241" s="40">
-        <v>91.0929</v>
+        <v>91.096599999999995</v>
       </c>
       <c r="M241" s="40"/>
       <c r="N241" s="40"/>
       <c r="O241" s="49"/>
     </row>
     <row r="242" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B242" s="27"/>
       <c r="C242" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="40">
         <v>101.6678</v>
       </c>
       <c r="E242" s="50"/>
       <c r="F242" s="40">
         <v>101.7479</v>
       </c>
       <c r="G242" s="50"/>
       <c r="H242" s="40">
         <v>100.09910000000001</v>
       </c>
       <c r="I242" s="40"/>
-      <c r="J242" s="40"/>
+      <c r="J242" s="70"/>
       <c r="K242" s="50"/>
       <c r="L242" s="40"/>
       <c r="M242" s="40"/>
       <c r="N242" s="40"/>
       <c r="O242" s="49"/>
     </row>
     <row r="243" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B243" s="27"/>
       <c r="C243" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="40">
         <v>103.1262</v>
       </c>
       <c r="E243" s="50"/>
       <c r="F243" s="40">
         <v>103.4233</v>
       </c>
       <c r="G243" s="50"/>
       <c r="H243" s="40">
-        <v>100.08</v>
+        <v>100.08029999999999</v>
       </c>
       <c r="I243" s="40"/>
-      <c r="J243" s="40"/>
+      <c r="J243" s="70"/>
       <c r="K243" s="50"/>
       <c r="L243" s="40"/>
       <c r="M243" s="40"/>
       <c r="N243" s="40"/>
       <c r="O243" s="49"/>
     </row>
     <row r="244" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B244" s="27"/>
       <c r="C244" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="40">
         <v>103.27419999999999</v>
       </c>
       <c r="E244" s="50"/>
       <c r="F244" s="40">
         <v>103.2007</v>
       </c>
       <c r="G244" s="50"/>
       <c r="H244" s="40">
-        <v>99.608099999999993</v>
+        <v>99.608199999999997</v>
       </c>
       <c r="I244" s="40"/>
-      <c r="J244" s="40">
-        <v>106.62179999999999</v>
+      <c r="J244" s="70">
+        <v>106.62309999999999</v>
       </c>
       <c r="K244" s="50"/>
       <c r="L244" s="40">
-        <v>89.748699999999999</v>
+        <v>89.750399999999999</v>
       </c>
       <c r="M244" s="40"/>
       <c r="N244" s="40"/>
       <c r="O244" s="49"/>
     </row>
     <row r="245" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B245" s="27"/>
       <c r="C245" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D245" s="40">
         <v>102.5972</v>
       </c>
       <c r="E245" s="50"/>
       <c r="F245" s="40">
         <v>102.17740000000001</v>
       </c>
       <c r="G245" s="50"/>
       <c r="H245" s="40">
-        <v>99.509699999999995</v>
+        <v>99.510099999999994</v>
       </c>
       <c r="I245" s="40"/>
-      <c r="J245" s="40"/>
+      <c r="J245" s="70"/>
       <c r="K245" s="50"/>
       <c r="L245" s="40"/>
       <c r="M245" s="40"/>
       <c r="N245" s="40"/>
       <c r="O245" s="49"/>
     </row>
     <row r="246" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B246" s="27"/>
       <c r="C246" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D246" s="40">
         <v>101.758</v>
       </c>
       <c r="E246" s="50"/>
       <c r="F246" s="40">
         <v>101.0043</v>
       </c>
       <c r="G246" s="50"/>
       <c r="H246" s="40">
-        <v>98.699399999999997</v>
+        <v>98.6995</v>
       </c>
       <c r="I246" s="40"/>
-      <c r="J246" s="40"/>
+      <c r="J246" s="70"/>
       <c r="K246" s="50"/>
       <c r="L246" s="40"/>
       <c r="M246" s="40"/>
       <c r="N246" s="40"/>
       <c r="O246" s="49"/>
     </row>
     <row r="247" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B247" s="31"/>
       <c r="C247" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D247" s="59">
         <v>102.09399999999999</v>
       </c>
       <c r="E247" s="52"/>
       <c r="F247" s="59">
         <v>101.15389999999999</v>
       </c>
       <c r="G247" s="52"/>
       <c r="H247" s="59">
-        <v>97.398600000000002</v>
+        <v>97.398700000000005</v>
       </c>
       <c r="I247" s="59"/>
-      <c r="J247" s="59">
-        <v>107.21559999999999</v>
+      <c r="J247" s="71">
+        <v>107.21299999999999</v>
       </c>
       <c r="K247" s="52"/>
       <c r="L247" s="59">
-        <v>89.674099999999996</v>
+        <v>89.675600000000003</v>
       </c>
       <c r="M247" s="59"/>
       <c r="N247" s="59"/>
       <c r="O247" s="49"/>
     </row>
     <row r="248" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B248" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C248" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D248" s="40">
         <v>102.5633</v>
       </c>
       <c r="E248" s="62"/>
       <c r="F248" s="40">
         <v>101.6527</v>
       </c>
       <c r="G248" s="62"/>
       <c r="H248" s="40">
-        <v>96.882599999999996</v>
+        <v>96.882499999999993</v>
       </c>
       <c r="I248" s="40"/>
-      <c r="J248" s="40"/>
+      <c r="J248" s="70"/>
       <c r="K248" s="62"/>
       <c r="L248" s="40"/>
       <c r="M248" s="40"/>
       <c r="N248" s="40"/>
       <c r="O248" s="49"/>
     </row>
     <row r="249" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="21"/>
       <c r="C249" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D249" s="40">
         <v>103.32680000000001</v>
       </c>
       <c r="E249" s="50"/>
       <c r="F249" s="40">
-        <v>102.1002</v>
+        <v>102.1001</v>
       </c>
       <c r="G249" s="50"/>
       <c r="H249" s="40">
-        <v>96.936899999999994</v>
+        <v>96.936800000000005</v>
       </c>
       <c r="I249" s="40"/>
-      <c r="J249" s="40"/>
+      <c r="J249" s="70"/>
       <c r="K249" s="50"/>
       <c r="L249" s="40"/>
       <c r="M249" s="40"/>
       <c r="N249" s="40"/>
       <c r="O249" s="49"/>
     </row>
     <row r="250" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B250" s="21"/>
       <c r="C250" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D250" s="40">
         <v>103.914</v>
       </c>
       <c r="E250" s="50"/>
       <c r="F250" s="40">
         <v>102.542</v>
       </c>
       <c r="G250" s="50"/>
       <c r="H250" s="40">
-        <v>98.843599999999995</v>
+        <v>98.843299999999999</v>
       </c>
       <c r="I250" s="40"/>
-      <c r="J250" s="40">
-        <v>107.04219999999999</v>
+      <c r="J250" s="70">
+        <v>107.04089999999999</v>
       </c>
       <c r="K250" s="50"/>
       <c r="L250" s="40">
-        <v>87.952299999999994</v>
+        <v>87.949600000000004</v>
       </c>
       <c r="M250" s="40"/>
       <c r="N250" s="40"/>
       <c r="O250" s="49"/>
     </row>
     <row r="251" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B251" s="21"/>
       <c r="C251" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D251" s="40">
         <v>105.0373</v>
       </c>
       <c r="E251" s="50"/>
       <c r="F251" s="40">
         <v>103.4088</v>
       </c>
       <c r="G251" s="50"/>
       <c r="H251" s="40">
-        <v>98.133899999999997</v>
+        <v>98.133700000000005</v>
       </c>
       <c r="I251" s="40"/>
-      <c r="J251" s="40"/>
+      <c r="J251" s="70"/>
       <c r="K251" s="50"/>
       <c r="L251" s="40"/>
       <c r="M251" s="40"/>
       <c r="N251" s="40"/>
       <c r="O251" s="49"/>
     </row>
     <row r="252" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B252" s="21"/>
       <c r="C252" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D252" s="40">
         <v>105.2064</v>
       </c>
       <c r="E252" s="50"/>
       <c r="F252" s="40">
         <v>103.6028</v>
       </c>
       <c r="G252" s="50"/>
       <c r="H252" s="40">
-        <v>99.289500000000004</v>
+        <v>99.289199999999994</v>
       </c>
       <c r="I252" s="40"/>
-      <c r="J252" s="40"/>
+      <c r="J252" s="70"/>
       <c r="K252" s="50"/>
       <c r="L252" s="40"/>
       <c r="M252" s="40"/>
       <c r="N252" s="40"/>
       <c r="O252" s="49"/>
     </row>
     <row r="253" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B253" s="21"/>
       <c r="C253" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="40">
         <v>104.7299</v>
       </c>
       <c r="E253" s="50"/>
       <c r="F253" s="40">
         <v>102.884</v>
       </c>
       <c r="G253" s="50"/>
       <c r="H253" s="40">
-        <v>100.0022</v>
+        <v>100.002</v>
       </c>
       <c r="I253" s="40"/>
-      <c r="J253" s="40">
-        <v>108.72280000000001</v>
+      <c r="J253" s="70">
+        <v>108.7216</v>
       </c>
       <c r="K253" s="50"/>
       <c r="L253" s="40">
-        <v>88.622799999999998</v>
+        <v>88.621300000000005</v>
       </c>
       <c r="M253" s="40"/>
       <c r="N253" s="40"/>
       <c r="O253" s="49"/>
     </row>
     <row r="254" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B254" s="21"/>
       <c r="C254" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="40">
         <v>105.0371</v>
       </c>
       <c r="E254" s="50"/>
       <c r="F254" s="40">
         <v>103.1281</v>
       </c>
       <c r="G254" s="50"/>
       <c r="H254" s="40">
-        <v>99.334999999999994</v>
+        <v>99.334500000000006</v>
       </c>
       <c r="I254" s="40"/>
-      <c r="J254" s="40"/>
+      <c r="J254" s="70"/>
       <c r="K254" s="50"/>
       <c r="L254" s="40"/>
       <c r="M254" s="40"/>
       <c r="N254" s="40"/>
       <c r="O254" s="49"/>
     </row>
     <row r="255" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B255" s="21"/>
       <c r="C255" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D255" s="40">
         <v>105.2324</v>
       </c>
       <c r="E255" s="50"/>
       <c r="F255" s="40">
         <v>103.2183</v>
       </c>
       <c r="G255" s="50"/>
       <c r="H255" s="40">
-        <v>97.813500000000005</v>
+        <v>97.813699999999997</v>
       </c>
       <c r="I255" s="40"/>
-      <c r="J255" s="40"/>
+      <c r="J255" s="70"/>
       <c r="K255" s="50"/>
       <c r="L255" s="40"/>
       <c r="M255" s="40"/>
       <c r="N255" s="40"/>
       <c r="O255" s="49"/>
     </row>
     <row r="256" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B256" s="21"/>
       <c r="C256" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D256" s="40">
         <v>105.0898</v>
       </c>
       <c r="E256" s="50"/>
       <c r="F256" s="40">
         <v>103.2239</v>
       </c>
       <c r="G256" s="50"/>
       <c r="H256" s="40">
-        <v>99.318200000000004</v>
+        <v>99.317899999999995</v>
       </c>
       <c r="I256" s="40"/>
-      <c r="J256" s="40">
-        <v>109.0098</v>
+      <c r="J256" s="70">
+        <v>109.0097</v>
       </c>
       <c r="K256" s="50"/>
       <c r="L256" s="40">
-        <v>88.327299999999994</v>
+        <v>88.325000000000003</v>
       </c>
       <c r="M256" s="40"/>
       <c r="N256" s="40"/>
       <c r="O256" s="49"/>
     </row>
     <row r="257" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B257" s="21"/>
       <c r="C257" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D257" s="40">
         <v>104.9156</v>
       </c>
       <c r="E257" s="50"/>
       <c r="F257" s="40">
         <v>102.95869999999999</v>
       </c>
       <c r="G257" s="50"/>
       <c r="H257" s="40">
-        <v>100.2632</v>
+        <v>100.26349999999999</v>
       </c>
       <c r="I257" s="40"/>
-      <c r="J257" s="40"/>
+      <c r="J257" s="70"/>
       <c r="K257" s="50"/>
       <c r="L257" s="40"/>
       <c r="M257" s="40"/>
       <c r="N257" s="40"/>
       <c r="O257" s="49"/>
     </row>
     <row r="258" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B258" s="21"/>
       <c r="C258" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D258" s="40">
         <v>104.6178</v>
       </c>
       <c r="E258" s="50"/>
       <c r="F258" s="40">
         <v>102.69240000000001</v>
       </c>
       <c r="G258" s="50"/>
       <c r="H258" s="40">
-        <v>98.3947</v>
+        <v>98.394599999999997</v>
       </c>
       <c r="I258" s="40"/>
-      <c r="J258" s="40"/>
+      <c r="J258" s="70"/>
       <c r="K258" s="50"/>
       <c r="L258" s="40"/>
       <c r="M258" s="40"/>
       <c r="N258" s="40"/>
       <c r="O258" s="49"/>
     </row>
     <row r="259" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B259" s="31"/>
       <c r="C259" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D259" s="59">
         <v>103.997</v>
       </c>
       <c r="E259" s="52"/>
       <c r="F259" s="59">
         <v>102.1473</v>
       </c>
       <c r="G259" s="52"/>
       <c r="H259" s="59">
         <v>99.413899999999998</v>
       </c>
       <c r="I259" s="59"/>
-      <c r="J259" s="59">
-        <v>107.7098</v>
+      <c r="J259" s="71">
+        <v>107.7038</v>
       </c>
       <c r="K259" s="52"/>
       <c r="L259" s="59">
-        <v>87.166799999999995</v>
+        <v>87.165000000000006</v>
       </c>
       <c r="M259" s="59"/>
       <c r="N259" s="59"/>
       <c r="O259" s="49"/>
     </row>
     <row r="260" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B260" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C260" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D260" s="40">
         <v>104.2543</v>
       </c>
       <c r="E260" s="50"/>
       <c r="F260" s="40">
         <v>102.2944</v>
       </c>
       <c r="G260" s="50"/>
       <c r="H260" s="40">
         <v>99.580299999999994</v>
       </c>
       <c r="I260" s="40"/>
-      <c r="J260" s="40"/>
+      <c r="J260" s="70"/>
       <c r="K260" s="50"/>
       <c r="L260" s="40"/>
       <c r="M260" s="40"/>
       <c r="N260" s="40"/>
       <c r="O260" s="49"/>
     </row>
     <row r="261" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B261" s="21"/>
       <c r="C261" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D261" s="18">
         <v>105.0972</v>
       </c>
       <c r="E261" s="50"/>
       <c r="F261" s="18">
-        <v>103.1242</v>
+        <v>103.1241</v>
       </c>
       <c r="G261" s="50"/>
       <c r="H261" s="18">
-        <v>100.1495</v>
+        <v>100.1494</v>
       </c>
       <c r="I261" s="18"/>
-      <c r="J261" s="18"/>
+      <c r="J261" s="72"/>
       <c r="K261" s="50"/>
       <c r="L261" s="18"/>
       <c r="M261" s="18"/>
       <c r="N261" s="18"/>
       <c r="O261" s="49"/>
     </row>
     <row r="262" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B262" s="21"/>
       <c r="C262" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D262" s="18">
         <v>105.5885</v>
       </c>
       <c r="E262" s="50"/>
       <c r="F262" s="18">
         <v>103.3655</v>
       </c>
       <c r="G262" s="50"/>
       <c r="H262" s="18">
-        <v>100.0097</v>
+        <v>100.0099</v>
       </c>
       <c r="I262" s="18"/>
-      <c r="J262" s="18">
-        <v>107.0146</v>
+      <c r="J262" s="72">
+        <v>107.01179999999999</v>
       </c>
       <c r="K262" s="50"/>
       <c r="L262" s="18">
-        <v>87.296099999999996</v>
+        <v>87.286199999999994</v>
       </c>
       <c r="M262" s="18"/>
       <c r="N262" s="18"/>
       <c r="O262" s="49"/>
     </row>
     <row r="263" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B263" s="21"/>
       <c r="C263" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D263" s="18">
         <v>105.0879</v>
       </c>
       <c r="E263" s="50"/>
       <c r="F263" s="18">
-        <v>102.8832</v>
+        <v>102.8831</v>
       </c>
       <c r="G263" s="50"/>
       <c r="H263" s="18">
-        <v>99.849199999999996</v>
+        <v>99.849400000000003</v>
       </c>
       <c r="I263" s="18"/>
-      <c r="J263" s="18"/>
+      <c r="J263" s="72"/>
       <c r="K263" s="50"/>
       <c r="L263" s="18"/>
       <c r="M263" s="18"/>
       <c r="N263" s="18"/>
       <c r="O263" s="49"/>
     </row>
     <row r="264" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B264" s="21"/>
       <c r="C264" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D264" s="18">
         <v>106.0575</v>
       </c>
       <c r="E264" s="50"/>
       <c r="F264" s="18">
         <v>103.56310000000001</v>
       </c>
       <c r="G264" s="50"/>
       <c r="H264" s="18">
-        <v>99.671499999999995</v>
+        <v>99.671599999999998</v>
       </c>
       <c r="I264" s="18"/>
-      <c r="J264" s="18"/>
+      <c r="J264" s="72"/>
       <c r="K264" s="50"/>
       <c r="L264" s="18"/>
       <c r="M264" s="18"/>
       <c r="N264" s="18"/>
       <c r="O264" s="49"/>
     </row>
     <row r="265" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="21"/>
       <c r="C265" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D265" s="18">
         <v>106.68219999999999</v>
       </c>
       <c r="E265" s="50"/>
       <c r="F265" s="18">
         <v>104.3056</v>
       </c>
       <c r="G265" s="50"/>
       <c r="H265" s="18">
-        <v>99.598200000000006</v>
+        <v>99.598299999999995</v>
       </c>
       <c r="I265" s="18"/>
-      <c r="J265" s="18">
-        <v>109.45229999999999</v>
+      <c r="J265" s="72">
+        <v>109.4513</v>
       </c>
       <c r="K265" s="50"/>
       <c r="L265" s="18">
-        <v>88.264499999999998</v>
+        <v>88.265000000000001</v>
       </c>
       <c r="M265" s="18"/>
       <c r="N265" s="18"/>
       <c r="O265" s="49"/>
     </row>
     <row r="266" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B266" s="21"/>
       <c r="C266" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="18">
         <v>107.2788</v>
       </c>
       <c r="E266" s="50"/>
       <c r="F266" s="18">
         <v>104.7362</v>
       </c>
       <c r="G266" s="50"/>
       <c r="H266" s="18">
-        <v>100.2544</v>
+        <v>100.25409999999999</v>
       </c>
       <c r="I266" s="18"/>
-      <c r="J266" s="18"/>
+      <c r="J266" s="72"/>
       <c r="K266" s="50"/>
       <c r="L266" s="18"/>
       <c r="M266" s="18"/>
       <c r="N266" s="18"/>
       <c r="O266" s="49"/>
     </row>
     <row r="267" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B267" s="27"/>
       <c r="C267" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D267" s="40">
         <v>107.9679</v>
       </c>
       <c r="E267" s="50"/>
       <c r="F267" s="40">
         <v>105.376</v>
       </c>
       <c r="G267" s="50"/>
       <c r="H267" s="40">
         <v>100.9635</v>
       </c>
       <c r="I267" s="40"/>
-      <c r="J267" s="40"/>
+      <c r="J267" s="70"/>
       <c r="K267" s="50"/>
       <c r="L267" s="40"/>
       <c r="M267" s="40"/>
       <c r="N267" s="40"/>
       <c r="O267" s="49"/>
     </row>
     <row r="268" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C268" s="34" t="s">
         <v>10</v>
       </c>
       <c r="D268" s="40">
         <v>107.16849999999999</v>
       </c>
       <c r="E268" s="50"/>
       <c r="F268" s="40">
-        <v>104.9158</v>
+        <v>104.91589999999999</v>
       </c>
       <c r="G268" s="50"/>
       <c r="H268" s="40">
-        <v>100.5091</v>
+        <v>100.5093</v>
       </c>
       <c r="I268" s="40"/>
-      <c r="J268" s="40">
-        <v>110.6803</v>
+      <c r="J268" s="70">
+        <v>110.67910000000001</v>
       </c>
       <c r="K268" s="50"/>
       <c r="L268" s="40">
-        <v>88.628500000000003</v>
+        <v>88.621200000000002</v>
       </c>
       <c r="M268" s="40"/>
       <c r="N268" s="40"/>
       <c r="O268" s="49"/>
     </row>
     <row r="269" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B269" s="27"/>
       <c r="C269" s="34" t="s">
         <v>11</v>
       </c>
       <c r="D269" s="40">
         <v>106.4485</v>
       </c>
       <c r="E269" s="50"/>
       <c r="F269" s="40">
-        <v>104.12909999999999</v>
+        <v>104.1292</v>
       </c>
       <c r="G269" s="50"/>
       <c r="H269" s="40">
-        <v>99.732200000000006</v>
+        <v>99.732299999999995</v>
       </c>
       <c r="I269" s="40"/>
-      <c r="J269" s="40"/>
+      <c r="J269" s="70"/>
       <c r="K269" s="50"/>
       <c r="L269" s="40"/>
       <c r="M269" s="40"/>
       <c r="N269" s="40"/>
       <c r="O269" s="49"/>
     </row>
     <row r="270" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B270" s="27"/>
       <c r="C270" s="34" t="s">
         <v>12</v>
       </c>
       <c r="D270" s="40">
         <v>105.92059999999999</v>
       </c>
       <c r="E270" s="50"/>
       <c r="F270" s="40">
         <v>103.48269999999999</v>
       </c>
       <c r="G270" s="50"/>
       <c r="H270" s="40">
-        <v>99.640100000000004</v>
+        <v>99.639899999999997</v>
       </c>
       <c r="I270" s="40"/>
-      <c r="J270" s="40"/>
+      <c r="J270" s="70"/>
       <c r="K270" s="50"/>
       <c r="L270" s="40"/>
       <c r="M270" s="40"/>
       <c r="N270" s="40"/>
       <c r="O270" s="49"/>
     </row>
     <row r="271" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B271" s="31"/>
       <c r="C271" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D271" s="59">
         <v>106.1977</v>
       </c>
       <c r="E271" s="52"/>
       <c r="F271" s="59">
         <v>103.5371</v>
       </c>
       <c r="G271" s="52"/>
       <c r="H271" s="59">
-        <v>99.6036</v>
+        <v>99.603499999999997</v>
       </c>
       <c r="I271" s="59"/>
-      <c r="J271" s="59">
-        <v>108.91970000000001</v>
+      <c r="J271" s="71">
+        <v>108.91289999999999</v>
       </c>
       <c r="K271" s="52"/>
       <c r="L271" s="59">
-        <v>87.377300000000005</v>
+        <v>87.371300000000005</v>
       </c>
       <c r="M271" s="59"/>
       <c r="N271" s="59"/>
       <c r="O271" s="49"/>
     </row>
     <row r="272" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B272" s="27">
         <v>2018</v>
       </c>
       <c r="C272" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D272" s="18">
         <v>107.9011</v>
       </c>
       <c r="E272" s="63"/>
       <c r="F272" s="18">
         <v>105.25539999999999</v>
       </c>
       <c r="G272" s="63"/>
       <c r="H272" s="18">
-        <v>100.9301</v>
+        <v>100.9297</v>
       </c>
       <c r="I272" s="18"/>
-      <c r="J272" s="18"/>
+      <c r="J272" s="72"/>
       <c r="K272" s="63"/>
       <c r="L272" s="18"/>
       <c r="M272" s="18"/>
       <c r="N272" s="18"/>
       <c r="O272" s="49"/>
     </row>
     <row r="273" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C273" s="27" t="s">
         <v>3</v>
       </c>
       <c r="D273" s="18">
         <v>108.06399999999999</v>
       </c>
       <c r="E273" s="50"/>
       <c r="F273" s="18">
-        <v>105.1828</v>
+        <v>105.1827</v>
       </c>
       <c r="G273" s="50"/>
       <c r="H273" s="18">
-        <v>100.31059999999999</v>
+        <v>100.3107</v>
       </c>
       <c r="I273" s="18"/>
-      <c r="J273" s="18"/>
+      <c r="J273" s="72"/>
       <c r="K273" s="50"/>
       <c r="L273" s="18"/>
       <c r="M273" s="18"/>
       <c r="N273" s="18"/>
       <c r="O273" s="49"/>
     </row>
     <row r="274" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B274" s="27"/>
       <c r="C274" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D274" s="18">
         <v>108.2128</v>
       </c>
       <c r="E274" s="51"/>
       <c r="F274" s="18">
-        <v>105.3224</v>
+        <v>105.3223</v>
       </c>
       <c r="G274" s="51"/>
       <c r="H274" s="18">
-        <v>100.11660000000001</v>
+        <v>100.11669999999999</v>
       </c>
       <c r="I274" s="18"/>
-      <c r="J274" s="18">
-        <v>110.5303</v>
+      <c r="J274" s="72">
+        <v>110.526</v>
       </c>
       <c r="K274" s="51"/>
       <c r="L274" s="18">
-        <v>90.470200000000006</v>
+        <v>90.457400000000007</v>
       </c>
       <c r="M274" s="18"/>
       <c r="N274" s="18"/>
       <c r="O274" s="49"/>
     </row>
     <row r="275" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B275" s="27"/>
       <c r="C275" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D275" s="18">
         <v>108.5318</v>
       </c>
       <c r="E275" s="62"/>
       <c r="F275" s="18">
-        <v>105.7856</v>
+        <v>105.7855</v>
       </c>
       <c r="G275" s="62"/>
       <c r="H275" s="18">
-        <v>100.5549</v>
+        <v>100.55459999999999</v>
       </c>
       <c r="I275" s="18"/>
-      <c r="J275" s="18"/>
+      <c r="J275" s="72"/>
       <c r="K275" s="62"/>
       <c r="L275" s="18"/>
       <c r="M275" s="18"/>
       <c r="N275" s="18"/>
       <c r="O275" s="49"/>
     </row>
     <row r="276" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B276" s="27"/>
       <c r="C276" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="18">
         <v>108.63</v>
       </c>
       <c r="E276" s="50"/>
       <c r="F276" s="18">
         <v>105.7294</v>
       </c>
       <c r="G276" s="50"/>
       <c r="H276" s="18">
-        <v>100.877</v>
+        <v>100.8768</v>
       </c>
       <c r="I276" s="18"/>
-      <c r="J276" s="18"/>
+      <c r="J276" s="72"/>
       <c r="K276" s="50"/>
       <c r="L276" s="18"/>
       <c r="M276" s="18"/>
       <c r="N276" s="18"/>
       <c r="O276" s="49"/>
     </row>
     <row r="277" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B277" s="27"/>
       <c r="C277" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="18">
         <v>108.81</v>
       </c>
       <c r="E277" s="50"/>
       <c r="F277" s="18">
         <v>106.229</v>
       </c>
       <c r="G277" s="50"/>
       <c r="H277" s="18">
-        <v>100.4269</v>
+        <v>100.4268</v>
       </c>
       <c r="I277" s="18"/>
-      <c r="J277" s="18">
-        <v>111.5684</v>
+      <c r="J277" s="72">
+        <v>111.56489999999999</v>
       </c>
       <c r="K277" s="50"/>
       <c r="L277" s="18">
-        <v>89.722300000000004</v>
+        <v>89.722700000000003</v>
       </c>
       <c r="M277" s="18"/>
       <c r="N277" s="18"/>
       <c r="O277" s="49"/>
     </row>
     <row r="278" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B278" s="27"/>
       <c r="C278" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="18">
         <v>109.0821</v>
       </c>
       <c r="E278" s="50"/>
       <c r="F278" s="18">
         <v>106.185</v>
       </c>
       <c r="G278" s="50"/>
       <c r="H278" s="18">
-        <v>100.8549</v>
+        <v>100.8546</v>
       </c>
       <c r="I278" s="18"/>
-      <c r="J278" s="18"/>
+      <c r="J278" s="72"/>
       <c r="K278" s="50"/>
       <c r="L278" s="18"/>
       <c r="M278" s="18"/>
       <c r="N278" s="18"/>
       <c r="O278" s="49"/>
     </row>
     <row r="279" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B279" s="27"/>
       <c r="C279" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="18">
         <v>108.90470000000001</v>
       </c>
       <c r="E279" s="50"/>
       <c r="F279" s="18">
         <v>105.9482</v>
       </c>
       <c r="G279" s="50"/>
       <c r="H279" s="18">
-        <v>100.2993</v>
+        <v>100.29940000000001</v>
       </c>
       <c r="I279" s="18"/>
-      <c r="J279" s="18"/>
+      <c r="J279" s="72"/>
       <c r="K279" s="50"/>
       <c r="L279" s="18"/>
       <c r="M279" s="18"/>
       <c r="N279" s="18"/>
       <c r="O279" s="49"/>
     </row>
     <row r="280" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B280" s="27"/>
       <c r="C280" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D280" s="18">
         <v>109.32729999999999</v>
       </c>
       <c r="E280" s="50"/>
       <c r="F280" s="18">
-        <v>106.0746</v>
+        <v>106.0748</v>
       </c>
       <c r="G280" s="50"/>
       <c r="H280" s="18">
-        <v>100.70440000000001</v>
+        <v>100.7047</v>
       </c>
       <c r="I280" s="18"/>
-      <c r="J280" s="18">
-        <v>111.6854</v>
+      <c r="J280" s="72">
+        <v>111.6828</v>
       </c>
       <c r="K280" s="50"/>
       <c r="L280" s="18">
-        <v>88.974900000000005</v>
+        <v>88.960499999999996</v>
       </c>
       <c r="M280" s="18"/>
       <c r="N280" s="18"/>
       <c r="O280" s="49"/>
     </row>
     <row r="281" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B281" s="27"/>
       <c r="C281" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D281" s="18">
         <v>108.9683</v>
       </c>
       <c r="E281" s="50"/>
       <c r="F281" s="18">
-        <v>105.5248</v>
+        <v>105.5249</v>
       </c>
       <c r="G281" s="50"/>
       <c r="H281" s="18">
-        <v>100.9102</v>
+        <v>100.9104</v>
       </c>
       <c r="I281" s="18"/>
-      <c r="J281" s="18"/>
+      <c r="J281" s="72"/>
       <c r="K281" s="50"/>
       <c r="L281" s="18"/>
       <c r="M281" s="18"/>
       <c r="N281" s="18"/>
       <c r="O281" s="49"/>
     </row>
     <row r="282" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B282" s="27"/>
       <c r="C282" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D282" s="18">
         <v>108.4986</v>
       </c>
       <c r="E282" s="50"/>
       <c r="F282" s="18">
-        <v>104.88339999999999</v>
+        <v>104.8835</v>
       </c>
       <c r="G282" s="50"/>
       <c r="H282" s="18">
-        <v>100.0878</v>
+        <v>100.08750000000001</v>
       </c>
       <c r="I282" s="18"/>
-      <c r="J282" s="18"/>
+      <c r="J282" s="72"/>
       <c r="K282" s="50"/>
       <c r="L282" s="18"/>
       <c r="M282" s="18"/>
       <c r="N282" s="18"/>
       <c r="O282" s="49"/>
     </row>
     <row r="283" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B283" s="31"/>
       <c r="C283" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D283" s="19">
         <v>108.8887</v>
       </c>
       <c r="E283" s="52"/>
       <c r="F283" s="19">
-        <v>105.1011</v>
+        <v>105.101</v>
       </c>
       <c r="G283" s="52"/>
       <c r="H283" s="19">
-        <v>99.782600000000002</v>
+        <v>99.782399999999996</v>
       </c>
       <c r="I283" s="19"/>
-      <c r="J283" s="19">
-        <v>110.498</v>
+      <c r="J283" s="73">
+        <v>110.4903</v>
       </c>
       <c r="K283" s="52"/>
       <c r="L283" s="19">
-        <v>88.967799999999997</v>
+        <v>88.9542</v>
       </c>
       <c r="M283" s="19"/>
       <c r="N283" s="19"/>
       <c r="O283" s="49"/>
     </row>
     <row r="284" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B284" s="35">
         <v>2019</v>
       </c>
       <c r="C284" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D284" s="20">
         <v>108.343</v>
       </c>
       <c r="E284" s="53"/>
       <c r="F284" s="20">
-        <v>104.3918</v>
+        <v>104.3917</v>
       </c>
       <c r="G284" s="53"/>
       <c r="H284" s="20">
-        <v>99.433099999999996</v>
+        <v>99.432299999999998</v>
       </c>
       <c r="I284" s="20"/>
-      <c r="J284" s="20"/>
+      <c r="J284" s="74"/>
       <c r="K284" s="53"/>
       <c r="L284" s="20"/>
       <c r="M284" s="20"/>
       <c r="N284" s="20"/>
       <c r="O284" s="49"/>
     </row>
     <row r="285" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B285" s="37"/>
       <c r="C285" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D285" s="18">
         <v>108.3009</v>
       </c>
       <c r="E285" s="50"/>
       <c r="F285" s="18">
         <v>104.2824</v>
       </c>
       <c r="G285" s="50"/>
       <c r="H285" s="18">
-        <v>99.514099999999999</v>
+        <v>99.5137</v>
       </c>
       <c r="I285" s="18"/>
-      <c r="J285" s="18"/>
+      <c r="J285" s="72"/>
       <c r="K285" s="50"/>
       <c r="L285" s="18"/>
       <c r="M285" s="18"/>
       <c r="N285" s="18"/>
       <c r="O285" s="49"/>
     </row>
     <row r="286" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B286" s="37"/>
       <c r="C286" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D286" s="18">
         <v>108.0282</v>
       </c>
       <c r="E286" s="50"/>
       <c r="F286" s="18">
         <v>104.09229999999999</v>
       </c>
       <c r="G286" s="50"/>
       <c r="H286" s="18">
-        <v>99.622299999999996</v>
+        <v>99.621799999999993</v>
       </c>
       <c r="I286" s="18"/>
-      <c r="J286" s="18">
-        <v>109.70959999999999</v>
+      <c r="J286" s="72">
+        <v>109.70650000000001</v>
       </c>
       <c r="K286" s="50"/>
       <c r="L286" s="18">
-        <v>87.344099999999997</v>
+        <v>87.329800000000006</v>
       </c>
       <c r="M286" s="18"/>
       <c r="N286" s="18"/>
       <c r="O286" s="49"/>
     </row>
     <row r="287" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B287" s="37"/>
       <c r="C287" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D287" s="18">
         <v>107.9421</v>
       </c>
       <c r="E287" s="50"/>
       <c r="F287" s="18">
         <v>103.795</v>
       </c>
       <c r="G287" s="50"/>
       <c r="H287" s="18">
         <v>99.540999999999997</v>
       </c>
       <c r="I287" s="18"/>
-      <c r="J287" s="18"/>
+      <c r="J287" s="72"/>
       <c r="K287" s="50"/>
       <c r="L287" s="18"/>
       <c r="M287" s="18"/>
       <c r="N287" s="18"/>
       <c r="O287" s="49"/>
     </row>
     <row r="288" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B288" s="37"/>
       <c r="C288" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="18">
         <v>108.41200000000001</v>
       </c>
       <c r="E288" s="50"/>
       <c r="F288" s="18">
-        <v>104.3832</v>
+        <v>104.38330000000001</v>
       </c>
       <c r="G288" s="50"/>
       <c r="H288" s="18">
-        <v>100.0844</v>
+        <v>100.0842</v>
       </c>
       <c r="I288" s="18"/>
-      <c r="J288" s="18"/>
+      <c r="J288" s="72"/>
       <c r="K288" s="50"/>
       <c r="L288" s="18"/>
       <c r="M288" s="18"/>
       <c r="N288" s="18"/>
       <c r="O288" s="49"/>
     </row>
     <row r="289" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B289" s="37"/>
       <c r="C289" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D289" s="18">
         <v>108.63500000000001</v>
       </c>
       <c r="E289" s="50"/>
       <c r="F289" s="18">
-        <v>104.5354</v>
+        <v>104.5356</v>
       </c>
       <c r="G289" s="50"/>
       <c r="H289" s="18">
-        <v>99.351900000000001</v>
+        <v>99.3523</v>
       </c>
       <c r="I289" s="18"/>
-      <c r="J289" s="18">
-        <v>109.9552</v>
+      <c r="J289" s="72">
+        <v>109.9543</v>
       </c>
       <c r="K289" s="50"/>
       <c r="L289" s="18">
-        <v>87.343299999999999</v>
+        <v>87.344099999999997</v>
       </c>
       <c r="M289" s="18"/>
       <c r="N289" s="18"/>
       <c r="O289" s="49"/>
     </row>
     <row r="290" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B290" s="37"/>
       <c r="C290" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="18">
         <v>108.601</v>
       </c>
       <c r="E290" s="50"/>
       <c r="F290" s="18">
-        <v>104.5457</v>
+        <v>104.5459</v>
       </c>
       <c r="G290" s="50"/>
       <c r="H290" s="18">
-        <v>99.738600000000005</v>
+        <v>99.738799999999998</v>
       </c>
       <c r="I290" s="18"/>
-      <c r="J290" s="18"/>
+      <c r="J290" s="72"/>
       <c r="K290" s="50"/>
       <c r="L290" s="18"/>
       <c r="M290" s="18"/>
       <c r="N290" s="18"/>
       <c r="O290" s="49"/>
     </row>
     <row r="291" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B291" s="37"/>
       <c r="C291" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D291" s="18">
         <v>108.95910000000001</v>
       </c>
       <c r="E291" s="50"/>
       <c r="F291" s="18">
-        <v>104.5454</v>
+        <v>104.5457</v>
       </c>
       <c r="G291" s="50"/>
       <c r="H291" s="18">
-        <v>99.869100000000003</v>
+        <v>99.868899999999996</v>
       </c>
       <c r="I291" s="18"/>
-      <c r="J291" s="18"/>
+      <c r="J291" s="72"/>
       <c r="K291" s="50"/>
       <c r="L291" s="18"/>
       <c r="M291" s="18"/>
       <c r="N291" s="18"/>
       <c r="O291" s="49"/>
     </row>
     <row r="292" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B292" s="37"/>
       <c r="C292" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D292" s="18">
         <v>108.5598</v>
       </c>
       <c r="E292" s="50"/>
       <c r="F292" s="18">
-        <v>104.1726</v>
+        <v>104.1729</v>
       </c>
       <c r="G292" s="50"/>
       <c r="H292" s="18">
-        <v>100.0595</v>
+        <v>100.0596</v>
       </c>
       <c r="I292" s="18"/>
-      <c r="J292" s="18">
-        <v>111.1293</v>
+      <c r="J292" s="72">
+        <v>111.1276</v>
       </c>
       <c r="K292" s="50"/>
       <c r="L292" s="18">
-        <v>88.153199999999998</v>
+        <v>88.123199999999997</v>
       </c>
       <c r="M292" s="18"/>
       <c r="N292" s="18"/>
       <c r="O292" s="49"/>
     </row>
     <row r="293" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B293" s="37"/>
       <c r="C293" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D293" s="18">
         <v>108.02889999999999</v>
       </c>
       <c r="E293" s="50"/>
       <c r="F293" s="18">
-        <v>103.5498</v>
+        <v>103.5501</v>
       </c>
       <c r="G293" s="50"/>
       <c r="H293" s="18">
         <v>99.8</v>
       </c>
       <c r="I293" s="18"/>
-      <c r="J293" s="18"/>
+      <c r="J293" s="72"/>
       <c r="K293" s="50"/>
       <c r="L293" s="18"/>
       <c r="M293" s="18"/>
       <c r="N293" s="18"/>
       <c r="O293" s="49"/>
     </row>
     <row r="294" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B294" s="37"/>
       <c r="C294" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D294" s="18">
         <v>107.7657</v>
       </c>
       <c r="E294" s="50"/>
       <c r="F294" s="18">
-        <v>103.0735</v>
+        <v>103.074</v>
       </c>
       <c r="G294" s="50"/>
       <c r="H294" s="18">
-        <v>99.521500000000003</v>
+        <v>99.521000000000001</v>
       </c>
       <c r="I294" s="18"/>
-      <c r="J294" s="18"/>
+      <c r="J294" s="72"/>
       <c r="K294" s="50"/>
       <c r="L294" s="18"/>
       <c r="M294" s="18"/>
       <c r="N294" s="18"/>
       <c r="O294" s="49"/>
     </row>
     <row r="295" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="27"/>
       <c r="B295" s="31"/>
       <c r="C295" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D295" s="19">
         <v>107.72620000000001</v>
       </c>
       <c r="E295" s="52"/>
       <c r="F295" s="19">
-        <v>102.99939999999999</v>
+        <v>102.9996</v>
       </c>
       <c r="G295" s="52"/>
       <c r="H295" s="19">
-        <v>99.3596</v>
+        <v>99.359499999999997</v>
       </c>
       <c r="I295" s="19"/>
-      <c r="J295" s="19">
-        <v>110.9408</v>
+      <c r="J295" s="73">
+        <v>110.928</v>
       </c>
       <c r="K295" s="52"/>
       <c r="L295" s="19">
-        <v>85.832499999999996</v>
+        <v>85.813599999999994</v>
       </c>
       <c r="M295" s="19"/>
       <c r="N295" s="19"/>
       <c r="O295" s="49"/>
     </row>
     <row r="296" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="27"/>
       <c r="B296" s="27">
         <v>2020</v>
       </c>
       <c r="C296" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D296" s="18">
         <v>107.5455</v>
       </c>
       <c r="E296" s="50"/>
       <c r="F296" s="18">
-        <v>103.0206</v>
+        <v>103.0196</v>
       </c>
       <c r="G296" s="50"/>
       <c r="H296" s="18">
-        <v>99.418599999999998</v>
+        <v>99.418700000000001</v>
       </c>
       <c r="I296" s="18"/>
-      <c r="J296" s="18"/>
+      <c r="J296" s="72"/>
       <c r="K296" s="50"/>
       <c r="L296" s="18"/>
       <c r="M296" s="18"/>
       <c r="N296" s="18"/>
       <c r="O296" s="49"/>
     </row>
     <row r="297" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="27"/>
       <c r="B297" s="27"/>
       <c r="C297" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D297" s="18">
         <v>107.2169</v>
       </c>
       <c r="E297" s="50"/>
       <c r="F297" s="18">
-        <v>102.2253</v>
+        <v>102.22539999999999</v>
       </c>
       <c r="G297" s="50"/>
       <c r="H297" s="18">
-        <v>99.392799999999994</v>
+        <v>99.393000000000001</v>
       </c>
       <c r="I297" s="18"/>
-      <c r="J297" s="18"/>
+      <c r="J297" s="72"/>
       <c r="K297" s="50"/>
       <c r="L297" s="18"/>
       <c r="M297" s="18"/>
       <c r="N297" s="18"/>
       <c r="O297" s="49"/>
     </row>
     <row r="298" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="27"/>
       <c r="B298" s="27"/>
       <c r="C298" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D298" s="18">
         <v>107.143</v>
       </c>
       <c r="E298" s="50"/>
       <c r="F298" s="18">
-        <v>101.9419</v>
+        <v>101.94199999999999</v>
       </c>
       <c r="G298" s="50"/>
       <c r="H298" s="18">
-        <v>97.480800000000002</v>
+        <v>97.480900000000005</v>
       </c>
       <c r="I298" s="18"/>
-      <c r="J298" s="18">
-        <v>110.5613</v>
+      <c r="J298" s="72">
+        <v>110.5621</v>
       </c>
       <c r="K298" s="50"/>
       <c r="L298" s="18">
-        <v>86.402699999999996</v>
+        <v>86.398700000000005</v>
       </c>
       <c r="M298" s="18"/>
       <c r="N298" s="18"/>
       <c r="O298" s="49"/>
     </row>
     <row r="299" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="27"/>
       <c r="B299" s="27"/>
       <c r="C299" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D299" s="18">
         <v>106.93940000000001</v>
       </c>
       <c r="E299" s="50"/>
       <c r="F299" s="18">
-        <v>101.5912</v>
+        <v>101.5909</v>
       </c>
       <c r="G299" s="50"/>
       <c r="H299" s="18">
-        <v>95.324399999999997</v>
+        <v>95.324299999999994</v>
       </c>
       <c r="I299" s="18"/>
-      <c r="J299" s="18"/>
+      <c r="J299" s="72"/>
       <c r="K299" s="50"/>
       <c r="L299" s="18"/>
       <c r="M299" s="18"/>
       <c r="N299" s="18"/>
       <c r="O299" s="49"/>
     </row>
     <row r="300" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B300" s="27"/>
       <c r="C300" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="18">
         <v>107.1328</v>
       </c>
       <c r="E300" s="50"/>
       <c r="F300" s="18">
-        <v>101.62390000000001</v>
+        <v>101.6241</v>
       </c>
       <c r="G300" s="50"/>
       <c r="H300" s="18">
-        <v>95.0608</v>
+        <v>95.061400000000006</v>
       </c>
       <c r="I300" s="18"/>
-      <c r="J300" s="18"/>
+      <c r="J300" s="72"/>
       <c r="K300" s="50"/>
       <c r="L300" s="18"/>
       <c r="M300" s="18"/>
       <c r="N300" s="18"/>
       <c r="O300" s="49"/>
     </row>
     <row r="301" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B301" s="27"/>
       <c r="C301" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="18">
         <v>107.6317</v>
       </c>
       <c r="E301" s="50"/>
       <c r="F301" s="18">
-        <v>102.0419</v>
+        <v>102.04219999999999</v>
       </c>
       <c r="G301" s="50"/>
       <c r="H301" s="18">
-        <v>96.123099999999994</v>
+        <v>96.123500000000007</v>
       </c>
       <c r="I301" s="18"/>
-      <c r="J301" s="18">
-        <v>108.9953</v>
+      <c r="J301" s="72">
+        <v>108.9913</v>
       </c>
       <c r="K301" s="50"/>
       <c r="L301" s="18">
-        <v>90.080500000000001</v>
+        <v>90.081800000000001</v>
       </c>
       <c r="M301" s="18"/>
       <c r="N301" s="18"/>
       <c r="O301" s="49"/>
     </row>
     <row r="302" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B302" s="27"/>
       <c r="C302" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="18">
         <v>108.5891</v>
       </c>
       <c r="E302" s="50"/>
       <c r="F302" s="18">
-        <v>102.6589</v>
+        <v>102.65949999999999</v>
       </c>
       <c r="G302" s="50"/>
       <c r="H302" s="18">
-        <v>97.432699999999997</v>
+        <v>97.433099999999996</v>
       </c>
       <c r="I302" s="18"/>
-      <c r="J302" s="18"/>
+      <c r="J302" s="72"/>
       <c r="K302" s="50"/>
       <c r="L302" s="18"/>
       <c r="M302" s="18"/>
       <c r="N302" s="18"/>
       <c r="O302" s="49"/>
     </row>
     <row r="303" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B303" s="27"/>
       <c r="C303" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D303" s="18">
         <v>109.54219999999999</v>
       </c>
       <c r="E303" s="50"/>
       <c r="F303" s="18">
-        <v>103.7732</v>
+        <v>103.7735</v>
       </c>
       <c r="G303" s="50"/>
       <c r="H303" s="18">
-        <v>97.432599999999994</v>
+        <v>97.433000000000007</v>
       </c>
       <c r="I303" s="18"/>
-      <c r="J303" s="18"/>
+      <c r="J303" s="72"/>
       <c r="K303" s="50"/>
       <c r="L303" s="18"/>
       <c r="M303" s="18"/>
       <c r="N303" s="18"/>
       <c r="O303" s="49"/>
     </row>
     <row r="304" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B304" s="27"/>
       <c r="C304" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D304" s="18">
         <v>109.23690000000001</v>
       </c>
       <c r="E304" s="50"/>
       <c r="F304" s="18">
-        <v>103.70010000000001</v>
+        <v>103.70050000000001</v>
       </c>
       <c r="G304" s="50"/>
       <c r="H304" s="18">
         <v>96.375</v>
       </c>
       <c r="I304" s="18"/>
-      <c r="J304" s="18">
-        <v>108.148</v>
+      <c r="J304" s="72">
+        <v>108.1392</v>
       </c>
       <c r="K304" s="50"/>
       <c r="L304" s="18">
-        <v>94.082899999999995</v>
+        <v>94.041799999999995</v>
       </c>
       <c r="M304" s="18"/>
       <c r="N304" s="18"/>
       <c r="O304" s="49"/>
     </row>
     <row r="305" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B305" s="27"/>
       <c r="C305" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D305" s="18">
         <v>108.83199999999999</v>
       </c>
       <c r="E305" s="50"/>
       <c r="F305" s="18">
-        <v>103.3497</v>
+        <v>103.34990000000001</v>
       </c>
       <c r="G305" s="50"/>
       <c r="H305" s="18">
         <v>96.293700000000001</v>
       </c>
       <c r="I305" s="18"/>
-      <c r="J305" s="18"/>
+      <c r="J305" s="72"/>
       <c r="K305" s="50"/>
       <c r="L305" s="18"/>
       <c r="M305" s="18"/>
       <c r="N305" s="18"/>
       <c r="O305" s="49"/>
     </row>
     <row r="306" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B306" s="27"/>
       <c r="C306" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D306" s="18">
         <v>108.7109</v>
       </c>
       <c r="E306" s="50"/>
       <c r="F306" s="18">
-        <v>103.30889999999999</v>
+        <v>103.3095</v>
       </c>
       <c r="G306" s="50"/>
       <c r="H306" s="18">
-        <v>95.738200000000006</v>
+        <v>95.737099999999998</v>
       </c>
       <c r="I306" s="18"/>
-      <c r="J306" s="18"/>
+      <c r="J306" s="72"/>
       <c r="K306" s="50"/>
       <c r="L306" s="18"/>
       <c r="M306" s="18"/>
       <c r="N306" s="18"/>
       <c r="O306" s="49"/>
     </row>
     <row r="307" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B307" s="31"/>
       <c r="C307" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D307" s="19">
         <v>109.3625</v>
       </c>
       <c r="E307" s="52"/>
       <c r="F307" s="19">
-        <v>103.601</v>
+        <v>103.60120000000001</v>
       </c>
       <c r="G307" s="52"/>
       <c r="H307" s="19">
-        <v>97.041300000000007</v>
+        <v>97.040599999999998</v>
       </c>
       <c r="I307" s="19"/>
-      <c r="J307" s="19">
-        <v>108.5355</v>
+      <c r="J307" s="73">
+        <v>108.5177</v>
       </c>
       <c r="K307" s="52"/>
       <c r="L307" s="19">
-        <v>86.285600000000002</v>
+        <v>86.245800000000003</v>
       </c>
       <c r="M307" s="19"/>
       <c r="N307" s="19"/>
       <c r="O307" s="49"/>
     </row>
     <row r="308" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B308" s="35">
         <v>2021</v>
       </c>
       <c r="C308" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D308" s="20">
         <v>108.8175</v>
       </c>
       <c r="E308" s="53"/>
       <c r="F308" s="20">
-        <v>103.0252</v>
+        <v>103.0234</v>
       </c>
       <c r="G308" s="53"/>
       <c r="H308" s="20">
-        <v>95.932900000000004</v>
+        <v>95.9328</v>
       </c>
       <c r="I308" s="20"/>
-      <c r="J308" s="20"/>
+      <c r="J308" s="74"/>
       <c r="K308" s="53"/>
       <c r="L308" s="20"/>
       <c r="M308" s="20"/>
       <c r="N308" s="20"/>
       <c r="O308" s="49"/>
     </row>
     <row r="309" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B309" s="37"/>
       <c r="C309" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D309" s="18">
         <v>108.3725</v>
       </c>
       <c r="E309" s="50"/>
       <c r="F309" s="18">
-        <v>102.73399999999999</v>
+        <v>102.7341</v>
       </c>
       <c r="G309" s="50"/>
       <c r="H309" s="18">
         <v>95.838099999999997</v>
       </c>
       <c r="I309" s="18"/>
-      <c r="J309" s="18"/>
+      <c r="J309" s="72"/>
       <c r="K309" s="50"/>
       <c r="L309" s="18"/>
       <c r="M309" s="18"/>
       <c r="N309" s="18"/>
       <c r="O309" s="49"/>
     </row>
     <row r="310" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B310" s="37"/>
       <c r="C310" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D310" s="18">
         <v>108.39879999999999</v>
       </c>
       <c r="E310" s="50"/>
       <c r="F310" s="18">
-        <v>102.9611</v>
+        <v>102.96129999999999</v>
       </c>
       <c r="G310" s="50"/>
       <c r="H310" s="18">
-        <v>96.191599999999994</v>
+        <v>96.191400000000002</v>
       </c>
       <c r="I310" s="18"/>
-      <c r="J310" s="18">
-        <v>108.2137</v>
+      <c r="J310" s="72">
+        <v>108.22069999999999</v>
       </c>
       <c r="K310" s="50"/>
       <c r="L310" s="18">
-        <v>86.284899999999993</v>
+        <v>86.312600000000003</v>
       </c>
       <c r="M310" s="18"/>
       <c r="N310" s="18"/>
       <c r="O310" s="49"/>
     </row>
     <row r="311" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B311" s="37"/>
       <c r="C311" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D311" s="18">
         <v>108.7586</v>
       </c>
       <c r="E311" s="50"/>
       <c r="F311" s="18">
-        <v>103.0116</v>
+        <v>103.0112</v>
       </c>
       <c r="G311" s="50"/>
       <c r="H311" s="18">
-        <v>94.733999999999995</v>
+        <v>94.734200000000001</v>
       </c>
       <c r="I311" s="18"/>
-      <c r="J311" s="18"/>
+      <c r="J311" s="72"/>
       <c r="K311" s="50"/>
       <c r="L311" s="18"/>
       <c r="M311" s="18"/>
       <c r="N311" s="18"/>
       <c r="O311" s="49"/>
     </row>
     <row r="312" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B312" s="37"/>
       <c r="C312" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="18">
         <v>109.42100000000001</v>
       </c>
       <c r="E312" s="50"/>
       <c r="F312" s="18">
-        <v>103.4198</v>
+        <v>103.42019999999999</v>
       </c>
       <c r="G312" s="50"/>
       <c r="H312" s="18">
-        <v>95.071600000000004</v>
+        <v>95.071700000000007</v>
       </c>
       <c r="I312" s="18"/>
-      <c r="J312" s="18"/>
+      <c r="J312" s="72"/>
       <c r="K312" s="50"/>
       <c r="L312" s="18"/>
       <c r="M312" s="18"/>
       <c r="N312" s="18"/>
       <c r="O312" s="49"/>
     </row>
     <row r="313" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B313" s="37"/>
       <c r="C313" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="18">
         <v>109.5089</v>
       </c>
       <c r="E313" s="50"/>
       <c r="F313" s="18">
-        <v>103.319</v>
+        <v>103.3193</v>
       </c>
       <c r="G313" s="50"/>
       <c r="H313" s="18">
-        <v>94.8977</v>
+        <v>94.898300000000006</v>
       </c>
       <c r="I313" s="18"/>
-      <c r="J313" s="18">
-        <v>107.65689999999999</v>
+      <c r="J313" s="72">
+        <v>107.6639</v>
       </c>
       <c r="K313" s="50"/>
       <c r="L313" s="18">
-        <v>85.744200000000006</v>
+        <v>85.741399999999999</v>
       </c>
       <c r="M313" s="18"/>
       <c r="N313" s="18"/>
       <c r="O313" s="49"/>
     </row>
     <row r="314" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B314" s="37"/>
       <c r="C314" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="18">
         <v>109.3304</v>
       </c>
       <c r="E314" s="50"/>
       <c r="F314" s="18">
-        <v>103.3275</v>
+        <v>103.3283</v>
       </c>
       <c r="G314" s="50"/>
       <c r="H314" s="18">
-        <v>94.724000000000004</v>
+        <v>94.723699999999994</v>
       </c>
       <c r="I314" s="18"/>
-      <c r="J314" s="18"/>
+      <c r="J314" s="72"/>
       <c r="K314" s="50"/>
       <c r="L314" s="18"/>
       <c r="M314" s="18"/>
       <c r="N314" s="18"/>
       <c r="O314" s="49"/>
     </row>
     <row r="315" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B315" s="37"/>
       <c r="C315" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D315" s="18">
         <v>109.19840000000001</v>
       </c>
       <c r="E315" s="50"/>
       <c r="F315" s="18">
-        <v>103.2889</v>
+        <v>103.2891</v>
       </c>
       <c r="G315" s="50"/>
       <c r="H315" s="18">
-        <v>94.009799999999998</v>
+        <v>94.009600000000006</v>
       </c>
       <c r="I315" s="18"/>
-      <c r="J315" s="18"/>
+      <c r="J315" s="72"/>
       <c r="K315" s="50"/>
       <c r="L315" s="18"/>
       <c r="M315" s="18"/>
       <c r="N315" s="18"/>
       <c r="O315" s="49"/>
     </row>
     <row r="316" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B316" s="37"/>
       <c r="C316" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D316" s="18">
         <v>109.2483</v>
       </c>
       <c r="E316" s="50"/>
       <c r="F316" s="18">
-        <v>103.5514</v>
+        <v>103.5518</v>
       </c>
       <c r="G316" s="50"/>
       <c r="H316" s="18">
-        <v>93.923500000000004</v>
+        <v>93.923400000000001</v>
       </c>
       <c r="I316" s="18"/>
-      <c r="J316" s="18">
-        <v>108.5942</v>
+      <c r="J316" s="72">
+        <v>108.5741</v>
       </c>
       <c r="K316" s="50"/>
       <c r="L316" s="18">
-        <v>85.975700000000003</v>
+        <v>85.923400000000001</v>
       </c>
       <c r="M316" s="18"/>
       <c r="N316" s="18"/>
       <c r="O316" s="49"/>
     </row>
     <row r="317" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B317" s="37"/>
       <c r="C317" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D317" s="18">
         <v>108.7578</v>
       </c>
       <c r="E317" s="50"/>
       <c r="F317" s="18">
-        <v>102.7954</v>
+        <v>102.7958</v>
       </c>
       <c r="G317" s="50"/>
       <c r="H317" s="18">
-        <v>94.445899999999995</v>
+        <v>94.446100000000001</v>
       </c>
       <c r="I317" s="18"/>
-      <c r="J317" s="18"/>
+      <c r="J317" s="72"/>
       <c r="K317" s="50"/>
       <c r="L317" s="18"/>
       <c r="M317" s="18"/>
       <c r="N317" s="18"/>
       <c r="O317" s="49"/>
     </row>
     <row r="318" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B318" s="37"/>
       <c r="C318" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D318" s="18">
         <v>108.5684</v>
       </c>
       <c r="E318" s="50"/>
       <c r="F318" s="18">
-        <v>102.65470000000001</v>
+        <v>102.6555</v>
       </c>
       <c r="G318" s="50"/>
       <c r="H318" s="18">
-        <v>94.454300000000003</v>
+        <v>94.4529</v>
       </c>
       <c r="I318" s="18"/>
-      <c r="J318" s="18"/>
+      <c r="J318" s="72"/>
       <c r="K318" s="50"/>
       <c r="L318" s="18"/>
       <c r="M318" s="18"/>
       <c r="N318" s="18"/>
       <c r="O318" s="49"/>
     </row>
     <row r="319" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B319" s="37"/>
       <c r="C319" s="22" t="s">
         <v>13</v>
       </c>
       <c r="D319" s="18">
         <v>108.8117</v>
       </c>
       <c r="E319" s="50"/>
       <c r="F319" s="18">
-        <v>102.82810000000001</v>
+        <v>102.8287</v>
       </c>
       <c r="G319" s="50"/>
       <c r="H319" s="18">
-        <v>93.412899999999993</v>
+        <v>93.412400000000005</v>
       </c>
       <c r="I319" s="18"/>
-      <c r="J319" s="18">
-        <v>107.24290000000001</v>
+      <c r="J319" s="72">
+        <v>107.2217</v>
       </c>
       <c r="K319" s="50"/>
       <c r="L319" s="18">
-        <v>83.555599999999998</v>
+        <v>83.494</v>
       </c>
       <c r="M319" s="18"/>
       <c r="N319" s="18"/>
       <c r="O319" s="49"/>
     </row>
     <row r="320" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B320" s="35">
         <v>2022</v>
       </c>
       <c r="C320" s="36" t="s">
         <v>2</v>
       </c>
       <c r="D320" s="20">
         <v>108.4918</v>
       </c>
       <c r="E320" s="53"/>
       <c r="F320" s="20">
-        <v>102.3124</v>
+        <v>102.3095</v>
       </c>
       <c r="G320" s="53"/>
       <c r="H320" s="20">
-        <v>92.665000000000006</v>
+        <v>92.664900000000003</v>
       </c>
       <c r="I320" s="20"/>
-      <c r="J320" s="20"/>
+      <c r="J320" s="74"/>
       <c r="K320" s="53"/>
       <c r="L320" s="20"/>
       <c r="M320" s="20"/>
       <c r="N320" s="20"/>
       <c r="O320" s="49"/>
     </row>
     <row r="321" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B321" s="37"/>
       <c r="C321" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D321" s="18">
         <v>108.4823</v>
       </c>
       <c r="E321" s="50"/>
       <c r="F321" s="18">
-        <v>102.5849</v>
+        <v>102.5852</v>
       </c>
       <c r="G321" s="50"/>
       <c r="H321" s="18">
-        <v>92.805300000000003</v>
+        <v>92.805499999999995</v>
       </c>
       <c r="I321" s="18"/>
-      <c r="J321" s="18"/>
+      <c r="J321" s="72"/>
       <c r="K321" s="50"/>
       <c r="L321" s="18"/>
       <c r="M321" s="18"/>
       <c r="N321" s="18"/>
       <c r="O321" s="49"/>
     </row>
     <row r="322" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B322" s="37"/>
       <c r="C322" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D322" s="18">
         <v>108.0394</v>
       </c>
       <c r="E322" s="50"/>
       <c r="F322" s="18">
-        <v>102.1388</v>
+        <v>102.139</v>
       </c>
       <c r="G322" s="50"/>
       <c r="H322" s="18">
-        <v>93.234300000000005</v>
+        <v>93.234800000000007</v>
       </c>
       <c r="I322" s="18"/>
-      <c r="J322" s="18">
-        <v>106.0847</v>
+      <c r="J322" s="72">
+        <v>106.0964</v>
       </c>
       <c r="K322" s="50"/>
       <c r="L322" s="18">
-        <v>83.527299999999997</v>
+        <v>83.583100000000002</v>
       </c>
       <c r="M322" s="18"/>
       <c r="N322" s="18"/>
       <c r="O322" s="49"/>
     </row>
     <row r="323" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B323" s="37"/>
       <c r="C323" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D323" s="18">
         <v>107.5592</v>
       </c>
       <c r="E323" s="50"/>
       <c r="F323" s="18">
-        <v>103.04600000000001</v>
+        <v>103.0453</v>
       </c>
       <c r="G323" s="50"/>
       <c r="H323" s="18">
-        <v>90.796800000000005</v>
+        <v>90.797200000000004</v>
       </c>
       <c r="I323" s="18"/>
-      <c r="J323" s="18"/>
+      <c r="J323" s="72"/>
       <c r="K323" s="50"/>
       <c r="L323" s="18"/>
       <c r="M323" s="18"/>
       <c r="N323" s="18"/>
       <c r="O323" s="49"/>
     </row>
     <row r="324" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B324" s="37"/>
       <c r="C324" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D324" s="18">
         <v>108.05540000000001</v>
       </c>
       <c r="E324" s="50"/>
       <c r="F324" s="18">
-        <v>103.71599999999999</v>
+        <v>103.7162</v>
       </c>
       <c r="G324" s="50"/>
       <c r="H324" s="18">
-        <v>92.355400000000003</v>
+        <v>92.355500000000006</v>
       </c>
       <c r="I324" s="18"/>
-      <c r="J324" s="18"/>
+      <c r="J324" s="72"/>
       <c r="K324" s="50"/>
       <c r="L324" s="18"/>
       <c r="M324" s="18"/>
       <c r="N324" s="18"/>
       <c r="O324" s="49"/>
     </row>
     <row r="325" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B325" s="37"/>
       <c r="C325" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D325" s="18">
         <v>108.4687</v>
       </c>
       <c r="E325" s="50"/>
       <c r="F325" s="18">
-        <v>104.43089999999999</v>
+        <v>104.431</v>
       </c>
       <c r="G325" s="50"/>
       <c r="H325" s="18">
-        <v>92.447100000000006</v>
+        <v>92.4482</v>
       </c>
       <c r="I325" s="18"/>
-      <c r="J325" s="18">
-        <v>106.1657</v>
+      <c r="J325" s="72">
+        <v>106.16970000000001</v>
       </c>
       <c r="K325" s="50"/>
       <c r="L325" s="18">
-        <v>85.508099999999999</v>
+        <v>85.508499999999998</v>
       </c>
       <c r="M325" s="18"/>
       <c r="N325" s="18"/>
       <c r="O325" s="49"/>
     </row>
     <row r="326" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B326" s="37"/>
       <c r="C326" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="18">
         <v>108.0226</v>
       </c>
       <c r="E326" s="50"/>
       <c r="F326" s="18">
-        <v>104.30759999999999</v>
+        <v>104.3082</v>
       </c>
       <c r="G326" s="50"/>
       <c r="H326" s="18">
-        <v>93.199299999999994</v>
+        <v>93.199600000000004</v>
       </c>
       <c r="I326" s="18"/>
-      <c r="J326" s="18"/>
+      <c r="J326" s="72"/>
       <c r="K326" s="50"/>
       <c r="L326" s="18"/>
       <c r="M326" s="18"/>
       <c r="N326" s="18"/>
       <c r="O326" s="49"/>
     </row>
     <row r="327" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B327" s="37"/>
       <c r="C327" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D327" s="18">
         <v>107.9349</v>
       </c>
       <c r="E327" s="50"/>
       <c r="F327" s="18">
-        <v>103.85209999999999</v>
+        <v>103.8523</v>
       </c>
       <c r="G327" s="50"/>
       <c r="H327" s="18">
-        <v>92.595600000000005</v>
+        <v>92.595799999999997</v>
       </c>
       <c r="I327" s="18"/>
-      <c r="J327" s="18"/>
+      <c r="J327" s="72"/>
       <c r="K327" s="50"/>
       <c r="L327" s="18"/>
       <c r="M327" s="18"/>
       <c r="N327" s="18"/>
       <c r="O327" s="49"/>
     </row>
     <row r="328" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B328" s="37"/>
       <c r="C328" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D328" s="18">
         <v>107.95869999999999</v>
       </c>
       <c r="E328" s="50"/>
       <c r="F328" s="18">
-        <v>103.4806</v>
+        <v>103.48099999999999</v>
       </c>
       <c r="G328" s="50"/>
       <c r="H328" s="18">
-        <v>93.138099999999994</v>
+        <v>93.138400000000004</v>
       </c>
       <c r="I328" s="18"/>
-      <c r="J328" s="18">
-        <v>106.86490000000001</v>
+      <c r="J328" s="72">
+        <v>106.83710000000001</v>
       </c>
       <c r="K328" s="50"/>
       <c r="L328" s="18">
-        <v>86.589200000000005</v>
+        <v>86.563699999999997</v>
       </c>
       <c r="M328" s="18"/>
       <c r="N328" s="18"/>
       <c r="O328" s="49"/>
     </row>
     <row r="329" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B329" s="38"/>
       <c r="C329" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D329" s="18">
         <v>108.312</v>
       </c>
       <c r="E329" s="50"/>
       <c r="F329" s="18">
-        <v>103.37860000000001</v>
+        <v>103.37949999999999</v>
       </c>
       <c r="G329" s="50"/>
       <c r="H329" s="18">
-        <v>93.048100000000005</v>
+        <v>93.047399999999996</v>
       </c>
       <c r="I329" s="18"/>
-      <c r="J329" s="18"/>
+      <c r="J329" s="72"/>
       <c r="K329" s="50"/>
       <c r="L329" s="18"/>
       <c r="M329" s="18"/>
       <c r="N329" s="18"/>
       <c r="O329" s="49"/>
     </row>
     <row r="330" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B330" s="38"/>
       <c r="C330" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D330" s="18">
         <v>108.5722</v>
       </c>
       <c r="E330" s="50"/>
       <c r="F330" s="18">
-        <v>104.2225</v>
+        <v>104.2234</v>
       </c>
       <c r="G330" s="50"/>
       <c r="H330" s="18">
-        <v>94.419399999999996</v>
+        <v>94.417500000000004</v>
       </c>
       <c r="I330" s="18"/>
-      <c r="J330" s="18"/>
+      <c r="J330" s="72"/>
       <c r="K330" s="50"/>
       <c r="L330" s="18"/>
       <c r="M330" s="18"/>
       <c r="N330" s="18"/>
       <c r="O330" s="49"/>
     </row>
     <row r="331" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B331" s="39"/>
       <c r="C331" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D331" s="19">
         <v>109.1814</v>
       </c>
       <c r="E331" s="50"/>
       <c r="F331" s="19">
-        <v>105.0702</v>
+        <v>105.07089999999999</v>
       </c>
       <c r="G331" s="50"/>
       <c r="H331" s="19">
-        <v>93.599000000000004</v>
+        <v>93.597399999999993</v>
       </c>
       <c r="I331" s="19"/>
-      <c r="J331" s="19">
-        <v>111.6737</v>
+      <c r="J331" s="73">
+        <v>111.651</v>
       </c>
       <c r="K331" s="50"/>
       <c r="L331" s="19">
-        <v>90.185400000000001</v>
+        <v>90.058300000000003</v>
       </c>
       <c r="M331" s="19"/>
       <c r="N331" s="19"/>
       <c r="O331" s="49"/>
     </row>
     <row r="332" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B332" s="22">
         <v>2023</v>
       </c>
       <c r="C332" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D332" s="18">
         <v>109.45699999999999</v>
       </c>
       <c r="E332" s="53"/>
       <c r="F332" s="18">
-        <v>105.25230000000001</v>
+        <v>105.2491</v>
       </c>
       <c r="G332" s="53"/>
       <c r="H332" s="18">
-        <v>93.486999999999995</v>
+        <v>93.486500000000007</v>
       </c>
       <c r="I332" s="18"/>
-      <c r="J332" s="18"/>
+      <c r="J332" s="72"/>
       <c r="K332" s="53"/>
       <c r="L332" s="18"/>
       <c r="M332" s="18"/>
       <c r="N332" s="18"/>
       <c r="O332" s="49"/>
     </row>
     <row r="333" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B333" s="22"/>
       <c r="C333" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D333" s="18">
         <v>109.4072</v>
       </c>
       <c r="E333" s="50"/>
       <c r="F333" s="18">
-        <v>105.09399999999999</v>
+        <v>105.09439999999999</v>
       </c>
       <c r="G333" s="50"/>
       <c r="H333" s="18">
-        <v>92.828000000000003</v>
+        <v>92.828400000000002</v>
       </c>
       <c r="I333" s="18"/>
-      <c r="J333" s="18"/>
+      <c r="J333" s="72"/>
       <c r="K333" s="50"/>
       <c r="L333" s="18"/>
       <c r="M333" s="18"/>
       <c r="N333" s="18"/>
       <c r="O333" s="49"/>
     </row>
     <row r="334" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B334" s="22"/>
       <c r="C334" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D334" s="18">
         <v>109.5331</v>
       </c>
       <c r="E334" s="50"/>
       <c r="F334" s="18">
-        <v>105.26860000000001</v>
+        <v>105.2684</v>
       </c>
       <c r="G334" s="50"/>
       <c r="H334" s="18">
-        <v>93.647999999999996</v>
+        <v>93.648700000000005</v>
       </c>
       <c r="I334" s="18"/>
-      <c r="J334" s="18">
-        <v>114.0869</v>
+      <c r="J334" s="72">
+        <v>114.1123</v>
       </c>
       <c r="K334" s="50"/>
       <c r="L334" s="18">
-        <v>88.494799999999998</v>
+        <v>88.5548</v>
       </c>
       <c r="M334" s="18"/>
       <c r="N334" s="18"/>
       <c r="O334" s="49"/>
     </row>
     <row r="335" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B335" s="22"/>
       <c r="C335" s="22" t="s">
         <v>5</v>
       </c>
       <c r="D335" s="18">
         <v>109.9744</v>
       </c>
       <c r="E335" s="50"/>
       <c r="F335" s="18">
-        <v>105.94110000000001</v>
+        <v>105.9401</v>
       </c>
       <c r="G335" s="50"/>
       <c r="H335" s="18">
-        <v>93.777199999999993</v>
+        <v>93.777699999999996</v>
       </c>
       <c r="I335" s="18"/>
-      <c r="J335" s="18"/>
+      <c r="J335" s="72"/>
       <c r="K335" s="50"/>
       <c r="L335" s="18"/>
       <c r="M335" s="18"/>
       <c r="N335" s="18"/>
       <c r="O335" s="49"/>
     </row>
     <row r="336" spans="2:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B336" s="22"/>
       <c r="C336" s="22" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="18">
         <v>109.7715</v>
       </c>
       <c r="E336" s="50"/>
       <c r="F336" s="18">
-        <v>106.1972</v>
+        <v>106.1969</v>
       </c>
       <c r="G336" s="50"/>
       <c r="H336" s="18">
-        <v>92.9589</v>
+        <v>92.96</v>
       </c>
       <c r="I336" s="18"/>
-      <c r="J336" s="18"/>
+      <c r="J336" s="72"/>
       <c r="K336" s="50"/>
       <c r="L336" s="18"/>
       <c r="M336" s="18"/>
       <c r="N336" s="18"/>
       <c r="O336" s="49"/>
     </row>
     <row r="337" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B337" s="22"/>
       <c r="C337" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D337" s="18">
         <v>110.17440000000001</v>
       </c>
       <c r="E337" s="50"/>
       <c r="F337" s="18">
-        <v>107.5277</v>
+        <v>107.5273</v>
       </c>
       <c r="G337" s="50"/>
       <c r="H337" s="18">
-        <v>94.295900000000003</v>
+        <v>94.297899999999998</v>
       </c>
       <c r="I337" s="18"/>
-      <c r="J337" s="18">
-        <v>115.37609999999999</v>
+      <c r="J337" s="72">
+        <v>115.38339999999999</v>
       </c>
       <c r="K337" s="50"/>
       <c r="L337" s="18">
-        <v>88.992599999999996</v>
+        <v>89.035899999999998</v>
       </c>
       <c r="M337" s="18"/>
       <c r="N337" s="18"/>
       <c r="O337" s="49"/>
     </row>
     <row r="338" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B338" s="44"/>
       <c r="C338" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="18">
         <v>110.937</v>
       </c>
       <c r="E338" s="50"/>
       <c r="F338" s="18">
-        <v>108.6187</v>
+        <v>108.6191</v>
       </c>
       <c r="G338" s="50"/>
       <c r="H338" s="18">
-        <v>94.718800000000002</v>
+        <v>94.7196</v>
       </c>
       <c r="I338" s="18"/>
-      <c r="J338" s="18"/>
+      <c r="J338" s="72"/>
       <c r="K338" s="50"/>
       <c r="L338" s="18"/>
       <c r="M338" s="18"/>
       <c r="N338" s="18"/>
       <c r="O338" s="49"/>
     </row>
     <row r="339" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B339" s="22"/>
       <c r="C339" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D339" s="18">
         <v>111.00279999999999</v>
       </c>
       <c r="E339" s="50"/>
       <c r="F339" s="18">
         <v>108.7058</v>
       </c>
       <c r="G339" s="50"/>
       <c r="H339" s="18">
-        <v>96.061400000000006</v>
+        <v>96.061800000000005</v>
       </c>
       <c r="I339" s="18"/>
-      <c r="J339" s="18"/>
+      <c r="J339" s="72"/>
       <c r="K339" s="50"/>
       <c r="L339" s="18"/>
       <c r="M339" s="18"/>
       <c r="N339" s="18"/>
       <c r="O339" s="49"/>
     </row>
     <row r="340" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B340" s="44"/>
       <c r="C340" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D340" s="18">
         <v>110.8442</v>
       </c>
       <c r="E340" s="50"/>
       <c r="F340" s="18">
-        <v>108.0783</v>
+        <v>108.07899999999999</v>
       </c>
       <c r="G340" s="50"/>
       <c r="H340" s="18">
-        <v>95.954300000000003</v>
+        <v>95.953400000000002</v>
       </c>
       <c r="I340" s="18"/>
-      <c r="J340" s="18">
-        <v>117.7586</v>
+      <c r="J340" s="72">
+        <v>117.75</v>
       </c>
       <c r="K340" s="50"/>
       <c r="L340" s="18">
-        <v>92.813299999999998</v>
+        <v>92.817899999999995</v>
       </c>
       <c r="M340" s="18"/>
       <c r="N340" s="18"/>
       <c r="O340" s="49"/>
     </row>
     <row r="341" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B341" s="44"/>
       <c r="C341" s="44" t="s">
         <v>11</v>
       </c>
       <c r="D341" s="18">
         <v>110.6862</v>
       </c>
       <c r="E341" s="50"/>
       <c r="F341" s="18">
-        <v>107.8806</v>
+        <v>107.8828</v>
       </c>
       <c r="G341" s="50"/>
       <c r="H341" s="18">
-        <v>95.620099999999994</v>
+        <v>95.618399999999994</v>
       </c>
       <c r="I341" s="18"/>
-      <c r="J341" s="18"/>
+      <c r="J341" s="72"/>
       <c r="K341" s="50"/>
       <c r="L341" s="18"/>
       <c r="M341" s="18"/>
       <c r="N341" s="18"/>
       <c r="O341" s="49"/>
     </row>
     <row r="342" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B342" s="44"/>
       <c r="C342" s="44" t="s">
         <v>12</v>
       </c>
       <c r="D342" s="18">
         <v>110.8927</v>
       </c>
       <c r="E342" s="50"/>
       <c r="F342" s="18">
-        <v>108.0149</v>
+        <v>108.01690000000001</v>
       </c>
       <c r="G342" s="50"/>
       <c r="H342" s="18">
-        <v>95.209599999999995</v>
+        <v>95.206199999999995</v>
       </c>
       <c r="I342" s="18"/>
-      <c r="J342" s="18"/>
+      <c r="J342" s="72"/>
       <c r="K342" s="50"/>
       <c r="L342" s="18"/>
       <c r="M342" s="18"/>
       <c r="N342" s="18"/>
       <c r="O342" s="49"/>
     </row>
     <row r="343" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B343" s="32"/>
       <c r="C343" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D343" s="19">
         <v>110.8026</v>
       </c>
       <c r="E343" s="52"/>
       <c r="F343" s="19">
-        <v>107.7808</v>
+        <v>107.7831</v>
       </c>
       <c r="G343" s="52"/>
       <c r="H343" s="19">
-        <v>94.808300000000003</v>
+        <v>94.805099999999996</v>
       </c>
       <c r="I343" s="19"/>
-      <c r="J343" s="19">
-        <v>116.06789999999999</v>
+      <c r="J343" s="73">
+        <v>115.98260000000001</v>
       </c>
       <c r="K343" s="52"/>
       <c r="L343" s="19">
-        <v>92.214399999999998</v>
+        <v>92.025999999999996</v>
       </c>
       <c r="M343" s="19"/>
       <c r="N343" s="19"/>
       <c r="O343" s="49"/>
     </row>
     <row r="344" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B344" s="44">
         <v>2024</v>
       </c>
       <c r="C344" s="44" t="s">
         <v>2</v>
       </c>
       <c r="D344" s="18">
         <v>110.9721</v>
       </c>
       <c r="E344" s="50"/>
       <c r="F344" s="18">
-        <v>107.75539999999999</v>
+        <v>107.75069999999999</v>
       </c>
       <c r="G344" s="50"/>
       <c r="H344" s="18">
-        <v>96.088499999999996</v>
+        <v>96.087699999999998</v>
       </c>
       <c r="I344" s="18"/>
-      <c r="J344" s="18"/>
+      <c r="J344" s="72"/>
       <c r="K344" s="50"/>
       <c r="L344" s="18"/>
       <c r="M344" s="18"/>
       <c r="N344" s="18"/>
       <c r="O344" s="49"/>
     </row>
     <row r="345" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B345" s="44"/>
       <c r="C345" s="44" t="s">
         <v>3</v>
       </c>
       <c r="D345" s="18">
         <v>110.947</v>
       </c>
       <c r="E345" s="50"/>
       <c r="F345" s="18">
-        <v>107.7286</v>
+        <v>107.72880000000001</v>
       </c>
       <c r="G345" s="50"/>
       <c r="H345" s="18">
-        <v>95.552700000000002</v>
+        <v>95.553399999999996</v>
       </c>
       <c r="I345" s="18"/>
-      <c r="J345" s="18"/>
+      <c r="J345" s="72"/>
       <c r="K345" s="50"/>
       <c r="L345" s="18"/>
       <c r="M345" s="18"/>
       <c r="N345" s="18"/>
       <c r="O345" s="49"/>
     </row>
     <row r="346" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B346" s="44"/>
       <c r="C346" s="44" t="s">
         <v>4</v>
       </c>
       <c r="D346" s="18">
         <v>111.3368</v>
       </c>
       <c r="E346" s="50"/>
       <c r="F346" s="18">
-        <v>108.3629</v>
+        <v>108.3616</v>
       </c>
       <c r="G346" s="50"/>
       <c r="H346" s="18">
-        <v>95.980400000000003</v>
+        <v>95.982299999999995</v>
       </c>
       <c r="I346" s="18"/>
-      <c r="J346" s="18">
-        <v>118.6284</v>
+      <c r="J346" s="72">
+        <v>118.645</v>
       </c>
       <c r="K346" s="50"/>
       <c r="L346" s="18">
-        <v>91.5959</v>
+        <v>91.627700000000004</v>
       </c>
       <c r="M346" s="18"/>
       <c r="N346" s="18"/>
       <c r="O346" s="49"/>
     </row>
     <row r="347" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B347" s="44"/>
       <c r="C347" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D347" s="18">
         <v>111.2615</v>
       </c>
       <c r="E347" s="50"/>
       <c r="F347" s="18">
-        <v>108.4084</v>
+        <v>108.4067</v>
       </c>
       <c r="G347" s="50"/>
       <c r="H347" s="18">
-        <v>96.424300000000002</v>
+        <v>96.4268</v>
       </c>
       <c r="I347" s="18"/>
-      <c r="J347" s="18"/>
+      <c r="J347" s="72"/>
       <c r="K347" s="50"/>
       <c r="L347" s="18"/>
       <c r="M347" s="18"/>
       <c r="N347" s="18"/>
       <c r="O347" s="49"/>
     </row>
     <row r="348" spans="1:15" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B348" s="44"/>
       <c r="C348" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D348" s="18">
         <v>111.294</v>
       </c>
       <c r="E348" s="50"/>
       <c r="F348" s="18">
-        <v>108.4004</v>
+        <v>108.3994</v>
       </c>
       <c r="G348" s="50"/>
       <c r="H348" s="18">
-        <v>95.274100000000004</v>
+        <v>95.276399999999995</v>
       </c>
       <c r="I348" s="18"/>
-      <c r="J348" s="18"/>
+      <c r="J348" s="72"/>
       <c r="K348" s="50"/>
       <c r="L348" s="18"/>
       <c r="M348" s="18"/>
       <c r="N348" s="18"/>
       <c r="O348" s="49"/>
     </row>
     <row r="349" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B349" s="44"/>
       <c r="C349" s="46" t="s">
         <v>7</v>
       </c>
       <c r="D349" s="18">
         <v>111.2188</v>
       </c>
       <c r="E349" s="50"/>
       <c r="F349" s="18">
-        <v>108.568</v>
+        <v>108.5672</v>
       </c>
       <c r="G349" s="50"/>
       <c r="H349" s="18">
-        <v>94.78</v>
+        <v>94.7821</v>
       </c>
       <c r="I349" s="18"/>
-      <c r="J349" s="18">
-        <v>117.295</v>
+      <c r="J349" s="72">
+        <v>117.2881</v>
       </c>
       <c r="K349" s="50"/>
       <c r="L349" s="18">
-        <v>95.677199999999999</v>
+        <v>95.802599999999998</v>
       </c>
       <c r="M349" s="18"/>
       <c r="N349" s="18"/>
       <c r="O349" s="49"/>
     </row>
     <row r="350" spans="1:15" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B350" s="44"/>
       <c r="C350" s="46" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="18">
         <v>111.4744</v>
       </c>
       <c r="E350" s="50"/>
       <c r="F350" s="18">
-        <v>108.992</v>
+        <v>108.9922</v>
       </c>
       <c r="G350" s="50"/>
       <c r="H350" s="18">
-        <v>96.385300000000001</v>
+        <v>96.387100000000004</v>
       </c>
       <c r="I350" s="18"/>
-      <c r="J350" s="18"/>
+      <c r="J350" s="72"/>
       <c r="K350" s="50"/>
       <c r="L350" s="18"/>
       <c r="M350" s="18"/>
       <c r="N350" s="18"/>
       <c r="O350" s="49"/>
     </row>
     <row r="351" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="47"/>
       <c r="B351" s="47"/>
       <c r="C351" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D351" s="18">
         <v>111.6815</v>
       </c>
       <c r="E351" s="50"/>
       <c r="F351" s="18">
-        <v>109.19199999999999</v>
+        <v>109.1917</v>
       </c>
       <c r="G351" s="50"/>
       <c r="H351" s="18">
-        <v>95.171599999999998</v>
+        <v>95.1721</v>
       </c>
       <c r="I351" s="18"/>
-      <c r="J351" s="18"/>
+      <c r="J351" s="72"/>
       <c r="K351" s="50"/>
       <c r="L351" s="18"/>
       <c r="M351" s="18"/>
       <c r="N351" s="18"/>
       <c r="O351" s="49"/>
     </row>
     <row r="352" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="47"/>
       <c r="B352" s="47"/>
       <c r="C352" s="46" t="s">
         <v>10</v>
       </c>
       <c r="D352" s="18">
         <v>111.6781</v>
       </c>
       <c r="E352" s="50"/>
       <c r="F352" s="18">
-        <v>109.25709999999999</v>
+        <v>109.2582</v>
       </c>
       <c r="G352" s="50"/>
       <c r="H352" s="18">
-        <v>94.250200000000007</v>
+        <v>94.248999999999995</v>
       </c>
       <c r="I352" s="18"/>
-      <c r="J352" s="18">
-        <v>117.2897</v>
+      <c r="J352" s="72">
+        <v>117.2955</v>
       </c>
       <c r="K352" s="50"/>
       <c r="L352" s="18">
-        <v>97.156300000000002</v>
+        <v>97.225499999999997</v>
       </c>
       <c r="M352" s="18"/>
       <c r="N352" s="18"/>
       <c r="O352" s="49"/>
     </row>
     <row r="353" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="47"/>
       <c r="B353" s="47"/>
       <c r="C353" s="48" t="s">
         <v>11</v>
       </c>
       <c r="D353" s="18">
         <v>111.49679999999999</v>
       </c>
       <c r="E353" s="50"/>
       <c r="F353" s="18">
-        <v>109.4379</v>
+        <v>109.4417</v>
       </c>
       <c r="G353" s="50"/>
       <c r="H353" s="18">
-        <v>95.186400000000006</v>
+        <v>95.183199999999999</v>
       </c>
       <c r="I353" s="18"/>
-      <c r="J353" s="18"/>
+      <c r="J353" s="72"/>
       <c r="K353" s="50"/>
       <c r="L353" s="18"/>
       <c r="M353" s="18"/>
       <c r="N353" s="18"/>
       <c r="O353" s="49"/>
     </row>
     <row r="354" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="47"/>
       <c r="B354" s="47"/>
       <c r="C354" s="48" t="s">
         <v>12</v>
       </c>
       <c r="D354" s="18">
         <v>111.268</v>
       </c>
       <c r="E354" s="50"/>
       <c r="F354" s="18">
-        <v>109.3683</v>
+        <v>109.3717</v>
       </c>
       <c r="G354" s="50"/>
       <c r="H354" s="18">
-        <v>94.843400000000003</v>
+        <v>94.838800000000006</v>
       </c>
       <c r="I354" s="18"/>
-      <c r="J354" s="18"/>
+      <c r="J354" s="72"/>
       <c r="K354" s="50"/>
       <c r="L354" s="18"/>
       <c r="M354" s="18"/>
       <c r="N354" s="18"/>
       <c r="O354" s="49"/>
     </row>
     <row r="355" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="9"/>
       <c r="B355" s="55"/>
       <c r="C355" s="56" t="s">
         <v>13</v>
       </c>
       <c r="D355" s="19">
         <v>111.0275</v>
       </c>
       <c r="E355" s="52"/>
       <c r="F355" s="19">
-        <v>109.3973</v>
+        <v>109.4021</v>
       </c>
       <c r="G355" s="52"/>
       <c r="H355" s="19">
-        <v>94.585899999999995</v>
+        <v>94.579599999999999</v>
       </c>
       <c r="I355" s="19"/>
-      <c r="J355" s="19">
-        <v>116.8121</v>
+      <c r="J355" s="73">
+        <v>116.6125</v>
       </c>
       <c r="K355" s="52"/>
       <c r="L355" s="19">
-        <v>98.283100000000005</v>
+        <v>97.918599999999998</v>
       </c>
       <c r="M355" s="19"/>
       <c r="N355" s="19"/>
       <c r="O355" s="49"/>
     </row>
     <row r="356" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="9"/>
       <c r="B356" s="44">
         <v>2025</v>
       </c>
       <c r="C356" s="48" t="s">
         <v>2</v>
       </c>
       <c r="D356" s="18">
         <v>110.9148</v>
       </c>
       <c r="E356" s="50"/>
       <c r="F356" s="18">
-        <v>109.4903</v>
+        <v>109.4843</v>
       </c>
       <c r="G356" s="50"/>
       <c r="H356" s="18">
-        <v>95.039699999999996</v>
+        <v>95.039400000000001</v>
       </c>
       <c r="I356" s="18"/>
-      <c r="J356" s="18"/>
+      <c r="J356" s="72"/>
       <c r="K356" s="50"/>
       <c r="L356" s="18"/>
       <c r="M356" s="18"/>
       <c r="N356" s="18"/>
       <c r="O356" s="49"/>
     </row>
     <row r="357" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="47"/>
       <c r="B357" s="44"/>
       <c r="C357" s="48" t="s">
         <v>3</v>
       </c>
       <c r="D357" s="18">
         <v>110.70569999999999</v>
       </c>
       <c r="E357" s="50"/>
       <c r="F357" s="18">
-        <v>109.2124</v>
+        <v>109.2119</v>
       </c>
       <c r="G357" s="50"/>
       <c r="H357" s="18">
-        <v>95.062600000000003</v>
+        <v>95.065200000000004</v>
       </c>
       <c r="I357" s="18"/>
-      <c r="J357" s="18"/>
+      <c r="J357" s="72"/>
       <c r="K357" s="50"/>
       <c r="L357" s="18"/>
       <c r="M357" s="18"/>
       <c r="N357" s="18"/>
       <c r="O357" s="49"/>
     </row>
     <row r="358" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="47"/>
       <c r="B358" s="44"/>
       <c r="C358" s="54" t="s">
         <v>4</v>
       </c>
       <c r="D358" s="18">
         <v>111.5412</v>
       </c>
       <c r="E358" s="50"/>
       <c r="F358" s="18">
-        <v>109.8065</v>
+        <v>109.80410000000001</v>
       </c>
       <c r="G358" s="50"/>
       <c r="H358" s="18">
-        <v>94.971199999999996</v>
+        <v>94.974500000000006</v>
       </c>
       <c r="I358" s="18"/>
-      <c r="J358" s="18">
-        <v>117.0184</v>
+      <c r="J358" s="72">
+        <v>116.9795</v>
       </c>
       <c r="K358" s="50"/>
       <c r="L358" s="18">
-        <v>98.719099999999997</v>
+        <v>98.564300000000003</v>
       </c>
       <c r="M358" s="18"/>
       <c r="N358" s="18"/>
       <c r="O358" s="49"/>
     </row>
     <row r="359" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="47"/>
       <c r="B359" s="44"/>
       <c r="C359" s="44" t="s">
         <v>5</v>
       </c>
       <c r="D359" s="18">
         <v>112.611</v>
       </c>
       <c r="E359" s="50"/>
       <c r="F359" s="18">
-        <v>110.75920000000001</v>
+        <v>110.7569</v>
       </c>
       <c r="G359" s="50"/>
       <c r="H359" s="18">
-        <v>94.750699999999995</v>
+        <v>94.754400000000004</v>
       </c>
       <c r="I359" s="18"/>
-      <c r="J359" s="18"/>
+      <c r="J359" s="72"/>
       <c r="K359" s="50"/>
       <c r="L359" s="18"/>
       <c r="M359" s="18"/>
       <c r="N359" s="18"/>
       <c r="O359" s="49"/>
     </row>
     <row r="360" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="47"/>
       <c r="B360" s="44"/>
       <c r="C360" s="44" t="s">
         <v>6</v>
       </c>
       <c r="D360" s="18">
         <v>112.4222</v>
       </c>
       <c r="E360" s="50"/>
       <c r="F360" s="18">
-        <v>111.12430000000001</v>
+        <v>111.12260000000001</v>
       </c>
       <c r="G360" s="50"/>
       <c r="H360" s="18">
-        <v>94.895499999999998</v>
+        <v>94.899100000000004</v>
       </c>
       <c r="I360" s="18"/>
-      <c r="J360" s="18"/>
+      <c r="J360" s="72"/>
       <c r="K360" s="50"/>
       <c r="L360" s="18"/>
       <c r="M360" s="18"/>
       <c r="N360" s="18"/>
       <c r="O360" s="49"/>
     </row>
     <row r="361" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="47"/>
       <c r="B361" s="58"/>
       <c r="C361" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="18">
         <v>112.8854</v>
       </c>
       <c r="E361" s="50"/>
       <c r="F361" s="18">
-        <v>111.688</v>
+        <v>111.68680000000001</v>
       </c>
       <c r="G361" s="50"/>
       <c r="H361" s="18">
-        <v>95.455799999999996</v>
+        <v>95.459000000000003</v>
       </c>
       <c r="I361" s="18"/>
-      <c r="J361" s="18">
-        <v>120.03959999999999</v>
+      <c r="J361" s="72">
+        <v>120.0115</v>
       </c>
       <c r="K361" s="50"/>
       <c r="L361" s="18">
-        <v>99.795599999999993</v>
+        <v>99.920299999999997</v>
       </c>
       <c r="M361" s="18"/>
       <c r="N361" s="18"/>
       <c r="O361" s="49"/>
     </row>
     <row r="362" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="47"/>
       <c r="B362" s="58"/>
       <c r="C362" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="18">
         <v>113.2777</v>
       </c>
       <c r="E362" s="50"/>
       <c r="F362" s="18">
-        <v>112.46899999999999</v>
+        <v>112.4692</v>
       </c>
       <c r="G362" s="50"/>
       <c r="H362" s="18">
-        <v>96.331100000000006</v>
+        <v>96.332599999999999</v>
       </c>
       <c r="I362" s="18"/>
       <c r="J362" s="18"/>
       <c r="K362" s="50"/>
       <c r="L362" s="18"/>
       <c r="M362" s="18"/>
       <c r="N362" s="18"/>
       <c r="O362" s="49"/>
     </row>
     <row r="363" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="47"/>
       <c r="B363" s="58"/>
       <c r="C363" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D363" s="18">
         <v>113.2766</v>
       </c>
       <c r="E363" s="50"/>
       <c r="F363" s="18">
-        <v>112.5064</v>
+        <v>112.5085</v>
       </c>
       <c r="G363" s="50"/>
       <c r="H363" s="18">
-        <v>96.0274</v>
+        <v>96.027500000000003</v>
       </c>
       <c r="I363" s="18"/>
       <c r="J363" s="18"/>
       <c r="K363" s="50"/>
       <c r="L363" s="18"/>
       <c r="M363" s="18"/>
       <c r="N363" s="18"/>
       <c r="O363" s="49"/>
     </row>
     <row r="364" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="47"/>
       <c r="B364" s="44"/>
       <c r="C364" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D364" s="18">
         <v>113.3813</v>
       </c>
       <c r="E364" s="50"/>
       <c r="F364" s="18">
-        <v>112.629</v>
+        <v>112.6311</v>
       </c>
       <c r="G364" s="50"/>
       <c r="H364" s="18">
-        <v>95.940799999999996</v>
+        <v>95.939899999999994</v>
       </c>
       <c r="I364" s="18"/>
       <c r="J364" s="18">
-        <v>121.5877</v>
+        <v>121.709</v>
       </c>
       <c r="K364" s="50"/>
       <c r="L364" s="18">
-        <v>102.1722</v>
+        <v>102.26860000000001</v>
       </c>
       <c r="M364" s="18"/>
       <c r="N364" s="18"/>
       <c r="O364" s="49"/>
     </row>
     <row r="365" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="47"/>
       <c r="B365" s="44"/>
       <c r="C365" s="44" t="s">
         <v>11</v>
       </c>
-      <c r="D365" s="66">
+      <c r="D365" s="18">
         <v>113.1934</v>
       </c>
-      <c r="E365" s="67"/>
-[...13 lines deleted...]
-      <c r="O365" s="68"/>
+      <c r="E365" s="50"/>
+      <c r="F365" s="18">
+        <v>112.22329999999999</v>
+      </c>
+      <c r="G365" s="50"/>
+      <c r="H365" s="18">
+        <v>95.845500000000001</v>
+      </c>
+      <c r="I365" s="18"/>
+      <c r="J365" s="18"/>
+      <c r="K365" s="50"/>
+      <c r="L365" s="18"/>
+      <c r="M365" s="18"/>
+      <c r="N365" s="18"/>
+      <c r="O365" s="49"/>
     </row>
     <row r="366" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="47"/>
       <c r="B366" s="44"/>
       <c r="C366" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="D366" s="66">
+      <c r="D366" s="18">
         <v>113.07080000000001</v>
       </c>
-      <c r="E366" s="67"/>
-[...13 lines deleted...]
-      <c r="O366" s="68"/>
+      <c r="E366" s="50"/>
+      <c r="F366" s="18">
+        <v>112.7269</v>
+      </c>
+      <c r="G366" s="50"/>
+      <c r="H366" s="18">
+        <v>95.9983</v>
+      </c>
+      <c r="I366" s="18"/>
+      <c r="J366" s="18"/>
+      <c r="K366" s="50"/>
+      <c r="L366" s="18"/>
+      <c r="M366" s="18"/>
+      <c r="N366" s="18"/>
+      <c r="O366" s="49"/>
     </row>
     <row r="367" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="47"/>
       <c r="B367" s="32"/>
       <c r="C367" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D367" s="19">
         <v>113.2863</v>
       </c>
       <c r="E367" s="52"/>
       <c r="F367" s="19">
-        <v>112.7414</v>
+        <v>112.7471</v>
       </c>
       <c r="G367" s="52"/>
       <c r="H367" s="19">
-        <v>95.373800000000003</v>
+        <v>95.679400000000001</v>
       </c>
       <c r="I367" s="19"/>
       <c r="J367" s="19"/>
       <c r="K367" s="52"/>
       <c r="L367" s="19"/>
       <c r="M367" s="19"/>
       <c r="N367" s="19"/>
       <c r="O367" s="49"/>
     </row>
     <row r="368" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="47"/>
-      <c r="B368" s="57">
+      <c r="B368" s="44">
         <v>2026</v>
       </c>
-      <c r="C368" s="57" t="s">
+      <c r="C368" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D368" s="64">
+      <c r="D368" s="18">
         <v>113.1536</v>
       </c>
-      <c r="E368" s="65"/>
-[...12 lines deleted...]
-      <c r="N368" s="64"/>
+      <c r="E368" s="50"/>
+      <c r="F368" s="18">
+        <v>112.36960000000001</v>
+      </c>
+      <c r="G368" s="50"/>
+      <c r="H368" s="18">
+        <v>95.101699999999994</v>
+      </c>
+      <c r="I368" s="18"/>
+      <c r="J368" s="18"/>
+      <c r="K368" s="50"/>
+      <c r="L368" s="18"/>
+      <c r="M368" s="18"/>
+      <c r="N368" s="18"/>
       <c r="O368" s="49"/>
     </row>
-    <row r="369" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B369" s="4" t="s">
+    <row r="369" spans="1:15" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="47"/>
+      <c r="B369" s="57"/>
+      <c r="C369" s="57" t="s">
+        <v>3</v>
+      </c>
+      <c r="D369" s="64">
+        <v>113.0943</v>
+      </c>
+      <c r="E369" s="65"/>
+      <c r="F369" s="64">
+        <v>112.1331</v>
+      </c>
+      <c r="G369" s="65"/>
+      <c r="H369" s="64">
+        <v>94.937700000000007</v>
+      </c>
+      <c r="I369" s="64"/>
+      <c r="J369" s="64"/>
+      <c r="K369" s="65"/>
+      <c r="L369" s="64"/>
+      <c r="M369" s="64"/>
+      <c r="N369" s="64"/>
+      <c r="O369" s="49"/>
+    </row>
+    <row r="370" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:L6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="247" max="11" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="B20:B260" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>