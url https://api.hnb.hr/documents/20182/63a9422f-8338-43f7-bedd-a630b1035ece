--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -15,93 +15,93 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\USLUGE\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\USLUGE\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBB4FC02-A260-42BE-B3EE-54E162697B3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA9BD25D-8F48-48E2-9937-00A286A53564}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Revenues total" sheetId="1" r:id="rId1"/>
     <sheet name="P1" sheetId="2" r:id="rId2"/>
     <sheet name="P2" sheetId="3" r:id="rId3"/>
     <sheet name="P3" sheetId="4" r:id="rId4"/>
     <sheet name="P4" sheetId="5" r:id="rId5"/>
     <sheet name="P5" sheetId="6" r:id="rId6"/>
     <sheet name="P6" sheetId="7" r:id="rId7"/>
     <sheet name="P7" sheetId="8" r:id="rId8"/>
     <sheet name="P8" sheetId="10" r:id="rId9"/>
     <sheet name="P9" sheetId="11" r:id="rId10"/>
     <sheet name="P10" sheetId="12" r:id="rId11"/>
     <sheet name="P11" sheetId="13" r:id="rId12"/>
     <sheet name="P12" sheetId="14" r:id="rId13"/>
     <sheet name="P13" sheetId="15" r:id="rId14"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="628" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="140">
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
@@ -110,60 +110,57 @@
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>GERMANY</t>
   </si>
   <si>
     <t>AUSTRIA</t>
   </si>
   <si>
     <t>ITALY</t>
   </si>
   <si>
     <t>SLOVENIA</t>
   </si>
   <si>
-    <t>UNITED KINGDOM OF G. BRITAIN AND N.IRELA</t>
-[...1 lines deleted...]
-  <si>
     <t>SWITZERLAND</t>
   </si>
   <si>
-    <t>BOSNIA AND HERZEGOVINA</t>
+    <t>UNITED STATES OF AMERICA</t>
   </si>
   <si>
-    <t>UNITED STATES OF AMERICA</t>
+    <t>BOSNIA AND HERZEGOVINA</t>
   </si>
   <si>
     <t>NETHERLANDS</t>
   </si>
   <si>
     <t>POLAND</t>
   </si>
   <si>
     <t>HUNGARY</t>
   </si>
   <si>
     <t>FRANCE</t>
   </si>
   <si>
     <t>CZECH REPUBLIC</t>
   </si>
   <si>
     <t>SWEDEN</t>
   </si>
   <si>
     <t>SERBIA</t>
   </si>
   <si>
     <t>SLOVAKIA</t>
   </si>
@@ -212,93 +209,90 @@
   <si>
     <t>VIRGIN ISLANDS (BRITISH)</t>
   </si>
   <si>
     <t>ISRAEL</t>
   </si>
   <si>
     <t>CAYMAN ISLANDS</t>
   </si>
   <si>
     <t>CYPRUS</t>
   </si>
   <si>
     <t>LUXEMBOURG</t>
   </si>
   <si>
     <t>MARSHALL ISLANDS</t>
   </si>
   <si>
     <t>SINGAPORE</t>
   </si>
   <si>
     <t>MONTENEGRO</t>
   </si>
   <si>
-    <t>TAIWAN, PROVINCE OF CHINA</t>
+    <t>PANAMA</t>
   </si>
   <si>
-    <t>PANAMA</t>
+    <t>TAIWAN, PROVINCE OF CHINA</t>
   </si>
   <si>
     <t>MONACO</t>
   </si>
   <si>
     <t>GIBRALTAR</t>
   </si>
   <si>
     <t>SAINT VINCENT AND THE GRENADINES</t>
   </si>
   <si>
     <t>JAPAN</t>
   </si>
   <si>
     <t>NORTH MACEDONIA</t>
   </si>
   <si>
     <t>U.A.E.</t>
   </si>
   <si>
     <t>REPUBLIC OF KOSOVO</t>
   </si>
   <si>
     <t>ISLE OF MAN</t>
   </si>
   <si>
     <t>ALBANIA</t>
   </si>
   <si>
     <t>ESTONIA</t>
   </si>
   <si>
     <t>BAHAMAS</t>
   </si>
   <si>
     <t>LITHUANIA</t>
-  </si>
-[...1 lines deleted...]
-    <t>LATVIA</t>
   </si>
   <si>
     <t>BERMUDA</t>
   </si>
   <si>
     <t>KUWAIT</t>
   </si>
   <si>
     <t>CHINA</t>
   </si>
   <si>
     <t>TURKIYE</t>
   </si>
   <si>
     <t>KOREA, REPUBLIC OF</t>
   </si>
   <si>
     <t>PORTUGAL</t>
   </si>
   <si>
     <t>HONG KONG</t>
   </si>
   <si>
     <t>BULGARIA</t>
   </si>
@@ -351,50 +345,67 @@
     <t>EGYPT</t>
   </si>
   <si>
     <t>ICELAND</t>
   </si>
   <si>
     <t>MAURITIUS</t>
   </si>
   <si>
     <t>GEORGIA</t>
   </si>
   <si>
     <t>NIGERIA</t>
   </si>
   <si>
     <t>ARGENTINA</t>
   </si>
   <si>
     <t xml:space="preserve">P. Services Total-credit </t>
   </si>
   <si>
     <t>in million EUR</t>
   </si>
   <si>
     <t>Country</t>
+  </si>
+  <si>
+    <r>
+      <t>Q1,Q2,Q3 2025</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1)</t>
+    </r>
   </si>
   <si>
     <r>
       <t>Other countries</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Unknown countries</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
@@ -567,73 +578,50 @@
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">  Manufacturing services on physical inputs owned by others are collected by the statistical survey on foreign processing activities. These services have become a component part of the balance of payments starting from 2014, with the start of the implementation of the sixth edition of the Balance of Payments Manual (BPM6). The previous edition of the manual (BPM5) statistically treated processing activities differently for which reason these services were not separately monitored prior to 2014, so that their amount for the needs of adjustment of historical series to the BPM6 manual was estimated on the basis of the available data on trade in goods with processing motives. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t xml:space="preserve">2) </t>
-[...21 lines deleted...]
-      </rPr>
       <t>3)</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Other countries</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> item covers revenues from services for countries that participate with less than 1% in total.</t>
     </r>
   </si>
   <si>
@@ -659,74 +647,68 @@
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Unknown countries</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> item refers to the part of estimated data on trade in services with non-residents for which data on the counterpart country is not available and the part of the data that has not been collected from the reporting units included in the statistical survey sample and it refers to the estimation of the remaining part of the population. The breakdown by counterpart country is not available for this part. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">P2. Maintenance and repair services-credit </t>
-[...1 lines deleted...]
-  <si>
+    <r>
+      <t>Q1,Q2,Q3 2025</t>
+    </r>
     <r>
       <rPr>
+        <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>1)</t>
+      <t>2)</t>
     </r>
-    <r>
-[...8 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">P2. Maintenance and repair services-credit </t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
@@ -822,73 +804,50 @@
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">  Transport services are collected by the statistical survey on international transport services which has enabled the breakdown by counterpart country only since 2013.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>2)</t>
-[...21 lines deleted...]
-      </rPr>
       <t>3)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Other countries item</t>
     </r>
     <r>
       <rPr>
@@ -951,85 +910,88 @@
       <t xml:space="preserve">2) </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Other countries </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>item covers revenues from services for countries which participate with less than 1% in total for a year.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">P5. Construction-credit </t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">2) </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Other countries</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> item covers revenues from services for countries which participate with less than 1% in total for a year.</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">P5. Construction-credit </t>
+  </si>
+  <si>
+    <t>UNITED KINGDOM OF G. BRITAIN AND N.IRELAND</t>
   </si>
   <si>
     <t>P6. Insurance-credit</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>3)</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -1266,81 +1228,96 @@
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Other countries </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>item covers revenues from services for countries which participate with less than 1% in total for a year.</t>
     </r>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-    </r>
+    <t>n/a</t>
   </si>
   <si>
     <r>
-      <t>Q1,Q2 2025</t>
-[...1 lines deleted...]
-    <r>
       <rPr>
-        <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> Preliminary data</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">2) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Preliminary data</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1566,129 +1543,150 @@
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Zaglavlje" xfId="1" xr:uid="{57E1EE45-6868-49FF-A8DE-69DA96F8F930}"/>
-    <cellStyle name="Zaglavlje 2" xfId="2" xr:uid="{9F6E82C6-BE67-4B31-B250-F1FA22F8B935}"/>
+    <cellStyle name="Zaglavlje" xfId="1" xr:uid="{D8E4F992-BA04-4F9D-AF8F-AF2465E04042}"/>
+    <cellStyle name="Zaglavlje 2" xfId="2" xr:uid="{E9B09FCA-6171-431D-B9CA-D79019A87367}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1986,26484 +1984,26407 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:Q37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="2.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="39.7109375" style="2" customWidth="1"/>
+    <col min="3" max="16" width="9.28515625" style="2" customWidth="1"/>
+    <col min="17" max="17" width="12.85546875" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="7">
         <v>2024</v>
       </c>
       <c r="Q5" s="7" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>1370.01</v>
       </c>
       <c r="D6" s="3">
         <v>1448.49</v>
       </c>
       <c r="E6" s="3">
         <v>1683.35</v>
       </c>
       <c r="F6" s="3">
         <v>1861.41</v>
       </c>
       <c r="G6" s="3">
         <v>2205.65</v>
       </c>
       <c r="H6" s="3">
         <v>2204.4699999999998</v>
       </c>
       <c r="I6" s="3">
         <v>2335.9</v>
       </c>
       <c r="J6" s="3">
         <v>2560.5300000000002</v>
       </c>
       <c r="K6" s="3">
         <v>2871.81</v>
       </c>
       <c r="L6" s="3">
         <v>1915.84</v>
       </c>
       <c r="M6" s="3">
         <v>3208.76</v>
       </c>
       <c r="N6" s="3">
         <v>4309.8900000000003</v>
       </c>
       <c r="O6" s="3">
         <v>4623.3</v>
       </c>
       <c r="P6" s="3">
         <v>4350.42</v>
       </c>
       <c r="Q6" s="3">
-        <v>1419.09</v>
+        <v>3697.43</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="3">
         <v>812.1</v>
       </c>
       <c r="D7" s="3">
         <v>830.66</v>
       </c>
       <c r="E7" s="3">
         <v>784.43</v>
       </c>
       <c r="F7" s="3">
         <v>878.76</v>
       </c>
       <c r="G7" s="3">
         <v>951.21</v>
       </c>
       <c r="H7" s="3">
         <v>985.31</v>
       </c>
       <c r="I7" s="3">
         <v>1048.8599999999999</v>
       </c>
       <c r="J7" s="3">
         <v>1083.1199999999999</v>
       </c>
       <c r="K7" s="3">
         <v>1214.77</v>
       </c>
       <c r="L7" s="3">
         <v>732.76</v>
       </c>
       <c r="M7" s="3">
         <v>1193.1099999999999</v>
       </c>
       <c r="N7" s="3">
         <v>1824.1</v>
       </c>
       <c r="O7" s="3">
         <v>2040.25</v>
       </c>
       <c r="P7" s="3">
         <v>1806.52</v>
       </c>
       <c r="Q7" s="3">
-        <v>594.57000000000005</v>
+        <v>1651.85</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="3">
         <v>852.42</v>
       </c>
       <c r="D8" s="3">
         <v>803.67</v>
       </c>
       <c r="E8" s="3">
         <v>894.56</v>
       </c>
       <c r="F8" s="3">
         <v>991.42</v>
       </c>
       <c r="G8" s="3">
         <v>971.72</v>
       </c>
       <c r="H8" s="3">
         <v>1254.5</v>
       </c>
       <c r="I8" s="3">
         <v>1125.5899999999999</v>
       </c>
       <c r="J8" s="3">
         <v>1312.61</v>
       </c>
       <c r="K8" s="3">
         <v>1188.01</v>
       </c>
       <c r="L8" s="3">
         <v>514.65</v>
       </c>
       <c r="M8" s="3">
         <v>864.92</v>
       </c>
       <c r="N8" s="3">
         <v>1256.94</v>
       </c>
       <c r="O8" s="3">
         <v>1429.76</v>
       </c>
       <c r="P8" s="3">
         <v>1471.96</v>
       </c>
       <c r="Q8" s="3">
-        <v>503.46</v>
+        <v>1271.4100000000001</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="3">
         <v>573.48</v>
       </c>
       <c r="D9" s="3">
         <v>703.62</v>
       </c>
       <c r="E9" s="3">
         <v>609.80999999999995</v>
       </c>
       <c r="F9" s="3">
         <v>561.70000000000005</v>
       </c>
       <c r="G9" s="3">
         <v>709.74</v>
       </c>
       <c r="H9" s="3">
         <v>713.9</v>
       </c>
       <c r="I9" s="3">
         <v>810.65</v>
       </c>
       <c r="J9" s="3">
         <v>991.66</v>
       </c>
       <c r="K9" s="3">
         <v>962.28</v>
       </c>
       <c r="L9" s="3">
         <v>713.33</v>
       </c>
       <c r="M9" s="3">
         <v>1050.99</v>
       </c>
       <c r="N9" s="3">
         <v>1366.94</v>
       </c>
       <c r="O9" s="3">
         <v>1576.16</v>
       </c>
       <c r="P9" s="3">
         <v>1399.98</v>
       </c>
       <c r="Q9" s="3">
-        <v>515.57000000000005</v>
+        <v>1298.3</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C10" s="3">
         <v>232.88</v>
       </c>
       <c r="D10" s="3">
         <v>219.53</v>
       </c>
       <c r="E10" s="3">
         <v>271.72000000000003</v>
       </c>
       <c r="F10" s="3">
         <v>436.36</v>
       </c>
       <c r="G10" s="3">
         <v>488.34</v>
       </c>
       <c r="H10" s="3">
         <v>606.88</v>
       </c>
       <c r="I10" s="3">
         <v>615.70000000000005</v>
       </c>
       <c r="J10" s="3">
         <v>1016.59</v>
       </c>
       <c r="K10" s="3">
         <v>1002.76</v>
       </c>
       <c r="L10" s="3">
         <v>383.58</v>
       </c>
       <c r="M10" s="3">
         <v>588.64</v>
       </c>
       <c r="N10" s="3">
         <v>1246.43</v>
       </c>
       <c r="O10" s="3">
         <v>1730.78</v>
       </c>
       <c r="P10" s="3">
         <v>1727.29</v>
       </c>
       <c r="Q10" s="3">
-        <v>700.23</v>
+        <v>1441.42</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C11" s="3">
         <v>333.96</v>
       </c>
       <c r="D11" s="3">
         <v>329.22</v>
       </c>
       <c r="E11" s="3">
         <v>362.26</v>
       </c>
       <c r="F11" s="3">
         <v>403.94</v>
       </c>
       <c r="G11" s="3">
         <v>379.29</v>
       </c>
       <c r="H11" s="3">
         <v>425.78</v>
       </c>
       <c r="I11" s="3">
         <v>457.23</v>
       </c>
       <c r="J11" s="3">
         <v>515.79</v>
       </c>
       <c r="K11" s="3">
         <v>586.99</v>
       </c>
       <c r="L11" s="3">
         <v>444.33</v>
       </c>
       <c r="M11" s="3">
         <v>649.76</v>
       </c>
       <c r="N11" s="3">
         <v>756.44</v>
       </c>
       <c r="O11" s="3">
         <v>818.1</v>
       </c>
       <c r="P11" s="3">
         <v>960.67</v>
       </c>
       <c r="Q11" s="3">
-        <v>392.67</v>
+        <v>804.31</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C12" s="3">
-        <v>343.9</v>
+        <v>121.01</v>
       </c>
       <c r="D12" s="3">
-        <v>333.11</v>
+        <v>120.68</v>
       </c>
       <c r="E12" s="3">
-        <v>359.6</v>
+        <v>177.61</v>
       </c>
       <c r="F12" s="3">
-        <v>362.33</v>
+        <v>162.38999999999999</v>
       </c>
       <c r="G12" s="3">
-        <v>373.19</v>
+        <v>304.85000000000002</v>
       </c>
       <c r="H12" s="3">
-        <v>382.04</v>
+        <v>252.92</v>
       </c>
       <c r="I12" s="3">
-        <v>406.86</v>
+        <v>377.6</v>
       </c>
       <c r="J12" s="3">
-        <v>386.25</v>
+        <v>357.82</v>
       </c>
       <c r="K12" s="3">
-        <v>437.27</v>
+        <v>442.73</v>
       </c>
       <c r="L12" s="3">
-        <v>287.83</v>
+        <v>203.07</v>
       </c>
       <c r="M12" s="3">
-        <v>469.41</v>
+        <v>474.57</v>
       </c>
       <c r="N12" s="3">
-        <v>682.14</v>
+        <v>690.62</v>
       </c>
       <c r="O12" s="3">
-        <v>421.71</v>
+        <v>1015.59</v>
       </c>
       <c r="P12" s="3">
-        <v>557.79999999999995</v>
+        <v>831.83</v>
       </c>
       <c r="Q12" s="3">
-        <v>174.8</v>
+        <v>740.96</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C13" s="3">
-        <v>121.01</v>
+        <v>343.9</v>
       </c>
       <c r="D13" s="3">
-        <v>120.68</v>
+        <v>333.11</v>
       </c>
       <c r="E13" s="3">
-        <v>177.61</v>
+        <v>359.6</v>
       </c>
       <c r="F13" s="3">
-        <v>162.38999999999999</v>
+        <v>362.33</v>
       </c>
       <c r="G13" s="3">
-        <v>304.85000000000002</v>
+        <v>373.19</v>
       </c>
       <c r="H13" s="3">
-        <v>252.92</v>
+        <v>382.04</v>
       </c>
       <c r="I13" s="3">
-        <v>377.6</v>
+        <v>406.86</v>
       </c>
       <c r="J13" s="3">
-        <v>357.82</v>
+        <v>386.25</v>
       </c>
       <c r="K13" s="3">
-        <v>442.73</v>
+        <v>437.27</v>
       </c>
       <c r="L13" s="3">
-        <v>203.07</v>
+        <v>287.83</v>
       </c>
       <c r="M13" s="3">
-        <v>474.57</v>
+        <v>469.41</v>
       </c>
       <c r="N13" s="3">
-        <v>690.62</v>
+        <v>682.14</v>
       </c>
       <c r="O13" s="3">
-        <v>1015.59</v>
+        <v>421.71</v>
       </c>
       <c r="P13" s="3">
-        <v>831.83</v>
+        <v>557.79999999999995</v>
       </c>
       <c r="Q13" s="3">
-        <v>360.32</v>
+        <v>433.81</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="3">
         <v>241.98</v>
       </c>
       <c r="D14" s="3">
         <v>272.05</v>
       </c>
       <c r="E14" s="3">
         <v>327.5</v>
       </c>
       <c r="F14" s="3">
         <v>315.24</v>
       </c>
       <c r="G14" s="3">
         <v>372.15</v>
       </c>
       <c r="H14" s="3">
         <v>458.08</v>
       </c>
       <c r="I14" s="3">
         <v>449.32</v>
       </c>
       <c r="J14" s="3">
         <v>335.6</v>
       </c>
       <c r="K14" s="3">
         <v>439.61</v>
       </c>
       <c r="L14" s="3">
         <v>215.87</v>
       </c>
       <c r="M14" s="3">
         <v>386.46</v>
       </c>
       <c r="N14" s="3">
         <v>438.55</v>
       </c>
       <c r="O14" s="3">
         <v>609.32000000000005</v>
       </c>
       <c r="P14" s="3">
         <v>576.39</v>
       </c>
       <c r="Q14" s="3">
-        <v>184.22</v>
+        <v>420.78</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C15" s="3">
         <v>222.87</v>
       </c>
       <c r="D15" s="3">
         <v>177.24</v>
       </c>
       <c r="E15" s="3">
         <v>210.74</v>
       </c>
       <c r="F15" s="3">
         <v>194.81</v>
       </c>
       <c r="G15" s="3">
         <v>203.1</v>
       </c>
       <c r="H15" s="3">
         <v>265.54000000000002</v>
       </c>
       <c r="I15" s="3">
         <v>355.47</v>
       </c>
       <c r="J15" s="3">
         <v>337.45</v>
       </c>
       <c r="K15" s="3">
         <v>394.62</v>
       </c>
       <c r="L15" s="3">
         <v>270.39</v>
       </c>
       <c r="M15" s="3">
         <v>535.45000000000005</v>
       </c>
       <c r="N15" s="3">
         <v>541.79</v>
       </c>
       <c r="O15" s="3">
         <v>487.22</v>
       </c>
       <c r="P15" s="3">
         <v>601.22</v>
       </c>
       <c r="Q15" s="3">
-        <v>146.94999999999999</v>
+        <v>622.05999999999995</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C16" s="3">
         <v>151.62</v>
       </c>
       <c r="D16" s="3">
         <v>115.99</v>
       </c>
       <c r="E16" s="3">
         <v>147.21</v>
       </c>
       <c r="F16" s="3">
         <v>149.71</v>
       </c>
       <c r="G16" s="3">
         <v>173.3</v>
       </c>
       <c r="H16" s="3">
         <v>197.86</v>
       </c>
       <c r="I16" s="3">
         <v>274.47000000000003</v>
       </c>
       <c r="J16" s="3">
         <v>452.7</v>
       </c>
       <c r="K16" s="3">
         <v>414.09</v>
       </c>
       <c r="L16" s="3">
         <v>214.74</v>
       </c>
       <c r="M16" s="3">
         <v>401.23</v>
       </c>
       <c r="N16" s="3">
         <v>529.25</v>
       </c>
       <c r="O16" s="3">
         <v>518.78</v>
       </c>
       <c r="P16" s="3">
         <v>624.91999999999996</v>
       </c>
       <c r="Q16" s="3">
-        <v>159.03</v>
+        <v>632.27</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C17" s="3">
         <v>183.67</v>
       </c>
       <c r="D17" s="3">
         <v>205.96</v>
       </c>
       <c r="E17" s="3">
         <v>217.88</v>
       </c>
       <c r="F17" s="3">
         <v>249.21</v>
       </c>
       <c r="G17" s="3">
         <v>252.54</v>
       </c>
       <c r="H17" s="3">
         <v>232.56</v>
       </c>
       <c r="I17" s="3">
         <v>337.55</v>
       </c>
       <c r="J17" s="3">
         <v>318.8</v>
       </c>
       <c r="K17" s="3">
         <v>386.68</v>
       </c>
       <c r="L17" s="3">
         <v>201.8</v>
       </c>
       <c r="M17" s="3">
         <v>316.79000000000002</v>
       </c>
       <c r="N17" s="3">
         <v>342.67</v>
       </c>
       <c r="O17" s="3">
         <v>415.59</v>
       </c>
       <c r="P17" s="3">
         <v>612.91999999999996</v>
       </c>
       <c r="Q17" s="3">
-        <v>211.3</v>
+        <v>499.79</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C18" s="3">
         <v>220.99</v>
       </c>
       <c r="D18" s="3">
         <v>193.4</v>
       </c>
       <c r="E18" s="3">
         <v>179.32</v>
       </c>
       <c r="F18" s="3">
         <v>157.9</v>
       </c>
       <c r="G18" s="3">
         <v>155.68</v>
       </c>
       <c r="H18" s="3">
         <v>176.51</v>
       </c>
       <c r="I18" s="3">
         <v>320.87</v>
       </c>
       <c r="J18" s="3">
         <v>241.64</v>
       </c>
       <c r="K18" s="3">
         <v>323.31</v>
       </c>
       <c r="L18" s="3">
         <v>209.22</v>
       </c>
       <c r="M18" s="3">
         <v>369.39</v>
       </c>
       <c r="N18" s="3">
         <v>499.44</v>
       </c>
       <c r="O18" s="3">
         <v>393.69</v>
       </c>
       <c r="P18" s="3">
         <v>461.71</v>
       </c>
       <c r="Q18" s="3">
-        <v>89.72</v>
+        <v>473.08</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C19" s="3">
         <v>145.5</v>
       </c>
       <c r="D19" s="3">
         <v>141.06</v>
       </c>
       <c r="E19" s="3">
         <v>173.42</v>
       </c>
       <c r="F19" s="3">
         <v>213.67</v>
       </c>
       <c r="G19" s="3">
         <v>245.12</v>
       </c>
       <c r="H19" s="3">
         <v>298.74</v>
       </c>
       <c r="I19" s="3">
         <v>294.52999999999997</v>
       </c>
       <c r="J19" s="3">
         <v>230.24</v>
       </c>
       <c r="K19" s="3">
         <v>344.27</v>
       </c>
       <c r="L19" s="3">
         <v>141.44999999999999</v>
       </c>
       <c r="M19" s="3">
         <v>245.63</v>
       </c>
       <c r="N19" s="3">
         <v>379.61</v>
       </c>
       <c r="O19" s="3">
         <v>454.48</v>
       </c>
       <c r="P19" s="3">
         <v>472.71</v>
       </c>
       <c r="Q19" s="3">
-        <v>162.4</v>
+        <v>324.06</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="3">
         <v>165.23</v>
       </c>
       <c r="D20" s="3">
         <v>167.12</v>
       </c>
       <c r="E20" s="3">
         <v>230.13</v>
       </c>
       <c r="F20" s="3">
         <v>253.56</v>
       </c>
       <c r="G20" s="3">
         <v>283.51</v>
       </c>
       <c r="H20" s="3">
         <v>267.47000000000003</v>
       </c>
       <c r="I20" s="3">
         <v>272.82</v>
       </c>
       <c r="J20" s="3">
         <v>250.16</v>
       </c>
       <c r="K20" s="3">
         <v>298.14999999999998</v>
       </c>
       <c r="L20" s="3">
         <v>184.98</v>
       </c>
       <c r="M20" s="3">
         <v>264.31</v>
       </c>
       <c r="N20" s="3">
         <v>329.2</v>
       </c>
       <c r="O20" s="3">
         <v>337.14</v>
       </c>
       <c r="P20" s="3">
         <v>370.7</v>
       </c>
       <c r="Q20" s="3">
-        <v>145.66999999999999</v>
+        <v>308.7</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C21" s="3">
         <v>214.38</v>
       </c>
       <c r="D21" s="3">
         <v>184.01</v>
       </c>
       <c r="E21" s="3">
         <v>172.86</v>
       </c>
       <c r="F21" s="3">
         <v>198.38</v>
       </c>
       <c r="G21" s="3">
         <v>210.11</v>
       </c>
       <c r="H21" s="3">
         <v>244.97</v>
       </c>
       <c r="I21" s="3">
         <v>240.78</v>
       </c>
       <c r="J21" s="3">
         <v>194.8</v>
       </c>
       <c r="K21" s="3">
         <v>307.76</v>
       </c>
       <c r="L21" s="3">
         <v>91.11</v>
       </c>
       <c r="M21" s="3">
         <v>207.17</v>
       </c>
       <c r="N21" s="3">
         <v>355.35</v>
       </c>
       <c r="O21" s="3">
         <v>313.73</v>
       </c>
       <c r="P21" s="3">
         <v>433.8</v>
       </c>
       <c r="Q21" s="3">
-        <v>108.81</v>
+        <v>452.02</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C22" s="3">
         <v>105.25</v>
       </c>
       <c r="D22" s="3">
         <v>115.85</v>
       </c>
       <c r="E22" s="3">
         <v>230.81</v>
       </c>
       <c r="F22" s="3">
         <v>259.41000000000003</v>
       </c>
       <c r="G22" s="3">
         <v>225.06</v>
       </c>
       <c r="H22" s="3">
         <v>286.42</v>
       </c>
       <c r="I22" s="3">
         <v>298.54000000000002</v>
       </c>
       <c r="J22" s="3">
         <v>311.74</v>
       </c>
       <c r="K22" s="3">
         <v>329.69</v>
       </c>
       <c r="L22" s="3">
         <v>191.09</v>
       </c>
       <c r="M22" s="3">
         <v>279.48</v>
       </c>
       <c r="N22" s="3">
         <v>214.56</v>
       </c>
       <c r="O22" s="3">
         <v>249.93</v>
       </c>
       <c r="P22" s="3">
         <v>289.42</v>
       </c>
       <c r="Q22" s="3">
-        <v>89.3</v>
+        <v>211.49</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C23" s="3">
         <v>31.03</v>
       </c>
       <c r="D23" s="3">
         <v>29.21</v>
       </c>
       <c r="E23" s="3">
         <v>41.59</v>
       </c>
       <c r="F23" s="3">
         <v>44.95</v>
       </c>
       <c r="G23" s="3">
         <v>74.84</v>
       </c>
       <c r="H23" s="3">
         <v>106.86</v>
       </c>
       <c r="I23" s="3">
         <v>124.1</v>
       </c>
       <c r="J23" s="3">
         <v>139.9</v>
       </c>
       <c r="K23" s="3">
         <v>166.24</v>
       </c>
       <c r="L23" s="3">
         <v>64.5</v>
       </c>
       <c r="M23" s="3">
         <v>140.6</v>
       </c>
       <c r="N23" s="3">
         <v>318.08999999999997</v>
       </c>
       <c r="O23" s="3">
         <v>346.05</v>
       </c>
       <c r="P23" s="3">
         <v>426.53</v>
       </c>
       <c r="Q23" s="3">
-        <v>157.80000000000001</v>
+        <v>367.18</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C24" s="3">
         <v>55.44</v>
       </c>
       <c r="D24" s="3">
         <v>48.62</v>
       </c>
       <c r="E24" s="3">
         <v>84.99</v>
       </c>
       <c r="F24" s="3">
         <v>96.39</v>
       </c>
       <c r="G24" s="3">
         <v>106.64</v>
       </c>
       <c r="H24" s="3">
         <v>141.47</v>
       </c>
       <c r="I24" s="3">
         <v>162.86000000000001</v>
       </c>
       <c r="J24" s="3">
         <v>95.36</v>
       </c>
       <c r="K24" s="3">
         <v>140.22</v>
       </c>
       <c r="L24" s="3">
         <v>61.84</v>
       </c>
       <c r="M24" s="3">
         <v>118.52</v>
       </c>
       <c r="N24" s="3">
         <v>160.47</v>
       </c>
       <c r="O24" s="3">
         <v>209.6</v>
       </c>
       <c r="P24" s="3">
         <v>214.48</v>
       </c>
       <c r="Q24" s="3">
-        <v>57.37</v>
+        <v>168.82</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C25" s="3">
         <v>237.88</v>
       </c>
       <c r="D25" s="3">
         <v>218.24</v>
       </c>
       <c r="E25" s="3">
         <v>145.29</v>
       </c>
       <c r="F25" s="3">
         <v>111.16</v>
       </c>
       <c r="G25" s="3">
         <v>80.97</v>
       </c>
       <c r="H25" s="3">
         <v>124.05</v>
       </c>
       <c r="I25" s="3">
         <v>159.93</v>
       </c>
       <c r="J25" s="3">
         <v>174.05</v>
       </c>
       <c r="K25" s="3">
         <v>165.33</v>
       </c>
       <c r="L25" s="3">
         <v>43.5</v>
       </c>
       <c r="M25" s="3">
         <v>87.37</v>
       </c>
       <c r="N25" s="3">
         <v>13.74</v>
       </c>
       <c r="O25" s="3">
         <v>12.53</v>
       </c>
       <c r="P25" s="3">
         <v>10.64</v>
       </c>
       <c r="Q25" s="3">
-        <v>4.3499999999999996</v>
+        <v>8.19</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C26" s="3">
         <v>77.61</v>
       </c>
       <c r="D26" s="3">
         <v>50.5</v>
       </c>
       <c r="E26" s="3">
         <v>42.48</v>
       </c>
       <c r="F26" s="3">
         <v>63.89</v>
       </c>
       <c r="G26" s="3">
         <v>68.84</v>
       </c>
       <c r="H26" s="3">
         <v>92.43</v>
       </c>
       <c r="I26" s="3">
         <v>109.36</v>
       </c>
       <c r="J26" s="3">
         <v>109.32</v>
       </c>
       <c r="K26" s="3">
         <v>136.02000000000001</v>
       </c>
       <c r="L26" s="3">
         <v>33.909999999999997</v>
       </c>
       <c r="M26" s="3">
         <v>55.38</v>
       </c>
       <c r="N26" s="3">
         <v>117.22</v>
       </c>
       <c r="O26" s="3">
         <v>142.88</v>
       </c>
       <c r="P26" s="3">
         <v>189.28</v>
       </c>
       <c r="Q26" s="3">
-        <v>47.85</v>
+        <v>113.95</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" s="3">
         <v>54.02</v>
       </c>
       <c r="D27" s="3">
         <v>74.87</v>
       </c>
       <c r="E27" s="3">
         <v>75.87</v>
       </c>
       <c r="F27" s="3">
         <v>83.81</v>
       </c>
       <c r="G27" s="3">
         <v>103.37</v>
       </c>
       <c r="H27" s="3">
         <v>97.76</v>
       </c>
       <c r="I27" s="3">
         <v>116.55</v>
       </c>
       <c r="J27" s="3">
         <v>97.46</v>
       </c>
       <c r="K27" s="3">
         <v>135.16</v>
       </c>
       <c r="L27" s="3">
         <v>38.49</v>
       </c>
       <c r="M27" s="3">
         <v>44.09</v>
       </c>
       <c r="N27" s="3">
         <v>113.9</v>
       </c>
       <c r="O27" s="3">
         <v>119.25</v>
       </c>
       <c r="P27" s="3">
         <v>121.07</v>
       </c>
       <c r="Q27" s="3">
-        <v>56.18</v>
+        <v>113.72</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C28" s="3">
         <v>21.43</v>
       </c>
       <c r="D28" s="3">
         <v>26.31</v>
       </c>
       <c r="E28" s="3">
         <v>25.39</v>
       </c>
       <c r="F28" s="3">
         <v>43.79</v>
       </c>
       <c r="G28" s="3">
         <v>64.28</v>
       </c>
       <c r="H28" s="3">
         <v>107.39</v>
       </c>
       <c r="I28" s="3">
         <v>85.75</v>
       </c>
       <c r="J28" s="3">
         <v>81.61</v>
       </c>
       <c r="K28" s="3">
         <v>110.31</v>
       </c>
       <c r="L28" s="3">
         <v>5.69</v>
       </c>
       <c r="M28" s="3">
         <v>20.04</v>
       </c>
       <c r="N28" s="3">
         <v>86.56</v>
       </c>
       <c r="O28" s="3">
         <v>181.42</v>
       </c>
       <c r="P28" s="3">
         <v>317.77999999999997</v>
       </c>
       <c r="Q28" s="3">
-        <v>43.01</v>
+        <v>146.78</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C29" s="3">
         <v>27.58</v>
       </c>
       <c r="D29" s="3">
         <v>37.03</v>
       </c>
       <c r="E29" s="3">
         <v>43.99</v>
       </c>
       <c r="F29" s="3">
         <v>47.52</v>
       </c>
       <c r="G29" s="3">
         <v>55.67</v>
       </c>
       <c r="H29" s="3">
         <v>65.959999999999994</v>
       </c>
       <c r="I29" s="3">
         <v>80.22</v>
       </c>
       <c r="J29" s="3">
         <v>104.21</v>
       </c>
       <c r="K29" s="3">
         <v>100.21</v>
       </c>
       <c r="L29" s="3">
         <v>13.79</v>
       </c>
       <c r="M29" s="3">
         <v>24.08</v>
       </c>
       <c r="N29" s="3">
         <v>113.86</v>
       </c>
       <c r="O29" s="3">
         <v>207.15</v>
       </c>
       <c r="P29" s="3">
         <v>157.15</v>
       </c>
       <c r="Q29" s="3">
-        <v>60.67</v>
+        <v>146.87</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C30" s="3">
         <v>3.34</v>
       </c>
       <c r="D30" s="3">
         <v>2.37</v>
       </c>
       <c r="E30" s="3">
         <v>5.67</v>
       </c>
       <c r="F30" s="3">
         <v>5.4</v>
       </c>
       <c r="G30" s="3">
         <v>7.56</v>
       </c>
       <c r="H30" s="3">
         <v>9.89</v>
       </c>
       <c r="I30" s="3">
         <v>15.35</v>
       </c>
       <c r="J30" s="3">
         <v>23.89</v>
       </c>
       <c r="K30" s="3">
         <v>29.16</v>
       </c>
       <c r="L30" s="3">
         <v>31.51</v>
       </c>
       <c r="M30" s="3">
         <v>45.26</v>
       </c>
       <c r="N30" s="3">
         <v>88.32</v>
       </c>
       <c r="O30" s="3">
         <v>258.83999999999997</v>
       </c>
       <c r="P30" s="3">
         <v>78.59</v>
       </c>
       <c r="Q30" s="3">
-        <v>51.5</v>
+        <v>85.46</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C31" s="8">
         <v>461.64311372000066</v>
       </c>
       <c r="D31" s="8">
         <v>446.28302178890044</v>
       </c>
       <c r="E31" s="8">
         <v>498.68516768409972</v>
       </c>
       <c r="F31" s="8">
         <v>531.56782964789818</v>
       </c>
       <c r="G31" s="8">
         <v>651.05704713190062</v>
       </c>
       <c r="H31" s="8">
         <v>693.54065277730297</v>
       </c>
       <c r="I31" s="8">
         <v>925.9271319704967</v>
       </c>
       <c r="J31" s="8">
-        <v>926.19140422550299</v>
+        <v>926.19140422550481</v>
       </c>
       <c r="K31" s="8">
-        <v>1103.0358867076011</v>
+        <v>1103.0358867075993</v>
       </c>
       <c r="L31" s="8">
         <v>474.51812459190114</v>
       </c>
       <c r="M31" s="8">
         <v>815.65779443509928</v>
       </c>
       <c r="N31" s="8">
         <v>1232.9249714787984</v>
       </c>
       <c r="O31" s="8">
         <v>1562.9266793326024</v>
       </c>
       <c r="P31" s="8">
         <v>1827.2967642966069</v>
       </c>
       <c r="Q31" s="8">
-        <v>575.7478873541977</v>
+        <v>1196.0613844511972</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C32" s="3">
         <v>1412.3435412698</v>
       </c>
       <c r="D32" s="3">
         <v>1432.3760343557999</v>
       </c>
       <c r="E32" s="3">
         <v>791.71782949010003</v>
       </c>
       <c r="F32" s="3">
         <v>696.82234710889998</v>
       </c>
       <c r="G32" s="3">
         <v>816.52636046290002</v>
       </c>
       <c r="H32" s="3">
         <v>1044.0270887393999</v>
       </c>
       <c r="I32" s="3">
         <v>1112.0801210888999</v>
       </c>
       <c r="J32" s="3">
         <v>1225.1720601080999</v>
       </c>
       <c r="K32" s="3">
         <v>1345.8928819078999</v>
       </c>
       <c r="L32" s="3">
         <v>1244.4501748284999</v>
       </c>
       <c r="M32" s="3">
         <v>1461.6753498091</v>
       </c>
       <c r="N32" s="3">
         <v>1701.4409793433999</v>
       </c>
       <c r="O32" s="3">
         <v>1945.2764010799999</v>
       </c>
       <c r="P32" s="3">
         <v>1899.6488160157</v>
       </c>
       <c r="Q32" s="3">
-        <v>1058.1680968619</v>
+        <v>1636.7462561409</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C33" s="10">
         <v>8673.5666549897996</v>
       </c>
       <c r="D33" s="10">
         <v>8727.4690561447005</v>
       </c>
       <c r="E33" s="10">
         <v>8788.8829971741998</v>
       </c>
       <c r="F33" s="10">
         <v>9375.5001767567992</v>
       </c>
       <c r="G33" s="10">
         <v>10534.3134075948</v>
       </c>
       <c r="H33" s="10">
         <v>11737.327741516699</v>
       </c>
       <c r="I33" s="10">
         <v>12914.867253059399</v>
       </c>
       <c r="J33" s="10">
         <v>13874.6634643336</v>
       </c>
       <c r="K33" s="10">
         <v>15376.378768615499</v>
       </c>
       <c r="L33" s="10">
         <v>8928.2382994203999</v>
       </c>
       <c r="M33" s="10">
         <v>14318.743144244199</v>
       </c>
       <c r="N33" s="10">
         <v>19710.445950822199</v>
       </c>
       <c r="O33" s="10">
         <v>22421.453080412601</v>
       </c>
       <c r="P33" s="10">
         <v>22792.725580312301</v>
       </c>
       <c r="Q33" s="10">
-        <v>8070.7559842160999</v>
+        <v>19267.517640592101</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="D5:O5" numberStoredAsText="1"/>
+    <ignoredError sqref="N5:O5 C5:M5" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="B2:Q56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3" style="2" customWidth="1"/>
+    <col min="2" max="2" width="37.28515625" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.28515625" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="3">
         <v>0.94</v>
       </c>
       <c r="D6" s="3">
         <v>1.54</v>
       </c>
       <c r="E6" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="F6" s="3">
         <v>2.19</v>
       </c>
       <c r="G6" s="3">
         <v>3.25</v>
       </c>
       <c r="H6" s="3">
         <v>11.57</v>
       </c>
       <c r="I6" s="3">
         <v>14.43</v>
       </c>
       <c r="J6" s="3">
         <v>13.42</v>
       </c>
       <c r="K6" s="3">
         <v>13.77</v>
       </c>
       <c r="L6" s="3">
         <v>3.69</v>
       </c>
       <c r="M6" s="3">
         <v>9.3800000000000008</v>
       </c>
       <c r="N6" s="3">
         <v>20.48</v>
       </c>
       <c r="O6" s="3">
         <v>21.06</v>
       </c>
       <c r="P6" s="3">
         <v>25.58</v>
       </c>
       <c r="Q6" s="3">
-        <v>17.11</v>
+        <v>23.38</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C7" s="3">
         <v>1.33</v>
       </c>
       <c r="D7" s="3">
         <v>0.39</v>
       </c>
       <c r="E7" s="3">
         <v>0.42</v>
       </c>
       <c r="F7" s="3">
         <v>2.2200000000000002</v>
       </c>
       <c r="G7" s="3">
         <v>3.43</v>
       </c>
       <c r="H7" s="3">
         <v>3.93</v>
       </c>
       <c r="I7" s="3">
         <v>4.1500000000000004</v>
       </c>
       <c r="J7" s="3">
         <v>3.87</v>
       </c>
       <c r="K7" s="3">
         <v>4.26</v>
       </c>
       <c r="L7" s="3">
         <v>4.63</v>
       </c>
       <c r="M7" s="3">
         <v>9.23</v>
       </c>
       <c r="N7" s="3">
         <v>6.85</v>
       </c>
       <c r="O7" s="3">
         <v>5.16</v>
       </c>
       <c r="P7" s="3">
         <v>14.09</v>
       </c>
       <c r="Q7" s="3">
-        <v>11.79</v>
+        <v>15.95</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C8" s="3">
         <v>0.66</v>
       </c>
       <c r="D8" s="3">
         <v>0.47</v>
       </c>
       <c r="E8" s="3">
         <v>0.41</v>
       </c>
       <c r="F8" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="G8" s="3">
         <v>5.37</v>
       </c>
       <c r="H8" s="3">
         <v>1.29</v>
       </c>
       <c r="I8" s="3">
         <v>1.93</v>
       </c>
       <c r="J8" s="3">
         <v>1.7</v>
       </c>
       <c r="K8" s="3">
         <v>1.06</v>
       </c>
       <c r="L8" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="M8" s="3">
         <v>5.37</v>
       </c>
       <c r="N8" s="3">
         <v>7.27</v>
       </c>
       <c r="O8" s="3">
         <v>6.88</v>
       </c>
       <c r="P8" s="3">
         <v>8.0500000000000007</v>
       </c>
       <c r="Q8" s="3">
-        <v>6.72</v>
+        <v>7.96</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="3">
         <v>0.08</v>
       </c>
       <c r="D9" s="3">
         <v>0.08</v>
       </c>
       <c r="E9" s="3">
         <v>0.06</v>
       </c>
       <c r="F9" s="3">
         <v>0.25</v>
       </c>
       <c r="G9" s="3">
         <v>1.65</v>
       </c>
       <c r="H9" s="3">
         <v>1.54</v>
       </c>
       <c r="I9" s="3">
         <v>1.57</v>
       </c>
       <c r="J9" s="3">
         <v>1.62</v>
       </c>
       <c r="K9" s="3">
         <v>0.16</v>
       </c>
       <c r="L9" s="3">
         <v>2.27</v>
       </c>
       <c r="M9" s="3">
         <v>7.25</v>
       </c>
       <c r="N9" s="3">
         <v>7.57</v>
       </c>
       <c r="O9" s="3">
         <v>8.4</v>
       </c>
       <c r="P9" s="3">
         <v>8.52</v>
       </c>
       <c r="Q9" s="3">
-        <v>4.54</v>
+        <v>6.55</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>3.21</v>
       </c>
       <c r="D10" s="3">
         <v>2.78</v>
       </c>
       <c r="E10" s="3">
         <v>1.33</v>
       </c>
       <c r="F10" s="3">
         <v>1.38</v>
       </c>
       <c r="G10" s="3">
         <v>3.13</v>
       </c>
       <c r="H10" s="3">
         <v>2.34</v>
       </c>
       <c r="I10" s="3">
         <v>2.99</v>
       </c>
       <c r="J10" s="3">
         <v>3.4</v>
       </c>
       <c r="K10" s="3">
         <v>3.37</v>
       </c>
       <c r="L10" s="3">
         <v>2.1</v>
       </c>
       <c r="M10" s="3">
         <v>2.31</v>
       </c>
       <c r="N10" s="3">
         <v>4.47</v>
       </c>
       <c r="O10" s="3">
         <v>4.75</v>
       </c>
       <c r="P10" s="3">
         <v>4.59</v>
       </c>
       <c r="Q10" s="3">
-        <v>1.08</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C11" s="3">
         <v>0.76</v>
       </c>
       <c r="D11" s="3">
         <v>0.79</v>
       </c>
       <c r="E11" s="3">
         <v>2.23</v>
       </c>
       <c r="F11" s="3">
         <v>0.67</v>
       </c>
       <c r="G11" s="3">
         <v>1.35</v>
       </c>
       <c r="H11" s="3">
         <v>3.08</v>
       </c>
       <c r="I11" s="3">
         <v>2.75</v>
       </c>
       <c r="J11" s="3">
         <v>1.56</v>
       </c>
       <c r="K11" s="3">
         <v>2.73</v>
       </c>
       <c r="L11" s="3">
         <v>3.16</v>
       </c>
       <c r="M11" s="3">
         <v>3.45</v>
       </c>
       <c r="N11" s="3">
         <v>2.62</v>
       </c>
       <c r="O11" s="3">
         <v>6.93</v>
       </c>
       <c r="P11" s="3">
         <v>5.95</v>
       </c>
       <c r="Q11" s="3">
-        <v>3.36</v>
+        <v>4.88</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="D12" s="3">
         <v>3.57</v>
       </c>
       <c r="E12" s="3">
         <v>0.98</v>
       </c>
       <c r="F12" s="3">
         <v>1.27</v>
       </c>
       <c r="G12" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="H12" s="3">
         <v>1.07</v>
       </c>
       <c r="I12" s="3">
         <v>1.48</v>
       </c>
       <c r="J12" s="3">
         <v>3.19</v>
       </c>
       <c r="K12" s="3">
         <v>3.12</v>
       </c>
       <c r="L12" s="3">
         <v>2.82</v>
       </c>
       <c r="M12" s="3">
         <v>4.01</v>
       </c>
       <c r="N12" s="3">
         <v>3.53</v>
       </c>
       <c r="O12" s="3">
         <v>3.62</v>
       </c>
       <c r="P12" s="3">
         <v>6.46</v>
       </c>
       <c r="Q12" s="3">
-        <v>2.23</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C13" s="3">
         <v>0</v>
       </c>
       <c r="D13" s="3">
         <v>0.08</v>
       </c>
       <c r="E13" s="3">
         <v>0.04</v>
       </c>
       <c r="F13" s="3">
         <v>0.54</v>
       </c>
       <c r="G13" s="3">
         <v>1.42</v>
       </c>
       <c r="H13" s="3">
         <v>2.19</v>
       </c>
       <c r="I13" s="3">
         <v>0.08</v>
       </c>
       <c r="J13" s="3">
         <v>0.1</v>
       </c>
       <c r="K13" s="3">
         <v>4.58</v>
       </c>
       <c r="L13" s="3">
         <v>1.19</v>
       </c>
       <c r="M13" s="3">
         <v>8.07</v>
       </c>
       <c r="N13" s="3">
         <v>3.57</v>
       </c>
       <c r="O13" s="3">
         <v>3.36</v>
       </c>
       <c r="P13" s="3">
         <v>7.61</v>
       </c>
       <c r="Q13" s="3">
-        <v>0.47</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="D14" s="3">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="E14" s="3">
-        <v>1.51</v>
+        <v>0</v>
       </c>
       <c r="F14" s="3">
-        <v>1.86</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="H14" s="3">
-        <v>1.49</v>
+        <v>0</v>
       </c>
       <c r="I14" s="3">
-        <v>1.69</v>
+        <v>0.02</v>
       </c>
       <c r="J14" s="3">
-        <v>2.0499999999999998</v>
+        <v>1.78</v>
       </c>
       <c r="K14" s="3">
-        <v>2.23</v>
+        <v>5.99</v>
       </c>
       <c r="L14" s="3">
-        <v>1.23</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="M14" s="3">
-        <v>1.62</v>
+        <v>3.22</v>
       </c>
       <c r="N14" s="3">
-        <v>1.83</v>
+        <v>3.46</v>
       </c>
       <c r="O14" s="3">
-        <v>2.95</v>
+        <v>3.91</v>
       </c>
       <c r="P14" s="3">
-        <v>3.54</v>
+        <v>2.94</v>
       </c>
       <c r="Q14" s="3">
-        <v>1.1399999999999999</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="C15" s="3">
-        <v>0</v>
+        <v>1.54</v>
       </c>
       <c r="D15" s="3">
-        <v>0</v>
+        <v>1.6</v>
       </c>
       <c r="E15" s="3">
-        <v>0</v>
+        <v>1.51</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1.86</v>
       </c>
       <c r="G15" s="3">
-        <v>0</v>
+        <v>2.98</v>
       </c>
       <c r="H15" s="3">
-        <v>0</v>
+        <v>1.49</v>
       </c>
       <c r="I15" s="3">
-        <v>0.02</v>
+        <v>1.69</v>
       </c>
       <c r="J15" s="3">
-        <v>1.78</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="K15" s="3">
-        <v>5.99</v>
+        <v>2.23</v>
       </c>
       <c r="L15" s="3">
-        <v>4.0999999999999996</v>
+        <v>1.23</v>
       </c>
       <c r="M15" s="3">
-        <v>3.22</v>
+        <v>1.62</v>
       </c>
       <c r="N15" s="3">
-        <v>3.46</v>
+        <v>1.83</v>
       </c>
       <c r="O15" s="3">
-        <v>3.91</v>
+        <v>2.95</v>
       </c>
       <c r="P15" s="3">
-        <v>2.94</v>
+        <v>3.54</v>
       </c>
       <c r="Q15" s="3">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="3">
         <v>1.53</v>
       </c>
       <c r="D16" s="3">
         <v>1.38</v>
       </c>
       <c r="E16" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="F16" s="3">
         <v>0.74</v>
       </c>
       <c r="G16" s="3">
         <v>1.39</v>
       </c>
       <c r="H16" s="3">
         <v>1.03</v>
       </c>
       <c r="I16" s="3">
         <v>0.62</v>
       </c>
       <c r="J16" s="3">
         <v>0.74</v>
       </c>
       <c r="K16" s="3">
         <v>1.04</v>
       </c>
       <c r="L16" s="3">
         <v>0.66</v>
       </c>
       <c r="M16" s="3">
         <v>0.67</v>
       </c>
       <c r="N16" s="3">
         <v>1.43</v>
       </c>
       <c r="O16" s="3">
         <v>8.41</v>
       </c>
       <c r="P16" s="3">
         <v>3.85</v>
       </c>
       <c r="Q16" s="3">
-        <v>0.91</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C17" s="3">
         <v>0.32</v>
       </c>
       <c r="D17" s="3">
         <v>2.46</v>
       </c>
       <c r="E17" s="3">
         <v>0.06</v>
       </c>
       <c r="F17" s="3">
         <v>0.21</v>
       </c>
       <c r="G17" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="H17" s="3">
         <v>0.34</v>
       </c>
       <c r="I17" s="3">
         <v>2.11</v>
       </c>
       <c r="J17" s="3">
         <v>3.1</v>
       </c>
       <c r="K17" s="3">
         <v>1.95</v>
       </c>
       <c r="L17" s="3">
         <v>2.44</v>
       </c>
       <c r="M17" s="3">
         <v>2.34</v>
       </c>
       <c r="N17" s="3">
         <v>1.37</v>
       </c>
       <c r="O17" s="3">
         <v>2.2400000000000002</v>
       </c>
       <c r="P17" s="3">
         <v>3.16</v>
       </c>
       <c r="Q17" s="3">
-        <v>0.69</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C18" s="3">
         <v>0.02</v>
       </c>
       <c r="D18" s="3">
         <v>0.04</v>
       </c>
       <c r="E18" s="3">
         <v>0.1</v>
       </c>
       <c r="F18" s="3">
         <v>0.08</v>
       </c>
       <c r="G18" s="3">
         <v>0.04</v>
       </c>
       <c r="H18" s="3">
         <v>0.05</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
       <c r="J18" s="3">
         <v>0</v>
       </c>
       <c r="K18" s="3">
         <v>0</v>
       </c>
       <c r="L18" s="3">
         <v>0.24</v>
       </c>
       <c r="M18" s="3">
         <v>0.4</v>
       </c>
       <c r="N18" s="3">
         <v>5.35</v>
       </c>
       <c r="O18" s="3">
         <v>5.47</v>
       </c>
       <c r="P18" s="3">
         <v>6.42</v>
       </c>
       <c r="Q18" s="3">
-        <v>2.4300000000000002</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C19" s="3">
         <v>0.02</v>
       </c>
       <c r="D19" s="3">
         <v>0.1</v>
       </c>
       <c r="E19" s="3">
         <v>0.06</v>
       </c>
       <c r="F19" s="3">
         <v>0.21</v>
       </c>
       <c r="G19" s="3">
         <v>0.12</v>
       </c>
       <c r="H19" s="3">
         <v>0.59</v>
       </c>
       <c r="I19" s="3">
         <v>1.62</v>
       </c>
       <c r="J19" s="3">
         <v>1.94</v>
       </c>
       <c r="K19" s="3">
         <v>2.69</v>
       </c>
       <c r="L19" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="M19" s="3">
         <v>2.2999999999999998</v>
       </c>
       <c r="N19" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="O19" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="P19" s="3">
         <v>2.11</v>
       </c>
       <c r="Q19" s="3">
-        <v>0.8</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="C20" s="3">
+        <v>0.08</v>
+      </c>
+      <c r="D20" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="E20" s="3">
+        <v>0.21</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="G20" s="3">
+        <v>0.24</v>
+      </c>
+      <c r="H20" s="3">
+        <v>0.15</v>
+      </c>
+      <c r="I20" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="J20" s="3">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="K20" s="3">
+        <v>0.13</v>
+      </c>
+      <c r="L20" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D20" s="3">
-[...25 lines deleted...]
-      </c>
       <c r="M20" s="3">
-        <v>0.96</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="N20" s="3">
-        <v>1.5</v>
+        <v>1.85</v>
       </c>
       <c r="O20" s="3">
-        <v>1.97</v>
+        <v>2.58</v>
       </c>
       <c r="P20" s="3">
-        <v>2.58</v>
+        <v>3.23</v>
       </c>
       <c r="Q20" s="3">
-        <v>1.53</v>
+        <v>5.73</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="C21" s="3">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="D21" s="3">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
       <c r="E21" s="3">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="F21" s="3">
-        <v>0.06</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="G21" s="3">
-        <v>0.24</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H21" s="3">
-        <v>0.15</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="I21" s="3">
-        <v>0.2</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="J21" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.76</v>
       </c>
       <c r="K21" s="3">
-        <v>0.13</v>
+        <v>0.65</v>
       </c>
       <c r="L21" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.93</v>
       </c>
       <c r="M21" s="3">
-        <v>0.28999999999999998</v>
+        <v>0.96</v>
       </c>
       <c r="N21" s="3">
-        <v>1.85</v>
+        <v>1.5</v>
       </c>
       <c r="O21" s="3">
+        <v>1.97</v>
+      </c>
+      <c r="P21" s="3">
         <v>2.58</v>
       </c>
-      <c r="P21" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="Q21" s="3">
-        <v>3.54</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C22" s="3">
         <v>0.13</v>
       </c>
       <c r="D22" s="3">
         <v>0.22</v>
       </c>
       <c r="E22" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F22" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="G22" s="3">
         <v>0.09</v>
       </c>
       <c r="H22" s="3">
         <v>0.5</v>
       </c>
       <c r="I22" s="3">
         <v>0.77</v>
       </c>
       <c r="J22" s="3">
         <v>0.51</v>
       </c>
       <c r="K22" s="3">
         <v>0.88</v>
       </c>
       <c r="L22" s="3">
         <v>1.86</v>
       </c>
       <c r="M22" s="3">
         <v>0.82</v>
       </c>
       <c r="N22" s="3">
         <v>1.85</v>
       </c>
       <c r="O22" s="3">
         <v>3.1</v>
       </c>
       <c r="P22" s="3">
         <v>0.99</v>
       </c>
       <c r="Q22" s="3">
-        <v>0.28000000000000003</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C23" s="3">
         <v>0.19</v>
       </c>
       <c r="D23" s="3">
         <v>0.19</v>
       </c>
       <c r="E23" s="3">
         <v>0.21</v>
       </c>
       <c r="F23" s="3">
         <v>0.4</v>
       </c>
       <c r="G23" s="3">
         <v>0.42</v>
       </c>
       <c r="H23" s="3">
         <v>0.53</v>
       </c>
       <c r="I23" s="3">
         <v>0.75</v>
       </c>
       <c r="J23" s="3">
         <v>0.36</v>
       </c>
       <c r="K23" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="L23" s="3">
         <v>0.52</v>
       </c>
       <c r="M23" s="3">
         <v>0.83</v>
       </c>
       <c r="N23" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="O23" s="3">
         <v>1.45</v>
       </c>
       <c r="P23" s="3">
         <v>1.87</v>
       </c>
       <c r="Q23" s="3">
-        <v>0.76</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C24" s="3">
         <v>0.06</v>
       </c>
       <c r="D24" s="3">
         <v>0.23</v>
       </c>
       <c r="E24" s="3">
         <v>0.01</v>
       </c>
       <c r="F24" s="3">
         <v>0.02</v>
       </c>
       <c r="G24" s="3">
         <v>0.34</v>
       </c>
       <c r="H24" s="3">
         <v>0.61</v>
       </c>
       <c r="I24" s="3">
         <v>0.7</v>
       </c>
       <c r="J24" s="3">
         <v>0.76</v>
       </c>
       <c r="K24" s="3">
         <v>0.78</v>
       </c>
       <c r="L24" s="3">
         <v>0.61</v>
       </c>
       <c r="M24" s="3">
         <v>0.79</v>
       </c>
       <c r="N24" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="O24" s="3">
         <v>1.44</v>
       </c>
       <c r="P24" s="3">
         <v>1.43</v>
       </c>
       <c r="Q24" s="3">
-        <v>0.55000000000000004</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C25" s="3">
         <v>0.24</v>
       </c>
       <c r="D25" s="3">
         <v>0.32</v>
       </c>
       <c r="E25" s="3">
         <v>0.33</v>
       </c>
       <c r="F25" s="3">
         <v>0.23</v>
       </c>
       <c r="G25" s="3">
         <v>0.42</v>
       </c>
       <c r="H25" s="3">
         <v>0.42</v>
       </c>
       <c r="I25" s="3">
         <v>0.54</v>
       </c>
       <c r="J25" s="3">
         <v>0.84</v>
       </c>
       <c r="K25" s="3">
         <v>1.05</v>
       </c>
       <c r="L25" s="3">
         <v>0.93</v>
       </c>
       <c r="M25" s="3">
         <v>1.07</v>
       </c>
       <c r="N25" s="3">
         <v>0.98</v>
       </c>
       <c r="O25" s="3">
         <v>0.7</v>
       </c>
       <c r="P25" s="3">
         <v>0.25</v>
       </c>
       <c r="Q25" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C26" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="D26" s="3">
         <v>0.19</v>
       </c>
       <c r="E26" s="3">
         <v>0.08</v>
       </c>
       <c r="F26" s="3">
         <v>0.09</v>
       </c>
       <c r="G26" s="3">
         <v>1.58</v>
       </c>
       <c r="H26" s="3">
         <v>0.85</v>
       </c>
       <c r="I26" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="J26" s="3">
         <v>0.19</v>
       </c>
       <c r="K26" s="3">
         <v>0.44</v>
       </c>
       <c r="L26" s="3">
         <v>0.52</v>
       </c>
       <c r="M26" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="N26" s="3">
         <v>0.3</v>
       </c>
       <c r="O26" s="3">
         <v>1.44</v>
       </c>
       <c r="P26" s="3">
         <v>0.35</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C27" s="3">
         <v>0.17</v>
       </c>
       <c r="D27" s="3">
         <v>0.08</v>
       </c>
       <c r="E27" s="3">
         <v>1.76</v>
       </c>
       <c r="F27" s="3">
         <v>0.04</v>
       </c>
       <c r="G27" s="3">
         <v>0.35</v>
       </c>
       <c r="H27" s="3">
         <v>0.45</v>
       </c>
       <c r="I27" s="3">
         <v>0.11</v>
       </c>
       <c r="J27" s="3">
         <v>0.1</v>
       </c>
       <c r="K27" s="3">
         <v>0.11</v>
       </c>
       <c r="L27" s="3">
         <v>0.32</v>
       </c>
       <c r="M27" s="3">
         <v>0.94</v>
       </c>
       <c r="N27" s="3">
         <v>0.95</v>
       </c>
       <c r="O27" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="P27" s="3">
         <v>0.49</v>
       </c>
       <c r="Q27" s="3">
-        <v>0.18</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C28" s="3">
         <v>0.49</v>
       </c>
       <c r="D28" s="3">
         <v>0.22</v>
       </c>
       <c r="E28" s="3">
         <v>0.74</v>
       </c>
       <c r="F28" s="3">
         <v>0.41</v>
       </c>
       <c r="G28" s="3">
         <v>0.31</v>
       </c>
       <c r="H28" s="3">
         <v>0.36</v>
       </c>
       <c r="I28" s="3">
         <v>0.38</v>
       </c>
       <c r="J28" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="K28" s="3">
         <v>0.89</v>
       </c>
       <c r="L28" s="3">
         <v>0.27</v>
       </c>
       <c r="M28" s="3">
         <v>0.2</v>
       </c>
       <c r="N28" s="3">
         <v>0.51</v>
       </c>
       <c r="O28" s="3">
         <v>0.35</v>
       </c>
       <c r="P28" s="3">
         <v>0.6</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.21</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C29" s="3">
         <v>0</v>
       </c>
       <c r="D29" s="3">
         <v>0.13</v>
       </c>
       <c r="E29" s="3">
         <v>0.02</v>
       </c>
       <c r="F29" s="3">
         <v>1.47</v>
       </c>
       <c r="G29" s="3">
         <v>1.84</v>
       </c>
       <c r="H29" s="3">
         <v>0.67</v>
       </c>
       <c r="I29" s="3">
         <v>0.17</v>
       </c>
       <c r="J29" s="3">
         <v>0.2</v>
       </c>
       <c r="K29" s="3">
         <v>0.15</v>
       </c>
       <c r="L29" s="3">
         <v>0.21</v>
       </c>
       <c r="M29" s="3">
         <v>0.4</v>
       </c>
       <c r="N29" s="3">
         <v>0.25</v>
       </c>
       <c r="O29" s="3">
         <v>0.38</v>
       </c>
       <c r="P29" s="3">
         <v>0.25</v>
       </c>
       <c r="Q29" s="3">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="C30" s="3">
+        <v>0.12</v>
+      </c>
+      <c r="D30" s="3">
+        <v>0.21</v>
+      </c>
+      <c r="E30" s="3">
+        <v>0.32</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="G30" s="3">
+        <v>0.33</v>
+      </c>
+      <c r="H30" s="3">
+        <v>0.42</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0.26</v>
+      </c>
+      <c r="J30" s="3">
         <v>0.11</v>
       </c>
-      <c r="D30" s="3">
-[...17 lines deleted...]
-      <c r="J30" s="3">
+      <c r="K30" s="3">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L30" s="3">
+        <v>0.15</v>
+      </c>
+      <c r="M30" s="3">
+        <v>0.15</v>
+      </c>
+      <c r="N30" s="3">
         <v>0.26</v>
       </c>
-      <c r="K30" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="O30" s="3">
-        <v>0.14000000000000001</v>
+        <v>1.23</v>
       </c>
       <c r="P30" s="3">
-        <v>0.83</v>
+        <v>0.33</v>
       </c>
       <c r="Q30" s="3">
-        <v>0.57999999999999996</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="C31" s="3">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="D31" s="3">
-        <v>0.21</v>
+        <v>0.08</v>
       </c>
       <c r="E31" s="3">
-        <v>0.32</v>
+        <v>0.08</v>
       </c>
       <c r="F31" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="G31" s="3">
+        <v>0.37</v>
+      </c>
+      <c r="H31" s="3">
+        <v>0.31</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="J31" s="3">
+        <v>0.26</v>
+      </c>
+      <c r="K31" s="3">
         <v>0.28000000000000003</v>
       </c>
-      <c r="G31" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="L31" s="3">
-        <v>0.15</v>
+        <v>0.52</v>
       </c>
       <c r="M31" s="3">
-        <v>0.15</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="N31" s="3">
-        <v>0.26</v>
+        <v>0.5</v>
       </c>
       <c r="O31" s="3">
-        <v>1.23</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="P31" s="3">
-        <v>0.33</v>
+        <v>0.83</v>
       </c>
       <c r="Q31" s="3">
-        <v>0.06</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C32" s="3">
         <v>0.06</v>
       </c>
       <c r="D32" s="3">
         <v>0.01</v>
       </c>
       <c r="E32" s="3">
         <v>0.01</v>
       </c>
       <c r="F32" s="3">
         <v>0.01</v>
       </c>
       <c r="G32" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H32" s="3">
         <v>0.05</v>
       </c>
       <c r="I32" s="3">
         <v>0.03</v>
       </c>
       <c r="J32" s="3">
         <v>0.01</v>
       </c>
       <c r="K32" s="3">
         <v>0.03</v>
       </c>
       <c r="L32" s="3">
         <v>0.03</v>
       </c>
       <c r="M32" s="3">
         <v>3.27</v>
       </c>
       <c r="N32" s="3">
         <v>0.27</v>
       </c>
       <c r="O32" s="3">
         <v>0.17</v>
       </c>
       <c r="P32" s="3">
         <v>0.11</v>
       </c>
       <c r="Q32" s="3">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C33" s="3">
         <v>0</v>
       </c>
       <c r="D33" s="3">
         <v>0</v>
       </c>
       <c r="E33" s="3">
         <v>0</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>0</v>
       </c>
       <c r="H33" s="3">
         <v>0</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
       <c r="J33" s="3">
         <v>0</v>
       </c>
       <c r="K33" s="3">
         <v>0</v>
       </c>
       <c r="L33" s="3">
         <v>0</v>
       </c>
       <c r="M33" s="3">
         <v>0.1</v>
       </c>
       <c r="N33" s="3">
         <v>0.64</v>
       </c>
       <c r="O33" s="3">
         <v>1.65</v>
       </c>
       <c r="P33" s="3">
         <v>0.92</v>
       </c>
       <c r="Q33" s="3">
-        <v>0.46</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C34" s="3">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="D34" s="3">
+        <v>0.49</v>
+      </c>
+      <c r="E34" s="3">
         <v>0.06</v>
       </c>
-      <c r="E34" s="3">
+      <c r="F34" s="3">
+        <v>0.13</v>
+      </c>
+      <c r="G34" s="3">
+        <v>0.41</v>
+      </c>
+      <c r="H34" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0.18</v>
+      </c>
+      <c r="J34" s="3">
         <v>0.09</v>
       </c>
-      <c r="F34" s="3">
+      <c r="K34" s="3">
+        <v>0.2</v>
+      </c>
+      <c r="L34" s="3">
+        <v>0.05</v>
+      </c>
+      <c r="M34" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="N34" s="3">
         <v>0.37</v>
       </c>
-      <c r="G34" s="3">
-[...22 lines deleted...]
-      </c>
       <c r="O34" s="3">
-        <v>0.24</v>
+        <v>0.49</v>
       </c>
       <c r="P34" s="3">
-        <v>0.55000000000000004</v>
+        <v>0.43</v>
       </c>
       <c r="Q34" s="3">
-        <v>0.15</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C35" s="3">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="D35" s="3">
-        <v>0.49</v>
+        <v>0.06</v>
       </c>
       <c r="E35" s="3">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
       <c r="F35" s="3">
-        <v>0.13</v>
+        <v>0.37</v>
       </c>
       <c r="G35" s="3">
-        <v>0.41</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="H35" s="3">
+        <v>0.16</v>
+      </c>
+      <c r="I35" s="3">
+        <v>0.31</v>
+      </c>
+      <c r="J35" s="3">
+        <v>0.25</v>
+      </c>
+      <c r="K35" s="3">
+        <v>0.59</v>
+      </c>
+      <c r="L35" s="3">
         <v>0.3</v>
       </c>
-      <c r="I35" s="3">
+      <c r="M35" s="3">
+        <v>0.24</v>
+      </c>
+      <c r="N35" s="3">
         <v>0.18</v>
       </c>
-      <c r="J35" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="O35" s="3">
-        <v>0.49</v>
+        <v>0.24</v>
       </c>
       <c r="P35" s="3">
-        <v>0.43</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="Q35" s="3">
-        <v>0.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C36" s="3">
         <v>0</v>
       </c>
       <c r="D36" s="3">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>0</v>
       </c>
       <c r="H36" s="3">
         <v>0</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
       <c r="J36" s="3">
         <v>0</v>
       </c>
       <c r="K36" s="3">
         <v>0</v>
       </c>
       <c r="L36" s="3">
         <v>0</v>
       </c>
       <c r="M36" s="3">
         <v>0</v>
       </c>
       <c r="N36" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="O36" s="3">
         <v>1.86</v>
       </c>
       <c r="P36" s="3">
         <v>0</v>
       </c>
       <c r="Q36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37" s="3">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>0.01</v>
       </c>
       <c r="F37" s="3">
         <v>0.05</v>
       </c>
       <c r="G37" s="3">
         <v>0.06</v>
       </c>
       <c r="H37" s="3">
         <v>0.02</v>
       </c>
       <c r="I37" s="3">
         <v>0.01</v>
       </c>
       <c r="J37" s="3">
         <v>0</v>
       </c>
       <c r="K37" s="3">
         <v>0</v>
       </c>
       <c r="L37" s="3">
         <v>0</v>
       </c>
       <c r="M37" s="3">
         <v>0</v>
       </c>
       <c r="N37" s="3">
         <v>0.04</v>
       </c>
       <c r="O37" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="P37" s="3">
         <v>1</v>
       </c>
       <c r="Q37" s="3">
-        <v>0.74</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C38" s="3">
         <v>0.02</v>
       </c>
       <c r="D38" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="E38" s="3">
         <v>0.04</v>
       </c>
       <c r="F38" s="3">
         <v>0.02</v>
       </c>
       <c r="G38" s="3">
         <v>0.02</v>
       </c>
       <c r="H38" s="3">
         <v>0.01</v>
       </c>
       <c r="I38" s="3">
         <v>0.02</v>
       </c>
       <c r="J38" s="3">
         <v>0.03</v>
       </c>
       <c r="K38" s="3">
         <v>0.05</v>
       </c>
       <c r="L38" s="3">
         <v>0.05</v>
       </c>
       <c r="M38" s="3">
         <v>0.03</v>
       </c>
       <c r="N38" s="3">
         <v>0.34</v>
       </c>
       <c r="O38" s="3">
         <v>0.25</v>
       </c>
       <c r="P38" s="3">
         <v>0.83</v>
       </c>
       <c r="Q38" s="3">
-        <v>0.44</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C39" s="3">
         <v>0.08</v>
       </c>
       <c r="D39" s="3">
         <v>0.02</v>
       </c>
       <c r="E39" s="3">
         <v>0.04</v>
       </c>
       <c r="F39" s="3">
         <v>0.27</v>
       </c>
       <c r="G39" s="3">
         <v>0.64</v>
       </c>
       <c r="H39" s="3">
         <v>0.2</v>
       </c>
       <c r="I39" s="3">
         <v>0.11</v>
       </c>
       <c r="J39" s="3">
         <v>0.06</v>
       </c>
       <c r="K39" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="L39" s="3">
         <v>0.08</v>
       </c>
       <c r="M39" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="N39" s="3">
         <v>0.06</v>
       </c>
       <c r="O39" s="3">
         <v>0.08</v>
       </c>
       <c r="P39" s="3">
         <v>0.09</v>
       </c>
       <c r="Q39" s="3">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C40" s="3">
         <v>0.85</v>
       </c>
       <c r="D40" s="3">
         <v>0.47</v>
       </c>
       <c r="E40" s="3">
         <v>0.03</v>
       </c>
       <c r="F40" s="3">
         <v>0.04</v>
       </c>
       <c r="G40" s="3">
         <v>0.03</v>
       </c>
       <c r="H40" s="3">
         <v>0.06</v>
       </c>
       <c r="I40" s="3">
         <v>0.05</v>
       </c>
       <c r="J40" s="3">
         <v>0.01</v>
       </c>
       <c r="K40" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="L40" s="3">
         <v>0.02</v>
       </c>
       <c r="M40" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="N40" s="3">
         <v>0.38</v>
       </c>
       <c r="O40" s="3">
         <v>0.03</v>
       </c>
       <c r="P40" s="3">
         <v>0.19</v>
       </c>
       <c r="Q40" s="3">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C41" s="3">
         <v>0.03</v>
       </c>
       <c r="D41" s="3">
         <v>0.01</v>
       </c>
       <c r="E41" s="3">
         <v>0.02</v>
       </c>
       <c r="F41" s="3">
         <v>0.03</v>
       </c>
       <c r="G41" s="3">
         <v>0.06</v>
       </c>
       <c r="H41" s="3">
         <v>0.15</v>
       </c>
       <c r="I41" s="3">
         <v>0.42</v>
       </c>
       <c r="J41" s="3">
         <v>0.44</v>
       </c>
       <c r="K41" s="3">
         <v>0.17</v>
       </c>
       <c r="L41" s="3">
         <v>0.04</v>
       </c>
       <c r="M41" s="3">
         <v>0.1</v>
       </c>
       <c r="N41" s="3">
         <v>0.19</v>
       </c>
       <c r="O41" s="3">
         <v>0.2</v>
       </c>
       <c r="P41" s="3">
         <v>0.1</v>
       </c>
       <c r="Q41" s="3">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C42" s="3">
         <v>0.05</v>
       </c>
       <c r="D42" s="3">
         <v>0.02</v>
       </c>
       <c r="E42" s="3">
         <v>1.34</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>0.1</v>
       </c>
       <c r="H42" s="3">
         <v>0.04</v>
       </c>
       <c r="I42" s="3">
         <v>0.01</v>
       </c>
       <c r="J42" s="3">
         <v>0</v>
       </c>
       <c r="K42" s="3">
         <v>0</v>
       </c>
       <c r="L42" s="3">
         <v>0</v>
       </c>
       <c r="M42" s="3">
         <v>0</v>
       </c>
       <c r="N42" s="3">
         <v>0</v>
       </c>
       <c r="O42" s="3">
         <v>0.01</v>
       </c>
       <c r="P42" s="3">
         <v>0.02</v>
       </c>
       <c r="Q42" s="3">
-        <v>0.21</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C43" s="3">
         <v>0.01</v>
       </c>
       <c r="D43" s="3">
         <v>0.04</v>
       </c>
       <c r="E43" s="3">
         <v>0.15</v>
       </c>
       <c r="F43" s="3">
         <v>0.19</v>
       </c>
       <c r="G43" s="3">
         <v>0.41</v>
       </c>
       <c r="H43" s="3">
         <v>0.02</v>
       </c>
       <c r="I43" s="3">
         <v>0.05</v>
       </c>
       <c r="J43" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="K43" s="3">
         <v>0.24</v>
       </c>
       <c r="L43" s="3">
         <v>0.01</v>
       </c>
       <c r="M43" s="3">
         <v>0.01</v>
       </c>
       <c r="N43" s="3">
         <v>0.1</v>
       </c>
       <c r="O43" s="3">
         <v>0.05</v>
       </c>
       <c r="P43" s="3">
         <v>0.22</v>
       </c>
       <c r="Q43" s="3">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B44" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C44" s="3">
         <v>0.01</v>
       </c>
       <c r="D44" s="3">
         <v>0.76</v>
       </c>
       <c r="E44" s="3">
         <v>0.01</v>
       </c>
       <c r="F44" s="3">
         <v>0.01</v>
       </c>
       <c r="G44" s="3">
         <v>0.16</v>
       </c>
       <c r="H44" s="3">
         <v>0.03</v>
       </c>
       <c r="I44" s="3">
         <v>0.03</v>
       </c>
       <c r="J44" s="3">
         <v>0.11</v>
       </c>
       <c r="K44" s="3">
         <v>0.01</v>
       </c>
       <c r="L44" s="3">
         <v>0.06</v>
       </c>
       <c r="M44" s="3">
         <v>0.03</v>
       </c>
       <c r="N44" s="3">
         <v>0.04</v>
       </c>
       <c r="O44" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="P44" s="3">
         <v>0.06</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B45" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C45" s="3">
         <v>0</v>
       </c>
       <c r="D45" s="3">
         <v>0</v>
       </c>
       <c r="E45" s="3">
         <v>0</v>
       </c>
       <c r="F45" s="3">
         <v>0.01</v>
       </c>
       <c r="G45" s="3">
         <v>0.01</v>
       </c>
       <c r="H45" s="3">
         <v>0.21</v>
       </c>
       <c r="I45" s="3">
         <v>0.04</v>
       </c>
       <c r="J45" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="K45" s="3">
         <v>0.04</v>
       </c>
       <c r="L45" s="3">
         <v>0.64</v>
       </c>
       <c r="M45" s="3">
         <v>0.03</v>
       </c>
       <c r="N45" s="3">
         <v>0.02</v>
       </c>
       <c r="O45" s="3">
         <v>0</v>
       </c>
       <c r="P45" s="3">
         <v>0</v>
       </c>
       <c r="Q45" s="3">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B46" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C46" s="3">
         <v>0</v>
       </c>
       <c r="D46" s="3">
         <v>0.13</v>
       </c>
       <c r="E46" s="3">
         <v>0.23</v>
       </c>
       <c r="F46" s="3">
         <v>0.08</v>
       </c>
       <c r="G46" s="3">
         <v>0</v>
       </c>
       <c r="H46" s="3">
         <v>0.01</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
       <c r="J46" s="3">
         <v>0.05</v>
       </c>
       <c r="K46" s="3">
         <v>0</v>
       </c>
       <c r="L46" s="3">
         <v>0</v>
       </c>
       <c r="M46" s="3">
         <v>0</v>
       </c>
       <c r="N46" s="3">
         <v>0.02</v>
       </c>
       <c r="O46" s="3">
         <v>0.01</v>
       </c>
       <c r="P46" s="3">
         <v>0.03</v>
       </c>
       <c r="Q46" s="3">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="47" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B47" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C47" s="8">
         <v>0.50950319000000199</v>
       </c>
       <c r="D47" s="8">
         <v>0.35378581000000509</v>
       </c>
       <c r="E47" s="8">
         <v>0.43821543000000318</v>
       </c>
       <c r="F47" s="8">
-        <v>0.44163771999999568</v>
+        <v>0.44163771999999213</v>
       </c>
       <c r="G47" s="8">
         <v>0.93458322000000038</v>
       </c>
       <c r="H47" s="8">
         <v>0.54938591999999176</v>
       </c>
       <c r="I47" s="8">
         <v>0.87605284999998645</v>
       </c>
       <c r="J47" s="8">
         <v>0.87207195000000581</v>
       </c>
       <c r="K47" s="8">
         <v>0.48838870999998818</v>
       </c>
       <c r="L47" s="8">
-        <v>0.47915763999998973</v>
+        <v>0.47915763999999683</v>
       </c>
       <c r="M47" s="8">
         <v>2.1784962300000217</v>
       </c>
       <c r="N47" s="8">
         <v>5.201921580000004</v>
       </c>
       <c r="O47" s="8">
         <v>6.2748558700000245</v>
       </c>
       <c r="P47" s="8">
         <v>7.271876110000008</v>
       </c>
       <c r="Q47" s="8">
-        <v>3.8819334400000258</v>
+        <v>5.9094186500000063</v>
       </c>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B48" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C48" s="3">
         <v>2.4092959999999999</v>
       </c>
       <c r="D48" s="3">
         <v>3.0009462600000001</v>
       </c>
       <c r="E48" s="3">
         <v>2.1328844</v>
       </c>
       <c r="F48" s="3">
         <v>2.6256478799999998</v>
       </c>
       <c r="G48" s="3">
         <v>5.1488803499999998</v>
       </c>
       <c r="H48" s="3">
         <v>8.833657839999999</v>
       </c>
       <c r="I48" s="3">
         <v>6.03215112</v>
       </c>
       <c r="J48" s="3">
         <v>12.814843160000001</v>
       </c>
       <c r="K48" s="3">
         <v>11.616366019999999</v>
       </c>
       <c r="L48" s="3">
         <v>13.150340160000001</v>
       </c>
       <c r="M48" s="3">
         <v>22.232920279999998</v>
       </c>
       <c r="N48" s="3">
         <v>20.072474400000001</v>
       </c>
       <c r="O48" s="3">
         <v>16.139690900000002</v>
       </c>
       <c r="P48" s="3">
         <v>23.31358002</v>
       </c>
       <c r="Q48" s="3">
-        <v>20.297660480000001</v>
+        <v>30.62673105</v>
       </c>
     </row>
     <row r="49" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B49" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C49" s="10">
         <v>17.518799189999999</v>
       </c>
       <c r="D49" s="10">
         <v>23.004732069999999</v>
       </c>
       <c r="E49" s="10">
         <v>18.161099830000001</v>
       </c>
       <c r="F49" s="10">
         <v>19.957285599999999</v>
       </c>
       <c r="G49" s="10">
         <v>40.86346357</v>
       </c>
       <c r="H49" s="10">
         <v>47.003043759999997</v>
       </c>
       <c r="I49" s="10">
         <v>48.388203969999999</v>
       </c>
       <c r="J49" s="10">
         <v>58.126915109999999</v>
       </c>
       <c r="K49" s="10">
         <v>67.524754729999998</v>
       </c>
       <c r="L49" s="10">
         <v>52.6094978</v>
       </c>
       <c r="M49" s="10">
         <v>95.621416510000003</v>
       </c>
       <c r="N49" s="10">
         <v>111.23439598</v>
       </c>
       <c r="O49" s="10">
         <v>127.73454676999999</v>
       </c>
       <c r="P49" s="10">
         <v>151.20545612999999</v>
       </c>
       <c r="Q49" s="10">
-        <v>90.289593920000002</v>
+        <v>136.2361497</v>
       </c>
     </row>
     <row r="51" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B51" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="52" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B52" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="15" t="s">
-[...10 lines deleted...]
-      <c r="K53" s="25"/>
+      <c r="B53" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C53" s="17"/>
+      <c r="D53" s="17"/>
+      <c r="E53" s="17"/>
+      <c r="F53" s="18"/>
+      <c r="G53" s="18"/>
+      <c r="H53" s="18"/>
+      <c r="I53" s="18"/>
+      <c r="J53" s="18"/>
+      <c r="K53" s="19"/>
     </row>
     <row r="54" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="18"/>
-[...8 lines deleted...]
-      <c r="K54" s="27"/>
+      <c r="B54" s="20"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="22"/>
+      <c r="G54" s="22"/>
+      <c r="H54" s="22"/>
+      <c r="I54" s="22"/>
+      <c r="J54" s="22"/>
+      <c r="K54" s="23"/>
     </row>
     <row r="55" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="18"/>
-[...8 lines deleted...]
-      <c r="K55" s="27"/>
+      <c r="B55" s="20"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="21"/>
+      <c r="F55" s="22"/>
+      <c r="G55" s="22"/>
+      <c r="H55" s="22"/>
+      <c r="I55" s="22"/>
+      <c r="J55" s="22"/>
+      <c r="K55" s="23"/>
     </row>
     <row r="56" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="31"/>
-[...8 lines deleted...]
-      <c r="K56" s="33"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="26"/>
+      <c r="D56" s="26"/>
+      <c r="E56" s="26"/>
+      <c r="F56" s="26"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="26"/>
+      <c r="I56" s="26"/>
+      <c r="J56" s="26"/>
+      <c r="K56" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B53:K56"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-  <dimension ref="B2:Q40"/>
+  <dimension ref="B2:Q41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="2.7109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="36.42578125" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="13" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C6" s="3">
         <v>16.809999999999999</v>
       </c>
       <c r="D6" s="3">
         <v>10.26</v>
       </c>
       <c r="E6" s="3">
         <v>10.43</v>
       </c>
       <c r="F6" s="3">
         <v>13.03</v>
       </c>
       <c r="G6" s="3">
         <v>15.85</v>
       </c>
       <c r="H6" s="3">
         <v>23.3</v>
       </c>
       <c r="I6" s="3">
         <v>24.05</v>
       </c>
       <c r="J6" s="3">
         <v>26.08</v>
       </c>
       <c r="K6" s="3">
         <v>23.61</v>
       </c>
       <c r="L6" s="3">
         <v>24.19</v>
       </c>
       <c r="M6" s="3">
         <v>29.19</v>
       </c>
       <c r="N6" s="3">
         <v>40.4</v>
       </c>
       <c r="O6" s="3">
         <v>34.630000000000003</v>
       </c>
       <c r="P6" s="3">
         <v>37.47</v>
       </c>
       <c r="Q6" s="3">
-        <v>19.46</v>
+        <v>28.86</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C7" s="3">
         <v>4.68</v>
       </c>
       <c r="D7" s="3">
         <v>4.66</v>
       </c>
       <c r="E7" s="3">
         <v>4.28</v>
       </c>
       <c r="F7" s="3">
         <v>5.31</v>
       </c>
       <c r="G7" s="3">
         <v>9.56</v>
       </c>
       <c r="H7" s="3">
         <v>15.13</v>
       </c>
       <c r="I7" s="3">
         <v>9.58</v>
       </c>
       <c r="J7" s="3">
         <v>10.71</v>
       </c>
       <c r="K7" s="3">
         <v>14.42</v>
       </c>
       <c r="L7" s="3">
         <v>23.81</v>
       </c>
       <c r="M7" s="3">
         <v>32.01</v>
       </c>
       <c r="N7" s="3">
         <v>41.82</v>
       </c>
       <c r="O7" s="3">
         <v>42.89</v>
       </c>
       <c r="P7" s="3">
         <v>48.44</v>
       </c>
       <c r="Q7" s="3">
-        <v>18.010000000000002</v>
+        <v>26.56</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>3.99</v>
       </c>
       <c r="D8" s="3">
         <v>7.38</v>
       </c>
       <c r="E8" s="3">
         <v>7.74</v>
       </c>
       <c r="F8" s="3">
         <v>7.8</v>
       </c>
       <c r="G8" s="3">
         <v>8.75</v>
       </c>
       <c r="H8" s="3">
         <v>11.97</v>
       </c>
       <c r="I8" s="3">
         <v>11.91</v>
       </c>
       <c r="J8" s="3">
         <v>13.01</v>
       </c>
       <c r="K8" s="3">
         <v>12.98</v>
       </c>
       <c r="L8" s="3">
         <v>10.46</v>
       </c>
       <c r="M8" s="3">
         <v>14.08</v>
       </c>
       <c r="N8" s="3">
         <v>17.04</v>
       </c>
       <c r="O8" s="3">
         <v>41.99</v>
       </c>
       <c r="P8" s="3">
         <v>43.28</v>
       </c>
       <c r="Q8" s="3">
-        <v>25.84</v>
+        <v>37.93</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C9" s="3">
         <v>8.8800000000000008</v>
       </c>
       <c r="D9" s="3">
         <v>9.41</v>
       </c>
       <c r="E9" s="3">
         <v>7.82</v>
       </c>
       <c r="F9" s="3">
         <v>11.67</v>
       </c>
       <c r="G9" s="3">
         <v>13.86</v>
       </c>
       <c r="H9" s="3">
         <v>22.34</v>
       </c>
       <c r="I9" s="3">
         <v>23.65</v>
       </c>
       <c r="J9" s="3">
         <v>11.53</v>
       </c>
       <c r="K9" s="3">
         <v>13.68</v>
       </c>
       <c r="L9" s="3">
         <v>6.93</v>
       </c>
       <c r="M9" s="3">
         <v>30.43</v>
       </c>
       <c r="N9" s="3">
         <v>3.23</v>
       </c>
       <c r="O9" s="3">
         <v>8.31</v>
       </c>
       <c r="P9" s="3">
         <v>8.02</v>
       </c>
       <c r="Q9" s="3">
-        <v>3.53</v>
+        <v>4.0599999999999996</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="C10" s="3">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="D10" s="3">
-        <v>0</v>
+        <v>0.63</v>
       </c>
       <c r="E10" s="3">
-        <v>0</v>
+        <v>0.98</v>
       </c>
       <c r="F10" s="3">
-        <v>0.13</v>
+        <v>5.79</v>
       </c>
       <c r="G10" s="3">
-        <v>0.21</v>
+        <v>8.07</v>
       </c>
       <c r="H10" s="3">
-        <v>0.13</v>
+        <v>10.66</v>
       </c>
       <c r="I10" s="3">
-        <v>2.93</v>
+        <v>11.33</v>
       </c>
       <c r="J10" s="3">
-        <v>15.55</v>
+        <v>10.41</v>
       </c>
       <c r="K10" s="3">
-        <v>102.68</v>
+        <v>16.78</v>
       </c>
       <c r="L10" s="3">
-        <v>18.5</v>
+        <v>15.3</v>
       </c>
       <c r="M10" s="3">
-        <v>2.21</v>
+        <v>15.15</v>
       </c>
       <c r="N10" s="3">
-        <v>0.01</v>
+        <v>16.79</v>
       </c>
       <c r="O10" s="3">
-        <v>0.02</v>
+        <v>15.25</v>
       </c>
       <c r="P10" s="3">
-        <v>0.05</v>
+        <v>11.91</v>
       </c>
       <c r="Q10" s="3">
-        <v>0.05</v>
+        <v>4.2699999999999996</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="C11" s="3">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="D11" s="3">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="F11" s="3">
-        <v>5.79</v>
+        <v>0.13</v>
       </c>
       <c r="G11" s="3">
-        <v>8.07</v>
+        <v>0.21</v>
       </c>
       <c r="H11" s="3">
-        <v>10.66</v>
+        <v>0.13</v>
       </c>
       <c r="I11" s="3">
-        <v>11.33</v>
+        <v>2.93</v>
       </c>
       <c r="J11" s="3">
-        <v>10.41</v>
+        <v>15.55</v>
       </c>
       <c r="K11" s="3">
-        <v>16.78</v>
+        <v>102.68</v>
       </c>
       <c r="L11" s="3">
-        <v>15.3</v>
+        <v>18.5</v>
       </c>
       <c r="M11" s="3">
-        <v>15.15</v>
+        <v>2.21</v>
       </c>
       <c r="N11" s="3">
-        <v>16.79</v>
+        <v>0.01</v>
       </c>
       <c r="O11" s="3">
-        <v>15.25</v>
+        <v>0.02</v>
       </c>
       <c r="P11" s="3">
-        <v>11.91</v>
+        <v>0.05</v>
       </c>
       <c r="Q11" s="3">
-        <v>2.85</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="3">
         <v>3.01</v>
       </c>
       <c r="D12" s="3">
         <v>5.14</v>
       </c>
       <c r="E12" s="3">
         <v>6</v>
       </c>
       <c r="F12" s="3">
         <v>8.67</v>
       </c>
       <c r="G12" s="3">
         <v>9.89</v>
       </c>
       <c r="H12" s="3">
         <v>6.34</v>
       </c>
       <c r="I12" s="3">
         <v>7.45</v>
       </c>
       <c r="J12" s="3">
         <v>7.43</v>
       </c>
       <c r="K12" s="3">
         <v>8.27</v>
       </c>
       <c r="L12" s="3">
         <v>5.1100000000000003</v>
       </c>
       <c r="M12" s="3">
         <v>5.64</v>
       </c>
       <c r="N12" s="3">
         <v>11.42</v>
       </c>
       <c r="O12" s="3">
         <v>18.899999999999999</v>
       </c>
       <c r="P12" s="3">
         <v>20.86</v>
       </c>
       <c r="Q12" s="3">
-        <v>6.94</v>
+        <v>12.24</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C13" s="3">
         <v>15.4</v>
       </c>
       <c r="D13" s="3">
         <v>17.559999999999999</v>
       </c>
       <c r="E13" s="3">
         <v>11.75</v>
       </c>
       <c r="F13" s="3">
         <v>6.01</v>
       </c>
       <c r="G13" s="3">
         <v>6.55</v>
       </c>
       <c r="H13" s="3">
         <v>6.51</v>
       </c>
       <c r="I13" s="3">
         <v>8.57</v>
       </c>
       <c r="J13" s="3">
         <v>7.69</v>
       </c>
       <c r="K13" s="3">
         <v>7.01</v>
       </c>
       <c r="L13" s="3">
         <v>9.9499999999999993</v>
       </c>
       <c r="M13" s="3">
         <v>7.16</v>
       </c>
       <c r="N13" s="3">
         <v>7.51</v>
       </c>
       <c r="O13" s="3">
         <v>7.33</v>
       </c>
       <c r="P13" s="3">
         <v>6.55</v>
       </c>
       <c r="Q13" s="3">
-        <v>3.64</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C14" s="3">
         <v>1.05</v>
       </c>
       <c r="D14" s="3">
         <v>1.63</v>
       </c>
       <c r="E14" s="3">
         <v>2</v>
       </c>
       <c r="F14" s="3">
         <v>1.48</v>
       </c>
       <c r="G14" s="3">
         <v>1.64</v>
       </c>
       <c r="H14" s="3">
         <v>1.85</v>
       </c>
       <c r="I14" s="3">
         <v>2.11</v>
       </c>
       <c r="J14" s="3">
         <v>4.2300000000000004</v>
       </c>
       <c r="K14" s="3">
         <v>4.51</v>
       </c>
       <c r="L14" s="3">
         <v>4.76</v>
       </c>
       <c r="M14" s="3">
         <v>6.47</v>
       </c>
       <c r="N14" s="3">
         <v>7.43</v>
       </c>
       <c r="O14" s="3">
         <v>17.399999999999999</v>
       </c>
       <c r="P14" s="3">
         <v>7.48</v>
       </c>
       <c r="Q14" s="3">
-        <v>3.06</v>
+        <v>3.97</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C15" s="3">
-        <v>2.63</v>
+        <v>2.52</v>
       </c>
       <c r="D15" s="3">
-        <v>2.14</v>
+        <v>4.12</v>
       </c>
       <c r="E15" s="3">
-        <v>1.71</v>
+        <v>2.35</v>
       </c>
       <c r="F15" s="3">
-        <v>1.2</v>
+        <v>4.05</v>
       </c>
       <c r="G15" s="3">
-        <v>1.59</v>
+        <v>3.46</v>
       </c>
       <c r="H15" s="3">
-        <v>1.97</v>
+        <v>8.7799999999999994</v>
       </c>
       <c r="I15" s="3">
-        <v>4.93</v>
+        <v>3.61</v>
       </c>
       <c r="J15" s="3">
-        <v>2.79</v>
+        <v>3.48</v>
       </c>
       <c r="K15" s="3">
-        <v>3.79</v>
+        <v>3.73</v>
       </c>
       <c r="L15" s="3">
-        <v>5.8</v>
+        <v>2.73</v>
       </c>
       <c r="M15" s="3">
-        <v>8.36</v>
+        <v>3.48</v>
       </c>
       <c r="N15" s="3">
-        <v>9.41</v>
+        <v>4.41</v>
       </c>
       <c r="O15" s="3">
-        <v>5.28</v>
+        <v>3.47</v>
       </c>
       <c r="P15" s="3">
-        <v>3.74</v>
+        <v>4.25</v>
       </c>
       <c r="Q15" s="3">
-        <v>1.24</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C16" s="3">
-        <v>2.52</v>
+        <v>2.63</v>
       </c>
       <c r="D16" s="3">
-        <v>4.12</v>
+        <v>2.14</v>
       </c>
       <c r="E16" s="3">
-        <v>2.35</v>
+        <v>1.71</v>
       </c>
       <c r="F16" s="3">
-        <v>4.05</v>
+        <v>1.2</v>
       </c>
       <c r="G16" s="3">
-        <v>3.46</v>
+        <v>1.59</v>
       </c>
       <c r="H16" s="3">
-        <v>8.7799999999999994</v>
+        <v>1.97</v>
       </c>
       <c r="I16" s="3">
-        <v>3.61</v>
+        <v>4.93</v>
       </c>
       <c r="J16" s="3">
-        <v>3.48</v>
+        <v>2.79</v>
       </c>
       <c r="K16" s="3">
-        <v>3.73</v>
+        <v>3.79</v>
       </c>
       <c r="L16" s="3">
-        <v>2.73</v>
+        <v>5.8</v>
       </c>
       <c r="M16" s="3">
-        <v>3.48</v>
+        <v>8.36</v>
       </c>
       <c r="N16" s="3">
-        <v>4.41</v>
+        <v>9.41</v>
       </c>
       <c r="O16" s="3">
-        <v>3.47</v>
+        <v>5.28</v>
       </c>
       <c r="P16" s="3">
-        <v>4.25</v>
+        <v>3.74</v>
       </c>
       <c r="Q16" s="3">
-        <v>1.62</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="3">
         <v>0.91</v>
       </c>
       <c r="D17" s="3">
         <v>0.93</v>
       </c>
       <c r="E17" s="3">
         <v>0.89</v>
       </c>
       <c r="F17" s="3">
         <v>0.95</v>
       </c>
       <c r="G17" s="3">
         <v>2.48</v>
       </c>
       <c r="H17" s="3">
         <v>1.91</v>
       </c>
       <c r="I17" s="3">
         <v>5.46</v>
       </c>
       <c r="J17" s="3">
         <v>7.22</v>
       </c>
       <c r="K17" s="3">
         <v>10.43</v>
       </c>
       <c r="L17" s="3">
         <v>6.64</v>
       </c>
       <c r="M17" s="3">
         <v>4.24</v>
       </c>
       <c r="N17" s="3">
         <v>5.0199999999999996</v>
       </c>
       <c r="O17" s="3">
         <v>3.74</v>
       </c>
       <c r="P17" s="3">
         <v>3.79</v>
       </c>
       <c r="Q17" s="3">
-        <v>0.87</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C18" s="3">
         <v>1.86</v>
       </c>
       <c r="D18" s="3">
         <v>1.96</v>
       </c>
       <c r="E18" s="3">
         <v>1.39</v>
       </c>
       <c r="F18" s="3">
         <v>2.37</v>
       </c>
       <c r="G18" s="3">
         <v>4.05</v>
       </c>
       <c r="H18" s="3">
         <v>4.8</v>
       </c>
       <c r="I18" s="3">
         <v>3.13</v>
       </c>
       <c r="J18" s="3">
         <v>4.03</v>
       </c>
       <c r="K18" s="3">
         <v>3.94</v>
       </c>
       <c r="L18" s="3">
         <v>2.2599999999999998</v>
       </c>
       <c r="M18" s="3">
         <v>1.97</v>
       </c>
       <c r="N18" s="3">
         <v>1.89</v>
       </c>
       <c r="O18" s="3">
         <v>2.67</v>
       </c>
       <c r="P18" s="3">
         <v>2.3199999999999998</v>
       </c>
       <c r="Q18" s="3">
-        <v>0.86</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="3">
         <v>1.29</v>
       </c>
       <c r="D19" s="3">
         <v>0.39</v>
       </c>
       <c r="E19" s="3">
         <v>0.35</v>
       </c>
       <c r="F19" s="3">
         <v>0.49</v>
       </c>
       <c r="G19" s="3">
         <v>0.66</v>
       </c>
       <c r="H19" s="3">
         <v>2.56</v>
       </c>
       <c r="I19" s="3">
         <v>2.27</v>
       </c>
       <c r="J19" s="3">
         <v>1.51</v>
       </c>
       <c r="K19" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="L19" s="3">
         <v>0.92</v>
       </c>
       <c r="M19" s="3">
         <v>0.98</v>
       </c>
       <c r="N19" s="3">
         <v>1.44</v>
       </c>
       <c r="O19" s="3">
         <v>2.73</v>
       </c>
       <c r="P19" s="3">
         <v>2.36</v>
       </c>
       <c r="Q19" s="3">
-        <v>0.42</v>
+        <v>0.56000000000000005</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="3">
         <v>1.37</v>
       </c>
       <c r="D20" s="3">
         <v>1.63</v>
       </c>
       <c r="E20" s="3">
         <v>1.84</v>
       </c>
       <c r="F20" s="3">
         <v>1.01</v>
       </c>
       <c r="G20" s="3">
         <v>0.77</v>
       </c>
       <c r="H20" s="3">
         <v>1.24</v>
       </c>
       <c r="I20" s="3">
         <v>1.44</v>
       </c>
       <c r="J20" s="3">
         <v>1.38</v>
       </c>
       <c r="K20" s="3">
         <v>1</v>
       </c>
       <c r="L20" s="3">
         <v>0.51</v>
       </c>
       <c r="M20" s="3">
         <v>0.72</v>
       </c>
       <c r="N20" s="3">
         <v>0.82</v>
       </c>
       <c r="O20" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="P20" s="3">
         <v>1.21</v>
       </c>
       <c r="Q20" s="3">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C21" s="3">
         <v>1.36</v>
       </c>
       <c r="D21" s="3">
         <v>0.85</v>
       </c>
       <c r="E21" s="3">
         <v>0.67</v>
       </c>
       <c r="F21" s="3">
         <v>1.69</v>
       </c>
       <c r="G21" s="3">
         <v>0.51</v>
       </c>
       <c r="H21" s="3">
         <v>0.7</v>
       </c>
       <c r="I21" s="3">
         <v>0.41</v>
       </c>
       <c r="J21" s="3">
         <v>0.68</v>
       </c>
       <c r="K21" s="3">
         <v>0.36</v>
       </c>
       <c r="L21" s="3">
         <v>0.33</v>
       </c>
       <c r="M21" s="3">
         <v>1.28</v>
       </c>
       <c r="N21" s="3">
         <v>1.06</v>
       </c>
       <c r="O21" s="3">
         <v>1.38</v>
       </c>
       <c r="P21" s="3">
         <v>0.85</v>
       </c>
       <c r="Q21" s="3">
-        <v>0.38</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C22" s="3">
         <v>0.08</v>
       </c>
       <c r="D22" s="3">
         <v>0.05</v>
       </c>
       <c r="E22" s="3">
         <v>0.43</v>
       </c>
       <c r="F22" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="G22" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="H22" s="3">
         <v>0.09</v>
       </c>
       <c r="I22" s="3">
         <v>0.32</v>
       </c>
       <c r="J22" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="K22" s="3">
         <v>0.27</v>
       </c>
       <c r="L22" s="3">
         <v>0.36</v>
       </c>
       <c r="M22" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="N22" s="3">
         <v>2.2000000000000002</v>
       </c>
       <c r="O22" s="3">
         <v>1.17</v>
       </c>
       <c r="P22" s="3">
         <v>2.67</v>
       </c>
       <c r="Q22" s="3">
-        <v>1.31</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C23" s="3">
         <v>0.92</v>
       </c>
       <c r="D23" s="3">
         <v>0</v>
       </c>
       <c r="E23" s="3">
         <v>0.79</v>
       </c>
       <c r="F23" s="3">
         <v>1.79</v>
       </c>
       <c r="G23" s="3">
         <v>1.59</v>
       </c>
       <c r="H23" s="3">
         <v>1.93</v>
       </c>
       <c r="I23" s="3">
         <v>1.05</v>
       </c>
       <c r="J23" s="3">
         <v>1.83</v>
       </c>
       <c r="K23" s="3">
         <v>0.02</v>
       </c>
       <c r="L23" s="3">
         <v>0.01</v>
       </c>
       <c r="M23" s="3">
         <v>0.01</v>
       </c>
       <c r="N23" s="3">
         <v>0.11</v>
       </c>
       <c r="O23" s="3">
         <v>0.05</v>
       </c>
       <c r="P23" s="3">
         <v>0</v>
       </c>
       <c r="Q23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C24" s="3">
         <v>0.62</v>
       </c>
       <c r="D24" s="3">
         <v>1.7</v>
       </c>
       <c r="E24" s="3">
         <v>0.65</v>
       </c>
       <c r="F24" s="3">
         <v>0.36</v>
       </c>
       <c r="G24" s="3">
         <v>0.44</v>
       </c>
       <c r="H24" s="3">
         <v>0.39</v>
       </c>
       <c r="I24" s="3">
         <v>0.18</v>
       </c>
       <c r="J24" s="3">
         <v>0.79</v>
       </c>
       <c r="K24" s="3">
         <v>0.72</v>
       </c>
       <c r="L24" s="3">
         <v>0.72</v>
       </c>
       <c r="M24" s="3">
         <v>0.44</v>
       </c>
       <c r="N24" s="3">
         <v>0.16</v>
       </c>
       <c r="O24" s="3">
         <v>0.46</v>
       </c>
       <c r="P24" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q24" s="3">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C25" s="3">
         <v>1.28</v>
       </c>
       <c r="D25" s="3">
         <v>2.27</v>
       </c>
       <c r="E25" s="3">
         <v>2.52</v>
       </c>
       <c r="F25" s="3">
         <v>0.34</v>
       </c>
       <c r="G25" s="3">
         <v>0.19</v>
       </c>
       <c r="H25" s="3">
         <v>0.08</v>
       </c>
       <c r="I25" s="3">
         <v>0.01</v>
       </c>
       <c r="J25" s="3">
         <v>0</v>
       </c>
       <c r="K25" s="3">
         <v>0.02</v>
       </c>
       <c r="L25" s="3">
         <v>0</v>
       </c>
       <c r="M25" s="3">
         <v>0</v>
       </c>
       <c r="N25" s="3">
         <v>0</v>
       </c>
       <c r="O25" s="3">
         <v>0</v>
       </c>
       <c r="P25" s="3">
         <v>0</v>
       </c>
       <c r="Q25" s="3">
         <v>0.01</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C26" s="3">
         <v>1.28</v>
       </c>
       <c r="D26" s="3">
         <v>2.08</v>
       </c>
       <c r="E26" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="F26" s="3">
         <v>0.18</v>
       </c>
       <c r="G26" s="3">
         <v>0.01</v>
       </c>
       <c r="H26" s="3">
         <v>0.09</v>
       </c>
       <c r="I26" s="3">
         <v>0.1</v>
       </c>
       <c r="J26" s="3">
         <v>0.06</v>
       </c>
       <c r="K26" s="3">
         <v>0.02</v>
       </c>
       <c r="L26" s="3">
         <v>0.04</v>
       </c>
       <c r="M26" s="3">
         <v>0.1</v>
       </c>
       <c r="N26" s="3">
         <v>0.12</v>
       </c>
       <c r="O26" s="3">
         <v>0.15</v>
       </c>
       <c r="P26" s="3">
         <v>0.01</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.05</v>
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="3">
         <v>1.28</v>
       </c>
       <c r="D27" s="3">
         <v>0.22</v>
       </c>
       <c r="E27" s="3">
         <v>0.19</v>
       </c>
       <c r="F27" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="G27" s="3">
         <v>0.54</v>
       </c>
       <c r="H27" s="3">
         <v>0.17</v>
       </c>
       <c r="I27" s="3">
         <v>0.21</v>
       </c>
       <c r="J27" s="3">
         <v>0.22</v>
       </c>
       <c r="K27" s="3">
         <v>0.27</v>
       </c>
       <c r="L27" s="3">
         <v>0.22</v>
       </c>
       <c r="M27" s="3">
         <v>0.22</v>
       </c>
       <c r="N27" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="O27" s="3">
         <v>0.5</v>
       </c>
       <c r="P27" s="3">
         <v>0.46</v>
       </c>
       <c r="Q27" s="3">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C28" s="3">
         <v>0</v>
       </c>
       <c r="D28" s="3">
         <v>0.17</v>
       </c>
       <c r="E28" s="3">
         <v>0.1</v>
       </c>
       <c r="F28" s="3">
         <v>0.04</v>
       </c>
       <c r="G28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H28" s="3">
         <v>0.11</v>
       </c>
       <c r="I28" s="3">
         <v>0.02</v>
       </c>
       <c r="J28" s="3">
         <v>0.01</v>
       </c>
       <c r="K28" s="3">
         <v>0.05</v>
       </c>
       <c r="L28" s="3">
         <v>0.04</v>
       </c>
       <c r="M28" s="3">
         <v>0.03</v>
       </c>
       <c r="N28" s="3">
         <v>0.18</v>
       </c>
       <c r="O28" s="3">
         <v>3.62</v>
       </c>
       <c r="P28" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.02</v>
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C29" s="3">
         <v>0</v>
       </c>
       <c r="D29" s="3">
         <v>0</v>
       </c>
       <c r="E29" s="3">
         <v>0</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>0</v>
       </c>
       <c r="H29" s="3">
         <v>0</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
       <c r="J29" s="3">
         <v>0</v>
       </c>
       <c r="K29" s="3">
         <v>0.01</v>
       </c>
       <c r="L29" s="3">
         <v>0</v>
       </c>
       <c r="M29" s="3">
         <v>0</v>
       </c>
       <c r="N29" s="3">
         <v>0</v>
       </c>
       <c r="O29" s="3">
         <v>0</v>
       </c>
       <c r="P29" s="3">
         <v>0.18</v>
       </c>
       <c r="Q29" s="3">
-        <v>2.63</v>
+        <v>3.37</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C30" s="3">
         <v>0</v>
       </c>
       <c r="D30" s="3">
         <v>0</v>
       </c>
       <c r="E30" s="3">
         <v>0.01</v>
       </c>
       <c r="F30" s="3">
         <v>0.01</v>
       </c>
       <c r="G30" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="H30" s="3">
         <v>0.04</v>
       </c>
       <c r="I30" s="3">
         <v>0.01</v>
       </c>
       <c r="J30" s="3">
         <v>0.02</v>
       </c>
       <c r="K30" s="3">
         <v>0.04</v>
       </c>
       <c r="L30" s="3">
         <v>0.1</v>
       </c>
       <c r="M30" s="3">
         <v>0.19</v>
       </c>
       <c r="N30" s="3">
         <v>0.17</v>
       </c>
       <c r="O30" s="3">
         <v>0.12</v>
       </c>
       <c r="P30" s="3">
         <v>0.23</v>
       </c>
       <c r="Q30" s="3">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C31" s="3">
         <v>0.05</v>
       </c>
       <c r="D31" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E31" s="3">
         <v>1.35</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>0</v>
       </c>
       <c r="H31" s="3">
         <v>0</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
       <c r="J31" s="3">
         <v>0</v>
       </c>
       <c r="K31" s="3">
         <v>0</v>
       </c>
       <c r="L31" s="3">
         <v>0</v>
       </c>
       <c r="M31" s="3">
         <v>0</v>
       </c>
       <c r="N31" s="3">
         <v>0</v>
       </c>
       <c r="O31" s="3">
         <v>0</v>
       </c>
       <c r="P31" s="3">
         <v>0</v>
       </c>
       <c r="Q31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C32" s="8">
         <v>1.1345795700000139</v>
       </c>
       <c r="D32" s="8">
         <v>1.0306405500000295</v>
       </c>
       <c r="E32" s="8">
         <v>1.6746638199999921</v>
       </c>
       <c r="F32" s="8">
         <v>2.6634267599999646</v>
       </c>
       <c r="G32" s="8">
         <v>3.5501297100000073</v>
       </c>
       <c r="H32" s="8">
         <v>3.1605199899999974</v>
       </c>
       <c r="I32" s="8">
-        <v>3.3169057800000132</v>
+        <v>3.316905779999999</v>
       </c>
       <c r="J32" s="8">
         <v>3.5898558299999479</v>
       </c>
       <c r="K32" s="8">
         <v>4.2421803299999681</v>
       </c>
       <c r="L32" s="8">
         <v>5.7135055600000442</v>
       </c>
       <c r="M32" s="8">
-        <v>3.795317300000022</v>
+        <v>3.7953172999999936</v>
       </c>
       <c r="N32" s="8">
-        <v>6.2311049200000639</v>
+        <v>6.2311049200000355</v>
       </c>
       <c r="O32" s="8">
         <v>8.9483030599999438</v>
       </c>
       <c r="P32" s="8">
         <v>6.3441328499999372</v>
       </c>
       <c r="Q32" s="8">
-        <v>1.7831564900000103</v>
+        <v>2.4754636100000198</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C33" s="3">
         <v>8.1229101299999993</v>
       </c>
       <c r="D33" s="3">
         <v>8.676149070000001</v>
       </c>
       <c r="E33" s="3">
         <v>10.08059941</v>
       </c>
       <c r="F33" s="3">
         <v>10.416236639999999</v>
       </c>
       <c r="G33" s="3">
         <v>10.765692570000001</v>
       </c>
       <c r="H33" s="3">
         <v>24.007614570000001</v>
       </c>
       <c r="I33" s="3">
         <v>20.735014939999999</v>
       </c>
       <c r="J33" s="3">
         <v>22.65739533</v>
       </c>
       <c r="K33" s="3">
         <v>31.451837749999999</v>
       </c>
       <c r="L33" s="3">
         <v>23.176245430000002</v>
       </c>
       <c r="M33" s="3">
         <v>21.96668528</v>
       </c>
       <c r="N33" s="3">
         <v>24.881117969999998</v>
       </c>
       <c r="O33" s="3">
         <v>27.766614990000001</v>
       </c>
       <c r="P33" s="3">
         <v>38.185876030000003</v>
       </c>
       <c r="Q33" s="3">
-        <v>27.52481526</v>
+        <v>40.732084270000001</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C34" s="10">
         <v>80.607489700000002</v>
       </c>
       <c r="D34" s="10">
         <v>84.956789620000009</v>
       </c>
       <c r="E34" s="10">
         <v>79.145263229999998</v>
       </c>
       <c r="F34" s="10">
         <v>88.289663399999995</v>
       </c>
       <c r="G34" s="10">
         <v>106.72582228</v>
       </c>
       <c r="H34" s="10">
         <v>150.25813456</v>
       </c>
       <c r="I34" s="10">
         <v>148.78192071999999</v>
       </c>
       <c r="J34" s="10">
         <v>157.18725115999999</v>
       </c>
       <c r="K34" s="10">
         <v>265.45401808000003</v>
       </c>
       <c r="L34" s="10">
         <v>168.57975099000001</v>
       </c>
       <c r="M34" s="10">
         <v>190.68200257999999</v>
       </c>
       <c r="N34" s="10">
         <v>204.04222289000001</v>
       </c>
       <c r="O34" s="10">
         <v>249.93491804999999</v>
       </c>
       <c r="P34" s="10">
         <v>251.76000887999999</v>
       </c>
       <c r="Q34" s="10">
-        <v>122.43797175</v>
+        <v>181.18754788000001</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>120</v>
-[...35 lines deleted...]
-      <c r="J40" s="40"/>
+        <v>117</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C38" s="17"/>
+      <c r="D38" s="17"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="17"/>
+      <c r="I38" s="33"/>
+      <c r="J38" s="33"/>
+      <c r="K38" s="34"/>
+    </row>
+    <row r="39" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="20"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="21"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="21"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="36"/>
+      <c r="J39" s="51"/>
+      <c r="K39" s="37"/>
+    </row>
+    <row r="40" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="20"/>
+      <c r="C40" s="35"/>
+      <c r="D40" s="35"/>
+      <c r="E40" s="35"/>
+      <c r="F40" s="35"/>
+      <c r="G40" s="35"/>
+      <c r="H40" s="35"/>
+      <c r="I40" s="51"/>
+      <c r="J40" s="51"/>
+      <c r="K40" s="37"/>
+    </row>
+    <row r="41" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="38"/>
+      <c r="C41" s="39"/>
+      <c r="D41" s="39"/>
+      <c r="E41" s="39"/>
+      <c r="F41" s="39"/>
+      <c r="G41" s="39"/>
+      <c r="H41" s="39"/>
+      <c r="I41" s="39"/>
+      <c r="J41" s="39"/>
+      <c r="K41" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B38:J40"/>
+    <mergeCell ref="B38:K41"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="B2:Q42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="35.7109375" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.140625" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B2" s="4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B3" s="5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C5" s="7">
+        <v>2011</v>
+      </c>
+      <c r="D5" s="7">
+        <v>2012</v>
+      </c>
+      <c r="E5" s="7">
+        <v>2013</v>
+      </c>
+      <c r="F5" s="7">
+        <v>2014</v>
+      </c>
+      <c r="G5" s="11">
+        <v>2015</v>
+      </c>
+      <c r="H5" s="11">
+        <v>2016</v>
+      </c>
+      <c r="I5" s="11">
+        <v>2017</v>
+      </c>
+      <c r="J5" s="11">
+        <v>2018</v>
+      </c>
+      <c r="K5" s="11">
+        <v>2019</v>
+      </c>
+      <c r="L5" s="11">
+        <v>2020</v>
+      </c>
+      <c r="M5" s="11">
+        <v>2021</v>
+      </c>
+      <c r="N5" s="11">
+        <v>2022</v>
+      </c>
+      <c r="O5" s="11">
+        <v>2023</v>
+      </c>
+      <c r="P5" s="11">
+        <v>2024</v>
+      </c>
+      <c r="Q5" s="11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="6" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="3">
+        <v>38.25</v>
+      </c>
+      <c r="D6" s="3">
+        <v>34.35</v>
+      </c>
+      <c r="E6" s="3">
+        <v>37.130000000000003</v>
+      </c>
+      <c r="F6" s="3">
+        <v>38.369999999999997</v>
+      </c>
+      <c r="G6" s="3">
+        <v>50.53</v>
+      </c>
+      <c r="H6" s="3">
+        <v>47.84</v>
+      </c>
+      <c r="I6" s="3">
+        <v>44.73</v>
+      </c>
+      <c r="J6" s="3">
+        <v>46.21</v>
+      </c>
+      <c r="K6" s="3">
+        <v>56.01</v>
+      </c>
+      <c r="L6" s="3">
+        <v>61.26</v>
+      </c>
+      <c r="M6" s="3">
+        <v>70.989999999999995</v>
+      </c>
+      <c r="N6" s="3">
+        <v>79.849999999999994</v>
+      </c>
+      <c r="O6" s="3">
+        <v>112.47</v>
+      </c>
+      <c r="P6" s="3">
+        <v>94.93</v>
+      </c>
+      <c r="Q6" s="3">
+        <v>68.14</v>
+      </c>
+    </row>
+    <row r="7" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B7" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="3">
+        <v>42.45</v>
+      </c>
+      <c r="D7" s="3">
+        <v>37.79</v>
+      </c>
+      <c r="E7" s="3">
+        <v>33.71</v>
+      </c>
+      <c r="F7" s="3">
+        <v>35.049999999999997</v>
+      </c>
+      <c r="G7" s="3">
+        <v>35.840000000000003</v>
+      </c>
+      <c r="H7" s="3">
+        <v>44.01</v>
+      </c>
+      <c r="I7" s="3">
+        <v>51.26</v>
+      </c>
+      <c r="J7" s="3">
+        <v>48.58</v>
+      </c>
+      <c r="K7" s="3">
+        <v>50.3</v>
+      </c>
+      <c r="L7" s="3">
+        <v>49.92</v>
+      </c>
+      <c r="M7" s="3">
+        <v>52.61</v>
+      </c>
+      <c r="N7" s="3">
+        <v>65.53</v>
+      </c>
+      <c r="O7" s="3">
+        <v>66.430000000000007</v>
+      </c>
+      <c r="P7" s="3">
+        <v>78.05</v>
+      </c>
+      <c r="Q7" s="3">
+        <v>42.22</v>
+      </c>
+    </row>
+    <row r="8" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B8" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="3">
+        <v>21.2</v>
+      </c>
+      <c r="D8" s="3">
+        <v>22.57</v>
+      </c>
+      <c r="E8" s="3">
+        <v>25.82</v>
+      </c>
+      <c r="F8" s="3">
+        <v>31.03</v>
+      </c>
+      <c r="G8" s="3">
+        <v>32.39</v>
+      </c>
+      <c r="H8" s="3">
+        <v>30.07</v>
+      </c>
+      <c r="I8" s="3">
+        <v>34.54</v>
+      </c>
+      <c r="J8" s="3">
+        <v>38.5</v>
+      </c>
+      <c r="K8" s="3">
+        <v>41.16</v>
+      </c>
+      <c r="L8" s="3">
+        <v>39.71</v>
+      </c>
+      <c r="M8" s="3">
+        <v>59.62</v>
+      </c>
+      <c r="N8" s="3">
+        <v>58.2</v>
+      </c>
+      <c r="O8" s="3">
+        <v>68.72</v>
+      </c>
+      <c r="P8" s="3">
+        <v>76.41</v>
+      </c>
+      <c r="Q8" s="3">
+        <v>72.73</v>
+      </c>
+    </row>
+    <row r="9" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B9" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3">
+        <v>14.83</v>
+      </c>
+      <c r="D9" s="3">
+        <v>17.170000000000002</v>
+      </c>
+      <c r="E9" s="3">
+        <v>24.05</v>
+      </c>
+      <c r="F9" s="3">
+        <v>18.14</v>
+      </c>
+      <c r="G9" s="3">
+        <v>38.32</v>
+      </c>
+      <c r="H9" s="3">
+        <v>33.83</v>
+      </c>
+      <c r="I9" s="3">
+        <v>40.61</v>
+      </c>
+      <c r="J9" s="3">
+        <v>39.090000000000003</v>
+      </c>
+      <c r="K9" s="3">
+        <v>52.12</v>
+      </c>
+      <c r="L9" s="3">
+        <v>54.44</v>
+      </c>
+      <c r="M9" s="3">
+        <v>55.07</v>
+      </c>
+      <c r="N9" s="3">
+        <v>67.319999999999993</v>
+      </c>
+      <c r="O9" s="3">
+        <v>66.91</v>
+      </c>
+      <c r="P9" s="3">
+        <v>67.180000000000007</v>
+      </c>
+      <c r="Q9" s="3">
+        <v>49.1</v>
+      </c>
+    </row>
+    <row r="10" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B10" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="3">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="D10" s="3">
+        <v>30.47</v>
+      </c>
+      <c r="E10" s="3">
+        <v>27.69</v>
+      </c>
+      <c r="F10" s="3">
+        <v>28.83</v>
+      </c>
+      <c r="G10" s="3">
+        <v>40.36</v>
+      </c>
+      <c r="H10" s="3">
+        <v>38.79</v>
+      </c>
+      <c r="I10" s="3">
+        <v>36.049999999999997</v>
+      </c>
+      <c r="J10" s="3">
+        <v>37.79</v>
+      </c>
+      <c r="K10" s="3">
+        <v>34.06</v>
+      </c>
+      <c r="L10" s="3">
+        <v>27.35</v>
+      </c>
+      <c r="M10" s="3">
+        <v>31.28</v>
+      </c>
+      <c r="N10" s="3">
+        <v>33.04</v>
+      </c>
+      <c r="O10" s="3">
+        <v>36.93</v>
+      </c>
+      <c r="P10" s="3">
+        <v>37.020000000000003</v>
+      </c>
+      <c r="Q10" s="3">
+        <v>26.54</v>
+      </c>
+    </row>
+    <row r="11" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B11" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="3">
+        <v>14.68</v>
+      </c>
+      <c r="D11" s="3">
+        <v>20.16</v>
+      </c>
+      <c r="E11" s="3">
+        <v>20.48</v>
+      </c>
+      <c r="F11" s="3">
+        <v>18.809999999999999</v>
+      </c>
+      <c r="G11" s="3">
+        <v>27.9</v>
+      </c>
+      <c r="H11" s="3">
+        <v>19.62</v>
+      </c>
+      <c r="I11" s="3">
+        <v>19.03</v>
+      </c>
+      <c r="J11" s="3">
+        <v>22.67</v>
+      </c>
+      <c r="K11" s="3">
+        <v>20.010000000000002</v>
+      </c>
+      <c r="L11" s="3">
+        <v>21</v>
+      </c>
+      <c r="M11" s="3">
+        <v>23.81</v>
+      </c>
+      <c r="N11" s="3">
+        <v>27.77</v>
+      </c>
+      <c r="O11" s="3">
+        <v>35.35</v>
+      </c>
+      <c r="P11" s="3">
+        <v>39.630000000000003</v>
+      </c>
+      <c r="Q11" s="3">
+        <v>29.23</v>
+      </c>
+    </row>
+    <row r="12" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>8.75</v>
+      </c>
+      <c r="D12" s="3">
+        <v>8.9</v>
+      </c>
+      <c r="E12" s="3">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="F12" s="3">
+        <v>12.33</v>
+      </c>
+      <c r="G12" s="3">
+        <v>13.73</v>
+      </c>
+      <c r="H12" s="3">
+        <v>15.34</v>
+      </c>
+      <c r="I12" s="3">
+        <v>16</v>
+      </c>
+      <c r="J12" s="3">
+        <v>20.58</v>
+      </c>
+      <c r="K12" s="3">
+        <v>21.77</v>
+      </c>
+      <c r="L12" s="3">
+        <v>21.24</v>
+      </c>
+      <c r="M12" s="3">
+        <v>32.54</v>
+      </c>
+      <c r="N12" s="3">
+        <v>35.75</v>
+      </c>
+      <c r="O12" s="3">
+        <v>48.12</v>
+      </c>
+      <c r="P12" s="3">
+        <v>39.75</v>
+      </c>
+      <c r="Q12" s="3">
+        <v>25.38</v>
+      </c>
+    </row>
+    <row r="13" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B13" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" s="3">
+        <v>15.85</v>
+      </c>
+      <c r="D13" s="3">
+        <v>15.02</v>
+      </c>
+      <c r="E13" s="3">
+        <v>14.75</v>
+      </c>
+      <c r="F13" s="3">
+        <v>15.56</v>
+      </c>
+      <c r="G13" s="3">
+        <v>22.01</v>
+      </c>
+      <c r="H13" s="3">
+        <v>20.92</v>
+      </c>
+      <c r="I13" s="3">
+        <v>20.47</v>
+      </c>
+      <c r="J13" s="3">
+        <v>18.59</v>
+      </c>
+      <c r="K13" s="3">
+        <v>23.77</v>
+      </c>
+      <c r="L13" s="3">
+        <v>26.31</v>
+      </c>
+      <c r="M13" s="3">
+        <v>18.829999999999998</v>
+      </c>
+      <c r="N13" s="3">
+        <v>28.64</v>
+      </c>
+      <c r="O13" s="3">
+        <v>38.5</v>
+      </c>
+      <c r="P13" s="3">
+        <v>27.89</v>
+      </c>
+      <c r="Q13" s="3">
+        <v>20.92</v>
+      </c>
+    </row>
+    <row r="14" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B14" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="3">
+        <v>12.45</v>
+      </c>
+      <c r="D14" s="3">
+        <v>14.14</v>
+      </c>
+      <c r="E14" s="3">
+        <v>15.56</v>
+      </c>
+      <c r="F14" s="3">
+        <v>14.05</v>
+      </c>
+      <c r="G14" s="3">
+        <v>11.65</v>
+      </c>
+      <c r="H14" s="3">
+        <v>12.25</v>
+      </c>
+      <c r="I14" s="3">
+        <v>16.45</v>
+      </c>
+      <c r="J14" s="3">
+        <v>21.62</v>
+      </c>
+      <c r="K14" s="3">
+        <v>20.74</v>
+      </c>
+      <c r="L14" s="3">
+        <v>17.850000000000001</v>
+      </c>
+      <c r="M14" s="3">
+        <v>16.920000000000002</v>
+      </c>
+      <c r="N14" s="3">
+        <v>18.649999999999999</v>
+      </c>
+      <c r="O14" s="3">
+        <v>22.45</v>
+      </c>
+      <c r="P14" s="3">
+        <v>24.96</v>
+      </c>
+      <c r="Q14" s="3">
+        <v>16.059999999999999</v>
+      </c>
+    </row>
+    <row r="15" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="3">
+        <v>5.3</v>
+      </c>
+      <c r="D15" s="3">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="E15" s="3">
+        <v>7.39</v>
+      </c>
+      <c r="F15" s="3">
+        <v>3.59</v>
+      </c>
+      <c r="G15" s="3">
+        <v>5.77</v>
+      </c>
+      <c r="H15" s="3">
+        <v>5.78</v>
+      </c>
+      <c r="I15" s="3">
+        <v>8.26</v>
+      </c>
+      <c r="J15" s="3">
+        <v>8.01</v>
+      </c>
+      <c r="K15" s="3">
+        <v>9.1199999999999992</v>
+      </c>
+      <c r="L15" s="3">
+        <v>10.54</v>
+      </c>
+      <c r="M15" s="3">
+        <v>26.65</v>
+      </c>
+      <c r="N15" s="3">
+        <v>30.82</v>
+      </c>
+      <c r="O15" s="3">
+        <v>39.01</v>
+      </c>
+      <c r="P15" s="3">
+        <v>34.85</v>
+      </c>
+      <c r="Q15" s="3">
+        <v>41.26</v>
+      </c>
+    </row>
+    <row r="16" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B16" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="3">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="D16" s="3">
+        <v>1.46</v>
+      </c>
+      <c r="E16" s="3">
+        <v>0.91</v>
+      </c>
+      <c r="F16" s="3">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="G16" s="3">
+        <v>3.19</v>
+      </c>
+      <c r="H16" s="3">
+        <v>7.71</v>
+      </c>
+      <c r="I16" s="3">
+        <v>5.32</v>
+      </c>
+      <c r="J16" s="3">
+        <v>7.48</v>
+      </c>
+      <c r="K16" s="3">
+        <v>6.38</v>
+      </c>
+      <c r="L16" s="3">
+        <v>11.7</v>
+      </c>
+      <c r="M16" s="3">
+        <v>9.24</v>
+      </c>
+      <c r="N16" s="3">
+        <v>35.159999999999997</v>
+      </c>
+      <c r="O16" s="3">
+        <v>43.16</v>
+      </c>
+      <c r="P16" s="3">
+        <v>56.84</v>
+      </c>
+      <c r="Q16" s="3">
+        <v>29.26</v>
+      </c>
+    </row>
+    <row r="17" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B17" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" s="3">
+        <v>13.03</v>
+      </c>
+      <c r="D17" s="3">
+        <v>9.9700000000000006</v>
+      </c>
+      <c r="E17" s="3">
+        <v>15.44</v>
+      </c>
+      <c r="F17" s="3">
+        <v>13.45</v>
+      </c>
+      <c r="G17" s="3">
+        <v>17.170000000000002</v>
+      </c>
+      <c r="H17" s="3">
+        <v>9.74</v>
+      </c>
+      <c r="I17" s="3">
+        <v>14.44</v>
+      </c>
+      <c r="J17" s="3">
+        <v>18.739999999999998</v>
+      </c>
+      <c r="K17" s="3">
+        <v>9.8699999999999992</v>
+      </c>
+      <c r="L17" s="3">
+        <v>7.2</v>
+      </c>
+      <c r="M17" s="3">
+        <v>15.05</v>
+      </c>
+      <c r="N17" s="3">
+        <v>12.24</v>
+      </c>
+      <c r="O17" s="3">
+        <v>17.89</v>
+      </c>
+      <c r="P17" s="3">
+        <v>23.02</v>
+      </c>
+      <c r="Q17" s="3">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="18" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B18" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="3">
+        <v>14.58</v>
+      </c>
+      <c r="D18" s="3">
+        <v>14.64</v>
+      </c>
+      <c r="E18" s="3">
+        <v>13.59</v>
+      </c>
+      <c r="F18" s="3">
+        <v>14.66</v>
+      </c>
+      <c r="G18" s="3">
+        <v>12.05</v>
+      </c>
+      <c r="H18" s="3">
+        <v>10.210000000000001</v>
+      </c>
+      <c r="I18" s="3">
+        <v>10.83</v>
+      </c>
+      <c r="J18" s="3">
+        <v>10.64</v>
+      </c>
+      <c r="K18" s="3">
+        <v>12.59</v>
+      </c>
+      <c r="L18" s="3">
+        <v>9.66</v>
+      </c>
+      <c r="M18" s="3">
+        <v>14.52</v>
+      </c>
+      <c r="N18" s="3">
+        <v>16.73</v>
+      </c>
+      <c r="O18" s="3">
+        <v>15.6</v>
+      </c>
+      <c r="P18" s="3">
+        <v>17.72</v>
+      </c>
+      <c r="Q18" s="3">
+        <v>12.22</v>
+      </c>
+    </row>
+    <row r="19" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B19" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="3">
+        <v>11.75</v>
+      </c>
+      <c r="D19" s="3">
+        <v>11.29</v>
+      </c>
+      <c r="E19" s="3">
+        <v>11.02</v>
+      </c>
+      <c r="F19" s="3">
+        <v>10.1</v>
+      </c>
+      <c r="G19" s="3">
+        <v>11.93</v>
+      </c>
+      <c r="H19" s="3">
+        <v>12.78</v>
+      </c>
+      <c r="I19" s="3">
+        <v>10.81</v>
+      </c>
+      <c r="J19" s="3">
+        <v>7.85</v>
+      </c>
+      <c r="K19" s="3">
+        <v>7.7</v>
+      </c>
+      <c r="L19" s="3">
+        <v>9.18</v>
+      </c>
+      <c r="M19" s="3">
+        <v>11.16</v>
+      </c>
+      <c r="N19" s="3">
+        <v>11.91</v>
+      </c>
+      <c r="O19" s="3">
+        <v>11.44</v>
+      </c>
+      <c r="P19" s="3">
+        <v>14.26</v>
+      </c>
+      <c r="Q19" s="3">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="20" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B20" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="3">
+        <v>7.83</v>
+      </c>
+      <c r="D20" s="3">
+        <v>7.98</v>
+      </c>
+      <c r="E20" s="3">
+        <v>7.55</v>
+      </c>
+      <c r="F20" s="3">
+        <v>6.9</v>
+      </c>
+      <c r="G20" s="3">
+        <v>7.84</v>
+      </c>
+      <c r="H20" s="3">
+        <v>8.85</v>
+      </c>
+      <c r="I20" s="3">
+        <v>14.15</v>
+      </c>
+      <c r="J20" s="3">
+        <v>17.489999999999998</v>
+      </c>
+      <c r="K20" s="3">
+        <v>18.12</v>
+      </c>
+      <c r="L20" s="3">
+        <v>12.91</v>
+      </c>
+      <c r="M20" s="3">
+        <v>15.56</v>
+      </c>
+      <c r="N20" s="3">
+        <v>5.26</v>
+      </c>
+      <c r="O20" s="3">
+        <v>6.36</v>
+      </c>
+      <c r="P20" s="3">
+        <v>12.76</v>
+      </c>
+      <c r="Q20" s="3">
+        <v>4.4400000000000004</v>
+      </c>
+    </row>
+    <row r="21" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B21" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="3">
+        <v>4.62</v>
+      </c>
+      <c r="D21" s="3">
+        <v>5.94</v>
+      </c>
+      <c r="E21" s="3">
+        <v>5.28</v>
+      </c>
+      <c r="F21" s="3">
+        <v>4.37</v>
+      </c>
+      <c r="G21" s="3">
+        <v>4.8</v>
+      </c>
+      <c r="H21" s="3">
+        <v>8.06</v>
+      </c>
+      <c r="I21" s="3">
+        <v>6.13</v>
+      </c>
+      <c r="J21" s="3">
+        <v>6.22</v>
+      </c>
+      <c r="K21" s="3">
+        <v>6.36</v>
+      </c>
+      <c r="L21" s="3">
+        <v>6.12</v>
+      </c>
+      <c r="M21" s="3">
+        <v>9.66</v>
+      </c>
+      <c r="N21" s="3">
+        <v>11.16</v>
+      </c>
+      <c r="O21" s="3">
+        <v>11.91</v>
+      </c>
+      <c r="P21" s="3">
+        <v>14.58</v>
+      </c>
+      <c r="Q21" s="3">
+        <v>6.57</v>
+      </c>
+    </row>
+    <row r="22" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B22" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="3">
+        <v>3.76</v>
+      </c>
+      <c r="D22" s="3">
+        <v>2.33</v>
+      </c>
+      <c r="E22" s="3">
+        <v>3.8</v>
+      </c>
+      <c r="F22" s="3">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1.2</v>
+      </c>
+      <c r="H22" s="3">
+        <v>1.31</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0.94</v>
+      </c>
+      <c r="J22" s="3">
+        <v>4.49</v>
+      </c>
+      <c r="K22" s="3">
+        <v>10.76</v>
+      </c>
+      <c r="L22" s="3">
+        <v>10.58</v>
+      </c>
+      <c r="M22" s="3">
+        <v>16.989999999999998</v>
+      </c>
+      <c r="N22" s="3">
+        <v>12.88</v>
+      </c>
+      <c r="O22" s="3">
+        <v>20.8</v>
+      </c>
+      <c r="P22" s="3">
+        <v>11.4</v>
+      </c>
+      <c r="Q22" s="3">
+        <v>5.22</v>
+      </c>
+    </row>
+    <row r="23" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B23" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" s="3">
+        <v>1.84</v>
+      </c>
+      <c r="D23" s="3">
+        <v>2.19</v>
+      </c>
+      <c r="E23" s="3">
+        <v>2.83</v>
+      </c>
+      <c r="F23" s="3">
+        <v>3.95</v>
+      </c>
+      <c r="G23" s="3">
+        <v>3.72</v>
+      </c>
+      <c r="H23" s="3">
+        <v>4.03</v>
+      </c>
+      <c r="I23" s="3">
+        <v>3.38</v>
+      </c>
+      <c r="J23" s="3">
+        <v>3.3</v>
+      </c>
+      <c r="K23" s="3">
+        <v>3.84</v>
+      </c>
+      <c r="L23" s="3">
+        <v>3.92</v>
+      </c>
+      <c r="M23" s="3">
+        <v>4.26</v>
+      </c>
+      <c r="N23" s="3">
+        <v>21.08</v>
+      </c>
+      <c r="O23" s="3">
+        <v>24.7</v>
+      </c>
+      <c r="P23" s="3">
+        <v>9.36</v>
+      </c>
+      <c r="Q23" s="3">
+        <v>5.69</v>
+      </c>
+    </row>
+    <row r="24" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="3">
+        <v>3.04</v>
+      </c>
+      <c r="D24" s="3">
+        <v>3.57</v>
+      </c>
+      <c r="E24" s="3">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="F24" s="3">
+        <v>3.43</v>
+      </c>
+      <c r="G24" s="3">
+        <v>2.98</v>
+      </c>
+      <c r="H24" s="3">
+        <v>2.19</v>
+      </c>
+      <c r="I24" s="3">
+        <v>3.86</v>
+      </c>
+      <c r="J24" s="3">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="K24" s="3">
+        <v>5.69</v>
+      </c>
+      <c r="L24" s="3">
+        <v>5.14</v>
+      </c>
+      <c r="M24" s="3">
+        <v>7.63</v>
+      </c>
+      <c r="N24" s="3">
+        <v>8.1199999999999992</v>
+      </c>
+      <c r="O24" s="3">
+        <v>7.74</v>
+      </c>
+      <c r="P24" s="3">
+        <v>9.61</v>
+      </c>
+      <c r="Q24" s="3">
+        <v>8.94</v>
+      </c>
+    </row>
+    <row r="25" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B25" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C25" s="3">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="D25" s="3">
+        <v>0.73</v>
+      </c>
+      <c r="E25" s="3">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="F25" s="3">
+        <v>1.67</v>
+      </c>
+      <c r="G25" s="3">
+        <v>4.8899999999999997</v>
+      </c>
+      <c r="H25" s="3">
+        <v>3.96</v>
+      </c>
+      <c r="I25" s="3">
+        <v>4.3</v>
+      </c>
+      <c r="J25" s="3">
+        <v>5.38</v>
+      </c>
+      <c r="K25" s="3">
+        <v>5.9</v>
+      </c>
+      <c r="L25" s="3">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="M25" s="3">
+        <v>6.82</v>
+      </c>
+      <c r="N25" s="3">
+        <v>7.13</v>
+      </c>
+      <c r="O25" s="3">
+        <v>8.11</v>
+      </c>
+      <c r="P25" s="3">
+        <v>11.82</v>
+      </c>
+      <c r="Q25" s="3">
+        <v>10.48</v>
+      </c>
+    </row>
+    <row r="26" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B26" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="3">
+        <v>1.77</v>
+      </c>
+      <c r="D26" s="3">
+        <v>1.36</v>
+      </c>
+      <c r="E26" s="3">
+        <v>1.79</v>
+      </c>
+      <c r="F26" s="3">
+        <v>2.75</v>
+      </c>
+      <c r="G26" s="3">
+        <v>2.39</v>
+      </c>
+      <c r="H26" s="3">
+        <v>2.41</v>
+      </c>
+      <c r="I26" s="3">
+        <v>2.12</v>
+      </c>
+      <c r="J26" s="3">
+        <v>3.26</v>
+      </c>
+      <c r="K26" s="3">
+        <v>2.91</v>
+      </c>
+      <c r="L26" s="3">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="M26" s="3">
+        <v>5.0199999999999996</v>
+      </c>
+      <c r="N26" s="3">
+        <v>9.27</v>
+      </c>
+      <c r="O26" s="3">
+        <v>12.53</v>
+      </c>
+      <c r="P26" s="3">
+        <v>13.58</v>
+      </c>
+      <c r="Q26" s="3">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="27" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B27" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="3">
+        <v>3.05</v>
+      </c>
+      <c r="D27" s="3">
+        <v>3.56</v>
+      </c>
+      <c r="E27" s="3">
+        <v>3.47</v>
+      </c>
+      <c r="F27" s="3">
+        <v>1.9</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1.53</v>
+      </c>
+      <c r="H27" s="3">
+        <v>1.5</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1.59</v>
+      </c>
+      <c r="J27" s="3">
+        <v>4.16</v>
+      </c>
+      <c r="K27" s="3">
+        <v>3.26</v>
+      </c>
+      <c r="L27" s="3">
+        <v>1.57</v>
+      </c>
+      <c r="M27" s="3">
+        <v>2.35</v>
+      </c>
+      <c r="N27" s="3">
+        <v>7.34</v>
+      </c>
+      <c r="O27" s="3">
+        <v>6.87</v>
+      </c>
+      <c r="P27" s="3">
+        <v>8.2200000000000006</v>
+      </c>
+      <c r="Q27" s="3">
+        <v>3.52</v>
+      </c>
+    </row>
+    <row r="28" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B28" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C28" s="3">
+        <v>1.69</v>
+      </c>
+      <c r="D28" s="3">
+        <v>2</v>
+      </c>
+      <c r="E28" s="3">
+        <v>1.97</v>
+      </c>
+      <c r="F28" s="3">
+        <v>1.65</v>
+      </c>
+      <c r="G28" s="3">
+        <v>2.34</v>
+      </c>
+      <c r="H28" s="3">
+        <v>2.73</v>
+      </c>
+      <c r="I28" s="3">
+        <v>4</v>
+      </c>
+      <c r="J28" s="3">
+        <v>3.03</v>
+      </c>
+      <c r="K28" s="3">
+        <v>2.98</v>
+      </c>
+      <c r="L28" s="3">
+        <v>3.16</v>
+      </c>
+      <c r="M28" s="3">
+        <v>3.8</v>
+      </c>
+      <c r="N28" s="3">
+        <v>4.25</v>
+      </c>
+      <c r="O28" s="3">
+        <v>3.62</v>
+      </c>
+      <c r="P28" s="3">
+        <v>4.42</v>
+      </c>
+      <c r="Q28" s="3">
+        <v>3.35</v>
+      </c>
+    </row>
+    <row r="29" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B29" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="3">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="D29" s="3">
+        <v>1.77</v>
+      </c>
+      <c r="E29" s="3">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F29" s="3">
+        <v>1.58</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1.86</v>
+      </c>
+      <c r="H29" s="3">
+        <v>1.45</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1.36</v>
+      </c>
+      <c r="J29" s="3">
+        <v>1.39</v>
+      </c>
+      <c r="K29" s="3">
+        <v>2.11</v>
+      </c>
+      <c r="L29" s="3">
+        <v>0.83</v>
+      </c>
+      <c r="M29" s="3">
+        <v>2.06</v>
+      </c>
+      <c r="N29" s="3">
+        <v>8.8699999999999992</v>
+      </c>
+      <c r="O29" s="3">
+        <v>6.35</v>
+      </c>
+      <c r="P29" s="3">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="Q29" s="3">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="30" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="3">
+        <v>0.63</v>
+      </c>
+      <c r="D30" s="3">
+        <v>1.23</v>
+      </c>
+      <c r="E30" s="3">
+        <v>1.01</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0.8</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1.41</v>
+      </c>
+      <c r="H30" s="3">
+        <v>2.17</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1.3</v>
+      </c>
+      <c r="J30" s="3">
+        <v>1.77</v>
+      </c>
+      <c r="K30" s="3">
+        <v>1.72</v>
+      </c>
+      <c r="L30" s="3">
+        <v>1.62</v>
+      </c>
+      <c r="M30" s="3">
+        <v>1.84</v>
+      </c>
+      <c r="N30" s="3">
+        <v>5.22</v>
+      </c>
+      <c r="O30" s="3">
+        <v>6.16</v>
+      </c>
+      <c r="P30" s="3">
+        <v>8.67</v>
+      </c>
+      <c r="Q30" s="3">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="31" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B31" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C31" s="3">
+        <v>0.04</v>
+      </c>
+      <c r="D31" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="E31" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="G31" s="3">
+        <v>0.99</v>
+      </c>
+      <c r="H31" s="3">
+        <v>0.85</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0.46</v>
+      </c>
+      <c r="J31" s="3">
+        <v>0</v>
+      </c>
+      <c r="K31" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="L31" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="M31" s="3">
+        <v>5.97</v>
+      </c>
+      <c r="N31" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="O31" s="3">
+        <v>10.39</v>
+      </c>
+      <c r="P31" s="3">
+        <v>7.42</v>
+      </c>
+      <c r="Q31" s="3">
+        <v>5.93</v>
+      </c>
+    </row>
+    <row r="32" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B32" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="3">
+        <v>0.21</v>
+      </c>
+      <c r="D32" s="3">
+        <v>0.31</v>
+      </c>
+      <c r="E32" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F32" s="3">
+        <v>0.05</v>
+      </c>
+      <c r="G32" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="H32" s="3">
+        <v>0.22</v>
+      </c>
+      <c r="I32" s="3">
+        <v>0.26</v>
+      </c>
+      <c r="J32" s="3">
+        <v>1.57</v>
+      </c>
+      <c r="K32" s="3">
+        <v>1.86</v>
+      </c>
+      <c r="L32" s="3">
+        <v>2.02</v>
+      </c>
+      <c r="M32" s="3">
+        <v>1.68</v>
+      </c>
+      <c r="N32" s="3">
+        <v>11.21</v>
+      </c>
+      <c r="O32" s="3">
+        <v>8.1</v>
+      </c>
+      <c r="P32" s="3">
+        <v>3.53</v>
+      </c>
+      <c r="Q32" s="3">
+        <v>2.3199999999999998</v>
+      </c>
+    </row>
+    <row r="33" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B33" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="3">
+        <v>0.6</v>
+      </c>
+      <c r="D33" s="3">
+        <v>0.52</v>
+      </c>
+      <c r="E33" s="3">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="F33" s="3">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="G33" s="3">
+        <v>0.7</v>
+      </c>
+      <c r="H33" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="I33" s="3">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J33" s="3">
+        <v>0.48</v>
+      </c>
+      <c r="K33" s="3">
+        <v>0.41</v>
+      </c>
+      <c r="L33" s="3">
+        <v>0.69</v>
+      </c>
+      <c r="M33" s="3">
+        <v>2.04</v>
+      </c>
+      <c r="N33" s="3">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="O33" s="3">
+        <v>7.62</v>
+      </c>
+      <c r="P33" s="3">
+        <v>8</v>
+      </c>
+      <c r="Q33" s="3">
+        <v>5.65</v>
+      </c>
+    </row>
+    <row r="34" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B34" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="8">
+        <v>15.95167189</v>
+      </c>
+      <c r="D34" s="8">
+        <v>16.788968919999945</v>
+      </c>
+      <c r="E34" s="8">
+        <v>14.019881220000059</v>
+      </c>
+      <c r="F34" s="8">
+        <v>12.856289840000045</v>
+      </c>
+      <c r="G34" s="8">
+        <v>14.585005500000079</v>
+      </c>
+      <c r="H34" s="8">
+        <v>10.872517749999986</v>
+      </c>
+      <c r="I34" s="8">
+        <v>11.339795300000105</v>
+      </c>
+      <c r="J34" s="8">
+        <v>16.53130742999997</v>
+      </c>
+      <c r="K34" s="8">
+        <v>13.382055309999942</v>
+      </c>
+      <c r="L34" s="8">
+        <v>15.40181524999997</v>
+      </c>
+      <c r="M34" s="8">
+        <v>25.137585889999968</v>
+      </c>
+      <c r="N34" s="8">
+        <v>28.887199440000018</v>
+      </c>
+      <c r="O34" s="8">
+        <v>44.152438509999911</v>
+      </c>
+      <c r="P34" s="8">
+        <v>44.855961250000064</v>
+      </c>
+      <c r="Q34" s="8">
+        <v>32.894758139999908</v>
+      </c>
+    </row>
+    <row r="35" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B35" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="3">
+        <v>37.053075</v>
+      </c>
+      <c r="D35" s="3">
+        <v>41.288158799999998</v>
+      </c>
+      <c r="E35" s="3">
+        <v>39.156734630000003</v>
+      </c>
+      <c r="F35" s="3">
+        <v>59.855118259999998</v>
+      </c>
+      <c r="G35" s="3">
+        <v>64.063578469999996</v>
+      </c>
+      <c r="H35" s="3">
+        <v>101.23523283</v>
+      </c>
+      <c r="I35" s="3">
+        <v>110.3248875</v>
+      </c>
+      <c r="J35" s="3">
+        <v>102.65183058</v>
+      </c>
+      <c r="K35" s="3">
+        <v>98.54396328</v>
+      </c>
+      <c r="L35" s="3">
+        <v>112.77966846</v>
+      </c>
+      <c r="M35" s="3">
+        <v>145.46246887999999</v>
+      </c>
+      <c r="N35" s="3">
+        <v>130.84009381999999</v>
+      </c>
+      <c r="O35" s="3">
+        <v>160.54642835000001</v>
+      </c>
+      <c r="P35" s="3">
+        <v>147.67759272000001</v>
+      </c>
+      <c r="Q35" s="3">
+        <v>163.28421709</v>
+      </c>
+    </row>
+    <row r="36" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B36" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="10">
+        <v>331.97474689000001</v>
+      </c>
+      <c r="D36" s="10">
+        <v>338.85712771999999</v>
+      </c>
+      <c r="E36" s="10">
+        <v>342.98661585000002</v>
+      </c>
+      <c r="F36" s="10">
+        <v>361.53140810000002</v>
+      </c>
+      <c r="G36" s="10">
+        <v>438.16858396999999</v>
+      </c>
+      <c r="H36" s="10">
+        <v>460.81775057999999</v>
+      </c>
+      <c r="I36" s="10">
+        <v>494.4546828</v>
+      </c>
+      <c r="J36" s="10">
+        <v>522.84313800999996</v>
+      </c>
+      <c r="K36" s="10">
+        <v>543.45601858999999</v>
+      </c>
+      <c r="L36" s="10">
+        <v>553.10148371000002</v>
+      </c>
+      <c r="M36" s="10">
+        <v>694.57005476999996</v>
+      </c>
+      <c r="N36" s="10">
+        <v>804.83729326000002</v>
+      </c>
+      <c r="O36" s="10">
+        <v>968.93886685999996</v>
+      </c>
+      <c r="P36" s="10">
+        <v>952.81355397000004</v>
+      </c>
+      <c r="Q36" s="10">
+        <v>726.27897523000001</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B38" s="2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="39" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B39" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B40" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C40" s="17"/>
+      <c r="D40" s="17"/>
+      <c r="E40" s="18"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+      <c r="K40" s="19"/>
+    </row>
+    <row r="41" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B41" s="20"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="22"/>
+      <c r="F41" s="22"/>
+      <c r="G41" s="22"/>
+      <c r="H41" s="22"/>
+      <c r="I41" s="22"/>
+      <c r="J41" s="22"/>
+      <c r="K41" s="23"/>
+    </row>
+    <row r="42" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B42" s="30"/>
+      <c r="C42" s="31"/>
+      <c r="D42" s="31"/>
+      <c r="E42" s="26"/>
+      <c r="F42" s="26"/>
+      <c r="G42" s="26"/>
+      <c r="H42" s="26"/>
+      <c r="I42" s="26"/>
+      <c r="J42" s="26"/>
+      <c r="K42" s="27"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B40:K42"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="B2:Q52"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="3.5703125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="36.5703125" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="11.7109375" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
-[...1630 lines deleted...]
-      <c r="B3" s="5" t="s">
         <v>96</v>
-      </c>
-[...48 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>31.89</v>
       </c>
       <c r="D6" s="3">
         <v>39.17</v>
       </c>
       <c r="E6" s="3">
         <v>40.229999999999997</v>
       </c>
       <c r="F6" s="3">
         <v>42.09</v>
       </c>
       <c r="G6" s="3">
         <v>48.57</v>
       </c>
       <c r="H6" s="3">
         <v>58.93</v>
       </c>
       <c r="I6" s="3">
         <v>53.6</v>
       </c>
       <c r="J6" s="3">
         <v>85.17</v>
       </c>
       <c r="K6" s="3">
         <v>117.32</v>
       </c>
       <c r="L6" s="3">
         <v>89.58</v>
       </c>
       <c r="M6" s="3">
         <v>106.94</v>
       </c>
       <c r="N6" s="3">
         <v>144.66999999999999</v>
       </c>
       <c r="O6" s="3">
         <v>166.49</v>
       </c>
       <c r="P6" s="3">
         <v>212.42</v>
       </c>
       <c r="Q6" s="3">
-        <v>99.06</v>
+        <v>163.18</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="3">
         <v>68.819999999999993</v>
       </c>
       <c r="D7" s="3">
         <v>60.34</v>
       </c>
       <c r="E7" s="3">
         <v>37.08</v>
       </c>
       <c r="F7" s="3">
         <v>27.14</v>
       </c>
       <c r="G7" s="3">
         <v>35.25</v>
       </c>
       <c r="H7" s="3">
         <v>29.33</v>
       </c>
       <c r="I7" s="3">
         <v>34.29</v>
       </c>
       <c r="J7" s="3">
         <v>29.42</v>
       </c>
       <c r="K7" s="3">
         <v>31.54</v>
       </c>
       <c r="L7" s="3">
         <v>29.14</v>
       </c>
       <c r="M7" s="3">
         <v>37</v>
       </c>
       <c r="N7" s="3">
         <v>48.23</v>
       </c>
       <c r="O7" s="3">
         <v>45.67</v>
       </c>
       <c r="P7" s="3">
         <v>80.66</v>
       </c>
       <c r="Q7" s="3">
-        <v>32.11</v>
+        <v>47.78</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="3">
         <v>15.75</v>
       </c>
       <c r="D8" s="3">
         <v>19.03</v>
       </c>
       <c r="E8" s="3">
         <v>19.97</v>
       </c>
       <c r="F8" s="3">
         <v>15.93</v>
       </c>
       <c r="G8" s="3">
         <v>22.64</v>
       </c>
       <c r="H8" s="3">
         <v>29.88</v>
       </c>
       <c r="I8" s="3">
         <v>31.69</v>
       </c>
       <c r="J8" s="3">
         <v>33.64</v>
       </c>
       <c r="K8" s="3">
         <v>32.72</v>
       </c>
       <c r="L8" s="3">
         <v>32.39</v>
       </c>
       <c r="M8" s="3">
         <v>46.95</v>
       </c>
       <c r="N8" s="3">
         <v>60.89</v>
       </c>
       <c r="O8" s="3">
         <v>74.03</v>
       </c>
       <c r="P8" s="3">
         <v>91.87</v>
       </c>
       <c r="Q8" s="3">
-        <v>40.909999999999997</v>
+        <v>63.68</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C9" s="3">
         <v>24.55</v>
       </c>
       <c r="D9" s="3">
         <v>22.38</v>
       </c>
       <c r="E9" s="3">
         <v>22.46</v>
       </c>
       <c r="F9" s="3">
         <v>22.11</v>
       </c>
       <c r="G9" s="3">
         <v>33.159999999999997</v>
       </c>
       <c r="H9" s="3">
         <v>28.59</v>
       </c>
       <c r="I9" s="3">
         <v>32.58</v>
       </c>
       <c r="J9" s="3">
         <v>41.18</v>
       </c>
       <c r="K9" s="3">
         <v>32.630000000000003</v>
       </c>
       <c r="L9" s="3">
         <v>30.67</v>
       </c>
       <c r="M9" s="3">
         <v>40.799999999999997</v>
       </c>
       <c r="N9" s="3">
         <v>49.46</v>
       </c>
       <c r="O9" s="3">
         <v>67.31</v>
       </c>
       <c r="P9" s="3">
         <v>58.04</v>
       </c>
       <c r="Q9" s="3">
-        <v>35.81</v>
+        <v>69.790000000000006</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="3">
         <v>16.34</v>
       </c>
       <c r="D10" s="3">
         <v>16.72</v>
       </c>
       <c r="E10" s="3">
         <v>13.79</v>
       </c>
       <c r="F10" s="3">
         <v>20.76</v>
       </c>
       <c r="G10" s="3">
         <v>20.94</v>
       </c>
       <c r="H10" s="3">
         <v>17.739999999999998</v>
       </c>
       <c r="I10" s="3">
         <v>21.33</v>
       </c>
       <c r="J10" s="3">
         <v>38.380000000000003</v>
       </c>
       <c r="K10" s="3">
         <v>43.3</v>
       </c>
       <c r="L10" s="3">
         <v>28.83</v>
       </c>
       <c r="M10" s="3">
         <v>36.950000000000003</v>
       </c>
       <c r="N10" s="3">
         <v>49.5</v>
       </c>
       <c r="O10" s="3">
         <v>59.95</v>
       </c>
       <c r="P10" s="3">
         <v>58.02</v>
       </c>
       <c r="Q10" s="3">
-        <v>23.31</v>
+        <v>35.94</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C11" s="3">
         <v>5.43</v>
       </c>
       <c r="D11" s="3">
         <v>8.4</v>
       </c>
       <c r="E11" s="3">
         <v>11.16</v>
       </c>
       <c r="F11" s="3">
         <v>10.74</v>
       </c>
       <c r="G11" s="3">
         <v>15.33</v>
       </c>
       <c r="H11" s="3">
         <v>18.63</v>
       </c>
       <c r="I11" s="3">
         <v>18.86</v>
       </c>
       <c r="J11" s="3">
         <v>23.76</v>
       </c>
       <c r="K11" s="3">
         <v>26.48</v>
       </c>
       <c r="L11" s="3">
         <v>25.65</v>
       </c>
       <c r="M11" s="3">
         <v>26.04</v>
       </c>
       <c r="N11" s="3">
         <v>31.13</v>
       </c>
       <c r="O11" s="3">
         <v>67.64</v>
       </c>
       <c r="P11" s="3">
         <v>70.98</v>
       </c>
       <c r="Q11" s="3">
-        <v>32.35</v>
+        <v>51.43</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C12" s="3">
         <v>47.98</v>
       </c>
       <c r="D12" s="3">
         <v>54.83</v>
       </c>
       <c r="E12" s="3">
         <v>54.17</v>
       </c>
       <c r="F12" s="3">
         <v>36.85</v>
       </c>
       <c r="G12" s="3">
         <v>4.1399999999999997</v>
       </c>
       <c r="H12" s="3">
         <v>2.5299999999999998</v>
       </c>
       <c r="I12" s="3">
         <v>4.2</v>
       </c>
       <c r="J12" s="3">
         <v>4.95</v>
       </c>
       <c r="K12" s="3">
         <v>5.91</v>
       </c>
       <c r="L12" s="3">
         <v>9.01</v>
       </c>
       <c r="M12" s="3">
         <v>15.27</v>
       </c>
       <c r="N12" s="3">
         <v>26.78</v>
       </c>
       <c r="O12" s="3">
         <v>43.72</v>
       </c>
       <c r="P12" s="3">
         <v>58.49</v>
       </c>
       <c r="Q12" s="3">
-        <v>23.73</v>
+        <v>40.58</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C13" s="3">
         <v>9.85</v>
       </c>
       <c r="D13" s="3">
         <v>11.91</v>
       </c>
       <c r="E13" s="3">
         <v>12.28</v>
       </c>
       <c r="F13" s="3">
         <v>9.61</v>
       </c>
       <c r="G13" s="3">
         <v>14.43</v>
       </c>
       <c r="H13" s="3">
         <v>15.43</v>
       </c>
       <c r="I13" s="3">
         <v>16.899999999999999</v>
       </c>
       <c r="J13" s="3">
         <v>18.37</v>
       </c>
       <c r="K13" s="3">
         <v>20.83</v>
       </c>
       <c r="L13" s="3">
         <v>13.55</v>
       </c>
       <c r="M13" s="3">
         <v>18.61</v>
       </c>
       <c r="N13" s="3">
         <v>61.54</v>
       </c>
       <c r="O13" s="3">
         <v>27.84</v>
       </c>
       <c r="P13" s="3">
         <v>32.08</v>
       </c>
       <c r="Q13" s="3">
-        <v>11.93</v>
+        <v>26.1</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C14" s="3">
         <v>11.34</v>
       </c>
       <c r="D14" s="3">
         <v>10.96</v>
       </c>
       <c r="E14" s="3">
         <v>11.47</v>
       </c>
       <c r="F14" s="3">
         <v>17.420000000000002</v>
       </c>
       <c r="G14" s="3">
         <v>18.14</v>
       </c>
       <c r="H14" s="3">
         <v>21.26</v>
       </c>
       <c r="I14" s="3">
         <v>17.21</v>
       </c>
       <c r="J14" s="3">
         <v>19.88</v>
       </c>
       <c r="K14" s="3">
         <v>21.82</v>
       </c>
       <c r="L14" s="3">
         <v>17.579999999999998</v>
       </c>
       <c r="M14" s="3">
         <v>19.350000000000001</v>
       </c>
       <c r="N14" s="3">
         <v>25.78</v>
       </c>
       <c r="O14" s="3">
         <v>28.95</v>
       </c>
       <c r="P14" s="3">
         <v>37.51</v>
       </c>
       <c r="Q14" s="3">
-        <v>15.56</v>
+        <v>23.52</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="3">
         <v>6.66</v>
       </c>
       <c r="D15" s="3">
         <v>6.07</v>
       </c>
       <c r="E15" s="3">
         <v>12.2</v>
       </c>
       <c r="F15" s="3">
         <v>11.38</v>
       </c>
       <c r="G15" s="3">
         <v>16.79</v>
       </c>
       <c r="H15" s="3">
         <v>11.26</v>
       </c>
       <c r="I15" s="3">
         <v>11.71</v>
       </c>
       <c r="J15" s="3">
         <v>14.53</v>
       </c>
       <c r="K15" s="3">
         <v>21.98</v>
       </c>
       <c r="L15" s="3">
         <v>12.32</v>
       </c>
       <c r="M15" s="3">
         <v>13.72</v>
       </c>
       <c r="N15" s="3">
         <v>21.22</v>
       </c>
       <c r="O15" s="3">
         <v>29.96</v>
       </c>
       <c r="P15" s="3">
         <v>59.41</v>
       </c>
       <c r="Q15" s="3">
-        <v>29.11</v>
+        <v>45.94</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C16" s="3">
         <v>2.84</v>
       </c>
       <c r="D16" s="3">
         <v>3.2</v>
       </c>
       <c r="E16" s="3">
         <v>3.88</v>
       </c>
       <c r="F16" s="3">
         <v>9.08</v>
       </c>
       <c r="G16" s="3">
         <v>23.08</v>
       </c>
       <c r="H16" s="3">
         <v>7.89</v>
       </c>
       <c r="I16" s="3">
         <v>13.79</v>
       </c>
       <c r="J16" s="3">
         <v>13.96</v>
       </c>
       <c r="K16" s="3">
         <v>8.31</v>
       </c>
       <c r="L16" s="3">
         <v>19.02</v>
       </c>
       <c r="M16" s="3">
         <v>30</v>
       </c>
       <c r="N16" s="3">
         <v>30.07</v>
       </c>
       <c r="O16" s="3">
         <v>49.57</v>
       </c>
       <c r="P16" s="3">
         <v>32.57</v>
       </c>
       <c r="Q16" s="3">
-        <v>14.21</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C17" s="3">
         <v>12.85</v>
       </c>
       <c r="D17" s="3">
         <v>10.52</v>
       </c>
       <c r="E17" s="3">
         <v>13.11</v>
       </c>
       <c r="F17" s="3">
         <v>10.78</v>
       </c>
       <c r="G17" s="3">
         <v>16.760000000000002</v>
       </c>
       <c r="H17" s="3">
         <v>14.4</v>
       </c>
       <c r="I17" s="3">
         <v>15.78</v>
       </c>
       <c r="J17" s="3">
         <v>13.21</v>
       </c>
       <c r="K17" s="3">
         <v>17.690000000000001</v>
       </c>
       <c r="L17" s="3">
         <v>11.83</v>
       </c>
       <c r="M17" s="3">
         <v>15.92</v>
       </c>
       <c r="N17" s="3">
         <v>25.74</v>
       </c>
       <c r="O17" s="3">
         <v>27.44</v>
       </c>
       <c r="P17" s="3">
         <v>32.270000000000003</v>
       </c>
       <c r="Q17" s="3">
-        <v>14.47</v>
+        <v>27.37</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="3">
         <v>22.89</v>
       </c>
       <c r="D18" s="3">
         <v>23.59</v>
       </c>
       <c r="E18" s="3">
         <v>25</v>
       </c>
       <c r="F18" s="3">
         <v>22.07</v>
       </c>
       <c r="G18" s="3">
         <v>13.09</v>
       </c>
       <c r="H18" s="3">
         <v>10.98</v>
       </c>
       <c r="I18" s="3">
         <v>13.7</v>
       </c>
       <c r="J18" s="3">
         <v>16.64</v>
       </c>
       <c r="K18" s="3">
         <v>12.2</v>
       </c>
       <c r="L18" s="3">
         <v>11.51</v>
       </c>
       <c r="M18" s="3">
         <v>9.83</v>
       </c>
       <c r="N18" s="3">
         <v>10.93</v>
       </c>
       <c r="O18" s="3">
         <v>22.85</v>
       </c>
       <c r="P18" s="3">
         <v>18.829999999999998</v>
       </c>
       <c r="Q18" s="3">
-        <v>8.9600000000000009</v>
+        <v>15.34</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C19" s="3">
         <v>14.11</v>
       </c>
       <c r="D19" s="3">
         <v>17.82</v>
       </c>
       <c r="E19" s="3">
         <v>16.79</v>
       </c>
       <c r="F19" s="3">
         <v>15.22</v>
       </c>
       <c r="G19" s="3">
         <v>14.16</v>
       </c>
       <c r="H19" s="3">
         <v>11.55</v>
       </c>
       <c r="I19" s="3">
         <v>16.98</v>
       </c>
       <c r="J19" s="3">
         <v>16.829999999999998</v>
       </c>
       <c r="K19" s="3">
         <v>15.84</v>
       </c>
       <c r="L19" s="3">
         <v>8.25</v>
       </c>
       <c r="M19" s="3">
         <v>9.5399999999999991</v>
       </c>
       <c r="N19" s="3">
         <v>12.25</v>
       </c>
       <c r="O19" s="3">
         <v>15.31</v>
       </c>
       <c r="P19" s="3">
         <v>17.11</v>
       </c>
       <c r="Q19" s="3">
-        <v>9.6</v>
+        <v>14.12</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="3">
         <v>6.94</v>
       </c>
       <c r="D20" s="3">
         <v>8.42</v>
       </c>
       <c r="E20" s="3">
         <v>4.74</v>
       </c>
       <c r="F20" s="3">
         <v>5.92</v>
       </c>
       <c r="G20" s="3">
         <v>5.01</v>
       </c>
       <c r="H20" s="3">
         <v>4.34</v>
       </c>
       <c r="I20" s="3">
         <v>6.05</v>
       </c>
       <c r="J20" s="3">
         <v>5.39</v>
       </c>
       <c r="K20" s="3">
         <v>8.0500000000000007</v>
       </c>
       <c r="L20" s="3">
         <v>7.65</v>
       </c>
       <c r="M20" s="3">
         <v>10.68</v>
       </c>
       <c r="N20" s="3">
         <v>14.49</v>
       </c>
       <c r="O20" s="3">
         <v>16.329999999999998</v>
       </c>
       <c r="P20" s="3">
         <v>34.28</v>
       </c>
       <c r="Q20" s="3">
-        <v>10.72</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C21" s="3">
-        <v>2.92</v>
+        <v>1.4</v>
       </c>
       <c r="D21" s="3">
-        <v>2.99</v>
+        <v>3.29</v>
       </c>
       <c r="E21" s="3">
-        <v>3.94</v>
+        <v>4.71</v>
       </c>
       <c r="F21" s="3">
-        <v>4.84</v>
+        <v>4.79</v>
       </c>
       <c r="G21" s="3">
-        <v>10.28</v>
+        <v>3.66</v>
       </c>
       <c r="H21" s="3">
-        <v>12.99</v>
+        <v>4.99</v>
       </c>
       <c r="I21" s="3">
-        <v>6.95</v>
+        <v>8.07</v>
       </c>
       <c r="J21" s="3">
-        <v>6.78</v>
+        <v>11.4</v>
       </c>
       <c r="K21" s="3">
-        <v>5.72</v>
+        <v>10.69</v>
       </c>
       <c r="L21" s="3">
-        <v>4.57</v>
+        <v>8.1300000000000008</v>
       </c>
       <c r="M21" s="3">
-        <v>8.11</v>
+        <v>7.89</v>
       </c>
       <c r="N21" s="3">
-        <v>11.69</v>
+        <v>8.34</v>
       </c>
       <c r="O21" s="3">
-        <v>14.71</v>
+        <v>11.72</v>
       </c>
       <c r="P21" s="3">
-        <v>15.77</v>
+        <v>18.440000000000001</v>
       </c>
       <c r="Q21" s="3">
-        <v>7.98</v>
+        <v>18.68</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="C22" s="3">
-        <v>4.5</v>
+        <v>2.92</v>
       </c>
       <c r="D22" s="3">
-        <v>3.17</v>
+        <v>2.99</v>
       </c>
       <c r="E22" s="3">
-        <v>4.13</v>
+        <v>3.94</v>
       </c>
       <c r="F22" s="3">
-        <v>0.78</v>
+        <v>4.84</v>
       </c>
       <c r="G22" s="3">
-        <v>2.66</v>
+        <v>10.28</v>
       </c>
       <c r="H22" s="3">
-        <v>3.19</v>
+        <v>12.99</v>
       </c>
       <c r="I22" s="3">
-        <v>3.67</v>
+        <v>6.95</v>
       </c>
       <c r="J22" s="3">
-        <v>8.93</v>
+        <v>6.78</v>
       </c>
       <c r="K22" s="3">
-        <v>12.13</v>
+        <v>5.72</v>
       </c>
       <c r="L22" s="3">
-        <v>13.59</v>
+        <v>4.57</v>
       </c>
       <c r="M22" s="3">
-        <v>17.14</v>
+        <v>8.11</v>
       </c>
       <c r="N22" s="3">
-        <v>15.56</v>
+        <v>11.69</v>
       </c>
       <c r="O22" s="3">
-        <v>10.35</v>
+        <v>14.71</v>
       </c>
       <c r="P22" s="3">
-        <v>12.11</v>
+        <v>15.77</v>
       </c>
       <c r="Q22" s="3">
-        <v>5.82</v>
+        <v>13.63</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C23" s="3">
-        <v>1.4</v>
+        <v>4.5</v>
       </c>
       <c r="D23" s="3">
-        <v>3.29</v>
+        <v>3.17</v>
       </c>
       <c r="E23" s="3">
-        <v>4.71</v>
+        <v>4.13</v>
       </c>
       <c r="F23" s="3">
-        <v>4.79</v>
+        <v>0.78</v>
       </c>
       <c r="G23" s="3">
-        <v>3.66</v>
+        <v>2.66</v>
       </c>
       <c r="H23" s="3">
-        <v>4.99</v>
+        <v>3.19</v>
       </c>
       <c r="I23" s="3">
-        <v>8.07</v>
+        <v>3.67</v>
       </c>
       <c r="J23" s="3">
-        <v>11.4</v>
+        <v>8.93</v>
       </c>
       <c r="K23" s="3">
-        <v>10.69</v>
+        <v>12.13</v>
       </c>
       <c r="L23" s="3">
-        <v>8.1300000000000008</v>
+        <v>13.59</v>
       </c>
       <c r="M23" s="3">
-        <v>7.89</v>
+        <v>17.14</v>
       </c>
       <c r="N23" s="3">
-        <v>8.34</v>
+        <v>15.56</v>
       </c>
       <c r="O23" s="3">
-        <v>11.72</v>
+        <v>10.35</v>
       </c>
       <c r="P23" s="3">
-        <v>18.440000000000001</v>
+        <v>12.11</v>
       </c>
       <c r="Q23" s="3">
-        <v>8.5500000000000007</v>
+        <v>8.77</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C24" s="3">
         <v>0.15</v>
       </c>
       <c r="D24" s="3">
         <v>0.08</v>
       </c>
       <c r="E24" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="F24" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="G24" s="3">
         <v>3.35</v>
       </c>
       <c r="H24" s="3">
         <v>4.58</v>
       </c>
       <c r="I24" s="3">
         <v>2.7</v>
       </c>
       <c r="J24" s="3">
         <v>3.59</v>
       </c>
       <c r="K24" s="3">
         <v>6.01</v>
       </c>
       <c r="L24" s="3">
         <v>2.4300000000000002</v>
       </c>
       <c r="M24" s="3">
         <v>4.72</v>
       </c>
       <c r="N24" s="3">
         <v>17.21</v>
       </c>
       <c r="O24" s="3">
         <v>20.059999999999999</v>
       </c>
       <c r="P24" s="3">
         <v>18.73</v>
       </c>
       <c r="Q24" s="3">
-        <v>25.36</v>
+        <v>26.14</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C25" s="3">
         <v>1.36</v>
       </c>
       <c r="D25" s="3">
         <v>2.42</v>
       </c>
       <c r="E25" s="3">
         <v>1.08</v>
       </c>
       <c r="F25" s="3">
         <v>1.55</v>
       </c>
       <c r="G25" s="3">
         <v>2.15</v>
       </c>
       <c r="H25" s="3">
         <v>3.26</v>
       </c>
       <c r="I25" s="3">
         <v>5.32</v>
       </c>
       <c r="J25" s="3">
         <v>4.24</v>
       </c>
       <c r="K25" s="3">
         <v>7.94</v>
       </c>
       <c r="L25" s="3">
         <v>4.6100000000000003</v>
       </c>
       <c r="M25" s="3">
         <v>6.68</v>
       </c>
       <c r="N25" s="3">
         <v>7.15</v>
       </c>
       <c r="O25" s="3">
         <v>7.73</v>
       </c>
       <c r="P25" s="3">
         <v>14.68</v>
       </c>
       <c r="Q25" s="3">
-        <v>11.55</v>
+        <v>27.76</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C26" s="3">
         <v>1.73</v>
       </c>
       <c r="D26" s="3">
         <v>2.4700000000000002</v>
       </c>
       <c r="E26" s="3">
         <v>3.82</v>
       </c>
       <c r="F26" s="3">
         <v>1.51</v>
       </c>
       <c r="G26" s="3">
         <v>1.77</v>
       </c>
       <c r="H26" s="3">
         <v>2.4900000000000002</v>
       </c>
       <c r="I26" s="3">
         <v>2.85</v>
       </c>
       <c r="J26" s="3">
         <v>2.95</v>
       </c>
       <c r="K26" s="3">
         <v>5.38</v>
       </c>
       <c r="L26" s="3">
         <v>5.76</v>
       </c>
       <c r="M26" s="3">
         <v>6.58</v>
       </c>
       <c r="N26" s="3">
         <v>11.19</v>
       </c>
       <c r="O26" s="3">
         <v>10.31</v>
       </c>
       <c r="P26" s="3">
         <v>13.58</v>
       </c>
       <c r="Q26" s="3">
-        <v>4.96</v>
+        <v>10.3</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
         <v>2.92</v>
       </c>
       <c r="D27" s="3">
         <v>2.62</v>
       </c>
       <c r="E27" s="3">
         <v>0.99</v>
       </c>
       <c r="F27" s="3">
         <v>0.92</v>
       </c>
       <c r="G27" s="3">
         <v>0.32</v>
       </c>
       <c r="H27" s="3">
         <v>1.5</v>
       </c>
       <c r="I27" s="3">
         <v>1.05</v>
       </c>
       <c r="J27" s="3">
         <v>1.64</v>
       </c>
       <c r="K27" s="3">
         <v>1.37</v>
       </c>
       <c r="L27" s="3">
         <v>1.91</v>
       </c>
       <c r="M27" s="3">
         <v>2.2599999999999998</v>
       </c>
       <c r="N27" s="3">
         <v>11.98</v>
       </c>
       <c r="O27" s="3">
         <v>16.649999999999999</v>
       </c>
       <c r="P27" s="3">
         <v>19.3</v>
       </c>
       <c r="Q27" s="3">
-        <v>10.09</v>
+        <v>15.96</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="C28" s="3">
-        <v>0.52</v>
+        <v>3.87</v>
       </c>
       <c r="D28" s="3">
-        <v>0.44</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="E28" s="3">
-        <v>0.84</v>
+        <v>2.72</v>
       </c>
       <c r="F28" s="3">
-        <v>0.17</v>
+        <v>2.89</v>
       </c>
       <c r="G28" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>2.68</v>
       </c>
       <c r="H28" s="3">
-        <v>0.28000000000000003</v>
+        <v>3.31</v>
       </c>
       <c r="I28" s="3">
-        <v>0.55000000000000004</v>
+        <v>3.95</v>
       </c>
       <c r="J28" s="3">
-        <v>29.53</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="K28" s="3">
-        <v>26.31</v>
+        <v>4.25</v>
       </c>
       <c r="L28" s="3">
-        <v>0.55000000000000004</v>
+        <v>2.4300000000000002</v>
       </c>
       <c r="M28" s="3">
-        <v>1.47</v>
+        <v>2.66</v>
       </c>
       <c r="N28" s="3">
-        <v>0.71</v>
+        <v>4.97</v>
       </c>
       <c r="O28" s="3">
-        <v>1.1299999999999999</v>
+        <v>5.85</v>
       </c>
       <c r="P28" s="3">
-        <v>1.1299999999999999</v>
+        <v>10.41</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.26</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="C29" s="3">
-        <v>3.87</v>
+        <v>0.52</v>
       </c>
       <c r="D29" s="3">
-        <v>4.0199999999999996</v>
+        <v>0.44</v>
       </c>
       <c r="E29" s="3">
-        <v>2.72</v>
+        <v>0.84</v>
       </c>
       <c r="F29" s="3">
-        <v>2.89</v>
+        <v>0.17</v>
       </c>
       <c r="G29" s="3">
-        <v>2.68</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="H29" s="3">
-        <v>3.31</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="I29" s="3">
-        <v>3.95</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J29" s="3">
-        <v>5.0599999999999996</v>
+        <v>29.53</v>
       </c>
       <c r="K29" s="3">
-        <v>4.25</v>
+        <v>26.31</v>
       </c>
       <c r="L29" s="3">
-        <v>2.4300000000000002</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="M29" s="3">
-        <v>2.66</v>
+        <v>1.47</v>
       </c>
       <c r="N29" s="3">
-        <v>4.97</v>
+        <v>0.71</v>
       </c>
       <c r="O29" s="3">
-        <v>5.85</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="P29" s="3">
-        <v>10.41</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="Q29" s="3">
-        <v>4.37</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="C30" s="3">
-        <v>4.53</v>
+        <v>0.79</v>
       </c>
       <c r="D30" s="3">
-        <v>2.78</v>
+        <v>0.38</v>
       </c>
       <c r="E30" s="3">
-        <v>3</v>
+        <v>0.49</v>
       </c>
       <c r="F30" s="3">
-        <v>2.0699999999999998</v>
+        <v>0.24</v>
       </c>
       <c r="G30" s="3">
-        <v>2.58</v>
+        <v>0.6</v>
       </c>
       <c r="H30" s="3">
-        <v>3.75</v>
+        <v>0.78</v>
       </c>
       <c r="I30" s="3">
-        <v>3.66</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="J30" s="3">
-        <v>3.3</v>
+        <v>3.26</v>
       </c>
       <c r="K30" s="3">
-        <v>3.16</v>
+        <v>2.84</v>
       </c>
       <c r="L30" s="3">
-        <v>1.93</v>
+        <v>3.1</v>
       </c>
       <c r="M30" s="3">
-        <v>3.67</v>
+        <v>3.51</v>
       </c>
       <c r="N30" s="3">
-        <v>4.1399999999999997</v>
+        <v>5.7</v>
       </c>
       <c r="O30" s="3">
-        <v>5.93</v>
+        <v>8.99</v>
       </c>
       <c r="P30" s="3">
-        <v>9.07</v>
+        <v>13.26</v>
       </c>
       <c r="Q30" s="3">
-        <v>2.23</v>
+        <v>11.98</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C31" s="3">
-        <v>0.79</v>
+        <v>4.53</v>
       </c>
       <c r="D31" s="3">
-        <v>0.38</v>
+        <v>2.78</v>
       </c>
       <c r="E31" s="3">
-        <v>0.49</v>
+        <v>3</v>
       </c>
       <c r="F31" s="3">
-        <v>0.24</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="G31" s="3">
-        <v>0.6</v>
+        <v>2.58</v>
       </c>
       <c r="H31" s="3">
-        <v>0.78</v>
+        <v>3.75</v>
       </c>
       <c r="I31" s="3">
-        <v>2.2200000000000002</v>
+        <v>3.66</v>
       </c>
       <c r="J31" s="3">
-        <v>3.26</v>
+        <v>3.3</v>
       </c>
       <c r="K31" s="3">
-        <v>2.84</v>
+        <v>3.16</v>
       </c>
       <c r="L31" s="3">
-        <v>3.1</v>
+        <v>1.93</v>
       </c>
       <c r="M31" s="3">
-        <v>3.51</v>
+        <v>3.67</v>
       </c>
       <c r="N31" s="3">
-        <v>5.7</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="O31" s="3">
-        <v>8.99</v>
+        <v>5.93</v>
       </c>
       <c r="P31" s="3">
-        <v>13.26</v>
+        <v>9.07</v>
       </c>
       <c r="Q31" s="3">
-        <v>7.22</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
         <v>1.23</v>
       </c>
       <c r="D32" s="3">
         <v>1.17</v>
       </c>
       <c r="E32" s="3">
         <v>0.39</v>
       </c>
       <c r="F32" s="3">
         <v>0.73</v>
       </c>
       <c r="G32" s="3">
         <v>1.61</v>
       </c>
       <c r="H32" s="3">
         <v>2.7</v>
       </c>
       <c r="I32" s="3">
         <v>1.59</v>
       </c>
       <c r="J32" s="3">
         <v>2.08</v>
       </c>
       <c r="K32" s="3">
         <v>5.66</v>
       </c>
       <c r="L32" s="3">
         <v>2.89</v>
       </c>
       <c r="M32" s="3">
         <v>3.81</v>
       </c>
       <c r="N32" s="3">
         <v>5.45</v>
       </c>
       <c r="O32" s="3">
         <v>5.46</v>
       </c>
       <c r="P32" s="3">
         <v>8.76</v>
       </c>
       <c r="Q32" s="3">
-        <v>4.9400000000000004</v>
+        <v>8.15</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C33" s="3">
         <v>3.49</v>
       </c>
       <c r="D33" s="3">
         <v>2.2799999999999998</v>
       </c>
       <c r="E33" s="3">
         <v>1.19</v>
       </c>
       <c r="F33" s="3">
         <v>11.99</v>
       </c>
       <c r="G33" s="3">
         <v>3.44</v>
       </c>
       <c r="H33" s="3">
         <v>2.23</v>
       </c>
       <c r="I33" s="3">
         <v>3.64</v>
       </c>
       <c r="J33" s="3">
         <v>3.62</v>
       </c>
       <c r="K33" s="3">
         <v>4.62</v>
       </c>
       <c r="L33" s="3">
         <v>2.33</v>
       </c>
       <c r="M33" s="3">
         <v>4.21</v>
       </c>
       <c r="N33" s="3">
         <v>1.51</v>
       </c>
       <c r="O33" s="3">
         <v>1.27</v>
       </c>
       <c r="P33" s="3">
         <v>1.97</v>
       </c>
       <c r="Q33" s="3">
-        <v>0.03</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C34" s="3">
-        <v>6.17</v>
+        <v>0.03</v>
       </c>
       <c r="D34" s="3">
-        <v>1.98</v>
+        <v>0.05</v>
       </c>
       <c r="E34" s="3">
-        <v>6.67</v>
+        <v>0</v>
       </c>
       <c r="F34" s="3">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>2.58</v>
+        <v>0</v>
       </c>
       <c r="H34" s="3">
-        <v>2.31</v>
+        <v>0.03</v>
       </c>
       <c r="I34" s="3">
-        <v>2.67</v>
+        <v>0.25</v>
       </c>
       <c r="J34" s="3">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="K34" s="3">
-        <v>3.58</v>
+        <v>0</v>
       </c>
       <c r="L34" s="3">
-        <v>4.8099999999999996</v>
+        <v>0</v>
       </c>
       <c r="M34" s="3">
-        <v>1.1200000000000001</v>
+        <v>5.34</v>
       </c>
       <c r="N34" s="3">
-        <v>0.09</v>
+        <v>10.01</v>
       </c>
       <c r="O34" s="3">
-        <v>0.02</v>
+        <v>9.25</v>
       </c>
       <c r="P34" s="3">
-        <v>0.01</v>
+        <v>8.48</v>
       </c>
       <c r="Q34" s="3">
-        <v>0</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>0.03</v>
+        <v>6.17</v>
       </c>
       <c r="D35" s="3">
-        <v>0.05</v>
+        <v>1.98</v>
       </c>
       <c r="E35" s="3">
-        <v>0</v>
+        <v>6.67</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>2.79</v>
       </c>
       <c r="G35" s="3">
-        <v>0</v>
+        <v>2.58</v>
       </c>
       <c r="H35" s="3">
-        <v>0.03</v>
+        <v>2.31</v>
       </c>
       <c r="I35" s="3">
-        <v>0.25</v>
+        <v>2.67</v>
       </c>
       <c r="J35" s="3">
-        <v>0</v>
+        <v>2.35</v>
       </c>
       <c r="K35" s="3">
-        <v>0</v>
+        <v>3.58</v>
       </c>
       <c r="L35" s="3">
-        <v>0</v>
+        <v>4.8099999999999996</v>
       </c>
       <c r="M35" s="3">
-        <v>5.34</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="N35" s="3">
-        <v>10.01</v>
+        <v>0.09</v>
       </c>
       <c r="O35" s="3">
-        <v>9.25</v>
+        <v>0.02</v>
       </c>
       <c r="P35" s="3">
-        <v>8.48</v>
+        <v>0.01</v>
       </c>
       <c r="Q35" s="3">
-        <v>2.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C36" s="3">
         <v>1.21</v>
       </c>
       <c r="D36" s="3">
         <v>3.31</v>
       </c>
       <c r="E36" s="3">
         <v>4.33</v>
       </c>
       <c r="F36" s="3">
         <v>2.23</v>
       </c>
       <c r="G36" s="3">
         <v>1.56</v>
       </c>
       <c r="H36" s="3">
         <v>0.71</v>
       </c>
       <c r="I36" s="3">
         <v>3.41</v>
       </c>
       <c r="J36" s="3">
         <v>5.16</v>
       </c>
       <c r="K36" s="3">
         <v>1.66</v>
       </c>
       <c r="L36" s="3">
         <v>1</v>
       </c>
       <c r="M36" s="3">
         <v>1.03</v>
       </c>
       <c r="N36" s="3">
         <v>0.86</v>
       </c>
       <c r="O36" s="3">
         <v>2.27</v>
       </c>
       <c r="P36" s="3">
         <v>3.19</v>
       </c>
       <c r="Q36" s="3">
-        <v>0.96</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C37" s="3">
         <v>0.45</v>
       </c>
       <c r="D37" s="3">
         <v>1.18</v>
       </c>
       <c r="E37" s="3">
         <v>0.89</v>
       </c>
       <c r="F37" s="3">
         <v>1.07</v>
       </c>
       <c r="G37" s="3">
         <v>2.41</v>
       </c>
       <c r="H37" s="3">
         <v>5.93</v>
       </c>
       <c r="I37" s="3">
         <v>2.89</v>
       </c>
       <c r="J37" s="3">
         <v>2.9</v>
       </c>
       <c r="K37" s="3">
         <v>3.04</v>
       </c>
       <c r="L37" s="3">
         <v>1.51</v>
       </c>
       <c r="M37" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="N37" s="3">
         <v>2.14</v>
       </c>
       <c r="O37" s="3">
         <v>2.4700000000000002</v>
       </c>
       <c r="P37" s="3">
         <v>3.19</v>
       </c>
       <c r="Q37" s="3">
-        <v>1.29</v>
+        <v>2.5099999999999998</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C38" s="3">
         <v>4.95</v>
       </c>
       <c r="D38" s="3">
         <v>2.85</v>
       </c>
       <c r="E38" s="3">
         <v>3.28</v>
       </c>
       <c r="F38" s="3">
         <v>2.08</v>
       </c>
       <c r="G38" s="3">
         <v>0.86</v>
       </c>
       <c r="H38" s="3">
         <v>0.82</v>
       </c>
       <c r="I38" s="3">
         <v>0.51</v>
       </c>
       <c r="J38" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="K38" s="3">
         <v>1.74</v>
       </c>
       <c r="L38" s="3">
         <v>1.02</v>
       </c>
       <c r="M38" s="3">
         <v>0.7</v>
       </c>
       <c r="N38" s="3">
         <v>1.79</v>
       </c>
       <c r="O38" s="3">
         <v>3.34</v>
       </c>
       <c r="P38" s="3">
         <v>5.1100000000000003</v>
       </c>
       <c r="Q38" s="3">
-        <v>1.72</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C39" s="3">
-        <v>0.63</v>
+        <v>0.05</v>
       </c>
       <c r="D39" s="3">
-        <v>5.88</v>
+        <v>0.04</v>
       </c>
       <c r="E39" s="3">
-        <v>0.36</v>
+        <v>0.16</v>
       </c>
       <c r="F39" s="3">
-        <v>0.16</v>
+        <v>0.72</v>
       </c>
       <c r="G39" s="3">
-        <v>0.46</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="H39" s="3">
-        <v>0.47</v>
+        <v>0.04</v>
       </c>
       <c r="I39" s="3">
-        <v>0.6</v>
+        <v>0.06</v>
       </c>
       <c r="J39" s="3">
-        <v>0.93</v>
+        <v>0.08</v>
       </c>
       <c r="K39" s="3">
-        <v>1.71</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="L39" s="3">
-        <v>0.3</v>
+        <v>0.12</v>
       </c>
       <c r="M39" s="3">
-        <v>0.47</v>
+        <v>1.22</v>
       </c>
       <c r="N39" s="3">
-        <v>2.37</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="O39" s="3">
-        <v>3.03</v>
+        <v>2.62</v>
       </c>
       <c r="P39" s="3">
-        <v>3.72</v>
+        <v>11.64</v>
       </c>
       <c r="Q39" s="3">
-        <v>2.4700000000000002</v>
+        <v>8.14</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C40" s="3">
-        <v>0.05</v>
+        <v>0.63</v>
       </c>
       <c r="D40" s="3">
-        <v>0.04</v>
+        <v>5.88</v>
       </c>
       <c r="E40" s="3">
+        <v>0.36</v>
+      </c>
+      <c r="F40" s="3">
         <v>0.16</v>
       </c>
-      <c r="F40" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.46</v>
       </c>
       <c r="H40" s="3">
-        <v>0.04</v>
+        <v>0.47</v>
       </c>
       <c r="I40" s="3">
-        <v>0.06</v>
+        <v>0.6</v>
       </c>
       <c r="J40" s="3">
-        <v>0.08</v>
+        <v>0.93</v>
       </c>
       <c r="K40" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>1.71</v>
       </c>
       <c r="L40" s="3">
-        <v>0.12</v>
+        <v>0.3</v>
       </c>
       <c r="M40" s="3">
-        <v>1.22</v>
+        <v>0.47</v>
       </c>
       <c r="N40" s="3">
-        <v>1.1299999999999999</v>
+        <v>2.37</v>
       </c>
       <c r="O40" s="3">
-        <v>2.62</v>
+        <v>3.03</v>
       </c>
       <c r="P40" s="3">
-        <v>11.64</v>
+        <v>3.72</v>
       </c>
       <c r="Q40" s="3">
-        <v>5.22</v>
+        <v>3.55</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="C41" s="3">
-        <v>0.28000000000000003</v>
+        <v>3.76</v>
       </c>
       <c r="D41" s="3">
-        <v>0.67</v>
+        <v>3.42</v>
       </c>
       <c r="E41" s="3">
-        <v>0.18</v>
+        <v>1.56</v>
       </c>
       <c r="F41" s="3">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
       <c r="G41" s="3">
-        <v>0.09</v>
+        <v>2.5099999999999998</v>
       </c>
       <c r="H41" s="3">
-        <v>0.37</v>
+        <v>1.21</v>
       </c>
       <c r="I41" s="3">
-        <v>0.06</v>
+        <v>1.04</v>
       </c>
       <c r="J41" s="3">
-        <v>0.15</v>
+        <v>0.79</v>
       </c>
       <c r="K41" s="3">
-        <v>0.05</v>
+        <v>0.86</v>
       </c>
       <c r="L41" s="3">
-        <v>0.01</v>
+        <v>0.44</v>
       </c>
       <c r="M41" s="3">
-        <v>0.33</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="N41" s="3">
-        <v>1.03</v>
+        <v>0.35</v>
       </c>
       <c r="O41" s="3">
-        <v>3.56</v>
+        <v>0.23</v>
       </c>
       <c r="P41" s="3">
-        <v>6.87</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="Q41" s="3">
-        <v>5.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>3.76</v>
+        <v>0.06</v>
       </c>
       <c r="D42" s="3">
-        <v>3.42</v>
+        <v>0.02</v>
       </c>
       <c r="E42" s="3">
-        <v>1.56</v>
+        <v>0.52</v>
       </c>
       <c r="F42" s="3">
-        <v>0.21</v>
+        <v>0.93</v>
       </c>
       <c r="G42" s="3">
-        <v>2.5099999999999998</v>
+        <v>0</v>
       </c>
       <c r="H42" s="3">
-        <v>1.21</v>
+        <v>0.25</v>
       </c>
       <c r="I42" s="3">
-        <v>1.04</v>
+        <v>3.98</v>
       </c>
       <c r="J42" s="3">
-        <v>0.79</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="K42" s="3">
-        <v>0.86</v>
+        <v>0.37</v>
       </c>
       <c r="L42" s="3">
-        <v>0.44</v>
+        <v>0.09</v>
       </c>
       <c r="M42" s="3">
-        <v>0.28999999999999998</v>
+        <v>0.11</v>
       </c>
       <c r="N42" s="3">
-        <v>0.35</v>
+        <v>0.04</v>
       </c>
       <c r="O42" s="3">
-        <v>0.23</v>
+        <v>0.11</v>
       </c>
       <c r="P42" s="3">
-        <v>0.56999999999999995</v>
+        <v>0.03</v>
       </c>
       <c r="Q42" s="3">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B43" s="2" t="s">
-[...45 lines deleted...]
-        <v>0.06</v>
+      <c r="B43" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C43" s="8">
+        <v>23.450933759999998</v>
+      </c>
+      <c r="D43" s="8">
+        <v>22.82946131999995</v>
+      </c>
+      <c r="E43" s="8">
+        <v>20.742006870000012</v>
+      </c>
+      <c r="F43" s="8">
+        <v>23.220606414899805</v>
+      </c>
+      <c r="G43" s="8">
+        <v>24.900030282300008</v>
+      </c>
+      <c r="H43" s="8">
+        <v>27.991283844500117</v>
+      </c>
+      <c r="I43" s="8">
+        <v>25.82557173999993</v>
+      </c>
+      <c r="J43" s="8">
+        <v>23.880682310000111</v>
+      </c>
+      <c r="K43" s="8">
+        <v>32.289239699999939</v>
+      </c>
+      <c r="L43" s="8">
+        <v>25.785597810000127</v>
+      </c>
+      <c r="M43" s="8">
+        <v>32.871674829999733</v>
+      </c>
+      <c r="N43" s="8">
+        <v>43.321590379999748</v>
+      </c>
+      <c r="O43" s="8">
+        <v>63.489241889999789</v>
+      </c>
+      <c r="P43" s="8">
+        <v>78.934682729999849</v>
+      </c>
+      <c r="Q43" s="8">
+        <v>54.272509199999831</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B44" s="12" t="s">
+      <c r="B44" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="C44" s="8">
-[...42 lines deleted...]
-        <v>27.754798179999852</v>
+      <c r="C44" s="3">
+        <v>47.003300469999999</v>
+      </c>
+      <c r="D44" s="3">
+        <v>48.825684320000001</v>
+      </c>
+      <c r="E44" s="3">
+        <v>45.64116593</v>
+      </c>
+      <c r="F44" s="3">
+        <v>50.499529159999987</v>
+      </c>
+      <c r="G44" s="3">
+        <v>68.162076089999999</v>
+      </c>
+      <c r="H44" s="3">
+        <v>102.74979967</v>
+      </c>
+      <c r="I44" s="3">
+        <v>126.34827907</v>
+      </c>
+      <c r="J44" s="3">
+        <v>151.70857834</v>
+      </c>
+      <c r="K44" s="3">
+        <v>202.36205290000001</v>
+      </c>
+      <c r="L44" s="3">
+        <v>180.62582248999999</v>
+      </c>
+      <c r="M44" s="3">
+        <v>198.56929047</v>
+      </c>
+      <c r="N44" s="3">
+        <v>193.54304771</v>
+      </c>
+      <c r="O44" s="3">
+        <v>218.03909639</v>
+      </c>
+      <c r="P44" s="3">
+        <v>255.40487100999999</v>
+      </c>
+      <c r="Q44" s="3">
+        <v>261.36873347</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B45" s="2" t="s">
-[...52 lines deleted...]
-      <c r="C46" s="10">
+      <c r="B45" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" s="10">
         <v>415.41423422999998</v>
       </c>
-      <c r="D46" s="10">
+      <c r="D45" s="10">
         <v>431.85514563999999</v>
       </c>
-      <c r="E46" s="10">
+      <c r="E45" s="10">
         <v>410.35317279999998</v>
       </c>
-      <c r="F46" s="10">
+      <c r="F45" s="10">
         <v>395.67013557489997</v>
       </c>
-      <c r="G46" s="10">
+      <c r="G45" s="10">
         <v>440.17210637229999</v>
       </c>
-      <c r="H46" s="10">
+      <c r="H45" s="10">
         <v>471.30108351450002</v>
       </c>
-      <c r="I46" s="10">
+      <c r="I45" s="10">
         <v>522.47385081000004</v>
       </c>
-      <c r="J46" s="10">
+      <c r="J45" s="10">
         <v>651.73926065000001</v>
       </c>
-      <c r="K46" s="10">
+      <c r="K45" s="10">
         <v>760.38129260000005</v>
       </c>
-      <c r="L46" s="10">
+      <c r="L45" s="10">
         <v>616.91142030000003</v>
       </c>
-      <c r="M46" s="10">
+      <c r="M45" s="10">
         <v>753.13096529999996</v>
       </c>
-      <c r="N46" s="10">
+      <c r="N45" s="10">
         <v>973.92463809000003</v>
       </c>
-      <c r="O46" s="10">
+      <c r="O45" s="10">
         <v>1168.08833828</v>
       </c>
-      <c r="P46" s="10">
+      <c r="P45" s="10">
         <v>1422.02955374</v>
       </c>
-      <c r="Q46" s="10">
-        <v>699.74641264000002</v>
+      <c r="Q45" s="10">
+        <v>1162.47124267</v>
+      </c>
+    </row>
+    <row r="47" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B47" s="2" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B48" s="2" t="s">
-        <v>127</v>
-[...38 lines deleted...]
-      <c r="H52" s="28"/>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" s="17"/>
+      <c r="D49" s="17"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="17"/>
+      <c r="G49" s="17"/>
+      <c r="H49" s="17"/>
+      <c r="I49" s="18"/>
+      <c r="J49" s="19"/>
+    </row>
+    <row r="50" spans="2:10" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="20"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="21"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="21"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="22"/>
+      <c r="J50" s="23"/>
+    </row>
+    <row r="51" spans="2:10" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="20"/>
+      <c r="C51" s="21"/>
+      <c r="D51" s="21"/>
+      <c r="E51" s="21"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="21"/>
+      <c r="H51" s="21"/>
+      <c r="I51" s="22"/>
+      <c r="J51" s="23"/>
+    </row>
+    <row r="52" spans="2:10" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="25"/>
+      <c r="C52" s="26"/>
+      <c r="D52" s="26"/>
+      <c r="E52" s="26"/>
+      <c r="F52" s="26"/>
+      <c r="G52" s="26"/>
+      <c r="H52" s="26"/>
       <c r="I52" s="26"/>
       <c r="J52" s="27"/>
     </row>
-    <row r="53" spans="2:10" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B50:J53"/>
+    <mergeCell ref="B49:J52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="B2:Q53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.5703125" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3" style="2" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.140625" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="3">
         <v>2.15</v>
       </c>
       <c r="D6" s="3">
         <v>4.38</v>
       </c>
       <c r="E6" s="3">
         <v>26.98</v>
       </c>
       <c r="F6" s="3">
         <v>3.05</v>
       </c>
       <c r="G6" s="3">
         <v>10.25</v>
       </c>
       <c r="H6" s="3">
         <v>38.18</v>
       </c>
       <c r="I6" s="3">
         <v>29.42</v>
       </c>
       <c r="J6" s="3">
         <v>17.239999999999998</v>
       </c>
       <c r="K6" s="3">
         <v>11.69</v>
       </c>
       <c r="L6" s="3">
         <v>22.05</v>
       </c>
       <c r="M6" s="3">
         <v>10.62</v>
       </c>
       <c r="N6" s="3">
         <v>14.53</v>
       </c>
       <c r="O6" s="3">
         <v>15.55</v>
       </c>
       <c r="P6" s="3">
         <v>11.46</v>
       </c>
       <c r="Q6" s="3">
-        <v>23.91</v>
+        <v>44.61</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C7" s="3">
         <v>7.63</v>
       </c>
       <c r="D7" s="3">
         <v>1.65</v>
       </c>
       <c r="E7" s="3">
         <v>1.21</v>
       </c>
       <c r="F7" s="3">
         <v>11.79</v>
       </c>
       <c r="G7" s="3">
         <v>13.63</v>
       </c>
       <c r="H7" s="3">
         <v>18.829999999999998</v>
       </c>
       <c r="I7" s="3">
         <v>20.37</v>
       </c>
       <c r="J7" s="3">
         <v>24.57</v>
       </c>
       <c r="K7" s="3">
         <v>58.58</v>
       </c>
       <c r="L7" s="3">
         <v>3.24</v>
       </c>
       <c r="M7" s="3">
         <v>17.93</v>
       </c>
       <c r="N7" s="3">
         <v>21.59</v>
       </c>
       <c r="O7" s="3">
         <v>28.88</v>
       </c>
       <c r="P7" s="3">
         <v>6.59</v>
       </c>
       <c r="Q7" s="3">
-        <v>0.67</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="3">
         <v>1.88</v>
       </c>
       <c r="D8" s="3">
         <v>5.62</v>
       </c>
       <c r="E8" s="3">
         <v>4.72</v>
       </c>
       <c r="F8" s="3">
         <v>1.34</v>
       </c>
       <c r="G8" s="3">
         <v>5.88</v>
       </c>
       <c r="H8" s="3">
         <v>3.11</v>
       </c>
       <c r="I8" s="3">
         <v>4.8899999999999997</v>
       </c>
       <c r="J8" s="3">
         <v>19.170000000000002</v>
       </c>
       <c r="K8" s="3">
         <v>4.53</v>
       </c>
       <c r="L8" s="3">
         <v>28.81</v>
       </c>
       <c r="M8" s="3">
         <v>38.049999999999997</v>
       </c>
       <c r="N8" s="3">
         <v>29.23</v>
       </c>
       <c r="O8" s="3">
         <v>17.989999999999998</v>
       </c>
       <c r="P8" s="3">
         <v>33.619999999999997</v>
       </c>
       <c r="Q8" s="3">
-        <v>5.64</v>
+        <v>7.54</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C9" s="3">
         <v>0.3</v>
       </c>
       <c r="D9" s="3">
         <v>0.42</v>
       </c>
       <c r="E9" s="3">
         <v>0.37</v>
       </c>
       <c r="F9" s="3">
         <v>0.32</v>
       </c>
       <c r="G9" s="3">
         <v>0.75</v>
       </c>
       <c r="H9" s="3">
         <v>9.56</v>
       </c>
       <c r="I9" s="3">
         <v>14.56</v>
       </c>
       <c r="J9" s="3">
         <v>4.91</v>
       </c>
       <c r="K9" s="3">
         <v>8.69</v>
       </c>
       <c r="L9" s="3">
         <v>11.2</v>
       </c>
       <c r="M9" s="3">
         <v>15.78</v>
       </c>
       <c r="N9" s="3">
         <v>24.95</v>
       </c>
       <c r="O9" s="3">
         <v>18.600000000000001</v>
       </c>
       <c r="P9" s="3">
         <v>12.07</v>
       </c>
       <c r="Q9" s="3">
-        <v>5.0199999999999996</v>
+        <v>6.68</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C10" s="3">
         <v>0.69</v>
       </c>
       <c r="D10" s="3">
         <v>1.0900000000000001</v>
       </c>
       <c r="E10" s="3">
         <v>0.92</v>
       </c>
       <c r="F10" s="3">
         <v>2.44</v>
       </c>
       <c r="G10" s="3">
         <v>3.21</v>
       </c>
       <c r="H10" s="3">
         <v>3.74</v>
       </c>
       <c r="I10" s="3">
         <v>6.25</v>
       </c>
       <c r="J10" s="3">
         <v>7.42</v>
       </c>
       <c r="K10" s="3">
         <v>10.9</v>
       </c>
       <c r="L10" s="3">
         <v>11.62</v>
       </c>
       <c r="M10" s="3">
         <v>11.57</v>
       </c>
       <c r="N10" s="3">
         <v>13.94</v>
       </c>
       <c r="O10" s="3">
         <v>17.32</v>
       </c>
       <c r="P10" s="3">
         <v>10.93</v>
       </c>
       <c r="Q10" s="3">
-        <v>5.78</v>
+        <v>8.67</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="3">
         <v>2.98</v>
       </c>
       <c r="D11" s="3">
         <v>3.48</v>
       </c>
       <c r="E11" s="3">
         <v>4.7699999999999996</v>
       </c>
       <c r="F11" s="3">
         <v>4.12</v>
       </c>
       <c r="G11" s="3">
         <v>6.25</v>
       </c>
       <c r="H11" s="3">
         <v>5.87</v>
       </c>
       <c r="I11" s="3">
         <v>5.91</v>
       </c>
       <c r="J11" s="3">
         <v>8.64</v>
       </c>
       <c r="K11" s="3">
         <v>7.15</v>
       </c>
       <c r="L11" s="3">
         <v>6.3</v>
       </c>
       <c r="M11" s="3">
         <v>8.61</v>
       </c>
       <c r="N11" s="3">
         <v>9.68</v>
       </c>
       <c r="O11" s="3">
         <v>11.49</v>
       </c>
       <c r="P11" s="3">
         <v>12.28</v>
       </c>
       <c r="Q11" s="3">
-        <v>8</v>
+        <v>11.53</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C12" s="3">
         <v>0.31</v>
       </c>
       <c r="D12" s="3">
         <v>0.45</v>
       </c>
       <c r="E12" s="3">
         <v>0.89</v>
       </c>
       <c r="F12" s="3">
         <v>1.3</v>
       </c>
       <c r="G12" s="3">
         <v>6.25</v>
       </c>
       <c r="H12" s="3">
         <v>1.08</v>
       </c>
       <c r="I12" s="3">
         <v>3.91</v>
       </c>
       <c r="J12" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="K12" s="3">
         <v>15.53</v>
       </c>
       <c r="L12" s="3">
         <v>3.14</v>
       </c>
       <c r="M12" s="3">
         <v>4.4000000000000004</v>
       </c>
       <c r="N12" s="3">
         <v>7.55</v>
       </c>
       <c r="O12" s="3">
         <v>10.02</v>
       </c>
       <c r="P12" s="3">
         <v>3.41</v>
       </c>
       <c r="Q12" s="3">
-        <v>7.75</v>
+        <v>11.39</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="3">
         <v>1.7</v>
       </c>
       <c r="D13" s="3">
         <v>3.78</v>
       </c>
       <c r="E13" s="3">
         <v>3.94</v>
       </c>
       <c r="F13" s="3">
         <v>4.24</v>
       </c>
       <c r="G13" s="3">
         <v>4.07</v>
       </c>
       <c r="H13" s="3">
         <v>3.41</v>
       </c>
       <c r="I13" s="3">
         <v>2.73</v>
       </c>
       <c r="J13" s="3">
         <v>3.89</v>
       </c>
       <c r="K13" s="3">
         <v>5.92</v>
       </c>
       <c r="L13" s="3">
         <v>7.31</v>
       </c>
       <c r="M13" s="3">
         <v>9.1300000000000008</v>
       </c>
       <c r="N13" s="3">
         <v>5.71</v>
       </c>
       <c r="O13" s="3">
         <v>3.51</v>
       </c>
       <c r="P13" s="3">
         <v>4.71</v>
       </c>
       <c r="Q13" s="3">
-        <v>2.85</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="3">
         <v>2.4500000000000002</v>
       </c>
       <c r="D14" s="3">
         <v>2.5</v>
       </c>
       <c r="E14" s="3">
         <v>2.86</v>
       </c>
       <c r="F14" s="3">
         <v>1.02</v>
       </c>
       <c r="G14" s="3">
         <v>3.88</v>
       </c>
       <c r="H14" s="3">
         <v>6.7</v>
       </c>
       <c r="I14" s="3">
         <v>3.23</v>
       </c>
       <c r="J14" s="3">
         <v>5.91</v>
       </c>
       <c r="K14" s="3">
         <v>3.71</v>
       </c>
       <c r="L14" s="3">
         <v>1.29</v>
       </c>
       <c r="M14" s="3">
         <v>4.1399999999999997</v>
       </c>
       <c r="N14" s="3">
         <v>9.8000000000000007</v>
       </c>
       <c r="O14" s="3">
         <v>6.47</v>
       </c>
       <c r="P14" s="3">
         <v>8.69</v>
       </c>
       <c r="Q14" s="3">
-        <v>1.71</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="3">
         <v>3.91</v>
       </c>
       <c r="D15" s="3">
         <v>1.05</v>
       </c>
       <c r="E15" s="3">
         <v>0.47</v>
       </c>
       <c r="F15" s="3">
         <v>4.05</v>
       </c>
       <c r="G15" s="3">
         <v>16.559999999999999</v>
       </c>
       <c r="H15" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="I15" s="3">
         <v>0.43</v>
       </c>
       <c r="J15" s="3">
         <v>6.87</v>
       </c>
       <c r="K15" s="3">
         <v>6.95</v>
       </c>
       <c r="L15" s="3">
         <v>0.67</v>
       </c>
       <c r="M15" s="3">
         <v>14.62</v>
       </c>
       <c r="N15" s="3">
         <v>2.3199999999999998</v>
       </c>
       <c r="O15" s="3">
         <v>1.43</v>
       </c>
       <c r="P15" s="3">
         <v>1.54</v>
       </c>
       <c r="Q15" s="3">
-        <v>0.38</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="3">
         <v>3.5</v>
       </c>
       <c r="D16" s="3">
         <v>2.6</v>
       </c>
       <c r="E16" s="3">
         <v>2.86</v>
       </c>
       <c r="F16" s="3">
         <v>2.65</v>
       </c>
       <c r="G16" s="3">
         <v>3.14</v>
       </c>
       <c r="H16" s="3">
         <v>5.17</v>
       </c>
       <c r="I16" s="3">
         <v>3.04</v>
       </c>
       <c r="J16" s="3">
         <v>3.58</v>
       </c>
       <c r="K16" s="3">
         <v>3.4</v>
       </c>
       <c r="L16" s="3">
         <v>4.54</v>
       </c>
       <c r="M16" s="3">
         <v>4.58</v>
       </c>
       <c r="N16" s="3">
         <v>4.8</v>
       </c>
       <c r="O16" s="3">
         <v>4.71</v>
       </c>
       <c r="P16" s="3">
         <v>4.42</v>
       </c>
       <c r="Q16" s="3">
-        <v>2.16</v>
+        <v>3.77</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C17" s="3">
         <v>5.39</v>
       </c>
       <c r="D17" s="3">
         <v>1.18</v>
       </c>
       <c r="E17" s="3">
         <v>0.02</v>
       </c>
       <c r="F17" s="3">
         <v>0.22</v>
       </c>
       <c r="G17" s="3">
         <v>7.09</v>
       </c>
       <c r="H17" s="3">
         <v>9.41</v>
       </c>
       <c r="I17" s="3">
         <v>2.59</v>
       </c>
       <c r="J17" s="3">
         <v>3.1</v>
       </c>
       <c r="K17" s="3">
         <v>3.19</v>
       </c>
       <c r="L17" s="3">
         <v>10.210000000000001</v>
       </c>
       <c r="M17" s="3">
         <v>3.93</v>
       </c>
       <c r="N17" s="3">
         <v>0.99</v>
       </c>
       <c r="O17" s="3">
         <v>1.23</v>
       </c>
       <c r="P17" s="3">
         <v>2</v>
       </c>
       <c r="Q17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C18" s="3">
         <v>0.15</v>
       </c>
       <c r="D18" s="3">
         <v>0.11</v>
       </c>
       <c r="E18" s="3">
         <v>0.08</v>
       </c>
       <c r="F18" s="3">
         <v>0.67</v>
       </c>
       <c r="G18" s="3">
         <v>2.69</v>
       </c>
       <c r="H18" s="3">
         <v>0.38</v>
       </c>
       <c r="I18" s="3">
         <v>0.1</v>
       </c>
       <c r="J18" s="3">
         <v>4.2</v>
       </c>
       <c r="K18" s="3">
         <v>0.37</v>
       </c>
       <c r="L18" s="3">
         <v>0.35</v>
       </c>
       <c r="M18" s="3">
         <v>1.91</v>
       </c>
       <c r="N18" s="3">
         <v>0.43</v>
       </c>
       <c r="O18" s="3">
         <v>27.88</v>
       </c>
       <c r="P18" s="3">
         <v>1.86</v>
       </c>
       <c r="Q18" s="3">
-        <v>0.66</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C19" s="3">
         <v>0.36</v>
       </c>
       <c r="D19" s="3">
         <v>0.1</v>
       </c>
       <c r="E19" s="3">
         <v>0.84</v>
       </c>
       <c r="F19" s="3">
         <v>1.7</v>
       </c>
       <c r="G19" s="3">
         <v>1.18</v>
       </c>
       <c r="H19" s="3">
         <v>5.59</v>
       </c>
       <c r="I19" s="3">
         <v>5.47</v>
       </c>
       <c r="J19" s="3">
         <v>9.18</v>
       </c>
       <c r="K19" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="L19" s="3">
         <v>0.31</v>
       </c>
       <c r="M19" s="3">
         <v>1.7</v>
       </c>
       <c r="N19" s="3">
         <v>1.27</v>
       </c>
       <c r="O19" s="3">
         <v>0.85</v>
       </c>
       <c r="P19" s="3">
         <v>4.3</v>
       </c>
       <c r="Q19" s="3">
-        <v>1.29</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
         <v>0</v>
       </c>
       <c r="D20" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="E20" s="3">
         <v>0.01</v>
       </c>
       <c r="F20" s="3">
         <v>0.1</v>
       </c>
       <c r="G20" s="3">
         <v>0.04</v>
       </c>
       <c r="H20" s="3">
         <v>0.06</v>
       </c>
       <c r="I20" s="3">
         <v>0.04</v>
       </c>
       <c r="J20" s="3">
         <v>0.05</v>
       </c>
       <c r="K20" s="3">
         <v>3.69</v>
       </c>
       <c r="L20" s="3">
         <v>3.9</v>
       </c>
       <c r="M20" s="3">
         <v>8.0399999999999991</v>
       </c>
       <c r="N20" s="3">
         <v>2.61</v>
       </c>
       <c r="O20" s="3">
         <v>0.18</v>
       </c>
       <c r="P20" s="3">
         <v>0.23</v>
       </c>
       <c r="Q20" s="3">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C21" s="3">
         <v>0.05</v>
       </c>
       <c r="D21" s="3">
         <v>0.04</v>
       </c>
       <c r="E21" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="F21" s="3">
         <v>0.01</v>
       </c>
       <c r="G21" s="3">
         <v>0.04</v>
       </c>
       <c r="H21" s="3">
         <v>0.11</v>
       </c>
       <c r="I21" s="3">
         <v>5.56</v>
       </c>
       <c r="J21" s="3">
         <v>0.46</v>
       </c>
       <c r="K21" s="3">
         <v>0.32</v>
       </c>
       <c r="L21" s="3">
         <v>0.78</v>
       </c>
       <c r="M21" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="N21" s="3">
         <v>0.32</v>
       </c>
       <c r="O21" s="3">
         <v>8.0399999999999991</v>
       </c>
       <c r="P21" s="3">
         <v>1.73</v>
       </c>
       <c r="Q21" s="3">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C22" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="D22" s="3">
         <v>0.97</v>
       </c>
       <c r="E22" s="3">
         <v>1.81</v>
       </c>
       <c r="F22" s="3">
         <v>1.84</v>
       </c>
       <c r="G22" s="3">
         <v>1.95</v>
       </c>
       <c r="H22" s="3">
         <v>2.33</v>
       </c>
       <c r="I22" s="3">
         <v>0.51</v>
       </c>
       <c r="J22" s="3">
         <v>1.26</v>
       </c>
       <c r="K22" s="3">
         <v>0.7</v>
       </c>
       <c r="L22" s="3">
         <v>2.64</v>
       </c>
       <c r="M22" s="3">
         <v>0.51</v>
       </c>
       <c r="N22" s="3">
         <v>0.4</v>
       </c>
       <c r="O22" s="3">
         <v>0.48</v>
       </c>
       <c r="P22" s="3">
         <v>1.5</v>
       </c>
       <c r="Q22" s="3">
-        <v>0.18</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C23" s="3">
         <v>0.35</v>
       </c>
       <c r="D23" s="3">
         <v>0.42</v>
       </c>
       <c r="E23" s="3">
         <v>0.25</v>
       </c>
       <c r="F23" s="3">
         <v>0.05</v>
       </c>
       <c r="G23" s="3">
         <v>0.23</v>
       </c>
       <c r="H23" s="3">
         <v>0.4</v>
       </c>
       <c r="I23" s="3">
         <v>0.71</v>
       </c>
       <c r="J23" s="3">
         <v>1.45</v>
       </c>
       <c r="K23" s="3">
         <v>0.23</v>
       </c>
       <c r="L23" s="3">
         <v>0.66</v>
       </c>
       <c r="M23" s="3">
         <v>1.47</v>
       </c>
       <c r="N23" s="3">
         <v>1.82</v>
       </c>
       <c r="O23" s="3">
         <v>4.3099999999999996</v>
       </c>
       <c r="P23" s="3">
         <v>2.4900000000000002</v>
       </c>
       <c r="Q23" s="3">
-        <v>1.97</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C24" s="3">
         <v>2.66</v>
       </c>
       <c r="D24" s="3">
         <v>0.48</v>
       </c>
       <c r="E24" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="F24" s="3">
         <v>0.11</v>
       </c>
       <c r="G24" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="H24" s="3">
         <v>3.4</v>
       </c>
       <c r="I24" s="3">
         <v>0.35</v>
       </c>
       <c r="J24" s="3">
         <v>0.46</v>
       </c>
       <c r="K24" s="3">
         <v>1.64</v>
       </c>
       <c r="L24" s="3">
         <v>0.97</v>
       </c>
       <c r="M24" s="3">
         <v>0.41</v>
       </c>
       <c r="N24" s="3">
         <v>0.24</v>
       </c>
       <c r="O24" s="3">
         <v>0.26</v>
       </c>
       <c r="P24" s="3">
         <v>2.5</v>
       </c>
       <c r="Q24" s="3">
-        <v>0.54</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
         <v>0.48</v>
       </c>
       <c r="D25" s="3">
         <v>0.7</v>
       </c>
       <c r="E25" s="3">
         <v>1.0900000000000001</v>
       </c>
       <c r="F25" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="G25" s="3">
         <v>1.63</v>
       </c>
       <c r="H25" s="3">
         <v>1.43</v>
       </c>
       <c r="I25" s="3">
         <v>0.85</v>
       </c>
       <c r="J25" s="3">
         <v>1.21</v>
       </c>
       <c r="K25" s="3">
         <v>1.26</v>
       </c>
       <c r="L25" s="3">
         <v>0.8</v>
       </c>
       <c r="M25" s="3">
         <v>0.97</v>
       </c>
       <c r="N25" s="3">
         <v>0.71</v>
       </c>
       <c r="O25" s="3">
         <v>0.83</v>
       </c>
       <c r="P25" s="3">
         <v>0.95</v>
       </c>
       <c r="Q25" s="3">
-        <v>0.39</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C26" s="3">
         <v>0.23</v>
       </c>
       <c r="D26" s="3">
         <v>0.21</v>
       </c>
       <c r="E26" s="3">
         <v>0.24</v>
       </c>
       <c r="F26" s="3">
         <v>0.37</v>
       </c>
       <c r="G26" s="3">
         <v>0.31</v>
       </c>
       <c r="H26" s="3">
         <v>1.84</v>
       </c>
       <c r="I26" s="3">
         <v>0.17</v>
       </c>
       <c r="J26" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="K26" s="3">
         <v>1.48</v>
       </c>
       <c r="L26" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="M26" s="3">
         <v>4.42</v>
       </c>
       <c r="N26" s="3">
         <v>0.4</v>
       </c>
       <c r="O26" s="3">
         <v>0.68</v>
       </c>
       <c r="P26" s="3">
         <v>1.2</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.24</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C27" s="3">
         <v>0.04</v>
       </c>
       <c r="D27" s="3">
         <v>0.09</v>
       </c>
       <c r="E27" s="3">
         <v>0.31</v>
       </c>
       <c r="F27" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="G27" s="3">
         <v>0.31</v>
       </c>
       <c r="H27" s="3">
         <v>2.11</v>
       </c>
       <c r="I27" s="3">
         <v>0.05</v>
       </c>
       <c r="J27" s="3">
         <v>1</v>
       </c>
       <c r="K27" s="3">
         <v>2.83</v>
       </c>
       <c r="L27" s="3">
         <v>0.41</v>
       </c>
       <c r="M27" s="3">
         <v>0.99</v>
       </c>
       <c r="N27" s="3">
         <v>1</v>
       </c>
       <c r="O27" s="3">
         <v>2.48</v>
       </c>
       <c r="P27" s="3">
         <v>0.38</v>
       </c>
       <c r="Q27" s="3">
-        <v>0.04</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C28" s="3">
         <v>0</v>
       </c>
       <c r="D28" s="3">
         <v>0.06</v>
       </c>
       <c r="E28" s="3">
         <v>0.04</v>
       </c>
       <c r="F28" s="3">
         <v>0.36</v>
       </c>
       <c r="G28" s="3">
         <v>2.0699999999999998</v>
       </c>
       <c r="H28" s="3">
         <v>2.2799999999999998</v>
       </c>
       <c r="I28" s="3">
         <v>0.06</v>
       </c>
       <c r="J28" s="3">
         <v>0.01</v>
       </c>
       <c r="K28" s="3">
         <v>0</v>
       </c>
       <c r="L28" s="3">
         <v>0.49</v>
       </c>
       <c r="M28" s="3">
         <v>0.01</v>
       </c>
       <c r="N28" s="3">
         <v>0.68</v>
       </c>
       <c r="O28" s="3">
         <v>2.97</v>
       </c>
       <c r="P28" s="3">
         <v>2.09</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.67</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="C29" s="3">
-        <v>4.4800000000000004</v>
+        <v>0</v>
       </c>
       <c r="D29" s="3">
+        <v>0</v>
+      </c>
+      <c r="E29" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="F29" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="G29" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="H29" s="3">
         <v>0.18</v>
       </c>
-      <c r="E29" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="I29" s="3">
-        <v>0.98</v>
+        <v>1.32</v>
       </c>
       <c r="J29" s="3">
-        <v>0</v>
+        <v>2.21</v>
       </c>
       <c r="K29" s="3">
-        <v>0.01</v>
+        <v>2.19</v>
       </c>
       <c r="L29" s="3">
-        <v>0.42</v>
+        <v>0.17</v>
       </c>
       <c r="M29" s="3">
-        <v>0.47</v>
+        <v>0.05</v>
       </c>
       <c r="N29" s="3">
+        <v>0.04</v>
+      </c>
+      <c r="O29" s="3">
         <v>0.02</v>
       </c>
-      <c r="O29" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="P29" s="3">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="Q29" s="3">
-        <v>0</v>
+        <v>4.97</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="C30" s="3">
-        <v>1.17</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="D30" s="3">
-        <v>0.06</v>
+        <v>0.18</v>
       </c>
       <c r="E30" s="3">
+        <v>3.51</v>
+      </c>
+      <c r="F30" s="3">
         <v>0.1</v>
       </c>
-      <c r="F30" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="3">
-        <v>0.53</v>
+        <v>0.61</v>
       </c>
       <c r="H30" s="3">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="I30" s="3">
-        <v>0.54</v>
+        <v>0.98</v>
       </c>
       <c r="J30" s="3">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="K30" s="3">
-        <v>0.56000000000000005</v>
+        <v>0.01</v>
       </c>
       <c r="L30" s="3">
-        <v>0.8</v>
+        <v>0.42</v>
       </c>
       <c r="M30" s="3">
-        <v>1.02</v>
+        <v>0.47</v>
       </c>
       <c r="N30" s="3">
-        <v>1.29</v>
+        <v>0.02</v>
       </c>
       <c r="O30" s="3">
-        <v>1.17</v>
+        <v>0.19</v>
       </c>
       <c r="P30" s="3">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="3">
-        <v>0.39</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C31" s="3">
-        <v>0.04</v>
+        <v>1.17</v>
       </c>
       <c r="D31" s="3">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="E31" s="3">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="F31" s="3">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
       <c r="G31" s="3">
-        <v>0.03</v>
+        <v>0.53</v>
       </c>
       <c r="H31" s="3">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
       <c r="I31" s="3">
-        <v>0.18</v>
+        <v>0.54</v>
       </c>
       <c r="J31" s="3">
-        <v>0.09</v>
+        <v>0.74</v>
       </c>
       <c r="K31" s="3">
-        <v>0.08</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="L31" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.8</v>
       </c>
       <c r="M31" s="3">
-        <v>2.4900000000000002</v>
+        <v>1.02</v>
       </c>
       <c r="N31" s="3">
-        <v>1.53</v>
+        <v>1.29</v>
       </c>
       <c r="O31" s="3">
-        <v>0.69</v>
+        <v>1.17</v>
       </c>
       <c r="P31" s="3">
-        <v>3.63</v>
+        <v>0.89</v>
       </c>
       <c r="Q31" s="3">
-        <v>0.05</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="C32" s="3">
+        <v>0.04</v>
+      </c>
+      <c r="D32" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="E32" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F32" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="G32" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="H32" s="3">
         <v>0.5</v>
       </c>
-      <c r="D32" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="I32" s="3">
-        <v>0.71</v>
+        <v>0.18</v>
       </c>
       <c r="J32" s="3">
-        <v>0.61</v>
+        <v>0.09</v>
       </c>
       <c r="K32" s="3">
-        <v>1.28</v>
+        <v>0.08</v>
       </c>
       <c r="L32" s="3">
-        <v>0.49</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="M32" s="3">
-        <v>0.23</v>
+        <v>2.4900000000000002</v>
       </c>
       <c r="N32" s="3">
-        <v>0.38</v>
+        <v>1.53</v>
       </c>
       <c r="O32" s="3">
-        <v>0.17</v>
+        <v>0.69</v>
       </c>
       <c r="P32" s="3">
-        <v>0.33</v>
+        <v>3.63</v>
       </c>
       <c r="Q32" s="3">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="C33" s="3">
-        <v>0.03</v>
+        <v>0.5</v>
       </c>
       <c r="D33" s="3">
-        <v>0.02</v>
+        <v>0.38</v>
       </c>
       <c r="E33" s="3">
-        <v>0.03</v>
+        <v>0.63</v>
       </c>
       <c r="F33" s="3">
-        <v>0.02</v>
+        <v>0.4</v>
       </c>
       <c r="G33" s="3">
-        <v>0.26</v>
+        <v>0.34</v>
       </c>
       <c r="H33" s="3">
-        <v>0.18</v>
+        <v>0.76</v>
       </c>
       <c r="I33" s="3">
-        <v>1.66</v>
+        <v>0.71</v>
       </c>
       <c r="J33" s="3">
-        <v>0.04</v>
+        <v>0.61</v>
       </c>
       <c r="K33" s="3">
-        <v>0.02</v>
+        <v>1.28</v>
       </c>
       <c r="L33" s="3">
-        <v>0.04</v>
+        <v>0.49</v>
       </c>
       <c r="M33" s="3">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="N33" s="3">
-        <v>0.22</v>
+        <v>0.38</v>
       </c>
       <c r="O33" s="3">
-        <v>3.92</v>
+        <v>0.17</v>
       </c>
       <c r="P33" s="3">
-        <v>0.01</v>
+        <v>0.33</v>
       </c>
       <c r="Q33" s="3">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C34" s="3">
         <v>0.11</v>
       </c>
       <c r="D34" s="3">
         <v>0.01</v>
       </c>
       <c r="E34" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F34" s="3">
         <v>0.1</v>
       </c>
       <c r="G34" s="3">
         <v>0.12</v>
       </c>
       <c r="H34" s="3">
         <v>0.13</v>
       </c>
       <c r="I34" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="J34" s="3">
         <v>0.24</v>
       </c>
       <c r="K34" s="3">
         <v>0.24</v>
       </c>
       <c r="L34" s="3">
         <v>0.61</v>
       </c>
       <c r="M34" s="3">
         <v>0.71</v>
       </c>
       <c r="N34" s="3">
         <v>1.2</v>
       </c>
       <c r="O34" s="3">
         <v>0.95</v>
       </c>
       <c r="P34" s="3">
         <v>1.47</v>
       </c>
       <c r="Q34" s="3">
-        <v>0.44</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="C35" s="3">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="D35" s="3">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="E35" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F35" s="3">
         <v>0.02</v>
       </c>
-      <c r="F35" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="3">
-        <v>0.02</v>
+        <v>0.26</v>
       </c>
       <c r="H35" s="3">
         <v>0.18</v>
       </c>
       <c r="I35" s="3">
-        <v>1.32</v>
+        <v>1.66</v>
       </c>
       <c r="J35" s="3">
-        <v>2.21</v>
+        <v>0.04</v>
       </c>
       <c r="K35" s="3">
-        <v>2.19</v>
+        <v>0.02</v>
       </c>
       <c r="L35" s="3">
-        <v>0.17</v>
+        <v>0.04</v>
       </c>
       <c r="M35" s="3">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
       <c r="N35" s="3">
-        <v>0.04</v>
+        <v>0.22</v>
       </c>
       <c r="O35" s="3">
-        <v>0.02</v>
+        <v>3.92</v>
       </c>
       <c r="P35" s="3">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
       <c r="Q35" s="3">
-        <v>0.18</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C36" s="3">
         <v>0.01</v>
       </c>
       <c r="D36" s="3">
         <v>0.01</v>
       </c>
       <c r="E36" s="3">
         <v>0.02</v>
       </c>
       <c r="F36" s="3">
         <v>0.06</v>
       </c>
       <c r="G36" s="3">
         <v>0.09</v>
       </c>
       <c r="H36" s="3">
         <v>0.09</v>
       </c>
       <c r="I36" s="3">
         <v>0.09</v>
       </c>
       <c r="J36" s="3">
         <v>0.44</v>
       </c>
       <c r="K36" s="3">
         <v>0.01</v>
       </c>
       <c r="L36" s="3">
         <v>0.01</v>
       </c>
       <c r="M36" s="3">
         <v>0.02</v>
       </c>
       <c r="N36" s="3">
         <v>0.34</v>
       </c>
       <c r="O36" s="3">
         <v>1.24</v>
       </c>
       <c r="P36" s="3">
         <v>3.94</v>
       </c>
       <c r="Q36" s="3">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C37" s="3">
         <v>0.72</v>
       </c>
       <c r="D37" s="3">
         <v>1.28</v>
       </c>
       <c r="E37" s="3">
         <v>0.89</v>
       </c>
       <c r="F37" s="3">
         <v>0.12</v>
       </c>
       <c r="G37" s="3">
         <v>0.03</v>
       </c>
       <c r="H37" s="3">
         <v>0.06</v>
       </c>
       <c r="I37" s="3">
         <v>0.03</v>
       </c>
       <c r="J37" s="3">
         <v>0.25</v>
       </c>
       <c r="K37" s="3">
         <v>0.43</v>
       </c>
       <c r="L37" s="3">
         <v>0.09</v>
       </c>
       <c r="M37" s="3">
         <v>0.51</v>
       </c>
       <c r="N37" s="3">
         <v>0.09</v>
       </c>
       <c r="O37" s="3">
         <v>0.42</v>
       </c>
       <c r="P37" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q37" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C38" s="3">
         <v>0</v>
       </c>
       <c r="D38" s="3">
         <v>0</v>
       </c>
       <c r="E38" s="3">
         <v>0</v>
       </c>
       <c r="F38" s="3">
         <v>0.01</v>
       </c>
       <c r="G38" s="3">
         <v>0</v>
       </c>
       <c r="H38" s="3">
         <v>0</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
       <c r="J38" s="3">
         <v>1.42</v>
       </c>
       <c r="K38" s="3">
         <v>0.02</v>
       </c>
       <c r="L38" s="3">
         <v>0</v>
       </c>
       <c r="M38" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="N38" s="3">
         <v>0.36</v>
       </c>
       <c r="O38" s="3">
         <v>1.05</v>
       </c>
       <c r="P38" s="3">
         <v>0.97</v>
       </c>
       <c r="Q38" s="3">
-        <v>0.32</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C39" s="3">
         <v>0</v>
       </c>
       <c r="D39" s="3">
         <v>1.88</v>
       </c>
       <c r="E39" s="3">
         <v>0</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>0.04</v>
       </c>
       <c r="H39" s="3">
         <v>0.45</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
       <c r="J39" s="3">
         <v>0.01</v>
       </c>
       <c r="K39" s="3">
         <v>0.02</v>
       </c>
       <c r="L39" s="3">
         <v>0.03</v>
       </c>
       <c r="M39" s="3">
         <v>0.01</v>
       </c>
       <c r="N39" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="O39" s="3">
         <v>0.1</v>
       </c>
       <c r="P39" s="3">
         <v>0.17</v>
       </c>
       <c r="Q39" s="3">
-        <v>0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C40" s="3">
         <v>0.38</v>
       </c>
       <c r="D40" s="3">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0.34</v>
       </c>
       <c r="F40" s="3">
         <v>0.1</v>
       </c>
       <c r="G40" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="H40" s="3">
         <v>0.48</v>
       </c>
       <c r="I40" s="3">
         <v>0.03</v>
       </c>
       <c r="J40" s="3">
         <v>0</v>
       </c>
       <c r="K40" s="3">
         <v>0</v>
       </c>
       <c r="L40" s="3">
         <v>0.37</v>
       </c>
       <c r="M40" s="3">
         <v>0.02</v>
       </c>
       <c r="N40" s="3">
         <v>0</v>
       </c>
       <c r="O40" s="3">
         <v>0</v>
       </c>
       <c r="P40" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="Q40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C41" s="3">
         <v>0</v>
       </c>
       <c r="D41" s="3">
         <v>0.01</v>
       </c>
       <c r="E41" s="3">
         <v>0.94</v>
       </c>
       <c r="F41" s="3">
         <v>0.12</v>
       </c>
       <c r="G41" s="3">
         <v>1.32</v>
       </c>
       <c r="H41" s="3">
         <v>0.05</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
       <c r="J41" s="3">
         <v>0</v>
       </c>
       <c r="K41" s="3">
         <v>0</v>
       </c>
       <c r="L41" s="3">
         <v>0</v>
       </c>
       <c r="M41" s="3">
         <v>0.11</v>
       </c>
       <c r="N41" s="3">
         <v>0.02</v>
       </c>
       <c r="O41" s="3">
         <v>0.02</v>
       </c>
       <c r="P41" s="3">
         <v>0.12</v>
       </c>
       <c r="Q41" s="3">
-        <v>0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C42" s="3">
         <v>0</v>
       </c>
       <c r="D42" s="3">
         <v>0.33</v>
       </c>
       <c r="E42" s="3">
         <v>0.33</v>
       </c>
       <c r="F42" s="3">
         <v>0.92</v>
       </c>
       <c r="G42" s="3">
         <v>0</v>
       </c>
       <c r="H42" s="3">
         <v>0</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
       <c r="J42" s="3">
         <v>0</v>
       </c>
       <c r="K42" s="3">
         <v>0</v>
       </c>
       <c r="L42" s="3">
         <v>0</v>
       </c>
       <c r="M42" s="3">
         <v>0.05</v>
       </c>
       <c r="N42" s="3">
         <v>0.05</v>
       </c>
       <c r="O42" s="3">
         <v>0.01</v>
       </c>
       <c r="P42" s="3">
         <v>0</v>
       </c>
       <c r="Q42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43" s="3">
         <v>0</v>
       </c>
       <c r="E43" s="3">
         <v>0</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>0</v>
       </c>
       <c r="H43" s="3">
         <v>0</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
       <c r="J43" s="3">
         <v>1.51</v>
       </c>
       <c r="K43" s="3">
         <v>0</v>
       </c>
       <c r="L43" s="3">
         <v>0.15</v>
       </c>
       <c r="M43" s="3">
         <v>0</v>
       </c>
       <c r="N43" s="3">
         <v>0.02</v>
       </c>
       <c r="O43" s="3">
         <v>0</v>
       </c>
       <c r="P43" s="3">
         <v>0</v>
       </c>
       <c r="Q43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B44" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C44" s="8">
         <v>1.5105905400000168</v>
       </c>
       <c r="D44" s="8">
         <v>1.0721769400000056</v>
       </c>
       <c r="E44" s="8">
         <v>1.5695243899999767</v>
       </c>
       <c r="F44" s="8">
         <v>1.3153783700000048</v>
       </c>
       <c r="G44" s="8">
         <v>2.7995318899999688</v>
       </c>
       <c r="H44" s="8">
         <v>2.8256672999999637</v>
       </c>
       <c r="I44" s="8">
         <v>2.1374973999999867</v>
       </c>
       <c r="J44" s="8">
         <v>2.790052610000032</v>
       </c>
       <c r="K44" s="8">
         <v>3.570038860000011</v>
       </c>
       <c r="L44" s="8">
         <v>0.90150260999995169</v>
       </c>
       <c r="M44" s="8">
         <v>2.5784805199999994</v>
       </c>
       <c r="N44" s="8">
         <v>4.6033039399999041</v>
       </c>
       <c r="O44" s="8">
         <v>6.647111270000039</v>
       </c>
       <c r="P44" s="8">
         <v>6.9045691300000271</v>
       </c>
       <c r="Q44" s="8">
-        <v>2.0981597299999777</v>
+        <v>3.946068189999977</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B45" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C45" s="3">
         <v>5.2650216399999996</v>
       </c>
       <c r="D45" s="3">
         <v>5.2808712599999996</v>
       </c>
       <c r="E45" s="3">
         <v>9.5254093900000001</v>
       </c>
       <c r="F45" s="3">
         <v>9.3986066800000003</v>
       </c>
       <c r="G45" s="3">
         <v>19.198702449999999</v>
       </c>
       <c r="H45" s="3">
         <v>22.85431075</v>
       </c>
       <c r="I45" s="3">
         <v>33.57062148</v>
       </c>
       <c r="J45" s="3">
         <v>26.01105591</v>
       </c>
       <c r="K45" s="3">
         <v>32.021246529999999</v>
       </c>
       <c r="L45" s="3">
         <v>21.803165719999999</v>
       </c>
       <c r="M45" s="3">
         <v>52.893663330000003</v>
       </c>
       <c r="N45" s="3">
         <v>35.461220939999997</v>
       </c>
       <c r="O45" s="3">
         <v>46.745155689999997</v>
       </c>
       <c r="P45" s="3">
         <v>31.089163280000001</v>
       </c>
       <c r="Q45" s="3">
-        <v>21.349265809999999</v>
+        <v>39.698024650000001</v>
       </c>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B46" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C46" s="10">
         <v>52.565612180000002</v>
       </c>
       <c r="D46" s="10">
         <v>42.183048200000002</v>
       </c>
       <c r="E46" s="10">
         <v>73.244933779999997</v>
       </c>
       <c r="F46" s="10">
         <v>55.983985050000001</v>
       </c>
       <c r="G46" s="10">
         <v>118.46823434</v>
       </c>
       <c r="H46" s="10">
         <v>154.22997805</v>
       </c>
       <c r="I46" s="10">
         <v>152.72811888000001</v>
       </c>
       <c r="J46" s="10">
         <v>163.55110852000001</v>
       </c>
       <c r="K46" s="10">
         <v>193.76128539000001</v>
       </c>
       <c r="L46" s="10">
         <v>148.00466832999999</v>
       </c>
       <c r="M46" s="10">
         <v>226.44214385000001</v>
       </c>
       <c r="N46" s="10">
         <v>200.88452487999999</v>
       </c>
       <c r="O46" s="10">
         <v>249.50226695999999</v>
       </c>
       <c r="P46" s="10">
         <v>181.22373241</v>
       </c>
       <c r="Q46" s="10">
-        <v>94.967425539999994</v>
+        <v>176.40409284</v>
       </c>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B48" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B49" s="2" t="s">
-        <v>138</v>
-[...50 lines deleted...]
-      <c r="K53" s="33"/>
+        <v>136</v>
+      </c>
+    </row>
+    <row r="50" spans="2:11" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C50" s="18"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="18"/>
+      <c r="G50" s="18"/>
+      <c r="H50" s="18"/>
+      <c r="I50" s="18"/>
+      <c r="J50" s="18"/>
+      <c r="K50" s="19"/>
+    </row>
+    <row r="51" spans="2:11" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="24"/>
+      <c r="C51" s="22"/>
+      <c r="D51" s="22"/>
+      <c r="E51" s="22"/>
+      <c r="F51" s="22"/>
+      <c r="G51" s="22"/>
+      <c r="H51" s="22"/>
+      <c r="I51" s="22"/>
+      <c r="J51" s="22"/>
+      <c r="K51" s="23"/>
+    </row>
+    <row r="52" spans="2:11" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="24"/>
+      <c r="C52" s="22"/>
+      <c r="D52" s="22"/>
+      <c r="E52" s="22"/>
+      <c r="F52" s="22"/>
+      <c r="G52" s="22"/>
+      <c r="H52" s="22"/>
+      <c r="I52" s="22"/>
+      <c r="J52" s="22"/>
+      <c r="K52" s="23"/>
+    </row>
+    <row r="53" spans="2:11" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="25"/>
+      <c r="C53" s="26"/>
+      <c r="D53" s="26"/>
+      <c r="E53" s="26"/>
+      <c r="F53" s="26"/>
+      <c r="G53" s="26"/>
+      <c r="H53" s="26"/>
+      <c r="I53" s="26"/>
+      <c r="J53" s="26"/>
+      <c r="K53" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B50:K53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:Q40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="2.7109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="37" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.5703125" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="7">
         <v>2024</v>
       </c>
       <c r="Q5" s="7" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="3">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C6" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D6" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E6" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F6" s="3">
         <v>77.760000000000005</v>
       </c>
       <c r="G6" s="3">
         <v>74.36</v>
       </c>
       <c r="H6" s="3">
         <v>76.319999999999993</v>
       </c>
       <c r="I6" s="3">
         <v>92.89</v>
       </c>
       <c r="J6" s="3">
         <v>96.66</v>
       </c>
       <c r="K6" s="3">
         <v>100.85</v>
       </c>
       <c r="L6" s="3">
         <v>90.42</v>
       </c>
       <c r="M6" s="3">
         <v>104.33</v>
       </c>
       <c r="N6" s="3">
         <v>137.99</v>
       </c>
       <c r="O6" s="3">
         <v>162.06</v>
       </c>
       <c r="P6" s="3">
         <v>126.95</v>
       </c>
       <c r="Q6" s="3">
-        <v>65.849999999999994</v>
+        <v>95.69</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C7" s="3">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C7" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D7" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F7" s="3">
         <v>47.74</v>
       </c>
       <c r="G7" s="3">
         <v>48.17</v>
       </c>
       <c r="H7" s="3">
         <v>47.98</v>
       </c>
       <c r="I7" s="3">
         <v>61.34</v>
       </c>
       <c r="J7" s="3">
         <v>62.29</v>
       </c>
       <c r="K7" s="3">
         <v>61.37</v>
       </c>
       <c r="L7" s="3">
         <v>51.59</v>
       </c>
       <c r="M7" s="3">
         <v>59.47</v>
       </c>
       <c r="N7" s="3">
         <v>55.71</v>
       </c>
       <c r="O7" s="3">
         <v>67.05</v>
       </c>
       <c r="P7" s="3">
         <v>56.08</v>
       </c>
       <c r="Q7" s="3">
-        <v>27.68</v>
+        <v>41.72</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="3">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C8" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F8" s="3">
         <v>39.69</v>
       </c>
       <c r="G8" s="3">
         <v>43.61</v>
       </c>
       <c r="H8" s="3">
         <v>44.31</v>
       </c>
       <c r="I8" s="3">
         <v>46.05</v>
       </c>
       <c r="J8" s="3">
         <v>44.01</v>
       </c>
       <c r="K8" s="3">
         <v>49.43</v>
       </c>
       <c r="L8" s="3">
         <v>41.73</v>
       </c>
       <c r="M8" s="3">
         <v>46.55</v>
       </c>
       <c r="N8" s="3">
         <v>52.07</v>
       </c>
       <c r="O8" s="3">
         <v>93.56</v>
       </c>
       <c r="P8" s="3">
         <v>47.92</v>
       </c>
       <c r="Q8" s="3">
-        <v>19.04</v>
+        <v>27.55</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E9" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F9" s="3">
         <v>16.739999999999998</v>
       </c>
       <c r="G9" s="3">
         <v>19.32</v>
       </c>
       <c r="H9" s="3">
         <v>18.329999999999998</v>
       </c>
       <c r="I9" s="3">
         <v>33.659999999999997</v>
       </c>
       <c r="J9" s="3">
         <v>30.31</v>
       </c>
       <c r="K9" s="3">
         <v>32.46</v>
       </c>
       <c r="L9" s="3">
         <v>29.36</v>
       </c>
       <c r="M9" s="3">
         <v>37.49</v>
       </c>
       <c r="N9" s="3">
         <v>37.67</v>
       </c>
       <c r="O9" s="3">
         <v>39.78</v>
       </c>
       <c r="P9" s="3">
         <v>31.69</v>
       </c>
       <c r="Q9" s="3">
-        <v>10.59</v>
+        <v>14.09</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>36</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>0</v>
       </c>
       <c r="H10" s="3">
         <v>0</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
       <c r="J10" s="3">
         <v>0</v>
       </c>
       <c r="K10" s="3">
         <v>0</v>
       </c>
       <c r="L10" s="3">
         <v>0</v>
       </c>
       <c r="M10" s="3">
         <v>0</v>
       </c>
       <c r="N10" s="3">
         <v>17.39</v>
       </c>
       <c r="O10" s="3">
         <v>171.95</v>
       </c>
       <c r="P10" s="3">
         <v>0</v>
       </c>
       <c r="Q10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>28</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F11" s="3">
         <v>0.66</v>
       </c>
       <c r="G11" s="3">
         <v>0.76</v>
       </c>
       <c r="H11" s="3">
         <v>0.45</v>
       </c>
       <c r="I11" s="3">
         <v>3.99</v>
       </c>
       <c r="J11" s="3">
         <v>10.51</v>
       </c>
       <c r="K11" s="3">
         <v>21.56</v>
       </c>
       <c r="L11" s="3">
         <v>29.55</v>
       </c>
       <c r="M11" s="3">
         <v>25.84</v>
       </c>
       <c r="N11" s="3">
         <v>26.53</v>
       </c>
       <c r="O11" s="3">
         <v>21.44</v>
       </c>
       <c r="P11" s="3">
         <v>14.25</v>
       </c>
       <c r="Q11" s="3">
-        <v>7.86</v>
+        <v>10.26</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>18</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F12" s="3">
         <v>9.94</v>
       </c>
       <c r="G12" s="3">
         <v>20.350000000000001</v>
       </c>
       <c r="H12" s="3">
         <v>20.98</v>
       </c>
       <c r="I12" s="3">
         <v>8.69</v>
       </c>
       <c r="J12" s="3">
         <v>14.33</v>
       </c>
       <c r="K12" s="3">
         <v>13.26</v>
       </c>
       <c r="L12" s="3">
         <v>28.54</v>
       </c>
       <c r="M12" s="3">
         <v>5.36</v>
       </c>
       <c r="N12" s="3">
         <v>16.7</v>
       </c>
       <c r="O12" s="3">
         <v>9.25</v>
       </c>
       <c r="P12" s="3">
         <v>2.73</v>
       </c>
       <c r="Q12" s="3">
         <v>2.1</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>23</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>22</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F13" s="3">
         <v>6.05</v>
       </c>
       <c r="G13" s="3">
         <v>4.2300000000000004</v>
       </c>
       <c r="H13" s="3">
         <v>5.04</v>
       </c>
       <c r="I13" s="3">
         <v>5.86</v>
       </c>
       <c r="J13" s="3">
         <v>5.4</v>
       </c>
       <c r="K13" s="3">
         <v>5.2</v>
       </c>
       <c r="L13" s="3">
         <v>3.75</v>
       </c>
       <c r="M13" s="3">
         <v>3.81</v>
       </c>
       <c r="N13" s="3">
         <v>4.95</v>
       </c>
       <c r="O13" s="3">
         <v>5.37</v>
       </c>
       <c r="P13" s="3">
         <v>3.24</v>
       </c>
       <c r="Q13" s="3">
-        <v>2.98</v>
+        <v>4.26</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C14" s="3">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C14" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F14" s="3">
         <v>3.55</v>
       </c>
       <c r="G14" s="3">
         <v>4.97</v>
       </c>
       <c r="H14" s="3">
         <v>4.79</v>
       </c>
       <c r="I14" s="3">
         <v>4.59</v>
       </c>
       <c r="J14" s="3">
         <v>4.78</v>
       </c>
       <c r="K14" s="3">
         <v>4.08</v>
       </c>
       <c r="L14" s="3">
         <v>4.3</v>
       </c>
       <c r="M14" s="3">
         <v>5.2</v>
       </c>
       <c r="N14" s="3">
         <v>5.94</v>
       </c>
       <c r="O14" s="3">
         <v>5.86</v>
       </c>
       <c r="P14" s="3">
         <v>4.38</v>
       </c>
       <c r="Q14" s="3">
-        <v>1.59</v>
+        <v>2.4300000000000002</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>21</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F15" s="3">
         <v>0.47</v>
       </c>
       <c r="G15" s="3">
         <v>1.41</v>
       </c>
       <c r="H15" s="3">
         <v>32.119999999999997</v>
       </c>
       <c r="I15" s="3">
         <v>3.26</v>
       </c>
       <c r="J15" s="3">
         <v>2.5299999999999998</v>
       </c>
       <c r="K15" s="3">
         <v>0.85</v>
       </c>
       <c r="L15" s="3">
         <v>1.45</v>
       </c>
       <c r="M15" s="3">
         <v>0.03</v>
       </c>
       <c r="N15" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="O15" s="3">
         <v>2.19</v>
       </c>
       <c r="P15" s="3">
         <v>1.64</v>
       </c>
       <c r="Q15" s="3">
-        <v>0.69</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>30</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F16" s="3">
         <v>2.33</v>
       </c>
       <c r="G16" s="3">
         <v>12.93</v>
       </c>
       <c r="H16" s="3">
         <v>17.29</v>
       </c>
       <c r="I16" s="3">
         <v>5.43</v>
       </c>
       <c r="J16" s="3">
         <v>0.13</v>
       </c>
       <c r="K16" s="3">
         <v>1.1200000000000001</v>
       </c>
       <c r="L16" s="3">
         <v>4.38</v>
       </c>
       <c r="M16" s="3">
         <v>0.05</v>
       </c>
       <c r="N16" s="3">
         <v>0.22</v>
       </c>
       <c r="O16" s="3">
         <v>0.47</v>
       </c>
       <c r="P16" s="3">
         <v>0.64</v>
       </c>
       <c r="Q16" s="3">
-        <v>0.03</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>23</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F17" s="3">
         <v>7.02</v>
       </c>
       <c r="G17" s="3">
         <v>12.97</v>
       </c>
       <c r="H17" s="3">
         <v>5.98</v>
       </c>
       <c r="I17" s="3">
         <v>2.97</v>
       </c>
       <c r="J17" s="3">
         <v>2.83</v>
       </c>
       <c r="K17" s="3">
         <v>2.65</v>
       </c>
       <c r="L17" s="3">
         <v>3.49</v>
       </c>
       <c r="M17" s="3">
         <v>1.19</v>
       </c>
       <c r="N17" s="3">
         <v>1.04</v>
       </c>
       <c r="O17" s="3">
         <v>1.43</v>
       </c>
       <c r="P17" s="3">
         <v>2.19</v>
       </c>
       <c r="Q17" s="3">
-        <v>0.91</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F18" s="3">
         <v>18.13</v>
       </c>
       <c r="G18" s="3">
         <v>6.61</v>
       </c>
       <c r="H18" s="3">
         <v>1.53</v>
       </c>
       <c r="I18" s="3">
         <v>0.03</v>
       </c>
       <c r="J18" s="3">
         <v>1.19</v>
       </c>
       <c r="K18" s="3">
         <v>0.66</v>
       </c>
       <c r="L18" s="3">
         <v>5.37</v>
       </c>
       <c r="M18" s="3">
         <v>0.3</v>
       </c>
       <c r="N18" s="3">
         <v>0</v>
       </c>
       <c r="O18" s="3">
         <v>0.1</v>
       </c>
       <c r="P18" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="Q18" s="3">
         <v>0.02</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>39</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F19" s="3">
         <v>1.9</v>
       </c>
       <c r="G19" s="3">
         <v>2.67</v>
       </c>
       <c r="H19" s="3">
         <v>2.61</v>
       </c>
       <c r="I19" s="3">
         <v>6.11</v>
       </c>
       <c r="J19" s="3">
         <v>1.71</v>
       </c>
       <c r="K19" s="3">
         <v>4.8899999999999997</v>
       </c>
       <c r="L19" s="3">
         <v>3.06</v>
       </c>
       <c r="M19" s="3">
         <v>3.36</v>
       </c>
       <c r="N19" s="3">
         <v>3.76</v>
       </c>
       <c r="O19" s="3">
         <v>0.42</v>
       </c>
       <c r="P19" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="Q19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>30</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
         <v>0</v>
       </c>
       <c r="I20" s="3">
         <v>0.02</v>
       </c>
       <c r="J20" s="3">
         <v>0</v>
       </c>
       <c r="K20" s="3">
         <v>0</v>
       </c>
       <c r="L20" s="3">
         <v>0</v>
       </c>
       <c r="M20" s="3">
         <v>0</v>
       </c>
       <c r="N20" s="3">
         <v>12.98</v>
       </c>
       <c r="O20" s="3">
         <v>6.45</v>
       </c>
       <c r="P20" s="3">
         <v>3.22</v>
       </c>
       <c r="Q20" s="3">
-        <v>0.1</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>39</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
         <v>0</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
       <c r="J21" s="3">
         <v>0.02</v>
       </c>
       <c r="K21" s="3">
         <v>0</v>
       </c>
       <c r="L21" s="3">
         <v>0</v>
       </c>
       <c r="M21" s="3">
         <v>0</v>
       </c>
       <c r="N21" s="3">
         <v>20.21</v>
       </c>
       <c r="O21" s="3">
         <v>0.26</v>
       </c>
       <c r="P21" s="3">
         <v>0</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>35</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
         <v>0</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
       <c r="J22" s="3">
         <v>0.04</v>
       </c>
       <c r="K22" s="3">
         <v>0.31</v>
       </c>
       <c r="L22" s="3">
         <v>2.73</v>
       </c>
       <c r="M22" s="3">
         <v>3.77</v>
       </c>
       <c r="N22" s="3">
         <v>5.95</v>
       </c>
       <c r="O22" s="3">
         <v>2.2999999999999998</v>
       </c>
       <c r="P22" s="3">
         <v>0.86</v>
       </c>
       <c r="Q22" s="3">
         <v>0.25</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>41</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F23" s="3">
         <v>0.02</v>
       </c>
       <c r="G23" s="3">
         <v>0.03</v>
       </c>
       <c r="H23" s="3">
         <v>0.01</v>
       </c>
       <c r="I23" s="3">
         <v>0.04</v>
       </c>
       <c r="J23" s="3">
         <v>0.02</v>
       </c>
       <c r="K23" s="3">
         <v>0.22</v>
       </c>
       <c r="L23" s="3">
         <v>0.74</v>
       </c>
       <c r="M23" s="3">
         <v>0.96</v>
       </c>
       <c r="N23" s="3">
         <v>8</v>
       </c>
       <c r="O23" s="3">
         <v>2.95</v>
       </c>
       <c r="P23" s="3">
         <v>1.81</v>
       </c>
       <c r="Q23" s="3">
-        <v>1.05</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>41</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>0</v>
       </c>
       <c r="H24" s="3">
         <v>0</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
       <c r="J24" s="3">
         <v>0</v>
       </c>
       <c r="K24" s="3">
         <v>0</v>
       </c>
       <c r="L24" s="3">
         <v>0.01</v>
       </c>
       <c r="M24" s="3">
         <v>0.06</v>
       </c>
       <c r="N24" s="3">
         <v>3.93</v>
       </c>
       <c r="O24" s="3">
         <v>7.42</v>
       </c>
       <c r="P24" s="3">
         <v>0.03</v>
       </c>
       <c r="Q24" s="3">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>0</v>
       </c>
       <c r="H25" s="3">
         <v>0</v>
       </c>
       <c r="I25" s="3">
         <v>2.87</v>
       </c>
       <c r="J25" s="3">
         <v>0.31</v>
       </c>
       <c r="K25" s="3">
         <v>2.2000000000000002</v>
       </c>
       <c r="L25" s="3">
         <v>0.68</v>
       </c>
       <c r="M25" s="3">
         <v>0.71</v>
       </c>
       <c r="N25" s="3">
         <v>0</v>
       </c>
       <c r="O25" s="3">
         <v>0</v>
       </c>
       <c r="P25" s="3">
         <v>0</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>44</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>2.69</v>
       </c>
       <c r="H26" s="3">
         <v>0</v>
       </c>
       <c r="I26" s="3">
         <v>2.7</v>
       </c>
       <c r="J26" s="3">
         <v>0</v>
       </c>
       <c r="K26" s="3">
         <v>0.01</v>
       </c>
       <c r="L26" s="3">
         <v>0.01</v>
       </c>
       <c r="M26" s="3">
         <v>0.06</v>
       </c>
       <c r="N26" s="3">
         <v>0.06</v>
       </c>
       <c r="O26" s="3">
         <v>0.05</v>
       </c>
       <c r="P26" s="3">
         <v>0.06</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="12" t="s">
-        <v>104</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>103</v>
+      </c>
+      <c r="C27" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="E27" s="14" t="s">
+        <v>137</v>
       </c>
       <c r="F27" s="14">
         <v>5.5132627375999448</v>
       </c>
       <c r="G27" s="14">
         <v>6.7256900910000184</v>
       </c>
       <c r="H27" s="14">
         <v>6.7283551941000042</v>
       </c>
       <c r="I27" s="14">
         <v>5.0076447784999232</v>
       </c>
       <c r="J27" s="14">
         <v>7.319004920000225</v>
       </c>
       <c r="K27" s="14">
         <v>4.6258142099999873</v>
       </c>
       <c r="L27" s="14">
         <v>3.4330270199999404</v>
       </c>
       <c r="M27" s="14">
         <v>5.3594088100000477</v>
       </c>
       <c r="N27" s="14">
         <v>9.3736171299999569</v>
       </c>
       <c r="O27" s="14">
         <v>7.1946055099998603</v>
       </c>
       <c r="P27" s="14">
         <v>8.8215425700000196</v>
       </c>
       <c r="Q27" s="14">
-        <v>3.6132503799999824</v>
+        <v>6.799659599999984</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C28" s="3">
         <v>252.44298543799999</v>
       </c>
       <c r="D28" s="3">
         <v>271.73144441950001</v>
       </c>
       <c r="E28" s="3">
         <v>220.44740850330001</v>
       </c>
       <c r="F28" s="3">
         <v>13.755529932</v>
       </c>
       <c r="G28" s="3">
         <v>15.153535511499999</v>
       </c>
       <c r="H28" s="3">
         <v>16.468089768500001</v>
       </c>
       <c r="I28" s="3">
         <v>16.526222898899999</v>
       </c>
       <c r="J28" s="3">
         <v>16.456190042199999</v>
       </c>
       <c r="K28" s="3">
         <v>17.7330336819</v>
       </c>
       <c r="L28" s="3">
         <v>17.6252755085</v>
       </c>
       <c r="M28" s="3">
         <v>17.974712374599999</v>
       </c>
       <c r="N28" s="3">
         <v>23.350847072000001</v>
       </c>
       <c r="O28" s="3">
         <v>25.0346324259</v>
       </c>
       <c r="P28" s="3">
         <v>12.7804423785</v>
       </c>
       <c r="Q28" s="3">
-        <v>6.0324034548000007</v>
+        <v>8.7644322496000004</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C29" s="10">
         <v>252.44298543799999</v>
       </c>
       <c r="D29" s="10">
         <v>271.73144441950001</v>
       </c>
       <c r="E29" s="10">
         <v>220.44740850330001</v>
       </c>
       <c r="F29" s="10">
         <v>251.2687926696</v>
       </c>
       <c r="G29" s="10">
         <v>276.9592256025</v>
       </c>
       <c r="H29" s="10">
         <v>300.93644496259998</v>
       </c>
       <c r="I29" s="10">
         <v>302.0338676774</v>
       </c>
       <c r="J29" s="10">
         <v>300.84519496220003</v>
       </c>
       <c r="K29" s="10">
         <v>323.47884789189999</v>
       </c>
       <c r="L29" s="10">
         <v>322.21830252849998</v>
       </c>
       <c r="M29" s="10">
         <v>321.87412118460003</v>
       </c>
       <c r="N29" s="10">
         <v>444.11446420200002</v>
       </c>
       <c r="O29" s="10">
         <v>632.58923793589997</v>
       </c>
       <c r="P29" s="10">
         <v>319.50198494850002</v>
       </c>
       <c r="Q29" s="10">
-        <v>150.45565383479999</v>
-[...62 lines deleted...]
-      <c r="K35" s="33"/>
+        <v>218.59409184960001</v>
+      </c>
+    </row>
+    <row r="31" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C31" s="17"/>
+      <c r="D31" s="17"/>
+      <c r="E31" s="17"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="17"/>
+      <c r="H31" s="17"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="18"/>
+      <c r="K31" s="19"/>
+    </row>
+    <row r="32" spans="2:17" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="20"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="21"/>
+      <c r="G32" s="21"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="22"/>
+      <c r="J32" s="22"/>
+      <c r="K32" s="23"/>
+    </row>
+    <row r="33" spans="2:11" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="20"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="22"/>
+      <c r="J33" s="22"/>
+      <c r="K33" s="23"/>
+    </row>
+    <row r="34" spans="2:11" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="24"/>
+      <c r="C34" s="22"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="22"/>
+      <c r="F34" s="22"/>
+      <c r="G34" s="22"/>
+      <c r="H34" s="22"/>
+      <c r="I34" s="22"/>
+      <c r="J34" s="22"/>
+      <c r="K34" s="23"/>
+    </row>
+    <row r="35" spans="2:11" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="25"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26"/>
+      <c r="F35" s="26"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="26"/>
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="27"/>
     </row>
     <row r="36" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
     </row>
     <row r="37" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>108</v>
-[...38 lines deleted...]
-      <c r="K40" s="23"/>
+        <v>106</v>
+      </c>
+    </row>
+    <row r="38" spans="2:11" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="17"/>
+      <c r="D38" s="17"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="17"/>
+      <c r="I38" s="17"/>
+      <c r="J38" s="17"/>
+      <c r="K38" s="28"/>
+    </row>
+    <row r="39" spans="2:11" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="20"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="21"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="21"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="21"/>
+      <c r="J39" s="21"/>
+      <c r="K39" s="29"/>
+    </row>
+    <row r="40" spans="2:11" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="30"/>
+      <c r="C40" s="31"/>
+      <c r="D40" s="31"/>
+      <c r="E40" s="31"/>
+      <c r="F40" s="31"/>
+      <c r="G40" s="31"/>
+      <c r="H40" s="31"/>
+      <c r="I40" s="31"/>
+      <c r="J40" s="31"/>
+      <c r="K40" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B31:K35"/>
     <mergeCell ref="B38:K40"/>
-    <mergeCell ref="B31:K35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="D5 E5:P5" numberStoredAsText="1"/>
+    <ignoredError sqref="D5:O5" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B2:Q65"/>
+  <dimension ref="B2:Q64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="40.28515625" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.85546875" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>20.43</v>
       </c>
       <c r="D6" s="3">
         <v>12.96</v>
       </c>
       <c r="E6" s="3">
         <v>22.58</v>
       </c>
       <c r="F6" s="3">
         <v>17.54</v>
       </c>
       <c r="G6" s="3">
         <v>21.29</v>
       </c>
       <c r="H6" s="3">
         <v>25.52</v>
       </c>
       <c r="I6" s="3">
         <v>16.329999999999998</v>
       </c>
       <c r="J6" s="3">
         <v>18.97</v>
       </c>
       <c r="K6" s="3">
         <v>21.54</v>
       </c>
       <c r="L6" s="3">
         <v>19.170000000000002</v>
       </c>
       <c r="M6" s="3">
         <v>29.1</v>
       </c>
       <c r="N6" s="3">
         <v>44.54</v>
       </c>
       <c r="O6" s="3">
         <v>39.840000000000003</v>
       </c>
       <c r="P6" s="3">
         <v>46.57</v>
       </c>
       <c r="Q6" s="3">
-        <v>23.45</v>
+        <v>33.21</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="3">
         <v>2.2000000000000002</v>
       </c>
       <c r="D7" s="3">
         <v>7.74</v>
       </c>
       <c r="E7" s="3">
         <v>3</v>
       </c>
       <c r="F7" s="3">
         <v>4.5</v>
       </c>
       <c r="G7" s="3">
         <v>5.96</v>
       </c>
       <c r="H7" s="3">
         <v>4.9000000000000004</v>
       </c>
       <c r="I7" s="3">
         <v>3.85</v>
       </c>
       <c r="J7" s="3">
         <v>3.59</v>
       </c>
       <c r="K7" s="3">
         <v>3.54</v>
       </c>
       <c r="L7" s="3">
         <v>2.2999999999999998</v>
       </c>
       <c r="M7" s="3">
         <v>15.94</v>
       </c>
       <c r="N7" s="3">
         <v>79.650000000000006</v>
       </c>
       <c r="O7" s="3">
         <v>86.02</v>
       </c>
       <c r="P7" s="3">
         <v>60.15</v>
       </c>
       <c r="Q7" s="3">
-        <v>4.3499999999999996</v>
+        <v>5.63</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>13.4</v>
       </c>
       <c r="D8" s="3">
         <v>3.96</v>
       </c>
       <c r="E8" s="3">
         <v>9.68</v>
       </c>
       <c r="F8" s="3">
         <v>1.87</v>
       </c>
       <c r="G8" s="3">
         <v>38.64</v>
       </c>
       <c r="H8" s="3">
         <v>5.72</v>
       </c>
       <c r="I8" s="3">
         <v>42.42</v>
       </c>
       <c r="J8" s="3">
         <v>9.27</v>
       </c>
       <c r="K8" s="3">
         <v>15.91</v>
       </c>
       <c r="L8" s="3">
         <v>10.63</v>
       </c>
       <c r="M8" s="3">
         <v>17.7</v>
       </c>
       <c r="N8" s="3">
         <v>20.63</v>
       </c>
       <c r="O8" s="3">
         <v>18.73</v>
       </c>
       <c r="P8" s="3">
         <v>23.07</v>
       </c>
       <c r="Q8" s="3">
-        <v>10.7</v>
+        <v>17.41</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="3">
         <v>21.32</v>
       </c>
       <c r="D9" s="3">
         <v>8.4499999999999993</v>
       </c>
       <c r="E9" s="3">
         <v>9.4600000000000009</v>
       </c>
       <c r="F9" s="3">
         <v>8.07</v>
       </c>
       <c r="G9" s="3">
         <v>12.71</v>
       </c>
       <c r="H9" s="3">
         <v>9.07</v>
       </c>
       <c r="I9" s="3">
         <v>9.4</v>
       </c>
       <c r="J9" s="3">
         <v>6.66</v>
       </c>
       <c r="K9" s="3">
         <v>12.22</v>
       </c>
       <c r="L9" s="3">
         <v>9.1199999999999992</v>
       </c>
       <c r="M9" s="3">
         <v>5.01</v>
       </c>
       <c r="N9" s="3">
         <v>8.73</v>
       </c>
       <c r="O9" s="3">
         <v>12.33</v>
       </c>
       <c r="P9" s="3">
         <v>20.23</v>
       </c>
       <c r="Q9" s="3">
-        <v>8.09</v>
+        <v>12.62</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C10" s="3">
         <v>0.72</v>
       </c>
       <c r="D10" s="3">
         <v>0.69</v>
       </c>
       <c r="E10" s="3">
         <v>0.18</v>
       </c>
       <c r="F10" s="3">
         <v>0.6</v>
       </c>
       <c r="G10" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="H10" s="3">
         <v>0.93</v>
       </c>
       <c r="I10" s="3">
         <v>0.84</v>
       </c>
       <c r="J10" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="K10" s="3">
         <v>0.85</v>
       </c>
       <c r="L10" s="3">
         <v>0.5</v>
       </c>
       <c r="M10" s="3">
         <v>2.37</v>
       </c>
       <c r="N10" s="3">
         <v>28.77</v>
       </c>
       <c r="O10" s="3">
         <v>27.91</v>
       </c>
       <c r="P10" s="3">
         <v>24.03</v>
       </c>
       <c r="Q10" s="3">
-        <v>16.25</v>
+        <v>25.79</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="3">
         <v>5.14</v>
       </c>
       <c r="D11" s="3">
         <v>4.7</v>
       </c>
       <c r="E11" s="3">
         <v>7.77</v>
       </c>
       <c r="F11" s="3">
         <v>6.67</v>
       </c>
       <c r="G11" s="3">
         <v>6.53</v>
       </c>
       <c r="H11" s="3">
         <v>6.51</v>
       </c>
       <c r="I11" s="3">
         <v>6.21</v>
       </c>
       <c r="J11" s="3">
         <v>6.47</v>
       </c>
       <c r="K11" s="3">
         <v>7.24</v>
       </c>
       <c r="L11" s="3">
         <v>6.02</v>
       </c>
       <c r="M11" s="3">
         <v>7.33</v>
       </c>
       <c r="N11" s="3">
         <v>7.27</v>
       </c>
       <c r="O11" s="3">
         <v>7.17</v>
       </c>
       <c r="P11" s="3">
         <v>10.33</v>
       </c>
       <c r="Q11" s="3">
-        <v>4.6399999999999997</v>
+        <v>6.56</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
         <v>1.99</v>
       </c>
       <c r="D12" s="3">
         <v>7.62</v>
       </c>
       <c r="E12" s="3">
         <v>7.41</v>
       </c>
       <c r="F12" s="3">
         <v>5.14</v>
       </c>
       <c r="G12" s="3">
         <v>13.22</v>
       </c>
       <c r="H12" s="3">
         <v>6.47</v>
       </c>
       <c r="I12" s="3">
         <v>18.8</v>
       </c>
       <c r="J12" s="3">
         <v>14.02</v>
       </c>
       <c r="K12" s="3">
         <v>8.5500000000000007</v>
       </c>
       <c r="L12" s="3">
         <v>13.51</v>
       </c>
       <c r="M12" s="3">
         <v>0.42</v>
       </c>
       <c r="N12" s="3">
         <v>0.79</v>
       </c>
       <c r="O12" s="3">
         <v>0.73</v>
       </c>
       <c r="P12" s="3">
         <v>0.65</v>
       </c>
       <c r="Q12" s="3">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C13" s="3">
         <v>1.02</v>
       </c>
       <c r="D13" s="3">
         <v>0.05</v>
       </c>
       <c r="E13" s="3">
         <v>0.3</v>
       </c>
       <c r="F13" s="3">
         <v>0.09</v>
       </c>
       <c r="G13" s="3">
         <v>0.3</v>
       </c>
       <c r="H13" s="3">
         <v>0.73</v>
       </c>
       <c r="I13" s="3">
         <v>0.48</v>
       </c>
       <c r="J13" s="3">
         <v>0.47</v>
       </c>
       <c r="K13" s="3">
         <v>0.46</v>
       </c>
       <c r="L13" s="3">
         <v>0.23</v>
       </c>
       <c r="M13" s="3">
         <v>1.36</v>
       </c>
       <c r="N13" s="3">
         <v>25.14</v>
       </c>
       <c r="O13" s="3">
         <v>29.27</v>
       </c>
       <c r="P13" s="3">
         <v>27.74</v>
       </c>
       <c r="Q13" s="3">
-        <v>3.83</v>
+        <v>3.92</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C14" s="3">
         <v>0.73</v>
       </c>
       <c r="D14" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="E14" s="3">
         <v>2.4300000000000002</v>
       </c>
       <c r="F14" s="3">
         <v>2.27</v>
       </c>
       <c r="G14" s="3">
         <v>2.31</v>
       </c>
       <c r="H14" s="3">
         <v>2.44</v>
       </c>
       <c r="I14" s="3">
         <v>4.6900000000000004</v>
       </c>
       <c r="J14" s="3">
         <v>3.64</v>
       </c>
       <c r="K14" s="3">
         <v>2.68</v>
       </c>
       <c r="L14" s="3">
         <v>2.33</v>
       </c>
       <c r="M14" s="3">
         <v>2.91</v>
       </c>
       <c r="N14" s="3">
         <v>3.83</v>
       </c>
       <c r="O14" s="3">
         <v>17.850000000000001</v>
       </c>
       <c r="P14" s="3">
         <v>9.76</v>
       </c>
       <c r="Q14" s="3">
-        <v>3.61</v>
+        <v>8.9700000000000006</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C15" s="3">
         <v>2.91</v>
       </c>
       <c r="D15" s="3">
         <v>2.83</v>
       </c>
       <c r="E15" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="F15" s="3">
         <v>1.73</v>
       </c>
       <c r="G15" s="3">
         <v>1.83</v>
       </c>
       <c r="H15" s="3">
         <v>9.4</v>
       </c>
       <c r="I15" s="3">
         <v>9.18</v>
       </c>
       <c r="J15" s="3">
         <v>5.71</v>
       </c>
       <c r="K15" s="3">
         <v>2.82</v>
       </c>
       <c r="L15" s="3">
         <v>2.48</v>
       </c>
       <c r="M15" s="3">
         <v>1.89</v>
       </c>
       <c r="N15" s="3">
         <v>2.04</v>
       </c>
       <c r="O15" s="3">
         <v>1.99</v>
       </c>
       <c r="P15" s="3">
         <v>6.57</v>
       </c>
       <c r="Q15" s="3">
-        <v>4.59</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C16" s="3">
         <v>0.67</v>
       </c>
       <c r="D16" s="3">
         <v>0.87</v>
       </c>
       <c r="E16" s="3">
         <v>1.42</v>
       </c>
       <c r="F16" s="3">
         <v>17.8</v>
       </c>
       <c r="G16" s="3">
         <v>8.2899999999999991</v>
       </c>
       <c r="H16" s="3">
         <v>2.02</v>
       </c>
       <c r="I16" s="3">
         <v>3.49</v>
       </c>
       <c r="J16" s="3">
         <v>3.22</v>
       </c>
       <c r="K16" s="3">
         <v>4.1900000000000004</v>
       </c>
       <c r="L16" s="3">
         <v>3.32</v>
       </c>
       <c r="M16" s="3">
         <v>2.89</v>
       </c>
       <c r="N16" s="3">
         <v>0.91</v>
       </c>
       <c r="O16" s="3">
         <v>2.39</v>
       </c>
       <c r="P16" s="3">
         <v>1.6</v>
       </c>
       <c r="Q16" s="3">
-        <v>0.92</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="3">
         <v>3.76</v>
       </c>
       <c r="D17" s="3">
         <v>3.08</v>
       </c>
       <c r="E17" s="3">
         <v>1.2</v>
       </c>
       <c r="F17" s="3">
         <v>3.67</v>
       </c>
       <c r="G17" s="3">
         <v>2.88</v>
       </c>
       <c r="H17" s="3">
         <v>0.88</v>
       </c>
       <c r="I17" s="3">
         <v>1.08</v>
       </c>
       <c r="J17" s="3">
         <v>4.63</v>
       </c>
       <c r="K17" s="3">
         <v>1.68</v>
       </c>
       <c r="L17" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="M17" s="3">
         <v>4.58</v>
       </c>
       <c r="N17" s="3">
         <v>4.42</v>
       </c>
       <c r="O17" s="3">
         <v>4.96</v>
       </c>
       <c r="P17" s="3">
         <v>12.12</v>
       </c>
       <c r="Q17" s="3">
-        <v>2.72</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C18" s="3">
         <v>6.83</v>
       </c>
       <c r="D18" s="3">
         <v>1.21</v>
       </c>
       <c r="E18" s="3">
         <v>4.09</v>
       </c>
       <c r="F18" s="3">
         <v>4.29</v>
       </c>
       <c r="G18" s="3">
         <v>1.59</v>
       </c>
       <c r="H18" s="3">
         <v>0.62</v>
       </c>
       <c r="I18" s="3">
         <v>4.0199999999999996</v>
       </c>
       <c r="J18" s="3">
         <v>1.68</v>
       </c>
       <c r="K18" s="3">
         <v>1.1200000000000001</v>
       </c>
       <c r="L18" s="3">
         <v>1.31</v>
       </c>
       <c r="M18" s="3">
         <v>0.95</v>
       </c>
       <c r="N18" s="3">
         <v>5.99</v>
       </c>
       <c r="O18" s="3">
         <v>2.77</v>
       </c>
       <c r="P18" s="3">
         <v>4.72</v>
       </c>
       <c r="Q18" s="3">
-        <v>1.07</v>
+        <v>4.6100000000000003</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C19" s="3">
-        <v>2.2400000000000002</v>
+        <v>1.27</v>
       </c>
       <c r="D19" s="3">
-        <v>2.48</v>
+        <v>0.98</v>
       </c>
       <c r="E19" s="3">
-        <v>1.0900000000000001</v>
+        <v>0.91</v>
       </c>
       <c r="F19" s="3">
-        <v>1.24</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="G19" s="3">
+        <v>1.34</v>
+      </c>
+      <c r="H19" s="3">
+        <v>1.36</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0.89</v>
+      </c>
+      <c r="J19" s="3">
         <v>1.39</v>
       </c>
-      <c r="H19" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="K19" s="3">
-        <v>1.72</v>
+        <v>1.25</v>
       </c>
       <c r="L19" s="3">
-        <v>1.25</v>
+        <v>1.17</v>
       </c>
       <c r="M19" s="3">
-        <v>1.91</v>
+        <v>1.94</v>
       </c>
       <c r="N19" s="3">
-        <v>2.4300000000000002</v>
+        <v>1.86</v>
       </c>
       <c r="O19" s="3">
-        <v>4.01</v>
+        <v>6.44</v>
       </c>
       <c r="P19" s="3">
-        <v>3.94</v>
+        <v>8.41</v>
       </c>
       <c r="Q19" s="3">
-        <v>3.06</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C20" s="3">
         <v>0.41</v>
       </c>
       <c r="D20" s="3">
         <v>0.35</v>
       </c>
       <c r="E20" s="3">
         <v>0.74</v>
       </c>
       <c r="F20" s="3">
         <v>0.73</v>
       </c>
       <c r="G20" s="3">
         <v>1.61</v>
       </c>
       <c r="H20" s="3">
         <v>2.14</v>
       </c>
       <c r="I20" s="3">
         <v>1.35</v>
       </c>
       <c r="J20" s="3">
         <v>0.95</v>
       </c>
       <c r="K20" s="3">
         <v>1.2</v>
       </c>
       <c r="L20" s="3">
         <v>1.28</v>
       </c>
       <c r="M20" s="3">
         <v>2.82</v>
       </c>
       <c r="N20" s="3">
         <v>6.88</v>
       </c>
       <c r="O20" s="3">
         <v>6.19</v>
       </c>
       <c r="P20" s="3">
         <v>5.15</v>
       </c>
       <c r="Q20" s="3">
-        <v>3.58</v>
+        <v>4.7699999999999996</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C21" s="3">
-        <v>1.27</v>
+        <v>2.2400000000000002</v>
       </c>
       <c r="D21" s="3">
-        <v>0.98</v>
+        <v>2.48</v>
       </c>
       <c r="E21" s="3">
-        <v>0.91</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="F21" s="3">
-        <v>1.1100000000000001</v>
+        <v>1.24</v>
       </c>
       <c r="G21" s="3">
-        <v>1.34</v>
+        <v>1.39</v>
       </c>
       <c r="H21" s="3">
-        <v>1.36</v>
+        <v>1.63</v>
       </c>
       <c r="I21" s="3">
-        <v>0.89</v>
+        <v>3.39</v>
       </c>
       <c r="J21" s="3">
-        <v>1.39</v>
+        <v>4.28</v>
       </c>
       <c r="K21" s="3">
+        <v>1.72</v>
+      </c>
+      <c r="L21" s="3">
         <v>1.25</v>
       </c>
-      <c r="L21" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="M21" s="3">
-        <v>1.94</v>
+        <v>1.91</v>
       </c>
       <c r="N21" s="3">
-        <v>1.86</v>
+        <v>2.4300000000000002</v>
       </c>
       <c r="O21" s="3">
-        <v>6.44</v>
+        <v>4.01</v>
       </c>
       <c r="P21" s="3">
-        <v>8.41</v>
+        <v>3.94</v>
       </c>
       <c r="Q21" s="3">
-        <v>4.62</v>
+        <v>3.43</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C22" s="3">
         <v>3.93</v>
       </c>
       <c r="D22" s="3">
         <v>3.66</v>
       </c>
       <c r="E22" s="3">
         <v>2.08</v>
       </c>
       <c r="F22" s="3">
         <v>1.04</v>
       </c>
       <c r="G22" s="3">
         <v>1.22</v>
       </c>
       <c r="H22" s="3">
         <v>0.63</v>
       </c>
       <c r="I22" s="3">
         <v>0.97</v>
       </c>
       <c r="J22" s="3">
         <v>0.71</v>
       </c>
       <c r="K22" s="3">
         <v>0.79</v>
       </c>
       <c r="L22" s="3">
         <v>4.28</v>
       </c>
       <c r="M22" s="3">
         <v>0.94</v>
       </c>
       <c r="N22" s="3">
         <v>1.36</v>
       </c>
       <c r="O22" s="3">
         <v>3.3</v>
       </c>
       <c r="P22" s="3">
         <v>6.33</v>
       </c>
       <c r="Q22" s="3">
-        <v>1.77</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="C23" s="3">
-        <v>1.35</v>
+        <v>1.23</v>
       </c>
       <c r="D23" s="3">
-        <v>14.22</v>
+        <v>2.4</v>
       </c>
       <c r="E23" s="3">
-        <v>1.06</v>
+        <v>0.77</v>
       </c>
       <c r="F23" s="3">
-        <v>0.71</v>
+        <v>1.44</v>
       </c>
       <c r="G23" s="3">
-        <v>0.11</v>
+        <v>1.57</v>
       </c>
       <c r="H23" s="3">
-        <v>0.03</v>
+        <v>2.52</v>
       </c>
       <c r="I23" s="3">
-        <v>0.02</v>
+        <v>1.33</v>
       </c>
       <c r="J23" s="3">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="K23" s="3">
-        <v>0.02</v>
+        <v>1.31</v>
       </c>
       <c r="L23" s="3">
-        <v>0.04</v>
+        <v>0.78</v>
       </c>
       <c r="M23" s="3">
-        <v>0.15</v>
+        <v>3.14</v>
       </c>
       <c r="N23" s="3">
-        <v>4.63</v>
+        <v>3.34</v>
       </c>
       <c r="O23" s="3">
-        <v>5.03</v>
+        <v>3.08</v>
       </c>
       <c r="P23" s="3">
-        <v>0.88</v>
+        <v>2.83</v>
       </c>
       <c r="Q23" s="3">
-        <v>0.41</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C24" s="3">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D24" s="3">
-        <v>0.64</v>
+        <v>14.22</v>
       </c>
       <c r="E24" s="3">
-        <v>1.39</v>
+        <v>1.06</v>
       </c>
       <c r="F24" s="3">
-        <v>4.72</v>
+        <v>0.71</v>
       </c>
       <c r="G24" s="3">
-        <v>3.31</v>
+        <v>0.11</v>
       </c>
       <c r="H24" s="3">
-        <v>3.65</v>
+        <v>0.03</v>
       </c>
       <c r="I24" s="3">
-        <v>1.68</v>
+        <v>0.02</v>
       </c>
       <c r="J24" s="3">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="K24" s="3">
-        <v>1.94</v>
+        <v>0.02</v>
       </c>
       <c r="L24" s="3">
-        <v>1.94</v>
+        <v>0.04</v>
       </c>
       <c r="M24" s="3">
-        <v>0.4</v>
+        <v>0.15</v>
       </c>
       <c r="N24" s="3">
-        <v>0.6</v>
+        <v>4.63</v>
       </c>
       <c r="O24" s="3">
-        <v>2.04</v>
+        <v>5.03</v>
       </c>
       <c r="P24" s="3">
-        <v>0.87</v>
+        <v>0.88</v>
       </c>
       <c r="Q24" s="3">
-        <v>1.35</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="C25" s="3">
-        <v>1.23</v>
+        <v>1.25</v>
       </c>
       <c r="D25" s="3">
-        <v>2.4</v>
+        <v>0.64</v>
       </c>
       <c r="E25" s="3">
-        <v>0.77</v>
+        <v>1.39</v>
       </c>
       <c r="F25" s="3">
-        <v>1.44</v>
+        <v>4.72</v>
       </c>
       <c r="G25" s="3">
-        <v>1.57</v>
+        <v>3.31</v>
       </c>
       <c r="H25" s="3">
-        <v>2.52</v>
+        <v>3.65</v>
       </c>
       <c r="I25" s="3">
-        <v>1.33</v>
+        <v>1.68</v>
       </c>
       <c r="J25" s="3">
-        <v>1.2</v>
+        <v>2.65</v>
       </c>
       <c r="K25" s="3">
-        <v>1.31</v>
+        <v>1.94</v>
       </c>
       <c r="L25" s="3">
-        <v>0.78</v>
+        <v>1.94</v>
       </c>
       <c r="M25" s="3">
-        <v>3.14</v>
+        <v>0.4</v>
       </c>
       <c r="N25" s="3">
-        <v>3.34</v>
+        <v>0.6</v>
       </c>
       <c r="O25" s="3">
-        <v>3.08</v>
+        <v>2.04</v>
       </c>
       <c r="P25" s="3">
-        <v>2.83</v>
+        <v>0.87</v>
       </c>
       <c r="Q25" s="3">
-        <v>1.1000000000000001</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="3">
         <v>1.02</v>
       </c>
       <c r="D26" s="3">
         <v>1.34</v>
       </c>
       <c r="E26" s="3">
         <v>2.13</v>
       </c>
       <c r="F26" s="3">
         <v>1.83</v>
       </c>
       <c r="G26" s="3">
         <v>1.35</v>
       </c>
       <c r="H26" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="I26" s="3">
         <v>0.61</v>
       </c>
       <c r="J26" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="K26" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="L26" s="3">
         <v>2.11</v>
       </c>
       <c r="M26" s="3">
         <v>2.89</v>
       </c>
       <c r="N26" s="3">
         <v>2.23</v>
       </c>
       <c r="O26" s="3">
         <v>2.0299999999999998</v>
       </c>
       <c r="P26" s="3">
         <v>2.92</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.43</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C27" s="3">
         <v>0.79</v>
       </c>
       <c r="D27" s="3">
         <v>0.74</v>
       </c>
       <c r="E27" s="3">
         <v>0.64</v>
       </c>
       <c r="F27" s="3">
         <v>0.84</v>
       </c>
       <c r="G27" s="3">
         <v>1.49</v>
       </c>
       <c r="H27" s="3">
         <v>2.2200000000000002</v>
       </c>
       <c r="I27" s="3">
         <v>2.19</v>
       </c>
       <c r="J27" s="3">
         <v>1.51</v>
       </c>
       <c r="K27" s="3">
         <v>2.5499999999999998</v>
       </c>
       <c r="L27" s="3">
         <v>1.6</v>
       </c>
       <c r="M27" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="N27" s="3">
         <v>1.54</v>
       </c>
       <c r="O27" s="3">
         <v>1.99</v>
       </c>
       <c r="P27" s="3">
         <v>2.0299999999999998</v>
       </c>
       <c r="Q27" s="3">
-        <v>0.89</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C28" s="3">
         <v>0.26</v>
       </c>
       <c r="D28" s="3">
         <v>1.43</v>
       </c>
       <c r="E28" s="3">
         <v>0.49</v>
       </c>
       <c r="F28" s="3">
         <v>0.75</v>
       </c>
       <c r="G28" s="3">
         <v>0.27</v>
       </c>
       <c r="H28" s="3">
         <v>3.6</v>
       </c>
       <c r="I28" s="3">
         <v>0.51</v>
       </c>
       <c r="J28" s="3">
         <v>1.28</v>
       </c>
       <c r="K28" s="3">
         <v>4.41</v>
       </c>
       <c r="L28" s="3">
         <v>0.87</v>
       </c>
       <c r="M28" s="3">
         <v>1.8</v>
       </c>
       <c r="N28" s="3">
         <v>2.2000000000000002</v>
       </c>
       <c r="O28" s="3">
         <v>2.52</v>
       </c>
       <c r="P28" s="3">
         <v>0</v>
       </c>
       <c r="Q28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C29" s="3">
         <v>0.53</v>
       </c>
       <c r="D29" s="3">
         <v>0.8</v>
       </c>
       <c r="E29" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="F29" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="G29" s="3">
         <v>1.63</v>
       </c>
       <c r="H29" s="3">
         <v>1.55</v>
       </c>
       <c r="I29" s="3">
         <v>0.67</v>
       </c>
       <c r="J29" s="3">
         <v>1.89</v>
       </c>
       <c r="K29" s="3">
         <v>2.97</v>
       </c>
       <c r="L29" s="3">
         <v>1.85</v>
       </c>
       <c r="M29" s="3">
         <v>0.77</v>
       </c>
       <c r="N29" s="3">
         <v>0.54</v>
       </c>
       <c r="O29" s="3">
         <v>1.26</v>
       </c>
       <c r="P29" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q29" s="3">
-        <v>0.3</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C30" s="3">
         <v>1.18</v>
       </c>
       <c r="D30" s="3">
         <v>0.88</v>
       </c>
       <c r="E30" s="3">
         <v>0.98</v>
       </c>
       <c r="F30" s="3">
         <v>1.23</v>
       </c>
       <c r="G30" s="3">
         <v>1.68</v>
       </c>
       <c r="H30" s="3">
         <v>2.41</v>
       </c>
       <c r="I30" s="3">
         <v>4.42</v>
       </c>
       <c r="J30" s="3">
         <v>1.22</v>
       </c>
       <c r="K30" s="3">
         <v>1.55</v>
       </c>
       <c r="L30" s="3">
         <v>0.71</v>
       </c>
       <c r="M30" s="3">
         <v>0.33</v>
       </c>
       <c r="N30" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="O30" s="3">
         <v>0.4</v>
       </c>
       <c r="P30" s="3">
         <v>0.15</v>
       </c>
       <c r="Q30" s="3">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C31" s="3">
         <v>0.7</v>
       </c>
       <c r="D31" s="3">
         <v>0.59</v>
       </c>
       <c r="E31" s="3">
         <v>0.66</v>
       </c>
       <c r="F31" s="3">
         <v>1.9</v>
       </c>
       <c r="G31" s="3">
         <v>2.85</v>
       </c>
       <c r="H31" s="3">
         <v>1.18</v>
       </c>
       <c r="I31" s="3">
         <v>1.74</v>
       </c>
       <c r="J31" s="3">
         <v>1.67</v>
       </c>
       <c r="K31" s="3">
         <v>0.74</v>
       </c>
       <c r="L31" s="3">
         <v>1.1200000000000001</v>
       </c>
       <c r="M31" s="3">
         <v>0.6</v>
       </c>
       <c r="N31" s="3">
         <v>0.47</v>
       </c>
       <c r="O31" s="3">
         <v>1.44</v>
       </c>
       <c r="P31" s="3">
         <v>0.9</v>
       </c>
       <c r="Q31" s="3">
-        <v>0.13</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C32" s="3">
         <v>0.12</v>
       </c>
       <c r="D32" s="3">
         <v>0.72</v>
       </c>
       <c r="E32" s="3">
         <v>0.38</v>
       </c>
       <c r="F32" s="3">
         <v>0.23</v>
       </c>
       <c r="G32" s="3">
         <v>0.67</v>
       </c>
       <c r="H32" s="3">
         <v>0.21</v>
       </c>
       <c r="I32" s="3">
         <v>0.99</v>
       </c>
       <c r="J32" s="3">
         <v>1.84</v>
       </c>
       <c r="K32" s="3">
         <v>1.53</v>
       </c>
       <c r="L32" s="3">
         <v>1.7</v>
       </c>
       <c r="M32" s="3">
         <v>1.79</v>
       </c>
       <c r="N32" s="3">
         <v>1.98</v>
       </c>
       <c r="O32" s="3">
         <v>1.63</v>
       </c>
       <c r="P32" s="3">
         <v>1.59</v>
       </c>
       <c r="Q32" s="3">
-        <v>0.53</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C33" s="3">
         <v>1.44</v>
       </c>
       <c r="D33" s="3">
         <v>1.99</v>
       </c>
       <c r="E33" s="3">
         <v>1.54</v>
       </c>
       <c r="F33" s="3">
         <v>0.68</v>
       </c>
       <c r="G33" s="3">
         <v>1.95</v>
       </c>
       <c r="H33" s="3">
         <v>1.29</v>
       </c>
       <c r="I33" s="3">
         <v>0.87</v>
       </c>
       <c r="J33" s="3">
         <v>0.87</v>
       </c>
       <c r="K33" s="3">
         <v>0.61</v>
       </c>
       <c r="L33" s="3">
         <v>0.91</v>
       </c>
       <c r="M33" s="3">
         <v>0.52</v>
       </c>
       <c r="N33" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="O33" s="3">
         <v>0.46</v>
       </c>
       <c r="P33" s="3">
         <v>1.21</v>
       </c>
       <c r="Q33" s="3">
-        <v>0.33</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="3">
         <v>0</v>
       </c>
       <c r="D34" s="3">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0.01</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>0.01</v>
       </c>
       <c r="H34" s="3">
         <v>0.04</v>
       </c>
       <c r="I34" s="3">
         <v>0.04</v>
       </c>
       <c r="J34" s="3">
         <v>0.06</v>
       </c>
       <c r="K34" s="3">
         <v>0.21</v>
       </c>
       <c r="L34" s="3">
         <v>0.15</v>
       </c>
       <c r="M34" s="3">
         <v>0.13</v>
       </c>
       <c r="N34" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="O34" s="3">
         <v>13.66</v>
       </c>
       <c r="P34" s="3">
         <v>0.15</v>
       </c>
       <c r="Q34" s="3">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C35" s="3">
-        <v>1.02</v>
+        <v>1.8</v>
       </c>
       <c r="D35" s="3">
-        <v>1.69</v>
+        <v>1.05</v>
       </c>
       <c r="E35" s="3">
-        <v>1.75</v>
+        <v>1.19</v>
       </c>
       <c r="F35" s="3">
-        <v>1.85</v>
+        <v>0.2</v>
       </c>
       <c r="G35" s="3">
-        <v>2.34</v>
+        <v>0.84</v>
       </c>
       <c r="H35" s="3">
-        <v>1.84</v>
+        <v>0.93</v>
       </c>
       <c r="I35" s="3">
-        <v>1.39</v>
+        <v>0.01</v>
       </c>
       <c r="J35" s="3">
-        <v>0.69</v>
+        <v>0.04</v>
       </c>
       <c r="K35" s="3">
-        <v>0.3</v>
+        <v>0.04</v>
       </c>
       <c r="L35" s="3">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="M35" s="3">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="N35" s="3">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="O35" s="3">
-        <v>0</v>
+        <v>0.39</v>
       </c>
       <c r="P35" s="3">
-        <v>0</v>
+        <v>0.78</v>
       </c>
       <c r="Q35" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C36" s="3">
-        <v>1.8</v>
+        <v>1.02</v>
       </c>
       <c r="D36" s="3">
-        <v>1.05</v>
+        <v>1.69</v>
       </c>
       <c r="E36" s="3">
-        <v>1.19</v>
+        <v>1.75</v>
       </c>
       <c r="F36" s="3">
-        <v>0.2</v>
+        <v>1.85</v>
       </c>
       <c r="G36" s="3">
-        <v>0.84</v>
+        <v>2.34</v>
       </c>
       <c r="H36" s="3">
-        <v>0.93</v>
+        <v>1.84</v>
       </c>
       <c r="I36" s="3">
+        <v>1.39</v>
+      </c>
+      <c r="J36" s="3">
+        <v>0.69</v>
+      </c>
+      <c r="K36" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="L36" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="M36" s="3">
         <v>0.01</v>
       </c>
-      <c r="J36" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="N36" s="3">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="O36" s="3">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="P36" s="3">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="3">
-        <v>4.18</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C37" s="3">
         <v>0.25</v>
       </c>
       <c r="D37" s="3">
         <v>0.17</v>
       </c>
       <c r="E37" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F37" s="3">
         <v>0.13</v>
       </c>
       <c r="G37" s="3">
         <v>0.23</v>
       </c>
       <c r="H37" s="3">
         <v>0.26</v>
       </c>
       <c r="I37" s="3">
         <v>0.16</v>
       </c>
       <c r="J37" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="K37" s="3">
         <v>0.99</v>
       </c>
       <c r="L37" s="3">
         <v>1.73</v>
       </c>
       <c r="M37" s="3">
         <v>1.91</v>
       </c>
       <c r="N37" s="3">
         <v>0.87</v>
       </c>
       <c r="O37" s="3">
         <v>1.06</v>
       </c>
       <c r="P37" s="3">
         <v>1.77</v>
       </c>
       <c r="Q37" s="3">
-        <v>1.01</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="C38" s="3">
-        <v>0.33</v>
+        <v>0.87</v>
       </c>
       <c r="D38" s="3">
-        <v>0.02</v>
+        <v>0.78</v>
       </c>
       <c r="E38" s="3">
-        <v>0.06</v>
+        <v>0.67</v>
       </c>
       <c r="F38" s="3">
-        <v>0.47</v>
+        <v>0.94</v>
       </c>
       <c r="G38" s="3">
-        <v>0.12</v>
+        <v>1.04</v>
       </c>
       <c r="H38" s="3">
-        <v>0.05</v>
+        <v>1.33</v>
       </c>
       <c r="I38" s="3">
-        <v>0.03</v>
+        <v>0.48</v>
       </c>
       <c r="J38" s="3">
-        <v>0.05</v>
+        <v>1.35</v>
       </c>
       <c r="K38" s="3">
-        <v>0.01</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="L38" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.21</v>
       </c>
       <c r="M38" s="3">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
       <c r="N38" s="3">
-        <v>5.14</v>
+        <v>0.46</v>
       </c>
       <c r="O38" s="3">
-        <v>4.8499999999999996</v>
+        <v>0.87</v>
       </c>
       <c r="P38" s="3">
-        <v>0</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="Q38" s="3">
-        <v>0.16</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="C39" s="3">
-        <v>0.87</v>
+        <v>0.33</v>
       </c>
       <c r="D39" s="3">
-        <v>0.78</v>
+        <v>0.02</v>
       </c>
       <c r="E39" s="3">
-        <v>0.67</v>
+        <v>0.06</v>
       </c>
       <c r="F39" s="3">
-        <v>0.94</v>
+        <v>0.47</v>
       </c>
       <c r="G39" s="3">
-        <v>1.04</v>
+        <v>0.12</v>
       </c>
       <c r="H39" s="3">
-        <v>1.33</v>
+        <v>0.05</v>
       </c>
       <c r="I39" s="3">
-        <v>0.48</v>
+        <v>0.03</v>
       </c>
       <c r="J39" s="3">
-        <v>1.35</v>
+        <v>0.05</v>
       </c>
       <c r="K39" s="3">
-        <v>0.55000000000000004</v>
+        <v>0.01</v>
       </c>
       <c r="L39" s="3">
-        <v>0.21</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="M39" s="3">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="N39" s="3">
-        <v>0.46</v>
+        <v>5.14</v>
       </c>
       <c r="O39" s="3">
-        <v>0.87</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="P39" s="3">
-        <v>1.1200000000000001</v>
+        <v>0</v>
       </c>
       <c r="Q39" s="3">
-        <v>0.35</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="C40" s="3">
-        <v>1.34</v>
+        <v>0.08</v>
       </c>
       <c r="D40" s="3">
-        <v>0.89</v>
+        <v>0.01</v>
       </c>
       <c r="E40" s="3">
-        <v>0.66</v>
+        <v>0.02</v>
       </c>
       <c r="F40" s="3">
-        <v>0.82</v>
+        <v>0.12</v>
       </c>
       <c r="G40" s="3">
-        <v>0.43</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="H40" s="3">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="I40" s="3">
-        <v>0.3</v>
+        <v>0.24</v>
       </c>
       <c r="J40" s="3">
-        <v>0.09</v>
+        <v>0.17</v>
       </c>
       <c r="K40" s="3">
-        <v>0.28000000000000003</v>
+        <v>0.85</v>
       </c>
       <c r="L40" s="3">
-        <v>4.8499999999999996</v>
+        <v>1.49</v>
       </c>
       <c r="M40" s="3">
-        <v>0.62</v>
+        <v>2.68</v>
       </c>
       <c r="N40" s="3">
-        <v>0.25</v>
+        <v>1.58</v>
       </c>
       <c r="O40" s="3">
-        <v>0.14000000000000001</v>
+        <v>1.35</v>
       </c>
       <c r="P40" s="3">
-        <v>0.27</v>
+        <v>1.79</v>
       </c>
       <c r="Q40" s="3">
-        <v>0</v>
+        <v>0.57999999999999996</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="C41" s="3">
-        <v>0.08</v>
+        <v>1.34</v>
       </c>
       <c r="D41" s="3">
-        <v>0.01</v>
+        <v>0.89</v>
       </c>
       <c r="E41" s="3">
-        <v>0.02</v>
+        <v>0.66</v>
       </c>
       <c r="F41" s="3">
-        <v>0.12</v>
+        <v>0.82</v>
       </c>
       <c r="G41" s="3">
+        <v>0.43</v>
+      </c>
+      <c r="H41" s="3">
+        <v>0.22</v>
+      </c>
+      <c r="I41" s="3">
+        <v>0.3</v>
+      </c>
+      <c r="J41" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="K41" s="3">
         <v>0.28000000000000003</v>
       </c>
-      <c r="H41" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="L41" s="3">
-        <v>1.49</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="M41" s="3">
-        <v>2.68</v>
+        <v>0.62</v>
       </c>
       <c r="N41" s="3">
-        <v>1.58</v>
+        <v>0.25</v>
       </c>
       <c r="O41" s="3">
-        <v>1.35</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="P41" s="3">
-        <v>1.79</v>
+        <v>0.27</v>
       </c>
       <c r="Q41" s="3">
-        <v>0.33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C42" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="D42" s="3">
         <v>0.36</v>
       </c>
       <c r="E42" s="3">
         <v>0.39</v>
       </c>
       <c r="F42" s="3">
         <v>0.46</v>
       </c>
       <c r="G42" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="H42" s="3">
         <v>0.89</v>
       </c>
       <c r="I42" s="3">
         <v>0.77</v>
       </c>
       <c r="J42" s="3">
         <v>1.03</v>
       </c>
       <c r="K42" s="3">
         <v>1.3</v>
       </c>
       <c r="L42" s="3">
         <v>0.87</v>
       </c>
       <c r="M42" s="3">
         <v>1.01</v>
       </c>
       <c r="N42" s="3">
         <v>0.72</v>
       </c>
       <c r="O42" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="P42" s="3">
         <v>0.97</v>
       </c>
       <c r="Q42" s="3">
-        <v>0.61</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C43" s="3">
         <v>0.04</v>
       </c>
       <c r="D43" s="3">
         <v>0.03</v>
       </c>
       <c r="E43" s="3">
         <v>0.05</v>
       </c>
       <c r="F43" s="3">
         <v>0.06</v>
       </c>
       <c r="G43" s="3">
         <v>0.38</v>
       </c>
       <c r="H43" s="3">
         <v>0.25</v>
       </c>
       <c r="I43" s="3">
         <v>0.38</v>
       </c>
       <c r="J43" s="3">
         <v>0.25</v>
       </c>
       <c r="K43" s="3">
         <v>0.68</v>
       </c>
       <c r="L43" s="3">
         <v>1.22</v>
       </c>
       <c r="M43" s="3">
         <v>1.42</v>
       </c>
       <c r="N43" s="3">
         <v>1.18</v>
       </c>
       <c r="O43" s="3">
         <v>1.45</v>
       </c>
       <c r="P43" s="3">
         <v>1.73</v>
       </c>
       <c r="Q43" s="3">
-        <v>0.72</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B44" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C44" s="3">
         <v>0.18</v>
       </c>
       <c r="D44" s="3">
         <v>0.22</v>
       </c>
       <c r="E44" s="3">
         <v>0.96</v>
       </c>
       <c r="F44" s="3">
         <v>0.4</v>
       </c>
       <c r="G44" s="3">
         <v>0.18</v>
       </c>
       <c r="H44" s="3">
         <v>0.7</v>
       </c>
       <c r="I44" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="J44" s="3">
         <v>0.23</v>
       </c>
       <c r="K44" s="3">
         <v>0.73</v>
       </c>
       <c r="L44" s="3">
         <v>0.23</v>
       </c>
       <c r="M44" s="3">
         <v>0.39</v>
       </c>
       <c r="N44" s="3">
         <v>0.38</v>
       </c>
       <c r="O44" s="3">
         <v>1.58</v>
       </c>
       <c r="P44" s="3">
         <v>1.5</v>
       </c>
       <c r="Q44" s="3">
-        <v>0.3</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B45" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C45" s="3">
         <v>2.06</v>
       </c>
       <c r="D45" s="3">
         <v>0.13</v>
       </c>
       <c r="E45" s="3">
         <v>0.08</v>
       </c>
       <c r="F45" s="3">
         <v>0.19</v>
       </c>
       <c r="G45" s="3">
         <v>0.46</v>
       </c>
       <c r="H45" s="3">
         <v>0.2</v>
       </c>
       <c r="I45" s="3">
         <v>0.21</v>
       </c>
       <c r="J45" s="3">
         <v>0.67</v>
       </c>
       <c r="K45" s="3">
         <v>0.4</v>
       </c>
       <c r="L45" s="3">
         <v>0.25</v>
       </c>
       <c r="M45" s="3">
         <v>0.4</v>
       </c>
       <c r="N45" s="3">
         <v>0.46</v>
       </c>
       <c r="O45" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="P45" s="3">
         <v>1.37</v>
       </c>
       <c r="Q45" s="3">
-        <v>0.48</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B46" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C46" s="3">
         <v>0.38</v>
       </c>
       <c r="D46" s="3">
         <v>0.18</v>
       </c>
       <c r="E46" s="3">
         <v>0.04</v>
       </c>
       <c r="F46" s="3">
         <v>0.08</v>
       </c>
       <c r="G46" s="3">
         <v>0</v>
       </c>
       <c r="H46" s="3">
         <v>0.61</v>
       </c>
       <c r="I46" s="3">
         <v>1.87</v>
       </c>
       <c r="J46" s="3">
         <v>1.2</v>
       </c>
       <c r="K46" s="3">
         <v>0.02</v>
       </c>
       <c r="L46" s="3">
         <v>0.02</v>
       </c>
       <c r="M46" s="3">
         <v>0.09</v>
       </c>
       <c r="N46" s="3">
         <v>0.38</v>
       </c>
       <c r="O46" s="3">
         <v>1</v>
       </c>
       <c r="P46" s="3">
         <v>0.61</v>
       </c>
       <c r="Q46" s="3">
-        <v>0.59</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="47" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B47" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C47" s="3">
         <v>1.26</v>
       </c>
       <c r="D47" s="3">
         <v>0.64</v>
       </c>
       <c r="E47" s="3">
         <v>0.8</v>
       </c>
       <c r="F47" s="3">
         <v>0.41</v>
       </c>
       <c r="G47" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="H47" s="3">
         <v>0.69</v>
       </c>
       <c r="I47" s="3">
         <v>0.15</v>
       </c>
       <c r="J47" s="3">
         <v>0.18</v>
       </c>
       <c r="K47" s="3">
         <v>0.24</v>
       </c>
       <c r="L47" s="3">
         <v>0.2</v>
       </c>
       <c r="M47" s="3">
         <v>0.18</v>
       </c>
       <c r="N47" s="3">
         <v>0.21</v>
       </c>
       <c r="O47" s="3">
         <v>0.06</v>
       </c>
       <c r="P47" s="3">
         <v>0.15</v>
       </c>
       <c r="Q47" s="3">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B48" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C48" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="D48" s="3">
         <v>0.7</v>
       </c>
       <c r="E48" s="3">
         <v>0.81</v>
       </c>
       <c r="F48" s="3">
         <v>0.13</v>
       </c>
       <c r="G48" s="3">
         <v>0.1</v>
       </c>
       <c r="H48" s="3">
         <v>0.17</v>
       </c>
       <c r="I48" s="3">
         <v>0.48</v>
       </c>
       <c r="J48" s="3">
         <v>0.12</v>
       </c>
       <c r="K48" s="3">
         <v>0.06</v>
       </c>
       <c r="L48" s="3">
         <v>1.01</v>
       </c>
       <c r="M48" s="3">
         <v>0.3</v>
       </c>
       <c r="N48" s="3">
         <v>0.01</v>
       </c>
       <c r="O48" s="3">
         <v>0.03</v>
       </c>
       <c r="P48" s="3">
         <v>1.21</v>
       </c>
       <c r="Q48" s="3">
         <v>0.02</v>
       </c>
     </row>
     <row r="49" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B49" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C49" s="3">
         <v>0.47</v>
       </c>
       <c r="D49" s="3">
         <v>0.98</v>
       </c>
       <c r="E49" s="3">
         <v>1.28</v>
       </c>
       <c r="F49" s="3">
         <v>0.59</v>
       </c>
       <c r="G49" s="3">
         <v>1.89</v>
       </c>
       <c r="H49" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I49" s="3">
         <v>0.04</v>
       </c>
       <c r="J49" s="3">
         <v>0.08</v>
       </c>
       <c r="K49" s="3">
         <v>0.09</v>
       </c>
       <c r="L49" s="3">
         <v>0.18</v>
       </c>
       <c r="M49" s="3">
         <v>0.02</v>
       </c>
       <c r="N49" s="3">
         <v>0.08</v>
       </c>
       <c r="O49" s="3">
         <v>0.23</v>
       </c>
       <c r="P49" s="3">
         <v>0.04</v>
       </c>
       <c r="Q49" s="3">
         <v>0.01</v>
       </c>
     </row>
     <row r="50" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B50" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C50" s="3">
         <v>0</v>
       </c>
       <c r="D50" s="3">
         <v>0.01</v>
       </c>
       <c r="E50" s="3">
         <v>0.15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>0</v>
       </c>
       <c r="H50" s="3">
         <v>2.62</v>
       </c>
       <c r="I50" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="J50" s="3">
         <v>0.05</v>
       </c>
       <c r="K50" s="3">
         <v>0.03</v>
       </c>
       <c r="L50" s="3">
         <v>0.01</v>
       </c>
       <c r="M50" s="3">
         <v>0.01</v>
       </c>
       <c r="N50" s="3">
         <v>0.33</v>
       </c>
       <c r="O50" s="3">
         <v>0.82</v>
       </c>
       <c r="P50" s="3">
         <v>0.53</v>
       </c>
       <c r="Q50" s="3">
-        <v>0.2</v>
+        <v>0.28000000000000003</v>
       </c>
     </row>
     <row r="51" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B51" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C51" s="3">
         <v>0.01</v>
       </c>
       <c r="D51" s="3">
         <v>0.3</v>
       </c>
       <c r="E51" s="3">
         <v>0.01</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>0</v>
       </c>
       <c r="H51" s="3">
         <v>0.19</v>
       </c>
       <c r="I51" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="J51" s="3">
         <v>0.49</v>
       </c>
       <c r="K51" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="L51" s="3">
         <v>0.24</v>
       </c>
       <c r="M51" s="3">
         <v>0.1</v>
       </c>
       <c r="N51" s="3">
         <v>0.42</v>
       </c>
       <c r="O51" s="3">
         <v>0.15</v>
       </c>
       <c r="P51" s="3">
         <v>0.5</v>
       </c>
       <c r="Q51" s="3">
         <v>0.26</v>
       </c>
     </row>
     <row r="52" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B52" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C52" s="3">
         <v>0</v>
       </c>
       <c r="D52" s="3">
         <v>0</v>
       </c>
       <c r="E52" s="3">
         <v>0.01</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>0.01</v>
       </c>
       <c r="H52" s="3">
         <v>0.09</v>
       </c>
       <c r="I52" s="3">
         <v>0.01</v>
       </c>
       <c r="J52" s="3">
         <v>0.01</v>
       </c>
       <c r="K52" s="3">
         <v>0.02</v>
       </c>
       <c r="L52" s="3">
         <v>0.06</v>
       </c>
       <c r="M52" s="3">
         <v>0.18</v>
       </c>
       <c r="N52" s="3">
         <v>0.02</v>
       </c>
       <c r="O52" s="3">
         <v>0.11</v>
       </c>
       <c r="P52" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="Q52" s="3">
-        <v>1.26</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="53" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B53" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C53" s="3">
         <v>0</v>
       </c>
       <c r="D53" s="3">
-        <v>0.01</v>
+        <v>1.44</v>
       </c>
       <c r="E53" s="3">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
+        <v>0</v>
+      </c>
+      <c r="H53" s="3">
         <v>0.02</v>
       </c>
-      <c r="H53" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I53" s="3">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="J53" s="3">
-        <v>0</v>
+        <v>0.36</v>
       </c>
       <c r="K53" s="3">
-        <v>0</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="L53" s="3">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="M53" s="3">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="N53" s="3">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="O53" s="3">
+        <v>0</v>
+      </c>
+      <c r="P53" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="3">
         <v>0.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.56</v>
       </c>
     </row>
     <row r="54" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B54" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C54" s="3">
         <v>0</v>
       </c>
       <c r="D54" s="3">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="E54" s="3">
         <v>0</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>0.11</v>
       </c>
       <c r="G54" s="3">
         <v>0</v>
       </c>
       <c r="H54" s="3">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="I54" s="3">
-        <v>0.03</v>
+        <v>2.14</v>
       </c>
       <c r="J54" s="3">
-        <v>0.36</v>
+        <v>0.01</v>
       </c>
       <c r="K54" s="3">
-        <v>0.28999999999999998</v>
+        <v>0</v>
       </c>
       <c r="L54" s="3">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="M54" s="3">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="N54" s="3">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="O54" s="3">
         <v>0</v>
       </c>
       <c r="P54" s="3">
         <v>0</v>
       </c>
       <c r="Q54" s="3">
-        <v>0.05</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B55" s="2" t="s">
-[...45 lines deleted...]
-        <v>0</v>
+      <c r="B55" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C55" s="8">
+        <v>3.516118599999956</v>
+      </c>
+      <c r="D55" s="8">
+        <v>2.8916491900000096</v>
+      </c>
+      <c r="E55" s="8">
+        <v>2.7551725599999912</v>
+      </c>
+      <c r="F55" s="8">
+        <v>3.9376415199999855</v>
+      </c>
+      <c r="G55" s="8">
+        <v>4.3858842100000572</v>
+      </c>
+      <c r="H55" s="8">
+        <v>5.5573643500000003</v>
+      </c>
+      <c r="I55" s="8">
+        <v>6.0868313400000602</v>
+      </c>
+      <c r="J55" s="8">
+        <v>3.419560369999985</v>
+      </c>
+      <c r="K55" s="8">
+        <v>3.5735458600000101</v>
+      </c>
+      <c r="L55" s="8">
+        <v>5.0084547800000081</v>
+      </c>
+      <c r="M55" s="8">
+        <v>6.4982628699999765</v>
+      </c>
+      <c r="N55" s="8">
+        <v>4.9339735600000267</v>
+      </c>
+      <c r="O55" s="8">
+        <v>7.8402282700000683</v>
+      </c>
+      <c r="P55" s="8">
+        <v>7.3810870300001739</v>
+      </c>
+      <c r="Q55" s="8">
+        <v>4.9416623200000345</v>
       </c>
     </row>
     <row r="56" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B56" s="12" t="s">
+      <c r="B56" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="C56" s="8">
-[...42 lines deleted...]
-        <v>2.388663300000033</v>
+      <c r="C56" s="3">
+        <v>14.820427240000001</v>
+      </c>
+      <c r="D56" s="3">
+        <v>11.614321159999999</v>
+      </c>
+      <c r="E56" s="3">
+        <v>13.15189739</v>
+      </c>
+      <c r="F56" s="3">
+        <v>16.507585989999999</v>
+      </c>
+      <c r="G56" s="3">
+        <v>25.982859690000002</v>
+      </c>
+      <c r="H56" s="3">
+        <v>23.089121630000001</v>
+      </c>
+      <c r="I56" s="3">
+        <v>27.233948770000001</v>
+      </c>
+      <c r="J56" s="3">
+        <v>30.042163389999999</v>
+      </c>
+      <c r="K56" s="3">
+        <v>38.765967830000001</v>
+      </c>
+      <c r="L56" s="3">
+        <v>33.275507300000001</v>
+      </c>
+      <c r="M56" s="3">
+        <v>35.974768570000002</v>
+      </c>
+      <c r="N56" s="3">
+        <v>56.012238229999987</v>
+      </c>
+      <c r="O56" s="3">
+        <v>59.199554579999997</v>
+      </c>
+      <c r="P56" s="3">
+        <v>60.047509890000001</v>
+      </c>
+      <c r="Q56" s="3">
+        <v>51.179587560000002</v>
       </c>
     </row>
     <row r="57" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B57" s="2" t="s">
+      <c r="B57" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C57" s="10">
+        <v>128.95654583999999</v>
+      </c>
+      <c r="D57" s="10">
+        <v>112.06597035</v>
+      </c>
+      <c r="E57" s="10">
+        <v>111.90706994999999</v>
+      </c>
+      <c r="F57" s="10">
+        <v>122.27522750999999</v>
+      </c>
+      <c r="G57" s="10">
+        <v>178.93874389999999</v>
+      </c>
+      <c r="H57" s="10">
+        <v>140.73648598</v>
+      </c>
+      <c r="I57" s="10">
+        <v>185.68078011</v>
+      </c>
+      <c r="J57" s="10">
+        <v>142.62172376000001</v>
+      </c>
+      <c r="K57" s="10">
+        <v>158.02951368999999</v>
+      </c>
+      <c r="L57" s="10">
+        <v>145.06396208000001</v>
+      </c>
+      <c r="M57" s="10">
+        <v>166.27303144000001</v>
+      </c>
+      <c r="N57" s="10">
+        <v>337.45621179</v>
+      </c>
+      <c r="O57" s="10">
+        <v>390.22978284999999</v>
+      </c>
+      <c r="P57" s="10">
+        <v>368.37859692000001</v>
+      </c>
+      <c r="Q57" s="10">
+        <v>227.48124988000001</v>
+      </c>
+    </row>
+    <row r="59" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B59" s="2" t="s">
         <v>99</v>
-      </c>
-[...93 lines deleted...]
-        <v>151.72858124000001</v>
       </c>
     </row>
     <row r="60" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B60" s="2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="61" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="16" t="s">
         <v>111</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="H65" s="33"/>
+      <c r="C61" s="17"/>
+      <c r="D61" s="17"/>
+      <c r="E61" s="17"/>
+      <c r="F61" s="17"/>
+      <c r="G61" s="17"/>
+      <c r="H61" s="17"/>
+      <c r="I61" s="33"/>
+      <c r="J61" s="34"/>
+    </row>
+    <row r="62" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="20"/>
+      <c r="C62" s="21"/>
+      <c r="D62" s="21"/>
+      <c r="E62" s="21"/>
+      <c r="F62" s="21"/>
+      <c r="G62" s="21"/>
+      <c r="H62" s="35"/>
+      <c r="I62" s="36"/>
+      <c r="J62" s="37"/>
+    </row>
+    <row r="63" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="20"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="21"/>
+      <c r="E63" s="21"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="21"/>
+      <c r="H63" s="35"/>
+      <c r="I63" s="36"/>
+      <c r="J63" s="37"/>
+    </row>
+    <row r="64" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="38"/>
+      <c r="C64" s="39"/>
+      <c r="D64" s="39"/>
+      <c r="E64" s="39"/>
+      <c r="F64" s="39"/>
+      <c r="G64" s="39"/>
+      <c r="H64" s="39"/>
+      <c r="I64" s="39"/>
+      <c r="J64" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B62:H65"/>
+    <mergeCell ref="B61:J64"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B2:Q55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="39.28515625" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.42578125" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="11" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="L5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="11" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>0.62</v>
       </c>
       <c r="D6" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="E6" s="3">
         <v>50.2</v>
       </c>
       <c r="F6" s="3">
         <v>60.42</v>
       </c>
       <c r="G6" s="3">
         <v>59.31</v>
       </c>
       <c r="H6" s="3">
         <v>65.709999999999994</v>
       </c>
       <c r="I6" s="3">
         <v>70.06</v>
       </c>
       <c r="J6" s="3">
         <v>67.16</v>
       </c>
       <c r="K6" s="3">
         <v>74.010000000000005</v>
       </c>
       <c r="L6" s="3">
         <v>39.79</v>
       </c>
       <c r="M6" s="3">
         <v>59.89</v>
       </c>
       <c r="N6" s="3">
         <v>95.27</v>
       </c>
       <c r="O6" s="3">
         <v>103.78</v>
       </c>
       <c r="P6" s="3">
         <v>99.11</v>
       </c>
       <c r="Q6" s="3">
-        <v>45.23</v>
+        <v>74.77</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C7" s="3">
         <v>0.49</v>
       </c>
       <c r="D7" s="3">
         <v>0.94</v>
       </c>
       <c r="E7" s="3">
         <v>90.48</v>
       </c>
       <c r="F7" s="3">
         <v>102</v>
       </c>
       <c r="G7" s="3">
         <v>99.76</v>
       </c>
       <c r="H7" s="3">
         <v>103.24</v>
       </c>
       <c r="I7" s="3">
         <v>107.5</v>
       </c>
       <c r="J7" s="3">
         <v>114.02</v>
       </c>
       <c r="K7" s="3">
         <v>117.01</v>
       </c>
       <c r="L7" s="3">
         <v>46.1</v>
       </c>
       <c r="M7" s="3">
         <v>71.37</v>
       </c>
       <c r="N7" s="3">
         <v>9.91</v>
       </c>
       <c r="O7" s="3">
         <v>9.6300000000000008</v>
       </c>
       <c r="P7" s="3">
         <v>10.24</v>
       </c>
       <c r="Q7" s="3">
-        <v>3.64</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C8" s="3">
         <v>0.15</v>
       </c>
       <c r="D8" s="3">
         <v>0.11</v>
       </c>
       <c r="E8" s="3">
         <v>48.29</v>
       </c>
       <c r="F8" s="3">
         <v>38.49</v>
       </c>
       <c r="G8" s="3">
         <v>40.659999999999997</v>
       </c>
       <c r="H8" s="3">
         <v>31.29</v>
       </c>
       <c r="I8" s="3">
         <v>37.93</v>
       </c>
       <c r="J8" s="3">
         <v>37.81</v>
       </c>
       <c r="K8" s="3">
         <v>31.65</v>
       </c>
       <c r="L8" s="3">
         <v>24.73</v>
       </c>
       <c r="M8" s="3">
         <v>23.88</v>
       </c>
       <c r="N8" s="3">
         <v>56.56</v>
       </c>
       <c r="O8" s="3">
         <v>47.75</v>
       </c>
       <c r="P8" s="3">
         <v>53.53</v>
       </c>
       <c r="Q8" s="3">
-        <v>21.36</v>
+        <v>39.94</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="D9" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="E9" s="3">
         <v>30.1</v>
       </c>
       <c r="F9" s="3">
         <v>22.33</v>
       </c>
       <c r="G9" s="3">
         <v>27.68</v>
       </c>
       <c r="H9" s="3">
         <v>31.18</v>
       </c>
       <c r="I9" s="3">
         <v>30.93</v>
       </c>
       <c r="J9" s="3">
         <v>33.74</v>
       </c>
       <c r="K9" s="3">
         <v>38.83</v>
       </c>
       <c r="L9" s="3">
         <v>37.29</v>
       </c>
       <c r="M9" s="3">
         <v>37.54</v>
       </c>
       <c r="N9" s="3">
         <v>55.25</v>
       </c>
       <c r="O9" s="3">
         <v>64.319999999999993</v>
       </c>
       <c r="P9" s="3">
         <v>54.29</v>
       </c>
       <c r="Q9" s="3">
-        <v>23.95</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C10" s="3">
         <v>0.21</v>
       </c>
       <c r="D10" s="3">
         <v>0.18</v>
       </c>
       <c r="E10" s="3">
         <v>29.82</v>
       </c>
       <c r="F10" s="3">
         <v>41.52</v>
       </c>
       <c r="G10" s="3">
         <v>20.69</v>
       </c>
       <c r="H10" s="3">
         <v>24.81</v>
       </c>
       <c r="I10" s="3">
         <v>29.28</v>
       </c>
       <c r="J10" s="3">
         <v>26.84</v>
       </c>
       <c r="K10" s="3">
         <v>25.74</v>
       </c>
       <c r="L10" s="3">
         <v>17.11</v>
       </c>
       <c r="M10" s="3">
         <v>25.64</v>
       </c>
       <c r="N10" s="3">
         <v>36.92</v>
       </c>
       <c r="O10" s="3">
         <v>42.51</v>
       </c>
       <c r="P10" s="3">
         <v>46.67</v>
       </c>
       <c r="Q10" s="3">
-        <v>17.260000000000002</v>
+        <v>27.91</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="3">
         <v>0.05</v>
       </c>
       <c r="D11" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E11" s="3">
         <v>35.76</v>
       </c>
       <c r="F11" s="3">
         <v>41.55</v>
       </c>
       <c r="G11" s="3">
         <v>30.37</v>
       </c>
       <c r="H11" s="3">
         <v>27.87</v>
       </c>
       <c r="I11" s="3">
         <v>32.619999999999997</v>
       </c>
       <c r="J11" s="3">
         <v>32.76</v>
       </c>
       <c r="K11" s="3">
         <v>39.07</v>
       </c>
       <c r="L11" s="3">
         <v>11.79</v>
       </c>
       <c r="M11" s="3">
         <v>12.98</v>
       </c>
       <c r="N11" s="3">
         <v>22.79</v>
       </c>
       <c r="O11" s="3">
         <v>26.03</v>
       </c>
       <c r="P11" s="3">
         <v>24.7</v>
       </c>
       <c r="Q11" s="3">
-        <v>10.7</v>
+        <v>16.18</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C12" s="3">
         <v>0.06</v>
       </c>
       <c r="D12" s="3">
         <v>0.04</v>
       </c>
       <c r="E12" s="3">
         <v>4.29</v>
       </c>
       <c r="F12" s="3">
         <v>7.92</v>
       </c>
       <c r="G12" s="3">
         <v>14.47</v>
       </c>
       <c r="H12" s="3">
         <v>18.22</v>
       </c>
       <c r="I12" s="3">
         <v>20.47</v>
       </c>
       <c r="J12" s="3">
         <v>27.94</v>
       </c>
       <c r="K12" s="3">
         <v>27.87</v>
       </c>
       <c r="L12" s="3">
         <v>31.23</v>
       </c>
       <c r="M12" s="3">
         <v>32.74</v>
       </c>
       <c r="N12" s="3">
         <v>46.97</v>
       </c>
       <c r="O12" s="3">
         <v>44.55</v>
       </c>
       <c r="P12" s="3">
         <v>29.41</v>
       </c>
       <c r="Q12" s="3">
-        <v>10.64</v>
+        <v>18.440000000000001</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C13" s="3">
         <v>1.76</v>
       </c>
       <c r="D13" s="3">
         <v>0.64</v>
       </c>
       <c r="E13" s="3">
         <v>25.85</v>
       </c>
       <c r="F13" s="3">
         <v>24.19</v>
       </c>
       <c r="G13" s="3">
         <v>23.71</v>
       </c>
       <c r="H13" s="3">
         <v>20.420000000000002</v>
       </c>
       <c r="I13" s="3">
         <v>25.5</v>
       </c>
       <c r="J13" s="3">
         <v>25.17</v>
       </c>
       <c r="K13" s="3">
         <v>23.19</v>
       </c>
       <c r="L13" s="3">
         <v>7.89</v>
       </c>
       <c r="M13" s="3">
         <v>11.26</v>
       </c>
       <c r="N13" s="3">
         <v>18.670000000000002</v>
       </c>
       <c r="O13" s="3">
         <v>23.43</v>
       </c>
       <c r="P13" s="3">
         <v>19.54</v>
       </c>
       <c r="Q13" s="3">
-        <v>7.82</v>
+        <v>14.16</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C14" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="D14" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E14" s="3">
         <v>16.559999999999999</v>
       </c>
       <c r="F14" s="3">
         <v>17.940000000000001</v>
       </c>
       <c r="G14" s="3">
         <v>17.760000000000002</v>
       </c>
       <c r="H14" s="3">
         <v>18.13</v>
       </c>
       <c r="I14" s="3">
         <v>23.18</v>
       </c>
       <c r="J14" s="3">
         <v>24.84</v>
       </c>
       <c r="K14" s="3">
         <v>17.95</v>
       </c>
       <c r="L14" s="3">
         <v>8.73</v>
       </c>
       <c r="M14" s="3">
         <v>15.45</v>
       </c>
       <c r="N14" s="3">
         <v>22.5</v>
       </c>
       <c r="O14" s="3">
         <v>25.08</v>
       </c>
       <c r="P14" s="3">
         <v>29.2</v>
       </c>
       <c r="Q14" s="3">
-        <v>14.85</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C15" s="3">
-        <v>0.16</v>
+        <v>0.31</v>
       </c>
       <c r="D15" s="3">
-        <v>0.28999999999999998</v>
+        <v>0.44</v>
       </c>
       <c r="E15" s="3">
-        <v>25.44</v>
+        <v>7.27</v>
       </c>
       <c r="F15" s="3">
-        <v>24.46</v>
+        <v>7.26</v>
       </c>
       <c r="G15" s="3">
-        <v>24.26</v>
+        <v>5.29</v>
       </c>
       <c r="H15" s="3">
-        <v>25.35</v>
+        <v>6.66</v>
       </c>
       <c r="I15" s="3">
-        <v>25.98</v>
+        <v>9.83</v>
       </c>
       <c r="J15" s="3">
-        <v>30.03</v>
+        <v>12.83</v>
       </c>
       <c r="K15" s="3">
-        <v>21.92</v>
+        <v>19.559999999999999</v>
       </c>
       <c r="L15" s="3">
-        <v>10.59</v>
+        <v>15.73</v>
       </c>
       <c r="M15" s="3">
-        <v>10.210000000000001</v>
+        <v>27.34</v>
       </c>
       <c r="N15" s="3">
-        <v>12.6</v>
+        <v>35.46</v>
       </c>
       <c r="O15" s="3">
-        <v>9.4499999999999993</v>
+        <v>37.03</v>
       </c>
       <c r="P15" s="3">
-        <v>13.79</v>
+        <v>35.119999999999997</v>
       </c>
       <c r="Q15" s="3">
-        <v>6.29</v>
+        <v>30.3</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C16" s="3">
-        <v>0.31</v>
+        <v>0.16</v>
       </c>
       <c r="D16" s="3">
-        <v>0.44</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="E16" s="3">
-        <v>7.27</v>
+        <v>25.44</v>
       </c>
       <c r="F16" s="3">
-        <v>7.26</v>
+        <v>24.46</v>
       </c>
       <c r="G16" s="3">
-        <v>5.29</v>
+        <v>24.26</v>
       </c>
       <c r="H16" s="3">
-        <v>6.66</v>
+        <v>25.35</v>
       </c>
       <c r="I16" s="3">
-        <v>9.83</v>
+        <v>25.98</v>
       </c>
       <c r="J16" s="3">
-        <v>12.83</v>
+        <v>30.03</v>
       </c>
       <c r="K16" s="3">
-        <v>19.559999999999999</v>
+        <v>21.92</v>
       </c>
       <c r="L16" s="3">
-        <v>15.73</v>
+        <v>10.59</v>
       </c>
       <c r="M16" s="3">
-        <v>27.34</v>
+        <v>10.210000000000001</v>
       </c>
       <c r="N16" s="3">
-        <v>35.46</v>
+        <v>12.6</v>
       </c>
       <c r="O16" s="3">
-        <v>37.03</v>
+        <v>9.4499999999999993</v>
       </c>
       <c r="P16" s="3">
-        <v>35.119999999999997</v>
+        <v>13.79</v>
       </c>
       <c r="Q16" s="3">
-        <v>15.54</v>
+        <v>12.17</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C17" s="3">
         <v>0.01</v>
       </c>
       <c r="D17" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="E17" s="3">
         <v>15.27</v>
       </c>
       <c r="F17" s="3">
         <v>15.25</v>
       </c>
       <c r="G17" s="3">
         <v>6.85</v>
       </c>
       <c r="H17" s="3">
         <v>7.81</v>
       </c>
       <c r="I17" s="3">
         <v>13.71</v>
       </c>
       <c r="J17" s="3">
         <v>18.27</v>
       </c>
       <c r="K17" s="3">
         <v>21.96</v>
       </c>
       <c r="L17" s="3">
         <v>12.64</v>
       </c>
       <c r="M17" s="3">
         <v>15.36</v>
       </c>
       <c r="N17" s="3">
         <v>21.31</v>
       </c>
       <c r="O17" s="3">
         <v>20.58</v>
       </c>
       <c r="P17" s="3">
         <v>25.65</v>
       </c>
       <c r="Q17" s="3">
-        <v>12.55</v>
+        <v>20.98</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="3">
         <v>0.37</v>
       </c>
       <c r="D18" s="3">
         <v>0.23</v>
       </c>
       <c r="E18" s="3">
         <v>9.9600000000000009</v>
       </c>
       <c r="F18" s="3">
         <v>11.9</v>
       </c>
       <c r="G18" s="3">
         <v>10.54</v>
       </c>
       <c r="H18" s="3">
         <v>10.58</v>
       </c>
       <c r="I18" s="3">
         <v>17.79</v>
       </c>
       <c r="J18" s="3">
         <v>18.27</v>
       </c>
       <c r="K18" s="3">
         <v>19.329999999999998</v>
       </c>
       <c r="L18" s="3">
         <v>7.91</v>
       </c>
       <c r="M18" s="3">
         <v>10.64</v>
       </c>
       <c r="N18" s="3">
         <v>24.46</v>
       </c>
       <c r="O18" s="3">
         <v>22.59</v>
       </c>
       <c r="P18" s="3">
         <v>24.37</v>
       </c>
       <c r="Q18" s="3">
-        <v>9.85</v>
+        <v>16.920000000000002</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C19" s="3">
         <v>0</v>
       </c>
       <c r="D19" s="3">
         <v>0</v>
       </c>
       <c r="E19" s="3">
         <v>2.31</v>
       </c>
       <c r="F19" s="3">
         <v>2.12</v>
       </c>
       <c r="G19" s="3">
         <v>3.24</v>
       </c>
       <c r="H19" s="3">
         <v>2.17</v>
       </c>
       <c r="I19" s="3">
         <v>4.1100000000000003</v>
       </c>
       <c r="J19" s="3">
         <v>3.67</v>
       </c>
       <c r="K19" s="3">
         <v>4.82</v>
       </c>
       <c r="L19" s="3">
         <v>2.2200000000000002</v>
       </c>
       <c r="M19" s="3">
         <v>8.17</v>
       </c>
       <c r="N19" s="3">
         <v>32.799999999999997</v>
       </c>
       <c r="O19" s="3">
         <v>37.11</v>
       </c>
       <c r="P19" s="3">
         <v>44.41</v>
       </c>
       <c r="Q19" s="3">
-        <v>21.64</v>
+        <v>40.450000000000003</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="C20" s="3">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="D20" s="3">
         <v>0</v>
       </c>
       <c r="E20" s="3">
-        <v>9.81</v>
+        <v>3.18</v>
       </c>
       <c r="F20" s="3">
-        <v>13.15</v>
+        <v>5.09</v>
       </c>
       <c r="G20" s="3">
-        <v>13.33</v>
+        <v>5.55</v>
       </c>
       <c r="H20" s="3">
-        <v>5.67</v>
+        <v>5.93</v>
       </c>
       <c r="I20" s="3">
-        <v>12.58</v>
+        <v>5.53</v>
       </c>
       <c r="J20" s="3">
-        <v>13.11</v>
+        <v>5.43</v>
       </c>
       <c r="K20" s="3">
-        <v>6.8</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="L20" s="3">
-        <v>9.86</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="M20" s="3">
-        <v>20.87</v>
+        <v>7.64</v>
       </c>
       <c r="N20" s="3">
-        <v>31.52</v>
+        <v>19.84</v>
       </c>
       <c r="O20" s="3">
-        <v>12.54</v>
+        <v>28.81</v>
       </c>
       <c r="P20" s="3">
-        <v>10.11</v>
+        <v>38.159999999999997</v>
       </c>
       <c r="Q20" s="3">
-        <v>3.21</v>
+        <v>33.6</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>0.45</v>
+        <v>0.03</v>
       </c>
       <c r="D21" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0</v>
       </c>
       <c r="E21" s="3">
-        <v>7.99</v>
+        <v>9.81</v>
       </c>
       <c r="F21" s="3">
-        <v>7.42</v>
+        <v>13.15</v>
       </c>
       <c r="G21" s="3">
-        <v>7.78</v>
+        <v>13.33</v>
       </c>
       <c r="H21" s="3">
-        <v>10.37</v>
+        <v>5.67</v>
       </c>
       <c r="I21" s="3">
-        <v>10.85</v>
+        <v>12.58</v>
       </c>
       <c r="J21" s="3">
-        <v>10.56</v>
+        <v>13.11</v>
       </c>
       <c r="K21" s="3">
-        <v>15.12</v>
+        <v>6.8</v>
       </c>
       <c r="L21" s="3">
-        <v>6</v>
+        <v>9.86</v>
       </c>
       <c r="M21" s="3">
-        <v>8.3000000000000007</v>
+        <v>20.87</v>
       </c>
       <c r="N21" s="3">
-        <v>17.88</v>
+        <v>31.52</v>
       </c>
       <c r="O21" s="3">
-        <v>19.850000000000001</v>
+        <v>12.54</v>
       </c>
       <c r="P21" s="3">
-        <v>21.74</v>
+        <v>10.11</v>
       </c>
       <c r="Q21" s="3">
-        <v>8.34</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="C22" s="3">
-        <v>0</v>
+        <v>0.45</v>
       </c>
       <c r="D22" s="3">
-        <v>0</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="E22" s="3">
-        <v>3.18</v>
+        <v>7.99</v>
       </c>
       <c r="F22" s="3">
-        <v>5.09</v>
+        <v>7.42</v>
       </c>
       <c r="G22" s="3">
-        <v>5.55</v>
+        <v>7.78</v>
       </c>
       <c r="H22" s="3">
-        <v>5.93</v>
+        <v>10.37</v>
       </c>
       <c r="I22" s="3">
-        <v>5.53</v>
+        <v>10.85</v>
       </c>
       <c r="J22" s="3">
-        <v>5.43</v>
+        <v>10.56</v>
       </c>
       <c r="K22" s="3">
-        <v>4.6900000000000004</v>
+        <v>15.12</v>
       </c>
       <c r="L22" s="3">
-        <v>4.0199999999999996</v>
+        <v>6</v>
       </c>
       <c r="M22" s="3">
-        <v>7.64</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="N22" s="3">
-        <v>19.84</v>
+        <v>17.88</v>
       </c>
       <c r="O22" s="3">
-        <v>28.81</v>
+        <v>19.850000000000001</v>
       </c>
       <c r="P22" s="3">
-        <v>38.159999999999997</v>
+        <v>21.74</v>
       </c>
       <c r="Q22" s="3">
-        <v>18.739999999999998</v>
+        <v>16.47</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C23" s="3">
         <v>0.02</v>
       </c>
       <c r="D23" s="3">
         <v>0.15</v>
       </c>
       <c r="E23" s="3">
         <v>5.78</v>
       </c>
       <c r="F23" s="3">
         <v>3.98</v>
       </c>
       <c r="G23" s="3">
         <v>8.43</v>
       </c>
       <c r="H23" s="3">
         <v>4.93</v>
       </c>
       <c r="I23" s="3">
         <v>7.63</v>
       </c>
       <c r="J23" s="3">
         <v>11.94</v>
       </c>
       <c r="K23" s="3">
         <v>12</v>
       </c>
       <c r="L23" s="3">
         <v>11.42</v>
       </c>
       <c r="M23" s="3">
         <v>14.85</v>
       </c>
       <c r="N23" s="3">
         <v>13.52</v>
       </c>
       <c r="O23" s="3">
         <v>9.43</v>
       </c>
       <c r="P23" s="3">
         <v>8.8800000000000008</v>
       </c>
       <c r="Q23" s="3">
-        <v>4.2699999999999996</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C24" s="3">
         <v>0.04</v>
       </c>
       <c r="D24" s="3">
         <v>0.02</v>
       </c>
       <c r="E24" s="3">
         <v>5.35</v>
       </c>
       <c r="F24" s="3">
         <v>9.2799999999999994</v>
       </c>
       <c r="G24" s="3">
         <v>9.73</v>
       </c>
       <c r="H24" s="3">
         <v>9.81</v>
       </c>
       <c r="I24" s="3">
         <v>8.2799999999999994</v>
       </c>
       <c r="J24" s="3">
         <v>11.02</v>
       </c>
       <c r="K24" s="3">
         <v>14.55</v>
       </c>
       <c r="L24" s="3">
         <v>2.42</v>
       </c>
       <c r="M24" s="3">
         <v>3.32</v>
       </c>
       <c r="N24" s="3">
         <v>10.62</v>
       </c>
       <c r="O24" s="3">
         <v>11.23</v>
       </c>
       <c r="P24" s="3">
         <v>11.56</v>
       </c>
       <c r="Q24" s="3">
-        <v>4.62</v>
+        <v>10.66</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C25" s="3">
         <v>0</v>
       </c>
       <c r="D25" s="3">
         <v>0</v>
       </c>
       <c r="E25" s="3">
         <v>2.6</v>
       </c>
       <c r="F25" s="3">
         <v>4.33</v>
       </c>
       <c r="G25" s="3">
         <v>4.33</v>
       </c>
       <c r="H25" s="3">
         <v>4.09</v>
       </c>
       <c r="I25" s="3">
         <v>6.29</v>
       </c>
       <c r="J25" s="3">
         <v>7.03</v>
       </c>
       <c r="K25" s="3">
         <v>4.67</v>
       </c>
       <c r="L25" s="3">
         <v>2.21</v>
       </c>
       <c r="M25" s="3">
         <v>3.02</v>
       </c>
       <c r="N25" s="3">
         <v>18.100000000000001</v>
       </c>
       <c r="O25" s="3">
         <v>21.22</v>
       </c>
       <c r="P25" s="3">
         <v>20.89</v>
       </c>
       <c r="Q25" s="3">
-        <v>10.5</v>
+        <v>17.68</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C26" s="3">
         <v>0.05</v>
       </c>
       <c r="D26" s="3">
         <v>0.09</v>
       </c>
       <c r="E26" s="3">
         <v>0.99</v>
       </c>
       <c r="F26" s="3">
         <v>0.93</v>
       </c>
       <c r="G26" s="3">
         <v>0.82</v>
       </c>
       <c r="H26" s="3">
         <v>0.61</v>
       </c>
       <c r="I26" s="3">
         <v>1.96</v>
       </c>
       <c r="J26" s="3">
         <v>1.23</v>
       </c>
       <c r="K26" s="3">
         <v>4.05</v>
       </c>
       <c r="L26" s="3">
         <v>3.69</v>
       </c>
       <c r="M26" s="3">
         <v>5.21</v>
       </c>
       <c r="N26" s="3">
         <v>8.31</v>
       </c>
       <c r="O26" s="3">
         <v>33.799999999999997</v>
       </c>
       <c r="P26" s="3">
         <v>31.72</v>
       </c>
       <c r="Q26" s="3">
-        <v>8.48</v>
+        <v>13.46</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
         <v>0</v>
       </c>
       <c r="D27" s="3">
         <v>0</v>
       </c>
       <c r="E27" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="F27" s="3">
         <v>1.97</v>
       </c>
       <c r="G27" s="3">
         <v>2.08</v>
       </c>
       <c r="H27" s="3">
         <v>2.2799999999999998</v>
       </c>
       <c r="I27" s="3">
         <v>9</v>
       </c>
       <c r="J27" s="3">
         <v>12.11</v>
       </c>
       <c r="K27" s="3">
         <v>8.85</v>
       </c>
       <c r="L27" s="3">
         <v>3.47</v>
       </c>
       <c r="M27" s="3">
         <v>1.36</v>
       </c>
       <c r="N27" s="3">
         <v>6.85</v>
       </c>
       <c r="O27" s="3">
         <v>14.44</v>
       </c>
       <c r="P27" s="3">
         <v>24.89</v>
       </c>
       <c r="Q27" s="3">
-        <v>8.39</v>
+        <v>12.07</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C28" s="3">
         <v>0</v>
       </c>
       <c r="D28" s="3">
         <v>0</v>
       </c>
       <c r="E28" s="3">
         <v>0.45</v>
       </c>
       <c r="F28" s="3">
         <v>1.04</v>
       </c>
       <c r="G28" s="3">
         <v>5.32</v>
       </c>
       <c r="H28" s="3">
         <v>4.82</v>
       </c>
       <c r="I28" s="3">
         <v>4.74</v>
       </c>
       <c r="J28" s="3">
         <v>6.06</v>
       </c>
       <c r="K28" s="3">
         <v>8.69</v>
       </c>
       <c r="L28" s="3">
         <v>9.39</v>
       </c>
       <c r="M28" s="3">
         <v>9.33</v>
       </c>
       <c r="N28" s="3">
         <v>9.69</v>
       </c>
       <c r="O28" s="3">
         <v>11.24</v>
       </c>
       <c r="P28" s="3">
         <v>14.62</v>
       </c>
       <c r="Q28" s="3">
-        <v>6.56</v>
+        <v>9.4</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C29" s="3">
         <v>0</v>
       </c>
       <c r="D29" s="3">
         <v>0</v>
       </c>
       <c r="E29" s="3">
         <v>2.58</v>
       </c>
       <c r="F29" s="3">
         <v>1.61</v>
       </c>
       <c r="G29" s="3">
         <v>2.5</v>
       </c>
       <c r="H29" s="3">
         <v>3.05</v>
       </c>
       <c r="I29" s="3">
         <v>4.74</v>
       </c>
       <c r="J29" s="3">
         <v>5.7</v>
       </c>
       <c r="K29" s="3">
         <v>4.8600000000000003</v>
       </c>
       <c r="L29" s="3">
         <v>3.92</v>
       </c>
       <c r="M29" s="3">
         <v>5.81</v>
       </c>
       <c r="N29" s="3">
         <v>8.18</v>
       </c>
       <c r="O29" s="3">
         <v>13.66</v>
       </c>
       <c r="P29" s="3">
         <v>18.920000000000002</v>
       </c>
       <c r="Q29" s="3">
-        <v>9.09</v>
+        <v>17.28</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C30" s="3">
         <v>0.02</v>
       </c>
       <c r="D30" s="3">
         <v>0.03</v>
       </c>
       <c r="E30" s="3">
         <v>7.18</v>
       </c>
       <c r="F30" s="3">
         <v>4.96</v>
       </c>
       <c r="G30" s="3">
         <v>5.59</v>
       </c>
       <c r="H30" s="3">
         <v>6.01</v>
       </c>
       <c r="I30" s="3">
         <v>7.87</v>
       </c>
       <c r="J30" s="3">
         <v>7.33</v>
       </c>
       <c r="K30" s="3">
         <v>8.6300000000000008</v>
       </c>
       <c r="L30" s="3">
         <v>2.13</v>
       </c>
       <c r="M30" s="3">
         <v>3.18</v>
       </c>
       <c r="N30" s="3">
         <v>7.99</v>
       </c>
       <c r="O30" s="3">
         <v>6.27</v>
       </c>
       <c r="P30" s="3">
         <v>8.14</v>
       </c>
       <c r="Q30" s="3">
-        <v>3.09</v>
+        <v>7.17</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C31" s="3">
         <v>0.01</v>
       </c>
       <c r="D31" s="3">
         <v>0.01</v>
       </c>
       <c r="E31" s="3">
         <v>2.92</v>
       </c>
       <c r="F31" s="3">
         <v>2.89</v>
       </c>
       <c r="G31" s="3">
         <v>1.97</v>
       </c>
       <c r="H31" s="3">
         <v>2.93</v>
       </c>
       <c r="I31" s="3">
         <v>8.67</v>
       </c>
       <c r="J31" s="3">
         <v>9.31</v>
       </c>
       <c r="K31" s="3">
         <v>16.96</v>
       </c>
       <c r="L31" s="3">
         <v>0.39</v>
       </c>
       <c r="M31" s="3">
         <v>0.39</v>
       </c>
       <c r="N31" s="3">
         <v>4.2</v>
       </c>
       <c r="O31" s="3">
         <v>9.33</v>
       </c>
       <c r="P31" s="3">
         <v>3.24</v>
       </c>
       <c r="Q31" s="3">
-        <v>7.77</v>
+        <v>15.08</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C32" s="3">
         <v>0</v>
       </c>
       <c r="D32" s="3">
         <v>0</v>
       </c>
       <c r="E32" s="3">
         <v>0.91</v>
       </c>
       <c r="F32" s="3">
         <v>1.19</v>
       </c>
       <c r="G32" s="3">
         <v>0.77</v>
       </c>
       <c r="H32" s="3">
         <v>0.7</v>
       </c>
       <c r="I32" s="3">
         <v>0.45</v>
       </c>
       <c r="J32" s="3">
         <v>0.21</v>
       </c>
       <c r="K32" s="3">
         <v>0.4</v>
       </c>
       <c r="L32" s="3">
         <v>0.15</v>
       </c>
       <c r="M32" s="3">
         <v>20.5</v>
       </c>
       <c r="N32" s="3">
         <v>11.86</v>
       </c>
       <c r="O32" s="3">
         <v>12.29</v>
       </c>
       <c r="P32" s="3">
         <v>7.65</v>
       </c>
       <c r="Q32" s="3">
-        <v>1.66</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="C33" s="3">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D33" s="3">
         <v>0.01</v>
       </c>
       <c r="E33" s="3">
-        <v>6.68</v>
+        <v>0.73</v>
       </c>
       <c r="F33" s="3">
-        <v>2.9</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="G33" s="3">
-        <v>2.87</v>
+        <v>0.99</v>
       </c>
       <c r="H33" s="3">
-        <v>3.36</v>
+        <v>1.7</v>
       </c>
       <c r="I33" s="3">
-        <v>5.08</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="J33" s="3">
-        <v>5.23</v>
+        <v>3.48</v>
       </c>
       <c r="K33" s="3">
-        <v>5.0199999999999996</v>
+        <v>5.71</v>
       </c>
       <c r="L33" s="3">
-        <v>0.42</v>
+        <v>1.89</v>
       </c>
       <c r="M33" s="3">
-        <v>6.09</v>
+        <v>3.54</v>
       </c>
       <c r="N33" s="3">
-        <v>5.59</v>
+        <v>7.45</v>
       </c>
       <c r="O33" s="3">
-        <v>3.38</v>
+        <v>8.14</v>
       </c>
       <c r="P33" s="3">
-        <v>5.32</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="Q33" s="3">
-        <v>1.1200000000000001</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D34" s="3">
         <v>0.01</v>
       </c>
       <c r="E34" s="3">
-        <v>0.73</v>
+        <v>6.68</v>
       </c>
       <c r="F34" s="3">
-        <v>1.1499999999999999</v>
+        <v>2.9</v>
       </c>
       <c r="G34" s="3">
-        <v>0.99</v>
+        <v>2.87</v>
       </c>
       <c r="H34" s="3">
-        <v>1.7</v>
+        <v>3.36</v>
       </c>
       <c r="I34" s="3">
-        <v>4.6500000000000004</v>
+        <v>5.08</v>
       </c>
       <c r="J34" s="3">
-        <v>3.48</v>
+        <v>5.23</v>
       </c>
       <c r="K34" s="3">
-        <v>5.71</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="L34" s="3">
-        <v>1.89</v>
+        <v>0.42</v>
       </c>
       <c r="M34" s="3">
-        <v>3.54</v>
+        <v>6.09</v>
       </c>
       <c r="N34" s="3">
-        <v>7.45</v>
+        <v>5.59</v>
       </c>
       <c r="O34" s="3">
-        <v>8.14</v>
+        <v>3.38</v>
       </c>
       <c r="P34" s="3">
-        <v>8.3000000000000007</v>
+        <v>5.32</v>
       </c>
       <c r="Q34" s="3">
-        <v>4.68</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C35" s="3">
         <v>0.03</v>
       </c>
       <c r="D35" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="E35" s="3">
         <v>1.77</v>
       </c>
       <c r="F35" s="3">
         <v>1.65</v>
       </c>
       <c r="G35" s="3">
         <v>1.95</v>
       </c>
       <c r="H35" s="3">
         <v>1.74</v>
       </c>
       <c r="I35" s="3">
         <v>2.54</v>
       </c>
       <c r="J35" s="3">
         <v>2.0699999999999998</v>
       </c>
       <c r="K35" s="3">
         <v>2.71</v>
       </c>
       <c r="L35" s="3">
         <v>0.96</v>
       </c>
       <c r="M35" s="3">
         <v>4.46</v>
       </c>
       <c r="N35" s="3">
         <v>6.2</v>
       </c>
       <c r="O35" s="3">
         <v>10.7</v>
       </c>
       <c r="P35" s="3">
         <v>4.29</v>
       </c>
       <c r="Q35" s="3">
-        <v>1.39</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C36" s="3">
         <v>0.15</v>
       </c>
       <c r="D36" s="3">
         <v>0.15</v>
       </c>
       <c r="E36" s="3">
         <v>9.08</v>
       </c>
       <c r="F36" s="3">
         <v>3.49</v>
       </c>
       <c r="G36" s="3">
         <v>5.17</v>
       </c>
       <c r="H36" s="3">
         <v>1.79</v>
       </c>
       <c r="I36" s="3">
         <v>1.92</v>
       </c>
       <c r="J36" s="3">
         <v>1.86</v>
       </c>
       <c r="K36" s="3">
         <v>2.67</v>
       </c>
       <c r="L36" s="3">
         <v>0.47</v>
       </c>
       <c r="M36" s="3">
         <v>1.37</v>
       </c>
       <c r="N36" s="3">
         <v>2.33</v>
       </c>
       <c r="O36" s="3">
         <v>4.25</v>
       </c>
       <c r="P36" s="3">
         <v>2.97</v>
       </c>
       <c r="Q36" s="3">
-        <v>1.26</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37" s="3">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>5.6</v>
       </c>
       <c r="F37" s="3">
         <v>8.44</v>
       </c>
       <c r="G37" s="3">
         <v>4.3600000000000003</v>
       </c>
       <c r="H37" s="3">
         <v>1.58</v>
       </c>
       <c r="I37" s="3">
         <v>1.75</v>
       </c>
       <c r="J37" s="3">
         <v>3.11</v>
       </c>
       <c r="K37" s="3">
         <v>3.89</v>
       </c>
       <c r="L37" s="3">
         <v>0.85</v>
       </c>
       <c r="M37" s="3">
         <v>1.23</v>
       </c>
       <c r="N37" s="3">
         <v>2.06</v>
       </c>
       <c r="O37" s="3">
         <v>1.39</v>
       </c>
       <c r="P37" s="3">
         <v>1.32</v>
       </c>
       <c r="Q37" s="3">
-        <v>0.6</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C38" s="3">
         <v>0</v>
       </c>
       <c r="D38" s="3">
         <v>0</v>
       </c>
       <c r="E38" s="3">
         <v>9.4600000000000009</v>
       </c>
       <c r="F38" s="3">
         <v>10.220000000000001</v>
       </c>
       <c r="G38" s="3">
         <v>3.26</v>
       </c>
       <c r="H38" s="3">
         <v>0.18</v>
       </c>
       <c r="I38" s="3">
         <v>2.3199999999999998</v>
       </c>
       <c r="J38" s="3">
         <v>0.48</v>
       </c>
       <c r="K38" s="3">
         <v>1.59</v>
       </c>
       <c r="L38" s="3">
         <v>2.46</v>
       </c>
       <c r="M38" s="3">
         <v>0.69</v>
       </c>
       <c r="N38" s="3">
         <v>0.33</v>
       </c>
       <c r="O38" s="3">
         <v>0.42</v>
       </c>
       <c r="P38" s="3">
         <v>0.94</v>
       </c>
       <c r="Q38" s="3">
-        <v>0.36</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C39" s="3">
         <v>0.01</v>
       </c>
       <c r="D39" s="3">
         <v>0</v>
       </c>
       <c r="E39" s="3">
         <v>1.31</v>
       </c>
       <c r="F39" s="3">
         <v>0.78</v>
       </c>
       <c r="G39" s="3">
         <v>0.99</v>
       </c>
       <c r="H39" s="3">
         <v>0.42</v>
       </c>
       <c r="I39" s="3">
         <v>0.81</v>
       </c>
       <c r="J39" s="3">
         <v>0.88</v>
       </c>
       <c r="K39" s="3">
         <v>2.68</v>
       </c>
       <c r="L39" s="3">
         <v>1.23</v>
       </c>
       <c r="M39" s="3">
         <v>1.43</v>
       </c>
       <c r="N39" s="3">
         <v>2.81</v>
       </c>
       <c r="O39" s="3">
         <v>6.11</v>
       </c>
       <c r="P39" s="3">
         <v>8.7200000000000006</v>
       </c>
       <c r="Q39" s="3">
-        <v>3.05</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C40" s="3">
         <v>0</v>
       </c>
       <c r="D40" s="3">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0.82</v>
       </c>
       <c r="F40" s="3">
         <v>0.53</v>
       </c>
       <c r="G40" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="H40" s="3">
         <v>0.16</v>
       </c>
       <c r="I40" s="3">
         <v>0.38</v>
       </c>
       <c r="J40" s="3">
         <v>0.84</v>
       </c>
       <c r="K40" s="3">
         <v>0.48</v>
       </c>
       <c r="L40" s="3">
         <v>1.55</v>
       </c>
       <c r="M40" s="3">
         <v>0.73</v>
       </c>
       <c r="N40" s="3">
         <v>6.71</v>
       </c>
       <c r="O40" s="3">
         <v>3.44</v>
       </c>
       <c r="P40" s="3">
         <v>13.48</v>
       </c>
       <c r="Q40" s="3">
-        <v>1.1100000000000001</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C41" s="3">
         <v>0.04</v>
       </c>
       <c r="D41" s="3">
         <v>0.06</v>
       </c>
       <c r="E41" s="3">
         <v>3.43</v>
       </c>
       <c r="F41" s="3">
         <v>1.25</v>
       </c>
       <c r="G41" s="3">
         <v>2.31</v>
       </c>
       <c r="H41" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="I41" s="3">
         <v>4.13</v>
       </c>
       <c r="J41" s="3">
         <v>2.29</v>
       </c>
       <c r="K41" s="3">
         <v>2.0099999999999998</v>
       </c>
       <c r="L41" s="3">
         <v>1.31</v>
       </c>
       <c r="M41" s="3">
         <v>1</v>
       </c>
       <c r="N41" s="3">
         <v>3.76</v>
       </c>
       <c r="O41" s="3">
         <v>3.08</v>
       </c>
       <c r="P41" s="3">
         <v>1.97</v>
       </c>
       <c r="Q41" s="3">
-        <v>0.52</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C42" s="3">
         <v>0.49</v>
       </c>
       <c r="D42" s="3">
         <v>0.44</v>
       </c>
       <c r="E42" s="3">
         <v>0.63</v>
       </c>
       <c r="F42" s="3">
         <v>1.25</v>
       </c>
       <c r="G42" s="3">
         <v>1.36</v>
       </c>
       <c r="H42" s="3">
         <v>1.51</v>
       </c>
       <c r="I42" s="3">
         <v>1.84</v>
       </c>
       <c r="J42" s="3">
         <v>1.35</v>
       </c>
       <c r="K42" s="3">
         <v>1.82</v>
       </c>
       <c r="L42" s="3">
         <v>1.52</v>
       </c>
       <c r="M42" s="3">
         <v>1.95</v>
       </c>
       <c r="N42" s="3">
         <v>3.29</v>
       </c>
       <c r="O42" s="3">
         <v>5.62</v>
       </c>
       <c r="P42" s="3">
         <v>3.12</v>
       </c>
       <c r="Q42" s="3">
-        <v>1.36</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43" s="3">
         <v>0</v>
       </c>
       <c r="E43" s="3">
         <v>6.79</v>
       </c>
       <c r="F43" s="3">
         <v>1.04</v>
       </c>
       <c r="G43" s="3">
         <v>1.56</v>
       </c>
       <c r="H43" s="3">
         <v>1.67</v>
       </c>
       <c r="I43" s="3">
         <v>1.31</v>
       </c>
       <c r="J43" s="3">
         <v>1.24</v>
       </c>
       <c r="K43" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="L43" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="M43" s="3">
         <v>0.39</v>
       </c>
       <c r="N43" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="O43" s="3">
         <v>1.86</v>
       </c>
       <c r="P43" s="3">
         <v>2.15</v>
       </c>
       <c r="Q43" s="3">
-        <v>0.87</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B44" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C44" s="3">
         <v>0</v>
       </c>
       <c r="D44" s="3">
         <v>0</v>
       </c>
       <c r="E44" s="3">
         <v>8.17</v>
       </c>
       <c r="F44" s="3">
         <v>2.66</v>
       </c>
       <c r="G44" s="3">
         <v>0.5</v>
       </c>
       <c r="H44" s="3">
         <v>0</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
       <c r="J44" s="3">
         <v>0</v>
       </c>
       <c r="K44" s="3">
         <v>0</v>
       </c>
       <c r="L44" s="3">
         <v>0</v>
       </c>
       <c r="M44" s="3">
         <v>0</v>
       </c>
       <c r="N44" s="3">
         <v>0</v>
       </c>
       <c r="O44" s="3">
         <v>0</v>
       </c>
       <c r="P44" s="3">
         <v>0</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B45" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C45" s="3">
         <v>0.04</v>
       </c>
       <c r="D45" s="3">
         <v>0.08</v>
       </c>
       <c r="E45" s="3">
         <v>0.21</v>
       </c>
       <c r="F45" s="3">
         <v>0.06</v>
       </c>
       <c r="G45" s="3">
         <v>0.01</v>
       </c>
       <c r="H45" s="3">
         <v>0.06</v>
       </c>
       <c r="I45" s="3">
         <v>0.03</v>
       </c>
       <c r="J45" s="3">
         <v>0.05</v>
       </c>
       <c r="K45" s="3">
         <v>0.05</v>
       </c>
       <c r="L45" s="3">
         <v>0.02</v>
       </c>
       <c r="M45" s="3">
         <v>0.01</v>
       </c>
       <c r="N45" s="3">
         <v>2.63</v>
       </c>
       <c r="O45" s="3">
         <v>2.46</v>
       </c>
       <c r="P45" s="3">
         <v>2.96</v>
       </c>
       <c r="Q45" s="3">
-        <v>1.47</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B46" s="12" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C46" s="8">
         <v>0.18747543000000455</v>
       </c>
       <c r="D46" s="8">
         <v>0.26910705950001557</v>
       </c>
       <c r="E46" s="8">
         <v>45.729857155599916</v>
       </c>
       <c r="F46" s="8">
         <v>47.152787151700068</v>
       </c>
       <c r="G46" s="8">
         <v>31.597535806999929</v>
       </c>
       <c r="H46" s="8">
         <v>29.665892205400041</v>
       </c>
       <c r="I46" s="8">
         <v>39.403726880000136</v>
       </c>
       <c r="J46" s="8">
         <v>36.731840299999931</v>
       </c>
       <c r="K46" s="8">
         <v>38.152993580000157</v>
       </c>
       <c r="L46" s="8">
         <v>16.858075900000017</v>
       </c>
       <c r="M46" s="8">
         <v>30.591765590000136</v>
       </c>
       <c r="N46" s="8">
-        <v>51.946468029999664</v>
+        <v>51.946468029999778</v>
       </c>
       <c r="O46" s="8">
         <v>50.798858420000101</v>
       </c>
       <c r="P46" s="8">
         <v>52.091061669999931</v>
       </c>
       <c r="Q46" s="8">
-        <v>27.89226506</v>
+        <v>46.905901479999898</v>
       </c>
     </row>
     <row r="47" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B47" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C47" s="3">
         <v>971.65779017830005</v>
       </c>
       <c r="D47" s="3">
         <v>960.36947067050005</v>
       </c>
       <c r="E47" s="3">
         <v>390.6241994582</v>
       </c>
       <c r="F47" s="3">
         <v>441.37305088929998</v>
       </c>
       <c r="G47" s="3">
         <v>508.1730817852</v>
       </c>
       <c r="H47" s="3">
         <v>577.90237051999998</v>
       </c>
       <c r="I47" s="3">
         <v>556.02868831210003</v>
       </c>
       <c r="J47" s="3">
         <v>600.44310350590001</v>
       </c>
       <c r="K47" s="3">
         <v>604.13701028510002</v>
       </c>
       <c r="L47" s="3">
         <v>480.60863041699997</v>
       </c>
       <c r="M47" s="3">
         <v>568.67097062000005</v>
       </c>
       <c r="N47" s="3">
         <v>706.64658746000009</v>
       </c>
       <c r="O47" s="3">
         <v>751.62260608999998</v>
       </c>
       <c r="P47" s="3">
         <v>795.14862487999994</v>
       </c>
       <c r="Q47" s="3">
-        <v>405.39040999999997</v>
+        <v>619.08246752000002</v>
       </c>
     </row>
     <row r="48" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C48" s="10">
         <v>977.78526560830005</v>
       </c>
       <c r="D48" s="10">
         <v>966.63857773000007</v>
       </c>
       <c r="E48" s="10">
         <v>934.42405661379996</v>
       </c>
       <c r="F48" s="10">
         <v>999.13583804099994</v>
       </c>
       <c r="G48" s="10">
         <v>1018.1806175922</v>
       </c>
       <c r="H48" s="10">
         <v>1077.5082627254001</v>
       </c>
       <c r="I48" s="10">
         <v>1159.6724151921001</v>
       </c>
       <c r="J48" s="10">
         <v>1234.4449438059</v>
       </c>
       <c r="K48" s="10">
         <v>1265.2400038651001</v>
       </c>
       <c r="L48" s="10">
         <v>843.24670631699996</v>
       </c>
       <c r="M48" s="10">
         <v>1088.4027362100001</v>
       </c>
       <c r="N48" s="10">
         <v>1462.92305549</v>
       </c>
       <c r="O48" s="10">
         <v>1571.22146451</v>
       </c>
       <c r="P48" s="10">
         <v>1633.3296865499999</v>
       </c>
       <c r="Q48" s="10">
-        <v>767.11267506000002</v>
+        <v>1242.7783690000001</v>
       </c>
     </row>
     <row r="50" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B50" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B51" s="2" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
     </row>
     <row r="52" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B52" s="2" t="s">
-        <v>117</v>
-[...44 lines deleted...]
-      <c r="M55" s="33"/>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="53" spans="2:13" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" s="17"/>
+      <c r="D53" s="17"/>
+      <c r="E53" s="17"/>
+      <c r="F53" s="17"/>
+      <c r="G53" s="17"/>
+      <c r="H53" s="17"/>
+      <c r="I53" s="17"/>
+      <c r="J53" s="17"/>
+      <c r="K53" s="17"/>
+      <c r="L53" s="18"/>
+      <c r="M53" s="19"/>
+    </row>
+    <row r="54" spans="2:13" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="20"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="21"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="21"/>
+      <c r="G54" s="21"/>
+      <c r="H54" s="21"/>
+      <c r="I54" s="21"/>
+      <c r="J54" s="21"/>
+      <c r="K54" s="21"/>
+      <c r="L54" s="22"/>
+      <c r="M54" s="23"/>
+    </row>
+    <row r="55" spans="2:13" ht="7.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="25"/>
+      <c r="C55" s="26"/>
+      <c r="D55" s="26"/>
+      <c r="E55" s="26"/>
+      <c r="F55" s="26"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="26"/>
+      <c r="I55" s="26"/>
+      <c r="J55" s="26"/>
+      <c r="K55" s="26"/>
+      <c r="L55" s="26"/>
+      <c r="M55" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B53:M55"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="C5:P5" numberStoredAsText="1"/>
+    <ignoredError sqref="F5:O5 C5:E5" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="B2:Q40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="39.85546875" style="2" customWidth="1"/>
+    <col min="3" max="16" width="9.7109375" style="2" customWidth="1"/>
+    <col min="17" max="17" width="12.7109375" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>1254.1300000000001</v>
       </c>
       <c r="D6" s="3">
         <v>1320.66</v>
       </c>
       <c r="E6" s="3">
         <v>1495.8</v>
       </c>
       <c r="F6" s="3">
         <v>1581.84</v>
       </c>
       <c r="G6" s="3">
         <v>1903.25</v>
       </c>
       <c r="H6" s="3">
         <v>1881.12</v>
       </c>
       <c r="I6" s="3">
         <v>1988.95</v>
       </c>
       <c r="J6" s="3">
         <v>2117.71</v>
       </c>
       <c r="K6" s="3">
         <v>2352.36</v>
       </c>
       <c r="L6" s="3">
         <v>1460.9</v>
       </c>
       <c r="M6" s="3">
         <v>2621.87</v>
       </c>
       <c r="N6" s="3">
         <v>3521.59</v>
       </c>
       <c r="O6" s="3">
         <v>3727.12</v>
       </c>
       <c r="P6" s="3">
         <v>3415.7</v>
       </c>
       <c r="Q6" s="3">
-        <v>986.99</v>
+        <v>3021.07</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="3">
         <v>696.69</v>
       </c>
       <c r="D7" s="3">
         <v>717.36</v>
       </c>
       <c r="E7" s="3">
         <v>681.09</v>
       </c>
       <c r="F7" s="3">
         <v>735.6</v>
       </c>
       <c r="G7" s="3">
         <v>763.46</v>
       </c>
       <c r="H7" s="3">
         <v>794.98</v>
       </c>
       <c r="I7" s="3">
         <v>842.13</v>
       </c>
       <c r="J7" s="3">
         <v>858.03</v>
       </c>
       <c r="K7" s="3">
         <v>997.99</v>
       </c>
       <c r="L7" s="3">
         <v>554.29</v>
       </c>
       <c r="M7" s="3">
         <v>948.63</v>
       </c>
       <c r="N7" s="3">
         <v>1466.69</v>
       </c>
       <c r="O7" s="3">
         <v>1638.94</v>
       </c>
       <c r="P7" s="3">
         <v>1424.95</v>
       </c>
       <c r="Q7" s="3">
-        <v>448.26</v>
+        <v>1425.81</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="3">
         <v>713.86</v>
       </c>
       <c r="D8" s="3">
         <v>691.5</v>
       </c>
       <c r="E8" s="3">
         <v>742.82</v>
       </c>
       <c r="F8" s="3">
         <v>833.49</v>
       </c>
       <c r="G8" s="3">
         <v>796.65</v>
       </c>
       <c r="H8" s="3">
         <v>1069.58</v>
       </c>
       <c r="I8" s="3">
         <v>929.73</v>
       </c>
       <c r="J8" s="3">
         <v>1129.97</v>
       </c>
       <c r="K8" s="3">
         <v>999.44</v>
       </c>
       <c r="L8" s="3">
         <v>358.6</v>
       </c>
       <c r="M8" s="3">
         <v>699.95</v>
       </c>
       <c r="N8" s="3">
         <v>1055.8399999999999</v>
       </c>
       <c r="O8" s="3">
         <v>1172.02</v>
       </c>
       <c r="P8" s="3">
         <v>1215.99</v>
       </c>
       <c r="Q8" s="3">
-        <v>371.59</v>
+        <v>1065.6500000000001</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="3">
         <v>456.52</v>
       </c>
       <c r="D9" s="3">
         <v>579.11</v>
       </c>
       <c r="E9" s="3">
         <v>482.59</v>
       </c>
       <c r="F9" s="3">
         <v>435.53</v>
       </c>
       <c r="G9" s="3">
         <v>551.20000000000005</v>
       </c>
       <c r="H9" s="3">
         <v>549.41999999999996</v>
       </c>
       <c r="I9" s="3">
         <v>645.91999999999996</v>
       </c>
       <c r="J9" s="3">
         <v>780.34</v>
       </c>
       <c r="K9" s="3">
         <v>729.76</v>
       </c>
       <c r="L9" s="3">
         <v>506.1</v>
       </c>
       <c r="M9" s="3">
         <v>793.27</v>
       </c>
       <c r="N9" s="3">
         <v>1077.3599999999999</v>
       </c>
       <c r="O9" s="3">
         <v>1239.18</v>
       </c>
       <c r="P9" s="3">
         <v>1076.27</v>
       </c>
       <c r="Q9" s="3">
-        <v>365.97</v>
+        <v>1068.0899999999999</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C10" s="3">
         <v>157.82</v>
       </c>
       <c r="D10" s="3">
         <v>160.31</v>
       </c>
       <c r="E10" s="3">
         <v>158.52000000000001</v>
       </c>
       <c r="F10" s="3">
         <v>265.26</v>
       </c>
       <c r="G10" s="3">
         <v>302.25</v>
       </c>
       <c r="H10" s="3">
         <v>427.89</v>
       </c>
       <c r="I10" s="3">
         <v>404.02</v>
       </c>
       <c r="J10" s="3">
         <v>773.95</v>
       </c>
       <c r="K10" s="3">
         <v>716.72</v>
       </c>
       <c r="L10" s="3">
         <v>151.84</v>
       </c>
       <c r="M10" s="3">
         <v>333.24</v>
       </c>
       <c r="N10" s="3">
         <v>846.78</v>
       </c>
       <c r="O10" s="3">
         <v>1305.1400000000001</v>
       </c>
       <c r="P10" s="3">
         <v>1280.3499999999999</v>
       </c>
       <c r="Q10" s="3">
-        <v>523.04</v>
+        <v>1134.45</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C11" s="3">
-        <v>222.99</v>
+        <v>210.26</v>
       </c>
       <c r="D11" s="3">
-        <v>225.36</v>
+        <v>153.6</v>
       </c>
       <c r="E11" s="3">
-        <v>232.82</v>
+        <v>198.18</v>
       </c>
       <c r="F11" s="3">
-        <v>264.14999999999998</v>
+        <v>177.23</v>
       </c>
       <c r="G11" s="3">
-        <v>275.20999999999998</v>
+        <v>186.18</v>
       </c>
       <c r="H11" s="3">
-        <v>288.29000000000002</v>
+        <v>246.35</v>
       </c>
       <c r="I11" s="3">
-        <v>316.94</v>
+        <v>326.45999999999998</v>
       </c>
       <c r="J11" s="3">
-        <v>282.87</v>
+        <v>303.76</v>
       </c>
       <c r="K11" s="3">
-        <v>349.08</v>
+        <v>353.44</v>
       </c>
       <c r="L11" s="3">
-        <v>218.67</v>
+        <v>227.98</v>
       </c>
       <c r="M11" s="3">
-        <v>399.31</v>
+        <v>499.84</v>
       </c>
       <c r="N11" s="3">
-        <v>601.91999999999996</v>
+        <v>495.75</v>
       </c>
       <c r="O11" s="3">
-        <v>329.47</v>
+        <v>436.65</v>
       </c>
       <c r="P11" s="3">
-        <v>464.19</v>
+        <v>543.67999999999995</v>
       </c>
       <c r="Q11" s="3">
-        <v>134.76</v>
+        <v>576.67999999999995</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C12" s="3">
-        <v>248.05</v>
+        <v>222.99</v>
       </c>
       <c r="D12" s="3">
-        <v>249.31</v>
+        <v>225.36</v>
       </c>
       <c r="E12" s="3">
-        <v>258.8</v>
+        <v>232.82</v>
       </c>
       <c r="F12" s="3">
-        <v>256.05</v>
+        <v>264.14999999999998</v>
       </c>
       <c r="G12" s="3">
-        <v>245.74</v>
+        <v>275.20999999999998</v>
       </c>
       <c r="H12" s="3">
-        <v>276.73</v>
+        <v>288.29000000000002</v>
       </c>
       <c r="I12" s="3">
-        <v>273.25</v>
+        <v>316.94</v>
       </c>
       <c r="J12" s="3">
-        <v>322.56</v>
+        <v>282.87</v>
       </c>
       <c r="K12" s="3">
-        <v>394.47</v>
+        <v>349.08</v>
       </c>
       <c r="L12" s="3">
-        <v>212.14</v>
+        <v>218.67</v>
       </c>
       <c r="M12" s="3">
-        <v>331.41</v>
+        <v>399.31</v>
       </c>
       <c r="N12" s="3">
-        <v>410.4</v>
+        <v>601.91999999999996</v>
       </c>
       <c r="O12" s="3">
-        <v>375.09</v>
+        <v>329.47</v>
       </c>
       <c r="P12" s="3">
-        <v>468.87</v>
+        <v>464.19</v>
       </c>
       <c r="Q12" s="3">
-        <v>190.16</v>
+        <v>366.27</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C13" s="3">
-        <v>210.26</v>
+        <v>248.05</v>
       </c>
       <c r="D13" s="3">
-        <v>153.6</v>
+        <v>249.31</v>
       </c>
       <c r="E13" s="3">
-        <v>198.18</v>
+        <v>258.8</v>
       </c>
       <c r="F13" s="3">
-        <v>177.23</v>
+        <v>256.05</v>
       </c>
       <c r="G13" s="3">
-        <v>186.18</v>
+        <v>245.74</v>
       </c>
       <c r="H13" s="3">
-        <v>246.35</v>
+        <v>276.73</v>
       </c>
       <c r="I13" s="3">
-        <v>326.45999999999998</v>
+        <v>273.25</v>
       </c>
       <c r="J13" s="3">
-        <v>303.76</v>
+        <v>322.56</v>
       </c>
       <c r="K13" s="3">
-        <v>353.44</v>
+        <v>394.47</v>
       </c>
       <c r="L13" s="3">
-        <v>227.98</v>
+        <v>212.14</v>
       </c>
       <c r="M13" s="3">
-        <v>499.84</v>
+        <v>331.41</v>
       </c>
       <c r="N13" s="3">
-        <v>495.75</v>
+        <v>410.4</v>
       </c>
       <c r="O13" s="3">
-        <v>436.65</v>
+        <v>375.09</v>
       </c>
       <c r="P13" s="3">
-        <v>543.67999999999995</v>
+        <v>468.87</v>
       </c>
       <c r="Q13" s="3">
-        <v>121.32</v>
+        <v>478.21</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="3">
         <v>204.61</v>
       </c>
       <c r="D14" s="3">
         <v>228.4</v>
       </c>
       <c r="E14" s="3">
         <v>269.45999999999998</v>
       </c>
       <c r="F14" s="3">
         <v>267.10000000000002</v>
       </c>
       <c r="G14" s="3">
         <v>292.94</v>
       </c>
       <c r="H14" s="3">
         <v>339.81</v>
       </c>
       <c r="I14" s="3">
         <v>351.61</v>
       </c>
       <c r="J14" s="3">
         <v>231.79</v>
       </c>
       <c r="K14" s="3">
         <v>310.5</v>
       </c>
       <c r="L14" s="3">
         <v>85.8</v>
       </c>
       <c r="M14" s="3">
         <v>250.54</v>
       </c>
       <c r="N14" s="3">
         <v>255.56</v>
       </c>
       <c r="O14" s="3">
         <v>321.63</v>
       </c>
       <c r="P14" s="3">
         <v>317.11</v>
       </c>
       <c r="Q14" s="3">
-        <v>81.72</v>
+        <v>255.8</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C15" s="3">
         <v>201.63</v>
       </c>
       <c r="D15" s="3">
         <v>173.89</v>
       </c>
       <c r="E15" s="3">
         <v>160.25</v>
       </c>
       <c r="F15" s="3">
         <v>141.31</v>
       </c>
       <c r="G15" s="3">
         <v>135.01</v>
       </c>
       <c r="H15" s="3">
         <v>150.28</v>
       </c>
       <c r="I15" s="3">
         <v>292.18</v>
       </c>
       <c r="J15" s="3">
         <v>214.84</v>
       </c>
       <c r="K15" s="3">
         <v>292.85000000000002</v>
       </c>
       <c r="L15" s="3">
         <v>183.11</v>
       </c>
       <c r="M15" s="3">
         <v>334.89</v>
       </c>
       <c r="N15" s="3">
         <v>447.13</v>
       </c>
       <c r="O15" s="3">
         <v>331.38</v>
       </c>
       <c r="P15" s="3">
         <v>393.1</v>
       </c>
       <c r="Q15" s="3">
-        <v>63.34</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C16" s="3">
-        <v>153.08000000000001</v>
+        <v>118.22</v>
       </c>
       <c r="D16" s="3">
-        <v>181.78</v>
+        <v>86.82</v>
       </c>
       <c r="E16" s="3">
-        <v>171.28</v>
+        <v>115.13</v>
       </c>
       <c r="F16" s="3">
-        <v>190.37</v>
+        <v>105.3</v>
       </c>
       <c r="G16" s="3">
-        <v>167.97</v>
+        <v>112.22</v>
       </c>
       <c r="H16" s="3">
-        <v>169.62</v>
+        <v>134.28</v>
       </c>
       <c r="I16" s="3">
-        <v>266.24</v>
+        <v>193.57</v>
       </c>
       <c r="J16" s="3">
-        <v>233.08</v>
+        <v>365.75</v>
       </c>
       <c r="K16" s="3">
-        <v>300.37</v>
+        <v>326.99</v>
       </c>
       <c r="L16" s="3">
-        <v>146.15</v>
+        <v>119.26</v>
       </c>
       <c r="M16" s="3">
-        <v>240.6</v>
+        <v>281.83999999999997</v>
       </c>
       <c r="N16" s="3">
-        <v>267.38</v>
+        <v>378.98</v>
       </c>
       <c r="O16" s="3">
-        <v>303.41000000000003</v>
+        <v>353.53</v>
       </c>
       <c r="P16" s="3">
-        <v>465.76</v>
+        <v>496.66</v>
       </c>
       <c r="Q16" s="3">
-        <v>142.99</v>
+        <v>542.46</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="3">
-        <v>118.22</v>
+        <v>153.08000000000001</v>
       </c>
       <c r="D17" s="3">
-        <v>86.82</v>
+        <v>181.78</v>
       </c>
       <c r="E17" s="3">
-        <v>115.13</v>
+        <v>171.28</v>
       </c>
       <c r="F17" s="3">
-        <v>105.3</v>
+        <v>190.37</v>
       </c>
       <c r="G17" s="3">
-        <v>112.22</v>
+        <v>167.97</v>
       </c>
       <c r="H17" s="3">
-        <v>134.28</v>
+        <v>169.62</v>
       </c>
       <c r="I17" s="3">
-        <v>193.57</v>
+        <v>266.24</v>
       </c>
       <c r="J17" s="3">
-        <v>365.75</v>
+        <v>233.08</v>
       </c>
       <c r="K17" s="3">
-        <v>326.99</v>
+        <v>300.37</v>
       </c>
       <c r="L17" s="3">
-        <v>119.26</v>
+        <v>146.15</v>
       </c>
       <c r="M17" s="3">
-        <v>281.83999999999997</v>
+        <v>240.6</v>
       </c>
       <c r="N17" s="3">
-        <v>378.98</v>
+        <v>267.38</v>
       </c>
       <c r="O17" s="3">
-        <v>353.53</v>
+        <v>303.41000000000003</v>
       </c>
       <c r="P17" s="3">
-        <v>496.66</v>
+        <v>465.76</v>
       </c>
       <c r="Q17" s="3">
-        <v>103.89</v>
+        <v>385.47</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C18" s="3">
         <v>198.19</v>
       </c>
       <c r="D18" s="3">
         <v>168.52</v>
       </c>
       <c r="E18" s="3">
         <v>154.81</v>
       </c>
       <c r="F18" s="3">
         <v>180.14</v>
       </c>
       <c r="G18" s="3">
         <v>189.37</v>
       </c>
       <c r="H18" s="3">
         <v>222.05</v>
       </c>
       <c r="I18" s="3">
         <v>209.2</v>
       </c>
       <c r="J18" s="3">
         <v>163.81</v>
       </c>
       <c r="K18" s="3">
         <v>279.31</v>
       </c>
       <c r="L18" s="3">
         <v>67.88</v>
       </c>
       <c r="M18" s="3">
         <v>174.99</v>
       </c>
       <c r="N18" s="3">
         <v>285.24</v>
       </c>
       <c r="O18" s="3">
         <v>211.43</v>
       </c>
       <c r="P18" s="3">
         <v>325.39999999999998</v>
       </c>
       <c r="Q18" s="3">
-        <v>78.22</v>
+        <v>405.1</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C19" s="3">
         <v>65.52</v>
       </c>
       <c r="D19" s="3">
         <v>65.83</v>
       </c>
       <c r="E19" s="3">
         <v>87.8</v>
       </c>
       <c r="F19" s="3">
         <v>70.7</v>
       </c>
       <c r="G19" s="3">
         <v>131.58000000000001</v>
       </c>
       <c r="H19" s="3">
         <v>102.2</v>
       </c>
       <c r="I19" s="3">
         <v>172.55</v>
       </c>
       <c r="J19" s="3">
         <v>172.9</v>
       </c>
       <c r="K19" s="3">
         <v>225.83</v>
       </c>
       <c r="L19" s="3">
         <v>21.22</v>
       </c>
       <c r="M19" s="3">
         <v>233.56</v>
       </c>
       <c r="N19" s="3">
         <v>351.61</v>
       </c>
       <c r="O19" s="3">
         <v>635.51</v>
       </c>
       <c r="P19" s="3">
         <v>419.29</v>
       </c>
       <c r="Q19" s="3">
-        <v>139.93</v>
+        <v>402.05</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="3">
         <v>113.51</v>
       </c>
       <c r="D20" s="3">
         <v>108.54</v>
       </c>
       <c r="E20" s="3">
         <v>151.9</v>
       </c>
       <c r="F20" s="3">
         <v>174.05</v>
       </c>
       <c r="G20" s="3">
         <v>189.2</v>
       </c>
       <c r="H20" s="3">
         <v>181.41</v>
       </c>
       <c r="I20" s="3">
         <v>185.27</v>
       </c>
       <c r="J20" s="3">
         <v>147.02000000000001</v>
       </c>
       <c r="K20" s="3">
         <v>181.53</v>
       </c>
       <c r="L20" s="3">
         <v>73.06</v>
       </c>
       <c r="M20" s="3">
         <v>137.1</v>
       </c>
       <c r="N20" s="3">
         <v>171.83</v>
       </c>
       <c r="O20" s="3">
         <v>152.54</v>
       </c>
       <c r="P20" s="3">
         <v>185.18</v>
       </c>
       <c r="Q20" s="3">
-        <v>70.95</v>
+        <v>188.93</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C21" s="3">
         <v>84.57</v>
       </c>
       <c r="D21" s="3">
         <v>76.400000000000006</v>
       </c>
       <c r="E21" s="3">
         <v>104.39</v>
       </c>
       <c r="F21" s="3">
         <v>134.29</v>
       </c>
       <c r="G21" s="3">
         <v>160.41</v>
       </c>
       <c r="H21" s="3">
         <v>203.36</v>
       </c>
       <c r="I21" s="3">
         <v>192.12</v>
       </c>
       <c r="J21" s="3">
         <v>105.9</v>
       </c>
       <c r="K21" s="3">
         <v>211.86</v>
       </c>
       <c r="L21" s="3">
         <v>26.23</v>
       </c>
       <c r="M21" s="3">
         <v>83.99</v>
       </c>
       <c r="N21" s="3">
         <v>185.77</v>
       </c>
       <c r="O21" s="3">
         <v>227.45</v>
       </c>
       <c r="P21" s="3">
         <v>237.16</v>
       </c>
       <c r="Q21" s="3">
-        <v>51.42</v>
+        <v>150.03</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C22" s="3">
-        <v>221.28</v>
+        <v>18.7</v>
       </c>
       <c r="D22" s="3">
-        <v>207.17</v>
+        <v>13.65</v>
       </c>
       <c r="E22" s="3">
-        <v>135.43</v>
+        <v>20.94</v>
       </c>
       <c r="F22" s="3">
-        <v>89.32</v>
+        <v>19.7</v>
       </c>
       <c r="G22" s="3">
-        <v>63.7</v>
+        <v>45.2</v>
       </c>
       <c r="H22" s="3">
-        <v>103.33</v>
+        <v>69.59</v>
       </c>
       <c r="I22" s="3">
-        <v>146.28</v>
+        <v>83.25</v>
       </c>
       <c r="J22" s="3">
-        <v>156.63999999999999</v>
+        <v>93.72</v>
       </c>
       <c r="K22" s="3">
-        <v>146.66999999999999</v>
+        <v>111.59</v>
       </c>
       <c r="L22" s="3">
-        <v>23.28</v>
+        <v>14.26</v>
       </c>
       <c r="M22" s="3">
-        <v>70.86</v>
+        <v>60.88</v>
       </c>
       <c r="N22" s="3">
-        <v>5.82</v>
+        <v>195.71</v>
       </c>
       <c r="O22" s="3">
-        <v>5.69</v>
+        <v>202.82</v>
       </c>
       <c r="P22" s="3">
-        <v>4.53</v>
+        <v>279.3</v>
       </c>
       <c r="Q22" s="3">
-        <v>3.7</v>
+        <v>260.14</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C23" s="3">
-        <v>18.7</v>
+        <v>221.28</v>
       </c>
       <c r="D23" s="3">
-        <v>13.65</v>
+        <v>207.17</v>
       </c>
       <c r="E23" s="3">
-        <v>20.94</v>
+        <v>135.43</v>
       </c>
       <c r="F23" s="3">
-        <v>19.7</v>
+        <v>89.32</v>
       </c>
       <c r="G23" s="3">
-        <v>45.2</v>
+        <v>63.7</v>
       </c>
       <c r="H23" s="3">
-        <v>69.59</v>
+        <v>103.33</v>
       </c>
       <c r="I23" s="3">
-        <v>83.25</v>
+        <v>146.28</v>
       </c>
       <c r="J23" s="3">
-        <v>93.72</v>
+        <v>156.63999999999999</v>
       </c>
       <c r="K23" s="3">
-        <v>111.59</v>
+        <v>146.66999999999999</v>
       </c>
       <c r="L23" s="3">
-        <v>14.26</v>
+        <v>23.28</v>
       </c>
       <c r="M23" s="3">
-        <v>60.88</v>
+        <v>70.86</v>
       </c>
       <c r="N23" s="3">
-        <v>195.71</v>
+        <v>5.82</v>
       </c>
       <c r="O23" s="3">
-        <v>202.82</v>
+        <v>5.69</v>
       </c>
       <c r="P23" s="3">
-        <v>279.3</v>
+        <v>4.53</v>
       </c>
       <c r="Q23" s="3">
-        <v>95.31</v>
+        <v>7.13</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C24" s="3">
         <v>50.57</v>
       </c>
       <c r="D24" s="3">
         <v>59.75</v>
       </c>
       <c r="E24" s="3">
         <v>89.13</v>
       </c>
       <c r="F24" s="3">
         <v>105.05</v>
       </c>
       <c r="G24" s="3">
         <v>73.599999999999994</v>
       </c>
       <c r="H24" s="3">
         <v>117.73</v>
       </c>
       <c r="I24" s="3">
         <v>110.4</v>
       </c>
       <c r="J24" s="3">
         <v>94.6</v>
       </c>
       <c r="K24" s="3">
         <v>103.86</v>
       </c>
       <c r="L24" s="3">
         <v>43.54</v>
       </c>
       <c r="M24" s="3">
         <v>78.650000000000006</v>
       </c>
       <c r="N24" s="3">
         <v>65.05</v>
       </c>
       <c r="O24" s="3">
         <v>109.92</v>
       </c>
       <c r="P24" s="3">
         <v>132.96</v>
       </c>
       <c r="Q24" s="3">
-        <v>22.04</v>
+        <v>112.09</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C25" s="3">
         <v>16.41</v>
       </c>
       <c r="D25" s="3">
         <v>22.8</v>
       </c>
       <c r="E25" s="3">
         <v>17.68</v>
       </c>
       <c r="F25" s="3">
         <v>29.28</v>
       </c>
       <c r="G25" s="3">
         <v>56.73</v>
       </c>
       <c r="H25" s="3">
         <v>98.27</v>
       </c>
       <c r="I25" s="3">
         <v>77.36</v>
       </c>
       <c r="J25" s="3">
         <v>73.92</v>
       </c>
       <c r="K25" s="3">
         <v>105.08</v>
       </c>
       <c r="L25" s="3">
         <v>3.52</v>
       </c>
       <c r="M25" s="3">
         <v>18.32</v>
       </c>
       <c r="N25" s="3">
         <v>81.64</v>
       </c>
       <c r="O25" s="3">
         <v>170.94</v>
       </c>
       <c r="P25" s="3">
         <v>307.02</v>
       </c>
       <c r="Q25" s="3">
-        <v>38.03</v>
+        <v>138.28</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C26" s="3">
-        <v>67.430000000000007</v>
+        <v>47.99</v>
       </c>
       <c r="D26" s="3">
-        <v>41.86</v>
+        <v>37.68</v>
       </c>
       <c r="E26" s="3">
-        <v>27.1</v>
+        <v>61.3</v>
       </c>
       <c r="F26" s="3">
-        <v>50.38</v>
+        <v>63.34</v>
       </c>
       <c r="G26" s="3">
-        <v>54.86</v>
+        <v>51.1</v>
       </c>
       <c r="H26" s="3">
-        <v>77.33</v>
+        <v>67.48</v>
       </c>
       <c r="I26" s="3">
-        <v>93.04</v>
+        <v>116.12</v>
       </c>
       <c r="J26" s="3">
-        <v>91.22</v>
+        <v>52.03</v>
       </c>
       <c r="K26" s="3">
-        <v>115.64</v>
+        <v>83.42</v>
       </c>
       <c r="L26" s="3">
-        <v>20.36</v>
+        <v>15.76</v>
       </c>
       <c r="M26" s="3">
-        <v>41.39</v>
+        <v>63.54</v>
       </c>
       <c r="N26" s="3">
-        <v>86.73</v>
+        <v>84.71</v>
       </c>
       <c r="O26" s="3">
-        <v>111.58</v>
+        <v>130.1</v>
       </c>
       <c r="P26" s="3">
-        <v>147.28</v>
+        <v>136.33000000000001</v>
       </c>
       <c r="Q26" s="3">
-        <v>28.1</v>
+        <v>105.16</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C27" s="3">
-        <v>47.99</v>
+        <v>67.430000000000007</v>
       </c>
       <c r="D27" s="3">
-        <v>37.68</v>
+        <v>41.86</v>
       </c>
       <c r="E27" s="3">
-        <v>61.3</v>
+        <v>27.1</v>
       </c>
       <c r="F27" s="3">
-        <v>63.34</v>
+        <v>50.38</v>
       </c>
       <c r="G27" s="3">
-        <v>51.1</v>
+        <v>54.86</v>
       </c>
       <c r="H27" s="3">
-        <v>67.48</v>
+        <v>77.33</v>
       </c>
       <c r="I27" s="3">
-        <v>116.12</v>
+        <v>93.04</v>
       </c>
       <c r="J27" s="3">
-        <v>52.03</v>
+        <v>91.22</v>
       </c>
       <c r="K27" s="3">
-        <v>83.42</v>
+        <v>115.64</v>
       </c>
       <c r="L27" s="3">
-        <v>15.76</v>
+        <v>20.36</v>
       </c>
       <c r="M27" s="3">
-        <v>63.54</v>
+        <v>41.39</v>
       </c>
       <c r="N27" s="3">
-        <v>84.71</v>
+        <v>86.73</v>
       </c>
       <c r="O27" s="3">
-        <v>130.1</v>
+        <v>111.58</v>
       </c>
       <c r="P27" s="3">
-        <v>136.33000000000001</v>
+        <v>147.28</v>
       </c>
       <c r="Q27" s="3">
-        <v>19.28</v>
+        <v>80.55</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C28" s="3">
         <v>23.79</v>
       </c>
       <c r="D28" s="3">
         <v>32.39</v>
       </c>
       <c r="E28" s="3">
         <v>34.590000000000003</v>
       </c>
       <c r="F28" s="3">
         <v>38.25</v>
       </c>
       <c r="G28" s="3">
         <v>45.17</v>
       </c>
       <c r="H28" s="3">
         <v>49.81</v>
       </c>
       <c r="I28" s="3">
         <v>66.459999999999994</v>
       </c>
       <c r="J28" s="3">
         <v>88.78</v>
       </c>
       <c r="K28" s="3">
         <v>85.43</v>
       </c>
       <c r="L28" s="3">
         <v>2.58</v>
       </c>
       <c r="M28" s="3">
         <v>9.8000000000000007</v>
       </c>
       <c r="N28" s="3">
         <v>92.52</v>
       </c>
       <c r="O28" s="3">
         <v>186.4</v>
       </c>
       <c r="P28" s="3">
         <v>134.94</v>
       </c>
       <c r="Q28" s="3">
-        <v>51.61</v>
+        <v>131.86000000000001</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C29" s="3">
         <v>34.72</v>
       </c>
       <c r="D29" s="3">
         <v>45.03</v>
       </c>
       <c r="E29" s="3">
         <v>44.54</v>
       </c>
       <c r="F29" s="3">
         <v>58.79</v>
       </c>
       <c r="G29" s="3">
         <v>70.63</v>
       </c>
       <c r="H29" s="3">
         <v>73.81</v>
       </c>
       <c r="I29" s="3">
         <v>73.099999999999994</v>
       </c>
       <c r="J29" s="3">
         <v>59.88</v>
       </c>
       <c r="K29" s="3">
         <v>102.1</v>
       </c>
       <c r="L29" s="3">
         <v>10.28</v>
       </c>
       <c r="M29" s="3">
         <v>23.87</v>
       </c>
       <c r="N29" s="3">
         <v>84.24</v>
       </c>
       <c r="O29" s="3">
         <v>86</v>
       </c>
       <c r="P29" s="3">
         <v>88.31</v>
       </c>
       <c r="Q29" s="3">
-        <v>37.659999999999997</v>
+        <v>85.67</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C30" s="3">
         <v>28.95</v>
       </c>
       <c r="D30" s="3">
         <v>26.05</v>
       </c>
       <c r="E30" s="3">
         <v>16.07</v>
       </c>
       <c r="F30" s="3">
         <v>26.86</v>
       </c>
       <c r="G30" s="3">
         <v>17.739999999999998</v>
       </c>
       <c r="H30" s="3">
         <v>27.86</v>
       </c>
       <c r="I30" s="3">
         <v>29.03</v>
       </c>
       <c r="J30" s="3">
         <v>12.52</v>
       </c>
       <c r="K30" s="3">
         <v>64.790000000000006</v>
       </c>
       <c r="L30" s="3">
         <v>17.760000000000002</v>
       </c>
       <c r="M30" s="3">
         <v>90.66</v>
       </c>
       <c r="N30" s="3">
         <v>63.74</v>
       </c>
       <c r="O30" s="3">
         <v>98.93</v>
       </c>
       <c r="P30" s="3">
         <v>116.72</v>
       </c>
       <c r="Q30" s="3">
-        <v>11.53</v>
+        <v>84.38</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C31" s="8">
         <v>258.13331237310013</v>
       </c>
       <c r="D31" s="8">
         <v>224.15988962190022</v>
       </c>
       <c r="E31" s="8">
-        <v>209.43677540479803</v>
+        <v>209.43677540479894</v>
       </c>
       <c r="F31" s="8">
-        <v>232.9269790776998</v>
+        <v>232.92697907769889</v>
       </c>
       <c r="G31" s="8">
         <v>314.82931767860191</v>
       </c>
       <c r="H31" s="8">
         <v>336.67349987939997</v>
       </c>
       <c r="I31" s="8">
         <v>532.52719659780087</v>
       </c>
       <c r="J31" s="8">
         <v>523.20104672719935</v>
       </c>
       <c r="K31" s="8">
         <v>530.56878829199559</v>
       </c>
       <c r="L31" s="8">
         <v>123.54253523809984</v>
       </c>
       <c r="M31" s="8">
         <v>249.92630685730001</v>
       </c>
       <c r="N31" s="8">
         <v>459.17377646790555</v>
       </c>
       <c r="O31" s="8">
         <v>659.30408626009921</v>
       </c>
       <c r="P31" s="8">
         <v>842.64206409089638</v>
       </c>
       <c r="Q31" s="8">
-        <v>155.47640790700098</v>
+        <v>460.0861163403024</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C32" s="3">
         <v>35.936607473599999</v>
       </c>
       <c r="D32" s="3">
         <v>37.865669475899999</v>
       </c>
       <c r="E32" s="3">
         <v>29.6907888617</v>
       </c>
       <c r="F32" s="3">
         <v>18.521043307799999</v>
       </c>
       <c r="G32" s="3">
         <v>23.047571736199998</v>
       </c>
       <c r="H32" s="3">
         <v>38.9558871407</v>
       </c>
       <c r="I32" s="3">
         <v>41.855006378100001</v>
       </c>
       <c r="J32" s="3">
         <v>50.391574179899997</v>
       </c>
       <c r="K32" s="3">
         <v>67.459274769899991</v>
       </c>
       <c r="L32" s="3">
         <v>58.731521113200003</v>
       </c>
       <c r="M32" s="3">
         <v>61.449817444600001</v>
       </c>
       <c r="N32" s="3">
         <v>74.619079896200006</v>
       </c>
       <c r="O32" s="3">
         <v>75.669515894999989</v>
       </c>
       <c r="P32" s="3">
         <v>85.645871638200006</v>
       </c>
       <c r="Q32" s="3">
-        <v>37.2879136002</v>
+        <v>49.1259266502</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C33" s="10">
         <v>5903.5599198466998</v>
       </c>
       <c r="D33" s="10">
         <v>5935.7955590977999</v>
       </c>
       <c r="E33" s="10">
         <v>6151.5475642664996</v>
       </c>
       <c r="F33" s="10">
         <v>6544.8280223854999</v>
       </c>
       <c r="G33" s="10">
         <v>7219.2468894148014</v>
       </c>
       <c r="H33" s="10">
         <v>8098.2093870200997</v>
       </c>
       <c r="I33" s="10">
         <v>8959.5622029758997</v>
       </c>
       <c r="J33" s="10">
         <v>9501.1826209070987</v>
       </c>
       <c r="K33" s="10">
         <v>10539.1080630619</v>
       </c>
       <c r="L33" s="10">
         <v>4746.8440563513004</v>
       </c>
       <c r="M33" s="10">
         <v>9134.3761243018998</v>
       </c>
       <c r="N33" s="10">
         <v>13113.7828563641</v>
       </c>
       <c r="O33" s="10">
         <v>14597.843602155101</v>
       </c>
       <c r="P33" s="10">
         <v>15005.3379357291</v>
       </c>
       <c r="Q33" s="10">
-        <v>4374.5743215071998</v>
+        <v>13411.712042990501</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>120</v>
-[...38 lines deleted...]
-      <c r="H40" s="33"/>
+        <v>117</v>
+      </c>
+    </row>
+    <row r="37" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="C37" s="42"/>
+      <c r="D37" s="42"/>
+      <c r="E37" s="42"/>
+      <c r="F37" s="42"/>
+      <c r="G37" s="42"/>
+      <c r="H37" s="42"/>
+      <c r="I37" s="43"/>
+    </row>
+    <row r="38" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="44"/>
+      <c r="C38" s="45"/>
+      <c r="D38" s="45"/>
+      <c r="E38" s="45"/>
+      <c r="F38" s="45"/>
+      <c r="G38" s="45"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="47"/>
+    </row>
+    <row r="39" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="44"/>
+      <c r="C39" s="45"/>
+      <c r="D39" s="45"/>
+      <c r="E39" s="45"/>
+      <c r="F39" s="45"/>
+      <c r="G39" s="45"/>
+      <c r="H39" s="46"/>
+      <c r="I39" s="47"/>
+    </row>
+    <row r="40" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="48"/>
+      <c r="C40" s="49"/>
+      <c r="D40" s="49"/>
+      <c r="E40" s="49"/>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B37:H40"/>
+    <mergeCell ref="B37:I40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B2:Q47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.7109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="35.85546875" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.28515625" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="10.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>0.67</v>
       </c>
       <c r="D6" s="3">
         <v>4.1399999999999997</v>
       </c>
       <c r="E6" s="3">
         <v>5.1100000000000003</v>
       </c>
       <c r="F6" s="3">
         <v>3.11</v>
       </c>
       <c r="G6" s="3">
         <v>5.49</v>
       </c>
       <c r="H6" s="3">
         <v>6.07</v>
       </c>
       <c r="I6" s="3">
         <v>17.350000000000001</v>
       </c>
       <c r="J6" s="3">
         <v>39.9</v>
       </c>
       <c r="K6" s="3">
         <v>58.57</v>
       </c>
       <c r="L6" s="3">
         <v>49.46</v>
       </c>
       <c r="M6" s="3">
         <v>64.95</v>
       </c>
       <c r="N6" s="3">
         <v>93.74</v>
       </c>
       <c r="O6" s="3">
         <v>113.77</v>
       </c>
       <c r="P6" s="3">
         <v>96.51</v>
       </c>
       <c r="Q6" s="3">
-        <v>35.39</v>
+        <v>54.72</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C7" s="3">
         <v>0.01</v>
       </c>
       <c r="D7" s="3">
         <v>0</v>
       </c>
       <c r="E7" s="3">
         <v>2.0699999999999998</v>
       </c>
       <c r="F7" s="3">
         <v>5.92</v>
       </c>
       <c r="G7" s="3">
         <v>0.01</v>
       </c>
       <c r="H7" s="3">
         <v>0.35</v>
       </c>
       <c r="I7" s="3">
         <v>0.34</v>
       </c>
       <c r="J7" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="K7" s="3">
         <v>0.86</v>
       </c>
       <c r="L7" s="3">
         <v>46.17</v>
       </c>
       <c r="M7" s="3">
         <v>80.09</v>
       </c>
       <c r="N7" s="3">
         <v>49.56</v>
       </c>
       <c r="O7" s="3">
         <v>98.26</v>
       </c>
       <c r="P7" s="3">
         <v>142.09</v>
       </c>
       <c r="Q7" s="3">
-        <v>43.6</v>
+        <v>80.86</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C8" s="3">
         <v>1.5</v>
       </c>
       <c r="D8" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="E8" s="3">
         <v>0.19</v>
       </c>
       <c r="F8" s="3">
         <v>14.4</v>
       </c>
       <c r="G8" s="3">
         <v>13.28</v>
       </c>
       <c r="H8" s="3">
         <v>8.65</v>
       </c>
       <c r="I8" s="3">
         <v>14.67</v>
       </c>
       <c r="J8" s="3">
         <v>23.96</v>
       </c>
       <c r="K8" s="3">
         <v>27.29</v>
       </c>
       <c r="L8" s="3">
         <v>33.229999999999997</v>
       </c>
       <c r="M8" s="3">
         <v>44.17</v>
       </c>
       <c r="N8" s="3">
         <v>45.72</v>
       </c>
       <c r="O8" s="3">
         <v>18.62</v>
       </c>
       <c r="P8" s="3">
         <v>44.55</v>
       </c>
       <c r="Q8" s="3">
-        <v>12.85</v>
+        <v>26.72</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="3">
         <v>48.91</v>
       </c>
       <c r="D9" s="3">
         <v>39.83</v>
       </c>
       <c r="E9" s="3">
         <v>33.590000000000003</v>
       </c>
       <c r="F9" s="3">
         <v>4.8600000000000003</v>
       </c>
       <c r="G9" s="3">
         <v>5.93</v>
       </c>
       <c r="H9" s="3">
         <v>1.45</v>
       </c>
       <c r="I9" s="3">
         <v>2.25</v>
       </c>
       <c r="J9" s="3">
         <v>10.4</v>
       </c>
       <c r="K9" s="3">
         <v>7.07</v>
       </c>
       <c r="L9" s="3">
         <v>1.67</v>
       </c>
       <c r="M9" s="3">
         <v>1.06</v>
       </c>
       <c r="N9" s="3">
         <v>3.45</v>
       </c>
       <c r="O9" s="3">
         <v>2.48</v>
       </c>
       <c r="P9" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="Q9" s="3">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
         <v>0</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
       <c r="E10" s="3">
         <v>0.43</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>0.02</v>
       </c>
       <c r="H10" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="I10" s="3">
         <v>6.89</v>
       </c>
       <c r="J10" s="3">
         <v>14.6</v>
       </c>
       <c r="K10" s="3">
         <v>11.58</v>
       </c>
       <c r="L10" s="3">
         <v>12.1</v>
       </c>
       <c r="M10" s="3">
         <v>23.3</v>
       </c>
       <c r="N10" s="3">
         <v>24.76</v>
       </c>
       <c r="O10" s="3">
         <v>20.39</v>
       </c>
       <c r="P10" s="3">
         <v>26.08</v>
       </c>
       <c r="Q10" s="3">
-        <v>7.85</v>
+        <v>10.93</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="3">
         <v>1.95</v>
       </c>
       <c r="D11" s="3">
         <v>5.68</v>
       </c>
       <c r="E11" s="3">
         <v>9.0500000000000007</v>
       </c>
       <c r="F11" s="3">
         <v>3.97</v>
       </c>
       <c r="G11" s="3">
         <v>4.1100000000000003</v>
       </c>
       <c r="H11" s="3">
         <v>12.94</v>
       </c>
       <c r="I11" s="3">
         <v>5.76</v>
       </c>
       <c r="J11" s="3">
         <v>9.1300000000000008</v>
       </c>
       <c r="K11" s="3">
         <v>9.11</v>
       </c>
       <c r="L11" s="3">
         <v>8.65</v>
       </c>
       <c r="M11" s="3">
         <v>26.35</v>
       </c>
       <c r="N11" s="3">
         <v>13.02</v>
       </c>
       <c r="O11" s="3">
         <v>13.1</v>
       </c>
       <c r="P11" s="3">
         <v>13.72</v>
       </c>
       <c r="Q11" s="3">
-        <v>6.69</v>
+        <v>9.41</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C12" s="3">
         <v>0</v>
       </c>
       <c r="D12" s="3">
         <v>0</v>
       </c>
       <c r="E12" s="3">
         <v>0</v>
       </c>
       <c r="F12" s="3">
         <v>0.37</v>
       </c>
       <c r="G12" s="3">
         <v>1.45</v>
       </c>
       <c r="H12" s="3">
         <v>2.5099999999999998</v>
       </c>
       <c r="I12" s="3">
         <v>6.27</v>
       </c>
       <c r="J12" s="3">
         <v>3.31</v>
       </c>
       <c r="K12" s="3">
         <v>2.69</v>
       </c>
       <c r="L12" s="3">
         <v>6.77</v>
       </c>
       <c r="M12" s="3">
         <v>6.82</v>
       </c>
       <c r="N12" s="3">
         <v>12.5</v>
       </c>
       <c r="O12" s="3">
         <v>37.520000000000003</v>
       </c>
       <c r="P12" s="3">
         <v>23.8</v>
       </c>
       <c r="Q12" s="3">
-        <v>6.13</v>
+        <v>9.11</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="3">
         <v>1</v>
       </c>
       <c r="D13" s="3">
         <v>1.31</v>
       </c>
       <c r="E13" s="3">
         <v>1.65</v>
       </c>
       <c r="F13" s="3">
         <v>3.7</v>
       </c>
       <c r="G13" s="3">
         <v>10.6</v>
       </c>
       <c r="H13" s="3">
         <v>5.27</v>
       </c>
       <c r="I13" s="3">
         <v>1.3</v>
       </c>
       <c r="J13" s="3">
         <v>2.2799999999999998</v>
       </c>
       <c r="K13" s="3">
         <v>2.82</v>
       </c>
       <c r="L13" s="3">
         <v>5.92</v>
       </c>
       <c r="M13" s="3">
         <v>9.94</v>
       </c>
       <c r="N13" s="3">
         <v>6.79</v>
       </c>
       <c r="O13" s="3">
         <v>12.07</v>
       </c>
       <c r="P13" s="3">
         <v>9.5</v>
       </c>
       <c r="Q13" s="3">
-        <v>2.59</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C14" s="3">
         <v>0</v>
       </c>
       <c r="D14" s="3">
         <v>0</v>
       </c>
       <c r="E14" s="3">
         <v>0</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>29.31</v>
       </c>
       <c r="H14" s="3">
         <v>24.6</v>
       </c>
       <c r="I14" s="3">
         <v>11.66</v>
       </c>
       <c r="J14" s="3">
         <v>1.35</v>
       </c>
       <c r="K14" s="3">
         <v>2.85</v>
       </c>
       <c r="L14" s="3">
         <v>0.4</v>
       </c>
       <c r="M14" s="3">
         <v>0.04</v>
       </c>
       <c r="N14" s="3">
         <v>0</v>
       </c>
       <c r="O14" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="P14" s="3">
         <v>0</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C15" s="3">
         <v>0.03</v>
       </c>
       <c r="D15" s="3">
         <v>0.27</v>
       </c>
       <c r="E15" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F15" s="3">
         <v>1.35</v>
       </c>
       <c r="G15" s="3">
         <v>2.62</v>
       </c>
       <c r="H15" s="3">
         <v>3.54</v>
       </c>
       <c r="I15" s="3">
         <v>0.98</v>
       </c>
       <c r="J15" s="3">
         <v>10.130000000000001</v>
       </c>
       <c r="K15" s="3">
         <v>8.27</v>
       </c>
       <c r="L15" s="3">
         <v>4.24</v>
       </c>
       <c r="M15" s="3">
         <v>6.16</v>
       </c>
       <c r="N15" s="3">
         <v>7.51</v>
       </c>
       <c r="O15" s="3">
         <v>5.5</v>
       </c>
       <c r="P15" s="3">
         <v>2.34</v>
       </c>
       <c r="Q15" s="3">
-        <v>0.97</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C16" s="3">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="D16" s="3">
-        <v>0.05</v>
+        <v>1.69</v>
       </c>
       <c r="E16" s="3">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
       <c r="F16" s="3">
-        <v>1.56</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>2.39</v>
+        <v>12.56</v>
       </c>
       <c r="H16" s="3">
-        <v>4.6500000000000004</v>
+        <v>16.93</v>
       </c>
       <c r="I16" s="3">
-        <v>3.19</v>
+        <v>4.5</v>
       </c>
       <c r="J16" s="3">
-        <v>2.04</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="K16" s="3">
-        <v>3.44</v>
+        <v>1.6</v>
       </c>
       <c r="L16" s="3">
-        <v>5.56</v>
+        <v>0.88</v>
       </c>
       <c r="M16" s="3">
-        <v>2.42</v>
+        <v>1.03</v>
       </c>
       <c r="N16" s="3">
-        <v>6.39</v>
+        <v>1.28</v>
       </c>
       <c r="O16" s="3">
-        <v>9.16</v>
+        <v>0.32</v>
       </c>
       <c r="P16" s="3">
-        <v>7.81</v>
+        <v>0.02</v>
       </c>
       <c r="Q16" s="3">
-        <v>1.56</v>
+        <v>9.81</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="C17" s="3">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="D17" s="3">
-        <v>1.69</v>
+        <v>0.05</v>
       </c>
       <c r="E17" s="3">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1.56</v>
       </c>
       <c r="G17" s="3">
-        <v>12.56</v>
+        <v>2.39</v>
       </c>
       <c r="H17" s="3">
-        <v>16.93</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="I17" s="3">
-        <v>4.5</v>
+        <v>3.19</v>
       </c>
       <c r="J17" s="3">
-        <v>0.55000000000000004</v>
+        <v>2.04</v>
       </c>
       <c r="K17" s="3">
-        <v>1.6</v>
+        <v>3.44</v>
       </c>
       <c r="L17" s="3">
-        <v>0.88</v>
+        <v>5.56</v>
       </c>
       <c r="M17" s="3">
-        <v>1.03</v>
+        <v>2.42</v>
       </c>
       <c r="N17" s="3">
-        <v>1.28</v>
+        <v>6.39</v>
       </c>
       <c r="O17" s="3">
-        <v>0.32</v>
+        <v>9.16</v>
       </c>
       <c r="P17" s="3">
-        <v>0.02</v>
+        <v>7.81</v>
       </c>
       <c r="Q17" s="3">
-        <v>6.03</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C18" s="3">
         <v>0.78</v>
       </c>
       <c r="D18" s="3">
         <v>0.91</v>
       </c>
       <c r="E18" s="3">
         <v>4.17</v>
       </c>
       <c r="F18" s="3">
         <v>11.8</v>
       </c>
       <c r="G18" s="3">
         <v>12.04</v>
       </c>
       <c r="H18" s="3">
         <v>11.25</v>
       </c>
       <c r="I18" s="3">
         <v>3</v>
       </c>
       <c r="J18" s="3">
         <v>3.09</v>
       </c>
       <c r="K18" s="3">
         <v>0</v>
       </c>
       <c r="L18" s="3">
         <v>0</v>
       </c>
       <c r="M18" s="3">
         <v>0</v>
       </c>
       <c r="N18" s="3">
         <v>0</v>
       </c>
       <c r="O18" s="3">
         <v>0</v>
       </c>
       <c r="P18" s="3">
         <v>0</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C19" s="3">
-        <v>8.8699999999999992</v>
+        <v>2.93</v>
       </c>
       <c r="D19" s="3">
-        <v>0.5</v>
+        <v>1.51</v>
       </c>
       <c r="E19" s="3">
-        <v>0.08</v>
+        <v>0.52</v>
       </c>
       <c r="F19" s="3">
-        <v>0.04</v>
+        <v>1.25</v>
       </c>
       <c r="G19" s="3">
-        <v>0.11</v>
+        <v>0.99</v>
       </c>
       <c r="H19" s="3">
-        <v>2.1800000000000002</v>
+        <v>0.34</v>
       </c>
       <c r="I19" s="3">
-        <v>0.54</v>
+        <v>0.09</v>
       </c>
       <c r="J19" s="3">
-        <v>0.88</v>
+        <v>1.06</v>
       </c>
       <c r="K19" s="3">
-        <v>1.52</v>
+        <v>1.98</v>
       </c>
       <c r="L19" s="3">
-        <v>0.81</v>
+        <v>2</v>
       </c>
       <c r="M19" s="3">
-        <v>2.5299999999999998</v>
+        <v>1.63</v>
       </c>
       <c r="N19" s="3">
-        <v>5.08</v>
+        <v>1.72</v>
       </c>
       <c r="O19" s="3">
-        <v>1.72</v>
+        <v>2.65</v>
       </c>
       <c r="P19" s="3">
-        <v>2.86</v>
+        <v>2.25</v>
       </c>
       <c r="Q19" s="3">
-        <v>0.72</v>
+        <v>8.11</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="C20" s="3">
-        <v>0.44</v>
+        <v>8.8699999999999992</v>
       </c>
       <c r="D20" s="3">
-        <v>1.02</v>
+        <v>0.5</v>
       </c>
       <c r="E20" s="3">
-        <v>2.97</v>
+        <v>0.08</v>
       </c>
       <c r="F20" s="3">
-        <v>1.28</v>
+        <v>0.04</v>
       </c>
       <c r="G20" s="3">
-        <v>1.63</v>
+        <v>0.11</v>
       </c>
       <c r="H20" s="3">
-        <v>2.94</v>
+        <v>2.1800000000000002</v>
       </c>
       <c r="I20" s="3">
-        <v>1.93</v>
+        <v>0.54</v>
       </c>
       <c r="J20" s="3">
-        <v>0.97</v>
+        <v>0.88</v>
       </c>
       <c r="K20" s="3">
-        <v>0.65</v>
+        <v>1.52</v>
       </c>
       <c r="L20" s="3">
-        <v>0.63</v>
+        <v>0.81</v>
       </c>
       <c r="M20" s="3">
-        <v>1.47</v>
+        <v>2.5299999999999998</v>
       </c>
       <c r="N20" s="3">
-        <v>3.59</v>
+        <v>5.08</v>
       </c>
       <c r="O20" s="3">
-        <v>1.4</v>
+        <v>1.72</v>
       </c>
       <c r="P20" s="3">
-        <v>5.67</v>
+        <v>2.86</v>
       </c>
       <c r="Q20" s="3">
-        <v>0.01</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C21" s="3">
-        <v>2.93</v>
+        <v>0.44</v>
       </c>
       <c r="D21" s="3">
-        <v>1.51</v>
+        <v>1.02</v>
       </c>
       <c r="E21" s="3">
-        <v>0.52</v>
+        <v>2.97</v>
       </c>
       <c r="F21" s="3">
-        <v>1.25</v>
+        <v>1.28</v>
       </c>
       <c r="G21" s="3">
-        <v>0.99</v>
+        <v>1.63</v>
       </c>
       <c r="H21" s="3">
-        <v>0.34</v>
+        <v>2.94</v>
       </c>
       <c r="I21" s="3">
-        <v>0.09</v>
+        <v>1.93</v>
       </c>
       <c r="J21" s="3">
-        <v>1.06</v>
+        <v>0.97</v>
       </c>
       <c r="K21" s="3">
-        <v>1.98</v>
+        <v>0.65</v>
       </c>
       <c r="L21" s="3">
-        <v>2</v>
+        <v>0.63</v>
       </c>
       <c r="M21" s="3">
-        <v>1.63</v>
+        <v>1.47</v>
       </c>
       <c r="N21" s="3">
-        <v>1.72</v>
+        <v>3.59</v>
       </c>
       <c r="O21" s="3">
-        <v>2.65</v>
+        <v>1.4</v>
       </c>
       <c r="P21" s="3">
-        <v>2.25</v>
+        <v>5.67</v>
       </c>
       <c r="Q21" s="3">
-        <v>4.84</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C22" s="3">
         <v>0</v>
       </c>
       <c r="D22" s="3">
         <v>0.2</v>
       </c>
       <c r="E22" s="3">
         <v>0.17</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
         <v>0.9</v>
       </c>
       <c r="I22" s="3">
         <v>1.94</v>
       </c>
       <c r="J22" s="3">
         <v>0.41</v>
       </c>
       <c r="K22" s="3">
         <v>1.88</v>
       </c>
       <c r="L22" s="3">
         <v>2.13</v>
       </c>
       <c r="M22" s="3">
         <v>9.94</v>
       </c>
       <c r="N22" s="3">
         <v>1.03</v>
       </c>
       <c r="O22" s="3">
         <v>1.0900000000000001</v>
       </c>
       <c r="P22" s="3">
         <v>3.99</v>
       </c>
       <c r="Q22" s="3">
-        <v>1.4</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C23" s="3">
         <v>1.71</v>
       </c>
       <c r="D23" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="E23" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="F23" s="3">
         <v>0.7</v>
       </c>
       <c r="G23" s="3">
         <v>1.64</v>
       </c>
       <c r="H23" s="3">
         <v>1.04</v>
       </c>
       <c r="I23" s="3">
         <v>0.47</v>
       </c>
       <c r="J23" s="3">
         <v>1.38</v>
       </c>
       <c r="K23" s="3">
         <v>1.49</v>
       </c>
       <c r="L23" s="3">
         <v>0.47</v>
       </c>
       <c r="M23" s="3">
         <v>0.08</v>
       </c>
       <c r="N23" s="3">
         <v>3.09</v>
       </c>
       <c r="O23" s="3">
         <v>1.77</v>
       </c>
       <c r="P23" s="3">
         <v>4.3600000000000003</v>
       </c>
       <c r="Q23" s="3">
-        <v>0.18</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C24" s="3">
         <v>0.85</v>
       </c>
       <c r="D24" s="3">
         <v>8.7799999999999994</v>
       </c>
       <c r="E24" s="3">
         <v>0.79</v>
       </c>
       <c r="F24" s="3">
         <v>4.78</v>
       </c>
       <c r="G24" s="3">
         <v>2.5099999999999998</v>
       </c>
       <c r="H24" s="3">
         <v>0.98</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
       <c r="J24" s="3">
         <v>0.21</v>
       </c>
       <c r="K24" s="3">
         <v>0.21</v>
       </c>
       <c r="L24" s="3">
         <v>0.02</v>
       </c>
       <c r="M24" s="3">
         <v>0</v>
       </c>
       <c r="N24" s="3">
         <v>0.59</v>
       </c>
       <c r="O24" s="3">
         <v>0</v>
       </c>
       <c r="P24" s="3">
         <v>0.15</v>
       </c>
       <c r="Q24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C25" s="3">
         <v>3.4</v>
       </c>
       <c r="D25" s="3">
         <v>0.59</v>
       </c>
       <c r="E25" s="3">
         <v>0.75</v>
       </c>
       <c r="F25" s="3">
         <v>1.46</v>
       </c>
       <c r="G25" s="3">
         <v>0.88</v>
       </c>
       <c r="H25" s="3">
         <v>1.78</v>
       </c>
       <c r="I25" s="3">
         <v>2.04</v>
       </c>
       <c r="J25" s="3">
         <v>1.03</v>
       </c>
       <c r="K25" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="L25" s="3">
         <v>2.4500000000000002</v>
       </c>
       <c r="M25" s="3">
         <v>2.62</v>
       </c>
       <c r="N25" s="3">
         <v>0</v>
       </c>
       <c r="O25" s="3">
         <v>0</v>
       </c>
       <c r="P25" s="3">
         <v>0</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C26" s="3">
         <v>0</v>
       </c>
       <c r="D26" s="3">
         <v>0</v>
       </c>
       <c r="E26" s="3">
         <v>0</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>0</v>
       </c>
       <c r="H26" s="3">
         <v>4.6500000000000004</v>
       </c>
       <c r="I26" s="3">
         <v>4.54</v>
       </c>
       <c r="J26" s="3">
         <v>0.43</v>
       </c>
       <c r="K26" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="L26" s="3">
         <v>0.83</v>
       </c>
       <c r="M26" s="3">
         <v>1.1399999999999999</v>
       </c>
       <c r="N26" s="3">
         <v>1.57</v>
       </c>
       <c r="O26" s="3">
         <v>0.69</v>
       </c>
       <c r="P26" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="Q26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C27" s="3">
         <v>0</v>
       </c>
       <c r="D27" s="3">
         <v>0</v>
       </c>
       <c r="E27" s="3">
         <v>0</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>0</v>
       </c>
       <c r="H27" s="3">
         <v>0</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27" s="3">
         <v>0</v>
       </c>
       <c r="K27" s="3">
         <v>0</v>
       </c>
       <c r="L27" s="3">
         <v>0</v>
       </c>
       <c r="M27" s="3">
         <v>0.01</v>
       </c>
       <c r="N27" s="3">
         <v>5.85</v>
       </c>
       <c r="O27" s="3">
         <v>5.7</v>
       </c>
       <c r="P27" s="3">
         <v>1.99</v>
       </c>
       <c r="Q27" s="3">
         <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="3">
         <v>3.03</v>
       </c>
       <c r="D28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E28" s="3">
         <v>0.09</v>
       </c>
       <c r="F28" s="3">
         <v>0.43</v>
       </c>
       <c r="G28" s="3">
         <v>0.69</v>
       </c>
       <c r="H28" s="3">
         <v>0.79</v>
       </c>
       <c r="I28" s="3">
         <v>0.17</v>
       </c>
       <c r="J28" s="3">
         <v>0.47</v>
       </c>
       <c r="K28" s="3">
         <v>0.52</v>
       </c>
       <c r="L28" s="3">
         <v>0.36</v>
       </c>
       <c r="M28" s="3">
         <v>0.23</v>
       </c>
       <c r="N28" s="3">
         <v>4.0199999999999996</v>
       </c>
       <c r="O28" s="3">
         <v>0.82</v>
       </c>
       <c r="P28" s="3">
         <v>0.98</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.37</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C29" s="3">
         <v>0</v>
       </c>
       <c r="D29" s="3">
         <v>0</v>
       </c>
       <c r="E29" s="3">
         <v>0</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>0.01</v>
       </c>
       <c r="H29" s="3">
         <v>0.45</v>
       </c>
       <c r="I29" s="3">
         <v>0.83</v>
       </c>
       <c r="J29" s="3">
         <v>1.74</v>
       </c>
       <c r="K29" s="3">
         <v>1.53</v>
       </c>
       <c r="L29" s="3">
         <v>0.9</v>
       </c>
       <c r="M29" s="3">
         <v>1.53</v>
       </c>
       <c r="N29" s="3">
         <v>0.94</v>
       </c>
       <c r="O29" s="3">
         <v>1.29</v>
       </c>
       <c r="P29" s="3">
         <v>1.18</v>
       </c>
       <c r="Q29" s="3">
-        <v>0.25</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C30" s="3">
         <v>0</v>
       </c>
       <c r="D30" s="3">
         <v>1.38</v>
       </c>
       <c r="E30" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>0</v>
       </c>
       <c r="H30" s="3">
         <v>0</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
       <c r="J30" s="3">
         <v>0.04</v>
       </c>
       <c r="K30" s="3">
         <v>0.83</v>
       </c>
       <c r="L30" s="3">
         <v>0.33</v>
       </c>
       <c r="M30" s="3">
         <v>0.83</v>
       </c>
       <c r="N30" s="3">
         <v>1.26</v>
       </c>
       <c r="O30" s="3">
         <v>0.72</v>
       </c>
       <c r="P30" s="3">
         <v>1.81</v>
       </c>
       <c r="Q30" s="3">
-        <v>2</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C31" s="3">
         <v>0.72</v>
       </c>
       <c r="D31" s="3">
         <v>2.14</v>
       </c>
       <c r="E31" s="3">
         <v>0</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>0</v>
       </c>
       <c r="H31" s="3">
         <v>0.01</v>
       </c>
       <c r="I31" s="3">
         <v>0.01</v>
       </c>
       <c r="J31" s="3">
         <v>0.01</v>
       </c>
       <c r="K31" s="3">
         <v>0</v>
       </c>
       <c r="L31" s="3">
         <v>0</v>
       </c>
       <c r="M31" s="3">
         <v>0.02</v>
       </c>
       <c r="N31" s="3">
         <v>2.83</v>
       </c>
       <c r="O31" s="3">
         <v>0.94</v>
       </c>
       <c r="P31" s="3">
         <v>1.91</v>
       </c>
       <c r="Q31" s="3">
         <v>0.83</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C32" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="D32" s="3">
         <v>0.23</v>
       </c>
       <c r="E32" s="3">
         <v>0.22</v>
       </c>
       <c r="F32" s="3">
         <v>0.17</v>
       </c>
       <c r="G32" s="3">
         <v>1.5</v>
       </c>
       <c r="H32" s="3">
         <v>0.23</v>
       </c>
       <c r="I32" s="3">
         <v>0.65</v>
       </c>
       <c r="J32" s="3">
         <v>1.03</v>
       </c>
       <c r="K32" s="3">
         <v>0.27</v>
       </c>
       <c r="L32" s="3">
         <v>0.3</v>
       </c>
       <c r="M32" s="3">
         <v>0.61</v>
       </c>
       <c r="N32" s="3">
         <v>0.17</v>
       </c>
       <c r="O32" s="3">
         <v>0.06</v>
       </c>
       <c r="P32" s="3">
         <v>1.97</v>
       </c>
       <c r="Q32" s="3">
-        <v>0.03</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C33" s="3">
         <v>2.19</v>
       </c>
       <c r="D33" s="3">
         <v>3.96</v>
       </c>
       <c r="E33" s="3">
         <v>0.95</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>0</v>
       </c>
       <c r="H33" s="3">
         <v>0</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
       <c r="J33" s="3">
         <v>0</v>
       </c>
       <c r="K33" s="3">
         <v>0</v>
       </c>
       <c r="L33" s="3">
         <v>0</v>
       </c>
       <c r="M33" s="3">
         <v>0</v>
       </c>
       <c r="N33" s="3">
         <v>0</v>
       </c>
       <c r="O33" s="3">
         <v>0</v>
       </c>
       <c r="P33" s="3">
         <v>0</v>
       </c>
       <c r="Q33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C34" s="3">
         <v>0.3</v>
       </c>
       <c r="D34" s="3">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0</v>
       </c>
       <c r="F34" s="3">
         <v>0.01</v>
       </c>
       <c r="G34" s="3">
         <v>0</v>
       </c>
       <c r="H34" s="3">
         <v>0.02</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
       <c r="J34" s="3">
         <v>0.33</v>
       </c>
       <c r="K34" s="3">
         <v>0.23</v>
       </c>
       <c r="L34" s="3">
         <v>2.67</v>
       </c>
       <c r="M34" s="3">
         <v>0.21</v>
       </c>
       <c r="N34" s="3">
         <v>1.02</v>
       </c>
       <c r="O34" s="3">
         <v>0.47</v>
       </c>
       <c r="P34" s="3">
         <v>0.6</v>
       </c>
       <c r="Q34" s="3">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
         <v>1.52</v>
       </c>
       <c r="D35" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="E35" s="3">
         <v>0</v>
       </c>
       <c r="F35" s="3">
         <v>0.12</v>
       </c>
       <c r="G35" s="3">
         <v>0</v>
       </c>
       <c r="H35" s="3">
         <v>0</v>
       </c>
       <c r="I35" s="3">
         <v>0.03</v>
       </c>
       <c r="J35" s="3">
         <v>0</v>
       </c>
       <c r="K35" s="3">
         <v>0.01</v>
       </c>
       <c r="L35" s="3">
         <v>0</v>
       </c>
       <c r="M35" s="3">
         <v>0.06</v>
       </c>
       <c r="N35" s="3">
         <v>0</v>
       </c>
       <c r="O35" s="3">
         <v>0.01</v>
       </c>
       <c r="P35" s="3">
         <v>0</v>
       </c>
       <c r="Q35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C36" s="3">
         <v>0</v>
       </c>
       <c r="D36" s="3">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>0</v>
       </c>
       <c r="H36" s="3">
         <v>0</v>
       </c>
       <c r="I36" s="3">
         <v>1.73</v>
       </c>
       <c r="J36" s="3">
         <v>0</v>
       </c>
       <c r="K36" s="3">
         <v>0.23</v>
       </c>
       <c r="L36" s="3">
         <v>0</v>
       </c>
       <c r="M36" s="3">
         <v>0.05</v>
       </c>
       <c r="N36" s="3">
         <v>0.12</v>
       </c>
       <c r="O36" s="3">
         <v>0.06</v>
       </c>
       <c r="P36" s="3">
         <v>0.09</v>
       </c>
       <c r="Q36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37" s="3">
         <v>1.44</v>
       </c>
       <c r="E37" s="3">
         <v>0</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>0</v>
       </c>
       <c r="H37" s="3">
         <v>0</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
       <c r="J37" s="3">
         <v>0</v>
       </c>
       <c r="K37" s="3">
         <v>0</v>
       </c>
       <c r="L37" s="3">
         <v>0</v>
       </c>
       <c r="M37" s="3">
         <v>0</v>
       </c>
       <c r="N37" s="3">
         <v>0</v>
       </c>
       <c r="O37" s="3">
         <v>0.05</v>
       </c>
       <c r="P37" s="3">
         <v>0.17</v>
       </c>
       <c r="Q37" s="3">
         <v>0.01</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
         <v>1.17</v>
       </c>
       <c r="D38" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="E38" s="3">
         <v>0</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>0</v>
       </c>
       <c r="H38" s="3">
         <v>0</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
       <c r="J38" s="3">
         <v>0</v>
       </c>
       <c r="K38" s="3">
         <v>0</v>
       </c>
       <c r="L38" s="3">
         <v>0</v>
       </c>
       <c r="M38" s="3">
         <v>0</v>
       </c>
       <c r="N38" s="3">
         <v>0</v>
       </c>
       <c r="O38" s="3">
         <v>0</v>
       </c>
       <c r="P38" s="3">
         <v>0</v>
       </c>
       <c r="Q38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B39" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C39" s="8">
-        <v>1.820584078100012</v>
+        <v>1.8205840781000262</v>
       </c>
       <c r="D39" s="8">
         <v>2.546963478100011</v>
       </c>
       <c r="E39" s="8">
         <v>1.5638123022999935</v>
       </c>
       <c r="F39" s="8">
         <v>2.5230202595999884</v>
       </c>
       <c r="G39" s="8">
         <v>0.79523064810000221</v>
       </c>
       <c r="H39" s="8">
         <v>2.5492824528999591</v>
       </c>
       <c r="I39" s="8">
         <v>1.7957920399999665</v>
       </c>
       <c r="J39" s="8">
         <v>1.878041880000012</v>
       </c>
       <c r="K39" s="8">
         <v>3.4095410799999968</v>
       </c>
       <c r="L39" s="8">
         <v>6.3570029800000043</v>
       </c>
       <c r="M39" s="8">
         <v>3.5185065399999758</v>
       </c>
       <c r="N39" s="8">
         <v>5.7717043000001809</v>
       </c>
       <c r="O39" s="8">
         <v>7.8366620300000136</v>
       </c>
       <c r="P39" s="8">
         <v>10.286609139999939</v>
       </c>
       <c r="Q39" s="8">
-        <v>2.9436368799999855</v>
+        <v>3.911527970000094</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C40" s="3">
         <v>2.1553429199999998</v>
       </c>
       <c r="D40" s="3">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0.73449816000000001</v>
       </c>
       <c r="F40" s="3">
         <v>2.0889968400000001</v>
       </c>
       <c r="G40" s="3">
         <v>6.0055970399999996</v>
       </c>
       <c r="H40" s="3">
         <v>14.71059168</v>
       </c>
       <c r="I40" s="3">
         <v>26.690057410000001</v>
       </c>
       <c r="J40" s="3">
         <v>54.936730920000002</v>
       </c>
       <c r="K40" s="3">
         <v>47.718609410000013</v>
       </c>
       <c r="L40" s="3">
         <v>55.527448569999997</v>
       </c>
       <c r="M40" s="3">
         <v>89.114842109999998</v>
       </c>
       <c r="N40" s="3">
         <v>95.633781420000005</v>
       </c>
       <c r="O40" s="3">
         <v>117.39081874</v>
       </c>
       <c r="P40" s="3">
         <v>57.539625479999998</v>
       </c>
       <c r="Q40" s="3">
-        <v>0.38433896999999989</v>
+        <v>1.1266727999999999</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B41" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C41" s="10">
         <v>86.465926998100002</v>
       </c>
       <c r="D41" s="10">
         <v>81.556963478100002</v>
       </c>
       <c r="E41" s="10">
         <v>68.0583104623</v>
       </c>
       <c r="F41" s="10">
         <v>65.892017099599997</v>
       </c>
       <c r="G41" s="10">
         <v>116.5708276881</v>
       </c>
       <c r="H41" s="10">
         <v>132.3498741329</v>
       </c>
       <c r="I41" s="10">
         <v>121.61584945</v>
       </c>
       <c r="J41" s="10">
         <v>187.82477280000001</v>
       </c>
       <c r="K41" s="10">
         <v>199.19815048999999</v>
       </c>
       <c r="L41" s="10">
         <v>250.83445155000001</v>
       </c>
       <c r="M41" s="10">
         <v>381.92334864999998</v>
       </c>
       <c r="N41" s="10">
         <v>399.00548572000002</v>
       </c>
       <c r="O41" s="10">
         <v>475.92748076999999</v>
       </c>
       <c r="P41" s="10">
         <v>465.08623462000003</v>
       </c>
       <c r="Q41" s="10">
-        <v>138.20797585</v>
+        <v>231.87820077000001</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B44" s="2" t="s">
-        <v>122</v>
-[...10 lines deleted...]
-      <c r="G45" s="16"/>
+        <v>118</v>
+      </c>
+    </row>
+    <row r="45" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C45" s="17"/>
+      <c r="D45" s="17"/>
+      <c r="E45" s="17"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="17"/>
       <c r="H45" s="17"/>
-    </row>
-[...16 lines deleted...]
-      <c r="H47" s="23"/>
+      <c r="I45" s="33"/>
+      <c r="J45" s="34"/>
+    </row>
+    <row r="46" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="20"/>
+      <c r="C46" s="21"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="21"/>
+      <c r="F46" s="21"/>
+      <c r="G46" s="21"/>
+      <c r="H46" s="35"/>
+      <c r="I46" s="36"/>
+      <c r="J46" s="37"/>
+    </row>
+    <row r="47" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="30"/>
+      <c r="C47" s="31"/>
+      <c r="D47" s="31"/>
+      <c r="E47" s="31"/>
+      <c r="F47" s="31"/>
+      <c r="G47" s="31"/>
+      <c r="H47" s="31"/>
+      <c r="I47" s="39"/>
+      <c r="J47" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B45:H47"/>
+    <mergeCell ref="B45:J47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="B2:Q39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="36.28515625" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.28515625" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="3">
         <v>3</v>
       </c>
       <c r="D6" s="3">
         <v>2.71</v>
       </c>
       <c r="E6" s="3">
         <v>2.25</v>
       </c>
       <c r="F6" s="3">
         <v>2.34</v>
       </c>
       <c r="G6" s="3">
         <v>2.04</v>
       </c>
       <c r="H6" s="3">
         <v>2.35</v>
       </c>
       <c r="I6" s="3">
         <v>3.3</v>
       </c>
       <c r="J6" s="3">
         <v>4.3</v>
       </c>
       <c r="K6" s="3">
         <v>6.94</v>
       </c>
       <c r="L6" s="3">
         <v>4.03</v>
       </c>
       <c r="M6" s="3">
         <v>5.3</v>
       </c>
       <c r="N6" s="3">
         <v>7.82</v>
       </c>
       <c r="O6" s="3">
         <v>8.32</v>
       </c>
       <c r="P6" s="3">
         <v>8.2899999999999991</v>
       </c>
       <c r="Q6" s="3">
-        <v>6.95</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C7" s="3">
         <v>0</v>
       </c>
       <c r="D7" s="3">
         <v>0.01</v>
       </c>
       <c r="E7" s="3">
         <v>0</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>0</v>
       </c>
       <c r="H7" s="3">
         <v>0</v>
       </c>
       <c r="I7" s="3">
         <v>2.57</v>
       </c>
       <c r="J7" s="3">
         <v>1.51</v>
       </c>
       <c r="K7" s="3">
         <v>3.79</v>
       </c>
       <c r="L7" s="3">
         <v>4</v>
       </c>
       <c r="M7" s="3">
         <v>10.9</v>
       </c>
       <c r="N7" s="3">
         <v>8.49</v>
       </c>
       <c r="O7" s="3">
         <v>10.34</v>
       </c>
       <c r="P7" s="3">
         <v>12.72</v>
       </c>
       <c r="Q7" s="3">
-        <v>5.48</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="3">
         <v>3.93</v>
       </c>
       <c r="D8" s="3">
         <v>4.8600000000000003</v>
       </c>
       <c r="E8" s="3">
         <v>4.8600000000000003</v>
       </c>
       <c r="F8" s="3">
         <v>4.96</v>
       </c>
       <c r="G8" s="3">
         <v>3.6</v>
       </c>
       <c r="H8" s="3">
         <v>4.7300000000000004</v>
       </c>
       <c r="I8" s="3">
         <v>2.14</v>
       </c>
       <c r="J8" s="3">
         <v>1.79</v>
       </c>
       <c r="K8" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="L8" s="3">
         <v>2.48</v>
       </c>
       <c r="M8" s="3">
         <v>1.73</v>
       </c>
       <c r="N8" s="3">
         <v>2.84</v>
       </c>
       <c r="O8" s="3">
         <v>6.73</v>
       </c>
       <c r="P8" s="3">
         <v>5.99</v>
       </c>
       <c r="Q8" s="3">
-        <v>2.9</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="3">
         <v>2.5499999999999998</v>
       </c>
       <c r="D9" s="3">
         <v>2</v>
       </c>
       <c r="E9" s="3">
         <v>4.04</v>
       </c>
       <c r="F9" s="3">
         <v>3.91</v>
       </c>
       <c r="G9" s="3">
         <v>3.7</v>
       </c>
       <c r="H9" s="3">
         <v>1.51</v>
       </c>
       <c r="I9" s="3">
         <v>1.8</v>
       </c>
       <c r="J9" s="3">
         <v>2.13</v>
       </c>
       <c r="K9" s="3">
         <v>1.63</v>
       </c>
       <c r="L9" s="3">
         <v>1.66</v>
       </c>
       <c r="M9" s="3">
         <v>1.86</v>
       </c>
       <c r="N9" s="3">
         <v>2.1</v>
       </c>
       <c r="O9" s="3">
         <v>2.0499999999999998</v>
       </c>
       <c r="P9" s="3">
         <v>2.16</v>
       </c>
       <c r="Q9" s="3">
-        <v>1.17</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="3">
         <v>2.81</v>
       </c>
       <c r="D10" s="3">
         <v>3.58</v>
       </c>
       <c r="E10" s="3">
         <v>2.33</v>
       </c>
       <c r="F10" s="3">
         <v>2.4300000000000002</v>
       </c>
       <c r="G10" s="3">
         <v>1.25</v>
       </c>
       <c r="H10" s="3">
         <v>1.24</v>
       </c>
       <c r="I10" s="3">
         <v>1.63</v>
       </c>
       <c r="J10" s="3">
         <v>1.36</v>
       </c>
       <c r="K10" s="3">
         <v>2.41</v>
       </c>
       <c r="L10" s="3">
         <v>2.63</v>
       </c>
       <c r="M10" s="3">
         <v>2.02</v>
       </c>
       <c r="N10" s="3">
         <v>2.27</v>
       </c>
       <c r="O10" s="3">
         <v>2.76</v>
       </c>
       <c r="P10" s="3">
         <v>3.73</v>
       </c>
       <c r="Q10" s="3">
-        <v>1.27</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C11" s="3">
         <v>3.73</v>
       </c>
       <c r="D11" s="3">
         <v>2.19</v>
       </c>
       <c r="E11" s="3">
         <v>2.84</v>
       </c>
       <c r="F11" s="3">
         <v>2.41</v>
       </c>
       <c r="G11" s="3">
         <v>2.0299999999999998</v>
       </c>
       <c r="H11" s="3">
         <v>3.01</v>
       </c>
       <c r="I11" s="3">
         <v>2.36</v>
       </c>
       <c r="J11" s="3">
         <v>1.36</v>
       </c>
       <c r="K11" s="3">
         <v>1.24</v>
       </c>
       <c r="L11" s="3">
         <v>1.84</v>
       </c>
       <c r="M11" s="3">
         <v>0.5</v>
       </c>
       <c r="N11" s="3">
         <v>0.72</v>
       </c>
       <c r="O11" s="3">
         <v>0.84</v>
       </c>
       <c r="P11" s="3">
         <v>0.92</v>
       </c>
       <c r="Q11" s="3">
-        <v>0.56999999999999995</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C12" s="3">
         <v>0.24</v>
       </c>
       <c r="D12" s="3">
         <v>0.34</v>
       </c>
       <c r="E12" s="3">
         <v>0.18</v>
       </c>
       <c r="F12" s="3">
         <v>0.13</v>
       </c>
       <c r="G12" s="3">
         <v>0.1</v>
       </c>
       <c r="H12" s="3">
         <v>0.26</v>
       </c>
       <c r="I12" s="3">
         <v>0.22</v>
       </c>
       <c r="J12" s="3">
         <v>0.17</v>
       </c>
       <c r="K12" s="3">
         <v>0.84</v>
       </c>
       <c r="L12" s="3">
         <v>0.82</v>
       </c>
       <c r="M12" s="3">
         <v>0.44</v>
       </c>
       <c r="N12" s="3">
         <v>3.04</v>
       </c>
       <c r="O12" s="3">
         <v>5.0999999999999996</v>
       </c>
       <c r="P12" s="3">
         <v>6.3</v>
       </c>
       <c r="Q12" s="3">
-        <v>3.99</v>
+        <v>5.91</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C13" s="3">
         <v>0.9</v>
       </c>
       <c r="D13" s="3">
         <v>0.88</v>
       </c>
       <c r="E13" s="3">
         <v>0.78</v>
       </c>
       <c r="F13" s="3">
         <v>0.96</v>
       </c>
       <c r="G13" s="3">
         <v>0.83</v>
       </c>
       <c r="H13" s="3">
         <v>0.77</v>
       </c>
       <c r="I13" s="3">
         <v>0.8</v>
       </c>
       <c r="J13" s="3">
         <v>0.83</v>
       </c>
       <c r="K13" s="3">
         <v>1.6</v>
       </c>
       <c r="L13" s="3">
         <v>1.84</v>
       </c>
       <c r="M13" s="3">
         <v>1.64</v>
       </c>
       <c r="N13" s="3">
         <v>1.37</v>
       </c>
       <c r="O13" s="3">
         <v>1.68</v>
       </c>
       <c r="P13" s="3">
         <v>2.25</v>
       </c>
       <c r="Q13" s="3">
-        <v>0.4</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="3">
         <v>0.82</v>
       </c>
       <c r="D14" s="3">
         <v>0.65</v>
       </c>
       <c r="E14" s="3">
         <v>0.72</v>
       </c>
       <c r="F14" s="3">
         <v>0.47</v>
       </c>
       <c r="G14" s="3">
         <v>0.7</v>
       </c>
       <c r="H14" s="3">
         <v>0.32</v>
       </c>
       <c r="I14" s="3">
         <v>0.77</v>
       </c>
       <c r="J14" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="K14" s="3">
         <v>0.88</v>
       </c>
       <c r="L14" s="3">
         <v>0.21</v>
       </c>
       <c r="M14" s="3">
         <v>0.64</v>
       </c>
       <c r="N14" s="3">
         <v>0.51</v>
       </c>
       <c r="O14" s="3">
         <v>0.69</v>
       </c>
       <c r="P14" s="3">
         <v>0.59</v>
       </c>
       <c r="Q14" s="3">
-        <v>0.33</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C15" s="3">
-        <v>0.74</v>
+        <v>0.26</v>
       </c>
       <c r="D15" s="3">
-        <v>0.73</v>
+        <v>0.19</v>
       </c>
       <c r="E15" s="3">
-        <v>0.68</v>
+        <v>0.19</v>
       </c>
       <c r="F15" s="3">
-        <v>1.37</v>
+        <v>0.2</v>
       </c>
       <c r="G15" s="3">
-        <v>0.64</v>
+        <v>0.11</v>
       </c>
       <c r="H15" s="3">
-        <v>0.5</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="I15" s="3">
-        <v>0.45</v>
+        <v>0.42</v>
       </c>
       <c r="J15" s="3">
-        <v>0.39</v>
+        <v>0.42</v>
       </c>
       <c r="K15" s="3">
-        <v>0.33</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="L15" s="3">
-        <v>0.34</v>
+        <v>0.82</v>
       </c>
       <c r="M15" s="3">
-        <v>0.19</v>
+        <v>0.66</v>
       </c>
       <c r="N15" s="3">
-        <v>0.65</v>
+        <v>0.59</v>
       </c>
       <c r="O15" s="3">
-        <v>0.69</v>
+        <v>0.87</v>
       </c>
       <c r="P15" s="3">
-        <v>0.44</v>
+        <v>1.56</v>
       </c>
       <c r="Q15" s="3">
-        <v>0.24</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C16" s="3">
-        <v>0.26</v>
+        <v>0.74</v>
       </c>
       <c r="D16" s="3">
+        <v>0.73</v>
+      </c>
+      <c r="E16" s="3">
+        <v>0.68</v>
+      </c>
+      <c r="F16" s="3">
+        <v>1.37</v>
+      </c>
+      <c r="G16" s="3">
+        <v>0.64</v>
+      </c>
+      <c r="H16" s="3">
+        <v>0.5</v>
+      </c>
+      <c r="I16" s="3">
+        <v>0.45</v>
+      </c>
+      <c r="J16" s="3">
+        <v>0.39</v>
+      </c>
+      <c r="K16" s="3">
+        <v>0.33</v>
+      </c>
+      <c r="L16" s="3">
+        <v>0.34</v>
+      </c>
+      <c r="M16" s="3">
         <v>0.19</v>
       </c>
-      <c r="E16" s="3">
-[...25 lines deleted...]
-      </c>
       <c r="N16" s="3">
-        <v>0.59</v>
+        <v>0.65</v>
       </c>
       <c r="O16" s="3">
-        <v>0.87</v>
+        <v>0.69</v>
       </c>
       <c r="P16" s="3">
-        <v>1.56</v>
+        <v>0.44</v>
       </c>
       <c r="Q16" s="3">
-        <v>1.44</v>
+        <v>0.28999999999999998</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C17" s="3">
         <v>0.67</v>
       </c>
       <c r="D17" s="3">
         <v>0.47</v>
       </c>
       <c r="E17" s="3">
         <v>0.86</v>
       </c>
       <c r="F17" s="3">
         <v>1.01</v>
       </c>
       <c r="G17" s="3">
         <v>0.3</v>
       </c>
       <c r="H17" s="3">
         <v>0.51</v>
       </c>
       <c r="I17" s="3">
         <v>0.5</v>
       </c>
       <c r="J17" s="3">
         <v>0.24</v>
       </c>
       <c r="K17" s="3">
         <v>0.2</v>
       </c>
       <c r="L17" s="3">
         <v>0.33</v>
       </c>
       <c r="M17" s="3">
         <v>0.46</v>
       </c>
       <c r="N17" s="3">
         <v>0.45</v>
       </c>
       <c r="O17" s="3">
         <v>0.51</v>
       </c>
       <c r="P17" s="3">
         <v>0.49</v>
       </c>
       <c r="Q17" s="3">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C18" s="3">
         <v>0.54</v>
       </c>
       <c r="D18" s="3">
         <v>0.55000000000000004</v>
       </c>
       <c r="E18" s="3">
         <v>0.64</v>
       </c>
       <c r="F18" s="3">
         <v>0.4</v>
       </c>
       <c r="G18" s="3">
         <v>0.39</v>
       </c>
       <c r="H18" s="3">
         <v>0.53</v>
       </c>
       <c r="I18" s="3">
         <v>0.92</v>
       </c>
       <c r="J18" s="3">
         <v>0.41</v>
       </c>
       <c r="K18" s="3">
         <v>0.34</v>
       </c>
       <c r="L18" s="3">
         <v>0.13</v>
       </c>
       <c r="M18" s="3">
         <v>0.21</v>
       </c>
       <c r="N18" s="3">
         <v>0.26</v>
       </c>
       <c r="O18" s="3">
         <v>0.25</v>
       </c>
       <c r="P18" s="3">
         <v>0.31</v>
       </c>
       <c r="Q18" s="3">
-        <v>0.18</v>
+        <v>0.28999999999999998</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C19" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="D19" s="3">
         <v>0.16</v>
       </c>
       <c r="E19" s="3">
         <v>0.13</v>
       </c>
       <c r="F19" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="G19" s="3">
         <v>0.02</v>
       </c>
       <c r="H19" s="3">
         <v>0.01</v>
       </c>
       <c r="I19" s="3">
         <v>0.19</v>
       </c>
       <c r="J19" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="K19" s="3">
         <v>0.27</v>
       </c>
       <c r="L19" s="3">
         <v>0.26</v>
       </c>
       <c r="M19" s="3">
         <v>0.28000000000000003</v>
       </c>
       <c r="N19" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="O19" s="3">
         <v>0.51</v>
       </c>
       <c r="P19" s="3">
         <v>0.8</v>
       </c>
       <c r="Q19" s="3">
-        <v>0.63</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C20" s="3">
         <v>0.47</v>
       </c>
       <c r="D20" s="3">
         <v>0.27</v>
       </c>
       <c r="E20" s="3">
         <v>0.47</v>
       </c>
       <c r="F20" s="3">
         <v>0.27</v>
       </c>
       <c r="G20" s="3">
         <v>0.19</v>
       </c>
       <c r="H20" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="I20" s="3">
         <v>0.2</v>
       </c>
       <c r="J20" s="3">
         <v>0.19</v>
       </c>
       <c r="K20" s="3">
         <v>0.15</v>
       </c>
       <c r="L20" s="3">
         <v>0.24</v>
       </c>
       <c r="M20" s="3">
         <v>0.3</v>
       </c>
       <c r="N20" s="3">
         <v>0.23</v>
       </c>
       <c r="O20" s="3">
         <v>0.18</v>
       </c>
       <c r="P20" s="3">
         <v>0.13</v>
       </c>
       <c r="Q20" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C21" s="3">
         <v>0.35</v>
       </c>
       <c r="D21" s="3">
         <v>0.17</v>
       </c>
       <c r="E21" s="3">
         <v>0.17</v>
       </c>
       <c r="F21" s="3">
         <v>0.15</v>
       </c>
       <c r="G21" s="3">
         <v>0.19</v>
       </c>
       <c r="H21" s="3">
         <v>0.1</v>
       </c>
       <c r="I21" s="3">
         <v>0.1</v>
       </c>
       <c r="J21" s="3">
         <v>0.1</v>
       </c>
       <c r="K21" s="3">
         <v>0.13</v>
       </c>
       <c r="L21" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="M21" s="3">
         <v>0.08</v>
       </c>
       <c r="N21" s="3">
         <v>0.32</v>
       </c>
       <c r="O21" s="3">
         <v>0.53</v>
       </c>
       <c r="P21" s="3">
         <v>0.62</v>
       </c>
       <c r="Q21" s="3">
-        <v>0.22</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C22" s="3">
         <v>0.03</v>
       </c>
       <c r="D22" s="3">
         <v>0.24</v>
       </c>
       <c r="E22" s="3">
         <v>0.06</v>
       </c>
       <c r="F22" s="3">
         <v>0.04</v>
       </c>
       <c r="G22" s="3">
         <v>0.04</v>
       </c>
       <c r="H22" s="3">
         <v>0.08</v>
       </c>
       <c r="I22" s="3">
         <v>0.16</v>
       </c>
       <c r="J22" s="3">
         <v>0.08</v>
       </c>
       <c r="K22" s="3">
         <v>0.12</v>
       </c>
       <c r="L22" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="M22" s="3">
         <v>0.13</v>
       </c>
       <c r="N22" s="3">
         <v>0.27</v>
       </c>
       <c r="O22" s="3">
         <v>0.61</v>
       </c>
       <c r="P22" s="3">
         <v>0.92</v>
       </c>
       <c r="Q22" s="3">
-        <v>0.22</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C23" s="3">
         <v>0.11</v>
       </c>
       <c r="D23" s="3">
         <v>0.06</v>
       </c>
       <c r="E23" s="3">
         <v>0.11</v>
       </c>
       <c r="F23" s="3">
         <v>0.69</v>
       </c>
       <c r="G23" s="3">
         <v>0.79</v>
       </c>
       <c r="H23" s="3">
         <v>0.4</v>
       </c>
       <c r="I23" s="3">
         <v>0.24</v>
       </c>
       <c r="J23" s="3">
         <v>0.19</v>
       </c>
       <c r="K23" s="3">
         <v>0.11</v>
       </c>
       <c r="L23" s="3">
         <v>0.02</v>
       </c>
       <c r="M23" s="3">
         <v>0.02</v>
       </c>
       <c r="N23" s="3">
         <v>0.01</v>
       </c>
       <c r="O23" s="3">
         <v>0.02</v>
       </c>
       <c r="P23" s="3">
         <v>0.11</v>
       </c>
       <c r="Q23" s="3">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C24" s="3">
         <v>0.53</v>
       </c>
       <c r="D24" s="3">
         <v>0.5</v>
       </c>
       <c r="E24" s="3">
         <v>0.51</v>
       </c>
       <c r="F24" s="3">
         <v>0.36</v>
       </c>
       <c r="G24" s="3">
         <v>0.09</v>
       </c>
       <c r="H24" s="3">
         <v>0.02</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
       <c r="J24" s="3">
         <v>0.23</v>
       </c>
       <c r="K24" s="3">
         <v>0.01</v>
       </c>
       <c r="L24" s="3">
         <v>0.01</v>
       </c>
       <c r="M24" s="3">
         <v>0.04</v>
       </c>
       <c r="N24" s="3">
         <v>0.03</v>
       </c>
       <c r="O24" s="3">
         <v>0.09</v>
       </c>
       <c r="P24" s="3">
         <v>0.1</v>
       </c>
       <c r="Q24" s="3">
         <v>0.04</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="3">
         <v>0.26</v>
       </c>
       <c r="D25" s="3">
         <v>0.34</v>
       </c>
       <c r="E25" s="3">
         <v>0.32</v>
       </c>
       <c r="F25" s="3">
         <v>0.17</v>
       </c>
       <c r="G25" s="3">
         <v>0.25</v>
       </c>
       <c r="H25" s="3">
         <v>0.34</v>
       </c>
       <c r="I25" s="3">
         <v>0.2</v>
       </c>
       <c r="J25" s="3">
         <v>0.06</v>
       </c>
       <c r="K25" s="3">
         <v>0.04</v>
       </c>
       <c r="L25" s="3">
         <v>0.01</v>
       </c>
       <c r="M25" s="3">
         <v>0.01</v>
       </c>
       <c r="N25" s="3">
         <v>0.02</v>
       </c>
       <c r="O25" s="3">
         <v>0.03</v>
       </c>
       <c r="P25" s="3">
         <v>0.02</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C26" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="D26" s="3">
         <v>0.02</v>
       </c>
       <c r="E26" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="F26" s="3">
         <v>0.06</v>
       </c>
       <c r="G26" s="3">
         <v>0.06</v>
       </c>
       <c r="H26" s="3">
         <v>0.06</v>
       </c>
       <c r="I26" s="3">
         <v>0.08</v>
       </c>
       <c r="J26" s="3">
         <v>0.2</v>
       </c>
       <c r="K26" s="3">
         <v>0.11</v>
       </c>
       <c r="L26" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="M26" s="3">
         <v>0.1</v>
       </c>
       <c r="N26" s="3">
         <v>0.11</v>
       </c>
       <c r="O26" s="3">
         <v>0.19</v>
       </c>
       <c r="P26" s="3">
         <v>0.17</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C27" s="3">
         <v>0.23</v>
       </c>
       <c r="D27" s="3">
         <v>0.22</v>
       </c>
       <c r="E27" s="3">
         <v>0.25</v>
       </c>
       <c r="F27" s="3">
         <v>0.27</v>
       </c>
       <c r="G27" s="3">
         <v>0.18</v>
       </c>
       <c r="H27" s="3">
         <v>0.12</v>
       </c>
       <c r="I27" s="3">
         <v>0.12</v>
       </c>
       <c r="J27" s="3">
         <v>0.06</v>
       </c>
       <c r="K27" s="3">
         <v>0.04</v>
       </c>
       <c r="L27" s="3">
         <v>0.02</v>
       </c>
       <c r="M27" s="3">
         <v>0.01</v>
       </c>
       <c r="N27" s="3">
         <v>0</v>
       </c>
       <c r="O27" s="3">
         <v>0.01</v>
       </c>
       <c r="P27" s="3">
         <v>0.01</v>
       </c>
       <c r="Q27" s="3">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C28" s="3">
         <v>0.16</v>
       </c>
       <c r="D28" s="3">
         <v>0.31</v>
       </c>
       <c r="E28" s="3">
         <v>0.34</v>
       </c>
       <c r="F28" s="3">
         <v>0.04</v>
       </c>
       <c r="G28" s="3">
         <v>0.06</v>
       </c>
       <c r="H28" s="3">
         <v>0.04</v>
       </c>
       <c r="I28" s="3">
         <v>0.03</v>
       </c>
       <c r="J28" s="3">
         <v>0.03</v>
       </c>
       <c r="K28" s="3">
         <v>0.12</v>
       </c>
       <c r="L28" s="3">
         <v>0.03</v>
       </c>
       <c r="M28" s="3">
         <v>0.06</v>
       </c>
       <c r="N28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="O28" s="3">
         <v>0.08</v>
       </c>
       <c r="P28" s="3">
         <v>0.08</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C29" s="3">
         <v>0.01</v>
       </c>
       <c r="D29" s="3">
         <v>0.02</v>
       </c>
       <c r="E29" s="3">
         <v>0.26</v>
       </c>
       <c r="F29" s="3">
         <v>0.05</v>
       </c>
       <c r="G29" s="3">
         <v>0.06</v>
       </c>
       <c r="H29" s="3">
         <v>0.05</v>
       </c>
       <c r="I29" s="3">
         <v>0.05</v>
       </c>
       <c r="J29" s="3">
         <v>0.05</v>
       </c>
       <c r="K29" s="3">
         <v>0.05</v>
       </c>
       <c r="L29" s="3">
         <v>0.04</v>
       </c>
       <c r="M29" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="N29" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="O29" s="3">
         <v>0.08</v>
       </c>
       <c r="P29" s="3">
         <v>0.1</v>
       </c>
       <c r="Q29" s="3">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C30" s="8">
         <v>1.0660134787999986</v>
       </c>
       <c r="D30" s="8">
         <v>1.1035021094000044</v>
       </c>
       <c r="E30" s="8">
         <v>1.4686095114000004</v>
       </c>
       <c r="F30" s="8">
         <v>1.3536196864000019</v>
       </c>
       <c r="G30" s="8">
         <v>1.1279671149000059</v>
       </c>
       <c r="H30" s="8">
         <v>1.2590592210000047</v>
       </c>
       <c r="I30" s="8">
-        <v>0.85571611419999272</v>
+        <v>0.85571611419999627</v>
       </c>
       <c r="J30" s="8">
         <v>0.7049947183000036</v>
       </c>
       <c r="K30" s="8">
         <v>0.62182583560000637</v>
       </c>
       <c r="L30" s="8">
         <v>0.77510777379999851</v>
       </c>
       <c r="M30" s="8">
         <v>0.65597495779999448</v>
       </c>
       <c r="N30" s="8">
         <v>0.73389438089999004</v>
       </c>
       <c r="O30" s="8">
         <v>1.5796341225000106</v>
       </c>
       <c r="P30" s="8">
         <v>1.7525149556999864</v>
       </c>
       <c r="Q30" s="8">
-        <v>0.78179900720000362</v>
+        <v>1.1126079609000072</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C31" s="3">
         <v>0</v>
       </c>
       <c r="D31" s="3">
         <v>0</v>
       </c>
       <c r="E31" s="3">
         <v>0</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>0</v>
       </c>
       <c r="H31" s="3">
         <v>0</v>
       </c>
       <c r="I31" s="3">
         <v>3.8158799999999998E-3</v>
       </c>
       <c r="J31" s="3">
         <v>0</v>
       </c>
       <c r="K31" s="3">
         <v>0.6102438</v>
       </c>
       <c r="L31" s="3">
         <v>0.90596556000000006</v>
       </c>
       <c r="M31" s="3">
         <v>0.42035664</v>
       </c>
       <c r="N31" s="3">
         <v>2.10996264</v>
       </c>
       <c r="O31" s="3">
         <v>0.15070823999999999</v>
       </c>
       <c r="P31" s="3">
         <v>0.43171068000000001</v>
       </c>
       <c r="Q31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C32" s="10">
         <v>24.126013478800001</v>
       </c>
       <c r="D32" s="10">
         <v>22.5735021094</v>
       </c>
       <c r="E32" s="10">
         <v>24.748609511400002</v>
       </c>
       <c r="F32" s="10">
         <v>24.333619686399999</v>
       </c>
       <c r="G32" s="10">
         <v>18.7479671149</v>
       </c>
       <c r="H32" s="10">
         <v>18.419059221000001</v>
       </c>
       <c r="I32" s="10">
         <v>20.109531994200001</v>
       </c>
       <c r="J32" s="10">
         <v>17.664994718300001</v>
       </c>
       <c r="K32" s="10">
         <v>25.192069635599999</v>
       </c>
       <c r="L32" s="10">
         <v>23.7910733338</v>
       </c>
       <c r="M32" s="10">
         <v>28.726331597800002</v>
       </c>
       <c r="N32" s="10">
         <v>35.373857020899997</v>
       </c>
       <c r="O32" s="10">
         <v>44.8903423625</v>
       </c>
       <c r="P32" s="10">
         <v>50.994225635699998</v>
       </c>
       <c r="Q32" s="10">
-        <v>27.251799007199999</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:8" x14ac:dyDescent="0.2">
+        <v>40.4326079609</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:8" x14ac:dyDescent="0.2">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>112</v>
-[...10 lines deleted...]
-      <c r="G36" s="16"/>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C36" s="17"/>
+      <c r="D36" s="17"/>
+      <c r="E36" s="17"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="17"/>
       <c r="H36" s="17"/>
-    </row>
-[...25 lines deleted...]
-      <c r="H39" s="33"/>
+      <c r="I36" s="33"/>
+      <c r="J36" s="34"/>
+    </row>
+    <row r="37" spans="2:10" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="20"/>
+      <c r="C37" s="21"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="35"/>
+      <c r="I37" s="36"/>
+      <c r="J37" s="37"/>
+    </row>
+    <row r="38" spans="2:10" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="20"/>
+      <c r="C38" s="21"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="21"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="21"/>
+      <c r="H38" s="35"/>
+      <c r="I38" s="36"/>
+      <c r="J38" s="37"/>
+    </row>
+    <row r="39" spans="2:10" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="38"/>
+      <c r="C39" s="39"/>
+      <c r="D39" s="39"/>
+      <c r="E39" s="39"/>
+      <c r="F39" s="39"/>
+      <c r="G39" s="39"/>
+      <c r="H39" s="39"/>
+      <c r="I39" s="39"/>
+      <c r="J39" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B36:H39"/>
+    <mergeCell ref="B36:J39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="B2:Q47"/>
+  <dimension ref="B2:Q49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="41.7109375" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="12.7109375" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C6" s="3">
         <v>5.57</v>
       </c>
       <c r="D6" s="3">
         <v>5.72</v>
       </c>
       <c r="E6" s="3">
         <v>7.13</v>
       </c>
       <c r="F6" s="3">
         <v>10.220000000000001</v>
       </c>
       <c r="G6" s="3">
         <v>13.29</v>
       </c>
       <c r="H6" s="3">
         <v>17.28</v>
       </c>
       <c r="I6" s="3">
         <v>21.24</v>
       </c>
       <c r="J6" s="3">
         <v>24.41</v>
       </c>
       <c r="K6" s="3">
         <v>30.13</v>
       </c>
       <c r="L6" s="3">
         <v>16.190000000000001</v>
       </c>
       <c r="M6" s="3">
         <v>31.83</v>
       </c>
       <c r="N6" s="3">
         <v>57.85</v>
       </c>
       <c r="O6" s="3">
         <v>53.18</v>
       </c>
       <c r="P6" s="3">
         <v>46.47</v>
       </c>
       <c r="Q6" s="3">
-        <v>18.93</v>
+        <v>34.22</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C7" s="3">
         <v>4.3600000000000003</v>
       </c>
       <c r="D7" s="3">
         <v>6.11</v>
       </c>
       <c r="E7" s="3">
         <v>8.39</v>
       </c>
       <c r="F7" s="3">
         <v>10.58</v>
       </c>
       <c r="G7" s="3">
         <v>12.96</v>
       </c>
       <c r="H7" s="3">
         <v>17.309999999999999</v>
       </c>
       <c r="I7" s="3">
         <v>23.55</v>
       </c>
       <c r="J7" s="3">
         <v>30.74</v>
       </c>
       <c r="K7" s="3">
         <v>33.68</v>
       </c>
       <c r="L7" s="3">
         <v>12.51</v>
       </c>
       <c r="M7" s="3">
         <v>26.31</v>
       </c>
       <c r="N7" s="3">
         <v>34.18</v>
       </c>
       <c r="O7" s="3">
         <v>16.690000000000001</v>
       </c>
       <c r="P7" s="3">
         <v>20.34</v>
       </c>
       <c r="Q7" s="3">
-        <v>10.77</v>
+        <v>20.58</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C8" s="3">
         <v>5.81</v>
       </c>
       <c r="D8" s="3">
         <v>7.62</v>
       </c>
       <c r="E8" s="3">
         <v>9.92</v>
       </c>
       <c r="F8" s="3">
         <v>10.15</v>
       </c>
       <c r="G8" s="3">
         <v>9.5</v>
       </c>
       <c r="H8" s="3">
         <v>13.34</v>
       </c>
       <c r="I8" s="3">
         <v>17.809999999999999</v>
       </c>
       <c r="J8" s="3">
         <v>19.920000000000002</v>
       </c>
       <c r="K8" s="3">
         <v>21.99</v>
       </c>
       <c r="L8" s="3">
         <v>13.28</v>
       </c>
       <c r="M8" s="3">
         <v>16.079999999999998</v>
       </c>
       <c r="N8" s="3">
         <v>21.11</v>
       </c>
       <c r="O8" s="3">
         <v>13.42</v>
       </c>
       <c r="P8" s="3">
         <v>16.059999999999999</v>
       </c>
       <c r="Q8" s="3">
-        <v>9.16</v>
+        <v>16.16</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="3">
         <v>3.33</v>
       </c>
       <c r="D9" s="3">
         <v>2.83</v>
       </c>
       <c r="E9" s="3">
         <v>3.82</v>
       </c>
       <c r="F9" s="3">
         <v>2.8</v>
       </c>
       <c r="G9" s="3">
         <v>3.12</v>
       </c>
       <c r="H9" s="3">
         <v>3.6</v>
       </c>
       <c r="I9" s="3">
         <v>4.57</v>
       </c>
       <c r="J9" s="3">
         <v>4.9000000000000004</v>
       </c>
       <c r="K9" s="3">
         <v>5.82</v>
       </c>
       <c r="L9" s="3">
         <v>4.97</v>
       </c>
       <c r="M9" s="3">
         <v>6.45</v>
       </c>
       <c r="N9" s="3">
         <v>7.66</v>
       </c>
       <c r="O9" s="3">
         <v>7.51</v>
       </c>
       <c r="P9" s="3">
         <v>8.91</v>
       </c>
       <c r="Q9" s="3">
-        <v>3.23</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="3">
         <v>5.04</v>
       </c>
       <c r="D10" s="3">
         <v>4.87</v>
       </c>
       <c r="E10" s="3">
         <v>4.28</v>
       </c>
       <c r="F10" s="3">
         <v>3.56</v>
       </c>
       <c r="G10" s="3">
         <v>3.96</v>
       </c>
       <c r="H10" s="3">
         <v>4.32</v>
       </c>
       <c r="I10" s="3">
         <v>5.36</v>
       </c>
       <c r="J10" s="3">
         <v>5.43</v>
       </c>
       <c r="K10" s="3">
         <v>5.66</v>
       </c>
       <c r="L10" s="3">
         <v>4.08</v>
       </c>
       <c r="M10" s="3">
         <v>5.62</v>
       </c>
       <c r="N10" s="3">
         <v>6.61</v>
       </c>
       <c r="O10" s="3">
         <v>4.6399999999999997</v>
       </c>
       <c r="P10" s="3">
         <v>4.57</v>
       </c>
       <c r="Q10" s="3">
-        <v>2.2999999999999998</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="3">
         <v>2</v>
       </c>
       <c r="D11" s="3">
         <v>2.21</v>
       </c>
       <c r="E11" s="3">
         <v>1.22</v>
       </c>
       <c r="F11" s="3">
         <v>1.45</v>
       </c>
       <c r="G11" s="3">
         <v>1.91</v>
       </c>
       <c r="H11" s="3">
         <v>2.66</v>
       </c>
       <c r="I11" s="3">
         <v>3.66</v>
       </c>
       <c r="J11" s="3">
         <v>4.26</v>
       </c>
       <c r="K11" s="3">
         <v>5.0599999999999996</v>
       </c>
       <c r="L11" s="3">
         <v>3.61</v>
       </c>
       <c r="M11" s="3">
         <v>5.01</v>
       </c>
       <c r="N11" s="3">
         <v>5.82</v>
       </c>
       <c r="O11" s="3">
         <v>5.37</v>
       </c>
       <c r="P11" s="3">
         <v>5.68</v>
       </c>
       <c r="Q11" s="3">
-        <v>2.33</v>
+        <v>3.74</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="3">
         <v>3.14</v>
       </c>
       <c r="D12" s="3">
         <v>3.12</v>
       </c>
       <c r="E12" s="3">
         <v>0.95</v>
       </c>
       <c r="F12" s="3">
         <v>1.69</v>
       </c>
       <c r="G12" s="3">
         <v>5.59</v>
       </c>
       <c r="H12" s="3">
         <v>1.47</v>
       </c>
       <c r="I12" s="3">
         <v>1.92</v>
       </c>
       <c r="J12" s="3">
         <v>2.48</v>
       </c>
       <c r="K12" s="3">
         <v>2.79</v>
       </c>
       <c r="L12" s="3">
         <v>7.03</v>
       </c>
       <c r="M12" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="N12" s="3">
         <v>2.2599999999999998</v>
       </c>
       <c r="O12" s="3">
         <v>1.82</v>
       </c>
       <c r="P12" s="3">
         <v>2.2400000000000002</v>
       </c>
       <c r="Q12" s="3">
-        <v>0.7</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C13" s="3">
         <v>0.22</v>
       </c>
       <c r="D13" s="3">
         <v>0.57999999999999996</v>
       </c>
       <c r="E13" s="3">
         <v>0.99</v>
       </c>
       <c r="F13" s="3">
         <v>0.92</v>
       </c>
       <c r="G13" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="H13" s="3">
         <v>0.79</v>
       </c>
       <c r="I13" s="3">
         <v>0.61</v>
       </c>
       <c r="J13" s="3">
         <v>0.41</v>
       </c>
       <c r="K13" s="3">
         <v>1.44</v>
       </c>
       <c r="L13" s="3">
         <v>2.4500000000000002</v>
       </c>
       <c r="M13" s="3">
         <v>2.11</v>
       </c>
       <c r="N13" s="3">
         <v>4.3600000000000003</v>
       </c>
       <c r="O13" s="3">
         <v>3.25</v>
       </c>
       <c r="P13" s="3">
         <v>4.47</v>
       </c>
       <c r="Q13" s="3">
-        <v>0.23</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="3">
         <v>0.78</v>
       </c>
       <c r="D14" s="3">
         <v>0.85</v>
       </c>
       <c r="E14" s="3">
         <v>0.31</v>
       </c>
       <c r="F14" s="3">
         <v>0.48</v>
       </c>
       <c r="G14" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="H14" s="3">
         <v>0.76</v>
       </c>
       <c r="I14" s="3">
         <v>1.46</v>
       </c>
       <c r="J14" s="3">
         <v>2.0099999999999998</v>
       </c>
       <c r="K14" s="3">
         <v>2.08</v>
       </c>
       <c r="L14" s="3">
         <v>1.58</v>
       </c>
       <c r="M14" s="3">
         <v>1.89</v>
       </c>
       <c r="N14" s="3">
         <v>2.37</v>
       </c>
       <c r="O14" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="P14" s="3">
         <v>3.57</v>
       </c>
       <c r="Q14" s="3">
-        <v>0.78</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="3">
         <v>0.95</v>
       </c>
       <c r="D15" s="3">
         <v>1.04</v>
       </c>
       <c r="E15" s="3">
         <v>0.76</v>
       </c>
       <c r="F15" s="3">
         <v>0.76</v>
       </c>
       <c r="G15" s="3">
         <v>1.63</v>
       </c>
       <c r="H15" s="3">
         <v>1.05</v>
       </c>
       <c r="I15" s="3">
         <v>2.2999999999999998</v>
       </c>
       <c r="J15" s="3">
         <v>1.93</v>
       </c>
       <c r="K15" s="3">
         <v>1.64</v>
       </c>
       <c r="L15" s="3">
         <v>1.32</v>
       </c>
       <c r="M15" s="3">
         <v>1.74</v>
       </c>
       <c r="N15" s="3">
         <v>2.12</v>
       </c>
       <c r="O15" s="3">
         <v>1.44</v>
       </c>
       <c r="P15" s="3">
         <v>1.59</v>
       </c>
       <c r="Q15" s="3">
-        <v>0.97</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="3">
         <v>0.18</v>
       </c>
       <c r="D16" s="3">
         <v>0.32</v>
       </c>
       <c r="E16" s="3">
         <v>0.13</v>
       </c>
       <c r="F16" s="3">
         <v>0.18</v>
       </c>
       <c r="G16" s="3">
         <v>0.52</v>
       </c>
       <c r="H16" s="3">
         <v>0.71</v>
       </c>
       <c r="I16" s="3">
         <v>7.3</v>
       </c>
       <c r="J16" s="3">
         <v>3.08</v>
       </c>
       <c r="K16" s="3">
         <v>1.58</v>
       </c>
       <c r="L16" s="3">
         <v>1.02</v>
       </c>
       <c r="M16" s="3">
         <v>0.85</v>
       </c>
       <c r="N16" s="3">
         <v>1.28</v>
       </c>
       <c r="O16" s="3">
         <v>0.7</v>
       </c>
       <c r="P16" s="3">
         <v>0.62</v>
       </c>
       <c r="Q16" s="3">
-        <v>0.13</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C17" s="3">
         <v>0.3</v>
       </c>
       <c r="D17" s="3">
         <v>0.24</v>
       </c>
       <c r="E17" s="3">
         <v>0.27</v>
       </c>
       <c r="F17" s="3">
         <v>0.42</v>
       </c>
       <c r="G17" s="3">
         <v>0.43</v>
       </c>
       <c r="H17" s="3">
         <v>0.64</v>
       </c>
       <c r="I17" s="3">
         <v>1.83</v>
       </c>
       <c r="J17" s="3">
         <v>2.77</v>
       </c>
       <c r="K17" s="3">
         <v>1.06</v>
       </c>
       <c r="L17" s="3">
         <v>0.6</v>
       </c>
       <c r="M17" s="3">
         <v>1.1499999999999999</v>
       </c>
       <c r="N17" s="3">
         <v>1.27</v>
       </c>
       <c r="O17" s="3">
         <v>0.5</v>
       </c>
       <c r="P17" s="3">
         <v>1.17</v>
       </c>
       <c r="Q17" s="3">
-        <v>0.36</v>
+        <v>0.57999999999999996</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C18" s="3">
         <v>0.16</v>
       </c>
       <c r="D18" s="3">
         <v>0.32</v>
       </c>
       <c r="E18" s="3">
         <v>0.17</v>
       </c>
       <c r="F18" s="3">
         <v>0.15</v>
       </c>
       <c r="G18" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="H18" s="3">
         <v>0.76</v>
       </c>
       <c r="I18" s="3">
         <v>1.55</v>
       </c>
       <c r="J18" s="3">
         <v>2.37</v>
       </c>
       <c r="K18" s="3">
         <v>2.54</v>
       </c>
       <c r="L18" s="3">
         <v>2.5099999999999998</v>
       </c>
       <c r="M18" s="3">
         <v>0.56999999999999995</v>
       </c>
       <c r="N18" s="3">
         <v>0.6</v>
       </c>
       <c r="O18" s="3">
         <v>0.36</v>
       </c>
       <c r="P18" s="3">
         <v>0.3</v>
       </c>
       <c r="Q18" s="3">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C19" s="3">
         <v>0.05</v>
       </c>
       <c r="D19" s="3">
         <v>0.02</v>
       </c>
       <c r="E19" s="3">
         <v>0.05</v>
       </c>
       <c r="F19" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="G19" s="3">
         <v>0.26</v>
       </c>
       <c r="H19" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="I19" s="3">
         <v>0.72</v>
       </c>
       <c r="J19" s="3">
         <v>0.68</v>
       </c>
       <c r="K19" s="3">
         <v>0.86</v>
       </c>
       <c r="L19" s="3">
         <v>0.89</v>
       </c>
       <c r="M19" s="3">
         <v>5.23</v>
       </c>
       <c r="N19" s="3">
         <v>1.17</v>
       </c>
       <c r="O19" s="3">
         <v>0.74</v>
       </c>
       <c r="P19" s="3">
         <v>0.72</v>
       </c>
       <c r="Q19" s="3">
-        <v>0.48</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="3">
         <v>3.21</v>
       </c>
       <c r="D20" s="3">
         <v>1.62</v>
       </c>
       <c r="E20" s="3">
         <v>1.4</v>
       </c>
       <c r="F20" s="3">
         <v>0.79</v>
       </c>
       <c r="G20" s="3">
         <v>0.43</v>
       </c>
       <c r="H20" s="3">
         <v>0.83</v>
       </c>
       <c r="I20" s="3">
         <v>0.27</v>
       </c>
       <c r="J20" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="K20" s="3">
         <v>0.35</v>
       </c>
       <c r="L20" s="3">
         <v>0.23</v>
       </c>
       <c r="M20" s="3">
         <v>0.32</v>
       </c>
       <c r="N20" s="3">
         <v>0.3</v>
       </c>
       <c r="O20" s="3">
         <v>0.53</v>
       </c>
       <c r="P20" s="3">
         <v>0.79</v>
       </c>
       <c r="Q20" s="3">
-        <v>0.28999999999999998</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C21" s="3">
         <v>0.04</v>
       </c>
       <c r="D21" s="3">
         <v>0.03</v>
       </c>
       <c r="E21" s="3">
         <v>0.04</v>
       </c>
       <c r="F21" s="3">
         <v>0.04</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
         <v>0.63</v>
       </c>
       <c r="I21" s="3">
         <v>1.75</v>
       </c>
       <c r="J21" s="3">
         <v>2.2400000000000002</v>
       </c>
       <c r="K21" s="3">
         <v>0.87</v>
       </c>
       <c r="L21" s="3">
         <v>0.81</v>
       </c>
       <c r="M21" s="3">
         <v>1.23</v>
       </c>
       <c r="N21" s="3">
         <v>1.03</v>
       </c>
       <c r="O21" s="3">
         <v>1.1299999999999999</v>
       </c>
       <c r="P21" s="3">
         <v>1.05</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C22" s="3">
         <v>0.31</v>
       </c>
       <c r="D22" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="E22" s="3">
         <v>0.43</v>
       </c>
       <c r="F22" s="3">
         <v>0.85</v>
       </c>
       <c r="G22" s="3">
         <v>0.65</v>
       </c>
       <c r="H22" s="3">
         <v>0.65</v>
       </c>
       <c r="I22" s="3">
         <v>0.75</v>
       </c>
       <c r="J22" s="3">
         <v>0.74</v>
       </c>
       <c r="K22" s="3">
         <v>0.85</v>
       </c>
       <c r="L22" s="3">
         <v>0.66</v>
       </c>
       <c r="M22" s="3">
         <v>0.43</v>
       </c>
       <c r="N22" s="3">
         <v>0.51</v>
       </c>
       <c r="O22" s="3">
         <v>0.47</v>
       </c>
       <c r="P22" s="3">
         <v>0.67</v>
       </c>
       <c r="Q22" s="3">
-        <v>0.47</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C23" s="3">
         <v>0.19</v>
       </c>
       <c r="D23" s="3">
         <v>0.52</v>
       </c>
       <c r="E23" s="3">
         <v>0.75</v>
       </c>
       <c r="F23" s="3">
         <v>0.22</v>
       </c>
       <c r="G23" s="3">
         <v>0.23</v>
       </c>
       <c r="H23" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="I23" s="3">
         <v>0.37</v>
       </c>
       <c r="J23" s="3">
         <v>0.38</v>
       </c>
       <c r="K23" s="3">
         <v>0.43</v>
       </c>
       <c r="L23" s="3">
         <v>0.33</v>
       </c>
       <c r="M23" s="3">
         <v>0.7</v>
       </c>
       <c r="N23" s="3">
         <v>0.73</v>
       </c>
       <c r="O23" s="3">
         <v>0.9</v>
       </c>
       <c r="P23" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q23" s="3">
-        <v>0.39</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C24" s="3">
         <v>0.21</v>
       </c>
       <c r="D24" s="3">
         <v>0.24</v>
       </c>
       <c r="E24" s="3">
         <v>0.34</v>
       </c>
       <c r="F24" s="3">
         <v>0.44</v>
       </c>
       <c r="G24" s="3">
         <v>1.51</v>
       </c>
       <c r="H24" s="3">
         <v>0.47</v>
       </c>
       <c r="I24" s="3">
         <v>0.02</v>
       </c>
       <c r="J24" s="3">
         <v>0.04</v>
       </c>
       <c r="K24" s="3">
         <v>0.25</v>
       </c>
       <c r="L24" s="3">
         <v>0.46</v>
       </c>
       <c r="M24" s="3">
         <v>0.23</v>
       </c>
       <c r="N24" s="3">
         <v>0.44</v>
       </c>
       <c r="O24" s="3">
         <v>0.59</v>
       </c>
       <c r="P24" s="3">
         <v>0.98</v>
       </c>
       <c r="Q24" s="3">
-        <v>0.79</v>
+        <v>1.1399999999999999</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C25" s="3">
         <v>0.54</v>
       </c>
       <c r="D25" s="3">
         <v>0.41</v>
       </c>
       <c r="E25" s="3">
         <v>0.3</v>
       </c>
       <c r="F25" s="3">
         <v>0.22</v>
       </c>
       <c r="G25" s="3">
         <v>0.54</v>
       </c>
       <c r="H25" s="3">
         <v>0.47</v>
       </c>
       <c r="I25" s="3">
         <v>0.25</v>
       </c>
       <c r="J25" s="3">
         <v>0.48</v>
       </c>
       <c r="K25" s="3">
         <v>0.16</v>
       </c>
       <c r="L25" s="3">
         <v>0.15</v>
       </c>
       <c r="M25" s="3">
         <v>0.27</v>
       </c>
       <c r="N25" s="3">
         <v>0.53</v>
       </c>
       <c r="O25" s="3">
         <v>0.83</v>
       </c>
       <c r="P25" s="3">
         <v>0.95</v>
       </c>
       <c r="Q25" s="3">
-        <v>0.57999999999999996</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C26" s="3">
         <v>0.01</v>
       </c>
       <c r="D26" s="3">
         <v>0.02</v>
       </c>
       <c r="E26" s="3">
         <v>0.02</v>
       </c>
       <c r="F26" s="3">
         <v>0.22</v>
       </c>
       <c r="G26" s="3">
         <v>0.41</v>
       </c>
       <c r="H26" s="3">
         <v>1.32</v>
       </c>
       <c r="I26" s="3">
         <v>0.33</v>
       </c>
       <c r="J26" s="3">
         <v>0.69</v>
       </c>
       <c r="K26" s="3">
         <v>1.24</v>
       </c>
       <c r="L26" s="3">
         <v>0.77</v>
       </c>
       <c r="M26" s="3">
         <v>0.47</v>
       </c>
       <c r="N26" s="3">
         <v>0.24</v>
       </c>
       <c r="O26" s="3">
         <v>0.22</v>
       </c>
       <c r="P26" s="3">
         <v>0.24</v>
       </c>
       <c r="Q26" s="3">
-        <v>0.13</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C27" s="3">
         <v>0.01</v>
       </c>
       <c r="D27" s="3">
         <v>0.01</v>
       </c>
       <c r="E27" s="3">
         <v>0</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>0</v>
       </c>
       <c r="H27" s="3">
         <v>0.01</v>
       </c>
       <c r="I27" s="3">
         <v>0.01</v>
       </c>
       <c r="J27" s="3">
         <v>0.05</v>
       </c>
       <c r="K27" s="3">
         <v>2.73</v>
       </c>
       <c r="L27" s="3">
         <v>0.01</v>
       </c>
       <c r="M27" s="3">
         <v>0.06</v>
       </c>
       <c r="N27" s="3">
         <v>1.58</v>
       </c>
       <c r="O27" s="3">
         <v>0.12</v>
       </c>
       <c r="P27" s="3">
         <v>0.01</v>
       </c>
       <c r="Q27" s="3">
         <v>0.01</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C28" s="3">
         <v>0.04</v>
       </c>
       <c r="D28" s="3">
         <v>1.04</v>
       </c>
       <c r="E28" s="3">
         <v>0.04</v>
       </c>
       <c r="F28" s="3">
         <v>0.05</v>
       </c>
       <c r="G28" s="3">
         <v>0.05</v>
       </c>
       <c r="H28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="J28" s="3">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="K28" s="3">
         <v>0.28999999999999998</v>
       </c>
       <c r="L28" s="3">
         <v>0.05</v>
       </c>
       <c r="M28" s="3">
         <v>0.45</v>
       </c>
       <c r="N28" s="3">
         <v>0.16</v>
       </c>
       <c r="O28" s="3">
         <v>0.03</v>
       </c>
       <c r="P28" s="3">
         <v>0.03</v>
       </c>
       <c r="Q28" s="3">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C29" s="3">
         <v>0.67</v>
       </c>
       <c r="D29" s="3">
         <v>0.12</v>
       </c>
       <c r="E29" s="3">
         <v>0.09</v>
       </c>
       <c r="F29" s="3">
         <v>0.11</v>
       </c>
       <c r="G29" s="3">
         <v>0.12</v>
       </c>
       <c r="H29" s="3">
         <v>0.12</v>
       </c>
       <c r="I29" s="3">
         <v>0.09</v>
       </c>
       <c r="J29" s="3">
         <v>0.1</v>
       </c>
       <c r="K29" s="3">
         <v>0.12</v>
       </c>
       <c r="L29" s="3">
         <v>0.13</v>
       </c>
       <c r="M29" s="3">
         <v>0.13</v>
       </c>
       <c r="N29" s="3">
         <v>0.2</v>
       </c>
       <c r="O29" s="3">
         <v>0.11</v>
       </c>
       <c r="P29" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="Q29" s="3">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C30" s="3">
         <v>0.64</v>
       </c>
       <c r="D30" s="3">
         <v>0.48</v>
       </c>
       <c r="E30" s="3">
         <v>0</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>0</v>
       </c>
       <c r="H30" s="3">
         <v>0.01</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
       <c r="J30" s="3">
         <v>0</v>
       </c>
       <c r="K30" s="3">
         <v>0</v>
       </c>
       <c r="L30" s="3">
         <v>0</v>
       </c>
       <c r="M30" s="3">
         <v>0</v>
       </c>
       <c r="N30" s="3">
         <v>0</v>
       </c>
       <c r="O30" s="3">
         <v>0</v>
       </c>
       <c r="P30" s="3">
         <v>0</v>
       </c>
       <c r="Q30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C31" s="8">
         <v>1.6835126000000074</v>
       </c>
       <c r="D31" s="8">
         <v>1.7406345300000012</v>
       </c>
       <c r="E31" s="8">
         <v>0.89502251999999061</v>
       </c>
       <c r="F31" s="8">
         <v>1.0161800300000081</v>
       </c>
       <c r="G31" s="8">
         <v>1.6412144500000139</v>
       </c>
       <c r="H31" s="8">
         <v>2.127052809999995</v>
       </c>
       <c r="I31" s="8">
         <v>2.1872063300000377</v>
       </c>
       <c r="J31" s="8">
         <v>2.3964661999999919</v>
       </c>
       <c r="K31" s="8">
         <v>3.7875615399999987</v>
       </c>
       <c r="L31" s="8">
         <v>3.7376968700000077</v>
       </c>
       <c r="M31" s="8">
         <v>3.2364622499999882</v>
       </c>
       <c r="N31" s="8">
         <v>3.634975250000025</v>
       </c>
       <c r="O31" s="8">
         <v>4.1092763099999843</v>
       </c>
       <c r="P31" s="8">
         <v>5.7762875899999955</v>
       </c>
       <c r="Q31" s="8">
-        <v>2.7127857000000049</v>
+        <v>4.0135122900000226</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C32" s="3">
         <v>4.4015166100000007</v>
       </c>
       <c r="D32" s="3">
         <v>4.8437085399999997</v>
       </c>
       <c r="E32" s="3">
         <v>4.9822322400000001</v>
       </c>
       <c r="F32" s="3">
         <v>5.2723814000000013</v>
       </c>
       <c r="G32" s="3">
         <v>9.5687367000000005</v>
       </c>
       <c r="H32" s="3">
         <v>9.3067679499999993</v>
       </c>
       <c r="I32" s="3">
         <v>11.821900249999999</v>
       </c>
       <c r="J32" s="3">
         <v>14.12719253</v>
       </c>
       <c r="K32" s="3">
         <v>17.231302400000001</v>
       </c>
       <c r="L32" s="3">
         <v>11.943541809999999</v>
       </c>
       <c r="M32" s="3">
         <v>14.070112159999999</v>
       </c>
       <c r="N32" s="3">
         <v>20.659643039999999</v>
       </c>
       <c r="O32" s="3">
         <v>16.059789599999988</v>
       </c>
       <c r="P32" s="3">
         <v>17.785955569999999</v>
       </c>
       <c r="Q32" s="3">
-        <v>16.208907750000005</v>
+        <v>28.281818420000008</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C33" s="3">
         <v>-6.4445449701000008</v>
       </c>
       <c r="D33" s="3">
         <v>0.6750858998999999</v>
       </c>
       <c r="E33" s="3">
         <v>-7.5830786331000004</v>
       </c>
       <c r="F33" s="3">
         <v>4.3966960397999992</v>
       </c>
       <c r="G33" s="3">
         <v>4.9187440799999997</v>
       </c>
       <c r="H33" s="3">
         <v>3.6142467402</v>
       </c>
       <c r="I33" s="3">
         <v>7.7367238397999998</v>
       </c>
       <c r="J33" s="3">
         <v>9.9956306600999998</v>
       </c>
       <c r="K33" s="3">
         <v>10.440378741</v>
       </c>
       <c r="L33" s="3">
         <v>10.729583719800001</v>
       </c>
       <c r="M33" s="3">
         <v>9.5721848498999993</v>
       </c>
       <c r="N33" s="3">
         <v>21.0656270052</v>
       </c>
       <c r="O33" s="3">
         <v>77.988449219100005</v>
       </c>
       <c r="P33" s="3">
         <v>64.081099808999994</v>
       </c>
       <c r="Q33" s="3">
-        <v>27.537260256900002</v>
+        <v>40.776776501100002</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C34" s="10">
         <v>37.400484239900003</v>
       </c>
       <c r="D34" s="10">
         <v>48.709428969900003</v>
       </c>
       <c r="E34" s="10">
         <v>40.094176126900003</v>
       </c>
       <c r="F34" s="10">
         <v>57.125257469799998</v>
       </c>
       <c r="G34" s="10">
         <v>75.47869523</v>
       </c>
       <c r="H34" s="10">
         <v>84.748067500199994</v>
       </c>
       <c r="I34" s="10">
         <v>119.53583041980001</v>
       </c>
       <c r="J34" s="10">
         <v>137.25928939010001</v>
       </c>
       <c r="K34" s="10">
         <v>155.07924268100001</v>
       </c>
       <c r="L34" s="10">
         <v>102.0508223998</v>
       </c>
       <c r="M34" s="10">
         <v>138.1887592599</v>
       </c>
       <c r="N34" s="10">
         <v>199.7402452952</v>
       </c>
       <c r="O34" s="10">
         <v>214.8875151291</v>
       </c>
       <c r="P34" s="10">
         <v>210.31334296899999</v>
       </c>
       <c r="Q34" s="10">
-        <v>99.638953706899997</v>
+        <v>166.58210721110001</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>122</v>
-[...10 lines deleted...]
-      <c r="G38" s="16"/>
+        <v>118</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="17"/>
+      <c r="D38" s="17"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17"/>
       <c r="H38" s="17"/>
-    </row>
-[...26 lines deleted...]
-      <c r="G41" s="16"/>
+      <c r="I38" s="33"/>
+      <c r="J38" s="34"/>
+    </row>
+    <row r="39" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="20"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="21"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="21"/>
+      <c r="H39" s="35"/>
+      <c r="I39" s="36"/>
+      <c r="J39" s="37"/>
+    </row>
+    <row r="40" spans="2:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="30"/>
+      <c r="C40" s="31"/>
+      <c r="D40" s="31"/>
+      <c r="E40" s="31"/>
+      <c r="F40" s="31"/>
+      <c r="G40" s="31"/>
+      <c r="H40" s="31"/>
+      <c r="I40" s="39"/>
+      <c r="J40" s="40"/>
+    </row>
+    <row r="41" spans="2:17" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" s="17"/>
+      <c r="D41" s="17"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="17"/>
       <c r="H41" s="17"/>
-    </row>
-[...24 lines deleted...]
-      <c r="Q47" s="3"/>
+      <c r="I41" s="33"/>
+      <c r="J41" s="34"/>
+    </row>
+    <row r="42" spans="2:17" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="30"/>
+      <c r="C42" s="31"/>
+      <c r="D42" s="31"/>
+      <c r="E42" s="31"/>
+      <c r="F42" s="31"/>
+      <c r="G42" s="31"/>
+      <c r="H42" s="31"/>
+      <c r="I42" s="39"/>
+      <c r="J42" s="40"/>
+    </row>
+    <row r="49" spans="3:17" x14ac:dyDescent="0.2">
+      <c r="C49" s="3"/>
+      <c r="D49" s="3"/>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+      <c r="I49" s="3"/>
+      <c r="J49" s="3"/>
+      <c r="K49" s="3"/>
+      <c r="L49" s="3"/>
+      <c r="M49" s="3"/>
+      <c r="N49" s="3"/>
+      <c r="O49" s="3"/>
+      <c r="P49" s="3"/>
+      <c r="Q49" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B38:H40"/>
-    <mergeCell ref="B41:H42"/>
+    <mergeCell ref="B38:J40"/>
+    <mergeCell ref="B41:J42"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="B2:Q47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="36.85546875" style="2" customWidth="1"/>
+    <col min="3" max="16" width="8.85546875" style="2"/>
+    <col min="17" max="17" width="11.85546875" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="4" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="3" spans="2:17" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="2:17" s="1" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="7">
         <v>2011</v>
       </c>
       <c r="D5" s="7">
         <v>2012</v>
       </c>
       <c r="E5" s="7">
         <v>2013</v>
       </c>
       <c r="F5" s="7">
         <v>2014</v>
       </c>
       <c r="G5" s="11">
         <v>2015</v>
       </c>
       <c r="H5" s="11">
         <v>2016</v>
       </c>
       <c r="I5" s="11">
         <v>2017</v>
       </c>
       <c r="J5" s="11">
         <v>2018</v>
       </c>
       <c r="K5" s="11">
         <v>2019</v>
       </c>
       <c r="L5" s="11">
         <v>2020</v>
       </c>
       <c r="M5" s="11">
         <v>2021</v>
       </c>
       <c r="N5" s="11">
         <v>2022</v>
       </c>
       <c r="O5" s="11">
         <v>2023</v>
       </c>
       <c r="P5" s="11">
         <v>2024</v>
       </c>
       <c r="Q5" s="11" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
         <v>25.66</v>
       </c>
       <c r="D6" s="3">
         <v>25.97</v>
       </c>
       <c r="E6" s="3">
         <v>22.65</v>
       </c>
       <c r="F6" s="3">
         <v>28.36</v>
       </c>
       <c r="G6" s="3">
         <v>36.270000000000003</v>
       </c>
       <c r="H6" s="3">
         <v>41.2</v>
       </c>
       <c r="I6" s="3">
         <v>41.74</v>
       </c>
       <c r="J6" s="3">
         <v>61.87</v>
       </c>
       <c r="K6" s="3">
         <v>84.46</v>
       </c>
       <c r="L6" s="3">
         <v>85.67</v>
       </c>
       <c r="M6" s="3">
         <v>110.35</v>
       </c>
       <c r="N6" s="3">
         <v>162.37</v>
       </c>
       <c r="O6" s="3">
         <v>184.84</v>
       </c>
       <c r="P6" s="3">
         <v>207.87</v>
       </c>
       <c r="Q6" s="3">
-        <v>100.39</v>
+        <v>152.33000000000001</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C7" s="3">
         <v>12.04</v>
       </c>
       <c r="D7" s="3">
         <v>15.8</v>
       </c>
       <c r="E7" s="3">
         <v>15.96</v>
       </c>
       <c r="F7" s="3">
         <v>19.29</v>
       </c>
       <c r="G7" s="3">
         <v>36.549999999999997</v>
       </c>
       <c r="H7" s="3">
         <v>48.09</v>
       </c>
       <c r="I7" s="3">
         <v>58.82</v>
       </c>
       <c r="J7" s="3">
         <v>64.78</v>
       </c>
       <c r="K7" s="3">
         <v>69.31</v>
       </c>
       <c r="L7" s="3">
         <v>79.349999999999994</v>
       </c>
       <c r="M7" s="3">
         <v>100.07</v>
       </c>
       <c r="N7" s="3">
         <v>159.71</v>
       </c>
       <c r="O7" s="3">
         <v>187.08</v>
       </c>
       <c r="P7" s="3">
         <v>214.84</v>
       </c>
       <c r="Q7" s="3">
-        <v>100.7</v>
+        <v>148.51</v>
       </c>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C8" s="3">
         <v>6.74</v>
       </c>
       <c r="D8" s="3">
         <v>5.82</v>
       </c>
       <c r="E8" s="3">
         <v>4.0999999999999996</v>
       </c>
       <c r="F8" s="3">
         <v>28.18</v>
       </c>
       <c r="G8" s="3">
         <v>64.3</v>
       </c>
       <c r="H8" s="3">
         <v>73.260000000000005</v>
       </c>
       <c r="I8" s="3">
         <v>84.42</v>
       </c>
       <c r="J8" s="3">
         <v>90.63</v>
       </c>
       <c r="K8" s="3">
         <v>88.17</v>
       </c>
       <c r="L8" s="3">
         <v>85.61</v>
       </c>
       <c r="M8" s="3">
         <v>112.93</v>
       </c>
       <c r="N8" s="3">
         <v>131.66999999999999</v>
       </c>
       <c r="O8" s="3">
         <v>140.97999999999999</v>
       </c>
       <c r="P8" s="3">
         <v>145.63</v>
       </c>
       <c r="Q8" s="3">
-        <v>75.430000000000007</v>
+        <v>112.27</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C9" s="3">
         <v>12.65</v>
       </c>
       <c r="D9" s="3">
         <v>10.72</v>
       </c>
       <c r="E9" s="3">
         <v>14.25</v>
       </c>
       <c r="F9" s="3">
         <v>19.07</v>
       </c>
       <c r="G9" s="3">
         <v>30.64</v>
       </c>
       <c r="H9" s="3">
         <v>35.450000000000003</v>
       </c>
       <c r="I9" s="3">
         <v>48.24</v>
       </c>
       <c r="J9" s="3">
         <v>61.38</v>
       </c>
       <c r="K9" s="3">
         <v>63.02</v>
       </c>
       <c r="L9" s="3">
         <v>78.67</v>
       </c>
       <c r="M9" s="3">
         <v>61.92</v>
       </c>
       <c r="N9" s="3">
         <v>78.45</v>
       </c>
       <c r="O9" s="3">
         <v>166</v>
       </c>
       <c r="P9" s="3">
         <v>187.74</v>
       </c>
       <c r="Q9" s="3">
-        <v>68.19</v>
+        <v>109.13</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="3">
         <v>52.35</v>
       </c>
       <c r="D10" s="3">
         <v>43.89</v>
       </c>
       <c r="E10" s="3">
         <v>30.16</v>
       </c>
       <c r="F10" s="3">
         <v>23.07</v>
       </c>
       <c r="G10" s="3">
         <v>38.81</v>
       </c>
       <c r="H10" s="3">
         <v>38.6</v>
       </c>
       <c r="I10" s="3">
         <v>42.28</v>
       </c>
       <c r="J10" s="3">
         <v>52.05</v>
       </c>
       <c r="K10" s="3">
         <v>49.83</v>
       </c>
       <c r="L10" s="3">
         <v>39.35</v>
       </c>
       <c r="M10" s="3">
         <v>49.68</v>
       </c>
       <c r="N10" s="3">
         <v>68.73</v>
       </c>
       <c r="O10" s="3">
         <v>76.31</v>
       </c>
       <c r="P10" s="3">
         <v>71.52</v>
       </c>
       <c r="Q10" s="3">
-        <v>33.130000000000003</v>
+        <v>50.6</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="3">
         <v>44.01</v>
       </c>
       <c r="D11" s="3">
         <v>50.84</v>
       </c>
       <c r="E11" s="3">
         <v>42.18</v>
       </c>
       <c r="F11" s="3">
         <v>34.31</v>
       </c>
       <c r="G11" s="3">
         <v>46.56</v>
       </c>
       <c r="H11" s="3">
         <v>44.82</v>
       </c>
       <c r="I11" s="3">
         <v>41.26</v>
       </c>
       <c r="J11" s="3">
         <v>57.46</v>
       </c>
       <c r="K11" s="3">
         <v>52.14</v>
       </c>
       <c r="L11" s="3">
         <v>54.73</v>
       </c>
       <c r="M11" s="3">
         <v>53.84</v>
       </c>
       <c r="N11" s="3">
         <v>53.29</v>
       </c>
       <c r="O11" s="3">
         <v>54.98</v>
       </c>
       <c r="P11" s="3">
         <v>55.05</v>
       </c>
       <c r="Q11" s="3">
-        <v>17.07</v>
+        <v>29.55</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C12" s="3">
-        <v>16.45</v>
+        <v>25.74</v>
       </c>
       <c r="D12" s="3">
-        <v>17.260000000000002</v>
+        <v>23.54</v>
       </c>
       <c r="E12" s="3">
-        <v>15.21</v>
+        <v>23.24</v>
       </c>
       <c r="F12" s="3">
-        <v>21.37</v>
+        <v>21.24</v>
       </c>
       <c r="G12" s="3">
-        <v>21.55</v>
+        <v>20.420000000000002</v>
       </c>
       <c r="H12" s="3">
-        <v>21.84</v>
+        <v>22.43</v>
       </c>
       <c r="I12" s="3">
-        <v>21.88</v>
+        <v>21.35</v>
       </c>
       <c r="J12" s="3">
-        <v>25.06</v>
+        <v>27.2</v>
       </c>
       <c r="K12" s="3">
-        <v>34.36</v>
+        <v>26.19</v>
       </c>
       <c r="L12" s="3">
-        <v>31.79</v>
+        <v>25.18</v>
       </c>
       <c r="M12" s="3">
-        <v>35.72</v>
+        <v>24.85</v>
       </c>
       <c r="N12" s="3">
-        <v>37.950000000000003</v>
+        <v>28.26</v>
       </c>
       <c r="O12" s="3">
-        <v>50.71</v>
+        <v>36.479999999999997</v>
       </c>
       <c r="P12" s="3">
-        <v>28.89</v>
+        <v>39</v>
       </c>
       <c r="Q12" s="3">
-        <v>12.8</v>
+        <v>36.869999999999997</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C13" s="3">
-        <v>25.74</v>
+        <v>16.45</v>
       </c>
       <c r="D13" s="3">
-        <v>23.54</v>
+        <v>17.260000000000002</v>
       </c>
       <c r="E13" s="3">
-        <v>23.24</v>
+        <v>15.21</v>
       </c>
       <c r="F13" s="3">
-        <v>21.24</v>
+        <v>21.37</v>
       </c>
       <c r="G13" s="3">
-        <v>20.420000000000002</v>
+        <v>21.55</v>
       </c>
       <c r="H13" s="3">
-        <v>22.43</v>
+        <v>21.84</v>
       </c>
       <c r="I13" s="3">
-        <v>21.35</v>
+        <v>21.88</v>
       </c>
       <c r="J13" s="3">
-        <v>27.2</v>
+        <v>25.06</v>
       </c>
       <c r="K13" s="3">
-        <v>26.19</v>
+        <v>34.36</v>
       </c>
       <c r="L13" s="3">
-        <v>25.18</v>
+        <v>31.79</v>
       </c>
       <c r="M13" s="3">
-        <v>24.85</v>
+        <v>35.72</v>
       </c>
       <c r="N13" s="3">
-        <v>28.26</v>
+        <v>37.950000000000003</v>
       </c>
       <c r="O13" s="3">
-        <v>36.479999999999997</v>
+        <v>50.71</v>
       </c>
       <c r="P13" s="3">
-        <v>39</v>
+        <v>28.89</v>
       </c>
       <c r="Q13" s="3">
-        <v>23.75</v>
+        <v>20.12</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C14" s="3">
         <v>9.8000000000000007</v>
       </c>
       <c r="D14" s="3">
         <v>8.15</v>
       </c>
       <c r="E14" s="3">
         <v>7.95</v>
       </c>
       <c r="F14" s="3">
         <v>15.92</v>
       </c>
       <c r="G14" s="3">
         <v>9.09</v>
       </c>
       <c r="H14" s="3">
         <v>10.98</v>
       </c>
       <c r="I14" s="3">
         <v>13.19</v>
       </c>
       <c r="J14" s="3">
         <v>17.510000000000002</v>
       </c>
       <c r="K14" s="3">
         <v>20.27</v>
       </c>
       <c r="L14" s="3">
         <v>18.920000000000002</v>
       </c>
       <c r="M14" s="3">
         <v>32.270000000000003</v>
       </c>
       <c r="N14" s="3">
         <v>45.64</v>
       </c>
       <c r="O14" s="3">
         <v>61.25</v>
       </c>
       <c r="P14" s="3">
         <v>67.13</v>
       </c>
       <c r="Q14" s="3">
-        <v>34.729999999999997</v>
+        <v>50.72</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="3">
         <v>25.32</v>
       </c>
       <c r="D15" s="3">
         <v>22.78</v>
       </c>
       <c r="E15" s="3">
         <v>19.79</v>
       </c>
       <c r="F15" s="3">
         <v>23.86</v>
       </c>
       <c r="G15" s="3">
         <v>28.55</v>
       </c>
       <c r="H15" s="3">
         <v>30.38</v>
       </c>
       <c r="I15" s="3">
         <v>25.82</v>
       </c>
       <c r="J15" s="3">
         <v>25.09</v>
       </c>
       <c r="K15" s="3">
         <v>24.17</v>
       </c>
       <c r="L15" s="3">
         <v>21.93</v>
       </c>
       <c r="M15" s="3">
         <v>21.18</v>
       </c>
       <c r="N15" s="3">
         <v>23.62</v>
       </c>
       <c r="O15" s="3">
         <v>28.21</v>
       </c>
       <c r="P15" s="3">
         <v>26.74</v>
       </c>
       <c r="Q15" s="3">
-        <v>10.029999999999999</v>
+        <v>15.91</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="3">
         <v>8.7100000000000009</v>
       </c>
       <c r="D16" s="3">
         <v>8.8800000000000008</v>
       </c>
       <c r="E16" s="3">
         <v>7.75</v>
       </c>
       <c r="F16" s="3">
         <v>4.1900000000000004</v>
       </c>
       <c r="G16" s="3">
         <v>5.59</v>
       </c>
       <c r="H16" s="3">
         <v>7.44</v>
       </c>
       <c r="I16" s="3">
         <v>10.16</v>
       </c>
       <c r="J16" s="3">
         <v>14.08</v>
       </c>
       <c r="K16" s="3">
         <v>24.03</v>
       </c>
       <c r="L16" s="3">
         <v>25.04</v>
       </c>
       <c r="M16" s="3">
         <v>29.58</v>
       </c>
       <c r="N16" s="3">
         <v>44.49</v>
       </c>
       <c r="O16" s="3">
         <v>50.97</v>
       </c>
       <c r="P16" s="3">
         <v>54.41</v>
       </c>
       <c r="Q16" s="3">
-        <v>17.72</v>
+        <v>25.88</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C17" s="3">
         <v>1.29</v>
       </c>
       <c r="D17" s="3">
         <v>1.54</v>
       </c>
       <c r="E17" s="3">
         <v>1.78</v>
       </c>
       <c r="F17" s="3">
         <v>2.12</v>
       </c>
       <c r="G17" s="3">
         <v>2.33</v>
       </c>
       <c r="H17" s="3">
         <v>2.13</v>
       </c>
       <c r="I17" s="3">
         <v>4.34</v>
       </c>
       <c r="J17" s="3">
         <v>11.87</v>
       </c>
       <c r="K17" s="3">
         <v>13.4</v>
       </c>
       <c r="L17" s="3">
         <v>18.87</v>
       </c>
       <c r="M17" s="3">
         <v>30.78</v>
       </c>
       <c r="N17" s="3">
         <v>46.15</v>
       </c>
       <c r="O17" s="3">
         <v>51.42</v>
       </c>
       <c r="P17" s="3">
         <v>44.89</v>
       </c>
       <c r="Q17" s="3">
-        <v>31.51</v>
+        <v>47.66</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C18" s="3">
         <v>9.0399999999999991</v>
       </c>
       <c r="D18" s="3">
         <v>10.74</v>
       </c>
       <c r="E18" s="3">
         <v>12.33</v>
       </c>
       <c r="F18" s="3">
         <v>11.97</v>
       </c>
       <c r="G18" s="3">
         <v>11.3</v>
       </c>
       <c r="H18" s="3">
         <v>13.8</v>
       </c>
       <c r="I18" s="3">
         <v>22.62</v>
       </c>
       <c r="J18" s="3">
         <v>22.35</v>
       </c>
       <c r="K18" s="3">
         <v>17.690000000000001</v>
       </c>
       <c r="L18" s="3">
         <v>14.37</v>
       </c>
       <c r="M18" s="3">
         <v>18.14</v>
       </c>
       <c r="N18" s="3">
         <v>25.66</v>
       </c>
       <c r="O18" s="3">
         <v>25.06</v>
       </c>
       <c r="P18" s="3">
         <v>26.58</v>
       </c>
       <c r="Q18" s="3">
-        <v>11.41</v>
+        <v>18.07</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C19" s="3">
         <v>5.45</v>
       </c>
       <c r="D19" s="3">
         <v>3.4</v>
       </c>
       <c r="E19" s="3">
         <v>2.54</v>
       </c>
       <c r="F19" s="3">
         <v>1.22</v>
       </c>
       <c r="G19" s="3">
         <v>2.73</v>
       </c>
       <c r="H19" s="3">
         <v>6.5</v>
       </c>
       <c r="I19" s="3">
         <v>8.83</v>
       </c>
       <c r="J19" s="3">
         <v>10.27</v>
       </c>
       <c r="K19" s="3">
         <v>11.05</v>
       </c>
       <c r="L19" s="3">
         <v>8.51</v>
       </c>
       <c r="M19" s="3">
         <v>20.190000000000001</v>
       </c>
       <c r="N19" s="3">
         <v>15.06</v>
       </c>
       <c r="O19" s="3">
         <v>18.89</v>
       </c>
       <c r="P19" s="3">
         <v>22.5</v>
       </c>
       <c r="Q19" s="3">
-        <v>9.2200000000000006</v>
+        <v>13.01</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="3">
         <v>7.48</v>
       </c>
       <c r="D20" s="3">
         <v>6.93</v>
       </c>
       <c r="E20" s="3">
         <v>5.88</v>
       </c>
       <c r="F20" s="3">
         <v>5.0999999999999996</v>
       </c>
       <c r="G20" s="3">
         <v>5.72</v>
       </c>
       <c r="H20" s="3">
         <v>6.33</v>
       </c>
       <c r="I20" s="3">
         <v>7.56</v>
       </c>
       <c r="J20" s="3">
         <v>7.5</v>
       </c>
       <c r="K20" s="3">
         <v>10.41</v>
       </c>
       <c r="L20" s="3">
         <v>10.48</v>
       </c>
       <c r="M20" s="3">
         <v>11.37</v>
       </c>
       <c r="N20" s="3">
         <v>16.91</v>
       </c>
       <c r="O20" s="3">
         <v>16.98</v>
       </c>
       <c r="P20" s="3">
         <v>17.36</v>
       </c>
       <c r="Q20" s="3">
-        <v>7.22</v>
+        <v>11.31</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C21" s="3">
         <v>5.88</v>
       </c>
       <c r="D21" s="3">
         <v>7.75</v>
       </c>
       <c r="E21" s="3">
         <v>5.89</v>
       </c>
       <c r="F21" s="3">
         <v>3.17</v>
       </c>
       <c r="G21" s="3">
         <v>4.33</v>
       </c>
       <c r="H21" s="3">
         <v>5.17</v>
       </c>
       <c r="I21" s="3">
         <v>6.72</v>
       </c>
       <c r="J21" s="3">
         <v>8.86</v>
       </c>
       <c r="K21" s="3">
         <v>12</v>
       </c>
       <c r="L21" s="3">
         <v>8.49</v>
       </c>
       <c r="M21" s="3">
         <v>14.69</v>
       </c>
       <c r="N21" s="3">
         <v>15.4</v>
       </c>
       <c r="O21" s="3">
         <v>16.64</v>
       </c>
       <c r="P21" s="3">
         <v>18.899999999999999</v>
       </c>
       <c r="Q21" s="3">
-        <v>8.6</v>
+        <v>12.95</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C22" s="3">
         <v>2.91</v>
       </c>
       <c r="D22" s="3">
         <v>4.95</v>
       </c>
       <c r="E22" s="3">
         <v>4.25</v>
       </c>
       <c r="F22" s="3">
         <v>3.88</v>
       </c>
       <c r="G22" s="3">
         <v>5.24</v>
       </c>
       <c r="H22" s="3">
         <v>7.1</v>
       </c>
       <c r="I22" s="3">
         <v>6.09</v>
       </c>
       <c r="J22" s="3">
         <v>7.96</v>
       </c>
       <c r="K22" s="3">
         <v>8.84</v>
       </c>
       <c r="L22" s="3">
         <v>10.56</v>
       </c>
       <c r="M22" s="3">
         <v>10.52</v>
       </c>
       <c r="N22" s="3">
         <v>13.26</v>
       </c>
       <c r="O22" s="3">
         <v>17.260000000000002</v>
       </c>
       <c r="P22" s="3">
         <v>18.010000000000002</v>
       </c>
       <c r="Q22" s="3">
-        <v>10.18</v>
+        <v>14.83</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C23" s="3">
         <v>5.26</v>
       </c>
       <c r="D23" s="3">
         <v>4.0199999999999996</v>
       </c>
       <c r="E23" s="3">
         <v>3.61</v>
       </c>
       <c r="F23" s="3">
         <v>3.13</v>
       </c>
       <c r="G23" s="3">
         <v>2.58</v>
       </c>
       <c r="H23" s="3">
         <v>5.0599999999999996</v>
       </c>
       <c r="I23" s="3">
         <v>6.95</v>
       </c>
       <c r="J23" s="3">
         <v>8.36</v>
       </c>
       <c r="K23" s="3">
         <v>7.77</v>
       </c>
       <c r="L23" s="3">
         <v>6.74</v>
       </c>
       <c r="M23" s="3">
         <v>7.56</v>
       </c>
       <c r="N23" s="3">
         <v>8.0500000000000007</v>
       </c>
       <c r="O23" s="3">
         <v>14.43</v>
       </c>
       <c r="P23" s="3">
         <v>17.71</v>
       </c>
       <c r="Q23" s="3">
-        <v>10.08</v>
+        <v>16.93</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C24" s="3">
         <v>2.89</v>
       </c>
       <c r="D24" s="3">
         <v>2.54</v>
       </c>
       <c r="E24" s="3">
         <v>1.84</v>
       </c>
       <c r="F24" s="3">
         <v>5.87</v>
       </c>
       <c r="G24" s="3">
         <v>5.76</v>
       </c>
       <c r="H24" s="3">
         <v>6.22</v>
       </c>
       <c r="I24" s="3">
         <v>6.01</v>
       </c>
       <c r="J24" s="3">
         <v>5.98</v>
       </c>
       <c r="K24" s="3">
         <v>6.43</v>
       </c>
       <c r="L24" s="3">
         <v>6.25</v>
       </c>
       <c r="M24" s="3">
         <v>7.48</v>
       </c>
       <c r="N24" s="3">
         <v>10.58</v>
       </c>
       <c r="O24" s="3">
         <v>15.94</v>
       </c>
       <c r="P24" s="3">
         <v>18.02</v>
       </c>
       <c r="Q24" s="3">
-        <v>8.82</v>
+        <v>12.86</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="3">
         <v>3.92</v>
       </c>
       <c r="D25" s="3">
         <v>3.14</v>
       </c>
       <c r="E25" s="3">
         <v>2.5099999999999998</v>
       </c>
       <c r="F25" s="3">
         <v>2.5499999999999998</v>
       </c>
       <c r="G25" s="3">
         <v>2.97</v>
       </c>
       <c r="H25" s="3">
         <v>4.4000000000000004</v>
       </c>
       <c r="I25" s="3">
         <v>8.31</v>
       </c>
       <c r="J25" s="3">
         <v>9.98</v>
       </c>
       <c r="K25" s="3">
         <v>13.69</v>
       </c>
       <c r="L25" s="3">
         <v>20.54</v>
       </c>
       <c r="M25" s="3">
         <v>7.78</v>
       </c>
       <c r="N25" s="3">
         <v>7.18</v>
       </c>
       <c r="O25" s="3">
         <v>9.52</v>
       </c>
       <c r="P25" s="3">
         <v>9.34</v>
       </c>
       <c r="Q25" s="3">
-        <v>4.37</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C26" s="3">
         <v>0.59</v>
       </c>
       <c r="D26" s="3">
         <v>0.99</v>
       </c>
       <c r="E26" s="3">
         <v>1.19</v>
       </c>
       <c r="F26" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="G26" s="3">
         <v>3.66</v>
       </c>
       <c r="H26" s="3">
         <v>4.5999999999999996</v>
       </c>
       <c r="I26" s="3">
         <v>4.5599999999999996</v>
       </c>
       <c r="J26" s="3">
         <v>4.74</v>
       </c>
       <c r="K26" s="3">
         <v>5.36</v>
       </c>
       <c r="L26" s="3">
         <v>7.31</v>
       </c>
       <c r="M26" s="3">
         <v>9.92</v>
       </c>
       <c r="N26" s="3">
         <v>12.78</v>
       </c>
       <c r="O26" s="3">
         <v>12.81</v>
       </c>
       <c r="P26" s="3">
         <v>18.2</v>
       </c>
       <c r="Q26" s="3">
-        <v>10.63</v>
+        <v>15.7</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C27" s="3">
         <v>2.4700000000000002</v>
       </c>
       <c r="D27" s="3">
         <v>2.88</v>
       </c>
       <c r="E27" s="3">
         <v>2.97</v>
       </c>
       <c r="F27" s="3">
         <v>2.73</v>
       </c>
       <c r="G27" s="3">
         <v>3.51</v>
       </c>
       <c r="H27" s="3">
         <v>5.92</v>
       </c>
       <c r="I27" s="3">
         <v>4.75</v>
       </c>
       <c r="J27" s="3">
         <v>7.26</v>
       </c>
       <c r="K27" s="3">
         <v>4.92</v>
       </c>
       <c r="L27" s="3">
         <v>4.6399999999999997</v>
       </c>
       <c r="M27" s="3">
         <v>7.71</v>
       </c>
       <c r="N27" s="3">
         <v>7.98</v>
       </c>
       <c r="O27" s="3">
         <v>7.95</v>
       </c>
       <c r="P27" s="3">
         <v>10.44</v>
       </c>
       <c r="Q27" s="3">
-        <v>4.83</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C28" s="3">
         <v>2.08</v>
       </c>
       <c r="D28" s="3">
         <v>2.97</v>
       </c>
       <c r="E28" s="3">
         <v>1.06</v>
       </c>
       <c r="F28" s="3">
         <v>1.72</v>
       </c>
       <c r="G28" s="3">
         <v>1.21</v>
       </c>
       <c r="H28" s="3">
         <v>2.96</v>
       </c>
       <c r="I28" s="3">
         <v>6.24</v>
       </c>
       <c r="J28" s="3">
         <v>4.0999999999999996</v>
       </c>
       <c r="K28" s="3">
         <v>3.13</v>
       </c>
       <c r="L28" s="3">
         <v>3.02</v>
       </c>
       <c r="M28" s="3">
         <v>6.23</v>
       </c>
       <c r="N28" s="3">
         <v>5.57</v>
       </c>
       <c r="O28" s="3">
         <v>7.51</v>
       </c>
       <c r="P28" s="3">
         <v>8.1</v>
       </c>
       <c r="Q28" s="3">
-        <v>5.9</v>
+        <v>9.19</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C29" s="3">
         <v>1.01</v>
       </c>
       <c r="D29" s="3">
         <v>14.81</v>
       </c>
       <c r="E29" s="3">
         <v>5.83</v>
       </c>
       <c r="F29" s="3">
         <v>2.46</v>
       </c>
       <c r="G29" s="3">
         <v>3.41</v>
       </c>
       <c r="H29" s="3">
         <v>3.53</v>
       </c>
       <c r="I29" s="3">
         <v>3.81</v>
       </c>
       <c r="J29" s="3">
         <v>2.48</v>
       </c>
       <c r="K29" s="3">
         <v>1.6</v>
       </c>
       <c r="L29" s="3">
         <v>1.58</v>
       </c>
       <c r="M29" s="3">
         <v>3.18</v>
       </c>
       <c r="N29" s="3">
         <v>3.27</v>
       </c>
       <c r="O29" s="3">
         <v>3.42</v>
       </c>
       <c r="P29" s="3">
         <v>4.38</v>
       </c>
       <c r="Q29" s="3">
-        <v>1.75</v>
+        <v>2.4500000000000002</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C30" s="3">
         <v>4.8899999999999997</v>
       </c>
       <c r="D30" s="3">
         <v>2.67</v>
       </c>
       <c r="E30" s="3">
         <v>2.78</v>
       </c>
       <c r="F30" s="3">
         <v>2.1800000000000002</v>
       </c>
       <c r="G30" s="3">
         <v>2.42</v>
       </c>
       <c r="H30" s="3">
         <v>1.72</v>
       </c>
       <c r="I30" s="3">
         <v>2.2999999999999998</v>
       </c>
       <c r="J30" s="3">
         <v>2.79</v>
       </c>
       <c r="K30" s="3">
         <v>2.99</v>
       </c>
       <c r="L30" s="3">
         <v>2.68</v>
       </c>
       <c r="M30" s="3">
         <v>4.04</v>
       </c>
       <c r="N30" s="3">
         <v>5.21</v>
       </c>
       <c r="O30" s="3">
         <v>5.44</v>
       </c>
       <c r="P30" s="3">
         <v>5.55</v>
       </c>
       <c r="Q30" s="3">
-        <v>3.44</v>
+        <v>5.28</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="C31" s="3">
-        <v>1.88</v>
+        <v>2.5</v>
       </c>
       <c r="D31" s="3">
-        <v>1.05</v>
+        <v>1.74</v>
       </c>
       <c r="E31" s="3">
-        <v>0.61</v>
+        <v>3.35</v>
       </c>
       <c r="F31" s="3">
-        <v>0.68</v>
+        <v>3.02</v>
       </c>
       <c r="G31" s="3">
-        <v>0.86</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H31" s="3">
-        <v>0.99</v>
+        <v>2.06</v>
       </c>
       <c r="I31" s="3">
-        <v>1.63</v>
+        <v>2.15</v>
       </c>
       <c r="J31" s="3">
-        <v>1.86</v>
+        <v>2.61</v>
       </c>
       <c r="K31" s="3">
-        <v>2.65</v>
+        <v>2.88</v>
       </c>
       <c r="L31" s="3">
-        <v>3.03</v>
+        <v>3.54</v>
       </c>
       <c r="M31" s="3">
-        <v>4.18</v>
+        <v>4.71</v>
       </c>
       <c r="N31" s="3">
-        <v>4.68</v>
+        <v>4.74</v>
       </c>
       <c r="O31" s="3">
-        <v>7.9</v>
+        <v>4.58</v>
       </c>
       <c r="P31" s="3">
-        <v>9.0299999999999994</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="Q31" s="3">
-        <v>6.94</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="3">
-        <v>2.5</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="D32" s="3">
-        <v>1.74</v>
+        <v>1.9</v>
       </c>
       <c r="E32" s="3">
-        <v>3.35</v>
+        <v>0.69</v>
       </c>
       <c r="F32" s="3">
-        <v>3.02</v>
+        <v>2.19</v>
       </c>
       <c r="G32" s="3">
-        <v>2.2999999999999998</v>
+        <v>2.85</v>
       </c>
       <c r="H32" s="3">
-        <v>2.06</v>
+        <v>3.95</v>
       </c>
       <c r="I32" s="3">
-        <v>2.15</v>
+        <v>2.62</v>
       </c>
       <c r="J32" s="3">
-        <v>2.61</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="K32" s="3">
-        <v>2.88</v>
+        <v>2.4300000000000002</v>
       </c>
       <c r="L32" s="3">
-        <v>3.54</v>
+        <v>3.4</v>
       </c>
       <c r="M32" s="3">
-        <v>4.71</v>
+        <v>2.16</v>
       </c>
       <c r="N32" s="3">
-        <v>4.74</v>
+        <v>3.21</v>
       </c>
       <c r="O32" s="3">
-        <v>4.58</v>
+        <v>2.78</v>
       </c>
       <c r="P32" s="3">
-        <v>5.1100000000000003</v>
+        <v>3.5</v>
       </c>
       <c r="Q32" s="3">
-        <v>2.0499999999999998</v>
+        <v>4.37</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C33" s="3">
-        <v>4.4400000000000004</v>
+        <v>0.09</v>
       </c>
       <c r="D33" s="3">
-        <v>1.9</v>
+        <v>0.09</v>
       </c>
       <c r="E33" s="3">
-        <v>0.69</v>
+        <v>0.27</v>
       </c>
       <c r="F33" s="3">
-        <v>2.19</v>
+        <v>1.82</v>
       </c>
       <c r="G33" s="3">
-        <v>2.85</v>
+        <v>4.03</v>
       </c>
       <c r="H33" s="3">
-        <v>3.95</v>
+        <v>3.26</v>
       </c>
       <c r="I33" s="3">
-        <v>2.62</v>
+        <v>2.82</v>
       </c>
       <c r="J33" s="3">
-        <v>2.0499999999999998</v>
+        <v>1.72</v>
       </c>
       <c r="K33" s="3">
-        <v>2.4300000000000002</v>
+        <v>3.23</v>
       </c>
       <c r="L33" s="3">
-        <v>3.4</v>
+        <v>2.96</v>
       </c>
       <c r="M33" s="3">
-        <v>2.16</v>
+        <v>9.82</v>
       </c>
       <c r="N33" s="3">
-        <v>3.21</v>
+        <v>3.01</v>
       </c>
       <c r="O33" s="3">
-        <v>2.78</v>
+        <v>0.67</v>
       </c>
       <c r="P33" s="3">
-        <v>3.5</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="Q33" s="3">
-        <v>3.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="C34" s="3">
-        <v>0.09</v>
+        <v>1.83</v>
       </c>
       <c r="D34" s="3">
-        <v>0.09</v>
+        <v>1.73</v>
       </c>
       <c r="E34" s="3">
-        <v>0.27</v>
+        <v>0.65</v>
       </c>
       <c r="F34" s="3">
-        <v>1.82</v>
+        <v>6.43</v>
       </c>
       <c r="G34" s="3">
-        <v>4.03</v>
+        <v>1.04</v>
       </c>
       <c r="H34" s="3">
-        <v>3.26</v>
+        <v>1.92</v>
       </c>
       <c r="I34" s="3">
-        <v>2.82</v>
+        <v>1.39</v>
       </c>
       <c r="J34" s="3">
-        <v>1.72</v>
+        <v>1.66</v>
       </c>
       <c r="K34" s="3">
-        <v>3.23</v>
+        <v>0.84</v>
       </c>
       <c r="L34" s="3">
-        <v>2.96</v>
+        <v>0.78</v>
       </c>
       <c r="M34" s="3">
-        <v>9.82</v>
+        <v>0.8</v>
       </c>
       <c r="N34" s="3">
-        <v>3.01</v>
+        <v>1.63</v>
       </c>
       <c r="O34" s="3">
-        <v>0.67</v>
+        <v>3.88</v>
       </c>
       <c r="P34" s="3">
-        <v>0.28999999999999998</v>
+        <v>3.28</v>
       </c>
       <c r="Q34" s="3">
-        <v>0.15</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C35" s="3">
-        <v>1.83</v>
+        <v>2.41</v>
       </c>
       <c r="D35" s="3">
-        <v>1.73</v>
+        <v>1.41</v>
       </c>
       <c r="E35" s="3">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="F35" s="3">
+        <v>3.98</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1.75</v>
+      </c>
+      <c r="H35" s="3">
         <v>0.65</v>
       </c>
-      <c r="F35" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I35" s="3">
-        <v>1.39</v>
+        <v>0.59</v>
       </c>
       <c r="J35" s="3">
-        <v>1.66</v>
+        <v>2.12</v>
       </c>
       <c r="K35" s="3">
-        <v>0.84</v>
+        <v>1.01</v>
       </c>
       <c r="L35" s="3">
-        <v>0.78</v>
+        <v>0.88</v>
       </c>
       <c r="M35" s="3">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="N35" s="3">
-        <v>1.63</v>
+        <v>1.6</v>
       </c>
       <c r="O35" s="3">
-        <v>3.88</v>
+        <v>1.61</v>
       </c>
       <c r="P35" s="3">
-        <v>3.28</v>
+        <v>1.8</v>
       </c>
       <c r="Q35" s="3">
-        <v>0.96</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="C36" s="3">
-        <v>2.41</v>
+        <v>0.11</v>
       </c>
       <c r="D36" s="3">
-        <v>1.41</v>
+        <v>0.1</v>
       </c>
       <c r="E36" s="3">
-        <v>1.1599999999999999</v>
+        <v>0.1</v>
       </c>
       <c r="F36" s="3">
-        <v>3.98</v>
+        <v>0.03</v>
       </c>
       <c r="G36" s="3">
-        <v>1.75</v>
+        <v>0.01</v>
       </c>
       <c r="H36" s="3">
-        <v>0.65</v>
+        <v>9.24</v>
       </c>
       <c r="I36" s="3">
-        <v>0.59</v>
+        <v>6.15</v>
       </c>
       <c r="J36" s="3">
-        <v>2.12</v>
+        <v>4.76</v>
       </c>
       <c r="K36" s="3">
-        <v>1.01</v>
+        <v>0</v>
       </c>
       <c r="L36" s="3">
-        <v>0.88</v>
+        <v>0.01</v>
       </c>
       <c r="M36" s="3">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="N36" s="3">
-        <v>1.6</v>
+        <v>0.04</v>
       </c>
       <c r="O36" s="3">
-        <v>1.61</v>
+        <v>0.41</v>
       </c>
       <c r="P36" s="3">
-        <v>1.8</v>
+        <v>0.64</v>
       </c>
       <c r="Q36" s="3">
-        <v>0.49</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C37" s="3">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="D37" s="3">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="E37" s="3">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
       <c r="F37" s="3">
+        <v>3.53</v>
+      </c>
+      <c r="G37" s="3">
+        <v>0.04</v>
+      </c>
+      <c r="H37" s="3">
         <v>0.03</v>
       </c>
-      <c r="G37" s="3">
+      <c r="I37" s="3">
         <v>0.01</v>
       </c>
-      <c r="H37" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="J37" s="3">
-        <v>4.76</v>
+        <v>0.04</v>
       </c>
       <c r="K37" s="3">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="L37" s="3">
+        <v>0.18</v>
+      </c>
+      <c r="M37" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="N37" s="3">
+        <v>0.22</v>
+      </c>
+      <c r="O37" s="3">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="P37" s="3">
+        <v>0.04</v>
+      </c>
+      <c r="Q37" s="3">
         <v>0.01</v>
       </c>
-      <c r="M37" s="3">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B38" s="2" t="s">
-[...45 lines deleted...]
-        <v>0.01</v>
+      <c r="B38" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C38" s="8">
+        <v>21.208818210000061</v>
+      </c>
+      <c r="D38" s="8">
+        <v>19.336242259999892</v>
+      </c>
+      <c r="E38" s="8">
+        <v>16.681626499999993</v>
+      </c>
+      <c r="F38" s="8">
+        <v>16.957000079999943</v>
+      </c>
+      <c r="G38" s="8">
+        <v>21.934926529999871</v>
+      </c>
+      <c r="H38" s="8">
+        <v>29.470771860000013</v>
+      </c>
+      <c r="I38" s="8">
+        <v>28.677194819999954</v>
+      </c>
+      <c r="J38" s="8">
+        <v>39.866478980000011</v>
+      </c>
+      <c r="K38" s="8">
+        <v>49.013913400000206</v>
+      </c>
+      <c r="L38" s="8">
+        <v>49.384645160000218</v>
+      </c>
+      <c r="M38" s="8">
+        <v>64.879551789999937</v>
+      </c>
+      <c r="N38" s="8">
+        <v>84.891442100000177</v>
+      </c>
+      <c r="O38" s="8">
+        <v>101.66137780999952</v>
+      </c>
+      <c r="P38" s="8">
+        <v>116.77437518000011</v>
+      </c>
+      <c r="Q38" s="8">
+        <v>84.102178699999968</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B39" s="12" t="s">
+      <c r="B39" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="C39" s="8">
-[...42 lines deleted...]
-        <v>49.487109339999961</v>
+      <c r="C39" s="3">
+        <v>37.519813139999997</v>
+      </c>
+      <c r="D39" s="3">
+        <v>38.204524480000003</v>
+      </c>
+      <c r="E39" s="3">
+        <v>33.133089750000003</v>
+      </c>
+      <c r="F39" s="3">
+        <v>62.111924090000002</v>
+      </c>
+      <c r="G39" s="3">
+        <v>56.337303990000002</v>
+      </c>
+      <c r="H39" s="3">
+        <v>100.29939765</v>
+      </c>
+      <c r="I39" s="3">
+        <v>127.17280323999999</v>
+      </c>
+      <c r="J39" s="3">
+        <v>132.93577156000001</v>
+      </c>
+      <c r="K39" s="3">
+        <v>165.80159451</v>
+      </c>
+      <c r="L39" s="3">
+        <v>223.56745857000001</v>
+      </c>
+      <c r="M39" s="3">
+        <v>223.30255679999999</v>
+      </c>
+      <c r="N39" s="3">
+        <v>296.54525774000001</v>
+      </c>
+      <c r="O39" s="3">
+        <v>352.92333996999997</v>
+      </c>
+      <c r="P39" s="3">
+        <v>310.51689262999997</v>
+      </c>
+      <c r="Q39" s="3">
+        <v>302.69878390999997</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.2">
-      <c r="B40" s="2" t="s">
+      <c r="B40" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="10">
+        <v>364.74863134999998</v>
+      </c>
+      <c r="D40" s="10">
+        <v>367.54076673999998</v>
+      </c>
+      <c r="E40" s="10">
+        <v>313.76471624999999</v>
+      </c>
+      <c r="F40" s="10">
+        <v>389.20892416999999</v>
+      </c>
+      <c r="G40" s="10">
+        <v>485.79223051999998</v>
+      </c>
+      <c r="H40" s="10">
+        <v>600.81016951000004</v>
+      </c>
+      <c r="I40" s="10">
+        <v>679.82999805999998</v>
+      </c>
+      <c r="J40" s="10">
+        <v>799.37225053999998</v>
+      </c>
+      <c r="K40" s="10">
+        <v>880.47550791000003</v>
+      </c>
+      <c r="L40" s="10">
+        <v>954.98210372999995</v>
+      </c>
+      <c r="M40" s="10">
+        <v>1098.53210859</v>
+      </c>
+      <c r="N40" s="10">
+        <v>1423.1266998399999</v>
+      </c>
+      <c r="O40" s="10">
+        <v>1729.66471778</v>
+      </c>
+      <c r="P40" s="10">
+        <v>1780.7512678099999</v>
+      </c>
+      <c r="Q40" s="10">
+        <v>1345.48096261</v>
+      </c>
+    </row>
+    <row r="42" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B42" s="2" t="s">
         <v>99</v>
-      </c>
-[...93 lines deleted...]
-        <v>884.90572339000005</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
-        <v>100</v>
-[...34 lines deleted...]
-      <c r="H47" s="19"/>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="44" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="17"/>
+      <c r="D44" s="17"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
+      <c r="I44" s="33"/>
+      <c r="J44" s="34"/>
+    </row>
+    <row r="45" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="20"/>
+      <c r="C45" s="21"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="21"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="21"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="36"/>
+      <c r="J45" s="37"/>
+    </row>
+    <row r="46" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="20"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="35"/>
+      <c r="E46" s="35"/>
+      <c r="F46" s="35"/>
+      <c r="G46" s="35"/>
+      <c r="H46" s="35"/>
+      <c r="I46" s="51"/>
+      <c r="J46" s="37"/>
+    </row>
+    <row r="47" spans="2:17" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="38"/>
+      <c r="C47" s="39"/>
+      <c r="D47" s="39"/>
+      <c r="E47" s="39"/>
+      <c r="F47" s="39"/>
+      <c r="G47" s="39"/>
+      <c r="H47" s="39"/>
+      <c r="I47" s="39"/>
+      <c r="J47" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B45:H47"/>
+    <mergeCell ref="B44:J47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Revenues total</vt:lpstr>
       <vt:lpstr>P1</vt:lpstr>
       <vt:lpstr>P2</vt:lpstr>
       <vt:lpstr>P3</vt:lpstr>
       <vt:lpstr>P4</vt:lpstr>