--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -2,80 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_07_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6D38B74-A21B-4F90-9DED-054FB5AAEEC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A440D942-12C6-4790-9092-161A6B4E3C7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="409" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="43">
   <si>
     <t xml:space="preserve"> 1 Deposits</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">     1.2 Repos</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.1 Households</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.2 Non-financial corporations</t>
   </si>
   <si>
@@ -698,65 +701,58 @@
       <t>Long-term</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>Table G6 Credit institutions' interest rates on deposits and loans by original maturity (new business)</t>
   </si>
   <si>
     <t xml:space="preserve">Note: Starting with January 2023, all data refer only to loans and deposits in euro. </t>
   </si>
   <si>
     <t>Weighted monthly averages of interest rates</t>
   </si>
   <si>
     <t>Volumes of new business</t>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
-    <numFmt numFmtId="166" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -897,51 +893,51 @@
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
@@ -1011,53 +1007,50 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="2" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="2" borderId="3" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="3" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="2" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Međunaslov u tablici" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 4" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1342,123 +1335,123 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9996D6B-F84E-47DE-891D-56F896A85BCD}">
-  <dimension ref="A1:FK71"/>
+  <dimension ref="A1:FM71"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="2.6640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="39.109375" style="6" customWidth="1"/>
+    <col min="3" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="18"/>
     </row>
-    <row r="2" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20"/>
     </row>
-    <row r="4" spans="1:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:167" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:169" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="32" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="7" spans="1:167" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:169" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="EF7" s="25"/>
       <c r="EG7" s="25"/>
       <c r="EH7" s="25"/>
       <c r="EI7" s="25"/>
       <c r="EJ7" s="28"/>
       <c r="EK7" s="28"/>
       <c r="EL7" s="28"/>
       <c r="EM7" s="28"/>
       <c r="EN7" s="28"/>
       <c r="EO7" s="28"/>
       <c r="EP7" s="28"/>
       <c r="EQ7" s="28"/>
       <c r="ER7" s="28"/>
       <c r="ES7" s="28"/>
       <c r="ET7" s="28"/>
       <c r="EU7" s="28"/>
       <c r="EV7" s="28"/>
       <c r="EW7" s="28"/>
       <c r="EX7" s="28"/>
       <c r="EY7" s="28"/>
       <c r="EZ7" s="28"/>
       <c r="FA7" s="28"/>
       <c r="FB7" s="28"/>
       <c r="FC7" s="28"/>
       <c r="FD7" s="36"/>
       <c r="FE7" s="36"/>
       <c r="FF7" s="36"/>
       <c r="FG7" s="36"/>
       <c r="FH7" s="36"/>
       <c r="FI7" s="36"/>
-      <c r="FJ7" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ7" s="36"/>
       <c r="FK7" s="36"/>
+      <c r="FL7" s="36"/>
+      <c r="FM7" s="36"/>
     </row>
-    <row r="8" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="7"/>
       <c r="C8" s="8">
         <v>40908</v>
       </c>
       <c r="D8" s="8">
         <v>40939</v>
       </c>
       <c r="E8" s="8">
         <v>40968</v>
       </c>
       <c r="F8" s="8">
         <v>40999</v>
       </c>
       <c r="G8" s="8">
         <v>41029</v>
       </c>
       <c r="H8" s="8">
         <v>41060</v>
       </c>
       <c r="I8" s="8">
         <v>41090</v>
       </c>
       <c r="J8" s="8">
         <v>41121</v>
       </c>
@@ -1905,58 +1898,64 @@
       </c>
       <c r="FB8" s="9">
         <v>45626</v>
       </c>
       <c r="FC8" s="9">
         <v>45657</v>
       </c>
       <c r="FD8" s="9">
         <v>45688</v>
       </c>
       <c r="FE8" s="9">
         <v>45716</v>
       </c>
       <c r="FF8" s="9">
         <v>45747</v>
       </c>
       <c r="FG8" s="9">
         <v>45777</v>
       </c>
       <c r="FH8" s="9">
         <v>45808</v>
       </c>
       <c r="FI8" s="9">
         <v>45838</v>
       </c>
-      <c r="FJ8" s="43">
+      <c r="FJ8" s="9">
         <v>45869</v>
       </c>
-      <c r="FK8" s="43">
+      <c r="FK8" s="9">
         <v>45900</v>
       </c>
+      <c r="FL8" s="9">
+        <v>45930</v>
+      </c>
+      <c r="FM8" s="9">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="9" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="15">
         <v>3.05</v>
       </c>
       <c r="D9" s="15">
         <v>3.21</v>
       </c>
       <c r="E9" s="15">
         <v>3.32</v>
       </c>
       <c r="F9" s="15">
         <v>3.06</v>
       </c>
       <c r="G9" s="15">
         <v>2.85</v>
       </c>
       <c r="H9" s="15">
         <v>3.2</v>
       </c>
       <c r="I9" s="15">
         <v>3.05</v>
       </c>
       <c r="J9" s="15">
@@ -2411,52 +2410,58 @@
       </c>
       <c r="FD9" s="37">
         <v>2.39</v>
       </c>
       <c r="FE9" s="37">
         <v>2.23</v>
       </c>
       <c r="FF9" s="37">
         <v>2.1</v>
       </c>
       <c r="FG9" s="37">
         <v>1.92</v>
       </c>
       <c r="FH9" s="37">
         <v>1.85</v>
       </c>
       <c r="FI9" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ9" s="37">
         <v>1.69</v>
       </c>
       <c r="FK9" s="37">
         <v>1.7</v>
       </c>
+      <c r="FL9" s="37">
+        <v>1.72</v>
+      </c>
+      <c r="FM9" s="37">
+        <v>1.68</v>
+      </c>
     </row>
-    <row r="10" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="16">
         <v>3.05</v>
       </c>
       <c r="D10" s="16">
         <v>3.21</v>
       </c>
       <c r="E10" s="16">
         <v>3.32</v>
       </c>
       <c r="F10" s="16">
         <v>3.06</v>
       </c>
       <c r="G10" s="16">
         <v>2.91</v>
       </c>
       <c r="H10" s="16">
         <v>3.2</v>
       </c>
       <c r="I10" s="16">
         <v>3.05</v>
       </c>
       <c r="J10" s="16">
@@ -2911,52 +2916,58 @@
       </c>
       <c r="FD10" s="37">
         <v>2.39</v>
       </c>
       <c r="FE10" s="37">
         <v>2.23</v>
       </c>
       <c r="FF10" s="37">
         <v>2.1</v>
       </c>
       <c r="FG10" s="37">
         <v>1.92</v>
       </c>
       <c r="FH10" s="37">
         <v>1.85</v>
       </c>
       <c r="FI10" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ10" s="37">
         <v>1.69</v>
       </c>
       <c r="FK10" s="37">
         <v>1.7</v>
       </c>
+      <c r="FL10" s="37">
+        <v>1.72</v>
+      </c>
+      <c r="FM10" s="37">
+        <v>1.68</v>
+      </c>
     </row>
-    <row r="11" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="16">
         <v>3.32</v>
       </c>
       <c r="D11" s="16">
         <v>3.31</v>
       </c>
       <c r="E11" s="16">
         <v>3.49</v>
       </c>
       <c r="F11" s="16">
         <v>3.38</v>
       </c>
       <c r="G11" s="16">
         <v>3.4</v>
       </c>
       <c r="H11" s="16">
         <v>3.44</v>
       </c>
       <c r="I11" s="16">
         <v>3.33</v>
       </c>
       <c r="J11" s="16">
@@ -3411,52 +3422,58 @@
       </c>
       <c r="FD11" s="37">
         <v>1.71</v>
       </c>
       <c r="FE11" s="37">
         <v>1.62</v>
       </c>
       <c r="FF11" s="37">
         <v>1.69</v>
       </c>
       <c r="FG11" s="37">
         <v>1.45</v>
       </c>
       <c r="FH11" s="37">
         <v>1.52</v>
       </c>
       <c r="FI11" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ11" s="37">
         <v>1.36</v>
       </c>
       <c r="FK11" s="37">
         <v>1.3</v>
       </c>
+      <c r="FL11" s="37">
+        <v>1.56</v>
+      </c>
+      <c r="FM11" s="37">
+        <v>1.33</v>
+      </c>
     </row>
-    <row r="12" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="16">
         <v>3.12</v>
       </c>
       <c r="D12" s="16">
         <v>3.03</v>
       </c>
       <c r="E12" s="16">
         <v>3.09</v>
       </c>
       <c r="F12" s="16">
         <v>3.06</v>
       </c>
       <c r="G12" s="16">
         <v>3.07</v>
       </c>
       <c r="H12" s="16">
         <v>3.21</v>
       </c>
       <c r="I12" s="16">
         <v>2.98</v>
       </c>
       <c r="J12" s="16">
@@ -3911,52 +3928,58 @@
       </c>
       <c r="FD12" s="37">
         <v>1.76</v>
       </c>
       <c r="FE12" s="37">
         <v>1.66</v>
       </c>
       <c r="FF12" s="37">
         <v>1.72</v>
       </c>
       <c r="FG12" s="37">
         <v>1.48</v>
       </c>
       <c r="FH12" s="37">
         <v>1.5</v>
       </c>
       <c r="FI12" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ12" s="37">
         <v>1.39</v>
       </c>
       <c r="FK12" s="37">
         <v>1.33</v>
       </c>
+      <c r="FL12" s="37">
+        <v>1.6</v>
+      </c>
+      <c r="FM12" s="37">
+        <v>1.36</v>
+      </c>
     </row>
-    <row r="13" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="16">
         <v>4.0199999999999996</v>
       </c>
       <c r="D13" s="16">
         <v>4.17</v>
       </c>
       <c r="E13" s="16">
         <v>4.37</v>
       </c>
       <c r="F13" s="16">
         <v>4.21</v>
       </c>
       <c r="G13" s="16">
         <v>4.21</v>
       </c>
       <c r="H13" s="16">
         <v>4.18</v>
       </c>
       <c r="I13" s="16">
         <v>4.24</v>
       </c>
       <c r="J13" s="16">
@@ -4411,52 +4434,58 @@
       </c>
       <c r="FD13" s="37">
         <v>1.2</v>
       </c>
       <c r="FE13" s="37">
         <v>1.32</v>
       </c>
       <c r="FF13" s="37">
         <v>1.43</v>
       </c>
       <c r="FG13" s="37">
         <v>0.59</v>
       </c>
       <c r="FH13" s="37">
         <v>1.67</v>
       </c>
       <c r="FI13" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="37">
         <v>0.75</v>
       </c>
       <c r="FK13" s="37">
         <v>0.74</v>
       </c>
+      <c r="FL13" s="37">
+        <v>0.9</v>
+      </c>
+      <c r="FM13" s="37">
+        <v>0.94</v>
+      </c>
     </row>
-    <row r="14" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="16">
         <v>2.59</v>
       </c>
       <c r="D14" s="16">
         <v>2.95</v>
       </c>
       <c r="E14" s="16">
         <v>2.88</v>
       </c>
       <c r="F14" s="16">
         <v>2.41</v>
       </c>
       <c r="G14" s="16">
         <v>2.1</v>
       </c>
       <c r="H14" s="16">
         <v>2.68</v>
       </c>
       <c r="I14" s="16">
         <v>2.44</v>
       </c>
       <c r="J14" s="16">
@@ -4911,52 +4940,58 @@
       </c>
       <c r="FD14" s="37">
         <v>2.62</v>
       </c>
       <c r="FE14" s="37">
         <v>2.42</v>
       </c>
       <c r="FF14" s="37">
         <v>2.2400000000000002</v>
       </c>
       <c r="FG14" s="37">
         <v>2.06</v>
       </c>
       <c r="FH14" s="37">
         <v>1.98</v>
       </c>
       <c r="FI14" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ14" s="37">
         <v>1.79</v>
       </c>
       <c r="FK14" s="37">
         <v>1.79</v>
       </c>
+      <c r="FL14" s="37">
+        <v>1.77</v>
+      </c>
+      <c r="FM14" s="37">
+        <v>1.79</v>
+      </c>
     </row>
-    <row r="15" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="16">
         <v>2.5099999999999998</v>
       </c>
       <c r="D15" s="16">
         <v>2.91</v>
       </c>
       <c r="E15" s="16">
         <v>2.87</v>
       </c>
       <c r="F15" s="16">
         <v>2.37</v>
       </c>
       <c r="G15" s="16">
         <v>2.0499999999999998</v>
       </c>
       <c r="H15" s="16">
         <v>2.4300000000000002</v>
       </c>
       <c r="I15" s="16">
         <v>2.34</v>
       </c>
       <c r="J15" s="16">
@@ -5411,52 +5446,58 @@
       </c>
       <c r="FD15" s="37">
         <v>2.63</v>
       </c>
       <c r="FE15" s="37">
         <v>2.4300000000000002</v>
       </c>
       <c r="FF15" s="37">
         <v>2.25</v>
       </c>
       <c r="FG15" s="37">
         <v>2.0699999999999998</v>
       </c>
       <c r="FH15" s="37">
         <v>1.98</v>
       </c>
       <c r="FI15" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ15" s="37">
         <v>1.8</v>
       </c>
       <c r="FK15" s="37">
         <v>1.79</v>
       </c>
+      <c r="FL15" s="37">
+        <v>1.78</v>
+      </c>
+      <c r="FM15" s="37">
+        <v>1.79</v>
+      </c>
     </row>
-    <row r="16" spans="1:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="16">
         <v>4.1900000000000004</v>
       </c>
       <c r="D16" s="16">
         <v>3.57</v>
       </c>
       <c r="E16" s="16">
         <v>3.85</v>
       </c>
       <c r="F16" s="16">
         <v>5.0999999999999996</v>
       </c>
       <c r="G16" s="16">
         <v>2.97</v>
       </c>
       <c r="H16" s="16">
         <v>5.21</v>
       </c>
       <c r="I16" s="16">
         <v>4.4400000000000004</v>
       </c>
       <c r="J16" s="16">
@@ -5911,52 +5952,58 @@
       </c>
       <c r="FD16" s="37">
         <v>0.49</v>
       </c>
       <c r="FE16" s="37">
         <v>1.1100000000000001</v>
       </c>
       <c r="FF16" s="37">
         <v>1.57</v>
       </c>
       <c r="FG16" s="37">
         <v>0.54</v>
       </c>
       <c r="FH16" s="37">
         <v>2.38</v>
       </c>
       <c r="FI16" s="37">
         <v>2.4500000000000002</v>
       </c>
       <c r="FJ16" s="37">
         <v>0.76</v>
       </c>
       <c r="FK16" s="37">
         <v>1.1599999999999999</v>
       </c>
+      <c r="FL16" s="37">
+        <v>0.44</v>
+      </c>
+      <c r="FM16" s="37">
+        <v>2.14</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="23" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="G17" s="17">
         <v>0.2</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="J17" s="17">
@@ -6411,52 +6458,58 @@
       </c>
       <c r="FD17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FE17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FF17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FG17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FH17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FI17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FJ17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FK17" s="38" t="s">
         <v>10</v>
       </c>
+      <c r="FL17" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="FM17" s="38" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="16">
         <v>7.18</v>
       </c>
       <c r="D18" s="16">
         <v>7.11</v>
       </c>
       <c r="E18" s="16">
         <v>7.26</v>
       </c>
       <c r="F18" s="16">
         <v>7.23</v>
       </c>
       <c r="G18" s="16">
         <v>6.23</v>
       </c>
       <c r="H18" s="16">
         <v>6.74</v>
       </c>
       <c r="I18" s="16">
         <v>7.41</v>
       </c>
       <c r="J18" s="16">
@@ -6911,52 +6964,58 @@
       </c>
       <c r="FD18" s="37">
         <v>4.53</v>
       </c>
       <c r="FE18" s="37">
         <v>4.3</v>
       </c>
       <c r="FF18" s="37">
         <v>3.97</v>
       </c>
       <c r="FG18" s="37">
         <v>3.89</v>
       </c>
       <c r="FH18" s="37">
         <v>3.81</v>
       </c>
       <c r="FI18" s="37">
         <v>3.72</v>
       </c>
       <c r="FJ18" s="37">
         <v>3.55</v>
       </c>
       <c r="FK18" s="37">
         <v>3.89</v>
       </c>
+      <c r="FL18" s="37">
+        <v>3.63</v>
+      </c>
+      <c r="FM18" s="37">
+        <v>3.79</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="16">
         <v>7.58</v>
       </c>
       <c r="D19" s="16">
         <v>7.45</v>
       </c>
       <c r="E19" s="16">
         <v>7.65</v>
       </c>
       <c r="F19" s="16">
         <v>7.63</v>
       </c>
       <c r="G19" s="16">
         <v>7.59</v>
       </c>
       <c r="H19" s="16">
         <v>7.75</v>
       </c>
       <c r="I19" s="16">
         <v>8.32</v>
       </c>
       <c r="J19" s="16">
@@ -7411,52 +7470,58 @@
       </c>
       <c r="FD19" s="37">
         <v>4.91</v>
       </c>
       <c r="FE19" s="37">
         <v>4.75</v>
       </c>
       <c r="FF19" s="37">
         <v>4.42</v>
       </c>
       <c r="FG19" s="37">
         <v>4.1399999999999997</v>
       </c>
       <c r="FH19" s="37">
         <v>4.0599999999999996</v>
       </c>
       <c r="FI19" s="37">
         <v>3.94</v>
       </c>
       <c r="FJ19" s="37">
         <v>4.41</v>
       </c>
       <c r="FK19" s="37">
         <v>4.43</v>
       </c>
+      <c r="FL19" s="37">
+        <v>4.45</v>
+      </c>
+      <c r="FM19" s="37">
+        <v>4.42</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="16">
         <v>5.66</v>
       </c>
       <c r="D20" s="16">
         <v>5.74</v>
       </c>
       <c r="E20" s="16">
         <v>5.63</v>
       </c>
       <c r="F20" s="16">
         <v>5.31</v>
       </c>
       <c r="G20" s="16">
         <v>5.17</v>
       </c>
       <c r="H20" s="16">
         <v>5.44</v>
       </c>
       <c r="I20" s="16">
         <v>5.43</v>
       </c>
       <c r="J20" s="16">
@@ -7911,52 +7976,58 @@
       </c>
       <c r="FD20" s="37">
         <v>3.6</v>
       </c>
       <c r="FE20" s="37">
         <v>3.17</v>
       </c>
       <c r="FF20" s="37">
         <v>2.94</v>
       </c>
       <c r="FG20" s="37">
         <v>2.91</v>
       </c>
       <c r="FH20" s="37">
         <v>2.91</v>
       </c>
       <c r="FI20" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ20" s="37">
         <v>2.98</v>
       </c>
       <c r="FK20" s="37">
         <v>2.98</v>
       </c>
+      <c r="FL20" s="37">
+        <v>3</v>
+      </c>
+      <c r="FM20" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="16">
         <v>5.5</v>
       </c>
       <c r="D21" s="16">
         <v>5.25</v>
       </c>
       <c r="E21" s="16">
         <v>5.24</v>
       </c>
       <c r="F21" s="16">
         <v>4.7300000000000004</v>
       </c>
       <c r="G21" s="16">
         <v>5.08</v>
       </c>
       <c r="H21" s="16">
         <v>4.99</v>
       </c>
       <c r="I21" s="16">
         <v>5.25</v>
       </c>
       <c r="J21" s="16">
@@ -8411,52 +8482,58 @@
       </c>
       <c r="FD21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FE21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FF21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FG21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FH21" s="37">
         <v>3.14</v>
       </c>
       <c r="FI21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FJ21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FK21" s="37" t="s">
         <v>10</v>
       </c>
+      <c r="FL21" s="37">
+        <v>2.89</v>
+      </c>
+      <c r="FM21" s="37" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="16">
         <v>5.68</v>
       </c>
       <c r="D22" s="16">
         <v>5.8</v>
       </c>
       <c r="E22" s="16">
         <v>5.68</v>
       </c>
       <c r="F22" s="16">
         <v>5.66</v>
       </c>
       <c r="G22" s="16">
         <v>5.18</v>
       </c>
       <c r="H22" s="16">
         <v>5.55</v>
       </c>
       <c r="I22" s="16">
         <v>5.46</v>
       </c>
       <c r="J22" s="16">
@@ -8911,52 +8988,58 @@
       </c>
       <c r="FD22" s="37">
         <v>3.6</v>
       </c>
       <c r="FE22" s="37">
         <v>3.17</v>
       </c>
       <c r="FF22" s="37">
         <v>2.94</v>
       </c>
       <c r="FG22" s="37">
         <v>2.91</v>
       </c>
       <c r="FH22" s="37">
         <v>2.91</v>
       </c>
       <c r="FI22" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ22" s="37">
         <v>2.98</v>
       </c>
       <c r="FK22" s="37">
         <v>2.98</v>
       </c>
+      <c r="FL22" s="37">
+        <v>3</v>
+      </c>
+      <c r="FM22" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
       <c r="U23" s="16"/>
       <c r="V23" s="16"/>
       <c r="W23" s="16"/>
       <c r="X23" s="16"/>
@@ -9145,52 +9228,58 @@
       </c>
       <c r="FD23" s="37">
         <v>3.37</v>
       </c>
       <c r="FE23" s="37">
         <v>3.05</v>
       </c>
       <c r="FF23" s="37">
         <v>3.08</v>
       </c>
       <c r="FG23" s="37">
         <v>3.04</v>
       </c>
       <c r="FH23" s="37">
         <v>3.13</v>
       </c>
       <c r="FI23" s="37">
         <v>3.01</v>
       </c>
       <c r="FJ23" s="37">
         <v>3.49</v>
       </c>
       <c r="FK23" s="37">
         <v>3.02</v>
       </c>
+      <c r="FL23" s="37">
+        <v>3.13</v>
+      </c>
+      <c r="FM23" s="37">
+        <v>3.19</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="16"/>
       <c r="R24" s="16"/>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
       <c r="U24" s="16"/>
       <c r="V24" s="16"/>
       <c r="W24" s="16"/>
       <c r="X24" s="16"/>
@@ -9379,52 +9468,58 @@
       </c>
       <c r="FD24" s="37">
         <v>3.6</v>
       </c>
       <c r="FE24" s="37">
         <v>3.17</v>
       </c>
       <c r="FF24" s="37">
         <v>2.94</v>
       </c>
       <c r="FG24" s="37">
         <v>2.91</v>
       </c>
       <c r="FH24" s="37">
         <v>2.91</v>
       </c>
       <c r="FI24" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ24" s="37">
         <v>2.97</v>
       </c>
       <c r="FK24" s="37">
         <v>2.98</v>
       </c>
+      <c r="FL24" s="37">
+        <v>3</v>
+      </c>
+      <c r="FM24" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="16">
         <v>8.35</v>
       </c>
       <c r="D25" s="16">
         <v>8.02</v>
       </c>
       <c r="E25" s="16">
         <v>8.48</v>
       </c>
       <c r="F25" s="16">
         <v>8.69</v>
       </c>
       <c r="G25" s="16">
         <v>8.65</v>
       </c>
       <c r="H25" s="16">
         <v>8.77</v>
       </c>
       <c r="I25" s="16">
         <v>8.85</v>
       </c>
       <c r="J25" s="16">
@@ -9879,52 +9974,58 @@
       </c>
       <c r="FD25" s="37">
         <v>5.73</v>
       </c>
       <c r="FE25" s="37">
         <v>5.71</v>
       </c>
       <c r="FF25" s="37">
         <v>5.69</v>
       </c>
       <c r="FG25" s="37">
         <v>5.62</v>
       </c>
       <c r="FH25" s="37">
         <v>5.65</v>
       </c>
       <c r="FI25" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ25" s="37">
         <v>5.55</v>
       </c>
       <c r="FK25" s="37">
         <v>5.5</v>
       </c>
+      <c r="FL25" s="37">
+        <v>5.42</v>
+      </c>
+      <c r="FM25" s="37">
+        <v>5.35</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="16">
         <v>6.4</v>
       </c>
       <c r="D26" s="16">
         <v>5.8</v>
       </c>
       <c r="E26" s="16">
         <v>6.15</v>
       </c>
       <c r="F26" s="16">
         <v>5.89</v>
       </c>
       <c r="G26" s="16">
         <v>5.99</v>
       </c>
       <c r="H26" s="16">
         <v>6.46</v>
       </c>
       <c r="I26" s="16">
         <v>6.13</v>
       </c>
       <c r="J26" s="16">
@@ -10379,52 +10480,58 @@
       </c>
       <c r="FD26" s="37">
         <v>5.46</v>
       </c>
       <c r="FE26" s="37">
         <v>5.82</v>
       </c>
       <c r="FF26" s="37">
         <v>5.6</v>
       </c>
       <c r="FG26" s="37">
         <v>5.7</v>
       </c>
       <c r="FH26" s="37">
         <v>5.35</v>
       </c>
       <c r="FI26" s="37">
         <v>5.56</v>
       </c>
       <c r="FJ26" s="37">
         <v>5.4</v>
       </c>
       <c r="FK26" s="37">
         <v>5.42</v>
       </c>
+      <c r="FL26" s="37">
+        <v>4.74</v>
+      </c>
+      <c r="FM26" s="37">
+        <v>5.45</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="16">
         <v>8.68</v>
       </c>
       <c r="D27" s="16">
         <v>8.5299999999999994</v>
       </c>
       <c r="E27" s="16">
         <v>8.82</v>
       </c>
       <c r="F27" s="16">
         <v>9</v>
       </c>
       <c r="G27" s="16">
         <v>9</v>
       </c>
       <c r="H27" s="16">
         <v>9.07</v>
       </c>
       <c r="I27" s="16">
         <v>8.99</v>
       </c>
       <c r="J27" s="16">
@@ -10879,52 +10986,58 @@
       </c>
       <c r="FD27" s="37">
         <v>5.74</v>
       </c>
       <c r="FE27" s="37">
         <v>5.7</v>
       </c>
       <c r="FF27" s="37">
         <v>5.69</v>
       </c>
       <c r="FG27" s="37">
         <v>5.62</v>
       </c>
       <c r="FH27" s="37">
         <v>5.66</v>
       </c>
       <c r="FI27" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ27" s="37">
         <v>5.56</v>
       </c>
       <c r="FK27" s="37">
         <v>5.51</v>
       </c>
+      <c r="FL27" s="37">
+        <v>5.43</v>
+      </c>
+      <c r="FM27" s="37">
+        <v>5.34</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
       <c r="U28" s="16"/>
       <c r="V28" s="16"/>
       <c r="W28" s="16"/>
       <c r="X28" s="16"/>
@@ -11113,52 +11226,58 @@
       </c>
       <c r="FD28" s="37">
         <v>5.91</v>
       </c>
       <c r="FE28" s="37">
         <v>5.95</v>
       </c>
       <c r="FF28" s="37">
         <v>5.88</v>
       </c>
       <c r="FG28" s="37">
         <v>5.87</v>
       </c>
       <c r="FH28" s="37">
         <v>5.87</v>
       </c>
       <c r="FI28" s="37">
         <v>5.82</v>
       </c>
       <c r="FJ28" s="37">
         <v>5.67</v>
       </c>
       <c r="FK28" s="37">
         <v>5.63</v>
       </c>
+      <c r="FL28" s="37">
+        <v>5.6</v>
+      </c>
+      <c r="FM28" s="37">
+        <v>5.5</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="16"/>
       <c r="D29" s="16"/>
       <c r="E29" s="16"/>
       <c r="F29" s="16"/>
       <c r="G29" s="16"/>
       <c r="H29" s="16"/>
       <c r="I29" s="16"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
       <c r="L29" s="16"/>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="O29" s="16"/>
       <c r="P29" s="16"/>
       <c r="Q29" s="16"/>
       <c r="R29" s="16"/>
       <c r="S29" s="16"/>
       <c r="T29" s="16"/>
       <c r="U29" s="16"/>
       <c r="V29" s="16"/>
       <c r="W29" s="16"/>
       <c r="X29" s="16"/>
@@ -11347,52 +11466,58 @@
       </c>
       <c r="FD29" s="37">
         <v>5.67</v>
       </c>
       <c r="FE29" s="37">
         <v>5.61</v>
       </c>
       <c r="FF29" s="37">
         <v>5.62</v>
       </c>
       <c r="FG29" s="37">
         <v>5.52</v>
       </c>
       <c r="FH29" s="37">
         <v>5.57</v>
       </c>
       <c r="FI29" s="37">
         <v>5.47</v>
       </c>
       <c r="FJ29" s="37">
         <v>5.52</v>
       </c>
       <c r="FK29" s="37">
         <v>5.47</v>
       </c>
+      <c r="FL29" s="37">
+        <v>5.38</v>
+      </c>
+      <c r="FM29" s="37">
+        <v>5.29</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="16">
         <v>8.91</v>
       </c>
       <c r="D30" s="16">
         <v>9.75</v>
       </c>
       <c r="E30" s="16">
         <v>9.85</v>
       </c>
       <c r="F30" s="16">
         <v>9.3800000000000008</v>
       </c>
       <c r="G30" s="16">
         <v>9.6999999999999993</v>
       </c>
       <c r="H30" s="16">
         <v>9.67</v>
       </c>
       <c r="I30" s="16">
         <v>9.42</v>
       </c>
       <c r="J30" s="16">
@@ -11847,52 +11972,58 @@
       </c>
       <c r="FD30" s="37">
         <v>5.31</v>
       </c>
       <c r="FE30" s="37">
         <v>5.18</v>
       </c>
       <c r="FF30" s="37">
         <v>5.27</v>
       </c>
       <c r="FG30" s="37">
         <v>5.22</v>
       </c>
       <c r="FH30" s="37">
         <v>5.19</v>
       </c>
       <c r="FI30" s="37">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ30" s="37">
         <v>4.99</v>
       </c>
       <c r="FK30" s="37">
         <v>4.8</v>
       </c>
+      <c r="FL30" s="37">
+        <v>4.71</v>
+      </c>
+      <c r="FM30" s="37">
+        <v>5.16</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="16">
         <v>7.08</v>
       </c>
       <c r="D31" s="16">
         <v>6.92</v>
       </c>
       <c r="E31" s="16">
         <v>7.08</v>
       </c>
       <c r="F31" s="16">
         <v>6.97</v>
       </c>
       <c r="G31" s="16">
         <v>5.59</v>
       </c>
       <c r="H31" s="16">
         <v>6.33</v>
       </c>
       <c r="I31" s="16">
         <v>6.71</v>
       </c>
       <c r="J31" s="16">
@@ -12347,52 +12478,58 @@
       </c>
       <c r="FD31" s="37">
         <v>4.29</v>
       </c>
       <c r="FE31" s="37">
         <v>3.95</v>
       </c>
       <c r="FF31" s="37">
         <v>3.71</v>
       </c>
       <c r="FG31" s="37">
         <v>3.69</v>
       </c>
       <c r="FH31" s="37">
         <v>3.56</v>
       </c>
       <c r="FI31" s="37">
         <v>3.54</v>
       </c>
       <c r="FJ31" s="37">
         <v>3.29</v>
       </c>
       <c r="FK31" s="37">
         <v>3.59</v>
       </c>
+      <c r="FL31" s="37">
+        <v>3.24</v>
+      </c>
+      <c r="FM31" s="37">
+        <v>3.43</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="16">
         <v>7.63</v>
       </c>
       <c r="D32" s="16">
         <v>7.21</v>
       </c>
       <c r="E32" s="16">
         <v>7.25</v>
       </c>
       <c r="F32" s="16">
         <v>7.38</v>
       </c>
       <c r="G32" s="16">
         <v>5.12</v>
       </c>
       <c r="H32" s="16">
         <v>6.61</v>
       </c>
       <c r="I32" s="16">
         <v>7.09</v>
       </c>
       <c r="J32" s="16">
@@ -12847,52 +12984,58 @@
       </c>
       <c r="FD32" s="37">
         <v>3.82</v>
       </c>
       <c r="FE32" s="37">
         <v>3.7</v>
       </c>
       <c r="FF32" s="37">
         <v>3.35</v>
       </c>
       <c r="FG32" s="37">
         <v>3.19</v>
       </c>
       <c r="FH32" s="37">
         <v>3.06</v>
       </c>
       <c r="FI32" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ32" s="37">
         <v>2.89</v>
       </c>
       <c r="FK32" s="37">
         <v>3.06</v>
       </c>
+      <c r="FL32" s="37">
+        <v>2.82</v>
+      </c>
+      <c r="FM32" s="37">
+        <v>2.97</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="16">
         <v>6.49</v>
       </c>
       <c r="D33" s="16">
         <v>6.58</v>
       </c>
       <c r="E33" s="16">
         <v>6.79</v>
       </c>
       <c r="F33" s="16">
         <v>6.64</v>
       </c>
       <c r="G33" s="16">
         <v>6.34</v>
       </c>
       <c r="H33" s="16">
         <v>6.09</v>
       </c>
       <c r="I33" s="16">
         <v>6.5</v>
       </c>
       <c r="J33" s="16">
@@ -13347,52 +13490,58 @@
       </c>
       <c r="FD33" s="37">
         <v>4.5999999999999996</v>
       </c>
       <c r="FE33" s="37">
         <v>4.25</v>
       </c>
       <c r="FF33" s="37">
         <v>4.09</v>
       </c>
       <c r="FG33" s="37">
         <v>4.33</v>
       </c>
       <c r="FH33" s="37">
         <v>4.13</v>
       </c>
       <c r="FI33" s="37">
         <v>4.0199999999999996</v>
       </c>
       <c r="FJ33" s="37">
         <v>3.56</v>
       </c>
       <c r="FK33" s="37">
         <v>4.0999999999999996</v>
       </c>
+      <c r="FL33" s="37">
+        <v>3.6</v>
+      </c>
+      <c r="FM33" s="37">
+        <v>3.8</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="16"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
       <c r="S34" s="16"/>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16"/>
       <c r="X34" s="16"/>
@@ -13581,52 +13730,58 @@
       </c>
       <c r="FD34" s="37">
         <v>4.22</v>
       </c>
       <c r="FE34" s="37">
         <v>4.59</v>
       </c>
       <c r="FF34" s="37">
         <v>4.01</v>
       </c>
       <c r="FG34" s="37">
         <v>4.41</v>
       </c>
       <c r="FH34" s="37">
         <v>4.3600000000000003</v>
       </c>
       <c r="FI34" s="37">
         <v>4.17</v>
       </c>
       <c r="FJ34" s="37">
         <v>4</v>
       </c>
       <c r="FK34" s="37">
         <v>4.21</v>
       </c>
+      <c r="FL34" s="37">
+        <v>3.84</v>
+      </c>
+      <c r="FM34" s="37">
+        <v>3.88</v>
+      </c>
     </row>
-    <row r="35" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="22"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="22"/>
       <c r="J35" s="22"/>
       <c r="K35" s="22"/>
       <c r="L35" s="22"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
       <c r="Q35" s="22"/>
       <c r="R35" s="22"/>
       <c r="S35" s="22"/>
       <c r="T35" s="22"/>
       <c r="U35" s="22"/>
       <c r="V35" s="22"/>
       <c r="W35" s="22"/>
       <c r="X35" s="22"/>
@@ -13815,112 +13970,118 @@
       </c>
       <c r="FD35" s="39">
         <v>4.8099999999999996</v>
       </c>
       <c r="FE35" s="39">
         <v>3.85</v>
       </c>
       <c r="FF35" s="39">
         <v>4.1399999999999997</v>
       </c>
       <c r="FG35" s="39">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH35" s="39">
         <v>3.95</v>
       </c>
       <c r="FI35" s="39">
         <v>3.94</v>
       </c>
       <c r="FJ35" s="39">
         <v>3.43</v>
       </c>
       <c r="FK35" s="39">
         <v>4.04</v>
       </c>
+      <c r="FL35" s="39">
+        <v>3.52</v>
+      </c>
+      <c r="FM35" s="39">
+        <v>3.75</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="EF36" s="26"/>
       <c r="EG36" s="26"/>
       <c r="EH36" s="26"/>
       <c r="EI36" s="26"/>
     </row>
-    <row r="37" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="EF37" s="27"/>
       <c r="EG37" s="27"/>
       <c r="EH37" s="27"/>
       <c r="EI37" s="27"/>
     </row>
-    <row r="38" spans="2:167" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:169" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="21" t="s">
         <v>42</v>
       </c>
       <c r="EF38" s="25"/>
       <c r="EG38" s="25"/>
       <c r="EH38" s="25"/>
       <c r="EI38" s="25"/>
     </row>
-    <row r="39" spans="2:167" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:169" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="EF39" s="25"/>
       <c r="EG39" s="25"/>
       <c r="EH39" s="25"/>
       <c r="EI39" s="25"/>
       <c r="EJ39" s="28"/>
       <c r="EK39" s="29"/>
       <c r="EL39" s="29"/>
       <c r="EM39" s="29"/>
       <c r="EN39" s="29"/>
       <c r="EO39" s="29"/>
       <c r="EP39" s="29"/>
       <c r="EQ39" s="29"/>
       <c r="ER39" s="29"/>
       <c r="ES39" s="29"/>
       <c r="ET39" s="29"/>
       <c r="EU39" s="29"/>
       <c r="EV39" s="29"/>
       <c r="EW39" s="29"/>
       <c r="EX39" s="29"/>
       <c r="EY39" s="29"/>
       <c r="EZ39" s="29"/>
       <c r="FA39" s="29"/>
       <c r="FB39" s="29"/>
       <c r="FC39" s="29"/>
       <c r="FD39" s="36"/>
       <c r="FE39" s="36"/>
       <c r="FF39" s="36"/>
       <c r="FG39" s="36"/>
       <c r="FH39" s="36"/>
       <c r="FI39" s="36"/>
-      <c r="FJ39" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ39" s="36"/>
       <c r="FK39" s="36"/>
+      <c r="FL39" s="36"/>
+      <c r="FM39" s="36"/>
     </row>
-    <row r="40" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="7"/>
       <c r="C40" s="8">
         <v>40908</v>
       </c>
       <c r="D40" s="8">
         <v>40939</v>
       </c>
       <c r="E40" s="8">
         <v>40968</v>
       </c>
       <c r="F40" s="8">
         <v>40999</v>
       </c>
       <c r="G40" s="8">
         <v>41029</v>
       </c>
       <c r="H40" s="8">
         <v>41060</v>
       </c>
       <c r="I40" s="8">
         <v>41090</v>
       </c>
       <c r="J40" s="8">
         <v>41121</v>
       </c>
@@ -14367,58 +14528,64 @@
       </c>
       <c r="FB40" s="9">
         <v>45626</v>
       </c>
       <c r="FC40" s="9">
         <v>45657</v>
       </c>
       <c r="FD40" s="9">
         <v>45688</v>
       </c>
       <c r="FE40" s="9">
         <v>45716</v>
       </c>
       <c r="FF40" s="9">
         <v>45747</v>
       </c>
       <c r="FG40" s="9">
         <v>45777</v>
       </c>
       <c r="FH40" s="9">
         <v>45808</v>
       </c>
       <c r="FI40" s="9">
         <v>45838</v>
       </c>
-      <c r="FJ40" s="43">
+      <c r="FJ40" s="9">
         <v>45869</v>
       </c>
-      <c r="FK40" s="43">
+      <c r="FK40" s="9">
         <v>45900</v>
       </c>
+      <c r="FL40" s="9">
+        <v>45930</v>
+      </c>
+      <c r="FM40" s="9">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="10">
         <v>1792.3690337</v>
       </c>
       <c r="D41" s="10">
         <v>1469.0067238000001</v>
       </c>
       <c r="E41" s="10">
         <v>1419.1660201700001</v>
       </c>
       <c r="F41" s="10">
         <v>1526.5068937400001</v>
       </c>
       <c r="G41" s="10">
         <v>1475.28420413</v>
       </c>
       <c r="H41" s="10">
         <v>1466.3292228999999</v>
       </c>
       <c r="I41" s="10">
         <v>1139.30853017</v>
       </c>
       <c r="J41" s="10">
@@ -14873,52 +15040,58 @@
       </c>
       <c r="FD41" s="40">
         <v>4658.7521873000005</v>
       </c>
       <c r="FE41" s="40">
         <v>3913.5097989400001</v>
       </c>
       <c r="FF41" s="40">
         <v>4246.7761023000003</v>
       </c>
       <c r="FG41" s="40">
         <v>4855.6677573900006</v>
       </c>
       <c r="FH41" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI41" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ41" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK41" s="40">
         <v>4255.1134040500001</v>
       </c>
+      <c r="FL41" s="40">
+        <v>4445.7645618300003</v>
+      </c>
+      <c r="FM41" s="40">
+        <v>4928.12837124</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="11">
         <v>1792.3690337</v>
       </c>
       <c r="D42" s="11">
         <v>1469.0067238000001</v>
       </c>
       <c r="E42" s="11">
         <v>1419.1660201700001</v>
       </c>
       <c r="F42" s="11">
         <v>1526.5068937400001</v>
       </c>
       <c r="G42" s="11">
         <v>1444.0943441500001</v>
       </c>
       <c r="H42" s="11">
         <v>1466.3292228999999</v>
       </c>
       <c r="I42" s="11">
         <v>1139.30853017</v>
       </c>
       <c r="J42" s="11">
@@ -15373,52 +15546,58 @@
       </c>
       <c r="FD42" s="40">
         <v>4658.7521873000005</v>
       </c>
       <c r="FE42" s="40">
         <v>3913.5097989400001</v>
       </c>
       <c r="FF42" s="40">
         <v>4246.7761023000003</v>
       </c>
       <c r="FG42" s="40">
         <v>4855.6677573900006</v>
       </c>
       <c r="FH42" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI42" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ42" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK42" s="40">
         <v>4255.1134040500001</v>
       </c>
+      <c r="FL42" s="40">
+        <v>4445.7645618300003</v>
+      </c>
+      <c r="FM42" s="40">
+        <v>4928.12837124</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="11">
         <v>1140.5326148300001</v>
       </c>
       <c r="D43" s="11">
         <v>1050.1441457400001</v>
       </c>
       <c r="E43" s="11">
         <v>1036.1144871000001</v>
       </c>
       <c r="F43" s="11">
         <v>1012.17652165</v>
       </c>
       <c r="G43" s="11">
         <v>900.66128356000002</v>
       </c>
       <c r="H43" s="11">
         <v>1008.59973064</v>
       </c>
       <c r="I43" s="11">
         <v>778.12664881000001</v>
       </c>
       <c r="J43" s="11">
@@ -15873,52 +16052,58 @@
       </c>
       <c r="FD43" s="40">
         <v>1165.31848522</v>
       </c>
       <c r="FE43" s="40">
         <v>948.39925877999997</v>
       </c>
       <c r="FF43" s="40">
         <v>1129.2512705499998</v>
       </c>
       <c r="FG43" s="40">
         <v>1162.4179981700001</v>
       </c>
       <c r="FH43" s="40">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI43" s="40">
         <v>1076.16758497</v>
       </c>
       <c r="FJ43" s="40">
         <v>1068.89927771</v>
       </c>
       <c r="FK43" s="40">
         <v>765.27452540999991</v>
       </c>
+      <c r="FL43" s="40">
+        <v>1132.11451519</v>
+      </c>
+      <c r="FM43" s="40">
+        <v>1186.01268781</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C44" s="11">
         <v>889.70405115000005</v>
       </c>
       <c r="D44" s="11">
         <v>790.40905513000007</v>
       </c>
       <c r="E44" s="11">
         <v>713.22447617</v>
       </c>
       <c r="F44" s="11">
         <v>726.11881702000005</v>
       </c>
       <c r="G44" s="11">
         <v>639.24595107000005</v>
       </c>
       <c r="H44" s="11">
         <v>770.87082230999999</v>
       </c>
       <c r="I44" s="11">
         <v>565.50673051000001</v>
       </c>
       <c r="J44" s="11">
@@ -16373,52 +16558,58 @@
       </c>
       <c r="FD44" s="40">
         <v>1072.27745562</v>
       </c>
       <c r="FE44" s="40">
         <v>843.36887129000002</v>
       </c>
       <c r="FF44" s="40">
         <v>1000.9892882300001</v>
       </c>
       <c r="FG44" s="40">
         <v>1113.0968598099998</v>
       </c>
       <c r="FH44" s="40">
         <v>1058.1932032699999</v>
       </c>
       <c r="FI44" s="40">
         <v>998.98419439999998</v>
       </c>
       <c r="FJ44" s="40">
         <v>1017.5364934500001</v>
       </c>
       <c r="FK44" s="40">
         <v>721.66011852999998</v>
       </c>
+      <c r="FL44" s="40">
+        <v>1066.01597324</v>
+      </c>
+      <c r="FM44" s="40">
+        <v>1100.9233947800001</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C45" s="11">
         <v>250.82856368</v>
       </c>
       <c r="D45" s="11">
         <v>259.73509060999999</v>
       </c>
       <c r="E45" s="11">
         <v>322.89001093000002</v>
       </c>
       <c r="F45" s="11">
         <v>286.05770462999999</v>
       </c>
       <c r="G45" s="11">
         <v>261.41533248999997</v>
       </c>
       <c r="H45" s="11">
         <v>237.72890833</v>
       </c>
       <c r="I45" s="11">
         <v>212.61991829999999</v>
       </c>
       <c r="J45" s="11">
@@ -16873,52 +17064,58 @@
       </c>
       <c r="FD45" s="40">
         <v>93.041029599999987</v>
       </c>
       <c r="FE45" s="40">
         <v>105.03038749</v>
       </c>
       <c r="FF45" s="40">
         <v>128.26198231999999</v>
       </c>
       <c r="FG45" s="40">
         <v>49.321138359999999</v>
       </c>
       <c r="FH45" s="40">
         <v>95.876967829999998</v>
       </c>
       <c r="FI45" s="40">
         <v>77.183390569999986</v>
       </c>
       <c r="FJ45" s="40">
         <v>51.362784259999998</v>
       </c>
       <c r="FK45" s="40">
         <v>43.614406880000004</v>
       </c>
+      <c r="FL45" s="40">
+        <v>66.098541949999998</v>
+      </c>
+      <c r="FM45" s="40">
+        <v>85.089293030000007</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="11">
         <v>651.83641886999999</v>
       </c>
       <c r="D46" s="11">
         <v>418.86257805999998</v>
       </c>
       <c r="E46" s="11">
         <v>383.05153307</v>
       </c>
       <c r="F46" s="11">
         <v>514.33037209000008</v>
       </c>
       <c r="G46" s="11">
         <v>543.43306059000008</v>
       </c>
       <c r="H46" s="11">
         <v>457.72949226000003</v>
       </c>
       <c r="I46" s="11">
         <v>361.18188136000003</v>
       </c>
       <c r="J46" s="11">
@@ -17373,52 +17570,58 @@
       </c>
       <c r="FD46" s="40">
         <v>3493.4337020799999</v>
       </c>
       <c r="FE46" s="40">
         <v>2965.1105401599998</v>
       </c>
       <c r="FF46" s="40">
         <v>3117.52483175</v>
       </c>
       <c r="FG46" s="40">
         <v>3693.2497592199998</v>
       </c>
       <c r="FH46" s="40">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI46" s="40">
         <v>3260.29698087</v>
       </c>
       <c r="FJ46" s="40">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK46" s="40">
         <v>3489.8388786400001</v>
       </c>
+      <c r="FL46" s="40">
+        <v>3313.6500466399998</v>
+      </c>
+      <c r="FM46" s="40">
+        <v>3742.11568343</v>
+      </c>
     </row>
-    <row r="47" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="11">
         <v>620.14567409999995</v>
       </c>
       <c r="D47" s="11">
         <v>392.30756287999998</v>
       </c>
       <c r="E47" s="11">
         <v>379.11303623999999</v>
       </c>
       <c r="F47" s="11">
         <v>505.26463155000005</v>
       </c>
       <c r="G47" s="11">
         <v>515.98261202000003</v>
       </c>
       <c r="H47" s="11">
         <v>415.98517103</v>
       </c>
       <c r="I47" s="11">
         <v>344.33374865000002</v>
       </c>
       <c r="J47" s="11">
@@ -17873,52 +18076,58 @@
       </c>
       <c r="FD47" s="40">
         <v>3478.7103533600002</v>
       </c>
       <c r="FE47" s="40">
         <v>2945.8450964600001</v>
       </c>
       <c r="FF47" s="40">
         <v>3079.6022906999997</v>
       </c>
       <c r="FG47" s="40">
         <v>3683.6949085000001</v>
       </c>
       <c r="FH47" s="40">
         <v>2951.4896112500001</v>
       </c>
       <c r="FI47" s="40">
         <v>3235.95593108</v>
       </c>
       <c r="FJ47" s="40">
         <v>3487.6435976999996</v>
       </c>
       <c r="FK47" s="40">
         <v>3482.7567755999999</v>
       </c>
+      <c r="FL47" s="40">
+        <v>3296.5556746500001</v>
+      </c>
+      <c r="FM47" s="40">
+        <v>3702.0770249799998</v>
+      </c>
     </row>
-    <row r="48" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="11">
         <v>31.690744770000002</v>
       </c>
       <c r="D48" s="11">
         <v>26.555015180000002</v>
       </c>
       <c r="E48" s="11">
         <v>3.9384968300000001</v>
       </c>
       <c r="F48" s="11">
         <v>9.0657405400000002</v>
       </c>
       <c r="G48" s="11">
         <v>27.450448569999999</v>
       </c>
       <c r="H48" s="11">
         <v>41.744321230000004</v>
       </c>
       <c r="I48" s="11">
         <v>16.848132709999998</v>
       </c>
       <c r="J48" s="11">
@@ -18373,52 +18582,58 @@
       </c>
       <c r="FD48" s="40">
         <v>14.723348720000001</v>
       </c>
       <c r="FE48" s="40">
         <v>19.265443699999999</v>
       </c>
       <c r="FF48" s="40">
         <v>37.92254105</v>
       </c>
       <c r="FG48" s="40">
         <v>9.554850720000001</v>
       </c>
       <c r="FH48" s="40">
         <v>23.221795109999999</v>
       </c>
       <c r="FI48" s="40">
         <v>24.34104979</v>
       </c>
       <c r="FJ48" s="40">
         <v>11.08203445</v>
       </c>
       <c r="FK48" s="40">
         <v>7.0821030399999998</v>
       </c>
+      <c r="FL48" s="40">
+        <v>17.094371989999999</v>
+      </c>
+      <c r="FM48" s="40">
+        <v>40.03865845</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="12">
         <v>31.189859980000001</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="J49" s="12">
@@ -18873,52 +19088,58 @@
       </c>
       <c r="FD49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FE49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FF49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FG49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FH49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FI49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FJ49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FK49" s="41" t="s">
         <v>10</v>
       </c>
+      <c r="FL49" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="FM49" s="41" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="11">
         <v>826.03931195000007</v>
       </c>
       <c r="D50" s="11">
         <v>429.15177962000001</v>
       </c>
       <c r="E50" s="11">
         <v>580.3362122399999</v>
       </c>
       <c r="F50" s="11">
         <v>574.40654682000002</v>
       </c>
       <c r="G50" s="11">
         <v>576.75411589000009</v>
       </c>
       <c r="H50" s="11">
         <v>749.60590086000002</v>
       </c>
       <c r="I50" s="11">
         <v>864.22363094000002</v>
       </c>
       <c r="J50" s="11">
@@ -19373,52 +19594,58 @@
       </c>
       <c r="FD50" s="40">
         <v>1822.5264031900001</v>
       </c>
       <c r="FE50" s="40">
         <v>1682.0474245599999</v>
       </c>
       <c r="FF50" s="40">
         <v>2525.3114339200001</v>
       </c>
       <c r="FG50" s="40">
         <v>2453.7855668800003</v>
       </c>
       <c r="FH50" s="40">
         <v>2273.2101349200002</v>
       </c>
       <c r="FI50" s="40">
         <v>3045.05539172</v>
       </c>
       <c r="FJ50" s="40">
         <v>3182.4814232199997</v>
       </c>
       <c r="FK50" s="40">
         <v>1627.2962365999999</v>
       </c>
+      <c r="FL50" s="40">
+        <v>2371.1085929699998</v>
+      </c>
+      <c r="FM50" s="40">
+        <v>2190.6219439299998</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="11">
         <v>166.53838426000002</v>
       </c>
       <c r="D51" s="11">
         <v>156.50617223</v>
       </c>
       <c r="E51" s="11">
         <v>181.88064709999998</v>
       </c>
       <c r="F51" s="11">
         <v>222.43640979000003</v>
       </c>
       <c r="G51" s="11">
         <v>184.91404402000001</v>
       </c>
       <c r="H51" s="11">
         <v>218.05271493000004</v>
       </c>
       <c r="I51" s="11">
         <v>375.30269142999998</v>
       </c>
       <c r="J51" s="11">
@@ -19873,52 +20100,58 @@
       </c>
       <c r="FD51" s="40">
         <v>701.89646248999998</v>
       </c>
       <c r="FE51" s="40">
         <v>729.86027869000009</v>
       </c>
       <c r="FF51" s="40">
         <v>954.4294185</v>
       </c>
       <c r="FG51" s="40">
         <v>1072.5343082500001</v>
       </c>
       <c r="FH51" s="40">
         <v>1124.76312708</v>
       </c>
       <c r="FI51" s="40">
         <v>1348.7447628599998</v>
       </c>
       <c r="FJ51" s="40">
         <v>727.70471921000001</v>
       </c>
       <c r="FK51" s="40">
         <v>590.18112938000002</v>
       </c>
+      <c r="FL51" s="40">
+        <v>767.18539647</v>
+      </c>
+      <c r="FM51" s="40">
+        <v>799.33443646000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="11">
         <v>47.606623759999998</v>
       </c>
       <c r="D52" s="11">
         <v>39.404511189999994</v>
       </c>
       <c r="E52" s="11">
         <v>53.277497969999999</v>
       </c>
       <c r="F52" s="11">
         <v>69.354271600000004</v>
       </c>
       <c r="G52" s="11">
         <v>56.432360270000004</v>
       </c>
       <c r="H52" s="11">
         <v>66.899817900000002</v>
       </c>
       <c r="I52" s="11">
         <v>57.790311520000003</v>
       </c>
       <c r="J52" s="11">
@@ -20373,52 +20606,58 @@
       </c>
       <c r="FD52" s="40">
         <v>269.88090541000003</v>
       </c>
       <c r="FE52" s="40">
         <v>275.49356889000001</v>
       </c>
       <c r="FF52" s="40">
         <v>440.99441967000001</v>
       </c>
       <c r="FG52" s="40">
         <v>584.70863340999995</v>
       </c>
       <c r="FH52" s="40">
         <v>651.14445674000001</v>
       </c>
       <c r="FI52" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ52" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK52" s="40">
         <v>251.56757563999997</v>
       </c>
+      <c r="FL52" s="40">
+        <v>306.37076393000001</v>
+      </c>
+      <c r="FM52" s="40">
+        <v>320.49897258999999</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="11">
         <v>5.3055225400000001</v>
       </c>
       <c r="D53" s="11">
         <v>4.3148209399999997</v>
       </c>
       <c r="E53" s="11">
         <v>6.08814104</v>
       </c>
       <c r="F53" s="11">
         <v>25.999289050000002</v>
       </c>
       <c r="G53" s="11">
         <v>8.3699122900000003</v>
       </c>
       <c r="H53" s="11">
         <v>12.907633219999999</v>
       </c>
       <c r="I53" s="11">
         <v>8.2968405799999996</v>
       </c>
       <c r="J53" s="11">
@@ -20873,52 +21112,58 @@
       </c>
       <c r="FD53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FE53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FF53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FG53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FH53" s="40">
         <v>0.04</v>
       </c>
       <c r="FI53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FJ53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FK53" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="FL53" s="40">
+        <v>9.8442400000000006E-3</v>
+      </c>
+      <c r="FM53" s="40" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C54" s="11">
         <v>42.30110122</v>
       </c>
       <c r="D54" s="11">
         <v>35.089690249999997</v>
       </c>
       <c r="E54" s="11">
         <v>47.189356930000002</v>
       </c>
       <c r="F54" s="11">
         <v>43.354982550000003</v>
       </c>
       <c r="G54" s="11">
         <v>48.062447980000002</v>
       </c>
       <c r="H54" s="11">
         <v>53.992184680000001</v>
       </c>
       <c r="I54" s="11">
         <v>49.493470940000002</v>
       </c>
       <c r="J54" s="11">
@@ -21373,52 +21618,58 @@
       </c>
       <c r="FD54" s="40">
         <v>269.88090541000003</v>
       </c>
       <c r="FE54" s="40">
         <v>275.49356889000001</v>
       </c>
       <c r="FF54" s="40">
         <v>440.99441967000001</v>
       </c>
       <c r="FG54" s="40">
         <v>584.70863340999995</v>
       </c>
       <c r="FH54" s="40">
         <v>651.10445674000005</v>
       </c>
       <c r="FI54" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ54" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK54" s="40">
         <v>251.56757563999997</v>
       </c>
+      <c r="FL54" s="40">
+        <v>306.36091969</v>
+      </c>
+      <c r="FM54" s="40">
+        <v>320.49897258999999</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
       <c r="I55" s="11"/>
       <c r="J55" s="11"/>
       <c r="K55" s="11"/>
       <c r="L55" s="11"/>
       <c r="M55" s="11"/>
       <c r="N55" s="11"/>
       <c r="O55" s="11"/>
       <c r="P55" s="11"/>
       <c r="Q55" s="11"/>
       <c r="R55" s="11"/>
       <c r="S55" s="11"/>
       <c r="T55" s="11"/>
       <c r="U55" s="11"/>
       <c r="V55" s="11"/>
       <c r="W55" s="11"/>
       <c r="X55" s="11"/>
@@ -21607,52 +21858,58 @@
       </c>
       <c r="FD55" s="40">
         <v>0.77538262999999996</v>
       </c>
       <c r="FE55" s="40">
         <v>0.90806361000000002</v>
       </c>
       <c r="FF55" s="40">
         <v>1.0423582</v>
       </c>
       <c r="FG55" s="40">
         <v>1.28596344</v>
       </c>
       <c r="FH55" s="40">
         <v>1.24096345</v>
       </c>
       <c r="FI55" s="40">
         <v>3.0959714900000002</v>
       </c>
       <c r="FJ55" s="40">
         <v>1.1142327599999999</v>
       </c>
       <c r="FK55" s="40">
         <v>0.44709990999999999</v>
       </c>
+      <c r="FL55" s="40">
+        <v>1.2903794499999999</v>
+      </c>
+      <c r="FM55" s="40">
+        <v>0.91128981000000009</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
       <c r="J56" s="11"/>
       <c r="K56" s="11"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
       <c r="O56" s="11"/>
       <c r="P56" s="11"/>
       <c r="Q56" s="11"/>
       <c r="R56" s="11"/>
       <c r="S56" s="11"/>
       <c r="T56" s="11"/>
       <c r="U56" s="11"/>
       <c r="V56" s="11"/>
       <c r="W56" s="11"/>
       <c r="X56" s="11"/>
@@ -21841,52 +22098,58 @@
       </c>
       <c r="FD56" s="40">
         <v>269.10552277999994</v>
       </c>
       <c r="FE56" s="40">
         <v>274.58550527999995</v>
       </c>
       <c r="FF56" s="40">
         <v>439.95206147000005</v>
       </c>
       <c r="FG56" s="40">
         <v>583.42266997000002</v>
       </c>
       <c r="FH56" s="40">
         <v>649.86349328999995</v>
       </c>
       <c r="FI56" s="40">
         <v>829.60889754999994</v>
       </c>
       <c r="FJ56" s="40">
         <v>321.9532327</v>
       </c>
       <c r="FK56" s="40">
         <v>251.12047572999998</v>
       </c>
+      <c r="FL56" s="40">
+        <v>305.07054024000001</v>
+      </c>
+      <c r="FM56" s="40">
+        <v>319.58768277999997</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C57" s="11">
         <v>118.93176050000001</v>
       </c>
       <c r="D57" s="11">
         <v>117.10166104000001</v>
       </c>
       <c r="E57" s="11">
         <v>128.60314912999999</v>
       </c>
       <c r="F57" s="11">
         <v>153.08213819000002</v>
       </c>
       <c r="G57" s="11">
         <v>128.48168375</v>
       </c>
       <c r="H57" s="11">
         <v>151.15289703000002</v>
       </c>
       <c r="I57" s="11">
         <v>317.51237990999999</v>
       </c>
       <c r="J57" s="11">
@@ -22341,52 +22604,58 @@
       </c>
       <c r="FD57" s="40">
         <v>432.01555708000001</v>
       </c>
       <c r="FE57" s="40">
         <v>454.36670980000002</v>
       </c>
       <c r="FF57" s="40">
         <v>513.43499882999993</v>
       </c>
       <c r="FG57" s="40">
         <v>487.82567483999998</v>
       </c>
       <c r="FH57" s="40">
         <v>473.61867033999999</v>
       </c>
       <c r="FI57" s="40">
         <v>516.03989381999997</v>
       </c>
       <c r="FJ57" s="40">
         <v>404.63725375000001</v>
       </c>
       <c r="FK57" s="40">
         <v>338.61355373999999</v>
       </c>
+      <c r="FL57" s="40">
+        <v>460.81463254000005</v>
+      </c>
+      <c r="FM57" s="40">
+        <v>478.83546387000001</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C58" s="11">
         <v>17.315664600000002</v>
       </c>
       <c r="D58" s="11">
         <v>21.811559219999999</v>
       </c>
       <c r="E58" s="11">
         <v>16.035218069999999</v>
       </c>
       <c r="F58" s="11">
         <v>15.273370289999999</v>
       </c>
       <c r="G58" s="11">
         <v>14.93526039</v>
       </c>
       <c r="H58" s="11">
         <v>17.475413719999999</v>
       </c>
       <c r="I58" s="11">
         <v>15.896643410000001</v>
       </c>
       <c r="J58" s="11">
@@ -22841,52 +23110,58 @@
       </c>
       <c r="FD58" s="40">
         <v>14.001645060000001</v>
       </c>
       <c r="FE58" s="40">
         <v>13.33309553</v>
       </c>
       <c r="FF58" s="40">
         <v>17.795692980000002</v>
       </c>
       <c r="FG58" s="40">
         <v>13.8256599</v>
       </c>
       <c r="FH58" s="40">
         <v>15.244401249999999</v>
       </c>
       <c r="FI58" s="40">
         <v>14.87631584</v>
       </c>
       <c r="FJ58" s="40">
         <v>11.644335300000002</v>
       </c>
       <c r="FK58" s="40">
         <v>6.8049944699999996</v>
       </c>
+      <c r="FL58" s="40">
+        <v>9.5966946499999999</v>
+      </c>
+      <c r="FM58" s="40">
+        <v>13.528219249999999</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C59" s="11">
         <v>101.6160959</v>
       </c>
       <c r="D59" s="11">
         <v>95.290101820000004</v>
       </c>
       <c r="E59" s="11">
         <v>112.56793105999999</v>
       </c>
       <c r="F59" s="11">
         <v>137.80876790000002</v>
       </c>
       <c r="G59" s="11">
         <v>113.54642336000001</v>
       </c>
       <c r="H59" s="11">
         <v>133.67748331000001</v>
       </c>
       <c r="I59" s="11">
         <v>301.61573649999997</v>
       </c>
       <c r="J59" s="11">
@@ -23341,52 +23616,58 @@
       </c>
       <c r="FD59" s="40">
         <v>418.01391201999996</v>
       </c>
       <c r="FE59" s="40">
         <v>441.03361426999999</v>
       </c>
       <c r="FF59" s="40">
         <v>495.63930585000003</v>
       </c>
       <c r="FG59" s="40">
         <v>474.00001493999997</v>
       </c>
       <c r="FH59" s="40">
         <v>458.37426908999998</v>
       </c>
       <c r="FI59" s="40">
         <v>501.16357798000001</v>
       </c>
       <c r="FJ59" s="40">
         <v>392.99291844999999</v>
       </c>
       <c r="FK59" s="40">
         <v>331.80855926999999</v>
       </c>
+      <c r="FL59" s="40">
+        <v>451.21793788999997</v>
+      </c>
+      <c r="FM59" s="40">
+        <v>465.30724462000001</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
       <c r="K60" s="11"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
       <c r="N60" s="11"/>
       <c r="O60" s="11"/>
       <c r="P60" s="11"/>
       <c r="Q60" s="11"/>
       <c r="R60" s="11"/>
       <c r="S60" s="11"/>
       <c r="T60" s="11"/>
       <c r="U60" s="11"/>
       <c r="V60" s="11"/>
       <c r="W60" s="11"/>
       <c r="X60" s="11"/>
@@ -23575,52 +23856,58 @@
       </c>
       <c r="FD60" s="40">
         <v>122.90082968999999</v>
       </c>
       <c r="FE60" s="40">
         <v>121.74313832</v>
       </c>
       <c r="FF60" s="40">
         <v>144.70407259999999</v>
       </c>
       <c r="FG60" s="40">
         <v>131.31809627999999</v>
       </c>
       <c r="FH60" s="40">
         <v>130.82037690999999</v>
       </c>
       <c r="FI60" s="40">
         <v>135.82256642999999</v>
       </c>
       <c r="FJ60" s="40">
         <v>100.09447252</v>
       </c>
       <c r="FK60" s="40">
         <v>83.07945556</v>
       </c>
+      <c r="FL60" s="40">
+        <v>106.76117934999999</v>
+      </c>
+      <c r="FM60" s="40">
+        <v>105.57414401999999</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
       <c r="J61" s="11"/>
       <c r="K61" s="11"/>
       <c r="L61" s="11"/>
       <c r="M61" s="11"/>
       <c r="N61" s="11"/>
       <c r="O61" s="11"/>
       <c r="P61" s="11"/>
       <c r="Q61" s="11"/>
       <c r="R61" s="11"/>
       <c r="S61" s="11"/>
       <c r="T61" s="11"/>
       <c r="U61" s="11"/>
       <c r="V61" s="11"/>
       <c r="W61" s="11"/>
       <c r="X61" s="11"/>
@@ -23809,52 +24096,58 @@
       </c>
       <c r="FD61" s="40">
         <v>295.11308233</v>
       </c>
       <c r="FE61" s="40">
         <v>319.29047594999997</v>
       </c>
       <c r="FF61" s="40">
         <v>350.93523325000001</v>
       </c>
       <c r="FG61" s="40">
         <v>342.68191866000001</v>
       </c>
       <c r="FH61" s="40">
         <v>327.55389217999999</v>
       </c>
       <c r="FI61" s="40">
         <v>365.34101155000002</v>
       </c>
       <c r="FJ61" s="40">
         <v>292.89844592999998</v>
       </c>
       <c r="FK61" s="40">
         <v>248.72910371</v>
       </c>
+      <c r="FL61" s="40">
+        <v>344.45675854000001</v>
+      </c>
+      <c r="FM61" s="40">
+        <v>359.7331006</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B62" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="11">
         <v>65.327833819999995</v>
       </c>
       <c r="D62" s="11">
         <v>54.287496770000004</v>
       </c>
       <c r="E62" s="11">
         <v>60.595329950000007</v>
       </c>
       <c r="F62" s="11">
         <v>54.259931369999997</v>
       </c>
       <c r="G62" s="11">
         <v>55.893139769999998</v>
       </c>
       <c r="H62" s="11">
         <v>58.009068669999998</v>
       </c>
       <c r="I62" s="11">
         <v>57.3944051</v>
       </c>
       <c r="J62" s="11">
@@ -24309,52 +24602,58 @@
       </c>
       <c r="FD62" s="40">
         <v>36.34358495</v>
       </c>
       <c r="FE62" s="40">
         <v>37.054086700000006</v>
       </c>
       <c r="FF62" s="40">
         <v>46.764447750000002</v>
       </c>
       <c r="FG62" s="40">
         <v>31.41518941</v>
       </c>
       <c r="FH62" s="40">
         <v>28.205624950000001</v>
       </c>
       <c r="FI62" s="40">
         <v>28.502679690000001</v>
       </c>
       <c r="FJ62" s="40">
         <v>24.270469690000002</v>
       </c>
       <c r="FK62" s="40">
         <v>27.602529910000001</v>
       </c>
+      <c r="FL62" s="40">
+        <v>36.715327899999998</v>
+      </c>
+      <c r="FM62" s="40">
+        <v>29.487118679999998</v>
+      </c>
     </row>
-    <row r="63" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C63" s="11">
         <v>659.50092769000003</v>
       </c>
       <c r="D63" s="11">
         <v>272.64560739000001</v>
       </c>
       <c r="E63" s="11">
         <v>398.45556513999998</v>
       </c>
       <c r="F63" s="11">
         <v>351.97013702999999</v>
       </c>
       <c r="G63" s="11">
         <v>391.84007187000003</v>
       </c>
       <c r="H63" s="11">
         <v>531.55318592999993</v>
       </c>
       <c r="I63" s="11">
         <v>488.92093951000004</v>
       </c>
       <c r="J63" s="11">
@@ -24809,52 +25108,58 @@
       </c>
       <c r="FD63" s="40">
         <v>1120.6299407000001</v>
       </c>
       <c r="FE63" s="40">
         <v>952.18714586999999</v>
       </c>
       <c r="FF63" s="40">
         <v>1570.88201542</v>
       </c>
       <c r="FG63" s="40">
         <v>1381.2512586300002</v>
       </c>
       <c r="FH63" s="40">
         <v>1148.44700784</v>
       </c>
       <c r="FI63" s="40">
         <v>1696.31062886</v>
       </c>
       <c r="FJ63" s="40">
         <v>2454.7767040100002</v>
       </c>
       <c r="FK63" s="40">
         <v>1037.11510722</v>
       </c>
+      <c r="FL63" s="40">
+        <v>1603.9231964999999</v>
+      </c>
+      <c r="FM63" s="40">
+        <v>1391.28750747</v>
+      </c>
     </row>
-    <row r="64" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="11">
         <v>344.37638578999997</v>
       </c>
       <c r="D64" s="11">
         <v>149.48111370999999</v>
       </c>
       <c r="E64" s="11">
         <v>254.71502325</v>
       </c>
       <c r="F64" s="11">
         <v>155.66937648999999</v>
       </c>
       <c r="G64" s="11">
         <v>242.29000450000001</v>
       </c>
       <c r="H64" s="11">
         <v>243.84861451</v>
       </c>
       <c r="I64" s="11">
         <v>174.81887308</v>
       </c>
       <c r="J64" s="11">
@@ -25309,52 +25614,58 @@
       </c>
       <c r="FD64" s="40">
         <v>448.73481079000004</v>
       </c>
       <c r="FE64" s="40">
         <v>514.94035856000005</v>
       </c>
       <c r="FF64" s="40">
         <v>814.95969098</v>
       </c>
       <c r="FG64" s="40">
         <v>773.35139462999996</v>
       </c>
       <c r="FH64" s="40">
         <v>608.93273592999992</v>
       </c>
       <c r="FI64" s="40">
         <v>742.7570571</v>
       </c>
       <c r="FJ64" s="40">
         <v>978.87672552000004</v>
       </c>
       <c r="FK64" s="40">
         <v>507.03854883999998</v>
       </c>
+      <c r="FL64" s="40">
+        <v>741.62957276999998</v>
+      </c>
+      <c r="FM64" s="40">
+        <v>621.07265641999993</v>
+      </c>
     </row>
-    <row r="65" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="11">
         <v>315.12454190000005</v>
       </c>
       <c r="D65" s="11">
         <v>123.16449367999999</v>
       </c>
       <c r="E65" s="11">
         <v>143.74054189</v>
       </c>
       <c r="F65" s="11">
         <v>196.30076054</v>
       </c>
       <c r="G65" s="11">
         <v>149.55006737000002</v>
       </c>
       <c r="H65" s="11">
         <v>287.70457141999998</v>
       </c>
       <c r="I65" s="11">
         <v>314.10206643000004</v>
       </c>
       <c r="J65" s="11">
@@ -25809,52 +26120,58 @@
       </c>
       <c r="FD65" s="40">
         <v>671.89512990999992</v>
       </c>
       <c r="FE65" s="40">
         <v>437.24678731</v>
       </c>
       <c r="FF65" s="40">
         <v>755.92232444000001</v>
       </c>
       <c r="FG65" s="40">
         <v>607.89986399999998</v>
       </c>
       <c r="FH65" s="40">
         <v>539.51427190999993</v>
       </c>
       <c r="FI65" s="40">
         <v>953.55357175999995</v>
       </c>
       <c r="FJ65" s="40">
         <v>1475.89997849</v>
       </c>
       <c r="FK65" s="40">
         <v>530.07655838000005</v>
       </c>
+      <c r="FL65" s="40">
+        <v>862.29362373000004</v>
+      </c>
+      <c r="FM65" s="40">
+        <v>770.21485104999999</v>
+      </c>
     </row>
-    <row r="66" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B66" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
       <c r="K66" s="11"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
       <c r="N66" s="11"/>
       <c r="O66" s="11"/>
       <c r="P66" s="11"/>
       <c r="Q66" s="11"/>
       <c r="R66" s="11"/>
       <c r="S66" s="11"/>
       <c r="T66" s="11"/>
       <c r="U66" s="11"/>
       <c r="V66" s="11"/>
       <c r="W66" s="11"/>
       <c r="X66" s="11"/>
@@ -26043,52 +26360,58 @@
       </c>
       <c r="FD66" s="40">
         <v>238.77302551</v>
       </c>
       <c r="FE66" s="40">
         <v>237.26384887999998</v>
       </c>
       <c r="FF66" s="40">
         <v>291.25678925</v>
       </c>
       <c r="FG66" s="40">
         <v>284.33177080000002</v>
       </c>
       <c r="FH66" s="40">
         <v>232.59662516999998</v>
       </c>
       <c r="FI66" s="40">
         <v>341.62422737999998</v>
       </c>
       <c r="FJ66" s="40">
         <v>347.56629536999998</v>
       </c>
       <c r="FK66" s="40">
         <v>187.29338111999999</v>
       </c>
+      <c r="FL66" s="40">
+        <v>230.46911269999998</v>
+      </c>
+      <c r="FM66" s="40">
+        <v>311.90935516000002</v>
+      </c>
     </row>
-    <row r="67" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B67" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14"/>
       <c r="F67" s="14"/>
       <c r="G67" s="14"/>
       <c r="H67" s="14"/>
       <c r="I67" s="14"/>
       <c r="J67" s="14"/>
       <c r="K67" s="14"/>
       <c r="L67" s="14"/>
       <c r="M67" s="14"/>
       <c r="N67" s="14"/>
       <c r="O67" s="14"/>
       <c r="P67" s="14"/>
       <c r="Q67" s="14"/>
       <c r="R67" s="14"/>
       <c r="S67" s="14"/>
       <c r="T67" s="14"/>
       <c r="U67" s="14"/>
       <c r="V67" s="14"/>
       <c r="W67" s="14"/>
       <c r="X67" s="14"/>
@@ -26277,82 +26600,87 @@
       </c>
       <c r="FD67" s="42">
         <v>433.12210439999996</v>
       </c>
       <c r="FE67" s="42">
         <v>199.98293843000002</v>
       </c>
       <c r="FF67" s="42">
         <v>464.66553519000001</v>
       </c>
       <c r="FG67" s="42">
         <v>323.56809319999996</v>
       </c>
       <c r="FH67" s="42">
         <v>306.91764674000001</v>
       </c>
       <c r="FI67" s="42">
         <v>611.92934437999997</v>
       </c>
       <c r="FJ67" s="42">
         <v>1128.3336831199999</v>
       </c>
       <c r="FK67" s="42">
         <v>342.78317726</v>
       </c>
+      <c r="FL67" s="42">
+        <v>631.82451102999994</v>
+      </c>
+      <c r="FM67" s="42">
+        <v>458.30549588999997</v>
+      </c>
     </row>
-    <row r="69" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="70" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="35"/>
     </row>
-    <row r="71" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="34" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Borna Klinc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>