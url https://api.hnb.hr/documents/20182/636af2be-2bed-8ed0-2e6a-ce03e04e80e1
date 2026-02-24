--- v2 (2026-01-28)
+++ v3 (2026-02-24)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_11_30\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_12_31\Radna mapa\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA59A678-A2C1-4467-B712-7F38846E3FA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E70D5494-ED0F-4051-ACBD-E35FF7631153}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="45">
   <si>
     <t xml:space="preserve"> 1 Deposits</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">     1.2 Repos</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.1 Households</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.2 Non-financial corporations</t>
   </si>
   <si>
@@ -1341,124 +1341,129 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9996D6B-F84E-47DE-891D-56F896A85BCD}">
-  <dimension ref="A1:FN71"/>
+  <dimension ref="A1:FO71"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="2.6640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="39.109375" style="6" customWidth="1"/>
+    <col min="3" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="18"/>
     </row>
-    <row r="2" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20"/>
     </row>
-    <row r="4" spans="1:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="32" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="7" spans="1:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="EF7" s="25"/>
       <c r="EG7" s="25"/>
       <c r="EH7" s="25"/>
       <c r="EI7" s="25"/>
       <c r="EJ7" s="28"/>
       <c r="EK7" s="28"/>
       <c r="EL7" s="28"/>
       <c r="EM7" s="28"/>
       <c r="EN7" s="28"/>
       <c r="EO7" s="28"/>
       <c r="EP7" s="28"/>
       <c r="EQ7" s="28"/>
       <c r="ER7" s="28"/>
       <c r="ES7" s="28"/>
       <c r="ET7" s="28"/>
       <c r="EU7" s="28"/>
       <c r="EV7" s="28"/>
       <c r="EW7" s="28"/>
       <c r="EX7" s="28"/>
       <c r="EY7" s="28"/>
       <c r="EZ7" s="28"/>
       <c r="FA7" s="28"/>
       <c r="FB7" s="28"/>
       <c r="FC7" s="28"/>
       <c r="FD7" s="36"/>
       <c r="FE7" s="36"/>
       <c r="FF7" s="36"/>
       <c r="FG7" s="36"/>
       <c r="FH7" s="36"/>
-      <c r="FI7" s="36"/>
+      <c r="FI7" s="36" t="s">
+        <v>44</v>
+      </c>
       <c r="FJ7" s="36"/>
       <c r="FK7" s="36"/>
       <c r="FL7" s="36"/>
       <c r="FM7" s="36"/>
-      <c r="FN7" s="36"/>
+      <c r="FN7" s="36" t="s">
+        <v>44</v>
+      </c>
+      <c r="FO7" s="36"/>
     </row>
-    <row r="8" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="7"/>
       <c r="C8" s="8">
         <v>40908</v>
       </c>
       <c r="D8" s="8">
         <v>40939</v>
       </c>
       <c r="E8" s="8">
         <v>40968</v>
       </c>
       <c r="F8" s="8">
         <v>40999</v>
       </c>
       <c r="G8" s="8">
         <v>41029</v>
       </c>
       <c r="H8" s="8">
         <v>41060</v>
       </c>
       <c r="I8" s="8">
         <v>41090</v>
       </c>
       <c r="J8" s="8">
         <v>41121</v>
       </c>
@@ -1920,52 +1925,55 @@
       </c>
       <c r="FG8" s="9">
         <v>45777</v>
       </c>
       <c r="FH8" s="9">
         <v>45808</v>
       </c>
       <c r="FI8" s="9">
         <v>45838</v>
       </c>
       <c r="FJ8" s="9">
         <v>45869</v>
       </c>
       <c r="FK8" s="9">
         <v>45900</v>
       </c>
       <c r="FL8" s="9">
         <v>45930</v>
       </c>
       <c r="FM8" s="9">
         <v>45961</v>
       </c>
       <c r="FN8" s="9">
         <v>45991</v>
       </c>
+      <c r="FO8" s="9">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="9" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="15">
         <v>3.05</v>
       </c>
       <c r="D9" s="15">
         <v>3.21</v>
       </c>
       <c r="E9" s="15">
         <v>3.32</v>
       </c>
       <c r="F9" s="15">
         <v>3.06</v>
       </c>
       <c r="G9" s="15">
         <v>2.85</v>
       </c>
       <c r="H9" s="15">
         <v>3.2</v>
       </c>
       <c r="I9" s="15">
         <v>3.05</v>
       </c>
       <c r="J9" s="15">
@@ -2429,52 +2437,55 @@
       </c>
       <c r="FG9" s="37">
         <v>1.92</v>
       </c>
       <c r="FH9" s="37">
         <v>1.85</v>
       </c>
       <c r="FI9" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ9" s="37">
         <v>1.69</v>
       </c>
       <c r="FK9" s="37">
         <v>1.7</v>
       </c>
       <c r="FL9" s="37">
         <v>1.72</v>
       </c>
       <c r="FM9" s="37">
         <v>1.68</v>
       </c>
       <c r="FN9" s="37">
         <v>1.74</v>
       </c>
+      <c r="FO9" s="37">
+        <v>1.77</v>
+      </c>
     </row>
-    <row r="10" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="16">
         <v>3.05</v>
       </c>
       <c r="D10" s="16">
         <v>3.21</v>
       </c>
       <c r="E10" s="16">
         <v>3.32</v>
       </c>
       <c r="F10" s="16">
         <v>3.06</v>
       </c>
       <c r="G10" s="16">
         <v>2.91</v>
       </c>
       <c r="H10" s="16">
         <v>3.2</v>
       </c>
       <c r="I10" s="16">
         <v>3.05</v>
       </c>
       <c r="J10" s="16">
@@ -2938,52 +2949,55 @@
       </c>
       <c r="FG10" s="37">
         <v>1.92</v>
       </c>
       <c r="FH10" s="37">
         <v>1.85</v>
       </c>
       <c r="FI10" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ10" s="37">
         <v>1.69</v>
       </c>
       <c r="FK10" s="37">
         <v>1.7</v>
       </c>
       <c r="FL10" s="37">
         <v>1.72</v>
       </c>
       <c r="FM10" s="37">
         <v>1.68</v>
       </c>
       <c r="FN10" s="37">
         <v>1.74</v>
       </c>
+      <c r="FO10" s="37">
+        <v>1.77</v>
+      </c>
     </row>
-    <row r="11" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="16">
         <v>3.32</v>
       </c>
       <c r="D11" s="16">
         <v>3.31</v>
       </c>
       <c r="E11" s="16">
         <v>3.49</v>
       </c>
       <c r="F11" s="16">
         <v>3.38</v>
       </c>
       <c r="G11" s="16">
         <v>3.4</v>
       </c>
       <c r="H11" s="16">
         <v>3.44</v>
       </c>
       <c r="I11" s="16">
         <v>3.33</v>
       </c>
       <c r="J11" s="16">
@@ -3447,52 +3461,55 @@
       </c>
       <c r="FG11" s="37">
         <v>1.45</v>
       </c>
       <c r="FH11" s="37">
         <v>1.52</v>
       </c>
       <c r="FI11" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ11" s="37">
         <v>1.36</v>
       </c>
       <c r="FK11" s="37">
         <v>1.3</v>
       </c>
       <c r="FL11" s="37">
         <v>1.56</v>
       </c>
       <c r="FM11" s="37">
         <v>1.33</v>
       </c>
       <c r="FN11" s="37">
         <v>1.56</v>
       </c>
+      <c r="FO11" s="37">
+        <v>1.64</v>
+      </c>
     </row>
-    <row r="12" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="16">
         <v>3.12</v>
       </c>
       <c r="D12" s="16">
         <v>3.03</v>
       </c>
       <c r="E12" s="16">
         <v>3.09</v>
       </c>
       <c r="F12" s="16">
         <v>3.06</v>
       </c>
       <c r="G12" s="16">
         <v>3.07</v>
       </c>
       <c r="H12" s="16">
         <v>3.21</v>
       </c>
       <c r="I12" s="16">
         <v>2.98</v>
       </c>
       <c r="J12" s="16">
@@ -3956,52 +3973,55 @@
       </c>
       <c r="FG12" s="37">
         <v>1.48</v>
       </c>
       <c r="FH12" s="37">
         <v>1.5</v>
       </c>
       <c r="FI12" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ12" s="37">
         <v>1.39</v>
       </c>
       <c r="FK12" s="37">
         <v>1.33</v>
       </c>
       <c r="FL12" s="37">
         <v>1.6</v>
       </c>
       <c r="FM12" s="37">
         <v>1.36</v>
       </c>
       <c r="FN12" s="37">
         <v>1.38</v>
       </c>
+      <c r="FO12" s="37">
+        <v>1.68</v>
+      </c>
     </row>
-    <row r="13" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="16">
         <v>4.0199999999999996</v>
       </c>
       <c r="D13" s="16">
         <v>4.17</v>
       </c>
       <c r="E13" s="16">
         <v>4.37</v>
       </c>
       <c r="F13" s="16">
         <v>4.21</v>
       </c>
       <c r="G13" s="16">
         <v>4.21</v>
       </c>
       <c r="H13" s="16">
         <v>4.18</v>
       </c>
       <c r="I13" s="16">
         <v>4.24</v>
       </c>
       <c r="J13" s="16">
@@ -4465,52 +4485,55 @@
       </c>
       <c r="FG13" s="37">
         <v>0.59</v>
       </c>
       <c r="FH13" s="37">
         <v>1.67</v>
       </c>
       <c r="FI13" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="37">
         <v>0.75</v>
       </c>
       <c r="FK13" s="37">
         <v>0.74</v>
       </c>
       <c r="FL13" s="37">
         <v>0.9</v>
       </c>
       <c r="FM13" s="37">
         <v>0.94</v>
       </c>
       <c r="FN13" s="37">
         <v>2.2599999999999998</v>
       </c>
+      <c r="FO13" s="37">
+        <v>0.94</v>
+      </c>
     </row>
-    <row r="14" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="16">
         <v>2.59</v>
       </c>
       <c r="D14" s="16">
         <v>2.95</v>
       </c>
       <c r="E14" s="16">
         <v>2.88</v>
       </c>
       <c r="F14" s="16">
         <v>2.41</v>
       </c>
       <c r="G14" s="16">
         <v>2.1</v>
       </c>
       <c r="H14" s="16">
         <v>2.68</v>
       </c>
       <c r="I14" s="16">
         <v>2.44</v>
       </c>
       <c r="J14" s="16">
@@ -4974,52 +4997,55 @@
       </c>
       <c r="FG14" s="37">
         <v>2.06</v>
       </c>
       <c r="FH14" s="37">
         <v>1.98</v>
       </c>
       <c r="FI14" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ14" s="37">
         <v>1.79</v>
       </c>
       <c r="FK14" s="37">
         <v>1.79</v>
       </c>
       <c r="FL14" s="37">
         <v>1.77</v>
       </c>
       <c r="FM14" s="37">
         <v>1.79</v>
       </c>
       <c r="FN14" s="37">
         <v>1.8</v>
       </c>
+      <c r="FO14" s="37">
+        <v>1.82</v>
+      </c>
     </row>
-    <row r="15" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="16">
         <v>2.5099999999999998</v>
       </c>
       <c r="D15" s="16">
         <v>2.91</v>
       </c>
       <c r="E15" s="16">
         <v>2.87</v>
       </c>
       <c r="F15" s="16">
         <v>2.37</v>
       </c>
       <c r="G15" s="16">
         <v>2.0499999999999998</v>
       </c>
       <c r="H15" s="16">
         <v>2.4300000000000002</v>
       </c>
       <c r="I15" s="16">
         <v>2.34</v>
       </c>
       <c r="J15" s="16">
@@ -5483,52 +5509,55 @@
       </c>
       <c r="FG15" s="37">
         <v>2.0699999999999998</v>
       </c>
       <c r="FH15" s="37">
         <v>1.98</v>
       </c>
       <c r="FI15" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ15" s="37">
         <v>1.8</v>
       </c>
       <c r="FK15" s="37">
         <v>1.79</v>
       </c>
       <c r="FL15" s="37">
         <v>1.78</v>
       </c>
       <c r="FM15" s="37">
         <v>1.79</v>
       </c>
       <c r="FN15" s="37">
         <v>1.8</v>
       </c>
+      <c r="FO15" s="37">
+        <v>1.83</v>
+      </c>
     </row>
-    <row r="16" spans="1:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="16">
         <v>4.1900000000000004</v>
       </c>
       <c r="D16" s="16">
         <v>3.57</v>
       </c>
       <c r="E16" s="16">
         <v>3.85</v>
       </c>
       <c r="F16" s="16">
         <v>5.0999999999999996</v>
       </c>
       <c r="G16" s="16">
         <v>2.97</v>
       </c>
       <c r="H16" s="16">
         <v>5.21</v>
       </c>
       <c r="I16" s="16">
         <v>4.4400000000000004</v>
       </c>
       <c r="J16" s="16">
@@ -5992,52 +6021,55 @@
       </c>
       <c r="FG16" s="37">
         <v>0.54</v>
       </c>
       <c r="FH16" s="37">
         <v>2.38</v>
       </c>
       <c r="FI16" s="37">
         <v>2.4500000000000002</v>
       </c>
       <c r="FJ16" s="37">
         <v>0.76</v>
       </c>
       <c r="FK16" s="37">
         <v>1.1599999999999999</v>
       </c>
       <c r="FL16" s="37">
         <v>0.44</v>
       </c>
       <c r="FM16" s="37">
         <v>2.14</v>
       </c>
       <c r="FN16" s="37">
         <v>2.08</v>
       </c>
+      <c r="FO16" s="37">
+        <v>1.19</v>
+      </c>
     </row>
-    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="23" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="G17" s="17">
         <v>0.2</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="J17" s="17">
@@ -6501,52 +6533,55 @@
       </c>
       <c r="FG17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FH17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FI17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FJ17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FK17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FL17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FM17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FN17" s="38" t="s">
         <v>10</v>
       </c>
+      <c r="FO17" s="38" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="16">
         <v>7.18</v>
       </c>
       <c r="D18" s="16">
         <v>7.11</v>
       </c>
       <c r="E18" s="16">
         <v>7.26</v>
       </c>
       <c r="F18" s="16">
         <v>7.23</v>
       </c>
       <c r="G18" s="16">
         <v>6.23</v>
       </c>
       <c r="H18" s="16">
         <v>6.74</v>
       </c>
       <c r="I18" s="16">
         <v>7.41</v>
       </c>
       <c r="J18" s="16">
@@ -6993,69 +7028,72 @@
       <c r="FA18" s="16">
         <v>4.7300000000000004</v>
       </c>
       <c r="FB18" s="16">
         <v>4.75</v>
       </c>
       <c r="FC18" s="16">
         <v>4.51</v>
       </c>
       <c r="FD18" s="37">
         <v>4.53</v>
       </c>
       <c r="FE18" s="37">
         <v>4.3</v>
       </c>
       <c r="FF18" s="37">
         <v>3.97</v>
       </c>
       <c r="FG18" s="37">
         <v>3.89</v>
       </c>
       <c r="FH18" s="37">
         <v>3.81</v>
       </c>
       <c r="FI18" s="37">
-        <v>3.72</v>
+        <v>3.79</v>
       </c>
       <c r="FJ18" s="37">
         <v>3.55</v>
       </c>
       <c r="FK18" s="37">
         <v>3.89</v>
       </c>
       <c r="FL18" s="37">
         <v>3.63</v>
       </c>
       <c r="FM18" s="37">
         <v>3.79</v>
       </c>
       <c r="FN18" s="37">
         <v>3.66</v>
       </c>
+      <c r="FO18" s="37">
+        <v>3.69</v>
+      </c>
     </row>
-    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="16">
         <v>7.58</v>
       </c>
       <c r="D19" s="16">
         <v>7.45</v>
       </c>
       <c r="E19" s="16">
         <v>7.65</v>
       </c>
       <c r="F19" s="16">
         <v>7.63</v>
       </c>
       <c r="G19" s="16">
         <v>7.59</v>
       </c>
       <c r="H19" s="16">
         <v>7.75</v>
       </c>
       <c r="I19" s="16">
         <v>8.32</v>
       </c>
       <c r="J19" s="16">
@@ -7519,52 +7557,55 @@
       </c>
       <c r="FG19" s="37">
         <v>4.1399999999999997</v>
       </c>
       <c r="FH19" s="37">
         <v>4.0599999999999996</v>
       </c>
       <c r="FI19" s="37">
         <v>3.94</v>
       </c>
       <c r="FJ19" s="37">
         <v>4.41</v>
       </c>
       <c r="FK19" s="37">
         <v>4.43</v>
       </c>
       <c r="FL19" s="37">
         <v>4.45</v>
       </c>
       <c r="FM19" s="37">
         <v>4.42</v>
       </c>
       <c r="FN19" s="37">
         <v>4.3499999999999996</v>
       </c>
+      <c r="FO19" s="37">
+        <v>4.32</v>
+      </c>
     </row>
-    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="16">
         <v>5.66</v>
       </c>
       <c r="D20" s="16">
         <v>5.74</v>
       </c>
       <c r="E20" s="16">
         <v>5.63</v>
       </c>
       <c r="F20" s="16">
         <v>5.31</v>
       </c>
       <c r="G20" s="16">
         <v>5.17</v>
       </c>
       <c r="H20" s="16">
         <v>5.44</v>
       </c>
       <c r="I20" s="16">
         <v>5.43</v>
       </c>
       <c r="J20" s="16">
@@ -8028,52 +8069,55 @@
       </c>
       <c r="FG20" s="37">
         <v>2.91</v>
       </c>
       <c r="FH20" s="37">
         <v>2.91</v>
       </c>
       <c r="FI20" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ20" s="37">
         <v>2.98</v>
       </c>
       <c r="FK20" s="37">
         <v>2.98</v>
       </c>
       <c r="FL20" s="37">
         <v>3</v>
       </c>
       <c r="FM20" s="37">
         <v>3.03</v>
       </c>
       <c r="FN20" s="37">
         <v>3.02</v>
       </c>
+      <c r="FO20" s="37">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="16">
         <v>5.5</v>
       </c>
       <c r="D21" s="16">
         <v>5.25</v>
       </c>
       <c r="E21" s="16">
         <v>5.24</v>
       </c>
       <c r="F21" s="16">
         <v>4.7300000000000004</v>
       </c>
       <c r="G21" s="16">
         <v>5.08</v>
       </c>
       <c r="H21" s="16">
         <v>4.99</v>
       </c>
       <c r="I21" s="16">
         <v>5.25</v>
       </c>
       <c r="J21" s="16">
@@ -8537,52 +8581,55 @@
       </c>
       <c r="FG21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FH21" s="37">
         <v>3.14</v>
       </c>
       <c r="FI21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FJ21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FK21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FL21" s="37">
         <v>2.89</v>
       </c>
       <c r="FM21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FN21" s="37" t="s">
         <v>10</v>
       </c>
+      <c r="FO21" s="37" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="16">
         <v>5.68</v>
       </c>
       <c r="D22" s="16">
         <v>5.8</v>
       </c>
       <c r="E22" s="16">
         <v>5.68</v>
       </c>
       <c r="F22" s="16">
         <v>5.66</v>
       </c>
       <c r="G22" s="16">
         <v>5.18</v>
       </c>
       <c r="H22" s="16">
         <v>5.55</v>
       </c>
       <c r="I22" s="16">
         <v>5.46</v>
       </c>
       <c r="J22" s="16">
@@ -9046,52 +9093,55 @@
       </c>
       <c r="FG22" s="37">
         <v>2.91</v>
       </c>
       <c r="FH22" s="37">
         <v>2.91</v>
       </c>
       <c r="FI22" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ22" s="37">
         <v>2.98</v>
       </c>
       <c r="FK22" s="37">
         <v>2.98</v>
       </c>
       <c r="FL22" s="37">
         <v>3</v>
       </c>
       <c r="FM22" s="37">
         <v>3.03</v>
       </c>
       <c r="FN22" s="37">
         <v>3.02</v>
       </c>
+      <c r="FO22" s="37">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
       <c r="U23" s="16"/>
       <c r="V23" s="16"/>
       <c r="W23" s="16"/>
       <c r="X23" s="16"/>
@@ -9289,52 +9339,55 @@
       </c>
       <c r="FG23" s="37">
         <v>3.04</v>
       </c>
       <c r="FH23" s="37">
         <v>3.13</v>
       </c>
       <c r="FI23" s="37">
         <v>3.01</v>
       </c>
       <c r="FJ23" s="37">
         <v>3.49</v>
       </c>
       <c r="FK23" s="37">
         <v>3.02</v>
       </c>
       <c r="FL23" s="37">
         <v>3.13</v>
       </c>
       <c r="FM23" s="37">
         <v>3.19</v>
       </c>
       <c r="FN23" s="37">
         <v>3.34</v>
       </c>
+      <c r="FO23" s="37">
+        <v>3.4</v>
+      </c>
     </row>
-    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="16"/>
       <c r="R24" s="16"/>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
       <c r="U24" s="16"/>
       <c r="V24" s="16"/>
       <c r="W24" s="16"/>
       <c r="X24" s="16"/>
@@ -9532,52 +9585,55 @@
       </c>
       <c r="FG24" s="37">
         <v>2.91</v>
       </c>
       <c r="FH24" s="37">
         <v>2.91</v>
       </c>
       <c r="FI24" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ24" s="37">
         <v>2.97</v>
       </c>
       <c r="FK24" s="37">
         <v>2.98</v>
       </c>
       <c r="FL24" s="37">
         <v>3</v>
       </c>
       <c r="FM24" s="37">
         <v>3.03</v>
       </c>
       <c r="FN24" s="37">
         <v>3.02</v>
       </c>
+      <c r="FO24" s="37">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="16">
         <v>8.35</v>
       </c>
       <c r="D25" s="16">
         <v>8.02</v>
       </c>
       <c r="E25" s="16">
         <v>8.48</v>
       </c>
       <c r="F25" s="16">
         <v>8.69</v>
       </c>
       <c r="G25" s="16">
         <v>8.65</v>
       </c>
       <c r="H25" s="16">
         <v>8.77</v>
       </c>
       <c r="I25" s="16">
         <v>8.85</v>
       </c>
       <c r="J25" s="16">
@@ -10041,52 +10097,55 @@
       </c>
       <c r="FG25" s="37">
         <v>5.62</v>
       </c>
       <c r="FH25" s="37">
         <v>5.65</v>
       </c>
       <c r="FI25" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ25" s="37">
         <v>5.55</v>
       </c>
       <c r="FK25" s="37">
         <v>5.5</v>
       </c>
       <c r="FL25" s="37">
         <v>5.42</v>
       </c>
       <c r="FM25" s="37">
         <v>5.35</v>
       </c>
       <c r="FN25" s="37">
         <v>5.34</v>
       </c>
+      <c r="FO25" s="37">
+        <v>5.36</v>
+      </c>
     </row>
-    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="16">
         <v>6.4</v>
       </c>
       <c r="D26" s="16">
         <v>5.8</v>
       </c>
       <c r="E26" s="16">
         <v>6.15</v>
       </c>
       <c r="F26" s="16">
         <v>5.89</v>
       </c>
       <c r="G26" s="16">
         <v>5.99</v>
       </c>
       <c r="H26" s="16">
         <v>6.46</v>
       </c>
       <c r="I26" s="16">
         <v>6.13</v>
       </c>
       <c r="J26" s="16">
@@ -10550,52 +10609,55 @@
       </c>
       <c r="FG26" s="37">
         <v>5.7</v>
       </c>
       <c r="FH26" s="37">
         <v>5.35</v>
       </c>
       <c r="FI26" s="37">
         <v>5.56</v>
       </c>
       <c r="FJ26" s="37">
         <v>5.4</v>
       </c>
       <c r="FK26" s="37">
         <v>5.42</v>
       </c>
       <c r="FL26" s="37">
         <v>4.74</v>
       </c>
       <c r="FM26" s="37">
         <v>5.45</v>
       </c>
       <c r="FN26" s="37">
         <v>5.52</v>
       </c>
+      <c r="FO26" s="37">
+        <v>5.32</v>
+      </c>
     </row>
-    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="16">
         <v>8.68</v>
       </c>
       <c r="D27" s="16">
         <v>8.5299999999999994</v>
       </c>
       <c r="E27" s="16">
         <v>8.82</v>
       </c>
       <c r="F27" s="16">
         <v>9</v>
       </c>
       <c r="G27" s="16">
         <v>9</v>
       </c>
       <c r="H27" s="16">
         <v>9.07</v>
       </c>
       <c r="I27" s="16">
         <v>8.99</v>
       </c>
       <c r="J27" s="16">
@@ -11059,52 +11121,55 @@
       </c>
       <c r="FG27" s="37">
         <v>5.62</v>
       </c>
       <c r="FH27" s="37">
         <v>5.66</v>
       </c>
       <c r="FI27" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ27" s="37">
         <v>5.56</v>
       </c>
       <c r="FK27" s="37">
         <v>5.51</v>
       </c>
       <c r="FL27" s="37">
         <v>5.43</v>
       </c>
       <c r="FM27" s="37">
         <v>5.34</v>
       </c>
       <c r="FN27" s="37">
         <v>5.33</v>
       </c>
+      <c r="FO27" s="37">
+        <v>5.37</v>
+      </c>
     </row>
-    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
       <c r="U28" s="16"/>
       <c r="V28" s="16"/>
       <c r="W28" s="16"/>
       <c r="X28" s="16"/>
@@ -11302,52 +11367,55 @@
       </c>
       <c r="FG28" s="37">
         <v>5.87</v>
       </c>
       <c r="FH28" s="37">
         <v>5.87</v>
       </c>
       <c r="FI28" s="37">
         <v>5.82</v>
       </c>
       <c r="FJ28" s="37">
         <v>5.67</v>
       </c>
       <c r="FK28" s="37">
         <v>5.63</v>
       </c>
       <c r="FL28" s="37">
         <v>5.6</v>
       </c>
       <c r="FM28" s="37">
         <v>5.5</v>
       </c>
       <c r="FN28" s="37">
         <v>5.52</v>
       </c>
+      <c r="FO28" s="37">
+        <v>5.57</v>
+      </c>
     </row>
-    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="16"/>
       <c r="D29" s="16"/>
       <c r="E29" s="16"/>
       <c r="F29" s="16"/>
       <c r="G29" s="16"/>
       <c r="H29" s="16"/>
       <c r="I29" s="16"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
       <c r="L29" s="16"/>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="O29" s="16"/>
       <c r="P29" s="16"/>
       <c r="Q29" s="16"/>
       <c r="R29" s="16"/>
       <c r="S29" s="16"/>
       <c r="T29" s="16"/>
       <c r="U29" s="16"/>
       <c r="V29" s="16"/>
       <c r="W29" s="16"/>
       <c r="X29" s="16"/>
@@ -11545,52 +11613,55 @@
       </c>
       <c r="FG29" s="37">
         <v>5.52</v>
       </c>
       <c r="FH29" s="37">
         <v>5.57</v>
       </c>
       <c r="FI29" s="37">
         <v>5.47</v>
       </c>
       <c r="FJ29" s="37">
         <v>5.52</v>
       </c>
       <c r="FK29" s="37">
         <v>5.47</v>
       </c>
       <c r="FL29" s="37">
         <v>5.38</v>
       </c>
       <c r="FM29" s="37">
         <v>5.29</v>
       </c>
       <c r="FN29" s="37">
         <v>5.28</v>
       </c>
+      <c r="FO29" s="37">
+        <v>5.31</v>
+      </c>
     </row>
-    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="16">
         <v>8.91</v>
       </c>
       <c r="D30" s="16">
         <v>9.75</v>
       </c>
       <c r="E30" s="16">
         <v>9.85</v>
       </c>
       <c r="F30" s="16">
         <v>9.3800000000000008</v>
       </c>
       <c r="G30" s="16">
         <v>9.6999999999999993</v>
       </c>
       <c r="H30" s="16">
         <v>9.67</v>
       </c>
       <c r="I30" s="16">
         <v>9.42</v>
       </c>
       <c r="J30" s="16">
@@ -12054,52 +12125,55 @@
       </c>
       <c r="FG30" s="37">
         <v>5.22</v>
       </c>
       <c r="FH30" s="37">
         <v>5.19</v>
       </c>
       <c r="FI30" s="37">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ30" s="37">
         <v>4.99</v>
       </c>
       <c r="FK30" s="37">
         <v>4.8</v>
       </c>
       <c r="FL30" s="37">
         <v>4.71</v>
       </c>
       <c r="FM30" s="37">
         <v>5.16</v>
       </c>
       <c r="FN30" s="37">
         <v>4.74</v>
       </c>
+      <c r="FO30" s="37">
+        <v>4.79</v>
+      </c>
     </row>
-    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="16">
         <v>7.08</v>
       </c>
       <c r="D31" s="16">
         <v>6.92</v>
       </c>
       <c r="E31" s="16">
         <v>7.08</v>
       </c>
       <c r="F31" s="16">
         <v>6.97</v>
       </c>
       <c r="G31" s="16">
         <v>5.59</v>
       </c>
       <c r="H31" s="16">
         <v>6.33</v>
       </c>
       <c r="I31" s="16">
         <v>6.71</v>
       </c>
       <c r="J31" s="16">
@@ -12546,69 +12620,72 @@
       <c r="FA31" s="16">
         <v>4.43</v>
       </c>
       <c r="FB31" s="16">
         <v>4.49</v>
       </c>
       <c r="FC31" s="16">
         <v>4.32</v>
       </c>
       <c r="FD31" s="37">
         <v>4.29</v>
       </c>
       <c r="FE31" s="37">
         <v>3.95</v>
       </c>
       <c r="FF31" s="37">
         <v>3.71</v>
       </c>
       <c r="FG31" s="37">
         <v>3.69</v>
       </c>
       <c r="FH31" s="37">
         <v>3.56</v>
       </c>
       <c r="FI31" s="37">
-        <v>3.54</v>
+        <v>3.66</v>
       </c>
       <c r="FJ31" s="37">
         <v>3.29</v>
       </c>
       <c r="FK31" s="37">
         <v>3.59</v>
       </c>
       <c r="FL31" s="37">
         <v>3.24</v>
       </c>
       <c r="FM31" s="37">
         <v>3.43</v>
       </c>
       <c r="FN31" s="37">
         <v>3.33</v>
       </c>
+      <c r="FO31" s="37">
+        <v>3.49</v>
+      </c>
     </row>
-    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="16">
         <v>7.63</v>
       </c>
       <c r="D32" s="16">
         <v>7.21</v>
       </c>
       <c r="E32" s="16">
         <v>7.25</v>
       </c>
       <c r="F32" s="16">
         <v>7.38</v>
       </c>
       <c r="G32" s="16">
         <v>5.12</v>
       </c>
       <c r="H32" s="16">
         <v>6.61</v>
       </c>
       <c r="I32" s="16">
         <v>7.09</v>
       </c>
       <c r="J32" s="16">
@@ -13072,52 +13149,55 @@
       </c>
       <c r="FG32" s="37">
         <v>3.19</v>
       </c>
       <c r="FH32" s="37">
         <v>3.06</v>
       </c>
       <c r="FI32" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ32" s="37">
         <v>2.89</v>
       </c>
       <c r="FK32" s="37">
         <v>3.06</v>
       </c>
       <c r="FL32" s="37">
         <v>2.82</v>
       </c>
       <c r="FM32" s="37">
         <v>2.97</v>
       </c>
       <c r="FN32" s="37">
         <v>2.91</v>
       </c>
+      <c r="FO32" s="37">
+        <v>3</v>
+      </c>
     </row>
-    <row r="33" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="16">
         <v>6.49</v>
       </c>
       <c r="D33" s="16">
         <v>6.58</v>
       </c>
       <c r="E33" s="16">
         <v>6.79</v>
       </c>
       <c r="F33" s="16">
         <v>6.64</v>
       </c>
       <c r="G33" s="16">
         <v>6.34</v>
       </c>
       <c r="H33" s="16">
         <v>6.09</v>
       </c>
       <c r="I33" s="16">
         <v>6.5</v>
       </c>
       <c r="J33" s="16">
@@ -13564,69 +13644,72 @@
       <c r="FA33" s="16">
         <v>4.74</v>
       </c>
       <c r="FB33" s="16">
         <v>4.5599999999999996</v>
       </c>
       <c r="FC33" s="16">
         <v>4.63</v>
       </c>
       <c r="FD33" s="37">
         <v>4.5999999999999996</v>
       </c>
       <c r="FE33" s="37">
         <v>4.25</v>
       </c>
       <c r="FF33" s="37">
         <v>4.09</v>
       </c>
       <c r="FG33" s="37">
         <v>4.33</v>
       </c>
       <c r="FH33" s="37">
         <v>4.13</v>
       </c>
       <c r="FI33" s="37">
-        <v>4.0199999999999996</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="FJ33" s="37">
         <v>3.56</v>
       </c>
       <c r="FK33" s="37">
         <v>4.0999999999999996</v>
       </c>
       <c r="FL33" s="37">
         <v>3.6</v>
       </c>
       <c r="FM33" s="37">
         <v>3.8</v>
       </c>
       <c r="FN33" s="37">
         <v>3.61</v>
       </c>
+      <c r="FO33" s="37">
+        <v>3.76</v>
+      </c>
     </row>
-    <row r="34" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="16"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
       <c r="S34" s="16"/>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16"/>
       <c r="X34" s="16"/>
@@ -13807,69 +13890,72 @@
       <c r="FA34" s="16">
         <v>4.76</v>
       </c>
       <c r="FB34" s="16">
         <v>4.82</v>
       </c>
       <c r="FC34" s="16">
         <v>4.59</v>
       </c>
       <c r="FD34" s="37">
         <v>4.22</v>
       </c>
       <c r="FE34" s="37">
         <v>4.59</v>
       </c>
       <c r="FF34" s="37">
         <v>4.01</v>
       </c>
       <c r="FG34" s="37">
         <v>4.41</v>
       </c>
       <c r="FH34" s="37">
         <v>4.3600000000000003</v>
       </c>
       <c r="FI34" s="37">
-        <v>4.17</v>
+        <v>4.42</v>
       </c>
       <c r="FJ34" s="37">
         <v>4</v>
       </c>
       <c r="FK34" s="37">
         <v>4.21</v>
       </c>
       <c r="FL34" s="37">
         <v>3.84</v>
       </c>
       <c r="FM34" s="37">
         <v>3.88</v>
       </c>
       <c r="FN34" s="37">
-        <v>3.82</v>
+        <v>3.83</v>
+      </c>
+      <c r="FO34" s="37">
+        <v>4.37</v>
       </c>
     </row>
-    <row r="35" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="22"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="22"/>
       <c r="J35" s="22"/>
       <c r="K35" s="22"/>
       <c r="L35" s="22"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
       <c r="Q35" s="22"/>
       <c r="R35" s="22"/>
       <c r="S35" s="22"/>
       <c r="T35" s="22"/>
       <c r="U35" s="22"/>
       <c r="V35" s="22"/>
       <c r="W35" s="22"/>
       <c r="X35" s="22"/>
@@ -14050,132 +14136,138 @@
       <c r="FA35" s="22">
         <v>4.7300000000000004</v>
       </c>
       <c r="FB35" s="22">
         <v>4.42</v>
       </c>
       <c r="FC35" s="22">
         <v>4.6399999999999997</v>
       </c>
       <c r="FD35" s="39">
         <v>4.8099999999999996</v>
       </c>
       <c r="FE35" s="39">
         <v>3.85</v>
       </c>
       <c r="FF35" s="39">
         <v>4.1399999999999997</v>
       </c>
       <c r="FG35" s="39">
         <v>4.2699999999999996</v>
       </c>
       <c r="FH35" s="39">
         <v>3.95</v>
       </c>
       <c r="FI35" s="39">
-        <v>3.94</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="FJ35" s="39">
         <v>3.43</v>
       </c>
       <c r="FK35" s="39">
         <v>4.04</v>
       </c>
       <c r="FL35" s="39">
         <v>3.52</v>
       </c>
       <c r="FM35" s="39">
         <v>3.75</v>
       </c>
       <c r="FN35" s="39">
         <v>3.36</v>
       </c>
+      <c r="FO35" s="39">
+        <v>3.61</v>
+      </c>
     </row>
-    <row r="36" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="EF36" s="26"/>
       <c r="EG36" s="26"/>
       <c r="EH36" s="26"/>
       <c r="EI36" s="26"/>
     </row>
-    <row r="37" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="EF37" s="27"/>
       <c r="EG37" s="27"/>
       <c r="EH37" s="27"/>
       <c r="EI37" s="27"/>
     </row>
-    <row r="38" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="21" t="s">
         <v>42</v>
       </c>
       <c r="EF38" s="25"/>
       <c r="EG38" s="25"/>
       <c r="EH38" s="25"/>
       <c r="EI38" s="25"/>
     </row>
-    <row r="39" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="EF39" s="25"/>
       <c r="EG39" s="25"/>
       <c r="EH39" s="25"/>
       <c r="EI39" s="25"/>
       <c r="EJ39" s="28"/>
       <c r="EK39" s="29"/>
       <c r="EL39" s="29"/>
       <c r="EM39" s="29"/>
       <c r="EN39" s="29"/>
       <c r="EO39" s="29"/>
       <c r="EP39" s="29"/>
       <c r="EQ39" s="29"/>
       <c r="ER39" s="29"/>
       <c r="ES39" s="29"/>
       <c r="ET39" s="29"/>
       <c r="EU39" s="29"/>
       <c r="EV39" s="29"/>
       <c r="EW39" s="29"/>
       <c r="EX39" s="29"/>
       <c r="EY39" s="29"/>
       <c r="EZ39" s="29"/>
       <c r="FA39" s="29"/>
       <c r="FB39" s="29"/>
       <c r="FC39" s="29"/>
       <c r="FD39" s="36"/>
       <c r="FE39" s="36"/>
       <c r="FF39" s="36"/>
       <c r="FG39" s="36"/>
       <c r="FH39" s="36"/>
-      <c r="FI39" s="36"/>
+      <c r="FI39" s="36" t="s">
+        <v>44</v>
+      </c>
       <c r="FJ39" s="36"/>
       <c r="FK39" s="36"/>
       <c r="FL39" s="36"/>
-      <c r="FM39" s="36" t="s">
+      <c r="FM39" s="36"/>
+      <c r="FN39" s="36" t="s">
         <v>44</v>
       </c>
-      <c r="FN39" s="36"/>
+      <c r="FO39" s="36"/>
     </row>
-    <row r="40" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="7"/>
       <c r="C40" s="8">
         <v>40908</v>
       </c>
       <c r="D40" s="8">
         <v>40939</v>
       </c>
       <c r="E40" s="8">
         <v>40968</v>
       </c>
       <c r="F40" s="8">
         <v>40999</v>
       </c>
       <c r="G40" s="8">
         <v>41029</v>
       </c>
       <c r="H40" s="8">
         <v>41060</v>
       </c>
       <c r="I40" s="8">
         <v>41090</v>
       </c>
       <c r="J40" s="8">
         <v>41121</v>
       </c>
@@ -14637,52 +14729,55 @@
       </c>
       <c r="FG40" s="9">
         <v>45777</v>
       </c>
       <c r="FH40" s="9">
         <v>45808</v>
       </c>
       <c r="FI40" s="9">
         <v>45838</v>
       </c>
       <c r="FJ40" s="9">
         <v>45869</v>
       </c>
       <c r="FK40" s="9">
         <v>45900</v>
       </c>
       <c r="FL40" s="9">
         <v>45930</v>
       </c>
       <c r="FM40" s="9">
         <v>45961</v>
       </c>
       <c r="FN40" s="9">
         <v>45991</v>
       </c>
+      <c r="FO40" s="9">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="41" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="10">
         <v>1792.3690337</v>
       </c>
       <c r="D41" s="10">
         <v>1469.0067238000001</v>
       </c>
       <c r="E41" s="10">
         <v>1419.1660201700001</v>
       </c>
       <c r="F41" s="10">
         <v>1526.5068937400001</v>
       </c>
       <c r="G41" s="10">
         <v>1475.28420413</v>
       </c>
       <c r="H41" s="10">
         <v>1466.3292228999999</v>
       </c>
       <c r="I41" s="10">
         <v>1139.30853017</v>
       </c>
       <c r="J41" s="10">
@@ -15146,52 +15241,55 @@
       </c>
       <c r="FG41" s="40">
         <v>4855.6677573900006</v>
       </c>
       <c r="FH41" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI41" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ41" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK41" s="40">
         <v>4255.1134040500001</v>
       </c>
       <c r="FL41" s="40">
         <v>4445.7645618300003</v>
       </c>
       <c r="FM41" s="40">
         <v>4928.1738792899996</v>
       </c>
       <c r="FN41" s="40">
         <v>4692.92538874</v>
       </c>
+      <c r="FO41" s="40">
+        <v>5333.4368712899995</v>
+      </c>
     </row>
-    <row r="42" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="11">
         <v>1792.3690337</v>
       </c>
       <c r="D42" s="11">
         <v>1469.0067238000001</v>
       </c>
       <c r="E42" s="11">
         <v>1419.1660201700001</v>
       </c>
       <c r="F42" s="11">
         <v>1526.5068937400001</v>
       </c>
       <c r="G42" s="11">
         <v>1444.0943441500001</v>
       </c>
       <c r="H42" s="11">
         <v>1466.3292228999999</v>
       </c>
       <c r="I42" s="11">
         <v>1139.30853017</v>
       </c>
       <c r="J42" s="11">
@@ -15655,52 +15753,55 @@
       </c>
       <c r="FG42" s="40">
         <v>4855.6677573900006</v>
       </c>
       <c r="FH42" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI42" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ42" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK42" s="40">
         <v>4255.1134040500001</v>
       </c>
       <c r="FL42" s="40">
         <v>4445.7645618300003</v>
       </c>
       <c r="FM42" s="40">
         <v>4928.1738792899996</v>
       </c>
       <c r="FN42" s="40">
         <v>4692.92538874</v>
       </c>
+      <c r="FO42" s="40">
+        <v>5333.4368712899995</v>
+      </c>
     </row>
-    <row r="43" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="11">
         <v>1140.5326148300001</v>
       </c>
       <c r="D43" s="11">
         <v>1050.1441457400001</v>
       </c>
       <c r="E43" s="11">
         <v>1036.1144871000001</v>
       </c>
       <c r="F43" s="11">
         <v>1012.17652165</v>
       </c>
       <c r="G43" s="11">
         <v>900.66128356000002</v>
       </c>
       <c r="H43" s="11">
         <v>1008.59973064</v>
       </c>
       <c r="I43" s="11">
         <v>778.12664881000001</v>
       </c>
       <c r="J43" s="11">
@@ -16164,52 +16265,55 @@
       </c>
       <c r="FG43" s="40">
         <v>1162.4179981700001</v>
       </c>
       <c r="FH43" s="40">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI43" s="40">
         <v>1076.16758497</v>
       </c>
       <c r="FJ43" s="40">
         <v>1068.89927771</v>
       </c>
       <c r="FK43" s="40">
         <v>765.27452540999991</v>
       </c>
       <c r="FL43" s="40">
         <v>1132.11451519</v>
       </c>
       <c r="FM43" s="40">
         <v>1186.01268781</v>
       </c>
       <c r="FN43" s="40">
         <v>1216.2211510100001</v>
       </c>
+      <c r="FO43" s="40">
+        <v>1320.46373346</v>
+      </c>
     </row>
-    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C44" s="11">
         <v>889.70405115000005</v>
       </c>
       <c r="D44" s="11">
         <v>790.40905513000007</v>
       </c>
       <c r="E44" s="11">
         <v>713.22447617</v>
       </c>
       <c r="F44" s="11">
         <v>726.11881702000005</v>
       </c>
       <c r="G44" s="11">
         <v>639.24595107000005</v>
       </c>
       <c r="H44" s="11">
         <v>770.87082230999999</v>
       </c>
       <c r="I44" s="11">
         <v>565.50673051000001</v>
       </c>
       <c r="J44" s="11">
@@ -16673,52 +16777,55 @@
       </c>
       <c r="FG44" s="40">
         <v>1113.0968598099998</v>
       </c>
       <c r="FH44" s="40">
         <v>1058.1932032699999</v>
       </c>
       <c r="FI44" s="40">
         <v>998.98419439999998</v>
       </c>
       <c r="FJ44" s="40">
         <v>1017.5364934500001</v>
       </c>
       <c r="FK44" s="40">
         <v>721.66011852999998</v>
       </c>
       <c r="FL44" s="40">
         <v>1066.01597324</v>
       </c>
       <c r="FM44" s="40">
         <v>1100.9233947800001</v>
       </c>
       <c r="FN44" s="40">
         <v>965.79315826000004</v>
       </c>
+      <c r="FO44" s="40">
+        <v>1248.9696958699999</v>
+      </c>
     </row>
-    <row r="45" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C45" s="11">
         <v>250.82856368</v>
       </c>
       <c r="D45" s="11">
         <v>259.73509060999999</v>
       </c>
       <c r="E45" s="11">
         <v>322.89001093000002</v>
       </c>
       <c r="F45" s="11">
         <v>286.05770462999999</v>
       </c>
       <c r="G45" s="11">
         <v>261.41533248999997</v>
       </c>
       <c r="H45" s="11">
         <v>237.72890833</v>
       </c>
       <c r="I45" s="11">
         <v>212.61991829999999</v>
       </c>
       <c r="J45" s="11">
@@ -17182,52 +17289,55 @@
       </c>
       <c r="FG45" s="40">
         <v>49.321138359999999</v>
       </c>
       <c r="FH45" s="40">
         <v>95.876967829999998</v>
       </c>
       <c r="FI45" s="40">
         <v>77.183390569999986</v>
       </c>
       <c r="FJ45" s="40">
         <v>51.362784259999998</v>
       </c>
       <c r="FK45" s="40">
         <v>43.614406880000004</v>
       </c>
       <c r="FL45" s="40">
         <v>66.098541949999998</v>
       </c>
       <c r="FM45" s="40">
         <v>85.089293030000007</v>
       </c>
       <c r="FN45" s="40">
         <v>250.42799274999999</v>
       </c>
+      <c r="FO45" s="40">
+        <v>71.494037590000005</v>
+      </c>
     </row>
-    <row r="46" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="11">
         <v>651.83641886999999</v>
       </c>
       <c r="D46" s="11">
         <v>418.86257805999998</v>
       </c>
       <c r="E46" s="11">
         <v>383.05153307</v>
       </c>
       <c r="F46" s="11">
         <v>514.33037209000008</v>
       </c>
       <c r="G46" s="11">
         <v>543.43306059000008</v>
       </c>
       <c r="H46" s="11">
         <v>457.72949226000003</v>
       </c>
       <c r="I46" s="11">
         <v>361.18188136000003</v>
       </c>
       <c r="J46" s="11">
@@ -17691,52 +17801,55 @@
       </c>
       <c r="FG46" s="40">
         <v>3693.2497592199998</v>
       </c>
       <c r="FH46" s="40">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI46" s="40">
         <v>3260.29698087</v>
       </c>
       <c r="FJ46" s="40">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK46" s="40">
         <v>3489.8388786400001</v>
       </c>
       <c r="FL46" s="40">
         <v>3313.6500466399998</v>
       </c>
       <c r="FM46" s="40">
         <v>3742.1611914800001</v>
       </c>
       <c r="FN46" s="40">
         <v>3476.7042377299999</v>
       </c>
+      <c r="FO46" s="40">
+        <v>4012.9731378299998</v>
+      </c>
     </row>
-    <row r="47" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="11">
         <v>620.14567409999995</v>
       </c>
       <c r="D47" s="11">
         <v>392.30756287999998</v>
       </c>
       <c r="E47" s="11">
         <v>379.11303623999999</v>
       </c>
       <c r="F47" s="11">
         <v>505.26463155000005</v>
       </c>
       <c r="G47" s="11">
         <v>515.98261202000003</v>
       </c>
       <c r="H47" s="11">
         <v>415.98517103</v>
       </c>
       <c r="I47" s="11">
         <v>344.33374865000002</v>
       </c>
       <c r="J47" s="11">
@@ -18200,52 +18313,55 @@
       </c>
       <c r="FG47" s="40">
         <v>3683.6949085000001</v>
       </c>
       <c r="FH47" s="40">
         <v>2951.4896112500001</v>
       </c>
       <c r="FI47" s="40">
         <v>3235.95593108</v>
       </c>
       <c r="FJ47" s="40">
         <v>3487.6435976999996</v>
       </c>
       <c r="FK47" s="40">
         <v>3482.7567755999999</v>
       </c>
       <c r="FL47" s="40">
         <v>3296.5556746500001</v>
       </c>
       <c r="FM47" s="40">
         <v>3702.0770249799998</v>
       </c>
       <c r="FN47" s="40">
         <v>3416.3726168099997</v>
       </c>
+      <c r="FO47" s="40">
+        <v>3972.35250602</v>
+      </c>
     </row>
-    <row r="48" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="11">
         <v>31.690744770000002</v>
       </c>
       <c r="D48" s="11">
         <v>26.555015180000002</v>
       </c>
       <c r="E48" s="11">
         <v>3.9384968300000001</v>
       </c>
       <c r="F48" s="11">
         <v>9.0657405400000002</v>
       </c>
       <c r="G48" s="11">
         <v>27.450448569999999</v>
       </c>
       <c r="H48" s="11">
         <v>41.744321230000004</v>
       </c>
       <c r="I48" s="11">
         <v>16.848132709999998</v>
       </c>
       <c r="J48" s="11">
@@ -18709,52 +18825,55 @@
       </c>
       <c r="FG48" s="40">
         <v>9.554850720000001</v>
       </c>
       <c r="FH48" s="40">
         <v>23.221795109999999</v>
       </c>
       <c r="FI48" s="40">
         <v>24.34104979</v>
       </c>
       <c r="FJ48" s="40">
         <v>11.08203445</v>
       </c>
       <c r="FK48" s="40">
         <v>7.0821030399999998</v>
       </c>
       <c r="FL48" s="40">
         <v>17.094371989999999</v>
       </c>
       <c r="FM48" s="40">
         <v>40.084166500000002</v>
       </c>
       <c r="FN48" s="40">
         <v>60.331620919999999</v>
       </c>
+      <c r="FO48" s="40">
+        <v>40.620631809999999</v>
+      </c>
     </row>
-    <row r="49" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="12">
         <v>31.189859980000001</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="J49" s="12">
@@ -19218,52 +19337,55 @@
       </c>
       <c r="FG49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FH49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FI49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FJ49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FK49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FL49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FM49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FN49" s="41" t="s">
         <v>10</v>
       </c>
+      <c r="FO49" s="41" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="50" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="11">
         <v>826.03931195000007</v>
       </c>
       <c r="D50" s="11">
         <v>429.15177962000001</v>
       </c>
       <c r="E50" s="11">
         <v>580.3362122399999</v>
       </c>
       <c r="F50" s="11">
         <v>574.40654682000002</v>
       </c>
       <c r="G50" s="11">
         <v>576.75411589000009</v>
       </c>
       <c r="H50" s="11">
         <v>749.60590086000002</v>
       </c>
       <c r="I50" s="11">
         <v>864.22363094000002</v>
       </c>
       <c r="J50" s="11">
@@ -19710,69 +19832,72 @@
       <c r="FA50" s="11">
         <v>1762.9204141500002</v>
       </c>
       <c r="FB50" s="11">
         <v>1445.66284421</v>
       </c>
       <c r="FC50" s="11">
         <v>2073.62473778</v>
       </c>
       <c r="FD50" s="40">
         <v>1822.5264031900001</v>
       </c>
       <c r="FE50" s="40">
         <v>1682.0474245599999</v>
       </c>
       <c r="FF50" s="40">
         <v>2525.3114339200001</v>
       </c>
       <c r="FG50" s="40">
         <v>2453.7855668800003</v>
       </c>
       <c r="FH50" s="40">
         <v>2273.2101349200002</v>
       </c>
       <c r="FI50" s="40">
-        <v>3045.05539172</v>
+        <v>2874.05539172</v>
       </c>
       <c r="FJ50" s="40">
         <v>3182.4814232199997</v>
       </c>
       <c r="FK50" s="40">
         <v>1627.2962365999999</v>
       </c>
       <c r="FL50" s="40">
         <v>2371.1085929699998</v>
       </c>
       <c r="FM50" s="40">
         <v>2190.6219439299998</v>
       </c>
       <c r="FN50" s="40">
-        <v>2126.8543470300001</v>
+        <v>2126.9729470299999</v>
+      </c>
+      <c r="FO50" s="40">
+        <v>2876.4526453899998</v>
       </c>
     </row>
-    <row r="51" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="11">
         <v>166.53838426000002</v>
       </c>
       <c r="D51" s="11">
         <v>156.50617223</v>
       </c>
       <c r="E51" s="11">
         <v>181.88064709999998</v>
       </c>
       <c r="F51" s="11">
         <v>222.43640979000003</v>
       </c>
       <c r="G51" s="11">
         <v>184.91404402000001</v>
       </c>
       <c r="H51" s="11">
         <v>218.05271493000004</v>
       </c>
       <c r="I51" s="11">
         <v>375.30269142999998</v>
       </c>
       <c r="J51" s="11">
@@ -20236,52 +20361,55 @@
       </c>
       <c r="FG51" s="40">
         <v>1072.5343082500001</v>
       </c>
       <c r="FH51" s="40">
         <v>1124.76312708</v>
       </c>
       <c r="FI51" s="40">
         <v>1348.7447628599998</v>
       </c>
       <c r="FJ51" s="40">
         <v>727.70471921000001</v>
       </c>
       <c r="FK51" s="40">
         <v>590.18112938000002</v>
       </c>
       <c r="FL51" s="40">
         <v>767.18539647</v>
       </c>
       <c r="FM51" s="40">
         <v>799.33443646000001</v>
       </c>
       <c r="FN51" s="40">
         <v>687.70312483999999</v>
       </c>
+      <c r="FO51" s="40">
+        <v>707.99136762000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="11">
         <v>47.606623759999998</v>
       </c>
       <c r="D52" s="11">
         <v>39.404511189999994</v>
       </c>
       <c r="E52" s="11">
         <v>53.277497969999999</v>
       </c>
       <c r="F52" s="11">
         <v>69.354271600000004</v>
       </c>
       <c r="G52" s="11">
         <v>56.432360270000004</v>
       </c>
       <c r="H52" s="11">
         <v>66.899817900000002</v>
       </c>
       <c r="I52" s="11">
         <v>57.790311520000003</v>
       </c>
       <c r="J52" s="11">
@@ -20745,52 +20873,55 @@
       </c>
       <c r="FG52" s="40">
         <v>584.70863340999995</v>
       </c>
       <c r="FH52" s="40">
         <v>651.14445674000001</v>
       </c>
       <c r="FI52" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ52" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK52" s="40">
         <v>251.56757563999997</v>
       </c>
       <c r="FL52" s="40">
         <v>306.37076393000001</v>
       </c>
       <c r="FM52" s="40">
         <v>320.49897258999999</v>
       </c>
       <c r="FN52" s="40">
         <v>291.94455780999999</v>
       </c>
+      <c r="FO52" s="40">
+        <v>319.06077776999996</v>
+      </c>
     </row>
-    <row r="53" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="11">
         <v>5.3055225400000001</v>
       </c>
       <c r="D53" s="11">
         <v>4.3148209399999997</v>
       </c>
       <c r="E53" s="11">
         <v>6.08814104</v>
       </c>
       <c r="F53" s="11">
         <v>25.999289050000002</v>
       </c>
       <c r="G53" s="11">
         <v>8.3699122900000003</v>
       </c>
       <c r="H53" s="11">
         <v>12.907633219999999</v>
       </c>
       <c r="I53" s="11">
         <v>8.2968405799999996</v>
       </c>
       <c r="J53" s="11">
@@ -21254,52 +21385,55 @@
       </c>
       <c r="FG53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FH53" s="40">
         <v>0.04</v>
       </c>
       <c r="FI53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FJ53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FK53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FL53" s="40">
         <v>9.8442400000000006E-3</v>
       </c>
       <c r="FM53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FN53" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="FO53" s="40" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="54" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C54" s="11">
         <v>42.30110122</v>
       </c>
       <c r="D54" s="11">
         <v>35.089690249999997</v>
       </c>
       <c r="E54" s="11">
         <v>47.189356930000002</v>
       </c>
       <c r="F54" s="11">
         <v>43.354982550000003</v>
       </c>
       <c r="G54" s="11">
         <v>48.062447980000002</v>
       </c>
       <c r="H54" s="11">
         <v>53.992184680000001</v>
       </c>
       <c r="I54" s="11">
         <v>49.493470940000002</v>
       </c>
       <c r="J54" s="11">
@@ -21763,52 +21897,55 @@
       </c>
       <c r="FG54" s="40">
         <v>584.70863340999995</v>
       </c>
       <c r="FH54" s="40">
         <v>651.10445674000005</v>
       </c>
       <c r="FI54" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ54" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK54" s="40">
         <v>251.56757563999997</v>
       </c>
       <c r="FL54" s="40">
         <v>306.36091969</v>
       </c>
       <c r="FM54" s="40">
         <v>320.49897258999999</v>
       </c>
       <c r="FN54" s="40">
         <v>291.94455780999999</v>
       </c>
+      <c r="FO54" s="40">
+        <v>319.06077776999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
       <c r="I55" s="11"/>
       <c r="J55" s="11"/>
       <c r="K55" s="11"/>
       <c r="L55" s="11"/>
       <c r="M55" s="11"/>
       <c r="N55" s="11"/>
       <c r="O55" s="11"/>
       <c r="P55" s="11"/>
       <c r="Q55" s="11"/>
       <c r="R55" s="11"/>
       <c r="S55" s="11"/>
       <c r="T55" s="11"/>
       <c r="U55" s="11"/>
       <c r="V55" s="11"/>
       <c r="W55" s="11"/>
       <c r="X55" s="11"/>
@@ -22006,52 +22143,55 @@
       </c>
       <c r="FG55" s="40">
         <v>1.28596344</v>
       </c>
       <c r="FH55" s="40">
         <v>1.24096345</v>
       </c>
       <c r="FI55" s="40">
         <v>3.0959714900000002</v>
       </c>
       <c r="FJ55" s="40">
         <v>1.1142327599999999</v>
       </c>
       <c r="FK55" s="40">
         <v>0.44709990999999999</v>
       </c>
       <c r="FL55" s="40">
         <v>1.2903794499999999</v>
       </c>
       <c r="FM55" s="40">
         <v>0.91128981000000009</v>
       </c>
       <c r="FN55" s="40">
         <v>0.52388939000000001</v>
       </c>
+      <c r="FO55" s="40">
+        <v>0.79050935</v>
+      </c>
     </row>
-    <row r="56" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
       <c r="J56" s="11"/>
       <c r="K56" s="11"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
       <c r="O56" s="11"/>
       <c r="P56" s="11"/>
       <c r="Q56" s="11"/>
       <c r="R56" s="11"/>
       <c r="S56" s="11"/>
       <c r="T56" s="11"/>
       <c r="U56" s="11"/>
       <c r="V56" s="11"/>
       <c r="W56" s="11"/>
       <c r="X56" s="11"/>
@@ -22249,52 +22389,55 @@
       </c>
       <c r="FG56" s="40">
         <v>583.42266997000002</v>
       </c>
       <c r="FH56" s="40">
         <v>649.86349328999995</v>
       </c>
       <c r="FI56" s="40">
         <v>829.60889754999994</v>
       </c>
       <c r="FJ56" s="40">
         <v>321.9532327</v>
       </c>
       <c r="FK56" s="40">
         <v>251.12047572999998</v>
       </c>
       <c r="FL56" s="40">
         <v>305.07054024000001</v>
       </c>
       <c r="FM56" s="40">
         <v>319.58768277999997</v>
       </c>
       <c r="FN56" s="40">
         <v>291.42066842000003</v>
       </c>
+      <c r="FO56" s="40">
+        <v>318.27026842000004</v>
+      </c>
     </row>
-    <row r="57" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C57" s="11">
         <v>118.93176050000001</v>
       </c>
       <c r="D57" s="11">
         <v>117.10166104000001</v>
       </c>
       <c r="E57" s="11">
         <v>128.60314912999999</v>
       </c>
       <c r="F57" s="11">
         <v>153.08213819000002</v>
       </c>
       <c r="G57" s="11">
         <v>128.48168375</v>
       </c>
       <c r="H57" s="11">
         <v>151.15289703000002</v>
       </c>
       <c r="I57" s="11">
         <v>317.51237990999999</v>
       </c>
       <c r="J57" s="11">
@@ -22758,52 +22901,55 @@
       </c>
       <c r="FG57" s="40">
         <v>487.82567483999998</v>
       </c>
       <c r="FH57" s="40">
         <v>473.61867033999999</v>
       </c>
       <c r="FI57" s="40">
         <v>516.03989381999997</v>
       </c>
       <c r="FJ57" s="40">
         <v>404.63725375000001</v>
       </c>
       <c r="FK57" s="40">
         <v>338.61355373999999</v>
       </c>
       <c r="FL57" s="40">
         <v>460.81463254000005</v>
       </c>
       <c r="FM57" s="40">
         <v>478.83546387000001</v>
       </c>
       <c r="FN57" s="40">
         <v>395.75856702999999</v>
       </c>
+      <c r="FO57" s="40">
+        <v>388.93058985000005</v>
+      </c>
     </row>
-    <row r="58" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C58" s="11">
         <v>17.315664600000002</v>
       </c>
       <c r="D58" s="11">
         <v>21.811559219999999</v>
       </c>
       <c r="E58" s="11">
         <v>16.035218069999999</v>
       </c>
       <c r="F58" s="11">
         <v>15.273370289999999</v>
       </c>
       <c r="G58" s="11">
         <v>14.93526039</v>
       </c>
       <c r="H58" s="11">
         <v>17.475413719999999</v>
       </c>
       <c r="I58" s="11">
         <v>15.896643410000001</v>
       </c>
       <c r="J58" s="11">
@@ -23267,52 +23413,55 @@
       </c>
       <c r="FG58" s="40">
         <v>13.8256599</v>
       </c>
       <c r="FH58" s="40">
         <v>15.244401249999999</v>
       </c>
       <c r="FI58" s="40">
         <v>14.87631584</v>
       </c>
       <c r="FJ58" s="40">
         <v>11.644335300000002</v>
       </c>
       <c r="FK58" s="40">
         <v>6.8049944699999996</v>
       </c>
       <c r="FL58" s="40">
         <v>9.5966946499999999</v>
       </c>
       <c r="FM58" s="40">
         <v>13.528219249999999</v>
       </c>
       <c r="FN58" s="40">
         <v>10.39325133</v>
       </c>
+      <c r="FO58" s="40">
+        <v>13.03370316</v>
+      </c>
     </row>
-    <row r="59" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C59" s="11">
         <v>101.6160959</v>
       </c>
       <c r="D59" s="11">
         <v>95.290101820000004</v>
       </c>
       <c r="E59" s="11">
         <v>112.56793105999999</v>
       </c>
       <c r="F59" s="11">
         <v>137.80876790000002</v>
       </c>
       <c r="G59" s="11">
         <v>113.54642336000001</v>
       </c>
       <c r="H59" s="11">
         <v>133.67748331000001</v>
       </c>
       <c r="I59" s="11">
         <v>301.61573649999997</v>
       </c>
       <c r="J59" s="11">
@@ -23776,52 +23925,55 @@
       </c>
       <c r="FG59" s="40">
         <v>474.00001493999997</v>
       </c>
       <c r="FH59" s="40">
         <v>458.37426908999998</v>
       </c>
       <c r="FI59" s="40">
         <v>501.16357798000001</v>
       </c>
       <c r="FJ59" s="40">
         <v>392.99291844999999</v>
       </c>
       <c r="FK59" s="40">
         <v>331.80855926999999</v>
       </c>
       <c r="FL59" s="40">
         <v>451.21793788999997</v>
       </c>
       <c r="FM59" s="40">
         <v>465.30724462000001</v>
       </c>
       <c r="FN59" s="40">
         <v>385.3653157</v>
       </c>
+      <c r="FO59" s="40">
+        <v>375.89688668999997</v>
+      </c>
     </row>
-    <row r="60" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
       <c r="K60" s="11"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
       <c r="N60" s="11"/>
       <c r="O60" s="11"/>
       <c r="P60" s="11"/>
       <c r="Q60" s="11"/>
       <c r="R60" s="11"/>
       <c r="S60" s="11"/>
       <c r="T60" s="11"/>
       <c r="U60" s="11"/>
       <c r="V60" s="11"/>
       <c r="W60" s="11"/>
       <c r="X60" s="11"/>
@@ -24019,52 +24171,55 @@
       </c>
       <c r="FG60" s="40">
         <v>131.31809627999999</v>
       </c>
       <c r="FH60" s="40">
         <v>130.82037690999999</v>
       </c>
       <c r="FI60" s="40">
         <v>135.82256642999999</v>
       </c>
       <c r="FJ60" s="40">
         <v>100.09447252</v>
       </c>
       <c r="FK60" s="40">
         <v>83.07945556</v>
       </c>
       <c r="FL60" s="40">
         <v>106.76117934999999</v>
       </c>
       <c r="FM60" s="40">
         <v>105.57414401999999</v>
       </c>
       <c r="FN60" s="40">
         <v>85.998844590000004</v>
       </c>
+      <c r="FO60" s="40">
+        <v>85.845885469999999</v>
+      </c>
     </row>
-    <row r="61" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
       <c r="J61" s="11"/>
       <c r="K61" s="11"/>
       <c r="L61" s="11"/>
       <c r="M61" s="11"/>
       <c r="N61" s="11"/>
       <c r="O61" s="11"/>
       <c r="P61" s="11"/>
       <c r="Q61" s="11"/>
       <c r="R61" s="11"/>
       <c r="S61" s="11"/>
       <c r="T61" s="11"/>
       <c r="U61" s="11"/>
       <c r="V61" s="11"/>
       <c r="W61" s="11"/>
       <c r="X61" s="11"/>
@@ -24262,52 +24417,55 @@
       </c>
       <c r="FG61" s="40">
         <v>342.68191866000001</v>
       </c>
       <c r="FH61" s="40">
         <v>327.55389217999999</v>
       </c>
       <c r="FI61" s="40">
         <v>365.34101155000002</v>
       </c>
       <c r="FJ61" s="40">
         <v>292.89844592999998</v>
       </c>
       <c r="FK61" s="40">
         <v>248.72910371</v>
       </c>
       <c r="FL61" s="40">
         <v>344.45675854000001</v>
       </c>
       <c r="FM61" s="40">
         <v>359.7331006</v>
       </c>
       <c r="FN61" s="40">
         <v>299.36647111000002</v>
       </c>
+      <c r="FO61" s="40">
+        <v>290.05100122000005</v>
+      </c>
     </row>
-    <row r="62" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B62" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="11">
         <v>65.327833819999995</v>
       </c>
       <c r="D62" s="11">
         <v>54.287496770000004</v>
       </c>
       <c r="E62" s="11">
         <v>60.595329950000007</v>
       </c>
       <c r="F62" s="11">
         <v>54.259931369999997</v>
       </c>
       <c r="G62" s="11">
         <v>55.893139769999998</v>
       </c>
       <c r="H62" s="11">
         <v>58.009068669999998</v>
       </c>
       <c r="I62" s="11">
         <v>57.3944051</v>
       </c>
       <c r="J62" s="11">
@@ -24771,52 +24929,55 @@
       </c>
       <c r="FG62" s="40">
         <v>31.41518941</v>
       </c>
       <c r="FH62" s="40">
         <v>28.205624950000001</v>
       </c>
       <c r="FI62" s="40">
         <v>28.502679690000001</v>
       </c>
       <c r="FJ62" s="40">
         <v>24.270469690000002</v>
       </c>
       <c r="FK62" s="40">
         <v>27.602529910000001</v>
       </c>
       <c r="FL62" s="40">
         <v>36.715327899999998</v>
       </c>
       <c r="FM62" s="40">
         <v>29.487118679999998</v>
       </c>
       <c r="FN62" s="40">
         <v>34.990120700000006</v>
       </c>
+      <c r="FO62" s="40">
+        <v>32.910104670000003</v>
+      </c>
     </row>
-    <row r="63" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C63" s="11">
         <v>659.50092769000003</v>
       </c>
       <c r="D63" s="11">
         <v>272.64560739000001</v>
       </c>
       <c r="E63" s="11">
         <v>398.45556513999998</v>
       </c>
       <c r="F63" s="11">
         <v>351.97013702999999</v>
       </c>
       <c r="G63" s="11">
         <v>391.84007187000003</v>
       </c>
       <c r="H63" s="11">
         <v>531.55318592999993</v>
       </c>
       <c r="I63" s="11">
         <v>488.92093951000004</v>
       </c>
       <c r="J63" s="11">
@@ -25263,69 +25424,72 @@
       <c r="FA63" s="11">
         <v>1077.9950344200001</v>
       </c>
       <c r="FB63" s="11">
         <v>848.0259904400001</v>
       </c>
       <c r="FC63" s="11">
         <v>1490.80902685</v>
       </c>
       <c r="FD63" s="40">
         <v>1120.6299407000001</v>
       </c>
       <c r="FE63" s="40">
         <v>952.18714586999999</v>
       </c>
       <c r="FF63" s="40">
         <v>1570.88201542</v>
       </c>
       <c r="FG63" s="40">
         <v>1381.2512586300002</v>
       </c>
       <c r="FH63" s="40">
         <v>1148.44700784</v>
       </c>
       <c r="FI63" s="40">
-        <v>1696.31062886</v>
+        <v>1525.31062886</v>
       </c>
       <c r="FJ63" s="40">
         <v>2454.7767040100002</v>
       </c>
       <c r="FK63" s="40">
         <v>1037.11510722</v>
       </c>
       <c r="FL63" s="40">
         <v>1603.9231964999999</v>
       </c>
       <c r="FM63" s="40">
         <v>1391.28750747</v>
       </c>
       <c r="FN63" s="40">
-        <v>1439.15122219</v>
+        <v>1439.26982219</v>
+      </c>
+      <c r="FO63" s="40">
+        <v>2168.4612777699999</v>
       </c>
     </row>
-    <row r="64" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="11">
         <v>344.37638578999997</v>
       </c>
       <c r="D64" s="11">
         <v>149.48111370999999</v>
       </c>
       <c r="E64" s="11">
         <v>254.71502325</v>
       </c>
       <c r="F64" s="11">
         <v>155.66937648999999</v>
       </c>
       <c r="G64" s="11">
         <v>242.29000450000001</v>
       </c>
       <c r="H64" s="11">
         <v>243.84861451</v>
       </c>
       <c r="I64" s="11">
         <v>174.81887308</v>
       </c>
       <c r="J64" s="11">
@@ -25789,52 +25953,55 @@
       </c>
       <c r="FG64" s="40">
         <v>773.35139462999996</v>
       </c>
       <c r="FH64" s="40">
         <v>608.93273592999992</v>
       </c>
       <c r="FI64" s="40">
         <v>742.7570571</v>
       </c>
       <c r="FJ64" s="40">
         <v>978.87672552000004</v>
       </c>
       <c r="FK64" s="40">
         <v>507.03854883999998</v>
       </c>
       <c r="FL64" s="40">
         <v>741.62957276999998</v>
       </c>
       <c r="FM64" s="40">
         <v>621.07265641999993</v>
       </c>
       <c r="FN64" s="40">
         <v>578.92097760000001</v>
       </c>
+      <c r="FO64" s="40">
+        <v>768.44476126999996</v>
+      </c>
     </row>
-    <row r="65" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="11">
         <v>315.12454190000005</v>
       </c>
       <c r="D65" s="11">
         <v>123.16449367999999</v>
       </c>
       <c r="E65" s="11">
         <v>143.74054189</v>
       </c>
       <c r="F65" s="11">
         <v>196.30076054</v>
       </c>
       <c r="G65" s="11">
         <v>149.55006737000002</v>
       </c>
       <c r="H65" s="11">
         <v>287.70457141999998</v>
       </c>
       <c r="I65" s="11">
         <v>314.10206643000004</v>
       </c>
       <c r="J65" s="11">
@@ -26281,69 +26448,72 @@
       <c r="FA65" s="11">
         <v>428.83783699999998</v>
       </c>
       <c r="FB65" s="11">
         <v>467.82842793999998</v>
       </c>
       <c r="FC65" s="11">
         <v>835.4720069</v>
       </c>
       <c r="FD65" s="40">
         <v>671.89512990999992</v>
       </c>
       <c r="FE65" s="40">
         <v>437.24678731</v>
       </c>
       <c r="FF65" s="40">
         <v>755.92232444000001</v>
       </c>
       <c r="FG65" s="40">
         <v>607.89986399999998</v>
       </c>
       <c r="FH65" s="40">
         <v>539.51427190999993</v>
       </c>
       <c r="FI65" s="40">
-        <v>953.55357175999995</v>
+        <v>782.55357175999995</v>
       </c>
       <c r="FJ65" s="40">
         <v>1475.89997849</v>
       </c>
       <c r="FK65" s="40">
         <v>530.07655838000005</v>
       </c>
       <c r="FL65" s="40">
         <v>862.29362373000004</v>
       </c>
       <c r="FM65" s="40">
         <v>770.21485104999999</v>
       </c>
       <c r="FN65" s="40">
-        <v>860.23024458999998</v>
+        <v>860.34884459</v>
+      </c>
+      <c r="FO65" s="40">
+        <v>1400.0165165000001</v>
       </c>
     </row>
-    <row r="66" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B66" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
       <c r="K66" s="11"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
       <c r="N66" s="11"/>
       <c r="O66" s="11"/>
       <c r="P66" s="11"/>
       <c r="Q66" s="11"/>
       <c r="R66" s="11"/>
       <c r="S66" s="11"/>
       <c r="T66" s="11"/>
       <c r="U66" s="11"/>
       <c r="V66" s="11"/>
       <c r="W66" s="11"/>
       <c r="X66" s="11"/>
@@ -26524,69 +26694,72 @@
       <c r="FA66" s="11">
         <v>178.56694485</v>
       </c>
       <c r="FB66" s="11">
         <v>162.33624447</v>
       </c>
       <c r="FC66" s="11">
         <v>247.93135072000001</v>
       </c>
       <c r="FD66" s="40">
         <v>238.77302551</v>
       </c>
       <c r="FE66" s="40">
         <v>237.26384887999998</v>
       </c>
       <c r="FF66" s="40">
         <v>291.25678925</v>
       </c>
       <c r="FG66" s="40">
         <v>284.33177080000002</v>
       </c>
       <c r="FH66" s="40">
         <v>232.59662516999998</v>
       </c>
       <c r="FI66" s="40">
-        <v>341.62422737999998</v>
+        <v>301.62422737999998</v>
       </c>
       <c r="FJ66" s="40">
         <v>347.56629536999998</v>
       </c>
       <c r="FK66" s="40">
         <v>187.29338111999999</v>
       </c>
       <c r="FL66" s="40">
         <v>230.46911269999998</v>
       </c>
       <c r="FM66" s="40">
         <v>311.90935516000002</v>
       </c>
       <c r="FN66" s="40">
-        <v>463.27414542000002</v>
+        <v>463.39274542000004</v>
+      </c>
+      <c r="FO66" s="40">
+        <v>275.40380207999999</v>
       </c>
     </row>
-    <row r="67" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B67" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14"/>
       <c r="F67" s="14"/>
       <c r="G67" s="14"/>
       <c r="H67" s="14"/>
       <c r="I67" s="14"/>
       <c r="J67" s="14"/>
       <c r="K67" s="14"/>
       <c r="L67" s="14"/>
       <c r="M67" s="14"/>
       <c r="N67" s="14"/>
       <c r="O67" s="14"/>
       <c r="P67" s="14"/>
       <c r="Q67" s="14"/>
       <c r="R67" s="14"/>
       <c r="S67" s="14"/>
       <c r="T67" s="14"/>
       <c r="U67" s="14"/>
       <c r="V67" s="14"/>
       <c r="W67" s="14"/>
       <c r="X67" s="14"/>
@@ -26767,79 +26940,82 @@
       <c r="FA67" s="14">
         <v>250.27089215000001</v>
       </c>
       <c r="FB67" s="14">
         <v>305.49218347000004</v>
       </c>
       <c r="FC67" s="14">
         <v>587.54065617999993</v>
       </c>
       <c r="FD67" s="42">
         <v>433.12210439999996</v>
       </c>
       <c r="FE67" s="42">
         <v>199.98293843000002</v>
       </c>
       <c r="FF67" s="42">
         <v>464.66553519000001</v>
       </c>
       <c r="FG67" s="42">
         <v>323.56809319999996</v>
       </c>
       <c r="FH67" s="42">
         <v>306.91764674000001</v>
       </c>
       <c r="FI67" s="42">
-        <v>611.92934437999997</v>
+        <v>480.92934437999997</v>
       </c>
       <c r="FJ67" s="42">
         <v>1128.3336831199999</v>
       </c>
       <c r="FK67" s="42">
         <v>342.78317726</v>
       </c>
       <c r="FL67" s="42">
         <v>631.82451102999994</v>
       </c>
       <c r="FM67" s="42">
         <v>458.30549588999997</v>
       </c>
       <c r="FN67" s="42">
         <v>396.95609917000002</v>
       </c>
+      <c r="FO67" s="42">
+        <v>1124.61271442</v>
+      </c>
     </row>
-    <row r="69" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="35" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="71" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="34" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>