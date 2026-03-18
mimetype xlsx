--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_12_31\Radna mapa\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2026_01_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E70D5494-ED0F-4051-ACBD-E35FF7631153}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55FF4A3A-7CA7-417F-85C2-5C8A712205AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="43">
   <si>
     <t xml:space="preserve"> 1 Deposits</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.1.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.1 Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">                      1.1.2.2 Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">     1.2 Repos</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.1 Households</t>
   </si>
   <si>
     <t xml:space="preserve">            1.1.2 Non-financial corporations</t>
   </si>
   <si>
@@ -701,56 +701,50 @@
       <t>Long-term</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>Table G6 Credit institutions' interest rates on deposits and loans by original maturity (new business)</t>
   </si>
   <si>
     <t xml:space="preserve">Note: Starting with January 2023, all data refer only to loans and deposits in euro. </t>
   </si>
   <si>
     <t>Weighted monthly averages of interest rates</t>
   </si>
   <si>
     <t>Volumes of new business</t>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1341,129 +1335,126 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9996D6B-F84E-47DE-891D-56F896A85BCD}">
-  <dimension ref="A1:FO71"/>
+  <dimension ref="A1:FP71"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.109375" style="6"/>
+    <col min="1" max="1" width="2.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="39.140625" style="6" customWidth="1"/>
+    <col min="3" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
     </row>
-    <row r="2" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20"/>
     </row>
-    <row r="4" spans="1:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:172" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="32" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="7" spans="1:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:172" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="EF7" s="25"/>
       <c r="EG7" s="25"/>
       <c r="EH7" s="25"/>
       <c r="EI7" s="25"/>
       <c r="EJ7" s="28"/>
       <c r="EK7" s="28"/>
       <c r="EL7" s="28"/>
       <c r="EM7" s="28"/>
       <c r="EN7" s="28"/>
       <c r="EO7" s="28"/>
       <c r="EP7" s="28"/>
       <c r="EQ7" s="28"/>
       <c r="ER7" s="28"/>
       <c r="ES7" s="28"/>
       <c r="ET7" s="28"/>
       <c r="EU7" s="28"/>
       <c r="EV7" s="28"/>
       <c r="EW7" s="28"/>
       <c r="EX7" s="28"/>
       <c r="EY7" s="28"/>
       <c r="EZ7" s="28"/>
       <c r="FA7" s="28"/>
       <c r="FB7" s="28"/>
       <c r="FC7" s="28"/>
       <c r="FD7" s="36"/>
       <c r="FE7" s="36"/>
       <c r="FF7" s="36"/>
       <c r="FG7" s="36"/>
       <c r="FH7" s="36"/>
-      <c r="FI7" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FI7" s="36"/>
       <c r="FJ7" s="36"/>
       <c r="FK7" s="36"/>
       <c r="FL7" s="36"/>
       <c r="FM7" s="36"/>
-      <c r="FN7" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FN7" s="36"/>
       <c r="FO7" s="36"/>
+      <c r="FP7" s="36"/>
     </row>
-    <row r="8" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="7"/>
       <c r="C8" s="8">
         <v>40908</v>
       </c>
       <c r="D8" s="8">
         <v>40939</v>
       </c>
       <c r="E8" s="8">
         <v>40968</v>
       </c>
       <c r="F8" s="8">
         <v>40999</v>
       </c>
       <c r="G8" s="8">
         <v>41029</v>
       </c>
       <c r="H8" s="8">
         <v>41060</v>
       </c>
       <c r="I8" s="8">
         <v>41090</v>
       </c>
       <c r="J8" s="8">
         <v>41121</v>
       </c>
@@ -1928,52 +1919,55 @@
       </c>
       <c r="FH8" s="9">
         <v>45808</v>
       </c>
       <c r="FI8" s="9">
         <v>45838</v>
       </c>
       <c r="FJ8" s="9">
         <v>45869</v>
       </c>
       <c r="FK8" s="9">
         <v>45900</v>
       </c>
       <c r="FL8" s="9">
         <v>45930</v>
       </c>
       <c r="FM8" s="9">
         <v>45961</v>
       </c>
       <c r="FN8" s="9">
         <v>45991</v>
       </c>
       <c r="FO8" s="9">
         <v>46022</v>
       </c>
+      <c r="FP8" s="9">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="9" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="15">
         <v>3.05</v>
       </c>
       <c r="D9" s="15">
         <v>3.21</v>
       </c>
       <c r="E9" s="15">
         <v>3.32</v>
       </c>
       <c r="F9" s="15">
         <v>3.06</v>
       </c>
       <c r="G9" s="15">
         <v>2.85</v>
       </c>
       <c r="H9" s="15">
         <v>3.2</v>
       </c>
       <c r="I9" s="15">
         <v>3.05</v>
       </c>
       <c r="J9" s="15">
@@ -2440,52 +2434,55 @@
       </c>
       <c r="FH9" s="37">
         <v>1.85</v>
       </c>
       <c r="FI9" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ9" s="37">
         <v>1.69</v>
       </c>
       <c r="FK9" s="37">
         <v>1.7</v>
       </c>
       <c r="FL9" s="37">
         <v>1.72</v>
       </c>
       <c r="FM9" s="37">
         <v>1.68</v>
       </c>
       <c r="FN9" s="37">
         <v>1.74</v>
       </c>
       <c r="FO9" s="37">
         <v>1.77</v>
       </c>
+      <c r="FP9" s="37">
+        <v>1.72</v>
+      </c>
     </row>
-    <row r="10" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="16">
         <v>3.05</v>
       </c>
       <c r="D10" s="16">
         <v>3.21</v>
       </c>
       <c r="E10" s="16">
         <v>3.32</v>
       </c>
       <c r="F10" s="16">
         <v>3.06</v>
       </c>
       <c r="G10" s="16">
         <v>2.91</v>
       </c>
       <c r="H10" s="16">
         <v>3.2</v>
       </c>
       <c r="I10" s="16">
         <v>3.05</v>
       </c>
       <c r="J10" s="16">
@@ -2952,52 +2949,55 @@
       </c>
       <c r="FH10" s="37">
         <v>1.85</v>
       </c>
       <c r="FI10" s="37">
         <v>1.71</v>
       </c>
       <c r="FJ10" s="37">
         <v>1.69</v>
       </c>
       <c r="FK10" s="37">
         <v>1.7</v>
       </c>
       <c r="FL10" s="37">
         <v>1.72</v>
       </c>
       <c r="FM10" s="37">
         <v>1.68</v>
       </c>
       <c r="FN10" s="37">
         <v>1.74</v>
       </c>
       <c r="FO10" s="37">
         <v>1.77</v>
       </c>
+      <c r="FP10" s="37">
+        <v>1.72</v>
+      </c>
     </row>
-    <row r="11" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="16">
         <v>3.32</v>
       </c>
       <c r="D11" s="16">
         <v>3.31</v>
       </c>
       <c r="E11" s="16">
         <v>3.49</v>
       </c>
       <c r="F11" s="16">
         <v>3.38</v>
       </c>
       <c r="G11" s="16">
         <v>3.4</v>
       </c>
       <c r="H11" s="16">
         <v>3.44</v>
       </c>
       <c r="I11" s="16">
         <v>3.33</v>
       </c>
       <c r="J11" s="16">
@@ -3464,52 +3464,55 @@
       </c>
       <c r="FH11" s="37">
         <v>1.52</v>
       </c>
       <c r="FI11" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ11" s="37">
         <v>1.36</v>
       </c>
       <c r="FK11" s="37">
         <v>1.3</v>
       </c>
       <c r="FL11" s="37">
         <v>1.56</v>
       </c>
       <c r="FM11" s="37">
         <v>1.33</v>
       </c>
       <c r="FN11" s="37">
         <v>1.56</v>
       </c>
       <c r="FO11" s="37">
         <v>1.64</v>
       </c>
+      <c r="FP11" s="37">
+        <v>1.36</v>
+      </c>
     </row>
-    <row r="12" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="16">
         <v>3.12</v>
       </c>
       <c r="D12" s="16">
         <v>3.03</v>
       </c>
       <c r="E12" s="16">
         <v>3.09</v>
       </c>
       <c r="F12" s="16">
         <v>3.06</v>
       </c>
       <c r="G12" s="16">
         <v>3.07</v>
       </c>
       <c r="H12" s="16">
         <v>3.21</v>
       </c>
       <c r="I12" s="16">
         <v>2.98</v>
       </c>
       <c r="J12" s="16">
@@ -3976,52 +3979,55 @@
       </c>
       <c r="FH12" s="37">
         <v>1.5</v>
       </c>
       <c r="FI12" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ12" s="37">
         <v>1.39</v>
       </c>
       <c r="FK12" s="37">
         <v>1.33</v>
       </c>
       <c r="FL12" s="37">
         <v>1.6</v>
       </c>
       <c r="FM12" s="37">
         <v>1.36</v>
       </c>
       <c r="FN12" s="37">
         <v>1.38</v>
       </c>
       <c r="FO12" s="37">
         <v>1.68</v>
       </c>
+      <c r="FP12" s="37">
+        <v>1.39</v>
+      </c>
     </row>
-    <row r="13" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="16">
         <v>4.0199999999999996</v>
       </c>
       <c r="D13" s="16">
         <v>4.17</v>
       </c>
       <c r="E13" s="16">
         <v>4.37</v>
       </c>
       <c r="F13" s="16">
         <v>4.21</v>
       </c>
       <c r="G13" s="16">
         <v>4.21</v>
       </c>
       <c r="H13" s="16">
         <v>4.18</v>
       </c>
       <c r="I13" s="16">
         <v>4.24</v>
       </c>
       <c r="J13" s="16">
@@ -4488,52 +4494,55 @@
       </c>
       <c r="FH13" s="37">
         <v>1.67</v>
       </c>
       <c r="FI13" s="37">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="37">
         <v>0.75</v>
       </c>
       <c r="FK13" s="37">
         <v>0.74</v>
       </c>
       <c r="FL13" s="37">
         <v>0.9</v>
       </c>
       <c r="FM13" s="37">
         <v>0.94</v>
       </c>
       <c r="FN13" s="37">
         <v>2.2599999999999998</v>
       </c>
       <c r="FO13" s="37">
         <v>0.94</v>
       </c>
+      <c r="FP13" s="37">
+        <v>1.03</v>
+      </c>
     </row>
-    <row r="14" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="16">
         <v>2.59</v>
       </c>
       <c r="D14" s="16">
         <v>2.95</v>
       </c>
       <c r="E14" s="16">
         <v>2.88</v>
       </c>
       <c r="F14" s="16">
         <v>2.41</v>
       </c>
       <c r="G14" s="16">
         <v>2.1</v>
       </c>
       <c r="H14" s="16">
         <v>2.68</v>
       </c>
       <c r="I14" s="16">
         <v>2.44</v>
       </c>
       <c r="J14" s="16">
@@ -5000,52 +5009,55 @@
       </c>
       <c r="FH14" s="37">
         <v>1.98</v>
       </c>
       <c r="FI14" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ14" s="37">
         <v>1.79</v>
       </c>
       <c r="FK14" s="37">
         <v>1.79</v>
       </c>
       <c r="FL14" s="37">
         <v>1.77</v>
       </c>
       <c r="FM14" s="37">
         <v>1.79</v>
       </c>
       <c r="FN14" s="37">
         <v>1.8</v>
       </c>
       <c r="FO14" s="37">
         <v>1.82</v>
       </c>
+      <c r="FP14" s="37">
+        <v>1.81</v>
+      </c>
     </row>
-    <row r="15" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="16">
         <v>2.5099999999999998</v>
       </c>
       <c r="D15" s="16">
         <v>2.91</v>
       </c>
       <c r="E15" s="16">
         <v>2.87</v>
       </c>
       <c r="F15" s="16">
         <v>2.37</v>
       </c>
       <c r="G15" s="16">
         <v>2.0499999999999998</v>
       </c>
       <c r="H15" s="16">
         <v>2.4300000000000002</v>
       </c>
       <c r="I15" s="16">
         <v>2.34</v>
       </c>
       <c r="J15" s="16">
@@ -5512,52 +5524,55 @@
       </c>
       <c r="FH15" s="37">
         <v>1.98</v>
       </c>
       <c r="FI15" s="37">
         <v>1.8</v>
       </c>
       <c r="FJ15" s="37">
         <v>1.8</v>
       </c>
       <c r="FK15" s="37">
         <v>1.79</v>
       </c>
       <c r="FL15" s="37">
         <v>1.78</v>
       </c>
       <c r="FM15" s="37">
         <v>1.79</v>
       </c>
       <c r="FN15" s="37">
         <v>1.8</v>
       </c>
       <c r="FO15" s="37">
         <v>1.83</v>
       </c>
+      <c r="FP15" s="37">
+        <v>1.81</v>
+      </c>
     </row>
-    <row r="16" spans="1:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="16">
         <v>4.1900000000000004</v>
       </c>
       <c r="D16" s="16">
         <v>3.57</v>
       </c>
       <c r="E16" s="16">
         <v>3.85</v>
       </c>
       <c r="F16" s="16">
         <v>5.0999999999999996</v>
       </c>
       <c r="G16" s="16">
         <v>2.97</v>
       </c>
       <c r="H16" s="16">
         <v>5.21</v>
       </c>
       <c r="I16" s="16">
         <v>4.4400000000000004</v>
       </c>
       <c r="J16" s="16">
@@ -6024,52 +6039,55 @@
       </c>
       <c r="FH16" s="37">
         <v>2.38</v>
       </c>
       <c r="FI16" s="37">
         <v>2.4500000000000002</v>
       </c>
       <c r="FJ16" s="37">
         <v>0.76</v>
       </c>
       <c r="FK16" s="37">
         <v>1.1599999999999999</v>
       </c>
       <c r="FL16" s="37">
         <v>0.44</v>
       </c>
       <c r="FM16" s="37">
         <v>2.14</v>
       </c>
       <c r="FN16" s="37">
         <v>2.08</v>
       </c>
       <c r="FO16" s="37">
         <v>1.19</v>
       </c>
+      <c r="FP16" s="37">
+        <v>1.8</v>
+      </c>
     </row>
-    <row r="17" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="G17" s="17">
         <v>0.2</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="17" t="s">
         <v>10</v>
       </c>
       <c r="J17" s="17">
@@ -6536,52 +6554,55 @@
       </c>
       <c r="FH17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FI17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FJ17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FK17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FL17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FM17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FN17" s="38" t="s">
         <v>10</v>
       </c>
       <c r="FO17" s="38" t="s">
         <v>10</v>
       </c>
+      <c r="FP17" s="38" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="18" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="16">
         <v>7.18</v>
       </c>
       <c r="D18" s="16">
         <v>7.11</v>
       </c>
       <c r="E18" s="16">
         <v>7.26</v>
       </c>
       <c r="F18" s="16">
         <v>7.23</v>
       </c>
       <c r="G18" s="16">
         <v>6.23</v>
       </c>
       <c r="H18" s="16">
         <v>6.74</v>
       </c>
       <c r="I18" s="16">
         <v>7.41</v>
       </c>
       <c r="J18" s="16">
@@ -7048,52 +7069,55 @@
       </c>
       <c r="FH18" s="37">
         <v>3.81</v>
       </c>
       <c r="FI18" s="37">
         <v>3.79</v>
       </c>
       <c r="FJ18" s="37">
         <v>3.55</v>
       </c>
       <c r="FK18" s="37">
         <v>3.89</v>
       </c>
       <c r="FL18" s="37">
         <v>3.63</v>
       </c>
       <c r="FM18" s="37">
         <v>3.79</v>
       </c>
       <c r="FN18" s="37">
         <v>3.66</v>
       </c>
       <c r="FO18" s="37">
         <v>3.69</v>
       </c>
+      <c r="FP18" s="37">
+        <v>3.74</v>
+      </c>
     </row>
-    <row r="19" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="16">
         <v>7.58</v>
       </c>
       <c r="D19" s="16">
         <v>7.45</v>
       </c>
       <c r="E19" s="16">
         <v>7.65</v>
       </c>
       <c r="F19" s="16">
         <v>7.63</v>
       </c>
       <c r="G19" s="16">
         <v>7.59</v>
       </c>
       <c r="H19" s="16">
         <v>7.75</v>
       </c>
       <c r="I19" s="16">
         <v>8.32</v>
       </c>
       <c r="J19" s="16">
@@ -7560,52 +7584,55 @@
       </c>
       <c r="FH19" s="37">
         <v>4.0599999999999996</v>
       </c>
       <c r="FI19" s="37">
         <v>3.94</v>
       </c>
       <c r="FJ19" s="37">
         <v>4.41</v>
       </c>
       <c r="FK19" s="37">
         <v>4.43</v>
       </c>
       <c r="FL19" s="37">
         <v>4.45</v>
       </c>
       <c r="FM19" s="37">
         <v>4.42</v>
       </c>
       <c r="FN19" s="37">
         <v>4.3499999999999996</v>
       </c>
       <c r="FO19" s="37">
         <v>4.32</v>
       </c>
+      <c r="FP19" s="37">
+        <v>4.42</v>
+      </c>
     </row>
-    <row r="20" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="16">
         <v>5.66</v>
       </c>
       <c r="D20" s="16">
         <v>5.74</v>
       </c>
       <c r="E20" s="16">
         <v>5.63</v>
       </c>
       <c r="F20" s="16">
         <v>5.31</v>
       </c>
       <c r="G20" s="16">
         <v>5.17</v>
       </c>
       <c r="H20" s="16">
         <v>5.44</v>
       </c>
       <c r="I20" s="16">
         <v>5.43</v>
       </c>
       <c r="J20" s="16">
@@ -8072,52 +8099,55 @@
       </c>
       <c r="FH20" s="37">
         <v>2.91</v>
       </c>
       <c r="FI20" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ20" s="37">
         <v>2.98</v>
       </c>
       <c r="FK20" s="37">
         <v>2.98</v>
       </c>
       <c r="FL20" s="37">
         <v>3</v>
       </c>
       <c r="FM20" s="37">
         <v>3.03</v>
       </c>
       <c r="FN20" s="37">
         <v>3.02</v>
       </c>
       <c r="FO20" s="37">
         <v>3.04</v>
       </c>
+      <c r="FP20" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="21" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="16">
         <v>5.5</v>
       </c>
       <c r="D21" s="16">
         <v>5.25</v>
       </c>
       <c r="E21" s="16">
         <v>5.24</v>
       </c>
       <c r="F21" s="16">
         <v>4.7300000000000004</v>
       </c>
       <c r="G21" s="16">
         <v>5.08</v>
       </c>
       <c r="H21" s="16">
         <v>4.99</v>
       </c>
       <c r="I21" s="16">
         <v>5.25</v>
       </c>
       <c r="J21" s="16">
@@ -8584,52 +8614,55 @@
       </c>
       <c r="FH21" s="37">
         <v>3.14</v>
       </c>
       <c r="FI21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FJ21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FK21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FL21" s="37">
         <v>2.89</v>
       </c>
       <c r="FM21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FN21" s="37" t="s">
         <v>10</v>
       </c>
       <c r="FO21" s="37" t="s">
         <v>10</v>
       </c>
+      <c r="FP21" s="37" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="22" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="16">
         <v>5.68</v>
       </c>
       <c r="D22" s="16">
         <v>5.8</v>
       </c>
       <c r="E22" s="16">
         <v>5.68</v>
       </c>
       <c r="F22" s="16">
         <v>5.66</v>
       </c>
       <c r="G22" s="16">
         <v>5.18</v>
       </c>
       <c r="H22" s="16">
         <v>5.55</v>
       </c>
       <c r="I22" s="16">
         <v>5.46</v>
       </c>
       <c r="J22" s="16">
@@ -9096,52 +9129,55 @@
       </c>
       <c r="FH22" s="37">
         <v>2.91</v>
       </c>
       <c r="FI22" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ22" s="37">
         <v>2.98</v>
       </c>
       <c r="FK22" s="37">
         <v>2.98</v>
       </c>
       <c r="FL22" s="37">
         <v>3</v>
       </c>
       <c r="FM22" s="37">
         <v>3.03</v>
       </c>
       <c r="FN22" s="37">
         <v>3.02</v>
       </c>
       <c r="FO22" s="37">
         <v>3.04</v>
       </c>
+      <c r="FP22" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="23" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
       <c r="U23" s="16"/>
       <c r="V23" s="16"/>
       <c r="W23" s="16"/>
       <c r="X23" s="16"/>
@@ -9342,52 +9378,55 @@
       </c>
       <c r="FH23" s="37">
         <v>3.13</v>
       </c>
       <c r="FI23" s="37">
         <v>3.01</v>
       </c>
       <c r="FJ23" s="37">
         <v>3.49</v>
       </c>
       <c r="FK23" s="37">
         <v>3.02</v>
       </c>
       <c r="FL23" s="37">
         <v>3.13</v>
       </c>
       <c r="FM23" s="37">
         <v>3.19</v>
       </c>
       <c r="FN23" s="37">
         <v>3.34</v>
       </c>
       <c r="FO23" s="37">
         <v>3.4</v>
       </c>
+      <c r="FP23" s="37">
+        <v>2.98</v>
+      </c>
     </row>
-    <row r="24" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="16"/>
       <c r="R24" s="16"/>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
       <c r="U24" s="16"/>
       <c r="V24" s="16"/>
       <c r="W24" s="16"/>
       <c r="X24" s="16"/>
@@ -9588,52 +9627,55 @@
       </c>
       <c r="FH24" s="37">
         <v>2.91</v>
       </c>
       <c r="FI24" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ24" s="37">
         <v>2.97</v>
       </c>
       <c r="FK24" s="37">
         <v>2.98</v>
       </c>
       <c r="FL24" s="37">
         <v>3</v>
       </c>
       <c r="FM24" s="37">
         <v>3.03</v>
       </c>
       <c r="FN24" s="37">
         <v>3.02</v>
       </c>
       <c r="FO24" s="37">
         <v>3.04</v>
       </c>
+      <c r="FP24" s="37">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="16">
         <v>8.35</v>
       </c>
       <c r="D25" s="16">
         <v>8.02</v>
       </c>
       <c r="E25" s="16">
         <v>8.48</v>
       </c>
       <c r="F25" s="16">
         <v>8.69</v>
       </c>
       <c r="G25" s="16">
         <v>8.65</v>
       </c>
       <c r="H25" s="16">
         <v>8.77</v>
       </c>
       <c r="I25" s="16">
         <v>8.85</v>
       </c>
       <c r="J25" s="16">
@@ -10100,52 +10142,55 @@
       </c>
       <c r="FH25" s="37">
         <v>5.65</v>
       </c>
       <c r="FI25" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ25" s="37">
         <v>5.55</v>
       </c>
       <c r="FK25" s="37">
         <v>5.5</v>
       </c>
       <c r="FL25" s="37">
         <v>5.42</v>
       </c>
       <c r="FM25" s="37">
         <v>5.35</v>
       </c>
       <c r="FN25" s="37">
         <v>5.34</v>
       </c>
       <c r="FO25" s="37">
         <v>5.36</v>
       </c>
+      <c r="FP25" s="37">
+        <v>5.49</v>
+      </c>
     </row>
-    <row r="26" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="16">
         <v>6.4</v>
       </c>
       <c r="D26" s="16">
         <v>5.8</v>
       </c>
       <c r="E26" s="16">
         <v>6.15</v>
       </c>
       <c r="F26" s="16">
         <v>5.89</v>
       </c>
       <c r="G26" s="16">
         <v>5.99</v>
       </c>
       <c r="H26" s="16">
         <v>6.46</v>
       </c>
       <c r="I26" s="16">
         <v>6.13</v>
       </c>
       <c r="J26" s="16">
@@ -10612,52 +10657,55 @@
       </c>
       <c r="FH26" s="37">
         <v>5.35</v>
       </c>
       <c r="FI26" s="37">
         <v>5.56</v>
       </c>
       <c r="FJ26" s="37">
         <v>5.4</v>
       </c>
       <c r="FK26" s="37">
         <v>5.42</v>
       </c>
       <c r="FL26" s="37">
         <v>4.74</v>
       </c>
       <c r="FM26" s="37">
         <v>5.45</v>
       </c>
       <c r="FN26" s="37">
         <v>5.52</v>
       </c>
       <c r="FO26" s="37">
         <v>5.32</v>
       </c>
+      <c r="FP26" s="37">
+        <v>5.39</v>
+      </c>
     </row>
-    <row r="27" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="16">
         <v>8.68</v>
       </c>
       <c r="D27" s="16">
         <v>8.5299999999999994</v>
       </c>
       <c r="E27" s="16">
         <v>8.82</v>
       </c>
       <c r="F27" s="16">
         <v>9</v>
       </c>
       <c r="G27" s="16">
         <v>9</v>
       </c>
       <c r="H27" s="16">
         <v>9.07</v>
       </c>
       <c r="I27" s="16">
         <v>8.99</v>
       </c>
       <c r="J27" s="16">
@@ -11124,52 +11172,55 @@
       </c>
       <c r="FH27" s="37">
         <v>5.66</v>
       </c>
       <c r="FI27" s="37">
         <v>5.57</v>
       </c>
       <c r="FJ27" s="37">
         <v>5.56</v>
       </c>
       <c r="FK27" s="37">
         <v>5.51</v>
       </c>
       <c r="FL27" s="37">
         <v>5.43</v>
       </c>
       <c r="FM27" s="37">
         <v>5.34</v>
       </c>
       <c r="FN27" s="37">
         <v>5.33</v>
       </c>
       <c r="FO27" s="37">
         <v>5.37</v>
       </c>
+      <c r="FP27" s="37">
+        <v>5.5</v>
+      </c>
     </row>
-    <row r="28" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
       <c r="U28" s="16"/>
       <c r="V28" s="16"/>
       <c r="W28" s="16"/>
       <c r="X28" s="16"/>
@@ -11370,52 +11421,55 @@
       </c>
       <c r="FH28" s="37">
         <v>5.87</v>
       </c>
       <c r="FI28" s="37">
         <v>5.82</v>
       </c>
       <c r="FJ28" s="37">
         <v>5.67</v>
       </c>
       <c r="FK28" s="37">
         <v>5.63</v>
       </c>
       <c r="FL28" s="37">
         <v>5.6</v>
       </c>
       <c r="FM28" s="37">
         <v>5.5</v>
       </c>
       <c r="FN28" s="37">
         <v>5.52</v>
       </c>
       <c r="FO28" s="37">
         <v>5.57</v>
       </c>
+      <c r="FP28" s="37">
+        <v>5.64</v>
+      </c>
     </row>
-    <row r="29" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="16"/>
       <c r="D29" s="16"/>
       <c r="E29" s="16"/>
       <c r="F29" s="16"/>
       <c r="G29" s="16"/>
       <c r="H29" s="16"/>
       <c r="I29" s="16"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
       <c r="L29" s="16"/>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="O29" s="16"/>
       <c r="P29" s="16"/>
       <c r="Q29" s="16"/>
       <c r="R29" s="16"/>
       <c r="S29" s="16"/>
       <c r="T29" s="16"/>
       <c r="U29" s="16"/>
       <c r="V29" s="16"/>
       <c r="W29" s="16"/>
       <c r="X29" s="16"/>
@@ -11616,52 +11670,55 @@
       </c>
       <c r="FH29" s="37">
         <v>5.57</v>
       </c>
       <c r="FI29" s="37">
         <v>5.47</v>
       </c>
       <c r="FJ29" s="37">
         <v>5.52</v>
       </c>
       <c r="FK29" s="37">
         <v>5.47</v>
       </c>
       <c r="FL29" s="37">
         <v>5.38</v>
       </c>
       <c r="FM29" s="37">
         <v>5.29</v>
       </c>
       <c r="FN29" s="37">
         <v>5.28</v>
       </c>
       <c r="FO29" s="37">
         <v>5.31</v>
       </c>
+      <c r="FP29" s="37">
+        <v>5.46</v>
+      </c>
     </row>
-    <row r="30" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="16">
         <v>8.91</v>
       </c>
       <c r="D30" s="16">
         <v>9.75</v>
       </c>
       <c r="E30" s="16">
         <v>9.85</v>
       </c>
       <c r="F30" s="16">
         <v>9.3800000000000008</v>
       </c>
       <c r="G30" s="16">
         <v>9.6999999999999993</v>
       </c>
       <c r="H30" s="16">
         <v>9.67</v>
       </c>
       <c r="I30" s="16">
         <v>9.42</v>
       </c>
       <c r="J30" s="16">
@@ -12128,52 +12185,55 @@
       </c>
       <c r="FH30" s="37">
         <v>5.19</v>
       </c>
       <c r="FI30" s="37">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ30" s="37">
         <v>4.99</v>
       </c>
       <c r="FK30" s="37">
         <v>4.8</v>
       </c>
       <c r="FL30" s="37">
         <v>4.71</v>
       </c>
       <c r="FM30" s="37">
         <v>5.16</v>
       </c>
       <c r="FN30" s="37">
         <v>4.74</v>
       </c>
       <c r="FO30" s="37">
         <v>4.79</v>
       </c>
+      <c r="FP30" s="37">
+        <v>5.0599999999999996</v>
+      </c>
     </row>
-    <row r="31" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="16">
         <v>7.08</v>
       </c>
       <c r="D31" s="16">
         <v>6.92</v>
       </c>
       <c r="E31" s="16">
         <v>7.08</v>
       </c>
       <c r="F31" s="16">
         <v>6.97</v>
       </c>
       <c r="G31" s="16">
         <v>5.59</v>
       </c>
       <c r="H31" s="16">
         <v>6.33</v>
       </c>
       <c r="I31" s="16">
         <v>6.71</v>
       </c>
       <c r="J31" s="16">
@@ -12640,52 +12700,55 @@
       </c>
       <c r="FH31" s="37">
         <v>3.56</v>
       </c>
       <c r="FI31" s="37">
         <v>3.66</v>
       </c>
       <c r="FJ31" s="37">
         <v>3.29</v>
       </c>
       <c r="FK31" s="37">
         <v>3.59</v>
       </c>
       <c r="FL31" s="37">
         <v>3.24</v>
       </c>
       <c r="FM31" s="37">
         <v>3.43</v>
       </c>
       <c r="FN31" s="37">
         <v>3.33</v>
       </c>
       <c r="FO31" s="37">
         <v>3.49</v>
       </c>
+      <c r="FP31" s="37">
+        <v>3.36</v>
+      </c>
     </row>
-    <row r="32" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="16">
         <v>7.63</v>
       </c>
       <c r="D32" s="16">
         <v>7.21</v>
       </c>
       <c r="E32" s="16">
         <v>7.25</v>
       </c>
       <c r="F32" s="16">
         <v>7.38</v>
       </c>
       <c r="G32" s="16">
         <v>5.12</v>
       </c>
       <c r="H32" s="16">
         <v>6.61</v>
       </c>
       <c r="I32" s="16">
         <v>7.09</v>
       </c>
       <c r="J32" s="16">
@@ -13152,52 +13215,55 @@
       </c>
       <c r="FH32" s="37">
         <v>3.06</v>
       </c>
       <c r="FI32" s="37">
         <v>2.93</v>
       </c>
       <c r="FJ32" s="37">
         <v>2.89</v>
       </c>
       <c r="FK32" s="37">
         <v>3.06</v>
       </c>
       <c r="FL32" s="37">
         <v>2.82</v>
       </c>
       <c r="FM32" s="37">
         <v>2.97</v>
       </c>
       <c r="FN32" s="37">
         <v>2.91</v>
       </c>
       <c r="FO32" s="37">
         <v>3</v>
       </c>
+      <c r="FP32" s="37">
+        <v>2.85</v>
+      </c>
     </row>
-    <row r="33" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="16">
         <v>6.49</v>
       </c>
       <c r="D33" s="16">
         <v>6.58</v>
       </c>
       <c r="E33" s="16">
         <v>6.79</v>
       </c>
       <c r="F33" s="16">
         <v>6.64</v>
       </c>
       <c r="G33" s="16">
         <v>6.34</v>
       </c>
       <c r="H33" s="16">
         <v>6.09</v>
       </c>
       <c r="I33" s="16">
         <v>6.5</v>
       </c>
       <c r="J33" s="16">
@@ -13664,52 +13730,55 @@
       </c>
       <c r="FH33" s="37">
         <v>4.13</v>
       </c>
       <c r="FI33" s="37">
         <v>4.3499999999999996</v>
       </c>
       <c r="FJ33" s="37">
         <v>3.56</v>
       </c>
       <c r="FK33" s="37">
         <v>4.0999999999999996</v>
       </c>
       <c r="FL33" s="37">
         <v>3.6</v>
       </c>
       <c r="FM33" s="37">
         <v>3.8</v>
       </c>
       <c r="FN33" s="37">
         <v>3.61</v>
       </c>
       <c r="FO33" s="37">
         <v>3.76</v>
       </c>
+      <c r="FP33" s="37">
+        <v>3.86</v>
+      </c>
     </row>
-    <row r="34" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="16"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
       <c r="S34" s="16"/>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16"/>
       <c r="X34" s="16"/>
@@ -13910,52 +13979,55 @@
       </c>
       <c r="FH34" s="37">
         <v>4.3600000000000003</v>
       </c>
       <c r="FI34" s="37">
         <v>4.42</v>
       </c>
       <c r="FJ34" s="37">
         <v>4</v>
       </c>
       <c r="FK34" s="37">
         <v>4.21</v>
       </c>
       <c r="FL34" s="37">
         <v>3.84</v>
       </c>
       <c r="FM34" s="37">
         <v>3.88</v>
       </c>
       <c r="FN34" s="37">
         <v>3.83</v>
       </c>
       <c r="FO34" s="37">
         <v>4.37</v>
       </c>
+      <c r="FP34" s="37">
+        <v>4.1399999999999997</v>
+      </c>
     </row>
-    <row r="35" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="22"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="22"/>
       <c r="J35" s="22"/>
       <c r="K35" s="22"/>
       <c r="L35" s="22"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
       <c r="Q35" s="22"/>
       <c r="R35" s="22"/>
       <c r="S35" s="22"/>
       <c r="T35" s="22"/>
       <c r="U35" s="22"/>
       <c r="V35" s="22"/>
       <c r="W35" s="22"/>
       <c r="X35" s="22"/>
@@ -14156,118 +14228,118 @@
       </c>
       <c r="FH35" s="39">
         <v>3.95</v>
       </c>
       <c r="FI35" s="39">
         <v>4.3099999999999996</v>
       </c>
       <c r="FJ35" s="39">
         <v>3.43</v>
       </c>
       <c r="FK35" s="39">
         <v>4.04</v>
       </c>
       <c r="FL35" s="39">
         <v>3.52</v>
       </c>
       <c r="FM35" s="39">
         <v>3.75</v>
       </c>
       <c r="FN35" s="39">
         <v>3.36</v>
       </c>
       <c r="FO35" s="39">
         <v>3.61</v>
       </c>
+      <c r="FP35" s="39">
+        <v>3.73</v>
+      </c>
     </row>
-    <row r="36" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="EF36" s="26"/>
       <c r="EG36" s="26"/>
       <c r="EH36" s="26"/>
       <c r="EI36" s="26"/>
     </row>
-    <row r="37" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:172" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="EF37" s="27"/>
       <c r="EG37" s="27"/>
       <c r="EH37" s="27"/>
       <c r="EI37" s="27"/>
     </row>
-    <row r="38" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:172" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="21" t="s">
         <v>42</v>
       </c>
       <c r="EF38" s="25"/>
       <c r="EG38" s="25"/>
       <c r="EH38" s="25"/>
       <c r="EI38" s="25"/>
     </row>
-    <row r="39" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:172" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="EF39" s="25"/>
       <c r="EG39" s="25"/>
       <c r="EH39" s="25"/>
       <c r="EI39" s="25"/>
       <c r="EJ39" s="28"/>
       <c r="EK39" s="29"/>
       <c r="EL39" s="29"/>
       <c r="EM39" s="29"/>
       <c r="EN39" s="29"/>
       <c r="EO39" s="29"/>
       <c r="EP39" s="29"/>
       <c r="EQ39" s="29"/>
       <c r="ER39" s="29"/>
       <c r="ES39" s="29"/>
       <c r="ET39" s="29"/>
       <c r="EU39" s="29"/>
       <c r="EV39" s="29"/>
       <c r="EW39" s="29"/>
       <c r="EX39" s="29"/>
       <c r="EY39" s="29"/>
       <c r="EZ39" s="29"/>
       <c r="FA39" s="29"/>
       <c r="FB39" s="29"/>
       <c r="FC39" s="29"/>
       <c r="FD39" s="36"/>
       <c r="FE39" s="36"/>
       <c r="FF39" s="36"/>
       <c r="FG39" s="36"/>
       <c r="FH39" s="36"/>
-      <c r="FI39" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FI39" s="36"/>
       <c r="FJ39" s="36"/>
       <c r="FK39" s="36"/>
       <c r="FL39" s="36"/>
       <c r="FM39" s="36"/>
-      <c r="FN39" s="36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FN39" s="36"/>
       <c r="FO39" s="36"/>
+      <c r="FP39" s="36"/>
     </row>
-    <row r="40" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="7"/>
       <c r="C40" s="8">
         <v>40908</v>
       </c>
       <c r="D40" s="8">
         <v>40939</v>
       </c>
       <c r="E40" s="8">
         <v>40968</v>
       </c>
       <c r="F40" s="8">
         <v>40999</v>
       </c>
       <c r="G40" s="8">
         <v>41029</v>
       </c>
       <c r="H40" s="8">
         <v>41060</v>
       </c>
       <c r="I40" s="8">
         <v>41090</v>
       </c>
       <c r="J40" s="8">
         <v>41121</v>
       </c>
@@ -14732,52 +14804,55 @@
       </c>
       <c r="FH40" s="9">
         <v>45808</v>
       </c>
       <c r="FI40" s="9">
         <v>45838</v>
       </c>
       <c r="FJ40" s="9">
         <v>45869</v>
       </c>
       <c r="FK40" s="9">
         <v>45900</v>
       </c>
       <c r="FL40" s="9">
         <v>45930</v>
       </c>
       <c r="FM40" s="9">
         <v>45961</v>
       </c>
       <c r="FN40" s="9">
         <v>45991</v>
       </c>
       <c r="FO40" s="9">
         <v>46022</v>
       </c>
+      <c r="FP40" s="9">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="41" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="10">
         <v>1792.3690337</v>
       </c>
       <c r="D41" s="10">
         <v>1469.0067238000001</v>
       </c>
       <c r="E41" s="10">
         <v>1419.1660201700001</v>
       </c>
       <c r="F41" s="10">
         <v>1526.5068937400001</v>
       </c>
       <c r="G41" s="10">
         <v>1475.28420413</v>
       </c>
       <c r="H41" s="10">
         <v>1466.3292228999999</v>
       </c>
       <c r="I41" s="10">
         <v>1139.30853017</v>
       </c>
       <c r="J41" s="10">
@@ -15244,52 +15319,55 @@
       </c>
       <c r="FH41" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI41" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ41" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK41" s="40">
         <v>4255.1134040500001</v>
       </c>
       <c r="FL41" s="40">
         <v>4445.7645618300003</v>
       </c>
       <c r="FM41" s="40">
         <v>4928.1738792899996</v>
       </c>
       <c r="FN41" s="40">
         <v>4692.92538874</v>
       </c>
       <c r="FO41" s="40">
         <v>5333.4368712899995</v>
       </c>
+      <c r="FP41" s="40">
+        <v>4613.0132222499997</v>
+      </c>
     </row>
-    <row r="42" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="11">
         <v>1792.3690337</v>
       </c>
       <c r="D42" s="11">
         <v>1469.0067238000001</v>
       </c>
       <c r="E42" s="11">
         <v>1419.1660201700001</v>
       </c>
       <c r="F42" s="11">
         <v>1526.5068937400001</v>
       </c>
       <c r="G42" s="11">
         <v>1444.0943441500001</v>
       </c>
       <c r="H42" s="11">
         <v>1466.3292228999999</v>
       </c>
       <c r="I42" s="11">
         <v>1139.30853017</v>
       </c>
       <c r="J42" s="11">
@@ -15756,52 +15834,55 @@
       </c>
       <c r="FH42" s="40">
         <v>4128.7815774600003</v>
       </c>
       <c r="FI42" s="40">
         <v>4336.4645658400004</v>
       </c>
       <c r="FJ42" s="40">
         <v>4567.6249098599992</v>
       </c>
       <c r="FK42" s="40">
         <v>4255.1134040500001</v>
       </c>
       <c r="FL42" s="40">
         <v>4445.7645618300003</v>
       </c>
       <c r="FM42" s="40">
         <v>4928.1738792899996</v>
       </c>
       <c r="FN42" s="40">
         <v>4692.92538874</v>
       </c>
       <c r="FO42" s="40">
         <v>5333.4368712899995</v>
       </c>
+      <c r="FP42" s="40">
+        <v>4613.0132222499997</v>
+      </c>
     </row>
-    <row r="43" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="11">
         <v>1140.5326148300001</v>
       </c>
       <c r="D43" s="11">
         <v>1050.1441457400001</v>
       </c>
       <c r="E43" s="11">
         <v>1036.1144871000001</v>
       </c>
       <c r="F43" s="11">
         <v>1012.17652165</v>
       </c>
       <c r="G43" s="11">
         <v>900.66128356000002</v>
       </c>
       <c r="H43" s="11">
         <v>1008.59973064</v>
       </c>
       <c r="I43" s="11">
         <v>778.12664881000001</v>
       </c>
       <c r="J43" s="11">
@@ -16268,52 +16349,55 @@
       </c>
       <c r="FH43" s="40">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI43" s="40">
         <v>1076.16758497</v>
       </c>
       <c r="FJ43" s="40">
         <v>1068.89927771</v>
       </c>
       <c r="FK43" s="40">
         <v>765.27452540999991</v>
       </c>
       <c r="FL43" s="40">
         <v>1132.11451519</v>
       </c>
       <c r="FM43" s="40">
         <v>1186.01268781</v>
       </c>
       <c r="FN43" s="40">
         <v>1216.2211510100001</v>
       </c>
       <c r="FO43" s="40">
         <v>1320.46373346</v>
       </c>
+      <c r="FP43" s="40">
+        <v>981.45069120000005</v>
+      </c>
     </row>
-    <row r="44" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C44" s="11">
         <v>889.70405115000005</v>
       </c>
       <c r="D44" s="11">
         <v>790.40905513000007</v>
       </c>
       <c r="E44" s="11">
         <v>713.22447617</v>
       </c>
       <c r="F44" s="11">
         <v>726.11881702000005</v>
       </c>
       <c r="G44" s="11">
         <v>639.24595107000005</v>
       </c>
       <c r="H44" s="11">
         <v>770.87082230999999</v>
       </c>
       <c r="I44" s="11">
         <v>565.50673051000001</v>
       </c>
       <c r="J44" s="11">
@@ -16780,52 +16864,55 @@
       </c>
       <c r="FH44" s="40">
         <v>1058.1932032699999</v>
       </c>
       <c r="FI44" s="40">
         <v>998.98419439999998</v>
       </c>
       <c r="FJ44" s="40">
         <v>1017.5364934500001</v>
       </c>
       <c r="FK44" s="40">
         <v>721.66011852999998</v>
       </c>
       <c r="FL44" s="40">
         <v>1066.01597324</v>
       </c>
       <c r="FM44" s="40">
         <v>1100.9233947800001</v>
       </c>
       <c r="FN44" s="40">
         <v>965.79315826000004</v>
       </c>
       <c r="FO44" s="40">
         <v>1248.9696958699999</v>
       </c>
+      <c r="FP44" s="40">
+        <v>910.33969427</v>
+      </c>
     </row>
-    <row r="45" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C45" s="11">
         <v>250.82856368</v>
       </c>
       <c r="D45" s="11">
         <v>259.73509060999999</v>
       </c>
       <c r="E45" s="11">
         <v>322.89001093000002</v>
       </c>
       <c r="F45" s="11">
         <v>286.05770462999999</v>
       </c>
       <c r="G45" s="11">
         <v>261.41533248999997</v>
       </c>
       <c r="H45" s="11">
         <v>237.72890833</v>
       </c>
       <c r="I45" s="11">
         <v>212.61991829999999</v>
       </c>
       <c r="J45" s="11">
@@ -17292,52 +17379,55 @@
       </c>
       <c r="FH45" s="40">
         <v>95.876967829999998</v>
       </c>
       <c r="FI45" s="40">
         <v>77.183390569999986</v>
       </c>
       <c r="FJ45" s="40">
         <v>51.362784259999998</v>
       </c>
       <c r="FK45" s="40">
         <v>43.614406880000004</v>
       </c>
       <c r="FL45" s="40">
         <v>66.098541949999998</v>
       </c>
       <c r="FM45" s="40">
         <v>85.089293030000007</v>
       </c>
       <c r="FN45" s="40">
         <v>250.42799274999999</v>
       </c>
       <c r="FO45" s="40">
         <v>71.494037590000005</v>
       </c>
+      <c r="FP45" s="40">
+        <v>71.110996930000013</v>
+      </c>
     </row>
-    <row r="46" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="11">
         <v>651.83641886999999</v>
       </c>
       <c r="D46" s="11">
         <v>418.86257805999998</v>
       </c>
       <c r="E46" s="11">
         <v>383.05153307</v>
       </c>
       <c r="F46" s="11">
         <v>514.33037209000008</v>
       </c>
       <c r="G46" s="11">
         <v>543.43306059000008</v>
       </c>
       <c r="H46" s="11">
         <v>457.72949226000003</v>
       </c>
       <c r="I46" s="11">
         <v>361.18188136000003</v>
       </c>
       <c r="J46" s="11">
@@ -17804,52 +17894,55 @@
       </c>
       <c r="FH46" s="40">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI46" s="40">
         <v>3260.29698087</v>
       </c>
       <c r="FJ46" s="40">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK46" s="40">
         <v>3489.8388786400001</v>
       </c>
       <c r="FL46" s="40">
         <v>3313.6500466399998</v>
       </c>
       <c r="FM46" s="40">
         <v>3742.1611914800001</v>
       </c>
       <c r="FN46" s="40">
         <v>3476.7042377299999</v>
       </c>
       <c r="FO46" s="40">
         <v>4012.9731378299998</v>
       </c>
+      <c r="FP46" s="40">
+        <v>3631.5625310500004</v>
+      </c>
     </row>
-    <row r="47" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="11">
         <v>620.14567409999995</v>
       </c>
       <c r="D47" s="11">
         <v>392.30756287999998</v>
       </c>
       <c r="E47" s="11">
         <v>379.11303623999999</v>
       </c>
       <c r="F47" s="11">
         <v>505.26463155000005</v>
       </c>
       <c r="G47" s="11">
         <v>515.98261202000003</v>
       </c>
       <c r="H47" s="11">
         <v>415.98517103</v>
       </c>
       <c r="I47" s="11">
         <v>344.33374865000002</v>
       </c>
       <c r="J47" s="11">
@@ -18316,52 +18409,55 @@
       </c>
       <c r="FH47" s="40">
         <v>2951.4896112500001</v>
       </c>
       <c r="FI47" s="40">
         <v>3235.95593108</v>
       </c>
       <c r="FJ47" s="40">
         <v>3487.6435976999996</v>
       </c>
       <c r="FK47" s="40">
         <v>3482.7567755999999</v>
       </c>
       <c r="FL47" s="40">
         <v>3296.5556746500001</v>
       </c>
       <c r="FM47" s="40">
         <v>3702.0770249799998</v>
       </c>
       <c r="FN47" s="40">
         <v>3416.3726168099997</v>
       </c>
       <c r="FO47" s="40">
         <v>3972.35250602</v>
       </c>
+      <c r="FP47" s="40">
+        <v>3612.7709385900002</v>
+      </c>
     </row>
-    <row r="48" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="11">
         <v>31.690744770000002</v>
       </c>
       <c r="D48" s="11">
         <v>26.555015180000002</v>
       </c>
       <c r="E48" s="11">
         <v>3.9384968300000001</v>
       </c>
       <c r="F48" s="11">
         <v>9.0657405400000002</v>
       </c>
       <c r="G48" s="11">
         <v>27.450448569999999</v>
       </c>
       <c r="H48" s="11">
         <v>41.744321230000004</v>
       </c>
       <c r="I48" s="11">
         <v>16.848132709999998</v>
       </c>
       <c r="J48" s="11">
@@ -18828,52 +18924,55 @@
       </c>
       <c r="FH48" s="40">
         <v>23.221795109999999</v>
       </c>
       <c r="FI48" s="40">
         <v>24.34104979</v>
       </c>
       <c r="FJ48" s="40">
         <v>11.08203445</v>
       </c>
       <c r="FK48" s="40">
         <v>7.0821030399999998</v>
       </c>
       <c r="FL48" s="40">
         <v>17.094371989999999</v>
       </c>
       <c r="FM48" s="40">
         <v>40.084166500000002</v>
       </c>
       <c r="FN48" s="40">
         <v>60.331620919999999</v>
       </c>
       <c r="FO48" s="40">
         <v>40.620631809999999</v>
       </c>
+      <c r="FP48" s="40">
+        <v>18.79159246</v>
+      </c>
     </row>
-    <row r="49" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="12">
         <v>31.189859980000001</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>10</v>
       </c>
       <c r="J49" s="12">
@@ -19340,52 +19439,55 @@
       </c>
       <c r="FH49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FI49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FJ49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FK49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FL49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FM49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FN49" s="41" t="s">
         <v>10</v>
       </c>
       <c r="FO49" s="41" t="s">
         <v>10</v>
       </c>
+      <c r="FP49" s="41" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="50" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="11">
         <v>826.03931195000007</v>
       </c>
       <c r="D50" s="11">
         <v>429.15177962000001</v>
       </c>
       <c r="E50" s="11">
         <v>580.3362122399999</v>
       </c>
       <c r="F50" s="11">
         <v>574.40654682000002</v>
       </c>
       <c r="G50" s="11">
         <v>576.75411589000009</v>
       </c>
       <c r="H50" s="11">
         <v>749.60590086000002</v>
       </c>
       <c r="I50" s="11">
         <v>864.22363094000002</v>
       </c>
       <c r="J50" s="11">
@@ -19852,52 +19954,55 @@
       </c>
       <c r="FH50" s="40">
         <v>2273.2101349200002</v>
       </c>
       <c r="FI50" s="40">
         <v>2874.05539172</v>
       </c>
       <c r="FJ50" s="40">
         <v>3182.4814232199997</v>
       </c>
       <c r="FK50" s="40">
         <v>1627.2962365999999</v>
       </c>
       <c r="FL50" s="40">
         <v>2371.1085929699998</v>
       </c>
       <c r="FM50" s="40">
         <v>2190.6219439299998</v>
       </c>
       <c r="FN50" s="40">
         <v>2126.9729470299999</v>
       </c>
       <c r="FO50" s="40">
         <v>2876.4526453899998</v>
       </c>
+      <c r="FP50" s="40">
+        <v>1896.5800354400001</v>
+      </c>
     </row>
-    <row r="51" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="11">
         <v>166.53838426000002</v>
       </c>
       <c r="D51" s="11">
         <v>156.50617223</v>
       </c>
       <c r="E51" s="11">
         <v>181.88064709999998</v>
       </c>
       <c r="F51" s="11">
         <v>222.43640979000003</v>
       </c>
       <c r="G51" s="11">
         <v>184.91404402000001</v>
       </c>
       <c r="H51" s="11">
         <v>218.05271493000004</v>
       </c>
       <c r="I51" s="11">
         <v>375.30269142999998</v>
       </c>
       <c r="J51" s="11">
@@ -20364,52 +20469,55 @@
       </c>
       <c r="FH51" s="40">
         <v>1124.76312708</v>
       </c>
       <c r="FI51" s="40">
         <v>1348.7447628599998</v>
       </c>
       <c r="FJ51" s="40">
         <v>727.70471921000001</v>
       </c>
       <c r="FK51" s="40">
         <v>590.18112938000002</v>
       </c>
       <c r="FL51" s="40">
         <v>767.18539647</v>
       </c>
       <c r="FM51" s="40">
         <v>799.33443646000001</v>
       </c>
       <c r="FN51" s="40">
         <v>687.70312483999999</v>
       </c>
       <c r="FO51" s="40">
         <v>707.99136762000001</v>
       </c>
+      <c r="FP51" s="40">
+        <v>673.09024289000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="11">
         <v>47.606623759999998</v>
       </c>
       <c r="D52" s="11">
         <v>39.404511189999994</v>
       </c>
       <c r="E52" s="11">
         <v>53.277497969999999</v>
       </c>
       <c r="F52" s="11">
         <v>69.354271600000004</v>
       </c>
       <c r="G52" s="11">
         <v>56.432360270000004</v>
       </c>
       <c r="H52" s="11">
         <v>66.899817900000002</v>
       </c>
       <c r="I52" s="11">
         <v>57.790311520000003</v>
       </c>
       <c r="J52" s="11">
@@ -20876,52 +20984,55 @@
       </c>
       <c r="FH52" s="40">
         <v>651.14445674000001</v>
       </c>
       <c r="FI52" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ52" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK52" s="40">
         <v>251.56757563999997</v>
       </c>
       <c r="FL52" s="40">
         <v>306.37076393000001</v>
       </c>
       <c r="FM52" s="40">
         <v>320.49897258999999</v>
       </c>
       <c r="FN52" s="40">
         <v>291.94455780999999</v>
       </c>
       <c r="FO52" s="40">
         <v>319.06077776999996</v>
       </c>
+      <c r="FP52" s="40">
+        <v>293.20435857999996</v>
+      </c>
     </row>
-    <row r="53" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="11">
         <v>5.3055225400000001</v>
       </c>
       <c r="D53" s="11">
         <v>4.3148209399999997</v>
       </c>
       <c r="E53" s="11">
         <v>6.08814104</v>
       </c>
       <c r="F53" s="11">
         <v>25.999289050000002</v>
       </c>
       <c r="G53" s="11">
         <v>8.3699122900000003</v>
       </c>
       <c r="H53" s="11">
         <v>12.907633219999999</v>
       </c>
       <c r="I53" s="11">
         <v>8.2968405799999996</v>
       </c>
       <c r="J53" s="11">
@@ -21388,52 +21499,55 @@
       </c>
       <c r="FH53" s="40">
         <v>0.04</v>
       </c>
       <c r="FI53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FJ53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FK53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FL53" s="40">
         <v>9.8442400000000006E-3</v>
       </c>
       <c r="FM53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FN53" s="40" t="s">
         <v>10</v>
       </c>
       <c r="FO53" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="FP53" s="40" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="54" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C54" s="11">
         <v>42.30110122</v>
       </c>
       <c r="D54" s="11">
         <v>35.089690249999997</v>
       </c>
       <c r="E54" s="11">
         <v>47.189356930000002</v>
       </c>
       <c r="F54" s="11">
         <v>43.354982550000003</v>
       </c>
       <c r="G54" s="11">
         <v>48.062447980000002</v>
       </c>
       <c r="H54" s="11">
         <v>53.992184680000001</v>
       </c>
       <c r="I54" s="11">
         <v>49.493470940000002</v>
       </c>
       <c r="J54" s="11">
@@ -21900,52 +22014,55 @@
       </c>
       <c r="FH54" s="40">
         <v>651.10445674000005</v>
       </c>
       <c r="FI54" s="40">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ54" s="40">
         <v>323.06746545999999</v>
       </c>
       <c r="FK54" s="40">
         <v>251.56757563999997</v>
       </c>
       <c r="FL54" s="40">
         <v>306.36091969</v>
       </c>
       <c r="FM54" s="40">
         <v>320.49897258999999</v>
       </c>
       <c r="FN54" s="40">
         <v>291.94455780999999</v>
       </c>
       <c r="FO54" s="40">
         <v>319.06077776999996</v>
       </c>
+      <c r="FP54" s="40">
+        <v>293.20435857999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
       <c r="I55" s="11"/>
       <c r="J55" s="11"/>
       <c r="K55" s="11"/>
       <c r="L55" s="11"/>
       <c r="M55" s="11"/>
       <c r="N55" s="11"/>
       <c r="O55" s="11"/>
       <c r="P55" s="11"/>
       <c r="Q55" s="11"/>
       <c r="R55" s="11"/>
       <c r="S55" s="11"/>
       <c r="T55" s="11"/>
       <c r="U55" s="11"/>
       <c r="V55" s="11"/>
       <c r="W55" s="11"/>
       <c r="X55" s="11"/>
@@ -22146,52 +22263,55 @@
       </c>
       <c r="FH55" s="40">
         <v>1.24096345</v>
       </c>
       <c r="FI55" s="40">
         <v>3.0959714900000002</v>
       </c>
       <c r="FJ55" s="40">
         <v>1.1142327599999999</v>
       </c>
       <c r="FK55" s="40">
         <v>0.44709990999999999</v>
       </c>
       <c r="FL55" s="40">
         <v>1.2903794499999999</v>
       </c>
       <c r="FM55" s="40">
         <v>0.91128981000000009</v>
       </c>
       <c r="FN55" s="40">
         <v>0.52388939000000001</v>
       </c>
       <c r="FO55" s="40">
         <v>0.79050935</v>
       </c>
+      <c r="FP55" s="40">
+        <v>0.36253795</v>
+      </c>
     </row>
-    <row r="56" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
       <c r="J56" s="11"/>
       <c r="K56" s="11"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
       <c r="O56" s="11"/>
       <c r="P56" s="11"/>
       <c r="Q56" s="11"/>
       <c r="R56" s="11"/>
       <c r="S56" s="11"/>
       <c r="T56" s="11"/>
       <c r="U56" s="11"/>
       <c r="V56" s="11"/>
       <c r="W56" s="11"/>
       <c r="X56" s="11"/>
@@ -22392,52 +22512,55 @@
       </c>
       <c r="FH56" s="40">
         <v>649.86349328999995</v>
       </c>
       <c r="FI56" s="40">
         <v>829.60889754999994</v>
       </c>
       <c r="FJ56" s="40">
         <v>321.9532327</v>
       </c>
       <c r="FK56" s="40">
         <v>251.12047572999998</v>
       </c>
       <c r="FL56" s="40">
         <v>305.07054024000001</v>
       </c>
       <c r="FM56" s="40">
         <v>319.58768277999997</v>
       </c>
       <c r="FN56" s="40">
         <v>291.42066842000003</v>
       </c>
       <c r="FO56" s="40">
         <v>318.27026842000004</v>
       </c>
+      <c r="FP56" s="40">
+        <v>292.84182062999997</v>
+      </c>
     </row>
-    <row r="57" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C57" s="11">
         <v>118.93176050000001</v>
       </c>
       <c r="D57" s="11">
         <v>117.10166104000001</v>
       </c>
       <c r="E57" s="11">
         <v>128.60314912999999</v>
       </c>
       <c r="F57" s="11">
         <v>153.08213819000002</v>
       </c>
       <c r="G57" s="11">
         <v>128.48168375</v>
       </c>
       <c r="H57" s="11">
         <v>151.15289703000002</v>
       </c>
       <c r="I57" s="11">
         <v>317.51237990999999</v>
       </c>
       <c r="J57" s="11">
@@ -22904,52 +23027,55 @@
       </c>
       <c r="FH57" s="40">
         <v>473.61867033999999</v>
       </c>
       <c r="FI57" s="40">
         <v>516.03989381999997</v>
       </c>
       <c r="FJ57" s="40">
         <v>404.63725375000001</v>
       </c>
       <c r="FK57" s="40">
         <v>338.61355373999999</v>
       </c>
       <c r="FL57" s="40">
         <v>460.81463254000005</v>
       </c>
       <c r="FM57" s="40">
         <v>478.83546387000001</v>
       </c>
       <c r="FN57" s="40">
         <v>395.75856702999999</v>
       </c>
       <c r="FO57" s="40">
         <v>388.93058985000005</v>
       </c>
+      <c r="FP57" s="40">
+        <v>379.88588430999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C58" s="11">
         <v>17.315664600000002</v>
       </c>
       <c r="D58" s="11">
         <v>21.811559219999999</v>
       </c>
       <c r="E58" s="11">
         <v>16.035218069999999</v>
       </c>
       <c r="F58" s="11">
         <v>15.273370289999999</v>
       </c>
       <c r="G58" s="11">
         <v>14.93526039</v>
       </c>
       <c r="H58" s="11">
         <v>17.475413719999999</v>
       </c>
       <c r="I58" s="11">
         <v>15.896643410000001</v>
       </c>
       <c r="J58" s="11">
@@ -23416,52 +23542,55 @@
       </c>
       <c r="FH58" s="40">
         <v>15.244401249999999</v>
       </c>
       <c r="FI58" s="40">
         <v>14.87631584</v>
       </c>
       <c r="FJ58" s="40">
         <v>11.644335300000002</v>
       </c>
       <c r="FK58" s="40">
         <v>6.8049944699999996</v>
       </c>
       <c r="FL58" s="40">
         <v>9.5966946499999999</v>
       </c>
       <c r="FM58" s="40">
         <v>13.528219249999999</v>
       </c>
       <c r="FN58" s="40">
         <v>10.39325133</v>
       </c>
       <c r="FO58" s="40">
         <v>13.03370316</v>
       </c>
+      <c r="FP58" s="40">
+        <v>9.1021181899999988</v>
+      </c>
     </row>
-    <row r="59" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C59" s="11">
         <v>101.6160959</v>
       </c>
       <c r="D59" s="11">
         <v>95.290101820000004</v>
       </c>
       <c r="E59" s="11">
         <v>112.56793105999999</v>
       </c>
       <c r="F59" s="11">
         <v>137.80876790000002</v>
       </c>
       <c r="G59" s="11">
         <v>113.54642336000001</v>
       </c>
       <c r="H59" s="11">
         <v>133.67748331000001</v>
       </c>
       <c r="I59" s="11">
         <v>301.61573649999997</v>
       </c>
       <c r="J59" s="11">
@@ -23928,52 +24057,55 @@
       </c>
       <c r="FH59" s="40">
         <v>458.37426908999998</v>
       </c>
       <c r="FI59" s="40">
         <v>501.16357798000001</v>
       </c>
       <c r="FJ59" s="40">
         <v>392.99291844999999</v>
       </c>
       <c r="FK59" s="40">
         <v>331.80855926999999</v>
       </c>
       <c r="FL59" s="40">
         <v>451.21793788999997</v>
       </c>
       <c r="FM59" s="40">
         <v>465.30724462000001</v>
       </c>
       <c r="FN59" s="40">
         <v>385.3653157</v>
       </c>
       <c r="FO59" s="40">
         <v>375.89688668999997</v>
       </c>
+      <c r="FP59" s="40">
+        <v>370.78376612</v>
+      </c>
     </row>
-    <row r="60" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
       <c r="K60" s="11"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
       <c r="N60" s="11"/>
       <c r="O60" s="11"/>
       <c r="P60" s="11"/>
       <c r="Q60" s="11"/>
       <c r="R60" s="11"/>
       <c r="S60" s="11"/>
       <c r="T60" s="11"/>
       <c r="U60" s="11"/>
       <c r="V60" s="11"/>
       <c r="W60" s="11"/>
       <c r="X60" s="11"/>
@@ -24174,52 +24306,55 @@
       </c>
       <c r="FH60" s="40">
         <v>130.82037690999999</v>
       </c>
       <c r="FI60" s="40">
         <v>135.82256642999999</v>
       </c>
       <c r="FJ60" s="40">
         <v>100.09447252</v>
       </c>
       <c r="FK60" s="40">
         <v>83.07945556</v>
       </c>
       <c r="FL60" s="40">
         <v>106.76117934999999</v>
       </c>
       <c r="FM60" s="40">
         <v>105.57414401999999</v>
       </c>
       <c r="FN60" s="40">
         <v>85.998844590000004</v>
       </c>
       <c r="FO60" s="40">
         <v>85.845885469999999</v>
       </c>
+      <c r="FP60" s="40">
+        <v>82.280186049999998</v>
+      </c>
     </row>
-    <row r="61" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
       <c r="J61" s="11"/>
       <c r="K61" s="11"/>
       <c r="L61" s="11"/>
       <c r="M61" s="11"/>
       <c r="N61" s="11"/>
       <c r="O61" s="11"/>
       <c r="P61" s="11"/>
       <c r="Q61" s="11"/>
       <c r="R61" s="11"/>
       <c r="S61" s="11"/>
       <c r="T61" s="11"/>
       <c r="U61" s="11"/>
       <c r="V61" s="11"/>
       <c r="W61" s="11"/>
       <c r="X61" s="11"/>
@@ -24420,52 +24555,55 @@
       </c>
       <c r="FH61" s="40">
         <v>327.55389217999999</v>
       </c>
       <c r="FI61" s="40">
         <v>365.34101155000002</v>
       </c>
       <c r="FJ61" s="40">
         <v>292.89844592999998</v>
       </c>
       <c r="FK61" s="40">
         <v>248.72910371</v>
       </c>
       <c r="FL61" s="40">
         <v>344.45675854000001</v>
       </c>
       <c r="FM61" s="40">
         <v>359.7331006</v>
       </c>
       <c r="FN61" s="40">
         <v>299.36647111000002</v>
       </c>
       <c r="FO61" s="40">
         <v>290.05100122000005</v>
       </c>
+      <c r="FP61" s="40">
+        <v>288.50358007</v>
+      </c>
     </row>
-    <row r="62" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C62" s="11">
         <v>65.327833819999995</v>
       </c>
       <c r="D62" s="11">
         <v>54.287496770000004</v>
       </c>
       <c r="E62" s="11">
         <v>60.595329950000007</v>
       </c>
       <c r="F62" s="11">
         <v>54.259931369999997</v>
       </c>
       <c r="G62" s="11">
         <v>55.893139769999998</v>
       </c>
       <c r="H62" s="11">
         <v>58.009068669999998</v>
       </c>
       <c r="I62" s="11">
         <v>57.3944051</v>
       </c>
       <c r="J62" s="11">
@@ -24932,52 +25070,55 @@
       </c>
       <c r="FH62" s="40">
         <v>28.205624950000001</v>
       </c>
       <c r="FI62" s="40">
         <v>28.502679690000001</v>
       </c>
       <c r="FJ62" s="40">
         <v>24.270469690000002</v>
       </c>
       <c r="FK62" s="40">
         <v>27.602529910000001</v>
       </c>
       <c r="FL62" s="40">
         <v>36.715327899999998</v>
       </c>
       <c r="FM62" s="40">
         <v>29.487118679999998</v>
       </c>
       <c r="FN62" s="40">
         <v>34.990120700000006</v>
       </c>
       <c r="FO62" s="40">
         <v>32.910104670000003</v>
       </c>
+      <c r="FP62" s="40">
+        <v>22.120069749999999</v>
+      </c>
     </row>
-    <row r="63" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C63" s="11">
         <v>659.50092769000003</v>
       </c>
       <c r="D63" s="11">
         <v>272.64560739000001</v>
       </c>
       <c r="E63" s="11">
         <v>398.45556513999998</v>
       </c>
       <c r="F63" s="11">
         <v>351.97013702999999</v>
       </c>
       <c r="G63" s="11">
         <v>391.84007187000003</v>
       </c>
       <c r="H63" s="11">
         <v>531.55318592999993</v>
       </c>
       <c r="I63" s="11">
         <v>488.92093951000004</v>
       </c>
       <c r="J63" s="11">
@@ -25444,52 +25585,55 @@
       </c>
       <c r="FH63" s="40">
         <v>1148.44700784</v>
       </c>
       <c r="FI63" s="40">
         <v>1525.31062886</v>
       </c>
       <c r="FJ63" s="40">
         <v>2454.7767040100002</v>
       </c>
       <c r="FK63" s="40">
         <v>1037.11510722</v>
       </c>
       <c r="FL63" s="40">
         <v>1603.9231964999999</v>
       </c>
       <c r="FM63" s="40">
         <v>1391.28750747</v>
       </c>
       <c r="FN63" s="40">
         <v>1439.26982219</v>
       </c>
       <c r="FO63" s="40">
         <v>2168.4612777699999</v>
       </c>
+      <c r="FP63" s="40">
+        <v>1223.4897925499999</v>
+      </c>
     </row>
-    <row r="64" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="11">
         <v>344.37638578999997</v>
       </c>
       <c r="D64" s="11">
         <v>149.48111370999999</v>
       </c>
       <c r="E64" s="11">
         <v>254.71502325</v>
       </c>
       <c r="F64" s="11">
         <v>155.66937648999999</v>
       </c>
       <c r="G64" s="11">
         <v>242.29000450000001</v>
       </c>
       <c r="H64" s="11">
         <v>243.84861451</v>
       </c>
       <c r="I64" s="11">
         <v>174.81887308</v>
       </c>
       <c r="J64" s="11">
@@ -25956,52 +26100,55 @@
       </c>
       <c r="FH64" s="40">
         <v>608.93273592999992</v>
       </c>
       <c r="FI64" s="40">
         <v>742.7570571</v>
       </c>
       <c r="FJ64" s="40">
         <v>978.87672552000004</v>
       </c>
       <c r="FK64" s="40">
         <v>507.03854883999998</v>
       </c>
       <c r="FL64" s="40">
         <v>741.62957276999998</v>
       </c>
       <c r="FM64" s="40">
         <v>621.07265641999993</v>
       </c>
       <c r="FN64" s="40">
         <v>578.92097760000001</v>
       </c>
       <c r="FO64" s="40">
         <v>768.44476126999996</v>
       </c>
+      <c r="FP64" s="40">
+        <v>605.48491925999997</v>
+      </c>
     </row>
-    <row r="65" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="11">
         <v>315.12454190000005</v>
       </c>
       <c r="D65" s="11">
         <v>123.16449367999999</v>
       </c>
       <c r="E65" s="11">
         <v>143.74054189</v>
       </c>
       <c r="F65" s="11">
         <v>196.30076054</v>
       </c>
       <c r="G65" s="11">
         <v>149.55006737000002</v>
       </c>
       <c r="H65" s="11">
         <v>287.70457141999998</v>
       </c>
       <c r="I65" s="11">
         <v>314.10206643000004</v>
       </c>
       <c r="J65" s="11">
@@ -26468,52 +26615,55 @@
       </c>
       <c r="FH65" s="40">
         <v>539.51427190999993</v>
       </c>
       <c r="FI65" s="40">
         <v>782.55357175999995</v>
       </c>
       <c r="FJ65" s="40">
         <v>1475.89997849</v>
       </c>
       <c r="FK65" s="40">
         <v>530.07655838000005</v>
       </c>
       <c r="FL65" s="40">
         <v>862.29362373000004</v>
       </c>
       <c r="FM65" s="40">
         <v>770.21485104999999</v>
       </c>
       <c r="FN65" s="40">
         <v>860.34884459</v>
       </c>
       <c r="FO65" s="40">
         <v>1400.0165165000001</v>
       </c>
+      <c r="FP65" s="40">
+        <v>618.00487328999998</v>
+      </c>
     </row>
-    <row r="66" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
       <c r="K66" s="11"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
       <c r="N66" s="11"/>
       <c r="O66" s="11"/>
       <c r="P66" s="11"/>
       <c r="Q66" s="11"/>
       <c r="R66" s="11"/>
       <c r="S66" s="11"/>
       <c r="T66" s="11"/>
       <c r="U66" s="11"/>
       <c r="V66" s="11"/>
       <c r="W66" s="11"/>
       <c r="X66" s="11"/>
@@ -26714,52 +26864,55 @@
       </c>
       <c r="FH66" s="40">
         <v>232.59662516999998</v>
       </c>
       <c r="FI66" s="40">
         <v>301.62422737999998</v>
       </c>
       <c r="FJ66" s="40">
         <v>347.56629536999998</v>
       </c>
       <c r="FK66" s="40">
         <v>187.29338111999999</v>
       </c>
       <c r="FL66" s="40">
         <v>230.46911269999998</v>
       </c>
       <c r="FM66" s="40">
         <v>311.90935516000002</v>
       </c>
       <c r="FN66" s="40">
         <v>463.39274542000004</v>
       </c>
       <c r="FO66" s="40">
         <v>275.40380207999999</v>
       </c>
+      <c r="FP66" s="40">
+        <v>192.75535194</v>
+      </c>
     </row>
-    <row r="67" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14"/>
       <c r="F67" s="14"/>
       <c r="G67" s="14"/>
       <c r="H67" s="14"/>
       <c r="I67" s="14"/>
       <c r="J67" s="14"/>
       <c r="K67" s="14"/>
       <c r="L67" s="14"/>
       <c r="M67" s="14"/>
       <c r="N67" s="14"/>
       <c r="O67" s="14"/>
       <c r="P67" s="14"/>
       <c r="Q67" s="14"/>
       <c r="R67" s="14"/>
       <c r="S67" s="14"/>
       <c r="T67" s="14"/>
       <c r="U67" s="14"/>
       <c r="V67" s="14"/>
       <c r="W67" s="14"/>
       <c r="X67" s="14"/>
@@ -26960,62 +27113,63 @@
       </c>
       <c r="FH67" s="42">
         <v>306.91764674000001</v>
       </c>
       <c r="FI67" s="42">
         <v>480.92934437999997</v>
       </c>
       <c r="FJ67" s="42">
         <v>1128.3336831199999</v>
       </c>
       <c r="FK67" s="42">
         <v>342.78317726</v>
       </c>
       <c r="FL67" s="42">
         <v>631.82451102999994</v>
       </c>
       <c r="FM67" s="42">
         <v>458.30549588999997</v>
       </c>
       <c r="FN67" s="42">
         <v>396.95609917000002</v>
       </c>
       <c r="FO67" s="42">
         <v>1124.61271442</v>
       </c>
+      <c r="FP67" s="42">
+        <v>425.24952135000001</v>
+      </c>
     </row>
-    <row r="69" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="70" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="35"/>
     </row>
-    <row r="71" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:172" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="34" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>