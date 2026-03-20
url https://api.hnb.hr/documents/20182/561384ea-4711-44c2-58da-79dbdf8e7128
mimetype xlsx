--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54D28CC8-131C-4915-BBF2-435B8E36C06E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63B0BD43-0101-4C32-AF90-4590F953479C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
     <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="896" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="904" uniqueCount="77">
   <si>
     <t>Loan quality of credit institutions</t>
   </si>
   <si>
     <t>Amount (in thousand kuna)</t>
   </si>
   <si>
     <t>2019*</t>
   </si>
   <si>
     <t>March 2020</t>
   </si>
   <si>
     <t>LOANS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Cash balances at central banks and other demand deposits</t>
   </si>
   <si>
     <t>Central banks</t>
   </si>
   <si>
@@ -257,59 +257,108 @@
   </si>
   <si>
     <t>2023*</t>
   </si>
   <si>
     <t>March 2024</t>
   </si>
   <si>
     <t xml:space="preserve"> June 2024</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2024</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>2024*</t>
   </si>
   <si>
     <t xml:space="preserve"> June 2025</t>
   </si>
   <si>
     <t xml:space="preserve"> September 2025</t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Of which: General-purpose cash loans </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>With a view to improving the quality of data on household loans, as of the reporting date of 31 December 2025, credit institutions reclassified a portion of mortgage loans as general-purpose cash loans with a collateral in the amount of EUR 412.4m and as other loans in the amount of EUR 8.1m. The reclassification resulted in an increase in the stock of general-purpose cash loans.</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
@@ -342,50 +391,73 @@
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <i/>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
@@ -772,132 +844,132 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1"/>
-  <dimension ref="B1:AN106"/>
+  <dimension ref="B1:AO106"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.28515625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="59.28515625" style="1" customWidth="1"/>
-    <col min="3" max="40" width="16.7109375" style="1" customWidth="1"/>
-    <col min="41" max="16384" width="10.28515625" style="1"/>
+    <col min="3" max="41" width="16.7109375" style="1" customWidth="1"/>
+    <col min="42" max="16384" width="10.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
     </row>
-    <row r="2" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="2"/>
     </row>
-    <row r="3" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
-    <row r="4" spans="2:40" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:41" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="36" t="s">
         <v>56</v>
       </c>
       <c r="C4" s="36"/>
       <c r="D4" s="36"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
     </row>
-    <row r="5" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
-    <row r="6" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="8" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="7" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="24" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="25" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="24" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="24" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="24" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="24" t="s">
         <v>41</v>
       </c>
@@ -969,57 +1041,60 @@
       </c>
       <c r="AG7" s="24" t="s">
         <v>67</v>
       </c>
       <c r="AH7" s="24" t="s">
         <v>68</v>
       </c>
       <c r="AI7" s="24" t="s">
         <v>69</v>
       </c>
       <c r="AJ7" s="24" t="s">
         <v>70</v>
       </c>
       <c r="AK7" s="24" t="s">
         <v>72</v>
       </c>
       <c r="AL7" s="24" t="s">
         <v>71</v>
       </c>
       <c r="AM7" s="24" t="s">
         <v>73</v>
       </c>
       <c r="AN7" s="24" t="s">
         <v>74</v>
       </c>
-    </row>
-    <row r="8" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO7" s="24">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="11">
         <v>42251192.424999997</v>
       </c>
       <c r="D9" s="11">
         <v>42492614.707000002</v>
       </c>
       <c r="E9" s="11">
         <v>41625652.645999998</v>
       </c>
       <c r="F9" s="11">
         <v>40971555.708999999</v>
       </c>
       <c r="G9" s="11">
         <v>40744837.213</v>
       </c>
       <c r="H9" s="11">
         <v>42746498.729999997</v>
       </c>
       <c r="I9" s="11">
         <v>44582619.829999998</v>
       </c>
       <c r="J9" s="11">
@@ -1093,52 +1168,55 @@
       </c>
       <c r="AG9" s="11">
         <v>64926371.662</v>
       </c>
       <c r="AH9" s="11">
         <v>63387946.998000003</v>
       </c>
       <c r="AI9" s="11">
         <v>64972888.037589997</v>
       </c>
       <c r="AJ9" s="11">
         <v>67647435.922000006</v>
       </c>
       <c r="AK9" s="11">
         <v>68899619.677000001</v>
       </c>
       <c r="AL9" s="11">
         <v>66173622.424999997</v>
       </c>
       <c r="AM9" s="11">
         <v>67114612.603</v>
       </c>
       <c r="AN9" s="11">
         <v>69867126.320999995</v>
       </c>
-    </row>
-    <row r="10" spans="2:40" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO9" s="11">
+        <v>69627088.064999998</v>
+      </c>
+    </row>
+    <row r="10" spans="2:41" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J10" s="26" t="s">
@@ -1212,52 +1290,55 @@
       </c>
       <c r="AG10" s="12">
         <v>17991443.208999999</v>
       </c>
       <c r="AH10" s="12">
         <v>14278243.676000001</v>
       </c>
       <c r="AI10" s="12">
         <v>13566734.052209999</v>
       </c>
       <c r="AJ10" s="12">
         <v>15932907.319</v>
       </c>
       <c r="AK10" s="12">
         <v>16398563.217</v>
       </c>
       <c r="AL10" s="12">
         <v>13480856.357000001</v>
       </c>
       <c r="AM10" s="12">
         <v>11674791.764</v>
       </c>
       <c r="AN10" s="12">
         <v>13871202.464</v>
       </c>
-    </row>
-    <row r="11" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO10" s="12">
+        <v>13245755.592</v>
+      </c>
+    </row>
+    <row r="11" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="12">
         <v>3585794.449</v>
       </c>
       <c r="D11" s="12">
         <v>3461829.7650000001</v>
       </c>
       <c r="E11" s="12">
         <v>4265578.4170000004</v>
       </c>
       <c r="F11" s="12">
         <v>4181034.034</v>
       </c>
       <c r="G11" s="12">
         <v>4354059.7609999999</v>
       </c>
       <c r="H11" s="12">
         <v>4778192.3059999999</v>
       </c>
       <c r="I11" s="12">
         <v>8283949.4119999995</v>
       </c>
       <c r="J11" s="12">
@@ -1331,52 +1412,55 @@
       </c>
       <c r="AG11" s="12">
         <v>263.48099999999999</v>
       </c>
       <c r="AH11" s="12">
         <v>839.87800000000004</v>
       </c>
       <c r="AI11" s="12">
         <v>981921.22233999998</v>
       </c>
       <c r="AJ11" s="12">
         <v>1366397.4839999999</v>
       </c>
       <c r="AK11" s="12">
         <v>1165501.9280000001</v>
       </c>
       <c r="AL11" s="12">
         <v>1499.1379999999999</v>
       </c>
       <c r="AM11" s="12">
         <v>631.90700000000004</v>
       </c>
       <c r="AN11" s="12">
         <v>771.67499999999995</v>
       </c>
-    </row>
-    <row r="12" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO11" s="12">
+        <v>108034.554</v>
+      </c>
+    </row>
+    <row r="12" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="12">
         <v>6726408.8159999996</v>
       </c>
       <c r="D12" s="12">
         <v>6550168.9970000004</v>
       </c>
       <c r="E12" s="12">
         <v>6653313.7810000004</v>
       </c>
       <c r="F12" s="12">
         <v>6621001.3310000002</v>
       </c>
       <c r="G12" s="12">
         <v>6532724.5439999998</v>
       </c>
       <c r="H12" s="12">
         <v>6354321.693</v>
       </c>
       <c r="I12" s="12">
         <v>5232392.4469999997</v>
       </c>
       <c r="J12" s="12">
@@ -1450,52 +1534,55 @@
       </c>
       <c r="AG12" s="12">
         <v>6383648.7709999997</v>
       </c>
       <c r="AH12" s="12">
         <v>6370181.8629999999</v>
       </c>
       <c r="AI12" s="12">
         <v>6196069.97903</v>
       </c>
       <c r="AJ12" s="12">
         <v>6005200.8890000004</v>
       </c>
       <c r="AK12" s="12">
         <v>5434056.6210000003</v>
       </c>
       <c r="AL12" s="12">
         <v>5401592.4670000002</v>
       </c>
       <c r="AM12" s="12">
         <v>5073274.4040000001</v>
       </c>
       <c r="AN12" s="12">
         <v>5129123.8739999998</v>
       </c>
-    </row>
-    <row r="13" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO12" s="12">
+        <v>5343462.3689999999</v>
+      </c>
+    </row>
+    <row r="13" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="12">
         <v>2407377.7250000001</v>
       </c>
       <c r="D13" s="12">
         <v>3218123.1150000002</v>
       </c>
       <c r="E13" s="12">
         <v>2367720.8199999998</v>
       </c>
       <c r="F13" s="12">
         <v>1801665.0079999999</v>
       </c>
       <c r="G13" s="12">
         <v>1707971.585</v>
       </c>
       <c r="H13" s="12">
         <v>3312411.7390000001</v>
       </c>
       <c r="I13" s="12">
         <v>3230041.4449999998</v>
       </c>
       <c r="J13" s="12">
@@ -1569,52 +1656,55 @@
       </c>
       <c r="AG13" s="12">
         <v>3216353.355</v>
       </c>
       <c r="AH13" s="12">
         <v>4861866.3119999999</v>
       </c>
       <c r="AI13" s="12">
         <v>5089642.8687300002</v>
       </c>
       <c r="AJ13" s="12">
         <v>4639993.58</v>
       </c>
       <c r="AK13" s="12">
         <v>4924059.9349999996</v>
       </c>
       <c r="AL13" s="12">
         <v>4846915.17</v>
       </c>
       <c r="AM13" s="12">
         <v>6059073.3130000001</v>
       </c>
       <c r="AN13" s="12">
         <v>5897273.4230000004</v>
       </c>
-    </row>
-    <row r="14" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO13" s="12">
+        <v>4549474.0530000003</v>
+      </c>
+    </row>
+    <row r="14" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="12">
         <v>639591.23400000005</v>
       </c>
       <c r="D14" s="12">
         <v>685157.61600000004</v>
       </c>
       <c r="E14" s="12">
         <v>663709.59100000001</v>
       </c>
       <c r="F14" s="12">
         <v>765487.82400000002</v>
       </c>
       <c r="G14" s="12">
         <v>538462.36100000003</v>
       </c>
       <c r="H14" s="12">
         <v>487409.28899999999</v>
       </c>
       <c r="I14" s="12">
         <v>507909.65399999998</v>
       </c>
       <c r="J14" s="12">
@@ -1688,52 +1778,55 @@
       </c>
       <c r="AG14" s="12">
         <v>463338.875</v>
       </c>
       <c r="AH14" s="12">
         <v>499387.826</v>
       </c>
       <c r="AI14" s="12">
         <v>483100.99050999997</v>
       </c>
       <c r="AJ14" s="12">
         <v>490241.26500000001</v>
       </c>
       <c r="AK14" s="12">
         <v>554878.57499999995</v>
       </c>
       <c r="AL14" s="12">
         <v>538180.81700000004</v>
       </c>
       <c r="AM14" s="12">
         <v>669659.92700000003</v>
       </c>
       <c r="AN14" s="12">
         <v>607372.87699999998</v>
       </c>
-    </row>
-    <row r="15" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO14" s="12">
+        <v>782561.23199999996</v>
+      </c>
+    </row>
+    <row r="15" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="12">
         <v>13068153.236</v>
       </c>
       <c r="D15" s="12">
         <v>12806427.096999999</v>
       </c>
       <c r="E15" s="12">
         <v>11902311.176000001</v>
       </c>
       <c r="F15" s="12">
         <v>11894021.142999999</v>
       </c>
       <c r="G15" s="12">
         <v>11904224.244000001</v>
       </c>
       <c r="H15" s="12">
         <v>11948542.482000001</v>
       </c>
       <c r="I15" s="12">
         <v>11389099.926000001</v>
       </c>
       <c r="J15" s="12">
@@ -1807,75 +1900,79 @@
       </c>
       <c r="AG15" s="12">
         <v>14998329.183</v>
       </c>
       <c r="AH15" s="12">
         <v>14961351.743000001</v>
       </c>
       <c r="AI15" s="12">
         <v>15546189.407190001</v>
       </c>
       <c r="AJ15" s="12">
         <v>15512308.119999999</v>
       </c>
       <c r="AK15" s="12">
         <v>15972983.966</v>
       </c>
       <c r="AL15" s="12">
         <v>16766858.232000001</v>
       </c>
       <c r="AM15" s="12">
         <v>17394402.454999998</v>
       </c>
       <c r="AN15" s="12">
         <v>17446583.013999999</v>
       </c>
-    </row>
-    <row r="16" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO15" s="12">
+        <v>18029579.754000001</v>
+      </c>
+    </row>
+    <row r="16" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="W16" s="12"/>
       <c r="X16" s="12"/>
       <c r="Y16" s="12"/>
       <c r="Z16" s="12"/>
       <c r="AA16" s="12"/>
       <c r="AB16" s="12"/>
       <c r="AC16" s="12"/>
       <c r="AD16" s="12"/>
       <c r="AE16" s="12"/>
       <c r="AF16" s="12"/>
       <c r="AG16" s="12"/>
       <c r="AH16" s="12"/>
       <c r="AI16" s="12"/>
       <c r="AJ16" s="12"/>
       <c r="AK16" s="12"/>
       <c r="AL16" s="12"/>
       <c r="AM16" s="12"/>
       <c r="AN16" s="12"/>
-    </row>
-    <row r="17" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO16" s="12"/>
+    </row>
+    <row r="17" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="12">
         <v>2737283.696</v>
       </c>
       <c r="D17" s="12">
         <v>2624811.4640000002</v>
       </c>
       <c r="E17" s="12">
         <v>2561842.077</v>
       </c>
       <c r="F17" s="12">
         <v>2651713.1770000001</v>
       </c>
       <c r="G17" s="12">
         <v>2666469.4980000001</v>
       </c>
       <c r="H17" s="12">
         <v>2692905.2609999999</v>
       </c>
       <c r="I17" s="12">
         <v>2534955.2650000001</v>
       </c>
       <c r="J17" s="12">
@@ -1949,52 +2046,55 @@
       </c>
       <c r="AG17" s="12">
         <v>2577091.7960000001</v>
       </c>
       <c r="AH17" s="12">
         <v>2678700.4470000002</v>
       </c>
       <c r="AI17" s="12">
         <v>2733894.3174800002</v>
       </c>
       <c r="AJ17" s="12">
         <v>2810304.1409999998</v>
       </c>
       <c r="AK17" s="12">
         <v>2763495.3590000002</v>
       </c>
       <c r="AL17" s="12">
         <v>3184000.0860000001</v>
       </c>
       <c r="AM17" s="12">
         <v>3231616.4539999999</v>
       </c>
       <c r="AN17" s="12">
         <v>3247280.824</v>
       </c>
-    </row>
-    <row r="18" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO17" s="12">
+        <v>3290800.267</v>
+      </c>
+    </row>
+    <row r="18" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="34" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="12">
         <v>415956.18199999997</v>
       </c>
       <c r="D18" s="12">
         <v>416173.11599999998</v>
       </c>
       <c r="E18" s="12">
         <v>432223.84499999997</v>
       </c>
       <c r="F18" s="12">
         <v>384193.74300000002</v>
       </c>
       <c r="G18" s="12">
         <v>392847.24599999998</v>
       </c>
       <c r="H18" s="12">
         <v>383182.45199999999</v>
       </c>
       <c r="I18" s="12">
         <v>357390.52500000002</v>
       </c>
       <c r="J18" s="12">
@@ -2068,52 +2168,55 @@
       </c>
       <c r="AG18" s="12">
         <v>2279878.0150000001</v>
       </c>
       <c r="AH18" s="12">
         <v>1932541.142</v>
       </c>
       <c r="AI18" s="12">
         <v>1917302.7041</v>
       </c>
       <c r="AJ18" s="12">
         <v>1928494.3529999999</v>
       </c>
       <c r="AK18" s="12">
         <v>1880085.0789999999</v>
       </c>
       <c r="AL18" s="12">
         <v>1799222.186</v>
       </c>
       <c r="AM18" s="12">
         <v>1770022.3670000001</v>
       </c>
       <c r="AN18" s="12">
         <v>1786098.362</v>
       </c>
-    </row>
-    <row r="19" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO18" s="12">
+        <v>1567401.6710000001</v>
+      </c>
+    </row>
+    <row r="19" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="12">
         <v>1291687.4620000001</v>
       </c>
       <c r="D19" s="12">
         <v>1229660.219</v>
       </c>
       <c r="E19" s="12">
         <v>1286490.406</v>
       </c>
       <c r="F19" s="12">
         <v>1162494.4839999999</v>
       </c>
       <c r="G19" s="12">
         <v>1139990.169</v>
       </c>
       <c r="H19" s="12">
         <v>1133042.638</v>
       </c>
       <c r="I19" s="12">
         <v>1048909.99</v>
       </c>
       <c r="J19" s="12">
@@ -2187,52 +2290,55 @@
       </c>
       <c r="AG19" s="12">
         <v>1138033.5589999999</v>
       </c>
       <c r="AH19" s="12">
         <v>1148820.2120000001</v>
       </c>
       <c r="AI19" s="12">
         <v>1229809.16337</v>
       </c>
       <c r="AJ19" s="12">
         <v>1254094.8799999999</v>
       </c>
       <c r="AK19" s="12">
         <v>1379441.7350000001</v>
       </c>
       <c r="AL19" s="12">
         <v>1361831.5859999999</v>
       </c>
       <c r="AM19" s="12">
         <v>1436056.3130000001</v>
       </c>
       <c r="AN19" s="12">
         <v>1515605.6629999999</v>
       </c>
-    </row>
-    <row r="20" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO19" s="12">
+        <v>1545858.9240000001</v>
+      </c>
+    </row>
+    <row r="20" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="12">
         <v>2555309.1800000002</v>
       </c>
       <c r="D20" s="12">
         <v>2508664.0449999999</v>
       </c>
       <c r="E20" s="12">
         <v>2471336.983</v>
       </c>
       <c r="F20" s="12">
         <v>2559105.6719999998</v>
       </c>
       <c r="G20" s="12">
         <v>2476103.719</v>
       </c>
       <c r="H20" s="12">
         <v>2388843.0210000002</v>
       </c>
       <c r="I20" s="12">
         <v>2297302.2859999998</v>
       </c>
       <c r="J20" s="12">
@@ -2306,52 +2412,55 @@
       </c>
       <c r="AG20" s="12">
         <v>2512116.4509999999</v>
       </c>
       <c r="AH20" s="12">
         <v>2600206.1669999999</v>
       </c>
       <c r="AI20" s="12">
         <v>2699090.0303699998</v>
       </c>
       <c r="AJ20" s="12">
         <v>2659064.7220000001</v>
       </c>
       <c r="AK20" s="12">
         <v>2768656.6030000001</v>
       </c>
       <c r="AL20" s="12">
         <v>3036027.8640000001</v>
       </c>
       <c r="AM20" s="12">
         <v>3167135.679</v>
       </c>
       <c r="AN20" s="12">
         <v>3079600.7620000001</v>
       </c>
-    </row>
-    <row r="21" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO20" s="12">
+        <v>3488073.2340000002</v>
+      </c>
+    </row>
+    <row r="21" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="33" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="12">
         <v>815019.3</v>
       </c>
       <c r="D21" s="12">
         <v>732478.98499999999</v>
       </c>
       <c r="E21" s="12">
         <v>538363.52599999995</v>
       </c>
       <c r="F21" s="12">
         <v>548134.80900000001</v>
       </c>
       <c r="G21" s="12">
         <v>578839.36100000003</v>
       </c>
       <c r="H21" s="12">
         <v>563810.85600000003</v>
       </c>
       <c r="I21" s="12">
         <v>578001.18000000005</v>
       </c>
       <c r="J21" s="12">
@@ -2425,52 +2534,55 @@
       </c>
       <c r="AG21" s="12">
         <v>999664.23300000001</v>
       </c>
       <c r="AH21" s="12">
         <v>1040038.183</v>
       </c>
       <c r="AI21" s="12">
         <v>1088282.07498</v>
       </c>
       <c r="AJ21" s="12">
         <v>1071698.5889999999</v>
       </c>
       <c r="AK21" s="12">
         <v>1103659.166</v>
       </c>
       <c r="AL21" s="12">
         <v>1169815.202</v>
       </c>
       <c r="AM21" s="12">
         <v>1228431.0660000001</v>
       </c>
       <c r="AN21" s="12">
         <v>1212461.8870000001</v>
       </c>
-    </row>
-    <row r="22" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO21" s="12">
+        <v>1195673.6669999999</v>
+      </c>
+    </row>
+    <row r="22" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="12">
         <v>1122086.3319999999</v>
       </c>
       <c r="D22" s="12">
         <v>1100489.0959999999</v>
       </c>
       <c r="E22" s="12">
         <v>1107698.6939999999</v>
       </c>
       <c r="F22" s="12">
         <v>1262509.4010000001</v>
       </c>
       <c r="G22" s="12">
         <v>1328908.317</v>
       </c>
       <c r="H22" s="12">
         <v>1334234.227</v>
       </c>
       <c r="I22" s="12">
         <v>1317043.348</v>
       </c>
       <c r="J22" s="12">
@@ -2544,52 +2656,55 @@
       </c>
       <c r="AG22" s="12">
         <v>1653248.227</v>
       </c>
       <c r="AH22" s="12">
         <v>1744975.077</v>
       </c>
       <c r="AI22" s="12">
         <v>1833460.4677500001</v>
       </c>
       <c r="AJ22" s="12">
         <v>1743192.3389999999</v>
       </c>
       <c r="AK22" s="12">
         <v>1873738.2069999999</v>
       </c>
       <c r="AL22" s="12">
         <v>1967928.969</v>
       </c>
       <c r="AM22" s="12">
         <v>2150252.844</v>
       </c>
       <c r="AN22" s="12">
         <v>2176548.4500000002</v>
       </c>
-    </row>
-    <row r="23" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO22" s="12">
+        <v>2328783.8730000001</v>
+      </c>
+    </row>
+    <row r="23" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="12">
         <v>1060554.976</v>
       </c>
       <c r="D23" s="12">
         <v>1011185.599</v>
       </c>
       <c r="E23" s="12">
         <v>953614.02399999998</v>
       </c>
       <c r="F23" s="12">
         <v>913583.79700000002</v>
       </c>
       <c r="G23" s="12">
         <v>889161.924</v>
       </c>
       <c r="H23" s="12">
         <v>907205.16799999995</v>
       </c>
       <c r="I23" s="12">
         <v>757298.696</v>
       </c>
       <c r="J23" s="12">
@@ -2663,52 +2778,55 @@
       </c>
       <c r="AG23" s="12">
         <v>1274942.5120000001</v>
       </c>
       <c r="AH23" s="12">
         <v>1256066.247</v>
       </c>
       <c r="AI23" s="12">
         <v>1304577.20242</v>
       </c>
       <c r="AJ23" s="12">
         <v>1384098.5190000001</v>
       </c>
       <c r="AK23" s="12">
         <v>1444018.317</v>
       </c>
       <c r="AL23" s="12">
         <v>1607194.973</v>
       </c>
       <c r="AM23" s="12">
         <v>1649470.817</v>
       </c>
       <c r="AN23" s="12">
         <v>1759799.93</v>
       </c>
-    </row>
-    <row r="24" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO23" s="12">
+        <v>1871066.82</v>
+      </c>
+    </row>
+    <row r="24" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="12">
         <v>15823866.965</v>
       </c>
       <c r="D24" s="12">
         <v>15770908.117000001</v>
       </c>
       <c r="E24" s="12">
         <v>15773018.859999999</v>
       </c>
       <c r="F24" s="12">
         <v>15708346.370999999</v>
       </c>
       <c r="G24" s="12">
         <v>15707394.719000001</v>
       </c>
       <c r="H24" s="12">
         <v>15865621.221000001</v>
       </c>
       <c r="I24" s="12">
         <v>15939226.946</v>
       </c>
       <c r="J24" s="12">
@@ -2782,93 +2900,97 @@
       </c>
       <c r="AG24" s="12">
         <v>21872994.787999999</v>
       </c>
       <c r="AH24" s="12">
         <v>22416075.697999999</v>
       </c>
       <c r="AI24" s="12">
         <v>23109229.517579999</v>
       </c>
       <c r="AJ24" s="12">
         <v>23700387.265000001</v>
       </c>
       <c r="AK24" s="12">
         <v>24449575.436000001</v>
       </c>
       <c r="AL24" s="12">
         <v>25137720.243999999</v>
       </c>
       <c r="AM24" s="12">
         <v>26242778.833000001</v>
       </c>
       <c r="AN24" s="12">
         <v>26914798.993999999</v>
       </c>
-    </row>
-    <row r="25" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO24" s="12">
+        <v>27568220.511</v>
+      </c>
+    </row>
+    <row r="25" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
       <c r="O25" s="12"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="12"/>
       <c r="R25" s="12"/>
       <c r="S25" s="12"/>
       <c r="T25" s="12"/>
       <c r="U25" s="12"/>
       <c r="V25" s="12"/>
       <c r="W25" s="12"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="12"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="12"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="12"/>
       <c r="AF25" s="12"/>
       <c r="AG25" s="12"/>
       <c r="AH25" s="12"/>
       <c r="AI25" s="12"/>
       <c r="AJ25" s="12"/>
       <c r="AK25" s="12"/>
       <c r="AL25" s="12"/>
       <c r="AM25" s="12"/>
       <c r="AN25" s="12"/>
-    </row>
-    <row r="26" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO25" s="12"/>
+    </row>
+    <row r="26" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="12">
         <v>7012741.9620000003</v>
       </c>
       <c r="D26" s="12">
         <v>6980038.9589999998</v>
       </c>
       <c r="E26" s="12">
         <v>6989290.6569999997</v>
       </c>
       <c r="F26" s="12">
         <v>6891231.8729999997</v>
       </c>
       <c r="G26" s="12">
         <v>6845527.0290000001</v>
       </c>
       <c r="H26" s="12">
         <v>6871847.6129999999</v>
       </c>
       <c r="I26" s="12">
         <v>7023015.1720000003</v>
       </c>
       <c r="J26" s="12">
@@ -2942,54 +3064,57 @@
       </c>
       <c r="AG26" s="12">
         <v>10894875.693</v>
       </c>
       <c r="AH26" s="12">
         <v>11090939.592</v>
       </c>
       <c r="AI26" s="12">
         <v>11349971.200309999</v>
       </c>
       <c r="AJ26" s="12">
         <v>11618906.24</v>
       </c>
       <c r="AK26" s="12">
         <v>11908085.369999999</v>
       </c>
       <c r="AL26" s="12">
         <v>12212133.676000001</v>
       </c>
       <c r="AM26" s="12">
         <v>12850216.354</v>
       </c>
       <c r="AN26" s="12">
         <v>13307690.075999999</v>
       </c>
-    </row>
-    <row r="27" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO26" s="12">
+        <v>13742267.543</v>
+      </c>
+    </row>
+    <row r="27" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="14" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="C27" s="12">
         <v>5404357.8020000001</v>
       </c>
       <c r="D27" s="12">
         <v>5414102.2690000003</v>
       </c>
       <c r="E27" s="12">
         <v>5444100.7400000002</v>
       </c>
       <c r="F27" s="12">
         <v>5505406.2699999996</v>
       </c>
       <c r="G27" s="12">
         <v>5563137.8969999999</v>
       </c>
       <c r="H27" s="12">
         <v>5683084.5120000001</v>
       </c>
       <c r="I27" s="12">
         <v>5734841.6229999997</v>
       </c>
       <c r="J27" s="12">
         <v>5906162.7300000004</v>
       </c>
@@ -3061,52 +3186,55 @@
       </c>
       <c r="AG27" s="12">
         <v>8043600.7769999998</v>
       </c>
       <c r="AH27" s="12">
         <v>8346354.3619999997</v>
       </c>
       <c r="AI27" s="12">
         <v>8724138.3376599997</v>
       </c>
       <c r="AJ27" s="12">
         <v>9033545.8230000008</v>
       </c>
       <c r="AK27" s="12">
         <v>9243911.8560000006</v>
       </c>
       <c r="AL27" s="12">
         <v>9573022.1640000008</v>
       </c>
       <c r="AM27" s="12">
         <v>9953301.6940000001</v>
       </c>
       <c r="AN27" s="12">
         <v>10095936.734999999</v>
       </c>
-    </row>
-    <row r="28" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO27" s="12">
+        <v>10643720.187999999</v>
+      </c>
+    </row>
+    <row r="28" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="16">
         <v>1050184.838</v>
       </c>
       <c r="D28" s="16">
         <v>1032646.417</v>
       </c>
       <c r="E28" s="16">
         <v>995304.20600000001</v>
       </c>
       <c r="F28" s="16">
         <v>1000646.173</v>
       </c>
       <c r="G28" s="16">
         <v>963942.38500000001</v>
       </c>
       <c r="H28" s="16">
         <v>941511.81799999997</v>
       </c>
       <c r="I28" s="16">
         <v>935771.33900000004</v>
       </c>
       <c r="J28" s="16">
@@ -3180,94 +3308,98 @@
       </c>
       <c r="AG28" s="16">
         <v>779442.52800000005</v>
       </c>
       <c r="AH28" s="16">
         <v>792972.16599999997</v>
       </c>
       <c r="AI28" s="16">
         <v>783723.03576999996</v>
       </c>
       <c r="AJ28" s="16">
         <v>770635.53</v>
       </c>
       <c r="AK28" s="16">
         <v>723898.03</v>
       </c>
       <c r="AL28" s="16">
         <v>737231.46900000004</v>
       </c>
       <c r="AM28" s="16">
         <v>717349.53300000005</v>
       </c>
       <c r="AN28" s="16">
         <v>744499.41599999997</v>
       </c>
-    </row>
-    <row r="29" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO28" s="16">
+        <v>730508.30500000005</v>
+      </c>
+    </row>
+    <row r="29" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
-    </row>
-    <row r="30" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO29"/>
+    </row>
+    <row r="30" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="11">
         <v>5508070.0719999997</v>
       </c>
       <c r="D30" s="11">
         <v>5431316.0350000001</v>
       </c>
       <c r="E30" s="11">
         <v>5025276.1339999996</v>
       </c>
       <c r="F30" s="11">
         <v>5102660.2240000004</v>
       </c>
       <c r="G30" s="11">
         <v>4767122.7359999996</v>
       </c>
       <c r="H30" s="11">
         <v>4589817.4840000002</v>
       </c>
       <c r="I30" s="11">
         <v>3894020.7420000001</v>
       </c>
       <c r="J30" s="11">
@@ -3341,52 +3473,55 @@
       </c>
       <c r="AG30" s="11">
         <v>1699820.534</v>
       </c>
       <c r="AH30" s="11">
         <v>1653724.3659999999</v>
       </c>
       <c r="AI30" s="11">
         <v>1667465.0965</v>
       </c>
       <c r="AJ30" s="11">
         <v>1689098.287</v>
       </c>
       <c r="AK30" s="11">
         <v>1632279.2390000001</v>
       </c>
       <c r="AL30" s="11">
         <v>1632304.871</v>
       </c>
       <c r="AM30" s="11">
         <v>1620255.9550000001</v>
       </c>
       <c r="AN30" s="11">
         <v>1589779.192</v>
       </c>
-    </row>
-    <row r="31" spans="2:40" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO30" s="11">
+        <v>1584512.64</v>
+      </c>
+    </row>
+    <row r="31" spans="2:41" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J31" s="26" t="s">
@@ -3460,52 +3595,55 @@
       </c>
       <c r="AG31" s="12">
         <v>195.68899999999999</v>
       </c>
       <c r="AH31" s="12">
         <v>199.95400000000001</v>
       </c>
       <c r="AI31" s="12">
         <v>203.92389</v>
       </c>
       <c r="AJ31" s="12">
         <v>194.31299999999999</v>
       </c>
       <c r="AK31" s="12">
         <v>203.328</v>
       </c>
       <c r="AL31" s="12">
         <v>202.565</v>
       </c>
       <c r="AM31" s="12">
         <v>189.74600000000001</v>
       </c>
       <c r="AN31" s="12">
         <v>187.71600000000001</v>
       </c>
-    </row>
-    <row r="32" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO31" s="12">
+        <v>188.26300000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="12">
         <v>1.159</v>
       </c>
       <c r="D32" s="12">
         <v>1.4970000000000001</v>
       </c>
       <c r="E32" s="12">
         <v>0</v>
       </c>
       <c r="F32" s="12">
         <v>0.9</v>
       </c>
       <c r="G32" s="12">
         <v>1.6279999999999999</v>
       </c>
       <c r="H32" s="12">
         <v>90.81</v>
       </c>
       <c r="I32" s="12">
         <v>10.997999999999999</v>
       </c>
       <c r="J32" s="12">
@@ -3579,52 +3717,55 @@
       </c>
       <c r="AG32" s="12">
         <v>0.2</v>
       </c>
       <c r="AH32" s="12">
         <v>0.22800000000000001</v>
       </c>
       <c r="AI32" s="12">
         <v>0.20200000000000001</v>
       </c>
       <c r="AJ32" s="12">
         <v>0.40799999999999997</v>
       </c>
       <c r="AK32" s="12">
         <v>0.754</v>
       </c>
       <c r="AL32" s="12">
         <v>0.75600000000000001</v>
       </c>
       <c r="AM32" s="12">
         <v>0.75600000000000001</v>
       </c>
       <c r="AN32" s="12">
         <v>0.75600000000000001</v>
       </c>
-    </row>
-    <row r="33" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO32" s="12">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="33" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="12">
         <v>5563.77</v>
       </c>
       <c r="D33" s="12">
         <v>4544.402</v>
       </c>
       <c r="E33" s="12">
         <v>4462.5439999999999</v>
       </c>
       <c r="F33" s="12">
         <v>4491.3310000000001</v>
       </c>
       <c r="G33" s="12">
         <v>3892.433</v>
       </c>
       <c r="H33" s="12">
         <v>8148.8559999999998</v>
       </c>
       <c r="I33" s="12">
         <v>8431.8240000000005</v>
       </c>
       <c r="J33" s="12">
@@ -3698,52 +3839,55 @@
       </c>
       <c r="AG33" s="12">
         <v>7433.0209999999997</v>
       </c>
       <c r="AH33" s="12">
         <v>7075.308</v>
       </c>
       <c r="AI33" s="12">
         <v>7070.6589400000003</v>
       </c>
       <c r="AJ33" s="12">
         <v>6445.5860000000002</v>
       </c>
       <c r="AK33" s="12">
         <v>6410.8010000000004</v>
       </c>
       <c r="AL33" s="12">
         <v>6394.19</v>
       </c>
       <c r="AM33" s="12">
         <v>10904.885</v>
       </c>
       <c r="AN33" s="12">
         <v>8177.0749999999998</v>
       </c>
-    </row>
-    <row r="34" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO33" s="12">
+        <v>7475.3680000000004</v>
+      </c>
+    </row>
+    <row r="34" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="12">
         <v>16133.111999999999</v>
       </c>
       <c r="D34" s="12">
         <v>17156.523000000001</v>
       </c>
       <c r="E34" s="12">
         <v>5878.5619999999999</v>
       </c>
       <c r="F34" s="12">
         <v>5175.38</v>
       </c>
       <c r="G34" s="12">
         <v>4202.9369999999999</v>
       </c>
       <c r="H34" s="12">
         <v>3972.5639999999999</v>
       </c>
       <c r="I34" s="12">
         <v>45971.148000000001</v>
       </c>
       <c r="J34" s="12">
@@ -3817,52 +3961,55 @@
       </c>
       <c r="AG34" s="12">
         <v>791.28800000000001</v>
       </c>
       <c r="AH34" s="12">
         <v>790.279</v>
       </c>
       <c r="AI34" s="12">
         <v>791.16905999999994</v>
       </c>
       <c r="AJ34" s="12">
         <v>790.30600000000004</v>
       </c>
       <c r="AK34" s="12">
         <v>795.19899999999996</v>
       </c>
       <c r="AL34" s="12">
         <v>815.61699999999996</v>
       </c>
       <c r="AM34" s="12">
         <v>813.85</v>
       </c>
       <c r="AN34" s="12">
         <v>818.46</v>
       </c>
-    </row>
-    <row r="35" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO34" s="12">
+        <v>821.86900000000003</v>
+      </c>
+    </row>
+    <row r="35" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="12">
         <v>5974.9920000000002</v>
       </c>
       <c r="D35" s="12">
         <v>3511.1610000000001</v>
       </c>
       <c r="E35" s="12">
         <v>23924.136999999999</v>
       </c>
       <c r="F35" s="12">
         <v>40405.637999999999</v>
       </c>
       <c r="G35" s="12">
         <v>56272.487999999998</v>
       </c>
       <c r="H35" s="12">
         <v>48611.317000000003</v>
       </c>
       <c r="I35" s="12">
         <v>38999.529000000002</v>
       </c>
       <c r="J35" s="12">
@@ -3936,52 +4083,55 @@
       </c>
       <c r="AG35" s="12">
         <v>5649.1040000000003</v>
       </c>
       <c r="AH35" s="12">
         <v>5547.4960000000001</v>
       </c>
       <c r="AI35" s="12">
         <v>5264.4825700000001</v>
       </c>
       <c r="AJ35" s="12">
         <v>5378.1049999999996</v>
       </c>
       <c r="AK35" s="12">
         <v>5248.88</v>
       </c>
       <c r="AL35" s="12">
         <v>5263.8540000000003</v>
       </c>
       <c r="AM35" s="12">
         <v>4819.7030000000004</v>
       </c>
       <c r="AN35" s="12">
         <v>4155.3069999999998</v>
       </c>
-    </row>
-    <row r="36" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO35" s="12">
+        <v>8477.5040000000008</v>
+      </c>
+    </row>
+    <row r="36" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="12">
         <v>3696697.9180000001</v>
       </c>
       <c r="D36" s="12">
         <v>3629621.338</v>
       </c>
       <c r="E36" s="12">
         <v>3336615.8420000002</v>
       </c>
       <c r="F36" s="12">
         <v>3472109.2880000002</v>
       </c>
       <c r="G36" s="12">
         <v>3288137.2790000001</v>
       </c>
       <c r="H36" s="12">
         <v>3149463.9550000001</v>
       </c>
       <c r="I36" s="12">
         <v>2520422.9840000002</v>
       </c>
       <c r="J36" s="12">
@@ -4055,73 +4205,77 @@
       </c>
       <c r="AG36" s="12">
         <v>760167.83600000001</v>
       </c>
       <c r="AH36" s="12">
         <v>720377.49699999997</v>
       </c>
       <c r="AI36" s="12">
         <v>722486.10522999999</v>
       </c>
       <c r="AJ36" s="12">
         <v>740212.19099999999</v>
       </c>
       <c r="AK36" s="12">
         <v>720537.34100000001</v>
       </c>
       <c r="AL36" s="12">
         <v>725879.52500000002</v>
       </c>
       <c r="AM36" s="12">
         <v>688380.745</v>
       </c>
       <c r="AN36" s="12">
         <v>640865.1</v>
       </c>
-    </row>
-    <row r="37" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO36" s="12">
+        <v>659440.02300000004</v>
+      </c>
+    </row>
+    <row r="37" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="14" t="s">
         <v>12</v>
       </c>
       <c r="W37" s="12"/>
       <c r="X37" s="12"/>
       <c r="Y37" s="12"/>
       <c r="Z37" s="12"/>
       <c r="AA37" s="12"/>
       <c r="AB37" s="12"/>
       <c r="AC37" s="12"/>
       <c r="AF37" s="12"/>
       <c r="AG37" s="12"/>
       <c r="AH37" s="12"/>
       <c r="AI37" s="12"/>
       <c r="AJ37" s="12"/>
       <c r="AK37" s="12"/>
       <c r="AL37" s="12"/>
       <c r="AM37" s="12"/>
       <c r="AN37" s="12"/>
-    </row>
-    <row r="38" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO37" s="12"/>
+    </row>
+    <row r="38" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="12">
         <v>769937.30299999996</v>
       </c>
       <c r="D38" s="12">
         <v>679117.01100000006</v>
       </c>
       <c r="E38" s="12">
         <v>643116.43999999994</v>
       </c>
       <c r="F38" s="12">
         <v>641618.99399999995</v>
       </c>
       <c r="G38" s="12">
         <v>587488.54299999995</v>
       </c>
       <c r="H38" s="12">
         <v>592727.14500000002</v>
       </c>
       <c r="I38" s="12">
         <v>471300.49099999998</v>
       </c>
       <c r="J38" s="12">
@@ -4195,52 +4349,55 @@
       </c>
       <c r="AG38" s="12">
         <v>233946.524</v>
       </c>
       <c r="AH38" s="12">
         <v>230087.054</v>
       </c>
       <c r="AI38" s="12">
         <v>218410.42053999999</v>
       </c>
       <c r="AJ38" s="12">
         <v>234569.50399999999</v>
       </c>
       <c r="AK38" s="12">
         <v>223030.041</v>
       </c>
       <c r="AL38" s="12">
         <v>224883.78200000001</v>
       </c>
       <c r="AM38" s="12">
         <v>208892.44200000001</v>
       </c>
       <c r="AN38" s="12">
         <v>200824.80300000001</v>
       </c>
-    </row>
-    <row r="39" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO38" s="12">
+        <v>206306.96100000001</v>
+      </c>
+    </row>
+    <row r="39" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="34" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="12">
         <v>29028.796999999999</v>
       </c>
       <c r="D39" s="12">
         <v>29142.58</v>
       </c>
       <c r="E39" s="12">
         <v>27098.922999999999</v>
       </c>
       <c r="F39" s="12">
         <v>28109.857</v>
       </c>
       <c r="G39" s="12">
         <v>53112.175999999999</v>
       </c>
       <c r="H39" s="12">
         <v>53421.525999999998</v>
       </c>
       <c r="I39" s="12">
         <v>36833.061999999998</v>
       </c>
       <c r="J39" s="12">
@@ -4314,52 +4471,55 @@
       </c>
       <c r="AG39" s="12">
         <v>20051.782999999999</v>
       </c>
       <c r="AH39" s="12">
         <v>19637.256000000001</v>
       </c>
       <c r="AI39" s="12">
         <v>16628.469959999999</v>
       </c>
       <c r="AJ39" s="12">
         <v>13181.913</v>
       </c>
       <c r="AK39" s="12">
         <v>13071.893</v>
       </c>
       <c r="AL39" s="12">
         <v>12797.217000000001</v>
       </c>
       <c r="AM39" s="12">
         <v>11098.942999999999</v>
       </c>
       <c r="AN39" s="12">
         <v>10936.735000000001</v>
       </c>
-    </row>
-    <row r="40" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO39" s="12">
+        <v>9788.5689999999995</v>
+      </c>
+    </row>
+    <row r="40" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="12">
         <v>731840.78</v>
       </c>
       <c r="D40" s="12">
         <v>708742.71400000004</v>
       </c>
       <c r="E40" s="12">
         <v>745345.32499999995</v>
       </c>
       <c r="F40" s="12">
         <v>724669.37800000003</v>
       </c>
       <c r="G40" s="12">
         <v>639095.429</v>
       </c>
       <c r="H40" s="12">
         <v>607883.51599999995</v>
       </c>
       <c r="I40" s="12">
         <v>507330.35200000001</v>
       </c>
       <c r="J40" s="12">
@@ -4433,52 +4593,55 @@
       </c>
       <c r="AG40" s="12">
         <v>111403.82</v>
       </c>
       <c r="AH40" s="12">
         <v>111925.31200000001</v>
       </c>
       <c r="AI40" s="12">
         <v>110159.55245</v>
       </c>
       <c r="AJ40" s="12">
         <v>111806.73299999999</v>
       </c>
       <c r="AK40" s="12">
         <v>109629.696</v>
       </c>
       <c r="AL40" s="12">
         <v>110898.476</v>
       </c>
       <c r="AM40" s="12">
         <v>107896.967</v>
       </c>
       <c r="AN40" s="12">
         <v>89683.721999999994</v>
       </c>
-    </row>
-    <row r="41" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO40" s="12">
+        <v>86849.457999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="12">
         <v>651411.25399999996</v>
       </c>
       <c r="D41" s="12">
         <v>631343.84900000005</v>
       </c>
       <c r="E41" s="12">
         <v>616486.50399999996</v>
       </c>
       <c r="F41" s="12">
         <v>801477.21200000006</v>
       </c>
       <c r="G41" s="12">
         <v>692661.45</v>
       </c>
       <c r="H41" s="12">
         <v>683105.951</v>
       </c>
       <c r="I41" s="12">
         <v>517657.97700000001</v>
       </c>
       <c r="J41" s="12">
@@ -4552,52 +4715,55 @@
       </c>
       <c r="AG41" s="12">
         <v>117089.806</v>
       </c>
       <c r="AH41" s="12">
         <v>117442.705</v>
       </c>
       <c r="AI41" s="12">
         <v>117564.93954000001</v>
       </c>
       <c r="AJ41" s="12">
         <v>117316.037</v>
       </c>
       <c r="AK41" s="12">
         <v>112745.656</v>
       </c>
       <c r="AL41" s="12">
         <v>109458.68799999999</v>
       </c>
       <c r="AM41" s="12">
         <v>106981.71</v>
       </c>
       <c r="AN41" s="12">
         <v>106132.52099999999</v>
       </c>
-    </row>
-    <row r="42" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO41" s="12">
+        <v>101555.019</v>
+      </c>
+    </row>
+    <row r="42" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="33" t="s">
         <v>55</v>
       </c>
       <c r="C42" s="12">
         <v>93527.494000000006</v>
       </c>
       <c r="D42" s="12">
         <v>80338.413</v>
       </c>
       <c r="E42" s="12">
         <v>75557.532999999996</v>
       </c>
       <c r="F42" s="12">
         <v>71471.019</v>
       </c>
       <c r="G42" s="12">
         <v>89429.820999999996</v>
       </c>
       <c r="H42" s="12">
         <v>83322.839000000007</v>
       </c>
       <c r="I42" s="12">
         <v>84242.521999999997</v>
       </c>
       <c r="J42" s="12">
@@ -4671,52 +4837,55 @@
       </c>
       <c r="AG42" s="12">
         <v>47773.699000000001</v>
       </c>
       <c r="AH42" s="12">
         <v>42497.237000000001</v>
       </c>
       <c r="AI42" s="12">
         <v>39668.32548</v>
       </c>
       <c r="AJ42" s="12">
         <v>44993.824000000001</v>
       </c>
       <c r="AK42" s="12">
         <v>39422.788</v>
       </c>
       <c r="AL42" s="12">
         <v>34322.449999999997</v>
       </c>
       <c r="AM42" s="12">
         <v>32768.743000000002</v>
       </c>
       <c r="AN42" s="12">
         <v>30747.14</v>
       </c>
-    </row>
-    <row r="43" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO42" s="12">
+        <v>31548.276000000002</v>
+      </c>
+    </row>
+    <row r="43" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C43" s="12">
         <v>190868.91699999999</v>
       </c>
       <c r="D43" s="12">
         <v>184411.77900000001</v>
       </c>
       <c r="E43" s="12">
         <v>175691.829</v>
       </c>
       <c r="F43" s="12">
         <v>161206.63</v>
       </c>
       <c r="G43" s="12">
         <v>177786.79199999999</v>
       </c>
       <c r="H43" s="12">
         <v>183356.65299999999</v>
       </c>
       <c r="I43" s="12">
         <v>175807.88699999999</v>
       </c>
       <c r="J43" s="12">
@@ -4790,52 +4959,55 @@
       </c>
       <c r="AG43" s="12">
         <v>94731.138000000006</v>
       </c>
       <c r="AH43" s="12">
         <v>90168.822</v>
       </c>
       <c r="AI43" s="12">
         <v>90084.723580000005</v>
       </c>
       <c r="AJ43" s="12">
         <v>81243.557000000001</v>
       </c>
       <c r="AK43" s="12">
         <v>90403.6</v>
       </c>
       <c r="AL43" s="12">
         <v>94148.657000000007</v>
       </c>
       <c r="AM43" s="12">
         <v>86754.691999999995</v>
       </c>
       <c r="AN43" s="12">
         <v>79601.054999999993</v>
       </c>
-    </row>
-    <row r="44" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO43" s="12">
+        <v>99762.133000000002</v>
+      </c>
+    </row>
+    <row r="44" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C44" s="12">
         <v>487292.46899999998</v>
       </c>
       <c r="D44" s="12">
         <v>463136.772</v>
       </c>
       <c r="E44" s="12">
         <v>471325.49200000003</v>
       </c>
       <c r="F44" s="12">
         <v>418111.85</v>
       </c>
       <c r="G44" s="12">
         <v>418923.07900000003</v>
       </c>
       <c r="H44" s="12">
         <v>411452.47700000001</v>
       </c>
       <c r="I44" s="12">
         <v>258223.516</v>
       </c>
       <c r="J44" s="12">
@@ -4909,52 +5081,55 @@
       </c>
       <c r="AG44" s="12">
         <v>46403.917000000001</v>
       </c>
       <c r="AH44" s="12">
         <v>28912.792000000001</v>
       </c>
       <c r="AI44" s="12">
         <v>36726.508320000001</v>
       </c>
       <c r="AJ44" s="12">
         <v>44952.201999999997</v>
       </c>
       <c r="AK44" s="12">
         <v>33334.387000000002</v>
       </c>
       <c r="AL44" s="12">
         <v>33078.913</v>
       </c>
       <c r="AM44" s="12">
         <v>31087.946</v>
       </c>
       <c r="AN44" s="12">
         <v>31370.041000000001</v>
       </c>
-    </row>
-    <row r="45" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO44" s="12">
+        <v>32292.335999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="12">
         <v>1783699.122</v>
       </c>
       <c r="D45" s="12">
         <v>1776481.1170000001</v>
       </c>
       <c r="E45" s="12">
         <v>1654395.048</v>
       </c>
       <c r="F45" s="12">
         <v>1580477.6880000001</v>
       </c>
       <c r="G45" s="12">
         <v>1414615.9709999999</v>
       </c>
       <c r="H45" s="12">
         <v>1379529.9809999999</v>
       </c>
       <c r="I45" s="12">
         <v>1280184.2590000001</v>
       </c>
       <c r="J45" s="12">
@@ -5028,93 +5203,97 @@
       </c>
       <c r="AG45" s="12">
         <v>925583.39599999995</v>
       </c>
       <c r="AH45" s="12">
         <v>919733.60499999998</v>
       </c>
       <c r="AI45" s="12">
         <v>931648.55481</v>
       </c>
       <c r="AJ45" s="12">
         <v>936077.37899999996</v>
       </c>
       <c r="AK45" s="12">
         <v>899082.93599999999</v>
       </c>
       <c r="AL45" s="12">
         <v>893748.36300000001</v>
       </c>
       <c r="AM45" s="12">
         <v>915146.26899999997</v>
       </c>
       <c r="AN45" s="12">
         <v>935574.77899999998</v>
       </c>
-    </row>
-    <row r="46" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO45" s="12">
+        <v>908109.60400000005</v>
+      </c>
+    </row>
+    <row r="46" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
       <c r="O46" s="12"/>
       <c r="P46" s="12"/>
       <c r="Q46" s="12"/>
       <c r="R46" s="12"/>
       <c r="S46" s="12"/>
       <c r="T46" s="12"/>
       <c r="U46" s="12"/>
       <c r="V46" s="12"/>
       <c r="W46" s="12"/>
       <c r="X46" s="12"/>
       <c r="Y46" s="12"/>
       <c r="Z46" s="12"/>
       <c r="AA46" s="12"/>
       <c r="AB46" s="12"/>
       <c r="AC46" s="12"/>
       <c r="AF46" s="12"/>
       <c r="AG46" s="12"/>
       <c r="AH46" s="12"/>
       <c r="AI46" s="12"/>
       <c r="AJ46" s="12"/>
       <c r="AK46" s="12"/>
       <c r="AL46" s="12"/>
       <c r="AM46" s="12"/>
       <c r="AN46" s="12"/>
-    </row>
-    <row r="47" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO46" s="12"/>
+    </row>
+    <row r="47" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="12">
         <v>580915.11899999995</v>
       </c>
       <c r="D47" s="12">
         <v>560096.88300000003</v>
       </c>
       <c r="E47" s="12">
         <v>540178.15899999999</v>
       </c>
       <c r="F47" s="12">
         <v>516085.86499999999</v>
       </c>
       <c r="G47" s="12">
         <v>464777.71899999998</v>
       </c>
       <c r="H47" s="12">
         <v>424050.19300000003</v>
       </c>
       <c r="I47" s="12">
         <v>412328.82500000001</v>
       </c>
       <c r="J47" s="12">
@@ -5188,52 +5367,55 @@
       </c>
       <c r="AG47" s="12">
         <v>185981.973</v>
       </c>
       <c r="AH47" s="12">
         <v>183477.40400000001</v>
       </c>
       <c r="AI47" s="12">
         <v>185786.74745</v>
       </c>
       <c r="AJ47" s="12">
         <v>184671.72200000001</v>
       </c>
       <c r="AK47" s="12">
         <v>185749.72</v>
       </c>
       <c r="AL47" s="12">
         <v>186717.215</v>
       </c>
       <c r="AM47" s="12">
         <v>190022.22</v>
       </c>
       <c r="AN47" s="12">
         <v>194579.75200000001</v>
       </c>
-    </row>
-    <row r="48" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO47" s="12">
+        <v>195299.08</v>
+      </c>
+    </row>
+    <row r="48" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="12">
         <v>458982.696</v>
       </c>
       <c r="D48" s="12">
         <v>462363.26799999998</v>
       </c>
       <c r="E48" s="12">
         <v>415032.14199999999</v>
       </c>
       <c r="F48" s="12">
         <v>404020.33600000001</v>
       </c>
       <c r="G48" s="12">
         <v>360438.83100000001</v>
       </c>
       <c r="H48" s="12">
         <v>362492.4</v>
       </c>
       <c r="I48" s="12">
         <v>346582.41700000002</v>
       </c>
       <c r="J48" s="12">
@@ -5307,52 +5489,55 @@
       </c>
       <c r="AG48" s="12">
         <v>472285.28100000002</v>
       </c>
       <c r="AH48" s="12">
         <v>471767.96799999999</v>
       </c>
       <c r="AI48" s="12">
         <v>482934.1876</v>
       </c>
       <c r="AJ48" s="12">
         <v>492289.88400000002</v>
       </c>
       <c r="AK48" s="12">
         <v>460067.64</v>
       </c>
       <c r="AL48" s="12">
         <v>473854.64600000001</v>
       </c>
       <c r="AM48" s="12">
         <v>490721.58199999999</v>
       </c>
       <c r="AN48" s="12">
         <v>502566.29700000002</v>
       </c>
-    </row>
-    <row r="49" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO48" s="12">
+        <v>500957.217</v>
+      </c>
+    </row>
+    <row r="49" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="16">
         <v>125704.96400000001</v>
       </c>
       <c r="D49" s="16">
         <v>124461.659</v>
       </c>
       <c r="E49" s="16">
         <v>102342.88800000001</v>
       </c>
       <c r="F49" s="16">
         <v>102354.59600000001</v>
       </c>
       <c r="G49" s="16">
         <v>65461.686999999998</v>
       </c>
       <c r="H49" s="16">
         <v>62680.112999999998</v>
       </c>
       <c r="I49" s="16">
         <v>57088.67</v>
       </c>
       <c r="J49" s="16">
@@ -5426,94 +5611,98 @@
       </c>
       <c r="AG49" s="16">
         <v>54207.56</v>
       </c>
       <c r="AH49" s="16">
         <v>53369.042000000001</v>
       </c>
       <c r="AI49" s="16">
         <v>53118.768349999998</v>
       </c>
       <c r="AJ49" s="16">
         <v>49492.88</v>
       </c>
       <c r="AK49" s="16">
         <v>39193.406999999999</v>
       </c>
       <c r="AL49" s="16">
         <v>37248.186000000002</v>
       </c>
       <c r="AM49" s="16">
         <v>35579.894</v>
       </c>
       <c r="AN49" s="16">
         <v>35350.582999999999</v>
       </c>
-    </row>
-    <row r="50" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO49" s="16">
+        <v>33628.660000000003</v>
+      </c>
+    </row>
+    <row r="50" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
       <c r="AB50"/>
       <c r="AC50"/>
       <c r="AD50"/>
       <c r="AE50"/>
       <c r="AF50"/>
       <c r="AG50"/>
       <c r="AH50"/>
       <c r="AI50"/>
       <c r="AJ50"/>
       <c r="AK50"/>
       <c r="AL50"/>
       <c r="AM50"/>
       <c r="AN50"/>
-    </row>
-    <row r="51" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO50"/>
+    </row>
+    <row r="51" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="11">
         <v>3318238.9670000002</v>
       </c>
       <c r="D51" s="11">
         <v>3367378.9939999999</v>
       </c>
       <c r="E51" s="11">
         <v>3197319.2059999998</v>
       </c>
       <c r="F51" s="11">
         <v>3256468.67</v>
       </c>
       <c r="G51" s="11">
         <v>2910922.3679999998</v>
       </c>
       <c r="H51" s="11">
         <v>2842213.4840000002</v>
       </c>
       <c r="I51" s="11">
         <v>2400211.7429999998</v>
       </c>
       <c r="J51" s="11">
@@ -5587,52 +5776,55 @@
       </c>
       <c r="AG51" s="11">
         <v>1173499.199</v>
       </c>
       <c r="AH51" s="11">
         <v>1147914.46</v>
       </c>
       <c r="AI51" s="11">
         <v>1146610.4238199999</v>
       </c>
       <c r="AJ51" s="11">
         <v>1148337.1100000001</v>
       </c>
       <c r="AK51" s="11">
         <v>1083220.746</v>
       </c>
       <c r="AL51" s="11">
         <v>1076099.656</v>
       </c>
       <c r="AM51" s="11">
         <v>1052796.966</v>
       </c>
       <c r="AN51" s="11">
         <v>1054316.078</v>
       </c>
-    </row>
-    <row r="52" spans="2:40" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO51" s="11">
+        <v>1035858.433</v>
+      </c>
+    </row>
+    <row r="52" spans="2:41" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J52" s="26" t="s">
@@ -5706,52 +5898,55 @@
       </c>
       <c r="AG52" s="12">
         <v>195.68899999999999</v>
       </c>
       <c r="AH52" s="12">
         <v>199.95400000000001</v>
       </c>
       <c r="AI52" s="12">
         <v>203.92389</v>
       </c>
       <c r="AJ52" s="12">
         <v>194.31299999999999</v>
       </c>
       <c r="AK52" s="12">
         <v>203.328</v>
       </c>
       <c r="AL52" s="12">
         <v>202.565</v>
       </c>
       <c r="AM52" s="12">
         <v>189.74600000000001</v>
       </c>
       <c r="AN52" s="12">
         <v>187.71600000000001</v>
       </c>
-    </row>
-    <row r="53" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO52" s="12">
+        <v>188.26300000000001</v>
+      </c>
+    </row>
+    <row r="53" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="12">
         <v>1.159</v>
       </c>
       <c r="D53" s="12">
         <v>99.991</v>
       </c>
       <c r="E53" s="12">
         <v>92.637</v>
       </c>
       <c r="F53" s="12">
         <v>91.822000000000003</v>
       </c>
       <c r="G53" s="12">
         <v>92.17</v>
       </c>
       <c r="H53" s="12">
         <v>90.81</v>
       </c>
       <c r="I53" s="12">
         <v>10.949</v>
       </c>
       <c r="J53" s="12">
@@ -5825,52 +6020,55 @@
       </c>
       <c r="AG53" s="12">
         <v>0</v>
       </c>
       <c r="AH53" s="12">
         <v>0</v>
       </c>
       <c r="AI53" s="12">
         <v>0</v>
       </c>
       <c r="AJ53" s="12">
         <v>0</v>
       </c>
       <c r="AK53" s="12">
         <v>0</v>
       </c>
       <c r="AL53" s="12">
         <v>0</v>
       </c>
       <c r="AM53" s="12">
         <v>0</v>
       </c>
       <c r="AN53" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="54" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO53" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="12">
         <v>1862.229</v>
       </c>
       <c r="D54" s="12">
         <v>1043.953</v>
       </c>
       <c r="E54" s="12">
         <v>1455.0060000000001</v>
       </c>
       <c r="F54" s="12">
         <v>1402.4010000000001</v>
       </c>
       <c r="G54" s="12">
         <v>1348.2249999999999</v>
       </c>
       <c r="H54" s="12">
         <v>5375.0190000000002</v>
       </c>
       <c r="I54" s="12">
         <v>5452.9750000000004</v>
       </c>
       <c r="J54" s="12">
@@ -5944,52 +6142,55 @@
       </c>
       <c r="AG54" s="12">
         <v>2508.6640000000002</v>
       </c>
       <c r="AH54" s="12">
         <v>2314.0410000000002</v>
       </c>
       <c r="AI54" s="12">
         <v>2254.5635600000001</v>
       </c>
       <c r="AJ54" s="12">
         <v>1626.3</v>
       </c>
       <c r="AK54" s="12">
         <v>1592.415</v>
       </c>
       <c r="AL54" s="12">
         <v>1575.347</v>
       </c>
       <c r="AM54" s="12">
         <v>1667.4580000000001</v>
       </c>
       <c r="AN54" s="12">
         <v>1809.6120000000001</v>
       </c>
-    </row>
-    <row r="55" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO54" s="12">
+        <v>1388.663</v>
+      </c>
+    </row>
+    <row r="55" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="12">
         <v>15611.625</v>
       </c>
       <c r="D55" s="12">
         <v>16664.616999999998</v>
       </c>
       <c r="E55" s="12">
         <v>4754.009</v>
       </c>
       <c r="F55" s="12">
         <v>4548.1670000000004</v>
       </c>
       <c r="G55" s="12">
         <v>3793.9319999999998</v>
       </c>
       <c r="H55" s="12">
         <v>3929.3539999999998</v>
       </c>
       <c r="I55" s="12">
         <v>6952.1149999999998</v>
       </c>
       <c r="J55" s="12">
@@ -6063,52 +6264,55 @@
       </c>
       <c r="AG55" s="12">
         <v>791.26900000000001</v>
       </c>
       <c r="AH55" s="12">
         <v>790.279</v>
       </c>
       <c r="AI55" s="12">
         <v>791.16905999999994</v>
       </c>
       <c r="AJ55" s="12">
         <v>790.27700000000004</v>
       </c>
       <c r="AK55" s="12">
         <v>795.19899999999996</v>
       </c>
       <c r="AL55" s="12">
         <v>807.75300000000004</v>
       </c>
       <c r="AM55" s="12">
         <v>808.38400000000001</v>
       </c>
       <c r="AN55" s="12">
         <v>814.11900000000003</v>
       </c>
-    </row>
-    <row r="56" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO55" s="12">
+        <v>820.47299999999996</v>
+      </c>
+    </row>
+    <row r="56" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="12">
         <v>1891.942</v>
       </c>
       <c r="D56" s="12">
         <v>1680.0160000000001</v>
       </c>
       <c r="E56" s="12">
         <v>13816.226000000001</v>
       </c>
       <c r="F56" s="12">
         <v>25278.714</v>
       </c>
       <c r="G56" s="12">
         <v>40839.156000000003</v>
       </c>
       <c r="H56" s="12">
         <v>33093.445</v>
       </c>
       <c r="I56" s="12">
         <v>25616.481</v>
       </c>
       <c r="J56" s="12">
@@ -6182,52 +6386,55 @@
       </c>
       <c r="AG56" s="12">
         <v>5450.3459999999995</v>
       </c>
       <c r="AH56" s="12">
         <v>5433.549</v>
       </c>
       <c r="AI56" s="12">
         <v>4812.70118</v>
       </c>
       <c r="AJ56" s="12">
         <v>4902.4210000000003</v>
       </c>
       <c r="AK56" s="12">
         <v>4770.2650000000003</v>
       </c>
       <c r="AL56" s="12">
         <v>4869.58</v>
       </c>
       <c r="AM56" s="12">
         <v>4378.1149999999998</v>
       </c>
       <c r="AN56" s="12">
         <v>4068</v>
       </c>
-    </row>
-    <row r="57" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO56" s="12">
+        <v>4585.183</v>
+      </c>
+    </row>
+    <row r="57" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="12">
         <v>2184371.9789999998</v>
       </c>
       <c r="D57" s="12">
         <v>2229809.1310000001</v>
       </c>
       <c r="E57" s="12">
         <v>2129665.4539999999</v>
       </c>
       <c r="F57" s="12">
         <v>2189253.8029999998</v>
       </c>
       <c r="G57" s="12">
         <v>1967818.8540000001</v>
       </c>
       <c r="H57" s="12">
         <v>1921015.45</v>
       </c>
       <c r="I57" s="12">
         <v>1578360.943</v>
       </c>
       <c r="J57" s="12">
@@ -6301,70 +6508,74 @@
       </c>
       <c r="AG57" s="12">
         <v>492339.83500000002</v>
       </c>
       <c r="AH57" s="12">
         <v>468949.152</v>
       </c>
       <c r="AI57" s="12">
         <v>461767.91398000001</v>
       </c>
       <c r="AJ57" s="12">
         <v>463602.61</v>
       </c>
       <c r="AK57" s="12">
         <v>454689.67499999999</v>
       </c>
       <c r="AL57" s="12">
         <v>456780.32500000001</v>
       </c>
       <c r="AM57" s="12">
         <v>433311.83899999998</v>
       </c>
       <c r="AN57" s="12">
         <v>424234.065</v>
       </c>
-    </row>
-    <row r="58" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO57" s="12">
+        <v>423454.64500000002</v>
+      </c>
+    </row>
+    <row r="58" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="14" t="s">
         <v>12</v>
       </c>
       <c r="AB58" s="12"/>
       <c r="AC58" s="12"/>
       <c r="AD58" s="12"/>
       <c r="AE58" s="12"/>
       <c r="AF58" s="12"/>
       <c r="AG58" s="12"/>
       <c r="AH58" s="12"/>
       <c r="AI58" s="12"/>
       <c r="AJ58" s="12"/>
       <c r="AK58" s="12"/>
       <c r="AL58" s="12"/>
       <c r="AM58" s="12"/>
       <c r="AN58" s="12"/>
-    </row>
-    <row r="59" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO58" s="12"/>
+    </row>
+    <row r="59" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J59" s="26" t="s">
@@ -6438,52 +6649,55 @@
       </c>
       <c r="AG59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI59" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ59" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK59" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL59" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM59" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN59" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="60" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO59" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="60" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="34" t="s">
         <v>62</v>
       </c>
       <c r="C60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J60" s="26" t="s">
@@ -6557,52 +6771,55 @@
       </c>
       <c r="AG60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI60" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ60" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK60" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL60" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM60" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN60" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="61" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO60" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="61" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J61" s="26" t="s">
@@ -6676,52 +6893,55 @@
       </c>
       <c r="AG61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI61" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ61" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK61" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL61" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM61" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN61" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="62" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO61" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="62" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J62" s="26" t="s">
@@ -6795,52 +7015,55 @@
       </c>
       <c r="AG62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI62" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ62" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK62" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL62" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM62" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN62" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="63" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO62" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="63" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="33" t="s">
         <v>55</v>
       </c>
       <c r="C63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J63" s="26" t="s">
@@ -6914,52 +7137,55 @@
       </c>
       <c r="AG63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI63" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ63" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK63" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL63" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM63" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN63" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="64" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO63" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="64" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J64" s="26" t="s">
@@ -7033,52 +7259,55 @@
       </c>
       <c r="AG64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI64" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ64" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK64" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL64" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM64" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN64" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="65" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO64" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="65" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="D65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="F65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="G65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="H65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="J65" s="26" t="s">
@@ -7152,52 +7381,55 @@
       </c>
       <c r="AG65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AH65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AI65" s="26" t="s">
         <v>49</v>
       </c>
       <c r="AJ65" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AK65" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AL65" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AM65" s="35" t="s">
         <v>49</v>
       </c>
       <c r="AN65" s="35" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="66" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO65" s="35" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="66" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="12">
         <v>1114500.0319999999</v>
       </c>
       <c r="D66" s="12">
         <v>1118081.2860000001</v>
       </c>
       <c r="E66" s="12">
         <v>1047535.874</v>
       </c>
       <c r="F66" s="12">
         <v>1035893.764</v>
       </c>
       <c r="G66" s="12">
         <v>897030.03099999996</v>
       </c>
       <c r="H66" s="12">
         <v>878709.40500000003</v>
       </c>
       <c r="I66" s="12">
         <v>783818.28</v>
       </c>
       <c r="J66" s="12">
@@ -7271,93 +7503,97 @@
       </c>
       <c r="AG66" s="12">
         <v>672213.39500000002</v>
       </c>
       <c r="AH66" s="12">
         <v>670227.48600000003</v>
       </c>
       <c r="AI66" s="12">
         <v>676780.15214999998</v>
       </c>
       <c r="AJ66" s="12">
         <v>677221.18900000001</v>
       </c>
       <c r="AK66" s="12">
         <v>621169.86399999994</v>
       </c>
       <c r="AL66" s="12">
         <v>611864.08600000001</v>
       </c>
       <c r="AM66" s="12">
         <v>612441.424</v>
       </c>
       <c r="AN66" s="12">
         <v>623202.56599999999</v>
       </c>
-    </row>
-    <row r="67" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO66" s="12">
+        <v>605421.20600000001</v>
+      </c>
+    </row>
+    <row r="67" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C67" s="12"/>
       <c r="D67" s="12"/>
       <c r="E67" s="12"/>
       <c r="F67" s="12"/>
       <c r="G67" s="12"/>
       <c r="H67" s="12"/>
       <c r="I67" s="12"/>
       <c r="J67" s="12"/>
       <c r="K67" s="12"/>
       <c r="L67" s="12"/>
       <c r="M67" s="12"/>
       <c r="N67" s="12"/>
       <c r="O67" s="12"/>
       <c r="P67" s="12"/>
       <c r="Q67" s="12"/>
       <c r="R67" s="12"/>
       <c r="S67" s="12"/>
       <c r="T67" s="12"/>
       <c r="U67" s="12"/>
       <c r="V67" s="12"/>
       <c r="W67" s="12"/>
       <c r="X67" s="12"/>
       <c r="Y67" s="12"/>
       <c r="Z67" s="12"/>
       <c r="AA67" s="12"/>
       <c r="AB67" s="12"/>
       <c r="AC67" s="12"/>
       <c r="AF67" s="12"/>
       <c r="AG67" s="12"/>
       <c r="AH67" s="12"/>
       <c r="AI67" s="12"/>
       <c r="AJ67" s="12"/>
       <c r="AK67" s="12"/>
       <c r="AL67" s="12"/>
       <c r="AM67" s="12"/>
       <c r="AN67" s="12"/>
-    </row>
-    <row r="68" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO67" s="12"/>
+    </row>
+    <row r="68" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C68" s="12">
         <v>335321.86200000002</v>
       </c>
       <c r="D68" s="12">
         <v>329937.85700000002</v>
       </c>
       <c r="E68" s="12">
         <v>343173.04200000002</v>
       </c>
       <c r="F68" s="12">
         <v>335165.81400000001</v>
       </c>
       <c r="G68" s="12">
         <v>291556.929</v>
       </c>
       <c r="H68" s="12">
         <v>259125.155</v>
       </c>
       <c r="I68" s="12">
         <v>242168.56400000001</v>
       </c>
       <c r="J68" s="12">
@@ -7431,52 +7667,55 @@
       </c>
       <c r="AG68" s="12">
         <v>116302.054</v>
       </c>
       <c r="AH68" s="12">
         <v>114108.522</v>
       </c>
       <c r="AI68" s="12">
         <v>113562.80127</v>
       </c>
       <c r="AJ68" s="12">
         <v>677221.18900000001</v>
       </c>
       <c r="AK68" s="12">
         <v>108858.52099999999</v>
       </c>
       <c r="AL68" s="12">
         <v>107305.65399999999</v>
       </c>
       <c r="AM68" s="12">
         <v>105628.166</v>
       </c>
       <c r="AN68" s="12">
         <v>107401.609</v>
       </c>
-    </row>
-    <row r="69" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO68" s="12">
+        <v>111082.734</v>
+      </c>
+    </row>
+    <row r="69" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C69" s="27">
         <v>328485.40600000002</v>
       </c>
       <c r="D69" s="27">
         <v>333500.01799999998</v>
       </c>
       <c r="E69" s="27">
         <v>292244.27899999998</v>
       </c>
       <c r="F69" s="27">
         <v>291752.96799999999</v>
       </c>
       <c r="G69" s="27">
         <v>247988.19</v>
       </c>
       <c r="H69" s="27">
         <v>255814.69699999999</v>
       </c>
       <c r="I69" s="27">
         <v>237139.37599999999</v>
       </c>
       <c r="J69" s="27">
@@ -7550,52 +7789,55 @@
       </c>
       <c r="AG69" s="27">
         <v>341109.4</v>
       </c>
       <c r="AH69" s="27">
         <v>341757.85399999999</v>
       </c>
       <c r="AI69" s="27">
         <v>351390.60629000003</v>
       </c>
       <c r="AJ69" s="12">
         <v>359829.52899999998</v>
       </c>
       <c r="AK69" s="12">
         <v>312758.11900000001</v>
       </c>
       <c r="AL69" s="12">
         <v>322206.21799999999</v>
       </c>
       <c r="AM69" s="12">
         <v>328156.65100000001</v>
       </c>
       <c r="AN69" s="12">
         <v>336561.402</v>
       </c>
-    </row>
-    <row r="70" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO69" s="12">
+        <v>332657.08399999997</v>
+      </c>
+    </row>
+    <row r="70" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C70" s="16">
         <v>119439.539</v>
       </c>
       <c r="D70" s="16">
         <v>118480.29399999999</v>
       </c>
       <c r="E70" s="16">
         <v>96540.89</v>
       </c>
       <c r="F70" s="16">
         <v>96190.744000000006</v>
       </c>
       <c r="G70" s="16">
         <v>59863.675000000003</v>
       </c>
       <c r="H70" s="16">
         <v>57145.542999999998</v>
       </c>
       <c r="I70" s="16">
         <v>52083.722000000002</v>
       </c>
       <c r="J70" s="16">
@@ -7669,216 +7911,223 @@
       </c>
       <c r="AG70" s="16">
         <v>45523.360999999997</v>
       </c>
       <c r="AH70" s="16">
         <v>45021.574999999997</v>
       </c>
       <c r="AI70" s="16">
         <v>44846.6924</v>
       </c>
       <c r="AJ70" s="16">
         <v>42982.360999999997</v>
       </c>
       <c r="AK70" s="16">
         <v>33408.377999999997</v>
       </c>
       <c r="AL70" s="16">
         <v>31416.491999999998</v>
       </c>
       <c r="AM70" s="16">
         <v>29855.391</v>
       </c>
       <c r="AN70" s="16">
         <v>29600.347000000002</v>
       </c>
-    </row>
-    <row r="71" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO70" s="16">
+        <v>27803.813999999998</v>
+      </c>
+    </row>
+    <row r="71" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71"/>
       <c r="S71"/>
       <c r="T71"/>
       <c r="U71"/>
       <c r="V71"/>
       <c r="W71"/>
       <c r="X71"/>
       <c r="Y71"/>
       <c r="Z71"/>
       <c r="AA71"/>
       <c r="AB71"/>
       <c r="AC71"/>
       <c r="AD71"/>
       <c r="AE71"/>
       <c r="AF71"/>
       <c r="AG71"/>
       <c r="AH71"/>
       <c r="AI71"/>
       <c r="AJ71"/>
       <c r="AK71"/>
       <c r="AL71"/>
       <c r="AM71"/>
       <c r="AN71"/>
-    </row>
-    <row r="72" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO71"/>
+    </row>
+    <row r="72" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="18" t="s">
         <v>27</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72"/>
       <c r="S72"/>
       <c r="T72"/>
       <c r="U72"/>
       <c r="V72"/>
       <c r="W72"/>
       <c r="X72"/>
       <c r="Y72"/>
       <c r="Z72"/>
       <c r="AA72"/>
       <c r="AB72"/>
       <c r="AC72"/>
       <c r="AD72"/>
       <c r="AE72"/>
       <c r="AF72"/>
       <c r="AG72"/>
       <c r="AH72"/>
       <c r="AI72"/>
       <c r="AJ72"/>
       <c r="AK72"/>
       <c r="AL72"/>
       <c r="AM72"/>
       <c r="AN72"/>
-    </row>
-    <row r="73" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO72"/>
+    </row>
+    <row r="73" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="9"/>
       <c r="C73" s="9"/>
       <c r="D73" s="9"/>
       <c r="E73" s="9"/>
       <c r="F73" s="9"/>
       <c r="G73" s="9"/>
       <c r="H73" s="9"/>
       <c r="I73" s="9"/>
       <c r="J73" s="9"/>
       <c r="K73" s="9"/>
       <c r="L73" s="9"/>
       <c r="M73" s="9"/>
       <c r="N73" s="9"/>
       <c r="O73" s="9"/>
       <c r="P73" s="9"/>
       <c r="Q73" s="9"/>
       <c r="R73" s="9"/>
       <c r="S73" s="9"/>
       <c r="T73" s="9"/>
       <c r="U73" s="9"/>
       <c r="V73" s="9"/>
       <c r="W73" s="9"/>
       <c r="X73" s="9"/>
       <c r="Y73" s="9"/>
       <c r="Z73" s="9"/>
       <c r="AA73" s="9"/>
       <c r="AB73" s="9"/>
       <c r="AC73" s="9"/>
       <c r="AD73" s="9"/>
       <c r="AE73" s="9"/>
       <c r="AF73" s="9"/>
       <c r="AG73" s="9"/>
       <c r="AH73" s="9"/>
       <c r="AI73" s="9"/>
       <c r="AJ73" s="9"/>
       <c r="AK73" s="9"/>
       <c r="AL73" s="9"/>
       <c r="AM73" s="9"/>
       <c r="AN73" s="9"/>
-    </row>
-    <row r="74" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AO73" s="9"/>
+    </row>
+    <row r="74" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74"/>
       <c r="R74"/>
       <c r="S74"/>
       <c r="T74"/>
       <c r="U74"/>
       <c r="V74"/>
       <c r="W74"/>
       <c r="X74"/>
       <c r="Y74"/>
       <c r="Z74"/>
       <c r="AA74"/>
       <c r="AB74"/>
       <c r="AC74"/>
       <c r="AD74"/>
       <c r="AE74"/>
       <c r="AF74"/>
       <c r="AG74"/>
       <c r="AH74"/>
       <c r="AI74"/>
       <c r="AJ74"/>
       <c r="AK74"/>
       <c r="AL74"/>
       <c r="AM74"/>
       <c r="AN74"/>
-    </row>
-    <row r="75" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO74"/>
+    </row>
+    <row r="75" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C75" s="28">
         <v>13.04</v>
       </c>
       <c r="D75" s="28">
         <v>12.78</v>
       </c>
       <c r="E75" s="28">
         <v>12.07</v>
       </c>
       <c r="F75" s="28">
         <v>12.45</v>
       </c>
       <c r="G75" s="28">
         <v>11.7</v>
       </c>
       <c r="H75" s="28">
         <v>10.74</v>
       </c>
       <c r="I75" s="28">
         <v>8.73</v>
       </c>
       <c r="J75" s="28">
@@ -7952,52 +8201,55 @@
       </c>
       <c r="AG75" s="28">
         <v>2.62</v>
       </c>
       <c r="AH75" s="28">
         <v>2.61</v>
       </c>
       <c r="AI75" s="28">
         <v>2.5664013819661098</v>
       </c>
       <c r="AJ75" s="28">
         <v>2.5</v>
       </c>
       <c r="AK75" s="28">
         <v>2.37</v>
       </c>
       <c r="AL75" s="28">
         <v>2.4700000000000002</v>
       </c>
       <c r="AM75" s="28">
         <v>2.41</v>
       </c>
       <c r="AN75" s="28">
         <v>2.2799999999999998</v>
       </c>
-    </row>
-    <row r="76" spans="2:40" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AO75" s="28">
+        <v>2.2799999999999998</v>
+      </c>
+    </row>
+    <row r="76" spans="2:41" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="D76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="E76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="F76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="G76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="H76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="29" t="s">
         <v>49</v>
       </c>
       <c r="J76" s="29" t="s">
@@ -8071,52 +8323,55 @@
       </c>
       <c r="AG76" s="30">
         <v>0</v>
       </c>
       <c r="AH76" s="30">
         <v>0</v>
       </c>
       <c r="AI76" s="30">
         <v>1.5031170303421799E-3</v>
       </c>
       <c r="AJ76" s="30">
         <v>0</v>
       </c>
       <c r="AK76" s="30">
         <v>0</v>
       </c>
       <c r="AL76" s="30">
         <v>0</v>
       </c>
       <c r="AM76" s="30">
         <v>0</v>
       </c>
       <c r="AN76" s="30">
         <v>0</v>
       </c>
-    </row>
-    <row r="77" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO76" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="30">
         <v>0</v>
       </c>
       <c r="D77" s="30">
         <v>0</v>
       </c>
       <c r="E77" s="30">
         <v>0</v>
       </c>
       <c r="F77" s="30">
         <v>0</v>
       </c>
       <c r="G77" s="30">
         <v>0</v>
       </c>
       <c r="H77" s="30">
         <v>0</v>
       </c>
       <c r="I77" s="30">
         <v>0</v>
       </c>
       <c r="J77" s="30">
@@ -8190,52 +8445,55 @@
       </c>
       <c r="AG77" s="30">
         <v>0.08</v>
       </c>
       <c r="AH77" s="30">
         <v>0.03</v>
       </c>
       <c r="AI77" s="30">
         <v>2.05719150787491E-5</v>
       </c>
       <c r="AJ77" s="30">
         <v>0</v>
       </c>
       <c r="AK77" s="30">
         <v>0</v>
       </c>
       <c r="AL77" s="30">
         <v>0.05</v>
       </c>
       <c r="AM77" s="30">
         <v>0.12</v>
       </c>
       <c r="AN77" s="30">
         <v>0.1</v>
       </c>
-    </row>
-    <row r="78" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO77" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="30">
         <v>0.08</v>
       </c>
       <c r="D78" s="30">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E78" s="30">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F78" s="30">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G78" s="30">
         <v>0.06</v>
       </c>
       <c r="H78" s="30">
         <v>0.13</v>
       </c>
       <c r="I78" s="30">
         <v>0.16</v>
       </c>
       <c r="J78" s="30">
@@ -8309,52 +8567,55 @@
       </c>
       <c r="AG78" s="30">
         <v>0.12</v>
       </c>
       <c r="AH78" s="30">
         <v>0.11</v>
       </c>
       <c r="AI78" s="30">
         <v>0.114115220840468</v>
       </c>
       <c r="AJ78" s="30">
         <v>0.11</v>
       </c>
       <c r="AK78" s="30">
         <v>0.12</v>
       </c>
       <c r="AL78" s="30">
         <v>0.12</v>
       </c>
       <c r="AM78" s="30">
         <v>0.21</v>
       </c>
       <c r="AN78" s="30">
         <v>0.16</v>
       </c>
-    </row>
-    <row r="79" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO78" s="30">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="79" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C79" s="30">
         <v>0.67</v>
       </c>
       <c r="D79" s="30">
         <v>0.53</v>
       </c>
       <c r="E79" s="30">
         <v>0.25</v>
       </c>
       <c r="F79" s="30">
         <v>0.28999999999999998</v>
       </c>
       <c r="G79" s="30">
         <v>0.25</v>
       </c>
       <c r="H79" s="30">
         <v>0.12</v>
       </c>
       <c r="I79" s="30">
         <v>1.42</v>
       </c>
       <c r="J79" s="30">
@@ -8428,52 +8689,55 @@
       </c>
       <c r="AG79" s="30">
         <v>0.02</v>
       </c>
       <c r="AH79" s="30">
         <v>0.02</v>
       </c>
       <c r="AI79" s="30">
         <v>1.5544687130423699E-2</v>
       </c>
       <c r="AJ79" s="30">
         <v>0.02</v>
       </c>
       <c r="AK79" s="30">
         <v>0.02</v>
       </c>
       <c r="AL79" s="30">
         <v>0.02</v>
       </c>
       <c r="AM79" s="30">
         <v>0.01</v>
       </c>
       <c r="AN79" s="30">
         <v>0.01</v>
       </c>
-    </row>
-    <row r="80" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO79" s="30">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="80" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C80" s="30">
         <v>0.93</v>
       </c>
       <c r="D80" s="30">
         <v>0.51</v>
       </c>
       <c r="E80" s="30">
         <v>3.6</v>
       </c>
       <c r="F80" s="30">
         <v>5.28</v>
       </c>
       <c r="G80" s="30">
         <v>10.45</v>
       </c>
       <c r="H80" s="30">
         <v>9.9700000000000006</v>
       </c>
       <c r="I80" s="30">
         <v>7.68</v>
       </c>
       <c r="J80" s="30">
@@ -8547,52 +8811,55 @@
       </c>
       <c r="AG80" s="30">
         <v>1.22</v>
       </c>
       <c r="AH80" s="30">
         <v>1.1100000000000001</v>
       </c>
       <c r="AI80" s="30">
         <v>1.08972713230051</v>
       </c>
       <c r="AJ80" s="30">
         <v>1.1000000000000001</v>
       </c>
       <c r="AK80" s="30">
         <v>0.95</v>
       </c>
       <c r="AL80" s="30">
         <v>0.98</v>
       </c>
       <c r="AM80" s="30">
         <v>0.72</v>
       </c>
       <c r="AN80" s="30">
         <v>0.68</v>
       </c>
-    </row>
-    <row r="81" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO80" s="30">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="81" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C81" s="30">
         <v>28.29</v>
       </c>
       <c r="D81" s="30">
         <v>28.34</v>
       </c>
       <c r="E81" s="30">
         <v>28.03</v>
       </c>
       <c r="F81" s="30">
         <v>29.19</v>
       </c>
       <c r="G81" s="30">
         <v>27.62</v>
       </c>
       <c r="H81" s="30">
         <v>26.36</v>
       </c>
       <c r="I81" s="30">
         <v>22.13</v>
       </c>
       <c r="J81" s="30">
@@ -8666,82 +8933,85 @@
       </c>
       <c r="AG81" s="30">
         <v>5.07</v>
       </c>
       <c r="AH81" s="30">
         <v>4.8099999999999996</v>
       </c>
       <c r="AI81" s="30">
         <v>4.6473517484346099</v>
       </c>
       <c r="AJ81" s="30">
         <v>4.7699999999999996</v>
       </c>
       <c r="AK81" s="30">
         <v>4.51</v>
       </c>
       <c r="AL81" s="30">
         <v>4.33</v>
       </c>
       <c r="AM81" s="30">
         <v>3.96</v>
       </c>
       <c r="AN81" s="30">
         <v>3.67</v>
       </c>
-    </row>
-    <row r="82" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO81" s="30">
+        <v>3.66</v>
+      </c>
+    </row>
+    <row r="82" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="30"/>
       <c r="D82" s="30"/>
       <c r="E82" s="30"/>
       <c r="F82" s="30"/>
       <c r="G82" s="30"/>
       <c r="H82" s="30"/>
       <c r="I82" s="30"/>
       <c r="J82" s="30"/>
       <c r="K82" s="30"/>
       <c r="L82" s="30"/>
       <c r="M82" s="30"/>
       <c r="N82" s="30"/>
       <c r="O82" s="30"/>
       <c r="P82" s="30"/>
       <c r="Q82" s="30"/>
       <c r="R82" s="30"/>
       <c r="S82" s="30"/>
       <c r="T82" s="30"/>
       <c r="U82" s="30"/>
       <c r="V82" s="30"/>
       <c r="W82" s="30"/>
       <c r="X82" s="30"/>
       <c r="Y82" s="30"/>
       <c r="Z82" s="30"/>
       <c r="AA82" s="30"/>
     </row>
-    <row r="83" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="30">
         <v>28.13</v>
       </c>
       <c r="D83" s="30">
         <v>25.87</v>
       </c>
       <c r="E83" s="30">
         <v>25.1</v>
       </c>
       <c r="F83" s="30">
         <v>24.2</v>
       </c>
       <c r="G83" s="30">
         <v>22.03</v>
       </c>
       <c r="H83" s="30">
         <v>22.01</v>
       </c>
       <c r="I83" s="30">
         <v>18.59</v>
       </c>
       <c r="J83" s="30">
@@ -8815,52 +9085,55 @@
       </c>
       <c r="AG83" s="30">
         <v>9.08</v>
       </c>
       <c r="AH83" s="30">
         <v>8.59</v>
       </c>
       <c r="AI83" s="30">
         <v>7.9889854974833998</v>
       </c>
       <c r="AJ83" s="30">
         <v>8.35</v>
       </c>
       <c r="AK83" s="30">
         <v>8.07</v>
       </c>
       <c r="AL83" s="30">
         <v>7.06</v>
       </c>
       <c r="AM83" s="30">
         <v>6.46</v>
       </c>
       <c r="AN83" s="30">
         <v>6.18</v>
       </c>
-    </row>
-    <row r="84" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO83" s="30">
+        <v>6.27</v>
+      </c>
+    </row>
+    <row r="84" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="34" t="s">
         <v>62</v>
       </c>
       <c r="C84" s="30">
         <v>6.9788112202052197</v>
       </c>
       <c r="D84" s="30">
         <v>7.0025137340130099</v>
       </c>
       <c r="E84" s="30">
         <v>6.2696500561804402</v>
       </c>
       <c r="F84" s="30">
         <v>7.3165838808484498</v>
       </c>
       <c r="G84" s="30">
         <v>13.519803507215901</v>
       </c>
       <c r="H84" s="30">
         <v>13.941537555831699</v>
       </c>
       <c r="I84" s="30">
         <v>10.3061105202761</v>
       </c>
       <c r="J84" s="30">
@@ -8934,52 +9207,55 @@
       </c>
       <c r="AG84" s="30">
         <v>0.88</v>
       </c>
       <c r="AH84" s="30">
         <v>1.02</v>
       </c>
       <c r="AI84" s="30">
         <v>0.867284541165114</v>
       </c>
       <c r="AJ84" s="30">
         <v>0.68</v>
       </c>
       <c r="AK84" s="30">
         <v>0.7</v>
       </c>
       <c r="AL84" s="30">
         <v>0.71</v>
       </c>
       <c r="AM84" s="30">
         <v>0.63</v>
       </c>
       <c r="AN84" s="30">
         <v>0.61</v>
       </c>
-    </row>
-    <row r="85" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO84" s="30">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="85" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C85" s="30">
         <v>56.66</v>
       </c>
       <c r="D85" s="30">
         <v>57.64</v>
       </c>
       <c r="E85" s="30">
         <v>57.94</v>
       </c>
       <c r="F85" s="30">
         <v>62.34</v>
       </c>
       <c r="G85" s="30">
         <v>56.06</v>
       </c>
       <c r="H85" s="30">
         <v>53.65</v>
       </c>
       <c r="I85" s="30">
         <v>48.37</v>
       </c>
       <c r="J85" s="30">
@@ -9053,52 +9329,55 @@
       </c>
       <c r="AG85" s="30">
         <v>9.7899999999999991</v>
       </c>
       <c r="AH85" s="30">
         <v>9.74</v>
       </c>
       <c r="AI85" s="30">
         <v>8.9574509388215908</v>
       </c>
       <c r="AJ85" s="30">
         <v>8.92</v>
       </c>
       <c r="AK85" s="30">
         <v>7.95</v>
       </c>
       <c r="AL85" s="30">
         <v>8.14</v>
       </c>
       <c r="AM85" s="30">
         <v>7.51</v>
       </c>
       <c r="AN85" s="30">
         <v>5.92</v>
       </c>
-    </row>
-    <row r="86" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO85" s="30">
+        <v>5.62</v>
+      </c>
+    </row>
+    <row r="86" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C86" s="30">
         <v>25.49</v>
       </c>
       <c r="D86" s="30">
         <v>25.17</v>
       </c>
       <c r="E86" s="30">
         <v>24.95</v>
       </c>
       <c r="F86" s="30">
         <v>31.32</v>
       </c>
       <c r="G86" s="30">
         <v>27.97</v>
       </c>
       <c r="H86" s="30">
         <v>28.6</v>
       </c>
       <c r="I86" s="30">
         <v>22.53</v>
       </c>
       <c r="J86" s="30">
@@ -9172,52 +9451,55 @@
       </c>
       <c r="AG86" s="30">
         <v>4.66</v>
       </c>
       <c r="AH86" s="30">
         <v>4.5199999999999996</v>
       </c>
       <c r="AI86" s="30">
         <v>4.3557250116582402</v>
       </c>
       <c r="AJ86" s="30">
         <v>4.41</v>
       </c>
       <c r="AK86" s="30">
         <v>4.07</v>
       </c>
       <c r="AL86" s="30">
         <v>3.61</v>
       </c>
       <c r="AM86" s="30">
         <v>3.38</v>
       </c>
       <c r="AN86" s="30">
         <v>3.45</v>
       </c>
-    </row>
-    <row r="87" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO86" s="30">
+        <v>2.91</v>
+      </c>
+    </row>
+    <row r="87" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="33" t="s">
         <v>55</v>
       </c>
       <c r="C87" s="30">
         <v>11.48</v>
       </c>
       <c r="D87" s="30">
         <v>10.97</v>
       </c>
       <c r="E87" s="30">
         <v>14.03</v>
       </c>
       <c r="F87" s="30">
         <v>13.04</v>
       </c>
       <c r="G87" s="30">
         <v>15.45</v>
       </c>
       <c r="H87" s="30">
         <v>14.78</v>
       </c>
       <c r="I87" s="30">
         <v>14.57</v>
       </c>
       <c r="J87" s="30">
@@ -9291,52 +9573,55 @@
       </c>
       <c r="AG87" s="30">
         <v>4.78</v>
       </c>
       <c r="AH87" s="30">
         <v>4.09</v>
       </c>
       <c r="AI87" s="30">
         <v>3.6450407841853898</v>
       </c>
       <c r="AJ87" s="30">
         <v>4.2</v>
       </c>
       <c r="AK87" s="30">
         <v>3.57</v>
       </c>
       <c r="AL87" s="30">
         <v>2.93</v>
       </c>
       <c r="AM87" s="30">
         <v>2.67</v>
       </c>
       <c r="AN87" s="30">
         <v>2.54</v>
       </c>
-    </row>
-    <row r="88" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO87" s="30">
+        <v>2.64</v>
+      </c>
+    </row>
+    <row r="88" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C88" s="30">
         <v>17.010000000000002</v>
       </c>
       <c r="D88" s="30">
         <v>16.760000000000002</v>
       </c>
       <c r="E88" s="30">
         <v>15.86</v>
       </c>
       <c r="F88" s="30">
         <v>12.77</v>
       </c>
       <c r="G88" s="30">
         <v>13.38</v>
       </c>
       <c r="H88" s="30">
         <v>13.74</v>
       </c>
       <c r="I88" s="30">
         <v>13.35</v>
       </c>
       <c r="J88" s="30">
@@ -9410,52 +9695,55 @@
       </c>
       <c r="AG88" s="30">
         <v>5.73</v>
       </c>
       <c r="AH88" s="30">
         <v>5.17</v>
       </c>
       <c r="AI88" s="30">
         <v>4.9133714723912698</v>
       </c>
       <c r="AJ88" s="30">
         <v>4.66</v>
       </c>
       <c r="AK88" s="30">
         <v>4.82</v>
       </c>
       <c r="AL88" s="30">
         <v>4.78</v>
       </c>
       <c r="AM88" s="30">
         <v>4.03</v>
       </c>
       <c r="AN88" s="30">
         <v>3.66</v>
       </c>
-    </row>
-    <row r="89" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO88" s="30">
+        <v>4.28</v>
+      </c>
+    </row>
+    <row r="89" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C89" s="30">
         <v>45.95</v>
       </c>
       <c r="D89" s="30">
         <v>45.8</v>
       </c>
       <c r="E89" s="30">
         <v>49.43</v>
       </c>
       <c r="F89" s="30">
         <v>45.77</v>
       </c>
       <c r="G89" s="30">
         <v>47.11</v>
       </c>
       <c r="H89" s="30">
         <v>45.35</v>
       </c>
       <c r="I89" s="30">
         <v>34.1</v>
       </c>
       <c r="J89" s="30">
@@ -9529,52 +9817,55 @@
       </c>
       <c r="AG89" s="30">
         <v>3.64</v>
       </c>
       <c r="AH89" s="30">
         <v>2.2999999999999998</v>
       </c>
       <c r="AI89" s="30">
         <v>2.8152039029865099</v>
       </c>
       <c r="AJ89" s="30">
         <v>3.25</v>
       </c>
       <c r="AK89" s="30">
         <v>2.31</v>
       </c>
       <c r="AL89" s="30">
         <v>2.06</v>
       </c>
       <c r="AM89" s="30">
         <v>1.88</v>
       </c>
       <c r="AN89" s="30">
         <v>1.78</v>
       </c>
-    </row>
-    <row r="90" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO89" s="30">
+        <v>1.73</v>
+      </c>
+    </row>
+    <row r="90" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="30">
         <v>11.27</v>
       </c>
       <c r="D90" s="30">
         <v>11.26</v>
       </c>
       <c r="E90" s="30">
         <v>10.49</v>
       </c>
       <c r="F90" s="30">
         <v>10.06</v>
       </c>
       <c r="G90" s="30">
         <v>9.01</v>
       </c>
       <c r="H90" s="30">
         <v>8.6999999999999993</v>
       </c>
       <c r="I90" s="30">
         <v>8.0299999999999994</v>
       </c>
       <c r="J90" s="30">
@@ -9648,82 +9939,85 @@
       </c>
       <c r="AG90" s="30">
         <v>4.2300000000000004</v>
       </c>
       <c r="AH90" s="30">
         <v>4.0999999999999996</v>
       </c>
       <c r="AI90" s="30">
         <v>4.0314998563723696</v>
       </c>
       <c r="AJ90" s="30">
         <v>3.95</v>
       </c>
       <c r="AK90" s="30">
         <v>3.68</v>
       </c>
       <c r="AL90" s="30">
         <v>3.56</v>
       </c>
       <c r="AM90" s="30">
         <v>3.49</v>
       </c>
       <c r="AN90" s="30">
         <v>3.48</v>
       </c>
-    </row>
-    <row r="91" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO90" s="30">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="91" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="30"/>
       <c r="D91" s="30"/>
       <c r="E91" s="30"/>
       <c r="F91" s="30"/>
       <c r="G91" s="30"/>
       <c r="H91" s="30"/>
       <c r="I91" s="30"/>
       <c r="J91" s="30"/>
       <c r="K91" s="30"/>
       <c r="L91" s="30"/>
       <c r="M91" s="30"/>
       <c r="N91" s="30"/>
       <c r="O91" s="30"/>
       <c r="P91" s="30"/>
       <c r="Q91" s="30"/>
       <c r="R91" s="30"/>
       <c r="S91" s="30"/>
       <c r="T91" s="30"/>
       <c r="U91" s="30"/>
       <c r="V91" s="30"/>
       <c r="W91" s="30"/>
       <c r="X91" s="30"/>
       <c r="Y91" s="30"/>
       <c r="Z91" s="30"/>
       <c r="AA91" s="30"/>
     </row>
-    <row r="92" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="30">
         <v>8.2799999999999994</v>
       </c>
       <c r="D92" s="30">
         <v>8.02</v>
       </c>
       <c r="E92" s="30">
         <v>7.73</v>
       </c>
       <c r="F92" s="30">
         <v>7.49</v>
       </c>
       <c r="G92" s="30">
         <v>6.79</v>
       </c>
       <c r="H92" s="30">
         <v>6.17</v>
       </c>
       <c r="I92" s="30">
         <v>5.87</v>
       </c>
       <c r="J92" s="30">
@@ -9797,52 +10091,55 @@
       </c>
       <c r="AG92" s="30">
         <v>1.71</v>
       </c>
       <c r="AH92" s="30">
         <v>1.65</v>
       </c>
       <c r="AI92" s="30">
         <v>1.6368917962093701</v>
       </c>
       <c r="AJ92" s="30">
         <v>1.59</v>
       </c>
       <c r="AK92" s="30">
         <v>1.56</v>
       </c>
       <c r="AL92" s="30">
         <v>1.53</v>
       </c>
       <c r="AM92" s="30">
         <v>1.48</v>
       </c>
       <c r="AN92" s="30">
         <v>1.46</v>
       </c>
-    </row>
-    <row r="93" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO92" s="30">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="93" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C93" s="30">
         <v>8.49</v>
       </c>
       <c r="D93" s="30">
         <v>8.5399999999999991</v>
       </c>
       <c r="E93" s="30">
         <v>7.62</v>
       </c>
       <c r="F93" s="30">
         <v>7.34</v>
       </c>
       <c r="G93" s="30">
         <v>6.48</v>
       </c>
       <c r="H93" s="30">
         <v>6.38</v>
       </c>
       <c r="I93" s="30">
         <v>6.04</v>
       </c>
       <c r="J93" s="30">
@@ -9916,52 +10213,55 @@
       </c>
       <c r="AG93" s="30">
         <v>5.87</v>
       </c>
       <c r="AH93" s="30">
         <v>5.65</v>
       </c>
       <c r="AI93" s="30">
         <v>5.5356090069696604</v>
       </c>
       <c r="AJ93" s="30">
         <v>5.45</v>
       </c>
       <c r="AK93" s="30">
         <v>4.9800000000000004</v>
       </c>
       <c r="AL93" s="30">
         <v>4.95</v>
       </c>
       <c r="AM93" s="30">
         <v>4.93</v>
       </c>
       <c r="AN93" s="30">
         <v>4.9800000000000004</v>
       </c>
-    </row>
-    <row r="94" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO93" s="30">
+        <v>4.71</v>
+      </c>
+    </row>
+    <row r="94" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C94" s="31">
         <v>11.97</v>
       </c>
       <c r="D94" s="31">
         <v>12.05</v>
       </c>
       <c r="E94" s="31">
         <v>10.28</v>
       </c>
       <c r="F94" s="31">
         <v>10.23</v>
       </c>
       <c r="G94" s="31">
         <v>6.79</v>
       </c>
       <c r="H94" s="31">
         <v>6.66</v>
       </c>
       <c r="I94" s="31">
         <v>6.1</v>
       </c>
       <c r="J94" s="31">
@@ -10035,103 +10335,108 @@
       </c>
       <c r="AG94" s="31">
         <v>6.95</v>
       </c>
       <c r="AH94" s="31">
         <v>6.73</v>
       </c>
       <c r="AI94" s="31">
         <v>6.7777474854763398</v>
       </c>
       <c r="AJ94" s="31">
         <v>6.42</v>
       </c>
       <c r="AK94" s="31">
         <v>5.41</v>
       </c>
       <c r="AL94" s="31">
         <v>5.05</v>
       </c>
       <c r="AM94" s="31">
         <v>4.96</v>
       </c>
       <c r="AN94" s="31">
         <v>4.75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-    <row r="96" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO94" s="31">
+        <v>4.5999999999999996</v>
+      </c>
+    </row>
+    <row r="95" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="19" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="98" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="4"/>
     </row>
     <row r="99" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="20"/>
     </row>
     <row r="100" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B100" s="20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="2:8" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="21" t="s">
         <v>32</v>
       </c>
       <c r="C101" s="22"/>
       <c r="D101" s="22"/>
       <c r="E101" s="22"/>
       <c r="F101" s="22"/>
       <c r="G101" s="22"/>
       <c r="H101" s="22"/>
     </row>
     <row r="102" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B102" s="21"/>
       <c r="C102" s="22"/>
       <c r="D102" s="22"/>
       <c r="E102" s="22"/>
       <c r="F102" s="22"/>
       <c r="G102" s="22"/>
       <c r="H102" s="22"/>
     </row>
     <row r="103" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B103" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="104" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B104" s="4"/>
     </row>
-    <row r="105" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B105" s="4"/>
+    <row r="105" spans="2:8" ht="15" x14ac:dyDescent="0.2">
+      <c r="B105" s="6" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="106" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B106" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E7C3C40-AADF-448F-8211-49925C486EC1}">
   <sheetPr codeName="List2"/>
   <dimension ref="B1:AC114"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.28515625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="59.28515625" style="1" customWidth="1"/>
     <col min="3" max="29" width="16.7109375" style="1" customWidth="1"/>