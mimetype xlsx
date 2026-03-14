--- v0 (2025-11-25)
+++ v1 (2026-03-14)
@@ -1,63 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\MEĐUBANKOVNI PLATNI SUSTAVI - STATISTIKA\EuroNKS-SCT i EuroNKS-SDD STATISTIKA ZA WEB - LEKTORIRANO\2024_EuroNKS-SCT_EuroNKS-SDD\OBJAVA-WEB-2024\Tablice-hrvatska verzija\EuroNKS SDD\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\ONISPP\NKS i Target web\2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{999224C1-CBA6-4252-BCA7-C87AA1983BD6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="360" windowWidth="10935" windowHeight="8700"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="prosječna vrijednost pl. tran. " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>Siječanj</t>
   </si>
   <si>
     <t>Veljača</t>
   </si>
   <si>
     <t>Ožujak</t>
   </si>
   <si>
     <t>Travanj</t>
   </si>
   <si>
     <t>Svibanj</t>
   </si>
   <si>
     <t>Lipanj</t>
@@ -78,51 +84,51 @@
     <t>Studeni</t>
   </si>
   <si>
     <t>Prosinac</t>
   </si>
   <si>
     <t>Izvor: Fina</t>
   </si>
   <si>
     <t>2023.*</t>
   </si>
   <si>
     <t>Prosječna vrijednost platne transakcije u EuroNKS-SDD-u</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>* Uvođenjem eura kao nacionalne valute u RH sa 01.01.2023. platni sustav EuroNKS započeo sa obračunom
 i namirom međubankovnih plaćanja SEPA direktnih terećenja (SDD).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
@@ -417,120 +423,120 @@
     <xf numFmtId="0" fontId="4" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="36" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="36" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="37">
     <cellStyle name="20% - Isticanje1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje1" xfId="12" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje2" xfId="7" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje3" xfId="8" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje4" xfId="9" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje5" xfId="10" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje6" xfId="11" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Isticanje1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Isticanje2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Isticanje3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Isticanje4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Isticanje5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Isticanje6" xfId="24" builtinId="49" customBuiltin="1"/>
-    <cellStyle name="Međunaslov u tablici" xfId="30"/>
-    <cellStyle name="Napomene" xfId="31"/>
+    <cellStyle name="Međunaslov u tablici" xfId="30" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="Napomene" xfId="31" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
     <cellStyle name="Naslov 1" xfId="25" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="26" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Naslov 3" xfId="27" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Naslov 4" xfId="28" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
-    <cellStyle name="Tanka linija ispod" xfId="32"/>
+    <cellStyle name="Tanka linija ispod" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
     <cellStyle name="Ukupni zbroj" xfId="29" builtinId="25" customBuiltin="1"/>
-    <cellStyle name="Ukupno" xfId="33"/>
-[...2 lines deleted...]
-    <cellStyle name="Zaglavlje" xfId="36"/>
+    <cellStyle name="Ukupno" xfId="33" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="Ukupno - zadnji redak" xfId="34" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Zadnji redak" xfId="35" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Zaglavlje" xfId="36" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -558,52 +564,52 @@
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.18610959595959595"/>
           <c:y val="2.555451388888889E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.12036414141414149"/>
-          <c:y val="0.10353344471138808"/>
+          <c:x val="0.11731310474062595"/>
+          <c:y val="9.4713888888888903E-2"/>
           <c:w val="0.85397929292929375"/>
           <c:h val="0.61484618055555562"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'prosječna vrijednost pl. tran. '!$C$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2024.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="19050">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
@@ -640,87 +646,87 @@
                 <c:pt idx="6">
                   <c:v>Srpanj</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Kolovoz</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Rujan</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Listopad</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Studeni</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Prosinac</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'prosječna vrijednost pl. tran. '!$C$6:$C$17</c:f>
               <c:numCache>
-                <c:formatCode>#,##0.00</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>32.466108491637542</c:v>
+                  <c:v>223.02252487609158</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>32.797583031709813</c:v>
+                  <c:v>238.63006303735591</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>32.609821441201483</c:v>
+                  <c:v>185.77960104175588</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>34.122158718125831</c:v>
+                  <c:v>338.37214198536276</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>33.667386727254424</c:v>
+                  <c:v>351.63309420562388</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>33.899480512922111</c:v>
+                  <c:v>379.81238637721856</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>34.510665558122113</c:v>
+                  <c:v>360.7300971554879</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>35.390485463621999</c:v>
+                  <c:v>314.50109057928057</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>36.556962299936387</c:v>
+                  <c:v>420.38109764986018</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>36.28483613427526</c:v>
+                  <c:v>374.56391880910371</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>36.553014064143994</c:v>
+                  <c:v>382.06409093072551</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>35.835532954040119</c:v>
+                  <c:v>338.58934374538154</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-3D8F-4986-A893-0D8966125187}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'prosječna vrijednost pl. tran. '!$D$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2023.*</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -760,87 +766,87 @@
                 <c:pt idx="6">
                   <c:v>Srpanj</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Kolovoz</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Rujan</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Listopad</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Studeni</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Prosinac</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'prosječna vrijednost pl. tran. '!$D$6:$D$17</c:f>
               <c:numCache>
-                <c:formatCode>#,##0.00</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>29.494162621334507</c:v>
+                  <c:v>246.21725871761512</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>29.333614892855518</c:v>
+                  <c:v>190.59148420132783</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>29.849618029307578</c:v>
+                  <c:v>189.19525968231952</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>30.264677624492744</c:v>
+                  <c:v>209.17643871042969</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>30.242014591255501</c:v>
+                  <c:v>151.62117079455089</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>30.601680396679694</c:v>
+                  <c:v>145.78657345862641</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>30.917911514383913</c:v>
+                  <c:v>149.4564088522948</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>32.241306369415767</c:v>
+                  <c:v>164.0719334578543</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>32.260690934689883</c:v>
+                  <c:v>277.92174153928897</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>32.357573070498226</c:v>
+                  <c:v>163.73152455541171</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>32.255476156884882</c:v>
+                  <c:v>152.79723965184195</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>32.498017087064248</c:v>
+                  <c:v>212.73003345267057</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-6D59-4E39-8F83-F21C634E8D59}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="59988208"/>
         <c:axId val="59989328"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="59988208"/>
@@ -863,51 +869,51 @@
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-5400000" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="59989328"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="59989328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="40"/>
+          <c:max val="500"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="3175">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="#,##0" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
@@ -915,51 +921,50 @@
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="59988208"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln w="12700">
           <a:solidFill>
             <a:srgbClr val="808080"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="3175">
       <a:solidFill>
         <a:srgbClr val="000000"/>
       </a:solidFill>
       <a:prstDash val="solid"/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
@@ -985,51 +990,57 @@
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>142874</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>12700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>238124</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>139975</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="1091" name="Chart 1"/>
+        <xdr:cNvPr id="1091" name="Chart 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000043040000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1081,85 +1092,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1295,284 +1340,286 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:N21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AF44" sqref="AF44"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.83203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="7" width="13.6640625" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.83203125" style="1"/>
     <col min="10" max="10" width="8.83203125" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.83203125" style="1"/>
     <col min="13" max="13" width="9.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.83203125" style="1"/>
     <col min="15" max="15" width="9.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="10" t="s">
+      <c r="B2" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="13" t="s">
+      <c r="B5" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="D5" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="3">
-[...6 lines deleted...]
-      <c r="G6" s="4"/>
+      <c r="C6" s="14">
+        <v>223.02252487609158</v>
+      </c>
+      <c r="D6" s="14">
+        <v>246.21725871761512</v>
+      </c>
+      <c r="E6" s="3"/>
+      <c r="G6" s="3"/>
     </row>
     <row r="7" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="3">
-[...6 lines deleted...]
-      <c r="G7" s="4"/>
+      <c r="C7" s="14">
+        <v>238.63006303735591</v>
+      </c>
+      <c r="D7" s="14">
+        <v>190.59148420132783</v>
+      </c>
+      <c r="E7" s="3"/>
+      <c r="G7" s="3"/>
     </row>
     <row r="8" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="3">
-[...6 lines deleted...]
-      <c r="G8" s="4"/>
+      <c r="C8" s="14">
+        <v>185.77960104175588</v>
+      </c>
+      <c r="D8" s="14">
+        <v>189.19525968231952</v>
+      </c>
+      <c r="E8" s="3"/>
+      <c r="G8" s="3"/>
     </row>
     <row r="9" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="3">
-[...6 lines deleted...]
-      <c r="G9" s="4"/>
+      <c r="C9" s="14">
+        <v>338.37214198536276</v>
+      </c>
+      <c r="D9" s="14">
+        <v>209.17643871042969</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="G9" s="3"/>
     </row>
     <row r="10" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="3">
-[...6 lines deleted...]
-      <c r="G10" s="4"/>
+      <c r="C10" s="14">
+        <v>351.63309420562388</v>
+      </c>
+      <c r="D10" s="14">
+        <v>151.62117079455089</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="G10" s="3"/>
     </row>
     <row r="11" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="3">
-[...6 lines deleted...]
-      <c r="G11" s="4"/>
+      <c r="C11" s="14">
+        <v>379.81238637721856</v>
+      </c>
+      <c r="D11" s="14">
+        <v>145.78657345862641</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="G11" s="3"/>
     </row>
     <row r="12" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C12" s="3">
-[...6 lines deleted...]
-      <c r="G12" s="4"/>
+      <c r="C12" s="14">
+        <v>360.7300971554879</v>
+      </c>
+      <c r="D12" s="14">
+        <v>149.4564088522948</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="G12" s="3"/>
     </row>
     <row r="13" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="3">
-[...6 lines deleted...]
-      <c r="G13" s="4"/>
+      <c r="C13" s="14">
+        <v>314.50109057928057</v>
+      </c>
+      <c r="D13" s="14">
+        <v>164.0719334578543</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="G13" s="3"/>
     </row>
     <row r="14" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C14" s="3">
-[...6 lines deleted...]
-      <c r="G14" s="4"/>
+      <c r="C14" s="14">
+        <v>420.38109764986018</v>
+      </c>
+      <c r="D14" s="14">
+        <v>277.92174153928897</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="G14" s="3"/>
     </row>
     <row r="15" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C15" s="3">
-[...6 lines deleted...]
-      <c r="G15" s="4"/>
+      <c r="C15" s="14">
+        <v>374.56391880910371</v>
+      </c>
+      <c r="D15" s="14">
+        <v>163.73152455541171</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="G15" s="3"/>
     </row>
     <row r="16" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C16" s="3">
-[...6 lines deleted...]
-      <c r="G16" s="4"/>
+      <c r="C16" s="14">
+        <v>382.06409093072551</v>
+      </c>
+      <c r="D16" s="14">
+        <v>152.79723965184195</v>
+      </c>
+      <c r="E16" s="3"/>
+      <c r="G16" s="3"/>
     </row>
     <row r="17" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="8" t="s">
+      <c r="B17" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="9">
-[...6 lines deleted...]
-      <c r="G17" s="4"/>
+      <c r="C17" s="15">
+        <v>338.58934374538154</v>
+      </c>
+      <c r="D17" s="15">
+        <v>212.73003345267057</v>
+      </c>
+      <c r="E17" s="3"/>
+      <c r="G17" s="3"/>
     </row>
     <row r="18" spans="2:14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="11"/>
-[...3 lines deleted...]
-      <c r="G18" s="12"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="G18" s="10"/>
     </row>
     <row r="19" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="5" t="s">
+      <c r="B19" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C19" s="6"/>
-[...5 lines deleted...]
-      <c r="N19" s="4"/>
+      <c r="C19" s="5"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
     </row>
     <row r="20" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="14" t="s">
+      <c r="B20" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C20" s="15"/>
-[...7 lines deleted...]
-      <c r="M20" s="4"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="13"/>
+      <c r="M20" s="3"/>
     </row>
     <row r="21" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="15"/>
-[...8 lines deleted...]
-      <c r="M21" s="4"/>
+      <c r="B21" s="13"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="13"/>
+      <c r="M21" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B20:J21"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.55118110236220474" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>