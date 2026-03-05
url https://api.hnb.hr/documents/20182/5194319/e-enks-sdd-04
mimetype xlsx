--- v0 (2025-10-27)
+++ v1 (2026-03-05)
@@ -1,63 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\MEĐUBANKOVNI PLATNI SUSTAVI - STATISTIKA\EuroNKS-SCT i EuroNKS-SDD STATISTIKA ZA WEB - LEKTORIRANO\2024_EuroNKS-SCT_EuroNKS-SDD\OBJAVA-WEB-2024\Tablice-engleska verzija\EuroNCS SDD\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\ONISPP\NKS i Target web\2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{156D4FED-29DF-42BE-A8B2-4624ABBD3115}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="360" windowWidth="10935" windowHeight="8700"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="average value of payment tran." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>2023.*</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>EuroNCS-SDD - average value of payment transaction</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
@@ -78,51 +84,51 @@
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>Source: Fina</t>
   </si>
   <si>
     <t>* Due to the adoption of the euro as the national currency in the Republic of Croatia on January 1, 2023,
 the EuroNCS payment system started with the processing and settlement of SEPA direct debit (SDD) interbank payments.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
@@ -417,117 +423,117 @@
     <xf numFmtId="0" fontId="4" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="36" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="36" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="35" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="37">
     <cellStyle name="20% - Isticanje1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Isticanje6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje1" xfId="12" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje2" xfId="7" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje3" xfId="8" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje4" xfId="9" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje5" xfId="10" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Isticanje6" xfId="11" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Isticanje6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Isticanje1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Isticanje2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Isticanje3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Isticanje4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Isticanje5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Isticanje6" xfId="24" builtinId="49" customBuiltin="1"/>
-    <cellStyle name="Međunaslov u tablici" xfId="30"/>
-    <cellStyle name="Napomene" xfId="31"/>
+    <cellStyle name="Međunaslov u tablici" xfId="30" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="Napomene" xfId="31" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
     <cellStyle name="Naslov 1" xfId="25" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="26" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Naslov 3" xfId="27" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Naslov 4" xfId="28" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
-    <cellStyle name="Tanka linija ispod" xfId="32"/>
+    <cellStyle name="Tanka linija ispod" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
     <cellStyle name="Ukupni zbroj" xfId="29" builtinId="25" customBuiltin="1"/>
-    <cellStyle name="Ukupno" xfId="33"/>
-[...2 lines deleted...]
-    <cellStyle name="Zaglavlje" xfId="36"/>
+    <cellStyle name="Ukupno" xfId="33" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="Ukupno - zadnji redak" xfId="34" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Zadnji redak" xfId="35" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Zaglavlje" xfId="36" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -648,87 +654,87 @@
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'average value of payment tran.'!$C$6:$C$17</c:f>
               <c:numCache>
-                <c:formatCode>#,##0.00</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>32.466108491637542</c:v>
+                  <c:v>223.02252487609158</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>32.797583031709813</c:v>
+                  <c:v>238.63006303735591</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>32.609821441201483</c:v>
+                  <c:v>185.77960104175588</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>34.122158718125831</c:v>
+                  <c:v>338.37214198536276</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>33.667386727254424</c:v>
+                  <c:v>351.63309420562388</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>33.899480512922111</c:v>
+                  <c:v>379.81238637721856</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>34.510665558122113</c:v>
+                  <c:v>360.7300971554879</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>35.390485463621999</c:v>
+                  <c:v>314.50109057928057</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>36.556962299936387</c:v>
+                  <c:v>420.38109764986018</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>36.28483613427526</c:v>
+                  <c:v>374.56391880910371</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>36.553014064143994</c:v>
+                  <c:v>382.06409093072551</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>35.835532954040119</c:v>
+                  <c:v>338.58934374538154</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-3D8F-4986-A893-0D8966125187}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'average value of payment tran.'!$D$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2023.*</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -768,87 +774,87 @@
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'average value of payment tran.'!$D$6:$D$17</c:f>
               <c:numCache>
-                <c:formatCode>#,##0.00</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>29.494162621334507</c:v>
+                  <c:v>246.21725871761512</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>29.333614892855518</c:v>
+                  <c:v>190.59148420132783</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>29.849618029307578</c:v>
+                  <c:v>189.19525968231952</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>30.264677624492744</c:v>
+                  <c:v>209.17643871042969</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>30.242014591255501</c:v>
+                  <c:v>151.62117079455089</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>30.601680396679694</c:v>
+                  <c:v>145.78657345862641</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>30.917911514383913</c:v>
+                  <c:v>149.4564088522948</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>32.241306369415767</c:v>
+                  <c:v>164.0719334578543</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>32.260690934689883</c:v>
+                  <c:v>277.92174153928897</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>32.357573070498226</c:v>
+                  <c:v>163.73152455541171</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>32.255476156884882</c:v>
+                  <c:v>152.79723965184195</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>32.498017087064248</c:v>
+                  <c:v>212.73003345267057</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-6D59-4E39-8F83-F21C634E8D59}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="59988208"/>
         <c:axId val="59989328"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="59988208"/>
@@ -871,51 +877,51 @@
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-5400000" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="59989328"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="59989328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="40"/>
+          <c:max val="500"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="3175">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="#,##0" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
@@ -923,51 +929,50 @@
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="59988208"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln w="12700">
           <a:solidFill>
             <a:srgbClr val="808080"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="3175">
       <a:solidFill>
         <a:srgbClr val="000000"/>
       </a:solidFill>
       <a:prstDash val="solid"/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
@@ -993,51 +998,57 @@
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>142874</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>12700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>238124</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>139975</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="1091" name="Chart 1"/>
+        <xdr:cNvPr id="1091" name="Chart 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000043040000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1089,85 +1100,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1303,302 +1348,304 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:N22"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AF38" sqref="AF38"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.83203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="7" width="13.6640625" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.83203125" style="1"/>
     <col min="10" max="10" width="8.83203125" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.83203125" style="1"/>
     <col min="13" max="13" width="9.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.83203125" style="1"/>
     <col min="15" max="15" width="9.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="10" t="s">
+      <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="13" t="s">
+      <c r="B5" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="D5" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="3">
-[...6 lines deleted...]
-      <c r="G6" s="4"/>
+      <c r="C6" s="13">
+        <v>223.02252487609158</v>
+      </c>
+      <c r="D6" s="13">
+        <v>246.21725871761512</v>
+      </c>
+      <c r="E6" s="3"/>
+      <c r="G6" s="3"/>
     </row>
     <row r="7" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="3">
-[...6 lines deleted...]
-      <c r="G7" s="4"/>
+      <c r="C7" s="13">
+        <v>238.63006303735591</v>
+      </c>
+      <c r="D7" s="13">
+        <v>190.59148420132783</v>
+      </c>
+      <c r="E7" s="3"/>
+      <c r="G7" s="3"/>
     </row>
     <row r="8" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="3">
-[...6 lines deleted...]
-      <c r="G8" s="4"/>
+      <c r="C8" s="13">
+        <v>185.77960104175588</v>
+      </c>
+      <c r="D8" s="13">
+        <v>189.19525968231952</v>
+      </c>
+      <c r="E8" s="3"/>
+      <c r="G8" s="3"/>
     </row>
     <row r="9" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="3">
-[...6 lines deleted...]
-      <c r="G9" s="4"/>
+      <c r="C9" s="13">
+        <v>338.37214198536276</v>
+      </c>
+      <c r="D9" s="13">
+        <v>209.17643871042969</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="G9" s="3"/>
     </row>
     <row r="10" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C10" s="3">
-[...6 lines deleted...]
-      <c r="G10" s="4"/>
+      <c r="C10" s="13">
+        <v>351.63309420562388</v>
+      </c>
+      <c r="D10" s="13">
+        <v>151.62117079455089</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="G10" s="3"/>
     </row>
     <row r="11" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C11" s="3">
-[...6 lines deleted...]
-      <c r="G11" s="4"/>
+      <c r="C11" s="13">
+        <v>379.81238637721856</v>
+      </c>
+      <c r="D11" s="13">
+        <v>145.78657345862641</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="G11" s="3"/>
     </row>
     <row r="12" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="3">
-[...6 lines deleted...]
-      <c r="G12" s="4"/>
+      <c r="C12" s="13">
+        <v>360.7300971554879</v>
+      </c>
+      <c r="D12" s="13">
+        <v>149.4564088522948</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="G12" s="3"/>
     </row>
     <row r="13" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="3">
-[...6 lines deleted...]
-      <c r="G13" s="4"/>
+      <c r="C13" s="13">
+        <v>314.50109057928057</v>
+      </c>
+      <c r="D13" s="13">
+        <v>164.0719334578543</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="G13" s="3"/>
     </row>
     <row r="14" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C14" s="3">
-[...6 lines deleted...]
-      <c r="G14" s="4"/>
+      <c r="C14" s="13">
+        <v>420.38109764986018</v>
+      </c>
+      <c r="D14" s="13">
+        <v>277.92174153928897</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="G14" s="3"/>
     </row>
     <row r="15" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C15" s="3">
-[...6 lines deleted...]
-      <c r="G15" s="4"/>
+      <c r="C15" s="13">
+        <v>374.56391880910371</v>
+      </c>
+      <c r="D15" s="13">
+        <v>163.73152455541171</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="G15" s="3"/>
     </row>
     <row r="16" spans="2:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C16" s="3">
-[...6 lines deleted...]
-      <c r="G16" s="4"/>
+      <c r="C16" s="13">
+        <v>382.06409093072551</v>
+      </c>
+      <c r="D16" s="13">
+        <v>152.79723965184195</v>
+      </c>
+      <c r="E16" s="3"/>
+      <c r="G16" s="3"/>
     </row>
     <row r="17" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="8" t="s">
+      <c r="B17" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C17" s="9">
-[...6 lines deleted...]
-      <c r="G17" s="4"/>
+      <c r="C17" s="14">
+        <v>338.58934374538154</v>
+      </c>
+      <c r="D17" s="14">
+        <v>212.73003345267057</v>
+      </c>
+      <c r="E17" s="3"/>
+      <c r="G17" s="3"/>
     </row>
     <row r="18" spans="2:14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="11"/>
-[...3 lines deleted...]
-      <c r="G18" s="12"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="G18" s="10"/>
     </row>
     <row r="19" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="5" t="s">
+      <c r="B19" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C19" s="6"/>
-[...5 lines deleted...]
-      <c r="N19" s="4"/>
+      <c r="C19" s="5"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
     </row>
     <row r="20" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="14" t="s">
+      <c r="B20" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C20" s="14"/>
-[...9 lines deleted...]
-      <c r="M20" s="14"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
     </row>
     <row r="21" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="14"/>
-[...10 lines deleted...]
-      <c r="M21" s="14"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
     </row>
     <row r="22" spans="2:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="14"/>
-[...10 lines deleted...]
-      <c r="M22" s="14"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12"/>
+      <c r="L22" s="12"/>
+      <c r="M22" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B20:M22"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.55118110236220474" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>