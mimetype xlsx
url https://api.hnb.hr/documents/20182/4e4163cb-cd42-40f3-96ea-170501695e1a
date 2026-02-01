--- v2 (2026-01-05)
+++ v3 (2026-02-01)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{394E224E-DC7C-4197-8DE4-F40C175DE475}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89C3078D-1E50-4CAE-800E-1086897AC705}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="28">
   <si>
     <t>I1</t>
   </si>
   <si>
     <t>I2</t>
   </si>
   <si>
     <t>I3</t>
   </si>
   <si>
     <t>I4</t>
   </si>
   <si>
     <t>I8</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
@@ -230,51 +230,51 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -285,68 +285,79 @@
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFC00000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFC00000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC00000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -503,50 +514,53 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="5" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="3" xfId="10" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="10" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="10" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normalno 3" xfId="11" xr:uid="{A58360ED-9A63-0041-A3B8-AF0C6481C2FD}"/>
     <cellStyle name="Tanka linija ispod" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Ukupno" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zaglavlje" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -861,55 +875,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:L429"/>
+  <dimension ref="B2:L430"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A266" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F283" sqref="F283"/>
+      <pane ySplit="1" topLeftCell="A276" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J285" sqref="J285"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" style="1" customWidth="1"/>
     <col min="4" max="6" width="14.6640625" style="1" customWidth="1"/>
     <col min="7" max="12" width="11.6640625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="50" t="s">
         <v>24</v>
       </c>
@@ -9996,94 +10010,121 @@
         <v>-10</v>
       </c>
       <c r="F279" s="66">
         <v>-19.899999999999999</v>
       </c>
       <c r="G279" s="64">
         <v>-3.3646517773714146</v>
       </c>
       <c r="H279" s="64">
         <v>3.9069963236267511</v>
       </c>
       <c r="I279" s="64">
         <v>-35.791991639776995</v>
       </c>
       <c r="J279" s="64">
         <v>-23.808787075036072</v>
       </c>
       <c r="K279" s="64">
         <v>-20.475567552904788</v>
       </c>
       <c r="L279" s="64">
         <v>-15.782585283041298</v>
       </c>
     </row>
     <row r="280" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B280" s="58"/>
-      <c r="C280" s="63" t="s">
+      <c r="B280" s="59"/>
+      <c r="C280" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="D280" s="57">
+      <c r="D280" s="61">
         <v>-7.7</v>
       </c>
-      <c r="E280" s="57">
+      <c r="E280" s="61">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="F280" s="57">
+      <c r="F280" s="61">
         <v>-19</v>
       </c>
-      <c r="G280" s="58">
+      <c r="G280" s="62">
         <v>-1.3079979917274704</v>
       </c>
-      <c r="H280" s="58">
+      <c r="H280" s="62">
         <v>3.9204005952290668</v>
       </c>
-      <c r="I280" s="58">
+      <c r="I280" s="62">
         <v>-34.717544911608705</v>
       </c>
-      <c r="J280" s="58">
+      <c r="J280" s="62">
         <v>-21.588280748057052</v>
       </c>
-      <c r="K280" s="58">
+      <c r="K280" s="62">
         <v>-20.903320808468603</v>
       </c>
-      <c r="L280" s="58">
+      <c r="L280" s="62">
         <v>-11.965102582298137</v>
       </c>
     </row>
     <row r="281" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B281" s="56" t="s">
+      <c r="B281" s="71">
+        <v>2026</v>
+      </c>
+      <c r="C281" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D281" s="57">
+        <v>-8.4</v>
+      </c>
+      <c r="E281" s="57">
+        <v>-8.1</v>
+      </c>
+      <c r="F281" s="57">
+        <v>-18.3</v>
+      </c>
+      <c r="G281" s="58">
+        <v>-2.2581452979055463</v>
+      </c>
+      <c r="H281" s="58">
+        <v>4.2954263982247287</v>
+      </c>
+      <c r="I281" s="58">
+        <v>-30.733957182390157</v>
+      </c>
+      <c r="J281" s="58">
+        <v>-20.530946469260449</v>
+      </c>
+      <c r="K281" s="58">
+        <v>-21.979370551034012</v>
+      </c>
+      <c r="L281" s="58">
+        <v>-15.119731362449215</v>
+      </c>
+    </row>
+    <row r="282" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="C281" s="4"/>
-[...6 lines deleted...]
-      <c r="B282" s="4"/>
       <c r="C282" s="4"/>
       <c r="D282" s="5"/>
       <c r="E282" s="6"/>
       <c r="F282" s="6"/>
       <c r="G282" s="6"/>
     </row>
     <row r="283" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B283" s="4"/>
       <c r="C283" s="4"/>
       <c r="D283" s="5"/>
       <c r="E283" s="6"/>
       <c r="F283" s="6"/>
       <c r="G283" s="6"/>
     </row>
     <row r="284" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="4"/>
       <c r="C284" s="4"/>
       <c r="D284" s="5"/>
       <c r="E284" s="6"/>
       <c r="F284" s="6"/>
       <c r="G284" s="6"/>
     </row>
     <row r="285" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="4"/>
       <c r="C285" s="4"/>
@@ -11217,50 +11258,58 @@
       <c r="C426" s="4"/>
       <c r="D426" s="5"/>
       <c r="E426" s="6"/>
       <c r="F426" s="6"/>
       <c r="G426" s="6"/>
     </row>
     <row r="427" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B427" s="4"/>
       <c r="C427" s="4"/>
       <c r="D427" s="5"/>
       <c r="E427" s="6"/>
       <c r="F427" s="6"/>
       <c r="G427" s="6"/>
     </row>
     <row r="428" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B428" s="4"/>
       <c r="C428" s="4"/>
       <c r="D428" s="5"/>
       <c r="E428" s="6"/>
       <c r="F428" s="6"/>
       <c r="G428" s="6"/>
     </row>
     <row r="429" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B429" s="4"/>
       <c r="C429" s="4"/>
+      <c r="D429" s="5"/>
+      <c r="E429" s="6"/>
+      <c r="F429" s="6"/>
+      <c r="G429" s="6"/>
+    </row>
+    <row r="430" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B430" s="4"/>
+      <c r="C430" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
   </mergeCells>
   <printOptions gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>