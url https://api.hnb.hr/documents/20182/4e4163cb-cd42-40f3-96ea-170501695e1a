--- v3 (2026-02-01)
+++ v4 (2026-03-01)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89C3078D-1E50-4CAE-800E-1086897AC705}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E0FA94A-CBC0-421D-A72B-F44ECA8DD471}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="28">
   <si>
     <t>I1</t>
   </si>
   <si>
     <t>I2</t>
   </si>
   <si>
     <t>I3</t>
   </si>
   <si>
     <t>I4</t>
   </si>
   <si>
     <t>I8</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
@@ -230,51 +230,51 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -285,79 +285,68 @@
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFC00000"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -515,52 +504,67 @@
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="5" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="3" xfId="10" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="10" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="10" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="3" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="3" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normalno 3" xfId="11" xr:uid="{A58360ED-9A63-0041-A3B8-AF0C6481C2FD}"/>
     <cellStyle name="Tanka linija ispod" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Ukupno" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zaglavlje" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -875,55 +879,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:L430"/>
+  <dimension ref="B2:L431"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A276" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J285" sqref="J285"/>
+      <pane ySplit="1" topLeftCell="A255" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N277" sqref="N277"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" style="1" customWidth="1"/>
     <col min="4" max="6" width="14.6640625" style="1" customWidth="1"/>
     <col min="7" max="12" width="11.6640625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="49" t="s">
         <v>27</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="50" t="s">
         <v>24</v>
       </c>
@@ -10010,129 +10014,154 @@
         <v>-10</v>
       </c>
       <c r="F279" s="66">
         <v>-19.899999999999999</v>
       </c>
       <c r="G279" s="64">
         <v>-3.3646517773714146</v>
       </c>
       <c r="H279" s="64">
         <v>3.9069963236267511</v>
       </c>
       <c r="I279" s="64">
         <v>-35.791991639776995</v>
       </c>
       <c r="J279" s="64">
         <v>-23.808787075036072</v>
       </c>
       <c r="K279" s="64">
         <v>-20.475567552904788</v>
       </c>
       <c r="L279" s="64">
         <v>-15.782585283041298</v>
       </c>
     </row>
     <row r="280" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B280" s="59"/>
-      <c r="C280" s="60" t="s">
+      <c r="B280" s="73"/>
+      <c r="C280" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="D280" s="61">
+      <c r="D280" s="75">
         <v>-7.7</v>
       </c>
-      <c r="E280" s="61">
+      <c r="E280" s="75">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="F280" s="61">
+      <c r="F280" s="75">
         <v>-19</v>
       </c>
-      <c r="G280" s="62">
+      <c r="G280" s="76">
         <v>-1.3079979917274704</v>
       </c>
-      <c r="H280" s="62">
+      <c r="H280" s="76">
         <v>3.9204005952290668</v>
       </c>
-      <c r="I280" s="62">
+      <c r="I280" s="76">
         <v>-34.717544911608705</v>
       </c>
-      <c r="J280" s="62">
+      <c r="J280" s="76">
         <v>-21.588280748057052</v>
       </c>
-      <c r="K280" s="62">
+      <c r="K280" s="76">
         <v>-20.903320808468603</v>
       </c>
-      <c r="L280" s="62">
+      <c r="L280" s="76">
         <v>-11.965102582298137</v>
       </c>
     </row>
     <row r="281" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B281" s="71">
         <v>2026</v>
       </c>
-      <c r="C281" s="63" t="s">
+      <c r="C281" s="65" t="s">
         <v>15</v>
       </c>
-      <c r="D281" s="57">
+      <c r="D281" s="66">
         <v>-8.4</v>
       </c>
-      <c r="E281" s="57">
+      <c r="E281" s="66">
         <v>-8.1</v>
       </c>
-      <c r="F281" s="57">
+      <c r="F281" s="66">
         <v>-18.3</v>
       </c>
-      <c r="G281" s="58">
+      <c r="G281" s="64">
         <v>-2.2581452979055463</v>
       </c>
-      <c r="H281" s="58">
+      <c r="H281" s="64">
         <v>4.2954263982247287</v>
       </c>
-      <c r="I281" s="58">
+      <c r="I281" s="64">
         <v>-30.733957182390157</v>
       </c>
-      <c r="J281" s="58">
+      <c r="J281" s="64">
         <v>-20.530946469260449</v>
       </c>
-      <c r="K281" s="58">
+      <c r="K281" s="64">
         <v>-21.979370551034012</v>
       </c>
-      <c r="L281" s="58">
+      <c r="L281" s="64">
         <v>-15.119731362449215</v>
       </c>
     </row>
     <row r="282" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B282" s="56" t="s">
+      <c r="B282" s="72"/>
+      <c r="C282" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="D282" s="57">
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="E282" s="57">
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="F282" s="57">
+        <v>-18.100000000000001</v>
+      </c>
+      <c r="G282" s="58">
+        <v>-2.7752494863461292</v>
+      </c>
+      <c r="H282" s="58">
+        <v>4.2835148423710949</v>
+      </c>
+      <c r="I282" s="58">
+        <v>-32.938195708605967</v>
+      </c>
+      <c r="J282" s="58">
+        <v>-20.682185625494274</v>
+      </c>
+      <c r="K282" s="58">
+        <v>-18.57535197584966</v>
+      </c>
+      <c r="L282" s="58">
+        <v>-13.547897932028498</v>
+      </c>
+    </row>
+    <row r="283" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="C282" s="4"/>
-[...6 lines deleted...]
-      <c r="B283" s="4"/>
       <c r="C283" s="4"/>
       <c r="D283" s="5"/>
       <c r="E283" s="6"/>
       <c r="F283" s="6"/>
       <c r="G283" s="6"/>
     </row>
     <row r="284" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="4"/>
       <c r="C284" s="4"/>
       <c r="D284" s="5"/>
       <c r="E284" s="6"/>
       <c r="F284" s="6"/>
       <c r="G284" s="6"/>
     </row>
     <row r="285" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="4"/>
       <c r="C285" s="4"/>
       <c r="D285" s="5"/>
       <c r="E285" s="6"/>
       <c r="F285" s="6"/>
       <c r="G285" s="6"/>
     </row>
     <row r="286" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="4"/>
       <c r="C286" s="4"/>
@@ -11266,50 +11295,58 @@
       <c r="C427" s="4"/>
       <c r="D427" s="5"/>
       <c r="E427" s="6"/>
       <c r="F427" s="6"/>
       <c r="G427" s="6"/>
     </row>
     <row r="428" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B428" s="4"/>
       <c r="C428" s="4"/>
       <c r="D428" s="5"/>
       <c r="E428" s="6"/>
       <c r="F428" s="6"/>
       <c r="G428" s="6"/>
     </row>
     <row r="429" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B429" s="4"/>
       <c r="C429" s="4"/>
       <c r="D429" s="5"/>
       <c r="E429" s="6"/>
       <c r="F429" s="6"/>
       <c r="G429" s="6"/>
     </row>
     <row r="430" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B430" s="4"/>
       <c r="C430" s="4"/>
+      <c r="D430" s="5"/>
+      <c r="E430" s="6"/>
+      <c r="F430" s="6"/>
+      <c r="G430" s="6"/>
+    </row>
+    <row r="431" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B431" s="4"/>
+      <c r="C431" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
   </mergeCells>
   <printOptions gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>