--- v2 (2025-12-15)
+++ v3 (2026-02-12)
@@ -1,44 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
@@ -77,139 +79,218 @@
   <Override PartName="/xl/charts/colors14.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style15.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors15.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style16.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors16.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style17.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors17.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style18.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors18.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style19.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors19.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style20.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors20.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style21.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors21.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style22.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors22.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style23.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors23.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style24.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors24.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart30.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style25.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors25.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A42801D3-3B43-40CF-89F4-C0796217B7A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79B30B1A-14D8-47CC-A5CA-237AEFFBB0EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="2" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="4" activeTab="13" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="graf. prikaz 2025" sheetId="1" r:id="rId1"/>
     <sheet name="siječanj 2025" sheetId="37" r:id="rId2"/>
     <sheet name="veljača 2025" sheetId="38" r:id="rId3"/>
     <sheet name="ožujak 2025" sheetId="39" r:id="rId4"/>
     <sheet name="travanj 2025" sheetId="40" r:id="rId5"/>
     <sheet name="svibanj 2025" sheetId="41" r:id="rId6"/>
     <sheet name="lipanj 2025" sheetId="42" r:id="rId7"/>
     <sheet name="srpanj 2025" sheetId="43" r:id="rId8"/>
     <sheet name="kolovoz 2025" sheetId="44" r:id="rId9"/>
     <sheet name="rujan 2025" sheetId="45" r:id="rId10"/>
     <sheet name="listopad 2025" sheetId="46" r:id="rId11"/>
-    <sheet name="2025" sheetId="27" r:id="rId12"/>
+    <sheet name="studeni 2025" sheetId="47" r:id="rId12"/>
+    <sheet name="prosinac 2025" sheetId="48" r:id="rId13"/>
+    <sheet name="2025" sheetId="27" r:id="rId14"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L52" i="27" l="1"/>
+  <c r="N52" i="27" l="1"/>
+  <c r="N51" i="27"/>
+  <c r="N50" i="27"/>
+  <c r="N42" i="27"/>
+  <c r="N41" i="27"/>
+  <c r="N40" i="27"/>
+  <c r="N16" i="27"/>
+  <c r="N17" i="27"/>
+  <c r="N18" i="27"/>
+  <c r="N19" i="27"/>
+  <c r="N33" i="27" s="1"/>
+  <c r="N20" i="27"/>
+  <c r="N21" i="27"/>
+  <c r="N22" i="27"/>
+  <c r="N23" i="27"/>
+  <c r="N24" i="27"/>
+  <c r="N25" i="27"/>
+  <c r="N26" i="27"/>
+  <c r="N27" i="27"/>
+  <c r="N28" i="27"/>
+  <c r="N29" i="27"/>
+  <c r="N30" i="27"/>
+  <c r="N31" i="27"/>
+  <c r="N32" i="27"/>
+  <c r="N15" i="27"/>
+  <c r="N7" i="27"/>
+  <c r="N6" i="27"/>
+  <c r="E74" i="48"/>
+  <c r="E73" i="48"/>
+  <c r="E50" i="48"/>
+  <c r="E51" i="48" s="1"/>
+  <c r="E81" i="48" s="1"/>
+  <c r="M52" i="27"/>
+  <c r="M51" i="27"/>
+  <c r="M50" i="27"/>
+  <c r="M42" i="27"/>
+  <c r="M41" i="27"/>
+  <c r="M40" i="27"/>
+  <c r="M16" i="27"/>
+  <c r="M17" i="27"/>
+  <c r="M18" i="27"/>
+  <c r="M19" i="27"/>
+  <c r="M20" i="27"/>
+  <c r="M21" i="27"/>
+  <c r="M22" i="27"/>
+  <c r="M23" i="27"/>
+  <c r="M24" i="27"/>
+  <c r="M25" i="27"/>
+  <c r="M26" i="27"/>
+  <c r="M27" i="27"/>
+  <c r="M28" i="27"/>
+  <c r="M29" i="27"/>
+  <c r="M30" i="27"/>
+  <c r="M31" i="27"/>
+  <c r="M32" i="27"/>
+  <c r="M15" i="27"/>
+  <c r="M7" i="27"/>
+  <c r="M6" i="27"/>
+  <c r="E73" i="47" l="1"/>
+  <c r="E74" i="47" s="1"/>
+  <c r="E24" i="47"/>
+  <c r="E25" i="47" s="1"/>
+  <c r="L52" i="27"/>
   <c r="L51" i="27"/>
   <c r="L50" i="27"/>
   <c r="L42" i="27"/>
   <c r="L41" i="27"/>
   <c r="L40" i="27"/>
   <c r="L16" i="27"/>
   <c r="L17" i="27"/>
   <c r="L18" i="27"/>
   <c r="L19" i="27"/>
   <c r="L20" i="27"/>
   <c r="L21" i="27"/>
   <c r="L22" i="27"/>
   <c r="L23" i="27"/>
   <c r="L24" i="27"/>
   <c r="L25" i="27"/>
   <c r="L26" i="27"/>
   <c r="L27" i="27"/>
   <c r="L28" i="27"/>
   <c r="L29" i="27"/>
   <c r="L30" i="27"/>
   <c r="L31" i="27"/>
   <c r="L32" i="27"/>
   <c r="L15" i="27"/>
   <c r="L7" i="27"/>
   <c r="L6" i="27"/>
   <c r="E74" i="46"/>
   <c r="E73" i="46"/>
   <c r="E50" i="46"/>
   <c r="E51" i="46" s="1"/>
   <c r="E81" i="46" s="1"/>
   <c r="E24" i="46"/>
   <c r="E25" i="46" s="1"/>
   <c r="E80" i="46" s="1"/>
   <c r="E50" i="45"/>
   <c r="E24" i="45"/>
-  <c r="K16" i="27" l="1"/>
+  <c r="E80" i="47" l="1"/>
+  <c r="K16" i="27"/>
   <c r="K17" i="27"/>
   <c r="K18" i="27"/>
   <c r="K19" i="27"/>
   <c r="K20" i="27"/>
   <c r="K21" i="27"/>
   <c r="K22" i="27"/>
   <c r="K23" i="27"/>
   <c r="K24" i="27"/>
   <c r="K25" i="27"/>
   <c r="K26" i="27"/>
   <c r="K27" i="27"/>
   <c r="K28" i="27"/>
   <c r="K29" i="27"/>
   <c r="K30" i="27"/>
   <c r="K31" i="27"/>
   <c r="K32" i="27"/>
   <c r="K15" i="27"/>
   <c r="K7" i="27"/>
   <c r="K6" i="27"/>
   <c r="E74" i="45"/>
   <c r="E73" i="45"/>
   <c r="E51" i="45"/>
   <c r="E81" i="45" s="1"/>
   <c r="E25" i="45"/>
   <c r="E80" i="45" s="1"/>
@@ -440,51 +521,50 @@
   <c r="D29" i="27"/>
   <c r="D30" i="27"/>
   <c r="D31" i="27"/>
   <c r="D32" i="27"/>
   <c r="D15" i="27"/>
   <c r="D33" i="27" s="1"/>
   <c r="D7" i="27"/>
   <c r="D8" i="27" s="1"/>
   <c r="D6" i="27"/>
   <c r="E74" i="38"/>
   <c r="E73" i="38"/>
   <c r="E50" i="38"/>
   <c r="E51" i="38" s="1"/>
   <c r="E81" i="38" s="1"/>
   <c r="E24" i="38"/>
   <c r="E25" i="38" s="1"/>
   <c r="E80" i="38" s="1"/>
   <c r="M43" i="27"/>
   <c r="G8" i="27"/>
   <c r="F33" i="27"/>
   <c r="E33" i="27"/>
   <c r="G33" i="27"/>
   <c r="I33" i="27"/>
   <c r="L33" i="27"/>
   <c r="M33" i="27"/>
-  <c r="N33" i="27"/>
   <c r="F8" i="27"/>
   <c r="I8" i="27"/>
   <c r="K8" i="27"/>
   <c r="L8" i="27"/>
   <c r="M8" i="27"/>
   <c r="N8" i="27"/>
   <c r="C16" i="27"/>
   <c r="C17" i="27"/>
   <c r="C18" i="27"/>
   <c r="O18" i="27" s="1"/>
   <c r="C19" i="27"/>
   <c r="C20" i="27"/>
   <c r="O20" i="27" s="1"/>
   <c r="C21" i="27"/>
   <c r="C22" i="27"/>
   <c r="C23" i="27"/>
   <c r="C24" i="27"/>
   <c r="O24" i="27" s="1"/>
   <c r="C25" i="27"/>
   <c r="C26" i="27"/>
   <c r="O26" i="27" s="1"/>
   <c r="C27" i="27"/>
   <c r="C28" i="27"/>
   <c r="C29" i="27"/>
   <c r="C30" i="27"/>
@@ -555,55 +635,61 @@
   <c r="O33" i="27"/>
   <c r="P26" i="27" s="1"/>
   <c r="P28" i="27" l="1"/>
   <c r="P21" i="27"/>
   <c r="P19" i="27"/>
   <c r="P25" i="27"/>
   <c r="P17" i="27"/>
   <c r="P23" i="27"/>
   <c r="P32" i="27"/>
   <c r="P16" i="27"/>
   <c r="P31" i="27"/>
   <c r="P22" i="27"/>
   <c r="P15" i="27"/>
   <c r="P30" i="27"/>
   <c r="P18" i="27"/>
   <c r="P20" i="27"/>
   <c r="P29" i="27"/>
   <c r="P27" i="27"/>
   <c r="P24" i="27"/>
   <c r="H53" i="27"/>
   <c r="H43" i="27"/>
   <c r="J8" i="27"/>
   <c r="J53" i="27" l="1"/>
   <c r="P33" i="27"/>
   <c r="J43" i="27" l="1"/>
+  <c r="E50" i="47"/>
+  <c r="E51" i="47" s="1"/>
+  <c r="E81" i="47" s="1"/>
+  <c r="E24" i="48"/>
+  <c r="E25" i="48" s="1"/>
+  <c r="E80" i="48" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1662" uniqueCount="123">
   <si>
     <t>Brojčana oznaka</t>
   </si>
   <si>
     <t>Troslovna oznaka</t>
   </si>
   <si>
     <t>036</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
@@ -905,50 +991,74 @@
   </si>
   <si>
     <t>Otkupljen strani gotov novac u rujnu 2025.</t>
   </si>
   <si>
     <t>Prodan strani gotov novac u rujnu 2025.</t>
   </si>
   <si>
     <t>Otkupljeni čekovi koji glase na stranu valutu u rujnu 2025.</t>
   </si>
   <si>
     <t>Ukupan promet ovlaštenih mjenjača u rujnu 2025.</t>
   </si>
   <si>
     <t>Otkupljen strani gotov novac u listopadu 2025.</t>
   </si>
   <si>
     <t>Prodan strani gotov novac u listopadu 2025.</t>
   </si>
   <si>
     <t>Otkupljeni čekovi koji glase na stranu valutu u listopadu 2025.</t>
   </si>
   <si>
     <t>Ukupan promet ovlaštenih mjenjača u listopadu 2025.</t>
   </si>
+  <si>
+    <t>Otkupljen strani gotov novac u studenom 2025.</t>
+  </si>
+  <si>
+    <t>Prodan strani gotov novac u studenom 2025.</t>
+  </si>
+  <si>
+    <t>Otkupljeni čekovi koji glase na stranu valutu u studenom 2025.</t>
+  </si>
+  <si>
+    <t>Ukupan promet ovlaštenih mjenjača u studenom 2025.</t>
+  </si>
+  <si>
+    <t>Otkupljen strani gotov novac u prosincu 2025.</t>
+  </si>
+  <si>
+    <t>Prodan strani gotov novac u prosincu 2025.</t>
+  </si>
+  <si>
+    <t>Otkupljeni čekovi koji glase na stranu valutu u prosincu 2025.</t>
+  </si>
+  <si>
+    <t>Ukupan promet ovlaštenih mjenjača u prosincu 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0.000000"/>
     <numFmt numFmtId="165" formatCode="#,##0.00000"/>
     <numFmt numFmtId="166" formatCode="[$-41A]mmm\-yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="0.000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1190,51 +1300,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF007FDE"/>
       <color rgb="FF008AF2"/>
       <color rgb="FF0099FF"/>
       <color rgb="FF0066FF"/>
       <color rgb="FF008FFA"/>
       <color rgb="FF199CFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors6.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style6.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors7.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style7.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors8.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style8.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors9.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style9.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors10.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style10.xml"/></Relationships>
 </file>
@@ -1259,50 +1369,66 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors15.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style15.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors16.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style16.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors17.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style17.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors18.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style18.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors19.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style19.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors20.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style20.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors21.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style21.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors22.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style22.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors23.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style23.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors24.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style24.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors25.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style25.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -1429,50 +1555,56 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11368915</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>13165908</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13943661</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>15099130</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18718642</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15112089</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>15321874</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>16705929</c:v>
                 </c:pt>
+                <c:pt idx="10">
+                  <c:v>11369526</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11821434</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-C7C6-4974-94EA-60F594177670}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'2025'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Prodaja stranog gotovog novca</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -1532,50 +1664,56 @@
                   <c:v>2453552</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2505870</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3137265</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2450407</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2618083</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3169450</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2726979</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>2428922</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2840197</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2458783</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2538003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C7C6-4974-94EA-60F594177670}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="75"/>
         <c:axId val="801449088"/>
         <c:axId val="801449648"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="801449088"/>
         <c:scaling>
@@ -5706,50 +5844,56 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11368915</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>13165908</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>13943661</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>15099130</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>18718642</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15112089</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>15321874</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>16705929</c:v>
                 </c:pt>
+                <c:pt idx="10">
+                  <c:v>11369526</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11821434</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-4949-4DD8-9A7C-2C28264EA7F1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'2025'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Prodaja stranog gotovog novca</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -5809,50 +5953,56 @@
                   <c:v>2453552</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2505870</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3137265</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2450407</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2618083</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3169450</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2726979</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>2428922</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2840197</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2458783</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2538003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-4949-4DD8-9A7C-2C28264EA7F1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="75"/>
         <c:overlap val="100"/>
         <c:axId val="801453008"/>
         <c:axId val="801453568"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="801453008"/>
@@ -8658,50 +8808,1200 @@
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sr-Latn-RS"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/chart27.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1"/>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>dnos otkupa i prodaje stranog gotovog novca i čekova u </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>studenom 2025.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1100" b="1"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="1"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-0DD6-4277-B82A-61D66AFC9D3E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-0DD6-4277-B82A-61D66AFC9D3E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-0DD6-4277-B82A-61D66AFC9D3E}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.05"/>
+                  <c:y val="0"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-0DD6-4277-B82A-61D66AFC9D3E}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.5000000000000001E-2"/>
+                  <c:y val="2.7777777777777735E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-0DD6-4277-B82A-61D66AFC9D3E}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.12222222222222222"/>
+                  <c:y val="4.6296296296296086E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-0DD6-4277-B82A-61D66AFC9D3E}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2025'!$B$50:$B$52</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>Otkup stranog gotovog novca</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Prodaja stranog gotovog novca</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Otkup čekova</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2025'!$M$50:$M$52</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>82.219206990529358</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>17.780793009470646</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-0DD6-4277-B82A-61D66AFC9D3E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="outEnd"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="1"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart28.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>Udio pojedinih valuta u ukupnom prometu ovlaštenih mjenjača u studenom 2025.</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-28FE-45EA-8A7C-6CBBCADA896A}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-28FE-45EA-8A7C-6CBBCADA896A}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-28FE-45EA-8A7C-6CBBCADA896A}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent4"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-28FE-45EA-8A7C-6CBBCADA896A}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="3.6111111111111011E-2"/>
+                  <c:y val="9.2592592592592587E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-28FE-45EA-8A7C-6CBBCADA896A}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-9.166666666666666E-2"/>
+                  <c:y val="8.3333333333333329E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-28FE-45EA-8A7C-6CBBCADA896A}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.1111111111111162E-2"/>
+                  <c:y val="1.3888888888888867E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-28FE-45EA-8A7C-6CBBCADA896A}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.17222222222222211"/>
+                  <c:y val="1.3888888888888911E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-28FE-45EA-8A7C-6CBBCADA896A}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2025'!$B$40:$B$42</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>USD</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>CHF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Ostale valute</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2025'!$M$40:$M$42</c:f>
+              <c:numCache>
+                <c:formatCode>0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>50.686464990043255</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>21.041907582481706</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>28.271627427475039</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000008-28FE-45EA-8A7C-6CBBCADA896A}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart29.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1"/>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>dnos otkupa i prodaje stranog gotovog novca i čekova u </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>prosincu 2025.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1100" b="1"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="1"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.05"/>
+                  <c:y val="0"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.5000000000000001E-2"/>
+                  <c:y val="2.7777777777777735E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.12222222222222222"/>
+                  <c:y val="4.6296296296296086E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2025'!$B$50:$B$52</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>Otkup stranog gotovog novca</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Prodaja stranog gotovog novca</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Otkup čekova</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2025'!$N$50:$N$52</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>82.325191440305076</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>17.674808559694924</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-67B4-4C8F-98BE-94DF68BEFFCB}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="outEnd"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="1"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1000"/>
@@ -8792,50 +10092,56 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>56.185526478428315</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>48.069256211658924</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>53.073270160889905</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>55.171470817673182</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>54.616377708938721</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>52.786294665169734</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>56.772282212020244</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>53.823545392063878</c:v>
                 </c:pt>
+                <c:pt idx="10">
+                  <c:v>50.686464990043255</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>55.757332268667639</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-4EB3-429C-9EB5-8C99D2B2E2C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'2025'!$B$41</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CHF</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -8895,50 +10201,56 @@
                   <c:v>22.416890905037317</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>17.381710779662534</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>27.575963280276788</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>20.084966098713267</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>17.19088098111142</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>15.917285069890971</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>16.159252265869494</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>19.051461128841769</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>20.369673253922542</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>21.041907582481706</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>23.23456692626598</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-4EB3-429C-9EB5-8C99D2B2E2C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'2025'!$B$42</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Ostale valute</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
@@ -9000,50 +10312,56 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>26.432762741909151</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>24.354780508064287</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>26.841763740396829</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>27.637648201215399</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>29.466337221170306</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>31.054453068960772</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>24.176256659137987</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>25.80678135401358</c:v>
                 </c:pt>
+                <c:pt idx="10">
+                  <c:v>28.271627427475039</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>21.00810080506638</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-4EB3-429C-9EB5-8C99D2B2E2C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="55"/>
         <c:overlap val="100"/>
         <c:axId val="801417424"/>
         <c:axId val="801417984"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="801417424"/>
         <c:scaling>
@@ -9081,50 +10399,456 @@
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800">
           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="sr-Latn-RS"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.7500000000000091" l="0.70000000000000062" r="0.70000000000000062" t="0.7500000000000091" header="0.30000000000000032" footer="0.30000000000000032"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart30.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1100" b="1"/>
+              <a:t>Udio pojedinih valuta u ukupnom prometu ovlaštenih mjenjača u prosincu 2025.</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-5C11-47B5-802E-762AB888E3C5}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-5C11-47B5-802E-762AB888E3C5}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-5C11-47B5-802E-762AB888E3C5}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent4"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-5C11-47B5-802E-762AB888E3C5}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="3.6111111111111011E-2"/>
+                  <c:y val="9.2592592592592587E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-5C11-47B5-802E-762AB888E3C5}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-9.166666666666666E-2"/>
+                  <c:y val="8.3333333333333329E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-5C11-47B5-802E-762AB888E3C5}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-1.1111111111111162E-2"/>
+                  <c:y val="1.3888888888888867E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-5C11-47B5-802E-762AB888E3C5}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.17222222222222211"/>
+                  <c:y val="1.3888888888888911E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-5C11-47B5-802E-762AB888E3C5}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2025'!$B$40:$B$42</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>USD</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>CHF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Ostale valute</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2025'!$N$40:$N$42</c:f>
+              <c:numCache>
+                <c:formatCode>0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>55.757332268667639</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>23.23456692626598</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>21.00810080506638</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000008-5C11-47B5-802E-762AB888E3C5}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -9650,85 +11374,129 @@
             <c:numRef>
               <c:f>'listopad 2025'!$E$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>16.705929000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000013-D320-4541-9E8A-D45A9E6B72D5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="10"/>
           <c:tx>
             <c:v>Studeni</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'studeni 2025'!$E$80</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>11.369526</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000014-D320-4541-9E8A-D45A9E6B72D5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="11"/>
           <c:tx>
             <c:v>Prosinac</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'prosinac 2025'!$E$80</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>11.821434</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000015-D320-4541-9E8A-D45A9E6B72D5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="841732432"/>
         <c:axId val="841732992"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="841732432"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
@@ -10363,85 +12131,129 @@
             <c:numRef>
               <c:f>'listopad 2025'!$E$81</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2.8401969999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000013-7F76-4053-B4A7-3F6A4E7588CD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="10"/>
           <c:tx>
             <c:v>Studeni</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'studeni 2025'!$E$81</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>2.4587829999999999</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000014-7F76-4053-B4A7-3F6A4E7588CD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="11"/>
           <c:tx>
             <c:v>Prosinac</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'prosinac 2025'!$E$81</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>2.5380029999999998</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000015-7F76-4053-B4A7-3F6A4E7588CD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="841741392"/>
         <c:axId val="841741952"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="841741392"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
@@ -11433,102 +13245,102 @@
                 <c:pt idx="13">
                   <c:v>RON</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>BGN</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>BAM</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>PLN</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>ostale valute</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2025'!$P$15:$P$32</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="18"/>
                 <c:pt idx="0">
-                  <c:v>3.2470807471299712</c:v>
+                  <c:v>3.2030638557942983</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2.6311364642261368</c:v>
+                  <c:v>2.623341984958496</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.449291874060809</c:v>
+                  <c:v>0.42851510429415784</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2.8653327465827872E-2</c:v>
+                  <c:v>3.0128207300295855E-2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5.0319320731273338</c:v>
+                  <c:v>5.1464106631204913</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.18190340118153542</c:v>
+                  <c:v>0.17046871532853536</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2.3673926015661411E-2</c:v>
+                  <c:v>2.1582576371002977E-2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3.3123445909873988E-3</c:v>
+                  <c:v>5.1867629488885998E-3</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2.670957354033146E-2</c:v>
+                  <c:v>2.6209527989824202E-2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>19.250094465123173</c:v>
+                  <c:v>19.654502795083715</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>4.8833451756431447</c:v>
+                  <c:v>4.7971993689727777</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>54.948916365206749</c:v>
+                  <c:v>54.715452364620617</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>0.15696973013723664</c:v>
+                  <c:v>0.15232540275009609</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>8.7683753562181124E-3</c:v>
+                  <c:v>7.7702799065035178E-3</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>1.4321794322844168E-4</c:v>
+                  <c:v>1.2330646036726414E-4</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>8.5083878137731119</c:v>
+                  <c:v>8.4427903819915269</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>0.52725972235437257</c:v>
+                  <c:v>0.48951776959289228</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>9.2421403124177987E-2</c:v>
+                  <c:v>8.5410932515513599E-2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000024-E3BB-4133-9682-8480E2D83815}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="75"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -13257,50 +15069,210 @@
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
+<file path=xl/charts/colors22.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors23.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors24.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors25.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
 <file path=xl/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
@@ -20803,50 +22775,2126 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
+<file path=xl/charts/style22.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style23.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style24.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style25.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=xl/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:spPr>
@@ -24446,50 +28494,58 @@
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart23.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart25.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart27.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart29.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart13.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart15.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart17.xml"/></Relationships>
 </file>
@@ -24843,50 +28899,212 @@
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Grafikon 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625373D7-5F25-4642-9670-554734966EFB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Grafikon 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83745E3-785A-49F2-97FB-081B02EE9E06}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>285750</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="3" name="Grafikon 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{873DE8AF-9C4F-4FA3-8F4E-617916271531}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Grafikon 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F98CC71-2505-42DE-B358-28F19658B7B0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>285750</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="3" name="Grafikon 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4D26DFA-DC9B-4E9C-86BD-7F1D5C5995FF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
@@ -25845,94 +30063,102 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="M90:P108"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="P54" sqref="P54"/>
+      <selection activeCell="O14" sqref="O14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="90" spans="13:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M90" s="64"/>
       <c r="N90" s="30"/>
       <c r="O90" s="30"/>
       <c r="P90" s="63"/>
     </row>
     <row r="91" spans="13:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N91" s="30"/>
       <c r="O91" s="30"/>
       <c r="P91" s="63"/>
     </row>
     <row r="92" spans="13:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N92" s="30"/>
       <c r="O92" s="30"/>
       <c r="P92" s="63"/>
     </row>
     <row r="93" spans="13:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -27014,51 +31240,51 @@
         <v>2.428922</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B79:E79"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="D56:E56"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
     <ignoredError sqref="B6:B22 B32:B48 B58:B71" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A903D62B-311B-49E4-A2D1-092399C5BE00}">
   <dimension ref="B2:Q81"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A31" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="E43" sqref="E43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="33" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" style="33" customWidth="1"/>
     <col min="3" max="3" width="10.83203125" style="33" customWidth="1"/>
     <col min="4" max="4" width="13.83203125" style="33" customWidth="1"/>
     <col min="5" max="5" width="14.1640625" style="33" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" style="33" customWidth="1"/>
     <col min="7" max="7" width="11.5" style="33" customWidth="1"/>
     <col min="8" max="9" width="17.83203125" style="33" customWidth="1"/>
     <col min="10" max="16384" width="9.33203125" style="33"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="29" t="s">
         <v>111</v>
       </c>
       <c r="C2" s="28"/>
       <c r="D2" s="42"/>
       <c r="E2" s="42"/>
     </row>
     <row r="3" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -28022,58 +32248,2080 @@
       <c r="D81" s="11"/>
       <c r="E81" s="19">
         <f>+E51</f>
         <v>2.8401969999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B79:E79"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="D56:E56"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
     <ignoredError sqref="B6:B22 A32:B48 B58:B71" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A4A84DE-2D60-4A11-B482-5AE2DA694F2D}">
+  <dimension ref="B2:Q81"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A31" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="O23" sqref="O23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.83203125" style="33" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" style="33" customWidth="1"/>
+    <col min="3" max="3" width="10.83203125" style="33" customWidth="1"/>
+    <col min="4" max="4" width="13.83203125" style="33" customWidth="1"/>
+    <col min="5" max="5" width="14.1640625" style="33" customWidth="1"/>
+    <col min="6" max="6" width="10.33203125" style="33" customWidth="1"/>
+    <col min="7" max="7" width="11.5" style="33" customWidth="1"/>
+    <col min="8" max="9" width="17.83203125" style="33" customWidth="1"/>
+    <col min="10" max="16384" width="9.33203125" style="33"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+    </row>
+    <row r="3" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="35"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="42"/>
+    </row>
+    <row r="4" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="69"/>
+      <c r="D4" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" s="69"/>
+    </row>
+    <row r="5" spans="2:5" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B5" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" s="36" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="66">
+        <v>702460</v>
+      </c>
+      <c r="E6" s="66">
+        <v>385758</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="66">
+        <v>549220</v>
+      </c>
+      <c r="E7" s="66">
+        <v>330056</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="66">
+        <v>694800</v>
+      </c>
+      <c r="E8" s="66">
+        <v>27277</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="66">
+        <v>31110</v>
+      </c>
+      <c r="E9" s="66">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="66">
+        <v>237112500</v>
+      </c>
+      <c r="E10" s="66">
+        <v>575166</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="66">
+        <v>1986000</v>
+      </c>
+      <c r="E11" s="66">
+        <v>10269</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="66">
+        <v>12050</v>
+      </c>
+      <c r="E12" s="66">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" s="66">
+        <v>16850</v>
+      </c>
+      <c r="E13" s="66">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="66">
+        <v>21300</v>
+      </c>
+      <c r="E14" s="66">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="66">
+        <v>2505260</v>
+      </c>
+      <c r="E15" s="66">
+        <v>2627847</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="66">
+        <v>307860</v>
+      </c>
+      <c r="E16" s="66">
+        <v>338630</v>
+      </c>
+    </row>
+    <row r="17" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="66">
+        <v>7399555</v>
+      </c>
+      <c r="E17" s="66">
+        <v>6250931</v>
+      </c>
+    </row>
+    <row r="18" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="66">
+        <v>1513960</v>
+      </c>
+      <c r="E18" s="66">
+        <v>10997</v>
+      </c>
+    </row>
+    <row r="19" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" s="66">
+        <v>2053</v>
+      </c>
+      <c r="E19" s="66">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="20" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="66">
+        <v>0</v>
+      </c>
+      <c r="E20" s="66">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="66">
+        <v>1543887</v>
+      </c>
+      <c r="E21" s="66">
+        <v>778214</v>
+      </c>
+      <c r="H21" s="14"/>
+    </row>
+    <row r="22" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="66">
+        <v>112945</v>
+      </c>
+      <c r="E22" s="66">
+        <v>25674</v>
+      </c>
+      <c r="H22" s="14"/>
+    </row>
+    <row r="23" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="39"/>
+      <c r="E23" s="39">
+        <v>2749</v>
+      </c>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+    </row>
+    <row r="24" spans="2:17" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16">
+        <f>SUM(E6:E23)</f>
+        <v>11369526</v>
+      </c>
+      <c r="H24" s="21"/>
+      <c r="I24" s="21"/>
+    </row>
+    <row r="25" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="9">
+        <f>+E24/1000000</f>
+        <v>11.369526</v>
+      </c>
+      <c r="I25" s="14"/>
+    </row>
+    <row r="26" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="34"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="31"/>
+    </row>
+    <row r="27" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="34"/>
+      <c r="D27" s="31"/>
+      <c r="E27" s="31"/>
+    </row>
+    <row r="28" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="42"/>
+      <c r="D28" s="42"/>
+      <c r="E28" s="42"/>
+    </row>
+    <row r="29" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="32"/>
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="42"/>
+      <c r="Q29" s="22"/>
+    </row>
+    <row r="30" spans="2:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C30" s="69"/>
+      <c r="D30" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="69"/>
+      <c r="Q30" s="22"/>
+    </row>
+    <row r="31" spans="2:17" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B31" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D31" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E31" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q31" s="22"/>
+    </row>
+    <row r="32" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C32" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="39">
+        <v>28625</v>
+      </c>
+      <c r="E32" s="39">
+        <v>16418</v>
+      </c>
+      <c r="Q32" s="22"/>
+    </row>
+    <row r="33" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="30">
+        <v>124</v>
+      </c>
+      <c r="C33" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="39">
+        <v>15715</v>
+      </c>
+      <c r="E33" s="39">
+        <v>9827</v>
+      </c>
+      <c r="Q33" s="22"/>
+    </row>
+    <row r="34" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" s="39">
+        <v>548700</v>
+      </c>
+      <c r="E34" s="39">
+        <v>23973</v>
+      </c>
+    </row>
+    <row r="35" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D35" s="39">
+        <v>31310</v>
+      </c>
+      <c r="E35" s="39">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="36" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="39">
+        <v>187948038</v>
+      </c>
+      <c r="E36" s="39">
+        <v>478405</v>
+      </c>
+    </row>
+    <row r="37" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D37" s="39">
+        <v>1279000</v>
+      </c>
+      <c r="E37" s="39">
+        <v>7481</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D38" s="39">
+        <v>9600</v>
+      </c>
+      <c r="E38" s="39">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="39" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C39" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="39">
+        <v>644575</v>
+      </c>
+      <c r="E39" s="39">
+        <v>4622</v>
+      </c>
+    </row>
+    <row r="40" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D40" s="39">
+        <v>23220</v>
+      </c>
+      <c r="E40" s="39">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="41" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D41" s="39">
+        <v>258053</v>
+      </c>
+      <c r="E41" s="39">
+        <v>281893</v>
+      </c>
+    </row>
+    <row r="42" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" s="39">
+        <v>124900</v>
+      </c>
+      <c r="E42" s="39">
+        <v>145655</v>
+      </c>
+    </row>
+    <row r="43" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D43" s="39">
+        <v>861066</v>
+      </c>
+      <c r="E43" s="39">
+        <v>758150</v>
+      </c>
+    </row>
+    <row r="44" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="39">
+        <v>718293</v>
+      </c>
+      <c r="E44" s="39">
+        <v>6756</v>
+      </c>
+    </row>
+    <row r="45" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D45" s="39">
+        <v>686</v>
+      </c>
+      <c r="E45" s="39">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="46" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D46" s="39">
+        <v>0</v>
+      </c>
+      <c r="E46" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D47" s="39">
+        <v>1352511</v>
+      </c>
+      <c r="E47" s="39">
+        <v>704523</v>
+      </c>
+    </row>
+    <row r="48" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C48" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D48" s="39">
+        <v>20755</v>
+      </c>
+      <c r="E48" s="39">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D49" s="39"/>
+      <c r="E49" s="39">
+        <v>9013</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" s="10"/>
+      <c r="D50" s="16"/>
+      <c r="E50" s="16">
+        <f>SUM(E32:E49)</f>
+        <v>2458783</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="18"/>
+      <c r="E51" s="9">
+        <f>+E50/1000000</f>
+        <v>2.4587829999999999</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="34"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+    </row>
+    <row r="53" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="34"/>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+    </row>
+    <row r="54" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="37" t="s">
+        <v>117</v>
+      </c>
+      <c r="C54" s="42"/>
+      <c r="D54" s="42"/>
+      <c r="E54" s="42"/>
+    </row>
+    <row r="55" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="35"/>
+      <c r="C55" s="42"/>
+      <c r="D55" s="42"/>
+      <c r="E55" s="42"/>
+    </row>
+    <row r="56" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="69"/>
+      <c r="D56" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="E56" s="69"/>
+    </row>
+    <row r="57" spans="2:5" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B57" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C57" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D57" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E57" s="36" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="58" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C58" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="39">
+        <v>0</v>
+      </c>
+      <c r="E58" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="30">
+        <v>124</v>
+      </c>
+      <c r="C59" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="39">
+        <v>0</v>
+      </c>
+      <c r="E59" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" s="39">
+        <v>0</v>
+      </c>
+      <c r="E60" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" s="39">
+        <v>0</v>
+      </c>
+      <c r="E61" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" s="39">
+        <v>0</v>
+      </c>
+      <c r="E62" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C63" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" s="39">
+        <v>0</v>
+      </c>
+      <c r="E63" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C64" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D64" s="39">
+        <v>0</v>
+      </c>
+      <c r="E64" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D65" s="39">
+        <v>0</v>
+      </c>
+      <c r="E65" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D66" s="39">
+        <v>0</v>
+      </c>
+      <c r="E66" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" s="39">
+        <v>0</v>
+      </c>
+      <c r="E67" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D68" s="39">
+        <v>0</v>
+      </c>
+      <c r="E68" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D69" s="39">
+        <v>0</v>
+      </c>
+      <c r="E69" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D70" s="39">
+        <v>0</v>
+      </c>
+      <c r="E70" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C71" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D71" s="39">
+        <v>0</v>
+      </c>
+      <c r="E71" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C72" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D72" s="39"/>
+      <c r="E72" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C73" s="10"/>
+      <c r="D73" s="16"/>
+      <c r="E73" s="16">
+        <f>SUM(E58:E72)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="9">
+        <f>+E73/1000000</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="34"/>
+      <c r="D75" s="39"/>
+      <c r="E75" s="39"/>
+    </row>
+    <row r="76" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="34"/>
+      <c r="D76" s="39"/>
+      <c r="E76" s="39"/>
+    </row>
+    <row r="77" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="40" t="s">
+        <v>118</v>
+      </c>
+      <c r="C77" s="42"/>
+      <c r="D77" s="39"/>
+      <c r="E77" s="39"/>
+    </row>
+    <row r="78" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="C78" s="42"/>
+      <c r="D78" s="39"/>
+      <c r="E78" s="39"/>
+    </row>
+    <row r="79" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="68"/>
+      <c r="C79" s="68"/>
+      <c r="D79" s="68"/>
+      <c r="E79" s="68"/>
+    </row>
+    <row r="80" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E80" s="14">
+        <f>+E25+E74</f>
+        <v>11.369526</v>
+      </c>
+    </row>
+    <row r="81" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="19">
+        <f>+E51</f>
+        <v>2.4587829999999999</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="B79:E79"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="A6:B22 A32:B48 B58:B71" numberStoredAsText="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{329AACFB-69AC-47FD-BE73-316774D11B0F}">
+  <dimension ref="B2:Q81"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="S44" sqref="S44"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.83203125" style="33" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" style="33" customWidth="1"/>
+    <col min="3" max="3" width="10.83203125" style="33" customWidth="1"/>
+    <col min="4" max="4" width="13.83203125" style="33" customWidth="1"/>
+    <col min="5" max="5" width="14.1640625" style="33" customWidth="1"/>
+    <col min="6" max="6" width="10.33203125" style="33" customWidth="1"/>
+    <col min="7" max="7" width="11.5" style="33" customWidth="1"/>
+    <col min="8" max="9" width="17.83203125" style="33" customWidth="1"/>
+    <col min="10" max="16384" width="9.33203125" style="33"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+    </row>
+    <row r="3" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="35"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="42"/>
+    </row>
+    <row r="4" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" s="69"/>
+      <c r="D4" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" s="69"/>
+    </row>
+    <row r="5" spans="2:5" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B5" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" s="36" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="66">
+        <v>699365</v>
+      </c>
+      <c r="E6" s="66">
+        <v>383682</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="66">
+        <v>569140</v>
+      </c>
+      <c r="E7" s="66">
+        <v>343300</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="66">
+        <v>300800</v>
+      </c>
+      <c r="E8" s="66">
+        <v>11587</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="66">
+        <v>25250</v>
+      </c>
+      <c r="E9" s="66">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="66">
+        <v>123822000</v>
+      </c>
+      <c r="E10" s="66">
+        <v>307309</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="66">
+        <v>1150000</v>
+      </c>
+      <c r="E11" s="66">
+        <v>5945</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="66">
+        <v>14250</v>
+      </c>
+      <c r="E12" s="66">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" s="66">
+        <v>0</v>
+      </c>
+      <c r="E13" s="66">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="66">
+        <v>30800</v>
+      </c>
+      <c r="E14" s="66">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="66">
+        <v>2811283</v>
+      </c>
+      <c r="E15" s="66">
+        <v>2932132</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="66">
+        <v>446670</v>
+      </c>
+      <c r="E16" s="66">
+        <v>493165</v>
+      </c>
+    </row>
+    <row r="17" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="66">
+        <v>8294269</v>
+      </c>
+      <c r="E17" s="66">
+        <v>6934455</v>
+      </c>
+    </row>
+    <row r="18" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="66">
+        <v>629280</v>
+      </c>
+      <c r="E18" s="66">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="19" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" s="66">
+        <v>0</v>
+      </c>
+      <c r="E19" s="66">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="66">
+        <v>0</v>
+      </c>
+      <c r="E20" s="66">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="66">
+        <v>744698</v>
+      </c>
+      <c r="E21" s="66">
+        <v>369840</v>
+      </c>
+      <c r="H21" s="14"/>
+    </row>
+    <row r="22" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="66">
+        <v>135645</v>
+      </c>
+      <c r="E22" s="66">
+        <v>29501</v>
+      </c>
+      <c r="H22" s="14"/>
+    </row>
+    <row r="23" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="39"/>
+      <c r="E23" s="39">
+        <v>63</v>
+      </c>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+    </row>
+    <row r="24" spans="2:17" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16">
+        <f>SUM(E6:E23)</f>
+        <v>11821434</v>
+      </c>
+      <c r="H24" s="21"/>
+      <c r="I24" s="21"/>
+    </row>
+    <row r="25" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="9">
+        <f>+E24/1000000</f>
+        <v>11.821434</v>
+      </c>
+      <c r="I25" s="14"/>
+    </row>
+    <row r="26" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="34"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="31"/>
+    </row>
+    <row r="27" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="34"/>
+      <c r="D27" s="31"/>
+      <c r="E27" s="31"/>
+    </row>
+    <row r="28" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="40" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="42"/>
+      <c r="D28" s="42"/>
+      <c r="E28" s="42"/>
+    </row>
+    <row r="29" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="32"/>
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="42"/>
+      <c r="Q29" s="22"/>
+    </row>
+    <row r="30" spans="2:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C30" s="69"/>
+      <c r="D30" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="69"/>
+      <c r="Q30" s="22"/>
+    </row>
+    <row r="31" spans="2:17" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B31" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D31" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E31" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q31" s="22"/>
+    </row>
+    <row r="32" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C32" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="39">
+        <v>69630</v>
+      </c>
+      <c r="E32" s="39">
+        <v>40178</v>
+      </c>
+      <c r="Q32" s="22"/>
+    </row>
+    <row r="33" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="30">
+        <v>124</v>
+      </c>
+      <c r="C33" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="39">
+        <v>67880</v>
+      </c>
+      <c r="E33" s="39">
+        <v>42672</v>
+      </c>
+      <c r="Q33" s="22"/>
+    </row>
+    <row r="34" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" s="39">
+        <v>502600</v>
+      </c>
+      <c r="E34" s="39">
+        <v>21684</v>
+      </c>
+    </row>
+    <row r="35" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D35" s="39">
+        <v>5550</v>
+      </c>
+      <c r="E35" s="39">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="36" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="39">
+        <v>111913200</v>
+      </c>
+      <c r="E36" s="39">
+        <v>289610</v>
+      </c>
+    </row>
+    <row r="37" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D37" s="39">
+        <v>768000</v>
+      </c>
+      <c r="E37" s="39">
+        <v>4396</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D38" s="39">
+        <v>1350</v>
+      </c>
+      <c r="E38" s="39">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="39" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C39" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="39">
+        <v>0</v>
+      </c>
+      <c r="E39" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D40" s="39">
+        <v>11970</v>
+      </c>
+      <c r="E40" s="39">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="41" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D41" s="39">
+        <v>372182</v>
+      </c>
+      <c r="E41" s="39">
+        <v>404221</v>
+      </c>
+    </row>
+    <row r="42" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" s="39">
+        <v>191700</v>
+      </c>
+      <c r="E42" s="39">
+        <v>224397</v>
+      </c>
+    </row>
+    <row r="43" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D43" s="39">
+        <v>1231412</v>
+      </c>
+      <c r="E43" s="39">
+        <v>1071984</v>
+      </c>
+    </row>
+    <row r="44" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="39">
+        <v>1298431</v>
+      </c>
+      <c r="E44" s="39">
+        <v>12238</v>
+      </c>
+    </row>
+    <row r="45" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D45" s="39">
+        <v>0</v>
+      </c>
+      <c r="E45" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D46" s="39">
+        <v>0</v>
+      </c>
+      <c r="E46" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D47" s="39">
+        <v>786442</v>
+      </c>
+      <c r="E47" s="39">
+        <v>412749</v>
+      </c>
+    </row>
+    <row r="48" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C48" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D48" s="39">
+        <v>48285</v>
+      </c>
+      <c r="E48" s="39">
+        <v>11887</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D49" s="39"/>
+      <c r="E49" s="39">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" s="10"/>
+      <c r="D50" s="16"/>
+      <c r="E50" s="16">
+        <f>SUM(E32:E49)</f>
+        <v>2538003</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="18"/>
+      <c r="E51" s="9">
+        <f>+E50/1000000</f>
+        <v>2.5380029999999998</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="34"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+    </row>
+    <row r="53" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="34"/>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+    </row>
+    <row r="54" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="37" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" s="42"/>
+      <c r="D54" s="42"/>
+      <c r="E54" s="42"/>
+    </row>
+    <row r="55" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="35"/>
+      <c r="C55" s="42"/>
+      <c r="D55" s="42"/>
+      <c r="E55" s="42"/>
+    </row>
+    <row r="56" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="69" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="69"/>
+      <c r="D56" s="69" t="s">
+        <v>54</v>
+      </c>
+      <c r="E56" s="69"/>
+    </row>
+    <row r="57" spans="2:5" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B57" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C57" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="D57" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E57" s="36" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="58" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C58" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="39">
+        <v>0</v>
+      </c>
+      <c r="E58" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="30">
+        <v>124</v>
+      </c>
+      <c r="C59" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="39">
+        <v>0</v>
+      </c>
+      <c r="E59" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" s="39">
+        <v>0</v>
+      </c>
+      <c r="E60" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" s="39">
+        <v>0</v>
+      </c>
+      <c r="E61" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" s="39">
+        <v>0</v>
+      </c>
+      <c r="E62" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C63" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" s="39">
+        <v>0</v>
+      </c>
+      <c r="E63" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C64" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D64" s="39">
+        <v>0</v>
+      </c>
+      <c r="E64" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D65" s="39">
+        <v>0</v>
+      </c>
+      <c r="E65" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D66" s="39">
+        <v>0</v>
+      </c>
+      <c r="E66" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" s="39">
+        <v>0</v>
+      </c>
+      <c r="E67" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D68" s="39">
+        <v>0</v>
+      </c>
+      <c r="E68" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D69" s="39">
+        <v>0</v>
+      </c>
+      <c r="E69" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D70" s="39">
+        <v>0</v>
+      </c>
+      <c r="E70" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C71" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D71" s="39">
+        <v>0</v>
+      </c>
+      <c r="E71" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="C72" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="D72" s="39"/>
+      <c r="E72" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" s="27" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C73" s="10"/>
+      <c r="D73" s="16"/>
+      <c r="E73" s="16">
+        <f>SUM(E58:E72)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="9">
+        <f>+E73/1000000</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="34"/>
+      <c r="D75" s="39"/>
+      <c r="E75" s="39"/>
+    </row>
+    <row r="76" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="34"/>
+      <c r="D76" s="39"/>
+      <c r="E76" s="39"/>
+    </row>
+    <row r="77" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C77" s="42"/>
+      <c r="D77" s="39"/>
+      <c r="E77" s="39"/>
+    </row>
+    <row r="78" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="C78" s="42"/>
+      <c r="D78" s="39"/>
+      <c r="E78" s="39"/>
+    </row>
+    <row r="79" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="68"/>
+      <c r="C79" s="68"/>
+      <c r="D79" s="68"/>
+      <c r="E79" s="68"/>
+    </row>
+    <row r="80" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E80" s="14">
+        <f>+E25+E74</f>
+        <v>11.821434</v>
+      </c>
+    </row>
+    <row r="81" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="19">
+        <f>+E51</f>
+        <v>2.5380029999999998</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="B79:E79"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="B58:B71 B32:B48 B6:B22" numberStoredAsText="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:Q53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+      <selection activeCell="N53" sqref="N53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="33.1640625" style="2" customWidth="1"/>
     <col min="3" max="14" width="16.1640625" style="54" customWidth="1"/>
     <col min="15" max="15" width="19.5" style="2" customWidth="1"/>
     <col min="16" max="16" width="11.6640625" style="2" customWidth="1"/>
     <col min="17" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" s="38" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="44" t="s">
         <v>72</v>
       </c>
       <c r="C2" s="54"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="54"/>
       <c r="H2" s="54"/>
       <c r="I2" s="54"/>
       <c r="J2" s="54"/>
       <c r="K2" s="54"/>
@@ -28159,151 +34407,163 @@
       </c>
       <c r="G6" s="58">
         <f>+'svibanj 2025'!$E$24+'svibanj 2025'!$E$73</f>
         <v>13943661</v>
       </c>
       <c r="H6" s="58">
         <f>+'lipanj 2025'!$E$24+'lipanj 2025'!$E$73</f>
         <v>15099130</v>
       </c>
       <c r="I6" s="58">
         <f>+'srpanj 2025'!$E$24+'srpanj 2025'!$E$73</f>
         <v>18718642</v>
       </c>
       <c r="J6" s="58">
         <f>+'kolovoz 2025'!$E$24+'kolovoz 2025'!$E$73</f>
         <v>15112089</v>
       </c>
       <c r="K6" s="58">
         <f>+'rujan 2025'!$E$24+'rujan 2025'!$E$73</f>
         <v>15321874</v>
       </c>
       <c r="L6" s="58">
         <f>+'listopad 2025'!$E$24+'listopad 2025'!$E$73</f>
         <v>16705929</v>
       </c>
-      <c r="M6" s="58"/>
-      <c r="N6" s="58"/>
+      <c r="M6" s="58">
+        <f>+'studeni 2025'!$E$24+'studeni 2025'!$E$73</f>
+        <v>11369526</v>
+      </c>
+      <c r="N6" s="58">
+        <f>+'prosinac 2025'!$E$24+'prosinac 2025'!$E$73</f>
+        <v>11821434</v>
+      </c>
     </row>
     <row r="7" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="43" t="s">
         <v>84</v>
       </c>
       <c r="C7" s="48">
         <f>+'siječanj 2025'!$E$50</f>
         <v>2770257</v>
       </c>
       <c r="D7" s="58">
         <f>+'veljača 2025'!$E$50</f>
         <v>2453552</v>
       </c>
       <c r="E7" s="58">
         <f>+'ožujak 2025'!$E$50</f>
         <v>2505870</v>
       </c>
       <c r="F7" s="58">
         <f>+'travanj 2025'!$E$50</f>
         <v>3137265</v>
       </c>
       <c r="G7" s="58">
         <f>+'svibanj 2025'!$E$50</f>
         <v>2450407</v>
       </c>
       <c r="H7" s="58">
         <f>+'lipanj 2025'!$E$50</f>
         <v>2618083</v>
       </c>
       <c r="I7" s="58">
         <f>+'srpanj 2025'!$E$50</f>
         <v>3169450</v>
       </c>
       <c r="J7" s="58">
         <f>+'kolovoz 2025'!$E$50</f>
         <v>2726979</v>
       </c>
       <c r="K7" s="58">
         <f>+'rujan 2025'!$E$50</f>
         <v>2428922</v>
       </c>
       <c r="L7" s="58">
         <f>+'listopad 2025'!$E$50</f>
         <v>2840197</v>
       </c>
-      <c r="M7" s="58"/>
-      <c r="N7" s="58"/>
+      <c r="M7" s="58">
+        <f>+'studeni 2025'!$E$50</f>
+        <v>2458783</v>
+      </c>
+      <c r="N7" s="58">
+        <f>+'prosinac 2025'!$E$50</f>
+        <v>2538003</v>
+      </c>
     </row>
     <row r="8" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="46" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="7">
         <f t="shared" ref="C8:N8" si="0">SUM(C6:C7)</f>
         <v>17040215</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" si="0"/>
         <v>16205597</v>
       </c>
       <c r="E8" s="7">
         <f t="shared" si="0"/>
         <v>13874785</v>
       </c>
       <c r="F8" s="7">
         <f t="shared" si="0"/>
         <v>16303173</v>
       </c>
       <c r="G8" s="7">
         <f t="shared" si="0"/>
         <v>16394068</v>
       </c>
       <c r="H8" s="7">
         <f t="shared" si="0"/>
         <v>17717213</v>
       </c>
       <c r="I8" s="7">
         <f t="shared" si="0"/>
         <v>21888092</v>
       </c>
       <c r="J8" s="7">
         <f t="shared" si="0"/>
         <v>17839068</v>
       </c>
       <c r="K8" s="7">
         <f t="shared" si="0"/>
         <v>17750796</v>
       </c>
       <c r="L8" s="7">
         <f t="shared" si="0"/>
         <v>19546126</v>
       </c>
       <c r="M8" s="7">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>13828309</v>
       </c>
       <c r="N8" s="7">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>14359437</v>
       </c>
     </row>
     <row r="9" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="12"/>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="13"/>
       <c r="L9" s="13"/>
       <c r="M9" s="13"/>
       <c r="N9" s="13"/>
     </row>
     <row r="10" spans="2:17" s="43" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="42"/>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13"/>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
@@ -28432,1074 +34692,1182 @@
       </c>
       <c r="G15" s="58">
         <f>+'svibanj 2025'!$E6+'svibanj 2025'!$E32</f>
         <v>494322</v>
       </c>
       <c r="H15" s="58">
         <f>+'lipanj 2025'!$E6+'lipanj 2025'!$E32</f>
         <v>720644</v>
       </c>
       <c r="I15" s="58">
         <f>+'srpanj 2025'!$E6+'srpanj 2025'!$E32</f>
         <v>1137787</v>
       </c>
       <c r="J15" s="58">
         <f>+'kolovoz 2025'!$E6+'kolovoz 2025'!$E32</f>
         <v>817508</v>
       </c>
       <c r="K15" s="58">
         <f>+'rujan 2025'!$E6+'rujan 2025'!$E32</f>
         <v>808502</v>
       </c>
       <c r="L15" s="58">
         <f>+'listopad 2025'!$E6+'listopad 2025'!$E32</f>
         <v>704684</v>
       </c>
-      <c r="M15" s="58"/>
-      <c r="N15" s="58"/>
+      <c r="M15" s="58">
+        <f>+'studeni 2025'!$E6+'studeni 2025'!$E32</f>
+        <v>402176</v>
+      </c>
+      <c r="N15" s="58">
+        <f>+'prosinac 2025'!$E6+'prosinac 2025'!$E32</f>
+        <v>423860</v>
+      </c>
       <c r="O15" s="3">
         <f>SUM(C15:N15)</f>
-        <v>5668076</v>
+        <v>6494112</v>
       </c>
       <c r="P15" s="58">
         <f>+(O15/O33)*100</f>
-        <v>3.2470807471299712</v>
+        <v>3.2030638557942983</v>
       </c>
       <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="58">
         <f>+'siječanj 2025'!$E7+'siječanj 2025'!$E33</f>
         <v>327131</v>
       </c>
       <c r="D16" s="58">
         <f>+'veljača 2025'!$E7+'veljača 2025'!$E33</f>
         <v>266728</v>
       </c>
       <c r="E16" s="58">
         <f>+'ožujak 2025'!$E7+'ožujak 2025'!$E33</f>
         <v>264722</v>
       </c>
       <c r="F16" s="58">
         <f>+'travanj 2025'!$E7+'travanj 2025'!$E33</f>
         <v>280339</v>
       </c>
       <c r="G16" s="58">
         <f>+'svibanj 2025'!$E7+'svibanj 2025'!$E33</f>
         <v>327170</v>
       </c>
       <c r="H16" s="58">
         <f>+'lipanj 2025'!$E7+'lipanj 2025'!$E33</f>
         <v>540758</v>
       </c>
       <c r="I16" s="58">
         <f>+'srpanj 2025'!$E7+'srpanj 2025'!$E33</f>
         <v>917660</v>
       </c>
       <c r="J16" s="58">
         <f>+'kolovoz 2025'!$E7+'kolovoz 2025'!$E33</f>
         <v>570056</v>
       </c>
       <c r="K16" s="58">
         <f>+'rujan 2025'!$E7+'rujan 2025'!$E33</f>
         <v>588067</v>
       </c>
       <c r="L16" s="58">
         <f>+'listopad 2025'!$E7+'listopad 2025'!$E33</f>
         <v>510258</v>
       </c>
-      <c r="M16" s="58"/>
-      <c r="N16" s="58"/>
+      <c r="M16" s="58">
+        <f>+'studeni 2025'!$E7+'studeni 2025'!$E33</f>
+        <v>339883</v>
+      </c>
+      <c r="N16" s="58">
+        <f>+'prosinac 2025'!$E7+'prosinac 2025'!$E33</f>
+        <v>385972</v>
+      </c>
       <c r="O16" s="3">
         <f t="shared" ref="O16:O32" si="1">SUM(C16:N16)</f>
-        <v>4592889</v>
+        <v>5318744</v>
       </c>
       <c r="P16" s="58">
         <f>+(O16/O33)*100</f>
-        <v>2.6311364642261368</v>
+        <v>2.623341984958496</v>
       </c>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="58">
         <f>+'siječanj 2025'!$E8+'siječanj 2025'!$E34</f>
         <v>14729</v>
       </c>
       <c r="D17" s="58">
         <f>+'veljača 2025'!$E8+'veljača 2025'!$E34</f>
         <v>71641</v>
       </c>
       <c r="E17" s="58">
         <f>+'ožujak 2025'!$E8+'ožujak 2025'!$E34</f>
         <v>93712</v>
       </c>
       <c r="F17" s="58">
         <f>+'travanj 2025'!$E8+'travanj 2025'!$E34</f>
         <v>46227</v>
       </c>
       <c r="G17" s="58">
         <f>+'svibanj 2025'!$E8+'svibanj 2025'!$E34</f>
         <v>46337</v>
       </c>
       <c r="H17" s="58">
         <f>+'lipanj 2025'!$E8+'lipanj 2025'!$E34</f>
         <v>90375</v>
       </c>
       <c r="I17" s="58">
         <f>+'srpanj 2025'!$E8+'srpanj 2025'!$E34</f>
         <v>117342</v>
       </c>
       <c r="J17" s="58">
         <f>+'kolovoz 2025'!$E8+'kolovoz 2025'!$E34</f>
         <v>125002</v>
       </c>
       <c r="K17" s="58">
         <f>+'rujan 2025'!$E8+'rujan 2025'!$E34</f>
         <v>112327</v>
       </c>
       <c r="L17" s="58">
         <f>+'listopad 2025'!$E8+'listopad 2025'!$E34</f>
         <v>66588</v>
       </c>
-      <c r="M17" s="58"/>
-      <c r="N17" s="58"/>
+      <c r="M17" s="58">
+        <f>+'studeni 2025'!$E8+'studeni 2025'!$E34</f>
+        <v>51250</v>
+      </c>
+      <c r="N17" s="58">
+        <f>+'prosinac 2025'!$E8+'prosinac 2025'!$E34</f>
+        <v>33271</v>
+      </c>
       <c r="O17" s="3">
         <f t="shared" si="1"/>
-        <v>784280</v>
+        <v>868801</v>
       </c>
       <c r="P17" s="58">
         <f>+(O17/O33)*100</f>
-        <v>0.449291874060809</v>
+        <v>0.42851510429415784</v>
       </c>
       <c r="Q17" s="30"/>
     </row>
     <row r="18" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="58">
         <f>+'siječanj 2025'!$E9+'siječanj 2025'!$E35</f>
         <v>283</v>
       </c>
       <c r="D18" s="58">
         <f>+'veljača 2025'!$E9+'veljača 2025'!$E35</f>
         <v>779</v>
       </c>
       <c r="E18" s="58">
         <f>+'ožujak 2025'!$E9+'ožujak 2025'!$E35</f>
         <v>2157</v>
       </c>
       <c r="F18" s="58">
         <f>+'travanj 2025'!$E9+'travanj 2025'!$E35</f>
         <v>4022</v>
       </c>
       <c r="G18" s="58">
         <f>+'svibanj 2025'!$E9+'svibanj 2025'!$E35</f>
         <v>4140</v>
       </c>
       <c r="H18" s="58">
         <f>+'lipanj 2025'!$E9+'lipanj 2025'!$E35</f>
         <v>2876</v>
       </c>
       <c r="I18" s="58">
         <f>+'srpanj 2025'!$E9+'srpanj 2025'!$E35</f>
         <v>7650</v>
       </c>
       <c r="J18" s="58">
         <f>+'kolovoz 2025'!$E9+'kolovoz 2025'!$E35</f>
         <v>3575</v>
       </c>
       <c r="K18" s="58">
         <f>+'rujan 2025'!$E9+'rujan 2025'!$E35</f>
         <v>13130</v>
       </c>
       <c r="L18" s="58">
         <f>+'listopad 2025'!$E9+'listopad 2025'!$E35</f>
         <v>11405</v>
       </c>
-      <c r="M18" s="58"/>
-      <c r="N18" s="58"/>
+      <c r="M18" s="58">
+        <f>+'studeni 2025'!$E9+'studeni 2025'!$E35</f>
+        <v>7483</v>
+      </c>
+      <c r="N18" s="58">
+        <f>+'prosinac 2025'!$E9+'prosinac 2025'!$E35</f>
+        <v>3584</v>
+      </c>
       <c r="O18" s="3">
         <f t="shared" si="1"/>
-        <v>50017</v>
+        <v>61084</v>
       </c>
       <c r="P18" s="58">
         <f>+(O18/O33)*100</f>
-        <v>2.8653327465827872E-2</v>
+        <v>3.0128207300295855E-2</v>
       </c>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="58">
         <f>+'siječanj 2025'!$E10+'siječanj 2025'!$E36</f>
         <v>719491</v>
       </c>
       <c r="D19" s="58">
         <f>+'veljača 2025'!$E10+'veljača 2025'!$E36</f>
         <v>656834</v>
       </c>
       <c r="E19" s="58">
         <f>+'ožujak 2025'!$E10+'ožujak 2025'!$E36</f>
         <v>878954</v>
       </c>
       <c r="F19" s="58">
         <f>+'travanj 2025'!$E10+'travanj 2025'!$E36</f>
         <v>853406</v>
       </c>
       <c r="G19" s="58">
         <f>+'svibanj 2025'!$E10+'svibanj 2025'!$E36</f>
         <v>939176</v>
       </c>
       <c r="H19" s="58">
         <f>+'lipanj 2025'!$E10+'lipanj 2025'!$E36</f>
         <v>751542</v>
       </c>
       <c r="I19" s="58">
         <f>+'srpanj 2025'!$E10+'srpanj 2025'!$E36</f>
         <v>979609</v>
       </c>
       <c r="J19" s="58">
         <f>+'kolovoz 2025'!$E10+'kolovoz 2025'!$E36</f>
         <v>1026086</v>
       </c>
       <c r="K19" s="58">
         <f>+'rujan 2025'!$E10+'rujan 2025'!$E36</f>
         <v>902816</v>
       </c>
       <c r="L19" s="58">
         <f>+'listopad 2025'!$E10+'listopad 2025'!$E36</f>
         <v>1075783</v>
       </c>
-      <c r="M19" s="58"/>
-      <c r="N19" s="58"/>
+      <c r="M19" s="58">
+        <f>+'studeni 2025'!$E10+'studeni 2025'!$E36</f>
+        <v>1053571</v>
+      </c>
+      <c r="N19" s="58">
+        <f>+'prosinac 2025'!$E10+'prosinac 2025'!$E36</f>
+        <v>596919</v>
+      </c>
       <c r="O19" s="3">
         <f t="shared" si="1"/>
-        <v>8783697</v>
+        <v>10434187</v>
       </c>
       <c r="P19" s="58">
         <f>+(O19/O33)*100</f>
-        <v>5.0319320731273338</v>
+        <v>5.1464106631204913</v>
       </c>
       <c r="Q19" s="30"/>
     </row>
     <row r="20" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="58">
         <f>+'siječanj 2025'!$E11+'siječanj 2025'!$E37</f>
         <v>16630</v>
       </c>
       <c r="D20" s="58">
         <f>+'veljača 2025'!$E11+'veljača 2025'!$E37</f>
         <v>9070</v>
       </c>
       <c r="E20" s="58">
         <f>+'ožujak 2025'!$E11+'ožujak 2025'!$E37</f>
         <v>13750</v>
       </c>
       <c r="F20" s="58">
         <f>+'travanj 2025'!$E11+'travanj 2025'!$E37</f>
         <v>57340</v>
       </c>
       <c r="G20" s="58">
         <f>+'svibanj 2025'!$E11+'svibanj 2025'!$E37</f>
         <v>38220</v>
       </c>
       <c r="H20" s="58">
         <f>+'lipanj 2025'!$E11+'lipanj 2025'!$E37</f>
         <v>27976</v>
       </c>
       <c r="I20" s="58">
         <f>+'srpanj 2025'!$E11+'srpanj 2025'!$E37</f>
         <v>12925</v>
       </c>
       <c r="J20" s="58">
         <f>+'kolovoz 2025'!$E11+'kolovoz 2025'!$E37</f>
         <v>25842</v>
       </c>
       <c r="K20" s="58">
         <f>+'rujan 2025'!$E11+'rujan 2025'!$E37</f>
         <v>69225</v>
       </c>
       <c r="L20" s="58">
         <f>+'listopad 2025'!$E11+'listopad 2025'!$E37</f>
         <v>46551</v>
       </c>
-      <c r="M20" s="58"/>
-      <c r="N20" s="58"/>
+      <c r="M20" s="58">
+        <f>+'studeni 2025'!$E11+'studeni 2025'!$E37</f>
+        <v>17750</v>
+      </c>
+      <c r="N20" s="58">
+        <f>+'prosinac 2025'!$E11+'prosinac 2025'!$E37</f>
+        <v>10341</v>
+      </c>
       <c r="O20" s="3">
         <f t="shared" si="1"/>
-        <v>317529</v>
+        <v>345620</v>
       </c>
       <c r="P20" s="58">
         <f>+(O20/O33)*100</f>
-        <v>0.18190340118153542</v>
+        <v>0.17046871532853536</v>
       </c>
       <c r="Q20" s="30"/>
     </row>
     <row r="21" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="58">
         <f>+'siječanj 2025'!$E12+'siječanj 2025'!$E38</f>
         <v>1053</v>
       </c>
       <c r="D21" s="58">
         <f>+'veljača 2025'!$E12+'veljača 2025'!$E38</f>
         <v>1546</v>
       </c>
       <c r="E21" s="58">
         <f>+'ožujak 2025'!$E12+'ožujak 2025'!$E38</f>
         <v>1591</v>
       </c>
       <c r="F21" s="58">
         <f>+'travanj 2025'!$E12+'travanj 2025'!$E38</f>
         <v>3197</v>
       </c>
       <c r="G21" s="58">
         <f>+'svibanj 2025'!$E12+'svibanj 2025'!$E38</f>
         <v>2344</v>
       </c>
       <c r="H21" s="58">
         <f>+'lipanj 2025'!$E12+'lipanj 2025'!$E38</f>
         <v>2732</v>
       </c>
       <c r="I21" s="58">
         <f>+'srpanj 2025'!$E12+'srpanj 2025'!$E38</f>
         <v>6950</v>
       </c>
       <c r="J21" s="58">
         <f>+'kolovoz 2025'!$E12+'kolovoz 2025'!$E38</f>
         <v>5014</v>
       </c>
       <c r="K21" s="58">
         <f>+'rujan 2025'!$E12+'rujan 2025'!$E38</f>
         <v>8465</v>
       </c>
       <c r="L21" s="58">
         <f>+'listopad 2025'!$E12+'listopad 2025'!$E38</f>
         <v>8433</v>
       </c>
-      <c r="M21" s="58"/>
-      <c r="N21" s="58"/>
+      <c r="M21" s="58">
+        <f>+'studeni 2025'!$E12+'studeni 2025'!$E38</f>
+        <v>1472</v>
+      </c>
+      <c r="N21" s="58">
+        <f>+'prosinac 2025'!$E12+'prosinac 2025'!$E38</f>
+        <v>961</v>
+      </c>
       <c r="O21" s="3">
         <f t="shared" si="1"/>
-        <v>41325</v>
+        <v>43758</v>
       </c>
       <c r="P21" s="58">
         <f>+(O21/O33)*100</f>
-        <v>2.3673926015661411E-2</v>
+        <v>2.1582576371002977E-2</v>
       </c>
       <c r="Q21" s="30"/>
     </row>
     <row r="22" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="58">
         <f>+'siječanj 2025'!$E13+'siječanj 2025'!$E39</f>
         <v>812</v>
       </c>
       <c r="D22" s="58">
         <f>+'veljača 2025'!$E13+'veljača 2025'!$E39</f>
         <v>118</v>
       </c>
       <c r="E22" s="58">
         <f>+'ožujak 2025'!$E13+'ožujak 2025'!$E39</f>
         <v>111</v>
       </c>
       <c r="F22" s="58">
         <f>+'travanj 2025'!$E13+'travanj 2025'!$E39</f>
         <v>338</v>
       </c>
       <c r="G22" s="58">
         <f>+'svibanj 2025'!$E13+'svibanj 2025'!$E39</f>
         <v>14</v>
       </c>
       <c r="H22" s="58">
         <f>+'lipanj 2025'!$E13+'lipanj 2025'!$E39</f>
         <v>1943</v>
       </c>
       <c r="I22" s="58">
         <f>+'srpanj 2025'!$E13+'srpanj 2025'!$E39</f>
         <v>975</v>
       </c>
       <c r="J22" s="58">
         <f>+'kolovoz 2025'!$E13+'kolovoz 2025'!$E39</f>
         <v>1357</v>
       </c>
       <c r="K22" s="58">
         <f>+'rujan 2025'!$E13+'rujan 2025'!$E39</f>
         <v>54</v>
       </c>
       <c r="L22" s="58">
         <f>+'listopad 2025'!$E13+'listopad 2025'!$E39</f>
         <v>60</v>
       </c>
-      <c r="M22" s="58"/>
-      <c r="N22" s="58"/>
+      <c r="M22" s="58">
+        <f>+'studeni 2025'!$E13+'studeni 2025'!$E39</f>
+        <v>4734</v>
+      </c>
+      <c r="N22" s="58">
+        <f>+'prosinac 2025'!$E13+'prosinac 2025'!$E39</f>
+        <v>0</v>
+      </c>
       <c r="O22" s="3">
         <f t="shared" si="1"/>
-        <v>5782</v>
+        <v>10516</v>
       </c>
       <c r="P22" s="58">
         <f>+(O22/O33)*100</f>
-        <v>3.3123445909873988E-3</v>
+        <v>5.1867629488885998E-3</v>
       </c>
       <c r="Q22" s="20"/>
     </row>
     <row r="23" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="58">
         <f>+'siječanj 2025'!$E14+'siječanj 2025'!$E40</f>
         <v>1642</v>
       </c>
       <c r="D23" s="58">
         <f>+'veljača 2025'!$E14+'veljača 2025'!$E40</f>
         <v>2104</v>
       </c>
       <c r="E23" s="58">
         <f>+'ožujak 2025'!$E14+'ožujak 2025'!$E40</f>
         <v>1746</v>
       </c>
       <c r="F23" s="58">
         <f>+'travanj 2025'!$E14+'travanj 2025'!$E40</f>
         <v>4082</v>
       </c>
       <c r="G23" s="58">
         <f>+'svibanj 2025'!$E14+'svibanj 2025'!$E40</f>
         <v>1394</v>
       </c>
       <c r="H23" s="58">
         <f>+'lipanj 2025'!$E14+'lipanj 2025'!$E40</f>
         <v>4314</v>
       </c>
       <c r="I23" s="58">
         <f>+'srpanj 2025'!$E14+'srpanj 2025'!$E40</f>
         <v>10108</v>
       </c>
       <c r="J23" s="58">
         <f>+'kolovoz 2025'!$E14+'kolovoz 2025'!$E40</f>
         <v>8759</v>
       </c>
       <c r="K23" s="58">
         <f>+'rujan 2025'!$E14+'rujan 2025'!$E40</f>
         <v>2723</v>
       </c>
       <c r="L23" s="58">
         <f>+'listopad 2025'!$E14+'listopad 2025'!$E40</f>
         <v>9752</v>
       </c>
-      <c r="M23" s="58"/>
-      <c r="N23" s="58"/>
+      <c r="M23" s="58">
+        <f>+'studeni 2025'!$E14+'studeni 2025'!$E40</f>
+        <v>3470</v>
+      </c>
+      <c r="N23" s="58">
+        <f>+'prosinac 2025'!$E14+'prosinac 2025'!$E40</f>
+        <v>3045</v>
+      </c>
       <c r="O23" s="3">
         <f t="shared" si="1"/>
-        <v>46624</v>
+        <v>53139</v>
       </c>
       <c r="P23" s="58">
         <f>+(O23/O33)*100</f>
-        <v>2.670957354033146E-2</v>
+        <v>2.6209527989824202E-2</v>
       </c>
       <c r="Q23" s="30"/>
     </row>
     <row r="24" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="58">
         <f>+'siječanj 2025'!$E15+'siječanj 2025'!$E41</f>
         <v>2994169</v>
       </c>
       <c r="D24" s="58">
         <f>+'veljača 2025'!$E15+'veljača 2025'!$E41</f>
         <v>3632791</v>
       </c>
       <c r="E24" s="58">
         <f>+'ožujak 2025'!$E15+'ožujak 2025'!$E41</f>
         <v>2411675</v>
       </c>
       <c r="F24" s="58">
         <f>+'travanj 2025'!$E15+'travanj 2025'!$E41</f>
         <v>4495757</v>
       </c>
       <c r="G24" s="58">
         <f>+'svibanj 2025'!$E15+'svibanj 2025'!$E41</f>
         <v>3292743</v>
       </c>
       <c r="H24" s="58">
         <f>+'lipanj 2025'!$E15+'lipanj 2025'!$E41</f>
         <v>3045745</v>
       </c>
       <c r="I24" s="58">
         <f>+'srpanj 2025'!$E15+'srpanj 2025'!$E41</f>
         <v>3483990</v>
       </c>
       <c r="J24" s="58">
         <f>+'kolovoz 2025'!$E15+'kolovoz 2025'!$E41</f>
         <v>2882660</v>
       </c>
       <c r="K24" s="58">
         <f>+'rujan 2025'!$E15+'rujan 2025'!$E41</f>
         <v>3381786</v>
       </c>
       <c r="L24" s="58">
         <f>+'listopad 2025'!$E15+'listopad 2025'!$E41</f>
         <v>3981482</v>
       </c>
-      <c r="M24" s="58"/>
-      <c r="N24" s="58"/>
+      <c r="M24" s="58">
+        <f>+'studeni 2025'!$E15+'studeni 2025'!$E41</f>
+        <v>2909740</v>
+      </c>
+      <c r="N24" s="58">
+        <f>+'prosinac 2025'!$E15+'prosinac 2025'!$E41</f>
+        <v>3336353</v>
+      </c>
       <c r="O24" s="3">
         <f t="shared" si="1"/>
-        <v>33602798</v>
+        <v>39848891</v>
       </c>
       <c r="P24" s="58">
         <f>+(O24/O33)*100</f>
-        <v>19.250094465123173</v>
+        <v>19.654502795083715</v>
       </c>
       <c r="Q24" s="30"/>
     </row>
     <row r="25" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="58">
         <f>+'siječanj 2025'!$E16+'siječanj 2025'!$E42</f>
         <v>632200</v>
       </c>
       <c r="D25" s="58">
         <f>+'veljača 2025'!$E16+'veljača 2025'!$E42</f>
         <v>623667</v>
       </c>
       <c r="E25" s="58">
         <f>+'ožujak 2025'!$E16+'ožujak 2025'!$E42</f>
         <v>705322</v>
       </c>
       <c r="F25" s="58">
         <f>+'travanj 2025'!$E16+'travanj 2025'!$E42</f>
         <v>737996</v>
       </c>
       <c r="G25" s="58">
         <f>+'svibanj 2025'!$E16+'svibanj 2025'!$E42</f>
         <v>865785</v>
       </c>
       <c r="H25" s="58">
         <f>+'lipanj 2025'!$E16+'lipanj 2025'!$E42</f>
         <v>946465</v>
       </c>
       <c r="I25" s="58">
         <f>+'srpanj 2025'!$E16+'srpanj 2025'!$E42</f>
         <v>1221918</v>
       </c>
       <c r="J25" s="58">
         <f>+'kolovoz 2025'!$E16+'kolovoz 2025'!$E42</f>
         <v>1114066</v>
       </c>
       <c r="K25" s="58">
         <f>+'rujan 2025'!$E16+'rujan 2025'!$E42</f>
         <v>855710</v>
       </c>
       <c r="L25" s="58">
         <f>+'listopad 2025'!$E16+'listopad 2025'!$E42</f>
         <v>821196</v>
       </c>
-      <c r="M25" s="58"/>
-      <c r="N25" s="58"/>
+      <c r="M25" s="58">
+        <f>+'studeni 2025'!$E16+'studeni 2025'!$E42</f>
+        <v>484285</v>
+      </c>
+      <c r="N25" s="58">
+        <f>+'prosinac 2025'!$E16+'prosinac 2025'!$E42</f>
+        <v>717562</v>
+      </c>
       <c r="O25" s="3">
         <f t="shared" si="1"/>
-        <v>8524325</v>
+        <v>9726172</v>
       </c>
       <c r="P25" s="58">
         <f>+(O25/O33)*100</f>
-        <v>4.8833451756431447</v>
+        <v>4.7971993689727777</v>
       </c>
       <c r="Q25" s="30"/>
     </row>
     <row r="26" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="58">
         <f>+'siječanj 2025'!$E17+'siječanj 2025'!$E43</f>
         <v>10539044</v>
       </c>
       <c r="D26" s="58">
         <f>+'veljača 2025'!$E17+'veljača 2025'!$E43</f>
         <v>9302142</v>
       </c>
       <c r="E26" s="58">
         <f>+'ožujak 2025'!$E17+'ožujak 2025'!$E43</f>
         <v>7795621</v>
       </c>
       <c r="F26" s="58">
         <f>+'travanj 2025'!$E17+'travanj 2025'!$E43</f>
         <v>7836814</v>
       </c>
       <c r="G26" s="58">
         <f>+'svibanj 2025'!$E17+'svibanj 2025'!$E43</f>
         <v>8700868</v>
       </c>
       <c r="H26" s="58">
         <f>+'lipanj 2025'!$E17+'lipanj 2025'!$E43</f>
         <v>9774847</v>
       </c>
       <c r="I26" s="58">
         <f>+'srpanj 2025'!$E17+'srpanj 2025'!$E43</f>
         <v>11954483</v>
       </c>
       <c r="J26" s="58">
         <f>+'kolovoz 2025'!$E17+'kolovoz 2025'!$E43</f>
         <v>9416583</v>
       </c>
       <c r="K26" s="58">
         <f>+'rujan 2025'!$E17+'rujan 2025'!$E43</f>
         <v>10077532</v>
       </c>
       <c r="L26" s="58">
         <f>+'listopad 2025'!$E17+'listopad 2025'!$E43</f>
         <v>10520418</v>
       </c>
-      <c r="M26" s="58"/>
-      <c r="N26" s="58"/>
+      <c r="M26" s="58">
+        <f>+'studeni 2025'!$E17+'studeni 2025'!$E43</f>
+        <v>7009081</v>
+      </c>
+      <c r="N26" s="58">
+        <f>+'prosinac 2025'!$E17+'prosinac 2025'!$E43</f>
+        <v>8006439</v>
+      </c>
       <c r="O26" s="3">
         <f t="shared" si="1"/>
-        <v>95918352</v>
+        <v>110933872</v>
       </c>
       <c r="P26" s="58">
         <f>+(O26/O33)*100</f>
-        <v>54.948916365206749</v>
+        <v>54.715452364620617</v>
       </c>
       <c r="Q26" s="30"/>
     </row>
     <row r="27" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="58">
         <f>+'siječanj 2025'!$E18+'siječanj 2025'!$E44</f>
         <v>27516</v>
       </c>
       <c r="D27" s="58">
         <f>+'veljača 2025'!$E18+'veljača 2025'!$E44</f>
         <v>18671</v>
       </c>
       <c r="E27" s="58">
         <f>+'ožujak 2025'!$E18+'ožujak 2025'!$E44</f>
         <v>31032</v>
       </c>
       <c r="F27" s="58">
         <f>+'travanj 2025'!$E18+'travanj 2025'!$E44</f>
         <v>34405</v>
       </c>
       <c r="G27" s="58">
         <f>+'svibanj 2025'!$E18+'svibanj 2025'!$E44</f>
         <v>33393</v>
       </c>
       <c r="H27" s="58">
         <f>+'lipanj 2025'!$E18+'lipanj 2025'!$E44</f>
         <v>34338</v>
       </c>
       <c r="I27" s="58">
         <f>+'srpanj 2025'!$E18+'srpanj 2025'!$E44</f>
         <v>30534</v>
       </c>
       <c r="J27" s="58">
         <f>+'kolovoz 2025'!$E18+'kolovoz 2025'!$E44</f>
         <v>19792</v>
       </c>
       <c r="K27" s="58">
         <f>+'rujan 2025'!$E18+'rujan 2025'!$E44</f>
         <v>18624</v>
       </c>
       <c r="L27" s="58">
         <f>+'listopad 2025'!$E18+'listopad 2025'!$E44</f>
         <v>25700</v>
       </c>
-      <c r="M27" s="58"/>
-      <c r="N27" s="58"/>
+      <c r="M27" s="58">
+        <f>+'studeni 2025'!$E18+'studeni 2025'!$E44</f>
+        <v>17753</v>
+      </c>
+      <c r="N27" s="58">
+        <f>+'prosinac 2025'!$E18+'prosinac 2025'!$E44</f>
+        <v>17077</v>
+      </c>
       <c r="O27" s="3">
         <f t="shared" si="1"/>
-        <v>274005</v>
+        <v>308835</v>
       </c>
       <c r="P27" s="58">
         <f>+(O27/O33)*100</f>
-        <v>0.15696973013723664</v>
+        <v>0.15232540275009609</v>
       </c>
       <c r="Q27" s="30"/>
     </row>
     <row r="28" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="20" t="s">
         <v>38</v>
       </c>
       <c r="C28" s="58">
         <f>+'siječanj 2025'!$E19+'siječanj 2025'!$E45</f>
         <v>810</v>
       </c>
       <c r="D28" s="58">
         <f>+'veljača 2025'!$E19+'veljača 2025'!$E45</f>
         <v>1510</v>
       </c>
       <c r="E28" s="58">
         <f>+'ožujak 2025'!$E19+'ožujak 2025'!$E45</f>
         <v>1003</v>
       </c>
       <c r="F28" s="58">
         <f>+'travanj 2025'!$E19+'travanj 2025'!$E45</f>
         <v>2148</v>
       </c>
       <c r="G28" s="58">
         <f>+'svibanj 2025'!$E19+'svibanj 2025'!$E45</f>
         <v>1824</v>
       </c>
       <c r="H28" s="58">
         <f>+'lipanj 2025'!$E19+'lipanj 2025'!$E45</f>
         <v>430</v>
       </c>
       <c r="I28" s="58">
         <f>+'srpanj 2025'!$E19+'srpanj 2025'!$E45</f>
         <v>2176</v>
       </c>
       <c r="J28" s="58">
         <f>+'kolovoz 2025'!$E19+'kolovoz 2025'!$E45</f>
         <v>3026</v>
       </c>
       <c r="K28" s="58">
         <f>+'rujan 2025'!$E19+'rujan 2025'!$E45</f>
         <v>1727</v>
       </c>
       <c r="L28" s="58">
         <f>+'listopad 2025'!$E19+'listopad 2025'!$E45</f>
         <v>652</v>
       </c>
-      <c r="M28" s="58"/>
-      <c r="N28" s="58"/>
+      <c r="M28" s="58">
+        <f>+'studeni 2025'!$E19+'studeni 2025'!$E45</f>
+        <v>448</v>
+      </c>
+      <c r="N28" s="58">
+        <f>+'prosinac 2025'!$E19+'prosinac 2025'!$E45</f>
+        <v>0</v>
+      </c>
       <c r="O28" s="3">
         <f t="shared" si="1"/>
-        <v>15306</v>
+        <v>15754</v>
       </c>
       <c r="P28" s="58">
         <f>+(O28/O33)*100</f>
-        <v>8.7683753562181124E-3</v>
+        <v>7.7702799065035178E-3</v>
       </c>
       <c r="Q28" s="20"/>
     </row>
     <row r="29" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12"/>
       <c r="B29" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="58">
         <f>+'siječanj 2025'!$E20+'siječanj 2025'!$E46</f>
         <v>53</v>
       </c>
       <c r="D29" s="58">
         <f>+'veljača 2025'!$E20+'veljača 2025'!$E46</f>
         <v>35</v>
       </c>
       <c r="E29" s="58">
         <f>+'ožujak 2025'!$E20+'ožujak 2025'!$E46</f>
         <v>96</v>
       </c>
       <c r="F29" s="58">
         <f>+'travanj 2025'!$E20+'travanj 2025'!$E46</f>
         <v>66</v>
       </c>
       <c r="G29" s="58">
         <f>+'svibanj 2025'!$E20+'svibanj 2025'!$E46</f>
         <v>0</v>
       </c>
       <c r="H29" s="58">
         <f>+'lipanj 2025'!$E20+'lipanj 2025'!$E46</f>
         <v>0</v>
       </c>
       <c r="I29" s="58">
         <f>+'srpanj 2025'!$E20+'srpanj 2025'!$E46</f>
         <v>0</v>
       </c>
       <c r="J29" s="58">
         <f>+'kolovoz 2025'!$E20+'kolovoz 2025'!$E46</f>
         <v>0</v>
       </c>
       <c r="K29" s="58">
         <f>+'rujan 2025'!$E20+'rujan 2025'!$E46</f>
         <v>0</v>
       </c>
       <c r="L29" s="58">
         <f>+'listopad 2025'!$E20+'listopad 2025'!$E46</f>
         <v>0</v>
       </c>
-      <c r="M29" s="58"/>
-      <c r="N29" s="58"/>
+      <c r="M29" s="58">
+        <f>+'studeni 2025'!$E20+'studeni 2025'!$E46</f>
+        <v>0</v>
+      </c>
+      <c r="N29" s="58">
+        <f>+'prosinac 2025'!$E20+'prosinac 2025'!$E46</f>
+        <v>0</v>
+      </c>
       <c r="O29" s="3">
         <f t="shared" si="1"/>
         <v>250</v>
       </c>
       <c r="P29" s="58">
         <f>+(O29/O33)*100</f>
-        <v>1.4321794322844168E-4</v>
+        <v>1.2330646036726414E-4</v>
       </c>
       <c r="Q29" s="20"/>
     </row>
     <row r="30" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="58">
         <f>+'siječanj 2025'!$E21+'siječanj 2025'!$E47</f>
         <v>1468272</v>
       </c>
       <c r="D30" s="58">
         <f>+'veljača 2025'!$E21+'veljača 2025'!$E47</f>
         <v>1372259</v>
       </c>
       <c r="E30" s="58">
         <f>+'ožujak 2025'!$E21+'ožujak 2025'!$E47</f>
         <v>1386965</v>
       </c>
       <c r="F30" s="58">
         <f>+'travanj 2025'!$E21+'travanj 2025'!$E47</f>
         <v>1579872</v>
       </c>
       <c r="G30" s="58">
         <f>+'svibanj 2025'!$E21+'svibanj 2025'!$E47</f>
         <v>1563229</v>
       </c>
       <c r="H30" s="58">
         <f>+'lipanj 2025'!$E21+'lipanj 2025'!$E47</f>
         <v>1645661</v>
       </c>
       <c r="I30" s="58">
         <f>+'srpanj 2025'!$E21+'srpanj 2025'!$E47</f>
         <v>1799110</v>
       </c>
       <c r="J30" s="58">
         <f>+'kolovoz 2025'!$E21+'kolovoz 2025'!$E47</f>
         <v>1593982</v>
       </c>
       <c r="K30" s="58">
         <f>+'rujan 2025'!$E21+'rujan 2025'!$E47</f>
         <v>775486</v>
       </c>
       <c r="L30" s="58">
         <f>+'listopad 2025'!$E21+'listopad 2025'!$E47</f>
         <v>1667332</v>
       </c>
-      <c r="M30" s="58"/>
-      <c r="N30" s="58"/>
+      <c r="M30" s="58">
+        <f>+'studeni 2025'!$E21+'studeni 2025'!$E47</f>
+        <v>1482737</v>
+      </c>
+      <c r="N30" s="58">
+        <f>+'prosinac 2025'!$E21+'prosinac 2025'!$E47</f>
+        <v>782589</v>
+      </c>
       <c r="O30" s="3">
         <f t="shared" si="1"/>
-        <v>14852168</v>
+        <v>17117494</v>
       </c>
       <c r="P30" s="58">
         <f>+(O30/O33)*100</f>
-        <v>8.5083878137731119</v>
+        <v>8.4427903819915269</v>
       </c>
       <c r="Q30" s="30"/>
     </row>
     <row r="31" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="58">
         <f>+'siječanj 2025'!$E22+'siječanj 2025'!$E48</f>
         <v>27037</v>
       </c>
       <c r="D31" s="58">
         <f>+'veljača 2025'!$E22+'veljača 2025'!$E48</f>
         <v>30108</v>
       </c>
       <c r="E31" s="58">
         <f>+'ožujak 2025'!$E22+'ožujak 2025'!$E48</f>
         <v>32487</v>
       </c>
       <c r="F31" s="58">
         <f>+'travanj 2025'!$E22+'travanj 2025'!$E48</f>
         <v>64314</v>
       </c>
       <c r="G31" s="58">
         <f>+'svibanj 2025'!$E22+'svibanj 2025'!$E48</f>
         <v>62515</v>
       </c>
       <c r="H31" s="58">
         <f>+'lipanj 2025'!$E22+'lipanj 2025'!$E48</f>
         <v>101868</v>
       </c>
       <c r="I31" s="58">
         <f>+'srpanj 2025'!$E22+'srpanj 2025'!$E48</f>
         <v>191224</v>
       </c>
       <c r="J31" s="58">
         <f>+'kolovoz 2025'!$E22+'kolovoz 2025'!$E48</f>
         <v>209428</v>
       </c>
       <c r="K31" s="58">
         <f>+'rujan 2025'!$E22+'rujan 2025'!$E48</f>
         <v>117655</v>
       </c>
       <c r="L31" s="58">
         <f>+'listopad 2025'!$E22+'listopad 2025'!$E48</f>
         <v>83744</v>
       </c>
-      <c r="M31" s="58"/>
-      <c r="N31" s="58"/>
+      <c r="M31" s="58">
+        <f>+'studeni 2025'!$E22+'studeni 2025'!$E48</f>
+        <v>30714</v>
+      </c>
+      <c r="N31" s="58">
+        <f>+'prosinac 2025'!$E22+'prosinac 2025'!$E48</f>
+        <v>41388</v>
+      </c>
       <c r="O31" s="3">
         <f t="shared" si="1"/>
-        <v>920380</v>
+        <v>992482</v>
       </c>
       <c r="P31" s="58">
         <f>+(O31/O33)*100</f>
-        <v>0.52725972235437257</v>
+        <v>0.48951776959289228</v>
       </c>
       <c r="Q31" s="30"/>
     </row>
     <row r="32" spans="1:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C32" s="58">
         <f>+'siječanj 2025'!$E23+'siječanj 2025'!$E49</f>
         <v>15326</v>
       </c>
       <c r="D32" s="58">
         <f>+'veljača 2025'!$E23+'veljača 2025'!$E49</f>
         <v>16957</v>
       </c>
       <c r="E32" s="58">
         <f>+'ožujak 2025'!$E23+'ožujak 2025'!$E49</f>
         <v>10615</v>
       </c>
       <c r="F32" s="58">
         <f>+'travanj 2025'!$E23+'travanj 2025'!$E49</f>
         <v>14101</v>
       </c>
       <c r="G32" s="58">
         <f>+'svibanj 2025'!$E23+'svibanj 2025'!$E49</f>
         <v>20594</v>
       </c>
       <c r="H32" s="58">
         <f>+'lipanj 2025'!$E23+'lipanj 2025'!$E49</f>
         <v>24699</v>
       </c>
       <c r="I32" s="58">
         <f>+'srpanj 2025'!$E23+'srpanj 2025'!$E49</f>
         <v>13651</v>
       </c>
       <c r="J32" s="58">
         <f>+'kolovoz 2025'!$E23+'kolovoz 2025'!$E49</f>
         <v>16332</v>
       </c>
       <c r="K32" s="58">
         <f>+'rujan 2025'!$E23+'rujan 2025'!$E49</f>
         <v>16967</v>
       </c>
       <c r="L32" s="58">
         <f>+'listopad 2025'!$E23+'listopad 2025'!$E49</f>
         <v>12088</v>
       </c>
-      <c r="M32" s="58"/>
-      <c r="N32" s="58"/>
+      <c r="M32" s="58">
+        <f>+'studeni 2025'!$E23+'studeni 2025'!$E49</f>
+        <v>11762</v>
+      </c>
+      <c r="N32" s="58">
+        <f>+'prosinac 2025'!$E23+'prosinac 2025'!$E49</f>
+        <v>76</v>
+      </c>
       <c r="O32" s="3">
         <f t="shared" si="1"/>
-        <v>161330</v>
+        <v>173168</v>
       </c>
       <c r="P32" s="58">
         <f>+(O32/O33)*100</f>
-        <v>9.2421403124177987E-2</v>
+        <v>8.5410932515513599E-2</v>
       </c>
       <c r="Q32" s="30"/>
     </row>
     <row r="33" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="51" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="7">
         <f t="shared" ref="C33:N33" si="2">SUM(C15:C32)</f>
         <v>17040215</v>
       </c>
       <c r="D33" s="7">
         <f t="shared" si="2"/>
         <v>16205597</v>
       </c>
       <c r="E33" s="7">
         <f t="shared" si="2"/>
         <v>13874785</v>
       </c>
       <c r="F33" s="7">
         <f t="shared" si="2"/>
         <v>16303173</v>
       </c>
       <c r="G33" s="7">
         <f t="shared" si="2"/>
         <v>16394068</v>
       </c>
       <c r="H33" s="7">
         <f t="shared" si="2"/>
         <v>17717213</v>
       </c>
       <c r="I33" s="7">
         <f t="shared" si="2"/>
         <v>21888092</v>
       </c>
       <c r="J33" s="7">
         <f t="shared" si="2"/>
         <v>17839068</v>
       </c>
       <c r="K33" s="7">
         <f t="shared" si="2"/>
         <v>17750796</v>
       </c>
       <c r="L33" s="7">
         <f t="shared" si="2"/>
         <v>19546126</v>
       </c>
       <c r="M33" s="7">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>13828309</v>
       </c>
       <c r="N33" s="7">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>14359437</v>
       </c>
       <c r="O33" s="7">
         <f t="shared" ref="O33:P33" si="3">SUM(O15:O32)</f>
-        <v>174559133</v>
+        <v>202746879</v>
       </c>
       <c r="P33" s="7">
         <f t="shared" si="3"/>
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
     </row>
     <row r="34" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="48"/>
       <c r="D34" s="48"/>
       <c r="E34" s="48"/>
       <c r="F34" s="48"/>
       <c r="G34" s="48"/>
       <c r="H34" s="48"/>
       <c r="I34" s="48"/>
       <c r="J34" s="48"/>
       <c r="K34" s="48"/>
       <c r="L34" s="48"/>
       <c r="M34" s="48"/>
       <c r="N34" s="48"/>
     </row>
     <row r="35" spans="2:16" s="47" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="48"/>
       <c r="D35" s="48"/>
       <c r="E35" s="48"/>
       <c r="F35" s="48"/>
       <c r="G35" s="48"/>
       <c r="H35" s="48"/>
       <c r="I35" s="48"/>
       <c r="J35" s="48"/>
@@ -29604,213 +35972,231 @@
       <c r="C40" s="59">
         <f t="shared" ref="C40:D40" si="4">+(C26/C8)*100</f>
         <v>61.848069405227577</v>
       </c>
       <c r="D40" s="59">
         <f t="shared" si="4"/>
         <v>57.40079800824369</v>
       </c>
       <c r="E40" s="59">
         <f t="shared" ref="E40:F40" si="5">+(E26/E8)*100</f>
         <v>56.185526478428315</v>
       </c>
       <c r="F40" s="59">
         <f t="shared" si="5"/>
         <v>48.069256211658924</v>
       </c>
       <c r="G40" s="59">
         <f t="shared" ref="G40:H40" si="6">+(G26/G8)*100</f>
         <v>53.073270160889905</v>
       </c>
       <c r="H40" s="59">
         <f t="shared" si="6"/>
         <v>55.171470817673182</v>
       </c>
       <c r="I40" s="59">
-        <f t="shared" ref="I40:L40" si="7">+(I26/I8)*100</f>
+        <f t="shared" ref="I40:N40" si="7">+(I26/I8)*100</f>
         <v>54.616377708938721</v>
       </c>
       <c r="J40" s="59">
         <f t="shared" si="7"/>
         <v>52.786294665169734</v>
       </c>
       <c r="K40" s="59">
         <f t="shared" si="7"/>
         <v>56.772282212020244</v>
       </c>
       <c r="L40" s="59">
         <f t="shared" si="7"/>
         <v>53.823545392063878</v>
       </c>
-      <c r="M40" s="59"/>
-      <c r="N40" s="59"/>
+      <c r="M40" s="59">
+        <f t="shared" si="7"/>
+        <v>50.686464990043255</v>
+      </c>
+      <c r="N40" s="59">
+        <f t="shared" si="7"/>
+        <v>55.757332268667639</v>
+      </c>
     </row>
     <row r="41" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="54" t="s">
         <v>24</v>
       </c>
       <c r="C41" s="59">
         <f t="shared" ref="C41:D41" si="8">+(C24/C8)*100</f>
         <v>17.571192616994562</v>
       </c>
       <c r="D41" s="59">
         <f t="shared" si="8"/>
         <v>22.416890905037317</v>
       </c>
       <c r="E41" s="59">
         <f t="shared" ref="E41:F41" si="9">+(E24/E8)*100</f>
         <v>17.381710779662534</v>
       </c>
       <c r="F41" s="59">
         <f t="shared" si="9"/>
         <v>27.575963280276788</v>
       </c>
       <c r="G41" s="59">
         <f t="shared" ref="G41:H41" si="10">+(G24/G8)*100</f>
         <v>20.084966098713267</v>
       </c>
       <c r="H41" s="59">
         <f t="shared" si="10"/>
         <v>17.19088098111142</v>
       </c>
       <c r="I41" s="59">
-        <f t="shared" ref="I41:L41" si="11">+(I24/I8)*100</f>
+        <f t="shared" ref="I41:N41" si="11">+(I24/I8)*100</f>
         <v>15.917285069890971</v>
       </c>
       <c r="J41" s="59">
         <f t="shared" si="11"/>
         <v>16.159252265869494</v>
       </c>
       <c r="K41" s="59">
         <f t="shared" si="11"/>
         <v>19.051461128841769</v>
       </c>
       <c r="L41" s="59">
         <f t="shared" si="11"/>
         <v>20.369673253922542</v>
       </c>
-      <c r="M41" s="59"/>
-      <c r="N41" s="59"/>
+      <c r="M41" s="59">
+        <f t="shared" si="11"/>
+        <v>21.041907582481706</v>
+      </c>
+      <c r="N41" s="59">
+        <f t="shared" si="11"/>
+        <v>23.23456692626598</v>
+      </c>
     </row>
     <row r="42" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C42" s="60">
         <f t="shared" ref="C42:D42" si="12">100-C40-C41</f>
         <v>20.580737977777861</v>
       </c>
       <c r="D42" s="60">
         <f t="shared" si="12"/>
         <v>20.182311086718993</v>
       </c>
       <c r="E42" s="60">
         <f t="shared" ref="E42:F42" si="13">100-E40-E41</f>
         <v>26.432762741909151</v>
       </c>
       <c r="F42" s="60">
         <f t="shared" si="13"/>
         <v>24.354780508064287</v>
       </c>
       <c r="G42" s="60">
         <f t="shared" ref="G42:H42" si="14">100-G40-G41</f>
         <v>26.841763740396829</v>
       </c>
       <c r="H42" s="60">
         <f t="shared" si="14"/>
         <v>27.637648201215399</v>
       </c>
       <c r="I42" s="60">
-        <f t="shared" ref="I42:L42" si="15">100-I40-I41</f>
+        <f t="shared" ref="I42:N42" si="15">100-I40-I41</f>
         <v>29.466337221170306</v>
       </c>
       <c r="J42" s="60">
         <f t="shared" si="15"/>
         <v>31.054453068960772</v>
       </c>
       <c r="K42" s="60">
         <f t="shared" si="15"/>
         <v>24.176256659137987</v>
       </c>
       <c r="L42" s="60">
         <f t="shared" si="15"/>
         <v>25.80678135401358</v>
       </c>
-      <c r="M42" s="60"/>
-      <c r="N42" s="60"/>
+      <c r="M42" s="60">
+        <f t="shared" si="15"/>
+        <v>28.271627427475039</v>
+      </c>
+      <c r="N42" s="60">
+        <f t="shared" si="15"/>
+        <v>21.00810080506638</v>
+      </c>
     </row>
     <row r="43" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C43" s="61">
         <f t="shared" ref="C43:N43" si="16">SUM(C40:C42)</f>
         <v>100</v>
       </c>
       <c r="D43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="E43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="F43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="G43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="H43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="I43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="J43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="K43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="L43" s="61">
         <f t="shared" si="16"/>
         <v>100</v>
       </c>
       <c r="M43" s="61">
         <f t="shared" si="16"/>
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="N43" s="61">
         <f t="shared" si="16"/>
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="2:16" s="47" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="54"/>
       <c r="D45" s="54"/>
       <c r="E45" s="54"/>
       <c r="F45" s="54"/>
       <c r="G45" s="54"/>
       <c r="H45" s="54"/>
       <c r="I45" s="54"/>
       <c r="J45" s="54"/>
       <c r="K45" s="54"/>
       <c r="L45" s="54"/>
       <c r="M45" s="54"/>
       <c r="N45" s="54"/>
     </row>
     <row r="46" spans="2:16" s="47" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="53" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="54"/>
       <c r="D46" s="54"/>
       <c r="E46" s="54"/>
       <c r="F46" s="54"/>
       <c r="G46" s="54"/>
@@ -29900,198 +36286,216 @@
       </c>
       <c r="G50" s="58">
         <f>+('svibanj 2025'!$E$24/'2025'!G8)*100</f>
         <v>85.053087494818243</v>
       </c>
       <c r="H50" s="58">
         <f>+('lipanj 2025'!$E$24/'2025'!H8)*100</f>
         <v>85.222941102531195</v>
       </c>
       <c r="I50" s="58">
         <f>+('srpanj 2025'!$E$24/'2025'!I8)*100</f>
         <v>85.519752018586175</v>
       </c>
       <c r="J50" s="58">
         <f>+('kolovoz 2025'!$E$24/'2025'!J8)*100</f>
         <v>84.713444670988409</v>
       </c>
       <c r="K50" s="58">
         <f>+('rujan 2025'!$E$24/'2025'!K8)*100</f>
         <v>86.316546029823115</v>
       </c>
       <c r="L50" s="58">
         <f>+('listopad 2025'!$E$24/'2025'!L8)*100</f>
         <v>85.46925871653545</v>
       </c>
-      <c r="M50" s="58"/>
-      <c r="N50" s="58"/>
+      <c r="M50" s="58">
+        <f>+('studeni 2025'!$E$24/'2025'!M8)*100</f>
+        <v>82.219206990529358</v>
+      </c>
+      <c r="N50" s="58">
+        <f>+('prosinac 2025'!$E$24/'2025'!N8)*100</f>
+        <v>82.325191440305076</v>
+      </c>
     </row>
     <row r="51" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C51" s="58">
         <f>+('siječanj 2025'!$E$50/'2025'!C8)*100</f>
         <v>16.257171637799171</v>
       </c>
       <c r="D51" s="58">
         <f>+('veljača 2025'!$E$50/'2025'!D8)*100</f>
         <v>15.140151887030143</v>
       </c>
       <c r="E51" s="58">
         <f>+('ožujak 2025'!$E$50/'2025'!E8)*100</f>
         <v>18.060604182335076</v>
       </c>
       <c r="F51" s="58">
         <f>+('travanj 2025'!$E$50/'2025'!F8)*100</f>
         <v>19.243278593682348</v>
       </c>
       <c r="G51" s="58">
         <f>+('svibanj 2025'!$E$50/'2025'!G8)*100</f>
         <v>14.946912505181754</v>
       </c>
       <c r="H51" s="58">
         <f>+('lipanj 2025'!$E$50/'2025'!H8)*100</f>
         <v>14.777058897468805</v>
       </c>
       <c r="I51" s="58">
         <f>+('srpanj 2025'!$E$50/'2025'!I8)*100</f>
         <v>14.480247981413822</v>
       </c>
       <c r="J51" s="58">
         <f>+('kolovoz 2025'!$E$50/'2025'!J8)*100</f>
         <v>15.286555329011584</v>
       </c>
       <c r="K51" s="58">
         <f>+('rujan 2025'!$E$50/'2025'!K8)*100</f>
         <v>13.683453970176886</v>
       </c>
       <c r="L51" s="58">
         <f>+('listopad 2025'!$E$50/'2025'!L8)*100</f>
         <v>14.530741283464559</v>
       </c>
-      <c r="M51" s="58"/>
-      <c r="N51" s="58"/>
+      <c r="M51" s="58">
+        <f>+('studeni 2025'!$E$50/'2025'!M8)*100</f>
+        <v>17.780793009470646</v>
+      </c>
+      <c r="N51" s="58">
+        <f>+('prosinac 2025'!$E$50/'2025'!N8)*100</f>
+        <v>17.674808559694924</v>
+      </c>
     </row>
     <row r="52" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="57" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="62">
         <f>+('siječanj 2025'!$E$73/'2025'!C8)*100</f>
         <v>0</v>
       </c>
       <c r="D52" s="62">
         <f>+('veljača 2025'!$E$73/'2025'!D8)*100</f>
         <v>0</v>
       </c>
       <c r="E52" s="62">
         <f>+('ožujak 2025'!$E$73/'2025'!E8)*100</f>
         <v>0</v>
       </c>
       <c r="F52" s="62">
         <f>+('travanj 2025'!$E$73/'2025'!F8)*100</f>
         <v>0</v>
       </c>
       <c r="G52" s="62">
         <f>+('svibanj 2025'!$E$73/'2025'!G8)*100</f>
         <v>0</v>
       </c>
       <c r="H52" s="62">
         <f>+('lipanj 2025'!$E$73/'2025'!H8)*100</f>
         <v>0</v>
       </c>
       <c r="I52" s="62">
         <f>+('srpanj 2025'!$E$73/'2025'!I8)*100</f>
         <v>0</v>
       </c>
       <c r="J52" s="62">
         <f>+('kolovoz 2025'!$E$73/'2025'!J8)*100</f>
         <v>0</v>
       </c>
       <c r="K52" s="62">
         <f>+('rujan 2025'!$E$73/'2025'!K8)*100</f>
         <v>0</v>
       </c>
       <c r="L52" s="62">
         <f>+('listopad 2025'!$E$73/'2025'!L8)*100</f>
         <v>0</v>
       </c>
-      <c r="M52" s="62"/>
-      <c r="N52" s="62"/>
+      <c r="M52" s="62">
+        <f>+('studeni 2025'!$E$73/'2025'!M8)*100</f>
+        <v>0</v>
+      </c>
+      <c r="N52" s="62">
+        <f>+('prosinac 2025'!$E$73/'2025'!N8)*100</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="53" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C53" s="19">
         <f t="shared" ref="C53:N53" si="17">SUM(C50:C52)</f>
         <v>100</v>
       </c>
       <c r="D53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="E53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="F53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="G53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="H53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="I53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="J53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="K53" s="19">
         <f t="shared" si="17"/>
         <v>100</v>
       </c>
       <c r="L53" s="19">
         <f t="shared" si="17"/>
         <v>100.00000000000001</v>
       </c>
       <c r="M53" s="19">
         <f t="shared" si="17"/>
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="N53" s="19">
         <f t="shared" si="17"/>
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="O33:P33 O15 O16:O32" evalError="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:Q81"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="33" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" style="33" customWidth="1"/>
     <col min="3" max="3" width="10.83203125" style="33" customWidth="1"/>
@@ -38148,60 +44552,62 @@
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="D56:E56"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
     <ignoredError sqref="A6:B22 A32:B48 B58:B71" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>graf. prikaz 2025</vt:lpstr>
       <vt:lpstr>siječanj 2025</vt:lpstr>
       <vt:lpstr>veljača 2025</vt:lpstr>
       <vt:lpstr>ožujak 2025</vt:lpstr>
       <vt:lpstr>travanj 2025</vt:lpstr>
       <vt:lpstr>svibanj 2025</vt:lpstr>
       <vt:lpstr>lipanj 2025</vt:lpstr>
       <vt:lpstr>srpanj 2025</vt:lpstr>
       <vt:lpstr>kolovoz 2025</vt:lpstr>
       <vt:lpstr>rujan 2025</vt:lpstr>
       <vt:lpstr>listopad 2025</vt:lpstr>
+      <vt:lpstr>studeni 2025</vt:lpstr>
+      <vt:lpstr>prosinac 2025</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>