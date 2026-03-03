--- v0 (2025-11-07)
+++ v1 (2026-03-03)
@@ -26,54 +26,54 @@
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users06$\kbrandic\Documents\18 - BLS\BLS WEB OBJAVA\2025_10 BLS web objava + uvedena napomena\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users06$\kbrandic\Desktop\10. 2. 2026. web objava\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CCF4091-ECDA-451C-82BA-4DEE578E92F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C15E2AA-1797-403C-B6B6-CCD96862226C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Obrazloženje" sheetId="31" r:id="rId1"/>
     <sheet name="Pitanje 1_NPCT" sheetId="4" r:id="rId2"/>
     <sheet name="Pitanje 2_NPCT" sheetId="6" r:id="rId3"/>
     <sheet name="Pitanje 3_NPCT" sheetId="9" r:id="rId4"/>
     <sheet name="Pitanje 4_NPCT" sheetId="10" r:id="rId5"/>
     <sheet name="Pitanje 5_NPCT" sheetId="11" r:id="rId6"/>
     <sheet name="Pitanje 6_NPCT" sheetId="12" r:id="rId7"/>
     <sheet name="Pitanje 7_NPCT" sheetId="13" r:id="rId8"/>
     <sheet name="Pitanje 8_NPCT" sheetId="14" r:id="rId9"/>
     <sheet name="Pitanje 9_NPCT" sheetId="15" r:id="rId10"/>
     <sheet name="Pitanje 10_NPCT" sheetId="16" r:id="rId11"/>
     <sheet name="Pitanje 11_NPCT" sheetId="17" r:id="rId12"/>
     <sheet name="Pitanje 12_NPCT" sheetId="18" r:id="rId13"/>
     <sheet name="Pitanje 13_NPCT" sheetId="19" r:id="rId14"/>
     <sheet name="Pitanje 14_NPCT" sheetId="20" r:id="rId15"/>
     <sheet name="Pitanje 15_NPCT" sheetId="21" r:id="rId16"/>
     <sheet name="Pitanje 16_NPCT" sheetId="22" r:id="rId17"/>
     <sheet name="Pitanje 17_NPCT" sheetId="23" r:id="rId18"/>
     <sheet name="Pitanje 18_NPCT" sheetId="24" r:id="rId19"/>
     <sheet name="Pitanje 19_NPCT" sheetId="25" r:id="rId20"/>
     <sheet name="Pitanje 20_NPCT" sheetId="27" r:id="rId21"/>
@@ -381,51 +381,51 @@
     <definedName name="x_os">OFFSET(#REF!,,,1,COUNTA(#REF!))</definedName>
     <definedName name="zzzzzzzzzzz">OFFSET(#REF!,,,1,COUNT(#REF!))</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1009" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1054" uniqueCount="155">
   <si>
     <t>(pozitivna vrijednost = pooštravanje, negativna vrijednost = ublažavanje)</t>
   </si>
   <si>
     <t>Ukupni krediti poduzećima</t>
   </si>
   <si>
     <t>Krediti malim i srednjim poduzećima</t>
   </si>
   <si>
     <t>Krediti velikim poduzećima</t>
   </si>
   <si>
     <t>Kratkoročni krediti</t>
   </si>
   <si>
     <t>Dugoročni krediti</t>
   </si>
   <si>
     <t>Neto postotak banaka</t>
   </si>
   <si>
     <t>Pitanje 1. Kako su se u posljednja tri mjeseca promijenili standardi odobravanja kredita ili kreditnih linija poduzećima u vašoj banci?</t>
   </si>
   <si>
@@ -1693,59 +1693,68 @@
   </si>
   <si>
     <t>4.tr.2024.</t>
   </si>
   <si>
     <t>1.tr.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">Kreditna marža banke na prosječno rizične kredite </t>
   </si>
   <si>
     <t>Kreditna marža banke na rizičnije kredite</t>
   </si>
   <si>
     <t>Kreditna marža banke na prosječno rizične kredite</t>
   </si>
   <si>
     <t>2.tr.2025.</t>
   </si>
   <si>
     <t>3.tr.2025.</t>
   </si>
   <si>
     <t>Napomena: Rezultatu za ukupnu kategoriju mogu pridonijeti i ostali činitelji, koji se ne objavljuju u tablici.</t>
   </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* Revidirani podaci.</t>
+  </si>
+  <si>
+    <t>4.tr.2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1772,50 +1781,57 @@
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1944,63 +1960,64 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="129">
+  <cellXfs count="134">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="9" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -2159,50 +2176,117 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="4" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="4" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2255,116 +2339,63 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="9" fontId="2" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="7">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="4" xr:uid="{D44112FA-BBA0-4FE0-96C6-E16A245C519D}"/>
     <cellStyle name="Normalno 2 2" xfId="5" xr:uid="{F684C7DF-1E54-46E5-BECA-16C7EBD7AB02}"/>
+    <cellStyle name="Normalno 4" xfId="6" xr:uid="{E1C09601-483E-4F19-AC28-A5E4FBEA538D}"/>
     <cellStyle name="Obično 2" xfId="3" xr:uid="{2D6826B4-0F14-477A-A486-F3C48F2DD006}"/>
     <cellStyle name="Postotak" xfId="1" builtinId="5"/>
     <cellStyle name="Postotak 2" xfId="2" xr:uid="{F7D41423-4CA6-4B8B-B1BE-A6785E23D6F4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/TRANS/Ledning%20Survey/Objava%20rezultata/Rezultati%20Ankete%20o%20kreditnoj%20aktivnosti%20banaka%20-%20ZA%20OBJAVU_23.09.2014.xlsx" TargetMode="External"/></Relationships>
 </file>
 
@@ -3996,7486 +4027,8105 @@
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FEDF5518-0E0E-465B-BA1C-F93B259D788D}">
   <dimension ref="A1:J71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="9" width="11.33203125" style="48" customWidth="1"/>
     <col min="10" max="10" width="40.6640625" style="48" customWidth="1"/>
     <col min="11" max="16384" width="9.109375" style="48"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="98" t="s">
+      <c r="A1" s="121" t="s">
         <v>105</v>
       </c>
-      <c r="B1" s="98"/>
-[...7 lines deleted...]
-      <c r="J1" s="98"/>
+      <c r="B1" s="121"/>
+      <c r="C1" s="121"/>
+      <c r="D1" s="121"/>
+      <c r="E1" s="121"/>
+      <c r="F1" s="121"/>
+      <c r="G1" s="121"/>
+      <c r="H1" s="121"/>
+      <c r="I1" s="121"/>
+      <c r="J1" s="121"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="98"/>
-[...8 lines deleted...]
-      <c r="J2" s="98"/>
+      <c r="A2" s="121"/>
+      <c r="B2" s="121"/>
+      <c r="C2" s="121"/>
+      <c r="D2" s="121"/>
+      <c r="E2" s="121"/>
+      <c r="F2" s="121"/>
+      <c r="G2" s="121"/>
+      <c r="H2" s="121"/>
+      <c r="I2" s="121"/>
+      <c r="J2" s="121"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A3" s="98"/>
-[...8 lines deleted...]
-      <c r="J3" s="98"/>
+      <c r="A3" s="121"/>
+      <c r="B3" s="121"/>
+      <c r="C3" s="121"/>
+      <c r="D3" s="121"/>
+      <c r="E3" s="121"/>
+      <c r="F3" s="121"/>
+      <c r="G3" s="121"/>
+      <c r="H3" s="121"/>
+      <c r="I3" s="121"/>
+      <c r="J3" s="121"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A4" s="98"/>
-[...8 lines deleted...]
-      <c r="J4" s="98"/>
+      <c r="A4" s="121"/>
+      <c r="B4" s="121"/>
+      <c r="C4" s="121"/>
+      <c r="D4" s="121"/>
+      <c r="E4" s="121"/>
+      <c r="F4" s="121"/>
+      <c r="G4" s="121"/>
+      <c r="H4" s="121"/>
+      <c r="I4" s="121"/>
+      <c r="J4" s="121"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="98"/>
-[...8 lines deleted...]
-      <c r="J5" s="98"/>
+      <c r="A5" s="121"/>
+      <c r="B5" s="121"/>
+      <c r="C5" s="121"/>
+      <c r="D5" s="121"/>
+      <c r="E5" s="121"/>
+      <c r="F5" s="121"/>
+      <c r="G5" s="121"/>
+      <c r="H5" s="121"/>
+      <c r="I5" s="121"/>
+      <c r="J5" s="121"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="98"/>
-[...8 lines deleted...]
-      <c r="J6" s="98"/>
+      <c r="A6" s="121"/>
+      <c r="B6" s="121"/>
+      <c r="C6" s="121"/>
+      <c r="D6" s="121"/>
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="121"/>
+      <c r="H6" s="121"/>
+      <c r="I6" s="121"/>
+      <c r="J6" s="121"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="98"/>
-[...8 lines deleted...]
-      <c r="J7" s="98"/>
+      <c r="A7" s="121"/>
+      <c r="B7" s="121"/>
+      <c r="C7" s="121"/>
+      <c r="D7" s="121"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A8" s="98"/>
-[...8 lines deleted...]
-      <c r="J8" s="98"/>
+      <c r="A8" s="121"/>
+      <c r="B8" s="121"/>
+      <c r="C8" s="121"/>
+      <c r="D8" s="121"/>
+      <c r="E8" s="121"/>
+      <c r="F8" s="121"/>
+      <c r="G8" s="121"/>
+      <c r="H8" s="121"/>
+      <c r="I8" s="121"/>
+      <c r="J8" s="121"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A9" s="98"/>
-[...8 lines deleted...]
-      <c r="J9" s="98"/>
+      <c r="A9" s="121"/>
+      <c r="B9" s="121"/>
+      <c r="C9" s="121"/>
+      <c r="D9" s="121"/>
+      <c r="E9" s="121"/>
+      <c r="F9" s="121"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="121"/>
+      <c r="I9" s="121"/>
+      <c r="J9" s="121"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A10" s="98"/>
-[...8 lines deleted...]
-      <c r="J10" s="98"/>
+      <c r="A10" s="121"/>
+      <c r="B10" s="121"/>
+      <c r="C10" s="121"/>
+      <c r="D10" s="121"/>
+      <c r="E10" s="121"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
+      <c r="I10" s="121"/>
+      <c r="J10" s="121"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A11" s="98"/>
-[...8 lines deleted...]
-      <c r="J11" s="98"/>
+      <c r="A11" s="121"/>
+      <c r="B11" s="121"/>
+      <c r="C11" s="121"/>
+      <c r="D11" s="121"/>
+      <c r="E11" s="121"/>
+      <c r="F11" s="121"/>
+      <c r="G11" s="121"/>
+      <c r="H11" s="121"/>
+      <c r="I11" s="121"/>
+      <c r="J11" s="121"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A12" s="98"/>
-[...8 lines deleted...]
-      <c r="J12" s="98"/>
+      <c r="A12" s="121"/>
+      <c r="B12" s="121"/>
+      <c r="C12" s="121"/>
+      <c r="D12" s="121"/>
+      <c r="E12" s="121"/>
+      <c r="F12" s="121"/>
+      <c r="G12" s="121"/>
+      <c r="H12" s="121"/>
+      <c r="I12" s="121"/>
+      <c r="J12" s="121"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A13" s="98"/>
-[...8 lines deleted...]
-      <c r="J13" s="98"/>
+      <c r="A13" s="121"/>
+      <c r="B13" s="121"/>
+      <c r="C13" s="121"/>
+      <c r="D13" s="121"/>
+      <c r="E13" s="121"/>
+      <c r="F13" s="121"/>
+      <c r="G13" s="121"/>
+      <c r="H13" s="121"/>
+      <c r="I13" s="121"/>
+      <c r="J13" s="121"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A14" s="98"/>
-[...8 lines deleted...]
-      <c r="J14" s="98"/>
+      <c r="A14" s="121"/>
+      <c r="B14" s="121"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="121"/>
+      <c r="J14" s="121"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A15" s="98"/>
-[...8 lines deleted...]
-      <c r="J15" s="98"/>
+      <c r="A15" s="121"/>
+      <c r="B15" s="121"/>
+      <c r="C15" s="121"/>
+      <c r="D15" s="121"/>
+      <c r="E15" s="121"/>
+      <c r="F15" s="121"/>
+      <c r="G15" s="121"/>
+      <c r="H15" s="121"/>
+      <c r="I15" s="121"/>
+      <c r="J15" s="121"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A16" s="98"/>
-[...8 lines deleted...]
-      <c r="J16" s="98"/>
+      <c r="A16" s="121"/>
+      <c r="B16" s="121"/>
+      <c r="C16" s="121"/>
+      <c r="D16" s="121"/>
+      <c r="E16" s="121"/>
+      <c r="F16" s="121"/>
+      <c r="G16" s="121"/>
+      <c r="H16" s="121"/>
+      <c r="I16" s="121"/>
+      <c r="J16" s="121"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A17" s="98"/>
-[...8 lines deleted...]
-      <c r="J17" s="98"/>
+      <c r="A17" s="121"/>
+      <c r="B17" s="121"/>
+      <c r="C17" s="121"/>
+      <c r="D17" s="121"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="121"/>
+      <c r="J17" s="121"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A18" s="98"/>
-[...8 lines deleted...]
-      <c r="J18" s="98"/>
+      <c r="A18" s="121"/>
+      <c r="B18" s="121"/>
+      <c r="C18" s="121"/>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="121"/>
+      <c r="H18" s="121"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="121"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A19" s="98"/>
-[...8 lines deleted...]
-      <c r="J19" s="98"/>
+      <c r="A19" s="121"/>
+      <c r="B19" s="121"/>
+      <c r="C19" s="121"/>
+      <c r="D19" s="121"/>
+      <c r="E19" s="121"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A20" s="98"/>
-[...8 lines deleted...]
-      <c r="J20" s="98"/>
+      <c r="A20" s="121"/>
+      <c r="B20" s="121"/>
+      <c r="C20" s="121"/>
+      <c r="D20" s="121"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
+      <c r="I20" s="121"/>
+      <c r="J20" s="121"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A21" s="98"/>
-[...8 lines deleted...]
-      <c r="J21" s="98"/>
+      <c r="A21" s="121"/>
+      <c r="B21" s="121"/>
+      <c r="C21" s="121"/>
+      <c r="D21" s="121"/>
+      <c r="E21" s="121"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
+      <c r="I21" s="121"/>
+      <c r="J21" s="121"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A22" s="98"/>
-[...8 lines deleted...]
-      <c r="J22" s="98"/>
+      <c r="A22" s="121"/>
+      <c r="B22" s="121"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="121"/>
+      <c r="E22" s="121"/>
+      <c r="F22" s="121"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A23" s="98"/>
-[...8 lines deleted...]
-      <c r="J23" s="98"/>
+      <c r="A23" s="121"/>
+      <c r="B23" s="121"/>
+      <c r="C23" s="121"/>
+      <c r="D23" s="121"/>
+      <c r="E23" s="121"/>
+      <c r="F23" s="121"/>
+      <c r="G23" s="121"/>
+      <c r="H23" s="121"/>
+      <c r="I23" s="121"/>
+      <c r="J23" s="121"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A24" s="98"/>
-[...8 lines deleted...]
-      <c r="J24" s="98"/>
+      <c r="A24" s="121"/>
+      <c r="B24" s="121"/>
+      <c r="C24" s="121"/>
+      <c r="D24" s="121"/>
+      <c r="E24" s="121"/>
+      <c r="F24" s="121"/>
+      <c r="G24" s="121"/>
+      <c r="H24" s="121"/>
+      <c r="I24" s="121"/>
+      <c r="J24" s="121"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="49" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A27" s="99" t="s">
+      <c r="A27" s="122" t="s">
         <v>79</v>
       </c>
-      <c r="B27" s="100"/>
-      <c r="C27" s="99" t="s">
+      <c r="B27" s="123"/>
+      <c r="C27" s="122" t="s">
         <v>91</v>
       </c>
-      <c r="D27" s="101"/>
-[...5 lines deleted...]
-      <c r="J27" s="100"/>
+      <c r="D27" s="124"/>
+      <c r="E27" s="124"/>
+      <c r="F27" s="124"/>
+      <c r="G27" s="124"/>
+      <c r="H27" s="124"/>
+      <c r="I27" s="124"/>
+      <c r="J27" s="123"/>
     </row>
     <row r="28" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="76" t="s">
+      <c r="A28" s="99" t="s">
         <v>89</v>
       </c>
-      <c r="B28" s="76"/>
-      <c r="C28" s="83" t="s">
+      <c r="B28" s="99"/>
+      <c r="C28" s="106" t="s">
         <v>106</v>
       </c>
-      <c r="D28" s="84"/>
-[...5 lines deleted...]
-      <c r="J28" s="85"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="107"/>
+      <c r="F28" s="107"/>
+      <c r="G28" s="107"/>
+      <c r="H28" s="107"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="108"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A29" s="76"/>
-[...8 lines deleted...]
-      <c r="J29" s="88"/>
+      <c r="A29" s="99"/>
+      <c r="B29" s="99"/>
+      <c r="C29" s="109"/>
+      <c r="D29" s="110"/>
+      <c r="E29" s="110"/>
+      <c r="F29" s="110"/>
+      <c r="G29" s="110"/>
+      <c r="H29" s="110"/>
+      <c r="I29" s="110"/>
+      <c r="J29" s="111"/>
     </row>
     <row r="30" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="76"/>
-[...8 lines deleted...]
-      <c r="J30" s="104"/>
+      <c r="A30" s="99"/>
+      <c r="B30" s="99"/>
+      <c r="C30" s="125"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="126"/>
+      <c r="F30" s="126"/>
+      <c r="G30" s="126"/>
+      <c r="H30" s="126"/>
+      <c r="I30" s="126"/>
+      <c r="J30" s="127"/>
     </row>
     <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="76" t="s">
+      <c r="A31" s="99" t="s">
         <v>88</v>
       </c>
-      <c r="B31" s="76"/>
-      <c r="C31" s="77" t="s">
+      <c r="B31" s="99"/>
+      <c r="C31" s="100" t="s">
         <v>107</v>
       </c>
-      <c r="D31" s="77"/>
-[...5 lines deleted...]
-      <c r="J31" s="77"/>
+      <c r="D31" s="100"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="100"/>
+      <c r="G31" s="100"/>
+      <c r="H31" s="100"/>
+      <c r="I31" s="100"/>
+      <c r="J31" s="100"/>
     </row>
     <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="76"/>
-[...8 lines deleted...]
-      <c r="J32" s="77"/>
+      <c r="A32" s="99"/>
+      <c r="B32" s="99"/>
+      <c r="C32" s="100"/>
+      <c r="D32" s="100"/>
+      <c r="E32" s="100"/>
+      <c r="F32" s="100"/>
+      <c r="G32" s="100"/>
+      <c r="H32" s="100"/>
+      <c r="I32" s="100"/>
+      <c r="J32" s="100"/>
     </row>
     <row r="33" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="76"/>
-[...8 lines deleted...]
-      <c r="J33" s="77"/>
+      <c r="A33" s="99"/>
+      <c r="B33" s="99"/>
+      <c r="C33" s="100"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="100"/>
+      <c r="I33" s="100"/>
+      <c r="J33" s="100"/>
     </row>
     <row r="34" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="76"/>
-[...8 lines deleted...]
-      <c r="J34" s="77"/>
+      <c r="A34" s="99"/>
+      <c r="B34" s="99"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
     </row>
     <row r="35" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="79" t="s">
+      <c r="A35" s="102" t="s">
         <v>87</v>
       </c>
-      <c r="B35" s="80"/>
-      <c r="C35" s="77" t="s">
+      <c r="B35" s="103"/>
+      <c r="C35" s="100" t="s">
         <v>108</v>
       </c>
-      <c r="D35" s="77"/>
-[...5 lines deleted...]
-      <c r="J35" s="77"/>
+      <c r="D35" s="100"/>
+      <c r="E35" s="100"/>
+      <c r="F35" s="100"/>
+      <c r="G35" s="100"/>
+      <c r="H35" s="100"/>
+      <c r="I35" s="100"/>
+      <c r="J35" s="100"/>
     </row>
     <row r="36" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="81"/>
-[...8 lines deleted...]
-      <c r="J36" s="77"/>
+      <c r="A36" s="104"/>
+      <c r="B36" s="105"/>
+      <c r="C36" s="100"/>
+      <c r="D36" s="100"/>
+      <c r="E36" s="100"/>
+      <c r="F36" s="100"/>
+      <c r="G36" s="100"/>
+      <c r="H36" s="100"/>
+      <c r="I36" s="100"/>
+      <c r="J36" s="100"/>
     </row>
     <row r="37" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="76" t="s">
+      <c r="A37" s="99" t="s">
         <v>90</v>
       </c>
-      <c r="B37" s="76"/>
-      <c r="C37" s="89" t="s">
+      <c r="B37" s="99"/>
+      <c r="C37" s="112" t="s">
         <v>109</v>
       </c>
-      <c r="D37" s="90"/>
-[...5 lines deleted...]
-      <c r="J37" s="91"/>
+      <c r="D37" s="113"/>
+      <c r="E37" s="113"/>
+      <c r="F37" s="113"/>
+      <c r="G37" s="113"/>
+      <c r="H37" s="113"/>
+      <c r="I37" s="113"/>
+      <c r="J37" s="114"/>
     </row>
     <row r="38" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="76"/>
-[...8 lines deleted...]
-      <c r="J38" s="94"/>
+      <c r="A38" s="99"/>
+      <c r="B38" s="99"/>
+      <c r="C38" s="115"/>
+      <c r="D38" s="116"/>
+      <c r="E38" s="116"/>
+      <c r="F38" s="116"/>
+      <c r="G38" s="116"/>
+      <c r="H38" s="116"/>
+      <c r="I38" s="116"/>
+      <c r="J38" s="117"/>
     </row>
     <row r="39" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="76"/>
-[...8 lines deleted...]
-      <c r="J39" s="94"/>
+      <c r="A39" s="99"/>
+      <c r="B39" s="99"/>
+      <c r="C39" s="115"/>
+      <c r="D39" s="116"/>
+      <c r="E39" s="116"/>
+      <c r="F39" s="116"/>
+      <c r="G39" s="116"/>
+      <c r="H39" s="116"/>
+      <c r="I39" s="116"/>
+      <c r="J39" s="117"/>
     </row>
     <row r="40" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="76"/>
-[...8 lines deleted...]
-      <c r="J40" s="94"/>
+      <c r="A40" s="99"/>
+      <c r="B40" s="99"/>
+      <c r="C40" s="115"/>
+      <c r="D40" s="116"/>
+      <c r="E40" s="116"/>
+      <c r="F40" s="116"/>
+      <c r="G40" s="116"/>
+      <c r="H40" s="116"/>
+      <c r="I40" s="116"/>
+      <c r="J40" s="117"/>
     </row>
     <row r="41" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="76"/>
-[...8 lines deleted...]
-      <c r="J41" s="94"/>
+      <c r="A41" s="99"/>
+      <c r="B41" s="99"/>
+      <c r="C41" s="115"/>
+      <c r="D41" s="116"/>
+      <c r="E41" s="116"/>
+      <c r="F41" s="116"/>
+      <c r="G41" s="116"/>
+      <c r="H41" s="116"/>
+      <c r="I41" s="116"/>
+      <c r="J41" s="117"/>
     </row>
     <row r="42" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="76"/>
-[...8 lines deleted...]
-      <c r="J42" s="94"/>
+      <c r="A42" s="99"/>
+      <c r="B42" s="99"/>
+      <c r="C42" s="115"/>
+      <c r="D42" s="116"/>
+      <c r="E42" s="116"/>
+      <c r="F42" s="116"/>
+      <c r="G42" s="116"/>
+      <c r="H42" s="116"/>
+      <c r="I42" s="116"/>
+      <c r="J42" s="117"/>
     </row>
     <row r="43" spans="1:10" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="76"/>
-[...8 lines deleted...]
-      <c r="J43" s="97"/>
+      <c r="A43" s="99"/>
+      <c r="B43" s="99"/>
+      <c r="C43" s="118"/>
+      <c r="D43" s="119"/>
+      <c r="E43" s="119"/>
+      <c r="F43" s="119"/>
+      <c r="G43" s="119"/>
+      <c r="H43" s="119"/>
+      <c r="I43" s="119"/>
+      <c r="J43" s="120"/>
     </row>
     <row r="44" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="76" t="s">
+      <c r="A44" s="99" t="s">
         <v>86</v>
       </c>
-      <c r="B44" s="76"/>
-      <c r="C44" s="77" t="s">
+      <c r="B44" s="99"/>
+      <c r="C44" s="100" t="s">
         <v>110</v>
       </c>
-      <c r="D44" s="77"/>
-[...5 lines deleted...]
-      <c r="J44" s="77"/>
+      <c r="D44" s="100"/>
+      <c r="E44" s="100"/>
+      <c r="F44" s="100"/>
+      <c r="G44" s="100"/>
+      <c r="H44" s="100"/>
+      <c r="I44" s="100"/>
+      <c r="J44" s="100"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A45" s="76"/>
-[...8 lines deleted...]
-      <c r="J45" s="77"/>
+      <c r="A45" s="99"/>
+      <c r="B45" s="99"/>
+      <c r="C45" s="100"/>
+      <c r="D45" s="100"/>
+      <c r="E45" s="100"/>
+      <c r="F45" s="100"/>
+      <c r="G45" s="100"/>
+      <c r="H45" s="100"/>
+      <c r="I45" s="100"/>
+      <c r="J45" s="100"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A46" s="76"/>
-[...8 lines deleted...]
-      <c r="J46" s="77"/>
+      <c r="A46" s="99"/>
+      <c r="B46" s="99"/>
+      <c r="C46" s="100"/>
+      <c r="D46" s="100"/>
+      <c r="E46" s="100"/>
+      <c r="F46" s="100"/>
+      <c r="G46" s="100"/>
+      <c r="H46" s="100"/>
+      <c r="I46" s="100"/>
+      <c r="J46" s="100"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A47" s="76"/>
-[...8 lines deleted...]
-      <c r="J47" s="77"/>
+      <c r="A47" s="99"/>
+      <c r="B47" s="99"/>
+      <c r="C47" s="100"/>
+      <c r="D47" s="100"/>
+      <c r="E47" s="100"/>
+      <c r="F47" s="100"/>
+      <c r="G47" s="100"/>
+      <c r="H47" s="100"/>
+      <c r="I47" s="100"/>
+      <c r="J47" s="100"/>
     </row>
     <row r="48" spans="1:10" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="76"/>
-[...8 lines deleted...]
-      <c r="J48" s="77"/>
+      <c r="A48" s="99"/>
+      <c r="B48" s="99"/>
+      <c r="C48" s="100"/>
+      <c r="D48" s="100"/>
+      <c r="E48" s="100"/>
+      <c r="F48" s="100"/>
+      <c r="G48" s="100"/>
+      <c r="H48" s="100"/>
+      <c r="I48" s="100"/>
+      <c r="J48" s="100"/>
     </row>
     <row r="49" spans="1:10" ht="11.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="76" t="s">
+      <c r="A49" s="99" t="s">
         <v>84</v>
       </c>
-      <c r="B49" s="76"/>
-      <c r="C49" s="78" t="s">
+      <c r="B49" s="99"/>
+      <c r="C49" s="101" t="s">
         <v>111</v>
       </c>
-      <c r="D49" s="78"/>
-[...5 lines deleted...]
-      <c r="J49" s="78"/>
+      <c r="D49" s="101"/>
+      <c r="E49" s="101"/>
+      <c r="F49" s="101"/>
+      <c r="G49" s="101"/>
+      <c r="H49" s="101"/>
+      <c r="I49" s="101"/>
+      <c r="J49" s="101"/>
     </row>
     <row r="50" spans="1:10" ht="11.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="76"/>
-[...8 lines deleted...]
-      <c r="J50" s="78"/>
+      <c r="A50" s="99"/>
+      <c r="B50" s="99"/>
+      <c r="C50" s="101"/>
+      <c r="D50" s="101"/>
+      <c r="E50" s="101"/>
+      <c r="F50" s="101"/>
+      <c r="G50" s="101"/>
+      <c r="H50" s="101"/>
+      <c r="I50" s="101"/>
+      <c r="J50" s="101"/>
     </row>
     <row r="51" spans="1:10" ht="11.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="76"/>
-[...8 lines deleted...]
-      <c r="J51" s="78"/>
+      <c r="A51" s="99"/>
+      <c r="B51" s="99"/>
+      <c r="C51" s="101"/>
+      <c r="D51" s="101"/>
+      <c r="E51" s="101"/>
+      <c r="F51" s="101"/>
+      <c r="G51" s="101"/>
+      <c r="H51" s="101"/>
+      <c r="I51" s="101"/>
+      <c r="J51" s="101"/>
     </row>
     <row r="52" spans="1:10" ht="11.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="76"/>
-[...8 lines deleted...]
-      <c r="J52" s="78"/>
+      <c r="A52" s="99"/>
+      <c r="B52" s="99"/>
+      <c r="C52" s="101"/>
+      <c r="D52" s="101"/>
+      <c r="E52" s="101"/>
+      <c r="F52" s="101"/>
+      <c r="G52" s="101"/>
+      <c r="H52" s="101"/>
+      <c r="I52" s="101"/>
+      <c r="J52" s="101"/>
     </row>
     <row r="53" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="76"/>
-[...8 lines deleted...]
-      <c r="J53" s="78"/>
+      <c r="A53" s="99"/>
+      <c r="B53" s="99"/>
+      <c r="C53" s="101"/>
+      <c r="D53" s="101"/>
+      <c r="E53" s="101"/>
+      <c r="F53" s="101"/>
+      <c r="G53" s="101"/>
+      <c r="H53" s="101"/>
+      <c r="I53" s="101"/>
+      <c r="J53" s="101"/>
     </row>
     <row r="54" spans="1:10" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="79" t="s">
+      <c r="A54" s="102" t="s">
         <v>83</v>
       </c>
-      <c r="B54" s="80"/>
-      <c r="C54" s="83" t="s">
+      <c r="B54" s="103"/>
+      <c r="C54" s="106" t="s">
         <v>112</v>
       </c>
-      <c r="D54" s="84"/>
-[...5 lines deleted...]
-      <c r="J54" s="85"/>
+      <c r="D54" s="107"/>
+      <c r="E54" s="107"/>
+      <c r="F54" s="107"/>
+      <c r="G54" s="107"/>
+      <c r="H54" s="107"/>
+      <c r="I54" s="107"/>
+      <c r="J54" s="108"/>
     </row>
     <row r="55" spans="1:10" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="81"/>
-[...8 lines deleted...]
-      <c r="J55" s="88"/>
+      <c r="A55" s="104"/>
+      <c r="B55" s="105"/>
+      <c r="C55" s="109"/>
+      <c r="D55" s="110"/>
+      <c r="E55" s="110"/>
+      <c r="F55" s="110"/>
+      <c r="G55" s="110"/>
+      <c r="H55" s="110"/>
+      <c r="I55" s="110"/>
+      <c r="J55" s="111"/>
     </row>
     <row r="56" spans="1:10" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="81"/>
-[...8 lines deleted...]
-      <c r="J56" s="88"/>
+      <c r="A56" s="104"/>
+      <c r="B56" s="105"/>
+      <c r="C56" s="109"/>
+      <c r="D56" s="110"/>
+      <c r="E56" s="110"/>
+      <c r="F56" s="110"/>
+      <c r="G56" s="110"/>
+      <c r="H56" s="110"/>
+      <c r="I56" s="110"/>
+      <c r="J56" s="111"/>
     </row>
     <row r="57" spans="1:10" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="81"/>
-[...8 lines deleted...]
-      <c r="J57" s="88"/>
+      <c r="A57" s="104"/>
+      <c r="B57" s="105"/>
+      <c r="C57" s="109"/>
+      <c r="D57" s="110"/>
+      <c r="E57" s="110"/>
+      <c r="F57" s="110"/>
+      <c r="G57" s="110"/>
+      <c r="H57" s="110"/>
+      <c r="I57" s="110"/>
+      <c r="J57" s="111"/>
     </row>
     <row r="58" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="76" t="s">
+      <c r="A58" s="99" t="s">
         <v>82</v>
       </c>
-      <c r="B58" s="76"/>
-      <c r="C58" s="77" t="s">
+      <c r="B58" s="99"/>
+      <c r="C58" s="100" t="s">
         <v>113</v>
       </c>
-      <c r="D58" s="77"/>
-[...5 lines deleted...]
-      <c r="J58" s="77"/>
+      <c r="D58" s="100"/>
+      <c r="E58" s="100"/>
+      <c r="F58" s="100"/>
+      <c r="G58" s="100"/>
+      <c r="H58" s="100"/>
+      <c r="I58" s="100"/>
+      <c r="J58" s="100"/>
     </row>
     <row r="59" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="76"/>
-[...8 lines deleted...]
-      <c r="J59" s="77"/>
+      <c r="A59" s="99"/>
+      <c r="B59" s="99"/>
+      <c r="C59" s="100"/>
+      <c r="D59" s="100"/>
+      <c r="E59" s="100"/>
+      <c r="F59" s="100"/>
+      <c r="G59" s="100"/>
+      <c r="H59" s="100"/>
+      <c r="I59" s="100"/>
+      <c r="J59" s="100"/>
     </row>
     <row r="60" spans="1:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="76"/>
-[...8 lines deleted...]
-      <c r="J60" s="77"/>
+      <c r="A60" s="99"/>
+      <c r="B60" s="99"/>
+      <c r="C60" s="100"/>
+      <c r="D60" s="100"/>
+      <c r="E60" s="100"/>
+      <c r="F60" s="100"/>
+      <c r="G60" s="100"/>
+      <c r="H60" s="100"/>
+      <c r="I60" s="100"/>
+      <c r="J60" s="100"/>
     </row>
     <row r="61" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="76"/>
-[...8 lines deleted...]
-      <c r="J61" s="77"/>
+      <c r="A61" s="99"/>
+      <c r="B61" s="99"/>
+      <c r="C61" s="100"/>
+      <c r="D61" s="100"/>
+      <c r="E61" s="100"/>
+      <c r="F61" s="100"/>
+      <c r="G61" s="100"/>
+      <c r="H61" s="100"/>
+      <c r="I61" s="100"/>
+      <c r="J61" s="100"/>
     </row>
     <row r="62" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="76" t="s">
+      <c r="A62" s="99" t="s">
         <v>81</v>
       </c>
-      <c r="B62" s="76"/>
-      <c r="C62" s="77" t="s">
+      <c r="B62" s="99"/>
+      <c r="C62" s="100" t="s">
         <v>114</v>
       </c>
-      <c r="D62" s="77"/>
-[...5 lines deleted...]
-      <c r="J62" s="77"/>
+      <c r="D62" s="100"/>
+      <c r="E62" s="100"/>
+      <c r="F62" s="100"/>
+      <c r="G62" s="100"/>
+      <c r="H62" s="100"/>
+      <c r="I62" s="100"/>
+      <c r="J62" s="100"/>
     </row>
     <row r="63" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="76"/>
-[...8 lines deleted...]
-      <c r="J63" s="77"/>
+      <c r="A63" s="99"/>
+      <c r="B63" s="99"/>
+      <c r="C63" s="100"/>
+      <c r="D63" s="100"/>
+      <c r="E63" s="100"/>
+      <c r="F63" s="100"/>
+      <c r="G63" s="100"/>
+      <c r="H63" s="100"/>
+      <c r="I63" s="100"/>
+      <c r="J63" s="100"/>
     </row>
     <row r="64" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="76"/>
-[...8 lines deleted...]
-      <c r="J64" s="77"/>
+      <c r="A64" s="99"/>
+      <c r="B64" s="99"/>
+      <c r="C64" s="100"/>
+      <c r="D64" s="100"/>
+      <c r="E64" s="100"/>
+      <c r="F64" s="100"/>
+      <c r="G64" s="100"/>
+      <c r="H64" s="100"/>
+      <c r="I64" s="100"/>
+      <c r="J64" s="100"/>
     </row>
     <row r="65" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="76"/>
-[...8 lines deleted...]
-      <c r="J65" s="77"/>
+      <c r="A65" s="99"/>
+      <c r="B65" s="99"/>
+      <c r="C65" s="100"/>
+      <c r="D65" s="100"/>
+      <c r="E65" s="100"/>
+      <c r="F65" s="100"/>
+      <c r="G65" s="100"/>
+      <c r="H65" s="100"/>
+      <c r="I65" s="100"/>
+      <c r="J65" s="100"/>
     </row>
     <row r="66" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="76"/>
-[...8 lines deleted...]
-      <c r="J66" s="77"/>
+      <c r="A66" s="99"/>
+      <c r="B66" s="99"/>
+      <c r="C66" s="100"/>
+      <c r="D66" s="100"/>
+      <c r="E66" s="100"/>
+      <c r="F66" s="100"/>
+      <c r="G66" s="100"/>
+      <c r="H66" s="100"/>
+      <c r="I66" s="100"/>
+      <c r="J66" s="100"/>
     </row>
     <row r="67" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="68" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="70" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="71" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:J24"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:J27"/>
     <mergeCell ref="A28:B30"/>
     <mergeCell ref="C28:J30"/>
     <mergeCell ref="A44:B48"/>
     <mergeCell ref="C44:J48"/>
     <mergeCell ref="A31:B34"/>
     <mergeCell ref="C31:J34"/>
     <mergeCell ref="A37:B43"/>
     <mergeCell ref="C37:J43"/>
     <mergeCell ref="A35:B36"/>
     <mergeCell ref="C35:J36"/>
     <mergeCell ref="A58:B61"/>
     <mergeCell ref="C58:J61"/>
     <mergeCell ref="A62:B66"/>
     <mergeCell ref="C62:J66"/>
     <mergeCell ref="A49:B53"/>
     <mergeCell ref="C49:J53"/>
     <mergeCell ref="A54:B57"/>
     <mergeCell ref="C54:J57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="A31 A44 A49 A58 A62 A35" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FB93906-6C6A-4C36-96BF-38D91125DF65}">
-  <dimension ref="A2:L12"/>
+  <dimension ref="A2:M12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.6640625" style="10" customWidth="1"/>
-    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
-    <col min="14" max="16384" width="9.109375" style="10"/>
+    <col min="2" max="14" width="9.109375" style="10" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="E8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F8" s="38">
         <v>50</v>
       </c>
       <c r="G8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="H8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L8" s="38">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M8" s="38">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D9" s="38">
         <v>0</v>
       </c>
       <c r="E9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="H9" s="38">
         <v>0</v>
       </c>
       <c r="I9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="K9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="L9" s="38">
         <v>50</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M9" s="38">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="38">
         <v>0</v>
       </c>
       <c r="C10" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="D10" s="38">
         <v>-50</v>
       </c>
       <c r="E10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="H10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I10" s="38">
         <v>0</v>
       </c>
       <c r="J10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L10" s="38">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="38">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D11" s="38">
         <v>0</v>
       </c>
       <c r="E11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F11" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="H11" s="38">
         <v>0</v>
       </c>
       <c r="I11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J11" s="38">
         <v>0</v>
       </c>
       <c r="K11" s="38">
         <v>0</v>
       </c>
       <c r="L11" s="38">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M11" s="38">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="C12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D12" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="E12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G12" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="H12" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I12" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="K12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="L12" s="52">
+        <v>33.333333330000002</v>
+      </c>
+      <c r="M12" s="52">
         <v>33.333333330000002</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86434FF4-31D4-4103-83BF-C43380C33A2E}">
-  <dimension ref="A1:L10"/>
+  <dimension ref="A1:N10"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="9.109375" style="10"/>
+    <col min="2" max="14" width="9.109375" style="10" customWidth="1"/>
+    <col min="15" max="15" width="8.6640625" style="10" customWidth="1"/>
+    <col min="16" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+      <c r="N7" s="74"/>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="F8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="G8" s="38">
         <v>0</v>
       </c>
       <c r="H8" s="38">
         <v>0</v>
       </c>
       <c r="I8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="J8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="K8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L8" s="38">
         <v>83.333333330000002</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M8" s="38">
+        <v>0</v>
+      </c>
+      <c r="N8" s="45"/>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="38">
         <v>50</v>
       </c>
       <c r="E9" s="38">
         <v>0</v>
       </c>
       <c r="F9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G9" s="38">
         <v>0</v>
       </c>
       <c r="H9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I9" s="38">
         <v>0</v>
       </c>
       <c r="J9" s="38">
         <v>0</v>
       </c>
       <c r="K9" s="38">
         <v>0</v>
       </c>
       <c r="L9" s="38">
         <v>83.333333330000002</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="38">
+        <v>16.666666670000001</v>
+      </c>
+      <c r="N9" s="45"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9EFE6A2B-3092-437C-890C-2538D1474CB2}">
-  <dimension ref="A2:Q20"/>
+  <dimension ref="A2:R20"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="4" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.109375" style="4"/>
+    <col min="2" max="13" width="9.109375" style="4" customWidth="1"/>
+    <col min="14" max="14" width="8.6640625" style="4" customWidth="1"/>
+    <col min="15" max="17" width="9.109375" style="4"/>
+    <col min="18" max="18" width="9.109375" style="4" customWidth="1"/>
+    <col min="19" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A2" s="117" t="s">
+    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
         <v>140</v>
       </c>
-      <c r="B2" s="118"/>
-[...16 lines deleted...]
-    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3" s="40"/>
       <c r="B3" s="22"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="23"/>
       <c r="P3" s="23"/>
       <c r="Q3" s="23"/>
-    </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="R3" s="23"/>
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="22"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="23"/>
       <c r="J4" s="23"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23"/>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="23"/>
       <c r="P4" s="23"/>
       <c r="Q4" s="23"/>
-    </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="R4" s="23"/>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B5" s="22"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="23"/>
-    </row>
-    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="R5" s="23"/>
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="108" t="s">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A8" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="109"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B8" s="82"/>
+      <c r="C8" s="82"/>
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="82"/>
+      <c r="I8" s="82"/>
+      <c r="J8" s="82"/>
+      <c r="K8" s="82"/>
+      <c r="L8" s="82"/>
+      <c r="M8" s="83"/>
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="F9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="G9" s="32">
         <v>0</v>
       </c>
       <c r="H9" s="32">
         <v>0</v>
       </c>
       <c r="I9" s="32">
         <v>0</v>
       </c>
       <c r="J9" s="32">
         <v>0</v>
       </c>
       <c r="K9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="L9" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:17" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M9" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B10" s="32">
         <v>0</v>
       </c>
       <c r="C10" s="32">
         <v>0</v>
       </c>
       <c r="D10" s="32">
         <v>0</v>
       </c>
       <c r="E10" s="32">
         <v>0</v>
       </c>
       <c r="F10" s="32">
         <v>0</v>
       </c>
       <c r="G10" s="32">
         <v>0</v>
       </c>
       <c r="H10" s="32">
         <v>0</v>
       </c>
       <c r="I10" s="32">
         <v>0</v>
       </c>
       <c r="J10" s="32">
         <v>0</v>
       </c>
       <c r="K10" s="32">
         <v>0</v>
       </c>
       <c r="L10" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M10" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="32">
         <v>0</v>
       </c>
       <c r="C11" s="32">
         <v>0</v>
       </c>
       <c r="D11" s="32">
         <v>0</v>
       </c>
       <c r="E11" s="32">
         <v>0</v>
       </c>
       <c r="F11" s="32">
         <v>0</v>
       </c>
       <c r="G11" s="32">
         <v>0</v>
       </c>
       <c r="H11" s="32">
         <v>0</v>
       </c>
       <c r="I11" s="32">
         <v>0</v>
       </c>
       <c r="J11" s="32">
         <v>0</v>
       </c>
       <c r="K11" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="L11" s="32">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="108" t="s">
+      <c r="M11" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A12" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="109"/>
-[...11 lines deleted...]
-    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
+      <c r="G12" s="82"/>
+      <c r="H12" s="82"/>
+      <c r="I12" s="82"/>
+      <c r="J12" s="82"/>
+      <c r="K12" s="82"/>
+      <c r="L12" s="82"/>
+      <c r="M12" s="83"/>
+    </row>
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="24" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="32">
         <v>0</v>
       </c>
       <c r="C13" s="32">
         <v>0</v>
       </c>
       <c r="D13" s="32">
         <v>0</v>
       </c>
       <c r="E13" s="32">
         <v>0</v>
       </c>
       <c r="F13" s="32">
         <v>0</v>
       </c>
       <c r="G13" s="32">
         <v>0</v>
       </c>
       <c r="H13" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="I13" s="32">
         <v>-33.333333330000002</v>
       </c>
       <c r="J13" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="K13" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="L13" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M13" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="32">
         <v>0</v>
       </c>
       <c r="C14" s="32">
         <v>0</v>
       </c>
       <c r="D14" s="32">
         <v>0</v>
       </c>
       <c r="E14" s="32">
         <v>0</v>
       </c>
       <c r="F14" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="G14" s="32">
         <v>0</v>
       </c>
       <c r="H14" s="32">
         <v>0</v>
       </c>
       <c r="I14" s="32">
         <v>0</v>
       </c>
       <c r="J14" s="32">
         <v>0</v>
       </c>
       <c r="K14" s="32">
         <v>0</v>
       </c>
       <c r="L14" s="32">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="108" t="s">
+      <c r="M14" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A15" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="109"/>
-[...11 lines deleted...]
-    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="82"/>
+      <c r="G15" s="82"/>
+      <c r="H15" s="82"/>
+      <c r="I15" s="82"/>
+      <c r="J15" s="82"/>
+      <c r="K15" s="82"/>
+      <c r="L15" s="82"/>
+      <c r="M15" s="83"/>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="C16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="D16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="E16" s="32">
         <v>0</v>
       </c>
       <c r="F16" s="32">
         <v>0</v>
       </c>
       <c r="G16" s="32">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>0</v>
       </c>
       <c r="I16" s="32">
         <v>0</v>
       </c>
       <c r="J16" s="32">
         <v>0</v>
       </c>
       <c r="K16" s="32">
         <v>0</v>
       </c>
       <c r="L16" s="32">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="C17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E17" s="32">
         <v>0</v>
       </c>
       <c r="F17" s="32">
         <v>0</v>
       </c>
       <c r="G17" s="32">
         <v>0</v>
       </c>
       <c r="H17" s="32">
         <v>0</v>
       </c>
       <c r="I17" s="32">
         <v>0</v>
       </c>
       <c r="J17" s="32">
         <v>0</v>
       </c>
       <c r="K17" s="32">
         <v>0</v>
       </c>
       <c r="L17" s="32">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M17" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C18" s="32">
         <v>0</v>
       </c>
       <c r="D18" s="32">
         <v>0</v>
       </c>
       <c r="E18" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="F18" s="32">
         <v>0</v>
       </c>
       <c r="G18" s="32">
         <v>0</v>
       </c>
       <c r="H18" s="32">
         <v>0</v>
       </c>
       <c r="I18" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="J18" s="32">
         <v>0</v>
       </c>
       <c r="K18" s="32">
         <v>0</v>
       </c>
       <c r="L18" s="32">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="108" t="s">
+      <c r="M18" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="109"/>
-[...11 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B19" s="82"/>
+      <c r="C19" s="82"/>
+      <c r="D19" s="82"/>
+      <c r="E19" s="82"/>
+      <c r="F19" s="82"/>
+      <c r="G19" s="82"/>
+      <c r="H19" s="82"/>
+      <c r="I19" s="82"/>
+      <c r="J19" s="82"/>
+      <c r="K19" s="82"/>
+      <c r="L19" s="82"/>
+      <c r="M19" s="83"/>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D20" s="32">
         <v>0</v>
       </c>
       <c r="E20" s="32">
         <v>0</v>
       </c>
       <c r="F20" s="32">
         <v>0</v>
       </c>
       <c r="G20" s="32">
         <v>0</v>
       </c>
       <c r="H20" s="32">
         <v>0</v>
       </c>
       <c r="I20" s="32">
         <v>0</v>
       </c>
       <c r="J20" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="K20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="L20" s="32">
         <v>33.333333330000002</v>
       </c>
+      <c r="M20" s="32">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A19:L19"/>
+  <mergeCells count="1">
+    <mergeCell ref="A2:R2"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71DD1CD2-1F40-48A3-B6F3-E23A18064383}">
-  <dimension ref="A2:L23"/>
+  <dimension ref="A2:M23"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="14" width="8.6640625" style="50" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="50" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="119" t="s">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="90" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="120"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="91"/>
+      <c r="C8" s="91"/>
+      <c r="D8" s="91"/>
+      <c r="E8" s="91"/>
+      <c r="F8" s="91"/>
+      <c r="G8" s="91"/>
+      <c r="H8" s="91"/>
+      <c r="I8" s="91"/>
+      <c r="J8" s="91"/>
+      <c r="K8" s="91"/>
+      <c r="L8" s="91"/>
+      <c r="M8" s="92"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="55">
         <v>50</v>
       </c>
       <c r="C9" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G9" s="55">
         <v>0</v>
       </c>
       <c r="H9" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="I9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J9" s="55">
         <v>-50</v>
       </c>
       <c r="K9" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L9" s="55">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="111" t="s">
+      <c r="M9" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="84" t="s">
         <v>116</v>
       </c>
-      <c r="B10" s="112"/>
-[...11 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="85"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="85"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="85"/>
+      <c r="H10" s="85"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="85"/>
+      <c r="K10" s="85"/>
+      <c r="L10" s="85"/>
+      <c r="M10" s="86"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="65" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D11" s="66" t="s">
         <v>100</v>
       </c>
       <c r="E11" s="66" t="s">
         <v>100</v>
       </c>
       <c r="F11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H11" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="I11" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J11" s="55">
         <v>-100</v>
       </c>
       <c r="K11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L11" s="55">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B12" s="55">
         <v>50</v>
       </c>
       <c r="C12" s="55">
         <v>83.333333330000002</v>
       </c>
       <c r="D12" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E12" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="F12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J12" s="55">
         <v>-83.333333330000002</v>
       </c>
       <c r="K12" s="55">
         <v>0</v>
       </c>
       <c r="L12" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B13" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C13" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D13" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E13" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="F13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="55">
         <v>0</v>
       </c>
       <c r="I13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J13" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="K13" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L13" s="55">
         <v>33.333333330000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="119" t="s">
+      <c r="M13" s="55">
+        <v>-50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="90" t="s">
         <v>51</v>
       </c>
-      <c r="B14" s="120"/>
-[...11 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="91"/>
+      <c r="C14" s="91"/>
+      <c r="D14" s="91"/>
+      <c r="E14" s="91"/>
+      <c r="F14" s="91"/>
+      <c r="G14" s="91"/>
+      <c r="H14" s="91"/>
+      <c r="I14" s="91"/>
+      <c r="J14" s="91"/>
+      <c r="K14" s="91"/>
+      <c r="L14" s="91"/>
+      <c r="M14" s="92"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E15" s="55">
         <v>0</v>
       </c>
       <c r="F15" s="55">
         <v>0</v>
       </c>
       <c r="G15" s="55">
         <v>0</v>
       </c>
       <c r="H15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="I15" s="55">
         <v>0</v>
       </c>
       <c r="J15" s="55">
         <v>0</v>
       </c>
       <c r="K15" s="55">
         <v>0</v>
       </c>
       <c r="L15" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M15" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="55">
         <v>0</v>
       </c>
       <c r="C16" s="55">
         <v>0</v>
       </c>
       <c r="D16" s="55">
         <v>0</v>
       </c>
       <c r="E16" s="55">
         <v>0</v>
       </c>
       <c r="F16" s="55">
         <v>0</v>
       </c>
       <c r="G16" s="55">
         <v>0</v>
       </c>
       <c r="H16" s="55">
         <v>0</v>
       </c>
       <c r="I16" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="J16" s="55">
         <v>0</v>
       </c>
       <c r="K16" s="55">
         <v>0</v>
       </c>
       <c r="L16" s="55">
         <v>66.666666669999998</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="25" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="55">
         <v>0</v>
       </c>
       <c r="C17" s="55">
         <v>0</v>
       </c>
       <c r="D17" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="E17" s="55">
         <v>0</v>
       </c>
       <c r="F17" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G17" s="55">
         <v>0</v>
       </c>
       <c r="H17" s="55">
         <v>0</v>
       </c>
       <c r="I17" s="55">
         <v>0</v>
       </c>
       <c r="J17" s="55">
         <v>0</v>
       </c>
       <c r="K17" s="55">
         <v>0</v>
       </c>
       <c r="L17" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M17" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="55">
         <v>0</v>
       </c>
       <c r="C18" s="55">
         <v>0</v>
       </c>
       <c r="D18" s="55">
         <v>0</v>
       </c>
       <c r="E18" s="55">
         <v>0</v>
       </c>
       <c r="F18" s="55">
         <v>0</v>
       </c>
       <c r="G18" s="55">
         <v>0</v>
       </c>
       <c r="H18" s="55">
         <v>0</v>
       </c>
       <c r="I18" s="55">
         <v>0</v>
       </c>
       <c r="J18" s="55">
         <v>0</v>
       </c>
       <c r="K18" s="55">
         <v>0</v>
       </c>
       <c r="L18" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M18" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="26" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="55">
         <v>0</v>
       </c>
       <c r="C19" s="55">
         <v>0</v>
       </c>
       <c r="D19" s="55">
         <v>0</v>
       </c>
       <c r="E19" s="55">
         <v>0</v>
       </c>
       <c r="F19" s="55">
         <v>0</v>
       </c>
       <c r="G19" s="55">
         <v>0</v>
       </c>
       <c r="H19" s="55">
         <v>0</v>
       </c>
       <c r="I19" s="55">
         <v>0</v>
       </c>
       <c r="J19" s="55">
         <v>0</v>
       </c>
       <c r="K19" s="55">
         <v>0</v>
       </c>
       <c r="L19" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M19" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B20" s="62"/>
       <c r="C20" s="62"/>
       <c r="D20" s="62"/>
       <c r="E20" s="62"/>
       <c r="F20" s="62"/>
       <c r="G20" s="62"/>
       <c r="H20" s="62"/>
       <c r="I20" s="62"/>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
-    </row>
-    <row r="21" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M20" s="62"/>
+    </row>
+    <row r="21" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="47" t="s">
         <v>117</v>
       </c>
       <c r="B21" s="62"/>
       <c r="C21" s="62"/>
       <c r="D21" s="62"/>
       <c r="E21" s="62"/>
       <c r="F21" s="62"/>
       <c r="G21" s="62"/>
       <c r="H21" s="62"/>
       <c r="I21" s="62"/>
       <c r="J21" s="62"/>
       <c r="K21" s="62"/>
       <c r="L21" s="62"/>
-    </row>
-    <row r="22" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M21" s="62"/>
+    </row>
+    <row r="22" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="50" t="s">
         <v>118</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...3 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A4AA94D-985B-43E5-94A9-DB95127F9FE6}">
-  <dimension ref="A2:L55"/>
+  <dimension ref="A2:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="22" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="22" width="8.6640625" style="50" customWidth="1"/>
+    <col min="23" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="50" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="61" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="108" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="109"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="83"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B10" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="C10" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E10" s="55">
         <v>0</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="G10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="H10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="I10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L10" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="70" t="s">
         <v>102</v>
       </c>
       <c r="B11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F11" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="G11" s="67">
         <v>0</v>
       </c>
       <c r="H11" s="67">
         <v>0</v>
       </c>
       <c r="I11" s="67">
         <v>0</v>
       </c>
       <c r="J11" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="K11" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L11" s="67">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M11" s="67">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F12" s="67">
         <v>0</v>
       </c>
       <c r="G12" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="67">
         <v>0</v>
       </c>
       <c r="I12" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="J12" s="67">
         <v>0</v>
       </c>
       <c r="K12" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L12" s="67">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F13" s="67">
         <v>0</v>
       </c>
       <c r="G13" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="67">
         <v>0</v>
       </c>
       <c r="I13" s="67">
         <v>0</v>
       </c>
       <c r="J13" s="67">
         <v>0</v>
       </c>
       <c r="K13" s="67">
         <v>33.333333330000002</v>
       </c>
       <c r="L13" s="67">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="119" t="s">
+      <c r="M13" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="90" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="120"/>
-[...11 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="91"/>
+      <c r="C14" s="91"/>
+      <c r="D14" s="91"/>
+      <c r="E14" s="91"/>
+      <c r="F14" s="91"/>
+      <c r="G14" s="91"/>
+      <c r="H14" s="91"/>
+      <c r="I14" s="91"/>
+      <c r="J14" s="91"/>
+      <c r="K14" s="91"/>
+      <c r="L14" s="91"/>
+      <c r="M14" s="92"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D15" s="55">
         <v>0</v>
       </c>
       <c r="E15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H15" s="55">
         <v>0</v>
       </c>
       <c r="I15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J15" s="55">
         <v>-83.333333330000002</v>
       </c>
       <c r="K15" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="L15" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="119" t="s">
+      <c r="M15" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="90" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="120"/>
-[...11 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="91"/>
+      <c r="C16" s="91"/>
+      <c r="D16" s="91"/>
+      <c r="E16" s="91"/>
+      <c r="F16" s="91"/>
+      <c r="G16" s="91"/>
+      <c r="H16" s="91"/>
+      <c r="I16" s="91"/>
+      <c r="J16" s="91"/>
+      <c r="K16" s="91"/>
+      <c r="L16" s="91"/>
+      <c r="M16" s="92"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="55">
         <v>50</v>
       </c>
       <c r="C17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E17" s="55">
         <v>0</v>
       </c>
       <c r="F17" s="55">
         <v>0</v>
       </c>
       <c r="G17" s="55">
         <v>0</v>
       </c>
       <c r="H17" s="55">
         <v>0</v>
       </c>
       <c r="I17" s="55">
         <v>0</v>
       </c>
       <c r="J17" s="55">
         <v>0</v>
       </c>
       <c r="K17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L17" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="108" t="s">
+      <c r="M17" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="109"/>
-[...11 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B18" s="82"/>
+      <c r="C18" s="82"/>
+      <c r="D18" s="82"/>
+      <c r="E18" s="82"/>
+      <c r="F18" s="82"/>
+      <c r="G18" s="82"/>
+      <c r="H18" s="82"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="82"/>
+      <c r="K18" s="82"/>
+      <c r="L18" s="82"/>
+      <c r="M18" s="83"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C19" s="55">
         <v>0</v>
       </c>
       <c r="D19" s="55">
         <v>0</v>
       </c>
       <c r="E19" s="55">
         <v>0</v>
       </c>
       <c r="F19" s="55">
         <v>0</v>
       </c>
       <c r="G19" s="55">
         <v>0</v>
       </c>
       <c r="H19" s="55">
         <v>0</v>
       </c>
       <c r="I19" s="55">
         <v>0</v>
       </c>
       <c r="J19" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L19" s="55">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M19" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="63" t="s">
         <v>124</v>
       </c>
       <c r="B20" s="62"/>
       <c r="C20" s="62"/>
       <c r="D20" s="62"/>
       <c r="E20" s="62"/>
       <c r="F20" s="62"/>
       <c r="G20" s="62"/>
       <c r="H20" s="62"/>
       <c r="I20" s="62"/>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
-    </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M20" s="62"/>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="63" t="s">
         <v>125</v>
       </c>
       <c r="B21" s="62"/>
       <c r="C21" s="62"/>
       <c r="D21" s="62"/>
       <c r="E21" s="62"/>
       <c r="F21" s="62"/>
       <c r="G21" s="62"/>
       <c r="H21" s="62"/>
       <c r="I21" s="62"/>
       <c r="J21" s="62"/>
       <c r="K21" s="62"/>
       <c r="L21" s="62"/>
-    </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M21" s="62"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B22" s="57"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B23" s="57"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="61" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="57"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C25" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D25" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E25" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F25" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G25" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H25" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I25" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J25" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K25" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L25" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="108" t="s">
+      <c r="M25" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B26" s="109"/>
-[...11 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B26" s="82"/>
+      <c r="C26" s="82"/>
+      <c r="D26" s="82"/>
+      <c r="E26" s="82"/>
+      <c r="F26" s="82"/>
+      <c r="G26" s="82"/>
+      <c r="H26" s="82"/>
+      <c r="I26" s="82"/>
+      <c r="J26" s="82"/>
+      <c r="K26" s="82"/>
+      <c r="L26" s="82"/>
+      <c r="M26" s="83"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B27" s="55">
         <v>50</v>
       </c>
       <c r="C27" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="D27" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E27" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="H27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="I27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L27" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" s="69" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M27" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="69" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="70" t="s">
         <v>102</v>
       </c>
       <c r="B28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="67">
         <v>33.333333330000002</v>
       </c>
       <c r="G28" s="67">
         <v>0</v>
       </c>
       <c r="H28" s="67">
         <v>0</v>
       </c>
       <c r="I28" s="67">
         <v>0</v>
       </c>
       <c r="J28" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="K28" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L28" s="67">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M28" s="67">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="67">
         <v>0</v>
       </c>
       <c r="G29" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H29" s="67">
         <v>0</v>
       </c>
       <c r="I29" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="J29" s="67">
         <v>0</v>
       </c>
       <c r="K29" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L29" s="67">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M29" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F30" s="67">
         <v>0</v>
       </c>
       <c r="G30" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="H30" s="67">
         <v>0</v>
       </c>
       <c r="I30" s="67">
         <v>0</v>
       </c>
       <c r="J30" s="67">
         <v>0</v>
       </c>
       <c r="K30" s="67">
         <v>33.333333330000002</v>
       </c>
       <c r="L30" s="67">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="108" t="s">
+      <c r="M30" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="109"/>
-[...11 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="82"/>
+      <c r="C31" s="82"/>
+      <c r="D31" s="82"/>
+      <c r="E31" s="82"/>
+      <c r="F31" s="82"/>
+      <c r="G31" s="82"/>
+      <c r="H31" s="82"/>
+      <c r="I31" s="82"/>
+      <c r="J31" s="82"/>
+      <c r="K31" s="82"/>
+      <c r="L31" s="82"/>
+      <c r="M31" s="83"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B32" s="55">
         <v>0</v>
       </c>
       <c r="C32" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D32" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J32" s="55">
         <v>-66.666666669999998</v>
       </c>
       <c r="K32" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="L32" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="108" t="s">
+      <c r="M32" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B33" s="109"/>
-[...11 lines deleted...]
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B33" s="82"/>
+      <c r="C33" s="82"/>
+      <c r="D33" s="82"/>
+      <c r="E33" s="82"/>
+      <c r="F33" s="82"/>
+      <c r="G33" s="82"/>
+      <c r="H33" s="82"/>
+      <c r="I33" s="82"/>
+      <c r="J33" s="82"/>
+      <c r="K33" s="82"/>
+      <c r="L33" s="82"/>
+      <c r="M33" s="83"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B34" s="55">
         <v>0</v>
       </c>
       <c r="C34" s="55">
         <v>0</v>
       </c>
       <c r="D34" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E34" s="55">
         <v>0</v>
       </c>
       <c r="F34" s="55">
         <v>0</v>
       </c>
       <c r="G34" s="55">
         <v>0</v>
       </c>
       <c r="H34" s="55">
         <v>0</v>
       </c>
       <c r="I34" s="55">
         <v>0</v>
       </c>
       <c r="J34" s="55">
         <v>0</v>
       </c>
       <c r="K34" s="55">
         <v>0</v>
       </c>
       <c r="L34" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="108" t="s">
+      <c r="M34" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B35" s="109"/>
-[...11 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B35" s="82"/>
+      <c r="C35" s="82"/>
+      <c r="D35" s="82"/>
+      <c r="E35" s="82"/>
+      <c r="F35" s="82"/>
+      <c r="G35" s="82"/>
+      <c r="H35" s="82"/>
+      <c r="I35" s="82"/>
+      <c r="J35" s="82"/>
+      <c r="K35" s="82"/>
+      <c r="L35" s="82"/>
+      <c r="M35" s="83"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B36" s="55">
         <v>0</v>
       </c>
       <c r="C36" s="55">
         <v>0</v>
       </c>
       <c r="D36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E36" s="55">
         <v>0</v>
       </c>
       <c r="F36" s="55">
         <v>0</v>
       </c>
       <c r="G36" s="55">
         <v>0</v>
       </c>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="55">
         <v>0</v>
       </c>
       <c r="J36" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K36" s="55">
         <v>0</v>
       </c>
       <c r="L36" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M36" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="63" t="s">
         <v>124</v>
       </c>
       <c r="B37" s="57"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="63" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="57"/>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B39" s="57"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B40" s="57"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="61" t="s">
         <v>75</v>
       </c>
       <c r="B41" s="57"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D42" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E42" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F42" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G42" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H42" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I42" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J42" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K42" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L42" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="108" t="s">
+      <c r="M42" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B43" s="109"/>
-[...11 lines deleted...]
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B43" s="82"/>
+      <c r="C43" s="82"/>
+      <c r="D43" s="82"/>
+      <c r="E43" s="82"/>
+      <c r="F43" s="82"/>
+      <c r="G43" s="82"/>
+      <c r="H43" s="82"/>
+      <c r="I43" s="82"/>
+      <c r="J43" s="82"/>
+      <c r="K43" s="82"/>
+      <c r="L43" s="82"/>
+      <c r="M43" s="83"/>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B44" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C44" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D44" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E44" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F44" s="68" t="s">
         <v>100</v>
       </c>
       <c r="G44" s="68" t="s">
         <v>100</v>
       </c>
       <c r="H44" s="68" t="s">
         <v>100</v>
       </c>
       <c r="I44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L44" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="45" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M44" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="70" t="s">
         <v>102</v>
       </c>
       <c r="B45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F45" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="G45" s="67">
         <v>0</v>
       </c>
       <c r="H45" s="67">
         <v>0</v>
       </c>
       <c r="I45" s="67">
         <v>0</v>
       </c>
       <c r="J45" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="K45" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L45" s="67">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M45" s="67">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F46" s="67">
         <v>0</v>
       </c>
       <c r="G46" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H46" s="67">
         <v>0</v>
       </c>
       <c r="I46" s="67">
         <v>0</v>
       </c>
       <c r="J46" s="67">
         <v>0</v>
       </c>
       <c r="K46" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="L46" s="67">
         <v>0</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M46" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F47" s="67">
         <v>0</v>
       </c>
       <c r="G47" s="67">
         <v>0</v>
       </c>
       <c r="H47" s="67">
         <v>0</v>
       </c>
       <c r="I47" s="67">
         <v>0</v>
       </c>
       <c r="J47" s="67">
         <v>0</v>
       </c>
       <c r="K47" s="67">
         <v>33.333333330000002</v>
       </c>
       <c r="L47" s="67">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="108" t="s">
+      <c r="M47" s="67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B48" s="109"/>
-[...11 lines deleted...]
-    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B48" s="82"/>
+      <c r="C48" s="82"/>
+      <c r="D48" s="82"/>
+      <c r="E48" s="82"/>
+      <c r="F48" s="82"/>
+      <c r="G48" s="82"/>
+      <c r="H48" s="82"/>
+      <c r="I48" s="82"/>
+      <c r="J48" s="82"/>
+      <c r="K48" s="82"/>
+      <c r="L48" s="82"/>
+      <c r="M48" s="83"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="55">
         <v>0</v>
       </c>
       <c r="C49" s="55">
         <v>0</v>
       </c>
       <c r="D49" s="55">
         <v>0</v>
       </c>
       <c r="E49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H49" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="I49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J49" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="K49" s="55">
         <v>0</v>
       </c>
       <c r="L49" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="108" t="s">
+      <c r="M49" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B50" s="109"/>
-[...11 lines deleted...]
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B50" s="82"/>
+      <c r="C50" s="82"/>
+      <c r="D50" s="82"/>
+      <c r="E50" s="82"/>
+      <c r="F50" s="82"/>
+      <c r="G50" s="82"/>
+      <c r="H50" s="82"/>
+      <c r="I50" s="82"/>
+      <c r="J50" s="82"/>
+      <c r="K50" s="82"/>
+      <c r="L50" s="82"/>
+      <c r="M50" s="83"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B51" s="55">
         <v>0</v>
       </c>
       <c r="C51" s="55">
         <v>0</v>
       </c>
       <c r="D51" s="55">
         <v>0</v>
       </c>
       <c r="E51" s="55">
         <v>0</v>
       </c>
       <c r="F51" s="55">
         <v>0</v>
       </c>
       <c r="G51" s="55">
         <v>0</v>
       </c>
       <c r="H51" s="55">
         <v>0</v>
       </c>
       <c r="I51" s="55">
         <v>0</v>
       </c>
       <c r="J51" s="55">
         <v>0</v>
       </c>
       <c r="K51" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L51" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="108" t="s">
+      <c r="M51" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B52" s="109"/>
-[...11 lines deleted...]
-    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B52" s="82"/>
+      <c r="C52" s="82"/>
+      <c r="D52" s="82"/>
+      <c r="E52" s="82"/>
+      <c r="F52" s="82"/>
+      <c r="G52" s="82"/>
+      <c r="H52" s="82"/>
+      <c r="I52" s="82"/>
+      <c r="J52" s="82"/>
+      <c r="K52" s="82"/>
+      <c r="L52" s="82"/>
+      <c r="M52" s="83"/>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B53" s="55">
         <v>0</v>
       </c>
       <c r="C53" s="55">
         <v>0</v>
       </c>
       <c r="D53" s="55">
         <v>0</v>
       </c>
       <c r="E53" s="55">
         <v>0</v>
       </c>
       <c r="F53" s="55">
         <v>0</v>
       </c>
       <c r="G53" s="55">
         <v>0</v>
       </c>
       <c r="H53" s="55">
         <v>0</v>
       </c>
       <c r="I53" s="55">
         <v>0</v>
       </c>
       <c r="J53" s="55">
         <v>0</v>
       </c>
       <c r="K53" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="L53" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M53" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="63" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="63" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="12">
-[...12 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B2C7135-A51A-4C91-A5E8-76F7ECC96299}">
-  <dimension ref="A2:T20"/>
+  <dimension ref="A2:U20"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="59" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="21" max="16384" width="9.109375" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="20" width="8.6640625" style="10" customWidth="1"/>
+    <col min="21" max="21" width="9.6640625" style="10" customWidth="1"/>
+    <col min="22" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:20" x14ac:dyDescent="0.25">
-      <c r="A2" s="117" t="s">
+    <row r="2" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
         <v>95</v>
       </c>
-      <c r="B2" s="118"/>
-[...19 lines deleted...]
-    <row r="3" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+      <c r="S2" s="132"/>
+      <c r="T2" s="132"/>
+      <c r="U2" s="132"/>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3" s="40"/>
       <c r="B3" s="22"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="23"/>
       <c r="P3" s="23"/>
       <c r="Q3" s="23"/>
       <c r="R3" s="23"/>
       <c r="S3" s="23"/>
       <c r="T3" s="23"/>
-    </row>
-    <row r="4" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="U3" s="23"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="22"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="23"/>
       <c r="J4" s="23"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23"/>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="23"/>
       <c r="P4" s="23"/>
       <c r="Q4" s="23"/>
       <c r="R4" s="23"/>
       <c r="S4" s="23"/>
       <c r="T4" s="23"/>
-    </row>
-    <row r="5" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="U4" s="23"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B5" s="22"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="23"/>
       <c r="R5" s="23"/>
       <c r="S5" s="23"/>
       <c r="T5" s="23"/>
-    </row>
-    <row r="6" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="U5" s="23"/>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
-    </row>
-    <row r="7" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="U6" s="4"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="51" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="51" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="51" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="51" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="51" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="51" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="51" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="51" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="51" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="51" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="51" t="s">
         <v>150</v>
       </c>
-      <c r="M7" s="46"/>
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
       <c r="N7" s="46"/>
       <c r="O7" s="46"/>
       <c r="P7" s="46"/>
       <c r="Q7" s="46"/>
       <c r="R7" s="46"/>
       <c r="S7" s="46"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="108" t="s">
+      <c r="T7" s="46"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A8" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="109"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="B8" s="82"/>
+      <c r="C8" s="82"/>
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="82"/>
+      <c r="I8" s="82"/>
+      <c r="J8" s="82"/>
+      <c r="K8" s="82"/>
+      <c r="L8" s="82"/>
+      <c r="M8" s="83"/>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="C9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="F9" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="G9" s="32">
         <v>0</v>
       </c>
       <c r="H9" s="32">
         <v>0</v>
       </c>
       <c r="I9" s="32">
         <v>0</v>
       </c>
       <c r="J9" s="32">
         <v>0</v>
       </c>
       <c r="K9" s="32">
         <v>0</v>
       </c>
       <c r="L9" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:20" s="71" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M9" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" s="71" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B10" s="32">
         <v>0</v>
       </c>
       <c r="C10" s="32">
         <v>0</v>
       </c>
       <c r="D10" s="32">
         <v>0</v>
       </c>
       <c r="E10" s="32">
         <v>0</v>
       </c>
       <c r="F10" s="32">
         <v>0</v>
       </c>
       <c r="G10" s="32">
         <v>0</v>
       </c>
       <c r="H10" s="32">
         <v>0</v>
       </c>
       <c r="I10" s="32">
         <v>0</v>
       </c>
       <c r="J10" s="32">
         <v>0</v>
       </c>
       <c r="K10" s="32">
         <v>0</v>
       </c>
       <c r="L10" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="M10" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="32">
         <v>0</v>
       </c>
       <c r="C11" s="32">
         <v>0</v>
       </c>
       <c r="D11" s="32">
         <v>0</v>
       </c>
       <c r="E11" s="32">
         <v>0</v>
       </c>
       <c r="F11" s="32">
         <v>0</v>
       </c>
       <c r="G11" s="32">
         <v>0</v>
       </c>
       <c r="H11" s="32">
         <v>0</v>
       </c>
       <c r="I11" s="32">
         <v>0</v>
       </c>
       <c r="J11" s="32">
         <v>0</v>
       </c>
       <c r="K11" s="32">
         <v>0</v>
       </c>
       <c r="L11" s="32">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="108" t="s">
+      <c r="M11" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="109"/>
-[...11 lines deleted...]
-    <row r="13" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
+      <c r="G12" s="82"/>
+      <c r="H12" s="82"/>
+      <c r="I12" s="82"/>
+      <c r="J12" s="82"/>
+      <c r="K12" s="82"/>
+      <c r="L12" s="82"/>
+      <c r="M12" s="83"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13" s="24" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="32">
         <v>0</v>
       </c>
       <c r="C13" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D13" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E13" s="32">
         <v>0</v>
       </c>
       <c r="F13" s="32">
         <v>0</v>
       </c>
       <c r="G13" s="32">
         <v>0</v>
       </c>
       <c r="H13" s="32">
         <v>0</v>
       </c>
       <c r="I13" s="32">
         <v>0</v>
       </c>
       <c r="J13" s="32">
         <v>0</v>
       </c>
       <c r="K13" s="32">
         <v>0</v>
       </c>
       <c r="L13" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="M13" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="32">
         <v>0</v>
       </c>
       <c r="C14" s="32">
         <v>0</v>
       </c>
       <c r="D14" s="32">
         <v>0</v>
       </c>
       <c r="E14" s="32">
         <v>0</v>
       </c>
       <c r="F14" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="G14" s="32">
         <v>0</v>
       </c>
       <c r="H14" s="32">
         <v>0</v>
       </c>
       <c r="I14" s="32">
         <v>0</v>
       </c>
       <c r="J14" s="32">
         <v>0</v>
       </c>
       <c r="K14" s="32">
         <v>0</v>
       </c>
       <c r="L14" s="32">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="108" t="s">
+      <c r="M14" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="109"/>
-[...11 lines deleted...]
-    <row r="16" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="82"/>
+      <c r="G15" s="82"/>
+      <c r="H15" s="82"/>
+      <c r="I15" s="82"/>
+      <c r="J15" s="82"/>
+      <c r="K15" s="82"/>
+      <c r="L15" s="82"/>
+      <c r="M15" s="83"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="C16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="D16" s="32">
         <v>33.333333330000002</v>
       </c>
       <c r="E16" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="F16" s="32">
         <v>0</v>
       </c>
       <c r="G16" s="32">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>0</v>
       </c>
       <c r="I16" s="32">
         <v>0</v>
       </c>
       <c r="J16" s="32">
         <v>0</v>
       </c>
       <c r="K16" s="32">
         <v>0</v>
       </c>
       <c r="L16" s="32">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E17" s="32">
         <v>-16.666666670000001</v>
       </c>
       <c r="F17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="G17" s="32">
         <v>0</v>
       </c>
       <c r="H17" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="I17" s="32">
         <v>0</v>
       </c>
       <c r="J17" s="32">
         <v>0</v>
       </c>
       <c r="K17" s="32">
         <v>0</v>
       </c>
       <c r="L17" s="32">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M17" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C18" s="32">
         <v>0</v>
       </c>
       <c r="D18" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E18" s="32">
         <v>0</v>
       </c>
       <c r="F18" s="32">
         <v>0</v>
       </c>
       <c r="G18" s="32">
         <v>0</v>
       </c>
       <c r="H18" s="32">
         <v>0</v>
       </c>
       <c r="I18" s="32">
         <v>0</v>
       </c>
       <c r="J18" s="32">
         <v>0</v>
       </c>
       <c r="K18" s="32">
         <v>0</v>
       </c>
       <c r="L18" s="32">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="105" t="s">
+      <c r="M18" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="106"/>
-[...11 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B19" s="79"/>
+      <c r="C19" s="79"/>
+      <c r="D19" s="79"/>
+      <c r="E19" s="79"/>
+      <c r="F19" s="79"/>
+      <c r="G19" s="79"/>
+      <c r="H19" s="79"/>
+      <c r="I19" s="79"/>
+      <c r="J19" s="79"/>
+      <c r="K19" s="79"/>
+      <c r="L19" s="79"/>
+      <c r="M19" s="80"/>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="C20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="D20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="E20" s="32">
         <v>0</v>
       </c>
       <c r="F20" s="32">
         <v>16.666666670000001</v>
       </c>
       <c r="G20" s="32">
         <v>0</v>
       </c>
       <c r="H20" s="32">
         <v>0</v>
       </c>
       <c r="I20" s="32">
         <v>0</v>
       </c>
       <c r="J20" s="32">
         <v>0</v>
       </c>
       <c r="K20" s="32">
         <v>0</v>
       </c>
       <c r="L20" s="32">
         <v>16.666666670000001</v>
       </c>
+      <c r="M20" s="32">
+        <v>16.666666670000001</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A19:L19"/>
+  <mergeCells count="1">
+    <mergeCell ref="A2:U2"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{45212069-EEC7-4A2C-8DD0-E851B639D21F}">
-  <dimension ref="A2:L22"/>
+  <dimension ref="A2:M22"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="50" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="119" t="s">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="90" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="120"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="91"/>
+      <c r="C8" s="91"/>
+      <c r="D8" s="91"/>
+      <c r="E8" s="91"/>
+      <c r="F8" s="91"/>
+      <c r="G8" s="91"/>
+      <c r="H8" s="91"/>
+      <c r="I8" s="91"/>
+      <c r="J8" s="91"/>
+      <c r="K8" s="91"/>
+      <c r="L8" s="91"/>
+      <c r="M8" s="92"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="55">
         <v>50</v>
       </c>
       <c r="C9" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G9" s="55">
         <v>0</v>
       </c>
       <c r="H9" s="55">
         <v>0</v>
       </c>
       <c r="I9" s="55">
         <v>0</v>
       </c>
       <c r="J9" s="55">
         <v>0</v>
       </c>
       <c r="K9" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L9" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="122" t="s">
+      <c r="M9" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="93" t="s">
         <v>116</v>
       </c>
-      <c r="B10" s="123"/>
-[...11 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="94"/>
+      <c r="C10" s="94"/>
+      <c r="D10" s="94"/>
+      <c r="E10" s="94"/>
+      <c r="F10" s="94"/>
+      <c r="G10" s="94"/>
+      <c r="H10" s="94"/>
+      <c r="I10" s="94"/>
+      <c r="J10" s="94"/>
+      <c r="K10" s="94"/>
+      <c r="L10" s="94"/>
+      <c r="M10" s="95"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="65" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D11" s="66" t="s">
         <v>100</v>
       </c>
       <c r="E11" s="65" t="s">
         <v>100</v>
       </c>
       <c r="F11" s="55">
         <v>0</v>
       </c>
       <c r="G11" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="H11" s="55">
         <v>0</v>
       </c>
       <c r="I11" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K11" s="55">
         <v>-50</v>
       </c>
       <c r="L11" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B12" s="55">
         <v>50</v>
       </c>
       <c r="C12" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="D12" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E12" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="F12" s="55">
         <v>0</v>
       </c>
       <c r="G12" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K12" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="L12" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B13" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C13" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D13" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E13" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="F13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G13" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="H13" s="55">
         <v>0</v>
       </c>
       <c r="I13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L13" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="119" t="s">
+      <c r="M13" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="90" t="s">
         <v>51</v>
       </c>
-      <c r="B14" s="120"/>
-[...11 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="91"/>
+      <c r="C14" s="91"/>
+      <c r="D14" s="91"/>
+      <c r="E14" s="91"/>
+      <c r="F14" s="91"/>
+      <c r="G14" s="91"/>
+      <c r="H14" s="91"/>
+      <c r="I14" s="91"/>
+      <c r="J14" s="91"/>
+      <c r="K14" s="91"/>
+      <c r="L14" s="91"/>
+      <c r="M14" s="92"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E15" s="55">
         <v>0</v>
       </c>
       <c r="F15" s="55">
         <v>0</v>
       </c>
       <c r="G15" s="55">
         <v>0</v>
       </c>
       <c r="H15" s="55">
         <v>0</v>
       </c>
       <c r="I15" s="55">
         <v>0</v>
       </c>
       <c r="J15" s="55">
         <v>0</v>
       </c>
       <c r="K15" s="55">
         <v>0</v>
       </c>
       <c r="L15" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M15" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
         <v>57</v>
       </c>
       <c r="B16" s="55">
         <v>0</v>
       </c>
       <c r="C16" s="55">
         <v>0</v>
       </c>
       <c r="D16" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="E16" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F16" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G16" s="55">
         <v>0</v>
       </c>
       <c r="H16" s="55">
         <v>0</v>
       </c>
       <c r="I16" s="55">
         <v>0</v>
       </c>
       <c r="J16" s="55">
         <v>0</v>
       </c>
       <c r="K16" s="55">
         <v>0</v>
       </c>
       <c r="L16" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C17" s="55">
         <v>0</v>
       </c>
       <c r="D17" s="55">
         <v>0</v>
       </c>
       <c r="E17" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F17" s="55">
         <v>0</v>
       </c>
       <c r="G17" s="55">
         <v>0</v>
       </c>
       <c r="H17" s="55">
         <v>0</v>
       </c>
       <c r="I17" s="55">
         <v>0</v>
       </c>
       <c r="J17" s="55">
         <v>0</v>
       </c>
       <c r="K17" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L17" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M17" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="26" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="55">
         <v>0</v>
       </c>
       <c r="C18" s="55">
         <v>0</v>
       </c>
       <c r="D18" s="55">
         <v>0</v>
       </c>
       <c r="E18" s="55">
         <v>0</v>
       </c>
       <c r="F18" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G18" s="55">
         <v>0</v>
       </c>
       <c r="H18" s="55">
         <v>0</v>
       </c>
       <c r="I18" s="55">
         <v>0</v>
       </c>
       <c r="J18" s="55">
         <v>0</v>
       </c>
       <c r="K18" s="55">
         <v>0</v>
       </c>
       <c r="L18" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M18" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B19" s="62"/>
       <c r="C19" s="62"/>
       <c r="D19" s="62"/>
       <c r="E19" s="62"/>
       <c r="F19" s="62"/>
       <c r="G19" s="62"/>
       <c r="H19" s="62"/>
       <c r="I19" s="62"/>
       <c r="J19" s="62"/>
       <c r="K19" s="62"/>
       <c r="L19" s="62"/>
-    </row>
-    <row r="20" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M19" s="62"/>
+    </row>
+    <row r="20" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="47" t="s">
         <v>117</v>
       </c>
       <c r="B20" s="29"/>
       <c r="C20" s="29"/>
     </row>
-    <row r="21" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="50" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...3 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC92BB29-EB0E-4EB0-ACEB-4FDCB5F3313A}">
-  <dimension ref="A2:L55"/>
+  <dimension ref="A2:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="50" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="61" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="108" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="109"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="83"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B10" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="C10" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E10" s="55">
         <v>0</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="G10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="H10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="I10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K10" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L10" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E11" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F11" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="G11" s="55">
         <v>0</v>
       </c>
       <c r="H11" s="55">
         <v>0</v>
       </c>
       <c r="I11" s="55">
         <v>0</v>
       </c>
       <c r="J11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K11" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L11" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M11" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E12" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F12" s="55">
         <v>0</v>
       </c>
       <c r="G12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>0</v>
       </c>
       <c r="J12" s="55">
         <v>0</v>
       </c>
       <c r="K12" s="55">
         <v>0</v>
       </c>
       <c r="L12" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="31" t="s">
         <v>104</v>
       </c>
       <c r="B13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E13" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F13" s="55">
         <v>0</v>
       </c>
       <c r="G13" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="55">
         <v>0</v>
       </c>
       <c r="I13" s="55">
         <v>0</v>
       </c>
       <c r="J13" s="55">
         <v>0</v>
       </c>
       <c r="K13" s="55">
         <v>0</v>
       </c>
       <c r="L13" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="108" t="s">
+      <c r="M13" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="109"/>
-[...11 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+      <c r="F14" s="82"/>
+      <c r="G14" s="82"/>
+      <c r="H14" s="82"/>
+      <c r="I14" s="82"/>
+      <c r="J14" s="82"/>
+      <c r="K14" s="82"/>
+      <c r="L14" s="82"/>
+      <c r="M14" s="83"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="31" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C15" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D15" s="55">
         <v>0</v>
       </c>
       <c r="E15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F15" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H15" s="55">
         <v>0</v>
       </c>
       <c r="I15" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K15" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L15" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="108" t="s">
+      <c r="M15" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="109"/>
-[...11 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="82"/>
+      <c r="C16" s="82"/>
+      <c r="D16" s="82"/>
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="82"/>
+      <c r="I16" s="82"/>
+      <c r="J16" s="82"/>
+      <c r="K16" s="82"/>
+      <c r="L16" s="82"/>
+      <c r="M16" s="83"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="C17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D17" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E17" s="55">
         <v>0</v>
       </c>
       <c r="F17" s="55">
         <v>0</v>
       </c>
       <c r="G17" s="55">
         <v>0</v>
       </c>
       <c r="H17" s="55">
         <v>0</v>
       </c>
       <c r="I17" s="55">
         <v>0</v>
       </c>
       <c r="J17" s="55">
         <v>0</v>
       </c>
       <c r="K17" s="55">
         <v>0</v>
       </c>
       <c r="L17" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="108" t="s">
+      <c r="M17" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="109"/>
-[...11 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B18" s="82"/>
+      <c r="C18" s="82"/>
+      <c r="D18" s="82"/>
+      <c r="E18" s="82"/>
+      <c r="F18" s="82"/>
+      <c r="G18" s="82"/>
+      <c r="H18" s="82"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="82"/>
+      <c r="K18" s="82"/>
+      <c r="L18" s="82"/>
+      <c r="M18" s="83"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="26" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E19" s="55">
         <v>0</v>
       </c>
       <c r="F19" s="55">
         <v>0</v>
       </c>
       <c r="G19" s="55">
         <v>0</v>
       </c>
       <c r="H19" s="55">
         <v>0</v>
       </c>
       <c r="I19" s="55">
         <v>0</v>
       </c>
       <c r="J19" s="55">
         <v>0</v>
       </c>
       <c r="K19" s="55">
         <v>0</v>
       </c>
       <c r="L19" s="55">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M19" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="63" t="s">
         <v>124</v>
       </c>
       <c r="B20" s="62"/>
       <c r="C20" s="62"/>
       <c r="D20" s="62"/>
       <c r="E20" s="62"/>
       <c r="F20" s="62"/>
       <c r="G20" s="62"/>
       <c r="H20" s="62"/>
       <c r="I20" s="62"/>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
-    </row>
-    <row r="21" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M20" s="62"/>
+    </row>
+    <row r="21" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="63" t="s">
         <v>125</v>
       </c>
       <c r="B21" s="57"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="63"/>
       <c r="B22" s="57"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B23" s="57"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="61" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="57"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C25" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D25" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E25" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F25" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G25" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H25" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I25" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J25" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K25" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L25" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="108" t="s">
+      <c r="M25" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A26" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B26" s="109"/>
-[...11 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B26" s="82"/>
+      <c r="C26" s="82"/>
+      <c r="D26" s="82"/>
+      <c r="E26" s="82"/>
+      <c r="F26" s="82"/>
+      <c r="G26" s="82"/>
+      <c r="H26" s="82"/>
+      <c r="I26" s="82"/>
+      <c r="J26" s="82"/>
+      <c r="K26" s="82"/>
+      <c r="L26" s="82"/>
+      <c r="M26" s="83"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B27" s="55">
         <v>50</v>
       </c>
       <c r="C27" s="55">
         <v>50</v>
       </c>
       <c r="D27" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E27" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="H27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="I27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K27" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L27" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M27" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E28" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="67">
         <v>33.333333330000002</v>
       </c>
       <c r="G28" s="67">
         <v>0</v>
       </c>
       <c r="H28" s="67">
         <v>0</v>
       </c>
       <c r="I28" s="55">
         <v>0</v>
       </c>
       <c r="J28" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K28" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L28" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M28" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="31" t="s">
         <v>103</v>
       </c>
       <c r="B29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E29" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="67">
         <v>0</v>
       </c>
       <c r="G29" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H29" s="67">
         <v>0</v>
       </c>
       <c r="I29" s="55">
         <v>0</v>
       </c>
       <c r="J29" s="55">
         <v>0</v>
       </c>
       <c r="K29" s="55">
         <v>0</v>
       </c>
       <c r="L29" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M29" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="31" t="s">
         <v>104</v>
       </c>
       <c r="B30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E30" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F30" s="67">
         <v>0</v>
       </c>
       <c r="G30" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="H30" s="67">
         <v>0</v>
       </c>
       <c r="I30" s="55">
         <v>0</v>
       </c>
       <c r="J30" s="55">
         <v>0</v>
       </c>
       <c r="K30" s="55">
         <v>0</v>
       </c>
       <c r="L30" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="108" t="s">
+      <c r="M30" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="109"/>
-[...11 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="82"/>
+      <c r="C31" s="82"/>
+      <c r="D31" s="82"/>
+      <c r="E31" s="82"/>
+      <c r="F31" s="82"/>
+      <c r="G31" s="82"/>
+      <c r="H31" s="82"/>
+      <c r="I31" s="82"/>
+      <c r="J31" s="82"/>
+      <c r="K31" s="82"/>
+      <c r="L31" s="82"/>
+      <c r="M31" s="83"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B32" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="C32" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D32" s="55">
         <v>0</v>
       </c>
       <c r="E32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F32" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K32" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="L32" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="108" t="s">
+      <c r="M32" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B33" s="109"/>
-[...11 lines deleted...]
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B33" s="82"/>
+      <c r="C33" s="82"/>
+      <c r="D33" s="82"/>
+      <c r="E33" s="82"/>
+      <c r="F33" s="82"/>
+      <c r="G33" s="82"/>
+      <c r="H33" s="82"/>
+      <c r="I33" s="82"/>
+      <c r="J33" s="82"/>
+      <c r="K33" s="82"/>
+      <c r="L33" s="82"/>
+      <c r="M33" s="83"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B34" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C34" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D34" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E34" s="55">
         <v>0</v>
       </c>
       <c r="F34" s="55">
         <v>0</v>
       </c>
       <c r="G34" s="55">
         <v>0</v>
       </c>
       <c r="H34" s="55">
         <v>0</v>
       </c>
       <c r="I34" s="55">
         <v>0</v>
       </c>
       <c r="J34" s="55">
         <v>0</v>
       </c>
       <c r="K34" s="55">
         <v>0</v>
       </c>
       <c r="L34" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="108" t="s">
+      <c r="M34" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B35" s="109"/>
-[...11 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B35" s="82"/>
+      <c r="C35" s="82"/>
+      <c r="D35" s="82"/>
+      <c r="E35" s="82"/>
+      <c r="F35" s="82"/>
+      <c r="G35" s="82"/>
+      <c r="H35" s="82"/>
+      <c r="I35" s="82"/>
+      <c r="J35" s="82"/>
+      <c r="K35" s="82"/>
+      <c r="L35" s="82"/>
+      <c r="M35" s="83"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E36" s="55">
         <v>0</v>
       </c>
       <c r="F36" s="55">
         <v>0</v>
       </c>
       <c r="G36" s="55">
         <v>0</v>
       </c>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="55">
         <v>0</v>
       </c>
       <c r="J36" s="55">
         <v>0</v>
       </c>
       <c r="K36" s="55">
         <v>0</v>
       </c>
       <c r="L36" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M36" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="63" t="s">
         <v>124</v>
       </c>
       <c r="B37" s="62"/>
       <c r="C37" s="62"/>
       <c r="D37" s="62"/>
       <c r="E37" s="62"/>
       <c r="F37" s="62"/>
       <c r="G37" s="62"/>
       <c r="H37" s="62"/>
       <c r="I37" s="62"/>
       <c r="J37" s="62"/>
       <c r="K37" s="62"/>
       <c r="L37" s="62"/>
-    </row>
-    <row r="38" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M37" s="62"/>
+    </row>
+    <row r="38" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="63" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="57"/>
     </row>
-    <row r="39" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="63"/>
       <c r="B39" s="57"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B40" s="57"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="61" t="s">
         <v>75</v>
       </c>
       <c r="B41" s="57"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="27" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D42" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E42" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F42" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G42" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H42" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I42" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J42" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K42" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L42" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="108" t="s">
+      <c r="M42" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B43" s="109"/>
-[...11 lines deleted...]
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B43" s="82"/>
+      <c r="C43" s="82"/>
+      <c r="D43" s="82"/>
+      <c r="E43" s="82"/>
+      <c r="F43" s="82"/>
+      <c r="G43" s="82"/>
+      <c r="H43" s="82"/>
+      <c r="I43" s="82"/>
+      <c r="J43" s="82"/>
+      <c r="K43" s="82"/>
+      <c r="L43" s="82"/>
+      <c r="M43" s="83"/>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B44" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C44" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D44" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E44" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="G44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="H44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="I44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="J44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="K44" s="67" t="s">
         <v>100</v>
       </c>
       <c r="L44" s="67" t="s">
         <v>100</v>
       </c>
-    </row>
-    <row r="45" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M44" s="67" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E45" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F45" s="67">
         <v>16.666666670000001</v>
       </c>
       <c r="G45" s="67">
         <v>0</v>
       </c>
       <c r="H45" s="67">
         <v>0</v>
       </c>
       <c r="I45" s="67">
         <v>0</v>
       </c>
       <c r="J45" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K45" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L45" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M45" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="31" t="s">
         <v>103</v>
       </c>
       <c r="B46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E46" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F46" s="67">
         <v>0</v>
       </c>
       <c r="G46" s="67">
         <v>-16.666666670000001</v>
       </c>
       <c r="H46" s="67">
         <v>0</v>
       </c>
       <c r="I46" s="67">
         <v>0</v>
       </c>
       <c r="J46" s="55">
         <v>0</v>
       </c>
       <c r="K46" s="55">
         <v>0</v>
       </c>
       <c r="L46" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M46" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="31" t="s">
         <v>104</v>
       </c>
       <c r="B47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="E47" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F47" s="67">
         <v>0</v>
       </c>
       <c r="G47" s="67">
         <v>0</v>
       </c>
       <c r="H47" s="67">
         <v>0</v>
       </c>
       <c r="I47" s="67">
         <v>0</v>
       </c>
       <c r="J47" s="55">
         <v>0</v>
       </c>
       <c r="K47" s="55">
         <v>0</v>
       </c>
       <c r="L47" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="108" t="s">
+      <c r="M47" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B48" s="109"/>
-[...11 lines deleted...]
-    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B48" s="82"/>
+      <c r="C48" s="82"/>
+      <c r="D48" s="82"/>
+      <c r="E48" s="82"/>
+      <c r="F48" s="82"/>
+      <c r="G48" s="82"/>
+      <c r="H48" s="82"/>
+      <c r="I48" s="82"/>
+      <c r="J48" s="82"/>
+      <c r="K48" s="82"/>
+      <c r="L48" s="82"/>
+      <c r="M48" s="83"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="55">
         <v>0</v>
       </c>
       <c r="C49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="D49" s="55">
         <v>0</v>
       </c>
       <c r="E49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="F49" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H49" s="55">
         <v>0</v>
       </c>
       <c r="I49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K49" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="L49" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="108" t="s">
+      <c r="M49" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B50" s="109"/>
-[...11 lines deleted...]
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B50" s="82"/>
+      <c r="C50" s="82"/>
+      <c r="D50" s="82"/>
+      <c r="E50" s="82"/>
+      <c r="F50" s="82"/>
+      <c r="G50" s="82"/>
+      <c r="H50" s="82"/>
+      <c r="I50" s="82"/>
+      <c r="J50" s="82"/>
+      <c r="K50" s="82"/>
+      <c r="L50" s="82"/>
+      <c r="M50" s="83"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="25" t="s">
         <v>53</v>
       </c>
       <c r="B51" s="55">
         <v>0</v>
       </c>
       <c r="C51" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D51" s="55">
         <v>0</v>
       </c>
       <c r="E51" s="55">
         <v>0</v>
       </c>
       <c r="F51" s="55">
         <v>0</v>
       </c>
       <c r="G51" s="55">
         <v>0</v>
       </c>
       <c r="H51" s="55">
         <v>0</v>
       </c>
       <c r="I51" s="55">
         <v>0</v>
       </c>
       <c r="J51" s="55">
         <v>0</v>
       </c>
       <c r="K51" s="55">
         <v>0</v>
       </c>
       <c r="L51" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="108" t="s">
+      <c r="M51" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B52" s="109"/>
-[...11 lines deleted...]
-    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B52" s="82"/>
+      <c r="C52" s="82"/>
+      <c r="D52" s="82"/>
+      <c r="E52" s="82"/>
+      <c r="F52" s="82"/>
+      <c r="G52" s="82"/>
+      <c r="H52" s="82"/>
+      <c r="I52" s="82"/>
+      <c r="J52" s="82"/>
+      <c r="K52" s="82"/>
+      <c r="L52" s="82"/>
+      <c r="M52" s="83"/>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B53" s="55">
         <v>0</v>
       </c>
       <c r="C53" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D53" s="55">
         <v>0</v>
       </c>
       <c r="E53" s="55">
         <v>0</v>
       </c>
       <c r="F53" s="55">
         <v>0</v>
       </c>
       <c r="G53" s="55">
         <v>0</v>
       </c>
       <c r="H53" s="55">
         <v>0</v>
       </c>
       <c r="I53" s="55">
         <v>0</v>
       </c>
       <c r="J53" s="55">
         <v>0</v>
       </c>
       <c r="K53" s="55">
         <v>0</v>
       </c>
       <c r="L53" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M53" s="55">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="63" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="63" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="12">
-[...12 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5F55F0C-2CEF-4361-ACAB-F22D20BBFC42}">
-  <dimension ref="A2:L11"/>
+  <dimension ref="A2:M11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="39" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C9" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D9" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E9" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F9" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G9" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H9" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I9" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J9" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K9" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L9" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="D10" s="38">
         <v>0</v>
       </c>
       <c r="E10" s="38">
         <v>0</v>
       </c>
       <c r="F10" s="38">
         <v>0</v>
       </c>
       <c r="G10" s="38">
         <v>0</v>
       </c>
       <c r="H10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="I10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="J10" s="38">
         <v>0</v>
       </c>
       <c r="K10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="L10" s="38">
         <v>50</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="38">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C11" s="38">
         <v>0</v>
       </c>
       <c r="D11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="E11" s="38">
         <v>0</v>
       </c>
       <c r="F11" s="38">
         <v>0</v>
       </c>
       <c r="G11" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="H11" s="38">
         <v>0</v>
       </c>
       <c r="I11" s="38">
         <v>0</v>
       </c>
       <c r="J11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K11" s="38">
         <v>0</v>
       </c>
       <c r="L11" s="38">
         <v>33.333333330000002</v>
+      </c>
+      <c r="M11" s="38">
+        <v>16.666666670000001</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE4F70A4-B08A-4377-A278-F9B1C31ED04F}">
-  <dimension ref="A2:U10"/>
+  <dimension ref="A2:V10"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="87.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="100" max="16384" width="87.44140625" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="100" width="8.6640625" style="10" customWidth="1"/>
+    <col min="101" max="16384" width="87.44140625" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A2" s="117" t="s">
+    <row r="2" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="125"/>
-[...20 lines deleted...]
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="B2" s="133"/>
+      <c r="C2" s="133"/>
+      <c r="D2" s="133"/>
+      <c r="E2" s="133"/>
+      <c r="F2" s="133"/>
+      <c r="G2" s="133"/>
+      <c r="H2" s="133"/>
+      <c r="I2" s="133"/>
+      <c r="J2" s="133"/>
+      <c r="K2" s="133"/>
+      <c r="L2" s="133"/>
+      <c r="M2" s="133"/>
+      <c r="N2" s="133"/>
+      <c r="O2" s="133"/>
+      <c r="P2" s="133"/>
+      <c r="Q2" s="133"/>
+      <c r="R2" s="133"/>
+      <c r="S2" s="133"/>
+      <c r="T2" s="133"/>
+      <c r="U2" s="133"/>
+      <c r="V2" s="33"/>
+    </row>
+    <row r="3" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A3" s="21"/>
       <c r="B3" s="19"/>
       <c r="C3" s="20"/>
       <c r="D3" s="20"/>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
       <c r="L3" s="20"/>
       <c r="M3" s="20"/>
       <c r="N3" s="20"/>
       <c r="O3" s="20"/>
       <c r="P3" s="20"/>
       <c r="Q3" s="20"/>
       <c r="R3" s="20"/>
       <c r="S3" s="20"/>
       <c r="T3" s="20"/>
-      <c r="U3" s="33"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U3" s="20"/>
+      <c r="V3" s="33"/>
+    </row>
+    <row r="4" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="20"/>
       <c r="D4" s="20"/>
       <c r="E4" s="20"/>
       <c r="F4" s="20"/>
       <c r="G4" s="20"/>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
       <c r="J4" s="20"/>
       <c r="K4" s="20"/>
       <c r="L4" s="20"/>
       <c r="M4" s="20"/>
       <c r="N4" s="20"/>
       <c r="O4" s="20"/>
       <c r="P4" s="20"/>
       <c r="Q4" s="20"/>
       <c r="R4" s="20"/>
       <c r="S4" s="20"/>
       <c r="T4" s="20"/>
-      <c r="U4" s="33"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U4" s="20"/>
+      <c r="V4" s="33"/>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="19"/>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
       <c r="I5" s="20"/>
       <c r="J5" s="20"/>
       <c r="K5" s="20"/>
       <c r="L5" s="20"/>
       <c r="M5" s="20"/>
       <c r="N5" s="20"/>
       <c r="O5" s="20"/>
       <c r="P5" s="20"/>
       <c r="Q5" s="20"/>
       <c r="R5" s="20"/>
       <c r="S5" s="20"/>
       <c r="T5" s="20"/>
-      <c r="U5" s="33"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="U5" s="20"/>
+      <c r="V5" s="33"/>
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-      <c r="M7" s="44"/>
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
       <c r="N7" s="44"/>
       <c r="O7" s="44"/>
       <c r="P7" s="44"/>
-    </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="Q7" s="44"/>
+    </row>
+    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A8" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="C8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D8" s="38">
         <v>-50</v>
       </c>
       <c r="E8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="F8" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="G8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="H8" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="I8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J8" s="38">
         <v>66.666666669999998</v>
       </c>
       <c r="K8" s="38">
         <v>83.333333330000002</v>
       </c>
       <c r="L8" s="38">
         <v>-50</v>
       </c>
-      <c r="M8" s="45"/>
+      <c r="M8" s="38">
+        <v>-33.333333330000002</v>
+      </c>
       <c r="N8" s="45"/>
       <c r="O8" s="45"/>
       <c r="P8" s="45"/>
-    </row>
-    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="Q8" s="45"/>
+    </row>
+    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C9" s="38">
         <v>0</v>
       </c>
       <c r="D9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="E9" s="38">
         <v>0</v>
       </c>
       <c r="F9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="G9" s="38">
         <v>50</v>
       </c>
       <c r="H9" s="38">
         <v>0</v>
       </c>
       <c r="I9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="J9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="K9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L9" s="38">
         <v>-33.333333330000002</v>
       </c>
-      <c r="M9" s="45"/>
+      <c r="M9" s="38">
+        <v>-33.333333330000002</v>
+      </c>
       <c r="N9" s="45"/>
       <c r="O9" s="45"/>
       <c r="P9" s="45"/>
-    </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="Q9" s="45"/>
+    </row>
+    <row r="10" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A10" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A2:U2"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{669F3EB8-C149-4646-A6F2-524E9885B5ED}">
-  <dimension ref="A2:Q13"/>
+  <dimension ref="A2:R13"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A2" s="41" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
     </row>
-    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" s="42" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" s="43" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="52">
         <v>50</v>
       </c>
       <c r="C8" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D8" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E8" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="F8" s="52">
         <v>0</v>
       </c>
       <c r="G8" s="52">
         <v>0</v>
       </c>
       <c r="H8" s="52">
         <v>0</v>
       </c>
       <c r="I8" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J8" s="52">
         <v>0</v>
       </c>
       <c r="K8" s="52">
         <v>0</v>
       </c>
       <c r="L8" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M8" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="43" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="52">
         <v>50</v>
       </c>
       <c r="C9" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E9" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="F9" s="52">
         <v>0</v>
       </c>
       <c r="G9" s="52">
         <v>0</v>
       </c>
       <c r="H9" s="52">
         <v>0</v>
       </c>
       <c r="I9" s="52">
         <v>0</v>
       </c>
       <c r="J9" s="52">
         <v>0</v>
       </c>
       <c r="K9" s="52">
         <v>0</v>
       </c>
       <c r="L9" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M9" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="43" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="52">
         <v>50</v>
       </c>
       <c r="C10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="F10" s="52">
         <v>0</v>
       </c>
       <c r="G10" s="52">
         <v>0</v>
       </c>
       <c r="H10" s="52">
         <v>0</v>
       </c>
       <c r="I10" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J10" s="52">
         <v>0</v>
       </c>
       <c r="K10" s="52">
         <v>0</v>
       </c>
       <c r="L10" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="M10" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="43" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C11" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D11" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E11" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="F11" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G11" s="52">
         <v>0</v>
       </c>
       <c r="H11" s="52">
         <v>0</v>
       </c>
       <c r="I11" s="52">
         <v>0</v>
       </c>
       <c r="J11" s="52">
         <v>0</v>
       </c>
       <c r="K11" s="52">
         <v>0</v>
       </c>
       <c r="L11" s="52">
         <v>0</v>
       </c>
-      <c r="M11" s="53"/>
+      <c r="M11" s="52">
+        <v>0</v>
+      </c>
       <c r="N11" s="53"/>
       <c r="O11" s="53"/>
       <c r="P11" s="53"/>
       <c r="Q11" s="53"/>
-    </row>
-    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="R11" s="53"/>
+    </row>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="43" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="52">
         <v>50</v>
       </c>
       <c r="C12" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D12" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E12" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="F12" s="52">
         <v>0</v>
       </c>
       <c r="G12" s="52">
         <v>0</v>
       </c>
       <c r="H12" s="52">
         <v>0</v>
       </c>
       <c r="I12" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J12" s="52">
         <v>0</v>
       </c>
       <c r="K12" s="52">
         <v>0</v>
       </c>
       <c r="L12" s="52">
         <v>0</v>
       </c>
-      <c r="M12" s="53"/>
+      <c r="M12" s="52">
+        <v>0</v>
+      </c>
       <c r="N12" s="53"/>
       <c r="O12" s="53"/>
       <c r="P12" s="53"/>
       <c r="Q12" s="53"/>
-    </row>
-    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="R12" s="53"/>
+    </row>
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14EFE119-4719-4F8C-82D4-728AF95C2CBB}">
-  <dimension ref="A2:L17"/>
+  <dimension ref="A2:M17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="20"/>
       <c r="C5" s="20"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="126" t="s">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="96" t="s">
         <v>120</v>
       </c>
-      <c r="B8" s="127"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="97"/>
+      <c r="C8" s="97"/>
+      <c r="D8" s="97"/>
+      <c r="E8" s="97"/>
+      <c r="F8" s="97"/>
+      <c r="G8" s="97"/>
+      <c r="H8" s="97"/>
+      <c r="I8" s="97"/>
+      <c r="J8" s="97"/>
+      <c r="K8" s="97"/>
+      <c r="L8" s="97"/>
+      <c r="M8" s="98"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D9" s="15">
         <v>-50</v>
       </c>
       <c r="E9" s="15">
         <v>0</v>
       </c>
       <c r="F9" s="15">
         <v>0</v>
       </c>
       <c r="G9" s="15">
         <v>0</v>
       </c>
       <c r="H9" s="15">
         <v>0</v>
       </c>
       <c r="I9" s="15">
         <v>0</v>
       </c>
       <c r="J9" s="15">
         <v>0</v>
       </c>
       <c r="K9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L9" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="15">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="D10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="E10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="F10" s="15">
         <v>0</v>
       </c>
       <c r="G10" s="15">
         <v>0</v>
       </c>
       <c r="H10" s="15">
         <v>0</v>
       </c>
       <c r="I10" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J10" s="15">
         <v>0</v>
       </c>
       <c r="K10" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L10" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="D11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="E11" s="15">
         <v>0</v>
       </c>
       <c r="F11" s="15">
         <v>-50</v>
       </c>
       <c r="G11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="H11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="I11" s="15">
         <v>0</v>
       </c>
       <c r="J11" s="15">
         <v>66.666666669999998</v>
       </c>
       <c r="K11" s="15">
         <v>66.666666669999998</v>
       </c>
       <c r="L11" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M11" s="15">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A12" s="34" t="s">
         <v>141</v>
       </c>
       <c r="B12" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="C12" s="15">
         <v>0</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>0</v>
       </c>
       <c r="F12" s="15">
         <v>0</v>
       </c>
       <c r="G12" s="15">
         <v>0</v>
       </c>
       <c r="H12" s="15">
         <v>0</v>
       </c>
       <c r="I12" s="15">
         <v>0</v>
       </c>
       <c r="J12" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K12" s="15">
         <v>0</v>
       </c>
       <c r="L12" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>63</v>
       </c>
       <c r="B13" s="15">
         <v>0</v>
       </c>
       <c r="C13" s="15">
         <v>0</v>
       </c>
       <c r="D13" s="15">
         <v>0</v>
       </c>
       <c r="E13" s="15">
         <v>0</v>
       </c>
       <c r="F13" s="15">
         <v>0</v>
       </c>
       <c r="G13" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="I13" s="15">
         <v>0</v>
       </c>
       <c r="J13" s="15">
         <v>0</v>
       </c>
       <c r="K13" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="L13" s="15">
         <v>-33.333333330000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="126" t="s">
+      <c r="M13" s="15">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="96" t="s">
         <v>61</v>
       </c>
-      <c r="B14" s="127"/>
-[...11 lines deleted...]
-    <row r="15" spans="1:12" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B14" s="97"/>
+      <c r="C14" s="97"/>
+      <c r="D14" s="97"/>
+      <c r="E14" s="97"/>
+      <c r="F14" s="97"/>
+      <c r="G14" s="97"/>
+      <c r="H14" s="97"/>
+      <c r="I14" s="97"/>
+      <c r="J14" s="97"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="98"/>
+    </row>
+    <row r="15" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A15" s="34" t="s">
         <v>142</v>
       </c>
       <c r="B15" s="15">
         <v>0</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
         <v>0</v>
       </c>
       <c r="E15" s="15">
         <v>0</v>
       </c>
       <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <v>0</v>
       </c>
       <c r="H15" s="15">
         <v>0</v>
       </c>
       <c r="I15" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="J15" s="15">
         <v>0</v>
       </c>
       <c r="K15" s="15">
         <v>0</v>
       </c>
       <c r="L15" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M15" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="15">
         <v>0</v>
       </c>
       <c r="C16" s="15">
         <v>0</v>
       </c>
       <c r="D16" s="15">
         <v>0</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0</v>
       </c>
       <c r="G16" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H16" s="15">
         <v>0</v>
       </c>
       <c r="I16" s="15">
         <v>0</v>
       </c>
       <c r="J16" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K16" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L16" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="15">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B17" s="15">
         <v>0</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>0</v>
       </c>
       <c r="H17" s="15">
         <v>0</v>
       </c>
       <c r="I17" s="15">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="15">
         <v>0</v>
       </c>
       <c r="L17" s="15">
         <v>0</v>
       </c>
+      <c r="M17" s="15">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...2 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F55F098E-6B0B-4776-A665-542CE93DF8D6}">
-  <dimension ref="A2:L16"/>
+  <dimension ref="A2:M16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-    <col min="13" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="20"/>
       <c r="C5" s="20"/>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="21"/>
       <c r="B6" s="20"/>
       <c r="C6" s="20"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="126" t="s">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="96" t="s">
         <v>120</v>
       </c>
-      <c r="B8" s="127"/>
-[...11 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="97"/>
+      <c r="C8" s="97"/>
+      <c r="D8" s="97"/>
+      <c r="E8" s="97"/>
+      <c r="F8" s="97"/>
+      <c r="G8" s="97"/>
+      <c r="H8" s="97"/>
+      <c r="I8" s="97"/>
+      <c r="J8" s="97"/>
+      <c r="K8" s="97"/>
+      <c r="L8" s="97"/>
+      <c r="M8" s="98"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="C9" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="E9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="F9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="G9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="H9" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="I9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K9" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L9" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="D10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="E10" s="15">
         <v>0</v>
       </c>
       <c r="F10" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="G10" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="H10" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="I10" s="15">
         <v>66.666666669999998</v>
       </c>
       <c r="J10" s="15">
         <v>0</v>
       </c>
       <c r="K10" s="15">
         <v>0</v>
       </c>
       <c r="L10" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="15">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="15">
         <v>0</v>
       </c>
       <c r="C11" s="15">
         <v>0</v>
       </c>
       <c r="D11" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="E11" s="15">
         <v>0</v>
       </c>
       <c r="F11" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="G11" s="15">
         <v>0</v>
       </c>
       <c r="H11" s="15">
         <v>0</v>
       </c>
       <c r="I11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L11" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M11" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="34" t="s">
         <v>122</v>
       </c>
       <c r="B12" s="15">
         <v>0</v>
       </c>
       <c r="C12" s="15">
         <v>0</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>0</v>
       </c>
       <c r="F12" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="G12" s="15">
         <v>0</v>
       </c>
       <c r="H12" s="15">
         <v>0</v>
       </c>
       <c r="I12" s="15">
         <v>0</v>
       </c>
       <c r="J12" s="15">
         <v>0</v>
       </c>
       <c r="K12" s="15">
         <v>0</v>
       </c>
       <c r="L12" s="15">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="126" t="s">
+      <c r="M12" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="96" t="s">
         <v>65</v>
       </c>
-      <c r="B13" s="127"/>
-[...11 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="97"/>
+      <c r="C13" s="97"/>
+      <c r="D13" s="97"/>
+      <c r="E13" s="97"/>
+      <c r="F13" s="97"/>
+      <c r="G13" s="97"/>
+      <c r="H13" s="97"/>
+      <c r="I13" s="97"/>
+      <c r="J13" s="97"/>
+      <c r="K13" s="97"/>
+      <c r="L13" s="97"/>
+      <c r="M13" s="98"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="34" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="15">
         <v>0</v>
       </c>
       <c r="C14" s="15">
         <v>0</v>
       </c>
       <c r="D14" s="15">
         <v>0</v>
       </c>
       <c r="E14" s="15">
         <v>0</v>
       </c>
       <c r="F14" s="15">
         <v>0</v>
       </c>
       <c r="G14" s="15">
         <v>0</v>
       </c>
       <c r="H14" s="15">
         <v>0</v>
       </c>
       <c r="I14" s="15">
         <v>0</v>
       </c>
       <c r="J14" s="15">
         <v>0</v>
       </c>
       <c r="K14" s="15">
         <v>0</v>
       </c>
       <c r="L14" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M14" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="15">
         <v>0</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
         <v>0</v>
       </c>
       <c r="E15" s="15">
         <v>0</v>
       </c>
       <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <v>0</v>
       </c>
       <c r="H15" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="I15" s="15">
         <v>0</v>
       </c>
       <c r="J15" s="15">
         <v>0</v>
       </c>
       <c r="K15" s="15">
         <v>0</v>
       </c>
       <c r="L15" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M15" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="15">
         <v>0</v>
       </c>
       <c r="C16" s="15">
         <v>0</v>
       </c>
       <c r="D16" s="15">
         <v>0</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0</v>
       </c>
       <c r="G16" s="15">
         <v>0</v>
       </c>
       <c r="H16" s="15">
         <v>0</v>
       </c>
       <c r="I16" s="15">
         <v>0</v>
       </c>
       <c r="J16" s="15">
         <v>0</v>
       </c>
       <c r="K16" s="15">
         <v>0</v>
       </c>
       <c r="L16" s="15">
         <v>0</v>
       </c>
+      <c r="M16" s="15">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...2 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{374C4B9F-F995-4979-96A8-532B216A03ED}">
+  <dimension ref="A2:Q9"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="30.6640625" style="10" customWidth="1"/>
+    <col min="2" max="16" width="9.109375" style="10" customWidth="1"/>
+    <col min="17" max="17" width="7" style="10" customWidth="1"/>
+    <col min="18" max="16384" width="9.109375" style="10"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" s="133"/>
+      <c r="C2" s="133"/>
+      <c r="D2" s="133"/>
+      <c r="E2" s="133"/>
+      <c r="F2" s="133"/>
+      <c r="G2" s="133"/>
+      <c r="H2" s="133"/>
+      <c r="I2" s="133"/>
+      <c r="J2" s="133"/>
+      <c r="K2" s="133"/>
+      <c r="L2" s="133"/>
+      <c r="M2" s="133"/>
+      <c r="N2" s="133"/>
+      <c r="O2" s="133"/>
+      <c r="P2" s="133"/>
+      <c r="Q2" s="133"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="40"/>
+      <c r="B3" s="19"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20"/>
+      <c r="K3" s="20"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
+      <c r="O3" s="20"/>
+      <c r="P3" s="20"/>
+      <c r="Q3" s="20"/>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
+      <c r="E4" s="20"/>
+      <c r="F4" s="20"/>
+      <c r="G4" s="20"/>
+      <c r="H4" s="20"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="20"/>
+      <c r="K4" s="20"/>
+      <c r="L4" s="20"/>
+      <c r="M4" s="20"/>
+      <c r="N4" s="20"/>
+      <c r="O4" s="20"/>
+      <c r="P4" s="20"/>
+      <c r="Q4" s="20"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="19"/>
+      <c r="C5" s="20"/>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
+      <c r="F5" s="20"/>
+      <c r="G5" s="20"/>
+      <c r="H5" s="20"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="20"/>
+      <c r="K5" s="20"/>
+      <c r="L5" s="20"/>
+      <c r="M5" s="20"/>
+      <c r="N5" s="20"/>
+      <c r="O5" s="20"/>
+      <c r="P5" s="20"/>
+      <c r="Q5" s="20"/>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="64" t="s">
+        <v>127</v>
+      </c>
+      <c r="C7" s="64" t="s">
+        <v>128</v>
+      </c>
+      <c r="D7" s="64" t="s">
+        <v>129</v>
+      </c>
+      <c r="E7" s="64" t="s">
+        <v>130</v>
+      </c>
+      <c r="F7" s="64" t="s">
+        <v>131</v>
+      </c>
+      <c r="G7" s="64" t="s">
+        <v>135</v>
+      </c>
+      <c r="H7" s="64" t="s">
+        <v>143</v>
+      </c>
+      <c r="I7" s="64" t="s">
+        <v>144</v>
+      </c>
+      <c r="J7" s="64" t="s">
+        <v>145</v>
+      </c>
+      <c r="K7" s="64" t="s">
+        <v>149</v>
+      </c>
+      <c r="L7" s="64" t="s">
+        <v>150</v>
+      </c>
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+      <c r="N7" s="44"/>
+      <c r="O7" s="44"/>
+      <c r="P7" s="44"/>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" s="38">
+        <v>50</v>
+      </c>
+      <c r="C8" s="38">
+        <v>33.333333330000002</v>
+      </c>
+      <c r="D8" s="38">
+        <v>16.666666670000001</v>
+      </c>
+      <c r="E8" s="38">
+        <v>0</v>
+      </c>
+      <c r="F8" s="38">
+        <v>0</v>
+      </c>
+      <c r="G8" s="38">
+        <v>0</v>
+      </c>
+      <c r="H8" s="38">
+        <v>33.333333330000002</v>
+      </c>
+      <c r="I8" s="38">
+        <v>0</v>
+      </c>
+      <c r="J8" s="38">
+        <v>0</v>
+      </c>
+      <c r="K8" s="38">
+        <v>66.666666669999998</v>
+      </c>
+      <c r="L8" s="38">
+        <v>16.666666670000001</v>
+      </c>
+      <c r="M8" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="45"/>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" s="38">
+        <v>50</v>
+      </c>
+      <c r="C9" s="38">
+        <v>33.333333330000002</v>
+      </c>
+      <c r="D9" s="38">
+        <v>16.666666670000001</v>
+      </c>
+      <c r="E9" s="38">
+        <v>0</v>
+      </c>
+      <c r="F9" s="38">
+        <v>0</v>
+      </c>
+      <c r="G9" s="38">
+        <v>0</v>
+      </c>
+      <c r="H9" s="38">
+        <v>33.333333330000002</v>
+      </c>
+      <c r="I9" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+      <c r="J9" s="38">
+        <v>0</v>
+      </c>
+      <c r="K9" s="38">
+        <v>83.333333330000002</v>
+      </c>
+      <c r="L9" s="38">
+        <v>16.666666670000001</v>
+      </c>
+      <c r="M9" s="38">
+        <v>0</v>
+      </c>
+      <c r="N9" s="45"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="45"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A2:Q2"/>
+  </mergeCells>
+  <phoneticPr fontId="6" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6C8DE16-5AB6-4DFA-AA71-5C5807EEAA80}">
   <dimension ref="A2:P9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.6640625" style="10" customWidth="1"/>
     <col min="2" max="15" width="9.109375" style="10" customWidth="1"/>
-    <col min="16" max="16" width="7" style="10" customWidth="1"/>
-    <col min="17" max="16384" width="9.109375" style="10"/>
+    <col min="16" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="117" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="125"/>
+      <c r="A2" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+      <c r="H2" s="35"/>
+      <c r="I2" s="35"/>
+      <c r="J2" s="35"/>
+      <c r="K2" s="35"/>
+      <c r="L2" s="35"/>
+      <c r="M2" s="35"/>
+      <c r="N2" s="35"/>
+      <c r="O2" s="35"/>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="40"/>
       <c r="B3" s="19"/>
       <c r="C3" s="20"/>
       <c r="D3" s="20"/>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
       <c r="L3" s="20"/>
       <c r="M3" s="20"/>
       <c r="N3" s="20"/>
       <c r="O3" s="20"/>
-      <c r="P3" s="20"/>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="20"/>
       <c r="D4" s="20"/>
       <c r="E4" s="20"/>
       <c r="F4" s="20"/>
       <c r="G4" s="20"/>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
       <c r="J4" s="20"/>
       <c r="K4" s="20"/>
       <c r="L4" s="20"/>
       <c r="M4" s="20"/>
       <c r="N4" s="20"/>
       <c r="O4" s="20"/>
-      <c r="P4" s="20"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="21" t="s">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="B5" s="19"/>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
       <c r="I5" s="20"/>
       <c r="J5" s="20"/>
       <c r="K5" s="20"/>
       <c r="L5" s="20"/>
       <c r="M5" s="20"/>
       <c r="N5" s="20"/>
       <c r="O5" s="20"/>
       <c r="P5" s="20"/>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
@@ -11486,7137 +12136,7407 @@
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-      <c r="M7" s="44"/>
-[...1 lines deleted...]
-      <c r="O7" s="44"/>
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+      <c r="N7" s="74"/>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="38">
-        <v>50</v>
+        <v>16.666666670000001</v>
       </c>
       <c r="C8" s="38">
-        <v>33.333333330000002</v>
+        <v>-66.666666669999998</v>
       </c>
       <c r="D8" s="38">
-        <v>16.666666670000001</v>
+        <v>-50</v>
       </c>
       <c r="E8" s="38">
         <v>0</v>
       </c>
       <c r="F8" s="38">
         <v>0</v>
       </c>
       <c r="G8" s="38">
-        <v>0</v>
+        <v>-33.333333330000002</v>
       </c>
       <c r="H8" s="38">
-        <v>33.333333330000002</v>
+        <v>-16.666666670000001</v>
       </c>
       <c r="I8" s="38">
         <v>0</v>
       </c>
       <c r="J8" s="38">
-        <v>0</v>
+        <v>66.666666669999998</v>
       </c>
       <c r="K8" s="38">
-        <v>66.666666669999998</v>
+        <v>-83.333333330000002</v>
       </c>
       <c r="L8" s="38">
-        <v>16.666666670000001</v>
-[...1 lines deleted...]
-      <c r="M8" s="45"/>
+        <v>-33.333333330000002</v>
+      </c>
+      <c r="M8" s="38">
+        <v>-16.666666670000001</v>
+      </c>
       <c r="N8" s="45"/>
-      <c r="O8" s="45"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="38">
-        <v>50</v>
-[...210 lines deleted...]
-      <c r="B9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="C9" s="38">
         <v>0</v>
       </c>
       <c r="D9" s="38">
         <v>0</v>
       </c>
       <c r="E9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="F9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="G9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="H9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I9" s="38">
         <v>0</v>
       </c>
       <c r="J9" s="38">
         <v>0</v>
       </c>
       <c r="K9" s="38">
         <v>-50</v>
       </c>
       <c r="L9" s="38">
         <v>-16.666666670000001</v>
       </c>
-      <c r="M9" s="45"/>
+      <c r="M9" s="38">
+        <v>0</v>
+      </c>
+      <c r="N9" s="45"/>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21363A91-BA21-4BAD-9E7F-AF1792EED952}">
-  <dimension ref="A2:L58"/>
+  <dimension ref="A2:M58"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="40.5546875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="54" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="54" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="94" max="16384" width="40.5546875" style="54"/>
+    <col min="2" max="13" width="9.109375" style="54" customWidth="1"/>
+    <col min="14" max="94" width="8.6640625" style="54" customWidth="1"/>
+    <col min="95" max="16384" width="40.5546875" style="54"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="54" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="39" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="36" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="105" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="106"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="129"/>
+      <c r="C9" s="129"/>
+      <c r="D9" s="129"/>
+      <c r="E9" s="129"/>
+      <c r="F9" s="129"/>
+      <c r="G9" s="129"/>
+      <c r="H9" s="129"/>
+      <c r="I9" s="129"/>
+      <c r="J9" s="129"/>
+      <c r="K9" s="129"/>
+      <c r="L9" s="129"/>
+      <c r="M9" s="130"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="55">
         <v>50</v>
       </c>
       <c r="C10" s="55">
         <v>50</v>
       </c>
       <c r="D10" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E10" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="F10" s="55">
         <v>0</v>
       </c>
       <c r="G10" s="55">
         <v>0</v>
       </c>
       <c r="H10" s="55">
         <v>0</v>
       </c>
       <c r="I10" s="55">
         <v>0</v>
       </c>
       <c r="J10" s="55">
         <v>0</v>
       </c>
       <c r="K10" s="55">
         <v>0</v>
       </c>
       <c r="L10" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B11" s="55">
         <v>0</v>
       </c>
       <c r="C11" s="55">
         <v>0</v>
       </c>
       <c r="D11" s="55">
         <v>0</v>
       </c>
       <c r="E11" s="55">
         <v>0</v>
       </c>
       <c r="F11" s="55">
         <v>0</v>
       </c>
       <c r="G11" s="55">
         <v>0</v>
       </c>
       <c r="H11" s="55">
         <v>0</v>
       </c>
       <c r="I11" s="55">
         <v>0</v>
       </c>
       <c r="J11" s="55">
         <v>0</v>
       </c>
       <c r="K11" s="55">
         <v>0</v>
       </c>
       <c r="L11" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="55">
         <v>0</v>
       </c>
       <c r="C12" s="55">
         <v>0</v>
       </c>
       <c r="D12" s="55">
         <v>0</v>
       </c>
       <c r="E12" s="55">
         <v>0</v>
       </c>
       <c r="F12" s="55">
         <v>0</v>
       </c>
       <c r="G12" s="55">
         <v>0</v>
       </c>
       <c r="H12" s="55">
         <v>0</v>
       </c>
       <c r="I12" s="55">
         <v>0</v>
       </c>
       <c r="J12" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K12" s="55">
         <v>0</v>
       </c>
       <c r="L12" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="105" t="s">
+      <c r="M12" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="106"/>
-[...11 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="129"/>
+      <c r="C13" s="129"/>
+      <c r="D13" s="129"/>
+      <c r="E13" s="129"/>
+      <c r="F13" s="129"/>
+      <c r="G13" s="129"/>
+      <c r="H13" s="129"/>
+      <c r="I13" s="129"/>
+      <c r="J13" s="129"/>
+      <c r="K13" s="129"/>
+      <c r="L13" s="129"/>
+      <c r="M13" s="130"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="55">
         <v>0</v>
       </c>
       <c r="C14" s="55">
         <v>0</v>
       </c>
       <c r="D14" s="55">
         <v>0</v>
       </c>
       <c r="E14" s="55">
         <v>0</v>
       </c>
       <c r="F14" s="55">
         <v>0</v>
       </c>
       <c r="G14" s="55">
         <v>0</v>
       </c>
       <c r="H14" s="55">
         <v>0</v>
       </c>
       <c r="I14" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J14" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K14" s="55">
         <v>0</v>
       </c>
       <c r="L14" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M14" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="55">
         <v>0</v>
       </c>
       <c r="C15" s="55">
         <v>0</v>
       </c>
       <c r="D15" s="55">
         <v>0</v>
       </c>
       <c r="E15" s="55">
         <v>0</v>
       </c>
       <c r="F15" s="55">
         <v>0</v>
       </c>
       <c r="G15" s="55">
         <v>0</v>
       </c>
       <c r="H15" s="55">
         <v>0</v>
       </c>
       <c r="I15" s="55">
         <v>0</v>
       </c>
       <c r="J15" s="55">
         <v>0</v>
       </c>
       <c r="K15" s="55">
         <v>0</v>
       </c>
       <c r="L15" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M15" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="55">
         <v>0</v>
       </c>
       <c r="C16" s="55">
         <v>0</v>
       </c>
       <c r="D16" s="55">
         <v>0</v>
       </c>
       <c r="E16" s="55">
         <v>0</v>
       </c>
       <c r="F16" s="55">
         <v>0</v>
       </c>
       <c r="G16" s="55">
         <v>0</v>
       </c>
       <c r="H16" s="55">
         <v>0</v>
       </c>
       <c r="I16" s="55">
         <v>0</v>
       </c>
       <c r="J16" s="55">
         <v>0</v>
       </c>
       <c r="K16" s="55">
         <v>0</v>
       </c>
       <c r="L16" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="105" t="s">
+      <c r="M16" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="128" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="106"/>
-[...11 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B17" s="129"/>
+      <c r="C17" s="129"/>
+      <c r="D17" s="129"/>
+      <c r="E17" s="129"/>
+      <c r="F17" s="129"/>
+      <c r="G17" s="129"/>
+      <c r="H17" s="129"/>
+      <c r="I17" s="129"/>
+      <c r="J17" s="129"/>
+      <c r="K17" s="129"/>
+      <c r="L17" s="129"/>
+      <c r="M17" s="130"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="55">
         <v>50</v>
       </c>
       <c r="C18" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D18" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E18" s="55">
         <v>0</v>
       </c>
       <c r="F18" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G18" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H18" s="55">
         <v>0</v>
       </c>
       <c r="I18" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J18" s="55">
         <v>0</v>
       </c>
       <c r="K18" s="55">
         <v>0</v>
       </c>
       <c r="L18" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M18" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B19" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="C19" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D19" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E19" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="F19" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="G19" s="55">
         <v>0</v>
       </c>
       <c r="H19" s="55">
         <v>0</v>
       </c>
       <c r="I19" s="55">
         <v>0</v>
       </c>
       <c r="J19" s="55">
         <v>0</v>
       </c>
       <c r="K19" s="55">
         <v>0</v>
       </c>
       <c r="L19" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M19" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C20" s="55">
         <v>0</v>
       </c>
       <c r="D20" s="55">
         <v>0</v>
       </c>
       <c r="E20" s="55">
         <v>0</v>
       </c>
       <c r="F20" s="55">
         <v>0</v>
       </c>
       <c r="G20" s="55">
         <v>0</v>
       </c>
       <c r="H20" s="55">
         <v>0</v>
       </c>
       <c r="I20" s="55">
         <v>0</v>
       </c>
       <c r="J20" s="55">
         <v>0</v>
       </c>
       <c r="K20" s="55">
         <v>0</v>
       </c>
       <c r="L20" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="105" t="s">
+      <c r="M20" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="128" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="106"/>
-[...11 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B21" s="129"/>
+      <c r="C21" s="129"/>
+      <c r="D21" s="129"/>
+      <c r="E21" s="129"/>
+      <c r="F21" s="129"/>
+      <c r="G21" s="129"/>
+      <c r="H21" s="129"/>
+      <c r="I21" s="129"/>
+      <c r="J21" s="129"/>
+      <c r="K21" s="129"/>
+      <c r="L21" s="129"/>
+      <c r="M21" s="130"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="55">
         <v>50</v>
       </c>
       <c r="C22" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D22" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E22" s="55">
         <v>0</v>
       </c>
       <c r="F22" s="55">
         <v>0</v>
       </c>
       <c r="G22" s="55">
         <v>0</v>
       </c>
       <c r="H22" s="55">
         <v>0</v>
       </c>
       <c r="I22" s="55">
         <v>0</v>
       </c>
       <c r="J22" s="55">
         <v>0</v>
       </c>
       <c r="K22" s="55">
         <v>0</v>
       </c>
       <c r="L22" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M22" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="36" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D26" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E26" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F26" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H26" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I26" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J26" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K26" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L26" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="105" t="s">
+      <c r="M26" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="106"/>
-[...11 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B27" s="129"/>
+      <c r="C27" s="129"/>
+      <c r="D27" s="129"/>
+      <c r="E27" s="129"/>
+      <c r="F27" s="129"/>
+      <c r="G27" s="129"/>
+      <c r="H27" s="129"/>
+      <c r="I27" s="129"/>
+      <c r="J27" s="129"/>
+      <c r="K27" s="129"/>
+      <c r="L27" s="129"/>
+      <c r="M27" s="130"/>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="C28" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D28" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E28" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="F28" s="55">
         <v>0</v>
       </c>
       <c r="G28" s="55">
         <v>0</v>
       </c>
       <c r="H28" s="55">
         <v>0</v>
       </c>
       <c r="I28" s="55">
         <v>0</v>
       </c>
       <c r="J28" s="55">
         <v>0</v>
       </c>
       <c r="K28" s="55">
         <v>0</v>
       </c>
       <c r="L28" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" s="72" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M28" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="72" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="55">
         <v>0</v>
       </c>
       <c r="C29" s="55">
         <v>0</v>
       </c>
       <c r="D29" s="55">
         <v>0</v>
       </c>
       <c r="E29" s="55">
         <v>0</v>
       </c>
       <c r="F29" s="55">
         <v>0</v>
       </c>
       <c r="G29" s="55">
         <v>0</v>
       </c>
       <c r="H29" s="55">
         <v>0</v>
       </c>
       <c r="I29" s="55">
         <v>0</v>
       </c>
       <c r="J29" s="55">
         <v>0</v>
       </c>
       <c r="K29" s="55">
         <v>0</v>
       </c>
       <c r="L29" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M29" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="55">
         <v>0</v>
       </c>
       <c r="C30" s="55">
         <v>0</v>
       </c>
       <c r="D30" s="55">
         <v>0</v>
       </c>
       <c r="E30" s="55">
         <v>0</v>
       </c>
       <c r="F30" s="55">
         <v>0</v>
       </c>
       <c r="G30" s="55">
         <v>0</v>
       </c>
       <c r="H30" s="55">
         <v>0</v>
       </c>
       <c r="I30" s="55">
         <v>0</v>
       </c>
       <c r="J30" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K30" s="55">
         <v>0</v>
       </c>
       <c r="L30" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="105" t="s">
+      <c r="M30" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="106"/>
-[...11 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="129"/>
+      <c r="C31" s="129"/>
+      <c r="D31" s="129"/>
+      <c r="E31" s="129"/>
+      <c r="F31" s="129"/>
+      <c r="G31" s="129"/>
+      <c r="H31" s="129"/>
+      <c r="I31" s="129"/>
+      <c r="J31" s="129"/>
+      <c r="K31" s="129"/>
+      <c r="L31" s="129"/>
+      <c r="M31" s="130"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="55">
         <v>0</v>
       </c>
       <c r="C32" s="55">
         <v>0</v>
       </c>
       <c r="D32" s="55">
         <v>0</v>
       </c>
       <c r="E32" s="55">
         <v>0</v>
       </c>
       <c r="F32" s="55">
         <v>0</v>
       </c>
       <c r="G32" s="55">
         <v>0</v>
       </c>
       <c r="H32" s="55">
         <v>0</v>
       </c>
       <c r="I32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J32" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K32" s="55">
         <v>0</v>
       </c>
       <c r="L32" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M32" s="55">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="55">
         <v>0</v>
       </c>
       <c r="C33" s="55">
         <v>0</v>
       </c>
       <c r="D33" s="55">
         <v>0</v>
       </c>
       <c r="E33" s="55">
         <v>0</v>
       </c>
       <c r="F33" s="55">
         <v>0</v>
       </c>
       <c r="G33" s="55">
         <v>0</v>
       </c>
       <c r="H33" s="55">
         <v>0</v>
       </c>
       <c r="I33" s="55">
         <v>0</v>
       </c>
       <c r="J33" s="55">
         <v>0</v>
       </c>
       <c r="K33" s="55">
         <v>0</v>
       </c>
       <c r="L33" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M33" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B34" s="55">
         <v>0</v>
       </c>
       <c r="C34" s="55">
         <v>0</v>
       </c>
       <c r="D34" s="55">
         <v>0</v>
       </c>
       <c r="E34" s="55">
         <v>0</v>
       </c>
       <c r="F34" s="55">
         <v>0</v>
       </c>
       <c r="G34" s="55">
         <v>0</v>
       </c>
       <c r="H34" s="55">
         <v>0</v>
       </c>
       <c r="I34" s="55">
         <v>0</v>
       </c>
       <c r="J34" s="55">
         <v>0</v>
       </c>
       <c r="K34" s="55">
         <v>0</v>
       </c>
       <c r="L34" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="105" t="s">
+      <c r="M34" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="128" t="s">
         <v>15</v>
       </c>
-      <c r="B35" s="106"/>
-[...11 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B35" s="129"/>
+      <c r="C35" s="129"/>
+      <c r="D35" s="129"/>
+      <c r="E35" s="129"/>
+      <c r="F35" s="129"/>
+      <c r="G35" s="129"/>
+      <c r="H35" s="129"/>
+      <c r="I35" s="129"/>
+      <c r="J35" s="129"/>
+      <c r="K35" s="129"/>
+      <c r="L35" s="129"/>
+      <c r="M35" s="130"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="55">
         <v>50</v>
       </c>
       <c r="C36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D36" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E36" s="55">
         <v>0</v>
       </c>
       <c r="F36" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="G36" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H36" s="55">
         <v>0</v>
       </c>
       <c r="I36" s="55">
         <v>0</v>
       </c>
       <c r="J36" s="55">
         <v>0</v>
       </c>
       <c r="K36" s="55">
         <v>0</v>
       </c>
       <c r="L36" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M36" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B37" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="C37" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D37" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E37" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="F37" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="G37" s="55">
         <v>0</v>
       </c>
       <c r="H37" s="55">
         <v>0</v>
       </c>
       <c r="I37" s="55">
         <v>0</v>
       </c>
       <c r="J37" s="55">
         <v>0</v>
       </c>
       <c r="K37" s="55">
         <v>0</v>
       </c>
       <c r="L37" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M37" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C38" s="55">
         <v>0</v>
       </c>
       <c r="D38" s="55">
         <v>0</v>
       </c>
       <c r="E38" s="55">
         <v>0</v>
       </c>
       <c r="F38" s="55">
         <v>0</v>
       </c>
       <c r="G38" s="55">
         <v>0</v>
       </c>
       <c r="H38" s="55">
         <v>0</v>
       </c>
       <c r="I38" s="55">
         <v>0</v>
       </c>
       <c r="J38" s="55">
         <v>0</v>
       </c>
       <c r="K38" s="55">
         <v>0</v>
       </c>
       <c r="L38" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="105" t="s">
+      <c r="M38" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="128" t="s">
         <v>20</v>
       </c>
-      <c r="B39" s="106"/>
-[...11 lines deleted...]
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B39" s="129"/>
+      <c r="C39" s="129"/>
+      <c r="D39" s="129"/>
+      <c r="E39" s="129"/>
+      <c r="F39" s="129"/>
+      <c r="G39" s="129"/>
+      <c r="H39" s="129"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="129"/>
+      <c r="K39" s="129"/>
+      <c r="L39" s="129"/>
+      <c r="M39" s="130"/>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B40" s="55">
         <v>50</v>
       </c>
       <c r="C40" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D40" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E40" s="55">
         <v>0</v>
       </c>
       <c r="F40" s="55">
         <v>0</v>
       </c>
       <c r="G40" s="55">
         <v>0</v>
       </c>
       <c r="H40" s="55">
         <v>0</v>
       </c>
       <c r="I40" s="55">
         <v>0</v>
       </c>
       <c r="J40" s="55">
         <v>0</v>
       </c>
       <c r="K40" s="55">
         <v>0</v>
       </c>
       <c r="L40" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M40" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="39" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="36" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C44" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D44" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G44" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H44" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I44" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J44" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K44" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L44" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="105" t="s">
+      <c r="M44" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="B45" s="106"/>
-[...11 lines deleted...]
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B45" s="129"/>
+      <c r="C45" s="129"/>
+      <c r="D45" s="129"/>
+      <c r="E45" s="129"/>
+      <c r="F45" s="129"/>
+      <c r="G45" s="129"/>
+      <c r="H45" s="129"/>
+      <c r="I45" s="129"/>
+      <c r="J45" s="129"/>
+      <c r="K45" s="129"/>
+      <c r="L45" s="129"/>
+      <c r="M45" s="130"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="55">
         <v>50</v>
       </c>
       <c r="C46" s="55">
         <v>50</v>
       </c>
       <c r="D46" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E46" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="F46" s="55">
         <v>0</v>
       </c>
       <c r="G46" s="55">
         <v>0</v>
       </c>
       <c r="H46" s="55">
         <v>0</v>
       </c>
       <c r="I46" s="55">
         <v>0</v>
       </c>
       <c r="J46" s="55">
         <v>0</v>
       </c>
       <c r="K46" s="55">
         <v>0</v>
       </c>
       <c r="L46" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M46" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B47" s="55">
         <v>0</v>
       </c>
       <c r="C47" s="55">
         <v>0</v>
       </c>
       <c r="D47" s="55">
         <v>0</v>
       </c>
       <c r="E47" s="55">
         <v>0</v>
       </c>
       <c r="F47" s="55">
         <v>0</v>
       </c>
       <c r="G47" s="55">
         <v>0</v>
       </c>
       <c r="H47" s="55">
         <v>0</v>
       </c>
       <c r="I47" s="55">
         <v>0</v>
       </c>
       <c r="J47" s="55">
         <v>0</v>
       </c>
       <c r="K47" s="55">
         <v>0</v>
       </c>
       <c r="L47" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M47" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="55">
         <v>0</v>
       </c>
       <c r="C48" s="55">
         <v>0</v>
       </c>
       <c r="D48" s="55">
         <v>0</v>
       </c>
       <c r="E48" s="55">
         <v>0</v>
       </c>
       <c r="F48" s="55">
         <v>0</v>
       </c>
       <c r="G48" s="55">
         <v>0</v>
       </c>
       <c r="H48" s="55">
         <v>0</v>
       </c>
       <c r="I48" s="55">
         <v>0</v>
       </c>
       <c r="J48" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="K48" s="55">
         <v>0</v>
       </c>
       <c r="L48" s="55">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="105" t="s">
+      <c r="M48" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="B49" s="106"/>
-[...11 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B49" s="129"/>
+      <c r="C49" s="129"/>
+      <c r="D49" s="129"/>
+      <c r="E49" s="129"/>
+      <c r="F49" s="129"/>
+      <c r="G49" s="129"/>
+      <c r="H49" s="129"/>
+      <c r="I49" s="129"/>
+      <c r="J49" s="129"/>
+      <c r="K49" s="129"/>
+      <c r="L49" s="129"/>
+      <c r="M49" s="130"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B50" s="55">
         <v>0</v>
       </c>
       <c r="C50" s="55">
         <v>0</v>
       </c>
       <c r="D50" s="55">
         <v>0</v>
       </c>
       <c r="E50" s="55">
         <v>0</v>
       </c>
       <c r="F50" s="55">
         <v>0</v>
       </c>
       <c r="G50" s="55">
         <v>0</v>
       </c>
       <c r="H50" s="55">
         <v>0</v>
       </c>
       <c r="I50" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="J50" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="K50" s="55">
         <v>0</v>
       </c>
       <c r="L50" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M50" s="55">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B51" s="55">
         <v>0</v>
       </c>
       <c r="C51" s="55">
         <v>0</v>
       </c>
       <c r="D51" s="55">
         <v>0</v>
       </c>
       <c r="E51" s="55">
         <v>0</v>
       </c>
       <c r="F51" s="55">
         <v>0</v>
       </c>
       <c r="G51" s="55">
         <v>0</v>
       </c>
       <c r="H51" s="55">
         <v>0</v>
       </c>
       <c r="I51" s="55">
         <v>0</v>
       </c>
       <c r="J51" s="55">
         <v>0</v>
       </c>
       <c r="K51" s="55">
         <v>0</v>
       </c>
       <c r="L51" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M51" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B52" s="55">
         <v>0</v>
       </c>
       <c r="C52" s="55">
         <v>0</v>
       </c>
       <c r="D52" s="55">
         <v>0</v>
       </c>
       <c r="E52" s="55">
         <v>0</v>
       </c>
       <c r="F52" s="55">
         <v>0</v>
       </c>
       <c r="G52" s="55">
         <v>0</v>
       </c>
       <c r="H52" s="55">
         <v>0</v>
       </c>
       <c r="I52" s="55">
         <v>0</v>
       </c>
       <c r="J52" s="55">
         <v>0</v>
       </c>
       <c r="K52" s="55">
         <v>0</v>
       </c>
       <c r="L52" s="55">
         <v>16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="105" t="s">
+      <c r="M52" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="128" t="s">
         <v>15</v>
       </c>
-      <c r="B53" s="106"/>
-[...11 lines deleted...]
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B53" s="129"/>
+      <c r="C53" s="129"/>
+      <c r="D53" s="129"/>
+      <c r="E53" s="129"/>
+      <c r="F53" s="129"/>
+      <c r="G53" s="129"/>
+      <c r="H53" s="129"/>
+      <c r="I53" s="129"/>
+      <c r="J53" s="129"/>
+      <c r="K53" s="129"/>
+      <c r="L53" s="129"/>
+      <c r="M53" s="130"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="55">
         <v>50</v>
       </c>
       <c r="C54" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D54" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E54" s="55">
         <v>0</v>
       </c>
       <c r="F54" s="55">
         <v>-33.333333330000002</v>
       </c>
       <c r="G54" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="H54" s="55">
         <v>0</v>
       </c>
       <c r="I54" s="55">
         <v>-16.666666670000001</v>
       </c>
       <c r="J54" s="55">
         <v>0</v>
       </c>
       <c r="K54" s="55">
         <v>0</v>
       </c>
       <c r="L54" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M54" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="55">
         <v>66.666666669999998</v>
       </c>
       <c r="C55" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="D55" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="E55" s="55">
         <v>33.333333330000002</v>
       </c>
       <c r="F55" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="G55" s="55">
         <v>0</v>
       </c>
       <c r="H55" s="55">
         <v>0</v>
       </c>
       <c r="I55" s="55">
         <v>0</v>
       </c>
       <c r="J55" s="55">
         <v>0</v>
       </c>
       <c r="K55" s="55">
         <v>0</v>
       </c>
       <c r="L55" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M55" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B56" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="C56" s="55">
         <v>0</v>
       </c>
       <c r="D56" s="55">
         <v>0</v>
       </c>
       <c r="E56" s="55">
         <v>0</v>
       </c>
       <c r="F56" s="55">
         <v>0</v>
       </c>
       <c r="G56" s="55">
         <v>0</v>
       </c>
       <c r="H56" s="55">
         <v>0</v>
       </c>
       <c r="I56" s="55">
         <v>0</v>
       </c>
       <c r="J56" s="55">
         <v>0</v>
       </c>
       <c r="K56" s="55">
         <v>0</v>
       </c>
       <c r="L56" s="55">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="105" t="s">
+      <c r="M56" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="128" t="s">
         <v>20</v>
       </c>
-      <c r="B57" s="106"/>
-[...11 lines deleted...]
-    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B57" s="129"/>
+      <c r="C57" s="129"/>
+      <c r="D57" s="129"/>
+      <c r="E57" s="129"/>
+      <c r="F57" s="129"/>
+      <c r="G57" s="129"/>
+      <c r="H57" s="129"/>
+      <c r="I57" s="129"/>
+      <c r="J57" s="129"/>
+      <c r="K57" s="129"/>
+      <c r="L57" s="129"/>
+      <c r="M57" s="130"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B58" s="55">
         <v>50</v>
       </c>
       <c r="C58" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="D58" s="55">
         <v>16.666666670000001</v>
       </c>
       <c r="E58" s="55">
         <v>0</v>
       </c>
       <c r="F58" s="55">
         <v>0</v>
       </c>
       <c r="G58" s="55">
         <v>0</v>
       </c>
       <c r="H58" s="55">
         <v>0</v>
       </c>
       <c r="I58" s="55">
         <v>0</v>
       </c>
       <c r="J58" s="55">
         <v>0</v>
       </c>
       <c r="K58" s="55">
         <v>0</v>
       </c>
       <c r="L58" s="52">
         <v>0</v>
       </c>
+      <c r="M58" s="55">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="A57:L57"/>
-[...10 lines deleted...]
-    <mergeCell ref="A53:L53"/>
+    <mergeCell ref="A9:M9"/>
+    <mergeCell ref="A13:M13"/>
+    <mergeCell ref="A17:M17"/>
+    <mergeCell ref="A21:M21"/>
+    <mergeCell ref="A49:M49"/>
+    <mergeCell ref="A53:M53"/>
+    <mergeCell ref="A57:M57"/>
+    <mergeCell ref="A27:M27"/>
+    <mergeCell ref="A31:M31"/>
+    <mergeCell ref="A35:M35"/>
+    <mergeCell ref="A39:M39"/>
+    <mergeCell ref="A45:M45"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A662436C-FB3D-44C1-B63B-56D01AD3BD39}">
-  <dimension ref="A2:N62"/>
+  <dimension ref="A2:O62"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50.6640625" style="50" customWidth="1"/>
     <col min="2" max="2" width="9.109375" style="57" customWidth="1"/>
-    <col min="3" max="12" width="9.109375" style="50" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="9.109375" style="50"/>
+    <col min="3" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="15" width="8.6640625" style="50" customWidth="1"/>
+    <col min="16" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="54" t="s">
         <v>69</v>
       </c>
       <c r="C2" s="54"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="54"/>
       <c r="H2" s="54"/>
       <c r="I2" s="54"/>
       <c r="J2" s="54"/>
       <c r="K2" s="54"/>
       <c r="L2" s="54"/>
       <c r="M2" s="54"/>
       <c r="N2" s="54"/>
-    </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O2" s="54"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
       <c r="K3" s="54"/>
       <c r="L3" s="54"/>
       <c r="M3" s="54"/>
       <c r="N3" s="54"/>
-    </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O3" s="54"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="54"/>
       <c r="D4" s="54"/>
       <c r="E4" s="54"/>
       <c r="F4" s="54"/>
       <c r="G4" s="54"/>
       <c r="H4" s="54"/>
       <c r="I4" s="54"/>
       <c r="J4" s="54"/>
       <c r="K4" s="54"/>
       <c r="L4" s="54"/>
       <c r="M4" s="54"/>
       <c r="N4" s="54"/>
-    </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O4" s="54"/>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A5" s="54" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="54"/>
       <c r="F5" s="54"/>
       <c r="G5" s="54"/>
       <c r="H5" s="54"/>
       <c r="I5" s="54"/>
       <c r="J5" s="54"/>
       <c r="K5" s="54"/>
       <c r="L5" s="54"/>
       <c r="M5" s="54"/>
       <c r="N5" s="54"/>
-    </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O5" s="54"/>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" s="39" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="108" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="109"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="83"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E10" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F10" s="52">
         <v>0</v>
       </c>
       <c r="G10" s="52">
         <v>0</v>
       </c>
       <c r="H10" s="52">
         <v>0</v>
       </c>
       <c r="I10" s="52">
         <v>0</v>
       </c>
       <c r="J10" s="52">
         <v>0</v>
       </c>
       <c r="K10" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L10" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="111" t="s">
+      <c r="M10" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="84" t="s">
         <v>116</v>
       </c>
-      <c r="B11" s="112"/>
-[...11 lines deleted...]
-    <row r="12" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="85"/>
+      <c r="C11" s="85"/>
+      <c r="D11" s="85"/>
+      <c r="E11" s="85"/>
+      <c r="F11" s="85"/>
+      <c r="G11" s="85"/>
+      <c r="H11" s="85"/>
+      <c r="I11" s="85"/>
+      <c r="J11" s="85"/>
+      <c r="K11" s="85"/>
+      <c r="L11" s="85"/>
+      <c r="M11" s="86"/>
+    </row>
+    <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B12" s="65" t="s">
         <v>100</v>
       </c>
       <c r="C12" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D12" s="66" t="s">
         <v>100</v>
       </c>
       <c r="E12" s="66" t="s">
         <v>100</v>
       </c>
       <c r="F12" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="G12" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I12" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J12" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K12" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="L12" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="13" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M12" s="52">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B13" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C13" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D13" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E13" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F13" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G13" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I13" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J13" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K13" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L13" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="M13" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="52">
         <v>0</v>
       </c>
       <c r="C14" s="52">
         <v>0</v>
       </c>
       <c r="D14" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E14" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F14" s="52">
         <v>0</v>
       </c>
       <c r="G14" s="52">
         <v>0</v>
       </c>
       <c r="H14" s="52">
         <v>0</v>
       </c>
       <c r="I14" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J14" s="52">
         <v>0</v>
       </c>
       <c r="K14" s="52">
         <v>0</v>
       </c>
       <c r="L14" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="108" t="s">
+      <c r="M14" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A15" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="B15" s="109"/>
-[...11 lines deleted...]
-    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="82"/>
+      <c r="G15" s="82"/>
+      <c r="H15" s="82"/>
+      <c r="I15" s="82"/>
+      <c r="J15" s="82"/>
+      <c r="K15" s="82"/>
+      <c r="L15" s="82"/>
+      <c r="M15" s="83"/>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C16" s="52">
         <v>0</v>
       </c>
       <c r="D16" s="52">
         <v>0</v>
       </c>
       <c r="E16" s="52">
         <v>0</v>
       </c>
       <c r="F16" s="52">
         <v>0</v>
       </c>
       <c r="G16" s="52">
         <v>0</v>
       </c>
       <c r="H16" s="52">
         <v>0</v>
       </c>
       <c r="I16" s="52">
         <v>0</v>
       </c>
       <c r="J16" s="52">
         <v>0</v>
       </c>
       <c r="K16" s="52">
         <v>0</v>
       </c>
       <c r="L16" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M16" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C17" s="52">
         <v>0</v>
       </c>
       <c r="D17" s="52">
         <v>0</v>
       </c>
       <c r="E17" s="52">
         <v>0</v>
       </c>
       <c r="F17" s="52">
         <v>0</v>
       </c>
       <c r="G17" s="52">
         <v>0</v>
       </c>
       <c r="H17" s="52">
         <v>0</v>
       </c>
       <c r="I17" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J17" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K17" s="52">
         <v>0</v>
       </c>
       <c r="L17" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M17" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C18" s="52">
         <v>0</v>
       </c>
       <c r="D18" s="52">
         <v>0</v>
       </c>
       <c r="E18" s="52">
         <v>0</v>
       </c>
       <c r="F18" s="52">
         <v>0</v>
       </c>
       <c r="G18" s="52">
         <v>0</v>
       </c>
       <c r="H18" s="52">
         <v>0</v>
       </c>
       <c r="I18" s="52">
         <v>0</v>
       </c>
       <c r="J18" s="52">
         <v>0</v>
       </c>
       <c r="K18" s="52">
         <v>0</v>
       </c>
       <c r="L18" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M18" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="52">
         <v>0</v>
       </c>
       <c r="C19" s="52">
         <v>0</v>
       </c>
       <c r="D19" s="52">
         <v>0</v>
       </c>
       <c r="E19" s="52">
         <v>0</v>
       </c>
       <c r="F19" s="52">
         <v>0</v>
       </c>
       <c r="G19" s="52">
         <v>0</v>
       </c>
       <c r="H19" s="52">
         <v>0</v>
       </c>
       <c r="I19" s="52">
         <v>0</v>
       </c>
       <c r="J19" s="52">
         <v>0</v>
       </c>
       <c r="K19" s="52">
         <v>0</v>
       </c>
       <c r="L19" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M19" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C20" s="52">
         <v>0</v>
       </c>
       <c r="D20" s="52">
         <v>0</v>
       </c>
       <c r="E20" s="52">
         <v>0</v>
       </c>
       <c r="F20" s="52">
         <v>0</v>
       </c>
       <c r="G20" s="52">
         <v>0</v>
       </c>
       <c r="H20" s="52">
         <v>0</v>
       </c>
       <c r="I20" s="52">
         <v>0</v>
       </c>
       <c r="J20" s="52">
         <v>0</v>
       </c>
       <c r="K20" s="52">
         <v>0</v>
       </c>
       <c r="L20" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M20" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="60"/>
       <c r="C21" s="60"/>
       <c r="D21" s="60"/>
       <c r="E21" s="60"/>
       <c r="F21" s="60"/>
       <c r="G21" s="60"/>
       <c r="H21" s="60"/>
       <c r="I21" s="60"/>
       <c r="J21" s="60"/>
       <c r="K21" s="60"/>
       <c r="L21" s="60"/>
-    </row>
-    <row r="22" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M21" s="60"/>
+    </row>
+    <row r="22" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="47" t="s">
         <v>117</v>
       </c>
       <c r="B22" s="60"/>
       <c r="C22" s="60"/>
       <c r="D22" s="60"/>
       <c r="E22" s="60"/>
       <c r="F22" s="60"/>
       <c r="G22" s="60"/>
       <c r="H22" s="60"/>
       <c r="I22" s="60"/>
       <c r="J22" s="60"/>
       <c r="K22" s="60"/>
       <c r="L22" s="60"/>
-    </row>
-    <row r="23" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M22" s="60"/>
+    </row>
+    <row r="23" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="50" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C27" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D27" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E27" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F27" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G27" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H27" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I27" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J27" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K27" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L27" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="108" t="s">
+      <c r="M27" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A28" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="B28" s="109"/>
-[...11 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B28" s="82"/>
+      <c r="C28" s="82"/>
+      <c r="D28" s="82"/>
+      <c r="E28" s="82"/>
+      <c r="F28" s="82"/>
+      <c r="G28" s="82"/>
+      <c r="H28" s="82"/>
+      <c r="I28" s="82"/>
+      <c r="J28" s="82"/>
+      <c r="K28" s="82"/>
+      <c r="L28" s="82"/>
+      <c r="M28" s="83"/>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C29" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D29" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E29" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F29" s="52">
         <v>0</v>
       </c>
       <c r="G29" s="52">
         <v>0</v>
       </c>
       <c r="H29" s="52">
         <v>0</v>
       </c>
       <c r="I29" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J29" s="52">
         <v>0</v>
       </c>
       <c r="K29" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L29" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="111" t="s">
+      <c r="M29" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="84" t="s">
         <v>116</v>
       </c>
-      <c r="B30" s="112"/>
-[...11 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B30" s="85"/>
+      <c r="C30" s="85"/>
+      <c r="D30" s="85"/>
+      <c r="E30" s="85"/>
+      <c r="F30" s="85"/>
+      <c r="G30" s="85"/>
+      <c r="H30" s="85"/>
+      <c r="I30" s="85"/>
+      <c r="J30" s="85"/>
+      <c r="K30" s="85"/>
+      <c r="L30" s="85"/>
+      <c r="M30" s="86"/>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="65" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="66" t="s">
         <v>100</v>
       </c>
       <c r="E31" s="66" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="G31" s="52">
         <v>0</v>
       </c>
       <c r="H31" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I31" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J31" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K31" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="L31" s="52">
         <v>-33.333333330000002</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M31" s="52">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B32" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C32" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D32" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E32" s="52">
         <v>0</v>
       </c>
       <c r="F32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G32" s="52">
         <v>0</v>
       </c>
       <c r="H32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I32" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L32" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M32" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B33" s="52">
         <v>0</v>
       </c>
       <c r="C33" s="52">
         <v>0</v>
       </c>
       <c r="D33" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E33" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F33" s="52">
         <v>0</v>
       </c>
       <c r="G33" s="52">
         <v>0</v>
       </c>
       <c r="H33" s="52">
         <v>0</v>
       </c>
       <c r="I33" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J33" s="52">
         <v>0</v>
       </c>
       <c r="K33" s="52">
         <v>0</v>
       </c>
       <c r="L33" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="108" t="s">
+      <c r="M33" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="B34" s="109"/>
-[...11 lines deleted...]
-    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B34" s="82"/>
+      <c r="C34" s="82"/>
+      <c r="D34" s="82"/>
+      <c r="E34" s="82"/>
+      <c r="F34" s="82"/>
+      <c r="G34" s="82"/>
+      <c r="H34" s="82"/>
+      <c r="I34" s="82"/>
+      <c r="J34" s="82"/>
+      <c r="K34" s="82"/>
+      <c r="L34" s="82"/>
+      <c r="M34" s="83"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B35" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C35" s="52">
         <v>0</v>
       </c>
       <c r="D35" s="52">
         <v>0</v>
       </c>
       <c r="E35" s="52">
         <v>0</v>
       </c>
       <c r="F35" s="52">
         <v>0</v>
       </c>
       <c r="G35" s="52">
         <v>0</v>
       </c>
       <c r="H35" s="52">
         <v>0</v>
       </c>
       <c r="I35" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J35" s="52">
         <v>0</v>
       </c>
       <c r="K35" s="52">
         <v>0</v>
       </c>
       <c r="L35" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M35" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C36" s="52">
         <v>0</v>
       </c>
       <c r="D36" s="52">
         <v>0</v>
       </c>
       <c r="E36" s="52">
         <v>0</v>
       </c>
       <c r="F36" s="52">
         <v>0</v>
       </c>
       <c r="G36" s="52">
         <v>0</v>
       </c>
       <c r="H36" s="52">
         <v>0</v>
       </c>
       <c r="I36" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J36" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K36" s="52">
         <v>0</v>
       </c>
       <c r="L36" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M36" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B37" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C37" s="52">
         <v>0</v>
       </c>
       <c r="D37" s="52">
         <v>0</v>
       </c>
       <c r="E37" s="52">
         <v>0</v>
       </c>
       <c r="F37" s="52">
         <v>0</v>
       </c>
       <c r="G37" s="52">
         <v>0</v>
       </c>
       <c r="H37" s="52">
         <v>0</v>
       </c>
       <c r="I37" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J37" s="52">
         <v>0</v>
       </c>
       <c r="K37" s="52">
         <v>0</v>
       </c>
       <c r="L37" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M37" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="52">
         <v>0</v>
       </c>
       <c r="C38" s="52">
         <v>0</v>
       </c>
       <c r="D38" s="52">
         <v>0</v>
       </c>
       <c r="E38" s="52">
         <v>0</v>
       </c>
       <c r="F38" s="52">
         <v>0</v>
       </c>
       <c r="G38" s="52">
         <v>0</v>
       </c>
       <c r="H38" s="52">
         <v>0</v>
       </c>
       <c r="I38" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J38" s="52">
         <v>0</v>
       </c>
       <c r="K38" s="52">
         <v>0</v>
       </c>
       <c r="L38" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M38" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C39" s="52">
         <v>0</v>
       </c>
       <c r="D39" s="52">
         <v>0</v>
       </c>
       <c r="E39" s="52">
         <v>0</v>
       </c>
       <c r="F39" s="52">
         <v>0</v>
       </c>
       <c r="G39" s="52">
         <v>0</v>
       </c>
       <c r="H39" s="52">
         <v>0</v>
       </c>
       <c r="I39" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J39" s="52">
         <v>0</v>
       </c>
       <c r="K39" s="52">
         <v>0</v>
       </c>
       <c r="L39" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M39" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B40" s="60"/>
       <c r="C40" s="60"/>
       <c r="D40" s="60"/>
       <c r="E40" s="60"/>
       <c r="F40" s="60"/>
       <c r="G40" s="60"/>
       <c r="H40" s="60"/>
       <c r="I40" s="60"/>
       <c r="J40" s="60"/>
       <c r="K40" s="60"/>
       <c r="L40" s="60"/>
-    </row>
-    <row r="41" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M40" s="60"/>
+    </row>
+    <row r="41" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="47" t="s">
         <v>117</v>
       </c>
       <c r="B41" s="60"/>
       <c r="C41" s="60"/>
       <c r="D41" s="60"/>
       <c r="E41" s="60"/>
       <c r="F41" s="60"/>
       <c r="G41" s="60"/>
       <c r="H41" s="60"/>
       <c r="I41" s="60"/>
       <c r="J41" s="60"/>
       <c r="K41" s="60"/>
       <c r="L41" s="60"/>
-    </row>
-    <row r="42" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M41" s="60"/>
+    </row>
+    <row r="42" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="50" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="39" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="51" t="s">
         <v>127</v>
       </c>
       <c r="C46" s="51" t="s">
         <v>128</v>
       </c>
       <c r="D46" s="51" t="s">
         <v>129</v>
       </c>
       <c r="E46" s="51" t="s">
         <v>130</v>
       </c>
       <c r="F46" s="51" t="s">
         <v>131</v>
       </c>
       <c r="G46" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H46" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I46" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J46" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K46" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L46" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="108" t="s">
+      <c r="M46" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="B47" s="109"/>
-[...11 lines deleted...]
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B47" s="82"/>
+      <c r="C47" s="82"/>
+      <c r="D47" s="82"/>
+      <c r="E47" s="82"/>
+      <c r="F47" s="82"/>
+      <c r="G47" s="82"/>
+      <c r="H47" s="82"/>
+      <c r="I47" s="82"/>
+      <c r="J47" s="82"/>
+      <c r="K47" s="82"/>
+      <c r="L47" s="82"/>
+      <c r="M47" s="83"/>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B48" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C48" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D48" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E48" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F48" s="52">
         <v>0</v>
       </c>
       <c r="G48" s="52">
         <v>0</v>
       </c>
       <c r="H48" s="52">
         <v>0</v>
       </c>
       <c r="I48" s="52">
         <v>0</v>
       </c>
       <c r="J48" s="52">
         <v>0</v>
       </c>
       <c r="K48" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L48" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="111" t="s">
+      <c r="M48" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="84" t="s">
         <v>116</v>
       </c>
-      <c r="B49" s="112"/>
-[...11 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B49" s="85"/>
+      <c r="C49" s="85"/>
+      <c r="D49" s="85"/>
+      <c r="E49" s="85"/>
+      <c r="F49" s="85"/>
+      <c r="G49" s="85"/>
+      <c r="H49" s="85"/>
+      <c r="I49" s="85"/>
+      <c r="J49" s="85"/>
+      <c r="K49" s="85"/>
+      <c r="L49" s="85"/>
+      <c r="M49" s="86"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="65" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D50" s="66" t="s">
         <v>100</v>
       </c>
       <c r="E50" s="66" t="s">
         <v>100</v>
       </c>
       <c r="F50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J50" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K50" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="L50" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M50" s="52">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B51" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C51" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D51" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E51" s="52">
         <v>0</v>
       </c>
       <c r="F51" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G51" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H51" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I51" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J51" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K51" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L51" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M51" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B52" s="52">
         <v>0</v>
       </c>
       <c r="C52" s="52">
         <v>0</v>
       </c>
       <c r="D52" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E52" s="52">
         <v>0</v>
       </c>
       <c r="F52" s="52">
         <v>0</v>
       </c>
       <c r="G52" s="52">
         <v>0</v>
       </c>
       <c r="H52" s="52">
         <v>0</v>
       </c>
       <c r="I52" s="52">
         <v>0</v>
       </c>
       <c r="J52" s="52">
         <v>0</v>
       </c>
       <c r="K52" s="52">
         <v>0</v>
       </c>
       <c r="L52" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="108" t="s">
+      <c r="M52" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="B53" s="109"/>
-[...11 lines deleted...]
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B53" s="82"/>
+      <c r="C53" s="82"/>
+      <c r="D53" s="82"/>
+      <c r="E53" s="82"/>
+      <c r="F53" s="82"/>
+      <c r="G53" s="82"/>
+      <c r="H53" s="82"/>
+      <c r="I53" s="82"/>
+      <c r="J53" s="82"/>
+      <c r="K53" s="82"/>
+      <c r="L53" s="82"/>
+      <c r="M53" s="83"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B54" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C54" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D54" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E54" s="52">
         <v>0</v>
       </c>
       <c r="F54" s="52">
         <v>0</v>
       </c>
       <c r="G54" s="52">
         <v>0</v>
       </c>
       <c r="H54" s="52">
         <v>0</v>
       </c>
       <c r="I54" s="52">
         <v>0</v>
       </c>
       <c r="J54" s="52">
         <v>0</v>
       </c>
       <c r="K54" s="52">
         <v>0</v>
       </c>
       <c r="L54" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M54" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B55" s="52">
         <v>0</v>
       </c>
       <c r="C55" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="D55" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="E55" s="52">
         <v>0</v>
       </c>
       <c r="F55" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G55" s="52">
         <v>0</v>
       </c>
       <c r="H55" s="52">
         <v>0</v>
       </c>
       <c r="I55" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J55" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K55" s="52">
         <v>0</v>
       </c>
       <c r="L55" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M55" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B56" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C56" s="52">
         <v>0</v>
       </c>
       <c r="D56" s="52">
         <v>0</v>
       </c>
       <c r="E56" s="52">
         <v>0</v>
       </c>
       <c r="F56" s="52">
         <v>0</v>
       </c>
       <c r="G56" s="52">
         <v>0</v>
       </c>
       <c r="H56" s="52">
         <v>0</v>
       </c>
       <c r="I56" s="52">
         <v>0</v>
       </c>
       <c r="J56" s="52">
         <v>0</v>
       </c>
       <c r="K56" s="52">
         <v>0</v>
       </c>
       <c r="L56" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M56" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B57" s="52">
         <v>0</v>
       </c>
       <c r="C57" s="52">
         <v>0</v>
       </c>
       <c r="D57" s="52">
         <v>0</v>
       </c>
       <c r="E57" s="52">
         <v>0</v>
       </c>
       <c r="F57" s="52">
         <v>0</v>
       </c>
       <c r="G57" s="52">
         <v>0</v>
       </c>
       <c r="H57" s="52">
         <v>0</v>
       </c>
       <c r="I57" s="52">
         <v>0</v>
       </c>
       <c r="J57" s="52">
         <v>0</v>
       </c>
       <c r="K57" s="52">
         <v>0</v>
       </c>
       <c r="L57" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M57" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B58" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C58" s="52">
         <v>0</v>
       </c>
       <c r="D58" s="52">
         <v>0</v>
       </c>
       <c r="E58" s="52">
         <v>0</v>
       </c>
       <c r="F58" s="52">
         <v>0</v>
       </c>
       <c r="G58" s="52">
         <v>0</v>
       </c>
       <c r="H58" s="52">
         <v>0</v>
       </c>
       <c r="I58" s="52">
         <v>0</v>
       </c>
       <c r="J58" s="52">
         <v>0</v>
       </c>
       <c r="K58" s="52">
         <v>0</v>
       </c>
       <c r="L58" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M58" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59" s="59" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="60"/>
       <c r="C59" s="60"/>
       <c r="D59" s="60"/>
       <c r="E59" s="60"/>
       <c r="F59" s="60"/>
       <c r="G59" s="60"/>
       <c r="H59" s="60"/>
       <c r="I59" s="60"/>
       <c r="J59" s="60"/>
       <c r="K59" s="60"/>
       <c r="L59" s="60"/>
-    </row>
-    <row r="60" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M59" s="60"/>
+    </row>
+    <row r="60" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="47" t="s">
         <v>117</v>
       </c>
       <c r="B60" s="60"/>
       <c r="C60" s="60"/>
       <c r="D60" s="60"/>
       <c r="E60" s="60"/>
       <c r="F60" s="60"/>
       <c r="G60" s="60"/>
       <c r="H60" s="60"/>
       <c r="I60" s="60"/>
       <c r="J60" s="60"/>
       <c r="K60" s="60"/>
       <c r="L60" s="60"/>
-    </row>
-    <row r="61" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M60" s="60"/>
+    </row>
+    <row r="61" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="50" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...9 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{475C3E90-6A7B-4005-B385-96082CDB7994}">
-  <dimension ref="A2:N58"/>
+  <dimension ref="A2:O58"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="16384" width="9.109375" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="17" width="8.6640625" style="50" customWidth="1"/>
+    <col min="18" max="16384" width="9.109375" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B2" s="54"/>
       <c r="C2" s="54"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="54"/>
       <c r="H2" s="54"/>
       <c r="I2" s="54"/>
       <c r="J2" s="54"/>
       <c r="K2" s="54"/>
       <c r="L2" s="54"/>
       <c r="M2" s="54"/>
       <c r="N2" s="54"/>
-    </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O2" s="54"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" s="54"/>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
       <c r="H3" s="54"/>
       <c r="I3" s="54"/>
       <c r="J3" s="54"/>
       <c r="K3" s="54"/>
       <c r="L3" s="54"/>
       <c r="M3" s="54"/>
       <c r="N3" s="54"/>
-    </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O3" s="54"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="54" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="54"/>
       <c r="C4" s="54"/>
       <c r="D4" s="54"/>
       <c r="E4" s="54"/>
       <c r="F4" s="54"/>
       <c r="G4" s="54"/>
       <c r="H4" s="54"/>
       <c r="I4" s="54"/>
       <c r="J4" s="54"/>
       <c r="K4" s="54"/>
       <c r="L4" s="54"/>
       <c r="M4" s="54"/>
       <c r="N4" s="54"/>
-    </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O4" s="54"/>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A5" s="54" t="s">
         <v>77</v>
       </c>
       <c r="B5" s="54"/>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="54"/>
       <c r="F5" s="54"/>
       <c r="G5" s="54"/>
       <c r="H5" s="54"/>
       <c r="I5" s="54"/>
       <c r="J5" s="54"/>
       <c r="K5" s="54"/>
       <c r="L5" s="54"/>
       <c r="M5" s="54"/>
       <c r="N5" s="54"/>
-    </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="O5" s="54"/>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" s="39" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="108" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="109"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B9" s="82"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="82"/>
+      <c r="I9" s="82"/>
+      <c r="J9" s="82"/>
+      <c r="K9" s="82"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="83"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="52">
         <v>0</v>
       </c>
       <c r="C10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E10" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F10" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="G10" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="H10" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="I10" s="52">
         <v>0</v>
       </c>
       <c r="J10" s="52">
         <v>0</v>
       </c>
       <c r="K10" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L10" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="70" t="s">
         <v>132</v>
       </c>
       <c r="B11" s="52">
         <v>0</v>
       </c>
       <c r="C11" s="52">
         <v>0</v>
       </c>
       <c r="D11" s="52">
         <v>0</v>
       </c>
       <c r="E11" s="52">
         <v>0</v>
       </c>
       <c r="F11" s="52">
         <v>0</v>
       </c>
       <c r="G11" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H11" s="52">
         <v>0</v>
       </c>
       <c r="I11" s="52">
         <v>0</v>
       </c>
       <c r="J11" s="52">
         <v>0</v>
       </c>
       <c r="K11" s="52">
         <v>0</v>
       </c>
       <c r="L11" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="M11" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="52">
         <v>0</v>
       </c>
       <c r="C12" s="52">
         <v>0</v>
       </c>
       <c r="D12" s="52">
         <v>0</v>
       </c>
       <c r="E12" s="52">
         <v>0</v>
       </c>
       <c r="F12" s="52">
         <v>0</v>
       </c>
       <c r="G12" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="52">
         <v>0</v>
       </c>
       <c r="I12" s="52">
         <v>0</v>
       </c>
       <c r="J12" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K12" s="52">
         <v>0</v>
       </c>
       <c r="L12" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="108" t="s">
+      <c r="M12" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A13" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="109"/>
-[...11 lines deleted...]
-    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+      <c r="F13" s="82"/>
+      <c r="G13" s="82"/>
+      <c r="H13" s="82"/>
+      <c r="I13" s="82"/>
+      <c r="J13" s="82"/>
+      <c r="K13" s="82"/>
+      <c r="L13" s="82"/>
+      <c r="M13" s="83"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="52">
         <v>0</v>
       </c>
       <c r="C14" s="52">
         <v>0</v>
       </c>
       <c r="D14" s="52">
         <v>0</v>
       </c>
       <c r="E14" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="F14" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G14" s="52">
         <v>0</v>
       </c>
       <c r="H14" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I14" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J14" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K14" s="52">
         <v>-50</v>
       </c>
       <c r="L14" s="52">
         <v>-33.333333330000002</v>
       </c>
-    </row>
-    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="M14" s="52">
+        <v>-50</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="52">
         <v>0</v>
       </c>
       <c r="C15" s="52">
         <v>0</v>
       </c>
       <c r="D15" s="52">
         <v>0</v>
       </c>
       <c r="E15" s="52">
         <v>0</v>
       </c>
       <c r="F15" s="52">
         <v>0</v>
       </c>
       <c r="G15" s="52">
         <v>0</v>
       </c>
       <c r="H15" s="52">
         <v>0</v>
       </c>
       <c r="I15" s="52">
         <v>0</v>
       </c>
       <c r="J15" s="52">
         <v>0</v>
       </c>
       <c r="K15" s="52">
         <v>0</v>
       </c>
       <c r="L15" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="M15" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="52">
         <v>0</v>
       </c>
       <c r="C16" s="52">
         <v>0</v>
       </c>
       <c r="D16" s="52">
         <v>0</v>
       </c>
       <c r="E16" s="52">
         <v>0</v>
       </c>
       <c r="F16" s="52">
         <v>0</v>
       </c>
       <c r="G16" s="52">
         <v>0</v>
       </c>
       <c r="H16" s="52">
         <v>0</v>
       </c>
       <c r="I16" s="52">
         <v>0</v>
       </c>
       <c r="J16" s="52">
         <v>0</v>
       </c>
       <c r="K16" s="52">
         <v>0</v>
       </c>
       <c r="L16" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="108" t="s">
+      <c r="M16" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="109"/>
-[...11 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B17" s="82"/>
+      <c r="C17" s="82"/>
+      <c r="D17" s="82"/>
+      <c r="E17" s="82"/>
+      <c r="F17" s="82"/>
+      <c r="G17" s="82"/>
+      <c r="H17" s="82"/>
+      <c r="I17" s="82"/>
+      <c r="J17" s="82"/>
+      <c r="K17" s="82"/>
+      <c r="L17" s="82"/>
+      <c r="M17" s="83"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C18" s="52">
         <v>0</v>
       </c>
       <c r="D18" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E18" s="52">
         <v>0</v>
       </c>
       <c r="F18" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G18" s="52">
         <v>0</v>
       </c>
       <c r="H18" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I18" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J18" s="52">
         <v>0</v>
       </c>
       <c r="K18" s="52">
         <v>0</v>
       </c>
       <c r="L18" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M18" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B19" s="52">
         <v>50</v>
       </c>
       <c r="C19" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D19" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E19" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F19" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="G19" s="52">
         <v>0</v>
       </c>
       <c r="H19" s="52">
         <v>0</v>
       </c>
       <c r="I19" s="52">
         <v>0</v>
       </c>
       <c r="J19" s="52">
         <v>0</v>
       </c>
       <c r="K19" s="52">
         <v>0</v>
       </c>
       <c r="L19" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M19" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C20" s="52">
         <v>0</v>
       </c>
       <c r="D20" s="52">
         <v>0</v>
       </c>
       <c r="E20" s="52">
         <v>0</v>
       </c>
       <c r="F20" s="52">
         <v>0</v>
       </c>
       <c r="G20" s="52">
         <v>0</v>
       </c>
       <c r="H20" s="52">
         <v>0</v>
       </c>
       <c r="I20" s="52">
         <v>0</v>
       </c>
       <c r="J20" s="52">
         <v>0</v>
       </c>
       <c r="K20" s="52">
         <v>0</v>
       </c>
       <c r="L20" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="108" t="s">
+      <c r="M20" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="109"/>
-[...11 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B21" s="82"/>
+      <c r="C21" s="82"/>
+      <c r="D21" s="82"/>
+      <c r="E21" s="82"/>
+      <c r="F21" s="82"/>
+      <c r="G21" s="82"/>
+      <c r="H21" s="82"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="82"/>
+      <c r="K21" s="82"/>
+      <c r="L21" s="82"/>
+      <c r="M21" s="83"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C22" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D22" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E22" s="52">
         <v>0</v>
       </c>
       <c r="F22" s="52">
         <v>0</v>
       </c>
       <c r="G22" s="52">
         <v>0</v>
       </c>
       <c r="H22" s="52">
         <v>0</v>
       </c>
       <c r="I22" s="52">
         <v>0</v>
       </c>
       <c r="J22" s="52">
         <v>0</v>
       </c>
       <c r="K22" s="52">
         <v>0</v>
       </c>
       <c r="L22" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M22" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="73"/>
       <c r="C25" s="73"/>
       <c r="D25" s="73"/>
       <c r="E25" s="73"/>
       <c r="F25" s="73"/>
       <c r="G25" s="73"/>
       <c r="H25" s="73"/>
       <c r="I25" s="73"/>
       <c r="J25" s="73"/>
       <c r="K25" s="73"/>
       <c r="L25" s="73"/>
-    </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M25" s="73"/>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D26" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E26" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F26" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H26" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I26" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J26" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K26" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L26" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="108" t="s">
+      <c r="M26" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="109"/>
-[...11 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B27" s="82"/>
+      <c r="C27" s="82"/>
+      <c r="D27" s="82"/>
+      <c r="E27" s="82"/>
+      <c r="F27" s="82"/>
+      <c r="G27" s="82"/>
+      <c r="H27" s="82"/>
+      <c r="I27" s="82"/>
+      <c r="J27" s="82"/>
+      <c r="K27" s="82"/>
+      <c r="L27" s="82"/>
+      <c r="M27" s="83"/>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C28" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D28" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E28" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F28" s="52">
         <v>0</v>
       </c>
       <c r="G28" s="52">
         <v>0</v>
       </c>
       <c r="H28" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="I28" s="52">
         <v>0</v>
       </c>
       <c r="J28" s="52">
         <v>0</v>
       </c>
       <c r="K28" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L28" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M28" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="70" t="s">
         <v>132</v>
       </c>
       <c r="B29" s="52">
         <v>0</v>
       </c>
       <c r="C29" s="52">
         <v>0</v>
       </c>
       <c r="D29" s="52">
         <v>0</v>
       </c>
       <c r="E29" s="52">
         <v>0</v>
       </c>
       <c r="F29" s="52">
         <v>0</v>
       </c>
       <c r="G29" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H29" s="52">
         <v>0</v>
       </c>
       <c r="I29" s="52">
         <v>0</v>
       </c>
       <c r="J29" s="52">
         <v>0</v>
       </c>
       <c r="K29" s="52">
         <v>0</v>
       </c>
       <c r="L29" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M29" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="52">
         <v>0</v>
       </c>
       <c r="C30" s="52">
         <v>0</v>
       </c>
       <c r="D30" s="52">
         <v>0</v>
       </c>
       <c r="E30" s="52">
         <v>0</v>
       </c>
       <c r="F30" s="52">
         <v>0</v>
       </c>
       <c r="G30" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="H30" s="52">
         <v>0</v>
       </c>
       <c r="I30" s="52">
         <v>0</v>
       </c>
       <c r="J30" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K30" s="52">
         <v>0</v>
       </c>
       <c r="L30" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="108" t="s">
+      <c r="M30" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="109"/>
-[...11 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="82"/>
+      <c r="C31" s="82"/>
+      <c r="D31" s="82"/>
+      <c r="E31" s="82"/>
+      <c r="F31" s="82"/>
+      <c r="G31" s="82"/>
+      <c r="H31" s="82"/>
+      <c r="I31" s="82"/>
+      <c r="J31" s="82"/>
+      <c r="K31" s="82"/>
+      <c r="L31" s="82"/>
+      <c r="M31" s="83"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="52">
         <v>0</v>
       </c>
       <c r="C32" s="52">
         <v>0</v>
       </c>
       <c r="D32" s="52">
         <v>0</v>
       </c>
       <c r="E32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="F32" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="G32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H32" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I32" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="J32" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K32" s="52">
         <v>-50</v>
       </c>
       <c r="L32" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M32" s="52">
+        <v>-50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="52">
         <v>0</v>
       </c>
       <c r="C33" s="52">
         <v>0</v>
       </c>
       <c r="D33" s="52">
         <v>0</v>
       </c>
       <c r="E33" s="52">
         <v>0</v>
       </c>
       <c r="F33" s="52">
         <v>0</v>
       </c>
       <c r="G33" s="52">
         <v>0</v>
       </c>
       <c r="H33" s="52">
         <v>0</v>
       </c>
       <c r="I33" s="52">
         <v>0</v>
       </c>
       <c r="J33" s="52">
         <v>0</v>
       </c>
       <c r="K33" s="52">
         <v>0</v>
       </c>
       <c r="L33" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M33" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B34" s="52">
         <v>0</v>
       </c>
       <c r="C34" s="52">
         <v>0</v>
       </c>
       <c r="D34" s="52">
         <v>0</v>
       </c>
       <c r="E34" s="52">
         <v>0</v>
       </c>
       <c r="F34" s="52">
         <v>0</v>
       </c>
       <c r="G34" s="52">
         <v>0</v>
       </c>
       <c r="H34" s="52">
         <v>0</v>
       </c>
       <c r="I34" s="52">
         <v>0</v>
       </c>
       <c r="J34" s="52">
         <v>0</v>
       </c>
       <c r="K34" s="52">
         <v>0</v>
       </c>
       <c r="L34" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="108" t="s">
+      <c r="M34" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B35" s="109"/>
-[...11 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B35" s="82"/>
+      <c r="C35" s="82"/>
+      <c r="D35" s="82"/>
+      <c r="E35" s="82"/>
+      <c r="F35" s="82"/>
+      <c r="G35" s="82"/>
+      <c r="H35" s="82"/>
+      <c r="I35" s="82"/>
+      <c r="J35" s="82"/>
+      <c r="K35" s="82"/>
+      <c r="L35" s="82"/>
+      <c r="M35" s="83"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C36" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D36" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E36" s="52">
         <v>0</v>
       </c>
       <c r="F36" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G36" s="52">
         <v>0</v>
       </c>
       <c r="H36" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I36" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J36" s="52">
         <v>0</v>
       </c>
       <c r="K36" s="52">
         <v>0</v>
       </c>
       <c r="L36" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M36" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B37" s="52">
         <v>50</v>
       </c>
       <c r="C37" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D37" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E37" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F37" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="G37" s="52">
         <v>0</v>
       </c>
       <c r="H37" s="52">
         <v>0</v>
       </c>
       <c r="I37" s="52">
         <v>0</v>
       </c>
       <c r="J37" s="52">
         <v>0</v>
       </c>
       <c r="K37" s="52">
         <v>0</v>
       </c>
       <c r="L37" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M37" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C38" s="52">
         <v>0</v>
       </c>
       <c r="D38" s="52">
         <v>0</v>
       </c>
       <c r="E38" s="52">
         <v>0</v>
       </c>
       <c r="F38" s="52">
         <v>0</v>
       </c>
       <c r="G38" s="52">
         <v>0</v>
       </c>
       <c r="H38" s="52">
         <v>0</v>
       </c>
       <c r="I38" s="52">
         <v>0</v>
       </c>
       <c r="J38" s="52">
         <v>0</v>
       </c>
       <c r="K38" s="52">
         <v>0</v>
       </c>
       <c r="L38" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="108" t="s">
+      <c r="M38" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B39" s="109"/>
-[...11 lines deleted...]
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B39" s="82"/>
+      <c r="C39" s="82"/>
+      <c r="D39" s="82"/>
+      <c r="E39" s="82"/>
+      <c r="F39" s="82"/>
+      <c r="G39" s="82"/>
+      <c r="H39" s="82"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="82"/>
+      <c r="K39" s="82"/>
+      <c r="L39" s="82"/>
+      <c r="M39" s="83"/>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B40" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C40" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="D40" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="E40" s="52">
         <v>0</v>
       </c>
       <c r="F40" s="52">
         <v>0</v>
       </c>
       <c r="G40" s="52">
         <v>0</v>
       </c>
       <c r="H40" s="52">
         <v>0</v>
       </c>
       <c r="I40" s="52">
         <v>0</v>
       </c>
       <c r="J40" s="52">
         <v>0</v>
       </c>
       <c r="K40" s="52">
         <v>0</v>
       </c>
       <c r="L40" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M40" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="39" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C44" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D44" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E44" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F44" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G44" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H44" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I44" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J44" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K44" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L44" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="108" t="s">
+      <c r="M44" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="B45" s="109"/>
-[...11 lines deleted...]
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B45" s="82"/>
+      <c r="C45" s="82"/>
+      <c r="D45" s="82"/>
+      <c r="E45" s="82"/>
+      <c r="F45" s="82"/>
+      <c r="G45" s="82"/>
+      <c r="H45" s="82"/>
+      <c r="I45" s="82"/>
+      <c r="J45" s="82"/>
+      <c r="K45" s="82"/>
+      <c r="L45" s="82"/>
+      <c r="M45" s="83"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B46" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="C46" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D46" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E46" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F46" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="G46" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="H46" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="I46" s="52">
         <v>0</v>
       </c>
       <c r="J46" s="52">
         <v>0</v>
       </c>
       <c r="K46" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L46" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M46" s="52">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="70" t="s">
         <v>132</v>
       </c>
       <c r="B47" s="52">
         <v>0</v>
       </c>
       <c r="C47" s="52">
         <v>0</v>
       </c>
       <c r="D47" s="52">
         <v>0</v>
       </c>
       <c r="E47" s="52">
         <v>0</v>
       </c>
       <c r="F47" s="52">
         <v>0</v>
       </c>
       <c r="G47" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H47" s="52">
         <v>0</v>
       </c>
       <c r="I47" s="52">
         <v>0</v>
       </c>
       <c r="J47" s="52">
         <v>0</v>
       </c>
       <c r="K47" s="52">
         <v>0</v>
       </c>
       <c r="L47" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M47" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="52">
         <v>0</v>
       </c>
       <c r="C48" s="52">
         <v>0</v>
       </c>
       <c r="D48" s="52">
         <v>0</v>
       </c>
       <c r="E48" s="52">
         <v>0</v>
       </c>
       <c r="F48" s="52">
         <v>0</v>
       </c>
       <c r="G48" s="52">
         <v>0</v>
       </c>
       <c r="H48" s="52">
         <v>0</v>
       </c>
       <c r="I48" s="52">
         <v>0</v>
       </c>
       <c r="J48" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K48" s="52">
         <v>0</v>
       </c>
       <c r="L48" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="108" t="s">
+      <c r="M48" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B49" s="109"/>
-[...11 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B49" s="82"/>
+      <c r="C49" s="82"/>
+      <c r="D49" s="82"/>
+      <c r="E49" s="82"/>
+      <c r="F49" s="82"/>
+      <c r="G49" s="82"/>
+      <c r="H49" s="82"/>
+      <c r="I49" s="82"/>
+      <c r="J49" s="82"/>
+      <c r="K49" s="82"/>
+      <c r="L49" s="82"/>
+      <c r="M49" s="83"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B50" s="52">
         <v>0</v>
       </c>
       <c r="C50" s="52">
         <v>0</v>
       </c>
       <c r="D50" s="52">
         <v>0</v>
       </c>
       <c r="E50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="F50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G50" s="52">
         <v>0</v>
       </c>
       <c r="H50" s="52">
         <v>0</v>
       </c>
       <c r="I50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J50" s="52">
         <v>-33.333333330000002</v>
       </c>
       <c r="K50" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="L50" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M50" s="52">
+        <v>-33.333333330000002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B51" s="52">
         <v>0</v>
       </c>
       <c r="C51" s="52">
         <v>0</v>
       </c>
       <c r="D51" s="52">
         <v>0</v>
       </c>
       <c r="E51" s="52">
         <v>0</v>
       </c>
       <c r="F51" s="52">
         <v>0</v>
       </c>
       <c r="G51" s="52">
         <v>0</v>
       </c>
       <c r="H51" s="52">
         <v>0</v>
       </c>
       <c r="I51" s="52">
         <v>0</v>
       </c>
       <c r="J51" s="52">
         <v>0</v>
       </c>
       <c r="K51" s="52">
         <v>0</v>
       </c>
       <c r="L51" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M51" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B52" s="52">
         <v>0</v>
       </c>
       <c r="C52" s="52">
         <v>0</v>
       </c>
       <c r="D52" s="52">
         <v>0</v>
       </c>
       <c r="E52" s="52">
         <v>0</v>
       </c>
       <c r="F52" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G52" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="H52" s="52">
         <v>0</v>
       </c>
       <c r="I52" s="52">
         <v>0</v>
       </c>
       <c r="J52" s="52">
         <v>0</v>
       </c>
       <c r="K52" s="52">
         <v>0</v>
       </c>
       <c r="L52" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="108" t="s">
+      <c r="M52" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B53" s="109"/>
-[...11 lines deleted...]
-    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B53" s="82"/>
+      <c r="C53" s="82"/>
+      <c r="D53" s="82"/>
+      <c r="E53" s="82"/>
+      <c r="F53" s="82"/>
+      <c r="G53" s="82"/>
+      <c r="H53" s="82"/>
+      <c r="I53" s="82"/>
+      <c r="J53" s="82"/>
+      <c r="K53" s="82"/>
+      <c r="L53" s="82"/>
+      <c r="M53" s="83"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="52">
         <v>0</v>
       </c>
       <c r="C54" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="D54" s="52">
         <v>0</v>
       </c>
       <c r="E54" s="52">
         <v>0</v>
       </c>
       <c r="F54" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="G54" s="52">
         <v>0</v>
       </c>
       <c r="H54" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="I54" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="J54" s="52">
         <v>-16.666666670000001</v>
       </c>
       <c r="K54" s="52">
         <v>0</v>
       </c>
       <c r="L54" s="52">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M54" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="52">
         <v>33.333333330000002</v>
       </c>
       <c r="C55" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D55" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E55" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="F55" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="G55" s="52">
         <v>0</v>
       </c>
       <c r="H55" s="52">
         <v>0</v>
       </c>
       <c r="I55" s="52">
         <v>0</v>
       </c>
       <c r="J55" s="52">
         <v>0</v>
       </c>
       <c r="K55" s="52">
         <v>0</v>
       </c>
       <c r="L55" s="52">
         <v>0</v>
       </c>
-    </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M55" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B56" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C56" s="52">
         <v>0</v>
       </c>
       <c r="D56" s="52">
         <v>0</v>
       </c>
       <c r="E56" s="52">
         <v>0</v>
       </c>
       <c r="F56" s="52">
         <v>0</v>
       </c>
       <c r="G56" s="52">
         <v>0</v>
       </c>
       <c r="H56" s="52">
         <v>0</v>
       </c>
       <c r="I56" s="52">
         <v>0</v>
       </c>
       <c r="J56" s="52">
         <v>0</v>
       </c>
       <c r="K56" s="52">
         <v>0</v>
       </c>
       <c r="L56" s="52">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="108" t="s">
+      <c r="M56" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B57" s="109"/>
-[...11 lines deleted...]
-    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B57" s="82"/>
+      <c r="C57" s="82"/>
+      <c r="D57" s="82"/>
+      <c r="E57" s="82"/>
+      <c r="F57" s="82"/>
+      <c r="G57" s="82"/>
+      <c r="H57" s="82"/>
+      <c r="I57" s="82"/>
+      <c r="J57" s="82"/>
+      <c r="K57" s="82"/>
+      <c r="L57" s="82"/>
+      <c r="M57" s="83"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="56" t="s">
         <v>21</v>
       </c>
       <c r="B58" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="C58" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="D58" s="52">
         <v>16.666666670000001</v>
       </c>
       <c r="E58" s="52">
         <v>0</v>
       </c>
       <c r="F58" s="52">
         <v>0</v>
       </c>
       <c r="G58" s="52">
         <v>0</v>
       </c>
       <c r="H58" s="52">
         <v>0</v>
       </c>
       <c r="I58" s="52">
         <v>0</v>
       </c>
       <c r="J58" s="52">
         <v>0</v>
       </c>
       <c r="K58" s="52">
         <v>0</v>
       </c>
       <c r="L58" s="52">
         <v>0</v>
       </c>
+      <c r="M58" s="52">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="12">
-[...12 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A173BBE3-66C1-4EA8-B0FA-8F0800ED8F99}">
-  <dimension ref="A2:L12"/>
+  <dimension ref="A2:M12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="9.109375" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="14" width="8.6640625" style="10" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="39" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C9" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D9" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E9" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F9" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G9" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H9" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I9" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J9" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K9" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L9" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="38">
         <v>0</v>
       </c>
       <c r="C10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="E10" s="38">
         <v>0</v>
       </c>
       <c r="F10" s="38">
         <v>0</v>
       </c>
       <c r="G10" s="38">
         <v>0</v>
       </c>
       <c r="H10" s="38">
         <v>0</v>
       </c>
       <c r="I10" s="38">
         <v>0</v>
       </c>
       <c r="J10" s="38">
         <v>0</v>
       </c>
       <c r="K10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L10" s="38">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="38">
         <v>0</v>
       </c>
       <c r="C11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="E11" s="38">
         <v>0</v>
       </c>
       <c r="F11" s="38">
         <v>0</v>
       </c>
       <c r="G11" s="38">
         <v>0</v>
       </c>
       <c r="H11" s="38">
         <v>0</v>
       </c>
       <c r="I11" s="38">
         <v>0</v>
       </c>
       <c r="J11" s="38">
         <v>0</v>
       </c>
       <c r="K11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L11" s="38">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="38">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="38">
         <v>0</v>
       </c>
       <c r="C12" s="38">
         <v>0</v>
       </c>
       <c r="D12" s="38">
         <v>0</v>
       </c>
       <c r="E12" s="38">
         <v>0</v>
       </c>
       <c r="F12" s="38">
         <v>0</v>
       </c>
       <c r="G12" s="38">
         <v>0</v>
       </c>
       <c r="H12" s="38">
         <v>0</v>
       </c>
       <c r="I12" s="38">
         <v>0</v>
       </c>
       <c r="J12" s="38">
         <v>0</v>
       </c>
       <c r="K12" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="L12" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+      <c r="M12" s="38">
         <v>-16.666666670000001</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AEB54B3-77E1-4F42-ACE5-4E48F5BD01A1}">
-  <dimension ref="A2:L13"/>
+  <dimension ref="A2:M13"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-    <col min="13" max="16384" width="8.88671875" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="16384" width="8.88671875" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="11"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="38">
         <v>-50</v>
       </c>
       <c r="C8" s="38">
         <v>0</v>
       </c>
       <c r="D8" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="E8" s="38">
         <v>0</v>
       </c>
       <c r="F8" s="38">
         <v>0</v>
       </c>
       <c r="G8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="H8" s="38">
         <v>0</v>
       </c>
       <c r="I8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="J8" s="38">
         <v>0</v>
       </c>
       <c r="K8" s="38">
         <v>50</v>
       </c>
       <c r="L8" s="38">
         <v>50</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M8" s="38">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="C9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="D9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="E9" s="38">
         <v>0</v>
       </c>
       <c r="F9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="G9" s="38">
         <v>0</v>
       </c>
       <c r="H9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="I9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="K9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="L9" s="38">
         <v>50</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="38">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="C10" s="38">
         <v>0</v>
       </c>
       <c r="D10" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="E10" s="38">
         <v>0</v>
       </c>
       <c r="F10" s="38">
         <v>0</v>
       </c>
       <c r="G10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="H10" s="38">
         <v>0</v>
       </c>
       <c r="I10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="J10" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="L10" s="38">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="38">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="C11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="D11" s="38">
         <v>0</v>
       </c>
       <c r="E11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="F11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="G11" s="38">
         <v>0</v>
       </c>
       <c r="H11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="I11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="J11" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K11" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="L11" s="38">
         <v>50</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="38">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="C12" s="38">
         <v>0</v>
       </c>
       <c r="D12" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="E12" s="38">
         <v>0</v>
       </c>
       <c r="F12" s="38">
         <v>0</v>
       </c>
       <c r="G12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="H12" s="38">
         <v>0</v>
       </c>
       <c r="I12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="J12" s="38">
         <v>0</v>
       </c>
       <c r="K12" s="38">
         <v>50</v>
       </c>
       <c r="L12" s="38">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M12" s="38">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="75" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BC3EB40-16E4-456F-AF71-F1FF516E1B5F}">
-  <dimension ref="A2:M52"/>
+  <dimension ref="A2:N54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.6640625" style="50" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="50" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="8.88671875" style="50"/>
+    <col min="2" max="13" width="9.109375" style="50" customWidth="1"/>
+    <col min="14" max="14" width="8.6640625" style="50" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="50"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="50" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="14"/>
       <c r="M4" s="14"/>
-    </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N4" s="14"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
       <c r="F5" s="14"/>
       <c r="G5" s="14"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="14"/>
       <c r="L5" s="14"/>
       <c r="M5" s="14"/>
-    </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N5" s="14"/>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="B6" s="14"/>
       <c r="C6" s="14"/>
       <c r="D6" s="14"/>
       <c r="E6" s="14"/>
       <c r="F6" s="14"/>
       <c r="G6" s="14"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="14"/>
       <c r="L6" s="14"/>
       <c r="M6" s="14"/>
-    </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N6" s="14"/>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="61" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="K7" s="76" t="s">
+        <v>152</v>
+      </c>
+      <c r="L7" s="76" t="s">
+        <v>152</v>
+      </c>
+      <c r="M7" s="76"/>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D8" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E8" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F8" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G8" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H8" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I8" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J8" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K8" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L8" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="114" t="s">
+      <c r="M8" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A9" s="87" t="s">
         <v>120</v>
       </c>
-      <c r="B9" s="115"/>
-[...11 lines deleted...]
-    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B9" s="88"/>
+      <c r="C9" s="88"/>
+      <c r="D9" s="88"/>
+      <c r="E9" s="88"/>
+      <c r="F9" s="88"/>
+      <c r="G9" s="88"/>
+      <c r="H9" s="88"/>
+      <c r="I9" s="88"/>
+      <c r="J9" s="88"/>
+      <c r="K9" s="88"/>
+      <c r="L9" s="88"/>
+      <c r="M9" s="89"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C10" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="E10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="F10" s="15">
         <v>0</v>
       </c>
       <c r="G10" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H10" s="15">
         <v>0</v>
       </c>
       <c r="I10" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J10" s="15">
         <v>0</v>
       </c>
       <c r="K10" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="L10" s="15">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M10" s="15">
+        <v>33.333333330000002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D11" s="15">
         <v>0</v>
       </c>
       <c r="E11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="F11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="G11" s="15">
         <v>0</v>
       </c>
       <c r="H11" s="15">
         <v>0</v>
       </c>
       <c r="I11" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J11" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K11" s="15">
         <v>50</v>
       </c>
       <c r="L11" s="15">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M11" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B12" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C12" s="15">
         <v>0</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>0</v>
       </c>
       <c r="F12" s="15">
         <v>0</v>
       </c>
       <c r="G12" s="15">
         <v>0</v>
       </c>
       <c r="H12" s="15">
         <v>0</v>
       </c>
       <c r="I12" s="15">
         <v>0</v>
       </c>
       <c r="J12" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K12" s="15">
         <v>0</v>
       </c>
       <c r="L12" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M12" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="15">
         <v>-66.666666669999998</v>
       </c>
       <c r="C13" s="15">
         <v>-50</v>
       </c>
       <c r="D13" s="15">
         <v>-50</v>
       </c>
       <c r="E13" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="F13" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="G13" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H13" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="I13" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J13" s="15">
         <v>0</v>
       </c>
       <c r="K13" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L13" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M13" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A14" s="34" t="s">
         <v>137</v>
       </c>
       <c r="B14" s="15">
         <v>0</v>
       </c>
       <c r="C14" s="15">
         <v>0</v>
       </c>
       <c r="D14" s="15">
         <v>0</v>
       </c>
       <c r="E14" s="15">
         <v>0</v>
       </c>
       <c r="F14" s="15">
         <v>0</v>
       </c>
       <c r="G14" s="15">
         <v>0</v>
       </c>
       <c r="H14" s="15">
         <v>0</v>
       </c>
       <c r="I14" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J14" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K14" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L14" s="15">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="114" t="s">
+      <c r="M14" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A15" s="87" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="115"/>
-[...11 lines deleted...]
-    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B15" s="88"/>
+      <c r="C15" s="88"/>
+      <c r="D15" s="88"/>
+      <c r="E15" s="88"/>
+      <c r="F15" s="88"/>
+      <c r="G15" s="88"/>
+      <c r="H15" s="88"/>
+      <c r="I15" s="88"/>
+      <c r="J15" s="88"/>
+      <c r="K15" s="88"/>
+      <c r="L15" s="88"/>
+      <c r="M15" s="89"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C16" s="15">
         <v>0</v>
       </c>
       <c r="D16" s="15">
         <v>0</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0</v>
       </c>
       <c r="G16" s="15">
         <v>0</v>
       </c>
       <c r="H16" s="15">
         <v>0</v>
       </c>
       <c r="I16" s="15">
         <v>0</v>
       </c>
       <c r="J16" s="15">
         <v>0</v>
       </c>
       <c r="K16" s="15">
         <v>0</v>
       </c>
       <c r="L16" s="15">
-        <v>16.666666670000001</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="M16" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="15">
         <v>0</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>0</v>
       </c>
       <c r="H17" s="15">
         <v>0</v>
       </c>
       <c r="I17" s="15">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="15">
-        <v>16.666666670000001</v>
+        <v>0</v>
       </c>
       <c r="L17" s="15">
-        <v>16.666666670000001</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="M17" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="15">
         <v>0</v>
       </c>
       <c r="C18" s="15">
         <v>0</v>
       </c>
       <c r="D18" s="15">
         <v>0</v>
       </c>
       <c r="E18" s="15">
         <v>0</v>
       </c>
       <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="15">
         <v>0</v>
       </c>
       <c r="H18" s="15">
         <v>0</v>
       </c>
       <c r="I18" s="15">
         <v>0</v>
       </c>
       <c r="J18" s="15">
         <v>0</v>
       </c>
       <c r="K18" s="15">
         <v>0</v>
       </c>
       <c r="L18" s="15">
-        <v>16.666666670000001</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="M18" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>138</v>
       </c>
       <c r="B19" s="15">
         <v>0</v>
       </c>
       <c r="C19" s="15">
         <v>0</v>
       </c>
       <c r="D19" s="15">
         <v>0</v>
       </c>
       <c r="E19" s="15">
         <v>0</v>
       </c>
       <c r="F19" s="15">
         <v>0</v>
       </c>
       <c r="G19" s="15">
         <v>0</v>
       </c>
       <c r="H19" s="15">
         <v>0</v>
       </c>
       <c r="I19" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J19" s="15">
         <v>0</v>
       </c>
       <c r="K19" s="15">
         <v>0</v>
       </c>
       <c r="L19" s="15">
-        <v>16.666666670000001</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="M19" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>139</v>
       </c>
       <c r="B20" s="15">
         <v>0</v>
       </c>
       <c r="C20" s="15">
         <v>0</v>
       </c>
       <c r="D20" s="15">
         <v>0</v>
       </c>
       <c r="E20" s="15">
         <v>0</v>
       </c>
       <c r="F20" s="15">
         <v>0</v>
       </c>
       <c r="G20" s="15">
         <v>0</v>
       </c>
       <c r="H20" s="15">
         <v>0</v>
       </c>
       <c r="I20" s="15">
         <v>0</v>
       </c>
       <c r="J20" s="15">
         <v>0</v>
       </c>
       <c r="K20" s="15">
         <v>0</v>
       </c>
       <c r="L20" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M20" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="61" t="s">
         <v>2</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K23" s="76" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C24" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D24" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E24" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F24" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G24" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H24" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I24" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J24" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K24" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L24" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="114" t="s">
+      <c r="M24" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A25" s="87" t="s">
         <v>120</v>
       </c>
-      <c r="B25" s="115"/>
-[...11 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B25" s="88"/>
+      <c r="C25" s="88"/>
+      <c r="D25" s="88"/>
+      <c r="E25" s="88"/>
+      <c r="F25" s="88"/>
+      <c r="G25" s="88"/>
+      <c r="H25" s="88"/>
+      <c r="I25" s="88"/>
+      <c r="J25" s="88"/>
+      <c r="K25" s="88"/>
+      <c r="L25" s="88"/>
+      <c r="M25" s="89"/>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C26" s="15">
         <v>0</v>
       </c>
       <c r="D26" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="E26" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="F26" s="15">
         <v>0</v>
       </c>
       <c r="G26" s="15">
         <v>0</v>
       </c>
       <c r="H26" s="15">
         <v>0</v>
       </c>
       <c r="I26" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J26" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="K26" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L26" s="15">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M26" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B27" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="C27" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D27" s="15">
         <v>0</v>
       </c>
       <c r="E27" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="F27" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="G27" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="H27" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="I27" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J27" s="15">
         <v>0</v>
       </c>
       <c r="K27" s="15">
         <v>50</v>
       </c>
       <c r="L27" s="15">
         <v>33.333333330000002</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M27" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B28" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C28" s="15">
         <v>0</v>
       </c>
       <c r="D28" s="15">
         <v>0</v>
       </c>
       <c r="E28" s="15">
         <v>0</v>
       </c>
       <c r="F28" s="15">
         <v>0</v>
       </c>
       <c r="G28" s="15">
         <v>0</v>
       </c>
       <c r="H28" s="15">
         <v>0</v>
       </c>
       <c r="I28" s="15">
         <v>0</v>
       </c>
       <c r="J28" s="15">
         <v>0</v>
       </c>
       <c r="K28" s="15">
         <v>0</v>
       </c>
       <c r="L28" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M28" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="15">
         <v>-66.666666669999998</v>
       </c>
       <c r="C29" s="15">
         <v>-50</v>
       </c>
       <c r="D29" s="15">
         <v>-50</v>
       </c>
       <c r="E29" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="F29" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="G29" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H29" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="I29" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J29" s="15">
         <v>0</v>
       </c>
       <c r="K29" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L29" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="M29" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A30" s="34" t="s">
         <v>137</v>
       </c>
       <c r="B30" s="15">
         <v>0</v>
       </c>
       <c r="C30" s="15">
         <v>0</v>
       </c>
       <c r="D30" s="15">
         <v>0</v>
       </c>
       <c r="E30" s="15">
         <v>0</v>
       </c>
       <c r="F30" s="15">
         <v>0</v>
       </c>
       <c r="G30" s="15">
         <v>0</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
         <v>0</v>
       </c>
       <c r="J30" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K30" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L30" s="15">
         <v>-16.666666670000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="114" t="s">
+      <c r="M30" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="87" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="115"/>
-[...11 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B31" s="88"/>
+      <c r="C31" s="88"/>
+      <c r="D31" s="88"/>
+      <c r="E31" s="88"/>
+      <c r="F31" s="88"/>
+      <c r="G31" s="88"/>
+      <c r="H31" s="88"/>
+      <c r="I31" s="88"/>
+      <c r="J31" s="88"/>
+      <c r="K31" s="88"/>
+      <c r="L31" s="88"/>
+      <c r="M31" s="89"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C32" s="15">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>0</v>
       </c>
       <c r="F32" s="15">
         <v>0</v>
       </c>
       <c r="G32" s="15">
         <v>0</v>
       </c>
       <c r="H32" s="15">
         <v>0</v>
       </c>
       <c r="I32" s="15">
         <v>0</v>
       </c>
       <c r="J32" s="15">
         <v>0</v>
       </c>
       <c r="K32" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L32" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M32" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B33" s="15">
         <v>0</v>
       </c>
       <c r="C33" s="15">
         <v>0</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
         <v>0</v>
       </c>
       <c r="F33" s="15">
         <v>0</v>
       </c>
       <c r="G33" s="15">
         <v>0</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
       </c>
       <c r="I33" s="15">
         <v>0</v>
       </c>
       <c r="J33" s="15">
         <v>0</v>
       </c>
       <c r="K33" s="15">
-        <v>16.666666670000001</v>
+        <v>0</v>
       </c>
       <c r="L33" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M33" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="B34" s="15">
         <v>0</v>
       </c>
       <c r="C34" s="15">
         <v>0</v>
       </c>
       <c r="D34" s="15">
         <v>0</v>
       </c>
       <c r="E34" s="15">
         <v>0</v>
       </c>
       <c r="F34" s="15">
         <v>0</v>
       </c>
       <c r="G34" s="15">
         <v>0</v>
       </c>
       <c r="H34" s="15">
         <v>0</v>
       </c>
       <c r="I34" s="15">
         <v>0</v>
       </c>
       <c r="J34" s="15">
         <v>0</v>
       </c>
       <c r="K34" s="15">
         <v>0</v>
       </c>
       <c r="L34" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M34" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="9" t="s">
         <v>138</v>
       </c>
       <c r="B35" s="15">
         <v>0</v>
       </c>
       <c r="C35" s="15">
         <v>0</v>
       </c>
       <c r="D35" s="15">
         <v>0</v>
       </c>
       <c r="E35" s="15">
         <v>0</v>
       </c>
       <c r="F35" s="15">
         <v>0</v>
       </c>
       <c r="G35" s="15">
         <v>0</v>
       </c>
       <c r="H35" s="15">
         <v>0</v>
       </c>
       <c r="I35" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J35" s="15">
         <v>0</v>
       </c>
       <c r="K35" s="15">
         <v>0</v>
       </c>
       <c r="L35" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M35" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
         <v>139</v>
       </c>
       <c r="B36" s="15">
         <v>0</v>
       </c>
       <c r="C36" s="15">
         <v>0</v>
       </c>
       <c r="D36" s="15">
         <v>0</v>
       </c>
       <c r="E36" s="15">
         <v>0</v>
       </c>
       <c r="F36" s="15">
         <v>0</v>
       </c>
       <c r="G36" s="15">
         <v>0</v>
       </c>
       <c r="H36" s="15">
         <v>0</v>
       </c>
       <c r="I36" s="15">
         <v>0</v>
       </c>
       <c r="J36" s="15">
         <v>0</v>
       </c>
       <c r="K36" s="15">
         <v>0</v>
       </c>
       <c r="L36" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M36" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="61" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K39" s="76" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C40" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D40" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E40" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F40" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G40" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H40" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I40" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J40" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K40" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L40" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="114" t="s">
+      <c r="M40" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="87" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="115"/>
-[...11 lines deleted...]
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B41" s="88"/>
+      <c r="C41" s="88"/>
+      <c r="D41" s="88"/>
+      <c r="E41" s="88"/>
+      <c r="F41" s="88"/>
+      <c r="G41" s="88"/>
+      <c r="H41" s="88"/>
+      <c r="I41" s="88"/>
+      <c r="J41" s="88"/>
+      <c r="K41" s="88"/>
+      <c r="L41" s="88"/>
+      <c r="M41" s="89"/>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C42" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="D42" s="15">
         <v>0</v>
       </c>
       <c r="E42" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="F42" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="G42" s="15">
         <v>0</v>
       </c>
       <c r="H42" s="15">
         <v>0</v>
       </c>
       <c r="I42" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J42" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K42" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L42" s="15">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M42" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B43" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C43" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D43" s="15">
         <v>0</v>
       </c>
       <c r="E43" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="F43" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="G43" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="H43" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="I43" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J43" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="K43" s="15">
         <v>50</v>
       </c>
       <c r="L43" s="15">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M43" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B44" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="C44" s="15">
         <v>0</v>
       </c>
       <c r="D44" s="15">
         <v>0</v>
       </c>
       <c r="E44" s="15">
         <v>0</v>
       </c>
       <c r="F44" s="15">
         <v>0</v>
       </c>
       <c r="G44" s="15">
         <v>0</v>
       </c>
       <c r="H44" s="15">
         <v>0</v>
       </c>
       <c r="I44" s="15">
         <v>0</v>
       </c>
       <c r="J44" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K44" s="15">
         <v>0</v>
       </c>
       <c r="L44" s="15">
         <v>16.666666670000001</v>
       </c>
-    </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M44" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="15">
         <v>-66.666666669999998</v>
       </c>
       <c r="C45" s="15">
         <v>-66.666666669999998</v>
       </c>
       <c r="D45" s="15">
         <v>-66.666666669999998</v>
       </c>
       <c r="E45" s="15">
         <v>-33.333333330000002</v>
       </c>
       <c r="F45" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="G45" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="H45" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="I45" s="15">
         <v>33.333333330000002</v>
       </c>
       <c r="J45" s="15">
         <v>0</v>
       </c>
       <c r="K45" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L45" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M45" s="15">
+        <v>16.666666670000001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="34" t="s">
         <v>137</v>
       </c>
       <c r="B46" s="15">
         <v>0</v>
       </c>
       <c r="C46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="D46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="E46" s="15">
         <v>0</v>
       </c>
       <c r="F46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="G46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="H46" s="15">
         <v>0</v>
       </c>
       <c r="I46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="J46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="K46" s="15">
         <v>16.666666670000001</v>
       </c>
       <c r="L46" s="15">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="114" t="s">
+      <c r="M46" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="87" t="s">
         <v>39</v>
       </c>
-      <c r="B47" s="115"/>
-[...11 lines deleted...]
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B47" s="88"/>
+      <c r="C47" s="88"/>
+      <c r="D47" s="88"/>
+      <c r="E47" s="88"/>
+      <c r="F47" s="88"/>
+      <c r="G47" s="88"/>
+      <c r="H47" s="88"/>
+      <c r="I47" s="88"/>
+      <c r="J47" s="88"/>
+      <c r="K47" s="88"/>
+      <c r="L47" s="88"/>
+      <c r="M47" s="89"/>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B48" s="15">
         <v>-16.666666670000001</v>
       </c>
       <c r="C48" s="15">
         <v>0</v>
       </c>
       <c r="D48" s="15">
         <v>0</v>
       </c>
       <c r="E48" s="15">
         <v>0</v>
       </c>
       <c r="F48" s="15">
         <v>0</v>
       </c>
       <c r="G48" s="15">
         <v>0</v>
       </c>
       <c r="H48" s="15">
         <v>0</v>
       </c>
       <c r="I48" s="15">
         <v>0</v>
       </c>
       <c r="J48" s="15">
         <v>0</v>
       </c>
       <c r="K48" s="15">
         <v>0</v>
       </c>
       <c r="L48" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M48" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B49" s="15">
         <v>0</v>
       </c>
       <c r="C49" s="15">
         <v>0</v>
       </c>
       <c r="D49" s="15">
         <v>0</v>
       </c>
       <c r="E49" s="15">
         <v>0</v>
       </c>
       <c r="F49" s="15">
         <v>0</v>
       </c>
       <c r="G49" s="15">
         <v>0</v>
       </c>
       <c r="H49" s="15">
         <v>0</v>
       </c>
       <c r="I49" s="15">
         <v>0</v>
       </c>
       <c r="J49" s="15">
         <v>0</v>
       </c>
       <c r="K49" s="15">
-        <v>16.666666670000001</v>
+        <v>0</v>
       </c>
       <c r="L49" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M49" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="9" t="s">
         <v>42</v>
       </c>
       <c r="B50" s="15">
         <v>0</v>
       </c>
       <c r="C50" s="15">
         <v>0</v>
       </c>
       <c r="D50" s="15">
         <v>0</v>
       </c>
       <c r="E50" s="15">
         <v>0</v>
       </c>
       <c r="F50" s="15">
         <v>0</v>
       </c>
       <c r="G50" s="15">
         <v>0</v>
       </c>
       <c r="H50" s="15">
         <v>0</v>
       </c>
       <c r="I50" s="15">
         <v>0</v>
       </c>
       <c r="J50" s="15">
         <v>0</v>
       </c>
       <c r="K50" s="15">
         <v>0</v>
       </c>
       <c r="L50" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M50" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="9" t="s">
         <v>138</v>
       </c>
       <c r="B51" s="15">
         <v>0</v>
       </c>
       <c r="C51" s="15">
         <v>0</v>
       </c>
       <c r="D51" s="15">
         <v>0</v>
       </c>
       <c r="E51" s="15">
         <v>0</v>
       </c>
       <c r="F51" s="15">
         <v>0</v>
       </c>
       <c r="G51" s="15">
         <v>0</v>
       </c>
       <c r="H51" s="15">
         <v>0</v>
       </c>
       <c r="I51" s="15">
         <v>0</v>
       </c>
       <c r="J51" s="15">
         <v>0</v>
       </c>
       <c r="K51" s="15">
         <v>0</v>
       </c>
       <c r="L51" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M51" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="9" t="s">
         <v>139</v>
       </c>
       <c r="B52" s="15">
         <v>0</v>
       </c>
       <c r="C52" s="15">
         <v>0</v>
       </c>
       <c r="D52" s="15">
         <v>0</v>
       </c>
       <c r="E52" s="15">
         <v>0</v>
       </c>
       <c r="F52" s="15">
         <v>0</v>
       </c>
       <c r="G52" s="15">
         <v>0</v>
       </c>
       <c r="H52" s="15">
         <v>0</v>
       </c>
       <c r="I52" s="15">
         <v>0</v>
       </c>
       <c r="J52" s="15">
         <v>0</v>
       </c>
       <c r="K52" s="15">
         <v>0</v>
       </c>
       <c r="L52" s="15">
         <v>0</v>
       </c>
+      <c r="M52" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="77" t="s">
+        <v>153</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...6 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C07B612D-6A1F-4011-AC3B-0B8F337C7216}">
-  <dimension ref="A2:L12"/>
+  <dimension ref="A2:M12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.6640625" style="10" customWidth="1"/>
-    <col min="2" max="12" width="9.109375" style="10" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="8.88671875" style="10"/>
+    <col min="2" max="13" width="9.109375" style="10" customWidth="1"/>
+    <col min="14" max="15" width="8.6640625" style="10" customWidth="1"/>
+    <col min="16" max="16384" width="8.88671875" style="10"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="13"/>
     </row>
-    <row r="7" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="64" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>128</v>
       </c>
       <c r="D7" s="64" t="s">
         <v>129</v>
       </c>
       <c r="E7" s="64" t="s">
         <v>130</v>
       </c>
       <c r="F7" s="64" t="s">
         <v>131</v>
       </c>
       <c r="G7" s="64" t="s">
         <v>135</v>
       </c>
       <c r="H7" s="64" t="s">
         <v>143</v>
       </c>
       <c r="I7" s="64" t="s">
         <v>144</v>
       </c>
       <c r="J7" s="64" t="s">
         <v>145</v>
       </c>
       <c r="K7" s="64" t="s">
         <v>149</v>
       </c>
       <c r="L7" s="64" t="s">
         <v>150</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M7" s="64" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D8" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E8" s="38">
         <v>0</v>
       </c>
       <c r="F8" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="G8" s="38">
         <v>0</v>
       </c>
       <c r="H8" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="I8" s="38">
         <v>0</v>
       </c>
       <c r="J8" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K8" s="38">
         <v>0</v>
       </c>
       <c r="L8" s="38">
         <v>0</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M8" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D9" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E9" s="38">
         <v>0</v>
       </c>
       <c r="F9" s="38">
         <v>0</v>
       </c>
       <c r="G9" s="38">
         <v>0</v>
       </c>
       <c r="H9" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="I9" s="38">
         <v>0</v>
       </c>
       <c r="J9" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K9" s="38">
         <v>0</v>
       </c>
       <c r="L9" s="38">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M9" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D10" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E10" s="38">
         <v>0</v>
       </c>
       <c r="F10" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="G10" s="38">
         <v>0</v>
       </c>
       <c r="H10" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="I10" s="38">
         <v>0</v>
       </c>
       <c r="J10" s="38">
         <v>0</v>
       </c>
       <c r="K10" s="38">
         <v>0</v>
       </c>
       <c r="L10" s="38">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M10" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C11" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D11" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E11" s="38">
         <v>0</v>
       </c>
       <c r="F11" s="38">
         <v>0</v>
       </c>
       <c r="G11" s="38">
         <v>0</v>
       </c>
       <c r="H11" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="I11" s="38">
         <v>0</v>
       </c>
       <c r="J11" s="38">
         <v>0</v>
       </c>
       <c r="K11" s="38">
         <v>0</v>
       </c>
       <c r="L11" s="38">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="M11" s="38">
+        <v>-16.666666670000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="C12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="D12" s="38">
         <v>33.333333330000002</v>
       </c>
       <c r="E12" s="38">
         <v>0</v>
       </c>
       <c r="F12" s="38">
         <v>-16.666666670000001</v>
       </c>
       <c r="G12" s="38">
         <v>0</v>
       </c>
       <c r="H12" s="38">
         <v>-33.333333330000002</v>
       </c>
       <c r="I12" s="38">
         <v>0</v>
       </c>
       <c r="J12" s="38">
         <v>16.666666670000001</v>
       </c>
       <c r="K12" s="38">
         <v>0</v>
       </c>
       <c r="L12" s="38">
         <v>0</v>
+      </c>
+      <c r="M12" s="38">
+        <v>-16.666666670000001</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="23" baseType="lpstr">