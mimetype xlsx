--- v0 (2025-10-19)
+++ v1 (2026-03-13)
@@ -1,148 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\OSPB\Excelice obrazaca\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\iprgomet\Desktop\Obrasci i upute\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AC5A5FE3-6ED6-4D56-9E13-FCE400CA8663}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Podaci o izvještajnom subjektu" sheetId="1" r:id="rId1"/>
     <sheet name="A." sheetId="2" r:id="rId2"/>
     <sheet name="B. " sheetId="3" r:id="rId3"/>
     <sheet name="Upute za popunjavanje" sheetId="6" r:id="rId4"/>
     <sheet name="List4" sheetId="4" state="hidden" r:id="rId5"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Marina Žabić</author>
   </authors>
   <commentList>
-    <comment ref="D2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
+    <comment ref="D2" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>1- ulaganja u osnovna sredstva
 2- ostala ulaganja (transferi robe i novca osnivača u podružnicu i obrnuto ili ostali nenovčani prijenos imovine koji nije osnovno sredstvo)
 3 - isplata osnivaču u inozemstvo iz ostvarene dobiti podružnice</t>
         </r>
       </text>
     </comment>
-    <comment ref="E2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
+    <comment ref="E2" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>1 - novac 
 3 - stvari
 4 - prava i licencije
 9 - neizravni prijenosi imovine
 10 - usluge</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Marina Žabić</author>
   </authors>
   <commentList>
-    <comment ref="D2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
+    <comment ref="D2" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>1 - ulaganja u osnovna sredstva
 2 - ostala ulaganja (transferi robe i novca matice u podružnicu i obrnuto ili ostali nenovčani prijenos imovine koji nije osnovno sredstvo)
 3 - isplata matičnom trgovačkom društvu u inozemstvu iz ostvarene dobiti podružnice</t>
         </r>
       </text>
     </comment>
-    <comment ref="E2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000002000000}">
+    <comment ref="E2" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>1 - novac
 3 - stvari
 4 - prava i licencije
 9 - neizravni prijenosi imovine
 10 - usluge</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="730" uniqueCount="655">
   <si>
     <t>Mjesec</t>
@@ -934,122 +933,50 @@
     <t>VU - VANUATU</t>
   </si>
   <si>
     <t>GB - VELIKA BRITANIJA</t>
   </si>
   <si>
     <t>VE - VENEZUELA, BOLIVARIJANSKA REPUBLIKA</t>
   </si>
   <si>
     <t>VN - VIJETNAM</t>
   </si>
   <si>
     <t>WF - WALLIS I FUTUNA</t>
   </si>
   <si>
     <t>ZM - ZAMBIJA</t>
   </si>
   <si>
     <t>EH - ZAPADNA SAHARA</t>
   </si>
   <si>
     <t>CV - ZELENORTSKA REPUBLIKA</t>
   </si>
   <si>
     <t>ZW - ZIMBABVE</t>
-  </si>
-[...70 lines deleted...]
-    <t>1218</t>
   </si>
   <si>
     <t>0119</t>
   </si>
   <si>
     <t>0219</t>
   </si>
   <si>
     <t>0319</t>
   </si>
   <si>
     <t>0419</t>
   </si>
   <si>
     <t>0519</t>
   </si>
   <si>
     <t>0619</t>
   </si>
   <si>
     <t>0719</t>
   </si>
   <si>
     <t>0819</t>
   </si>
@@ -2830,55 +2757,127 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Life L2"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t>3. Redovni uvoz/izvoz stroja</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Life L2"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> – Podružnica je u ožujku 2023. od matičnog trgovačkog društva iz Slovenije uvezla stroj vrijedan 3 mil. eura. Stroj je uvezen kao redovni uvoz (ne kao privremeni). U prosincu 2023. godine, po nalogu matičnog trgovačkog društva iz Slovenije, stroj je iz podružnice u Hrvatskoj izvezen izvan Hrvatske. U Tablici A.1. treba prikazati sljedeće transakcije:</t>
     </r>
   </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>0127</t>
+  </si>
+  <si>
+    <t>0226</t>
+  </si>
+  <si>
+    <t>0326</t>
+  </si>
+  <si>
+    <t>0426</t>
+  </si>
+  <si>
+    <t>0526</t>
+  </si>
+  <si>
+    <t>0626</t>
+  </si>
+  <si>
+    <t>0726</t>
+  </si>
+  <si>
+    <t>0826</t>
+  </si>
+  <si>
+    <t>0926</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>0227</t>
+  </si>
+  <si>
+    <t>0327</t>
+  </si>
+  <si>
+    <t>0427</t>
+  </si>
+  <si>
+    <t>0527</t>
+  </si>
+  <si>
+    <t>0627</t>
+  </si>
+  <si>
+    <t>0727</t>
+  </si>
+  <si>
+    <t>0827</t>
+  </si>
+  <si>
+    <t>0927</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Life L2"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
@@ -3320,178 +3319,178 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Normalno_List2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normalno_List2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3748,72 +3747,72 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H8"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31.28515625" style="22" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" style="22" customWidth="1"/>
     <col min="3" max="3" width="15" style="22" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" style="22" customWidth="1"/>
     <col min="5" max="5" width="21.140625" style="22" customWidth="1"/>
     <col min="6" max="7" width="18.42578125" style="22" customWidth="1"/>
     <col min="8" max="8" width="27.42578125" style="22" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="35" t="s">
-        <v>647</v>
+        <v>623</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="23"/>
     </row>
     <row r="2" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="33" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="33" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="33" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="34"/>
       <c r="F2" s="34"/>
       <c r="G2" s="34"/>
@@ -3878,85 +3877,85 @@
       <c r="H7" s="23"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="24"/>
       <c r="B8" s="24"/>
       <c r="C8" s="24"/>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F47"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="22.7109375" style="21" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" style="21" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="21" customWidth="1"/>
     <col min="5" max="5" width="18.28515625" style="21" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="27"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="35" t="s">
-        <v>648</v>
+        <v>624</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="28"/>
     </row>
     <row r="2" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="29" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="29" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="29" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="D2" s="29" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="29" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="28"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="30"/>
       <c r="B3" s="30"/>
       <c r="C3" s="31"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="28"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="30"/>
       <c r="B4" s="30"/>
       <c r="C4" s="31"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="28"/>
     </row>
@@ -4036,51 +4035,51 @@
       <c r="A14" s="30"/>
       <c r="B14" s="30"/>
       <c r="C14" s="31"/>
       <c r="D14" s="30"/>
       <c r="E14" s="30"/>
       <c r="F14" s="28"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="30"/>
       <c r="B15" s="30"/>
       <c r="C15" s="31"/>
       <c r="D15" s="30"/>
       <c r="E15" s="30"/>
       <c r="F15" s="28"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="32"/>
       <c r="B16" s="32"/>
       <c r="C16" s="32"/>
       <c r="D16" s="32"/>
       <c r="E16" s="32"/>
       <c r="F16" s="28"/>
     </row>
     <row r="17" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="37" t="s">
-        <v>645</v>
+        <v>621</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="38"/>
       <c r="D17" s="38"/>
       <c r="E17" s="38"/>
     </row>
     <row r="18" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="39"/>
       <c r="B18" s="39"/>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
       <c r="E18" s="39"/>
     </row>
     <row r="19" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="39"/>
       <c r="B19" s="39"/>
       <c r="C19" s="39"/>
       <c r="D19" s="39"/>
       <c r="E19" s="39"/>
     </row>
     <row r="20" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="39"/>
       <c r="B20" s="39"/>
       <c r="C20" s="39"/>
       <c r="D20" s="39"/>
@@ -4262,127 +4261,127 @@
       <c r="E45" s="27"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="27"/>
       <c r="B46" s="27"/>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.2">
       <c r="C47" s="27"/>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A17:E21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000000000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$A$1:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D16 D22:D199</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000001000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$C$1:$C$5</xm:f>
           </x14:formula1>
           <xm:sqref>E2:E16 E22:E199</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$F$1:$F$256</xm:f>
           </x14:formula1>
           <xm:sqref>A22:B38</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000003000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$E$1:$E$250</xm:f>
           </x14:formula1>
           <xm:sqref>B16 A16</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000004000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$I$1:$I$108</xm:f>
           </x14:formula1>
           <xm:sqref>B3:B15</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000005000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$K$1:$K$250</xm:f>
           </x14:formula1>
           <xm:sqref>A3:A15</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="20.5703125" style="21" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" style="21" customWidth="1"/>
     <col min="4" max="5" width="18.5703125" style="21" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="35" t="s">
-        <v>646</v>
+        <v>622</v>
       </c>
       <c r="B1" s="35"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="23"/>
     </row>
     <row r="2" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="29" t="s">
         <v>12</v>
       </c>
       <c r="B2" s="29" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="29" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="D2" s="29" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="29" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="23"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="30"/>
       <c r="B3" s="30"/>
       <c r="C3" s="31"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="23"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="30"/>
       <c r="B4" s="30"/>
       <c r="C4" s="31"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="23"/>
     </row>
@@ -4462,5507 +4461,5507 @@
       <c r="A14" s="30"/>
       <c r="B14" s="30"/>
       <c r="C14" s="31"/>
       <c r="D14" s="30"/>
       <c r="E14" s="30"/>
       <c r="F14" s="23"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="30"/>
       <c r="B15" s="30"/>
       <c r="C15" s="31"/>
       <c r="D15" s="30"/>
       <c r="E15" s="30"/>
       <c r="F15" s="23"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="30"/>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="23"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="37" t="s">
-        <v>645</v>
+        <v>621</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="38"/>
       <c r="D17" s="38"/>
       <c r="E17" s="38"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="39"/>
       <c r="B18" s="39"/>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
       <c r="E18" s="39"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="39"/>
       <c r="B19" s="39"/>
       <c r="C19" s="39"/>
       <c r="D19" s="39"/>
       <c r="E19" s="39"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="39"/>
       <c r="B20" s="39"/>
       <c r="C20" s="39"/>
       <c r="D20" s="39"/>
       <c r="E20" s="39"/>
     </row>
     <row r="21" spans="1:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="39"/>
       <c r="B21" s="39"/>
       <c r="C21" s="39"/>
       <c r="D21" s="39"/>
       <c r="E21" s="39"/>
     </row>
     <row r="22" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A17:E21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000000000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$A$1:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D16 D22:D170</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000001000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$C$1:$C$5</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E16 E22:E170</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000002000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$F$1:$F$256</xm:f>
           </x14:formula1>
           <xm:sqref>A16:B16</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000003000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$K$1:$K$250</xm:f>
           </x14:formula1>
           <xm:sqref>A3:A15</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000004000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>List4!$I$1:$I$108</xm:f>
           </x14:formula1>
           <xm:sqref>B3:B15</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:N162"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
     <col min="2" max="12" width="9.140625" style="3"/>
     <col min="13" max="13" width="8.85546875" style="3" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="4"/>
-      <c r="B1" s="65" t="s">
-[...12 lines deleted...]
-      <c r="M1" s="67"/>
+      <c r="B1" s="41" t="s">
+        <v>625</v>
+      </c>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
+      <c r="G1" s="42"/>
+      <c r="H1" s="42"/>
+      <c r="I1" s="42"/>
+      <c r="J1" s="42"/>
+      <c r="K1" s="42"/>
+      <c r="L1" s="42"/>
+      <c r="M1" s="43"/>
       <c r="N1" s="5"/>
     </row>
     <row r="2" spans="1:14" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="4"/>
-      <c r="B2" s="68"/>
-[...10 lines deleted...]
-      <c r="M2" s="70"/>
+      <c r="B2" s="44"/>
+      <c r="C2" s="45"/>
+      <c r="D2" s="45"/>
+      <c r="E2" s="45"/>
+      <c r="F2" s="45"/>
+      <c r="G2" s="45"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="45"/>
+      <c r="J2" s="45"/>
+      <c r="K2" s="45"/>
+      <c r="L2" s="45"/>
+      <c r="M2" s="46"/>
       <c r="N2" s="5"/>
     </row>
     <row r="3" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...10 lines deleted...]
-      <c r="M3" s="70"/>
+      <c r="B3" s="44"/>
+      <c r="C3" s="45"/>
+      <c r="D3" s="45"/>
+      <c r="E3" s="45"/>
+      <c r="F3" s="45"/>
+      <c r="G3" s="45"/>
+      <c r="H3" s="45"/>
+      <c r="I3" s="45"/>
+      <c r="J3" s="45"/>
+      <c r="K3" s="45"/>
+      <c r="L3" s="45"/>
+      <c r="M3" s="46"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...10 lines deleted...]
-      <c r="M4" s="70"/>
+      <c r="B4" s="44"/>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="45"/>
+      <c r="F4" s="45"/>
+      <c r="G4" s="45"/>
+      <c r="H4" s="45"/>
+      <c r="I4" s="45"/>
+      <c r="J4" s="45"/>
+      <c r="K4" s="45"/>
+      <c r="L4" s="45"/>
+      <c r="M4" s="46"/>
       <c r="N4" s="5"/>
     </row>
     <row r="5" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="4"/>
-      <c r="B5" s="68"/>
-[...10 lines deleted...]
-      <c r="M5" s="70"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="45"/>
+      <c r="D5" s="45"/>
+      <c r="E5" s="45"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="45"/>
+      <c r="H5" s="45"/>
+      <c r="I5" s="45"/>
+      <c r="J5" s="45"/>
+      <c r="K5" s="45"/>
+      <c r="L5" s="45"/>
+      <c r="M5" s="46"/>
       <c r="N5" s="5"/>
     </row>
     <row r="6" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="4"/>
-      <c r="B6" s="68"/>
-[...10 lines deleted...]
-      <c r="M6" s="70"/>
+      <c r="B6" s="44"/>
+      <c r="C6" s="45"/>
+      <c r="D6" s="45"/>
+      <c r="E6" s="45"/>
+      <c r="F6" s="45"/>
+      <c r="G6" s="45"/>
+      <c r="H6" s="45"/>
+      <c r="I6" s="45"/>
+      <c r="J6" s="45"/>
+      <c r="K6" s="45"/>
+      <c r="L6" s="45"/>
+      <c r="M6" s="46"/>
       <c r="N6" s="5"/>
     </row>
     <row r="7" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4"/>
-      <c r="B7" s="68"/>
-[...10 lines deleted...]
-      <c r="M7" s="70"/>
+      <c r="B7" s="44"/>
+      <c r="C7" s="45"/>
+      <c r="D7" s="45"/>
+      <c r="E7" s="45"/>
+      <c r="F7" s="45"/>
+      <c r="G7" s="45"/>
+      <c r="H7" s="45"/>
+      <c r="I7" s="45"/>
+      <c r="J7" s="45"/>
+      <c r="K7" s="45"/>
+      <c r="L7" s="45"/>
+      <c r="M7" s="46"/>
       <c r="N7" s="5"/>
     </row>
     <row r="8" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="4"/>
-      <c r="B8" s="68"/>
-[...10 lines deleted...]
-      <c r="M8" s="70"/>
+      <c r="B8" s="44"/>
+      <c r="C8" s="45"/>
+      <c r="D8" s="45"/>
+      <c r="E8" s="45"/>
+      <c r="F8" s="45"/>
+      <c r="G8" s="45"/>
+      <c r="H8" s="45"/>
+      <c r="I8" s="45"/>
+      <c r="J8" s="45"/>
+      <c r="K8" s="45"/>
+      <c r="L8" s="45"/>
+      <c r="M8" s="46"/>
       <c r="N8" s="5"/>
     </row>
     <row r="9" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="4"/>
-      <c r="B9" s="68"/>
-[...10 lines deleted...]
-      <c r="M9" s="70"/>
+      <c r="B9" s="44"/>
+      <c r="C9" s="45"/>
+      <c r="D9" s="45"/>
+      <c r="E9" s="45"/>
+      <c r="F9" s="45"/>
+      <c r="G9" s="45"/>
+      <c r="H9" s="45"/>
+      <c r="I9" s="45"/>
+      <c r="J9" s="45"/>
+      <c r="K9" s="45"/>
+      <c r="L9" s="45"/>
+      <c r="M9" s="46"/>
       <c r="N9" s="5"/>
     </row>
     <row r="10" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4"/>
-      <c r="B10" s="68"/>
-[...10 lines deleted...]
-      <c r="M10" s="70"/>
+      <c r="B10" s="44"/>
+      <c r="C10" s="45"/>
+      <c r="D10" s="45"/>
+      <c r="E10" s="45"/>
+      <c r="F10" s="45"/>
+      <c r="G10" s="45"/>
+      <c r="H10" s="45"/>
+      <c r="I10" s="45"/>
+      <c r="J10" s="45"/>
+      <c r="K10" s="45"/>
+      <c r="L10" s="45"/>
+      <c r="M10" s="46"/>
       <c r="N10" s="5"/>
     </row>
     <row r="11" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="4"/>
-      <c r="B11" s="68"/>
-[...10 lines deleted...]
-      <c r="M11" s="70"/>
+      <c r="B11" s="44"/>
+      <c r="C11" s="45"/>
+      <c r="D11" s="45"/>
+      <c r="E11" s="45"/>
+      <c r="F11" s="45"/>
+      <c r="G11" s="45"/>
+      <c r="H11" s="45"/>
+      <c r="I11" s="45"/>
+      <c r="J11" s="45"/>
+      <c r="K11" s="45"/>
+      <c r="L11" s="45"/>
+      <c r="M11" s="46"/>
       <c r="N11" s="5"/>
     </row>
     <row r="12" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4"/>
-      <c r="B12" s="68"/>
-[...10 lines deleted...]
-      <c r="M12" s="70"/>
+      <c r="B12" s="44"/>
+      <c r="C12" s="45"/>
+      <c r="D12" s="45"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="45"/>
+      <c r="G12" s="45"/>
+      <c r="H12" s="45"/>
+      <c r="I12" s="45"/>
+      <c r="J12" s="45"/>
+      <c r="K12" s="45"/>
+      <c r="L12" s="45"/>
+      <c r="M12" s="46"/>
       <c r="N12" s="5"/>
     </row>
     <row r="13" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4"/>
-      <c r="B13" s="68"/>
-[...10 lines deleted...]
-      <c r="M13" s="70"/>
+      <c r="B13" s="44"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="G13" s="45"/>
+      <c r="H13" s="45"/>
+      <c r="I13" s="45"/>
+      <c r="J13" s="45"/>
+      <c r="K13" s="45"/>
+      <c r="L13" s="45"/>
+      <c r="M13" s="46"/>
       <c r="N13" s="5"/>
     </row>
     <row r="14" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4"/>
-      <c r="B14" s="68"/>
-[...10 lines deleted...]
-      <c r="M14" s="70"/>
+      <c r="B14" s="44"/>
+      <c r="C14" s="45"/>
+      <c r="D14" s="45"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="45"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="45"/>
+      <c r="M14" s="46"/>
       <c r="N14" s="5"/>
     </row>
     <row r="15" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
-      <c r="B15" s="68"/>
-[...10 lines deleted...]
-      <c r="M15" s="70"/>
+      <c r="B15" s="44"/>
+      <c r="C15" s="45"/>
+      <c r="D15" s="45"/>
+      <c r="E15" s="45"/>
+      <c r="F15" s="45"/>
+      <c r="G15" s="45"/>
+      <c r="H15" s="45"/>
+      <c r="I15" s="45"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="45"/>
+      <c r="M15" s="46"/>
       <c r="N15" s="5"/>
     </row>
     <row r="16" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
-      <c r="B16" s="68"/>
-[...10 lines deleted...]
-      <c r="M16" s="70"/>
+      <c r="B16" s="44"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="45"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="45"/>
+      <c r="M16" s="46"/>
       <c r="N16" s="5"/>
     </row>
     <row r="17" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
-      <c r="B17" s="68"/>
-[...10 lines deleted...]
-      <c r="M17" s="70"/>
+      <c r="B17" s="44"/>
+      <c r="C17" s="45"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
+      <c r="I17" s="45"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="45"/>
+      <c r="M17" s="46"/>
       <c r="N17" s="5"/>
     </row>
     <row r="18" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
-      <c r="B18" s="68"/>
-[...10 lines deleted...]
-      <c r="M18" s="70"/>
+      <c r="B18" s="44"/>
+      <c r="C18" s="45"/>
+      <c r="D18" s="45"/>
+      <c r="E18" s="45"/>
+      <c r="F18" s="45"/>
+      <c r="G18" s="45"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="45"/>
+      <c r="J18" s="45"/>
+      <c r="K18" s="45"/>
+      <c r="L18" s="45"/>
+      <c r="M18" s="46"/>
       <c r="N18" s="5"/>
     </row>
     <row r="19" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
-      <c r="B19" s="68"/>
-[...10 lines deleted...]
-      <c r="M19" s="70"/>
+      <c r="B19" s="44"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
+      <c r="I19" s="45"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="45"/>
+      <c r="M19" s="46"/>
       <c r="N19" s="5"/>
     </row>
     <row r="20" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
-      <c r="B20" s="68"/>
-[...10 lines deleted...]
-      <c r="M20" s="70"/>
+      <c r="B20" s="44"/>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="45"/>
+      <c r="M20" s="46"/>
       <c r="N20" s="5"/>
     </row>
     <row r="21" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="4"/>
-      <c r="B21" s="68"/>
-[...10 lines deleted...]
-      <c r="M21" s="70"/>
+      <c r="B21" s="44"/>
+      <c r="C21" s="45"/>
+      <c r="D21" s="45"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="45"/>
+      <c r="I21" s="45"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="45"/>
+      <c r="L21" s="45"/>
+      <c r="M21" s="46"/>
       <c r="N21" s="5"/>
     </row>
     <row r="22" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="4"/>
-      <c r="B22" s="68"/>
-[...10 lines deleted...]
-      <c r="M22" s="70"/>
+      <c r="B22" s="44"/>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="45"/>
+      <c r="I22" s="45"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="45"/>
+      <c r="L22" s="45"/>
+      <c r="M22" s="46"/>
       <c r="N22" s="5"/>
     </row>
     <row r="23" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="4"/>
-      <c r="B23" s="68"/>
-[...10 lines deleted...]
-      <c r="M23" s="70"/>
+      <c r="B23" s="44"/>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="45"/>
+      <c r="I23" s="45"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="45"/>
+      <c r="L23" s="45"/>
+      <c r="M23" s="46"/>
       <c r="N23" s="5"/>
     </row>
     <row r="24" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="4"/>
-      <c r="B24" s="68"/>
-[...10 lines deleted...]
-      <c r="M24" s="70"/>
+      <c r="B24" s="44"/>
+      <c r="C24" s="45"/>
+      <c r="D24" s="45"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="45"/>
+      <c r="I24" s="45"/>
+      <c r="J24" s="45"/>
+      <c r="K24" s="45"/>
+      <c r="L24" s="45"/>
+      <c r="M24" s="46"/>
       <c r="N24" s="5"/>
     </row>
     <row r="25" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4"/>
-      <c r="B25" s="68"/>
-[...10 lines deleted...]
-      <c r="M25" s="70"/>
+      <c r="B25" s="44"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="45"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="45"/>
+      <c r="L25" s="45"/>
+      <c r="M25" s="46"/>
       <c r="N25" s="5"/>
     </row>
     <row r="26" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="4"/>
-      <c r="B26" s="68"/>
-[...10 lines deleted...]
-      <c r="M26" s="70"/>
+      <c r="B26" s="44"/>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="45"/>
+      <c r="J26" s="45"/>
+      <c r="K26" s="45"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="46"/>
       <c r="N26" s="5"/>
     </row>
     <row r="27" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="4"/>
-      <c r="B27" s="68"/>
-[...10 lines deleted...]
-      <c r="M27" s="70"/>
+      <c r="B27" s="44"/>
+      <c r="C27" s="45"/>
+      <c r="D27" s="45"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="45"/>
+      <c r="H27" s="45"/>
+      <c r="I27" s="45"/>
+      <c r="J27" s="45"/>
+      <c r="K27" s="45"/>
+      <c r="L27" s="45"/>
+      <c r="M27" s="46"/>
       <c r="N27" s="5"/>
     </row>
     <row r="28" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="4"/>
-      <c r="B28" s="68"/>
-[...10 lines deleted...]
-      <c r="M28" s="70"/>
+      <c r="B28" s="44"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="45"/>
+      <c r="J28" s="45"/>
+      <c r="K28" s="45"/>
+      <c r="L28" s="45"/>
+      <c r="M28" s="46"/>
       <c r="N28" s="5"/>
     </row>
     <row r="29" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="4"/>
-      <c r="B29" s="68"/>
-[...10 lines deleted...]
-      <c r="M29" s="70"/>
+      <c r="B29" s="44"/>
+      <c r="C29" s="45"/>
+      <c r="D29" s="45"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="45"/>
+      <c r="G29" s="45"/>
+      <c r="H29" s="45"/>
+      <c r="I29" s="45"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="45"/>
+      <c r="L29" s="45"/>
+      <c r="M29" s="46"/>
       <c r="N29" s="5"/>
     </row>
     <row r="30" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="4"/>
-      <c r="B30" s="68"/>
-[...10 lines deleted...]
-      <c r="M30" s="70"/>
+      <c r="B30" s="44"/>
+      <c r="C30" s="45"/>
+      <c r="D30" s="45"/>
+      <c r="E30" s="45"/>
+      <c r="F30" s="45"/>
+      <c r="G30" s="45"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="45"/>
+      <c r="J30" s="45"/>
+      <c r="K30" s="45"/>
+      <c r="L30" s="45"/>
+      <c r="M30" s="46"/>
       <c r="N30" s="5"/>
     </row>
     <row r="31" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="4"/>
-      <c r="B31" s="68"/>
-[...10 lines deleted...]
-      <c r="M31" s="70"/>
+      <c r="B31" s="44"/>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="46"/>
       <c r="N31" s="5"/>
     </row>
     <row r="32" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="4"/>
-      <c r="B32" s="68"/>
-[...10 lines deleted...]
-      <c r="M32" s="70"/>
+      <c r="B32" s="44"/>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="46"/>
       <c r="N32" s="5"/>
     </row>
     <row r="33" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4"/>
-      <c r="B33" s="68"/>
-[...10 lines deleted...]
-      <c r="M33" s="70"/>
+      <c r="B33" s="44"/>
+      <c r="C33" s="45"/>
+      <c r="D33" s="45"/>
+      <c r="E33" s="45"/>
+      <c r="F33" s="45"/>
+      <c r="G33" s="45"/>
+      <c r="H33" s="45"/>
+      <c r="I33" s="45"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="45"/>
+      <c r="M33" s="46"/>
       <c r="N33" s="5"/>
     </row>
     <row r="34" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="4"/>
-      <c r="B34" s="68"/>
-[...10 lines deleted...]
-      <c r="M34" s="70"/>
+      <c r="B34" s="44"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="46"/>
       <c r="N34" s="5"/>
     </row>
     <row r="35" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="4"/>
-      <c r="B35" s="71"/>
-[...10 lines deleted...]
-      <c r="M35" s="73"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="48"/>
+      <c r="D35" s="48"/>
+      <c r="E35" s="48"/>
+      <c r="F35" s="48"/>
+      <c r="G35" s="48"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="48"/>
+      <c r="K35" s="48"/>
+      <c r="L35" s="48"/>
+      <c r="M35" s="49"/>
       <c r="N35" s="5"/>
     </row>
     <row r="36" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="B36" s="6"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="8"/>
       <c r="N36" s="5"/>
     </row>
     <row r="37" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="4"/>
-      <c r="B37" s="74" t="s">
-[...12 lines deleted...]
-      <c r="M37" s="76"/>
+      <c r="B37" s="56" t="s">
+        <v>627</v>
+      </c>
+      <c r="C37" s="57"/>
+      <c r="D37" s="57"/>
+      <c r="E37" s="57"/>
+      <c r="F37" s="57"/>
+      <c r="G37" s="57"/>
+      <c r="H37" s="57"/>
+      <c r="I37" s="57"/>
+      <c r="J37" s="57"/>
+      <c r="K37" s="57"/>
+      <c r="L37" s="57"/>
+      <c r="M37" s="58"/>
       <c r="N37" s="5"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A38" s="4"/>
-      <c r="B38" s="77"/>
-[...10 lines deleted...]
-      <c r="M38" s="79"/>
+      <c r="B38" s="59"/>
+      <c r="C38" s="60"/>
+      <c r="D38" s="60"/>
+      <c r="E38" s="60"/>
+      <c r="F38" s="60"/>
+      <c r="G38" s="60"/>
+      <c r="H38" s="60"/>
+      <c r="I38" s="60"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="60"/>
+      <c r="L38" s="60"/>
+      <c r="M38" s="61"/>
       <c r="N38" s="5"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A39" s="4"/>
-      <c r="B39" s="77"/>
-[...10 lines deleted...]
-      <c r="M39" s="79"/>
+      <c r="B39" s="59"/>
+      <c r="C39" s="60"/>
+      <c r="D39" s="60"/>
+      <c r="E39" s="60"/>
+      <c r="F39" s="60"/>
+      <c r="G39" s="60"/>
+      <c r="H39" s="60"/>
+      <c r="I39" s="60"/>
+      <c r="J39" s="60"/>
+      <c r="K39" s="60"/>
+      <c r="L39" s="60"/>
+      <c r="M39" s="61"/>
       <c r="N39" s="5"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A40" s="4"/>
-      <c r="B40" s="77"/>
-[...10 lines deleted...]
-      <c r="M40" s="79"/>
+      <c r="B40" s="59"/>
+      <c r="C40" s="60"/>
+      <c r="D40" s="60"/>
+      <c r="E40" s="60"/>
+      <c r="F40" s="60"/>
+      <c r="G40" s="60"/>
+      <c r="H40" s="60"/>
+      <c r="I40" s="60"/>
+      <c r="J40" s="60"/>
+      <c r="K40" s="60"/>
+      <c r="L40" s="60"/>
+      <c r="M40" s="61"/>
       <c r="N40" s="5"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A41" s="4"/>
-      <c r="B41" s="77"/>
-[...10 lines deleted...]
-      <c r="M41" s="79"/>
+      <c r="B41" s="59"/>
+      <c r="C41" s="60"/>
+      <c r="D41" s="60"/>
+      <c r="E41" s="60"/>
+      <c r="F41" s="60"/>
+      <c r="G41" s="60"/>
+      <c r="H41" s="60"/>
+      <c r="I41" s="60"/>
+      <c r="J41" s="60"/>
+      <c r="K41" s="60"/>
+      <c r="L41" s="60"/>
+      <c r="M41" s="61"/>
       <c r="N41" s="5"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A42" s="4"/>
-      <c r="B42" s="77"/>
-[...10 lines deleted...]
-      <c r="M42" s="79"/>
+      <c r="B42" s="59"/>
+      <c r="C42" s="60"/>
+      <c r="D42" s="60"/>
+      <c r="E42" s="60"/>
+      <c r="F42" s="60"/>
+      <c r="G42" s="60"/>
+      <c r="H42" s="60"/>
+      <c r="I42" s="60"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="60"/>
+      <c r="L42" s="60"/>
+      <c r="M42" s="61"/>
       <c r="N42" s="5"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A43" s="4"/>
-      <c r="B43" s="77"/>
-[...10 lines deleted...]
-      <c r="M43" s="79"/>
+      <c r="B43" s="59"/>
+      <c r="C43" s="60"/>
+      <c r="D43" s="60"/>
+      <c r="E43" s="60"/>
+      <c r="F43" s="60"/>
+      <c r="G43" s="60"/>
+      <c r="H43" s="60"/>
+      <c r="I43" s="60"/>
+      <c r="J43" s="60"/>
+      <c r="K43" s="60"/>
+      <c r="L43" s="60"/>
+      <c r="M43" s="61"/>
       <c r="N43" s="5"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A44" s="4"/>
-      <c r="B44" s="80"/>
-[...10 lines deleted...]
-      <c r="M44" s="83"/>
+      <c r="B44" s="62"/>
+      <c r="C44" s="63"/>
+      <c r="D44" s="63"/>
+      <c r="E44" s="64"/>
+      <c r="F44" s="64"/>
+      <c r="G44" s="64"/>
+      <c r="H44" s="64"/>
+      <c r="I44" s="64"/>
+      <c r="J44" s="63"/>
+      <c r="K44" s="63"/>
+      <c r="L44" s="63"/>
+      <c r="M44" s="65"/>
       <c r="N44" s="5"/>
     </row>
     <row r="45" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A45" s="4"/>
       <c r="B45" s="9"/>
       <c r="D45" s="4"/>
       <c r="E45" s="10" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="F45" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G45" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H45" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I45" s="10" t="s">
         <v>11</v>
       </c>
       <c r="J45" s="5"/>
       <c r="M45" s="12"/>
       <c r="N45" s="5"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A46" s="4"/>
       <c r="B46" s="9"/>
       <c r="D46" s="4"/>
       <c r="E46" s="13">
         <v>276</v>
       </c>
       <c r="F46" s="18" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G46" s="13" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
       <c r="H46" s="13">
         <v>2</v>
       </c>
       <c r="I46" s="13">
         <v>9</v>
       </c>
       <c r="J46" s="5"/>
       <c r="M46" s="12"/>
       <c r="N46" s="5"/>
     </row>
     <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="4"/>
-      <c r="B47" s="84" t="s">
-[...12 lines deleted...]
-      <c r="M47" s="47"/>
+      <c r="B47" s="66" t="s">
+        <v>615</v>
+      </c>
+      <c r="C47" s="67"/>
+      <c r="D47" s="67"/>
+      <c r="E47" s="68"/>
+      <c r="F47" s="68"/>
+      <c r="G47" s="68"/>
+      <c r="H47" s="68"/>
+      <c r="I47" s="68"/>
+      <c r="J47" s="67"/>
+      <c r="K47" s="67"/>
+      <c r="L47" s="67"/>
+      <c r="M47" s="69"/>
       <c r="N47" s="5"/>
     </row>
     <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="4"/>
-      <c r="B48" s="80"/>
-[...10 lines deleted...]
-      <c r="M48" s="83"/>
+      <c r="B48" s="62"/>
+      <c r="C48" s="63"/>
+      <c r="D48" s="63"/>
+      <c r="E48" s="63"/>
+      <c r="F48" s="63"/>
+      <c r="G48" s="63"/>
+      <c r="H48" s="63"/>
+      <c r="I48" s="63"/>
+      <c r="J48" s="63"/>
+      <c r="K48" s="63"/>
+      <c r="L48" s="63"/>
+      <c r="M48" s="65"/>
       <c r="N48" s="5"/>
     </row>
     <row r="49" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A49" s="4"/>
       <c r="B49" s="9"/>
       <c r="E49" s="10" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="F49" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G49" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H49" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I49" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M49" s="12"/>
       <c r="N49" s="5"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A50" s="4"/>
       <c r="B50" s="9"/>
       <c r="E50" s="18" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="F50" s="18" t="s">
-        <v>343</v>
+        <v>319</v>
       </c>
       <c r="G50" s="14">
         <v>2000</v>
       </c>
       <c r="H50" s="13">
         <v>2</v>
       </c>
       <c r="I50" s="13">
         <v>3</v>
       </c>
       <c r="M50" s="12"/>
       <c r="N50" s="5"/>
     </row>
     <row r="51" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4"/>
       <c r="B51" s="9"/>
       <c r="E51" s="19" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="F51" s="20" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G51" s="11" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
       <c r="H51" s="11">
         <v>2</v>
       </c>
       <c r="I51" s="10">
         <v>1</v>
       </c>
       <c r="M51" s="12"/>
       <c r="N51" s="5"/>
     </row>
     <row r="52" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="4"/>
-      <c r="B52" s="84" t="s">
-[...12 lines deleted...]
-      <c r="M52" s="47"/>
+      <c r="B52" s="66" t="s">
+        <v>630</v>
+      </c>
+      <c r="C52" s="67"/>
+      <c r="D52" s="67"/>
+      <c r="E52" s="67"/>
+      <c r="F52" s="67"/>
+      <c r="G52" s="67"/>
+      <c r="H52" s="67"/>
+      <c r="I52" s="67"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="67"/>
+      <c r="M52" s="69"/>
       <c r="N52" s="5"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A53" s="4"/>
-      <c r="B53" s="80"/>
-[...10 lines deleted...]
-      <c r="M53" s="83"/>
+      <c r="B53" s="62"/>
+      <c r="C53" s="63"/>
+      <c r="D53" s="63"/>
+      <c r="E53" s="63"/>
+      <c r="F53" s="63"/>
+      <c r="G53" s="63"/>
+      <c r="H53" s="63"/>
+      <c r="I53" s="63"/>
+      <c r="J53" s="63"/>
+      <c r="K53" s="63"/>
+      <c r="L53" s="63"/>
+      <c r="M53" s="65"/>
       <c r="N53" s="5"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A54" s="4"/>
-      <c r="B54" s="80"/>
-[...10 lines deleted...]
-      <c r="M54" s="83"/>
+      <c r="B54" s="62"/>
+      <c r="C54" s="63"/>
+      <c r="D54" s="63"/>
+      <c r="E54" s="63"/>
+      <c r="F54" s="63"/>
+      <c r="G54" s="63"/>
+      <c r="H54" s="63"/>
+      <c r="I54" s="63"/>
+      <c r="J54" s="63"/>
+      <c r="K54" s="63"/>
+      <c r="L54" s="63"/>
+      <c r="M54" s="65"/>
       <c r="N54" s="5"/>
     </row>
     <row r="55" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A55" s="4"/>
       <c r="B55" s="9"/>
       <c r="E55" s="10" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="F55" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G55" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H55" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I55" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M55" s="12"/>
       <c r="N55" s="5"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A56" s="4"/>
       <c r="B56" s="9"/>
       <c r="E56" s="13">
         <v>705</v>
       </c>
       <c r="F56" s="18" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G56" s="14">
         <v>3000</v>
       </c>
       <c r="H56" s="13">
         <v>1</v>
       </c>
       <c r="I56" s="13">
         <v>3</v>
       </c>
       <c r="M56" s="12"/>
       <c r="N56" s="5"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A57" s="4"/>
       <c r="B57" s="9"/>
       <c r="E57" s="10">
         <v>705</v>
       </c>
       <c r="F57" s="11">
         <v>1223</v>
       </c>
       <c r="G57" s="11" t="s">
-        <v>635</v>
+        <v>611</v>
       </c>
       <c r="H57" s="11">
         <v>1</v>
       </c>
       <c r="I57" s="10">
         <v>3</v>
       </c>
       <c r="M57" s="12"/>
       <c r="N57" s="5"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A58" s="4"/>
-      <c r="B58" s="84" t="s">
-[...12 lines deleted...]
-      <c r="M58" s="47"/>
+      <c r="B58" s="66" t="s">
+        <v>616</v>
+      </c>
+      <c r="C58" s="67"/>
+      <c r="D58" s="67"/>
+      <c r="E58" s="67"/>
+      <c r="F58" s="67"/>
+      <c r="G58" s="67"/>
+      <c r="H58" s="67"/>
+      <c r="I58" s="67"/>
+      <c r="J58" s="67"/>
+      <c r="K58" s="67"/>
+      <c r="L58" s="67"/>
+      <c r="M58" s="69"/>
       <c r="N58" s="5"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A59" s="4"/>
-      <c r="B59" s="86"/>
-[...10 lines deleted...]
-      <c r="M59" s="47"/>
+      <c r="B59" s="70"/>
+      <c r="C59" s="67"/>
+      <c r="D59" s="67"/>
+      <c r="E59" s="67"/>
+      <c r="F59" s="67"/>
+      <c r="G59" s="67"/>
+      <c r="H59" s="67"/>
+      <c r="I59" s="67"/>
+      <c r="J59" s="67"/>
+      <c r="K59" s="67"/>
+      <c r="L59" s="67"/>
+      <c r="M59" s="69"/>
       <c r="N59" s="5"/>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A60" s="4"/>
-      <c r="B60" s="86"/>
-[...10 lines deleted...]
-      <c r="M60" s="47"/>
+      <c r="B60" s="70"/>
+      <c r="C60" s="67"/>
+      <c r="D60" s="67"/>
+      <c r="E60" s="67"/>
+      <c r="F60" s="67"/>
+      <c r="G60" s="67"/>
+      <c r="H60" s="67"/>
+      <c r="I60" s="67"/>
+      <c r="J60" s="67"/>
+      <c r="K60" s="67"/>
+      <c r="L60" s="67"/>
+      <c r="M60" s="69"/>
       <c r="N60" s="5"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A61" s="4"/>
-      <c r="B61" s="86"/>
-[...10 lines deleted...]
-      <c r="M61" s="47"/>
+      <c r="B61" s="70"/>
+      <c r="C61" s="67"/>
+      <c r="D61" s="67"/>
+      <c r="E61" s="67"/>
+      <c r="F61" s="67"/>
+      <c r="G61" s="67"/>
+      <c r="H61" s="67"/>
+      <c r="I61" s="67"/>
+      <c r="J61" s="67"/>
+      <c r="K61" s="67"/>
+      <c r="L61" s="67"/>
+      <c r="M61" s="69"/>
       <c r="N61" s="5"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A62" s="4"/>
-      <c r="B62" s="86"/>
-[...10 lines deleted...]
-      <c r="M62" s="47"/>
+      <c r="B62" s="70"/>
+      <c r="C62" s="67"/>
+      <c r="D62" s="67"/>
+      <c r="E62" s="67"/>
+      <c r="F62" s="67"/>
+      <c r="G62" s="67"/>
+      <c r="H62" s="67"/>
+      <c r="I62" s="67"/>
+      <c r="J62" s="67"/>
+      <c r="K62" s="67"/>
+      <c r="L62" s="67"/>
+      <c r="M62" s="69"/>
       <c r="N62" s="5"/>
     </row>
     <row r="63" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A63" s="4"/>
       <c r="B63" s="9"/>
       <c r="E63" s="10" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="F63" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G63" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H63" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I63" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M63" s="12"/>
       <c r="N63" s="5"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A64" s="4"/>
       <c r="B64" s="9"/>
       <c r="E64" s="13">
         <v>276</v>
       </c>
       <c r="F64" s="18" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G64" s="13">
         <v>30</v>
       </c>
       <c r="H64" s="13">
         <v>2</v>
       </c>
       <c r="I64" s="13">
         <v>10</v>
       </c>
       <c r="M64" s="12"/>
       <c r="N64" s="5"/>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A65" s="4"/>
       <c r="B65" s="9"/>
       <c r="E65" s="10">
         <v>276</v>
       </c>
       <c r="F65" s="20" t="s">
-        <v>351</v>
+        <v>327</v>
       </c>
       <c r="G65" s="11" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="H65" s="11">
         <v>2</v>
       </c>
       <c r="I65" s="10">
         <v>1</v>
       </c>
       <c r="M65" s="12"/>
       <c r="N65" s="5"/>
     </row>
     <row r="66" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="4"/>
-      <c r="B66" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M66" s="43"/>
+      <c r="B66" s="50" t="s">
+        <v>617</v>
+      </c>
+      <c r="C66" s="51"/>
+      <c r="D66" s="51"/>
+      <c r="E66" s="51"/>
+      <c r="F66" s="51"/>
+      <c r="G66" s="51"/>
+      <c r="H66" s="51"/>
+      <c r="I66" s="51"/>
+      <c r="J66" s="51"/>
+      <c r="K66" s="51"/>
+      <c r="L66" s="51"/>
+      <c r="M66" s="52"/>
       <c r="N66" s="5"/>
     </row>
     <row r="67" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="4"/>
-      <c r="B67" s="48"/>
-[...10 lines deleted...]
-      <c r="M67" s="50"/>
+      <c r="B67" s="53"/>
+      <c r="C67" s="54"/>
+      <c r="D67" s="54"/>
+      <c r="E67" s="54"/>
+      <c r="F67" s="54"/>
+      <c r="G67" s="54"/>
+      <c r="H67" s="54"/>
+      <c r="I67" s="54"/>
+      <c r="J67" s="54"/>
+      <c r="K67" s="54"/>
+      <c r="L67" s="54"/>
+      <c r="M67" s="55"/>
       <c r="N67" s="5"/>
     </row>
     <row r="68" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A68" s="4"/>
       <c r="B68" s="9"/>
       <c r="E68" s="10" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="F68" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G68" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H68" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M68" s="12"/>
       <c r="N68" s="5"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A69" s="4"/>
       <c r="B69" s="9"/>
       <c r="E69" s="13">
         <v>276</v>
       </c>
       <c r="F69" s="18" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="G69" s="13" t="s">
-        <v>637</v>
+        <v>613</v>
       </c>
       <c r="H69" s="13">
         <v>3</v>
       </c>
       <c r="I69" s="13">
         <v>1</v>
       </c>
       <c r="M69" s="12"/>
       <c r="N69" s="5"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A70" s="4"/>
-      <c r="B70" s="45"/>
-[...10 lines deleted...]
-      <c r="M70" s="55"/>
+      <c r="B70" s="71"/>
+      <c r="C70" s="72"/>
+      <c r="D70" s="72"/>
+      <c r="E70" s="72"/>
+      <c r="F70" s="72"/>
+      <c r="G70" s="72"/>
+      <c r="H70" s="72"/>
+      <c r="I70" s="72"/>
+      <c r="J70" s="72"/>
+      <c r="K70" s="72"/>
+      <c r="L70" s="72"/>
+      <c r="M70" s="73"/>
       <c r="N70" s="5"/>
     </row>
     <row r="71" spans="1:14" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="4"/>
-      <c r="B71" s="56"/>
-[...10 lines deleted...]
-      <c r="M71" s="58"/>
+      <c r="B71" s="74"/>
+      <c r="C71" s="75"/>
+      <c r="D71" s="75"/>
+      <c r="E71" s="75"/>
+      <c r="F71" s="75"/>
+      <c r="G71" s="75"/>
+      <c r="H71" s="75"/>
+      <c r="I71" s="75"/>
+      <c r="J71" s="75"/>
+      <c r="K71" s="75"/>
+      <c r="L71" s="75"/>
+      <c r="M71" s="76"/>
       <c r="N71" s="5"/>
     </row>
     <row r="72" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="4"/>
       <c r="B72" s="9"/>
       <c r="M72" s="12"/>
       <c r="N72" s="5"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A73" s="4"/>
-      <c r="B73" s="59" t="s">
-[...12 lines deleted...]
-      <c r="M73" s="61"/>
+      <c r="B73" s="77" t="s">
+        <v>358</v>
+      </c>
+      <c r="C73" s="78"/>
+      <c r="D73" s="78"/>
+      <c r="E73" s="78"/>
+      <c r="F73" s="78"/>
+      <c r="G73" s="78"/>
+      <c r="H73" s="78"/>
+      <c r="I73" s="78"/>
+      <c r="J73" s="78"/>
+      <c r="K73" s="78"/>
+      <c r="L73" s="78"/>
+      <c r="M73" s="79"/>
       <c r="N73" s="5"/>
     </row>
     <row r="74" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="4"/>
-      <c r="B74" s="62"/>
-[...10 lines deleted...]
-      <c r="M74" s="64"/>
+      <c r="B74" s="80"/>
+      <c r="C74" s="81"/>
+      <c r="D74" s="81"/>
+      <c r="E74" s="81"/>
+      <c r="F74" s="81"/>
+      <c r="G74" s="81"/>
+      <c r="H74" s="81"/>
+      <c r="I74" s="81"/>
+      <c r="J74" s="81"/>
+      <c r="K74" s="81"/>
+      <c r="L74" s="81"/>
+      <c r="M74" s="82"/>
       <c r="N74" s="5"/>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A75" s="4"/>
-      <c r="B75" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M75" s="43"/>
+      <c r="B75" s="50" t="s">
+        <v>626</v>
+      </c>
+      <c r="C75" s="51"/>
+      <c r="D75" s="51"/>
+      <c r="E75" s="51"/>
+      <c r="F75" s="51"/>
+      <c r="G75" s="51"/>
+      <c r="H75" s="51"/>
+      <c r="I75" s="51"/>
+      <c r="J75" s="51"/>
+      <c r="K75" s="51"/>
+      <c r="L75" s="51"/>
+      <c r="M75" s="52"/>
       <c r="N75" s="5"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A76" s="4"/>
-      <c r="B76" s="48"/>
-[...10 lines deleted...]
-      <c r="M76" s="50"/>
+      <c r="B76" s="53"/>
+      <c r="C76" s="54"/>
+      <c r="D76" s="54"/>
+      <c r="E76" s="54"/>
+      <c r="F76" s="54"/>
+      <c r="G76" s="54"/>
+      <c r="H76" s="54"/>
+      <c r="I76" s="54"/>
+      <c r="J76" s="54"/>
+      <c r="K76" s="54"/>
+      <c r="L76" s="54"/>
+      <c r="M76" s="55"/>
       <c r="N76" s="5"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A77" s="15"/>
-      <c r="B77" s="48"/>
-[...10 lines deleted...]
-      <c r="M77" s="50"/>
+      <c r="B77" s="53"/>
+      <c r="C77" s="54"/>
+      <c r="D77" s="54"/>
+      <c r="E77" s="54"/>
+      <c r="F77" s="54"/>
+      <c r="G77" s="54"/>
+      <c r="H77" s="54"/>
+      <c r="I77" s="54"/>
+      <c r="J77" s="54"/>
+      <c r="K77" s="54"/>
+      <c r="L77" s="54"/>
+      <c r="M77" s="55"/>
       <c r="N77" s="5"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A78" s="4"/>
-      <c r="B78" s="48"/>
-[...10 lines deleted...]
-      <c r="M78" s="50"/>
+      <c r="B78" s="53"/>
+      <c r="C78" s="54"/>
+      <c r="D78" s="54"/>
+      <c r="E78" s="54"/>
+      <c r="F78" s="54"/>
+      <c r="G78" s="54"/>
+      <c r="H78" s="54"/>
+      <c r="I78" s="54"/>
+      <c r="J78" s="54"/>
+      <c r="K78" s="54"/>
+      <c r="L78" s="54"/>
+      <c r="M78" s="55"/>
       <c r="N78" s="5"/>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A79" s="4"/>
-      <c r="B79" s="48"/>
-[...10 lines deleted...]
-      <c r="M79" s="50"/>
+      <c r="B79" s="53"/>
+      <c r="C79" s="54"/>
+      <c r="D79" s="54"/>
+      <c r="E79" s="54"/>
+      <c r="F79" s="54"/>
+      <c r="G79" s="54"/>
+      <c r="H79" s="54"/>
+      <c r="I79" s="54"/>
+      <c r="J79" s="54"/>
+      <c r="K79" s="54"/>
+      <c r="L79" s="54"/>
+      <c r="M79" s="55"/>
       <c r="N79" s="5"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A80" s="4"/>
-      <c r="B80" s="48"/>
-[...10 lines deleted...]
-      <c r="M80" s="50"/>
+      <c r="B80" s="53"/>
+      <c r="C80" s="54"/>
+      <c r="D80" s="54"/>
+      <c r="E80" s="54"/>
+      <c r="F80" s="54"/>
+      <c r="G80" s="54"/>
+      <c r="H80" s="54"/>
+      <c r="I80" s="54"/>
+      <c r="J80" s="54"/>
+      <c r="K80" s="54"/>
+      <c r="L80" s="54"/>
+      <c r="M80" s="55"/>
       <c r="N80" s="5"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A81" s="4"/>
-      <c r="B81" s="48"/>
-[...10 lines deleted...]
-      <c r="M81" s="50"/>
+      <c r="B81" s="53"/>
+      <c r="C81" s="54"/>
+      <c r="D81" s="54"/>
+      <c r="E81" s="54"/>
+      <c r="F81" s="54"/>
+      <c r="G81" s="54"/>
+      <c r="H81" s="54"/>
+      <c r="I81" s="54"/>
+      <c r="J81" s="54"/>
+      <c r="K81" s="54"/>
+      <c r="L81" s="54"/>
+      <c r="M81" s="55"/>
       <c r="N81" s="5"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A82" s="4"/>
-      <c r="B82" s="48"/>
-[...10 lines deleted...]
-      <c r="M82" s="50"/>
+      <c r="B82" s="53"/>
+      <c r="C82" s="54"/>
+      <c r="D82" s="54"/>
+      <c r="E82" s="54"/>
+      <c r="F82" s="54"/>
+      <c r="G82" s="54"/>
+      <c r="H82" s="54"/>
+      <c r="I82" s="54"/>
+      <c r="J82" s="54"/>
+      <c r="K82" s="54"/>
+      <c r="L82" s="54"/>
+      <c r="M82" s="55"/>
       <c r="N82" s="5"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A83" s="4"/>
-      <c r="B83" s="48"/>
-[...10 lines deleted...]
-      <c r="M83" s="50"/>
+      <c r="B83" s="53"/>
+      <c r="C83" s="54"/>
+      <c r="D83" s="54"/>
+      <c r="E83" s="54"/>
+      <c r="F83" s="54"/>
+      <c r="G83" s="54"/>
+      <c r="H83" s="54"/>
+      <c r="I83" s="54"/>
+      <c r="J83" s="54"/>
+      <c r="K83" s="54"/>
+      <c r="L83" s="54"/>
+      <c r="M83" s="55"/>
       <c r="N83" s="5"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A84" s="4"/>
-      <c r="B84" s="48"/>
-[...10 lines deleted...]
-      <c r="M84" s="50"/>
+      <c r="B84" s="53"/>
+      <c r="C84" s="54"/>
+      <c r="D84" s="54"/>
+      <c r="E84" s="54"/>
+      <c r="F84" s="54"/>
+      <c r="G84" s="54"/>
+      <c r="H84" s="54"/>
+      <c r="I84" s="54"/>
+      <c r="J84" s="54"/>
+      <c r="K84" s="54"/>
+      <c r="L84" s="54"/>
+      <c r="M84" s="55"/>
       <c r="N84" s="5"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A85" s="4"/>
-      <c r="B85" s="48"/>
-[...10 lines deleted...]
-      <c r="M85" s="50"/>
+      <c r="B85" s="53"/>
+      <c r="C85" s="54"/>
+      <c r="D85" s="54"/>
+      <c r="E85" s="54"/>
+      <c r="F85" s="54"/>
+      <c r="G85" s="54"/>
+      <c r="H85" s="54"/>
+      <c r="I85" s="54"/>
+      <c r="J85" s="54"/>
+      <c r="K85" s="54"/>
+      <c r="L85" s="54"/>
+      <c r="M85" s="55"/>
       <c r="N85" s="5"/>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A86" s="4"/>
-      <c r="B86" s="48"/>
-[...10 lines deleted...]
-      <c r="M86" s="50"/>
+      <c r="B86" s="53"/>
+      <c r="C86" s="54"/>
+      <c r="D86" s="54"/>
+      <c r="E86" s="54"/>
+      <c r="F86" s="54"/>
+      <c r="G86" s="54"/>
+      <c r="H86" s="54"/>
+      <c r="I86" s="54"/>
+      <c r="J86" s="54"/>
+      <c r="K86" s="54"/>
+      <c r="L86" s="54"/>
+      <c r="M86" s="55"/>
       <c r="N86" s="5"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A87" s="4"/>
-      <c r="B87" s="48"/>
-[...10 lines deleted...]
-      <c r="M87" s="50"/>
+      <c r="B87" s="53"/>
+      <c r="C87" s="54"/>
+      <c r="D87" s="54"/>
+      <c r="E87" s="54"/>
+      <c r="F87" s="54"/>
+      <c r="G87" s="54"/>
+      <c r="H87" s="54"/>
+      <c r="I87" s="54"/>
+      <c r="J87" s="54"/>
+      <c r="K87" s="54"/>
+      <c r="L87" s="54"/>
+      <c r="M87" s="55"/>
       <c r="N87" s="5"/>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A88" s="4"/>
-      <c r="B88" s="48"/>
-[...10 lines deleted...]
-      <c r="M88" s="50"/>
+      <c r="B88" s="53"/>
+      <c r="C88" s="54"/>
+      <c r="D88" s="54"/>
+      <c r="E88" s="54"/>
+      <c r="F88" s="54"/>
+      <c r="G88" s="54"/>
+      <c r="H88" s="54"/>
+      <c r="I88" s="54"/>
+      <c r="J88" s="54"/>
+      <c r="K88" s="54"/>
+      <c r="L88" s="54"/>
+      <c r="M88" s="55"/>
       <c r="N88" s="5"/>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A89" s="4"/>
-      <c r="B89" s="48"/>
-[...10 lines deleted...]
-      <c r="M89" s="50"/>
+      <c r="B89" s="53"/>
+      <c r="C89" s="54"/>
+      <c r="D89" s="54"/>
+      <c r="E89" s="54"/>
+      <c r="F89" s="54"/>
+      <c r="G89" s="54"/>
+      <c r="H89" s="54"/>
+      <c r="I89" s="54"/>
+      <c r="J89" s="54"/>
+      <c r="K89" s="54"/>
+      <c r="L89" s="54"/>
+      <c r="M89" s="55"/>
       <c r="N89" s="5"/>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A90" s="4"/>
-      <c r="B90" s="48"/>
-[...10 lines deleted...]
-      <c r="M90" s="50"/>
+      <c r="B90" s="53"/>
+      <c r="C90" s="54"/>
+      <c r="D90" s="54"/>
+      <c r="E90" s="54"/>
+      <c r="F90" s="54"/>
+      <c r="G90" s="54"/>
+      <c r="H90" s="54"/>
+      <c r="I90" s="54"/>
+      <c r="J90" s="54"/>
+      <c r="K90" s="54"/>
+      <c r="L90" s="54"/>
+      <c r="M90" s="55"/>
       <c r="N90" s="5"/>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A91" s="4"/>
-      <c r="B91" s="48"/>
-[...10 lines deleted...]
-      <c r="M91" s="50"/>
+      <c r="B91" s="53"/>
+      <c r="C91" s="54"/>
+      <c r="D91" s="54"/>
+      <c r="E91" s="54"/>
+      <c r="F91" s="54"/>
+      <c r="G91" s="54"/>
+      <c r="H91" s="54"/>
+      <c r="I91" s="54"/>
+      <c r="J91" s="54"/>
+      <c r="K91" s="54"/>
+      <c r="L91" s="54"/>
+      <c r="M91" s="55"/>
       <c r="N91" s="5"/>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A92" s="4"/>
-      <c r="B92" s="48"/>
-[...10 lines deleted...]
-      <c r="M92" s="50"/>
+      <c r="B92" s="53"/>
+      <c r="C92" s="54"/>
+      <c r="D92" s="54"/>
+      <c r="E92" s="54"/>
+      <c r="F92" s="54"/>
+      <c r="G92" s="54"/>
+      <c r="H92" s="54"/>
+      <c r="I92" s="54"/>
+      <c r="J92" s="54"/>
+      <c r="K92" s="54"/>
+      <c r="L92" s="54"/>
+      <c r="M92" s="55"/>
       <c r="N92" s="5"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A93" s="4"/>
-      <c r="B93" s="48"/>
-[...10 lines deleted...]
-      <c r="M93" s="50"/>
+      <c r="B93" s="53"/>
+      <c r="C93" s="54"/>
+      <c r="D93" s="54"/>
+      <c r="E93" s="54"/>
+      <c r="F93" s="54"/>
+      <c r="G93" s="54"/>
+      <c r="H93" s="54"/>
+      <c r="I93" s="54"/>
+      <c r="J93" s="54"/>
+      <c r="K93" s="54"/>
+      <c r="L93" s="54"/>
+      <c r="M93" s="55"/>
       <c r="N93" s="5"/>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A94" s="4"/>
-      <c r="B94" s="48"/>
-[...10 lines deleted...]
-      <c r="M94" s="50"/>
+      <c r="B94" s="53"/>
+      <c r="C94" s="54"/>
+      <c r="D94" s="54"/>
+      <c r="E94" s="54"/>
+      <c r="F94" s="54"/>
+      <c r="G94" s="54"/>
+      <c r="H94" s="54"/>
+      <c r="I94" s="54"/>
+      <c r="J94" s="54"/>
+      <c r="K94" s="54"/>
+      <c r="L94" s="54"/>
+      <c r="M94" s="55"/>
       <c r="N94" s="5"/>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A95" s="4"/>
-      <c r="B95" s="48"/>
-[...10 lines deleted...]
-      <c r="M95" s="50"/>
+      <c r="B95" s="53"/>
+      <c r="C95" s="54"/>
+      <c r="D95" s="54"/>
+      <c r="E95" s="54"/>
+      <c r="F95" s="54"/>
+      <c r="G95" s="54"/>
+      <c r="H95" s="54"/>
+      <c r="I95" s="54"/>
+      <c r="J95" s="54"/>
+      <c r="K95" s="54"/>
+      <c r="L95" s="54"/>
+      <c r="M95" s="55"/>
       <c r="N95" s="5"/>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A96" s="4"/>
-      <c r="B96" s="48"/>
-[...10 lines deleted...]
-      <c r="M96" s="50"/>
+      <c r="B96" s="53"/>
+      <c r="C96" s="54"/>
+      <c r="D96" s="54"/>
+      <c r="E96" s="54"/>
+      <c r="F96" s="54"/>
+      <c r="G96" s="54"/>
+      <c r="H96" s="54"/>
+      <c r="I96" s="54"/>
+      <c r="J96" s="54"/>
+      <c r="K96" s="54"/>
+      <c r="L96" s="54"/>
+      <c r="M96" s="55"/>
       <c r="N96" s="5"/>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A97" s="4"/>
-      <c r="B97" s="48"/>
-[...10 lines deleted...]
-      <c r="M97" s="50"/>
+      <c r="B97" s="53"/>
+      <c r="C97" s="54"/>
+      <c r="D97" s="54"/>
+      <c r="E97" s="54"/>
+      <c r="F97" s="54"/>
+      <c r="G97" s="54"/>
+      <c r="H97" s="54"/>
+      <c r="I97" s="54"/>
+      <c r="J97" s="54"/>
+      <c r="K97" s="54"/>
+      <c r="L97" s="54"/>
+      <c r="M97" s="55"/>
       <c r="N97" s="5"/>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A98" s="4"/>
-      <c r="B98" s="48"/>
-[...10 lines deleted...]
-      <c r="M98" s="50"/>
+      <c r="B98" s="53"/>
+      <c r="C98" s="54"/>
+      <c r="D98" s="54"/>
+      <c r="E98" s="54"/>
+      <c r="F98" s="54"/>
+      <c r="G98" s="54"/>
+      <c r="H98" s="54"/>
+      <c r="I98" s="54"/>
+      <c r="J98" s="54"/>
+      <c r="K98" s="54"/>
+      <c r="L98" s="54"/>
+      <c r="M98" s="55"/>
       <c r="N98" s="5"/>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A99" s="4"/>
-      <c r="B99" s="48"/>
-[...10 lines deleted...]
-      <c r="M99" s="50"/>
+      <c r="B99" s="53"/>
+      <c r="C99" s="54"/>
+      <c r="D99" s="54"/>
+      <c r="E99" s="54"/>
+      <c r="F99" s="54"/>
+      <c r="G99" s="54"/>
+      <c r="H99" s="54"/>
+      <c r="I99" s="54"/>
+      <c r="J99" s="54"/>
+      <c r="K99" s="54"/>
+      <c r="L99" s="54"/>
+      <c r="M99" s="55"/>
       <c r="N99" s="5"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A100" s="4"/>
-      <c r="B100" s="48"/>
-[...10 lines deleted...]
-      <c r="M100" s="50"/>
+      <c r="B100" s="53"/>
+      <c r="C100" s="54"/>
+      <c r="D100" s="54"/>
+      <c r="E100" s="54"/>
+      <c r="F100" s="54"/>
+      <c r="G100" s="54"/>
+      <c r="H100" s="54"/>
+      <c r="I100" s="54"/>
+      <c r="J100" s="54"/>
+      <c r="K100" s="54"/>
+      <c r="L100" s="54"/>
+      <c r="M100" s="55"/>
       <c r="N100" s="5"/>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A101" s="4"/>
-      <c r="B101" s="48"/>
-[...10 lines deleted...]
-      <c r="M101" s="50"/>
+      <c r="B101" s="53"/>
+      <c r="C101" s="54"/>
+      <c r="D101" s="54"/>
+      <c r="E101" s="54"/>
+      <c r="F101" s="54"/>
+      <c r="G101" s="54"/>
+      <c r="H101" s="54"/>
+      <c r="I101" s="54"/>
+      <c r="J101" s="54"/>
+      <c r="K101" s="54"/>
+      <c r="L101" s="54"/>
+      <c r="M101" s="55"/>
       <c r="N101" s="5"/>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A102" s="4"/>
-      <c r="B102" s="48"/>
-[...10 lines deleted...]
-      <c r="M102" s="50"/>
+      <c r="B102" s="53"/>
+      <c r="C102" s="54"/>
+      <c r="D102" s="54"/>
+      <c r="E102" s="54"/>
+      <c r="F102" s="54"/>
+      <c r="G102" s="54"/>
+      <c r="H102" s="54"/>
+      <c r="I102" s="54"/>
+      <c r="J102" s="54"/>
+      <c r="K102" s="54"/>
+      <c r="L102" s="54"/>
+      <c r="M102" s="55"/>
       <c r="N102" s="5"/>
     </row>
     <row r="103" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="4"/>
-      <c r="B103" s="48"/>
-[...10 lines deleted...]
-      <c r="M103" s="50"/>
+      <c r="B103" s="53"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
+      <c r="J103" s="54"/>
+      <c r="K103" s="54"/>
+      <c r="L103" s="54"/>
+      <c r="M103" s="55"/>
       <c r="N103" s="5"/>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A104" s="4"/>
       <c r="B104" s="9"/>
       <c r="M104" s="12"/>
       <c r="N104" s="5"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A105" s="4"/>
-      <c r="B105" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M105" s="43"/>
+      <c r="B105" s="50" t="s">
+        <v>628</v>
+      </c>
+      <c r="C105" s="51"/>
+      <c r="D105" s="51"/>
+      <c r="E105" s="51"/>
+      <c r="F105" s="51"/>
+      <c r="G105" s="51"/>
+      <c r="H105" s="51"/>
+      <c r="I105" s="51"/>
+      <c r="J105" s="51"/>
+      <c r="K105" s="51"/>
+      <c r="L105" s="51"/>
+      <c r="M105" s="52"/>
       <c r="N105" s="5"/>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A106" s="4"/>
-      <c r="B106" s="48"/>
-[...10 lines deleted...]
-      <c r="M106" s="50"/>
+      <c r="B106" s="53"/>
+      <c r="C106" s="54"/>
+      <c r="D106" s="54"/>
+      <c r="E106" s="54"/>
+      <c r="F106" s="54"/>
+      <c r="G106" s="54"/>
+      <c r="H106" s="54"/>
+      <c r="I106" s="54"/>
+      <c r="J106" s="54"/>
+      <c r="K106" s="54"/>
+      <c r="L106" s="54"/>
+      <c r="M106" s="55"/>
       <c r="N106" s="5"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A107" s="4"/>
-      <c r="B107" s="48"/>
-[...10 lines deleted...]
-      <c r="M107" s="50"/>
+      <c r="B107" s="53"/>
+      <c r="C107" s="54"/>
+      <c r="D107" s="54"/>
+      <c r="E107" s="54"/>
+      <c r="F107" s="54"/>
+      <c r="G107" s="54"/>
+      <c r="H107" s="54"/>
+      <c r="I107" s="54"/>
+      <c r="J107" s="54"/>
+      <c r="K107" s="54"/>
+      <c r="L107" s="54"/>
+      <c r="M107" s="55"/>
       <c r="N107" s="5"/>
     </row>
     <row r="108" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="4"/>
-      <c r="B108" s="48"/>
-[...10 lines deleted...]
-      <c r="M108" s="50"/>
+      <c r="B108" s="53"/>
+      <c r="C108" s="54"/>
+      <c r="D108" s="54"/>
+      <c r="E108" s="54"/>
+      <c r="F108" s="54"/>
+      <c r="G108" s="54"/>
+      <c r="H108" s="54"/>
+      <c r="I108" s="54"/>
+      <c r="J108" s="54"/>
+      <c r="K108" s="54"/>
+      <c r="L108" s="54"/>
+      <c r="M108" s="55"/>
       <c r="N108" s="5"/>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A109" s="4"/>
-      <c r="B109" s="48"/>
-[...10 lines deleted...]
-      <c r="M109" s="50"/>
+      <c r="B109" s="53"/>
+      <c r="C109" s="54"/>
+      <c r="D109" s="54"/>
+      <c r="E109" s="54"/>
+      <c r="F109" s="54"/>
+      <c r="G109" s="54"/>
+      <c r="H109" s="54"/>
+      <c r="I109" s="54"/>
+      <c r="J109" s="54"/>
+      <c r="K109" s="54"/>
+      <c r="L109" s="54"/>
+      <c r="M109" s="55"/>
       <c r="N109" s="5"/>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A110" s="4"/>
-      <c r="B110" s="48"/>
-[...10 lines deleted...]
-      <c r="M110" s="50"/>
+      <c r="B110" s="53"/>
+      <c r="C110" s="54"/>
+      <c r="D110" s="54"/>
+      <c r="E110" s="54"/>
+      <c r="F110" s="54"/>
+      <c r="G110" s="54"/>
+      <c r="H110" s="54"/>
+      <c r="I110" s="54"/>
+      <c r="J110" s="54"/>
+      <c r="K110" s="54"/>
+      <c r="L110" s="54"/>
+      <c r="M110" s="55"/>
       <c r="N110" s="5"/>
     </row>
     <row r="111" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="4"/>
-      <c r="B111" s="48"/>
-[...10 lines deleted...]
-      <c r="M111" s="50"/>
+      <c r="B111" s="53"/>
+      <c r="C111" s="54"/>
+      <c r="D111" s="54"/>
+      <c r="E111" s="54"/>
+      <c r="F111" s="54"/>
+      <c r="G111" s="54"/>
+      <c r="H111" s="54"/>
+      <c r="I111" s="54"/>
+      <c r="J111" s="54"/>
+      <c r="K111" s="54"/>
+      <c r="L111" s="54"/>
+      <c r="M111" s="55"/>
       <c r="N111" s="5"/>
     </row>
     <row r="112" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A112" s="4"/>
       <c r="B112" s="9"/>
       <c r="E112" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F112" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G112" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H112" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I112" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M112" s="12"/>
       <c r="N112" s="5"/>
     </row>
     <row r="113" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="4"/>
       <c r="B113" s="9"/>
       <c r="E113" s="13">
         <v>276</v>
       </c>
       <c r="F113" s="18" t="s">
-        <v>343</v>
+        <v>319</v>
       </c>
       <c r="G113" s="13" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
       <c r="H113" s="13">
         <v>2</v>
       </c>
       <c r="I113" s="13">
         <v>9</v>
       </c>
       <c r="M113" s="12"/>
       <c r="N113" s="5"/>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A114" s="4"/>
-      <c r="B114" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M114" s="43"/>
+      <c r="B114" s="50" t="s">
+        <v>618</v>
+      </c>
+      <c r="C114" s="51"/>
+      <c r="D114" s="51"/>
+      <c r="E114" s="51"/>
+      <c r="F114" s="51"/>
+      <c r="G114" s="51"/>
+      <c r="H114" s="51"/>
+      <c r="I114" s="51"/>
+      <c r="J114" s="51"/>
+      <c r="K114" s="51"/>
+      <c r="L114" s="51"/>
+      <c r="M114" s="52"/>
       <c r="N114" s="5"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A115" s="4"/>
-      <c r="B115" s="48"/>
-[...10 lines deleted...]
-      <c r="M115" s="50"/>
+      <c r="B115" s="53"/>
+      <c r="C115" s="54"/>
+      <c r="D115" s="54"/>
+      <c r="E115" s="54"/>
+      <c r="F115" s="54"/>
+      <c r="G115" s="54"/>
+      <c r="H115" s="54"/>
+      <c r="I115" s="54"/>
+      <c r="J115" s="54"/>
+      <c r="K115" s="54"/>
+      <c r="L115" s="54"/>
+      <c r="M115" s="55"/>
       <c r="N115" s="5"/>
     </row>
     <row r="116" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="4"/>
-      <c r="B116" s="48"/>
-[...10 lines deleted...]
-      <c r="M116" s="50"/>
+      <c r="B116" s="53"/>
+      <c r="C116" s="54"/>
+      <c r="D116" s="54"/>
+      <c r="E116" s="54"/>
+      <c r="F116" s="54"/>
+      <c r="G116" s="54"/>
+      <c r="H116" s="54"/>
+      <c r="I116" s="54"/>
+      <c r="J116" s="54"/>
+      <c r="K116" s="54"/>
+      <c r="L116" s="54"/>
+      <c r="M116" s="55"/>
       <c r="N116" s="5"/>
     </row>
     <row r="117" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A117" s="4"/>
       <c r="B117" s="9"/>
       <c r="E117" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F117" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G117" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H117" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I117" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M117" s="12"/>
       <c r="N117" s="5"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A118" s="4"/>
       <c r="B118" s="9"/>
       <c r="E118" s="18" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="F118" s="18" t="s">
-        <v>343</v>
+        <v>319</v>
       </c>
       <c r="G118" s="14">
         <v>2000</v>
       </c>
       <c r="H118" s="13">
         <v>2</v>
       </c>
       <c r="I118" s="13">
         <v>3</v>
       </c>
       <c r="M118" s="12"/>
       <c r="N118" s="5"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A119" s="4"/>
       <c r="B119" s="9"/>
       <c r="E119" s="19" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="F119" s="20" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G119" s="11" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
       <c r="H119" s="11">
         <v>2</v>
       </c>
       <c r="I119" s="10">
         <v>1</v>
       </c>
       <c r="M119" s="12"/>
       <c r="N119" s="5"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A120" s="4"/>
-      <c r="B120" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M120" s="43"/>
+      <c r="B120" s="50" t="s">
+        <v>629</v>
+      </c>
+      <c r="C120" s="51"/>
+      <c r="D120" s="51"/>
+      <c r="E120" s="51"/>
+      <c r="F120" s="51"/>
+      <c r="G120" s="51"/>
+      <c r="H120" s="51"/>
+      <c r="I120" s="51"/>
+      <c r="J120" s="51"/>
+      <c r="K120" s="51"/>
+      <c r="L120" s="51"/>
+      <c r="M120" s="52"/>
       <c r="N120" s="5"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A121" s="4"/>
-      <c r="B121" s="44"/>
-[...10 lines deleted...]
-      <c r="M121" s="43"/>
+      <c r="B121" s="83"/>
+      <c r="C121" s="51"/>
+      <c r="D121" s="51"/>
+      <c r="E121" s="51"/>
+      <c r="F121" s="51"/>
+      <c r="G121" s="51"/>
+      <c r="H121" s="51"/>
+      <c r="I121" s="51"/>
+      <c r="J121" s="51"/>
+      <c r="K121" s="51"/>
+      <c r="L121" s="51"/>
+      <c r="M121" s="52"/>
       <c r="N121" s="5"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A122" s="4"/>
-      <c r="B122" s="44"/>
-[...10 lines deleted...]
-      <c r="M122" s="43"/>
+      <c r="B122" s="83"/>
+      <c r="C122" s="51"/>
+      <c r="D122" s="51"/>
+      <c r="E122" s="51"/>
+      <c r="F122" s="51"/>
+      <c r="G122" s="51"/>
+      <c r="H122" s="51"/>
+      <c r="I122" s="51"/>
+      <c r="J122" s="51"/>
+      <c r="K122" s="51"/>
+      <c r="L122" s="51"/>
+      <c r="M122" s="52"/>
       <c r="N122" s="5"/>
     </row>
     <row r="123" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="4"/>
-      <c r="B123" s="44"/>
-[...10 lines deleted...]
-      <c r="M123" s="43"/>
+      <c r="B123" s="83"/>
+      <c r="C123" s="51"/>
+      <c r="D123" s="51"/>
+      <c r="E123" s="51"/>
+      <c r="F123" s="51"/>
+      <c r="G123" s="51"/>
+      <c r="H123" s="51"/>
+      <c r="I123" s="51"/>
+      <c r="J123" s="51"/>
+      <c r="K123" s="51"/>
+      <c r="L123" s="51"/>
+      <c r="M123" s="52"/>
       <c r="N123" s="5"/>
     </row>
     <row r="124" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A124" s="4"/>
       <c r="B124" s="9"/>
       <c r="E124" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F124" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G124" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H124" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I124" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M124" s="12"/>
       <c r="N124" s="5"/>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A125" s="4"/>
       <c r="B125" s="9"/>
       <c r="E125" s="13">
         <v>705</v>
       </c>
       <c r="F125" s="18" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G125" s="14">
         <v>3000</v>
       </c>
       <c r="H125" s="13">
         <v>1</v>
       </c>
       <c r="I125" s="13">
         <v>3</v>
       </c>
       <c r="M125" s="12"/>
       <c r="N125" s="5"/>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A126" s="4"/>
       <c r="B126" s="9"/>
       <c r="E126" s="10">
         <v>705</v>
       </c>
       <c r="F126" s="11">
         <v>1223</v>
       </c>
       <c r="G126" s="11" t="s">
-        <v>635</v>
+        <v>611</v>
       </c>
       <c r="H126" s="11">
         <v>1</v>
       </c>
       <c r="I126" s="10">
         <v>3</v>
       </c>
       <c r="M126" s="12"/>
       <c r="N126" s="5"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A127" s="4"/>
       <c r="B127" s="9"/>
       <c r="E127" s="10">
         <v>276</v>
       </c>
       <c r="F127" s="11">
         <v>1223</v>
       </c>
       <c r="G127" s="16">
         <v>3000</v>
       </c>
       <c r="H127" s="11">
         <v>1</v>
       </c>
       <c r="I127" s="10">
         <v>3</v>
       </c>
       <c r="M127" s="12"/>
       <c r="N127" s="5"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A128" s="4"/>
-      <c r="B128" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M128" s="43"/>
+      <c r="B128" s="50" t="s">
+        <v>620</v>
+      </c>
+      <c r="C128" s="51"/>
+      <c r="D128" s="51"/>
+      <c r="E128" s="51"/>
+      <c r="F128" s="51"/>
+      <c r="G128" s="51"/>
+      <c r="H128" s="51"/>
+      <c r="I128" s="51"/>
+      <c r="J128" s="51"/>
+      <c r="K128" s="51"/>
+      <c r="L128" s="51"/>
+      <c r="M128" s="52"/>
       <c r="N128" s="5"/>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A129" s="4"/>
-      <c r="B129" s="44"/>
-[...10 lines deleted...]
-      <c r="M129" s="43"/>
+      <c r="B129" s="83"/>
+      <c r="C129" s="51"/>
+      <c r="D129" s="51"/>
+      <c r="E129" s="51"/>
+      <c r="F129" s="51"/>
+      <c r="G129" s="51"/>
+      <c r="H129" s="51"/>
+      <c r="I129" s="51"/>
+      <c r="J129" s="51"/>
+      <c r="K129" s="51"/>
+      <c r="L129" s="51"/>
+      <c r="M129" s="52"/>
       <c r="N129" s="5"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A130" s="4"/>
-      <c r="B130" s="44"/>
-[...10 lines deleted...]
-      <c r="M130" s="43"/>
+      <c r="B130" s="83"/>
+      <c r="C130" s="51"/>
+      <c r="D130" s="51"/>
+      <c r="E130" s="51"/>
+      <c r="F130" s="51"/>
+      <c r="G130" s="51"/>
+      <c r="H130" s="51"/>
+      <c r="I130" s="51"/>
+      <c r="J130" s="51"/>
+      <c r="K130" s="51"/>
+      <c r="L130" s="51"/>
+      <c r="M130" s="52"/>
       <c r="N130" s="5"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A131" s="4"/>
-      <c r="B131" s="44"/>
-[...10 lines deleted...]
-      <c r="M131" s="43"/>
+      <c r="B131" s="83"/>
+      <c r="C131" s="51"/>
+      <c r="D131" s="51"/>
+      <c r="E131" s="51"/>
+      <c r="F131" s="51"/>
+      <c r="G131" s="51"/>
+      <c r="H131" s="51"/>
+      <c r="I131" s="51"/>
+      <c r="J131" s="51"/>
+      <c r="K131" s="51"/>
+      <c r="L131" s="51"/>
+      <c r="M131" s="52"/>
       <c r="N131" s="5"/>
     </row>
     <row r="132" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="4"/>
-      <c r="B132" s="44"/>
-[...10 lines deleted...]
-      <c r="M132" s="43"/>
+      <c r="B132" s="83"/>
+      <c r="C132" s="51"/>
+      <c r="D132" s="51"/>
+      <c r="E132" s="51"/>
+      <c r="F132" s="51"/>
+      <c r="G132" s="51"/>
+      <c r="H132" s="51"/>
+      <c r="I132" s="51"/>
+      <c r="J132" s="51"/>
+      <c r="K132" s="51"/>
+      <c r="L132" s="51"/>
+      <c r="M132" s="52"/>
       <c r="N132" s="5"/>
     </row>
     <row r="133" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A133" s="4"/>
       <c r="B133" s="9"/>
       <c r="E133" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F133" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G133" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H133" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I133" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M133" s="12"/>
       <c r="N133" s="5"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A134" s="4"/>
       <c r="B134" s="9"/>
       <c r="E134" s="13">
         <v>276</v>
       </c>
       <c r="F134" s="18" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G134" s="13">
         <v>30</v>
       </c>
       <c r="H134" s="13">
         <v>2</v>
       </c>
       <c r="I134" s="13">
         <v>10</v>
       </c>
       <c r="M134" s="12"/>
       <c r="N134" s="5"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A135" s="4"/>
       <c r="B135" s="9"/>
       <c r="E135" s="10">
         <v>276</v>
       </c>
       <c r="F135" s="20" t="s">
-        <v>351</v>
+        <v>327</v>
       </c>
       <c r="G135" s="11" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="H135" s="11">
         <v>2</v>
       </c>
       <c r="I135" s="10">
         <v>1</v>
       </c>
       <c r="M135" s="12"/>
       <c r="N135" s="5"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A136" s="4"/>
-      <c r="B136" s="41" t="s">
-[...12 lines deleted...]
-      <c r="M136" s="43"/>
+      <c r="B136" s="50" t="s">
+        <v>619</v>
+      </c>
+      <c r="C136" s="51"/>
+      <c r="D136" s="51"/>
+      <c r="E136" s="51"/>
+      <c r="F136" s="51"/>
+      <c r="G136" s="51"/>
+      <c r="H136" s="51"/>
+      <c r="I136" s="51"/>
+      <c r="J136" s="51"/>
+      <c r="K136" s="51"/>
+      <c r="L136" s="51"/>
+      <c r="M136" s="52"/>
       <c r="N136" s="5"/>
     </row>
     <row r="137" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="4"/>
-      <c r="B137" s="44"/>
-[...10 lines deleted...]
-      <c r="M137" s="43"/>
+      <c r="B137" s="83"/>
+      <c r="C137" s="51"/>
+      <c r="D137" s="51"/>
+      <c r="E137" s="51"/>
+      <c r="F137" s="51"/>
+      <c r="G137" s="51"/>
+      <c r="H137" s="51"/>
+      <c r="I137" s="51"/>
+      <c r="J137" s="51"/>
+      <c r="K137" s="51"/>
+      <c r="L137" s="51"/>
+      <c r="M137" s="52"/>
       <c r="N137" s="5"/>
     </row>
     <row r="138" spans="1:14" ht="48" x14ac:dyDescent="0.2">
       <c r="A138" s="4"/>
       <c r="B138" s="9"/>
       <c r="E138" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F138" s="11" t="s">
         <v>0</v>
       </c>
       <c r="G138" s="11" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="H138" s="11" t="s">
         <v>13</v>
       </c>
       <c r="I138" s="10" t="s">
         <v>11</v>
       </c>
       <c r="M138" s="12"/>
       <c r="N138" s="5"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A139" s="4"/>
       <c r="B139" s="9"/>
       <c r="E139" s="13">
         <v>276</v>
       </c>
       <c r="F139" s="18" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="G139" s="13" t="s">
-        <v>637</v>
+        <v>613</v>
       </c>
       <c r="H139" s="13">
         <v>3</v>
       </c>
       <c r="I139" s="13">
         <v>1</v>
       </c>
       <c r="M139" s="12"/>
       <c r="N139" s="5"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A140" s="4"/>
       <c r="B140" s="9"/>
       <c r="M140" s="12"/>
       <c r="N140" s="5"/>
     </row>
     <row r="141" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A141" s="4"/>
-      <c r="B141" s="45"/>
-[...10 lines deleted...]
-      <c r="M141" s="47"/>
+      <c r="B141" s="71"/>
+      <c r="C141" s="67"/>
+      <c r="D141" s="67"/>
+      <c r="E141" s="67"/>
+      <c r="F141" s="67"/>
+      <c r="G141" s="67"/>
+      <c r="H141" s="67"/>
+      <c r="I141" s="67"/>
+      <c r="J141" s="67"/>
+      <c r="K141" s="67"/>
+      <c r="L141" s="67"/>
+      <c r="M141" s="69"/>
       <c r="N141" s="5"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A142" s="4"/>
-      <c r="B142" s="41"/>
-[...10 lines deleted...]
-      <c r="M142" s="43"/>
+      <c r="B142" s="50"/>
+      <c r="C142" s="51"/>
+      <c r="D142" s="51"/>
+      <c r="E142" s="51"/>
+      <c r="F142" s="51"/>
+      <c r="G142" s="51"/>
+      <c r="H142" s="51"/>
+      <c r="I142" s="51"/>
+      <c r="J142" s="51"/>
+      <c r="K142" s="51"/>
+      <c r="L142" s="51"/>
+      <c r="M142" s="52"/>
       <c r="N142" s="5"/>
     </row>
     <row r="143" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A143" s="4"/>
-      <c r="B143" s="48"/>
-[...10 lines deleted...]
-      <c r="M143" s="50"/>
+      <c r="B143" s="53"/>
+      <c r="C143" s="54"/>
+      <c r="D143" s="54"/>
+      <c r="E143" s="54"/>
+      <c r="F143" s="54"/>
+      <c r="G143" s="54"/>
+      <c r="H143" s="54"/>
+      <c r="I143" s="54"/>
+      <c r="J143" s="54"/>
+      <c r="K143" s="54"/>
+      <c r="L143" s="54"/>
+      <c r="M143" s="55"/>
       <c r="N143" s="5"/>
     </row>
     <row r="144" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A144" s="4"/>
-      <c r="B144" s="48"/>
-[...10 lines deleted...]
-      <c r="M144" s="50"/>
+      <c r="B144" s="53"/>
+      <c r="C144" s="54"/>
+      <c r="D144" s="54"/>
+      <c r="E144" s="54"/>
+      <c r="F144" s="54"/>
+      <c r="G144" s="54"/>
+      <c r="H144" s="54"/>
+      <c r="I144" s="54"/>
+      <c r="J144" s="54"/>
+      <c r="K144" s="54"/>
+      <c r="L144" s="54"/>
+      <c r="M144" s="55"/>
       <c r="N144" s="5"/>
     </row>
     <row r="145" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A145" s="4"/>
-      <c r="B145" s="48"/>
-[...10 lines deleted...]
-      <c r="M145" s="50"/>
+      <c r="B145" s="53"/>
+      <c r="C145" s="54"/>
+      <c r="D145" s="54"/>
+      <c r="E145" s="54"/>
+      <c r="F145" s="54"/>
+      <c r="G145" s="54"/>
+      <c r="H145" s="54"/>
+      <c r="I145" s="54"/>
+      <c r="J145" s="54"/>
+      <c r="K145" s="54"/>
+      <c r="L145" s="54"/>
+      <c r="M145" s="55"/>
       <c r="N145" s="5"/>
     </row>
     <row r="146" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A146" s="4"/>
-      <c r="B146" s="48"/>
-[...10 lines deleted...]
-      <c r="M146" s="50"/>
+      <c r="B146" s="53"/>
+      <c r="C146" s="54"/>
+      <c r="D146" s="54"/>
+      <c r="E146" s="54"/>
+      <c r="F146" s="54"/>
+      <c r="G146" s="54"/>
+      <c r="H146" s="54"/>
+      <c r="I146" s="54"/>
+      <c r="J146" s="54"/>
+      <c r="K146" s="54"/>
+      <c r="L146" s="54"/>
+      <c r="M146" s="55"/>
       <c r="N146" s="5"/>
     </row>
     <row r="147" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A147" s="4"/>
-      <c r="B147" s="48"/>
-[...10 lines deleted...]
-      <c r="M147" s="50"/>
+      <c r="B147" s="53"/>
+      <c r="C147" s="54"/>
+      <c r="D147" s="54"/>
+      <c r="E147" s="54"/>
+      <c r="F147" s="54"/>
+      <c r="G147" s="54"/>
+      <c r="H147" s="54"/>
+      <c r="I147" s="54"/>
+      <c r="J147" s="54"/>
+      <c r="K147" s="54"/>
+      <c r="L147" s="54"/>
+      <c r="M147" s="55"/>
       <c r="N147" s="5"/>
     </row>
     <row r="148" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A148" s="4"/>
-      <c r="B148" s="48"/>
-[...10 lines deleted...]
-      <c r="M148" s="50"/>
+      <c r="B148" s="53"/>
+      <c r="C148" s="54"/>
+      <c r="D148" s="54"/>
+      <c r="E148" s="54"/>
+      <c r="F148" s="54"/>
+      <c r="G148" s="54"/>
+      <c r="H148" s="54"/>
+      <c r="I148" s="54"/>
+      <c r="J148" s="54"/>
+      <c r="K148" s="54"/>
+      <c r="L148" s="54"/>
+      <c r="M148" s="55"/>
       <c r="N148" s="5"/>
     </row>
     <row r="149" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A149" s="4"/>
-      <c r="B149" s="48"/>
-[...10 lines deleted...]
-      <c r="M149" s="50"/>
+      <c r="B149" s="53"/>
+      <c r="C149" s="54"/>
+      <c r="D149" s="54"/>
+      <c r="E149" s="54"/>
+      <c r="F149" s="54"/>
+      <c r="G149" s="54"/>
+      <c r="H149" s="54"/>
+      <c r="I149" s="54"/>
+      <c r="J149" s="54"/>
+      <c r="K149" s="54"/>
+      <c r="L149" s="54"/>
+      <c r="M149" s="55"/>
       <c r="N149" s="5"/>
     </row>
     <row r="150" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A150" s="4"/>
-      <c r="B150" s="48"/>
-[...10 lines deleted...]
-      <c r="M150" s="50"/>
+      <c r="B150" s="53"/>
+      <c r="C150" s="54"/>
+      <c r="D150" s="54"/>
+      <c r="E150" s="54"/>
+      <c r="F150" s="54"/>
+      <c r="G150" s="54"/>
+      <c r="H150" s="54"/>
+      <c r="I150" s="54"/>
+      <c r="J150" s="54"/>
+      <c r="K150" s="54"/>
+      <c r="L150" s="54"/>
+      <c r="M150" s="55"/>
       <c r="N150" s="5"/>
     </row>
     <row r="151" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A151" s="4"/>
-      <c r="B151" s="48"/>
-[...10 lines deleted...]
-      <c r="M151" s="50"/>
+      <c r="B151" s="53"/>
+      <c r="C151" s="54"/>
+      <c r="D151" s="54"/>
+      <c r="E151" s="54"/>
+      <c r="F151" s="54"/>
+      <c r="G151" s="54"/>
+      <c r="H151" s="54"/>
+      <c r="I151" s="54"/>
+      <c r="J151" s="54"/>
+      <c r="K151" s="54"/>
+      <c r="L151" s="54"/>
+      <c r="M151" s="55"/>
       <c r="N151" s="5"/>
     </row>
     <row r="152" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4"/>
-      <c r="B152" s="48"/>
-[...10 lines deleted...]
-      <c r="M152" s="50"/>
+      <c r="B152" s="53"/>
+      <c r="C152" s="54"/>
+      <c r="D152" s="54"/>
+      <c r="E152" s="54"/>
+      <c r="F152" s="54"/>
+      <c r="G152" s="54"/>
+      <c r="H152" s="54"/>
+      <c r="I152" s="54"/>
+      <c r="J152" s="54"/>
+      <c r="K152" s="54"/>
+      <c r="L152" s="54"/>
+      <c r="M152" s="55"/>
       <c r="N152" s="5"/>
     </row>
     <row r="153" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A153" s="4"/>
-      <c r="B153" s="48"/>
-[...10 lines deleted...]
-      <c r="M153" s="50"/>
+      <c r="B153" s="53"/>
+      <c r="C153" s="54"/>
+      <c r="D153" s="54"/>
+      <c r="E153" s="54"/>
+      <c r="F153" s="54"/>
+      <c r="G153" s="54"/>
+      <c r="H153" s="54"/>
+      <c r="I153" s="54"/>
+      <c r="J153" s="54"/>
+      <c r="K153" s="54"/>
+      <c r="L153" s="54"/>
+      <c r="M153" s="55"/>
       <c r="N153" s="5"/>
     </row>
     <row r="154" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A154" s="4"/>
-      <c r="B154" s="48"/>
-[...10 lines deleted...]
-      <c r="M154" s="50"/>
+      <c r="B154" s="53"/>
+      <c r="C154" s="54"/>
+      <c r="D154" s="54"/>
+      <c r="E154" s="54"/>
+      <c r="F154" s="54"/>
+      <c r="G154" s="54"/>
+      <c r="H154" s="54"/>
+      <c r="I154" s="54"/>
+      <c r="J154" s="54"/>
+      <c r="K154" s="54"/>
+      <c r="L154" s="54"/>
+      <c r="M154" s="55"/>
       <c r="N154" s="5"/>
     </row>
     <row r="155" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A155" s="4"/>
-      <c r="B155" s="48"/>
-[...10 lines deleted...]
-      <c r="M155" s="50"/>
+      <c r="B155" s="53"/>
+      <c r="C155" s="54"/>
+      <c r="D155" s="54"/>
+      <c r="E155" s="54"/>
+      <c r="F155" s="54"/>
+      <c r="G155" s="54"/>
+      <c r="H155" s="54"/>
+      <c r="I155" s="54"/>
+      <c r="J155" s="54"/>
+      <c r="K155" s="54"/>
+      <c r="L155" s="54"/>
+      <c r="M155" s="55"/>
       <c r="N155" s="5"/>
     </row>
     <row r="156" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A156" s="4"/>
-      <c r="B156" s="48"/>
-[...10 lines deleted...]
-      <c r="M156" s="50"/>
+      <c r="B156" s="53"/>
+      <c r="C156" s="54"/>
+      <c r="D156" s="54"/>
+      <c r="E156" s="54"/>
+      <c r="F156" s="54"/>
+      <c r="G156" s="54"/>
+      <c r="H156" s="54"/>
+      <c r="I156" s="54"/>
+      <c r="J156" s="54"/>
+      <c r="K156" s="54"/>
+      <c r="L156" s="54"/>
+      <c r="M156" s="55"/>
       <c r="N156" s="5"/>
     </row>
     <row r="157" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A157" s="4"/>
-      <c r="B157" s="48"/>
-[...10 lines deleted...]
-      <c r="M157" s="50"/>
+      <c r="B157" s="53"/>
+      <c r="C157" s="54"/>
+      <c r="D157" s="54"/>
+      <c r="E157" s="54"/>
+      <c r="F157" s="54"/>
+      <c r="G157" s="54"/>
+      <c r="H157" s="54"/>
+      <c r="I157" s="54"/>
+      <c r="J157" s="54"/>
+      <c r="K157" s="54"/>
+      <c r="L157" s="54"/>
+      <c r="M157" s="55"/>
       <c r="N157" s="5"/>
     </row>
     <row r="158" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A158" s="4"/>
-      <c r="B158" s="48"/>
-[...10 lines deleted...]
-      <c r="M158" s="50"/>
+      <c r="B158" s="53"/>
+      <c r="C158" s="54"/>
+      <c r="D158" s="54"/>
+      <c r="E158" s="54"/>
+      <c r="F158" s="54"/>
+      <c r="G158" s="54"/>
+      <c r="H158" s="54"/>
+      <c r="I158" s="54"/>
+      <c r="J158" s="54"/>
+      <c r="K158" s="54"/>
+      <c r="L158" s="54"/>
+      <c r="M158" s="55"/>
       <c r="N158" s="5"/>
     </row>
     <row r="159" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A159" s="4"/>
-      <c r="B159" s="48"/>
-[...10 lines deleted...]
-      <c r="M159" s="50"/>
+      <c r="B159" s="53"/>
+      <c r="C159" s="54"/>
+      <c r="D159" s="54"/>
+      <c r="E159" s="54"/>
+      <c r="F159" s="54"/>
+      <c r="G159" s="54"/>
+      <c r="H159" s="54"/>
+      <c r="I159" s="54"/>
+      <c r="J159" s="54"/>
+      <c r="K159" s="54"/>
+      <c r="L159" s="54"/>
+      <c r="M159" s="55"/>
       <c r="N159" s="5"/>
     </row>
     <row r="160" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A160" s="4"/>
-      <c r="B160" s="48"/>
-[...10 lines deleted...]
-      <c r="M160" s="50"/>
+      <c r="B160" s="53"/>
+      <c r="C160" s="54"/>
+      <c r="D160" s="54"/>
+      <c r="E160" s="54"/>
+      <c r="F160" s="54"/>
+      <c r="G160" s="54"/>
+      <c r="H160" s="54"/>
+      <c r="I160" s="54"/>
+      <c r="J160" s="54"/>
+      <c r="K160" s="54"/>
+      <c r="L160" s="54"/>
+      <c r="M160" s="55"/>
       <c r="N160" s="5"/>
     </row>
     <row r="161" spans="1:14" hidden="1" x14ac:dyDescent="0.2">
       <c r="A161" s="4"/>
-      <c r="B161" s="51"/>
-[...10 lines deleted...]
-      <c r="M161" s="53"/>
+      <c r="B161" s="84"/>
+      <c r="C161" s="85"/>
+      <c r="D161" s="85"/>
+      <c r="E161" s="85"/>
+      <c r="F161" s="85"/>
+      <c r="G161" s="85"/>
+      <c r="H161" s="85"/>
+      <c r="I161" s="85"/>
+      <c r="J161" s="85"/>
+      <c r="K161" s="85"/>
+      <c r="L161" s="85"/>
+      <c r="M161" s="86"/>
       <c r="N161" s="5"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B162" s="17"/>
       <c r="C162" s="17"/>
       <c r="D162" s="17"/>
       <c r="E162" s="17"/>
       <c r="F162" s="17"/>
       <c r="G162" s="17"/>
       <c r="H162" s="17"/>
       <c r="I162" s="17"/>
       <c r="J162" s="17"/>
       <c r="K162" s="17"/>
       <c r="L162" s="17"/>
       <c r="M162" s="17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="16">
+    <mergeCell ref="B120:M123"/>
+    <mergeCell ref="B128:M132"/>
+    <mergeCell ref="B136:M137"/>
+    <mergeCell ref="B141:M141"/>
+    <mergeCell ref="B142:M161"/>
+    <mergeCell ref="B70:M71"/>
+    <mergeCell ref="B73:M74"/>
+    <mergeCell ref="B75:M103"/>
+    <mergeCell ref="B105:M111"/>
+    <mergeCell ref="B114:M116"/>
     <mergeCell ref="B1:M35"/>
     <mergeCell ref="B66:M67"/>
     <mergeCell ref="B37:M44"/>
     <mergeCell ref="B47:M48"/>
     <mergeCell ref="B52:M54"/>
     <mergeCell ref="B58:M62"/>
-    <mergeCell ref="B70:M71"/>
-[...8 lines deleted...]
-    <mergeCell ref="B142:M161"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:K256"/>
   <sheetViews>
-    <sheetView topLeftCell="A215" workbookViewId="0">
-      <selection activeCell="K1" sqref="K1:K1048576"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="6" max="6" width="9.140625" style="1"/>
     <col min="9" max="9" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>14</v>
       </c>
       <c r="C1" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="E1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="2"/>
       <c r="I1" s="1" t="s">
         <v>271</v>
       </c>
       <c r="K1" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="2"/>
       <c r="I2" s="1" t="s">
         <v>272</v>
       </c>
       <c r="K2" t="s">
-        <v>384</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2"/>
       <c r="I3" s="1" t="s">
         <v>273</v>
       </c>
       <c r="K3" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2"/>
       <c r="I4" s="1" t="s">
         <v>274</v>
       </c>
       <c r="K4" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" s="2"/>
       <c r="I5" s="1" t="s">
         <v>275</v>
       </c>
       <c r="K5" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="2"/>
       <c r="I6" s="1" t="s">
         <v>276</v>
       </c>
       <c r="K6" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="2"/>
       <c r="I7" s="1" t="s">
         <v>277</v>
       </c>
       <c r="K7" t="s">
-        <v>389</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2"/>
       <c r="I8" s="1" t="s">
         <v>278</v>
       </c>
       <c r="K8" t="s">
-        <v>390</v>
+        <v>366</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="2"/>
       <c r="I9" s="1" t="s">
         <v>279</v>
       </c>
       <c r="K9" t="s">
-        <v>391</v>
+        <v>367</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="2"/>
       <c r="I10" s="1" t="s">
         <v>280</v>
       </c>
       <c r="K10" t="s">
-        <v>392</v>
+        <v>368</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="2"/>
       <c r="I11" s="1" t="s">
         <v>281</v>
       </c>
       <c r="K11" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="2"/>
       <c r="I12" s="1" t="s">
         <v>282</v>
       </c>
       <c r="K12" t="s">
-        <v>394</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="2"/>
       <c r="I13" s="1" t="s">
         <v>283</v>
       </c>
       <c r="K13" t="s">
-        <v>395</v>
+        <v>371</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="2"/>
       <c r="I14" s="1" t="s">
         <v>284</v>
       </c>
       <c r="K14" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="2"/>
       <c r="I15" s="1" t="s">
         <v>285</v>
       </c>
       <c r="K15" t="s">
-        <v>397</v>
+        <v>373</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="2"/>
       <c r="I16" s="1" t="s">
         <v>286</v>
       </c>
       <c r="K16" t="s">
-        <v>398</v>
+        <v>374</v>
       </c>
     </row>
     <row r="17" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="2"/>
       <c r="I17" s="1" t="s">
         <v>287</v>
       </c>
       <c r="K17" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="2"/>
       <c r="I18" s="1" t="s">
         <v>288</v>
       </c>
       <c r="K18" t="s">
-        <v>400</v>
+        <v>376</v>
       </c>
     </row>
     <row r="19" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="2"/>
       <c r="I19" s="1" t="s">
         <v>289</v>
       </c>
       <c r="K19" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
     </row>
     <row r="20" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E20" t="s">
         <v>40</v>
       </c>
       <c r="F20" s="2"/>
       <c r="I20" s="1" t="s">
         <v>290</v>
       </c>
       <c r="K20" t="s">
-        <v>402</v>
+        <v>378</v>
       </c>
     </row>
     <row r="21" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E21" t="s">
         <v>41</v>
       </c>
       <c r="F21" s="2"/>
       <c r="I21" s="1" t="s">
         <v>291</v>
       </c>
       <c r="K21" t="s">
-        <v>403</v>
+        <v>379</v>
       </c>
     </row>
     <row r="22" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" s="2"/>
       <c r="I22" s="1" t="s">
         <v>292</v>
       </c>
       <c r="K22" t="s">
-        <v>404</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E23" t="s">
         <v>43</v>
       </c>
       <c r="F23" s="2"/>
       <c r="I23" s="1" t="s">
         <v>293</v>
       </c>
       <c r="K23" t="s">
-        <v>405</v>
+        <v>381</v>
       </c>
     </row>
     <row r="24" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E24" t="s">
         <v>44</v>
       </c>
       <c r="F24" s="2"/>
       <c r="I24" s="1" t="s">
         <v>294</v>
       </c>
       <c r="K24" t="s">
-        <v>406</v>
+        <v>382</v>
       </c>
     </row>
     <row r="25" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="2"/>
       <c r="I25" s="1" t="s">
         <v>295</v>
       </c>
       <c r="K25" t="s">
-        <v>407</v>
+        <v>383</v>
       </c>
     </row>
     <row r="26" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" s="2"/>
       <c r="I26" s="1" t="s">
         <v>296</v>
       </c>
       <c r="K26" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
     </row>
     <row r="27" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" s="2"/>
       <c r="I27" s="1" t="s">
         <v>297</v>
       </c>
       <c r="K27" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
     </row>
     <row r="28" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="2"/>
       <c r="I28" s="1" t="s">
         <v>298</v>
       </c>
       <c r="K28" t="s">
-        <v>410</v>
+        <v>386</v>
       </c>
     </row>
     <row r="29" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E29" t="s">
         <v>49</v>
       </c>
       <c r="F29" s="2"/>
       <c r="I29" s="1" t="s">
         <v>299</v>
       </c>
       <c r="K29" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
     </row>
     <row r="30" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30" s="2"/>
       <c r="I30" s="1" t="s">
         <v>300</v>
       </c>
       <c r="K30" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
     </row>
     <row r="31" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31" s="2"/>
       <c r="I31" s="1" t="s">
         <v>301</v>
       </c>
       <c r="K31" t="s">
-        <v>413</v>
+        <v>389</v>
       </c>
     </row>
     <row r="32" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32" s="2"/>
       <c r="I32" s="1" t="s">
         <v>302</v>
       </c>
       <c r="K32" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E33" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="2"/>
       <c r="I33" s="1" t="s">
         <v>303</v>
       </c>
       <c r="K33" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
     </row>
     <row r="34" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34" s="2"/>
       <c r="I34" s="1" t="s">
         <v>304</v>
       </c>
       <c r="K34" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
     </row>
     <row r="35" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E35" t="s">
         <v>55</v>
       </c>
       <c r="F35" s="2"/>
       <c r="I35" s="1" t="s">
         <v>305</v>
       </c>
       <c r="K35" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
     </row>
     <row r="36" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E36" t="s">
         <v>56</v>
       </c>
       <c r="F36" s="2"/>
       <c r="I36" s="1" t="s">
         <v>306</v>
       </c>
       <c r="K36" t="s">
-        <v>418</v>
+        <v>394</v>
       </c>
     </row>
     <row r="37" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E37" t="s">
         <v>57</v>
       </c>
       <c r="F37" s="2"/>
       <c r="I37" s="1" t="s">
         <v>307</v>
       </c>
       <c r="K37" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E38" t="s">
         <v>58</v>
       </c>
       <c r="F38" s="2"/>
       <c r="I38" s="1" t="s">
         <v>308</v>
       </c>
       <c r="K38" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
     </row>
     <row r="39" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E39" t="s">
         <v>59</v>
       </c>
       <c r="F39" s="2"/>
       <c r="I39" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K39" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
     </row>
     <row r="40" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E40" t="s">
         <v>60</v>
       </c>
       <c r="F40" s="2"/>
       <c r="I40" s="1" t="s">
         <v>310</v>
       </c>
       <c r="K40" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
     </row>
     <row r="41" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E41" t="s">
         <v>61</v>
       </c>
       <c r="F41" s="2"/>
       <c r="I41" s="1" t="s">
         <v>311</v>
       </c>
       <c r="K41" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
     </row>
     <row r="42" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" s="2"/>
       <c r="I42" s="1" t="s">
         <v>312</v>
       </c>
       <c r="K42" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E43" t="s">
         <v>63</v>
       </c>
       <c r="F43" s="2"/>
       <c r="I43" s="1" t="s">
         <v>313</v>
       </c>
       <c r="K43" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
     </row>
     <row r="44" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E44" t="s">
         <v>64</v>
       </c>
       <c r="F44" s="2"/>
       <c r="I44" s="1" t="s">
         <v>314</v>
       </c>
       <c r="K44" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
     </row>
     <row r="45" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E45" t="s">
         <v>65</v>
       </c>
       <c r="F45" s="2"/>
       <c r="I45" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K45" t="s">
-        <v>427</v>
+        <v>403</v>
       </c>
     </row>
     <row r="46" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E46" t="s">
         <v>66</v>
       </c>
       <c r="F46" s="2"/>
       <c r="I46" s="1" t="s">
         <v>316</v>
       </c>
       <c r="K46" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
     </row>
     <row r="47" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E47" t="s">
         <v>67</v>
       </c>
       <c r="F47" s="2"/>
       <c r="I47" s="1" t="s">
         <v>317</v>
       </c>
       <c r="K47" t="s">
-        <v>429</v>
+        <v>405</v>
       </c>
     </row>
     <row r="48" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E48" t="s">
         <v>68</v>
       </c>
       <c r="F48" s="2"/>
       <c r="I48" s="1" t="s">
         <v>318</v>
       </c>
       <c r="K48" t="s">
-        <v>430</v>
+        <v>406</v>
       </c>
     </row>
     <row r="49" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E49" t="s">
         <v>69</v>
       </c>
       <c r="F49" s="2"/>
       <c r="I49" s="1" t="s">
         <v>319</v>
       </c>
       <c r="K49" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
     </row>
     <row r="50" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E50" t="s">
         <v>70</v>
       </c>
       <c r="F50" s="2"/>
       <c r="I50" s="1" t="s">
         <v>320</v>
       </c>
       <c r="K50" t="s">
-        <v>432</v>
+        <v>408</v>
       </c>
     </row>
     <row r="51" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E51" t="s">
         <v>71</v>
       </c>
       <c r="F51" s="2"/>
       <c r="I51" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K51" t="s">
-        <v>433</v>
+        <v>409</v>
       </c>
     </row>
     <row r="52" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E52" t="s">
         <v>72</v>
       </c>
       <c r="F52" s="2"/>
       <c r="I52" s="1" t="s">
         <v>322</v>
       </c>
       <c r="K52" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
     </row>
     <row r="53" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E53" t="s">
         <v>73</v>
       </c>
       <c r="F53" s="2"/>
       <c r="I53" s="1" t="s">
         <v>323</v>
       </c>
       <c r="K53" t="s">
-        <v>435</v>
+        <v>411</v>
       </c>
     </row>
     <row r="54" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E54" t="s">
         <v>74</v>
       </c>
       <c r="F54" s="2"/>
       <c r="I54" s="1" t="s">
         <v>324</v>
       </c>
       <c r="K54" t="s">
-        <v>436</v>
+        <v>412</v>
       </c>
     </row>
     <row r="55" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E55" t="s">
         <v>75</v>
       </c>
       <c r="F55" s="2"/>
       <c r="I55" s="1" t="s">
         <v>325</v>
       </c>
       <c r="K55" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
     </row>
     <row r="56" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E56" t="s">
         <v>76</v>
       </c>
       <c r="F56" s="2"/>
       <c r="I56" s="1" t="s">
         <v>326</v>
       </c>
       <c r="K56" t="s">
-        <v>438</v>
+        <v>414</v>
       </c>
     </row>
     <row r="57" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E57" t="s">
         <v>77</v>
       </c>
       <c r="F57" s="2"/>
       <c r="I57" s="1" t="s">
         <v>327</v>
       </c>
       <c r="K57" t="s">
-        <v>439</v>
+        <v>415</v>
       </c>
     </row>
     <row r="58" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E58" t="s">
         <v>78</v>
       </c>
       <c r="F58" s="2"/>
       <c r="I58" s="1" t="s">
         <v>328</v>
       </c>
       <c r="K58" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
     </row>
     <row r="59" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E59" t="s">
         <v>79</v>
       </c>
       <c r="F59" s="2"/>
       <c r="I59" s="1" t="s">
         <v>329</v>
       </c>
       <c r="K59" t="s">
-        <v>441</v>
+        <v>417</v>
       </c>
     </row>
     <row r="60" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E60" t="s">
         <v>80</v>
       </c>
       <c r="F60" s="2"/>
       <c r="I60" s="1" t="s">
         <v>330</v>
       </c>
       <c r="K60" t="s">
-        <v>442</v>
+        <v>418</v>
       </c>
     </row>
     <row r="61" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E61" t="s">
         <v>81</v>
       </c>
       <c r="F61" s="2"/>
       <c r="I61" s="1" t="s">
         <v>331</v>
       </c>
       <c r="K61" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
     </row>
     <row r="62" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E62" t="s">
         <v>82</v>
       </c>
       <c r="F62" s="2"/>
       <c r="I62" s="1" t="s">
         <v>332</v>
       </c>
       <c r="K62" t="s">
-        <v>444</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E63" t="s">
         <v>83</v>
       </c>
       <c r="F63" s="2"/>
       <c r="I63" s="1" t="s">
         <v>333</v>
       </c>
       <c r="K63" t="s">
-        <v>445</v>
+        <v>421</v>
       </c>
     </row>
     <row r="64" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E64" t="s">
         <v>84</v>
       </c>
       <c r="F64" s="2"/>
       <c r="I64" s="1" t="s">
         <v>334</v>
       </c>
       <c r="K64" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
     </row>
     <row r="65" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E65" t="s">
         <v>85</v>
       </c>
       <c r="F65" s="2"/>
       <c r="I65" s="1" t="s">
         <v>335</v>
       </c>
       <c r="K65" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
     </row>
     <row r="66" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E66" t="s">
         <v>86</v>
       </c>
       <c r="F66" s="2"/>
       <c r="I66" s="1" t="s">
         <v>336</v>
       </c>
       <c r="K66" t="s">
-        <v>448</v>
+        <v>424</v>
       </c>
     </row>
     <row r="67" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E67" t="s">
         <v>87</v>
       </c>
       <c r="F67" s="2"/>
       <c r="I67" s="1" t="s">
         <v>337</v>
       </c>
       <c r="K67" t="s">
-        <v>449</v>
+        <v>425</v>
       </c>
     </row>
     <row r="68" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E68" t="s">
         <v>88</v>
       </c>
       <c r="F68" s="2"/>
       <c r="I68" s="1" t="s">
         <v>338</v>
       </c>
       <c r="K68" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
     </row>
     <row r="69" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E69" t="s">
         <v>89</v>
       </c>
       <c r="F69" s="2"/>
       <c r="I69" s="1" t="s">
         <v>339</v>
       </c>
       <c r="K69" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
     </row>
     <row r="70" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E70" t="s">
         <v>90</v>
       </c>
       <c r="F70" s="2"/>
       <c r="I70" s="1" t="s">
         <v>340</v>
       </c>
       <c r="K70" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
     </row>
     <row r="71" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E71" t="s">
         <v>91</v>
       </c>
       <c r="F71" s="2"/>
       <c r="I71" s="1" t="s">
         <v>341</v>
       </c>
       <c r="K71" t="s">
-        <v>453</v>
+        <v>429</v>
       </c>
     </row>
     <row r="72" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E72" t="s">
         <v>92</v>
       </c>
       <c r="F72" s="2"/>
       <c r="I72" s="1" t="s">
         <v>342</v>
       </c>
       <c r="K72" t="s">
-        <v>454</v>
+        <v>430</v>
       </c>
     </row>
     <row r="73" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E73" t="s">
         <v>93</v>
       </c>
       <c r="F73" s="2"/>
       <c r="I73" s="1" t="s">
         <v>343</v>
       </c>
       <c r="K73" t="s">
-        <v>455</v>
+        <v>431</v>
       </c>
     </row>
     <row r="74" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E74" t="s">
         <v>94</v>
       </c>
       <c r="F74" s="2"/>
       <c r="I74" s="1" t="s">
         <v>344</v>
       </c>
       <c r="K74" t="s">
-        <v>456</v>
+        <v>432</v>
       </c>
     </row>
     <row r="75" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E75" t="s">
         <v>95</v>
       </c>
       <c r="F75" s="2"/>
       <c r="I75" s="1" t="s">
         <v>345</v>
       </c>
       <c r="K75" t="s">
-        <v>457</v>
+        <v>433</v>
       </c>
     </row>
     <row r="76" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E76" t="s">
         <v>96</v>
       </c>
       <c r="F76" s="2"/>
       <c r="I76" s="1" t="s">
         <v>346</v>
       </c>
       <c r="K76" t="s">
-        <v>458</v>
+        <v>434</v>
       </c>
     </row>
     <row r="77" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E77" t="s">
         <v>97</v>
       </c>
       <c r="F77" s="2"/>
       <c r="I77" s="1" t="s">
         <v>347</v>
       </c>
       <c r="K77" t="s">
-        <v>459</v>
+        <v>435</v>
       </c>
     </row>
     <row r="78" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E78" t="s">
         <v>98</v>
       </c>
       <c r="F78" s="2"/>
       <c r="I78" s="1" t="s">
         <v>348</v>
       </c>
       <c r="K78" t="s">
-        <v>460</v>
+        <v>436</v>
       </c>
     </row>
     <row r="79" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E79" t="s">
         <v>99</v>
       </c>
       <c r="F79" s="2"/>
       <c r="I79" s="1" t="s">
         <v>349</v>
       </c>
       <c r="K79" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
     </row>
     <row r="80" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E80" t="s">
         <v>100</v>
       </c>
       <c r="F80" s="2"/>
       <c r="I80" s="1" t="s">
         <v>350</v>
       </c>
       <c r="K80" t="s">
-        <v>462</v>
+        <v>438</v>
       </c>
     </row>
     <row r="81" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E81" t="s">
         <v>101</v>
       </c>
       <c r="F81" s="2"/>
       <c r="I81" s="1" t="s">
         <v>351</v>
       </c>
       <c r="K81" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
     </row>
     <row r="82" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E82" t="s">
         <v>102</v>
       </c>
       <c r="F82" s="2"/>
       <c r="I82" s="1" t="s">
         <v>352</v>
       </c>
       <c r="K82" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
     </row>
     <row r="83" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E83" t="s">
         <v>103</v>
       </c>
       <c r="F83" s="2"/>
       <c r="I83" s="1" t="s">
         <v>353</v>
       </c>
       <c r="K83" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
     </row>
     <row r="84" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E84" t="s">
         <v>104</v>
       </c>
       <c r="F84" s="2"/>
       <c r="I84" s="1" t="s">
         <v>354</v>
       </c>
       <c r="K84" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
     </row>
     <row r="85" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E85" t="s">
         <v>105</v>
       </c>
       <c r="F85" s="2"/>
       <c r="I85" s="1" t="s">
-        <v>355</v>
+        <v>633</v>
       </c>
       <c r="K85" t="s">
-        <v>467</v>
+        <v>443</v>
       </c>
     </row>
     <row r="86" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E86" t="s">
         <v>106</v>
       </c>
       <c r="F86" s="2"/>
       <c r="I86" s="1" t="s">
-        <v>356</v>
+        <v>635</v>
       </c>
       <c r="K86" t="s">
-        <v>468</v>
+        <v>444</v>
       </c>
     </row>
     <row r="87" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E87" t="s">
         <v>107</v>
       </c>
       <c r="F87" s="2"/>
       <c r="I87" s="1" t="s">
-        <v>357</v>
+        <v>636</v>
       </c>
       <c r="K87" t="s">
-        <v>469</v>
+        <v>445</v>
       </c>
     </row>
     <row r="88" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E88" t="s">
         <v>108</v>
       </c>
       <c r="F88" s="2"/>
       <c r="I88" s="1" t="s">
-        <v>358</v>
+        <v>637</v>
       </c>
       <c r="K88" t="s">
-        <v>470</v>
+        <v>446</v>
       </c>
     </row>
     <row r="89" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E89" t="s">
         <v>109</v>
       </c>
       <c r="F89" s="2"/>
       <c r="I89" s="1" t="s">
-        <v>359</v>
+        <v>638</v>
       </c>
       <c r="K89" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
     </row>
     <row r="90" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E90" t="s">
         <v>110</v>
       </c>
       <c r="F90" s="2"/>
       <c r="I90" s="1" t="s">
-        <v>360</v>
+        <v>639</v>
       </c>
       <c r="K90" t="s">
-        <v>472</v>
+        <v>448</v>
       </c>
     </row>
     <row r="91" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E91" t="s">
         <v>111</v>
       </c>
       <c r="F91" s="2"/>
       <c r="I91" s="1" t="s">
-        <v>361</v>
+        <v>640</v>
       </c>
       <c r="K91" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
     </row>
     <row r="92" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E92" t="s">
         <v>112</v>
       </c>
       <c r="F92" s="2"/>
       <c r="I92" s="1" t="s">
-        <v>362</v>
+        <v>641</v>
       </c>
       <c r="K92" t="s">
-        <v>474</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E93" t="s">
         <v>113</v>
       </c>
       <c r="F93" s="2"/>
       <c r="I93" s="1" t="s">
-        <v>363</v>
+        <v>642</v>
       </c>
       <c r="K93" t="s">
-        <v>475</v>
+        <v>451</v>
       </c>
     </row>
     <row r="94" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E94" t="s">
         <v>114</v>
       </c>
       <c r="F94" s="2"/>
       <c r="I94" s="1" t="s">
-        <v>364</v>
+        <v>643</v>
       </c>
       <c r="K94" t="s">
-        <v>476</v>
+        <v>452</v>
       </c>
     </row>
     <row r="95" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E95" t="s">
         <v>115</v>
       </c>
       <c r="F95" s="2"/>
       <c r="I95" s="1" t="s">
-        <v>365</v>
+        <v>644</v>
       </c>
       <c r="K95" t="s">
-        <v>477</v>
+        <v>453</v>
       </c>
     </row>
     <row r="96" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E96" t="s">
         <v>116</v>
       </c>
       <c r="F96" s="2"/>
       <c r="I96" s="1" t="s">
-        <v>366</v>
+        <v>631</v>
       </c>
       <c r="K96" t="s">
-        <v>478</v>
+        <v>454</v>
       </c>
     </row>
     <row r="97" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E97" t="s">
         <v>117</v>
       </c>
       <c r="F97" s="2"/>
       <c r="I97" s="1" t="s">
-        <v>367</v>
+        <v>634</v>
       </c>
       <c r="K97" t="s">
-        <v>479</v>
+        <v>455</v>
       </c>
     </row>
     <row r="98" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E98" t="s">
         <v>118</v>
       </c>
       <c r="F98" s="2"/>
       <c r="I98" s="1" t="s">
-        <v>368</v>
+        <v>645</v>
       </c>
       <c r="K98" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
     </row>
     <row r="99" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E99" t="s">
         <v>119</v>
       </c>
       <c r="F99" s="2"/>
       <c r="I99" s="1" t="s">
-        <v>369</v>
+        <v>646</v>
       </c>
       <c r="K99" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
     </row>
     <row r="100" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E100" t="s">
         <v>120</v>
       </c>
       <c r="F100" s="2"/>
       <c r="I100" s="1" t="s">
-        <v>370</v>
+        <v>647</v>
       </c>
       <c r="K100" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
     </row>
     <row r="101" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E101" t="s">
         <v>121</v>
       </c>
       <c r="F101" s="2"/>
       <c r="I101" s="1" t="s">
-        <v>371</v>
+        <v>648</v>
       </c>
       <c r="K101" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
     </row>
     <row r="102" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E102" t="s">
         <v>122</v>
       </c>
       <c r="F102" s="2"/>
       <c r="I102" s="1" t="s">
-        <v>372</v>
+        <v>649</v>
       </c>
       <c r="K102" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
     </row>
     <row r="103" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E103" t="s">
         <v>123</v>
       </c>
       <c r="F103" s="2"/>
       <c r="I103" s="1" t="s">
-        <v>373</v>
+        <v>650</v>
       </c>
       <c r="K103" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
     </row>
     <row r="104" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E104" t="s">
         <v>124</v>
       </c>
       <c r="F104" s="2"/>
       <c r="I104" s="1" t="s">
-        <v>374</v>
+        <v>651</v>
       </c>
       <c r="K104" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
     </row>
     <row r="105" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E105" t="s">
         <v>125</v>
       </c>
       <c r="F105" s="2"/>
       <c r="I105" s="1" t="s">
-        <v>375</v>
+        <v>652</v>
       </c>
       <c r="K105" t="s">
-        <v>487</v>
+        <v>463</v>
       </c>
     </row>
     <row r="106" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E106" t="s">
         <v>126</v>
       </c>
       <c r="F106" s="2"/>
       <c r="I106" s="1" t="s">
-        <v>376</v>
+        <v>653</v>
       </c>
       <c r="K106" t="s">
-        <v>488</v>
+        <v>464</v>
       </c>
     </row>
     <row r="107" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E107" t="s">
         <v>127</v>
       </c>
       <c r="F107" s="2"/>
       <c r="I107" s="1" t="s">
-        <v>377</v>
+        <v>654</v>
       </c>
       <c r="K107" t="s">
-        <v>489</v>
+        <v>465</v>
       </c>
     </row>
     <row r="108" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E108" t="s">
         <v>128</v>
       </c>
       <c r="F108" s="2"/>
       <c r="I108" s="1" t="s">
-        <v>378</v>
+        <v>632</v>
       </c>
       <c r="K108" t="s">
-        <v>490</v>
+        <v>466</v>
       </c>
     </row>
     <row r="109" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E109" t="s">
         <v>129</v>
       </c>
       <c r="F109" s="2"/>
       <c r="K109" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
     </row>
     <row r="110" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E110" t="s">
         <v>130</v>
       </c>
       <c r="F110" s="2"/>
       <c r="K110" t="s">
-        <v>492</v>
+        <v>468</v>
       </c>
     </row>
     <row r="111" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E111" t="s">
         <v>131</v>
       </c>
       <c r="F111" s="2"/>
       <c r="K111" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
     </row>
     <row r="112" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E112" t="s">
         <v>132</v>
       </c>
       <c r="F112" s="2"/>
       <c r="K112" t="s">
-        <v>494</v>
+        <v>470</v>
       </c>
     </row>
     <row r="113" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E113" t="s">
         <v>133</v>
       </c>
       <c r="F113" s="2"/>
       <c r="K113" t="s">
-        <v>495</v>
+        <v>471</v>
       </c>
     </row>
     <row r="114" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E114" t="s">
         <v>134</v>
       </c>
       <c r="F114" s="2"/>
       <c r="K114" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
     </row>
     <row r="115" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E115" t="s">
         <v>135</v>
       </c>
       <c r="F115" s="2"/>
       <c r="K115" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
     </row>
     <row r="116" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E116" t="s">
         <v>136</v>
       </c>
       <c r="F116" s="2"/>
       <c r="K116" t="s">
-        <v>498</v>
+        <v>474</v>
       </c>
     </row>
     <row r="117" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E117" t="s">
         <v>137</v>
       </c>
       <c r="F117" s="2"/>
       <c r="K117" t="s">
-        <v>499</v>
+        <v>475</v>
       </c>
     </row>
     <row r="118" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E118" t="s">
         <v>138</v>
       </c>
       <c r="F118" s="2"/>
       <c r="K118" t="s">
-        <v>500</v>
+        <v>476</v>
       </c>
     </row>
     <row r="119" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E119" t="s">
         <v>139</v>
       </c>
       <c r="F119" s="2"/>
       <c r="K119" t="s">
-        <v>501</v>
+        <v>477</v>
       </c>
     </row>
     <row r="120" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E120" t="s">
         <v>140</v>
       </c>
       <c r="F120" s="2"/>
       <c r="K120" t="s">
-        <v>502</v>
+        <v>478</v>
       </c>
     </row>
     <row r="121" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E121" t="s">
         <v>141</v>
       </c>
       <c r="F121" s="2"/>
       <c r="K121" t="s">
-        <v>503</v>
+        <v>479</v>
       </c>
     </row>
     <row r="122" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E122" t="s">
         <v>142</v>
       </c>
       <c r="F122" s="2"/>
       <c r="K122" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E123" t="s">
         <v>143</v>
       </c>
       <c r="F123" s="2"/>
       <c r="K123" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
     </row>
     <row r="124" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E124" t="s">
         <v>144</v>
       </c>
       <c r="F124" s="2"/>
       <c r="K124" t="s">
-        <v>506</v>
+        <v>482</v>
       </c>
     </row>
     <row r="125" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E125" t="s">
         <v>145</v>
       </c>
       <c r="F125" s="2"/>
       <c r="K125" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
     </row>
     <row r="126" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E126" t="s">
         <v>146</v>
       </c>
       <c r="F126" s="2"/>
       <c r="K126" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
     </row>
     <row r="127" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E127" t="s">
         <v>147</v>
       </c>
       <c r="F127" s="2"/>
       <c r="K127" t="s">
-        <v>509</v>
+        <v>485</v>
       </c>
     </row>
     <row r="128" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E128" t="s">
         <v>148</v>
       </c>
       <c r="F128" s="2"/>
       <c r="K128" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
     </row>
     <row r="129" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E129" t="s">
         <v>149</v>
       </c>
       <c r="F129" s="2"/>
       <c r="K129" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
     </row>
     <row r="130" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E130" t="s">
         <v>150</v>
       </c>
       <c r="F130" s="2"/>
       <c r="K130" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
     </row>
     <row r="131" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E131" t="s">
         <v>151</v>
       </c>
       <c r="F131" s="2"/>
       <c r="K131" t="s">
-        <v>513</v>
+        <v>489</v>
       </c>
     </row>
     <row r="132" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E132" t="s">
         <v>152</v>
       </c>
       <c r="F132" s="2"/>
       <c r="K132" t="s">
-        <v>514</v>
+        <v>490</v>
       </c>
     </row>
     <row r="133" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E133" t="s">
         <v>153</v>
       </c>
       <c r="F133" s="2"/>
       <c r="K133" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
     </row>
     <row r="134" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E134" t="s">
         <v>154</v>
       </c>
       <c r="F134" s="2"/>
       <c r="K134" t="s">
-        <v>516</v>
+        <v>492</v>
       </c>
     </row>
     <row r="135" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E135" t="s">
         <v>155</v>
       </c>
       <c r="F135" s="2"/>
       <c r="K135" t="s">
-        <v>517</v>
+        <v>493</v>
       </c>
     </row>
     <row r="136" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E136" t="s">
         <v>156</v>
       </c>
       <c r="F136" s="2"/>
       <c r="K136" t="s">
-        <v>518</v>
+        <v>494</v>
       </c>
     </row>
     <row r="137" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E137" t="s">
         <v>157</v>
       </c>
       <c r="F137" s="2"/>
       <c r="K137" t="s">
-        <v>519</v>
+        <v>495</v>
       </c>
     </row>
     <row r="138" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E138" t="s">
         <v>158</v>
       </c>
       <c r="F138" s="2"/>
       <c r="K138" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
     </row>
     <row r="139" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E139" t="s">
         <v>159</v>
       </c>
       <c r="F139" s="2"/>
       <c r="K139" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
     </row>
     <row r="140" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E140" t="s">
         <v>160</v>
       </c>
       <c r="F140" s="2"/>
       <c r="K140" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
     </row>
     <row r="141" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E141" t="s">
         <v>161</v>
       </c>
       <c r="F141" s="2"/>
       <c r="K141" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
     </row>
     <row r="142" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E142" t="s">
         <v>162</v>
       </c>
       <c r="F142" s="2"/>
       <c r="K142" t="s">
-        <v>524</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E143" t="s">
         <v>163</v>
       </c>
       <c r="F143" s="2"/>
       <c r="K143" t="s">
-        <v>525</v>
+        <v>501</v>
       </c>
     </row>
     <row r="144" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E144" t="s">
         <v>164</v>
       </c>
       <c r="F144" s="2"/>
       <c r="K144" t="s">
-        <v>526</v>
+        <v>502</v>
       </c>
     </row>
     <row r="145" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E145" t="s">
         <v>165</v>
       </c>
       <c r="F145" s="2"/>
       <c r="K145" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
     </row>
     <row r="146" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E146" t="s">
         <v>166</v>
       </c>
       <c r="F146" s="2"/>
       <c r="K146" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
     </row>
     <row r="147" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E147" t="s">
         <v>167</v>
       </c>
       <c r="F147" s="2"/>
       <c r="K147" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
     </row>
     <row r="148" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E148" t="s">
         <v>168</v>
       </c>
       <c r="F148" s="2"/>
       <c r="K148" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
     </row>
     <row r="149" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E149" t="s">
         <v>169</v>
       </c>
       <c r="F149" s="2"/>
       <c r="K149" t="s">
-        <v>531</v>
+        <v>507</v>
       </c>
     </row>
     <row r="150" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E150" t="s">
         <v>170</v>
       </c>
       <c r="F150" s="2"/>
       <c r="K150" t="s">
-        <v>532</v>
+        <v>508</v>
       </c>
     </row>
     <row r="151" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E151" t="s">
         <v>171</v>
       </c>
       <c r="F151" s="2"/>
       <c r="K151" t="s">
-        <v>533</v>
+        <v>509</v>
       </c>
     </row>
     <row r="152" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E152" t="s">
         <v>172</v>
       </c>
       <c r="F152" s="2"/>
       <c r="K152" t="s">
-        <v>534</v>
+        <v>510</v>
       </c>
     </row>
     <row r="153" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E153" t="s">
         <v>173</v>
       </c>
       <c r="F153" s="2"/>
       <c r="K153" t="s">
-        <v>535</v>
+        <v>511</v>
       </c>
     </row>
     <row r="154" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E154" t="s">
         <v>174</v>
       </c>
       <c r="F154" s="2"/>
       <c r="K154" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
     </row>
     <row r="155" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E155" t="s">
         <v>175</v>
       </c>
       <c r="F155" s="2"/>
       <c r="K155" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
     </row>
     <row r="156" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E156" t="s">
         <v>176</v>
       </c>
       <c r="F156" s="2"/>
       <c r="K156" t="s">
-        <v>538</v>
+        <v>514</v>
       </c>
     </row>
     <row r="157" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E157" t="s">
         <v>177</v>
       </c>
       <c r="F157" s="2"/>
       <c r="K157" t="s">
-        <v>539</v>
+        <v>515</v>
       </c>
     </row>
     <row r="158" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E158" t="s">
         <v>178</v>
       </c>
       <c r="F158" s="2"/>
       <c r="K158" t="s">
-        <v>540</v>
+        <v>516</v>
       </c>
     </row>
     <row r="159" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E159" t="s">
         <v>179</v>
       </c>
       <c r="F159" s="2"/>
       <c r="K159" t="s">
-        <v>541</v>
+        <v>517</v>
       </c>
     </row>
     <row r="160" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E160" t="s">
         <v>180</v>
       </c>
       <c r="F160" s="2"/>
       <c r="K160" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
     </row>
     <row r="161" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E161" t="s">
         <v>181</v>
       </c>
       <c r="F161" s="2"/>
       <c r="K161" t="s">
-        <v>543</v>
+        <v>519</v>
       </c>
     </row>
     <row r="162" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E162" t="s">
         <v>182</v>
       </c>
       <c r="F162" s="2"/>
       <c r="K162" t="s">
-        <v>544</v>
+        <v>520</v>
       </c>
     </row>
     <row r="163" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E163" t="s">
         <v>183</v>
       </c>
       <c r="F163" s="2"/>
       <c r="K163" t="s">
-        <v>545</v>
+        <v>521</v>
       </c>
     </row>
     <row r="164" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E164" t="s">
         <v>184</v>
       </c>
       <c r="F164" s="2"/>
       <c r="K164" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
     </row>
     <row r="165" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E165" t="s">
         <v>185</v>
       </c>
       <c r="F165" s="2"/>
       <c r="K165" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
     </row>
     <row r="166" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E166" t="s">
         <v>186</v>
       </c>
       <c r="F166" s="2"/>
       <c r="K166" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
     </row>
     <row r="167" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E167" t="s">
         <v>187</v>
       </c>
       <c r="F167" s="2"/>
       <c r="K167" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
     </row>
     <row r="168" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E168" t="s">
         <v>188</v>
       </c>
       <c r="F168" s="2"/>
       <c r="K168" t="s">
-        <v>550</v>
+        <v>526</v>
       </c>
     </row>
     <row r="169" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E169" t="s">
         <v>189</v>
       </c>
       <c r="F169" s="2"/>
       <c r="K169" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
     </row>
     <row r="170" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E170" t="s">
         <v>190</v>
       </c>
       <c r="F170" s="2"/>
       <c r="K170" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
     </row>
     <row r="171" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E171" t="s">
         <v>191</v>
       </c>
       <c r="F171" s="2"/>
       <c r="K171" t="s">
-        <v>553</v>
+        <v>529</v>
       </c>
     </row>
     <row r="172" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E172" t="s">
         <v>192</v>
       </c>
       <c r="F172" s="2"/>
       <c r="K172" t="s">
-        <v>554</v>
+        <v>530</v>
       </c>
     </row>
     <row r="173" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E173" t="s">
         <v>193</v>
       </c>
       <c r="F173" s="2"/>
       <c r="K173" t="s">
-        <v>555</v>
+        <v>531</v>
       </c>
     </row>
     <row r="174" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E174" t="s">
         <v>194</v>
       </c>
       <c r="F174" s="2"/>
       <c r="K174" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
     </row>
     <row r="175" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E175" t="s">
         <v>195</v>
       </c>
       <c r="F175" s="2"/>
       <c r="K175" t="s">
-        <v>557</v>
+        <v>533</v>
       </c>
     </row>
     <row r="176" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E176" t="s">
         <v>196</v>
       </c>
       <c r="F176" s="2"/>
       <c r="K176" t="s">
-        <v>558</v>
+        <v>534</v>
       </c>
     </row>
     <row r="177" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E177" t="s">
         <v>197</v>
       </c>
       <c r="F177" s="2"/>
       <c r="K177" t="s">
-        <v>559</v>
+        <v>535</v>
       </c>
     </row>
     <row r="178" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E178" t="s">
         <v>198</v>
       </c>
       <c r="F178" s="2"/>
       <c r="K178" t="s">
-        <v>560</v>
+        <v>536</v>
       </c>
     </row>
     <row r="179" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E179" t="s">
         <v>199</v>
       </c>
       <c r="F179" s="2"/>
       <c r="K179" t="s">
-        <v>561</v>
+        <v>537</v>
       </c>
     </row>
     <row r="180" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E180" t="s">
         <v>200</v>
       </c>
       <c r="F180" s="2"/>
       <c r="K180" t="s">
-        <v>562</v>
+        <v>538</v>
       </c>
     </row>
     <row r="181" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E181" t="s">
         <v>201</v>
       </c>
       <c r="F181" s="2"/>
       <c r="K181" t="s">
-        <v>563</v>
+        <v>539</v>
       </c>
     </row>
     <row r="182" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E182" t="s">
         <v>202</v>
       </c>
       <c r="F182" s="2"/>
       <c r="K182" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
     </row>
     <row r="183" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E183" t="s">
         <v>203</v>
       </c>
       <c r="F183" s="2"/>
       <c r="K183" t="s">
-        <v>565</v>
+        <v>541</v>
       </c>
     </row>
     <row r="184" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E184" t="s">
         <v>204</v>
       </c>
       <c r="F184" s="2"/>
       <c r="K184" t="s">
-        <v>566</v>
+        <v>542</v>
       </c>
     </row>
     <row r="185" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E185" t="s">
         <v>205</v>
       </c>
       <c r="F185" s="2"/>
       <c r="K185" t="s">
-        <v>567</v>
+        <v>543</v>
       </c>
     </row>
     <row r="186" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E186" t="s">
         <v>206</v>
       </c>
       <c r="F186" s="2"/>
       <c r="K186" t="s">
-        <v>568</v>
+        <v>544</v>
       </c>
     </row>
     <row r="187" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E187" t="s">
         <v>207</v>
       </c>
       <c r="F187" s="2"/>
       <c r="K187" t="s">
-        <v>569</v>
+        <v>545</v>
       </c>
     </row>
     <row r="188" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E188" t="s">
         <v>208</v>
       </c>
       <c r="F188" s="2"/>
       <c r="K188" t="s">
-        <v>570</v>
+        <v>546</v>
       </c>
     </row>
     <row r="189" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E189" t="s">
         <v>209</v>
       </c>
       <c r="F189" s="2"/>
       <c r="K189" t="s">
-        <v>571</v>
+        <v>547</v>
       </c>
     </row>
     <row r="190" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E190" t="s">
         <v>210</v>
       </c>
       <c r="F190" s="2"/>
       <c r="K190" t="s">
-        <v>572</v>
+        <v>548</v>
       </c>
     </row>
     <row r="191" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E191" t="s">
         <v>211</v>
       </c>
       <c r="F191" s="2"/>
       <c r="K191" t="s">
-        <v>573</v>
+        <v>549</v>
       </c>
     </row>
     <row r="192" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E192" t="s">
         <v>212</v>
       </c>
       <c r="F192" s="2"/>
       <c r="K192" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
     </row>
     <row r="193" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E193" t="s">
         <v>213</v>
       </c>
       <c r="F193" s="2"/>
       <c r="K193" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
     </row>
     <row r="194" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E194" t="s">
         <v>214</v>
       </c>
       <c r="F194" s="2"/>
       <c r="K194" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
     </row>
     <row r="195" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E195" t="s">
         <v>215</v>
       </c>
       <c r="F195" s="2"/>
       <c r="K195" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
     </row>
     <row r="196" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E196" t="s">
         <v>216</v>
       </c>
       <c r="F196" s="2"/>
       <c r="K196" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
     </row>
     <row r="197" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E197" t="s">
         <v>217</v>
       </c>
       <c r="F197" s="2"/>
       <c r="K197" t="s">
-        <v>579</v>
+        <v>555</v>
       </c>
     </row>
     <row r="198" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E198" t="s">
         <v>218</v>
       </c>
       <c r="F198" s="2"/>
       <c r="K198" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
     </row>
     <row r="199" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E199" t="s">
         <v>219</v>
       </c>
       <c r="F199" s="2"/>
       <c r="K199" t="s">
-        <v>581</v>
+        <v>557</v>
       </c>
     </row>
     <row r="200" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E200" t="s">
         <v>220</v>
       </c>
       <c r="F200" s="2"/>
       <c r="K200" t="s">
-        <v>582</v>
+        <v>558</v>
       </c>
     </row>
     <row r="201" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E201" t="s">
         <v>221</v>
       </c>
       <c r="F201" s="2"/>
       <c r="K201" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
     </row>
     <row r="202" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E202" t="s">
         <v>222</v>
       </c>
       <c r="F202" s="2"/>
       <c r="K202" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
     </row>
     <row r="203" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E203" t="s">
         <v>223</v>
       </c>
       <c r="F203" s="2"/>
       <c r="K203" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
     </row>
     <row r="204" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E204" t="s">
         <v>224</v>
       </c>
       <c r="F204" s="2"/>
       <c r="K204" t="s">
-        <v>586</v>
+        <v>562</v>
       </c>
     </row>
     <row r="205" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E205" t="s">
         <v>225</v>
       </c>
       <c r="F205" s="2"/>
       <c r="K205" t="s">
-        <v>587</v>
+        <v>563</v>
       </c>
     </row>
     <row r="206" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E206" t="s">
         <v>226</v>
       </c>
       <c r="F206" s="2"/>
       <c r="K206" t="s">
-        <v>588</v>
+        <v>564</v>
       </c>
     </row>
     <row r="207" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E207" t="s">
         <v>227</v>
       </c>
       <c r="F207" s="2"/>
       <c r="K207" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
     </row>
     <row r="208" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E208" t="s">
         <v>228</v>
       </c>
       <c r="F208" s="2"/>
       <c r="K208" t="s">
-        <v>590</v>
+        <v>566</v>
       </c>
     </row>
     <row r="209" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E209" t="s">
         <v>229</v>
       </c>
       <c r="F209" s="2"/>
       <c r="K209" t="s">
-        <v>591</v>
+        <v>567</v>
       </c>
     </row>
     <row r="210" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E210" t="s">
         <v>230</v>
       </c>
       <c r="F210" s="2"/>
       <c r="K210" t="s">
-        <v>592</v>
+        <v>568</v>
       </c>
     </row>
     <row r="211" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E211" t="s">
         <v>231</v>
       </c>
       <c r="F211" s="2"/>
       <c r="K211" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
     </row>
     <row r="212" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E212" t="s">
         <v>232</v>
       </c>
       <c r="F212" s="2"/>
       <c r="K212" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
     </row>
     <row r="213" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E213" t="s">
         <v>233</v>
       </c>
       <c r="F213" s="2"/>
       <c r="K213" t="s">
-        <v>595</v>
+        <v>571</v>
       </c>
     </row>
     <row r="214" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E214" t="s">
         <v>234</v>
       </c>
       <c r="F214" s="2"/>
       <c r="K214" t="s">
-        <v>596</v>
+        <v>572</v>
       </c>
     </row>
     <row r="215" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E215" t="s">
         <v>235</v>
       </c>
       <c r="F215" s="2"/>
       <c r="K215" t="s">
-        <v>597</v>
+        <v>573</v>
       </c>
     </row>
     <row r="216" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E216" t="s">
         <v>236</v>
       </c>
       <c r="F216" s="2"/>
       <c r="K216" t="s">
-        <v>598</v>
+        <v>574</v>
       </c>
     </row>
     <row r="217" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E217" t="s">
         <v>237</v>
       </c>
       <c r="F217" s="2"/>
       <c r="K217" t="s">
-        <v>599</v>
+        <v>575</v>
       </c>
     </row>
     <row r="218" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E218" t="s">
         <v>238</v>
       </c>
       <c r="F218" s="2"/>
       <c r="K218" t="s">
-        <v>600</v>
+        <v>576</v>
       </c>
     </row>
     <row r="219" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E219" t="s">
         <v>239</v>
       </c>
       <c r="F219" s="2"/>
       <c r="K219" t="s">
-        <v>601</v>
+        <v>577</v>
       </c>
     </row>
     <row r="220" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E220" t="s">
         <v>240</v>
       </c>
       <c r="F220" s="2"/>
       <c r="K220" t="s">
-        <v>602</v>
+        <v>578</v>
       </c>
     </row>
     <row r="221" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E221" t="s">
         <v>241</v>
       </c>
       <c r="F221" s="2"/>
       <c r="K221" t="s">
-        <v>603</v>
+        <v>579</v>
       </c>
     </row>
     <row r="222" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E222" t="s">
         <v>242</v>
       </c>
       <c r="F222" s="2"/>
       <c r="K222" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
     </row>
     <row r="223" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E223" t="s">
         <v>243</v>
       </c>
       <c r="F223" s="2"/>
       <c r="K223" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
     </row>
     <row r="224" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E224" t="s">
         <v>244</v>
       </c>
       <c r="F224" s="2"/>
       <c r="K224" t="s">
-        <v>606</v>
+        <v>582</v>
       </c>
     </row>
     <row r="225" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E225" t="s">
         <v>245</v>
       </c>
       <c r="F225" s="2"/>
       <c r="K225" t="s">
-        <v>607</v>
+        <v>583</v>
       </c>
     </row>
     <row r="226" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E226" t="s">
         <v>246</v>
       </c>
       <c r="F226" s="2"/>
       <c r="K226" t="s">
-        <v>608</v>
+        <v>584</v>
       </c>
     </row>
     <row r="227" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E227" t="s">
         <v>247</v>
       </c>
       <c r="F227" s="2"/>
       <c r="K227" t="s">
-        <v>609</v>
+        <v>585</v>
       </c>
     </row>
     <row r="228" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E228" t="s">
         <v>248</v>
       </c>
       <c r="F228" s="2"/>
       <c r="K228" t="s">
-        <v>610</v>
+        <v>586</v>
       </c>
     </row>
     <row r="229" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E229" t="s">
         <v>249</v>
       </c>
       <c r="F229" s="2"/>
       <c r="K229" t="s">
-        <v>611</v>
+        <v>587</v>
       </c>
     </row>
     <row r="230" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E230" t="s">
         <v>250</v>
       </c>
       <c r="F230" s="2"/>
       <c r="K230" t="s">
-        <v>612</v>
+        <v>588</v>
       </c>
     </row>
     <row r="231" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E231" t="s">
         <v>251</v>
       </c>
       <c r="F231" s="2"/>
       <c r="K231" t="s">
-        <v>613</v>
+        <v>589</v>
       </c>
     </row>
     <row r="232" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E232" t="s">
         <v>252</v>
       </c>
       <c r="F232" s="2"/>
       <c r="K232" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
     </row>
     <row r="233" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E233" t="s">
         <v>253</v>
       </c>
       <c r="F233" s="2"/>
       <c r="K233" t="s">
-        <v>615</v>
+        <v>591</v>
       </c>
     </row>
     <row r="234" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E234" t="s">
         <v>254</v>
       </c>
       <c r="F234" s="2"/>
       <c r="K234" t="s">
-        <v>616</v>
+        <v>592</v>
       </c>
     </row>
     <row r="235" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E235" t="s">
         <v>255</v>
       </c>
       <c r="F235" s="2"/>
       <c r="K235" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
     </row>
     <row r="236" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E236" t="s">
         <v>256</v>
       </c>
       <c r="F236" s="2"/>
       <c r="K236" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
     </row>
     <row r="237" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E237" t="s">
         <v>257</v>
       </c>
       <c r="F237" s="2"/>
       <c r="K237" t="s">
-        <v>619</v>
+        <v>595</v>
       </c>
     </row>
     <row r="238" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E238" t="s">
         <v>258</v>
       </c>
       <c r="F238" s="2"/>
       <c r="K238" t="s">
-        <v>620</v>
+        <v>596</v>
       </c>
     </row>
     <row r="239" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E239" t="s">
         <v>259</v>
       </c>
       <c r="F239" s="2"/>
       <c r="K239" t="s">
-        <v>621</v>
+        <v>597</v>
       </c>
     </row>
     <row r="240" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E240" t="s">
         <v>260</v>
       </c>
       <c r="F240" s="2"/>
       <c r="K240" t="s">
-        <v>622</v>
+        <v>598</v>
       </c>
     </row>
     <row r="241" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E241" t="s">
         <v>261</v>
       </c>
       <c r="F241" s="2"/>
       <c r="K241" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
     </row>
     <row r="242" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E242" t="s">
         <v>262</v>
       </c>
       <c r="F242" s="2"/>
       <c r="K242" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
     </row>
     <row r="243" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E243" t="s">
         <v>263</v>
       </c>
       <c r="F243" s="2"/>
       <c r="K243" t="s">
-        <v>625</v>
+        <v>601</v>
       </c>
     </row>
     <row r="244" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E244" t="s">
         <v>264</v>
       </c>
       <c r="F244" s="2"/>
       <c r="K244" t="s">
-        <v>626</v>
+        <v>602</v>
       </c>
     </row>
     <row r="245" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E245" t="s">
         <v>265</v>
       </c>
       <c r="F245" s="2"/>
       <c r="K245" t="s">
-        <v>627</v>
+        <v>603</v>
       </c>
     </row>
     <row r="246" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E246" t="s">
         <v>266</v>
       </c>
       <c r="F246" s="2"/>
       <c r="K246" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
     </row>
     <row r="247" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E247" t="s">
         <v>267</v>
       </c>
       <c r="F247" s="2"/>
       <c r="K247" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
     </row>
     <row r="248" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E248" t="s">
         <v>268</v>
       </c>
       <c r="F248" s="2"/>
       <c r="K248" t="s">
-        <v>630</v>
+        <v>606</v>
       </c>
     </row>
     <row r="249" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E249" t="s">
         <v>269</v>
       </c>
       <c r="F249" s="2"/>
       <c r="K249" t="s">
-        <v>631</v>
+        <v>607</v>
       </c>
     </row>
     <row r="250" spans="5:11" x14ac:dyDescent="0.25">
       <c r="E250" t="s">
         <v>270</v>
       </c>
       <c r="F250" s="2"/>
       <c r="K250" t="s">
-        <v>632</v>
+        <v>608</v>
       </c>
     </row>
     <row r="251" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F251" s="2"/>
     </row>
     <row r="252" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F252" s="2"/>
     </row>
     <row r="253" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F253" s="2"/>
     </row>
     <row r="254" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F254" s="2"/>
     </row>
     <row r="255" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F255" s="2"/>
     </row>
     <row r="256" spans="5:11" x14ac:dyDescent="0.25">
       <c r="F256" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>