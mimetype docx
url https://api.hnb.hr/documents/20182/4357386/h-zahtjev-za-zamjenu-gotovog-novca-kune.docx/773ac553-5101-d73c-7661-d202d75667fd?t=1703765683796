--- v0 (2025-10-20)
+++ v1 (2026-01-22)
@@ -1,33 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
@@ -107,323 +106,323 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Slanje poštom:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AB93A3" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00976272" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976272">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>HRVATSKA NARODNA BANKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4B8118" w14:textId="1C5F27CD" w:rsidR="00E105E4" w:rsidRPr="00976272" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="5C4B8118" w14:textId="7D117BD4" w:rsidR="00E105E4" w:rsidRPr="00976272" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976272">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Trg hrvatskih velikana 3, p.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00976272">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>p.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00976272">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>859, 100</w:t>
       </w:r>
-      <w:r w:rsidR="00757CE1">
+      <w:r w:rsidR="00663075">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00976272">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>2 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A46E5A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00976272" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Direkcija za pohranu, obradu i opskrbu gotovim novcem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2A5D78" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00972AB3" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00972AB3">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>I. GOTOV NOVAC KOJI SE PODNOSI NA ZAMJENU:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26509837" w14:textId="1DDEF862" w:rsidR="00E105E4" w:rsidRPr="00972AB3" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="26509837" w14:textId="15533E58" w:rsidR="00E105E4" w:rsidRPr="00972AB3" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-537893403"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E91AA3">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E105E4" w:rsidRPr="00972AB3">
+        <w:t xml:space="preserve"> Oštećen</w:t>
+      </w:r>
+      <w:r w:rsidR="00E105E4" w:rsidRPr="00972AB3">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="398250954"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4" w:rsidRPr="00972AB3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00972AB3">
-        <w:t xml:space="preserve"> Oštećen</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidR="00E105E4" w:rsidRPr="00972AB3">
         <w:t xml:space="preserve"> Obojen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CEC44BA" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk151369274"/>
       <w:r w:rsidRPr="00972AB3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>II. PODACI PODNOSITELJA ZAHTJEVA</w:t>
       </w:r>
       <w:r w:rsidRPr="008216BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F15901B" w14:textId="4F6FCC29" w:rsidR="00E105E4" w:rsidRPr="00197FC0" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="0F15901B" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00663075" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:id w:val="-1176118655"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00197FC0">
+          <w:r w:rsidR="00E105E4" w:rsidRPr="00663075">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:color w:val="auto"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E105E4" w:rsidRPr="00197FC0">
+      <w:r w:rsidR="00E105E4" w:rsidRPr="00663075">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  u vlastito ime</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49460B17" w14:textId="082E648A" w:rsidR="00E105E4" w:rsidRPr="00197FC0" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="49460B17" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00663075" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00197FC0">
+          <w:r w:rsidR="00E105E4" w:rsidRPr="00663075">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E105E4" w:rsidRPr="00197FC0">
+      <w:r w:rsidR="00E105E4" w:rsidRPr="00663075">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  kao punomoćnik ili zakonski zastupnik</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="9857" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4652"/>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="4759"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E105E4" w14:paraId="151E0BA2" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F243C70" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
@@ -459,555 +458,350 @@
           </w:tcPr>
           <w:p w14:paraId="4CF604AC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:spacing w:before="240"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>PRAVNA OSOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w14:paraId="730EB4A7" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB114D4" w14:textId="2F1A8F96" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="3CB114D4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B615DD">
               <w:t>Ime i prezime:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B42A13">
+            <w:r w:rsidRPr="007D0575">
               <w:rPr>
                 <w:color w:val="EAEAEA"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
                 </w:rPr>
                 <w:id w:val="-1076052773"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
                     </w:rPr>
                     <w:id w:val="1654028238"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
-                    <w:sdt>
-[...37 lines deleted...]
-                    <w:r w:rsidR="00443A32" w:rsidRPr="00B42A13">
+                    <w:r w:rsidRPr="00F470F4">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                        <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7078CDB9" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="657921B3" w14:textId="2B24205A" w:rsidR="00E105E4" w:rsidRPr="00A4394B" w:rsidRDefault="00E105E4" w:rsidP="00460065">
-[...11 lines deleted...]
-              <w:t>Naziv pravne osobe:</w:t>
+          <w:p w14:paraId="657921B3" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+            <w:r>
+              <w:t>Naziv pravne osobe</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A4394B">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00904177">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00904177">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="173158924"/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                     <w:id w:val="969784537"/>
+                    <w:showingPlcHdr/>
                   </w:sdtPr>
-                  <w:sdtEndPr>
-[...3 lines deleted...]
-                  </w:sdtEndPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:sdt>
-[...51 lines deleted...]
-                    </w:sdt>
+                    <w:r w:rsidRPr="00F470F4">
+                      <w:rPr>
+                        <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                      </w:rPr>
+                      <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                    </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w14:paraId="076B47DC" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="163568B3" w14:textId="39BB3582" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="163568B3" w14:textId="21D8B982" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004236D1">
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">      </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">                     </w:t>
+              <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1196304813"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-2041118049"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidRPr="00A4394B">
+                    <w:r w:rsidRPr="00F470F4">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                        <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       </w:rPr>
                       <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19FE6296" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F18D9E0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:r w:rsidRPr="00073FB6">
               <w:t>Sjedište pravne osobe (ulica i broj</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00073FB6">
               <w:t xml:space="preserve"> grad i država): </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Hlk151710919"/>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-625005675"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00B42A13">
+                <w:r w:rsidRPr="00F470F4">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                    <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                   <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w14:paraId="73EF7460" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39B08276" w14:textId="6E4C4CD7" w:rsidR="00E105E4" w:rsidRPr="00B42A13" w:rsidRDefault="00E105E4" w:rsidP="00460065">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="39B08276" w14:textId="6E4C4CD7" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+            <w:r>
               <w:t>Prebivalište (ulica i broj, grad,</w:t>
             </w:r>
-            <w:r w:rsidR="00657B81" w:rsidRPr="00B42A13">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00657B81">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B42A13">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>država):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4389C3E8" w14:textId="4CD5F2E9" w:rsidR="00E105E4" w:rsidRPr="00A4394B" w:rsidRDefault="00606DB2" w:rsidP="00460065">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4389C3E8" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00CB42B4" w:rsidP="00460065">
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...2 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-699090604"/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                     <w:id w:val="1042944742"/>
+                    <w:showingPlcHdr/>
                   </w:sdtPr>
-                  <w:sdtEndPr>
-[...3 lines deleted...]
-                  </w:sdtEndPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:sdt>
-[...51 lines deleted...]
-                    </w:sdt>
+                    <w:r w:rsidR="00E105E4" w:rsidRPr="00F470F4">
+                      <w:rPr>
+                        <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                      </w:rPr>
+                      <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                    </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E105E4" w:rsidRPr="00A4394B" w:rsidDel="004236D1">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidDel="004236D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="172D695C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="442FAC3D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00073FB6" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:r w:rsidRPr="00EA6710">
               <w:t>Osobni identifikacijski broj:</w:t>
             </w:r>
             <w:r w:rsidRPr="00904177">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1890605276"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="1201675402"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidRPr="00B42A13">
+                    <w:r w:rsidRPr="00F470F4">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                        <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       </w:rPr>
                       <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w14:paraId="47D1FE43" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4759" w:type="dxa"/>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44508D5F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065">
@@ -1020,54 +814,54 @@
             <w:r w:rsidRPr="00B615DD">
               <w:t xml:space="preserve"> izdavatelj</w:t>
             </w:r>
             <w:r>
               <w:t>ic</w:t>
             </w:r>
             <w:r w:rsidRPr="00B615DD">
               <w:t>a isprave:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B615DD">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-275338489"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-1892568828"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidRPr="00B42A13">
+                    <w:r w:rsidRPr="00F470F4">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                        <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       </w:rPr>
                       <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="614C5126" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B615DD" w:rsidRDefault="00E105E4" w:rsidP="00460065"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
@@ -1099,118 +893,110 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00791659">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>PUNOMOĆNIK ILI ZAKONSKI ZASTUPNIK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00791659" w14:paraId="2873EBE5" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E09C915" w14:textId="4AFC69CA" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="0E09C915" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>Ime i prezime</w:t>
             </w:r>
             <w:r w:rsidRPr="00791659">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00791659">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="349770441"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-173727941"/>
+                    <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:sdt>
-[...14 lines deleted...]
-                    </w:sdt>
+                    <w:r w:rsidRPr="00F470F4">
+                      <w:rPr>
+                        <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                      </w:rPr>
+                      <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                    </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00791659" w14:paraId="2388FAF5" w14:textId="77777777" w:rsidTr="00460065">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="022D6BB0" w14:textId="1F56D65E" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="022D6BB0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>Osobni identifikacijski broj</w:t>
             </w:r>
             <w:r w:rsidRPr="00F36C2C">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00791659">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -1232,102 +1018,83 @@
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="966941158"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="430784041"/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:color w:val="C00000"/>
                                 </w:rPr>
                                 <w:id w:val="62842356"/>
+                                <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
-                                <w:sdt>
-[...25 lines deleted...]
-                                </w:sdt>
+                                <w:r w:rsidRPr="00F470F4">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                                  </w:rPr>
+                                  <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                                </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00791659" w14:paraId="61C462A3" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59104F70" w14:textId="6FB3AA54" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="59104F70" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>Prebivalište (ulica i broj, grad, država):</w:t>
             </w:r>
             <w:r w:rsidRPr="00F36C2C">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="1029757997"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
@@ -1337,88 +1104,80 @@
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="587282348"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="466320928"/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:color w:val="C00000"/>
                                 </w:rPr>
                                 <w:id w:val="-540131918"/>
+                                <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
-                                <w:sdt>
-[...14 lines deleted...]
-                                </w:sdt>
+                                <w:r w:rsidRPr="00F470F4">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                                  </w:rPr>
+                                  <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                                </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00791659" w14:paraId="60FBC1BC" w14:textId="77777777" w:rsidTr="00460065">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4608F715" w14:textId="72C6B484" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="4608F715" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00791659" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086525B">
               <w:t xml:space="preserve">Naziv i broj </w:t>
             </w:r>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>identifikacijske isprave, država izdavatelj</w:t>
             </w:r>
             <w:r>
               <w:t>ic</w:t>
             </w:r>
             <w:r w:rsidRPr="00F36C2C">
               <w:t>a isprave:</w:t>
             </w:r>
             <w:r w:rsidRPr="00791659">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -1431,104 +1190,97 @@
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="195979877"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="-127860486"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="-1127465094"/>
+                            <w:showingPlcHdr/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:sdt>
-[...14 lines deleted...]
-                            </w:sdt>
+                            <w:r w:rsidRPr="00F470F4">
+                              <w:rPr>
+                                <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              </w:rPr>
+                              <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                            </w:r>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="0086525B" w14:paraId="145AAC7D" w14:textId="77777777" w:rsidTr="00460065">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="354432B9" w14:textId="03A0CF6E" w:rsidR="00E105E4" w:rsidRPr="0086525B" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="354432B9" w14:textId="56E7C77F" w:rsidR="00E105E4" w:rsidRPr="0086525B" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:r w:rsidRPr="0086525B">
+              <w:lastRenderedPageBreak/>
               <w:t>Pravna osnova za zastupanje (priložiti dokaz):</w:t>
             </w:r>
             <w:r w:rsidRPr="0086525B">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1676805132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0086525B">
+                <w:r w:rsidR="00E91AA3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="0086525B">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0086525B">
               <w:rPr>
                 <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               </w:rPr>
               <w:t>Punomoć</w:t>
             </w:r>
             <w:r w:rsidRPr="0086525B">
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="467559728"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -1593,51 +1345,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00881F25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>KONTAKT PODACI</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="10091" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10091"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00881F25" w14:paraId="4F1E8CF2" w14:textId="77777777" w:rsidTr="00460065">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27A71006" w14:textId="1529FFB4" w:rsidR="00E105E4" w:rsidRPr="00881F25" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="27A71006" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00881F25" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881F25">
               <w:t>Broj telefona:</w:t>
             </w:r>
             <w:r w:rsidRPr="00881F25">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="823329406"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
@@ -1649,88 +1401,79 @@
                     </w:rPr>
                     <w:id w:val="-655989245"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="894165580"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:bookmarkStart w:id="3" w:name="_Hlk151707259"/>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="-127554962"/>
+                            <w:showingPlcHdr/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:sdt>
-[...14 lines deleted...]
-                            </w:sdt>
+                            <w:r w:rsidRPr="00F470F4">
+                              <w:rPr>
+                                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              </w:rPr>
+                              <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                            </w:r>
                           </w:sdtContent>
                         </w:sdt>
                         <w:bookmarkEnd w:id="3"/>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00881F25" w14:paraId="689B5C48" w14:textId="77777777" w:rsidTr="00460065">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="621206CA" w14:textId="51987189" w:rsidR="00E105E4" w:rsidRPr="00881F25" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+          <w:p w14:paraId="621206CA" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00881F25" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881F25">
               <w:t>Adresa elektroničke pošte (ako postoji):</w:t>
             </w:r>
             <w:r w:rsidRPr="00881F25">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="-375627105"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
@@ -1741,113 +1484,111 @@
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-926723060"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="1614325216"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="-750425591"/>
+                            <w:showingPlcHdr/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:bookmarkStart w:id="4" w:name="_Hlk154738662"/>
-[...16 lines deleted...]
-                            <w:bookmarkEnd w:id="4"/>
+                            <w:r w:rsidRPr="00F470F4">
+                              <w:rPr>
+                                <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              </w:rPr>
+                              <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+                            </w:r>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B301B63" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AB206C" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F9767A6" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="6F9767A6" w14:textId="12BA74A3" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">III. </w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>SPECIFIKACIJA GOTOVOG NOVCA</w:t>
+        <w:t xml:space="preserve">SPECIFIKACIJA </w:t>
+      </w:r>
+      <w:r w:rsidR="00663075">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>NOVČANICA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E703E79" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="3501"/>
         <w:gridCol w:w="2676"/>
         <w:gridCol w:w="2747"/>
       </w:tblGrid>
@@ -1956,3231 +1697,1004 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E0B49C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="843440062"/>
             <w:placeholder>
               <w:docPart w:val="14C41E9D10E24876A95EE3A3EA1B1FD5"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...83 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0C7D6D49" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="917990671"/>
             <w:placeholder>
               <w:docPart w:val="9D4F63624E644AC1ABF431979DE1B56F"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="42D64E3B" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="3D6DD0AC" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0B96D6F2" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C0B338" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-462038876"/>
             <w:placeholder>
               <w:docPart w:val="C0B510140EE549B7BFC6EFF6B24932C4"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5FA832C0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="1101465719"/>
             <w:placeholder>
               <w:docPart w:val="BD473D23A91B4FF2BD7D1294FF27EBE0"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="52AFCD8F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="1D87302E" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="38EB3BA3" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="335BBE4C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="2029289217"/>
             <w:placeholder>
               <w:docPart w:val="95946EFE62DA4BF0A80655ADB9840BE3"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="61A03A88" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-1980994057"/>
             <w:placeholder>
               <w:docPart w:val="82E3BF1B769E48FD83E147F795545701"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5AF253D6" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="111CD0FE" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="66501CB7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A6A87AD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="795884672"/>
             <w:placeholder>
               <w:docPart w:val="A2413C1A653A496CB6117EE22BE37879"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="53E3C09A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-149215684"/>
             <w:placeholder>
               <w:docPart w:val="EFC71CE75EDD4BC884A53690BD9B392D"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6360BC18" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="37656E1E" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="198A65CF" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D707F40" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-1586219130"/>
             <w:placeholder>
               <w:docPart w:val="199CF841E3CF4A32B66B4D9B687A3744"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0FCEBE47" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="113025123"/>
             <w:placeholder>
               <w:docPart w:val="9A6FF523016549B9BA4800F155910A4E"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="09665F5F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="29BB1842" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="493E4DFD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7642BB9F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="27766924"/>
             <w:placeholder>
               <w:docPart w:val="118EC68EA7744777BC07EFA55E4A0730"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7924C55C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="931935788"/>
             <w:placeholder>
               <w:docPart w:val="D005410561174ACBA655F8C6E9A47DE7"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="12B44B58" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="520F0544" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="099E52AE" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19D68141" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-1853795356"/>
             <w:placeholder>
               <w:docPart w:val="61CAC940982B4F9594E31E0D2F55FC9D"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2676" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="55295C40" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="-2004345659"/>
             <w:placeholder>
               <w:docPart w:val="F7BEA5AD3DC1460BA651EAC154A4ACF5"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:sdt>
-[...63 lines deleted...]
-            </w:sdt>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2EC4E196" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
+                  <w:rPr>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                  </w:rPr>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00AB5E6F" w:rsidRPr="00AB5E6F" w14:paraId="3A7F58C2" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2549F060" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20975138" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:id w:val="126741221"/>
             <w:placeholder>
               <w:docPart w:val="401A0F5EE7534D65AA7A0CC1AC5E5D58"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2676" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6813899D" w14:textId="55701366" w:rsidR="00E105E4" w:rsidRPr="00B42A13" w:rsidRDefault="00606DB2" w:rsidP="00460065">
+              <w:p w14:paraId="6813899D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
                 <w:pPr>
                   <w:pStyle w:val="Bezproreda"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                 </w:pPr>
-                <w:sdt>
-[...29 lines deleted...]
-                <w:r w:rsidR="004D2732">
+                <w:r w:rsidRPr="00F470F4">
                   <w:rPr>
-                    <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
-[...48 lines deleted...]
-                    </w14:textFill>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                   <w:t>Molimo unesite.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...112 lines deleted...]
-                </w:sdt>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
-            <w:id w:val="1250618209"/>
+            <w:id w:val="1178775977"/>
             <w:placeholder>
-              <w:docPart w:val="5E94CA02044E46CC8A5C3AA6A0E1E324"/>
+              <w:docPart w:val="4D0CB518488540978E8894ED0ED28249"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2747" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4FEFAAA3" w14:textId="201878D8" w:rsidR="00E105E4" w:rsidRPr="00B42A13" w:rsidRDefault="00606DB2" w:rsidP="00460065">
+              <w:p w14:paraId="509335AF" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F470F4" w:rsidRDefault="00E105E4" w:rsidP="00460065">
                 <w:pPr>
                   <w:pStyle w:val="Bezproreda"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                 </w:pPr>
-                <w:sdt>
-[...86 lines deleted...]
-                  <w:jc w:val="center"/>
+                <w:r w:rsidRPr="00F470F4">
                   <w:rPr>
-                    <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
-                </w:pPr>
-[...1335 lines deleted...]
-                </w:sdt>
+                  <w:t>Molimo unesite.</w:t>
+                </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00E105E4" w:rsidRPr="00331D95" w14:paraId="317B5184" w14:textId="77777777" w:rsidTr="00460065">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6881" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B182436" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00331D95">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>UKUPNA VRIJEDNOST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-                <w:r w:rsidR="00BA6AA7" w:rsidRPr="004D2732">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:lang w:val="fr-FR"/>
+            </w:rPr>
+            <w:id w:val="2014490568"/>
+            <w:placeholder>
+              <w:docPart w:val="78EE408A6E594219A2DA39ED76FDC4EC"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2747" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="783201C8" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00460065">
+                <w:pPr>
+                  <w:pStyle w:val="Bezproreda"/>
+                  <w:jc w:val="center"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00F470F4">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                    </w14:textFill>
+                    <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                   <w:t>Molimo unesite.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...2 lines deleted...]
-        </w:tc>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62F2F22B" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4"/>
     <w:p w14:paraId="71EC701B" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. </w:t>
       </w:r>
       <w:r w:rsidRPr="004F52FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>PODACI O OŠTEĆENJU / OBOJENJU</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk152255458"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1695B0A0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:bookmarkStart w:id="4" w:name="_Hlk152255458"/>
+    </w:p>
+    <w:p w14:paraId="1695B0A0" w14:textId="5D5C9136" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>KAKO JE DOŠLO DO OŠTEĆENJA? (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Popuniti</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
@@ -5193,295 +2707,310 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">neovisno o vrsti </w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>novčanice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> koja se podnosi na zamjenu</w:t>
       </w:r>
+      <w:r w:rsidR="00E576DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A5A47F" w14:textId="2C964003" w:rsidR="00E105E4" w:rsidRPr="00AB5E6F" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="07A5A47F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AB5E6F" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="-1560007217"/>
           <w:placeholder>
             <w:docPart w:val="2B39FA0CB23244A2AF8F1920C2172F59"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="6" w:name="_Hlk154738675"/>
-[...16 lines deleted...]
-          <w:bookmarkEnd w:id="6"/>
+          <w:r w:rsidR="00E105E4" w:rsidRPr="00F470F4">
+            <w:rPr>
+              <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:rPr>
+            <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+          </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="78A462B7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="556C0ABA" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CE47257" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="2CE47257" w14:textId="57CF3093" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>ŠTO SE DOGODILO S DIJELOVIMA KOJI NEDOSTAJU? (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Popuniti</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> samo ako nedostaju dijelovi gotovog novca</w:t>
+        <w:t xml:space="preserve"> samo ako nedostaju dijelovi </w:t>
+      </w:r>
+      <w:r w:rsidR="008A092E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>novčanica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5303353E" w14:textId="71E982B8" w:rsidR="00E105E4" w:rsidRPr="00B42A13" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="5303353E" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="007D0575" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
           </w:rPr>
           <w:id w:val="-2063863300"/>
           <w:placeholder>
             <w:docPart w:val="81AD15AF50414348BB5E531660464D60"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:sdt>
-[...14 lines deleted...]
-          </w:sdt>
+          <w:r w:rsidR="00E105E4" w:rsidRPr="00F470F4">
+            <w:rPr>
+              <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:rPr>
+            <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+          </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3D1E69DC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk152600908"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="52CFEAB2" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:bookmarkStart w:id="5" w:name="_Hlk152600908"/>
+    </w:p>
+    <w:p w14:paraId="52CFEAB2" w14:textId="3DD9F6F0" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553091">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>JE LI O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>NEČI</w:t>
       </w:r>
       <w:r w:rsidRPr="00553091">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">ŠĆENJE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">OPASNO </w:t>
       </w:r>
       <w:r w:rsidRPr="00553091">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">ZA ZDRAVLJE LJUDI? (Popuniti samo za </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>onečišćen gotov novac!</w:t>
+        <w:t>onečišćen</w:t>
+      </w:r>
+      <w:r w:rsidR="008A092E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>e novčanice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="00553091">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="0D6B9D56" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00553091" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="747FAA94" w14:textId="533720BB" w:rsidR="00E105E4" w:rsidRPr="003B7C59" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="747FAA94" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="003B7C59" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-553768428"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4" w:rsidRPr="003B7C59">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
@@ -5492,149 +3021,139 @@
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2111878183"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="003B7C59">
         <w:t xml:space="preserve"> DA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60BFF4C3" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="3F1DC690" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F1DC690" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="74576776" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="74576776" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>JESU LI NOVČANICE OBOJENE U UREĐAJU S ELEKTROKEMIJSKOM ZAŠTITOM?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5829224F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>JESU LI NOVČANICE OBOJENE U UREĐAJU S ELEKTROKEMIJSKOM ZAŠTITOM?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5829224F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Popuniti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samo za obojene novčanice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D16280F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331D95">
-[...50 lines deleted...]
-    <w:p w14:paraId="160BAEDA" w14:textId="7E383794" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    </w:p>
+    <w:p w14:paraId="160BAEDA" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1355530124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -5653,101 +3172,93 @@
         <w:sdtPr>
           <w:id w:val="-986398767"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> DA</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593FAE25" w14:textId="35437DA5" w:rsidR="00E105E4" w:rsidRPr="00AB5E6F" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="593FAE25" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AB5E6F" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="-514304203"/>
           <w:placeholder>
             <w:docPart w:val="A6C6CE32301F42F3AEE1B5E575F2E576"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="8" w:name="_Hlk133234024"/>
+          <w:bookmarkStart w:id="6" w:name="_Hlk133234024"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:id w:val="-858500867"/>
               <w:placeholder>
                 <w:docPart w:val="DBBB40581FA1471186A2A537DC42BEC2"/>
               </w:placeholder>
+              <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:sdt>
-[...14 lines deleted...]
-              </w:sdt>
+              <w:r w:rsidR="00E105E4" w:rsidRPr="00F470F4">
+                <w:rPr>
+                  <w:rStyle w:val="Tekstrezerviranogmjesta"/>
+                  <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                </w:rPr>
+                <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
+              </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="6"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7B08B02F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="175BE6C0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BB007FA" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
@@ -5761,68 +3272,68 @@
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>JE LI BOJA OPASNA ZA ZDRAVLJE LJUDI? (Popuniti samo za obojene novčanice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2ECC72" w14:textId="75408329" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="6B2ECC72" w14:textId="3FFEDBEB" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1950385392"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E105E4">
+          <w:r w:rsidR="001F0822">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> NE</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1984888998"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -5867,83 +3378,83 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A552486" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00E34A01" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">V. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk153460729"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk153460729"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">ŽELJENI </w:t>
       </w:r>
       <w:r w:rsidRPr="007D5538">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>NAČIN IZVRŠENJA ZAMJENE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="3F67188C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:r>
         <w:t>Suglasan sam da mi iznos eura koji je protuvrijednost zamijenjenog iznosa kuna (iznos manji od 15.000,00 kuna) bude:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712593F7" w14:textId="1651B431" w:rsidR="00E105E4" w:rsidRPr="00C25BAC" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="712593F7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00C25BAC" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1380620046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5965,51 +3476,51 @@
       <w:r w:rsidR="00E105E4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">isplaćen </w:t>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00D95AD6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>na blagajni Hrvatske narodne banke</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ili</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AA5428" w14:textId="4E4E4B6F" w:rsidR="00E105E4" w:rsidRPr="00C25BAC" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="49AA5428" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00C25BAC" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2143607433"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6072,198 +3583,197 @@
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. </w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>PRILOG:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372854EC" w14:textId="4704E2C6" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="372854EC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="93529516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t xml:space="preserve"> Dokaz o ovlaštenju za zastupanje</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4">
         <w:t xml:space="preserve"> ili punomoć</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t xml:space="preserve">, ako se novac na zamjenu dostavlja putem zakonskog zastupnika ili  punomoćnika </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214EBBF3" w14:textId="08AFA835" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="214EBBF3" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-981542825"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t xml:space="preserve"> Potvrda nadležne institucije o događaju koji je izazvao oštećenje ili obojenje / dokazi kojim se potkrjepljuju navodi iz izjave donositelja o načinu oštećenja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648D276D" w14:textId="18ECD7B2" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="648D276D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-123621078"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E105E4">
         <w:t>Zdravstvena i s</w:t>
       </w:r>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t>igurnosna procjena nadležnih tijela o vrsti onečišćenja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162E6BBF" w14:textId="7CC6047A" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="162E6BBF" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00654E89" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1114824973"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00654E89">
         <w:t xml:space="preserve"> Sigurnosno-tehnički list boje (za novčanice oštećene elektrokemijskom zaštitom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE84E7D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2417CB8E" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B94B54" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B94B54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NAPOMENE:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE8DEA1" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ako dostavljeni gotov novac kune ima uvjete za zamjenu, i</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:t xml:space="preserve">znos </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">za isplatu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">preračunava se u euro primjenom </w:t>
       </w:r>
@@ -6364,411 +3874,412 @@
       </w:r>
       <w:r>
         <w:t>šezdeset</w:t>
       </w:r>
       <w:r w:rsidRPr="001701B8">
         <w:t>) dana od dana kad joj je gotov novac predan na zamjenu na način i u skladu sa svim uvjetima propisanim</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="001701B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2DD4">
         <w:t>odlukom koja uređuje zamjenu gotovog novca kune</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BBE40DD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CCB31D4" w14:textId="578F8A06" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="5CCB31D4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:r w:rsidRPr="00996E7D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Datum:</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1746253419"/>
           <w:placeholder>
             <w:docPart w:val="8511B06392E54EF1A084BE37E920A426"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2023-04-24T00:00:00Z">
             <w:dateFormat w:val="d.M.yyyy."/>
             <w:lid w:val="hr-HR"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B42A13">
+          <w:r w:rsidRPr="009445D0">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Kliknite ili dodirnite ovdje da biste unijeli datum.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7A438028" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A987F30" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Potpis podnositelja zahtjeva</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Potpis osobe koja je zaprimila zahtjev</w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk132886503"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk132886503"/>
     </w:p>
     <w:p w14:paraId="17540345" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4"/>
     <w:p w14:paraId="0D0E35B4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>________________________</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752EE060" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2262C69A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00E34A01" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A01">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Potpisom ovog zahtjeva podnositelj potvrđuje da su upisani podaci točni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> i potpuni</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34A01">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> te da su prilozi predani kako je u zahtjev</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34A01">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> naznačeno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4269C202" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4"/>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="6E44AC2D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Naslov3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>POPUNJAVA HNB – SEKTOR ZA GOTOV NOVAC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8E384D" w14:textId="4AEDCA6D" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="5B8E384D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:r>
         <w:t xml:space="preserve">Zaprimio na postupanje: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1876456422"/>
           <w:placeholder>
             <w:docPart w:val="0E67925881114451B529BF6C98EBD93B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B42A13">
+          <w:r w:rsidRPr="009445D0">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7A12C8D9" w14:textId="20B14EAB" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="7A12C8D9" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:r w:rsidRPr="00331D95">
         <w:t xml:space="preserve">Datum zaprimanja </w:t>
       </w:r>
       <w:r>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:t xml:space="preserve">ahtjeva: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2016881299"/>
           <w:placeholder>
             <w:docPart w:val="F83469692B494B16830F196FA6197193"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2023-04-16T00:00:00Z">
             <w:dateFormat w:val="d.M.yyyy."/>
             <w:lid w:val="hr-HR"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B42A13">
+          <w:r w:rsidRPr="009445D0">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Kliknite ili dodirnite ovdje da biste unijeli datum.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3DB015BB" w14:textId="2199A2BD" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="3DB015BB" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ur. broj obrade / broj transakcije: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="992987613"/>
           <w:placeholder>
             <w:docPart w:val="01CA52626C324628B6101D319FDA177B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B42A13">
+          <w:r w:rsidRPr="009445D0">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-              <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="273E8C2A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4"/>
-    <w:p w14:paraId="2593E9F2" w14:textId="28636026" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="2593E9F2" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="1673376162"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> Zamijenjeno</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3682B5B7" w14:textId="6A9B2E56" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="3682B5B7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-55941010"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> Privremeno zadržano na analizi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F820E4A" w14:textId="22232EE6" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="4F820E4A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-1861428966"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E105E4" w:rsidRPr="00331D95">
         <w:t xml:space="preserve"> Vraćeno podnositelju zahtjeva (nema uvjete za zamjenu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6AFA6F" w14:textId="31B3D1BA" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:p w14:paraId="4B6AFA6F" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="1093749223"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E105E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -6821,92 +4332,92 @@
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>NAPOMENA:</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="11" w:name="_Hlk133234063"/>
-    <w:p w14:paraId="719C2D9D" w14:textId="42BB2B7D" w:rsidR="00E105E4" w:rsidRDefault="00606DB2" w:rsidP="00E105E4">
+    <w:bookmarkStart w:id="9" w:name="_Hlk133234063"/>
+    <w:p w14:paraId="719C2D9D" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00CB42B4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1629164623"/>
           <w:placeholder>
             <w:docPart w:val="FCA31DF6576246758F4BDC69FD7C2655"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1196579465"/>
               <w:placeholder>
                 <w:docPart w:val="C0F9888A1F88409E82336D03E17D497D"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00E105E4" w:rsidRPr="00B42A13">
+              <w:r w:rsidR="00E105E4" w:rsidRPr="009445D0">
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
-                  <w:color w:val="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+                  <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 </w:rPr>
                 <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="0F8EE6FC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78400A44" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD6BFCC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
@@ -6959,83 +4470,290 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79F2F0A4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7806B996" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="350AB2FE" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00870D9C" w:rsidRDefault="00E105E4" w:rsidP="00B42A13">
+    <w:p w14:paraId="41363EFD" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
-        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041A7CC2" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760D59A8" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="126AE539" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E9E524" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24C2D026" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE4D5D9" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD630F5" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="444D059C" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F06FE2A" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A08FA81" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74BDC5E3" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327D674D" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="250CA9CC" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA6A476" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DB81FAE" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641ADF31" w14:textId="77777777" w:rsidR="00653E10" w:rsidRDefault="00653E10" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43ADD008" w14:textId="77777777" w:rsidR="00653E10" w:rsidRDefault="00653E10" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="350AB2FE" w14:textId="75F1433F" w:rsidR="00E105E4" w:rsidRPr="00870D9C" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00870D9C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>UPUTE ZA POPUNJAVANJE ZAHTJEVA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ZA ZAMJENU GOTOVOG NOVCA KUNE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D9FCB1" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    <w:p w14:paraId="7D0F7AEF" w14:textId="77777777" w:rsidR="00504F75" w:rsidRDefault="00504F75" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D9FCB1" w14:textId="70C2D26C" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Ovaj obrazac</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
@@ -7137,88 +4855,88 @@
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="004A67A3">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>C KOJI SE PODNOSI NA ZAMJENU</w:t>
       </w:r>
       <w:r w:rsidRPr="004A67A3" w:rsidDel="000D0714">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A67A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk153460888"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk153460888"/>
       <w:r w:rsidRPr="004A67A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">označiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">jednu od </w:t>
       </w:r>
       <w:r w:rsidRPr="004A67A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>vrst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>a gotovog</w:t>
       </w:r>
       <w:r w:rsidRPr="004A67A3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> novca (način označavanja “X”)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="43047FD4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">PODACI PODNOSITELJA </w:t>
       </w:r>
@@ -7228,514 +4946,585 @@
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>AHTJEV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA8BABD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    <w:p w14:paraId="1EA8BABD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
-        <w:spacing w:after="60"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podnositelj zahtjeva koji podnosi kune na zamjenu u svoje ime </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk153457777"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unosi vlastite </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk153457797"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podatke </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk153461178"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>u t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ablic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>za PODNOSITELJA (FIZIČKA OSOBA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="004A67A3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>te PODATKE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZA KONTAKT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="7CB72535" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Punomoćnik ili zakonski zastupnik koji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>podnosi kune na zamjenu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u ime fizičke ili pravne osobe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>unosi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191B599E" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00F97996" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podatke </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o fizičkoj ili pravnoj osobi koju zastupa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u tablicu za PODNOSITELJA (FIZIČKA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ILI PRAVNA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>OSOBA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ovisno o slučaju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4949C383" w14:textId="35B7040D" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97996">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vlastite podatke </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>tablicu za ZAKONSKOG ZASTUPNIKA ILI PUNOMOĆNIKA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860216">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svoje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860216">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>PODATKE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZA KONTAKT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49233938" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRPr="004A67A3" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442A01D9" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Tekstfusnote"/>
+        <w:spacing w:after="240"/>
         <w:ind w:left="425"/>
-        <w:jc w:val="both"/>
-[...60 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk153461402"/>
+      <w:r w:rsidRPr="00AB206C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ko fizička osoba koja podnosi zahtjev ili punomoćnik/zakonski zastupnik nema OIB </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB206C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(npr. strani državljanin)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB206C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>upisuje mjesto, datum i godina rođenja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...34 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00AB206C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>u polje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> predviđeno za unos OIB-a </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="003D3431">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>u tablic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3431">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za PODNOSITELJA (FIZIČKA OSOBA) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odnosno u </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3431">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>tablic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3431">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>za ZAKONSKOG ZASTUPNIKA ILI PUNOMOĆNIKA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...318 lines deleted...]
-    <w:p w14:paraId="1A95CDE2" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="1A95CDE2" w14:textId="07F67185" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">SPECIFIKACIJA GOTOVOG NOVCA: </w:t>
+        <w:t xml:space="preserve">SPECIFIKACIJA </w:t>
+      </w:r>
+      <w:r w:rsidR="00504AB5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>NOVČANICA</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Navesti pod određenim apoenom broj komada novčanica/kovanica koji se podnos</w:t>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Navesti pod određenim apoenom broj komada novčanica koji se podnos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> na analizu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000807BC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -7756,530 +5545,574 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4F1D665A" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>VRIJEDNOST – ukupna nominalna vrijednost po apoenu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EC673C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    <w:p w14:paraId="35EC673C" w14:textId="146DAF5B" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
+        <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>UKUPNA VRIJEDNOST – ukupna vrijednost dostavljenih novčanica/kovanica</w:t>
+        <w:t>UKUPNA VRIJEDNOST – ukupna vrijednost dostavljenih novčanica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4941366C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PODACI O OŠTEĆENJU / OBOJENJU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D1ADF7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    <w:p w14:paraId="65D1ADF7" w14:textId="650F6B14" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Kako je došlo do oštećenja/obojenja?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kratak opis radnji/događaja koje su prethodile oštećenju/obojenju </w:t>
+      </w:r>
+      <w:r w:rsidR="001D791C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>novčanica</w:t>
+      </w:r>
+      <w:r w:rsidR="002D41FA">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380BC9AD" w14:textId="1B8BC72B" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Što se dogodilo s dijelovima koji nedostaju?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Kratak opis radnji/događaja koje su prethodile gubitku dijelova</w:t>
+      </w:r>
+      <w:r w:rsidR="001D791C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>oštećen</w:t>
+      </w:r>
+      <w:r w:rsidR="001D791C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ih novčanica</w:t>
+      </w:r>
+      <w:r w:rsidR="002D41FA">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3744CFBC" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="003B7C59" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk152148822"/>
+      <w:r w:rsidRPr="004A67A3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je li </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>onečišćenje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A67A3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opasno za zdravlje ljudi? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7C59">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ako je odgovor DA, postoji mogućnost da će HNB naknadno zahtijevati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zdravstvenu i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7C59">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sigur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7C59">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>nosnu procjenu nadležnih tijela o vrsti onečišćenja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7C59">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E229A0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
+        <w:pStyle w:val="Notes"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Jesu li novčanice obojene u uređaju s elektrokemijskom zaštitom?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ako je odgovor DA, navesti vrstu uređaja (spremnik za prijenos/prijevoz novca, protuprovalni uređaj ili neki od drugih oblika elektrokemijske zaštite) i tip uređaja (naziv uređaja)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="3063C029" w14:textId="3122DD7D" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Kako je došlo do oštećenja/obojenja?</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Je li boja opasna za zdravlje ljudi? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk152600977"/>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
-          <w:color w:val="C00000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ako je odgovor DA, na </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Kratak opis radnji/događaja koje su prethodile oštećenju/obojenju gotovog novca</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="380BC9AD" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+        <w:t xml:space="preserve">pakiranju obvezno naglasiti da je boja opasna za zdravlje ljudi. Kao informaciju o svojstvima boje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331D95">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ahtjevu je potrebno priložiti sigurnosno-tehnički list boje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2197DE2D" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRDefault="00504AB5" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331D95">
-[...217 lines deleted...]
-    <w:p w14:paraId="215FD750" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    </w:p>
+    <w:p w14:paraId="215FD750" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
+        <w:spacing w:before="0" w:after="60"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62333">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ŽELJENI NAČIN IZVRŠENJA ZAMJENE</w:t>
       </w:r>
       <w:r w:rsidRPr="00D209B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D3E3F6" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="74D3E3F6" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="0098568E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">značiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>jedan od ponuđenih načina ostvarivanja zamjene:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDD54A4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AC0438" w:rsidRDefault="00E105E4" w:rsidP="00AB1E97">
+    <w:p w14:paraId="7FDD54A4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AC0438" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="60"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC0438">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">na blagajni Hrvatske narodne banke </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7441">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(način označavanja “X”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69051694" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AC0438" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="69051694" w14:textId="6756F2A8" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>putem poštanskih usluga</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0438">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> na adresu navedenu na ovom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0438">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ahtjevu (način označavanja “X”)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F372286" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00AA6E11">
+    <w:p w14:paraId="0DA804A8" w14:textId="77777777" w:rsidR="00504AB5" w:rsidRPr="00AC0438" w:rsidRDefault="00504AB5" w:rsidP="00504AB5">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F372286" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>PRILOG</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74CF6">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -8311,94 +6144,94 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>pisan</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7" w:rsidDel="009D6FDE">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> potvrda </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>nadležne institucije, primjerice Ministarstva unutarnjih poslova Republike Hrvatske (u nastavku teksta: MUP RH), kojom se dokazuje postojanje događaja više sile zbog kojeg je došlo do uništenja dijelova novčanice kune koji nedostaju ili</w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk152583651"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk152583651"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>pisan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> izjav</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> donositelja o načinu oštećenja novčanice i dokaze kojim se potkrjepljuju navodi iz izjave </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="204D2248" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00DA31B7" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">preslika potvrde nadležne institucije o događaju koji je izazvao obojenje (ako je primjenjivo) primjerice: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7" w:rsidDel="009D6FDE">
         <w:rPr>
@@ -8456,142 +6289,141 @@
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7" w:rsidDel="009D6FDE">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentacij</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA31B7" w:rsidDel="009D6FDE">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> kojom se može dokazati da je do oštećenja došlo zbog tehničke neispravnosti sigurnosnog spremnika ili nepravilnog rukovanja sigurnosnim spremnikom te sigurnosno-tehnički list boje iz sustava elektrokemijske zaštite spremnika kojom je novčanica kune obojena</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A28FA53" w14:textId="361A42AA" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="4A28FA53" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>potvrda o zdravstveno-sigurnosnoj procjeni o vrsti oštećenja od strane nadležnih tijela (ako je primjenjivo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344FF872" w14:textId="1B7F6F3D" w:rsidR="00E105E4" w:rsidRPr="00DD7E8C" w:rsidRDefault="00E105E4" w:rsidP="00B42A13">
+    <w:p w14:paraId="344FF872" w14:textId="042D8FAD" w:rsidR="00E105E4" w:rsidRPr="00DD7E8C" w:rsidRDefault="00E105E4" w:rsidP="007D0575">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
-        <w:numPr>
-[...4 lines deleted...]
-        <w:ind w:left="714" w:hanging="357"/>
+        <w:spacing w:before="0" w:after="60"/>
+        <w:ind w:left="714"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7E8C">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>dokaz o ovlaštenju za zastupanje ako se novac na zamjenu dostavlja putem zakonskog za</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="_Hlk151706743"/>
+      <w:r w:rsidRPr="00DD7E8C">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stupnika ili punomoćnika (primjerice punomoć, rodni list/izvod iz matice rođenih/rješenje o skrbništvu, odluka drugog nadležnog tijela, preslika izvatka iz sudskog ili drugog odgovarajućeg registra za stranu pravnu osobu itd.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U slučaju </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>dokaz o ovlaštenju za zastupanje ako se novac na zamjenu dostavlja putem zakonskog za</w:t>
-[...14 lines deleted...]
-        <w:t>U slučaju zastupanja na temelju punomoći</w:t>
+        <w:t>zastupanja na temelju punomoći</w:t>
       </w:r>
       <w:r w:rsidR="00DD7E8C">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="_Hlk151706214"/>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk151706214"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00DD7E8C" w:rsidRPr="00DD7E8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD7E8C">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00DD7E8C" w:rsidRPr="00B42A13">
+      <w:r w:rsidR="00DD7E8C" w:rsidRPr="007D0575">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ko punomoć nije ovjerena od strane javnog bilježnika, punomoćnik uz punomoć treba priložiti presliku osobnog identifikacijskog dokumenta zakonskog zastupnika.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7AFB0FA4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00331D95" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Datum:</w:t>
       </w:r>
       <w:r w:rsidRPr="00331D95">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -8827,438 +6659,507 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> smatra se vlastoručno potpisanim zahtjevom u skladu s člankom 25. Uredbe eIDAS.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33994E1C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00D57180" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B564DA2" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="58ED01F0" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00BC4D3D" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00BC4D3D">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Obavijest o obradi osobnih podataka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177035F9" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AA6E11" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="177035F9" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Hlk152940835"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA6E11">
+      <w:bookmarkStart w:id="20" w:name="_Hlk152940835"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk152940629"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk151557724"/>
+      <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Hrvatska narodna banka obrađuje osobne podatke naznačene u ovom obrascu u svrhu izvršavanja službene ovlasti zamjene gotovog novca u skladu sa Zakonom o uvođenju eura kao službene valute u Republici Hrvatskoj i na temelju njega donesenih podzakonskih akata i u svrhu sprečavanja pranja novca u skladu sa Zakonom o sprječavanju pranja novca i financiranja terorizma i drugom primjenjivom regulativom te ih neće dodatno obrađivati na način koji nije u skladu s tim svrhama.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46D34682" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00AA6E11" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+        <w:t xml:space="preserve">Hrvatska narodna banka obrađuje osobne podatke naznačene u ovom obrascu u svrhu izvršavanja službene ovlasti zamjene gotovog novca u skladu sa Zakonom o uvođenju eura kao službene valute u Republici Hrvatskoj i na temelju njega donesenih podzakonskih akata i u svrhu sprečavanja pranja novca </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>u skladu sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zakon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>om</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o sprječavanju pranja novca i financiranja terorizma i drugom primjenjivom regulativom te ih neće dodatno obrađivati na način koji nije u skladu s tim svrhama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D34682" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA6E11">
+      <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Hrvatska narodna banka će osobne podatke iz obrasca obrađivati u skladu s opisanim svrhama, u razdoblju u kojemu je obrada tih podataka nužna radi postizanja svrha u koju su prikupljeni, a najduže u roku određenom internim aktom kojim se uređuju obrada i zaštita arhivskoga i registraturnoga gradiva Hrvatske narodne banke.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:p w14:paraId="3244B3C8" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="3244B3C8" w14:textId="652D245D" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA6E11">
+      <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
-          <w:sz w:val="16"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> u skladu s važećim </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Vaši osobni podaci mogu (u slučaju utvrđenja krivotvorine ili sumnje na počinjenje drugog</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kaznenog djela vezano uz gotov novac) biti proslijeđeni Državnom odvjetništvu Republike Hrvatske, M</w:t>
+      </w:r>
+      <w:r w:rsidR="001D791C">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>UP-u RH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i sudovima u cilju otkrivanja i procesuiranja počinitelja kaznenih </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>propisima.</w:t>
+        <w:t>djela te Uredu za sprečavanj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pranja novca </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:color w:val="424242"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u vezi s pranjem novca i financiranjem terorizma, a sve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80D15">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u skladu s važećim propisima.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B1CF3C" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk152940943"/>
-      <w:bookmarkStart w:id="26" w:name="_Hlk152941405"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk152940943"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk152941405"/>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Obavještavamo Vas da imate pravo na pristup </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>svojim</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> osobnim podacima (pravo biti informirani o tome koje podatke, zašto i na koji način Hrvatska narodna banka obrađuje, kome ih otkriva te koliko dugo ih pohranjuje), pravo na ispravak, pravo na brisanje osobnih podataka i pravo na ograničavanje obrade osobnih podataka koji se na Vas odnose. Obrasce koje smo izradili s ciljem lakšeg ostvarivanja navedenih prava možete preuzeti s internetske stranice Hrvatske narodne banke (poveznica: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00B80D15">
           <w:rPr>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.hnb.hr/zastita-osobnih-podataka</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1067E088" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Hlk153280911"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk153280911"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk152941041"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Za sva pitanja i informacije vezane uz ostvarivanje vaših prava na zaštitu osobnih podataka koji su prikupljeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>pri</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> zamjen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> gotovog novca slobodno se obratite službeniku za zaštitu osobnih podataka Hrvatske narodne banke na e-adresu: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00B80D15">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>sluzbenik.osobni@hnb.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p w14:paraId="7C1D6991" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B80D15" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Nadzorno tijelo za zaštitu osobnih podataka u Republici Hrvatskoj jest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00B80D15">
           <w:rPr>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Agencija za zaštitu osobnih podataka</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> (AZOP), a pritužbu na postupanje Hrvatske narodne banke u vezi s obradom Vaših osobnih podataka</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">možete podnijeti na njihovu adresu elektroničke pošte: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00B80D15">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>azop@azop.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B80D15">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkEnd w:id="28"/>
     <w:p w14:paraId="0F67C74E" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="003F6BA7" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:cs="HelveticaNeueLT Pro 55 Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15B7761A" w14:textId="77777777" w:rsidR="005507FB" w:rsidRPr="000163B6" w:rsidRDefault="005507FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005507FB" w:rsidRPr="000163B6" w:rsidSect="003D3BBD">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="849" w:bottom="1418" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="030C9EE4" w14:textId="77777777" w:rsidR="00D6284C" w:rsidRDefault="00D6284C" w:rsidP="00E105E4">
+    <w:p w14:paraId="2122D994" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08A9AA1E" w14:textId="77777777" w:rsidR="00D6284C" w:rsidRDefault="00D6284C" w:rsidP="00E105E4">
+    <w:p w14:paraId="2673AEB4" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9345,51 +7246,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-663081740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="047AFB56" w14:textId="62664AA5" w:rsidR="0039441B" w:rsidRPr="005A6F4E" w:rsidRDefault="00E105E4" w:rsidP="005A6F4E">
+      <w:p w14:paraId="047AFB56" w14:textId="0B25F4AC" w:rsidR="0039441B" w:rsidRPr="005A6F4E" w:rsidRDefault="00E105E4" w:rsidP="005A6F4E">
         <w:pPr>
           <w:pStyle w:val="Podnoje"/>
         </w:pPr>
         <w:r w:rsidRPr="008E745F">
           <w:t>Obrazac zahtjeva iz Odluke o zamjen</w:t>
         </w:r>
         <w:r>
           <w:t>i gotovog novca kune</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
           <w:t xml:space="preserve">STR. </w:t>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-281727638"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr>
@@ -9397,131 +7298,131 @@
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00606DB2">
+            <w:r w:rsidR="00CB42B4">
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00606DB2">
+            <w:r w:rsidR="00CB42B4">
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="24897E0F" w14:textId="77777777" w:rsidR="008E745F" w:rsidRDefault="00E105E4">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
     </w:pPr>
-    <w:bookmarkStart w:id="29" w:name="_Hlk151637244"/>
+    <w:bookmarkStart w:id="27" w:name="_Hlk151637244"/>
     <w:r w:rsidRPr="008E745F">
       <w:t>Obrazac zahtjeva iz Odluke o zamjen</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">i gotovog novca kune </w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="29"/>
-  <w:p w14:paraId="49B5BF12" w14:textId="79CD7904" w:rsidR="0039441B" w:rsidRDefault="00606DB2">
+  <w:bookmarkEnd w:id="27"/>
+  <w:p w14:paraId="49B5BF12" w14:textId="67559B7D" w:rsidR="0039441B" w:rsidRDefault="00CB42B4">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1189017365"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
@@ -9576,110 +7477,117 @@
             <w:bCs/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E105E4">
           <w:rPr>
             <w:bCs/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidR="00E105E4">
           <w:rPr>
             <w:bCs/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:bCs/>
             <w:noProof/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00E105E4">
           <w:rPr>
             <w:bCs/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2027576E" w14:textId="77777777" w:rsidR="00D6284C" w:rsidRDefault="00D6284C" w:rsidP="00E105E4">
+    <w:p w14:paraId="7816CDD7" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02141FB6" w14:textId="77777777" w:rsidR="00D6284C" w:rsidRDefault="00D6284C" w:rsidP="00E105E4">
+    <w:p w14:paraId="6FD0CD47" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1B55B6E8" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="00B42A13" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
+    <w:p w14:paraId="1B55B6E8" w14:textId="77777777" w:rsidR="00E105E4" w:rsidRPr="007D0575" w:rsidRDefault="00E105E4" w:rsidP="00E105E4">
       <w:pPr>
         <w:pStyle w:val="Tekstfusnote"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B42A13">
+      <w:r w:rsidRPr="00454922">
         <w:rPr>
           <w:rStyle w:val="Referencafusnote"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00454922">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0575">
+        <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Ako osoba ovlaštena na zastupanje nema OIB (npr. strani državljanin), u ovo polje upisuju se mjesto, datum i godina rođenja.</w:t>
+        <w:t>Ako osoba ovlaštena na zastupanje nema OIB (npr. strani državljanin), u ovo polje upisuju se mjesto, datum i godina rođenja.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="740B2B63" w14:textId="77777777" w:rsidR="0039441B" w:rsidRDefault="00E105E4">
     <w:pPr>
       <w:pStyle w:val="Zaglavlje"/>
     </w:pPr>
     <w:r>
       <w:t>ZAHTJEV ZA ZAMJENU GOTOVOG NOVCA KUNE</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="56B25D34" w14:textId="77777777" w:rsidR="0039441B" w:rsidRDefault="00E105E4">
     <w:pPr>
       <w:pStyle w:val="Zaglavlje"/>
       <w:tabs>
@@ -10446,117 +8354,108 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="RSR5HL66wFsL40cB5OTGjxMJY7fRbhgL7zqyRrB0EARJtZgd0DuahAxHPlhyJ4UK6W2P9Tx8VBMVddVyGB8oTA==" w:salt="KxT+RL9n/AcEj9+2GgCT8A=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YfQwyC4YSZ+boFvElgwvHWOGS1aV/DIYFkgesBDxF3vBiD3eq9z0z/tESsgRfO7hIP4mbkhFDqOkLIE9gpA3Ww==" w:salt="w2nKmIDwJl7ErYquoiDN1A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E105E4"/>
     <w:rsid w:val="000138F3"/>
     <w:rsid w:val="000163B6"/>
-    <w:rsid w:val="00082D75"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0030088B"/>
+    <w:rsid w:val="001D791C"/>
+    <w:rsid w:val="001F0822"/>
+    <w:rsid w:val="002648F3"/>
+    <w:rsid w:val="002D41FA"/>
     <w:rsid w:val="00300F78"/>
-    <w:rsid w:val="00302096"/>
     <w:rsid w:val="00362781"/>
-    <w:rsid w:val="00443A32"/>
     <w:rsid w:val="00472360"/>
-    <w:rsid w:val="004D2732"/>
+    <w:rsid w:val="00504AB5"/>
+    <w:rsid w:val="00504F75"/>
     <w:rsid w:val="005257B9"/>
     <w:rsid w:val="005507FB"/>
     <w:rsid w:val="0055263F"/>
-    <w:rsid w:val="005542A4"/>
     <w:rsid w:val="00595E80"/>
     <w:rsid w:val="005A504C"/>
-    <w:rsid w:val="00601BB6"/>
-    <w:rsid w:val="00606DB2"/>
+    <w:rsid w:val="00653E10"/>
     <w:rsid w:val="00657B81"/>
-    <w:rsid w:val="006D51F5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00874B9C"/>
+    <w:rsid w:val="00657E70"/>
+    <w:rsid w:val="00663075"/>
+    <w:rsid w:val="007D0575"/>
+    <w:rsid w:val="008A092E"/>
     <w:rsid w:val="008B101A"/>
-    <w:rsid w:val="00A048D5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AB1E97"/>
+    <w:rsid w:val="009445D0"/>
+    <w:rsid w:val="00954508"/>
     <w:rsid w:val="00AB5E6F"/>
-    <w:rsid w:val="00AF0812"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D6284C"/>
+    <w:rsid w:val="00B76C91"/>
+    <w:rsid w:val="00CB42B4"/>
     <w:rsid w:val="00DD754C"/>
     <w:rsid w:val="00DD7E8C"/>
-    <w:rsid w:val="00DF7EB4"/>
     <w:rsid w:val="00E105E4"/>
-    <w:rsid w:val="00EA7624"/>
+    <w:rsid w:val="00E576DA"/>
+    <w:rsid w:val="00E91AA3"/>
+    <w:rsid w:val="00F04042"/>
+    <w:rsid w:val="00F3253D"/>
+    <w:rsid w:val="00F470F4"/>
+    <w:rsid w:val="00F87D1F"/>
     <w:rsid w:val="00FD7956"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -11219,66 +9118,64 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OdlomakpopisaChar">
     <w:name w:val="Odlomak popisa Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Odlomakpopisa"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="00E105E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstfusnote">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TekstfusnoteChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E105E4"/>
     <w:pPr>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstfusnoteChar">
     <w:name w:val="Tekst fusnote Char"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:link w:val="Tekstfusnote"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E105E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referencafusnote">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E105E4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referencakomentara">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A504C"/>
@@ -11328,57 +9225,56 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PredmetkomentaraChar">
     <w:name w:val="Predmet komentara Char"/>
     <w:basedOn w:val="TekstkomentaraChar"/>
     <w:link w:val="Predmetkomentara"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A504C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/zastita-osobnih-podataka" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azop@azop.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azop.hr/kontakt/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzbenik.osobni@hnb.hr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzbenik.osobni@hnb.hr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/zastita-osobnih-podataka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azop@azop.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azop.hr/kontakt/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14C41E9D10E24876A95EE3A3EA1B1FD5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -11875,697 +9771,102 @@
         </w:behaviors>
         <w:guid w:val="{00A24841-9465-4C53-BDB5-B671716FA97C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B650F" w:rsidRDefault="00F12521" w:rsidP="00F12521">
           <w:pPr>
             <w:pStyle w:val="401A0F5EE7534D65AA7A0CC1AC5E5D58"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Molimo unesite</w:t>
           </w:r>
           <w:r w:rsidRPr="003C3404">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8EE0847D07F1441C9297B36D33F23913"/>
+        <w:name w:val="4D0CB518488540978E8894ED0ED28249"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{18BDE693-7C05-49DD-B908-BA0C040C1B66}"/>
+        <w:guid w:val="{5B5BCB02-7452-44AB-8031-282234E8B25F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B650F" w:rsidRDefault="00F12521" w:rsidP="00F12521">
           <w:pPr>
-            <w:pStyle w:val="8EE0847D07F1441C9297B36D33F23913"/>
+            <w:pStyle w:val="4D0CB518488540978E8894ED0ED28249"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Molimo unesite</w:t>
           </w:r>
           <w:r w:rsidRPr="003C3404">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5E94CA02044E46CC8A5C3AA6A0E1E324"/>
+        <w:name w:val="78EE408A6E594219A2DA39ED76FDC4EC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{88B551D0-7A07-4A82-96F4-DD726317AEC8}"/>
+        <w:guid w:val="{BF44B041-E460-474D-886B-3CF4ED78031D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B650F" w:rsidRDefault="00F12521" w:rsidP="00F12521">
           <w:pPr>
-            <w:pStyle w:val="5E94CA02044E46CC8A5C3AA6A0E1E324"/>
-[...594 lines deleted...]
-            <w:pStyle w:val="C7A8AC8F209F445F848C4797432CB9CA"/>
+            <w:pStyle w:val="78EE408A6E594219A2DA39ED76FDC4EC"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Molimo unesite</w:t>
           </w:r>
           <w:r w:rsidRPr="003C3404">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2B39FA0CB23244A2AF8F1920C2172F59"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
@@ -12858,1975 +10159,50 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C449158C-C0DF-4D8A-8F81-94654BAF4BDD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003B650F" w:rsidRDefault="00F12521" w:rsidP="00F12521">
           <w:pPr>
             <w:pStyle w:val="C0F9888A1F88409E82336D03E17D497D"/>
           </w:pPr>
           <w:r w:rsidRPr="004A608D">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Kliknite ili dodirnite ovdje da biste unijeli tekst.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...1923 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -14893,69 +10269,65 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Pro 55 Roman">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F12521"/>
-    <w:rsid w:val="00221065"/>
     <w:rsid w:val="003B650F"/>
-    <w:rsid w:val="005605A5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BD75E6"/>
     <w:rsid w:val="00F12521"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
@@ -15361,51 +10733,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Tekstrezerviranogmjesta">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Zadanifontodlomka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00616514"/>
+    <w:rsid w:val="00F12521"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14C41E9D10E24876A95EE3A3EA1B1FD5">
     <w:name w:val="14C41E9D10E24876A95EE3A3EA1B1FD5"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D4F63624E644AC1ABF431979DE1B56F">
     <w:name w:val="9D4F63624E644AC1ABF431979DE1B56F"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0B510140EE549B7BFC6EFF6B24932C4">
     <w:name w:val="C0B510140EE549B7BFC6EFF6B24932C4"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD473D23A91B4FF2BD7D1294FF27EBE0">
     <w:name w:val="BD473D23A91B4FF2BD7D1294FF27EBE0"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="95946EFE62DA4BF0A80655ADB9840BE3">
     <w:name w:val="95946EFE62DA4BF0A80655ADB9840BE3"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="82E3BF1B769E48FD83E147F795545701">
@@ -15430,425 +10802,93 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="118EC68EA7744777BC07EFA55E4A0730">
     <w:name w:val="118EC68EA7744777BC07EFA55E4A0730"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D005410561174ACBA655F8C6E9A47DE7">
     <w:name w:val="D005410561174ACBA655F8C6E9A47DE7"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="61CAC940982B4F9594E31E0D2F55FC9D">
     <w:name w:val="61CAC940982B4F9594E31E0D2F55FC9D"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7BEA5AD3DC1460BA651EAC154A4ACF5">
     <w:name w:val="F7BEA5AD3DC1460BA651EAC154A4ACF5"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="401A0F5EE7534D65AA7A0CC1AC5E5D58">
     <w:name w:val="401A0F5EE7534D65AA7A0CC1AC5E5D58"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D0CB518488540978E8894ED0ED28249">
     <w:name w:val="4D0CB518488540978E8894ED0ED28249"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EE0847D07F1441C9297B36D33F23913">
-[...78 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="78EE408A6E594219A2DA39ED76FDC4EC">
     <w:name w:val="78EE408A6E594219A2DA39ED76FDC4EC"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B39FA0CB23244A2AF8F1920C2172F59">
     <w:name w:val="2B39FA0CB23244A2AF8F1920C2172F59"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="81AD15AF50414348BB5E531660464D60">
     <w:name w:val="81AD15AF50414348BB5E531660464D60"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6C6CE32301F42F3AEE1B5E575F2E576">
     <w:name w:val="A6C6CE32301F42F3AEE1B5E575F2E576"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBBB40581FA1471186A2A537DC42BEC2">
     <w:name w:val="DBBB40581FA1471186A2A537DC42BEC2"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8511B06392E54EF1A084BE37E920A426">
     <w:name w:val="8511B06392E54EF1A084BE37E920A426"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E67925881114451B529BF6C98EBD93B">
     <w:name w:val="0E67925881114451B529BF6C98EBD93B"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F83469692B494B16830F196FA6197193">
     <w:name w:val="F83469692B494B16830F196FA6197193"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01CA52626C324628B6101D319FDA177B">
     <w:name w:val="01CA52626C324628B6101D319FDA177B"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCA31DF6576246758F4BDC69FD7C2655">
     <w:name w:val="FCA31DF6576246758F4BDC69FD7C2655"/>
     <w:rsid w:val="00F12521"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0F9888A1F88409E82336D03E17D497D">
     <w:name w:val="C0F9888A1F88409E82336D03E17D497D"/>
     <w:rsid w:val="00F12521"/>
-  </w:style>
-[...250 lines deleted...]
-    <w:rsid w:val="00616514"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -16077,91 +11117,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2013</Words>
-  <Characters>11479</Characters>
+  <Words>1916</Words>
+  <Characters>10926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13466</CharactersWithSpaces>
+  <CharactersWithSpaces>12817</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vedrana Vranješ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>