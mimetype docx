--- v0 (2025-12-18)
+++ v1 (2026-02-06)
@@ -22,219 +22,143 @@
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="35C986E1" w14:textId="05EDB4B5" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APPLICATION FOR THE </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk126674190"/>
+      <w:r w:rsidR="00C52664" w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>EXCHANGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OF KUNA</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t xml:space="preserve">APPLICATION FOR THE </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> CASH</w:t>
+      </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(TO BE COMPLETED IN ACCORDANCE WITH THE INSTRUCTIONS AT THE BOTTOM OF THE FORM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC4B21A" w14:textId="5B4F8B30" w:rsidR="006522BB" w:rsidRPr="009A2908" w:rsidRDefault="00161DAF" w:rsidP="006522BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Application b</w:t>
       </w:r>
       <w:r w:rsidR="006522BB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>y post:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B434BB4" w14:textId="250F2DFA" w:rsidR="006522BB" w:rsidRPr="009A2908" w:rsidRDefault="00161DAF" w:rsidP="006522BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> BANKA</w:t>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>HRVATSKA NARODNA BANKA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260E3BD2" w14:textId="2A74EDC3" w:rsidR="006522BB" w:rsidRPr="009A2908" w:rsidRDefault="006522BB" w:rsidP="006522BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> 3, p.</w:t>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Trg hrvatskih velikana 3, p.</w:t>
       </w:r>
       <w:r w:rsidR="00161DAF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>p.</w:t>
       </w:r>
       <w:r w:rsidR="00161DAF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
@@ -243,426 +167,280 @@
         <w:t>859, 100</w:t>
       </w:r>
       <w:r w:rsidR="00C52664" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>2 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A63A5ED" w14:textId="2CEB2559" w:rsidR="006522BB" w:rsidRPr="009A2908" w:rsidRDefault="00092E5A" w:rsidP="006522BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="009A2908">
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Direkcija za pohranu, obradu i opskrbu gotovim novcem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F065BF0" w14:textId="51ED150C" w:rsidR="00A71A57" w:rsidRPr="009A2908" w:rsidRDefault="000D0714" w:rsidP="008332AE">
+      <w:pPr>
+        <w:spacing w:before="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>I CASH SUBMITTED FOR</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2908" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...126 lines deleted...]
-      </w:r>
       <w:r w:rsidR="001A0C5E" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>EXCHANGE</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A55599" w14:textId="079D2839" w:rsidR="009B492A" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00763704">
+    <w:p w14:paraId="59A55599" w14:textId="64EB2258" w:rsidR="009B492A" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00763704">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-537893403"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008519CB" w:rsidRPr="009A2908">
+          <w:r w:rsidR="00885C46">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00161DAF" w:rsidRPr="009A2908">
         <w:t>Damaged</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="398250954"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004E33E9" w:rsidRPr="009A2908">
+          <w:r w:rsidR="00885C46">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Stained</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6DD1BF" w14:textId="4BD38697" w:rsidR="008E745F" w:rsidRPr="009A2908" w:rsidRDefault="000D0714" w:rsidP="0099536C">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk151369274"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk151369274"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
       <w:r w:rsidR="00F50671" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>DATA</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ON THE APPLICANT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A63576" w14:textId="70FEB277" w:rsidR="00AF4EFB" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00AF4EFB">
+    <w:p w14:paraId="57A63576" w14:textId="70FEB277" w:rsidR="00AF4EFB" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00AF4EFB">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:id w:val="-1176118655"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00AF4EFB" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0DFC02D8" w14:textId="1C8F7FCC" w:rsidR="00AF4EFB" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="0086525B">
+        <w:t xml:space="preserve">  in his/her own name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFC02D8" w14:textId="1C8F7FCC" w:rsidR="00AF4EFB" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="0086525B">
       <w:pPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00972AB3" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> a proxy or legal representative</w:t>
+        <w:t xml:space="preserve">  as a proxy or legal representative</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48267CBE" w14:textId="77777777" w:rsidR="00A46270" w:rsidRPr="009A2908" w:rsidRDefault="00A46270" w:rsidP="0086525B">
       <w:pPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="9857" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4652"/>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="4759"/>
       </w:tblGrid>
       <w:tr w:rsidR="00904177" w:rsidRPr="009A2908" w14:paraId="6D9F1901" w14:textId="77777777" w:rsidTr="004236D1">
         <w:trPr>
           <w:trHeight w:val="440"/>
@@ -712,169 +490,151 @@
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>LEGAL PERSON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00904177" w:rsidRPr="009A2908" w14:paraId="6681BCFB" w14:textId="178EB4E6" w:rsidTr="004236D1">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DF33695" w14:textId="57E07478" w:rsidR="00904177" w:rsidRPr="009A2908" w:rsidRDefault="00904177" w:rsidP="00EA6710">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
-              <w:t>Name and surname</w:t>
+              <w:t>Name and surname:</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1076052773"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="1654028238"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02DA51A3" w14:textId="77777777" w:rsidR="00904177" w:rsidRPr="009A2908" w:rsidRDefault="00904177" w:rsidP="00EA6710"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58BE9553" w14:textId="35140878" w:rsidR="00904177" w:rsidRPr="009A2908" w:rsidRDefault="00904177" w:rsidP="00EA6710">
             <w:r w:rsidRPr="009A2908">
-              <w:t>Name of legal person</w:t>
+              <w:t>Name of legal person:</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="173158924"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="969784537"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00972AB3" w:rsidRPr="009A2908" w14:paraId="04591077" w14:textId="22736CB8" w:rsidTr="004236D1">
         <w:trPr>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A3BD4A2" w14:textId="617EB081" w:rsidR="00972AB3" w:rsidRPr="009A2908" w:rsidRDefault="004236D1" w:rsidP="00972AB3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00AA47C4" w:rsidRPr="009A2908">
-              <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="009A2908">
               <w:t xml:space="preserve">:                           </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1196304813"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-2041118049"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
@@ -883,247 +643,232 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53D439E6" w14:textId="77777777" w:rsidR="00972AB3" w:rsidRPr="009A2908" w:rsidRDefault="00972AB3" w:rsidP="00972AB3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="411E80F9" w14:textId="7008C75B" w:rsidR="00972AB3" w:rsidRPr="009A2908" w:rsidRDefault="00AA47C4" w:rsidP="00972AB3">
             <w:r w:rsidRPr="009A2908">
               <w:t>Head office</w:t>
             </w:r>
             <w:r w:rsidR="00972AB3" w:rsidRPr="009A2908">
               <w:t xml:space="preserve"> of legal person (street and number, city and country): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_Hlk151710919"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk151710919"/>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-625005675"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00972AB3" w:rsidRPr="009A2908">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   </w:rPr>
                   <w:t>Click or touch here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00630DA7" w:rsidRPr="009A2908" w14:paraId="55262E72" w14:textId="77777777" w:rsidTr="004236D1">
         <w:trPr>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69198230" w14:textId="77777777" w:rsidR="004236D1" w:rsidRPr="009A2908" w:rsidRDefault="004236D1" w:rsidP="004236D1">
             <w:r w:rsidRPr="009A2908">
               <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71522B20" w14:textId="746424E7" w:rsidR="00630DA7" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="004236D1">
+          <w:p w14:paraId="71522B20" w14:textId="746424E7" w:rsidR="00630DA7" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="004236D1">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-699090604"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="1042944742"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="784D5159" w14:textId="77777777" w:rsidR="00630DA7" w:rsidRPr="009A2908" w:rsidRDefault="00630DA7" w:rsidP="00630DA7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4936C4BC" w14:textId="63EB74E5" w:rsidR="00630DA7" w:rsidRPr="009A2908" w:rsidRDefault="00630DA7" w:rsidP="00630DA7">
             <w:r w:rsidRPr="009A2908">
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00AA47C4" w:rsidRPr="009A2908">
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009A2908">
               <w:t>:</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1890605276"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="1201675402"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004236D1" w:rsidRPr="009A2908" w14:paraId="3850FC51" w14:textId="77777777" w:rsidTr="004236D1">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4759" w:type="dxa"/>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A9D343F" w14:textId="0C1EC4D1" w:rsidR="004236D1" w:rsidRPr="009A2908" w:rsidRDefault="004236D1" w:rsidP="00630DA7">
             <w:r w:rsidRPr="009A2908">
-              <w:t>Name and number of the identification document and the issuing country</w:t>
+              <w:t>Name and number of the identification document and the issuing country:</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-275338489"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-1892568828"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="009A2908">
                       <w:rPr>
                         <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                       </w:rPr>
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BEA2848" w14:textId="77777777" w:rsidR="004236D1" w:rsidRPr="009A2908" w:rsidRDefault="004236D1" w:rsidP="00630DA7"/>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="6CA75FD5" w14:textId="77777777" w:rsidR="00881F25" w:rsidRPr="009A2908" w:rsidRDefault="00881F25">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="10091" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10091"/>
       </w:tblGrid>
       <w:tr w:rsidR="00791659" w:rsidRPr="009A2908" w14:paraId="0A61523C" w14:textId="77777777" w:rsidTr="00913656">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D275E82" w14:textId="77777777" w:rsidR="00791659" w:rsidRPr="009A2908" w:rsidRDefault="00791659" w:rsidP="00791659">
@@ -1141,58 +886,56 @@
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>PROXY OR LEGAL REPRESENTATIVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791659" w:rsidRPr="009A2908" w14:paraId="57014BCF" w14:textId="77777777" w:rsidTr="00913656">
         <w:trPr>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="529C7354" w14:textId="77777777" w:rsidR="00791659" w:rsidRPr="009A2908" w:rsidRDefault="00791659" w:rsidP="00791659">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
               <w:t>Name and surname</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="349770441"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-173727941"/>
                     <w:showingPlcHdr/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
@@ -1203,71 +946,61 @@
                       <w:t>Click or touch here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791659" w:rsidRPr="009A2908" w14:paraId="38A31E7A" w14:textId="77777777" w:rsidTr="00913656">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67C62C6C" w14:textId="0EF1A8F9" w:rsidR="00791659" w:rsidRPr="009A2908" w:rsidRDefault="00791659" w:rsidP="00791659">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00CB023B" w:rsidRPr="009A2908">
-              <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009A2908">
               <w:t>:</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="1871637013"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-2108260657"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
@@ -1311,57 +1044,53 @@
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791659" w:rsidRPr="009A2908" w14:paraId="57FDC8BA" w14:textId="77777777" w:rsidTr="00913656">
         <w:trPr>
           <w:trHeight w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64D4EFBB" w14:textId="77777777" w:rsidR="00791659" w:rsidRPr="009A2908" w:rsidRDefault="00791659" w:rsidP="00791659">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
-              <w:t>Residence (street and number, city, country)</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="1029757997"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="40102511"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:color w:val="C00000"/>
@@ -1399,57 +1128,52 @@
                             </w:sdt>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791659" w:rsidRPr="009A2908" w14:paraId="2F534A4D" w14:textId="77777777" w:rsidTr="00913656">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E0A61B6" w14:textId="0BC8C89E" w:rsidR="00791659" w:rsidRPr="009A2908" w:rsidRDefault="00791659" w:rsidP="00791659">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
-              <w:t>Name and number of the identification document, the issuing country</w:t>
+              <w:t>Name and number of the identification document, the issuing country:</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="2126111816"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="195979877"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
@@ -1621,148 +1345,137 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="10091" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10091"/>
       </w:tblGrid>
       <w:tr w:rsidR="00881F25" w:rsidRPr="009A2908" w14:paraId="33916D08" w14:textId="77777777" w:rsidTr="00C2210C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42C8FCA7" w14:textId="77777777" w:rsidR="00881F25" w:rsidRPr="009A2908" w:rsidRDefault="00881F25" w:rsidP="00881F25">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
-              <w:lastRenderedPageBreak/>
-              <w:t>Phone number</w:t>
+              <w:t>Phone number:</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="823329406"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-655989245"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:id w:val="894165580"/>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:bookmarkStart w:id="4" w:name="_Hlk151707259"/>
+                        <w:bookmarkStart w:id="3" w:name="_Hlk151707259"/>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="C00000"/>
                             </w:rPr>
                             <w:id w:val="-127554962"/>
                             <w:showingPlcHdr/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:r w:rsidRPr="009A2908">
                               <w:rPr>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                               </w:rPr>
                               <w:t>Click or touch here to enter text.</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
-                        <w:bookmarkEnd w:id="4"/>
+                        <w:bookmarkEnd w:id="3"/>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00881F25" w:rsidRPr="009A2908" w14:paraId="33099E2E" w14:textId="77777777" w:rsidTr="00C2210C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10091" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D10A7FE" w14:textId="77777777" w:rsidR="00881F25" w:rsidRPr="009A2908" w:rsidRDefault="00881F25" w:rsidP="00881F25">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
-              <w:t>E-mail address (if any)</w:t>
+              <w:t>E-mail address (if any):</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009A2908">
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="C00000"/>
                 </w:rPr>
                 <w:id w:val="-375627105"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="C00000"/>
                     </w:rPr>
                     <w:id w:val="-926723060"/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
@@ -1792,64 +1505,78 @@
                             <w:r w:rsidRPr="009A2908">
                               <w:rPr>
                                 <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                               </w:rPr>
                               <w:t>Click or touch here to enter text.</w:t>
                             </w:r>
                           </w:sdtContent>
                         </w:sdt>
                       </w:sdtContent>
                     </w:sdt>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03841D0C" w14:textId="77777777" w:rsidR="00881F25" w:rsidRPr="009A2908" w:rsidRDefault="00881F25">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36F828BE" w14:textId="212F7756" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="004F52FB">
+    <w:p w14:paraId="36F828BE" w14:textId="0C744651" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="004F52FB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>III CASH SPECIFICATION</w:t>
+        <w:t xml:space="preserve">III </w:t>
+      </w:r>
+      <w:r w:rsidR="00324233">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>BANKNOTES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SPECIFICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693FE127" w14:textId="2AFC0E51" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="0039441B" w:rsidP="0072727E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="3501"/>
         <w:gridCol w:w="2676"/>
         <w:gridCol w:w="2747"/>
       </w:tblGrid>
@@ -2692,994 +2419,50 @@
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2747" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2C45FF37" w14:textId="6B0C55EB" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="001629C6">
                 <w:pPr>
                   <w:pStyle w:val="Bezproreda"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009A2908">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   </w:rPr>
                   <w:t>Please enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0039441B" w:rsidRPr="009A2908" w14:paraId="366C1942" w14:textId="77777777">
-[...942 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="0039441B" w:rsidRPr="009A2908" w14:paraId="56FE55AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6881" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F3ED0" w14:textId="77777777" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C">
             <w:pPr>
               <w:pStyle w:val="Bezproreda"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2908">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>TOTAL VALUE:</w:t>
             </w:r>
           </w:p>
@@ -3710,53 +2493,53 @@
                   <w:t>Please enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="132D6F9E" w14:textId="273C7121" w:rsidR="004F52FB" w:rsidRPr="009A2908" w:rsidRDefault="004F52FB"/>
     <w:p w14:paraId="3B5638AB" w14:textId="42972361" w:rsidR="008220FD" w:rsidRPr="009A2908" w:rsidRDefault="00463124" w:rsidP="00D823DA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>IV DETAILS OF DAMAGE/STAINING</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk152255458"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5826276E" w14:textId="230A5D31" w:rsidR="00D823DA" w:rsidRPr="009A2908" w:rsidRDefault="009358B1" w:rsidP="00D823DA">
+      <w:bookmarkStart w:id="4" w:name="_Hlk152255458"/>
+    </w:p>
+    <w:p w14:paraId="5826276E" w14:textId="5E4D8A30" w:rsidR="00D823DA" w:rsidRPr="009A2908" w:rsidRDefault="009358B1" w:rsidP="00D823DA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>WHAT CAUSED THE DAMAGE</w:t>
       </w:r>
       <w:r w:rsidR="00D823DA" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>? (</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
@@ -3777,97 +2560,104 @@
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>regardless</w:t>
       </w:r>
       <w:r w:rsidR="00D823DA" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the type of banknote submitted for</w:t>
       </w:r>
       <w:r w:rsidR="009A2908" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00794509" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>exchange</w:t>
       </w:r>
+      <w:r w:rsidR="00294240">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00D823DA" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F6F774" w14:textId="6BC7F79C" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="31F6F774" w14:textId="6BC7F79C" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1560007217"/>
           <w:placeholder>
             <w:docPart w:val="81551BB2E4944FAC81D20BF294180502"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Click or touch here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="496F55A6" w14:textId="2E89F6A8" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="0039441B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3152B986" w14:textId="615DD06D" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="0039441B">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA429BD" w14:textId="57542FB8" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C">
+    <w:p w14:paraId="4DA429BD" w14:textId="1DBCBFC5" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">WHAT HAPPENED </w:t>
       </w:r>
       <w:r w:rsidR="009358B1" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>TO</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
@@ -3879,185 +2669,212 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>PARTS</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>? (</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">To be completed only </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>if pieces of cash are missing</w:t>
+        <w:t xml:space="preserve">if pieces of </w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">banknotes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>are missing</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E33AF7C" w14:textId="6394BC7B" w:rsidR="00174753" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="4E33AF7C" w14:textId="6394BC7B" w:rsidR="00174753" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2063863300"/>
           <w:placeholder>
             <w:docPart w:val="639F62FF137F4A16BF53212983031E6A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Click or touch here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3B962B56" w14:textId="77777777" w:rsidR="00C2210C" w:rsidRPr="009A2908" w:rsidRDefault="00C2210C" w:rsidP="00553091">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk152600908"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="21DA8C49" w14:textId="5A010E71" w:rsidR="00553091" w:rsidRPr="009A2908" w:rsidRDefault="00962557" w:rsidP="00553091">
+      <w:bookmarkStart w:id="5" w:name="_Hlk152600908"/>
+    </w:p>
+    <w:p w14:paraId="21DA8C49" w14:textId="2D174F03" w:rsidR="00553091" w:rsidRPr="009A2908" w:rsidRDefault="00962557" w:rsidP="00553091">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>IS</w:t>
       </w:r>
       <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> THE SOILING </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>HARMFUL FOR</w:t>
       </w:r>
       <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> HUMAN HEALTH? (</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>To be completed for</w:t>
       </w:r>
       <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> soiled cash only</w:t>
+        <w:t xml:space="preserve"> soiled </w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>banknotes</w:t>
+      </w:r>
+      <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="3327BC32" w14:textId="77777777" w:rsidR="00FC6AA5" w:rsidRPr="009A2908" w:rsidRDefault="00FC6AA5" w:rsidP="00553091">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58448B3C" w14:textId="1670E7B5" w:rsidR="00553091" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00EC55FE">
+    <w:p w14:paraId="58448B3C" w14:textId="1670E7B5" w:rsidR="00553091" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00EC55FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-553768428"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00553091" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
@@ -4195,51 +3012,51 @@
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F232EF" w14:textId="7AF4E320" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="0039441B">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A98D45E" w14:textId="6FE2E58A" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="1A98D45E" w14:textId="6FE2E58A" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1355530124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -4255,85 +3072,85 @@
         <w:sdtPr>
           <w:id w:val="-986398767"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> YES</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509160C9" w14:textId="7BAC649C" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="509160C9" w14:textId="7BAC649C" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-514304203"/>
           <w:placeholder>
             <w:docPart w:val="7D14E3401E3E405985F057B7D2BCFC75"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="7" w:name="_Hlk133234024"/>
+          <w:bookmarkStart w:id="6" w:name="_Hlk133234024"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-858500867"/>
               <w:placeholder>
                 <w:docPart w:val="FDF71BC03A6F4CE5BF6AC03141C7407E"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                 </w:rPr>
                 <w:t>Click or touch here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="6"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="76BCA4FF" w14:textId="77777777" w:rsidR="00ED1DB3" w:rsidRPr="009A2908" w:rsidRDefault="00ED1DB3" w:rsidP="006B071F">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D71D214" w14:textId="77777777" w:rsidR="00832EFF" w:rsidRPr="009A2908" w:rsidRDefault="00832EFF">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="743AF22E" w14:textId="0F378754" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00996EE4">
       <w:pPr>
@@ -4379,51 +3196,51 @@
         </w:rPr>
         <w:t>To be completed</w:t>
       </w:r>
       <w:r w:rsidR="00DC159C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> for stained banknotes only</w:t>
       </w:r>
       <w:r w:rsidR="006A2776" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DC159C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1469D5E2" w14:textId="7AC11232" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="1469D5E2" w14:textId="7AC11232" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1950385392"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
@@ -4480,241 +3297,214 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="492D3F92" w14:textId="77777777" w:rsidR="004F52FB" w:rsidRPr="009A2908" w:rsidRDefault="004F52FB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03E8E015" w14:textId="737B43EE" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EC55FE" w:rsidP="00EC55FE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk155335733"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk155335733"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk153460729"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk153460729"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">PREFERRED MANNER OF </w:t>
       </w:r>
       <w:r w:rsidR="00CD641E">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>EXCHANGE</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="17E927A6" w14:textId="7B962DE1" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EC55FE" w:rsidP="00EC55FE">
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="00B850DF" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">hereby </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">agree </w:t>
       </w:r>
       <w:r w:rsidR="00B850DF" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">to receive the </w:t>
       </w:r>
       <w:r w:rsidR="00604544" w:rsidRPr="009A2908">
         <w:t>exchanged</w:t>
       </w:r>
       <w:r w:rsidR="00B850DF" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A92C68" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">euro </w:t>
       </w:r>
       <w:r w:rsidR="00B850DF" w:rsidRPr="009A2908">
         <w:t>amount</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">, which is the </w:t>
       </w:r>
       <w:r w:rsidR="00645CA5" w:rsidRPr="009A2908">
         <w:t>equivalent value</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00604544" w:rsidRPr="009A2908">
         <w:t>exchang</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
-        <w:t xml:space="preserve">ed </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> amount (amount less than HRK 15,000.00)</w:t>
+        <w:t>ed kuna amount (amount less than HRK 15,000.00)</w:t>
       </w:r>
       <w:r w:rsidR="00051BC7" w:rsidRPr="009A2908">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051BC7" w:rsidRPr="009A2908">
         <w:t>as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A2D09C" w14:textId="0068C225" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00EC55FE">
+    <w:p w14:paraId="66A2D09C" w14:textId="0068C225" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00EC55FE">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1380620046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC55FE" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="0F29F18D" w14:textId="142A2E0F" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00EC55FE">
+        <w:t xml:space="preserve"> at the cash desk of the Croatian National Bank; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F29F18D" w14:textId="142A2E0F" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00EC55FE">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2143607433"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC55FE" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
-        <w:t>delivered</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> by postal services to the address </w:t>
+        <w:t xml:space="preserve">delivered by postal services to the address </w:t>
       </w:r>
       <w:r w:rsidR="00482AE6" w:rsidRPr="009A2908">
         <w:t>specified</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> in this </w:t>
       </w:r>
       <w:r w:rsidR="00327B7A" w:rsidRPr="009A2908">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t>pplication.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572471E2" w14:textId="77777777" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EC55FE" w:rsidP="00EC55FE">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54FBB6C2" w14:textId="1B64A45B" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EC55FE" w:rsidP="00BE2DD4">
       <w:pPr>
@@ -4725,164 +3515,164 @@
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">VI </w:t>
       </w:r>
       <w:r w:rsidR="003818FF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>ATTACHMENT</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>(S):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03373820" w14:textId="4B6B08C6" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00BE2DD4">
+    <w:p w14:paraId="03373820" w14:textId="4B6B08C6" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="93529516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC55FE" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Proof of authorisation for representation or power of attorney if cash is presented for </w:t>
       </w:r>
       <w:r w:rsidR="00794509" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">exchange </w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">through a legal representative or a proxy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7870DD3E" w14:textId="4D2AEE26" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00B2398B">
+    <w:p w14:paraId="7870DD3E" w14:textId="4D2AEE26" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00B2398B">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-981542825"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BE2DD4" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B2398B" w:rsidRPr="009A2908">
         <w:t>Confirmation</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> of the competent institution </w:t>
       </w:r>
       <w:r w:rsidR="00B2398B" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">proving the occurrence of the </w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t>event that caused the damage or staining/</w:t>
       </w:r>
       <w:r w:rsidR="00B2398B" w:rsidRPr="009A2908">
         <w:t>proof</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> supporting the allegations from the bearer’s statement on the manner </w:t>
       </w:r>
       <w:r w:rsidR="00B2398B" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">in which the </w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t>damage</w:t>
       </w:r>
       <w:r w:rsidR="00B2398B" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> occurred</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062FA467" w14:textId="2E4964FA" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00EC55FE">
+    <w:p w14:paraId="062FA467" w14:textId="2E4964FA" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00EC55FE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-123621078"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC55FE" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Health and safety assessment by competent authorities on the type of spoiling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077BC383" w14:textId="3703173F" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00EC55FE">
+    <w:p w14:paraId="077BC383" w14:textId="3703173F" w:rsidR="00EC55FE" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00EC55FE">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1114824973"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC55FE" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Security and technical sheet of the ink (for banknotes damaged </w:t>
@@ -4896,187 +3686,154 @@
     </w:p>
     <w:p w14:paraId="6B10512D" w14:textId="532685F1" w:rsidR="00D95AD6" w:rsidRPr="009A2908" w:rsidRDefault="001701B8" w:rsidP="00D50528">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>NOTES:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742C24C3" w14:textId="2C3285FD" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="0070283D" w:rsidP="004B1221">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
-        <w:t xml:space="preserve">If the submitted </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cash meets the conditions for </w:t>
+        <w:t xml:space="preserve">If the submitted kuna cash meets the conditions for </w:t>
       </w:r>
       <w:r w:rsidR="00794509" w:rsidRPr="009A2908">
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009A2908" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">the amount </w:t>
       </w:r>
       <w:r w:rsidR="00543152" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">to be paid out </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">is converted </w:t>
       </w:r>
       <w:r w:rsidR="00543152" w:rsidRPr="009A2908">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> the euro by applying the fixed conversion rate </w:t>
       </w:r>
       <w:r w:rsidR="00543152" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">of EUR </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">1 = </w:t>
       </w:r>
       <w:r w:rsidR="00543152" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">HRK </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t>7.53450.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A82A60" w14:textId="777D9EA5" w:rsidR="008E745F" w:rsidRPr="009A2908" w:rsidRDefault="00654E89" w:rsidP="008E745F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In accordance with the decision governing the </w:t>
       </w:r>
       <w:r w:rsidR="00794509" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">exchange </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
-        <w:t xml:space="preserve">of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cash, the Croatian National Bank will not </w:t>
+        <w:t xml:space="preserve">of kuna cash, the Croatian National Bank will not </w:t>
       </w:r>
       <w:r w:rsidR="00604544" w:rsidRPr="009A2908">
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
-        <w:t xml:space="preserve"> the received </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cash in the amount equal to or exceeding HRK 15,000.00, which has been submitted through a postal service. The Croatian National Bank will hold it until the bearer approaches the Croatian National Bank in person, about which the bearer will be notified to the contact </w:t>
+        <w:t xml:space="preserve"> the received kuna cash in the amount equal to or exceeding HRK 15,000.00, which has been submitted through a postal service. The Croatian National Bank will hold it until the bearer approaches the Croatian National Bank in person, about which the bearer will be notified to the contact </w:t>
       </w:r>
       <w:r w:rsidR="00DA4135" w:rsidRPr="009A2908">
         <w:t>details</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003818FF" w:rsidRPr="009A2908">
         <w:t>specified</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> in this Application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35594D44" w14:textId="02A71D66" w:rsidR="001701B8" w:rsidRPr="009A2908" w:rsidRDefault="001701B8" w:rsidP="004B1221">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">The Croatian National Bank establishes whether the conditions for the exchange are met no later than within 60 (sixty) days of the date when cash </w:t>
       </w:r>
       <w:r w:rsidR="00A1123D" w:rsidRPr="009A2908">
         <w:t>has been</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> submitted for </w:t>
       </w:r>
       <w:r w:rsidR="00F007AC" w:rsidRPr="009A2908">
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> in the manner and in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00A1123D" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">the conditions prescribed by the decision governing the </w:t>
       </w:r>
       <w:r w:rsidR="00F007AC" w:rsidRPr="009A2908">
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
-        <w:t xml:space="preserve"> of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cash</w:t>
+        <w:t xml:space="preserve"> of kuna cash</w:t>
       </w:r>
       <w:r w:rsidR="00327B7A" w:rsidRPr="009A2908">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219918CB" w14:textId="77777777" w:rsidR="00BE2DD4" w:rsidRPr="009A2908" w:rsidRDefault="00BE2DD4" w:rsidP="004B1221">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17C42B81" w14:textId="07640ADE" w:rsidR="00996E7D" w:rsidRPr="009A2908" w:rsidRDefault="00996E7D" w:rsidP="00996E7D">
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1746253419"/>
           <w:placeholder>
             <w:docPart w:val="9B60D03798BC4DC4A91B12E251B2216B"/>
@@ -5132,172 +3889,157 @@
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> of the applicant</w:t>
       </w:r>
       <w:r w:rsidR="0095707E" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signature of the person </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>receiving</w:t>
       </w:r>
       <w:r w:rsidR="0095707E" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk132886503"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk132886503"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD40D43" w14:textId="77777777" w:rsidR="00327B7A" w:rsidRPr="009A2908" w:rsidRDefault="00327B7A" w:rsidP="00327B7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C1EA283" w14:textId="6F503B4B" w:rsidR="003E59F6" w:rsidRPr="009A2908" w:rsidRDefault="00996E7D" w:rsidP="00540168">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:t>________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:tab/>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="321FC20B" w14:textId="77777777" w:rsidR="00BE2DD4" w:rsidRPr="009A2908" w:rsidRDefault="00BE2DD4" w:rsidP="00540168">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E11789" w14:textId="406F3724" w:rsidR="00540168" w:rsidRPr="009A2908" w:rsidRDefault="00540168" w:rsidP="00540168">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">By signing this Application, the applicant confirms that the entered </w:t>
       </w:r>
       <w:r w:rsidR="003A0BE1" w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A0BE1" w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> accurate and complete and that the </w:t>
       </w:r>
       <w:r w:rsidR="00F22757" w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> have been submitted as specified in the Application.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="01FFEAA0" w14:textId="36DECF28" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C">
       <w:pPr>
         <w:pStyle w:val="Naslov3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">TO BE COMPLETED BY THE </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> –</w:t>
+        <w:t>TO BE COMPLETED BY THE CNB –</w:t>
       </w:r>
       <w:r w:rsidR="00A65197" w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CURRENCY AREA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4611CF17" w14:textId="2B99AA3C" w:rsidR="00992449" w:rsidRPr="009A2908" w:rsidRDefault="00A8281B">
       <w:r w:rsidRPr="009A2908">
         <w:t>Received for processing</w:t>
       </w:r>
       <w:r w:rsidR="00A65197" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:t xml:space="preserve">: </w:t>
@@ -5344,204 +4086,196 @@
           <w:date w:fullDate="2023-04-16T00:00:00Z">
             <w:dateFormat w:val="d.M.yyyy."/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Click or touch here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="36921250" w14:textId="33AE8990" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00A8281B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
-        <w:t>Processing reg. No</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Transaction No.: </w:t>
+        <w:t xml:space="preserve">Processing reg. No./Transaction No.: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="992987613"/>
           <w:placeholder>
             <w:docPart w:val="7AD2D60FFC9C4A509C562123F9A7B79B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="009A2908">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Click or touch here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2B486F99" w14:textId="77777777" w:rsidR="00A8281B" w:rsidRPr="009A2908" w:rsidRDefault="00A8281B"/>
-    <w:p w14:paraId="1CD55836" w14:textId="601F70C6" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="00E34A01">
+    <w:p w14:paraId="1CD55836" w14:textId="601F70C6" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="00E34A01">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="1673376162"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F007AC" w:rsidRPr="009A2908">
         <w:t>Exchanged</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA5DE98" w14:textId="034919AA" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="3FA5DE98" w14:textId="034919AA" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-55941010"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Temporarily </w:t>
       </w:r>
       <w:r w:rsidR="0025034D" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">held </w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t>for analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595931ED" w14:textId="313647E8" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="595931ED" w14:textId="313647E8" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-1861428966"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> Returned to the applicant (</w:t>
       </w:r>
       <w:r w:rsidR="0025034D" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">conditions for the </w:t>
       </w:r>
       <w:r w:rsidR="00F007AC" w:rsidRPr="009A2908">
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidR="0025034D" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> are not met</w:t>
       </w:r>
       <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDD4097" w14:textId="1ABBB98E" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00566275">
+    <w:p w14:paraId="4DDD4097" w14:textId="1ABBB98E" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="1093749223"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001629C6" w:rsidRPr="009A2908">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -5589,91 +4323,91 @@
     <w:p w14:paraId="36F88F4A" w14:textId="77777777" w:rsidR="00302C07" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>NOTE(S):</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="11" w:name="_Hlk133234063"/>
-    <w:p w14:paraId="1C4FEEF4" w14:textId="14A8BC8D" w:rsidR="004A43A1" w:rsidRPr="009A2908" w:rsidRDefault="00566275" w:rsidP="004A43A1">
+    <w:bookmarkStart w:id="10" w:name="_Hlk133234063"/>
+    <w:p w14:paraId="1C4FEEF4" w14:textId="14A8BC8D" w:rsidR="004A43A1" w:rsidRPr="009A2908" w:rsidRDefault="00EE48E4" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1629164623"/>
           <w:placeholder>
             <w:docPart w:val="E911B65743B14DD598CA8C19B3FCFE56"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1196579465"/>
               <w:placeholder>
                 <w:docPart w:val="031DA1617A0544F3BB9180BB4EB61B6A"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00DD0A80" w:rsidRPr="009A2908">
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                 </w:rPr>
                 <w:t>Click or touch here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="18FD13AF" w14:textId="1A74A174" w:rsidR="004A43A1" w:rsidRPr="009A2908" w:rsidRDefault="004A43A1" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6ABBC4" w14:textId="5BB206C6" w:rsidR="004A43A1" w:rsidRPr="009A2908" w:rsidRDefault="004A43A1" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A4278D0" w14:textId="77777777" w:rsidR="004A43A1" w:rsidRPr="009A2908" w:rsidRDefault="004A43A1" w:rsidP="004A43A1">
       <w:pPr>
@@ -5689,88 +4423,257 @@
     <w:p w14:paraId="42BA6CAF" w14:textId="3CFB1EDC" w:rsidR="0039441B" w:rsidRPr="009A2908" w:rsidRDefault="00DC159C" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>APPLICATION PROCESSED BY:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E5DC85" w14:textId="77777777" w:rsidR="00302C07" w:rsidRPr="009A2908" w:rsidRDefault="00302C07" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F8812B7" w14:textId="4FB6D2C3" w:rsidR="00072BEF" w:rsidRPr="009A2908" w:rsidRDefault="00302C07" w:rsidP="004A43A1">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
-        <w:lastRenderedPageBreak/>
         <w:t>_____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BEC31F" w14:textId="77777777" w:rsidR="00BE2DD4" w:rsidRPr="009A2908" w:rsidRDefault="00BE2DD4" w:rsidP="00870D9C">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F12FD54" w14:textId="77777777" w:rsidR="00976272" w:rsidRPr="009A2908" w:rsidRDefault="00976272" w:rsidP="00870D9C">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5598E187" w14:textId="77777777" w:rsidR="00976272" w:rsidRPr="009A2908" w:rsidRDefault="00976272" w:rsidP="00870D9C">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48188786" w14:textId="0A714FF3" w:rsidR="00F62333" w:rsidRPr="009A2908" w:rsidRDefault="00F62333" w:rsidP="00870D9C">
+    <w:p w14:paraId="554CDEA5" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65AA2D6C" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50CA81DE" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05091FA2" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BBB9A6" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E01326" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4CFCBF" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C42114E" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D88538" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0353FC3D" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A4F9C5" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE097FF" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63363DF6" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54039F5C" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC32C66" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A95158" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0378AE9C" w14:textId="77777777" w:rsidR="00AE2E71" w:rsidRDefault="00AE2E71" w:rsidP="00870D9C">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48188786" w14:textId="3AA267E6" w:rsidR="00F62333" w:rsidRPr="009A2908" w:rsidRDefault="00F62333" w:rsidP="00870D9C">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">INSTRUCTIONS FOR THE COMPLETION OF THE APPLICATION FOR THE </w:t>
       </w:r>
       <w:r w:rsidR="00F007AC" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>EXCHANGE</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
@@ -5951,422 +4854,366 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">CASH SUBMITTED FOR </w:t>
       </w:r>
       <w:r w:rsidR="00051F31" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>EXCHANGE</w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk153460888"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk153460888"/>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>tick one of the types of cash (</w:t>
       </w:r>
       <w:r w:rsidR="00D4151C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>enter sign</w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> “X”)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="685D0FE4" w14:textId="618874C5" w:rsidR="00031C08" w:rsidRPr="009A2908" w:rsidRDefault="00D4151C" w:rsidP="00D4151C">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>II        DATA</w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> ON THE APPLICANT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623B353C" w14:textId="68E83D13" w:rsidR="004A67A3" w:rsidRPr="009A2908" w:rsidRDefault="004A67A3" w:rsidP="004A67A3">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">The applicant submitting </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> for </w:t>
+        <w:t xml:space="preserve">The applicant submitting kuna for </w:t>
       </w:r>
       <w:r w:rsidR="00A7288B" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in his/her own name </w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk153457777"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk153457777"/>
       <w:r w:rsidRPr="009A2908">
         <w:t>enters his/her personal</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk153457797"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk153457797"/>
       <w:r w:rsidR="00242339" w:rsidRPr="009A2908">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk153461178"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk153461178"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00242339" w:rsidRPr="009A2908">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">in the table for the APPLICANT (NATURAL PERSON) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>and CONTACT DETAILS.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="5ADD177F" w14:textId="428322CD" w:rsidR="00F97996" w:rsidRPr="009A2908" w:rsidRDefault="004A67A3" w:rsidP="004A67A3">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">The proxy or legal person submitting </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> for </w:t>
+        <w:t xml:space="preserve">The proxy or legal person submitting kuna for </w:t>
       </w:r>
       <w:r w:rsidR="00A7288B" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidR="004B57D8" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>on behalf of a natural or legal person enters the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5743971C" w14:textId="3D71EFF6" w:rsidR="00F97996" w:rsidRPr="009A2908" w:rsidRDefault="00F97996" w:rsidP="00F97996">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00242339" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the natural or legal person represented in the table for the APPLICANT (NATURAL OR LEGAL PERSON – respectively)</w:t>
       </w:r>
       <w:r w:rsidR="00F7313D" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245335A3" w14:textId="12DDCE09" w:rsidR="004A67A3" w:rsidRPr="009A2908" w:rsidRDefault="00F97996" w:rsidP="004A67A3">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">(b) </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">(b) personal </w:t>
       </w:r>
       <w:r w:rsidR="00242339" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the table for the LEGAL REPRESENTATIVE OR PROXY and his/her CONTACT DETAILS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDCF142" w14:textId="570F86AF" w:rsidR="0098568E" w:rsidRPr="009A2908" w:rsidRDefault="0098568E" w:rsidP="00BE2DD4">
+    <w:p w14:paraId="2DDCF142" w14:textId="2D5CF809" w:rsidR="0098568E" w:rsidRPr="009A2908" w:rsidRDefault="0098568E" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Tekstfusnote"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="425"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk153461402"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> (e.g.</w:t>
+      <w:bookmarkStart w:id="15" w:name="_Hlk153461402"/>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>If a natural person submitting the application or a proxy/legal representative does not have an OIB (e.g.</w:t>
       </w:r>
       <w:r w:rsidR="00D80BCC" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a foreign national) he/she enters the place, date and year of birth in the field foreseen for the entry of the </w:t>
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t xml:space="preserve"> a foreign national) he/she enters the place, date and year of birth in the field foreseen for the entry of the OIB </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>in the table for the APPLICANT (NATURAL PERSON), that is, in the table for the LEGAL REPRESENTATIVE OR PROXY.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12295DBC" w14:textId="1D673A24" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00D80BCC" w:rsidP="00D80BCC">
+    <w:p w14:paraId="12295DBC" w14:textId="53D6C35C" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00D80BCC" w:rsidP="00D80BCC">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">III     </w:t>
       </w:r>
+      <w:r w:rsidR="00324233">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>BANKNOTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9244F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r w:rsidR="005A5F69" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">CASH SPECIFICATION: </w:t>
+        <w:t xml:space="preserve"> SPECIFICATION: </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>For each relevant</w:t>
       </w:r>
       <w:r w:rsidR="005A5F69" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> denomination, </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>indicate</w:t>
       </w:r>
       <w:r w:rsidR="005A5F69" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the number of banknotes/coins submitted for </w:t>
+        <w:t xml:space="preserve"> the number of banknotes submitted for </w:t>
       </w:r>
       <w:r w:rsidR="00604544" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidR="005A5F69" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FDB6DC" w14:textId="4454D8F6" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00CE51F7">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -6387,298 +5234,297 @@
         <w:t xml:space="preserve"> for each denomination (nominal value), indicate the number of pieces</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5CED4A" w14:textId="77777777" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00CE51F7">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>VALUE – total nominal value by denomination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770801C7" w14:textId="7AC66CD5" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00BE2DD4">
+    <w:p w14:paraId="770801C7" w14:textId="5B3CCCBE" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>TOTAL VALUE – total value of submitted banknotes/coins</w:t>
+        <w:t>TOTAL VALUE – total value of submitted banknotes</w:t>
       </w:r>
       <w:r w:rsidR="00FD18D6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2352C072" w14:textId="20EA6CAA" w:rsidR="004F52FB" w:rsidRPr="009A2908" w:rsidRDefault="00F04327" w:rsidP="00F04327">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">IV    </w:t>
       </w:r>
       <w:r w:rsidR="004F52FB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>DETAILS OF DAMAGE/STAINING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09391D97" w14:textId="294A3419" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="009902CE" w:rsidP="00BE2DD4">
+    <w:p w14:paraId="09391D97" w14:textId="4145D93F" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="009902CE" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>What caused</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the damage/staining?</w:t>
       </w:r>
       <w:r w:rsidR="00D1690F" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Short description of actions/events that preceded the damage/staining of cash</w:t>
+        <w:t xml:space="preserve"> Short description of actions/events that preceded the damage/staining of </w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>banknotes</w:t>
       </w:r>
       <w:r w:rsidR="00FD18D6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA83DFF" w14:textId="1EBD5B5B" w:rsidR="00DA31B7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00BE2DD4">
+    <w:p w14:paraId="5FA83DFF" w14:textId="060B60B2" w:rsidR="00DA31B7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">What happened </w:t>
       </w:r>
       <w:r w:rsidR="009358B1" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>to the</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> missing </w:t>
       </w:r>
       <w:r w:rsidR="009358B1" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>parts</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B23B5C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Short description of actions/events that preceded the loss of parts of the damaged cash</w:t>
+        <w:t xml:space="preserve">Short description of actions/events that preceded the loss of parts of the damaged </w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>banknotes</w:t>
       </w:r>
       <w:r w:rsidR="00FD18D6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56432BD4" w14:textId="634282B3" w:rsidR="004A67A3" w:rsidRPr="009A2908" w:rsidRDefault="00B23B5C" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk152148822"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk152148822"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the soiling </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>harmful for</w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> human health? </w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">the answer is </w:t>
       </w:r>
       <w:r w:rsidR="004A67A3" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">YES, the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> might subsequently request a health and safety assessment by competent authorities on the type of spoiling.</w:t>
+        <w:t>YES, the CNB might subsequently request a health and safety assessment by competent authorities on the type of spoiling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CFBEB8" w14:textId="61667558" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00EF53DF" w:rsidP="00BE2DD4">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Have</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -6804,51 +5650,51 @@
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the device (</w:t>
       </w:r>
       <w:r w:rsidR="00B23B5C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>name of the device</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B23B5C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="36D480C5" w14:textId="4484812C" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="002F065F" w:rsidP="00CE51F7">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the ink </w:t>
       </w:r>
@@ -6982,63 +5828,55 @@
       <w:r w:rsidR="00775DF6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">sign </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>X)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C037883" w14:textId="45749D31" w:rsidR="00F62333" w:rsidRPr="009A2908" w:rsidRDefault="00F62333" w:rsidP="00F62333">
       <w:pPr>
         <w:pStyle w:val="Odlomakpopisa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> postal services to the address </w:t>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via postal services to the address </w:t>
       </w:r>
       <w:r w:rsidR="00775DF6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>specified</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in this Application (enter</w:t>
       </w:r>
       <w:r w:rsidR="00775DF6" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> sign</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> X)</w:t>
       </w:r>
@@ -7121,139 +5959,119 @@
       </w:r>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>the competent institution on the event that caused the damage (</w:t>
       </w:r>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable), for example: a written </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk154755788"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk154755788"/>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>confirmation</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">issued by the competent institution, for instance, the Ministry of the Interior of the Republic of Croatia (hereinafter referred to as </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="_Hlk217032405"/>
+      <w:r w:rsidR="00FD18D6" w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>MUP RC</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD18D6" w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">issued by the competent institution, for instance, the Ministry of the Interior of the Republic of Croatia (hereinafter referred to as </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">), proving the occurrence of an event of force majeure, which has </w:t>
       </w:r>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>caused</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the destruction of </w:t>
       </w:r>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">the missing </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">parts of the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> banknote</w:t>
+        <w:t>parts of the kuna banknote</w:t>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="_Hlk152583651"/>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> a written statement of the bearer about the manner in which the banknote has been damaged and </w:t>
       </w:r>
       <w:r w:rsidR="007A26DB" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>proof</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> supporting the allegations in the statement</w:t>
@@ -7320,211 +6138,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005E24FC" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable), for example: a written </w:t>
       </w:r>
       <w:r w:rsidR="008E24AE" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">confirmation </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">of the </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> banknote was stained or a record, statement or other documents that can prove that the damage occurred due to </w:t>
+        <w:t xml:space="preserve">of the MUP RC on the event that caused the damage and a security and technical sheet of the ink from the electrochemical security system of the device by which the kuna banknote was stained or a record, statement or other documents that can prove that the damage occurred due to </w:t>
       </w:r>
       <w:r w:rsidR="00586CBF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">technical malfunction of a security container or improper handling of a security container and </w:t>
       </w:r>
       <w:r w:rsidR="00586CBF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> security and technical sheet of the ink from the electrochemical security system of the device by which the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> banknote was stained;</w:t>
+        <w:t xml:space="preserve"> security and technical sheet of the ink from the electrochemical security system of the device by which the kuna banknote was stained;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08341724" w14:textId="14B84DDF" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00CE51F7">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>a certificate of the health and safety assessment of the type of damage by the competent authorities (</w:t>
       </w:r>
       <w:r w:rsidR="009071BF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55216580" w14:textId="02E96CDB" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00F87503">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> of the authorisation for representation if cash is submitted for </w:t>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proof of the authorisation for representation if cash is submitted for </w:t>
       </w:r>
       <w:r w:rsidR="000A0600" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>exchange</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> through a legal re</w:t>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="_Hlk151706743"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>presentative or proxy (e.g.</w:t>
       </w:r>
       <w:r w:rsidR="009071BF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the power of attorney, birth certificate/excerpt from the register of births/decision on custody, decision issued by another competent authority, a copy of the excerpt from the court or another appropriate register for a foreign legal person, etc.). In case of representation based on a power of attorney, </w:t>
+        <w:t xml:space="preserve"> the power of attorney, birth certificate/excerpt from the register of births/decision on custody, decision issued by another competent authority, a copy of the excerpt from the court or another appropriate register for a foreign legal person, etc.). In case of representation based on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">a power of attorney, </w:t>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="_Hlk151706214"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="009071BF" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>if the power of attorney has not been authenticated by a notary public, the proxy should enclose a copy of the personal identification document of the legal representative</w:t>
       </w:r>
       <w:r w:rsidR="004C3F60" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the power of attorney</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p w14:paraId="4D047DEA" w14:textId="1F563408" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00CE51F7" w:rsidP="00CE51F7">
       <w:pPr>
@@ -7643,123 +6418,107 @@
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>pplicant – legal person: to be signed by the person authorised for representation, individually or collectively, in accordance with the authorisation entered in the court register or by a proxy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D2EC20" w14:textId="4E0D0AC3" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00777F7F" w:rsidP="00CE51F7">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>handwritten</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> signature of the </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">pplicant – natural person: </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>to be signed</w:t>
       </w:r>
       <w:r w:rsidR="00CE51F7" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in his/her own name or as a legal representative or proxy</w:t>
       </w:r>
       <w:r w:rsidR="004D3E8C" w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE455C9" w14:textId="410C6E49" w:rsidR="00CE51F7" w:rsidRPr="009A2908" w:rsidRDefault="00D57180" w:rsidP="003F6BA7">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Application signed by a qualified electronic signature is considered a handwritten signature in accordance with Article 25 of the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Regulation.</w:t>
+        <w:t>The Application signed by a qualified electronic signature is considered a handwritten signature in accordance with Article 25 of the eIDAS Regulation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F70C9B" w14:textId="4DAB4836" w:rsidR="00F87503" w:rsidRPr="009A2908" w:rsidRDefault="00F87503" w:rsidP="003F6BA7">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3091B682" w14:textId="7589D3E4" w:rsidR="007C32F1" w:rsidRPr="009A2908" w:rsidRDefault="00E53CE6" w:rsidP="00BC4D3D">
       <w:pPr>
         <w:pStyle w:val="Notes"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
@@ -7955,80 +6714,99 @@
         <w:t>governing</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the processing and protection of the </w:t>
       </w:r>
       <w:r w:rsidR="00982DFD" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>archival and registration material</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Croatian National Bank.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p w14:paraId="23346384" w14:textId="10EBD5A6" w:rsidR="007572E4" w:rsidRPr="009A2908" w:rsidRDefault="007572E4" w:rsidP="007572E4">
+    <w:p w14:paraId="23346384" w14:textId="7CAD0B0B" w:rsidR="007572E4" w:rsidRPr="009A2908" w:rsidRDefault="007572E4" w:rsidP="007572E4">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Your personal data (in case a counterfeit is identified or suspicion that another criminal offence in relation to cash has been committed) </w:t>
       </w:r>
       <w:r w:rsidR="00E6417A" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">be forwarded to the State Attorney’s Office of the Republic of Croatia, the Ministry of the Interior of the Republic of Croatia and the courts </w:t>
+        <w:t>be forwarded to the State Attorney’s Office of the Republic of Croatia,</w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6" w:rsidRPr="006948D6">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006948D6" w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>'MUP RC'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2908">
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the courts </w:t>
       </w:r>
       <w:r w:rsidR="00E6417A" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>for the purpose of detecting</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and prosecuting the perpetrators of criminal offences</w:t>
       </w:r>
       <w:r w:rsidR="00E6417A" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
@@ -8216,59 +6994,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>of restriction of</w:t>
       </w:r>
       <w:r w:rsidR="007572E4" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the processing </w:t>
       </w:r>
       <w:r w:rsidR="00146D6B" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="007572E4" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personal </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">data. </w:t>
+        <w:t xml:space="preserve"> personal data. </w:t>
       </w:r>
       <w:r w:rsidR="00146D6B" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">The forms prepared in order to facilitate the exercise of these rights may be downloaded </w:t>
       </w:r>
       <w:r w:rsidR="007572E4" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">from the Croatian National Bank website (link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="007572E4" w:rsidRPr="009A2908">
           <w:rPr>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:sz w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.hnb.hr/en/protection-of-personal-data</w:t>
         </w:r>
@@ -8362,83 +7132,68 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p w14:paraId="2428BE18" w14:textId="1769E022" w:rsidR="007572E4" w:rsidRPr="009A2908" w:rsidRDefault="007572E4" w:rsidP="007572E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The supervisory authority for the protection of personal data in the Republic of Croatia is the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="009A2908">
           <w:rPr>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>Croatian Personal Data Protection Agency</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve"> (AZOP). </w:t>
       </w:r>
       <w:r w:rsidR="00AF7D77" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Please not that you</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> can </w:t>
       </w:r>
       <w:r w:rsidR="00AF7D77" w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>submit</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
@@ -8470,63 +7225,63 @@
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Agency’s e-mail address: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="009A2908">
           <w:rPr>
             <w:rStyle w:val="Hiperveza"/>
             <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>azop@azop.hr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009A2908">
         <w:rPr>
           <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA941EC" w14:textId="3F2ADBA2" w:rsidR="005C0A53" w:rsidRPr="009A2908" w:rsidRDefault="005C0A53" w:rsidP="007572E4">
-[...7 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="1AA941EC" w14:textId="04DFDE35" w:rsidR="005C0A53" w:rsidRPr="009A2908" w:rsidRDefault="005C0A53" w:rsidP="007572E4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Life L2" w:hAnsi="Life L2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:sectPr w:rsidR="005C0A53" w:rsidRPr="009A2908" w:rsidSect="003D3BBD">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="849" w:bottom="1418" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A215442" w14:textId="77777777" w:rsidR="008A26F5" w:rsidRDefault="008A26F5">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -8647,166 +7402,150 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-663081740"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0941E414" w14:textId="4BE4BBBF" w:rsidR="0039441B" w:rsidRPr="005A6F4E" w:rsidRDefault="005A6F4E" w:rsidP="005A6F4E">
+      <w:p w14:paraId="0941E414" w14:textId="4561B729" w:rsidR="0039441B" w:rsidRPr="005A6F4E" w:rsidRDefault="005A6F4E" w:rsidP="005A6F4E">
         <w:pPr>
           <w:pStyle w:val="Podnoje"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Application form from the Decision on the </w:t>
         </w:r>
         <w:r w:rsidR="00EB025A">
           <w:t>exchange</w:t>
         </w:r>
         <w:r>
-          <w:t xml:space="preserve"> of </w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> cash</w:t>
+          <w:t xml:space="preserve"> of kuna cash</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
           <w:t xml:space="preserve">P. </w:t>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-281727638"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:r w:rsidR="00DC159C">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DC159C">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00DC159C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00DC159C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00566275">
+            <w:r w:rsidR="00EE48E4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="61321129" w14:textId="4D22838B" w:rsidR="008E745F" w:rsidRDefault="008E745F">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
     </w:pPr>
     <w:bookmarkStart w:id="29" w:name="_Hlk151637244"/>
     <w:r>
       <w:t xml:space="preserve">Application form from the Decision on the </w:t>
     </w:r>
     <w:r w:rsidR="00A0543E">
       <w:t>exchange</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> of </w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve"> cash </w:t>
+      <w:t xml:space="preserve"> of kuna cash </w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="29"/>
-  <w:p w14:paraId="1ACD783F" w14:textId="7E2C92AC" w:rsidR="0039441B" w:rsidRDefault="00566275">
+  <w:p w14:paraId="1ACD783F" w14:textId="21327ACB" w:rsidR="0039441B" w:rsidRDefault="00EE48E4">
     <w:pPr>
       <w:pStyle w:val="Podnoje"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="240"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1189017365"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
@@ -8880,65 +7619,51 @@
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2E094699" w14:textId="68C6159B" w:rsidR="00791659" w:rsidRPr="00454922" w:rsidRDefault="00791659" w:rsidP="00791659">
       <w:pPr>
         <w:pStyle w:val="Tekstfusnote"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Referencafusnote"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If the person authorised for representation does not have an </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (e.g.</w:t>
+        <w:t xml:space="preserve"> If the person authorised for representation does not have an OIB (e.g.</w:t>
       </w:r>
       <w:r w:rsidR="00CB023B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> a foreign national), please enter the place, date and year of birth</w:t>
       </w:r>
       <w:r w:rsidR="00CB023B">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9007,153 +7732,97 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="792C64C3" w14:textId="599926E4" w:rsidR="002F6919" w:rsidRDefault="00DC159C">
                           <w:pPr>
                             <w:pStyle w:val="NoParagraphStyle"/>
                             <w:spacing w:line="264" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t>Trg</w:t>
-[...44 lines deleted...]
-                            <w:t xml:space="preserve"> 3 </w:t>
+                            <w:t xml:space="preserve">Trg hrvatskih velikana 3 </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="03F52B4E" w14:textId="7882FF94" w:rsidR="0039441B" w:rsidRDefault="00DC159C">
                           <w:pPr>
                             <w:pStyle w:val="NoParagraphStyle"/>
                             <w:spacing w:line="264" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>10000 Zagreb</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="5493CECB" w14:textId="5AF98017" w:rsidR="002D5C77" w:rsidRDefault="002D5C77">
                           <w:pPr>
                             <w:pStyle w:val="NoParagraphStyle"/>
                             <w:spacing w:line="264" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t>OIB</w:t>
-[...8 lines deleted...]
-                            <w:t>: 95970281739</w:t>
+                            <w:t>OIB: 95970281739</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="43B28ED4" w14:textId="77777777" w:rsidR="0039441B" w:rsidRDefault="00DC159C">
                           <w:pPr>
                             <w:pStyle w:val="NoParagraphStyle"/>
                             <w:spacing w:line="264" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>www.hnb.hr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
@@ -10838,80 +9507,80 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="QJq+mQdgWVzm+qODL1++ntdYwq2zYzgiaf3jDy2g0Q5DQJc4A5bb7g37Isli+OyAaKnwI877kyTSpyTkYyWfKw==" w:salt="t8I3UDHg8JlvfURusoxNxA=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0039441B"/>
     <w:rsid w:val="00005591"/>
     <w:rsid w:val="00005870"/>
     <w:rsid w:val="00014F90"/>
     <w:rsid w:val="00021B36"/>
     <w:rsid w:val="000266F1"/>
+    <w:rsid w:val="000278BC"/>
     <w:rsid w:val="00031C08"/>
     <w:rsid w:val="00034A07"/>
     <w:rsid w:val="00035002"/>
     <w:rsid w:val="0004584E"/>
     <w:rsid w:val="00046D0B"/>
     <w:rsid w:val="000505CB"/>
     <w:rsid w:val="00051002"/>
     <w:rsid w:val="00051729"/>
     <w:rsid w:val="00051BC7"/>
     <w:rsid w:val="00051F31"/>
     <w:rsid w:val="00057BAE"/>
     <w:rsid w:val="00057CAB"/>
     <w:rsid w:val="000653E8"/>
     <w:rsid w:val="00070101"/>
     <w:rsid w:val="00070AB6"/>
     <w:rsid w:val="00072BEF"/>
     <w:rsid w:val="00083979"/>
     <w:rsid w:val="00090292"/>
     <w:rsid w:val="000907A3"/>
     <w:rsid w:val="00092E5A"/>
     <w:rsid w:val="00096E16"/>
     <w:rsid w:val="000A0600"/>
     <w:rsid w:val="000A0A5D"/>
     <w:rsid w:val="000A0FA8"/>
     <w:rsid w:val="000A4ED3"/>
@@ -10972,73 +9641,76 @@
     <w:rsid w:val="001E7A12"/>
     <w:rsid w:val="00200366"/>
     <w:rsid w:val="002031C6"/>
     <w:rsid w:val="0020381B"/>
     <w:rsid w:val="00206CB4"/>
     <w:rsid w:val="002105F8"/>
     <w:rsid w:val="00212C6B"/>
     <w:rsid w:val="00213492"/>
     <w:rsid w:val="00214A79"/>
     <w:rsid w:val="00224015"/>
     <w:rsid w:val="002273CF"/>
     <w:rsid w:val="00227E70"/>
     <w:rsid w:val="00242339"/>
     <w:rsid w:val="0025034D"/>
     <w:rsid w:val="00253F3A"/>
     <w:rsid w:val="0026601E"/>
     <w:rsid w:val="0027190C"/>
     <w:rsid w:val="00274DD2"/>
     <w:rsid w:val="002772F5"/>
     <w:rsid w:val="00283BDE"/>
     <w:rsid w:val="0028765C"/>
     <w:rsid w:val="002911D5"/>
     <w:rsid w:val="002919B7"/>
     <w:rsid w:val="00292B56"/>
     <w:rsid w:val="00293B73"/>
+    <w:rsid w:val="00294240"/>
     <w:rsid w:val="002954B2"/>
+    <w:rsid w:val="002967FC"/>
     <w:rsid w:val="0029717D"/>
     <w:rsid w:val="00297A1E"/>
     <w:rsid w:val="002A0FB5"/>
     <w:rsid w:val="002A60CF"/>
     <w:rsid w:val="002A61BB"/>
     <w:rsid w:val="002C03BC"/>
     <w:rsid w:val="002C755E"/>
     <w:rsid w:val="002D5C77"/>
     <w:rsid w:val="002E1372"/>
     <w:rsid w:val="002E3AB0"/>
     <w:rsid w:val="002E52F8"/>
     <w:rsid w:val="002F065F"/>
     <w:rsid w:val="002F28C4"/>
     <w:rsid w:val="002F3661"/>
     <w:rsid w:val="002F6919"/>
     <w:rsid w:val="00301598"/>
     <w:rsid w:val="00302962"/>
     <w:rsid w:val="00302C07"/>
     <w:rsid w:val="00302EAD"/>
     <w:rsid w:val="00303245"/>
     <w:rsid w:val="00306EFB"/>
     <w:rsid w:val="003165F6"/>
+    <w:rsid w:val="00324233"/>
     <w:rsid w:val="00327B7A"/>
     <w:rsid w:val="00331D95"/>
     <w:rsid w:val="003365B6"/>
     <w:rsid w:val="00336B53"/>
     <w:rsid w:val="00336BEB"/>
     <w:rsid w:val="003408D4"/>
     <w:rsid w:val="00351B9B"/>
     <w:rsid w:val="00353F34"/>
     <w:rsid w:val="00366E7C"/>
     <w:rsid w:val="003718A3"/>
     <w:rsid w:val="00380BC0"/>
     <w:rsid w:val="003818FF"/>
     <w:rsid w:val="00382F96"/>
     <w:rsid w:val="00386F46"/>
     <w:rsid w:val="00387217"/>
     <w:rsid w:val="0039441B"/>
     <w:rsid w:val="00394914"/>
     <w:rsid w:val="00394ECB"/>
     <w:rsid w:val="003952CA"/>
     <w:rsid w:val="00395483"/>
     <w:rsid w:val="003A0BE1"/>
     <w:rsid w:val="003A7B44"/>
     <w:rsid w:val="003B0354"/>
     <w:rsid w:val="003B198F"/>
     <w:rsid w:val="003B3A07"/>
@@ -11075,98 +9747,98 @@
     <w:rsid w:val="004B2978"/>
     <w:rsid w:val="004B57D8"/>
     <w:rsid w:val="004C3F60"/>
     <w:rsid w:val="004D3209"/>
     <w:rsid w:val="004D3E8C"/>
     <w:rsid w:val="004D76E8"/>
     <w:rsid w:val="004E215D"/>
     <w:rsid w:val="004E33E9"/>
     <w:rsid w:val="004E4E61"/>
     <w:rsid w:val="004E4FEC"/>
     <w:rsid w:val="004E645A"/>
     <w:rsid w:val="004E6BC9"/>
     <w:rsid w:val="004F52FB"/>
     <w:rsid w:val="0051121A"/>
     <w:rsid w:val="00514CB6"/>
     <w:rsid w:val="00530B13"/>
     <w:rsid w:val="00536F5D"/>
     <w:rsid w:val="00540168"/>
     <w:rsid w:val="00543152"/>
     <w:rsid w:val="00546955"/>
     <w:rsid w:val="00551BB3"/>
     <w:rsid w:val="00553091"/>
     <w:rsid w:val="00555683"/>
     <w:rsid w:val="00560633"/>
     <w:rsid w:val="005649A0"/>
-    <w:rsid w:val="00566275"/>
     <w:rsid w:val="00572B1D"/>
     <w:rsid w:val="00572B7C"/>
     <w:rsid w:val="00573D61"/>
     <w:rsid w:val="005772C8"/>
     <w:rsid w:val="00580106"/>
     <w:rsid w:val="00580CE5"/>
     <w:rsid w:val="00585A68"/>
     <w:rsid w:val="00586CBF"/>
     <w:rsid w:val="00594455"/>
     <w:rsid w:val="005A4230"/>
     <w:rsid w:val="005A598C"/>
     <w:rsid w:val="005A5F69"/>
     <w:rsid w:val="005A64AA"/>
     <w:rsid w:val="005A6F4E"/>
     <w:rsid w:val="005A7681"/>
     <w:rsid w:val="005B1974"/>
     <w:rsid w:val="005B2CC2"/>
     <w:rsid w:val="005B5D8A"/>
     <w:rsid w:val="005C0A53"/>
     <w:rsid w:val="005C25B0"/>
     <w:rsid w:val="005C27DD"/>
     <w:rsid w:val="005E1926"/>
     <w:rsid w:val="005E24FC"/>
     <w:rsid w:val="005E7F00"/>
     <w:rsid w:val="005F7A59"/>
     <w:rsid w:val="00604544"/>
     <w:rsid w:val="00614E11"/>
     <w:rsid w:val="00615AD7"/>
     <w:rsid w:val="00620086"/>
     <w:rsid w:val="0062115C"/>
     <w:rsid w:val="00623FA8"/>
     <w:rsid w:val="00627644"/>
     <w:rsid w:val="00630DA7"/>
     <w:rsid w:val="00631538"/>
     <w:rsid w:val="006368A0"/>
     <w:rsid w:val="006407A4"/>
     <w:rsid w:val="00645CA5"/>
     <w:rsid w:val="00646A3B"/>
     <w:rsid w:val="00650D69"/>
     <w:rsid w:val="006522BB"/>
     <w:rsid w:val="00652387"/>
     <w:rsid w:val="0065353A"/>
     <w:rsid w:val="00654E89"/>
     <w:rsid w:val="00670B0B"/>
     <w:rsid w:val="00684322"/>
     <w:rsid w:val="00690C98"/>
     <w:rsid w:val="00693420"/>
+    <w:rsid w:val="006948D6"/>
     <w:rsid w:val="006A0E5A"/>
     <w:rsid w:val="006A2776"/>
     <w:rsid w:val="006A571A"/>
     <w:rsid w:val="006A6DEE"/>
     <w:rsid w:val="006B071F"/>
     <w:rsid w:val="006B24ED"/>
     <w:rsid w:val="006B49D2"/>
     <w:rsid w:val="006B61D3"/>
     <w:rsid w:val="006D0CBF"/>
     <w:rsid w:val="006D3635"/>
     <w:rsid w:val="006E1160"/>
     <w:rsid w:val="0070283D"/>
     <w:rsid w:val="00721C64"/>
     <w:rsid w:val="00725479"/>
     <w:rsid w:val="0072727E"/>
     <w:rsid w:val="007371DC"/>
     <w:rsid w:val="00741BC1"/>
     <w:rsid w:val="007466E0"/>
     <w:rsid w:val="00752EC5"/>
     <w:rsid w:val="00752F24"/>
     <w:rsid w:val="00756A14"/>
     <w:rsid w:val="007572E4"/>
     <w:rsid w:val="00763704"/>
     <w:rsid w:val="00764578"/>
     <w:rsid w:val="007713AF"/>
@@ -11199,50 +9871,51 @@
     <w:rsid w:val="007F460E"/>
     <w:rsid w:val="008029BB"/>
     <w:rsid w:val="00805B0C"/>
     <w:rsid w:val="00805E70"/>
     <w:rsid w:val="0080703E"/>
     <w:rsid w:val="008216BC"/>
     <w:rsid w:val="008220FD"/>
     <w:rsid w:val="00822A45"/>
     <w:rsid w:val="00832EFF"/>
     <w:rsid w:val="008332AE"/>
     <w:rsid w:val="00841E0C"/>
     <w:rsid w:val="00845649"/>
     <w:rsid w:val="008458C0"/>
     <w:rsid w:val="008460C7"/>
     <w:rsid w:val="008519CB"/>
     <w:rsid w:val="00853EA0"/>
     <w:rsid w:val="00860216"/>
     <w:rsid w:val="0086525B"/>
     <w:rsid w:val="00866F56"/>
     <w:rsid w:val="008678B5"/>
     <w:rsid w:val="00867AFD"/>
     <w:rsid w:val="00870D9C"/>
     <w:rsid w:val="008769D5"/>
     <w:rsid w:val="00881F25"/>
     <w:rsid w:val="008825BB"/>
+    <w:rsid w:val="00885C46"/>
     <w:rsid w:val="00893D4A"/>
     <w:rsid w:val="008947EC"/>
     <w:rsid w:val="008A0ED1"/>
     <w:rsid w:val="008A24F3"/>
     <w:rsid w:val="008A26F5"/>
     <w:rsid w:val="008B2643"/>
     <w:rsid w:val="008B77E7"/>
     <w:rsid w:val="008D7B0B"/>
     <w:rsid w:val="008D7C4C"/>
     <w:rsid w:val="008E1750"/>
     <w:rsid w:val="008E24AE"/>
     <w:rsid w:val="008E5EC9"/>
     <w:rsid w:val="008E6866"/>
     <w:rsid w:val="008E745F"/>
     <w:rsid w:val="008F1242"/>
     <w:rsid w:val="008F2A05"/>
     <w:rsid w:val="009003E2"/>
     <w:rsid w:val="00902C2C"/>
     <w:rsid w:val="00903617"/>
     <w:rsid w:val="00903CFF"/>
     <w:rsid w:val="00904177"/>
     <w:rsid w:val="009071BF"/>
     <w:rsid w:val="009114E8"/>
     <w:rsid w:val="009165EA"/>
     <w:rsid w:val="009325FC"/>
@@ -11267,86 +9940,90 @@
     <w:rsid w:val="009751AD"/>
     <w:rsid w:val="00976272"/>
     <w:rsid w:val="0098191E"/>
     <w:rsid w:val="00982AB7"/>
     <w:rsid w:val="00982DFD"/>
     <w:rsid w:val="00983999"/>
     <w:rsid w:val="0098568E"/>
     <w:rsid w:val="009902CE"/>
     <w:rsid w:val="00990A77"/>
     <w:rsid w:val="00992449"/>
     <w:rsid w:val="0099536C"/>
     <w:rsid w:val="00995F33"/>
     <w:rsid w:val="00996582"/>
     <w:rsid w:val="00996E7D"/>
     <w:rsid w:val="00996EE4"/>
     <w:rsid w:val="009A23B2"/>
     <w:rsid w:val="009A2908"/>
     <w:rsid w:val="009A5F0A"/>
     <w:rsid w:val="009A6AA4"/>
     <w:rsid w:val="009B37DE"/>
     <w:rsid w:val="009B492A"/>
     <w:rsid w:val="009C1529"/>
     <w:rsid w:val="009C16DC"/>
     <w:rsid w:val="009C77D3"/>
     <w:rsid w:val="009D77F9"/>
+    <w:rsid w:val="009F5975"/>
     <w:rsid w:val="00A026EC"/>
     <w:rsid w:val="00A02A38"/>
     <w:rsid w:val="00A0543E"/>
     <w:rsid w:val="00A10A83"/>
     <w:rsid w:val="00A1123D"/>
     <w:rsid w:val="00A164FF"/>
     <w:rsid w:val="00A22F2E"/>
     <w:rsid w:val="00A23950"/>
     <w:rsid w:val="00A320B8"/>
     <w:rsid w:val="00A337CC"/>
     <w:rsid w:val="00A35C5B"/>
     <w:rsid w:val="00A405EB"/>
     <w:rsid w:val="00A44656"/>
     <w:rsid w:val="00A46270"/>
     <w:rsid w:val="00A630B3"/>
     <w:rsid w:val="00A650E6"/>
     <w:rsid w:val="00A65197"/>
     <w:rsid w:val="00A66C58"/>
     <w:rsid w:val="00A6723E"/>
+    <w:rsid w:val="00A67491"/>
     <w:rsid w:val="00A70F7F"/>
     <w:rsid w:val="00A71A57"/>
     <w:rsid w:val="00A7288B"/>
     <w:rsid w:val="00A75AF7"/>
     <w:rsid w:val="00A8281B"/>
     <w:rsid w:val="00A83765"/>
     <w:rsid w:val="00A85C8F"/>
     <w:rsid w:val="00A85DEF"/>
     <w:rsid w:val="00A90395"/>
     <w:rsid w:val="00A92C68"/>
+    <w:rsid w:val="00AA35EA"/>
     <w:rsid w:val="00AA47C4"/>
     <w:rsid w:val="00AA7825"/>
     <w:rsid w:val="00AB0C2E"/>
     <w:rsid w:val="00AB206C"/>
     <w:rsid w:val="00AC0438"/>
     <w:rsid w:val="00AD7514"/>
     <w:rsid w:val="00AE13E5"/>
+    <w:rsid w:val="00AE2E71"/>
     <w:rsid w:val="00AE45C4"/>
     <w:rsid w:val="00AE57A9"/>
     <w:rsid w:val="00AE5BCE"/>
     <w:rsid w:val="00AE6608"/>
     <w:rsid w:val="00AF30D0"/>
     <w:rsid w:val="00AF3602"/>
     <w:rsid w:val="00AF3FEE"/>
     <w:rsid w:val="00AF4306"/>
     <w:rsid w:val="00AF4EFB"/>
     <w:rsid w:val="00AF5C39"/>
     <w:rsid w:val="00AF7D77"/>
     <w:rsid w:val="00B0112D"/>
     <w:rsid w:val="00B02AA1"/>
     <w:rsid w:val="00B0327E"/>
     <w:rsid w:val="00B2398B"/>
     <w:rsid w:val="00B23B5C"/>
     <w:rsid w:val="00B32E03"/>
     <w:rsid w:val="00B403F9"/>
     <w:rsid w:val="00B4415D"/>
     <w:rsid w:val="00B448EA"/>
     <w:rsid w:val="00B51D95"/>
     <w:rsid w:val="00B5255F"/>
     <w:rsid w:val="00B61251"/>
     <w:rsid w:val="00B74CF6"/>
     <w:rsid w:val="00B75614"/>
@@ -11461,64 +10138,66 @@
     <w:rsid w:val="00DF7157"/>
     <w:rsid w:val="00E02C9F"/>
     <w:rsid w:val="00E0471D"/>
     <w:rsid w:val="00E1634F"/>
     <w:rsid w:val="00E26585"/>
     <w:rsid w:val="00E27862"/>
     <w:rsid w:val="00E34A01"/>
     <w:rsid w:val="00E443C4"/>
     <w:rsid w:val="00E453A6"/>
     <w:rsid w:val="00E46784"/>
     <w:rsid w:val="00E4791D"/>
     <w:rsid w:val="00E5060B"/>
     <w:rsid w:val="00E52430"/>
     <w:rsid w:val="00E53CE6"/>
     <w:rsid w:val="00E55CBF"/>
     <w:rsid w:val="00E55E82"/>
     <w:rsid w:val="00E560FC"/>
     <w:rsid w:val="00E63BD2"/>
     <w:rsid w:val="00E6417A"/>
     <w:rsid w:val="00E65B36"/>
     <w:rsid w:val="00E67D29"/>
     <w:rsid w:val="00E70017"/>
     <w:rsid w:val="00E7303D"/>
     <w:rsid w:val="00E75D98"/>
     <w:rsid w:val="00E83A84"/>
+    <w:rsid w:val="00E9244F"/>
     <w:rsid w:val="00E95908"/>
     <w:rsid w:val="00E969B9"/>
     <w:rsid w:val="00EA034E"/>
     <w:rsid w:val="00EA3C80"/>
     <w:rsid w:val="00EA58BA"/>
     <w:rsid w:val="00EA6710"/>
     <w:rsid w:val="00EB025A"/>
     <w:rsid w:val="00EB4293"/>
     <w:rsid w:val="00EC13BB"/>
     <w:rsid w:val="00EC36D1"/>
     <w:rsid w:val="00EC55FE"/>
     <w:rsid w:val="00EC6DE4"/>
     <w:rsid w:val="00EC7F6B"/>
     <w:rsid w:val="00ED1DB3"/>
+    <w:rsid w:val="00EE48E4"/>
     <w:rsid w:val="00EE7CA7"/>
     <w:rsid w:val="00EF53DF"/>
     <w:rsid w:val="00F007AC"/>
     <w:rsid w:val="00F04327"/>
     <w:rsid w:val="00F06051"/>
     <w:rsid w:val="00F138F4"/>
     <w:rsid w:val="00F20793"/>
     <w:rsid w:val="00F21C4A"/>
     <w:rsid w:val="00F22757"/>
     <w:rsid w:val="00F24411"/>
     <w:rsid w:val="00F34559"/>
     <w:rsid w:val="00F36C2C"/>
     <w:rsid w:val="00F37A89"/>
     <w:rsid w:val="00F50671"/>
     <w:rsid w:val="00F50F7D"/>
     <w:rsid w:val="00F62333"/>
     <w:rsid w:val="00F67841"/>
     <w:rsid w:val="00F7313D"/>
     <w:rsid w:val="00F87503"/>
     <w:rsid w:val="00F87BF1"/>
     <w:rsid w:val="00F913E3"/>
     <w:rsid w:val="00F92C70"/>
     <w:rsid w:val="00F962AE"/>
     <w:rsid w:val="00F97996"/>
     <w:rsid w:val="00FA5C45"/>
@@ -11531,51 +10210,51 @@
     <w:rsid w:val="00FD7420"/>
     <w:rsid w:val="00FE4067"/>
     <w:rsid w:val="00FE431F"/>
     <w:rsid w:val="00FE49B5"/>
     <w:rsid w:val="00FE641C"/>
     <w:rsid w:val="00FF0E57"/>
     <w:rsid w:val="00FF35E4"/>
     <w:rsid w:val="00FF7DB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55C19CB0"/>
   <w15:docId w15:val="{B94C15A5-4EED-4A5F-8739-2A1C160D8BD8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -13195,570 +11874,50 @@
         <w:category>
           <w:name w:val="Općenito"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2026398-60A2-4976-A48F-53E3C27E4F1B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A53FD5" w:rsidRDefault="00775ECB" w:rsidP="00775ECB">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Please enter.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7AE6489075C04C0D9656F66BB00F5F35"/>
-[...518 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="C3CFFF30EAC645418D27046AAFBED168"/>
         <w:category>
           <w:name w:val="Općenito"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3ADF069D-1B9E-447B-AB9F-EE016383E3BF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A53FD5" w:rsidRDefault="00775ECB" w:rsidP="00775ECB">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             </w:rPr>
             <w:t>Please enter.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
@@ -14047,50 +12206,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002105E3"/>
     <w:rsid w:val="0006139E"/>
     <w:rsid w:val="000652EC"/>
     <w:rsid w:val="00067E57"/>
     <w:rsid w:val="00114408"/>
     <w:rsid w:val="00176603"/>
     <w:rsid w:val="001B1FC4"/>
     <w:rsid w:val="001D63E8"/>
     <w:rsid w:val="002105E3"/>
     <w:rsid w:val="003065F3"/>
     <w:rsid w:val="00380D8A"/>
     <w:rsid w:val="003C2DFA"/>
     <w:rsid w:val="003D7F68"/>
@@ -14855,86 +13015,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE83B8F6-7C07-45A7-8D93-23FA2F204FCC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF5A7ECB-10A8-4392-8949-B9231E254954}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2123</Words>
-  <Characters>12106</Characters>
+  <Words>2064</Words>
+  <Characters>11770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14201</CharactersWithSpaces>
+  <CharactersWithSpaces>13807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HNB</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>