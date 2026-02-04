--- v0 (2025-11-08)
+++ v1 (2026-02-04)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="16">
@@ -139,51 +139,51 @@
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">1) </t>
     </r>
   </si>
   <si>
     <r>
       <t>REINVESTED EARNINGS</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Q1, Q2 2025 </t>
+      <t xml:space="preserve">Q1, Q2, Q3 2025 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -1829,101 +1829,101 @@
       </c>
       <c r="E38" s="6">
         <v>2.9499999999999999E-3</v>
       </c>
       <c r="F38" s="6">
         <v>1922.8237543999994</v>
       </c>
       <c r="G38" s="6">
         <v>54.598933794407856</v>
       </c>
       <c r="H38" s="6">
         <v>-98.048487709517659</v>
       </c>
       <c r="I38" s="6">
         <v>750.66745803143624</v>
       </c>
       <c r="J38" s="7">
         <v>4182.2633785163289</v>
       </c>
     </row>
     <row r="39" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="6">
-        <v>-51.590179999999947</v>
+        <v>-635.02415999999778</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6">
-        <v>29.860308099997042</v>
+        <v>1522.5149126999977</v>
       </c>
       <c r="G39" s="6">
-        <v>664.15243691895171</v>
+        <v>635.31569515289664</v>
       </c>
       <c r="H39" s="6">
-        <v>44.297700807690475</v>
+        <v>71.512386983327673</v>
       </c>
       <c r="I39" s="6">
-        <v>393.61613238999354</v>
+        <v>1522.3811384354294</v>
       </c>
       <c r="J39" s="7">
-        <v>1080.3363982166329</v>
+        <v>3116.6999732716531</v>
       </c>
     </row>
     <row r="40" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="8">
-        <v>30345.367459600024</v>
+        <v>29761.933479600026</v>
       </c>
       <c r="D40" s="8">
         <v>9.9999999999999995E-8</v>
       </c>
       <c r="E40" s="8">
         <v>10.105964800000001</v>
       </c>
       <c r="F40" s="8">
-        <v>15873.955576</v>
+        <v>17366.610180600001</v>
       </c>
       <c r="G40" s="8">
-        <v>5331.5919262649122</v>
+        <v>5302.7551844988566</v>
       </c>
       <c r="H40" s="8">
-        <v>1203.690062069624</v>
+        <v>1230.9047482452611</v>
       </c>
       <c r="I40" s="8">
-        <v>2653.4058874320845</v>
+        <v>3782.1708934775202</v>
       </c>
       <c r="J40" s="8">
-        <v>55418.116876266642</v>
+        <v>57454.480451321659</v>
       </c>
     </row>
     <row r="42" spans="2:12" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="15"/>
       <c r="D42" s="15"/>
       <c r="E42" s="15"/>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15"/>
       <c r="K42" s="15"/>
       <c r="L42" s="15"/>
     </row>
     <row r="43" spans="2:12" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="15"/>
       <c r="C43" s="15"/>
       <c r="D43" s="15"/>
       <c r="E43" s="15"/>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>