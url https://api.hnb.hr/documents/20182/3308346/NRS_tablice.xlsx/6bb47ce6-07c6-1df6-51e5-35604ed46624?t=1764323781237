--- v0 (2025-11-29)
+++ v1 (2026-03-11)
@@ -6,75 +6,75 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202509 podaci\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202512 podaci\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="32760" yWindow="32760" windowWidth="20490" windowHeight="7485" tabRatio="548" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="TROŠKOVI" sheetId="1" r:id="rId1"/>
     <sheet name="IZVORI" sheetId="2" r:id="rId2"/>
     <sheet name="3M_NRS" sheetId="3" r:id="rId3"/>
     <sheet name="6M_NRS" sheetId="4" r:id="rId4"/>
     <sheet name="12M_NRS" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="hideDetails" localSheetId="0">"[$trosak.$#REF!$#REF!]"</definedName>
     <definedName name="hideDetails_1">0</definedName>
     <definedName name="running" localSheetId="0">#N/A</definedName>
     <definedName name="running_1">0</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="676" uniqueCount="151">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>Fizičke osobe</t>
   </si>
   <si>
     <t>Fizičke osobe i nefinancijski sektori</t>
   </si>
   <si>
     <t>Sve fizičke i pravne osobe</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>2020./I.</t>
   </si>
   <si>
     <t>Napomena:</t>
   </si>
   <si>
@@ -472,50 +472,62 @@
     <t>1. 4. 2024. – 31. 3. 2025.</t>
   </si>
   <si>
     <t>2025./II.</t>
   </si>
   <si>
     <t>1. 4. 2025. – 30. 6. 2025.</t>
   </si>
   <si>
     <t>1. 1. 2025. – 30. 6. 2025.</t>
   </si>
   <si>
     <t>1. 7. 2024. – 30. 6. 2025.</t>
   </si>
   <si>
     <t>2025./III.</t>
   </si>
   <si>
     <t>1. 7. 2025. – 30. 9. 2025.</t>
   </si>
   <si>
     <t>1. 4. 2025. – 30. 9. 2025.</t>
   </si>
   <si>
     <t>1. 10. 2024. – 30. 9. 2025.</t>
+  </si>
+  <si>
+    <t>2025./IV.</t>
+  </si>
+  <si>
+    <t>1. 10. 2025. – 31. 12. 2025.</t>
+  </si>
+  <si>
+    <t>1. 7. 2025. – 31. 12. 2025.</t>
+  </si>
+  <si>
+    <t>1. 1. 2025. – 31. 12. 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="d/m/yyyy/;@"/>
     <numFmt numFmtId="167" formatCode="d/\ m/\ yyyy/"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -1453,51 +1465,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:K34"/>
+  <dimension ref="A2:K35"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.1640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="17.5" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="15.75">
       <c r="B2" s="101" t="s">
         <v>91</v>
       </c>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
       <c r="E2" s="101"/>
       <c r="F2" s="101"/>
@@ -2259,142 +2271,175 @@
         <v>83</v>
       </c>
       <c r="E28" s="72" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="11">
         <v>39607328.450000003</v>
       </c>
       <c r="G28" s="11">
         <v>76626431.519999996</v>
       </c>
       <c r="H28" s="11">
         <v>145701006.14000002</v>
       </c>
       <c r="I28" s="48">
         <v>4147034.73</v>
       </c>
       <c r="J28" s="44" t="s">
         <v>83</v>
       </c>
       <c r="K28" s="81">
         <v>45898</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="13.15" customHeight="1">
-      <c r="B29" s="31" t="s">
+      <c r="A29" s="17"/>
+      <c r="B29" s="39" t="s">
         <v>143</v>
       </c>
-      <c r="C29" s="50" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="41">
+      <c r="C29" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" s="11">
         <v>36281040.290000007</v>
       </c>
-      <c r="G29" s="42">
+      <c r="G29" s="11">
         <v>72230666.099999994</v>
       </c>
-      <c r="H29" s="41">
+      <c r="H29" s="11">
         <v>147426504.76999998</v>
       </c>
-      <c r="I29" s="51">
+      <c r="I29" s="48">
         <v>4521474.4700000007</v>
       </c>
-      <c r="J29" s="65" t="s">
-[...2 lines deleted...]
-      <c r="K29" s="83">
+      <c r="J29" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="K29" s="81">
         <v>45989</v>
       </c>
     </row>
-    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.15" customHeight="1">
-      <c r="B31" s="8" t="s">
+    <row r="30" spans="1:11" ht="13.15" customHeight="1">
+      <c r="B30" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C30" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="41">
+        <v>34636770.709999993</v>
+      </c>
+      <c r="G30" s="42">
+        <v>70580195.560000002</v>
+      </c>
+      <c r="H30" s="41">
+        <v>146143703.36000001</v>
+      </c>
+      <c r="I30" s="51">
+        <v>4953721.8900000006</v>
+      </c>
+      <c r="J30" s="65" t="s">
+        <v>83</v>
+      </c>
+      <c r="K30" s="83">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="8" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B32" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="32" spans="1:11" s="8" customFormat="1" ht="45" customHeight="1">
-      <c r="B32" s="100" t="s">
+    <row r="33" spans="2:10" s="8" customFormat="1" ht="45" customHeight="1">
+      <c r="B33" s="100" t="s">
         <v>85</v>
       </c>
-      <c r="C32" s="100"/>
-[...9 lines deleted...]
-      <c r="B33" s="100"/>
       <c r="C33" s="100"/>
       <c r="D33" s="100"/>
       <c r="E33" s="100"/>
       <c r="F33" s="100"/>
       <c r="G33" s="100"/>
       <c r="H33" s="100"/>
       <c r="I33" s="100"/>
       <c r="J33" s="100"/>
     </row>
     <row r="34" spans="2:10" ht="13.15" customHeight="1">
-      <c r="B34" s="23" t="s">
+      <c r="B34" s="100"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
+    </row>
+    <row r="35" spans="2:10" ht="13.15" customHeight="1">
+      <c r="B35" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="43"/>
-[...6 lines deleted...]
-      <c r="J34" s="43"/>
+      <c r="C35" s="43"/>
+      <c r="D35" s="43"/>
+      <c r="E35" s="43"/>
+      <c r="F35" s="43"/>
+      <c r="G35" s="43"/>
+      <c r="H35" s="43"/>
+      <c r="I35" s="43"/>
+      <c r="J35" s="43"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="6">
-    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="B34:J34"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B32:J32"/>
+    <mergeCell ref="B33:J33"/>
     <mergeCell ref="B5:B6"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" pageOrder="overThenDown" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:K95"/>
+  <dimension ref="B1:K99"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="15.83203125" customWidth="1"/>
     <col min="3" max="3" width="15.5" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.5" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="10" width="17.5" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.5" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="2" spans="2:11" ht="15.75">
       <c r="B2" s="35" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="4" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="5" spans="2:11" ht="13.15" customHeight="1">
@@ -4609,155 +4654,263 @@
         <v>83</v>
       </c>
       <c r="F74" s="3">
         <v>40096045494.270004</v>
       </c>
       <c r="G74" s="3">
         <v>64093064795.860001</v>
       </c>
       <c r="H74" s="3">
         <v>74787914957.140015</v>
       </c>
       <c r="I74" s="53">
         <v>1897914258.3199997</v>
       </c>
       <c r="J74" s="34" t="s">
         <v>83</v>
       </c>
       <c r="K74" s="81">
         <v>45989</v>
       </c>
     </row>
     <row r="75" spans="2:11" ht="13.15" customHeight="1">
       <c r="B75" s="85">
         <v>45930</v>
       </c>
-      <c r="C75" s="74" t="s">
-[...8 lines deleted...]
-      <c r="F75" s="75">
+      <c r="C75" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D75" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E75" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F75" s="3">
         <v>40002835721.529999</v>
       </c>
-      <c r="G75" s="75">
+      <c r="G75" s="3">
         <v>64026251456.290009</v>
       </c>
-      <c r="H75" s="75">
+      <c r="H75" s="3">
         <v>74999679045.709991</v>
       </c>
-      <c r="I75" s="76">
+      <c r="I75" s="53">
         <v>2015294073.01</v>
       </c>
-      <c r="J75" s="77" t="s">
-[...2 lines deleted...]
-      <c r="K75" s="83">
+      <c r="J75" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K75" s="81">
         <v>45989</v>
       </c>
     </row>
     <row r="76" spans="2:11" ht="13.15" customHeight="1">
-      <c r="B76" s="18"/>
-[...2 lines deleted...]
-      <c r="B77" s="8" t="s">
+      <c r="B76" s="85">
+        <v>45961</v>
+      </c>
+      <c r="C76" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D76" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E76" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F76" s="3">
+        <v>39995902744.940002</v>
+      </c>
+      <c r="G76" s="3">
+        <v>63957248909.960007</v>
+      </c>
+      <c r="H76" s="3">
+        <v>74778890122.759995</v>
+      </c>
+      <c r="I76" s="53">
+        <v>1985868247.5599997</v>
+      </c>
+      <c r="J76" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K76" s="81">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="77" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B77" s="85">
+        <v>45991</v>
+      </c>
+      <c r="C77" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D77" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E77" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F77" s="3">
+        <v>39987259636.840004</v>
+      </c>
+      <c r="G77" s="3">
+        <v>63830140187.740005</v>
+      </c>
+      <c r="H77" s="3">
+        <v>74729836588.359985</v>
+      </c>
+      <c r="I77" s="53">
+        <v>2032934811.5999999</v>
+      </c>
+      <c r="J77" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K77" s="81">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="78" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B78" s="85">
+        <v>46022</v>
+      </c>
+      <c r="C78" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="D78" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="E78" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="F78" s="75">
+        <v>40619461087.970001</v>
+      </c>
+      <c r="G78" s="75">
+        <v>64577011994.629997</v>
+      </c>
+      <c r="H78" s="75">
+        <v>76131920804.990005</v>
+      </c>
+      <c r="I78" s="76">
+        <v>2028609499.78</v>
+      </c>
+      <c r="J78" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="K78" s="83">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="79" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B79" s="18"/>
+    </row>
+    <row r="80" spans="2:11" s="8" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B80" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="78" spans="2:11" s="8" customFormat="1" ht="41.45" customHeight="1">
-      <c r="B78" s="100" t="s">
+    <row r="81" spans="2:10" s="8" customFormat="1" ht="41.45" customHeight="1">
+      <c r="B81" s="100" t="s">
         <v>85</v>
       </c>
-      <c r="C78" s="100"/>
-[...9 lines deleted...]
-      <c r="B80" s="23" t="s">
+      <c r="C81" s="100"/>
+      <c r="D81" s="100"/>
+      <c r="E81" s="100"/>
+      <c r="F81" s="100"/>
+      <c r="G81" s="100"/>
+      <c r="H81" s="100"/>
+      <c r="I81" s="100"/>
+      <c r="J81" s="100"/>
+    </row>
+    <row r="83" spans="2:10">
+      <c r="B83" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C80" s="5"/>
-[...20 lines deleted...]
-    <row r="94" spans="6:9" ht="14.25">
+      <c r="C83" s="5"/>
+      <c r="D83" s="5"/>
+      <c r="E83" s="5"/>
+      <c r="F83" s="5"/>
+      <c r="G83" s="5"/>
+      <c r="H83" s="5"/>
+      <c r="I83" s="5"/>
+      <c r="J83" s="5"/>
+    </row>
+    <row r="94" spans="2:10" ht="14.25">
       <c r="F94" s="73"/>
       <c r="G94" s="73"/>
       <c r="H94" s="73"/>
       <c r="I94" s="73"/>
     </row>
-    <row r="95" spans="6:9" ht="14.25">
+    <row r="95" spans="2:10" ht="14.25">
       <c r="F95" s="73"/>
       <c r="G95" s="73"/>
       <c r="H95" s="73"/>
       <c r="I95" s="73"/>
+    </row>
+    <row r="96" spans="2:10" ht="14.25">
+      <c r="F96" s="73"/>
+      <c r="G96" s="73"/>
+      <c r="H96" s="73"/>
+      <c r="I96" s="73"/>
+    </row>
+    <row r="97" spans="6:9" ht="14.25">
+      <c r="F97" s="73"/>
+      <c r="G97" s="73"/>
+      <c r="H97" s="73"/>
+      <c r="I97" s="73"/>
+    </row>
+    <row r="98" spans="6:9" ht="14.25">
+      <c r="F98" s="73"/>
+      <c r="G98" s="73"/>
+      <c r="H98" s="73"/>
+      <c r="I98" s="73"/>
+    </row>
+    <row r="99" spans="6:9" ht="14.25">
+      <c r="F99" s="73"/>
+      <c r="G99" s="73"/>
+      <c r="H99" s="73"/>
+      <c r="I99" s="73"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B78:J78"/>
+    <mergeCell ref="B81:J81"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" scale="92" firstPageNumber="0" pageOrder="overThenDown" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:N54"/>
+  <dimension ref="B2:N55"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" ht="15.75">
       <c r="B2" s="101" t="s">
         <v>42</v>
       </c>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
       <c r="E2" s="101"/>
       <c r="F2" s="101"/>
       <c r="G2" s="101"/>
@@ -5627,295 +5780,321 @@
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.47</v>
       </c>
       <c r="H28" s="13">
         <v>0.57999999999999996</v>
       </c>
       <c r="I28" s="13">
         <v>0.91</v>
       </c>
       <c r="J28" s="58">
         <v>0.87</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L28" s="90">
-        <v>45898</v>
+        <v>45806</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="2:14" ht="13.15" customHeight="1">
       <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>140</v>
       </c>
       <c r="D29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G29" s="13">
         <v>0.41</v>
       </c>
       <c r="H29" s="13">
         <v>0.51</v>
       </c>
       <c r="I29" s="13">
         <v>0.83</v>
       </c>
       <c r="J29" s="58">
         <v>0.89</v>
       </c>
       <c r="K29" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
     </row>
     <row r="30" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B30" s="31" t="s">
+      <c r="B30" s="26" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="31" t="s">
+      <c r="C30" s="27" t="s">
         <v>144</v>
       </c>
-      <c r="D30" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="9">
+      <c r="D30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="13">
         <v>0.36</v>
       </c>
-      <c r="H30" s="9">
+      <c r="H30" s="13">
         <v>0.45</v>
       </c>
-      <c r="I30" s="9">
+      <c r="I30" s="13">
         <v>0.79</v>
       </c>
-      <c r="J30" s="63">
+      <c r="J30" s="58">
         <v>0.92</v>
       </c>
-      <c r="K30" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="83">
+      <c r="K30" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="90">
         <v>45989</v>
       </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
     </row>
     <row r="31" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B31" s="23"/>
-[...9 lines deleted...]
-      <c r="L31" s="32"/>
+      <c r="B31" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="31" t="s">
+        <v>148</v>
+      </c>
+      <c r="D31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" s="9">
+        <v>0.34</v>
+      </c>
+      <c r="H31" s="9">
+        <v>0.44</v>
+      </c>
+      <c r="I31" s="9">
+        <v>0.77</v>
+      </c>
+      <c r="J31" s="63">
+        <v>0.97</v>
+      </c>
+      <c r="K31" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L31" s="83">
+        <v>46080</v>
+      </c>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
     </row>
     <row r="32" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B32" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
     </row>
     <row r="33" spans="2:14" ht="13.15" customHeight="1">
       <c r="B33" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
     </row>
     <row r="34" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B34" t="s">
-        <v>102</v>
+      <c r="B34" s="23" t="s">
+        <v>98</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B35" s="23"/>
+      <c r="B35" t="s">
+        <v>102</v>
+      </c>
       <c r="C35" s="23"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
+      <c r="F35" s="32"/>
+      <c r="G35" s="32"/>
+      <c r="H35" s="32"/>
+      <c r="I35" s="32"/>
+      <c r="J35" s="32"/>
+      <c r="K35" s="32"/>
       <c r="L35" s="32"/>
       <c r="M35" s="23"/>
       <c r="N35" s="23"/>
     </row>
     <row r="36" spans="2:14" ht="13.15" customHeight="1">
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="23"/>
       <c r="N36" s="23"/>
     </row>
     <row r="37" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L37"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="L37" s="32"/>
+      <c r="M37" s="23"/>
+      <c r="N37" s="23"/>
     </row>
     <row r="38" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L38" s="21"/>
+      <c r="L38"/>
     </row>
     <row r="39" spans="2:14" ht="13.15" customHeight="1">
       <c r="L39" s="21"/>
     </row>
     <row r="40" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L40"/>
+      <c r="L40" s="21"/>
     </row>
     <row r="41" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B41" s="110"/>
-[...8 lines deleted...]
-      <c r="K41"/>
       <c r="L41"/>
     </row>
     <row r="42" spans="2:14" ht="13.15" customHeight="1">
-      <c r="G42"/>
-[...2 lines deleted...]
-      <c r="J42"/>
+      <c r="B42" s="110"/>
+      <c r="C42" s="110"/>
+      <c r="D42" s="110"/>
+      <c r="E42" s="110"/>
+      <c r="F42" s="110"/>
+      <c r="G42" s="110"/>
+      <c r="H42" s="110"/>
+      <c r="I42" s="110"/>
+      <c r="J42" s="110"/>
       <c r="K42"/>
       <c r="L42"/>
     </row>
     <row r="43" spans="2:14" ht="13.15" customHeight="1">
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
     </row>
     <row r="44" spans="2:14" ht="13.15" customHeight="1">
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
     </row>
     <row r="45" spans="2:14" ht="13.15" customHeight="1">
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
     </row>
     <row r="46" spans="2:14" ht="13.15" customHeight="1">
-      <c r="D46"/>
-[...1 lines deleted...]
-      <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
     </row>
     <row r="47" spans="2:14" ht="13.15" customHeight="1">
       <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47"/>
+      <c r="G47"/>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47"/>
+      <c r="K47"/>
+      <c r="L47"/>
     </row>
     <row r="48" spans="2:14" ht="13.15" customHeight="1">
       <c r="D48"/>
     </row>
     <row r="49" spans="4:12" ht="13.15" customHeight="1">
       <c r="D49"/>
-      <c r="E49"/>
-[...6 lines deleted...]
-      <c r="L49"/>
     </row>
     <row r="50" spans="4:12" ht="13.15" customHeight="1">
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
     </row>
     <row r="51" spans="4:12" ht="13.15" customHeight="1">
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
     </row>
     <row r="52" spans="4:12" ht="13.15" customHeight="1">
       <c r="D52"/>
@@ -5928,70 +6107,81 @@
       <c r="K52"/>
       <c r="L52"/>
     </row>
     <row r="53" spans="4:12" ht="13.15" customHeight="1">
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
     </row>
     <row r="54" spans="4:12" ht="13.15" customHeight="1">
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54"/>
     </row>
+    <row r="55" spans="4:12" ht="13.15" customHeight="1">
+      <c r="D55"/>
+      <c r="E55"/>
+      <c r="F55"/>
+      <c r="G55"/>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55"/>
+      <c r="K55"/>
+      <c r="L55"/>
+    </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
-    <mergeCell ref="B41:J41"/>
+    <mergeCell ref="B42:J42"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:N47"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="13.15" customHeight="1">
       <c r="A1" s="23"/>
     </row>
     <row r="2" spans="1:14" ht="15.75">
       <c r="B2" s="101" t="s">
         <v>43</v>
       </c>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
@@ -6868,197 +7058,219 @@
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.49</v>
       </c>
       <c r="H28" s="13">
         <v>0.62</v>
       </c>
       <c r="I28" s="13">
         <v>0.95</v>
       </c>
       <c r="J28" s="58">
         <v>0.94</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L28" s="90">
-        <v>45898</v>
+        <v>45806</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="2:14" ht="13.15" customHeight="1">
       <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>141</v>
       </c>
       <c r="D29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G29" s="13">
         <v>0.44</v>
       </c>
       <c r="H29" s="13">
         <v>0.55000000000000004</v>
       </c>
       <c r="I29" s="13">
         <v>0.87</v>
       </c>
       <c r="J29" s="58">
         <v>0.88</v>
       </c>
       <c r="K29" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
     </row>
     <row r="30" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B30" s="31" t="s">
+      <c r="B30" s="26" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="31" t="s">
+      <c r="C30" s="27" t="s">
         <v>145</v>
       </c>
-      <c r="D30" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="9">
+      <c r="D30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="13">
         <v>0.39</v>
       </c>
-      <c r="H30" s="9">
+      <c r="H30" s="13">
         <v>0.48</v>
       </c>
-      <c r="I30" s="9">
+      <c r="I30" s="13">
         <v>0.81</v>
       </c>
-      <c r="J30" s="62">
+      <c r="J30" s="58">
         <v>0.9</v>
       </c>
-      <c r="K30" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="83">
+      <c r="K30" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="90">
         <v>45989</v>
       </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
     </row>
     <row r="31" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B31" s="23"/>
-[...9 lines deleted...]
-      <c r="L31" s="32"/>
+      <c r="B31" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="D31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" s="9">
+        <v>0.35</v>
+      </c>
+      <c r="H31" s="9">
+        <v>0.44</v>
+      </c>
+      <c r="I31" s="9">
+        <v>0.78</v>
+      </c>
+      <c r="J31" s="62">
+        <v>0.95</v>
+      </c>
+      <c r="K31" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L31" s="83">
+        <v>46080</v>
+      </c>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
     </row>
     <row r="32" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B32" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
     </row>
     <row r="33" spans="2:14" ht="13.15" customHeight="1">
       <c r="B33" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
     </row>
     <row r="34" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B34" t="s">
-        <v>102</v>
+      <c r="B34" s="23" t="s">
+        <v>98</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B35" s="23"/>
+      <c r="B35" t="s">
+        <v>102</v>
+      </c>
       <c r="C35" s="23"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
       <c r="K35" s="32"/>
       <c r="L35" s="32"/>
       <c r="M35" s="23"/>
       <c r="N35" s="23"/>
     </row>
     <row r="36" spans="2:14" ht="13.15" customHeight="1">
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="32"/>
       <c r="G36" s="32"/>
       <c r="H36" s="32"/>
       <c r="I36" s="32"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
@@ -7192,70 +7404,85 @@
       <c r="E45" s="32"/>
       <c r="F45" s="32"/>
       <c r="G45" s="32"/>
       <c r="H45" s="32"/>
       <c r="I45" s="32"/>
       <c r="J45" s="32"/>
       <c r="K45" s="32"/>
       <c r="L45" s="32"/>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
     </row>
     <row r="46" spans="2:14" ht="13.15" customHeight="1">
       <c r="B46" s="23"/>
       <c r="C46" s="23"/>
       <c r="D46" s="32"/>
       <c r="E46" s="32"/>
       <c r="F46" s="32"/>
       <c r="G46" s="32"/>
       <c r="H46" s="32"/>
       <c r="I46" s="32"/>
       <c r="J46" s="32"/>
       <c r="K46" s="32"/>
       <c r="L46" s="32"/>
       <c r="M46" s="23"/>
       <c r="N46" s="23"/>
+    </row>
+    <row r="47" spans="2:14" ht="13.15" customHeight="1">
+      <c r="B47" s="23"/>
+      <c r="C47" s="23"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="32"/>
+      <c r="F47" s="32"/>
+      <c r="G47" s="32"/>
+      <c r="H47" s="32"/>
+      <c r="I47" s="32"/>
+      <c r="J47" s="32"/>
+      <c r="K47" s="32"/>
+      <c r="L47" s="32"/>
+      <c r="M47" s="23"/>
+      <c r="N47" s="23"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P39"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="13.15" customHeight="1">
       <c r="A1" s="33"/>
     </row>
     <row r="2" spans="1:16" ht="15.75">
       <c r="B2" s="101" t="s">
         <v>44</v>
       </c>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
@@ -8182,216 +8409,255 @@
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.5</v>
       </c>
       <c r="H28" s="13">
         <v>0.64</v>
       </c>
       <c r="I28" s="13">
         <v>0.97</v>
       </c>
       <c r="J28" s="58">
         <v>1.04</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L28" s="90">
-        <v>45898</v>
+        <v>45806</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
     </row>
     <row r="29" spans="2:16" ht="13.15" customHeight="1">
       <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>142</v>
       </c>
       <c r="D29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F29" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G29" s="13">
         <v>0.48</v>
       </c>
       <c r="H29" s="13">
         <v>0.6</v>
       </c>
       <c r="I29" s="13">
         <v>0.93</v>
       </c>
       <c r="J29" s="58">
         <v>1</v>
       </c>
       <c r="K29" s="37" t="s">
         <v>83</v>
       </c>
       <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
     </row>
     <row r="30" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B30" s="31" t="s">
+      <c r="B30" s="26" t="s">
         <v>143</v>
       </c>
       <c r="C30" s="27" t="s">
         <v>146</v>
       </c>
-      <c r="D30" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="9">
+      <c r="D30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="13">
         <v>0.44</v>
       </c>
-      <c r="H30" s="9">
+      <c r="H30" s="13">
         <v>0.55000000000000004</v>
       </c>
-      <c r="I30" s="9">
+      <c r="I30" s="13">
         <v>0.88</v>
       </c>
-      <c r="J30" s="62">
+      <c r="J30" s="58">
         <v>0.92</v>
       </c>
-      <c r="K30" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="83">
+      <c r="K30" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="90">
         <v>45989</v>
       </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
     </row>
     <row r="31" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B31" s="23"/>
-[...9 lines deleted...]
-      <c r="L31" s="32"/>
+      <c r="B31" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="27" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" s="9">
+        <v>0.39</v>
+      </c>
+      <c r="H31" s="9">
+        <v>0.49</v>
+      </c>
+      <c r="I31" s="9">
+        <v>0.82</v>
+      </c>
+      <c r="J31" s="62">
+        <v>0.91</v>
+      </c>
+      <c r="K31" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L31" s="83">
+        <v>46080</v>
+      </c>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
     </row>
     <row r="32" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B32" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="23"/>
+      <c r="B32" s="23"/>
+      <c r="C32" s="64"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
     </row>
     <row r="33" spans="2:16" ht="13.15" customHeight="1">
       <c r="B33" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
     </row>
     <row r="34" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B34" t="s">
+      <c r="B34" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="23"/>
+      <c r="D34" s="32"/>
+      <c r="E34" s="32"/>
+      <c r="F34" s="32"/>
+      <c r="G34" s="32"/>
+      <c r="H34" s="32"/>
+      <c r="I34" s="32"/>
+      <c r="J34" s="32"/>
+      <c r="K34" s="32"/>
+      <c r="L34" s="32"/>
+      <c r="M34" s="23"/>
+      <c r="N34" s="23"/>
+      <c r="O34" s="23"/>
+      <c r="P34" s="23"/>
+    </row>
+    <row r="35" spans="2:16" ht="13.15" customHeight="1">
+      <c r="B35" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="L38" s="20"/>
     </row>
     <row r="39" spans="2:16" ht="13.15" customHeight="1">
       <c r="D39" s="20"/>
       <c r="E39" s="20"/>
       <c r="F39" s="20"/>
       <c r="G39" s="20"/>
       <c r="H39" s="20"/>
       <c r="I39" s="20"/>
       <c r="J39" s="20"/>
       <c r="K39" s="20"/>
       <c r="L39" s="20"/>
+    </row>
+    <row r="40" spans="2:16" ht="13.15" customHeight="1">
+      <c r="D40" s="20"/>
+      <c r="E40" s="20"/>
+      <c r="F40" s="20"/>
+      <c r="G40" s="20"/>
+      <c r="H40" s="20"/>
+      <c r="I40" s="20"/>
+      <c r="J40" s="20"/>
+      <c r="K40" s="20"/>
+      <c r="L40" s="20"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>