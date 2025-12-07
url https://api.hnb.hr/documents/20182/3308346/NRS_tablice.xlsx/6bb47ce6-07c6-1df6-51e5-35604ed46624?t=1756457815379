--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -6,75 +6,75 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202506 podaci\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202509 podaci\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="32760" yWindow="32760" windowWidth="20490" windowHeight="7485" tabRatio="548" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="TROŠKOVI" sheetId="1" r:id="rId1"/>
     <sheet name="IZVORI" sheetId="2" r:id="rId2"/>
     <sheet name="3M_NRS" sheetId="3" r:id="rId3"/>
     <sheet name="6M_NRS" sheetId="4" r:id="rId4"/>
     <sheet name="12M_NRS" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="hideDetails" localSheetId="0">"[$trosak.$#REF!$#REF!]"</definedName>
     <definedName name="hideDetails_1">0</definedName>
     <definedName name="running" localSheetId="0">#N/A</definedName>
     <definedName name="running_1">0</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="606" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="147">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>Fizičke osobe</t>
   </si>
   <si>
     <t>Fizičke osobe i nefinancijski sektori</t>
   </si>
   <si>
     <t>Sve fizičke i pravne osobe</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>2020./I.</t>
   </si>
   <si>
     <t>Napomena:</t>
   </si>
   <si>
@@ -460,50 +460,62 @@
     <t>1. 1. 2024. – 31. 12. 2024.</t>
   </si>
   <si>
     <t>2025./I.</t>
   </si>
   <si>
     <t>1. 1. 2025. – 31. 3. 2025.</t>
   </si>
   <si>
     <t>1. 10. 2024. – 31. 3. 2025.</t>
   </si>
   <si>
     <t>1. 4. 2024. – 31. 3. 2025.</t>
   </si>
   <si>
     <t>2025./II.</t>
   </si>
   <si>
     <t>1. 4. 2025. – 30. 6. 2025.</t>
   </si>
   <si>
     <t>1. 1. 2025. – 30. 6. 2025.</t>
   </si>
   <si>
     <t>1. 7. 2024. – 30. 6. 2025.</t>
+  </si>
+  <si>
+    <t>2025./III.</t>
+  </si>
+  <si>
+    <t>1. 7. 2025. – 30. 9. 2025.</t>
+  </si>
+  <si>
+    <t>1. 4. 2025. – 30. 9. 2025.</t>
+  </si>
+  <si>
+    <t>1. 10. 2024. – 30. 9. 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="d/m/yyyy/;@"/>
     <numFmt numFmtId="167" formatCode="d/\ m/\ yyyy/"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -747,51 +759,51 @@
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" applyProtection="0"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" applyProtection="0"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="6" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="112">
+  <cellXfs count="111">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="6" xfId="30" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="30" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="6" xfId="30" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="7" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="7" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="8" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="8" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
@@ -899,51 +911,50 @@
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="1" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="8" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="7" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="0" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="1" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="5" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="0" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="8" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="8" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="5" xfId="27" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="7" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="0" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="13" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="8" xfId="13" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="9" xfId="13" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="27" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="10" xfId="27" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="10" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="10" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="10" xfId="27" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="10" xfId="27" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="6" xfId="30" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="6" xfId="30" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1442,105 +1453,105 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:K33"/>
+  <dimension ref="A2:K34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.1640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="17.5" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="15.75">
-      <c r="B2" s="102" t="s">
+      <c r="B2" s="101" t="s">
         <v>91</v>
       </c>
-      <c r="C2" s="102"/>
-[...6 lines deleted...]
-      <c r="J2" s="102"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
     </row>
     <row r="5" spans="1:11" ht="13.15" customHeight="1">
-      <c r="B5" s="105" t="s">
+      <c r="B5" s="104" t="s">
         <v>92</v>
       </c>
-      <c r="C5" s="103" t="s">
+      <c r="C5" s="102" t="s">
         <v>100</v>
       </c>
-      <c r="D5" s="103"/>
-[...1 lines deleted...]
-      <c r="F5" s="104" t="s">
+      <c r="D5" s="102"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="103" t="s">
         <v>0</v>
       </c>
-      <c r="G5" s="104"/>
-      <c r="H5" s="104"/>
+      <c r="G5" s="103"/>
+      <c r="H5" s="103"/>
       <c r="I5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>101</v>
       </c>
       <c r="K5" s="2"/>
     </row>
     <row r="6" spans="1:11" ht="33.75">
-      <c r="B6" s="106"/>
+      <c r="B6" s="105"/>
       <c r="C6" s="46" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="46" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="46" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I6" s="46" t="s">
         <v>4</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="K6" s="2" t="s">
@@ -2183,212 +2194,245 @@
       </c>
       <c r="E26" s="78" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="16">
         <v>47860186.00999999</v>
       </c>
       <c r="G26" s="16">
         <v>97530985.370000005</v>
       </c>
       <c r="H26" s="16">
         <v>169366857.81</v>
       </c>
       <c r="I26" s="49">
         <v>5232119.5100000007</v>
       </c>
       <c r="J26" s="66" t="s">
         <v>83</v>
       </c>
       <c r="K26" s="82">
         <v>45716</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="13.15" customHeight="1">
       <c r="A27" s="17"/>
-      <c r="B27" s="95" t="s">
+      <c r="B27" s="94" t="s">
         <v>135</v>
       </c>
-      <c r="C27" s="96" t="s">
-[...8 lines deleted...]
-      <c r="F27" s="97">
+      <c r="C27" s="95" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" s="95" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" s="95" t="s">
+        <v>83</v>
+      </c>
+      <c r="F27" s="96">
         <v>43875631.219999991</v>
       </c>
-      <c r="G27" s="97">
+      <c r="G27" s="96">
         <v>85534120.980000004</v>
       </c>
-      <c r="H27" s="97">
+      <c r="H27" s="96">
         <v>153742342.21000001</v>
       </c>
-      <c r="I27" s="98">
+      <c r="I27" s="97">
         <v>4184713.17</v>
       </c>
-      <c r="J27" s="99" t="s">
-[...2 lines deleted...]
-      <c r="K27" s="100">
+      <c r="J27" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="K27" s="99">
         <v>45806</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="13.15" customHeight="1">
-      <c r="B28" s="31" t="s">
+      <c r="A28" s="17"/>
+      <c r="B28" s="39" t="s">
         <v>139</v>
       </c>
-      <c r="C28" s="50" t="s">
-[...8 lines deleted...]
-      <c r="F28" s="41">
+      <c r="C28" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="F28" s="11">
         <v>39607328.450000003</v>
       </c>
-      <c r="G28" s="42">
+      <c r="G28" s="11">
         <v>76626431.519999996</v>
       </c>
-      <c r="H28" s="41">
+      <c r="H28" s="11">
         <v>145701006.14000002</v>
       </c>
-      <c r="I28" s="51">
+      <c r="I28" s="48">
         <v>4147034.73</v>
       </c>
-      <c r="J28" s="65" t="s">
-[...2 lines deleted...]
-      <c r="K28" s="83">
+      <c r="J28" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="K28" s="81">
         <v>45898</v>
       </c>
     </row>
-    <row r="30" spans="1:11" s="8" customFormat="1" ht="13.15" customHeight="1">
-      <c r="B30" s="8" t="s">
+    <row r="29" spans="1:11" ht="13.15" customHeight="1">
+      <c r="B29" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="50" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" s="41">
+        <v>36281040.290000007</v>
+      </c>
+      <c r="G29" s="42">
+        <v>72230666.099999994</v>
+      </c>
+      <c r="H29" s="41">
+        <v>147426504.76999998</v>
+      </c>
+      <c r="I29" s="51">
+        <v>4521474.4700000007</v>
+      </c>
+      <c r="J29" s="65" t="s">
+        <v>83</v>
+      </c>
+      <c r="K29" s="83">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="8" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B31" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="1:11" s="8" customFormat="1" ht="45" customHeight="1">
-      <c r="B31" s="101" t="s">
+    <row r="32" spans="1:11" s="8" customFormat="1" ht="45" customHeight="1">
+      <c r="B32" s="100" t="s">
         <v>85</v>
       </c>
-      <c r="C31" s="101"/>
-[...17 lines deleted...]
-      <c r="J32" s="101"/>
+      <c r="C32" s="100"/>
+      <c r="D32" s="100"/>
+      <c r="E32" s="100"/>
+      <c r="F32" s="100"/>
+      <c r="G32" s="100"/>
+      <c r="H32" s="100"/>
+      <c r="I32" s="100"/>
+      <c r="J32" s="100"/>
     </row>
     <row r="33" spans="2:10" ht="13.15" customHeight="1">
-      <c r="B33" s="23" t="s">
+      <c r="B33" s="100"/>
+      <c r="C33" s="100"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="100"/>
+      <c r="I33" s="100"/>
+      <c r="J33" s="100"/>
+    </row>
+    <row r="34" spans="2:10" ht="13.15" customHeight="1">
+      <c r="B34" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C33" s="43"/>
-[...6 lines deleted...]
-      <c r="J33" s="43"/>
+      <c r="C34" s="43"/>
+      <c r="D34" s="43"/>
+      <c r="E34" s="43"/>
+      <c r="F34" s="43"/>
+      <c r="G34" s="43"/>
+      <c r="H34" s="43"/>
+      <c r="I34" s="43"/>
+      <c r="J34" s="43"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="6">
-    <mergeCell ref="B32:J32"/>
+    <mergeCell ref="B33:J33"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B31:J31"/>
+    <mergeCell ref="B32:J32"/>
     <mergeCell ref="B5:B6"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" pageOrder="overThenDown" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:K92"/>
+  <dimension ref="B1:K95"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="15.83203125" customWidth="1"/>
     <col min="3" max="3" width="15.5" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.5" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="10" width="17.5" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.5" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="2" spans="2:11" ht="15.75">
       <c r="B2" s="35" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="4" spans="2:11" ht="13.15" customHeight="1"/>
     <row r="5" spans="2:11" ht="13.15" customHeight="1">
       <c r="B5" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="107" t="s">
+      <c r="C5" s="106" t="s">
         <v>100</v>
       </c>
-      <c r="D5" s="107"/>
-[...1 lines deleted...]
-      <c r="F5" s="108" t="s">
+      <c r="D5" s="106"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="107" t="s">
         <v>0</v>
       </c>
-      <c r="G5" s="108"/>
-      <c r="H5" s="108"/>
+      <c r="G5" s="107"/>
+      <c r="H5" s="107"/>
       <c r="I5" s="52" t="s">
         <v>1</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>101</v>
       </c>
       <c r="K5" s="4"/>
     </row>
     <row r="6" spans="2:11" ht="33.75">
       <c r="B6" s="22" t="s">
         <v>93</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="4" t="s">
@@ -4469,206 +4513,302 @@
         <v>83</v>
       </c>
       <c r="F71" s="3">
         <v>38384487092.449997</v>
       </c>
       <c r="G71" s="3">
         <v>60288500136.319992</v>
       </c>
       <c r="H71" s="3">
         <v>69939396968.62001</v>
       </c>
       <c r="I71" s="53">
         <v>1907248580.0599999</v>
       </c>
       <c r="J71" s="34" t="s">
         <v>83</v>
       </c>
       <c r="K71" s="81">
         <v>45898</v>
       </c>
     </row>
     <row r="72" spans="2:11" ht="13.15" customHeight="1">
       <c r="B72" s="85">
         <v>45838</v>
       </c>
-      <c r="C72" s="74" t="s">
-[...8 lines deleted...]
-      <c r="F72" s="75">
+      <c r="C72" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D72" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E72" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F72" s="3">
         <v>38893924820.729996</v>
       </c>
-      <c r="G72" s="75">
+      <c r="G72" s="3">
         <v>61018887198.080002</v>
       </c>
-      <c r="H72" s="75">
+      <c r="H72" s="3">
         <v>71839048693.880005</v>
       </c>
-      <c r="I72" s="76">
+      <c r="I72" s="53">
         <v>1906035601.6500001</v>
       </c>
-      <c r="J72" s="77" t="s">
-[...2 lines deleted...]
-      <c r="K72" s="89">
+      <c r="J72" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K72" s="81">
         <v>45898</v>
       </c>
     </row>
     <row r="73" spans="2:11" ht="13.15" customHeight="1">
-      <c r="B73" s="18"/>
-[...2 lines deleted...]
-      <c r="B74" s="8" t="s">
+      <c r="B73" s="85">
+        <v>45869</v>
+      </c>
+      <c r="C73" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D73" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E73" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F73" s="3">
+        <v>39567623643.199997</v>
+      </c>
+      <c r="G73" s="3">
+        <v>62699034870.009995</v>
+      </c>
+      <c r="H73" s="3">
+        <v>73454431528.990005</v>
+      </c>
+      <c r="I73" s="53">
+        <v>1923457787.2299998</v>
+      </c>
+      <c r="J73" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K73" s="81">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="74" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B74" s="85">
+        <v>45900</v>
+      </c>
+      <c r="C74" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="D74" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E74" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="F74" s="3">
+        <v>40096045494.270004</v>
+      </c>
+      <c r="G74" s="3">
+        <v>64093064795.860001</v>
+      </c>
+      <c r="H74" s="3">
+        <v>74787914957.140015</v>
+      </c>
+      <c r="I74" s="53">
+        <v>1897914258.3199997</v>
+      </c>
+      <c r="J74" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="K74" s="81">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="75" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B75" s="85">
+        <v>45930</v>
+      </c>
+      <c r="C75" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="D75" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="E75" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="F75" s="75">
+        <v>40002835721.529999</v>
+      </c>
+      <c r="G75" s="75">
+        <v>64026251456.290009</v>
+      </c>
+      <c r="H75" s="75">
+        <v>74999679045.709991</v>
+      </c>
+      <c r="I75" s="76">
+        <v>2015294073.01</v>
+      </c>
+      <c r="J75" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="K75" s="83">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="76" spans="2:11" ht="13.15" customHeight="1">
+      <c r="B76" s="18"/>
+    </row>
+    <row r="77" spans="2:11" s="8" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B77" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="75" spans="2:11" s="8" customFormat="1" ht="41.45" customHeight="1">
-      <c r="B75" s="101" t="s">
+    <row r="78" spans="2:11" s="8" customFormat="1" ht="41.45" customHeight="1">
+      <c r="B78" s="100" t="s">
         <v>85</v>
       </c>
-      <c r="C75" s="101"/>
-[...9 lines deleted...]
-      <c r="B77" s="23" t="s">
+      <c r="C78" s="100"/>
+      <c r="D78" s="100"/>
+      <c r="E78" s="100"/>
+      <c r="F78" s="100"/>
+      <c r="G78" s="100"/>
+      <c r="H78" s="100"/>
+      <c r="I78" s="100"/>
+      <c r="J78" s="100"/>
+    </row>
+    <row r="80" spans="2:11">
+      <c r="B80" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C77" s="5"/>
-[...24 lines deleted...]
-      <c r="I91" s="73"/>
+      <c r="C80" s="5"/>
+      <c r="D80" s="5"/>
+      <c r="E80" s="5"/>
+      <c r="F80" s="5"/>
+      <c r="G80" s="5"/>
+      <c r="H80" s="5"/>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5"/>
     </row>
     <row r="92" spans="6:9" ht="14.25">
       <c r="F92" s="73"/>
       <c r="G92" s="73"/>
       <c r="H92" s="73"/>
       <c r="I92" s="73"/>
     </row>
+    <row r="93" spans="6:9" ht="14.25">
+      <c r="F93" s="73"/>
+      <c r="G93" s="73"/>
+      <c r="H93" s="73"/>
+      <c r="I93" s="73"/>
+    </row>
+    <row r="94" spans="6:9" ht="14.25">
+      <c r="F94" s="73"/>
+      <c r="G94" s="73"/>
+      <c r="H94" s="73"/>
+      <c r="I94" s="73"/>
+    </row>
+    <row r="95" spans="6:9" ht="14.25">
+      <c r="F95" s="73"/>
+      <c r="G95" s="73"/>
+      <c r="H95" s="73"/>
+      <c r="I95" s="73"/>
+    </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B75:J75"/>
+    <mergeCell ref="B78:J78"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" scale="92" firstPageNumber="0" pageOrder="overThenDown" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:N53"/>
+  <dimension ref="B2:N54"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" ht="15.75">
-      <c r="B2" s="102" t="s">
+      <c r="B2" s="101" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="102"/>
-[...7 lines deleted...]
-      <c r="K2" s="102"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
+      <c r="K2" s="101"/>
       <c r="L2"/>
     </row>
     <row r="3" spans="2:14" ht="13.15" customHeight="1">
       <c r="B3" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="2:14" ht="13.15" customHeight="1">
       <c r="B5" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="22"/>
-      <c r="D5" s="109" t="s">
+      <c r="D5" s="108" t="s">
         <v>97</v>
       </c>
-      <c r="E5" s="109"/>
-[...1 lines deleted...]
-      <c r="G5" s="110" t="s">
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="H5" s="110"/>
-      <c r="I5" s="110"/>
+      <c r="H5" s="109"/>
+      <c r="I5" s="109"/>
       <c r="J5" s="56" t="s">
         <v>1</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L5" s="6"/>
       <c r="M5" s="23"/>
     </row>
     <row r="6" spans="2:14" ht="33.75">
       <c r="B6" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="22"/>
       <c r="D6" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="56" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="56" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>2</v>
@@ -4734,1011 +4874,1037 @@
       </c>
       <c r="D8" s="57">
         <v>0.21</v>
       </c>
       <c r="E8" s="57">
         <v>0.15</v>
       </c>
       <c r="F8" s="57">
         <v>0.2</v>
       </c>
       <c r="G8" s="12">
         <v>0.17</v>
       </c>
       <c r="H8" s="12">
         <v>0.15</v>
       </c>
       <c r="I8" s="12">
         <v>0.28000000000000003</v>
       </c>
       <c r="J8" s="57">
         <v>0.34</v>
       </c>
       <c r="K8" s="12">
         <v>0.04</v>
       </c>
-      <c r="L8" s="90">
+      <c r="L8" s="89">
         <v>43980</v>
       </c>
       <c r="M8" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N8" s="23"/>
     </row>
     <row r="9" spans="2:14" ht="13.15" customHeight="1">
       <c r="B9" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>78</v>
       </c>
       <c r="D9" s="58">
         <v>0.18</v>
       </c>
       <c r="E9" s="58">
         <v>0.12</v>
       </c>
       <c r="F9" s="58">
         <v>0.17</v>
       </c>
       <c r="G9" s="13">
         <v>0.15</v>
       </c>
       <c r="H9" s="13">
         <v>0.13</v>
       </c>
       <c r="I9" s="13">
         <v>0.25</v>
       </c>
       <c r="J9" s="58">
         <v>0.22</v>
       </c>
       <c r="K9" s="13">
         <v>0.04</v>
       </c>
-      <c r="L9" s="91">
+      <c r="L9" s="90">
         <v>44071</v>
       </c>
       <c r="M9" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N9" s="23"/>
     </row>
     <row r="10" spans="2:14" ht="13.15" customHeight="1">
       <c r="B10" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>79</v>
       </c>
       <c r="D10" s="58">
         <v>0.16</v>
       </c>
       <c r="E10" s="58">
         <v>0.11</v>
       </c>
       <c r="F10" s="58">
         <v>0.15</v>
       </c>
       <c r="G10" s="13">
         <v>0.13</v>
       </c>
       <c r="H10" s="13">
         <v>0.11</v>
       </c>
       <c r="I10" s="13">
         <v>0.24</v>
       </c>
       <c r="J10" s="58">
         <v>0.17</v>
       </c>
       <c r="K10" s="13">
         <v>0.04</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="91">
         <v>44162</v>
       </c>
       <c r="M10" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N10" s="23"/>
     </row>
     <row r="11" spans="2:14" ht="13.15" customHeight="1">
       <c r="B11" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="29" t="s">
         <v>80</v>
       </c>
       <c r="D11" s="59">
         <v>0.14000000000000001</v>
       </c>
       <c r="E11" s="59">
         <v>0.1</v>
       </c>
       <c r="F11" s="59">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="15">
         <v>0.12</v>
       </c>
       <c r="H11" s="15">
         <v>0.11</v>
       </c>
       <c r="I11" s="15">
         <v>0.23</v>
       </c>
       <c r="J11" s="59">
         <v>0.15</v>
       </c>
       <c r="K11" s="15">
         <v>0.04</v>
       </c>
-      <c r="L11" s="93">
+      <c r="L11" s="92">
         <v>44256</v>
       </c>
       <c r="M11" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N11" s="23"/>
     </row>
     <row r="12" spans="2:14" ht="13.15" customHeight="1">
       <c r="B12" s="30" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D12" s="60">
         <v>0.12</v>
       </c>
       <c r="E12" s="60">
         <v>0.08</v>
       </c>
       <c r="F12" s="60">
         <v>0.12</v>
       </c>
       <c r="G12" s="19">
         <v>0.11</v>
       </c>
       <c r="H12" s="19">
         <v>0.1</v>
       </c>
       <c r="I12" s="19">
         <v>0.21</v>
       </c>
       <c r="J12" s="60">
         <v>0.16</v>
       </c>
       <c r="K12" s="19">
         <v>0.04</v>
       </c>
-      <c r="L12" s="94">
+      <c r="L12" s="93">
         <v>44344</v>
       </c>
       <c r="M12" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N12" s="23"/>
     </row>
     <row r="13" spans="2:14" ht="13.15" customHeight="1">
       <c r="B13" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="58">
         <v>0.1</v>
       </c>
       <c r="E13" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F13" s="58">
         <v>0.11</v>
       </c>
       <c r="G13" s="13">
         <v>0.1</v>
       </c>
       <c r="H13" s="13">
         <v>0.09</v>
       </c>
       <c r="I13" s="13">
         <v>0.21</v>
       </c>
       <c r="J13" s="58">
         <v>0.12</v>
       </c>
       <c r="K13" s="13">
         <v>0.03</v>
       </c>
-      <c r="L13" s="92">
+      <c r="L13" s="91">
         <v>44435</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N13" s="23"/>
     </row>
     <row r="14" spans="2:14" ht="13.15" customHeight="1">
       <c r="B14" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>71</v>
       </c>
       <c r="D14" s="58">
         <v>0.09</v>
       </c>
       <c r="E14" s="58">
         <v>0.06</v>
       </c>
       <c r="F14" s="58">
         <v>0.09</v>
       </c>
       <c r="G14" s="13">
         <v>0.09</v>
       </c>
       <c r="H14" s="13">
         <v>0.08</v>
       </c>
       <c r="I14" s="13">
         <v>0.18</v>
       </c>
       <c r="J14" s="58">
         <v>0.11</v>
       </c>
       <c r="K14" s="13">
         <v>0.03</v>
       </c>
-      <c r="L14" s="91">
+      <c r="L14" s="90">
         <v>44529</v>
       </c>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
     </row>
     <row r="15" spans="2:14" ht="13.15" customHeight="1">
       <c r="B15" s="28" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="29" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="59">
         <v>0.08</v>
       </c>
       <c r="E15" s="59">
         <v>0.06</v>
       </c>
       <c r="F15" s="59">
         <v>0.09</v>
       </c>
       <c r="G15" s="15">
         <v>0.08</v>
       </c>
       <c r="H15" s="15">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I15" s="15">
         <v>0.19</v>
       </c>
       <c r="J15" s="59">
         <v>0.1</v>
       </c>
       <c r="K15" s="15">
         <v>0.03</v>
       </c>
-      <c r="L15" s="93">
+      <c r="L15" s="92">
         <v>44621</v>
       </c>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
     </row>
     <row r="16" spans="2:14" ht="13.15" customHeight="1">
       <c r="B16" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>73</v>
       </c>
       <c r="D16" s="58">
         <v>0.08</v>
       </c>
       <c r="E16" s="58">
         <v>0.05</v>
       </c>
       <c r="F16" s="58">
         <v>0.08</v>
       </c>
       <c r="G16" s="13">
         <v>0.08</v>
       </c>
       <c r="H16" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I16" s="13">
         <v>0.16</v>
       </c>
       <c r="J16" s="58">
         <v>0.08</v>
       </c>
       <c r="K16" s="13">
         <v>0.03</v>
       </c>
-      <c r="L16" s="91">
+      <c r="L16" s="90">
         <v>44708</v>
       </c>
       <c r="M16" s="23"/>
       <c r="N16" s="23"/>
     </row>
     <row r="17" spans="2:14" ht="13.15" customHeight="1">
       <c r="B17" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E17" s="58">
         <v>0.05</v>
       </c>
       <c r="F17" s="58">
         <v>0.08</v>
       </c>
       <c r="G17" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H17" s="13">
         <v>0.06</v>
       </c>
       <c r="I17" s="13">
         <v>0.15</v>
       </c>
       <c r="J17" s="58">
         <v>0.1</v>
       </c>
       <c r="K17" s="13">
         <v>0.03</v>
       </c>
-      <c r="L17" s="91">
+      <c r="L17" s="90">
         <v>44802</v>
       </c>
       <c r="M17" s="23"/>
       <c r="N17" s="23"/>
     </row>
     <row r="18" spans="2:14" ht="13.15" customHeight="1">
       <c r="B18" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E18" s="58">
         <v>0.05</v>
       </c>
       <c r="F18" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G18" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H18" s="13">
         <v>0.06</v>
       </c>
       <c r="I18" s="13">
         <v>0.15</v>
       </c>
       <c r="J18" s="58">
         <v>0.18</v>
       </c>
       <c r="K18" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L18" s="91">
+      <c r="L18" s="90">
         <v>44894</v>
       </c>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
     </row>
     <row r="19" spans="2:14" ht="13.15" customHeight="1">
       <c r="B19" s="28" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="29" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="15">
         <v>0.06</v>
       </c>
       <c r="H19" s="15">
         <v>0.05</v>
       </c>
       <c r="I19" s="15">
         <v>0.17</v>
       </c>
       <c r="J19" s="59">
         <v>0.3</v>
       </c>
       <c r="K19" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L19" s="93">
+      <c r="L19" s="92">
         <v>44986</v>
       </c>
       <c r="M19" s="23"/>
       <c r="N19" s="23"/>
     </row>
     <row r="20" spans="2:14" ht="13.15" customHeight="1">
       <c r="B20" s="26" t="s">
         <v>103</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>104</v>
       </c>
       <c r="D20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H20" s="13">
         <v>0.09</v>
       </c>
       <c r="I20" s="13">
         <v>0.28000000000000003</v>
       </c>
       <c r="J20" s="58">
         <v>0.48</v>
       </c>
       <c r="K20" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L20" s="91">
+      <c r="L20" s="90">
         <v>45075</v>
       </c>
       <c r="M20" s="23"/>
       <c r="N20" s="23"/>
     </row>
     <row r="21" spans="2:14" ht="13.15" customHeight="1">
       <c r="B21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>110</v>
       </c>
       <c r="D21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G21" s="13">
         <v>0.09</v>
       </c>
       <c r="H21" s="13">
         <v>0.16</v>
       </c>
       <c r="I21" s="13">
         <v>0.4</v>
       </c>
       <c r="J21" s="58">
         <v>0.61</v>
       </c>
       <c r="K21" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L21" s="91">
+      <c r="L21" s="90">
         <v>45167</v>
       </c>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
     </row>
     <row r="22" spans="2:14" ht="13.15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="27" t="s">
         <v>112</v>
       </c>
       <c r="D22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="13">
         <v>0.1</v>
       </c>
       <c r="H22" s="13">
         <v>0.25</v>
       </c>
       <c r="I22" s="13">
         <v>0.52</v>
       </c>
       <c r="J22" s="58">
         <v>0.69</v>
       </c>
       <c r="K22" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L22" s="91">
+      <c r="L22" s="90">
         <v>45259</v>
       </c>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
     </row>
     <row r="23" spans="2:14" ht="13.15" customHeight="1">
       <c r="B23" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>116</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G23" s="15">
         <v>0.26</v>
       </c>
       <c r="H23" s="15">
         <v>0.41</v>
       </c>
       <c r="I23" s="15">
         <v>0.7</v>
       </c>
       <c r="J23" s="59">
         <v>0.8</v>
       </c>
       <c r="K23" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L23" s="93">
+      <c r="L23" s="92">
         <v>45351</v>
       </c>
       <c r="M23" s="23"/>
       <c r="N23" s="23"/>
     </row>
     <row r="24" spans="2:14" ht="13.15" customHeight="1">
       <c r="B24" s="26" t="s">
         <v>119</v>
       </c>
       <c r="C24" s="27" t="s">
         <v>120</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G24" s="13">
         <v>0.42</v>
       </c>
       <c r="H24" s="13">
         <v>0.56999999999999995</v>
       </c>
       <c r="I24" s="13">
         <v>0.9</v>
       </c>
       <c r="J24" s="58">
         <v>1.05</v>
       </c>
       <c r="K24" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L24" s="91">
+      <c r="L24" s="90">
         <v>45441</v>
       </c>
       <c r="M24" s="23"/>
       <c r="N24" s="23"/>
     </row>
     <row r="25" spans="2:14" ht="13.15" customHeight="1">
       <c r="B25" s="26" t="s">
         <v>123</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>124</v>
       </c>
       <c r="D25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G25" s="13">
         <v>0.48</v>
       </c>
       <c r="H25" s="13">
         <v>0.65</v>
       </c>
       <c r="I25" s="13">
         <v>1</v>
       </c>
       <c r="J25" s="58">
         <v>1.04</v>
       </c>
       <c r="K25" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L25" s="91">
+      <c r="L25" s="90">
         <v>45533</v>
       </c>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
     </row>
     <row r="26" spans="2:14" ht="13.15" customHeight="1">
       <c r="B26" s="26" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>128</v>
       </c>
       <c r="D26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="13">
         <v>0.53</v>
       </c>
       <c r="H26" s="13">
         <v>0.68</v>
       </c>
       <c r="I26" s="13">
         <v>1</v>
       </c>
       <c r="J26" s="58">
         <v>1.23</v>
       </c>
       <c r="K26" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L26" s="91">
+      <c r="L26" s="90">
         <v>45625</v>
       </c>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
     </row>
     <row r="27" spans="2:14" ht="13.15" customHeight="1">
       <c r="B27" s="28" t="s">
         <v>131</v>
       </c>
       <c r="C27" s="29" t="s">
         <v>132</v>
       </c>
       <c r="D27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G27" s="15">
         <v>0.51</v>
       </c>
       <c r="H27" s="15">
         <v>0.65</v>
       </c>
       <c r="I27" s="15">
         <v>0.99</v>
       </c>
       <c r="J27" s="59">
         <v>1.01</v>
       </c>
       <c r="K27" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L27" s="93">
+      <c r="L27" s="92">
         <v>45716</v>
       </c>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
     </row>
     <row r="28" spans="2:14" ht="13.15" customHeight="1">
       <c r="B28" s="26" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="27" t="s">
         <v>136</v>
       </c>
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.47</v>
       </c>
       <c r="H28" s="13">
         <v>0.57999999999999996</v>
       </c>
       <c r="I28" s="13">
         <v>0.91</v>
       </c>
       <c r="J28" s="58">
         <v>0.87</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L28" s="91">
+      <c r="L28" s="90">
         <v>45898</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B29" s="31" t="s">
+      <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="31" t="s">
+      <c r="C29" s="27" t="s">
         <v>140</v>
       </c>
-      <c r="D29" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.41</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.51</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.83</v>
       </c>
-      <c r="J29" s="63">
+      <c r="J29" s="58">
         <v>0.89</v>
       </c>
-      <c r="K29" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="83">
+      <c r="K29" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
     </row>
     <row r="30" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B30" s="23"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="D30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.36</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.45</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.79</v>
+      </c>
+      <c r="J30" s="63">
+        <v>0.92</v>
+      </c>
+      <c r="K30" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="83">
+        <v>45989</v>
+      </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
     </row>
     <row r="31" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B31" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
     </row>
     <row r="32" spans="2:14" ht="13.15" customHeight="1">
       <c r="B32" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
     </row>
     <row r="33" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B33" t="s">
-        <v>102</v>
+      <c r="B33" s="23" t="s">
+        <v>98</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
     </row>
     <row r="34" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B34" s="23"/>
+      <c r="B34" t="s">
+        <v>102</v>
+      </c>
       <c r="C34" s="23"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
+      <c r="F34" s="32"/>
+      <c r="G34" s="32"/>
+      <c r="H34" s="32"/>
+      <c r="I34" s="32"/>
+      <c r="J34" s="32"/>
+      <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="2:14" ht="13.15" customHeight="1">
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
+      <c r="D35" s="32"/>
+      <c r="E35" s="32"/>
       <c r="L35" s="32"/>
       <c r="M35" s="23"/>
       <c r="N35" s="23"/>
     </row>
     <row r="36" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L36"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="L36" s="32"/>
+      <c r="M36" s="23"/>
+      <c r="N36" s="23"/>
     </row>
     <row r="37" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L37" s="21"/>
+      <c r="L37"/>
     </row>
     <row r="38" spans="2:14" ht="13.15" customHeight="1">
       <c r="L38" s="21"/>
     </row>
     <row r="39" spans="2:14" ht="13.15" customHeight="1">
-      <c r="L39"/>
+      <c r="L39" s="21"/>
     </row>
     <row r="40" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B40" s="111"/>
-[...8 lines deleted...]
-      <c r="K40"/>
       <c r="L40"/>
     </row>
     <row r="41" spans="2:14" ht="13.15" customHeight="1">
-      <c r="G41"/>
-[...2 lines deleted...]
-      <c r="J41"/>
+      <c r="B41" s="110"/>
+      <c r="C41" s="110"/>
+      <c r="D41" s="110"/>
+      <c r="E41" s="110"/>
+      <c r="F41" s="110"/>
+      <c r="G41" s="110"/>
+      <c r="H41" s="110"/>
+      <c r="I41" s="110"/>
+      <c r="J41" s="110"/>
       <c r="K41"/>
       <c r="L41"/>
     </row>
     <row r="42" spans="2:14" ht="13.15" customHeight="1">
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
     </row>
     <row r="43" spans="2:14" ht="13.15" customHeight="1">
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
     </row>
     <row r="44" spans="2:14" ht="13.15" customHeight="1">
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
     </row>
     <row r="45" spans="2:14" ht="13.15" customHeight="1">
-      <c r="D45"/>
-[...1 lines deleted...]
-      <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
     </row>
     <row r="46" spans="2:14" ht="13.15" customHeight="1">
       <c r="D46"/>
+      <c r="E46"/>
+      <c r="F46"/>
+      <c r="G46"/>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46"/>
+      <c r="K46"/>
+      <c r="L46"/>
     </row>
     <row r="47" spans="2:14" ht="13.15" customHeight="1">
       <c r="D47"/>
     </row>
     <row r="48" spans="2:14" ht="13.15" customHeight="1">
       <c r="D48"/>
-      <c r="E48"/>
-[...6 lines deleted...]
-      <c r="L48"/>
     </row>
     <row r="49" spans="4:12" ht="13.15" customHeight="1">
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
     </row>
     <row r="50" spans="4:12" ht="13.15" customHeight="1">
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
     </row>
     <row r="51" spans="4:12" ht="13.15" customHeight="1">
       <c r="D51"/>
@@ -5751,124 +5917,135 @@
       <c r="K51"/>
       <c r="L51"/>
     </row>
     <row r="52" spans="4:12" ht="13.15" customHeight="1">
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
     </row>
     <row r="53" spans="4:12" ht="13.15" customHeight="1">
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
     </row>
+    <row r="54" spans="4:12" ht="13.15" customHeight="1">
+      <c r="D54"/>
+      <c r="E54"/>
+      <c r="F54"/>
+      <c r="G54"/>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54"/>
+      <c r="K54"/>
+      <c r="L54"/>
+    </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
-    <mergeCell ref="B40:J40"/>
+    <mergeCell ref="B41:J41"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:N46"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="13.15" customHeight="1">
       <c r="A1" s="23"/>
     </row>
     <row r="2" spans="1:14" ht="15.75">
-      <c r="B2" s="102" t="s">
+      <c r="B2" s="101" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="102"/>
-[...7 lines deleted...]
-      <c r="K2" s="102"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
+      <c r="K2" s="101"/>
       <c r="L2"/>
     </row>
     <row r="3" spans="1:14" ht="13.15" customHeight="1">
       <c r="B3" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.15" customHeight="1">
       <c r="B5" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="22"/>
-      <c r="D5" s="109" t="s">
+      <c r="D5" s="108" t="s">
         <v>97</v>
       </c>
-      <c r="E5" s="109"/>
-[...1 lines deleted...]
-      <c r="G5" s="110" t="s">
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="H5" s="110"/>
-      <c r="I5" s="110"/>
+      <c r="H5" s="109"/>
+      <c r="I5" s="109"/>
       <c r="J5" s="56" t="s">
         <v>1</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L5" s="6"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
     </row>
     <row r="6" spans="1:14" ht="33.75">
       <c r="B6" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="22"/>
       <c r="D6" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="56" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="56" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="s">
@@ -5936,915 +6113,937 @@
       </c>
       <c r="D8" s="57">
         <v>0.23</v>
       </c>
       <c r="E8" s="57">
         <v>0.16</v>
       </c>
       <c r="F8" s="57">
         <v>0.21</v>
       </c>
       <c r="G8" s="12">
         <v>0.19</v>
       </c>
       <c r="H8" s="12">
         <v>0.17</v>
       </c>
       <c r="I8" s="12">
         <v>0.3</v>
       </c>
       <c r="J8" s="57">
         <v>0.34</v>
       </c>
       <c r="K8" s="12">
         <v>0.05</v>
       </c>
-      <c r="L8" s="90">
+      <c r="L8" s="89">
         <v>43980</v>
       </c>
       <c r="M8" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N8" s="23"/>
     </row>
     <row r="9" spans="1:14" ht="13.15" customHeight="1">
       <c r="B9" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>65</v>
       </c>
       <c r="D9" s="58">
         <v>0.2</v>
       </c>
       <c r="E9" s="58">
         <v>0.14000000000000001</v>
       </c>
       <c r="F9" s="58">
         <v>0.18</v>
       </c>
       <c r="G9" s="13">
         <v>0.16</v>
       </c>
       <c r="H9" s="13">
         <v>0.14000000000000001</v>
       </c>
       <c r="I9" s="13">
         <v>0.27</v>
       </c>
       <c r="J9" s="58">
         <v>0.28000000000000003</v>
       </c>
       <c r="K9" s="13">
         <v>0.04</v>
       </c>
-      <c r="L9" s="91">
+      <c r="L9" s="90">
         <v>44071</v>
       </c>
       <c r="M9" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N9" s="23"/>
     </row>
     <row r="10" spans="1:14" ht="13.15" customHeight="1">
       <c r="B10" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="58">
         <v>0.17</v>
       </c>
       <c r="E10" s="58">
         <v>0.12</v>
       </c>
       <c r="F10" s="58">
         <v>0.16</v>
       </c>
       <c r="G10" s="13">
         <v>0.14000000000000001</v>
       </c>
       <c r="H10" s="13">
         <v>0.12</v>
       </c>
       <c r="I10" s="13">
         <v>0.25</v>
       </c>
       <c r="J10" s="58">
         <v>0.2</v>
       </c>
       <c r="K10" s="13">
         <v>0.04</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="91">
         <v>44162</v>
       </c>
       <c r="M10" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N10" s="23"/>
     </row>
     <row r="11" spans="1:14" ht="13.15" customHeight="1">
       <c r="B11" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="29" t="s">
         <v>67</v>
       </c>
       <c r="D11" s="59">
         <v>0.15</v>
       </c>
       <c r="E11" s="59">
         <v>0.1</v>
       </c>
       <c r="F11" s="59">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="15">
         <v>0.12</v>
       </c>
       <c r="H11" s="15">
         <v>0.11</v>
       </c>
       <c r="I11" s="15">
         <v>0.24</v>
       </c>
       <c r="J11" s="59">
         <v>0.16</v>
       </c>
       <c r="K11" s="15">
         <v>0.04</v>
       </c>
-      <c r="L11" s="93">
+      <c r="L11" s="92">
         <v>44256</v>
       </c>
       <c r="M11" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N11" s="23"/>
     </row>
     <row r="12" spans="1:14" ht="13.15" customHeight="1">
       <c r="B12" s="30" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="60">
         <v>0.13</v>
       </c>
       <c r="E12" s="60">
         <v>0.09</v>
       </c>
       <c r="F12" s="60">
         <v>0.13</v>
       </c>
       <c r="G12" s="19">
         <v>0.11</v>
       </c>
       <c r="H12" s="19">
         <v>0.1</v>
       </c>
       <c r="I12" s="19">
         <v>0.22</v>
       </c>
       <c r="J12" s="60">
         <v>0.15</v>
       </c>
       <c r="K12" s="19">
         <v>0.04</v>
       </c>
-      <c r="L12" s="94">
+      <c r="L12" s="93">
         <v>44344</v>
       </c>
       <c r="M12" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N12" s="23"/>
     </row>
     <row r="13" spans="1:14" ht="13.15" customHeight="1">
       <c r="B13" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="58">
         <v>0.11</v>
       </c>
       <c r="E13" s="58">
         <v>0.08</v>
       </c>
       <c r="F13" s="58">
         <v>0.12</v>
       </c>
       <c r="G13" s="13">
         <v>0.1</v>
       </c>
       <c r="H13" s="13">
         <v>0.09</v>
       </c>
       <c r="I13" s="13">
         <v>0.21</v>
       </c>
       <c r="J13" s="58">
         <v>0.14000000000000001</v>
       </c>
       <c r="K13" s="13">
         <v>0.04</v>
       </c>
-      <c r="L13" s="92">
+      <c r="L13" s="91">
         <v>44435</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N13" s="23"/>
     </row>
     <row r="14" spans="1:14" ht="13.15" customHeight="1">
       <c r="B14" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="58">
         <v>0.1</v>
       </c>
       <c r="E14" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F14" s="58">
         <v>0.1</v>
       </c>
       <c r="G14" s="13">
         <v>0.09</v>
       </c>
       <c r="H14" s="13">
         <v>0.08</v>
       </c>
       <c r="I14" s="13">
         <v>0.19</v>
       </c>
       <c r="J14" s="58">
         <v>0.12</v>
       </c>
       <c r="K14" s="13">
         <v>0.03</v>
       </c>
-      <c r="L14" s="91">
+      <c r="L14" s="90">
         <v>44529</v>
       </c>
       <c r="M14" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N14" s="23"/>
     </row>
     <row r="15" spans="1:14" ht="13.15" customHeight="1">
       <c r="B15" s="28" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="29" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="59">
         <v>0.09</v>
       </c>
       <c r="E15" s="59">
         <v>0.06</v>
       </c>
       <c r="F15" s="59">
         <v>0.09</v>
       </c>
       <c r="G15" s="15">
         <v>0.09</v>
       </c>
       <c r="H15" s="15">
         <v>0.08</v>
       </c>
       <c r="I15" s="15">
         <v>0.18</v>
       </c>
       <c r="J15" s="59">
         <v>0.11</v>
       </c>
       <c r="K15" s="15">
         <v>0.03</v>
       </c>
-      <c r="L15" s="93">
+      <c r="L15" s="92">
         <v>44621</v>
       </c>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
     </row>
     <row r="16" spans="1:14" ht="13.15" customHeight="1">
       <c r="B16" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="58">
         <v>0.08</v>
       </c>
       <c r="E16" s="58">
         <v>0.06</v>
       </c>
       <c r="F16" s="58">
         <v>0.09</v>
       </c>
       <c r="G16" s="13">
         <v>0.08</v>
       </c>
       <c r="H16" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I16" s="13">
         <v>0.17</v>
       </c>
       <c r="J16" s="58">
         <v>0.09</v>
       </c>
       <c r="K16" s="13">
         <v>0.03</v>
       </c>
-      <c r="L16" s="91">
+      <c r="L16" s="90">
         <v>44708</v>
       </c>
       <c r="M16" s="23"/>
       <c r="N16" s="23"/>
     </row>
     <row r="17" spans="2:14" ht="13.15" customHeight="1">
       <c r="B17" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="58">
         <v>0.08</v>
       </c>
       <c r="E17" s="58">
         <v>0.05</v>
       </c>
       <c r="F17" s="58">
         <v>0.08</v>
       </c>
       <c r="G17" s="13">
         <v>0.08</v>
       </c>
       <c r="H17" s="13">
         <v>0.06</v>
       </c>
       <c r="I17" s="13">
         <v>0.15</v>
       </c>
       <c r="J17" s="58">
         <v>0.09</v>
       </c>
       <c r="K17" s="13">
         <v>0.03</v>
       </c>
-      <c r="L17" s="91">
+      <c r="L17" s="90">
         <v>44802</v>
       </c>
       <c r="M17" s="23"/>
       <c r="N17" s="23"/>
     </row>
     <row r="18" spans="2:14" ht="13.15" customHeight="1">
       <c r="B18" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E18" s="58">
         <v>0.05</v>
       </c>
       <c r="F18" s="58">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G18" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H18" s="13">
         <v>0.06</v>
       </c>
       <c r="I18" s="13">
         <v>0.15</v>
       </c>
       <c r="J18" s="58">
         <v>0.14000000000000001</v>
       </c>
       <c r="K18" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L18" s="91">
+      <c r="L18" s="90">
         <v>44894</v>
       </c>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
     </row>
     <row r="19" spans="2:14" ht="13.15" customHeight="1">
       <c r="B19" s="28" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="29" t="s">
         <v>89</v>
       </c>
       <c r="D19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="15">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H19" s="15">
         <v>0.05</v>
       </c>
       <c r="I19" s="15">
         <v>0.14000000000000001</v>
       </c>
       <c r="J19" s="59">
         <v>0.24</v>
       </c>
       <c r="K19" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L19" s="93">
+      <c r="L19" s="92">
         <v>44986</v>
       </c>
       <c r="M19" s="23"/>
       <c r="N19" s="23"/>
     </row>
     <row r="20" spans="2:14" ht="13.15" customHeight="1">
       <c r="B20" s="26" t="s">
         <v>103</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>105</v>
       </c>
       <c r="D20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H20" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I20" s="13">
         <v>0.23</v>
       </c>
       <c r="J20" s="58">
         <v>0.39</v>
       </c>
       <c r="K20" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L20" s="91">
+      <c r="L20" s="90">
         <v>45075</v>
       </c>
       <c r="M20" s="23"/>
       <c r="N20" s="23"/>
     </row>
     <row r="21" spans="2:14" ht="13.15" customHeight="1">
       <c r="B21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>109</v>
       </c>
       <c r="D21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G21" s="13">
         <v>0.08</v>
       </c>
       <c r="H21" s="13">
         <v>0.13</v>
       </c>
       <c r="I21" s="13">
         <v>0.34</v>
       </c>
       <c r="J21" s="58">
         <v>0.54</v>
       </c>
       <c r="K21" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L21" s="91">
+      <c r="L21" s="90">
         <v>45167</v>
       </c>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
     </row>
     <row r="22" spans="2:14" ht="13.15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="27" t="s">
         <v>113</v>
       </c>
       <c r="D22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="13">
         <v>0.09</v>
       </c>
       <c r="H22" s="13">
         <v>0.21</v>
       </c>
       <c r="I22" s="13">
         <v>0.46</v>
       </c>
       <c r="J22" s="58">
         <v>0.65</v>
       </c>
       <c r="K22" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L22" s="91">
+      <c r="L22" s="90">
         <v>45259</v>
       </c>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
     </row>
     <row r="23" spans="2:14" ht="13.15" customHeight="1">
       <c r="B23" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>117</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G23" s="15">
         <v>0.18</v>
       </c>
       <c r="H23" s="15">
         <v>0.33</v>
       </c>
       <c r="I23" s="15">
         <v>0.61</v>
       </c>
       <c r="J23" s="59">
         <v>0.74</v>
       </c>
       <c r="K23" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L23" s="93">
+      <c r="L23" s="92">
         <v>45351</v>
       </c>
       <c r="M23" s="23"/>
       <c r="N23" s="23"/>
     </row>
     <row r="24" spans="2:14" ht="13.15" customHeight="1">
       <c r="B24" s="26" t="s">
         <v>119</v>
       </c>
       <c r="C24" s="27" t="s">
         <v>121</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G24" s="13">
         <v>0.34</v>
       </c>
       <c r="H24" s="13">
         <v>0.49</v>
       </c>
       <c r="I24" s="13">
         <v>0.8</v>
       </c>
       <c r="J24" s="58">
         <v>0.93</v>
       </c>
       <c r="K24" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L24" s="91">
+      <c r="L24" s="90">
         <v>45441</v>
       </c>
       <c r="M24" s="23"/>
       <c r="N24" s="23"/>
     </row>
     <row r="25" spans="2:14" ht="13.15" customHeight="1">
       <c r="B25" s="26" t="s">
         <v>123</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>125</v>
       </c>
       <c r="D25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G25" s="13">
         <v>0.45</v>
       </c>
       <c r="H25" s="13">
         <v>0.61</v>
       </c>
       <c r="I25" s="13">
         <v>0.95</v>
       </c>
       <c r="J25" s="58">
         <v>1.05</v>
       </c>
       <c r="K25" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L25" s="91">
+      <c r="L25" s="90">
         <v>45533</v>
       </c>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
     </row>
     <row r="26" spans="2:14" ht="13.15" customHeight="1">
       <c r="B26" s="26" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>129</v>
       </c>
       <c r="D26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="13">
         <v>0.5</v>
       </c>
       <c r="H26" s="13">
         <v>0.67</v>
       </c>
       <c r="I26" s="13">
         <v>1</v>
       </c>
       <c r="J26" s="58">
         <v>1.1399999999999999</v>
       </c>
       <c r="K26" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L26" s="91">
+      <c r="L26" s="90">
         <v>45625</v>
       </c>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
     </row>
     <row r="27" spans="2:14" ht="13.15" customHeight="1">
       <c r="B27" s="28" t="s">
         <v>131</v>
       </c>
       <c r="C27" s="29" t="s">
         <v>133</v>
       </c>
       <c r="D27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G27" s="15">
         <v>0.52</v>
       </c>
       <c r="H27" s="15">
         <v>0.66</v>
       </c>
       <c r="I27" s="15">
         <v>0.99</v>
       </c>
       <c r="J27" s="59">
         <v>1.1200000000000001</v>
       </c>
       <c r="K27" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L27" s="93">
+      <c r="L27" s="92">
         <v>45716</v>
       </c>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
     </row>
     <row r="28" spans="2:14" ht="13.15" customHeight="1">
       <c r="B28" s="26" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="27" t="s">
         <v>137</v>
       </c>
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.49</v>
       </c>
       <c r="H28" s="13">
         <v>0.62</v>
       </c>
       <c r="I28" s="13">
         <v>0.95</v>
       </c>
       <c r="J28" s="58">
         <v>0.94</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L28" s="91">
+      <c r="L28" s="90">
         <v>45898</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B29" s="31" t="s">
+      <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="31" t="s">
+      <c r="C29" s="27" t="s">
         <v>141</v>
       </c>
-      <c r="D29" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.44</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.55000000000000004</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.87</v>
       </c>
-      <c r="J29" s="62">
+      <c r="J29" s="58">
         <v>0.88</v>
       </c>
-      <c r="K29" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="83">
+      <c r="K29" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
     </row>
     <row r="30" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B30" s="23"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="31" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.39</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.48</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="J30" s="62">
+        <v>0.9</v>
+      </c>
+      <c r="K30" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="83">
+        <v>45989</v>
+      </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
     </row>
     <row r="31" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B31" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
     </row>
     <row r="32" spans="2:14" ht="13.15" customHeight="1">
       <c r="B32" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
     </row>
     <row r="33" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B33" t="s">
-        <v>102</v>
+      <c r="B33" s="23" t="s">
+        <v>98</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
     </row>
     <row r="34" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B34" s="23"/>
+      <c r="B34" t="s">
+        <v>102</v>
+      </c>
       <c r="C34" s="23"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="2:14" ht="13.15" customHeight="1">
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
       <c r="K35" s="32"/>
       <c r="L35" s="32"/>
@@ -6978,124 +7177,139 @@
       <c r="E44" s="32"/>
       <c r="F44" s="32"/>
       <c r="G44" s="32"/>
       <c r="H44" s="32"/>
       <c r="I44" s="32"/>
       <c r="J44" s="32"/>
       <c r="K44" s="32"/>
       <c r="L44" s="32"/>
       <c r="M44" s="23"/>
       <c r="N44" s="23"/>
     </row>
     <row r="45" spans="2:14" ht="13.15" customHeight="1">
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="32"/>
       <c r="E45" s="32"/>
       <c r="F45" s="32"/>
       <c r="G45" s="32"/>
       <c r="H45" s="32"/>
       <c r="I45" s="32"/>
       <c r="J45" s="32"/>
       <c r="K45" s="32"/>
       <c r="L45" s="32"/>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
+    </row>
+    <row r="46" spans="2:14" ht="13.15" customHeight="1">
+      <c r="B46" s="23"/>
+      <c r="C46" s="23"/>
+      <c r="D46" s="32"/>
+      <c r="E46" s="32"/>
+      <c r="F46" s="32"/>
+      <c r="G46" s="32"/>
+      <c r="H46" s="32"/>
+      <c r="I46" s="32"/>
+      <c r="J46" s="32"/>
+      <c r="K46" s="32"/>
+      <c r="L46" s="32"/>
+      <c r="M46" s="23"/>
+      <c r="N46" s="23"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P38"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="7" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="7" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="7" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="13.15" customHeight="1">
       <c r="A1" s="33"/>
     </row>
     <row r="2" spans="1:16" ht="15.75">
-      <c r="B2" s="102" t="s">
+      <c r="B2" s="101" t="s">
         <v>44</v>
       </c>
-      <c r="C2" s="102"/>
-[...7 lines deleted...]
-      <c r="K2" s="102"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
+      <c r="K2" s="101"/>
       <c r="L2"/>
     </row>
     <row r="3" spans="1:16" ht="13.15" customHeight="1">
       <c r="B3" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.15" customHeight="1">
       <c r="B5" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="22"/>
-      <c r="D5" s="109" t="s">
+      <c r="D5" s="108" t="s">
         <v>97</v>
       </c>
-      <c r="E5" s="109"/>
-[...1 lines deleted...]
-      <c r="G5" s="110" t="s">
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="H5" s="110"/>
-      <c r="I5" s="110"/>
+      <c r="H5" s="109"/>
+      <c r="I5" s="109"/>
       <c r="J5" s="56" t="s">
         <v>1</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L5" s="6"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="23"/>
     </row>
     <row r="6" spans="1:16" ht="33.75">
       <c r="B6" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="22"/>
       <c r="D6" s="56" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="56" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="56" t="s">
         <v>4</v>
@@ -7169,976 +7383,1015 @@
       </c>
       <c r="D8" s="57">
         <v>0.27</v>
       </c>
       <c r="E8" s="57">
         <v>0.19</v>
       </c>
       <c r="F8" s="57">
         <v>0.24</v>
       </c>
       <c r="G8" s="12">
         <v>0.22</v>
       </c>
       <c r="H8" s="12">
         <v>0.19</v>
       </c>
       <c r="I8" s="12">
         <v>0.32</v>
       </c>
       <c r="J8" s="57">
         <v>0.38</v>
       </c>
       <c r="K8" s="12">
         <v>0.05</v>
       </c>
-      <c r="L8" s="90">
+      <c r="L8" s="89">
         <v>43980</v>
       </c>
       <c r="M8" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N8" s="23"/>
       <c r="O8" s="23"/>
       <c r="P8" s="23"/>
     </row>
     <row r="9" spans="1:16" ht="13.15" customHeight="1">
       <c r="B9" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="58">
         <v>0.23</v>
       </c>
       <c r="E9" s="58">
         <v>0.16</v>
       </c>
       <c r="F9" s="58">
         <v>0.21</v>
       </c>
       <c r="G9" s="13">
         <v>0.19</v>
       </c>
       <c r="H9" s="13">
         <v>0.17</v>
       </c>
       <c r="I9" s="13">
         <v>0.3</v>
       </c>
       <c r="J9" s="58">
         <v>0.32</v>
       </c>
       <c r="K9" s="13">
         <v>0.04</v>
       </c>
-      <c r="L9" s="91">
+      <c r="L9" s="90">
         <v>44071</v>
       </c>
       <c r="M9" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N9" s="23"/>
       <c r="O9" s="23"/>
       <c r="P9" s="23"/>
     </row>
     <row r="10" spans="1:16" ht="13.15" customHeight="1">
       <c r="B10" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>59</v>
       </c>
       <c r="D10" s="58">
         <v>0.2</v>
       </c>
       <c r="E10" s="58">
         <v>0.14000000000000001</v>
       </c>
       <c r="F10" s="58">
         <v>0.18</v>
       </c>
       <c r="G10" s="13">
         <v>0.16</v>
       </c>
       <c r="H10" s="13">
         <v>0.14000000000000001</v>
       </c>
       <c r="I10" s="13">
         <v>0.27</v>
       </c>
       <c r="J10" s="58">
         <v>0.26</v>
       </c>
       <c r="K10" s="13">
         <v>0.04</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="91">
         <v>44162</v>
       </c>
       <c r="M10" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N10" s="23"/>
       <c r="O10" s="23"/>
       <c r="P10" s="23"/>
     </row>
     <row r="11" spans="1:16" ht="13.15" customHeight="1">
       <c r="B11" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="29" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="59">
         <v>0.17</v>
       </c>
       <c r="E11" s="59">
         <v>0.12</v>
       </c>
       <c r="F11" s="59">
         <v>0.16</v>
       </c>
       <c r="G11" s="15">
         <v>0.14000000000000001</v>
       </c>
       <c r="H11" s="15">
         <v>0.13</v>
       </c>
       <c r="I11" s="15">
         <v>0.25</v>
       </c>
       <c r="J11" s="59">
         <v>0.22</v>
       </c>
       <c r="K11" s="15">
         <v>0.04</v>
       </c>
-      <c r="L11" s="93">
+      <c r="L11" s="92">
         <v>44256</v>
       </c>
       <c r="M11" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
     </row>
     <row r="12" spans="1:16" ht="13.15" customHeight="1">
       <c r="B12" s="30" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="60">
         <v>0.15</v>
       </c>
       <c r="E12" s="60">
         <v>0.1</v>
       </c>
       <c r="F12" s="60">
         <v>0.14000000000000001</v>
       </c>
       <c r="G12" s="19">
         <v>0.13</v>
       </c>
       <c r="H12" s="19">
         <v>0.11</v>
       </c>
       <c r="I12" s="19">
         <v>0.23</v>
       </c>
       <c r="J12" s="60">
         <v>0.17</v>
       </c>
       <c r="K12" s="19">
         <v>0.04</v>
       </c>
-      <c r="L12" s="94">
+      <c r="L12" s="93">
         <v>44344</v>
       </c>
       <c r="M12" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="1:16" ht="13.15" customHeight="1">
       <c r="B13" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="58">
         <v>0.13</v>
       </c>
       <c r="E13" s="58">
         <v>0.09</v>
       </c>
       <c r="F13" s="58">
         <v>0.13</v>
       </c>
       <c r="G13" s="13">
         <v>0.11</v>
       </c>
       <c r="H13" s="13">
         <v>0.1</v>
       </c>
       <c r="I13" s="13">
         <v>0.22</v>
       </c>
       <c r="J13" s="58">
         <v>0.15</v>
       </c>
       <c r="K13" s="13">
         <v>0.04</v>
       </c>
-      <c r="L13" s="92">
+      <c r="L13" s="91">
         <v>44435</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N13" s="23"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
     </row>
     <row r="14" spans="1:16" ht="13.15" customHeight="1">
       <c r="B14" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="58">
         <v>0.11</v>
       </c>
       <c r="E14" s="58">
         <v>0.08</v>
       </c>
       <c r="F14" s="58">
         <v>0.11</v>
       </c>
       <c r="G14" s="13">
         <v>0.1</v>
       </c>
       <c r="H14" s="13">
         <v>0.09</v>
       </c>
       <c r="I14" s="13">
         <v>0.21</v>
       </c>
       <c r="J14" s="58">
         <v>0.14000000000000001</v>
       </c>
       <c r="K14" s="13">
         <v>0.03</v>
       </c>
-      <c r="L14" s="91">
+      <c r="L14" s="90">
         <v>44529</v>
       </c>
       <c r="M14" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
     </row>
     <row r="15" spans="1:16" ht="13.15" customHeight="1">
       <c r="B15" s="28" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="29" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="59">
         <v>0.1</v>
       </c>
       <c r="E15" s="59">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F15" s="59">
         <v>0.1</v>
       </c>
       <c r="G15" s="15">
         <v>0.09</v>
       </c>
       <c r="H15" s="15">
         <v>0.08</v>
       </c>
       <c r="I15" s="15">
         <v>0.2</v>
       </c>
       <c r="J15" s="59">
         <v>0.12</v>
       </c>
       <c r="K15" s="15">
         <v>0.03</v>
       </c>
-      <c r="L15" s="93">
+      <c r="L15" s="92">
         <v>44621</v>
       </c>
       <c r="M15" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N15" s="23"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
     </row>
     <row r="16" spans="1:16" ht="13.15" customHeight="1">
       <c r="B16" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="58">
         <v>0.09</v>
       </c>
       <c r="E16" s="58">
         <v>0.06</v>
       </c>
       <c r="F16" s="58">
         <v>0.09</v>
       </c>
       <c r="G16" s="13">
         <v>0.09</v>
       </c>
       <c r="H16" s="13">
         <v>0.08</v>
       </c>
       <c r="I16" s="13">
         <v>0.18</v>
       </c>
       <c r="J16" s="58">
         <v>0.1</v>
       </c>
       <c r="K16" s="13">
         <v>0.03</v>
       </c>
-      <c r="L16" s="91">
+      <c r="L16" s="90">
         <v>44708</v>
       </c>
       <c r="M16" s="23" t="s">
         <v>40</v>
       </c>
       <c r="N16" s="23"/>
       <c r="O16" s="23"/>
       <c r="P16" s="23"/>
     </row>
     <row r="17" spans="2:16" ht="13.15" customHeight="1">
       <c r="B17" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="58">
         <v>0.08</v>
       </c>
       <c r="E17" s="58">
         <v>0.06</v>
       </c>
       <c r="F17" s="58">
         <v>0.08</v>
       </c>
       <c r="G17" s="13">
         <v>0.08</v>
       </c>
       <c r="H17" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="I17" s="13">
         <v>0.17</v>
       </c>
       <c r="J17" s="58">
         <v>0.1</v>
       </c>
       <c r="K17" s="13">
         <v>0.03</v>
       </c>
-      <c r="L17" s="91">
+      <c r="L17" s="90">
         <v>44802</v>
       </c>
       <c r="M17" s="23"/>
       <c r="N17" s="23"/>
       <c r="O17" s="23"/>
       <c r="P17" s="23"/>
     </row>
     <row r="18" spans="2:16" ht="13.15" customHeight="1">
       <c r="B18" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="58">
         <v>0.08</v>
       </c>
       <c r="E18" s="58">
         <v>0.05</v>
       </c>
       <c r="F18" s="58">
         <v>0.08</v>
       </c>
       <c r="G18" s="13">
         <v>0.08</v>
       </c>
       <c r="H18" s="13">
         <v>0.06</v>
       </c>
       <c r="I18" s="13">
         <v>0.16</v>
       </c>
       <c r="J18" s="58">
         <v>0.12</v>
       </c>
       <c r="K18" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L18" s="91">
+      <c r="L18" s="90">
         <v>44894</v>
       </c>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
     </row>
     <row r="19" spans="2:16" ht="13.15" customHeight="1">
       <c r="B19" s="28" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="29" t="s">
         <v>90</v>
       </c>
       <c r="D19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="15">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H19" s="15">
         <v>0.06</v>
       </c>
       <c r="I19" s="15">
         <v>0.13</v>
       </c>
       <c r="J19" s="59">
         <v>0.17</v>
       </c>
       <c r="K19" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L19" s="93">
+      <c r="L19" s="92">
         <v>44986</v>
       </c>
       <c r="M19" s="23"/>
       <c r="N19" s="23"/>
       <c r="O19" s="23"/>
       <c r="P19" s="23"/>
     </row>
     <row r="20" spans="2:16" ht="13.15" customHeight="1">
       <c r="B20" s="26" t="s">
         <v>103</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>106</v>
       </c>
       <c r="D20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H20" s="13">
         <v>0.06</v>
       </c>
       <c r="I20" s="13">
         <v>0.17</v>
       </c>
       <c r="J20" s="58">
         <v>0.26</v>
       </c>
       <c r="K20" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L20" s="91">
+      <c r="L20" s="90">
         <v>45075</v>
       </c>
       <c r="M20" s="23"/>
       <c r="N20" s="23"/>
       <c r="O20" s="23"/>
       <c r="P20" s="23"/>
     </row>
     <row r="21" spans="2:16" ht="13.15" customHeight="1">
       <c r="B21" s="26" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>108</v>
       </c>
       <c r="D21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G21" s="13">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H21" s="13">
         <v>0.09</v>
       </c>
       <c r="I21" s="13">
         <v>0.24</v>
       </c>
       <c r="J21" s="58">
         <v>0.39</v>
       </c>
       <c r="K21" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L21" s="91">
+      <c r="L21" s="90">
         <v>45167</v>
       </c>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
     </row>
     <row r="22" spans="2:16" ht="13.15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="27" t="s">
         <v>114</v>
       </c>
       <c r="D22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="13">
         <v>0.08</v>
       </c>
       <c r="H22" s="13">
         <v>0.14000000000000001</v>
       </c>
       <c r="I22" s="13">
         <v>0.35</v>
       </c>
       <c r="J22" s="58">
         <v>0.52</v>
       </c>
       <c r="K22" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L22" s="91">
+      <c r="L22" s="90">
         <v>45259</v>
       </c>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
     </row>
     <row r="23" spans="2:16" ht="13.15" customHeight="1">
       <c r="B23" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>118</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G23" s="15">
         <v>0.13</v>
       </c>
       <c r="H23" s="15">
         <v>0.23</v>
       </c>
       <c r="I23" s="15">
         <v>0.48</v>
       </c>
       <c r="J23" s="59">
         <v>0.64</v>
       </c>
       <c r="K23" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L23" s="93">
+      <c r="L23" s="92">
         <v>45351</v>
       </c>
       <c r="M23" s="23"/>
       <c r="N23" s="23"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
     </row>
     <row r="24" spans="2:16" ht="13.15" customHeight="1">
       <c r="B24" s="26" t="s">
         <v>119</v>
       </c>
       <c r="C24" s="27" t="s">
         <v>122</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G24" s="13">
         <v>0.22</v>
       </c>
       <c r="H24" s="13">
         <v>0.35</v>
       </c>
       <c r="I24" s="13">
         <v>0.64</v>
       </c>
       <c r="J24" s="58">
         <v>0.79</v>
       </c>
       <c r="K24" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L24" s="91">
+      <c r="L24" s="90">
         <v>45441</v>
       </c>
       <c r="M24" s="23"/>
       <c r="N24" s="23"/>
       <c r="O24" s="23"/>
       <c r="P24" s="23"/>
     </row>
     <row r="25" spans="2:16" ht="13.15" customHeight="1">
       <c r="B25" s="26" t="s">
         <v>123</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>126</v>
       </c>
       <c r="D25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G25" s="13">
         <v>0.32</v>
       </c>
       <c r="H25" s="13">
         <v>0.47</v>
       </c>
       <c r="I25" s="13">
         <v>0.78</v>
       </c>
       <c r="J25" s="58">
         <v>0.9</v>
       </c>
       <c r="K25" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L25" s="91">
+      <c r="L25" s="90">
         <v>45533</v>
       </c>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
     </row>
     <row r="26" spans="2:16" ht="13.15" customHeight="1">
       <c r="B26" s="26" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>130</v>
       </c>
       <c r="D26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="13">
         <v>0.42</v>
       </c>
       <c r="H26" s="13">
         <v>0.57999999999999996</v>
       </c>
       <c r="I26" s="13">
         <v>0.9</v>
       </c>
       <c r="J26" s="58">
         <v>1.03</v>
       </c>
       <c r="K26" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L26" s="91">
+      <c r="L26" s="90">
         <v>45625</v>
       </c>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
     </row>
     <row r="27" spans="2:16" ht="13.15" customHeight="1">
       <c r="B27" s="28" t="s">
         <v>131</v>
       </c>
       <c r="C27" s="29" t="s">
         <v>134</v>
       </c>
       <c r="D27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="F27" s="68" t="s">
         <v>83</v>
       </c>
       <c r="G27" s="15">
         <v>0.49</v>
       </c>
       <c r="H27" s="15">
         <v>0.64</v>
       </c>
       <c r="I27" s="15">
         <v>0.97</v>
       </c>
       <c r="J27" s="59">
         <v>1.08</v>
       </c>
       <c r="K27" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="L27" s="93">
+      <c r="L27" s="92">
         <v>45716</v>
       </c>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
       <c r="O27" s="23"/>
       <c r="P27" s="23"/>
     </row>
     <row r="28" spans="2:16" ht="13.15" customHeight="1">
       <c r="B28" s="26" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="27" t="s">
         <v>138</v>
       </c>
       <c r="D28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="G28" s="13">
         <v>0.5</v>
       </c>
       <c r="H28" s="13">
         <v>0.64</v>
       </c>
       <c r="I28" s="13">
         <v>0.97</v>
       </c>
       <c r="J28" s="58">
         <v>1.04</v>
       </c>
       <c r="K28" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="L28" s="91">
+      <c r="L28" s="90">
         <v>45898</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
       <c r="O28" s="23"/>
       <c r="P28" s="23"/>
     </row>
     <row r="29" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B29" s="31" t="s">
+      <c r="B29" s="26" t="s">
         <v>139</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>142</v>
       </c>
-      <c r="D29" s="61" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" s="71" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.48</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.6</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.93</v>
       </c>
-      <c r="J29" s="62">
+      <c r="J29" s="58">
         <v>1</v>
       </c>
-      <c r="K29" s="45" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="83">
+      <c r="K29" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="L29" s="90">
         <v>45898</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
       <c r="O29" s="23"/>
       <c r="P29" s="23"/>
     </row>
     <row r="30" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B30" s="23"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="27" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.44</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.88</v>
+      </c>
+      <c r="J30" s="62">
+        <v>0.92</v>
+      </c>
+      <c r="K30" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="83">
+        <v>45989</v>
+      </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
     </row>
     <row r="31" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B31" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="23"/>
+      <c r="B31" s="23"/>
+      <c r="C31" s="64"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
       <c r="O31" s="23"/>
       <c r="P31" s="23"/>
     </row>
     <row r="32" spans="2:16" ht="13.15" customHeight="1">
       <c r="B32" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
       <c r="O32" s="23"/>
       <c r="P32" s="23"/>
     </row>
-    <row r="33" spans="2:12" ht="13.15" customHeight="1">
-      <c r="B33" t="s">
+    <row r="33" spans="2:16" ht="13.15" customHeight="1">
+      <c r="B33" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C33" s="23"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="32"/>
+      <c r="I33" s="32"/>
+      <c r="J33" s="32"/>
+      <c r="K33" s="32"/>
+      <c r="L33" s="32"/>
+      <c r="M33" s="23"/>
+      <c r="N33" s="23"/>
+      <c r="O33" s="23"/>
+      <c r="P33" s="23"/>
+    </row>
+    <row r="34" spans="2:16" ht="13.15" customHeight="1">
+      <c r="B34" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="37" spans="2:12" ht="13.15" customHeight="1">
-[...10 lines deleted...]
-    <row r="38" spans="2:12" ht="13.15" customHeight="1">
+    <row r="38" spans="2:16" ht="13.15" customHeight="1">
       <c r="D38" s="20"/>
       <c r="E38" s="20"/>
       <c r="F38" s="20"/>
       <c r="G38" s="20"/>
       <c r="H38" s="20"/>
       <c r="I38" s="20"/>
       <c r="J38" s="20"/>
       <c r="K38" s="20"/>
       <c r="L38" s="20"/>
+    </row>
+    <row r="39" spans="2:16" ht="13.15" customHeight="1">
+      <c r="D39" s="20"/>
+      <c r="E39" s="20"/>
+      <c r="F39" s="20"/>
+      <c r="G39" s="20"/>
+      <c r="H39" s="20"/>
+      <c r="I39" s="20"/>
+      <c r="J39" s="20"/>
+      <c r="K39" s="20"/>
+      <c r="L39" s="20"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>