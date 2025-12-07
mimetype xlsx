--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -6,75 +6,75 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202506 podaci\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users03$\pbiskup\Documents\!Radna mapa\NRS\2025\NRS 202509 podaci\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="15480" windowHeight="7350" tabRatio="548" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="EXPENSES" sheetId="1" r:id="rId1"/>
     <sheet name="FUNDING" sheetId="2" r:id="rId2"/>
     <sheet name="3M_NRR" sheetId="3" r:id="rId3"/>
     <sheet name="6M_NRR" sheetId="4" r:id="rId4"/>
     <sheet name="12M_NRR" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="hideDetails" localSheetId="0">"[$trosak.$#REF!$#REF!]"</definedName>
     <definedName name="hideDetails_1">0</definedName>
     <definedName name="running" localSheetId="0">#N/A</definedName>
     <definedName name="running_1">0</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="606" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="147">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>2020/I</t>
   </si>
   <si>
     <t>Natural persons</t>
   </si>
   <si>
     <t>Natural persons and non-financial sectors</t>
   </si>
   <si>
     <t>All natural and legal persons</t>
   </si>
   <si>
     <t>Note:</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -461,50 +461,62 @@
     <t>1/1/2024 – 31/12/2024</t>
   </si>
   <si>
     <t>2025/I</t>
   </si>
   <si>
     <t>1/1/2025 – 31/3/2025</t>
   </si>
   <si>
     <t>1/4/2024 – 31/3/2025</t>
   </si>
   <si>
     <t>1/10/2024 – 31/3/2025</t>
   </si>
   <si>
     <t>2025/II</t>
   </si>
   <si>
     <t>1/4/2025 – 30/6/2025</t>
   </si>
   <si>
     <t>1/1/2025 – 30/6/2025</t>
   </si>
   <si>
     <t>1/7/2024 – 30/6/2025</t>
+  </si>
+  <si>
+    <t>2025/III</t>
+  </si>
+  <si>
+    <t>1/7/2025 – 30/9/2025</t>
+  </si>
+  <si>
+    <t>1/4/2025 – 30/9/2025</t>
+  </si>
+  <si>
+    <t>1/10/2024 – 30/9/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="d\/m\/yyyy"/>
     <numFmt numFmtId="167" formatCode="d/m/yyyy/;@"/>
   </numFmts>
   <fonts count="18">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -1452,51 +1464,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:N58"/>
+  <dimension ref="B2:N59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.1640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="17.5" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" ht="15.75">
       <c r="B2" s="103" t="s">
         <v>85</v>
       </c>
       <c r="C2" s="103"/>
       <c r="D2" s="103"/>
       <c r="E2" s="103"/>
       <c r="F2" s="103"/>
@@ -2277,190 +2289,210 @@
         <v>81</v>
       </c>
       <c r="F27" s="11">
         <v>43875631.219999991</v>
       </c>
       <c r="G27" s="11">
         <v>85534120.980000004</v>
       </c>
       <c r="H27" s="11">
         <v>153742342.21000001</v>
       </c>
       <c r="I27" s="65">
         <v>4184713.17</v>
       </c>
       <c r="J27" s="92" t="s">
         <v>81</v>
       </c>
       <c r="K27" s="49">
         <v>45806</v>
       </c>
       <c r="L27" s="44"/>
       <c r="M27" s="44"/>
       <c r="N27" s="44"/>
     </row>
     <row r="28" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B28" s="54" t="s">
+      <c r="B28" s="48" t="s">
         <v>139</v>
       </c>
-      <c r="C28" s="60" t="s">
-[...8 lines deleted...]
-      <c r="F28" s="41">
+      <c r="C28" s="91" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" s="91" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" s="91" t="s">
+        <v>81</v>
+      </c>
+      <c r="F28" s="11">
         <v>39607328.450000003</v>
       </c>
-      <c r="G28" s="61">
+      <c r="G28" s="11">
         <v>76626431.519999996</v>
       </c>
-      <c r="H28" s="41">
+      <c r="H28" s="11">
         <v>145701006.14000002</v>
       </c>
-      <c r="I28" s="62">
+      <c r="I28" s="65">
         <v>4147034.73</v>
       </c>
-      <c r="J28" s="80" t="s">
-[...2 lines deleted...]
-      <c r="K28" s="55">
+      <c r="J28" s="92" t="s">
+        <v>81</v>
+      </c>
+      <c r="K28" s="49">
         <v>45898</v>
       </c>
       <c r="L28" s="44"/>
       <c r="M28" s="44"/>
       <c r="N28" s="44"/>
     </row>
     <row r="29" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B29" s="56"/>
-[...8 lines deleted...]
-      <c r="K29" s="56"/>
+      <c r="B29" s="54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="41">
+        <v>36281040.290000007</v>
+      </c>
+      <c r="G29" s="61">
+        <v>72230666.099999994</v>
+      </c>
+      <c r="H29" s="41">
+        <v>147426504.76999998</v>
+      </c>
+      <c r="I29" s="62">
+        <v>4521474.4700000007</v>
+      </c>
+      <c r="J29" s="80" t="s">
+        <v>81</v>
+      </c>
+      <c r="K29" s="55">
+        <v>45989</v>
+      </c>
       <c r="L29" s="44"/>
       <c r="M29" s="44"/>
       <c r="N29" s="44"/>
     </row>
-    <row r="30" spans="2:14" s="8" customFormat="1" ht="13.15" customHeight="1">
-      <c r="B30" s="42" t="s">
+    <row r="30" spans="2:14" ht="13.15" customHeight="1">
+      <c r="B30" s="56"/>
+      <c r="C30" s="56"/>
+      <c r="D30" s="56"/>
+      <c r="E30" s="56"/>
+      <c r="F30" s="56"/>
+      <c r="G30" s="56"/>
+      <c r="H30" s="56"/>
+      <c r="I30" s="56"/>
+      <c r="J30" s="56"/>
+      <c r="K30" s="56"/>
+      <c r="L30" s="44"/>
+      <c r="M30" s="44"/>
+      <c r="N30" s="44"/>
+    </row>
+    <row r="31" spans="2:14" s="8" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B31" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="C30" s="42"/>
-[...23 lines deleted...]
-      <c r="J31" s="102"/>
+      <c r="C31" s="42"/>
+      <c r="D31" s="42"/>
+      <c r="E31" s="42"/>
+      <c r="F31" s="42"/>
+      <c r="G31" s="42"/>
+      <c r="H31" s="42"/>
+      <c r="I31" s="42"/>
+      <c r="J31" s="42"/>
       <c r="K31" s="42"/>
       <c r="L31" s="42"/>
       <c r="M31" s="42"/>
       <c r="N31" s="42"/>
     </row>
-    <row r="32" spans="2:14" ht="13.15" customHeight="1">
-[...12 lines deleted...]
-      <c r="N32" s="44"/>
+    <row r="32" spans="2:14" s="8" customFormat="1" ht="50.25" customHeight="1">
+      <c r="B32" s="102" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="102"/>
+      <c r="D32" s="102"/>
+      <c r="E32" s="102"/>
+      <c r="F32" s="102"/>
+      <c r="G32" s="102"/>
+      <c r="H32" s="102"/>
+      <c r="I32" s="102"/>
+      <c r="J32" s="102"/>
+      <c r="K32" s="42"/>
+      <c r="L32" s="42"/>
+      <c r="M32" s="42"/>
+      <c r="N32" s="42"/>
     </row>
     <row r="33" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B33" s="102" t="s">
-[...9 lines deleted...]
-      <c r="J33" s="102"/>
+      <c r="B33" s="44"/>
+      <c r="C33" s="44"/>
+      <c r="D33" s="44"/>
+      <c r="E33" s="44"/>
+      <c r="F33" s="44"/>
+      <c r="G33" s="44"/>
+      <c r="H33" s="44"/>
+      <c r="I33" s="44"/>
+      <c r="J33" s="44"/>
       <c r="K33" s="44"/>
       <c r="L33" s="44"/>
       <c r="M33" s="44"/>
       <c r="N33" s="44"/>
     </row>
     <row r="34" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B34" s="82"/>
-[...7 lines deleted...]
-      <c r="J34" s="4"/>
+      <c r="B34" s="102" t="s">
+        <v>109</v>
+      </c>
+      <c r="C34" s="102"/>
+      <c r="D34" s="102"/>
+      <c r="E34" s="102"/>
+      <c r="F34" s="102"/>
+      <c r="G34" s="102"/>
+      <c r="H34" s="102"/>
+      <c r="I34" s="102"/>
+      <c r="J34" s="102"/>
       <c r="K34" s="44"/>
       <c r="L34" s="44"/>
       <c r="M34" s="44"/>
       <c r="N34" s="44"/>
     </row>
     <row r="35" spans="2:14" ht="13.15" customHeight="1">
-      <c r="B35" s="44"/>
-[...7 lines deleted...]
-      <c r="J35" s="44"/>
+      <c r="B35" s="82"/>
+      <c r="C35" s="4"/>
+      <c r="D35" s="4"/>
+      <c r="E35" s="4"/>
+      <c r="F35" s="4"/>
+      <c r="G35" s="4"/>
+      <c r="H35" s="4"/>
+      <c r="I35" s="4"/>
+      <c r="J35" s="4"/>
       <c r="K35" s="44"/>
       <c r="L35" s="44"/>
       <c r="M35" s="44"/>
       <c r="N35" s="44"/>
     </row>
     <row r="36" spans="2:14" ht="13.15" customHeight="1">
       <c r="B36" s="44"/>
       <c r="C36" s="44"/>
       <c r="D36" s="44"/>
       <c r="E36" s="44"/>
       <c r="F36" s="44"/>
       <c r="G36" s="44"/>
       <c r="H36" s="44"/>
       <c r="I36" s="44"/>
       <c r="J36" s="44"/>
       <c r="K36" s="44"/>
       <c r="L36" s="44"/>
       <c r="M36" s="44"/>
       <c r="N36" s="44"/>
     </row>
     <row r="37" spans="2:14" ht="13.15" customHeight="1">
       <c r="B37" s="44"/>
       <c r="C37" s="44"/>
       <c r="D37" s="44"/>
       <c r="E37" s="44"/>
@@ -2767,69 +2799,84 @@
       <c r="F57" s="44"/>
       <c r="G57" s="44"/>
       <c r="H57" s="44"/>
       <c r="I57" s="44"/>
       <c r="J57" s="44"/>
       <c r="K57" s="44"/>
       <c r="L57" s="44"/>
       <c r="M57" s="44"/>
       <c r="N57" s="44"/>
     </row>
     <row r="58" spans="2:14" ht="13.15" customHeight="1">
       <c r="B58" s="44"/>
       <c r="C58" s="44"/>
       <c r="D58" s="44"/>
       <c r="E58" s="44"/>
       <c r="F58" s="44"/>
       <c r="G58" s="44"/>
       <c r="H58" s="44"/>
       <c r="I58" s="44"/>
       <c r="J58" s="44"/>
       <c r="K58" s="44"/>
       <c r="L58" s="44"/>
       <c r="M58" s="44"/>
       <c r="N58" s="44"/>
     </row>
+    <row r="59" spans="2:14" ht="13.15" customHeight="1">
+      <c r="B59" s="44"/>
+      <c r="C59" s="44"/>
+      <c r="D59" s="44"/>
+      <c r="E59" s="44"/>
+      <c r="F59" s="44"/>
+      <c r="G59" s="44"/>
+      <c r="H59" s="44"/>
+      <c r="I59" s="44"/>
+      <c r="J59" s="44"/>
+      <c r="K59" s="44"/>
+      <c r="L59" s="44"/>
+      <c r="M59" s="44"/>
+      <c r="N59" s="44"/>
+    </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="6">
-    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="B34:J34"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B31:J31"/>
+    <mergeCell ref="B32:J32"/>
     <mergeCell ref="B5:B6"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" pageOrder="overThenDown" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:M81"/>
+  <dimension ref="B1:M84"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" customWidth="1"/>
     <col min="3" max="3" width="15.5" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.1640625" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.5" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.1640625" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="10" width="17.5" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.5" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="13.15" customHeight="1"/>
     <row r="2" spans="2:13" ht="15.75">
       <c r="B2" s="34" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="3" spans="2:13" ht="13.15" customHeight="1"/>
     <row r="4" spans="2:13" ht="13.15" customHeight="1"/>
     <row r="5" spans="2:13" ht="13.15" customHeight="1">
@@ -5079,236 +5126,338 @@
       <c r="E71" s="67" t="s">
         <v>81</v>
       </c>
       <c r="F71" s="2">
         <v>38384487092.449997</v>
       </c>
       <c r="G71" s="2">
         <v>60288500136.319992</v>
       </c>
       <c r="H71" s="2">
         <v>69939396968.62001</v>
       </c>
       <c r="I71" s="68">
         <v>1907248580.0599999</v>
       </c>
       <c r="J71" s="33" t="s">
         <v>81</v>
       </c>
       <c r="K71" s="49">
         <v>45898</v>
       </c>
       <c r="L71" s="22"/>
       <c r="M71" s="22"/>
     </row>
     <row r="72" spans="2:13" ht="13.15" customHeight="1">
-      <c r="B72" s="95">
+      <c r="B72" s="39">
         <v>45838</v>
       </c>
-      <c r="C72" s="60" t="s">
-[...8 lines deleted...]
-      <c r="F72" s="98">
+      <c r="C72" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="D72" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="E72" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="F72" s="2">
         <v>38893924820.729996</v>
       </c>
-      <c r="G72" s="98">
+      <c r="G72" s="2">
         <v>61018887198.080002</v>
       </c>
-      <c r="H72" s="98">
+      <c r="H72" s="2">
         <v>71839048693.880005</v>
       </c>
-      <c r="I72" s="99">
+      <c r="I72" s="68">
         <v>1906035601.6500001</v>
       </c>
-      <c r="J72" s="81" t="s">
-[...2 lines deleted...]
-      <c r="K72" s="55">
+      <c r="J72" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="K72" s="49">
         <v>45898</v>
       </c>
       <c r="L72" s="22"/>
       <c r="M72" s="22"/>
     </row>
     <row r="73" spans="2:13" ht="13.15" customHeight="1">
-      <c r="B73" s="22"/>
-[...8 lines deleted...]
-      <c r="K73" s="4"/>
+      <c r="B73" s="39">
+        <v>45869</v>
+      </c>
+      <c r="C73" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="D73" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="E73" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="F73" s="2">
+        <v>39567623643.199997</v>
+      </c>
+      <c r="G73" s="2">
+        <v>62699034870.009995</v>
+      </c>
+      <c r="H73" s="2">
+        <v>73454431528.990005</v>
+      </c>
+      <c r="I73" s="68">
+        <v>1923457787.2299998</v>
+      </c>
+      <c r="J73" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="K73" s="49">
+        <v>45989</v>
+      </c>
       <c r="L73" s="22"/>
       <c r="M73" s="22"/>
     </row>
-    <row r="74" spans="2:13">
-[...11 lines deleted...]
-      <c r="K74" s="42"/>
+    <row r="74" spans="2:13" ht="13.15" customHeight="1">
+      <c r="B74" s="39">
+        <v>45900</v>
+      </c>
+      <c r="C74" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="D74" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="E74" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="F74" s="2">
+        <v>40096045494.270004</v>
+      </c>
+      <c r="G74" s="2">
+        <v>64093064795.860001</v>
+      </c>
+      <c r="H74" s="2">
+        <v>74787914957.140015</v>
+      </c>
+      <c r="I74" s="68">
+        <v>1897914258.3199997</v>
+      </c>
+      <c r="J74" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="K74" s="49">
+        <v>45989</v>
+      </c>
       <c r="L74" s="22"/>
       <c r="M74" s="22"/>
     </row>
-    <row r="75" spans="2:13" s="8" customFormat="1" ht="50.25" customHeight="1">
-[...25 lines deleted...]
-      <c r="K76" s="22"/>
+    <row r="75" spans="2:13" ht="13.15" customHeight="1">
+      <c r="B75" s="95">
+        <v>45930</v>
+      </c>
+      <c r="C75" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="D75" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="E75" s="60" t="s">
+        <v>81</v>
+      </c>
+      <c r="F75" s="98">
+        <v>40002835721.529999</v>
+      </c>
+      <c r="G75" s="98">
+        <v>64026251456.290009</v>
+      </c>
+      <c r="H75" s="98">
+        <v>74999679045.709991</v>
+      </c>
+      <c r="I75" s="99">
+        <v>2015294073.01</v>
+      </c>
+      <c r="J75" s="81" t="s">
+        <v>81</v>
+      </c>
+      <c r="K75" s="55">
+        <v>45989</v>
+      </c>
+      <c r="L75" s="22"/>
+      <c r="M75" s="22"/>
+    </row>
+    <row r="76" spans="2:13" ht="13.15" customHeight="1">
+      <c r="B76" s="22"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="4"/>
+      <c r="F76" s="4"/>
+      <c r="G76" s="4"/>
+      <c r="H76" s="4"/>
+      <c r="I76" s="4"/>
+      <c r="J76" s="4"/>
+      <c r="K76" s="4"/>
       <c r="L76" s="22"/>
       <c r="M76" s="22"/>
     </row>
-    <row r="77" spans="2:13" ht="11.25" customHeight="1">
-[...11 lines deleted...]
-      <c r="K77" s="4"/>
+    <row r="77" spans="2:13">
+      <c r="B77" s="42" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" s="42"/>
+      <c r="D77" s="42"/>
+      <c r="E77" s="42"/>
+      <c r="F77" s="42"/>
+      <c r="G77" s="42"/>
+      <c r="H77" s="42"/>
+      <c r="I77" s="42"/>
+      <c r="J77" s="42"/>
+      <c r="K77" s="42"/>
       <c r="L77" s="22"/>
       <c r="M77" s="22"/>
     </row>
-    <row r="78" spans="2:13">
-[...11 lines deleted...]
-      <c r="M78" s="22"/>
+    <row r="78" spans="2:13" s="8" customFormat="1" ht="50.25" customHeight="1">
+      <c r="B78" s="102" t="s">
+        <v>42</v>
+      </c>
+      <c r="C78" s="102"/>
+      <c r="D78" s="102"/>
+      <c r="E78" s="102"/>
+      <c r="F78" s="102"/>
+      <c r="G78" s="102"/>
+      <c r="H78" s="102"/>
+      <c r="I78" s="102"/>
+      <c r="J78" s="102"/>
+      <c r="K78" s="42"/>
+      <c r="L78" s="42"/>
+      <c r="M78" s="42"/>
     </row>
     <row r="79" spans="2:13">
-      <c r="B79" s="22"/>
-[...8 lines deleted...]
-      <c r="K79" s="4"/>
+      <c r="B79" s="102"/>
+      <c r="C79" s="102"/>
+      <c r="D79" s="102"/>
+      <c r="E79" s="102"/>
+      <c r="F79" s="102"/>
+      <c r="G79" s="102"/>
+      <c r="H79" s="102"/>
+      <c r="I79" s="102"/>
+      <c r="J79" s="102"/>
+      <c r="K79" s="22"/>
       <c r="L79" s="22"/>
       <c r="M79" s="22"/>
     </row>
-    <row r="80" spans="2:13">
-[...8 lines deleted...]
-      <c r="J80" s="4"/>
+    <row r="80" spans="2:13" ht="11.25" customHeight="1">
+      <c r="B80" s="102" t="s">
+        <v>109</v>
+      </c>
+      <c r="C80" s="102"/>
+      <c r="D80" s="102"/>
+      <c r="E80" s="102"/>
+      <c r="F80" s="102"/>
+      <c r="G80" s="102"/>
+      <c r="H80" s="102"/>
+      <c r="I80" s="102"/>
+      <c r="J80" s="102"/>
       <c r="K80" s="4"/>
       <c r="L80" s="22"/>
       <c r="M80" s="22"/>
     </row>
     <row r="81" spans="2:13">
       <c r="B81" s="22"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="4"/>
       <c r="J81" s="4"/>
       <c r="K81" s="4"/>
       <c r="L81" s="22"/>
       <c r="M81" s="22"/>
     </row>
+    <row r="82" spans="2:13">
+      <c r="B82" s="22"/>
+      <c r="C82" s="4"/>
+      <c r="D82" s="4"/>
+      <c r="E82" s="4"/>
+      <c r="F82" s="4"/>
+      <c r="G82" s="4"/>
+      <c r="H82" s="4"/>
+      <c r="I82" s="4"/>
+      <c r="J82" s="4"/>
+      <c r="K82" s="4"/>
+      <c r="L82" s="22"/>
+      <c r="M82" s="22"/>
+    </row>
+    <row r="83" spans="2:13">
+      <c r="B83" s="22"/>
+      <c r="C83" s="4"/>
+      <c r="D83" s="4"/>
+      <c r="E83" s="4"/>
+      <c r="F83" s="4"/>
+      <c r="G83" s="4"/>
+      <c r="H83" s="4"/>
+      <c r="I83" s="4"/>
+      <c r="J83" s="4"/>
+      <c r="K83" s="4"/>
+      <c r="L83" s="22"/>
+      <c r="M83" s="22"/>
+    </row>
+    <row r="84" spans="2:13">
+      <c r="B84" s="22"/>
+      <c r="C84" s="4"/>
+      <c r="D84" s="4"/>
+      <c r="E84" s="4"/>
+      <c r="F84" s="4"/>
+      <c r="G84" s="4"/>
+      <c r="H84" s="4"/>
+      <c r="I84" s="4"/>
+      <c r="J84" s="4"/>
+      <c r="K84" s="4"/>
+      <c r="L84" s="22"/>
+      <c r="M84" s="22"/>
+    </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="5">
-    <mergeCell ref="B77:J77"/>
+    <mergeCell ref="B80:J80"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
-    <mergeCell ref="B75:J75"/>
-    <mergeCell ref="B76:J76"/>
+    <mergeCell ref="B78:J78"/>
+    <mergeCell ref="B79:J79"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" scale="90" firstPageNumber="0" pageOrder="overThenDown" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:O49"/>
+  <dimension ref="B2:O50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="6" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="6" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="6" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="6" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="6" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15.75">
       <c r="B2" s="103" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="103"/>
       <c r="D2" s="103"/>
       <c r="E2" s="103"/>
       <c r="F2" s="103"/>
       <c r="G2" s="103"/>
@@ -6210,159 +6359,181 @@
         <v>81</v>
       </c>
       <c r="G28" s="13">
         <v>0.47</v>
       </c>
       <c r="H28" s="13">
         <v>0.57999999999999996</v>
       </c>
       <c r="I28" s="13">
         <v>0.91</v>
       </c>
       <c r="J28" s="94">
         <v>0.87</v>
       </c>
       <c r="K28" s="57" t="s">
         <v>81</v>
       </c>
       <c r="L28" s="49">
         <v>45806</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
     </row>
     <row r="29" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B29" s="54" t="s">
+      <c r="B29" s="48" t="s">
         <v>139</v>
       </c>
       <c r="C29" s="27" t="s">
         <v>140</v>
       </c>
-      <c r="D29" s="71" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.41</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.51</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.83</v>
       </c>
-      <c r="J29" s="72">
+      <c r="J29" s="94">
         <v>0.89</v>
       </c>
-      <c r="K29" s="73" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="55">
+      <c r="K29" s="57" t="s">
+        <v>81</v>
+      </c>
+      <c r="L29" s="49">
         <v>45898</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
     </row>
     <row r="30" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B30" s="22"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="27" t="s">
+        <v>144</v>
+      </c>
+      <c r="D30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.36</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.45</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.79</v>
+      </c>
+      <c r="J30" s="72">
+        <v>0.92</v>
+      </c>
+      <c r="K30" s="73" t="s">
+        <v>81</v>
+      </c>
+      <c r="L30" s="55">
+        <v>45989</v>
+      </c>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
     </row>
     <row r="31" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B31" s="83" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="22"/>
+      <c r="B31" s="22"/>
+      <c r="C31" s="59"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
     </row>
     <row r="32" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B32" s="22" t="s">
-        <v>98</v>
+      <c r="B32" s="83" t="s">
+        <v>99</v>
       </c>
       <c r="C32" s="22"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="22"/>
       <c r="N32" s="22"/>
       <c r="O32" s="22"/>
     </row>
     <row r="33" spans="2:15" ht="13.15" customHeight="1">
       <c r="B33" s="22" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C33" s="22"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
     </row>
     <row r="34" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B34" s="22"/>
+      <c r="B34" s="22" t="s">
+        <v>100</v>
+      </c>
       <c r="C34" s="22"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="22"/>
       <c r="N34" s="22"/>
       <c r="O34" s="22"/>
     </row>
     <row r="35" spans="2:15" ht="13.15" customHeight="1">
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
       <c r="K35" s="32"/>
@@ -6430,121 +6601,137 @@
       <c r="I39" s="32"/>
       <c r="J39" s="32"/>
       <c r="K39" s="32"/>
       <c r="L39" s="32"/>
       <c r="M39" s="22"/>
       <c r="N39" s="22"/>
       <c r="O39" s="22"/>
     </row>
     <row r="40" spans="2:15" ht="13.15" customHeight="1">
       <c r="B40" s="22"/>
       <c r="C40" s="22"/>
       <c r="D40" s="32"/>
       <c r="E40" s="32"/>
       <c r="F40" s="32"/>
       <c r="G40" s="32"/>
       <c r="H40" s="32"/>
       <c r="I40" s="32"/>
       <c r="J40" s="32"/>
       <c r="K40" s="32"/>
       <c r="L40" s="32"/>
       <c r="M40" s="22"/>
       <c r="N40" s="22"/>
       <c r="O40" s="22"/>
     </row>
     <row r="41" spans="2:15" ht="13.15" customHeight="1">
-      <c r="B41" s="36"/>
-[...12 lines deleted...]
-      <c r="O41" s="36"/>
+      <c r="B41" s="22"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="32"/>
+      <c r="F41" s="32"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="32"/>
+      <c r="I41" s="32"/>
+      <c r="J41" s="32"/>
+      <c r="K41" s="32"/>
+      <c r="L41" s="32"/>
+      <c r="M41" s="22"/>
+      <c r="N41" s="22"/>
+      <c r="O41" s="22"/>
     </row>
     <row r="42" spans="2:15" ht="13.15" customHeight="1">
       <c r="B42" s="36"/>
       <c r="C42" s="36"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="37"/>
       <c r="H42" s="37"/>
       <c r="I42" s="37"/>
       <c r="J42" s="37"/>
       <c r="K42" s="37"/>
       <c r="L42" s="37"/>
       <c r="M42" s="36"/>
       <c r="N42" s="36"/>
       <c r="O42" s="36"/>
     </row>
     <row r="43" spans="2:15" ht="13.15" customHeight="1">
-      <c r="C43" s="22"/>
+      <c r="B43" s="36"/>
+      <c r="C43" s="36"/>
+      <c r="D43" s="37"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="37"/>
+      <c r="G43" s="37"/>
+      <c r="H43" s="37"/>
+      <c r="I43" s="37"/>
+      <c r="J43" s="37"/>
+      <c r="K43" s="37"/>
+      <c r="L43" s="37"/>
+      <c r="M43" s="36"/>
+      <c r="N43" s="36"/>
+      <c r="O43" s="36"/>
     </row>
     <row r="44" spans="2:15" ht="13.15" customHeight="1">
       <c r="C44" s="22"/>
     </row>
     <row r="45" spans="2:15" ht="13.15" customHeight="1">
       <c r="C45" s="22"/>
     </row>
     <row r="46" spans="2:15" ht="13.15" customHeight="1">
       <c r="C46" s="22"/>
     </row>
     <row r="47" spans="2:15" ht="13.15" customHeight="1">
       <c r="C47" s="22"/>
     </row>
     <row r="48" spans="2:15" ht="13.15" customHeight="1">
       <c r="C48" s="22"/>
     </row>
     <row r="49" spans="3:3" ht="13.15" customHeight="1">
       <c r="C49" s="22"/>
+    </row>
+    <row r="50" spans="3:3" ht="13.15" customHeight="1">
+      <c r="C50" s="22"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="77" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:S48"/>
+  <dimension ref="B2:S49"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="6" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="6" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="6" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="6" customWidth="1"/>
     <col min="9" max="12" width="15.83203125" style="6" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:19" ht="15.75">
       <c r="B2" s="103" t="s">
         <v>87</v>
       </c>
       <c r="C2" s="103"/>
       <c r="D2" s="103"/>
       <c r="E2" s="103"/>
       <c r="F2" s="103"/>
       <c r="G2" s="103"/>
@@ -7541,220 +7728,242 @@
       </c>
       <c r="H28" s="13">
         <v>0.62</v>
       </c>
       <c r="I28" s="13">
         <v>0.95</v>
       </c>
       <c r="J28" s="77">
         <v>0.94</v>
       </c>
       <c r="K28" s="57" t="s">
         <v>81</v>
       </c>
       <c r="L28" s="49">
         <v>45806</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
       <c r="Q28" s="22"/>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
     </row>
     <row r="29" spans="2:19" ht="13.15" customHeight="1">
-      <c r="B29" s="54" t="s">
+      <c r="B29" s="48" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="54" t="s">
+      <c r="C29" s="27" t="s">
         <v>141</v>
       </c>
-      <c r="D29" s="71" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.44</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.55000000000000004</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.87</v>
       </c>
-      <c r="J29" s="74">
+      <c r="J29" s="77">
         <v>0.88</v>
       </c>
-      <c r="K29" s="73" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="55">
+      <c r="K29" s="57" t="s">
+        <v>81</v>
+      </c>
+      <c r="L29" s="49">
         <v>45898</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
     </row>
     <row r="30" spans="2:19" ht="13.15" customHeight="1">
-      <c r="B30" s="22"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="54" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.39</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.48</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="J30" s="74">
+        <v>0.9</v>
+      </c>
+      <c r="K30" s="73" t="s">
+        <v>81</v>
+      </c>
+      <c r="L30" s="55">
+        <v>45989</v>
+      </c>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
       <c r="P30" s="22"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
     </row>
     <row r="31" spans="2:19" ht="13.15" customHeight="1">
-      <c r="B31" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="22"/>
       <c r="C31" s="22"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
       <c r="P31" s="22"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
     </row>
     <row r="32" spans="2:19" ht="13.15" customHeight="1">
-      <c r="B32" s="22" t="s">
-        <v>98</v>
+      <c r="B32" s="83" t="s">
+        <v>99</v>
       </c>
       <c r="C32" s="22"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="22"/>
       <c r="N32" s="22"/>
       <c r="O32" s="22"/>
       <c r="P32" s="22"/>
       <c r="Q32" s="22"/>
       <c r="R32" s="22"/>
       <c r="S32" s="22"/>
     </row>
     <row r="33" spans="2:19" ht="13.15" customHeight="1">
       <c r="B33" s="22" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C33" s="22"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="22"/>
       <c r="Q33" s="22"/>
       <c r="R33" s="22"/>
       <c r="S33" s="22"/>
     </row>
     <row r="34" spans="2:19" ht="13.15" customHeight="1">
-      <c r="B34" s="22"/>
+      <c r="B34" s="22" t="s">
+        <v>100</v>
+      </c>
       <c r="C34" s="22"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="22"/>
       <c r="N34" s="22"/>
       <c r="O34" s="22"/>
       <c r="P34" s="22"/>
       <c r="Q34" s="22"/>
       <c r="R34" s="22"/>
       <c r="S34" s="22"/>
     </row>
     <row r="35" spans="2:19" ht="13.15" customHeight="1">
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
       <c r="K35" s="32"/>
       <c r="L35" s="32"/>
       <c r="M35" s="22"/>
       <c r="N35" s="22"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
       <c r="Q35" s="22"/>
       <c r="R35" s="22"/>
       <c r="S35" s="22"/>
     </row>
     <row r="36" spans="2:19" ht="13.15" customHeight="1">
       <c r="B36" s="22"/>
-      <c r="C36" s="32"/>
+      <c r="C36" s="22"/>
       <c r="D36" s="32"/>
       <c r="E36" s="32"/>
       <c r="F36" s="32"/>
       <c r="G36" s="32"/>
       <c r="H36" s="32"/>
       <c r="I36" s="32"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="22"/>
       <c r="N36" s="22"/>
       <c r="O36" s="22"/>
       <c r="P36" s="22"/>
       <c r="Q36" s="22"/>
       <c r="R36" s="22"/>
       <c r="S36" s="22"/>
     </row>
     <row r="37" spans="2:19" ht="13.15" customHeight="1">
       <c r="B37" s="22"/>
       <c r="C37" s="32"/>
       <c r="D37" s="32"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
@@ -7949,71 +8158,91 @@
       <c r="Q46" s="22"/>
       <c r="R46" s="22"/>
       <c r="S46" s="22"/>
     </row>
     <row r="47" spans="2:19" ht="13.15" customHeight="1">
       <c r="B47" s="22"/>
       <c r="C47" s="32"/>
       <c r="D47" s="32"/>
       <c r="E47" s="32"/>
       <c r="F47" s="32"/>
       <c r="G47" s="32"/>
       <c r="H47" s="32"/>
       <c r="I47" s="32"/>
       <c r="J47" s="32"/>
       <c r="K47" s="32"/>
       <c r="L47" s="32"/>
       <c r="M47" s="22"/>
       <c r="N47" s="22"/>
       <c r="O47" s="22"/>
       <c r="P47" s="22"/>
       <c r="Q47" s="22"/>
       <c r="R47" s="22"/>
       <c r="S47" s="22"/>
     </row>
     <row r="48" spans="2:19" ht="13.15" customHeight="1">
+      <c r="B48" s="22"/>
       <c r="C48" s="32"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="32"/>
+      <c r="F48" s="32"/>
+      <c r="G48" s="32"/>
+      <c r="H48" s="32"/>
+      <c r="I48" s="32"/>
+      <c r="J48" s="32"/>
+      <c r="K48" s="32"/>
+      <c r="L48" s="32"/>
+      <c r="M48" s="22"/>
+      <c r="N48" s="22"/>
+      <c r="O48" s="22"/>
+      <c r="P48" s="22"/>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="22"/>
+      <c r="S48" s="22"/>
+    </row>
+    <row r="49" spans="3:3" ht="13.15" customHeight="1">
+      <c r="C49" s="32"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P47"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6640625" defaultRowHeight="13.15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" customWidth="1"/>
     <col min="4" max="4" width="15.83203125" style="6" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" style="6" customWidth="1"/>
     <col min="6" max="7" width="15.83203125" style="6" customWidth="1"/>
     <col min="8" max="8" width="18.6640625" style="6" customWidth="1"/>
     <col min="9" max="10" width="15.83203125" style="6" customWidth="1"/>
     <col min="11" max="11" width="16.1640625" style="6" customWidth="1"/>
     <col min="12" max="12" width="15.83203125" style="6" customWidth="1"/>
     <col min="13" max="13" width="1.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="13.15" customHeight="1">
       <c r="A1" s="7"/>
     </row>
     <row r="2" spans="1:16" ht="15.75">
       <c r="B2" s="103" t="s">
         <v>88</v>
       </c>
@@ -8950,164 +9179,186 @@
       </c>
       <c r="G28" s="13">
         <v>0.5</v>
       </c>
       <c r="H28" s="13">
         <v>0.64</v>
       </c>
       <c r="I28" s="13">
         <v>0.97</v>
       </c>
       <c r="J28" s="77">
         <v>1.04</v>
       </c>
       <c r="K28" s="57" t="s">
         <v>81</v>
       </c>
       <c r="L28" s="49">
         <v>45806</v>
       </c>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
     </row>
     <row r="29" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B29" s="54" t="s">
+      <c r="B29" s="48" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="54" t="s">
+      <c r="C29" s="27" t="s">
         <v>142</v>
       </c>
-      <c r="D29" s="71" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="9">
+      <c r="D29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="88" t="s">
+        <v>81</v>
+      </c>
+      <c r="G29" s="13">
         <v>0.48</v>
       </c>
-      <c r="H29" s="9">
+      <c r="H29" s="13">
         <v>0.6</v>
       </c>
-      <c r="I29" s="9">
+      <c r="I29" s="13">
         <v>0.93</v>
       </c>
-      <c r="J29" s="74">
+      <c r="J29" s="77">
         <v>1</v>
       </c>
-      <c r="K29" s="73" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="55">
+      <c r="K29" s="57" t="s">
+        <v>81</v>
+      </c>
+      <c r="L29" s="49">
         <v>45898</v>
       </c>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
     </row>
     <row r="30" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B30" s="22"/>
-[...9 lines deleted...]
-      <c r="L30" s="32"/>
+      <c r="B30" s="54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="54" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="F30" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="G30" s="9">
+        <v>0.44</v>
+      </c>
+      <c r="H30" s="9">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="I30" s="9">
+        <v>0.88</v>
+      </c>
+      <c r="J30" s="74">
+        <v>0.92</v>
+      </c>
+      <c r="K30" s="73" t="s">
+        <v>81</v>
+      </c>
+      <c r="L30" s="55">
+        <v>45989</v>
+      </c>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
       <c r="P30" s="22"/>
     </row>
     <row r="31" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B31" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="22"/>
       <c r="C31" s="22"/>
       <c r="D31" s="32"/>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32"/>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
       <c r="P31" s="22"/>
     </row>
     <row r="32" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B32" s="22" t="s">
-        <v>98</v>
+      <c r="B32" s="83" t="s">
+        <v>99</v>
       </c>
       <c r="C32" s="22"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="32"/>
       <c r="M32" s="22"/>
       <c r="N32" s="22"/>
       <c r="O32" s="22"/>
       <c r="P32" s="22"/>
     </row>
     <row r="33" spans="2:16" ht="13.15" customHeight="1">
       <c r="B33" s="22" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C33" s="22"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="32"/>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="22"/>
     </row>
     <row r="34" spans="2:16" ht="13.15" customHeight="1">
-      <c r="B34" s="22"/>
+      <c r="B34" s="22" t="s">
+        <v>100</v>
+      </c>
       <c r="C34" s="22"/>
       <c r="D34" s="32"/>
       <c r="E34" s="32"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="32"/>
       <c r="K34" s="32"/>
       <c r="L34" s="32"/>
       <c r="M34" s="22"/>
       <c r="N34" s="22"/>
       <c r="O34" s="22"/>
       <c r="P34" s="22"/>
     </row>
     <row r="35" spans="2:16" ht="13.15" customHeight="1">
       <c r="B35" s="22"/>
       <c r="C35" s="22"/>
       <c r="D35" s="32"/>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
@@ -9216,63 +9467,80 @@
       <c r="K41" s="32"/>
       <c r="L41" s="32"/>
       <c r="M41" s="22"/>
       <c r="N41" s="22"/>
       <c r="O41" s="22"/>
       <c r="P41" s="22"/>
     </row>
     <row r="42" spans="2:16" ht="13.15" customHeight="1">
       <c r="B42" s="22"/>
       <c r="C42" s="22"/>
       <c r="D42" s="32"/>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32"/>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="32"/>
       <c r="K42" s="32"/>
       <c r="L42" s="32"/>
       <c r="M42" s="22"/>
       <c r="N42" s="22"/>
       <c r="O42" s="22"/>
       <c r="P42" s="22"/>
     </row>
     <row r="43" spans="2:16" ht="13.15" customHeight="1">
+      <c r="B43" s="22"/>
       <c r="C43" s="22"/>
+      <c r="D43" s="32"/>
+      <c r="E43" s="32"/>
+      <c r="F43" s="32"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="32"/>
+      <c r="J43" s="32"/>
+      <c r="K43" s="32"/>
+      <c r="L43" s="32"/>
+      <c r="M43" s="22"/>
+      <c r="N43" s="22"/>
+      <c r="O43" s="22"/>
+      <c r="P43" s="22"/>
     </row>
     <row r="44" spans="2:16" ht="13.15" customHeight="1">
       <c r="C44" s="22"/>
     </row>
     <row r="45" spans="2:16" ht="13.15" customHeight="1">
       <c r="C45" s="22"/>
     </row>
     <row r="46" spans="2:16" ht="13.15" customHeight="1">
       <c r="C46" s="22"/>
     </row>
     <row r="47" spans="2:16" ht="13.15" customHeight="1">
       <c r="C47" s="22"/>
+    </row>
+    <row r="48" spans="2:16" ht="13.15" customHeight="1">
+      <c r="C48" s="22"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.94488188976377963" bottom="0.94488188976377963" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="77" scale="85" firstPageNumber="0" pageOrder="overThenDown" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>