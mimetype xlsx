--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -2,73 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202509\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202511\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="169">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dec. 2013</t>
     </r>
   </si>
   <si>
@@ -1024,50 +1024,56 @@
   </si>
   <si>
     <t>Dec. 2024</t>
   </si>
   <si>
     <t>Jan. 2025</t>
   </si>
   <si>
     <t>Feb. 2025</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
+  <si>
+    <t>Aug. 2025</t>
+  </si>
+  <si>
+    <t>Sep. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1553,70 +1559,70 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:EL190"/>
+  <dimension ref="B1:EN190"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="3" customWidth="1"/>
     <col min="2" max="2" width="97.33203125" style="8" customWidth="1"/>
     <col min="3" max="3" width="12.33203125" style="8" customWidth="1"/>
     <col min="4" max="10" width="12.33203125" style="2" customWidth="1"/>
-    <col min="11" max="142" width="12.33203125" style="3" customWidth="1"/>
-    <col min="143" max="16384" width="9.33203125" style="3"/>
+    <col min="11" max="144" width="12.33203125" style="3" customWidth="1"/>
+    <col min="145" max="16384" width="9.33203125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CB1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CC1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CD1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CE1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CF1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CG1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CH1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CI1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="CJ1" s="3" t="s">
@@ -1676,51 +1682,51 @@
       <c r="DB1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DC1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DD1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DE1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DF1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DG1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DH1" s="3" t="s">
         <v>98</v>
       </c>
       <c r="DI1" s="3" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="2" spans="2:142" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:144" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="32" t="s">
         <v>138</v>
       </c>
       <c r="C2" s="1"/>
       <c r="AM2" s="29"/>
       <c r="AN2" s="29"/>
       <c r="AO2" s="29"/>
       <c r="AP2" s="29"/>
       <c r="AQ2" s="29"/>
       <c r="AR2" s="29"/>
       <c r="AS2" s="29"/>
       <c r="AT2" s="29"/>
       <c r="AU2" s="29"/>
       <c r="AV2" s="29"/>
       <c r="AW2" s="29"/>
       <c r="AX2" s="29"/>
       <c r="AY2" s="29"/>
       <c r="AZ2" s="29"/>
       <c r="BA2" s="29"/>
       <c r="BB2" s="29"/>
       <c r="BC2" s="29"/>
       <c r="BD2" s="29"/>
       <c r="BE2" s="29"/>
       <c r="BF2" s="29"/>
       <c r="BG2" s="29"/>
@@ -1785,65 +1791,67 @@
       <c r="DN2" s="29"/>
       <c r="DO2" s="29"/>
       <c r="DP2" s="29"/>
       <c r="DQ2" s="29"/>
       <c r="DR2" s="29"/>
       <c r="DS2" s="29"/>
       <c r="DT2" s="29"/>
       <c r="DU2" s="29"/>
       <c r="DV2" s="29"/>
       <c r="DW2" s="29"/>
       <c r="DX2" s="29"/>
       <c r="DY2" s="29"/>
       <c r="DZ2" s="29"/>
       <c r="EA2" s="29"/>
       <c r="EB2" s="29"/>
       <c r="EC2" s="29"/>
       <c r="ED2" s="29"/>
       <c r="EE2" s="29"/>
       <c r="EF2" s="29"/>
       <c r="EG2" s="29"/>
       <c r="EH2" s="29"/>
       <c r="EI2" s="29"/>
       <c r="EJ2" s="29"/>
       <c r="EK2" s="29"/>
       <c r="EL2" s="29"/>
+      <c r="EM2" s="29"/>
+      <c r="EN2" s="29"/>
     </row>
-    <row r="3" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
     </row>
-    <row r="4" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="6"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="AM4" s="29"/>
       <c r="AN4" s="29"/>
       <c r="AO4" s="29"/>
       <c r="AP4" s="29"/>
       <c r="AQ4" s="29"/>
       <c r="AR4" s="29"/>
       <c r="AS4" s="29"/>
       <c r="AT4" s="29"/>
       <c r="AU4" s="29"/>
       <c r="AV4" s="29"/>
       <c r="AW4" s="29"/>
       <c r="AX4" s="29"/>
       <c r="AY4" s="29"/>
       <c r="AZ4" s="29"/>
       <c r="BA4" s="29"/>
       <c r="BB4" s="29"/>
@@ -1913,102 +1921,106 @@
       <c r="DN4" s="29"/>
       <c r="DO4" s="29"/>
       <c r="DP4" s="29"/>
       <c r="DQ4" s="29"/>
       <c r="DR4" s="29"/>
       <c r="DS4" s="29"/>
       <c r="DT4" s="29"/>
       <c r="DU4" s="29"/>
       <c r="DV4" s="29"/>
       <c r="DW4" s="29"/>
       <c r="DX4" s="29"/>
       <c r="DY4" s="29"/>
       <c r="DZ4" s="29"/>
       <c r="EA4" s="29"/>
       <c r="EB4" s="29"/>
       <c r="EC4" s="29"/>
       <c r="ED4" s="29"/>
       <c r="EE4" s="29"/>
       <c r="EF4" s="29"/>
       <c r="EG4" s="29"/>
       <c r="EH4" s="29"/>
       <c r="EI4" s="29"/>
       <c r="EJ4" s="29"/>
       <c r="EK4" s="29"/>
       <c r="EL4" s="29"/>
+      <c r="EM4" s="29"/>
+      <c r="EN4" s="29"/>
     </row>
-    <row r="5" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
     </row>
-    <row r="6" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7" t="s">
         <v>128</v>
       </c>
       <c r="CY6" s="31"/>
       <c r="CZ6" s="31"/>
       <c r="DA6" s="31"/>
       <c r="DB6" s="31"/>
       <c r="DG6" s="31"/>
       <c r="DH6" s="31"/>
       <c r="DI6" s="31"/>
       <c r="DJ6" s="31"/>
       <c r="DM6" s="31"/>
       <c r="DN6" s="31"/>
       <c r="DO6" s="31"/>
       <c r="DP6" s="31"/>
       <c r="DQ6" s="31"/>
       <c r="DR6" s="31"/>
       <c r="DS6" s="31"/>
       <c r="DT6" s="31"/>
       <c r="DU6" s="31"/>
       <c r="DV6" s="31"/>
       <c r="DW6" s="31"/>
       <c r="DX6" s="31"/>
       <c r="DY6" s="31"/>
       <c r="DZ6" s="31"/>
       <c r="EA6" s="31"/>
       <c r="EB6" s="31"/>
       <c r="EC6" s="31"/>
       <c r="ED6" s="31"/>
       <c r="EE6" s="31"/>
       <c r="EF6" s="31"/>
       <c r="EG6" s="31"/>
       <c r="EH6" s="31"/>
       <c r="EI6" s="31"/>
       <c r="EJ6" s="31"/>
       <c r="EK6" s="31"/>
       <c r="EL6" s="31"/>
+      <c r="EM6" s="31"/>
+      <c r="EN6" s="31"/>
     </row>
-    <row r="7" spans="2:142" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:144" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>8</v>
       </c>
@@ -2386,52 +2398,58 @@
       </c>
       <c r="EE7" s="10" t="s">
         <v>159</v>
       </c>
       <c r="EF7" s="10" t="s">
         <v>160</v>
       </c>
       <c r="EG7" s="10" t="s">
         <v>161</v>
       </c>
       <c r="EH7" s="10" t="s">
         <v>162</v>
       </c>
       <c r="EI7" s="10" t="s">
         <v>163</v>
       </c>
       <c r="EJ7" s="10" t="s">
         <v>164</v>
       </c>
       <c r="EK7" s="10" t="s">
         <v>165</v>
       </c>
       <c r="EL7" s="10" t="s">
         <v>166</v>
       </c>
+      <c r="EM7" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="EN7" s="10" t="s">
+        <v>168</v>
+      </c>
     </row>
-    <row r="8" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
@@ -2531,52 +2549,54 @@
       <c r="DN8" s="13"/>
       <c r="DO8" s="13"/>
       <c r="DP8" s="13"/>
       <c r="DQ8" s="13"/>
       <c r="DR8" s="13"/>
       <c r="DS8" s="13"/>
       <c r="DT8" s="13"/>
       <c r="DU8" s="13"/>
       <c r="DV8" s="13"/>
       <c r="DW8" s="13"/>
       <c r="DX8" s="13"/>
       <c r="DY8" s="13"/>
       <c r="DZ8" s="13"/>
       <c r="EA8" s="13"/>
       <c r="EB8" s="13"/>
       <c r="EC8" s="13"/>
       <c r="ED8" s="13"/>
       <c r="EE8" s="13"/>
       <c r="EF8" s="13"/>
       <c r="EG8" s="13"/>
       <c r="EH8" s="13"/>
       <c r="EI8" s="13"/>
       <c r="EJ8" s="13"/>
       <c r="EK8" s="13"/>
       <c r="EL8" s="13"/>
+      <c r="EM8" s="13"/>
+      <c r="EN8" s="13"/>
     </row>
-    <row r="9" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="16">
         <v>6457.4939051800002</v>
       </c>
       <c r="D9" s="16">
         <v>6254.1664790699997</v>
       </c>
       <c r="E9" s="16">
         <v>6493.1999618600003</v>
       </c>
       <c r="F9" s="16">
         <v>6351.3615837500001</v>
       </c>
       <c r="G9" s="16">
         <v>6147.9347116099998</v>
       </c>
       <c r="H9" s="16">
         <v>6283.1360510799996</v>
       </c>
       <c r="I9" s="16">
         <v>6503.4244672200002</v>
       </c>
       <c r="J9" s="16">
@@ -2956,52 +2976,58 @@
       </c>
       <c r="EE9" s="16">
         <v>6275.2934922000004</v>
       </c>
       <c r="EF9" s="16">
         <v>6223.5575721000005</v>
       </c>
       <c r="EG9" s="16">
         <v>6279.1723228000001</v>
       </c>
       <c r="EH9" s="16">
         <v>6182.30477548</v>
       </c>
       <c r="EI9" s="16">
         <v>6256.7915280799998</v>
       </c>
       <c r="EJ9" s="16">
         <v>6339.7547550999998</v>
       </c>
       <c r="EK9" s="16">
         <v>6456.6455429800008</v>
       </c>
       <c r="EL9" s="16">
         <v>6487.5189353799997</v>
       </c>
+      <c r="EM9" s="16">
+        <v>6442.3321493800004</v>
+      </c>
+      <c r="EN9" s="16">
+        <v>6499.3958681800004</v>
+      </c>
     </row>
-    <row r="10" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="18">
         <v>2921.7738990500002</v>
       </c>
       <c r="D10" s="18">
         <v>2819.9538894900002</v>
       </c>
       <c r="E10" s="18">
         <v>3059.6650164500002</v>
       </c>
       <c r="F10" s="18">
         <v>2865.1707176199998</v>
       </c>
       <c r="G10" s="18">
         <v>2661.0323503599998</v>
       </c>
       <c r="H10" s="18">
         <v>2796.23468525</v>
       </c>
       <c r="I10" s="18">
         <v>3016.5231013900002</v>
       </c>
       <c r="J10" s="18">
@@ -3381,52 +3407,58 @@
       </c>
       <c r="EE10" s="18">
         <v>3110.6451318200002</v>
       </c>
       <c r="EF10" s="18">
         <v>3058.9092117199998</v>
       </c>
       <c r="EG10" s="18">
         <v>3114.5239624199999</v>
       </c>
       <c r="EH10" s="18">
         <v>3017.6564150999998</v>
       </c>
       <c r="EI10" s="18">
         <v>3092.1431676999996</v>
       </c>
       <c r="EJ10" s="18">
         <v>3175.1063947199996</v>
       </c>
       <c r="EK10" s="18">
         <v>3291.9971826000001</v>
       </c>
       <c r="EL10" s="18">
         <v>3322.8705749999999</v>
       </c>
+      <c r="EM10" s="18">
+        <v>3278.2082610000002</v>
+      </c>
+      <c r="EN10" s="18">
+        <v>3335.2719798000003</v>
+      </c>
     </row>
-    <row r="11" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="18">
         <v>3535.7200061399999</v>
       </c>
       <c r="D11" s="18">
         <v>3434.2125895899999</v>
       </c>
       <c r="E11" s="18">
         <v>3433.53494542</v>
       </c>
       <c r="F11" s="18">
         <v>3486.1908661299999</v>
       </c>
       <c r="G11" s="18">
         <v>3486.90236125</v>
       </c>
       <c r="H11" s="18">
         <v>3486.90136583</v>
       </c>
       <c r="I11" s="18">
         <v>3486.90136583</v>
       </c>
       <c r="J11" s="18">
@@ -3806,52 +3838,58 @@
       </c>
       <c r="EE11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EF11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EG11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EH11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EI11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EJ11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EK11" s="18">
         <v>3164.6483603800002</v>
       </c>
       <c r="EL11" s="18">
         <v>3164.6483603800002</v>
       </c>
+      <c r="EM11" s="18">
+        <v>3164.1238883800002</v>
+      </c>
+      <c r="EN11" s="18">
+        <v>3164.1238883800002</v>
+      </c>
     </row>
-    <row r="12" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="16">
         <v>87.076566459999995</v>
       </c>
       <c r="D12" s="16">
         <v>87.06308713</v>
       </c>
       <c r="E12" s="16">
         <v>86.747644829999999</v>
       </c>
       <c r="F12" s="16">
         <v>86.747644829999999</v>
       </c>
       <c r="G12" s="16">
         <v>87.029323779999999</v>
       </c>
       <c r="H12" s="16">
         <v>87.029323779999999</v>
       </c>
       <c r="I12" s="16">
         <v>87.220922419999994</v>
       </c>
       <c r="J12" s="16">
@@ -4231,52 +4269,58 @@
       </c>
       <c r="EE12" s="16">
         <v>73.347100279999992</v>
       </c>
       <c r="EF12" s="16">
         <v>73.479766279999993</v>
       </c>
       <c r="EG12" s="16">
         <v>73.479766279999993</v>
       </c>
       <c r="EH12" s="16">
         <v>73.479766279999993</v>
       </c>
       <c r="EI12" s="16">
         <v>73.480234280000005</v>
       </c>
       <c r="EJ12" s="16">
         <v>73.682234280000003</v>
       </c>
       <c r="EK12" s="16">
         <v>73.682234280000003</v>
       </c>
       <c r="EL12" s="16">
         <v>73.682234280000003</v>
       </c>
+      <c r="EM12" s="16">
+        <v>73.682234280000003</v>
+      </c>
+      <c r="EN12" s="16">
+        <v>73.682234280000003</v>
+      </c>
     </row>
-    <row r="13" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="18">
         <v>1.96347468</v>
       </c>
       <c r="D13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="E13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="F13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="G13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="H13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="I13" s="18">
         <v>1.94999535</v>
       </c>
       <c r="J13" s="18">
@@ -4656,52 +4700,58 @@
       </c>
       <c r="EE13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EF13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EG13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EH13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EI13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EJ13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EK13" s="18">
         <v>7.4566999999999997</v>
       </c>
       <c r="EL13" s="18">
         <v>7.4566999999999997</v>
       </c>
+      <c r="EM13" s="18">
+        <v>7.4566999999999997</v>
+      </c>
+      <c r="EN13" s="18">
+        <v>7.4566999999999997</v>
+      </c>
     </row>
-    <row r="14" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="18">
         <v>85.113091780000005</v>
       </c>
       <c r="D14" s="18">
         <v>85.113091780000005</v>
       </c>
       <c r="E14" s="18">
         <v>84.797649480000004</v>
       </c>
       <c r="F14" s="18">
         <v>84.797649480000004</v>
       </c>
       <c r="G14" s="18">
         <v>85.079328419999996</v>
       </c>
       <c r="H14" s="18">
         <v>85.079328419999996</v>
       </c>
       <c r="I14" s="18">
         <v>85.270927069999999</v>
       </c>
       <c r="J14" s="18">
@@ -5081,52 +5131,58 @@
       </c>
       <c r="EE14" s="18">
         <v>65.890400279999994</v>
       </c>
       <c r="EF14" s="18">
         <v>66.023066279999995</v>
       </c>
       <c r="EG14" s="18">
         <v>66.023066279999995</v>
       </c>
       <c r="EH14" s="18">
         <v>66.023066279999995</v>
       </c>
       <c r="EI14" s="18">
         <v>66.023534280000007</v>
       </c>
       <c r="EJ14" s="18">
         <v>66.225534280000005</v>
       </c>
       <c r="EK14" s="18">
         <v>66.225534280000005</v>
       </c>
       <c r="EL14" s="18">
         <v>66.225534280000005</v>
       </c>
+      <c r="EM14" s="18">
+        <v>66.225534280000005</v>
+      </c>
+      <c r="EN14" s="18">
+        <v>66.225534280000005</v>
+      </c>
     </row>
-    <row r="15" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="16">
         <v>266.77856171000002</v>
       </c>
       <c r="D15" s="16">
         <v>272.72431151000001</v>
       </c>
       <c r="E15" s="16">
         <v>274.65212754999999</v>
       </c>
       <c r="F15" s="16">
         <v>283.18075764000002</v>
       </c>
       <c r="G15" s="16">
         <v>268.12553892</v>
       </c>
       <c r="H15" s="16">
         <v>264.70906589999998</v>
       </c>
       <c r="I15" s="16">
         <v>274.51766982999999</v>
       </c>
       <c r="J15" s="16">
@@ -5506,52 +5562,58 @@
       </c>
       <c r="EE15" s="16">
         <v>438.09827595000002</v>
       </c>
       <c r="EF15" s="16">
         <v>413.44670945000001</v>
       </c>
       <c r="EG15" s="16">
         <v>425.43761245000002</v>
       </c>
       <c r="EH15" s="16">
         <v>415.32390944999997</v>
       </c>
       <c r="EI15" s="16">
         <v>418.40854895000001</v>
       </c>
       <c r="EJ15" s="16">
         <v>410.53589744999999</v>
       </c>
       <c r="EK15" s="16">
         <v>427.98457294999997</v>
       </c>
       <c r="EL15" s="16">
         <v>429.49792144999998</v>
       </c>
+      <c r="EM15" s="16">
+        <v>435.91516695000001</v>
+      </c>
+      <c r="EN15" s="16">
+        <v>438.76803645000001</v>
+      </c>
     </row>
-    <row r="16" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="18">
         <v>224.34096149000001</v>
       </c>
       <c r="D16" s="18">
         <v>230.28671127999999</v>
       </c>
       <c r="E16" s="18">
         <v>232.21452732</v>
       </c>
       <c r="F16" s="18">
         <v>241.77898447000001</v>
       </c>
       <c r="G16" s="18">
         <v>226.72376574</v>
       </c>
       <c r="H16" s="18">
         <v>223.30729273</v>
       </c>
       <c r="I16" s="18">
         <v>233.11589665</v>
       </c>
       <c r="J16" s="18">
@@ -5931,52 +5993,58 @@
       </c>
       <c r="EE16" s="18">
         <v>418.01487300000002</v>
       </c>
       <c r="EF16" s="18">
         <v>393.36330650000002</v>
       </c>
       <c r="EG16" s="18">
         <v>405.35420950000002</v>
       </c>
       <c r="EH16" s="18">
         <v>395.24050649999998</v>
       </c>
       <c r="EI16" s="18">
         <v>398.32514600000002</v>
       </c>
       <c r="EJ16" s="18">
         <v>390.4524945</v>
       </c>
       <c r="EK16" s="18">
         <v>407.90116999999998</v>
       </c>
       <c r="EL16" s="18">
         <v>409.41451849999999</v>
       </c>
+      <c r="EM16" s="18">
+        <v>415.83176400000002</v>
+      </c>
+      <c r="EN16" s="18">
+        <v>418.68463350000002</v>
+      </c>
     </row>
-    <row r="17" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="18">
         <v>42.437600230000001</v>
       </c>
       <c r="D17" s="18">
         <v>42.437600230000001</v>
       </c>
       <c r="E17" s="18">
         <v>42.437600230000001</v>
       </c>
       <c r="F17" s="18">
         <v>41.401773179999999</v>
       </c>
       <c r="G17" s="18">
         <v>41.401773179999999</v>
       </c>
       <c r="H17" s="18">
         <v>41.401773179999999</v>
       </c>
       <c r="I17" s="18">
         <v>41.401773179999999</v>
       </c>
       <c r="J17" s="18">
@@ -6356,52 +6424,58 @@
       </c>
       <c r="EE17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EF17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EG17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EH17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EI17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EJ17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EK17" s="18">
         <v>20.08340295</v>
       </c>
       <c r="EL17" s="18">
         <v>20.08340295</v>
       </c>
+      <c r="EM17" s="18">
+        <v>20.08340295</v>
+      </c>
+      <c r="EN17" s="18">
+        <v>20.08340295</v>
+      </c>
     </row>
-    <row r="18" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="16">
         <v>167.80136813999999</v>
       </c>
       <c r="D18" s="16">
         <v>167.72550957999999</v>
       </c>
       <c r="E18" s="16">
         <v>167.43950189</v>
       </c>
       <c r="F18" s="16">
         <v>167.20927134999999</v>
       </c>
       <c r="G18" s="16">
         <v>182.67967274</v>
       </c>
       <c r="H18" s="16">
         <v>182.25368179</v>
       </c>
       <c r="I18" s="16">
         <v>215.78990494999999</v>
       </c>
       <c r="J18" s="16">
@@ -6781,52 +6855,58 @@
       </c>
       <c r="EE18" s="16">
         <v>38.825119310000005</v>
       </c>
       <c r="EF18" s="16">
         <v>38.825119310000005</v>
       </c>
       <c r="EG18" s="16">
         <v>48.499724490000006</v>
       </c>
       <c r="EH18" s="16">
         <v>48.499724490000006</v>
       </c>
       <c r="EI18" s="16">
         <v>48.499724490000006</v>
       </c>
       <c r="EJ18" s="16">
         <v>48.499724490000006</v>
       </c>
       <c r="EK18" s="16">
         <v>48.499724490000006</v>
       </c>
       <c r="EL18" s="16">
         <v>48.499724490000006</v>
       </c>
+      <c r="EM18" s="16">
+        <v>48.499724490000006</v>
+      </c>
+      <c r="EN18" s="16">
+        <v>48.499724490000006</v>
+      </c>
     </row>
-    <row r="19" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="18">
         <v>6.5444159900000001</v>
       </c>
       <c r="D19" s="18">
         <v>6.4685574299999997</v>
       </c>
       <c r="E19" s="18">
         <v>6.1825497399999998</v>
       </c>
       <c r="F19" s="18">
         <v>5.9523191999999998</v>
       </c>
       <c r="G19" s="18">
         <v>21.422720590000001</v>
       </c>
       <c r="H19" s="18">
         <v>20.996729630000001</v>
       </c>
       <c r="I19" s="18">
         <v>20.578418320000001</v>
       </c>
       <c r="J19" s="18">
@@ -7206,52 +7286,58 @@
       </c>
       <c r="EE19" s="18">
         <v>0</v>
       </c>
       <c r="EF19" s="18">
         <v>0</v>
       </c>
       <c r="EG19" s="18">
         <v>0</v>
       </c>
       <c r="EH19" s="18">
         <v>0</v>
       </c>
       <c r="EI19" s="18">
         <v>0</v>
       </c>
       <c r="EJ19" s="18">
         <v>0</v>
       </c>
       <c r="EK19" s="18">
         <v>0</v>
       </c>
       <c r="EL19" s="18">
         <v>0</v>
       </c>
+      <c r="EM19" s="18">
+        <v>0</v>
+      </c>
+      <c r="EN19" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="D20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="E20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="F20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="G20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="H20" s="18">
         <v>161.25695214999999</v>
       </c>
       <c r="I20" s="18">
         <v>195.21148663</v>
       </c>
       <c r="J20" s="18">
@@ -7631,52 +7717,58 @@
       </c>
       <c r="EE20" s="18">
         <v>38.825119310000005</v>
       </c>
       <c r="EF20" s="18">
         <v>38.825119310000005</v>
       </c>
       <c r="EG20" s="18">
         <v>48.499724490000006</v>
       </c>
       <c r="EH20" s="18">
         <v>48.499724490000006</v>
       </c>
       <c r="EI20" s="18">
         <v>48.499724490000006</v>
       </c>
       <c r="EJ20" s="18">
         <v>48.499724490000006</v>
       </c>
       <c r="EK20" s="18">
         <v>48.499724490000006</v>
       </c>
       <c r="EL20" s="18">
         <v>48.499724490000006</v>
       </c>
+      <c r="EM20" s="18">
+        <v>48.499724490000006</v>
+      </c>
+      <c r="EN20" s="18">
+        <v>48.499724490000006</v>
+      </c>
     </row>
-    <row r="21" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="16">
         <v>91.051911239999995</v>
       </c>
       <c r="D21" s="16">
         <v>94.092068150000003</v>
       </c>
       <c r="E21" s="16">
         <v>90.787969739999994</v>
       </c>
       <c r="F21" s="16">
         <v>89.123382820000003</v>
       </c>
       <c r="G21" s="16">
         <v>88.372896069999996</v>
       </c>
       <c r="H21" s="16">
         <v>89.380189790000003</v>
       </c>
       <c r="I21" s="16">
         <v>91.196640250000002</v>
       </c>
       <c r="J21" s="16">
@@ -8056,52 +8148,58 @@
       </c>
       <c r="EE21" s="16">
         <v>326.74580700000001</v>
       </c>
       <c r="EF21" s="16">
         <v>400.33419700000002</v>
       </c>
       <c r="EG21" s="16">
         <v>367.65271763999999</v>
       </c>
       <c r="EH21" s="16">
         <v>342.86146799999995</v>
       </c>
       <c r="EI21" s="16">
         <v>352.93457679999995</v>
       </c>
       <c r="EJ21" s="16">
         <v>394.69004808</v>
       </c>
       <c r="EK21" s="16">
         <v>398.15193443999999</v>
       </c>
       <c r="EL21" s="16">
         <v>431.87160144000001</v>
       </c>
+      <c r="EM21" s="16">
+        <v>430.92489752</v>
+      </c>
+      <c r="EN21" s="16">
+        <v>487.07881204</v>
+      </c>
     </row>
-    <row r="22" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="18">
         <v>73.460042900000005</v>
       </c>
       <c r="D22" s="18">
         <v>76.500199809999998</v>
       </c>
       <c r="E22" s="18">
         <v>73.196101400000003</v>
       </c>
       <c r="F22" s="18">
         <v>71.828043780000002</v>
       </c>
       <c r="G22" s="18">
         <v>71.077557029999994</v>
       </c>
       <c r="H22" s="18">
         <v>72.084850750000001</v>
       </c>
       <c r="I22" s="18">
         <v>73.90130121</v>
       </c>
       <c r="J22" s="18">
@@ -8481,52 +8579,58 @@
       </c>
       <c r="EE22" s="18">
         <v>325.16723999999999</v>
       </c>
       <c r="EF22" s="18">
         <v>398.75563</v>
       </c>
       <c r="EG22" s="18">
         <v>366.0740596</v>
       </c>
       <c r="EH22" s="18">
         <v>341.28278719999997</v>
       </c>
       <c r="EI22" s="18">
         <v>351.35589599999997</v>
       </c>
       <c r="EJ22" s="18">
         <v>393.11129899999997</v>
       </c>
       <c r="EK22" s="18">
         <v>396.57293499999997</v>
       </c>
       <c r="EL22" s="18">
         <v>430.29260199999999</v>
       </c>
+      <c r="EM22" s="18">
+        <v>429.34571599999998</v>
+      </c>
+      <c r="EN22" s="18">
+        <v>485.49958500000002</v>
+      </c>
     </row>
-    <row r="23" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="18">
         <v>17.591868340000001</v>
       </c>
       <c r="D23" s="18">
         <v>17.591868340000001</v>
       </c>
       <c r="E23" s="18">
         <v>17.591868340000001</v>
       </c>
       <c r="F23" s="18">
         <v>17.295339040000002</v>
       </c>
       <c r="G23" s="18">
         <v>17.295339040000002</v>
       </c>
       <c r="H23" s="18">
         <v>17.295339040000002</v>
       </c>
       <c r="I23" s="18">
         <v>17.295339040000002</v>
       </c>
       <c r="J23" s="18">
@@ -8906,52 +9010,58 @@
       </c>
       <c r="EE23" s="18">
         <v>1.5785670000000001</v>
       </c>
       <c r="EF23" s="18">
         <v>1.5785670000000001</v>
       </c>
       <c r="EG23" s="18">
         <v>1.5786580400000001</v>
       </c>
       <c r="EH23" s="18">
         <v>1.5786808000000001</v>
       </c>
       <c r="EI23" s="18">
         <v>1.5786808000000001</v>
       </c>
       <c r="EJ23" s="18">
         <v>1.5787490800000001</v>
       </c>
       <c r="EK23" s="18">
         <v>1.57899944</v>
       </c>
       <c r="EL23" s="18">
         <v>1.57899944</v>
       </c>
+      <c r="EM23" s="18">
+        <v>1.5791815200000001</v>
+      </c>
+      <c r="EN23" s="18">
+        <v>1.5792270400000001</v>
+      </c>
     </row>
-    <row r="24" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="16">
         <v>116.07704428</v>
       </c>
       <c r="D24" s="16">
         <v>115.85808283</v>
       </c>
       <c r="E24" s="16">
         <v>116.054582</v>
       </c>
       <c r="F24" s="16">
         <v>115.42760077</v>
       </c>
       <c r="G24" s="16">
         <v>114.39664286</v>
       </c>
       <c r="H24" s="16">
         <v>111.5506178</v>
       </c>
       <c r="I24" s="16">
         <v>110.01856537</v>
       </c>
       <c r="J24" s="16">
@@ -9331,52 +9441,58 @@
       </c>
       <c r="EE24" s="16">
         <v>98.398470839999987</v>
       </c>
       <c r="EF24" s="16">
         <v>100.22778954</v>
       </c>
       <c r="EG24" s="16">
         <v>103.49794514</v>
       </c>
       <c r="EH24" s="16">
         <v>100.00301354</v>
       </c>
       <c r="EI24" s="16">
         <v>93.679246939999999</v>
       </c>
       <c r="EJ24" s="16">
         <v>95.801846890000007</v>
       </c>
       <c r="EK24" s="16">
         <v>100.26630920000001</v>
       </c>
       <c r="EL24" s="16">
         <v>99.611702139999991</v>
       </c>
+      <c r="EM24" s="16">
+        <v>98.527309340000002</v>
+      </c>
+      <c r="EN24" s="16">
+        <v>99.916500939999992</v>
+      </c>
     </row>
-    <row r="25" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="18">
         <v>40.83660046</v>
       </c>
       <c r="D25" s="18">
         <v>40.617638999999997</v>
       </c>
       <c r="E25" s="18">
         <v>40.81413818</v>
       </c>
       <c r="F25" s="18">
         <v>40.658986519999999</v>
       </c>
       <c r="G25" s="18">
         <v>39.628028620000002</v>
       </c>
       <c r="H25" s="18">
         <v>36.78200356</v>
       </c>
       <c r="I25" s="18">
         <v>35.249951119999999</v>
       </c>
       <c r="J25" s="18">
@@ -9756,52 +9872,58 @@
       </c>
       <c r="EE25" s="18">
         <v>71.721433739999995</v>
       </c>
       <c r="EF25" s="18">
         <v>73.523279400000007</v>
       </c>
       <c r="EG25" s="18">
         <v>76.793435000000002</v>
       </c>
       <c r="EH25" s="18">
         <v>73.298503400000001</v>
       </c>
       <c r="EI25" s="18">
         <v>66.974736800000002</v>
       </c>
       <c r="EJ25" s="18">
         <v>69.082839750000005</v>
       </c>
       <c r="EK25" s="18">
         <v>73.547302060000007</v>
       </c>
       <c r="EL25" s="18">
         <v>72.907191999999995</v>
       </c>
+      <c r="EM25" s="18">
+        <v>71.822799200000006</v>
+      </c>
+      <c r="EN25" s="18">
+        <v>72.831490799999997</v>
+      </c>
     </row>
-    <row r="26" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="18">
         <v>75.240443830000004</v>
       </c>
       <c r="D26" s="18">
         <v>75.240443830000004</v>
       </c>
       <c r="E26" s="18">
         <v>75.240443830000004</v>
       </c>
       <c r="F26" s="18">
         <v>74.768614240000005</v>
       </c>
       <c r="G26" s="18">
         <v>74.768614240000005</v>
       </c>
       <c r="H26" s="18">
         <v>74.768614240000005</v>
       </c>
       <c r="I26" s="18">
         <v>74.768614240000005</v>
       </c>
       <c r="J26" s="18">
@@ -10181,52 +10303,58 @@
       </c>
       <c r="EE26" s="18">
         <v>26.6770371</v>
       </c>
       <c r="EF26" s="18">
         <v>26.70451014</v>
       </c>
       <c r="EG26" s="18">
         <v>26.70451014</v>
       </c>
       <c r="EH26" s="18">
         <v>26.70451014</v>
       </c>
       <c r="EI26" s="18">
         <v>26.70451014</v>
       </c>
       <c r="EJ26" s="18">
         <v>26.719007140000002</v>
       </c>
       <c r="EK26" s="18">
         <v>26.719007140000002</v>
       </c>
       <c r="EL26" s="18">
         <v>26.70451014</v>
       </c>
+      <c r="EM26" s="18">
+        <v>26.70451014</v>
+      </c>
+      <c r="EN26" s="18">
+        <v>27.085010140000001</v>
+      </c>
     </row>
-    <row r="27" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="16">
         <v>0</v>
       </c>
       <c r="D27" s="16">
         <v>0</v>
       </c>
       <c r="E27" s="16">
         <v>0</v>
       </c>
       <c r="F27" s="16">
         <v>0</v>
       </c>
       <c r="G27" s="16">
         <v>0</v>
       </c>
       <c r="H27" s="16">
         <v>0</v>
       </c>
       <c r="I27" s="16">
         <v>0</v>
       </c>
       <c r="J27" s="16">
@@ -10606,52 +10734,58 @@
       </c>
       <c r="EE27" s="16">
         <v>1681.4413914900001</v>
       </c>
       <c r="EF27" s="16">
         <v>1495.7417179700001</v>
       </c>
       <c r="EG27" s="16">
         <v>1456.4847665099999</v>
       </c>
       <c r="EH27" s="16">
         <v>1408.96584839</v>
       </c>
       <c r="EI27" s="16">
         <v>1388.86784657</v>
       </c>
       <c r="EJ27" s="16">
         <v>1433.8567692399997</v>
       </c>
       <c r="EK27" s="16">
         <v>1447.1720996499998</v>
       </c>
       <c r="EL27" s="16">
         <v>1515.33948033</v>
       </c>
+      <c r="EM27" s="16">
+        <v>1494.8224023599998</v>
+      </c>
+      <c r="EN27" s="16">
+        <v>1572.38197431</v>
+      </c>
     </row>
-    <row r="28" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="18">
         <v>0</v>
       </c>
       <c r="D28" s="18">
         <v>0</v>
       </c>
       <c r="E28" s="18">
         <v>0</v>
       </c>
       <c r="F28" s="18">
         <v>0</v>
       </c>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
@@ -11031,52 +11165,58 @@
       </c>
       <c r="EE28" s="18">
         <v>1681.4413914900001</v>
       </c>
       <c r="EF28" s="18">
         <v>1477.9080319700001</v>
       </c>
       <c r="EG28" s="18">
         <v>1438.6510805099999</v>
       </c>
       <c r="EH28" s="18">
         <v>1391.1321623900001</v>
       </c>
       <c r="EI28" s="18">
         <v>1371.03416057</v>
       </c>
       <c r="EJ28" s="18">
         <v>1374.8820226199998</v>
       </c>
       <c r="EK28" s="18">
         <v>1388.1973530299999</v>
       </c>
       <c r="EL28" s="18">
         <v>1456.3647337100001</v>
       </c>
+      <c r="EM28" s="18">
+        <v>1435.8476557399999</v>
+      </c>
+      <c r="EN28" s="18">
+        <v>1513.4072276900001</v>
+      </c>
     </row>
-    <row r="29" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="18">
         <v>0</v>
       </c>
       <c r="D29" s="18">
         <v>0</v>
       </c>
       <c r="E29" s="18">
         <v>0</v>
       </c>
       <c r="F29" s="18">
         <v>0</v>
       </c>
       <c r="G29" s="18">
         <v>0</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>0</v>
       </c>
       <c r="J29" s="18">
@@ -11456,52 +11596,58 @@
       </c>
       <c r="EE29" s="18">
         <v>0</v>
       </c>
       <c r="EF29" s="18">
         <v>17.833686</v>
       </c>
       <c r="EG29" s="18">
         <v>17.833686</v>
       </c>
       <c r="EH29" s="18">
         <v>17.833686</v>
       </c>
       <c r="EI29" s="18">
         <v>17.833686</v>
       </c>
       <c r="EJ29" s="18">
         <v>58.974746619999998</v>
       </c>
       <c r="EK29" s="18">
         <v>58.974746619999998</v>
       </c>
       <c r="EL29" s="18">
         <v>58.974746619999998</v>
       </c>
+      <c r="EM29" s="18">
+        <v>58.974746619999998</v>
+      </c>
+      <c r="EN29" s="18">
+        <v>58.974746619999998</v>
+      </c>
     </row>
-    <row r="30" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="16">
         <v>38.219221169999997</v>
       </c>
       <c r="D30" s="16">
         <v>43.499483040000001</v>
       </c>
       <c r="E30" s="16">
         <v>43.499483040000001</v>
       </c>
       <c r="F30" s="16">
         <v>43.844687110000002</v>
       </c>
       <c r="G30" s="16">
         <v>43.237804760000003</v>
       </c>
       <c r="H30" s="16">
         <v>38.406415150000001</v>
       </c>
       <c r="I30" s="16">
         <v>38.092387819999999</v>
       </c>
       <c r="J30" s="16">
@@ -11881,52 +12027,58 @@
       </c>
       <c r="EE30" s="16">
         <v>425.71401602000003</v>
       </c>
       <c r="EF30" s="16">
         <v>432.95038534999998</v>
       </c>
       <c r="EG30" s="16">
         <v>426.45338615000003</v>
       </c>
       <c r="EH30" s="16">
         <v>421.22209002000005</v>
       </c>
       <c r="EI30" s="16">
         <v>382.0689540599999</v>
       </c>
       <c r="EJ30" s="16">
         <v>384.54152066</v>
       </c>
       <c r="EK30" s="16">
         <v>409.94565266000001</v>
       </c>
       <c r="EL30" s="16">
         <v>410.04455325999999</v>
       </c>
+      <c r="EM30" s="16">
+        <v>390.24317096999994</v>
+      </c>
+      <c r="EN30" s="16">
+        <v>388.90425976999995</v>
+      </c>
     </row>
-    <row r="31" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="18">
         <v>29.038813709999999</v>
       </c>
       <c r="D31" s="18">
         <v>34.273644570000002</v>
       </c>
       <c r="E31" s="18">
         <v>34.273644570000002</v>
       </c>
       <c r="F31" s="18">
         <v>34.37219125</v>
       </c>
       <c r="G31" s="18">
         <v>34.314383169999999</v>
       </c>
       <c r="H31" s="18">
         <v>30.19244209</v>
       </c>
       <c r="I31" s="18">
         <v>28.13332218</v>
       </c>
       <c r="J31" s="18">
@@ -12306,52 +12458,58 @@
       </c>
       <c r="EE31" s="18">
         <v>328.06852400000002</v>
       </c>
       <c r="EF31" s="18">
         <v>335.58827200000002</v>
       </c>
       <c r="EG31" s="18">
         <v>329.12201600000003</v>
       </c>
       <c r="EH31" s="18">
         <v>326.53551360000006</v>
       </c>
       <c r="EI31" s="18">
         <v>291.72923919999994</v>
       </c>
       <c r="EJ31" s="18">
         <v>294.2149728</v>
       </c>
       <c r="EK31" s="18">
         <v>319.6191048</v>
       </c>
       <c r="EL31" s="18">
         <v>319.70483840000003</v>
       </c>
+      <c r="EM31" s="18">
+        <v>299.70315360000001</v>
+      </c>
+      <c r="EN31" s="18">
+        <v>298.36955039999998</v>
+      </c>
     </row>
-    <row r="32" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="18">
         <v>9.1804074599999996</v>
       </c>
       <c r="D32" s="18">
         <v>9.2258384800000002</v>
       </c>
       <c r="E32" s="18">
         <v>9.2258384800000002</v>
       </c>
       <c r="F32" s="18">
         <v>9.4724958499999996</v>
       </c>
       <c r="G32" s="18">
         <v>8.9234215900000002</v>
       </c>
       <c r="H32" s="18">
         <v>8.2139730600000007</v>
       </c>
       <c r="I32" s="18">
         <v>9.9590656299999996</v>
       </c>
       <c r="J32" s="18">
@@ -12731,52 +12889,58 @@
       </c>
       <c r="EE32" s="18">
         <v>97.645492019999992</v>
       </c>
       <c r="EF32" s="18">
         <v>97.362113350000001</v>
       </c>
       <c r="EG32" s="18">
         <v>97.331370149999998</v>
       </c>
       <c r="EH32" s="18">
         <v>94.686576419999994</v>
       </c>
       <c r="EI32" s="18">
         <v>90.339714860000001</v>
       </c>
       <c r="EJ32" s="18">
         <v>90.326547860000005</v>
       </c>
       <c r="EK32" s="18">
         <v>90.326547860000005</v>
       </c>
       <c r="EL32" s="18">
         <v>90.339714860000001</v>
       </c>
+      <c r="EM32" s="18">
+        <v>90.540017370000001</v>
+      </c>
+      <c r="EN32" s="18">
+        <v>90.534709370000002</v>
+      </c>
     </row>
-    <row r="33" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="15" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="16">
         <v>239.05549489000001</v>
       </c>
       <c r="D33" s="16">
         <v>240.62580496000001</v>
       </c>
       <c r="E33" s="16">
         <v>303.66890458</v>
       </c>
       <c r="F33" s="16">
         <v>310.74970901</v>
       </c>
       <c r="G33" s="16">
         <v>305.59320457000001</v>
       </c>
       <c r="H33" s="16">
         <v>305.68404452999999</v>
       </c>
       <c r="I33" s="16">
         <v>308.92024250999998</v>
       </c>
       <c r="J33" s="16">
@@ -13156,52 +13320,58 @@
       </c>
       <c r="EE33" s="16">
         <v>818.96257462000005</v>
       </c>
       <c r="EF33" s="16">
         <v>818.96253187000002</v>
       </c>
       <c r="EG33" s="16">
         <v>812.19745187000001</v>
       </c>
       <c r="EH33" s="16">
         <v>812.19745187000001</v>
       </c>
       <c r="EI33" s="16">
         <v>810.74779187000001</v>
       </c>
       <c r="EJ33" s="16">
         <v>711.54550080000001</v>
       </c>
       <c r="EK33" s="16">
         <v>715.8944808</v>
       </c>
       <c r="EL33" s="16">
         <v>717.34414079999999</v>
       </c>
+      <c r="EM33" s="16">
+        <v>716.86092080000003</v>
+      </c>
+      <c r="EN33" s="16">
+        <v>719.27702079999995</v>
+      </c>
     </row>
-    <row r="34" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="18">
         <v>108.33475297</v>
       </c>
       <c r="D34" s="18">
         <v>109.71131429</v>
       </c>
       <c r="E34" s="18">
         <v>129.20552015000001</v>
       </c>
       <c r="F34" s="18">
         <v>136.28632457</v>
       </c>
       <c r="G34" s="18">
         <v>128.48956797</v>
       </c>
       <c r="H34" s="18">
         <v>124.72009337</v>
       </c>
       <c r="I34" s="18">
         <v>124.20169238</v>
       </c>
       <c r="J34" s="18">
@@ -13581,52 +13751,58 @@
       </c>
       <c r="EE34" s="18">
         <v>79.306124640000007</v>
       </c>
       <c r="EF34" s="18">
         <v>79.306124640000007</v>
       </c>
       <c r="EG34" s="18">
         <v>72.541044639999996</v>
       </c>
       <c r="EH34" s="18">
         <v>72.541044639999996</v>
       </c>
       <c r="EI34" s="18">
         <v>71.091384640000001</v>
       </c>
       <c r="EJ34" s="18">
         <v>63.301819999999999</v>
       </c>
       <c r="EK34" s="18">
         <v>67.650800000000004</v>
       </c>
       <c r="EL34" s="18">
         <v>69.100459999999998</v>
       </c>
+      <c r="EM34" s="18">
+        <v>68.617239999999995</v>
+      </c>
+      <c r="EN34" s="18">
+        <v>71.033339999999995</v>
+      </c>
     </row>
-    <row r="35" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C35" s="18">
         <v>130.72074191999999</v>
       </c>
       <c r="D35" s="18">
         <v>130.91449068</v>
       </c>
       <c r="E35" s="18">
         <v>174.46338442999999</v>
       </c>
       <c r="F35" s="18">
         <v>174.46338442999999</v>
       </c>
       <c r="G35" s="18">
         <v>177.10363659999999</v>
       </c>
       <c r="H35" s="18">
         <v>180.96395115999999</v>
       </c>
       <c r="I35" s="18">
         <v>184.71855013999999</v>
       </c>
       <c r="J35" s="18">
@@ -14006,52 +14182,58 @@
       </c>
       <c r="EE35" s="18">
         <v>739.65644998000005</v>
       </c>
       <c r="EF35" s="18">
         <v>739.65640723000001</v>
       </c>
       <c r="EG35" s="18">
         <v>739.65640723000001</v>
       </c>
       <c r="EH35" s="18">
         <v>739.65640723000001</v>
       </c>
       <c r="EI35" s="18">
         <v>739.65640723000001</v>
       </c>
       <c r="EJ35" s="18">
         <v>648.24368079999999</v>
       </c>
       <c r="EK35" s="18">
         <v>648.24368079999999</v>
       </c>
       <c r="EL35" s="18">
         <v>648.24368079999999</v>
       </c>
+      <c r="EM35" s="18">
+        <v>648.24368079999999</v>
+      </c>
+      <c r="EN35" s="18">
+        <v>648.24368079999999</v>
+      </c>
     </row>
-    <row r="36" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="16">
         <v>3287.9808490099999</v>
       </c>
       <c r="D36" s="16">
         <v>3352.7716903800001</v>
       </c>
       <c r="E36" s="16">
         <v>3189.2888806999999</v>
       </c>
       <c r="F36" s="16">
         <v>3188.30695083</v>
       </c>
       <c r="G36" s="16">
         <v>3361.42242979</v>
       </c>
       <c r="H36" s="16">
         <v>3374.2151421600001</v>
       </c>
       <c r="I36" s="16">
         <v>3514.7394533900001</v>
       </c>
       <c r="J36" s="16">
@@ -14431,52 +14613,58 @@
       </c>
       <c r="EE36" s="16">
         <v>4228.0370405900003</v>
       </c>
       <c r="EF36" s="16">
         <v>4405.1686013300005</v>
       </c>
       <c r="EG36" s="16">
         <v>4366.2693823600002</v>
       </c>
       <c r="EH36" s="16">
         <v>4324.1866774900009</v>
       </c>
       <c r="EI36" s="16">
         <v>4465.8495246699995</v>
       </c>
       <c r="EJ36" s="16">
         <v>4925.4622450200004</v>
       </c>
       <c r="EK36" s="16">
         <v>5047.0938295599999</v>
       </c>
       <c r="EL36" s="16">
         <v>5281.7779101699998</v>
       </c>
+      <c r="EM36" s="16">
+        <v>5335.6645062000007</v>
+      </c>
+      <c r="EN36" s="16">
+        <v>5363.8406904000003</v>
+      </c>
     </row>
-    <row r="37" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="18">
         <v>1551.7986108499999</v>
       </c>
       <c r="D37" s="18">
         <v>1596.03735469</v>
       </c>
       <c r="E37" s="18">
         <v>1575.30292366</v>
       </c>
       <c r="F37" s="18">
         <v>1571.2389215400001</v>
       </c>
       <c r="G37" s="18">
         <v>1716.18691494</v>
       </c>
       <c r="H37" s="18">
         <v>1725.5579324299999</v>
       </c>
       <c r="I37" s="18">
         <v>1903.6344968400001</v>
       </c>
       <c r="J37" s="18">
@@ -14856,52 +15044,58 @@
       </c>
       <c r="EE37" s="18">
         <v>2608.3377699600001</v>
       </c>
       <c r="EF37" s="18">
         <v>2792.6054688000004</v>
       </c>
       <c r="EG37" s="18">
         <v>2675.5544408600003</v>
       </c>
       <c r="EH37" s="18">
         <v>2668.7230738400003</v>
       </c>
       <c r="EI37" s="18">
         <v>2810.5489881999997</v>
       </c>
       <c r="EJ37" s="18">
         <v>3181.2441243600001</v>
       </c>
       <c r="EK37" s="18">
         <v>3325.2187545399997</v>
       </c>
       <c r="EL37" s="18">
         <v>3568.2501695199999</v>
       </c>
+      <c r="EM37" s="18">
+        <v>3602.9317848200003</v>
+      </c>
+      <c r="EN37" s="18">
+        <v>3628.3729906799999</v>
+      </c>
     </row>
-    <row r="38" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C38" s="18">
         <v>1736.18223816</v>
       </c>
       <c r="D38" s="18">
         <v>1756.7343356900001</v>
       </c>
       <c r="E38" s="18">
         <v>1613.98595705</v>
       </c>
       <c r="F38" s="18">
         <v>1617.0680292899999</v>
       </c>
       <c r="G38" s="18">
         <v>1645.2355148500001</v>
       </c>
       <c r="H38" s="18">
         <v>1648.6572097200001</v>
       </c>
       <c r="I38" s="18">
         <v>1611.1049565400001</v>
       </c>
       <c r="J38" s="18">
@@ -15281,52 +15475,58 @@
       </c>
       <c r="EE38" s="18">
         <v>1619.69927063</v>
       </c>
       <c r="EF38" s="18">
         <v>1612.5631325300001</v>
       </c>
       <c r="EG38" s="18">
         <v>1690.7149414999999</v>
       </c>
       <c r="EH38" s="18">
         <v>1655.4636036500001</v>
       </c>
       <c r="EI38" s="18">
         <v>1655.30053647</v>
       </c>
       <c r="EJ38" s="18">
         <v>1744.2181206600001</v>
       </c>
       <c r="EK38" s="18">
         <v>1721.8750750199999</v>
       </c>
       <c r="EL38" s="18">
         <v>1713.5277406500002</v>
       </c>
+      <c r="EM38" s="18">
+        <v>1732.7327213800002</v>
+      </c>
+      <c r="EN38" s="18">
+        <v>1735.4676997199999</v>
+      </c>
     </row>
-    <row r="39" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="C39" s="16">
         <v>979.57577206999997</v>
       </c>
       <c r="D39" s="16">
         <v>987.05123047999996</v>
       </c>
       <c r="E39" s="16">
         <v>985.61344357999997</v>
       </c>
       <c r="F39" s="16">
         <v>1012.98517287</v>
       </c>
       <c r="G39" s="16">
         <v>1022.46998314</v>
       </c>
       <c r="H39" s="16">
         <v>986.82590932999994</v>
       </c>
       <c r="I39" s="16">
         <v>1013.3357878</v>
       </c>
       <c r="J39" s="16">
@@ -15706,52 +15906,58 @@
       </c>
       <c r="EE39" s="16">
         <v>1017.0804155600001</v>
       </c>
       <c r="EF39" s="16">
         <v>1045.8955663300001</v>
       </c>
       <c r="EG39" s="16">
         <v>1067.75880598</v>
       </c>
       <c r="EH39" s="16">
         <v>1034.0467858300001</v>
       </c>
       <c r="EI39" s="16">
         <v>1039.7798340900001</v>
       </c>
       <c r="EJ39" s="16">
         <v>1060.43541983</v>
       </c>
       <c r="EK39" s="16">
         <v>1074.7405754000001</v>
       </c>
       <c r="EL39" s="16">
         <v>1466.0881235900001</v>
       </c>
+      <c r="EM39" s="16">
+        <v>1457.11087653</v>
+      </c>
+      <c r="EN39" s="16">
+        <v>1458.4845739299999</v>
+      </c>
     </row>
-    <row r="40" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="18">
         <v>440.32377387000002</v>
       </c>
       <c r="D40" s="18">
         <v>446.06391740999999</v>
       </c>
       <c r="E40" s="18">
         <v>452.18832572999997</v>
       </c>
       <c r="F40" s="18">
         <v>477.84087724</v>
       </c>
       <c r="G40" s="18">
         <v>487.64148551</v>
       </c>
       <c r="H40" s="18">
         <v>468.63392209</v>
       </c>
       <c r="I40" s="18">
         <v>485.26978105000001</v>
       </c>
       <c r="J40" s="18">
@@ -16131,52 +16337,58 @@
       </c>
       <c r="EE40" s="18">
         <v>467.78271869999998</v>
       </c>
       <c r="EF40" s="18">
         <v>494.43560650000001</v>
       </c>
       <c r="EG40" s="18">
         <v>498.11915960000005</v>
       </c>
       <c r="EH40" s="18">
         <v>471.38892219999997</v>
       </c>
       <c r="EI40" s="18">
         <v>479.51800260000005</v>
       </c>
       <c r="EJ40" s="18">
         <v>503.55442696</v>
       </c>
       <c r="EK40" s="18">
         <v>514.24138011000002</v>
       </c>
       <c r="EL40" s="18">
         <v>925.77730096000005</v>
       </c>
+      <c r="EM40" s="18">
+        <v>916.77469375999999</v>
+      </c>
+      <c r="EN40" s="18">
+        <v>918.96184096000002</v>
+      </c>
     </row>
-    <row r="41" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="18">
         <v>539.25199818999999</v>
       </c>
       <c r="D41" s="18">
         <v>540.98731308000004</v>
       </c>
       <c r="E41" s="18">
         <v>533.42511783999998</v>
       </c>
       <c r="F41" s="18">
         <v>535.14429561999998</v>
       </c>
       <c r="G41" s="18">
         <v>534.82849763000002</v>
       </c>
       <c r="H41" s="18">
         <v>518.19198724</v>
       </c>
       <c r="I41" s="18">
         <v>528.06600675000004</v>
       </c>
       <c r="J41" s="18">
@@ -16556,52 +16768,58 @@
       </c>
       <c r="EE41" s="18">
         <v>549.29769686000009</v>
       </c>
       <c r="EF41" s="18">
         <v>551.45995983000012</v>
       </c>
       <c r="EG41" s="18">
         <v>569.63964638000004</v>
       </c>
       <c r="EH41" s="18">
         <v>562.65786363000007</v>
       </c>
       <c r="EI41" s="18">
         <v>560.26183149000008</v>
       </c>
       <c r="EJ41" s="18">
         <v>556.88099287</v>
       </c>
       <c r="EK41" s="18">
         <v>560.49919528999999</v>
       </c>
       <c r="EL41" s="18">
         <v>540.31082262999996</v>
       </c>
+      <c r="EM41" s="18">
+        <v>540.33618277000005</v>
+      </c>
+      <c r="EN41" s="18">
+        <v>539.52273296999999</v>
+      </c>
     </row>
-    <row r="42" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="16">
         <v>9290.7015644099993</v>
       </c>
       <c r="D42" s="16">
         <v>9012.8462023499997</v>
       </c>
       <c r="E42" s="16">
         <v>9308.8661740900006</v>
       </c>
       <c r="F42" s="16">
         <v>9096.9004289999993</v>
       </c>
       <c r="G42" s="16">
         <v>8924.7622959399996</v>
       </c>
       <c r="H42" s="16">
         <v>9227.8477760999995</v>
       </c>
       <c r="I42" s="16">
         <v>9721.1911486699992</v>
       </c>
       <c r="J42" s="16">
@@ -16981,52 +17199,58 @@
       </c>
       <c r="EE42" s="16">
         <v>19565.08570168</v>
       </c>
       <c r="EF42" s="16">
         <v>20569.89256212</v>
       </c>
       <c r="EG42" s="16">
         <v>19586.196463619999</v>
       </c>
       <c r="EH42" s="16">
         <v>19875.459410119998</v>
       </c>
       <c r="EI42" s="16">
         <v>19126.081278279999</v>
       </c>
       <c r="EJ42" s="16">
         <v>18897.630700759997</v>
       </c>
       <c r="EK42" s="16">
         <v>19194.671990619998</v>
       </c>
       <c r="EL42" s="16">
         <v>19558.147310299999</v>
       </c>
+      <c r="EM42" s="16">
+        <v>19144.82060228</v>
+      </c>
+      <c r="EN42" s="16">
+        <v>19102.829033990001</v>
+      </c>
     </row>
-    <row r="43" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="18">
         <v>6478.3925292900003</v>
       </c>
       <c r="D43" s="18">
         <v>6195.0164598299998</v>
       </c>
       <c r="E43" s="18">
         <v>6487.0119229700003</v>
       </c>
       <c r="F43" s="18">
         <v>6216.7071016299997</v>
       </c>
       <c r="G43" s="18">
         <v>6017.5231288000004</v>
       </c>
       <c r="H43" s="18">
         <v>6325.0191178499999</v>
       </c>
       <c r="I43" s="18">
         <v>6800.5114452400003</v>
       </c>
       <c r="J43" s="18">
@@ -17406,52 +17630,58 @@
       </c>
       <c r="EE43" s="18">
         <v>13504.182645319999</v>
       </c>
       <c r="EF43" s="18">
         <v>14511.034016719999</v>
       </c>
       <c r="EG43" s="18">
         <v>13539.60278445</v>
       </c>
       <c r="EH43" s="18">
         <v>13828.97394695</v>
       </c>
       <c r="EI43" s="18">
         <v>13083.596784129999</v>
       </c>
       <c r="EJ43" s="18">
         <v>12854.75964165</v>
       </c>
       <c r="EK43" s="18">
         <v>13159.33895003</v>
       </c>
       <c r="EL43" s="18">
         <v>13513.725536309999</v>
       </c>
+      <c r="EM43" s="18">
+        <v>13059.23896031</v>
+      </c>
+      <c r="EN43" s="18">
+        <v>13017.23603202</v>
+      </c>
     </row>
-    <row r="44" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C44" s="21">
         <v>2812.30903511</v>
       </c>
       <c r="D44" s="21">
         <v>2817.8297425199999</v>
       </c>
       <c r="E44" s="21">
         <v>2821.8542511199998</v>
       </c>
       <c r="F44" s="21">
         <v>2880.1933273700001</v>
       </c>
       <c r="G44" s="21">
         <v>2907.2391671400001</v>
       </c>
       <c r="H44" s="21">
         <v>2902.82865825</v>
       </c>
       <c r="I44" s="21">
         <v>2920.6797034400001</v>
       </c>
       <c r="J44" s="21">
@@ -17831,52 +18061,58 @@
       </c>
       <c r="EE44" s="21">
         <v>6060.9030563599999</v>
       </c>
       <c r="EF44" s="21">
         <v>6058.8585453999995</v>
       </c>
       <c r="EG44" s="21">
         <v>6046.5936791699996</v>
       </c>
       <c r="EH44" s="21">
         <v>6046.48546317</v>
       </c>
       <c r="EI44" s="21">
         <v>6042.4844941499996</v>
       </c>
       <c r="EJ44" s="21">
         <v>6042.8710591099998</v>
       </c>
       <c r="EK44" s="21">
         <v>6035.3330405900006</v>
       </c>
       <c r="EL44" s="21">
         <v>6044.4217739899996</v>
       </c>
+      <c r="EM44" s="21">
+        <v>6085.5816419700004</v>
+      </c>
+      <c r="EN44" s="21">
+        <v>6085.5930019699999</v>
+      </c>
     </row>
-    <row r="45" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="23">
         <v>21021.812258559999</v>
       </c>
       <c r="D45" s="23">
         <v>20628.423949489999</v>
       </c>
       <c r="E45" s="23">
         <v>21059.81867388</v>
       </c>
       <c r="F45" s="23">
         <v>20745.83718997</v>
       </c>
       <c r="G45" s="23">
         <v>20546.024504190002</v>
       </c>
       <c r="H45" s="23">
         <v>20951.038217419999</v>
       </c>
       <c r="I45" s="23">
         <v>21878.447190229999</v>
       </c>
       <c r="J45" s="23">
@@ -18256,52 +18492,58 @@
       </c>
       <c r="EE45" s="23">
         <v>34987.029405540001</v>
       </c>
       <c r="EF45" s="23">
         <v>36018.482518650002</v>
       </c>
       <c r="EG45" s="23">
         <v>35013.100345290004</v>
       </c>
       <c r="EH45" s="23">
         <v>35038.550920959999</v>
       </c>
       <c r="EI45" s="23">
         <v>34457.189089079999</v>
       </c>
       <c r="EJ45" s="23">
         <v>34776.436662599997</v>
       </c>
       <c r="EK45" s="23">
         <v>35394.748947029999</v>
       </c>
       <c r="EL45" s="23">
         <v>36519.423637629996</v>
       </c>
+      <c r="EM45" s="23">
+        <v>36069.403961100004</v>
+      </c>
+      <c r="EN45" s="23">
+        <v>36253.058729580007</v>
+      </c>
     </row>
-    <row r="46" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="24"/>
       <c r="D46" s="24"/>
       <c r="E46" s="24"/>
       <c r="F46" s="24"/>
       <c r="G46" s="24"/>
       <c r="H46" s="24"/>
       <c r="I46" s="24"/>
       <c r="J46" s="24"/>
       <c r="K46" s="24"/>
       <c r="L46" s="24"/>
       <c r="M46" s="24"/>
       <c r="N46" s="24"/>
       <c r="O46" s="24"/>
       <c r="P46" s="24"/>
       <c r="Q46" s="24"/>
       <c r="R46" s="24"/>
       <c r="S46" s="24"/>
       <c r="T46" s="24"/>
       <c r="U46" s="24"/>
       <c r="V46" s="24"/>
       <c r="W46" s="24"/>
       <c r="X46" s="24"/>
@@ -18401,52 +18643,54 @@
       <c r="DN46" s="24"/>
       <c r="DO46" s="24"/>
       <c r="DP46" s="24"/>
       <c r="DQ46" s="24"/>
       <c r="DR46" s="24"/>
       <c r="DS46" s="24"/>
       <c r="DT46" s="24"/>
       <c r="DU46" s="24"/>
       <c r="DV46" s="24"/>
       <c r="DW46" s="24"/>
       <c r="DX46" s="24"/>
       <c r="DY46" s="24"/>
       <c r="DZ46" s="24"/>
       <c r="EA46" s="24"/>
       <c r="EB46" s="24"/>
       <c r="EC46" s="24"/>
       <c r="ED46" s="24"/>
       <c r="EE46" s="24"/>
       <c r="EF46" s="24"/>
       <c r="EG46" s="24"/>
       <c r="EH46" s="24"/>
       <c r="EI46" s="24"/>
       <c r="EJ46" s="24"/>
       <c r="EK46" s="24"/>
       <c r="EL46" s="24"/>
+      <c r="EM46" s="24"/>
+      <c r="EN46" s="24"/>
     </row>
-    <row r="47" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C47" s="16">
         <v>323.52741889999999</v>
       </c>
       <c r="D47" s="16">
         <v>317.96698759999998</v>
       </c>
       <c r="E47" s="16">
         <v>320.32987577</v>
       </c>
       <c r="F47" s="16">
         <v>314.15463914999998</v>
       </c>
       <c r="G47" s="16">
         <v>302.36541412999998</v>
       </c>
       <c r="H47" s="16">
         <v>303.53858012000001</v>
       </c>
       <c r="I47" s="16">
         <v>301.78314569000003</v>
       </c>
       <c r="J47" s="16">
@@ -18826,52 +19070,58 @@
       </c>
       <c r="EE47" s="16">
         <v>593.03143077000004</v>
       </c>
       <c r="EF47" s="16">
         <v>617.14353927000002</v>
       </c>
       <c r="EG47" s="16">
         <v>597.21873211000002</v>
       </c>
       <c r="EH47" s="16">
         <v>602.67658226000003</v>
       </c>
       <c r="EI47" s="16">
         <v>576.03775116999998</v>
       </c>
       <c r="EJ47" s="16">
         <v>583.3923602000001</v>
       </c>
       <c r="EK47" s="16">
         <v>604.69675127999994</v>
       </c>
       <c r="EL47" s="16">
         <v>610.17475562000004</v>
       </c>
+      <c r="EM47" s="16">
+        <v>600.67868899999996</v>
+      </c>
+      <c r="EN47" s="16">
+        <v>626.83092178000004</v>
+      </c>
     </row>
-    <row r="48" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="18">
         <v>298.44575200000003</v>
       </c>
       <c r="D48" s="18">
         <v>291.45589074999998</v>
       </c>
       <c r="E48" s="18">
         <v>293.27340533</v>
       </c>
       <c r="F48" s="18">
         <v>285.74484201000001</v>
       </c>
       <c r="G48" s="18">
         <v>272.39041996999998</v>
       </c>
       <c r="H48" s="18">
         <v>272.91086235</v>
       </c>
       <c r="I48" s="18">
         <v>271.01766436999998</v>
       </c>
       <c r="J48" s="18">
@@ -19251,52 +19501,58 @@
       </c>
       <c r="EE48" s="18">
         <v>565.73982163000005</v>
       </c>
       <c r="EF48" s="18">
         <v>588.51451511000005</v>
       </c>
       <c r="EG48" s="18">
         <v>566.42559566</v>
       </c>
       <c r="EH48" s="18">
         <v>573.28589700999999</v>
       </c>
       <c r="EI48" s="18">
         <v>546.78428814999995</v>
       </c>
       <c r="EJ48" s="18">
         <v>554.43543036000005</v>
       </c>
       <c r="EK48" s="18">
         <v>575.75444005999998</v>
       </c>
       <c r="EL48" s="18">
         <v>580.90999508000004</v>
       </c>
+      <c r="EM48" s="18">
+        <v>571.39283</v>
+      </c>
+      <c r="EN48" s="18">
+        <v>597.62363614000003</v>
+      </c>
     </row>
-    <row r="49" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C49" s="18">
         <v>25.081666899999998</v>
       </c>
       <c r="D49" s="18">
         <v>26.511096850000001</v>
       </c>
       <c r="E49" s="18">
         <v>27.056470439999998</v>
       </c>
       <c r="F49" s="18">
         <v>28.409797139999998</v>
       </c>
       <c r="G49" s="18">
         <v>29.974994160000001</v>
       </c>
       <c r="H49" s="18">
         <v>30.62771777</v>
       </c>
       <c r="I49" s="18">
         <v>30.765481319999999</v>
       </c>
       <c r="J49" s="18">
@@ -19676,52 +19932,58 @@
       </c>
       <c r="EE49" s="18">
         <v>27.291609140000002</v>
       </c>
       <c r="EF49" s="18">
         <v>28.62902416</v>
       </c>
       <c r="EG49" s="18">
         <v>30.793136449999999</v>
       </c>
       <c r="EH49" s="18">
         <v>29.390685250000001</v>
       </c>
       <c r="EI49" s="18">
         <v>29.253463019999998</v>
       </c>
       <c r="EJ49" s="18">
         <v>28.956929840000001</v>
       </c>
       <c r="EK49" s="18">
         <v>28.942311220000001</v>
       </c>
       <c r="EL49" s="18">
         <v>29.264760539999997</v>
       </c>
+      <c r="EM49" s="18">
+        <v>29.285858999999999</v>
+      </c>
+      <c r="EN49" s="18">
+        <v>29.207285640000002</v>
+      </c>
     </row>
-    <row r="50" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="15" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="16">
         <v>20.276196980000002</v>
       </c>
       <c r="D50" s="16">
         <v>20.155553250000001</v>
       </c>
       <c r="E50" s="16">
         <v>20.194090710000001</v>
       </c>
       <c r="F50" s="16">
         <v>20.97861782</v>
       </c>
       <c r="G50" s="16">
         <v>21.17570263</v>
       </c>
       <c r="H50" s="16">
         <v>24.539050769999999</v>
       </c>
       <c r="I50" s="16">
         <v>24.603343970000001</v>
       </c>
       <c r="J50" s="16">
@@ -20101,52 +20363,58 @@
       </c>
       <c r="EE50" s="16">
         <v>11.434187529999999</v>
       </c>
       <c r="EF50" s="16">
         <v>12.202156670000001</v>
       </c>
       <c r="EG50" s="16">
         <v>11.65972442</v>
       </c>
       <c r="EH50" s="16">
         <v>11.841478890000001</v>
       </c>
       <c r="EI50" s="16">
         <v>9.8344558299999996</v>
       </c>
       <c r="EJ50" s="16">
         <v>9.5443746699999998</v>
       </c>
       <c r="EK50" s="16">
         <v>9.7870387399999998</v>
       </c>
       <c r="EL50" s="16">
         <v>9.7771164299999995</v>
       </c>
+      <c r="EM50" s="16">
+        <v>9.7112709899999992</v>
+      </c>
+      <c r="EN50" s="16">
+        <v>9.5919918800000001</v>
+      </c>
     </row>
-    <row r="51" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="18">
         <v>2.5455904999999999</v>
       </c>
       <c r="D51" s="18">
         <v>2.4315829</v>
       </c>
       <c r="E51" s="18">
         <v>2.4857816599999998</v>
       </c>
       <c r="F51" s="18">
         <v>2.5383762700000001</v>
       </c>
       <c r="G51" s="18">
         <v>2.5408111299999998</v>
       </c>
       <c r="H51" s="18">
         <v>2.51529472</v>
       </c>
       <c r="I51" s="18">
         <v>2.5938755200000001</v>
       </c>
       <c r="J51" s="18">
@@ -20526,52 +20794,58 @@
       </c>
       <c r="EE51" s="18">
         <v>7.8794054200000003</v>
       </c>
       <c r="EF51" s="18">
         <v>8.6473745600000012</v>
       </c>
       <c r="EG51" s="18">
         <v>8.0992975099999995</v>
       </c>
       <c r="EH51" s="18">
         <v>8.2810519800000009</v>
       </c>
       <c r="EI51" s="18">
         <v>7.7153113600000003</v>
       </c>
       <c r="EJ51" s="18">
         <v>7.3861281999999999</v>
       </c>
       <c r="EK51" s="18">
         <v>7.6293117500000003</v>
       </c>
       <c r="EL51" s="18">
         <v>7.6196634400000001</v>
       </c>
+      <c r="EM51" s="18">
+        <v>7.5535953499999993</v>
+      </c>
+      <c r="EN51" s="18">
+        <v>7.4238202599999994</v>
+      </c>
     </row>
-    <row r="52" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C52" s="18">
         <v>17.73060649</v>
       </c>
       <c r="D52" s="18">
         <v>17.723970349999998</v>
       </c>
       <c r="E52" s="18">
         <v>17.708309060000001</v>
       </c>
       <c r="F52" s="18">
         <v>18.44024155</v>
       </c>
       <c r="G52" s="18">
         <v>18.634891499999998</v>
       </c>
       <c r="H52" s="18">
         <v>22.023756049999999</v>
       </c>
       <c r="I52" s="18">
         <v>22.009468439999999</v>
       </c>
       <c r="J52" s="18">
@@ -20951,52 +21225,58 @@
       </c>
       <c r="EE52" s="18">
         <v>3.5547821099999997</v>
       </c>
       <c r="EF52" s="18">
         <v>3.5547821099999997</v>
       </c>
       <c r="EG52" s="18">
         <v>3.5604269100000003</v>
       </c>
       <c r="EH52" s="18">
         <v>3.5604269100000003</v>
       </c>
       <c r="EI52" s="18">
         <v>2.1191444700000002</v>
       </c>
       <c r="EJ52" s="18">
         <v>2.1582464700000004</v>
       </c>
       <c r="EK52" s="18">
         <v>2.15772699</v>
       </c>
       <c r="EL52" s="18">
         <v>2.1574529900000003</v>
       </c>
+      <c r="EM52" s="18">
+        <v>2.1576756400000003</v>
+      </c>
+      <c r="EN52" s="18">
+        <v>2.1681716200000003</v>
+      </c>
     </row>
-    <row r="53" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="C53" s="16">
         <v>22.288694759999998</v>
       </c>
       <c r="D53" s="16">
         <v>21.841416089999999</v>
       </c>
       <c r="E53" s="16">
         <v>22.729544099999998</v>
       </c>
       <c r="F53" s="16">
         <v>23.305851199999999</v>
       </c>
       <c r="G53" s="16">
         <v>22.027850690000001</v>
       </c>
       <c r="H53" s="16">
         <v>21.799917520000001</v>
       </c>
       <c r="I53" s="16">
         <v>22.29872018</v>
       </c>
       <c r="J53" s="16">
@@ -21376,52 +21656,58 @@
       </c>
       <c r="EE53" s="16">
         <v>58.196267739999996</v>
       </c>
       <c r="EF53" s="16">
         <v>58.151350889999996</v>
       </c>
       <c r="EG53" s="16">
         <v>53.217356339999995</v>
       </c>
       <c r="EH53" s="16">
         <v>53.374513139999998</v>
       </c>
       <c r="EI53" s="16">
         <v>52.185300240000004</v>
       </c>
       <c r="EJ53" s="16">
         <v>48.247821440000003</v>
       </c>
       <c r="EK53" s="16">
         <v>51.452619440000007</v>
       </c>
       <c r="EL53" s="16">
         <v>52.464020690000005</v>
       </c>
+      <c r="EM53" s="16">
+        <v>52.117905190000002</v>
+      </c>
+      <c r="EN53" s="16">
+        <v>54.049398740000001</v>
+      </c>
     </row>
-    <row r="54" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="18">
         <v>16.921423319999999</v>
       </c>
       <c r="D54" s="18">
         <v>16.474144639999999</v>
       </c>
       <c r="E54" s="18">
         <v>17.362272659999999</v>
       </c>
       <c r="F54" s="18">
         <v>17.93857976</v>
       </c>
       <c r="G54" s="18">
         <v>16.660579240000001</v>
       </c>
       <c r="H54" s="18">
         <v>16.432646080000001</v>
       </c>
       <c r="I54" s="18">
         <v>16.93144873</v>
       </c>
       <c r="J54" s="18">
@@ -21801,52 +22087,58 @@
       </c>
       <c r="EE54" s="18">
         <v>57.657203899999999</v>
       </c>
       <c r="EF54" s="18">
         <v>57.612287049999999</v>
       </c>
       <c r="EG54" s="18">
         <v>52.678292499999998</v>
       </c>
       <c r="EH54" s="18">
         <v>52.918149299999996</v>
       </c>
       <c r="EI54" s="18">
         <v>51.728936400000002</v>
       </c>
       <c r="EJ54" s="18">
         <v>47.791457600000001</v>
       </c>
       <c r="EK54" s="18">
         <v>50.996255600000005</v>
       </c>
       <c r="EL54" s="18">
         <v>52.051495000000003</v>
       </c>
+      <c r="EM54" s="18">
+        <v>51.705379499999999</v>
+      </c>
+      <c r="EN54" s="18">
+        <v>53.636873049999998</v>
+      </c>
     </row>
-    <row r="55" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="D55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="E55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="F55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="G55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="H55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="I55" s="18">
         <v>5.3672714399999997</v>
       </c>
       <c r="J55" s="18">
@@ -22226,52 +22518,58 @@
       </c>
       <c r="EE55" s="18">
         <v>0.53906383999999996</v>
       </c>
       <c r="EF55" s="18">
         <v>0.53906383999999996</v>
       </c>
       <c r="EG55" s="18">
         <v>0.53906383999999996</v>
       </c>
       <c r="EH55" s="18">
         <v>0.45636384000000002</v>
       </c>
       <c r="EI55" s="18">
         <v>0.45636384000000002</v>
       </c>
       <c r="EJ55" s="18">
         <v>0.45636384000000002</v>
       </c>
       <c r="EK55" s="18">
         <v>0.45636384000000002</v>
       </c>
       <c r="EL55" s="18">
         <v>0.41252569</v>
       </c>
+      <c r="EM55" s="18">
+        <v>0.41252569</v>
+      </c>
+      <c r="EN55" s="18">
+        <v>0.41252569</v>
+      </c>
     </row>
-    <row r="56" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="16">
         <v>57.638190440000002</v>
       </c>
       <c r="D56" s="16">
         <v>55.482143110000003</v>
       </c>
       <c r="E56" s="16">
         <v>62.14333388</v>
       </c>
       <c r="F56" s="16">
         <v>70.251915780000004</v>
       </c>
       <c r="G56" s="16">
         <v>67.63227938</v>
       </c>
       <c r="H56" s="16">
         <v>65.538977889999998</v>
       </c>
       <c r="I56" s="16">
         <v>71.250142609999997</v>
       </c>
       <c r="J56" s="16">
@@ -22651,52 +22949,58 @@
       </c>
       <c r="EE56" s="16">
         <v>21.87058257</v>
       </c>
       <c r="EF56" s="16">
         <v>24.452938360000001</v>
       </c>
       <c r="EG56" s="16">
         <v>24.669079970000002</v>
       </c>
       <c r="EH56" s="16">
         <v>26.520466630000001</v>
       </c>
       <c r="EI56" s="16">
         <v>26.786553780000002</v>
       </c>
       <c r="EJ56" s="16">
         <v>28.082453640000001</v>
       </c>
       <c r="EK56" s="16">
         <v>18.972008110000001</v>
       </c>
       <c r="EL56" s="16">
         <v>20.303958100000003</v>
       </c>
+      <c r="EM56" s="16">
+        <v>22.532659600000002</v>
+      </c>
+      <c r="EN56" s="16">
+        <v>23.85419525</v>
+      </c>
     </row>
-    <row r="57" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="18">
         <v>49.083631670000003</v>
       </c>
       <c r="D57" s="18">
         <v>48.710277290000001</v>
       </c>
       <c r="E57" s="18">
         <v>55.418783740000002</v>
       </c>
       <c r="F57" s="18">
         <v>60.268390060000002</v>
       </c>
       <c r="G57" s="18">
         <v>57.617728249999999</v>
       </c>
       <c r="H57" s="18">
         <v>54.953865469999997</v>
       </c>
       <c r="I57" s="18">
         <v>57.103578210000002</v>
       </c>
       <c r="J57" s="18">
@@ -23076,52 +23380,58 @@
       </c>
       <c r="EE57" s="18">
         <v>18.999101929999998</v>
       </c>
       <c r="EF57" s="18">
         <v>21.58145772</v>
       </c>
       <c r="EG57" s="18">
         <v>21.79755523</v>
       </c>
       <c r="EH57" s="18">
         <v>23.64894189</v>
       </c>
       <c r="EI57" s="18">
         <v>24.295806710000001</v>
       </c>
       <c r="EJ57" s="18">
         <v>25.591706569999999</v>
       </c>
       <c r="EK57" s="18">
         <v>16.48126104</v>
       </c>
       <c r="EL57" s="18">
         <v>17.813211030000002</v>
       </c>
+      <c r="EM57" s="18">
+        <v>20.041912530000001</v>
+      </c>
+      <c r="EN57" s="18">
+        <v>21.363448179999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="18">
         <v>8.5545587699999999</v>
       </c>
       <c r="D58" s="18">
         <v>6.7718658200000004</v>
       </c>
       <c r="E58" s="18">
         <v>6.7245501399999998</v>
       </c>
       <c r="F58" s="18">
         <v>9.9835257199999994</v>
       </c>
       <c r="G58" s="18">
         <v>10.01455114</v>
       </c>
       <c r="H58" s="18">
         <v>10.58511242</v>
       </c>
       <c r="I58" s="18">
         <v>14.14656441</v>
       </c>
       <c r="J58" s="18">
@@ -23501,52 +23811,58 @@
       </c>
       <c r="EE58" s="18">
         <v>2.8714806400000001</v>
       </c>
       <c r="EF58" s="18">
         <v>2.8714806400000001</v>
       </c>
       <c r="EG58" s="18">
         <v>2.8715247400000004</v>
       </c>
       <c r="EH58" s="18">
         <v>2.8715247400000004</v>
       </c>
       <c r="EI58" s="18">
         <v>2.4907470699999998</v>
       </c>
       <c r="EJ58" s="18">
         <v>2.4907470699999998</v>
       </c>
       <c r="EK58" s="18">
         <v>2.4907470699999998</v>
       </c>
       <c r="EL58" s="18">
         <v>2.4907470699999998</v>
       </c>
+      <c r="EM58" s="18">
+        <v>2.4907470699999998</v>
+      </c>
+      <c r="EN58" s="18">
+        <v>2.4907470699999998</v>
+      </c>
     </row>
-    <row r="59" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C59" s="16">
         <v>151.26428092</v>
       </c>
       <c r="D59" s="16">
         <v>149.48862994999999</v>
       </c>
       <c r="E59" s="16">
         <v>144.15400592</v>
       </c>
       <c r="F59" s="16">
         <v>139.40087885</v>
       </c>
       <c r="G59" s="16">
         <v>140.41917419999999</v>
       </c>
       <c r="H59" s="16">
         <v>139.86580762</v>
       </c>
       <c r="I59" s="16">
         <v>150.50937802999999</v>
       </c>
       <c r="J59" s="16">
@@ -23926,52 +24242,58 @@
       </c>
       <c r="EE59" s="16">
         <v>244.24847348999998</v>
       </c>
       <c r="EF59" s="16">
         <v>261.07724416000002</v>
       </c>
       <c r="EG59" s="16">
         <v>258.20285963999999</v>
       </c>
       <c r="EH59" s="16">
         <v>260.58878269000002</v>
       </c>
       <c r="EI59" s="16">
         <v>253.20842726999999</v>
       </c>
       <c r="EJ59" s="16">
         <v>298.09345839000002</v>
       </c>
       <c r="EK59" s="16">
         <v>321.53327716000001</v>
       </c>
       <c r="EL59" s="16">
         <v>351.27856415000002</v>
       </c>
+      <c r="EM59" s="16">
+        <v>353.90518708000002</v>
+      </c>
+      <c r="EN59" s="16">
+        <v>364.69341507000001</v>
+      </c>
     </row>
-    <row r="60" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="18">
         <v>148.65630490999999</v>
       </c>
       <c r="D60" s="18">
         <v>147.41406642999999</v>
       </c>
       <c r="E60" s="18">
         <v>141.17336093</v>
       </c>
       <c r="F60" s="18">
         <v>136.4142812</v>
       </c>
       <c r="G60" s="18">
         <v>136.77063322999999</v>
       </c>
       <c r="H60" s="18">
         <v>136.92278074999999</v>
       </c>
       <c r="I60" s="18">
         <v>140.79349948999999</v>
       </c>
       <c r="J60" s="18">
@@ -24351,52 +24673,58 @@
       </c>
       <c r="EE60" s="18">
         <v>236.35116920999999</v>
       </c>
       <c r="EF60" s="18">
         <v>253.94259518000001</v>
       </c>
       <c r="EG60" s="18">
         <v>251.00555466</v>
       </c>
       <c r="EH60" s="18">
         <v>253.34104171000001</v>
       </c>
       <c r="EI60" s="18">
         <v>246.76496388999999</v>
       </c>
       <c r="EJ60" s="18">
         <v>291.64999501</v>
       </c>
       <c r="EK60" s="18">
         <v>315.08981377999999</v>
       </c>
       <c r="EL60" s="18">
         <v>344.83510077</v>
       </c>
+      <c r="EM60" s="18">
+        <v>346.0234767</v>
+      </c>
+      <c r="EN60" s="18">
+        <v>356.81170469</v>
+      </c>
     </row>
-    <row r="61" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C61" s="18">
         <v>2.6079760099999998</v>
       </c>
       <c r="D61" s="18">
         <v>2.0745635199999999</v>
       </c>
       <c r="E61" s="18">
         <v>2.9806449800000001</v>
       </c>
       <c r="F61" s="18">
         <v>2.9865976399999998</v>
       </c>
       <c r="G61" s="18">
         <v>3.64854097</v>
       </c>
       <c r="H61" s="18">
         <v>2.9430268700000002</v>
       </c>
       <c r="I61" s="18">
         <v>9.7158785400000003</v>
       </c>
       <c r="J61" s="18">
@@ -24776,52 +25104,58 @@
       </c>
       <c r="EE61" s="18">
         <v>7.8973042800000002</v>
       </c>
       <c r="EF61" s="18">
         <v>7.1346489800000006</v>
       </c>
       <c r="EG61" s="18">
         <v>7.1973049800000002</v>
       </c>
       <c r="EH61" s="18">
         <v>7.2477409800000006</v>
       </c>
       <c r="EI61" s="18">
         <v>6.4434633799999999</v>
       </c>
       <c r="EJ61" s="18">
         <v>6.4434633799999999</v>
       </c>
       <c r="EK61" s="18">
         <v>6.4434633799999999</v>
       </c>
       <c r="EL61" s="18">
         <v>6.4434633799999999</v>
       </c>
+      <c r="EM61" s="18">
+        <v>7.8817103799999995</v>
+      </c>
+      <c r="EN61" s="18">
+        <v>7.8817103799999995</v>
+      </c>
     </row>
-    <row r="62" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C62" s="16">
         <v>64.726386579999996</v>
       </c>
       <c r="D62" s="16">
         <v>65.14339726</v>
       </c>
       <c r="E62" s="16">
         <v>53.543252080000002</v>
       </c>
       <c r="F62" s="16">
         <v>55.20042437</v>
       </c>
       <c r="G62" s="16">
         <v>52.397767889999997</v>
       </c>
       <c r="H62" s="16">
         <v>63.418972539999999</v>
       </c>
       <c r="I62" s="16">
         <v>57.806689970000001</v>
       </c>
       <c r="J62" s="16">
@@ -25201,52 +25535,58 @@
       </c>
       <c r="EE62" s="16">
         <v>68.033557930000001</v>
       </c>
       <c r="EF62" s="16">
         <v>66.272263530000004</v>
       </c>
       <c r="EG62" s="16">
         <v>62.678471930000001</v>
       </c>
       <c r="EH62" s="16">
         <v>63.056733869999995</v>
       </c>
       <c r="EI62" s="16">
         <v>63.265463489999995</v>
       </c>
       <c r="EJ62" s="16">
         <v>64.839037470000008</v>
       </c>
       <c r="EK62" s="16">
         <v>64.8819242</v>
       </c>
       <c r="EL62" s="16">
         <v>66.631763809999995</v>
       </c>
+      <c r="EM62" s="16">
+        <v>66.41640744</v>
+      </c>
+      <c r="EN62" s="16">
+        <v>67.348413969999996</v>
+      </c>
     </row>
-    <row r="63" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="18">
         <v>57.542010480000002</v>
       </c>
       <c r="D63" s="18">
         <v>57.943253689999999</v>
       </c>
       <c r="E63" s="18">
         <v>46.397841409999998</v>
       </c>
       <c r="F63" s="18">
         <v>48.684136469999999</v>
       </c>
       <c r="G63" s="18">
         <v>45.23632636</v>
       </c>
       <c r="H63" s="18">
         <v>44.856814319999998</v>
       </c>
       <c r="I63" s="18">
         <v>46.183041260000003</v>
       </c>
       <c r="J63" s="18">
@@ -25626,52 +25966,58 @@
       </c>
       <c r="EE63" s="18">
         <v>44.331332659999994</v>
       </c>
       <c r="EF63" s="18">
         <v>42.596181299999998</v>
       </c>
       <c r="EG63" s="18">
         <v>38.9849265</v>
       </c>
       <c r="EH63" s="18">
         <v>39.363188439999995</v>
       </c>
       <c r="EI63" s="18">
         <v>41.585258759999995</v>
       </c>
       <c r="EJ63" s="18">
         <v>43.160162740000004</v>
       </c>
       <c r="EK63" s="18">
         <v>43.203049469999996</v>
       </c>
       <c r="EL63" s="18">
         <v>44.951559079999996</v>
       </c>
+      <c r="EM63" s="18">
+        <v>44.899444619999997</v>
+      </c>
+      <c r="EN63" s="18">
+        <v>45.829938429999999</v>
+      </c>
     </row>
-    <row r="64" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C64" s="18">
         <v>7.1843760999999997</v>
       </c>
       <c r="D64" s="18">
         <v>7.2001435699999998</v>
       </c>
       <c r="E64" s="18">
         <v>7.1454106700000004</v>
       </c>
       <c r="F64" s="18">
         <v>6.5162879</v>
       </c>
       <c r="G64" s="18">
         <v>7.1614415300000003</v>
       </c>
       <c r="H64" s="18">
         <v>18.562158230000001</v>
       </c>
       <c r="I64" s="18">
         <v>11.623648709999999</v>
       </c>
       <c r="J64" s="18">
@@ -26051,52 +26397,58 @@
       </c>
       <c r="EE64" s="18">
         <v>23.70222527</v>
       </c>
       <c r="EF64" s="18">
         <v>23.676082229999999</v>
       </c>
       <c r="EG64" s="18">
         <v>23.69354543</v>
       </c>
       <c r="EH64" s="18">
         <v>23.69354543</v>
       </c>
       <c r="EI64" s="18">
         <v>21.68020473</v>
       </c>
       <c r="EJ64" s="18">
         <v>21.67887473</v>
       </c>
       <c r="EK64" s="18">
         <v>21.67887473</v>
       </c>
       <c r="EL64" s="18">
         <v>21.68020473</v>
       </c>
+      <c r="EM64" s="18">
+        <v>21.51696282</v>
+      </c>
+      <c r="EN64" s="18">
+        <v>21.518475540000001</v>
+      </c>
     </row>
-    <row r="65" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C65" s="16">
         <v>935.73085113000002</v>
       </c>
       <c r="D65" s="16">
         <v>929.99114130999999</v>
       </c>
       <c r="E65" s="16">
         <v>941.61508402000004</v>
       </c>
       <c r="F65" s="16">
         <v>916.28346304000002</v>
       </c>
       <c r="G65" s="16">
         <v>895.57529352999995</v>
       </c>
       <c r="H65" s="16">
         <v>899.62105697000004</v>
       </c>
       <c r="I65" s="16">
         <v>924.71185805000005</v>
       </c>
       <c r="J65" s="16">
@@ -26476,52 +26828,58 @@
       </c>
       <c r="EE65" s="16">
         <v>1750.3621525000001</v>
       </c>
       <c r="EF65" s="16">
         <v>2160.6206301399998</v>
       </c>
       <c r="EG65" s="16">
         <v>2121.9588097599999</v>
       </c>
       <c r="EH65" s="16">
         <v>2133.7049953699998</v>
       </c>
       <c r="EI65" s="16">
         <v>2093.4160144399998</v>
       </c>
       <c r="EJ65" s="16">
         <v>2151.2302996200001</v>
       </c>
       <c r="EK65" s="16">
         <v>2220.8387791600003</v>
       </c>
       <c r="EL65" s="16">
         <v>2370.3012355500005</v>
       </c>
+      <c r="EM65" s="16">
+        <v>2329.8835887599998</v>
+      </c>
+      <c r="EN65" s="16">
+        <v>2389.8456974300002</v>
+      </c>
     </row>
-    <row r="66" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="18">
         <v>935.73085113000002</v>
       </c>
       <c r="D66" s="18">
         <v>929.99114130999999</v>
       </c>
       <c r="E66" s="18">
         <v>941.61508402000004</v>
       </c>
       <c r="F66" s="18">
         <v>916.28346304000002</v>
       </c>
       <c r="G66" s="18">
         <v>895.18883457000004</v>
       </c>
       <c r="H66" s="18">
         <v>899.43506453999998</v>
       </c>
       <c r="I66" s="18">
         <v>923.75415415999998</v>
       </c>
       <c r="J66" s="18">
@@ -26901,52 +27259,58 @@
       </c>
       <c r="EE66" s="18">
         <v>1748.8620947100001</v>
       </c>
       <c r="EF66" s="18">
         <v>2157.7026363499999</v>
       </c>
       <c r="EG66" s="18">
         <v>2119.04081597</v>
       </c>
       <c r="EH66" s="18">
         <v>2130.7870015799999</v>
       </c>
       <c r="EI66" s="18">
         <v>2091.99807844</v>
       </c>
       <c r="EJ66" s="18">
         <v>2145.6469902399999</v>
       </c>
       <c r="EK66" s="18">
         <v>2215.2554697800001</v>
       </c>
       <c r="EL66" s="18">
         <v>2364.7179261700003</v>
       </c>
+      <c r="EM66" s="18">
+        <v>2322.10382338</v>
+      </c>
+      <c r="EN66" s="18">
+        <v>2382.0620270500003</v>
+      </c>
     </row>
-    <row r="67" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C67" s="18">
         <v>0</v>
       </c>
       <c r="D67" s="18">
         <v>0</v>
       </c>
       <c r="E67" s="18">
         <v>0</v>
       </c>
       <c r="F67" s="18">
         <v>0</v>
       </c>
       <c r="G67" s="18">
         <v>0.38645896000000002</v>
       </c>
       <c r="H67" s="18">
         <v>0.18599242999999999</v>
       </c>
       <c r="I67" s="18">
         <v>0.95770390000000005</v>
       </c>
       <c r="J67" s="18">
@@ -27326,52 +27690,58 @@
       </c>
       <c r="EE67" s="18">
         <v>1.5000577900000001</v>
       </c>
       <c r="EF67" s="18">
         <v>2.9179937900000001</v>
       </c>
       <c r="EG67" s="18">
         <v>2.9179937900000001</v>
       </c>
       <c r="EH67" s="18">
         <v>2.9179937900000001</v>
       </c>
       <c r="EI67" s="18">
         <v>1.4179360000000001</v>
       </c>
       <c r="EJ67" s="18">
         <v>5.5833093800000002</v>
       </c>
       <c r="EK67" s="18">
         <v>5.5833093800000002</v>
       </c>
       <c r="EL67" s="18">
         <v>5.5833093800000002</v>
       </c>
+      <c r="EM67" s="18">
+        <v>7.7797653799999997</v>
+      </c>
+      <c r="EN67" s="18">
+        <v>7.7836703800000002</v>
+      </c>
     </row>
-    <row r="68" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C68" s="16">
         <v>51.983722419999999</v>
       </c>
       <c r="D68" s="16">
         <v>54.423147649999997</v>
       </c>
       <c r="E68" s="16">
         <v>60.866520749999999</v>
       </c>
       <c r="F68" s="16">
         <v>48.422614920000001</v>
       </c>
       <c r="G68" s="16">
         <v>48.569966890000003</v>
       </c>
       <c r="H68" s="16">
         <v>38.816615380000002</v>
       </c>
       <c r="I68" s="16">
         <v>46.706924450000002</v>
       </c>
       <c r="J68" s="16">
@@ -27751,52 +28121,58 @@
       </c>
       <c r="EE68" s="16">
         <v>31.124908210000001</v>
       </c>
       <c r="EF68" s="16">
         <v>27.896327549999999</v>
       </c>
       <c r="EG68" s="16">
         <v>27.66845606</v>
       </c>
       <c r="EH68" s="16">
         <v>28.706437429999998</v>
       </c>
       <c r="EI68" s="16">
         <v>28.585850390000001</v>
       </c>
       <c r="EJ68" s="16">
         <v>30.38511626</v>
       </c>
       <c r="EK68" s="16">
         <v>30.085653070000003</v>
       </c>
       <c r="EL68" s="16">
         <v>31.719252139999998</v>
       </c>
+      <c r="EM68" s="16">
+        <v>37.717013949999995</v>
+      </c>
+      <c r="EN68" s="16">
+        <v>40.776875580000002</v>
+      </c>
     </row>
-    <row r="69" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="18">
         <v>22.607435649999999</v>
       </c>
       <c r="D69" s="18">
         <v>24.788758810000001</v>
       </c>
       <c r="E69" s="18">
         <v>25.680408270000001</v>
       </c>
       <c r="F69" s="18">
         <v>20.51503894</v>
       </c>
       <c r="G69" s="18">
         <v>22.658665360000001</v>
       </c>
       <c r="H69" s="18">
         <v>22.717157090000001</v>
       </c>
       <c r="I69" s="18">
         <v>18.43421652</v>
       </c>
       <c r="J69" s="18">
@@ -28176,52 +28552,58 @@
       </c>
       <c r="EE69" s="18">
         <v>18.561077319999999</v>
       </c>
       <c r="EF69" s="18">
         <v>15.331654279999999</v>
       </c>
       <c r="EG69" s="18">
         <v>15.505422009999998</v>
       </c>
       <c r="EH69" s="18">
         <v>16.473670079999998</v>
       </c>
       <c r="EI69" s="18">
         <v>16.554702580000001</v>
       </c>
       <c r="EJ69" s="18">
         <v>18.14001695</v>
       </c>
       <c r="EK69" s="18">
         <v>17.840323250000001</v>
       </c>
       <c r="EL69" s="18">
         <v>19.40701185</v>
       </c>
+      <c r="EM69" s="18">
+        <v>25.409105099999994</v>
+      </c>
+      <c r="EN69" s="18">
+        <v>28.261378300000001</v>
+      </c>
     </row>
-    <row r="70" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C70" s="18">
         <v>29.376286759999999</v>
       </c>
       <c r="D70" s="18">
         <v>29.63438884</v>
       </c>
       <c r="E70" s="18">
         <v>35.186112479999998</v>
       </c>
       <c r="F70" s="18">
         <v>27.907575980000001</v>
       </c>
       <c r="G70" s="18">
         <v>25.91130154</v>
       </c>
       <c r="H70" s="18">
         <v>16.09945828</v>
       </c>
       <c r="I70" s="18">
         <v>28.272707929999999</v>
       </c>
       <c r="J70" s="18">
@@ -28601,52 +28983,58 @@
       </c>
       <c r="EE70" s="18">
         <v>12.563830889999998</v>
       </c>
       <c r="EF70" s="18">
         <v>12.564673269999998</v>
       </c>
       <c r="EG70" s="18">
         <v>12.16303405</v>
       </c>
       <c r="EH70" s="18">
         <v>12.23276735</v>
       </c>
       <c r="EI70" s="18">
         <v>12.031147809999998</v>
       </c>
       <c r="EJ70" s="18">
         <v>12.245099309999999</v>
       </c>
       <c r="EK70" s="18">
         <v>12.24532982</v>
       </c>
       <c r="EL70" s="18">
         <v>12.312240289999998</v>
       </c>
+      <c r="EM70" s="18">
+        <v>12.307908850000002</v>
+      </c>
+      <c r="EN70" s="18">
+        <v>12.51549728</v>
+      </c>
     </row>
-    <row r="71" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="15" t="s">
         <v>35</v>
       </c>
       <c r="C71" s="16">
         <v>43.452611900000001</v>
       </c>
       <c r="D71" s="16">
         <v>37.558614540000001</v>
       </c>
       <c r="E71" s="16">
         <v>40.500126100000003</v>
       </c>
       <c r="F71" s="16">
         <v>43.706895840000001</v>
       </c>
       <c r="G71" s="16">
         <v>41.804114689999999</v>
       </c>
       <c r="H71" s="16">
         <v>42.243874560000002</v>
       </c>
       <c r="I71" s="16">
         <v>41.565874559999997</v>
       </c>
       <c r="J71" s="16">
@@ -29026,52 +29414,58 @@
       </c>
       <c r="EE71" s="16">
         <v>87.414233319999994</v>
       </c>
       <c r="EF71" s="16">
         <v>85.964103300000005</v>
       </c>
       <c r="EG71" s="16">
         <v>86.191905710000015</v>
       </c>
       <c r="EH71" s="16">
         <v>85.376100890000004</v>
       </c>
       <c r="EI71" s="16">
         <v>84.742846639999996</v>
       </c>
       <c r="EJ71" s="16">
         <v>82.414538570000005</v>
       </c>
       <c r="EK71" s="16">
         <v>84.590106590000005</v>
       </c>
       <c r="EL71" s="16">
         <v>85.946170620000004</v>
       </c>
+      <c r="EM71" s="16">
+        <v>86.467154059999999</v>
+      </c>
+      <c r="EN71" s="16">
+        <v>85.782519660000006</v>
+      </c>
     </row>
-    <row r="72" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="18">
         <v>30.887194019999999</v>
       </c>
       <c r="D72" s="18">
         <v>30.659749189999999</v>
       </c>
       <c r="E72" s="18">
         <v>33.082414100000001</v>
       </c>
       <c r="F72" s="18">
         <v>34.585059229999999</v>
       </c>
       <c r="G72" s="18">
         <v>32.499674050000003</v>
       </c>
       <c r="H72" s="18">
         <v>32.269104110000001</v>
       </c>
       <c r="I72" s="18">
         <v>29.995490589999999</v>
       </c>
       <c r="J72" s="18">
@@ -29451,52 +29845,58 @@
       </c>
       <c r="EE72" s="18">
         <v>66.531470200000001</v>
       </c>
       <c r="EF72" s="18">
         <v>65.081340179999998</v>
       </c>
       <c r="EG72" s="18">
         <v>65.309142590000008</v>
       </c>
       <c r="EH72" s="18">
         <v>64.493337769999997</v>
       </c>
       <c r="EI72" s="18">
         <v>64.078520060000002</v>
       </c>
       <c r="EJ72" s="18">
         <v>61.750211990000004</v>
       </c>
       <c r="EK72" s="18">
         <v>63.96227751</v>
       </c>
       <c r="EL72" s="18">
         <v>65.318341540000006</v>
       </c>
+      <c r="EM72" s="18">
+        <v>65.839324980000001</v>
+      </c>
+      <c r="EN72" s="18">
+        <v>65.149940560000005</v>
+      </c>
     </row>
-    <row r="73" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C73" s="18">
         <v>12.56541788</v>
       </c>
       <c r="D73" s="18">
         <v>6.8988653500000003</v>
       </c>
       <c r="E73" s="18">
         <v>7.4177119899999999</v>
       </c>
       <c r="F73" s="18">
         <v>9.1218366199999998</v>
       </c>
       <c r="G73" s="18">
         <v>9.3044406399999993</v>
       </c>
       <c r="H73" s="18">
         <v>9.9747704600000002</v>
       </c>
       <c r="I73" s="18">
         <v>11.57038397</v>
       </c>
       <c r="J73" s="18">
@@ -29876,52 +30276,58 @@
       </c>
       <c r="EE73" s="18">
         <v>20.88276312</v>
       </c>
       <c r="EF73" s="18">
         <v>20.88276312</v>
       </c>
       <c r="EG73" s="18">
         <v>20.88276312</v>
       </c>
       <c r="EH73" s="18">
         <v>20.88276312</v>
       </c>
       <c r="EI73" s="18">
         <v>20.664326579999997</v>
       </c>
       <c r="EJ73" s="18">
         <v>20.664326579999997</v>
       </c>
       <c r="EK73" s="18">
         <v>20.627829079999998</v>
       </c>
       <c r="EL73" s="18">
         <v>20.627829079999998</v>
       </c>
+      <c r="EM73" s="18">
+        <v>20.627829079999998</v>
+      </c>
+      <c r="EN73" s="18">
+        <v>20.632579100000001</v>
+      </c>
     </row>
-    <row r="74" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C74" s="16">
         <v>272.63468653000001</v>
       </c>
       <c r="D74" s="16">
         <v>274.88019335000001</v>
       </c>
       <c r="E74" s="16">
         <v>269.98332025000002</v>
       </c>
       <c r="F74" s="16">
         <v>272.14811200999998</v>
       </c>
       <c r="G74" s="16">
         <v>269.71448586000002</v>
       </c>
       <c r="H74" s="16">
         <v>274.14606544999998</v>
       </c>
       <c r="I74" s="16">
         <v>301.92180825999998</v>
       </c>
       <c r="J74" s="16">
@@ -30301,52 +30707,58 @@
       </c>
       <c r="EE74" s="16">
         <v>573.79373068999996</v>
       </c>
       <c r="EF74" s="16">
         <v>598.56157250000001</v>
       </c>
       <c r="EG74" s="16">
         <v>591.52130285999999</v>
       </c>
       <c r="EH74" s="16">
         <v>598.79289777999998</v>
       </c>
       <c r="EI74" s="16">
         <v>591.84745065000004</v>
       </c>
       <c r="EJ74" s="16">
         <v>618.68260766000003</v>
       </c>
       <c r="EK74" s="16">
         <v>637.79850961</v>
       </c>
       <c r="EL74" s="16">
         <v>679.15239344999998</v>
       </c>
+      <c r="EM74" s="16">
+        <v>674.82420158999992</v>
+      </c>
+      <c r="EN74" s="16">
+        <v>682.85932163999996</v>
+      </c>
     </row>
-    <row r="75" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="18">
         <v>206.86861532</v>
       </c>
       <c r="D75" s="18">
         <v>209.05486561000001</v>
       </c>
       <c r="E75" s="18">
         <v>207.16966083</v>
       </c>
       <c r="F75" s="18">
         <v>209.00653273</v>
       </c>
       <c r="G75" s="18">
         <v>204.95427942000001</v>
       </c>
       <c r="H75" s="18">
         <v>207.73434915999999</v>
       </c>
       <c r="I75" s="18">
         <v>214.32369740999999</v>
       </c>
       <c r="J75" s="18">
@@ -30726,52 +31138,58 @@
       </c>
       <c r="EE75" s="18">
         <v>477.03100492999999</v>
       </c>
       <c r="EF75" s="18">
         <v>503.22121238</v>
       </c>
       <c r="EG75" s="18">
         <v>491.75283392</v>
       </c>
       <c r="EH75" s="18">
         <v>498.56520068000003</v>
       </c>
       <c r="EI75" s="18">
         <v>506.07046385000001</v>
       </c>
       <c r="EJ75" s="18">
         <v>531.61085426</v>
       </c>
       <c r="EK75" s="18">
         <v>550.85383228000001</v>
       </c>
       <c r="EL75" s="18">
         <v>593.59085476999996</v>
       </c>
+      <c r="EM75" s="18">
+        <v>589.28802615999996</v>
+      </c>
+      <c r="EN75" s="18">
+        <v>597.95829763999996</v>
+      </c>
     </row>
-    <row r="76" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C76" s="18">
         <v>65.766071199999999</v>
       </c>
       <c r="D76" s="18">
         <v>65.825327729999998</v>
       </c>
       <c r="E76" s="18">
         <v>62.81365942</v>
       </c>
       <c r="F76" s="18">
         <v>63.141579280000002</v>
       </c>
       <c r="G76" s="18">
         <v>64.760206440000005</v>
       </c>
       <c r="H76" s="18">
         <v>66.411716290000001</v>
       </c>
       <c r="I76" s="18">
         <v>87.598110840000004</v>
       </c>
       <c r="J76" s="18">
@@ -31151,52 +31569,58 @@
       </c>
       <c r="EE76" s="18">
         <v>96.762725760000009</v>
       </c>
       <c r="EF76" s="18">
         <v>95.34036012</v>
       </c>
       <c r="EG76" s="18">
         <v>99.768468939999991</v>
       </c>
       <c r="EH76" s="18">
         <v>100.2276971</v>
       </c>
       <c r="EI76" s="18">
         <v>85.776986800000003</v>
       </c>
       <c r="EJ76" s="18">
         <v>87.071753400000006</v>
       </c>
       <c r="EK76" s="18">
         <v>86.944677330000005</v>
       </c>
       <c r="EL76" s="18">
         <v>85.561538680000012</v>
       </c>
+      <c r="EM76" s="18">
+        <v>85.53617543</v>
+      </c>
+      <c r="EN76" s="18">
+        <v>84.901024000000007</v>
+      </c>
     </row>
-    <row r="77" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="15" t="s">
         <v>37</v>
       </c>
       <c r="C77" s="16">
         <v>2179.0651944699998</v>
       </c>
       <c r="D77" s="16">
         <v>2167.1581926200001</v>
       </c>
       <c r="E77" s="16">
         <v>2133.02192719</v>
       </c>
       <c r="F77" s="16">
         <v>2114.7797728700002</v>
       </c>
       <c r="G77" s="16">
         <v>2084.2230278900001</v>
       </c>
       <c r="H77" s="16">
         <v>2077.3834750699998</v>
       </c>
       <c r="I77" s="16">
         <v>2159.844466</v>
       </c>
       <c r="J77" s="16">
@@ -31576,52 +32000,58 @@
       </c>
       <c r="EE77" s="16">
         <v>3221.4066569900001</v>
       </c>
       <c r="EF77" s="16">
         <v>3463.3449054699995</v>
       </c>
       <c r="EG77" s="16">
         <v>3377.0201645999996</v>
       </c>
       <c r="EH77" s="16">
         <v>3534.9097646800001</v>
       </c>
       <c r="EI77" s="16">
         <v>3555.06046922</v>
       </c>
       <c r="EJ77" s="16">
         <v>3736.3421648599997</v>
       </c>
       <c r="EK77" s="16">
         <v>3863.5572499300001</v>
       </c>
       <c r="EL77" s="16">
         <v>4206.1265825399996</v>
       </c>
+      <c r="EM77" s="16">
+        <v>4197.9012251900003</v>
+      </c>
+      <c r="EN77" s="16">
+        <v>4232.4874733199995</v>
+      </c>
     </row>
-    <row r="78" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="18">
         <v>1931.21927962</v>
       </c>
       <c r="D78" s="18">
         <v>1923.7635814299999</v>
       </c>
       <c r="E78" s="18">
         <v>1902.3335092100001</v>
       </c>
       <c r="F78" s="18">
         <v>1892.6847088100001</v>
       </c>
       <c r="G78" s="18">
         <v>1858.09166893</v>
       </c>
       <c r="H78" s="18">
         <v>1854.39334042</v>
       </c>
       <c r="I78" s="18">
         <v>1929.55630731</v>
       </c>
       <c r="J78" s="18">
@@ -32001,52 +32431,58 @@
       </c>
       <c r="EE78" s="18">
         <v>2956.85046341</v>
       </c>
       <c r="EF78" s="18">
         <v>3202.0334992999997</v>
       </c>
       <c r="EG78" s="18">
         <v>3092.8200864699998</v>
       </c>
       <c r="EH78" s="18">
         <v>3252.0873862000003</v>
       </c>
       <c r="EI78" s="18">
         <v>3277.83554847</v>
       </c>
       <c r="EJ78" s="18">
         <v>3457.3957469599995</v>
       </c>
       <c r="EK78" s="18">
         <v>3585.2878422100002</v>
       </c>
       <c r="EL78" s="18">
         <v>3931.3100856999999</v>
       </c>
+      <c r="EM78" s="18">
+        <v>3921.6865338000002</v>
+      </c>
+      <c r="EN78" s="18">
+        <v>3957.23064742</v>
+      </c>
     </row>
-    <row r="79" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C79" s="18">
         <v>247.84591485999999</v>
       </c>
       <c r="D79" s="18">
         <v>243.39461119000001</v>
       </c>
       <c r="E79" s="18">
         <v>230.68841798</v>
       </c>
       <c r="F79" s="18">
         <v>222.09506406</v>
       </c>
       <c r="G79" s="18">
         <v>226.13135896</v>
       </c>
       <c r="H79" s="18">
         <v>222.99013464999999</v>
       </c>
       <c r="I79" s="18">
         <v>230.28815868999999</v>
       </c>
       <c r="J79" s="18">
@@ -32426,52 +32862,58 @@
       </c>
       <c r="EE79" s="18">
         <v>264.55619358000001</v>
       </c>
       <c r="EF79" s="18">
         <v>261.31140617</v>
       </c>
       <c r="EG79" s="18">
         <v>284.20007813000001</v>
       </c>
       <c r="EH79" s="18">
         <v>282.82237848</v>
       </c>
       <c r="EI79" s="18">
         <v>277.22492075000002</v>
       </c>
       <c r="EJ79" s="18">
         <v>278.94641789999997</v>
       </c>
       <c r="EK79" s="18">
         <v>278.26940772</v>
       </c>
       <c r="EL79" s="18">
         <v>274.81649684000001</v>
       </c>
+      <c r="EM79" s="18">
+        <v>276.21469139000004</v>
+      </c>
+      <c r="EN79" s="18">
+        <v>275.25682590000002</v>
+      </c>
     </row>
-    <row r="80" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C80" s="16">
         <v>431.6530133</v>
       </c>
       <c r="D80" s="16">
         <v>429.24227101999998</v>
       </c>
       <c r="E80" s="16">
         <v>443.75282422999999</v>
       </c>
       <c r="F80" s="16">
         <v>440.70034815999998</v>
       </c>
       <c r="G80" s="16">
         <v>442.93761603000002</v>
       </c>
       <c r="H80" s="16">
         <v>460.13063284999998</v>
       </c>
       <c r="I80" s="16">
         <v>488.54843932</v>
       </c>
       <c r="J80" s="16">
@@ -32851,52 +33293,58 @@
       </c>
       <c r="EE80" s="16">
         <v>346.39138100000002</v>
       </c>
       <c r="EF80" s="16">
         <v>367.29300839999996</v>
       </c>
       <c r="EG80" s="16">
         <v>359.92296833999995</v>
       </c>
       <c r="EH80" s="16">
         <v>365.82069719999998</v>
       </c>
       <c r="EI80" s="16">
         <v>370.62137514</v>
       </c>
       <c r="EJ80" s="16">
         <v>385.00683801999998</v>
       </c>
       <c r="EK80" s="16">
         <v>416.92296701999999</v>
       </c>
       <c r="EL80" s="16">
         <v>417.07787708000001</v>
       </c>
+      <c r="EM80" s="16">
+        <v>420.70498044999999</v>
+      </c>
+      <c r="EN80" s="16">
+        <v>433.12591684</v>
+      </c>
     </row>
-    <row r="81" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="18">
         <v>407.07405197000003</v>
       </c>
       <c r="D81" s="18">
         <v>407.20847701999998</v>
       </c>
       <c r="E81" s="18">
         <v>421.75610304999998</v>
       </c>
       <c r="F81" s="18">
         <v>419.28607083999998</v>
       </c>
       <c r="G81" s="18">
         <v>421.45698678000002</v>
       </c>
       <c r="H81" s="18">
         <v>432.61538773000001</v>
       </c>
       <c r="I81" s="18">
         <v>467.24902537999998</v>
       </c>
       <c r="J81" s="18">
@@ -33276,52 +33724,58 @@
       </c>
       <c r="EE81" s="18">
         <v>304.31247401999997</v>
       </c>
       <c r="EF81" s="18">
         <v>325.31881126999997</v>
       </c>
       <c r="EG81" s="18">
         <v>317.40714947000004</v>
       </c>
       <c r="EH81" s="18">
         <v>323.34679220999999</v>
       </c>
       <c r="EI81" s="18">
         <v>329.95381629000002</v>
       </c>
       <c r="EJ81" s="18">
         <v>345.18295742999999</v>
       </c>
       <c r="EK81" s="18">
         <v>377.12110366000002</v>
       </c>
       <c r="EL81" s="18">
         <v>377.27325044999998</v>
       </c>
+      <c r="EM81" s="18">
+        <v>380.94496685000001</v>
+      </c>
+      <c r="EN81" s="18">
+        <v>393.37145098000002</v>
+      </c>
     </row>
-    <row r="82" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C82" s="21">
         <v>24.578961329999998</v>
       </c>
       <c r="D82" s="21">
         <v>22.033794</v>
       </c>
       <c r="E82" s="21">
         <v>21.996721180000002</v>
       </c>
       <c r="F82" s="21">
         <v>21.41427732</v>
       </c>
       <c r="G82" s="21">
         <v>21.48062925</v>
       </c>
       <c r="H82" s="21">
         <v>27.515245119999999</v>
       </c>
       <c r="I82" s="21">
         <v>21.299413940000001</v>
       </c>
       <c r="J82" s="21">
@@ -33701,52 +34155,58 @@
       </c>
       <c r="EE82" s="21">
         <v>42.078906979999999</v>
       </c>
       <c r="EF82" s="21">
         <v>41.97419713</v>
       </c>
       <c r="EG82" s="21">
         <v>42.515818869999997</v>
       </c>
       <c r="EH82" s="21">
         <v>42.473904990000001</v>
       </c>
       <c r="EI82" s="21">
         <v>40.667558849999999</v>
       </c>
       <c r="EJ82" s="21">
         <v>39.823880590000002</v>
       </c>
       <c r="EK82" s="21">
         <v>39.801863359999999</v>
       </c>
       <c r="EL82" s="21">
         <v>39.804626630000001</v>
       </c>
+      <c r="EM82" s="21">
+        <v>39.760013600000001</v>
+      </c>
+      <c r="EN82" s="21">
+        <v>39.754465859999996</v>
+      </c>
     </row>
-    <row r="83" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="25" t="s">
         <v>41</v>
       </c>
       <c r="C83" s="26">
         <v>4554.2412483300004</v>
       </c>
       <c r="D83" s="26">
         <v>4523.3316877500001</v>
       </c>
       <c r="E83" s="26">
         <v>4512.8339050000004</v>
       </c>
       <c r="F83" s="26">
         <v>4459.3335340200001</v>
       </c>
       <c r="G83" s="26">
         <v>4388.8426938100001</v>
       </c>
       <c r="H83" s="26">
         <v>4411.0430267499996</v>
       </c>
       <c r="I83" s="26">
         <v>4591.5507910799997</v>
       </c>
       <c r="J83" s="26">
@@ -34126,52 +34586,58 @@
       </c>
       <c r="EE83" s="26">
         <v>7007.3075627400003</v>
       </c>
       <c r="EF83" s="26">
         <v>7742.9800402399987</v>
       </c>
       <c r="EG83" s="26">
         <v>7571.9298317399998</v>
       </c>
       <c r="EH83" s="26">
         <v>7765.3694508299996</v>
       </c>
       <c r="EI83" s="26">
         <v>7705.59195826</v>
       </c>
       <c r="EJ83" s="26">
         <v>8036.2610708000002</v>
       </c>
       <c r="EK83" s="26">
         <v>8325.1168843100004</v>
       </c>
       <c r="EL83" s="26">
         <v>8900.9536901800002</v>
       </c>
+      <c r="EM83" s="26">
+        <v>8852.8602833000004</v>
+      </c>
+      <c r="EN83" s="26">
+        <v>9011.2461411599979</v>
+      </c>
     </row>
-    <row r="84" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="22" t="s">
         <v>42</v>
       </c>
       <c r="C84" s="23">
         <v>25576.053506889999</v>
       </c>
       <c r="D84" s="23">
         <v>25151.755637239999</v>
       </c>
       <c r="E84" s="23">
         <v>25572.652578879999</v>
       </c>
       <c r="F84" s="23">
         <v>25205.170723989999</v>
       </c>
       <c r="G84" s="23">
         <v>24934.867198</v>
       </c>
       <c r="H84" s="23">
         <v>25362.081244159999</v>
       </c>
       <c r="I84" s="23">
         <v>26469.99798131</v>
       </c>
       <c r="J84" s="23">
@@ -34551,52 +35017,58 @@
       </c>
       <c r="EE84" s="23">
         <v>41994.336968280004</v>
       </c>
       <c r="EF84" s="23">
         <v>43761.462558890002</v>
       </c>
       <c r="EG84" s="23">
         <v>42585.030177030007</v>
       </c>
       <c r="EH84" s="23">
         <v>42803.920371789995</v>
       </c>
       <c r="EI84" s="23">
         <v>42162.781047340002</v>
       </c>
       <c r="EJ84" s="23">
         <v>42812.697733399997</v>
       </c>
       <c r="EK84" s="23">
         <v>43719.865831340001</v>
       </c>
       <c r="EL84" s="23">
         <v>45420.377327809998</v>
       </c>
+      <c r="EM84" s="23">
+        <v>44922.264244400008</v>
+      </c>
+      <c r="EN84" s="23">
+        <v>45264.304870740001</v>
+      </c>
     </row>
-    <row r="85" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="12" t="s">
         <v>137</v>
       </c>
       <c r="C85" s="24"/>
       <c r="D85" s="24"/>
       <c r="E85" s="24"/>
       <c r="F85" s="24"/>
       <c r="G85" s="24"/>
       <c r="H85" s="24"/>
       <c r="I85" s="24"/>
       <c r="J85" s="24"/>
       <c r="K85" s="24"/>
       <c r="L85" s="24"/>
       <c r="M85" s="24"/>
       <c r="N85" s="24"/>
       <c r="O85" s="24"/>
       <c r="P85" s="24"/>
       <c r="Q85" s="24"/>
       <c r="R85" s="24"/>
       <c r="S85" s="24"/>
       <c r="T85" s="24"/>
       <c r="U85" s="24"/>
       <c r="V85" s="24"/>
       <c r="W85" s="24"/>
       <c r="X85" s="24"/>
@@ -34696,52 +35168,54 @@
       <c r="DN85" s="24"/>
       <c r="DO85" s="24"/>
       <c r="DP85" s="24"/>
       <c r="DQ85" s="24"/>
       <c r="DR85" s="24"/>
       <c r="DS85" s="24"/>
       <c r="DT85" s="24"/>
       <c r="DU85" s="24"/>
       <c r="DV85" s="24"/>
       <c r="DW85" s="24"/>
       <c r="DX85" s="24"/>
       <c r="DY85" s="24"/>
       <c r="DZ85" s="24"/>
       <c r="EA85" s="24"/>
       <c r="EB85" s="24"/>
       <c r="EC85" s="24"/>
       <c r="ED85" s="24"/>
       <c r="EE85" s="24"/>
       <c r="EF85" s="24"/>
       <c r="EG85" s="24"/>
       <c r="EH85" s="24"/>
       <c r="EI85" s="24"/>
       <c r="EJ85" s="24"/>
       <c r="EK85" s="24"/>
       <c r="EL85" s="24"/>
+      <c r="EM85" s="24"/>
+      <c r="EN85" s="24"/>
     </row>
-    <row r="86" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C86" s="16">
         <v>0.41002666999999998</v>
       </c>
       <c r="D86" s="16">
         <v>0.42677224000000002</v>
       </c>
       <c r="E86" s="16">
         <v>0.44104744000000001</v>
       </c>
       <c r="F86" s="16">
         <v>0.50542436999999996</v>
       </c>
       <c r="G86" s="16">
         <v>0.48826148000000003</v>
       </c>
       <c r="H86" s="16">
         <v>0.48542014999999999</v>
       </c>
       <c r="I86" s="16">
         <v>0.46318292999999999</v>
       </c>
       <c r="J86" s="16">
@@ -35121,52 +35595,58 @@
       </c>
       <c r="EE86" s="16">
         <v>59.602009770000002</v>
       </c>
       <c r="EF86" s="16">
         <v>61.526617030000004</v>
       </c>
       <c r="EG86" s="16">
         <v>62.724587799999995</v>
       </c>
       <c r="EH86" s="16">
         <v>61.84508666</v>
       </c>
       <c r="EI86" s="16">
         <v>64.865091789999994</v>
       </c>
       <c r="EJ86" s="16">
         <v>66.624987079999997</v>
       </c>
       <c r="EK86" s="16">
         <v>67.593964129999989</v>
       </c>
       <c r="EL86" s="16">
         <v>69.423445099999995</v>
       </c>
+      <c r="EM86" s="16">
+        <v>69.686650470000004</v>
+      </c>
+      <c r="EN86" s="16">
+        <v>69.424986750000002</v>
+      </c>
     </row>
-    <row r="87" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="15" t="s">
         <v>28</v>
       </c>
       <c r="C87" s="16">
         <v>4.5644199999999996E-3</v>
       </c>
       <c r="D87" s="16">
         <v>4.7332399999999997E-3</v>
       </c>
       <c r="E87" s="16">
         <v>4.8987099999999997E-3</v>
       </c>
       <c r="F87" s="16">
         <v>5.6338200000000003E-3</v>
       </c>
       <c r="G87" s="16">
         <v>5.43364E-3</v>
       </c>
       <c r="H87" s="16">
         <v>5.3848400000000001E-3</v>
       </c>
       <c r="I87" s="16">
         <v>5.1555899999999998E-3</v>
       </c>
       <c r="J87" s="16">
@@ -35546,52 +36026,58 @@
       </c>
       <c r="EE87" s="16">
         <v>3.3902099999999998E-3</v>
       </c>
       <c r="EF87" s="16">
         <v>3.9089600000000004E-3</v>
       </c>
       <c r="EG87" s="16">
         <v>4.4536800000000007E-3</v>
       </c>
       <c r="EH87" s="16">
         <v>4.5346400000000004E-3</v>
       </c>
       <c r="EI87" s="16">
         <v>4.4853599999999999E-3</v>
       </c>
       <c r="EJ87" s="16">
         <v>4.9772799999999997E-3</v>
       </c>
       <c r="EK87" s="16">
         <v>5.0080799999999998E-3</v>
       </c>
       <c r="EL87" s="16">
         <v>5.6874399999999993E-3</v>
       </c>
+      <c r="EM87" s="16">
+        <v>5.8115200000000006E-3</v>
+      </c>
+      <c r="EN87" s="16">
+        <v>5.6733599999999997E-3</v>
+      </c>
     </row>
-    <row r="88" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="C88" s="16">
         <v>0</v>
       </c>
       <c r="D88" s="16">
         <v>0</v>
       </c>
       <c r="E88" s="16">
         <v>0</v>
       </c>
       <c r="F88" s="16">
         <v>0</v>
       </c>
       <c r="G88" s="16">
         <v>0</v>
       </c>
       <c r="H88" s="16">
         <v>0</v>
       </c>
       <c r="I88" s="16">
         <v>0</v>
       </c>
       <c r="J88" s="16">
@@ -35971,52 +36457,58 @@
       </c>
       <c r="EE88" s="16">
         <v>0</v>
       </c>
       <c r="EF88" s="16">
         <v>0</v>
       </c>
       <c r="EG88" s="16">
         <v>0</v>
       </c>
       <c r="EH88" s="16">
         <v>0</v>
       </c>
       <c r="EI88" s="16">
         <v>0</v>
       </c>
       <c r="EJ88" s="16">
         <v>0</v>
       </c>
       <c r="EK88" s="16">
         <v>0</v>
       </c>
       <c r="EL88" s="16">
         <v>0</v>
       </c>
+      <c r="EM88" s="16">
+        <v>0</v>
+      </c>
+      <c r="EN88" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="89" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="C89" s="16">
         <v>19.735880829999999</v>
       </c>
       <c r="D89" s="16">
         <v>18.74472441</v>
       </c>
       <c r="E89" s="16">
         <v>19.557278289999999</v>
       </c>
       <c r="F89" s="16">
         <v>19.329606380000001</v>
       </c>
       <c r="G89" s="16">
         <v>18.920444839999998</v>
       </c>
       <c r="H89" s="16">
         <v>18.903840899999999</v>
       </c>
       <c r="I89" s="16">
         <v>18.564801370000001</v>
       </c>
       <c r="J89" s="16">
@@ -36396,52 +36888,58 @@
       </c>
       <c r="EE89" s="16">
         <v>56.719833600000001</v>
       </c>
       <c r="EF89" s="16">
         <v>59.714684929999997</v>
       </c>
       <c r="EG89" s="16">
         <v>62.693983770000003</v>
       </c>
       <c r="EH89" s="16">
         <v>59.546253999999998</v>
       </c>
       <c r="EI89" s="16">
         <v>55.949963689999997</v>
       </c>
       <c r="EJ89" s="16">
         <v>57.037172560000002</v>
       </c>
       <c r="EK89" s="16">
         <v>54.352638420000005</v>
       </c>
       <c r="EL89" s="16">
         <v>54.215678200000006</v>
       </c>
+      <c r="EM89" s="16">
+        <v>56.294003379999999</v>
+      </c>
+      <c r="EN89" s="16">
+        <v>55.198731330000001</v>
+      </c>
     </row>
-    <row r="90" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C90" s="16">
         <v>231.75300121999999</v>
       </c>
       <c r="D90" s="16">
         <v>224.03547387</v>
       </c>
       <c r="E90" s="16">
         <v>231.48359957</v>
       </c>
       <c r="F90" s="16">
         <v>224.27972800000001</v>
       </c>
       <c r="G90" s="16">
         <v>228.92721958999999</v>
       </c>
       <c r="H90" s="16">
         <v>235.90316953000001</v>
       </c>
       <c r="I90" s="16">
         <v>235.48620625999999</v>
       </c>
       <c r="J90" s="16">
@@ -36821,52 +37319,58 @@
       </c>
       <c r="EE90" s="16">
         <v>795.80053521000002</v>
       </c>
       <c r="EF90" s="16">
         <v>857.62816267999995</v>
       </c>
       <c r="EG90" s="16">
         <v>903.74268474999997</v>
       </c>
       <c r="EH90" s="16">
         <v>876.4011114299999</v>
       </c>
       <c r="EI90" s="16">
         <v>835.13874334000002</v>
       </c>
       <c r="EJ90" s="16">
         <v>881.20100261000005</v>
       </c>
       <c r="EK90" s="16">
         <v>899.77546445000007</v>
       </c>
       <c r="EL90" s="16">
         <v>954.63134629000001</v>
       </c>
+      <c r="EM90" s="16">
+        <v>965.60145257000011</v>
+      </c>
+      <c r="EN90" s="16">
+        <v>996.83255704999999</v>
+      </c>
     </row>
-    <row r="91" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C91" s="16">
         <v>21.588497700000001</v>
       </c>
       <c r="D91" s="16">
         <v>23.872427869999999</v>
       </c>
       <c r="E91" s="16">
         <v>24.802939259999999</v>
       </c>
       <c r="F91" s="16">
         <v>25.10411839</v>
       </c>
       <c r="G91" s="16">
         <v>27.416850960000001</v>
       </c>
       <c r="H91" s="16">
         <v>28.695255459999998</v>
       </c>
       <c r="I91" s="16">
         <v>30.176325779999999</v>
       </c>
       <c r="J91" s="16">
@@ -37246,52 +37750,58 @@
       </c>
       <c r="EE91" s="16">
         <v>600.79095416999996</v>
       </c>
       <c r="EF91" s="16">
         <v>623.75444821999997</v>
       </c>
       <c r="EG91" s="16">
         <v>641.02232700000002</v>
       </c>
       <c r="EH91" s="16">
         <v>694.18301783000004</v>
       </c>
       <c r="EI91" s="16">
         <v>684.45489210000005</v>
       </c>
       <c r="EJ91" s="16">
         <v>716.86974642999996</v>
       </c>
       <c r="EK91" s="16">
         <v>776.29446860000007</v>
       </c>
       <c r="EL91" s="16">
         <v>804.20772212999998</v>
       </c>
+      <c r="EM91" s="16">
+        <v>800.99950991999992</v>
+      </c>
+      <c r="EN91" s="16">
+        <v>807.89654933000008</v>
+      </c>
     </row>
-    <row r="92" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C92" s="16">
         <v>638.77253880000001</v>
       </c>
       <c r="D92" s="16">
         <v>641.26411041999995</v>
       </c>
       <c r="E92" s="16">
         <v>669.85132897999995</v>
       </c>
       <c r="F92" s="16">
         <v>633.51841477000005</v>
       </c>
       <c r="G92" s="16">
         <v>638.26869011999997</v>
       </c>
       <c r="H92" s="16">
         <v>659.78200464999998</v>
       </c>
       <c r="I92" s="16">
         <v>679.23507296000002</v>
       </c>
       <c r="J92" s="16">
@@ -37671,52 +38181,58 @@
       </c>
       <c r="EE92" s="16">
         <v>4733.6544444799993</v>
       </c>
       <c r="EF92" s="16">
         <v>5012.2593986499996</v>
       </c>
       <c r="EG92" s="16">
         <v>5049.4270510100005</v>
       </c>
       <c r="EH92" s="16">
         <v>4739.7875898599996</v>
       </c>
       <c r="EI92" s="16">
         <v>4599.3875900100002</v>
       </c>
       <c r="EJ92" s="16">
         <v>4826.2509561499992</v>
       </c>
       <c r="EK92" s="16">
         <v>4995.7312497499997</v>
       </c>
       <c r="EL92" s="16">
         <v>5197.0500382099999</v>
       </c>
+      <c r="EM92" s="16">
+        <v>5248.6836058999997</v>
+      </c>
+      <c r="EN92" s="16">
+        <v>5588.3430415699995</v>
+      </c>
     </row>
-    <row r="93" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C93" s="16">
         <v>30.128262719999999</v>
       </c>
       <c r="D93" s="16">
         <v>28.108653530000002</v>
       </c>
       <c r="E93" s="16">
         <v>31.409967590000001</v>
       </c>
       <c r="F93" s="16">
         <v>28.784342580000001</v>
       </c>
       <c r="G93" s="16">
         <v>34.204619690000001</v>
       </c>
       <c r="H93" s="16">
         <v>35.824314860000001</v>
       </c>
       <c r="I93" s="16">
         <v>38.007926009999998</v>
       </c>
       <c r="J93" s="16">
@@ -38096,52 +38612,58 @@
       </c>
       <c r="EE93" s="16">
         <v>77.134562110000005</v>
       </c>
       <c r="EF93" s="16">
         <v>89.244565710000018</v>
       </c>
       <c r="EG93" s="16">
         <v>107.37102871</v>
       </c>
       <c r="EH93" s="16">
         <v>107.43163939000002</v>
       </c>
       <c r="EI93" s="16">
         <v>103.16321806000001</v>
       </c>
       <c r="EJ93" s="16">
         <v>114.14977273000001</v>
       </c>
       <c r="EK93" s="16">
         <v>125.30282079</v>
       </c>
       <c r="EL93" s="16">
         <v>131.35789310999999</v>
       </c>
+      <c r="EM93" s="16">
+        <v>137.41967022</v>
+      </c>
+      <c r="EN93" s="16">
+        <v>141.94660838999999</v>
+      </c>
     </row>
-    <row r="94" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="15" t="s">
         <v>35</v>
       </c>
       <c r="C94" s="16">
         <v>0.64150457000000005</v>
       </c>
       <c r="D94" s="16">
         <v>0.64242034000000003</v>
       </c>
       <c r="E94" s="16">
         <v>0.66986497</v>
       </c>
       <c r="F94" s="16">
         <v>0.71900246000000001</v>
       </c>
       <c r="G94" s="16">
         <v>1.09846964</v>
       </c>
       <c r="H94" s="16">
         <v>1.2187523</v>
       </c>
       <c r="I94" s="16">
         <v>1.1984536800000001</v>
       </c>
       <c r="J94" s="16">
@@ -38521,52 +39043,58 @@
       </c>
       <c r="EE94" s="16">
         <v>0.25310926</v>
       </c>
       <c r="EF94" s="16">
         <v>0.29183940000000003</v>
       </c>
       <c r="EG94" s="16">
         <v>0.33250770000000002</v>
       </c>
       <c r="EH94" s="16">
         <v>0.33855209999999997</v>
       </c>
       <c r="EI94" s="16">
         <v>0.33487290000000003</v>
       </c>
       <c r="EJ94" s="16">
         <v>0.37159920000000002</v>
       </c>
       <c r="EK94" s="16">
         <v>0.37389870000000003</v>
       </c>
       <c r="EL94" s="16">
         <v>0.42461909999999997</v>
       </c>
+      <c r="EM94" s="16">
+        <v>0.43388280000000001</v>
+      </c>
+      <c r="EN94" s="16">
+        <v>0.4235679</v>
+      </c>
     </row>
-    <row r="95" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C95" s="16">
         <v>8.2279318700000008</v>
       </c>
       <c r="D95" s="16">
         <v>9.2263400000000004</v>
       </c>
       <c r="E95" s="16">
         <v>9.9471073800000003</v>
       </c>
       <c r="F95" s="16">
         <v>9.9242670799999999</v>
       </c>
       <c r="G95" s="16">
         <v>10.90459149</v>
       </c>
       <c r="H95" s="16">
         <v>11.4334848</v>
       </c>
       <c r="I95" s="16">
         <v>12.47792349</v>
       </c>
       <c r="J95" s="16">
@@ -38946,52 +39474,58 @@
       </c>
       <c r="EE95" s="16">
         <v>254.13880494</v>
       </c>
       <c r="EF95" s="16">
         <v>272.51317660000001</v>
       </c>
       <c r="EG95" s="16">
         <v>277.04640262999999</v>
       </c>
       <c r="EH95" s="16">
         <v>265.07098477</v>
       </c>
       <c r="EI95" s="16">
         <v>219.67930330999999</v>
       </c>
       <c r="EJ95" s="16">
         <v>235.84219115000002</v>
       </c>
       <c r="EK95" s="16">
         <v>232.87258091000001</v>
       </c>
       <c r="EL95" s="16">
         <v>246.15825106</v>
       </c>
+      <c r="EM95" s="16">
+        <v>246.12076246999999</v>
+      </c>
+      <c r="EN95" s="16">
+        <v>264.45479046999998</v>
+      </c>
     </row>
-    <row r="96" spans="2:142" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:144" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="27" t="s">
         <v>37</v>
       </c>
       <c r="C96" s="26">
         <v>49.916834260000002</v>
       </c>
       <c r="D96" s="26">
         <v>50.454379060000001</v>
       </c>
       <c r="E96" s="26">
         <v>51.304420559999997</v>
       </c>
       <c r="F96" s="26">
         <v>52.991246750000002</v>
       </c>
       <c r="G96" s="26">
         <v>49.950954179999997</v>
       </c>
       <c r="H96" s="26">
         <v>51.253662149999997</v>
       </c>
       <c r="I96" s="26">
         <v>52.550484599999997</v>
       </c>
       <c r="J96" s="26">
@@ -39371,52 +39905,58 @@
       </c>
       <c r="EE96" s="26">
         <v>538.76420261999999</v>
       </c>
       <c r="EF96" s="26">
         <v>581.33691458999999</v>
       </c>
       <c r="EG96" s="26">
         <v>571.17139350000002</v>
       </c>
       <c r="EH96" s="26">
         <v>550.63277959999994</v>
       </c>
       <c r="EI96" s="26">
         <v>535.41053378000004</v>
       </c>
       <c r="EJ96" s="26">
         <v>561.79455178000001</v>
       </c>
       <c r="EK96" s="26">
         <v>575.08416093000005</v>
       </c>
       <c r="EL96" s="26">
         <v>606.66156015000001</v>
       </c>
+      <c r="EM96" s="26">
+        <v>607.81459846999996</v>
+      </c>
+      <c r="EN96" s="26">
+        <v>627.65116823000005</v>
+      </c>
     </row>
-    <row r="97" spans="2:142" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="2:144" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="22" t="s">
         <v>43</v>
       </c>
       <c r="C97" s="23">
         <v>1001.17904307</v>
       </c>
       <c r="D97" s="23">
         <v>996.78003498999999</v>
       </c>
       <c r="E97" s="23">
         <v>1039.47245275</v>
       </c>
       <c r="F97" s="23">
         <v>995.16178460000003</v>
       </c>
       <c r="G97" s="23">
         <v>1010.18553563</v>
       </c>
       <c r="H97" s="23">
         <v>1043.50528966</v>
       </c>
       <c r="I97" s="23">
         <v>1068.1655326600001</v>
       </c>
       <c r="J97" s="23">
@@ -39796,128 +40336,134 @@
       </c>
       <c r="EE97" s="23">
         <v>7116.8618463699995</v>
       </c>
       <c r="EF97" s="23">
         <v>7558.2737167699997</v>
       </c>
       <c r="EG97" s="23">
         <v>7675.53642055</v>
       </c>
       <c r="EH97" s="23">
         <v>7355.2415502799995</v>
       </c>
       <c r="EI97" s="23">
         <v>7098.3886943400003</v>
       </c>
       <c r="EJ97" s="23">
         <v>7460.1469569699984</v>
       </c>
       <c r="EK97" s="23">
         <v>7727.3862547599983</v>
       </c>
       <c r="EL97" s="23">
         <v>8064.1362407899996</v>
       </c>
+      <c r="EM97" s="23">
+        <v>8133.0599477199994</v>
+      </c>
+      <c r="EN97" s="23">
+        <v>8552.1776743800001</v>
+      </c>
     </row>
-    <row r="98" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="29"/>
       <c r="D98" s="29"/>
       <c r="E98" s="29"/>
       <c r="F98" s="29"/>
       <c r="G98" s="29"/>
       <c r="H98" s="29"/>
       <c r="I98" s="29"/>
       <c r="J98" s="29"/>
       <c r="K98" s="29"/>
       <c r="L98" s="29"/>
       <c r="M98" s="29"/>
       <c r="N98" s="29"/>
       <c r="O98" s="29"/>
       <c r="P98" s="29"/>
       <c r="Q98" s="29"/>
       <c r="R98" s="29"/>
       <c r="S98" s="29"/>
       <c r="T98" s="29"/>
       <c r="U98" s="29"/>
       <c r="V98" s="29"/>
       <c r="W98" s="29"/>
       <c r="X98" s="29"/>
       <c r="Y98" s="29"/>
       <c r="Z98" s="29"/>
       <c r="AA98" s="29"/>
       <c r="AB98" s="29"/>
       <c r="AC98" s="29"/>
       <c r="AD98" s="29"/>
       <c r="AE98" s="29"/>
       <c r="AF98" s="29"/>
       <c r="AG98" s="29"/>
       <c r="AH98" s="29"/>
       <c r="AI98" s="29"/>
       <c r="AJ98" s="29"/>
       <c r="AK98" s="29"/>
       <c r="AL98" s="29"/>
     </row>
-    <row r="99" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="29"/>
       <c r="D99" s="29"/>
       <c r="E99" s="29"/>
       <c r="F99" s="29"/>
       <c r="G99" s="29"/>
       <c r="H99" s="29"/>
       <c r="I99" s="29"/>
       <c r="J99" s="29"/>
       <c r="K99" s="29"/>
       <c r="L99" s="29"/>
       <c r="M99" s="29"/>
       <c r="N99" s="29"/>
       <c r="O99" s="29"/>
       <c r="P99" s="29"/>
       <c r="Q99" s="29"/>
       <c r="R99" s="29"/>
       <c r="S99" s="29"/>
       <c r="T99" s="29"/>
       <c r="U99" s="29"/>
       <c r="V99" s="29"/>
       <c r="W99" s="29"/>
       <c r="X99" s="29"/>
       <c r="Y99" s="29"/>
       <c r="Z99" s="29"/>
       <c r="AA99" s="29"/>
       <c r="AB99" s="29"/>
       <c r="AC99" s="29"/>
       <c r="AD99" s="29"/>
       <c r="AE99" s="29"/>
       <c r="AF99" s="29"/>
       <c r="AG99" s="29"/>
       <c r="AH99" s="29"/>
       <c r="AI99" s="29"/>
       <c r="AJ99" s="29"/>
       <c r="AK99" s="29"/>
       <c r="AL99" s="29"/>
     </row>
-    <row r="100" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="33" t="s">
         <v>132</v>
       </c>
       <c r="C100" s="28"/>
       <c r="D100" s="28"/>
       <c r="E100" s="28"/>
       <c r="F100" s="28"/>
       <c r="G100" s="28"/>
       <c r="H100" s="28"/>
       <c r="I100" s="28"/>
       <c r="J100" s="28"/>
       <c r="K100" s="28"/>
       <c r="L100" s="28"/>
       <c r="M100" s="28"/>
       <c r="N100" s="28"/>
       <c r="O100" s="28"/>
       <c r="P100" s="28"/>
       <c r="Q100" s="28"/>
       <c r="R100" s="28"/>
       <c r="S100" s="28"/>
       <c r="T100" s="28"/>
       <c r="U100" s="28"/>
       <c r="V100" s="28"/>
       <c r="W100" s="28"/>
       <c r="X100" s="28"/>
@@ -40017,52 +40563,54 @@
       <c r="DN100" s="30"/>
       <c r="DO100" s="30"/>
       <c r="DP100" s="30"/>
       <c r="DQ100" s="30"/>
       <c r="DR100" s="30"/>
       <c r="DS100" s="30"/>
       <c r="DT100" s="30"/>
       <c r="DU100" s="30"/>
       <c r="DV100" s="30"/>
       <c r="DW100" s="30"/>
       <c r="DX100" s="30"/>
       <c r="DY100" s="30"/>
       <c r="DZ100" s="30"/>
       <c r="EA100" s="30"/>
       <c r="EB100" s="30"/>
       <c r="EC100" s="30"/>
       <c r="ED100" s="30"/>
       <c r="EE100" s="30"/>
       <c r="EF100" s="30"/>
       <c r="EG100" s="30"/>
       <c r="EH100" s="30"/>
       <c r="EI100" s="30"/>
       <c r="EJ100" s="30"/>
       <c r="EK100" s="30"/>
       <c r="EL100" s="30"/>
+      <c r="EM100" s="30"/>
+      <c r="EN100" s="30"/>
     </row>
-    <row r="101" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="33" t="s">
         <v>139</v>
       </c>
       <c r="C101" s="28"/>
       <c r="D101" s="28"/>
       <c r="E101" s="28"/>
       <c r="F101" s="28"/>
       <c r="G101" s="28"/>
       <c r="H101" s="28"/>
       <c r="I101" s="28"/>
       <c r="J101" s="28"/>
       <c r="K101" s="28"/>
       <c r="L101" s="28"/>
       <c r="M101" s="28"/>
       <c r="N101" s="28"/>
       <c r="O101" s="28"/>
       <c r="P101" s="28"/>
       <c r="Q101" s="28"/>
       <c r="R101" s="28"/>
       <c r="S101" s="28"/>
       <c r="T101" s="28"/>
       <c r="U101" s="28"/>
       <c r="V101" s="28"/>
       <c r="W101" s="28"/>
       <c r="X101" s="28"/>
@@ -40160,52 +40708,54 @@
       <c r="DN101" s="28"/>
       <c r="DO101" s="28"/>
       <c r="DP101" s="28"/>
       <c r="DQ101" s="28"/>
       <c r="DR101" s="28"/>
       <c r="DS101" s="28"/>
       <c r="DT101" s="28"/>
       <c r="DU101" s="28"/>
       <c r="DV101" s="28"/>
       <c r="DW101" s="28"/>
       <c r="DX101" s="28"/>
       <c r="DY101" s="28"/>
       <c r="DZ101" s="28"/>
       <c r="EA101" s="28"/>
       <c r="EB101" s="28"/>
       <c r="EC101" s="28"/>
       <c r="ED101" s="28"/>
       <c r="EE101" s="28"/>
       <c r="EF101" s="28"/>
       <c r="EG101" s="28"/>
       <c r="EH101" s="28"/>
       <c r="EI101" s="28"/>
       <c r="EJ101" s="28"/>
       <c r="EK101" s="28"/>
       <c r="EL101" s="28"/>
+      <c r="EM101" s="28"/>
+      <c r="EN101" s="28"/>
     </row>
-    <row r="102" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO102" s="28"/>
       <c r="AP102" s="28"/>
       <c r="AQ102" s="28"/>
       <c r="AR102" s="28"/>
       <c r="AS102" s="28"/>
       <c r="AT102" s="28"/>
       <c r="AU102" s="28"/>
       <c r="AV102" s="28"/>
       <c r="AW102" s="28"/>
       <c r="AX102" s="28"/>
       <c r="AY102" s="28"/>
       <c r="AZ102" s="28"/>
       <c r="BA102" s="28"/>
       <c r="BB102" s="28"/>
       <c r="BC102" s="28"/>
       <c r="BD102" s="28"/>
       <c r="BE102" s="28"/>
       <c r="BF102" s="28"/>
       <c r="BG102" s="28"/>
       <c r="BH102" s="28"/>
       <c r="BI102" s="28"/>
       <c r="BJ102" s="28"/>
       <c r="BK102" s="28"/>
       <c r="BL102" s="28"/>
       <c r="BM102" s="28"/>
@@ -40264,52 +40814,54 @@
       <c r="DN102" s="28"/>
       <c r="DO102" s="28"/>
       <c r="DP102" s="28"/>
       <c r="DQ102" s="28"/>
       <c r="DR102" s="28"/>
       <c r="DS102" s="28"/>
       <c r="DT102" s="28"/>
       <c r="DU102" s="28"/>
       <c r="DV102" s="28"/>
       <c r="DW102" s="28"/>
       <c r="DX102" s="28"/>
       <c r="DY102" s="28"/>
       <c r="DZ102" s="28"/>
       <c r="EA102" s="28"/>
       <c r="EB102" s="28"/>
       <c r="EC102" s="28"/>
       <c r="ED102" s="28"/>
       <c r="EE102" s="28"/>
       <c r="EF102" s="28"/>
       <c r="EG102" s="28"/>
       <c r="EH102" s="28"/>
       <c r="EI102" s="28"/>
       <c r="EJ102" s="28"/>
       <c r="EK102" s="28"/>
       <c r="EL102" s="28"/>
+      <c r="EM102" s="28"/>
+      <c r="EN102" s="28"/>
     </row>
-    <row r="103" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO103" s="28"/>
       <c r="AP103" s="28"/>
       <c r="AQ103" s="28"/>
       <c r="AR103" s="28"/>
       <c r="AS103" s="28"/>
       <c r="AT103" s="28"/>
       <c r="AU103" s="28"/>
       <c r="AV103" s="28"/>
       <c r="AW103" s="28"/>
       <c r="AX103" s="28"/>
       <c r="AY103" s="28"/>
       <c r="AZ103" s="28"/>
       <c r="BA103" s="28"/>
       <c r="BB103" s="28"/>
       <c r="BC103" s="28"/>
       <c r="BD103" s="28"/>
       <c r="BE103" s="28"/>
       <c r="BF103" s="28"/>
       <c r="BG103" s="28"/>
       <c r="BH103" s="28"/>
       <c r="BI103" s="28"/>
       <c r="BJ103" s="28"/>
       <c r="BK103" s="28"/>
       <c r="BL103" s="28"/>
       <c r="BM103" s="28"/>
@@ -40368,52 +40920,54 @@
       <c r="DN103" s="28"/>
       <c r="DO103" s="28"/>
       <c r="DP103" s="28"/>
       <c r="DQ103" s="28"/>
       <c r="DR103" s="28"/>
       <c r="DS103" s="28"/>
       <c r="DT103" s="28"/>
       <c r="DU103" s="28"/>
       <c r="DV103" s="28"/>
       <c r="DW103" s="28"/>
       <c r="DX103" s="28"/>
       <c r="DY103" s="28"/>
       <c r="DZ103" s="28"/>
       <c r="EA103" s="28"/>
       <c r="EB103" s="28"/>
       <c r="EC103" s="28"/>
       <c r="ED103" s="28"/>
       <c r="EE103" s="28"/>
       <c r="EF103" s="28"/>
       <c r="EG103" s="28"/>
       <c r="EH103" s="28"/>
       <c r="EI103" s="28"/>
       <c r="EJ103" s="28"/>
       <c r="EK103" s="28"/>
       <c r="EL103" s="28"/>
+      <c r="EM103" s="28"/>
+      <c r="EN103" s="28"/>
     </row>
-    <row r="104" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO104" s="28"/>
       <c r="AP104" s="28"/>
       <c r="AQ104" s="28"/>
       <c r="AR104" s="28"/>
       <c r="AS104" s="28"/>
       <c r="AT104" s="28"/>
       <c r="AU104" s="28"/>
       <c r="AV104" s="28"/>
       <c r="AW104" s="28"/>
       <c r="AX104" s="28"/>
       <c r="AY104" s="28"/>
       <c r="AZ104" s="28"/>
       <c r="BA104" s="28"/>
       <c r="BB104" s="28"/>
       <c r="BC104" s="28"/>
       <c r="BD104" s="28"/>
       <c r="BE104" s="28"/>
       <c r="BF104" s="28"/>
       <c r="BG104" s="28"/>
       <c r="BH104" s="28"/>
       <c r="BI104" s="28"/>
       <c r="BJ104" s="28"/>
       <c r="BK104" s="28"/>
       <c r="BL104" s="28"/>
       <c r="BM104" s="28"/>
@@ -40472,52 +41026,54 @@
       <c r="DN104" s="28"/>
       <c r="DO104" s="28"/>
       <c r="DP104" s="28"/>
       <c r="DQ104" s="28"/>
       <c r="DR104" s="28"/>
       <c r="DS104" s="28"/>
       <c r="DT104" s="28"/>
       <c r="DU104" s="28"/>
       <c r="DV104" s="28"/>
       <c r="DW104" s="28"/>
       <c r="DX104" s="28"/>
       <c r="DY104" s="28"/>
       <c r="DZ104" s="28"/>
       <c r="EA104" s="28"/>
       <c r="EB104" s="28"/>
       <c r="EC104" s="28"/>
       <c r="ED104" s="28"/>
       <c r="EE104" s="28"/>
       <c r="EF104" s="28"/>
       <c r="EG104" s="28"/>
       <c r="EH104" s="28"/>
       <c r="EI104" s="28"/>
       <c r="EJ104" s="28"/>
       <c r="EK104" s="28"/>
       <c r="EL104" s="28"/>
+      <c r="EM104" s="28"/>
+      <c r="EN104" s="28"/>
     </row>
-    <row r="105" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO105" s="28"/>
       <c r="AP105" s="28"/>
       <c r="AQ105" s="28"/>
       <c r="AR105" s="28"/>
       <c r="AS105" s="28"/>
       <c r="AT105" s="28"/>
       <c r="AU105" s="28"/>
       <c r="AV105" s="28"/>
       <c r="AW105" s="28"/>
       <c r="AX105" s="28"/>
       <c r="AY105" s="28"/>
       <c r="AZ105" s="28"/>
       <c r="BA105" s="28"/>
       <c r="BB105" s="28"/>
       <c r="BC105" s="28"/>
       <c r="BD105" s="28"/>
       <c r="BE105" s="28"/>
       <c r="BF105" s="28"/>
       <c r="BG105" s="28"/>
       <c r="BH105" s="28"/>
       <c r="BI105" s="28"/>
       <c r="BJ105" s="28"/>
       <c r="BK105" s="28"/>
       <c r="BL105" s="28"/>
       <c r="BM105" s="28"/>
@@ -40576,52 +41132,54 @@
       <c r="DN105" s="28"/>
       <c r="DO105" s="28"/>
       <c r="DP105" s="28"/>
       <c r="DQ105" s="28"/>
       <c r="DR105" s="28"/>
       <c r="DS105" s="28"/>
       <c r="DT105" s="28"/>
       <c r="DU105" s="28"/>
       <c r="DV105" s="28"/>
       <c r="DW105" s="28"/>
       <c r="DX105" s="28"/>
       <c r="DY105" s="28"/>
       <c r="DZ105" s="28"/>
       <c r="EA105" s="28"/>
       <c r="EB105" s="28"/>
       <c r="EC105" s="28"/>
       <c r="ED105" s="28"/>
       <c r="EE105" s="28"/>
       <c r="EF105" s="28"/>
       <c r="EG105" s="28"/>
       <c r="EH105" s="28"/>
       <c r="EI105" s="28"/>
       <c r="EJ105" s="28"/>
       <c r="EK105" s="28"/>
       <c r="EL105" s="28"/>
+      <c r="EM105" s="28"/>
+      <c r="EN105" s="28"/>
     </row>
-    <row r="106" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO106" s="28"/>
       <c r="AP106" s="28"/>
       <c r="AQ106" s="28"/>
       <c r="AR106" s="28"/>
       <c r="AS106" s="28"/>
       <c r="AT106" s="28"/>
       <c r="AU106" s="28"/>
       <c r="AV106" s="28"/>
       <c r="AW106" s="28"/>
       <c r="AX106" s="28"/>
       <c r="AY106" s="28"/>
       <c r="AZ106" s="28"/>
       <c r="BA106" s="28"/>
       <c r="BB106" s="28"/>
       <c r="BC106" s="28"/>
       <c r="BD106" s="28"/>
       <c r="BE106" s="28"/>
       <c r="BF106" s="28"/>
       <c r="BG106" s="28"/>
       <c r="BH106" s="28"/>
       <c r="BI106" s="28"/>
       <c r="BJ106" s="28"/>
       <c r="BK106" s="28"/>
       <c r="BL106" s="28"/>
       <c r="BM106" s="28"/>
@@ -40680,52 +41238,54 @@
       <c r="DN106" s="28"/>
       <c r="DO106" s="28"/>
       <c r="DP106" s="28"/>
       <c r="DQ106" s="28"/>
       <c r="DR106" s="28"/>
       <c r="DS106" s="28"/>
       <c r="DT106" s="28"/>
       <c r="DU106" s="28"/>
       <c r="DV106" s="28"/>
       <c r="DW106" s="28"/>
       <c r="DX106" s="28"/>
       <c r="DY106" s="28"/>
       <c r="DZ106" s="28"/>
       <c r="EA106" s="28"/>
       <c r="EB106" s="28"/>
       <c r="EC106" s="28"/>
       <c r="ED106" s="28"/>
       <c r="EE106" s="28"/>
       <c r="EF106" s="28"/>
       <c r="EG106" s="28"/>
       <c r="EH106" s="28"/>
       <c r="EI106" s="28"/>
       <c r="EJ106" s="28"/>
       <c r="EK106" s="28"/>
       <c r="EL106" s="28"/>
+      <c r="EM106" s="28"/>
+      <c r="EN106" s="28"/>
     </row>
-    <row r="107" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO107" s="28"/>
       <c r="AP107" s="28"/>
       <c r="AQ107" s="28"/>
       <c r="AR107" s="28"/>
       <c r="AS107" s="28"/>
       <c r="AT107" s="28"/>
       <c r="AU107" s="28"/>
       <c r="AV107" s="28"/>
       <c r="AW107" s="28"/>
       <c r="AX107" s="28"/>
       <c r="AY107" s="28"/>
       <c r="AZ107" s="28"/>
       <c r="BA107" s="28"/>
       <c r="BB107" s="28"/>
       <c r="BC107" s="28"/>
       <c r="BD107" s="28"/>
       <c r="BE107" s="28"/>
       <c r="BF107" s="28"/>
       <c r="BG107" s="28"/>
       <c r="BH107" s="28"/>
       <c r="BI107" s="28"/>
       <c r="BJ107" s="28"/>
       <c r="BK107" s="28"/>
       <c r="BL107" s="28"/>
       <c r="BM107" s="28"/>
@@ -40784,52 +41344,54 @@
       <c r="DN107" s="28"/>
       <c r="DO107" s="28"/>
       <c r="DP107" s="28"/>
       <c r="DQ107" s="28"/>
       <c r="DR107" s="28"/>
       <c r="DS107" s="28"/>
       <c r="DT107" s="28"/>
       <c r="DU107" s="28"/>
       <c r="DV107" s="28"/>
       <c r="DW107" s="28"/>
       <c r="DX107" s="28"/>
       <c r="DY107" s="28"/>
       <c r="DZ107" s="28"/>
       <c r="EA107" s="28"/>
       <c r="EB107" s="28"/>
       <c r="EC107" s="28"/>
       <c r="ED107" s="28"/>
       <c r="EE107" s="28"/>
       <c r="EF107" s="28"/>
       <c r="EG107" s="28"/>
       <c r="EH107" s="28"/>
       <c r="EI107" s="28"/>
       <c r="EJ107" s="28"/>
       <c r="EK107" s="28"/>
       <c r="EL107" s="28"/>
+      <c r="EM107" s="28"/>
+      <c r="EN107" s="28"/>
     </row>
-    <row r="108" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO108" s="28"/>
       <c r="AP108" s="28"/>
       <c r="AQ108" s="28"/>
       <c r="AR108" s="28"/>
       <c r="AS108" s="28"/>
       <c r="AT108" s="28"/>
       <c r="AU108" s="28"/>
       <c r="AV108" s="28"/>
       <c r="AW108" s="28"/>
       <c r="AX108" s="28"/>
       <c r="AY108" s="28"/>
       <c r="AZ108" s="28"/>
       <c r="BA108" s="28"/>
       <c r="BB108" s="28"/>
       <c r="BC108" s="28"/>
       <c r="BD108" s="28"/>
       <c r="BE108" s="28"/>
       <c r="BF108" s="28"/>
       <c r="BG108" s="28"/>
       <c r="BH108" s="28"/>
       <c r="BI108" s="28"/>
       <c r="BJ108" s="28"/>
       <c r="BK108" s="28"/>
       <c r="BL108" s="28"/>
       <c r="BM108" s="28"/>
@@ -40888,52 +41450,54 @@
       <c r="DN108" s="28"/>
       <c r="DO108" s="28"/>
       <c r="DP108" s="28"/>
       <c r="DQ108" s="28"/>
       <c r="DR108" s="28"/>
       <c r="DS108" s="28"/>
       <c r="DT108" s="28"/>
       <c r="DU108" s="28"/>
       <c r="DV108" s="28"/>
       <c r="DW108" s="28"/>
       <c r="DX108" s="28"/>
       <c r="DY108" s="28"/>
       <c r="DZ108" s="28"/>
       <c r="EA108" s="28"/>
       <c r="EB108" s="28"/>
       <c r="EC108" s="28"/>
       <c r="ED108" s="28"/>
       <c r="EE108" s="28"/>
       <c r="EF108" s="28"/>
       <c r="EG108" s="28"/>
       <c r="EH108" s="28"/>
       <c r="EI108" s="28"/>
       <c r="EJ108" s="28"/>
       <c r="EK108" s="28"/>
       <c r="EL108" s="28"/>
+      <c r="EM108" s="28"/>
+      <c r="EN108" s="28"/>
     </row>
-    <row r="109" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO109" s="28"/>
       <c r="AP109" s="28"/>
       <c r="AQ109" s="28"/>
       <c r="AR109" s="28"/>
       <c r="AS109" s="28"/>
       <c r="AT109" s="28"/>
       <c r="AU109" s="28"/>
       <c r="AV109" s="28"/>
       <c r="AW109" s="28"/>
       <c r="AX109" s="28"/>
       <c r="AY109" s="28"/>
       <c r="AZ109" s="28"/>
       <c r="BA109" s="28"/>
       <c r="BB109" s="28"/>
       <c r="BC109" s="28"/>
       <c r="BD109" s="28"/>
       <c r="BE109" s="28"/>
       <c r="BF109" s="28"/>
       <c r="BG109" s="28"/>
       <c r="BH109" s="28"/>
       <c r="BI109" s="28"/>
       <c r="BJ109" s="28"/>
       <c r="BK109" s="28"/>
       <c r="BL109" s="28"/>
       <c r="BM109" s="28"/>
@@ -40992,52 +41556,54 @@
       <c r="DN109" s="28"/>
       <c r="DO109" s="28"/>
       <c r="DP109" s="28"/>
       <c r="DQ109" s="28"/>
       <c r="DR109" s="28"/>
       <c r="DS109" s="28"/>
       <c r="DT109" s="28"/>
       <c r="DU109" s="28"/>
       <c r="DV109" s="28"/>
       <c r="DW109" s="28"/>
       <c r="DX109" s="28"/>
       <c r="DY109" s="28"/>
       <c r="DZ109" s="28"/>
       <c r="EA109" s="28"/>
       <c r="EB109" s="28"/>
       <c r="EC109" s="28"/>
       <c r="ED109" s="28"/>
       <c r="EE109" s="28"/>
       <c r="EF109" s="28"/>
       <c r="EG109" s="28"/>
       <c r="EH109" s="28"/>
       <c r="EI109" s="28"/>
       <c r="EJ109" s="28"/>
       <c r="EK109" s="28"/>
       <c r="EL109" s="28"/>
+      <c r="EM109" s="28"/>
+      <c r="EN109" s="28"/>
     </row>
-    <row r="110" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO110" s="28"/>
       <c r="AP110" s="28"/>
       <c r="AQ110" s="28"/>
       <c r="AR110" s="28"/>
       <c r="AS110" s="28"/>
       <c r="AT110" s="28"/>
       <c r="AU110" s="28"/>
       <c r="AV110" s="28"/>
       <c r="AW110" s="28"/>
       <c r="AX110" s="28"/>
       <c r="AY110" s="28"/>
       <c r="AZ110" s="28"/>
       <c r="BA110" s="28"/>
       <c r="BB110" s="28"/>
       <c r="BC110" s="28"/>
       <c r="BD110" s="28"/>
       <c r="BE110" s="28"/>
       <c r="BF110" s="28"/>
       <c r="BG110" s="28"/>
       <c r="BH110" s="28"/>
       <c r="BI110" s="28"/>
       <c r="BJ110" s="28"/>
       <c r="BK110" s="28"/>
       <c r="BL110" s="28"/>
       <c r="BM110" s="28"/>
@@ -41096,52 +41662,54 @@
       <c r="DN110" s="28"/>
       <c r="DO110" s="28"/>
       <c r="DP110" s="28"/>
       <c r="DQ110" s="28"/>
       <c r="DR110" s="28"/>
       <c r="DS110" s="28"/>
       <c r="DT110" s="28"/>
       <c r="DU110" s="28"/>
       <c r="DV110" s="28"/>
       <c r="DW110" s="28"/>
       <c r="DX110" s="28"/>
       <c r="DY110" s="28"/>
       <c r="DZ110" s="28"/>
       <c r="EA110" s="28"/>
       <c r="EB110" s="28"/>
       <c r="EC110" s="28"/>
       <c r="ED110" s="28"/>
       <c r="EE110" s="28"/>
       <c r="EF110" s="28"/>
       <c r="EG110" s="28"/>
       <c r="EH110" s="28"/>
       <c r="EI110" s="28"/>
       <c r="EJ110" s="28"/>
       <c r="EK110" s="28"/>
       <c r="EL110" s="28"/>
+      <c r="EM110" s="28"/>
+      <c r="EN110" s="28"/>
     </row>
-    <row r="111" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO111" s="28"/>
       <c r="AP111" s="28"/>
       <c r="AQ111" s="28"/>
       <c r="AR111" s="28"/>
       <c r="AS111" s="28"/>
       <c r="AT111" s="28"/>
       <c r="AU111" s="28"/>
       <c r="AV111" s="28"/>
       <c r="AW111" s="28"/>
       <c r="AX111" s="28"/>
       <c r="AY111" s="28"/>
       <c r="AZ111" s="28"/>
       <c r="BA111" s="28"/>
       <c r="BB111" s="28"/>
       <c r="BC111" s="28"/>
       <c r="BD111" s="28"/>
       <c r="BE111" s="28"/>
       <c r="BF111" s="28"/>
       <c r="BG111" s="28"/>
       <c r="BH111" s="28"/>
       <c r="BI111" s="28"/>
       <c r="BJ111" s="28"/>
       <c r="BK111" s="28"/>
       <c r="BL111" s="28"/>
       <c r="BM111" s="28"/>
@@ -41200,52 +41768,54 @@
       <c r="DN111" s="28"/>
       <c r="DO111" s="28"/>
       <c r="DP111" s="28"/>
       <c r="DQ111" s="28"/>
       <c r="DR111" s="28"/>
       <c r="DS111" s="28"/>
       <c r="DT111" s="28"/>
       <c r="DU111" s="28"/>
       <c r="DV111" s="28"/>
       <c r="DW111" s="28"/>
       <c r="DX111" s="28"/>
       <c r="DY111" s="28"/>
       <c r="DZ111" s="28"/>
       <c r="EA111" s="28"/>
       <c r="EB111" s="28"/>
       <c r="EC111" s="28"/>
       <c r="ED111" s="28"/>
       <c r="EE111" s="28"/>
       <c r="EF111" s="28"/>
       <c r="EG111" s="28"/>
       <c r="EH111" s="28"/>
       <c r="EI111" s="28"/>
       <c r="EJ111" s="28"/>
       <c r="EK111" s="28"/>
       <c r="EL111" s="28"/>
+      <c r="EM111" s="28"/>
+      <c r="EN111" s="28"/>
     </row>
-    <row r="112" spans="2:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="2:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO112" s="28"/>
       <c r="AP112" s="28"/>
       <c r="AQ112" s="28"/>
       <c r="AR112" s="28"/>
       <c r="AS112" s="28"/>
       <c r="AT112" s="28"/>
       <c r="AU112" s="28"/>
       <c r="AV112" s="28"/>
       <c r="AW112" s="28"/>
       <c r="AX112" s="28"/>
       <c r="AY112" s="28"/>
       <c r="AZ112" s="28"/>
       <c r="BA112" s="28"/>
       <c r="BB112" s="28"/>
       <c r="BC112" s="28"/>
       <c r="BD112" s="28"/>
       <c r="BE112" s="28"/>
       <c r="BF112" s="28"/>
       <c r="BG112" s="28"/>
       <c r="BH112" s="28"/>
       <c r="BI112" s="28"/>
       <c r="BJ112" s="28"/>
       <c r="BK112" s="28"/>
       <c r="BL112" s="28"/>
       <c r="BM112" s="28"/>
@@ -41304,52 +41874,54 @@
       <c r="DN112" s="28"/>
       <c r="DO112" s="28"/>
       <c r="DP112" s="28"/>
       <c r="DQ112" s="28"/>
       <c r="DR112" s="28"/>
       <c r="DS112" s="28"/>
       <c r="DT112" s="28"/>
       <c r="DU112" s="28"/>
       <c r="DV112" s="28"/>
       <c r="DW112" s="28"/>
       <c r="DX112" s="28"/>
       <c r="DY112" s="28"/>
       <c r="DZ112" s="28"/>
       <c r="EA112" s="28"/>
       <c r="EB112" s="28"/>
       <c r="EC112" s="28"/>
       <c r="ED112" s="28"/>
       <c r="EE112" s="28"/>
       <c r="EF112" s="28"/>
       <c r="EG112" s="28"/>
       <c r="EH112" s="28"/>
       <c r="EI112" s="28"/>
       <c r="EJ112" s="28"/>
       <c r="EK112" s="28"/>
       <c r="EL112" s="28"/>
+      <c r="EM112" s="28"/>
+      <c r="EN112" s="28"/>
     </row>
-    <row r="113" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO113" s="28"/>
       <c r="AP113" s="28"/>
       <c r="AQ113" s="28"/>
       <c r="AR113" s="28"/>
       <c r="AS113" s="28"/>
       <c r="AT113" s="28"/>
       <c r="AU113" s="28"/>
       <c r="AV113" s="28"/>
       <c r="AW113" s="28"/>
       <c r="AX113" s="28"/>
       <c r="AY113" s="28"/>
       <c r="AZ113" s="28"/>
       <c r="BA113" s="28"/>
       <c r="BB113" s="28"/>
       <c r="BC113" s="28"/>
       <c r="BD113" s="28"/>
       <c r="BE113" s="28"/>
       <c r="BF113" s="28"/>
       <c r="BG113" s="28"/>
       <c r="BH113" s="28"/>
       <c r="BI113" s="28"/>
       <c r="BJ113" s="28"/>
       <c r="BK113" s="28"/>
       <c r="BL113" s="28"/>
       <c r="BM113" s="28"/>
@@ -41408,52 +41980,54 @@
       <c r="DN113" s="28"/>
       <c r="DO113" s="28"/>
       <c r="DP113" s="28"/>
       <c r="DQ113" s="28"/>
       <c r="DR113" s="28"/>
       <c r="DS113" s="28"/>
       <c r="DT113" s="28"/>
       <c r="DU113" s="28"/>
       <c r="DV113" s="28"/>
       <c r="DW113" s="28"/>
       <c r="DX113" s="28"/>
       <c r="DY113" s="28"/>
       <c r="DZ113" s="28"/>
       <c r="EA113" s="28"/>
       <c r="EB113" s="28"/>
       <c r="EC113" s="28"/>
       <c r="ED113" s="28"/>
       <c r="EE113" s="28"/>
       <c r="EF113" s="28"/>
       <c r="EG113" s="28"/>
       <c r="EH113" s="28"/>
       <c r="EI113" s="28"/>
       <c r="EJ113" s="28"/>
       <c r="EK113" s="28"/>
       <c r="EL113" s="28"/>
+      <c r="EM113" s="28"/>
+      <c r="EN113" s="28"/>
     </row>
-    <row r="114" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO114" s="28"/>
       <c r="AP114" s="28"/>
       <c r="AQ114" s="28"/>
       <c r="AR114" s="28"/>
       <c r="AS114" s="28"/>
       <c r="AT114" s="28"/>
       <c r="AU114" s="28"/>
       <c r="AV114" s="28"/>
       <c r="AW114" s="28"/>
       <c r="AX114" s="28"/>
       <c r="AY114" s="28"/>
       <c r="AZ114" s="28"/>
       <c r="BA114" s="28"/>
       <c r="BB114" s="28"/>
       <c r="BC114" s="28"/>
       <c r="BD114" s="28"/>
       <c r="BE114" s="28"/>
       <c r="BF114" s="28"/>
       <c r="BG114" s="28"/>
       <c r="BH114" s="28"/>
       <c r="BI114" s="28"/>
       <c r="BJ114" s="28"/>
       <c r="BK114" s="28"/>
       <c r="BL114" s="28"/>
       <c r="BM114" s="28"/>
@@ -41512,52 +42086,54 @@
       <c r="DN114" s="28"/>
       <c r="DO114" s="28"/>
       <c r="DP114" s="28"/>
       <c r="DQ114" s="28"/>
       <c r="DR114" s="28"/>
       <c r="DS114" s="28"/>
       <c r="DT114" s="28"/>
       <c r="DU114" s="28"/>
       <c r="DV114" s="28"/>
       <c r="DW114" s="28"/>
       <c r="DX114" s="28"/>
       <c r="DY114" s="28"/>
       <c r="DZ114" s="28"/>
       <c r="EA114" s="28"/>
       <c r="EB114" s="28"/>
       <c r="EC114" s="28"/>
       <c r="ED114" s="28"/>
       <c r="EE114" s="28"/>
       <c r="EF114" s="28"/>
       <c r="EG114" s="28"/>
       <c r="EH114" s="28"/>
       <c r="EI114" s="28"/>
       <c r="EJ114" s="28"/>
       <c r="EK114" s="28"/>
       <c r="EL114" s="28"/>
+      <c r="EM114" s="28"/>
+      <c r="EN114" s="28"/>
     </row>
-    <row r="115" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO115" s="28"/>
       <c r="AP115" s="28"/>
       <c r="AQ115" s="28"/>
       <c r="AR115" s="28"/>
       <c r="AS115" s="28"/>
       <c r="AT115" s="28"/>
       <c r="AU115" s="28"/>
       <c r="AV115" s="28"/>
       <c r="AW115" s="28"/>
       <c r="AX115" s="28"/>
       <c r="AY115" s="28"/>
       <c r="AZ115" s="28"/>
       <c r="BA115" s="28"/>
       <c r="BB115" s="28"/>
       <c r="BC115" s="28"/>
       <c r="BD115" s="28"/>
       <c r="BE115" s="28"/>
       <c r="BF115" s="28"/>
       <c r="BG115" s="28"/>
       <c r="BH115" s="28"/>
       <c r="BI115" s="28"/>
       <c r="BJ115" s="28"/>
       <c r="BK115" s="28"/>
       <c r="BL115" s="28"/>
       <c r="BM115" s="28"/>
@@ -41616,52 +42192,54 @@
       <c r="DN115" s="28"/>
       <c r="DO115" s="28"/>
       <c r="DP115" s="28"/>
       <c r="DQ115" s="28"/>
       <c r="DR115" s="28"/>
       <c r="DS115" s="28"/>
       <c r="DT115" s="28"/>
       <c r="DU115" s="28"/>
       <c r="DV115" s="28"/>
       <c r="DW115" s="28"/>
       <c r="DX115" s="28"/>
       <c r="DY115" s="28"/>
       <c r="DZ115" s="28"/>
       <c r="EA115" s="28"/>
       <c r="EB115" s="28"/>
       <c r="EC115" s="28"/>
       <c r="ED115" s="28"/>
       <c r="EE115" s="28"/>
       <c r="EF115" s="28"/>
       <c r="EG115" s="28"/>
       <c r="EH115" s="28"/>
       <c r="EI115" s="28"/>
       <c r="EJ115" s="28"/>
       <c r="EK115" s="28"/>
       <c r="EL115" s="28"/>
+      <c r="EM115" s="28"/>
+      <c r="EN115" s="28"/>
     </row>
-    <row r="116" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO116" s="28"/>
       <c r="AP116" s="28"/>
       <c r="AQ116" s="28"/>
       <c r="AR116" s="28"/>
       <c r="AS116" s="28"/>
       <c r="AT116" s="28"/>
       <c r="AU116" s="28"/>
       <c r="AV116" s="28"/>
       <c r="AW116" s="28"/>
       <c r="AX116" s="28"/>
       <c r="AY116" s="28"/>
       <c r="AZ116" s="28"/>
       <c r="BA116" s="28"/>
       <c r="BB116" s="28"/>
       <c r="BC116" s="28"/>
       <c r="BD116" s="28"/>
       <c r="BE116" s="28"/>
       <c r="BF116" s="28"/>
       <c r="BG116" s="28"/>
       <c r="BH116" s="28"/>
       <c r="BI116" s="28"/>
       <c r="BJ116" s="28"/>
       <c r="BK116" s="28"/>
       <c r="BL116" s="28"/>
       <c r="BM116" s="28"/>
@@ -41720,52 +42298,54 @@
       <c r="DN116" s="28"/>
       <c r="DO116" s="28"/>
       <c r="DP116" s="28"/>
       <c r="DQ116" s="28"/>
       <c r="DR116" s="28"/>
       <c r="DS116" s="28"/>
       <c r="DT116" s="28"/>
       <c r="DU116" s="28"/>
       <c r="DV116" s="28"/>
       <c r="DW116" s="28"/>
       <c r="DX116" s="28"/>
       <c r="DY116" s="28"/>
       <c r="DZ116" s="28"/>
       <c r="EA116" s="28"/>
       <c r="EB116" s="28"/>
       <c r="EC116" s="28"/>
       <c r="ED116" s="28"/>
       <c r="EE116" s="28"/>
       <c r="EF116" s="28"/>
       <c r="EG116" s="28"/>
       <c r="EH116" s="28"/>
       <c r="EI116" s="28"/>
       <c r="EJ116" s="28"/>
       <c r="EK116" s="28"/>
       <c r="EL116" s="28"/>
+      <c r="EM116" s="28"/>
+      <c r="EN116" s="28"/>
     </row>
-    <row r="117" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO117" s="28"/>
       <c r="AP117" s="28"/>
       <c r="AQ117" s="28"/>
       <c r="AR117" s="28"/>
       <c r="AS117" s="28"/>
       <c r="AT117" s="28"/>
       <c r="AU117" s="28"/>
       <c r="AV117" s="28"/>
       <c r="AW117" s="28"/>
       <c r="AX117" s="28"/>
       <c r="AY117" s="28"/>
       <c r="AZ117" s="28"/>
       <c r="BA117" s="28"/>
       <c r="BB117" s="28"/>
       <c r="BC117" s="28"/>
       <c r="BD117" s="28"/>
       <c r="BE117" s="28"/>
       <c r="BF117" s="28"/>
       <c r="BG117" s="28"/>
       <c r="BH117" s="28"/>
       <c r="BI117" s="28"/>
       <c r="BJ117" s="28"/>
       <c r="BK117" s="28"/>
       <c r="BL117" s="28"/>
       <c r="BM117" s="28"/>
@@ -41824,52 +42404,54 @@
       <c r="DN117" s="28"/>
       <c r="DO117" s="28"/>
       <c r="DP117" s="28"/>
       <c r="DQ117" s="28"/>
       <c r="DR117" s="28"/>
       <c r="DS117" s="28"/>
       <c r="DT117" s="28"/>
       <c r="DU117" s="28"/>
       <c r="DV117" s="28"/>
       <c r="DW117" s="28"/>
       <c r="DX117" s="28"/>
       <c r="DY117" s="28"/>
       <c r="DZ117" s="28"/>
       <c r="EA117" s="28"/>
       <c r="EB117" s="28"/>
       <c r="EC117" s="28"/>
       <c r="ED117" s="28"/>
       <c r="EE117" s="28"/>
       <c r="EF117" s="28"/>
       <c r="EG117" s="28"/>
       <c r="EH117" s="28"/>
       <c r="EI117" s="28"/>
       <c r="EJ117" s="28"/>
       <c r="EK117" s="28"/>
       <c r="EL117" s="28"/>
+      <c r="EM117" s="28"/>
+      <c r="EN117" s="28"/>
     </row>
-    <row r="118" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO118" s="28"/>
       <c r="AP118" s="28"/>
       <c r="AQ118" s="28"/>
       <c r="AR118" s="28"/>
       <c r="AS118" s="28"/>
       <c r="AT118" s="28"/>
       <c r="AU118" s="28"/>
       <c r="AV118" s="28"/>
       <c r="AW118" s="28"/>
       <c r="AX118" s="28"/>
       <c r="AY118" s="28"/>
       <c r="AZ118" s="28"/>
       <c r="BA118" s="28"/>
       <c r="BB118" s="28"/>
       <c r="BC118" s="28"/>
       <c r="BD118" s="28"/>
       <c r="BE118" s="28"/>
       <c r="BF118" s="28"/>
       <c r="BG118" s="28"/>
       <c r="BH118" s="28"/>
       <c r="BI118" s="28"/>
       <c r="BJ118" s="28"/>
       <c r="BK118" s="28"/>
       <c r="BL118" s="28"/>
       <c r="BM118" s="28"/>
@@ -41928,52 +42510,54 @@
       <c r="DN118" s="28"/>
       <c r="DO118" s="28"/>
       <c r="DP118" s="28"/>
       <c r="DQ118" s="28"/>
       <c r="DR118" s="28"/>
       <c r="DS118" s="28"/>
       <c r="DT118" s="28"/>
       <c r="DU118" s="28"/>
       <c r="DV118" s="28"/>
       <c r="DW118" s="28"/>
       <c r="DX118" s="28"/>
       <c r="DY118" s="28"/>
       <c r="DZ118" s="28"/>
       <c r="EA118" s="28"/>
       <c r="EB118" s="28"/>
       <c r="EC118" s="28"/>
       <c r="ED118" s="28"/>
       <c r="EE118" s="28"/>
       <c r="EF118" s="28"/>
       <c r="EG118" s="28"/>
       <c r="EH118" s="28"/>
       <c r="EI118" s="28"/>
       <c r="EJ118" s="28"/>
       <c r="EK118" s="28"/>
       <c r="EL118" s="28"/>
+      <c r="EM118" s="28"/>
+      <c r="EN118" s="28"/>
     </row>
-    <row r="119" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO119" s="28"/>
       <c r="AP119" s="28"/>
       <c r="AQ119" s="28"/>
       <c r="AR119" s="28"/>
       <c r="AS119" s="28"/>
       <c r="AT119" s="28"/>
       <c r="AU119" s="28"/>
       <c r="AV119" s="28"/>
       <c r="AW119" s="28"/>
       <c r="AX119" s="28"/>
       <c r="AY119" s="28"/>
       <c r="AZ119" s="28"/>
       <c r="BA119" s="28"/>
       <c r="BB119" s="28"/>
       <c r="BC119" s="28"/>
       <c r="BD119" s="28"/>
       <c r="BE119" s="28"/>
       <c r="BF119" s="28"/>
       <c r="BG119" s="28"/>
       <c r="BH119" s="28"/>
       <c r="BI119" s="28"/>
       <c r="BJ119" s="28"/>
       <c r="BK119" s="28"/>
       <c r="BL119" s="28"/>
       <c r="BM119" s="28"/>
@@ -42032,52 +42616,54 @@
       <c r="DN119" s="28"/>
       <c r="DO119" s="28"/>
       <c r="DP119" s="28"/>
       <c r="DQ119" s="28"/>
       <c r="DR119" s="28"/>
       <c r="DS119" s="28"/>
       <c r="DT119" s="28"/>
       <c r="DU119" s="28"/>
       <c r="DV119" s="28"/>
       <c r="DW119" s="28"/>
       <c r="DX119" s="28"/>
       <c r="DY119" s="28"/>
       <c r="DZ119" s="28"/>
       <c r="EA119" s="28"/>
       <c r="EB119" s="28"/>
       <c r="EC119" s="28"/>
       <c r="ED119" s="28"/>
       <c r="EE119" s="28"/>
       <c r="EF119" s="28"/>
       <c r="EG119" s="28"/>
       <c r="EH119" s="28"/>
       <c r="EI119" s="28"/>
       <c r="EJ119" s="28"/>
       <c r="EK119" s="28"/>
       <c r="EL119" s="28"/>
+      <c r="EM119" s="28"/>
+      <c r="EN119" s="28"/>
     </row>
-    <row r="120" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO120" s="28"/>
       <c r="AP120" s="28"/>
       <c r="AQ120" s="28"/>
       <c r="AR120" s="28"/>
       <c r="AS120" s="28"/>
       <c r="AT120" s="28"/>
       <c r="AU120" s="28"/>
       <c r="AV120" s="28"/>
       <c r="AW120" s="28"/>
       <c r="AX120" s="28"/>
       <c r="AY120" s="28"/>
       <c r="AZ120" s="28"/>
       <c r="BA120" s="28"/>
       <c r="BB120" s="28"/>
       <c r="BC120" s="28"/>
       <c r="BD120" s="28"/>
       <c r="BE120" s="28"/>
       <c r="BF120" s="28"/>
       <c r="BG120" s="28"/>
       <c r="BH120" s="28"/>
       <c r="BI120" s="28"/>
       <c r="BJ120" s="28"/>
       <c r="BK120" s="28"/>
       <c r="BL120" s="28"/>
       <c r="BM120" s="28"/>
@@ -42136,52 +42722,54 @@
       <c r="DN120" s="28"/>
       <c r="DO120" s="28"/>
       <c r="DP120" s="28"/>
       <c r="DQ120" s="28"/>
       <c r="DR120" s="28"/>
       <c r="DS120" s="28"/>
       <c r="DT120" s="28"/>
       <c r="DU120" s="28"/>
       <c r="DV120" s="28"/>
       <c r="DW120" s="28"/>
       <c r="DX120" s="28"/>
       <c r="DY120" s="28"/>
       <c r="DZ120" s="28"/>
       <c r="EA120" s="28"/>
       <c r="EB120" s="28"/>
       <c r="EC120" s="28"/>
       <c r="ED120" s="28"/>
       <c r="EE120" s="28"/>
       <c r="EF120" s="28"/>
       <c r="EG120" s="28"/>
       <c r="EH120" s="28"/>
       <c r="EI120" s="28"/>
       <c r="EJ120" s="28"/>
       <c r="EK120" s="28"/>
       <c r="EL120" s="28"/>
+      <c r="EM120" s="28"/>
+      <c r="EN120" s="28"/>
     </row>
-    <row r="121" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO121" s="28"/>
       <c r="AP121" s="28"/>
       <c r="AQ121" s="28"/>
       <c r="AR121" s="28"/>
       <c r="AS121" s="28"/>
       <c r="AT121" s="28"/>
       <c r="AU121" s="28"/>
       <c r="AV121" s="28"/>
       <c r="AW121" s="28"/>
       <c r="AX121" s="28"/>
       <c r="AY121" s="28"/>
       <c r="AZ121" s="28"/>
       <c r="BA121" s="28"/>
       <c r="BB121" s="28"/>
       <c r="BC121" s="28"/>
       <c r="BD121" s="28"/>
       <c r="BE121" s="28"/>
       <c r="BF121" s="28"/>
       <c r="BG121" s="28"/>
       <c r="BH121" s="28"/>
       <c r="BI121" s="28"/>
       <c r="BJ121" s="28"/>
       <c r="BK121" s="28"/>
       <c r="BL121" s="28"/>
       <c r="BM121" s="28"/>
@@ -42240,52 +42828,54 @@
       <c r="DN121" s="28"/>
       <c r="DO121" s="28"/>
       <c r="DP121" s="28"/>
       <c r="DQ121" s="28"/>
       <c r="DR121" s="28"/>
       <c r="DS121" s="28"/>
       <c r="DT121" s="28"/>
       <c r="DU121" s="28"/>
       <c r="DV121" s="28"/>
       <c r="DW121" s="28"/>
       <c r="DX121" s="28"/>
       <c r="DY121" s="28"/>
       <c r="DZ121" s="28"/>
       <c r="EA121" s="28"/>
       <c r="EB121" s="28"/>
       <c r="EC121" s="28"/>
       <c r="ED121" s="28"/>
       <c r="EE121" s="28"/>
       <c r="EF121" s="28"/>
       <c r="EG121" s="28"/>
       <c r="EH121" s="28"/>
       <c r="EI121" s="28"/>
       <c r="EJ121" s="28"/>
       <c r="EK121" s="28"/>
       <c r="EL121" s="28"/>
+      <c r="EM121" s="28"/>
+      <c r="EN121" s="28"/>
     </row>
-    <row r="122" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO122" s="28"/>
       <c r="AP122" s="28"/>
       <c r="AQ122" s="28"/>
       <c r="AR122" s="28"/>
       <c r="AS122" s="28"/>
       <c r="AT122" s="28"/>
       <c r="AU122" s="28"/>
       <c r="AV122" s="28"/>
       <c r="AW122" s="28"/>
       <c r="AX122" s="28"/>
       <c r="AY122" s="28"/>
       <c r="AZ122" s="28"/>
       <c r="BA122" s="28"/>
       <c r="BB122" s="28"/>
       <c r="BC122" s="28"/>
       <c r="BD122" s="28"/>
       <c r="BE122" s="28"/>
       <c r="BF122" s="28"/>
       <c r="BG122" s="28"/>
       <c r="BH122" s="28"/>
       <c r="BI122" s="28"/>
       <c r="BJ122" s="28"/>
       <c r="BK122" s="28"/>
       <c r="BL122" s="28"/>
       <c r="BM122" s="28"/>
@@ -42344,52 +42934,54 @@
       <c r="DN122" s="28"/>
       <c r="DO122" s="28"/>
       <c r="DP122" s="28"/>
       <c r="DQ122" s="28"/>
       <c r="DR122" s="28"/>
       <c r="DS122" s="28"/>
       <c r="DT122" s="28"/>
       <c r="DU122" s="28"/>
       <c r="DV122" s="28"/>
       <c r="DW122" s="28"/>
       <c r="DX122" s="28"/>
       <c r="DY122" s="28"/>
       <c r="DZ122" s="28"/>
       <c r="EA122" s="28"/>
       <c r="EB122" s="28"/>
       <c r="EC122" s="28"/>
       <c r="ED122" s="28"/>
       <c r="EE122" s="28"/>
       <c r="EF122" s="28"/>
       <c r="EG122" s="28"/>
       <c r="EH122" s="28"/>
       <c r="EI122" s="28"/>
       <c r="EJ122" s="28"/>
       <c r="EK122" s="28"/>
       <c r="EL122" s="28"/>
+      <c r="EM122" s="28"/>
+      <c r="EN122" s="28"/>
     </row>
-    <row r="123" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO123" s="28"/>
       <c r="AP123" s="28"/>
       <c r="AQ123" s="28"/>
       <c r="AR123" s="28"/>
       <c r="AS123" s="28"/>
       <c r="AT123" s="28"/>
       <c r="AU123" s="28"/>
       <c r="AV123" s="28"/>
       <c r="AW123" s="28"/>
       <c r="AX123" s="28"/>
       <c r="AY123" s="28"/>
       <c r="AZ123" s="28"/>
       <c r="BA123" s="28"/>
       <c r="BB123" s="28"/>
       <c r="BC123" s="28"/>
       <c r="BD123" s="28"/>
       <c r="BE123" s="28"/>
       <c r="BF123" s="28"/>
       <c r="BG123" s="28"/>
       <c r="BH123" s="28"/>
       <c r="BI123" s="28"/>
       <c r="BJ123" s="28"/>
       <c r="BK123" s="28"/>
       <c r="BL123" s="28"/>
       <c r="BM123" s="28"/>
@@ -42448,52 +43040,54 @@
       <c r="DN123" s="28"/>
       <c r="DO123" s="28"/>
       <c r="DP123" s="28"/>
       <c r="DQ123" s="28"/>
       <c r="DR123" s="28"/>
       <c r="DS123" s="28"/>
       <c r="DT123" s="28"/>
       <c r="DU123" s="28"/>
       <c r="DV123" s="28"/>
       <c r="DW123" s="28"/>
       <c r="DX123" s="28"/>
       <c r="DY123" s="28"/>
       <c r="DZ123" s="28"/>
       <c r="EA123" s="28"/>
       <c r="EB123" s="28"/>
       <c r="EC123" s="28"/>
       <c r="ED123" s="28"/>
       <c r="EE123" s="28"/>
       <c r="EF123" s="28"/>
       <c r="EG123" s="28"/>
       <c r="EH123" s="28"/>
       <c r="EI123" s="28"/>
       <c r="EJ123" s="28"/>
       <c r="EK123" s="28"/>
       <c r="EL123" s="28"/>
+      <c r="EM123" s="28"/>
+      <c r="EN123" s="28"/>
     </row>
-    <row r="124" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO124" s="28"/>
       <c r="AP124" s="28"/>
       <c r="AQ124" s="28"/>
       <c r="AR124" s="28"/>
       <c r="AS124" s="28"/>
       <c r="AT124" s="28"/>
       <c r="AU124" s="28"/>
       <c r="AV124" s="28"/>
       <c r="AW124" s="28"/>
       <c r="AX124" s="28"/>
       <c r="AY124" s="28"/>
       <c r="AZ124" s="28"/>
       <c r="BA124" s="28"/>
       <c r="BB124" s="28"/>
       <c r="BC124" s="28"/>
       <c r="BD124" s="28"/>
       <c r="BE124" s="28"/>
       <c r="BF124" s="28"/>
       <c r="BG124" s="28"/>
       <c r="BH124" s="28"/>
       <c r="BI124" s="28"/>
       <c r="BJ124" s="28"/>
       <c r="BK124" s="28"/>
       <c r="BL124" s="28"/>
       <c r="BM124" s="28"/>
@@ -42552,52 +43146,54 @@
       <c r="DN124" s="28"/>
       <c r="DO124" s="28"/>
       <c r="DP124" s="28"/>
       <c r="DQ124" s="28"/>
       <c r="DR124" s="28"/>
       <c r="DS124" s="28"/>
       <c r="DT124" s="28"/>
       <c r="DU124" s="28"/>
       <c r="DV124" s="28"/>
       <c r="DW124" s="28"/>
       <c r="DX124" s="28"/>
       <c r="DY124" s="28"/>
       <c r="DZ124" s="28"/>
       <c r="EA124" s="28"/>
       <c r="EB124" s="28"/>
       <c r="EC124" s="28"/>
       <c r="ED124" s="28"/>
       <c r="EE124" s="28"/>
       <c r="EF124" s="28"/>
       <c r="EG124" s="28"/>
       <c r="EH124" s="28"/>
       <c r="EI124" s="28"/>
       <c r="EJ124" s="28"/>
       <c r="EK124" s="28"/>
       <c r="EL124" s="28"/>
+      <c r="EM124" s="28"/>
+      <c r="EN124" s="28"/>
     </row>
-    <row r="125" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO125" s="28"/>
       <c r="AP125" s="28"/>
       <c r="AQ125" s="28"/>
       <c r="AR125" s="28"/>
       <c r="AS125" s="28"/>
       <c r="AT125" s="28"/>
       <c r="AU125" s="28"/>
       <c r="AV125" s="28"/>
       <c r="AW125" s="28"/>
       <c r="AX125" s="28"/>
       <c r="AY125" s="28"/>
       <c r="AZ125" s="28"/>
       <c r="BA125" s="28"/>
       <c r="BB125" s="28"/>
       <c r="BC125" s="28"/>
       <c r="BD125" s="28"/>
       <c r="BE125" s="28"/>
       <c r="BF125" s="28"/>
       <c r="BG125" s="28"/>
       <c r="BH125" s="28"/>
       <c r="BI125" s="28"/>
       <c r="BJ125" s="28"/>
       <c r="BK125" s="28"/>
       <c r="BL125" s="28"/>
       <c r="BM125" s="28"/>
@@ -42656,52 +43252,54 @@
       <c r="DN125" s="28"/>
       <c r="DO125" s="28"/>
       <c r="DP125" s="28"/>
       <c r="DQ125" s="28"/>
       <c r="DR125" s="28"/>
       <c r="DS125" s="28"/>
       <c r="DT125" s="28"/>
       <c r="DU125" s="28"/>
       <c r="DV125" s="28"/>
       <c r="DW125" s="28"/>
       <c r="DX125" s="28"/>
       <c r="DY125" s="28"/>
       <c r="DZ125" s="28"/>
       <c r="EA125" s="28"/>
       <c r="EB125" s="28"/>
       <c r="EC125" s="28"/>
       <c r="ED125" s="28"/>
       <c r="EE125" s="28"/>
       <c r="EF125" s="28"/>
       <c r="EG125" s="28"/>
       <c r="EH125" s="28"/>
       <c r="EI125" s="28"/>
       <c r="EJ125" s="28"/>
       <c r="EK125" s="28"/>
       <c r="EL125" s="28"/>
+      <c r="EM125" s="28"/>
+      <c r="EN125" s="28"/>
     </row>
-    <row r="126" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="126" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO126" s="28"/>
       <c r="AP126" s="28"/>
       <c r="AQ126" s="28"/>
       <c r="AR126" s="28"/>
       <c r="AS126" s="28"/>
       <c r="AT126" s="28"/>
       <c r="AU126" s="28"/>
       <c r="AV126" s="28"/>
       <c r="AW126" s="28"/>
       <c r="AX126" s="28"/>
       <c r="AY126" s="28"/>
       <c r="AZ126" s="28"/>
       <c r="BA126" s="28"/>
       <c r="BB126" s="28"/>
       <c r="BC126" s="28"/>
       <c r="BD126" s="28"/>
       <c r="BE126" s="28"/>
       <c r="BF126" s="28"/>
       <c r="BG126" s="28"/>
       <c r="BH126" s="28"/>
       <c r="BI126" s="28"/>
       <c r="BJ126" s="28"/>
       <c r="BK126" s="28"/>
       <c r="BL126" s="28"/>
       <c r="BM126" s="28"/>
@@ -42760,52 +43358,54 @@
       <c r="DN126" s="28"/>
       <c r="DO126" s="28"/>
       <c r="DP126" s="28"/>
       <c r="DQ126" s="28"/>
       <c r="DR126" s="28"/>
       <c r="DS126" s="28"/>
       <c r="DT126" s="28"/>
       <c r="DU126" s="28"/>
       <c r="DV126" s="28"/>
       <c r="DW126" s="28"/>
       <c r="DX126" s="28"/>
       <c r="DY126" s="28"/>
       <c r="DZ126" s="28"/>
       <c r="EA126" s="28"/>
       <c r="EB126" s="28"/>
       <c r="EC126" s="28"/>
       <c r="ED126" s="28"/>
       <c r="EE126" s="28"/>
       <c r="EF126" s="28"/>
       <c r="EG126" s="28"/>
       <c r="EH126" s="28"/>
       <c r="EI126" s="28"/>
       <c r="EJ126" s="28"/>
       <c r="EK126" s="28"/>
       <c r="EL126" s="28"/>
+      <c r="EM126" s="28"/>
+      <c r="EN126" s="28"/>
     </row>
-    <row r="127" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="127" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO127" s="28"/>
       <c r="AP127" s="28"/>
       <c r="AQ127" s="28"/>
       <c r="AR127" s="28"/>
       <c r="AS127" s="28"/>
       <c r="AT127" s="28"/>
       <c r="AU127" s="28"/>
       <c r="AV127" s="28"/>
       <c r="AW127" s="28"/>
       <c r="AX127" s="28"/>
       <c r="AY127" s="28"/>
       <c r="AZ127" s="28"/>
       <c r="BA127" s="28"/>
       <c r="BB127" s="28"/>
       <c r="BC127" s="28"/>
       <c r="BD127" s="28"/>
       <c r="BE127" s="28"/>
       <c r="BF127" s="28"/>
       <c r="BG127" s="28"/>
       <c r="BH127" s="28"/>
       <c r="BI127" s="28"/>
       <c r="BJ127" s="28"/>
       <c r="BK127" s="28"/>
       <c r="BL127" s="28"/>
       <c r="BM127" s="28"/>
@@ -42864,52 +43464,54 @@
       <c r="DN127" s="28"/>
       <c r="DO127" s="28"/>
       <c r="DP127" s="28"/>
       <c r="DQ127" s="28"/>
       <c r="DR127" s="28"/>
       <c r="DS127" s="28"/>
       <c r="DT127" s="28"/>
       <c r="DU127" s="28"/>
       <c r="DV127" s="28"/>
       <c r="DW127" s="28"/>
       <c r="DX127" s="28"/>
       <c r="DY127" s="28"/>
       <c r="DZ127" s="28"/>
       <c r="EA127" s="28"/>
       <c r="EB127" s="28"/>
       <c r="EC127" s="28"/>
       <c r="ED127" s="28"/>
       <c r="EE127" s="28"/>
       <c r="EF127" s="28"/>
       <c r="EG127" s="28"/>
       <c r="EH127" s="28"/>
       <c r="EI127" s="28"/>
       <c r="EJ127" s="28"/>
       <c r="EK127" s="28"/>
       <c r="EL127" s="28"/>
+      <c r="EM127" s="28"/>
+      <c r="EN127" s="28"/>
     </row>
-    <row r="128" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="128" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO128" s="28"/>
       <c r="AP128" s="28"/>
       <c r="AQ128" s="28"/>
       <c r="AR128" s="28"/>
       <c r="AS128" s="28"/>
       <c r="AT128" s="28"/>
       <c r="AU128" s="28"/>
       <c r="AV128" s="28"/>
       <c r="AW128" s="28"/>
       <c r="AX128" s="28"/>
       <c r="AY128" s="28"/>
       <c r="AZ128" s="28"/>
       <c r="BA128" s="28"/>
       <c r="BB128" s="28"/>
       <c r="BC128" s="28"/>
       <c r="BD128" s="28"/>
       <c r="BE128" s="28"/>
       <c r="BF128" s="28"/>
       <c r="BG128" s="28"/>
       <c r="BH128" s="28"/>
       <c r="BI128" s="28"/>
       <c r="BJ128" s="28"/>
       <c r="BK128" s="28"/>
       <c r="BL128" s="28"/>
       <c r="BM128" s="28"/>
@@ -42968,52 +43570,54 @@
       <c r="DN128" s="28"/>
       <c r="DO128" s="28"/>
       <c r="DP128" s="28"/>
       <c r="DQ128" s="28"/>
       <c r="DR128" s="28"/>
       <c r="DS128" s="28"/>
       <c r="DT128" s="28"/>
       <c r="DU128" s="28"/>
       <c r="DV128" s="28"/>
       <c r="DW128" s="28"/>
       <c r="DX128" s="28"/>
       <c r="DY128" s="28"/>
       <c r="DZ128" s="28"/>
       <c r="EA128" s="28"/>
       <c r="EB128" s="28"/>
       <c r="EC128" s="28"/>
       <c r="ED128" s="28"/>
       <c r="EE128" s="28"/>
       <c r="EF128" s="28"/>
       <c r="EG128" s="28"/>
       <c r="EH128" s="28"/>
       <c r="EI128" s="28"/>
       <c r="EJ128" s="28"/>
       <c r="EK128" s="28"/>
       <c r="EL128" s="28"/>
+      <c r="EM128" s="28"/>
+      <c r="EN128" s="28"/>
     </row>
-    <row r="129" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="129" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO129" s="28"/>
       <c r="AP129" s="28"/>
       <c r="AQ129" s="28"/>
       <c r="AR129" s="28"/>
       <c r="AS129" s="28"/>
       <c r="AT129" s="28"/>
       <c r="AU129" s="28"/>
       <c r="AV129" s="28"/>
       <c r="AW129" s="28"/>
       <c r="AX129" s="28"/>
       <c r="AY129" s="28"/>
       <c r="AZ129" s="28"/>
       <c r="BA129" s="28"/>
       <c r="BB129" s="28"/>
       <c r="BC129" s="28"/>
       <c r="BD129" s="28"/>
       <c r="BE129" s="28"/>
       <c r="BF129" s="28"/>
       <c r="BG129" s="28"/>
       <c r="BH129" s="28"/>
       <c r="BI129" s="28"/>
       <c r="BJ129" s="28"/>
       <c r="BK129" s="28"/>
       <c r="BL129" s="28"/>
       <c r="BM129" s="28"/>
@@ -43072,52 +43676,54 @@
       <c r="DN129" s="28"/>
       <c r="DO129" s="28"/>
       <c r="DP129" s="28"/>
       <c r="DQ129" s="28"/>
       <c r="DR129" s="28"/>
       <c r="DS129" s="28"/>
       <c r="DT129" s="28"/>
       <c r="DU129" s="28"/>
       <c r="DV129" s="28"/>
       <c r="DW129" s="28"/>
       <c r="DX129" s="28"/>
       <c r="DY129" s="28"/>
       <c r="DZ129" s="28"/>
       <c r="EA129" s="28"/>
       <c r="EB129" s="28"/>
       <c r="EC129" s="28"/>
       <c r="ED129" s="28"/>
       <c r="EE129" s="28"/>
       <c r="EF129" s="28"/>
       <c r="EG129" s="28"/>
       <c r="EH129" s="28"/>
       <c r="EI129" s="28"/>
       <c r="EJ129" s="28"/>
       <c r="EK129" s="28"/>
       <c r="EL129" s="28"/>
+      <c r="EM129" s="28"/>
+      <c r="EN129" s="28"/>
     </row>
-    <row r="130" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="130" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO130" s="28"/>
       <c r="AP130" s="28"/>
       <c r="AQ130" s="28"/>
       <c r="AR130" s="28"/>
       <c r="AS130" s="28"/>
       <c r="AT130" s="28"/>
       <c r="AU130" s="28"/>
       <c r="AV130" s="28"/>
       <c r="AW130" s="28"/>
       <c r="AX130" s="28"/>
       <c r="AY130" s="28"/>
       <c r="AZ130" s="28"/>
       <c r="BA130" s="28"/>
       <c r="BB130" s="28"/>
       <c r="BC130" s="28"/>
       <c r="BD130" s="28"/>
       <c r="BE130" s="28"/>
       <c r="BF130" s="28"/>
       <c r="BG130" s="28"/>
       <c r="BH130" s="28"/>
       <c r="BI130" s="28"/>
       <c r="BJ130" s="28"/>
       <c r="BK130" s="28"/>
       <c r="BL130" s="28"/>
       <c r="BM130" s="28"/>
@@ -43176,52 +43782,54 @@
       <c r="DN130" s="28"/>
       <c r="DO130" s="28"/>
       <c r="DP130" s="28"/>
       <c r="DQ130" s="28"/>
       <c r="DR130" s="28"/>
       <c r="DS130" s="28"/>
       <c r="DT130" s="28"/>
       <c r="DU130" s="28"/>
       <c r="DV130" s="28"/>
       <c r="DW130" s="28"/>
       <c r="DX130" s="28"/>
       <c r="DY130" s="28"/>
       <c r="DZ130" s="28"/>
       <c r="EA130" s="28"/>
       <c r="EB130" s="28"/>
       <c r="EC130" s="28"/>
       <c r="ED130" s="28"/>
       <c r="EE130" s="28"/>
       <c r="EF130" s="28"/>
       <c r="EG130" s="28"/>
       <c r="EH130" s="28"/>
       <c r="EI130" s="28"/>
       <c r="EJ130" s="28"/>
       <c r="EK130" s="28"/>
       <c r="EL130" s="28"/>
+      <c r="EM130" s="28"/>
+      <c r="EN130" s="28"/>
     </row>
-    <row r="131" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="131" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO131" s="28"/>
       <c r="AP131" s="28"/>
       <c r="AQ131" s="28"/>
       <c r="AR131" s="28"/>
       <c r="AS131" s="28"/>
       <c r="AT131" s="28"/>
       <c r="AU131" s="28"/>
       <c r="AV131" s="28"/>
       <c r="AW131" s="28"/>
       <c r="AX131" s="28"/>
       <c r="AY131" s="28"/>
       <c r="AZ131" s="28"/>
       <c r="BA131" s="28"/>
       <c r="BB131" s="28"/>
       <c r="BC131" s="28"/>
       <c r="BD131" s="28"/>
       <c r="BE131" s="28"/>
       <c r="BF131" s="28"/>
       <c r="BG131" s="28"/>
       <c r="BH131" s="28"/>
       <c r="BI131" s="28"/>
       <c r="BJ131" s="28"/>
       <c r="BK131" s="28"/>
       <c r="BL131" s="28"/>
       <c r="BM131" s="28"/>
@@ -43280,52 +43888,54 @@
       <c r="DN131" s="28"/>
       <c r="DO131" s="28"/>
       <c r="DP131" s="28"/>
       <c r="DQ131" s="28"/>
       <c r="DR131" s="28"/>
       <c r="DS131" s="28"/>
       <c r="DT131" s="28"/>
       <c r="DU131" s="28"/>
       <c r="DV131" s="28"/>
       <c r="DW131" s="28"/>
       <c r="DX131" s="28"/>
       <c r="DY131" s="28"/>
       <c r="DZ131" s="28"/>
       <c r="EA131" s="28"/>
       <c r="EB131" s="28"/>
       <c r="EC131" s="28"/>
       <c r="ED131" s="28"/>
       <c r="EE131" s="28"/>
       <c r="EF131" s="28"/>
       <c r="EG131" s="28"/>
       <c r="EH131" s="28"/>
       <c r="EI131" s="28"/>
       <c r="EJ131" s="28"/>
       <c r="EK131" s="28"/>
       <c r="EL131" s="28"/>
+      <c r="EM131" s="28"/>
+      <c r="EN131" s="28"/>
     </row>
-    <row r="132" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="132" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO132" s="28"/>
       <c r="AP132" s="28"/>
       <c r="AQ132" s="28"/>
       <c r="AR132" s="28"/>
       <c r="AS132" s="28"/>
       <c r="AT132" s="28"/>
       <c r="AU132" s="28"/>
       <c r="AV132" s="28"/>
       <c r="AW132" s="28"/>
       <c r="AX132" s="28"/>
       <c r="AY132" s="28"/>
       <c r="AZ132" s="28"/>
       <c r="BA132" s="28"/>
       <c r="BB132" s="28"/>
       <c r="BC132" s="28"/>
       <c r="BD132" s="28"/>
       <c r="BE132" s="28"/>
       <c r="BF132" s="28"/>
       <c r="BG132" s="28"/>
       <c r="BH132" s="28"/>
       <c r="BI132" s="28"/>
       <c r="BJ132" s="28"/>
       <c r="BK132" s="28"/>
       <c r="BL132" s="28"/>
       <c r="BM132" s="28"/>
@@ -43384,52 +43994,54 @@
       <c r="DN132" s="28"/>
       <c r="DO132" s="28"/>
       <c r="DP132" s="28"/>
       <c r="DQ132" s="28"/>
       <c r="DR132" s="28"/>
       <c r="DS132" s="28"/>
       <c r="DT132" s="28"/>
       <c r="DU132" s="28"/>
       <c r="DV132" s="28"/>
       <c r="DW132" s="28"/>
       <c r="DX132" s="28"/>
       <c r="DY132" s="28"/>
       <c r="DZ132" s="28"/>
       <c r="EA132" s="28"/>
       <c r="EB132" s="28"/>
       <c r="EC132" s="28"/>
       <c r="ED132" s="28"/>
       <c r="EE132" s="28"/>
       <c r="EF132" s="28"/>
       <c r="EG132" s="28"/>
       <c r="EH132" s="28"/>
       <c r="EI132" s="28"/>
       <c r="EJ132" s="28"/>
       <c r="EK132" s="28"/>
       <c r="EL132" s="28"/>
+      <c r="EM132" s="28"/>
+      <c r="EN132" s="28"/>
     </row>
-    <row r="133" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="133" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO133" s="28"/>
       <c r="AP133" s="28"/>
       <c r="AQ133" s="28"/>
       <c r="AR133" s="28"/>
       <c r="AS133" s="28"/>
       <c r="AT133" s="28"/>
       <c r="AU133" s="28"/>
       <c r="AV133" s="28"/>
       <c r="AW133" s="28"/>
       <c r="AX133" s="28"/>
       <c r="AY133" s="28"/>
       <c r="AZ133" s="28"/>
       <c r="BA133" s="28"/>
       <c r="BB133" s="28"/>
       <c r="BC133" s="28"/>
       <c r="BD133" s="28"/>
       <c r="BE133" s="28"/>
       <c r="BF133" s="28"/>
       <c r="BG133" s="28"/>
       <c r="BH133" s="28"/>
       <c r="BI133" s="28"/>
       <c r="BJ133" s="28"/>
       <c r="BK133" s="28"/>
       <c r="BL133" s="28"/>
       <c r="BM133" s="28"/>
@@ -43488,52 +44100,54 @@
       <c r="DN133" s="28"/>
       <c r="DO133" s="28"/>
       <c r="DP133" s="28"/>
       <c r="DQ133" s="28"/>
       <c r="DR133" s="28"/>
       <c r="DS133" s="28"/>
       <c r="DT133" s="28"/>
       <c r="DU133" s="28"/>
       <c r="DV133" s="28"/>
       <c r="DW133" s="28"/>
       <c r="DX133" s="28"/>
       <c r="DY133" s="28"/>
       <c r="DZ133" s="28"/>
       <c r="EA133" s="28"/>
       <c r="EB133" s="28"/>
       <c r="EC133" s="28"/>
       <c r="ED133" s="28"/>
       <c r="EE133" s="28"/>
       <c r="EF133" s="28"/>
       <c r="EG133" s="28"/>
       <c r="EH133" s="28"/>
       <c r="EI133" s="28"/>
       <c r="EJ133" s="28"/>
       <c r="EK133" s="28"/>
       <c r="EL133" s="28"/>
+      <c r="EM133" s="28"/>
+      <c r="EN133" s="28"/>
     </row>
-    <row r="134" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO134" s="28"/>
       <c r="AP134" s="28"/>
       <c r="AQ134" s="28"/>
       <c r="AR134" s="28"/>
       <c r="AS134" s="28"/>
       <c r="AT134" s="28"/>
       <c r="AU134" s="28"/>
       <c r="AV134" s="28"/>
       <c r="AW134" s="28"/>
       <c r="AX134" s="28"/>
       <c r="AY134" s="28"/>
       <c r="AZ134" s="28"/>
       <c r="BA134" s="28"/>
       <c r="BB134" s="28"/>
       <c r="BC134" s="28"/>
       <c r="BD134" s="28"/>
       <c r="BE134" s="28"/>
       <c r="BF134" s="28"/>
       <c r="BG134" s="28"/>
       <c r="BH134" s="28"/>
       <c r="BI134" s="28"/>
       <c r="BJ134" s="28"/>
       <c r="BK134" s="28"/>
       <c r="BL134" s="28"/>
       <c r="BM134" s="28"/>
@@ -43592,52 +44206,54 @@
       <c r="DN134" s="28"/>
       <c r="DO134" s="28"/>
       <c r="DP134" s="28"/>
       <c r="DQ134" s="28"/>
       <c r="DR134" s="28"/>
       <c r="DS134" s="28"/>
       <c r="DT134" s="28"/>
       <c r="DU134" s="28"/>
       <c r="DV134" s="28"/>
       <c r="DW134" s="28"/>
       <c r="DX134" s="28"/>
       <c r="DY134" s="28"/>
       <c r="DZ134" s="28"/>
       <c r="EA134" s="28"/>
       <c r="EB134" s="28"/>
       <c r="EC134" s="28"/>
       <c r="ED134" s="28"/>
       <c r="EE134" s="28"/>
       <c r="EF134" s="28"/>
       <c r="EG134" s="28"/>
       <c r="EH134" s="28"/>
       <c r="EI134" s="28"/>
       <c r="EJ134" s="28"/>
       <c r="EK134" s="28"/>
       <c r="EL134" s="28"/>
+      <c r="EM134" s="28"/>
+      <c r="EN134" s="28"/>
     </row>
-    <row r="135" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="135" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO135" s="28"/>
       <c r="AP135" s="28"/>
       <c r="AQ135" s="28"/>
       <c r="AR135" s="28"/>
       <c r="AS135" s="28"/>
       <c r="AT135" s="28"/>
       <c r="AU135" s="28"/>
       <c r="AV135" s="28"/>
       <c r="AW135" s="28"/>
       <c r="AX135" s="28"/>
       <c r="AY135" s="28"/>
       <c r="AZ135" s="28"/>
       <c r="BA135" s="28"/>
       <c r="BB135" s="28"/>
       <c r="BC135" s="28"/>
       <c r="BD135" s="28"/>
       <c r="BE135" s="28"/>
       <c r="BF135" s="28"/>
       <c r="BG135" s="28"/>
       <c r="BH135" s="28"/>
       <c r="BI135" s="28"/>
       <c r="BJ135" s="28"/>
       <c r="BK135" s="28"/>
       <c r="BL135" s="28"/>
       <c r="BM135" s="28"/>
@@ -43696,52 +44312,54 @@
       <c r="DN135" s="28"/>
       <c r="DO135" s="28"/>
       <c r="DP135" s="28"/>
       <c r="DQ135" s="28"/>
       <c r="DR135" s="28"/>
       <c r="DS135" s="28"/>
       <c r="DT135" s="28"/>
       <c r="DU135" s="28"/>
       <c r="DV135" s="28"/>
       <c r="DW135" s="28"/>
       <c r="DX135" s="28"/>
       <c r="DY135" s="28"/>
       <c r="DZ135" s="28"/>
       <c r="EA135" s="28"/>
       <c r="EB135" s="28"/>
       <c r="EC135" s="28"/>
       <c r="ED135" s="28"/>
       <c r="EE135" s="28"/>
       <c r="EF135" s="28"/>
       <c r="EG135" s="28"/>
       <c r="EH135" s="28"/>
       <c r="EI135" s="28"/>
       <c r="EJ135" s="28"/>
       <c r="EK135" s="28"/>
       <c r="EL135" s="28"/>
+      <c r="EM135" s="28"/>
+      <c r="EN135" s="28"/>
     </row>
-    <row r="136" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="136" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO136" s="28"/>
       <c r="AP136" s="28"/>
       <c r="AQ136" s="28"/>
       <c r="AR136" s="28"/>
       <c r="AS136" s="28"/>
       <c r="AT136" s="28"/>
       <c r="AU136" s="28"/>
       <c r="AV136" s="28"/>
       <c r="AW136" s="28"/>
       <c r="AX136" s="28"/>
       <c r="AY136" s="28"/>
       <c r="AZ136" s="28"/>
       <c r="BA136" s="28"/>
       <c r="BB136" s="28"/>
       <c r="BC136" s="28"/>
       <c r="BD136" s="28"/>
       <c r="BE136" s="28"/>
       <c r="BF136" s="28"/>
       <c r="BG136" s="28"/>
       <c r="BH136" s="28"/>
       <c r="BI136" s="28"/>
       <c r="BJ136" s="28"/>
       <c r="BK136" s="28"/>
       <c r="BL136" s="28"/>
       <c r="BM136" s="28"/>
@@ -43800,52 +44418,54 @@
       <c r="DN136" s="28"/>
       <c r="DO136" s="28"/>
       <c r="DP136" s="28"/>
       <c r="DQ136" s="28"/>
       <c r="DR136" s="28"/>
       <c r="DS136" s="28"/>
       <c r="DT136" s="28"/>
       <c r="DU136" s="28"/>
       <c r="DV136" s="28"/>
       <c r="DW136" s="28"/>
       <c r="DX136" s="28"/>
       <c r="DY136" s="28"/>
       <c r="DZ136" s="28"/>
       <c r="EA136" s="28"/>
       <c r="EB136" s="28"/>
       <c r="EC136" s="28"/>
       <c r="ED136" s="28"/>
       <c r="EE136" s="28"/>
       <c r="EF136" s="28"/>
       <c r="EG136" s="28"/>
       <c r="EH136" s="28"/>
       <c r="EI136" s="28"/>
       <c r="EJ136" s="28"/>
       <c r="EK136" s="28"/>
       <c r="EL136" s="28"/>
+      <c r="EM136" s="28"/>
+      <c r="EN136" s="28"/>
     </row>
-    <row r="137" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="137" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO137" s="28"/>
       <c r="AP137" s="28"/>
       <c r="AQ137" s="28"/>
       <c r="AR137" s="28"/>
       <c r="AS137" s="28"/>
       <c r="AT137" s="28"/>
       <c r="AU137" s="28"/>
       <c r="AV137" s="28"/>
       <c r="AW137" s="28"/>
       <c r="AX137" s="28"/>
       <c r="AY137" s="28"/>
       <c r="AZ137" s="28"/>
       <c r="BA137" s="28"/>
       <c r="BB137" s="28"/>
       <c r="BC137" s="28"/>
       <c r="BD137" s="28"/>
       <c r="BE137" s="28"/>
       <c r="BF137" s="28"/>
       <c r="BG137" s="28"/>
       <c r="BH137" s="28"/>
       <c r="BI137" s="28"/>
       <c r="BJ137" s="28"/>
       <c r="BK137" s="28"/>
       <c r="BL137" s="28"/>
       <c r="BM137" s="28"/>
@@ -43904,52 +44524,54 @@
       <c r="DN137" s="28"/>
       <c r="DO137" s="28"/>
       <c r="DP137" s="28"/>
       <c r="DQ137" s="28"/>
       <c r="DR137" s="28"/>
       <c r="DS137" s="28"/>
       <c r="DT137" s="28"/>
       <c r="DU137" s="28"/>
       <c r="DV137" s="28"/>
       <c r="DW137" s="28"/>
       <c r="DX137" s="28"/>
       <c r="DY137" s="28"/>
       <c r="DZ137" s="28"/>
       <c r="EA137" s="28"/>
       <c r="EB137" s="28"/>
       <c r="EC137" s="28"/>
       <c r="ED137" s="28"/>
       <c r="EE137" s="28"/>
       <c r="EF137" s="28"/>
       <c r="EG137" s="28"/>
       <c r="EH137" s="28"/>
       <c r="EI137" s="28"/>
       <c r="EJ137" s="28"/>
       <c r="EK137" s="28"/>
       <c r="EL137" s="28"/>
+      <c r="EM137" s="28"/>
+      <c r="EN137" s="28"/>
     </row>
-    <row r="138" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO138" s="28"/>
       <c r="AP138" s="28"/>
       <c r="AQ138" s="28"/>
       <c r="AR138" s="28"/>
       <c r="AS138" s="28"/>
       <c r="AT138" s="28"/>
       <c r="AU138" s="28"/>
       <c r="AV138" s="28"/>
       <c r="AW138" s="28"/>
       <c r="AX138" s="28"/>
       <c r="AY138" s="28"/>
       <c r="AZ138" s="28"/>
       <c r="BA138" s="28"/>
       <c r="BB138" s="28"/>
       <c r="BC138" s="28"/>
       <c r="BD138" s="28"/>
       <c r="BE138" s="28"/>
       <c r="BF138" s="28"/>
       <c r="BG138" s="28"/>
       <c r="BH138" s="28"/>
       <c r="BI138" s="28"/>
       <c r="BJ138" s="28"/>
       <c r="BK138" s="28"/>
       <c r="BL138" s="28"/>
       <c r="BM138" s="28"/>
@@ -44008,52 +44630,54 @@
       <c r="DN138" s="28"/>
       <c r="DO138" s="28"/>
       <c r="DP138" s="28"/>
       <c r="DQ138" s="28"/>
       <c r="DR138" s="28"/>
       <c r="DS138" s="28"/>
       <c r="DT138" s="28"/>
       <c r="DU138" s="28"/>
       <c r="DV138" s="28"/>
       <c r="DW138" s="28"/>
       <c r="DX138" s="28"/>
       <c r="DY138" s="28"/>
       <c r="DZ138" s="28"/>
       <c r="EA138" s="28"/>
       <c r="EB138" s="28"/>
       <c r="EC138" s="28"/>
       <c r="ED138" s="28"/>
       <c r="EE138" s="28"/>
       <c r="EF138" s="28"/>
       <c r="EG138" s="28"/>
       <c r="EH138" s="28"/>
       <c r="EI138" s="28"/>
       <c r="EJ138" s="28"/>
       <c r="EK138" s="28"/>
       <c r="EL138" s="28"/>
+      <c r="EM138" s="28"/>
+      <c r="EN138" s="28"/>
     </row>
-    <row r="139" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="139" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO139" s="28"/>
       <c r="AP139" s="28"/>
       <c r="AQ139" s="28"/>
       <c r="AR139" s="28"/>
       <c r="AS139" s="28"/>
       <c r="AT139" s="28"/>
       <c r="AU139" s="28"/>
       <c r="AV139" s="28"/>
       <c r="AW139" s="28"/>
       <c r="AX139" s="28"/>
       <c r="AY139" s="28"/>
       <c r="AZ139" s="28"/>
       <c r="BA139" s="28"/>
       <c r="BB139" s="28"/>
       <c r="BC139" s="28"/>
       <c r="BD139" s="28"/>
       <c r="BE139" s="28"/>
       <c r="BF139" s="28"/>
       <c r="BG139" s="28"/>
       <c r="BH139" s="28"/>
       <c r="BI139" s="28"/>
       <c r="BJ139" s="28"/>
       <c r="BK139" s="28"/>
       <c r="BL139" s="28"/>
       <c r="BM139" s="28"/>
@@ -44112,52 +44736,54 @@
       <c r="DN139" s="28"/>
       <c r="DO139" s="28"/>
       <c r="DP139" s="28"/>
       <c r="DQ139" s="28"/>
       <c r="DR139" s="28"/>
       <c r="DS139" s="28"/>
       <c r="DT139" s="28"/>
       <c r="DU139" s="28"/>
       <c r="DV139" s="28"/>
       <c r="DW139" s="28"/>
       <c r="DX139" s="28"/>
       <c r="DY139" s="28"/>
       <c r="DZ139" s="28"/>
       <c r="EA139" s="28"/>
       <c r="EB139" s="28"/>
       <c r="EC139" s="28"/>
       <c r="ED139" s="28"/>
       <c r="EE139" s="28"/>
       <c r="EF139" s="28"/>
       <c r="EG139" s="28"/>
       <c r="EH139" s="28"/>
       <c r="EI139" s="28"/>
       <c r="EJ139" s="28"/>
       <c r="EK139" s="28"/>
       <c r="EL139" s="28"/>
+      <c r="EM139" s="28"/>
+      <c r="EN139" s="28"/>
     </row>
-    <row r="140" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO140" s="28"/>
       <c r="AP140" s="28"/>
       <c r="AQ140" s="28"/>
       <c r="AR140" s="28"/>
       <c r="AS140" s="28"/>
       <c r="AT140" s="28"/>
       <c r="AU140" s="28"/>
       <c r="AV140" s="28"/>
       <c r="AW140" s="28"/>
       <c r="AX140" s="28"/>
       <c r="AY140" s="28"/>
       <c r="AZ140" s="28"/>
       <c r="BA140" s="28"/>
       <c r="BB140" s="28"/>
       <c r="BC140" s="28"/>
       <c r="BD140" s="28"/>
       <c r="BE140" s="28"/>
       <c r="BF140" s="28"/>
       <c r="BG140" s="28"/>
       <c r="BH140" s="28"/>
       <c r="BI140" s="28"/>
       <c r="BJ140" s="28"/>
       <c r="BK140" s="28"/>
       <c r="BL140" s="28"/>
       <c r="BM140" s="28"/>
@@ -44216,52 +44842,54 @@
       <c r="DN140" s="28"/>
       <c r="DO140" s="28"/>
       <c r="DP140" s="28"/>
       <c r="DQ140" s="28"/>
       <c r="DR140" s="28"/>
       <c r="DS140" s="28"/>
       <c r="DT140" s="28"/>
       <c r="DU140" s="28"/>
       <c r="DV140" s="28"/>
       <c r="DW140" s="28"/>
       <c r="DX140" s="28"/>
       <c r="DY140" s="28"/>
       <c r="DZ140" s="28"/>
       <c r="EA140" s="28"/>
       <c r="EB140" s="28"/>
       <c r="EC140" s="28"/>
       <c r="ED140" s="28"/>
       <c r="EE140" s="28"/>
       <c r="EF140" s="28"/>
       <c r="EG140" s="28"/>
       <c r="EH140" s="28"/>
       <c r="EI140" s="28"/>
       <c r="EJ140" s="28"/>
       <c r="EK140" s="28"/>
       <c r="EL140" s="28"/>
+      <c r="EM140" s="28"/>
+      <c r="EN140" s="28"/>
     </row>
-    <row r="141" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="141" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO141" s="28"/>
       <c r="AP141" s="28"/>
       <c r="AQ141" s="28"/>
       <c r="AR141" s="28"/>
       <c r="AS141" s="28"/>
       <c r="AT141" s="28"/>
       <c r="AU141" s="28"/>
       <c r="AV141" s="28"/>
       <c r="AW141" s="28"/>
       <c r="AX141" s="28"/>
       <c r="AY141" s="28"/>
       <c r="AZ141" s="28"/>
       <c r="BA141" s="28"/>
       <c r="BB141" s="28"/>
       <c r="BC141" s="28"/>
       <c r="BD141" s="28"/>
       <c r="BE141" s="28"/>
       <c r="BF141" s="28"/>
       <c r="BG141" s="28"/>
       <c r="BH141" s="28"/>
       <c r="BI141" s="28"/>
       <c r="BJ141" s="28"/>
       <c r="BK141" s="28"/>
       <c r="BL141" s="28"/>
       <c r="BM141" s="28"/>
@@ -44320,52 +44948,54 @@
       <c r="DN141" s="28"/>
       <c r="DO141" s="28"/>
       <c r="DP141" s="28"/>
       <c r="DQ141" s="28"/>
       <c r="DR141" s="28"/>
       <c r="DS141" s="28"/>
       <c r="DT141" s="28"/>
       <c r="DU141" s="28"/>
       <c r="DV141" s="28"/>
       <c r="DW141" s="28"/>
       <c r="DX141" s="28"/>
       <c r="DY141" s="28"/>
       <c r="DZ141" s="28"/>
       <c r="EA141" s="28"/>
       <c r="EB141" s="28"/>
       <c r="EC141" s="28"/>
       <c r="ED141" s="28"/>
       <c r="EE141" s="28"/>
       <c r="EF141" s="28"/>
       <c r="EG141" s="28"/>
       <c r="EH141" s="28"/>
       <c r="EI141" s="28"/>
       <c r="EJ141" s="28"/>
       <c r="EK141" s="28"/>
       <c r="EL141" s="28"/>
+      <c r="EM141" s="28"/>
+      <c r="EN141" s="28"/>
     </row>
-    <row r="142" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="142" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO142" s="28"/>
       <c r="AP142" s="28"/>
       <c r="AQ142" s="28"/>
       <c r="AR142" s="28"/>
       <c r="AS142" s="28"/>
       <c r="AT142" s="28"/>
       <c r="AU142" s="28"/>
       <c r="AV142" s="28"/>
       <c r="AW142" s="28"/>
       <c r="AX142" s="28"/>
       <c r="AY142" s="28"/>
       <c r="AZ142" s="28"/>
       <c r="BA142" s="28"/>
       <c r="BB142" s="28"/>
       <c r="BC142" s="28"/>
       <c r="BD142" s="28"/>
       <c r="BE142" s="28"/>
       <c r="BF142" s="28"/>
       <c r="BG142" s="28"/>
       <c r="BH142" s="28"/>
       <c r="BI142" s="28"/>
       <c r="BJ142" s="28"/>
       <c r="BK142" s="28"/>
       <c r="BL142" s="28"/>
       <c r="BM142" s="28"/>
@@ -44424,52 +45054,54 @@
       <c r="DN142" s="28"/>
       <c r="DO142" s="28"/>
       <c r="DP142" s="28"/>
       <c r="DQ142" s="28"/>
       <c r="DR142" s="28"/>
       <c r="DS142" s="28"/>
       <c r="DT142" s="28"/>
       <c r="DU142" s="28"/>
       <c r="DV142" s="28"/>
       <c r="DW142" s="28"/>
       <c r="DX142" s="28"/>
       <c r="DY142" s="28"/>
       <c r="DZ142" s="28"/>
       <c r="EA142" s="28"/>
       <c r="EB142" s="28"/>
       <c r="EC142" s="28"/>
       <c r="ED142" s="28"/>
       <c r="EE142" s="28"/>
       <c r="EF142" s="28"/>
       <c r="EG142" s="28"/>
       <c r="EH142" s="28"/>
       <c r="EI142" s="28"/>
       <c r="EJ142" s="28"/>
       <c r="EK142" s="28"/>
       <c r="EL142" s="28"/>
+      <c r="EM142" s="28"/>
+      <c r="EN142" s="28"/>
     </row>
-    <row r="143" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="143" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO143" s="28"/>
       <c r="AP143" s="28"/>
       <c r="AQ143" s="28"/>
       <c r="AR143" s="28"/>
       <c r="AS143" s="28"/>
       <c r="AT143" s="28"/>
       <c r="AU143" s="28"/>
       <c r="AV143" s="28"/>
       <c r="AW143" s="28"/>
       <c r="AX143" s="28"/>
       <c r="AY143" s="28"/>
       <c r="AZ143" s="28"/>
       <c r="BA143" s="28"/>
       <c r="BB143" s="28"/>
       <c r="BC143" s="28"/>
       <c r="BD143" s="28"/>
       <c r="BE143" s="28"/>
       <c r="BF143" s="28"/>
       <c r="BG143" s="28"/>
       <c r="BH143" s="28"/>
       <c r="BI143" s="28"/>
       <c r="BJ143" s="28"/>
       <c r="BK143" s="28"/>
       <c r="BL143" s="28"/>
       <c r="BM143" s="28"/>
@@ -44528,52 +45160,54 @@
       <c r="DN143" s="28"/>
       <c r="DO143" s="28"/>
       <c r="DP143" s="28"/>
       <c r="DQ143" s="28"/>
       <c r="DR143" s="28"/>
       <c r="DS143" s="28"/>
       <c r="DT143" s="28"/>
       <c r="DU143" s="28"/>
       <c r="DV143" s="28"/>
       <c r="DW143" s="28"/>
       <c r="DX143" s="28"/>
       <c r="DY143" s="28"/>
       <c r="DZ143" s="28"/>
       <c r="EA143" s="28"/>
       <c r="EB143" s="28"/>
       <c r="EC143" s="28"/>
       <c r="ED143" s="28"/>
       <c r="EE143" s="28"/>
       <c r="EF143" s="28"/>
       <c r="EG143" s="28"/>
       <c r="EH143" s="28"/>
       <c r="EI143" s="28"/>
       <c r="EJ143" s="28"/>
       <c r="EK143" s="28"/>
       <c r="EL143" s="28"/>
+      <c r="EM143" s="28"/>
+      <c r="EN143" s="28"/>
     </row>
-    <row r="144" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="144" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO144" s="28"/>
       <c r="AP144" s="28"/>
       <c r="AQ144" s="28"/>
       <c r="AR144" s="28"/>
       <c r="AS144" s="28"/>
       <c r="AT144" s="28"/>
       <c r="AU144" s="28"/>
       <c r="AV144" s="28"/>
       <c r="AW144" s="28"/>
       <c r="AX144" s="28"/>
       <c r="AY144" s="28"/>
       <c r="AZ144" s="28"/>
       <c r="BA144" s="28"/>
       <c r="BB144" s="28"/>
       <c r="BC144" s="28"/>
       <c r="BD144" s="28"/>
       <c r="BE144" s="28"/>
       <c r="BF144" s="28"/>
       <c r="BG144" s="28"/>
       <c r="BH144" s="28"/>
       <c r="BI144" s="28"/>
       <c r="BJ144" s="28"/>
       <c r="BK144" s="28"/>
       <c r="BL144" s="28"/>
       <c r="BM144" s="28"/>
@@ -44632,52 +45266,54 @@
       <c r="DN144" s="28"/>
       <c r="DO144" s="28"/>
       <c r="DP144" s="28"/>
       <c r="DQ144" s="28"/>
       <c r="DR144" s="28"/>
       <c r="DS144" s="28"/>
       <c r="DT144" s="28"/>
       <c r="DU144" s="28"/>
       <c r="DV144" s="28"/>
       <c r="DW144" s="28"/>
       <c r="DX144" s="28"/>
       <c r="DY144" s="28"/>
       <c r="DZ144" s="28"/>
       <c r="EA144" s="28"/>
       <c r="EB144" s="28"/>
       <c r="EC144" s="28"/>
       <c r="ED144" s="28"/>
       <c r="EE144" s="28"/>
       <c r="EF144" s="28"/>
       <c r="EG144" s="28"/>
       <c r="EH144" s="28"/>
       <c r="EI144" s="28"/>
       <c r="EJ144" s="28"/>
       <c r="EK144" s="28"/>
       <c r="EL144" s="28"/>
+      <c r="EM144" s="28"/>
+      <c r="EN144" s="28"/>
     </row>
-    <row r="145" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="145" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO145" s="28"/>
       <c r="AP145" s="28"/>
       <c r="AQ145" s="28"/>
       <c r="AR145" s="28"/>
       <c r="AS145" s="28"/>
       <c r="AT145" s="28"/>
       <c r="AU145" s="28"/>
       <c r="AV145" s="28"/>
       <c r="AW145" s="28"/>
       <c r="AX145" s="28"/>
       <c r="AY145" s="28"/>
       <c r="AZ145" s="28"/>
       <c r="BA145" s="28"/>
       <c r="BB145" s="28"/>
       <c r="BC145" s="28"/>
       <c r="BD145" s="28"/>
       <c r="BE145" s="28"/>
       <c r="BF145" s="28"/>
       <c r="BG145" s="28"/>
       <c r="BH145" s="28"/>
       <c r="BI145" s="28"/>
       <c r="BJ145" s="28"/>
       <c r="BK145" s="28"/>
       <c r="BL145" s="28"/>
       <c r="BM145" s="28"/>
@@ -44736,52 +45372,54 @@
       <c r="DN145" s="28"/>
       <c r="DO145" s="28"/>
       <c r="DP145" s="28"/>
       <c r="DQ145" s="28"/>
       <c r="DR145" s="28"/>
       <c r="DS145" s="28"/>
       <c r="DT145" s="28"/>
       <c r="DU145" s="28"/>
       <c r="DV145" s="28"/>
       <c r="DW145" s="28"/>
       <c r="DX145" s="28"/>
       <c r="DY145" s="28"/>
       <c r="DZ145" s="28"/>
       <c r="EA145" s="28"/>
       <c r="EB145" s="28"/>
       <c r="EC145" s="28"/>
       <c r="ED145" s="28"/>
       <c r="EE145" s="28"/>
       <c r="EF145" s="28"/>
       <c r="EG145" s="28"/>
       <c r="EH145" s="28"/>
       <c r="EI145" s="28"/>
       <c r="EJ145" s="28"/>
       <c r="EK145" s="28"/>
       <c r="EL145" s="28"/>
+      <c r="EM145" s="28"/>
+      <c r="EN145" s="28"/>
     </row>
-    <row r="146" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="146" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO146" s="28"/>
       <c r="AP146" s="28"/>
       <c r="AQ146" s="28"/>
       <c r="AR146" s="28"/>
       <c r="AS146" s="28"/>
       <c r="AT146" s="28"/>
       <c r="AU146" s="28"/>
       <c r="AV146" s="28"/>
       <c r="AW146" s="28"/>
       <c r="AX146" s="28"/>
       <c r="AY146" s="28"/>
       <c r="AZ146" s="28"/>
       <c r="BA146" s="28"/>
       <c r="BB146" s="28"/>
       <c r="BC146" s="28"/>
       <c r="BD146" s="28"/>
       <c r="BE146" s="28"/>
       <c r="BF146" s="28"/>
       <c r="BG146" s="28"/>
       <c r="BH146" s="28"/>
       <c r="BI146" s="28"/>
       <c r="BJ146" s="28"/>
       <c r="BK146" s="28"/>
       <c r="BL146" s="28"/>
       <c r="BM146" s="28"/>
@@ -44840,52 +45478,54 @@
       <c r="DN146" s="28"/>
       <c r="DO146" s="28"/>
       <c r="DP146" s="28"/>
       <c r="DQ146" s="28"/>
       <c r="DR146" s="28"/>
       <c r="DS146" s="28"/>
       <c r="DT146" s="28"/>
       <c r="DU146" s="28"/>
       <c r="DV146" s="28"/>
       <c r="DW146" s="28"/>
       <c r="DX146" s="28"/>
       <c r="DY146" s="28"/>
       <c r="DZ146" s="28"/>
       <c r="EA146" s="28"/>
       <c r="EB146" s="28"/>
       <c r="EC146" s="28"/>
       <c r="ED146" s="28"/>
       <c r="EE146" s="28"/>
       <c r="EF146" s="28"/>
       <c r="EG146" s="28"/>
       <c r="EH146" s="28"/>
       <c r="EI146" s="28"/>
       <c r="EJ146" s="28"/>
       <c r="EK146" s="28"/>
       <c r="EL146" s="28"/>
+      <c r="EM146" s="28"/>
+      <c r="EN146" s="28"/>
     </row>
-    <row r="147" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="147" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO147" s="28"/>
       <c r="AP147" s="28"/>
       <c r="AQ147" s="28"/>
       <c r="AR147" s="28"/>
       <c r="AS147" s="28"/>
       <c r="AT147" s="28"/>
       <c r="AU147" s="28"/>
       <c r="AV147" s="28"/>
       <c r="AW147" s="28"/>
       <c r="AX147" s="28"/>
       <c r="AY147" s="28"/>
       <c r="AZ147" s="28"/>
       <c r="BA147" s="28"/>
       <c r="BB147" s="28"/>
       <c r="BC147" s="28"/>
       <c r="BD147" s="28"/>
       <c r="BE147" s="28"/>
       <c r="BF147" s="28"/>
       <c r="BG147" s="28"/>
       <c r="BH147" s="28"/>
       <c r="BI147" s="28"/>
       <c r="BJ147" s="28"/>
       <c r="BK147" s="28"/>
       <c r="BL147" s="28"/>
       <c r="BM147" s="28"/>
@@ -44944,52 +45584,54 @@
       <c r="DN147" s="28"/>
       <c r="DO147" s="28"/>
       <c r="DP147" s="28"/>
       <c r="DQ147" s="28"/>
       <c r="DR147" s="28"/>
       <c r="DS147" s="28"/>
       <c r="DT147" s="28"/>
       <c r="DU147" s="28"/>
       <c r="DV147" s="28"/>
       <c r="DW147" s="28"/>
       <c r="DX147" s="28"/>
       <c r="DY147" s="28"/>
       <c r="DZ147" s="28"/>
       <c r="EA147" s="28"/>
       <c r="EB147" s="28"/>
       <c r="EC147" s="28"/>
       <c r="ED147" s="28"/>
       <c r="EE147" s="28"/>
       <c r="EF147" s="28"/>
       <c r="EG147" s="28"/>
       <c r="EH147" s="28"/>
       <c r="EI147" s="28"/>
       <c r="EJ147" s="28"/>
       <c r="EK147" s="28"/>
       <c r="EL147" s="28"/>
+      <c r="EM147" s="28"/>
+      <c r="EN147" s="28"/>
     </row>
-    <row r="148" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="148" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO148" s="28"/>
       <c r="AP148" s="28"/>
       <c r="AQ148" s="28"/>
       <c r="AR148" s="28"/>
       <c r="AS148" s="28"/>
       <c r="AT148" s="28"/>
       <c r="AU148" s="28"/>
       <c r="AV148" s="28"/>
       <c r="AW148" s="28"/>
       <c r="AX148" s="28"/>
       <c r="AY148" s="28"/>
       <c r="AZ148" s="28"/>
       <c r="BA148" s="28"/>
       <c r="BB148" s="28"/>
       <c r="BC148" s="28"/>
       <c r="BD148" s="28"/>
       <c r="BE148" s="28"/>
       <c r="BF148" s="28"/>
       <c r="BG148" s="28"/>
       <c r="BH148" s="28"/>
       <c r="BI148" s="28"/>
       <c r="BJ148" s="28"/>
       <c r="BK148" s="28"/>
       <c r="BL148" s="28"/>
       <c r="BM148" s="28"/>
@@ -45048,52 +45690,54 @@
       <c r="DN148" s="28"/>
       <c r="DO148" s="28"/>
       <c r="DP148" s="28"/>
       <c r="DQ148" s="28"/>
       <c r="DR148" s="28"/>
       <c r="DS148" s="28"/>
       <c r="DT148" s="28"/>
       <c r="DU148" s="28"/>
       <c r="DV148" s="28"/>
       <c r="DW148" s="28"/>
       <c r="DX148" s="28"/>
       <c r="DY148" s="28"/>
       <c r="DZ148" s="28"/>
       <c r="EA148" s="28"/>
       <c r="EB148" s="28"/>
       <c r="EC148" s="28"/>
       <c r="ED148" s="28"/>
       <c r="EE148" s="28"/>
       <c r="EF148" s="28"/>
       <c r="EG148" s="28"/>
       <c r="EH148" s="28"/>
       <c r="EI148" s="28"/>
       <c r="EJ148" s="28"/>
       <c r="EK148" s="28"/>
       <c r="EL148" s="28"/>
+      <c r="EM148" s="28"/>
+      <c r="EN148" s="28"/>
     </row>
-    <row r="149" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="149" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO149" s="28"/>
       <c r="AP149" s="28"/>
       <c r="AQ149" s="28"/>
       <c r="AR149" s="28"/>
       <c r="AS149" s="28"/>
       <c r="AT149" s="28"/>
       <c r="AU149" s="28"/>
       <c r="AV149" s="28"/>
       <c r="AW149" s="28"/>
       <c r="AX149" s="28"/>
       <c r="AY149" s="28"/>
       <c r="AZ149" s="28"/>
       <c r="BA149" s="28"/>
       <c r="BB149" s="28"/>
       <c r="BC149" s="28"/>
       <c r="BD149" s="28"/>
       <c r="BE149" s="28"/>
       <c r="BF149" s="28"/>
       <c r="BG149" s="28"/>
       <c r="BH149" s="28"/>
       <c r="BI149" s="28"/>
       <c r="BJ149" s="28"/>
       <c r="BK149" s="28"/>
       <c r="BL149" s="28"/>
       <c r="BM149" s="28"/>
@@ -45152,52 +45796,54 @@
       <c r="DN149" s="28"/>
       <c r="DO149" s="28"/>
       <c r="DP149" s="28"/>
       <c r="DQ149" s="28"/>
       <c r="DR149" s="28"/>
       <c r="DS149" s="28"/>
       <c r="DT149" s="28"/>
       <c r="DU149" s="28"/>
       <c r="DV149" s="28"/>
       <c r="DW149" s="28"/>
       <c r="DX149" s="28"/>
       <c r="DY149" s="28"/>
       <c r="DZ149" s="28"/>
       <c r="EA149" s="28"/>
       <c r="EB149" s="28"/>
       <c r="EC149" s="28"/>
       <c r="ED149" s="28"/>
       <c r="EE149" s="28"/>
       <c r="EF149" s="28"/>
       <c r="EG149" s="28"/>
       <c r="EH149" s="28"/>
       <c r="EI149" s="28"/>
       <c r="EJ149" s="28"/>
       <c r="EK149" s="28"/>
       <c r="EL149" s="28"/>
+      <c r="EM149" s="28"/>
+      <c r="EN149" s="28"/>
     </row>
-    <row r="150" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="150" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO150" s="28"/>
       <c r="AP150" s="28"/>
       <c r="AQ150" s="28"/>
       <c r="AR150" s="28"/>
       <c r="AS150" s="28"/>
       <c r="AT150" s="28"/>
       <c r="AU150" s="28"/>
       <c r="AV150" s="28"/>
       <c r="AW150" s="28"/>
       <c r="AX150" s="28"/>
       <c r="AY150" s="28"/>
       <c r="AZ150" s="28"/>
       <c r="BA150" s="28"/>
       <c r="BB150" s="28"/>
       <c r="BC150" s="28"/>
       <c r="BD150" s="28"/>
       <c r="BE150" s="28"/>
       <c r="BF150" s="28"/>
       <c r="BG150" s="28"/>
       <c r="BH150" s="28"/>
       <c r="BI150" s="28"/>
       <c r="BJ150" s="28"/>
       <c r="BK150" s="28"/>
       <c r="BL150" s="28"/>
       <c r="BM150" s="28"/>
@@ -45256,52 +45902,54 @@
       <c r="DN150" s="28"/>
       <c r="DO150" s="28"/>
       <c r="DP150" s="28"/>
       <c r="DQ150" s="28"/>
       <c r="DR150" s="28"/>
       <c r="DS150" s="28"/>
       <c r="DT150" s="28"/>
       <c r="DU150" s="28"/>
       <c r="DV150" s="28"/>
       <c r="DW150" s="28"/>
       <c r="DX150" s="28"/>
       <c r="DY150" s="28"/>
       <c r="DZ150" s="28"/>
       <c r="EA150" s="28"/>
       <c r="EB150" s="28"/>
       <c r="EC150" s="28"/>
       <c r="ED150" s="28"/>
       <c r="EE150" s="28"/>
       <c r="EF150" s="28"/>
       <c r="EG150" s="28"/>
       <c r="EH150" s="28"/>
       <c r="EI150" s="28"/>
       <c r="EJ150" s="28"/>
       <c r="EK150" s="28"/>
       <c r="EL150" s="28"/>
+      <c r="EM150" s="28"/>
+      <c r="EN150" s="28"/>
     </row>
-    <row r="151" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="151" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO151" s="28"/>
       <c r="AP151" s="28"/>
       <c r="AQ151" s="28"/>
       <c r="AR151" s="28"/>
       <c r="AS151" s="28"/>
       <c r="AT151" s="28"/>
       <c r="AU151" s="28"/>
       <c r="AV151" s="28"/>
       <c r="AW151" s="28"/>
       <c r="AX151" s="28"/>
       <c r="AY151" s="28"/>
       <c r="AZ151" s="28"/>
       <c r="BA151" s="28"/>
       <c r="BB151" s="28"/>
       <c r="BC151" s="28"/>
       <c r="BD151" s="28"/>
       <c r="BE151" s="28"/>
       <c r="BF151" s="28"/>
       <c r="BG151" s="28"/>
       <c r="BH151" s="28"/>
       <c r="BI151" s="28"/>
       <c r="BJ151" s="28"/>
       <c r="BK151" s="28"/>
       <c r="BL151" s="28"/>
       <c r="BM151" s="28"/>
@@ -45360,52 +46008,54 @@
       <c r="DN151" s="28"/>
       <c r="DO151" s="28"/>
       <c r="DP151" s="28"/>
       <c r="DQ151" s="28"/>
       <c r="DR151" s="28"/>
       <c r="DS151" s="28"/>
       <c r="DT151" s="28"/>
       <c r="DU151" s="28"/>
       <c r="DV151" s="28"/>
       <c r="DW151" s="28"/>
       <c r="DX151" s="28"/>
       <c r="DY151" s="28"/>
       <c r="DZ151" s="28"/>
       <c r="EA151" s="28"/>
       <c r="EB151" s="28"/>
       <c r="EC151" s="28"/>
       <c r="ED151" s="28"/>
       <c r="EE151" s="28"/>
       <c r="EF151" s="28"/>
       <c r="EG151" s="28"/>
       <c r="EH151" s="28"/>
       <c r="EI151" s="28"/>
       <c r="EJ151" s="28"/>
       <c r="EK151" s="28"/>
       <c r="EL151" s="28"/>
+      <c r="EM151" s="28"/>
+      <c r="EN151" s="28"/>
     </row>
-    <row r="152" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="152" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO152" s="28"/>
       <c r="AP152" s="28"/>
       <c r="AQ152" s="28"/>
       <c r="AR152" s="28"/>
       <c r="AS152" s="28"/>
       <c r="AT152" s="28"/>
       <c r="AU152" s="28"/>
       <c r="AV152" s="28"/>
       <c r="AW152" s="28"/>
       <c r="AX152" s="28"/>
       <c r="AY152" s="28"/>
       <c r="AZ152" s="28"/>
       <c r="BA152" s="28"/>
       <c r="BB152" s="28"/>
       <c r="BC152" s="28"/>
       <c r="BD152" s="28"/>
       <c r="BE152" s="28"/>
       <c r="BF152" s="28"/>
       <c r="BG152" s="28"/>
       <c r="BH152" s="28"/>
       <c r="BI152" s="28"/>
       <c r="BJ152" s="28"/>
       <c r="BK152" s="28"/>
       <c r="BL152" s="28"/>
       <c r="BM152" s="28"/>
@@ -45464,52 +46114,54 @@
       <c r="DN152" s="28"/>
       <c r="DO152" s="28"/>
       <c r="DP152" s="28"/>
       <c r="DQ152" s="28"/>
       <c r="DR152" s="28"/>
       <c r="DS152" s="28"/>
       <c r="DT152" s="28"/>
       <c r="DU152" s="28"/>
       <c r="DV152" s="28"/>
       <c r="DW152" s="28"/>
       <c r="DX152" s="28"/>
       <c r="DY152" s="28"/>
       <c r="DZ152" s="28"/>
       <c r="EA152" s="28"/>
       <c r="EB152" s="28"/>
       <c r="EC152" s="28"/>
       <c r="ED152" s="28"/>
       <c r="EE152" s="28"/>
       <c r="EF152" s="28"/>
       <c r="EG152" s="28"/>
       <c r="EH152" s="28"/>
       <c r="EI152" s="28"/>
       <c r="EJ152" s="28"/>
       <c r="EK152" s="28"/>
       <c r="EL152" s="28"/>
+      <c r="EM152" s="28"/>
+      <c r="EN152" s="28"/>
     </row>
-    <row r="153" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="153" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO153" s="28"/>
       <c r="AP153" s="28"/>
       <c r="AQ153" s="28"/>
       <c r="AR153" s="28"/>
       <c r="AS153" s="28"/>
       <c r="AT153" s="28"/>
       <c r="AU153" s="28"/>
       <c r="AV153" s="28"/>
       <c r="AW153" s="28"/>
       <c r="AX153" s="28"/>
       <c r="AY153" s="28"/>
       <c r="AZ153" s="28"/>
       <c r="BA153" s="28"/>
       <c r="BB153" s="28"/>
       <c r="BC153" s="28"/>
       <c r="BD153" s="28"/>
       <c r="BE153" s="28"/>
       <c r="BF153" s="28"/>
       <c r="BG153" s="28"/>
       <c r="BH153" s="28"/>
       <c r="BI153" s="28"/>
       <c r="BJ153" s="28"/>
       <c r="BK153" s="28"/>
       <c r="BL153" s="28"/>
       <c r="BM153" s="28"/>
@@ -45568,52 +46220,54 @@
       <c r="DN153" s="28"/>
       <c r="DO153" s="28"/>
       <c r="DP153" s="28"/>
       <c r="DQ153" s="28"/>
       <c r="DR153" s="28"/>
       <c r="DS153" s="28"/>
       <c r="DT153" s="28"/>
       <c r="DU153" s="28"/>
       <c r="DV153" s="28"/>
       <c r="DW153" s="28"/>
       <c r="DX153" s="28"/>
       <c r="DY153" s="28"/>
       <c r="DZ153" s="28"/>
       <c r="EA153" s="28"/>
       <c r="EB153" s="28"/>
       <c r="EC153" s="28"/>
       <c r="ED153" s="28"/>
       <c r="EE153" s="28"/>
       <c r="EF153" s="28"/>
       <c r="EG153" s="28"/>
       <c r="EH153" s="28"/>
       <c r="EI153" s="28"/>
       <c r="EJ153" s="28"/>
       <c r="EK153" s="28"/>
       <c r="EL153" s="28"/>
+      <c r="EM153" s="28"/>
+      <c r="EN153" s="28"/>
     </row>
-    <row r="154" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="154" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO154" s="28"/>
       <c r="AP154" s="28"/>
       <c r="AQ154" s="28"/>
       <c r="AR154" s="28"/>
       <c r="AS154" s="28"/>
       <c r="AT154" s="28"/>
       <c r="AU154" s="28"/>
       <c r="AV154" s="28"/>
       <c r="AW154" s="28"/>
       <c r="AX154" s="28"/>
       <c r="AY154" s="28"/>
       <c r="AZ154" s="28"/>
       <c r="BA154" s="28"/>
       <c r="BB154" s="28"/>
       <c r="BC154" s="28"/>
       <c r="BD154" s="28"/>
       <c r="BE154" s="28"/>
       <c r="BF154" s="28"/>
       <c r="BG154" s="28"/>
       <c r="BH154" s="28"/>
       <c r="BI154" s="28"/>
       <c r="BJ154" s="28"/>
       <c r="BK154" s="28"/>
       <c r="BL154" s="28"/>
       <c r="BM154" s="28"/>
@@ -45672,52 +46326,54 @@
       <c r="DN154" s="28"/>
       <c r="DO154" s="28"/>
       <c r="DP154" s="28"/>
       <c r="DQ154" s="28"/>
       <c r="DR154" s="28"/>
       <c r="DS154" s="28"/>
       <c r="DT154" s="28"/>
       <c r="DU154" s="28"/>
       <c r="DV154" s="28"/>
       <c r="DW154" s="28"/>
       <c r="DX154" s="28"/>
       <c r="DY154" s="28"/>
       <c r="DZ154" s="28"/>
       <c r="EA154" s="28"/>
       <c r="EB154" s="28"/>
       <c r="EC154" s="28"/>
       <c r="ED154" s="28"/>
       <c r="EE154" s="28"/>
       <c r="EF154" s="28"/>
       <c r="EG154" s="28"/>
       <c r="EH154" s="28"/>
       <c r="EI154" s="28"/>
       <c r="EJ154" s="28"/>
       <c r="EK154" s="28"/>
       <c r="EL154" s="28"/>
+      <c r="EM154" s="28"/>
+      <c r="EN154" s="28"/>
     </row>
-    <row r="155" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="155" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO155" s="28"/>
       <c r="AP155" s="28"/>
       <c r="AQ155" s="28"/>
       <c r="AR155" s="28"/>
       <c r="AS155" s="28"/>
       <c r="AT155" s="28"/>
       <c r="AU155" s="28"/>
       <c r="AV155" s="28"/>
       <c r="AW155" s="28"/>
       <c r="AX155" s="28"/>
       <c r="AY155" s="28"/>
       <c r="AZ155" s="28"/>
       <c r="BA155" s="28"/>
       <c r="BB155" s="28"/>
       <c r="BC155" s="28"/>
       <c r="BD155" s="28"/>
       <c r="BE155" s="28"/>
       <c r="BF155" s="28"/>
       <c r="BG155" s="28"/>
       <c r="BH155" s="28"/>
       <c r="BI155" s="28"/>
       <c r="BJ155" s="28"/>
       <c r="BK155" s="28"/>
       <c r="BL155" s="28"/>
       <c r="BM155" s="28"/>
@@ -45776,52 +46432,54 @@
       <c r="DN155" s="28"/>
       <c r="DO155" s="28"/>
       <c r="DP155" s="28"/>
       <c r="DQ155" s="28"/>
       <c r="DR155" s="28"/>
       <c r="DS155" s="28"/>
       <c r="DT155" s="28"/>
       <c r="DU155" s="28"/>
       <c r="DV155" s="28"/>
       <c r="DW155" s="28"/>
       <c r="DX155" s="28"/>
       <c r="DY155" s="28"/>
       <c r="DZ155" s="28"/>
       <c r="EA155" s="28"/>
       <c r="EB155" s="28"/>
       <c r="EC155" s="28"/>
       <c r="ED155" s="28"/>
       <c r="EE155" s="28"/>
       <c r="EF155" s="28"/>
       <c r="EG155" s="28"/>
       <c r="EH155" s="28"/>
       <c r="EI155" s="28"/>
       <c r="EJ155" s="28"/>
       <c r="EK155" s="28"/>
       <c r="EL155" s="28"/>
+      <c r="EM155" s="28"/>
+      <c r="EN155" s="28"/>
     </row>
-    <row r="156" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="156" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO156" s="28"/>
       <c r="AP156" s="28"/>
       <c r="AQ156" s="28"/>
       <c r="AR156" s="28"/>
       <c r="AS156" s="28"/>
       <c r="AT156" s="28"/>
       <c r="AU156" s="28"/>
       <c r="AV156" s="28"/>
       <c r="AW156" s="28"/>
       <c r="AX156" s="28"/>
       <c r="AY156" s="28"/>
       <c r="AZ156" s="28"/>
       <c r="BA156" s="28"/>
       <c r="BB156" s="28"/>
       <c r="BC156" s="28"/>
       <c r="BD156" s="28"/>
       <c r="BE156" s="28"/>
       <c r="BF156" s="28"/>
       <c r="BG156" s="28"/>
       <c r="BH156" s="28"/>
       <c r="BI156" s="28"/>
       <c r="BJ156" s="28"/>
       <c r="BK156" s="28"/>
       <c r="BL156" s="28"/>
       <c r="BM156" s="28"/>
@@ -45880,52 +46538,54 @@
       <c r="DN156" s="28"/>
       <c r="DO156" s="28"/>
       <c r="DP156" s="28"/>
       <c r="DQ156" s="28"/>
       <c r="DR156" s="28"/>
       <c r="DS156" s="28"/>
       <c r="DT156" s="28"/>
       <c r="DU156" s="28"/>
       <c r="DV156" s="28"/>
       <c r="DW156" s="28"/>
       <c r="DX156" s="28"/>
       <c r="DY156" s="28"/>
       <c r="DZ156" s="28"/>
       <c r="EA156" s="28"/>
       <c r="EB156" s="28"/>
       <c r="EC156" s="28"/>
       <c r="ED156" s="28"/>
       <c r="EE156" s="28"/>
       <c r="EF156" s="28"/>
       <c r="EG156" s="28"/>
       <c r="EH156" s="28"/>
       <c r="EI156" s="28"/>
       <c r="EJ156" s="28"/>
       <c r="EK156" s="28"/>
       <c r="EL156" s="28"/>
+      <c r="EM156" s="28"/>
+      <c r="EN156" s="28"/>
     </row>
-    <row r="157" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO157" s="28"/>
       <c r="AP157" s="28"/>
       <c r="AQ157" s="28"/>
       <c r="AR157" s="28"/>
       <c r="AS157" s="28"/>
       <c r="AT157" s="28"/>
       <c r="AU157" s="28"/>
       <c r="AV157" s="28"/>
       <c r="AW157" s="28"/>
       <c r="AX157" s="28"/>
       <c r="AY157" s="28"/>
       <c r="AZ157" s="28"/>
       <c r="BA157" s="28"/>
       <c r="BB157" s="28"/>
       <c r="BC157" s="28"/>
       <c r="BD157" s="28"/>
       <c r="BE157" s="28"/>
       <c r="BF157" s="28"/>
       <c r="BG157" s="28"/>
       <c r="BH157" s="28"/>
       <c r="BI157" s="28"/>
       <c r="BJ157" s="28"/>
       <c r="BK157" s="28"/>
       <c r="BL157" s="28"/>
       <c r="BM157" s="28"/>
@@ -45984,52 +46644,54 @@
       <c r="DN157" s="28"/>
       <c r="DO157" s="28"/>
       <c r="DP157" s="28"/>
       <c r="DQ157" s="28"/>
       <c r="DR157" s="28"/>
       <c r="DS157" s="28"/>
       <c r="DT157" s="28"/>
       <c r="DU157" s="28"/>
       <c r="DV157" s="28"/>
       <c r="DW157" s="28"/>
       <c r="DX157" s="28"/>
       <c r="DY157" s="28"/>
       <c r="DZ157" s="28"/>
       <c r="EA157" s="28"/>
       <c r="EB157" s="28"/>
       <c r="EC157" s="28"/>
       <c r="ED157" s="28"/>
       <c r="EE157" s="28"/>
       <c r="EF157" s="28"/>
       <c r="EG157" s="28"/>
       <c r="EH157" s="28"/>
       <c r="EI157" s="28"/>
       <c r="EJ157" s="28"/>
       <c r="EK157" s="28"/>
       <c r="EL157" s="28"/>
+      <c r="EM157" s="28"/>
+      <c r="EN157" s="28"/>
     </row>
-    <row r="158" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="158" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO158" s="28"/>
       <c r="AP158" s="28"/>
       <c r="AQ158" s="28"/>
       <c r="AR158" s="28"/>
       <c r="AS158" s="28"/>
       <c r="AT158" s="28"/>
       <c r="AU158" s="28"/>
       <c r="AV158" s="28"/>
       <c r="AW158" s="28"/>
       <c r="AX158" s="28"/>
       <c r="AY158" s="28"/>
       <c r="AZ158" s="28"/>
       <c r="BA158" s="28"/>
       <c r="BB158" s="28"/>
       <c r="BC158" s="28"/>
       <c r="BD158" s="28"/>
       <c r="BE158" s="28"/>
       <c r="BF158" s="28"/>
       <c r="BG158" s="28"/>
       <c r="BH158" s="28"/>
       <c r="BI158" s="28"/>
       <c r="BJ158" s="28"/>
       <c r="BK158" s="28"/>
       <c r="BL158" s="28"/>
       <c r="BM158" s="28"/>
@@ -46088,52 +46750,54 @@
       <c r="DN158" s="28"/>
       <c r="DO158" s="28"/>
       <c r="DP158" s="28"/>
       <c r="DQ158" s="28"/>
       <c r="DR158" s="28"/>
       <c r="DS158" s="28"/>
       <c r="DT158" s="28"/>
       <c r="DU158" s="28"/>
       <c r="DV158" s="28"/>
       <c r="DW158" s="28"/>
       <c r="DX158" s="28"/>
       <c r="DY158" s="28"/>
       <c r="DZ158" s="28"/>
       <c r="EA158" s="28"/>
       <c r="EB158" s="28"/>
       <c r="EC158" s="28"/>
       <c r="ED158" s="28"/>
       <c r="EE158" s="28"/>
       <c r="EF158" s="28"/>
       <c r="EG158" s="28"/>
       <c r="EH158" s="28"/>
       <c r="EI158" s="28"/>
       <c r="EJ158" s="28"/>
       <c r="EK158" s="28"/>
       <c r="EL158" s="28"/>
+      <c r="EM158" s="28"/>
+      <c r="EN158" s="28"/>
     </row>
-    <row r="159" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO159" s="28"/>
       <c r="AP159" s="28"/>
       <c r="AQ159" s="28"/>
       <c r="AR159" s="28"/>
       <c r="AS159" s="28"/>
       <c r="AT159" s="28"/>
       <c r="AU159" s="28"/>
       <c r="AV159" s="28"/>
       <c r="AW159" s="28"/>
       <c r="AX159" s="28"/>
       <c r="AY159" s="28"/>
       <c r="AZ159" s="28"/>
       <c r="BA159" s="28"/>
       <c r="BB159" s="28"/>
       <c r="BC159" s="28"/>
       <c r="BD159" s="28"/>
       <c r="BE159" s="28"/>
       <c r="BF159" s="28"/>
       <c r="BG159" s="28"/>
       <c r="BH159" s="28"/>
       <c r="BI159" s="28"/>
       <c r="BJ159" s="28"/>
       <c r="BK159" s="28"/>
       <c r="BL159" s="28"/>
       <c r="BM159" s="28"/>
@@ -46192,52 +46856,54 @@
       <c r="DN159" s="28"/>
       <c r="DO159" s="28"/>
       <c r="DP159" s="28"/>
       <c r="DQ159" s="28"/>
       <c r="DR159" s="28"/>
       <c r="DS159" s="28"/>
       <c r="DT159" s="28"/>
       <c r="DU159" s="28"/>
       <c r="DV159" s="28"/>
       <c r="DW159" s="28"/>
       <c r="DX159" s="28"/>
       <c r="DY159" s="28"/>
       <c r="DZ159" s="28"/>
       <c r="EA159" s="28"/>
       <c r="EB159" s="28"/>
       <c r="EC159" s="28"/>
       <c r="ED159" s="28"/>
       <c r="EE159" s="28"/>
       <c r="EF159" s="28"/>
       <c r="EG159" s="28"/>
       <c r="EH159" s="28"/>
       <c r="EI159" s="28"/>
       <c r="EJ159" s="28"/>
       <c r="EK159" s="28"/>
       <c r="EL159" s="28"/>
+      <c r="EM159" s="28"/>
+      <c r="EN159" s="28"/>
     </row>
-    <row r="160" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="160" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO160" s="28"/>
       <c r="AP160" s="28"/>
       <c r="AQ160" s="28"/>
       <c r="AR160" s="28"/>
       <c r="AS160" s="28"/>
       <c r="AT160" s="28"/>
       <c r="AU160" s="28"/>
       <c r="AV160" s="28"/>
       <c r="AW160" s="28"/>
       <c r="AX160" s="28"/>
       <c r="AY160" s="28"/>
       <c r="AZ160" s="28"/>
       <c r="BA160" s="28"/>
       <c r="BB160" s="28"/>
       <c r="BC160" s="28"/>
       <c r="BD160" s="28"/>
       <c r="BE160" s="28"/>
       <c r="BF160" s="28"/>
       <c r="BG160" s="28"/>
       <c r="BH160" s="28"/>
       <c r="BI160" s="28"/>
       <c r="BJ160" s="28"/>
       <c r="BK160" s="28"/>
       <c r="BL160" s="28"/>
       <c r="BM160" s="28"/>
@@ -46296,52 +46962,54 @@
       <c r="DN160" s="28"/>
       <c r="DO160" s="28"/>
       <c r="DP160" s="28"/>
       <c r="DQ160" s="28"/>
       <c r="DR160" s="28"/>
       <c r="DS160" s="28"/>
       <c r="DT160" s="28"/>
       <c r="DU160" s="28"/>
       <c r="DV160" s="28"/>
       <c r="DW160" s="28"/>
       <c r="DX160" s="28"/>
       <c r="DY160" s="28"/>
       <c r="DZ160" s="28"/>
       <c r="EA160" s="28"/>
       <c r="EB160" s="28"/>
       <c r="EC160" s="28"/>
       <c r="ED160" s="28"/>
       <c r="EE160" s="28"/>
       <c r="EF160" s="28"/>
       <c r="EG160" s="28"/>
       <c r="EH160" s="28"/>
       <c r="EI160" s="28"/>
       <c r="EJ160" s="28"/>
       <c r="EK160" s="28"/>
       <c r="EL160" s="28"/>
+      <c r="EM160" s="28"/>
+      <c r="EN160" s="28"/>
     </row>
-    <row r="161" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO161" s="28"/>
       <c r="AP161" s="28"/>
       <c r="AQ161" s="28"/>
       <c r="AR161" s="28"/>
       <c r="AS161" s="28"/>
       <c r="AT161" s="28"/>
       <c r="AU161" s="28"/>
       <c r="AV161" s="28"/>
       <c r="AW161" s="28"/>
       <c r="AX161" s="28"/>
       <c r="AY161" s="28"/>
       <c r="AZ161" s="28"/>
       <c r="BA161" s="28"/>
       <c r="BB161" s="28"/>
       <c r="BC161" s="28"/>
       <c r="BD161" s="28"/>
       <c r="BE161" s="28"/>
       <c r="BF161" s="28"/>
       <c r="BG161" s="28"/>
       <c r="BH161" s="28"/>
       <c r="BI161" s="28"/>
       <c r="BJ161" s="28"/>
       <c r="BK161" s="28"/>
       <c r="BL161" s="28"/>
       <c r="BM161" s="28"/>
@@ -46400,52 +47068,54 @@
       <c r="DN161" s="28"/>
       <c r="DO161" s="28"/>
       <c r="DP161" s="28"/>
       <c r="DQ161" s="28"/>
       <c r="DR161" s="28"/>
       <c r="DS161" s="28"/>
       <c r="DT161" s="28"/>
       <c r="DU161" s="28"/>
       <c r="DV161" s="28"/>
       <c r="DW161" s="28"/>
       <c r="DX161" s="28"/>
       <c r="DY161" s="28"/>
       <c r="DZ161" s="28"/>
       <c r="EA161" s="28"/>
       <c r="EB161" s="28"/>
       <c r="EC161" s="28"/>
       <c r="ED161" s="28"/>
       <c r="EE161" s="28"/>
       <c r="EF161" s="28"/>
       <c r="EG161" s="28"/>
       <c r="EH161" s="28"/>
       <c r="EI161" s="28"/>
       <c r="EJ161" s="28"/>
       <c r="EK161" s="28"/>
       <c r="EL161" s="28"/>
+      <c r="EM161" s="28"/>
+      <c r="EN161" s="28"/>
     </row>
-    <row r="162" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO162" s="28"/>
       <c r="AP162" s="28"/>
       <c r="AQ162" s="28"/>
       <c r="AR162" s="28"/>
       <c r="AS162" s="28"/>
       <c r="AT162" s="28"/>
       <c r="AU162" s="28"/>
       <c r="AV162" s="28"/>
       <c r="AW162" s="28"/>
       <c r="AX162" s="28"/>
       <c r="AY162" s="28"/>
       <c r="AZ162" s="28"/>
       <c r="BA162" s="28"/>
       <c r="BB162" s="28"/>
       <c r="BC162" s="28"/>
       <c r="BD162" s="28"/>
       <c r="BE162" s="28"/>
       <c r="BF162" s="28"/>
       <c r="BG162" s="28"/>
       <c r="BH162" s="28"/>
       <c r="BI162" s="28"/>
       <c r="BJ162" s="28"/>
       <c r="BK162" s="28"/>
       <c r="BL162" s="28"/>
       <c r="BM162" s="28"/>
@@ -46504,52 +47174,54 @@
       <c r="DN162" s="28"/>
       <c r="DO162" s="28"/>
       <c r="DP162" s="28"/>
       <c r="DQ162" s="28"/>
       <c r="DR162" s="28"/>
       <c r="DS162" s="28"/>
       <c r="DT162" s="28"/>
       <c r="DU162" s="28"/>
       <c r="DV162" s="28"/>
       <c r="DW162" s="28"/>
       <c r="DX162" s="28"/>
       <c r="DY162" s="28"/>
       <c r="DZ162" s="28"/>
       <c r="EA162" s="28"/>
       <c r="EB162" s="28"/>
       <c r="EC162" s="28"/>
       <c r="ED162" s="28"/>
       <c r="EE162" s="28"/>
       <c r="EF162" s="28"/>
       <c r="EG162" s="28"/>
       <c r="EH162" s="28"/>
       <c r="EI162" s="28"/>
       <c r="EJ162" s="28"/>
       <c r="EK162" s="28"/>
       <c r="EL162" s="28"/>
+      <c r="EM162" s="28"/>
+      <c r="EN162" s="28"/>
     </row>
-    <row r="163" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="163" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO163" s="28"/>
       <c r="AP163" s="28"/>
       <c r="AQ163" s="28"/>
       <c r="AR163" s="28"/>
       <c r="AS163" s="28"/>
       <c r="AT163" s="28"/>
       <c r="AU163" s="28"/>
       <c r="AV163" s="28"/>
       <c r="AW163" s="28"/>
       <c r="AX163" s="28"/>
       <c r="AY163" s="28"/>
       <c r="AZ163" s="28"/>
       <c r="BA163" s="28"/>
       <c r="BB163" s="28"/>
       <c r="BC163" s="28"/>
       <c r="BD163" s="28"/>
       <c r="BE163" s="28"/>
       <c r="BF163" s="28"/>
       <c r="BG163" s="28"/>
       <c r="BH163" s="28"/>
       <c r="BI163" s="28"/>
       <c r="BJ163" s="28"/>
       <c r="BK163" s="28"/>
       <c r="BL163" s="28"/>
       <c r="BM163" s="28"/>
@@ -46608,52 +47280,54 @@
       <c r="DN163" s="28"/>
       <c r="DO163" s="28"/>
       <c r="DP163" s="28"/>
       <c r="DQ163" s="28"/>
       <c r="DR163" s="28"/>
       <c r="DS163" s="28"/>
       <c r="DT163" s="28"/>
       <c r="DU163" s="28"/>
       <c r="DV163" s="28"/>
       <c r="DW163" s="28"/>
       <c r="DX163" s="28"/>
       <c r="DY163" s="28"/>
       <c r="DZ163" s="28"/>
       <c r="EA163" s="28"/>
       <c r="EB163" s="28"/>
       <c r="EC163" s="28"/>
       <c r="ED163" s="28"/>
       <c r="EE163" s="28"/>
       <c r="EF163" s="28"/>
       <c r="EG163" s="28"/>
       <c r="EH163" s="28"/>
       <c r="EI163" s="28"/>
       <c r="EJ163" s="28"/>
       <c r="EK163" s="28"/>
       <c r="EL163" s="28"/>
+      <c r="EM163" s="28"/>
+      <c r="EN163" s="28"/>
     </row>
-    <row r="164" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="164" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO164" s="28"/>
       <c r="AP164" s="28"/>
       <c r="AQ164" s="28"/>
       <c r="AR164" s="28"/>
       <c r="AS164" s="28"/>
       <c r="AT164" s="28"/>
       <c r="AU164" s="28"/>
       <c r="AV164" s="28"/>
       <c r="AW164" s="28"/>
       <c r="AX164" s="28"/>
       <c r="AY164" s="28"/>
       <c r="AZ164" s="28"/>
       <c r="BA164" s="28"/>
       <c r="BB164" s="28"/>
       <c r="BC164" s="28"/>
       <c r="BD164" s="28"/>
       <c r="BE164" s="28"/>
       <c r="BF164" s="28"/>
       <c r="BG164" s="28"/>
       <c r="BH164" s="28"/>
       <c r="BI164" s="28"/>
       <c r="BJ164" s="28"/>
       <c r="BK164" s="28"/>
       <c r="BL164" s="28"/>
       <c r="BM164" s="28"/>
@@ -46712,52 +47386,54 @@
       <c r="DN164" s="28"/>
       <c r="DO164" s="28"/>
       <c r="DP164" s="28"/>
       <c r="DQ164" s="28"/>
       <c r="DR164" s="28"/>
       <c r="DS164" s="28"/>
       <c r="DT164" s="28"/>
       <c r="DU164" s="28"/>
       <c r="DV164" s="28"/>
       <c r="DW164" s="28"/>
       <c r="DX164" s="28"/>
       <c r="DY164" s="28"/>
       <c r="DZ164" s="28"/>
       <c r="EA164" s="28"/>
       <c r="EB164" s="28"/>
       <c r="EC164" s="28"/>
       <c r="ED164" s="28"/>
       <c r="EE164" s="28"/>
       <c r="EF164" s="28"/>
       <c r="EG164" s="28"/>
       <c r="EH164" s="28"/>
       <c r="EI164" s="28"/>
       <c r="EJ164" s="28"/>
       <c r="EK164" s="28"/>
       <c r="EL164" s="28"/>
+      <c r="EM164" s="28"/>
+      <c r="EN164" s="28"/>
     </row>
-    <row r="165" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO165" s="28"/>
       <c r="AP165" s="28"/>
       <c r="AQ165" s="28"/>
       <c r="AR165" s="28"/>
       <c r="AS165" s="28"/>
       <c r="AT165" s="28"/>
       <c r="AU165" s="28"/>
       <c r="AV165" s="28"/>
       <c r="AW165" s="28"/>
       <c r="AX165" s="28"/>
       <c r="AY165" s="28"/>
       <c r="AZ165" s="28"/>
       <c r="BA165" s="28"/>
       <c r="BB165" s="28"/>
       <c r="BC165" s="28"/>
       <c r="BD165" s="28"/>
       <c r="BE165" s="28"/>
       <c r="BF165" s="28"/>
       <c r="BG165" s="28"/>
       <c r="BH165" s="28"/>
       <c r="BI165" s="28"/>
       <c r="BJ165" s="28"/>
       <c r="BK165" s="28"/>
       <c r="BL165" s="28"/>
       <c r="BM165" s="28"/>
@@ -46816,52 +47492,54 @@
       <c r="DN165" s="28"/>
       <c r="DO165" s="28"/>
       <c r="DP165" s="28"/>
       <c r="DQ165" s="28"/>
       <c r="DR165" s="28"/>
       <c r="DS165" s="28"/>
       <c r="DT165" s="28"/>
       <c r="DU165" s="28"/>
       <c r="DV165" s="28"/>
       <c r="DW165" s="28"/>
       <c r="DX165" s="28"/>
       <c r="DY165" s="28"/>
       <c r="DZ165" s="28"/>
       <c r="EA165" s="28"/>
       <c r="EB165" s="28"/>
       <c r="EC165" s="28"/>
       <c r="ED165" s="28"/>
       <c r="EE165" s="28"/>
       <c r="EF165" s="28"/>
       <c r="EG165" s="28"/>
       <c r="EH165" s="28"/>
       <c r="EI165" s="28"/>
       <c r="EJ165" s="28"/>
       <c r="EK165" s="28"/>
       <c r="EL165" s="28"/>
+      <c r="EM165" s="28"/>
+      <c r="EN165" s="28"/>
     </row>
-    <row r="166" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="166" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO166" s="28"/>
       <c r="AP166" s="28"/>
       <c r="AQ166" s="28"/>
       <c r="AR166" s="28"/>
       <c r="AS166" s="28"/>
       <c r="AT166" s="28"/>
       <c r="AU166" s="28"/>
       <c r="AV166" s="28"/>
       <c r="AW166" s="28"/>
       <c r="AX166" s="28"/>
       <c r="AY166" s="28"/>
       <c r="AZ166" s="28"/>
       <c r="BA166" s="28"/>
       <c r="BB166" s="28"/>
       <c r="BC166" s="28"/>
       <c r="BD166" s="28"/>
       <c r="BE166" s="28"/>
       <c r="BF166" s="28"/>
       <c r="BG166" s="28"/>
       <c r="BH166" s="28"/>
       <c r="BI166" s="28"/>
       <c r="BJ166" s="28"/>
       <c r="BK166" s="28"/>
       <c r="BL166" s="28"/>
       <c r="BM166" s="28"/>
@@ -46920,52 +47598,54 @@
       <c r="DN166" s="28"/>
       <c r="DO166" s="28"/>
       <c r="DP166" s="28"/>
       <c r="DQ166" s="28"/>
       <c r="DR166" s="28"/>
       <c r="DS166" s="28"/>
       <c r="DT166" s="28"/>
       <c r="DU166" s="28"/>
       <c r="DV166" s="28"/>
       <c r="DW166" s="28"/>
       <c r="DX166" s="28"/>
       <c r="DY166" s="28"/>
       <c r="DZ166" s="28"/>
       <c r="EA166" s="28"/>
       <c r="EB166" s="28"/>
       <c r="EC166" s="28"/>
       <c r="ED166" s="28"/>
       <c r="EE166" s="28"/>
       <c r="EF166" s="28"/>
       <c r="EG166" s="28"/>
       <c r="EH166" s="28"/>
       <c r="EI166" s="28"/>
       <c r="EJ166" s="28"/>
       <c r="EK166" s="28"/>
       <c r="EL166" s="28"/>
+      <c r="EM166" s="28"/>
+      <c r="EN166" s="28"/>
     </row>
-    <row r="167" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="167" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO167" s="28"/>
       <c r="AP167" s="28"/>
       <c r="AQ167" s="28"/>
       <c r="AR167" s="28"/>
       <c r="AS167" s="28"/>
       <c r="AT167" s="28"/>
       <c r="AU167" s="28"/>
       <c r="AV167" s="28"/>
       <c r="AW167" s="28"/>
       <c r="AX167" s="28"/>
       <c r="AY167" s="28"/>
       <c r="AZ167" s="28"/>
       <c r="BA167" s="28"/>
       <c r="BB167" s="28"/>
       <c r="BC167" s="28"/>
       <c r="BD167" s="28"/>
       <c r="BE167" s="28"/>
       <c r="BF167" s="28"/>
       <c r="BG167" s="28"/>
       <c r="BH167" s="28"/>
       <c r="BI167" s="28"/>
       <c r="BJ167" s="28"/>
       <c r="BK167" s="28"/>
       <c r="BL167" s="28"/>
       <c r="BM167" s="28"/>
@@ -47024,52 +47704,54 @@
       <c r="DN167" s="28"/>
       <c r="DO167" s="28"/>
       <c r="DP167" s="28"/>
       <c r="DQ167" s="28"/>
       <c r="DR167" s="28"/>
       <c r="DS167" s="28"/>
       <c r="DT167" s="28"/>
       <c r="DU167" s="28"/>
       <c r="DV167" s="28"/>
       <c r="DW167" s="28"/>
       <c r="DX167" s="28"/>
       <c r="DY167" s="28"/>
       <c r="DZ167" s="28"/>
       <c r="EA167" s="28"/>
       <c r="EB167" s="28"/>
       <c r="EC167" s="28"/>
       <c r="ED167" s="28"/>
       <c r="EE167" s="28"/>
       <c r="EF167" s="28"/>
       <c r="EG167" s="28"/>
       <c r="EH167" s="28"/>
       <c r="EI167" s="28"/>
       <c r="EJ167" s="28"/>
       <c r="EK167" s="28"/>
       <c r="EL167" s="28"/>
+      <c r="EM167" s="28"/>
+      <c r="EN167" s="28"/>
     </row>
-    <row r="168" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="168" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO168" s="28"/>
       <c r="AP168" s="28"/>
       <c r="AQ168" s="28"/>
       <c r="AR168" s="28"/>
       <c r="AS168" s="28"/>
       <c r="AT168" s="28"/>
       <c r="AU168" s="28"/>
       <c r="AV168" s="28"/>
       <c r="AW168" s="28"/>
       <c r="AX168" s="28"/>
       <c r="AY168" s="28"/>
       <c r="AZ168" s="28"/>
       <c r="BA168" s="28"/>
       <c r="BB168" s="28"/>
       <c r="BC168" s="28"/>
       <c r="BD168" s="28"/>
       <c r="BE168" s="28"/>
       <c r="BF168" s="28"/>
       <c r="BG168" s="28"/>
       <c r="BH168" s="28"/>
       <c r="BI168" s="28"/>
       <c r="BJ168" s="28"/>
       <c r="BK168" s="28"/>
       <c r="BL168" s="28"/>
       <c r="BM168" s="28"/>
@@ -47128,52 +47810,54 @@
       <c r="DN168" s="28"/>
       <c r="DO168" s="28"/>
       <c r="DP168" s="28"/>
       <c r="DQ168" s="28"/>
       <c r="DR168" s="28"/>
       <c r="DS168" s="28"/>
       <c r="DT168" s="28"/>
       <c r="DU168" s="28"/>
       <c r="DV168" s="28"/>
       <c r="DW168" s="28"/>
       <c r="DX168" s="28"/>
       <c r="DY168" s="28"/>
       <c r="DZ168" s="28"/>
       <c r="EA168" s="28"/>
       <c r="EB168" s="28"/>
       <c r="EC168" s="28"/>
       <c r="ED168" s="28"/>
       <c r="EE168" s="28"/>
       <c r="EF168" s="28"/>
       <c r="EG168" s="28"/>
       <c r="EH168" s="28"/>
       <c r="EI168" s="28"/>
       <c r="EJ168" s="28"/>
       <c r="EK168" s="28"/>
       <c r="EL168" s="28"/>
+      <c r="EM168" s="28"/>
+      <c r="EN168" s="28"/>
     </row>
-    <row r="169" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO169" s="28"/>
       <c r="AP169" s="28"/>
       <c r="AQ169" s="28"/>
       <c r="AR169" s="28"/>
       <c r="AS169" s="28"/>
       <c r="AT169" s="28"/>
       <c r="AU169" s="28"/>
       <c r="AV169" s="28"/>
       <c r="AW169" s="28"/>
       <c r="AX169" s="28"/>
       <c r="AY169" s="28"/>
       <c r="AZ169" s="28"/>
       <c r="BA169" s="28"/>
       <c r="BB169" s="28"/>
       <c r="BC169" s="28"/>
       <c r="BD169" s="28"/>
       <c r="BE169" s="28"/>
       <c r="BF169" s="28"/>
       <c r="BG169" s="28"/>
       <c r="BH169" s="28"/>
       <c r="BI169" s="28"/>
       <c r="BJ169" s="28"/>
       <c r="BK169" s="28"/>
       <c r="BL169" s="28"/>
       <c r="BM169" s="28"/>
@@ -47232,52 +47916,54 @@
       <c r="DN169" s="28"/>
       <c r="DO169" s="28"/>
       <c r="DP169" s="28"/>
       <c r="DQ169" s="28"/>
       <c r="DR169" s="28"/>
       <c r="DS169" s="28"/>
       <c r="DT169" s="28"/>
       <c r="DU169" s="28"/>
       <c r="DV169" s="28"/>
       <c r="DW169" s="28"/>
       <c r="DX169" s="28"/>
       <c r="DY169" s="28"/>
       <c r="DZ169" s="28"/>
       <c r="EA169" s="28"/>
       <c r="EB169" s="28"/>
       <c r="EC169" s="28"/>
       <c r="ED169" s="28"/>
       <c r="EE169" s="28"/>
       <c r="EF169" s="28"/>
       <c r="EG169" s="28"/>
       <c r="EH169" s="28"/>
       <c r="EI169" s="28"/>
       <c r="EJ169" s="28"/>
       <c r="EK169" s="28"/>
       <c r="EL169" s="28"/>
+      <c r="EM169" s="28"/>
+      <c r="EN169" s="28"/>
     </row>
-    <row r="170" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="170" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO170" s="28"/>
       <c r="AP170" s="28"/>
       <c r="AQ170" s="28"/>
       <c r="AR170" s="28"/>
       <c r="AS170" s="28"/>
       <c r="AT170" s="28"/>
       <c r="AU170" s="28"/>
       <c r="AV170" s="28"/>
       <c r="AW170" s="28"/>
       <c r="AX170" s="28"/>
       <c r="AY170" s="28"/>
       <c r="AZ170" s="28"/>
       <c r="BA170" s="28"/>
       <c r="BB170" s="28"/>
       <c r="BC170" s="28"/>
       <c r="BD170" s="28"/>
       <c r="BE170" s="28"/>
       <c r="BF170" s="28"/>
       <c r="BG170" s="28"/>
       <c r="BH170" s="28"/>
       <c r="BI170" s="28"/>
       <c r="BJ170" s="28"/>
       <c r="BK170" s="28"/>
       <c r="BL170" s="28"/>
       <c r="BM170" s="28"/>
@@ -47336,52 +48022,54 @@
       <c r="DN170" s="28"/>
       <c r="DO170" s="28"/>
       <c r="DP170" s="28"/>
       <c r="DQ170" s="28"/>
       <c r="DR170" s="28"/>
       <c r="DS170" s="28"/>
       <c r="DT170" s="28"/>
       <c r="DU170" s="28"/>
       <c r="DV170" s="28"/>
       <c r="DW170" s="28"/>
       <c r="DX170" s="28"/>
       <c r="DY170" s="28"/>
       <c r="DZ170" s="28"/>
       <c r="EA170" s="28"/>
       <c r="EB170" s="28"/>
       <c r="EC170" s="28"/>
       <c r="ED170" s="28"/>
       <c r="EE170" s="28"/>
       <c r="EF170" s="28"/>
       <c r="EG170" s="28"/>
       <c r="EH170" s="28"/>
       <c r="EI170" s="28"/>
       <c r="EJ170" s="28"/>
       <c r="EK170" s="28"/>
       <c r="EL170" s="28"/>
+      <c r="EM170" s="28"/>
+      <c r="EN170" s="28"/>
     </row>
-    <row r="171" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="171" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO171" s="28"/>
       <c r="AP171" s="28"/>
       <c r="AQ171" s="28"/>
       <c r="AR171" s="28"/>
       <c r="AS171" s="28"/>
       <c r="AT171" s="28"/>
       <c r="AU171" s="28"/>
       <c r="AV171" s="28"/>
       <c r="AW171" s="28"/>
       <c r="AX171" s="28"/>
       <c r="AY171" s="28"/>
       <c r="AZ171" s="28"/>
       <c r="BA171" s="28"/>
       <c r="BB171" s="28"/>
       <c r="BC171" s="28"/>
       <c r="BD171" s="28"/>
       <c r="BE171" s="28"/>
       <c r="BF171" s="28"/>
       <c r="BG171" s="28"/>
       <c r="BH171" s="28"/>
       <c r="BI171" s="28"/>
       <c r="BJ171" s="28"/>
       <c r="BK171" s="28"/>
       <c r="BL171" s="28"/>
       <c r="BM171" s="28"/>
@@ -47440,52 +48128,54 @@
       <c r="DN171" s="28"/>
       <c r="DO171" s="28"/>
       <c r="DP171" s="28"/>
       <c r="DQ171" s="28"/>
       <c r="DR171" s="28"/>
       <c r="DS171" s="28"/>
       <c r="DT171" s="28"/>
       <c r="DU171" s="28"/>
       <c r="DV171" s="28"/>
       <c r="DW171" s="28"/>
       <c r="DX171" s="28"/>
       <c r="DY171" s="28"/>
       <c r="DZ171" s="28"/>
       <c r="EA171" s="28"/>
       <c r="EB171" s="28"/>
       <c r="EC171" s="28"/>
       <c r="ED171" s="28"/>
       <c r="EE171" s="28"/>
       <c r="EF171" s="28"/>
       <c r="EG171" s="28"/>
       <c r="EH171" s="28"/>
       <c r="EI171" s="28"/>
       <c r="EJ171" s="28"/>
       <c r="EK171" s="28"/>
       <c r="EL171" s="28"/>
+      <c r="EM171" s="28"/>
+      <c r="EN171" s="28"/>
     </row>
-    <row r="172" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="172" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO172" s="28"/>
       <c r="AP172" s="28"/>
       <c r="AQ172" s="28"/>
       <c r="AR172" s="28"/>
       <c r="AS172" s="28"/>
       <c r="AT172" s="28"/>
       <c r="AU172" s="28"/>
       <c r="AV172" s="28"/>
       <c r="AW172" s="28"/>
       <c r="AX172" s="28"/>
       <c r="AY172" s="28"/>
       <c r="AZ172" s="28"/>
       <c r="BA172" s="28"/>
       <c r="BB172" s="28"/>
       <c r="BC172" s="28"/>
       <c r="BD172" s="28"/>
       <c r="BE172" s="28"/>
       <c r="BF172" s="28"/>
       <c r="BG172" s="28"/>
       <c r="BH172" s="28"/>
       <c r="BI172" s="28"/>
       <c r="BJ172" s="28"/>
       <c r="BK172" s="28"/>
       <c r="BL172" s="28"/>
       <c r="BM172" s="28"/>
@@ -47544,52 +48234,54 @@
       <c r="DN172" s="28"/>
       <c r="DO172" s="28"/>
       <c r="DP172" s="28"/>
       <c r="DQ172" s="28"/>
       <c r="DR172" s="28"/>
       <c r="DS172" s="28"/>
       <c r="DT172" s="28"/>
       <c r="DU172" s="28"/>
       <c r="DV172" s="28"/>
       <c r="DW172" s="28"/>
       <c r="DX172" s="28"/>
       <c r="DY172" s="28"/>
       <c r="DZ172" s="28"/>
       <c r="EA172" s="28"/>
       <c r="EB172" s="28"/>
       <c r="EC172" s="28"/>
       <c r="ED172" s="28"/>
       <c r="EE172" s="28"/>
       <c r="EF172" s="28"/>
       <c r="EG172" s="28"/>
       <c r="EH172" s="28"/>
       <c r="EI172" s="28"/>
       <c r="EJ172" s="28"/>
       <c r="EK172" s="28"/>
       <c r="EL172" s="28"/>
+      <c r="EM172" s="28"/>
+      <c r="EN172" s="28"/>
     </row>
-    <row r="173" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="173" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO173" s="28"/>
       <c r="AP173" s="28"/>
       <c r="AQ173" s="28"/>
       <c r="AR173" s="28"/>
       <c r="AS173" s="28"/>
       <c r="AT173" s="28"/>
       <c r="AU173" s="28"/>
       <c r="AV173" s="28"/>
       <c r="AW173" s="28"/>
       <c r="AX173" s="28"/>
       <c r="AY173" s="28"/>
       <c r="AZ173" s="28"/>
       <c r="BA173" s="28"/>
       <c r="BB173" s="28"/>
       <c r="BC173" s="28"/>
       <c r="BD173" s="28"/>
       <c r="BE173" s="28"/>
       <c r="BF173" s="28"/>
       <c r="BG173" s="28"/>
       <c r="BH173" s="28"/>
       <c r="BI173" s="28"/>
       <c r="BJ173" s="28"/>
       <c r="BK173" s="28"/>
       <c r="BL173" s="28"/>
       <c r="BM173" s="28"/>
@@ -47648,52 +48340,54 @@
       <c r="DN173" s="28"/>
       <c r="DO173" s="28"/>
       <c r="DP173" s="28"/>
       <c r="DQ173" s="28"/>
       <c r="DR173" s="28"/>
       <c r="DS173" s="28"/>
       <c r="DT173" s="28"/>
       <c r="DU173" s="28"/>
       <c r="DV173" s="28"/>
       <c r="DW173" s="28"/>
       <c r="DX173" s="28"/>
       <c r="DY173" s="28"/>
       <c r="DZ173" s="28"/>
       <c r="EA173" s="28"/>
       <c r="EB173" s="28"/>
       <c r="EC173" s="28"/>
       <c r="ED173" s="28"/>
       <c r="EE173" s="28"/>
       <c r="EF173" s="28"/>
       <c r="EG173" s="28"/>
       <c r="EH173" s="28"/>
       <c r="EI173" s="28"/>
       <c r="EJ173" s="28"/>
       <c r="EK173" s="28"/>
       <c r="EL173" s="28"/>
+      <c r="EM173" s="28"/>
+      <c r="EN173" s="28"/>
     </row>
-    <row r="174" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="174" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO174" s="28"/>
       <c r="AP174" s="28"/>
       <c r="AQ174" s="28"/>
       <c r="AR174" s="28"/>
       <c r="AS174" s="28"/>
       <c r="AT174" s="28"/>
       <c r="AU174" s="28"/>
       <c r="AV174" s="28"/>
       <c r="AW174" s="28"/>
       <c r="AX174" s="28"/>
       <c r="AY174" s="28"/>
       <c r="AZ174" s="28"/>
       <c r="BA174" s="28"/>
       <c r="BB174" s="28"/>
       <c r="BC174" s="28"/>
       <c r="BD174" s="28"/>
       <c r="BE174" s="28"/>
       <c r="BF174" s="28"/>
       <c r="BG174" s="28"/>
       <c r="BH174" s="28"/>
       <c r="BI174" s="28"/>
       <c r="BJ174" s="28"/>
       <c r="BK174" s="28"/>
       <c r="BL174" s="28"/>
       <c r="BM174" s="28"/>
@@ -47752,52 +48446,54 @@
       <c r="DN174" s="28"/>
       <c r="DO174" s="28"/>
       <c r="DP174" s="28"/>
       <c r="DQ174" s="28"/>
       <c r="DR174" s="28"/>
       <c r="DS174" s="28"/>
       <c r="DT174" s="28"/>
       <c r="DU174" s="28"/>
       <c r="DV174" s="28"/>
       <c r="DW174" s="28"/>
       <c r="DX174" s="28"/>
       <c r="DY174" s="28"/>
       <c r="DZ174" s="28"/>
       <c r="EA174" s="28"/>
       <c r="EB174" s="28"/>
       <c r="EC174" s="28"/>
       <c r="ED174" s="28"/>
       <c r="EE174" s="28"/>
       <c r="EF174" s="28"/>
       <c r="EG174" s="28"/>
       <c r="EH174" s="28"/>
       <c r="EI174" s="28"/>
       <c r="EJ174" s="28"/>
       <c r="EK174" s="28"/>
       <c r="EL174" s="28"/>
+      <c r="EM174" s="28"/>
+      <c r="EN174" s="28"/>
     </row>
-    <row r="175" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="175" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO175" s="28"/>
       <c r="AP175" s="28"/>
       <c r="AQ175" s="28"/>
       <c r="AR175" s="28"/>
       <c r="AS175" s="28"/>
       <c r="AT175" s="28"/>
       <c r="AU175" s="28"/>
       <c r="AV175" s="28"/>
       <c r="AW175" s="28"/>
       <c r="AX175" s="28"/>
       <c r="AY175" s="28"/>
       <c r="AZ175" s="28"/>
       <c r="BA175" s="28"/>
       <c r="BB175" s="28"/>
       <c r="BC175" s="28"/>
       <c r="BD175" s="28"/>
       <c r="BE175" s="28"/>
       <c r="BF175" s="28"/>
       <c r="BG175" s="28"/>
       <c r="BH175" s="28"/>
       <c r="BI175" s="28"/>
       <c r="BJ175" s="28"/>
       <c r="BK175" s="28"/>
       <c r="BL175" s="28"/>
       <c r="BM175" s="28"/>
@@ -47856,52 +48552,54 @@
       <c r="DN175" s="28"/>
       <c r="DO175" s="28"/>
       <c r="DP175" s="28"/>
       <c r="DQ175" s="28"/>
       <c r="DR175" s="28"/>
       <c r="DS175" s="28"/>
       <c r="DT175" s="28"/>
       <c r="DU175" s="28"/>
       <c r="DV175" s="28"/>
       <c r="DW175" s="28"/>
       <c r="DX175" s="28"/>
       <c r="DY175" s="28"/>
       <c r="DZ175" s="28"/>
       <c r="EA175" s="28"/>
       <c r="EB175" s="28"/>
       <c r="EC175" s="28"/>
       <c r="ED175" s="28"/>
       <c r="EE175" s="28"/>
       <c r="EF175" s="28"/>
       <c r="EG175" s="28"/>
       <c r="EH175" s="28"/>
       <c r="EI175" s="28"/>
       <c r="EJ175" s="28"/>
       <c r="EK175" s="28"/>
       <c r="EL175" s="28"/>
+      <c r="EM175" s="28"/>
+      <c r="EN175" s="28"/>
     </row>
-    <row r="176" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="176" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO176" s="28"/>
       <c r="AP176" s="28"/>
       <c r="AQ176" s="28"/>
       <c r="AR176" s="28"/>
       <c r="AS176" s="28"/>
       <c r="AT176" s="28"/>
       <c r="AU176" s="28"/>
       <c r="AV176" s="28"/>
       <c r="AW176" s="28"/>
       <c r="AX176" s="28"/>
       <c r="AY176" s="28"/>
       <c r="AZ176" s="28"/>
       <c r="BA176" s="28"/>
       <c r="BB176" s="28"/>
       <c r="BC176" s="28"/>
       <c r="BD176" s="28"/>
       <c r="BE176" s="28"/>
       <c r="BF176" s="28"/>
       <c r="BG176" s="28"/>
       <c r="BH176" s="28"/>
       <c r="BI176" s="28"/>
       <c r="BJ176" s="28"/>
       <c r="BK176" s="28"/>
       <c r="BL176" s="28"/>
       <c r="BM176" s="28"/>
@@ -47960,52 +48658,54 @@
       <c r="DN176" s="28"/>
       <c r="DO176" s="28"/>
       <c r="DP176" s="28"/>
       <c r="DQ176" s="28"/>
       <c r="DR176" s="28"/>
       <c r="DS176" s="28"/>
       <c r="DT176" s="28"/>
       <c r="DU176" s="28"/>
       <c r="DV176" s="28"/>
       <c r="DW176" s="28"/>
       <c r="DX176" s="28"/>
       <c r="DY176" s="28"/>
       <c r="DZ176" s="28"/>
       <c r="EA176" s="28"/>
       <c r="EB176" s="28"/>
       <c r="EC176" s="28"/>
       <c r="ED176" s="28"/>
       <c r="EE176" s="28"/>
       <c r="EF176" s="28"/>
       <c r="EG176" s="28"/>
       <c r="EH176" s="28"/>
       <c r="EI176" s="28"/>
       <c r="EJ176" s="28"/>
       <c r="EK176" s="28"/>
       <c r="EL176" s="28"/>
+      <c r="EM176" s="28"/>
+      <c r="EN176" s="28"/>
     </row>
-    <row r="177" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="177" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO177" s="28"/>
       <c r="AP177" s="28"/>
       <c r="AQ177" s="28"/>
       <c r="AR177" s="28"/>
       <c r="AS177" s="28"/>
       <c r="AT177" s="28"/>
       <c r="AU177" s="28"/>
       <c r="AV177" s="28"/>
       <c r="AW177" s="28"/>
       <c r="AX177" s="28"/>
       <c r="AY177" s="28"/>
       <c r="AZ177" s="28"/>
       <c r="BA177" s="28"/>
       <c r="BB177" s="28"/>
       <c r="BC177" s="28"/>
       <c r="BD177" s="28"/>
       <c r="BE177" s="28"/>
       <c r="BF177" s="28"/>
       <c r="BG177" s="28"/>
       <c r="BH177" s="28"/>
       <c r="BI177" s="28"/>
       <c r="BJ177" s="28"/>
       <c r="BK177" s="28"/>
       <c r="BL177" s="28"/>
       <c r="BM177" s="28"/>
@@ -48064,52 +48764,54 @@
       <c r="DN177" s="28"/>
       <c r="DO177" s="28"/>
       <c r="DP177" s="28"/>
       <c r="DQ177" s="28"/>
       <c r="DR177" s="28"/>
       <c r="DS177" s="28"/>
       <c r="DT177" s="28"/>
       <c r="DU177" s="28"/>
       <c r="DV177" s="28"/>
       <c r="DW177" s="28"/>
       <c r="DX177" s="28"/>
       <c r="DY177" s="28"/>
       <c r="DZ177" s="28"/>
       <c r="EA177" s="28"/>
       <c r="EB177" s="28"/>
       <c r="EC177" s="28"/>
       <c r="ED177" s="28"/>
       <c r="EE177" s="28"/>
       <c r="EF177" s="28"/>
       <c r="EG177" s="28"/>
       <c r="EH177" s="28"/>
       <c r="EI177" s="28"/>
       <c r="EJ177" s="28"/>
       <c r="EK177" s="28"/>
       <c r="EL177" s="28"/>
+      <c r="EM177" s="28"/>
+      <c r="EN177" s="28"/>
     </row>
-    <row r="178" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="178" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO178" s="28"/>
       <c r="AP178" s="28"/>
       <c r="AQ178" s="28"/>
       <c r="AR178" s="28"/>
       <c r="AS178" s="28"/>
       <c r="AT178" s="28"/>
       <c r="AU178" s="28"/>
       <c r="AV178" s="28"/>
       <c r="AW178" s="28"/>
       <c r="AX178" s="28"/>
       <c r="AY178" s="28"/>
       <c r="AZ178" s="28"/>
       <c r="BA178" s="28"/>
       <c r="BB178" s="28"/>
       <c r="BC178" s="28"/>
       <c r="BD178" s="28"/>
       <c r="BE178" s="28"/>
       <c r="BF178" s="28"/>
       <c r="BG178" s="28"/>
       <c r="BH178" s="28"/>
       <c r="BI178" s="28"/>
       <c r="BJ178" s="28"/>
       <c r="BK178" s="28"/>
       <c r="BL178" s="28"/>
       <c r="BM178" s="28"/>
@@ -48168,52 +48870,54 @@
       <c r="DN178" s="28"/>
       <c r="DO178" s="28"/>
       <c r="DP178" s="28"/>
       <c r="DQ178" s="28"/>
       <c r="DR178" s="28"/>
       <c r="DS178" s="28"/>
       <c r="DT178" s="28"/>
       <c r="DU178" s="28"/>
       <c r="DV178" s="28"/>
       <c r="DW178" s="28"/>
       <c r="DX178" s="28"/>
       <c r="DY178" s="28"/>
       <c r="DZ178" s="28"/>
       <c r="EA178" s="28"/>
       <c r="EB178" s="28"/>
       <c r="EC178" s="28"/>
       <c r="ED178" s="28"/>
       <c r="EE178" s="28"/>
       <c r="EF178" s="28"/>
       <c r="EG178" s="28"/>
       <c r="EH178" s="28"/>
       <c r="EI178" s="28"/>
       <c r="EJ178" s="28"/>
       <c r="EK178" s="28"/>
       <c r="EL178" s="28"/>
+      <c r="EM178" s="28"/>
+      <c r="EN178" s="28"/>
     </row>
-    <row r="179" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="179" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO179" s="28"/>
       <c r="AP179" s="28"/>
       <c r="AQ179" s="28"/>
       <c r="AR179" s="28"/>
       <c r="AS179" s="28"/>
       <c r="AT179" s="28"/>
       <c r="AU179" s="28"/>
       <c r="AV179" s="28"/>
       <c r="AW179" s="28"/>
       <c r="AX179" s="28"/>
       <c r="AY179" s="28"/>
       <c r="AZ179" s="28"/>
       <c r="BA179" s="28"/>
       <c r="BB179" s="28"/>
       <c r="BC179" s="28"/>
       <c r="BD179" s="28"/>
       <c r="BE179" s="28"/>
       <c r="BF179" s="28"/>
       <c r="BG179" s="28"/>
       <c r="BH179" s="28"/>
       <c r="BI179" s="28"/>
       <c r="BJ179" s="28"/>
       <c r="BK179" s="28"/>
       <c r="BL179" s="28"/>
       <c r="BM179" s="28"/>
@@ -48272,52 +48976,54 @@
       <c r="DN179" s="28"/>
       <c r="DO179" s="28"/>
       <c r="DP179" s="28"/>
       <c r="DQ179" s="28"/>
       <c r="DR179" s="28"/>
       <c r="DS179" s="28"/>
       <c r="DT179" s="28"/>
       <c r="DU179" s="28"/>
       <c r="DV179" s="28"/>
       <c r="DW179" s="28"/>
       <c r="DX179" s="28"/>
       <c r="DY179" s="28"/>
       <c r="DZ179" s="28"/>
       <c r="EA179" s="28"/>
       <c r="EB179" s="28"/>
       <c r="EC179" s="28"/>
       <c r="ED179" s="28"/>
       <c r="EE179" s="28"/>
       <c r="EF179" s="28"/>
       <c r="EG179" s="28"/>
       <c r="EH179" s="28"/>
       <c r="EI179" s="28"/>
       <c r="EJ179" s="28"/>
       <c r="EK179" s="28"/>
       <c r="EL179" s="28"/>
+      <c r="EM179" s="28"/>
+      <c r="EN179" s="28"/>
     </row>
-    <row r="180" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="180" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO180" s="28"/>
       <c r="AP180" s="28"/>
       <c r="AQ180" s="28"/>
       <c r="AR180" s="28"/>
       <c r="AS180" s="28"/>
       <c r="AT180" s="28"/>
       <c r="AU180" s="28"/>
       <c r="AV180" s="28"/>
       <c r="AW180" s="28"/>
       <c r="AX180" s="28"/>
       <c r="AY180" s="28"/>
       <c r="AZ180" s="28"/>
       <c r="BA180" s="28"/>
       <c r="BB180" s="28"/>
       <c r="BC180" s="28"/>
       <c r="BD180" s="28"/>
       <c r="BE180" s="28"/>
       <c r="BF180" s="28"/>
       <c r="BG180" s="28"/>
       <c r="BH180" s="28"/>
       <c r="BI180" s="28"/>
       <c r="BJ180" s="28"/>
       <c r="BK180" s="28"/>
       <c r="BL180" s="28"/>
       <c r="BM180" s="28"/>
@@ -48376,52 +49082,54 @@
       <c r="DN180" s="28"/>
       <c r="DO180" s="28"/>
       <c r="DP180" s="28"/>
       <c r="DQ180" s="28"/>
       <c r="DR180" s="28"/>
       <c r="DS180" s="28"/>
       <c r="DT180" s="28"/>
       <c r="DU180" s="28"/>
       <c r="DV180" s="28"/>
       <c r="DW180" s="28"/>
       <c r="DX180" s="28"/>
       <c r="DY180" s="28"/>
       <c r="DZ180" s="28"/>
       <c r="EA180" s="28"/>
       <c r="EB180" s="28"/>
       <c r="EC180" s="28"/>
       <c r="ED180" s="28"/>
       <c r="EE180" s="28"/>
       <c r="EF180" s="28"/>
       <c r="EG180" s="28"/>
       <c r="EH180" s="28"/>
       <c r="EI180" s="28"/>
       <c r="EJ180" s="28"/>
       <c r="EK180" s="28"/>
       <c r="EL180" s="28"/>
+      <c r="EM180" s="28"/>
+      <c r="EN180" s="28"/>
     </row>
-    <row r="181" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="181" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO181" s="28"/>
       <c r="AP181" s="28"/>
       <c r="AQ181" s="28"/>
       <c r="AR181" s="28"/>
       <c r="AS181" s="28"/>
       <c r="AT181" s="28"/>
       <c r="AU181" s="28"/>
       <c r="AV181" s="28"/>
       <c r="AW181" s="28"/>
       <c r="AX181" s="28"/>
       <c r="AY181" s="28"/>
       <c r="AZ181" s="28"/>
       <c r="BA181" s="28"/>
       <c r="BB181" s="28"/>
       <c r="BC181" s="28"/>
       <c r="BD181" s="28"/>
       <c r="BE181" s="28"/>
       <c r="BF181" s="28"/>
       <c r="BG181" s="28"/>
       <c r="BH181" s="28"/>
       <c r="BI181" s="28"/>
       <c r="BJ181" s="28"/>
       <c r="BK181" s="28"/>
       <c r="BL181" s="28"/>
       <c r="BM181" s="28"/>
@@ -48480,52 +49188,54 @@
       <c r="DN181" s="28"/>
       <c r="DO181" s="28"/>
       <c r="DP181" s="28"/>
       <c r="DQ181" s="28"/>
       <c r="DR181" s="28"/>
       <c r="DS181" s="28"/>
       <c r="DT181" s="28"/>
       <c r="DU181" s="28"/>
       <c r="DV181" s="28"/>
       <c r="DW181" s="28"/>
       <c r="DX181" s="28"/>
       <c r="DY181" s="28"/>
       <c r="DZ181" s="28"/>
       <c r="EA181" s="28"/>
       <c r="EB181" s="28"/>
       <c r="EC181" s="28"/>
       <c r="ED181" s="28"/>
       <c r="EE181" s="28"/>
       <c r="EF181" s="28"/>
       <c r="EG181" s="28"/>
       <c r="EH181" s="28"/>
       <c r="EI181" s="28"/>
       <c r="EJ181" s="28"/>
       <c r="EK181" s="28"/>
       <c r="EL181" s="28"/>
+      <c r="EM181" s="28"/>
+      <c r="EN181" s="28"/>
     </row>
-    <row r="182" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="182" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO182" s="28"/>
       <c r="AP182" s="28"/>
       <c r="AQ182" s="28"/>
       <c r="AR182" s="28"/>
       <c r="AS182" s="28"/>
       <c r="AT182" s="28"/>
       <c r="AU182" s="28"/>
       <c r="AV182" s="28"/>
       <c r="AW182" s="28"/>
       <c r="AX182" s="28"/>
       <c r="AY182" s="28"/>
       <c r="AZ182" s="28"/>
       <c r="BA182" s="28"/>
       <c r="BB182" s="28"/>
       <c r="BC182" s="28"/>
       <c r="BD182" s="28"/>
       <c r="BE182" s="28"/>
       <c r="BF182" s="28"/>
       <c r="BG182" s="28"/>
       <c r="BH182" s="28"/>
       <c r="BI182" s="28"/>
       <c r="BJ182" s="28"/>
       <c r="BK182" s="28"/>
       <c r="BL182" s="28"/>
       <c r="BM182" s="28"/>
@@ -48584,52 +49294,54 @@
       <c r="DN182" s="28"/>
       <c r="DO182" s="28"/>
       <c r="DP182" s="28"/>
       <c r="DQ182" s="28"/>
       <c r="DR182" s="28"/>
       <c r="DS182" s="28"/>
       <c r="DT182" s="28"/>
       <c r="DU182" s="28"/>
       <c r="DV182" s="28"/>
       <c r="DW182" s="28"/>
       <c r="DX182" s="28"/>
       <c r="DY182" s="28"/>
       <c r="DZ182" s="28"/>
       <c r="EA182" s="28"/>
       <c r="EB182" s="28"/>
       <c r="EC182" s="28"/>
       <c r="ED182" s="28"/>
       <c r="EE182" s="28"/>
       <c r="EF182" s="28"/>
       <c r="EG182" s="28"/>
       <c r="EH182" s="28"/>
       <c r="EI182" s="28"/>
       <c r="EJ182" s="28"/>
       <c r="EK182" s="28"/>
       <c r="EL182" s="28"/>
+      <c r="EM182" s="28"/>
+      <c r="EN182" s="28"/>
     </row>
-    <row r="183" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="183" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO183" s="28"/>
       <c r="AP183" s="28"/>
       <c r="AQ183" s="28"/>
       <c r="AR183" s="28"/>
       <c r="AS183" s="28"/>
       <c r="AT183" s="28"/>
       <c r="AU183" s="28"/>
       <c r="AV183" s="28"/>
       <c r="AW183" s="28"/>
       <c r="AX183" s="28"/>
       <c r="AY183" s="28"/>
       <c r="AZ183" s="28"/>
       <c r="BA183" s="28"/>
       <c r="BB183" s="28"/>
       <c r="BC183" s="28"/>
       <c r="BD183" s="28"/>
       <c r="BE183" s="28"/>
       <c r="BF183" s="28"/>
       <c r="BG183" s="28"/>
       <c r="BH183" s="28"/>
       <c r="BI183" s="28"/>
       <c r="BJ183" s="28"/>
       <c r="BK183" s="28"/>
       <c r="BL183" s="28"/>
       <c r="BM183" s="28"/>
@@ -48688,52 +49400,54 @@
       <c r="DN183" s="28"/>
       <c r="DO183" s="28"/>
       <c r="DP183" s="28"/>
       <c r="DQ183" s="28"/>
       <c r="DR183" s="28"/>
       <c r="DS183" s="28"/>
       <c r="DT183" s="28"/>
       <c r="DU183" s="28"/>
       <c r="DV183" s="28"/>
       <c r="DW183" s="28"/>
       <c r="DX183" s="28"/>
       <c r="DY183" s="28"/>
       <c r="DZ183" s="28"/>
       <c r="EA183" s="28"/>
       <c r="EB183" s="28"/>
       <c r="EC183" s="28"/>
       <c r="ED183" s="28"/>
       <c r="EE183" s="28"/>
       <c r="EF183" s="28"/>
       <c r="EG183" s="28"/>
       <c r="EH183" s="28"/>
       <c r="EI183" s="28"/>
       <c r="EJ183" s="28"/>
       <c r="EK183" s="28"/>
       <c r="EL183" s="28"/>
+      <c r="EM183" s="28"/>
+      <c r="EN183" s="28"/>
     </row>
-    <row r="184" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="184" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO184" s="28"/>
       <c r="AP184" s="28"/>
       <c r="AQ184" s="28"/>
       <c r="AR184" s="28"/>
       <c r="AS184" s="28"/>
       <c r="AT184" s="28"/>
       <c r="AU184" s="28"/>
       <c r="AV184" s="28"/>
       <c r="AW184" s="28"/>
       <c r="AX184" s="28"/>
       <c r="AY184" s="28"/>
       <c r="AZ184" s="28"/>
       <c r="BA184" s="28"/>
       <c r="BB184" s="28"/>
       <c r="BC184" s="28"/>
       <c r="BD184" s="28"/>
       <c r="BE184" s="28"/>
       <c r="BF184" s="28"/>
       <c r="BG184" s="28"/>
       <c r="BH184" s="28"/>
       <c r="BI184" s="28"/>
       <c r="BJ184" s="28"/>
       <c r="BK184" s="28"/>
       <c r="BL184" s="28"/>
       <c r="BM184" s="28"/>
@@ -48792,52 +49506,54 @@
       <c r="DN184" s="28"/>
       <c r="DO184" s="28"/>
       <c r="DP184" s="28"/>
       <c r="DQ184" s="28"/>
       <c r="DR184" s="28"/>
       <c r="DS184" s="28"/>
       <c r="DT184" s="28"/>
       <c r="DU184" s="28"/>
       <c r="DV184" s="28"/>
       <c r="DW184" s="28"/>
       <c r="DX184" s="28"/>
       <c r="DY184" s="28"/>
       <c r="DZ184" s="28"/>
       <c r="EA184" s="28"/>
       <c r="EB184" s="28"/>
       <c r="EC184" s="28"/>
       <c r="ED184" s="28"/>
       <c r="EE184" s="28"/>
       <c r="EF184" s="28"/>
       <c r="EG184" s="28"/>
       <c r="EH184" s="28"/>
       <c r="EI184" s="28"/>
       <c r="EJ184" s="28"/>
       <c r="EK184" s="28"/>
       <c r="EL184" s="28"/>
+      <c r="EM184" s="28"/>
+      <c r="EN184" s="28"/>
     </row>
-    <row r="185" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="185" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO185" s="28"/>
       <c r="AP185" s="28"/>
       <c r="AQ185" s="28"/>
       <c r="AR185" s="28"/>
       <c r="AS185" s="28"/>
       <c r="AT185" s="28"/>
       <c r="AU185" s="28"/>
       <c r="AV185" s="28"/>
       <c r="AW185" s="28"/>
       <c r="AX185" s="28"/>
       <c r="AY185" s="28"/>
       <c r="AZ185" s="28"/>
       <c r="BA185" s="28"/>
       <c r="BB185" s="28"/>
       <c r="BC185" s="28"/>
       <c r="BD185" s="28"/>
       <c r="BE185" s="28"/>
       <c r="BF185" s="28"/>
       <c r="BG185" s="28"/>
       <c r="BH185" s="28"/>
       <c r="BI185" s="28"/>
       <c r="BJ185" s="28"/>
       <c r="BK185" s="28"/>
       <c r="BL185" s="28"/>
       <c r="BM185" s="28"/>
@@ -48896,52 +49612,54 @@
       <c r="DN185" s="28"/>
       <c r="DO185" s="28"/>
       <c r="DP185" s="28"/>
       <c r="DQ185" s="28"/>
       <c r="DR185" s="28"/>
       <c r="DS185" s="28"/>
       <c r="DT185" s="28"/>
       <c r="DU185" s="28"/>
       <c r="DV185" s="28"/>
       <c r="DW185" s="28"/>
       <c r="DX185" s="28"/>
       <c r="DY185" s="28"/>
       <c r="DZ185" s="28"/>
       <c r="EA185" s="28"/>
       <c r="EB185" s="28"/>
       <c r="EC185" s="28"/>
       <c r="ED185" s="28"/>
       <c r="EE185" s="28"/>
       <c r="EF185" s="28"/>
       <c r="EG185" s="28"/>
       <c r="EH185" s="28"/>
       <c r="EI185" s="28"/>
       <c r="EJ185" s="28"/>
       <c r="EK185" s="28"/>
       <c r="EL185" s="28"/>
+      <c r="EM185" s="28"/>
+      <c r="EN185" s="28"/>
     </row>
-    <row r="186" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO186" s="28"/>
       <c r="AP186" s="28"/>
       <c r="AQ186" s="28"/>
       <c r="AR186" s="28"/>
       <c r="AS186" s="28"/>
       <c r="AT186" s="28"/>
       <c r="AU186" s="28"/>
       <c r="AV186" s="28"/>
       <c r="AW186" s="28"/>
       <c r="AX186" s="28"/>
       <c r="AY186" s="28"/>
       <c r="AZ186" s="28"/>
       <c r="BA186" s="28"/>
       <c r="BB186" s="28"/>
       <c r="BC186" s="28"/>
       <c r="BD186" s="28"/>
       <c r="BE186" s="28"/>
       <c r="BF186" s="28"/>
       <c r="BG186" s="28"/>
       <c r="BH186" s="28"/>
       <c r="BI186" s="28"/>
       <c r="BJ186" s="28"/>
       <c r="BK186" s="28"/>
       <c r="BL186" s="28"/>
       <c r="BM186" s="28"/>
@@ -49000,52 +49718,54 @@
       <c r="DN186" s="28"/>
       <c r="DO186" s="28"/>
       <c r="DP186" s="28"/>
       <c r="DQ186" s="28"/>
       <c r="DR186" s="28"/>
       <c r="DS186" s="28"/>
       <c r="DT186" s="28"/>
       <c r="DU186" s="28"/>
       <c r="DV186" s="28"/>
       <c r="DW186" s="28"/>
       <c r="DX186" s="28"/>
       <c r="DY186" s="28"/>
       <c r="DZ186" s="28"/>
       <c r="EA186" s="28"/>
       <c r="EB186" s="28"/>
       <c r="EC186" s="28"/>
       <c r="ED186" s="28"/>
       <c r="EE186" s="28"/>
       <c r="EF186" s="28"/>
       <c r="EG186" s="28"/>
       <c r="EH186" s="28"/>
       <c r="EI186" s="28"/>
       <c r="EJ186" s="28"/>
       <c r="EK186" s="28"/>
       <c r="EL186" s="28"/>
+      <c r="EM186" s="28"/>
+      <c r="EN186" s="28"/>
     </row>
-    <row r="187" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="187" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO187" s="28"/>
       <c r="AP187" s="28"/>
       <c r="AQ187" s="28"/>
       <c r="AR187" s="28"/>
       <c r="AS187" s="28"/>
       <c r="AT187" s="28"/>
       <c r="AU187" s="28"/>
       <c r="AV187" s="28"/>
       <c r="AW187" s="28"/>
       <c r="AX187" s="28"/>
       <c r="AY187" s="28"/>
       <c r="AZ187" s="28"/>
       <c r="BA187" s="28"/>
       <c r="BB187" s="28"/>
       <c r="BC187" s="28"/>
       <c r="BD187" s="28"/>
       <c r="BE187" s="28"/>
       <c r="BF187" s="28"/>
       <c r="BG187" s="28"/>
       <c r="BH187" s="28"/>
       <c r="BI187" s="28"/>
       <c r="BJ187" s="28"/>
       <c r="BK187" s="28"/>
       <c r="BL187" s="28"/>
       <c r="BM187" s="28"/>
@@ -49104,52 +49824,54 @@
       <c r="DN187" s="28"/>
       <c r="DO187" s="28"/>
       <c r="DP187" s="28"/>
       <c r="DQ187" s="28"/>
       <c r="DR187" s="28"/>
       <c r="DS187" s="28"/>
       <c r="DT187" s="28"/>
       <c r="DU187" s="28"/>
       <c r="DV187" s="28"/>
       <c r="DW187" s="28"/>
       <c r="DX187" s="28"/>
       <c r="DY187" s="28"/>
       <c r="DZ187" s="28"/>
       <c r="EA187" s="28"/>
       <c r="EB187" s="28"/>
       <c r="EC187" s="28"/>
       <c r="ED187" s="28"/>
       <c r="EE187" s="28"/>
       <c r="EF187" s="28"/>
       <c r="EG187" s="28"/>
       <c r="EH187" s="28"/>
       <c r="EI187" s="28"/>
       <c r="EJ187" s="28"/>
       <c r="EK187" s="28"/>
       <c r="EL187" s="28"/>
+      <c r="EM187" s="28"/>
+      <c r="EN187" s="28"/>
     </row>
-    <row r="188" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="188" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO188" s="28"/>
       <c r="AP188" s="28"/>
       <c r="AQ188" s="28"/>
       <c r="AR188" s="28"/>
       <c r="AS188" s="28"/>
       <c r="AT188" s="28"/>
       <c r="AU188" s="28"/>
       <c r="AV188" s="28"/>
       <c r="AW188" s="28"/>
       <c r="AX188" s="28"/>
       <c r="AY188" s="28"/>
       <c r="AZ188" s="28"/>
       <c r="BA188" s="28"/>
       <c r="BB188" s="28"/>
       <c r="BC188" s="28"/>
       <c r="BD188" s="28"/>
       <c r="BE188" s="28"/>
       <c r="BF188" s="28"/>
       <c r="BG188" s="28"/>
       <c r="BH188" s="28"/>
       <c r="BI188" s="28"/>
       <c r="BJ188" s="28"/>
       <c r="BK188" s="28"/>
       <c r="BL188" s="28"/>
       <c r="BM188" s="28"/>
@@ -49208,52 +49930,54 @@
       <c r="DN188" s="28"/>
       <c r="DO188" s="28"/>
       <c r="DP188" s="28"/>
       <c r="DQ188" s="28"/>
       <c r="DR188" s="28"/>
       <c r="DS188" s="28"/>
       <c r="DT188" s="28"/>
       <c r="DU188" s="28"/>
       <c r="DV188" s="28"/>
       <c r="DW188" s="28"/>
       <c r="DX188" s="28"/>
       <c r="DY188" s="28"/>
       <c r="DZ188" s="28"/>
       <c r="EA188" s="28"/>
       <c r="EB188" s="28"/>
       <c r="EC188" s="28"/>
       <c r="ED188" s="28"/>
       <c r="EE188" s="28"/>
       <c r="EF188" s="28"/>
       <c r="EG188" s="28"/>
       <c r="EH188" s="28"/>
       <c r="EI188" s="28"/>
       <c r="EJ188" s="28"/>
       <c r="EK188" s="28"/>
       <c r="EL188" s="28"/>
+      <c r="EM188" s="28"/>
+      <c r="EN188" s="28"/>
     </row>
-    <row r="189" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="189" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO189" s="28"/>
       <c r="AP189" s="28"/>
       <c r="AQ189" s="28"/>
       <c r="AR189" s="28"/>
       <c r="AS189" s="28"/>
       <c r="AT189" s="28"/>
       <c r="AU189" s="28"/>
       <c r="AV189" s="28"/>
       <c r="AW189" s="28"/>
       <c r="AX189" s="28"/>
       <c r="AY189" s="28"/>
       <c r="AZ189" s="28"/>
       <c r="BA189" s="28"/>
       <c r="BB189" s="28"/>
       <c r="BC189" s="28"/>
       <c r="BD189" s="28"/>
       <c r="BE189" s="28"/>
       <c r="BF189" s="28"/>
       <c r="BG189" s="28"/>
       <c r="BH189" s="28"/>
       <c r="BI189" s="28"/>
       <c r="BJ189" s="28"/>
       <c r="BK189" s="28"/>
       <c r="BL189" s="28"/>
       <c r="BM189" s="28"/>
@@ -49312,52 +50036,54 @@
       <c r="DN189" s="28"/>
       <c r="DO189" s="28"/>
       <c r="DP189" s="28"/>
       <c r="DQ189" s="28"/>
       <c r="DR189" s="28"/>
       <c r="DS189" s="28"/>
       <c r="DT189" s="28"/>
       <c r="DU189" s="28"/>
       <c r="DV189" s="28"/>
       <c r="DW189" s="28"/>
       <c r="DX189" s="28"/>
       <c r="DY189" s="28"/>
       <c r="DZ189" s="28"/>
       <c r="EA189" s="28"/>
       <c r="EB189" s="28"/>
       <c r="EC189" s="28"/>
       <c r="ED189" s="28"/>
       <c r="EE189" s="28"/>
       <c r="EF189" s="28"/>
       <c r="EG189" s="28"/>
       <c r="EH189" s="28"/>
       <c r="EI189" s="28"/>
       <c r="EJ189" s="28"/>
       <c r="EK189" s="28"/>
       <c r="EL189" s="28"/>
+      <c r="EM189" s="28"/>
+      <c r="EN189" s="28"/>
     </row>
-    <row r="190" spans="41:142" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="190" spans="41:144" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AO190" s="28"/>
       <c r="AP190" s="28"/>
       <c r="AQ190" s="28"/>
       <c r="AR190" s="28"/>
       <c r="AS190" s="28"/>
       <c r="AT190" s="28"/>
       <c r="AU190" s="28"/>
       <c r="AV190" s="28"/>
       <c r="AW190" s="28"/>
       <c r="AX190" s="28"/>
       <c r="AY190" s="28"/>
       <c r="AZ190" s="28"/>
       <c r="BA190" s="28"/>
       <c r="BB190" s="28"/>
       <c r="BC190" s="28"/>
       <c r="BD190" s="28"/>
       <c r="BE190" s="28"/>
       <c r="BF190" s="28"/>
       <c r="BG190" s="28"/>
       <c r="BH190" s="28"/>
       <c r="BI190" s="28"/>
       <c r="BJ190" s="28"/>
       <c r="BK190" s="28"/>
       <c r="BL190" s="28"/>
       <c r="BM190" s="28"/>
@@ -49416,50 +50142,52 @@
       <c r="DN190" s="28"/>
       <c r="DO190" s="28"/>
       <c r="DP190" s="28"/>
       <c r="DQ190" s="28"/>
       <c r="DR190" s="28"/>
       <c r="DS190" s="28"/>
       <c r="DT190" s="28"/>
       <c r="DU190" s="28"/>
       <c r="DV190" s="28"/>
       <c r="DW190" s="28"/>
       <c r="DX190" s="28"/>
       <c r="DY190" s="28"/>
       <c r="DZ190" s="28"/>
       <c r="EA190" s="28"/>
       <c r="EB190" s="28"/>
       <c r="EC190" s="28"/>
       <c r="ED190" s="28"/>
       <c r="EE190" s="28"/>
       <c r="EF190" s="28"/>
       <c r="EG190" s="28"/>
       <c r="EH190" s="28"/>
       <c r="EI190" s="28"/>
       <c r="EJ190" s="28"/>
       <c r="EK190" s="28"/>
       <c r="EL190" s="28"/>
+      <c r="EM190" s="28"/>
+      <c r="EN190" s="28"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>