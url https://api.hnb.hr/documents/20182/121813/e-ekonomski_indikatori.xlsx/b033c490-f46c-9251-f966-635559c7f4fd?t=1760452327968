--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -2,73 +2,76 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="10312"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/svjcolak/Documents/HNB/BILTEN 302/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/svjcolak/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A45A769A-37CF-9145-89CC-4789017F9D15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC65CA79-96A4-3448-9C7D-6C5F53E4E6F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6380" yWindow="1040" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4620" yWindow="2160" windowWidth="32060" windowHeight="16960" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENGIND" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">ENGIND!$B$2:$R$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="34">
   <si>
     <t>General information on Croatia</t>
   </si>
   <si>
     <t xml:space="preserve">Economic Indicators         </t>
   </si>
   <si>
     <t xml:space="preserve">GDP per capita (in EUR)  </t>
   </si>
   <si>
     <t xml:space="preserve">GDP - year-on-year rate of growth (in %, constant prices) </t>
   </si>
   <si>
     <t xml:space="preserve">Average CPI year-on-year inflation rate </t>
   </si>
   <si>
     <t xml:space="preserve">Current account balance (as of % GDP) </t>
   </si>
@@ -1259,63 +1262,63 @@
       <c r="O8" s="15">
         <v>44794.47754990081</v>
       </c>
       <c r="P8" s="15">
         <v>45066.164778401791</v>
       </c>
       <c r="Q8" s="15">
         <v>44871.789621426571</v>
       </c>
       <c r="R8" s="15">
         <v>45971.344395772103</v>
       </c>
       <c r="S8" s="2">
         <v>47569.660276965842</v>
       </c>
       <c r="T8" s="2">
         <v>49735.510113153396</v>
       </c>
       <c r="U8" s="2">
         <v>52216.872502327147</v>
       </c>
       <c r="V8" s="2">
         <v>54906.286649585898</v>
       </c>
       <c r="W8" s="2">
-        <v>50747.105118473701</v>
+        <v>50744</v>
       </c>
       <c r="X8" s="2">
-        <v>58346.838455280151</v>
+        <v>58343</v>
       </c>
       <c r="Y8" s="15">
-        <v>67615.065433392971</v>
+        <v>67613</v>
       </c>
       <c r="Z8" s="15">
-        <v>78060.443306483183</v>
+        <v>79186</v>
       </c>
       <c r="AA8" s="15">
-        <v>85609.828319384367</v>
+        <v>85905</v>
       </c>
     </row>
     <row r="9" spans="1:29" ht="13" customHeight="1">
       <c r="A9" s="6"/>
       <c r="B9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="15">
         <v>5414.6791171301456</v>
       </c>
       <c r="D9" s="15">
         <v>5990.2174384145083</v>
       </c>
       <c r="E9" s="15">
         <v>6577.3941818438097</v>
       </c>
       <c r="F9" s="15">
         <v>7240.197660315448</v>
       </c>
       <c r="G9" s="15">
         <v>7813.306115052791</v>
       </c>
       <c r="H9" s="15">
         <v>8394.4450034174315</v>
       </c>
@@ -1426,60 +1429,60 @@
       <c r="P10" s="5">
         <v>-0.12544974504952222</v>
       </c>
       <c r="Q10" s="5">
         <v>-0.55715026388585898</v>
       </c>
       <c r="R10" s="5">
         <v>2.3231752683370104</v>
       </c>
       <c r="S10" s="1">
         <v>3.4611295314952883</v>
       </c>
       <c r="T10" s="1">
         <v>3.2809581289531877</v>
       </c>
       <c r="U10" s="1">
         <v>2.9046813572518175</v>
       </c>
       <c r="V10" s="1">
         <v>3.1004391615469444</v>
       </c>
       <c r="W10" s="1">
         <v>-8.3116426482252876</v>
       </c>
       <c r="X10" s="1">
-        <v>12.631700325306156</v>
+        <v>12.632218998998795</v>
       </c>
       <c r="Y10" s="1">
-        <v>7.287936520486781</v>
+        <v>7.2944535740659262</v>
       </c>
       <c r="Z10" s="1">
-        <v>3.3183968804134167</v>
+        <v>3.7616453095575082</v>
       </c>
       <c r="AA10" s="1">
-        <v>3.9274096086480341</v>
+        <v>3.826887089767439</v>
       </c>
     </row>
     <row r="11" spans="1:29" ht="13" customHeight="1">
       <c r="A11" s="6"/>
       <c r="B11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="5">
         <v>4.5</v>
       </c>
       <c r="D11" s="5">
         <v>4.3</v>
       </c>
       <c r="E11" s="5">
         <v>2.5</v>
       </c>
       <c r="F11" s="5">
         <v>2.4</v>
       </c>
       <c r="G11" s="5">
         <v>2.1</v>
       </c>
       <c r="H11" s="5">
         <v>3</v>
       </c>
@@ -1633,501 +1636,501 @@
       <c r="D13" s="15">
         <v>-560.78621654753852</v>
       </c>
       <c r="E13" s="15">
         <v>-1807.3561849553648</v>
       </c>
       <c r="F13" s="15">
         <v>-2785.8529078511065</v>
       </c>
       <c r="G13" s="15">
         <v>-2005.016642392055</v>
       </c>
       <c r="H13" s="15">
         <v>-2641.9441723270579</v>
       </c>
       <c r="I13" s="15">
         <v>-3131.6126730482338</v>
       </c>
       <c r="J13" s="15">
         <v>-3435.4752434830416</v>
       </c>
       <c r="K13" s="15">
         <v>-5106.5906029163534</v>
       </c>
       <c r="L13" s="15">
-        <v>-2900.6178177246111</v>
+        <v>-2900.6178177246188</v>
       </c>
       <c r="M13" s="15">
-        <v>-959.28448388096672</v>
+        <v>-959.33607648097018</v>
       </c>
       <c r="N13" s="15">
-        <v>-778.71986385730111</v>
+        <v>-778.80347650730937</v>
       </c>
       <c r="O13" s="15">
-        <v>-789.80425186768616</v>
+        <v>-789.80225186768439</v>
       </c>
       <c r="P13" s="15">
-        <v>-472.58155523616369</v>
+        <v>-480.84923962616631</v>
       </c>
       <c r="Q13" s="15">
-        <v>131.69852627598084</v>
+        <v>116.59622027598931</v>
       </c>
       <c r="R13" s="2">
-        <v>1172.2748968497776</v>
+        <v>1137.6777209097775</v>
       </c>
       <c r="S13" s="2">
-        <v>996.25321717483837</v>
+        <v>1006.3865429748396</v>
       </c>
       <c r="T13" s="2">
-        <v>1673.1536104201896</v>
+        <v>1653.7775678602065</v>
       </c>
       <c r="U13" s="2">
-        <v>583.1645039098612</v>
+        <v>540.42247398985614</v>
       </c>
       <c r="V13" s="2">
-        <v>1348.4495981221894</v>
+        <v>1164.7904157621842</v>
       </c>
       <c r="W13" s="2">
-        <v>-674.18343155403511</v>
+        <v>-965.22962004473948</v>
       </c>
       <c r="X13" s="2">
-        <v>317.89085288274237</v>
+        <v>185.31157094216519</v>
       </c>
       <c r="Y13" s="2">
-        <v>-2345.2227265687202</v>
+        <v>-2400.5153903581941</v>
       </c>
       <c r="Z13" s="17">
-        <v>320.77297380845471</v>
+        <v>81.716091575763585</v>
       </c>
       <c r="AA13" s="15">
-        <v>-1058.8509356773784</v>
+        <v>-1880.2658200252017</v>
       </c>
     </row>
     <row r="14" spans="1:29" ht="13" customHeight="1">
       <c r="A14" s="6"/>
       <c r="B14" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="5">
         <v>-1.4089369971567858</v>
       </c>
       <c r="D14" s="5">
         <v>-2.1773209283683204</v>
       </c>
       <c r="E14" s="5">
         <v>-6.3870734211282736</v>
       </c>
       <c r="F14" s="5">
         <v>-8.9412069022092062</v>
       </c>
       <c r="G14" s="5">
         <v>-5.9614285165518046</v>
       </c>
       <c r="H14" s="5">
         <v>-7.3019653417364108</v>
       </c>
       <c r="I14" s="5">
         <v>-7.9290928136727157</v>
       </c>
       <c r="J14" s="5">
         <v>-7.9400584119468691</v>
       </c>
       <c r="K14" s="5">
         <v>-10.968032590162974</v>
       </c>
       <c r="L14" s="5">
-        <v>-6.4917734981097182</v>
+        <v>-6.491773498109735</v>
       </c>
       <c r="M14" s="5">
-        <v>-2.1561321550511487</v>
+        <v>-2.1562481169641154</v>
       </c>
       <c r="N14" s="5">
-        <v>-1.7232326721378051</v>
+        <v>-1.7234176989452434</v>
       </c>
       <c r="O14" s="5">
-        <v>-1.7631732639092585</v>
+        <v>-1.7631687990731646</v>
       </c>
       <c r="P14" s="5">
-        <v>-1.0486393895729309</v>
+        <v>-1.0669850474088178</v>
       </c>
       <c r="Q14" s="5">
-        <v>0.29349960718547746</v>
+        <v>0.2598430355902584</v>
       </c>
       <c r="R14" s="5">
-        <v>2.5500122136031975</v>
+        <v>2.4747540796618677</v>
       </c>
       <c r="S14" s="5">
-        <v>2.0943038301605101</v>
+        <v>2.1156059074530571</v>
       </c>
       <c r="T14" s="5">
-        <v>3.3641026433901917</v>
+        <v>3.3251444774522119</v>
       </c>
       <c r="U14" s="5">
-        <v>1.1168123940855925</v>
+        <v>1.0349575684866441</v>
       </c>
       <c r="V14" s="5">
-        <v>2.4559111176613495</v>
+        <v>2.1214153912755438</v>
       </c>
       <c r="W14" s="5">
-        <v>-1.3285160404324405</v>
+        <v>-1.902155171142873</v>
       </c>
       <c r="X14" s="5">
-        <v>0.54482961082182602</v>
+        <v>0.31762434386672811</v>
       </c>
       <c r="Y14" s="5">
-        <v>-3.4684913954257413</v>
+        <v>-3.5503755052404036</v>
       </c>
       <c r="Z14" s="17">
-        <v>0.4109919591613862</v>
+        <v>0.10319512486520797</v>
       </c>
       <c r="AA14" s="17">
-        <v>-1.2386766066506141</v>
+        <v>-2.1887734358014108</v>
       </c>
     </row>
     <row r="15" spans="1:29" ht="13" customHeight="1">
       <c r="A15" s="6"/>
       <c r="B15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="15">
         <v>-330.41588458883399</v>
       </c>
       <c r="D15" s="15">
         <v>-406.05264764306531</v>
       </c>
       <c r="E15" s="15">
         <v>-1287.1110342327061</v>
       </c>
       <c r="F15" s="15">
         <v>-2684.1758327626544</v>
       </c>
       <c r="G15" s="15">
         <v>-1973.6164416020549</v>
       </c>
       <c r="H15" s="15">
         <v>-2588.8976194730972</v>
       </c>
       <c r="I15" s="15">
         <v>-3108.1836157753551</v>
       </c>
       <c r="J15" s="15">
         <v>-3405.9823141342349</v>
       </c>
       <c r="K15" s="15">
         <v>-5088.8606201313596</v>
       </c>
       <c r="L15" s="15">
-        <v>-2840.985963385695</v>
+        <v>-2840.9859633857027</v>
       </c>
       <c r="M15" s="15">
-        <v>-715.71508686608718</v>
+        <v>-715.76667946609064</v>
       </c>
       <c r="N15" s="15">
-        <v>-714.93624008970107</v>
+        <v>-715.01985273970934</v>
       </c>
       <c r="O15" s="15">
-        <v>-658.22255915738617</v>
+        <v>-658.2205591573844</v>
       </c>
       <c r="P15" s="15">
-        <v>-389.7058231251637</v>
+        <v>-397.97350751516632</v>
       </c>
       <c r="Q15" s="15">
-        <v>313.51218787358084</v>
+        <v>298.40988187358926</v>
       </c>
       <c r="R15" s="2">
-        <v>1477.5434690621776</v>
+        <v>1442.9462931221774</v>
       </c>
       <c r="S15" s="2">
-        <v>1687.2772287770383</v>
+        <v>1697.1416945770395</v>
       </c>
       <c r="T15" s="2">
-        <v>2132.4986626879895</v>
+        <v>2113.1199401280064</v>
       </c>
       <c r="U15" s="2">
-        <v>1256.7347594340611</v>
+        <v>1213.992729514056</v>
       </c>
       <c r="V15" s="2">
-        <v>2252.0620574875848</v>
+        <v>2068.3643251275798</v>
       </c>
       <c r="W15" s="2">
-        <v>393.73084939149737</v>
+        <v>102.68466090079301</v>
       </c>
       <c r="X15" s="2">
-        <v>1712.7318933212769</v>
+        <v>1580.0963013806995</v>
       </c>
       <c r="Y15" s="2">
-        <v>-676.40147773890567</v>
+        <v>-733.08816152837971</v>
       </c>
       <c r="Z15" s="2">
-        <v>2541.4115399286738</v>
+        <v>2311.7100217959833</v>
       </c>
       <c r="AA15" s="17">
-        <v>171.58355654041952</v>
+        <v>-650.41556907740392</v>
       </c>
     </row>
     <row r="16" spans="1:29" ht="13" customHeight="1">
       <c r="A16" s="6"/>
       <c r="B16" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="5">
         <v>-1.3787222468359859</v>
       </c>
       <c r="D16" s="5">
         <v>-1.5765489622330375</v>
       </c>
       <c r="E16" s="5">
         <v>-4.5485625607282651</v>
       </c>
       <c r="F16" s="5">
         <v>-8.6148738919432173</v>
       </c>
       <c r="G16" s="5">
         <v>-5.8680676693362752</v>
       </c>
       <c r="H16" s="5">
         <v>-7.1553520656136849</v>
       </c>
       <c r="I16" s="5">
         <v>-7.8697715664277021</v>
       </c>
       <c r="J16" s="5">
         <v>-7.8718944564029698</v>
       </c>
       <c r="K16" s="5">
         <v>-10.929951795337209</v>
       </c>
       <c r="L16" s="5">
-        <v>-6.3583134851169731</v>
+        <v>-6.35831348511699</v>
       </c>
       <c r="M16" s="5">
-        <v>-1.6086743177623233</v>
+        <v>-1.60879027967529</v>
       </c>
       <c r="N16" s="5">
-        <v>-1.5820856056186243</v>
+        <v>-1.5822706324260627</v>
       </c>
       <c r="O16" s="5">
-        <v>-1.4694279187074561</v>
+        <v>-1.4694234538713622</v>
       </c>
       <c r="P16" s="5">
-        <v>-0.86474148630444891</v>
+        <v>-0.88308714414033584</v>
       </c>
       <c r="Q16" s="5">
-        <v>0.69868438615578798</v>
+        <v>0.66502781456056881</v>
       </c>
       <c r="R16" s="5">
-        <v>3.2140532074543038</v>
+        <v>3.1387950735129739</v>
       </c>
       <c r="S16" s="5">
-        <v>3.5469608547825828</v>
+        <v>3.5676977398949989</v>
       </c>
       <c r="T16" s="5">
-        <v>4.2876782762182115</v>
+        <v>4.2487147217761336</v>
       </c>
       <c r="U16" s="5">
-        <v>2.4067599210926547</v>
+        <v>2.3249050954937065</v>
       </c>
       <c r="V16" s="5">
-        <v>4.1016469969283014</v>
+        <v>3.7670810600031341</v>
       </c>
       <c r="W16" s="5">
-        <v>0.77586859087291216</v>
+        <v>0.20235823131955111</v>
       </c>
       <c r="X16" s="5">
-        <v>2.9354322164927544</v>
+        <v>2.7082877146884794</v>
       </c>
       <c r="Y16" s="5">
-        <v>-1.0003709578677005</v>
+        <v>-1.0842414351210266</v>
       </c>
       <c r="Z16" s="17">
-        <v>3.2561961047701917</v>
+        <v>2.9193418303689835</v>
       </c>
       <c r="AA16" s="17">
-        <v>0.20072375667927675</v>
+        <v>-0.75713354179314818</v>
       </c>
     </row>
     <row r="17" spans="1:27" ht="13" customHeight="1">
       <c r="A17" s="6"/>
       <c r="B17" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="5">
         <v>34.693950028347381</v>
       </c>
       <c r="D17" s="5">
         <v>37.606217166539764</v>
       </c>
       <c r="E17" s="5">
         <v>36.569320055286219</v>
       </c>
       <c r="F17" s="5">
         <v>35.473628857212383</v>
       </c>
       <c r="G17" s="5">
         <v>36.896321224406257</v>
       </c>
       <c r="H17" s="5">
         <v>37.13963221576163</v>
       </c>
       <c r="I17" s="5">
         <v>38.65690286710155</v>
       </c>
       <c r="J17" s="5">
         <v>38.509424836167824</v>
       </c>
       <c r="K17" s="5">
         <v>37.568467230506016</v>
       </c>
       <c r="L17" s="5">
         <v>32.966896429441988</v>
       </c>
       <c r="M17" s="5">
-        <v>36.752894452202383</v>
+        <v>36.752894452202391</v>
       </c>
       <c r="N17" s="5">
-        <v>38.541211054674847</v>
+        <v>38.541211054674832</v>
       </c>
       <c r="O17" s="5">
         <v>38.845008418581571</v>
       </c>
       <c r="P17" s="5">
-        <v>39.304111091460989</v>
+        <v>39.304111091460967</v>
       </c>
       <c r="Q17" s="5">
-        <v>41.908182494498753</v>
+        <v>41.908182494498746</v>
       </c>
       <c r="R17" s="5">
-        <v>45.048875169222214</v>
+        <v>45.048875169222207</v>
       </c>
       <c r="S17" s="1">
         <v>46.728278419058341</v>
       </c>
       <c r="T17" s="1">
-        <v>49.460841669092318</v>
+        <v>49.460841669092339</v>
       </c>
       <c r="U17" s="1">
-        <v>49.928661619420218</v>
+        <v>49.930433905992814</v>
       </c>
       <c r="V17" s="1">
-        <v>51.349315959848717</v>
+        <v>51.35127116675762</v>
       </c>
       <c r="W17" s="1">
-        <v>41.297952478916166</v>
+        <v>41.30047957640884</v>
       </c>
       <c r="X17" s="1">
-        <v>49.911654822470155</v>
+        <v>49.915459164121998</v>
       </c>
       <c r="Y17" s="1">
-        <v>59.557304763173313</v>
+        <v>59.564321199347617</v>
       </c>
       <c r="Z17" s="17">
-        <v>53.316729355252569</v>
+        <v>52.567887535048243</v>
       </c>
       <c r="AA17" s="17">
-        <v>50.267545982908892</v>
+        <v>50.141224506778769</v>
       </c>
     </row>
     <row r="18" spans="1:27" ht="13" customHeight="1">
       <c r="A18" s="6"/>
       <c r="B18" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="5">
         <v>39.032221510937902</v>
       </c>
       <c r="D18" s="5">
         <v>42.718924605296863</v>
       </c>
       <c r="E18" s="5">
         <v>46.060989187770033</v>
       </c>
       <c r="F18" s="5">
         <v>45.724025545336531</v>
       </c>
       <c r="G18" s="5">
         <v>45.345334437113202</v>
       </c>
       <c r="H18" s="5">
         <v>45.936572688926539</v>
       </c>
       <c r="I18" s="5">
         <v>47.298368564434348</v>
       </c>
       <c r="J18" s="5">
         <v>47.033597433655238</v>
       </c>
       <c r="K18" s="5">
         <v>48.091168511339042</v>
       </c>
       <c r="L18" s="5">
-        <v>38.592985193973853</v>
+        <v>38.592985193973881</v>
       </c>
       <c r="M18" s="5">
-        <v>38.405483771999258</v>
+        <v>38.405483771999279</v>
       </c>
       <c r="N18" s="5">
-        <v>40.25893803043332</v>
+        <v>40.258938030433328</v>
       </c>
       <c r="O18" s="5">
-        <v>40.396807207225422</v>
+        <v>40.396807207225429</v>
       </c>
       <c r="P18" s="5">
-        <v>41.234725965541578</v>
+        <v>41.234725965541571</v>
       </c>
       <c r="Q18" s="5">
-        <v>42.266421193276997</v>
+        <v>42.266421193276983</v>
       </c>
       <c r="R18" s="5">
-        <v>44.782528151513148</v>
+        <v>44.782646150215839</v>
       </c>
       <c r="S18" s="1">
-        <v>45.556519894987261</v>
+        <v>45.557686502078354</v>
       </c>
       <c r="T18" s="1">
-        <v>48.788197442668434</v>
+        <v>48.805675753055141</v>
       </c>
       <c r="U18" s="1">
-        <v>50.775610665941507</v>
+        <v>50.790814770188909</v>
       </c>
       <c r="V18" s="1">
-        <v>51.723138306023607</v>
+        <v>51.732703629596713</v>
       </c>
       <c r="W18" s="1">
-        <v>48.281376948729118</v>
+        <v>48.292185879528816</v>
       </c>
       <c r="X18" s="1">
-        <v>52.616597342639245</v>
+        <v>52.628938121017285</v>
       </c>
       <c r="Y18" s="1">
-        <v>65.899150537192341</v>
+        <v>65.931701055673614</v>
       </c>
       <c r="Z18" s="17">
-        <v>55.464239038639121</v>
+        <v>54.710874556961386</v>
       </c>
       <c r="AA18" s="17">
-        <v>53.906803581131634</v>
+        <v>54.771384631826528</v>
       </c>
     </row>
     <row r="19" spans="1:27" ht="13" customHeight="1">
       <c r="A19" s="6"/>
       <c r="B19" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="15">
         <v>13553.963089933372</v>
       </c>
       <c r="D19" s="15">
         <v>15202.741854359427</v>
       </c>
       <c r="E19" s="15">
         <v>17038.387844329132</v>
       </c>
       <c r="F19" s="15">
         <v>22002.119259061274</v>
       </c>
       <c r="G19" s="15">
         <v>25194.027134465938</v>
       </c>
       <c r="H19" s="15">
         <v>28429.228226118325</v>
       </c>
@@ -2161,54 +2164,54 @@
       <c r="R19" s="15">
         <v>48638.921289284037</v>
       </c>
       <c r="S19" s="2">
         <v>45043.699474475092</v>
       </c>
       <c r="T19" s="2">
         <v>43879.462195873421</v>
       </c>
       <c r="U19" s="2">
         <v>42819.532501384034</v>
       </c>
       <c r="V19" s="2">
         <v>40568.820415116359</v>
       </c>
       <c r="W19" s="2">
         <v>41272.001821136735</v>
       </c>
       <c r="X19" s="2">
         <v>47321.702563527724</v>
       </c>
       <c r="Y19" s="2">
         <v>49883.213672769394</v>
       </c>
       <c r="Z19" s="26">
-        <v>60891.873704641337</v>
+        <v>60891.87370464133</v>
       </c>
       <c r="AA19" s="26">
-        <v>56193.643361202485</v>
+        <v>57033.441847517301</v>
       </c>
     </row>
     <row r="20" spans="1:27" ht="13" customHeight="1">
       <c r="A20" s="6"/>
       <c r="B20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="5">
         <v>56.556452992988056</v>
       </c>
       <c r="D20" s="5">
         <v>59.026500707996185</v>
       </c>
       <c r="E20" s="5">
         <v>60.212499918535578</v>
       </c>
       <c r="F20" s="5">
         <v>70.615896491855636</v>
       </c>
       <c r="G20" s="5">
         <v>74.908301821874375</v>
       </c>
       <c r="H20" s="5">
         <v>78.574423098646804</v>
       </c>
@@ -2233,225 +2236,225 @@
       <c r="O20" s="5">
         <v>106.44365145907575</v>
       </c>
       <c r="P20" s="5">
         <v>107.99527945225384</v>
       </c>
       <c r="Q20" s="5">
         <v>110.39999980565514</v>
       </c>
       <c r="R20" s="5">
         <v>105.8026949800434</v>
       </c>
       <c r="S20" s="5">
         <v>94.689975106435924</v>
       </c>
       <c r="T20" s="5">
         <v>88.22562007717049</v>
       </c>
       <c r="U20" s="5">
         <v>82.003250002143844</v>
       </c>
       <c r="V20" s="5">
         <v>73.88738683791928</v>
       </c>
       <c r="W20" s="5">
-        <v>81.3287806758307</v>
+        <v>81.333757333156115</v>
       </c>
       <c r="X20" s="5">
-        <v>81.104141743339483</v>
+        <v>81.109477681174653</v>
       </c>
       <c r="Y20" s="5">
-        <v>73.775294533891895</v>
+        <v>73.777548212280763</v>
       </c>
       <c r="Z20" s="17">
-        <v>78.018014341264987</v>
+        <v>76.897271872100276</v>
       </c>
       <c r="AA20" s="17">
-        <v>65.73706376286124</v>
+        <v>66.391294857711785</v>
       </c>
     </row>
     <row r="21" spans="1:27" ht="13" customHeight="1">
       <c r="A21" s="6"/>
       <c r="B21" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="26">
         <v>4589.9733992381261</v>
       </c>
       <c r="D21" s="26">
         <v>2512.0939989789767</v>
       </c>
       <c r="E21" s="26">
         <v>5193.8438454501629</v>
       </c>
       <c r="F21" s="26">
         <v>8346.3911476288686</v>
       </c>
       <c r="G21" s="26">
         <v>10410.408451637562</v>
       </c>
       <c r="H21" s="26">
         <v>13084.693677611935</v>
       </c>
       <c r="I21" s="26">
         <v>15016.87975098881</v>
       </c>
       <c r="J21" s="26">
         <v>17562.927524177634</v>
       </c>
       <c r="K21" s="26">
         <v>23850.160106048999</v>
       </c>
       <c r="L21" s="26">
         <v>27378.004113672167</v>
       </c>
       <c r="M21" s="26">
         <v>28164.042628650073</v>
       </c>
       <c r="N21" s="26">
         <v>27610.005641909131</v>
       </c>
       <c r="O21" s="26">
         <v>26577.699739688527</v>
       </c>
       <c r="P21" s="26">
         <v>26289.961987013936</v>
       </c>
       <c r="Q21" s="26">
-        <v>25548.138779694018</v>
+        <v>25637.515413039731</v>
       </c>
       <c r="R21" s="26">
         <v>23387.060485515452</v>
       </c>
       <c r="S21" s="26">
         <v>19450.859082373318</v>
       </c>
       <c r="T21" s="26">
         <v>15575.207357828629</v>
       </c>
       <c r="U21" s="26">
         <v>12604.004062423628</v>
       </c>
       <c r="V21" s="26">
         <v>8593.6940732628827</v>
       </c>
       <c r="W21" s="26">
         <v>7296.6875945282591</v>
       </c>
       <c r="X21" s="26">
         <v>3007.2051574610086</v>
       </c>
       <c r="Y21" s="26">
         <v>871.24255873770016</v>
       </c>
       <c r="Z21" s="26">
-        <v>-5642.7411247227647</v>
+        <v>-5642.7411308556912</v>
       </c>
       <c r="AA21" s="26">
-        <v>-9244.5681776120618</v>
+        <v>-8178.2634729305355</v>
       </c>
     </row>
     <row r="22" spans="1:27" ht="13" customHeight="1">
       <c r="A22" s="6"/>
       <c r="B22" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="5">
         <v>19.152524842411449</v>
       </c>
       <c r="D22" s="5">
         <v>9.7535115461271769</v>
       </c>
       <c r="E22" s="5">
         <v>18.354689714681044</v>
       </c>
       <c r="F22" s="5">
         <v>26.787778323616209</v>
       </c>
       <c r="G22" s="5">
         <v>30.952813308573468</v>
       </c>
       <c r="H22" s="5">
         <v>36.164269003838761</v>
       </c>
       <c r="I22" s="5">
         <v>38.022017966050917</v>
       </c>
       <c r="J22" s="5">
         <v>40.591376896483865</v>
       </c>
       <c r="K22" s="5">
         <v>51.22582828048867</v>
       </c>
       <c r="L22" s="5">
         <v>61.273774314638061</v>
       </c>
       <c r="M22" s="5">
         <v>63.302804275732292</v>
       </c>
       <c r="N22" s="5">
         <v>61.098305062326766</v>
       </c>
       <c r="O22" s="5">
         <v>59.332536494216527</v>
       </c>
       <c r="P22" s="5">
         <v>58.336364135457885</v>
       </c>
       <c r="Q22" s="5">
-        <v>56.93585879956661</v>
+        <v>57.135041034328729</v>
       </c>
       <c r="R22" s="5">
         <v>50.873127146715149</v>
       </c>
       <c r="S22" s="1">
         <v>40.88921167215441</v>
       </c>
       <c r="T22" s="1">
         <v>31.316070393956817</v>
       </c>
       <c r="U22" s="1">
         <v>24.137799639114551</v>
       </c>
       <c r="V22" s="1">
         <v>15.651566692368363</v>
       </c>
       <c r="W22" s="1">
-        <v>14.378529725968569</v>
+        <v>14.379409574586669</v>
       </c>
       <c r="X22" s="1">
-        <v>5.1540156023464352</v>
+        <v>5.1543546911557661</v>
       </c>
       <c r="Y22" s="1">
-        <v>1.2885331887994014</v>
+        <v>1.2885725507486729</v>
       </c>
       <c r="Z22" s="25">
-        <v>-7.2297899737499867</v>
+        <v>-7.1259327796020653</v>
       </c>
       <c r="AA22" s="25">
-        <v>-10.814582066614689</v>
+        <v>-9.5201251067231656</v>
       </c>
     </row>
     <row r="23" spans="1:27" ht="13" customHeight="1">
       <c r="A23" s="6"/>
       <c r="B23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="13">
         <v>0.93049999999999999</v>
       </c>
       <c r="D23" s="13">
         <v>0.88129999999999997</v>
       </c>
       <c r="E23" s="13">
         <v>1.0487</v>
       </c>
       <c r="F23" s="13">
         <v>1.2629999999999999</v>
       </c>
       <c r="G23" s="13">
         <v>1.3621000000000001</v>
       </c>
       <c r="H23" s="13">
         <v>1.1797</v>
       </c>
@@ -2578,285 +2581,285 @@
       <c r="V24" s="14">
         <v>1.1194999999999999</v>
       </c>
       <c r="W24" s="14">
         <v>1.1422000000000001</v>
       </c>
       <c r="X24" s="14">
         <v>1.1827000000000001</v>
       </c>
       <c r="Y24" s="14">
         <v>1.0529999999999999</v>
       </c>
       <c r="Z24" s="13">
         <v>1.0812999999999999</v>
       </c>
       <c r="AA24" s="13">
         <v>1.0824</v>
       </c>
     </row>
     <row r="25" spans="1:27" ht="13" customHeight="1">
       <c r="A25" s="6"/>
       <c r="B25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="1">
-        <v>-2111.984219302426</v>
+        <v>-2082.6</v>
       </c>
       <c r="D25" s="1">
-        <v>-1174.2582615410631</v>
+        <v>-1182.5</v>
       </c>
       <c r="E25" s="5">
-        <v>-1298.8531706510857</v>
+        <v>-1320.2</v>
       </c>
       <c r="F25" s="5">
-        <v>-1431.830318394316</v>
+        <v>-1425.3</v>
       </c>
       <c r="G25" s="5">
-        <v>-1927.8628206677256</v>
+        <v>-1937.6</v>
       </c>
       <c r="H25" s="5">
-        <v>-1097.0396793970367</v>
+        <v>-1116.8</v>
       </c>
       <c r="I25" s="5">
-        <v>-734.10341592881855</v>
+        <v>-752.1</v>
       </c>
       <c r="J25" s="5">
-        <v>-917.69518670203661</v>
+        <v>-937.6</v>
       </c>
       <c r="K25" s="5">
-        <v>-1084.5096013065304</v>
+        <v>-1128.7</v>
       </c>
       <c r="L25" s="15">
-        <v>-3123.0669463118384</v>
+        <v>-3205.7</v>
       </c>
       <c r="M25" s="15">
-        <v>-2953.9629817970758</v>
+        <v>-3047</v>
       </c>
       <c r="N25" s="15">
-        <v>-3432.0167128898229</v>
+        <v>-3466.7</v>
       </c>
       <c r="O25" s="15">
-        <v>-2450.2131841053474</v>
+        <v>-2452.1</v>
       </c>
       <c r="P25" s="15">
-        <v>-2476.4464141483099</v>
+        <v>-2457.3000000000002</v>
       </c>
       <c r="Q25" s="15">
-        <v>-2302.8755068724936</v>
+        <v>-2271.6</v>
       </c>
       <c r="R25" s="2">
-        <v>-1597.7803495619607</v>
+        <v>-1582.3</v>
       </c>
       <c r="S25" s="2">
-        <v>-495.62224366583871</v>
+        <v>-492.9</v>
       </c>
       <c r="T25" s="2">
-        <v>272.07291562679302</v>
+        <v>278.89999999999998</v>
       </c>
       <c r="U25" s="2">
-        <v>-22.410751469502763</v>
+        <v>-30.2</v>
       </c>
       <c r="V25" s="2">
-        <v>124.15841666427764</v>
+        <v>126.7</v>
       </c>
       <c r="W25" s="2">
-        <v>-3670.2048069698985</v>
+        <v>-3671.6</v>
       </c>
       <c r="X25" s="2">
-        <v>-1504.5153514978203</v>
+        <v>-1502.7</v>
       </c>
       <c r="Y25" s="2">
-        <v>81.7246256163981</v>
+        <v>95.4</v>
       </c>
       <c r="Z25" s="16">
-        <v>-617.81300036066682</v>
+        <v>-621.79999999999995</v>
       </c>
       <c r="AA25" s="16">
-        <v>-2025.9062105339688</v>
+        <v>-1672.8</v>
       </c>
     </row>
     <row r="26" spans="1:27" ht="13" customHeight="1">
       <c r="A26" s="6"/>
       <c r="B26" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="1">
         <v>-8.8000000000000007</v>
       </c>
       <c r="D26" s="1">
         <v>-4.5999999999999996</v>
       </c>
       <c r="E26" s="5">
         <v>-4.5999999999999996</v>
       </c>
       <c r="F26" s="5">
-        <v>-4.5954655716172859</v>
+        <v>-4.5999999999999996</v>
       </c>
       <c r="G26" s="5">
-        <v>-5.7320304241551057</v>
+        <v>-5.7</v>
       </c>
       <c r="H26" s="5">
-        <v>-3.0320647201303252</v>
+        <v>-3</v>
       </c>
       <c r="I26" s="5">
-        <v>-1.8587145753462515</v>
+        <v>-1.9</v>
       </c>
       <c r="J26" s="5">
-        <v>-2.1209739178295512</v>
+        <v>-2.1</v>
       </c>
       <c r="K26" s="5">
-        <v>-2.329330384284483</v>
+        <v>-2.2999999999999998</v>
       </c>
       <c r="L26" s="5">
-        <v>-6.9896292820795543</v>
+        <v>-7</v>
       </c>
       <c r="M26" s="5">
-        <v>-6.6394637637793421</v>
+        <v>-6.6</v>
       </c>
       <c r="N26" s="5">
-        <v>-7.594725145034305</v>
+        <v>-7.6</v>
       </c>
       <c r="O26" s="5">
-        <v>-5.4699001263622797</v>
+        <v>-5.5</v>
       </c>
       <c r="P26" s="5">
-        <v>-5.4951346011479556</v>
+        <v>-5.5</v>
       </c>
       <c r="Q26" s="5">
-        <v>-5.1321231586735188</v>
+        <v>-5.0999999999999996</v>
       </c>
       <c r="R26" s="1">
-        <v>-3.4756006607213896</v>
+        <v>-3.5</v>
       </c>
       <c r="S26" s="1">
-        <v>-1.0418872886208705</v>
+        <v>-1</v>
       </c>
       <c r="T26" s="1">
-        <v>0.54703955987944863</v>
+        <v>0.6</v>
       </c>
       <c r="U26" s="1">
-        <v>-4.2918601585156181E-2</v>
+        <v>-0.1</v>
       </c>
       <c r="V26" s="1">
-        <v>0.22612787030501924</v>
+        <v>0.2</v>
       </c>
       <c r="W26" s="1">
-        <v>-7.2323432014525233</v>
+        <v>-7.2</v>
       </c>
       <c r="X26" s="1">
-        <v>-2.5514286113962266</v>
+        <v>-2.6</v>
       </c>
       <c r="Y26" s="1">
-        <v>0.13991067141749591</v>
+        <v>0.1</v>
       </c>
       <c r="Z26" s="1">
-        <v>-0.85512813246674602</v>
+        <v>-0.8</v>
       </c>
       <c r="AA26" s="1">
-        <v>-2.4</v>
+        <v>-1.9</v>
       </c>
     </row>
     <row r="27" spans="1:27">
       <c r="A27" s="6"/>
       <c r="B27" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="1">
         <v>35.4</v>
       </c>
       <c r="D27" s="1">
         <v>36.6</v>
       </c>
       <c r="E27" s="1">
         <v>36.5</v>
       </c>
       <c r="F27" s="1">
-        <v>37.849472644823976</v>
+        <v>37.799999999999997</v>
       </c>
       <c r="G27" s="1">
-        <v>39.959119783888312</v>
+        <v>40</v>
       </c>
       <c r="H27" s="1">
-        <v>40.898087341912657</v>
+        <v>40.9</v>
       </c>
       <c r="I27" s="1">
-        <v>38.372251092103745</v>
+        <v>38.4</v>
       </c>
       <c r="J27" s="1">
-        <v>37.077569957466068</v>
+        <v>37.1</v>
       </c>
       <c r="K27" s="1">
-        <v>38.914974663278919</v>
+        <v>38.9</v>
       </c>
       <c r="L27" s="1">
-        <v>47.915157870772077</v>
+        <v>47.9</v>
       </c>
       <c r="M27" s="1">
-        <v>56.802000343491279</v>
+        <v>56.8</v>
       </c>
       <c r="N27" s="1">
-        <v>63.130130219196111</v>
+        <v>63.1</v>
       </c>
       <c r="O27" s="1">
-        <v>68.849618213141909</v>
+        <v>68.900000000000006</v>
       </c>
       <c r="P27" s="1">
-        <v>79.479580793194842</v>
+        <v>79.5</v>
       </c>
       <c r="Q27" s="1">
-        <v>83.223764225117918</v>
+        <v>83.2</v>
       </c>
       <c r="R27" s="1">
-        <v>82.769279036480455</v>
+        <v>82.8</v>
       </c>
       <c r="S27" s="1">
-        <v>79.255366031532475</v>
+        <v>79.3</v>
       </c>
       <c r="T27" s="1">
-        <v>76.17239264927403</v>
+        <v>76.2</v>
       </c>
       <c r="U27" s="1">
-        <v>72.847157044445794</v>
+        <v>72.8</v>
       </c>
       <c r="V27" s="1">
-        <v>70.882067248193295</v>
+        <v>70.900000000000006</v>
       </c>
       <c r="W27" s="1">
-        <v>86.47180797185068</v>
+        <v>86.5</v>
       </c>
       <c r="X27" s="1">
-        <v>78.202818670501699</v>
+        <v>78.2</v>
       </c>
       <c r="Y27" s="1">
-        <v>68.545801583352656</v>
+        <v>68.5</v>
       </c>
       <c r="Z27" s="17">
-        <v>61.836409544953</v>
+        <v>60.9</v>
       </c>
       <c r="AA27" s="17">
-        <v>57.6</v>
+        <v>57.4</v>
       </c>
     </row>
     <row r="28" spans="1:27" ht="11.25" customHeight="1">
       <c r="A28" s="6"/>
       <c r="B28" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>11</v>
       </c>
@@ -3123,71 +3126,71 @@
       <c r="P33" s="27"/>
       <c r="Q33" s="27"/>
       <c r="R33" s="27"/>
     </row>
     <row r="34" spans="2:25" ht="13" customHeight="1">
       <c r="B34" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="27"/>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
       <c r="J34" s="27"/>
       <c r="K34" s="27"/>
       <c r="L34" s="27"/>
       <c r="M34" s="27"/>
       <c r="N34" s="27"/>
       <c r="O34" s="27"/>
       <c r="P34" s="27"/>
       <c r="Q34" s="27"/>
       <c r="R34" s="27"/>
     </row>
-    <row r="35" spans="2:25" ht="24" customHeight="1">
+    <row r="35" spans="2:25" ht="13" customHeight="1">
       <c r="B35" s="28" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="28"/>
       <c r="D35" s="28"/>
       <c r="E35" s="28"/>
       <c r="F35" s="28"/>
       <c r="G35" s="28"/>
       <c r="H35" s="28"/>
       <c r="I35" s="28"/>
       <c r="J35" s="28"/>
       <c r="K35" s="28"/>
       <c r="L35" s="28"/>
       <c r="M35" s="28"/>
       <c r="N35" s="28"/>
       <c r="O35" s="28"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="28"/>
     </row>
-    <row r="36" spans="2:25" ht="15.75" customHeight="1">
+    <row r="36" spans="2:25" ht="13" customHeight="1">
       <c r="B36" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="2:25" ht="13" customHeight="1">
       <c r="B37" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="27"/>
       <c r="D37" s="27"/>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27"/>
       <c r="M37" s="27"/>
       <c r="N37" s="27"/>
       <c r="O37" s="27"/>
       <c r="P37" s="27"/>
       <c r="Q37" s="27"/>
       <c r="R37" s="27"/>
     </row>