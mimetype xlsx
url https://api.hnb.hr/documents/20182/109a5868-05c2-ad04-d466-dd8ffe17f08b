--- v1 (2025-11-25)
+++ v2 (2026-01-25)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7906731-4A68-4809-A983-827EF974FFB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3928DECF-A3C1-4EEE-A031-877D58D2B486}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B38665B8-1BD6-485F-B92F-B919C06CC710}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="14">
   <si>
     <t xml:space="preserve">Tablica D2: Inozemna aktiva drugih monetarnih financijskih institucija </t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
@@ -673,74 +673,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{391EF67E-02E3-4C58-868C-9184CEEEB74B}">
-  <dimension ref="B2:FX20"/>
+  <dimension ref="B2:FZ20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" style="7" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="11" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="12" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:180" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="2:182" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:182" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="3">
         <v>40543</v>
       </c>
       <c r="D6" s="3">
         <v>40574</v>
       </c>
       <c r="E6" s="3">
         <v>40602</v>
       </c>
       <c r="F6" s="3">
         <v>40633</v>
       </c>
       <c r="G6" s="3">
         <v>40663</v>
       </c>
       <c r="H6" s="3">
         <v>40694</v>
       </c>
       <c r="I6" s="3">
         <v>40724</v>
       </c>
       <c r="J6" s="3">
         <v>40755</v>
       </c>
@@ -1232,52 +1232,58 @@
       </c>
       <c r="FQ6" s="3">
         <v>45716</v>
       </c>
       <c r="FR6" s="3">
         <v>45747</v>
       </c>
       <c r="FS6" s="3">
         <v>45777</v>
       </c>
       <c r="FT6" s="3">
         <v>45808</v>
       </c>
       <c r="FU6" s="3">
         <v>45838</v>
       </c>
       <c r="FV6" s="3">
         <v>45869</v>
       </c>
       <c r="FW6" s="3">
         <v>45900</v>
       </c>
       <c r="FX6" s="3">
         <v>45930</v>
       </c>
+      <c r="FY6" s="3">
+        <v>45961</v>
+      </c>
+      <c r="FZ6" s="3">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>5277.8615169199993</v>
       </c>
       <c r="D7" s="6">
         <v>5029.6315696499996</v>
       </c>
       <c r="E7" s="6">
         <v>4914.4948012500008</v>
       </c>
       <c r="F7" s="6">
         <v>4069.0058680500006</v>
       </c>
       <c r="G7" s="6">
         <v>3987.8304549499994</v>
       </c>
       <c r="H7" s="6">
         <v>3924.58137235</v>
       </c>
       <c r="I7" s="6">
         <v>4044.01262142</v>
       </c>
       <c r="J7" s="6">
@@ -1771,52 +1777,58 @@
       </c>
       <c r="FQ7" s="6">
         <v>8944.55800834</v>
       </c>
       <c r="FR7" s="6">
         <v>8763.7724984199995</v>
       </c>
       <c r="FS7" s="6">
         <v>9130.5158377499993</v>
       </c>
       <c r="FT7" s="6">
         <v>9997.0917950399999</v>
       </c>
       <c r="FU7" s="6">
         <v>11063.11818202</v>
       </c>
       <c r="FV7" s="6">
         <v>11015.675097949999</v>
       </c>
       <c r="FW7" s="6">
         <v>10901.651531809999</v>
       </c>
       <c r="FX7" s="6">
         <v>10285.85647723</v>
       </c>
+      <c r="FY7" s="6">
+        <v>10368.96900069</v>
+      </c>
+      <c r="FZ7" s="6">
+        <v>10981.854791989999</v>
+      </c>
     </row>
-    <row r="8" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
         <v>4314.9595613599995</v>
       </c>
       <c r="D8" s="6">
         <v>4256.5978680499993</v>
       </c>
       <c r="E8" s="6">
         <v>4157.1483300200007</v>
       </c>
       <c r="F8" s="6">
         <v>3463.0605755700003</v>
       </c>
       <c r="G8" s="6">
         <v>3397.6434020199995</v>
       </c>
       <c r="H8" s="6">
         <v>3367.0471321099999</v>
       </c>
       <c r="I8" s="6">
         <v>3517.3990919399998</v>
       </c>
       <c r="J8" s="6">
@@ -2310,52 +2322,58 @@
       </c>
       <c r="FQ8" s="6">
         <v>6535.2150466399999</v>
       </c>
       <c r="FR8" s="6">
         <v>6171.7317545400001</v>
       </c>
       <c r="FS8" s="6">
         <v>6328.6854644100003</v>
       </c>
       <c r="FT8" s="6">
         <v>7172.2926879300003</v>
       </c>
       <c r="FU8" s="6">
         <v>8050.9635678699997</v>
       </c>
       <c r="FV8" s="6">
         <v>7782.9301384299997</v>
       </c>
       <c r="FW8" s="6">
         <v>7568.4343805400003</v>
       </c>
       <c r="FX8" s="6">
         <v>7141.2410384100003</v>
       </c>
+      <c r="FY8" s="6">
+        <v>7019.3121906899996</v>
+      </c>
+      <c r="FZ8" s="6">
+        <v>7268.5462245299996</v>
+      </c>
     </row>
-    <row r="9" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="6">
         <v>168.59897877000003</v>
       </c>
       <c r="D9" s="6">
         <v>152.98682564000001</v>
       </c>
       <c r="E9" s="6">
         <v>152.94252423</v>
       </c>
       <c r="F9" s="6">
         <v>165.01539497000005</v>
       </c>
       <c r="G9" s="6">
         <v>184.42441874999997</v>
       </c>
       <c r="H9" s="6">
         <v>171.26550491</v>
       </c>
       <c r="I9" s="6">
         <v>224.22556339999994</v>
       </c>
       <c r="J9" s="6">
@@ -2849,52 +2867,58 @@
       </c>
       <c r="FQ9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY9" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="FZ9" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="6">
         <v>2361.9503218899999</v>
       </c>
       <c r="D10" s="6">
         <v>2419.1565624499999</v>
       </c>
       <c r="E10" s="6">
         <v>2453.98914784</v>
       </c>
       <c r="F10" s="6">
         <v>1792.2733687300001</v>
       </c>
       <c r="G10" s="6">
         <v>1671.2640934699998</v>
       </c>
       <c r="H10" s="6">
         <v>1604.5375089600002</v>
       </c>
       <c r="I10" s="6">
         <v>1714.12939603</v>
       </c>
       <c r="J10" s="6">
@@ -3388,52 +3412,58 @@
       </c>
       <c r="FQ10" s="6">
         <v>4475.8640337400002</v>
       </c>
       <c r="FR10" s="6">
         <v>4229.2492644499998</v>
       </c>
       <c r="FS10" s="6">
         <v>4365.9862411599997</v>
       </c>
       <c r="FT10" s="6">
         <v>4842.5741599499997</v>
       </c>
       <c r="FU10" s="6">
         <v>5192.3484444300002</v>
       </c>
       <c r="FV10" s="6">
         <v>4937.5454769799999</v>
       </c>
       <c r="FW10" s="6">
         <v>4685.9925187999997</v>
       </c>
       <c r="FX10" s="6">
         <v>4220.3545553699996</v>
       </c>
+      <c r="FY10" s="6">
+        <v>3984.6787577199998</v>
+      </c>
+      <c r="FZ10" s="6">
+        <v>4013.71651329</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="6">
         <v>1781.7345734099999</v>
       </c>
       <c r="D11" s="6">
         <v>1681.7744189300001</v>
       </c>
       <c r="E11" s="6">
         <v>1547.5350846599999</v>
       </c>
       <c r="F11" s="6">
         <v>1503.09659429</v>
       </c>
       <c r="G11" s="6">
         <v>1539.2853221899998</v>
       </c>
       <c r="H11" s="6">
         <v>1588.55915497</v>
       </c>
       <c r="I11" s="6">
         <v>1576.3706741800002</v>
       </c>
       <c r="J11" s="6">
@@ -3927,52 +3957,58 @@
       </c>
       <c r="FQ11" s="6">
         <v>1922.5869550800001</v>
       </c>
       <c r="FR11" s="6">
         <v>1805.80006622</v>
       </c>
       <c r="FS11" s="6">
         <v>1826.3553194900001</v>
       </c>
       <c r="FT11" s="6">
         <v>2194.8957411400002</v>
       </c>
       <c r="FU11" s="6">
         <v>2723.5479515799998</v>
       </c>
       <c r="FV11" s="6">
         <v>2710.0574526700002</v>
       </c>
       <c r="FW11" s="6">
         <v>2747.16025171</v>
       </c>
       <c r="FX11" s="6">
         <v>2783.9028024499999</v>
       </c>
+      <c r="FY11" s="6">
+        <v>2897.8914597100002</v>
+      </c>
+      <c r="FZ11" s="6">
+        <v>3118.1130002199998</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="6">
         <v>2.6756872899999999</v>
       </c>
       <c r="D12" s="6">
         <v>2.6800610300000001</v>
       </c>
       <c r="E12" s="6">
         <v>2.6815732900000002</v>
       </c>
       <c r="F12" s="6">
         <v>2.67521758</v>
       </c>
       <c r="G12" s="6">
         <v>2.6695676099999996</v>
       </c>
       <c r="H12" s="6">
         <v>2.6849632699999999</v>
       </c>
       <c r="I12" s="6">
         <v>2.6734583299999999</v>
       </c>
       <c r="J12" s="6">
@@ -4466,52 +4502,58 @@
       </c>
       <c r="FQ12" s="6">
         <v>136.76405782</v>
       </c>
       <c r="FR12" s="6">
         <v>136.68242387000001</v>
       </c>
       <c r="FS12" s="6">
         <v>136.34390375999999</v>
       </c>
       <c r="FT12" s="6">
         <v>134.82278683999999</v>
       </c>
       <c r="FU12" s="6">
         <v>135.06717186</v>
       </c>
       <c r="FV12" s="6">
         <v>135.32720878000001</v>
       </c>
       <c r="FW12" s="6">
         <v>135.28161003</v>
       </c>
       <c r="FX12" s="6">
         <v>136.98368059000001</v>
       </c>
+      <c r="FY12" s="6">
+        <v>136.74197326000001</v>
+      </c>
+      <c r="FZ12" s="6">
+        <v>136.71671101999999</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
         <v>962.90195556000003</v>
       </c>
       <c r="D13" s="6">
         <v>773.03370160000009</v>
       </c>
       <c r="E13" s="6">
         <v>757.34647122999991</v>
       </c>
       <c r="F13" s="6">
         <v>605.94529248000003</v>
       </c>
       <c r="G13" s="6">
         <v>590.18705293000005</v>
       </c>
       <c r="H13" s="6">
         <v>557.53424024000003</v>
       </c>
       <c r="I13" s="6">
         <v>526.61352948000001</v>
       </c>
       <c r="J13" s="6">
@@ -5005,52 +5047,58 @@
       </c>
       <c r="FQ13" s="6">
         <v>2409.3429617000002</v>
       </c>
       <c r="FR13" s="6">
         <v>2592.0407438799998</v>
       </c>
       <c r="FS13" s="6">
         <v>2801.8303733399998</v>
       </c>
       <c r="FT13" s="6">
         <v>2824.79910711</v>
       </c>
       <c r="FU13" s="6">
         <v>3012.1546141499998</v>
       </c>
       <c r="FV13" s="6">
         <v>3232.7449595200001</v>
       </c>
       <c r="FW13" s="6">
         <v>3333.2171512700002</v>
       </c>
       <c r="FX13" s="6">
         <v>3144.6154388199998</v>
       </c>
+      <c r="FY13" s="6">
+        <v>3349.65681</v>
+      </c>
+      <c r="FZ13" s="6">
+        <v>3713.3085674600002</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="6">
         <v>732.30551720000005</v>
       </c>
       <c r="D14" s="6">
         <v>538.46478608000007</v>
       </c>
       <c r="E14" s="6">
         <v>526.73964507999995</v>
       </c>
       <c r="F14" s="6">
         <v>361.73555765000003</v>
       </c>
       <c r="G14" s="6">
         <v>339.50491155000003</v>
       </c>
       <c r="H14" s="6">
         <v>305.34540547</v>
       </c>
       <c r="I14" s="6">
         <v>285.85562537999999</v>
       </c>
       <c r="J14" s="6">
@@ -5544,52 +5592,58 @@
       </c>
       <c r="FQ14" s="6">
         <v>528.39522682999996</v>
       </c>
       <c r="FR14" s="6">
         <v>321.98650369000001</v>
       </c>
       <c r="FS14" s="6">
         <v>536.32284083000002</v>
       </c>
       <c r="FT14" s="6">
         <v>362.33347726</v>
       </c>
       <c r="FU14" s="6">
         <v>386.83865284000001</v>
       </c>
       <c r="FV14" s="6">
         <v>350.45349177999998</v>
       </c>
       <c r="FW14" s="6">
         <v>353.05651231000002</v>
       </c>
       <c r="FX14" s="6">
         <v>335.07592906999997</v>
       </c>
+      <c r="FY14" s="6">
+        <v>443.73872198999999</v>
+      </c>
+      <c r="FZ14" s="6">
+        <v>551.51569042000006</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6">
         <v>140.69274519999999</v>
       </c>
       <c r="D15" s="6">
         <v>144.64952996</v>
       </c>
       <c r="E15" s="6">
         <v>140.69291497999998</v>
       </c>
       <c r="F15" s="6">
         <v>154.43941216000002</v>
       </c>
       <c r="G15" s="6">
         <v>160.97013435</v>
       </c>
       <c r="H15" s="6">
         <v>162.60218877</v>
       </c>
       <c r="I15" s="6">
         <v>151.22711011000001</v>
       </c>
       <c r="J15" s="6">
@@ -6083,52 +6137,58 @@
       </c>
       <c r="FQ15" s="6">
         <v>1685.5385982299999</v>
       </c>
       <c r="FR15" s="6">
         <v>2074.6845809500001</v>
       </c>
       <c r="FS15" s="6">
         <v>2070.1230016700001</v>
       </c>
       <c r="FT15" s="6">
         <v>2267.0756607100002</v>
       </c>
       <c r="FU15" s="6">
         <v>2429.9253767700002</v>
       </c>
       <c r="FV15" s="6">
         <v>2686.8967216000001</v>
       </c>
       <c r="FW15" s="6">
         <v>2784.7696447200001</v>
       </c>
       <c r="FX15" s="6">
         <v>2614.1470875099999</v>
       </c>
+      <c r="FY15" s="6">
+        <v>2710.5384395699998</v>
+      </c>
+      <c r="FZ15" s="6">
+        <v>2966.4084509200002</v>
+      </c>
     </row>
-    <row r="16" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="6">
         <v>89.903693160000003</v>
       </c>
       <c r="D16" s="6">
         <v>89.919385559999995</v>
       </c>
       <c r="E16" s="6">
         <v>89.913911170000006</v>
       </c>
       <c r="F16" s="6">
         <v>89.770322669999999</v>
       </c>
       <c r="G16" s="6">
         <v>89.712007029999995</v>
       </c>
       <c r="H16" s="6">
         <v>89.586646000000002</v>
       </c>
       <c r="I16" s="6">
         <v>89.530793990000006</v>
       </c>
       <c r="J16" s="6">
@@ -6622,52 +6682,58 @@
       </c>
       <c r="FQ16" s="6">
         <v>195.40913664000001</v>
       </c>
       <c r="FR16" s="6">
         <v>195.36965924</v>
       </c>
       <c r="FS16" s="6">
         <v>195.38453084</v>
       </c>
       <c r="FT16" s="6">
         <v>195.38996914000001</v>
       </c>
       <c r="FU16" s="6">
         <v>195.39058453999999</v>
       </c>
       <c r="FV16" s="6">
         <v>195.39474614</v>
       </c>
       <c r="FW16" s="6">
         <v>195.39099424</v>
       </c>
       <c r="FX16" s="6">
         <v>195.39242224</v>
       </c>
+      <c r="FY16" s="6">
+        <v>195.37964844000001</v>
+      </c>
+      <c r="FZ16" s="6">
+        <v>195.38442612</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="6">
         <v>1077.1542395699998</v>
       </c>
       <c r="D17" s="6">
         <v>987.90021948000003</v>
       </c>
       <c r="E17" s="6">
         <v>1027.59009724</v>
       </c>
       <c r="F17" s="6">
         <v>1064.7851161899998</v>
       </c>
       <c r="G17" s="6">
         <v>1013.5762036599999</v>
       </c>
       <c r="H17" s="6">
         <v>1187.5472725499999</v>
       </c>
       <c r="I17" s="6">
         <v>1147.00616988</v>
       </c>
       <c r="J17" s="6">
@@ -7161,52 +7227,58 @@
       </c>
       <c r="FQ17" s="6">
         <v>2453.92621306</v>
       </c>
       <c r="FR17" s="6">
         <v>2372.0156560999999</v>
       </c>
       <c r="FS17" s="6">
         <v>2400.3035864100002</v>
       </c>
       <c r="FT17" s="6">
         <v>2638.72936643</v>
       </c>
       <c r="FU17" s="6">
         <v>2462.3903620599999</v>
       </c>
       <c r="FV17" s="6">
         <v>2821.3698736599999</v>
       </c>
       <c r="FW17" s="6">
         <v>3344.29944376</v>
       </c>
       <c r="FX17" s="6">
         <v>3160.2518071099998</v>
       </c>
+      <c r="FY17" s="6">
+        <v>3264.5015473499998</v>
+      </c>
+      <c r="FZ17" s="6">
+        <v>3121.28174893</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="6">
         <v>482.13064502999998</v>
       </c>
       <c r="D18" s="6">
         <v>432.92421116000003</v>
       </c>
       <c r="E18" s="6">
         <v>433.17197857000002</v>
       </c>
       <c r="F18" s="6">
         <v>486.35382306999998</v>
       </c>
       <c r="G18" s="6">
         <v>459.84144301999999</v>
       </c>
       <c r="H18" s="6">
         <v>630.61028428999998</v>
       </c>
       <c r="I18" s="6">
         <v>514.40714663999995</v>
       </c>
       <c r="J18" s="6">
@@ -7700,52 +7772,58 @@
       </c>
       <c r="FQ18" s="6">
         <v>837.53707053000005</v>
       </c>
       <c r="FR18" s="6">
         <v>805.68909928000005</v>
       </c>
       <c r="FS18" s="6">
         <v>874.49722359999998</v>
       </c>
       <c r="FT18" s="6">
         <v>902.50992824000002</v>
       </c>
       <c r="FU18" s="6">
         <v>712.73262694000005</v>
       </c>
       <c r="FV18" s="6">
         <v>791.66656355999999</v>
       </c>
       <c r="FW18" s="6">
         <v>858.44670622000001</v>
       </c>
       <c r="FX18" s="6">
         <v>742.42834872000003</v>
       </c>
+      <c r="FY18" s="6">
+        <v>810.10157561999995</v>
+      </c>
+      <c r="FZ18" s="6">
+        <v>767.43263180999998</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="6">
         <v>595.02359453999998</v>
       </c>
       <c r="D19" s="6">
         <v>554.97600832000001</v>
       </c>
       <c r="E19" s="6">
         <v>594.41811867000001</v>
       </c>
       <c r="F19" s="6">
         <v>578.43129311999996</v>
       </c>
       <c r="G19" s="6">
         <v>553.73476063999999</v>
       </c>
       <c r="H19" s="6">
         <v>556.93698826000002</v>
       </c>
       <c r="I19" s="6">
         <v>632.59902323999995</v>
       </c>
       <c r="J19" s="6">
@@ -8239,52 +8317,58 @@
       </c>
       <c r="FQ19" s="6">
         <v>1616.3891425300001</v>
       </c>
       <c r="FR19" s="6">
         <v>1566.32655682</v>
       </c>
       <c r="FS19" s="6">
         <v>1525.8063628100001</v>
       </c>
       <c r="FT19" s="6">
         <v>1736.2194381899999</v>
       </c>
       <c r="FU19" s="6">
         <v>1749.6577351200001</v>
       </c>
       <c r="FV19" s="6">
         <v>2029.7033101</v>
       </c>
       <c r="FW19" s="6">
         <v>2485.8527375399999</v>
       </c>
       <c r="FX19" s="6">
         <v>2417.8234583899998</v>
       </c>
+      <c r="FY19" s="6">
+        <v>2454.3999717299998</v>
+      </c>
+      <c r="FZ19" s="6">
+        <v>2353.8491171199998</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="10">
         <v>6355.0157564899991</v>
       </c>
       <c r="D20" s="10">
         <v>6017.5317891300001</v>
       </c>
       <c r="E20" s="10">
         <v>5942.0848984900003</v>
       </c>
       <c r="F20" s="10">
         <v>5133.7909842400004</v>
       </c>
       <c r="G20" s="10">
         <v>5001.4066586099998</v>
       </c>
       <c r="H20" s="10">
         <v>5112.1286448999999</v>
       </c>
       <c r="I20" s="10">
         <v>5191.0187913</v>
       </c>
       <c r="J20" s="10">
@@ -8777,50 +8861,56 @@
         <v>11288.90950039</v>
       </c>
       <c r="FQ20" s="10">
         <v>11398.4842214</v>
       </c>
       <c r="FR20" s="10">
         <v>11135.78815452</v>
       </c>
       <c r="FS20" s="10">
         <v>11530.819424159999</v>
       </c>
       <c r="FT20" s="10">
         <v>12635.821161469999</v>
       </c>
       <c r="FU20" s="10">
         <v>13525.508544079999</v>
       </c>
       <c r="FV20" s="10">
         <v>13837.044971609999</v>
       </c>
       <c r="FW20" s="10">
         <v>14245.95097557</v>
       </c>
       <c r="FX20" s="10">
         <v>13446.10828434</v>
+      </c>
+      <c r="FY20" s="10">
+        <v>13633.470548040001</v>
+      </c>
+      <c r="FZ20" s="10">
+        <v>14103.136540920001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>