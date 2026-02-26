--- v2 (2026-01-25)
+++ v3 (2026-02-26)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3928DECF-A3C1-4EEE-A031-877D58D2B486}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF08651B-8289-4834-ADE6-31EECB98F759}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B38665B8-1BD6-485F-B92F-B919C06CC710}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="14">
   <si>
     <t xml:space="preserve">Tablica D2: Inozemna aktiva drugih monetarnih financijskih institucija </t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
@@ -673,74 +673,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{391EF67E-02E3-4C58-868C-9184CEEEB74B}">
-  <dimension ref="B2:FZ20"/>
+  <dimension ref="B2:GA20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" style="7" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="11" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="12" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:182" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="2:183" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:183" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="3">
         <v>40543</v>
       </c>
       <c r="D6" s="3">
         <v>40574</v>
       </c>
       <c r="E6" s="3">
         <v>40602</v>
       </c>
       <c r="F6" s="3">
         <v>40633</v>
       </c>
       <c r="G6" s="3">
         <v>40663</v>
       </c>
       <c r="H6" s="3">
         <v>40694</v>
       </c>
       <c r="I6" s="3">
         <v>40724</v>
       </c>
       <c r="J6" s="3">
         <v>40755</v>
       </c>
@@ -1238,52 +1238,55 @@
       </c>
       <c r="FS6" s="3">
         <v>45777</v>
       </c>
       <c r="FT6" s="3">
         <v>45808</v>
       </c>
       <c r="FU6" s="3">
         <v>45838</v>
       </c>
       <c r="FV6" s="3">
         <v>45869</v>
       </c>
       <c r="FW6" s="3">
         <v>45900</v>
       </c>
       <c r="FX6" s="3">
         <v>45930</v>
       </c>
       <c r="FY6" s="3">
         <v>45961</v>
       </c>
       <c r="FZ6" s="3">
         <v>45991</v>
       </c>
+      <c r="GA6" s="3">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>5277.8615169199993</v>
       </c>
       <c r="D7" s="6">
         <v>5029.6315696499996</v>
       </c>
       <c r="E7" s="6">
         <v>4914.4948012500008</v>
       </c>
       <c r="F7" s="6">
         <v>4069.0058680500006</v>
       </c>
       <c r="G7" s="6">
         <v>3987.8304549499994</v>
       </c>
       <c r="H7" s="6">
         <v>3924.58137235</v>
       </c>
       <c r="I7" s="6">
         <v>4044.01262142</v>
       </c>
       <c r="J7" s="6">
@@ -1783,52 +1786,55 @@
       </c>
       <c r="FS7" s="6">
         <v>9130.5158377499993</v>
       </c>
       <c r="FT7" s="6">
         <v>9997.0917950399999</v>
       </c>
       <c r="FU7" s="6">
         <v>11063.11818202</v>
       </c>
       <c r="FV7" s="6">
         <v>11015.675097949999</v>
       </c>
       <c r="FW7" s="6">
         <v>10901.651531809999</v>
       </c>
       <c r="FX7" s="6">
         <v>10285.85647723</v>
       </c>
       <c r="FY7" s="6">
         <v>10368.96900069</v>
       </c>
       <c r="FZ7" s="6">
         <v>10981.854791989999</v>
       </c>
+      <c r="GA7" s="6">
+        <v>10467.85892278</v>
+      </c>
     </row>
-    <row r="8" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
         <v>4314.9595613599995</v>
       </c>
       <c r="D8" s="6">
         <v>4256.5978680499993</v>
       </c>
       <c r="E8" s="6">
         <v>4157.1483300200007</v>
       </c>
       <c r="F8" s="6">
         <v>3463.0605755700003</v>
       </c>
       <c r="G8" s="6">
         <v>3397.6434020199995</v>
       </c>
       <c r="H8" s="6">
         <v>3367.0471321099999</v>
       </c>
       <c r="I8" s="6">
         <v>3517.3990919399998</v>
       </c>
       <c r="J8" s="6">
@@ -2328,52 +2334,55 @@
       </c>
       <c r="FS8" s="6">
         <v>6328.6854644100003</v>
       </c>
       <c r="FT8" s="6">
         <v>7172.2926879300003</v>
       </c>
       <c r="FU8" s="6">
         <v>8050.9635678699997</v>
       </c>
       <c r="FV8" s="6">
         <v>7782.9301384299997</v>
       </c>
       <c r="FW8" s="6">
         <v>7568.4343805400003</v>
       </c>
       <c r="FX8" s="6">
         <v>7141.2410384100003</v>
       </c>
       <c r="FY8" s="6">
         <v>7019.3121906899996</v>
       </c>
       <c r="FZ8" s="6">
         <v>7268.5462245299996</v>
       </c>
+      <c r="GA8" s="6">
+        <v>6736.36479074</v>
+      </c>
     </row>
-    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="6">
         <v>168.59897877000003</v>
       </c>
       <c r="D9" s="6">
         <v>152.98682564000001</v>
       </c>
       <c r="E9" s="6">
         <v>152.94252423</v>
       </c>
       <c r="F9" s="6">
         <v>165.01539497000005</v>
       </c>
       <c r="G9" s="6">
         <v>184.42441874999997</v>
       </c>
       <c r="H9" s="6">
         <v>171.26550491</v>
       </c>
       <c r="I9" s="6">
         <v>224.22556339999994</v>
       </c>
       <c r="J9" s="6">
@@ -2873,52 +2882,55 @@
       </c>
       <c r="FS9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FY9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FZ9" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="GA9" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="6">
         <v>2361.9503218899999</v>
       </c>
       <c r="D10" s="6">
         <v>2419.1565624499999</v>
       </c>
       <c r="E10" s="6">
         <v>2453.98914784</v>
       </c>
       <c r="F10" s="6">
         <v>1792.2733687300001</v>
       </c>
       <c r="G10" s="6">
         <v>1671.2640934699998</v>
       </c>
       <c r="H10" s="6">
         <v>1604.5375089600002</v>
       </c>
       <c r="I10" s="6">
         <v>1714.12939603</v>
       </c>
       <c r="J10" s="6">
@@ -3418,52 +3430,55 @@
       </c>
       <c r="FS10" s="6">
         <v>4365.9862411599997</v>
       </c>
       <c r="FT10" s="6">
         <v>4842.5741599499997</v>
       </c>
       <c r="FU10" s="6">
         <v>5192.3484444300002</v>
       </c>
       <c r="FV10" s="6">
         <v>4937.5454769799999</v>
       </c>
       <c r="FW10" s="6">
         <v>4685.9925187999997</v>
       </c>
       <c r="FX10" s="6">
         <v>4220.3545553699996</v>
       </c>
       <c r="FY10" s="6">
         <v>3984.6787577199998</v>
       </c>
       <c r="FZ10" s="6">
         <v>4013.71651329</v>
       </c>
+      <c r="GA10" s="6">
+        <v>3513.6374170200002</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="6">
         <v>1781.7345734099999</v>
       </c>
       <c r="D11" s="6">
         <v>1681.7744189300001</v>
       </c>
       <c r="E11" s="6">
         <v>1547.5350846599999</v>
       </c>
       <c r="F11" s="6">
         <v>1503.09659429</v>
       </c>
       <c r="G11" s="6">
         <v>1539.2853221899998</v>
       </c>
       <c r="H11" s="6">
         <v>1588.55915497</v>
       </c>
       <c r="I11" s="6">
         <v>1576.3706741800002</v>
       </c>
       <c r="J11" s="6">
@@ -3963,52 +3978,55 @@
       </c>
       <c r="FS11" s="6">
         <v>1826.3553194900001</v>
       </c>
       <c r="FT11" s="6">
         <v>2194.8957411400002</v>
       </c>
       <c r="FU11" s="6">
         <v>2723.5479515799998</v>
       </c>
       <c r="FV11" s="6">
         <v>2710.0574526700002</v>
       </c>
       <c r="FW11" s="6">
         <v>2747.16025171</v>
       </c>
       <c r="FX11" s="6">
         <v>2783.9028024499999</v>
       </c>
       <c r="FY11" s="6">
         <v>2897.8914597100002</v>
       </c>
       <c r="FZ11" s="6">
         <v>3118.1130002199998</v>
       </c>
+      <c r="GA11" s="6">
+        <v>3084.0775970700001</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="6">
         <v>2.6756872899999999</v>
       </c>
       <c r="D12" s="6">
         <v>2.6800610300000001</v>
       </c>
       <c r="E12" s="6">
         <v>2.6815732900000002</v>
       </c>
       <c r="F12" s="6">
         <v>2.67521758</v>
       </c>
       <c r="G12" s="6">
         <v>2.6695676099999996</v>
       </c>
       <c r="H12" s="6">
         <v>2.6849632699999999</v>
       </c>
       <c r="I12" s="6">
         <v>2.6734583299999999</v>
       </c>
       <c r="J12" s="6">
@@ -4508,52 +4526,55 @@
       </c>
       <c r="FS12" s="6">
         <v>136.34390375999999</v>
       </c>
       <c r="FT12" s="6">
         <v>134.82278683999999</v>
       </c>
       <c r="FU12" s="6">
         <v>135.06717186</v>
       </c>
       <c r="FV12" s="6">
         <v>135.32720878000001</v>
       </c>
       <c r="FW12" s="6">
         <v>135.28161003</v>
       </c>
       <c r="FX12" s="6">
         <v>136.98368059000001</v>
       </c>
       <c r="FY12" s="6">
         <v>136.74197326000001</v>
       </c>
       <c r="FZ12" s="6">
         <v>136.71671101999999</v>
       </c>
+      <c r="GA12" s="6">
+        <v>138.64977665000001</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
         <v>962.90195556000003</v>
       </c>
       <c r="D13" s="6">
         <v>773.03370160000009</v>
       </c>
       <c r="E13" s="6">
         <v>757.34647122999991</v>
       </c>
       <c r="F13" s="6">
         <v>605.94529248000003</v>
       </c>
       <c r="G13" s="6">
         <v>590.18705293000005</v>
       </c>
       <c r="H13" s="6">
         <v>557.53424024000003</v>
       </c>
       <c r="I13" s="6">
         <v>526.61352948000001</v>
       </c>
       <c r="J13" s="6">
@@ -5053,52 +5074,55 @@
       </c>
       <c r="FS13" s="6">
         <v>2801.8303733399998</v>
       </c>
       <c r="FT13" s="6">
         <v>2824.79910711</v>
       </c>
       <c r="FU13" s="6">
         <v>3012.1546141499998</v>
       </c>
       <c r="FV13" s="6">
         <v>3232.7449595200001</v>
       </c>
       <c r="FW13" s="6">
         <v>3333.2171512700002</v>
       </c>
       <c r="FX13" s="6">
         <v>3144.6154388199998</v>
       </c>
       <c r="FY13" s="6">
         <v>3349.65681</v>
       </c>
       <c r="FZ13" s="6">
         <v>3713.3085674600002</v>
       </c>
+      <c r="GA13" s="6">
+        <v>3731.4941320399998</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="6">
         <v>732.30551720000005</v>
       </c>
       <c r="D14" s="6">
         <v>538.46478608000007</v>
       </c>
       <c r="E14" s="6">
         <v>526.73964507999995</v>
       </c>
       <c r="F14" s="6">
         <v>361.73555765000003</v>
       </c>
       <c r="G14" s="6">
         <v>339.50491155000003</v>
       </c>
       <c r="H14" s="6">
         <v>305.34540547</v>
       </c>
       <c r="I14" s="6">
         <v>285.85562537999999</v>
       </c>
       <c r="J14" s="6">
@@ -5598,52 +5622,55 @@
       </c>
       <c r="FS14" s="6">
         <v>536.32284083000002</v>
       </c>
       <c r="FT14" s="6">
         <v>362.33347726</v>
       </c>
       <c r="FU14" s="6">
         <v>386.83865284000001</v>
       </c>
       <c r="FV14" s="6">
         <v>350.45349177999998</v>
       </c>
       <c r="FW14" s="6">
         <v>353.05651231000002</v>
       </c>
       <c r="FX14" s="6">
         <v>335.07592906999997</v>
       </c>
       <c r="FY14" s="6">
         <v>443.73872198999999</v>
       </c>
       <c r="FZ14" s="6">
         <v>551.51569042000006</v>
       </c>
+      <c r="GA14" s="6">
+        <v>577.20585770000002</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6">
         <v>140.69274519999999</v>
       </c>
       <c r="D15" s="6">
         <v>144.64952996</v>
       </c>
       <c r="E15" s="6">
         <v>140.69291497999998</v>
       </c>
       <c r="F15" s="6">
         <v>154.43941216000002</v>
       </c>
       <c r="G15" s="6">
         <v>160.97013435</v>
       </c>
       <c r="H15" s="6">
         <v>162.60218877</v>
       </c>
       <c r="I15" s="6">
         <v>151.22711011000001</v>
       </c>
       <c r="J15" s="6">
@@ -6143,52 +6170,55 @@
       </c>
       <c r="FS15" s="6">
         <v>2070.1230016700001</v>
       </c>
       <c r="FT15" s="6">
         <v>2267.0756607100002</v>
       </c>
       <c r="FU15" s="6">
         <v>2429.9253767700002</v>
       </c>
       <c r="FV15" s="6">
         <v>2686.8967216000001</v>
       </c>
       <c r="FW15" s="6">
         <v>2784.7696447200001</v>
       </c>
       <c r="FX15" s="6">
         <v>2614.1470875099999</v>
       </c>
       <c r="FY15" s="6">
         <v>2710.5384395699998</v>
       </c>
       <c r="FZ15" s="6">
         <v>2966.4084509200002</v>
       </c>
+      <c r="GA15" s="6">
+        <v>2958.9060079000001</v>
+      </c>
     </row>
-    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="6">
         <v>89.903693160000003</v>
       </c>
       <c r="D16" s="6">
         <v>89.919385559999995</v>
       </c>
       <c r="E16" s="6">
         <v>89.913911170000006</v>
       </c>
       <c r="F16" s="6">
         <v>89.770322669999999</v>
       </c>
       <c r="G16" s="6">
         <v>89.712007029999995</v>
       </c>
       <c r="H16" s="6">
         <v>89.586646000000002</v>
       </c>
       <c r="I16" s="6">
         <v>89.530793990000006</v>
       </c>
       <c r="J16" s="6">
@@ -6688,52 +6718,55 @@
       </c>
       <c r="FS16" s="6">
         <v>195.38453084</v>
       </c>
       <c r="FT16" s="6">
         <v>195.38996914000001</v>
       </c>
       <c r="FU16" s="6">
         <v>195.39058453999999</v>
       </c>
       <c r="FV16" s="6">
         <v>195.39474614</v>
       </c>
       <c r="FW16" s="6">
         <v>195.39099424</v>
       </c>
       <c r="FX16" s="6">
         <v>195.39242224</v>
       </c>
       <c r="FY16" s="6">
         <v>195.37964844000001</v>
       </c>
       <c r="FZ16" s="6">
         <v>195.38442612</v>
       </c>
+      <c r="GA16" s="6">
+        <v>195.38226644</v>
+      </c>
     </row>
-    <row r="17" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="6">
         <v>1077.1542395699998</v>
       </c>
       <c r="D17" s="6">
         <v>987.90021948000003</v>
       </c>
       <c r="E17" s="6">
         <v>1027.59009724</v>
       </c>
       <c r="F17" s="6">
         <v>1064.7851161899998</v>
       </c>
       <c r="G17" s="6">
         <v>1013.5762036599999</v>
       </c>
       <c r="H17" s="6">
         <v>1187.5472725499999</v>
       </c>
       <c r="I17" s="6">
         <v>1147.00616988</v>
       </c>
       <c r="J17" s="6">
@@ -7233,52 +7266,55 @@
       </c>
       <c r="FS17" s="6">
         <v>2400.3035864100002</v>
       </c>
       <c r="FT17" s="6">
         <v>2638.72936643</v>
       </c>
       <c r="FU17" s="6">
         <v>2462.3903620599999</v>
       </c>
       <c r="FV17" s="6">
         <v>2821.3698736599999</v>
       </c>
       <c r="FW17" s="6">
         <v>3344.29944376</v>
       </c>
       <c r="FX17" s="6">
         <v>3160.2518071099998</v>
       </c>
       <c r="FY17" s="6">
         <v>3264.5015473499998</v>
       </c>
       <c r="FZ17" s="6">
         <v>3121.28174893</v>
       </c>
+      <c r="GA17" s="6">
+        <v>2314.5501379299999</v>
+      </c>
     </row>
-    <row r="18" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="6">
         <v>482.13064502999998</v>
       </c>
       <c r="D18" s="6">
         <v>432.92421116000003</v>
       </c>
       <c r="E18" s="6">
         <v>433.17197857000002</v>
       </c>
       <c r="F18" s="6">
         <v>486.35382306999998</v>
       </c>
       <c r="G18" s="6">
         <v>459.84144301999999</v>
       </c>
       <c r="H18" s="6">
         <v>630.61028428999998</v>
       </c>
       <c r="I18" s="6">
         <v>514.40714663999995</v>
       </c>
       <c r="J18" s="6">
@@ -7778,52 +7814,55 @@
       </c>
       <c r="FS18" s="6">
         <v>874.49722359999998</v>
       </c>
       <c r="FT18" s="6">
         <v>902.50992824000002</v>
       </c>
       <c r="FU18" s="6">
         <v>712.73262694000005</v>
       </c>
       <c r="FV18" s="6">
         <v>791.66656355999999</v>
       </c>
       <c r="FW18" s="6">
         <v>858.44670622000001</v>
       </c>
       <c r="FX18" s="6">
         <v>742.42834872000003</v>
       </c>
       <c r="FY18" s="6">
         <v>810.10157561999995</v>
       </c>
       <c r="FZ18" s="6">
         <v>767.43263180999998</v>
       </c>
+      <c r="GA18" s="6">
+        <v>610.03103182999996</v>
+      </c>
     </row>
-    <row r="19" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="6">
         <v>595.02359453999998</v>
       </c>
       <c r="D19" s="6">
         <v>554.97600832000001</v>
       </c>
       <c r="E19" s="6">
         <v>594.41811867000001</v>
       </c>
       <c r="F19" s="6">
         <v>578.43129311999996</v>
       </c>
       <c r="G19" s="6">
         <v>553.73476063999999</v>
       </c>
       <c r="H19" s="6">
         <v>556.93698826000002</v>
       </c>
       <c r="I19" s="6">
         <v>632.59902323999995</v>
       </c>
       <c r="J19" s="6">
@@ -8323,52 +8362,55 @@
       </c>
       <c r="FS19" s="6">
         <v>1525.8063628100001</v>
       </c>
       <c r="FT19" s="6">
         <v>1736.2194381899999</v>
       </c>
       <c r="FU19" s="6">
         <v>1749.6577351200001</v>
       </c>
       <c r="FV19" s="6">
         <v>2029.7033101</v>
       </c>
       <c r="FW19" s="6">
         <v>2485.8527375399999</v>
       </c>
       <c r="FX19" s="6">
         <v>2417.8234583899998</v>
       </c>
       <c r="FY19" s="6">
         <v>2454.3999717299998</v>
       </c>
       <c r="FZ19" s="6">
         <v>2353.8491171199998</v>
       </c>
+      <c r="GA19" s="6">
+        <v>1704.5191061</v>
+      </c>
     </row>
-    <row r="20" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="10">
         <v>6355.0157564899991</v>
       </c>
       <c r="D20" s="10">
         <v>6017.5317891300001</v>
       </c>
       <c r="E20" s="10">
         <v>5942.0848984900003</v>
       </c>
       <c r="F20" s="10">
         <v>5133.7909842400004</v>
       </c>
       <c r="G20" s="10">
         <v>5001.4066586099998</v>
       </c>
       <c r="H20" s="10">
         <v>5112.1286448999999</v>
       </c>
       <c r="I20" s="10">
         <v>5191.0187913</v>
       </c>
       <c r="J20" s="10">
@@ -8867,50 +8909,53 @@
         <v>11135.78815452</v>
       </c>
       <c r="FS20" s="10">
         <v>11530.819424159999</v>
       </c>
       <c r="FT20" s="10">
         <v>12635.821161469999</v>
       </c>
       <c r="FU20" s="10">
         <v>13525.508544079999</v>
       </c>
       <c r="FV20" s="10">
         <v>13837.044971609999</v>
       </c>
       <c r="FW20" s="10">
         <v>14245.95097557</v>
       </c>
       <c r="FX20" s="10">
         <v>13446.10828434</v>
       </c>
       <c r="FY20" s="10">
         <v>13633.470548040001</v>
       </c>
       <c r="FZ20" s="10">
         <v>14103.136540920001</v>
+      </c>
+      <c r="GA20" s="10">
+        <v>12782.409060710001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>