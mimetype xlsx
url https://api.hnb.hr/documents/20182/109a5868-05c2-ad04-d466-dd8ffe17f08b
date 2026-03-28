--- v3 (2026-02-26)
+++ v4 (2026-03-28)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF08651B-8289-4834-ADE6-31EECB98F759}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9705C11E-E215-40E7-B18D-2D5F2100B05F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B38665B8-1BD6-485F-B92F-B919C06CC710}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B38665B8-1BD6-485F-B92F-B919C06CC710}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="14">
   <si>
     <t xml:space="preserve">Tablica D2: Inozemna aktiva drugih monetarnih financijskih institucija </t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
@@ -673,74 +673,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{391EF67E-02E3-4C58-868C-9184CEEEB74B}">
-  <dimension ref="B2:GA20"/>
+  <dimension ref="B2:GB20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" style="7" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="11" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="12" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:183" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:184" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="2:184" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:184" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="3">
         <v>40543</v>
       </c>
       <c r="D6" s="3">
         <v>40574</v>
       </c>
       <c r="E6" s="3">
         <v>40602</v>
       </c>
       <c r="F6" s="3">
         <v>40633</v>
       </c>
       <c r="G6" s="3">
         <v>40663</v>
       </c>
       <c r="H6" s="3">
         <v>40694</v>
       </c>
       <c r="I6" s="3">
         <v>40724</v>
       </c>
       <c r="J6" s="3">
         <v>40755</v>
       </c>
@@ -1241,52 +1241,55 @@
       </c>
       <c r="FT6" s="3">
         <v>45808</v>
       </c>
       <c r="FU6" s="3">
         <v>45838</v>
       </c>
       <c r="FV6" s="3">
         <v>45869</v>
       </c>
       <c r="FW6" s="3">
         <v>45900</v>
       </c>
       <c r="FX6" s="3">
         <v>45930</v>
       </c>
       <c r="FY6" s="3">
         <v>45961</v>
       </c>
       <c r="FZ6" s="3">
         <v>45991</v>
       </c>
       <c r="GA6" s="3">
         <v>46022</v>
       </c>
+      <c r="GB6" s="3">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="7" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>5277.8615169199993</v>
       </c>
       <c r="D7" s="6">
         <v>5029.6315696499996</v>
       </c>
       <c r="E7" s="6">
         <v>4914.4948012500008</v>
       </c>
       <c r="F7" s="6">
         <v>4069.0058680500006</v>
       </c>
       <c r="G7" s="6">
         <v>3987.8304549499994</v>
       </c>
       <c r="H7" s="6">
         <v>3924.58137235</v>
       </c>
       <c r="I7" s="6">
         <v>4044.01262142</v>
       </c>
       <c r="J7" s="6">
@@ -1789,52 +1792,55 @@
       </c>
       <c r="FT7" s="6">
         <v>9997.0917950399999</v>
       </c>
       <c r="FU7" s="6">
         <v>11063.11818202</v>
       </c>
       <c r="FV7" s="6">
         <v>11015.675097949999</v>
       </c>
       <c r="FW7" s="6">
         <v>10901.651531809999</v>
       </c>
       <c r="FX7" s="6">
         <v>10285.85647723</v>
       </c>
       <c r="FY7" s="6">
         <v>10368.96900069</v>
       </c>
       <c r="FZ7" s="6">
         <v>10981.854791989999</v>
       </c>
       <c r="GA7" s="6">
         <v>10467.85892278</v>
       </c>
+      <c r="GB7" s="6">
+        <v>10678.7231773</v>
+      </c>
     </row>
-    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
         <v>4314.9595613599995</v>
       </c>
       <c r="D8" s="6">
         <v>4256.5978680499993</v>
       </c>
       <c r="E8" s="6">
         <v>4157.1483300200007</v>
       </c>
       <c r="F8" s="6">
         <v>3463.0605755700003</v>
       </c>
       <c r="G8" s="6">
         <v>3397.6434020199995</v>
       </c>
       <c r="H8" s="6">
         <v>3367.0471321099999</v>
       </c>
       <c r="I8" s="6">
         <v>3517.3990919399998</v>
       </c>
       <c r="J8" s="6">
@@ -2337,52 +2343,55 @@
       </c>
       <c r="FT8" s="6">
         <v>7172.2926879300003</v>
       </c>
       <c r="FU8" s="6">
         <v>8050.9635678699997</v>
       </c>
       <c r="FV8" s="6">
         <v>7782.9301384299997</v>
       </c>
       <c r="FW8" s="6">
         <v>7568.4343805400003</v>
       </c>
       <c r="FX8" s="6">
         <v>7141.2410384100003</v>
       </c>
       <c r="FY8" s="6">
         <v>7019.3121906899996</v>
       </c>
       <c r="FZ8" s="6">
         <v>7268.5462245299996</v>
       </c>
       <c r="GA8" s="6">
         <v>6736.36479074</v>
       </c>
+      <c r="GB8" s="6">
+        <v>6882.0365560600003</v>
+      </c>
     </row>
-    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="6">
         <v>168.59897877000003</v>
       </c>
       <c r="D9" s="6">
         <v>152.98682564000001</v>
       </c>
       <c r="E9" s="6">
         <v>152.94252423</v>
       </c>
       <c r="F9" s="6">
         <v>165.01539497000005</v>
       </c>
       <c r="G9" s="6">
         <v>184.42441874999997</v>
       </c>
       <c r="H9" s="6">
         <v>171.26550491</v>
       </c>
       <c r="I9" s="6">
         <v>224.22556339999994</v>
       </c>
       <c r="J9" s="6">
@@ -2885,52 +2894,55 @@
       </c>
       <c r="FT9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FY9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FZ9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="GA9" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="GB9" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="6">
         <v>2361.9503218899999</v>
       </c>
       <c r="D10" s="6">
         <v>2419.1565624499999</v>
       </c>
       <c r="E10" s="6">
         <v>2453.98914784</v>
       </c>
       <c r="F10" s="6">
         <v>1792.2733687300001</v>
       </c>
       <c r="G10" s="6">
         <v>1671.2640934699998</v>
       </c>
       <c r="H10" s="6">
         <v>1604.5375089600002</v>
       </c>
       <c r="I10" s="6">
         <v>1714.12939603</v>
       </c>
       <c r="J10" s="6">
@@ -3433,52 +3445,55 @@
       </c>
       <c r="FT10" s="6">
         <v>4842.5741599499997</v>
       </c>
       <c r="FU10" s="6">
         <v>5192.3484444300002</v>
       </c>
       <c r="FV10" s="6">
         <v>4937.5454769799999</v>
       </c>
       <c r="FW10" s="6">
         <v>4685.9925187999997</v>
       </c>
       <c r="FX10" s="6">
         <v>4220.3545553699996</v>
       </c>
       <c r="FY10" s="6">
         <v>3984.6787577199998</v>
       </c>
       <c r="FZ10" s="6">
         <v>4013.71651329</v>
       </c>
       <c r="GA10" s="6">
         <v>3513.6374170200002</v>
       </c>
+      <c r="GB10" s="6">
+        <v>3519.3293469300002</v>
+      </c>
     </row>
-    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="6">
         <v>1781.7345734099999</v>
       </c>
       <c r="D11" s="6">
         <v>1681.7744189300001</v>
       </c>
       <c r="E11" s="6">
         <v>1547.5350846599999</v>
       </c>
       <c r="F11" s="6">
         <v>1503.09659429</v>
       </c>
       <c r="G11" s="6">
         <v>1539.2853221899998</v>
       </c>
       <c r="H11" s="6">
         <v>1588.55915497</v>
       </c>
       <c r="I11" s="6">
         <v>1576.3706741800002</v>
       </c>
       <c r="J11" s="6">
@@ -3981,52 +3996,55 @@
       </c>
       <c r="FT11" s="6">
         <v>2194.8957411400002</v>
       </c>
       <c r="FU11" s="6">
         <v>2723.5479515799998</v>
       </c>
       <c r="FV11" s="6">
         <v>2710.0574526700002</v>
       </c>
       <c r="FW11" s="6">
         <v>2747.16025171</v>
       </c>
       <c r="FX11" s="6">
         <v>2783.9028024499999</v>
       </c>
       <c r="FY11" s="6">
         <v>2897.8914597100002</v>
       </c>
       <c r="FZ11" s="6">
         <v>3118.1130002199998</v>
       </c>
       <c r="GA11" s="6">
         <v>3084.0775970700001</v>
       </c>
+      <c r="GB11" s="6">
+        <v>3224.0338962300002</v>
+      </c>
     </row>
-    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="6">
         <v>2.6756872899999999</v>
       </c>
       <c r="D12" s="6">
         <v>2.6800610300000001</v>
       </c>
       <c r="E12" s="6">
         <v>2.6815732900000002</v>
       </c>
       <c r="F12" s="6">
         <v>2.67521758</v>
       </c>
       <c r="G12" s="6">
         <v>2.6695676099999996</v>
       </c>
       <c r="H12" s="6">
         <v>2.6849632699999999</v>
       </c>
       <c r="I12" s="6">
         <v>2.6734583299999999</v>
       </c>
       <c r="J12" s="6">
@@ -4529,52 +4547,55 @@
       </c>
       <c r="FT12" s="6">
         <v>134.82278683999999</v>
       </c>
       <c r="FU12" s="6">
         <v>135.06717186</v>
       </c>
       <c r="FV12" s="6">
         <v>135.32720878000001</v>
       </c>
       <c r="FW12" s="6">
         <v>135.28161003</v>
       </c>
       <c r="FX12" s="6">
         <v>136.98368059000001</v>
       </c>
       <c r="FY12" s="6">
         <v>136.74197326000001</v>
       </c>
       <c r="FZ12" s="6">
         <v>136.71671101999999</v>
       </c>
       <c r="GA12" s="6">
         <v>138.64977665000001</v>
       </c>
+      <c r="GB12" s="6">
+        <v>138.67331290000001</v>
+      </c>
     </row>
-    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
         <v>962.90195556000003</v>
       </c>
       <c r="D13" s="6">
         <v>773.03370160000009</v>
       </c>
       <c r="E13" s="6">
         <v>757.34647122999991</v>
       </c>
       <c r="F13" s="6">
         <v>605.94529248000003</v>
       </c>
       <c r="G13" s="6">
         <v>590.18705293000005</v>
       </c>
       <c r="H13" s="6">
         <v>557.53424024000003</v>
       </c>
       <c r="I13" s="6">
         <v>526.61352948000001</v>
       </c>
       <c r="J13" s="6">
@@ -5077,52 +5098,55 @@
       </c>
       <c r="FT13" s="6">
         <v>2824.79910711</v>
       </c>
       <c r="FU13" s="6">
         <v>3012.1546141499998</v>
       </c>
       <c r="FV13" s="6">
         <v>3232.7449595200001</v>
       </c>
       <c r="FW13" s="6">
         <v>3333.2171512700002</v>
       </c>
       <c r="FX13" s="6">
         <v>3144.6154388199998</v>
       </c>
       <c r="FY13" s="6">
         <v>3349.65681</v>
       </c>
       <c r="FZ13" s="6">
         <v>3713.3085674600002</v>
       </c>
       <c r="GA13" s="6">
         <v>3731.4941320399998</v>
       </c>
+      <c r="GB13" s="6">
+        <v>3796.68662124</v>
+      </c>
     </row>
-    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="6">
         <v>732.30551720000005</v>
       </c>
       <c r="D14" s="6">
         <v>538.46478608000007</v>
       </c>
       <c r="E14" s="6">
         <v>526.73964507999995</v>
       </c>
       <c r="F14" s="6">
         <v>361.73555765000003</v>
       </c>
       <c r="G14" s="6">
         <v>339.50491155000003</v>
       </c>
       <c r="H14" s="6">
         <v>305.34540547</v>
       </c>
       <c r="I14" s="6">
         <v>285.85562537999999</v>
       </c>
       <c r="J14" s="6">
@@ -5625,52 +5649,55 @@
       </c>
       <c r="FT14" s="6">
         <v>362.33347726</v>
       </c>
       <c r="FU14" s="6">
         <v>386.83865284000001</v>
       </c>
       <c r="FV14" s="6">
         <v>350.45349177999998</v>
       </c>
       <c r="FW14" s="6">
         <v>353.05651231000002</v>
       </c>
       <c r="FX14" s="6">
         <v>335.07592906999997</v>
       </c>
       <c r="FY14" s="6">
         <v>443.73872198999999</v>
       </c>
       <c r="FZ14" s="6">
         <v>551.51569042000006</v>
       </c>
       <c r="GA14" s="6">
         <v>577.20585770000002</v>
       </c>
+      <c r="GB14" s="6">
+        <v>694.13146686000005</v>
+      </c>
     </row>
-    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6">
         <v>140.69274519999999</v>
       </c>
       <c r="D15" s="6">
         <v>144.64952996</v>
       </c>
       <c r="E15" s="6">
         <v>140.69291497999998</v>
       </c>
       <c r="F15" s="6">
         <v>154.43941216000002</v>
       </c>
       <c r="G15" s="6">
         <v>160.97013435</v>
       </c>
       <c r="H15" s="6">
         <v>162.60218877</v>
       </c>
       <c r="I15" s="6">
         <v>151.22711011000001</v>
       </c>
       <c r="J15" s="6">
@@ -6173,52 +6200,55 @@
       </c>
       <c r="FT15" s="6">
         <v>2267.0756607100002</v>
       </c>
       <c r="FU15" s="6">
         <v>2429.9253767700002</v>
       </c>
       <c r="FV15" s="6">
         <v>2686.8967216000001</v>
       </c>
       <c r="FW15" s="6">
         <v>2784.7696447200001</v>
       </c>
       <c r="FX15" s="6">
         <v>2614.1470875099999</v>
       </c>
       <c r="FY15" s="6">
         <v>2710.5384395699998</v>
       </c>
       <c r="FZ15" s="6">
         <v>2966.4084509200002</v>
       </c>
       <c r="GA15" s="6">
         <v>2958.9060079000001</v>
       </c>
+      <c r="GB15" s="6">
+        <v>2907.1695678400001</v>
+      </c>
     </row>
-    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="6">
         <v>89.903693160000003</v>
       </c>
       <c r="D16" s="6">
         <v>89.919385559999995</v>
       </c>
       <c r="E16" s="6">
         <v>89.913911170000006</v>
       </c>
       <c r="F16" s="6">
         <v>89.770322669999999</v>
       </c>
       <c r="G16" s="6">
         <v>89.712007029999995</v>
       </c>
       <c r="H16" s="6">
         <v>89.586646000000002</v>
       </c>
       <c r="I16" s="6">
         <v>89.530793990000006</v>
       </c>
       <c r="J16" s="6">
@@ -6721,52 +6751,55 @@
       </c>
       <c r="FT16" s="6">
         <v>195.38996914000001</v>
       </c>
       <c r="FU16" s="6">
         <v>195.39058453999999</v>
       </c>
       <c r="FV16" s="6">
         <v>195.39474614</v>
       </c>
       <c r="FW16" s="6">
         <v>195.39099424</v>
       </c>
       <c r="FX16" s="6">
         <v>195.39242224</v>
       </c>
       <c r="FY16" s="6">
         <v>195.37964844000001</v>
       </c>
       <c r="FZ16" s="6">
         <v>195.38442612</v>
       </c>
       <c r="GA16" s="6">
         <v>195.38226644</v>
       </c>
+      <c r="GB16" s="6">
+        <v>195.38558653999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="6">
         <v>1077.1542395699998</v>
       </c>
       <c r="D17" s="6">
         <v>987.90021948000003</v>
       </c>
       <c r="E17" s="6">
         <v>1027.59009724</v>
       </c>
       <c r="F17" s="6">
         <v>1064.7851161899998</v>
       </c>
       <c r="G17" s="6">
         <v>1013.5762036599999</v>
       </c>
       <c r="H17" s="6">
         <v>1187.5472725499999</v>
       </c>
       <c r="I17" s="6">
         <v>1147.00616988</v>
       </c>
       <c r="J17" s="6">
@@ -7269,52 +7302,55 @@
       </c>
       <c r="FT17" s="6">
         <v>2638.72936643</v>
       </c>
       <c r="FU17" s="6">
         <v>2462.3903620599999</v>
       </c>
       <c r="FV17" s="6">
         <v>2821.3698736599999</v>
       </c>
       <c r="FW17" s="6">
         <v>3344.29944376</v>
       </c>
       <c r="FX17" s="6">
         <v>3160.2518071099998</v>
       </c>
       <c r="FY17" s="6">
         <v>3264.5015473499998</v>
       </c>
       <c r="FZ17" s="6">
         <v>3121.28174893</v>
       </c>
       <c r="GA17" s="6">
         <v>2314.5501379299999</v>
       </c>
+      <c r="GB17" s="6">
+        <v>2750.1948109599998</v>
+      </c>
     </row>
-    <row r="18" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="6">
         <v>482.13064502999998</v>
       </c>
       <c r="D18" s="6">
         <v>432.92421116000003</v>
       </c>
       <c r="E18" s="6">
         <v>433.17197857000002</v>
       </c>
       <c r="F18" s="6">
         <v>486.35382306999998</v>
       </c>
       <c r="G18" s="6">
         <v>459.84144301999999</v>
       </c>
       <c r="H18" s="6">
         <v>630.61028428999998</v>
       </c>
       <c r="I18" s="6">
         <v>514.40714663999995</v>
       </c>
       <c r="J18" s="6">
@@ -7817,52 +7853,55 @@
       </c>
       <c r="FT18" s="6">
         <v>902.50992824000002</v>
       </c>
       <c r="FU18" s="6">
         <v>712.73262694000005</v>
       </c>
       <c r="FV18" s="6">
         <v>791.66656355999999</v>
       </c>
       <c r="FW18" s="6">
         <v>858.44670622000001</v>
       </c>
       <c r="FX18" s="6">
         <v>742.42834872000003</v>
       </c>
       <c r="FY18" s="6">
         <v>810.10157561999995</v>
       </c>
       <c r="FZ18" s="6">
         <v>767.43263180999998</v>
       </c>
       <c r="GA18" s="6">
         <v>610.03103182999996</v>
       </c>
+      <c r="GB18" s="6">
+        <v>610.61549472000002</v>
+      </c>
     </row>
-    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="6">
         <v>595.02359453999998</v>
       </c>
       <c r="D19" s="6">
         <v>554.97600832000001</v>
       </c>
       <c r="E19" s="6">
         <v>594.41811867000001</v>
       </c>
       <c r="F19" s="6">
         <v>578.43129311999996</v>
       </c>
       <c r="G19" s="6">
         <v>553.73476063999999</v>
       </c>
       <c r="H19" s="6">
         <v>556.93698826000002</v>
       </c>
       <c r="I19" s="6">
         <v>632.59902323999995</v>
       </c>
       <c r="J19" s="6">
@@ -8365,52 +8404,55 @@
       </c>
       <c r="FT19" s="6">
         <v>1736.2194381899999</v>
       </c>
       <c r="FU19" s="6">
         <v>1749.6577351200001</v>
       </c>
       <c r="FV19" s="6">
         <v>2029.7033101</v>
       </c>
       <c r="FW19" s="6">
         <v>2485.8527375399999</v>
       </c>
       <c r="FX19" s="6">
         <v>2417.8234583899998</v>
       </c>
       <c r="FY19" s="6">
         <v>2454.3999717299998</v>
       </c>
       <c r="FZ19" s="6">
         <v>2353.8491171199998</v>
       </c>
       <c r="GA19" s="6">
         <v>1704.5191061</v>
       </c>
+      <c r="GB19" s="6">
+        <v>2139.57931624</v>
+      </c>
     </row>
-    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="10">
         <v>6355.0157564899991</v>
       </c>
       <c r="D20" s="10">
         <v>6017.5317891300001</v>
       </c>
       <c r="E20" s="10">
         <v>5942.0848984900003</v>
       </c>
       <c r="F20" s="10">
         <v>5133.7909842400004</v>
       </c>
       <c r="G20" s="10">
         <v>5001.4066586099998</v>
       </c>
       <c r="H20" s="10">
         <v>5112.1286448999999</v>
       </c>
       <c r="I20" s="10">
         <v>5191.0187913</v>
       </c>
       <c r="J20" s="10">
@@ -8912,50 +8954,53 @@
         <v>11530.819424159999</v>
       </c>
       <c r="FT20" s="10">
         <v>12635.821161469999</v>
       </c>
       <c r="FU20" s="10">
         <v>13525.508544079999</v>
       </c>
       <c r="FV20" s="10">
         <v>13837.044971609999</v>
       </c>
       <c r="FW20" s="10">
         <v>14245.95097557</v>
       </c>
       <c r="FX20" s="10">
         <v>13446.10828434</v>
       </c>
       <c r="FY20" s="10">
         <v>13633.470548040001</v>
       </c>
       <c r="FZ20" s="10">
         <v>14103.136540920001</v>
       </c>
       <c r="GA20" s="10">
         <v>12782.409060710001</v>
+      </c>
+      <c r="GB20" s="10">
+        <v>13428.91798826</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>