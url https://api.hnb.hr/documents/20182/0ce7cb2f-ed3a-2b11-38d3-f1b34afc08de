--- v2 (2025-12-14)
+++ v3 (2026-02-24)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8b_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{51ED5246-90B2-4850-8C4E-4AD8C73DCE83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36DD53B0-FA3C-4664-9F50-F3B3C752BBBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7119" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7192" uniqueCount="42">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>6 years</t>
   </si>
   <si>
     <t>7 years</t>
   </si>
   <si>
     <t>9 years</t>
   </si>
   <si>
     <t>10 years</t>
   </si>
   <si>
@@ -292,51 +292,51 @@
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -347,68 +347,79 @@
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFFF0000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -512,70 +523,73 @@
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="6" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Postotak 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zadnji redak" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Zaglavlje" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -890,73 +904,73 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:AV324"/>
+  <dimension ref="B2:AV327"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="48" width="10.7109375" customWidth="1"/>
+    <col min="1" max="1" width="3.6640625" customWidth="1"/>
+    <col min="2" max="2" width="8.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.6640625" customWidth="1"/>
+    <col min="4" max="4" width="14.6640625" customWidth="1"/>
+    <col min="5" max="48" width="10.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="12" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="3" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
     </row>
-    <row r="4" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="52" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="52" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="54" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="57" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="57"/>
       <c r="G5" s="57"/>
       <c r="H5" s="57"/>
       <c r="I5" s="57"/>
       <c r="J5" s="57"/>
       <c r="K5" s="57"/>
       <c r="L5" s="57"/>
       <c r="M5" s="57"/>
       <c r="N5" s="57"/>
       <c r="O5" s="57"/>
       <c r="P5" s="57"/>
       <c r="Q5" s="57"/>
       <c r="R5" s="57"/>
@@ -971,51 +985,51 @@
       <c r="AA5" s="57"/>
       <c r="AB5" s="57"/>
       <c r="AC5" s="57"/>
       <c r="AD5" s="57"/>
       <c r="AE5" s="57"/>
       <c r="AF5" s="57"/>
       <c r="AG5" s="53" t="s">
         <v>34</v>
       </c>
       <c r="AH5" s="53"/>
       <c r="AI5" s="53"/>
       <c r="AJ5" s="53"/>
       <c r="AK5" s="53"/>
       <c r="AL5" s="53"/>
       <c r="AM5" s="53"/>
       <c r="AN5" s="53"/>
       <c r="AO5" s="53"/>
       <c r="AP5" s="53"/>
       <c r="AQ5" s="53"/>
       <c r="AR5" s="53"/>
       <c r="AS5" s="53"/>
       <c r="AT5" s="53"/>
       <c r="AU5" s="53"/>
       <c r="AV5" s="53"/>
     </row>
-    <row r="6" spans="2:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="52"/>
       <c r="C6" s="52"/>
       <c r="D6" s="55"/>
       <c r="E6" s="53" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="53"/>
       <c r="G6" s="53"/>
       <c r="H6" s="53"/>
       <c r="I6" s="53"/>
       <c r="J6" s="53"/>
       <c r="K6" s="53"/>
       <c r="L6" s="53"/>
       <c r="M6" s="53"/>
       <c r="N6" s="57" t="s">
         <v>0</v>
       </c>
       <c r="O6" s="57"/>
       <c r="P6" s="57"/>
       <c r="Q6" s="57"/>
       <c r="R6" s="57"/>
       <c r="S6" s="57"/>
       <c r="T6" s="57"/>
       <c r="U6" s="57"/>
       <c r="V6" s="57"/>
@@ -1026,51 +1040,51 @@
       <c r="AA6" s="57"/>
       <c r="AB6" s="57"/>
       <c r="AC6" s="57"/>
       <c r="AD6" s="57"/>
       <c r="AE6" s="57"/>
       <c r="AF6" s="57"/>
       <c r="AG6" s="53" t="s">
         <v>0</v>
       </c>
       <c r="AH6" s="53"/>
       <c r="AI6" s="53"/>
       <c r="AJ6" s="53"/>
       <c r="AK6" s="53"/>
       <c r="AL6" s="53"/>
       <c r="AM6" s="53"/>
       <c r="AN6" s="53"/>
       <c r="AO6" s="53"/>
       <c r="AP6" s="53"/>
       <c r="AQ6" s="53"/>
       <c r="AR6" s="53"/>
       <c r="AS6" s="53"/>
       <c r="AT6" s="53"/>
       <c r="AU6" s="53"/>
       <c r="AV6" s="53"/>
     </row>
-    <row r="7" spans="2:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="52"/>
       <c r="C7" s="52"/>
       <c r="D7" s="56"/>
       <c r="E7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="L7" s="5" t="s">
@@ -2248,51 +2262,51 @@
       <c r="AF17" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG17" s="30"/>
       <c r="AH17" s="30"/>
       <c r="AI17" s="30"/>
       <c r="AJ17" s="30"/>
       <c r="AK17" s="30"/>
       <c r="AL17" s="30"/>
       <c r="AM17" s="30"/>
       <c r="AN17" s="30"/>
       <c r="AO17" s="30"/>
       <c r="AP17" s="30"/>
       <c r="AQ17" s="30"/>
       <c r="AR17" s="30"/>
       <c r="AS17" s="30"/>
       <c r="AT17" s="30"/>
       <c r="AU17" s="30"/>
       <c r="AV17" s="30"/>
     </row>
     <row r="18" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="13">
         <v>2012</v>
       </c>
       <c r="D18" s="7">
-        <v>6.1400000000000006</v>
+        <v>6.13</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F18" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G18" s="29">
         <v>3.85</v>
       </c>
       <c r="H18" s="29">
         <v>5.45</v>
       </c>
       <c r="I18" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J18" s="29">
         <v>5.45</v>
       </c>
       <c r="K18" s="29">
         <v>6.04</v>
       </c>
       <c r="L18" s="29">
         <v>6.68</v>
       </c>
@@ -2572,51 +2586,51 @@
       <c r="AF20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG20" s="30"/>
       <c r="AH20" s="30"/>
       <c r="AI20" s="30"/>
       <c r="AJ20" s="30"/>
       <c r="AK20" s="30"/>
       <c r="AL20" s="30"/>
       <c r="AM20" s="30"/>
       <c r="AN20" s="30"/>
       <c r="AO20" s="30"/>
       <c r="AP20" s="30"/>
       <c r="AQ20" s="30"/>
       <c r="AR20" s="30"/>
       <c r="AS20" s="30"/>
       <c r="AT20" s="30"/>
       <c r="AU20" s="30"/>
       <c r="AV20" s="30"/>
     </row>
     <row r="21" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="13">
         <v>2015</v>
       </c>
       <c r="D21" s="7">
-        <v>3.54</v>
+        <v>3.53</v>
       </c>
       <c r="E21" s="29">
         <v>3.09</v>
       </c>
       <c r="F21" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G21" s="29">
         <v>4.28</v>
       </c>
       <c r="H21" s="29">
         <v>4.45</v>
       </c>
       <c r="I21" s="29">
         <v>4.57</v>
       </c>
       <c r="J21" s="29">
         <v>5.08</v>
       </c>
       <c r="K21" s="29">
         <v>4.8899999999999997</v>
       </c>
       <c r="L21" s="29">
         <v>4.82</v>
       </c>
@@ -2680,51 +2694,51 @@
       <c r="AF21" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG21" s="30"/>
       <c r="AH21" s="30"/>
       <c r="AI21" s="30"/>
       <c r="AJ21" s="30"/>
       <c r="AK21" s="30"/>
       <c r="AL21" s="30"/>
       <c r="AM21" s="30"/>
       <c r="AN21" s="30"/>
       <c r="AO21" s="30"/>
       <c r="AP21" s="30"/>
       <c r="AQ21" s="30"/>
       <c r="AR21" s="30"/>
       <c r="AS21" s="30"/>
       <c r="AT21" s="30"/>
       <c r="AU21" s="30"/>
       <c r="AV21" s="30"/>
     </row>
     <row r="22" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="13">
         <v>2016</v>
       </c>
       <c r="D22" s="7">
-        <v>3.47</v>
+        <v>3.4799999999999995</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F22" s="29">
         <v>3.55</v>
       </c>
       <c r="G22" s="29">
         <v>3.97</v>
       </c>
       <c r="H22" s="29">
         <v>4.21</v>
       </c>
       <c r="I22" s="29">
         <v>4.25</v>
       </c>
       <c r="J22" s="29">
         <v>4.43</v>
       </c>
       <c r="K22" s="29">
         <v>4.71</v>
       </c>
       <c r="L22" s="29" t="s">
         <v>1</v>
       </c>
@@ -3575,359 +3589,391 @@
         <v>3.55</v>
       </c>
       <c r="AP29" s="33">
         <v>3.9</v>
       </c>
       <c r="AQ29" s="33">
         <v>3.84</v>
       </c>
       <c r="AR29" s="33" t="s">
         <v>1</v>
       </c>
       <c r="AS29" s="33" t="s">
         <v>1</v>
       </c>
       <c r="AT29" s="33" t="s">
         <v>1</v>
       </c>
       <c r="AU29" s="33">
         <v>4.18</v>
       </c>
       <c r="AV29" s="33">
         <v>3.66</v>
       </c>
     </row>
     <row r="30" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="17">
+      <c r="B30" s="15">
         <v>2024</v>
       </c>
-      <c r="C30" s="18"/>
-      <c r="D30" s="8">
+      <c r="C30" s="16"/>
+      <c r="D30" s="7">
         <v>3.3099999999999996</v>
       </c>
-      <c r="E30" s="34" t="s">
-[...26 lines deleted...]
-      <c r="N30" s="9">
+      <c r="E30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="F30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="G30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="H30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="I30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="J30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="K30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="L30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="M30" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="N30" s="32">
         <v>2.71</v>
       </c>
-      <c r="O30" s="9">
+      <c r="O30" s="32">
         <v>3.12</v>
       </c>
-      <c r="P30" s="9">
+      <c r="P30" s="32">
         <v>2.91</v>
       </c>
-      <c r="Q30" s="9">
+      <c r="Q30" s="32">
         <v>3.05</v>
       </c>
-      <c r="R30" s="9">
+      <c r="R30" s="32">
         <v>3.16</v>
       </c>
-      <c r="S30" s="9">
+      <c r="S30" s="32">
         <v>3.14</v>
       </c>
-      <c r="T30" s="9">
+      <c r="T30" s="32">
         <v>3.17</v>
       </c>
-      <c r="U30" s="9">
+      <c r="U30" s="32">
         <v>3.26</v>
       </c>
-      <c r="V30" s="9">
+      <c r="V30" s="32">
         <v>3.42</v>
       </c>
-      <c r="W30" s="9">
+      <c r="W30" s="32">
         <v>3.43</v>
       </c>
-      <c r="X30" s="9" t="s">
-[...11 lines deleted...]
-      <c r="AB30" s="9">
+      <c r="X30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB30" s="32">
         <v>3.33</v>
       </c>
-      <c r="AC30" s="9">
+      <c r="AC30" s="32">
         <v>3.74</v>
       </c>
-      <c r="AD30" s="9" t="s">
-[...8 lines deleted...]
-      <c r="AG30" s="35">
+      <c r="AD30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF30" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG30" s="33">
         <v>3.12</v>
       </c>
-      <c r="AH30" s="35">
+      <c r="AH30" s="33">
         <v>3.31</v>
       </c>
-      <c r="AI30" s="35">
+      <c r="AI30" s="33">
         <v>2.98</v>
       </c>
-      <c r="AJ30" s="35">
+      <c r="AJ30" s="33">
         <v>3.13</v>
       </c>
-      <c r="AK30" s="35">
+      <c r="AK30" s="33">
         <v>3.18</v>
       </c>
-      <c r="AL30" s="35" t="s">
-[...2 lines deleted...]
-      <c r="AM30" s="35">
+      <c r="AL30" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM30" s="33">
         <v>3.3</v>
       </c>
-      <c r="AN30" s="35">
+      <c r="AN30" s="33">
         <v>3.29</v>
       </c>
-      <c r="AO30" s="35">
+      <c r="AO30" s="33">
         <v>3.36</v>
       </c>
-      <c r="AP30" s="35">
+      <c r="AP30" s="33">
         <v>3.36</v>
       </c>
-      <c r="AQ30" s="35" t="s">
-[...8 lines deleted...]
-      <c r="AT30" s="35">
+      <c r="AQ30" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR30" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS30" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT30" s="33">
         <v>3.45</v>
       </c>
-      <c r="AU30" s="35">
+      <c r="AU30" s="33">
         <v>3.76</v>
       </c>
-      <c r="AV30" s="35" t="s">
+      <c r="AV30" s="33" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="13">
-[...107 lines deleted...]
-      <c r="AV31" s="30"/>
+      <c r="B31" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C31" s="18"/>
+      <c r="D31" s="8">
+        <v>3.01</v>
+      </c>
+      <c r="E31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="I31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="K31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="L31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="M31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="N31" s="9">
+        <v>2.35</v>
+      </c>
+      <c r="O31" s="9">
+        <v>2.4300000000000002</v>
+      </c>
+      <c r="P31" s="9">
+        <v>2.64</v>
+      </c>
+      <c r="Q31" s="9">
+        <v>2.73</v>
+      </c>
+      <c r="R31" s="9">
+        <v>2.86</v>
+      </c>
+      <c r="S31" s="9">
+        <v>2.93</v>
+      </c>
+      <c r="T31" s="9">
+        <v>3.04</v>
+      </c>
+      <c r="U31" s="9">
+        <v>3.11</v>
+      </c>
+      <c r="V31" s="9">
+        <v>3.16</v>
+      </c>
+      <c r="W31" s="9">
+        <v>3.51</v>
+      </c>
+      <c r="X31" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="Y31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA31" s="9">
+        <v>3.68</v>
+      </c>
+      <c r="AB31" s="9">
+        <v>3.64</v>
+      </c>
+      <c r="AC31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF31" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG31" s="35">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="AH31" s="35">
+        <v>2.39</v>
+      </c>
+      <c r="AI31" s="35">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="AJ31" s="35">
+        <v>2.61</v>
+      </c>
+      <c r="AK31" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL31" s="35">
+        <v>2.93</v>
+      </c>
+      <c r="AM31" s="35">
+        <v>3.09</v>
+      </c>
+      <c r="AN31" s="35">
+        <v>3.05</v>
+      </c>
+      <c r="AO31" s="35">
+        <v>3.05</v>
+      </c>
+      <c r="AP31" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ31" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR31" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS31" s="35">
+        <v>3.69</v>
+      </c>
+      <c r="AT31" s="35">
+        <v>3.6</v>
+      </c>
+      <c r="AU31" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV31" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="13"/>
+      <c r="B32" s="13">
+        <v>2002</v>
+      </c>
       <c r="C32" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F32" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G32" s="29">
-        <v>4.38</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.45</v>
+      </c>
+      <c r="H32" s="29">
+        <v>4.8099999999999996</v>
       </c>
       <c r="I32" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J32" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="K32" s="29">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="K32" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L32" s="29">
+        <v>5.32</v>
       </c>
       <c r="M32" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N32" s="7">
-        <v>5.32</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="O32" s="7">
-        <v>5.75</v>
+        <v>5.52</v>
       </c>
       <c r="P32" s="7">
-        <v>5.92</v>
+        <v>5.94</v>
       </c>
       <c r="Q32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R32" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="S32" s="7">
-        <v>6.36</v>
+      <c r="S32" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U32" s="7">
-        <v>6.61</v>
+        <v>6.62</v>
       </c>
       <c r="V32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC32" s="7" t="s">
         <v>1</v>
       </c>
@@ -3938,105 +3984,105 @@
         <v>1</v>
       </c>
       <c r="AF32" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG32" s="30"/>
       <c r="AH32" s="30"/>
       <c r="AI32" s="30"/>
       <c r="AJ32" s="30"/>
       <c r="AK32" s="30"/>
       <c r="AL32" s="30"/>
       <c r="AM32" s="30"/>
       <c r="AN32" s="30"/>
       <c r="AO32" s="30"/>
       <c r="AP32" s="30"/>
       <c r="AQ32" s="30"/>
       <c r="AR32" s="30"/>
       <c r="AS32" s="30"/>
       <c r="AT32" s="30"/>
       <c r="AU32" s="30"/>
       <c r="AV32" s="30"/>
     </row>
     <row r="33" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="13"/>
       <c r="C33" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G33" s="29">
-        <v>5.86</v>
+        <v>4.38</v>
       </c>
       <c r="H33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K33" s="29">
-        <v>6.44</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="L33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M33" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N33" s="7">
-        <v>5.48</v>
+        <v>5.32</v>
       </c>
       <c r="O33" s="7">
-        <v>5.84</v>
+        <v>5.75</v>
       </c>
       <c r="P33" s="7">
-        <v>6.05</v>
+        <v>5.92</v>
       </c>
       <c r="Q33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S33" s="7">
-        <v>6.51</v>
+        <v>6.36</v>
       </c>
       <c r="T33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U33" s="7">
-        <v>6.72</v>
+        <v>6.61</v>
       </c>
       <c r="V33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC33" s="7" t="s">
         <v>1</v>
       </c>
@@ -4047,105 +4093,105 @@
         <v>1</v>
       </c>
       <c r="AF33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG33" s="30"/>
       <c r="AH33" s="30"/>
       <c r="AI33" s="30"/>
       <c r="AJ33" s="30"/>
       <c r="AK33" s="30"/>
       <c r="AL33" s="30"/>
       <c r="AM33" s="30"/>
       <c r="AN33" s="30"/>
       <c r="AO33" s="30"/>
       <c r="AP33" s="30"/>
       <c r="AQ33" s="30"/>
       <c r="AR33" s="30"/>
       <c r="AS33" s="30"/>
       <c r="AT33" s="30"/>
       <c r="AU33" s="30"/>
       <c r="AV33" s="30"/>
     </row>
     <row r="34" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13"/>
       <c r="C34" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G34" s="29">
-        <v>5.57</v>
+        <v>5.86</v>
       </c>
       <c r="H34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K34" s="29">
-        <v>6.21</v>
+        <v>6.44</v>
       </c>
       <c r="L34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M34" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N34" s="7">
-        <v>5.53</v>
+        <v>5.48</v>
       </c>
       <c r="O34" s="7">
-        <v>5.8</v>
+        <v>5.84</v>
       </c>
       <c r="P34" s="7">
-        <v>6.07</v>
+        <v>6.05</v>
       </c>
       <c r="Q34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S34" s="7">
-        <v>6.46</v>
+        <v>6.51</v>
       </c>
       <c r="T34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U34" s="7">
-        <v>6.7</v>
+        <v>6.72</v>
       </c>
       <c r="V34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC34" s="7" t="s">
         <v>1</v>
       </c>
@@ -4156,105 +4202,105 @@
         <v>1</v>
       </c>
       <c r="AF34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG34" s="30"/>
       <c r="AH34" s="30"/>
       <c r="AI34" s="30"/>
       <c r="AJ34" s="30"/>
       <c r="AK34" s="30"/>
       <c r="AL34" s="30"/>
       <c r="AM34" s="30"/>
       <c r="AN34" s="30"/>
       <c r="AO34" s="30"/>
       <c r="AP34" s="30"/>
       <c r="AQ34" s="30"/>
       <c r="AR34" s="30"/>
       <c r="AS34" s="30"/>
       <c r="AT34" s="30"/>
       <c r="AU34" s="30"/>
       <c r="AV34" s="30"/>
     </row>
     <row r="35" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="13"/>
       <c r="C35" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G35" s="29">
-        <v>5.2</v>
+        <v>5.57</v>
       </c>
       <c r="H35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K35" s="29">
-        <v>5.88</v>
+        <v>6.21</v>
       </c>
       <c r="L35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M35" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N35" s="7">
-        <v>5.49</v>
+        <v>5.53</v>
       </c>
       <c r="O35" s="7">
-        <v>5.73</v>
+        <v>5.8</v>
       </c>
       <c r="P35" s="7">
-        <v>5.96</v>
+        <v>6.07</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S35" s="7">
-        <v>6.35</v>
+        <v>6.46</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U35" s="7">
-        <v>6.64</v>
+        <v>6.7</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>1</v>
       </c>
@@ -4265,105 +4311,105 @@
         <v>1</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG35" s="30"/>
       <c r="AH35" s="30"/>
       <c r="AI35" s="30"/>
       <c r="AJ35" s="30"/>
       <c r="AK35" s="30"/>
       <c r="AL35" s="30"/>
       <c r="AM35" s="30"/>
       <c r="AN35" s="30"/>
       <c r="AO35" s="30"/>
       <c r="AP35" s="30"/>
       <c r="AQ35" s="30"/>
       <c r="AR35" s="30"/>
       <c r="AS35" s="30"/>
       <c r="AT35" s="30"/>
       <c r="AU35" s="30"/>
       <c r="AV35" s="30"/>
     </row>
     <row r="36" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="13"/>
       <c r="C36" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G36" s="29">
-        <v>4.91</v>
+        <v>5.2</v>
       </c>
       <c r="H36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K36" s="29">
-        <v>5.6</v>
+        <v>5.88</v>
       </c>
       <c r="L36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M36" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N36" s="7">
-        <v>5.47</v>
+        <v>5.49</v>
       </c>
       <c r="O36" s="7">
-        <v>5.68</v>
+        <v>5.73</v>
       </c>
       <c r="P36" s="7">
-        <v>5.93</v>
+        <v>5.96</v>
       </c>
       <c r="Q36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S36" s="7">
-        <v>6.29</v>
+        <v>6.35</v>
       </c>
       <c r="T36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U36" s="7">
-        <v>6.54</v>
+        <v>6.64</v>
       </c>
       <c r="V36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC36" s="7" t="s">
         <v>1</v>
       </c>
@@ -4374,105 +4420,105 @@
         <v>1</v>
       </c>
       <c r="AF36" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG36" s="30"/>
       <c r="AH36" s="30"/>
       <c r="AI36" s="30"/>
       <c r="AJ36" s="30"/>
       <c r="AK36" s="30"/>
       <c r="AL36" s="30"/>
       <c r="AM36" s="30"/>
       <c r="AN36" s="30"/>
       <c r="AO36" s="30"/>
       <c r="AP36" s="30"/>
       <c r="AQ36" s="30"/>
       <c r="AR36" s="30"/>
       <c r="AS36" s="30"/>
       <c r="AT36" s="30"/>
       <c r="AU36" s="30"/>
       <c r="AV36" s="30"/>
     </row>
     <row r="37" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="13"/>
       <c r="C37" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G37" s="29">
-        <v>4.4800000000000004</v>
+        <v>4.91</v>
       </c>
       <c r="H37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K37" s="29">
-        <v>5.25</v>
+        <v>5.6</v>
       </c>
       <c r="L37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M37" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N37" s="7">
-        <v>5.2</v>
+        <v>5.47</v>
       </c>
       <c r="O37" s="7">
-        <v>5.45</v>
+        <v>5.68</v>
       </c>
       <c r="P37" s="7">
-        <v>5.67</v>
+        <v>5.93</v>
       </c>
       <c r="Q37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S37" s="7">
-        <v>6.2</v>
+        <v>6.29</v>
       </c>
       <c r="T37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U37" s="7">
-        <v>6.52</v>
+        <v>6.54</v>
       </c>
       <c r="V37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC37" s="7" t="s">
         <v>1</v>
       </c>
@@ -4483,105 +4529,105 @@
         <v>1</v>
       </c>
       <c r="AF37" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG37" s="30"/>
       <c r="AH37" s="30"/>
       <c r="AI37" s="30"/>
       <c r="AJ37" s="30"/>
       <c r="AK37" s="30"/>
       <c r="AL37" s="30"/>
       <c r="AM37" s="30"/>
       <c r="AN37" s="30"/>
       <c r="AO37" s="30"/>
       <c r="AP37" s="30"/>
       <c r="AQ37" s="30"/>
       <c r="AR37" s="30"/>
       <c r="AS37" s="30"/>
       <c r="AT37" s="30"/>
       <c r="AU37" s="30"/>
       <c r="AV37" s="30"/>
     </row>
     <row r="38" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="13"/>
       <c r="C38" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G38" s="29">
-        <v>3.85</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="H38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K38" s="29">
-        <v>4.7</v>
+        <v>5.25</v>
       </c>
       <c r="L38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M38" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N38" s="7">
-        <v>4.87</v>
+        <v>5.2</v>
       </c>
       <c r="O38" s="7">
-        <v>5.05</v>
+        <v>5.45</v>
       </c>
       <c r="P38" s="7">
-        <v>5.34</v>
+        <v>5.67</v>
       </c>
       <c r="Q38" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="R38" s="7">
-        <v>5.81</v>
+      <c r="R38" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="S38" s="7">
-        <v>5.97</v>
+        <v>6.2</v>
       </c>
       <c r="T38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U38" s="7">
-        <v>6.26</v>
+        <v>6.52</v>
       </c>
       <c r="V38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC38" s="7" t="s">
         <v>1</v>
       </c>
@@ -4592,105 +4638,105 @@
         <v>1</v>
       </c>
       <c r="AF38" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG38" s="30"/>
       <c r="AH38" s="30"/>
       <c r="AI38" s="30"/>
       <c r="AJ38" s="30"/>
       <c r="AK38" s="30"/>
       <c r="AL38" s="30"/>
       <c r="AM38" s="30"/>
       <c r="AN38" s="30"/>
       <c r="AO38" s="30"/>
       <c r="AP38" s="30"/>
       <c r="AQ38" s="30"/>
       <c r="AR38" s="30"/>
       <c r="AS38" s="30"/>
       <c r="AT38" s="30"/>
       <c r="AU38" s="30"/>
       <c r="AV38" s="30"/>
     </row>
     <row r="39" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="13"/>
       <c r="C39" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G39" s="29">
-        <v>3.65</v>
+        <v>3.85</v>
       </c>
       <c r="H39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K39" s="29">
-        <v>4.42</v>
+        <v>4.7</v>
       </c>
       <c r="L39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M39" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N39" s="7">
-        <v>4.57</v>
+        <v>4.87</v>
       </c>
       <c r="O39" s="7">
-        <v>4.8899999999999997</v>
+        <v>5.05</v>
       </c>
       <c r="P39" s="7">
-        <v>5.0599999999999996</v>
+        <v>5.34</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R39" s="7">
-        <v>5.66</v>
-[...5 lines deleted...]
-        <v>5.93</v>
+        <v>5.81</v>
+      </c>
+      <c r="S39" s="7">
+        <v>5.97</v>
+      </c>
+      <c r="T39" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="U39" s="7">
-        <v>5.99</v>
+        <v>6.26</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>1</v>
       </c>
@@ -4701,105 +4747,105 @@
         <v>1</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG39" s="30"/>
       <c r="AH39" s="30"/>
       <c r="AI39" s="30"/>
       <c r="AJ39" s="30"/>
       <c r="AK39" s="30"/>
       <c r="AL39" s="30"/>
       <c r="AM39" s="30"/>
       <c r="AN39" s="30"/>
       <c r="AO39" s="30"/>
       <c r="AP39" s="30"/>
       <c r="AQ39" s="30"/>
       <c r="AR39" s="30"/>
       <c r="AS39" s="30"/>
       <c r="AT39" s="30"/>
       <c r="AU39" s="30"/>
       <c r="AV39" s="30"/>
     </row>
     <row r="40" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13"/>
       <c r="C40" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G40" s="29">
-        <v>3.88</v>
+        <v>3.65</v>
       </c>
       <c r="H40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K40" s="29">
-        <v>4.5599999999999996</v>
+        <v>4.42</v>
       </c>
       <c r="L40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M40" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N40" s="7">
-        <v>4.53</v>
+        <v>4.57</v>
       </c>
       <c r="O40" s="7">
-        <v>4.93</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.8899999999999997</v>
+      </c>
+      <c r="P40" s="7">
+        <v>5.0599999999999996</v>
       </c>
       <c r="Q40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R40" s="7">
-        <v>5.62</v>
+        <v>5.66</v>
       </c>
       <c r="S40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T40" s="7">
-        <v>5.94</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.93</v>
+      </c>
+      <c r="U40" s="7">
+        <v>5.99</v>
       </c>
       <c r="V40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC40" s="7" t="s">
         <v>1</v>
       </c>
@@ -4810,102 +4856,102 @@
         <v>1</v>
       </c>
       <c r="AF40" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG40" s="30"/>
       <c r="AH40" s="30"/>
       <c r="AI40" s="30"/>
       <c r="AJ40" s="30"/>
       <c r="AK40" s="30"/>
       <c r="AL40" s="30"/>
       <c r="AM40" s="30"/>
       <c r="AN40" s="30"/>
       <c r="AO40" s="30"/>
       <c r="AP40" s="30"/>
       <c r="AQ40" s="30"/>
       <c r="AR40" s="30"/>
       <c r="AS40" s="30"/>
       <c r="AT40" s="30"/>
       <c r="AU40" s="30"/>
       <c r="AV40" s="30"/>
     </row>
     <row r="41" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="13"/>
       <c r="C41" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G41" s="29">
-        <v>3.82</v>
+        <v>3.88</v>
       </c>
       <c r="H41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K41" s="29">
         <v>4.5599999999999996</v>
       </c>
       <c r="L41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M41" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N41" s="7">
-        <v>4.25</v>
+        <v>4.53</v>
       </c>
       <c r="O41" s="7">
-        <v>4.74</v>
+        <v>4.93</v>
       </c>
       <c r="P41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R41" s="7">
-        <v>5.52</v>
+        <v>5.62</v>
       </c>
       <c r="S41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T41" s="7">
-        <v>5.81</v>
+        <v>5.94</v>
       </c>
       <c r="U41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB41" s="7" t="s">
         <v>1</v>
       </c>
@@ -4917,324 +4963,324 @@
       </c>
       <c r="AE41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF41" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG41" s="30"/>
       <c r="AH41" s="30"/>
       <c r="AI41" s="30"/>
       <c r="AJ41" s="30"/>
       <c r="AK41" s="30"/>
       <c r="AL41" s="30"/>
       <c r="AM41" s="30"/>
       <c r="AN41" s="30"/>
       <c r="AO41" s="30"/>
       <c r="AP41" s="30"/>
       <c r="AQ41" s="30"/>
       <c r="AR41" s="30"/>
       <c r="AS41" s="30"/>
       <c r="AT41" s="30"/>
       <c r="AU41" s="30"/>
       <c r="AV41" s="30"/>
     </row>
     <row r="42" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="17"/>
-[...105 lines deleted...]
-      <c r="AV42" s="35"/>
+      <c r="B42" s="13"/>
+      <c r="C42" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="E42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G42" s="29">
+        <v>3.82</v>
+      </c>
+      <c r="H42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K42" s="29">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="L42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M42" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N42" s="7">
+        <v>4.25</v>
+      </c>
+      <c r="O42" s="7">
+        <v>4.74</v>
+      </c>
+      <c r="P42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R42" s="7">
+        <v>5.52</v>
+      </c>
+      <c r="S42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T42" s="7">
+        <v>5.81</v>
+      </c>
+      <c r="U42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG42" s="30"/>
+      <c r="AH42" s="30"/>
+      <c r="AI42" s="30"/>
+      <c r="AJ42" s="30"/>
+      <c r="AK42" s="30"/>
+      <c r="AL42" s="30"/>
+      <c r="AM42" s="30"/>
+      <c r="AN42" s="30"/>
+      <c r="AO42" s="30"/>
+      <c r="AP42" s="30"/>
+      <c r="AQ42" s="30"/>
+      <c r="AR42" s="30"/>
+      <c r="AS42" s="30"/>
+      <c r="AT42" s="30"/>
+      <c r="AU42" s="30"/>
+      <c r="AV42" s="30"/>
     </row>
     <row r="43" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="13">
-[...107 lines deleted...]
-      <c r="AV43" s="30"/>
+      <c r="B43" s="17"/>
+      <c r="C43" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="E43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G43" s="34">
+        <v>3.71</v>
+      </c>
+      <c r="H43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K43" s="34">
+        <v>4.4800000000000004</v>
+      </c>
+      <c r="L43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M43" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N43" s="9">
+        <v>4.1100000000000003</v>
+      </c>
+      <c r="O43" s="9">
+        <v>4.53</v>
+      </c>
+      <c r="P43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R43" s="9">
+        <v>5.28</v>
+      </c>
+      <c r="S43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T43" s="9">
+        <v>5.53</v>
+      </c>
+      <c r="U43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF43" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG43" s="35"/>
+      <c r="AH43" s="35"/>
+      <c r="AI43" s="35"/>
+      <c r="AJ43" s="35"/>
+      <c r="AK43" s="35"/>
+      <c r="AL43" s="35"/>
+      <c r="AM43" s="35"/>
+      <c r="AN43" s="35"/>
+      <c r="AO43" s="35"/>
+      <c r="AP43" s="35"/>
+      <c r="AQ43" s="35"/>
+      <c r="AR43" s="35"/>
+      <c r="AS43" s="35"/>
+      <c r="AT43" s="35"/>
+      <c r="AU43" s="35"/>
+      <c r="AV43" s="35"/>
     </row>
     <row r="44" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="13"/>
+      <c r="B44" s="13">
+        <v>2003</v>
+      </c>
       <c r="C44" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F44" s="29">
-        <v>3.3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.47</v>
+      </c>
+      <c r="G44" s="29">
+        <v>3.59</v>
       </c>
       <c r="H44" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I44" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="J44" s="29">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="J44" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K44" s="29">
+        <v>4.4000000000000004</v>
       </c>
       <c r="L44" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M44" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N44" s="7">
-        <v>3.49</v>
+        <v>3.68</v>
       </c>
       <c r="O44" s="7">
-        <v>3.77</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="P44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R44" s="7">
-        <v>4.55</v>
-[...2 lines deleted...]
-        <v>4.67</v>
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="S44" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T44" s="7">
-        <v>4.9400000000000004</v>
+        <v>5.19</v>
       </c>
       <c r="U44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB44" s="7" t="s">
         <v>1</v>
       </c>
@@ -5248,102 +5294,102 @@
         <v>1</v>
       </c>
       <c r="AF44" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG44" s="30"/>
       <c r="AH44" s="30"/>
       <c r="AI44" s="30"/>
       <c r="AJ44" s="30"/>
       <c r="AK44" s="30"/>
       <c r="AL44" s="30"/>
       <c r="AM44" s="30"/>
       <c r="AN44" s="30"/>
       <c r="AO44" s="30"/>
       <c r="AP44" s="30"/>
       <c r="AQ44" s="30"/>
       <c r="AR44" s="30"/>
       <c r="AS44" s="30"/>
       <c r="AT44" s="30"/>
       <c r="AU44" s="30"/>
       <c r="AV44" s="30"/>
     </row>
     <row r="45" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="13"/>
       <c r="C45" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F45" s="29">
-        <v>3.26</v>
+        <v>3.3</v>
       </c>
       <c r="G45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J45" s="29">
-        <v>4.1100000000000003</v>
+        <v>4.2</v>
       </c>
       <c r="K45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M45" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N45" s="7">
-        <v>3.63</v>
+        <v>3.49</v>
       </c>
       <c r="O45" s="7">
-        <v>3.98</v>
+        <v>3.77</v>
       </c>
       <c r="P45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R45" s="7">
-        <v>4.75</v>
+        <v>4.55</v>
       </c>
       <c r="S45" s="7">
-        <v>4.9800000000000004</v>
+        <v>4.67</v>
       </c>
       <c r="T45" s="7">
-        <v>5.19</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="U45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB45" s="7" t="s">
         <v>1</v>
       </c>
@@ -5357,102 +5403,102 @@
         <v>1</v>
       </c>
       <c r="AF45" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG45" s="30"/>
       <c r="AH45" s="30"/>
       <c r="AI45" s="30"/>
       <c r="AJ45" s="30"/>
       <c r="AK45" s="30"/>
       <c r="AL45" s="30"/>
       <c r="AM45" s="30"/>
       <c r="AN45" s="30"/>
       <c r="AO45" s="30"/>
       <c r="AP45" s="30"/>
       <c r="AQ45" s="30"/>
       <c r="AR45" s="30"/>
       <c r="AS45" s="30"/>
       <c r="AT45" s="30"/>
       <c r="AU45" s="30"/>
       <c r="AV45" s="30"/>
     </row>
     <row r="46" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="13"/>
       <c r="C46" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="29">
-        <v>3.32</v>
+        <v>3.26</v>
       </c>
       <c r="G46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J46" s="29">
-        <v>4.2</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="K46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N46" s="7">
-        <v>3.54</v>
+        <v>3.63</v>
       </c>
       <c r="O46" s="7">
-        <v>3.87</v>
+        <v>3.98</v>
       </c>
       <c r="P46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R46" s="7">
-        <v>4.6900000000000004</v>
+        <v>4.75</v>
       </c>
       <c r="S46" s="7">
-        <v>4.8899999999999997</v>
+        <v>4.9800000000000004</v>
       </c>
       <c r="T46" s="7">
-        <v>5.05</v>
+        <v>5.19</v>
       </c>
       <c r="U46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB46" s="7" t="s">
         <v>1</v>
       </c>
@@ -5466,102 +5512,102 @@
         <v>1</v>
       </c>
       <c r="AF46" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG46" s="30"/>
       <c r="AH46" s="30"/>
       <c r="AI46" s="30"/>
       <c r="AJ46" s="30"/>
       <c r="AK46" s="30"/>
       <c r="AL46" s="30"/>
       <c r="AM46" s="30"/>
       <c r="AN46" s="30"/>
       <c r="AO46" s="30"/>
       <c r="AP46" s="30"/>
       <c r="AQ46" s="30"/>
       <c r="AR46" s="30"/>
       <c r="AS46" s="30"/>
       <c r="AT46" s="30"/>
       <c r="AU46" s="30"/>
       <c r="AV46" s="30"/>
     </row>
     <row r="47" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="13"/>
       <c r="C47" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F47" s="29">
-        <v>2.95</v>
+        <v>3.32</v>
       </c>
       <c r="G47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J47" s="29">
-        <v>3.76</v>
+        <v>4.2</v>
       </c>
       <c r="K47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M47" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N47" s="7">
-        <v>3.16</v>
+        <v>3.54</v>
       </c>
       <c r="O47" s="7">
-        <v>3.47</v>
+        <v>3.87</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R47" s="7">
-        <v>4.26</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="S47" s="7">
-        <v>4.5</v>
+        <v>4.8899999999999997</v>
       </c>
       <c r="T47" s="7">
-        <v>4.66</v>
+        <v>5.05</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB47" s="7" t="s">
         <v>1</v>
       </c>
@@ -5575,102 +5621,102 @@
         <v>1</v>
       </c>
       <c r="AF47" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG47" s="30"/>
       <c r="AH47" s="30"/>
       <c r="AI47" s="30"/>
       <c r="AJ47" s="30"/>
       <c r="AK47" s="30"/>
       <c r="AL47" s="30"/>
       <c r="AM47" s="30"/>
       <c r="AN47" s="30"/>
       <c r="AO47" s="30"/>
       <c r="AP47" s="30"/>
       <c r="AQ47" s="30"/>
       <c r="AR47" s="30"/>
       <c r="AS47" s="30"/>
       <c r="AT47" s="30"/>
       <c r="AU47" s="30"/>
       <c r="AV47" s="30"/>
     </row>
     <row r="48" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="13"/>
       <c r="C48" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F48" s="29">
-        <v>2.76</v>
+        <v>2.95</v>
       </c>
       <c r="G48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J48" s="29">
-        <v>3.54</v>
+        <v>3.76</v>
       </c>
       <c r="K48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M48" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N48" s="7">
-        <v>2.95</v>
+        <v>3.16</v>
       </c>
       <c r="O48" s="7">
-        <v>3.19</v>
+        <v>3.47</v>
       </c>
       <c r="P48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R48" s="7">
-        <v>3.99</v>
+        <v>4.26</v>
       </c>
       <c r="S48" s="7">
-        <v>4.25</v>
+        <v>4.5</v>
       </c>
       <c r="T48" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.66</v>
       </c>
       <c r="U48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB48" s="7" t="s">
         <v>1</v>
       </c>
@@ -5684,102 +5730,102 @@
         <v>1</v>
       </c>
       <c r="AF48" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG48" s="30"/>
       <c r="AH48" s="30"/>
       <c r="AI48" s="30"/>
       <c r="AJ48" s="30"/>
       <c r="AK48" s="30"/>
       <c r="AL48" s="30"/>
       <c r="AM48" s="30"/>
       <c r="AN48" s="30"/>
       <c r="AO48" s="30"/>
       <c r="AP48" s="30"/>
       <c r="AQ48" s="30"/>
       <c r="AR48" s="30"/>
       <c r="AS48" s="30"/>
       <c r="AT48" s="30"/>
       <c r="AU48" s="30"/>
       <c r="AV48" s="30"/>
     </row>
     <row r="49" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="13"/>
       <c r="C49" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F49" s="29">
-        <v>3.15</v>
+        <v>2.76</v>
       </c>
       <c r="G49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J49" s="29">
-        <v>4.17</v>
+        <v>3.54</v>
       </c>
       <c r="K49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M49" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N49" s="7">
-        <v>3.08</v>
+        <v>2.95</v>
       </c>
       <c r="O49" s="7">
-        <v>3.43</v>
+        <v>3.19</v>
       </c>
       <c r="P49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R49" s="7">
-        <v>4.33</v>
+        <v>3.99</v>
       </c>
       <c r="S49" s="7">
-        <v>4.5599999999999996</v>
+        <v>4.25</v>
       </c>
       <c r="T49" s="7">
-        <v>4.76</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="U49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB49" s="7" t="s">
         <v>1</v>
       </c>
@@ -5793,102 +5839,102 @@
         <v>1</v>
       </c>
       <c r="AF49" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG49" s="30"/>
       <c r="AH49" s="30"/>
       <c r="AI49" s="30"/>
       <c r="AJ49" s="30"/>
       <c r="AK49" s="30"/>
       <c r="AL49" s="30"/>
       <c r="AM49" s="30"/>
       <c r="AN49" s="30"/>
       <c r="AO49" s="30"/>
       <c r="AP49" s="30"/>
       <c r="AQ49" s="30"/>
       <c r="AR49" s="30"/>
       <c r="AS49" s="30"/>
       <c r="AT49" s="30"/>
       <c r="AU49" s="30"/>
       <c r="AV49" s="30"/>
     </row>
     <row r="50" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="13"/>
       <c r="C50" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F50" s="29">
-        <v>3.34</v>
+        <v>3.15</v>
       </c>
       <c r="G50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J50" s="29">
-        <v>4.62</v>
+        <v>4.17</v>
       </c>
       <c r="K50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M50" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N50" s="7">
-        <v>3.3</v>
+        <v>3.08</v>
       </c>
       <c r="O50" s="7">
-        <v>3.74</v>
+        <v>3.43</v>
       </c>
       <c r="P50" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="Q50" s="7">
-        <v>4.67</v>
+      <c r="Q50" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="R50" s="7">
-        <v>4.67</v>
+        <v>4.33</v>
       </c>
       <c r="S50" s="7">
-        <v>4.8</v>
+        <v>4.5599999999999996</v>
       </c>
       <c r="T50" s="7">
-        <v>5.04</v>
+        <v>4.76</v>
       </c>
       <c r="U50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB50" s="7" t="s">
         <v>1</v>
       </c>
@@ -5902,102 +5948,102 @@
         <v>1</v>
       </c>
       <c r="AF50" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG50" s="30"/>
       <c r="AH50" s="30"/>
       <c r="AI50" s="30"/>
       <c r="AJ50" s="30"/>
       <c r="AK50" s="30"/>
       <c r="AL50" s="30"/>
       <c r="AM50" s="30"/>
       <c r="AN50" s="30"/>
       <c r="AO50" s="30"/>
       <c r="AP50" s="30"/>
       <c r="AQ50" s="30"/>
       <c r="AR50" s="30"/>
       <c r="AS50" s="30"/>
       <c r="AT50" s="30"/>
       <c r="AU50" s="30"/>
       <c r="AV50" s="30"/>
     </row>
     <row r="51" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="13"/>
       <c r="C51" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F51" s="29">
-        <v>3.12</v>
+        <v>3.34</v>
       </c>
       <c r="G51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J51" s="29">
-        <v>4.34</v>
+        <v>4.62</v>
       </c>
       <c r="K51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M51" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N51" s="7">
-        <v>3.38</v>
+        <v>3.3</v>
       </c>
       <c r="O51" s="7">
-        <v>3.78</v>
+        <v>3.74</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q51" s="7">
-        <v>4.6399999999999997</v>
+        <v>4.67</v>
       </c>
       <c r="R51" s="7">
-        <v>4.7699999999999996</v>
+        <v>4.67</v>
       </c>
       <c r="S51" s="7">
-        <v>5</v>
+        <v>4.8</v>
       </c>
       <c r="T51" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.04</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>1</v>
       </c>
@@ -6011,102 +6057,102 @@
         <v>1</v>
       </c>
       <c r="AF51" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG51" s="30"/>
       <c r="AH51" s="30"/>
       <c r="AI51" s="30"/>
       <c r="AJ51" s="30"/>
       <c r="AK51" s="30"/>
       <c r="AL51" s="30"/>
       <c r="AM51" s="30"/>
       <c r="AN51" s="30"/>
       <c r="AO51" s="30"/>
       <c r="AP51" s="30"/>
       <c r="AQ51" s="30"/>
       <c r="AR51" s="30"/>
       <c r="AS51" s="30"/>
       <c r="AT51" s="30"/>
       <c r="AU51" s="30"/>
       <c r="AV51" s="30"/>
     </row>
     <row r="52" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13"/>
       <c r="C52" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F52" s="29">
-        <v>3.18</v>
+        <v>3.12</v>
       </c>
       <c r="G52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J52" s="29">
-        <v>4.3499999999999996</v>
+        <v>4.34</v>
       </c>
       <c r="K52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M52" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N52" s="7">
-        <v>3.63</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.38</v>
+      </c>
+      <c r="O52" s="7">
+        <v>3.78</v>
       </c>
       <c r="P52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q52" s="7">
         <v>4.6399999999999997</v>
       </c>
       <c r="R52" s="7">
         <v>4.7699999999999996</v>
       </c>
       <c r="S52" s="7">
-        <v>5.0599999999999996</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="T52" s="7">
+        <v>5.0999999999999996</v>
       </c>
       <c r="U52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB52" s="7" t="s">
         <v>1</v>
       </c>
@@ -6120,99 +6166,99 @@
         <v>1</v>
       </c>
       <c r="AF52" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG52" s="30"/>
       <c r="AH52" s="30"/>
       <c r="AI52" s="30"/>
       <c r="AJ52" s="30"/>
       <c r="AK52" s="30"/>
       <c r="AL52" s="30"/>
       <c r="AM52" s="30"/>
       <c r="AN52" s="30"/>
       <c r="AO52" s="30"/>
       <c r="AP52" s="30"/>
       <c r="AQ52" s="30"/>
       <c r="AR52" s="30"/>
       <c r="AS52" s="30"/>
       <c r="AT52" s="30"/>
       <c r="AU52" s="30"/>
       <c r="AV52" s="30"/>
     </row>
     <row r="53" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13"/>
       <c r="C53" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F53" s="29">
-        <v>3.25</v>
+        <v>3.18</v>
       </c>
       <c r="G53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J53" s="29">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="K53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M53" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N53" s="7">
-        <v>3.7</v>
+        <v>3.63</v>
       </c>
       <c r="O53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q53" s="7">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="R53" s="7">
         <v>4.7699999999999996</v>
       </c>
-      <c r="R53" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="S53" s="7">
-        <v>5.19</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="T53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA53" s="7" t="s">
         <v>1</v>
       </c>
@@ -6227,321 +6273,321 @@
       </c>
       <c r="AE53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF53" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG53" s="30"/>
       <c r="AH53" s="30"/>
       <c r="AI53" s="30"/>
       <c r="AJ53" s="30"/>
       <c r="AK53" s="30"/>
       <c r="AL53" s="30"/>
       <c r="AM53" s="30"/>
       <c r="AN53" s="30"/>
       <c r="AO53" s="30"/>
       <c r="AP53" s="30"/>
       <c r="AQ53" s="30"/>
       <c r="AR53" s="30"/>
       <c r="AS53" s="30"/>
       <c r="AT53" s="30"/>
       <c r="AU53" s="30"/>
       <c r="AV53" s="30"/>
     </row>
     <row r="54" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="17"/>
-[...105 lines deleted...]
-      <c r="AV54" s="35"/>
+      <c r="B54" s="13"/>
+      <c r="C54" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="E54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F54" s="29">
+        <v>3.25</v>
+      </c>
+      <c r="G54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J54" s="29">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M54" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N54" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="O54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q54" s="7">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="R54" s="7">
+        <v>4.87</v>
+      </c>
+      <c r="S54" s="7">
+        <v>5.19</v>
+      </c>
+      <c r="T54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG54" s="30"/>
+      <c r="AH54" s="30"/>
+      <c r="AI54" s="30"/>
+      <c r="AJ54" s="30"/>
+      <c r="AK54" s="30"/>
+      <c r="AL54" s="30"/>
+      <c r="AM54" s="30"/>
+      <c r="AN54" s="30"/>
+      <c r="AO54" s="30"/>
+      <c r="AP54" s="30"/>
+      <c r="AQ54" s="30"/>
+      <c r="AR54" s="30"/>
+      <c r="AS54" s="30"/>
+      <c r="AT54" s="30"/>
+      <c r="AU54" s="30"/>
+      <c r="AV54" s="30"/>
     </row>
     <row r="55" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="13">
-[...107 lines deleted...]
-      <c r="AV55" s="30"/>
+      <c r="B55" s="17"/>
+      <c r="C55" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="E55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F55" s="34">
+        <v>3.23</v>
+      </c>
+      <c r="G55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J55" s="34">
+        <v>4.38</v>
+      </c>
+      <c r="K55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M55" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N55" s="9">
+        <v>3.69</v>
+      </c>
+      <c r="O55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q55" s="9">
+        <v>4.72</v>
+      </c>
+      <c r="R55" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="S55" s="9">
+        <v>5.21</v>
+      </c>
+      <c r="T55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF55" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG55" s="35"/>
+      <c r="AH55" s="35"/>
+      <c r="AI55" s="35"/>
+      <c r="AJ55" s="35"/>
+      <c r="AK55" s="35"/>
+      <c r="AL55" s="35"/>
+      <c r="AM55" s="35"/>
+      <c r="AN55" s="35"/>
+      <c r="AO55" s="35"/>
+      <c r="AP55" s="35"/>
+      <c r="AQ55" s="35"/>
+      <c r="AR55" s="35"/>
+      <c r="AS55" s="35"/>
+      <c r="AT55" s="35"/>
+      <c r="AU55" s="35"/>
+      <c r="AV55" s="35"/>
     </row>
     <row r="56" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="13"/>
+      <c r="B56" s="13">
+        <v>2004</v>
+      </c>
       <c r="C56" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D56" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="E56" s="29">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="E56" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="29">
+        <v>3</v>
       </c>
       <c r="G56" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H56" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="I56" s="29">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="I56" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="29">
+        <v>4.2300000000000004</v>
       </c>
       <c r="K56" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L56" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M56" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N56" s="7">
-        <v>3.29</v>
+        <v>3.38</v>
       </c>
       <c r="O56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q56" s="7">
-        <v>4.43</v>
+        <v>4.45</v>
       </c>
       <c r="R56" s="7">
         <v>4.6500000000000004</v>
       </c>
       <c r="S56" s="7">
-        <v>4.9400000000000004</v>
+        <v>4.91</v>
       </c>
       <c r="T56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA56" s="7" t="s">
         <v>1</v>
       </c>
@@ -6558,99 +6604,99 @@
         <v>1</v>
       </c>
       <c r="AF56" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG56" s="30"/>
       <c r="AH56" s="30"/>
       <c r="AI56" s="30"/>
       <c r="AJ56" s="30"/>
       <c r="AK56" s="30"/>
       <c r="AL56" s="30"/>
       <c r="AM56" s="30"/>
       <c r="AN56" s="30"/>
       <c r="AO56" s="30"/>
       <c r="AP56" s="30"/>
       <c r="AQ56" s="30"/>
       <c r="AR56" s="30"/>
       <c r="AS56" s="30"/>
       <c r="AT56" s="30"/>
       <c r="AU56" s="30"/>
       <c r="AV56" s="30"/>
     </row>
     <row r="57" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13"/>
       <c r="C57" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E57" s="29">
-        <v>2.73</v>
+        <v>2.9</v>
       </c>
       <c r="F57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I57" s="29">
-        <v>3.88</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="J57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M57" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N57" s="7">
-        <v>3.04</v>
+        <v>3.29</v>
       </c>
       <c r="O57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q57" s="7">
-        <v>4.21</v>
+        <v>4.43</v>
       </c>
       <c r="R57" s="7">
-        <v>4.45</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="S57" s="7">
-        <v>4.7300000000000004</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="T57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA57" s="7" t="s">
         <v>1</v>
       </c>
@@ -6667,108 +6713,108 @@
         <v>1</v>
       </c>
       <c r="AF57" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG57" s="30"/>
       <c r="AH57" s="30"/>
       <c r="AI57" s="30"/>
       <c r="AJ57" s="30"/>
       <c r="AK57" s="30"/>
       <c r="AL57" s="30"/>
       <c r="AM57" s="30"/>
       <c r="AN57" s="30"/>
       <c r="AO57" s="30"/>
       <c r="AP57" s="30"/>
       <c r="AQ57" s="30"/>
       <c r="AR57" s="30"/>
       <c r="AS57" s="30"/>
       <c r="AT57" s="30"/>
       <c r="AU57" s="30"/>
       <c r="AV57" s="30"/>
     </row>
     <row r="58" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13"/>
       <c r="C58" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E58" s="29">
-        <v>3.09</v>
+        <v>2.73</v>
       </c>
       <c r="F58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I58" s="29">
-        <v>4.4400000000000004</v>
+        <v>3.88</v>
       </c>
       <c r="J58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M58" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N58" s="7">
-        <v>3.15</v>
+        <v>3.04</v>
       </c>
       <c r="O58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q58" s="7">
-        <v>4.28</v>
+        <v>4.21</v>
       </c>
       <c r="R58" s="7">
-        <v>4.51</v>
+        <v>4.45</v>
       </c>
       <c r="S58" s="7">
-        <v>4.7699999999999996</v>
+        <v>4.7300000000000004</v>
       </c>
       <c r="T58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U58" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="V58" s="7">
-        <v>5.18</v>
+      <c r="V58" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD58" s="7" t="s">
         <v>1</v>
       </c>
@@ -6776,108 +6822,108 @@
         <v>1</v>
       </c>
       <c r="AF58" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG58" s="30"/>
       <c r="AH58" s="30"/>
       <c r="AI58" s="30"/>
       <c r="AJ58" s="30"/>
       <c r="AK58" s="30"/>
       <c r="AL58" s="30"/>
       <c r="AM58" s="30"/>
       <c r="AN58" s="30"/>
       <c r="AO58" s="30"/>
       <c r="AP58" s="30"/>
       <c r="AQ58" s="30"/>
       <c r="AR58" s="30"/>
       <c r="AS58" s="30"/>
       <c r="AT58" s="30"/>
       <c r="AU58" s="30"/>
       <c r="AV58" s="30"/>
     </row>
     <row r="59" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="13"/>
       <c r="C59" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E59" s="29">
-        <v>3.53</v>
+        <v>3.09</v>
       </c>
       <c r="F59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I59" s="29">
-        <v>4.93</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="J59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M59" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N59" s="7">
-        <v>3.28</v>
+        <v>3.15</v>
       </c>
       <c r="O59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q59" s="7">
-        <v>4.46</v>
+        <v>4.28</v>
       </c>
       <c r="R59" s="7">
-        <v>4.6900000000000004</v>
+        <v>4.51</v>
       </c>
       <c r="S59" s="7">
-        <v>4.97</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="T59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V59" s="7">
-        <v>5.38</v>
+        <v>5.18</v>
       </c>
       <c r="W59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD59" s="7" t="s">
         <v>1</v>
       </c>
@@ -6885,108 +6931,108 @@
         <v>1</v>
       </c>
       <c r="AF59" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG59" s="30"/>
       <c r="AH59" s="30"/>
       <c r="AI59" s="30"/>
       <c r="AJ59" s="30"/>
       <c r="AK59" s="30"/>
       <c r="AL59" s="30"/>
       <c r="AM59" s="30"/>
       <c r="AN59" s="30"/>
       <c r="AO59" s="30"/>
       <c r="AP59" s="30"/>
       <c r="AQ59" s="30"/>
       <c r="AR59" s="30"/>
       <c r="AS59" s="30"/>
       <c r="AT59" s="30"/>
       <c r="AU59" s="30"/>
       <c r="AV59" s="30"/>
     </row>
     <row r="60" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13"/>
       <c r="C60" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E60" s="29">
-        <v>3.71</v>
+        <v>3.53</v>
       </c>
       <c r="F60" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G60" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H60" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I60" s="29">
+        <v>4.93</v>
+      </c>
+      <c r="J60" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K60" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L60" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M60" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N60" s="7">
+        <v>3.28</v>
+      </c>
+      <c r="O60" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P60" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q60" s="7">
+        <v>4.46</v>
+      </c>
+      <c r="R60" s="7">
+        <v>4.6900000000000004</v>
+      </c>
+      <c r="S60" s="7">
         <v>4.97</v>
       </c>
-      <c r="J60" s="29" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="T60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V60" s="7">
-        <v>5.34</v>
+        <v>5.38</v>
       </c>
       <c r="W60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD60" s="7" t="s">
         <v>1</v>
       </c>
@@ -6994,108 +7040,108 @@
         <v>1</v>
       </c>
       <c r="AF60" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG60" s="30"/>
       <c r="AH60" s="30"/>
       <c r="AI60" s="30"/>
       <c r="AJ60" s="30"/>
       <c r="AK60" s="30"/>
       <c r="AL60" s="30"/>
       <c r="AM60" s="30"/>
       <c r="AN60" s="30"/>
       <c r="AO60" s="30"/>
       <c r="AP60" s="30"/>
       <c r="AQ60" s="30"/>
       <c r="AR60" s="30"/>
       <c r="AS60" s="30"/>
       <c r="AT60" s="30"/>
       <c r="AU60" s="30"/>
       <c r="AV60" s="30"/>
     </row>
     <row r="61" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="13"/>
       <c r="C61" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="29">
-        <v>3.47</v>
+        <v>3.71</v>
       </c>
       <c r="F61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I61" s="29">
-        <v>4.7</v>
+        <v>4.97</v>
       </c>
       <c r="J61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M61" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N61" s="7">
-        <v>3.1</v>
+        <v>3.31</v>
       </c>
       <c r="O61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q61" s="7">
-        <v>4.1399999999999997</v>
+        <v>4.41</v>
       </c>
       <c r="R61" s="7">
-        <v>4.33</v>
+        <v>4.62</v>
       </c>
       <c r="S61" s="7">
-        <v>4.6900000000000004</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="T61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V61" s="7">
-        <v>5.0599999999999996</v>
+        <v>5.34</v>
       </c>
       <c r="W61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD61" s="7" t="s">
         <v>1</v>
       </c>
@@ -7103,108 +7149,108 @@
         <v>1</v>
       </c>
       <c r="AF61" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG61" s="30"/>
       <c r="AH61" s="30"/>
       <c r="AI61" s="30"/>
       <c r="AJ61" s="30"/>
       <c r="AK61" s="30"/>
       <c r="AL61" s="30"/>
       <c r="AM61" s="30"/>
       <c r="AN61" s="30"/>
       <c r="AO61" s="30"/>
       <c r="AP61" s="30"/>
       <c r="AQ61" s="30"/>
       <c r="AR61" s="30"/>
       <c r="AS61" s="30"/>
       <c r="AT61" s="30"/>
       <c r="AU61" s="30"/>
       <c r="AV61" s="30"/>
     </row>
     <row r="62" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13"/>
       <c r="C62" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E62" s="29">
-        <v>3.41</v>
+        <v>3.47</v>
       </c>
       <c r="F62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I62" s="29">
-        <v>4.45</v>
+        <v>4.7</v>
       </c>
       <c r="J62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M62" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N62" s="7">
-        <v>2.89</v>
+        <v>3.1</v>
       </c>
       <c r="O62" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="P62" s="7">
-        <v>3.88</v>
+      <c r="P62" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="Q62" s="7">
-        <v>4.01</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="R62" s="7">
-        <v>4.1500000000000004</v>
+        <v>4.33</v>
       </c>
       <c r="S62" s="7">
-        <v>4.42</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="T62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V62" s="7">
-        <v>4.8499999999999996</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="W62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD62" s="7" t="s">
         <v>1</v>
       </c>
@@ -7212,108 +7258,108 @@
         <v>1</v>
       </c>
       <c r="AF62" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG62" s="30"/>
       <c r="AH62" s="30"/>
       <c r="AI62" s="30"/>
       <c r="AJ62" s="30"/>
       <c r="AK62" s="30"/>
       <c r="AL62" s="30"/>
       <c r="AM62" s="30"/>
       <c r="AN62" s="30"/>
       <c r="AO62" s="30"/>
       <c r="AP62" s="30"/>
       <c r="AQ62" s="30"/>
       <c r="AR62" s="30"/>
       <c r="AS62" s="30"/>
       <c r="AT62" s="30"/>
       <c r="AU62" s="30"/>
       <c r="AV62" s="30"/>
     </row>
     <row r="63" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="13"/>
       <c r="C63" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E63" s="29">
-        <v>3.44</v>
+        <v>3.41</v>
       </c>
       <c r="F63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I63" s="29">
-        <v>4.34</v>
+        <v>4.45</v>
       </c>
       <c r="J63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M63" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N63" s="7">
-        <v>2.92</v>
+        <v>2.89</v>
       </c>
       <c r="O63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P63" s="7">
-        <v>3.86</v>
+        <v>3.88</v>
       </c>
       <c r="Q63" s="7">
-        <v>4.08</v>
+        <v>4.01</v>
       </c>
       <c r="R63" s="7">
-        <v>4.28</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="S63" s="7">
-        <v>4.3899999999999997</v>
+        <v>4.42</v>
       </c>
       <c r="T63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V63" s="7">
-        <v>4.76</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD63" s="7" t="s">
         <v>1</v>
       </c>
@@ -7321,108 +7367,108 @@
         <v>1</v>
       </c>
       <c r="AF63" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG63" s="30"/>
       <c r="AH63" s="30"/>
       <c r="AI63" s="30"/>
       <c r="AJ63" s="30"/>
       <c r="AK63" s="30"/>
       <c r="AL63" s="30"/>
       <c r="AM63" s="30"/>
       <c r="AN63" s="30"/>
       <c r="AO63" s="30"/>
       <c r="AP63" s="30"/>
       <c r="AQ63" s="30"/>
       <c r="AR63" s="30"/>
       <c r="AS63" s="30"/>
       <c r="AT63" s="30"/>
       <c r="AU63" s="30"/>
       <c r="AV63" s="30"/>
     </row>
     <row r="64" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13"/>
       <c r="C64" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E64" s="29">
-        <v>3.42</v>
+        <v>3.44</v>
       </c>
       <c r="F64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I64" s="29">
-        <v>4.3099999999999996</v>
+        <v>4.34</v>
       </c>
       <c r="J64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L64" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M64" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="N64" s="7" t="s">
-        <v>1</v>
+      <c r="N64" s="7">
+        <v>2.92</v>
       </c>
       <c r="O64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P64" s="7">
-        <v>3.7</v>
+        <v>3.86</v>
       </c>
       <c r="Q64" s="7">
-        <v>3.93</v>
+        <v>4.08</v>
       </c>
       <c r="R64" s="7">
-        <v>4.18</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.28</v>
+      </c>
+      <c r="S64" s="7">
+        <v>4.3899999999999997</v>
       </c>
       <c r="T64" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="U64" s="7">
-        <v>4.59</v>
+      <c r="U64" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="V64" s="7">
-        <v>4.67</v>
+        <v>4.76</v>
       </c>
       <c r="W64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD64" s="7" t="s">
         <v>1</v>
       </c>
@@ -7430,434 +7476,434 @@
         <v>1</v>
       </c>
       <c r="AF64" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG64" s="30"/>
       <c r="AH64" s="30"/>
       <c r="AI64" s="30"/>
       <c r="AJ64" s="30"/>
       <c r="AK64" s="30"/>
       <c r="AL64" s="30"/>
       <c r="AM64" s="30"/>
       <c r="AN64" s="30"/>
       <c r="AO64" s="30"/>
       <c r="AP64" s="30"/>
       <c r="AQ64" s="30"/>
       <c r="AR64" s="30"/>
       <c r="AS64" s="30"/>
       <c r="AT64" s="30"/>
       <c r="AU64" s="30"/>
       <c r="AV64" s="30"/>
     </row>
     <row r="65" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="13"/>
       <c r="C65" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E65" s="29">
-        <v>3.67</v>
+        <v>3.42</v>
       </c>
       <c r="F65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I65" s="29">
-        <v>4.49</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="J65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M65" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P65" s="7">
-        <v>3.56</v>
+        <v>3.7</v>
       </c>
       <c r="Q65" s="7">
-        <v>3.79</v>
+        <v>3.93</v>
       </c>
       <c r="R65" s="7">
-        <v>4.0199999999999996</v>
+        <v>4.18</v>
       </c>
       <c r="S65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U65" s="7">
-        <v>4.4400000000000004</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.59</v>
+      </c>
+      <c r="V65" s="7">
+        <v>4.67</v>
       </c>
       <c r="W65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF65" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG65" s="30"/>
       <c r="AH65" s="30"/>
       <c r="AI65" s="30"/>
       <c r="AJ65" s="30"/>
       <c r="AK65" s="30"/>
       <c r="AL65" s="30"/>
       <c r="AM65" s="30"/>
       <c r="AN65" s="30"/>
       <c r="AO65" s="30"/>
       <c r="AP65" s="30"/>
       <c r="AQ65" s="30"/>
       <c r="AR65" s="30"/>
       <c r="AS65" s="30"/>
       <c r="AT65" s="30"/>
       <c r="AU65" s="30"/>
       <c r="AV65" s="30"/>
     </row>
     <row r="66" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B66" s="17"/>
-[...105 lines deleted...]
-      <c r="AV66" s="35"/>
+      <c r="B66" s="13"/>
+      <c r="C66" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="29">
+        <v>3.67</v>
+      </c>
+      <c r="F66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I66" s="29">
+        <v>4.49</v>
+      </c>
+      <c r="J66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M66" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P66" s="7">
+        <v>3.56</v>
+      </c>
+      <c r="Q66" s="7">
+        <v>3.79</v>
+      </c>
+      <c r="R66" s="7">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="S66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U66" s="7">
+        <v>4.4400000000000004</v>
+      </c>
+      <c r="V66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG66" s="30"/>
+      <c r="AH66" s="30"/>
+      <c r="AI66" s="30"/>
+      <c r="AJ66" s="30"/>
+      <c r="AK66" s="30"/>
+      <c r="AL66" s="30"/>
+      <c r="AM66" s="30"/>
+      <c r="AN66" s="30"/>
+      <c r="AO66" s="30"/>
+      <c r="AP66" s="30"/>
+      <c r="AQ66" s="30"/>
+      <c r="AR66" s="30"/>
+      <c r="AS66" s="30"/>
+      <c r="AT66" s="30"/>
+      <c r="AU66" s="30"/>
+      <c r="AV66" s="30"/>
     </row>
     <row r="67" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B67" s="13">
-[...107 lines deleted...]
-      <c r="AV67" s="30"/>
+      <c r="B67" s="17"/>
+      <c r="C67" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="E67" s="34">
+        <v>3.83</v>
+      </c>
+      <c r="F67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I67" s="34">
+        <v>4.58</v>
+      </c>
+      <c r="J67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M67" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P67" s="9">
+        <v>3.32</v>
+      </c>
+      <c r="Q67" s="9">
+        <v>3.52</v>
+      </c>
+      <c r="R67" s="9">
+        <v>3.68</v>
+      </c>
+      <c r="S67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U67" s="9">
+        <v>4.07</v>
+      </c>
+      <c r="V67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF67" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG67" s="35"/>
+      <c r="AH67" s="35"/>
+      <c r="AI67" s="35"/>
+      <c r="AJ67" s="35"/>
+      <c r="AK67" s="35"/>
+      <c r="AL67" s="35"/>
+      <c r="AM67" s="35"/>
+      <c r="AN67" s="35"/>
+      <c r="AO67" s="35"/>
+      <c r="AP67" s="35"/>
+      <c r="AQ67" s="35"/>
+      <c r="AR67" s="35"/>
+      <c r="AS67" s="35"/>
+      <c r="AT67" s="35"/>
+      <c r="AU67" s="35"/>
+      <c r="AV67" s="35"/>
     </row>
     <row r="68" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B68" s="13"/>
+      <c r="B68" s="13">
+        <v>2005</v>
+      </c>
       <c r="C68" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="E68" s="29" t="s">
-        <v>1</v>
+      <c r="E68" s="29">
+        <v>3.99</v>
       </c>
       <c r="F68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H68" s="29">
-        <v>4.8099999999999996</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.74</v>
+      </c>
+      <c r="I68" s="29">
+        <v>4.7</v>
       </c>
       <c r="J68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M68" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P68" s="7">
-        <v>3.24</v>
+        <v>3.22</v>
       </c>
       <c r="Q68" s="7">
-        <v>3.44</v>
+        <v>3.41</v>
       </c>
       <c r="R68" s="7">
-        <v>3.6</v>
+        <v>3.56</v>
       </c>
       <c r="S68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U68" s="7">
-        <v>3.92</v>
+        <v>3.91</v>
       </c>
       <c r="V68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC68" s="7" t="s">
         <v>1</v>
       </c>
@@ -7868,105 +7914,105 @@
         <v>1</v>
       </c>
       <c r="AF68" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG68" s="30"/>
       <c r="AH68" s="30"/>
       <c r="AI68" s="30"/>
       <c r="AJ68" s="30"/>
       <c r="AK68" s="30"/>
       <c r="AL68" s="30"/>
       <c r="AM68" s="30"/>
       <c r="AN68" s="30"/>
       <c r="AO68" s="30"/>
       <c r="AP68" s="30"/>
       <c r="AQ68" s="30"/>
       <c r="AR68" s="30"/>
       <c r="AS68" s="30"/>
       <c r="AT68" s="30"/>
       <c r="AU68" s="30"/>
       <c r="AV68" s="30"/>
     </row>
     <row r="69" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="13"/>
       <c r="C69" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H69" s="29">
-        <v>5.19</v>
+        <v>4.8099999999999996</v>
       </c>
       <c r="I69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M69" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P69" s="7">
-        <v>3.34</v>
+        <v>3.24</v>
       </c>
       <c r="Q69" s="7">
-        <v>3.56</v>
+        <v>3.44</v>
       </c>
       <c r="R69" s="7">
-        <v>3.76</v>
+        <v>3.6</v>
       </c>
       <c r="S69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U69" s="7">
-        <v>4.13</v>
+        <v>3.92</v>
       </c>
       <c r="V69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC69" s="7" t="s">
         <v>1</v>
       </c>
@@ -7977,105 +8023,105 @@
         <v>1</v>
       </c>
       <c r="AF69" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG69" s="30"/>
       <c r="AH69" s="30"/>
       <c r="AI69" s="30"/>
       <c r="AJ69" s="30"/>
       <c r="AK69" s="30"/>
       <c r="AL69" s="30"/>
       <c r="AM69" s="30"/>
       <c r="AN69" s="30"/>
       <c r="AO69" s="30"/>
       <c r="AP69" s="30"/>
       <c r="AQ69" s="30"/>
       <c r="AR69" s="30"/>
       <c r="AS69" s="30"/>
       <c r="AT69" s="30"/>
       <c r="AU69" s="30"/>
       <c r="AV69" s="30"/>
     </row>
     <row r="70" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13"/>
       <c r="C70" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H70" s="29">
-        <v>5.0199999999999996</v>
+        <v>5.19</v>
       </c>
       <c r="I70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M70" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P70" s="7">
-        <v>3.28</v>
+        <v>3.34</v>
       </c>
       <c r="Q70" s="7">
-        <v>3.48</v>
+        <v>3.56</v>
       </c>
       <c r="R70" s="7">
-        <v>3.67</v>
+        <v>3.76</v>
       </c>
       <c r="S70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U70" s="7">
-        <v>4.0599999999999996</v>
+        <v>4.13</v>
       </c>
       <c r="V70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC70" s="7" t="s">
         <v>1</v>
       </c>
@@ -8086,105 +8132,105 @@
         <v>1</v>
       </c>
       <c r="AF70" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG70" s="30"/>
       <c r="AH70" s="30"/>
       <c r="AI70" s="30"/>
       <c r="AJ70" s="30"/>
       <c r="AK70" s="30"/>
       <c r="AL70" s="30"/>
       <c r="AM70" s="30"/>
       <c r="AN70" s="30"/>
       <c r="AO70" s="30"/>
       <c r="AP70" s="30"/>
       <c r="AQ70" s="30"/>
       <c r="AR70" s="30"/>
       <c r="AS70" s="30"/>
       <c r="AT70" s="30"/>
       <c r="AU70" s="30"/>
       <c r="AV70" s="30"/>
     </row>
     <row r="71" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="13"/>
       <c r="C71" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H71" s="29">
-        <v>4.8899999999999997</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="I71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M71" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P71" s="7">
-        <v>3.15</v>
+        <v>3.28</v>
       </c>
       <c r="Q71" s="7">
-        <v>3.35</v>
+        <v>3.48</v>
       </c>
       <c r="R71" s="7">
-        <v>3.52</v>
+        <v>3.67</v>
       </c>
       <c r="S71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U71" s="7">
-        <v>3.91</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="V71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC71" s="7" t="s">
         <v>1</v>
       </c>
@@ -8195,105 +8241,105 @@
         <v>1</v>
       </c>
       <c r="AF71" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG71" s="30"/>
       <c r="AH71" s="30"/>
       <c r="AI71" s="30"/>
       <c r="AJ71" s="30"/>
       <c r="AK71" s="30"/>
       <c r="AL71" s="30"/>
       <c r="AM71" s="30"/>
       <c r="AN71" s="30"/>
       <c r="AO71" s="30"/>
       <c r="AP71" s="30"/>
       <c r="AQ71" s="30"/>
       <c r="AR71" s="30"/>
       <c r="AS71" s="30"/>
       <c r="AT71" s="30"/>
       <c r="AU71" s="30"/>
       <c r="AV71" s="30"/>
     </row>
     <row r="72" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="13"/>
       <c r="C72" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H72" s="29">
-        <v>4.8099999999999996</v>
+        <v>4.8899999999999997</v>
       </c>
       <c r="I72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M72" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P72" s="7">
-        <v>2.98</v>
+        <v>3.15</v>
       </c>
       <c r="Q72" s="7">
-        <v>3.17</v>
+        <v>3.35</v>
       </c>
       <c r="R72" s="7">
-        <v>3.36</v>
+        <v>3.52</v>
       </c>
       <c r="S72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U72" s="7">
-        <v>3.72</v>
+        <v>3.91</v>
       </c>
       <c r="V72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC72" s="7" t="s">
         <v>1</v>
       </c>
@@ -8304,105 +8350,105 @@
         <v>1</v>
       </c>
       <c r="AF72" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG72" s="30"/>
       <c r="AH72" s="30"/>
       <c r="AI72" s="30"/>
       <c r="AJ72" s="30"/>
       <c r="AK72" s="30"/>
       <c r="AL72" s="30"/>
       <c r="AM72" s="30"/>
       <c r="AN72" s="30"/>
       <c r="AO72" s="30"/>
       <c r="AP72" s="30"/>
       <c r="AQ72" s="30"/>
       <c r="AR72" s="30"/>
       <c r="AS72" s="30"/>
       <c r="AT72" s="30"/>
       <c r="AU72" s="30"/>
       <c r="AV72" s="30"/>
     </row>
     <row r="73" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="13"/>
       <c r="C73" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H73" s="29">
-        <v>5.05</v>
+        <v>4.8099999999999996</v>
       </c>
       <c r="I73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M73" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P73" s="7">
-        <v>3.01</v>
+        <v>2.98</v>
       </c>
       <c r="Q73" s="7">
-        <v>3.2</v>
+        <v>3.17</v>
       </c>
       <c r="R73" s="7">
-        <v>3.39</v>
+        <v>3.36</v>
       </c>
       <c r="S73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U73" s="7">
-        <v>3.71</v>
+        <v>3.72</v>
       </c>
       <c r="V73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC73" s="7" t="s">
         <v>1</v>
       </c>
@@ -8413,105 +8459,105 @@
         <v>1</v>
       </c>
       <c r="AF73" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG73" s="30"/>
       <c r="AH73" s="30"/>
       <c r="AI73" s="30"/>
       <c r="AJ73" s="30"/>
       <c r="AK73" s="30"/>
       <c r="AL73" s="30"/>
       <c r="AM73" s="30"/>
       <c r="AN73" s="30"/>
       <c r="AO73" s="30"/>
       <c r="AP73" s="30"/>
       <c r="AQ73" s="30"/>
       <c r="AR73" s="30"/>
       <c r="AS73" s="30"/>
       <c r="AT73" s="30"/>
       <c r="AU73" s="30"/>
       <c r="AV73" s="30"/>
     </row>
     <row r="74" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="13"/>
       <c r="C74" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H74" s="29">
-        <v>5.21</v>
+        <v>5.05</v>
       </c>
       <c r="I74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M74" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N74" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="O74" s="7">
-        <v>2.9</v>
+      <c r="O74" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="P74" s="7">
-        <v>3.04</v>
+        <v>3.01</v>
       </c>
       <c r="Q74" s="7">
-        <v>3.17</v>
+        <v>3.2</v>
       </c>
       <c r="R74" s="7">
-        <v>3.32</v>
+        <v>3.39</v>
       </c>
       <c r="S74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U74" s="7">
-        <v>3.64</v>
+        <v>3.71</v>
       </c>
       <c r="V74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC74" s="7" t="s">
         <v>1</v>
       </c>
@@ -8522,105 +8568,105 @@
         <v>1</v>
       </c>
       <c r="AF74" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG74" s="30"/>
       <c r="AH74" s="30"/>
       <c r="AI74" s="30"/>
       <c r="AJ74" s="30"/>
       <c r="AK74" s="30"/>
       <c r="AL74" s="30"/>
       <c r="AM74" s="30"/>
       <c r="AN74" s="30"/>
       <c r="AO74" s="30"/>
       <c r="AP74" s="30"/>
       <c r="AQ74" s="30"/>
       <c r="AR74" s="30"/>
       <c r="AS74" s="30"/>
       <c r="AT74" s="30"/>
       <c r="AU74" s="30"/>
       <c r="AV74" s="30"/>
     </row>
     <row r="75" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="13"/>
       <c r="C75" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H75" s="29">
-        <v>5.01</v>
+        <v>5.21</v>
       </c>
       <c r="I75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M75" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O75" s="7">
-        <v>2.84</v>
+        <v>2.9</v>
       </c>
       <c r="P75" s="7">
-        <v>3</v>
+        <v>3.04</v>
       </c>
       <c r="Q75" s="7">
-        <v>3.12</v>
+        <v>3.17</v>
       </c>
       <c r="R75" s="7">
-        <v>3.11</v>
+        <v>3.32</v>
       </c>
       <c r="S75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U75" s="7">
-        <v>3.41</v>
+        <v>3.64</v>
       </c>
       <c r="V75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC75" s="7" t="s">
         <v>1</v>
       </c>
@@ -8631,105 +8677,105 @@
         <v>1</v>
       </c>
       <c r="AF75" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG75" s="30"/>
       <c r="AH75" s="30"/>
       <c r="AI75" s="30"/>
       <c r="AJ75" s="30"/>
       <c r="AK75" s="30"/>
       <c r="AL75" s="30"/>
       <c r="AM75" s="30"/>
       <c r="AN75" s="30"/>
       <c r="AO75" s="30"/>
       <c r="AP75" s="30"/>
       <c r="AQ75" s="30"/>
       <c r="AR75" s="30"/>
       <c r="AS75" s="30"/>
       <c r="AT75" s="30"/>
       <c r="AU75" s="30"/>
       <c r="AV75" s="30"/>
     </row>
     <row r="76" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13"/>
       <c r="C76" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H76" s="29">
-        <v>5.34</v>
+        <v>5.01</v>
       </c>
       <c r="I76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M76" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O76" s="7">
+        <v>2.84</v>
+      </c>
+      <c r="P76" s="7">
         <v>3</v>
       </c>
-      <c r="P76" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="Q76" s="7">
-        <v>3.27</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.12</v>
+      </c>
+      <c r="R76" s="7">
+        <v>3.11</v>
       </c>
       <c r="S76" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="T76" s="7">
-        <v>3.55</v>
+      <c r="T76" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="U76" s="7">
-        <v>3.4</v>
+        <v>3.41</v>
       </c>
       <c r="V76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC76" s="7" t="s">
         <v>1</v>
       </c>
@@ -8740,105 +8786,105 @@
         <v>1</v>
       </c>
       <c r="AF76" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG76" s="30"/>
       <c r="AH76" s="30"/>
       <c r="AI76" s="30"/>
       <c r="AJ76" s="30"/>
       <c r="AK76" s="30"/>
       <c r="AL76" s="30"/>
       <c r="AM76" s="30"/>
       <c r="AN76" s="30"/>
       <c r="AO76" s="30"/>
       <c r="AP76" s="30"/>
       <c r="AQ76" s="30"/>
       <c r="AR76" s="30"/>
       <c r="AS76" s="30"/>
       <c r="AT76" s="30"/>
       <c r="AU76" s="30"/>
       <c r="AV76" s="30"/>
     </row>
     <row r="77" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="13"/>
       <c r="C77" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H77" s="29">
-        <v>5.51</v>
+        <v>5.34</v>
       </c>
       <c r="I77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M77" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O77" s="7">
-        <v>3.3</v>
+        <v>3</v>
       </c>
       <c r="P77" s="7">
-        <v>3.46</v>
+        <v>3.16</v>
       </c>
       <c r="Q77" s="7">
-        <v>3.58</v>
+        <v>3.27</v>
       </c>
       <c r="R77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T77" s="7">
-        <v>3.77</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.55</v>
+      </c>
+      <c r="U77" s="7">
+        <v>3.4</v>
       </c>
       <c r="V77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC77" s="7" t="s">
         <v>1</v>
       </c>
@@ -8847,324 +8893,324 @@
       </c>
       <c r="AE77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF77" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG77" s="30"/>
       <c r="AH77" s="30"/>
       <c r="AI77" s="30"/>
       <c r="AJ77" s="30"/>
       <c r="AK77" s="30"/>
       <c r="AL77" s="30"/>
       <c r="AM77" s="30"/>
       <c r="AN77" s="30"/>
       <c r="AO77" s="30"/>
       <c r="AP77" s="30"/>
       <c r="AQ77" s="30"/>
       <c r="AR77" s="30"/>
       <c r="AS77" s="30"/>
       <c r="AT77" s="30"/>
       <c r="AU77" s="30"/>
       <c r="AV77" s="30"/>
     </row>
     <row r="78" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B78" s="17"/>
-[...105 lines deleted...]
-      <c r="AV78" s="35"/>
+      <c r="B78" s="13"/>
+      <c r="C78" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="E78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H78" s="29">
+        <v>5.51</v>
+      </c>
+      <c r="I78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M78" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O78" s="7">
+        <v>3.3</v>
+      </c>
+      <c r="P78" s="7">
+        <v>3.46</v>
+      </c>
+      <c r="Q78" s="7">
+        <v>3.58</v>
+      </c>
+      <c r="R78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T78" s="7">
+        <v>3.77</v>
+      </c>
+      <c r="U78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG78" s="30"/>
+      <c r="AH78" s="30"/>
+      <c r="AI78" s="30"/>
+      <c r="AJ78" s="30"/>
+      <c r="AK78" s="30"/>
+      <c r="AL78" s="30"/>
+      <c r="AM78" s="30"/>
+      <c r="AN78" s="30"/>
+      <c r="AO78" s="30"/>
+      <c r="AP78" s="30"/>
+      <c r="AQ78" s="30"/>
+      <c r="AR78" s="30"/>
+      <c r="AS78" s="30"/>
+      <c r="AT78" s="30"/>
+      <c r="AU78" s="30"/>
+      <c r="AV78" s="30"/>
     </row>
     <row r="79" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B79" s="13">
-[...107 lines deleted...]
-      <c r="AV79" s="30"/>
+      <c r="B79" s="17"/>
+      <c r="C79" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D79" s="9">
+        <v>4.42</v>
+      </c>
+      <c r="E79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H79" s="34">
+        <v>5.52</v>
+      </c>
+      <c r="I79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M79" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O79" s="9">
+        <v>3.32</v>
+      </c>
+      <c r="P79" s="9">
+        <v>3.42</v>
+      </c>
+      <c r="Q79" s="9">
+        <v>3.53</v>
+      </c>
+      <c r="R79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T79" s="9">
+        <v>3.65</v>
+      </c>
+      <c r="U79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF79" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG79" s="35"/>
+      <c r="AH79" s="35"/>
+      <c r="AI79" s="35"/>
+      <c r="AJ79" s="35"/>
+      <c r="AK79" s="35"/>
+      <c r="AL79" s="35"/>
+      <c r="AM79" s="35"/>
+      <c r="AN79" s="35"/>
+      <c r="AO79" s="35"/>
+      <c r="AP79" s="35"/>
+      <c r="AQ79" s="35"/>
+      <c r="AR79" s="35"/>
+      <c r="AS79" s="35"/>
+      <c r="AT79" s="35"/>
+      <c r="AU79" s="35"/>
+      <c r="AV79" s="35"/>
     </row>
     <row r="80" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B80" s="13"/>
+      <c r="B80" s="13">
+        <v>2006</v>
+      </c>
       <c r="C80" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D80" s="7">
-        <v>3.93</v>
+        <v>4.03</v>
       </c>
       <c r="E80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G80" s="29">
-        <v>5.66</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.64</v>
+      </c>
+      <c r="H80" s="29">
+        <v>5.49</v>
       </c>
       <c r="I80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M80" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O80" s="7">
-        <v>3.48</v>
+        <v>3.36</v>
       </c>
       <c r="P80" s="7">
-        <v>3.59</v>
+        <v>3.45</v>
       </c>
       <c r="Q80" s="7">
-        <v>3.67</v>
+        <v>3.54</v>
       </c>
       <c r="R80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T80" s="7">
-        <v>3.78</v>
+        <v>3.62</v>
       </c>
       <c r="U80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB80" s="7" t="s">
         <v>1</v>
       </c>
@@ -9178,102 +9224,102 @@
         <v>1</v>
       </c>
       <c r="AF80" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG80" s="30"/>
       <c r="AH80" s="30"/>
       <c r="AI80" s="30"/>
       <c r="AJ80" s="30"/>
       <c r="AK80" s="30"/>
       <c r="AL80" s="30"/>
       <c r="AM80" s="30"/>
       <c r="AN80" s="30"/>
       <c r="AO80" s="30"/>
       <c r="AP80" s="30"/>
       <c r="AQ80" s="30"/>
       <c r="AR80" s="30"/>
       <c r="AS80" s="30"/>
       <c r="AT80" s="30"/>
       <c r="AU80" s="30"/>
       <c r="AV80" s="30"/>
     </row>
     <row r="81" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="13"/>
       <c r="C81" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D81" s="7">
-        <v>3.91</v>
+        <v>3.93</v>
       </c>
       <c r="E81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G81" s="29">
-        <v>5.74</v>
+        <v>5.66</v>
       </c>
       <c r="H81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M81" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O81" s="7">
-        <v>3.7</v>
+        <v>3.48</v>
       </c>
       <c r="P81" s="7">
-        <v>3.8</v>
+        <v>3.59</v>
       </c>
       <c r="Q81" s="7">
-        <v>3.88</v>
+        <v>3.67</v>
       </c>
       <c r="R81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T81" s="7">
-        <v>3.97</v>
+        <v>3.78</v>
       </c>
       <c r="U81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB81" s="7" t="s">
         <v>1</v>
       </c>
@@ -9287,102 +9333,102 @@
         <v>1</v>
       </c>
       <c r="AF81" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG81" s="30"/>
       <c r="AH81" s="30"/>
       <c r="AI81" s="30"/>
       <c r="AJ81" s="30"/>
       <c r="AK81" s="30"/>
       <c r="AL81" s="30"/>
       <c r="AM81" s="30"/>
       <c r="AN81" s="30"/>
       <c r="AO81" s="30"/>
       <c r="AP81" s="30"/>
       <c r="AQ81" s="30"/>
       <c r="AR81" s="30"/>
       <c r="AS81" s="30"/>
       <c r="AT81" s="30"/>
       <c r="AU81" s="30"/>
       <c r="AV81" s="30"/>
     </row>
     <row r="82" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="13"/>
       <c r="C82" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D82" s="7">
-        <v>4.2</v>
+        <v>3.91</v>
       </c>
       <c r="E82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G82" s="29">
-        <v>5.91</v>
+        <v>5.74</v>
       </c>
       <c r="H82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M82" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O82" s="7">
-        <v>3.89</v>
+        <v>3.7</v>
       </c>
       <c r="P82" s="7">
-        <v>4.01</v>
+        <v>3.8</v>
       </c>
       <c r="Q82" s="7">
-        <v>4.13</v>
+        <v>3.88</v>
       </c>
       <c r="R82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T82" s="7">
-        <v>4.2699999999999996</v>
+        <v>3.97</v>
       </c>
       <c r="U82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB82" s="7" t="s">
         <v>1</v>
       </c>
@@ -9396,102 +9442,102 @@
         <v>1</v>
       </c>
       <c r="AF82" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG82" s="30"/>
       <c r="AH82" s="30"/>
       <c r="AI82" s="30"/>
       <c r="AJ82" s="30"/>
       <c r="AK82" s="30"/>
       <c r="AL82" s="30"/>
       <c r="AM82" s="30"/>
       <c r="AN82" s="30"/>
       <c r="AO82" s="30"/>
       <c r="AP82" s="30"/>
       <c r="AQ82" s="30"/>
       <c r="AR82" s="30"/>
       <c r="AS82" s="30"/>
       <c r="AT82" s="30"/>
       <c r="AU82" s="30"/>
       <c r="AV82" s="30"/>
     </row>
     <row r="83" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="13"/>
       <c r="C83" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D83" s="7">
-        <v>4.4400000000000004</v>
+        <v>4.2</v>
       </c>
       <c r="E83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G83" s="29">
-        <v>6.02</v>
+        <v>5.91</v>
       </c>
       <c r="H83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M83" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O83" s="7">
-        <v>3.94</v>
+        <v>3.89</v>
       </c>
       <c r="P83" s="7">
-        <v>4.0599999999999996</v>
+        <v>4.01</v>
       </c>
       <c r="Q83" s="7">
-        <v>4.2</v>
+        <v>4.13</v>
       </c>
       <c r="R83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T83" s="7">
-        <v>4.34</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="U83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB83" s="7" t="s">
         <v>1</v>
       </c>
@@ -9505,102 +9551,102 @@
         <v>1</v>
       </c>
       <c r="AF83" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG83" s="30"/>
       <c r="AH83" s="30"/>
       <c r="AI83" s="30"/>
       <c r="AJ83" s="30"/>
       <c r="AK83" s="30"/>
       <c r="AL83" s="30"/>
       <c r="AM83" s="30"/>
       <c r="AN83" s="30"/>
       <c r="AO83" s="30"/>
       <c r="AP83" s="30"/>
       <c r="AQ83" s="30"/>
       <c r="AR83" s="30"/>
       <c r="AS83" s="30"/>
       <c r="AT83" s="30"/>
       <c r="AU83" s="30"/>
       <c r="AV83" s="30"/>
     </row>
     <row r="84" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="13"/>
       <c r="C84" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D84" s="7">
-        <v>4.51</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="E84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G84" s="29">
-        <v>6.16</v>
+        <v>6.02</v>
       </c>
       <c r="H84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M84" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O84" s="7">
-        <v>4.08</v>
+        <v>3.94</v>
       </c>
       <c r="P84" s="7">
-        <v>4.21</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="Q84" s="7">
-        <v>4.3499999999999996</v>
+        <v>4.2</v>
       </c>
       <c r="R84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T84" s="7">
-        <v>4.46</v>
+        <v>4.34</v>
       </c>
       <c r="U84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB84" s="7" t="s">
         <v>1</v>
       </c>
@@ -9614,102 +9660,102 @@
         <v>1</v>
       </c>
       <c r="AF84" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG84" s="30"/>
       <c r="AH84" s="30"/>
       <c r="AI84" s="30"/>
       <c r="AJ84" s="30"/>
       <c r="AK84" s="30"/>
       <c r="AL84" s="30"/>
       <c r="AM84" s="30"/>
       <c r="AN84" s="30"/>
       <c r="AO84" s="30"/>
       <c r="AP84" s="30"/>
       <c r="AQ84" s="30"/>
       <c r="AR84" s="30"/>
       <c r="AS84" s="30"/>
       <c r="AT84" s="30"/>
       <c r="AU84" s="30"/>
       <c r="AV84" s="30"/>
     </row>
     <row r="85" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="13"/>
       <c r="C85" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D85" s="7">
-        <v>4.6399999999999997</v>
+        <v>4.51</v>
       </c>
       <c r="E85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G85" s="29">
-        <v>6.23</v>
+        <v>6.16</v>
       </c>
       <c r="H85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M85" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O85" s="7">
+        <v>4.08</v>
+      </c>
+      <c r="P85" s="7">
         <v>4.21</v>
       </c>
-      <c r="P85" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="Q85" s="7">
-        <v>4.43</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="R85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T85" s="7">
-        <v>4.5599999999999996</v>
+        <v>4.46</v>
       </c>
       <c r="U85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB85" s="7" t="s">
         <v>1</v>
       </c>
@@ -9723,102 +9769,102 @@
         <v>1</v>
       </c>
       <c r="AF85" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG85" s="30"/>
       <c r="AH85" s="30"/>
       <c r="AI85" s="30"/>
       <c r="AJ85" s="30"/>
       <c r="AK85" s="30"/>
       <c r="AL85" s="30"/>
       <c r="AM85" s="30"/>
       <c r="AN85" s="30"/>
       <c r="AO85" s="30"/>
       <c r="AP85" s="30"/>
       <c r="AQ85" s="30"/>
       <c r="AR85" s="30"/>
       <c r="AS85" s="30"/>
       <c r="AT85" s="30"/>
       <c r="AU85" s="30"/>
       <c r="AV85" s="30"/>
     </row>
     <row r="86" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="13"/>
       <c r="C86" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D86" s="7">
         <v>4.6399999999999997</v>
       </c>
       <c r="E86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G86" s="29">
-        <v>5.98</v>
+        <v>6.23</v>
       </c>
       <c r="H86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L86" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M86" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="N86" s="7">
-        <v>4.13</v>
+      <c r="N86" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="O86" s="7">
-        <v>4.1399999999999997</v>
+        <v>4.21</v>
       </c>
       <c r="P86" s="7">
-        <v>4.21</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="Q86" s="7">
-        <v>4.2699999999999996</v>
+        <v>4.43</v>
       </c>
       <c r="R86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T86" s="7">
-        <v>4.3899999999999997</v>
+        <v>4.5599999999999996</v>
       </c>
       <c r="U86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB86" s="7" t="s">
         <v>1</v>
       </c>
@@ -9832,102 +9878,102 @@
         <v>1</v>
       </c>
       <c r="AF86" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG86" s="30"/>
       <c r="AH86" s="30"/>
       <c r="AI86" s="30"/>
       <c r="AJ86" s="30"/>
       <c r="AK86" s="30"/>
       <c r="AL86" s="30"/>
       <c r="AM86" s="30"/>
       <c r="AN86" s="30"/>
       <c r="AO86" s="30"/>
       <c r="AP86" s="30"/>
       <c r="AQ86" s="30"/>
       <c r="AR86" s="30"/>
       <c r="AS86" s="30"/>
       <c r="AT86" s="30"/>
       <c r="AU86" s="30"/>
       <c r="AV86" s="30"/>
     </row>
     <row r="87" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="13"/>
       <c r="C87" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D87" s="7">
-        <v>4.6899999999999995</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="E87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G87" s="29">
-        <v>5.82</v>
+        <v>5.98</v>
       </c>
       <c r="H87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M87" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N87" s="7">
+        <v>4.13</v>
+      </c>
+      <c r="O87" s="7">
         <v>4.1399999999999997</v>
       </c>
-      <c r="O87" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="P87" s="7">
-        <v>4.2</v>
+        <v>4.21</v>
       </c>
       <c r="Q87" s="7">
-        <v>4.22</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="R87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T87" s="7">
-        <v>4.28</v>
+        <v>4.3899999999999997</v>
       </c>
       <c r="U87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB87" s="7" t="s">
         <v>1</v>
       </c>
@@ -9941,102 +9987,102 @@
         <v>1</v>
       </c>
       <c r="AF87" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG87" s="30"/>
       <c r="AH87" s="30"/>
       <c r="AI87" s="30"/>
       <c r="AJ87" s="30"/>
       <c r="AK87" s="30"/>
       <c r="AL87" s="30"/>
       <c r="AM87" s="30"/>
       <c r="AN87" s="30"/>
       <c r="AO87" s="30"/>
       <c r="AP87" s="30"/>
       <c r="AQ87" s="30"/>
       <c r="AR87" s="30"/>
       <c r="AS87" s="30"/>
       <c r="AT87" s="30"/>
       <c r="AU87" s="30"/>
       <c r="AV87" s="30"/>
     </row>
     <row r="88" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="13"/>
       <c r="C88" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D88" s="7">
-        <v>4.75</v>
+        <v>4.6899999999999995</v>
       </c>
       <c r="E88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G88" s="29">
-        <v>5.8</v>
+        <v>5.82</v>
       </c>
       <c r="H88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M88" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N88" s="7">
-        <v>4.16</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="O88" s="7">
-        <v>4.17</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="P88" s="7">
-        <v>4.2300000000000004</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.2</v>
+      </c>
+      <c r="Q88" s="7">
+        <v>4.22</v>
       </c>
       <c r="R88" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="S88" s="7">
-        <v>4.3</v>
+      <c r="S88" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T88" s="7">
-        <v>4.26</v>
+        <v>4.28</v>
       </c>
       <c r="U88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB88" s="7" t="s">
         <v>1</v>
       </c>
@@ -10050,102 +10096,102 @@
         <v>1</v>
       </c>
       <c r="AF88" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG88" s="30"/>
       <c r="AH88" s="30"/>
       <c r="AI88" s="30"/>
       <c r="AJ88" s="30"/>
       <c r="AK88" s="30"/>
       <c r="AL88" s="30"/>
       <c r="AM88" s="30"/>
       <c r="AN88" s="30"/>
       <c r="AO88" s="30"/>
       <c r="AP88" s="30"/>
       <c r="AQ88" s="30"/>
       <c r="AR88" s="30"/>
       <c r="AS88" s="30"/>
       <c r="AT88" s="30"/>
       <c r="AU88" s="30"/>
       <c r="AV88" s="30"/>
     </row>
     <row r="89" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="13"/>
       <c r="C89" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D89" s="7">
-        <v>4.7</v>
+        <v>4.75</v>
       </c>
       <c r="E89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G89" s="29">
-        <v>5.65</v>
+        <v>5.8</v>
       </c>
       <c r="H89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M89" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N89" s="7">
-        <v>4.13</v>
+        <v>4.16</v>
       </c>
       <c r="O89" s="7">
-        <v>4.12</v>
+        <v>4.17</v>
       </c>
       <c r="P89" s="7">
-        <v>4.1500000000000004</v>
+        <v>4.2300000000000004</v>
       </c>
       <c r="Q89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S89" s="7">
-        <v>4.17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.3</v>
+      </c>
+      <c r="T89" s="7">
+        <v>4.26</v>
       </c>
       <c r="U89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB89" s="7" t="s">
         <v>1</v>
       </c>
@@ -10157,321 +10203,321 @@
       </c>
       <c r="AE89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF89" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG89" s="30"/>
       <c r="AH89" s="30"/>
       <c r="AI89" s="30"/>
       <c r="AJ89" s="30"/>
       <c r="AK89" s="30"/>
       <c r="AL89" s="30"/>
       <c r="AM89" s="30"/>
       <c r="AN89" s="30"/>
       <c r="AO89" s="30"/>
       <c r="AP89" s="30"/>
       <c r="AQ89" s="30"/>
       <c r="AR89" s="30"/>
       <c r="AS89" s="30"/>
       <c r="AT89" s="30"/>
       <c r="AU89" s="30"/>
       <c r="AV89" s="30"/>
     </row>
     <row r="90" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B90" s="17"/>
-[...105 lines deleted...]
-      <c r="AV90" s="35"/>
+      <c r="B90" s="13"/>
+      <c r="C90" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D90" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="E90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G90" s="29">
+        <v>5.65</v>
+      </c>
+      <c r="H90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M90" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N90" s="7">
+        <v>4.13</v>
+      </c>
+      <c r="O90" s="7">
+        <v>4.12</v>
+      </c>
+      <c r="P90" s="7">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="Q90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S90" s="7">
+        <v>4.17</v>
+      </c>
+      <c r="T90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG90" s="30"/>
+      <c r="AH90" s="30"/>
+      <c r="AI90" s="30"/>
+      <c r="AJ90" s="30"/>
+      <c r="AK90" s="30"/>
+      <c r="AL90" s="30"/>
+      <c r="AM90" s="30"/>
+      <c r="AN90" s="30"/>
+      <c r="AO90" s="30"/>
+      <c r="AP90" s="30"/>
+      <c r="AQ90" s="30"/>
+      <c r="AR90" s="30"/>
+      <c r="AS90" s="30"/>
+      <c r="AT90" s="30"/>
+      <c r="AU90" s="30"/>
+      <c r="AV90" s="30"/>
     </row>
     <row r="91" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B91" s="13">
-[...107 lines deleted...]
-      <c r="AV91" s="30"/>
+      <c r="B91" s="17"/>
+      <c r="C91" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D91" s="9">
+        <v>4.72</v>
+      </c>
+      <c r="E91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="34">
+        <v>5.55</v>
+      </c>
+      <c r="H91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M91" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N91" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="O91" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="P91" s="9">
+        <v>4.2300000000000004</v>
+      </c>
+      <c r="Q91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S91" s="9">
+        <v>4.25</v>
+      </c>
+      <c r="T91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF91" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG91" s="35"/>
+      <c r="AH91" s="35"/>
+      <c r="AI91" s="35"/>
+      <c r="AJ91" s="35"/>
+      <c r="AK91" s="35"/>
+      <c r="AL91" s="35"/>
+      <c r="AM91" s="35"/>
+      <c r="AN91" s="35"/>
+      <c r="AO91" s="35"/>
+      <c r="AP91" s="35"/>
+      <c r="AQ91" s="35"/>
+      <c r="AR91" s="35"/>
+      <c r="AS91" s="35"/>
+      <c r="AT91" s="35"/>
+      <c r="AU91" s="35"/>
+      <c r="AV91" s="35"/>
     </row>
     <row r="92" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B92" s="13"/>
+      <c r="B92" s="13">
+        <v>2007</v>
+      </c>
       <c r="C92" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D92" s="7">
-        <v>4.67</v>
+        <v>4.75</v>
       </c>
       <c r="E92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F92" s="29">
-        <v>5.77</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.85</v>
+      </c>
+      <c r="G92" s="29">
+        <v>5.79</v>
       </c>
       <c r="H92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M92" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N92" s="7">
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="O92" s="7">
         <v>4.37</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.38</v>
       </c>
       <c r="P92" s="7">
         <v>4.41</v>
       </c>
       <c r="Q92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S92" s="7">
-        <v>4.47</v>
+        <v>4.4400000000000004</v>
       </c>
       <c r="T92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA92" s="7" t="s">
         <v>1</v>
       </c>
@@ -10488,99 +10534,99 @@
         <v>1</v>
       </c>
       <c r="AF92" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG92" s="30"/>
       <c r="AH92" s="30"/>
       <c r="AI92" s="30"/>
       <c r="AJ92" s="30"/>
       <c r="AK92" s="30"/>
       <c r="AL92" s="30"/>
       <c r="AM92" s="30"/>
       <c r="AN92" s="30"/>
       <c r="AO92" s="30"/>
       <c r="AP92" s="30"/>
       <c r="AQ92" s="30"/>
       <c r="AR92" s="30"/>
       <c r="AS92" s="30"/>
       <c r="AT92" s="30"/>
       <c r="AU92" s="30"/>
       <c r="AV92" s="30"/>
     </row>
     <row r="93" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="13"/>
       <c r="C93" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D93" s="7">
-        <v>4.4799999999999995</v>
+        <v>4.67</v>
       </c>
       <c r="E93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F93" s="29">
-        <v>5.59</v>
+        <v>5.77</v>
       </c>
       <c r="G93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M93" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N93" s="7">
-        <v>4.3600000000000003</v>
+        <v>4.37</v>
       </c>
       <c r="O93" s="7">
-        <v>4.3600000000000003</v>
+        <v>4.38</v>
       </c>
       <c r="P93" s="7">
-        <v>4.3600000000000003</v>
+        <v>4.41</v>
       </c>
       <c r="Q93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S93" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.47</v>
       </c>
       <c r="T93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA93" s="7" t="s">
         <v>1</v>
       </c>
@@ -10597,99 +10643,99 @@
         <v>1</v>
       </c>
       <c r="AF93" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG93" s="30"/>
       <c r="AH93" s="30"/>
       <c r="AI93" s="30"/>
       <c r="AJ93" s="30"/>
       <c r="AK93" s="30"/>
       <c r="AL93" s="30"/>
       <c r="AM93" s="30"/>
       <c r="AN93" s="30"/>
       <c r="AO93" s="30"/>
       <c r="AP93" s="30"/>
       <c r="AQ93" s="30"/>
       <c r="AR93" s="30"/>
       <c r="AS93" s="30"/>
       <c r="AT93" s="30"/>
       <c r="AU93" s="30"/>
       <c r="AV93" s="30"/>
     </row>
     <row r="94" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="13"/>
       <c r="C94" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D94" s="7">
-        <v>4.47</v>
+        <v>4.4799999999999995</v>
       </c>
       <c r="E94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F94" s="29">
-        <v>5.66</v>
+        <v>5.59</v>
       </c>
       <c r="G94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M94" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N94" s="7">
-        <v>4.51</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="O94" s="7">
-        <v>4.5199999999999996</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="P94" s="7">
-        <v>4.5199999999999996</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="Q94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S94" s="7">
-        <v>4.57</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="T94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA94" s="7" t="s">
         <v>1</v>
       </c>
@@ -10706,99 +10752,99 @@
         <v>1</v>
       </c>
       <c r="AF94" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG94" s="30"/>
       <c r="AH94" s="30"/>
       <c r="AI94" s="30"/>
       <c r="AJ94" s="30"/>
       <c r="AK94" s="30"/>
       <c r="AL94" s="30"/>
       <c r="AM94" s="30"/>
       <c r="AN94" s="30"/>
       <c r="AO94" s="30"/>
       <c r="AP94" s="30"/>
       <c r="AQ94" s="30"/>
       <c r="AR94" s="30"/>
       <c r="AS94" s="30"/>
       <c r="AT94" s="30"/>
       <c r="AU94" s="30"/>
       <c r="AV94" s="30"/>
     </row>
     <row r="95" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="13"/>
       <c r="C95" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D95" s="7">
-        <v>4.63</v>
+        <v>4.47</v>
       </c>
       <c r="E95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F95" s="29">
-        <v>5.74</v>
+        <v>5.66</v>
       </c>
       <c r="G95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M95" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N95" s="7">
-        <v>4.55</v>
+        <v>4.51</v>
       </c>
       <c r="O95" s="7">
-        <v>4.55</v>
+        <v>4.5199999999999996</v>
       </c>
       <c r="P95" s="7">
-        <v>4.58</v>
+        <v>4.5199999999999996</v>
       </c>
       <c r="Q95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S95" s="7">
-        <v>4.63</v>
+        <v>4.57</v>
       </c>
       <c r="T95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA95" s="7" t="s">
         <v>1</v>
       </c>
@@ -10815,99 +10861,99 @@
         <v>1</v>
       </c>
       <c r="AF95" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG95" s="30"/>
       <c r="AH95" s="30"/>
       <c r="AI95" s="30"/>
       <c r="AJ95" s="30"/>
       <c r="AK95" s="30"/>
       <c r="AL95" s="30"/>
       <c r="AM95" s="30"/>
       <c r="AN95" s="30"/>
       <c r="AO95" s="30"/>
       <c r="AP95" s="30"/>
       <c r="AQ95" s="30"/>
       <c r="AR95" s="30"/>
       <c r="AS95" s="30"/>
       <c r="AT95" s="30"/>
       <c r="AU95" s="30"/>
       <c r="AV95" s="30"/>
     </row>
     <row r="96" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="13"/>
       <c r="C96" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D96" s="7">
-        <v>4.88</v>
+        <v>4.63</v>
       </c>
       <c r="E96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F96" s="29">
-        <v>6.06</v>
+        <v>5.74</v>
       </c>
       <c r="G96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M96" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N96" s="7">
-        <v>4.67</v>
+        <v>4.55</v>
       </c>
       <c r="O96" s="7">
-        <v>4.7</v>
+        <v>4.55</v>
       </c>
       <c r="P96" s="7">
-        <v>4.78</v>
+        <v>4.58</v>
       </c>
       <c r="Q96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S96" s="7">
-        <v>4.8600000000000003</v>
+        <v>4.63</v>
       </c>
       <c r="T96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA96" s="7" t="s">
         <v>1</v>
       </c>
@@ -10924,99 +10970,99 @@
         <v>1</v>
       </c>
       <c r="AF96" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG96" s="30"/>
       <c r="AH96" s="30"/>
       <c r="AI96" s="30"/>
       <c r="AJ96" s="30"/>
       <c r="AK96" s="30"/>
       <c r="AL96" s="30"/>
       <c r="AM96" s="30"/>
       <c r="AN96" s="30"/>
       <c r="AO96" s="30"/>
       <c r="AP96" s="30"/>
       <c r="AQ96" s="30"/>
       <c r="AR96" s="30"/>
       <c r="AS96" s="30"/>
       <c r="AT96" s="30"/>
       <c r="AU96" s="30"/>
       <c r="AV96" s="30"/>
     </row>
     <row r="97" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="13"/>
       <c r="C97" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D97" s="7">
-        <v>5.04</v>
+        <v>4.88</v>
       </c>
       <c r="E97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F97" s="29">
-        <v>5.95</v>
+        <v>6.06</v>
       </c>
       <c r="G97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M97" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N97" s="7">
-        <v>4.74</v>
+        <v>4.67</v>
       </c>
       <c r="O97" s="7">
-        <v>4.79</v>
+        <v>4.7</v>
       </c>
       <c r="P97" s="7">
-        <v>4.84</v>
+        <v>4.78</v>
       </c>
       <c r="Q97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S97" s="7">
-        <v>4.9000000000000004</v>
+        <v>4.8600000000000003</v>
       </c>
       <c r="T97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA97" s="7" t="s">
         <v>1</v>
       </c>
@@ -11033,99 +11079,99 @@
         <v>1</v>
       </c>
       <c r="AF97" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG97" s="30"/>
       <c r="AH97" s="30"/>
       <c r="AI97" s="30"/>
       <c r="AJ97" s="30"/>
       <c r="AK97" s="30"/>
       <c r="AL97" s="30"/>
       <c r="AM97" s="30"/>
       <c r="AN97" s="30"/>
       <c r="AO97" s="30"/>
       <c r="AP97" s="30"/>
       <c r="AQ97" s="30"/>
       <c r="AR97" s="30"/>
       <c r="AS97" s="30"/>
       <c r="AT97" s="30"/>
       <c r="AU97" s="30"/>
       <c r="AV97" s="30"/>
     </row>
     <row r="98" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="13"/>
       <c r="C98" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D98" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.04</v>
       </c>
       <c r="E98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F98" s="29">
-        <v>5.72</v>
+        <v>5.95</v>
       </c>
       <c r="G98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M98" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N98" s="7">
-        <v>4.7699999999999996</v>
+        <v>4.74</v>
       </c>
       <c r="O98" s="7">
-        <v>4.78</v>
+        <v>4.79</v>
       </c>
       <c r="P98" s="7">
-        <v>4.8499999999999996</v>
+        <v>4.84</v>
       </c>
       <c r="Q98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S98" s="7">
-        <v>4.9400000000000004</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="T98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA98" s="7" t="s">
         <v>1</v>
       </c>
@@ -11142,99 +11188,99 @@
         <v>1</v>
       </c>
       <c r="AF98" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG98" s="30"/>
       <c r="AH98" s="30"/>
       <c r="AI98" s="30"/>
       <c r="AJ98" s="30"/>
       <c r="AK98" s="30"/>
       <c r="AL98" s="30"/>
       <c r="AM98" s="30"/>
       <c r="AN98" s="30"/>
       <c r="AO98" s="30"/>
       <c r="AP98" s="30"/>
       <c r="AQ98" s="30"/>
       <c r="AR98" s="30"/>
       <c r="AS98" s="30"/>
       <c r="AT98" s="30"/>
       <c r="AU98" s="30"/>
       <c r="AV98" s="30"/>
     </row>
     <row r="99" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="13"/>
       <c r="C99" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D99" s="7">
-        <v>5.1499999999999995</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="E99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F99" s="29">
-        <v>5.5</v>
+        <v>5.72</v>
       </c>
       <c r="G99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M99" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N99" s="7">
-        <v>4.74</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="O99" s="7">
+        <v>4.78</v>
+      </c>
+      <c r="P99" s="7">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="Q99" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R99" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S99" s="7">
         <v>4.9400000000000004</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.95</v>
       </c>
       <c r="T99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA99" s="7" t="s">
         <v>1</v>
       </c>
@@ -11251,99 +11297,99 @@
         <v>1</v>
       </c>
       <c r="AF99" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG99" s="30"/>
       <c r="AH99" s="30"/>
       <c r="AI99" s="30"/>
       <c r="AJ99" s="30"/>
       <c r="AK99" s="30"/>
       <c r="AL99" s="30"/>
       <c r="AM99" s="30"/>
       <c r="AN99" s="30"/>
       <c r="AO99" s="30"/>
       <c r="AP99" s="30"/>
       <c r="AQ99" s="30"/>
       <c r="AR99" s="30"/>
       <c r="AS99" s="30"/>
       <c r="AT99" s="30"/>
       <c r="AU99" s="30"/>
       <c r="AV99" s="30"/>
     </row>
     <row r="100" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="13"/>
       <c r="C100" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D100" s="7">
-        <v>5.2200000000000006</v>
+        <v>5.1499999999999995</v>
       </c>
       <c r="E100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F100" s="29">
-        <v>5.44</v>
+        <v>5.5</v>
       </c>
       <c r="G100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M100" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N100" s="7">
-        <v>4.6900000000000004</v>
+        <v>4.74</v>
       </c>
       <c r="O100" s="7">
-        <v>4.82</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.9400000000000004</v>
+      </c>
+      <c r="P100" s="7">
+        <v>4.83</v>
       </c>
       <c r="Q100" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="R100" s="7">
-        <v>4.8</v>
+      <c r="R100" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="S100" s="7">
-        <v>4.99</v>
+        <v>4.95</v>
       </c>
       <c r="T100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA100" s="7" t="s">
         <v>1</v>
       </c>
@@ -11360,99 +11406,99 @@
         <v>1</v>
       </c>
       <c r="AF100" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG100" s="30"/>
       <c r="AH100" s="30"/>
       <c r="AI100" s="30"/>
       <c r="AJ100" s="30"/>
       <c r="AK100" s="30"/>
       <c r="AL100" s="30"/>
       <c r="AM100" s="30"/>
       <c r="AN100" s="30"/>
       <c r="AO100" s="30"/>
       <c r="AP100" s="30"/>
       <c r="AQ100" s="30"/>
       <c r="AR100" s="30"/>
       <c r="AS100" s="30"/>
       <c r="AT100" s="30"/>
       <c r="AU100" s="30"/>
       <c r="AV100" s="30"/>
     </row>
     <row r="101" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="13"/>
       <c r="C101" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D101" s="7">
-        <v>5.37</v>
+        <v>5.2200000000000006</v>
       </c>
       <c r="E101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F101" s="29">
-        <v>5.03</v>
+        <v>5.44</v>
       </c>
       <c r="G101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M101" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N101" s="7">
-        <v>4.58</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="O101" s="7">
+        <v>4.82</v>
+      </c>
+      <c r="P101" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q101" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R101" s="7">
         <v>4.8</v>
       </c>
-      <c r="P101" s="7" t="s">
-[...9 lines deleted...]
-        <v>1</v>
+      <c r="S101" s="7">
+        <v>4.99</v>
       </c>
       <c r="T101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA101" s="7" t="s">
         <v>1</v>
       </c>
@@ -11467,318 +11513,318 @@
       </c>
       <c r="AE101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF101" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG101" s="30"/>
       <c r="AH101" s="30"/>
       <c r="AI101" s="30"/>
       <c r="AJ101" s="30"/>
       <c r="AK101" s="30"/>
       <c r="AL101" s="30"/>
       <c r="AM101" s="30"/>
       <c r="AN101" s="30"/>
       <c r="AO101" s="30"/>
       <c r="AP101" s="30"/>
       <c r="AQ101" s="30"/>
       <c r="AR101" s="30"/>
       <c r="AS101" s="30"/>
       <c r="AT101" s="30"/>
       <c r="AU101" s="30"/>
       <c r="AV101" s="30"/>
     </row>
     <row r="102" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B102" s="17"/>
-[...105 lines deleted...]
-      <c r="AV102" s="35"/>
+      <c r="B102" s="13"/>
+      <c r="C102" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D102" s="7">
+        <v>5.37</v>
+      </c>
+      <c r="E102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F102" s="29">
+        <v>5.03</v>
+      </c>
+      <c r="G102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M102" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N102" s="7">
+        <v>4.58</v>
+      </c>
+      <c r="O102" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="P102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R102" s="7">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="S102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG102" s="30"/>
+      <c r="AH102" s="30"/>
+      <c r="AI102" s="30"/>
+      <c r="AJ102" s="30"/>
+      <c r="AK102" s="30"/>
+      <c r="AL102" s="30"/>
+      <c r="AM102" s="30"/>
+      <c r="AN102" s="30"/>
+      <c r="AO102" s="30"/>
+      <c r="AP102" s="30"/>
+      <c r="AQ102" s="30"/>
+      <c r="AR102" s="30"/>
+      <c r="AS102" s="30"/>
+      <c r="AT102" s="30"/>
+      <c r="AU102" s="30"/>
+      <c r="AV102" s="30"/>
     </row>
     <row r="103" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B103" s="13">
-[...107 lines deleted...]
-      <c r="AV103" s="30"/>
+      <c r="B103" s="17"/>
+      <c r="C103" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D103" s="9">
+        <v>5.4399999999999995</v>
+      </c>
+      <c r="E103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F103" s="34">
+        <v>4.88</v>
+      </c>
+      <c r="G103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M103" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N103" s="9">
+        <v>4.8600000000000003</v>
+      </c>
+      <c r="O103" s="9">
+        <v>5.16</v>
+      </c>
+      <c r="P103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R103" s="9">
+        <v>5.15</v>
+      </c>
+      <c r="S103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF103" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG103" s="35"/>
+      <c r="AH103" s="35"/>
+      <c r="AI103" s="35"/>
+      <c r="AJ103" s="35"/>
+      <c r="AK103" s="35"/>
+      <c r="AL103" s="35"/>
+      <c r="AM103" s="35"/>
+      <c r="AN103" s="35"/>
+      <c r="AO103" s="35"/>
+      <c r="AP103" s="35"/>
+      <c r="AQ103" s="35"/>
+      <c r="AR103" s="35"/>
+      <c r="AS103" s="35"/>
+      <c r="AT103" s="35"/>
+      <c r="AU103" s="35"/>
+      <c r="AV103" s="35"/>
     </row>
     <row r="104" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B104" s="13"/>
+      <c r="B104" s="13">
+        <v>2008</v>
+      </c>
       <c r="C104" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D104" s="7">
-        <v>5.7799999999999994</v>
+        <v>5.55</v>
       </c>
       <c r="E104" s="29">
-        <v>3.79</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.77</v>
+      </c>
+      <c r="F104" s="29">
+        <v>4.2</v>
       </c>
       <c r="G104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M104" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N104" s="7">
-        <v>4.3899999999999997</v>
+        <v>4.6100000000000003</v>
       </c>
       <c r="O104" s="7">
-        <v>4.66</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="P104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R104" s="7">
-        <v>4.78</v>
+        <v>4.91</v>
       </c>
       <c r="S104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z104" s="7" t="s">
         <v>1</v>
       </c>
@@ -11798,96 +11844,96 @@
         <v>1</v>
       </c>
       <c r="AF104" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG104" s="30"/>
       <c r="AH104" s="30"/>
       <c r="AI104" s="30"/>
       <c r="AJ104" s="30"/>
       <c r="AK104" s="30"/>
       <c r="AL104" s="30"/>
       <c r="AM104" s="30"/>
       <c r="AN104" s="30"/>
       <c r="AO104" s="30"/>
       <c r="AP104" s="30"/>
       <c r="AQ104" s="30"/>
       <c r="AR104" s="30"/>
       <c r="AS104" s="30"/>
       <c r="AT104" s="30"/>
       <c r="AU104" s="30"/>
       <c r="AV104" s="30"/>
     </row>
     <row r="105" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="13"/>
       <c r="C105" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D105" s="7">
-        <v>5.83</v>
+        <v>5.7799999999999994</v>
       </c>
       <c r="E105" s="29">
-        <v>3.68</v>
+        <v>3.79</v>
       </c>
       <c r="F105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M105" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N105" s="7">
-        <v>4.63</v>
+        <v>4.3899999999999997</v>
       </c>
       <c r="O105" s="7">
-        <v>5.01</v>
+        <v>4.66</v>
       </c>
       <c r="P105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R105" s="7">
-        <v>4.91</v>
+        <v>4.78</v>
       </c>
       <c r="S105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z105" s="7" t="s">
         <v>1</v>
       </c>
@@ -11907,96 +11953,96 @@
         <v>1</v>
       </c>
       <c r="AF105" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG105" s="30"/>
       <c r="AH105" s="30"/>
       <c r="AI105" s="30"/>
       <c r="AJ105" s="30"/>
       <c r="AK105" s="30"/>
       <c r="AL105" s="30"/>
       <c r="AM105" s="30"/>
       <c r="AN105" s="30"/>
       <c r="AO105" s="30"/>
       <c r="AP105" s="30"/>
       <c r="AQ105" s="30"/>
       <c r="AR105" s="30"/>
       <c r="AS105" s="30"/>
       <c r="AT105" s="30"/>
       <c r="AU105" s="30"/>
       <c r="AV105" s="30"/>
     </row>
     <row r="106" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="13"/>
       <c r="C106" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D106" s="7">
-        <v>5.79</v>
+        <v>5.83</v>
       </c>
       <c r="E106" s="29">
-        <v>3.99</v>
+        <v>3.68</v>
       </c>
       <c r="F106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M106" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N106" s="7">
+        <v>4.63</v>
+      </c>
+      <c r="O106" s="7">
+        <v>5.01</v>
+      </c>
+      <c r="P106" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q106" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R106" s="7">
         <v>4.91</v>
-      </c>
-[...10 lines deleted...]
-        <v>5.05</v>
       </c>
       <c r="S106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z106" s="7" t="s">
         <v>1</v>
       </c>
@@ -12016,96 +12062,96 @@
         <v>1</v>
       </c>
       <c r="AF106" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG106" s="30"/>
       <c r="AH106" s="30"/>
       <c r="AI106" s="30"/>
       <c r="AJ106" s="30"/>
       <c r="AK106" s="30"/>
       <c r="AL106" s="30"/>
       <c r="AM106" s="30"/>
       <c r="AN106" s="30"/>
       <c r="AO106" s="30"/>
       <c r="AP106" s="30"/>
       <c r="AQ106" s="30"/>
       <c r="AR106" s="30"/>
       <c r="AS106" s="30"/>
       <c r="AT106" s="30"/>
       <c r="AU106" s="30"/>
       <c r="AV106" s="30"/>
     </row>
     <row r="107" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B107" s="13"/>
       <c r="C107" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D107" s="7">
-        <v>5.71</v>
+        <v>5.79</v>
       </c>
       <c r="E107" s="29">
-        <v>4.1900000000000004</v>
+        <v>3.99</v>
       </c>
       <c r="F107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M107" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N107" s="7">
-        <v>4.9400000000000004</v>
+        <v>4.91</v>
       </c>
       <c r="O107" s="7">
-        <v>5.19</v>
+        <v>5.14</v>
       </c>
       <c r="P107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R107" s="7">
-        <v>5.1100000000000003</v>
+        <v>5.05</v>
       </c>
       <c r="S107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z107" s="7" t="s">
         <v>1</v>
       </c>
@@ -12125,96 +12171,96 @@
         <v>1</v>
       </c>
       <c r="AF107" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG107" s="30"/>
       <c r="AH107" s="30"/>
       <c r="AI107" s="30"/>
       <c r="AJ107" s="30"/>
       <c r="AK107" s="30"/>
       <c r="AL107" s="30"/>
       <c r="AM107" s="30"/>
       <c r="AN107" s="30"/>
       <c r="AO107" s="30"/>
       <c r="AP107" s="30"/>
       <c r="AQ107" s="30"/>
       <c r="AR107" s="30"/>
       <c r="AS107" s="30"/>
       <c r="AT107" s="30"/>
       <c r="AU107" s="30"/>
       <c r="AV107" s="30"/>
     </row>
     <row r="108" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="13"/>
       <c r="C108" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D108" s="7">
-        <v>5.76</v>
+        <v>5.71</v>
       </c>
       <c r="E108" s="29">
-        <v>4.7300000000000004</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="F108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M108" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N108" s="7">
-        <v>5.52</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="O108" s="7">
-        <v>5.81</v>
+        <v>5.19</v>
       </c>
       <c r="P108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R108" s="7">
-        <v>5.61</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="S108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z108" s="7" t="s">
         <v>1</v>
       </c>
@@ -12234,96 +12280,96 @@
         <v>1</v>
       </c>
       <c r="AF108" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG108" s="30"/>
       <c r="AH108" s="30"/>
       <c r="AI108" s="30"/>
       <c r="AJ108" s="30"/>
       <c r="AK108" s="30"/>
       <c r="AL108" s="30"/>
       <c r="AM108" s="30"/>
       <c r="AN108" s="30"/>
       <c r="AO108" s="30"/>
       <c r="AP108" s="30"/>
       <c r="AQ108" s="30"/>
       <c r="AR108" s="30"/>
       <c r="AS108" s="30"/>
       <c r="AT108" s="30"/>
       <c r="AU108" s="30"/>
       <c r="AV108" s="30"/>
     </row>
     <row r="109" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B109" s="13"/>
       <c r="C109" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D109" s="7">
+        <v>5.76</v>
+      </c>
+      <c r="E109" s="29">
+        <v>4.7300000000000004</v>
+      </c>
+      <c r="F109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M109" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N109" s="7">
+        <v>5.52</v>
+      </c>
+      <c r="O109" s="7">
         <v>5.81</v>
       </c>
-      <c r="E109" s="29">
-[...31 lines deleted...]
-      </c>
       <c r="P109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R109" s="7">
-        <v>5.71</v>
+        <v>5.61</v>
       </c>
       <c r="S109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z109" s="7" t="s">
         <v>1</v>
       </c>
@@ -12343,96 +12389,96 @@
         <v>1</v>
       </c>
       <c r="AF109" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG109" s="30"/>
       <c r="AH109" s="30"/>
       <c r="AI109" s="30"/>
       <c r="AJ109" s="30"/>
       <c r="AK109" s="30"/>
       <c r="AL109" s="30"/>
       <c r="AM109" s="30"/>
       <c r="AN109" s="30"/>
       <c r="AO109" s="30"/>
       <c r="AP109" s="30"/>
       <c r="AQ109" s="30"/>
       <c r="AR109" s="30"/>
       <c r="AS109" s="30"/>
       <c r="AT109" s="30"/>
       <c r="AU109" s="30"/>
       <c r="AV109" s="30"/>
     </row>
     <row r="110" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B110" s="13"/>
       <c r="C110" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D110" s="7">
+        <v>5.81</v>
+      </c>
+      <c r="E110" s="29">
+        <v>4.67</v>
+      </c>
+      <c r="F110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M110" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N110" s="7">
+        <v>5.46</v>
+      </c>
+      <c r="O110" s="7">
         <v>5.87</v>
       </c>
-      <c r="E110" s="29">
-[...31 lines deleted...]
-      </c>
       <c r="P110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R110" s="7">
-        <v>5.32</v>
+        <v>5.71</v>
       </c>
       <c r="S110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z110" s="7" t="s">
         <v>1</v>
       </c>
@@ -12452,96 +12498,96 @@
         <v>1</v>
       </c>
       <c r="AF110" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG110" s="30"/>
       <c r="AH110" s="30"/>
       <c r="AI110" s="30"/>
       <c r="AJ110" s="30"/>
       <c r="AK110" s="30"/>
       <c r="AL110" s="30"/>
       <c r="AM110" s="30"/>
       <c r="AN110" s="30"/>
       <c r="AO110" s="30"/>
       <c r="AP110" s="30"/>
       <c r="AQ110" s="30"/>
       <c r="AR110" s="30"/>
       <c r="AS110" s="30"/>
       <c r="AT110" s="30"/>
       <c r="AU110" s="30"/>
       <c r="AV110" s="30"/>
     </row>
     <row r="111" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B111" s="13"/>
       <c r="C111" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D111" s="7">
-        <v>5.94</v>
+        <v>5.87</v>
       </c>
       <c r="E111" s="29">
-        <v>4.6900000000000004</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="F111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M111" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N111" s="7">
-        <v>5.43</v>
+        <v>5.25</v>
       </c>
       <c r="O111" s="7">
-        <v>5.25</v>
+        <v>5.36</v>
       </c>
       <c r="P111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R111" s="7">
-        <v>5.49</v>
+        <v>5.32</v>
       </c>
       <c r="S111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z111" s="7" t="s">
         <v>1</v>
       </c>
@@ -12561,96 +12607,96 @@
         <v>1</v>
       </c>
       <c r="AF111" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG111" s="30"/>
       <c r="AH111" s="30"/>
       <c r="AI111" s="30"/>
       <c r="AJ111" s="30"/>
       <c r="AK111" s="30"/>
       <c r="AL111" s="30"/>
       <c r="AM111" s="30"/>
       <c r="AN111" s="30"/>
       <c r="AO111" s="30"/>
       <c r="AP111" s="30"/>
       <c r="AQ111" s="30"/>
       <c r="AR111" s="30"/>
       <c r="AS111" s="30"/>
       <c r="AT111" s="30"/>
       <c r="AU111" s="30"/>
       <c r="AV111" s="30"/>
     </row>
     <row r="112" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B112" s="13"/>
       <c r="C112" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D112" s="7">
-        <v>6.2600000000000007</v>
+        <v>5.94</v>
       </c>
       <c r="E112" s="29">
-        <v>4.83</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="F112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M112" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N112" s="7">
-        <v>6.43</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.43</v>
+      </c>
+      <c r="O112" s="7">
+        <v>5.25</v>
       </c>
       <c r="P112" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="Q112" s="7">
-        <v>7.32</v>
+      <c r="Q112" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="R112" s="7">
-        <v>5.97</v>
+        <v>5.49</v>
       </c>
       <c r="S112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z112" s="7" t="s">
         <v>1</v>
       </c>
@@ -12670,96 +12716,96 @@
         <v>1</v>
       </c>
       <c r="AF112" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG112" s="30"/>
       <c r="AH112" s="30"/>
       <c r="AI112" s="30"/>
       <c r="AJ112" s="30"/>
       <c r="AK112" s="30"/>
       <c r="AL112" s="30"/>
       <c r="AM112" s="30"/>
       <c r="AN112" s="30"/>
       <c r="AO112" s="30"/>
       <c r="AP112" s="30"/>
       <c r="AQ112" s="30"/>
       <c r="AR112" s="30"/>
       <c r="AS112" s="30"/>
       <c r="AT112" s="30"/>
       <c r="AU112" s="30"/>
       <c r="AV112" s="30"/>
     </row>
     <row r="113" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B113" s="13"/>
       <c r="C113" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D113" s="7">
-        <v>7.07</v>
+        <v>6.2600000000000007</v>
       </c>
       <c r="E113" s="29">
-        <v>9.8000000000000007</v>
+        <v>4.83</v>
       </c>
       <c r="F113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M113" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N113" s="7">
-        <v>8.01</v>
+        <v>6.43</v>
       </c>
       <c r="O113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q113" s="7">
-        <v>7.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.32</v>
+      </c>
+      <c r="R113" s="7">
+        <v>5.97</v>
       </c>
       <c r="S113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z113" s="7" t="s">
         <v>1</v>
       </c>
@@ -12777,315 +12823,315 @@
       </c>
       <c r="AE113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF113" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG113" s="30"/>
       <c r="AH113" s="30"/>
       <c r="AI113" s="30"/>
       <c r="AJ113" s="30"/>
       <c r="AK113" s="30"/>
       <c r="AL113" s="30"/>
       <c r="AM113" s="30"/>
       <c r="AN113" s="30"/>
       <c r="AO113" s="30"/>
       <c r="AP113" s="30"/>
       <c r="AQ113" s="30"/>
       <c r="AR113" s="30"/>
       <c r="AS113" s="30"/>
       <c r="AT113" s="30"/>
       <c r="AU113" s="30"/>
       <c r="AV113" s="30"/>
     </row>
     <row r="114" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B114" s="17"/>
-[...105 lines deleted...]
-      <c r="AV114" s="35"/>
+      <c r="B114" s="13"/>
+      <c r="C114" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D114" s="7">
+        <v>7.07</v>
+      </c>
+      <c r="E114" s="29">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="F114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M114" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N114" s="7">
+        <v>8.01</v>
+      </c>
+      <c r="O114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q114" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="R114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF114" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG114" s="30"/>
+      <c r="AH114" s="30"/>
+      <c r="AI114" s="30"/>
+      <c r="AJ114" s="30"/>
+      <c r="AK114" s="30"/>
+      <c r="AL114" s="30"/>
+      <c r="AM114" s="30"/>
+      <c r="AN114" s="30"/>
+      <c r="AO114" s="30"/>
+      <c r="AP114" s="30"/>
+      <c r="AQ114" s="30"/>
+      <c r="AR114" s="30"/>
+      <c r="AS114" s="30"/>
+      <c r="AT114" s="30"/>
+      <c r="AU114" s="30"/>
+      <c r="AV114" s="30"/>
     </row>
     <row r="115" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B115" s="13">
-[...107 lines deleted...]
-      <c r="AV115" s="30"/>
+      <c r="B115" s="17"/>
+      <c r="C115" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D115" s="9">
+        <v>7.13</v>
+      </c>
+      <c r="E115" s="34">
+        <v>9.24</v>
+      </c>
+      <c r="F115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M115" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N115" s="9">
+        <v>8.4700000000000006</v>
+      </c>
+      <c r="O115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q115" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="R115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF115" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG115" s="35"/>
+      <c r="AH115" s="35"/>
+      <c r="AI115" s="35"/>
+      <c r="AJ115" s="35"/>
+      <c r="AK115" s="35"/>
+      <c r="AL115" s="35"/>
+      <c r="AM115" s="35"/>
+      <c r="AN115" s="35"/>
+      <c r="AO115" s="35"/>
+      <c r="AP115" s="35"/>
+      <c r="AQ115" s="35"/>
+      <c r="AR115" s="35"/>
+      <c r="AS115" s="35"/>
+      <c r="AT115" s="35"/>
+      <c r="AU115" s="35"/>
+      <c r="AV115" s="35"/>
     </row>
     <row r="116" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B116" s="13"/>
+      <c r="B116" s="13">
+        <v>2009</v>
+      </c>
       <c r="C116" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D116" s="7">
-        <v>6.8199999999999994</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.83</v>
+      </c>
+      <c r="E116" s="29">
+        <v>8.4600000000000009</v>
       </c>
       <c r="F116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M116" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N116" s="7">
-        <v>7.05</v>
+        <v>7.41</v>
       </c>
       <c r="O116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q116" s="7">
-        <v>7.03</v>
+        <v>6.97</v>
       </c>
       <c r="R116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y116" s="7" t="s">
         <v>1</v>
       </c>
@@ -13108,93 +13154,93 @@
         <v>1</v>
       </c>
       <c r="AF116" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG116" s="30"/>
       <c r="AH116" s="30"/>
       <c r="AI116" s="30"/>
       <c r="AJ116" s="30"/>
       <c r="AK116" s="30"/>
       <c r="AL116" s="30"/>
       <c r="AM116" s="30"/>
       <c r="AN116" s="30"/>
       <c r="AO116" s="30"/>
       <c r="AP116" s="30"/>
       <c r="AQ116" s="30"/>
       <c r="AR116" s="30"/>
       <c r="AS116" s="30"/>
       <c r="AT116" s="30"/>
       <c r="AU116" s="30"/>
       <c r="AV116" s="30"/>
     </row>
     <row r="117" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B117" s="13"/>
       <c r="C117" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D117" s="7">
-        <v>7.8100000000000005</v>
+        <v>6.8199999999999994</v>
       </c>
       <c r="E117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M117" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N117" s="7">
-        <v>7.06</v>
+        <v>7.05</v>
       </c>
       <c r="O117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q117" s="7">
-        <v>7.39</v>
+        <v>7.03</v>
       </c>
       <c r="R117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y117" s="7" t="s">
         <v>1</v>
       </c>
@@ -13217,93 +13263,93 @@
         <v>1</v>
       </c>
       <c r="AF117" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG117" s="30"/>
       <c r="AH117" s="30"/>
       <c r="AI117" s="30"/>
       <c r="AJ117" s="30"/>
       <c r="AK117" s="30"/>
       <c r="AL117" s="30"/>
       <c r="AM117" s="30"/>
       <c r="AN117" s="30"/>
       <c r="AO117" s="30"/>
       <c r="AP117" s="30"/>
       <c r="AQ117" s="30"/>
       <c r="AR117" s="30"/>
       <c r="AS117" s="30"/>
       <c r="AT117" s="30"/>
       <c r="AU117" s="30"/>
       <c r="AV117" s="30"/>
     </row>
     <row r="118" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="13"/>
       <c r="C118" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D118" s="7">
-        <v>8.4</v>
+        <v>7.8100000000000005</v>
       </c>
       <c r="E118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M118" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N118" s="7">
-        <v>6.4</v>
+        <v>7.06</v>
       </c>
       <c r="O118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q118" s="7">
-        <v>7.1</v>
+        <v>7.39</v>
       </c>
       <c r="R118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y118" s="7" t="s">
         <v>1</v>
       </c>
@@ -13326,93 +13372,93 @@
         <v>1</v>
       </c>
       <c r="AF118" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG118" s="30"/>
       <c r="AH118" s="30"/>
       <c r="AI118" s="30"/>
       <c r="AJ118" s="30"/>
       <c r="AK118" s="30"/>
       <c r="AL118" s="30"/>
       <c r="AM118" s="30"/>
       <c r="AN118" s="30"/>
       <c r="AO118" s="30"/>
       <c r="AP118" s="30"/>
       <c r="AQ118" s="30"/>
       <c r="AR118" s="30"/>
       <c r="AS118" s="30"/>
       <c r="AT118" s="30"/>
       <c r="AU118" s="30"/>
       <c r="AV118" s="30"/>
     </row>
     <row r="119" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B119" s="13"/>
       <c r="C119" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D119" s="7">
-        <v>8.44</v>
+        <v>8.4</v>
       </c>
       <c r="E119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M119" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N119" s="7">
-        <v>4.82</v>
+        <v>6.4</v>
       </c>
       <c r="O119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q119" s="7">
-        <v>6.1</v>
+        <v>7.1</v>
       </c>
       <c r="R119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y119" s="7" t="s">
         <v>1</v>
       </c>
@@ -13435,96 +13481,96 @@
         <v>1</v>
       </c>
       <c r="AF119" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG119" s="30"/>
       <c r="AH119" s="30"/>
       <c r="AI119" s="30"/>
       <c r="AJ119" s="30"/>
       <c r="AK119" s="30"/>
       <c r="AL119" s="30"/>
       <c r="AM119" s="30"/>
       <c r="AN119" s="30"/>
       <c r="AO119" s="30"/>
       <c r="AP119" s="30"/>
       <c r="AQ119" s="30"/>
       <c r="AR119" s="30"/>
       <c r="AS119" s="30"/>
       <c r="AT119" s="30"/>
       <c r="AU119" s="30"/>
       <c r="AV119" s="30"/>
     </row>
     <row r="120" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B120" s="13"/>
       <c r="C120" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D120" s="7">
-        <v>8.23</v>
+        <v>8.44</v>
       </c>
       <c r="E120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M120" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N120" s="7">
-        <v>4.76</v>
+        <v>4.82</v>
       </c>
       <c r="O120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q120" s="7">
-        <v>6.24</v>
-[...2 lines deleted...]
-        <v>7.2</v>
+        <v>6.1</v>
+      </c>
+      <c r="R120" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="S120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z120" s="7" t="s">
         <v>1</v>
       </c>
@@ -13544,96 +13590,96 @@
         <v>1</v>
       </c>
       <c r="AF120" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG120" s="30"/>
       <c r="AH120" s="30"/>
       <c r="AI120" s="30"/>
       <c r="AJ120" s="30"/>
       <c r="AK120" s="30"/>
       <c r="AL120" s="30"/>
       <c r="AM120" s="30"/>
       <c r="AN120" s="30"/>
       <c r="AO120" s="30"/>
       <c r="AP120" s="30"/>
       <c r="AQ120" s="30"/>
       <c r="AR120" s="30"/>
       <c r="AS120" s="30"/>
       <c r="AT120" s="30"/>
       <c r="AU120" s="30"/>
       <c r="AV120" s="30"/>
     </row>
     <row r="121" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B121" s="13"/>
       <c r="C121" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D121" s="7">
-        <v>8.5299999999999994</v>
+        <v>8.23</v>
       </c>
       <c r="E121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M121" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N121" s="7">
-        <v>4.72</v>
+        <v>4.76</v>
       </c>
       <c r="O121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q121" s="7">
-        <v>6.34</v>
+        <v>6.24</v>
       </c>
       <c r="R121" s="7">
-        <v>7.5</v>
+        <v>7.2</v>
       </c>
       <c r="S121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z121" s="7" t="s">
         <v>1</v>
       </c>
@@ -13653,96 +13699,96 @@
         <v>1</v>
       </c>
       <c r="AF121" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG121" s="30"/>
       <c r="AH121" s="30"/>
       <c r="AI121" s="30"/>
       <c r="AJ121" s="30"/>
       <c r="AK121" s="30"/>
       <c r="AL121" s="30"/>
       <c r="AM121" s="30"/>
       <c r="AN121" s="30"/>
       <c r="AO121" s="30"/>
       <c r="AP121" s="30"/>
       <c r="AQ121" s="30"/>
       <c r="AR121" s="30"/>
       <c r="AS121" s="30"/>
       <c r="AT121" s="30"/>
       <c r="AU121" s="30"/>
       <c r="AV121" s="30"/>
     </row>
     <row r="122" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="13"/>
       <c r="C122" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D122" s="7">
-        <v>8.5599999999999987</v>
+        <v>8.5299999999999994</v>
       </c>
       <c r="E122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M122" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N122" s="7">
-        <v>3.97</v>
+        <v>4.72</v>
       </c>
       <c r="O122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q122" s="7">
-        <v>5.56</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.34</v>
+      </c>
+      <c r="R122" s="7">
+        <v>7.5</v>
       </c>
       <c r="S122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z122" s="7" t="s">
         <v>1</v>
       </c>
@@ -13762,93 +13808,93 @@
         <v>1</v>
       </c>
       <c r="AF122" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG122" s="30"/>
       <c r="AH122" s="30"/>
       <c r="AI122" s="30"/>
       <c r="AJ122" s="30"/>
       <c r="AK122" s="30"/>
       <c r="AL122" s="30"/>
       <c r="AM122" s="30"/>
       <c r="AN122" s="30"/>
       <c r="AO122" s="30"/>
       <c r="AP122" s="30"/>
       <c r="AQ122" s="30"/>
       <c r="AR122" s="30"/>
       <c r="AS122" s="30"/>
       <c r="AT122" s="30"/>
       <c r="AU122" s="30"/>
       <c r="AV122" s="30"/>
     </row>
     <row r="123" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B123" s="13"/>
       <c r="C123" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D123" s="7">
-        <v>8.6</v>
+        <v>8.5599999999999987</v>
       </c>
       <c r="E123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M123" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N123" s="7">
-        <v>3.89</v>
+        <v>3.97</v>
       </c>
       <c r="O123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q123" s="7">
-        <v>5.31</v>
+        <v>5.56</v>
       </c>
       <c r="R123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y123" s="7" t="s">
         <v>1</v>
       </c>
@@ -13871,93 +13917,93 @@
         <v>1</v>
       </c>
       <c r="AF123" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG123" s="30"/>
       <c r="AH123" s="30"/>
       <c r="AI123" s="30"/>
       <c r="AJ123" s="30"/>
       <c r="AK123" s="30"/>
       <c r="AL123" s="30"/>
       <c r="AM123" s="30"/>
       <c r="AN123" s="30"/>
       <c r="AO123" s="30"/>
       <c r="AP123" s="30"/>
       <c r="AQ123" s="30"/>
       <c r="AR123" s="30"/>
       <c r="AS123" s="30"/>
       <c r="AT123" s="30"/>
       <c r="AU123" s="30"/>
       <c r="AV123" s="30"/>
     </row>
     <row r="124" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="13"/>
       <c r="C124" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D124" s="7">
-        <v>8.64</v>
+        <v>8.6</v>
       </c>
       <c r="E124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L124" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M124" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="N124" s="7" t="s">
-        <v>1</v>
+      <c r="N124" s="7">
+        <v>3.89</v>
       </c>
       <c r="O124" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="P124" s="7">
-        <v>4.58</v>
+      <c r="P124" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="Q124" s="7">
-        <v>5.26</v>
+        <v>5.31</v>
       </c>
       <c r="R124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y124" s="7" t="s">
         <v>1</v>
       </c>
@@ -13980,93 +14026,93 @@
         <v>1</v>
       </c>
       <c r="AF124" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG124" s="30"/>
       <c r="AH124" s="30"/>
       <c r="AI124" s="30"/>
       <c r="AJ124" s="30"/>
       <c r="AK124" s="30"/>
       <c r="AL124" s="30"/>
       <c r="AM124" s="30"/>
       <c r="AN124" s="30"/>
       <c r="AO124" s="30"/>
       <c r="AP124" s="30"/>
       <c r="AQ124" s="30"/>
       <c r="AR124" s="30"/>
       <c r="AS124" s="30"/>
       <c r="AT124" s="30"/>
       <c r="AU124" s="30"/>
       <c r="AV124" s="30"/>
     </row>
     <row r="125" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="13"/>
       <c r="C125" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D125" s="7">
-        <v>6.9099999999999993</v>
+        <v>8.64</v>
       </c>
       <c r="E125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K125" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L125" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="M125" s="29">
-        <v>5.97</v>
+      <c r="M125" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="N125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P125" s="7">
-        <v>4.55</v>
+        <v>4.58</v>
       </c>
       <c r="Q125" s="7">
-        <v>5.52</v>
+        <v>5.26</v>
       </c>
       <c r="R125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y125" s="7" t="s">
         <v>1</v>
       </c>
@@ -14087,315 +14133,315 @@
       </c>
       <c r="AE125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF125" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG125" s="30"/>
       <c r="AH125" s="30"/>
       <c r="AI125" s="30"/>
       <c r="AJ125" s="30"/>
       <c r="AK125" s="30"/>
       <c r="AL125" s="30"/>
       <c r="AM125" s="30"/>
       <c r="AN125" s="30"/>
       <c r="AO125" s="30"/>
       <c r="AP125" s="30"/>
       <c r="AQ125" s="30"/>
       <c r="AR125" s="30"/>
       <c r="AS125" s="30"/>
       <c r="AT125" s="30"/>
       <c r="AU125" s="30"/>
       <c r="AV125" s="30"/>
     </row>
     <row r="126" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B126" s="17"/>
-[...105 lines deleted...]
-      <c r="AV126" s="35"/>
+      <c r="B126" s="13"/>
+      <c r="C126" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D126" s="7">
+        <v>6.9099999999999993</v>
+      </c>
+      <c r="E126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L126" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M126" s="29">
+        <v>5.97</v>
+      </c>
+      <c r="N126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P126" s="7">
+        <v>4.55</v>
+      </c>
+      <c r="Q126" s="7">
+        <v>5.52</v>
+      </c>
+      <c r="R126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF126" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG126" s="30"/>
+      <c r="AH126" s="30"/>
+      <c r="AI126" s="30"/>
+      <c r="AJ126" s="30"/>
+      <c r="AK126" s="30"/>
+      <c r="AL126" s="30"/>
+      <c r="AM126" s="30"/>
+      <c r="AN126" s="30"/>
+      <c r="AO126" s="30"/>
+      <c r="AP126" s="30"/>
+      <c r="AQ126" s="30"/>
+      <c r="AR126" s="30"/>
+      <c r="AS126" s="30"/>
+      <c r="AT126" s="30"/>
+      <c r="AU126" s="30"/>
+      <c r="AV126" s="30"/>
     </row>
     <row r="127" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B127" s="13">
-[...107 lines deleted...]
-      <c r="AV127" s="30"/>
+      <c r="B127" s="17"/>
+      <c r="C127" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D127" s="9">
+        <v>6.22</v>
+      </c>
+      <c r="E127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L127" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M127" s="34">
+        <v>5.69</v>
+      </c>
+      <c r="N127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P127" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="Q127" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="R127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF127" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG127" s="35"/>
+      <c r="AH127" s="35"/>
+      <c r="AI127" s="35"/>
+      <c r="AJ127" s="35"/>
+      <c r="AK127" s="35"/>
+      <c r="AL127" s="35"/>
+      <c r="AM127" s="35"/>
+      <c r="AN127" s="35"/>
+      <c r="AO127" s="35"/>
+      <c r="AP127" s="35"/>
+      <c r="AQ127" s="35"/>
+      <c r="AR127" s="35"/>
+      <c r="AS127" s="35"/>
+      <c r="AT127" s="35"/>
+      <c r="AU127" s="35"/>
+      <c r="AV127" s="35"/>
     </row>
     <row r="128" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B128" s="13"/>
+      <c r="B128" s="13">
+        <v>2010</v>
+      </c>
       <c r="C128" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D128" s="7">
-        <v>5.64</v>
+        <v>5.9499999999999993</v>
       </c>
       <c r="E128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L128" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M128" s="29">
-        <v>6.24</v>
+        <v>5.82</v>
       </c>
       <c r="N128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P128" s="7">
-        <v>4.33</v>
+        <v>4.26</v>
       </c>
       <c r="Q128" s="7">
-        <v>5.22</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="R128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y128" s="7" t="s">
         <v>1</v>
       </c>
@@ -14418,93 +14464,93 @@
         <v>1</v>
       </c>
       <c r="AF128" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG128" s="30"/>
       <c r="AH128" s="30"/>
       <c r="AI128" s="30"/>
       <c r="AJ128" s="30"/>
       <c r="AK128" s="30"/>
       <c r="AL128" s="30"/>
       <c r="AM128" s="30"/>
       <c r="AN128" s="30"/>
       <c r="AO128" s="30"/>
       <c r="AP128" s="30"/>
       <c r="AQ128" s="30"/>
       <c r="AR128" s="30"/>
       <c r="AS128" s="30"/>
       <c r="AT128" s="30"/>
       <c r="AU128" s="30"/>
       <c r="AV128" s="30"/>
     </row>
     <row r="129" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="13"/>
       <c r="C129" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D129" s="7">
-        <v>6.1899999999999995</v>
+        <v>5.64</v>
       </c>
       <c r="E129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L129" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M129" s="29">
-        <v>5.66</v>
+        <v>6.24</v>
       </c>
       <c r="N129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P129" s="7">
-        <v>3.96</v>
+        <v>4.33</v>
       </c>
       <c r="Q129" s="7">
-        <v>4.76</v>
+        <v>5.22</v>
       </c>
       <c r="R129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y129" s="7" t="s">
         <v>1</v>
       </c>
@@ -14527,93 +14573,93 @@
         <v>1</v>
       </c>
       <c r="AF129" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG129" s="30"/>
       <c r="AH129" s="30"/>
       <c r="AI129" s="30"/>
       <c r="AJ129" s="30"/>
       <c r="AK129" s="30"/>
       <c r="AL129" s="30"/>
       <c r="AM129" s="30"/>
       <c r="AN129" s="30"/>
       <c r="AO129" s="30"/>
       <c r="AP129" s="30"/>
       <c r="AQ129" s="30"/>
       <c r="AR129" s="30"/>
       <c r="AS129" s="30"/>
       <c r="AT129" s="30"/>
       <c r="AU129" s="30"/>
       <c r="AV129" s="30"/>
     </row>
     <row r="130" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="13"/>
       <c r="C130" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D130" s="7">
-        <v>6.22</v>
+        <v>6.1899999999999995</v>
       </c>
       <c r="E130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L130" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M130" s="29">
-        <v>5.56</v>
+        <v>5.66</v>
       </c>
       <c r="N130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P130" s="7">
-        <v>3.8</v>
+        <v>3.96</v>
       </c>
       <c r="Q130" s="7">
-        <v>4.63</v>
+        <v>4.76</v>
       </c>
       <c r="R130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y130" s="7" t="s">
         <v>1</v>
       </c>
@@ -14636,93 +14682,93 @@
         <v>1</v>
       </c>
       <c r="AF130" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG130" s="30"/>
       <c r="AH130" s="30"/>
       <c r="AI130" s="30"/>
       <c r="AJ130" s="30"/>
       <c r="AK130" s="30"/>
       <c r="AL130" s="30"/>
       <c r="AM130" s="30"/>
       <c r="AN130" s="30"/>
       <c r="AO130" s="30"/>
       <c r="AP130" s="30"/>
       <c r="AQ130" s="30"/>
       <c r="AR130" s="30"/>
       <c r="AS130" s="30"/>
       <c r="AT130" s="30"/>
       <c r="AU130" s="30"/>
       <c r="AV130" s="30"/>
     </row>
     <row r="131" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="13"/>
       <c r="C131" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D131" s="7">
-        <v>6.1</v>
+        <v>6.22</v>
       </c>
       <c r="E131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J131" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K131" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="L131" s="29">
-        <v>6.04</v>
+      <c r="L131" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="M131" s="29">
-        <v>5.97</v>
+        <v>5.56</v>
       </c>
       <c r="N131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P131" s="7">
-        <v>4.01</v>
+        <v>3.8</v>
       </c>
       <c r="Q131" s="7">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
       <c r="R131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y131" s="7" t="s">
         <v>1</v>
       </c>
@@ -14745,93 +14791,93 @@
         <v>1</v>
       </c>
       <c r="AF131" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG131" s="30"/>
       <c r="AH131" s="30"/>
       <c r="AI131" s="30"/>
       <c r="AJ131" s="30"/>
       <c r="AK131" s="30"/>
       <c r="AL131" s="30"/>
       <c r="AM131" s="30"/>
       <c r="AN131" s="30"/>
       <c r="AO131" s="30"/>
       <c r="AP131" s="30"/>
       <c r="AQ131" s="30"/>
       <c r="AR131" s="30"/>
       <c r="AS131" s="30"/>
       <c r="AT131" s="30"/>
       <c r="AU131" s="30"/>
       <c r="AV131" s="30"/>
     </row>
     <row r="132" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="13"/>
       <c r="C132" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D132" s="7">
-        <v>6.29</v>
+        <v>6.1</v>
       </c>
       <c r="E132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K132" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L132" s="29">
-        <v>6.33</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.04</v>
+      </c>
+      <c r="M132" s="29">
+        <v>5.97</v>
       </c>
       <c r="N132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P132" s="7">
-        <v>4.45</v>
+        <v>4.01</v>
       </c>
       <c r="Q132" s="7">
-        <v>5.47</v>
+        <v>5.09</v>
       </c>
       <c r="R132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y132" s="7" t="s">
         <v>1</v>
       </c>
@@ -14854,93 +14900,93 @@
         <v>1</v>
       </c>
       <c r="AF132" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG132" s="30"/>
       <c r="AH132" s="30"/>
       <c r="AI132" s="30"/>
       <c r="AJ132" s="30"/>
       <c r="AK132" s="30"/>
       <c r="AL132" s="30"/>
       <c r="AM132" s="30"/>
       <c r="AN132" s="30"/>
       <c r="AO132" s="30"/>
       <c r="AP132" s="30"/>
       <c r="AQ132" s="30"/>
       <c r="AR132" s="30"/>
       <c r="AS132" s="30"/>
       <c r="AT132" s="30"/>
       <c r="AU132" s="30"/>
       <c r="AV132" s="30"/>
     </row>
     <row r="133" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B133" s="13"/>
       <c r="C133" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D133" s="7">
-        <v>6.5600000000000005</v>
+        <v>6.29</v>
       </c>
       <c r="E133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K133" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L133" s="29">
-        <v>6.28</v>
-[...1 lines deleted...]
-      <c r="M133" s="29">
         <v>6.33</v>
       </c>
+      <c r="M133" s="29" t="s">
+        <v>1</v>
+      </c>
       <c r="N133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P133" s="7">
-        <v>4.74</v>
+        <v>4.45</v>
       </c>
       <c r="Q133" s="7">
-        <v>5.54</v>
+        <v>5.47</v>
       </c>
       <c r="R133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y133" s="7" t="s">
         <v>1</v>
       </c>
@@ -14963,93 +15009,93 @@
         <v>1</v>
       </c>
       <c r="AF133" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG133" s="30"/>
       <c r="AH133" s="30"/>
       <c r="AI133" s="30"/>
       <c r="AJ133" s="30"/>
       <c r="AK133" s="30"/>
       <c r="AL133" s="30"/>
       <c r="AM133" s="30"/>
       <c r="AN133" s="30"/>
       <c r="AO133" s="30"/>
       <c r="AP133" s="30"/>
       <c r="AQ133" s="30"/>
       <c r="AR133" s="30"/>
       <c r="AS133" s="30"/>
       <c r="AT133" s="30"/>
       <c r="AU133" s="30"/>
       <c r="AV133" s="30"/>
     </row>
     <row r="134" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B134" s="13"/>
       <c r="C134" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D134" s="7">
-        <v>6.4799999999999995</v>
+        <v>6.5600000000000005</v>
       </c>
       <c r="E134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K134" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L134" s="29">
-        <v>5.36</v>
+        <v>6.28</v>
       </c>
       <c r="M134" s="29">
-        <v>5.4</v>
+        <v>6.33</v>
       </c>
       <c r="N134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P134" s="7">
-        <v>4.17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.74</v>
+      </c>
+      <c r="Q134" s="7">
+        <v>5.54</v>
       </c>
       <c r="R134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y134" s="7" t="s">
         <v>1</v>
       </c>
@@ -15072,90 +15118,90 @@
         <v>1</v>
       </c>
       <c r="AF134" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG134" s="30"/>
       <c r="AH134" s="30"/>
       <c r="AI134" s="30"/>
       <c r="AJ134" s="30"/>
       <c r="AK134" s="30"/>
       <c r="AL134" s="30"/>
       <c r="AM134" s="30"/>
       <c r="AN134" s="30"/>
       <c r="AO134" s="30"/>
       <c r="AP134" s="30"/>
       <c r="AQ134" s="30"/>
       <c r="AR134" s="30"/>
       <c r="AS134" s="30"/>
       <c r="AT134" s="30"/>
       <c r="AU134" s="30"/>
       <c r="AV134" s="30"/>
     </row>
     <row r="135" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B135" s="13"/>
       <c r="C135" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D135" s="7">
-        <v>6.4399999999999995</v>
+        <v>6.4799999999999995</v>
       </c>
       <c r="E135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K135" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L135" s="29">
         <v>5.36</v>
       </c>
       <c r="M135" s="29">
-        <v>5.41</v>
+        <v>5.4</v>
       </c>
       <c r="N135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P135" s="7">
-        <v>4.12</v>
+        <v>4.17</v>
       </c>
       <c r="Q135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X135" s="7" t="s">
         <v>1</v>
       </c>
@@ -15181,90 +15227,90 @@
         <v>1</v>
       </c>
       <c r="AF135" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG135" s="30"/>
       <c r="AH135" s="30"/>
       <c r="AI135" s="30"/>
       <c r="AJ135" s="30"/>
       <c r="AK135" s="30"/>
       <c r="AL135" s="30"/>
       <c r="AM135" s="30"/>
       <c r="AN135" s="30"/>
       <c r="AO135" s="30"/>
       <c r="AP135" s="30"/>
       <c r="AQ135" s="30"/>
       <c r="AR135" s="30"/>
       <c r="AS135" s="30"/>
       <c r="AT135" s="30"/>
       <c r="AU135" s="30"/>
       <c r="AV135" s="30"/>
     </row>
     <row r="136" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="13"/>
       <c r="C136" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D136" s="7">
-        <v>6.41</v>
+        <v>6.4399999999999995</v>
       </c>
       <c r="E136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K136" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L136" s="29">
-        <v>4.8499999999999996</v>
+        <v>5.36</v>
       </c>
       <c r="M136" s="29">
-        <v>4.95</v>
+        <v>5.41</v>
       </c>
       <c r="N136" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="O136" s="7">
-        <v>3.46</v>
+      <c r="O136" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="P136" s="7">
-        <v>4.16</v>
+        <v>4.12</v>
       </c>
       <c r="Q136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X136" s="7" t="s">
         <v>1</v>
       </c>
@@ -15290,90 +15336,90 @@
         <v>1</v>
       </c>
       <c r="AF136" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG136" s="30"/>
       <c r="AH136" s="30"/>
       <c r="AI136" s="30"/>
       <c r="AJ136" s="30"/>
       <c r="AK136" s="30"/>
       <c r="AL136" s="30"/>
       <c r="AM136" s="30"/>
       <c r="AN136" s="30"/>
       <c r="AO136" s="30"/>
       <c r="AP136" s="30"/>
       <c r="AQ136" s="30"/>
       <c r="AR136" s="30"/>
       <c r="AS136" s="30"/>
       <c r="AT136" s="30"/>
       <c r="AU136" s="30"/>
       <c r="AV136" s="30"/>
     </row>
     <row r="137" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B137" s="13"/>
       <c r="C137" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D137" s="7">
-        <v>6.43</v>
+        <v>6.41</v>
       </c>
       <c r="E137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K137" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L137" s="29">
-        <v>5.1100000000000003</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="M137" s="29">
-        <v>5.22</v>
+        <v>4.95</v>
       </c>
       <c r="N137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O137" s="7">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="P137" s="7">
-        <v>4.46</v>
+        <v>4.16</v>
       </c>
       <c r="Q137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X137" s="7" t="s">
         <v>1</v>
       </c>
@@ -15397,312 +15443,312 @@
       </c>
       <c r="AE137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF137" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG137" s="30"/>
       <c r="AH137" s="30"/>
       <c r="AI137" s="30"/>
       <c r="AJ137" s="30"/>
       <c r="AK137" s="30"/>
       <c r="AL137" s="30"/>
       <c r="AM137" s="30"/>
       <c r="AN137" s="30"/>
       <c r="AO137" s="30"/>
       <c r="AP137" s="30"/>
       <c r="AQ137" s="30"/>
       <c r="AR137" s="30"/>
       <c r="AS137" s="30"/>
       <c r="AT137" s="30"/>
       <c r="AU137" s="30"/>
       <c r="AV137" s="30"/>
     </row>
     <row r="138" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B138" s="17"/>
-[...105 lines deleted...]
-      <c r="AV138" s="35"/>
+      <c r="B138" s="13"/>
+      <c r="C138" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D138" s="7">
+        <v>6.43</v>
+      </c>
+      <c r="E138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K138" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L138" s="29">
+        <v>5.1100000000000003</v>
+      </c>
+      <c r="M138" s="29">
+        <v>5.22</v>
+      </c>
+      <c r="N138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O138" s="7">
+        <v>3.55</v>
+      </c>
+      <c r="P138" s="7">
+        <v>4.46</v>
+      </c>
+      <c r="Q138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF138" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG138" s="30"/>
+      <c r="AH138" s="30"/>
+      <c r="AI138" s="30"/>
+      <c r="AJ138" s="30"/>
+      <c r="AK138" s="30"/>
+      <c r="AL138" s="30"/>
+      <c r="AM138" s="30"/>
+      <c r="AN138" s="30"/>
+      <c r="AO138" s="30"/>
+      <c r="AP138" s="30"/>
+      <c r="AQ138" s="30"/>
+      <c r="AR138" s="30"/>
+      <c r="AS138" s="30"/>
+      <c r="AT138" s="30"/>
+      <c r="AU138" s="30"/>
+      <c r="AV138" s="30"/>
     </row>
     <row r="139" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B139" s="13">
-[...107 lines deleted...]
-      <c r="AV139" s="30"/>
+      <c r="B139" s="17"/>
+      <c r="C139" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" s="9">
+        <v>6.47</v>
+      </c>
+      <c r="E139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K139" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L139" s="34">
+        <v>5.95</v>
+      </c>
+      <c r="M139" s="34">
+        <v>6.04</v>
+      </c>
+      <c r="N139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O139" s="9">
+        <v>4.1100000000000003</v>
+      </c>
+      <c r="P139" s="9">
+        <v>5.15</v>
+      </c>
+      <c r="Q139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF139" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG139" s="35"/>
+      <c r="AH139" s="35"/>
+      <c r="AI139" s="35"/>
+      <c r="AJ139" s="35"/>
+      <c r="AK139" s="35"/>
+      <c r="AL139" s="35"/>
+      <c r="AM139" s="35"/>
+      <c r="AN139" s="35"/>
+      <c r="AO139" s="35"/>
+      <c r="AP139" s="35"/>
+      <c r="AQ139" s="35"/>
+      <c r="AR139" s="35"/>
+      <c r="AS139" s="35"/>
+      <c r="AT139" s="35"/>
+      <c r="AU139" s="35"/>
+      <c r="AV139" s="35"/>
     </row>
     <row r="140" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B140" s="13"/>
+      <c r="B140" s="13">
+        <v>2011</v>
+      </c>
       <c r="C140" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D140" s="7">
-        <v>6.5699999999999994</v>
+        <v>6.5500000000000007</v>
       </c>
       <c r="E140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K140" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L140" s="29">
-        <v>6.06</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.2</v>
+      </c>
+      <c r="M140" s="29">
+        <v>6.24</v>
       </c>
       <c r="N140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O140" s="7">
-        <v>4.37</v>
+        <v>4.42</v>
       </c>
       <c r="P140" s="7">
-        <v>5.1100000000000003</v>
+        <v>5.34</v>
       </c>
       <c r="Q140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X140" s="7" t="s">
         <v>1</v>
       </c>
@@ -15728,90 +15774,90 @@
         <v>1</v>
       </c>
       <c r="AF140" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG140" s="30"/>
       <c r="AH140" s="30"/>
       <c r="AI140" s="30"/>
       <c r="AJ140" s="30"/>
       <c r="AK140" s="30"/>
       <c r="AL140" s="30"/>
       <c r="AM140" s="30"/>
       <c r="AN140" s="30"/>
       <c r="AO140" s="30"/>
       <c r="AP140" s="30"/>
       <c r="AQ140" s="30"/>
       <c r="AR140" s="30"/>
       <c r="AS140" s="30"/>
       <c r="AT140" s="30"/>
       <c r="AU140" s="30"/>
       <c r="AV140" s="30"/>
     </row>
     <row r="141" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B141" s="13"/>
       <c r="C141" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D141" s="7">
-        <v>6.25</v>
+        <v>6.5699999999999994</v>
       </c>
       <c r="E141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K141" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L141" s="29">
-        <v>6.18</v>
-[...2 lines deleted...]
-        <v>6.37</v>
+        <v>6.06</v>
+      </c>
+      <c r="M141" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="N141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O141" s="7">
-        <v>4.2300000000000004</v>
+        <v>4.37</v>
       </c>
       <c r="P141" s="7">
-        <v>4.99</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="Q141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X141" s="7" t="s">
         <v>1</v>
       </c>
@@ -15837,90 +15883,90 @@
         <v>1</v>
       </c>
       <c r="AF141" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG141" s="30"/>
       <c r="AH141" s="30"/>
       <c r="AI141" s="30"/>
       <c r="AJ141" s="30"/>
       <c r="AK141" s="30"/>
       <c r="AL141" s="30"/>
       <c r="AM141" s="30"/>
       <c r="AN141" s="30"/>
       <c r="AO141" s="30"/>
       <c r="AP141" s="30"/>
       <c r="AQ141" s="30"/>
       <c r="AR141" s="30"/>
       <c r="AS141" s="30"/>
       <c r="AT141" s="30"/>
       <c r="AU141" s="30"/>
       <c r="AV141" s="30"/>
     </row>
     <row r="142" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B142" s="13"/>
       <c r="C142" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D142" s="7">
-        <v>6.1</v>
+        <v>6.25</v>
       </c>
       <c r="E142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K142" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L142" s="29">
-        <v>5.83</v>
+        <v>6.18</v>
       </c>
       <c r="M142" s="29">
-        <v>6.08</v>
+        <v>6.37</v>
       </c>
       <c r="N142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O142" s="7">
-        <v>4.0999999999999996</v>
+        <v>4.2300000000000004</v>
       </c>
       <c r="P142" s="7">
-        <v>4.97</v>
+        <v>4.99</v>
       </c>
       <c r="Q142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X142" s="7" t="s">
         <v>1</v>
       </c>
@@ -15946,90 +15992,90 @@
         <v>1</v>
       </c>
       <c r="AF142" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG142" s="30"/>
       <c r="AH142" s="30"/>
       <c r="AI142" s="30"/>
       <c r="AJ142" s="30"/>
       <c r="AK142" s="30"/>
       <c r="AL142" s="30"/>
       <c r="AM142" s="30"/>
       <c r="AN142" s="30"/>
       <c r="AO142" s="30"/>
       <c r="AP142" s="30"/>
       <c r="AQ142" s="30"/>
       <c r="AR142" s="30"/>
       <c r="AS142" s="30"/>
       <c r="AT142" s="30"/>
       <c r="AU142" s="30"/>
       <c r="AV142" s="30"/>
     </row>
     <row r="143" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="13"/>
       <c r="C143" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D143" s="7">
-        <v>6.03</v>
+        <v>6.1</v>
       </c>
       <c r="E143" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F143" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G143" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H143" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I143" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J143" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="K143" s="29">
-        <v>5.66</v>
+      <c r="K143" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="L143" s="29">
-        <v>5.79</v>
+        <v>5.83</v>
       </c>
       <c r="M143" s="29">
-        <v>5.94</v>
+        <v>6.08</v>
       </c>
       <c r="N143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O143" s="7">
-        <v>4.01</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="P143" s="7">
-        <v>4.91</v>
+        <v>4.97</v>
       </c>
       <c r="Q143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X143" s="7" t="s">
         <v>1</v>
       </c>
@@ -16055,87 +16101,87 @@
         <v>1</v>
       </c>
       <c r="AF143" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG143" s="30"/>
       <c r="AH143" s="30"/>
       <c r="AI143" s="30"/>
       <c r="AJ143" s="30"/>
       <c r="AK143" s="30"/>
       <c r="AL143" s="30"/>
       <c r="AM143" s="30"/>
       <c r="AN143" s="30"/>
       <c r="AO143" s="30"/>
       <c r="AP143" s="30"/>
       <c r="AQ143" s="30"/>
       <c r="AR143" s="30"/>
       <c r="AS143" s="30"/>
       <c r="AT143" s="30"/>
       <c r="AU143" s="30"/>
       <c r="AV143" s="30"/>
     </row>
     <row r="144" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="13"/>
       <c r="C144" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D144" s="7">
-        <v>6.04</v>
+        <v>6.03</v>
       </c>
       <c r="E144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J144" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K144" s="29">
-        <v>5.57</v>
+        <v>5.66</v>
       </c>
       <c r="L144" s="29">
-        <v>5.73</v>
+        <v>5.79</v>
       </c>
       <c r="M144" s="29">
-        <v>5.85</v>
+        <v>5.94</v>
       </c>
       <c r="N144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O144" s="7">
-        <v>4</v>
+        <v>4.01</v>
       </c>
       <c r="P144" s="7">
         <v>4.91</v>
       </c>
       <c r="Q144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W144" s="7" t="s">
         <v>1</v>
       </c>
@@ -16164,99 +16210,99 @@
         <v>1</v>
       </c>
       <c r="AF144" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG144" s="30"/>
       <c r="AH144" s="30"/>
       <c r="AI144" s="30"/>
       <c r="AJ144" s="30"/>
       <c r="AK144" s="30"/>
       <c r="AL144" s="30"/>
       <c r="AM144" s="30"/>
       <c r="AN144" s="30"/>
       <c r="AO144" s="30"/>
       <c r="AP144" s="30"/>
       <c r="AQ144" s="30"/>
       <c r="AR144" s="30"/>
       <c r="AS144" s="30"/>
       <c r="AT144" s="30"/>
       <c r="AU144" s="30"/>
       <c r="AV144" s="30"/>
     </row>
     <row r="145" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="13"/>
       <c r="C145" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D145" s="7">
-        <v>6.2399999999999993</v>
+        <v>6.04</v>
       </c>
       <c r="E145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J145" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K145" s="29">
-        <v>5.8</v>
+        <v>5.57</v>
       </c>
       <c r="L145" s="29">
-        <v>6.02</v>
+        <v>5.73</v>
       </c>
       <c r="M145" s="29">
-        <v>6.1</v>
+        <v>5.85</v>
       </c>
       <c r="N145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O145" s="7">
-        <v>4.57</v>
+        <v>4</v>
       </c>
       <c r="P145" s="7">
-        <v>5.07</v>
+        <v>4.91</v>
       </c>
       <c r="Q145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R145" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="S145" s="7">
-        <v>6.34</v>
+      <c r="S145" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA145" s="7" t="s">
         <v>1</v>
       </c>
@@ -16273,99 +16319,99 @@
         <v>1</v>
       </c>
       <c r="AF145" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG145" s="30"/>
       <c r="AH145" s="30"/>
       <c r="AI145" s="30"/>
       <c r="AJ145" s="30"/>
       <c r="AK145" s="30"/>
       <c r="AL145" s="30"/>
       <c r="AM145" s="30"/>
       <c r="AN145" s="30"/>
       <c r="AO145" s="30"/>
       <c r="AP145" s="30"/>
       <c r="AQ145" s="30"/>
       <c r="AR145" s="30"/>
       <c r="AS145" s="30"/>
       <c r="AT145" s="30"/>
       <c r="AU145" s="30"/>
       <c r="AV145" s="30"/>
     </row>
     <row r="146" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="13"/>
       <c r="C146" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D146" s="7">
-        <v>6.4600000000000009</v>
+        <v>6.2399999999999993</v>
       </c>
       <c r="E146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J146" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K146" s="29">
-        <v>6.33</v>
+        <v>5.8</v>
       </c>
       <c r="L146" s="29">
-        <v>6.44</v>
+        <v>6.02</v>
       </c>
       <c r="M146" s="29">
-        <v>6.61</v>
+        <v>6.1</v>
       </c>
       <c r="N146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O146" s="7">
-        <v>4.9400000000000004</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.57</v>
+      </c>
+      <c r="P146" s="7">
+        <v>5.07</v>
       </c>
       <c r="Q146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S146" s="7">
-        <v>6.65</v>
+        <v>6.34</v>
       </c>
       <c r="T146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA146" s="7" t="s">
         <v>1</v>
       </c>
@@ -16382,99 +16428,99 @@
         <v>1</v>
       </c>
       <c r="AF146" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG146" s="30"/>
       <c r="AH146" s="30"/>
       <c r="AI146" s="30"/>
       <c r="AJ146" s="30"/>
       <c r="AK146" s="30"/>
       <c r="AL146" s="30"/>
       <c r="AM146" s="30"/>
       <c r="AN146" s="30"/>
       <c r="AO146" s="30"/>
       <c r="AP146" s="30"/>
       <c r="AQ146" s="30"/>
       <c r="AR146" s="30"/>
       <c r="AS146" s="30"/>
       <c r="AT146" s="30"/>
       <c r="AU146" s="30"/>
       <c r="AV146" s="30"/>
     </row>
     <row r="147" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="13"/>
       <c r="C147" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D147" s="7">
-        <v>6.6000000000000005</v>
+        <v>6.4600000000000009</v>
       </c>
       <c r="E147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J147" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K147" s="29">
-        <v>6.69</v>
+        <v>6.33</v>
       </c>
       <c r="L147" s="29">
-        <v>6.78</v>
+        <v>6.44</v>
       </c>
       <c r="M147" s="29">
-        <v>6.69</v>
+        <v>6.61</v>
       </c>
       <c r="N147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O147" s="7">
-        <v>5.2</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="P147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S147" s="7">
-        <v>7</v>
+        <v>6.65</v>
       </c>
       <c r="T147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA147" s="7" t="s">
         <v>1</v>
       </c>
@@ -16491,99 +16537,99 @@
         <v>1</v>
       </c>
       <c r="AF147" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG147" s="30"/>
       <c r="AH147" s="30"/>
       <c r="AI147" s="30"/>
       <c r="AJ147" s="30"/>
       <c r="AK147" s="30"/>
       <c r="AL147" s="30"/>
       <c r="AM147" s="30"/>
       <c r="AN147" s="30"/>
       <c r="AO147" s="30"/>
       <c r="AP147" s="30"/>
       <c r="AQ147" s="30"/>
       <c r="AR147" s="30"/>
       <c r="AS147" s="30"/>
       <c r="AT147" s="30"/>
       <c r="AU147" s="30"/>
       <c r="AV147" s="30"/>
     </row>
     <row r="148" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="13"/>
       <c r="C148" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D148" s="7">
-        <v>6.81</v>
+        <v>6.6000000000000005</v>
       </c>
       <c r="E148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J148" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K148" s="29">
-        <v>7.55</v>
+        <v>6.69</v>
       </c>
       <c r="L148" s="29">
-        <v>7.62</v>
-[...5 lines deleted...]
-        <v>4.78</v>
+        <v>6.78</v>
+      </c>
+      <c r="M148" s="29">
+        <v>6.69</v>
+      </c>
+      <c r="N148" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="O148" s="7">
-        <v>5.91</v>
+        <v>5.2</v>
       </c>
       <c r="P148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S148" s="7">
-        <v>7.58</v>
+        <v>7</v>
       </c>
       <c r="T148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA148" s="7" t="s">
         <v>1</v>
       </c>
@@ -16600,99 +16646,99 @@
         <v>1</v>
       </c>
       <c r="AF148" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG148" s="30"/>
       <c r="AH148" s="30"/>
       <c r="AI148" s="30"/>
       <c r="AJ148" s="30"/>
       <c r="AK148" s="30"/>
       <c r="AL148" s="30"/>
       <c r="AM148" s="30"/>
       <c r="AN148" s="30"/>
       <c r="AO148" s="30"/>
       <c r="AP148" s="30"/>
       <c r="AQ148" s="30"/>
       <c r="AR148" s="30"/>
       <c r="AS148" s="30"/>
       <c r="AT148" s="30"/>
       <c r="AU148" s="30"/>
       <c r="AV148" s="30"/>
     </row>
     <row r="149" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="13"/>
       <c r="C149" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D149" s="7">
-        <v>7.1499999999999995</v>
+        <v>6.81</v>
       </c>
       <c r="E149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K149" s="29">
-        <v>7.64</v>
+        <v>7.55</v>
       </c>
       <c r="L149" s="29">
-        <v>7.69</v>
+        <v>7.62</v>
       </c>
       <c r="M149" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N149" s="7">
-        <v>5.03</v>
+        <v>4.78</v>
       </c>
       <c r="O149" s="7">
-        <v>6.36</v>
+        <v>5.91</v>
       </c>
       <c r="P149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S149" s="7">
-        <v>7.54</v>
+        <v>7.58</v>
       </c>
       <c r="T149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA149" s="7" t="s">
         <v>1</v>
       </c>
@@ -16707,321 +16753,321 @@
       </c>
       <c r="AE149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF149" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG149" s="30"/>
       <c r="AH149" s="30"/>
       <c r="AI149" s="30"/>
       <c r="AJ149" s="30"/>
       <c r="AK149" s="30"/>
       <c r="AL149" s="30"/>
       <c r="AM149" s="30"/>
       <c r="AN149" s="30"/>
       <c r="AO149" s="30"/>
       <c r="AP149" s="30"/>
       <c r="AQ149" s="30"/>
       <c r="AR149" s="30"/>
       <c r="AS149" s="30"/>
       <c r="AT149" s="30"/>
       <c r="AU149" s="30"/>
       <c r="AV149" s="30"/>
     </row>
     <row r="150" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B150" s="17"/>
-[...105 lines deleted...]
-      <c r="AV150" s="35"/>
+      <c r="B150" s="13"/>
+      <c r="C150" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D150" s="7">
+        <v>7.1499999999999995</v>
+      </c>
+      <c r="E150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K150" s="29">
+        <v>7.64</v>
+      </c>
+      <c r="L150" s="29">
+        <v>7.69</v>
+      </c>
+      <c r="M150" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N150" s="7">
+        <v>5.03</v>
+      </c>
+      <c r="O150" s="7">
+        <v>6.36</v>
+      </c>
+      <c r="P150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S150" s="7">
+        <v>7.54</v>
+      </c>
+      <c r="T150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF150" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG150" s="30"/>
+      <c r="AH150" s="30"/>
+      <c r="AI150" s="30"/>
+      <c r="AJ150" s="30"/>
+      <c r="AK150" s="30"/>
+      <c r="AL150" s="30"/>
+      <c r="AM150" s="30"/>
+      <c r="AN150" s="30"/>
+      <c r="AO150" s="30"/>
+      <c r="AP150" s="30"/>
+      <c r="AQ150" s="30"/>
+      <c r="AR150" s="30"/>
+      <c r="AS150" s="30"/>
+      <c r="AT150" s="30"/>
+      <c r="AU150" s="30"/>
+      <c r="AV150" s="30"/>
     </row>
     <row r="151" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B151" s="13">
-[...26 lines deleted...]
-      <c r="K151" s="29">
+      <c r="B151" s="17"/>
+      <c r="C151" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D151" s="9">
+        <v>7.6700000000000008</v>
+      </c>
+      <c r="E151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K151" s="34">
         <v>7.74</v>
       </c>
-      <c r="L151" s="29">
-[...77 lines deleted...]
-      <c r="AV151" s="30"/>
+      <c r="L151" s="34">
+        <v>7.74</v>
+      </c>
+      <c r="M151" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N151" s="9">
+        <v>5.29</v>
+      </c>
+      <c r="O151" s="9">
+        <v>6.91</v>
+      </c>
+      <c r="P151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S151" s="9">
+        <v>7.72</v>
+      </c>
+      <c r="T151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF151" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG151" s="35"/>
+      <c r="AH151" s="35"/>
+      <c r="AI151" s="35"/>
+      <c r="AJ151" s="35"/>
+      <c r="AK151" s="35"/>
+      <c r="AL151" s="35"/>
+      <c r="AM151" s="35"/>
+      <c r="AN151" s="35"/>
+      <c r="AO151" s="35"/>
+      <c r="AP151" s="35"/>
+      <c r="AQ151" s="35"/>
+      <c r="AR151" s="35"/>
+      <c r="AS151" s="35"/>
+      <c r="AT151" s="35"/>
+      <c r="AU151" s="35"/>
+      <c r="AV151" s="35"/>
     </row>
     <row r="152" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B152" s="13"/>
+      <c r="B152" s="13">
+        <v>2012</v>
+      </c>
       <c r="C152" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D152" s="7">
-        <v>7.26</v>
+        <v>7.5399999999999991</v>
       </c>
       <c r="E152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K152" s="29">
-        <v>7.17</v>
+        <v>7.74</v>
       </c>
       <c r="L152" s="29">
-        <v>7.26</v>
+        <v>7.79</v>
       </c>
       <c r="M152" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N152" s="7">
-        <v>4.32</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="O152" s="7">
-        <v>6.12</v>
+        <v>6.8</v>
       </c>
       <c r="P152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R152" s="7">
-        <v>6.98</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.59</v>
+      </c>
+      <c r="S152" s="7">
+        <v>7.6</v>
       </c>
       <c r="T152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA152" s="7" t="s">
         <v>1</v>
       </c>
@@ -17038,96 +17084,96 @@
         <v>1</v>
       </c>
       <c r="AF152" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG152" s="30"/>
       <c r="AH152" s="30"/>
       <c r="AI152" s="30"/>
       <c r="AJ152" s="30"/>
       <c r="AK152" s="30"/>
       <c r="AL152" s="30"/>
       <c r="AM152" s="30"/>
       <c r="AN152" s="30"/>
       <c r="AO152" s="30"/>
       <c r="AP152" s="30"/>
       <c r="AQ152" s="30"/>
       <c r="AR152" s="30"/>
       <c r="AS152" s="30"/>
       <c r="AT152" s="30"/>
       <c r="AU152" s="30"/>
       <c r="AV152" s="30"/>
     </row>
     <row r="153" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="13"/>
       <c r="C153" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D153" s="7">
-        <v>7.0000000000000009</v>
+        <v>7.26</v>
       </c>
       <c r="E153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K153" s="29">
-        <v>6.64</v>
+        <v>7.17</v>
       </c>
       <c r="L153" s="29">
-        <v>6.81</v>
+        <v>7.26</v>
       </c>
       <c r="M153" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N153" s="7">
-        <v>3.72</v>
+        <v>4.32</v>
       </c>
       <c r="O153" s="7">
-        <v>5.3</v>
+        <v>6.12</v>
       </c>
       <c r="P153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R153" s="7">
-        <v>6.43</v>
+        <v>6.98</v>
       </c>
       <c r="S153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z153" s="7" t="s">
         <v>1</v>
       </c>
@@ -17147,96 +17193,96 @@
         <v>1</v>
       </c>
       <c r="AF153" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG153" s="30"/>
       <c r="AH153" s="30"/>
       <c r="AI153" s="30"/>
       <c r="AJ153" s="30"/>
       <c r="AK153" s="30"/>
       <c r="AL153" s="30"/>
       <c r="AM153" s="30"/>
       <c r="AN153" s="30"/>
       <c r="AO153" s="30"/>
       <c r="AP153" s="30"/>
       <c r="AQ153" s="30"/>
       <c r="AR153" s="30"/>
       <c r="AS153" s="30"/>
       <c r="AT153" s="30"/>
       <c r="AU153" s="30"/>
       <c r="AV153" s="30"/>
     </row>
     <row r="154" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="13"/>
       <c r="C154" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D154" s="7">
-        <v>6.59</v>
+        <v>7.0000000000000009</v>
       </c>
       <c r="E154" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F154" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G154" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="H154" s="29">
-        <v>5.97</v>
+      <c r="H154" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="I154" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J154" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K154" s="29">
-        <v>6.73</v>
+        <v>6.64</v>
       </c>
       <c r="L154" s="29">
-        <v>6.9</v>
+        <v>6.81</v>
       </c>
       <c r="M154" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N154" s="7">
-        <v>3.48</v>
+        <v>3.72</v>
       </c>
       <c r="O154" s="7">
-        <v>5.01</v>
+        <v>5.3</v>
       </c>
       <c r="P154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R154" s="7">
-        <v>6.24</v>
+        <v>6.43</v>
       </c>
       <c r="S154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z154" s="7" t="s">
         <v>1</v>
       </c>
@@ -17256,96 +17302,96 @@
         <v>1</v>
       </c>
       <c r="AF154" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG154" s="30"/>
       <c r="AH154" s="30"/>
       <c r="AI154" s="30"/>
       <c r="AJ154" s="30"/>
       <c r="AK154" s="30"/>
       <c r="AL154" s="30"/>
       <c r="AM154" s="30"/>
       <c r="AN154" s="30"/>
       <c r="AO154" s="30"/>
       <c r="AP154" s="30"/>
       <c r="AQ154" s="30"/>
       <c r="AR154" s="30"/>
       <c r="AS154" s="30"/>
       <c r="AT154" s="30"/>
       <c r="AU154" s="30"/>
       <c r="AV154" s="30"/>
     </row>
     <row r="155" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B155" s="13"/>
       <c r="C155" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D155" s="7">
-        <v>6.5</v>
+        <v>6.59</v>
       </c>
       <c r="E155" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F155" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G155" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H155" s="29">
-        <v>6.62</v>
+        <v>5.97</v>
       </c>
       <c r="I155" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="J155" s="29">
-        <v>7.29</v>
+      <c r="J155" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="K155" s="29">
-        <v>7.18</v>
+        <v>6.73</v>
       </c>
       <c r="L155" s="29">
-        <v>7.22</v>
+        <v>6.9</v>
       </c>
       <c r="M155" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N155" s="7">
-        <v>3.14</v>
+        <v>3.48</v>
       </c>
       <c r="O155" s="7">
-        <v>4.9000000000000004</v>
+        <v>5.01</v>
       </c>
       <c r="P155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R155" s="7">
-        <v>6.28</v>
+        <v>6.24</v>
       </c>
       <c r="S155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z155" s="7" t="s">
         <v>1</v>
       </c>
@@ -17365,96 +17411,96 @@
         <v>1</v>
       </c>
       <c r="AF155" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG155" s="30"/>
       <c r="AH155" s="30"/>
       <c r="AI155" s="30"/>
       <c r="AJ155" s="30"/>
       <c r="AK155" s="30"/>
       <c r="AL155" s="30"/>
       <c r="AM155" s="30"/>
       <c r="AN155" s="30"/>
       <c r="AO155" s="30"/>
       <c r="AP155" s="30"/>
       <c r="AQ155" s="30"/>
       <c r="AR155" s="30"/>
       <c r="AS155" s="30"/>
       <c r="AT155" s="30"/>
       <c r="AU155" s="30"/>
       <c r="AV155" s="30"/>
     </row>
     <row r="156" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="13"/>
       <c r="C156" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D156" s="7">
-        <v>6.370000000000001</v>
+        <v>6.5</v>
       </c>
       <c r="E156" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F156" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G156" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H156" s="29">
-        <v>6.59</v>
+        <v>6.62</v>
       </c>
       <c r="I156" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J156" s="29">
-        <v>7.01</v>
+        <v>7.29</v>
       </c>
       <c r="K156" s="29">
-        <v>7.07</v>
+        <v>7.18</v>
       </c>
       <c r="L156" s="29">
-        <v>7.1</v>
+        <v>7.22</v>
       </c>
       <c r="M156" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N156" s="7">
-        <v>3.04</v>
+        <v>3.14</v>
       </c>
       <c r="O156" s="7">
-        <v>4.62</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="P156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R156" s="7">
-        <v>6.18</v>
+        <v>6.28</v>
       </c>
       <c r="S156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z156" s="7" t="s">
         <v>1</v>
       </c>
@@ -17474,96 +17520,96 @@
         <v>1</v>
       </c>
       <c r="AF156" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG156" s="30"/>
       <c r="AH156" s="30"/>
       <c r="AI156" s="30"/>
       <c r="AJ156" s="30"/>
       <c r="AK156" s="30"/>
       <c r="AL156" s="30"/>
       <c r="AM156" s="30"/>
       <c r="AN156" s="30"/>
       <c r="AO156" s="30"/>
       <c r="AP156" s="30"/>
       <c r="AQ156" s="30"/>
       <c r="AR156" s="30"/>
       <c r="AS156" s="30"/>
       <c r="AT156" s="30"/>
       <c r="AU156" s="30"/>
       <c r="AV156" s="30"/>
     </row>
     <row r="157" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B157" s="13"/>
       <c r="C157" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D157" s="7">
-        <v>6.43</v>
+        <v>6.370000000000001</v>
       </c>
       <c r="E157" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F157" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G157" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H157" s="29">
-        <v>5.79</v>
+        <v>6.59</v>
       </c>
       <c r="I157" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J157" s="29">
-        <v>6.2</v>
+        <v>7.01</v>
       </c>
       <c r="K157" s="29">
-        <v>6.3</v>
+        <v>7.07</v>
       </c>
       <c r="L157" s="29">
-        <v>6.36</v>
+        <v>7.1</v>
       </c>
       <c r="M157" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N157" s="7">
-        <v>3.36</v>
+        <v>3.04</v>
       </c>
       <c r="O157" s="7">
-        <v>4.3</v>
+        <v>4.62</v>
       </c>
       <c r="P157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R157" s="7">
-        <v>5.74</v>
+        <v>6.18</v>
       </c>
       <c r="S157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z157" s="7" t="s">
         <v>1</v>
       </c>
@@ -17583,96 +17629,96 @@
         <v>1</v>
       </c>
       <c r="AF157" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG157" s="30"/>
       <c r="AH157" s="30"/>
       <c r="AI157" s="30"/>
       <c r="AJ157" s="30"/>
       <c r="AK157" s="30"/>
       <c r="AL157" s="30"/>
       <c r="AM157" s="30"/>
       <c r="AN157" s="30"/>
       <c r="AO157" s="30"/>
       <c r="AP157" s="30"/>
       <c r="AQ157" s="30"/>
       <c r="AR157" s="30"/>
       <c r="AS157" s="30"/>
       <c r="AT157" s="30"/>
       <c r="AU157" s="30"/>
       <c r="AV157" s="30"/>
     </row>
     <row r="158" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B158" s="13"/>
       <c r="C158" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D158" s="7">
+        <v>6.43</v>
+      </c>
+      <c r="E158" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F158" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G158" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H158" s="29">
+        <v>5.79</v>
+      </c>
+      <c r="I158" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J158" s="29">
+        <v>6.2</v>
+      </c>
+      <c r="K158" s="29">
+        <v>6.3</v>
+      </c>
+      <c r="L158" s="29">
         <v>6.36</v>
       </c>
-      <c r="E158" s="29" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M158" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N158" s="7">
-        <v>3.46</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.36</v>
+      </c>
+      <c r="O158" s="7">
+        <v>4.3</v>
       </c>
       <c r="P158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R158" s="7">
-        <v>5.37</v>
+        <v>5.74</v>
       </c>
       <c r="S158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z158" s="7" t="s">
         <v>1</v>
       </c>
@@ -17692,96 +17738,96 @@
         <v>1</v>
       </c>
       <c r="AF158" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG158" s="30"/>
       <c r="AH158" s="30"/>
       <c r="AI158" s="30"/>
       <c r="AJ158" s="30"/>
       <c r="AK158" s="30"/>
       <c r="AL158" s="30"/>
       <c r="AM158" s="30"/>
       <c r="AN158" s="30"/>
       <c r="AO158" s="30"/>
       <c r="AP158" s="30"/>
       <c r="AQ158" s="30"/>
       <c r="AR158" s="30"/>
       <c r="AS158" s="30"/>
       <c r="AT158" s="30"/>
       <c r="AU158" s="30"/>
       <c r="AV158" s="30"/>
     </row>
     <row r="159" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="13"/>
       <c r="C159" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D159" s="7">
-        <v>5.58</v>
+        <v>6.36</v>
       </c>
       <c r="E159" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F159" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G159" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H159" s="29">
-        <v>4.16</v>
+        <v>5.18</v>
       </c>
       <c r="I159" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J159" s="29">
-        <v>4.6399999999999997</v>
+        <v>5.68</v>
       </c>
       <c r="K159" s="29">
-        <v>4.75</v>
+        <v>5.79</v>
       </c>
       <c r="L159" s="29">
-        <v>4.82</v>
+        <v>5.86</v>
       </c>
       <c r="M159" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N159" s="7">
-        <v>2.88</v>
+        <v>3.46</v>
       </c>
       <c r="O159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R159" s="7">
-        <v>4.45</v>
+        <v>5.37</v>
       </c>
       <c r="S159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z159" s="7" t="s">
         <v>1</v>
       </c>
@@ -17801,96 +17847,96 @@
         <v>1</v>
       </c>
       <c r="AF159" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG159" s="30"/>
       <c r="AH159" s="30"/>
       <c r="AI159" s="30"/>
       <c r="AJ159" s="30"/>
       <c r="AK159" s="30"/>
       <c r="AL159" s="30"/>
       <c r="AM159" s="30"/>
       <c r="AN159" s="30"/>
       <c r="AO159" s="30"/>
       <c r="AP159" s="30"/>
       <c r="AQ159" s="30"/>
       <c r="AR159" s="30"/>
       <c r="AS159" s="30"/>
       <c r="AT159" s="30"/>
       <c r="AU159" s="30"/>
       <c r="AV159" s="30"/>
     </row>
     <row r="160" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="13"/>
       <c r="C160" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D160" s="7">
-        <v>4.78</v>
+        <v>5.58</v>
       </c>
       <c r="E160" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F160" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="G160" s="29">
-        <v>3.84</v>
+      <c r="G160" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="H160" s="29">
-        <v>3.83</v>
+        <v>4.16</v>
       </c>
       <c r="I160" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J160" s="29">
-        <v>4.2</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="K160" s="29">
-        <v>4.3099999999999996</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.75</v>
+      </c>
+      <c r="L160" s="29">
+        <v>4.82</v>
       </c>
       <c r="M160" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N160" s="7">
-        <v>2.63</v>
+        <v>2.88</v>
       </c>
       <c r="O160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R160" s="7">
-        <v>4.09</v>
+        <v>4.45</v>
       </c>
       <c r="S160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z160" s="7" t="s">
         <v>1</v>
       </c>
@@ -17910,96 +17956,96 @@
         <v>1</v>
       </c>
       <c r="AF160" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG160" s="30"/>
       <c r="AH160" s="30"/>
       <c r="AI160" s="30"/>
       <c r="AJ160" s="30"/>
       <c r="AK160" s="30"/>
       <c r="AL160" s="30"/>
       <c r="AM160" s="30"/>
       <c r="AN160" s="30"/>
       <c r="AO160" s="30"/>
       <c r="AP160" s="30"/>
       <c r="AQ160" s="30"/>
       <c r="AR160" s="30"/>
       <c r="AS160" s="30"/>
       <c r="AT160" s="30"/>
       <c r="AU160" s="30"/>
       <c r="AV160" s="30"/>
     </row>
     <row r="161" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="13"/>
       <c r="C161" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D161" s="7">
-        <v>4.5999999999999996</v>
+        <v>4.78</v>
       </c>
       <c r="E161" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F161" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G161" s="29">
-        <v>3.87</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.84</v>
+      </c>
+      <c r="H161" s="29">
+        <v>3.83</v>
       </c>
       <c r="I161" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J161" s="29">
-        <v>4.29</v>
+        <v>4.2</v>
       </c>
       <c r="K161" s="29">
-        <v>4.4000000000000004</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="L161" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M161" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N161" s="7">
-        <v>2.76</v>
+        <v>2.63</v>
       </c>
       <c r="O161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R161" s="7">
-        <v>4.2699999999999996</v>
+        <v>4.09</v>
       </c>
       <c r="S161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z161" s="7" t="s">
         <v>1</v>
       </c>
@@ -18017,318 +18063,318 @@
       </c>
       <c r="AE161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF161" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG161" s="30"/>
       <c r="AH161" s="30"/>
       <c r="AI161" s="30"/>
       <c r="AJ161" s="30"/>
       <c r="AK161" s="30"/>
       <c r="AL161" s="30"/>
       <c r="AM161" s="30"/>
       <c r="AN161" s="30"/>
       <c r="AO161" s="30"/>
       <c r="AP161" s="30"/>
       <c r="AQ161" s="30"/>
       <c r="AR161" s="30"/>
       <c r="AS161" s="30"/>
       <c r="AT161" s="30"/>
       <c r="AU161" s="30"/>
       <c r="AV161" s="30"/>
     </row>
     <row r="162" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B162" s="17"/>
-[...105 lines deleted...]
-      <c r="AV162" s="35"/>
+      <c r="B162" s="13"/>
+      <c r="C162" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D162" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G162" s="29">
+        <v>3.87</v>
+      </c>
+      <c r="H162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J162" s="29">
+        <v>4.29</v>
+      </c>
+      <c r="K162" s="29">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="L162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M162" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N162" s="7">
+        <v>2.76</v>
+      </c>
+      <c r="O162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R162" s="7">
+        <v>4.2699999999999996</v>
+      </c>
+      <c r="S162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF162" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG162" s="30"/>
+      <c r="AH162" s="30"/>
+      <c r="AI162" s="30"/>
+      <c r="AJ162" s="30"/>
+      <c r="AK162" s="30"/>
+      <c r="AL162" s="30"/>
+      <c r="AM162" s="30"/>
+      <c r="AN162" s="30"/>
+      <c r="AO162" s="30"/>
+      <c r="AP162" s="30"/>
+      <c r="AQ162" s="30"/>
+      <c r="AR162" s="30"/>
+      <c r="AS162" s="30"/>
+      <c r="AT162" s="30"/>
+      <c r="AU162" s="30"/>
+      <c r="AV162" s="30"/>
     </row>
     <row r="163" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B163" s="13">
-[...107 lines deleted...]
-      <c r="AV163" s="30"/>
+      <c r="B163" s="17"/>
+      <c r="C163" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D163" s="9">
+        <v>4.54</v>
+      </c>
+      <c r="E163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G163" s="34">
+        <v>3.85</v>
+      </c>
+      <c r="H163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J163" s="34">
+        <v>4.3</v>
+      </c>
+      <c r="K163" s="34">
+        <v>4.42</v>
+      </c>
+      <c r="L163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="M163" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N163" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="O163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R163" s="9">
+        <v>4.26</v>
+      </c>
+      <c r="S163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF163" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG163" s="35"/>
+      <c r="AH163" s="35"/>
+      <c r="AI163" s="35"/>
+      <c r="AJ163" s="35"/>
+      <c r="AK163" s="35"/>
+      <c r="AL163" s="35"/>
+      <c r="AM163" s="35"/>
+      <c r="AN163" s="35"/>
+      <c r="AO163" s="35"/>
+      <c r="AP163" s="35"/>
+      <c r="AQ163" s="35"/>
+      <c r="AR163" s="35"/>
+      <c r="AS163" s="35"/>
+      <c r="AT163" s="35"/>
+      <c r="AU163" s="35"/>
+      <c r="AV163" s="35"/>
     </row>
     <row r="164" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B164" s="13"/>
+      <c r="B164" s="13">
+        <v>2013</v>
+      </c>
       <c r="C164" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D164" s="7">
-        <v>4.2799999999999994</v>
+        <v>4.29</v>
       </c>
       <c r="E164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G164" s="29">
-        <v>3.95</v>
+        <v>3.55</v>
       </c>
       <c r="H164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J164" s="29">
-        <v>4.55</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="K164" s="29">
-        <v>4.68</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="L164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M164" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N164" s="7">
-        <v>2.75</v>
+        <v>2.77</v>
       </c>
       <c r="O164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q164" s="7">
-        <v>3.91</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.78</v>
+      </c>
+      <c r="R164" s="7">
+        <v>4.05</v>
       </c>
       <c r="S164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z164" s="7" t="s">
         <v>1</v>
       </c>
@@ -18348,93 +18394,93 @@
         <v>1</v>
       </c>
       <c r="AF164" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG164" s="30"/>
       <c r="AH164" s="30"/>
       <c r="AI164" s="30"/>
       <c r="AJ164" s="30"/>
       <c r="AK164" s="30"/>
       <c r="AL164" s="30"/>
       <c r="AM164" s="30"/>
       <c r="AN164" s="30"/>
       <c r="AO164" s="30"/>
       <c r="AP164" s="30"/>
       <c r="AQ164" s="30"/>
       <c r="AR164" s="30"/>
       <c r="AS164" s="30"/>
       <c r="AT164" s="30"/>
       <c r="AU164" s="30"/>
       <c r="AV164" s="30"/>
     </row>
     <row r="165" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B165" s="13"/>
       <c r="C165" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D165" s="7">
-        <v>4.32</v>
+        <v>4.2799999999999994</v>
       </c>
       <c r="E165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G165" s="29">
-        <v>4.18</v>
+        <v>3.95</v>
       </c>
       <c r="H165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J165" s="29">
-        <v>4.91</v>
+        <v>4.55</v>
       </c>
       <c r="K165" s="29">
-        <v>5.0199999999999996</v>
+        <v>4.68</v>
       </c>
       <c r="L165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M165" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N165" s="7">
-        <v>2.48</v>
+        <v>2.75</v>
       </c>
       <c r="O165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q165" s="7">
-        <v>4.1900000000000004</v>
+        <v>3.91</v>
       </c>
       <c r="R165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y165" s="7" t="s">
         <v>1</v>
       </c>
@@ -18457,93 +18503,93 @@
         <v>1</v>
       </c>
       <c r="AF165" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG165" s="30"/>
       <c r="AH165" s="30"/>
       <c r="AI165" s="30"/>
       <c r="AJ165" s="30"/>
       <c r="AK165" s="30"/>
       <c r="AL165" s="30"/>
       <c r="AM165" s="30"/>
       <c r="AN165" s="30"/>
       <c r="AO165" s="30"/>
       <c r="AP165" s="30"/>
       <c r="AQ165" s="30"/>
       <c r="AR165" s="30"/>
       <c r="AS165" s="30"/>
       <c r="AT165" s="30"/>
       <c r="AU165" s="30"/>
       <c r="AV165" s="30"/>
     </row>
     <row r="166" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B166" s="13"/>
       <c r="C166" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D166" s="7">
-        <v>4.34</v>
+        <v>4.32</v>
       </c>
       <c r="E166" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F166" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G166" s="29">
-        <v>3.66</v>
+        <v>4.18</v>
       </c>
       <c r="H166" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I166" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J166" s="29">
-        <v>4.47</v>
+        <v>4.91</v>
       </c>
       <c r="K166" s="29">
-        <v>4.6500000000000004</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="L166" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="M166" s="29">
-        <v>4.88</v>
+      <c r="M166" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="N166" s="7">
-        <v>2.2200000000000002</v>
+        <v>2.48</v>
       </c>
       <c r="O166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q166" s="7">
-        <v>3.87</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="R166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y166" s="7" t="s">
         <v>1</v>
       </c>
@@ -18566,93 +18612,93 @@
         <v>1</v>
       </c>
       <c r="AF166" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG166" s="30"/>
       <c r="AH166" s="30"/>
       <c r="AI166" s="30"/>
       <c r="AJ166" s="30"/>
       <c r="AK166" s="30"/>
       <c r="AL166" s="30"/>
       <c r="AM166" s="30"/>
       <c r="AN166" s="30"/>
       <c r="AO166" s="30"/>
       <c r="AP166" s="30"/>
       <c r="AQ166" s="30"/>
       <c r="AR166" s="30"/>
       <c r="AS166" s="30"/>
       <c r="AT166" s="30"/>
       <c r="AU166" s="30"/>
       <c r="AV166" s="30"/>
     </row>
     <row r="167" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B167" s="13"/>
       <c r="C167" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D167" s="7">
-        <v>4.38</v>
+        <v>4.34</v>
       </c>
       <c r="E167" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F167" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G167" s="29">
-        <v>3.64</v>
+        <v>3.66</v>
       </c>
       <c r="H167" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="I167" s="29">
-        <v>4.3099999999999996</v>
+      <c r="I167" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="J167" s="29">
-        <v>4.33</v>
+        <v>4.47</v>
       </c>
       <c r="K167" s="29">
-        <v>4.43</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="L167" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M167" s="29">
-        <v>4.7699999999999996</v>
+        <v>4.88</v>
       </c>
       <c r="N167" s="7">
-        <v>2.15</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="O167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q167" s="7">
-        <v>3.77</v>
+        <v>3.87</v>
       </c>
       <c r="R167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y167" s="7" t="s">
         <v>1</v>
       </c>
@@ -18675,93 +18721,93 @@
         <v>1</v>
       </c>
       <c r="AF167" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG167" s="30"/>
       <c r="AH167" s="30"/>
       <c r="AI167" s="30"/>
       <c r="AJ167" s="30"/>
       <c r="AK167" s="30"/>
       <c r="AL167" s="30"/>
       <c r="AM167" s="30"/>
       <c r="AN167" s="30"/>
       <c r="AO167" s="30"/>
       <c r="AP167" s="30"/>
       <c r="AQ167" s="30"/>
       <c r="AR167" s="30"/>
       <c r="AS167" s="30"/>
       <c r="AT167" s="30"/>
       <c r="AU167" s="30"/>
       <c r="AV167" s="30"/>
     </row>
     <row r="168" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B168" s="13"/>
       <c r="C168" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D168" s="7">
-        <v>4.63</v>
+        <v>4.38</v>
       </c>
       <c r="E168" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F168" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G168" s="29">
-        <v>4.5199999999999996</v>
+        <v>3.64</v>
       </c>
       <c r="H168" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I168" s="29">
-        <v>5.23</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="J168" s="29">
-        <v>5.34</v>
+        <v>4.33</v>
       </c>
       <c r="K168" s="29">
-        <v>5.42</v>
+        <v>4.43</v>
       </c>
       <c r="L168" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M168" s="29">
-        <v>5.67</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="N168" s="7">
-        <v>2.78</v>
+        <v>2.15</v>
       </c>
       <c r="O168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q168" s="7">
-        <v>4.3600000000000003</v>
+        <v>3.77</v>
       </c>
       <c r="R168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y168" s="7" t="s">
         <v>1</v>
       </c>
@@ -18784,93 +18830,93 @@
         <v>1</v>
       </c>
       <c r="AF168" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG168" s="30"/>
       <c r="AH168" s="30"/>
       <c r="AI168" s="30"/>
       <c r="AJ168" s="30"/>
       <c r="AK168" s="30"/>
       <c r="AL168" s="30"/>
       <c r="AM168" s="30"/>
       <c r="AN168" s="30"/>
       <c r="AO168" s="30"/>
       <c r="AP168" s="30"/>
       <c r="AQ168" s="30"/>
       <c r="AR168" s="30"/>
       <c r="AS168" s="30"/>
       <c r="AT168" s="30"/>
       <c r="AU168" s="30"/>
       <c r="AV168" s="30"/>
     </row>
     <row r="169" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B169" s="13"/>
       <c r="C169" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D169" s="7">
-        <v>4.91</v>
+        <v>4.63</v>
       </c>
       <c r="E169" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F169" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G169" s="29">
-        <v>4.3499999999999996</v>
+        <v>4.5199999999999996</v>
       </c>
       <c r="H169" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I169" s="29">
-        <v>5.17</v>
+        <v>5.23</v>
       </c>
       <c r="J169" s="29">
-        <v>5.31</v>
+        <v>5.34</v>
       </c>
       <c r="K169" s="29">
-        <v>5.39</v>
+        <v>5.42</v>
       </c>
       <c r="L169" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M169" s="29">
-        <v>5.54</v>
+        <v>5.67</v>
       </c>
       <c r="N169" s="7">
-        <v>3.1</v>
+        <v>2.78</v>
       </c>
       <c r="O169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q169" s="7">
-        <v>4.29</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="R169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y169" s="7" t="s">
         <v>1</v>
       </c>
@@ -18893,93 +18939,93 @@
         <v>1</v>
       </c>
       <c r="AF169" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG169" s="30"/>
       <c r="AH169" s="30"/>
       <c r="AI169" s="30"/>
       <c r="AJ169" s="30"/>
       <c r="AK169" s="30"/>
       <c r="AL169" s="30"/>
       <c r="AM169" s="30"/>
       <c r="AN169" s="30"/>
       <c r="AO169" s="30"/>
       <c r="AP169" s="30"/>
       <c r="AQ169" s="30"/>
       <c r="AR169" s="30"/>
       <c r="AS169" s="30"/>
       <c r="AT169" s="30"/>
       <c r="AU169" s="30"/>
       <c r="AV169" s="30"/>
     </row>
     <row r="170" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B170" s="13"/>
       <c r="C170" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D170" s="7">
-        <v>5.04</v>
+        <v>4.91</v>
       </c>
       <c r="E170" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F170" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G170" s="29">
-        <v>4.57</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H170" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I170" s="29">
-        <v>5.5</v>
+        <v>5.17</v>
       </c>
       <c r="J170" s="29">
-        <v>5.74</v>
+        <v>5.31</v>
       </c>
       <c r="K170" s="29">
-        <v>5.88</v>
+        <v>5.39</v>
       </c>
       <c r="L170" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M170" s="29">
-        <v>5.97</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.54</v>
+      </c>
+      <c r="N170" s="7">
+        <v>3.1</v>
       </c>
       <c r="O170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q170" s="7">
-        <v>4.45</v>
+        <v>4.29</v>
       </c>
       <c r="R170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y170" s="7" t="s">
         <v>1</v>
       </c>
@@ -19002,93 +19048,93 @@
         <v>1</v>
       </c>
       <c r="AF170" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG170" s="30"/>
       <c r="AH170" s="30"/>
       <c r="AI170" s="30"/>
       <c r="AJ170" s="30"/>
       <c r="AK170" s="30"/>
       <c r="AL170" s="30"/>
       <c r="AM170" s="30"/>
       <c r="AN170" s="30"/>
       <c r="AO170" s="30"/>
       <c r="AP170" s="30"/>
       <c r="AQ170" s="30"/>
       <c r="AR170" s="30"/>
       <c r="AS170" s="30"/>
       <c r="AT170" s="30"/>
       <c r="AU170" s="30"/>
       <c r="AV170" s="30"/>
     </row>
     <row r="171" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B171" s="13"/>
       <c r="C171" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D171" s="7">
-        <v>4.92</v>
+        <v>5.04</v>
       </c>
       <c r="E171" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F171" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G171" s="29">
-        <v>4.5999999999999996</v>
+        <v>4.57</v>
       </c>
       <c r="H171" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I171" s="29">
-        <v>5.48</v>
+        <v>5.5</v>
       </c>
       <c r="J171" s="29">
-        <v>5.72</v>
+        <v>5.74</v>
       </c>
       <c r="K171" s="29">
-        <v>5.9</v>
+        <v>5.88</v>
       </c>
       <c r="L171" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M171" s="29">
-        <v>5.99</v>
+        <v>5.97</v>
       </c>
       <c r="N171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q171" s="7">
-        <v>4.4800000000000004</v>
+        <v>4.45</v>
       </c>
       <c r="R171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y171" s="7" t="s">
         <v>1</v>
       </c>
@@ -19111,93 +19157,93 @@
         <v>1</v>
       </c>
       <c r="AF171" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG171" s="30"/>
       <c r="AH171" s="30"/>
       <c r="AI171" s="30"/>
       <c r="AJ171" s="30"/>
       <c r="AK171" s="30"/>
       <c r="AL171" s="30"/>
       <c r="AM171" s="30"/>
       <c r="AN171" s="30"/>
       <c r="AO171" s="30"/>
       <c r="AP171" s="30"/>
       <c r="AQ171" s="30"/>
       <c r="AR171" s="30"/>
       <c r="AS171" s="30"/>
       <c r="AT171" s="30"/>
       <c r="AU171" s="30"/>
       <c r="AV171" s="30"/>
     </row>
     <row r="172" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B172" s="13"/>
       <c r="C172" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D172" s="7">
-        <v>4.99</v>
+        <v>4.92</v>
       </c>
       <c r="E172" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="F172" s="29">
-        <v>4.1399999999999997</v>
+      <c r="F172" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="G172" s="29">
-        <v>4.33</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H172" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I172" s="29">
-        <v>5.12</v>
+        <v>5.48</v>
       </c>
       <c r="J172" s="29">
-        <v>5.39</v>
-[...5 lines deleted...]
-        <v>5.67</v>
+        <v>5.72</v>
+      </c>
+      <c r="K172" s="29">
+        <v>5.9</v>
+      </c>
+      <c r="L172" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="M172" s="29">
-        <v>6.09</v>
+        <v>5.99</v>
       </c>
       <c r="N172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q172" s="7">
-        <v>4.3499999999999996</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="R172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y172" s="7" t="s">
         <v>1</v>
       </c>
@@ -19220,93 +19266,93 @@
         <v>1</v>
       </c>
       <c r="AF172" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG172" s="30"/>
       <c r="AH172" s="30"/>
       <c r="AI172" s="30"/>
       <c r="AJ172" s="30"/>
       <c r="AK172" s="30"/>
       <c r="AL172" s="30"/>
       <c r="AM172" s="30"/>
       <c r="AN172" s="30"/>
       <c r="AO172" s="30"/>
       <c r="AP172" s="30"/>
       <c r="AQ172" s="30"/>
       <c r="AR172" s="30"/>
       <c r="AS172" s="30"/>
       <c r="AT172" s="30"/>
       <c r="AU172" s="30"/>
       <c r="AV172" s="30"/>
     </row>
     <row r="173" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B173" s="13"/>
       <c r="C173" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D173" s="7">
-        <v>4.97</v>
+        <v>4.99</v>
       </c>
       <c r="E173" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F173" s="29">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="G173" s="29">
+        <v>4.33</v>
+      </c>
+      <c r="H173" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I173" s="29">
+        <v>5.12</v>
+      </c>
+      <c r="J173" s="29">
+        <v>5.39</v>
+      </c>
+      <c r="K173" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L173" s="29">
+        <v>5.67</v>
+      </c>
+      <c r="M173" s="29">
+        <v>6.09</v>
+      </c>
+      <c r="N173" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O173" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P173" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q173" s="7">
         <v>4.3499999999999996</v>
-      </c>
-[...31 lines deleted...]
-        <v>4.17</v>
       </c>
       <c r="R173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y173" s="7" t="s">
         <v>1</v>
       </c>
@@ -19327,315 +19373,315 @@
       </c>
       <c r="AE173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF173" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG173" s="30"/>
       <c r="AH173" s="30"/>
       <c r="AI173" s="30"/>
       <c r="AJ173" s="30"/>
       <c r="AK173" s="30"/>
       <c r="AL173" s="30"/>
       <c r="AM173" s="30"/>
       <c r="AN173" s="30"/>
       <c r="AO173" s="30"/>
       <c r="AP173" s="30"/>
       <c r="AQ173" s="30"/>
       <c r="AR173" s="30"/>
       <c r="AS173" s="30"/>
       <c r="AT173" s="30"/>
       <c r="AU173" s="30"/>
       <c r="AV173" s="30"/>
     </row>
     <row r="174" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B174" s="17"/>
-[...105 lines deleted...]
-      <c r="AV174" s="35"/>
+      <c r="B174" s="13"/>
+      <c r="C174" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D174" s="7">
+        <v>4.97</v>
+      </c>
+      <c r="E174" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F174" s="29">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="G174" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H174" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I174" s="29">
+        <v>5.29</v>
+      </c>
+      <c r="J174" s="29">
+        <v>5.6</v>
+      </c>
+      <c r="K174" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L174" s="29">
+        <v>6</v>
+      </c>
+      <c r="M174" s="29">
+        <v>6.29</v>
+      </c>
+      <c r="N174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q174" s="7">
+        <v>4.17</v>
+      </c>
+      <c r="R174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF174" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG174" s="30"/>
+      <c r="AH174" s="30"/>
+      <c r="AI174" s="30"/>
+      <c r="AJ174" s="30"/>
+      <c r="AK174" s="30"/>
+      <c r="AL174" s="30"/>
+      <c r="AM174" s="30"/>
+      <c r="AN174" s="30"/>
+      <c r="AO174" s="30"/>
+      <c r="AP174" s="30"/>
+      <c r="AQ174" s="30"/>
+      <c r="AR174" s="30"/>
+      <c r="AS174" s="30"/>
+      <c r="AT174" s="30"/>
+      <c r="AU174" s="30"/>
+      <c r="AV174" s="30"/>
     </row>
     <row r="175" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B175" s="13">
-[...107 lines deleted...]
-      <c r="AV175" s="30"/>
+      <c r="B175" s="17"/>
+      <c r="C175" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D175" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="E175" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="F175" s="34">
+        <v>4.22</v>
+      </c>
+      <c r="G175" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H175" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="I175" s="34">
+        <v>5.22</v>
+      </c>
+      <c r="J175" s="34">
+        <v>5.54</v>
+      </c>
+      <c r="K175" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="L175" s="34">
+        <v>6.02</v>
+      </c>
+      <c r="M175" s="34">
+        <v>6.22</v>
+      </c>
+      <c r="N175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q175" s="9">
+        <v>4.05</v>
+      </c>
+      <c r="R175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="T175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF175" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG175" s="35"/>
+      <c r="AH175" s="35"/>
+      <c r="AI175" s="35"/>
+      <c r="AJ175" s="35"/>
+      <c r="AK175" s="35"/>
+      <c r="AL175" s="35"/>
+      <c r="AM175" s="35"/>
+      <c r="AN175" s="35"/>
+      <c r="AO175" s="35"/>
+      <c r="AP175" s="35"/>
+      <c r="AQ175" s="35"/>
+      <c r="AR175" s="35"/>
+      <c r="AS175" s="35"/>
+      <c r="AT175" s="35"/>
+      <c r="AU175" s="35"/>
+      <c r="AV175" s="35"/>
     </row>
     <row r="176" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B176" s="13"/>
+      <c r="B176" s="13">
+        <v>2014</v>
+      </c>
       <c r="C176" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D176" s="7">
-        <v>4.78</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="E176" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F176" s="29">
-        <v>3.83</v>
+        <v>3.89</v>
       </c>
       <c r="G176" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H176" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I176" s="29">
-        <v>5.0599999999999996</v>
+        <v>5.05</v>
       </c>
       <c r="J176" s="29">
-        <v>5.37</v>
+        <v>5.36</v>
       </c>
       <c r="K176" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L176" s="29">
-        <v>5.73</v>
+        <v>5.79</v>
       </c>
       <c r="M176" s="29">
-        <v>5.91</v>
+        <v>5.97</v>
       </c>
       <c r="N176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P176" s="7">
-        <v>3.76</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.8</v>
+      </c>
+      <c r="Q176" s="7">
+        <v>3.95</v>
       </c>
       <c r="R176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y176" s="7" t="s">
         <v>1</v>
       </c>
@@ -19658,90 +19704,90 @@
         <v>1</v>
       </c>
       <c r="AF176" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG176" s="30"/>
       <c r="AH176" s="30"/>
       <c r="AI176" s="30"/>
       <c r="AJ176" s="30"/>
       <c r="AK176" s="30"/>
       <c r="AL176" s="30"/>
       <c r="AM176" s="30"/>
       <c r="AN176" s="30"/>
       <c r="AO176" s="30"/>
       <c r="AP176" s="30"/>
       <c r="AQ176" s="30"/>
       <c r="AR176" s="30"/>
       <c r="AS176" s="30"/>
       <c r="AT176" s="30"/>
       <c r="AU176" s="30"/>
       <c r="AV176" s="30"/>
     </row>
     <row r="177" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B177" s="13"/>
       <c r="C177" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D177" s="7">
-        <v>4.51</v>
+        <v>4.78</v>
       </c>
       <c r="E177" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F177" s="29">
-        <v>3.77</v>
+        <v>3.83</v>
       </c>
       <c r="G177" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H177" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I177" s="29">
-        <v>4.8600000000000003</v>
+        <v>5.0599999999999996</v>
       </c>
       <c r="J177" s="29">
-        <v>5.13</v>
+        <v>5.37</v>
       </c>
       <c r="K177" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L177" s="29">
-        <v>5.46</v>
+        <v>5.73</v>
       </c>
       <c r="M177" s="29">
-        <v>5.6</v>
+        <v>5.91</v>
       </c>
       <c r="N177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P177" s="7">
-        <v>3.66</v>
+        <v>3.76</v>
       </c>
       <c r="Q177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X177" s="7" t="s">
         <v>1</v>
       </c>
@@ -19767,90 +19813,90 @@
         <v>1</v>
       </c>
       <c r="AF177" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG177" s="30"/>
       <c r="AH177" s="30"/>
       <c r="AI177" s="30"/>
       <c r="AJ177" s="30"/>
       <c r="AK177" s="30"/>
       <c r="AL177" s="30"/>
       <c r="AM177" s="30"/>
       <c r="AN177" s="30"/>
       <c r="AO177" s="30"/>
       <c r="AP177" s="30"/>
       <c r="AQ177" s="30"/>
       <c r="AR177" s="30"/>
       <c r="AS177" s="30"/>
       <c r="AT177" s="30"/>
       <c r="AU177" s="30"/>
       <c r="AV177" s="30"/>
     </row>
     <row r="178" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B178" s="13"/>
       <c r="C178" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D178" s="7">
-        <v>4.41</v>
+        <v>4.51</v>
       </c>
       <c r="E178" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F178" s="29">
-        <v>3.71</v>
+        <v>3.77</v>
       </c>
       <c r="G178" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H178" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I178" s="29">
-        <v>4.82</v>
+        <v>4.8600000000000003</v>
       </c>
       <c r="J178" s="29">
-        <v>5.07</v>
+        <v>5.13</v>
       </c>
       <c r="K178" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L178" s="29">
-        <v>5.38</v>
+        <v>5.46</v>
       </c>
       <c r="M178" s="29">
-        <v>5.47</v>
+        <v>5.6</v>
       </c>
       <c r="N178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P178" s="7">
-        <v>3.29</v>
+        <v>3.66</v>
       </c>
       <c r="Q178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X178" s="7" t="s">
         <v>1</v>
       </c>
@@ -19876,102 +19922,102 @@
         <v>1</v>
       </c>
       <c r="AF178" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG178" s="30"/>
       <c r="AH178" s="30"/>
       <c r="AI178" s="30"/>
       <c r="AJ178" s="30"/>
       <c r="AK178" s="30"/>
       <c r="AL178" s="30"/>
       <c r="AM178" s="30"/>
       <c r="AN178" s="30"/>
       <c r="AO178" s="30"/>
       <c r="AP178" s="30"/>
       <c r="AQ178" s="30"/>
       <c r="AR178" s="30"/>
       <c r="AS178" s="30"/>
       <c r="AT178" s="30"/>
       <c r="AU178" s="30"/>
       <c r="AV178" s="30"/>
     </row>
     <row r="179" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="13"/>
       <c r="C179" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D179" s="7">
-        <v>4.3099999999999996</v>
+        <v>4.41</v>
       </c>
       <c r="E179" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F179" s="29">
-        <v>3.42</v>
+        <v>3.71</v>
       </c>
       <c r="G179" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="H179" s="29">
-        <v>4.3499999999999996</v>
+      <c r="H179" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="I179" s="29">
-        <v>4.59</v>
+        <v>4.82</v>
       </c>
       <c r="J179" s="29">
-        <v>4.78</v>
+        <v>5.07</v>
       </c>
       <c r="K179" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L179" s="29">
-        <v>5.08</v>
+        <v>5.38</v>
       </c>
       <c r="M179" s="29">
-        <v>5.19</v>
+        <v>5.47</v>
       </c>
       <c r="N179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P179" s="7">
-        <v>3.07</v>
+        <v>3.29</v>
       </c>
       <c r="Q179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S179" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="T179" s="7">
-        <v>3.97</v>
+      <c r="T179" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="U179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB179" s="7" t="s">
         <v>1</v>
       </c>
@@ -19985,102 +20031,102 @@
         <v>1</v>
       </c>
       <c r="AF179" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG179" s="30"/>
       <c r="AH179" s="30"/>
       <c r="AI179" s="30"/>
       <c r="AJ179" s="30"/>
       <c r="AK179" s="30"/>
       <c r="AL179" s="30"/>
       <c r="AM179" s="30"/>
       <c r="AN179" s="30"/>
       <c r="AO179" s="30"/>
       <c r="AP179" s="30"/>
       <c r="AQ179" s="30"/>
       <c r="AR179" s="30"/>
       <c r="AS179" s="30"/>
       <c r="AT179" s="30"/>
       <c r="AU179" s="30"/>
       <c r="AV179" s="30"/>
     </row>
     <row r="180" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B180" s="13"/>
       <c r="C180" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D180" s="7">
-        <v>3.94</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="E180" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F180" s="29">
-        <v>3.16</v>
+        <v>3.42</v>
       </c>
       <c r="G180" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H180" s="29">
-        <v>4.17</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="I180" s="29">
-        <v>4.4000000000000004</v>
+        <v>4.59</v>
       </c>
       <c r="J180" s="29">
-        <v>4.57</v>
+        <v>4.78</v>
       </c>
       <c r="K180" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L180" s="29">
-        <v>4.8899999999999997</v>
+        <v>5.08</v>
       </c>
       <c r="M180" s="29">
-        <v>5.01</v>
+        <v>5.19</v>
       </c>
       <c r="N180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P180" s="7">
-        <v>2.88</v>
+        <v>3.07</v>
       </c>
       <c r="Q180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T180" s="7">
-        <v>3.82</v>
+        <v>3.97</v>
       </c>
       <c r="U180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB180" s="7" t="s">
         <v>1</v>
       </c>
@@ -20094,102 +20140,102 @@
         <v>1</v>
       </c>
       <c r="AF180" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG180" s="30"/>
       <c r="AH180" s="30"/>
       <c r="AI180" s="30"/>
       <c r="AJ180" s="30"/>
       <c r="AK180" s="30"/>
       <c r="AL180" s="30"/>
       <c r="AM180" s="30"/>
       <c r="AN180" s="30"/>
       <c r="AO180" s="30"/>
       <c r="AP180" s="30"/>
       <c r="AQ180" s="30"/>
       <c r="AR180" s="30"/>
       <c r="AS180" s="30"/>
       <c r="AT180" s="30"/>
       <c r="AU180" s="30"/>
       <c r="AV180" s="30"/>
     </row>
     <row r="181" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="13"/>
       <c r="C181" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D181" s="7">
-        <v>3.7199999999999998</v>
+        <v>3.94</v>
       </c>
       <c r="E181" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F181" s="29">
-        <v>3.17</v>
+        <v>3.16</v>
       </c>
       <c r="G181" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H181" s="29">
-        <v>4.2699999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I181" s="29">
-        <v>4.45</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="J181" s="29">
-        <v>4.7</v>
+        <v>4.57</v>
       </c>
       <c r="K181" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L181" s="29">
-        <v>5</v>
+        <v>4.8899999999999997</v>
       </c>
       <c r="M181" s="29">
-        <v>5.12</v>
+        <v>5.01</v>
       </c>
       <c r="N181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P181" s="7">
-        <v>2.94</v>
+        <v>2.88</v>
       </c>
       <c r="Q181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T181" s="7">
-        <v>3.93</v>
+        <v>3.82</v>
       </c>
       <c r="U181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB181" s="7" t="s">
         <v>1</v>
       </c>
@@ -20203,102 +20249,102 @@
         <v>1</v>
       </c>
       <c r="AF181" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG181" s="30"/>
       <c r="AH181" s="30"/>
       <c r="AI181" s="30"/>
       <c r="AJ181" s="30"/>
       <c r="AK181" s="30"/>
       <c r="AL181" s="30"/>
       <c r="AM181" s="30"/>
       <c r="AN181" s="30"/>
       <c r="AO181" s="30"/>
       <c r="AP181" s="30"/>
       <c r="AQ181" s="30"/>
       <c r="AR181" s="30"/>
       <c r="AS181" s="30"/>
       <c r="AT181" s="30"/>
       <c r="AU181" s="30"/>
       <c r="AV181" s="30"/>
     </row>
     <row r="182" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="13"/>
       <c r="C182" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D182" s="7">
-        <v>3.6799999999999997</v>
+        <v>3.7199999999999998</v>
       </c>
       <c r="E182" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F182" s="29">
-        <v>3.5</v>
+        <v>3.17</v>
       </c>
       <c r="G182" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H182" s="29">
-        <v>4.46</v>
+        <v>4.2699999999999996</v>
       </c>
       <c r="I182" s="29">
-        <v>4.63</v>
+        <v>4.45</v>
       </c>
       <c r="J182" s="29">
-        <v>4.84</v>
+        <v>4.7</v>
       </c>
       <c r="K182" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L182" s="29">
-        <v>5.14</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="M182" s="29">
+        <v>5.12</v>
       </c>
       <c r="N182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P182" s="7">
-        <v>3.02</v>
+        <v>2.94</v>
       </c>
       <c r="Q182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T182" s="7">
-        <v>4.0999999999999996</v>
+        <v>3.93</v>
       </c>
       <c r="U182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB182" s="7" t="s">
         <v>1</v>
       </c>
@@ -20312,102 +20358,102 @@
         <v>1</v>
       </c>
       <c r="AF182" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG182" s="30"/>
       <c r="AH182" s="30"/>
       <c r="AI182" s="30"/>
       <c r="AJ182" s="30"/>
       <c r="AK182" s="30"/>
       <c r="AL182" s="30"/>
       <c r="AM182" s="30"/>
       <c r="AN182" s="30"/>
       <c r="AO182" s="30"/>
       <c r="AP182" s="30"/>
       <c r="AQ182" s="30"/>
       <c r="AR182" s="30"/>
       <c r="AS182" s="30"/>
       <c r="AT182" s="30"/>
       <c r="AU182" s="30"/>
       <c r="AV182" s="30"/>
     </row>
     <row r="183" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B183" s="13"/>
       <c r="C183" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D183" s="7">
-        <v>3.5700000000000003</v>
+        <v>3.6799999999999997</v>
       </c>
       <c r="E183" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F183" s="29">
-        <v>3.38</v>
+        <v>3.5</v>
       </c>
       <c r="G183" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H183" s="29">
-        <v>4.3499999999999996</v>
+        <v>4.46</v>
       </c>
       <c r="I183" s="29">
-        <v>4.5599999999999996</v>
+        <v>4.63</v>
       </c>
       <c r="J183" s="29">
-        <v>4.6900000000000004</v>
+        <v>4.84</v>
       </c>
       <c r="K183" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L183" s="29">
-        <v>4.99</v>
+        <v>5.14</v>
       </c>
       <c r="M183" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P183" s="7">
-        <v>2.71</v>
+        <v>3.02</v>
       </c>
       <c r="Q183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T183" s="7">
-        <v>3.77</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="U183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB183" s="7" t="s">
         <v>1</v>
       </c>
@@ -20421,102 +20467,102 @@
         <v>1</v>
       </c>
       <c r="AF183" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG183" s="30"/>
       <c r="AH183" s="30"/>
       <c r="AI183" s="30"/>
       <c r="AJ183" s="30"/>
       <c r="AK183" s="30"/>
       <c r="AL183" s="30"/>
       <c r="AM183" s="30"/>
       <c r="AN183" s="30"/>
       <c r="AO183" s="30"/>
       <c r="AP183" s="30"/>
       <c r="AQ183" s="30"/>
       <c r="AR183" s="30"/>
       <c r="AS183" s="30"/>
       <c r="AT183" s="30"/>
       <c r="AU183" s="30"/>
       <c r="AV183" s="30"/>
     </row>
     <row r="184" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B184" s="13"/>
       <c r="C184" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D184" s="7">
-        <v>3.54</v>
-[...2 lines deleted...]
-        <v>3.34</v>
+        <v>3.5700000000000003</v>
+      </c>
+      <c r="E184" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="F184" s="29">
-        <v>3.57</v>
+        <v>3.38</v>
       </c>
       <c r="G184" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H184" s="29">
-        <v>4.3600000000000003</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="I184" s="29">
-        <v>4.6399999999999997</v>
-[...5 lines deleted...]
-        <v>4.92</v>
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="J184" s="29">
+        <v>4.6900000000000004</v>
+      </c>
+      <c r="K184" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="L184" s="29">
-        <v>5.0199999999999996</v>
+        <v>4.99</v>
       </c>
       <c r="M184" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P184" s="7">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="Q184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T184" s="7">
-        <v>3.76</v>
+        <v>3.77</v>
       </c>
       <c r="U184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB184" s="7" t="s">
         <v>1</v>
       </c>
@@ -20528,103 +20574,104 @@
       </c>
       <c r="AE184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF184" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG184" s="30"/>
       <c r="AH184" s="30"/>
       <c r="AI184" s="30"/>
       <c r="AJ184" s="30"/>
       <c r="AK184" s="30"/>
       <c r="AL184" s="30"/>
       <c r="AM184" s="30"/>
       <c r="AN184" s="30"/>
       <c r="AO184" s="30"/>
       <c r="AP184" s="30"/>
       <c r="AQ184" s="30"/>
       <c r="AR184" s="30"/>
       <c r="AS184" s="30"/>
       <c r="AT184" s="30"/>
       <c r="AU184" s="30"/>
       <c r="AV184" s="30"/>
     </row>
     <row r="185" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="13"/>
       <c r="C185" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D185" s="7">
-        <v>3.52</v>
+        <v>3.54</v>
       </c>
       <c r="E185" s="29">
-        <v>3.19</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.34</v>
+      </c>
+      <c r="F185" s="29">
+        <v>3.57</v>
       </c>
       <c r="G185" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H185" s="29">
-        <v>4.21</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I185" s="29">
-        <v>4.46</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="J185" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K185" s="29">
-        <v>4.8099999999999996</v>
+        <v>4.92</v>
       </c>
       <c r="L185" s="29">
-        <v>4.8899999999999997</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="M185" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P185" s="7">
-        <v>2.5299999999999998</v>
+        <v>2.63</v>
       </c>
       <c r="Q185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T185" s="7">
-        <v>3.49</v>
+        <v>3.76</v>
       </c>
       <c r="U185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB185" s="7" t="s">
         <v>1</v>
       </c>
@@ -20636,321 +20683,320 @@
       </c>
       <c r="AE185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF185" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG185" s="30"/>
       <c r="AH185" s="30"/>
       <c r="AI185" s="30"/>
       <c r="AJ185" s="30"/>
       <c r="AK185" s="30"/>
       <c r="AL185" s="30"/>
       <c r="AM185" s="30"/>
       <c r="AN185" s="30"/>
       <c r="AO185" s="30"/>
       <c r="AP185" s="30"/>
       <c r="AQ185" s="30"/>
       <c r="AR185" s="30"/>
       <c r="AS185" s="30"/>
       <c r="AT185" s="30"/>
       <c r="AU185" s="30"/>
       <c r="AV185" s="30"/>
     </row>
     <row r="186" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B186" s="18"/>
-[...3 lines deleted...]
-      <c r="D186" s="9">
+      <c r="C186" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D186" s="7">
         <v>3.52</v>
       </c>
-      <c r="E186" s="34">
-[...98 lines deleted...]
-      <c r="AV186" s="35"/>
+      <c r="E186" s="29">
+        <v>3.19</v>
+      </c>
+      <c r="F186" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G186" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="29">
+        <v>4.21</v>
+      </c>
+      <c r="I186" s="29">
+        <v>4.46</v>
+      </c>
+      <c r="J186" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K186" s="29">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="L186" s="29">
+        <v>4.8899999999999997</v>
+      </c>
+      <c r="M186" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P186" s="7">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="Q186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T186" s="7">
+        <v>3.49</v>
+      </c>
+      <c r="U186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF186" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG186" s="30"/>
+      <c r="AH186" s="30"/>
+      <c r="AI186" s="30"/>
+      <c r="AJ186" s="30"/>
+      <c r="AK186" s="30"/>
+      <c r="AL186" s="30"/>
+      <c r="AM186" s="30"/>
+      <c r="AN186" s="30"/>
+      <c r="AO186" s="30"/>
+      <c r="AP186" s="30"/>
+      <c r="AQ186" s="30"/>
+      <c r="AR186" s="30"/>
+      <c r="AS186" s="30"/>
+      <c r="AT186" s="30"/>
+      <c r="AU186" s="30"/>
+      <c r="AV186" s="30"/>
     </row>
     <row r="187" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B187" s="13">
-[...107 lines deleted...]
-      <c r="AV187" s="30"/>
+      <c r="B187" s="18"/>
+      <c r="C187" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D187" s="9">
+        <v>3.52</v>
+      </c>
+      <c r="E187" s="34">
+        <v>3.43</v>
+      </c>
+      <c r="F187" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="G187" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="H187" s="34">
+        <v>4.41</v>
+      </c>
+      <c r="I187" s="34">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="J187" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="K187" s="34">
+        <v>4.96</v>
+      </c>
+      <c r="L187" s="34">
+        <v>5.03</v>
+      </c>
+      <c r="M187" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="N187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="O187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="P187" s="9">
+        <v>2.65</v>
+      </c>
+      <c r="Q187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="R187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="S187" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="T187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="U187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="V187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="X187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF187" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG187" s="35"/>
+      <c r="AH187" s="35"/>
+      <c r="AI187" s="35"/>
+      <c r="AJ187" s="35"/>
+      <c r="AK187" s="35"/>
+      <c r="AL187" s="35"/>
+      <c r="AM187" s="35"/>
+      <c r="AN187" s="35"/>
+      <c r="AO187" s="35"/>
+      <c r="AP187" s="35"/>
+      <c r="AQ187" s="35"/>
+      <c r="AR187" s="35"/>
+      <c r="AS187" s="35"/>
+      <c r="AT187" s="35"/>
+      <c r="AU187" s="35"/>
+      <c r="AV187" s="35"/>
     </row>
     <row r="188" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B188" s="13"/>
+      <c r="B188" s="13">
+        <v>2015</v>
+      </c>
       <c r="C188" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D188" s="7">
-        <v>3.2399999999999998</v>
+        <v>3.32</v>
       </c>
       <c r="E188" s="29">
         <v>3.31</v>
       </c>
       <c r="F188" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G188" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H188" s="29">
-        <v>4.33</v>
+        <v>4.29</v>
       </c>
       <c r="I188" s="29">
-        <v>4.47</v>
+        <v>4.49</v>
       </c>
       <c r="J188" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K188" s="29">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="L188" s="29">
-        <v>4.7</v>
+        <v>4.76</v>
       </c>
       <c r="M188" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O188" s="7">
-        <v>2.59</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.62</v>
+      </c>
+      <c r="P188" s="7">
+        <v>2.72</v>
       </c>
       <c r="Q188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S188" s="7">
-        <v>3.2</v>
+        <v>3.31</v>
       </c>
       <c r="T188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA188" s="7" t="s">
         <v>1</v>
       </c>
@@ -20967,108 +21013,108 @@
         <v>1</v>
       </c>
       <c r="AF188" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG188" s="30"/>
       <c r="AH188" s="30"/>
       <c r="AI188" s="30"/>
       <c r="AJ188" s="30"/>
       <c r="AK188" s="30"/>
       <c r="AL188" s="30"/>
       <c r="AM188" s="30"/>
       <c r="AN188" s="30"/>
       <c r="AO188" s="30"/>
       <c r="AP188" s="30"/>
       <c r="AQ188" s="30"/>
       <c r="AR188" s="30"/>
       <c r="AS188" s="30"/>
       <c r="AT188" s="30"/>
       <c r="AU188" s="30"/>
       <c r="AV188" s="30"/>
     </row>
     <row r="189" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B189" s="13"/>
       <c r="C189" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D189" s="7">
-        <v>3.08</v>
+        <v>3.2399999999999998</v>
       </c>
       <c r="E189" s="29">
-        <v>3.14</v>
+        <v>3.31</v>
       </c>
       <c r="F189" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G189" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H189" s="29">
-        <v>4.17</v>
+        <v>4.33</v>
       </c>
       <c r="I189" s="29">
-        <v>4.38</v>
+        <v>4.47</v>
       </c>
       <c r="J189" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K189" s="29">
-        <v>4.54</v>
+        <v>4.67</v>
       </c>
       <c r="L189" s="29">
-        <v>4.58</v>
+        <v>4.7</v>
       </c>
       <c r="M189" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O189" s="7">
-        <v>2.36</v>
+        <v>2.59</v>
       </c>
       <c r="P189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S189" s="7">
-        <v>2.96</v>
+        <v>3.2</v>
       </c>
       <c r="T189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U189" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="V189" s="7">
-        <v>3.29</v>
+      <c r="V189" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD189" s="7" t="s">
         <v>1</v>
       </c>
@@ -21076,108 +21122,108 @@
         <v>1</v>
       </c>
       <c r="AF189" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG189" s="30"/>
       <c r="AH189" s="30"/>
       <c r="AI189" s="30"/>
       <c r="AJ189" s="30"/>
       <c r="AK189" s="30"/>
       <c r="AL189" s="30"/>
       <c r="AM189" s="30"/>
       <c r="AN189" s="30"/>
       <c r="AO189" s="30"/>
       <c r="AP189" s="30"/>
       <c r="AQ189" s="30"/>
       <c r="AR189" s="30"/>
       <c r="AS189" s="30"/>
       <c r="AT189" s="30"/>
       <c r="AU189" s="30"/>
       <c r="AV189" s="30"/>
     </row>
     <row r="190" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B190" s="13"/>
       <c r="C190" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D190" s="7">
-        <v>3.17</v>
+        <v>3.08</v>
       </c>
       <c r="E190" s="29">
-        <v>3.08</v>
+        <v>3.14</v>
       </c>
       <c r="F190" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G190" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H190" s="29">
-        <v>4.0999999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I190" s="29">
-        <v>4.33</v>
+        <v>4.38</v>
       </c>
       <c r="J190" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K190" s="29">
-        <v>4.5</v>
+        <v>4.54</v>
       </c>
       <c r="L190" s="29">
-        <v>4.57</v>
+        <v>4.58</v>
       </c>
       <c r="M190" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O190" s="7">
-        <v>2.2000000000000002</v>
+        <v>2.36</v>
       </c>
       <c r="P190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S190" s="7">
-        <v>3.1</v>
+        <v>2.96</v>
       </c>
       <c r="T190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V190" s="7">
-        <v>3.35</v>
+        <v>3.29</v>
       </c>
       <c r="W190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD190" s="7" t="s">
         <v>1</v>
       </c>
@@ -21185,316 +21231,316 @@
         <v>1</v>
       </c>
       <c r="AF190" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG190" s="30"/>
       <c r="AH190" s="30"/>
       <c r="AI190" s="30"/>
       <c r="AJ190" s="30"/>
       <c r="AK190" s="30"/>
       <c r="AL190" s="30"/>
       <c r="AM190" s="30"/>
       <c r="AN190" s="30"/>
       <c r="AO190" s="30"/>
       <c r="AP190" s="30"/>
       <c r="AQ190" s="30"/>
       <c r="AR190" s="30"/>
       <c r="AS190" s="30"/>
       <c r="AT190" s="30"/>
       <c r="AU190" s="30"/>
       <c r="AV190" s="30"/>
     </row>
     <row r="191" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B191" s="13"/>
       <c r="C191" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D191" s="7">
-        <v>2.98</v>
+        <v>3.17</v>
       </c>
       <c r="E191" s="29">
-        <v>3.01</v>
+        <v>3.08</v>
       </c>
       <c r="F191" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="G191" s="29">
-        <v>4.05</v>
+      <c r="G191" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="H191" s="29">
-        <v>4.25</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I191" s="29">
-        <v>4.45</v>
+        <v>4.33</v>
       </c>
       <c r="J191" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K191" s="29">
-        <v>4.7</v>
+        <v>4.5</v>
       </c>
       <c r="L191" s="29">
-        <v>4.82</v>
+        <v>4.57</v>
       </c>
       <c r="M191" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O191" s="7">
-        <v>2.34</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="P191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S191" s="7">
-        <v>3.39</v>
+        <v>3.1</v>
       </c>
       <c r="T191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V191" s="7">
-        <v>3.68</v>
+        <v>3.35</v>
       </c>
       <c r="W191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF191" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG191" s="30"/>
       <c r="AH191" s="30"/>
       <c r="AI191" s="30"/>
       <c r="AJ191" s="30"/>
       <c r="AK191" s="30"/>
       <c r="AL191" s="30"/>
       <c r="AM191" s="30"/>
       <c r="AN191" s="30"/>
       <c r="AO191" s="30"/>
       <c r="AP191" s="30"/>
       <c r="AQ191" s="30"/>
       <c r="AR191" s="30"/>
       <c r="AS191" s="30"/>
       <c r="AT191" s="30"/>
       <c r="AU191" s="30"/>
       <c r="AV191" s="30"/>
     </row>
     <row r="192" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="13"/>
       <c r="C192" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D192" s="7">
-        <v>3.0700000000000003</v>
+        <v>2.98</v>
       </c>
       <c r="E192" s="29">
-        <v>2.99</v>
+        <v>3.01</v>
       </c>
       <c r="F192" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G192" s="29">
-        <v>4.1900000000000004</v>
+        <v>4.05</v>
       </c>
       <c r="H192" s="29">
-        <v>4.47</v>
+        <v>4.25</v>
       </c>
       <c r="I192" s="29">
-        <v>4.72</v>
+        <v>4.45</v>
       </c>
       <c r="J192" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K192" s="29">
-        <v>4.97</v>
+        <v>4.7</v>
       </c>
       <c r="L192" s="29">
-        <v>5.1100000000000003</v>
+        <v>4.82</v>
       </c>
       <c r="M192" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O192" s="7">
-        <v>2.63</v>
+        <v>2.34</v>
       </c>
       <c r="P192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S192" s="7">
-        <v>3.75</v>
+        <v>3.39</v>
       </c>
       <c r="T192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V192" s="7">
-        <v>4.1399999999999997</v>
+        <v>3.68</v>
       </c>
       <c r="W192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF192" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG192" s="30"/>
       <c r="AH192" s="30"/>
       <c r="AI192" s="30"/>
       <c r="AJ192" s="30"/>
       <c r="AK192" s="30"/>
       <c r="AL192" s="30"/>
       <c r="AM192" s="30"/>
       <c r="AN192" s="30"/>
       <c r="AO192" s="30"/>
       <c r="AP192" s="30"/>
       <c r="AQ192" s="30"/>
       <c r="AR192" s="30"/>
       <c r="AS192" s="30"/>
       <c r="AT192" s="30"/>
       <c r="AU192" s="30"/>
       <c r="AV192" s="30"/>
     </row>
     <row r="193" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B193" s="13"/>
       <c r="C193" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D193" s="7">
-        <v>3.94</v>
+        <v>3.0700000000000003</v>
       </c>
       <c r="E193" s="29">
-        <v>2.92</v>
+        <v>2.99</v>
       </c>
       <c r="F193" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G193" s="29">
         <v>4.1900000000000004</v>
       </c>
       <c r="H193" s="29">
-        <v>4.4800000000000004</v>
+        <v>4.47</v>
       </c>
       <c r="I193" s="29">
-        <v>4.78</v>
+        <v>4.72</v>
       </c>
       <c r="J193" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K193" s="29">
-        <v>5.03</v>
+        <v>4.97</v>
       </c>
       <c r="L193" s="29">
-        <v>5.21</v>
+        <v>5.1100000000000003</v>
       </c>
       <c r="M193" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O193" s="7">
-        <v>2.46</v>
+        <v>2.63</v>
       </c>
       <c r="P193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S193" s="7">
-        <v>3.74</v>
+        <v>3.75</v>
       </c>
       <c r="T193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V193" s="7">
         <v>4.1399999999999997</v>
       </c>
       <c r="W193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA193" s="7" t="s">
         <v>1</v>
       </c>
@@ -21511,108 +21557,108 @@
         <v>1</v>
       </c>
       <c r="AF193" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG193" s="30"/>
       <c r="AH193" s="30"/>
       <c r="AI193" s="30"/>
       <c r="AJ193" s="30"/>
       <c r="AK193" s="30"/>
       <c r="AL193" s="30"/>
       <c r="AM193" s="30"/>
       <c r="AN193" s="30"/>
       <c r="AO193" s="30"/>
       <c r="AP193" s="30"/>
       <c r="AQ193" s="30"/>
       <c r="AR193" s="30"/>
       <c r="AS193" s="30"/>
       <c r="AT193" s="30"/>
       <c r="AU193" s="30"/>
       <c r="AV193" s="30"/>
     </row>
     <row r="194" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B194" s="13"/>
       <c r="C194" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D194" s="7">
-        <v>3.9</v>
+        <v>3.94</v>
       </c>
       <c r="E194" s="29">
-        <v>3.03</v>
+        <v>2.92</v>
       </c>
       <c r="F194" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G194" s="29">
-        <v>4.17</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="H194" s="29">
-        <v>4.53</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="I194" s="29">
-        <v>4.79</v>
+        <v>4.78</v>
       </c>
       <c r="J194" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K194" s="29">
-        <v>5.08</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.03</v>
+      </c>
+      <c r="L194" s="29">
+        <v>5.21</v>
       </c>
       <c r="M194" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O194" s="7">
-        <v>2.21</v>
+        <v>2.46</v>
       </c>
       <c r="P194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S194" s="7">
-        <v>3.58</v>
+        <v>3.74</v>
       </c>
       <c r="T194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V194" s="7">
-        <v>4.04</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="W194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD194" s="7" t="s">
         <v>1</v>
       </c>
@@ -21620,108 +21666,108 @@
         <v>1</v>
       </c>
       <c r="AF194" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG194" s="30"/>
       <c r="AH194" s="30"/>
       <c r="AI194" s="30"/>
       <c r="AJ194" s="30"/>
       <c r="AK194" s="30"/>
       <c r="AL194" s="30"/>
       <c r="AM194" s="30"/>
       <c r="AN194" s="30"/>
       <c r="AO194" s="30"/>
       <c r="AP194" s="30"/>
       <c r="AQ194" s="30"/>
       <c r="AR194" s="30"/>
       <c r="AS194" s="30"/>
       <c r="AT194" s="30"/>
       <c r="AU194" s="30"/>
       <c r="AV194" s="30"/>
     </row>
     <row r="195" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B195" s="13"/>
       <c r="C195" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D195" s="7">
-        <v>3.91</v>
+        <v>3.9</v>
       </c>
       <c r="E195" s="29">
-        <v>3.05</v>
+        <v>3.03</v>
       </c>
       <c r="F195" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G195" s="29">
-        <v>4.3099999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="H195" s="29">
-        <v>4.54</v>
+        <v>4.53</v>
       </c>
       <c r="I195" s="29">
-        <v>4.6900000000000004</v>
+        <v>4.79</v>
       </c>
       <c r="J195" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K195" s="29">
-        <v>5.01</v>
+        <v>5.08</v>
       </c>
       <c r="L195" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M195" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O195" s="7">
-        <v>2.15</v>
+        <v>2.21</v>
       </c>
       <c r="P195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S195" s="7">
-        <v>3.68</v>
+        <v>3.58</v>
       </c>
       <c r="T195" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="U195" s="7">
-        <v>4.07</v>
+      <c r="U195" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="V195" s="7">
-        <v>4.08</v>
+        <v>4.04</v>
       </c>
       <c r="W195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD195" s="7" t="s">
         <v>1</v>
       </c>
@@ -21729,108 +21775,108 @@
         <v>1</v>
       </c>
       <c r="AF195" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG195" s="30"/>
       <c r="AH195" s="30"/>
       <c r="AI195" s="30"/>
       <c r="AJ195" s="30"/>
       <c r="AK195" s="30"/>
       <c r="AL195" s="30"/>
       <c r="AM195" s="30"/>
       <c r="AN195" s="30"/>
       <c r="AO195" s="30"/>
       <c r="AP195" s="30"/>
       <c r="AQ195" s="30"/>
       <c r="AR195" s="30"/>
       <c r="AS195" s="30"/>
       <c r="AT195" s="30"/>
       <c r="AU195" s="30"/>
       <c r="AV195" s="30"/>
     </row>
     <row r="196" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B196" s="13"/>
       <c r="C196" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D196" s="7">
-        <v>3.93</v>
+        <v>3.91</v>
       </c>
       <c r="E196" s="29">
         <v>3.05</v>
       </c>
       <c r="F196" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G196" s="29">
-        <v>4.3</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="H196" s="29">
-        <v>4.57</v>
-[...5 lines deleted...]
-        <v>4.93</v>
+        <v>4.54</v>
+      </c>
+      <c r="I196" s="29">
+        <v>4.6900000000000004</v>
+      </c>
+      <c r="J196" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="K196" s="29">
-        <v>5.0199999999999996</v>
+        <v>5.01</v>
       </c>
       <c r="L196" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M196" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O196" s="7">
-        <v>2.14</v>
+        <v>2.15</v>
       </c>
       <c r="P196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S196" s="7">
-        <v>3.78</v>
+        <v>3.68</v>
       </c>
       <c r="T196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U196" s="7">
-        <v>4.16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.07</v>
+      </c>
+      <c r="V196" s="7">
+        <v>4.08</v>
       </c>
       <c r="W196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD196" s="7" t="s">
         <v>1</v>
       </c>
@@ -21838,105 +21884,105 @@
         <v>1</v>
       </c>
       <c r="AF196" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG196" s="30"/>
       <c r="AH196" s="30"/>
       <c r="AI196" s="30"/>
       <c r="AJ196" s="30"/>
       <c r="AK196" s="30"/>
       <c r="AL196" s="30"/>
       <c r="AM196" s="30"/>
       <c r="AN196" s="30"/>
       <c r="AO196" s="30"/>
       <c r="AP196" s="30"/>
       <c r="AQ196" s="30"/>
       <c r="AR196" s="30"/>
       <c r="AS196" s="30"/>
       <c r="AT196" s="30"/>
       <c r="AU196" s="30"/>
       <c r="AV196" s="30"/>
     </row>
     <row r="197" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B197" s="13"/>
       <c r="C197" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D197" s="7">
-        <v>3.8600000000000003</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.93</v>
+      </c>
+      <c r="E197" s="29">
+        <v>3.05</v>
       </c>
       <c r="F197" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G197" s="29">
-        <v>4.45</v>
+        <v>4.3</v>
       </c>
       <c r="H197" s="29">
-        <v>4.7300000000000004</v>
+        <v>4.57</v>
       </c>
       <c r="I197" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J197" s="29">
-        <v>5.09</v>
+        <v>4.93</v>
       </c>
       <c r="K197" s="29">
-        <v>5.17</v>
+        <v>5.0199999999999996</v>
       </c>
       <c r="L197" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M197" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O197" s="7">
-        <v>2.21</v>
+        <v>2.14</v>
       </c>
       <c r="P197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S197" s="7">
-        <v>3.8</v>
+        <v>3.78</v>
       </c>
       <c r="T197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U197" s="7">
-        <v>4.1500000000000004</v>
+        <v>4.16</v>
       </c>
       <c r="V197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC197" s="7" t="s">
         <v>1</v>
       </c>
@@ -21945,329 +21991,329 @@
       </c>
       <c r="AE197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF197" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG197" s="30"/>
       <c r="AH197" s="30"/>
       <c r="AI197" s="30"/>
       <c r="AJ197" s="30"/>
       <c r="AK197" s="30"/>
       <c r="AL197" s="30"/>
       <c r="AM197" s="30"/>
       <c r="AN197" s="30"/>
       <c r="AO197" s="30"/>
       <c r="AP197" s="30"/>
       <c r="AQ197" s="30"/>
       <c r="AR197" s="30"/>
       <c r="AS197" s="30"/>
       <c r="AT197" s="30"/>
       <c r="AU197" s="30"/>
       <c r="AV197" s="30"/>
     </row>
     <row r="198" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B198" s="19"/>
-[...105 lines deleted...]
-      <c r="AV198" s="37"/>
+      <c r="B198" s="13"/>
+      <c r="C198" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D198" s="7">
+        <v>3.8600000000000003</v>
+      </c>
+      <c r="E198" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F198" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G198" s="29">
+        <v>4.45</v>
+      </c>
+      <c r="H198" s="29">
+        <v>4.7300000000000004</v>
+      </c>
+      <c r="I198" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J198" s="29">
+        <v>5.09</v>
+      </c>
+      <c r="K198" s="29">
+        <v>5.17</v>
+      </c>
+      <c r="L198" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M198" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O198" s="7">
+        <v>2.21</v>
+      </c>
+      <c r="P198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S198" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="T198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U198" s="7">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="V198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF198" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG198" s="30"/>
+      <c r="AH198" s="30"/>
+      <c r="AI198" s="30"/>
+      <c r="AJ198" s="30"/>
+      <c r="AK198" s="30"/>
+      <c r="AL198" s="30"/>
+      <c r="AM198" s="30"/>
+      <c r="AN198" s="30"/>
+      <c r="AO198" s="30"/>
+      <c r="AP198" s="30"/>
+      <c r="AQ198" s="30"/>
+      <c r="AR198" s="30"/>
+      <c r="AS198" s="30"/>
+      <c r="AT198" s="30"/>
+      <c r="AU198" s="30"/>
+      <c r="AV198" s="30"/>
     </row>
     <row r="199" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B199" s="20">
-[...107 lines deleted...]
-      <c r="AV199" s="30"/>
+      <c r="B199" s="19"/>
+      <c r="C199" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D199" s="8">
+        <v>3.92</v>
+      </c>
+      <c r="E199" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F199" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G199" s="36">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="H199" s="36">
+        <v>4.88</v>
+      </c>
+      <c r="I199" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J199" s="36">
+        <v>5.21</v>
+      </c>
+      <c r="K199" s="36">
+        <v>5.31</v>
+      </c>
+      <c r="L199" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M199" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O199" s="8">
+        <v>2.25</v>
+      </c>
+      <c r="P199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="R199" s="8">
+        <v>3.86</v>
+      </c>
+      <c r="S199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="T199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="U199" s="8">
+        <v>4.22</v>
+      </c>
+      <c r="V199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="W199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="X199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF199" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG199" s="37"/>
+      <c r="AH199" s="37"/>
+      <c r="AI199" s="37"/>
+      <c r="AJ199" s="37"/>
+      <c r="AK199" s="37"/>
+      <c r="AL199" s="37"/>
+      <c r="AM199" s="37"/>
+      <c r="AN199" s="37"/>
+      <c r="AO199" s="37"/>
+      <c r="AP199" s="37"/>
+      <c r="AQ199" s="37"/>
+      <c r="AR199" s="37"/>
+      <c r="AS199" s="37"/>
+      <c r="AT199" s="37"/>
+      <c r="AU199" s="37"/>
+      <c r="AV199" s="37"/>
     </row>
     <row r="200" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B200" s="13"/>
-[...1 lines deleted...]
-        <v>14</v>
+      <c r="B200" s="20">
+        <v>2016</v>
+      </c>
+      <c r="C200" s="21" t="s">
+        <v>13</v>
       </c>
       <c r="D200" s="7">
-        <v>3.6799999999999997</v>
-[...52 lines deleted...]
-      <c r="V200" s="7" t="s">
+        <v>3.84</v>
+      </c>
+      <c r="E200" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="F200" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="G200" s="38">
+        <v>4.54</v>
+      </c>
+      <c r="H200" s="38">
+        <v>4.75</v>
+      </c>
+      <c r="I200" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="J200" s="38">
+        <v>5.04</v>
+      </c>
+      <c r="K200" s="38">
+        <v>5.12</v>
+      </c>
+      <c r="L200" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="M200" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="N200" s="39">
+        <v>2.02</v>
+      </c>
+      <c r="O200" s="39">
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="P200" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q200" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="R200" s="39">
+        <v>3.7</v>
+      </c>
+      <c r="S200" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="T200" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="U200" s="39">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="V200" s="39" t="s">
         <v>1</v>
       </c>
       <c r="W200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD200" s="7" t="s">
         <v>1</v>
@@ -22276,105 +22322,105 @@
         <v>1</v>
       </c>
       <c r="AF200" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG200" s="30"/>
       <c r="AH200" s="30"/>
       <c r="AI200" s="30"/>
       <c r="AJ200" s="30"/>
       <c r="AK200" s="30"/>
       <c r="AL200" s="30"/>
       <c r="AM200" s="30"/>
       <c r="AN200" s="30"/>
       <c r="AO200" s="30"/>
       <c r="AP200" s="30"/>
       <c r="AQ200" s="30"/>
       <c r="AR200" s="30"/>
       <c r="AS200" s="30"/>
       <c r="AT200" s="30"/>
       <c r="AU200" s="30"/>
       <c r="AV200" s="30"/>
     </row>
     <row r="201" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B201" s="13"/>
       <c r="C201" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D201" s="7">
-        <v>3.66</v>
+        <v>3.6799999999999997</v>
       </c>
       <c r="E201" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F201" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G201" s="29">
-        <v>4.1399999999999997</v>
+        <v>4.32</v>
       </c>
       <c r="H201" s="29">
-        <v>4.46</v>
+        <v>4.5599999999999996</v>
       </c>
       <c r="I201" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J201" s="29">
-        <v>4.72</v>
+        <v>4.8099999999999996</v>
       </c>
       <c r="K201" s="29">
-        <v>4.76</v>
+        <v>4.87</v>
       </c>
       <c r="L201" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M201" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N201" s="7">
-        <v>1.61</v>
+        <v>1.83</v>
       </c>
       <c r="O201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R201" s="7">
-        <v>3.48</v>
+        <v>3.6</v>
       </c>
       <c r="S201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U201" s="7">
-        <v>3.82</v>
+        <v>4</v>
       </c>
       <c r="V201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC201" s="7" t="s">
         <v>1</v>
       </c>
@@ -22385,105 +22431,105 @@
         <v>1</v>
       </c>
       <c r="AF201" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG201" s="30"/>
       <c r="AH201" s="30"/>
       <c r="AI201" s="30"/>
       <c r="AJ201" s="30"/>
       <c r="AK201" s="30"/>
       <c r="AL201" s="30"/>
       <c r="AM201" s="30"/>
       <c r="AN201" s="30"/>
       <c r="AO201" s="30"/>
       <c r="AP201" s="30"/>
       <c r="AQ201" s="30"/>
       <c r="AR201" s="30"/>
       <c r="AS201" s="30"/>
       <c r="AT201" s="30"/>
       <c r="AU201" s="30"/>
       <c r="AV201" s="30"/>
     </row>
     <row r="202" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B202" s="13"/>
       <c r="C202" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D202" s="7">
-        <v>3.62</v>
+        <v>3.66</v>
       </c>
       <c r="E202" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F202" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G202" s="29">
-        <v>3.91</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="H202" s="29">
-        <v>4.21</v>
+        <v>4.46</v>
       </c>
       <c r="I202" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J202" s="29">
-        <v>4.46</v>
+        <v>4.72</v>
       </c>
       <c r="K202" s="29">
-        <v>4.53</v>
+        <v>4.76</v>
       </c>
       <c r="L202" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M202" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N202" s="7">
-        <v>1.44</v>
+        <v>1.61</v>
       </c>
       <c r="O202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R202" s="7">
-        <v>3.36</v>
+        <v>3.48</v>
       </c>
       <c r="S202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U202" s="7">
-        <v>3.68</v>
+        <v>3.82</v>
       </c>
       <c r="V202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC202" s="7" t="s">
         <v>1</v>
       </c>
@@ -22494,105 +22540,105 @@
         <v>1</v>
       </c>
       <c r="AF202" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG202" s="30"/>
       <c r="AH202" s="30"/>
       <c r="AI202" s="30"/>
       <c r="AJ202" s="30"/>
       <c r="AK202" s="30"/>
       <c r="AL202" s="30"/>
       <c r="AM202" s="30"/>
       <c r="AN202" s="30"/>
       <c r="AO202" s="30"/>
       <c r="AP202" s="30"/>
       <c r="AQ202" s="30"/>
       <c r="AR202" s="30"/>
       <c r="AS202" s="30"/>
       <c r="AT202" s="30"/>
       <c r="AU202" s="30"/>
       <c r="AV202" s="30"/>
     </row>
     <row r="203" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B203" s="13"/>
       <c r="C203" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D203" s="7">
-        <v>3.52</v>
+        <v>3.62</v>
       </c>
       <c r="E203" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="F203" s="29">
-        <v>3.78</v>
+      <c r="F203" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="G203" s="29">
-        <v>4.07</v>
+        <v>3.91</v>
       </c>
       <c r="H203" s="29">
-        <v>4.22</v>
+        <v>4.21</v>
       </c>
       <c r="I203" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J203" s="29">
-        <v>4.5199999999999996</v>
+        <v>4.46</v>
       </c>
       <c r="K203" s="29">
-        <v>4.5999999999999996</v>
+        <v>4.53</v>
       </c>
       <c r="L203" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M203" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N203" s="7">
-        <v>1.35</v>
+        <v>1.44</v>
       </c>
       <c r="O203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R203" s="7">
-        <v>3.39</v>
+        <v>3.36</v>
       </c>
       <c r="S203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U203" s="7">
-        <v>3.73</v>
+        <v>3.68</v>
       </c>
       <c r="V203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC203" s="7" t="s">
         <v>1</v>
       </c>
@@ -22603,96 +22649,96 @@
         <v>1</v>
       </c>
       <c r="AF203" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG203" s="30"/>
       <c r="AH203" s="30"/>
       <c r="AI203" s="30"/>
       <c r="AJ203" s="30"/>
       <c r="AK203" s="30"/>
       <c r="AL203" s="30"/>
       <c r="AM203" s="30"/>
       <c r="AN203" s="30"/>
       <c r="AO203" s="30"/>
       <c r="AP203" s="30"/>
       <c r="AQ203" s="30"/>
       <c r="AR203" s="30"/>
       <c r="AS203" s="30"/>
       <c r="AT203" s="30"/>
       <c r="AU203" s="30"/>
       <c r="AV203" s="30"/>
     </row>
     <row r="204" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B204" s="13"/>
       <c r="C204" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D204" s="7">
-        <v>3.6799999999999997</v>
+        <v>3.52</v>
       </c>
       <c r="E204" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F204" s="29">
-        <v>3.88</v>
+        <v>3.78</v>
       </c>
       <c r="G204" s="29">
-        <v>4.17</v>
+        <v>4.07</v>
       </c>
       <c r="H204" s="29">
-        <v>4.29</v>
+        <v>4.22</v>
       </c>
       <c r="I204" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J204" s="29">
+        <v>4.5199999999999996</v>
+      </c>
+      <c r="K204" s="29">
         <v>4.5999999999999996</v>
       </c>
-      <c r="K204" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="L204" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M204" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N204" s="7">
-        <v>1.29</v>
+        <v>1.35</v>
       </c>
       <c r="O204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R204" s="7">
-        <v>3.42</v>
+        <v>3.39</v>
       </c>
       <c r="S204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U204" s="7">
         <v>3.73</v>
       </c>
       <c r="V204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z204" s="7" t="s">
         <v>1</v>
       </c>
@@ -22712,105 +22758,105 @@
         <v>1</v>
       </c>
       <c r="AF204" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG204" s="30"/>
       <c r="AH204" s="30"/>
       <c r="AI204" s="30"/>
       <c r="AJ204" s="30"/>
       <c r="AK204" s="30"/>
       <c r="AL204" s="30"/>
       <c r="AM204" s="30"/>
       <c r="AN204" s="30"/>
       <c r="AO204" s="30"/>
       <c r="AP204" s="30"/>
       <c r="AQ204" s="30"/>
       <c r="AR204" s="30"/>
       <c r="AS204" s="30"/>
       <c r="AT204" s="30"/>
       <c r="AU204" s="30"/>
       <c r="AV204" s="30"/>
     </row>
     <row r="205" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B205" s="13"/>
       <c r="C205" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D205" s="7">
-        <v>3.75</v>
+        <v>3.6799999999999997</v>
       </c>
       <c r="E205" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F205" s="29">
+        <v>3.88</v>
+      </c>
+      <c r="G205" s="29">
+        <v>4.17</v>
+      </c>
+      <c r="H205" s="29">
+        <v>4.29</v>
+      </c>
+      <c r="I205" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J205" s="29">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="K205" s="29">
+        <v>4.7</v>
+      </c>
+      <c r="L205" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M205" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N205" s="7">
+        <v>1.29</v>
+      </c>
+      <c r="O205" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P205" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q205" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R205" s="7">
+        <v>3.42</v>
+      </c>
+      <c r="S205" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T205" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U205" s="7">
         <v>3.73</v>
-      </c>
-[...43 lines deleted...]
-        <v>3.46</v>
       </c>
       <c r="V205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC205" s="7" t="s">
         <v>1</v>
       </c>
@@ -22821,105 +22867,105 @@
         <v>1</v>
       </c>
       <c r="AF205" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG205" s="30"/>
       <c r="AH205" s="30"/>
       <c r="AI205" s="30"/>
       <c r="AJ205" s="30"/>
       <c r="AK205" s="30"/>
       <c r="AL205" s="30"/>
       <c r="AM205" s="30"/>
       <c r="AN205" s="30"/>
       <c r="AO205" s="30"/>
       <c r="AP205" s="30"/>
       <c r="AQ205" s="30"/>
       <c r="AR205" s="30"/>
       <c r="AS205" s="30"/>
       <c r="AT205" s="30"/>
       <c r="AU205" s="30"/>
       <c r="AV205" s="30"/>
     </row>
     <row r="206" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B206" s="13"/>
       <c r="C206" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D206" s="7">
-        <v>3.58</v>
+        <v>3.75</v>
       </c>
       <c r="E206" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F206" s="29">
-        <v>3.37</v>
+        <v>3.73</v>
       </c>
       <c r="G206" s="29">
-        <v>3.63</v>
+        <v>3.96</v>
       </c>
       <c r="H206" s="29">
-        <v>3.76</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I206" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J206" s="29">
-        <v>4.01</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.28</v>
+      </c>
+      <c r="K206" s="29">
+        <v>4.41</v>
       </c>
       <c r="L206" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M206" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N206" s="7">
-        <v>0.57999999999999996</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="O206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R206" s="7">
-        <v>2.77</v>
+        <v>3.19</v>
       </c>
       <c r="S206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U206" s="7">
-        <v>3.11</v>
+        <v>3.46</v>
       </c>
       <c r="V206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC206" s="7" t="s">
         <v>1</v>
       </c>
@@ -22930,105 +22976,105 @@
         <v>1</v>
       </c>
       <c r="AF206" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG206" s="30"/>
       <c r="AH206" s="30"/>
       <c r="AI206" s="30"/>
       <c r="AJ206" s="30"/>
       <c r="AK206" s="30"/>
       <c r="AL206" s="30"/>
       <c r="AM206" s="30"/>
       <c r="AN206" s="30"/>
       <c r="AO206" s="30"/>
       <c r="AP206" s="30"/>
       <c r="AQ206" s="30"/>
       <c r="AR206" s="30"/>
       <c r="AS206" s="30"/>
       <c r="AT206" s="30"/>
       <c r="AU206" s="30"/>
       <c r="AV206" s="30"/>
     </row>
     <row r="207" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B207" s="13"/>
       <c r="C207" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D207" s="7">
-        <v>3.34</v>
+        <v>3.58</v>
       </c>
       <c r="E207" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F207" s="29">
-        <v>3.16</v>
+        <v>3.37</v>
       </c>
       <c r="G207" s="29">
-        <v>3.39</v>
+        <v>3.63</v>
       </c>
       <c r="H207" s="29">
-        <v>3.55</v>
+        <v>3.76</v>
       </c>
       <c r="I207" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J207" s="29">
-        <v>3.76</v>
+        <v>4.01</v>
       </c>
       <c r="K207" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L207" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M207" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N207" s="7">
-        <v>0.34</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="O207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R207" s="7">
-        <v>2.42</v>
+        <v>2.77</v>
       </c>
       <c r="S207" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="T207" s="7">
-        <v>2.76</v>
+      <c r="T207" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="U207" s="7">
-        <v>2.87</v>
+        <v>3.11</v>
       </c>
       <c r="V207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC207" s="7" t="s">
         <v>1</v>
       </c>
@@ -23039,105 +23085,105 @@
         <v>1</v>
       </c>
       <c r="AF207" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG207" s="30"/>
       <c r="AH207" s="30"/>
       <c r="AI207" s="30"/>
       <c r="AJ207" s="30"/>
       <c r="AK207" s="30"/>
       <c r="AL207" s="30"/>
       <c r="AM207" s="30"/>
       <c r="AN207" s="30"/>
       <c r="AO207" s="30"/>
       <c r="AP207" s="30"/>
       <c r="AQ207" s="30"/>
       <c r="AR207" s="30"/>
       <c r="AS207" s="30"/>
       <c r="AT207" s="30"/>
       <c r="AU207" s="30"/>
       <c r="AV207" s="30"/>
     </row>
     <row r="208" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B208" s="13"/>
       <c r="C208" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D208" s="7">
-        <v>3.0700000000000003</v>
+        <v>3.34</v>
       </c>
       <c r="E208" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F208" s="29">
-        <v>3.25</v>
+        <v>3.16</v>
       </c>
       <c r="G208" s="29">
-        <v>3.52</v>
-[...5 lines deleted...]
-        <v>3.82</v>
+        <v>3.39</v>
+      </c>
+      <c r="H208" s="29">
+        <v>3.55</v>
+      </c>
+      <c r="I208" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="J208" s="29">
-        <v>3.88</v>
+        <v>3.76</v>
       </c>
       <c r="K208" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L208" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M208" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N208" s="7">
-        <v>0.23</v>
+        <v>0.34</v>
       </c>
       <c r="O208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R208" s="7">
-        <v>2.4300000000000002</v>
+        <v>2.42</v>
       </c>
       <c r="S208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T208" s="7">
-        <v>2.79</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.76</v>
+      </c>
+      <c r="U208" s="7">
+        <v>2.87</v>
       </c>
       <c r="V208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC208" s="7" t="s">
         <v>1</v>
       </c>
@@ -23148,102 +23194,102 @@
         <v>1</v>
       </c>
       <c r="AF208" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG208" s="30"/>
       <c r="AH208" s="30"/>
       <c r="AI208" s="30"/>
       <c r="AJ208" s="30"/>
       <c r="AK208" s="30"/>
       <c r="AL208" s="30"/>
       <c r="AM208" s="30"/>
       <c r="AN208" s="30"/>
       <c r="AO208" s="30"/>
       <c r="AP208" s="30"/>
       <c r="AQ208" s="30"/>
       <c r="AR208" s="30"/>
       <c r="AS208" s="30"/>
       <c r="AT208" s="30"/>
       <c r="AU208" s="30"/>
       <c r="AV208" s="30"/>
     </row>
     <row r="209" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B209" s="13"/>
       <c r="C209" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D209" s="7">
-        <v>3.01</v>
+        <v>3.0700000000000003</v>
       </c>
       <c r="E209" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F209" s="29">
-        <v>3.54</v>
+        <v>3.25</v>
       </c>
       <c r="G209" s="29">
-        <v>3.92</v>
+        <v>3.52</v>
       </c>
       <c r="H209" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I209" s="29">
-        <v>4.34</v>
+        <v>3.82</v>
       </c>
       <c r="J209" s="29">
-        <v>4.41</v>
+        <v>3.88</v>
       </c>
       <c r="K209" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L209" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M209" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N209" s="7">
-        <v>0.47</v>
+        <v>0.23</v>
       </c>
       <c r="O209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P209" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="Q209" s="7">
-        <v>2.54</v>
+      <c r="Q209" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="R209" s="7">
-        <v>2.5499999999999998</v>
+        <v>2.4300000000000002</v>
       </c>
       <c r="S209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T209" s="7">
-        <v>3.01</v>
+        <v>2.79</v>
       </c>
       <c r="U209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB209" s="7" t="s">
         <v>1</v>
       </c>
@@ -23255,439 +23301,439 @@
       </c>
       <c r="AE209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF209" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG209" s="30"/>
       <c r="AH209" s="30"/>
       <c r="AI209" s="30"/>
       <c r="AJ209" s="30"/>
       <c r="AK209" s="30"/>
       <c r="AL209" s="30"/>
       <c r="AM209" s="30"/>
       <c r="AN209" s="30"/>
       <c r="AO209" s="30"/>
       <c r="AP209" s="30"/>
       <c r="AQ209" s="30"/>
       <c r="AR209" s="30"/>
       <c r="AS209" s="30"/>
       <c r="AT209" s="30"/>
       <c r="AU209" s="30"/>
       <c r="AV209" s="30"/>
     </row>
     <row r="210" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B210" s="19"/>
-[...105 lines deleted...]
-      <c r="AV210" s="37"/>
+      <c r="B210" s="13"/>
+      <c r="C210" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D210" s="7">
+        <v>3.01</v>
+      </c>
+      <c r="E210" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F210" s="29">
+        <v>3.54</v>
+      </c>
+      <c r="G210" s="29">
+        <v>3.92</v>
+      </c>
+      <c r="H210" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I210" s="29">
+        <v>4.34</v>
+      </c>
+      <c r="J210" s="29">
+        <v>4.41</v>
+      </c>
+      <c r="K210" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L210" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M210" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N210" s="7">
+        <v>0.47</v>
+      </c>
+      <c r="O210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q210" s="7">
+        <v>2.54</v>
+      </c>
+      <c r="R210" s="7">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="S210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T210" s="7">
+        <v>3.01</v>
+      </c>
+      <c r="U210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF210" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG210" s="30"/>
+      <c r="AH210" s="30"/>
+      <c r="AI210" s="30"/>
+      <c r="AJ210" s="30"/>
+      <c r="AK210" s="30"/>
+      <c r="AL210" s="30"/>
+      <c r="AM210" s="30"/>
+      <c r="AN210" s="30"/>
+      <c r="AO210" s="30"/>
+      <c r="AP210" s="30"/>
+      <c r="AQ210" s="30"/>
+      <c r="AR210" s="30"/>
+      <c r="AS210" s="30"/>
+      <c r="AT210" s="30"/>
+      <c r="AU210" s="30"/>
+      <c r="AV210" s="30"/>
     </row>
     <row r="211" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B211" s="20">
-[...107 lines deleted...]
-      <c r="AV211" s="40"/>
+      <c r="B211" s="19"/>
+      <c r="C211" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D211" s="8">
+        <v>2.9499999999999997</v>
+      </c>
+      <c r="E211" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F211" s="36">
+        <v>3.69</v>
+      </c>
+      <c r="G211" s="36">
+        <v>4.12</v>
+      </c>
+      <c r="H211" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I211" s="36">
+        <v>4.59</v>
+      </c>
+      <c r="J211" s="36">
+        <v>4.67</v>
+      </c>
+      <c r="K211" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L211" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M211" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N211" s="8">
+        <v>0.45</v>
+      </c>
+      <c r="O211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="P211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q211" s="8">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="R211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="S211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="T211" s="8">
+        <v>2.99</v>
+      </c>
+      <c r="U211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="V211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="W211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="X211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF211" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG211" s="37"/>
+      <c r="AH211" s="37"/>
+      <c r="AI211" s="37"/>
+      <c r="AJ211" s="37"/>
+      <c r="AK211" s="37"/>
+      <c r="AL211" s="37"/>
+      <c r="AM211" s="37"/>
+      <c r="AN211" s="37"/>
+      <c r="AO211" s="37"/>
+      <c r="AP211" s="37"/>
+      <c r="AQ211" s="37"/>
+      <c r="AR211" s="37"/>
+      <c r="AS211" s="37"/>
+      <c r="AT211" s="37"/>
+      <c r="AU211" s="37"/>
+      <c r="AV211" s="37"/>
     </row>
     <row r="212" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B212" s="13"/>
-[...1 lines deleted...]
-        <v>14</v>
+      <c r="B212" s="20">
+        <v>2017</v>
+      </c>
+      <c r="C212" s="21" t="s">
+        <v>13</v>
       </c>
       <c r="D212" s="7">
-        <v>2.71</v>
-[...7 lines deleted...]
-      <c r="G212" s="29">
+        <v>2.8000000000000003</v>
+      </c>
+      <c r="E212" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="F212" s="38">
+        <v>3.44</v>
+      </c>
+      <c r="G212" s="38">
         <v>3.81</v>
       </c>
-      <c r="H212" s="29" t="s">
-[...89 lines deleted...]
-      <c r="AV212" s="30"/>
+      <c r="H212" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="I212" s="38">
+        <v>4.24</v>
+      </c>
+      <c r="J212" s="38">
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="K212" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="L212" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="M212" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="N212" s="39">
+        <v>0.27</v>
+      </c>
+      <c r="O212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="P212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q212" s="39">
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="R212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="S212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="T212" s="39">
+        <v>2.85</v>
+      </c>
+      <c r="U212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="V212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="W212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="X212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF212" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG212" s="40"/>
+      <c r="AH212" s="40"/>
+      <c r="AI212" s="40"/>
+      <c r="AJ212" s="40"/>
+      <c r="AK212" s="40"/>
+      <c r="AL212" s="40"/>
+      <c r="AM212" s="40"/>
+      <c r="AN212" s="40"/>
+      <c r="AO212" s="40"/>
+      <c r="AP212" s="40"/>
+      <c r="AQ212" s="40"/>
+      <c r="AR212" s="40"/>
+      <c r="AS212" s="40"/>
+      <c r="AT212" s="40"/>
+      <c r="AU212" s="40"/>
+      <c r="AV212" s="40"/>
     </row>
     <row r="213" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B213" s="13"/>
       <c r="C213" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D213" s="7">
-        <v>2.74</v>
+        <v>2.71</v>
       </c>
       <c r="E213" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F213" s="29">
-        <v>3.33</v>
+        <v>3.45</v>
       </c>
       <c r="G213" s="29">
-        <v>3.73</v>
+        <v>3.81</v>
       </c>
       <c r="H213" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I213" s="29">
-        <v>4.1500000000000004</v>
+        <v>4.2</v>
       </c>
       <c r="J213" s="29">
-        <v>4.29</v>
+        <v>4.33</v>
       </c>
       <c r="K213" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L213" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M213" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q213" s="7">
-        <v>2.0499999999999998</v>
+        <v>2.21</v>
       </c>
       <c r="R213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T213" s="7">
-        <v>2.75</v>
+        <v>2.86</v>
       </c>
       <c r="U213" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="V213" s="7">
-        <v>3.06</v>
+      <c r="V213" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD213" s="7" t="s">
         <v>1</v>
       </c>
@@ -23695,108 +23741,108 @@
         <v>1</v>
       </c>
       <c r="AF213" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG213" s="30"/>
       <c r="AH213" s="30"/>
       <c r="AI213" s="30"/>
       <c r="AJ213" s="30"/>
       <c r="AK213" s="30"/>
       <c r="AL213" s="30"/>
       <c r="AM213" s="30"/>
       <c r="AN213" s="30"/>
       <c r="AO213" s="30"/>
       <c r="AP213" s="30"/>
       <c r="AQ213" s="30"/>
       <c r="AR213" s="30"/>
       <c r="AS213" s="30"/>
       <c r="AT213" s="30"/>
       <c r="AU213" s="30"/>
       <c r="AV213" s="30"/>
     </row>
     <row r="214" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B214" s="13"/>
       <c r="C214" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D214" s="7">
-        <v>2.98</v>
+        <v>2.74</v>
       </c>
       <c r="E214" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F214" s="29">
-        <v>3.2</v>
+        <v>3.33</v>
       </c>
       <c r="G214" s="29">
-        <v>3.42</v>
+        <v>3.73</v>
       </c>
       <c r="H214" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I214" s="29">
-        <v>3.86</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="J214" s="29">
-        <v>4.0199999999999996</v>
+        <v>4.29</v>
       </c>
       <c r="K214" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L214" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M214" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q214" s="7">
-        <v>2.02</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="R214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T214" s="7">
-        <v>2.73</v>
+        <v>2.75</v>
       </c>
       <c r="U214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V214" s="7">
-        <v>3.12</v>
+        <v>3.06</v>
       </c>
       <c r="W214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD214" s="7" t="s">
         <v>1</v>
       </c>
@@ -23804,108 +23850,108 @@
         <v>1</v>
       </c>
       <c r="AF214" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG214" s="30"/>
       <c r="AH214" s="30"/>
       <c r="AI214" s="30"/>
       <c r="AJ214" s="30"/>
       <c r="AK214" s="30"/>
       <c r="AL214" s="30"/>
       <c r="AM214" s="30"/>
       <c r="AN214" s="30"/>
       <c r="AO214" s="30"/>
       <c r="AP214" s="30"/>
       <c r="AQ214" s="30"/>
       <c r="AR214" s="30"/>
       <c r="AS214" s="30"/>
       <c r="AT214" s="30"/>
       <c r="AU214" s="30"/>
       <c r="AV214" s="30"/>
     </row>
     <row r="215" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B215" s="13"/>
       <c r="C215" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D215" s="7">
-        <v>3.01</v>
-[...2 lines deleted...]
-        <v>2.94</v>
+        <v>2.98</v>
+      </c>
+      <c r="E215" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="F215" s="29">
-        <v>3.22</v>
+        <v>3.2</v>
       </c>
       <c r="G215" s="29">
-        <v>3.47</v>
+        <v>3.42</v>
       </c>
       <c r="H215" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I215" s="29">
-        <v>3.93</v>
+        <v>3.86</v>
       </c>
       <c r="J215" s="29">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="K215" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L215" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M215" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q215" s="7">
-        <v>1.94</v>
+        <v>2.02</v>
       </c>
       <c r="R215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T215" s="7">
-        <v>2.7</v>
+        <v>2.73</v>
       </c>
       <c r="U215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V215" s="7">
-        <v>3.09</v>
+        <v>3.12</v>
       </c>
       <c r="W215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD215" s="7" t="s">
         <v>1</v>
       </c>
@@ -23913,108 +23959,108 @@
         <v>1</v>
       </c>
       <c r="AF215" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG215" s="30"/>
       <c r="AH215" s="30"/>
       <c r="AI215" s="30"/>
       <c r="AJ215" s="30"/>
       <c r="AK215" s="30"/>
       <c r="AL215" s="30"/>
       <c r="AM215" s="30"/>
       <c r="AN215" s="30"/>
       <c r="AO215" s="30"/>
       <c r="AP215" s="30"/>
       <c r="AQ215" s="30"/>
       <c r="AR215" s="30"/>
       <c r="AS215" s="30"/>
       <c r="AT215" s="30"/>
       <c r="AU215" s="30"/>
       <c r="AV215" s="30"/>
     </row>
     <row r="216" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B216" s="13"/>
       <c r="C216" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D216" s="7">
-        <v>2.83</v>
+        <v>3.01</v>
       </c>
       <c r="E216" s="29">
-        <v>2.74</v>
+        <v>2.94</v>
       </c>
       <c r="F216" s="29">
-        <v>2.94</v>
+        <v>3.22</v>
       </c>
       <c r="G216" s="29">
-        <v>3.1</v>
+        <v>3.47</v>
       </c>
       <c r="H216" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I216" s="29">
-        <v>3.58</v>
+        <v>3.93</v>
       </c>
       <c r="J216" s="29">
-        <v>3.73</v>
+        <v>4.09</v>
       </c>
       <c r="K216" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L216" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M216" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q216" s="7">
-        <v>1.59</v>
+        <v>1.94</v>
       </c>
       <c r="R216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T216" s="7">
-        <v>2.41</v>
+        <v>2.7</v>
       </c>
       <c r="U216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V216" s="7">
-        <v>2.78</v>
+        <v>3.09</v>
       </c>
       <c r="W216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD216" s="7" t="s">
         <v>1</v>
       </c>
@@ -24022,108 +24068,108 @@
         <v>1</v>
       </c>
       <c r="AF216" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG216" s="30"/>
       <c r="AH216" s="30"/>
       <c r="AI216" s="30"/>
       <c r="AJ216" s="30"/>
       <c r="AK216" s="30"/>
       <c r="AL216" s="30"/>
       <c r="AM216" s="30"/>
       <c r="AN216" s="30"/>
       <c r="AO216" s="30"/>
       <c r="AP216" s="30"/>
       <c r="AQ216" s="30"/>
       <c r="AR216" s="30"/>
       <c r="AS216" s="30"/>
       <c r="AT216" s="30"/>
       <c r="AU216" s="30"/>
       <c r="AV216" s="30"/>
     </row>
     <row r="217" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B217" s="13"/>
       <c r="C217" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D217" s="7">
-        <v>2.78</v>
+        <v>2.83</v>
       </c>
       <c r="E217" s="29">
-        <v>2.8</v>
+        <v>2.74</v>
       </c>
       <c r="F217" s="29">
-        <v>3.02</v>
+        <v>2.94</v>
       </c>
       <c r="G217" s="29">
-        <v>3.19</v>
+        <v>3.1</v>
       </c>
       <c r="H217" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I217" s="29">
         <v>3.58</v>
       </c>
       <c r="J217" s="29">
-        <v>3.77</v>
+        <v>3.73</v>
       </c>
       <c r="K217" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L217" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M217" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q217" s="7">
         <v>1.59</v>
       </c>
       <c r="R217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T217" s="7">
-        <v>2.46</v>
+        <v>2.41</v>
       </c>
       <c r="U217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V217" s="7">
-        <v>2.83</v>
+        <v>2.78</v>
       </c>
       <c r="W217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD217" s="7" t="s">
         <v>1</v>
       </c>
@@ -24131,108 +24177,108 @@
         <v>1</v>
       </c>
       <c r="AF217" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG217" s="30"/>
       <c r="AH217" s="30"/>
       <c r="AI217" s="30"/>
       <c r="AJ217" s="30"/>
       <c r="AK217" s="30"/>
       <c r="AL217" s="30"/>
       <c r="AM217" s="30"/>
       <c r="AN217" s="30"/>
       <c r="AO217" s="30"/>
       <c r="AP217" s="30"/>
       <c r="AQ217" s="30"/>
       <c r="AR217" s="30"/>
       <c r="AS217" s="30"/>
       <c r="AT217" s="30"/>
       <c r="AU217" s="30"/>
       <c r="AV217" s="30"/>
     </row>
     <row r="218" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B218" s="13"/>
       <c r="C218" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D218" s="7">
-        <v>2.87</v>
+        <v>2.78</v>
       </c>
       <c r="E218" s="29">
-        <v>2.57</v>
+        <v>2.8</v>
       </c>
       <c r="F218" s="29">
-        <v>2.82</v>
+        <v>3.02</v>
       </c>
       <c r="G218" s="29">
-        <v>2.99</v>
+        <v>3.19</v>
       </c>
       <c r="H218" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I218" s="29">
-        <v>3.42</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.58</v>
+      </c>
+      <c r="J218" s="29">
+        <v>3.77</v>
       </c>
       <c r="K218" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L218" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M218" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q218" s="7">
-        <v>1.32</v>
+        <v>1.59</v>
       </c>
       <c r="R218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T218" s="7">
-        <v>2.15</v>
+        <v>2.46</v>
       </c>
       <c r="U218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V218" s="7">
-        <v>2.57</v>
+        <v>2.83</v>
       </c>
       <c r="W218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD218" s="7" t="s">
         <v>1</v>
       </c>
@@ -24240,108 +24286,108 @@
         <v>1</v>
       </c>
       <c r="AF218" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG218" s="30"/>
       <c r="AH218" s="30"/>
       <c r="AI218" s="30"/>
       <c r="AJ218" s="30"/>
       <c r="AK218" s="30"/>
       <c r="AL218" s="30"/>
       <c r="AM218" s="30"/>
       <c r="AN218" s="30"/>
       <c r="AO218" s="30"/>
       <c r="AP218" s="30"/>
       <c r="AQ218" s="30"/>
       <c r="AR218" s="30"/>
       <c r="AS218" s="30"/>
       <c r="AT218" s="30"/>
       <c r="AU218" s="30"/>
       <c r="AV218" s="30"/>
     </row>
     <row r="219" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B219" s="13"/>
       <c r="C219" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D219" s="7">
-        <v>2.71</v>
+        <v>2.87</v>
       </c>
       <c r="E219" s="29">
-        <v>2.52</v>
+        <v>2.57</v>
       </c>
       <c r="F219" s="29">
-        <v>2.76</v>
+        <v>2.82</v>
       </c>
       <c r="G219" s="29">
-        <v>2.89</v>
+        <v>2.99</v>
       </c>
       <c r="H219" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I219" s="29">
-        <v>3.26</v>
+        <v>3.42</v>
       </c>
       <c r="J219" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K219" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L219" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M219" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q219" s="7">
-        <v>1.1000000000000001</v>
+        <v>1.32</v>
       </c>
       <c r="R219" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="S219" s="7">
-        <v>1.87</v>
+      <c r="S219" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T219" s="7">
-        <v>1.92</v>
-[...2 lines deleted...]
-        <v>2.38</v>
+        <v>2.15</v>
+      </c>
+      <c r="U219" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="V219" s="7">
-        <v>2.33</v>
+        <v>2.57</v>
       </c>
       <c r="W219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD219" s="7" t="s">
         <v>1</v>
       </c>
@@ -24349,108 +24395,108 @@
         <v>1</v>
       </c>
       <c r="AF219" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG219" s="30"/>
       <c r="AH219" s="30"/>
       <c r="AI219" s="30"/>
       <c r="AJ219" s="30"/>
       <c r="AK219" s="30"/>
       <c r="AL219" s="30"/>
       <c r="AM219" s="30"/>
       <c r="AN219" s="30"/>
       <c r="AO219" s="30"/>
       <c r="AP219" s="30"/>
       <c r="AQ219" s="30"/>
       <c r="AR219" s="30"/>
       <c r="AS219" s="30"/>
       <c r="AT219" s="30"/>
       <c r="AU219" s="30"/>
       <c r="AV219" s="30"/>
     </row>
     <row r="220" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B220" s="13"/>
       <c r="C220" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D220" s="7">
-        <v>2.6599999999999997</v>
+        <v>2.71</v>
       </c>
       <c r="E220" s="29">
-        <v>2.63</v>
+        <v>2.52</v>
       </c>
       <c r="F220" s="29">
-        <v>2.98</v>
-[...5 lines deleted...]
-        <v>3.33</v>
+        <v>2.76</v>
+      </c>
+      <c r="G220" s="29">
+        <v>2.89</v>
+      </c>
+      <c r="H220" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="I220" s="29">
-        <v>3.46</v>
+        <v>3.26</v>
       </c>
       <c r="J220" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K220" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L220" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M220" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q220" s="7">
-        <v>1.08</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S220" s="7">
-        <v>1.94</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.87</v>
+      </c>
+      <c r="T220" s="7">
+        <v>1.92</v>
       </c>
       <c r="U220" s="7">
-        <v>2.41</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.38</v>
+      </c>
+      <c r="V220" s="7">
+        <v>2.33</v>
       </c>
       <c r="W220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD220" s="7" t="s">
         <v>1</v>
       </c>
@@ -24458,2510 +24504,2510 @@
         <v>1</v>
       </c>
       <c r="AF220" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG220" s="30"/>
       <c r="AH220" s="30"/>
       <c r="AI220" s="30"/>
       <c r="AJ220" s="30"/>
       <c r="AK220" s="30"/>
       <c r="AL220" s="30"/>
       <c r="AM220" s="30"/>
       <c r="AN220" s="30"/>
       <c r="AO220" s="30"/>
       <c r="AP220" s="30"/>
       <c r="AQ220" s="30"/>
       <c r="AR220" s="30"/>
       <c r="AS220" s="30"/>
       <c r="AT220" s="30"/>
       <c r="AU220" s="30"/>
       <c r="AV220" s="30"/>
     </row>
     <row r="221" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B221" s="13"/>
       <c r="C221" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D221" s="7">
-        <v>2.65</v>
+        <v>2.6599999999999997</v>
       </c>
       <c r="E221" s="29">
-        <v>2.73</v>
+        <v>2.63</v>
       </c>
       <c r="F221" s="29">
-        <v>3.06</v>
+        <v>2.98</v>
       </c>
       <c r="G221" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H221" s="29">
-        <v>3.4</v>
+        <v>3.33</v>
       </c>
       <c r="I221" s="29">
-        <v>3.51</v>
+        <v>3.46</v>
       </c>
       <c r="J221" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K221" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L221" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M221" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O221" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="P221" s="7">
-        <v>1.19</v>
+      <c r="P221" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="Q221" s="7">
-        <v>1.17</v>
+        <v>1.08</v>
       </c>
       <c r="R221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S221" s="7">
-        <v>1.98</v>
+        <v>1.94</v>
       </c>
       <c r="T221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U221" s="7">
-        <v>2.37</v>
+        <v>2.41</v>
       </c>
       <c r="V221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W221" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="X221" s="7">
-        <v>2.76</v>
+      <c r="X221" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="Y221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF221" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG221" s="30"/>
       <c r="AH221" s="30"/>
       <c r="AI221" s="30"/>
       <c r="AJ221" s="30"/>
       <c r="AK221" s="30"/>
       <c r="AL221" s="30"/>
       <c r="AM221" s="30"/>
       <c r="AN221" s="30"/>
       <c r="AO221" s="30"/>
       <c r="AP221" s="30"/>
       <c r="AQ221" s="30"/>
       <c r="AR221" s="30"/>
       <c r="AS221" s="30"/>
       <c r="AT221" s="30"/>
       <c r="AU221" s="30"/>
       <c r="AV221" s="30"/>
     </row>
     <row r="222" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B222" s="19"/>
-[...105 lines deleted...]
-      <c r="AV222" s="37"/>
+      <c r="B222" s="13"/>
+      <c r="C222" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D222" s="7">
+        <v>2.65</v>
+      </c>
+      <c r="E222" s="29">
+        <v>2.73</v>
+      </c>
+      <c r="F222" s="29">
+        <v>3.06</v>
+      </c>
+      <c r="G222" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H222" s="29">
+        <v>3.4</v>
+      </c>
+      <c r="I222" s="29">
+        <v>3.51</v>
+      </c>
+      <c r="J222" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K222" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L222" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M222" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P222" s="7">
+        <v>1.19</v>
+      </c>
+      <c r="Q222" s="7">
+        <v>1.17</v>
+      </c>
+      <c r="R222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S222" s="7">
+        <v>1.98</v>
+      </c>
+      <c r="T222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U222" s="7">
+        <v>2.37</v>
+      </c>
+      <c r="V222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X222" s="7">
+        <v>2.76</v>
+      </c>
+      <c r="Y222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF222" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG222" s="30"/>
+      <c r="AH222" s="30"/>
+      <c r="AI222" s="30"/>
+      <c r="AJ222" s="30"/>
+      <c r="AK222" s="30"/>
+      <c r="AL222" s="30"/>
+      <c r="AM222" s="30"/>
+      <c r="AN222" s="30"/>
+      <c r="AO222" s="30"/>
+      <c r="AP222" s="30"/>
+      <c r="AQ222" s="30"/>
+      <c r="AR222" s="30"/>
+      <c r="AS222" s="30"/>
+      <c r="AT222" s="30"/>
+      <c r="AU222" s="30"/>
+      <c r="AV222" s="30"/>
     </row>
     <row r="223" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B223" s="13">
-[...107 lines deleted...]
-      <c r="AV223" s="30"/>
+      <c r="B223" s="19"/>
+      <c r="C223" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D223" s="8">
+        <v>2.4699999999999998</v>
+      </c>
+      <c r="E223" s="36">
+        <v>2.66</v>
+      </c>
+      <c r="F223" s="36">
+        <v>3.05</v>
+      </c>
+      <c r="G223" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H223" s="36">
+        <v>3.37</v>
+      </c>
+      <c r="I223" s="36">
+        <v>3.45</v>
+      </c>
+      <c r="J223" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K223" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L223" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M223" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="P223" s="8">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="Q223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="R223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="S223" s="8">
+        <v>1.86</v>
+      </c>
+      <c r="T223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="U223" s="8">
+        <v>2.17</v>
+      </c>
+      <c r="V223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="W223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="X223" s="8">
+        <v>2.68</v>
+      </c>
+      <c r="Y223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF223" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG223" s="37"/>
+      <c r="AH223" s="37"/>
+      <c r="AI223" s="37"/>
+      <c r="AJ223" s="37"/>
+      <c r="AK223" s="37"/>
+      <c r="AL223" s="37"/>
+      <c r="AM223" s="37"/>
+      <c r="AN223" s="37"/>
+      <c r="AO223" s="37"/>
+      <c r="AP223" s="37"/>
+      <c r="AQ223" s="37"/>
+      <c r="AR223" s="37"/>
+      <c r="AS223" s="37"/>
+      <c r="AT223" s="37"/>
+      <c r="AU223" s="37"/>
+      <c r="AV223" s="37"/>
     </row>
     <row r="224" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B224" s="22"/>
+      <c r="B224" s="13">
+        <v>2018</v>
+      </c>
       <c r="C224" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D224" s="7">
-        <v>2.27</v>
+        <v>2.35</v>
       </c>
       <c r="E224" s="29">
-        <v>3.21</v>
+        <v>2.95</v>
       </c>
       <c r="F224" s="29">
+        <v>3.2</v>
+      </c>
+      <c r="G224" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H224" s="29">
+        <v>3.47</v>
+      </c>
+      <c r="I224" s="29">
         <v>3.53</v>
       </c>
-      <c r="G224" s="29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J224" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K224" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L224" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M224" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P224" s="7">
-        <v>1.18</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="Q224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S224" s="7">
-        <v>1.83</v>
+        <v>1.77</v>
       </c>
       <c r="T224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U224" s="7">
-        <v>2.17</v>
+        <v>2.06</v>
       </c>
       <c r="V224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X224" s="7">
-        <v>2.62</v>
+        <v>2.57</v>
       </c>
       <c r="Y224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF224" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG224" s="30"/>
       <c r="AH224" s="30"/>
       <c r="AI224" s="30"/>
       <c r="AJ224" s="30"/>
       <c r="AK224" s="30"/>
       <c r="AL224" s="30"/>
       <c r="AM224" s="30"/>
       <c r="AN224" s="30"/>
       <c r="AO224" s="30"/>
       <c r="AP224" s="30"/>
       <c r="AQ224" s="30"/>
       <c r="AR224" s="30"/>
       <c r="AS224" s="30"/>
       <c r="AT224" s="30"/>
       <c r="AU224" s="30"/>
       <c r="AV224" s="30"/>
     </row>
     <row r="225" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B225" s="22"/>
       <c r="C225" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D225" s="7">
-        <v>2.19</v>
+        <v>2.27</v>
       </c>
       <c r="E225" s="29">
-        <v>3.2</v>
+        <v>3.21</v>
       </c>
       <c r="F225" s="29">
-        <v>3.61</v>
+        <v>3.53</v>
       </c>
       <c r="G225" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H225" s="29">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I225" s="29">
-        <v>4.07</v>
+        <v>3.98</v>
       </c>
       <c r="J225" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K225" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L225" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M225" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P225" s="7">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="Q225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S225" s="7">
-        <v>1.94</v>
+        <v>1.83</v>
       </c>
       <c r="T225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U225" s="7">
-        <v>2.35</v>
+        <v>2.17</v>
       </c>
       <c r="V225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X225" s="7">
-        <v>2.73</v>
+        <v>2.62</v>
       </c>
       <c r="Y225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF225" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG225" s="30"/>
       <c r="AH225" s="30"/>
       <c r="AI225" s="30"/>
       <c r="AJ225" s="30"/>
       <c r="AK225" s="30"/>
       <c r="AL225" s="30"/>
       <c r="AM225" s="30"/>
       <c r="AN225" s="30"/>
       <c r="AO225" s="30"/>
       <c r="AP225" s="30"/>
       <c r="AQ225" s="30"/>
       <c r="AR225" s="30"/>
       <c r="AS225" s="30"/>
       <c r="AT225" s="30"/>
       <c r="AU225" s="30"/>
       <c r="AV225" s="30"/>
     </row>
     <row r="226" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B226" s="22"/>
       <c r="C226" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D226" s="7">
-        <v>2.12</v>
+        <v>2.19</v>
       </c>
       <c r="E226" s="29">
-        <v>3.19</v>
+        <v>3.2</v>
       </c>
       <c r="F226" s="29">
-        <v>3.53</v>
+        <v>3.61</v>
       </c>
       <c r="G226" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H226" s="29">
-        <v>3.95</v>
+        <v>3.96</v>
       </c>
       <c r="I226" s="29">
-        <v>4.05</v>
+        <v>4.07</v>
       </c>
       <c r="J226" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K226" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L226" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M226" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P226" s="7">
-        <v>1.08</v>
+        <v>1.21</v>
       </c>
       <c r="Q226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S226" s="7">
-        <v>1.9</v>
+        <v>1.94</v>
       </c>
       <c r="T226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U226" s="7">
-        <v>2.34</v>
+        <v>2.35</v>
       </c>
       <c r="V226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X226" s="7">
-        <v>2.71</v>
+        <v>2.73</v>
       </c>
       <c r="Y226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF226" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG226" s="30"/>
       <c r="AH226" s="30"/>
       <c r="AI226" s="30"/>
       <c r="AJ226" s="30"/>
       <c r="AK226" s="30"/>
       <c r="AL226" s="30"/>
       <c r="AM226" s="30"/>
       <c r="AN226" s="30"/>
       <c r="AO226" s="30"/>
       <c r="AP226" s="30"/>
       <c r="AQ226" s="30"/>
       <c r="AR226" s="30"/>
       <c r="AS226" s="30"/>
       <c r="AT226" s="30"/>
       <c r="AU226" s="30"/>
       <c r="AV226" s="30"/>
     </row>
     <row r="227" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B227" s="22"/>
       <c r="C227" s="14" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D227" s="7">
-        <v>2.16</v>
+        <v>2.12</v>
       </c>
       <c r="E227" s="29">
-        <v>3.85</v>
+        <v>3.19</v>
       </c>
       <c r="F227" s="29">
-        <v>4.0199999999999996</v>
+        <v>3.53</v>
       </c>
       <c r="G227" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H227" s="29">
-        <v>4.3899999999999997</v>
+        <v>3.95</v>
       </c>
       <c r="I227" s="29">
-        <v>4.4800000000000004</v>
+        <v>4.05</v>
       </c>
       <c r="J227" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K227" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L227" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M227" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P227" s="7">
-        <v>1.0900000000000001</v>
+        <v>1.08</v>
       </c>
       <c r="Q227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S227" s="7">
-        <v>1.99</v>
+        <v>1.9</v>
       </c>
       <c r="T227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U227" s="7">
-        <v>2.4900000000000002</v>
+        <v>2.34</v>
       </c>
       <c r="V227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X227" s="7">
-        <v>2.82</v>
+        <v>2.71</v>
       </c>
       <c r="Y227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF227" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG227" s="30"/>
       <c r="AH227" s="30"/>
       <c r="AI227" s="30"/>
       <c r="AJ227" s="30"/>
       <c r="AK227" s="30"/>
       <c r="AL227" s="30"/>
       <c r="AM227" s="30"/>
       <c r="AN227" s="30"/>
       <c r="AO227" s="30"/>
       <c r="AP227" s="30"/>
       <c r="AQ227" s="30"/>
       <c r="AR227" s="30"/>
       <c r="AS227" s="30"/>
       <c r="AT227" s="30"/>
       <c r="AU227" s="30"/>
       <c r="AV227" s="30"/>
     </row>
     <row r="228" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B228" s="22"/>
       <c r="C228" s="14" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D228" s="7">
-        <v>2.1999999999999997</v>
+        <v>2.16</v>
       </c>
       <c r="E228" s="29">
-        <v>4.03</v>
+        <v>3.85</v>
       </c>
       <c r="F228" s="29">
-        <v>4.12</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="G228" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H228" s="29">
-        <v>4.37</v>
+        <v>4.3899999999999997</v>
       </c>
       <c r="I228" s="29">
-        <v>4.53</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="J228" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K228" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L228" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M228" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P228" s="7">
-        <v>1.1399999999999999</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="Q228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S228" s="7">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="T228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U228" s="7">
-        <v>2.67</v>
-[...2 lines deleted...]
-        <v>2.85</v>
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="V228" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X228" s="7">
-        <v>3.02</v>
+        <v>2.82</v>
       </c>
       <c r="Y228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF228" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG228" s="30"/>
       <c r="AH228" s="30"/>
       <c r="AI228" s="30"/>
       <c r="AJ228" s="30"/>
       <c r="AK228" s="30"/>
       <c r="AL228" s="30"/>
       <c r="AM228" s="30"/>
       <c r="AN228" s="30"/>
       <c r="AO228" s="30"/>
       <c r="AP228" s="30"/>
       <c r="AQ228" s="30"/>
       <c r="AR228" s="30"/>
       <c r="AS228" s="30"/>
       <c r="AT228" s="30"/>
       <c r="AU228" s="30"/>
       <c r="AV228" s="30"/>
     </row>
     <row r="229" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B229" s="22"/>
       <c r="C229" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D229" s="7">
-        <v>2.2599999999999998</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="E229" s="29">
-        <v>3.72</v>
+        <v>4.03</v>
       </c>
       <c r="F229" s="29">
-        <v>3.79</v>
+        <v>4.12</v>
       </c>
       <c r="G229" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H229" s="29">
-        <v>4.04</v>
+        <v>4.37</v>
       </c>
       <c r="I229" s="29">
-        <v>4.22</v>
+        <v>4.53</v>
       </c>
       <c r="J229" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K229" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L229" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M229" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P229" s="7">
-        <v>0.91</v>
+        <v>1.1399999999999999</v>
       </c>
       <c r="Q229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S229" s="7">
-        <v>1.76</v>
+        <v>2</v>
       </c>
       <c r="T229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U229" s="7">
-        <v>2.39</v>
+        <v>2.67</v>
       </c>
       <c r="V229" s="7">
-        <v>2.62</v>
+        <v>2.85</v>
       </c>
       <c r="W229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X229" s="7">
-        <v>2.78</v>
+        <v>3.02</v>
       </c>
       <c r="Y229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF229" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG229" s="30"/>
       <c r="AH229" s="30"/>
       <c r="AI229" s="30"/>
       <c r="AJ229" s="30"/>
       <c r="AK229" s="30"/>
       <c r="AL229" s="30"/>
       <c r="AM229" s="30"/>
       <c r="AN229" s="30"/>
       <c r="AO229" s="30"/>
       <c r="AP229" s="30"/>
       <c r="AQ229" s="30"/>
       <c r="AR229" s="30"/>
       <c r="AS229" s="30"/>
       <c r="AT229" s="30"/>
       <c r="AU229" s="30"/>
       <c r="AV229" s="30"/>
     </row>
     <row r="230" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B230" s="22"/>
       <c r="C230" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D230" s="7">
-        <v>2.1800000000000002</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="E230" s="29">
-        <v>3.74</v>
+        <v>3.72</v>
       </c>
       <c r="F230" s="29">
-        <v>3.87</v>
+        <v>3.79</v>
       </c>
       <c r="G230" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H230" s="29">
-        <v>4.16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.04</v>
+      </c>
+      <c r="I230" s="29">
+        <v>4.22</v>
       </c>
       <c r="J230" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K230" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L230" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M230" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P230" s="7">
-        <v>0.8</v>
+        <v>0.91</v>
       </c>
       <c r="Q230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S230" s="7">
-        <v>1.71</v>
+        <v>1.76</v>
       </c>
       <c r="T230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U230" s="7">
-        <v>2.33</v>
+        <v>2.39</v>
       </c>
       <c r="V230" s="7">
-        <v>2.6</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2.62</v>
+      </c>
+      <c r="W230" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X230" s="7">
+        <v>2.78</v>
       </c>
       <c r="Y230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF230" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG230" s="30"/>
       <c r="AH230" s="30"/>
       <c r="AI230" s="30"/>
       <c r="AJ230" s="30"/>
       <c r="AK230" s="30"/>
       <c r="AL230" s="30"/>
       <c r="AM230" s="30"/>
       <c r="AN230" s="30"/>
       <c r="AO230" s="30"/>
       <c r="AP230" s="30"/>
       <c r="AQ230" s="30"/>
       <c r="AR230" s="30"/>
       <c r="AS230" s="30"/>
       <c r="AT230" s="30"/>
       <c r="AU230" s="30"/>
       <c r="AV230" s="30"/>
     </row>
     <row r="231" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B231" s="22"/>
       <c r="C231" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D231" s="7">
-        <v>2.1399999999999997</v>
+        <v>2.1800000000000002</v>
       </c>
       <c r="E231" s="29">
-        <v>3.66</v>
+        <v>3.74</v>
       </c>
       <c r="F231" s="29">
-        <v>3.81</v>
+        <v>3.87</v>
       </c>
       <c r="G231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H231" s="29">
-        <v>4.12</v>
+        <v>4.16</v>
       </c>
       <c r="I231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M231" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P231" s="7">
-        <v>0.66</v>
+        <v>0.8</v>
       </c>
       <c r="Q231" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="R231" s="7">
-        <v>1.64</v>
+      <c r="R231" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="S231" s="7">
-        <v>1.64</v>
-[...2 lines deleted...]
-        <v>2.2400000000000002</v>
+        <v>1.71</v>
+      </c>
+      <c r="T231" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="U231" s="7">
-        <v>2.25</v>
+        <v>2.33</v>
       </c>
       <c r="V231" s="7">
-        <v>2.4900000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="W231" s="7">
-        <v>2.67</v>
+        <v>2.77</v>
       </c>
       <c r="X231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF231" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG231" s="30"/>
       <c r="AH231" s="30"/>
       <c r="AI231" s="30"/>
       <c r="AJ231" s="30"/>
       <c r="AK231" s="30"/>
       <c r="AL231" s="30"/>
       <c r="AM231" s="30"/>
       <c r="AN231" s="30"/>
       <c r="AO231" s="30"/>
       <c r="AP231" s="30"/>
       <c r="AQ231" s="30"/>
       <c r="AR231" s="30"/>
       <c r="AS231" s="30"/>
       <c r="AT231" s="30"/>
       <c r="AU231" s="30"/>
       <c r="AV231" s="30"/>
     </row>
     <row r="232" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B232" s="22"/>
       <c r="C232" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D232" s="7">
-        <v>2.09</v>
+        <v>2.1399999999999997</v>
       </c>
       <c r="E232" s="29">
-        <v>3.93</v>
-[...5 lines deleted...]
-        <v>4.21</v>
+        <v>3.66</v>
+      </c>
+      <c r="F232" s="29">
+        <v>3.81</v>
+      </c>
+      <c r="G232" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="H232" s="29">
-        <v>4.26</v>
+        <v>4.12</v>
       </c>
       <c r="I232" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J232" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K232" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L232" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M232" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P232" s="7">
-        <v>0.82</v>
+        <v>0.66</v>
       </c>
       <c r="Q232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R232" s="7">
-        <v>1.75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.64</v>
+      </c>
+      <c r="S232" s="7">
+        <v>1.64</v>
       </c>
       <c r="T232" s="7">
-        <v>2.31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="U232" s="7">
+        <v>2.25</v>
       </c>
       <c r="V232" s="7">
-        <v>2.57</v>
+        <v>2.4900000000000002</v>
       </c>
       <c r="W232" s="7">
-        <v>2.74</v>
+        <v>2.67</v>
       </c>
       <c r="X232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF232" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG232" s="30"/>
       <c r="AH232" s="30"/>
       <c r="AI232" s="30"/>
       <c r="AJ232" s="30"/>
       <c r="AK232" s="30"/>
       <c r="AL232" s="30"/>
       <c r="AM232" s="30"/>
       <c r="AN232" s="30"/>
       <c r="AO232" s="30"/>
       <c r="AP232" s="30"/>
       <c r="AQ232" s="30"/>
       <c r="AR232" s="30"/>
       <c r="AS232" s="30"/>
       <c r="AT232" s="30"/>
       <c r="AU232" s="30"/>
       <c r="AV232" s="30"/>
     </row>
     <row r="233" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B233" s="22"/>
       <c r="C233" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D233" s="7">
-        <v>2.0699999999999998</v>
+        <v>2.09</v>
       </c>
       <c r="E233" s="29">
-        <v>4.13</v>
+        <v>3.93</v>
       </c>
       <c r="F233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G233" s="29">
-        <v>4.33</v>
+        <v>4.21</v>
       </c>
       <c r="H233" s="29">
-        <v>4.4000000000000004</v>
+        <v>4.26</v>
       </c>
       <c r="I233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M233" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N233" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="O233" s="7">
-        <v>0.85</v>
+      <c r="O233" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="P233" s="7">
-        <v>0.89</v>
+        <v>0.82</v>
       </c>
       <c r="Q233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R233" s="7">
-        <v>1.81</v>
+        <v>1.75</v>
       </c>
       <c r="S233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T233" s="7">
-        <v>2.42</v>
+        <v>2.31</v>
       </c>
       <c r="U233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V233" s="7">
-        <v>2.67</v>
+        <v>2.57</v>
       </c>
       <c r="W233" s="7">
-        <v>2.85</v>
+        <v>2.74</v>
       </c>
       <c r="X233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF233" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG233" s="30"/>
       <c r="AH233" s="30"/>
       <c r="AI233" s="30"/>
       <c r="AJ233" s="30"/>
       <c r="AK233" s="30"/>
       <c r="AL233" s="30"/>
       <c r="AM233" s="30"/>
       <c r="AN233" s="30"/>
       <c r="AO233" s="30"/>
       <c r="AP233" s="30"/>
       <c r="AQ233" s="30"/>
       <c r="AR233" s="30"/>
       <c r="AS233" s="30"/>
       <c r="AT233" s="30"/>
       <c r="AU233" s="30"/>
       <c r="AV233" s="30"/>
     </row>
     <row r="234" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B234" s="19"/>
-[...105 lines deleted...]
-      <c r="AV234" s="37"/>
+      <c r="B234" s="22"/>
+      <c r="C234" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D234" s="7">
+        <v>2.0699999999999998</v>
+      </c>
+      <c r="E234" s="29">
+        <v>4.13</v>
+      </c>
+      <c r="F234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G234" s="29">
+        <v>4.33</v>
+      </c>
+      <c r="H234" s="29">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M234" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O234" s="7">
+        <v>0.85</v>
+      </c>
+      <c r="P234" s="7">
+        <v>0.89</v>
+      </c>
+      <c r="Q234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R234" s="7">
+        <v>1.81</v>
+      </c>
+      <c r="S234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T234" s="7">
+        <v>2.42</v>
+      </c>
+      <c r="U234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V234" s="7">
+        <v>2.67</v>
+      </c>
+      <c r="W234" s="7">
+        <v>2.85</v>
+      </c>
+      <c r="X234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF234" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG234" s="30"/>
+      <c r="AH234" s="30"/>
+      <c r="AI234" s="30"/>
+      <c r="AJ234" s="30"/>
+      <c r="AK234" s="30"/>
+      <c r="AL234" s="30"/>
+      <c r="AM234" s="30"/>
+      <c r="AN234" s="30"/>
+      <c r="AO234" s="30"/>
+      <c r="AP234" s="30"/>
+      <c r="AQ234" s="30"/>
+      <c r="AR234" s="30"/>
+      <c r="AS234" s="30"/>
+      <c r="AT234" s="30"/>
+      <c r="AU234" s="30"/>
+      <c r="AV234" s="30"/>
     </row>
     <row r="235" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B235" s="13">
-[...107 lines deleted...]
-      <c r="AV235" s="30"/>
+      <c r="B235" s="19"/>
+      <c r="C235" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D235" s="8">
+        <v>2.04</v>
+      </c>
+      <c r="E235" s="36">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="F235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G235" s="36">
+        <v>4.32</v>
+      </c>
+      <c r="H235" s="36">
+        <v>4.34</v>
+      </c>
+      <c r="I235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M235" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O235" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="P235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="R235" s="8">
+        <v>1.73</v>
+      </c>
+      <c r="S235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="T235" s="8">
+        <v>2.36</v>
+      </c>
+      <c r="U235" s="8">
+        <v>2.59</v>
+      </c>
+      <c r="V235" s="8">
+        <v>2.63</v>
+      </c>
+      <c r="W235" s="8">
+        <v>2.8</v>
+      </c>
+      <c r="X235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF235" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG235" s="37"/>
+      <c r="AH235" s="37"/>
+      <c r="AI235" s="37"/>
+      <c r="AJ235" s="37"/>
+      <c r="AK235" s="37"/>
+      <c r="AL235" s="37"/>
+      <c r="AM235" s="37"/>
+      <c r="AN235" s="37"/>
+      <c r="AO235" s="37"/>
+      <c r="AP235" s="37"/>
+      <c r="AQ235" s="37"/>
+      <c r="AR235" s="37"/>
+      <c r="AS235" s="37"/>
+      <c r="AT235" s="37"/>
+      <c r="AU235" s="37"/>
+      <c r="AV235" s="37"/>
     </row>
     <row r="236" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B236" s="13"/>
+      <c r="B236" s="13">
+        <v>2019</v>
+      </c>
       <c r="C236" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D236" s="7">
-        <v>2.31</v>
+        <v>2.23</v>
       </c>
       <c r="E236" s="29">
-        <v>3.63</v>
+        <v>3.8</v>
       </c>
       <c r="F236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G236" s="29">
-        <v>3.63</v>
+        <v>3.95</v>
       </c>
       <c r="H236" s="29">
-        <v>3.67</v>
+        <v>4.01</v>
       </c>
       <c r="I236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M236" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O236" s="7">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="P236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R236" s="7">
-        <v>1.34</v>
+        <v>1.51</v>
       </c>
       <c r="S236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T236" s="7">
-        <v>1.89</v>
+        <v>2.14</v>
       </c>
       <c r="U236" s="7">
-        <v>2.16</v>
+        <v>2.42</v>
       </c>
       <c r="V236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W236" s="7">
-        <v>2.36</v>
+        <v>2.61</v>
       </c>
       <c r="X236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF236" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG236" s="30"/>
       <c r="AH236" s="30"/>
       <c r="AI236" s="30"/>
       <c r="AJ236" s="30"/>
       <c r="AK236" s="30"/>
       <c r="AL236" s="30"/>
       <c r="AM236" s="30"/>
       <c r="AN236" s="30"/>
       <c r="AO236" s="30"/>
       <c r="AP236" s="30"/>
       <c r="AQ236" s="30"/>
       <c r="AR236" s="30"/>
       <c r="AS236" s="30"/>
       <c r="AT236" s="30"/>
       <c r="AU236" s="30"/>
       <c r="AV236" s="30"/>
     </row>
     <row r="237" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B237" s="13"/>
       <c r="C237" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D237" s="7">
-        <v>2.0699999999999998</v>
+        <v>2.31</v>
       </c>
       <c r="E237" s="29">
-        <v>3.53</v>
+        <v>3.63</v>
       </c>
       <c r="F237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G237" s="29">
-        <v>3.55</v>
+        <v>3.63</v>
       </c>
       <c r="H237" s="29">
-        <v>3.57</v>
+        <v>3.67</v>
       </c>
       <c r="I237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M237" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O237" s="7">
-        <v>0.49</v>
+        <v>0.65</v>
       </c>
       <c r="P237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R237" s="7">
-        <v>1.1399999999999999</v>
+        <v>1.34</v>
       </c>
       <c r="S237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T237" s="7">
-        <v>1.58</v>
+        <v>1.89</v>
       </c>
       <c r="U237" s="7">
-        <v>1.78</v>
+        <v>2.16</v>
       </c>
       <c r="V237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W237" s="7">
-        <v>2.0299999999999998</v>
+        <v>2.36</v>
       </c>
       <c r="X237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF237" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG237" s="30"/>
       <c r="AH237" s="30"/>
       <c r="AI237" s="30"/>
       <c r="AJ237" s="30"/>
       <c r="AK237" s="30"/>
       <c r="AL237" s="30"/>
       <c r="AM237" s="30"/>
       <c r="AN237" s="30"/>
       <c r="AO237" s="30"/>
       <c r="AP237" s="30"/>
       <c r="AQ237" s="30"/>
       <c r="AR237" s="30"/>
       <c r="AS237" s="30"/>
       <c r="AT237" s="30"/>
       <c r="AU237" s="30"/>
       <c r="AV237" s="30"/>
     </row>
     <row r="238" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B238" s="13"/>
       <c r="C238" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D238" s="7">
-        <v>1.82</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="E238" s="29">
-        <v>3.28</v>
+        <v>3.53</v>
       </c>
       <c r="F238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G238" s="29">
-        <v>3.33</v>
+        <v>3.55</v>
       </c>
       <c r="H238" s="29">
-        <v>3.34</v>
+        <v>3.57</v>
       </c>
       <c r="I238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M238" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O238" s="7">
-        <v>0.43</v>
+        <v>0.49</v>
       </c>
       <c r="P238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R238" s="7">
-        <v>0.99</v>
+        <v>1.1399999999999999</v>
       </c>
       <c r="S238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T238" s="7">
-        <v>1.36</v>
+        <v>1.58</v>
       </c>
       <c r="U238" s="7">
-        <v>1.58</v>
+        <v>1.78</v>
       </c>
       <c r="V238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W238" s="7">
-        <v>1.78</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="X238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF238" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG238" s="30"/>
       <c r="AH238" s="30"/>
       <c r="AI238" s="30"/>
       <c r="AJ238" s="30"/>
       <c r="AK238" s="30"/>
       <c r="AL238" s="30"/>
       <c r="AM238" s="30"/>
       <c r="AN238" s="30"/>
       <c r="AO238" s="30"/>
       <c r="AP238" s="30"/>
       <c r="AQ238" s="30"/>
       <c r="AR238" s="30"/>
       <c r="AS238" s="30"/>
       <c r="AT238" s="30"/>
       <c r="AU238" s="30"/>
       <c r="AV238" s="30"/>
     </row>
     <row r="239" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B239" s="13"/>
       <c r="C239" s="14" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D239" s="7">
-        <v>1.69</v>
+        <v>1.82</v>
       </c>
       <c r="E239" s="29">
-        <v>3.09</v>
+        <v>3.28</v>
       </c>
       <c r="F239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G239" s="29">
-        <v>3.17</v>
+        <v>3.33</v>
       </c>
       <c r="H239" s="29">
-        <v>3.19</v>
+        <v>3.34</v>
       </c>
       <c r="I239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M239" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O239" s="7">
-        <v>0.34</v>
+        <v>0.43</v>
       </c>
       <c r="P239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R239" s="7">
-        <v>0.94</v>
+        <v>0.99</v>
       </c>
       <c r="S239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T239" s="7">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="U239" s="7">
-        <v>1.52</v>
+        <v>1.58</v>
       </c>
       <c r="V239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W239" s="7">
-        <v>1.72</v>
+        <v>1.78</v>
       </c>
       <c r="X239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF239" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG239" s="30"/>
       <c r="AH239" s="30"/>
       <c r="AI239" s="30"/>
       <c r="AJ239" s="30"/>
       <c r="AK239" s="30"/>
       <c r="AL239" s="30"/>
       <c r="AM239" s="30"/>
       <c r="AN239" s="30"/>
       <c r="AO239" s="30"/>
       <c r="AP239" s="30"/>
       <c r="AQ239" s="30"/>
       <c r="AR239" s="30"/>
       <c r="AS239" s="30"/>
       <c r="AT239" s="30"/>
       <c r="AU239" s="30"/>
       <c r="AV239" s="30"/>
     </row>
     <row r="240" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B240" s="13"/>
       <c r="C240" s="14" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D240" s="7">
-        <v>1.3599999999999999</v>
+        <v>1.69</v>
       </c>
       <c r="E240" s="29">
-        <v>2.76</v>
+        <v>3.09</v>
       </c>
       <c r="F240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G240" s="29">
-        <v>2.7</v>
+        <v>3.17</v>
       </c>
       <c r="H240" s="29">
-        <v>2.75</v>
+        <v>3.19</v>
       </c>
       <c r="I240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M240" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O240" s="7">
-        <v>0.19</v>
+        <v>0.34</v>
       </c>
       <c r="P240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R240" s="7">
-        <v>0.59</v>
+        <v>0.94</v>
       </c>
       <c r="S240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T240" s="7">
-        <v>0.95</v>
+        <v>1.31</v>
       </c>
       <c r="U240" s="7">
-        <v>1.1100000000000001</v>
-[...2 lines deleted...]
-        <v>1.1000000000000001</v>
+        <v>1.52</v>
+      </c>
+      <c r="V240" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W240" s="7">
-        <v>1.31</v>
+        <v>1.72</v>
       </c>
       <c r="X240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF240" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG240" s="30"/>
       <c r="AH240" s="30"/>
       <c r="AI240" s="30"/>
       <c r="AJ240" s="30"/>
       <c r="AK240" s="30"/>
       <c r="AL240" s="30"/>
       <c r="AM240" s="30"/>
       <c r="AN240" s="30"/>
       <c r="AO240" s="30"/>
       <c r="AP240" s="30"/>
       <c r="AQ240" s="30"/>
       <c r="AR240" s="30"/>
       <c r="AS240" s="30"/>
       <c r="AT240" s="30"/>
       <c r="AU240" s="30"/>
       <c r="AV240" s="30"/>
     </row>
     <row r="241" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B241" s="13"/>
       <c r="C241" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D241" s="7">
-        <v>1.06</v>
+        <v>1.3599999999999999</v>
       </c>
       <c r="E241" s="29">
-        <v>2.73</v>
+        <v>2.76</v>
       </c>
       <c r="F241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G241" s="29">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="H241" s="29">
-        <v>2.63</v>
+        <v>2.75</v>
       </c>
       <c r="I241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M241" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O241" s="7">
-        <v>0.06</v>
+        <v>0.19</v>
       </c>
       <c r="P241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R241" s="7">
-        <v>0.35</v>
+        <v>0.59</v>
       </c>
       <c r="S241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T241" s="7">
-        <v>0.69</v>
+        <v>0.95</v>
       </c>
       <c r="U241" s="7">
-        <v>0.81</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="V241" s="7">
-        <v>1.01</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="W241" s="7">
-        <v>1.02</v>
+        <v>1.31</v>
       </c>
       <c r="X241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF241" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG241" s="30"/>
       <c r="AH241" s="30"/>
       <c r="AI241" s="30"/>
       <c r="AJ241" s="30"/>
       <c r="AK241" s="30"/>
       <c r="AL241" s="30"/>
       <c r="AM241" s="30"/>
       <c r="AN241" s="30"/>
       <c r="AO241" s="30"/>
       <c r="AP241" s="30"/>
       <c r="AQ241" s="30"/>
       <c r="AR241" s="30"/>
       <c r="AS241" s="30"/>
       <c r="AT241" s="30"/>
       <c r="AU241" s="30"/>
       <c r="AV241" s="30"/>
     </row>
     <row r="242" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B242" s="13"/>
       <c r="C242" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D242" s="7">
-        <v>0.83</v>
+        <v>1.06</v>
       </c>
       <c r="E242" s="29">
-        <v>2.58</v>
+        <v>2.73</v>
       </c>
       <c r="F242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G242" s="29">
-        <v>2.4700000000000002</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.6</v>
+      </c>
+      <c r="H242" s="29">
+        <v>2.63</v>
       </c>
       <c r="I242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M242" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O242" s="7">
-        <v>-0.01</v>
+        <v>0.06</v>
       </c>
       <c r="P242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R242" s="7">
-        <v>0.26</v>
+        <v>0.35</v>
       </c>
       <c r="S242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T242" s="7">
-        <v>0.54</v>
+        <v>0.69</v>
       </c>
       <c r="U242" s="7">
-        <v>0.57999999999999996</v>
+        <v>0.81</v>
       </c>
       <c r="V242" s="7">
-        <v>0.72</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.01</v>
+      </c>
+      <c r="W242" s="7">
+        <v>1.02</v>
       </c>
       <c r="X242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF242" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG242" s="30"/>
       <c r="AH242" s="30"/>
       <c r="AI242" s="30"/>
       <c r="AJ242" s="30"/>
       <c r="AK242" s="30"/>
       <c r="AL242" s="30"/>
       <c r="AM242" s="30"/>
       <c r="AN242" s="30"/>
       <c r="AO242" s="30"/>
       <c r="AP242" s="30"/>
       <c r="AQ242" s="30"/>
       <c r="AR242" s="30"/>
       <c r="AS242" s="30"/>
       <c r="AT242" s="30"/>
       <c r="AU242" s="30"/>
       <c r="AV242" s="30"/>
     </row>
     <row r="243" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B243" s="13"/>
       <c r="C243" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D243" s="7">
-        <v>0.49</v>
+        <v>0.83</v>
       </c>
       <c r="E243" s="29">
-        <v>2.41</v>
+        <v>2.58</v>
       </c>
       <c r="F243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G243" s="29">
-        <v>2.2799999999999998</v>
+        <v>2.4700000000000002</v>
       </c>
       <c r="H243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M243" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O243" s="7">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
       <c r="P243" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="Q243" s="7">
-        <v>0.23</v>
+      <c r="Q243" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="R243" s="7">
-        <v>0.2</v>
-[...2 lines deleted...]
-        <v>0.41</v>
+        <v>0.26</v>
+      </c>
+      <c r="S243" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="T243" s="7">
-        <v>0.42</v>
+        <v>0.54</v>
       </c>
       <c r="U243" s="7">
-        <v>0.47</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="V243" s="7">
-        <v>0.55000000000000004</v>
+        <v>0.72</v>
       </c>
       <c r="W243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD243" s="7" t="s">
         <v>1</v>
       </c>
@@ -26969,108 +27015,108 @@
         <v>1</v>
       </c>
       <c r="AF243" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG243" s="30"/>
       <c r="AH243" s="30"/>
       <c r="AI243" s="30"/>
       <c r="AJ243" s="30"/>
       <c r="AK243" s="30"/>
       <c r="AL243" s="30"/>
       <c r="AM243" s="30"/>
       <c r="AN243" s="30"/>
       <c r="AO243" s="30"/>
       <c r="AP243" s="30"/>
       <c r="AQ243" s="30"/>
       <c r="AR243" s="30"/>
       <c r="AS243" s="30"/>
       <c r="AT243" s="30"/>
       <c r="AU243" s="30"/>
       <c r="AV243" s="30"/>
     </row>
     <row r="244" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B244" s="13"/>
       <c r="C244" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D244" s="7">
-        <v>0.47000000000000003</v>
-[...5 lines deleted...]
-        <v>2.3199999999999998</v>
+        <v>0.49</v>
+      </c>
+      <c r="E244" s="29">
+        <v>2.41</v>
+      </c>
+      <c r="F244" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="G244" s="29">
-        <v>2.31</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="H244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M244" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O244" s="7">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="P244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q244" s="7">
         <v>0.23</v>
       </c>
-      <c r="R244" s="7" t="s">
-        <v>1</v>
+      <c r="R244" s="7">
+        <v>0.2</v>
       </c>
       <c r="S244" s="7">
         <v>0.41</v>
       </c>
-      <c r="T244" s="7" t="s">
-        <v>1</v>
+      <c r="T244" s="7">
+        <v>0.42</v>
       </c>
       <c r="U244" s="7">
         <v>0.47</v>
       </c>
       <c r="V244" s="7">
-        <v>0.56000000000000005</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="W244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD244" s="7" t="s">
         <v>1</v>
       </c>
@@ -27078,437 +27124,437 @@
         <v>1</v>
       </c>
       <c r="AF244" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG244" s="30"/>
       <c r="AH244" s="30"/>
       <c r="AI244" s="30"/>
       <c r="AJ244" s="30"/>
       <c r="AK244" s="30"/>
       <c r="AL244" s="30"/>
       <c r="AM244" s="30"/>
       <c r="AN244" s="30"/>
       <c r="AO244" s="30"/>
       <c r="AP244" s="30"/>
       <c r="AQ244" s="30"/>
       <c r="AR244" s="30"/>
       <c r="AS244" s="30"/>
       <c r="AT244" s="30"/>
       <c r="AU244" s="30"/>
       <c r="AV244" s="30"/>
     </row>
     <row r="245" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B245" s="13"/>
       <c r="C245" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D245" s="7">
-        <v>0.53</v>
+        <v>0.47000000000000003</v>
       </c>
       <c r="E245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F245" s="29">
         <v>2.3199999999999998</v>
       </c>
       <c r="G245" s="29">
         <v>2.31</v>
       </c>
       <c r="H245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M245" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O245" s="7">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="P245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q245" s="7">
-        <v>0.39</v>
+        <v>0.23</v>
       </c>
       <c r="R245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S245" s="7">
-        <v>0.56999999999999995</v>
+        <v>0.41</v>
       </c>
       <c r="T245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U245" s="7">
-        <v>0.61</v>
+        <v>0.47</v>
       </c>
       <c r="V245" s="7">
-        <v>0.76</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="W245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF245" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG245" s="30"/>
       <c r="AH245" s="30"/>
       <c r="AI245" s="30"/>
       <c r="AJ245" s="30"/>
       <c r="AK245" s="30"/>
       <c r="AL245" s="30"/>
       <c r="AM245" s="30"/>
       <c r="AN245" s="30"/>
       <c r="AO245" s="30"/>
       <c r="AP245" s="30"/>
       <c r="AQ245" s="30"/>
       <c r="AR245" s="30"/>
       <c r="AS245" s="30"/>
       <c r="AT245" s="30"/>
       <c r="AU245" s="30"/>
       <c r="AV245" s="30"/>
     </row>
     <row r="246" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B246" s="19"/>
-[...33 lines deleted...]
-      <c r="N246" s="8">
+      <c r="B246" s="13"/>
+      <c r="C246" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D246" s="7">
+        <v>0.53</v>
+      </c>
+      <c r="E246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F246" s="29">
+        <v>2.3199999999999998</v>
+      </c>
+      <c r="G246" s="29">
+        <v>2.31</v>
+      </c>
+      <c r="H246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M246" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O246" s="7">
         <v>0.04</v>
       </c>
-      <c r="O246" s="8" t="s">
-[...68 lines deleted...]
-      <c r="AV246" s="37"/>
+      <c r="P246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q246" s="7">
+        <v>0.39</v>
+      </c>
+      <c r="R246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S246" s="7">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="T246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U246" s="7">
+        <v>0.61</v>
+      </c>
+      <c r="V246" s="7">
+        <v>0.76</v>
+      </c>
+      <c r="W246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF246" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG246" s="30"/>
+      <c r="AH246" s="30"/>
+      <c r="AI246" s="30"/>
+      <c r="AJ246" s="30"/>
+      <c r="AK246" s="30"/>
+      <c r="AL246" s="30"/>
+      <c r="AM246" s="30"/>
+      <c r="AN246" s="30"/>
+      <c r="AO246" s="30"/>
+      <c r="AP246" s="30"/>
+      <c r="AQ246" s="30"/>
+      <c r="AR246" s="30"/>
+      <c r="AS246" s="30"/>
+      <c r="AT246" s="30"/>
+      <c r="AU246" s="30"/>
+      <c r="AV246" s="30"/>
     </row>
     <row r="247" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B247" s="13">
-[...107 lines deleted...]
-      <c r="AV247" s="30"/>
+      <c r="B247" s="19"/>
+      <c r="C247" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D247" s="8">
+        <v>0.59</v>
+      </c>
+      <c r="E247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F247" s="36">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="G247" s="36">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="H247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M247" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N247" s="8">
+        <v>0.04</v>
+      </c>
+      <c r="O247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="P247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q247" s="8">
+        <v>0.44</v>
+      </c>
+      <c r="R247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="S247" s="8">
+        <v>0.62</v>
+      </c>
+      <c r="T247" s="8">
+        <v>0.65</v>
+      </c>
+      <c r="U247" s="8">
+        <v>0.7</v>
+      </c>
+      <c r="V247" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="W247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="X247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF247" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG247" s="37"/>
+      <c r="AH247" s="37"/>
+      <c r="AI247" s="37"/>
+      <c r="AJ247" s="37"/>
+      <c r="AK247" s="37"/>
+      <c r="AL247" s="37"/>
+      <c r="AM247" s="37"/>
+      <c r="AN247" s="37"/>
+      <c r="AO247" s="37"/>
+      <c r="AP247" s="37"/>
+      <c r="AQ247" s="37"/>
+      <c r="AR247" s="37"/>
+      <c r="AS247" s="37"/>
+      <c r="AT247" s="37"/>
+      <c r="AU247" s="37"/>
+      <c r="AV247" s="37"/>
     </row>
     <row r="248" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B248" s="13"/>
+      <c r="B248" s="13">
+        <v>2020</v>
+      </c>
       <c r="C248" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D248" s="7">
-        <v>0.57000000000000006</v>
+        <v>0.61</v>
       </c>
       <c r="E248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F248" s="29">
-        <v>2.0499999999999998</v>
+        <v>2.16</v>
       </c>
       <c r="G248" s="29">
-        <v>2.06</v>
+        <v>2.1800000000000002</v>
       </c>
       <c r="H248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M248" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N248" s="7">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="O248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q248" s="7">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="R248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S248" s="7">
-        <v>0.46</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="T248" s="7">
-        <v>0.52</v>
+        <v>0.6</v>
       </c>
       <c r="U248" s="7">
-        <v>0.61</v>
+        <v>0.71</v>
       </c>
       <c r="V248" s="7">
-        <v>0.62</v>
+        <v>0.72</v>
       </c>
       <c r="W248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD248" s="7" t="s">
         <v>1</v>
       </c>
@@ -27516,108 +27562,108 @@
         <v>1</v>
       </c>
       <c r="AF248" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG248" s="30"/>
       <c r="AH248" s="30"/>
       <c r="AI248" s="30"/>
       <c r="AJ248" s="30"/>
       <c r="AK248" s="30"/>
       <c r="AL248" s="30"/>
       <c r="AM248" s="30"/>
       <c r="AN248" s="30"/>
       <c r="AO248" s="30"/>
       <c r="AP248" s="30"/>
       <c r="AQ248" s="30"/>
       <c r="AR248" s="30"/>
       <c r="AS248" s="30"/>
       <c r="AT248" s="30"/>
       <c r="AU248" s="30"/>
       <c r="AV248" s="30"/>
     </row>
     <row r="249" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B249" s="13"/>
       <c r="C249" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D249" s="7">
-        <v>0.96</v>
+        <v>0.57000000000000006</v>
       </c>
       <c r="E249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F249" s="29">
-        <v>2.87</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G249" s="29">
-        <v>2.77</v>
+        <v>2.06</v>
       </c>
       <c r="H249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M249" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N249" s="7">
-        <v>0.72</v>
+        <v>0.02</v>
       </c>
       <c r="O249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q249" s="7">
-        <v>1.04</v>
+        <v>0.36</v>
       </c>
       <c r="R249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S249" s="7">
-        <v>1.1499999999999999</v>
+        <v>0.46</v>
       </c>
       <c r="T249" s="7">
-        <v>1.21</v>
+        <v>0.52</v>
       </c>
       <c r="U249" s="7">
-        <v>1.46</v>
+        <v>0.61</v>
       </c>
       <c r="V249" s="7">
-        <v>1.48</v>
+        <v>0.62</v>
       </c>
       <c r="W249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD249" s="7" t="s">
         <v>1</v>
       </c>
@@ -27625,108 +27671,108 @@
         <v>1</v>
       </c>
       <c r="AF249" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG249" s="30"/>
       <c r="AH249" s="30"/>
       <c r="AI249" s="30"/>
       <c r="AJ249" s="30"/>
       <c r="AK249" s="30"/>
       <c r="AL249" s="30"/>
       <c r="AM249" s="30"/>
       <c r="AN249" s="30"/>
       <c r="AO249" s="30"/>
       <c r="AP249" s="30"/>
       <c r="AQ249" s="30"/>
       <c r="AR249" s="30"/>
       <c r="AS249" s="30"/>
       <c r="AT249" s="30"/>
       <c r="AU249" s="30"/>
       <c r="AV249" s="30"/>
     </row>
     <row r="250" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B250" s="13"/>
       <c r="C250" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D250" s="7">
-        <v>1.24</v>
+        <v>0.96</v>
       </c>
       <c r="E250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F250" s="29">
-        <v>3.09</v>
+        <v>2.87</v>
       </c>
       <c r="G250" s="29">
-        <v>3.11</v>
+        <v>2.77</v>
       </c>
       <c r="H250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M250" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N250" s="7">
-        <v>1.6</v>
+        <v>0.72</v>
       </c>
       <c r="O250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q250" s="7">
-        <v>1.84</v>
+        <v>1.04</v>
       </c>
       <c r="R250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S250" s="7">
-        <v>1.87</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="T250" s="7">
-        <v>1.92</v>
+        <v>1.21</v>
       </c>
       <c r="U250" s="7">
-        <v>2.0299999999999998</v>
+        <v>1.46</v>
       </c>
       <c r="V250" s="7">
-        <v>2.0699999999999998</v>
+        <v>1.48</v>
       </c>
       <c r="W250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD250" s="7" t="s">
         <v>1</v>
       </c>
@@ -27734,108 +27780,108 @@
         <v>1</v>
       </c>
       <c r="AF250" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG250" s="30"/>
       <c r="AH250" s="30"/>
       <c r="AI250" s="30"/>
       <c r="AJ250" s="30"/>
       <c r="AK250" s="30"/>
       <c r="AL250" s="30"/>
       <c r="AM250" s="30"/>
       <c r="AN250" s="30"/>
       <c r="AO250" s="30"/>
       <c r="AP250" s="30"/>
       <c r="AQ250" s="30"/>
       <c r="AR250" s="30"/>
       <c r="AS250" s="30"/>
       <c r="AT250" s="30"/>
       <c r="AU250" s="30"/>
       <c r="AV250" s="30"/>
     </row>
     <row r="251" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B251" s="13"/>
       <c r="C251" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D251" s="7">
-        <v>0.91</v>
+        <v>1.24</v>
       </c>
       <c r="E251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F251" s="29">
-        <v>2.46</v>
+        <v>3.09</v>
       </c>
       <c r="G251" s="29">
-        <v>2.5499999999999998</v>
+        <v>3.11</v>
       </c>
       <c r="H251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M251" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N251" s="7">
-        <v>1.49</v>
+        <v>1.6</v>
       </c>
       <c r="O251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q251" s="7">
-        <v>1.75</v>
+        <v>1.84</v>
       </c>
       <c r="R251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S251" s="7">
         <v>1.87</v>
       </c>
       <c r="T251" s="7">
-        <v>1.91</v>
+        <v>1.92</v>
       </c>
       <c r="U251" s="7">
-        <v>1.96</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="V251" s="7">
-        <v>2.02</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="W251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD251" s="7" t="s">
         <v>1</v>
       </c>
@@ -27843,982 +27889,982 @@
         <v>1</v>
       </c>
       <c r="AF251" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG251" s="30"/>
       <c r="AH251" s="30"/>
       <c r="AI251" s="30"/>
       <c r="AJ251" s="30"/>
       <c r="AK251" s="30"/>
       <c r="AL251" s="30"/>
       <c r="AM251" s="30"/>
       <c r="AN251" s="30"/>
       <c r="AO251" s="30"/>
       <c r="AP251" s="30"/>
       <c r="AQ251" s="30"/>
       <c r="AR251" s="30"/>
       <c r="AS251" s="30"/>
       <c r="AT251" s="30"/>
       <c r="AU251" s="30"/>
       <c r="AV251" s="30"/>
     </row>
     <row r="252" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B252" s="13"/>
       <c r="C252" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D252" s="7">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="E252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F252" s="29">
-        <v>1.8</v>
+        <v>2.46</v>
       </c>
       <c r="G252" s="29">
-        <v>1.9</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="H252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M252" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N252" s="7">
-        <v>0.76</v>
+        <v>1.49</v>
       </c>
       <c r="O252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q252" s="7">
-        <v>1</v>
+        <v>1.75</v>
       </c>
       <c r="R252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S252" s="7">
-        <v>1.23</v>
+        <v>1.87</v>
       </c>
       <c r="T252" s="7">
-        <v>1.28</v>
+        <v>1.91</v>
       </c>
       <c r="U252" s="7">
-        <v>1.34</v>
+        <v>1.96</v>
       </c>
       <c r="V252" s="7">
-        <v>1.44</v>
-[...2 lines deleted...]
-        <v>1.58</v>
+        <v>2.02</v>
+      </c>
+      <c r="W252" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="X252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF252" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG252" s="30"/>
       <c r="AH252" s="30"/>
       <c r="AI252" s="30"/>
       <c r="AJ252" s="30"/>
       <c r="AK252" s="30"/>
       <c r="AL252" s="30"/>
       <c r="AM252" s="30"/>
       <c r="AN252" s="30"/>
       <c r="AO252" s="30"/>
       <c r="AP252" s="30"/>
       <c r="AQ252" s="30"/>
       <c r="AR252" s="30"/>
       <c r="AS252" s="30"/>
       <c r="AT252" s="30"/>
       <c r="AU252" s="30"/>
       <c r="AV252" s="30"/>
     </row>
     <row r="253" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B253" s="13"/>
       <c r="C253" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D253" s="7">
-        <v>0.97</v>
+        <v>0.96</v>
       </c>
       <c r="E253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F253" s="29">
-        <v>1.47</v>
+        <v>1.8</v>
       </c>
       <c r="G253" s="29">
-        <v>1.6</v>
+        <v>1.9</v>
       </c>
       <c r="H253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M253" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N253" s="7">
-        <v>0.23</v>
+        <v>0.76</v>
       </c>
       <c r="O253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q253" s="7">
-        <v>0.56999999999999995</v>
+        <v>1</v>
       </c>
       <c r="R253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S253" s="7">
-        <v>0.86</v>
+        <v>1.23</v>
       </c>
       <c r="T253" s="7">
-        <v>0.92</v>
+        <v>1.28</v>
       </c>
       <c r="U253" s="7">
-        <v>0.97</v>
+        <v>1.34</v>
       </c>
       <c r="V253" s="7">
-        <v>1.08</v>
+        <v>1.44</v>
       </c>
       <c r="W253" s="7">
-        <v>1.25</v>
+        <v>1.58</v>
       </c>
       <c r="X253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF253" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG253" s="30"/>
       <c r="AH253" s="30"/>
       <c r="AI253" s="30"/>
       <c r="AJ253" s="30"/>
       <c r="AK253" s="30"/>
       <c r="AL253" s="30"/>
       <c r="AM253" s="30"/>
       <c r="AN253" s="30"/>
       <c r="AO253" s="30"/>
       <c r="AP253" s="30"/>
       <c r="AQ253" s="30"/>
       <c r="AR253" s="30"/>
       <c r="AS253" s="30"/>
       <c r="AT253" s="30"/>
       <c r="AU253" s="30"/>
       <c r="AV253" s="30"/>
     </row>
     <row r="254" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B254" s="13"/>
       <c r="C254" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D254" s="7">
-        <v>0.85000000000000009</v>
+        <v>0.97</v>
       </c>
       <c r="E254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F254" s="29">
-        <v>1.1299999999999999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.47</v>
+      </c>
+      <c r="G254" s="29">
+        <v>1.6</v>
       </c>
       <c r="H254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M254" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N254" s="7">
-        <v>0.06</v>
+        <v>0.23</v>
       </c>
       <c r="O254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q254" s="7">
-        <v>0.38</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="R254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S254" s="7">
-        <v>0.68</v>
+        <v>0.86</v>
       </c>
       <c r="T254" s="7">
-        <v>0.73</v>
+        <v>0.92</v>
       </c>
       <c r="U254" s="7">
-        <v>0.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.97</v>
+      </c>
+      <c r="V254" s="7">
+        <v>1.08</v>
       </c>
       <c r="W254" s="7">
-        <v>1.1100000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="X254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF254" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG254" s="30"/>
       <c r="AH254" s="30"/>
       <c r="AI254" s="30"/>
       <c r="AJ254" s="30"/>
       <c r="AK254" s="30"/>
       <c r="AL254" s="30"/>
       <c r="AM254" s="30"/>
       <c r="AN254" s="30"/>
       <c r="AO254" s="30"/>
       <c r="AP254" s="30"/>
       <c r="AQ254" s="30"/>
       <c r="AR254" s="30"/>
       <c r="AS254" s="30"/>
       <c r="AT254" s="30"/>
       <c r="AU254" s="30"/>
       <c r="AV254" s="30"/>
     </row>
     <row r="255" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B255" s="13"/>
       <c r="C255" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D255" s="7">
-        <v>0.79</v>
+        <v>0.85000000000000009</v>
       </c>
       <c r="E255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F255" s="29">
         <v>1.1299999999999999</v>
       </c>
       <c r="G255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M255" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N255" s="7">
-        <v>0.08</v>
+        <v>0.06</v>
       </c>
       <c r="O255" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="P255" s="7">
+      <c r="P255" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q255" s="7">
         <v>0.38</v>
       </c>
-      <c r="Q255" s="7">
-[...3 lines deleted...]
-        <v>0.69</v>
+      <c r="R255" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="S255" s="7">
-        <v>0.67</v>
+        <v>0.68</v>
       </c>
       <c r="T255" s="7">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
       <c r="U255" s="7">
-        <v>0.91</v>
+        <v>0.9</v>
       </c>
       <c r="V255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W255" s="7">
-        <v>1.0900000000000001</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="X255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF255" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG255" s="30"/>
       <c r="AH255" s="30"/>
       <c r="AI255" s="30"/>
       <c r="AJ255" s="30"/>
       <c r="AK255" s="30"/>
       <c r="AL255" s="30"/>
       <c r="AM255" s="30"/>
       <c r="AN255" s="30"/>
       <c r="AO255" s="30"/>
       <c r="AP255" s="30"/>
       <c r="AQ255" s="30"/>
       <c r="AR255" s="30"/>
       <c r="AS255" s="30"/>
       <c r="AT255" s="30"/>
       <c r="AU255" s="30"/>
       <c r="AV255" s="30"/>
     </row>
     <row r="256" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B256" s="13"/>
       <c r="C256" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D256" s="7">
-        <v>0.77999999999999992</v>
-[...2 lines deleted...]
-        <v>1.1200000000000001</v>
+        <v>0.79</v>
+      </c>
+      <c r="E256" s="29" t="s">
+        <v>1</v>
       </c>
       <c r="F256" s="29">
         <v>1.1299999999999999</v>
       </c>
       <c r="G256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M256" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N256" s="7">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="O256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P256" s="7">
-        <v>0.37</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.38</v>
+      </c>
+      <c r="Q256" s="7">
+        <v>0.39</v>
       </c>
       <c r="R256" s="7">
-        <v>0.66</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.69</v>
+      </c>
+      <c r="S256" s="7">
+        <v>0.67</v>
       </c>
       <c r="T256" s="7">
-        <v>0.74</v>
+        <v>0.75</v>
       </c>
       <c r="U256" s="7">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="V256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W256" s="7">
-        <v>1.03</v>
+        <v>1.0900000000000001</v>
       </c>
       <c r="X256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF256" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG256" s="30"/>
       <c r="AH256" s="30"/>
       <c r="AI256" s="30"/>
       <c r="AJ256" s="30"/>
       <c r="AK256" s="30"/>
       <c r="AL256" s="30"/>
       <c r="AM256" s="30"/>
       <c r="AN256" s="30"/>
       <c r="AO256" s="30"/>
       <c r="AP256" s="30"/>
       <c r="AQ256" s="30"/>
       <c r="AR256" s="30"/>
       <c r="AS256" s="30"/>
       <c r="AT256" s="30"/>
       <c r="AU256" s="30"/>
       <c r="AV256" s="30"/>
     </row>
     <row r="257" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B257" s="13"/>
       <c r="C257" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D257" s="7">
-        <v>0.73</v>
+        <v>0.77999999999999992</v>
       </c>
       <c r="E257" s="29">
         <v>1.1200000000000001</v>
       </c>
       <c r="F257" s="29">
-        <v>1.19</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="G257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M257" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N257" s="7">
-        <v>-0.02</v>
+        <v>0.1</v>
       </c>
       <c r="O257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P257" s="7">
-        <v>0.26</v>
+        <v>0.37</v>
       </c>
       <c r="Q257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R257" s="7">
-        <v>0.5</v>
+        <v>0.66</v>
       </c>
       <c r="S257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="T257" s="7">
-        <v>0.57999999999999996</v>
+        <v>0.74</v>
       </c>
       <c r="U257" s="7">
-        <v>0.67</v>
+        <v>0.87</v>
       </c>
       <c r="V257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W257" s="7">
-        <v>0.82</v>
+        <v>1.03</v>
       </c>
       <c r="X257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF257" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG257" s="30"/>
       <c r="AH257" s="30"/>
       <c r="AI257" s="30"/>
       <c r="AJ257" s="30"/>
       <c r="AK257" s="30"/>
       <c r="AL257" s="30"/>
       <c r="AM257" s="30"/>
       <c r="AN257" s="30"/>
       <c r="AO257" s="30"/>
       <c r="AP257" s="30"/>
       <c r="AQ257" s="30"/>
       <c r="AR257" s="30"/>
       <c r="AS257" s="30"/>
       <c r="AT257" s="30"/>
       <c r="AU257" s="30"/>
       <c r="AV257" s="30"/>
     </row>
     <row r="258" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B258" s="19"/>
-[...57 lines deleted...]
-      <c r="V258" s="8">
+      <c r="B258" s="13"/>
+      <c r="C258" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D258" s="7">
+        <v>0.73</v>
+      </c>
+      <c r="E258" s="29">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="F258" s="29">
+        <v>1.19</v>
+      </c>
+      <c r="G258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M258" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N258" s="7">
+        <v>-0.02</v>
+      </c>
+      <c r="O258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P258" s="7">
+        <v>0.26</v>
+      </c>
+      <c r="Q258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R258" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="S258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="T258" s="7">
         <v>0.57999999999999996</v>
       </c>
-      <c r="W258" s="8">
-[...44 lines deleted...]
-      <c r="AV258" s="37"/>
+      <c r="U258" s="7">
+        <v>0.67</v>
+      </c>
+      <c r="V258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W258" s="7">
+        <v>0.82</v>
+      </c>
+      <c r="X258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF258" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG258" s="30"/>
+      <c r="AH258" s="30"/>
+      <c r="AI258" s="30"/>
+      <c r="AJ258" s="30"/>
+      <c r="AK258" s="30"/>
+      <c r="AL258" s="30"/>
+      <c r="AM258" s="30"/>
+      <c r="AN258" s="30"/>
+      <c r="AO258" s="30"/>
+      <c r="AP258" s="30"/>
+      <c r="AQ258" s="30"/>
+      <c r="AR258" s="30"/>
+      <c r="AS258" s="30"/>
+      <c r="AT258" s="30"/>
+      <c r="AU258" s="30"/>
+      <c r="AV258" s="30"/>
     </row>
     <row r="259" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B259" s="13">
-[...5 lines deleted...]
-      <c r="D259" s="7">
+      <c r="B259" s="19"/>
+      <c r="C259" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D259" s="8">
+        <v>0.63</v>
+      </c>
+      <c r="E259" s="36">
+        <v>1.03</v>
+      </c>
+      <c r="F259" s="36">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M259" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="P259" s="8">
+        <v>0.16</v>
+      </c>
+      <c r="Q259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="R259" s="8">
+        <v>0.36</v>
+      </c>
+      <c r="S259" s="8">
+        <v>0.47</v>
+      </c>
+      <c r="T259" s="8">
+        <v>0.52</v>
+      </c>
+      <c r="U259" s="8">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="V259" s="8">
         <v>0.57999999999999996</v>
       </c>
-      <c r="E259" s="29">
-[...98 lines deleted...]
-      <c r="AV259" s="30"/>
+      <c r="W259" s="8">
+        <v>0.69</v>
+      </c>
+      <c r="X259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF259" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG259" s="37"/>
+      <c r="AH259" s="37"/>
+      <c r="AI259" s="37"/>
+      <c r="AJ259" s="37"/>
+      <c r="AK259" s="37"/>
+      <c r="AL259" s="37"/>
+      <c r="AM259" s="37"/>
+      <c r="AN259" s="37"/>
+      <c r="AO259" s="37"/>
+      <c r="AP259" s="37"/>
+      <c r="AQ259" s="37"/>
+      <c r="AR259" s="37"/>
+      <c r="AS259" s="37"/>
+      <c r="AT259" s="37"/>
+      <c r="AU259" s="37"/>
+      <c r="AV259" s="37"/>
     </row>
     <row r="260" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B260" s="13"/>
+      <c r="B260" s="13">
+        <v>2021</v>
+      </c>
       <c r="C260" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D260" s="7">
-        <v>0.52</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="E260" s="29">
-        <v>0.66</v>
+        <v>0.87</v>
       </c>
       <c r="F260" s="29">
-        <v>0.81</v>
+        <v>0.96</v>
       </c>
       <c r="G260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M260" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P260" s="7">
-        <v>0.23</v>
+        <v>0.17</v>
       </c>
       <c r="Q260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R260" s="7">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="S260" s="7">
-        <v>0.54</v>
+        <v>0.46</v>
       </c>
       <c r="T260" s="7">
-        <v>0.64</v>
+        <v>0.53</v>
       </c>
       <c r="U260" s="7">
-        <v>0.68</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="V260" s="7">
-        <v>0.79</v>
+        <v>0.63</v>
       </c>
       <c r="W260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD260" s="7" t="s">
         <v>1</v>
       </c>
@@ -28826,7612 +28872,8005 @@
         <v>1</v>
       </c>
       <c r="AF260" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG260" s="30"/>
       <c r="AH260" s="30"/>
       <c r="AI260" s="30"/>
       <c r="AJ260" s="30"/>
       <c r="AK260" s="30"/>
       <c r="AL260" s="30"/>
       <c r="AM260" s="30"/>
       <c r="AN260" s="30"/>
       <c r="AO260" s="30"/>
       <c r="AP260" s="30"/>
       <c r="AQ260" s="30"/>
       <c r="AR260" s="30"/>
       <c r="AS260" s="30"/>
       <c r="AT260" s="30"/>
       <c r="AU260" s="30"/>
       <c r="AV260" s="30"/>
     </row>
     <row r="261" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B261" s="13"/>
       <c r="C261" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D261" s="7">
-        <v>0.51</v>
+        <v>0.52</v>
       </c>
       <c r="E261" s="29">
-        <v>0.72</v>
+        <v>0.66</v>
       </c>
       <c r="F261" s="29">
-        <v>0.86</v>
+        <v>0.81</v>
       </c>
       <c r="G261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M261" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P261" s="7">
-        <v>0.27</v>
+        <v>0.23</v>
       </c>
       <c r="Q261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R261" s="7">
-        <v>0.43</v>
+        <v>0.35</v>
       </c>
       <c r="S261" s="7">
-        <v>0.62</v>
+        <v>0.54</v>
       </c>
       <c r="T261" s="7">
-        <v>0.83</v>
+        <v>0.64</v>
       </c>
       <c r="U261" s="7">
-        <v>0.85</v>
+        <v>0.68</v>
       </c>
       <c r="V261" s="7">
-        <v>1</v>
+        <v>0.79</v>
       </c>
       <c r="W261" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="X261" s="7">
-        <v>1.17</v>
+      <c r="X261" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="Y261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD261" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE261" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="AF261" s="7">
-        <v>1.65</v>
+      <c r="AF261" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="AG261" s="30"/>
       <c r="AH261" s="30"/>
       <c r="AI261" s="30"/>
       <c r="AJ261" s="30"/>
       <c r="AK261" s="30"/>
       <c r="AL261" s="30"/>
       <c r="AM261" s="30"/>
       <c r="AN261" s="30"/>
       <c r="AO261" s="30"/>
       <c r="AP261" s="30"/>
       <c r="AQ261" s="30"/>
       <c r="AR261" s="30"/>
       <c r="AS261" s="30"/>
       <c r="AT261" s="30"/>
       <c r="AU261" s="30"/>
       <c r="AV261" s="30"/>
     </row>
     <row r="262" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B262" s="13"/>
       <c r="C262" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D262" s="7">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
       <c r="E262" s="29">
-        <v>0.66</v>
+        <v>0.72</v>
       </c>
       <c r="F262" s="29">
-        <v>0.82</v>
+        <v>0.86</v>
       </c>
       <c r="G262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M262" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P262" s="7">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
       <c r="Q262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R262" s="7">
-        <v>0.37</v>
+        <v>0.43</v>
       </c>
       <c r="S262" s="7">
-        <v>0.53</v>
+        <v>0.62</v>
       </c>
       <c r="T262" s="7">
-        <v>0.77</v>
+        <v>0.83</v>
       </c>
       <c r="U262" s="7">
-        <v>0.81</v>
+        <v>0.85</v>
       </c>
       <c r="V262" s="7">
-        <v>0.96</v>
+        <v>1</v>
       </c>
       <c r="W262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X262" s="7">
-        <v>1.1399999999999999</v>
+        <v>1.17</v>
       </c>
       <c r="Y262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE262" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF262" s="7">
-        <v>1.63</v>
+        <v>1.65</v>
       </c>
       <c r="AG262" s="30"/>
       <c r="AH262" s="30"/>
       <c r="AI262" s="30"/>
       <c r="AJ262" s="30"/>
       <c r="AK262" s="30"/>
       <c r="AL262" s="30"/>
       <c r="AM262" s="30"/>
       <c r="AN262" s="30"/>
       <c r="AO262" s="30"/>
       <c r="AP262" s="30"/>
       <c r="AQ262" s="30"/>
       <c r="AR262" s="30"/>
       <c r="AS262" s="30"/>
       <c r="AT262" s="30"/>
       <c r="AU262" s="30"/>
       <c r="AV262" s="30"/>
     </row>
     <row r="263" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B263" s="13"/>
       <c r="C263" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D263" s="7">
         <v>0.5</v>
       </c>
       <c r="E263" s="29">
-        <v>0.55000000000000004</v>
+        <v>0.66</v>
       </c>
       <c r="F263" s="29">
-        <v>0.7</v>
+        <v>0.82</v>
       </c>
       <c r="G263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M263" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P263" s="7">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="Q263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R263" s="7">
-        <v>0.41</v>
+        <v>0.37</v>
       </c>
       <c r="S263" s="7">
-        <v>0.56999999999999995</v>
+        <v>0.53</v>
       </c>
       <c r="T263" s="7">
-        <v>0.82</v>
+        <v>0.77</v>
       </c>
       <c r="U263" s="7">
-        <v>0.9</v>
+        <v>0.81</v>
       </c>
       <c r="V263" s="7">
-        <v>1.1100000000000001</v>
+        <v>0.96</v>
       </c>
       <c r="W263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X263" s="7">
-        <v>1.28</v>
+        <v>1.1399999999999999</v>
       </c>
       <c r="Y263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE263" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF263" s="7">
-        <v>1.73</v>
+        <v>1.63</v>
       </c>
       <c r="AG263" s="30"/>
       <c r="AH263" s="30"/>
       <c r="AI263" s="30"/>
       <c r="AJ263" s="30"/>
       <c r="AK263" s="30"/>
       <c r="AL263" s="30"/>
       <c r="AM263" s="30"/>
       <c r="AN263" s="30"/>
       <c r="AO263" s="30"/>
       <c r="AP263" s="30"/>
       <c r="AQ263" s="30"/>
       <c r="AR263" s="30"/>
       <c r="AS263" s="30"/>
       <c r="AT263" s="30"/>
       <c r="AU263" s="30"/>
       <c r="AV263" s="30"/>
     </row>
     <row r="264" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B264" s="13"/>
       <c r="C264" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D264" s="7">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="E264" s="29">
-        <v>0.54</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="F264" s="29">
-        <v>0.69</v>
+        <v>0.7</v>
       </c>
       <c r="G264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M264" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P264" s="7">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
       <c r="Q264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R264" s="7">
-        <v>0.36</v>
+        <v>0.41</v>
       </c>
       <c r="S264" s="7">
-        <v>0.55000000000000004</v>
+        <v>0.56999999999999995</v>
       </c>
       <c r="T264" s="7">
-        <v>0.77</v>
+        <v>0.82</v>
       </c>
       <c r="U264" s="7">
-        <v>0.86</v>
+        <v>0.9</v>
       </c>
       <c r="V264" s="7">
-        <v>1.06</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="W264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X264" s="7">
-        <v>1.21</v>
+        <v>1.28</v>
       </c>
       <c r="Y264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE264" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF264" s="7">
-        <v>1.68</v>
+        <v>1.73</v>
       </c>
       <c r="AG264" s="30"/>
       <c r="AH264" s="30"/>
       <c r="AI264" s="30"/>
       <c r="AJ264" s="30"/>
       <c r="AK264" s="30"/>
       <c r="AL264" s="30"/>
       <c r="AM264" s="30"/>
       <c r="AN264" s="30"/>
       <c r="AO264" s="30"/>
       <c r="AP264" s="30"/>
       <c r="AQ264" s="30"/>
       <c r="AR264" s="30"/>
       <c r="AS264" s="30"/>
       <c r="AT264" s="30"/>
       <c r="AU264" s="30"/>
       <c r="AV264" s="30"/>
     </row>
     <row r="265" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B265" s="13"/>
       <c r="C265" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D265" s="7">
-        <v>0.44999999999999996</v>
+        <v>0.49</v>
       </c>
       <c r="E265" s="29">
-        <v>0.61</v>
+        <v>0.54</v>
       </c>
       <c r="F265" s="29">
-        <v>0.75</v>
+        <v>0.69</v>
       </c>
       <c r="G265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M265" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P265" s="7">
-        <v>-0.03</v>
+        <v>0.02</v>
       </c>
       <c r="Q265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R265" s="7">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
       <c r="S265" s="7">
-        <v>0.51</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="T265" s="7">
-        <v>0.72</v>
+        <v>0.77</v>
       </c>
       <c r="U265" s="7">
-        <v>0.81</v>
+        <v>0.86</v>
       </c>
       <c r="V265" s="7">
-        <v>0.98</v>
+        <v>1.06</v>
       </c>
       <c r="W265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X265" s="7">
-        <v>1.1200000000000001</v>
+        <v>1.21</v>
       </c>
       <c r="Y265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE265" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF265" s="7">
-        <v>1.61</v>
+        <v>1.68</v>
       </c>
       <c r="AG265" s="30"/>
       <c r="AH265" s="30"/>
       <c r="AI265" s="30"/>
       <c r="AJ265" s="30"/>
       <c r="AK265" s="30"/>
       <c r="AL265" s="30"/>
       <c r="AM265" s="30"/>
       <c r="AN265" s="30"/>
       <c r="AO265" s="30"/>
       <c r="AP265" s="30"/>
       <c r="AQ265" s="30"/>
       <c r="AR265" s="30"/>
       <c r="AS265" s="30"/>
       <c r="AT265" s="30"/>
       <c r="AU265" s="30"/>
       <c r="AV265" s="30"/>
     </row>
     <row r="266" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B266" s="13"/>
       <c r="C266" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D266" s="7">
-        <v>0.43</v>
+        <v>0.44999999999999996</v>
       </c>
       <c r="E266" s="29">
-        <v>0.68</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.61</v>
+      </c>
+      <c r="F266" s="29">
+        <v>0.75</v>
       </c>
       <c r="G266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M266" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P266" s="7">
-        <v>-0.08</v>
+        <v>-0.03</v>
       </c>
       <c r="Q266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R266" s="7">
-        <v>0.22</v>
+        <v>0.32</v>
       </c>
       <c r="S266" s="7">
-        <v>0.41</v>
+        <v>0.51</v>
       </c>
       <c r="T266" s="7">
-        <v>0.62</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.72</v>
+      </c>
+      <c r="U266" s="7">
+        <v>0.81</v>
       </c>
       <c r="V266" s="7">
-        <v>0.77</v>
+        <v>0.98</v>
       </c>
       <c r="W266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X266" s="7">
-        <v>0.93</v>
+        <v>1.1200000000000001</v>
       </c>
       <c r="Y266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE266" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF266" s="7">
-        <v>1.44</v>
+        <v>1.61</v>
       </c>
       <c r="AG266" s="30"/>
       <c r="AH266" s="30"/>
       <c r="AI266" s="30"/>
       <c r="AJ266" s="30"/>
       <c r="AK266" s="30"/>
       <c r="AL266" s="30"/>
       <c r="AM266" s="30"/>
       <c r="AN266" s="30"/>
       <c r="AO266" s="30"/>
       <c r="AP266" s="30"/>
       <c r="AQ266" s="30"/>
       <c r="AR266" s="30"/>
       <c r="AS266" s="30"/>
       <c r="AT266" s="30"/>
       <c r="AU266" s="30"/>
       <c r="AV266" s="30"/>
     </row>
     <row r="267" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B267" s="13"/>
       <c r="C267" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D267" s="7">
-        <v>0.37</v>
+        <v>0.43</v>
       </c>
       <c r="E267" s="29">
-        <v>0.78</v>
+        <v>0.68</v>
       </c>
       <c r="F267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M267" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N267" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="O267" s="7">
-        <v>0.06</v>
+      <c r="O267" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="P267" s="7">
-        <v>-7.0000000000000007E-2</v>
-[...2 lines deleted...]
-        <v>0.34</v>
+        <v>-0.08</v>
+      </c>
+      <c r="Q267" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="R267" s="7">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
       <c r="S267" s="7">
-        <v>0.45</v>
+        <v>0.41</v>
       </c>
       <c r="T267" s="7">
-        <v>0.67</v>
+        <v>0.62</v>
       </c>
       <c r="U267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V267" s="7">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>1.0900000000000001</v>
+        <v>0.77</v>
+      </c>
+      <c r="W267" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="X267" s="7">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="Y267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC267" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD267" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="AE267" s="7">
-        <v>1.54</v>
+      <c r="AE267" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="AF267" s="7">
-        <v>1.43</v>
+        <v>1.44</v>
       </c>
       <c r="AG267" s="30"/>
       <c r="AH267" s="30"/>
       <c r="AI267" s="30"/>
       <c r="AJ267" s="30"/>
       <c r="AK267" s="30"/>
       <c r="AL267" s="30"/>
       <c r="AM267" s="30"/>
       <c r="AN267" s="30"/>
       <c r="AO267" s="30"/>
       <c r="AP267" s="30"/>
       <c r="AQ267" s="30"/>
       <c r="AR267" s="30"/>
       <c r="AS267" s="30"/>
       <c r="AT267" s="30"/>
       <c r="AU267" s="30"/>
       <c r="AV267" s="30"/>
     </row>
     <row r="268" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B268" s="13"/>
       <c r="C268" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D268" s="7">
-        <v>0.32</v>
+        <v>0.37</v>
       </c>
       <c r="E268" s="29">
-        <v>1.06</v>
+        <v>0.78</v>
       </c>
       <c r="F268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M268" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O268" s="7">
-        <v>0.12</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.06</v>
+      </c>
+      <c r="P268" s="7">
+        <v>-7.0000000000000007E-2</v>
       </c>
       <c r="Q268" s="7">
-        <v>0.41</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.34</v>
+      </c>
+      <c r="R268" s="7">
+        <v>0.25</v>
       </c>
       <c r="S268" s="7">
-        <v>0.57999999999999996</v>
+        <v>0.45</v>
       </c>
       <c r="T268" s="7">
-        <v>0.82</v>
+        <v>0.67</v>
       </c>
       <c r="U268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V268" s="7">
-        <v>1.08</v>
+        <v>0.89</v>
       </c>
       <c r="W268" s="7">
-        <v>1.27</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="X268" s="7">
+        <v>0.92</v>
       </c>
       <c r="Y268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD268" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE268" s="7">
-        <v>1.67</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.54</v>
+      </c>
+      <c r="AF268" s="7">
+        <v>1.43</v>
       </c>
       <c r="AG268" s="30"/>
       <c r="AH268" s="30"/>
       <c r="AI268" s="30"/>
       <c r="AJ268" s="30"/>
       <c r="AK268" s="30"/>
       <c r="AL268" s="30"/>
       <c r="AM268" s="30"/>
       <c r="AN268" s="30"/>
       <c r="AO268" s="30"/>
       <c r="AP268" s="30"/>
       <c r="AQ268" s="30"/>
       <c r="AR268" s="30"/>
       <c r="AS268" s="30"/>
       <c r="AT268" s="30"/>
       <c r="AU268" s="30"/>
       <c r="AV268" s="30"/>
     </row>
     <row r="269" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B269" s="13"/>
       <c r="C269" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D269" s="7">
         <v>0.32</v>
       </c>
       <c r="E269" s="29">
-        <v>1.17</v>
+        <v>1.06</v>
       </c>
       <c r="F269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M269" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O269" s="7">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
       <c r="P269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q269" s="7">
-        <v>0.48</v>
+        <v>0.41</v>
       </c>
       <c r="R269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="S269" s="7">
-        <v>0.67</v>
+        <v>0.57999999999999996</v>
       </c>
       <c r="T269" s="7">
-        <v>0.91</v>
+        <v>0.82</v>
       </c>
       <c r="U269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="V269" s="7">
-        <v>1.1599999999999999</v>
+        <v>1.08</v>
       </c>
       <c r="W269" s="7">
-        <v>1.3</v>
+        <v>1.27</v>
       </c>
       <c r="X269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE269" s="7">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
       <c r="AF269" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG269" s="30"/>
       <c r="AH269" s="30"/>
       <c r="AI269" s="30"/>
       <c r="AJ269" s="30"/>
       <c r="AK269" s="30"/>
       <c r="AL269" s="30"/>
       <c r="AM269" s="30"/>
       <c r="AN269" s="30"/>
       <c r="AO269" s="30"/>
       <c r="AP269" s="30"/>
       <c r="AQ269" s="30"/>
       <c r="AR269" s="30"/>
       <c r="AS269" s="30"/>
       <c r="AT269" s="30"/>
       <c r="AU269" s="30"/>
       <c r="AV269" s="30"/>
     </row>
     <row r="270" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B270" s="23"/>
-[...45 lines deleted...]
-      <c r="R270" s="8">
+      <c r="B270" s="13"/>
+      <c r="C270" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D270" s="7">
+        <v>0.32</v>
+      </c>
+      <c r="E270" s="29">
+        <v>1.17</v>
+      </c>
+      <c r="F270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M270" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O270" s="7">
+        <v>0.17</v>
+      </c>
+      <c r="P270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q270" s="7">
+        <v>0.48</v>
+      </c>
+      <c r="R270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="S270" s="7">
         <v>0.67</v>
       </c>
-      <c r="S270" s="8">
-[...56 lines deleted...]
-      <c r="AV270" s="37"/>
+      <c r="T270" s="7">
+        <v>0.91</v>
+      </c>
+      <c r="U270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="V270" s="7">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="W270" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="X270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE270" s="7">
+        <v>1.66</v>
+      </c>
+      <c r="AF270" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG270" s="30"/>
+      <c r="AH270" s="30"/>
+      <c r="AI270" s="30"/>
+      <c r="AJ270" s="30"/>
+      <c r="AK270" s="30"/>
+      <c r="AL270" s="30"/>
+      <c r="AM270" s="30"/>
+      <c r="AN270" s="30"/>
+      <c r="AO270" s="30"/>
+      <c r="AP270" s="30"/>
+      <c r="AQ270" s="30"/>
+      <c r="AR270" s="30"/>
+      <c r="AS270" s="30"/>
+      <c r="AT270" s="30"/>
+      <c r="AU270" s="30"/>
+      <c r="AV270" s="30"/>
     </row>
     <row r="271" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B271" s="13">
-[...53 lines deleted...]
-      <c r="T271" s="7">
+      <c r="B271" s="23"/>
+      <c r="C271" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D271" s="8">
+        <v>0.38</v>
+      </c>
+      <c r="E271" s="36">
+        <v>1.34</v>
+      </c>
+      <c r="F271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M271" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O271" s="8">
+        <v>0.11</v>
+      </c>
+      <c r="P271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q271" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="R271" s="8">
+        <v>0.67</v>
+      </c>
+      <c r="S271" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="T271" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="U271" s="8">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="V271" s="8">
+        <v>1.18</v>
+      </c>
+      <c r="W271" s="8">
         <v>1.23</v>
       </c>
-      <c r="U271" s="7">
-[...50 lines deleted...]
-      <c r="AV271" s="30"/>
+      <c r="X271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE271" s="8">
+        <v>1.56</v>
+      </c>
+      <c r="AF271" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG271" s="37"/>
+      <c r="AH271" s="37"/>
+      <c r="AI271" s="37"/>
+      <c r="AJ271" s="37"/>
+      <c r="AK271" s="37"/>
+      <c r="AL271" s="37"/>
+      <c r="AM271" s="37"/>
+      <c r="AN271" s="37"/>
+      <c r="AO271" s="37"/>
+      <c r="AP271" s="37"/>
+      <c r="AQ271" s="37"/>
+      <c r="AR271" s="37"/>
+      <c r="AS271" s="37"/>
+      <c r="AT271" s="37"/>
+      <c r="AU271" s="37"/>
+      <c r="AV271" s="37"/>
     </row>
     <row r="272" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B272" s="13"/>
+      <c r="B272" s="13">
+        <v>2022</v>
+      </c>
       <c r="C272" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D272" s="7">
+        <v>0.70000000000000007</v>
+      </c>
+      <c r="E272" s="29">
+        <v>1.66</v>
+      </c>
+      <c r="F272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M272" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N272" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O272" s="7">
+        <v>0.16</v>
+      </c>
+      <c r="P272" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q272" s="7">
+        <v>0.66</v>
+      </c>
+      <c r="R272" s="7">
+        <v>0.84</v>
+      </c>
+      <c r="S272" s="7">
+        <v>1.07</v>
+      </c>
+      <c r="T272" s="7">
         <v>1.23</v>
       </c>
-      <c r="E272" s="29">
-[...46 lines deleted...]
-      </c>
       <c r="U272" s="7">
-        <v>2</v>
+        <v>1.33</v>
       </c>
       <c r="V272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="W272" s="7">
-        <v>2.08</v>
+        <v>1.46</v>
       </c>
       <c r="X272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE272" s="7">
-        <v>2.29</v>
+        <v>1.77</v>
       </c>
       <c r="AF272" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG272" s="30"/>
       <c r="AH272" s="30"/>
       <c r="AI272" s="30"/>
       <c r="AJ272" s="30"/>
       <c r="AK272" s="30"/>
       <c r="AL272" s="30"/>
       <c r="AM272" s="30"/>
       <c r="AN272" s="30"/>
       <c r="AO272" s="30"/>
       <c r="AP272" s="30"/>
       <c r="AQ272" s="30"/>
       <c r="AR272" s="30"/>
       <c r="AS272" s="30"/>
       <c r="AT272" s="30"/>
       <c r="AU272" s="30"/>
       <c r="AV272" s="30"/>
     </row>
     <row r="273" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B273" s="13"/>
       <c r="C273" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D273" s="7">
+        <v>1.23</v>
+      </c>
+      <c r="E273" s="29">
+        <v>2.0299999999999998</v>
+      </c>
+      <c r="F273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M273" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O273" s="7">
+        <v>0.61</v>
+      </c>
+      <c r="P273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q273" s="7">
+        <v>1.26</v>
+      </c>
+      <c r="R273" s="7">
+        <v>1.43</v>
+      </c>
+      <c r="S273" s="7">
+        <v>1.73</v>
+      </c>
+      <c r="T273" s="7">
+        <v>1.85</v>
+      </c>
+      <c r="U273" s="7">
+        <v>2</v>
+      </c>
+      <c r="V273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="W273" s="7">
         <v>2.08</v>
       </c>
-      <c r="E273" s="29">
-[...47 lines deleted...]
-      <c r="U273" s="7">
+      <c r="X273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD273" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE273" s="7">
         <v>2.29</v>
-      </c>
-[...28 lines deleted...]
-        <v>2.5299999999999998</v>
       </c>
       <c r="AF273" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG273" s="30"/>
       <c r="AH273" s="30"/>
       <c r="AI273" s="30"/>
       <c r="AJ273" s="30"/>
       <c r="AK273" s="30"/>
       <c r="AL273" s="30"/>
       <c r="AM273" s="30"/>
       <c r="AN273" s="30"/>
       <c r="AO273" s="30"/>
       <c r="AP273" s="30"/>
       <c r="AQ273" s="30"/>
       <c r="AR273" s="30"/>
       <c r="AS273" s="30"/>
       <c r="AT273" s="30"/>
       <c r="AU273" s="30"/>
       <c r="AV273" s="30"/>
     </row>
     <row r="274" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B274" s="13"/>
       <c r="C274" s="14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D274" s="7">
-        <v>2.44</v>
+        <v>2.08</v>
       </c>
       <c r="E274" s="29">
-        <v>3.22</v>
+        <v>2.68</v>
       </c>
       <c r="F274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M274" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O274" s="7">
-        <v>1.25</v>
+        <v>0.94</v>
       </c>
       <c r="P274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q274" s="7">
-        <v>1.98</v>
+        <v>1.72</v>
       </c>
       <c r="R274" s="7">
-        <v>2.13</v>
+        <v>1.83</v>
       </c>
       <c r="S274" s="7">
-        <v>2.5499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="T274" s="7">
-        <v>2.62</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="U274" s="7">
-        <v>2.71</v>
-[...2 lines deleted...]
-        <v>3.07</v>
+        <v>2.29</v>
+      </c>
+      <c r="V274" s="7" t="s">
+        <v>1</v>
       </c>
       <c r="W274" s="7">
-        <v>2.79</v>
+        <v>2.33</v>
       </c>
       <c r="X274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE274" s="7">
-        <v>2.88</v>
+        <v>2.5299999999999998</v>
       </c>
       <c r="AF274" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG274" s="30"/>
       <c r="AH274" s="30"/>
       <c r="AI274" s="30"/>
       <c r="AJ274" s="30"/>
       <c r="AK274" s="30"/>
       <c r="AL274" s="30"/>
       <c r="AM274" s="30"/>
       <c r="AN274" s="30"/>
       <c r="AO274" s="30"/>
       <c r="AP274" s="30"/>
       <c r="AQ274" s="30"/>
       <c r="AR274" s="30"/>
       <c r="AS274" s="30"/>
       <c r="AT274" s="30"/>
       <c r="AU274" s="30"/>
       <c r="AV274" s="30"/>
     </row>
     <row r="275" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B275" s="13"/>
       <c r="C275" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D275" s="7">
-        <v>2.96</v>
+        <v>2.44</v>
       </c>
       <c r="E275" s="29">
-        <v>4.01</v>
+        <v>3.22</v>
       </c>
       <c r="F275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M275" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O275" s="7">
-        <v>1.71</v>
+        <v>1.25</v>
       </c>
       <c r="P275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q275" s="7">
-        <v>2.31</v>
+        <v>1.98</v>
       </c>
       <c r="R275" s="7">
-        <v>2.4500000000000002</v>
+        <v>2.13</v>
       </c>
       <c r="S275" s="7">
-        <v>2.97</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="T275" s="7">
-        <v>3.02</v>
+        <v>2.62</v>
       </c>
       <c r="U275" s="7">
-        <v>3.18</v>
+        <v>2.71</v>
       </c>
       <c r="V275" s="7">
-        <v>3.27</v>
+        <v>3.07</v>
       </c>
       <c r="W275" s="7">
-        <v>3.28</v>
+        <v>2.79</v>
       </c>
       <c r="X275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE275" s="7">
-        <v>3.38</v>
+        <v>2.88</v>
       </c>
       <c r="AF275" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG275" s="30"/>
       <c r="AH275" s="30"/>
       <c r="AI275" s="30"/>
       <c r="AJ275" s="30"/>
       <c r="AK275" s="30"/>
       <c r="AL275" s="30"/>
       <c r="AM275" s="30"/>
       <c r="AN275" s="30"/>
       <c r="AO275" s="30"/>
       <c r="AP275" s="30"/>
       <c r="AQ275" s="30"/>
       <c r="AR275" s="30"/>
       <c r="AS275" s="30"/>
       <c r="AT275" s="30"/>
       <c r="AU275" s="30"/>
       <c r="AV275" s="30"/>
     </row>
     <row r="276" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B276" s="13"/>
       <c r="C276" s="14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D276" s="7">
+        <v>2.96</v>
+      </c>
+      <c r="E276" s="29">
+        <v>4.01</v>
+      </c>
+      <c r="F276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M276" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N276" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O276" s="7">
+        <v>1.71</v>
+      </c>
+      <c r="P276" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q276" s="7">
+        <v>2.31</v>
+      </c>
+      <c r="R276" s="7">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="S276" s="7">
+        <v>2.97</v>
+      </c>
+      <c r="T276" s="7">
         <v>3.02</v>
       </c>
-      <c r="E276" s="29">
-[...46 lines deleted...]
-      </c>
       <c r="U276" s="7">
-        <v>3.42</v>
+        <v>3.18</v>
       </c>
       <c r="V276" s="7">
-        <v>3.54</v>
+        <v>3.27</v>
       </c>
       <c r="W276" s="7">
-        <v>3.55</v>
+        <v>3.28</v>
       </c>
       <c r="X276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE276" s="7">
-        <v>3.65</v>
+        <v>3.38</v>
       </c>
       <c r="AF276" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG276" s="30"/>
       <c r="AH276" s="30"/>
       <c r="AI276" s="30"/>
       <c r="AJ276" s="30"/>
       <c r="AK276" s="30"/>
       <c r="AL276" s="30"/>
       <c r="AM276" s="30"/>
       <c r="AN276" s="30"/>
       <c r="AO276" s="30"/>
       <c r="AP276" s="30"/>
       <c r="AQ276" s="30"/>
       <c r="AR276" s="30"/>
       <c r="AS276" s="30"/>
       <c r="AT276" s="30"/>
       <c r="AU276" s="30"/>
       <c r="AV276" s="30"/>
     </row>
     <row r="277" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B277" s="13"/>
       <c r="C277" s="14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D277" s="7">
-        <v>3.3099999999999996</v>
+        <v>3.02</v>
       </c>
       <c r="E277" s="29">
-        <v>4.1100000000000003</v>
+        <v>4.17</v>
       </c>
       <c r="F277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M277" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O277" s="7">
-        <v>1.69</v>
+        <v>2.06</v>
       </c>
       <c r="P277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q277" s="7">
-        <v>2.2200000000000002</v>
+        <v>2.5299999999999998</v>
       </c>
       <c r="R277" s="7">
-        <v>2.61</v>
+        <v>2.84</v>
       </c>
       <c r="S277" s="7">
-        <v>3.05</v>
+        <v>3.24</v>
       </c>
       <c r="T277" s="7">
-        <v>3.07</v>
+        <v>3.39</v>
       </c>
       <c r="U277" s="7">
-        <v>3.14</v>
+        <v>3.42</v>
       </c>
       <c r="V277" s="7">
-        <v>3.25</v>
+        <v>3.54</v>
       </c>
       <c r="W277" s="7">
-        <v>3.31</v>
+        <v>3.55</v>
       </c>
       <c r="X277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE277" s="7">
-        <v>3.58</v>
+        <v>3.65</v>
       </c>
       <c r="AF277" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG277" s="30"/>
       <c r="AH277" s="30"/>
       <c r="AI277" s="30"/>
       <c r="AJ277" s="30"/>
       <c r="AK277" s="30"/>
       <c r="AL277" s="30"/>
       <c r="AM277" s="30"/>
       <c r="AN277" s="30"/>
       <c r="AO277" s="30"/>
       <c r="AP277" s="30"/>
       <c r="AQ277" s="30"/>
       <c r="AR277" s="30"/>
       <c r="AS277" s="30"/>
       <c r="AT277" s="30"/>
       <c r="AU277" s="30"/>
       <c r="AV277" s="30"/>
     </row>
     <row r="278" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B278" s="13"/>
       <c r="C278" s="14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D278" s="7">
-        <v>2.48</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.3099999999999996</v>
+      </c>
+      <c r="E278" s="29">
+        <v>4.1100000000000003</v>
       </c>
       <c r="F278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M278" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="O278" s="7">
-        <v>1.56</v>
+        <v>1.69</v>
       </c>
       <c r="P278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Q278" s="7">
-        <v>2</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="R278" s="7">
-        <v>2.2200000000000002</v>
+        <v>2.61</v>
       </c>
       <c r="S278" s="7">
-        <v>2.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.05</v>
+      </c>
+      <c r="T278" s="7">
+        <v>3.07</v>
       </c>
       <c r="U278" s="7">
-        <v>2.81</v>
+        <v>3.14</v>
       </c>
       <c r="V278" s="7">
-        <v>2.87</v>
+        <v>3.25</v>
       </c>
       <c r="W278" s="7">
-        <v>2.9</v>
+        <v>3.31</v>
       </c>
       <c r="X278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AE278" s="7">
-        <v>3.18</v>
+        <v>3.58</v>
       </c>
       <c r="AF278" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG278" s="30"/>
       <c r="AH278" s="30"/>
       <c r="AI278" s="30"/>
       <c r="AJ278" s="30"/>
       <c r="AK278" s="30"/>
       <c r="AL278" s="30"/>
       <c r="AM278" s="30"/>
       <c r="AN278" s="30"/>
       <c r="AO278" s="30"/>
       <c r="AP278" s="30"/>
       <c r="AQ278" s="30"/>
       <c r="AR278" s="30"/>
       <c r="AS278" s="30"/>
       <c r="AT278" s="30"/>
       <c r="AU278" s="30"/>
       <c r="AV278" s="30"/>
     </row>
     <row r="279" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B279" s="13"/>
       <c r="C279" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D279" s="7">
+        <v>2.48</v>
+      </c>
+      <c r="E279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M279" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="O279" s="7">
+        <v>1.56</v>
+      </c>
+      <c r="P279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q279" s="7">
+        <v>2</v>
+      </c>
+      <c r="R279" s="7">
+        <v>2.2200000000000002</v>
+      </c>
+      <c r="S279" s="7">
+        <v>2.58</v>
+      </c>
+      <c r="T279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U279" s="7">
+        <v>2.81</v>
+      </c>
+      <c r="V279" s="7">
+        <v>2.87</v>
+      </c>
+      <c r="W279" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="X279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD279" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE279" s="7">
         <v>3.18</v>
-      </c>
-[...79 lines deleted...]
-        <v>3.56</v>
       </c>
       <c r="AF279" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG279" s="30"/>
       <c r="AH279" s="30"/>
       <c r="AI279" s="30"/>
       <c r="AJ279" s="30"/>
       <c r="AK279" s="30"/>
       <c r="AL279" s="30"/>
       <c r="AM279" s="30"/>
       <c r="AN279" s="30"/>
       <c r="AO279" s="30"/>
       <c r="AP279" s="30"/>
       <c r="AQ279" s="30"/>
       <c r="AR279" s="30"/>
       <c r="AS279" s="30"/>
       <c r="AT279" s="30"/>
       <c r="AU279" s="30"/>
       <c r="AV279" s="30"/>
     </row>
     <row r="280" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B280" s="13"/>
       <c r="C280" s="14" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D280" s="7">
-        <v>4.0199999999999996</v>
+        <v>3.18</v>
       </c>
       <c r="E280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M280" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N280" s="7">
-        <v>3.14</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.7</v>
+      </c>
+      <c r="O280" s="7">
+        <v>2.27</v>
       </c>
       <c r="P280" s="7">
-        <v>3.34</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.16</v>
+      </c>
+      <c r="Q280" s="7">
+        <v>2.5499999999999998</v>
       </c>
       <c r="R280" s="7">
-        <v>3.66</v>
+        <v>3.03</v>
       </c>
       <c r="S280" s="7">
-        <v>4.17</v>
+        <v>3.49</v>
       </c>
       <c r="T280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U280" s="7">
-        <v>4.43</v>
+        <v>3.7</v>
       </c>
       <c r="V280" s="7">
-        <v>4.57</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.81</v>
+      </c>
+      <c r="W280" s="7">
+        <v>3.54</v>
       </c>
       <c r="X280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD280" s="7">
-        <v>4.55</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.94</v>
+      </c>
+      <c r="AE280" s="7">
+        <v>3.56</v>
       </c>
       <c r="AF280" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG280" s="30"/>
       <c r="AH280" s="30"/>
       <c r="AI280" s="30"/>
       <c r="AJ280" s="30"/>
       <c r="AK280" s="30"/>
       <c r="AL280" s="30"/>
       <c r="AM280" s="30"/>
       <c r="AN280" s="30"/>
       <c r="AO280" s="30"/>
       <c r="AP280" s="30"/>
       <c r="AQ280" s="30"/>
       <c r="AR280" s="30"/>
       <c r="AS280" s="30"/>
       <c r="AT280" s="30"/>
       <c r="AU280" s="30"/>
       <c r="AV280" s="30"/>
     </row>
     <row r="281" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B281" s="13"/>
       <c r="C281" s="14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D281" s="7">
-        <v>3.5700000000000003</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="E281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="G281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="H281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="I281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="J281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="K281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="L281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="M281" s="29" t="s">
         <v>1</v>
       </c>
       <c r="N281" s="7">
-        <v>2.85</v>
+        <v>3.14</v>
       </c>
       <c r="O281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="P281" s="7">
-        <v>3.01</v>
+        <v>3.34</v>
       </c>
       <c r="Q281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="R281" s="7">
-        <v>3.27</v>
+        <v>3.66</v>
       </c>
       <c r="S281" s="7">
-        <v>3.71</v>
+        <v>4.17</v>
       </c>
       <c r="T281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U281" s="7">
-        <v>3.87</v>
+        <v>4.43</v>
       </c>
       <c r="V281" s="7">
-        <v>3.91</v>
+        <v>4.57</v>
       </c>
       <c r="W281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="X281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Y281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="Z281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AA281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AB281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AC281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD281" s="7">
-        <v>4.1500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="AE281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AF281" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AG281" s="30"/>
       <c r="AH281" s="30"/>
       <c r="AI281" s="30"/>
       <c r="AJ281" s="30"/>
       <c r="AK281" s="30"/>
       <c r="AL281" s="30"/>
       <c r="AM281" s="30"/>
       <c r="AN281" s="30"/>
       <c r="AO281" s="30"/>
       <c r="AP281" s="30"/>
       <c r="AQ281" s="30"/>
       <c r="AR281" s="30"/>
       <c r="AS281" s="30"/>
       <c r="AT281" s="30"/>
       <c r="AU281" s="30"/>
       <c r="AV281" s="30"/>
     </row>
     <row r="282" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B282" s="23"/>
-      <c r="C282" s="19" t="s">
+      <c r="B282" s="13"/>
+      <c r="C282" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D282" s="7">
+        <v>3.5700000000000003</v>
+      </c>
+      <c r="E282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="G282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="H282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="I282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="J282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="K282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="L282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="M282" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="N282" s="7">
+        <v>2.85</v>
+      </c>
+      <c r="O282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="P282" s="7">
+        <v>3.01</v>
+      </c>
+      <c r="Q282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="R282" s="7">
+        <v>3.27</v>
+      </c>
+      <c r="S282" s="7">
+        <v>3.71</v>
+      </c>
+      <c r="T282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U282" s="7">
+        <v>3.87</v>
+      </c>
+      <c r="V282" s="7">
+        <v>3.91</v>
+      </c>
+      <c r="W282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="X282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD282" s="7">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="AE282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF282" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG282" s="30"/>
+      <c r="AH282" s="30"/>
+      <c r="AI282" s="30"/>
+      <c r="AJ282" s="30"/>
+      <c r="AK282" s="30"/>
+      <c r="AL282" s="30"/>
+      <c r="AM282" s="30"/>
+      <c r="AN282" s="30"/>
+      <c r="AO282" s="30"/>
+      <c r="AP282" s="30"/>
+      <c r="AQ282" s="30"/>
+      <c r="AR282" s="30"/>
+      <c r="AS282" s="30"/>
+      <c r="AT282" s="30"/>
+      <c r="AU282" s="30"/>
+      <c r="AV282" s="30"/>
+    </row>
+    <row r="283" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="23"/>
+      <c r="C283" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="D282" s="8">
+      <c r="D283" s="8">
         <v>3.36</v>
       </c>
-      <c r="E282" s="36" t="s">
-[...26 lines deleted...]
-      <c r="N282" s="8">
+      <c r="E283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M283" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N283" s="8">
         <v>3</v>
       </c>
-      <c r="O282" s="8" t="s">
-[...2 lines deleted...]
-      <c r="P282" s="8">
+      <c r="O283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="P283" s="8">
         <v>3.06</v>
       </c>
-      <c r="Q282" s="8">
+      <c r="Q283" s="8">
         <v>3.39</v>
       </c>
-      <c r="R282" s="8">
+      <c r="R283" s="8">
         <v>3.35</v>
       </c>
-      <c r="S282" s="8">
+      <c r="S283" s="8">
         <v>3.63</v>
       </c>
-      <c r="T282" s="8">
+      <c r="T283" s="8">
         <v>3.87</v>
       </c>
-      <c r="U282" s="8">
+      <c r="U283" s="8">
         <v>3.69</v>
       </c>
-      <c r="V282" s="8">
+      <c r="V283" s="8">
         <v>3.76</v>
       </c>
-      <c r="W282" s="8" t="s">
-[...20 lines deleted...]
-      <c r="AD282" s="8">
+      <c r="W283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="X283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD283" s="8">
         <v>3.9</v>
       </c>
-      <c r="AE282" s="8" t="s">
-[...163 lines deleted...]
-      </c>
+      <c r="AE283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF283" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG283" s="37"/>
+      <c r="AH283" s="37"/>
+      <c r="AI283" s="37"/>
+      <c r="AJ283" s="37"/>
+      <c r="AK283" s="37"/>
+      <c r="AL283" s="37"/>
+      <c r="AM283" s="37"/>
+      <c r="AN283" s="37"/>
+      <c r="AO283" s="37"/>
+      <c r="AP283" s="37"/>
+      <c r="AQ283" s="37"/>
+      <c r="AR283" s="37"/>
+      <c r="AS283" s="37"/>
+      <c r="AT283" s="37"/>
+      <c r="AU283" s="37"/>
+      <c r="AV283" s="37"/>
     </row>
     <row r="284" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B284" s="24"/>
-[...1 lines deleted...]
-        <v>14</v>
+      <c r="B284" s="24">
+        <v>2023</v>
+      </c>
+      <c r="C284" s="25" t="s">
+        <v>13</v>
       </c>
       <c r="D284" s="10">
-        <v>3.7600000000000002</v>
-[...29 lines deleted...]
-        <v>3.4</v>
+        <v>3.65</v>
+      </c>
+      <c r="E284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="F284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="G284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="H284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="I284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="J284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="K284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="L284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="M284" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="N284" s="42">
+        <v>3.22</v>
       </c>
       <c r="O284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="P284" s="10">
-        <v>3.33</v>
+        <v>3.19</v>
       </c>
       <c r="Q284" s="10">
-        <v>3.54</v>
+        <v>3.39</v>
       </c>
       <c r="R284" s="10">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="S284" s="10">
+        <v>3.73</v>
+      </c>
+      <c r="T284" s="10">
+        <v>3.8</v>
+      </c>
+      <c r="U284" s="10">
         <v>3.82</v>
       </c>
-      <c r="T284" s="10">
-[...4 lines deleted...]
-      </c>
       <c r="V284" s="10">
-        <v>3.9</v>
+        <v>3.87</v>
       </c>
       <c r="W284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Y284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Z284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AA284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AB284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AC284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AD284" s="10">
-        <v>4.17</v>
+        <v>4.03</v>
       </c>
       <c r="AE284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AF284" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AG284" s="43">
-        <v>2.99</v>
+        <v>2.84</v>
       </c>
       <c r="AH284" s="43">
-        <v>3.01</v>
+        <v>2.92</v>
       </c>
       <c r="AI284" s="43">
-        <v>3.3</v>
+        <v>2.86</v>
       </c>
       <c r="AJ284" s="43">
-        <v>3.56</v>
+        <v>3.57</v>
       </c>
       <c r="AK284" s="43">
-        <v>3.71</v>
+        <v>3.65</v>
       </c>
       <c r="AL284" s="43">
-        <v>3.65</v>
+        <v>3.73</v>
       </c>
       <c r="AM284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN284" s="43">
-        <v>3.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.26</v>
+      </c>
+      <c r="AO284" s="43">
+        <v>3.47</v>
       </c>
       <c r="AP284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AQ284" s="43">
-        <v>3.86</v>
+        <v>3.83</v>
       </c>
       <c r="AR284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU284" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV284" s="43">
-        <v>3.62</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="285" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="24"/>
       <c r="C285" s="26" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D285" s="10">
-        <v>3.8600000000000003</v>
+        <v>3.7600000000000002</v>
       </c>
       <c r="E285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M285" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N285" s="10">
+        <v>3.4</v>
+      </c>
+      <c r="O285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="P285" s="10">
+        <v>3.33</v>
+      </c>
+      <c r="Q285" s="10">
+        <v>3.54</v>
+      </c>
+      <c r="R285" s="10">
+        <v>3.79</v>
+      </c>
+      <c r="S285" s="10">
+        <v>3.82</v>
+      </c>
+      <c r="T285" s="10">
+        <v>3.86</v>
+      </c>
+      <c r="U285" s="10">
+        <v>3.86</v>
+      </c>
+      <c r="V285" s="10">
+        <v>3.9</v>
+      </c>
+      <c r="W285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD285" s="10">
+        <v>4.17</v>
+      </c>
+      <c r="AE285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG285" s="43">
+        <v>2.99</v>
+      </c>
+      <c r="AH285" s="43">
+        <v>3.01</v>
+      </c>
+      <c r="AI285" s="43">
+        <v>3.3</v>
+      </c>
+      <c r="AJ285" s="43">
+        <v>3.56</v>
+      </c>
+      <c r="AK285" s="43">
+        <v>3.71</v>
+      </c>
+      <c r="AL285" s="43">
         <v>3.65</v>
       </c>
-      <c r="O285" s="10" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="AM285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN285" s="43">
-        <v>3.45</v>
+        <v>3.4</v>
       </c>
       <c r="AO285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AP285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AQ285" s="43">
-        <v>3.91</v>
+        <v>3.86</v>
       </c>
       <c r="AR285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU285" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV285" s="43">
-        <v>3.63</v>
+        <v>3.62</v>
       </c>
     </row>
     <row r="286" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="24"/>
       <c r="C286" s="26" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D286" s="10">
-        <v>3.7199999999999998</v>
+        <v>3.8600000000000003</v>
       </c>
       <c r="E286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M286" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N286" s="10">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="O286" s="10" t="s">
         <v>1</v>
       </c>
       <c r="P286" s="10">
-        <v>3.4</v>
+        <v>3.51</v>
       </c>
       <c r="Q286" s="10">
-        <v>3.55</v>
+        <v>3.72</v>
       </c>
       <c r="R286" s="10">
-        <v>3.73</v>
+        <v>3.92</v>
       </c>
       <c r="S286" s="10">
-        <v>3.81</v>
+        <v>3.93</v>
       </c>
       <c r="T286" s="10">
-        <v>3.84</v>
+        <v>3.92</v>
       </c>
       <c r="U286" s="10">
-        <v>3.84</v>
+        <v>3.96</v>
       </c>
       <c r="V286" s="10">
+        <v>4.01</v>
+      </c>
+      <c r="W286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD286" s="10">
+        <v>4.33</v>
+      </c>
+      <c r="AE286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF286" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG286" s="43">
+        <v>3.49</v>
+      </c>
+      <c r="AH286" s="43">
+        <v>3.38</v>
+      </c>
+      <c r="AI286" s="43">
+        <v>3.49</v>
+      </c>
+      <c r="AJ286" s="43">
+        <v>3.64</v>
+      </c>
+      <c r="AK286" s="43">
+        <v>3.9</v>
+      </c>
+      <c r="AL286" s="43">
+        <v>3.77</v>
+      </c>
+      <c r="AM286" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN286" s="43">
+        <v>3.45</v>
+      </c>
+      <c r="AO286" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP286" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ286" s="43">
         <v>3.91</v>
       </c>
-      <c r="W286" s="10" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="AR286" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS286" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT286" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU286" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV286" s="43">
-        <v>3.65</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="287" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B287" s="24"/>
       <c r="C287" s="26" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D287" s="10">
-        <v>3.71</v>
+        <v>3.7199999999999998</v>
       </c>
       <c r="E287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M287" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N287" s="10">
         <v>3.6</v>
       </c>
       <c r="O287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="P287" s="10">
         <v>3.4</v>
       </c>
       <c r="Q287" s="10">
-        <v>3.49</v>
+        <v>3.55</v>
       </c>
       <c r="R287" s="10">
-        <v>3.64</v>
+        <v>3.73</v>
       </c>
       <c r="S287" s="10">
-        <v>3.73</v>
+        <v>3.81</v>
       </c>
       <c r="T287" s="10">
-        <v>3.79</v>
+        <v>3.84</v>
       </c>
       <c r="U287" s="10">
-        <v>3.78</v>
+        <v>3.84</v>
       </c>
       <c r="V287" s="10">
-        <v>3.89</v>
+        <v>3.91</v>
       </c>
       <c r="W287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Y287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Z287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AA287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AB287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AC287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AD287" s="10">
-        <v>4.3600000000000003</v>
+        <v>4.29</v>
       </c>
       <c r="AE287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AF287" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AG287" s="43">
-        <v>3.42</v>
+        <v>3.41</v>
       </c>
       <c r="AH287" s="43">
-        <v>3.38</v>
+        <v>3.53</v>
       </c>
       <c r="AI287" s="43">
         <v>3.44</v>
       </c>
       <c r="AJ287" s="43">
-        <v>3.46</v>
+        <v>3.58</v>
       </c>
       <c r="AK287" s="43">
-        <v>3.58</v>
+        <v>3.71</v>
       </c>
       <c r="AL287" s="43">
-        <v>3.71</v>
+        <v>3.75</v>
       </c>
       <c r="AM287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN287" s="43">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
       <c r="AO287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AP287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AQ287" s="43">
-        <v>3.8</v>
+        <v>3.78</v>
       </c>
       <c r="AR287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU287" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV287" s="43">
-        <v>3.66</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="288" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B288" s="24"/>
       <c r="C288" s="26" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D288" s="10">
+        <v>3.71</v>
+      </c>
+      <c r="E288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="F288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="G288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="H288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="I288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="J288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="K288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="L288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="M288" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="N288" s="10">
+        <v>3.6</v>
+      </c>
+      <c r="O288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="P288" s="10">
+        <v>3.4</v>
+      </c>
+      <c r="Q288" s="10">
+        <v>3.49</v>
+      </c>
+      <c r="R288" s="10">
+        <v>3.64</v>
+      </c>
+      <c r="S288" s="10">
         <v>3.73</v>
       </c>
-      <c r="E288" s="44" t="s">
-[...32 lines deleted...]
-      <c r="P288" s="10">
+      <c r="T288" s="10">
+        <v>3.79</v>
+      </c>
+      <c r="U288" s="10">
+        <v>3.78</v>
+      </c>
+      <c r="V288" s="10">
+        <v>3.89</v>
+      </c>
+      <c r="W288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD288" s="10">
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="AE288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF288" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG288" s="43">
+        <v>3.42</v>
+      </c>
+      <c r="AH288" s="43">
+        <v>3.38</v>
+      </c>
+      <c r="AI288" s="43">
+        <v>3.44</v>
+      </c>
+      <c r="AJ288" s="43">
+        <v>3.46</v>
+      </c>
+      <c r="AK288" s="43">
+        <v>3.58</v>
+      </c>
+      <c r="AL288" s="43">
+        <v>3.71</v>
+      </c>
+      <c r="AM288" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN288" s="43">
         <v>3.37</v>
       </c>
-      <c r="Q288" s="10">
-[...70 lines deleted...]
-      </c>
       <c r="AO288" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="AP288" s="43">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="AP288" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ288" s="43">
+        <v>3.8</v>
       </c>
       <c r="AR288" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS288" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT288" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU288" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV288" s="43">
-        <v>3.67</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="289" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B289" s="24"/>
       <c r="C289" s="26" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D289" s="10">
+        <v>3.73</v>
+      </c>
+      <c r="E289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="F289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="G289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="H289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="I289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="J289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="K289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="L289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="M289" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="N289" s="10">
+        <v>3.73</v>
+      </c>
+      <c r="O289" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="P289" s="10">
+        <v>3.37</v>
+      </c>
+      <c r="Q289" s="10">
+        <v>3.46</v>
+      </c>
+      <c r="R289" s="10">
+        <v>3.54</v>
+      </c>
+      <c r="S289" s="10">
+        <v>3.61</v>
+      </c>
+      <c r="T289" s="10">
+        <v>3.69</v>
+      </c>
+      <c r="U289" s="10">
         <v>3.74</v>
       </c>
-      <c r="E289" s="44" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="V289" s="10">
-        <v>3.9</v>
+        <v>3.85</v>
       </c>
       <c r="W289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X289" s="10">
-        <v>4.08</v>
+        <v>4.05</v>
       </c>
       <c r="Y289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Z289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AA289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AB289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AC289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AD289" s="10">
-        <v>4.18</v>
+        <v>4.26</v>
       </c>
       <c r="AE289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AF289" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AG289" s="43">
-        <v>3.46</v>
+        <v>3.38</v>
       </c>
       <c r="AH289" s="43">
-        <v>3.54</v>
+        <v>3.43</v>
       </c>
       <c r="AI289" s="43">
-        <v>3.54</v>
+        <v>3.49</v>
       </c>
       <c r="AJ289" s="43">
-        <v>3.57</v>
+        <v>3.48</v>
       </c>
       <c r="AK289" s="43">
-        <v>3.48</v>
+        <v>3.56</v>
       </c>
       <c r="AL289" s="43">
-        <v>3.69</v>
+        <v>3.68</v>
       </c>
       <c r="AM289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN289" s="43">
-        <v>3.39</v>
+        <v>3.38</v>
       </c>
       <c r="AO289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AP289" s="43">
-        <v>3.93</v>
+        <v>3.85</v>
       </c>
       <c r="AQ289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AR289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU289" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV289" s="43">
-        <v>3.68</v>
+        <v>3.67</v>
       </c>
     </row>
     <row r="290" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B290" s="24"/>
       <c r="C290" s="26" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D290" s="10">
-        <v>3.9291</v>
+        <v>3.74</v>
       </c>
       <c r="E290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M290" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N290" s="10">
-        <v>3.91</v>
+        <v>3.8</v>
       </c>
       <c r="O290" s="10" t="s">
         <v>1</v>
       </c>
       <c r="P290" s="10">
-        <v>3.56</v>
+        <v>3.4</v>
       </c>
       <c r="Q290" s="10">
-        <v>3.63</v>
+        <v>3.5</v>
       </c>
       <c r="R290" s="10">
-        <v>3.67</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.58</v>
+      </c>
+      <c r="S290" s="10">
+        <v>3.6</v>
       </c>
       <c r="T290" s="10">
-        <v>3.89</v>
+        <v>3.81</v>
       </c>
       <c r="U290" s="10">
-        <v>3.91</v>
+        <v>3.83</v>
       </c>
       <c r="V290" s="10">
+        <v>3.9</v>
+      </c>
+      <c r="W290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X290" s="10">
+        <v>4.08</v>
+      </c>
+      <c r="Y290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD290" s="10">
+        <v>4.18</v>
+      </c>
+      <c r="AE290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG290" s="43">
+        <v>3.46</v>
+      </c>
+      <c r="AH290" s="43">
+        <v>3.54</v>
+      </c>
+      <c r="AI290" s="43">
+        <v>3.54</v>
+      </c>
+      <c r="AJ290" s="43">
+        <v>3.57</v>
+      </c>
+      <c r="AK290" s="43">
+        <v>3.48</v>
+      </c>
+      <c r="AL290" s="43">
+        <v>3.69</v>
+      </c>
+      <c r="AM290" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN290" s="43">
+        <v>3.39</v>
+      </c>
+      <c r="AO290" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP290" s="43">
         <v>3.93</v>
       </c>
-      <c r="W290" s="10" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="AQ290" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AR290" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS290" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT290" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU290" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AV290" s="43">
-        <v>3.69</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="291" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B291" s="24"/>
       <c r="C291" s="26" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D291" s="10">
-        <v>3.9525999999999999</v>
+        <v>3.9291</v>
       </c>
       <c r="E291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M291" s="44" t="s">
         <v>1</v>
       </c>
       <c r="N291" s="10">
-        <v>4.0199999999999996</v>
-[...2 lines deleted...]
-        <v>3.78</v>
+        <v>3.91</v>
+      </c>
+      <c r="O291" s="10" t="s">
+        <v>1</v>
       </c>
       <c r="P291" s="10">
-        <v>3.69</v>
+        <v>3.56</v>
       </c>
       <c r="Q291" s="10">
+        <v>3.63</v>
+      </c>
+      <c r="R291" s="10">
         <v>3.67</v>
       </c>
-      <c r="R291" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="S291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="T291" s="10">
-        <v>3.92</v>
+        <v>3.89</v>
       </c>
       <c r="U291" s="10">
-        <v>3.95</v>
+        <v>3.91</v>
       </c>
       <c r="V291" s="10">
-        <v>3.87</v>
+        <v>3.93</v>
       </c>
       <c r="W291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X291" s="10">
-        <v>4.1399999999999997</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="Y291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Z291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AA291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AB291" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="AC291" s="10">
-        <v>4.3600000000000003</v>
+      <c r="AC291" s="10" t="s">
+        <v>1</v>
       </c>
       <c r="AD291" s="10">
         <v>4.22</v>
       </c>
       <c r="AE291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AF291" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AG291" s="43">
-        <v>3.34</v>
+        <v>3.55</v>
       </c>
       <c r="AH291" s="43">
-        <v>3.72</v>
+        <v>3.63</v>
       </c>
       <c r="AI291" s="43">
-        <v>3.76</v>
+        <v>3.62</v>
       </c>
       <c r="AJ291" s="43">
         <v>3.67</v>
       </c>
       <c r="AK291" s="43">
-        <v>3.69</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.62</v>
+      </c>
+      <c r="AL291" s="43">
+        <v>3.71</v>
       </c>
       <c r="AM291" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN291" s="43">
-        <v>3.83</v>
+        <v>3.45</v>
       </c>
       <c r="AO291" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AP291" s="43">
-        <v>3.95</v>
+        <v>3.94</v>
       </c>
       <c r="AQ291" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AR291" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS291" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT291" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="AU291" s="43">
-        <v>4.16</v>
+      <c r="AU291" s="43" t="s">
+        <v>1</v>
       </c>
       <c r="AV291" s="43">
         <v>3.69</v>
       </c>
     </row>
     <row r="292" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B292" s="24"/>
       <c r="C292" s="26" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D292" s="10">
-        <v>4.1826999999999996</v>
+        <v>3.9525999999999999</v>
       </c>
       <c r="E292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="F292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="G292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="I292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="J292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="K292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="L292" s="44" t="s">
         <v>1</v>
       </c>
       <c r="M292" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="N292" s="10" t="s">
-        <v>1</v>
+      <c r="N292" s="10">
+        <v>4.0199999999999996</v>
       </c>
       <c r="O292" s="10">
-        <v>3.86</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.78</v>
+      </c>
+      <c r="P292" s="10">
+        <v>3.69</v>
       </c>
       <c r="Q292" s="10">
-        <v>3.84</v>
+        <v>3.67</v>
       </c>
       <c r="R292" s="10">
-        <v>4.05</v>
+        <v>3.78</v>
       </c>
       <c r="S292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="T292" s="10">
-        <v>4.09</v>
+        <v>3.92</v>
       </c>
       <c r="U292" s="10">
-        <v>4.1900000000000004</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.95</v>
+      </c>
+      <c r="V292" s="10">
+        <v>3.87</v>
       </c>
       <c r="W292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X292" s="10">
-        <v>4.3099999999999996</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="Y292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Z292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AA292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AB292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AC292" s="10">
-        <v>4.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.3600000000000003</v>
+      </c>
+      <c r="AD292" s="10">
+        <v>4.22</v>
       </c>
       <c r="AE292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AF292" s="10" t="s">
         <v>1</v>
       </c>
       <c r="AG292" s="43">
-        <v>3.24</v>
+        <v>3.34</v>
       </c>
       <c r="AH292" s="43">
+        <v>3.72</v>
+      </c>
+      <c r="AI292" s="43">
         <v>3.76</v>
       </c>
-      <c r="AI292" s="43">
-[...1 lines deleted...]
-      </c>
       <c r="AJ292" s="43">
-        <v>3.7</v>
+        <v>3.67</v>
       </c>
       <c r="AK292" s="43">
-        <v>3.77</v>
+        <v>3.69</v>
       </c>
       <c r="AL292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AM292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AN292" s="43">
-        <v>3.94</v>
+        <v>3.83</v>
       </c>
       <c r="AO292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AP292" s="43">
         <v>3.95</v>
       </c>
       <c r="AQ292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AR292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AS292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AT292" s="43" t="s">
         <v>1</v>
       </c>
       <c r="AU292" s="43">
-        <v>4.17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.16</v>
+      </c>
+      <c r="AV292" s="43">
+        <v>3.69</v>
       </c>
     </row>
     <row r="293" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B293" s="24"/>
       <c r="C293" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="D293" s="10">
+        <v>4.1826999999999996</v>
+      </c>
+      <c r="E293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="F293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="G293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="H293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="I293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="J293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="K293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="L293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="M293" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="N293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="O293" s="10">
+        <v>3.86</v>
+      </c>
+      <c r="P293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q293" s="10">
+        <v>3.84</v>
+      </c>
+      <c r="R293" s="10">
+        <v>4.05</v>
+      </c>
+      <c r="S293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="T293" s="10">
+        <v>4.09</v>
+      </c>
+      <c r="U293" s="10">
+        <v>4.1900000000000004</v>
+      </c>
+      <c r="V293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="W293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X293" s="10">
+        <v>4.3099999999999996</v>
+      </c>
+      <c r="Y293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC293" s="10">
+        <v>4.58</v>
+      </c>
+      <c r="AD293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF293" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG293" s="43">
+        <v>3.24</v>
+      </c>
+      <c r="AH293" s="43">
+        <v>3.76</v>
+      </c>
+      <c r="AI293" s="43">
+        <v>3.85</v>
+      </c>
+      <c r="AJ293" s="43">
+        <v>3.7</v>
+      </c>
+      <c r="AK293" s="43">
+        <v>3.77</v>
+      </c>
+      <c r="AL293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN293" s="43">
+        <v>3.94</v>
+      </c>
+      <c r="AO293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP293" s="43">
+        <v>3.95</v>
+      </c>
+      <c r="AQ293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT293" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU293" s="43">
+        <v>4.17</v>
+      </c>
+      <c r="AV293" s="43" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="294" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="24"/>
+      <c r="C294" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="D293" s="10">
+      <c r="D294" s="10">
         <v>3.9298000000000002</v>
       </c>
-      <c r="E293" s="44" t="s">
-[...29 lines deleted...]
-      <c r="O293" s="10">
+      <c r="E294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="F294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="G294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="H294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="I294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="J294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="K294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="L294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="M294" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="N294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="O294" s="10">
         <v>3.67</v>
       </c>
-      <c r="P293" s="10" t="s">
-[...2 lines deleted...]
-      <c r="Q293" s="10">
+      <c r="P294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q294" s="10">
         <v>3.63</v>
       </c>
-      <c r="R293" s="10">
+      <c r="R294" s="10">
         <v>3.76</v>
       </c>
-      <c r="S293" s="10" t="s">
-[...2 lines deleted...]
-      <c r="T293" s="10">
+      <c r="S294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="T294" s="10">
         <v>3.86</v>
       </c>
-      <c r="U293" s="10">
+      <c r="U294" s="10">
         <v>3.93</v>
       </c>
-      <c r="V293" s="10" t="s">
-[...5 lines deleted...]
-      <c r="X293" s="10">
+      <c r="V294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="W294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X294" s="10">
         <v>4.05</v>
       </c>
-      <c r="Y293" s="10" t="s">
-[...11 lines deleted...]
-      <c r="AC293" s="10">
+      <c r="Y294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC294" s="10">
         <v>4.32</v>
       </c>
-      <c r="AD293" s="10" t="s">
-[...8 lines deleted...]
-      <c r="AG293" s="43">
+      <c r="AD294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF294" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG294" s="43">
         <v>3.72</v>
       </c>
-      <c r="AH293" s="43">
+      <c r="AH294" s="43">
         <v>3.84</v>
       </c>
-      <c r="AI293" s="43">
+      <c r="AI294" s="43">
         <v>3.66</v>
       </c>
-      <c r="AJ293" s="43">
+      <c r="AJ294" s="43">
         <v>3.65</v>
       </c>
-      <c r="AK293" s="43">
+      <c r="AK294" s="43">
         <v>3.83</v>
       </c>
-      <c r="AL293" s="43" t="s">
-[...5 lines deleted...]
-      <c r="AN293" s="43">
+      <c r="AL294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN294" s="43">
         <v>3.97</v>
       </c>
-      <c r="AO293" s="43">
+      <c r="AO294" s="43">
         <v>3.78</v>
       </c>
-      <c r="AP293" s="43">
+      <c r="AP294" s="43">
         <v>3.97</v>
       </c>
-      <c r="AQ293" s="43" t="s">
-[...11 lines deleted...]
-      <c r="AU293" s="43">
+      <c r="AQ294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT294" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU294" s="43">
         <v>4.34</v>
       </c>
-      <c r="AV293" s="43" t="s">
+      <c r="AV294" s="43" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="294" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C294" s="19" t="s">
+    <row r="295" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="23"/>
+      <c r="C295" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="D294" s="8">
+      <c r="D295" s="8">
         <v>3.39</v>
       </c>
-      <c r="E294" s="36" t="s">
-[...29 lines deleted...]
-      <c r="O294" s="8">
+      <c r="E295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M295" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="O295" s="8">
         <v>3.16</v>
       </c>
-      <c r="P294" s="8">
+      <c r="P295" s="8">
         <v>2.81</v>
       </c>
-      <c r="Q294" s="8">
+      <c r="Q295" s="8">
         <v>3.08</v>
       </c>
-      <c r="R294" s="8">
+      <c r="R295" s="8">
         <v>3.15</v>
       </c>
-      <c r="S294" s="8">
+      <c r="S295" s="8">
         <v>3.13</v>
       </c>
-      <c r="T294" s="8">
+      <c r="T295" s="8">
         <v>3.33</v>
       </c>
-      <c r="U294" s="8">
+      <c r="U295" s="8">
         <v>3.37</v>
       </c>
-      <c r="V294" s="8" t="s">
-[...2 lines deleted...]
-      <c r="W294" s="8">
+      <c r="V295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="W295" s="8">
         <v>3.33</v>
       </c>
-      <c r="X294" s="8">
+      <c r="X295" s="8">
         <v>3.6</v>
       </c>
-      <c r="Y294" s="8" t="s">
-[...11 lines deleted...]
-      <c r="AC294" s="8">
+      <c r="Y295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC295" s="8">
         <v>3.84</v>
       </c>
-      <c r="AD294" s="8" t="s">
-[...8 lines deleted...]
-      <c r="AG294" s="37">
+      <c r="AD295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF295" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG295" s="37">
         <v>3.9</v>
       </c>
-      <c r="AH294" s="37">
+      <c r="AH295" s="37">
         <v>3.6</v>
       </c>
-      <c r="AI294" s="37">
+      <c r="AI295" s="37">
         <v>3.28</v>
       </c>
-      <c r="AJ294" s="37">
+      <c r="AJ295" s="37">
         <v>3.34</v>
       </c>
-      <c r="AK294" s="37">
+      <c r="AK295" s="37">
         <v>3.5</v>
       </c>
-      <c r="AL294" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AN294" s="37">
+      <c r="AL295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN295" s="37">
         <v>3.98</v>
       </c>
-      <c r="AO294" s="37">
+      <c r="AO295" s="37">
         <v>3.39</v>
       </c>
-      <c r="AP294" s="37">
+      <c r="AP295" s="37">
         <v>3.69</v>
       </c>
-      <c r="AQ294" s="37" t="s">
-[...11 lines deleted...]
-      <c r="AU294" s="37">
+      <c r="AQ295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT295" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU295" s="37">
         <v>4.04</v>
       </c>
-      <c r="AV294" s="37" t="s">
-[...142 lines deleted...]
-      <c r="AV295" s="50" t="s">
+      <c r="AV295" s="37" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B296" s="46"/>
+      <c r="B296" s="46">
+        <v>2024</v>
+      </c>
       <c r="C296" s="47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D296" s="48">
-        <v>3.3000000000000003</v>
+        <v>3.29</v>
       </c>
       <c r="E296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M296" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O296" s="48">
-        <v>3.14</v>
+        <v>3.1</v>
       </c>
       <c r="P296" s="48">
         <v>2.92</v>
       </c>
       <c r="Q296" s="48">
-        <v>3.15</v>
+        <v>3.18</v>
       </c>
       <c r="R296" s="48">
-        <v>3.19</v>
+        <v>3.14</v>
       </c>
       <c r="S296" s="48">
         <v>3.27</v>
       </c>
       <c r="T296" s="48">
-        <v>3.3</v>
+        <v>3.32</v>
       </c>
       <c r="U296" s="48">
-        <v>3.35</v>
+        <v>3.32</v>
       </c>
       <c r="V296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="W296" s="48">
-        <v>3.53</v>
+        <v>3.51</v>
       </c>
       <c r="X296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Y296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AC296" s="48">
-        <v>3.77</v>
+        <v>3.79</v>
       </c>
       <c r="AD296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF296" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG296" s="50">
-        <v>3.11</v>
+        <v>3.36</v>
       </c>
       <c r="AH296" s="50">
-        <v>3.67</v>
+        <v>3.56</v>
       </c>
       <c r="AI296" s="50">
-        <v>3</v>
+        <v>3.07</v>
       </c>
       <c r="AJ296" s="50">
-        <v>3.11</v>
+        <v>3.07</v>
       </c>
       <c r="AK296" s="50">
-        <v>3.05</v>
+        <v>3.03</v>
       </c>
       <c r="AL296" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM296" s="50">
-        <v>3.63</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.83</v>
+      </c>
+      <c r="AN296" s="50">
+        <v>4</v>
       </c>
       <c r="AO296" s="50">
-        <v>3.3</v>
+        <v>3.29</v>
       </c>
       <c r="AP296" s="50">
-        <v>3.36</v>
+        <v>3.28</v>
       </c>
       <c r="AQ296" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR296" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS296" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT296" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU296" s="50">
-        <v>3.75</v>
+        <v>3.73</v>
       </c>
       <c r="AV296" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B297" s="46"/>
       <c r="C297" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D297" s="48">
-        <v>3.29</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="E297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M297" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N297" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O297" s="48">
+        <v>3.14</v>
+      </c>
+      <c r="P297" s="48">
+        <v>2.92</v>
+      </c>
+      <c r="Q297" s="48">
+        <v>3.15</v>
+      </c>
+      <c r="R297" s="48">
         <v>3.19</v>
       </c>
-      <c r="P297" s="48">
-[...7 lines deleted...]
-      </c>
       <c r="S297" s="48">
-        <v>3.26</v>
+        <v>3.27</v>
       </c>
       <c r="T297" s="48">
-        <v>3.29</v>
+        <v>3.3</v>
       </c>
       <c r="U297" s="48">
+        <v>3.35</v>
+      </c>
+      <c r="V297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="W297" s="48">
+        <v>3.53</v>
+      </c>
+      <c r="X297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC297" s="48">
+        <v>3.77</v>
+      </c>
+      <c r="AD297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF297" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG297" s="50">
+        <v>3.11</v>
+      </c>
+      <c r="AH297" s="50">
+        <v>3.67</v>
+      </c>
+      <c r="AI297" s="50">
+        <v>3</v>
+      </c>
+      <c r="AJ297" s="50">
+        <v>3.11</v>
+      </c>
+      <c r="AK297" s="50">
+        <v>3.05</v>
+      </c>
+      <c r="AL297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM297" s="50">
+        <v>3.63</v>
+      </c>
+      <c r="AN297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AO297" s="50">
+        <v>3.3</v>
+      </c>
+      <c r="AP297" s="50">
         <v>3.36</v>
       </c>
-      <c r="V297" s="48">
-[...20 lines deleted...]
-      <c r="AC297" s="48">
+      <c r="AQ297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT297" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU297" s="50">
         <v>3.75</v>
-      </c>
-[...52 lines deleted...]
-        <v>3.76</v>
       </c>
       <c r="AV297" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B298" s="46"/>
       <c r="C298" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D298" s="48">
-        <v>3.34</v>
+        <v>3.29</v>
       </c>
       <c r="E298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M298" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N298" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O298" s="48">
-        <v>3.24</v>
+        <v>3.19</v>
       </c>
       <c r="P298" s="48">
+        <v>3.04</v>
+      </c>
+      <c r="Q298" s="48">
+        <v>3.16</v>
+      </c>
+      <c r="R298" s="48">
+        <v>3.17</v>
+      </c>
+      <c r="S298" s="48">
+        <v>3.26</v>
+      </c>
+      <c r="T298" s="48">
+        <v>3.29</v>
+      </c>
+      <c r="U298" s="48">
+        <v>3.36</v>
+      </c>
+      <c r="V298" s="48">
+        <v>3.47</v>
+      </c>
+      <c r="W298" s="48">
+        <v>3.54</v>
+      </c>
+      <c r="X298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC298" s="48">
+        <v>3.75</v>
+      </c>
+      <c r="AD298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF298" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG298" s="50">
+        <v>3.05</v>
+      </c>
+      <c r="AH298" s="50">
+        <v>3.71</v>
+      </c>
+      <c r="AI298" s="50">
+        <v>3.05</v>
+      </c>
+      <c r="AJ298" s="50">
+        <v>3.19</v>
+      </c>
+      <c r="AK298" s="50">
         <v>3.11</v>
       </c>
-      <c r="Q298" s="48">
-[...11 lines deleted...]
-      <c r="U298" s="48">
+      <c r="AL298" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM298" s="50">
+        <v>3.3</v>
+      </c>
+      <c r="AN298" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AO298" s="50">
+        <v>3.29</v>
+      </c>
+      <c r="AP298" s="50">
         <v>3.43</v>
       </c>
-      <c r="V298" s="48">
-[...61 lines deleted...]
-      </c>
       <c r="AQ298" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR298" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS298" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT298" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU298" s="50">
-        <v>3.59</v>
+        <v>3.76</v>
       </c>
       <c r="AV298" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B299" s="46"/>
       <c r="C299" s="47" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D299" s="48">
-        <v>3.4099999999999997</v>
+        <v>3.34</v>
       </c>
       <c r="E299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M299" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O299" s="48">
-        <v>3.29</v>
+        <v>3.24</v>
       </c>
       <c r="P299" s="48">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="Q299" s="48">
-        <v>3.28</v>
+        <v>3.25</v>
       </c>
       <c r="R299" s="48">
-        <v>3.24</v>
+        <v>3.25</v>
       </c>
       <c r="S299" s="48">
-        <v>3.29</v>
+        <v>3.35</v>
       </c>
       <c r="T299" s="48">
-        <v>3.27</v>
+        <v>3.34</v>
       </c>
       <c r="U299" s="48">
-        <v>3.39</v>
+        <v>3.43</v>
       </c>
       <c r="V299" s="48">
-        <v>3.58</v>
+        <v>3.57</v>
       </c>
       <c r="W299" s="48">
-        <v>3.62</v>
+        <v>3.59</v>
       </c>
       <c r="X299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Y299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AC299" s="48">
         <v>3.85</v>
       </c>
       <c r="AD299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF299" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG299" s="50">
+        <v>3.09</v>
+      </c>
+      <c r="AH299" s="50">
+        <v>3.6</v>
+      </c>
+      <c r="AI299" s="50">
+        <v>2.96</v>
+      </c>
+      <c r="AJ299" s="50">
         <v>3.28</v>
       </c>
-      <c r="AH299" s="50">
-[...7 lines deleted...]
-      </c>
       <c r="AK299" s="50">
-        <v>3.23</v>
+        <v>3.04</v>
       </c>
       <c r="AL299" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM299" s="50">
-        <v>3.3</v>
-[...2 lines deleted...]
-        <v>3.45</v>
+        <v>3.15</v>
+      </c>
+      <c r="AN299" s="50" t="s">
+        <v>1</v>
       </c>
       <c r="AO299" s="50">
-        <v>3.41</v>
+        <v>3.18</v>
       </c>
       <c r="AP299" s="50">
-        <v>3.45</v>
+        <v>3.28</v>
       </c>
       <c r="AQ299" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR299" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS299" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT299" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU299" s="50">
-        <v>3.78</v>
+        <v>3.59</v>
       </c>
       <c r="AV299" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B300" s="46"/>
       <c r="C300" s="47" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D300" s="48">
-        <v>3.38</v>
+        <v>3.4099999999999997</v>
       </c>
       <c r="E300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M300" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N300" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O300" s="48">
-        <v>3.3</v>
+        <v>3.29</v>
       </c>
       <c r="P300" s="48">
-        <v>3.16</v>
+        <v>3.14</v>
       </c>
       <c r="Q300" s="48">
-        <v>3.3</v>
+        <v>3.28</v>
       </c>
       <c r="R300" s="48">
-        <v>3.26</v>
+        <v>3.24</v>
       </c>
       <c r="S300" s="48">
         <v>3.29</v>
       </c>
       <c r="T300" s="48">
-        <v>3.26</v>
+        <v>3.27</v>
       </c>
       <c r="U300" s="48">
+        <v>3.39</v>
+      </c>
+      <c r="V300" s="48">
+        <v>3.58</v>
+      </c>
+      <c r="W300" s="48">
+        <v>3.62</v>
+      </c>
+      <c r="X300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC300" s="48">
+        <v>3.85</v>
+      </c>
+      <c r="AD300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF300" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG300" s="50">
+        <v>3.28</v>
+      </c>
+      <c r="AH300" s="50">
+        <v>3.14</v>
+      </c>
+      <c r="AI300" s="50">
+        <v>3.14</v>
+      </c>
+      <c r="AJ300" s="50">
+        <v>3.21</v>
+      </c>
+      <c r="AK300" s="50">
+        <v>3.23</v>
+      </c>
+      <c r="AL300" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM300" s="50">
+        <v>3.3</v>
+      </c>
+      <c r="AN300" s="50">
+        <v>3.45</v>
+      </c>
+      <c r="AO300" s="50">
         <v>3.41</v>
       </c>
-      <c r="V300" s="48">
-[...60 lines deleted...]
-        <v>1</v>
+      <c r="AP300" s="50">
+        <v>3.45</v>
       </c>
       <c r="AQ300" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR300" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS300" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT300" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU300" s="50">
-        <v>3.79</v>
+        <v>3.78</v>
       </c>
       <c r="AV300" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B301" s="46"/>
       <c r="C301" s="47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D301" s="48">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
       <c r="E301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M301" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O301" s="48">
-        <v>3.31</v>
+        <v>3.3</v>
       </c>
       <c r="P301" s="48">
-        <v>3.12</v>
+        <v>3.16</v>
       </c>
       <c r="Q301" s="48">
-        <v>3.24</v>
+        <v>3.3</v>
       </c>
       <c r="R301" s="48">
-        <v>3.23</v>
+        <v>3.26</v>
       </c>
       <c r="S301" s="48">
         <v>3.29</v>
       </c>
       <c r="T301" s="48">
-        <v>3.22</v>
+        <v>3.26</v>
       </c>
       <c r="U301" s="48">
-        <v>3.36</v>
+        <v>3.41</v>
       </c>
       <c r="V301" s="48">
-        <v>3.52</v>
+        <v>3.62</v>
       </c>
       <c r="W301" s="48">
-        <v>3.62</v>
+        <v>3.68</v>
       </c>
       <c r="X301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Y301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AC301" s="48">
-        <v>3.76</v>
+        <v>3.86</v>
       </c>
       <c r="AD301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF301" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG301" s="50">
-        <v>3.31</v>
+        <v>3.3</v>
       </c>
       <c r="AH301" s="50">
-        <v>3.2</v>
+        <v>3.19</v>
       </c>
       <c r="AI301" s="50">
-        <v>3.11</v>
+        <v>3.12</v>
       </c>
       <c r="AJ301" s="50">
-        <v>3.16</v>
+        <v>3.23</v>
       </c>
       <c r="AK301" s="50">
-        <v>3.32</v>
+        <v>3.29</v>
       </c>
       <c r="AL301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM301" s="50">
-        <v>3.32</v>
+        <v>3.29</v>
       </c>
       <c r="AN301" s="50">
-        <v>3.37</v>
+        <v>3.38</v>
       </c>
       <c r="AO301" s="50">
-        <v>3.5</v>
+        <v>3.46</v>
       </c>
       <c r="AP301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT301" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU301" s="50">
-        <v>3.8</v>
+        <v>3.79</v>
       </c>
       <c r="AV301" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B302" s="46"/>
       <c r="C302" s="47" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D302" s="48">
-        <v>3.4000000000000004</v>
+        <v>3.37</v>
       </c>
       <c r="E302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M302" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N302" s="48" t="s">
         <v>1</v>
       </c>
       <c r="O302" s="48">
-        <v>3.09</v>
+        <v>3.31</v>
       </c>
       <c r="P302" s="48">
-        <v>2.87</v>
+        <v>3.12</v>
       </c>
       <c r="Q302" s="48">
-        <v>2.96</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.24</v>
+      </c>
+      <c r="R302" s="48">
+        <v>3.23</v>
       </c>
       <c r="S302" s="48">
-        <v>3.05</v>
+        <v>3.29</v>
       </c>
       <c r="T302" s="48">
-        <v>3.05</v>
+        <v>3.22</v>
       </c>
       <c r="U302" s="48">
+        <v>3.36</v>
+      </c>
+      <c r="V302" s="48">
+        <v>3.52</v>
+      </c>
+      <c r="W302" s="48">
+        <v>3.62</v>
+      </c>
+      <c r="X302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC302" s="48">
+        <v>3.76</v>
+      </c>
+      <c r="AD302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF302" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG302" s="50">
+        <v>3.31</v>
+      </c>
+      <c r="AH302" s="50">
+        <v>3.2</v>
+      </c>
+      <c r="AI302" s="50">
+        <v>3.11</v>
+      </c>
+      <c r="AJ302" s="50">
         <v>3.16</v>
       </c>
-      <c r="V302" s="48">
-[...43 lines deleted...]
-      </c>
       <c r="AK302" s="50">
-        <v>3.33</v>
+        <v>3.32</v>
       </c>
       <c r="AL302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM302" s="50">
-        <v>3.33</v>
+        <v>3.32</v>
       </c>
       <c r="AN302" s="50">
-        <v>3.29</v>
+        <v>3.37</v>
       </c>
       <c r="AO302" s="50">
-        <v>3.45</v>
+        <v>3.5</v>
       </c>
       <c r="AP302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT302" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU302" s="50">
-        <v>3.82</v>
+        <v>3.8</v>
       </c>
       <c r="AV302" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B303" s="46"/>
       <c r="C303" s="47" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D303" s="48">
-        <v>3.3300000000000005</v>
+        <v>3.4000000000000004</v>
       </c>
       <c r="E303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L303" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M303" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="N303" s="48">
-        <v>2.8</v>
+      <c r="N303" s="48" t="s">
+        <v>1</v>
       </c>
       <c r="O303" s="48">
-        <v>2.97</v>
+        <v>3.09</v>
       </c>
       <c r="P303" s="48">
-        <v>2.74</v>
+        <v>2.87</v>
       </c>
       <c r="Q303" s="48">
-        <v>2.82</v>
+        <v>2.96</v>
       </c>
       <c r="R303" s="48" t="s">
         <v>1</v>
       </c>
       <c r="S303" s="48">
-        <v>2.92</v>
+        <v>3.05</v>
       </c>
       <c r="T303" s="48">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="U303" s="48">
-        <v>3.13</v>
+        <v>3.16</v>
       </c>
       <c r="V303" s="48">
+        <v>3.29</v>
+      </c>
+      <c r="W303" s="48">
+        <v>3.39</v>
+      </c>
+      <c r="X303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC303" s="48">
+        <v>3.53</v>
+      </c>
+      <c r="AD303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF303" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG303" s="50">
+        <v>3.23</v>
+      </c>
+      <c r="AH303" s="50">
+        <v>3.23</v>
+      </c>
+      <c r="AI303" s="50">
+        <v>3.2</v>
+      </c>
+      <c r="AJ303" s="50">
         <v>3.22</v>
       </c>
-      <c r="W303" s="48">
-[...42 lines deleted...]
-        <v>1</v>
+      <c r="AK303" s="50">
+        <v>3.33</v>
       </c>
       <c r="AL303" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM303" s="50">
-        <v>3.21</v>
+        <v>3.33</v>
       </c>
       <c r="AN303" s="50">
-        <v>3.13</v>
+        <v>3.29</v>
       </c>
       <c r="AO303" s="50">
-        <v>3.43</v>
+        <v>3.45</v>
       </c>
       <c r="AP303" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ303" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR303" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS303" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="AT303" s="50">
-        <v>3.83</v>
+      <c r="AT303" s="50" t="s">
+        <v>1</v>
       </c>
       <c r="AU303" s="50">
-        <v>3.83</v>
+        <v>3.82</v>
       </c>
       <c r="AV303" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B304" s="46"/>
       <c r="C304" s="47" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D304" s="48">
-        <v>3.32</v>
+        <v>3.3300000000000005</v>
       </c>
       <c r="E304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M304" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N304" s="48">
-        <v>2.77</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.8</v>
+      </c>
+      <c r="O304" s="48">
+        <v>2.97</v>
       </c>
       <c r="P304" s="48">
-        <v>2.65</v>
+        <v>2.74</v>
       </c>
       <c r="Q304" s="48">
-        <v>2.75</v>
+        <v>2.82</v>
       </c>
       <c r="R304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="S304" s="48">
-        <v>2.89</v>
+        <v>2.92</v>
       </c>
       <c r="T304" s="48">
-        <v>2.99</v>
+        <v>3</v>
       </c>
       <c r="U304" s="48">
-        <v>3.11</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.13</v>
+      </c>
+      <c r="V304" s="48">
+        <v>3.22</v>
       </c>
       <c r="W304" s="48">
-        <v>3.19</v>
+        <v>3.25</v>
       </c>
       <c r="X304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Y304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB304" s="48">
-        <v>3.33</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.35</v>
+      </c>
+      <c r="AC304" s="48">
+        <v>3.46</v>
       </c>
       <c r="AD304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF304" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG304" s="50">
-        <v>2.97</v>
+        <v>3.06</v>
       </c>
       <c r="AH304" s="50">
-        <v>3.08</v>
+        <v>3.16</v>
       </c>
       <c r="AI304" s="50">
-        <v>2.73</v>
+        <v>3.09</v>
       </c>
       <c r="AJ304" s="50">
-        <v>3.02</v>
+        <v>3.2</v>
       </c>
       <c r="AK304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AM304" s="50">
-        <v>3.16</v>
+        <v>3.21</v>
       </c>
       <c r="AN304" s="50">
-        <v>3.1</v>
+        <v>3.13</v>
       </c>
       <c r="AO304" s="50">
         <v>3.43</v>
       </c>
       <c r="AP304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS304" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT304" s="50">
-        <v>3.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.83</v>
+      </c>
+      <c r="AU304" s="50">
+        <v>3.83</v>
       </c>
       <c r="AV304" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="46"/>
       <c r="C305" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="D305" s="48">
+        <v>3.32</v>
+      </c>
+      <c r="E305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="F305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="G305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="H305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="I305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="J305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="K305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="L305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="M305" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="N305" s="48">
+        <v>2.77</v>
+      </c>
+      <c r="O305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="P305" s="48">
+        <v>2.65</v>
+      </c>
+      <c r="Q305" s="48">
+        <v>2.75</v>
+      </c>
+      <c r="R305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="S305" s="48">
+        <v>2.89</v>
+      </c>
+      <c r="T305" s="48">
+        <v>2.99</v>
+      </c>
+      <c r="U305" s="48">
+        <v>3.11</v>
+      </c>
+      <c r="V305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="W305" s="48">
+        <v>3.19</v>
+      </c>
+      <c r="X305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB305" s="48">
+        <v>3.33</v>
+      </c>
+      <c r="AC305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF305" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG305" s="50">
+        <v>2.97</v>
+      </c>
+      <c r="AH305" s="50">
+        <v>3.08</v>
+      </c>
+      <c r="AI305" s="50">
+        <v>2.73</v>
+      </c>
+      <c r="AJ305" s="50">
+        <v>3.02</v>
+      </c>
+      <c r="AK305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM305" s="50">
+        <v>3.16</v>
+      </c>
+      <c r="AN305" s="50">
+        <v>3.1</v>
+      </c>
+      <c r="AO305" s="50">
+        <v>3.43</v>
+      </c>
+      <c r="AP305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT305" s="50">
+        <v>3.4</v>
+      </c>
+      <c r="AU305" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV305" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="46"/>
+      <c r="C306" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D305" s="48">
+      <c r="D306" s="48">
         <v>3.2</v>
       </c>
-      <c r="E305" s="49" t="s">
-[...26 lines deleted...]
-      <c r="N305" s="48">
+      <c r="E306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="F306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="G306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="H306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="I306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="J306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="K306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="L306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="M306" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="N306" s="48">
         <v>2.75</v>
       </c>
-      <c r="O305" s="48" t="s">
-[...2 lines deleted...]
-      <c r="P305" s="48">
+      <c r="O306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="P306" s="48">
         <v>2.7</v>
       </c>
-      <c r="Q305" s="48">
+      <c r="Q306" s="48">
         <v>2.8</v>
       </c>
-      <c r="R305" s="48" t="s">
-[...2 lines deleted...]
-      <c r="S305" s="48">
+      <c r="R306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="S306" s="48">
         <v>2.99</v>
       </c>
-      <c r="T305" s="48">
+      <c r="T306" s="48">
         <v>3.1</v>
       </c>
-      <c r="U305" s="48">
+      <c r="U306" s="48">
         <v>3.17</v>
       </c>
-      <c r="V305" s="48" t="s">
-[...2 lines deleted...]
-      <c r="W305" s="48">
+      <c r="V306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="W306" s="48">
         <v>3.22</v>
       </c>
-      <c r="X305" s="48" t="s">
-[...11 lines deleted...]
-      <c r="AB305" s="48">
+      <c r="X306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB306" s="48">
         <v>3.38</v>
       </c>
-      <c r="AC305" s="48" t="s">
-[...11 lines deleted...]
-      <c r="AG305" s="50">
+      <c r="AC306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF306" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG306" s="50">
         <v>2.91</v>
       </c>
-      <c r="AH305" s="50">
+      <c r="AH306" s="50">
         <v>3.24</v>
       </c>
-      <c r="AI305" s="50">
+      <c r="AI306" s="50">
         <v>2.67</v>
       </c>
-      <c r="AJ305" s="50">
+      <c r="AJ306" s="50">
         <v>3.06</v>
       </c>
-      <c r="AK305" s="50" t="s">
-[...5 lines deleted...]
-      <c r="AM305" s="50">
+      <c r="AK306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM306" s="50">
         <v>3.17</v>
       </c>
-      <c r="AN305" s="50">
+      <c r="AN306" s="50">
         <v>3.08</v>
       </c>
-      <c r="AO305" s="50">
+      <c r="AO306" s="50">
         <v>3.38</v>
       </c>
-      <c r="AP305" s="50" t="s">
-[...11 lines deleted...]
-      <c r="AT305" s="50">
+      <c r="AP306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT306" s="50">
         <v>3.29</v>
       </c>
-      <c r="AU305" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AV305" s="50" t="s">
+      <c r="AU306" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV306" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="306" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C306" s="19" t="s">
+    <row r="307" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="23"/>
+      <c r="C307" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="D306" s="8">
+      <c r="D307" s="8">
         <v>3.09</v>
       </c>
-      <c r="E306" s="36" t="s">
-[...26 lines deleted...]
-      <c r="N306" s="8">
+      <c r="E307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M307" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N307" s="8">
         <v>2.5</v>
       </c>
-      <c r="O306" s="8">
+      <c r="O307" s="8">
         <v>2.56</v>
       </c>
-      <c r="P306" s="8">
+      <c r="P307" s="8">
         <v>2.6</v>
       </c>
-      <c r="Q306" s="8">
+      <c r="Q307" s="8">
         <v>2.66</v>
       </c>
-      <c r="R306" s="8">
+      <c r="R307" s="8">
         <v>2.83</v>
       </c>
-      <c r="S306" s="8">
+      <c r="S307" s="8">
         <v>2.82</v>
       </c>
-      <c r="T306" s="8">
+      <c r="T307" s="8">
         <v>2.91</v>
       </c>
-      <c r="U306" s="8">
+      <c r="U307" s="8">
         <v>2.98</v>
       </c>
-      <c r="V306" s="8">
+      <c r="V307" s="8">
         <v>3.08</v>
       </c>
-      <c r="W306" s="8">
+      <c r="W307" s="8">
         <v>3.05</v>
       </c>
-      <c r="X306" s="8" t="s">
-[...11 lines deleted...]
-      <c r="AB306" s="8">
+      <c r="X307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB307" s="8">
         <v>3.26</v>
       </c>
-      <c r="AC306" s="8" t="s">
-[...11 lines deleted...]
-      <c r="AG306" s="37">
+      <c r="AC307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF307" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG307" s="37">
         <v>2.75</v>
       </c>
-      <c r="AH306" s="37">
+      <c r="AH307" s="37">
         <v>2.89</v>
       </c>
-      <c r="AI306" s="37">
+      <c r="AI307" s="37">
         <v>2.59</v>
       </c>
-      <c r="AJ306" s="37">
+      <c r="AJ307" s="37">
         <v>2.79</v>
       </c>
-      <c r="AK306" s="37" t="s">
-[...5 lines deleted...]
-      <c r="AM306" s="37">
+      <c r="AK307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM307" s="37">
         <v>2.94</v>
       </c>
-      <c r="AN306" s="37">
+      <c r="AN307" s="37">
         <v>2.84</v>
       </c>
-      <c r="AO306" s="37">
+      <c r="AO307" s="37">
         <v>3.17</v>
       </c>
-      <c r="AP306" s="37" t="s">
-[...11 lines deleted...]
-      <c r="AT306" s="37">
+      <c r="AP307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AT307" s="37">
         <v>3.28</v>
       </c>
-      <c r="AU306" s="37" t="s">
-[...145 lines deleted...]
-      <c r="AV307" s="50" t="s">
+      <c r="AU307" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV307" s="37" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B308" s="46"/>
+      <c r="B308" s="46">
+        <v>2025</v>
+      </c>
       <c r="C308" s="47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D308" s="48">
-        <v>2.9899999999999998</v>
+        <v>2.98</v>
       </c>
       <c r="E308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M308" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N308" s="48">
-        <v>2.56</v>
+        <v>2.69</v>
       </c>
       <c r="O308" s="48">
+        <v>2.74</v>
+      </c>
+      <c r="P308" s="48">
+        <v>2.93</v>
+      </c>
+      <c r="Q308" s="48">
+        <v>2.91</v>
+      </c>
+      <c r="R308" s="48">
+        <v>3.02</v>
+      </c>
+      <c r="S308" s="48">
+        <v>3.03</v>
+      </c>
+      <c r="T308" s="48">
+        <v>3.12</v>
+      </c>
+      <c r="U308" s="48">
+        <v>3.15</v>
+      </c>
+      <c r="V308" s="48">
+        <v>3.25</v>
+      </c>
+      <c r="W308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="X308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB308" s="48">
+        <v>3.46</v>
+      </c>
+      <c r="AC308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF308" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG308" s="50">
+        <v>2.57</v>
+      </c>
+      <c r="AH308" s="50">
+        <v>2.5</v>
+      </c>
+      <c r="AI308" s="50">
+        <v>2.7</v>
+      </c>
+      <c r="AJ308" s="50">
         <v>2.65</v>
       </c>
-      <c r="P308" s="48">
-[...61 lines deleted...]
-      </c>
       <c r="AK308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL308" s="50">
-        <v>2.99</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="AM308" s="50">
+        <v>2.96</v>
       </c>
       <c r="AN308" s="50">
-        <v>2.9</v>
+        <v>2.83</v>
       </c>
       <c r="AO308" s="50">
-        <v>3.11</v>
+        <v>3.05</v>
       </c>
       <c r="AP308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT308" s="50">
-        <v>3.29</v>
+        <v>3.28</v>
       </c>
       <c r="AU308" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV308" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B309" s="46"/>
       <c r="C309" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D309" s="48">
-        <v>3.05</v>
+        <v>2.9899999999999998</v>
       </c>
       <c r="E309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M309" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N309" s="48">
-        <v>2.59</v>
+        <v>2.56</v>
       </c>
       <c r="O309" s="48">
-        <v>2.68</v>
+        <v>2.65</v>
       </c>
       <c r="P309" s="48">
-        <v>2.86</v>
+        <v>2.84</v>
       </c>
       <c r="Q309" s="48">
-        <v>2.94</v>
+        <v>2.84</v>
       </c>
       <c r="R309" s="48">
-        <v>3.09</v>
+        <v>2.92</v>
       </c>
       <c r="S309" s="48">
+        <v>2.95</v>
+      </c>
+      <c r="T309" s="48">
+        <v>3.06</v>
+      </c>
+      <c r="U309" s="48">
+        <v>3.06</v>
+      </c>
+      <c r="V309" s="48">
         <v>3.14</v>
       </c>
-      <c r="T309" s="48">
-[...7 lines deleted...]
-      </c>
       <c r="W309" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X309" s="10">
-        <v>3.66</v>
+        <v>3.32</v>
       </c>
       <c r="Y309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB309" s="48">
-        <v>3.75</v>
+        <v>3.41</v>
       </c>
       <c r="AC309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AD309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF309" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG309" s="50">
-        <v>2.57</v>
+        <v>2.62</v>
       </c>
       <c r="AH309" s="50">
-        <v>2.4500000000000002</v>
+        <v>2.4700000000000002</v>
       </c>
       <c r="AI309" s="50">
-        <v>2.69</v>
+        <v>2.71</v>
       </c>
       <c r="AJ309" s="50">
-        <v>2.77</v>
+        <v>2.67</v>
       </c>
       <c r="AK309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL309" s="50">
-        <v>2.98</v>
+        <v>2.99</v>
       </c>
       <c r="AM309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AN309" s="50">
-        <v>3.07</v>
+        <v>2.9</v>
       </c>
       <c r="AO309" s="50">
-        <v>3.12</v>
+        <v>3.11</v>
       </c>
       <c r="AP309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT309" s="50">
-        <v>3.44</v>
+        <v>3.29</v>
       </c>
       <c r="AU309" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV309" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B310" s="46"/>
       <c r="C310" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D310" s="48">
         <v>3.05</v>
       </c>
       <c r="E310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M310" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N310" s="48">
-        <v>2.36</v>
+        <v>2.59</v>
       </c>
       <c r="O310" s="48">
-        <v>2.44</v>
+        <v>2.68</v>
       </c>
       <c r="P310" s="48">
-        <v>2.58</v>
+        <v>2.86</v>
       </c>
       <c r="Q310" s="48">
-        <v>2.63</v>
+        <v>2.94</v>
       </c>
       <c r="R310" s="48">
-        <v>2.86</v>
+        <v>3.09</v>
       </c>
       <c r="S310" s="48">
-        <v>2.9</v>
+        <v>3.14</v>
       </c>
       <c r="T310" s="48">
-        <v>3.05</v>
+        <v>3.31</v>
       </c>
       <c r="U310" s="48">
-        <v>3.17</v>
+        <v>3.34</v>
       </c>
       <c r="V310" s="48">
-        <v>3.26</v>
+        <v>3.42</v>
       </c>
       <c r="W310" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X310" s="10">
-        <v>3.55</v>
+        <v>3.66</v>
       </c>
       <c r="Y310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB310" s="48">
-        <v>3.71</v>
+        <v>3.75</v>
       </c>
       <c r="AC310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AD310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF310" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG310" s="50">
-        <v>2.44</v>
+        <v>2.57</v>
       </c>
       <c r="AH310" s="50">
-        <v>2.5099999999999998</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="AI310" s="50">
-        <v>2.64</v>
+        <v>2.69</v>
       </c>
       <c r="AJ310" s="50">
-        <v>2.71</v>
+        <v>2.77</v>
       </c>
       <c r="AK310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL310" s="50">
-        <v>3.01</v>
+        <v>2.98</v>
       </c>
       <c r="AM310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AN310" s="50">
-        <v>3.1</v>
+        <v>3.07</v>
       </c>
       <c r="AO310" s="50">
-        <v>3.14</v>
+        <v>3.12</v>
       </c>
       <c r="AP310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT310" s="50">
-        <v>3.62</v>
+        <v>3.44</v>
       </c>
       <c r="AU310" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV310" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B311" s="46"/>
       <c r="C311" s="47" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D311" s="48">
-        <v>3.04</v>
+        <v>3.05</v>
       </c>
       <c r="E311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M311" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N311" s="48">
-        <v>2.15</v>
+        <v>2.36</v>
       </c>
       <c r="O311" s="48">
-        <v>2.27</v>
+        <v>2.44</v>
       </c>
       <c r="P311" s="48">
-        <v>2.48</v>
+        <v>2.58</v>
       </c>
       <c r="Q311" s="48">
-        <v>2.48</v>
+        <v>2.63</v>
       </c>
       <c r="R311" s="48">
-        <v>2.72</v>
+        <v>2.86</v>
       </c>
       <c r="S311" s="48">
-        <v>2.75</v>
+        <v>2.9</v>
       </c>
       <c r="T311" s="48">
-        <v>2.92</v>
+        <v>3.05</v>
       </c>
       <c r="U311" s="48">
-        <v>3.03</v>
+        <v>3.17</v>
       </c>
       <c r="V311" s="48">
+        <v>3.26</v>
+      </c>
+      <c r="W311" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X311" s="10">
+        <v>3.55</v>
+      </c>
+      <c r="Y311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB311" s="48">
+        <v>3.71</v>
+      </c>
+      <c r="AC311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF311" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG311" s="50">
+        <v>2.44</v>
+      </c>
+      <c r="AH311" s="50">
+        <v>2.5099999999999998</v>
+      </c>
+      <c r="AI311" s="50">
+        <v>2.64</v>
+      </c>
+      <c r="AJ311" s="50">
+        <v>2.71</v>
+      </c>
+      <c r="AK311" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL311" s="50">
+        <v>3.01</v>
+      </c>
+      <c r="AM311" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AN311" s="50">
+        <v>3.1</v>
+      </c>
+      <c r="AO311" s="50">
         <v>3.14</v>
       </c>
-      <c r="W311" s="10" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AP311" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ311" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR311" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS311" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT311" s="50">
-        <v>3.74</v>
+        <v>3.62</v>
       </c>
       <c r="AU311" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV311" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B312" s="46"/>
       <c r="C312" s="47" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D312" s="48">
         <v>3.04</v>
       </c>
       <c r="E312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M312" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N312" s="48">
-        <v>2.19</v>
+        <v>2.15</v>
       </c>
       <c r="O312" s="48">
         <v>2.27</v>
       </c>
       <c r="P312" s="48">
-        <v>2.54</v>
+        <v>2.48</v>
       </c>
       <c r="Q312" s="48">
-        <v>2.54</v>
+        <v>2.48</v>
       </c>
       <c r="R312" s="48">
-        <v>2.76</v>
+        <v>2.72</v>
       </c>
       <c r="S312" s="48">
-        <v>2.81</v>
+        <v>2.75</v>
       </c>
       <c r="T312" s="48">
-        <v>2.94</v>
+        <v>2.92</v>
       </c>
       <c r="U312" s="48">
-        <v>3.04</v>
+        <v>3.03</v>
       </c>
       <c r="V312" s="48">
         <v>3.14</v>
       </c>
       <c r="W312" s="10" t="s">
         <v>1</v>
       </c>
       <c r="X312" s="10">
-        <v>3.5</v>
+        <v>3.51</v>
       </c>
       <c r="Y312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB312" s="48">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="AC312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AD312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF312" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG312" s="50">
-        <v>2.4300000000000002</v>
+        <v>2.38</v>
       </c>
       <c r="AH312" s="50">
-        <v>2.41</v>
+        <v>2.5</v>
       </c>
       <c r="AI312" s="50">
-        <v>2.39</v>
+        <v>2.21</v>
       </c>
       <c r="AJ312" s="50">
         <v>2.48</v>
       </c>
       <c r="AK312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL312" s="50">
-        <v>2.98</v>
+        <v>2.99</v>
       </c>
       <c r="AM312" s="50">
         <v>3.15</v>
       </c>
       <c r="AN312" s="50">
-        <v>3.11</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.09</v>
+      </c>
+      <c r="AO312" s="50">
+        <v>3.16</v>
       </c>
       <c r="AP312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT312" s="50">
-        <v>3.75</v>
+        <v>3.74</v>
       </c>
       <c r="AU312" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV312" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B313" s="46"/>
       <c r="C313" s="47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D313" s="48">
-        <v>3.05</v>
+        <v>3.04</v>
       </c>
       <c r="E313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M313" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N313" s="48">
-        <v>2.2000000000000002</v>
+        <v>2.19</v>
       </c>
       <c r="O313" s="48">
-        <v>2.2999999999999998</v>
+        <v>2.27</v>
       </c>
       <c r="P313" s="48">
-        <v>2.58</v>
+        <v>2.54</v>
       </c>
       <c r="Q313" s="48">
-        <v>2.6</v>
+        <v>2.54</v>
       </c>
       <c r="R313" s="48">
+        <v>2.76</v>
+      </c>
+      <c r="S313" s="48">
         <v>2.81</v>
       </c>
-      <c r="S313" s="48">
-[...1 lines deleted...]
-      </c>
       <c r="T313" s="48">
+        <v>2.94</v>
+      </c>
+      <c r="U313" s="48">
+        <v>3.04</v>
+      </c>
+      <c r="V313" s="48">
+        <v>3.14</v>
+      </c>
+      <c r="W313" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="X313" s="10">
+        <v>3.5</v>
+      </c>
+      <c r="Y313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB313" s="48">
+        <v>3.65</v>
+      </c>
+      <c r="AC313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF313" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG313" s="50">
+        <v>2.4300000000000002</v>
+      </c>
+      <c r="AH313" s="50">
+        <v>2.41</v>
+      </c>
+      <c r="AI313" s="50">
+        <v>2.39</v>
+      </c>
+      <c r="AJ313" s="50">
+        <v>2.48</v>
+      </c>
+      <c r="AK313" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL313" s="50">
         <v>2.98</v>
       </c>
-      <c r="U313" s="48">
-[...52 lines deleted...]
-      </c>
       <c r="AM313" s="50">
-        <v>3.14</v>
+        <v>3.15</v>
       </c>
       <c r="AN313" s="50">
-        <v>3.1</v>
-[...2 lines deleted...]
-        <v>3.07</v>
+        <v>3.11</v>
+      </c>
+      <c r="AO313" s="50" t="s">
+        <v>1</v>
       </c>
       <c r="AP313" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ313" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR313" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS313" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT313" s="50">
-        <v>3.76</v>
+        <v>3.75</v>
       </c>
       <c r="AU313" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV313" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B314" s="46"/>
       <c r="C314" s="47" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D314" s="48">
-        <v>2.98</v>
+        <v>3.05</v>
       </c>
       <c r="E314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M314" s="49" t="s">
         <v>1</v>
       </c>
       <c r="N314" s="48">
-        <v>2.16</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="O314" s="48">
         <v>2.2999999999999998</v>
       </c>
       <c r="P314" s="48">
-        <v>2.57</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.58</v>
+      </c>
+      <c r="Q314" s="48">
+        <v>2.6</v>
       </c>
       <c r="R314" s="48">
-        <v>2.78</v>
+        <v>2.81</v>
       </c>
       <c r="S314" s="48">
-        <v>2.86</v>
+        <v>2.87</v>
       </c>
       <c r="T314" s="48">
-        <v>2.96</v>
+        <v>2.98</v>
       </c>
       <c r="U314" s="48">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="V314" s="48">
-        <v>3.09</v>
-[...2 lines deleted...]
-        <v>3.51</v>
+        <v>3.13</v>
+      </c>
+      <c r="W314" s="10" t="s">
+        <v>1</v>
       </c>
       <c r="X314" s="10">
-        <v>3.46</v>
+        <v>3.48</v>
       </c>
       <c r="Y314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AB314" s="48">
         <v>3.69</v>
       </c>
       <c r="AC314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AD314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF314" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG314" s="50">
-        <v>2.48</v>
+        <v>2.5299999999999998</v>
       </c>
       <c r="AH314" s="50">
-        <v>2.21</v>
+        <v>2.19</v>
       </c>
       <c r="AI314" s="50">
-        <v>2.52</v>
+        <v>2.38</v>
       </c>
       <c r="AJ314" s="50">
-        <v>2.59</v>
+        <v>2.6</v>
       </c>
       <c r="AK314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL314" s="50">
-        <v>2.88</v>
+        <v>2.89</v>
       </c>
       <c r="AM314" s="50">
-        <v>3.13</v>
+        <v>3.14</v>
       </c>
       <c r="AN314" s="50">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="AO314" s="50">
-        <v>2.98</v>
+        <v>3.07</v>
       </c>
       <c r="AP314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AT314" s="50">
-        <v>3.77</v>
+        <v>3.76</v>
       </c>
       <c r="AU314" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV314" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="46"/>
       <c r="C315" s="47" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D315" s="48">
+        <v>2.98</v>
+      </c>
+      <c r="E315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="F315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="G315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="H315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="I315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="J315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="K315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="L315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="M315" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="N315" s="48">
+        <v>2.16</v>
+      </c>
+      <c r="O315" s="48">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="P315" s="48">
+        <v>2.57</v>
+      </c>
+      <c r="Q315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="R315" s="48">
+        <v>2.78</v>
+      </c>
+      <c r="S315" s="48">
+        <v>2.86</v>
+      </c>
+      <c r="T315" s="48">
+        <v>2.96</v>
+      </c>
+      <c r="U315" s="48">
+        <v>3</v>
+      </c>
+      <c r="V315" s="48">
+        <v>3.09</v>
+      </c>
+      <c r="W315" s="10">
+        <v>3.51</v>
+      </c>
+      <c r="X315" s="10">
+        <v>3.46</v>
+      </c>
+      <c r="Y315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB315" s="48">
+        <v>3.69</v>
+      </c>
+      <c r="AC315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF315" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG315" s="50">
+        <v>2.48</v>
+      </c>
+      <c r="AH315" s="50">
+        <v>2.21</v>
+      </c>
+      <c r="AI315" s="50">
+        <v>2.52</v>
+      </c>
+      <c r="AJ315" s="50">
+        <v>2.59</v>
+      </c>
+      <c r="AK315" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL315" s="50">
         <v>2.88</v>
       </c>
-      <c r="E315" s="49" t="s">
-[...100 lines deleted...]
-      </c>
       <c r="AM315" s="50">
-        <v>3.12</v>
+        <v>3.13</v>
       </c>
       <c r="AN315" s="50">
-        <v>3.06</v>
+        <v>3.05</v>
       </c>
       <c r="AO315" s="50">
-        <v>2.88</v>
+        <v>2.98</v>
       </c>
       <c r="AP315" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ315" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR315" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="AS315" s="50">
-        <v>3.74</v>
+      <c r="AS315" s="50" t="s">
+        <v>1</v>
       </c>
       <c r="AT315" s="50">
-        <v>3.78</v>
+        <v>3.77</v>
       </c>
       <c r="AU315" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV315" s="50" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="46"/>
       <c r="C316" s="47" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D316" s="48">
-        <v>2.92</v>
+        <v>2.88</v>
       </c>
       <c r="E316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="F316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="G316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="H316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="I316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="J316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="K316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="L316" s="49" t="s">
         <v>1</v>
       </c>
       <c r="M316" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="N316" s="48" t="s">
-        <v>1</v>
+      <c r="N316" s="48">
+        <v>2.15</v>
       </c>
       <c r="O316" s="48">
-        <v>2.34</v>
+        <v>2.33</v>
       </c>
       <c r="P316" s="48">
-        <v>2.56</v>
+        <v>2.59</v>
       </c>
       <c r="Q316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="R316" s="48">
-        <v>2.79</v>
+        <v>2.81</v>
       </c>
       <c r="S316" s="48">
         <v>2.94</v>
       </c>
       <c r="T316" s="48">
+        <v>3.06</v>
+      </c>
+      <c r="U316" s="48">
         <v>3.03</v>
       </c>
-      <c r="U316" s="48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V316" s="48">
-        <v>3.09</v>
+        <v>3.12</v>
       </c>
       <c r="W316" s="10">
-        <v>3.49</v>
+        <v>3.53</v>
       </c>
       <c r="X316" s="10" t="s">
         <v>1</v>
       </c>
       <c r="Y316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="Z316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AA316" s="48">
-        <v>3.66</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.74</v>
+      </c>
+      <c r="AB316" s="48">
+        <v>3.73</v>
       </c>
       <c r="AC316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AD316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AE316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AF316" s="48" t="s">
         <v>1</v>
       </c>
       <c r="AG316" s="50">
-        <v>2.62</v>
+        <v>2.56</v>
       </c>
       <c r="AH316" s="50">
-        <v>2.33</v>
+        <v>2.2799999999999998</v>
       </c>
       <c r="AI316" s="50">
+        <v>2.56</v>
+      </c>
+      <c r="AJ316" s="50">
         <v>2.58</v>
       </c>
-      <c r="AJ316" s="50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AK316" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AL316" s="50">
-        <v>2.84</v>
+        <v>2.85</v>
       </c>
       <c r="AM316" s="50">
-        <v>3.05</v>
+        <v>3.12</v>
       </c>
       <c r="AN316" s="50">
         <v>3.06</v>
       </c>
       <c r="AO316" s="50">
+        <v>2.88</v>
+      </c>
+      <c r="AP316" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ316" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR316" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS316" s="50">
+        <v>3.74</v>
+      </c>
+      <c r="AT316" s="50">
+        <v>3.78</v>
+      </c>
+      <c r="AU316" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV316" s="50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="46"/>
+      <c r="C317" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="D317" s="48">
         <v>2.92</v>
       </c>
-      <c r="AP316" s="50" t="s">
-[...8 lines deleted...]
-      <c r="AS316" s="50">
+      <c r="E317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="F317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="G317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="H317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="I317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="J317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="K317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="L317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="M317" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="N317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="O317" s="48">
+        <v>2.34</v>
+      </c>
+      <c r="P317" s="48">
+        <v>2.56</v>
+      </c>
+      <c r="Q317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="R317" s="48">
+        <v>2.79</v>
+      </c>
+      <c r="S317" s="48">
+        <v>2.94</v>
+      </c>
+      <c r="T317" s="48">
+        <v>3.03</v>
+      </c>
+      <c r="U317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="V317" s="48">
+        <v>3.09</v>
+      </c>
+      <c r="W317" s="10">
+        <v>3.49</v>
+      </c>
+      <c r="X317" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA317" s="48">
+        <v>3.66</v>
+      </c>
+      <c r="AB317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF317" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG317" s="50">
+        <v>2.62</v>
+      </c>
+      <c r="AH317" s="50">
+        <v>2.33</v>
+      </c>
+      <c r="AI317" s="50">
+        <v>2.58</v>
+      </c>
+      <c r="AJ317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL317" s="50">
+        <v>2.84</v>
+      </c>
+      <c r="AM317" s="50">
+        <v>3.05</v>
+      </c>
+      <c r="AN317" s="50">
+        <v>3.06</v>
+      </c>
+      <c r="AO317" s="50">
+        <v>2.92</v>
+      </c>
+      <c r="AP317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS317" s="50">
         <v>3.71</v>
       </c>
-      <c r="AT316" s="50" t="s">
-[...5 lines deleted...]
-      <c r="AV316" s="50" t="s">
+      <c r="AT317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU317" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV317" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="317" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C317" s="28" t="s">
+    <row r="318" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="46"/>
+      <c r="C318" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D317" s="11">
+      <c r="D318" s="48">
         <v>2.94</v>
       </c>
-      <c r="E317" s="51" t="s">
-[...29 lines deleted...]
-      <c r="O317" s="11">
+      <c r="E318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="F318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="G318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="H318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="I318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="J318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="K318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="L318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="M318" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="N318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="O318" s="48">
         <v>2.36</v>
       </c>
-      <c r="P317" s="11">
+      <c r="P318" s="48">
         <v>2.5299999999999998</v>
       </c>
-      <c r="Q317" s="11" t="s">
-[...2 lines deleted...]
-      <c r="R317" s="11">
+      <c r="Q318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="R318" s="48">
         <v>2.79</v>
       </c>
-      <c r="S317" s="11">
+      <c r="S318" s="48">
         <v>2.94</v>
       </c>
-      <c r="T317" s="11">
+      <c r="T318" s="48">
         <v>2.98</v>
       </c>
-      <c r="U317" s="11" t="s">
-[...2 lines deleted...]
-      <c r="V317" s="11">
+      <c r="U318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="V318" s="48">
         <v>3.05</v>
       </c>
-      <c r="W317" s="11">
+      <c r="W318" s="10">
         <v>3.44</v>
       </c>
-      <c r="X317" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AA317" s="11">
+      <c r="X318" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA318" s="48">
         <v>3.59</v>
       </c>
-      <c r="AB317" s="11" t="s">
-[...14 lines deleted...]
-      <c r="AG317" s="45">
+      <c r="AB318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF318" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG318" s="50">
         <v>2.29</v>
       </c>
-      <c r="AH317" s="45">
+      <c r="AH318" s="50">
         <v>2.39</v>
       </c>
-      <c r="AI317" s="45">
+      <c r="AI318" s="50">
         <v>2.58</v>
       </c>
-      <c r="AJ317" s="45" t="s">
-[...5 lines deleted...]
-      <c r="AL317" s="45">
+      <c r="AJ318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL318" s="50">
         <v>2.84</v>
       </c>
-      <c r="AM317" s="45">
+      <c r="AM318" s="50">
         <v>3.04</v>
       </c>
-      <c r="AN317" s="45">
+      <c r="AN318" s="50">
         <v>3.05</v>
       </c>
-      <c r="AO317" s="45">
+      <c r="AO318" s="50">
         <v>2.94</v>
       </c>
-      <c r="AP317" s="45" t="s">
-[...8 lines deleted...]
-      <c r="AS317" s="45">
+      <c r="AP318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS318" s="50">
         <v>3.72</v>
       </c>
-      <c r="AT317" s="45" t="s">
-[...5 lines deleted...]
-      <c r="AV317" s="45" t="s">
+      <c r="AT318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU318" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV318" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="319" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B319" s="1" t="s">
+    <row r="319" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="23"/>
+      <c r="C319" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D319" s="8">
+        <v>3.1399999999999997</v>
+      </c>
+      <c r="E319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N319" s="8">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="O319" s="8">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="P319" s="8">
+        <v>2.62</v>
+      </c>
+      <c r="Q319" s="8">
+        <v>2.9</v>
+      </c>
+      <c r="R319" s="8">
+        <v>2.94</v>
+      </c>
+      <c r="S319" s="8">
+        <v>3.07</v>
+      </c>
+      <c r="T319" s="8">
+        <v>3.1</v>
+      </c>
+      <c r="U319" s="8">
+        <v>3.19</v>
+      </c>
+      <c r="V319" s="8">
+        <v>3.13</v>
+      </c>
+      <c r="W319" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="X319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA319" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="AB319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG319" s="37">
+        <v>2.36</v>
+      </c>
+      <c r="AH319" s="37">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="AI319" s="37">
+        <v>2.61</v>
+      </c>
+      <c r="AJ319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL319" s="37">
+        <v>2.86</v>
+      </c>
+      <c r="AM319" s="37">
+        <v>3.04</v>
+      </c>
+      <c r="AN319" s="37">
+        <v>3.16</v>
+      </c>
+      <c r="AO319" s="37">
+        <v>3.14</v>
+      </c>
+      <c r="AP319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS319" s="37">
+        <v>3.6</v>
+      </c>
+      <c r="AT319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV319" s="37" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="320" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="27">
+        <v>2026</v>
+      </c>
+      <c r="C320" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D320" s="11">
+        <v>2.94</v>
+      </c>
+      <c r="E320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="I320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="K320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="L320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="M320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="N320" s="11">
+        <v>2.44</v>
+      </c>
+      <c r="O320" s="11">
+        <v>2.59</v>
+      </c>
+      <c r="P320" s="11">
+        <v>2.64</v>
+      </c>
+      <c r="Q320" s="11">
+        <v>2.9</v>
+      </c>
+      <c r="R320" s="11">
+        <v>3.01</v>
+      </c>
+      <c r="S320" s="11">
+        <v>3.11</v>
+      </c>
+      <c r="T320" s="11">
+        <v>3.14</v>
+      </c>
+      <c r="U320" s="11">
+        <v>3.2</v>
+      </c>
+      <c r="V320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="W320" s="11">
+        <v>3.63</v>
+      </c>
+      <c r="X320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA320" s="11">
+        <v>3.76</v>
+      </c>
+      <c r="AB320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG320" s="45">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="AH320" s="45">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="AI320" s="45">
+        <v>2.75</v>
+      </c>
+      <c r="AJ320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK320" s="45">
+        <v>2.91</v>
+      </c>
+      <c r="AL320" s="45">
+        <v>2.85</v>
+      </c>
+      <c r="AM320" s="45">
+        <v>3.16</v>
+      </c>
+      <c r="AN320" s="45">
+        <v>3.11</v>
+      </c>
+      <c r="AO320" s="45">
+        <v>2.94</v>
+      </c>
+      <c r="AP320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS320" s="45">
+        <v>3.57</v>
+      </c>
+      <c r="AT320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV320" s="45" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="N319" s="3"/>
-[...33 lines deleted...]
-      <c r="AV319" s="3"/>
+      <c r="N322" s="3"/>
+      <c r="O322" s="3"/>
+      <c r="P322" s="3"/>
+      <c r="Q322" s="3"/>
+      <c r="R322" s="3"/>
+      <c r="S322" s="3"/>
+      <c r="T322" s="3"/>
+      <c r="U322" s="3"/>
+      <c r="V322" s="3"/>
+      <c r="W322" s="3"/>
+      <c r="X322" s="3"/>
+      <c r="Y322" s="3"/>
+      <c r="Z322" s="3"/>
+      <c r="AA322" s="3"/>
+      <c r="AB322" s="3"/>
+      <c r="AC322" s="3"/>
+      <c r="AD322" s="3"/>
+      <c r="AE322" s="3"/>
+      <c r="AF322" s="3"/>
+      <c r="AG322" s="3"/>
+      <c r="AH322" s="3"/>
+      <c r="AI322" s="3"/>
+      <c r="AJ322" s="3"/>
+      <c r="AK322" s="3"/>
+      <c r="AL322" s="3"/>
+      <c r="AM322" s="3"/>
+      <c r="AN322" s="3"/>
+      <c r="AO322" s="3"/>
+      <c r="AP322" s="3"/>
+      <c r="AQ322" s="3"/>
+      <c r="AR322" s="3"/>
+      <c r="AS322" s="3"/>
+      <c r="AT322" s="3"/>
+      <c r="AU322" s="3"/>
+      <c r="AV322" s="3"/>
     </row>
-    <row r="320" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...110 lines deleted...]
-    <row r="323" spans="14:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="323" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N323" s="4"/>
       <c r="O323" s="4"/>
       <c r="P323" s="4"/>
       <c r="Q323" s="4"/>
       <c r="R323" s="4"/>
       <c r="S323" s="4"/>
       <c r="T323" s="4"/>
       <c r="U323" s="4"/>
       <c r="V323" s="4"/>
       <c r="W323" s="4"/>
       <c r="X323" s="4"/>
       <c r="Y323" s="4"/>
       <c r="Z323" s="4"/>
       <c r="AA323" s="4"/>
       <c r="AB323" s="4"/>
       <c r="AC323" s="4"/>
       <c r="AD323" s="4"/>
       <c r="AE323" s="4"/>
       <c r="AF323" s="4"/>
       <c r="AG323" s="4"/>
       <c r="AH323" s="4"/>
       <c r="AI323" s="4"/>
       <c r="AJ323" s="4"/>
       <c r="AK323" s="4"/>
       <c r="AL323" s="4"/>
       <c r="AM323" s="4"/>
       <c r="AN323" s="4"/>
       <c r="AO323" s="4"/>
       <c r="AP323" s="4"/>
       <c r="AQ323" s="4"/>
       <c r="AR323" s="4"/>
       <c r="AS323" s="4"/>
       <c r="AT323" s="4"/>
       <c r="AU323" s="4"/>
       <c r="AV323" s="4"/>
     </row>
-    <row r="324" spans="14:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N324" s="4"/>
       <c r="O324" s="4"/>
       <c r="P324" s="4"/>
       <c r="Q324" s="4"/>
       <c r="R324" s="4"/>
       <c r="S324" s="4"/>
       <c r="T324" s="4"/>
       <c r="U324" s="4"/>
       <c r="V324" s="4"/>
       <c r="W324" s="4"/>
       <c r="X324" s="4"/>
       <c r="Y324" s="4"/>
       <c r="Z324" s="4"/>
       <c r="AA324" s="4"/>
       <c r="AB324" s="4"/>
       <c r="AC324" s="4"/>
       <c r="AD324" s="4"/>
       <c r="AE324" s="4"/>
       <c r="AF324" s="4"/>
       <c r="AG324" s="4"/>
       <c r="AH324" s="4"/>
       <c r="AI324" s="4"/>
       <c r="AJ324" s="4"/>
       <c r="AK324" s="4"/>
       <c r="AL324" s="4"/>
       <c r="AM324" s="4"/>
       <c r="AN324" s="4"/>
       <c r="AO324" s="4"/>
       <c r="AP324" s="4"/>
       <c r="AQ324" s="4"/>
       <c r="AR324" s="4"/>
       <c r="AS324" s="4"/>
       <c r="AT324" s="4"/>
       <c r="AU324" s="4"/>
       <c r="AV324" s="4"/>
+    </row>
+    <row r="325" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N325" s="4"/>
+      <c r="O325" s="4"/>
+      <c r="P325" s="4"/>
+      <c r="Q325" s="4"/>
+      <c r="R325" s="4"/>
+      <c r="S325" s="4"/>
+      <c r="T325" s="4"/>
+      <c r="U325" s="4"/>
+      <c r="V325" s="4"/>
+      <c r="W325" s="4"/>
+      <c r="X325" s="4"/>
+      <c r="Y325" s="4"/>
+      <c r="Z325" s="4"/>
+      <c r="AA325" s="4"/>
+      <c r="AB325" s="4"/>
+      <c r="AC325" s="4"/>
+      <c r="AD325" s="4"/>
+      <c r="AE325" s="4"/>
+      <c r="AF325" s="4"/>
+      <c r="AG325" s="4"/>
+      <c r="AH325" s="4"/>
+      <c r="AI325" s="4"/>
+      <c r="AJ325" s="4"/>
+      <c r="AK325" s="4"/>
+      <c r="AL325" s="4"/>
+      <c r="AM325" s="4"/>
+      <c r="AN325" s="4"/>
+      <c r="AO325" s="4"/>
+      <c r="AP325" s="4"/>
+      <c r="AQ325" s="4"/>
+      <c r="AR325" s="4"/>
+      <c r="AS325" s="4"/>
+      <c r="AT325" s="4"/>
+      <c r="AU325" s="4"/>
+      <c r="AV325" s="4"/>
+    </row>
+    <row r="326" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N326" s="4"/>
+      <c r="O326" s="4"/>
+      <c r="P326" s="4"/>
+      <c r="Q326" s="4"/>
+      <c r="R326" s="4"/>
+      <c r="S326" s="4"/>
+      <c r="T326" s="4"/>
+      <c r="U326" s="4"/>
+      <c r="V326" s="4"/>
+      <c r="W326" s="4"/>
+      <c r="X326" s="4"/>
+      <c r="Y326" s="4"/>
+      <c r="Z326" s="4"/>
+      <c r="AA326" s="4"/>
+      <c r="AB326" s="4"/>
+      <c r="AC326" s="4"/>
+      <c r="AD326" s="4"/>
+      <c r="AE326" s="4"/>
+      <c r="AF326" s="4"/>
+      <c r="AG326" s="4"/>
+      <c r="AH326" s="4"/>
+      <c r="AI326" s="4"/>
+      <c r="AJ326" s="4"/>
+      <c r="AK326" s="4"/>
+      <c r="AL326" s="4"/>
+      <c r="AM326" s="4"/>
+      <c r="AN326" s="4"/>
+      <c r="AO326" s="4"/>
+      <c r="AP326" s="4"/>
+      <c r="AQ326" s="4"/>
+      <c r="AR326" s="4"/>
+      <c r="AS326" s="4"/>
+      <c r="AT326" s="4"/>
+      <c r="AU326" s="4"/>
+      <c r="AV326" s="4"/>
+    </row>
+    <row r="327" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N327" s="4"/>
+      <c r="O327" s="4"/>
+      <c r="P327" s="4"/>
+      <c r="Q327" s="4"/>
+      <c r="R327" s="4"/>
+      <c r="S327" s="4"/>
+      <c r="T327" s="4"/>
+      <c r="U327" s="4"/>
+      <c r="V327" s="4"/>
+      <c r="W327" s="4"/>
+      <c r="X327" s="4"/>
+      <c r="Y327" s="4"/>
+      <c r="Z327" s="4"/>
+      <c r="AA327" s="4"/>
+      <c r="AB327" s="4"/>
+      <c r="AC327" s="4"/>
+      <c r="AD327" s="4"/>
+      <c r="AE327" s="4"/>
+      <c r="AF327" s="4"/>
+      <c r="AG327" s="4"/>
+      <c r="AH327" s="4"/>
+      <c r="AI327" s="4"/>
+      <c r="AJ327" s="4"/>
+      <c r="AK327" s="4"/>
+      <c r="AL327" s="4"/>
+      <c r="AM327" s="4"/>
+      <c r="AN327" s="4"/>
+      <c r="AO327" s="4"/>
+      <c r="AP327" s="4"/>
+      <c r="AQ327" s="4"/>
+      <c r="AR327" s="4"/>
+      <c r="AS327" s="4"/>
+      <c r="AT327" s="4"/>
+      <c r="AU327" s="4"/>
+      <c r="AV327" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="AG5:AV5"/>
     <mergeCell ref="AG6:AV6"/>
     <mergeCell ref="E6:M6"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:AF5"/>
     <mergeCell ref="N6:AF6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>