--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8b_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36DD53B0-FA3C-4664-9F50-F3B3C752BBBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5FF5A43-BA90-4E65-8339-F0B9EC247280}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7192" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7219" uniqueCount="42">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>6 years</t>
   </si>
   <si>
     <t>7 years</t>
   </si>
   <si>
     <t>9 years</t>
   </si>
   <si>
     <t>10 years</t>
   </si>
   <si>
@@ -292,51 +292,51 @@
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -347,79 +347,68 @@
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -543,53 +532,50 @@
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="6" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Postotak 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zadnji redak" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Zaglavlje" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -904,51 +890,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:AV327"/>
+  <dimension ref="B2:AV328"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="8.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="14.6640625" customWidth="1"/>
     <col min="5" max="48" width="10.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="52" t="s">
         <v>2</v>
       </c>
@@ -36460,269 +36446,373 @@
       <c r="AO319" s="37">
         <v>3.14</v>
       </c>
       <c r="AP319" s="37" t="s">
         <v>1</v>
       </c>
       <c r="AQ319" s="37" t="s">
         <v>1</v>
       </c>
       <c r="AR319" s="37" t="s">
         <v>1</v>
       </c>
       <c r="AS319" s="37">
         <v>3.6</v>
       </c>
       <c r="AT319" s="37" t="s">
         <v>1</v>
       </c>
       <c r="AU319" s="37" t="s">
         <v>1</v>
       </c>
       <c r="AV319" s="37" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="320" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B320" s="27">
+    <row r="320" spans="2:48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="46">
         <v>2026</v>
       </c>
-      <c r="C320" s="28" t="s">
+      <c r="C320" s="47" t="s">
         <v>13</v>
       </c>
-      <c r="D320" s="11">
+      <c r="D320" s="48">
         <v>2.94</v>
       </c>
-      <c r="E320" s="58" t="s">
-[...26 lines deleted...]
-      <c r="N320" s="11">
+      <c r="E320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="I320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="K320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="L320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="M320" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="N320" s="48">
         <v>2.44</v>
       </c>
-      <c r="O320" s="11">
+      <c r="O320" s="48">
         <v>2.59</v>
       </c>
-      <c r="P320" s="11">
+      <c r="P320" s="48">
         <v>2.64</v>
       </c>
-      <c r="Q320" s="11">
+      <c r="Q320" s="48">
         <v>2.9</v>
       </c>
-      <c r="R320" s="11">
+      <c r="R320" s="48">
         <v>3.01</v>
       </c>
-      <c r="S320" s="11">
+      <c r="S320" s="48">
         <v>3.11</v>
       </c>
-      <c r="T320" s="11">
+      <c r="T320" s="48">
         <v>3.14</v>
       </c>
-      <c r="U320" s="11">
+      <c r="U320" s="48">
         <v>3.2</v>
       </c>
-      <c r="V320" s="11" t="s">
-[...2 lines deleted...]
-      <c r="W320" s="11">
+      <c r="V320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="W320" s="48">
         <v>3.63</v>
       </c>
-      <c r="X320" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AA320" s="11">
+      <c r="X320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA320" s="48">
         <v>3.76</v>
       </c>
-      <c r="AB320" s="11" t="s">
-[...14 lines deleted...]
-      <c r="AG320" s="45">
+      <c r="AB320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF320" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG320" s="50">
         <v>2.4500000000000002</v>
       </c>
-      <c r="AH320" s="45">
+      <c r="AH320" s="50">
         <v>2.5299999999999998</v>
       </c>
-      <c r="AI320" s="45">
+      <c r="AI320" s="50">
         <v>2.75</v>
       </c>
-      <c r="AJ320" s="45" t="s">
-[...2 lines deleted...]
-      <c r="AK320" s="45">
+      <c r="AJ320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK320" s="50">
         <v>2.91</v>
       </c>
-      <c r="AL320" s="45">
+      <c r="AL320" s="50">
         <v>2.85</v>
       </c>
-      <c r="AM320" s="45">
+      <c r="AM320" s="50">
         <v>3.16</v>
       </c>
-      <c r="AN320" s="45">
+      <c r="AN320" s="50">
         <v>3.11</v>
       </c>
-      <c r="AO320" s="45">
+      <c r="AO320" s="50">
         <v>2.94</v>
       </c>
-      <c r="AP320" s="45" t="s">
-[...8 lines deleted...]
-      <c r="AS320" s="45">
+      <c r="AP320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS320" s="50">
         <v>3.57</v>
       </c>
-      <c r="AT320" s="45" t="s">
-[...5 lines deleted...]
-      <c r="AV320" s="45" t="s">
+      <c r="AT320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU320" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV320" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="322" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="AV322" s="3"/>
+    <row r="321" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="27"/>
+      <c r="C321" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="D321" s="11">
+        <v>3.09</v>
+      </c>
+      <c r="E321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="F321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="G321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="H321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="I321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="J321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="K321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="L321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="M321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="N321" s="11">
+        <v>2.34</v>
+      </c>
+      <c r="O321" s="11">
+        <v>2.48</v>
+      </c>
+      <c r="P321" s="11">
+        <v>2.54</v>
+      </c>
+      <c r="Q321" s="11">
+        <v>2.77</v>
+      </c>
+      <c r="R321" s="11">
+        <v>2.89</v>
+      </c>
+      <c r="S321" s="11">
+        <v>3.01</v>
+      </c>
+      <c r="T321" s="11">
+        <v>3.09</v>
+      </c>
+      <c r="U321" s="11">
+        <v>3.16</v>
+      </c>
+      <c r="V321" s="11">
+        <v>3.25</v>
+      </c>
+      <c r="W321" s="11">
+        <v>3.47</v>
+      </c>
+      <c r="X321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA321" s="11">
+        <v>3.69</v>
+      </c>
+      <c r="AB321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF321" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG321" s="45">
+        <v>2.46</v>
+      </c>
+      <c r="AH321" s="45">
+        <v>2.46</v>
+      </c>
+      <c r="AI321" s="45">
+        <v>2.79</v>
+      </c>
+      <c r="AJ321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK321" s="45">
+        <v>2.94</v>
+      </c>
+      <c r="AL321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AM321" s="45">
+        <v>3.19</v>
+      </c>
+      <c r="AN321" s="45">
+        <v>3.15</v>
+      </c>
+      <c r="AO321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS321" s="45">
+        <v>3.58</v>
+      </c>
+      <c r="AT321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU321" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV321" s="45" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row r="323" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="N323" s="4"/>
-[...33 lines deleted...]
-      <c r="AV323" s="4"/>
+      <c r="B323" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="N323" s="3"/>
+      <c r="O323" s="3"/>
+      <c r="P323" s="3"/>
+      <c r="Q323" s="3"/>
+      <c r="R323" s="3"/>
+      <c r="S323" s="3"/>
+      <c r="T323" s="3"/>
+      <c r="U323" s="3"/>
+      <c r="V323" s="3"/>
+      <c r="W323" s="3"/>
+      <c r="X323" s="3"/>
+      <c r="Y323" s="3"/>
+      <c r="Z323" s="3"/>
+      <c r="AA323" s="3"/>
+      <c r="AB323" s="3"/>
+      <c r="AC323" s="3"/>
+      <c r="AD323" s="3"/>
+      <c r="AE323" s="3"/>
+      <c r="AF323" s="3"/>
+      <c r="AG323" s="3"/>
+      <c r="AH323" s="3"/>
+      <c r="AI323" s="3"/>
+      <c r="AJ323" s="3"/>
+      <c r="AK323" s="3"/>
+      <c r="AL323" s="3"/>
+      <c r="AM323" s="3"/>
+      <c r="AN323" s="3"/>
+      <c r="AO323" s="3"/>
+      <c r="AP323" s="3"/>
+      <c r="AQ323" s="3"/>
+      <c r="AR323" s="3"/>
+      <c r="AS323" s="3"/>
+      <c r="AT323" s="3"/>
+      <c r="AU323" s="3"/>
+      <c r="AV323" s="3"/>
     </row>
     <row r="324" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N324" s="4"/>
       <c r="O324" s="4"/>
       <c r="P324" s="4"/>
       <c r="Q324" s="4"/>
       <c r="R324" s="4"/>
       <c r="S324" s="4"/>
       <c r="T324" s="4"/>
       <c r="U324" s="4"/>
       <c r="V324" s="4"/>
       <c r="W324" s="4"/>
       <c r="X324" s="4"/>
       <c r="Y324" s="4"/>
       <c r="Z324" s="4"/>
       <c r="AA324" s="4"/>
       <c r="AB324" s="4"/>
       <c r="AC324" s="4"/>
       <c r="AD324" s="4"/>
       <c r="AE324" s="4"/>
       <c r="AF324" s="4"/>
       <c r="AG324" s="4"/>
       <c r="AH324" s="4"/>
       <c r="AI324" s="4"/>
       <c r="AJ324" s="4"/>
@@ -36828,50 +36918,87 @@
       <c r="Y327" s="4"/>
       <c r="Z327" s="4"/>
       <c r="AA327" s="4"/>
       <c r="AB327" s="4"/>
       <c r="AC327" s="4"/>
       <c r="AD327" s="4"/>
       <c r="AE327" s="4"/>
       <c r="AF327" s="4"/>
       <c r="AG327" s="4"/>
       <c r="AH327" s="4"/>
       <c r="AI327" s="4"/>
       <c r="AJ327" s="4"/>
       <c r="AK327" s="4"/>
       <c r="AL327" s="4"/>
       <c r="AM327" s="4"/>
       <c r="AN327" s="4"/>
       <c r="AO327" s="4"/>
       <c r="AP327" s="4"/>
       <c r="AQ327" s="4"/>
       <c r="AR327" s="4"/>
       <c r="AS327" s="4"/>
       <c r="AT327" s="4"/>
       <c r="AU327" s="4"/>
       <c r="AV327" s="4"/>
     </row>
+    <row r="328" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N328" s="4"/>
+      <c r="O328" s="4"/>
+      <c r="P328" s="4"/>
+      <c r="Q328" s="4"/>
+      <c r="R328" s="4"/>
+      <c r="S328" s="4"/>
+      <c r="T328" s="4"/>
+      <c r="U328" s="4"/>
+      <c r="V328" s="4"/>
+      <c r="W328" s="4"/>
+      <c r="X328" s="4"/>
+      <c r="Y328" s="4"/>
+      <c r="Z328" s="4"/>
+      <c r="AA328" s="4"/>
+      <c r="AB328" s="4"/>
+      <c r="AC328" s="4"/>
+      <c r="AD328" s="4"/>
+      <c r="AE328" s="4"/>
+      <c r="AF328" s="4"/>
+      <c r="AG328" s="4"/>
+      <c r="AH328" s="4"/>
+      <c r="AI328" s="4"/>
+      <c r="AJ328" s="4"/>
+      <c r="AK328" s="4"/>
+      <c r="AL328" s="4"/>
+      <c r="AM328" s="4"/>
+      <c r="AN328" s="4"/>
+      <c r="AO328" s="4"/>
+      <c r="AP328" s="4"/>
+      <c r="AQ328" s="4"/>
+      <c r="AR328" s="4"/>
+      <c r="AS328" s="4"/>
+      <c r="AT328" s="4"/>
+      <c r="AU328" s="4"/>
+      <c r="AV328" s="4"/>
+    </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="AG5:AV5"/>
     <mergeCell ref="AG6:AV6"/>
     <mergeCell ref="E6:M6"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:AF5"/>
     <mergeCell ref="N6:AF6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>