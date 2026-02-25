--- v0 (2025-11-17)
+++ v1 (2026-02-25)
@@ -292,103 +292,57 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7F483528" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                             <w:pPr>
                               <w:pStyle w:val="NoParagraphStyle"/>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
-                              <w:t>Trg</w:t>
-[...44 lines deleted...]
-                              <w:t xml:space="preserve"> 3, 10000 Zagreb</w:t>
+                              <w:t>Trg hrvatskih velikana 3, 10000 Zagreb</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="102C3AF1" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
                             <w:pPr>
                               <w:pStyle w:val="NoParagraphStyle"/>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:position w:val="-2"/>
                                 <w:sz w:val="12"/>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="12"/>
                               </w:rPr>
                               <w:t>T. 01 4596 376 • F. 01 4610 549</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0BDDE953" w14:textId="77777777" w:rsidR="00D653C1" w:rsidRPr="00D653C1" w:rsidRDefault="00D653C1" w:rsidP="00D653C1">
@@ -618,51 +572,51 @@
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>DATA</w:t>
       </w:r>
       <w:r w:rsidR="00E53BBF" w:rsidRPr="00877D15">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ON THE APPLICANT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1935E1" w14:textId="77D4AAA2" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:spacing w:before="108" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk157669662"/>
-    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A94713">
+    <w:p w14:paraId="5FE2083C" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1694836353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -674,51 +628,51 @@
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E53BBF" w:rsidRPr="00877D15">
             <w:rPr>
               <w:rStyle w:val="Tekstrezerviranogmjesta"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  in his/her own name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D62E253" w14:textId="65959199" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A94713">
+    <w:p w14:paraId="7D62E253" w14:textId="65959199" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A94713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Tekstrezerviranogmjesta"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Tekstrezerviranogmjesta"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2006117859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -825,51 +779,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18FB9E6D" w14:textId="1246BF58" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name and surname:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F96C74" w14:textId="69E76265" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="07F96C74" w14:textId="69E76265" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1371039254"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -926,51 +880,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00D55E20" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0D47E0" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="5A0D47E0" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-73121247"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1013,51 +967,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C897DE" w14:textId="79689C23" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22770BB2" w14:textId="5864313A" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="22770BB2" w14:textId="5864313A" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="134376552"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
@@ -1139,51 +1093,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4612" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5DAC2D" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name of legal person:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="03A31C48" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-220442524"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1216,51 +1170,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Head office</w:t>
             </w:r>
             <w:r w:rsidR="00E53BBF" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of legal person (street and number, city and country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="062A6055" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="062A6055" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-92170849"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1300,51 +1254,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number</w:t>
             </w:r>
             <w:r w:rsidR="00D55E20" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OIB)</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00040AE1">
+          <w:p w14:paraId="793E5485" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00040AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1395"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="379362192"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
@@ -1432,51 +1386,51 @@
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="4E56472E" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D27ACF1" w14:textId="62237A7A" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name and surname:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="66225651" w14:textId="2BCD9216" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1511365304"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
                   <w:rPr>
@@ -1501,51 +1455,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF57CD0" w14:textId="2A75A840" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Personal identification number (OIB):</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:rStyle w:val="Referencafusnote"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="0AC20DE2" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1526318662"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
                   <w:rPr>
@@ -1562,51 +1516,51 @@
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="4E9D6A72" w14:textId="77777777" w:rsidTr="00040AE1">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8D0E2" w14:textId="2F3645E1" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Residence (street and number, city, country):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A725115" w14:textId="0AFEF8DD" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="3A725115" w14:textId="0AFEF8DD" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2064091782"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
                   <w:rPr>
@@ -1641,51 +1595,51 @@
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal </w:t>
             </w:r>
             <w:r w:rsidR="00D55E20" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>basis</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for representation (please enclose proof):</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F8B517F" w14:textId="291C616B" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="4F8B517F" w14:textId="291C616B" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1916"/>
               </w:tabs>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="467559728"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -1834,51 +1788,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651DD6B8" w14:textId="01A21232" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Phone number:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C33D6A" w14:textId="077A9628" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="44C33D6A" w14:textId="077A9628" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1209337141"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
@@ -1898,51 +1852,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE8ABF1" w14:textId="5D561397" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E-mail address (if any):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42191BB6" w14:textId="5E1231E0" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00177262">
+          <w:p w14:paraId="42191BB6" w14:textId="5E1231E0" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00177262">
             <w:pPr>
               <w:spacing w:line="24" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1314564061"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
@@ -2142,51 +2096,51 @@
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>THE APPLICATION IS SUBMITTED FOR THE FOLLOWING DESIGN OF THE NATIONAL SIDE OF EURO COINS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reetkatablice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="8889"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="0E8D255B" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63ED8D9C" w14:textId="29EB76F6" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="63ED8D9C" w14:textId="29EB76F6" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-99876558"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2217,51 +2171,51 @@
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for the motif of a geographical map of the Republic of Croatia with the Croatian checkerboard in the background on the national side of the €2 euro coin </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="4E693641" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57DECC54" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="57DECC54" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2102298184"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2305,51 +2259,51 @@
           <w:p w14:paraId="6AE0D571" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00A13AD7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>side of the €1 euro coin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="48350DB9" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35532C2A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="35532C2A" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="80185849"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2391,51 +2345,51 @@
             </w:r>
             <w:r w:rsidR="00C64959" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a portrait of </w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nikola Tesla with the Croatian checkerboard in the background on the national side of 50, 20 and 10 cent euro coins</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="59AA9975" w14:textId="77777777" w:rsidTr="007163A0">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365C4CA5" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="365C4CA5" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-170713117"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2474,51 +2428,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>for the motif of the Glagolitic script with the Croatian checkerboard in the background on the national</w:t>
             </w:r>
             <w:r w:rsidR="00C64959" w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> side of </w:t>
             </w:r>
             <w:r w:rsidRPr="00877D15">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5, 2 and 1 cent euro coins</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E53BBF" w:rsidRPr="00877D15" w14:paraId="635B1764" w14:textId="77777777" w:rsidTr="007163A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CDF373" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="00CDF373" w14:textId="77777777" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Tekstrezerviranogmjesta"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1410381264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -2718,51 +2672,51 @@
           </w:p>
           <w:p w14:paraId="54EB42DC" w14:textId="39C03D53" w:rsidR="00BD1EC3" w:rsidRPr="00877D15" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63961A61" w14:textId="7E15DAD3" w:rsidR="00BD1EC3" w:rsidRPr="00877D15" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F2B3621" w14:textId="00C5B008" w:rsidR="00BD1EC3" w:rsidRPr="00877D15" w:rsidRDefault="00BD1EC3" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13B26097" w14:textId="1EFC49F2" w:rsidR="00BD1EC3" w:rsidRPr="00877D15" w:rsidRDefault="00C606F7" w:rsidP="00A13AD7">
+          <w:p w14:paraId="13B26097" w14:textId="1EFC49F2" w:rsidR="00BD1EC3" w:rsidRPr="00877D15" w:rsidRDefault="004C0116" w:rsidP="00A13AD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1440290399"/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00717786" w:rsidRPr="00877D15">
                   <w:rPr>
                     <w:rStyle w:val="Tekstrezerviranogmjesta"/>
@@ -2884,303 +2838,103 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">verbal </w:t>
       </w:r>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>statement for the record to the following address:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E0875A" w14:textId="024291DD" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hrvatska </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Hrvatska narodna banka</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71B58413" w14:textId="27E8803E" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Direkcija </w:t>
-[...148 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Direkcija nacionalnih centara za borbu protiv krivotvorenja, analizu novčanica i analizu kovanog novca</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5B98BAD2" w14:textId="36AE7034" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Trg</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> 3</w:t>
+        <w:t>Trg hrvatskih velikana 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6800AED7" w14:textId="77777777" w:rsidR="004B66F8" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
+    <w:p w14:paraId="6800AED7" w14:textId="77C2F313" w:rsidR="004B66F8" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>p. p. 859</w:t>
+        <w:t xml:space="preserve">p. p. </w:t>
+      </w:r>
+      <w:r w:rsidR="004C0116">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>168</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034578A0" w14:textId="073DC6CF" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="007163A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>10000 Zagreb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B314D8C" w14:textId="24686308" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D78A8E9" w14:textId="6442AA3D" w:rsidR="00E53BBF" w:rsidRPr="00877D15" w:rsidRDefault="00E53BBF" w:rsidP="00E53BBF">
@@ -4224,69 +3978,51 @@
     <w:p w14:paraId="649F3CA2" w14:textId="6E01D893" w:rsidR="0096144C" w:rsidRPr="00877D15" w:rsidRDefault="0096144C" w:rsidP="00923896">
       <w:pPr>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk161646465"/>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>The supervisory authority for the protection of personal data in the Republic of Croatia is the Croatian Personal Data Protection Agency</w:t>
       </w:r>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (AZOP)</w:t>
       </w:r>
       <w:r w:rsidR="005D326E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00877D15">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Please not</w:t>
       </w:r>
       <w:r w:rsidR="00B81A2E" w:rsidRPr="00877D15">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -4408,79 +4144,79 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="469EB73C" w14:textId="77777777" w:rsidR="00CA13AB" w:rsidRDefault="00CA13AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Life L2">
     <w:panose1 w:val="02020602060305020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4632,51 +4368,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3AC058A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:805.45pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5ppZpqwIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCQ2opEpCmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSJNWk6ZtfLDO9vm5e+4e7vZuaBt0oFIxwVPsX3kYUV6IkvFdir88&#10;5s4cI6UJL0kjOE3xE1X4bvH2zW3fJTQQtWhKKhGAcJX0XYprrbvEdVVR05aoK9FRDpeVkC3RsJU7&#10;t5SkB/S2cQPPi9xeyLKToqBKwWk2XuKFxa8qWuhPVaWoRk2KITdtV2nXrVndxS1JdpJ0NSuOaZC/&#10;yKIljEPQE1RGNEF7yV5BtayQQolKXxWidUVVsYJaDsDG916weahJRy0XKI7qTmVS/w+2+Hj4LBEr&#10;UxxgxEkLLXqkg0YrMSDfVKfvVAJODx246QGOocuWqeruRfFVIS7WNeE7upRS9DUlJWRnX7pnT0cc&#10;ZUC2/QdRQhiy18ICDZVsTemgGAjQoUtPp86YVAo4nEdhcD3DqIAr348Cb2Zyc0kyPe6k0u+oaJEx&#10;Uiyh8RacHO6VHl0nFxOLi5w1jW1+wy8OAHM8gdDw1NyZJGwvf8RevJlv5qETBtHGCb0sc5b5OnSi&#10;3L+ZZdfZep35P01cP0xqVpaUmzCTrvzwz/p2VPioiJOylGhYaeBMSkrututGogMBXef2OxbkzM29&#10;TMPWC7i8oOQHobcKYieP5jdOmIczJ77x5o7nx6s48sI4zPJLSveM03+nhPoUx7NgNmrpt9w8+73m&#10;RpKWaZgcDWtBHScnkhgFbnhpW6sJa0b7rBQm/edSQLunRlu9GomOYtXDdgAUI+KtKJ9AuVKAskCe&#10;MO7AqIX8jlEPoyPF6tueSIpR856D+s2cmQw5GdvJILyApynWGI3mWo/zaN9JtqsBefy/uFjCH1Ix&#10;q97nLCB1s4FxYEkcR5eZN+d76/U8YBe/AAAA//8DAFBLAwQUAAYACAAAACEADHkuXuAAAAAOAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZW6q2x4QCFYqIoak+VqhJ66NHgDaDgNcVO&#10;Qv++5tQed+ZpdqbYLWZkV5zdYElCtBXAkFqrB+okfNavj0/AnFek1WgJJfygg125uStUru2NKrwe&#10;fcdCCLlcSei9n3LOXdujUW5rJ6TgnexslA/n3HE9q1sINyOPhUi4UQOFD72a8NBjez5ejIT9F1Uv&#10;w/d781GdqqGuM0FvyVnKh/tl/wzM4+L/YFjrh+pQhk6NvZB2bJSQpVEa0GAkkciArUgk0jCnWbU4&#10;i4GXBf8/o/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeaaWaasCAACoBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADHkuXuAAAAAOAQAADwAA&#10;AAAAAAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:485.85pt;margin-top:805.45pt;width:68.05pt;height:9.15pt;z-index:-15797760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfiAne5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7lAV1W02aq0KkIq&#10;UKnlA7yOnVgkHjP2brJ8PWNnsxT6VvFiTcYzx2fOnGyupqFnB4XegK15sco5U1ZCY2xb8+9Pd+8u&#10;OfNB2Eb0YFXNj8rzq+3bN5vRVaqEDvpGISMQ66vR1bwLwVVZ5mWnBuFX4JSlSw04iECf2GYNipHQ&#10;hz4r83ydjYCNQ5DKe8rezpd8m/C1VjJ809qrwPqaE7eQTkznLp7ZdiOqFoXrjDzREK9gMQhj6dEz&#10;1K0Igu3RvIAajETwoMNKwpCB1kaqNANNU+T/TPPYCafSLCSOd2eZ/P+DlV8PD8hMU/OSMysGWtGT&#10;mgL7CBMrojqj8xUVPToqCxOlactpUu/uQf7wzMJNJ2yrrhFh7JRoiF3qzJ61zjg+guzGL9DQM2If&#10;IAFNGocoHYnBCJ22dDxvJlKRlLxcfyjfX3Am6aoo1mV+EbllolqaHfrwScHAYlBzpMUncHG492Eu&#10;XUriWxbuTN+n5ff2rwRhxkwiH/nOzMO0m05i7KA50hgIs5fI+xR0gL84G8lHNfc/9wIVZ/1nS1JE&#10;0y0BLsFuCYSV1FrzwNkc3oTZnHuHpu0IeRbbwjXJpU0aJeo6szjxJG8kMU4+juZ7/p2q/vxt298A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMeS5e4AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BboMw&#10;EETvlfIP1lbqrbHhAIVioihqT5WqEnro0eANoOA1xU5C/77m1B535ml2ptgtZmRXnN1gSUK0FcCQ&#10;WqsH6iR81q+PT8CcV6TVaAkl/KCDXbm5K1Su7Y0qvB59x0IIuVxJ6L2fcs5d26NRbmsnpOCd7GyU&#10;D+fccT2rWwg3I4+FSLhRA4UPvZrw0GN7Pl6MhP0XVS/D93vzUZ2qoa4zQW/JWcqH+2X/DMzj4v9g&#10;WOuH6lCGTo29kHZslJClURrQYCSRyICtSCTSMKdZtTiLgZcF/z+j/AUAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDfiAne5wEAALUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAMeS5e4AAAAA4BAAAPAAAAAAAAAAAAAAAAAEEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3E9309D6" w14:textId="74B5E0A7" w:rsidR="00B46A43" w:rsidRDefault="00BE0C29">
                     <w:pPr>
                       <w:spacing w:before="24"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="12"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t xml:space="preserve">DNC-5-01 • </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="EF4135"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t xml:space="preserve">P. </w:t>
                     </w:r>
                     <w:r w:rsidR="002E76F8">
@@ -7986,60 +7722,60 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="188"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8IEmyVTkmag1kz8NpPHY8GOILP4rc3BJPldnmzVcxzQKg4P5t2E+BJ4XhRkUFiek8n7cVEe6/MbGej7mXHKT0w==" w:salt="Mo09xDMUeRois/3pnGyGog=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZHMMt0pOw8/qBSYr3D0Rkyild2H0ttb3a67J/RYkfoZXxvBAqPJpWw1mMmyHrunYOQBAMjtuIC8YGHYA8upygQ==" w:salt="iSTnkfhje8ePrixqAmHDiw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46A43"/>
     <w:rsid w:val="00001DE1"/>
     <w:rsid w:val="000027CF"/>
     <w:rsid w:val="00003BD4"/>
     <w:rsid w:val="0003707C"/>
     <w:rsid w:val="00040AE1"/>
@@ -8069,50 +7805,51 @@
     <w:rsid w:val="00280491"/>
     <w:rsid w:val="00291866"/>
     <w:rsid w:val="00296506"/>
     <w:rsid w:val="002A1DD3"/>
     <w:rsid w:val="002B038A"/>
     <w:rsid w:val="002D51B3"/>
     <w:rsid w:val="002E4467"/>
     <w:rsid w:val="002E76F8"/>
     <w:rsid w:val="00304705"/>
     <w:rsid w:val="003207BD"/>
     <w:rsid w:val="00327242"/>
     <w:rsid w:val="00327A00"/>
     <w:rsid w:val="00347A61"/>
     <w:rsid w:val="0036022D"/>
     <w:rsid w:val="003A5AAE"/>
     <w:rsid w:val="003A7A90"/>
     <w:rsid w:val="003D2381"/>
     <w:rsid w:val="003F57AE"/>
     <w:rsid w:val="00407C09"/>
     <w:rsid w:val="00425F4D"/>
     <w:rsid w:val="0046491F"/>
     <w:rsid w:val="00472F6C"/>
     <w:rsid w:val="004A1C92"/>
     <w:rsid w:val="004B435C"/>
     <w:rsid w:val="004B66F8"/>
+    <w:rsid w:val="004C0116"/>
     <w:rsid w:val="004C5F75"/>
     <w:rsid w:val="004F05E8"/>
     <w:rsid w:val="004F3C45"/>
     <w:rsid w:val="005017FF"/>
     <w:rsid w:val="00543A87"/>
     <w:rsid w:val="00566239"/>
     <w:rsid w:val="00590EBC"/>
     <w:rsid w:val="0059124A"/>
     <w:rsid w:val="005A049D"/>
     <w:rsid w:val="005B38D5"/>
     <w:rsid w:val="005D326E"/>
     <w:rsid w:val="005D332F"/>
     <w:rsid w:val="005E2D1B"/>
     <w:rsid w:val="005E2EAF"/>
     <w:rsid w:val="00632CA5"/>
     <w:rsid w:val="00635E5A"/>
     <w:rsid w:val="00655BFE"/>
     <w:rsid w:val="0067189A"/>
     <w:rsid w:val="00677507"/>
     <w:rsid w:val="006C665A"/>
     <w:rsid w:val="006E347E"/>
     <w:rsid w:val="006F6040"/>
     <w:rsid w:val="00713D31"/>
     <w:rsid w:val="007163A0"/>
     <w:rsid w:val="00717786"/>
@@ -8211,51 +7948,51 @@
     <w:rsid w:val="00ED1A56"/>
     <w:rsid w:val="00F15589"/>
     <w:rsid w:val="00F65D9A"/>
     <w:rsid w:val="00F95F5F"/>
     <w:rsid w:val="00FA1179"/>
     <w:rsid w:val="00FC6BA9"/>
     <w:rsid w:val="00FD4651"/>
     <w:rsid w:val="00FD5EAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hr-HR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AC03C9F"/>
   <w15:docId w15:val="{46A30B77-E7FC-4748-BDE6-2D68CCB0D4E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>