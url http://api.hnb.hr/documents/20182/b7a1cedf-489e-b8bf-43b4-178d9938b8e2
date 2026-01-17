--- v0 (2025-10-06)
+++ v1 (2026-01-17)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C1E9803-81BC-4D5F-9115-D7F24C1867D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{19665157-633D-4E01-AEFE-26D1093BB855}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{623F36DB-0EFA-45C7-BE12-8E83B8088ED4}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="717" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="732" uniqueCount="20">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2+3+4+5+6+7)</t>
   </si>
   <si>
     <t xml:space="preserve">     Up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">     Over 1 and up to 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">     Over 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">            Up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">            Over 5 years</t>
   </si>
   <si>
@@ -781,77 +784,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8648034B-2D0C-46E0-B3C5-486E111C1627}">
-  <dimension ref="B2:FW47"/>
+  <dimension ref="B2:FZ47"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" style="1" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="9" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:179" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:182" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
       <c r="ER5" s="8"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1340,52 +1343,61 @@
       </c>
       <c r="FP6" s="4">
         <v>45688</v>
       </c>
       <c r="FQ6" s="4">
         <v>45716</v>
       </c>
       <c r="FR6" s="4">
         <v>45747</v>
       </c>
       <c r="FS6" s="4">
         <v>45777</v>
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
+      <c r="FX6" s="4">
+        <v>45930</v>
+      </c>
+      <c r="FY6" s="4">
+        <v>45961</v>
+      </c>
+      <c r="FZ6" s="4">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="11">
         <v>5056.2560812199999</v>
       </c>
       <c r="D7" s="11">
         <v>5076.7402349800004</v>
       </c>
       <c r="E7" s="11">
         <v>5144.4661347600004</v>
       </c>
       <c r="F7" s="11">
         <v>5813.0859341799996</v>
       </c>
       <c r="G7" s="11">
         <v>5744.7899767999997</v>
       </c>
       <c r="H7" s="11">
         <v>5802.9055495800003</v>
       </c>
       <c r="I7" s="11">
         <v>5658.9188181</v>
       </c>
       <c r="J7" s="11">
@@ -1876,52 +1888,61 @@
       </c>
       <c r="FP7" s="11">
         <v>5504.2183466500001</v>
       </c>
       <c r="FQ7" s="11">
         <v>5394.2815210299996</v>
       </c>
       <c r="FR7" s="11">
         <v>5373.9270403500004</v>
       </c>
       <c r="FS7" s="11">
         <v>5268.7379535</v>
       </c>
       <c r="FT7" s="11">
         <v>5140.6739767099998</v>
       </c>
       <c r="FU7" s="11">
         <v>5032.0762208400001</v>
       </c>
       <c r="FV7" s="11">
         <v>5037.0240359400004</v>
       </c>
       <c r="FW7" s="11">
         <v>5040.22913823</v>
       </c>
+      <c r="FX7" s="11">
+        <v>5104.15064497</v>
+      </c>
+      <c r="FY7" s="11">
+        <v>5148.3307213400003</v>
+      </c>
+      <c r="FZ7" s="11">
+        <v>5196.9152112399997</v>
+      </c>
     </row>
-    <row r="8" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="13">
         <v>4641.1884521800002</v>
       </c>
       <c r="D8" s="13">
         <v>4647.1879693999999</v>
       </c>
       <c r="E8" s="13">
         <v>4714.0647291799996</v>
       </c>
       <c r="F8" s="13">
         <v>5384.9014533400004</v>
       </c>
       <c r="G8" s="13">
         <v>5336.99337887</v>
       </c>
       <c r="H8" s="13">
         <v>5394.4831896699998</v>
       </c>
       <c r="I8" s="13">
         <v>5256.3726090399996</v>
       </c>
       <c r="J8" s="13">
@@ -2412,52 +2433,61 @@
       </c>
       <c r="FP8" s="13">
         <v>4691.6240889299997</v>
       </c>
       <c r="FQ8" s="13">
         <v>4579.6749842899999</v>
       </c>
       <c r="FR8" s="13">
         <v>4560.84517882</v>
       </c>
       <c r="FS8" s="13">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT8" s="13">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU8" s="13">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV8" s="13">
         <v>4187.47242998</v>
       </c>
       <c r="FW8" s="13">
         <v>4189.7779993300001</v>
       </c>
+      <c r="FX8" s="13">
+        <v>4257.3892450499998</v>
+      </c>
+      <c r="FY8" s="13">
+        <v>4279.9804610499996</v>
+      </c>
+      <c r="FZ8" s="13">
+        <v>4316.8013508800004</v>
+      </c>
     </row>
-    <row r="9" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="13">
         <v>259.94926636999998</v>
       </c>
       <c r="D9" s="13">
         <v>141.06287067</v>
       </c>
       <c r="E9" s="13">
         <v>159.85092313000001</v>
       </c>
       <c r="F9" s="13">
         <v>929.87624976999996</v>
       </c>
       <c r="G9" s="13">
         <v>811.66461113000003</v>
       </c>
       <c r="H9" s="13">
         <v>825.89829140999996</v>
       </c>
       <c r="I9" s="13">
         <v>758.93640273999995</v>
       </c>
       <c r="J9" s="13">
@@ -2948,52 +2978,61 @@
       </c>
       <c r="FP9" s="13">
         <v>28.37528923</v>
       </c>
       <c r="FQ9" s="13">
         <v>27.429590869999998</v>
       </c>
       <c r="FR9" s="13">
         <v>37.889637620000002</v>
       </c>
       <c r="FS9" s="13">
         <v>32.107842130000002</v>
       </c>
       <c r="FT9" s="13">
         <v>24.065790759999999</v>
       </c>
       <c r="FU9" s="13">
         <v>18.50751855</v>
       </c>
       <c r="FV9" s="13">
         <v>21.293257919999999</v>
       </c>
       <c r="FW9" s="13">
         <v>18.733206899999999</v>
       </c>
+      <c r="FX9" s="13">
+        <v>19.587024240000002</v>
+      </c>
+      <c r="FY9" s="13">
+        <v>24.684659150000002</v>
+      </c>
+      <c r="FZ9" s="13">
+        <v>25.095448730000001</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="13">
         <v>1368.65758734</v>
       </c>
       <c r="D10" s="13">
         <v>1498.56396692</v>
       </c>
       <c r="E10" s="13">
         <v>1498.30018576</v>
       </c>
       <c r="F10" s="13">
         <v>1412.82578822</v>
       </c>
       <c r="G10" s="13">
         <v>1451.5679610899999</v>
       </c>
       <c r="H10" s="13">
         <v>1463.9214654699999</v>
       </c>
       <c r="I10" s="13">
         <v>1409.89140036</v>
       </c>
       <c r="J10" s="13">
@@ -3484,52 +3523,61 @@
       </c>
       <c r="FP10" s="13">
         <v>472.82065191999999</v>
       </c>
       <c r="FQ10" s="13">
         <v>472.86591220999998</v>
       </c>
       <c r="FR10" s="13">
         <v>458.33502821000002</v>
       </c>
       <c r="FS10" s="13">
         <v>377.00637924</v>
       </c>
       <c r="FT10" s="13">
         <v>385.48088338999997</v>
       </c>
       <c r="FU10" s="13">
         <v>335.23715872000002</v>
       </c>
       <c r="FV10" s="13">
         <v>340.96348666</v>
       </c>
       <c r="FW10" s="13">
         <v>348.90188918000001</v>
       </c>
+      <c r="FX10" s="13">
+        <v>323.72706463999998</v>
+      </c>
+      <c r="FY10" s="13">
+        <v>308.63904938000002</v>
+      </c>
+      <c r="FZ10" s="13">
+        <v>308.19943321</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="13">
         <v>3012.5815984699998</v>
       </c>
       <c r="D11" s="13">
         <v>3007.56113181</v>
       </c>
       <c r="E11" s="13">
         <v>3055.9136202899999</v>
       </c>
       <c r="F11" s="13">
         <v>3042.19941535</v>
       </c>
       <c r="G11" s="13">
         <v>3073.7608066500002</v>
       </c>
       <c r="H11" s="13">
         <v>3104.6634327900001</v>
       </c>
       <c r="I11" s="13">
         <v>3087.5448059400001</v>
       </c>
       <c r="J11" s="13">
@@ -4020,52 +4068,61 @@
       </c>
       <c r="FP11" s="13">
         <v>4190.4281477799996</v>
       </c>
       <c r="FQ11" s="13">
         <v>4079.37948121</v>
       </c>
       <c r="FR11" s="13">
         <v>4064.62051299</v>
       </c>
       <c r="FS11" s="13">
         <v>4050.5390280500001</v>
       </c>
       <c r="FT11" s="13">
         <v>3895.13313948</v>
       </c>
       <c r="FU11" s="13">
         <v>3830.2352953999998</v>
       </c>
       <c r="FV11" s="13">
         <v>3825.2156854</v>
       </c>
       <c r="FW11" s="13">
         <v>3822.14290325</v>
       </c>
+      <c r="FX11" s="13">
+        <v>3914.0751561699999</v>
+      </c>
+      <c r="FY11" s="13">
+        <v>3946.6567525199998</v>
+      </c>
+      <c r="FZ11" s="13">
+        <v>3983.5064689400001</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="13">
         <v>414.93147213999998</v>
       </c>
       <c r="D12" s="13">
         <v>429.40948709000003</v>
       </c>
       <c r="E12" s="13">
         <v>430.24081135</v>
       </c>
       <c r="F12" s="13">
         <v>428.01891812999997</v>
       </c>
       <c r="G12" s="13">
         <v>407.62997716000001</v>
       </c>
       <c r="H12" s="13">
         <v>408.24680247999999</v>
       </c>
       <c r="I12" s="13">
         <v>402.33813708999998</v>
       </c>
       <c r="J12" s="13">
@@ -4556,52 +4613,61 @@
       </c>
       <c r="FP12" s="13">
         <v>810.41286051999998</v>
       </c>
       <c r="FQ12" s="13">
         <v>812.75342992000003</v>
       </c>
       <c r="FR12" s="13">
         <v>811.40911182000002</v>
       </c>
       <c r="FS12" s="13">
         <v>807.15670852000005</v>
       </c>
       <c r="FT12" s="13">
         <v>833.43583722999995</v>
       </c>
       <c r="FU12" s="13">
         <v>845.40070463999996</v>
       </c>
       <c r="FV12" s="13">
         <v>846.63104383999996</v>
       </c>
       <c r="FW12" s="13">
         <v>846.32309573999999</v>
       </c>
+      <c r="FX12" s="13">
+        <v>842.74820864000003</v>
+      </c>
+      <c r="FY12" s="13">
+        <v>864.37924154999996</v>
+      </c>
+      <c r="FZ12" s="13">
+        <v>876.33260754000003</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="13">
         <v>26.144070580000001</v>
       </c>
       <c r="D13" s="13">
         <v>47.81600409</v>
       </c>
       <c r="E13" s="13">
         <v>48.959851010000001</v>
       </c>
       <c r="F13" s="13">
         <v>52.917558370000002</v>
       </c>
       <c r="G13" s="13">
         <v>36.12367227</v>
       </c>
       <c r="H13" s="13">
         <v>36.807090170000002</v>
       </c>
       <c r="I13" s="13">
         <v>34.31597773</v>
       </c>
       <c r="J13" s="13">
@@ -5092,52 +5158,61 @@
       </c>
       <c r="FP13" s="13">
         <v>46.7737549</v>
       </c>
       <c r="FQ13" s="13">
         <v>51.168900499999999</v>
       </c>
       <c r="FR13" s="13">
         <v>62.199639019999999</v>
       </c>
       <c r="FS13" s="13">
         <v>52.217085300000001</v>
       </c>
       <c r="FT13" s="13">
         <v>66.607457749999995</v>
       </c>
       <c r="FU13" s="13">
         <v>73.069130369999996</v>
       </c>
       <c r="FV13" s="13">
         <v>71.529743420000003</v>
       </c>
       <c r="FW13" s="13">
         <v>68.807133969999995</v>
       </c>
+      <c r="FX13" s="13">
+        <v>74.763776289999996</v>
+      </c>
+      <c r="FY13" s="13">
+        <v>89.45022994</v>
+      </c>
+      <c r="FZ13" s="13">
+        <v>90.247318120000003</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="13">
         <v>72.11149193</v>
       </c>
       <c r="D14" s="13">
         <v>68.831572649999998</v>
       </c>
       <c r="E14" s="13">
         <v>69.421219750000006</v>
       </c>
       <c r="F14" s="13">
         <v>69.169690029999998</v>
       </c>
       <c r="G14" s="13">
         <v>68.761295230000002</v>
       </c>
       <c r="H14" s="13">
         <v>66.070819689999993</v>
       </c>
       <c r="I14" s="13">
         <v>65.169538979999999</v>
       </c>
       <c r="J14" s="13">
@@ -5628,52 +5703,61 @@
       </c>
       <c r="FP14" s="13">
         <v>23.805029730000001</v>
       </c>
       <c r="FQ14" s="13">
         <v>22.354882150000002</v>
       </c>
       <c r="FR14" s="13">
         <v>21.82793659</v>
       </c>
       <c r="FS14" s="13">
         <v>23.267387249999999</v>
       </c>
       <c r="FT14" s="13">
         <v>24.103207749999999</v>
       </c>
       <c r="FU14" s="13">
         <v>23.074916420000001</v>
       </c>
       <c r="FV14" s="13">
         <v>23.30355333</v>
       </c>
       <c r="FW14" s="13">
         <v>22.41824574</v>
       </c>
+      <c r="FX14" s="13">
+        <v>22.190797870000001</v>
+      </c>
+      <c r="FY14" s="13">
+        <v>21.452786400000001</v>
+      </c>
+      <c r="FZ14" s="13">
+        <v>21.341251140000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="13">
         <v>316.67590962999998</v>
       </c>
       <c r="D15" s="13">
         <v>312.76191034999999</v>
       </c>
       <c r="E15" s="13">
         <v>311.85974059</v>
       </c>
       <c r="F15" s="13">
         <v>305.93166973000001</v>
       </c>
       <c r="G15" s="13">
         <v>302.74500965999999</v>
       </c>
       <c r="H15" s="13">
         <v>305.36889262</v>
       </c>
       <c r="I15" s="13">
         <v>302.85262038000002</v>
       </c>
       <c r="J15" s="13">
@@ -6164,52 +6248,61 @@
       </c>
       <c r="FP15" s="13">
         <v>739.83407589000001</v>
       </c>
       <c r="FQ15" s="13">
         <v>739.22964726999999</v>
       </c>
       <c r="FR15" s="13">
         <v>727.38153621000004</v>
       </c>
       <c r="FS15" s="13">
         <v>731.67223596999997</v>
       </c>
       <c r="FT15" s="13">
         <v>742.72517173000006</v>
       </c>
       <c r="FU15" s="13">
         <v>749.25665785000001</v>
       </c>
       <c r="FV15" s="13">
         <v>751.79774709000003</v>
       </c>
       <c r="FW15" s="13">
         <v>755.09771603000002</v>
       </c>
+      <c r="FX15" s="13">
+        <v>745.79363448000004</v>
+      </c>
+      <c r="FY15" s="13">
+        <v>753.47622521000005</v>
+      </c>
+      <c r="FZ15" s="13">
+        <v>764.74403828000004</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="13">
         <v>0.1361569</v>
       </c>
       <c r="D16" s="13">
         <v>0.14277849000000001</v>
       </c>
       <c r="E16" s="13">
         <v>0.16059423</v>
       </c>
       <c r="F16" s="13">
         <v>0.16556271</v>
       </c>
       <c r="G16" s="13">
         <v>0.16662077</v>
       </c>
       <c r="H16" s="13">
         <v>0.17555742999999999</v>
       </c>
       <c r="I16" s="13">
         <v>0.20807196999999999</v>
       </c>
       <c r="J16" s="13">
@@ -6700,52 +6793,61 @@
       </c>
       <c r="FP16" s="13">
         <v>2.1813972000000001</v>
       </c>
       <c r="FQ16" s="13">
         <v>1.85310682</v>
       </c>
       <c r="FR16" s="13">
         <v>1.6727497099999999</v>
       </c>
       <c r="FS16" s="13">
         <v>1.9279955600000001</v>
       </c>
       <c r="FT16" s="13">
         <v>2.5583258500000001</v>
       </c>
       <c r="FU16" s="13">
         <v>2.6955435300000001</v>
       </c>
       <c r="FV16" s="13">
         <v>2.92056212</v>
       </c>
       <c r="FW16" s="13">
         <v>4.1280431599999998</v>
       </c>
+      <c r="FX16" s="13">
+        <v>4.01319128</v>
+      </c>
+      <c r="FY16" s="13">
+        <v>3.9710187399999999</v>
+      </c>
+      <c r="FZ16" s="13">
+        <v>3.7812528200000002</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="13">
         <v>0.13615672000000001</v>
       </c>
       <c r="D17" s="13">
         <v>0.14277830999999999</v>
       </c>
       <c r="E17" s="13">
         <v>0.16059404999999999</v>
       </c>
       <c r="F17" s="13">
         <v>0.16556253000000001</v>
       </c>
       <c r="G17" s="13">
         <v>0.16662059000000001</v>
       </c>
       <c r="H17" s="13">
         <v>0.17555725</v>
       </c>
       <c r="I17" s="13">
         <v>0.20807179000000001</v>
       </c>
       <c r="J17" s="13">
@@ -7236,52 +7338,61 @@
       </c>
       <c r="FP17" s="13">
         <v>2.1813972000000001</v>
       </c>
       <c r="FQ17" s="13">
         <v>1.85310682</v>
       </c>
       <c r="FR17" s="13">
         <v>1.6727497099999999</v>
       </c>
       <c r="FS17" s="13">
         <v>1.9279955600000001</v>
       </c>
       <c r="FT17" s="13">
         <v>2.5583258500000001</v>
       </c>
       <c r="FU17" s="13">
         <v>2.6955435300000001</v>
       </c>
       <c r="FV17" s="13">
         <v>2.92056212</v>
       </c>
       <c r="FW17" s="13">
         <v>4.1280431599999998</v>
       </c>
+      <c r="FX17" s="13">
+        <v>4.01319128</v>
+      </c>
+      <c r="FY17" s="13">
+        <v>3.9710187399999999</v>
+      </c>
+      <c r="FZ17" s="13">
+        <v>3.7812528200000002</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="J18" s="13" t="s">
@@ -7772,52 +7883,61 @@
       </c>
       <c r="FP18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FQ18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FR18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FS18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FT18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FU18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FV18" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FW18" s="13" t="s">
         <v>1</v>
       </c>
+      <c r="FX18" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FY18" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ18" s="13" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="19" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="D19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="E19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="F19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="G19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="H19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="I19" s="13">
         <v>1.8E-7</v>
       </c>
       <c r="J19" s="13">
@@ -8308,52 +8428,61 @@
       </c>
       <c r="FP19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FQ19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FR19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FS19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FT19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FU19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FV19" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FW19" s="13" t="s">
         <v>1</v>
       </c>
+      <c r="FX19" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FY19" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ19" s="13" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="13">
         <v>13709.05641558</v>
       </c>
       <c r="D20" s="13">
         <v>13760.759382099999</v>
       </c>
       <c r="E20" s="13">
         <v>13880.174605910001</v>
       </c>
       <c r="F20" s="13">
         <v>13928.060406369999</v>
       </c>
       <c r="G20" s="13">
         <v>14045.122245729999</v>
       </c>
       <c r="H20" s="13">
         <v>14234.269670150001</v>
       </c>
       <c r="I20" s="13">
         <v>14164.541111029999</v>
       </c>
       <c r="J20" s="13">
@@ -8844,52 +8973,61 @@
       </c>
       <c r="FP20" s="13">
         <v>15927.60237171</v>
       </c>
       <c r="FQ20" s="13">
         <v>16190.149478969999</v>
       </c>
       <c r="FR20" s="13">
         <v>16296.87941216</v>
       </c>
       <c r="FS20" s="13">
         <v>16551.978712569999</v>
       </c>
       <c r="FT20" s="13">
         <v>16656.12054833</v>
       </c>
       <c r="FU20" s="13">
         <v>16846.717931890002</v>
       </c>
       <c r="FV20" s="13">
         <v>16944.419513190001</v>
       </c>
       <c r="FW20" s="13">
         <v>16772.219694970001</v>
       </c>
+      <c r="FX20" s="13">
+        <v>16919.838365150001</v>
+      </c>
+      <c r="FY20" s="13">
+        <v>17150.194156580001</v>
+      </c>
+      <c r="FZ20" s="13">
+        <v>17365.087268949999</v>
+      </c>
     </row>
-    <row r="21" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="13">
         <v>3590.6711286</v>
       </c>
       <c r="D21" s="13">
         <v>3568.7666553099998</v>
       </c>
       <c r="E21" s="13">
         <v>3654.7053667800001</v>
       </c>
       <c r="F21" s="13">
         <v>3687.89680739</v>
       </c>
       <c r="G21" s="13">
         <v>3767.3662420700002</v>
       </c>
       <c r="H21" s="13">
         <v>3790.8876638299998</v>
       </c>
       <c r="I21" s="13">
         <v>3694.5351353699998</v>
       </c>
       <c r="J21" s="13">
@@ -9380,52 +9518,61 @@
       </c>
       <c r="FP21" s="13">
         <v>2366.6655894400001</v>
       </c>
       <c r="FQ21" s="13">
         <v>2441.5978300800002</v>
       </c>
       <c r="FR21" s="13">
         <v>2501.7584404499999</v>
       </c>
       <c r="FS21" s="13">
         <v>2645.6064425899999</v>
       </c>
       <c r="FT21" s="13">
         <v>2595.44762425</v>
       </c>
       <c r="FU21" s="13">
         <v>2601.8169031399998</v>
       </c>
       <c r="FV21" s="13">
         <v>2640.1964307600001</v>
       </c>
       <c r="FW21" s="13">
         <v>2447.7687867</v>
       </c>
+      <c r="FX21" s="13">
+        <v>2499.3693740600002</v>
+      </c>
+      <c r="FY21" s="13">
+        <v>2407.74991202</v>
+      </c>
+      <c r="FZ21" s="13">
+        <v>2396.5963696600002</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="13">
         <v>4488.82406997</v>
       </c>
       <c r="D22" s="13">
         <v>4513.9195481200004</v>
       </c>
       <c r="E22" s="13">
         <v>4497.4556925300003</v>
       </c>
       <c r="F22" s="13">
         <v>4492.15887905</v>
       </c>
       <c r="G22" s="13">
         <v>4477.5077448700004</v>
       </c>
       <c r="H22" s="13">
         <v>4547.8407363200004</v>
       </c>
       <c r="I22" s="13">
         <v>4581.2158474400003</v>
       </c>
       <c r="J22" s="13">
@@ -9916,52 +10063,61 @@
       </c>
       <c r="FP22" s="13">
         <v>4136.1127986900001</v>
       </c>
       <c r="FQ22" s="13">
         <v>4209.2356215199998</v>
       </c>
       <c r="FR22" s="13">
         <v>4254.9585501499996</v>
       </c>
       <c r="FS22" s="13">
         <v>4299.3757114399996</v>
       </c>
       <c r="FT22" s="13">
         <v>4356.21644784</v>
       </c>
       <c r="FU22" s="13">
         <v>4444.7744261500002</v>
       </c>
       <c r="FV22" s="13">
         <v>4401.8825866899997</v>
       </c>
       <c r="FW22" s="13">
         <v>4375.23612976</v>
       </c>
+      <c r="FX22" s="13">
+        <v>4381.2014480600001</v>
+      </c>
+      <c r="FY22" s="13">
+        <v>4630.9814253100003</v>
+      </c>
+      <c r="FZ22" s="13">
+        <v>4653.4461217300004</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="13">
         <v>5629.5612170100003</v>
       </c>
       <c r="D23" s="13">
         <v>5678.0731786699998</v>
       </c>
       <c r="E23" s="13">
         <v>5728.0135466000002</v>
       </c>
       <c r="F23" s="13">
         <v>5748.0047199299997</v>
       </c>
       <c r="G23" s="13">
         <v>5800.2482587900004</v>
       </c>
       <c r="H23" s="13">
         <v>5895.5412699999997</v>
       </c>
       <c r="I23" s="13">
         <v>5888.79012822</v>
       </c>
       <c r="J23" s="13">
@@ -10452,52 +10608,61 @@
       </c>
       <c r="FP23" s="13">
         <v>9424.8239835799995</v>
       </c>
       <c r="FQ23" s="13">
         <v>9539.3160273699996</v>
       </c>
       <c r="FR23" s="13">
         <v>9540.1624215600004</v>
       </c>
       <c r="FS23" s="13">
         <v>9606.9965585400005</v>
       </c>
       <c r="FT23" s="13">
         <v>9704.4564762400005</v>
       </c>
       <c r="FU23" s="13">
         <v>9800.1266025999994</v>
       </c>
       <c r="FV23" s="13">
         <v>9902.3404957399998</v>
       </c>
       <c r="FW23" s="13">
         <v>9949.2147785100005</v>
       </c>
+      <c r="FX23" s="13">
+        <v>10039.267543030001</v>
+      </c>
+      <c r="FY23" s="13">
+        <v>10111.46281925</v>
+      </c>
+      <c r="FZ23" s="13">
+        <v>10315.044777560001</v>
+      </c>
     </row>
-    <row r="24" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="13">
         <v>17368.90313844</v>
       </c>
       <c r="D24" s="13">
         <v>17163.406584560002</v>
       </c>
       <c r="E24" s="13">
         <v>17200.777515350001</v>
       </c>
       <c r="F24" s="13">
         <v>17136.691150549999</v>
       </c>
       <c r="G24" s="13">
         <v>17102.13289542</v>
       </c>
       <c r="H24" s="13">
         <v>17482.83788073</v>
       </c>
       <c r="I24" s="13">
         <v>17436.856399150001</v>
       </c>
       <c r="J24" s="13">
@@ -10988,52 +11153,61 @@
       </c>
       <c r="FP24" s="13">
         <v>24497.70041904</v>
       </c>
       <c r="FQ24" s="13">
         <v>24697.206752089998</v>
       </c>
       <c r="FR24" s="13">
         <v>24994.236970919999</v>
       </c>
       <c r="FS24" s="13">
         <v>25331.59666404</v>
       </c>
       <c r="FT24" s="13">
         <v>25664.148776679998</v>
       </c>
       <c r="FU24" s="13">
         <v>26096.89908879</v>
       </c>
       <c r="FV24" s="13">
         <v>26423.23860334</v>
       </c>
       <c r="FW24" s="13">
         <v>26537.47311897</v>
       </c>
+      <c r="FX24" s="13">
+        <v>26767.543401229999</v>
+      </c>
+      <c r="FY24" s="13">
+        <v>27055.407531230001</v>
+      </c>
+      <c r="FZ24" s="13">
+        <v>27251.986606760001</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="13">
         <v>1694.4811955</v>
       </c>
       <c r="D25" s="13">
         <v>1698.3306382599999</v>
       </c>
       <c r="E25" s="13">
         <v>1689.31547798</v>
       </c>
       <c r="F25" s="13">
         <v>1711.8806454099999</v>
       </c>
       <c r="G25" s="13">
         <v>1723.7301306100001</v>
       </c>
       <c r="H25" s="13">
         <v>1743.9508549300001</v>
       </c>
       <c r="I25" s="13">
         <v>1728.08531593</v>
       </c>
       <c r="J25" s="13">
@@ -11524,52 +11698,61 @@
       </c>
       <c r="FP25" s="13">
         <v>1388.59806015</v>
       </c>
       <c r="FQ25" s="13">
         <v>1366.5738516399999</v>
       </c>
       <c r="FR25" s="13">
         <v>1378.6411466100001</v>
       </c>
       <c r="FS25" s="13">
         <v>1382.9395048199999</v>
       </c>
       <c r="FT25" s="13">
         <v>1388.2051812899999</v>
       </c>
       <c r="FU25" s="13">
         <v>1390.8410003500001</v>
       </c>
       <c r="FV25" s="13">
         <v>1388.9960655299999</v>
       </c>
       <c r="FW25" s="13">
         <v>1392.59642022</v>
       </c>
+      <c r="FX25" s="13">
+        <v>1396.89790167</v>
+      </c>
+      <c r="FY25" s="13">
+        <v>1421.4893564399999</v>
+      </c>
+      <c r="FZ25" s="13">
+        <v>1436.4881786799999</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="13">
         <v>1457.19956385</v>
       </c>
       <c r="D26" s="13">
         <v>1426.1790046399999</v>
       </c>
       <c r="E26" s="13">
         <v>1416.06738047</v>
       </c>
       <c r="F26" s="13">
         <v>1413.1126356300001</v>
       </c>
       <c r="G26" s="13">
         <v>1397.2151962400001</v>
       </c>
       <c r="H26" s="13">
         <v>1404.61579932</v>
       </c>
       <c r="I26" s="13">
         <v>1393.0374120900001</v>
       </c>
       <c r="J26" s="13">
@@ -12060,52 +12243,61 @@
       </c>
       <c r="FP26" s="13">
         <v>2091.6867939399999</v>
       </c>
       <c r="FQ26" s="13">
         <v>2118.3016442100002</v>
       </c>
       <c r="FR26" s="13">
         <v>2160.5702489</v>
       </c>
       <c r="FS26" s="13">
         <v>2193.9160934699999</v>
       </c>
       <c r="FT26" s="13">
         <v>2224.7073466299998</v>
       </c>
       <c r="FU26" s="13">
         <v>2255.2476739899998</v>
       </c>
       <c r="FV26" s="13">
         <v>2248.6484827899999</v>
       </c>
       <c r="FW26" s="13">
         <v>2235.60648627</v>
       </c>
+      <c r="FX26" s="13">
+        <v>2229.51138588</v>
+      </c>
+      <c r="FY26" s="13">
+        <v>2228.79636544</v>
+      </c>
+      <c r="FZ26" s="13">
+        <v>2214.3432489500001</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="13">
         <v>14217.222379090001</v>
       </c>
       <c r="D27" s="13">
         <v>14038.896941659999</v>
       </c>
       <c r="E27" s="13">
         <v>14095.3946569</v>
       </c>
       <c r="F27" s="13">
         <v>14011.697869510001</v>
       </c>
       <c r="G27" s="13">
         <v>13981.18756857</v>
       </c>
       <c r="H27" s="13">
         <v>14334.271226479999</v>
       </c>
       <c r="I27" s="13">
         <v>14315.733671129999</v>
       </c>
       <c r="J27" s="13">
@@ -12596,52 +12788,61 @@
       </c>
       <c r="FP27" s="13">
         <v>21017.415564949999</v>
       </c>
       <c r="FQ27" s="13">
         <v>21212.331256239999</v>
       </c>
       <c r="FR27" s="13">
         <v>21455.02557541</v>
       </c>
       <c r="FS27" s="13">
         <v>21754.74106575</v>
       </c>
       <c r="FT27" s="13">
         <v>22051.23624876</v>
       </c>
       <c r="FU27" s="13">
         <v>22450.810414449999</v>
       </c>
       <c r="FV27" s="13">
         <v>22785.594055019999</v>
       </c>
       <c r="FW27" s="13">
         <v>22909.270212480002</v>
       </c>
+      <c r="FX27" s="13">
+        <v>23141.13411368</v>
+      </c>
+      <c r="FY27" s="13">
+        <v>23405.121809349999</v>
+      </c>
+      <c r="FZ27" s="13">
+        <v>23601.155179130001</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="13">
         <v>2.1172891300000001</v>
       </c>
       <c r="D28" s="13">
         <v>10.07584625</v>
       </c>
       <c r="E28" s="13">
         <v>3.8382098299999998</v>
       </c>
       <c r="F28" s="13">
         <v>6.1301466400000004</v>
       </c>
       <c r="G28" s="13">
         <v>7.3623567699999999</v>
       </c>
       <c r="H28" s="13">
         <v>10.031200849999999</v>
       </c>
       <c r="I28" s="13">
         <v>2.1671140100000001</v>
       </c>
       <c r="J28" s="13">
@@ -13132,52 +13333,61 @@
       </c>
       <c r="FP28" s="13">
         <v>15.00360835</v>
       </c>
       <c r="FQ28" s="13">
         <v>8.8495921400000004</v>
       </c>
       <c r="FR28" s="13">
         <v>11.59672247</v>
       </c>
       <c r="FS28" s="13">
         <v>9.8130035899999992</v>
       </c>
       <c r="FT28" s="13">
         <v>10.28797011</v>
       </c>
       <c r="FU28" s="13">
         <v>10.36072624</v>
       </c>
       <c r="FV28" s="13">
         <v>11.3271929</v>
       </c>
       <c r="FW28" s="13">
         <v>11.352457879999999</v>
       </c>
+      <c r="FX28" s="13">
+        <v>10.410393559999999</v>
+      </c>
+      <c r="FY28" s="13">
+        <v>11.21627168</v>
+      </c>
+      <c r="FZ28" s="13">
+        <v>10.97208026</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="13">
         <v>2.1172891300000001</v>
       </c>
       <c r="D29" s="13">
         <v>10.07584625</v>
       </c>
       <c r="E29" s="13">
         <v>3.8382098299999998</v>
       </c>
       <c r="F29" s="13">
         <v>6.1301466400000004</v>
       </c>
       <c r="G29" s="13">
         <v>7.3623567699999999</v>
       </c>
       <c r="H29" s="13">
         <v>10.031200849999999</v>
       </c>
       <c r="I29" s="13">
         <v>2.1671140100000001</v>
       </c>
       <c r="J29" s="13">
@@ -13668,52 +13878,61 @@
       </c>
       <c r="FP29" s="13">
         <v>15.00360835</v>
       </c>
       <c r="FQ29" s="13">
         <v>8.8495921400000004</v>
       </c>
       <c r="FR29" s="13">
         <v>11.59672247</v>
       </c>
       <c r="FS29" s="13">
         <v>9.8130035899999992</v>
       </c>
       <c r="FT29" s="13">
         <v>10.28797011</v>
       </c>
       <c r="FU29" s="13">
         <v>10.36072624</v>
       </c>
       <c r="FV29" s="13">
         <v>11.3271929</v>
       </c>
       <c r="FW29" s="13">
         <v>11.352457879999999</v>
       </c>
+      <c r="FX29" s="13">
+        <v>10.410393559999999</v>
+      </c>
+      <c r="FY29" s="13">
+        <v>11.21627168</v>
+      </c>
+      <c r="FZ29" s="13">
+        <v>10.97208026</v>
+      </c>
     </row>
-    <row r="30" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="H30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="J30" s="13" t="s">
@@ -14204,52 +14423,61 @@
       </c>
       <c r="FP30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FQ30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FR30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FS30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FT30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FU30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FV30" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FW30" s="13" t="s">
         <v>1</v>
       </c>
+      <c r="FX30" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FY30" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ30" s="13" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="31" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="G31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="H31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="J31" s="13" t="s">
@@ -14740,52 +14968,61 @@
       </c>
       <c r="FP31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FQ31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FR31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FS31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FT31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FU31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FV31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="FW31" s="13" t="s">
         <v>1</v>
       </c>
+      <c r="FX31" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FY31" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ31" s="13" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="13">
         <v>272.96115601000002</v>
       </c>
       <c r="D32" s="13">
         <v>254.33355132</v>
       </c>
       <c r="E32" s="13">
         <v>253.20856524000001</v>
       </c>
       <c r="F32" s="13">
         <v>251.10400684000001</v>
       </c>
       <c r="G32" s="13">
         <v>257.89809042000002</v>
       </c>
       <c r="H32" s="13">
         <v>259.31821846000003</v>
       </c>
       <c r="I32" s="13">
         <v>270.18523918</v>
       </c>
       <c r="J32" s="13">
@@ -15276,52 +15513,61 @@
       </c>
       <c r="FP32" s="13">
         <v>360.55588211000003</v>
       </c>
       <c r="FQ32" s="13">
         <v>365.09606114000002</v>
       </c>
       <c r="FR32" s="13">
         <v>372.22846874999999</v>
       </c>
       <c r="FS32" s="13">
         <v>419.75905614999999</v>
       </c>
       <c r="FT32" s="13">
         <v>460.13456647999999</v>
       </c>
       <c r="FU32" s="13">
         <v>455.59549535999997</v>
       </c>
       <c r="FV32" s="13">
         <v>450.02738017000001</v>
       </c>
       <c r="FW32" s="13">
         <v>454.49792911999998</v>
       </c>
+      <c r="FX32" s="13">
+        <v>439.44934762999998</v>
+      </c>
+      <c r="FY32" s="13">
+        <v>466.69093986000001</v>
+      </c>
+      <c r="FZ32" s="13">
+        <v>465.38995004999998</v>
+      </c>
     </row>
-    <row r="33" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="13">
         <v>142.61171633999999</v>
       </c>
       <c r="D33" s="13">
         <v>122.58074264</v>
       </c>
       <c r="E33" s="13">
         <v>106.84901277</v>
       </c>
       <c r="F33" s="13">
         <v>107.26937758</v>
       </c>
       <c r="G33" s="13">
         <v>118.12001916</v>
       </c>
       <c r="H33" s="13">
         <v>115.9982747</v>
       </c>
       <c r="I33" s="13">
         <v>123.74208165</v>
       </c>
       <c r="J33" s="13">
@@ -15812,52 +16058,61 @@
       </c>
       <c r="FP33" s="13">
         <v>20.899517759999998</v>
       </c>
       <c r="FQ33" s="13">
         <v>26.073958619999999</v>
       </c>
       <c r="FR33" s="13">
         <v>16.326204560000001</v>
       </c>
       <c r="FS33" s="13">
         <v>66.280662520000007</v>
       </c>
       <c r="FT33" s="13">
         <v>99.260607210000003</v>
       </c>
       <c r="FU33" s="13">
         <v>19.927710659999999</v>
       </c>
       <c r="FV33" s="13">
         <v>14.110360910000001</v>
       </c>
       <c r="FW33" s="13">
         <v>14.25737022</v>
       </c>
+      <c r="FX33" s="13">
+        <v>14.14006504</v>
+      </c>
+      <c r="FY33" s="13">
+        <v>16.04757957</v>
+      </c>
+      <c r="FZ33" s="13">
+        <v>17.76105695</v>
+      </c>
     </row>
-    <row r="34" spans="2:179" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:182" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="13">
         <v>48.094002539999998</v>
       </c>
       <c r="D34" s="13">
         <v>50.03383479</v>
       </c>
       <c r="E34" s="13">
         <v>65.125418730000007</v>
       </c>
       <c r="F34" s="13">
         <v>63.559855919999997</v>
       </c>
       <c r="G34" s="13">
         <v>60.306929689999997</v>
       </c>
       <c r="H34" s="13">
         <v>63.719837259999998</v>
       </c>
       <c r="I34" s="13">
         <v>62.633117220000003</v>
       </c>
       <c r="J34" s="13">
@@ -16348,52 +16603,61 @@
       </c>
       <c r="FP34" s="13">
         <v>250.13662515999999</v>
       </c>
       <c r="FQ34" s="13">
         <v>238.00659177</v>
       </c>
       <c r="FR34" s="13">
         <v>234.37896538000001</v>
       </c>
       <c r="FS34" s="13">
         <v>232.96253302</v>
       </c>
       <c r="FT34" s="13">
         <v>240.98173850000001</v>
       </c>
       <c r="FU34" s="13">
         <v>312.45549498000003</v>
       </c>
       <c r="FV34" s="13">
         <v>313.81222944000001</v>
       </c>
       <c r="FW34" s="13">
         <v>313.66787463999998</v>
       </c>
+      <c r="FX34" s="13">
+        <v>303.24556803000002</v>
+      </c>
+      <c r="FY34" s="13">
+        <v>329.63872886000001</v>
+      </c>
+      <c r="FZ34" s="13">
+        <v>326.82116631999997</v>
+      </c>
     </row>
-    <row r="35" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="11">
         <v>82.255437130000004</v>
       </c>
       <c r="D35" s="11">
         <v>81.718973890000001</v>
       </c>
       <c r="E35" s="11">
         <v>81.234133740000004</v>
       </c>
       <c r="F35" s="11">
         <v>80.274773339999996</v>
       </c>
       <c r="G35" s="11">
         <v>79.47114157</v>
       </c>
       <c r="H35" s="11">
         <v>79.600106499999995</v>
       </c>
       <c r="I35" s="11">
         <v>83.810040310000005</v>
       </c>
       <c r="J35" s="11">
@@ -16884,52 +17148,61 @@
       </c>
       <c r="FP35" s="11">
         <v>89.519739189999996</v>
       </c>
       <c r="FQ35" s="11">
         <v>101.01551075</v>
       </c>
       <c r="FR35" s="11">
         <v>121.52329881</v>
       </c>
       <c r="FS35" s="11">
         <v>120.51586061</v>
       </c>
       <c r="FT35" s="11">
         <v>119.89222076999999</v>
       </c>
       <c r="FU35" s="11">
         <v>123.21228972</v>
       </c>
       <c r="FV35" s="11">
         <v>122.10478981999999</v>
       </c>
       <c r="FW35" s="11">
         <v>126.57268426</v>
       </c>
+      <c r="FX35" s="11">
+        <v>122.06371455999999</v>
+      </c>
+      <c r="FY35" s="11">
+        <v>121.00463143</v>
+      </c>
+      <c r="FZ35" s="11">
+        <v>120.80772678</v>
+      </c>
     </row>
-    <row r="36" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="11">
         <v>82.637642189999994</v>
       </c>
       <c r="D36" s="11">
         <v>77.235635209999998</v>
       </c>
       <c r="E36" s="11">
         <v>88.196251889999999</v>
       </c>
       <c r="F36" s="11">
         <v>107.58925044</v>
       </c>
       <c r="G36" s="11">
         <v>99.160248910000007</v>
       </c>
       <c r="H36" s="11">
         <v>97.484835050000001</v>
       </c>
       <c r="I36" s="11">
         <v>102.51533591</v>
       </c>
       <c r="J36" s="11">
@@ -17420,52 +17693,61 @@
       </c>
       <c r="FP36" s="11">
         <v>23.855667820000001</v>
       </c>
       <c r="FQ36" s="11">
         <v>24.044231310000001</v>
       </c>
       <c r="FR36" s="11">
         <v>25.790497210000002</v>
       </c>
       <c r="FS36" s="11">
         <v>25.202971099999999</v>
       </c>
       <c r="FT36" s="11">
         <v>27.64785753</v>
       </c>
       <c r="FU36" s="11">
         <v>29.589314349999999</v>
       </c>
       <c r="FV36" s="11">
         <v>35.37951932</v>
       </c>
       <c r="FW36" s="11">
         <v>36.075981290000001</v>
       </c>
+      <c r="FX36" s="11">
+        <v>36.595470650000003</v>
+      </c>
+      <c r="FY36" s="11">
+        <v>37.153289139999998</v>
+      </c>
+      <c r="FZ36" s="11">
+        <v>37.177776809999997</v>
+      </c>
     </row>
-    <row r="37" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="11">
         <v>62.983599089999998</v>
       </c>
       <c r="D37" s="11">
         <v>58.31860915</v>
       </c>
       <c r="E37" s="11">
         <v>70.456529209999999</v>
       </c>
       <c r="F37" s="11">
         <v>89.164839279999995</v>
       </c>
       <c r="G37" s="11">
         <v>80.905940290000004</v>
       </c>
       <c r="H37" s="11">
         <v>77.288737339999997</v>
       </c>
       <c r="I37" s="11">
         <v>78.240800699999994</v>
       </c>
       <c r="J37" s="11">
@@ -17956,52 +18238,61 @@
       </c>
       <c r="FP37" s="11">
         <v>10.266888570000001</v>
       </c>
       <c r="FQ37" s="11">
         <v>10.46167238</v>
       </c>
       <c r="FR37" s="11">
         <v>12.65013939</v>
       </c>
       <c r="FS37" s="11">
         <v>12.18238302</v>
       </c>
       <c r="FT37" s="11">
         <v>13.710890190000001</v>
       </c>
       <c r="FU37" s="11">
         <v>13.82365895</v>
       </c>
       <c r="FV37" s="11">
         <v>18.985904489999999</v>
       </c>
       <c r="FW37" s="11">
         <v>18.847084339999999</v>
       </c>
+      <c r="FX37" s="11">
+        <v>19.492674950000001</v>
+      </c>
+      <c r="FY37" s="11">
+        <v>20.249574320000001</v>
+      </c>
+      <c r="FZ37" s="11">
+        <v>20.322079330000001</v>
+      </c>
     </row>
-    <row r="38" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="11">
         <v>16.461735860000001</v>
       </c>
       <c r="D38" s="11">
         <v>15.77498243</v>
       </c>
       <c r="E38" s="11">
         <v>14.44701673</v>
       </c>
       <c r="F38" s="11">
         <v>15.181229220000001</v>
       </c>
       <c r="G38" s="11">
         <v>15.055152079999999</v>
       </c>
       <c r="H38" s="11">
         <v>15.519637639999999</v>
       </c>
       <c r="I38" s="11">
         <v>12.39520885</v>
       </c>
       <c r="J38" s="11">
@@ -18492,52 +18783,61 @@
       </c>
       <c r="FP38" s="11">
         <v>3.9245535</v>
       </c>
       <c r="FQ38" s="11">
         <v>3.8952067600000002</v>
       </c>
       <c r="FR38" s="11">
         <v>3.6808811700000001</v>
       </c>
       <c r="FS38" s="11">
         <v>3.6282933499999999</v>
       </c>
       <c r="FT38" s="11">
         <v>3.6318662700000002</v>
       </c>
       <c r="FU38" s="11">
         <v>5.7380125299999998</v>
       </c>
       <c r="FV38" s="11">
         <v>6.5912083800000003</v>
       </c>
       <c r="FW38" s="11">
         <v>6.5887888500000003</v>
       </c>
+      <c r="FX38" s="11">
+        <v>6.2967355600000001</v>
+      </c>
+      <c r="FY38" s="11">
+        <v>6.2924023</v>
+      </c>
+      <c r="FZ38" s="11">
+        <v>6.2250203700000002</v>
+      </c>
     </row>
-    <row r="39" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="11">
         <v>3.1923072399999999</v>
       </c>
       <c r="D39" s="11">
         <v>3.1420436299999999</v>
       </c>
       <c r="E39" s="11">
         <v>3.2927059500000002</v>
       </c>
       <c r="F39" s="11">
         <v>3.2431819399999999</v>
       </c>
       <c r="G39" s="11">
         <v>3.1991565400000002</v>
       </c>
       <c r="H39" s="11">
         <v>4.6764600700000001</v>
       </c>
       <c r="I39" s="11">
         <v>11.87932636</v>
       </c>
       <c r="J39" s="11">
@@ -19028,52 +19328,61 @@
       </c>
       <c r="FP39" s="11">
         <v>9.6642257499999999</v>
       </c>
       <c r="FQ39" s="11">
         <v>9.6873521700000005</v>
       </c>
       <c r="FR39" s="11">
         <v>9.4594766499999992</v>
       </c>
       <c r="FS39" s="11">
         <v>9.3922947299999997</v>
       </c>
       <c r="FT39" s="11">
         <v>10.305101069999999</v>
       </c>
       <c r="FU39" s="11">
         <v>10.027642869999999</v>
       </c>
       <c r="FV39" s="11">
         <v>9.8024064499999994</v>
       </c>
       <c r="FW39" s="11">
         <v>10.640108100000001</v>
       </c>
+      <c r="FX39" s="11">
+        <v>10.80606014</v>
+      </c>
+      <c r="FY39" s="11">
+        <v>10.61131252</v>
+      </c>
+      <c r="FZ39" s="11">
+        <v>10.630677110000001</v>
+      </c>
     </row>
-    <row r="40" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C40" s="11">
         <v>64.688219619999998</v>
       </c>
       <c r="D40" s="11">
         <v>55.31261361</v>
       </c>
       <c r="E40" s="11">
         <v>51.150371440000001</v>
       </c>
       <c r="F40" s="11">
         <v>29.213181559999999</v>
       </c>
       <c r="G40" s="11">
         <v>21.053350500000001</v>
       </c>
       <c r="H40" s="11">
         <v>5.6616480100000004</v>
       </c>
       <c r="I40" s="11">
         <v>4.4696502100000002</v>
       </c>
       <c r="J40" s="11">
@@ -19564,52 +19873,61 @@
       </c>
       <c r="FP40" s="11">
         <v>4.6513250700000004</v>
       </c>
       <c r="FQ40" s="11">
         <v>3.0093895399999999</v>
       </c>
       <c r="FR40" s="11">
         <v>2.3051297399999999</v>
       </c>
       <c r="FS40" s="11">
         <v>11.122076359999999</v>
       </c>
       <c r="FT40" s="11">
         <v>5.8382922900000001</v>
       </c>
       <c r="FU40" s="11">
         <v>4.8568968899999998</v>
       </c>
       <c r="FV40" s="11">
         <v>2.5350516299999999</v>
       </c>
       <c r="FW40" s="11">
         <v>2.1635963999999999</v>
       </c>
+      <c r="FX40" s="11">
+        <v>2.2284622299999999</v>
+      </c>
+      <c r="FY40" s="11">
+        <v>1.30261619</v>
+      </c>
+      <c r="FZ40" s="11">
+        <v>0.90410648000000005</v>
+      </c>
     </row>
-    <row r="41" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C41" s="11">
         <v>64.232640799999999</v>
       </c>
       <c r="D41" s="11">
         <v>54.92699451</v>
       </c>
       <c r="E41" s="11">
         <v>50.764684090000003</v>
       </c>
       <c r="F41" s="11">
         <v>29.02049607</v>
       </c>
       <c r="G41" s="11">
         <v>20.860503470000001</v>
       </c>
       <c r="H41" s="11">
         <v>5.4683376700000004</v>
       </c>
       <c r="I41" s="11">
         <v>4.4690452900000004</v>
       </c>
       <c r="J41" s="11">
@@ -20100,52 +20418,61 @@
       </c>
       <c r="FP41" s="11">
         <v>3.00711013</v>
       </c>
       <c r="FQ41" s="11">
         <v>1.46981009</v>
       </c>
       <c r="FR41" s="11">
         <v>0.87019424999999995</v>
       </c>
       <c r="FS41" s="11">
         <v>9.7917932899999993</v>
       </c>
       <c r="FT41" s="11">
         <v>4.6126701199999998</v>
       </c>
       <c r="FU41" s="11">
         <v>3.7359440799999999</v>
       </c>
       <c r="FV41" s="11">
         <v>1.51874537</v>
       </c>
       <c r="FW41" s="11">
         <v>1.2520077300000001</v>
       </c>
+      <c r="FX41" s="11">
+        <v>1.4215683299999999</v>
+      </c>
+      <c r="FY41" s="11">
+        <v>0.60042554000000004</v>
+      </c>
+      <c r="FZ41" s="11">
+        <v>0.30662753999999998</v>
+      </c>
     </row>
-    <row r="42" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="11">
         <v>1.0920700000000001E-3</v>
       </c>
       <c r="D42" s="11">
         <v>1.0664800000000001E-3</v>
       </c>
       <c r="E42" s="11">
         <v>7.3946000000000005E-4</v>
       </c>
       <c r="F42" s="11">
         <v>9.5688999999999995E-4</v>
       </c>
       <c r="G42" s="11">
         <v>1.80864E-3</v>
       </c>
       <c r="H42" s="11">
         <v>2.5989999999999997E-4</v>
       </c>
       <c r="I42" s="11">
         <v>3.8634999999999999E-4</v>
       </c>
       <c r="J42" s="11">
@@ -20636,52 +20963,61 @@
       </c>
       <c r="FP42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FQ42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FR42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FS42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FT42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FU42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FV42" s="11" t="s">
         <v>1</v>
       </c>
       <c r="FW42" s="11" t="s">
         <v>1</v>
       </c>
+      <c r="FX42" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="FY42" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ42" s="11" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="43" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="11">
         <v>0.45448674999999999</v>
       </c>
       <c r="D43" s="11">
         <v>0.38455262000000001</v>
       </c>
       <c r="E43" s="11">
         <v>0.38494789000000001</v>
       </c>
       <c r="F43" s="11">
         <v>0.1917286</v>
       </c>
       <c r="G43" s="11">
         <v>0.19103839</v>
       </c>
       <c r="H43" s="11">
         <v>0.19305043999999999</v>
       </c>
       <c r="I43" s="11">
         <v>2.1856999999999999E-4</v>
       </c>
       <c r="J43" s="11">
@@ -21172,52 +21508,61 @@
       </c>
       <c r="FP43" s="11">
         <v>1.6442149399999999</v>
       </c>
       <c r="FQ43" s="11">
         <v>1.53957945</v>
       </c>
       <c r="FR43" s="11">
         <v>1.43493549</v>
       </c>
       <c r="FS43" s="11">
         <v>1.3302830699999999</v>
       </c>
       <c r="FT43" s="11">
         <v>1.2256221700000001</v>
       </c>
       <c r="FU43" s="11">
         <v>1.1209528099999999</v>
       </c>
       <c r="FV43" s="11">
         <v>1.0163062599999999</v>
       </c>
       <c r="FW43" s="11">
         <v>0.91158866999999999</v>
       </c>
+      <c r="FX43" s="11">
+        <v>0.80689390000000005</v>
+      </c>
+      <c r="FY43" s="11">
+        <v>0.70219065000000003</v>
+      </c>
+      <c r="FZ43" s="11">
+        <v>0.59747894000000001</v>
+      </c>
     </row>
-    <row r="44" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="16">
         <v>36556.619942190002</v>
       </c>
       <c r="D44" s="16">
         <v>36397.86384803</v>
       </c>
       <c r="E44" s="16">
         <v>36621.811654420002</v>
       </c>
       <c r="F44" s="16">
         <v>37271.874076580003</v>
       </c>
       <c r="G44" s="16">
         <v>37277.519164550002</v>
       </c>
       <c r="H44" s="16">
         <v>37892.509002829996</v>
       </c>
       <c r="I44" s="16">
         <v>37639.653667589999</v>
       </c>
       <c r="J44" s="16">
@@ -21708,52 +22053,61 @@
       </c>
       <c r="FP44" s="16">
         <v>46333.587620749997</v>
       </c>
       <c r="FQ44" s="16">
         <v>46682.63702622</v>
       </c>
       <c r="FR44" s="16">
         <v>47076.964241599999</v>
       </c>
       <c r="FS44" s="16">
         <v>47618.210437310001</v>
       </c>
       <c r="FT44" s="16">
         <v>47964.851988130002</v>
       </c>
       <c r="FU44" s="16">
         <v>48476.095674360004</v>
       </c>
       <c r="FV44" s="16">
         <v>48903.951296489999</v>
       </c>
       <c r="FW44" s="16">
         <v>48854.011916859999</v>
       </c>
+      <c r="FX44" s="16">
+        <v>49280.216085419997</v>
+      </c>
+      <c r="FY44" s="16">
+        <v>49870.295526020003</v>
+      </c>
+      <c r="FZ44" s="16">
+        <v>50328.433000550001</v>
+      </c>
     </row>
-    <row r="45" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C45" s="11">
         <v>5843.3270631300002</v>
       </c>
       <c r="D45" s="11">
         <v>5702.0211391900002</v>
       </c>
       <c r="E45" s="11">
         <v>5784.9006488499999</v>
       </c>
       <c r="F45" s="11">
         <v>6614.3216830399997</v>
       </c>
       <c r="G45" s="11">
         <v>6566.3000963599998</v>
       </c>
       <c r="H45" s="11">
         <v>6606.5060081499996</v>
       </c>
       <c r="I45" s="11">
         <v>6424.6999452099999</v>
       </c>
       <c r="J45" s="11">
@@ -22244,52 +22598,61 @@
       </c>
       <c r="FP45" s="11">
         <v>3881.7712157300002</v>
       </c>
       <c r="FQ45" s="11">
         <v>3935.47831314</v>
       </c>
       <c r="FR45" s="11">
         <v>4023.6048740800002</v>
       </c>
       <c r="FS45" s="11">
         <v>4212.8667128200004</v>
       </c>
       <c r="FT45" s="11">
         <v>4204.7565175299997</v>
       </c>
       <c r="FU45" s="11">
         <v>4134.7781358700004</v>
       </c>
       <c r="FV45" s="11">
         <v>4170.8782634199997</v>
       </c>
       <c r="FW45" s="11">
         <v>3977.74251112</v>
       </c>
+      <c r="FX45" s="11">
+        <v>4040.0959694200001</v>
+      </c>
+      <c r="FY45" s="11">
+        <v>3995.4590274000002</v>
+      </c>
+      <c r="FZ45" s="11">
+        <v>4001.57041209</v>
+      </c>
     </row>
-    <row r="46" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="11">
         <v>7451.3495435599998</v>
       </c>
       <c r="D46" s="11">
         <v>7573.3039760299998</v>
       </c>
       <c r="E46" s="11">
         <v>7560.8176534300001</v>
       </c>
       <c r="F46" s="11">
         <v>7466.0090349599996</v>
       </c>
       <c r="G46" s="11">
         <v>7470.4160878399998</v>
       </c>
       <c r="H46" s="11">
         <v>7561.6885555999997</v>
       </c>
       <c r="I46" s="11">
         <v>7524.3429112900003</v>
       </c>
       <c r="J46" s="11">
@@ -22780,52 +23143,61 @@
       </c>
       <c r="FP46" s="11">
         <v>6978.4864529400002</v>
       </c>
       <c r="FQ46" s="11">
         <v>7064.6598586199998</v>
       </c>
       <c r="FR46" s="11">
         <v>7133.7516103999997</v>
       </c>
       <c r="FS46" s="11">
         <v>7130.1563977699998</v>
       </c>
       <c r="FT46" s="11">
         <v>7235.1214903800001</v>
       </c>
       <c r="FU46" s="11">
         <v>7376.5276827899997</v>
       </c>
       <c r="FV46" s="11">
         <v>7335.2015472900002</v>
       </c>
       <c r="FW46" s="11">
         <v>7302.4194144399999</v>
       </c>
+      <c r="FX46" s="11">
+        <v>7266.1730000400003</v>
+      </c>
+      <c r="FY46" s="11">
+        <v>7525.80075769</v>
+      </c>
+      <c r="FZ46" s="11">
+        <v>7530.3762417199996</v>
+      </c>
     </row>
-    <row r="47" spans="2:179" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:182" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="17">
         <v>23261.9433355</v>
       </c>
       <c r="D47" s="17">
         <v>23122.538732810001</v>
       </c>
       <c r="E47" s="17">
         <v>23276.09335214</v>
       </c>
       <c r="F47" s="17">
         <v>23191.543358579998</v>
       </c>
       <c r="G47" s="17">
         <v>23240.802980349999</v>
       </c>
       <c r="H47" s="17">
         <v>23724.314439080001</v>
       </c>
       <c r="I47" s="17">
         <v>23690.610811089999</v>
       </c>
       <c r="J47" s="17">
@@ -23315,50 +23687,59 @@
         <v>35093.234530540001</v>
       </c>
       <c r="FP47" s="17">
         <v>35473.329952079999</v>
       </c>
       <c r="FQ47" s="17">
         <v>35682.498854459998</v>
       </c>
       <c r="FR47" s="17">
         <v>35919.60775712</v>
       </c>
       <c r="FS47" s="17">
         <v>36275.187326719999</v>
       </c>
       <c r="FT47" s="17">
         <v>36524.973980219998</v>
       </c>
       <c r="FU47" s="17">
         <v>36964.789855700001</v>
       </c>
       <c r="FV47" s="17">
         <v>37397.871485780001</v>
       </c>
       <c r="FW47" s="17">
         <v>37573.849991299998</v>
+      </c>
+      <c r="FX47" s="17">
+        <v>37973.94711596</v>
+      </c>
+      <c r="FY47" s="17">
+        <v>38349.035740929998</v>
+      </c>
+      <c r="FZ47" s="17">
+        <v>38796.486346739999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">