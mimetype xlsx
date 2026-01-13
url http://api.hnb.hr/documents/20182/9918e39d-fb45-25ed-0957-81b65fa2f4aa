--- v1 (2025-11-22)
+++ v2 (2026-01-13)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202510\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="245">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2012</t>
     </r>
   </si>
   <si>
@@ -1637,50 +1637,59 @@
   </si>
   <si>
     <t>Q1/25</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Q2/25</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
+  <si>
+    <t>Q3/25</t>
+  </si>
+  <si>
+    <t>Sep. 2025</t>
+  </si>
+  <si>
+    <t>Oct. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -2190,70 +2199,70 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:HY119"/>
+  <dimension ref="A2:IB119"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="45.6640625" style="9" customWidth="1"/>
-    <col min="3" max="94" width="10.33203125" style="9" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="234" max="16384" width="9.33203125" style="5"/>
+    <col min="3" max="95" width="10.33203125" style="9" customWidth="1"/>
+    <col min="96" max="102" width="10.33203125" style="4" customWidth="1"/>
+    <col min="103" max="236" width="10.33203125" style="1" customWidth="1"/>
+    <col min="237" max="16384" width="9.33203125" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:233" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:236" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
@@ -2280,77 +2289,78 @@
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
       <c r="BH2" s="2"/>
       <c r="BI2" s="2"/>
       <c r="BJ2" s="2"/>
       <c r="BK2" s="2"/>
       <c r="BL2" s="2"/>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2"/>
       <c r="BP2" s="2"/>
       <c r="BQ2" s="2"/>
-      <c r="BR2" s="3"/>
+      <c r="BR2" s="2"/>
       <c r="BS2" s="3"/>
       <c r="BT2" s="3"/>
       <c r="BU2" s="3"/>
       <c r="BV2" s="3"/>
       <c r="BW2" s="3"/>
       <c r="BX2" s="3"/>
       <c r="BY2" s="3"/>
       <c r="BZ2" s="3"/>
       <c r="CA2" s="3"/>
       <c r="CB2" s="3"/>
       <c r="CC2" s="3"/>
       <c r="CD2" s="3"/>
       <c r="CE2" s="3"/>
       <c r="CF2" s="3"/>
       <c r="CG2" s="3"/>
       <c r="CH2" s="3"/>
       <c r="CI2" s="3"/>
       <c r="CJ2" s="3"/>
       <c r="CK2" s="3"/>
       <c r="CL2" s="3"/>
       <c r="CM2" s="3"/>
       <c r="CN2" s="3"/>
       <c r="CO2" s="3"/>
       <c r="CP2" s="3"/>
+      <c r="CQ2" s="3"/>
     </row>
-    <row r="3" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
@@ -2377,84 +2387,85 @@
       <c r="AS3" s="7"/>
       <c r="AT3" s="7"/>
       <c r="AU3" s="7"/>
       <c r="AV3" s="7"/>
       <c r="AW3" s="7"/>
       <c r="AX3" s="7"/>
       <c r="AY3" s="7"/>
       <c r="AZ3" s="7"/>
       <c r="BA3" s="7"/>
       <c r="BB3" s="7"/>
       <c r="BC3" s="7"/>
       <c r="BD3" s="7"/>
       <c r="BE3" s="7"/>
       <c r="BF3" s="7"/>
       <c r="BG3" s="7"/>
       <c r="BH3" s="7"/>
       <c r="BI3" s="7"/>
       <c r="BJ3" s="7"/>
       <c r="BK3" s="7"/>
       <c r="BL3" s="7"/>
       <c r="BM3" s="7"/>
       <c r="BN3" s="7"/>
       <c r="BO3" s="7"/>
       <c r="BP3" s="7"/>
       <c r="BQ3" s="7"/>
-      <c r="BR3" s="8"/>
+      <c r="BR3" s="7"/>
       <c r="BS3" s="8"/>
       <c r="BT3" s="8"/>
       <c r="BU3" s="8"/>
       <c r="BV3" s="8"/>
       <c r="BW3" s="8"/>
       <c r="BX3" s="8"/>
       <c r="BY3" s="8"/>
       <c r="BZ3" s="8"/>
       <c r="CA3" s="8"/>
       <c r="CB3" s="8"/>
       <c r="CC3" s="8"/>
       <c r="CD3" s="8"/>
       <c r="CE3" s="8"/>
       <c r="CF3" s="8"/>
       <c r="CG3" s="8"/>
       <c r="CH3" s="8"/>
       <c r="CI3" s="8"/>
       <c r="CJ3" s="8"/>
       <c r="CK3" s="8"/>
       <c r="CL3" s="8"/>
       <c r="CM3" s="8"/>
       <c r="CN3" s="8"/>
       <c r="CO3" s="8"/>
       <c r="CP3" s="8"/>
       <c r="CQ3" s="8"/>
       <c r="CR3" s="8"/>
       <c r="CS3" s="8"/>
       <c r="CT3" s="8"/>
       <c r="CU3" s="8"/>
       <c r="CV3" s="8"/>
       <c r="CW3" s="8"/>
+      <c r="CX3" s="8"/>
     </row>
-    <row r="4" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
       <c r="S4" s="7"/>
       <c r="T4" s="7"/>
       <c r="U4" s="7"/>
       <c r="V4" s="7"/>
       <c r="W4" s="7"/>
       <c r="X4" s="7"/>
       <c r="Y4" s="7"/>
       <c r="Z4" s="7"/>
@@ -2479,84 +2490,85 @@
       <c r="AS4" s="7"/>
       <c r="AT4" s="7"/>
       <c r="AU4" s="7"/>
       <c r="AV4" s="7"/>
       <c r="AW4" s="7"/>
       <c r="AX4" s="7"/>
       <c r="AY4" s="7"/>
       <c r="AZ4" s="7"/>
       <c r="BA4" s="7"/>
       <c r="BB4" s="7"/>
       <c r="BC4" s="7"/>
       <c r="BD4" s="7"/>
       <c r="BE4" s="7"/>
       <c r="BF4" s="7"/>
       <c r="BG4" s="7"/>
       <c r="BH4" s="7"/>
       <c r="BI4" s="7"/>
       <c r="BJ4" s="7"/>
       <c r="BK4" s="7"/>
       <c r="BL4" s="7"/>
       <c r="BM4" s="7"/>
       <c r="BN4" s="7"/>
       <c r="BO4" s="7"/>
       <c r="BP4" s="7"/>
       <c r="BQ4" s="7"/>
-      <c r="BR4" s="8"/>
+      <c r="BR4" s="7"/>
       <c r="BS4" s="8"/>
       <c r="BT4" s="8"/>
       <c r="BU4" s="8"/>
       <c r="BV4" s="8"/>
       <c r="BW4" s="8"/>
       <c r="BX4" s="8"/>
       <c r="BY4" s="8"/>
       <c r="BZ4" s="8"/>
       <c r="CA4" s="8"/>
       <c r="CB4" s="8"/>
       <c r="CC4" s="8"/>
       <c r="CD4" s="8"/>
       <c r="CE4" s="8"/>
       <c r="CF4" s="8"/>
       <c r="CG4" s="8"/>
       <c r="CH4" s="8"/>
       <c r="CI4" s="8"/>
       <c r="CJ4" s="8"/>
       <c r="CK4" s="8"/>
       <c r="CL4" s="8"/>
       <c r="CM4" s="8"/>
       <c r="CN4" s="8"/>
       <c r="CO4" s="8"/>
       <c r="CP4" s="8"/>
       <c r="CQ4" s="8"/>
       <c r="CR4" s="8"/>
       <c r="CS4" s="8"/>
       <c r="CT4" s="8"/>
       <c r="CU4" s="8"/>
       <c r="CV4" s="8"/>
       <c r="CW4" s="8"/>
+      <c r="CX4" s="8"/>
     </row>
-    <row r="5" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
       <c r="W5" s="7"/>
       <c r="X5" s="7"/>
       <c r="Y5" s="7"/>
       <c r="Z5" s="7"/>
@@ -2581,84 +2593,85 @@
       <c r="AS5" s="7"/>
       <c r="AT5" s="7"/>
       <c r="AU5" s="7"/>
       <c r="AV5" s="7"/>
       <c r="AW5" s="7"/>
       <c r="AX5" s="7"/>
       <c r="AY5" s="7"/>
       <c r="AZ5" s="7"/>
       <c r="BA5" s="7"/>
       <c r="BB5" s="7"/>
       <c r="BC5" s="7"/>
       <c r="BD5" s="7"/>
       <c r="BE5" s="7"/>
       <c r="BF5" s="7"/>
       <c r="BG5" s="7"/>
       <c r="BH5" s="7"/>
       <c r="BI5" s="7"/>
       <c r="BJ5" s="7"/>
       <c r="BK5" s="7"/>
       <c r="BL5" s="7"/>
       <c r="BM5" s="7"/>
       <c r="BN5" s="7"/>
       <c r="BO5" s="7"/>
       <c r="BP5" s="7"/>
       <c r="BQ5" s="7"/>
-      <c r="BR5" s="8"/>
+      <c r="BR5" s="7"/>
       <c r="BS5" s="8"/>
       <c r="BT5" s="8"/>
       <c r="BU5" s="8"/>
       <c r="BV5" s="8"/>
       <c r="BW5" s="8"/>
       <c r="BX5" s="8"/>
       <c r="BY5" s="8"/>
       <c r="BZ5" s="8"/>
       <c r="CA5" s="8"/>
       <c r="CB5" s="8"/>
       <c r="CC5" s="8"/>
       <c r="CD5" s="8"/>
       <c r="CE5" s="8"/>
       <c r="CF5" s="8"/>
       <c r="CG5" s="8"/>
       <c r="CH5" s="8"/>
       <c r="CI5" s="8"/>
       <c r="CJ5" s="8"/>
       <c r="CK5" s="8"/>
       <c r="CL5" s="8"/>
       <c r="CM5" s="8"/>
       <c r="CN5" s="8"/>
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
+      <c r="CX5" s="8"/>
     </row>
-    <row r="6" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
@@ -2685,52 +2698,53 @@
       <c r="AS6" s="7"/>
       <c r="AT6" s="7"/>
       <c r="AU6" s="7"/>
       <c r="AV6" s="7"/>
       <c r="AW6" s="7"/>
       <c r="AX6" s="7"/>
       <c r="AY6" s="7"/>
       <c r="AZ6" s="7"/>
       <c r="BA6" s="7"/>
       <c r="BB6" s="7"/>
       <c r="BC6" s="7"/>
       <c r="BD6" s="7"/>
       <c r="BE6" s="7"/>
       <c r="BF6" s="7"/>
       <c r="BG6" s="7"/>
       <c r="BH6" s="7"/>
       <c r="BI6" s="7"/>
       <c r="BJ6" s="7"/>
       <c r="BK6" s="7"/>
       <c r="BL6" s="7"/>
       <c r="BM6" s="7"/>
       <c r="BN6" s="7"/>
       <c r="BO6" s="7"/>
       <c r="BP6" s="7"/>
       <c r="BQ6" s="7"/>
+      <c r="BR6" s="7"/>
     </row>
-    <row r="7" spans="1:233" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:236" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="11"/>
       <c r="C7" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="12">
         <v>2016</v>
       </c>
       <c r="H7" s="12">
         <v>2017</v>
       </c>
       <c r="I7" s="12">
         <v>2018</v>
       </c>
       <c r="J7" s="12">
         <v>2019</v>
@@ -2890,544 +2904,553 @@
       </c>
       <c r="BJ7" s="12" t="s">
         <v>210</v>
       </c>
       <c r="BK7" s="12" t="s">
         <v>214</v>
       </c>
       <c r="BL7" s="12" t="s">
         <v>218</v>
       </c>
       <c r="BM7" s="12" t="s">
         <v>222</v>
       </c>
       <c r="BN7" s="12" t="s">
         <v>226</v>
       </c>
       <c r="BO7" s="12" t="s">
         <v>230</v>
       </c>
       <c r="BP7" s="12" t="s">
         <v>234</v>
       </c>
       <c r="BQ7" s="12" t="s">
         <v>238</v>
       </c>
-      <c r="BR7" s="13" t="s">
+      <c r="BR7" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="BS7" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="BS7" s="13" t="s">
+      <c r="BT7" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="BT7" s="13" t="s">
+      <c r="BU7" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="BU7" s="13" t="s">
+      <c r="BV7" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="BV7" s="13" t="s">
+      <c r="BW7" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="BW7" s="13" t="s">
+      <c r="BX7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="BX7" s="13" t="s">
+      <c r="BY7" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="BY7" s="13" t="s">
+      <c r="BZ7" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="BZ7" s="13" t="s">
+      <c r="CA7" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="CA7" s="13" t="s">
+      <c r="CB7" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="CB7" s="13" t="s">
+      <c r="CC7" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="CC7" s="13" t="s">
+      <c r="CD7" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="CD7" s="13" t="s">
+      <c r="CE7" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="CE7" s="13" t="s">
+      <c r="CF7" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="CF7" s="13" t="s">
+      <c r="CG7" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="CG7" s="13" t="s">
+      <c r="CH7" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="CH7" s="13" t="s">
+      <c r="CI7" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="CI7" s="13" t="s">
+      <c r="CJ7" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="CJ7" s="13" t="s">
+      <c r="CK7" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="CK7" s="13" t="s">
+      <c r="CL7" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="CL7" s="13" t="s">
+      <c r="CM7" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="CM7" s="13" t="s">
+      <c r="CN7" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="CN7" s="13" t="s">
+      <c r="CO7" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="CO7" s="13" t="s">
+      <c r="CP7" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="CP7" s="13" t="s">
+      <c r="CQ7" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="CQ7" s="13" t="s">
+      <c r="CR7" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="CR7" s="13" t="s">
+      <c r="CS7" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="CS7" s="13" t="s">
+      <c r="CT7" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="CT7" s="13" t="s">
+      <c r="CU7" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="CU7" s="13" t="s">
+      <c r="CV7" s="13" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="CW7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="CX7" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="CY7" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="CY7" s="13" t="s">
+      <c r="CZ7" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="CZ7" s="13" t="s">
+      <c r="DA7" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="DA7" s="13" t="s">
+      <c r="DB7" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="DB7" s="13" t="s">
+      <c r="DC7" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="DC7" s="13" t="s">
+      <c r="DD7" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="DD7" s="13" t="s">
+      <c r="DE7" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="DE7" s="13" t="s">
+      <c r="DF7" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="DF7" s="13" t="s">
+      <c r="DG7" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="DG7" s="13" t="s">
+      <c r="DH7" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="DH7" s="13" t="s">
+      <c r="DI7" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="DI7" s="13" t="s">
+      <c r="DJ7" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="DJ7" s="13" t="s">
+      <c r="DK7" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="DK7" s="13" t="s">
+      <c r="DL7" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="DL7" s="13" t="s">
+      <c r="DM7" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="DM7" s="13" t="s">
+      <c r="DN7" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="DN7" s="13" t="s">
+      <c r="DO7" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="DO7" s="13" t="s">
+      <c r="DP7" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="DP7" s="13" t="s">
+      <c r="DQ7" s="13" t="s">
         <v>88</v>
       </c>
-      <c r="DQ7" s="13" t="s">
+      <c r="DR7" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="DR7" s="13" t="s">
+      <c r="DS7" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="DS7" s="13" t="s">
+      <c r="DT7" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="DT7" s="13" t="s">
+      <c r="DU7" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="DU7" s="13" t="s">
+      <c r="DV7" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="DV7" s="13" t="s">
+      <c r="DW7" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="DW7" s="13" t="s">
+      <c r="DX7" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="DX7" s="13" t="s">
+      <c r="DY7" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="DY7" s="13" t="s">
+      <c r="DZ7" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="DZ7" s="13" t="s">
+      <c r="EA7" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="EA7" s="13" t="s">
+      <c r="EB7" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="EB7" s="13" t="s">
+      <c r="EC7" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="EC7" s="13" t="s">
+      <c r="ED7" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="ED7" s="13" t="s">
+      <c r="EE7" s="13" t="s">
         <v>104</v>
       </c>
-      <c r="EE7" s="13" t="s">
+      <c r="EF7" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="EF7" s="13" t="s">
+      <c r="EG7" s="13" t="s">
         <v>109</v>
       </c>
-      <c r="EG7" s="13" t="s">
+      <c r="EH7" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="EH7" s="13" t="s">
+      <c r="EI7" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="EI7" s="13" t="s">
+      <c r="EJ7" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="EJ7" s="13" t="s">
+      <c r="EK7" s="13" t="s">
         <v>114</v>
       </c>
-      <c r="EK7" s="13" t="s">
+      <c r="EL7" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="EL7" s="13" t="s">
+      <c r="EM7" s="13" t="s">
         <v>117</v>
       </c>
-      <c r="EM7" s="13" t="s">
+      <c r="EN7" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="EN7" s="13" t="s">
+      <c r="EO7" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="EO7" s="13" t="s">
+      <c r="EP7" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="EP7" s="13" t="s">
+      <c r="EQ7" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="EQ7" s="13" t="s">
+      <c r="ER7" s="13" t="s">
         <v>124</v>
       </c>
-      <c r="ER7" s="13" t="s">
+      <c r="ES7" s="13" t="s">
         <v>125</v>
       </c>
-      <c r="ES7" s="13" t="s">
+      <c r="ET7" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="ET7" s="13" t="s">
+      <c r="EU7" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="EU7" s="13" t="s">
+      <c r="EV7" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="EV7" s="13" t="s">
+      <c r="EW7" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="EW7" s="13" t="s">
+      <c r="EX7" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="EX7" s="13" t="s">
+      <c r="EY7" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="EY7" s="13" t="s">
+      <c r="EZ7" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="EZ7" s="13" t="s">
+      <c r="FA7" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="FA7" s="13" t="s">
+      <c r="FB7" s="13" t="s">
         <v>136</v>
       </c>
-      <c r="FB7" s="13" t="s">
+      <c r="FC7" s="13" t="s">
         <v>137</v>
       </c>
-      <c r="FC7" s="13" t="s">
+      <c r="FD7" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="FD7" s="13" t="s">
+      <c r="FE7" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="FE7" s="13" t="s">
+      <c r="FF7" s="13" t="s">
         <v>141</v>
       </c>
-      <c r="FF7" s="13" t="s">
+      <c r="FG7" s="13" t="s">
         <v>142</v>
       </c>
-      <c r="FG7" s="13" t="s">
+      <c r="FH7" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="FH7" s="13" t="s">
+      <c r="FI7" s="13" t="s">
         <v>145</v>
       </c>
-      <c r="FI7" s="13" t="s">
+      <c r="FJ7" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="FJ7" s="13" t="s">
+      <c r="FK7" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="FK7" s="13" t="s">
+      <c r="FL7" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="FL7" s="13" t="s">
+      <c r="FM7" s="13" t="s">
         <v>151</v>
       </c>
-      <c r="FM7" s="13" t="s">
+      <c r="FN7" s="13" t="s">
         <v>153</v>
       </c>
-      <c r="FN7" s="13" t="s">
+      <c r="FO7" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="FO7" s="13" t="s">
+      <c r="FP7" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="FP7" s="13" t="s">
+      <c r="FQ7" s="13" t="s">
         <v>157</v>
       </c>
-      <c r="FQ7" s="13" t="s">
+      <c r="FR7" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="FR7" s="13" t="s">
+      <c r="FS7" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="FS7" s="13" t="s">
+      <c r="FT7" s="13" t="s">
         <v>161</v>
       </c>
-      <c r="FT7" s="13" t="s">
+      <c r="FU7" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="FU7" s="13" t="s">
+      <c r="FV7" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="FV7" s="13" t="s">
+      <c r="FW7" s="13" t="s">
         <v>165</v>
       </c>
-      <c r="FW7" s="13" t="s">
+      <c r="FX7" s="13" t="s">
         <v>166</v>
       </c>
-      <c r="FX7" s="13" t="s">
+      <c r="FY7" s="13" t="s">
         <v>167</v>
       </c>
-      <c r="FY7" s="13" t="s">
+      <c r="FZ7" s="13" t="s">
         <v>169</v>
       </c>
-      <c r="FZ7" s="13" t="s">
+      <c r="GA7" s="13" t="s">
         <v>170</v>
       </c>
-      <c r="GA7" s="13" t="s">
+      <c r="GB7" s="13" t="s">
         <v>172</v>
       </c>
-      <c r="GB7" s="13" t="s">
+      <c r="GC7" s="13" t="s">
         <v>173</v>
       </c>
-      <c r="GC7" s="13" t="s">
+      <c r="GD7" s="13" t="s">
         <v>174</v>
       </c>
-      <c r="GD7" s="13" t="s">
+      <c r="GE7" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="GE7" s="13" t="s">
+      <c r="GF7" s="13" t="s">
         <v>177</v>
       </c>
-      <c r="GF7" s="13" t="s">
+      <c r="GG7" s="13" t="s">
         <v>178</v>
       </c>
-      <c r="GG7" s="13" t="s">
+      <c r="GH7" s="13" t="s">
         <v>180</v>
       </c>
-      <c r="GH7" s="13" t="s">
+      <c r="GI7" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="GI7" s="13" t="s">
+      <c r="GJ7" s="13" t="s">
         <v>182</v>
       </c>
-      <c r="GJ7" s="13" t="s">
+      <c r="GK7" s="13" t="s">
         <v>184</v>
       </c>
-      <c r="GK7" s="13" t="s">
+      <c r="GL7" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="GL7" s="13" t="s">
+      <c r="GM7" s="13" t="s">
         <v>186</v>
       </c>
-      <c r="GM7" s="13" t="s">
+      <c r="GN7" s="13" t="s">
         <v>188</v>
       </c>
-      <c r="GN7" s="13" t="s">
+      <c r="GO7" s="13" t="s">
         <v>189</v>
       </c>
-      <c r="GO7" s="13" t="s">
+      <c r="GP7" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="GP7" s="13" t="s">
+      <c r="GQ7" s="13" t="s">
         <v>192</v>
       </c>
-      <c r="GQ7" s="13" t="s">
+      <c r="GR7" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="GR7" s="13" t="s">
+      <c r="GS7" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="GS7" s="13" t="s">
+      <c r="GT7" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="GT7" s="13" t="s">
+      <c r="GU7" s="13" t="s">
         <v>200</v>
       </c>
-      <c r="GU7" s="13" t="s">
+      <c r="GV7" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="GV7" s="13" t="s">
+      <c r="GW7" s="13" t="s">
         <v>203</v>
       </c>
-      <c r="GW7" s="13" t="s">
+      <c r="GX7" s="13" t="s">
         <v>204</v>
       </c>
-      <c r="GX7" s="13" t="s">
+      <c r="GY7" s="13" t="s">
         <v>205</v>
       </c>
-      <c r="GY7" s="13" t="s">
+      <c r="GZ7" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="GZ7" s="13" t="s">
+      <c r="HA7" s="13" t="s">
         <v>207</v>
       </c>
-      <c r="HA7" s="13" t="s">
+      <c r="HB7" s="13" t="s">
         <v>209</v>
       </c>
-      <c r="HB7" s="13" t="s">
+      <c r="HC7" s="13" t="s">
         <v>211</v>
       </c>
-      <c r="HC7" s="13" t="s">
+      <c r="HD7" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="HD7" s="13" t="s">
+      <c r="HE7" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="HE7" s="13" t="s">
+      <c r="HF7" s="13" t="s">
         <v>215</v>
       </c>
-      <c r="HF7" s="13" t="s">
+      <c r="HG7" s="13" t="s">
         <v>216</v>
       </c>
-      <c r="HG7" s="13" t="s">
+      <c r="HH7" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="HH7" s="13" t="s">
+      <c r="HI7" s="13" t="s">
         <v>219</v>
       </c>
-      <c r="HI7" s="13" t="s">
+      <c r="HJ7" s="13" t="s">
         <v>220</v>
       </c>
-      <c r="HJ7" s="13" t="s">
+      <c r="HK7" s="13" t="s">
         <v>221</v>
       </c>
-      <c r="HK7" s="13" t="s">
+      <c r="HL7" s="13" t="s">
         <v>223</v>
       </c>
-      <c r="HL7" s="13" t="s">
+      <c r="HM7" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="HM7" s="13" t="s">
+      <c r="HN7" s="13" t="s">
         <v>225</v>
       </c>
-      <c r="HN7" s="13" t="s">
+      <c r="HO7" s="13" t="s">
         <v>227</v>
       </c>
-      <c r="HO7" s="13" t="s">
+      <c r="HP7" s="13" t="s">
         <v>228</v>
       </c>
-      <c r="HP7" s="13" t="s">
+      <c r="HQ7" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="HQ7" s="13" t="s">
+      <c r="HR7" s="13" t="s">
         <v>231</v>
       </c>
-      <c r="HR7" s="13" t="s">
+      <c r="HS7" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="HS7" s="13" t="s">
+      <c r="HT7" s="13" t="s">
         <v>233</v>
       </c>
-      <c r="HT7" s="13" t="s">
+      <c r="HU7" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="HU7" s="13" t="s">
+      <c r="HV7" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="HV7" s="13" t="s">
+      <c r="HW7" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="HW7" s="13" t="s">
+      <c r="HX7" s="13" t="s">
         <v>239</v>
       </c>
-      <c r="HX7" s="13" t="s">
+      <c r="HY7" s="13" t="s">
         <v>240</v>
       </c>
-      <c r="HY7" s="13" t="s">
+      <c r="HZ7" s="13" t="s">
         <v>241</v>
       </c>
+      <c r="IA7" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="IB7" s="13" t="s">
+        <v>244</v>
+      </c>
     </row>
-    <row r="8" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15"/>
       <c r="B8" s="16" t="s">
         <v>70</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
@@ -3455,51 +3478,51 @@
       <c r="AS8" s="17"/>
       <c r="AT8" s="17"/>
       <c r="AU8" s="17"/>
       <c r="AV8" s="17"/>
       <c r="AW8" s="17"/>
       <c r="AX8" s="17"/>
       <c r="AY8" s="17"/>
       <c r="AZ8" s="17"/>
       <c r="BA8" s="17"/>
       <c r="BB8" s="17"/>
       <c r="BC8" s="17"/>
       <c r="BD8" s="17"/>
       <c r="BE8" s="17"/>
       <c r="BF8" s="17"/>
       <c r="BG8" s="17"/>
       <c r="BH8" s="17"/>
       <c r="BI8" s="17"/>
       <c r="BJ8" s="17"/>
       <c r="BK8" s="17"/>
       <c r="BL8" s="17"/>
       <c r="BM8" s="17"/>
       <c r="BN8" s="17"/>
       <c r="BO8" s="17"/>
       <c r="BP8" s="17"/>
       <c r="BQ8" s="17"/>
-      <c r="BR8" s="18"/>
+      <c r="BR8" s="17"/>
       <c r="BS8" s="18"/>
       <c r="BT8" s="18"/>
       <c r="BU8" s="18"/>
       <c r="BV8" s="18"/>
       <c r="BW8" s="18"/>
       <c r="BX8" s="18"/>
       <c r="BY8" s="18"/>
       <c r="BZ8" s="18"/>
       <c r="CA8" s="18"/>
       <c r="CB8" s="18"/>
       <c r="CC8" s="18"/>
       <c r="CD8" s="18"/>
       <c r="CE8" s="18"/>
       <c r="CF8" s="18"/>
       <c r="CG8" s="18"/>
       <c r="CH8" s="18"/>
       <c r="CI8" s="18"/>
       <c r="CJ8" s="18"/>
       <c r="CK8" s="18"/>
       <c r="CL8" s="18"/>
       <c r="CM8" s="18"/>
       <c r="CN8" s="18"/>
       <c r="CO8" s="18"/>
       <c r="CP8" s="18"/>
       <c r="CQ8" s="18"/>
@@ -3619,52 +3642,55 @@
       <c r="HA8" s="18"/>
       <c r="HB8" s="18"/>
       <c r="HC8" s="18"/>
       <c r="HD8" s="18"/>
       <c r="HE8" s="18"/>
       <c r="HF8" s="18"/>
       <c r="HG8" s="18"/>
       <c r="HH8" s="18"/>
       <c r="HI8" s="18"/>
       <c r="HJ8" s="18"/>
       <c r="HK8" s="18"/>
       <c r="HL8" s="18"/>
       <c r="HM8" s="18"/>
       <c r="HN8" s="18"/>
       <c r="HO8" s="18"/>
       <c r="HP8" s="18"/>
       <c r="HQ8" s="18"/>
       <c r="HR8" s="18"/>
       <c r="HS8" s="18"/>
       <c r="HT8" s="18"/>
       <c r="HU8" s="18"/>
       <c r="HV8" s="18"/>
       <c r="HW8" s="18"/>
       <c r="HX8" s="18"/>
       <c r="HY8" s="18"/>
+      <c r="HZ8" s="18"/>
+      <c r="IA8" s="18"/>
+      <c r="IB8" s="18"/>
     </row>
-    <row r="9" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="20" t="s">
         <v>71</v>
       </c>
       <c r="C9" s="21">
         <v>0</v>
       </c>
       <c r="D9" s="21">
         <v>0</v>
       </c>
       <c r="E9" s="21">
         <v>0</v>
       </c>
       <c r="F9" s="21">
         <v>0</v>
       </c>
       <c r="G9" s="21">
         <v>0</v>
       </c>
       <c r="H9" s="21">
         <v>0</v>
       </c>
       <c r="I9" s="21">
         <v>0</v>
       </c>
@@ -3826,51 +3852,51 @@
       </c>
       <c r="BJ9" s="21">
         <v>0</v>
       </c>
       <c r="BK9" s="21">
         <v>0</v>
       </c>
       <c r="BL9" s="21">
         <v>0</v>
       </c>
       <c r="BM9" s="21">
         <v>0</v>
       </c>
       <c r="BN9" s="21">
         <v>0</v>
       </c>
       <c r="BO9" s="21">
         <v>0</v>
       </c>
       <c r="BP9" s="21">
         <v>0</v>
       </c>
       <c r="BQ9" s="21">
         <v>0</v>
       </c>
-      <c r="BR9" s="22">
+      <c r="BR9" s="21">
         <v>0</v>
       </c>
       <c r="BS9" s="22">
         <v>0</v>
       </c>
       <c r="BT9" s="22">
         <v>0</v>
       </c>
       <c r="BU9" s="22">
         <v>0</v>
       </c>
       <c r="BV9" s="22">
         <v>0</v>
       </c>
       <c r="BW9" s="22">
         <v>0</v>
       </c>
       <c r="BX9" s="22">
         <v>0</v>
       </c>
       <c r="BY9" s="22">
         <v>0</v>
       </c>
       <c r="BZ9" s="22">
         <v>0</v>
@@ -4318,52 +4344,61 @@
       </c>
       <c r="HR9" s="22">
         <v>0</v>
       </c>
       <c r="HS9" s="22">
         <v>0</v>
       </c>
       <c r="HT9" s="22">
         <v>0</v>
       </c>
       <c r="HU9" s="22">
         <v>0</v>
       </c>
       <c r="HV9" s="22">
         <v>0</v>
       </c>
       <c r="HW9" s="22">
         <v>0</v>
       </c>
       <c r="HX9" s="22">
         <v>0</v>
       </c>
       <c r="HY9" s="22">
         <v>0</v>
       </c>
+      <c r="HZ9" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA9" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB9" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="24">
         <v>0</v>
       </c>
       <c r="D10" s="24">
         <v>0</v>
       </c>
       <c r="E10" s="24">
         <v>0</v>
       </c>
       <c r="F10" s="24">
         <v>0</v>
       </c>
       <c r="G10" s="24">
         <v>0</v>
       </c>
       <c r="H10" s="24">
         <v>0</v>
       </c>
       <c r="I10" s="24">
         <v>0</v>
       </c>
       <c r="J10" s="24">
@@ -4524,51 +4559,51 @@
       </c>
       <c r="BJ10" s="24">
         <v>0</v>
       </c>
       <c r="BK10" s="24">
         <v>0</v>
       </c>
       <c r="BL10" s="24">
         <v>0</v>
       </c>
       <c r="BM10" s="24">
         <v>0</v>
       </c>
       <c r="BN10" s="24">
         <v>0</v>
       </c>
       <c r="BO10" s="24">
         <v>0</v>
       </c>
       <c r="BP10" s="24">
         <v>0</v>
       </c>
       <c r="BQ10" s="24">
         <v>0</v>
       </c>
-      <c r="BR10" s="25">
+      <c r="BR10" s="24">
         <v>0</v>
       </c>
       <c r="BS10" s="25">
         <v>0</v>
       </c>
       <c r="BT10" s="25">
         <v>0</v>
       </c>
       <c r="BU10" s="25">
         <v>0</v>
       </c>
       <c r="BV10" s="25">
         <v>0</v>
       </c>
       <c r="BW10" s="25">
         <v>0</v>
       </c>
       <c r="BX10" s="25">
         <v>0</v>
       </c>
       <c r="BY10" s="25">
         <v>0</v>
       </c>
       <c r="BZ10" s="25">
         <v>0</v>
@@ -5016,52 +5051,61 @@
       </c>
       <c r="HR10" s="25">
         <v>0</v>
       </c>
       <c r="HS10" s="25">
         <v>0</v>
       </c>
       <c r="HT10" s="25">
         <v>0</v>
       </c>
       <c r="HU10" s="25">
         <v>0</v>
       </c>
       <c r="HV10" s="25">
         <v>0</v>
       </c>
       <c r="HW10" s="25">
         <v>0</v>
       </c>
       <c r="HX10" s="25">
         <v>0</v>
       </c>
       <c r="HY10" s="25">
         <v>0</v>
       </c>
+      <c r="HZ10" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA10" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB10" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="24">
         <v>0</v>
       </c>
       <c r="D11" s="24">
         <v>0</v>
       </c>
       <c r="E11" s="24">
         <v>0</v>
       </c>
       <c r="F11" s="24">
         <v>0</v>
       </c>
       <c r="G11" s="24">
         <v>0</v>
       </c>
       <c r="H11" s="24">
         <v>0</v>
       </c>
       <c r="I11" s="24">
         <v>0</v>
       </c>
       <c r="J11" s="24">
@@ -5222,51 +5266,51 @@
       </c>
       <c r="BJ11" s="24">
         <v>0</v>
       </c>
       <c r="BK11" s="24">
         <v>0</v>
       </c>
       <c r="BL11" s="24">
         <v>0</v>
       </c>
       <c r="BM11" s="24">
         <v>0</v>
       </c>
       <c r="BN11" s="24">
         <v>0</v>
       </c>
       <c r="BO11" s="24">
         <v>0</v>
       </c>
       <c r="BP11" s="24">
         <v>0</v>
       </c>
       <c r="BQ11" s="24">
         <v>0</v>
       </c>
-      <c r="BR11" s="25">
+      <c r="BR11" s="24">
         <v>0</v>
       </c>
       <c r="BS11" s="25">
         <v>0</v>
       </c>
       <c r="BT11" s="25">
         <v>0</v>
       </c>
       <c r="BU11" s="25">
         <v>0</v>
       </c>
       <c r="BV11" s="25">
         <v>0</v>
       </c>
       <c r="BW11" s="25">
         <v>0</v>
       </c>
       <c r="BX11" s="25">
         <v>0</v>
       </c>
       <c r="BY11" s="25">
         <v>0</v>
       </c>
       <c r="BZ11" s="25">
         <v>0</v>
@@ -5714,52 +5758,61 @@
       </c>
       <c r="HR11" s="25">
         <v>0</v>
       </c>
       <c r="HS11" s="25">
         <v>0</v>
       </c>
       <c r="HT11" s="25">
         <v>0</v>
       </c>
       <c r="HU11" s="25">
         <v>0</v>
       </c>
       <c r="HV11" s="25">
         <v>0</v>
       </c>
       <c r="HW11" s="25">
         <v>0</v>
       </c>
       <c r="HX11" s="25">
         <v>0</v>
       </c>
       <c r="HY11" s="25">
         <v>0</v>
       </c>
+      <c r="HZ11" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA11" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB11" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="20" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="21">
         <v>0</v>
       </c>
       <c r="D12" s="21">
         <v>3.2406709999999998E-2</v>
       </c>
       <c r="E12" s="21">
         <v>9.5817948899999994</v>
       </c>
       <c r="F12" s="21">
         <v>98.268101329999993</v>
       </c>
       <c r="G12" s="21">
         <v>0</v>
       </c>
       <c r="H12" s="21">
         <v>0.43710143000000001</v>
       </c>
       <c r="I12" s="21">
         <v>0</v>
       </c>
@@ -5921,51 +5974,51 @@
       </c>
       <c r="BJ12" s="21">
         <v>0</v>
       </c>
       <c r="BK12" s="21">
         <v>0</v>
       </c>
       <c r="BL12" s="21">
         <v>0</v>
       </c>
       <c r="BM12" s="21">
         <v>0</v>
       </c>
       <c r="BN12" s="21">
         <v>0</v>
       </c>
       <c r="BO12" s="21">
         <v>0</v>
       </c>
       <c r="BP12" s="21">
         <v>0</v>
       </c>
       <c r="BQ12" s="21">
         <v>0</v>
       </c>
-      <c r="BR12" s="22">
+      <c r="BR12" s="21">
         <v>0</v>
       </c>
       <c r="BS12" s="22">
         <v>0</v>
       </c>
       <c r="BT12" s="22">
         <v>0</v>
       </c>
       <c r="BU12" s="22">
         <v>0</v>
       </c>
       <c r="BV12" s="22">
         <v>0</v>
       </c>
       <c r="BW12" s="22">
         <v>0</v>
       </c>
       <c r="BX12" s="22">
         <v>0</v>
       </c>
       <c r="BY12" s="22">
         <v>0</v>
       </c>
       <c r="BZ12" s="22">
         <v>0</v>
@@ -5973,199 +6026,199 @@
       <c r="CA12" s="22">
         <v>0</v>
       </c>
       <c r="CB12" s="22">
         <v>0</v>
       </c>
       <c r="CC12" s="22">
         <v>0</v>
       </c>
       <c r="CD12" s="22">
         <v>0</v>
       </c>
       <c r="CE12" s="22">
         <v>0</v>
       </c>
       <c r="CF12" s="22">
         <v>0</v>
       </c>
       <c r="CG12" s="22">
         <v>0</v>
       </c>
       <c r="CH12" s="22">
         <v>0</v>
       </c>
       <c r="CI12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ12" s="22">
         <v>3.2406709999999998E-2</v>
       </c>
-      <c r="CJ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CK12" s="22">
         <v>0</v>
       </c>
       <c r="CL12" s="22">
         <v>0</v>
       </c>
       <c r="CM12" s="22">
         <v>0</v>
       </c>
       <c r="CN12" s="22">
         <v>0</v>
       </c>
       <c r="CO12" s="22">
         <v>0</v>
       </c>
       <c r="CP12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CQ12" s="22">
         <v>1.2997704800000001</v>
       </c>
-      <c r="CQ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CR12" s="22">
         <v>0</v>
       </c>
       <c r="CS12" s="22">
         <v>0</v>
       </c>
       <c r="CT12" s="22">
         <v>0</v>
       </c>
       <c r="CU12" s="22">
         <v>0</v>
       </c>
       <c r="CV12" s="22">
         <v>0</v>
       </c>
       <c r="CW12" s="22">
         <v>0</v>
       </c>
       <c r="CX12" s="22">
         <v>0</v>
       </c>
       <c r="CY12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ12" s="22">
         <v>8.28202441</v>
       </c>
-      <c r="CZ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA12" s="22">
         <v>0</v>
       </c>
       <c r="DB12" s="22">
         <v>0</v>
       </c>
       <c r="DC12" s="22">
         <v>0</v>
       </c>
       <c r="DD12" s="22">
         <v>0</v>
       </c>
       <c r="DE12" s="22">
         <v>0</v>
       </c>
       <c r="DF12" s="22">
         <v>0</v>
       </c>
       <c r="DG12" s="22">
         <v>0</v>
       </c>
       <c r="DH12" s="22">
         <v>0</v>
       </c>
       <c r="DI12" s="22">
         <v>0</v>
       </c>
       <c r="DJ12" s="22">
         <v>0</v>
       </c>
       <c r="DK12" s="22">
         <v>0</v>
       </c>
       <c r="DL12" s="22">
+        <v>0</v>
+      </c>
+      <c r="DM12" s="22">
         <v>96.542704819999997</v>
       </c>
-      <c r="DM12" s="22">
+      <c r="DN12" s="22">
         <v>1.7253965099999999</v>
       </c>
-      <c r="DN12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DO12" s="22">
         <v>0</v>
       </c>
       <c r="DP12" s="22">
         <v>0</v>
       </c>
       <c r="DQ12" s="22">
         <v>0</v>
       </c>
       <c r="DR12" s="22">
         <v>0</v>
       </c>
       <c r="DS12" s="22">
         <v>0</v>
       </c>
       <c r="DT12" s="22">
         <v>0</v>
       </c>
       <c r="DU12" s="22">
         <v>0</v>
       </c>
       <c r="DV12" s="22">
         <v>0</v>
       </c>
       <c r="DW12" s="22">
         <v>0</v>
       </c>
       <c r="DX12" s="22">
         <v>0</v>
       </c>
       <c r="DY12" s="22">
         <v>0</v>
       </c>
       <c r="DZ12" s="22">
         <v>0</v>
       </c>
       <c r="EA12" s="22">
         <v>0</v>
       </c>
       <c r="EB12" s="22">
         <v>0</v>
       </c>
       <c r="EC12" s="22">
         <v>0</v>
       </c>
       <c r="ED12" s="22">
         <v>0</v>
       </c>
       <c r="EE12" s="22">
+        <v>0</v>
+      </c>
+      <c r="EF12" s="22">
         <v>0.43710143000000001</v>
       </c>
-      <c r="EF12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG12" s="22">
         <v>0</v>
       </c>
       <c r="EH12" s="22">
         <v>0</v>
       </c>
       <c r="EI12" s="22">
         <v>0</v>
       </c>
       <c r="EJ12" s="22">
         <v>0</v>
       </c>
       <c r="EK12" s="22">
         <v>0</v>
       </c>
       <c r="EL12" s="22">
         <v>0</v>
       </c>
       <c r="EM12" s="22">
         <v>0</v>
       </c>
       <c r="EN12" s="22">
         <v>0</v>
       </c>
       <c r="EO12" s="22">
@@ -6413,52 +6466,61 @@
       </c>
       <c r="HR12" s="22">
         <v>0</v>
       </c>
       <c r="HS12" s="22">
         <v>0</v>
       </c>
       <c r="HT12" s="22">
         <v>0</v>
       </c>
       <c r="HU12" s="22">
         <v>0</v>
       </c>
       <c r="HV12" s="22">
         <v>0</v>
       </c>
       <c r="HW12" s="22">
         <v>0</v>
       </c>
       <c r="HX12" s="22">
         <v>0</v>
       </c>
       <c r="HY12" s="22">
         <v>0</v>
       </c>
+      <c r="HZ12" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA12" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB12" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="13" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="27" t="s">
         <v>72</v>
       </c>
       <c r="C13" s="24">
         <v>0</v>
       </c>
       <c r="D13" s="24">
         <v>3.2406709999999998E-2</v>
       </c>
       <c r="E13" s="24">
         <v>9.5817948899999994</v>
       </c>
       <c r="F13" s="24">
         <v>98.268101329999993</v>
       </c>
       <c r="G13" s="24">
         <v>0</v>
       </c>
       <c r="H13" s="24">
         <v>0.43710143000000001</v>
       </c>
       <c r="I13" s="24">
         <v>0</v>
       </c>
       <c r="J13" s="24">
@@ -6619,51 +6681,51 @@
       </c>
       <c r="BJ13" s="24">
         <v>0</v>
       </c>
       <c r="BK13" s="24">
         <v>0</v>
       </c>
       <c r="BL13" s="24">
         <v>0</v>
       </c>
       <c r="BM13" s="24">
         <v>0</v>
       </c>
       <c r="BN13" s="24">
         <v>0</v>
       </c>
       <c r="BO13" s="24">
         <v>0</v>
       </c>
       <c r="BP13" s="24">
         <v>0</v>
       </c>
       <c r="BQ13" s="24">
         <v>0</v>
       </c>
-      <c r="BR13" s="25">
+      <c r="BR13" s="24">
         <v>0</v>
       </c>
       <c r="BS13" s="25">
         <v>0</v>
       </c>
       <c r="BT13" s="25">
         <v>0</v>
       </c>
       <c r="BU13" s="25">
         <v>0</v>
       </c>
       <c r="BV13" s="25">
         <v>0</v>
       </c>
       <c r="BW13" s="25">
         <v>0</v>
       </c>
       <c r="BX13" s="25">
         <v>0</v>
       </c>
       <c r="BY13" s="25">
         <v>0</v>
       </c>
       <c r="BZ13" s="25">
         <v>0</v>
@@ -6671,199 +6733,199 @@
       <c r="CA13" s="25">
         <v>0</v>
       </c>
       <c r="CB13" s="25">
         <v>0</v>
       </c>
       <c r="CC13" s="25">
         <v>0</v>
       </c>
       <c r="CD13" s="25">
         <v>0</v>
       </c>
       <c r="CE13" s="25">
         <v>0</v>
       </c>
       <c r="CF13" s="25">
         <v>0</v>
       </c>
       <c r="CG13" s="25">
         <v>0</v>
       </c>
       <c r="CH13" s="25">
         <v>0</v>
       </c>
       <c r="CI13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ13" s="25">
         <v>3.2406709999999998E-2</v>
       </c>
-      <c r="CJ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CK13" s="25">
         <v>0</v>
       </c>
       <c r="CL13" s="25">
         <v>0</v>
       </c>
       <c r="CM13" s="25">
         <v>0</v>
       </c>
       <c r="CN13" s="25">
         <v>0</v>
       </c>
       <c r="CO13" s="25">
         <v>0</v>
       </c>
       <c r="CP13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CQ13" s="25">
         <v>1.2997704800000001</v>
       </c>
-      <c r="CQ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CR13" s="25">
         <v>0</v>
       </c>
       <c r="CS13" s="25">
         <v>0</v>
       </c>
       <c r="CT13" s="25">
         <v>0</v>
       </c>
       <c r="CU13" s="25">
         <v>0</v>
       </c>
       <c r="CV13" s="25">
         <v>0</v>
       </c>
       <c r="CW13" s="25">
         <v>0</v>
       </c>
       <c r="CX13" s="25">
         <v>0</v>
       </c>
       <c r="CY13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ13" s="25">
         <v>8.28202441</v>
       </c>
-      <c r="CZ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA13" s="25">
         <v>0</v>
       </c>
       <c r="DB13" s="25">
         <v>0</v>
       </c>
       <c r="DC13" s="25">
         <v>0</v>
       </c>
       <c r="DD13" s="25">
         <v>0</v>
       </c>
       <c r="DE13" s="25">
         <v>0</v>
       </c>
       <c r="DF13" s="25">
         <v>0</v>
       </c>
       <c r="DG13" s="25">
         <v>0</v>
       </c>
       <c r="DH13" s="25">
         <v>0</v>
       </c>
       <c r="DI13" s="25">
         <v>0</v>
       </c>
       <c r="DJ13" s="25">
         <v>0</v>
       </c>
       <c r="DK13" s="25">
         <v>0</v>
       </c>
       <c r="DL13" s="25">
+        <v>0</v>
+      </c>
+      <c r="DM13" s="25">
         <v>96.542704819999997</v>
       </c>
-      <c r="DM13" s="25">
+      <c r="DN13" s="25">
         <v>1.7253965099999999</v>
       </c>
-      <c r="DN13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DO13" s="25">
         <v>0</v>
       </c>
       <c r="DP13" s="25">
         <v>0</v>
       </c>
       <c r="DQ13" s="25">
         <v>0</v>
       </c>
       <c r="DR13" s="25">
         <v>0</v>
       </c>
       <c r="DS13" s="25">
         <v>0</v>
       </c>
       <c r="DT13" s="25">
         <v>0</v>
       </c>
       <c r="DU13" s="25">
         <v>0</v>
       </c>
       <c r="DV13" s="25">
         <v>0</v>
       </c>
       <c r="DW13" s="25">
         <v>0</v>
       </c>
       <c r="DX13" s="25">
         <v>0</v>
       </c>
       <c r="DY13" s="25">
         <v>0</v>
       </c>
       <c r="DZ13" s="25">
         <v>0</v>
       </c>
       <c r="EA13" s="25">
         <v>0</v>
       </c>
       <c r="EB13" s="25">
         <v>0</v>
       </c>
       <c r="EC13" s="25">
         <v>0</v>
       </c>
       <c r="ED13" s="25">
         <v>0</v>
       </c>
       <c r="EE13" s="25">
+        <v>0</v>
+      </c>
+      <c r="EF13" s="25">
         <v>0.43710143000000001</v>
       </c>
-      <c r="EF13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG13" s="25">
         <v>0</v>
       </c>
       <c r="EH13" s="25">
         <v>0</v>
       </c>
       <c r="EI13" s="25">
         <v>0</v>
       </c>
       <c r="EJ13" s="25">
         <v>0</v>
       </c>
       <c r="EK13" s="25">
         <v>0</v>
       </c>
       <c r="EL13" s="25">
         <v>0</v>
       </c>
       <c r="EM13" s="25">
         <v>0</v>
       </c>
       <c r="EN13" s="25">
         <v>0</v>
       </c>
       <c r="EO13" s="25">
@@ -7111,52 +7173,61 @@
       </c>
       <c r="HR13" s="25">
         <v>0</v>
       </c>
       <c r="HS13" s="25">
         <v>0</v>
       </c>
       <c r="HT13" s="25">
         <v>0</v>
       </c>
       <c r="HU13" s="25">
         <v>0</v>
       </c>
       <c r="HV13" s="25">
         <v>0</v>
       </c>
       <c r="HW13" s="25">
         <v>0</v>
       </c>
       <c r="HX13" s="25">
         <v>0</v>
       </c>
       <c r="HY13" s="25">
         <v>0</v>
       </c>
+      <c r="HZ13" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA13" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB13" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="24">
         <v>0</v>
       </c>
       <c r="D14" s="24">
         <v>0</v>
       </c>
       <c r="E14" s="24">
         <v>0</v>
       </c>
       <c r="F14" s="24">
         <v>0</v>
       </c>
       <c r="G14" s="24">
         <v>0</v>
       </c>
       <c r="H14" s="24">
         <v>0</v>
       </c>
       <c r="I14" s="24">
         <v>0</v>
       </c>
       <c r="J14" s="24">
@@ -7317,51 +7388,51 @@
       </c>
       <c r="BJ14" s="24">
         <v>0</v>
       </c>
       <c r="BK14" s="24">
         <v>0</v>
       </c>
       <c r="BL14" s="24">
         <v>0</v>
       </c>
       <c r="BM14" s="24">
         <v>0</v>
       </c>
       <c r="BN14" s="24">
         <v>0</v>
       </c>
       <c r="BO14" s="24">
         <v>0</v>
       </c>
       <c r="BP14" s="24">
         <v>0</v>
       </c>
       <c r="BQ14" s="24">
         <v>0</v>
       </c>
-      <c r="BR14" s="25">
+      <c r="BR14" s="24">
         <v>0</v>
       </c>
       <c r="BS14" s="25">
         <v>0</v>
       </c>
       <c r="BT14" s="25">
         <v>0</v>
       </c>
       <c r="BU14" s="25">
         <v>0</v>
       </c>
       <c r="BV14" s="25">
         <v>0</v>
       </c>
       <c r="BW14" s="25">
         <v>0</v>
       </c>
       <c r="BX14" s="25">
         <v>0</v>
       </c>
       <c r="BY14" s="25">
         <v>0</v>
       </c>
       <c r="BZ14" s="25">
         <v>0</v>
@@ -7809,52 +7880,61 @@
       </c>
       <c r="HR14" s="25">
         <v>0</v>
       </c>
       <c r="HS14" s="25">
         <v>0</v>
       </c>
       <c r="HT14" s="25">
         <v>0</v>
       </c>
       <c r="HU14" s="25">
         <v>0</v>
       </c>
       <c r="HV14" s="25">
         <v>0</v>
       </c>
       <c r="HW14" s="25">
         <v>0</v>
       </c>
       <c r="HX14" s="25">
         <v>0</v>
       </c>
       <c r="HY14" s="25">
         <v>0</v>
       </c>
+      <c r="HZ14" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA14" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB14" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C15" s="21">
         <v>0</v>
       </c>
       <c r="D15" s="21">
         <v>0</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="21">
         <v>0</v>
       </c>
       <c r="H15" s="21">
         <v>0</v>
       </c>
       <c r="I15" s="21">
         <v>0</v>
       </c>
@@ -8016,51 +8096,51 @@
       </c>
       <c r="BJ15" s="21">
         <v>0</v>
       </c>
       <c r="BK15" s="21">
         <v>0</v>
       </c>
       <c r="BL15" s="21">
         <v>0</v>
       </c>
       <c r="BM15" s="21">
         <v>0</v>
       </c>
       <c r="BN15" s="21">
         <v>0</v>
       </c>
       <c r="BO15" s="21">
         <v>0</v>
       </c>
       <c r="BP15" s="21">
         <v>0</v>
       </c>
       <c r="BQ15" s="21">
         <v>0</v>
       </c>
-      <c r="BR15" s="22">
+      <c r="BR15" s="21">
         <v>0</v>
       </c>
       <c r="BS15" s="22">
         <v>0</v>
       </c>
       <c r="BT15" s="22">
         <v>0</v>
       </c>
       <c r="BU15" s="22">
         <v>0</v>
       </c>
       <c r="BV15" s="22">
         <v>0</v>
       </c>
       <c r="BW15" s="22">
         <v>0</v>
       </c>
       <c r="BX15" s="22">
         <v>0</v>
       </c>
       <c r="BY15" s="22">
         <v>0</v>
       </c>
       <c r="BZ15" s="22">
         <v>0</v>
@@ -8508,52 +8588,61 @@
       </c>
       <c r="HR15" s="22">
         <v>0</v>
       </c>
       <c r="HS15" s="22">
         <v>0</v>
       </c>
       <c r="HT15" s="22">
         <v>0</v>
       </c>
       <c r="HU15" s="22">
         <v>0</v>
       </c>
       <c r="HV15" s="22">
         <v>0</v>
       </c>
       <c r="HW15" s="22">
         <v>0</v>
       </c>
       <c r="HX15" s="22">
         <v>0</v>
       </c>
       <c r="HY15" s="22">
         <v>0</v>
       </c>
+      <c r="HZ15" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA15" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB15" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="24">
         <v>0</v>
       </c>
       <c r="D16" s="24">
         <v>0</v>
       </c>
       <c r="E16" s="24">
         <v>0</v>
       </c>
       <c r="F16" s="24">
         <v>0</v>
       </c>
       <c r="G16" s="24">
         <v>0</v>
       </c>
       <c r="H16" s="24">
         <v>0</v>
       </c>
       <c r="I16" s="24">
         <v>0</v>
       </c>
       <c r="J16" s="24">
@@ -8714,51 +8803,51 @@
       </c>
       <c r="BJ16" s="24">
         <v>0</v>
       </c>
       <c r="BK16" s="24">
         <v>0</v>
       </c>
       <c r="BL16" s="24">
         <v>0</v>
       </c>
       <c r="BM16" s="24">
         <v>0</v>
       </c>
       <c r="BN16" s="24">
         <v>0</v>
       </c>
       <c r="BO16" s="24">
         <v>0</v>
       </c>
       <c r="BP16" s="24">
         <v>0</v>
       </c>
       <c r="BQ16" s="24">
         <v>0</v>
       </c>
-      <c r="BR16" s="25">
+      <c r="BR16" s="24">
         <v>0</v>
       </c>
       <c r="BS16" s="25">
         <v>0</v>
       </c>
       <c r="BT16" s="25">
         <v>0</v>
       </c>
       <c r="BU16" s="25">
         <v>0</v>
       </c>
       <c r="BV16" s="25">
         <v>0</v>
       </c>
       <c r="BW16" s="25">
         <v>0</v>
       </c>
       <c r="BX16" s="25">
         <v>0</v>
       </c>
       <c r="BY16" s="25">
         <v>0</v>
       </c>
       <c r="BZ16" s="25">
         <v>0</v>
@@ -9206,52 +9295,61 @@
       </c>
       <c r="HR16" s="25">
         <v>0</v>
       </c>
       <c r="HS16" s="25">
         <v>0</v>
       </c>
       <c r="HT16" s="25">
         <v>0</v>
       </c>
       <c r="HU16" s="25">
         <v>0</v>
       </c>
       <c r="HV16" s="25">
         <v>0</v>
       </c>
       <c r="HW16" s="25">
         <v>0</v>
       </c>
       <c r="HX16" s="25">
         <v>0</v>
       </c>
       <c r="HY16" s="25">
         <v>0</v>
       </c>
+      <c r="HZ16" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA16" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB16" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="24">
         <v>0</v>
       </c>
       <c r="D17" s="24">
         <v>0</v>
       </c>
       <c r="E17" s="24">
         <v>0</v>
       </c>
       <c r="F17" s="24">
         <v>0</v>
       </c>
       <c r="G17" s="24">
         <v>0</v>
       </c>
       <c r="H17" s="24">
         <v>0</v>
       </c>
       <c r="I17" s="24">
         <v>0</v>
       </c>
       <c r="J17" s="24">
@@ -9412,51 +9510,51 @@
       </c>
       <c r="BJ17" s="24">
         <v>0</v>
       </c>
       <c r="BK17" s="24">
         <v>0</v>
       </c>
       <c r="BL17" s="24">
         <v>0</v>
       </c>
       <c r="BM17" s="24">
         <v>0</v>
       </c>
       <c r="BN17" s="24">
         <v>0</v>
       </c>
       <c r="BO17" s="24">
         <v>0</v>
       </c>
       <c r="BP17" s="24">
         <v>0</v>
       </c>
       <c r="BQ17" s="24">
         <v>0</v>
       </c>
-      <c r="BR17" s="25">
+      <c r="BR17" s="24">
         <v>0</v>
       </c>
       <c r="BS17" s="25">
         <v>0</v>
       </c>
       <c r="BT17" s="25">
         <v>0</v>
       </c>
       <c r="BU17" s="25">
         <v>0</v>
       </c>
       <c r="BV17" s="25">
         <v>0</v>
       </c>
       <c r="BW17" s="25">
         <v>0</v>
       </c>
       <c r="BX17" s="25">
         <v>0</v>
       </c>
       <c r="BY17" s="25">
         <v>0</v>
       </c>
       <c r="BZ17" s="25">
         <v>0</v>
@@ -9904,52 +10002,61 @@
       </c>
       <c r="HR17" s="25">
         <v>0</v>
       </c>
       <c r="HS17" s="25">
         <v>0</v>
       </c>
       <c r="HT17" s="25">
         <v>0</v>
       </c>
       <c r="HU17" s="25">
         <v>0</v>
       </c>
       <c r="HV17" s="25">
         <v>0</v>
       </c>
       <c r="HW17" s="25">
         <v>0</v>
       </c>
       <c r="HX17" s="25">
         <v>0</v>
       </c>
       <c r="HY17" s="25">
         <v>0</v>
       </c>
+      <c r="HZ17" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA17" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB17" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="21">
         <v>0</v>
       </c>
       <c r="D18" s="21">
         <v>0</v>
       </c>
       <c r="E18" s="21">
         <v>0</v>
       </c>
       <c r="F18" s="21">
         <v>0</v>
       </c>
       <c r="G18" s="21">
         <v>0</v>
       </c>
       <c r="H18" s="21">
         <v>0</v>
       </c>
       <c r="I18" s="21">
         <v>0</v>
       </c>
@@ -10111,51 +10218,51 @@
       </c>
       <c r="BJ18" s="21">
         <v>0</v>
       </c>
       <c r="BK18" s="21">
         <v>0</v>
       </c>
       <c r="BL18" s="21">
         <v>0</v>
       </c>
       <c r="BM18" s="21">
         <v>0</v>
       </c>
       <c r="BN18" s="21">
         <v>0</v>
       </c>
       <c r="BO18" s="21">
         <v>0</v>
       </c>
       <c r="BP18" s="21">
         <v>0</v>
       </c>
       <c r="BQ18" s="21">
         <v>0</v>
       </c>
-      <c r="BR18" s="22">
+      <c r="BR18" s="21">
         <v>0</v>
       </c>
       <c r="BS18" s="22">
         <v>0</v>
       </c>
       <c r="BT18" s="22">
         <v>0</v>
       </c>
       <c r="BU18" s="22">
         <v>0</v>
       </c>
       <c r="BV18" s="22">
         <v>0</v>
       </c>
       <c r="BW18" s="22">
         <v>0</v>
       </c>
       <c r="BX18" s="22">
         <v>0</v>
       </c>
       <c r="BY18" s="22">
         <v>0</v>
       </c>
       <c r="BZ18" s="22">
         <v>0</v>
@@ -10603,52 +10710,61 @@
       </c>
       <c r="HR18" s="22">
         <v>0</v>
       </c>
       <c r="HS18" s="22">
         <v>0</v>
       </c>
       <c r="HT18" s="22">
         <v>0</v>
       </c>
       <c r="HU18" s="22">
         <v>0</v>
       </c>
       <c r="HV18" s="22">
         <v>0</v>
       </c>
       <c r="HW18" s="22">
         <v>0</v>
       </c>
       <c r="HX18" s="22">
         <v>0</v>
       </c>
       <c r="HY18" s="22">
         <v>0</v>
       </c>
+      <c r="HZ18" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA18" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB18" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C19" s="24">
         <v>0</v>
       </c>
       <c r="D19" s="24">
         <v>0</v>
       </c>
       <c r="E19" s="24">
         <v>0</v>
       </c>
       <c r="F19" s="24">
         <v>0</v>
       </c>
       <c r="G19" s="24">
         <v>0</v>
       </c>
       <c r="H19" s="24">
         <v>0</v>
       </c>
       <c r="I19" s="24">
         <v>0</v>
       </c>
       <c r="J19" s="24">
@@ -10809,51 +10925,51 @@
       </c>
       <c r="BJ19" s="24">
         <v>0</v>
       </c>
       <c r="BK19" s="24">
         <v>0</v>
       </c>
       <c r="BL19" s="24">
         <v>0</v>
       </c>
       <c r="BM19" s="24">
         <v>0</v>
       </c>
       <c r="BN19" s="24">
         <v>0</v>
       </c>
       <c r="BO19" s="24">
         <v>0</v>
       </c>
       <c r="BP19" s="24">
         <v>0</v>
       </c>
       <c r="BQ19" s="24">
         <v>0</v>
       </c>
-      <c r="BR19" s="25">
+      <c r="BR19" s="24">
         <v>0</v>
       </c>
       <c r="BS19" s="25">
         <v>0</v>
       </c>
       <c r="BT19" s="25">
         <v>0</v>
       </c>
       <c r="BU19" s="25">
         <v>0</v>
       </c>
       <c r="BV19" s="25">
         <v>0</v>
       </c>
       <c r="BW19" s="25">
         <v>0</v>
       </c>
       <c r="BX19" s="25">
         <v>0</v>
       </c>
       <c r="BY19" s="25">
         <v>0</v>
       </c>
       <c r="BZ19" s="25">
         <v>0</v>
@@ -11301,52 +11417,61 @@
       </c>
       <c r="HR19" s="25">
         <v>0</v>
       </c>
       <c r="HS19" s="25">
         <v>0</v>
       </c>
       <c r="HT19" s="25">
         <v>0</v>
       </c>
       <c r="HU19" s="25">
         <v>0</v>
       </c>
       <c r="HV19" s="25">
         <v>0</v>
       </c>
       <c r="HW19" s="25">
         <v>0</v>
       </c>
       <c r="HX19" s="25">
         <v>0</v>
       </c>
       <c r="HY19" s="25">
         <v>0</v>
       </c>
+      <c r="HZ19" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA19" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB19" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C20" s="24">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="24">
         <v>0</v>
       </c>
       <c r="F20" s="24">
         <v>0</v>
       </c>
       <c r="G20" s="24">
         <v>0</v>
       </c>
       <c r="H20" s="24">
         <v>0</v>
       </c>
       <c r="I20" s="24">
         <v>0</v>
       </c>
       <c r="J20" s="24">
@@ -11507,51 +11632,51 @@
       </c>
       <c r="BJ20" s="24">
         <v>0</v>
       </c>
       <c r="BK20" s="24">
         <v>0</v>
       </c>
       <c r="BL20" s="24">
         <v>0</v>
       </c>
       <c r="BM20" s="24">
         <v>0</v>
       </c>
       <c r="BN20" s="24">
         <v>0</v>
       </c>
       <c r="BO20" s="24">
         <v>0</v>
       </c>
       <c r="BP20" s="24">
         <v>0</v>
       </c>
       <c r="BQ20" s="24">
         <v>0</v>
       </c>
-      <c r="BR20" s="25">
+      <c r="BR20" s="24">
         <v>0</v>
       </c>
       <c r="BS20" s="25">
         <v>0</v>
       </c>
       <c r="BT20" s="25">
         <v>0</v>
       </c>
       <c r="BU20" s="25">
         <v>0</v>
       </c>
       <c r="BV20" s="25">
         <v>0</v>
       </c>
       <c r="BW20" s="25">
         <v>0</v>
       </c>
       <c r="BX20" s="25">
         <v>0</v>
       </c>
       <c r="BY20" s="25">
         <v>0</v>
       </c>
       <c r="BZ20" s="25">
         <v>0</v>
@@ -11999,52 +12124,61 @@
       </c>
       <c r="HR20" s="25">
         <v>0</v>
       </c>
       <c r="HS20" s="25">
         <v>0</v>
       </c>
       <c r="HT20" s="25">
         <v>0</v>
       </c>
       <c r="HU20" s="25">
         <v>0</v>
       </c>
       <c r="HV20" s="25">
         <v>0</v>
       </c>
       <c r="HW20" s="25">
         <v>0</v>
       </c>
       <c r="HX20" s="25">
         <v>0</v>
       </c>
       <c r="HY20" s="25">
         <v>0</v>
       </c>
+      <c r="HZ20" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA20" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB20" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:233" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:236" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C21" s="21">
         <v>0</v>
       </c>
       <c r="D21" s="21">
         <v>0</v>
       </c>
       <c r="E21" s="21">
         <v>0</v>
       </c>
       <c r="F21" s="21">
         <v>0</v>
       </c>
       <c r="G21" s="21">
         <v>0</v>
       </c>
       <c r="H21" s="21">
         <v>0</v>
       </c>
       <c r="I21" s="21">
         <v>0</v>
       </c>
@@ -12206,51 +12340,51 @@
       </c>
       <c r="BJ21" s="21">
         <v>0</v>
       </c>
       <c r="BK21" s="21">
         <v>0</v>
       </c>
       <c r="BL21" s="21">
         <v>0</v>
       </c>
       <c r="BM21" s="21">
         <v>0</v>
       </c>
       <c r="BN21" s="21">
         <v>0</v>
       </c>
       <c r="BO21" s="21">
         <v>0</v>
       </c>
       <c r="BP21" s="21">
         <v>0</v>
       </c>
       <c r="BQ21" s="21">
         <v>0</v>
       </c>
-      <c r="BR21" s="22">
+      <c r="BR21" s="21">
         <v>0</v>
       </c>
       <c r="BS21" s="22">
         <v>0</v>
       </c>
       <c r="BT21" s="22">
         <v>0</v>
       </c>
       <c r="BU21" s="22">
         <v>0</v>
       </c>
       <c r="BV21" s="22">
         <v>0</v>
       </c>
       <c r="BW21" s="22">
         <v>0</v>
       </c>
       <c r="BX21" s="22">
         <v>0</v>
       </c>
       <c r="BY21" s="22">
         <v>0</v>
       </c>
       <c r="BZ21" s="22">
         <v>0</v>
@@ -12698,52 +12832,61 @@
       </c>
       <c r="HR21" s="22">
         <v>0</v>
       </c>
       <c r="HS21" s="22">
         <v>0</v>
       </c>
       <c r="HT21" s="22">
         <v>0</v>
       </c>
       <c r="HU21" s="22">
         <v>0</v>
       </c>
       <c r="HV21" s="22">
         <v>0</v>
       </c>
       <c r="HW21" s="22">
         <v>0</v>
       </c>
       <c r="HX21" s="22">
         <v>0</v>
       </c>
       <c r="HY21" s="22">
         <v>0</v>
       </c>
+      <c r="HZ21" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA21" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB21" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C22" s="24">
         <v>0</v>
       </c>
       <c r="D22" s="24">
         <v>0</v>
       </c>
       <c r="E22" s="24">
         <v>0</v>
       </c>
       <c r="F22" s="24">
         <v>0</v>
       </c>
       <c r="G22" s="24">
         <v>0</v>
       </c>
       <c r="H22" s="24">
         <v>0</v>
       </c>
       <c r="I22" s="24">
         <v>0</v>
       </c>
       <c r="J22" s="24">
@@ -12904,51 +13047,51 @@
       </c>
       <c r="BJ22" s="24">
         <v>0</v>
       </c>
       <c r="BK22" s="24">
         <v>0</v>
       </c>
       <c r="BL22" s="24">
         <v>0</v>
       </c>
       <c r="BM22" s="24">
         <v>0</v>
       </c>
       <c r="BN22" s="24">
         <v>0</v>
       </c>
       <c r="BO22" s="24">
         <v>0</v>
       </c>
       <c r="BP22" s="24">
         <v>0</v>
       </c>
       <c r="BQ22" s="24">
         <v>0</v>
       </c>
-      <c r="BR22" s="25">
+      <c r="BR22" s="24">
         <v>0</v>
       </c>
       <c r="BS22" s="25">
         <v>0</v>
       </c>
       <c r="BT22" s="25">
         <v>0</v>
       </c>
       <c r="BU22" s="25">
         <v>0</v>
       </c>
       <c r="BV22" s="25">
         <v>0</v>
       </c>
       <c r="BW22" s="25">
         <v>0</v>
       </c>
       <c r="BX22" s="25">
         <v>0</v>
       </c>
       <c r="BY22" s="25">
         <v>0</v>
       </c>
       <c r="BZ22" s="25">
         <v>0</v>
@@ -13396,52 +13539,61 @@
       </c>
       <c r="HR22" s="25">
         <v>0</v>
       </c>
       <c r="HS22" s="25">
         <v>0</v>
       </c>
       <c r="HT22" s="25">
         <v>0</v>
       </c>
       <c r="HU22" s="25">
         <v>0</v>
       </c>
       <c r="HV22" s="25">
         <v>0</v>
       </c>
       <c r="HW22" s="25">
         <v>0</v>
       </c>
       <c r="HX22" s="25">
         <v>0</v>
       </c>
       <c r="HY22" s="25">
         <v>0</v>
       </c>
+      <c r="HZ22" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA22" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB22" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="24">
         <v>0</v>
       </c>
       <c r="D23" s="24">
         <v>0</v>
       </c>
       <c r="E23" s="24">
         <v>0</v>
       </c>
       <c r="F23" s="24">
         <v>0</v>
       </c>
       <c r="G23" s="24">
         <v>0</v>
       </c>
       <c r="H23" s="24">
         <v>0</v>
       </c>
       <c r="I23" s="24">
         <v>0</v>
       </c>
       <c r="J23" s="24">
@@ -13602,51 +13754,51 @@
       </c>
       <c r="BJ23" s="24">
         <v>0</v>
       </c>
       <c r="BK23" s="24">
         <v>0</v>
       </c>
       <c r="BL23" s="24">
         <v>0</v>
       </c>
       <c r="BM23" s="24">
         <v>0</v>
       </c>
       <c r="BN23" s="24">
         <v>0</v>
       </c>
       <c r="BO23" s="24">
         <v>0</v>
       </c>
       <c r="BP23" s="24">
         <v>0</v>
       </c>
       <c r="BQ23" s="24">
         <v>0</v>
       </c>
-      <c r="BR23" s="25">
+      <c r="BR23" s="24">
         <v>0</v>
       </c>
       <c r="BS23" s="25">
         <v>0</v>
       </c>
       <c r="BT23" s="25">
         <v>0</v>
       </c>
       <c r="BU23" s="25">
         <v>0</v>
       </c>
       <c r="BV23" s="25">
         <v>0</v>
       </c>
       <c r="BW23" s="25">
         <v>0</v>
       </c>
       <c r="BX23" s="25">
         <v>0</v>
       </c>
       <c r="BY23" s="25">
         <v>0</v>
       </c>
       <c r="BZ23" s="25">
         <v>0</v>
@@ -14094,52 +14246,61 @@
       </c>
       <c r="HR23" s="25">
         <v>0</v>
       </c>
       <c r="HS23" s="25">
         <v>0</v>
       </c>
       <c r="HT23" s="25">
         <v>0</v>
       </c>
       <c r="HU23" s="25">
         <v>0</v>
       </c>
       <c r="HV23" s="25">
         <v>0</v>
       </c>
       <c r="HW23" s="25">
         <v>0</v>
       </c>
       <c r="HX23" s="25">
         <v>0</v>
       </c>
       <c r="HY23" s="25">
         <v>0</v>
       </c>
+      <c r="HZ23" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA23" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB23" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C24" s="21">
         <v>0</v>
       </c>
       <c r="D24" s="21">
         <v>9.6882341200000006</v>
       </c>
       <c r="E24" s="21">
         <v>111.34062632</v>
       </c>
       <c r="F24" s="21">
         <v>0</v>
       </c>
       <c r="G24" s="21">
         <v>0</v>
       </c>
       <c r="H24" s="21">
         <v>0</v>
       </c>
       <c r="I24" s="21">
         <v>0</v>
       </c>
@@ -14301,101 +14462,101 @@
       </c>
       <c r="BJ24" s="21">
         <v>0</v>
       </c>
       <c r="BK24" s="21">
         <v>0</v>
       </c>
       <c r="BL24" s="21">
         <v>0</v>
       </c>
       <c r="BM24" s="21">
         <v>0</v>
       </c>
       <c r="BN24" s="21">
         <v>0</v>
       </c>
       <c r="BO24" s="21">
         <v>0</v>
       </c>
       <c r="BP24" s="21">
         <v>0</v>
       </c>
       <c r="BQ24" s="21">
         <v>0</v>
       </c>
-      <c r="BR24" s="22">
+      <c r="BR24" s="21">
         <v>0</v>
       </c>
       <c r="BS24" s="22">
         <v>0</v>
       </c>
       <c r="BT24" s="22">
         <v>0</v>
       </c>
       <c r="BU24" s="22">
         <v>0</v>
       </c>
       <c r="BV24" s="22">
         <v>0</v>
       </c>
       <c r="BW24" s="22">
         <v>0</v>
       </c>
       <c r="BX24" s="22">
         <v>0</v>
       </c>
       <c r="BY24" s="22">
         <v>0</v>
       </c>
       <c r="BZ24" s="22">
         <v>0</v>
       </c>
       <c r="CA24" s="22">
         <v>0</v>
       </c>
       <c r="CB24" s="22">
         <v>0</v>
       </c>
       <c r="CC24" s="22">
         <v>0</v>
       </c>
       <c r="CD24" s="22">
         <v>0</v>
       </c>
       <c r="CE24" s="22">
         <v>0</v>
       </c>
       <c r="CF24" s="22">
         <v>0</v>
       </c>
       <c r="CG24" s="22">
+        <v>0</v>
+      </c>
+      <c r="CH24" s="22">
         <v>9.6882341200000006</v>
       </c>
-      <c r="CH24" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CI24" s="22">
         <v>0</v>
       </c>
       <c r="CJ24" s="22">
         <v>0</v>
       </c>
       <c r="CK24" s="22">
         <v>0</v>
       </c>
       <c r="CL24" s="22">
         <v>0</v>
       </c>
       <c r="CM24" s="22">
         <v>0</v>
       </c>
       <c r="CN24" s="22">
         <v>0</v>
       </c>
       <c r="CO24" s="22">
         <v>0</v>
       </c>
       <c r="CP24" s="22">
         <v>0</v>
       </c>
       <c r="CQ24" s="22">
@@ -14404,55 +14565,55 @@
       <c r="CR24" s="22">
         <v>0</v>
       </c>
       <c r="CS24" s="22">
         <v>0</v>
       </c>
       <c r="CT24" s="22">
         <v>0</v>
       </c>
       <c r="CU24" s="22">
         <v>0</v>
       </c>
       <c r="CV24" s="22">
         <v>0</v>
       </c>
       <c r="CW24" s="22">
         <v>0</v>
       </c>
       <c r="CX24" s="22">
         <v>0</v>
       </c>
       <c r="CY24" s="22">
         <v>0</v>
       </c>
       <c r="CZ24" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA24" s="22">
         <v>111.34062632</v>
       </c>
-      <c r="DA24" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB24" s="22">
         <v>0</v>
       </c>
       <c r="DC24" s="22">
         <v>0</v>
       </c>
       <c r="DD24" s="22">
         <v>0</v>
       </c>
       <c r="DE24" s="22">
         <v>0</v>
       </c>
       <c r="DF24" s="22">
         <v>0</v>
       </c>
       <c r="DG24" s="22">
         <v>0</v>
       </c>
       <c r="DH24" s="22">
         <v>0</v>
       </c>
       <c r="DI24" s="22">
         <v>0</v>
       </c>
       <c r="DJ24" s="22">
@@ -14793,52 +14954,61 @@
       </c>
       <c r="HR24" s="22">
         <v>0</v>
       </c>
       <c r="HS24" s="22">
         <v>0</v>
       </c>
       <c r="HT24" s="22">
         <v>0</v>
       </c>
       <c r="HU24" s="22">
         <v>0</v>
       </c>
       <c r="HV24" s="22">
         <v>0</v>
       </c>
       <c r="HW24" s="22">
         <v>0</v>
       </c>
       <c r="HX24" s="22">
         <v>0</v>
       </c>
       <c r="HY24" s="22">
         <v>0</v>
       </c>
+      <c r="HZ24" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA24" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB24" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="24">
         <v>0</v>
       </c>
       <c r="D25" s="24">
         <v>9.6882341200000006</v>
       </c>
       <c r="E25" s="24">
         <v>111.34062632</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="24">
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>0</v>
       </c>
       <c r="I25" s="24">
         <v>0</v>
       </c>
       <c r="J25" s="24">
@@ -14999,101 +15169,101 @@
       </c>
       <c r="BJ25" s="24">
         <v>0</v>
       </c>
       <c r="BK25" s="24">
         <v>0</v>
       </c>
       <c r="BL25" s="24">
         <v>0</v>
       </c>
       <c r="BM25" s="24">
         <v>0</v>
       </c>
       <c r="BN25" s="24">
         <v>0</v>
       </c>
       <c r="BO25" s="24">
         <v>0</v>
       </c>
       <c r="BP25" s="24">
         <v>0</v>
       </c>
       <c r="BQ25" s="24">
         <v>0</v>
       </c>
-      <c r="BR25" s="25">
+      <c r="BR25" s="24">
         <v>0</v>
       </c>
       <c r="BS25" s="25">
         <v>0</v>
       </c>
       <c r="BT25" s="25">
         <v>0</v>
       </c>
       <c r="BU25" s="25">
         <v>0</v>
       </c>
       <c r="BV25" s="25">
         <v>0</v>
       </c>
       <c r="BW25" s="25">
         <v>0</v>
       </c>
       <c r="BX25" s="25">
         <v>0</v>
       </c>
       <c r="BY25" s="25">
         <v>0</v>
       </c>
       <c r="BZ25" s="25">
         <v>0</v>
       </c>
       <c r="CA25" s="25">
         <v>0</v>
       </c>
       <c r="CB25" s="25">
         <v>0</v>
       </c>
       <c r="CC25" s="25">
         <v>0</v>
       </c>
       <c r="CD25" s="25">
         <v>0</v>
       </c>
       <c r="CE25" s="25">
         <v>0</v>
       </c>
       <c r="CF25" s="25">
         <v>0</v>
       </c>
       <c r="CG25" s="25">
+        <v>0</v>
+      </c>
+      <c r="CH25" s="25">
         <v>9.6882341200000006</v>
       </c>
-      <c r="CH25" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CI25" s="25">
         <v>0</v>
       </c>
       <c r="CJ25" s="25">
         <v>0</v>
       </c>
       <c r="CK25" s="25">
         <v>0</v>
       </c>
       <c r="CL25" s="25">
         <v>0</v>
       </c>
       <c r="CM25" s="25">
         <v>0</v>
       </c>
       <c r="CN25" s="25">
         <v>0</v>
       </c>
       <c r="CO25" s="25">
         <v>0</v>
       </c>
       <c r="CP25" s="25">
         <v>0</v>
       </c>
       <c r="CQ25" s="25">
@@ -15102,55 +15272,55 @@
       <c r="CR25" s="25">
         <v>0</v>
       </c>
       <c r="CS25" s="25">
         <v>0</v>
       </c>
       <c r="CT25" s="25">
         <v>0</v>
       </c>
       <c r="CU25" s="25">
         <v>0</v>
       </c>
       <c r="CV25" s="25">
         <v>0</v>
       </c>
       <c r="CW25" s="25">
         <v>0</v>
       </c>
       <c r="CX25" s="25">
         <v>0</v>
       </c>
       <c r="CY25" s="25">
         <v>0</v>
       </c>
       <c r="CZ25" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA25" s="25">
         <v>111.34062632</v>
       </c>
-      <c r="DA25" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB25" s="25">
         <v>0</v>
       </c>
       <c r="DC25" s="25">
         <v>0</v>
       </c>
       <c r="DD25" s="25">
         <v>0</v>
       </c>
       <c r="DE25" s="25">
         <v>0</v>
       </c>
       <c r="DF25" s="25">
         <v>0</v>
       </c>
       <c r="DG25" s="25">
         <v>0</v>
       </c>
       <c r="DH25" s="25">
         <v>0</v>
       </c>
       <c r="DI25" s="25">
         <v>0</v>
       </c>
       <c r="DJ25" s="25">
@@ -15491,52 +15661,61 @@
       </c>
       <c r="HR25" s="25">
         <v>0</v>
       </c>
       <c r="HS25" s="25">
         <v>0</v>
       </c>
       <c r="HT25" s="25">
         <v>0</v>
       </c>
       <c r="HU25" s="25">
         <v>0</v>
       </c>
       <c r="HV25" s="25">
         <v>0</v>
       </c>
       <c r="HW25" s="25">
         <v>0</v>
       </c>
       <c r="HX25" s="25">
         <v>0</v>
       </c>
       <c r="HY25" s="25">
         <v>0</v>
       </c>
+      <c r="HZ25" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA25" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB25" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C26" s="24">
         <v>0</v>
       </c>
       <c r="D26" s="24">
         <v>0</v>
       </c>
       <c r="E26" s="24">
         <v>0</v>
       </c>
       <c r="F26" s="24">
         <v>0</v>
       </c>
       <c r="G26" s="24">
         <v>0</v>
       </c>
       <c r="H26" s="24">
         <v>0</v>
       </c>
       <c r="I26" s="24">
         <v>0</v>
       </c>
       <c r="J26" s="24">
@@ -15697,51 +15876,51 @@
       </c>
       <c r="BJ26" s="24">
         <v>0</v>
       </c>
       <c r="BK26" s="24">
         <v>0</v>
       </c>
       <c r="BL26" s="24">
         <v>0</v>
       </c>
       <c r="BM26" s="24">
         <v>0</v>
       </c>
       <c r="BN26" s="24">
         <v>0</v>
       </c>
       <c r="BO26" s="24">
         <v>0</v>
       </c>
       <c r="BP26" s="24">
         <v>0</v>
       </c>
       <c r="BQ26" s="24">
         <v>0</v>
       </c>
-      <c r="BR26" s="25">
+      <c r="BR26" s="24">
         <v>0</v>
       </c>
       <c r="BS26" s="25">
         <v>0</v>
       </c>
       <c r="BT26" s="25">
         <v>0</v>
       </c>
       <c r="BU26" s="25">
         <v>0</v>
       </c>
       <c r="BV26" s="25">
         <v>0</v>
       </c>
       <c r="BW26" s="25">
         <v>0</v>
       </c>
       <c r="BX26" s="25">
         <v>0</v>
       </c>
       <c r="BY26" s="25">
         <v>0</v>
       </c>
       <c r="BZ26" s="25">
         <v>0</v>
@@ -16189,52 +16368,61 @@
       </c>
       <c r="HR26" s="25">
         <v>0</v>
       </c>
       <c r="HS26" s="25">
         <v>0</v>
       </c>
       <c r="HT26" s="25">
         <v>0</v>
       </c>
       <c r="HU26" s="25">
         <v>0</v>
       </c>
       <c r="HV26" s="25">
         <v>0</v>
       </c>
       <c r="HW26" s="25">
         <v>0</v>
       </c>
       <c r="HX26" s="25">
         <v>0</v>
       </c>
       <c r="HY26" s="25">
         <v>0</v>
       </c>
+      <c r="HZ26" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA26" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB26" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="21">
         <v>0</v>
       </c>
       <c r="D27" s="21">
         <v>107.15851673</v>
       </c>
       <c r="E27" s="21">
         <v>0.67950096000000004</v>
       </c>
       <c r="F27" s="21">
         <v>104.45267364</v>
       </c>
       <c r="G27" s="21">
         <v>14.194872159999999</v>
       </c>
       <c r="H27" s="21">
         <v>14.67830917</v>
       </c>
       <c r="I27" s="21">
         <v>0</v>
       </c>
@@ -16396,51 +16584,51 @@
       </c>
       <c r="BJ27" s="21">
         <v>0</v>
       </c>
       <c r="BK27" s="21">
         <v>0</v>
       </c>
       <c r="BL27" s="21">
         <v>0</v>
       </c>
       <c r="BM27" s="21">
         <v>0</v>
       </c>
       <c r="BN27" s="21">
         <v>0</v>
       </c>
       <c r="BO27" s="21">
         <v>0</v>
       </c>
       <c r="BP27" s="21">
         <v>0</v>
       </c>
       <c r="BQ27" s="21">
         <v>0</v>
       </c>
-      <c r="BR27" s="22">
+      <c r="BR27" s="21">
         <v>0</v>
       </c>
       <c r="BS27" s="22">
         <v>0</v>
       </c>
       <c r="BT27" s="22">
         <v>0</v>
       </c>
       <c r="BU27" s="22">
         <v>0</v>
       </c>
       <c r="BV27" s="22">
         <v>0</v>
       </c>
       <c r="BW27" s="22">
         <v>0</v>
       </c>
       <c r="BX27" s="22">
         <v>0</v>
       </c>
       <c r="BY27" s="22">
         <v>0</v>
       </c>
       <c r="BZ27" s="22">
         <v>0</v>
@@ -16448,265 +16636,265 @@
       <c r="CA27" s="22">
         <v>0</v>
       </c>
       <c r="CB27" s="22">
         <v>0</v>
       </c>
       <c r="CC27" s="22">
         <v>0</v>
       </c>
       <c r="CD27" s="22">
         <v>0</v>
       </c>
       <c r="CE27" s="22">
         <v>0</v>
       </c>
       <c r="CF27" s="22">
         <v>0</v>
       </c>
       <c r="CG27" s="22">
         <v>0</v>
       </c>
       <c r="CH27" s="22">
         <v>0</v>
       </c>
       <c r="CI27" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ27" s="22">
         <v>81.627071509999993</v>
       </c>
-      <c r="CJ27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CK27" s="22">
         <v>0</v>
       </c>
       <c r="CL27" s="22">
         <v>0</v>
       </c>
       <c r="CM27" s="22">
         <v>0</v>
       </c>
       <c r="CN27" s="22">
+        <v>0</v>
+      </c>
+      <c r="CO27" s="22">
         <v>25.531445229999999</v>
       </c>
-      <c r="CO27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CP27" s="22">
         <v>0</v>
       </c>
       <c r="CQ27" s="22">
         <v>0</v>
       </c>
       <c r="CR27" s="22">
         <v>0</v>
       </c>
       <c r="CS27" s="22">
         <v>0</v>
       </c>
       <c r="CT27" s="22">
         <v>0</v>
       </c>
       <c r="CU27" s="22">
         <v>0</v>
       </c>
       <c r="CV27" s="22">
         <v>0</v>
       </c>
       <c r="CW27" s="22">
         <v>0</v>
       </c>
       <c r="CX27" s="22">
         <v>0</v>
       </c>
       <c r="CY27" s="22">
         <v>0</v>
       </c>
       <c r="CZ27" s="22">
         <v>0</v>
       </c>
       <c r="DA27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DB27" s="22">
         <v>0.67950096000000004</v>
       </c>
-      <c r="DB27" s="22">
+      <c r="DC27" s="22">
         <v>21.970913939999999</v>
       </c>
-      <c r="DC27" s="22">
+      <c r="DD27" s="22">
         <v>9.5785191699999999</v>
       </c>
-      <c r="DD27" s="22">
+      <c r="DE27" s="22">
         <v>20.36538268</v>
       </c>
-      <c r="DE27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DF27" s="22">
         <v>0</v>
       </c>
       <c r="DG27" s="22">
         <v>0</v>
       </c>
       <c r="DH27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI27" s="22">
         <v>3.5835158300000001</v>
       </c>
-      <c r="DI27" s="22">
+      <c r="DJ27" s="22">
         <v>48.954342029999999</v>
       </c>
-      <c r="DJ27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DK27" s="22">
         <v>0</v>
       </c>
       <c r="DL27" s="22">
         <v>0</v>
       </c>
       <c r="DM27" s="22">
         <v>0</v>
       </c>
       <c r="DN27" s="22">
         <v>0</v>
       </c>
       <c r="DO27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DP27" s="22">
         <v>7.4656579699999996</v>
       </c>
-      <c r="DP27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ27" s="22">
         <v>0</v>
       </c>
       <c r="DR27" s="22">
         <v>0</v>
       </c>
       <c r="DS27" s="22">
         <v>0</v>
       </c>
       <c r="DT27" s="22">
         <v>0</v>
       </c>
       <c r="DU27" s="22">
         <v>0</v>
       </c>
       <c r="DV27" s="22">
         <v>0</v>
       </c>
       <c r="DW27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DX27" s="22">
         <v>6.7292141900000004</v>
       </c>
-      <c r="DX27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DY27" s="22">
         <v>0</v>
       </c>
       <c r="DZ27" s="22">
+        <v>0</v>
+      </c>
+      <c r="EA27" s="22">
         <v>6.9981524999999998</v>
       </c>
-      <c r="EA27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EB27" s="22">
         <v>0</v>
       </c>
       <c r="EC27" s="22">
         <v>0</v>
       </c>
       <c r="ED27" s="22">
         <v>0</v>
       </c>
       <c r="EE27" s="22">
         <v>0</v>
       </c>
       <c r="EF27" s="22">
         <v>0</v>
       </c>
       <c r="EG27" s="22">
         <v>0</v>
       </c>
       <c r="EH27" s="22">
         <v>0</v>
       </c>
       <c r="EI27" s="22">
         <v>0</v>
       </c>
       <c r="EJ27" s="22">
+        <v>0</v>
+      </c>
+      <c r="EK27" s="22">
         <v>7.6801566699999997</v>
       </c>
-      <c r="EK27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EL27" s="22">
         <v>0</v>
       </c>
       <c r="EM27" s="22">
         <v>0</v>
       </c>
       <c r="EN27" s="22">
         <v>0</v>
       </c>
       <c r="EO27" s="22">
         <v>0</v>
       </c>
       <c r="EP27" s="22">
         <v>0</v>
       </c>
       <c r="EQ27" s="22">
         <v>0</v>
       </c>
       <c r="ER27" s="22">
         <v>0</v>
       </c>
       <c r="ES27" s="22">
         <v>0</v>
       </c>
       <c r="ET27" s="22">
         <v>0</v>
       </c>
       <c r="EU27" s="22">
         <v>0</v>
       </c>
       <c r="EV27" s="22">
         <v>0</v>
       </c>
       <c r="EW27" s="22">
         <v>0</v>
       </c>
       <c r="EX27" s="22">
         <v>0</v>
       </c>
       <c r="EY27" s="22">
         <v>0</v>
       </c>
       <c r="EZ27" s="22">
         <v>0</v>
       </c>
       <c r="FA27" s="22">
+        <v>0</v>
+      </c>
+      <c r="FB27" s="22">
         <v>118.51592823</v>
       </c>
-      <c r="FB27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FC27" s="22">
         <v>0</v>
       </c>
       <c r="FD27" s="22">
         <v>0</v>
       </c>
       <c r="FE27" s="22">
         <v>0</v>
       </c>
       <c r="FF27" s="22">
         <v>0</v>
       </c>
       <c r="FG27" s="22">
         <v>0</v>
       </c>
       <c r="FH27" s="22">
         <v>0</v>
       </c>
       <c r="FI27" s="22">
         <v>0</v>
       </c>
       <c r="FJ27" s="22">
         <v>0</v>
       </c>
       <c r="FK27" s="22">
@@ -16888,52 +17076,61 @@
       </c>
       <c r="HR27" s="22">
         <v>0</v>
       </c>
       <c r="HS27" s="22">
         <v>0</v>
       </c>
       <c r="HT27" s="22">
         <v>0</v>
       </c>
       <c r="HU27" s="22">
         <v>0</v>
       </c>
       <c r="HV27" s="22">
         <v>0</v>
       </c>
       <c r="HW27" s="22">
         <v>0</v>
       </c>
       <c r="HX27" s="22">
         <v>0</v>
       </c>
       <c r="HY27" s="22">
         <v>0</v>
       </c>
+      <c r="HZ27" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA27" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB27" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="24">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>107.15851673</v>
       </c>
       <c r="E28" s="24">
         <v>0.67950096000000004</v>
       </c>
       <c r="F28" s="24">
         <v>104.45267364</v>
       </c>
       <c r="G28" s="24">
         <v>14.194872159999999</v>
       </c>
       <c r="H28" s="24">
         <v>14.67830917</v>
       </c>
       <c r="I28" s="24">
         <v>0</v>
       </c>
       <c r="J28" s="24">
@@ -17094,51 +17291,51 @@
       </c>
       <c r="BJ28" s="24">
         <v>0</v>
       </c>
       <c r="BK28" s="24">
         <v>0</v>
       </c>
       <c r="BL28" s="24">
         <v>0</v>
       </c>
       <c r="BM28" s="24">
         <v>0</v>
       </c>
       <c r="BN28" s="24">
         <v>0</v>
       </c>
       <c r="BO28" s="24">
         <v>0</v>
       </c>
       <c r="BP28" s="24">
         <v>0</v>
       </c>
       <c r="BQ28" s="24">
         <v>0</v>
       </c>
-      <c r="BR28" s="25">
+      <c r="BR28" s="24">
         <v>0</v>
       </c>
       <c r="BS28" s="25">
         <v>0</v>
       </c>
       <c r="BT28" s="25">
         <v>0</v>
       </c>
       <c r="BU28" s="25">
         <v>0</v>
       </c>
       <c r="BV28" s="25">
         <v>0</v>
       </c>
       <c r="BW28" s="25">
         <v>0</v>
       </c>
       <c r="BX28" s="25">
         <v>0</v>
       </c>
       <c r="BY28" s="25">
         <v>0</v>
       </c>
       <c r="BZ28" s="25">
         <v>0</v>
@@ -17146,265 +17343,265 @@
       <c r="CA28" s="25">
         <v>0</v>
       </c>
       <c r="CB28" s="25">
         <v>0</v>
       </c>
       <c r="CC28" s="25">
         <v>0</v>
       </c>
       <c r="CD28" s="25">
         <v>0</v>
       </c>
       <c r="CE28" s="25">
         <v>0</v>
       </c>
       <c r="CF28" s="25">
         <v>0</v>
       </c>
       <c r="CG28" s="25">
         <v>0</v>
       </c>
       <c r="CH28" s="25">
         <v>0</v>
       </c>
       <c r="CI28" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ28" s="25">
         <v>81.627071509999993</v>
       </c>
-      <c r="CJ28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CK28" s="25">
         <v>0</v>
       </c>
       <c r="CL28" s="25">
         <v>0</v>
       </c>
       <c r="CM28" s="25">
         <v>0</v>
       </c>
       <c r="CN28" s="25">
+        <v>0</v>
+      </c>
+      <c r="CO28" s="25">
         <v>25.531445229999999</v>
       </c>
-      <c r="CO28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CP28" s="25">
         <v>0</v>
       </c>
       <c r="CQ28" s="25">
         <v>0</v>
       </c>
       <c r="CR28" s="25">
         <v>0</v>
       </c>
       <c r="CS28" s="25">
         <v>0</v>
       </c>
       <c r="CT28" s="25">
         <v>0</v>
       </c>
       <c r="CU28" s="25">
         <v>0</v>
       </c>
       <c r="CV28" s="25">
         <v>0</v>
       </c>
       <c r="CW28" s="25">
         <v>0</v>
       </c>
       <c r="CX28" s="25">
         <v>0</v>
       </c>
       <c r="CY28" s="25">
         <v>0</v>
       </c>
       <c r="CZ28" s="25">
         <v>0</v>
       </c>
       <c r="DA28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DB28" s="25">
         <v>0.67950096000000004</v>
       </c>
-      <c r="DB28" s="25">
+      <c r="DC28" s="25">
         <v>21.970913939999999</v>
       </c>
-      <c r="DC28" s="25">
+      <c r="DD28" s="25">
         <v>9.5785191699999999</v>
       </c>
-      <c r="DD28" s="25">
+      <c r="DE28" s="25">
         <v>20.36538268</v>
       </c>
-      <c r="DE28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DF28" s="25">
         <v>0</v>
       </c>
       <c r="DG28" s="25">
         <v>0</v>
       </c>
       <c r="DH28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI28" s="25">
         <v>3.5835158300000001</v>
       </c>
-      <c r="DI28" s="25">
+      <c r="DJ28" s="25">
         <v>48.954342029999999</v>
       </c>
-      <c r="DJ28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DK28" s="25">
         <v>0</v>
       </c>
       <c r="DL28" s="25">
         <v>0</v>
       </c>
       <c r="DM28" s="25">
         <v>0</v>
       </c>
       <c r="DN28" s="25">
         <v>0</v>
       </c>
       <c r="DO28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DP28" s="25">
         <v>7.4656579699999996</v>
       </c>
-      <c r="DP28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ28" s="25">
         <v>0</v>
       </c>
       <c r="DR28" s="25">
         <v>0</v>
       </c>
       <c r="DS28" s="25">
         <v>0</v>
       </c>
       <c r="DT28" s="25">
         <v>0</v>
       </c>
       <c r="DU28" s="25">
         <v>0</v>
       </c>
       <c r="DV28" s="25">
         <v>0</v>
       </c>
       <c r="DW28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DX28" s="25">
         <v>6.7292141900000004</v>
       </c>
-      <c r="DX28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DY28" s="25">
         <v>0</v>
       </c>
       <c r="DZ28" s="25">
+        <v>0</v>
+      </c>
+      <c r="EA28" s="25">
         <v>6.9981524999999998</v>
       </c>
-      <c r="EA28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EB28" s="25">
         <v>0</v>
       </c>
       <c r="EC28" s="25">
         <v>0</v>
       </c>
       <c r="ED28" s="25">
         <v>0</v>
       </c>
       <c r="EE28" s="25">
         <v>0</v>
       </c>
       <c r="EF28" s="25">
         <v>0</v>
       </c>
       <c r="EG28" s="25">
         <v>0</v>
       </c>
       <c r="EH28" s="25">
         <v>0</v>
       </c>
       <c r="EI28" s="25">
         <v>0</v>
       </c>
       <c r="EJ28" s="25">
+        <v>0</v>
+      </c>
+      <c r="EK28" s="25">
         <v>7.6801566699999997</v>
       </c>
-      <c r="EK28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EL28" s="25">
         <v>0</v>
       </c>
       <c r="EM28" s="25">
         <v>0</v>
       </c>
       <c r="EN28" s="25">
         <v>0</v>
       </c>
       <c r="EO28" s="25">
         <v>0</v>
       </c>
       <c r="EP28" s="25">
         <v>0</v>
       </c>
       <c r="EQ28" s="25">
         <v>0</v>
       </c>
       <c r="ER28" s="25">
         <v>0</v>
       </c>
       <c r="ES28" s="25">
         <v>0</v>
       </c>
       <c r="ET28" s="25">
         <v>0</v>
       </c>
       <c r="EU28" s="25">
         <v>0</v>
       </c>
       <c r="EV28" s="25">
         <v>0</v>
       </c>
       <c r="EW28" s="25">
         <v>0</v>
       </c>
       <c r="EX28" s="25">
         <v>0</v>
       </c>
       <c r="EY28" s="25">
         <v>0</v>
       </c>
       <c r="EZ28" s="25">
         <v>0</v>
       </c>
       <c r="FA28" s="25">
+        <v>0</v>
+      </c>
+      <c r="FB28" s="25">
         <v>118.51592823</v>
       </c>
-      <c r="FB28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FC28" s="25">
         <v>0</v>
       </c>
       <c r="FD28" s="25">
         <v>0</v>
       </c>
       <c r="FE28" s="25">
         <v>0</v>
       </c>
       <c r="FF28" s="25">
         <v>0</v>
       </c>
       <c r="FG28" s="25">
         <v>0</v>
       </c>
       <c r="FH28" s="25">
         <v>0</v>
       </c>
       <c r="FI28" s="25">
         <v>0</v>
       </c>
       <c r="FJ28" s="25">
         <v>0</v>
       </c>
       <c r="FK28" s="25">
@@ -17586,52 +17783,61 @@
       </c>
       <c r="HR28" s="25">
         <v>0</v>
       </c>
       <c r="HS28" s="25">
         <v>0</v>
       </c>
       <c r="HT28" s="25">
         <v>0</v>
       </c>
       <c r="HU28" s="25">
         <v>0</v>
       </c>
       <c r="HV28" s="25">
         <v>0</v>
       </c>
       <c r="HW28" s="25">
         <v>0</v>
       </c>
       <c r="HX28" s="25">
         <v>0</v>
       </c>
       <c r="HY28" s="25">
         <v>0</v>
       </c>
+      <c r="HZ28" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA28" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB28" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="24">
         <v>0</v>
       </c>
       <c r="D29" s="24">
         <v>0</v>
       </c>
       <c r="E29" s="24">
         <v>0</v>
       </c>
       <c r="F29" s="24">
         <v>0</v>
       </c>
       <c r="G29" s="24">
         <v>0</v>
       </c>
       <c r="H29" s="24">
         <v>0</v>
       </c>
       <c r="I29" s="24">
         <v>0</v>
       </c>
       <c r="J29" s="24">
@@ -17792,51 +17998,51 @@
       </c>
       <c r="BJ29" s="24">
         <v>0</v>
       </c>
       <c r="BK29" s="24">
         <v>0</v>
       </c>
       <c r="BL29" s="24">
         <v>0</v>
       </c>
       <c r="BM29" s="24">
         <v>0</v>
       </c>
       <c r="BN29" s="24">
         <v>0</v>
       </c>
       <c r="BO29" s="24">
         <v>0</v>
       </c>
       <c r="BP29" s="24">
         <v>0</v>
       </c>
       <c r="BQ29" s="24">
         <v>0</v>
       </c>
-      <c r="BR29" s="25">
+      <c r="BR29" s="24">
         <v>0</v>
       </c>
       <c r="BS29" s="25">
         <v>0</v>
       </c>
       <c r="BT29" s="25">
         <v>0</v>
       </c>
       <c r="BU29" s="25">
         <v>0</v>
       </c>
       <c r="BV29" s="25">
         <v>0</v>
       </c>
       <c r="BW29" s="25">
         <v>0</v>
       </c>
       <c r="BX29" s="25">
         <v>0</v>
       </c>
       <c r="BY29" s="25">
         <v>0</v>
       </c>
       <c r="BZ29" s="25">
         <v>0</v>
@@ -18284,52 +18490,61 @@
       </c>
       <c r="HR29" s="25">
         <v>0</v>
       </c>
       <c r="HS29" s="25">
         <v>0</v>
       </c>
       <c r="HT29" s="25">
         <v>0</v>
       </c>
       <c r="HU29" s="25">
         <v>0</v>
       </c>
       <c r="HV29" s="25">
         <v>0</v>
       </c>
       <c r="HW29" s="25">
         <v>0</v>
       </c>
       <c r="HX29" s="25">
         <v>0</v>
       </c>
       <c r="HY29" s="25">
         <v>0</v>
       </c>
+      <c r="HZ29" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA29" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB29" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C30" s="21">
         <v>12.962995919999999</v>
       </c>
       <c r="D30" s="21">
         <v>129.73695583</v>
       </c>
       <c r="E30" s="21">
         <v>91.768708750000002</v>
       </c>
       <c r="F30" s="21">
         <v>227.34815698</v>
       </c>
       <c r="G30" s="21">
         <v>45.3594607</v>
       </c>
       <c r="H30" s="21">
         <v>199.87840001000001</v>
       </c>
       <c r="I30" s="21">
         <v>42.585994810000003</v>
       </c>
@@ -18491,544 +18706,553 @@
       </c>
       <c r="BJ30" s="21">
         <v>0</v>
       </c>
       <c r="BK30" s="21">
         <v>39.969078359999997</v>
       </c>
       <c r="BL30" s="21">
         <v>0</v>
       </c>
       <c r="BM30" s="21">
         <v>0</v>
       </c>
       <c r="BN30" s="21">
         <v>0</v>
       </c>
       <c r="BO30" s="21">
         <v>54.874516799999995</v>
       </c>
       <c r="BP30" s="21">
         <v>14.716478110000001</v>
       </c>
       <c r="BQ30" s="21">
         <v>2.86</v>
       </c>
-      <c r="BR30" s="22">
-        <v>0</v>
+      <c r="BR30" s="21">
+        <v>358.49958585000002</v>
       </c>
       <c r="BS30" s="22">
         <v>0</v>
       </c>
       <c r="BT30" s="22">
         <v>0</v>
       </c>
       <c r="BU30" s="22">
         <v>0</v>
       </c>
       <c r="BV30" s="22">
         <v>0</v>
       </c>
       <c r="BW30" s="22">
         <v>0</v>
       </c>
       <c r="BX30" s="22">
         <v>0</v>
       </c>
       <c r="BY30" s="22">
         <v>0</v>
       </c>
       <c r="BZ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CA30" s="22">
         <v>5.0749883899999997</v>
       </c>
-      <c r="CA30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CB30" s="22">
         <v>0</v>
       </c>
       <c r="CC30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CD30" s="22">
         <v>7.8880075400000003</v>
       </c>
-      <c r="CD30" s="22">
+      <c r="CE30" s="22">
         <v>11.73338642</v>
       </c>
-      <c r="CE30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CF30" s="22">
         <v>0</v>
       </c>
       <c r="CG30" s="22">
         <v>0</v>
       </c>
       <c r="CH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CI30" s="22">
         <v>105.71172855</v>
       </c>
-      <c r="CI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CJ30" s="22">
         <v>0</v>
       </c>
       <c r="CK30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CL30" s="22">
         <v>2.8552491799999999</v>
       </c>
-      <c r="CL30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CM30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN30" s="22">
         <v>9.4365916799999994</v>
       </c>
-      <c r="CN30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CO30" s="22">
         <v>0</v>
       </c>
       <c r="CP30" s="22">
         <v>0</v>
       </c>
       <c r="CQ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CR30" s="22">
         <v>1.61704366</v>
       </c>
-      <c r="CR30" s="22">
+      <c r="CS30" s="22">
         <v>0.95468047</v>
       </c>
-      <c r="CS30" s="22">
+      <c r="CT30" s="22">
         <v>5.3943521399999996</v>
       </c>
-      <c r="CT30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CU30" s="22">
         <v>0</v>
       </c>
       <c r="CV30" s="22">
         <v>0</v>
       </c>
       <c r="CW30" s="22">
         <v>0</v>
       </c>
       <c r="CX30" s="22">
         <v>0</v>
       </c>
       <c r="CY30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ30" s="22">
         <v>83.802632489999993</v>
       </c>
-      <c r="CZ30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA30" s="22">
         <v>0</v>
       </c>
       <c r="DB30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DC30" s="22">
         <v>50.500534639999998</v>
       </c>
-      <c r="DC30" s="22">
+      <c r="DD30" s="22">
         <v>27.841337849999999</v>
       </c>
-      <c r="DD30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DE30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DF30" s="22">
         <v>16.01347535</v>
       </c>
-      <c r="DF30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DG30" s="22">
         <v>0</v>
       </c>
       <c r="DH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI30" s="22">
         <v>70.291937090000005</v>
       </c>
-      <c r="DI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DJ30" s="22">
         <v>0</v>
       </c>
       <c r="DK30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DL30" s="22">
         <v>19.175700020000001</v>
       </c>
-      <c r="DL30" s="22">
+      <c r="DM30" s="22">
         <v>43.52517203</v>
       </c>
-      <c r="DM30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DN30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DO30" s="22">
         <v>1.06178247</v>
       </c>
-      <c r="DO30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DP30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DQ30" s="22">
         <v>6.2269546800000004</v>
       </c>
-      <c r="DQ30" s="22">
+      <c r="DR30" s="22">
         <v>33.32158733</v>
       </c>
-      <c r="DR30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DS30" s="22">
         <v>0</v>
       </c>
       <c r="DT30" s="22">
         <v>0</v>
       </c>
       <c r="DU30" s="22">
         <v>0</v>
       </c>
       <c r="DV30" s="22">
         <v>0</v>
       </c>
       <c r="DW30" s="22">
         <v>0</v>
       </c>
       <c r="DX30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DY30" s="22">
         <v>4.7491362300000004</v>
       </c>
-      <c r="DY30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DZ30" s="22">
         <v>0</v>
       </c>
       <c r="EA30" s="22">
         <v>0</v>
       </c>
       <c r="EB30" s="22">
         <v>0</v>
       </c>
       <c r="EC30" s="22">
         <v>0</v>
       </c>
       <c r="ED30" s="22">
         <v>0</v>
       </c>
       <c r="EE30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EF30" s="22">
         <v>182.74660625999999</v>
       </c>
-      <c r="EF30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG30" s="22">
         <v>0</v>
       </c>
       <c r="EH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EI30" s="22">
         <v>8.7273740800000006</v>
       </c>
-      <c r="EI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EJ30" s="22">
         <v>0</v>
       </c>
       <c r="EK30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EL30" s="22">
         <v>8.4044196699999993</v>
       </c>
-      <c r="EL30" s="22">
+      <c r="EM30" s="22">
         <v>1.9993363900000001</v>
       </c>
-      <c r="EM30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EN30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EO30" s="22">
         <v>1.7559756500000001</v>
       </c>
-      <c r="EO30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EP30" s="22">
         <v>0</v>
       </c>
       <c r="EQ30" s="22">
         <v>0</v>
       </c>
       <c r="ER30" s="22">
         <v>0</v>
       </c>
       <c r="ES30" s="22">
         <v>0</v>
       </c>
       <c r="ET30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EU30" s="22">
         <v>20.150945650000001</v>
       </c>
-      <c r="EU30" s="22">
+      <c r="EV30" s="22">
         <v>18.679737119999999</v>
       </c>
-      <c r="EV30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EW30" s="22">
         <v>0</v>
       </c>
       <c r="EX30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EY30" s="22">
         <v>6.4012177299999999</v>
       </c>
-      <c r="EY30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EZ30" s="22">
         <v>0</v>
       </c>
       <c r="FA30" s="22">
         <v>0</v>
       </c>
       <c r="FB30" s="22">
         <v>0</v>
       </c>
       <c r="FC30" s="22">
+        <v>0</v>
+      </c>
+      <c r="FD30" s="22">
         <v>38.593378809999997</v>
       </c>
-      <c r="FD30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FE30" s="22">
         <v>0</v>
       </c>
       <c r="FF30" s="22">
         <v>0</v>
       </c>
       <c r="FG30" s="22">
         <v>0</v>
       </c>
       <c r="FH30" s="22">
         <v>0</v>
       </c>
       <c r="FI30" s="22">
+        <v>0</v>
+      </c>
+      <c r="FJ30" s="22">
         <v>4.6815203500000004</v>
       </c>
-      <c r="FJ30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FK30" s="22">
         <v>0</v>
       </c>
       <c r="FL30" s="22">
         <v>0</v>
       </c>
       <c r="FM30" s="22">
         <v>0</v>
       </c>
       <c r="FN30" s="22">
+        <v>0</v>
+      </c>
+      <c r="FO30" s="22">
         <v>42.904755909999999</v>
       </c>
-      <c r="FO30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FP30" s="22">
         <v>0</v>
       </c>
       <c r="FQ30" s="22">
         <v>0</v>
       </c>
       <c r="FR30" s="22">
         <v>0</v>
       </c>
       <c r="FS30" s="22">
         <v>0</v>
       </c>
       <c r="FT30" s="22">
         <v>0</v>
       </c>
       <c r="FU30" s="22">
         <v>0</v>
       </c>
       <c r="FV30" s="22">
         <v>0</v>
       </c>
       <c r="FW30" s="22">
+        <v>0</v>
+      </c>
+      <c r="FX30" s="22">
         <v>3.9816842499999998</v>
       </c>
-      <c r="FX30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FY30" s="22">
         <v>0</v>
       </c>
       <c r="FZ30" s="22">
         <v>0</v>
       </c>
       <c r="GA30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GB30" s="22">
         <v>3.8000873300000002</v>
       </c>
-      <c r="GB30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GC30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GD30" s="22">
         <v>13.02532749</v>
       </c>
-      <c r="GD30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GE30" s="22">
         <v>0</v>
       </c>
       <c r="GF30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GG30" s="22">
         <v>0.83781114000000001</v>
       </c>
-      <c r="GG30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GI30" s="22">
         <v>22.278944500000001</v>
       </c>
-      <c r="GI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GJ30" s="22">
         <v>0</v>
       </c>
       <c r="GK30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GL30" s="22">
         <v>9.4304598800000008</v>
       </c>
-      <c r="GL30" s="22">
+      <c r="GM30" s="22">
         <v>204.66331542</v>
       </c>
-      <c r="GM30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GN30" s="22">
         <v>0</v>
       </c>
       <c r="GO30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GP30" s="22">
         <v>21.295082619999999</v>
       </c>
-      <c r="GP30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GQ30" s="22">
         <v>0</v>
       </c>
       <c r="GR30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GS30" s="22">
         <v>11.7920499</v>
       </c>
-      <c r="GS30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GT30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GU30" s="22">
         <v>5.048</v>
       </c>
-      <c r="GU30" s="22">
+      <c r="GV30" s="22">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GW30" s="22">
         <v>0</v>
       </c>
       <c r="GX30" s="22">
         <v>0</v>
       </c>
       <c r="GY30" s="22">
+        <v>0</v>
+      </c>
+      <c r="GZ30" s="22">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HA30" s="22">
         <v>0</v>
       </c>
       <c r="HB30" s="22">
         <v>0</v>
       </c>
       <c r="HC30" s="22">
         <v>0</v>
       </c>
       <c r="HD30" s="22">
+        <v>0</v>
+      </c>
+      <c r="HE30" s="22">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HF30" s="22">
         <v>0</v>
       </c>
       <c r="HG30" s="22">
         <v>0</v>
       </c>
       <c r="HH30" s="22">
         <v>0</v>
       </c>
       <c r="HI30" s="22">
         <v>0</v>
       </c>
       <c r="HJ30" s="22">
         <v>0</v>
       </c>
       <c r="HK30" s="22">
         <v>0</v>
       </c>
       <c r="HL30" s="22">
         <v>0</v>
       </c>
       <c r="HM30" s="22">
         <v>0</v>
       </c>
       <c r="HN30" s="22">
         <v>0</v>
       </c>
       <c r="HO30" s="22">
+        <v>0</v>
+      </c>
+      <c r="HP30" s="22">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HQ30" s="22">
         <v>0</v>
       </c>
       <c r="HR30" s="22">
+        <v>0</v>
+      </c>
+      <c r="HS30" s="22">
         <v>13.39916307</v>
       </c>
-      <c r="HS30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HT30" s="22">
+        <v>0</v>
+      </c>
+      <c r="HU30" s="22">
         <v>1.31731504</v>
       </c>
-      <c r="HU30" s="22">
+      <c r="HV30" s="22">
         <v>2.86</v>
       </c>
-      <c r="HV30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HW30" s="22">
         <v>0</v>
       </c>
       <c r="HX30" s="22">
+        <v>0</v>
+      </c>
+      <c r="HY30" s="22">
         <v>93.306480239999999</v>
       </c>
-      <c r="HY30" s="22">
+      <c r="HZ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA30" s="22">
+        <v>265.19310561000003</v>
+      </c>
+      <c r="IB30" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="24">
         <v>12.962995919999999</v>
       </c>
       <c r="D31" s="24">
         <v>129.73695583</v>
       </c>
       <c r="E31" s="24">
         <v>91.768708750000002</v>
       </c>
       <c r="F31" s="24">
         <v>227.34815698</v>
       </c>
       <c r="G31" s="24">
         <v>45.3594607</v>
       </c>
       <c r="H31" s="24">
         <v>199.87840001000001</v>
       </c>
       <c r="I31" s="24">
         <v>42.585994810000003</v>
       </c>
       <c r="J31" s="24">
@@ -19189,544 +19413,553 @@
       </c>
       <c r="BJ31" s="24">
         <v>0</v>
       </c>
       <c r="BK31" s="24">
         <v>39.969078359999997</v>
       </c>
       <c r="BL31" s="24">
         <v>0</v>
       </c>
       <c r="BM31" s="24">
         <v>0</v>
       </c>
       <c r="BN31" s="24">
         <v>0</v>
       </c>
       <c r="BO31" s="24">
         <v>54.874516799999995</v>
       </c>
       <c r="BP31" s="24">
         <v>14.716478110000001</v>
       </c>
       <c r="BQ31" s="24">
         <v>2.86</v>
       </c>
-      <c r="BR31" s="25">
-        <v>0</v>
+      <c r="BR31" s="24">
+        <v>358.49958585000002</v>
       </c>
       <c r="BS31" s="25">
         <v>0</v>
       </c>
       <c r="BT31" s="25">
         <v>0</v>
       </c>
       <c r="BU31" s="25">
         <v>0</v>
       </c>
       <c r="BV31" s="25">
         <v>0</v>
       </c>
       <c r="BW31" s="25">
         <v>0</v>
       </c>
       <c r="BX31" s="25">
         <v>0</v>
       </c>
       <c r="BY31" s="25">
         <v>0</v>
       </c>
       <c r="BZ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CA31" s="25">
         <v>5.0749883899999997</v>
       </c>
-      <c r="CA31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CB31" s="25">
         <v>0</v>
       </c>
       <c r="CC31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CD31" s="25">
         <v>7.8880075400000003</v>
       </c>
-      <c r="CD31" s="25">
+      <c r="CE31" s="25">
         <v>11.73338642</v>
       </c>
-      <c r="CE31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CF31" s="25">
         <v>0</v>
       </c>
       <c r="CG31" s="25">
         <v>0</v>
       </c>
       <c r="CH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CI31" s="25">
         <v>105.71172855</v>
       </c>
-      <c r="CI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CJ31" s="25">
         <v>0</v>
       </c>
       <c r="CK31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CL31" s="25">
         <v>2.8552491799999999</v>
       </c>
-      <c r="CL31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CM31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN31" s="25">
         <v>9.4365916799999994</v>
       </c>
-      <c r="CN31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CO31" s="25">
         <v>0</v>
       </c>
       <c r="CP31" s="25">
         <v>0</v>
       </c>
       <c r="CQ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CR31" s="25">
         <v>1.61704366</v>
       </c>
-      <c r="CR31" s="25">
+      <c r="CS31" s="25">
         <v>0.95468047</v>
       </c>
-      <c r="CS31" s="25">
+      <c r="CT31" s="25">
         <v>5.3943521399999996</v>
       </c>
-      <c r="CT31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CU31" s="25">
         <v>0</v>
       </c>
       <c r="CV31" s="25">
         <v>0</v>
       </c>
       <c r="CW31" s="25">
         <v>0</v>
       </c>
       <c r="CX31" s="25">
         <v>0</v>
       </c>
       <c r="CY31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ31" s="25">
         <v>83.802632489999993</v>
       </c>
-      <c r="CZ31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA31" s="25">
         <v>0</v>
       </c>
       <c r="DB31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DC31" s="25">
         <v>50.500534639999998</v>
       </c>
-      <c r="DC31" s="25">
+      <c r="DD31" s="25">
         <v>27.841337849999999</v>
       </c>
-      <c r="DD31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DE31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DF31" s="25">
         <v>16.01347535</v>
       </c>
-      <c r="DF31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DG31" s="25">
         <v>0</v>
       </c>
       <c r="DH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI31" s="25">
         <v>70.291937090000005</v>
       </c>
-      <c r="DI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DJ31" s="25">
         <v>0</v>
       </c>
       <c r="DK31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DL31" s="25">
         <v>19.175700020000001</v>
       </c>
-      <c r="DL31" s="25">
+      <c r="DM31" s="25">
         <v>43.52517203</v>
       </c>
-      <c r="DM31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO31" s="25">
         <v>1.06178247</v>
       </c>
-      <c r="DO31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DP31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DQ31" s="25">
         <v>6.2269546800000004</v>
       </c>
-      <c r="DQ31" s="25">
+      <c r="DR31" s="25">
         <v>33.32158733</v>
       </c>
-      <c r="DR31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DS31" s="25">
         <v>0</v>
       </c>
       <c r="DT31" s="25">
         <v>0</v>
       </c>
       <c r="DU31" s="25">
         <v>0</v>
       </c>
       <c r="DV31" s="25">
         <v>0</v>
       </c>
       <c r="DW31" s="25">
         <v>0</v>
       </c>
       <c r="DX31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DY31" s="25">
         <v>4.7491362300000004</v>
       </c>
-      <c r="DY31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DZ31" s="25">
         <v>0</v>
       </c>
       <c r="EA31" s="25">
         <v>0</v>
       </c>
       <c r="EB31" s="25">
         <v>0</v>
       </c>
       <c r="EC31" s="25">
         <v>0</v>
       </c>
       <c r="ED31" s="25">
         <v>0</v>
       </c>
       <c r="EE31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EF31" s="25">
         <v>182.74660625999999</v>
       </c>
-      <c r="EF31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG31" s="25">
         <v>0</v>
       </c>
       <c r="EH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EI31" s="25">
         <v>8.7273740800000006</v>
       </c>
-      <c r="EI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EJ31" s="25">
         <v>0</v>
       </c>
       <c r="EK31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EL31" s="25">
         <v>8.4044196699999993</v>
       </c>
-      <c r="EL31" s="25">
+      <c r="EM31" s="25">
         <v>1.9993363900000001</v>
       </c>
-      <c r="EM31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EN31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EO31" s="25">
         <v>1.7559756500000001</v>
       </c>
-      <c r="EO31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EP31" s="25">
         <v>0</v>
       </c>
       <c r="EQ31" s="25">
         <v>0</v>
       </c>
       <c r="ER31" s="25">
         <v>0</v>
       </c>
       <c r="ES31" s="25">
         <v>0</v>
       </c>
       <c r="ET31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EU31" s="25">
         <v>20.150945650000001</v>
       </c>
-      <c r="EU31" s="25">
+      <c r="EV31" s="25">
         <v>18.679737119999999</v>
       </c>
-      <c r="EV31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EW31" s="25">
         <v>0</v>
       </c>
       <c r="EX31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EY31" s="25">
         <v>6.4012177299999999</v>
       </c>
-      <c r="EY31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EZ31" s="25">
         <v>0</v>
       </c>
       <c r="FA31" s="25">
         <v>0</v>
       </c>
       <c r="FB31" s="25">
         <v>0</v>
       </c>
       <c r="FC31" s="25">
+        <v>0</v>
+      </c>
+      <c r="FD31" s="25">
         <v>38.593378809999997</v>
       </c>
-      <c r="FD31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FE31" s="25">
         <v>0</v>
       </c>
       <c r="FF31" s="25">
         <v>0</v>
       </c>
       <c r="FG31" s="25">
         <v>0</v>
       </c>
       <c r="FH31" s="25">
         <v>0</v>
       </c>
       <c r="FI31" s="25">
+        <v>0</v>
+      </c>
+      <c r="FJ31" s="25">
         <v>4.6815203500000004</v>
       </c>
-      <c r="FJ31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FK31" s="25">
         <v>0</v>
       </c>
       <c r="FL31" s="25">
         <v>0</v>
       </c>
       <c r="FM31" s="25">
         <v>0</v>
       </c>
       <c r="FN31" s="25">
+        <v>0</v>
+      </c>
+      <c r="FO31" s="25">
         <v>42.904755909999999</v>
       </c>
-      <c r="FO31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FP31" s="25">
         <v>0</v>
       </c>
       <c r="FQ31" s="25">
         <v>0</v>
       </c>
       <c r="FR31" s="25">
         <v>0</v>
       </c>
       <c r="FS31" s="25">
         <v>0</v>
       </c>
       <c r="FT31" s="25">
         <v>0</v>
       </c>
       <c r="FU31" s="25">
         <v>0</v>
       </c>
       <c r="FV31" s="25">
         <v>0</v>
       </c>
       <c r="FW31" s="25">
+        <v>0</v>
+      </c>
+      <c r="FX31" s="25">
         <v>3.9816842499999998</v>
       </c>
-      <c r="FX31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FY31" s="25">
         <v>0</v>
       </c>
       <c r="FZ31" s="25">
         <v>0</v>
       </c>
       <c r="GA31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GB31" s="25">
         <v>3.8000873300000002</v>
       </c>
-      <c r="GB31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GC31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GD31" s="25">
         <v>13.02532749</v>
       </c>
-      <c r="GD31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GE31" s="25">
         <v>0</v>
       </c>
       <c r="GF31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GG31" s="25">
         <v>0.83781114000000001</v>
       </c>
-      <c r="GG31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GI31" s="25">
         <v>22.278944500000001</v>
       </c>
-      <c r="GI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GJ31" s="25">
         <v>0</v>
       </c>
       <c r="GK31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GL31" s="25">
         <v>9.4304598800000008</v>
       </c>
-      <c r="GL31" s="25">
+      <c r="GM31" s="25">
         <v>204.66331542</v>
       </c>
-      <c r="GM31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GN31" s="25">
         <v>0</v>
       </c>
       <c r="GO31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GP31" s="25">
         <v>21.295082619999999</v>
       </c>
-      <c r="GP31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GQ31" s="25">
         <v>0</v>
       </c>
       <c r="GR31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GS31" s="25">
         <v>11.7920499</v>
       </c>
-      <c r="GS31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GT31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GU31" s="25">
         <v>5.048</v>
       </c>
-      <c r="GU31" s="25">
+      <c r="GV31" s="25">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GW31" s="25">
         <v>0</v>
       </c>
       <c r="GX31" s="25">
         <v>0</v>
       </c>
       <c r="GY31" s="25">
+        <v>0</v>
+      </c>
+      <c r="GZ31" s="25">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HA31" s="25">
         <v>0</v>
       </c>
       <c r="HB31" s="25">
         <v>0</v>
       </c>
       <c r="HC31" s="25">
         <v>0</v>
       </c>
       <c r="HD31" s="25">
+        <v>0</v>
+      </c>
+      <c r="HE31" s="25">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HF31" s="25">
         <v>0</v>
       </c>
       <c r="HG31" s="25">
         <v>0</v>
       </c>
       <c r="HH31" s="25">
         <v>0</v>
       </c>
       <c r="HI31" s="25">
         <v>0</v>
       </c>
       <c r="HJ31" s="25">
         <v>0</v>
       </c>
       <c r="HK31" s="25">
         <v>0</v>
       </c>
       <c r="HL31" s="25">
         <v>0</v>
       </c>
       <c r="HM31" s="25">
         <v>0</v>
       </c>
       <c r="HN31" s="25">
         <v>0</v>
       </c>
       <c r="HO31" s="25">
+        <v>0</v>
+      </c>
+      <c r="HP31" s="25">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HQ31" s="25">
         <v>0</v>
       </c>
       <c r="HR31" s="25">
+        <v>0</v>
+      </c>
+      <c r="HS31" s="25">
         <v>13.39916307</v>
       </c>
-      <c r="HS31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HT31" s="25">
+        <v>0</v>
+      </c>
+      <c r="HU31" s="25">
         <v>1.31731504</v>
       </c>
-      <c r="HU31" s="25">
+      <c r="HV31" s="25">
         <v>2.86</v>
       </c>
-      <c r="HV31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HW31" s="25">
         <v>0</v>
       </c>
       <c r="HX31" s="25">
+        <v>0</v>
+      </c>
+      <c r="HY31" s="25">
         <v>93.306480239999999</v>
       </c>
-      <c r="HY31" s="25">
+      <c r="HZ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA31" s="25">
+        <v>265.19310561000003</v>
+      </c>
+      <c r="IB31" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="29">
         <v>0</v>
       </c>
       <c r="D32" s="29">
         <v>0</v>
       </c>
       <c r="E32" s="29">
         <v>0</v>
       </c>
       <c r="F32" s="29">
         <v>0</v>
       </c>
       <c r="G32" s="29">
         <v>0</v>
       </c>
       <c r="H32" s="29">
         <v>0</v>
       </c>
       <c r="I32" s="29">
         <v>0</v>
       </c>
       <c r="J32" s="29">
@@ -19887,51 +20120,51 @@
       </c>
       <c r="BJ32" s="29">
         <v>0</v>
       </c>
       <c r="BK32" s="29">
         <v>0</v>
       </c>
       <c r="BL32" s="29">
         <v>0</v>
       </c>
       <c r="BM32" s="29">
         <v>0</v>
       </c>
       <c r="BN32" s="29">
         <v>0</v>
       </c>
       <c r="BO32" s="29">
         <v>0</v>
       </c>
       <c r="BP32" s="29">
         <v>0</v>
       </c>
       <c r="BQ32" s="29">
         <v>0</v>
       </c>
-      <c r="BR32" s="30">
+      <c r="BR32" s="29">
         <v>0</v>
       </c>
       <c r="BS32" s="30">
         <v>0</v>
       </c>
       <c r="BT32" s="30">
         <v>0</v>
       </c>
       <c r="BU32" s="30">
         <v>0</v>
       </c>
       <c r="BV32" s="30">
         <v>0</v>
       </c>
       <c r="BW32" s="30">
         <v>0</v>
       </c>
       <c r="BX32" s="30">
         <v>0</v>
       </c>
       <c r="BY32" s="30">
         <v>0</v>
       </c>
       <c r="BZ32" s="30">
         <v>0</v>
@@ -20379,52 +20612,61 @@
       </c>
       <c r="HR32" s="30">
         <v>0</v>
       </c>
       <c r="HS32" s="30">
         <v>0</v>
       </c>
       <c r="HT32" s="30">
         <v>0</v>
       </c>
       <c r="HU32" s="30">
         <v>0</v>
       </c>
       <c r="HV32" s="30">
         <v>0</v>
       </c>
       <c r="HW32" s="30">
         <v>0</v>
       </c>
       <c r="HX32" s="30">
         <v>0</v>
       </c>
       <c r="HY32" s="30">
         <v>0</v>
       </c>
+      <c r="HZ32" s="30">
+        <v>0</v>
+      </c>
+      <c r="IA32" s="30">
+        <v>0</v>
+      </c>
+      <c r="IB32" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="15"/>
       <c r="B33" s="31" t="s">
         <v>81</v>
       </c>
       <c r="C33" s="32">
         <v>12.962995919999999</v>
       </c>
       <c r="D33" s="32">
         <v>246.61611339000001</v>
       </c>
       <c r="E33" s="32">
         <v>213.37063092</v>
       </c>
       <c r="F33" s="32">
         <v>430.06893194999998</v>
       </c>
       <c r="G33" s="32">
         <v>59.554332860000002</v>
       </c>
       <c r="H33" s="32">
         <v>214.99381061</v>
       </c>
       <c r="I33" s="32">
         <v>42.585994810000003</v>
       </c>
@@ -20587,543 +20829,552 @@
       <c r="BJ33" s="32">
         <v>0</v>
       </c>
       <c r="BK33" s="32">
         <v>39.969078359999997</v>
       </c>
       <c r="BL33" s="32">
         <v>0</v>
       </c>
       <c r="BM33" s="32">
         <v>0</v>
       </c>
       <c r="BN33" s="32">
         <v>0</v>
       </c>
       <c r="BO33" s="32">
         <v>54.874516799999995</v>
       </c>
       <c r="BP33" s="32">
         <v>14.716478110000001</v>
       </c>
       <c r="BQ33" s="32">
         <v>2.86</v>
       </c>
       <c r="BR33" s="32">
-        <v>0</v>
+        <v>358.49958585000002</v>
       </c>
       <c r="BS33" s="32">
         <v>0</v>
       </c>
       <c r="BT33" s="32">
         <v>0</v>
       </c>
       <c r="BU33" s="32">
         <v>0</v>
       </c>
       <c r="BV33" s="32">
         <v>0</v>
       </c>
       <c r="BW33" s="32">
         <v>0</v>
       </c>
       <c r="BX33" s="32">
         <v>0</v>
       </c>
       <c r="BY33" s="32">
         <v>0</v>
       </c>
       <c r="BZ33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CA33" s="32">
         <v>5.0749883899999997</v>
       </c>
-      <c r="CA33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CB33" s="32">
         <v>0</v>
       </c>
       <c r="CC33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CD33" s="32">
         <v>7.8880075400000003</v>
       </c>
-      <c r="CD33" s="32">
+      <c r="CE33" s="32">
         <v>11.73338642</v>
       </c>
-      <c r="CE33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CF33" s="32">
         <v>0</v>
       </c>
       <c r="CG33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CH33" s="32">
         <v>9.6882341200000006</v>
       </c>
-      <c r="CH33" s="32">
+      <c r="CI33" s="32">
         <v>105.71172855</v>
       </c>
-      <c r="CI33" s="32">
+      <c r="CJ33" s="32">
         <v>81.659478210000003</v>
       </c>
-      <c r="CJ33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CK33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CL33" s="32">
         <v>2.8552491799999999</v>
       </c>
-      <c r="CL33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CM33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CN33" s="32">
         <v>9.4365916799999994</v>
       </c>
-      <c r="CN33" s="32">
+      <c r="CO33" s="32">
         <v>25.531445229999999</v>
       </c>
-      <c r="CO33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CP33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CQ33" s="32">
         <v>1.2997704800000001</v>
       </c>
-      <c r="CQ33" s="32">
+      <c r="CR33" s="32">
         <v>1.61704366</v>
       </c>
-      <c r="CR33" s="32">
+      <c r="CS33" s="32">
         <v>0.95468047</v>
       </c>
-      <c r="CS33" s="32">
+      <c r="CT33" s="32">
         <v>5.3943521399999996</v>
       </c>
-      <c r="CT33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CU33" s="32">
         <v>0</v>
       </c>
       <c r="CV33" s="32">
         <v>0</v>
       </c>
       <c r="CW33" s="32">
         <v>0</v>
       </c>
       <c r="CX33" s="32">
         <v>0</v>
       </c>
       <c r="CY33" s="32">
+        <v>0</v>
+      </c>
+      <c r="CZ33" s="32">
         <v>92.084656899999999</v>
       </c>
-      <c r="CZ33" s="32">
+      <c r="DA33" s="32">
         <v>111.34062632</v>
       </c>
-      <c r="DA33" s="32">
+      <c r="DB33" s="32">
         <v>0.67950096000000004</v>
       </c>
-      <c r="DB33" s="32">
+      <c r="DC33" s="32">
         <v>72.471448580000001</v>
       </c>
-      <c r="DC33" s="32">
+      <c r="DD33" s="32">
         <v>37.419857020000002</v>
       </c>
-      <c r="DD33" s="32">
+      <c r="DE33" s="32">
         <v>20.36538268</v>
       </c>
-      <c r="DE33" s="32">
+      <c r="DF33" s="32">
         <v>16.01347535</v>
       </c>
-      <c r="DF33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DG33" s="32">
         <v>0</v>
       </c>
       <c r="DH33" s="32">
+        <v>0</v>
+      </c>
+      <c r="DI33" s="32">
         <v>73.875452920000001</v>
       </c>
-      <c r="DI33" s="32">
+      <c r="DJ33" s="32">
         <v>48.954342029999999</v>
       </c>
-      <c r="DJ33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DK33" s="32">
+        <v>0</v>
+      </c>
+      <c r="DL33" s="32">
         <v>19.175700020000001</v>
       </c>
-      <c r="DL33" s="32">
+      <c r="DM33" s="32">
         <v>140.06787685</v>
       </c>
-      <c r="DM33" s="32">
+      <c r="DN33" s="32">
         <v>1.7253965099999999</v>
       </c>
-      <c r="DN33" s="32">
+      <c r="DO33" s="32">
         <v>1.06178247</v>
       </c>
-      <c r="DO33" s="32">
+      <c r="DP33" s="32">
         <v>7.4656579699999996</v>
       </c>
-      <c r="DP33" s="32">
+      <c r="DQ33" s="32">
         <v>6.2269546800000004</v>
       </c>
-      <c r="DQ33" s="32">
+      <c r="DR33" s="32">
         <v>33.32158733</v>
       </c>
-      <c r="DR33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DS33" s="32">
         <v>0</v>
       </c>
       <c r="DT33" s="32">
         <v>0</v>
       </c>
       <c r="DU33" s="32">
         <v>0</v>
       </c>
       <c r="DV33" s="32">
         <v>0</v>
       </c>
       <c r="DW33" s="32">
+        <v>0</v>
+      </c>
+      <c r="DX33" s="32">
         <v>6.7292141900000004</v>
       </c>
-      <c r="DX33" s="32">
+      <c r="DY33" s="32">
         <v>4.7491362300000004</v>
       </c>
-      <c r="DY33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DZ33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EA33" s="32">
         <v>6.9981524999999998</v>
       </c>
-      <c r="EA33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EB33" s="32">
         <v>0</v>
       </c>
       <c r="EC33" s="32">
         <v>0</v>
       </c>
       <c r="ED33" s="32">
         <v>0</v>
       </c>
       <c r="EE33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EF33" s="32">
         <v>183.18370770000001</v>
       </c>
-      <c r="EF33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EG33" s="32">
         <v>0</v>
       </c>
       <c r="EH33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EI33" s="32">
         <v>8.7273740800000006</v>
       </c>
-      <c r="EI33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EJ33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EK33" s="32">
         <v>7.6801566699999997</v>
       </c>
-      <c r="EK33" s="32">
+      <c r="EL33" s="32">
         <v>8.4044196699999993</v>
       </c>
-      <c r="EL33" s="32">
+      <c r="EM33" s="32">
         <v>1.9993363900000001</v>
       </c>
-      <c r="EM33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EN33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EO33" s="32">
         <v>1.7559756500000001</v>
       </c>
-      <c r="EO33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EP33" s="32">
         <v>0</v>
       </c>
       <c r="EQ33" s="32">
         <v>0</v>
       </c>
       <c r="ER33" s="32">
         <v>0</v>
       </c>
       <c r="ES33" s="32">
         <v>0</v>
       </c>
       <c r="ET33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EU33" s="32">
         <v>20.150945650000001</v>
       </c>
-      <c r="EU33" s="32">
+      <c r="EV33" s="32">
         <v>18.679737119999999</v>
       </c>
-      <c r="EV33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EW33" s="32">
         <v>0</v>
       </c>
       <c r="EX33" s="32">
+        <v>0</v>
+      </c>
+      <c r="EY33" s="32">
         <v>6.4012177299999999</v>
       </c>
-      <c r="EY33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EZ33" s="32">
         <v>0</v>
       </c>
       <c r="FA33" s="32">
+        <v>0</v>
+      </c>
+      <c r="FB33" s="32">
         <v>118.51592823</v>
       </c>
-      <c r="FB33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FC33" s="32">
+        <v>0</v>
+      </c>
+      <c r="FD33" s="32">
         <v>38.593378809999997</v>
       </c>
-      <c r="FD33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FE33" s="32">
         <v>0</v>
       </c>
       <c r="FF33" s="32">
         <v>0</v>
       </c>
       <c r="FG33" s="32">
         <v>0</v>
       </c>
       <c r="FH33" s="32">
         <v>0</v>
       </c>
       <c r="FI33" s="32">
+        <v>0</v>
+      </c>
+      <c r="FJ33" s="32">
         <v>4.6815203500000004</v>
       </c>
-      <c r="FJ33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FK33" s="32">
         <v>0</v>
       </c>
       <c r="FL33" s="32">
         <v>0</v>
       </c>
       <c r="FM33" s="32">
         <v>0</v>
       </c>
       <c r="FN33" s="32">
+        <v>0</v>
+      </c>
+      <c r="FO33" s="32">
         <v>42.904755909999999</v>
       </c>
-      <c r="FO33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FP33" s="32">
         <v>0</v>
       </c>
       <c r="FQ33" s="32">
         <v>0</v>
       </c>
       <c r="FR33" s="32">
         <v>0</v>
       </c>
       <c r="FS33" s="32">
         <v>0</v>
       </c>
       <c r="FT33" s="32">
         <v>0</v>
       </c>
       <c r="FU33" s="32">
         <v>0</v>
       </c>
       <c r="FV33" s="32">
         <v>0</v>
       </c>
       <c r="FW33" s="32">
+        <v>0</v>
+      </c>
+      <c r="FX33" s="32">
         <v>3.9816842499999998</v>
       </c>
-      <c r="FX33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FY33" s="32">
         <v>0</v>
       </c>
       <c r="FZ33" s="32">
         <v>0</v>
       </c>
       <c r="GA33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GB33" s="32">
         <v>3.8000873300000002</v>
       </c>
-      <c r="GB33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GC33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GD33" s="32">
         <v>13.02532749</v>
       </c>
-      <c r="GD33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GE33" s="32">
         <v>0</v>
       </c>
       <c r="GF33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GG33" s="32">
         <v>0.83781114000000001</v>
       </c>
-      <c r="GG33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GH33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GI33" s="32">
         <v>22.278944500000001</v>
       </c>
-      <c r="GI33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GJ33" s="32">
         <v>0</v>
       </c>
       <c r="GK33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GL33" s="32">
         <v>9.4304598800000008</v>
       </c>
-      <c r="GL33" s="32">
+      <c r="GM33" s="32">
         <v>204.66331542</v>
       </c>
-      <c r="GM33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GN33" s="32">
         <v>0</v>
       </c>
       <c r="GO33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GP33" s="32">
         <v>21.295082619999999</v>
       </c>
-      <c r="GP33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GQ33" s="32">
         <v>0</v>
       </c>
       <c r="GR33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GS33" s="32">
         <v>11.7920499</v>
       </c>
-      <c r="GS33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GT33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GU33" s="32">
         <v>5.048</v>
       </c>
-      <c r="GU33" s="32">
+      <c r="GV33" s="32">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GW33" s="32">
         <v>0</v>
       </c>
       <c r="GX33" s="32">
         <v>0</v>
       </c>
       <c r="GY33" s="32">
+        <v>0</v>
+      </c>
+      <c r="GZ33" s="32">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HA33" s="32">
         <v>0</v>
       </c>
       <c r="HB33" s="32">
         <v>0</v>
       </c>
       <c r="HC33" s="32">
         <v>0</v>
       </c>
       <c r="HD33" s="32">
+        <v>0</v>
+      </c>
+      <c r="HE33" s="32">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HF33" s="32">
         <v>0</v>
       </c>
       <c r="HG33" s="32">
         <v>0</v>
       </c>
       <c r="HH33" s="32">
         <v>0</v>
       </c>
       <c r="HI33" s="32">
         <v>0</v>
       </c>
       <c r="HJ33" s="32">
         <v>0</v>
       </c>
       <c r="HK33" s="32">
         <v>0</v>
       </c>
       <c r="HL33" s="32">
         <v>0</v>
       </c>
       <c r="HM33" s="32">
         <v>0</v>
       </c>
       <c r="HN33" s="32">
         <v>0</v>
       </c>
       <c r="HO33" s="32">
+        <v>0</v>
+      </c>
+      <c r="HP33" s="32">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HQ33" s="32">
         <v>0</v>
       </c>
       <c r="HR33" s="32">
+        <v>0</v>
+      </c>
+      <c r="HS33" s="32">
         <v>13.39916307</v>
       </c>
-      <c r="HS33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HT33" s="32">
+        <v>0</v>
+      </c>
+      <c r="HU33" s="32">
         <v>1.31731504</v>
       </c>
-      <c r="HU33" s="32">
+      <c r="HV33" s="32">
         <v>2.86</v>
       </c>
-      <c r="HV33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HW33" s="32">
         <v>0</v>
       </c>
       <c r="HX33" s="32">
+        <v>0</v>
+      </c>
+      <c r="HY33" s="32">
         <v>93.306480239999999</v>
       </c>
-      <c r="HY33" s="32">
+      <c r="HZ33" s="32">
+        <v>0</v>
+      </c>
+      <c r="IA33" s="32">
+        <v>265.19310561000003</v>
+      </c>
+      <c r="IB33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="15"/>
       <c r="B34" s="16" t="s">
         <v>82</v>
       </c>
       <c r="C34" s="33"/>
       <c r="D34" s="33"/>
       <c r="E34" s="33"/>
       <c r="F34" s="33"/>
       <c r="G34" s="33"/>
       <c r="H34" s="33"/>
       <c r="I34" s="33"/>
       <c r="J34" s="33"/>
       <c r="K34" s="33"/>
       <c r="L34" s="33"/>
       <c r="M34" s="33"/>
       <c r="N34" s="33"/>
       <c r="O34" s="33"/>
       <c r="P34" s="33"/>
       <c r="Q34" s="33"/>
       <c r="R34" s="33"/>
       <c r="S34" s="33"/>
       <c r="T34" s="33"/>
       <c r="U34" s="33"/>
       <c r="V34" s="33"/>
       <c r="W34" s="33"/>
@@ -21151,51 +21402,51 @@
       <c r="AS34" s="33"/>
       <c r="AT34" s="33"/>
       <c r="AU34" s="33"/>
       <c r="AV34" s="33"/>
       <c r="AW34" s="33"/>
       <c r="AX34" s="33"/>
       <c r="AY34" s="33"/>
       <c r="AZ34" s="33"/>
       <c r="BA34" s="33"/>
       <c r="BB34" s="33"/>
       <c r="BC34" s="33"/>
       <c r="BD34" s="33"/>
       <c r="BE34" s="33"/>
       <c r="BF34" s="33"/>
       <c r="BG34" s="33"/>
       <c r="BH34" s="33"/>
       <c r="BI34" s="33"/>
       <c r="BJ34" s="33"/>
       <c r="BK34" s="33"/>
       <c r="BL34" s="33"/>
       <c r="BM34" s="33"/>
       <c r="BN34" s="33"/>
       <c r="BO34" s="33"/>
       <c r="BP34" s="33"/>
       <c r="BQ34" s="33"/>
-      <c r="BR34" s="34"/>
+      <c r="BR34" s="33"/>
       <c r="BS34" s="34"/>
       <c r="BT34" s="34"/>
       <c r="BU34" s="34"/>
       <c r="BV34" s="34"/>
       <c r="BW34" s="34"/>
       <c r="BX34" s="34"/>
       <c r="BY34" s="34"/>
       <c r="BZ34" s="34"/>
       <c r="CA34" s="34"/>
       <c r="CB34" s="34"/>
       <c r="CC34" s="34"/>
       <c r="CD34" s="34"/>
       <c r="CE34" s="34"/>
       <c r="CF34" s="34"/>
       <c r="CG34" s="34"/>
       <c r="CH34" s="34"/>
       <c r="CI34" s="34"/>
       <c r="CJ34" s="34"/>
       <c r="CK34" s="34"/>
       <c r="CL34" s="34"/>
       <c r="CM34" s="34"/>
       <c r="CN34" s="34"/>
       <c r="CO34" s="34"/>
       <c r="CP34" s="34"/>
       <c r="CQ34" s="34"/>
@@ -21315,52 +21566,55 @@
       <c r="HA34" s="34"/>
       <c r="HB34" s="34"/>
       <c r="HC34" s="34"/>
       <c r="HD34" s="34"/>
       <c r="HE34" s="34"/>
       <c r="HF34" s="34"/>
       <c r="HG34" s="34"/>
       <c r="HH34" s="34"/>
       <c r="HI34" s="34"/>
       <c r="HJ34" s="34"/>
       <c r="HK34" s="34"/>
       <c r="HL34" s="34"/>
       <c r="HM34" s="34"/>
       <c r="HN34" s="34"/>
       <c r="HO34" s="34"/>
       <c r="HP34" s="34"/>
       <c r="HQ34" s="34"/>
       <c r="HR34" s="34"/>
       <c r="HS34" s="34"/>
       <c r="HT34" s="34"/>
       <c r="HU34" s="34"/>
       <c r="HV34" s="34"/>
       <c r="HW34" s="34"/>
       <c r="HX34" s="34"/>
       <c r="HY34" s="34"/>
+      <c r="HZ34" s="34"/>
+      <c r="IA34" s="34"/>
+      <c r="IB34" s="34"/>
     </row>
-    <row r="35" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="20" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="21">
         <v>0</v>
       </c>
       <c r="D35" s="21">
         <v>0</v>
       </c>
       <c r="E35" s="21">
         <v>0</v>
       </c>
       <c r="F35" s="21">
         <v>0</v>
       </c>
       <c r="G35" s="21">
         <v>0</v>
       </c>
       <c r="H35" s="21">
         <v>0</v>
       </c>
       <c r="I35" s="21">
         <v>0</v>
       </c>
@@ -21522,51 +21776,51 @@
       </c>
       <c r="BJ35" s="21">
         <v>0</v>
       </c>
       <c r="BK35" s="21">
         <v>0</v>
       </c>
       <c r="BL35" s="21">
         <v>0.82958200000000004</v>
       </c>
       <c r="BM35" s="21">
         <v>0</v>
       </c>
       <c r="BN35" s="21">
         <v>0</v>
       </c>
       <c r="BO35" s="21">
         <v>0</v>
       </c>
       <c r="BP35" s="21">
         <v>0</v>
       </c>
       <c r="BQ35" s="21">
         <v>0</v>
       </c>
-      <c r="BR35" s="22">
+      <c r="BR35" s="21">
         <v>0</v>
       </c>
       <c r="BS35" s="22">
         <v>0</v>
       </c>
       <c r="BT35" s="22">
         <v>0</v>
       </c>
       <c r="BU35" s="22">
         <v>0</v>
       </c>
       <c r="BV35" s="22">
         <v>0</v>
       </c>
       <c r="BW35" s="22">
         <v>0</v>
       </c>
       <c r="BX35" s="22">
         <v>0</v>
       </c>
       <c r="BY35" s="22">
         <v>0</v>
       </c>
       <c r="BZ35" s="22">
         <v>0</v>
@@ -21958,55 +22212,55 @@
       <c r="GY35" s="22">
         <v>0</v>
       </c>
       <c r="GZ35" s="22">
         <v>0</v>
       </c>
       <c r="HA35" s="22">
         <v>0</v>
       </c>
       <c r="HB35" s="22">
         <v>0</v>
       </c>
       <c r="HC35" s="22">
         <v>0</v>
       </c>
       <c r="HD35" s="22">
         <v>0</v>
       </c>
       <c r="HE35" s="22">
         <v>0</v>
       </c>
       <c r="HF35" s="22">
         <v>0</v>
       </c>
       <c r="HG35" s="22">
+        <v>0</v>
+      </c>
+      <c r="HH35" s="22">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH35" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HI35" s="22">
         <v>0</v>
       </c>
       <c r="HJ35" s="22">
         <v>0</v>
       </c>
       <c r="HK35" s="22">
         <v>0</v>
       </c>
       <c r="HL35" s="22">
         <v>0</v>
       </c>
       <c r="HM35" s="22">
         <v>0</v>
       </c>
       <c r="HN35" s="22">
         <v>0</v>
       </c>
       <c r="HO35" s="22">
         <v>0</v>
       </c>
       <c r="HP35" s="22">
         <v>0</v>
       </c>
       <c r="HQ35" s="22">
@@ -22014,52 +22268,61 @@
       </c>
       <c r="HR35" s="22">
         <v>0</v>
       </c>
       <c r="HS35" s="22">
         <v>0</v>
       </c>
       <c r="HT35" s="22">
         <v>0</v>
       </c>
       <c r="HU35" s="22">
         <v>0</v>
       </c>
       <c r="HV35" s="22">
         <v>0</v>
       </c>
       <c r="HW35" s="22">
         <v>0</v>
       </c>
       <c r="HX35" s="22">
         <v>0</v>
       </c>
       <c r="HY35" s="22">
         <v>0</v>
       </c>
+      <c r="HZ35" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA35" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB35" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="24">
         <v>0</v>
       </c>
       <c r="D36" s="24">
         <v>0</v>
       </c>
       <c r="E36" s="24">
         <v>0</v>
       </c>
       <c r="F36" s="24">
         <v>0</v>
       </c>
       <c r="G36" s="24">
         <v>0</v>
       </c>
       <c r="H36" s="24">
         <v>0</v>
       </c>
       <c r="I36" s="24">
         <v>0</v>
       </c>
       <c r="J36" s="24">
@@ -22220,51 +22483,51 @@
       </c>
       <c r="BJ36" s="24">
         <v>0</v>
       </c>
       <c r="BK36" s="24">
         <v>0</v>
       </c>
       <c r="BL36" s="24">
         <v>0.82958200000000004</v>
       </c>
       <c r="BM36" s="24">
         <v>0</v>
       </c>
       <c r="BN36" s="24">
         <v>0</v>
       </c>
       <c r="BO36" s="24">
         <v>0</v>
       </c>
       <c r="BP36" s="24">
         <v>0</v>
       </c>
       <c r="BQ36" s="24">
         <v>0</v>
       </c>
-      <c r="BR36" s="25">
+      <c r="BR36" s="24">
         <v>0</v>
       </c>
       <c r="BS36" s="25">
         <v>0</v>
       </c>
       <c r="BT36" s="25">
         <v>0</v>
       </c>
       <c r="BU36" s="25">
         <v>0</v>
       </c>
       <c r="BV36" s="25">
         <v>0</v>
       </c>
       <c r="BW36" s="25">
         <v>0</v>
       </c>
       <c r="BX36" s="25">
         <v>0</v>
       </c>
       <c r="BY36" s="25">
         <v>0</v>
       </c>
       <c r="BZ36" s="25">
         <v>0</v>
@@ -22656,55 +22919,55 @@
       <c r="GY36" s="25">
         <v>0</v>
       </c>
       <c r="GZ36" s="25">
         <v>0</v>
       </c>
       <c r="HA36" s="25">
         <v>0</v>
       </c>
       <c r="HB36" s="25">
         <v>0</v>
       </c>
       <c r="HC36" s="25">
         <v>0</v>
       </c>
       <c r="HD36" s="25">
         <v>0</v>
       </c>
       <c r="HE36" s="25">
         <v>0</v>
       </c>
       <c r="HF36" s="25">
         <v>0</v>
       </c>
       <c r="HG36" s="25">
+        <v>0</v>
+      </c>
+      <c r="HH36" s="25">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH36" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HI36" s="25">
         <v>0</v>
       </c>
       <c r="HJ36" s="25">
         <v>0</v>
       </c>
       <c r="HK36" s="25">
         <v>0</v>
       </c>
       <c r="HL36" s="25">
         <v>0</v>
       </c>
       <c r="HM36" s="25">
         <v>0</v>
       </c>
       <c r="HN36" s="25">
         <v>0</v>
       </c>
       <c r="HO36" s="25">
         <v>0</v>
       </c>
       <c r="HP36" s="25">
         <v>0</v>
       </c>
       <c r="HQ36" s="25">
@@ -22712,52 +22975,61 @@
       </c>
       <c r="HR36" s="25">
         <v>0</v>
       </c>
       <c r="HS36" s="25">
         <v>0</v>
       </c>
       <c r="HT36" s="25">
         <v>0</v>
       </c>
       <c r="HU36" s="25">
         <v>0</v>
       </c>
       <c r="HV36" s="25">
         <v>0</v>
       </c>
       <c r="HW36" s="25">
         <v>0</v>
       </c>
       <c r="HX36" s="25">
         <v>0</v>
       </c>
       <c r="HY36" s="25">
         <v>0</v>
       </c>
+      <c r="HZ36" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA36" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB36" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="24">
         <v>0</v>
       </c>
       <c r="D37" s="24">
         <v>0</v>
       </c>
       <c r="E37" s="24">
         <v>0</v>
       </c>
       <c r="F37" s="24">
         <v>0</v>
       </c>
       <c r="G37" s="24">
         <v>0</v>
       </c>
       <c r="H37" s="24">
         <v>0</v>
       </c>
       <c r="I37" s="24">
         <v>0</v>
       </c>
       <c r="J37" s="24">
@@ -22918,51 +23190,51 @@
       </c>
       <c r="BJ37" s="24">
         <v>0</v>
       </c>
       <c r="BK37" s="24">
         <v>0</v>
       </c>
       <c r="BL37" s="24">
         <v>0</v>
       </c>
       <c r="BM37" s="24">
         <v>0</v>
       </c>
       <c r="BN37" s="24">
         <v>0</v>
       </c>
       <c r="BO37" s="24">
         <v>0</v>
       </c>
       <c r="BP37" s="24">
         <v>0</v>
       </c>
       <c r="BQ37" s="24">
         <v>0</v>
       </c>
-      <c r="BR37" s="25">
+      <c r="BR37" s="24">
         <v>0</v>
       </c>
       <c r="BS37" s="25">
         <v>0</v>
       </c>
       <c r="BT37" s="25">
         <v>0</v>
       </c>
       <c r="BU37" s="25">
         <v>0</v>
       </c>
       <c r="BV37" s="25">
         <v>0</v>
       </c>
       <c r="BW37" s="25">
         <v>0</v>
       </c>
       <c r="BX37" s="25">
         <v>0</v>
       </c>
       <c r="BY37" s="25">
         <v>0</v>
       </c>
       <c r="BZ37" s="25">
         <v>0</v>
@@ -23410,52 +23682,61 @@
       </c>
       <c r="HR37" s="25">
         <v>0</v>
       </c>
       <c r="HS37" s="25">
         <v>0</v>
       </c>
       <c r="HT37" s="25">
         <v>0</v>
       </c>
       <c r="HU37" s="25">
         <v>0</v>
       </c>
       <c r="HV37" s="25">
         <v>0</v>
       </c>
       <c r="HW37" s="25">
         <v>0</v>
       </c>
       <c r="HX37" s="25">
         <v>0</v>
       </c>
       <c r="HY37" s="25">
         <v>0</v>
       </c>
+      <c r="HZ37" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA37" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB37" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="20" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="21">
         <v>96.520643710000002</v>
       </c>
       <c r="D38" s="21">
         <v>55.430752669999997</v>
       </c>
       <c r="E38" s="21">
         <v>56.512193240000002</v>
       </c>
       <c r="F38" s="21">
         <v>116.28861902</v>
       </c>
       <c r="G38" s="21">
         <v>105.56172273999999</v>
       </c>
       <c r="H38" s="21">
         <v>446.68150790999999</v>
       </c>
       <c r="I38" s="21">
         <v>14.59609916</v>
       </c>
@@ -23617,290 +23898,290 @@
       </c>
       <c r="BJ38" s="21">
         <v>0</v>
       </c>
       <c r="BK38" s="21">
         <v>1</v>
       </c>
       <c r="BL38" s="21">
         <v>0</v>
       </c>
       <c r="BM38" s="21">
         <v>0</v>
       </c>
       <c r="BN38" s="21">
         <v>4</v>
       </c>
       <c r="BO38" s="21">
         <v>56.88167816</v>
       </c>
       <c r="BP38" s="21">
         <v>0</v>
       </c>
       <c r="BQ38" s="21">
         <v>0</v>
       </c>
-      <c r="BR38" s="22">
+      <c r="BR38" s="21">
         <v>0</v>
       </c>
       <c r="BS38" s="22">
         <v>0</v>
       </c>
       <c r="BT38" s="22">
         <v>0</v>
       </c>
       <c r="BU38" s="22">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="22">
         <v>29.95606875</v>
       </c>
-      <c r="BV38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BW38" s="22">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="22">
         <v>1.59944256</v>
       </c>
-      <c r="BX38" s="22">
+      <c r="BY38" s="22">
         <v>17.419921689999999</v>
       </c>
-      <c r="BY38" s="22">
+      <c r="BZ38" s="22">
         <v>4.8045656599999997</v>
       </c>
-      <c r="BZ38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA38" s="22">
         <v>0</v>
       </c>
       <c r="CB38" s="22">
         <v>0</v>
       </c>
       <c r="CC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CD38" s="22">
         <v>42.740645030000003</v>
       </c>
-      <c r="CD38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CE38" s="22">
         <v>0</v>
       </c>
       <c r="CF38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG38" s="22">
         <v>6.6361412199999998</v>
       </c>
-      <c r="CG38" s="22">
+      <c r="CH38" s="22">
         <v>18.853673100000002</v>
       </c>
-      <c r="CH38" s="22">
+      <c r="CI38" s="22">
         <v>20.955338770000001</v>
       </c>
-      <c r="CI38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CJ38" s="22">
         <v>0</v>
       </c>
       <c r="CK38" s="22">
         <v>0</v>
       </c>
       <c r="CL38" s="22">
         <v>0</v>
       </c>
       <c r="CM38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN38" s="22">
         <v>1.3274935299999999</v>
       </c>
-      <c r="CN38" s="22">
+      <c r="CO38" s="22">
         <v>2.6677284499999998</v>
       </c>
-      <c r="CO38" s="22">
+      <c r="CP38" s="22">
         <v>4.9903776000000004</v>
       </c>
-      <c r="CP38" s="22">
+      <c r="CQ38" s="22">
         <v>5.0636273100000002</v>
       </c>
-      <c r="CQ38" s="22">
+      <c r="CR38" s="22">
         <v>4.0241555499999997</v>
       </c>
-      <c r="CR38" s="22">
+      <c r="CS38" s="22">
         <v>4.4082819000000004</v>
       </c>
-      <c r="CS38" s="22">
+      <c r="CT38" s="22">
         <v>5.6739000600000002</v>
       </c>
-      <c r="CT38" s="22">
+      <c r="CU38" s="22">
         <v>2.4182100000000002E-2</v>
       </c>
-      <c r="CU38" s="22">
+      <c r="CV38" s="22">
         <v>10.676222709999999</v>
       </c>
-      <c r="CV38" s="22">
+      <c r="CW38" s="22">
         <v>13.011281439999999</v>
       </c>
-      <c r="CW38" s="22">
+      <c r="CX38" s="22">
         <v>5.9725263799999997</v>
       </c>
-      <c r="CX38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY38" s="22">
         <v>0</v>
       </c>
       <c r="CZ38" s="22">
         <v>0</v>
       </c>
       <c r="DA38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DB38" s="22">
         <v>7.6580157900000003</v>
       </c>
-      <c r="DB38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DD38" s="22">
         <v>5.6407193600000003</v>
       </c>
-      <c r="DD38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DE38" s="22">
         <v>0</v>
       </c>
       <c r="DF38" s="22">
         <v>0</v>
       </c>
       <c r="DG38" s="22">
         <v>0</v>
       </c>
       <c r="DH38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI38" s="22">
         <v>33.461344480000001</v>
       </c>
-      <c r="DI38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DJ38" s="22">
         <v>0</v>
       </c>
       <c r="DK38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DL38" s="22">
         <v>77.06020307</v>
       </c>
-      <c r="DL38" s="22">
+      <c r="DM38" s="22">
         <v>0.12635210999999999</v>
       </c>
-      <c r="DM38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DN38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DO38" s="22">
         <v>7.3130267399999997</v>
       </c>
-      <c r="DO38" s="22">
+      <c r="DP38" s="22">
         <v>77.935894880000006</v>
       </c>
-      <c r="DP38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ38" s="22">
         <v>0</v>
       </c>
       <c r="DR38" s="22">
         <v>0</v>
       </c>
       <c r="DS38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DT38" s="22">
         <v>2.65445617</v>
       </c>
-      <c r="DT38" s="22">
+      <c r="DU38" s="22">
         <v>2.5919171799999998</v>
       </c>
-      <c r="DU38" s="22">
+      <c r="DV38" s="22">
         <v>10.086933439999999</v>
       </c>
-      <c r="DV38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DW38" s="22">
         <v>0</v>
       </c>
       <c r="DX38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DY38" s="22">
         <v>4.9794943299999996</v>
       </c>
-      <c r="DY38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DZ38" s="22">
+        <v>0</v>
+      </c>
+      <c r="EA38" s="22">
         <v>22.64945535</v>
       </c>
-      <c r="EA38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EB38" s="22">
         <v>0</v>
       </c>
       <c r="EC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="ED38" s="22">
         <v>2.7043599399999998</v>
       </c>
-      <c r="ED38" s="22">
+      <c r="EE38" s="22">
         <v>420.92709536000001</v>
       </c>
-      <c r="EE38" s="22">
+      <c r="EF38" s="22">
         <v>0.40059725000000002</v>
       </c>
-      <c r="EF38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG38" s="22">
         <v>0</v>
       </c>
       <c r="EH38" s="22">
         <v>0</v>
       </c>
       <c r="EI38" s="22">
         <v>0</v>
       </c>
       <c r="EJ38" s="22">
         <v>0</v>
       </c>
       <c r="EK38" s="22">
         <v>0</v>
       </c>
       <c r="EL38" s="22">
         <v>0</v>
       </c>
       <c r="EM38" s="22">
         <v>0</v>
       </c>
       <c r="EN38" s="22">
         <v>0</v>
       </c>
       <c r="EO38" s="22">
         <v>0</v>
       </c>
       <c r="EP38" s="22">
         <v>0</v>
       </c>
       <c r="EQ38" s="22">
         <v>0</v>
       </c>
       <c r="ER38" s="22">
+        <v>0</v>
+      </c>
+      <c r="ES38" s="22">
         <v>14.59609916</v>
       </c>
-      <c r="ES38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="ET38" s="22">
         <v>0</v>
       </c>
       <c r="EU38" s="22">
         <v>0</v>
       </c>
       <c r="EV38" s="22">
         <v>0</v>
       </c>
       <c r="EW38" s="22">
         <v>0</v>
       </c>
       <c r="EX38" s="22">
         <v>0</v>
       </c>
       <c r="EY38" s="22">
         <v>0</v>
       </c>
       <c r="EZ38" s="22">
         <v>0</v>
       </c>
       <c r="FA38" s="22">
         <v>0</v>
       </c>
       <c r="FB38" s="22">
@@ -23939,222 +24220,231 @@
       <c r="FM38" s="22">
         <v>0</v>
       </c>
       <c r="FN38" s="22">
         <v>0</v>
       </c>
       <c r="FO38" s="22">
         <v>0</v>
       </c>
       <c r="FP38" s="22">
         <v>0</v>
       </c>
       <c r="FQ38" s="22">
         <v>0</v>
       </c>
       <c r="FR38" s="22">
         <v>0</v>
       </c>
       <c r="FS38" s="22">
         <v>0</v>
       </c>
       <c r="FT38" s="22">
         <v>0</v>
       </c>
       <c r="FU38" s="22">
+        <v>0</v>
+      </c>
+      <c r="FV38" s="22">
         <v>10.44475413</v>
       </c>
-      <c r="FV38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FW38" s="22">
         <v>0</v>
       </c>
       <c r="FX38" s="22">
         <v>0</v>
       </c>
       <c r="FY38" s="22">
+        <v>0</v>
+      </c>
+      <c r="FZ38" s="22">
         <v>10.374676490000001</v>
       </c>
-      <c r="FZ38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GA38" s="22">
         <v>0</v>
       </c>
       <c r="GB38" s="22">
         <v>0</v>
       </c>
       <c r="GC38" s="22">
         <v>0</v>
       </c>
       <c r="GD38" s="22">
         <v>0</v>
       </c>
       <c r="GE38" s="22">
         <v>0</v>
       </c>
       <c r="GF38" s="22">
         <v>0</v>
       </c>
       <c r="GG38" s="22">
         <v>0</v>
       </c>
       <c r="GH38" s="22">
         <v>0</v>
       </c>
       <c r="GI38" s="22">
         <v>0</v>
       </c>
       <c r="GJ38" s="22">
         <v>0</v>
       </c>
       <c r="GK38" s="22">
+        <v>0</v>
+      </c>
+      <c r="GL38" s="22">
         <v>10.53819099</v>
       </c>
-      <c r="GL38" s="22">
+      <c r="GM38" s="22">
         <v>2.65445617</v>
       </c>
-      <c r="GM38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GN38" s="22">
         <v>0</v>
       </c>
       <c r="GO38" s="22">
         <v>0</v>
       </c>
       <c r="GP38" s="22">
         <v>0</v>
       </c>
       <c r="GQ38" s="22">
         <v>0</v>
       </c>
       <c r="GR38" s="22">
         <v>0</v>
       </c>
       <c r="GS38" s="22">
         <v>0</v>
       </c>
       <c r="GT38" s="22">
         <v>0</v>
       </c>
       <c r="GU38" s="22">
         <v>0</v>
       </c>
       <c r="GV38" s="22">
         <v>0</v>
       </c>
       <c r="GW38" s="22">
         <v>0</v>
       </c>
       <c r="GX38" s="22">
         <v>0</v>
       </c>
       <c r="GY38" s="22">
         <v>0</v>
       </c>
       <c r="GZ38" s="22">
         <v>0</v>
       </c>
       <c r="HA38" s="22">
         <v>0</v>
       </c>
       <c r="HB38" s="22">
         <v>0</v>
       </c>
       <c r="HC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="HD38" s="22">
         <v>1</v>
       </c>
-      <c r="HD38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HE38" s="22">
         <v>0</v>
       </c>
       <c r="HF38" s="22">
         <v>0</v>
       </c>
       <c r="HG38" s="22">
         <v>0</v>
       </c>
       <c r="HH38" s="22">
         <v>0</v>
       </c>
       <c r="HI38" s="22">
         <v>0</v>
       </c>
       <c r="HJ38" s="22">
         <v>0</v>
       </c>
       <c r="HK38" s="22">
         <v>0</v>
       </c>
       <c r="HL38" s="22">
+        <v>0</v>
+      </c>
+      <c r="HM38" s="22">
         <v>4</v>
       </c>
-      <c r="HM38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HN38" s="22">
         <v>0</v>
       </c>
       <c r="HO38" s="22">
         <v>0</v>
       </c>
       <c r="HP38" s="22">
         <v>0</v>
       </c>
       <c r="HQ38" s="22">
+        <v>0</v>
+      </c>
+      <c r="HR38" s="22">
         <v>56.88167816</v>
       </c>
-      <c r="HR38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HS38" s="22">
         <v>0</v>
       </c>
       <c r="HT38" s="22">
         <v>0</v>
       </c>
       <c r="HU38" s="22">
         <v>0</v>
       </c>
       <c r="HV38" s="22">
         <v>0</v>
       </c>
       <c r="HW38" s="22">
         <v>0</v>
       </c>
       <c r="HX38" s="22">
         <v>0</v>
       </c>
       <c r="HY38" s="22">
         <v>0</v>
       </c>
+      <c r="HZ38" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA38" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB38" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="27" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="24">
         <v>94.529801579999997</v>
       </c>
       <c r="D39" s="24">
         <v>55.430752669999997</v>
       </c>
       <c r="E39" s="24">
         <v>56.512193240000002</v>
       </c>
       <c r="F39" s="24">
         <v>116.28861902</v>
       </c>
       <c r="G39" s="24">
         <v>105.56172273999999</v>
       </c>
       <c r="H39" s="24">
         <v>446.68150790999999</v>
       </c>
       <c r="I39" s="24">
         <v>14.59609916</v>
       </c>
       <c r="J39" s="24">
@@ -24315,290 +24605,290 @@
       </c>
       <c r="BJ39" s="24">
         <v>0</v>
       </c>
       <c r="BK39" s="24">
         <v>1</v>
       </c>
       <c r="BL39" s="24">
         <v>0</v>
       </c>
       <c r="BM39" s="24">
         <v>0</v>
       </c>
       <c r="BN39" s="24">
         <v>4</v>
       </c>
       <c r="BO39" s="24">
         <v>56.88167816</v>
       </c>
       <c r="BP39" s="24">
         <v>0</v>
       </c>
       <c r="BQ39" s="24">
         <v>0</v>
       </c>
-      <c r="BR39" s="25">
+      <c r="BR39" s="24">
         <v>0</v>
       </c>
       <c r="BS39" s="25">
         <v>0</v>
       </c>
       <c r="BT39" s="25">
         <v>0</v>
       </c>
       <c r="BU39" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV39" s="25">
         <v>27.965226619999999</v>
       </c>
-      <c r="BV39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BW39" s="25">
+        <v>0</v>
+      </c>
+      <c r="BX39" s="25">
         <v>1.59944256</v>
       </c>
-      <c r="BX39" s="25">
+      <c r="BY39" s="25">
         <v>17.419921689999999</v>
       </c>
-      <c r="BY39" s="25">
+      <c r="BZ39" s="25">
         <v>4.8045656599999997</v>
       </c>
-      <c r="BZ39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA39" s="25">
         <v>0</v>
       </c>
       <c r="CB39" s="25">
         <v>0</v>
       </c>
       <c r="CC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CD39" s="25">
         <v>42.740645030000003</v>
       </c>
-      <c r="CD39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CE39" s="25">
         <v>0</v>
       </c>
       <c r="CF39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG39" s="25">
         <v>6.6361412199999998</v>
       </c>
-      <c r="CG39" s="25">
+      <c r="CH39" s="25">
         <v>18.853673100000002</v>
       </c>
-      <c r="CH39" s="25">
+      <c r="CI39" s="25">
         <v>20.955338770000001</v>
       </c>
-      <c r="CI39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CJ39" s="25">
         <v>0</v>
       </c>
       <c r="CK39" s="25">
         <v>0</v>
       </c>
       <c r="CL39" s="25">
         <v>0</v>
       </c>
       <c r="CM39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN39" s="25">
         <v>1.3274935299999999</v>
       </c>
-      <c r="CN39" s="25">
+      <c r="CO39" s="25">
         <v>2.6677284499999998</v>
       </c>
-      <c r="CO39" s="25">
+      <c r="CP39" s="25">
         <v>4.9903776000000004</v>
       </c>
-      <c r="CP39" s="25">
+      <c r="CQ39" s="25">
         <v>5.0636273100000002</v>
       </c>
-      <c r="CQ39" s="25">
+      <c r="CR39" s="25">
         <v>4.0241555499999997</v>
       </c>
-      <c r="CR39" s="25">
+      <c r="CS39" s="25">
         <v>4.4082819000000004</v>
       </c>
-      <c r="CS39" s="25">
+      <c r="CT39" s="25">
         <v>5.6739000600000002</v>
       </c>
-      <c r="CT39" s="25">
+      <c r="CU39" s="25">
         <v>2.4182100000000002E-2</v>
       </c>
-      <c r="CU39" s="25">
+      <c r="CV39" s="25">
         <v>10.676222709999999</v>
       </c>
-      <c r="CV39" s="25">
+      <c r="CW39" s="25">
         <v>13.011281439999999</v>
       </c>
-      <c r="CW39" s="25">
+      <c r="CX39" s="25">
         <v>5.9725263799999997</v>
       </c>
-      <c r="CX39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY39" s="25">
         <v>0</v>
       </c>
       <c r="CZ39" s="25">
         <v>0</v>
       </c>
       <c r="DA39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DB39" s="25">
         <v>7.6580157900000003</v>
       </c>
-      <c r="DB39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DD39" s="25">
         <v>5.6407193600000003</v>
       </c>
-      <c r="DD39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DE39" s="25">
         <v>0</v>
       </c>
       <c r="DF39" s="25">
         <v>0</v>
       </c>
       <c r="DG39" s="25">
         <v>0</v>
       </c>
       <c r="DH39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI39" s="25">
         <v>33.461344480000001</v>
       </c>
-      <c r="DI39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DJ39" s="25">
         <v>0</v>
       </c>
       <c r="DK39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DL39" s="25">
         <v>77.06020307</v>
       </c>
-      <c r="DL39" s="25">
+      <c r="DM39" s="25">
         <v>0.12635210999999999</v>
       </c>
-      <c r="DM39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO39" s="25">
         <v>7.3130267399999997</v>
       </c>
-      <c r="DO39" s="25">
+      <c r="DP39" s="25">
         <v>77.935894880000006</v>
       </c>
-      <c r="DP39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ39" s="25">
         <v>0</v>
       </c>
       <c r="DR39" s="25">
         <v>0</v>
       </c>
       <c r="DS39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DT39" s="25">
         <v>2.65445617</v>
       </c>
-      <c r="DT39" s="25">
+      <c r="DU39" s="25">
         <v>2.5919171799999998</v>
       </c>
-      <c r="DU39" s="25">
+      <c r="DV39" s="25">
         <v>10.086933439999999</v>
       </c>
-      <c r="DV39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DW39" s="25">
         <v>0</v>
       </c>
       <c r="DX39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DY39" s="25">
         <v>4.9794943299999996</v>
       </c>
-      <c r="DY39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DZ39" s="25">
+        <v>0</v>
+      </c>
+      <c r="EA39" s="25">
         <v>22.64945535</v>
       </c>
-      <c r="EA39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EB39" s="25">
         <v>0</v>
       </c>
       <c r="EC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="ED39" s="25">
         <v>2.7043599399999998</v>
       </c>
-      <c r="ED39" s="25">
+      <c r="EE39" s="25">
         <v>420.92709536000001</v>
       </c>
-      <c r="EE39" s="25">
+      <c r="EF39" s="25">
         <v>0.40059725000000002</v>
       </c>
-      <c r="EF39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG39" s="25">
         <v>0</v>
       </c>
       <c r="EH39" s="25">
         <v>0</v>
       </c>
       <c r="EI39" s="25">
         <v>0</v>
       </c>
       <c r="EJ39" s="25">
         <v>0</v>
       </c>
       <c r="EK39" s="25">
         <v>0</v>
       </c>
       <c r="EL39" s="25">
         <v>0</v>
       </c>
       <c r="EM39" s="25">
         <v>0</v>
       </c>
       <c r="EN39" s="25">
         <v>0</v>
       </c>
       <c r="EO39" s="25">
         <v>0</v>
       </c>
       <c r="EP39" s="25">
         <v>0</v>
       </c>
       <c r="EQ39" s="25">
         <v>0</v>
       </c>
       <c r="ER39" s="25">
+        <v>0</v>
+      </c>
+      <c r="ES39" s="25">
         <v>14.59609916</v>
       </c>
-      <c r="ES39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="ET39" s="25">
         <v>0</v>
       </c>
       <c r="EU39" s="25">
         <v>0</v>
       </c>
       <c r="EV39" s="25">
         <v>0</v>
       </c>
       <c r="EW39" s="25">
         <v>0</v>
       </c>
       <c r="EX39" s="25">
         <v>0</v>
       </c>
       <c r="EY39" s="25">
         <v>0</v>
       </c>
       <c r="EZ39" s="25">
         <v>0</v>
       </c>
       <c r="FA39" s="25">
         <v>0</v>
       </c>
       <c r="FB39" s="25">
@@ -24637,222 +24927,231 @@
       <c r="FM39" s="25">
         <v>0</v>
       </c>
       <c r="FN39" s="25">
         <v>0</v>
       </c>
       <c r="FO39" s="25">
         <v>0</v>
       </c>
       <c r="FP39" s="25">
         <v>0</v>
       </c>
       <c r="FQ39" s="25">
         <v>0</v>
       </c>
       <c r="FR39" s="25">
         <v>0</v>
       </c>
       <c r="FS39" s="25">
         <v>0</v>
       </c>
       <c r="FT39" s="25">
         <v>0</v>
       </c>
       <c r="FU39" s="25">
+        <v>0</v>
+      </c>
+      <c r="FV39" s="25">
         <v>10.44475413</v>
       </c>
-      <c r="FV39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FW39" s="25">
         <v>0</v>
       </c>
       <c r="FX39" s="25">
         <v>0</v>
       </c>
       <c r="FY39" s="25">
+        <v>0</v>
+      </c>
+      <c r="FZ39" s="25">
         <v>10.374676490000001</v>
       </c>
-      <c r="FZ39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GA39" s="25">
         <v>0</v>
       </c>
       <c r="GB39" s="25">
         <v>0</v>
       </c>
       <c r="GC39" s="25">
         <v>0</v>
       </c>
       <c r="GD39" s="25">
         <v>0</v>
       </c>
       <c r="GE39" s="25">
         <v>0</v>
       </c>
       <c r="GF39" s="25">
         <v>0</v>
       </c>
       <c r="GG39" s="25">
         <v>0</v>
       </c>
       <c r="GH39" s="25">
         <v>0</v>
       </c>
       <c r="GI39" s="25">
         <v>0</v>
       </c>
       <c r="GJ39" s="25">
         <v>0</v>
       </c>
       <c r="GK39" s="25">
+        <v>0</v>
+      </c>
+      <c r="GL39" s="25">
         <v>10.53819099</v>
       </c>
-      <c r="GL39" s="25">
+      <c r="GM39" s="25">
         <v>2.65445617</v>
       </c>
-      <c r="GM39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GN39" s="25">
         <v>0</v>
       </c>
       <c r="GO39" s="25">
         <v>0</v>
       </c>
       <c r="GP39" s="25">
         <v>0</v>
       </c>
       <c r="GQ39" s="25">
         <v>0</v>
       </c>
       <c r="GR39" s="25">
         <v>0</v>
       </c>
       <c r="GS39" s="25">
         <v>0</v>
       </c>
       <c r="GT39" s="25">
         <v>0</v>
       </c>
       <c r="GU39" s="25">
         <v>0</v>
       </c>
       <c r="GV39" s="25">
         <v>0</v>
       </c>
       <c r="GW39" s="25">
         <v>0</v>
       </c>
       <c r="GX39" s="25">
         <v>0</v>
       </c>
       <c r="GY39" s="25">
         <v>0</v>
       </c>
       <c r="GZ39" s="25">
         <v>0</v>
       </c>
       <c r="HA39" s="25">
         <v>0</v>
       </c>
       <c r="HB39" s="25">
         <v>0</v>
       </c>
       <c r="HC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="HD39" s="25">
         <v>1</v>
       </c>
-      <c r="HD39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HE39" s="25">
         <v>0</v>
       </c>
       <c r="HF39" s="25">
         <v>0</v>
       </c>
       <c r="HG39" s="25">
         <v>0</v>
       </c>
       <c r="HH39" s="25">
         <v>0</v>
       </c>
       <c r="HI39" s="25">
         <v>0</v>
       </c>
       <c r="HJ39" s="25">
         <v>0</v>
       </c>
       <c r="HK39" s="25">
         <v>0</v>
       </c>
       <c r="HL39" s="25">
+        <v>0</v>
+      </c>
+      <c r="HM39" s="25">
         <v>4</v>
       </c>
-      <c r="HM39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HN39" s="25">
         <v>0</v>
       </c>
       <c r="HO39" s="25">
         <v>0</v>
       </c>
       <c r="HP39" s="25">
         <v>0</v>
       </c>
       <c r="HQ39" s="25">
+        <v>0</v>
+      </c>
+      <c r="HR39" s="25">
         <v>56.88167816</v>
       </c>
-      <c r="HR39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HS39" s="25">
         <v>0</v>
       </c>
       <c r="HT39" s="25">
         <v>0</v>
       </c>
       <c r="HU39" s="25">
         <v>0</v>
       </c>
       <c r="HV39" s="25">
         <v>0</v>
       </c>
       <c r="HW39" s="25">
         <v>0</v>
       </c>
       <c r="HX39" s="25">
         <v>0</v>
       </c>
       <c r="HY39" s="25">
         <v>0</v>
       </c>
+      <c r="HZ39" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA39" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB39" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="40" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="24">
         <v>1.9908421300000001</v>
       </c>
       <c r="D40" s="24">
         <v>0</v>
       </c>
       <c r="E40" s="24">
         <v>0</v>
       </c>
       <c r="F40" s="24">
         <v>0</v>
       </c>
       <c r="G40" s="24">
         <v>0</v>
       </c>
       <c r="H40" s="24">
         <v>0</v>
       </c>
       <c r="I40" s="24">
         <v>0</v>
       </c>
       <c r="J40" s="24">
@@ -25013,65 +25312,65 @@
       </c>
       <c r="BJ40" s="24">
         <v>0</v>
       </c>
       <c r="BK40" s="24">
         <v>0</v>
       </c>
       <c r="BL40" s="24">
         <v>0</v>
       </c>
       <c r="BM40" s="24">
         <v>0</v>
       </c>
       <c r="BN40" s="24">
         <v>0</v>
       </c>
       <c r="BO40" s="24">
         <v>0</v>
       </c>
       <c r="BP40" s="24">
         <v>0</v>
       </c>
       <c r="BQ40" s="24">
         <v>0</v>
       </c>
-      <c r="BR40" s="25">
+      <c r="BR40" s="24">
         <v>0</v>
       </c>
       <c r="BS40" s="25">
         <v>0</v>
       </c>
       <c r="BT40" s="25">
         <v>0</v>
       </c>
       <c r="BU40" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="25">
         <v>1.9908421300000001</v>
       </c>
-      <c r="BV40" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BW40" s="25">
         <v>0</v>
       </c>
       <c r="BX40" s="25">
         <v>0</v>
       </c>
       <c r="BY40" s="25">
         <v>0</v>
       </c>
       <c r="BZ40" s="25">
         <v>0</v>
       </c>
       <c r="CA40" s="25">
         <v>0</v>
       </c>
       <c r="CB40" s="25">
         <v>0</v>
       </c>
       <c r="CC40" s="25">
         <v>0</v>
       </c>
       <c r="CD40" s="25">
         <v>0</v>
       </c>
       <c r="CE40" s="25">
@@ -25505,52 +25804,61 @@
       </c>
       <c r="HR40" s="25">
         <v>0</v>
       </c>
       <c r="HS40" s="25">
         <v>0</v>
       </c>
       <c r="HT40" s="25">
         <v>0</v>
       </c>
       <c r="HU40" s="25">
         <v>0</v>
       </c>
       <c r="HV40" s="25">
         <v>0</v>
       </c>
       <c r="HW40" s="25">
         <v>0</v>
       </c>
       <c r="HX40" s="25">
         <v>0</v>
       </c>
       <c r="HY40" s="25">
         <v>0</v>
       </c>
+      <c r="HZ40" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA40" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB40" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C41" s="21">
         <v>0</v>
       </c>
       <c r="D41" s="21">
         <v>0</v>
       </c>
       <c r="E41" s="21">
         <v>0</v>
       </c>
       <c r="F41" s="21">
         <v>0</v>
       </c>
       <c r="G41" s="21">
         <v>0</v>
       </c>
       <c r="H41" s="21">
         <v>0.96887650000000003</v>
       </c>
       <c r="I41" s="21">
         <v>0</v>
       </c>
@@ -25712,52 +26020,52 @@
       </c>
       <c r="BJ41" s="21">
         <v>0</v>
       </c>
       <c r="BK41" s="21">
         <v>0</v>
       </c>
       <c r="BL41" s="21">
         <v>0</v>
       </c>
       <c r="BM41" s="21">
         <v>0</v>
       </c>
       <c r="BN41" s="21">
         <v>0.44999897</v>
       </c>
       <c r="BO41" s="21">
         <v>0</v>
       </c>
       <c r="BP41" s="21">
         <v>0</v>
       </c>
       <c r="BQ41" s="21">
         <v>0</v>
       </c>
-      <c r="BR41" s="22">
-        <v>0</v>
+      <c r="BR41" s="21">
+        <v>3.3E-3</v>
       </c>
       <c r="BS41" s="22">
         <v>0</v>
       </c>
       <c r="BT41" s="22">
         <v>0</v>
       </c>
       <c r="BU41" s="22">
         <v>0</v>
       </c>
       <c r="BV41" s="22">
         <v>0</v>
       </c>
       <c r="BW41" s="22">
         <v>0</v>
       </c>
       <c r="BX41" s="22">
         <v>0</v>
       </c>
       <c r="BY41" s="22">
         <v>0</v>
       </c>
       <c r="BZ41" s="22">
         <v>0</v>
       </c>
@@ -25926,55 +26234,55 @@
       <c r="EC41" s="22">
         <v>0</v>
       </c>
       <c r="ED41" s="22">
         <v>0</v>
       </c>
       <c r="EE41" s="22">
         <v>0</v>
       </c>
       <c r="EF41" s="22">
         <v>0</v>
       </c>
       <c r="EG41" s="22">
         <v>0</v>
       </c>
       <c r="EH41" s="22">
         <v>0</v>
       </c>
       <c r="EI41" s="22">
         <v>0</v>
       </c>
       <c r="EJ41" s="22">
         <v>0</v>
       </c>
       <c r="EK41" s="22">
+        <v>0</v>
+      </c>
+      <c r="EL41" s="22">
         <v>0.96887650000000003</v>
       </c>
-      <c r="EL41" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EM41" s="22">
         <v>0</v>
       </c>
       <c r="EN41" s="22">
         <v>0</v>
       </c>
       <c r="EO41" s="22">
         <v>0</v>
       </c>
       <c r="EP41" s="22">
         <v>0</v>
       </c>
       <c r="EQ41" s="22">
         <v>0</v>
       </c>
       <c r="ER41" s="22">
         <v>0</v>
       </c>
       <c r="ES41" s="22">
         <v>0</v>
       </c>
       <c r="ET41" s="22">
         <v>0</v>
       </c>
       <c r="EU41" s="22">
@@ -26094,162 +26402,171 @@
       <c r="GG41" s="22">
         <v>0</v>
       </c>
       <c r="GH41" s="22">
         <v>0</v>
       </c>
       <c r="GI41" s="22">
         <v>0</v>
       </c>
       <c r="GJ41" s="22">
         <v>0</v>
       </c>
       <c r="GK41" s="22">
         <v>0</v>
       </c>
       <c r="GL41" s="22">
         <v>0</v>
       </c>
       <c r="GM41" s="22">
         <v>0</v>
       </c>
       <c r="GN41" s="22">
         <v>0</v>
       </c>
       <c r="GO41" s="22">
+        <v>0</v>
+      </c>
+      <c r="GP41" s="22">
         <v>0.26544561999999999</v>
       </c>
-      <c r="GP41" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GQ41" s="22">
         <v>0</v>
       </c>
       <c r="GR41" s="22">
         <v>0</v>
       </c>
       <c r="GS41" s="22">
         <v>0</v>
       </c>
       <c r="GT41" s="22">
         <v>0</v>
       </c>
       <c r="GU41" s="22">
         <v>0</v>
       </c>
       <c r="GV41" s="22">
         <v>0</v>
       </c>
       <c r="GW41" s="22">
         <v>0</v>
       </c>
       <c r="GX41" s="22">
         <v>0</v>
       </c>
       <c r="GY41" s="22">
+        <v>0</v>
+      </c>
+      <c r="GZ41" s="22">
         <v>0.55000168999999999</v>
       </c>
-      <c r="GZ41" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HA41" s="22">
         <v>0</v>
       </c>
       <c r="HB41" s="22">
         <v>0</v>
       </c>
       <c r="HC41" s="22">
         <v>0</v>
       </c>
       <c r="HD41" s="22">
         <v>0</v>
       </c>
       <c r="HE41" s="22">
         <v>0</v>
       </c>
       <c r="HF41" s="22">
         <v>0</v>
       </c>
       <c r="HG41" s="22">
         <v>0</v>
       </c>
       <c r="HH41" s="22">
         <v>0</v>
       </c>
       <c r="HI41" s="22">
         <v>0</v>
       </c>
       <c r="HJ41" s="22">
         <v>0</v>
       </c>
       <c r="HK41" s="22">
         <v>0</v>
       </c>
       <c r="HL41" s="22">
         <v>0</v>
       </c>
       <c r="HM41" s="22">
         <v>0</v>
       </c>
       <c r="HN41" s="22">
+        <v>0</v>
+      </c>
+      <c r="HO41" s="22">
         <v>0.44999897</v>
       </c>
-      <c r="HO41" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HP41" s="22">
         <v>0</v>
       </c>
       <c r="HQ41" s="22">
         <v>0</v>
       </c>
       <c r="HR41" s="22">
         <v>0</v>
       </c>
       <c r="HS41" s="22">
         <v>0</v>
       </c>
       <c r="HT41" s="22">
         <v>0</v>
       </c>
       <c r="HU41" s="22">
         <v>0</v>
       </c>
       <c r="HV41" s="22">
         <v>0</v>
       </c>
       <c r="HW41" s="22">
         <v>0</v>
       </c>
       <c r="HX41" s="22">
+        <v>0</v>
+      </c>
+      <c r="HY41" s="22">
         <v>3.3E-3</v>
       </c>
-      <c r="HY41" s="22">
+      <c r="HZ41" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA41" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB41" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="24">
         <v>0</v>
       </c>
       <c r="D42" s="24">
         <v>0</v>
       </c>
       <c r="E42" s="24">
         <v>0</v>
       </c>
       <c r="F42" s="24">
         <v>0</v>
       </c>
       <c r="G42" s="24">
         <v>0</v>
       </c>
       <c r="H42" s="24">
         <v>0.96887650000000003</v>
       </c>
       <c r="I42" s="24">
         <v>0</v>
       </c>
       <c r="J42" s="24">
@@ -26410,52 +26727,52 @@
       </c>
       <c r="BJ42" s="24">
         <v>0</v>
       </c>
       <c r="BK42" s="24">
         <v>0</v>
       </c>
       <c r="BL42" s="24">
         <v>0</v>
       </c>
       <c r="BM42" s="24">
         <v>0</v>
       </c>
       <c r="BN42" s="24">
         <v>0.44999897</v>
       </c>
       <c r="BO42" s="24">
         <v>0</v>
       </c>
       <c r="BP42" s="24">
         <v>0</v>
       </c>
       <c r="BQ42" s="24">
         <v>0</v>
       </c>
-      <c r="BR42" s="25">
-        <v>0</v>
+      <c r="BR42" s="24">
+        <v>3.3E-3</v>
       </c>
       <c r="BS42" s="25">
         <v>0</v>
       </c>
       <c r="BT42" s="25">
         <v>0</v>
       </c>
       <c r="BU42" s="25">
         <v>0</v>
       </c>
       <c r="BV42" s="25">
         <v>0</v>
       </c>
       <c r="BW42" s="25">
         <v>0</v>
       </c>
       <c r="BX42" s="25">
         <v>0</v>
       </c>
       <c r="BY42" s="25">
         <v>0</v>
       </c>
       <c r="BZ42" s="25">
         <v>0</v>
       </c>
@@ -26624,55 +26941,55 @@
       <c r="EC42" s="25">
         <v>0</v>
       </c>
       <c r="ED42" s="25">
         <v>0</v>
       </c>
       <c r="EE42" s="25">
         <v>0</v>
       </c>
       <c r="EF42" s="25">
         <v>0</v>
       </c>
       <c r="EG42" s="25">
         <v>0</v>
       </c>
       <c r="EH42" s="25">
         <v>0</v>
       </c>
       <c r="EI42" s="25">
         <v>0</v>
       </c>
       <c r="EJ42" s="25">
         <v>0</v>
       </c>
       <c r="EK42" s="25">
+        <v>0</v>
+      </c>
+      <c r="EL42" s="25">
         <v>0.96887650000000003</v>
       </c>
-      <c r="EL42" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EM42" s="25">
         <v>0</v>
       </c>
       <c r="EN42" s="25">
         <v>0</v>
       </c>
       <c r="EO42" s="25">
         <v>0</v>
       </c>
       <c r="EP42" s="25">
         <v>0</v>
       </c>
       <c r="EQ42" s="25">
         <v>0</v>
       </c>
       <c r="ER42" s="25">
         <v>0</v>
       </c>
       <c r="ES42" s="25">
         <v>0</v>
       </c>
       <c r="ET42" s="25">
         <v>0</v>
       </c>
       <c r="EU42" s="25">
@@ -26792,162 +27109,171 @@
       <c r="GG42" s="25">
         <v>0</v>
       </c>
       <c r="GH42" s="25">
         <v>0</v>
       </c>
       <c r="GI42" s="25">
         <v>0</v>
       </c>
       <c r="GJ42" s="25">
         <v>0</v>
       </c>
       <c r="GK42" s="25">
         <v>0</v>
       </c>
       <c r="GL42" s="25">
         <v>0</v>
       </c>
       <c r="GM42" s="25">
         <v>0</v>
       </c>
       <c r="GN42" s="25">
         <v>0</v>
       </c>
       <c r="GO42" s="25">
+        <v>0</v>
+      </c>
+      <c r="GP42" s="25">
         <v>0.26544561999999999</v>
       </c>
-      <c r="GP42" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GQ42" s="25">
         <v>0</v>
       </c>
       <c r="GR42" s="25">
         <v>0</v>
       </c>
       <c r="GS42" s="25">
         <v>0</v>
       </c>
       <c r="GT42" s="25">
         <v>0</v>
       </c>
       <c r="GU42" s="25">
         <v>0</v>
       </c>
       <c r="GV42" s="25">
         <v>0</v>
       </c>
       <c r="GW42" s="25">
         <v>0</v>
       </c>
       <c r="GX42" s="25">
         <v>0</v>
       </c>
       <c r="GY42" s="25">
+        <v>0</v>
+      </c>
+      <c r="GZ42" s="25">
         <v>0.55000168999999999</v>
       </c>
-      <c r="GZ42" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HA42" s="25">
         <v>0</v>
       </c>
       <c r="HB42" s="25">
         <v>0</v>
       </c>
       <c r="HC42" s="25">
         <v>0</v>
       </c>
       <c r="HD42" s="25">
         <v>0</v>
       </c>
       <c r="HE42" s="25">
         <v>0</v>
       </c>
       <c r="HF42" s="25">
         <v>0</v>
       </c>
       <c r="HG42" s="25">
         <v>0</v>
       </c>
       <c r="HH42" s="25">
         <v>0</v>
       </c>
       <c r="HI42" s="25">
         <v>0</v>
       </c>
       <c r="HJ42" s="25">
         <v>0</v>
       </c>
       <c r="HK42" s="25">
         <v>0</v>
       </c>
       <c r="HL42" s="25">
         <v>0</v>
       </c>
       <c r="HM42" s="25">
         <v>0</v>
       </c>
       <c r="HN42" s="25">
+        <v>0</v>
+      </c>
+      <c r="HO42" s="25">
         <v>0.44999897</v>
       </c>
-      <c r="HO42" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HP42" s="25">
         <v>0</v>
       </c>
       <c r="HQ42" s="25">
         <v>0</v>
       </c>
       <c r="HR42" s="25">
         <v>0</v>
       </c>
       <c r="HS42" s="25">
         <v>0</v>
       </c>
       <c r="HT42" s="25">
         <v>0</v>
       </c>
       <c r="HU42" s="25">
         <v>0</v>
       </c>
       <c r="HV42" s="25">
         <v>0</v>
       </c>
       <c r="HW42" s="25">
         <v>0</v>
       </c>
       <c r="HX42" s="25">
+        <v>0</v>
+      </c>
+      <c r="HY42" s="25">
         <v>3.3E-3</v>
       </c>
-      <c r="HY42" s="25">
+      <c r="HZ42" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA42" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB42" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="24">
         <v>0</v>
       </c>
       <c r="D43" s="24">
         <v>0</v>
       </c>
       <c r="E43" s="24">
         <v>0</v>
       </c>
       <c r="F43" s="24">
         <v>0</v>
       </c>
       <c r="G43" s="24">
         <v>0</v>
       </c>
       <c r="H43" s="24">
         <v>0</v>
       </c>
       <c r="I43" s="24">
         <v>0</v>
       </c>
       <c r="J43" s="24">
@@ -27108,51 +27434,51 @@
       </c>
       <c r="BJ43" s="24">
         <v>0</v>
       </c>
       <c r="BK43" s="24">
         <v>0</v>
       </c>
       <c r="BL43" s="24">
         <v>0</v>
       </c>
       <c r="BM43" s="24">
         <v>0</v>
       </c>
       <c r="BN43" s="24">
         <v>0</v>
       </c>
       <c r="BO43" s="24">
         <v>0</v>
       </c>
       <c r="BP43" s="24">
         <v>0</v>
       </c>
       <c r="BQ43" s="24">
         <v>0</v>
       </c>
-      <c r="BR43" s="25">
+      <c r="BR43" s="24">
         <v>0</v>
       </c>
       <c r="BS43" s="25">
         <v>0</v>
       </c>
       <c r="BT43" s="25">
         <v>0</v>
       </c>
       <c r="BU43" s="25">
         <v>0</v>
       </c>
       <c r="BV43" s="25">
         <v>0</v>
       </c>
       <c r="BW43" s="25">
         <v>0</v>
       </c>
       <c r="BX43" s="25">
         <v>0</v>
       </c>
       <c r="BY43" s="25">
         <v>0</v>
       </c>
       <c r="BZ43" s="25">
         <v>0</v>
@@ -27600,52 +27926,61 @@
       </c>
       <c r="HR43" s="25">
         <v>0</v>
       </c>
       <c r="HS43" s="25">
         <v>0</v>
       </c>
       <c r="HT43" s="25">
         <v>0</v>
       </c>
       <c r="HU43" s="25">
         <v>0</v>
       </c>
       <c r="HV43" s="25">
         <v>0</v>
       </c>
       <c r="HW43" s="25">
         <v>0</v>
       </c>
       <c r="HX43" s="25">
         <v>0</v>
       </c>
       <c r="HY43" s="25">
         <v>0</v>
       </c>
+      <c r="HZ43" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA43" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB43" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="21">
         <v>0</v>
       </c>
       <c r="D44" s="21">
         <v>0</v>
       </c>
       <c r="E44" s="21">
         <v>8.5168624299999998</v>
       </c>
       <c r="F44" s="21">
         <v>0.78956799</v>
       </c>
       <c r="G44" s="21">
         <v>0</v>
       </c>
       <c r="H44" s="21">
         <v>1.00869334</v>
       </c>
       <c r="I44" s="21">
         <v>0</v>
       </c>
@@ -27807,52 +28142,52 @@
       </c>
       <c r="BJ44" s="21">
         <v>0</v>
       </c>
       <c r="BK44" s="21">
         <v>0</v>
       </c>
       <c r="BL44" s="21">
         <v>0</v>
       </c>
       <c r="BM44" s="21">
         <v>0.18127599999999999</v>
       </c>
       <c r="BN44" s="21">
         <v>4.0030799999999997</v>
       </c>
       <c r="BO44" s="21">
         <v>0.501</v>
       </c>
       <c r="BP44" s="21">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="BQ44" s="21">
         <v>0</v>
       </c>
-      <c r="BR44" s="22">
-        <v>0</v>
+      <c r="BR44" s="21">
+        <v>3.8265E-2</v>
       </c>
       <c r="BS44" s="22">
         <v>0</v>
       </c>
       <c r="BT44" s="22">
         <v>0</v>
       </c>
       <c r="BU44" s="22">
         <v>0</v>
       </c>
       <c r="BV44" s="22">
         <v>0</v>
       </c>
       <c r="BW44" s="22">
         <v>0</v>
       </c>
       <c r="BX44" s="22">
         <v>0</v>
       </c>
       <c r="BY44" s="22">
         <v>0</v>
       </c>
       <c r="BZ44" s="22">
         <v>0</v>
       </c>
@@ -27901,103 +28236,103 @@
       <c r="CO44" s="22">
         <v>0</v>
       </c>
       <c r="CP44" s="22">
         <v>0</v>
       </c>
       <c r="CQ44" s="22">
         <v>0</v>
       </c>
       <c r="CR44" s="22">
         <v>0</v>
       </c>
       <c r="CS44" s="22">
         <v>0</v>
       </c>
       <c r="CT44" s="22">
         <v>0</v>
       </c>
       <c r="CU44" s="22">
         <v>0</v>
       </c>
       <c r="CV44" s="22">
         <v>0</v>
       </c>
       <c r="CW44" s="22">
+        <v>0</v>
+      </c>
+      <c r="CX44" s="22">
         <v>0.10617825</v>
       </c>
-      <c r="CX44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY44" s="22">
         <v>0</v>
       </c>
       <c r="CZ44" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA44" s="22">
         <v>8.4106841899999996</v>
       </c>
-      <c r="DA44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB44" s="22">
         <v>0</v>
       </c>
       <c r="DC44" s="22">
         <v>0</v>
       </c>
       <c r="DD44" s="22">
         <v>0</v>
       </c>
       <c r="DE44" s="22">
         <v>0</v>
       </c>
       <c r="DF44" s="22">
         <v>0</v>
       </c>
       <c r="DG44" s="22">
         <v>0</v>
       </c>
       <c r="DH44" s="22">
         <v>0</v>
       </c>
       <c r="DI44" s="22">
         <v>0</v>
       </c>
       <c r="DJ44" s="22">
         <v>0</v>
       </c>
       <c r="DK44" s="22">
         <v>0</v>
       </c>
       <c r="DL44" s="22">
         <v>0</v>
       </c>
       <c r="DM44" s="22">
+        <v>0</v>
+      </c>
+      <c r="DN44" s="22">
         <v>0.78956799</v>
       </c>
-      <c r="DN44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DO44" s="22">
         <v>0</v>
       </c>
       <c r="DP44" s="22">
         <v>0</v>
       </c>
       <c r="DQ44" s="22">
         <v>0</v>
       </c>
       <c r="DR44" s="22">
         <v>0</v>
       </c>
       <c r="DS44" s="22">
         <v>0</v>
       </c>
       <c r="DT44" s="22">
         <v>0</v>
       </c>
       <c r="DU44" s="22">
         <v>0</v>
       </c>
       <c r="DV44" s="22">
         <v>0</v>
       </c>
       <c r="DW44" s="22">
@@ -28012,55 +28347,55 @@
       <c r="DZ44" s="22">
         <v>0</v>
       </c>
       <c r="EA44" s="22">
         <v>0</v>
       </c>
       <c r="EB44" s="22">
         <v>0</v>
       </c>
       <c r="EC44" s="22">
         <v>0</v>
       </c>
       <c r="ED44" s="22">
         <v>0</v>
       </c>
       <c r="EE44" s="22">
         <v>0</v>
       </c>
       <c r="EF44" s="22">
         <v>0</v>
       </c>
       <c r="EG44" s="22">
         <v>0</v>
       </c>
       <c r="EH44" s="22">
+        <v>0</v>
+      </c>
+      <c r="EI44" s="22">
         <v>1.00869334</v>
       </c>
-      <c r="EI44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EJ44" s="22">
         <v>0</v>
       </c>
       <c r="EK44" s="22">
         <v>0</v>
       </c>
       <c r="EL44" s="22">
         <v>0</v>
       </c>
       <c r="EM44" s="22">
         <v>0</v>
       </c>
       <c r="EN44" s="22">
         <v>0</v>
       </c>
       <c r="EO44" s="22">
         <v>0</v>
       </c>
       <c r="EP44" s="22">
         <v>0</v>
       </c>
       <c r="EQ44" s="22">
         <v>0</v>
       </c>
       <c r="ER44" s="22">
@@ -28087,55 +28422,55 @@
       <c r="EY44" s="22">
         <v>0</v>
       </c>
       <c r="EZ44" s="22">
         <v>0</v>
       </c>
       <c r="FA44" s="22">
         <v>0</v>
       </c>
       <c r="FB44" s="22">
         <v>0</v>
       </c>
       <c r="FC44" s="22">
         <v>0</v>
       </c>
       <c r="FD44" s="22">
         <v>0</v>
       </c>
       <c r="FE44" s="22">
         <v>0</v>
       </c>
       <c r="FF44" s="22">
         <v>0</v>
       </c>
       <c r="FG44" s="22">
+        <v>0</v>
+      </c>
+      <c r="FH44" s="22">
         <v>2.6811998099999999</v>
       </c>
-      <c r="FH44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FI44" s="22">
         <v>0</v>
       </c>
       <c r="FJ44" s="22">
         <v>0</v>
       </c>
       <c r="FK44" s="22">
         <v>0</v>
       </c>
       <c r="FL44" s="22">
         <v>0</v>
       </c>
       <c r="FM44" s="22">
         <v>0</v>
       </c>
       <c r="FN44" s="22">
         <v>0</v>
       </c>
       <c r="FO44" s="22">
         <v>0</v>
       </c>
       <c r="FP44" s="22">
         <v>0</v>
       </c>
       <c r="FQ44" s="22">
@@ -28252,99 +28587,108 @@
       <c r="HB44" s="22">
         <v>0</v>
       </c>
       <c r="HC44" s="22">
         <v>0</v>
       </c>
       <c r="HD44" s="22">
         <v>0</v>
       </c>
       <c r="HE44" s="22">
         <v>0</v>
       </c>
       <c r="HF44" s="22">
         <v>0</v>
       </c>
       <c r="HG44" s="22">
         <v>0</v>
       </c>
       <c r="HH44" s="22">
         <v>0</v>
       </c>
       <c r="HI44" s="22">
         <v>0</v>
       </c>
       <c r="HJ44" s="22">
+        <v>0</v>
+      </c>
+      <c r="HK44" s="22">
         <v>0.18127599999999999</v>
       </c>
-      <c r="HK44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HL44" s="22">
         <v>0</v>
       </c>
       <c r="HM44" s="22">
+        <v>0</v>
+      </c>
+      <c r="HN44" s="22">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HO44" s="22">
         <v>0</v>
       </c>
       <c r="HP44" s="22">
         <v>0</v>
       </c>
       <c r="HQ44" s="22">
+        <v>0</v>
+      </c>
+      <c r="HR44" s="22">
         <v>0.501</v>
       </c>
-      <c r="HR44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HS44" s="22">
         <v>0</v>
       </c>
       <c r="HT44" s="22">
+        <v>0</v>
+      </c>
+      <c r="HU44" s="22">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="HU44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HV44" s="22">
         <v>0</v>
       </c>
       <c r="HW44" s="22">
         <v>0</v>
       </c>
       <c r="HX44" s="22">
         <v>0</v>
       </c>
       <c r="HY44" s="22">
+        <v>0</v>
+      </c>
+      <c r="HZ44" s="22">
         <v>2.5000000000000001E-2</v>
       </c>
+      <c r="IA44" s="22">
+        <v>1.3265000000000001E-2</v>
+      </c>
+      <c r="IB44" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C45" s="24">
         <v>0</v>
       </c>
       <c r="D45" s="24">
         <v>0</v>
       </c>
       <c r="E45" s="24">
         <v>8.5168624299999998</v>
       </c>
       <c r="F45" s="24">
         <v>0.78956799</v>
       </c>
       <c r="G45" s="24">
         <v>0</v>
       </c>
       <c r="H45" s="24">
         <v>1.00869334</v>
       </c>
       <c r="I45" s="24">
         <v>0</v>
       </c>
       <c r="J45" s="24">
@@ -28505,52 +28849,52 @@
       </c>
       <c r="BJ45" s="24">
         <v>0</v>
       </c>
       <c r="BK45" s="24">
         <v>0</v>
       </c>
       <c r="BL45" s="24">
         <v>0</v>
       </c>
       <c r="BM45" s="24">
         <v>0.18127599999999999</v>
       </c>
       <c r="BN45" s="24">
         <v>4.0030799999999997</v>
       </c>
       <c r="BO45" s="24">
         <v>0.501</v>
       </c>
       <c r="BP45" s="24">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="BQ45" s="24">
         <v>0</v>
       </c>
-      <c r="BR45" s="25">
-        <v>0</v>
+      <c r="BR45" s="24">
+        <v>3.8265E-2</v>
       </c>
       <c r="BS45" s="25">
         <v>0</v>
       </c>
       <c r="BT45" s="25">
         <v>0</v>
       </c>
       <c r="BU45" s="25">
         <v>0</v>
       </c>
       <c r="BV45" s="25">
         <v>0</v>
       </c>
       <c r="BW45" s="25">
         <v>0</v>
       </c>
       <c r="BX45" s="25">
         <v>0</v>
       </c>
       <c r="BY45" s="25">
         <v>0</v>
       </c>
       <c r="BZ45" s="25">
         <v>0</v>
       </c>
@@ -28599,103 +28943,103 @@
       <c r="CO45" s="25">
         <v>0</v>
       </c>
       <c r="CP45" s="25">
         <v>0</v>
       </c>
       <c r="CQ45" s="25">
         <v>0</v>
       </c>
       <c r="CR45" s="25">
         <v>0</v>
       </c>
       <c r="CS45" s="25">
         <v>0</v>
       </c>
       <c r="CT45" s="25">
         <v>0</v>
       </c>
       <c r="CU45" s="25">
         <v>0</v>
       </c>
       <c r="CV45" s="25">
         <v>0</v>
       </c>
       <c r="CW45" s="25">
+        <v>0</v>
+      </c>
+      <c r="CX45" s="25">
         <v>0.10617825</v>
       </c>
-      <c r="CX45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY45" s="25">
         <v>0</v>
       </c>
       <c r="CZ45" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA45" s="25">
         <v>8.4106841899999996</v>
       </c>
-      <c r="DA45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB45" s="25">
         <v>0</v>
       </c>
       <c r="DC45" s="25">
         <v>0</v>
       </c>
       <c r="DD45" s="25">
         <v>0</v>
       </c>
       <c r="DE45" s="25">
         <v>0</v>
       </c>
       <c r="DF45" s="25">
         <v>0</v>
       </c>
       <c r="DG45" s="25">
         <v>0</v>
       </c>
       <c r="DH45" s="25">
         <v>0</v>
       </c>
       <c r="DI45" s="25">
         <v>0</v>
       </c>
       <c r="DJ45" s="25">
         <v>0</v>
       </c>
       <c r="DK45" s="25">
         <v>0</v>
       </c>
       <c r="DL45" s="25">
         <v>0</v>
       </c>
       <c r="DM45" s="25">
+        <v>0</v>
+      </c>
+      <c r="DN45" s="25">
         <v>0.78956799</v>
       </c>
-      <c r="DN45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DO45" s="25">
         <v>0</v>
       </c>
       <c r="DP45" s="25">
         <v>0</v>
       </c>
       <c r="DQ45" s="25">
         <v>0</v>
       </c>
       <c r="DR45" s="25">
         <v>0</v>
       </c>
       <c r="DS45" s="25">
         <v>0</v>
       </c>
       <c r="DT45" s="25">
         <v>0</v>
       </c>
       <c r="DU45" s="25">
         <v>0</v>
       </c>
       <c r="DV45" s="25">
         <v>0</v>
       </c>
       <c r="DW45" s="25">
@@ -28710,55 +29054,55 @@
       <c r="DZ45" s="25">
         <v>0</v>
       </c>
       <c r="EA45" s="25">
         <v>0</v>
       </c>
       <c r="EB45" s="25">
         <v>0</v>
       </c>
       <c r="EC45" s="25">
         <v>0</v>
       </c>
       <c r="ED45" s="25">
         <v>0</v>
       </c>
       <c r="EE45" s="25">
         <v>0</v>
       </c>
       <c r="EF45" s="25">
         <v>0</v>
       </c>
       <c r="EG45" s="25">
         <v>0</v>
       </c>
       <c r="EH45" s="25">
+        <v>0</v>
+      </c>
+      <c r="EI45" s="25">
         <v>1.00869334</v>
       </c>
-      <c r="EI45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EJ45" s="25">
         <v>0</v>
       </c>
       <c r="EK45" s="25">
         <v>0</v>
       </c>
       <c r="EL45" s="25">
         <v>0</v>
       </c>
       <c r="EM45" s="25">
         <v>0</v>
       </c>
       <c r="EN45" s="25">
         <v>0</v>
       </c>
       <c r="EO45" s="25">
         <v>0</v>
       </c>
       <c r="EP45" s="25">
         <v>0</v>
       </c>
       <c r="EQ45" s="25">
         <v>0</v>
       </c>
       <c r="ER45" s="25">
@@ -28785,55 +29129,55 @@
       <c r="EY45" s="25">
         <v>0</v>
       </c>
       <c r="EZ45" s="25">
         <v>0</v>
       </c>
       <c r="FA45" s="25">
         <v>0</v>
       </c>
       <c r="FB45" s="25">
         <v>0</v>
       </c>
       <c r="FC45" s="25">
         <v>0</v>
       </c>
       <c r="FD45" s="25">
         <v>0</v>
       </c>
       <c r="FE45" s="25">
         <v>0</v>
       </c>
       <c r="FF45" s="25">
         <v>0</v>
       </c>
       <c r="FG45" s="25">
+        <v>0</v>
+      </c>
+      <c r="FH45" s="25">
         <v>2.6811998099999999</v>
       </c>
-      <c r="FH45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FI45" s="25">
         <v>0</v>
       </c>
       <c r="FJ45" s="25">
         <v>0</v>
       </c>
       <c r="FK45" s="25">
         <v>0</v>
       </c>
       <c r="FL45" s="25">
         <v>0</v>
       </c>
       <c r="FM45" s="25">
         <v>0</v>
       </c>
       <c r="FN45" s="25">
         <v>0</v>
       </c>
       <c r="FO45" s="25">
         <v>0</v>
       </c>
       <c r="FP45" s="25">
         <v>0</v>
       </c>
       <c r="FQ45" s="25">
@@ -28950,99 +29294,108 @@
       <c r="HB45" s="25">
         <v>0</v>
       </c>
       <c r="HC45" s="25">
         <v>0</v>
       </c>
       <c r="HD45" s="25">
         <v>0</v>
       </c>
       <c r="HE45" s="25">
         <v>0</v>
       </c>
       <c r="HF45" s="25">
         <v>0</v>
       </c>
       <c r="HG45" s="25">
         <v>0</v>
       </c>
       <c r="HH45" s="25">
         <v>0</v>
       </c>
       <c r="HI45" s="25">
         <v>0</v>
       </c>
       <c r="HJ45" s="25">
+        <v>0</v>
+      </c>
+      <c r="HK45" s="25">
         <v>0.18127599999999999</v>
       </c>
-      <c r="HK45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HL45" s="25">
         <v>0</v>
       </c>
       <c r="HM45" s="25">
+        <v>0</v>
+      </c>
+      <c r="HN45" s="25">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HO45" s="25">
         <v>0</v>
       </c>
       <c r="HP45" s="25">
         <v>0</v>
       </c>
       <c r="HQ45" s="25">
+        <v>0</v>
+      </c>
+      <c r="HR45" s="25">
         <v>0.501</v>
       </c>
-      <c r="HR45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HS45" s="25">
         <v>0</v>
       </c>
       <c r="HT45" s="25">
+        <v>0</v>
+      </c>
+      <c r="HU45" s="25">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="HU45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HV45" s="25">
         <v>0</v>
       </c>
       <c r="HW45" s="25">
         <v>0</v>
       </c>
       <c r="HX45" s="25">
         <v>0</v>
       </c>
       <c r="HY45" s="25">
+        <v>0</v>
+      </c>
+      <c r="HZ45" s="25">
         <v>2.5000000000000001E-2</v>
       </c>
+      <c r="IA45" s="25">
+        <v>1.3265000000000001E-2</v>
+      </c>
+      <c r="IB45" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="24">
         <v>0</v>
       </c>
       <c r="D46" s="24">
         <v>0</v>
       </c>
       <c r="E46" s="24">
         <v>0</v>
       </c>
       <c r="F46" s="24">
         <v>0</v>
       </c>
       <c r="G46" s="24">
         <v>0</v>
       </c>
       <c r="H46" s="24">
         <v>0</v>
       </c>
       <c r="I46" s="24">
         <v>0</v>
       </c>
       <c r="J46" s="24">
@@ -29203,51 +29556,51 @@
       </c>
       <c r="BJ46" s="24">
         <v>0</v>
       </c>
       <c r="BK46" s="24">
         <v>0</v>
       </c>
       <c r="BL46" s="24">
         <v>0</v>
       </c>
       <c r="BM46" s="24">
         <v>0</v>
       </c>
       <c r="BN46" s="24">
         <v>0</v>
       </c>
       <c r="BO46" s="24">
         <v>0</v>
       </c>
       <c r="BP46" s="24">
         <v>0</v>
       </c>
       <c r="BQ46" s="24">
         <v>0</v>
       </c>
-      <c r="BR46" s="25">
+      <c r="BR46" s="24">
         <v>0</v>
       </c>
       <c r="BS46" s="25">
         <v>0</v>
       </c>
       <c r="BT46" s="25">
         <v>0</v>
       </c>
       <c r="BU46" s="25">
         <v>0</v>
       </c>
       <c r="BV46" s="25">
         <v>0</v>
       </c>
       <c r="BW46" s="25">
         <v>0</v>
       </c>
       <c r="BX46" s="25">
         <v>0</v>
       </c>
       <c r="BY46" s="25">
         <v>0</v>
       </c>
       <c r="BZ46" s="25">
         <v>0</v>
@@ -29695,52 +30048,61 @@
       </c>
       <c r="HR46" s="25">
         <v>0</v>
       </c>
       <c r="HS46" s="25">
         <v>0</v>
       </c>
       <c r="HT46" s="25">
         <v>0</v>
       </c>
       <c r="HU46" s="25">
         <v>0</v>
       </c>
       <c r="HV46" s="25">
         <v>0</v>
       </c>
       <c r="HW46" s="25">
         <v>0</v>
       </c>
       <c r="HX46" s="25">
         <v>0</v>
       </c>
       <c r="HY46" s="25">
         <v>0</v>
       </c>
+      <c r="HZ46" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA46" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB46" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="1:233" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:236" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C47" s="21">
         <v>0.21235649000000001</v>
       </c>
       <c r="D47" s="21">
         <v>0</v>
       </c>
       <c r="E47" s="21">
         <v>0</v>
       </c>
       <c r="F47" s="21">
         <v>0</v>
       </c>
       <c r="G47" s="21">
         <v>0</v>
       </c>
       <c r="H47" s="21">
         <v>0</v>
       </c>
       <c r="I47" s="21">
         <v>0</v>
       </c>
@@ -29902,83 +30264,83 @@
       </c>
       <c r="BJ47" s="21">
         <v>0</v>
       </c>
       <c r="BK47" s="21">
         <v>0</v>
       </c>
       <c r="BL47" s="21">
         <v>0</v>
       </c>
       <c r="BM47" s="21">
         <v>0</v>
       </c>
       <c r="BN47" s="21">
         <v>0</v>
       </c>
       <c r="BO47" s="21">
         <v>0</v>
       </c>
       <c r="BP47" s="21">
         <v>0</v>
       </c>
       <c r="BQ47" s="21">
         <v>0</v>
       </c>
-      <c r="BR47" s="22">
+      <c r="BR47" s="21">
         <v>0</v>
       </c>
       <c r="BS47" s="22">
         <v>0</v>
       </c>
       <c r="BT47" s="22">
         <v>0</v>
       </c>
       <c r="BU47" s="22">
         <v>0</v>
       </c>
       <c r="BV47" s="22">
         <v>0</v>
       </c>
       <c r="BW47" s="22">
         <v>0</v>
       </c>
       <c r="BX47" s="22">
         <v>0</v>
       </c>
       <c r="BY47" s="22">
         <v>0</v>
       </c>
       <c r="BZ47" s="22">
         <v>0</v>
       </c>
       <c r="CA47" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB47" s="22">
         <v>0.21235649000000001</v>
       </c>
-      <c r="CB47" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CC47" s="22">
         <v>0</v>
       </c>
       <c r="CD47" s="22">
         <v>0</v>
       </c>
       <c r="CE47" s="22">
         <v>0</v>
       </c>
       <c r="CF47" s="22">
         <v>0</v>
       </c>
       <c r="CG47" s="22">
         <v>0</v>
       </c>
       <c r="CH47" s="22">
         <v>0</v>
       </c>
       <c r="CI47" s="22">
         <v>0</v>
       </c>
       <c r="CJ47" s="22">
         <v>0</v>
       </c>
       <c r="CK47" s="22">
@@ -30161,55 +30523,55 @@
       <c r="ER47" s="22">
         <v>0</v>
       </c>
       <c r="ES47" s="22">
         <v>0</v>
       </c>
       <c r="ET47" s="22">
         <v>0</v>
       </c>
       <c r="EU47" s="22">
         <v>0</v>
       </c>
       <c r="EV47" s="22">
         <v>0</v>
       </c>
       <c r="EW47" s="22">
         <v>0</v>
       </c>
       <c r="EX47" s="22">
         <v>0</v>
       </c>
       <c r="EY47" s="22">
         <v>0</v>
       </c>
       <c r="EZ47" s="22">
+        <v>0</v>
+      </c>
+      <c r="FA47" s="22">
         <v>1.02477935</v>
       </c>
-      <c r="FA47" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FB47" s="22">
         <v>0</v>
       </c>
       <c r="FC47" s="22">
         <v>0</v>
       </c>
       <c r="FD47" s="22">
         <v>0</v>
       </c>
       <c r="FE47" s="22">
         <v>0</v>
       </c>
       <c r="FF47" s="22">
         <v>0</v>
       </c>
       <c r="FG47" s="22">
         <v>0</v>
       </c>
       <c r="FH47" s="22">
         <v>0</v>
       </c>
       <c r="FI47" s="22">
         <v>0</v>
       </c>
       <c r="FJ47" s="22">
@@ -30394,52 +30756,61 @@
       </c>
       <c r="HR47" s="22">
         <v>0</v>
       </c>
       <c r="HS47" s="22">
         <v>0</v>
       </c>
       <c r="HT47" s="22">
         <v>0</v>
       </c>
       <c r="HU47" s="22">
         <v>0</v>
       </c>
       <c r="HV47" s="22">
         <v>0</v>
       </c>
       <c r="HW47" s="22">
         <v>0</v>
       </c>
       <c r="HX47" s="22">
         <v>0</v>
       </c>
       <c r="HY47" s="22">
         <v>0</v>
       </c>
+      <c r="HZ47" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA47" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB47" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C48" s="24">
         <v>0.21235649000000001</v>
       </c>
       <c r="D48" s="24">
         <v>0</v>
       </c>
       <c r="E48" s="24">
         <v>0</v>
       </c>
       <c r="F48" s="24">
         <v>0</v>
       </c>
       <c r="G48" s="24">
         <v>0</v>
       </c>
       <c r="H48" s="24">
         <v>0</v>
       </c>
       <c r="I48" s="24">
         <v>0</v>
       </c>
       <c r="J48" s="24">
@@ -30600,83 +30971,83 @@
       </c>
       <c r="BJ48" s="24">
         <v>0</v>
       </c>
       <c r="BK48" s="24">
         <v>0</v>
       </c>
       <c r="BL48" s="24">
         <v>0</v>
       </c>
       <c r="BM48" s="24">
         <v>0</v>
       </c>
       <c r="BN48" s="24">
         <v>0</v>
       </c>
       <c r="BO48" s="24">
         <v>0</v>
       </c>
       <c r="BP48" s="24">
         <v>0</v>
       </c>
       <c r="BQ48" s="24">
         <v>0</v>
       </c>
-      <c r="BR48" s="25">
+      <c r="BR48" s="24">
         <v>0</v>
       </c>
       <c r="BS48" s="25">
         <v>0</v>
       </c>
       <c r="BT48" s="25">
         <v>0</v>
       </c>
       <c r="BU48" s="25">
         <v>0</v>
       </c>
       <c r="BV48" s="25">
         <v>0</v>
       </c>
       <c r="BW48" s="25">
         <v>0</v>
       </c>
       <c r="BX48" s="25">
         <v>0</v>
       </c>
       <c r="BY48" s="25">
         <v>0</v>
       </c>
       <c r="BZ48" s="25">
         <v>0</v>
       </c>
       <c r="CA48" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB48" s="25">
         <v>0.21235649000000001</v>
       </c>
-      <c r="CB48" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CC48" s="25">
         <v>0</v>
       </c>
       <c r="CD48" s="25">
         <v>0</v>
       </c>
       <c r="CE48" s="25">
         <v>0</v>
       </c>
       <c r="CF48" s="25">
         <v>0</v>
       </c>
       <c r="CG48" s="25">
         <v>0</v>
       </c>
       <c r="CH48" s="25">
         <v>0</v>
       </c>
       <c r="CI48" s="25">
         <v>0</v>
       </c>
       <c r="CJ48" s="25">
         <v>0</v>
       </c>
       <c r="CK48" s="25">
@@ -31092,52 +31463,61 @@
       </c>
       <c r="HR48" s="25">
         <v>0</v>
       </c>
       <c r="HS48" s="25">
         <v>0</v>
       </c>
       <c r="HT48" s="25">
         <v>0</v>
       </c>
       <c r="HU48" s="25">
         <v>0</v>
       </c>
       <c r="HV48" s="25">
         <v>0</v>
       </c>
       <c r="HW48" s="25">
         <v>0</v>
       </c>
       <c r="HX48" s="25">
         <v>0</v>
       </c>
       <c r="HY48" s="25">
         <v>0</v>
       </c>
+      <c r="HZ48" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA48" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB48" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="24">
         <v>0</v>
       </c>
       <c r="D49" s="24">
         <v>0</v>
       </c>
       <c r="E49" s="24">
         <v>0</v>
       </c>
       <c r="F49" s="24">
         <v>0</v>
       </c>
       <c r="G49" s="24">
         <v>0</v>
       </c>
       <c r="H49" s="24">
         <v>0</v>
       </c>
       <c r="I49" s="24">
         <v>0</v>
       </c>
       <c r="J49" s="24">
@@ -31298,51 +31678,51 @@
       </c>
       <c r="BJ49" s="24">
         <v>0</v>
       </c>
       <c r="BK49" s="24">
         <v>0</v>
       </c>
       <c r="BL49" s="24">
         <v>0</v>
       </c>
       <c r="BM49" s="24">
         <v>0</v>
       </c>
       <c r="BN49" s="24">
         <v>0</v>
       </c>
       <c r="BO49" s="24">
         <v>0</v>
       </c>
       <c r="BP49" s="24">
         <v>0</v>
       </c>
       <c r="BQ49" s="24">
         <v>0</v>
       </c>
-      <c r="BR49" s="25">
+      <c r="BR49" s="24">
         <v>0</v>
       </c>
       <c r="BS49" s="25">
         <v>0</v>
       </c>
       <c r="BT49" s="25">
         <v>0</v>
       </c>
       <c r="BU49" s="25">
         <v>0</v>
       </c>
       <c r="BV49" s="25">
         <v>0</v>
       </c>
       <c r="BW49" s="25">
         <v>0</v>
       </c>
       <c r="BX49" s="25">
         <v>0</v>
       </c>
       <c r="BY49" s="25">
         <v>0</v>
       </c>
       <c r="BZ49" s="25">
         <v>0</v>
@@ -31557,55 +31937,55 @@
       <c r="ER49" s="25">
         <v>0</v>
       </c>
       <c r="ES49" s="25">
         <v>0</v>
       </c>
       <c r="ET49" s="25">
         <v>0</v>
       </c>
       <c r="EU49" s="25">
         <v>0</v>
       </c>
       <c r="EV49" s="25">
         <v>0</v>
       </c>
       <c r="EW49" s="25">
         <v>0</v>
       </c>
       <c r="EX49" s="25">
         <v>0</v>
       </c>
       <c r="EY49" s="25">
         <v>0</v>
       </c>
       <c r="EZ49" s="25">
+        <v>0</v>
+      </c>
+      <c r="FA49" s="25">
         <v>1.02477935</v>
       </c>
-      <c r="FA49" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FB49" s="25">
         <v>0</v>
       </c>
       <c r="FC49" s="25">
         <v>0</v>
       </c>
       <c r="FD49" s="25">
         <v>0</v>
       </c>
       <c r="FE49" s="25">
         <v>0</v>
       </c>
       <c r="FF49" s="25">
         <v>0</v>
       </c>
       <c r="FG49" s="25">
         <v>0</v>
       </c>
       <c r="FH49" s="25">
         <v>0</v>
       </c>
       <c r="FI49" s="25">
         <v>0</v>
       </c>
       <c r="FJ49" s="25">
@@ -31790,52 +32170,61 @@
       </c>
       <c r="HR49" s="25">
         <v>0</v>
       </c>
       <c r="HS49" s="25">
         <v>0</v>
       </c>
       <c r="HT49" s="25">
         <v>0</v>
       </c>
       <c r="HU49" s="25">
         <v>0</v>
       </c>
       <c r="HV49" s="25">
         <v>0</v>
       </c>
       <c r="HW49" s="25">
         <v>0</v>
       </c>
       <c r="HX49" s="25">
         <v>0</v>
       </c>
       <c r="HY49" s="25">
         <v>0</v>
       </c>
+      <c r="HZ49" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA49" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB49" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C50" s="21">
         <v>17.806755590000002</v>
       </c>
       <c r="D50" s="21">
         <v>9.9214546400000003</v>
       </c>
       <c r="E50" s="21">
         <v>21.99929358</v>
       </c>
       <c r="F50" s="21">
         <v>0.30334033999999999</v>
       </c>
       <c r="G50" s="21">
         <v>11.499064300000001</v>
       </c>
       <c r="H50" s="21">
         <v>0</v>
       </c>
       <c r="I50" s="21">
         <v>0</v>
       </c>
@@ -31997,200 +32386,200 @@
       </c>
       <c r="BJ50" s="21">
         <v>0</v>
       </c>
       <c r="BK50" s="21">
         <v>0</v>
       </c>
       <c r="BL50" s="21">
         <v>10.402067199999999</v>
       </c>
       <c r="BM50" s="21">
         <v>0</v>
       </c>
       <c r="BN50" s="21">
         <v>0</v>
       </c>
       <c r="BO50" s="21">
         <v>0</v>
       </c>
       <c r="BP50" s="21">
         <v>0</v>
       </c>
       <c r="BQ50" s="21">
         <v>0</v>
       </c>
-      <c r="BR50" s="22">
+      <c r="BR50" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS50" s="22">
         <v>10.49333068</v>
       </c>
-      <c r="BS50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BT50" s="22">
         <v>0</v>
       </c>
       <c r="BU50" s="22">
         <v>0</v>
       </c>
       <c r="BV50" s="22">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="22">
         <v>0.99568650999999997</v>
       </c>
-      <c r="BW50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BX50" s="22">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="22">
         <v>2.2994226599999998</v>
       </c>
-      <c r="BY50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BZ50" s="22">
         <v>0</v>
       </c>
       <c r="CA50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB50" s="22">
         <v>4.0183157500000002</v>
       </c>
-      <c r="CB50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CC50" s="22">
         <v>0</v>
       </c>
       <c r="CD50" s="22">
         <v>0</v>
       </c>
       <c r="CE50" s="22">
         <v>0</v>
       </c>
       <c r="CF50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG50" s="22">
         <v>5.0102860199999997</v>
       </c>
-      <c r="CG50" s="22">
+      <c r="CH50" s="22">
         <v>1.3935894900000001</v>
       </c>
-      <c r="CH50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CI50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ50" s="22">
         <v>1.12856858</v>
       </c>
-      <c r="CJ50" s="22">
+      <c r="CK50" s="22">
         <v>2.3890105500000001</v>
       </c>
-      <c r="CK50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CL50" s="22">
         <v>0</v>
       </c>
       <c r="CM50" s="22">
         <v>0</v>
       </c>
       <c r="CN50" s="22">
         <v>0</v>
       </c>
       <c r="CO50" s="22">
         <v>0</v>
       </c>
       <c r="CP50" s="22">
         <v>0</v>
       </c>
       <c r="CQ50" s="22">
         <v>0</v>
       </c>
       <c r="CR50" s="22">
         <v>0</v>
       </c>
       <c r="CS50" s="22">
         <v>0</v>
       </c>
       <c r="CT50" s="22">
         <v>0</v>
       </c>
       <c r="CU50" s="22">
         <v>0</v>
       </c>
       <c r="CV50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CW50" s="22">
         <v>0.49174828999999998</v>
       </c>
-      <c r="CW50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CX50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CY50" s="22">
         <v>21.061596659999999</v>
       </c>
-      <c r="CY50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CZ50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA50" s="22">
         <v>0.29862632</v>
       </c>
-      <c r="DA50" s="22">
+      <c r="DB50" s="22">
         <v>0.14732232000000001</v>
       </c>
-      <c r="DB50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DC50" s="22">
         <v>0</v>
       </c>
       <c r="DD50" s="22">
         <v>0</v>
       </c>
       <c r="DE50" s="22">
         <v>0</v>
       </c>
       <c r="DF50" s="22">
         <v>0</v>
       </c>
       <c r="DG50" s="22">
         <v>0</v>
       </c>
       <c r="DH50" s="22">
         <v>0</v>
       </c>
       <c r="DI50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DJ50" s="22">
         <v>0.30334033999999999</v>
       </c>
-      <c r="DJ50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DK50" s="22">
         <v>0</v>
       </c>
       <c r="DL50" s="22">
         <v>0</v>
       </c>
       <c r="DM50" s="22">
         <v>0</v>
       </c>
       <c r="DN50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DO50" s="22">
         <v>11.499064300000001</v>
       </c>
-      <c r="DO50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DP50" s="22">
         <v>0</v>
       </c>
       <c r="DQ50" s="22">
         <v>0</v>
       </c>
       <c r="DR50" s="22">
         <v>0</v>
       </c>
       <c r="DS50" s="22">
         <v>0</v>
       </c>
       <c r="DT50" s="22">
         <v>0</v>
       </c>
       <c r="DU50" s="22">
         <v>0</v>
       </c>
       <c r="DV50" s="22">
         <v>0</v>
       </c>
       <c r="DW50" s="22">
         <v>0</v>
       </c>
       <c r="DX50" s="22">
@@ -32385,100 +32774,100 @@
       <c r="GI50" s="22">
         <v>0</v>
       </c>
       <c r="GJ50" s="22">
         <v>0</v>
       </c>
       <c r="GK50" s="22">
         <v>0</v>
       </c>
       <c r="GL50" s="22">
         <v>0</v>
       </c>
       <c r="GM50" s="22">
         <v>0</v>
       </c>
       <c r="GN50" s="22">
         <v>0</v>
       </c>
       <c r="GO50" s="22">
         <v>0</v>
       </c>
       <c r="GP50" s="22">
         <v>0</v>
       </c>
       <c r="GQ50" s="22">
+        <v>0</v>
+      </c>
+      <c r="GR50" s="22">
         <v>2.65445617</v>
       </c>
-      <c r="GR50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GS50" s="22">
         <v>0</v>
       </c>
       <c r="GT50" s="22">
+        <v>0</v>
+      </c>
+      <c r="GU50" s="22">
         <v>10.00019488</v>
       </c>
-      <c r="GU50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GV50" s="22">
         <v>0</v>
       </c>
       <c r="GW50" s="22">
         <v>0</v>
       </c>
       <c r="GX50" s="22">
         <v>0</v>
       </c>
       <c r="GY50" s="22">
         <v>0</v>
       </c>
       <c r="GZ50" s="22">
         <v>0</v>
       </c>
       <c r="HA50" s="22">
         <v>0</v>
       </c>
       <c r="HB50" s="22">
         <v>0</v>
       </c>
       <c r="HC50" s="22">
         <v>0</v>
       </c>
       <c r="HD50" s="22">
         <v>0</v>
       </c>
       <c r="HE50" s="22">
         <v>0</v>
       </c>
       <c r="HF50" s="22">
+        <v>0</v>
+      </c>
+      <c r="HG50" s="22">
         <v>10.402067199999999</v>
       </c>
-      <c r="HG50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HH50" s="22">
         <v>0</v>
       </c>
       <c r="HI50" s="22">
         <v>0</v>
       </c>
       <c r="HJ50" s="22">
         <v>0</v>
       </c>
       <c r="HK50" s="22">
         <v>0</v>
       </c>
       <c r="HL50" s="22">
         <v>0</v>
       </c>
       <c r="HM50" s="22">
         <v>0</v>
       </c>
       <c r="HN50" s="22">
         <v>0</v>
       </c>
       <c r="HO50" s="22">
         <v>0</v>
       </c>
       <c r="HP50" s="22">
@@ -32489,52 +32878,61 @@
       </c>
       <c r="HR50" s="22">
         <v>0</v>
       </c>
       <c r="HS50" s="22">
         <v>0</v>
       </c>
       <c r="HT50" s="22">
         <v>0</v>
       </c>
       <c r="HU50" s="22">
         <v>0</v>
       </c>
       <c r="HV50" s="22">
         <v>0</v>
       </c>
       <c r="HW50" s="22">
         <v>0</v>
       </c>
       <c r="HX50" s="22">
         <v>0</v>
       </c>
       <c r="HY50" s="22">
         <v>0</v>
       </c>
+      <c r="HZ50" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA50" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB50" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C51" s="24">
         <v>17.806755590000002</v>
       </c>
       <c r="D51" s="24">
         <v>9.9214546400000003</v>
       </c>
       <c r="E51" s="24">
         <v>21.99929358</v>
       </c>
       <c r="F51" s="24">
         <v>0.30334033999999999</v>
       </c>
       <c r="G51" s="24">
         <v>11.499064300000001</v>
       </c>
       <c r="H51" s="24">
         <v>0</v>
       </c>
       <c r="I51" s="24">
         <v>0</v>
       </c>
       <c r="J51" s="24">
@@ -32695,200 +33093,200 @@
       </c>
       <c r="BJ51" s="24">
         <v>0</v>
       </c>
       <c r="BK51" s="24">
         <v>0</v>
       </c>
       <c r="BL51" s="24">
         <v>10.402067199999999</v>
       </c>
       <c r="BM51" s="24">
         <v>0</v>
       </c>
       <c r="BN51" s="24">
         <v>0</v>
       </c>
       <c r="BO51" s="24">
         <v>0</v>
       </c>
       <c r="BP51" s="24">
         <v>0</v>
       </c>
       <c r="BQ51" s="24">
         <v>0</v>
       </c>
-      <c r="BR51" s="25">
+      <c r="BR51" s="24">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="25">
         <v>10.49333068</v>
       </c>
-      <c r="BS51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BT51" s="25">
         <v>0</v>
       </c>
       <c r="BU51" s="25">
         <v>0</v>
       </c>
       <c r="BV51" s="25">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="25">
         <v>0.99568650999999997</v>
       </c>
-      <c r="BW51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BX51" s="25">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="25">
         <v>2.2994226599999998</v>
       </c>
-      <c r="BY51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BZ51" s="25">
         <v>0</v>
       </c>
       <c r="CA51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB51" s="25">
         <v>4.0183157500000002</v>
       </c>
-      <c r="CB51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CC51" s="25">
         <v>0</v>
       </c>
       <c r="CD51" s="25">
         <v>0</v>
       </c>
       <c r="CE51" s="25">
         <v>0</v>
       </c>
       <c r="CF51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG51" s="25">
         <v>5.0102860199999997</v>
       </c>
-      <c r="CG51" s="25">
+      <c r="CH51" s="25">
         <v>1.3935894900000001</v>
       </c>
-      <c r="CH51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CI51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ51" s="25">
         <v>1.12856858</v>
       </c>
-      <c r="CJ51" s="25">
+      <c r="CK51" s="25">
         <v>2.3890105500000001</v>
       </c>
-      <c r="CK51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CL51" s="25">
         <v>0</v>
       </c>
       <c r="CM51" s="25">
         <v>0</v>
       </c>
       <c r="CN51" s="25">
         <v>0</v>
       </c>
       <c r="CO51" s="25">
         <v>0</v>
       </c>
       <c r="CP51" s="25">
         <v>0</v>
       </c>
       <c r="CQ51" s="25">
         <v>0</v>
       </c>
       <c r="CR51" s="25">
         <v>0</v>
       </c>
       <c r="CS51" s="25">
         <v>0</v>
       </c>
       <c r="CT51" s="25">
         <v>0</v>
       </c>
       <c r="CU51" s="25">
         <v>0</v>
       </c>
       <c r="CV51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CW51" s="25">
         <v>0.49174828999999998</v>
       </c>
-      <c r="CW51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CX51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CY51" s="25">
         <v>21.061596659999999</v>
       </c>
-      <c r="CY51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CZ51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA51" s="25">
         <v>0.29862632</v>
       </c>
-      <c r="DA51" s="25">
+      <c r="DB51" s="25">
         <v>0.14732232000000001</v>
       </c>
-      <c r="DB51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DC51" s="25">
         <v>0</v>
       </c>
       <c r="DD51" s="25">
         <v>0</v>
       </c>
       <c r="DE51" s="25">
         <v>0</v>
       </c>
       <c r="DF51" s="25">
         <v>0</v>
       </c>
       <c r="DG51" s="25">
         <v>0</v>
       </c>
       <c r="DH51" s="25">
         <v>0</v>
       </c>
       <c r="DI51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DJ51" s="25">
         <v>0.30334033999999999</v>
       </c>
-      <c r="DJ51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DK51" s="25">
         <v>0</v>
       </c>
       <c r="DL51" s="25">
         <v>0</v>
       </c>
       <c r="DM51" s="25">
         <v>0</v>
       </c>
       <c r="DN51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO51" s="25">
         <v>11.499064300000001</v>
       </c>
-      <c r="DO51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DP51" s="25">
         <v>0</v>
       </c>
       <c r="DQ51" s="25">
         <v>0</v>
       </c>
       <c r="DR51" s="25">
         <v>0</v>
       </c>
       <c r="DS51" s="25">
         <v>0</v>
       </c>
       <c r="DT51" s="25">
         <v>0</v>
       </c>
       <c r="DU51" s="25">
         <v>0</v>
       </c>
       <c r="DV51" s="25">
         <v>0</v>
       </c>
       <c r="DW51" s="25">
         <v>0</v>
       </c>
       <c r="DX51" s="25">
@@ -33083,100 +33481,100 @@
       <c r="GI51" s="25">
         <v>0</v>
       </c>
       <c r="GJ51" s="25">
         <v>0</v>
       </c>
       <c r="GK51" s="25">
         <v>0</v>
       </c>
       <c r="GL51" s="25">
         <v>0</v>
       </c>
       <c r="GM51" s="25">
         <v>0</v>
       </c>
       <c r="GN51" s="25">
         <v>0</v>
       </c>
       <c r="GO51" s="25">
         <v>0</v>
       </c>
       <c r="GP51" s="25">
         <v>0</v>
       </c>
       <c r="GQ51" s="25">
+        <v>0</v>
+      </c>
+      <c r="GR51" s="25">
         <v>2.65445617</v>
       </c>
-      <c r="GR51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GS51" s="25">
         <v>0</v>
       </c>
       <c r="GT51" s="25">
+        <v>0</v>
+      </c>
+      <c r="GU51" s="25">
         <v>10.00019488</v>
       </c>
-      <c r="GU51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GV51" s="25">
         <v>0</v>
       </c>
       <c r="GW51" s="25">
         <v>0</v>
       </c>
       <c r="GX51" s="25">
         <v>0</v>
       </c>
       <c r="GY51" s="25">
         <v>0</v>
       </c>
       <c r="GZ51" s="25">
         <v>0</v>
       </c>
       <c r="HA51" s="25">
         <v>0</v>
       </c>
       <c r="HB51" s="25">
         <v>0</v>
       </c>
       <c r="HC51" s="25">
         <v>0</v>
       </c>
       <c r="HD51" s="25">
         <v>0</v>
       </c>
       <c r="HE51" s="25">
         <v>0</v>
       </c>
       <c r="HF51" s="25">
+        <v>0</v>
+      </c>
+      <c r="HG51" s="25">
         <v>10.402067199999999</v>
       </c>
-      <c r="HG51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HH51" s="25">
         <v>0</v>
       </c>
       <c r="HI51" s="25">
         <v>0</v>
       </c>
       <c r="HJ51" s="25">
         <v>0</v>
       </c>
       <c r="HK51" s="25">
         <v>0</v>
       </c>
       <c r="HL51" s="25">
         <v>0</v>
       </c>
       <c r="HM51" s="25">
         <v>0</v>
       </c>
       <c r="HN51" s="25">
         <v>0</v>
       </c>
       <c r="HO51" s="25">
         <v>0</v>
       </c>
       <c r="HP51" s="25">
@@ -33187,52 +33585,61 @@
       </c>
       <c r="HR51" s="25">
         <v>0</v>
       </c>
       <c r="HS51" s="25">
         <v>0</v>
       </c>
       <c r="HT51" s="25">
         <v>0</v>
       </c>
       <c r="HU51" s="25">
         <v>0</v>
       </c>
       <c r="HV51" s="25">
         <v>0</v>
       </c>
       <c r="HW51" s="25">
         <v>0</v>
       </c>
       <c r="HX51" s="25">
         <v>0</v>
       </c>
       <c r="HY51" s="25">
         <v>0</v>
       </c>
+      <c r="HZ51" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA51" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB51" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="52" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C52" s="24">
         <v>0</v>
       </c>
       <c r="D52" s="24">
         <v>0</v>
       </c>
       <c r="E52" s="24">
         <v>0</v>
       </c>
       <c r="F52" s="24">
         <v>0</v>
       </c>
       <c r="G52" s="24">
         <v>0</v>
       </c>
       <c r="H52" s="24">
         <v>0</v>
       </c>
       <c r="I52" s="24">
         <v>0</v>
       </c>
       <c r="J52" s="24">
@@ -33393,51 +33800,51 @@
       </c>
       <c r="BJ52" s="24">
         <v>0</v>
       </c>
       <c r="BK52" s="24">
         <v>0</v>
       </c>
       <c r="BL52" s="24">
         <v>0</v>
       </c>
       <c r="BM52" s="24">
         <v>0</v>
       </c>
       <c r="BN52" s="24">
         <v>0</v>
       </c>
       <c r="BO52" s="24">
         <v>0</v>
       </c>
       <c r="BP52" s="24">
         <v>0</v>
       </c>
       <c r="BQ52" s="24">
         <v>0</v>
       </c>
-      <c r="BR52" s="25">
+      <c r="BR52" s="24">
         <v>0</v>
       </c>
       <c r="BS52" s="25">
         <v>0</v>
       </c>
       <c r="BT52" s="25">
         <v>0</v>
       </c>
       <c r="BU52" s="25">
         <v>0</v>
       </c>
       <c r="BV52" s="25">
         <v>0</v>
       </c>
       <c r="BW52" s="25">
         <v>0</v>
       </c>
       <c r="BX52" s="25">
         <v>0</v>
       </c>
       <c r="BY52" s="25">
         <v>0</v>
       </c>
       <c r="BZ52" s="25">
         <v>0</v>
@@ -33885,52 +34292,61 @@
       </c>
       <c r="HR52" s="25">
         <v>0</v>
       </c>
       <c r="HS52" s="25">
         <v>0</v>
       </c>
       <c r="HT52" s="25">
         <v>0</v>
       </c>
       <c r="HU52" s="25">
         <v>0</v>
       </c>
       <c r="HV52" s="25">
         <v>0</v>
       </c>
       <c r="HW52" s="25">
         <v>0</v>
       </c>
       <c r="HX52" s="25">
         <v>0</v>
       </c>
       <c r="HY52" s="25">
         <v>0</v>
       </c>
+      <c r="HZ52" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA52" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB52" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
       <c r="B53" s="20" t="s">
         <v>83</v>
       </c>
       <c r="C53" s="21">
         <v>0</v>
       </c>
       <c r="D53" s="21">
         <v>0</v>
       </c>
       <c r="E53" s="21">
         <v>3.06589687</v>
       </c>
       <c r="F53" s="21">
         <v>0</v>
       </c>
       <c r="G53" s="21">
         <v>0</v>
       </c>
       <c r="H53" s="21">
         <v>0</v>
       </c>
       <c r="I53" s="21">
         <v>0</v>
       </c>
@@ -34092,51 +34508,51 @@
       </c>
       <c r="BJ53" s="21">
         <v>0</v>
       </c>
       <c r="BK53" s="21">
         <v>0</v>
       </c>
       <c r="BL53" s="21">
         <v>0</v>
       </c>
       <c r="BM53" s="21">
         <v>0</v>
       </c>
       <c r="BN53" s="21">
         <v>0</v>
       </c>
       <c r="BO53" s="21">
         <v>0</v>
       </c>
       <c r="BP53" s="21">
         <v>0</v>
       </c>
       <c r="BQ53" s="21">
         <v>0</v>
       </c>
-      <c r="BR53" s="22">
+      <c r="BR53" s="21">
         <v>0</v>
       </c>
       <c r="BS53" s="22">
         <v>0</v>
       </c>
       <c r="BT53" s="22">
         <v>0</v>
       </c>
       <c r="BU53" s="22">
         <v>0</v>
       </c>
       <c r="BV53" s="22">
         <v>0</v>
       </c>
       <c r="BW53" s="22">
         <v>0</v>
       </c>
       <c r="BX53" s="22">
         <v>0</v>
       </c>
       <c r="BY53" s="22">
         <v>0</v>
       </c>
       <c r="BZ53" s="22">
         <v>0</v>
@@ -34186,61 +34602,61 @@
       <c r="CO53" s="22">
         <v>0</v>
       </c>
       <c r="CP53" s="22">
         <v>0</v>
       </c>
       <c r="CQ53" s="22">
         <v>0</v>
       </c>
       <c r="CR53" s="22">
         <v>0</v>
       </c>
       <c r="CS53" s="22">
         <v>0</v>
       </c>
       <c r="CT53" s="22">
         <v>0</v>
       </c>
       <c r="CU53" s="22">
         <v>0</v>
       </c>
       <c r="CV53" s="22">
         <v>0</v>
       </c>
       <c r="CW53" s="22">
+        <v>0</v>
+      </c>
+      <c r="CX53" s="22">
         <v>1.91120844</v>
       </c>
-      <c r="CX53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY53" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ53" s="22">
         <v>1.15468843</v>
       </c>
-      <c r="CZ53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA53" s="22">
         <v>0</v>
       </c>
       <c r="DB53" s="22">
         <v>0</v>
       </c>
       <c r="DC53" s="22">
         <v>0</v>
       </c>
       <c r="DD53" s="22">
         <v>0</v>
       </c>
       <c r="DE53" s="22">
         <v>0</v>
       </c>
       <c r="DF53" s="22">
         <v>0</v>
       </c>
       <c r="DG53" s="22">
         <v>0</v>
       </c>
       <c r="DH53" s="22">
         <v>0</v>
       </c>
       <c r="DI53" s="22">
@@ -34462,76 +34878,76 @@
       <c r="GC53" s="22">
         <v>0</v>
       </c>
       <c r="GD53" s="22">
         <v>0</v>
       </c>
       <c r="GE53" s="22">
         <v>0</v>
       </c>
       <c r="GF53" s="22">
         <v>0</v>
       </c>
       <c r="GG53" s="22">
         <v>0</v>
       </c>
       <c r="GH53" s="22">
         <v>0</v>
       </c>
       <c r="GI53" s="22">
         <v>0</v>
       </c>
       <c r="GJ53" s="22">
         <v>0</v>
       </c>
       <c r="GK53" s="22">
+        <v>0</v>
+      </c>
+      <c r="GL53" s="22">
         <v>1.7253965099999999</v>
       </c>
-      <c r="GL53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GM53" s="22">
         <v>0</v>
       </c>
       <c r="GN53" s="22">
+        <v>0</v>
+      </c>
+      <c r="GO53" s="22">
         <v>3.4507930199999999</v>
       </c>
-      <c r="GO53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GP53" s="22">
         <v>0</v>
       </c>
       <c r="GQ53" s="22">
         <v>0</v>
       </c>
       <c r="GR53" s="22">
+        <v>0</v>
+      </c>
+      <c r="GS53" s="22">
         <v>4.7780211000000001</v>
       </c>
-      <c r="GS53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GT53" s="22">
         <v>0</v>
       </c>
       <c r="GU53" s="22">
         <v>0</v>
       </c>
       <c r="GV53" s="22">
         <v>0</v>
       </c>
       <c r="GW53" s="22">
         <v>0</v>
       </c>
       <c r="GX53" s="22">
         <v>0</v>
       </c>
       <c r="GY53" s="22">
         <v>0</v>
       </c>
       <c r="GZ53" s="22">
         <v>0</v>
       </c>
       <c r="HA53" s="22">
         <v>0</v>
       </c>
       <c r="HB53" s="22">
@@ -34584,52 +35000,61 @@
       </c>
       <c r="HR53" s="22">
         <v>0</v>
       </c>
       <c r="HS53" s="22">
         <v>0</v>
       </c>
       <c r="HT53" s="22">
         <v>0</v>
       </c>
       <c r="HU53" s="22">
         <v>0</v>
       </c>
       <c r="HV53" s="22">
         <v>0</v>
       </c>
       <c r="HW53" s="22">
         <v>0</v>
       </c>
       <c r="HX53" s="22">
         <v>0</v>
       </c>
       <c r="HY53" s="22">
         <v>0</v>
       </c>
+      <c r="HZ53" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA53" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB53" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="24">
         <v>0</v>
       </c>
       <c r="D54" s="24">
         <v>0</v>
       </c>
       <c r="E54" s="24">
         <v>3.06589687</v>
       </c>
       <c r="F54" s="24">
         <v>0</v>
       </c>
       <c r="G54" s="24">
         <v>0</v>
       </c>
       <c r="H54" s="24">
         <v>0</v>
       </c>
       <c r="I54" s="24">
         <v>0</v>
       </c>
       <c r="J54" s="24">
@@ -34790,51 +35215,51 @@
       </c>
       <c r="BJ54" s="24">
         <v>0</v>
       </c>
       <c r="BK54" s="24">
         <v>0</v>
       </c>
       <c r="BL54" s="24">
         <v>0</v>
       </c>
       <c r="BM54" s="24">
         <v>0</v>
       </c>
       <c r="BN54" s="24">
         <v>0</v>
       </c>
       <c r="BO54" s="24">
         <v>0</v>
       </c>
       <c r="BP54" s="24">
         <v>0</v>
       </c>
       <c r="BQ54" s="24">
         <v>0</v>
       </c>
-      <c r="BR54" s="25">
+      <c r="BR54" s="24">
         <v>0</v>
       </c>
       <c r="BS54" s="25">
         <v>0</v>
       </c>
       <c r="BT54" s="25">
         <v>0</v>
       </c>
       <c r="BU54" s="25">
         <v>0</v>
       </c>
       <c r="BV54" s="25">
         <v>0</v>
       </c>
       <c r="BW54" s="25">
         <v>0</v>
       </c>
       <c r="BX54" s="25">
         <v>0</v>
       </c>
       <c r="BY54" s="25">
         <v>0</v>
       </c>
       <c r="BZ54" s="25">
         <v>0</v>
@@ -34884,61 +35309,61 @@
       <c r="CO54" s="25">
         <v>0</v>
       </c>
       <c r="CP54" s="25">
         <v>0</v>
       </c>
       <c r="CQ54" s="25">
         <v>0</v>
       </c>
       <c r="CR54" s="25">
         <v>0</v>
       </c>
       <c r="CS54" s="25">
         <v>0</v>
       </c>
       <c r="CT54" s="25">
         <v>0</v>
       </c>
       <c r="CU54" s="25">
         <v>0</v>
       </c>
       <c r="CV54" s="25">
         <v>0</v>
       </c>
       <c r="CW54" s="25">
+        <v>0</v>
+      </c>
+      <c r="CX54" s="25">
         <v>1.91120844</v>
       </c>
-      <c r="CX54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY54" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ54" s="25">
         <v>1.15468843</v>
       </c>
-      <c r="CZ54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA54" s="25">
         <v>0</v>
       </c>
       <c r="DB54" s="25">
         <v>0</v>
       </c>
       <c r="DC54" s="25">
         <v>0</v>
       </c>
       <c r="DD54" s="25">
         <v>0</v>
       </c>
       <c r="DE54" s="25">
         <v>0</v>
       </c>
       <c r="DF54" s="25">
         <v>0</v>
       </c>
       <c r="DG54" s="25">
         <v>0</v>
       </c>
       <c r="DH54" s="25">
         <v>0</v>
       </c>
       <c r="DI54" s="25">
@@ -35160,76 +35585,76 @@
       <c r="GC54" s="25">
         <v>0</v>
       </c>
       <c r="GD54" s="25">
         <v>0</v>
       </c>
       <c r="GE54" s="25">
         <v>0</v>
       </c>
       <c r="GF54" s="25">
         <v>0</v>
       </c>
       <c r="GG54" s="25">
         <v>0</v>
       </c>
       <c r="GH54" s="25">
         <v>0</v>
       </c>
       <c r="GI54" s="25">
         <v>0</v>
       </c>
       <c r="GJ54" s="25">
         <v>0</v>
       </c>
       <c r="GK54" s="25">
+        <v>0</v>
+      </c>
+      <c r="GL54" s="25">
         <v>1.7253965099999999</v>
       </c>
-      <c r="GL54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GM54" s="25">
         <v>0</v>
       </c>
       <c r="GN54" s="25">
+        <v>0</v>
+      </c>
+      <c r="GO54" s="25">
         <v>3.4507930199999999</v>
       </c>
-      <c r="GO54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GP54" s="25">
         <v>0</v>
       </c>
       <c r="GQ54" s="25">
         <v>0</v>
       </c>
       <c r="GR54" s="25">
+        <v>0</v>
+      </c>
+      <c r="GS54" s="25">
         <v>4.7780211000000001</v>
       </c>
-      <c r="GS54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GT54" s="25">
         <v>0</v>
       </c>
       <c r="GU54" s="25">
         <v>0</v>
       </c>
       <c r="GV54" s="25">
         <v>0</v>
       </c>
       <c r="GW54" s="25">
         <v>0</v>
       </c>
       <c r="GX54" s="25">
         <v>0</v>
       </c>
       <c r="GY54" s="25">
         <v>0</v>
       </c>
       <c r="GZ54" s="25">
         <v>0</v>
       </c>
       <c r="HA54" s="25">
         <v>0</v>
       </c>
       <c r="HB54" s="25">
@@ -35282,52 +35707,61 @@
       </c>
       <c r="HR54" s="25">
         <v>0</v>
       </c>
       <c r="HS54" s="25">
         <v>0</v>
       </c>
       <c r="HT54" s="25">
         <v>0</v>
       </c>
       <c r="HU54" s="25">
         <v>0</v>
       </c>
       <c r="HV54" s="25">
         <v>0</v>
       </c>
       <c r="HW54" s="25">
         <v>0</v>
       </c>
       <c r="HX54" s="25">
         <v>0</v>
       </c>
       <c r="HY54" s="25">
         <v>0</v>
       </c>
+      <c r="HZ54" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA54" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB54" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C55" s="24">
         <v>0</v>
       </c>
       <c r="D55" s="24">
         <v>0</v>
       </c>
       <c r="E55" s="24">
         <v>0</v>
       </c>
       <c r="F55" s="24">
         <v>0</v>
       </c>
       <c r="G55" s="24">
         <v>0</v>
       </c>
       <c r="H55" s="24">
         <v>0</v>
       </c>
       <c r="I55" s="24">
         <v>0</v>
       </c>
       <c r="J55" s="24">
@@ -35488,51 +35922,51 @@
       </c>
       <c r="BJ55" s="24">
         <v>0</v>
       </c>
       <c r="BK55" s="24">
         <v>0</v>
       </c>
       <c r="BL55" s="24">
         <v>0</v>
       </c>
       <c r="BM55" s="24">
         <v>0</v>
       </c>
       <c r="BN55" s="24">
         <v>0</v>
       </c>
       <c r="BO55" s="24">
         <v>0</v>
       </c>
       <c r="BP55" s="24">
         <v>0</v>
       </c>
       <c r="BQ55" s="24">
         <v>0</v>
       </c>
-      <c r="BR55" s="25">
+      <c r="BR55" s="24">
         <v>0</v>
       </c>
       <c r="BS55" s="25">
         <v>0</v>
       </c>
       <c r="BT55" s="25">
         <v>0</v>
       </c>
       <c r="BU55" s="25">
         <v>0</v>
       </c>
       <c r="BV55" s="25">
         <v>0</v>
       </c>
       <c r="BW55" s="25">
         <v>0</v>
       </c>
       <c r="BX55" s="25">
         <v>0</v>
       </c>
       <c r="BY55" s="25">
         <v>0</v>
       </c>
       <c r="BZ55" s="25">
         <v>0</v>
@@ -35980,52 +36414,61 @@
       </c>
       <c r="HR55" s="25">
         <v>0</v>
       </c>
       <c r="HS55" s="25">
         <v>0</v>
       </c>
       <c r="HT55" s="25">
         <v>0</v>
       </c>
       <c r="HU55" s="25">
         <v>0</v>
       </c>
       <c r="HV55" s="25">
         <v>0</v>
       </c>
       <c r="HW55" s="25">
         <v>0</v>
       </c>
       <c r="HX55" s="25">
         <v>0</v>
       </c>
       <c r="HY55" s="25">
         <v>0</v>
       </c>
+      <c r="HZ55" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA55" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB55" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="3"/>
       <c r="B56" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C56" s="21">
         <v>39.846718430000003</v>
       </c>
       <c r="D56" s="21">
         <v>165.75682527000001</v>
       </c>
       <c r="E56" s="21">
         <v>47.4602681</v>
       </c>
       <c r="F56" s="21">
         <v>91.507413900000003</v>
       </c>
       <c r="G56" s="21">
         <v>21.177377400000001</v>
       </c>
       <c r="H56" s="21">
         <v>23.960783060000001</v>
       </c>
       <c r="I56" s="21">
         <v>105.40048509</v>
       </c>
@@ -36187,455 +36630,455 @@
       </c>
       <c r="BJ56" s="21">
         <v>0</v>
       </c>
       <c r="BK56" s="21">
         <v>0</v>
       </c>
       <c r="BL56" s="21">
         <v>0</v>
       </c>
       <c r="BM56" s="21">
         <v>0</v>
       </c>
       <c r="BN56" s="21">
         <v>0</v>
       </c>
       <c r="BO56" s="21">
         <v>0.90591999999999995</v>
       </c>
       <c r="BP56" s="21">
         <v>0</v>
       </c>
       <c r="BQ56" s="21">
         <v>0</v>
       </c>
-      <c r="BR56" s="22">
+      <c r="BR56" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS56" s="22">
         <v>19.422045260000001</v>
       </c>
-      <c r="BS56" s="22">
+      <c r="BT56" s="22">
         <v>9.7963501199999996</v>
       </c>
-      <c r="BT56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="BV56" s="22">
         <v>0.62326630999999999</v>
       </c>
-      <c r="BV56" s="22">
+      <c r="BW56" s="22">
         <v>9.9179773000000004</v>
       </c>
-      <c r="BW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BX56" s="22">
         <v>0</v>
       </c>
       <c r="BY56" s="22">
+        <v>0</v>
+      </c>
+      <c r="BZ56" s="22">
         <v>8.7079429999999999E-2</v>
       </c>
-      <c r="BZ56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA56" s="22">
         <v>0</v>
       </c>
       <c r="CB56" s="22">
         <v>0</v>
       </c>
       <c r="CC56" s="22">
         <v>0</v>
       </c>
       <c r="CD56" s="22">
         <v>0</v>
       </c>
       <c r="CE56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CF56" s="22">
         <v>115.05434999000001</v>
       </c>
-      <c r="CF56" s="22">
+      <c r="CG56" s="22">
         <v>0.79633684999999998</v>
       </c>
-      <c r="CG56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CH56" s="22">
         <v>0</v>
       </c>
       <c r="CI56" s="22">
         <v>0</v>
       </c>
       <c r="CJ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CK56" s="22">
         <v>5.1272811699999998</v>
       </c>
-      <c r="CK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CL56" s="22">
         <v>0</v>
       </c>
       <c r="CM56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN56" s="22">
         <v>41.474298230000002</v>
       </c>
-      <c r="CN56" s="22">
+      <c r="CO56" s="22">
         <v>2.5364125</v>
       </c>
-      <c r="CO56" s="22">
+      <c r="CP56" s="22">
         <v>0.76814652999999999</v>
       </c>
-      <c r="CP56" s="22">
+      <c r="CQ56" s="22">
         <v>10.80733161</v>
       </c>
-      <c r="CQ56" s="22">
+      <c r="CR56" s="22">
         <v>0.72695997999999995</v>
       </c>
-      <c r="CR56" s="22">
+      <c r="CS56" s="22">
         <v>1.11208441</v>
       </c>
-      <c r="CS56" s="22">
+      <c r="CT56" s="22">
         <v>10.315065369999999</v>
       </c>
-      <c r="CT56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CU56" s="22">
         <v>0</v>
       </c>
       <c r="CV56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CW56" s="22">
         <v>3.8585188100000001</v>
       </c>
-      <c r="CW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CX56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CY56" s="22">
         <v>6.9679474399999997</v>
       </c>
-      <c r="CY56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CZ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA56" s="22">
         <v>13.67236048</v>
       </c>
-      <c r="DA56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DC56" s="22">
         <v>10.4844648</v>
       </c>
-      <c r="DC56" s="22">
+      <c r="DD56" s="22">
         <v>51.280816250000001</v>
       </c>
-      <c r="DD56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DE56" s="22">
         <v>0</v>
       </c>
       <c r="DF56" s="22">
         <v>0</v>
       </c>
       <c r="DG56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DH56" s="22">
         <v>10.74949101</v>
       </c>
-      <c r="DH56" s="22">
+      <c r="DI56" s="22">
         <v>10.02126219</v>
       </c>
-      <c r="DI56" s="22">
+      <c r="DJ56" s="22">
         <v>3.9915800699999999</v>
       </c>
-      <c r="DJ56" s="22">
+      <c r="DK56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="DK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DL56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DM56" s="22">
         <v>3.9843918</v>
       </c>
-      <c r="DM56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DN56" s="22">
         <v>0</v>
       </c>
       <c r="DO56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DP56" s="22">
         <v>1.8581193199999999</v>
       </c>
-      <c r="DP56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ56" s="22">
         <v>0</v>
       </c>
       <c r="DR56" s="22">
         <v>0</v>
       </c>
       <c r="DS56" s="22">
         <v>0</v>
       </c>
       <c r="DT56" s="22">
         <v>0</v>
       </c>
       <c r="DU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DV56" s="22">
         <v>13.50595262</v>
       </c>
-      <c r="DV56" s="22">
+      <c r="DW56" s="22">
         <v>4.7940075699999998</v>
       </c>
-      <c r="DW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DX56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DY56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="DY56" s="22">
+      <c r="DZ56" s="22">
         <v>2.3890109999999999E-2</v>
       </c>
-      <c r="DZ56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EA56" s="22">
         <v>0</v>
       </c>
       <c r="EB56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EC56" s="22">
         <v>5.9725263799999997</v>
       </c>
-      <c r="EC56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="ED56" s="22">
         <v>0</v>
       </c>
       <c r="EE56" s="22">
         <v>0</v>
       </c>
       <c r="EF56" s="22">
         <v>0</v>
       </c>
       <c r="EG56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EH56" s="22">
         <v>7.1280668900000004</v>
       </c>
-      <c r="EH56" s="22">
+      <c r="EI56" s="22">
         <v>9.8647819999999999</v>
       </c>
-      <c r="EI56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EJ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EK56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="EK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EL56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EM56" s="22">
         <v>2.75710582</v>
       </c>
-      <c r="EM56" s="22">
+      <c r="EN56" s="22">
         <v>5.6570762600000002</v>
       </c>
-      <c r="EN56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EO56" s="22">
         <v>0</v>
       </c>
       <c r="EP56" s="22">
         <v>0</v>
       </c>
       <c r="EQ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="ER56" s="22">
         <v>1.32722808</v>
       </c>
-      <c r="ER56" s="22">
+      <c r="ES56" s="22">
         <v>22.828309780000001</v>
       </c>
-      <c r="ES56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="ET56" s="22">
         <v>0</v>
       </c>
       <c r="EU56" s="22">
         <v>0</v>
       </c>
       <c r="EV56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EW56" s="22">
         <v>72.830765150000005</v>
       </c>
-      <c r="EW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EX56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EY56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="EY56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EZ56" s="22">
         <v>0</v>
       </c>
       <c r="FA56" s="22">
         <v>0</v>
       </c>
       <c r="FB56" s="22">
         <v>0</v>
       </c>
       <c r="FC56" s="22">
         <v>0</v>
       </c>
       <c r="FD56" s="22">
         <v>0</v>
       </c>
       <c r="FE56" s="22">
         <v>0</v>
       </c>
       <c r="FF56" s="22">
+        <v>0</v>
+      </c>
+      <c r="FG56" s="22">
         <v>1.2696330600000001</v>
       </c>
-      <c r="FG56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FH56" s="22">
         <v>0</v>
       </c>
       <c r="FI56" s="22">
+        <v>0</v>
+      </c>
+      <c r="FJ56" s="22">
         <v>12.392461340000001</v>
       </c>
-      <c r="FJ56" s="22">
+      <c r="FK56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="FK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FL56" s="22">
         <v>0</v>
       </c>
       <c r="FM56" s="22">
         <v>0</v>
       </c>
       <c r="FN56" s="22">
         <v>0</v>
       </c>
       <c r="FO56" s="22">
+        <v>0</v>
+      </c>
+      <c r="FP56" s="22">
         <v>16.27549273</v>
       </c>
-      <c r="FP56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FQ56" s="22">
         <v>0</v>
       </c>
       <c r="FR56" s="22">
         <v>0</v>
       </c>
       <c r="FS56" s="22">
         <v>0</v>
       </c>
       <c r="FT56" s="22">
         <v>0</v>
       </c>
       <c r="FU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="FV56" s="22">
         <v>0.99540779000000001</v>
       </c>
-      <c r="FV56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FW56" s="22">
+        <v>0</v>
+      </c>
+      <c r="FX56" s="22">
         <v>46.452982949999999</v>
       </c>
-      <c r="FX56" s="22">
+      <c r="FY56" s="22">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FY56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FZ56" s="22">
         <v>0</v>
       </c>
       <c r="GA56" s="22">
         <v>0</v>
       </c>
       <c r="GB56" s="22">
         <v>0</v>
       </c>
       <c r="GC56" s="22">
         <v>0</v>
       </c>
       <c r="GD56" s="22">
         <v>0</v>
       </c>
       <c r="GE56" s="22">
         <v>0</v>
       </c>
       <c r="GF56" s="22">
         <v>0</v>
       </c>
       <c r="GG56" s="22">
         <v>0</v>
       </c>
       <c r="GH56" s="22">
         <v>0</v>
       </c>
       <c r="GI56" s="22">
         <v>0</v>
       </c>
       <c r="GJ56" s="22">
         <v>0</v>
       </c>
       <c r="GK56" s="22">
+        <v>0</v>
+      </c>
+      <c r="GL56" s="22">
         <v>658.89459154999997</v>
       </c>
-      <c r="GL56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GM56" s="22">
         <v>0</v>
       </c>
       <c r="GN56" s="22">
+        <v>0</v>
+      </c>
+      <c r="GO56" s="22">
         <v>0.57920234000000004</v>
       </c>
-      <c r="GO56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GP56" s="22">
         <v>0</v>
       </c>
       <c r="GQ56" s="22">
         <v>0</v>
       </c>
       <c r="GR56" s="22">
         <v>0</v>
       </c>
       <c r="GS56" s="22">
         <v>0</v>
       </c>
       <c r="GT56" s="22">
         <v>0</v>
       </c>
       <c r="GU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="GV56" s="22">
         <v>39.368000000000002</v>
       </c>
-      <c r="GV56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GW56" s="22">
         <v>0</v>
       </c>
       <c r="GX56" s="22">
         <v>0</v>
       </c>
       <c r="GY56" s="22">
         <v>0</v>
       </c>
       <c r="GZ56" s="22">
         <v>0</v>
       </c>
       <c r="HA56" s="22">
         <v>0</v>
       </c>
       <c r="HB56" s="22">
         <v>0</v>
       </c>
       <c r="HC56" s="22">
         <v>0</v>
       </c>
       <c r="HD56" s="22">
         <v>0</v>
       </c>
       <c r="HE56" s="22">
@@ -36653,78 +37096,87 @@
       <c r="HI56" s="22">
         <v>0</v>
       </c>
       <c r="HJ56" s="22">
         <v>0</v>
       </c>
       <c r="HK56" s="22">
         <v>0</v>
       </c>
       <c r="HL56" s="22">
         <v>0</v>
       </c>
       <c r="HM56" s="22">
         <v>0</v>
       </c>
       <c r="HN56" s="22">
         <v>0</v>
       </c>
       <c r="HO56" s="22">
         <v>0</v>
       </c>
       <c r="HP56" s="22">
         <v>0</v>
       </c>
       <c r="HQ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="HR56" s="22">
         <v>0.90591999999999995</v>
       </c>
-      <c r="HR56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HS56" s="22">
         <v>0</v>
       </c>
       <c r="HT56" s="22">
         <v>0</v>
       </c>
       <c r="HU56" s="22">
         <v>0</v>
       </c>
       <c r="HV56" s="22">
         <v>0</v>
       </c>
       <c r="HW56" s="22">
         <v>0</v>
       </c>
       <c r="HX56" s="22">
         <v>0</v>
       </c>
       <c r="HY56" s="22">
         <v>0</v>
       </c>
+      <c r="HZ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA56" s="22">
+        <v>0</v>
+      </c>
+      <c r="IB56" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C57" s="24">
         <v>39.846718430000003</v>
       </c>
       <c r="D57" s="24">
         <v>165.75682527000001</v>
       </c>
       <c r="E57" s="24">
         <v>47.4602681</v>
       </c>
       <c r="F57" s="24">
         <v>91.507413900000003</v>
       </c>
       <c r="G57" s="24">
         <v>21.177377400000001</v>
       </c>
       <c r="H57" s="24">
         <v>23.960783060000001</v>
       </c>
       <c r="I57" s="24">
         <v>105.40048509</v>
       </c>
       <c r="J57" s="24">
@@ -36885,455 +37337,455 @@
       </c>
       <c r="BJ57" s="24">
         <v>0</v>
       </c>
       <c r="BK57" s="24">
         <v>0</v>
       </c>
       <c r="BL57" s="24">
         <v>0</v>
       </c>
       <c r="BM57" s="24">
         <v>0</v>
       </c>
       <c r="BN57" s="24">
         <v>0</v>
       </c>
       <c r="BO57" s="24">
         <v>0.90591999999999995</v>
       </c>
       <c r="BP57" s="24">
         <v>0</v>
       </c>
       <c r="BQ57" s="24">
         <v>0</v>
       </c>
-      <c r="BR57" s="25">
+      <c r="BR57" s="24">
+        <v>0</v>
+      </c>
+      <c r="BS57" s="25">
         <v>19.422045260000001</v>
       </c>
-      <c r="BS57" s="25">
+      <c r="BT57" s="25">
         <v>9.7963501199999996</v>
       </c>
-      <c r="BT57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV57" s="25">
         <v>0.62326630999999999</v>
       </c>
-      <c r="BV57" s="25">
+      <c r="BW57" s="25">
         <v>9.9179773000000004</v>
       </c>
-      <c r="BW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BX57" s="25">
         <v>0</v>
       </c>
       <c r="BY57" s="25">
+        <v>0</v>
+      </c>
+      <c r="BZ57" s="25">
         <v>8.7079429999999999E-2</v>
       </c>
-      <c r="BZ57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA57" s="25">
         <v>0</v>
       </c>
       <c r="CB57" s="25">
         <v>0</v>
       </c>
       <c r="CC57" s="25">
         <v>0</v>
       </c>
       <c r="CD57" s="25">
         <v>0</v>
       </c>
       <c r="CE57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CF57" s="25">
         <v>115.05434999000001</v>
       </c>
-      <c r="CF57" s="25">
+      <c r="CG57" s="25">
         <v>0.79633684999999998</v>
       </c>
-      <c r="CG57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CH57" s="25">
         <v>0</v>
       </c>
       <c r="CI57" s="25">
         <v>0</v>
       </c>
       <c r="CJ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CK57" s="25">
         <v>5.1272811699999998</v>
       </c>
-      <c r="CK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CL57" s="25">
         <v>0</v>
       </c>
       <c r="CM57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN57" s="25">
         <v>41.474298230000002</v>
       </c>
-      <c r="CN57" s="25">
+      <c r="CO57" s="25">
         <v>2.5364125</v>
       </c>
-      <c r="CO57" s="25">
+      <c r="CP57" s="25">
         <v>0.76814652999999999</v>
       </c>
-      <c r="CP57" s="25">
+      <c r="CQ57" s="25">
         <v>10.80733161</v>
       </c>
-      <c r="CQ57" s="25">
+      <c r="CR57" s="25">
         <v>0.72695997999999995</v>
       </c>
-      <c r="CR57" s="25">
+      <c r="CS57" s="25">
         <v>1.11208441</v>
       </c>
-      <c r="CS57" s="25">
+      <c r="CT57" s="25">
         <v>10.315065369999999</v>
       </c>
-      <c r="CT57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CU57" s="25">
         <v>0</v>
       </c>
       <c r="CV57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CW57" s="25">
         <v>3.8585188100000001</v>
       </c>
-      <c r="CW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CX57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CY57" s="25">
         <v>6.9679474399999997</v>
       </c>
-      <c r="CY57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CZ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA57" s="25">
         <v>13.67236048</v>
       </c>
-      <c r="DA57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DC57" s="25">
         <v>10.4844648</v>
       </c>
-      <c r="DC57" s="25">
+      <c r="DD57" s="25">
         <v>51.280816250000001</v>
       </c>
-      <c r="DD57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DE57" s="25">
         <v>0</v>
       </c>
       <c r="DF57" s="25">
         <v>0</v>
       </c>
       <c r="DG57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DH57" s="25">
         <v>10.74949101</v>
       </c>
-      <c r="DH57" s="25">
+      <c r="DI57" s="25">
         <v>10.02126219</v>
       </c>
-      <c r="DI57" s="25">
+      <c r="DJ57" s="25">
         <v>3.9915800699999999</v>
       </c>
-      <c r="DJ57" s="25">
+      <c r="DK57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="DK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DL57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DM57" s="25">
         <v>3.9843918</v>
       </c>
-      <c r="DM57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN57" s="25">
         <v>0</v>
       </c>
       <c r="DO57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DP57" s="25">
         <v>1.8581193199999999</v>
       </c>
-      <c r="DP57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ57" s="25">
         <v>0</v>
       </c>
       <c r="DR57" s="25">
         <v>0</v>
       </c>
       <c r="DS57" s="25">
         <v>0</v>
       </c>
       <c r="DT57" s="25">
         <v>0</v>
       </c>
       <c r="DU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DV57" s="25">
         <v>13.50595262</v>
       </c>
-      <c r="DV57" s="25">
+      <c r="DW57" s="25">
         <v>4.7940075699999998</v>
       </c>
-      <c r="DW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DX57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DY57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="DY57" s="25">
+      <c r="DZ57" s="25">
         <v>2.3890109999999999E-2</v>
       </c>
-      <c r="DZ57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EA57" s="25">
         <v>0</v>
       </c>
       <c r="EB57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EC57" s="25">
         <v>5.9725263799999997</v>
       </c>
-      <c r="EC57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="ED57" s="25">
         <v>0</v>
       </c>
       <c r="EE57" s="25">
         <v>0</v>
       </c>
       <c r="EF57" s="25">
         <v>0</v>
       </c>
       <c r="EG57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EH57" s="25">
         <v>7.1280668900000004</v>
       </c>
-      <c r="EH57" s="25">
+      <c r="EI57" s="25">
         <v>9.8647819999999999</v>
       </c>
-      <c r="EI57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EJ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EK57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="EK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EL57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EM57" s="25">
         <v>2.75710582</v>
       </c>
-      <c r="EM57" s="25">
+      <c r="EN57" s="25">
         <v>5.6570762600000002</v>
       </c>
-      <c r="EN57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EO57" s="25">
         <v>0</v>
       </c>
       <c r="EP57" s="25">
         <v>0</v>
       </c>
       <c r="EQ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="ER57" s="25">
         <v>1.32722808</v>
       </c>
-      <c r="ER57" s="25">
+      <c r="ES57" s="25">
         <v>22.828309780000001</v>
       </c>
-      <c r="ES57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="ET57" s="25">
         <v>0</v>
       </c>
       <c r="EU57" s="25">
         <v>0</v>
       </c>
       <c r="EV57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EW57" s="25">
         <v>72.830765150000005</v>
       </c>
-      <c r="EW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EX57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EY57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="EY57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EZ57" s="25">
         <v>0</v>
       </c>
       <c r="FA57" s="25">
         <v>0</v>
       </c>
       <c r="FB57" s="25">
         <v>0</v>
       </c>
       <c r="FC57" s="25">
         <v>0</v>
       </c>
       <c r="FD57" s="25">
         <v>0</v>
       </c>
       <c r="FE57" s="25">
         <v>0</v>
       </c>
       <c r="FF57" s="25">
+        <v>0</v>
+      </c>
+      <c r="FG57" s="25">
         <v>1.2696330600000001</v>
       </c>
-      <c r="FG57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FH57" s="25">
         <v>0</v>
       </c>
       <c r="FI57" s="25">
+        <v>0</v>
+      </c>
+      <c r="FJ57" s="25">
         <v>12.392461340000001</v>
       </c>
-      <c r="FJ57" s="25">
+      <c r="FK57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="FK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FL57" s="25">
         <v>0</v>
       </c>
       <c r="FM57" s="25">
         <v>0</v>
       </c>
       <c r="FN57" s="25">
         <v>0</v>
       </c>
       <c r="FO57" s="25">
+        <v>0</v>
+      </c>
+      <c r="FP57" s="25">
         <v>16.27549273</v>
       </c>
-      <c r="FP57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FQ57" s="25">
         <v>0</v>
       </c>
       <c r="FR57" s="25">
         <v>0</v>
       </c>
       <c r="FS57" s="25">
         <v>0</v>
       </c>
       <c r="FT57" s="25">
         <v>0</v>
       </c>
       <c r="FU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="FV57" s="25">
         <v>0.99540779000000001</v>
       </c>
-      <c r="FV57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FW57" s="25">
+        <v>0</v>
+      </c>
+      <c r="FX57" s="25">
         <v>46.452982949999999</v>
       </c>
-      <c r="FX57" s="25">
+      <c r="FY57" s="25">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FY57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FZ57" s="25">
         <v>0</v>
       </c>
       <c r="GA57" s="25">
         <v>0</v>
       </c>
       <c r="GB57" s="25">
         <v>0</v>
       </c>
       <c r="GC57" s="25">
         <v>0</v>
       </c>
       <c r="GD57" s="25">
         <v>0</v>
       </c>
       <c r="GE57" s="25">
         <v>0</v>
       </c>
       <c r="GF57" s="25">
         <v>0</v>
       </c>
       <c r="GG57" s="25">
         <v>0</v>
       </c>
       <c r="GH57" s="25">
         <v>0</v>
       </c>
       <c r="GI57" s="25">
         <v>0</v>
       </c>
       <c r="GJ57" s="25">
         <v>0</v>
       </c>
       <c r="GK57" s="25">
+        <v>0</v>
+      </c>
+      <c r="GL57" s="25">
         <v>658.89459154999997</v>
       </c>
-      <c r="GL57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GM57" s="25">
         <v>0</v>
       </c>
       <c r="GN57" s="25">
+        <v>0</v>
+      </c>
+      <c r="GO57" s="25">
         <v>0.57920234000000004</v>
       </c>
-      <c r="GO57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GP57" s="25">
         <v>0</v>
       </c>
       <c r="GQ57" s="25">
         <v>0</v>
       </c>
       <c r="GR57" s="25">
         <v>0</v>
       </c>
       <c r="GS57" s="25">
         <v>0</v>
       </c>
       <c r="GT57" s="25">
         <v>0</v>
       </c>
       <c r="GU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="GV57" s="25">
         <v>39.368000000000002</v>
       </c>
-      <c r="GV57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GW57" s="25">
         <v>0</v>
       </c>
       <c r="GX57" s="25">
         <v>0</v>
       </c>
       <c r="GY57" s="25">
         <v>0</v>
       </c>
       <c r="GZ57" s="25">
         <v>0</v>
       </c>
       <c r="HA57" s="25">
         <v>0</v>
       </c>
       <c r="HB57" s="25">
         <v>0</v>
       </c>
       <c r="HC57" s="25">
         <v>0</v>
       </c>
       <c r="HD57" s="25">
         <v>0</v>
       </c>
       <c r="HE57" s="25">
@@ -37351,78 +37803,87 @@
       <c r="HI57" s="25">
         <v>0</v>
       </c>
       <c r="HJ57" s="25">
         <v>0</v>
       </c>
       <c r="HK57" s="25">
         <v>0</v>
       </c>
       <c r="HL57" s="25">
         <v>0</v>
       </c>
       <c r="HM57" s="25">
         <v>0</v>
       </c>
       <c r="HN57" s="25">
         <v>0</v>
       </c>
       <c r="HO57" s="25">
         <v>0</v>
       </c>
       <c r="HP57" s="25">
         <v>0</v>
       </c>
       <c r="HQ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="HR57" s="25">
         <v>0.90591999999999995</v>
       </c>
-      <c r="HR57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HS57" s="25">
         <v>0</v>
       </c>
       <c r="HT57" s="25">
         <v>0</v>
       </c>
       <c r="HU57" s="25">
         <v>0</v>
       </c>
       <c r="HV57" s="25">
         <v>0</v>
       </c>
       <c r="HW57" s="25">
         <v>0</v>
       </c>
       <c r="HX57" s="25">
         <v>0</v>
       </c>
       <c r="HY57" s="25">
         <v>0</v>
       </c>
+      <c r="HZ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA57" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB57" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C58" s="24">
         <v>0</v>
       </c>
       <c r="D58" s="24">
         <v>0</v>
       </c>
       <c r="E58" s="24">
         <v>0</v>
       </c>
       <c r="F58" s="24">
         <v>0</v>
       </c>
       <c r="G58" s="24">
         <v>0</v>
       </c>
       <c r="H58" s="24">
         <v>0</v>
       </c>
       <c r="I58" s="24">
         <v>0</v>
       </c>
       <c r="J58" s="24">
@@ -37583,51 +38044,51 @@
       </c>
       <c r="BJ58" s="24">
         <v>0</v>
       </c>
       <c r="BK58" s="24">
         <v>0</v>
       </c>
       <c r="BL58" s="24">
         <v>0</v>
       </c>
       <c r="BM58" s="24">
         <v>0</v>
       </c>
       <c r="BN58" s="24">
         <v>0</v>
       </c>
       <c r="BO58" s="24">
         <v>0</v>
       </c>
       <c r="BP58" s="24">
         <v>0</v>
       </c>
       <c r="BQ58" s="24">
         <v>0</v>
       </c>
-      <c r="BR58" s="25">
+      <c r="BR58" s="24">
         <v>0</v>
       </c>
       <c r="BS58" s="25">
         <v>0</v>
       </c>
       <c r="BT58" s="25">
         <v>0</v>
       </c>
       <c r="BU58" s="25">
         <v>0</v>
       </c>
       <c r="BV58" s="25">
         <v>0</v>
       </c>
       <c r="BW58" s="25">
         <v>0</v>
       </c>
       <c r="BX58" s="25">
         <v>0</v>
       </c>
       <c r="BY58" s="25">
         <v>0</v>
       </c>
       <c r="BZ58" s="25">
         <v>0</v>
@@ -38075,52 +38536,61 @@
       </c>
       <c r="HR58" s="25">
         <v>0</v>
       </c>
       <c r="HS58" s="25">
         <v>0</v>
       </c>
       <c r="HT58" s="25">
         <v>0</v>
       </c>
       <c r="HU58" s="25">
         <v>0</v>
       </c>
       <c r="HV58" s="25">
         <v>0</v>
       </c>
       <c r="HW58" s="25">
         <v>0</v>
       </c>
       <c r="HX58" s="25">
         <v>0</v>
       </c>
       <c r="HY58" s="25">
         <v>0</v>
       </c>
+      <c r="HZ58" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA58" s="25">
+        <v>0</v>
+      </c>
+      <c r="IB58" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="3"/>
       <c r="B59" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C59" s="21">
         <v>95.082124890000003</v>
       </c>
       <c r="D59" s="21">
         <v>150.16093662</v>
       </c>
       <c r="E59" s="21">
         <v>505.81230763999997</v>
       </c>
       <c r="F59" s="21">
         <v>365.35440161000002</v>
       </c>
       <c r="G59" s="21">
         <v>108.09513282</v>
       </c>
       <c r="H59" s="21">
         <v>116.40916786</v>
       </c>
       <c r="I59" s="21">
         <v>96.417158560000004</v>
       </c>
@@ -38282,544 +38752,553 @@
       </c>
       <c r="BJ59" s="21">
         <v>3.6099483999999999</v>
       </c>
       <c r="BK59" s="21">
         <v>1150.3881670000001</v>
       </c>
       <c r="BL59" s="21">
         <v>19.022793999999998</v>
       </c>
       <c r="BM59" s="21">
         <v>71.209180709999998</v>
       </c>
       <c r="BN59" s="21">
         <v>0</v>
       </c>
       <c r="BO59" s="21">
         <v>213.86417706</v>
       </c>
       <c r="BP59" s="21">
         <v>52.105118719999993</v>
       </c>
       <c r="BQ59" s="21">
         <v>7.0923869999999996</v>
       </c>
-      <c r="BR59" s="22">
+      <c r="BR59" s="21">
+        <v>17.913661999999999</v>
+      </c>
+      <c r="BS59" s="22">
         <v>0.64795274999999997</v>
       </c>
-      <c r="BS59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BT59" s="22">
+        <v>0</v>
+      </c>
+      <c r="BU59" s="22">
         <v>3.4773375799999999</v>
       </c>
-      <c r="BU59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BV59" s="22">
+        <v>0</v>
+      </c>
+      <c r="BW59" s="22">
         <v>5.6056805399999998</v>
       </c>
-      <c r="BW59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BX59" s="22">
+        <v>0</v>
+      </c>
+      <c r="BY59" s="22">
         <v>30.52964364</v>
       </c>
-      <c r="BY59" s="22">
+      <c r="BZ59" s="22">
         <v>0.12412502</v>
       </c>
-      <c r="BZ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB59" s="22">
         <v>49.411699519999999</v>
       </c>
-      <c r="CB59" s="22">
+      <c r="CC59" s="22">
         <v>0.53089123000000005</v>
       </c>
-      <c r="CC59" s="22">
+      <c r="CD59" s="22">
         <v>4.7547946100000003</v>
       </c>
-      <c r="CD59" s="22">
+      <c r="CE59" s="22">
         <v>11.008044330000001</v>
       </c>
-      <c r="CE59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CF59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG59" s="22">
         <v>15.117772909999999</v>
       </c>
-      <c r="CG59" s="22">
+      <c r="CH59" s="22">
         <v>2.057204E-2</v>
       </c>
-      <c r="CH59" s="22">
+      <c r="CI59" s="22">
         <v>2.96616232</v>
       </c>
-      <c r="CI59" s="22">
+      <c r="CJ59" s="22">
         <v>25.507972259999999</v>
       </c>
-      <c r="CJ59" s="22">
+      <c r="CK59" s="22">
         <v>0.11356294</v>
       </c>
-      <c r="CK59" s="22">
+      <c r="CL59" s="22">
         <v>15.37727786</v>
       </c>
-      <c r="CL59" s="22">
+      <c r="CM59" s="22">
         <v>10.38368837</v>
       </c>
-      <c r="CM59" s="22">
+      <c r="CN59" s="22">
         <v>49.27172341</v>
       </c>
-      <c r="CN59" s="22">
+      <c r="CO59" s="22">
         <v>5.87285155</v>
       </c>
-      <c r="CO59" s="22">
+      <c r="CP59" s="22">
         <v>14.52130865</v>
       </c>
-      <c r="CP59" s="22">
+      <c r="CQ59" s="22">
         <v>1.2150069699999999</v>
       </c>
-      <c r="CQ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CR59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CS59" s="22">
         <v>66.251862759999995</v>
       </c>
-      <c r="CS59" s="22">
+      <c r="CT59" s="22">
         <v>21.039442560000001</v>
       </c>
-      <c r="CT59" s="22">
+      <c r="CU59" s="22">
         <v>18.550799649999998</v>
       </c>
-      <c r="CU59" s="22">
+      <c r="CV59" s="22">
         <v>83.568581859999995</v>
       </c>
-      <c r="CV59" s="22">
+      <c r="CW59" s="22">
         <v>41.81763505</v>
       </c>
-      <c r="CW59" s="22">
+      <c r="CX59" s="22">
         <v>28.07354436</v>
       </c>
-      <c r="CX59" s="22">
+      <c r="CY59" s="22">
         <v>14.38321322</v>
       </c>
-      <c r="CY59" s="22">
+      <c r="CZ59" s="22">
         <v>60.061674959999998</v>
       </c>
-      <c r="CZ59" s="22">
+      <c r="DA59" s="22">
         <v>151.84371748000001</v>
       </c>
-      <c r="DA59" s="22">
+      <c r="DB59" s="22">
         <v>19.00682875</v>
       </c>
-      <c r="DB59" s="22">
+      <c r="DC59" s="22">
         <v>1.5522065199999999</v>
       </c>
-      <c r="DC59" s="22">
+      <c r="DD59" s="22">
         <v>14.71211156</v>
       </c>
-      <c r="DD59" s="22">
+      <c r="DE59" s="22">
         <v>0.38607605</v>
       </c>
-      <c r="DE59" s="22">
+      <c r="DF59" s="22">
         <v>243.41736234999999</v>
       </c>
-      <c r="DF59" s="22">
+      <c r="DG59" s="22">
         <v>1.70086933</v>
       </c>
-      <c r="DG59" s="22">
+      <c r="DH59" s="22">
         <v>10.557601699999999</v>
       </c>
-      <c r="DH59" s="22">
+      <c r="DI59" s="22">
         <v>15.90190192</v>
       </c>
-      <c r="DI59" s="22">
+      <c r="DJ59" s="22">
         <v>20.335377260000001</v>
       </c>
-      <c r="DJ59" s="22">
+      <c r="DK59" s="22">
         <v>4.01365718</v>
       </c>
-      <c r="DK59" s="22">
+      <c r="DL59" s="22">
         <v>43.82864799</v>
       </c>
-      <c r="DL59" s="22">
+      <c r="DM59" s="22">
         <v>4.0196561800000001</v>
       </c>
-      <c r="DM59" s="22">
+      <c r="DN59" s="22">
         <v>4.9289335699999999</v>
       </c>
-      <c r="DN59" s="22">
+      <c r="DO59" s="22">
         <v>16.568372149999998</v>
       </c>
-      <c r="DO59" s="22">
+      <c r="DP59" s="22">
         <v>16.359248050000001</v>
       </c>
-      <c r="DP59" s="22">
+      <c r="DQ59" s="22">
         <v>6.2280605900000001</v>
       </c>
-      <c r="DQ59" s="22">
+      <c r="DR59" s="22">
         <v>27.178326370000001</v>
       </c>
-      <c r="DR59" s="22">
+      <c r="DS59" s="22">
         <v>3.1870999999999999E-4</v>
       </c>
-      <c r="DS59" s="22">
+      <c r="DT59" s="22">
         <v>1.32722808</v>
       </c>
-      <c r="DT59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DU59" s="22">
+        <v>0</v>
+      </c>
+      <c r="DV59" s="22">
         <v>2.29743181</v>
       </c>
-      <c r="DV59" s="22">
+      <c r="DW59" s="22">
         <v>2.6585705800000001</v>
       </c>
-      <c r="DW59" s="22">
+      <c r="DX59" s="22">
         <v>23.169951560000001</v>
       </c>
-      <c r="DX59" s="22">
+      <c r="DY59" s="22">
         <v>9.9332629899999993</v>
       </c>
-      <c r="DY59" s="22">
+      <c r="DZ59" s="22">
         <v>2.37436194</v>
       </c>
-      <c r="DZ59" s="22">
+      <c r="EA59" s="22">
         <v>17.59223837</v>
       </c>
-      <c r="EA59" s="22">
+      <c r="EB59" s="22">
         <v>22.479407770000002</v>
       </c>
-      <c r="EB59" s="22">
+      <c r="EC59" s="22">
         <v>20.638946180000001</v>
       </c>
-      <c r="EC59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="ED59" s="22">
+        <v>0</v>
+      </c>
+      <c r="EE59" s="22">
         <v>7.2905182799999997</v>
       </c>
-      <c r="EE59" s="22">
+      <c r="EF59" s="22">
         <v>13.504695570000001</v>
       </c>
-      <c r="EF59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG59" s="22">
+        <v>0</v>
+      </c>
+      <c r="EH59" s="22">
         <v>0.29199017999999999</v>
       </c>
-      <c r="EH59" s="22">
+      <c r="EI59" s="22">
         <v>4.5748979500000004</v>
       </c>
-      <c r="EI59" s="22">
+      <c r="EJ59" s="22">
         <v>8.1207220099999997</v>
       </c>
-      <c r="EJ59" s="22">
+      <c r="EK59" s="22">
         <v>21.915751539999999</v>
       </c>
-      <c r="EK59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EL59" s="22">
         <v>0</v>
       </c>
       <c r="EM59" s="22">
+        <v>0</v>
+      </c>
+      <c r="EN59" s="22">
         <v>29.554899460000001</v>
       </c>
-      <c r="EN59" s="22">
+      <c r="EO59" s="22">
         <v>2.5029915699999998</v>
       </c>
-      <c r="EO59" s="22">
+      <c r="EP59" s="22">
         <v>11.581711289999999</v>
       </c>
-      <c r="EP59" s="22">
+      <c r="EQ59" s="22">
         <v>3.1355219299999999</v>
       </c>
-      <c r="EQ59" s="22">
+      <c r="ER59" s="22">
         <v>1.32722808</v>
       </c>
-      <c r="ER59" s="22">
+      <c r="ES59" s="22">
         <v>15.880111490000001</v>
       </c>
-      <c r="ES59" s="22">
+      <c r="ET59" s="22">
         <v>7.0277254999999998</v>
       </c>
-      <c r="ET59" s="22">
+      <c r="EU59" s="22">
         <v>6.6169999999999998E-5</v>
       </c>
-      <c r="EU59" s="22">
+      <c r="EV59" s="22">
         <v>4.3054099399999997</v>
       </c>
-      <c r="EV59" s="22">
+      <c r="EW59" s="22">
         <v>17.83667131</v>
       </c>
-      <c r="EW59" s="22">
+      <c r="EX59" s="22">
         <v>3.2648218199999999</v>
       </c>
-      <c r="EX59" s="22">
+      <c r="EY59" s="22">
         <v>5.1538430799999997</v>
       </c>
-      <c r="EY59" s="22">
+      <c r="EZ59" s="22">
         <v>1.7188131600000001</v>
       </c>
-      <c r="EZ59" s="22">
+      <c r="FA59" s="22">
         <v>26.743563869999999</v>
       </c>
-      <c r="FA59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FB59" s="22">
+        <v>0</v>
+      </c>
+      <c r="FC59" s="22">
         <v>3.8333187299999998</v>
       </c>
-      <c r="FC59" s="22">
+      <c r="FD59" s="22">
         <v>2.6544559999999998E-2</v>
       </c>
-      <c r="FD59" s="22">
+      <c r="FE59" s="22">
         <v>24.203291530000001</v>
       </c>
-      <c r="FE59" s="22">
+      <c r="FF59" s="22">
         <v>6.2058942200000002</v>
       </c>
-      <c r="FF59" s="22">
+      <c r="FG59" s="22">
         <v>2.5903357900000001</v>
       </c>
-      <c r="FG59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FH59" s="22">
+        <v>0</v>
+      </c>
+      <c r="FI59" s="22">
         <v>0.28973388999999999</v>
       </c>
-      <c r="FI59" s="22">
+      <c r="FJ59" s="22">
         <v>41.244243089999998</v>
       </c>
-      <c r="FJ59" s="22">
+      <c r="FK59" s="22">
         <v>4.3134912700000001</v>
       </c>
-      <c r="FK59" s="22">
+      <c r="FL59" s="22">
         <v>18.500433999999998</v>
       </c>
-      <c r="FL59" s="22">
+      <c r="FM59" s="22">
         <v>6.6361400000000001E-2</v>
       </c>
-      <c r="FM59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FN59" s="22">
+        <v>0</v>
+      </c>
+      <c r="FO59" s="22">
         <v>1.77848563</v>
       </c>
-      <c r="FO59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="FP59" s="22">
+        <v>0</v>
+      </c>
+      <c r="FQ59" s="22">
         <v>8.5169514799999995</v>
       </c>
-      <c r="FQ59" s="22">
+      <c r="FR59" s="22">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FR59" s="22">
+      <c r="FS59" s="22">
         <v>4.9308021399999999</v>
       </c>
-      <c r="FS59" s="22">
+      <c r="FT59" s="22">
         <v>0.17320326</v>
       </c>
-      <c r="FT59" s="22">
+      <c r="FU59" s="22">
         <v>24.033047979999999</v>
       </c>
-      <c r="FU59" s="22">
+      <c r="FV59" s="22">
         <v>8.4220571999999994</v>
       </c>
-      <c r="FV59" s="22">
+      <c r="FW59" s="22">
         <v>39.916968609999998</v>
       </c>
-      <c r="FW59" s="22">
+      <c r="FX59" s="22">
         <v>2.1104649999999999E-2</v>
       </c>
-      <c r="FX59" s="22">
+      <c r="FY59" s="22">
         <v>5.9725263799999997</v>
       </c>
-      <c r="FY59" s="22">
+      <c r="FZ59" s="22">
         <v>27.054230069999999</v>
       </c>
-      <c r="FZ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GA59" s="22">
+        <v>0</v>
+      </c>
+      <c r="GB59" s="22">
         <v>2.1516756300000002</v>
       </c>
-      <c r="GB59" s="22">
+      <c r="GC59" s="22">
         <v>53.156107239999997</v>
       </c>
-      <c r="GC59" s="22">
+      <c r="GD59" s="22">
         <v>0.97273821999999999</v>
       </c>
-      <c r="GD59" s="22">
+      <c r="GE59" s="22">
         <v>6.4010485099999999</v>
       </c>
-      <c r="GE59" s="22">
+      <c r="GF59" s="22">
         <v>0.19676156</v>
       </c>
-      <c r="GF59" s="22">
+      <c r="GG59" s="22">
         <v>1.65916916</v>
       </c>
-      <c r="GG59" s="22">
+      <c r="GH59" s="22">
         <v>96.838021449999999</v>
       </c>
-      <c r="GH59" s="22">
+      <c r="GI59" s="22">
         <v>76.137474280000006</v>
       </c>
-      <c r="GI59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GJ59" s="22">
+        <v>0</v>
+      </c>
+      <c r="GK59" s="22">
         <v>0.39817903999999998</v>
       </c>
-      <c r="GK59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GL59" s="22">
+        <v>0</v>
+      </c>
+      <c r="GM59" s="22">
         <v>0.65036830999999995</v>
       </c>
-      <c r="GM59" s="22">
+      <c r="GN59" s="22">
         <v>4.7519158499999996</v>
       </c>
-      <c r="GN59" s="22">
+      <c r="GO59" s="22">
         <v>30.658968739999999</v>
       </c>
-      <c r="GO59" s="22">
+      <c r="GP59" s="22">
         <v>36.666846079999999</v>
       </c>
-      <c r="GP59" s="22">
+      <c r="GQ59" s="22">
         <v>2.0572035299999998</v>
       </c>
-      <c r="GQ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GR59" s="22">
+        <v>0</v>
+      </c>
+      <c r="GS59" s="22">
         <v>24.858052959999998</v>
       </c>
-      <c r="GS59" s="22">
+      <c r="GT59" s="22">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT59" s="22">
+      <c r="GU59" s="22">
         <v>5.8342882000000005</v>
       </c>
-      <c r="GU59" s="22">
+      <c r="GV59" s="22">
         <v>0.5537571</v>
       </c>
-      <c r="GV59" s="22">
+      <c r="GW59" s="22">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW59" s="22">
+      <c r="GX59" s="22">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="GY59" s="22">
+        <v>0</v>
+      </c>
+      <c r="GZ59" s="22">
         <v>0.27650999999999998</v>
       </c>
-      <c r="GZ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HA59" s="22">
+        <v>0</v>
+      </c>
+      <c r="HB59" s="22">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB59" s="22">
+      <c r="HC59" s="22">
         <v>3.5435884</v>
       </c>
-      <c r="HC59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HD59" s="22">
         <v>0</v>
       </c>
       <c r="HE59" s="22">
+        <v>0</v>
+      </c>
+      <c r="HF59" s="22">
         <v>1150.3881670000001</v>
       </c>
-      <c r="HF59" s="22">
+      <c r="HG59" s="22">
         <v>18.757539999999999</v>
       </c>
-      <c r="HG59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HH59" s="22">
+        <v>0</v>
+      </c>
+      <c r="HI59" s="22">
         <v>0.26525399999999999</v>
       </c>
-      <c r="HI59" s="22">
+      <c r="HJ59" s="22">
         <v>12.197013009999999</v>
       </c>
-      <c r="HJ59" s="22">
+      <c r="HK59" s="22">
         <v>6.5736154999999998</v>
       </c>
-      <c r="HK59" s="22">
+      <c r="HL59" s="22">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HM59" s="22">
         <v>0</v>
       </c>
       <c r="HN59" s="22">
         <v>0</v>
       </c>
       <c r="HO59" s="22">
+        <v>0</v>
+      </c>
+      <c r="HP59" s="22">
         <v>19.983029999999999</v>
       </c>
-      <c r="HP59" s="22">
+      <c r="HQ59" s="22">
         <v>184.04960706</v>
       </c>
-      <c r="HQ59" s="22">
+      <c r="HR59" s="22">
         <v>9.8315400000000004</v>
       </c>
-      <c r="HR59" s="22">
+      <c r="HS59" s="22">
         <v>20.589048719999997</v>
       </c>
-      <c r="HS59" s="22">
+      <c r="HT59" s="22">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="HU59" s="22">
+        <v>0</v>
+      </c>
+      <c r="HV59" s="22">
         <v>5.8415400000000002</v>
       </c>
-      <c r="HV59" s="22">
+      <c r="HW59" s="22">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW59" s="22">
+      <c r="HX59" s="22">
         <v>0.97499999999999998</v>
       </c>
-      <c r="HX59" s="22">
+      <c r="HY59" s="22">
         <v>12.404591999999999</v>
       </c>
-      <c r="HY59" s="22">
-        <v>0</v>
+      <c r="HZ59" s="22">
+        <v>0</v>
+      </c>
+      <c r="IA59" s="22">
+        <v>5.5090700000000004</v>
+      </c>
+      <c r="IB59" s="22">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="60" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C60" s="24">
         <v>94.816679280000002</v>
       </c>
       <c r="D60" s="24">
         <v>149.59077934999999</v>
       </c>
       <c r="E60" s="24">
         <v>495.82759730999999</v>
       </c>
       <c r="F60" s="24">
         <v>362.94171331000001</v>
       </c>
       <c r="G60" s="24">
         <v>108.09513282</v>
       </c>
       <c r="H60" s="24">
         <v>116.40916786</v>
       </c>
       <c r="I60" s="24">
         <v>94.744851170000004</v>
       </c>
       <c r="J60" s="24">
@@ -38980,544 +39459,553 @@
       </c>
       <c r="BJ60" s="24">
         <v>3.6099483999999999</v>
       </c>
       <c r="BK60" s="24">
         <v>1150.3881670000001</v>
       </c>
       <c r="BL60" s="24">
         <v>19.022793999999998</v>
       </c>
       <c r="BM60" s="24">
         <v>71.194180710000012</v>
       </c>
       <c r="BN60" s="24">
         <v>0</v>
       </c>
       <c r="BO60" s="24">
         <v>213.86417706</v>
       </c>
       <c r="BP60" s="24">
         <v>52.105118719999993</v>
       </c>
       <c r="BQ60" s="24">
         <v>7.0923869999999996</v>
       </c>
-      <c r="BR60" s="25">
+      <c r="BR60" s="24">
+        <v>17.913661999999999</v>
+      </c>
+      <c r="BS60" s="25">
         <v>0.64795274999999997</v>
       </c>
-      <c r="BS60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BT60" s="25">
+        <v>0</v>
+      </c>
+      <c r="BU60" s="25">
         <v>3.4773375799999999</v>
       </c>
-      <c r="BU60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BV60" s="25">
+        <v>0</v>
+      </c>
+      <c r="BW60" s="25">
         <v>5.6056805399999998</v>
       </c>
-      <c r="BW60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BX60" s="25">
+        <v>0</v>
+      </c>
+      <c r="BY60" s="25">
         <v>30.52964364</v>
       </c>
-      <c r="BY60" s="25">
+      <c r="BZ60" s="25">
         <v>0.12412502</v>
       </c>
-      <c r="BZ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB60" s="25">
         <v>49.411699519999999</v>
       </c>
-      <c r="CB60" s="25">
+      <c r="CC60" s="25">
         <v>0.26544561999999999</v>
       </c>
-      <c r="CC60" s="25">
+      <c r="CD60" s="25">
         <v>4.7547946100000003</v>
       </c>
-      <c r="CD60" s="25">
+      <c r="CE60" s="25">
         <v>11.008044330000001</v>
       </c>
-      <c r="CE60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CF60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG60" s="25">
         <v>15.117772909999999</v>
       </c>
-      <c r="CG60" s="25">
+      <c r="CH60" s="25">
         <v>2.057204E-2</v>
       </c>
-      <c r="CH60" s="25">
+      <c r="CI60" s="25">
         <v>2.96616232</v>
       </c>
-      <c r="CI60" s="25">
+      <c r="CJ60" s="25">
         <v>25.507972259999999</v>
       </c>
-      <c r="CJ60" s="25">
+      <c r="CK60" s="25">
         <v>0.11356294</v>
       </c>
-      <c r="CK60" s="25">
+      <c r="CL60" s="25">
         <v>15.37727786</v>
       </c>
-      <c r="CL60" s="25">
+      <c r="CM60" s="25">
         <v>10.38368837</v>
       </c>
-      <c r="CM60" s="25">
+      <c r="CN60" s="25">
         <v>49.27172341</v>
       </c>
-      <c r="CN60" s="25">
+      <c r="CO60" s="25">
         <v>5.3026942699999999</v>
       </c>
-      <c r="CO60" s="25">
+      <c r="CP60" s="25">
         <v>14.52130865</v>
       </c>
-      <c r="CP60" s="25">
+      <c r="CQ60" s="25">
         <v>1.2150069699999999</v>
       </c>
-      <c r="CQ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CR60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CS60" s="25">
         <v>66.251862759999995</v>
       </c>
-      <c r="CS60" s="25">
+      <c r="CT60" s="25">
         <v>21.039442560000001</v>
       </c>
-      <c r="CT60" s="25">
+      <c r="CU60" s="25">
         <v>18.550799649999998</v>
       </c>
-      <c r="CU60" s="25">
+      <c r="CV60" s="25">
         <v>83.568581859999995</v>
       </c>
-      <c r="CV60" s="25">
+      <c r="CW60" s="25">
         <v>41.81763505</v>
       </c>
-      <c r="CW60" s="25">
+      <c r="CX60" s="25">
         <v>28.07354436</v>
       </c>
-      <c r="CX60" s="25">
+      <c r="CY60" s="25">
         <v>14.38321322</v>
       </c>
-      <c r="CY60" s="25">
+      <c r="CZ60" s="25">
         <v>50.076964629999999</v>
       </c>
-      <c r="CZ60" s="25">
+      <c r="DA60" s="25">
         <v>151.84371748000001</v>
       </c>
-      <c r="DA60" s="25">
+      <c r="DB60" s="25">
         <v>19.00682875</v>
       </c>
-      <c r="DB60" s="25">
+      <c r="DC60" s="25">
         <v>1.5522065199999999</v>
       </c>
-      <c r="DC60" s="25">
+      <c r="DD60" s="25">
         <v>14.71211156</v>
       </c>
-      <c r="DD60" s="25">
+      <c r="DE60" s="25">
         <v>0.38607605</v>
       </c>
-      <c r="DE60" s="25">
+      <c r="DF60" s="25">
         <v>243.41736234999999</v>
       </c>
-      <c r="DF60" s="25">
+      <c r="DG60" s="25">
         <v>1.70086933</v>
       </c>
-      <c r="DG60" s="25">
+      <c r="DH60" s="25">
         <v>10.557601699999999</v>
       </c>
-      <c r="DH60" s="25">
+      <c r="DI60" s="25">
         <v>15.90190192</v>
       </c>
-      <c r="DI60" s="25">
+      <c r="DJ60" s="25">
         <v>20.335377260000001</v>
       </c>
-      <c r="DJ60" s="25">
+      <c r="DK60" s="25">
         <v>3.9595062699999999</v>
       </c>
-      <c r="DK60" s="25">
+      <c r="DL60" s="25">
         <v>43.82864799</v>
       </c>
-      <c r="DL60" s="25">
+      <c r="DM60" s="25">
         <v>1.66111879</v>
       </c>
-      <c r="DM60" s="25">
+      <c r="DN60" s="25">
         <v>4.9289335699999999</v>
       </c>
-      <c r="DN60" s="25">
+      <c r="DO60" s="25">
         <v>16.568372149999998</v>
       </c>
-      <c r="DO60" s="25">
+      <c r="DP60" s="25">
         <v>16.359248050000001</v>
       </c>
-      <c r="DP60" s="25">
+      <c r="DQ60" s="25">
         <v>6.2280605900000001</v>
       </c>
-      <c r="DQ60" s="25">
+      <c r="DR60" s="25">
         <v>27.178326370000001</v>
       </c>
-      <c r="DR60" s="25">
+      <c r="DS60" s="25">
         <v>3.1870999999999999E-4</v>
       </c>
-      <c r="DS60" s="25">
+      <c r="DT60" s="25">
         <v>1.32722808</v>
       </c>
-      <c r="DT60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DU60" s="25">
+        <v>0</v>
+      </c>
+      <c r="DV60" s="25">
         <v>2.29743181</v>
       </c>
-      <c r="DV60" s="25">
+      <c r="DW60" s="25">
         <v>2.6585705800000001</v>
       </c>
-      <c r="DW60" s="25">
+      <c r="DX60" s="25">
         <v>23.169951560000001</v>
       </c>
-      <c r="DX60" s="25">
+      <c r="DY60" s="25">
         <v>9.9332629899999993</v>
       </c>
-      <c r="DY60" s="25">
+      <c r="DZ60" s="25">
         <v>2.37436194</v>
       </c>
-      <c r="DZ60" s="25">
+      <c r="EA60" s="25">
         <v>17.59223837</v>
       </c>
-      <c r="EA60" s="25">
+      <c r="EB60" s="25">
         <v>22.479407770000002</v>
       </c>
-      <c r="EB60" s="25">
+      <c r="EC60" s="25">
         <v>20.638946180000001</v>
       </c>
-      <c r="EC60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="ED60" s="25">
+        <v>0</v>
+      </c>
+      <c r="EE60" s="25">
         <v>7.2905182799999997</v>
       </c>
-      <c r="EE60" s="25">
+      <c r="EF60" s="25">
         <v>13.504695570000001</v>
       </c>
-      <c r="EF60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG60" s="25">
+        <v>0</v>
+      </c>
+      <c r="EH60" s="25">
         <v>0.29199017999999999</v>
       </c>
-      <c r="EH60" s="25">
+      <c r="EI60" s="25">
         <v>4.5748979500000004</v>
       </c>
-      <c r="EI60" s="25">
+      <c r="EJ60" s="25">
         <v>8.1207220099999997</v>
       </c>
-      <c r="EJ60" s="25">
+      <c r="EK60" s="25">
         <v>21.915751539999999</v>
       </c>
-      <c r="EK60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EL60" s="25">
         <v>0</v>
       </c>
       <c r="EM60" s="25">
+        <v>0</v>
+      </c>
+      <c r="EN60" s="25">
         <v>29.554899460000001</v>
       </c>
-      <c r="EN60" s="25">
+      <c r="EO60" s="25">
         <v>2.5029915699999998</v>
       </c>
-      <c r="EO60" s="25">
+      <c r="EP60" s="25">
         <v>11.581711289999999</v>
       </c>
-      <c r="EP60" s="25">
+      <c r="EQ60" s="25">
         <v>3.1355219299999999</v>
       </c>
-      <c r="EQ60" s="25">
+      <c r="ER60" s="25">
         <v>1.32722808</v>
       </c>
-      <c r="ER60" s="25">
+      <c r="ES60" s="25">
         <v>15.880111490000001</v>
       </c>
-      <c r="ES60" s="25">
+      <c r="ET60" s="25">
         <v>7.0277254999999998</v>
       </c>
-      <c r="ET60" s="25">
+      <c r="EU60" s="25">
         <v>6.6169999999999998E-5</v>
       </c>
-      <c r="EU60" s="25">
+      <c r="EV60" s="25">
         <v>4.3054099399999997</v>
       </c>
-      <c r="EV60" s="25">
+      <c r="EW60" s="25">
         <v>17.83667131</v>
       </c>
-      <c r="EW60" s="25">
+      <c r="EX60" s="25">
         <v>1.59251443</v>
       </c>
-      <c r="EX60" s="25">
+      <c r="EY60" s="25">
         <v>5.1538430799999997</v>
       </c>
-      <c r="EY60" s="25">
+      <c r="EZ60" s="25">
         <v>1.7188131600000001</v>
       </c>
-      <c r="EZ60" s="25">
+      <c r="FA60" s="25">
         <v>26.743563869999999</v>
       </c>
-      <c r="FA60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FB60" s="25">
+        <v>0</v>
+      </c>
+      <c r="FC60" s="25">
         <v>3.8333187299999998</v>
       </c>
-      <c r="FC60" s="25">
+      <c r="FD60" s="25">
         <v>2.1235649999999998E-2</v>
       </c>
-      <c r="FD60" s="25">
+      <c r="FE60" s="25">
         <v>24.203291530000001</v>
       </c>
-      <c r="FE60" s="25">
+      <c r="FF60" s="25">
         <v>6.2058942200000002</v>
       </c>
-      <c r="FF60" s="25">
+      <c r="FG60" s="25">
         <v>2.5903357900000001</v>
       </c>
-      <c r="FG60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FH60" s="25">
+        <v>0</v>
+      </c>
+      <c r="FI60" s="25">
         <v>0.10392195999999999</v>
       </c>
-      <c r="FI60" s="25">
+      <c r="FJ60" s="25">
         <v>41.244243089999998</v>
       </c>
-      <c r="FJ60" s="25">
+      <c r="FK60" s="25">
         <v>4.3134912700000001</v>
       </c>
-      <c r="FK60" s="25">
+      <c r="FL60" s="25">
         <v>18.500433999999998</v>
       </c>
-      <c r="FL60" s="25">
+      <c r="FM60" s="25">
         <v>6.6361400000000001E-2</v>
       </c>
-      <c r="FM60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FN60" s="25">
+        <v>0</v>
+      </c>
+      <c r="FO60" s="25">
         <v>1.77848563</v>
       </c>
-      <c r="FO60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FP60" s="25">
+        <v>0</v>
+      </c>
+      <c r="FQ60" s="25">
         <v>8.5169514799999995</v>
       </c>
-      <c r="FQ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="FR60" s="25">
+        <v>0</v>
+      </c>
+      <c r="FS60" s="25">
         <v>4.9308021399999999</v>
       </c>
-      <c r="FS60" s="25">
+      <c r="FT60" s="25">
         <v>0.17320326</v>
       </c>
-      <c r="FT60" s="25">
+      <c r="FU60" s="25">
         <v>24.033047979999999</v>
       </c>
-      <c r="FU60" s="25">
+      <c r="FV60" s="25">
         <v>8.4220571999999994</v>
       </c>
-      <c r="FV60" s="25">
+      <c r="FW60" s="25">
         <v>39.916968609999998</v>
       </c>
-      <c r="FW60" s="25">
+      <c r="FX60" s="25">
         <v>2.1104649999999999E-2</v>
       </c>
-      <c r="FX60" s="25">
+      <c r="FY60" s="25">
         <v>5.9725263799999997</v>
       </c>
-      <c r="FY60" s="25">
+      <c r="FZ60" s="25">
         <v>27.054230069999999</v>
       </c>
-      <c r="FZ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GA60" s="25">
+        <v>0</v>
+      </c>
+      <c r="GB60" s="25">
         <v>2.1516756300000002</v>
       </c>
-      <c r="GB60" s="25">
+      <c r="GC60" s="25">
         <v>53.156107239999997</v>
       </c>
-      <c r="GC60" s="25">
+      <c r="GD60" s="25">
         <v>0.97273821999999999</v>
       </c>
-      <c r="GD60" s="25">
+      <c r="GE60" s="25">
         <v>6.4010485099999999</v>
       </c>
-      <c r="GE60" s="25">
+      <c r="GF60" s="25">
         <v>0.19676156</v>
       </c>
-      <c r="GF60" s="25">
+      <c r="GG60" s="25">
         <v>1.65916916</v>
       </c>
-      <c r="GG60" s="25">
+      <c r="GH60" s="25">
         <v>96.838021449999999</v>
       </c>
-      <c r="GH60" s="25">
+      <c r="GI60" s="25">
         <v>75.711434069999996</v>
       </c>
-      <c r="GI60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GJ60" s="25">
+        <v>0</v>
+      </c>
+      <c r="GK60" s="25">
         <v>0.39817903999999998</v>
       </c>
-      <c r="GK60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GL60" s="25">
+        <v>0</v>
+      </c>
+      <c r="GM60" s="25">
         <v>0.65036830999999995</v>
       </c>
-      <c r="GM60" s="25">
+      <c r="GN60" s="25">
         <v>4.7320074300000003</v>
       </c>
-      <c r="GN60" s="25">
+      <c r="GO60" s="25">
         <v>30.658968739999999</v>
       </c>
-      <c r="GO60" s="25">
+      <c r="GP60" s="25">
         <v>36.666846079999999</v>
       </c>
-      <c r="GP60" s="25">
+      <c r="GQ60" s="25">
         <v>2.0572035299999998</v>
       </c>
-      <c r="GQ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GR60" s="25">
+        <v>0</v>
+      </c>
+      <c r="GS60" s="25">
         <v>24.858052959999998</v>
       </c>
-      <c r="GS60" s="25">
+      <c r="GT60" s="25">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT60" s="25">
+      <c r="GU60" s="25">
         <v>5.8342882000000005</v>
       </c>
-      <c r="GU60" s="25">
+      <c r="GV60" s="25">
         <v>0.5537571</v>
       </c>
-      <c r="GV60" s="25">
+      <c r="GW60" s="25">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW60" s="25">
+      <c r="GX60" s="25">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="GY60" s="25">
+        <v>0</v>
+      </c>
+      <c r="GZ60" s="25">
         <v>0.27650999999999998</v>
       </c>
-      <c r="GZ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HA60" s="25">
+        <v>0</v>
+      </c>
+      <c r="HB60" s="25">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB60" s="25">
+      <c r="HC60" s="25">
         <v>3.5435884</v>
       </c>
-      <c r="HC60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HD60" s="25">
         <v>0</v>
       </c>
       <c r="HE60" s="25">
+        <v>0</v>
+      </c>
+      <c r="HF60" s="25">
         <v>1150.3881670000001</v>
       </c>
-      <c r="HF60" s="25">
+      <c r="HG60" s="25">
         <v>18.757539999999999</v>
       </c>
-      <c r="HG60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HH60" s="25">
+        <v>0</v>
+      </c>
+      <c r="HI60" s="25">
         <v>0.26525399999999999</v>
       </c>
-      <c r="HI60" s="25">
+      <c r="HJ60" s="25">
         <v>12.197013009999999</v>
       </c>
-      <c r="HJ60" s="25">
+      <c r="HK60" s="25">
         <v>6.5586155000000002</v>
       </c>
-      <c r="HK60" s="25">
+      <c r="HL60" s="25">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HM60" s="25">
         <v>0</v>
       </c>
       <c r="HN60" s="25">
         <v>0</v>
       </c>
       <c r="HO60" s="25">
+        <v>0</v>
+      </c>
+      <c r="HP60" s="25">
         <v>19.983029999999999</v>
       </c>
-      <c r="HP60" s="25">
+      <c r="HQ60" s="25">
         <v>184.04960706</v>
       </c>
-      <c r="HQ60" s="25">
+      <c r="HR60" s="25">
         <v>9.8315400000000004</v>
       </c>
-      <c r="HR60" s="25">
+      <c r="HS60" s="25">
         <v>20.589048719999997</v>
       </c>
-      <c r="HS60" s="25">
+      <c r="HT60" s="25">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="HU60" s="25">
+        <v>0</v>
+      </c>
+      <c r="HV60" s="25">
         <v>5.8415400000000002</v>
       </c>
-      <c r="HV60" s="25">
+      <c r="HW60" s="25">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW60" s="25">
+      <c r="HX60" s="25">
         <v>0.97499999999999998</v>
       </c>
-      <c r="HX60" s="25">
+      <c r="HY60" s="25">
         <v>12.404591999999999</v>
       </c>
-      <c r="HY60" s="25">
-        <v>0</v>
+      <c r="HZ60" s="25">
+        <v>0</v>
+      </c>
+      <c r="IA60" s="25">
+        <v>5.5090700000000004</v>
+      </c>
+      <c r="IB60" s="25">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="61" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="29">
         <v>0.26544561999999999</v>
       </c>
       <c r="D61" s="29">
         <v>0.57015727999999999</v>
       </c>
       <c r="E61" s="29">
         <v>9.9847103300000004</v>
       </c>
       <c r="F61" s="29">
         <v>2.4126883000000001</v>
       </c>
       <c r="G61" s="29">
         <v>0</v>
       </c>
       <c r="H61" s="29">
         <v>0</v>
       </c>
       <c r="I61" s="29">
         <v>1.6723073900000001</v>
       </c>
       <c r="J61" s="29">
@@ -39678,194 +40166,194 @@
       </c>
       <c r="BJ61" s="29">
         <v>0</v>
       </c>
       <c r="BK61" s="29">
         <v>0</v>
       </c>
       <c r="BL61" s="29">
         <v>0</v>
       </c>
       <c r="BM61" s="29">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="BN61" s="29">
         <v>0</v>
       </c>
       <c r="BO61" s="29">
         <v>0</v>
       </c>
       <c r="BP61" s="29">
         <v>0</v>
       </c>
       <c r="BQ61" s="29">
         <v>0</v>
       </c>
-      <c r="BR61" s="30">
+      <c r="BR61" s="29">
         <v>0</v>
       </c>
       <c r="BS61" s="30">
         <v>0</v>
       </c>
       <c r="BT61" s="30">
         <v>0</v>
       </c>
       <c r="BU61" s="30">
         <v>0</v>
       </c>
       <c r="BV61" s="30">
         <v>0</v>
       </c>
       <c r="BW61" s="30">
         <v>0</v>
       </c>
       <c r="BX61" s="30">
         <v>0</v>
       </c>
       <c r="BY61" s="30">
         <v>0</v>
       </c>
       <c r="BZ61" s="30">
         <v>0</v>
       </c>
       <c r="CA61" s="30">
         <v>0</v>
       </c>
       <c r="CB61" s="30">
+        <v>0</v>
+      </c>
+      <c r="CC61" s="30">
         <v>0.26544561999999999</v>
       </c>
-      <c r="CC61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="CD61" s="30">
         <v>0</v>
       </c>
       <c r="CE61" s="30">
         <v>0</v>
       </c>
       <c r="CF61" s="30">
         <v>0</v>
       </c>
       <c r="CG61" s="30">
         <v>0</v>
       </c>
       <c r="CH61" s="30">
         <v>0</v>
       </c>
       <c r="CI61" s="30">
         <v>0</v>
       </c>
       <c r="CJ61" s="30">
         <v>0</v>
       </c>
       <c r="CK61" s="30">
         <v>0</v>
       </c>
       <c r="CL61" s="30">
         <v>0</v>
       </c>
       <c r="CM61" s="30">
         <v>0</v>
       </c>
       <c r="CN61" s="30">
+        <v>0</v>
+      </c>
+      <c r="CO61" s="30">
         <v>0.57015727999999999</v>
       </c>
-      <c r="CO61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="CP61" s="30">
         <v>0</v>
       </c>
       <c r="CQ61" s="30">
         <v>0</v>
       </c>
       <c r="CR61" s="30">
         <v>0</v>
       </c>
       <c r="CS61" s="30">
         <v>0</v>
       </c>
       <c r="CT61" s="30">
         <v>0</v>
       </c>
       <c r="CU61" s="30">
         <v>0</v>
       </c>
       <c r="CV61" s="30">
         <v>0</v>
       </c>
       <c r="CW61" s="30">
         <v>0</v>
       </c>
       <c r="CX61" s="30">
         <v>0</v>
       </c>
       <c r="CY61" s="30">
+        <v>0</v>
+      </c>
+      <c r="CZ61" s="30">
         <v>9.9847103300000004</v>
       </c>
-      <c r="CZ61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="DA61" s="30">
         <v>0</v>
       </c>
       <c r="DB61" s="30">
         <v>0</v>
       </c>
       <c r="DC61" s="30">
         <v>0</v>
       </c>
       <c r="DD61" s="30">
         <v>0</v>
       </c>
       <c r="DE61" s="30">
         <v>0</v>
       </c>
       <c r="DF61" s="30">
         <v>0</v>
       </c>
       <c r="DG61" s="30">
         <v>0</v>
       </c>
       <c r="DH61" s="30">
         <v>0</v>
       </c>
       <c r="DI61" s="30">
         <v>0</v>
       </c>
       <c r="DJ61" s="30">
+        <v>0</v>
+      </c>
+      <c r="DK61" s="30">
         <v>5.4150909999999997E-2</v>
       </c>
-      <c r="DK61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="DL61" s="30">
+        <v>0</v>
+      </c>
+      <c r="DM61" s="30">
         <v>2.35853739</v>
       </c>
-      <c r="DM61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="DN61" s="30">
         <v>0</v>
       </c>
       <c r="DO61" s="30">
         <v>0</v>
       </c>
       <c r="DP61" s="30">
         <v>0</v>
       </c>
       <c r="DQ61" s="30">
         <v>0</v>
       </c>
       <c r="DR61" s="30">
         <v>0</v>
       </c>
       <c r="DS61" s="30">
         <v>0</v>
       </c>
       <c r="DT61" s="30">
         <v>0</v>
       </c>
       <c r="DU61" s="30">
         <v>0</v>
       </c>
       <c r="DV61" s="30">
@@ -39928,181 +40416,181 @@
       <c r="EO61" s="30">
         <v>0</v>
       </c>
       <c r="EP61" s="30">
         <v>0</v>
       </c>
       <c r="EQ61" s="30">
         <v>0</v>
       </c>
       <c r="ER61" s="30">
         <v>0</v>
       </c>
       <c r="ES61" s="30">
         <v>0</v>
       </c>
       <c r="ET61" s="30">
         <v>0</v>
       </c>
       <c r="EU61" s="30">
         <v>0</v>
       </c>
       <c r="EV61" s="30">
         <v>0</v>
       </c>
       <c r="EW61" s="30">
+        <v>0</v>
+      </c>
+      <c r="EX61" s="30">
         <v>1.6723073900000001</v>
       </c>
-      <c r="EX61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="EY61" s="30">
         <v>0</v>
       </c>
       <c r="EZ61" s="30">
         <v>0</v>
       </c>
       <c r="FA61" s="30">
         <v>0</v>
       </c>
       <c r="FB61" s="30">
         <v>0</v>
       </c>
       <c r="FC61" s="30">
+        <v>0</v>
+      </c>
+      <c r="FD61" s="30">
         <v>5.30891E-3</v>
       </c>
-      <c r="FD61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="FE61" s="30">
         <v>0</v>
       </c>
       <c r="FF61" s="30">
         <v>0</v>
       </c>
       <c r="FG61" s="30">
         <v>0</v>
       </c>
       <c r="FH61" s="30">
+        <v>0</v>
+      </c>
+      <c r="FI61" s="30">
         <v>0.18581192999999999</v>
       </c>
-      <c r="FI61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="FJ61" s="30">
         <v>0</v>
       </c>
       <c r="FK61" s="30">
         <v>0</v>
       </c>
       <c r="FL61" s="30">
         <v>0</v>
       </c>
       <c r="FM61" s="30">
         <v>0</v>
       </c>
       <c r="FN61" s="30">
         <v>0</v>
       </c>
       <c r="FO61" s="30">
         <v>0</v>
       </c>
       <c r="FP61" s="30">
         <v>0</v>
       </c>
       <c r="FQ61" s="30">
+        <v>0</v>
+      </c>
+      <c r="FR61" s="30">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FR61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="FS61" s="30">
         <v>0</v>
       </c>
       <c r="FT61" s="30">
         <v>0</v>
       </c>
       <c r="FU61" s="30">
         <v>0</v>
       </c>
       <c r="FV61" s="30">
         <v>0</v>
       </c>
       <c r="FW61" s="30">
         <v>0</v>
       </c>
       <c r="FX61" s="30">
         <v>0</v>
       </c>
       <c r="FY61" s="30">
         <v>0</v>
       </c>
       <c r="FZ61" s="30">
         <v>0</v>
       </c>
       <c r="GA61" s="30">
         <v>0</v>
       </c>
       <c r="GB61" s="30">
         <v>0</v>
       </c>
       <c r="GC61" s="30">
         <v>0</v>
       </c>
       <c r="GD61" s="30">
         <v>0</v>
       </c>
       <c r="GE61" s="30">
         <v>0</v>
       </c>
       <c r="GF61" s="30">
         <v>0</v>
       </c>
       <c r="GG61" s="30">
         <v>0</v>
       </c>
       <c r="GH61" s="30">
+        <v>0</v>
+      </c>
+      <c r="GI61" s="30">
         <v>0.42604022000000003</v>
       </c>
-      <c r="GI61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="GJ61" s="30">
         <v>0</v>
       </c>
       <c r="GK61" s="30">
         <v>0</v>
       </c>
       <c r="GL61" s="30">
         <v>0</v>
       </c>
       <c r="GM61" s="30">
+        <v>0</v>
+      </c>
+      <c r="GN61" s="30">
         <v>1.990842E-2</v>
       </c>
-      <c r="GN61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="GO61" s="30">
         <v>0</v>
       </c>
       <c r="GP61" s="30">
         <v>0</v>
       </c>
       <c r="GQ61" s="30">
         <v>0</v>
       </c>
       <c r="GR61" s="30">
         <v>0</v>
       </c>
       <c r="GS61" s="30">
         <v>0</v>
       </c>
       <c r="GT61" s="30">
         <v>0</v>
       </c>
       <c r="GU61" s="30">
         <v>0</v>
       </c>
       <c r="GV61" s="30">
         <v>0</v>
       </c>
       <c r="GW61" s="30">
@@ -40123,99 +40611,108 @@
       <c r="HB61" s="30">
         <v>0</v>
       </c>
       <c r="HC61" s="30">
         <v>0</v>
       </c>
       <c r="HD61" s="30">
         <v>0</v>
       </c>
       <c r="HE61" s="30">
         <v>0</v>
       </c>
       <c r="HF61" s="30">
         <v>0</v>
       </c>
       <c r="HG61" s="30">
         <v>0</v>
       </c>
       <c r="HH61" s="30">
         <v>0</v>
       </c>
       <c r="HI61" s="30">
         <v>0</v>
       </c>
       <c r="HJ61" s="30">
+        <v>0</v>
+      </c>
+      <c r="HK61" s="30">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="HK61" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="HL61" s="30">
         <v>0</v>
       </c>
       <c r="HM61" s="30">
         <v>0</v>
       </c>
       <c r="HN61" s="30">
         <v>0</v>
       </c>
       <c r="HO61" s="30">
         <v>0</v>
       </c>
       <c r="HP61" s="30">
         <v>0</v>
       </c>
       <c r="HQ61" s="30">
         <v>0</v>
       </c>
       <c r="HR61" s="30">
         <v>0</v>
       </c>
       <c r="HS61" s="30">
         <v>0</v>
       </c>
       <c r="HT61" s="30">
         <v>0</v>
       </c>
       <c r="HU61" s="30">
         <v>0</v>
       </c>
       <c r="HV61" s="30">
         <v>0</v>
       </c>
       <c r="HW61" s="30">
         <v>0</v>
       </c>
       <c r="HX61" s="30">
         <v>0</v>
       </c>
       <c r="HY61" s="30">
         <v>0</v>
       </c>
+      <c r="HZ61" s="30">
+        <v>0</v>
+      </c>
+      <c r="IA61" s="30">
+        <v>0</v>
+      </c>
+      <c r="IB61" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="62" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15"/>
       <c r="B62" s="35" t="s">
         <v>84</v>
       </c>
       <c r="C62" s="34">
         <v>249.46859911000001</v>
       </c>
       <c r="D62" s="34">
         <v>381.26996921</v>
       </c>
       <c r="E62" s="34">
         <v>643.36682187999997</v>
       </c>
       <c r="F62" s="34">
         <v>574.24334284999998</v>
       </c>
       <c r="G62" s="34">
         <v>246.33329725999999</v>
       </c>
       <c r="H62" s="34">
         <v>589.02902869000002</v>
       </c>
       <c r="I62" s="34">
         <v>216.41374281</v>
       </c>
@@ -40378,543 +40875,552 @@
       <c r="BJ62" s="34">
         <v>3.6099483999999999</v>
       </c>
       <c r="BK62" s="34">
         <v>1151.3881670000001</v>
       </c>
       <c r="BL62" s="34">
         <v>30.254443199999994</v>
       </c>
       <c r="BM62" s="34">
         <v>71.390456709999995</v>
       </c>
       <c r="BN62" s="34">
         <v>8.45307897</v>
       </c>
       <c r="BO62" s="34">
         <v>272.15277522000002</v>
       </c>
       <c r="BP62" s="34">
         <v>52.130118719999992</v>
       </c>
       <c r="BQ62" s="34">
         <v>7.0923869999999996</v>
       </c>
       <c r="BR62" s="34">
+        <v>17.955227000000001</v>
+      </c>
+      <c r="BS62" s="34">
         <v>30.563328689999999</v>
       </c>
-      <c r="BS62" s="34">
+      <c r="BT62" s="34">
         <v>9.7963501199999996</v>
       </c>
-      <c r="BT62" s="34">
+      <c r="BU62" s="34">
         <v>3.4773375799999999</v>
       </c>
-      <c r="BU62" s="34">
+      <c r="BV62" s="34">
         <v>30.579335059999998</v>
       </c>
-      <c r="BV62" s="34">
+      <c r="BW62" s="34">
         <v>16.519344350000001</v>
       </c>
-      <c r="BW62" s="34">
+      <c r="BX62" s="34">
         <v>1.59944256</v>
       </c>
-      <c r="BX62" s="34">
+      <c r="BY62" s="34">
         <v>50.248987990000003</v>
       </c>
-      <c r="BY62" s="34">
+      <c r="BZ62" s="34">
         <v>5.01577012</v>
       </c>
-      <c r="BZ62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="CA62" s="34">
+        <v>0</v>
+      </c>
+      <c r="CB62" s="34">
         <v>53.642371760000003</v>
       </c>
-      <c r="CB62" s="34">
+      <c r="CC62" s="34">
         <v>0.53089123000000005</v>
       </c>
-      <c r="CC62" s="34">
+      <c r="CD62" s="34">
         <v>47.495439640000001</v>
       </c>
-      <c r="CD62" s="34">
+      <c r="CE62" s="34">
         <v>11.008044330000001</v>
       </c>
-      <c r="CE62" s="34">
+      <c r="CF62" s="34">
         <v>115.05434999000001</v>
       </c>
-      <c r="CF62" s="34">
+      <c r="CG62" s="34">
         <v>27.560537</v>
       </c>
-      <c r="CG62" s="34">
+      <c r="CH62" s="34">
         <v>20.267834629999999</v>
       </c>
-      <c r="CH62" s="34">
+      <c r="CI62" s="34">
         <v>23.92150109</v>
       </c>
-      <c r="CI62" s="34">
+      <c r="CJ62" s="34">
         <v>26.636540849999999</v>
       </c>
-      <c r="CJ62" s="34">
+      <c r="CK62" s="34">
         <v>7.6298546700000003</v>
       </c>
-      <c r="CK62" s="34">
+      <c r="CL62" s="34">
         <v>15.37727786</v>
       </c>
-      <c r="CL62" s="34">
+      <c r="CM62" s="34">
         <v>10.38368837</v>
       </c>
-      <c r="CM62" s="34">
+      <c r="CN62" s="34">
         <v>92.073515159999999</v>
       </c>
-      <c r="CN62" s="34">
+      <c r="CO62" s="34">
         <v>11.076992499999999</v>
       </c>
-      <c r="CO62" s="34">
+      <c r="CP62" s="34">
         <v>20.279832769999999</v>
       </c>
-      <c r="CP62" s="34">
+      <c r="CQ62" s="34">
         <v>17.085965890000001</v>
       </c>
-      <c r="CQ62" s="34">
+      <c r="CR62" s="34">
         <v>4.7511155399999998</v>
       </c>
-      <c r="CR62" s="34">
+      <c r="CS62" s="34">
         <v>71.772229080000002</v>
       </c>
-      <c r="CS62" s="34">
+      <c r="CT62" s="34">
         <v>37.028407989999998</v>
       </c>
-      <c r="CT62" s="34">
+      <c r="CU62" s="34">
         <v>18.574981749999999</v>
       </c>
-      <c r="CU62" s="34">
+      <c r="CV62" s="34">
         <v>94.244804569999999</v>
       </c>
-      <c r="CV62" s="34">
+      <c r="CW62" s="34">
         <v>59.179183600000002</v>
       </c>
-      <c r="CW62" s="34">
+      <c r="CX62" s="34">
         <v>36.06345743</v>
       </c>
-      <c r="CX62" s="34">
+      <c r="CY62" s="34">
         <v>42.412757319999997</v>
       </c>
-      <c r="CY62" s="34">
+      <c r="CZ62" s="34">
         <v>61.216363399999999</v>
       </c>
-      <c r="CZ62" s="34">
+      <c r="DA62" s="34">
         <v>174.22538847000001</v>
       </c>
-      <c r="DA62" s="34">
+      <c r="DB62" s="34">
         <v>26.812166869999999</v>
       </c>
-      <c r="DB62" s="34">
+      <c r="DC62" s="34">
         <v>12.036671309999999</v>
       </c>
-      <c r="DC62" s="34">
+      <c r="DD62" s="34">
         <v>71.633647159999995</v>
       </c>
-      <c r="DD62" s="34">
+      <c r="DE62" s="34">
         <v>0.38607605</v>
       </c>
-      <c r="DE62" s="34">
+      <c r="DF62" s="34">
         <v>243.41736234999999</v>
       </c>
-      <c r="DF62" s="34">
+      <c r="DG62" s="34">
         <v>1.70086933</v>
       </c>
-      <c r="DG62" s="34">
+      <c r="DH62" s="34">
         <v>21.307092709999999</v>
       </c>
-      <c r="DH62" s="34">
+      <c r="DI62" s="34">
         <v>59.384508590000003</v>
       </c>
-      <c r="DI62" s="34">
+      <c r="DJ62" s="34">
         <v>24.630297670000001</v>
       </c>
-      <c r="DJ62" s="34">
+      <c r="DK62" s="34">
         <v>5.0090649699999998</v>
       </c>
-      <c r="DK62" s="34">
+      <c r="DL62" s="34">
         <v>120.88885105999999</v>
       </c>
-      <c r="DL62" s="34">
+      <c r="DM62" s="34">
         <v>8.1304000900000002</v>
       </c>
-      <c r="DM62" s="34">
+      <c r="DN62" s="34">
         <v>5.71850156</v>
       </c>
-      <c r="DN62" s="34">
+      <c r="DO62" s="34">
         <v>35.380463200000001</v>
       </c>
-      <c r="DO62" s="34">
+      <c r="DP62" s="34">
         <v>96.153262249999997</v>
       </c>
-      <c r="DP62" s="34">
+      <c r="DQ62" s="34">
         <v>6.2280605900000001</v>
       </c>
-      <c r="DQ62" s="34">
+      <c r="DR62" s="34">
         <v>27.178326370000001</v>
       </c>
-      <c r="DR62" s="34">
+      <c r="DS62" s="34">
         <v>3.1870999999999999E-4</v>
       </c>
-      <c r="DS62" s="34">
+      <c r="DT62" s="34">
         <v>3.9816842499999998</v>
       </c>
-      <c r="DT62" s="34">
+      <c r="DU62" s="34">
         <v>2.5919171799999998</v>
       </c>
-      <c r="DU62" s="34">
+      <c r="DV62" s="34">
         <v>25.890317870000001</v>
       </c>
-      <c r="DV62" s="34">
+      <c r="DW62" s="34">
         <v>7.45257814</v>
       </c>
-      <c r="DW62" s="34">
+      <c r="DX62" s="34">
         <v>23.169951560000001</v>
       </c>
-      <c r="DX62" s="34">
+      <c r="DY62" s="34">
         <v>15.908165110000001</v>
       </c>
-      <c r="DY62" s="34">
+      <c r="DZ62" s="34">
         <v>2.39825204</v>
       </c>
-      <c r="DZ62" s="34">
+      <c r="EA62" s="34">
         <v>40.241693720000001</v>
       </c>
-      <c r="EA62" s="34">
+      <c r="EB62" s="34">
         <v>22.479407770000002</v>
       </c>
-      <c r="EB62" s="34">
+      <c r="EC62" s="34">
         <v>26.611472559999999</v>
       </c>
-      <c r="EC62" s="34">
+      <c r="ED62" s="34">
         <v>2.7043599399999998</v>
       </c>
-      <c r="ED62" s="34">
+      <c r="EE62" s="34">
         <v>428.21761364000002</v>
       </c>
-      <c r="EE62" s="34">
+      <c r="EF62" s="34">
         <v>13.90529282</v>
       </c>
-      <c r="EF62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="EG62" s="34">
+        <v>0</v>
+      </c>
+      <c r="EH62" s="34">
         <v>7.4200570700000004</v>
       </c>
-      <c r="EH62" s="34">
+      <c r="EI62" s="34">
         <v>15.4483733</v>
       </c>
-      <c r="EI62" s="34">
+      <c r="EJ62" s="34">
         <v>8.1207220099999997</v>
       </c>
-      <c r="EJ62" s="34">
+      <c r="EK62" s="34">
         <v>22.91115933</v>
       </c>
-      <c r="EK62" s="34">
+      <c r="EL62" s="34">
         <v>0.96887650000000003</v>
       </c>
-      <c r="EL62" s="34">
+      <c r="EM62" s="34">
         <v>2.75710582</v>
       </c>
-      <c r="EM62" s="34">
+      <c r="EN62" s="34">
         <v>35.211975719999998</v>
       </c>
-      <c r="EN62" s="34">
+      <c r="EO62" s="34">
         <v>2.5029915699999998</v>
       </c>
-      <c r="EO62" s="34">
+      <c r="EP62" s="34">
         <v>11.581711289999999</v>
       </c>
-      <c r="EP62" s="34">
+      <c r="EQ62" s="34">
         <v>3.1355219299999999</v>
       </c>
-      <c r="EQ62" s="34">
+      <c r="ER62" s="34">
         <v>2.65445617</v>
       </c>
-      <c r="ER62" s="34">
+      <c r="ES62" s="34">
         <v>53.304520420000003</v>
       </c>
-      <c r="ES62" s="34">
+      <c r="ET62" s="34">
         <v>7.0277254999999998</v>
       </c>
-      <c r="ET62" s="34">
+      <c r="EU62" s="34">
         <v>6.6169999999999998E-5</v>
       </c>
-      <c r="EU62" s="34">
+      <c r="EV62" s="34">
         <v>4.3054099399999997</v>
       </c>
-      <c r="EV62" s="34">
+      <c r="EW62" s="34">
         <v>90.667436460000005</v>
       </c>
-      <c r="EW62" s="34">
+      <c r="EX62" s="34">
         <v>3.2648218199999999</v>
       </c>
-      <c r="EX62" s="34">
+      <c r="EY62" s="34">
         <v>6.1492508700000004</v>
       </c>
-      <c r="EY62" s="34">
+      <c r="EZ62" s="34">
         <v>1.7188131600000001</v>
       </c>
-      <c r="EZ62" s="34">
+      <c r="FA62" s="34">
         <v>27.768343219999998</v>
       </c>
-      <c r="FA62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="FB62" s="34">
+        <v>0</v>
+      </c>
+      <c r="FC62" s="34">
         <v>3.8333187299999998</v>
       </c>
-      <c r="FC62" s="34">
+      <c r="FD62" s="34">
         <v>2.6544559999999998E-2</v>
       </c>
-      <c r="FD62" s="34">
+      <c r="FE62" s="34">
         <v>24.203291530000001</v>
       </c>
-      <c r="FE62" s="34">
+      <c r="FF62" s="34">
         <v>6.2058942200000002</v>
       </c>
-      <c r="FF62" s="34">
+      <c r="FG62" s="34">
         <v>3.85996885</v>
       </c>
-      <c r="FG62" s="34">
+      <c r="FH62" s="34">
         <v>2.6811998099999999</v>
       </c>
-      <c r="FH62" s="34">
+      <c r="FI62" s="34">
         <v>0.28973388999999999</v>
       </c>
-      <c r="FI62" s="34">
+      <c r="FJ62" s="34">
         <v>53.636704440000003</v>
       </c>
-      <c r="FJ62" s="34">
+      <c r="FK62" s="34">
         <v>5.3088990599999999</v>
       </c>
-      <c r="FK62" s="34">
+      <c r="FL62" s="34">
         <v>18.500433999999998</v>
       </c>
-      <c r="FL62" s="34">
+      <c r="FM62" s="34">
         <v>6.6361400000000001E-2</v>
       </c>
-      <c r="FM62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="FN62" s="34">
+        <v>0</v>
+      </c>
+      <c r="FO62" s="34">
         <v>1.77848563</v>
       </c>
-      <c r="FO62" s="34">
+      <c r="FP62" s="34">
         <v>16.27549273</v>
       </c>
-      <c r="FP62" s="34">
+      <c r="FQ62" s="34">
         <v>8.5169514799999995</v>
       </c>
-      <c r="FQ62" s="34">
+      <c r="FR62" s="34">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FR62" s="34">
+      <c r="FS62" s="34">
         <v>4.9308021399999999</v>
       </c>
-      <c r="FS62" s="34">
+      <c r="FT62" s="34">
         <v>0.17320326</v>
       </c>
-      <c r="FT62" s="34">
+      <c r="FU62" s="34">
         <v>24.033047979999999</v>
       </c>
-      <c r="FU62" s="34">
+      <c r="FV62" s="34">
         <v>19.86221913</v>
       </c>
-      <c r="FV62" s="34">
+      <c r="FW62" s="34">
         <v>39.916968609999998</v>
       </c>
-      <c r="FW62" s="34">
+      <c r="FX62" s="34">
         <v>46.474087590000003</v>
       </c>
-      <c r="FX62" s="34">
+      <c r="FY62" s="34">
         <v>6.3706947999999999</v>
       </c>
-      <c r="FY62" s="34">
+      <c r="FZ62" s="34">
         <v>37.428906560000001</v>
       </c>
-      <c r="FZ62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="GA62" s="34">
+        <v>0</v>
+      </c>
+      <c r="GB62" s="34">
         <v>2.1516756300000002</v>
       </c>
-      <c r="GB62" s="34">
+      <c r="GC62" s="34">
         <v>53.156107239999997</v>
       </c>
-      <c r="GC62" s="34">
+      <c r="GD62" s="34">
         <v>0.97273821999999999</v>
       </c>
-      <c r="GD62" s="34">
+      <c r="GE62" s="34">
         <v>6.4010485099999999</v>
       </c>
-      <c r="GE62" s="34">
+      <c r="GF62" s="34">
         <v>0.19676156</v>
       </c>
-      <c r="GF62" s="34">
+      <c r="GG62" s="34">
         <v>1.65916916</v>
       </c>
-      <c r="GG62" s="34">
+      <c r="GH62" s="34">
         <v>96.838021449999999</v>
       </c>
-      <c r="GH62" s="34">
+      <c r="GI62" s="34">
         <v>76.137474280000006</v>
       </c>
-      <c r="GI62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="GJ62" s="34">
+        <v>0</v>
+      </c>
+      <c r="GK62" s="34">
         <v>0.39817903999999998</v>
       </c>
-      <c r="GK62" s="34">
+      <c r="GL62" s="34">
         <v>671.15817904000005</v>
       </c>
-      <c r="GL62" s="34">
+      <c r="GM62" s="34">
         <v>3.3048244699999998</v>
       </c>
-      <c r="GM62" s="34">
+      <c r="GN62" s="34">
         <v>4.7519158499999996</v>
       </c>
-      <c r="GN62" s="34">
+      <c r="GO62" s="34">
         <v>34.6889641</v>
       </c>
-      <c r="GO62" s="34">
+      <c r="GP62" s="34">
         <v>36.9322917</v>
       </c>
-      <c r="GP62" s="34">
+      <c r="GQ62" s="34">
         <v>2.0572035299999998</v>
       </c>
-      <c r="GQ62" s="34">
+      <c r="GR62" s="34">
         <v>2.65445617</v>
       </c>
-      <c r="GR62" s="34">
+      <c r="GS62" s="34">
         <v>29.636074059999999</v>
       </c>
-      <c r="GS62" s="34">
+      <c r="GT62" s="34">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT62" s="34">
+      <c r="GU62" s="34">
         <v>15.834483080000002</v>
       </c>
-      <c r="GU62" s="34">
+      <c r="GV62" s="34">
         <v>39.921757100000001</v>
       </c>
-      <c r="GV62" s="34">
+      <c r="GW62" s="34">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW62" s="34">
+      <c r="GX62" s="34">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="GY62" s="34">
+        <v>0</v>
+      </c>
+      <c r="GZ62" s="34">
         <v>0.82651169000000002</v>
       </c>
-      <c r="GZ62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="HA62" s="34">
+        <v>0</v>
+      </c>
+      <c r="HB62" s="34">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB62" s="34">
+      <c r="HC62" s="34">
         <v>3.5435884</v>
       </c>
-      <c r="HC62" s="34">
+      <c r="HD62" s="34">
         <v>1</v>
       </c>
-      <c r="HD62" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="HE62" s="34">
+        <v>0</v>
+      </c>
+      <c r="HF62" s="34">
         <v>1150.3881670000001</v>
       </c>
-      <c r="HF62" s="34">
+      <c r="HG62" s="34">
         <v>29.159607199999996</v>
       </c>
-      <c r="HG62" s="34">
+      <c r="HH62" s="34">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH62" s="34">
+      <c r="HI62" s="34">
         <v>0.26525399999999999</v>
       </c>
-      <c r="HI62" s="34">
+      <c r="HJ62" s="34">
         <v>12.197013009999999</v>
       </c>
-      <c r="HJ62" s="34">
+      <c r="HK62" s="34">
         <v>6.7548914999999994</v>
       </c>
-      <c r="HK62" s="34">
+      <c r="HL62" s="34">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL62" s="34">
+      <c r="HM62" s="34">
         <v>4</v>
       </c>
-      <c r="HM62" s="34">
+      <c r="HN62" s="34">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN62" s="34">
+      <c r="HO62" s="34">
         <v>0.44999897</v>
       </c>
-      <c r="HO62" s="34">
+      <c r="HP62" s="34">
         <v>19.983029999999999</v>
       </c>
-      <c r="HP62" s="34">
+      <c r="HQ62" s="34">
         <v>184.04960706</v>
       </c>
-      <c r="HQ62" s="34">
+      <c r="HR62" s="34">
         <v>68.120138159999996</v>
       </c>
-      <c r="HR62" s="34">
+      <c r="HS62" s="34">
         <v>20.589048719999997</v>
       </c>
-      <c r="HS62" s="34">
+      <c r="HT62" s="34">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT62" s="34">
+      <c r="HU62" s="34">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="HU62" s="34">
+      <c r="HV62" s="34">
         <v>5.8415400000000002</v>
       </c>
-      <c r="HV62" s="34">
+      <c r="HW62" s="34">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW62" s="34">
+      <c r="HX62" s="34">
         <v>0.97499999999999998</v>
       </c>
-      <c r="HX62" s="34">
+      <c r="HY62" s="34">
         <v>12.407891999999999</v>
       </c>
-      <c r="HY62" s="34">
+      <c r="HZ62" s="34">
         <v>2.5000000000000001E-2</v>
       </c>
+      <c r="IA62" s="34">
+        <v>5.522335</v>
+      </c>
+      <c r="IB62" s="34">
+        <v>16.095293000000002</v>
+      </c>
     </row>
-    <row r="63" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="15"/>
       <c r="B63" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C63" s="32">
         <v>262.43159502999998</v>
       </c>
       <c r="D63" s="32">
         <v>627.88608260000001</v>
       </c>
       <c r="E63" s="32">
         <v>856.73745280000003</v>
       </c>
       <c r="F63" s="32">
         <v>1004.31227481</v>
       </c>
       <c r="G63" s="32">
         <v>305.88763011999998</v>
       </c>
       <c r="H63" s="32">
         <v>804.02283929999999</v>
       </c>
       <c r="I63" s="32">
         <v>258.99973761000001</v>
       </c>
@@ -41077,544 +41583,552 @@
       <c r="BJ63" s="32">
         <v>3.6099483999999999</v>
       </c>
       <c r="BK63" s="32">
         <v>1191.35724536</v>
       </c>
       <c r="BL63" s="32">
         <v>30.254443199999994</v>
       </c>
       <c r="BM63" s="32">
         <v>71.390456709999995</v>
       </c>
       <c r="BN63" s="32">
         <v>8.45307897</v>
       </c>
       <c r="BO63" s="32">
         <v>327.02729202</v>
       </c>
       <c r="BP63" s="32">
         <v>66.846596829999996</v>
       </c>
       <c r="BQ63" s="32">
         <v>9.9523869999999999</v>
       </c>
       <c r="BR63" s="32">
+        <v>376.45481285000005</v>
+      </c>
+      <c r="BS63" s="32">
         <v>30.563328689999999</v>
       </c>
-      <c r="BS63" s="32">
+      <c r="BT63" s="32">
         <v>9.7963501199999996</v>
       </c>
-      <c r="BT63" s="32">
+      <c r="BU63" s="32">
         <v>3.4773375799999999</v>
       </c>
-      <c r="BU63" s="32">
+      <c r="BV63" s="32">
         <v>30.579335059999998</v>
       </c>
-      <c r="BV63" s="32">
+      <c r="BW63" s="32">
         <v>16.519344350000001</v>
       </c>
-      <c r="BW63" s="32">
+      <c r="BX63" s="32">
         <v>1.59944256</v>
       </c>
-      <c r="BX63" s="32">
+      <c r="BY63" s="32">
         <v>50.248987990000003</v>
       </c>
-      <c r="BY63" s="32">
+      <c r="BZ63" s="32">
         <v>5.01577012</v>
       </c>
-      <c r="BZ63" s="32">
+      <c r="CA63" s="32">
         <v>5.0749883899999997</v>
       </c>
-      <c r="CA63" s="32">
+      <c r="CB63" s="32">
         <v>53.642371760000003</v>
       </c>
-      <c r="CB63" s="32">
+      <c r="CC63" s="32">
         <v>0.53089123000000005</v>
       </c>
-      <c r="CC63" s="32">
+      <c r="CD63" s="32">
         <v>55.383447179999997</v>
       </c>
-      <c r="CD63" s="32">
+      <c r="CE63" s="32">
         <v>22.741430749999999</v>
       </c>
-      <c r="CE63" s="32">
+      <c r="CF63" s="32">
         <v>115.05434999000001</v>
       </c>
-      <c r="CF63" s="32">
+      <c r="CG63" s="32">
         <v>27.560537</v>
       </c>
-      <c r="CG63" s="32">
+      <c r="CH63" s="32">
         <v>29.95606875</v>
       </c>
-      <c r="CH63" s="32">
+      <c r="CI63" s="32">
         <v>129.63322964</v>
       </c>
-      <c r="CI63" s="32">
+      <c r="CJ63" s="32">
         <v>108.29601906000001</v>
       </c>
-      <c r="CJ63" s="32">
+      <c r="CK63" s="32">
         <v>7.6298546700000003</v>
       </c>
-      <c r="CK63" s="32">
+      <c r="CL63" s="32">
         <v>18.23252703</v>
       </c>
-      <c r="CL63" s="32">
+      <c r="CM63" s="32">
         <v>10.38368837</v>
       </c>
-      <c r="CM63" s="32">
+      <c r="CN63" s="32">
         <v>101.51010684000001</v>
       </c>
-      <c r="CN63" s="32">
+      <c r="CO63" s="32">
         <v>36.608437729999999</v>
       </c>
-      <c r="CO63" s="32">
+      <c r="CP63" s="32">
         <v>20.279832769999999</v>
       </c>
-      <c r="CP63" s="32">
+      <c r="CQ63" s="32">
         <v>18.38573637</v>
       </c>
-      <c r="CQ63" s="32">
+      <c r="CR63" s="32">
         <v>6.3681591900000001</v>
       </c>
-      <c r="CR63" s="32">
+      <c r="CS63" s="32">
         <v>72.726909550000002</v>
       </c>
-      <c r="CS63" s="32">
+      <c r="CT63" s="32">
         <v>42.42276013</v>
       </c>
-      <c r="CT63" s="32">
+      <c r="CU63" s="32">
         <v>18.574981749999999</v>
       </c>
-      <c r="CU63" s="32">
+      <c r="CV63" s="32">
         <v>94.244804569999999</v>
       </c>
-      <c r="CV63" s="32">
+      <c r="CW63" s="32">
         <v>59.179183600000002</v>
       </c>
-      <c r="CW63" s="32">
+      <c r="CX63" s="32">
         <v>36.06345743</v>
       </c>
-      <c r="CX63" s="32">
+      <c r="CY63" s="32">
         <v>42.412757319999997</v>
       </c>
-      <c r="CY63" s="32">
+      <c r="CZ63" s="32">
         <v>153.30102029</v>
       </c>
-      <c r="CZ63" s="32">
+      <c r="DA63" s="32">
         <v>285.56601477999999</v>
       </c>
-      <c r="DA63" s="32">
+      <c r="DB63" s="32">
         <v>27.491667830000001</v>
       </c>
-      <c r="DB63" s="32">
+      <c r="DC63" s="32">
         <v>84.508119890000003</v>
       </c>
-      <c r="DC63" s="32">
+      <c r="DD63" s="32">
         <v>109.05350418</v>
       </c>
-      <c r="DD63" s="32">
+      <c r="DE63" s="32">
         <v>20.75145873</v>
       </c>
-      <c r="DE63" s="32">
+      <c r="DF63" s="32">
         <v>259.43083769999998</v>
       </c>
-      <c r="DF63" s="32">
+      <c r="DG63" s="32">
         <v>1.70086933</v>
       </c>
-      <c r="DG63" s="32">
+      <c r="DH63" s="32">
         <v>21.307092709999999</v>
       </c>
-      <c r="DH63" s="32">
+      <c r="DI63" s="32">
         <v>133.25996151000001</v>
       </c>
-      <c r="DI63" s="32">
+      <c r="DJ63" s="32">
         <v>73.584639699999997</v>
       </c>
-      <c r="DJ63" s="32">
+      <c r="DK63" s="32">
         <v>5.0090649699999998</v>
       </c>
-      <c r="DK63" s="32">
+      <c r="DL63" s="32">
         <v>140.06455108</v>
       </c>
-      <c r="DL63" s="32">
+      <c r="DM63" s="32">
         <v>148.19827694</v>
       </c>
-      <c r="DM63" s="32">
+      <c r="DN63" s="32">
         <v>7.4438980700000004</v>
       </c>
-      <c r="DN63" s="32">
+      <c r="DO63" s="32">
         <v>36.442245669999998</v>
       </c>
-      <c r="DO63" s="32">
+      <c r="DP63" s="32">
         <v>103.61892022000001</v>
       </c>
-      <c r="DP63" s="32">
+      <c r="DQ63" s="32">
         <v>12.45501526</v>
       </c>
-      <c r="DQ63" s="32">
+      <c r="DR63" s="32">
         <v>60.4999137</v>
       </c>
-      <c r="DR63" s="32">
+      <c r="DS63" s="32">
         <v>3.1870999999999999E-4</v>
       </c>
-      <c r="DS63" s="32">
+      <c r="DT63" s="32">
         <v>3.9816842499999998</v>
       </c>
-      <c r="DT63" s="32">
+      <c r="DU63" s="32">
         <v>2.5919171799999998</v>
       </c>
-      <c r="DU63" s="32">
+      <c r="DV63" s="32">
         <v>25.890317870000001</v>
       </c>
-      <c r="DV63" s="32">
+      <c r="DW63" s="32">
         <v>7.45257814</v>
       </c>
-      <c r="DW63" s="32">
+      <c r="DX63" s="32">
         <v>29.899165740000001</v>
       </c>
-      <c r="DX63" s="32">
+      <c r="DY63" s="32">
         <v>20.65730134</v>
       </c>
-      <c r="DY63" s="32">
+      <c r="DZ63" s="32">
         <v>2.39825204</v>
       </c>
-      <c r="DZ63" s="32">
+      <c r="EA63" s="32">
         <v>47.239846219999997</v>
       </c>
-      <c r="EA63" s="32">
+      <c r="EB63" s="32">
         <v>22.479407770000002</v>
       </c>
-      <c r="EB63" s="32">
+      <c r="EC63" s="32">
         <v>26.611472559999999</v>
       </c>
-      <c r="EC63" s="32">
+      <c r="ED63" s="32">
         <v>2.7043599399999998</v>
       </c>
-      <c r="ED63" s="32">
+      <c r="EE63" s="32">
         <v>428.21761364000002</v>
       </c>
-      <c r="EE63" s="32">
+      <c r="EF63" s="32">
         <v>197.08900052000001</v>
       </c>
-      <c r="EF63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EG63" s="32">
+        <v>0</v>
+      </c>
+      <c r="EH63" s="32">
         <v>7.4200570700000004</v>
       </c>
-      <c r="EH63" s="32">
+      <c r="EI63" s="32">
         <v>24.175747380000001</v>
       </c>
-      <c r="EI63" s="32">
+      <c r="EJ63" s="32">
         <v>8.1207220099999997</v>
       </c>
-      <c r="EJ63" s="32">
+      <c r="EK63" s="32">
         <v>30.591315999999999</v>
       </c>
-      <c r="EK63" s="32">
+      <c r="EL63" s="32">
         <v>9.3732961699999997</v>
       </c>
-      <c r="EL63" s="32">
+      <c r="EM63" s="32">
         <v>4.7564422100000003</v>
       </c>
-      <c r="EM63" s="32">
+      <c r="EN63" s="32">
         <v>35.211975719999998</v>
       </c>
-      <c r="EN63" s="32">
+      <c r="EO63" s="32">
         <v>4.2589672199999997</v>
       </c>
-      <c r="EO63" s="32">
+      <c r="EP63" s="32">
         <v>11.581711289999999</v>
       </c>
-      <c r="EP63" s="32">
+      <c r="EQ63" s="32">
         <v>3.1355219299999999</v>
       </c>
-      <c r="EQ63" s="32">
+      <c r="ER63" s="32">
         <v>2.65445617</v>
       </c>
-      <c r="ER63" s="32">
+      <c r="ES63" s="32">
         <v>53.304520420000003</v>
       </c>
-      <c r="ES63" s="32">
+      <c r="ET63" s="32">
         <v>7.0277254999999998</v>
       </c>
-      <c r="ET63" s="32">
+      <c r="EU63" s="32">
         <v>20.151011820000001</v>
       </c>
-      <c r="EU63" s="32">
+      <c r="EV63" s="32">
         <v>22.985147059999999</v>
       </c>
-      <c r="EV63" s="32">
+      <c r="EW63" s="32">
         <v>90.667436460000005</v>
       </c>
-      <c r="EW63" s="32">
+      <c r="EX63" s="32">
         <v>3.2648218199999999</v>
       </c>
-      <c r="EX63" s="32">
+      <c r="EY63" s="32">
         <v>12.5504686</v>
       </c>
-      <c r="EY63" s="32">
+      <c r="EZ63" s="32">
         <v>1.7188131600000001</v>
       </c>
-      <c r="EZ63" s="32">
+      <c r="FA63" s="32">
         <v>27.768343219999998</v>
       </c>
-      <c r="FA63" s="32">
+      <c r="FB63" s="32">
         <v>118.51592823</v>
       </c>
-      <c r="FB63" s="32">
+      <c r="FC63" s="32">
         <v>3.8333187299999998</v>
       </c>
-      <c r="FC63" s="32">
+      <c r="FD63" s="32">
         <v>38.619923380000003</v>
       </c>
-      <c r="FD63" s="32">
+      <c r="FE63" s="32">
         <v>24.203291530000001</v>
       </c>
-      <c r="FE63" s="32">
+      <c r="FF63" s="32">
         <v>6.2058942200000002</v>
       </c>
-      <c r="FF63" s="32">
+      <c r="FG63" s="32">
         <v>3.85996885</v>
       </c>
-      <c r="FG63" s="32">
+      <c r="FH63" s="32">
         <v>2.6811998099999999</v>
       </c>
-      <c r="FH63" s="32">
+      <c r="FI63" s="32">
         <v>0.28973388999999999</v>
       </c>
-      <c r="FI63" s="32">
+      <c r="FJ63" s="32">
         <v>58.318224780000001</v>
       </c>
-      <c r="FJ63" s="32">
+      <c r="FK63" s="32">
         <v>5.3088990599999999</v>
       </c>
-      <c r="FK63" s="32">
+      <c r="FL63" s="32">
         <v>18.500433999999998</v>
       </c>
-      <c r="FL63" s="32">
+      <c r="FM63" s="32">
         <v>6.6361400000000001E-2</v>
       </c>
-      <c r="FM63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FN63" s="32">
+        <v>0</v>
+      </c>
+      <c r="FO63" s="32">
         <v>44.683241539999997</v>
       </c>
-      <c r="FO63" s="32">
+      <c r="FP63" s="32">
         <v>16.27549273</v>
       </c>
-      <c r="FP63" s="32">
+      <c r="FQ63" s="32">
         <v>8.5169514799999995</v>
       </c>
-      <c r="FQ63" s="32">
+      <c r="FR63" s="32">
         <v>0.39816843000000002</v>
       </c>
-      <c r="FR63" s="32">
+      <c r="FS63" s="32">
         <v>4.9308021399999999</v>
       </c>
-      <c r="FS63" s="32">
+      <c r="FT63" s="32">
         <v>0.17320326</v>
       </c>
-      <c r="FT63" s="32">
+      <c r="FU63" s="32">
         <v>24.033047979999999</v>
       </c>
-      <c r="FU63" s="32">
+      <c r="FV63" s="32">
         <v>19.86221913</v>
       </c>
-      <c r="FV63" s="32">
+      <c r="FW63" s="32">
         <v>39.916968609999998</v>
       </c>
-      <c r="FW63" s="32">
+      <c r="FX63" s="32">
         <v>50.455771849999998</v>
       </c>
-      <c r="FX63" s="32">
+      <c r="FY63" s="32">
         <v>6.3706947999999999</v>
       </c>
-      <c r="FY63" s="32">
+      <c r="FZ63" s="32">
         <v>37.428906560000001</v>
       </c>
-      <c r="FZ63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GA63" s="32">
+        <v>0</v>
+      </c>
+      <c r="GB63" s="32">
         <v>5.9517629599999999</v>
       </c>
-      <c r="GB63" s="32">
+      <c r="GC63" s="32">
         <v>53.156107239999997</v>
       </c>
-      <c r="GC63" s="32">
+      <c r="GD63" s="32">
         <v>13.998065710000001</v>
       </c>
-      <c r="GD63" s="32">
+      <c r="GE63" s="32">
         <v>6.4010485099999999</v>
       </c>
-      <c r="GE63" s="32">
+      <c r="GF63" s="32">
         <v>0.19676156</v>
       </c>
-      <c r="GF63" s="32">
+      <c r="GG63" s="32">
         <v>2.4969802900000002</v>
       </c>
-      <c r="GG63" s="32">
+      <c r="GH63" s="32">
         <v>96.838021449999999</v>
       </c>
-      <c r="GH63" s="32">
+      <c r="GI63" s="32">
         <v>98.416418780000001</v>
       </c>
-      <c r="GI63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GJ63" s="32">
+        <v>0</v>
+      </c>
+      <c r="GK63" s="32">
         <v>0.39817903999999998</v>
       </c>
-      <c r="GK63" s="32">
+      <c r="GL63" s="32">
         <v>680.58863893</v>
       </c>
-      <c r="GL63" s="32">
+      <c r="GM63" s="32">
         <v>207.96813989</v>
       </c>
-      <c r="GM63" s="32">
+      <c r="GN63" s="32">
         <v>4.7519158499999996</v>
       </c>
-      <c r="GN63" s="32">
+      <c r="GO63" s="32">
         <v>34.6889641</v>
       </c>
-      <c r="GO63" s="32">
+      <c r="GP63" s="32">
         <v>58.227374320000003</v>
       </c>
-      <c r="GP63" s="32">
+      <c r="GQ63" s="32">
         <v>2.0572035299999998</v>
       </c>
-      <c r="GQ63" s="32">
+      <c r="GR63" s="32">
         <v>2.65445617</v>
       </c>
-      <c r="GR63" s="32">
+      <c r="GS63" s="32">
         <v>41.428123960000001</v>
       </c>
-      <c r="GS63" s="32">
+      <c r="GT63" s="32">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT63" s="32">
+      <c r="GU63" s="32">
         <v>20.88248308</v>
       </c>
-      <c r="GU63" s="32">
+      <c r="GV63" s="32">
         <v>44.566257100000001</v>
       </c>
-      <c r="GV63" s="32">
+      <c r="GW63" s="32">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW63" s="32">
+      <c r="GX63" s="32">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GY63" s="32">
+        <v>0</v>
+      </c>
+      <c r="GZ63" s="32">
         <v>24.731487790000003</v>
       </c>
-      <c r="GZ63" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HA63" s="32">
+        <v>0</v>
+      </c>
+      <c r="HB63" s="32">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB63" s="32">
+      <c r="HC63" s="32">
         <v>3.5435884</v>
       </c>
-      <c r="HC63" s="32">
+      <c r="HD63" s="32">
         <v>1</v>
       </c>
-      <c r="HD63" s="32">
+      <c r="HE63" s="32">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE63" s="32">
+      <c r="HF63" s="32">
         <v>1150.3881670000001</v>
       </c>
-      <c r="HF63" s="32">
+      <c r="HG63" s="32">
         <v>29.159607199999996</v>
       </c>
-      <c r="HG63" s="32">
+      <c r="HH63" s="32">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH63" s="32">
+      <c r="HI63" s="32">
         <v>0.26525399999999999</v>
       </c>
-      <c r="HI63" s="32">
+      <c r="HJ63" s="32">
         <v>12.197013009999999</v>
       </c>
-      <c r="HJ63" s="32">
+      <c r="HK63" s="32">
         <v>6.7548914999999994</v>
       </c>
-      <c r="HK63" s="32">
+      <c r="HL63" s="32">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL63" s="32">
+      <c r="HM63" s="32">
         <v>4</v>
       </c>
-      <c r="HM63" s="32">
+      <c r="HN63" s="32">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN63" s="32">
+      <c r="HO63" s="32">
         <v>0.44999897</v>
       </c>
-      <c r="HO63" s="32">
+      <c r="HP63" s="32">
         <v>74.857546799999994</v>
       </c>
-      <c r="HP63" s="32">
+      <c r="HQ63" s="32">
         <v>184.04960706</v>
       </c>
-      <c r="HQ63" s="32">
+      <c r="HR63" s="32">
         <v>68.120138159999996</v>
       </c>
-      <c r="HR63" s="32">
+      <c r="HS63" s="32">
         <v>33.988211789999994</v>
       </c>
-      <c r="HS63" s="32">
+      <c r="HT63" s="32">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT63" s="32">
+      <c r="HU63" s="32">
         <v>1.3423150399999999</v>
       </c>
-      <c r="HU63" s="32">
+      <c r="HV63" s="32">
         <v>8.7015399999999996</v>
       </c>
-      <c r="HV63" s="32">
+      <c r="HW63" s="32">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW63" s="32">
+      <c r="HX63" s="32">
         <v>0.97499999999999998</v>
       </c>
-      <c r="HX63" s="32">
+      <c r="HY63" s="32">
         <v>105.71437224</v>
       </c>
-      <c r="HY63" s="32">
+      <c r="HZ63" s="32">
         <v>2.5000000000000001E-2</v>
       </c>
+      <c r="IA63" s="32">
+        <v>270.71544061000003</v>
+      </c>
+      <c r="IB63" s="32">
+        <v>16.095293000000002</v>
+      </c>
     </row>
-    <row r="64" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EF64" s="37"/>
+    <row r="64" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EG64" s="37"/>
       <c r="EH64" s="37"/>
       <c r="EI64" s="37"/>
       <c r="EJ64" s="37"/>
       <c r="EK64" s="37"/>
       <c r="EL64" s="37"/>
       <c r="EM64" s="37"/>
       <c r="EN64" s="37"/>
       <c r="EO64" s="37"/>
       <c r="EP64" s="37"/>
       <c r="EQ64" s="37"/>
       <c r="ER64" s="37"/>
       <c r="ES64" s="37"/>
       <c r="ET64" s="37"/>
       <c r="EU64" s="37"/>
       <c r="EV64" s="37"/>
       <c r="EW64" s="37"/>
       <c r="EX64" s="37"/>
       <c r="EY64" s="37"/>
       <c r="EZ64" s="37"/>
       <c r="FA64" s="37"/>
       <c r="FB64" s="37"/>
       <c r="FC64" s="37"/>
       <c r="FD64" s="37"/>
       <c r="FE64" s="37"/>
@@ -41668,53 +42182,55 @@
       <c r="HA64" s="37"/>
       <c r="HB64" s="37"/>
       <c r="HC64" s="37"/>
       <c r="HD64" s="37"/>
       <c r="HE64" s="37"/>
       <c r="HF64" s="37"/>
       <c r="HG64" s="37"/>
       <c r="HH64" s="37"/>
       <c r="HI64" s="37"/>
       <c r="HJ64" s="37"/>
       <c r="HK64" s="37"/>
       <c r="HL64" s="37"/>
       <c r="HM64" s="37"/>
       <c r="HN64" s="37"/>
       <c r="HO64" s="37"/>
       <c r="HP64" s="37"/>
       <c r="HQ64" s="37"/>
       <c r="HR64" s="37"/>
       <c r="HS64" s="37"/>
       <c r="HT64" s="37"/>
       <c r="HU64" s="37"/>
       <c r="HV64" s="37"/>
       <c r="HW64" s="37"/>
       <c r="HX64" s="37"/>
       <c r="HY64" s="37"/>
+      <c r="HZ64" s="37"/>
+      <c r="IA64" s="37"/>
+      <c r="IB64" s="37"/>
     </row>
-    <row r="65" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EF65" s="37"/>
+    <row r="65" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EG65" s="37"/>
       <c r="EH65" s="37"/>
       <c r="EI65" s="37"/>
       <c r="EJ65" s="37"/>
       <c r="EK65" s="37"/>
       <c r="EL65" s="37"/>
       <c r="EM65" s="37"/>
       <c r="EN65" s="37"/>
       <c r="EO65" s="37"/>
       <c r="EP65" s="37"/>
       <c r="EQ65" s="37"/>
       <c r="ER65" s="37"/>
       <c r="ES65" s="37"/>
       <c r="ET65" s="37"/>
       <c r="EU65" s="37"/>
       <c r="EV65" s="37"/>
       <c r="EW65" s="37"/>
       <c r="EX65" s="37"/>
       <c r="EY65" s="37"/>
       <c r="EZ65" s="37"/>
       <c r="FA65" s="37"/>
       <c r="FB65" s="37"/>
       <c r="FC65" s="37"/>
       <c r="FD65" s="37"/>
       <c r="FE65" s="37"/>
@@ -41768,52 +42284,55 @@
       <c r="HA65" s="37"/>
       <c r="HB65" s="37"/>
       <c r="HC65" s="37"/>
       <c r="HD65" s="37"/>
       <c r="HE65" s="37"/>
       <c r="HF65" s="37"/>
       <c r="HG65" s="37"/>
       <c r="HH65" s="37"/>
       <c r="HI65" s="37"/>
       <c r="HJ65" s="37"/>
       <c r="HK65" s="37"/>
       <c r="HL65" s="37"/>
       <c r="HM65" s="37"/>
       <c r="HN65" s="37"/>
       <c r="HO65" s="37"/>
       <c r="HP65" s="37"/>
       <c r="HQ65" s="37"/>
       <c r="HR65" s="37"/>
       <c r="HS65" s="37"/>
       <c r="HT65" s="37"/>
       <c r="HU65" s="37"/>
       <c r="HV65" s="37"/>
       <c r="HW65" s="37"/>
       <c r="HX65" s="37"/>
       <c r="HY65" s="37"/>
+      <c r="HZ65" s="37"/>
+      <c r="IA65" s="37"/>
+      <c r="IB65" s="37"/>
     </row>
-    <row r="66" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C66" s="36"/>
       <c r="D66" s="36"/>
       <c r="E66" s="36"/>
       <c r="F66" s="36"/>
       <c r="G66" s="36"/>
       <c r="H66" s="36"/>
       <c r="I66" s="36"/>
       <c r="J66" s="36"/>
       <c r="K66" s="36"/>
       <c r="L66" s="36"/>
       <c r="M66" s="36"/>
       <c r="N66" s="36"/>
       <c r="O66" s="36"/>
       <c r="P66" s="36"/>
       <c r="Q66" s="36"/>
       <c r="R66" s="36"/>
       <c r="S66" s="36"/>
       <c r="T66" s="36"/>
       <c r="U66" s="36"/>
       <c r="V66" s="36"/>
       <c r="W66" s="36"/>
       <c r="X66" s="36"/>
@@ -42004,56 +42523,58 @@
       <c r="HA66" s="36"/>
       <c r="HB66" s="36"/>
       <c r="HC66" s="36"/>
       <c r="HD66" s="36"/>
       <c r="HE66" s="36"/>
       <c r="HF66" s="36"/>
       <c r="HG66" s="36"/>
       <c r="HH66" s="36"/>
       <c r="HI66" s="36"/>
       <c r="HJ66" s="36"/>
       <c r="HK66" s="36"/>
       <c r="HL66" s="36"/>
       <c r="HM66" s="36"/>
       <c r="HN66" s="36"/>
       <c r="HO66" s="36"/>
       <c r="HP66" s="36"/>
       <c r="HQ66" s="36"/>
       <c r="HR66" s="36"/>
       <c r="HS66" s="36"/>
       <c r="HT66" s="36"/>
       <c r="HU66" s="36"/>
       <c r="HV66" s="36"/>
       <c r="HW66" s="36"/>
       <c r="HX66" s="36"/>
       <c r="HY66" s="36"/>
+      <c r="HZ66" s="36"/>
+      <c r="IA66" s="36"/>
+      <c r="IB66" s="36"/>
     </row>
-    <row r="67" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="38" t="s">
         <v>198</v>
       </c>
-      <c r="EA67" s="36"/>
       <c r="EB67" s="36"/>
       <c r="EC67" s="36"/>
       <c r="ED67" s="36"/>
       <c r="EE67" s="36"/>
       <c r="EF67" s="36"/>
       <c r="EG67" s="36"/>
       <c r="EH67" s="36"/>
       <c r="EI67" s="36"/>
       <c r="EJ67" s="36"/>
       <c r="EK67" s="36"/>
       <c r="EL67" s="36"/>
       <c r="EM67" s="36"/>
       <c r="EN67" s="36"/>
       <c r="EO67" s="36"/>
       <c r="EP67" s="36"/>
       <c r="EQ67" s="36"/>
       <c r="ER67" s="36"/>
       <c r="ES67" s="36"/>
       <c r="ET67" s="36"/>
       <c r="EU67" s="36"/>
       <c r="EV67" s="36"/>
       <c r="EW67" s="36"/>
       <c r="EX67" s="36"/>
       <c r="EY67" s="36"/>
       <c r="EZ67" s="36"/>
@@ -42112,53 +42633,55 @@
       <c r="HA67" s="36"/>
       <c r="HB67" s="36"/>
       <c r="HC67" s="36"/>
       <c r="HD67" s="36"/>
       <c r="HE67" s="36"/>
       <c r="HF67" s="36"/>
       <c r="HG67" s="36"/>
       <c r="HH67" s="36"/>
       <c r="HI67" s="36"/>
       <c r="HJ67" s="36"/>
       <c r="HK67" s="36"/>
       <c r="HL67" s="36"/>
       <c r="HM67" s="36"/>
       <c r="HN67" s="36"/>
       <c r="HO67" s="36"/>
       <c r="HP67" s="36"/>
       <c r="HQ67" s="36"/>
       <c r="HR67" s="36"/>
       <c r="HS67" s="36"/>
       <c r="HT67" s="36"/>
       <c r="HU67" s="36"/>
       <c r="HV67" s="36"/>
       <c r="HW67" s="36"/>
       <c r="HX67" s="36"/>
       <c r="HY67" s="36"/>
+      <c r="HZ67" s="36"/>
+      <c r="IA67" s="36"/>
+      <c r="IB67" s="36"/>
     </row>
-    <row r="68" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA68" s="36"/>
+    <row r="68" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB68" s="36"/>
       <c r="EC68" s="36"/>
       <c r="ED68" s="36"/>
       <c r="EE68" s="36"/>
       <c r="EF68" s="36"/>
       <c r="EG68" s="36"/>
       <c r="EH68" s="36"/>
       <c r="EI68" s="36"/>
       <c r="EJ68" s="36"/>
       <c r="EK68" s="36"/>
       <c r="EL68" s="36"/>
       <c r="EM68" s="36"/>
       <c r="EN68" s="36"/>
       <c r="EO68" s="36"/>
       <c r="EP68" s="36"/>
       <c r="EQ68" s="36"/>
       <c r="ER68" s="36"/>
       <c r="ES68" s="36"/>
       <c r="ET68" s="36"/>
       <c r="EU68" s="36"/>
       <c r="EV68" s="36"/>
       <c r="EW68" s="36"/>
       <c r="EX68" s="36"/>
       <c r="EY68" s="36"/>
       <c r="EZ68" s="36"/>
@@ -42217,53 +42740,55 @@
       <c r="HA68" s="36"/>
       <c r="HB68" s="36"/>
       <c r="HC68" s="36"/>
       <c r="HD68" s="36"/>
       <c r="HE68" s="36"/>
       <c r="HF68" s="36"/>
       <c r="HG68" s="36"/>
       <c r="HH68" s="36"/>
       <c r="HI68" s="36"/>
       <c r="HJ68" s="36"/>
       <c r="HK68" s="36"/>
       <c r="HL68" s="36"/>
       <c r="HM68" s="36"/>
       <c r="HN68" s="36"/>
       <c r="HO68" s="36"/>
       <c r="HP68" s="36"/>
       <c r="HQ68" s="36"/>
       <c r="HR68" s="36"/>
       <c r="HS68" s="36"/>
       <c r="HT68" s="36"/>
       <c r="HU68" s="36"/>
       <c r="HV68" s="36"/>
       <c r="HW68" s="36"/>
       <c r="HX68" s="36"/>
       <c r="HY68" s="36"/>
+      <c r="HZ68" s="36"/>
+      <c r="IA68" s="36"/>
+      <c r="IB68" s="36"/>
     </row>
-    <row r="69" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA69" s="36"/>
+    <row r="69" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB69" s="36"/>
       <c r="EC69" s="36"/>
       <c r="ED69" s="36"/>
       <c r="EE69" s="36"/>
       <c r="EF69" s="36"/>
       <c r="EG69" s="36"/>
       <c r="EH69" s="36"/>
       <c r="EI69" s="36"/>
       <c r="EJ69" s="36"/>
       <c r="EK69" s="36"/>
       <c r="EL69" s="36"/>
       <c r="EM69" s="36"/>
       <c r="EN69" s="36"/>
       <c r="EO69" s="36"/>
       <c r="EP69" s="36"/>
       <c r="EQ69" s="36"/>
       <c r="ER69" s="36"/>
       <c r="ES69" s="36"/>
       <c r="ET69" s="36"/>
       <c r="EU69" s="36"/>
       <c r="EV69" s="36"/>
       <c r="EW69" s="36"/>
       <c r="EX69" s="36"/>
       <c r="EY69" s="36"/>
       <c r="EZ69" s="36"/>
@@ -42322,53 +42847,55 @@
       <c r="HA69" s="36"/>
       <c r="HB69" s="36"/>
       <c r="HC69" s="36"/>
       <c r="HD69" s="36"/>
       <c r="HE69" s="36"/>
       <c r="HF69" s="36"/>
       <c r="HG69" s="36"/>
       <c r="HH69" s="36"/>
       <c r="HI69" s="36"/>
       <c r="HJ69" s="36"/>
       <c r="HK69" s="36"/>
       <c r="HL69" s="36"/>
       <c r="HM69" s="36"/>
       <c r="HN69" s="36"/>
       <c r="HO69" s="36"/>
       <c r="HP69" s="36"/>
       <c r="HQ69" s="36"/>
       <c r="HR69" s="36"/>
       <c r="HS69" s="36"/>
       <c r="HT69" s="36"/>
       <c r="HU69" s="36"/>
       <c r="HV69" s="36"/>
       <c r="HW69" s="36"/>
       <c r="HX69" s="36"/>
       <c r="HY69" s="36"/>
+      <c r="HZ69" s="36"/>
+      <c r="IA69" s="36"/>
+      <c r="IB69" s="36"/>
     </row>
-    <row r="70" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA70" s="36"/>
+    <row r="70" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB70" s="36"/>
       <c r="EC70" s="36"/>
       <c r="ED70" s="36"/>
       <c r="EE70" s="36"/>
       <c r="EF70" s="36"/>
       <c r="EG70" s="36"/>
       <c r="EH70" s="36"/>
       <c r="EI70" s="36"/>
       <c r="EJ70" s="36"/>
       <c r="EK70" s="36"/>
       <c r="EL70" s="36"/>
       <c r="EM70" s="36"/>
       <c r="EN70" s="36"/>
       <c r="EO70" s="36"/>
       <c r="EP70" s="36"/>
       <c r="EQ70" s="36"/>
       <c r="ER70" s="36"/>
       <c r="ES70" s="36"/>
       <c r="ET70" s="36"/>
       <c r="EU70" s="36"/>
       <c r="EV70" s="36"/>
       <c r="EW70" s="36"/>
       <c r="EX70" s="36"/>
       <c r="EY70" s="36"/>
       <c r="EZ70" s="36"/>
@@ -42427,53 +42954,55 @@
       <c r="HA70" s="36"/>
       <c r="HB70" s="36"/>
       <c r="HC70" s="36"/>
       <c r="HD70" s="36"/>
       <c r="HE70" s="36"/>
       <c r="HF70" s="36"/>
       <c r="HG70" s="36"/>
       <c r="HH70" s="36"/>
       <c r="HI70" s="36"/>
       <c r="HJ70" s="36"/>
       <c r="HK70" s="36"/>
       <c r="HL70" s="36"/>
       <c r="HM70" s="36"/>
       <c r="HN70" s="36"/>
       <c r="HO70" s="36"/>
       <c r="HP70" s="36"/>
       <c r="HQ70" s="36"/>
       <c r="HR70" s="36"/>
       <c r="HS70" s="36"/>
       <c r="HT70" s="36"/>
       <c r="HU70" s="36"/>
       <c r="HV70" s="36"/>
       <c r="HW70" s="36"/>
       <c r="HX70" s="36"/>
       <c r="HY70" s="36"/>
+      <c r="HZ70" s="36"/>
+      <c r="IA70" s="36"/>
+      <c r="IB70" s="36"/>
     </row>
-    <row r="71" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA71" s="36"/>
+    <row r="71" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB71" s="36"/>
       <c r="EC71" s="36"/>
       <c r="ED71" s="36"/>
       <c r="EE71" s="36"/>
       <c r="EF71" s="36"/>
       <c r="EG71" s="36"/>
       <c r="EH71" s="36"/>
       <c r="EI71" s="36"/>
       <c r="EJ71" s="36"/>
       <c r="EK71" s="36"/>
       <c r="EL71" s="36"/>
       <c r="EM71" s="36"/>
       <c r="EN71" s="36"/>
       <c r="EO71" s="36"/>
       <c r="EP71" s="36"/>
       <c r="EQ71" s="36"/>
       <c r="ER71" s="36"/>
       <c r="ES71" s="36"/>
       <c r="ET71" s="36"/>
       <c r="EU71" s="36"/>
       <c r="EV71" s="36"/>
       <c r="EW71" s="36"/>
       <c r="EX71" s="36"/>
       <c r="EY71" s="36"/>
       <c r="EZ71" s="36"/>
@@ -42532,53 +43061,55 @@
       <c r="HA71" s="36"/>
       <c r="HB71" s="36"/>
       <c r="HC71" s="36"/>
       <c r="HD71" s="36"/>
       <c r="HE71" s="36"/>
       <c r="HF71" s="36"/>
       <c r="HG71" s="36"/>
       <c r="HH71" s="36"/>
       <c r="HI71" s="36"/>
       <c r="HJ71" s="36"/>
       <c r="HK71" s="36"/>
       <c r="HL71" s="36"/>
       <c r="HM71" s="36"/>
       <c r="HN71" s="36"/>
       <c r="HO71" s="36"/>
       <c r="HP71" s="36"/>
       <c r="HQ71" s="36"/>
       <c r="HR71" s="36"/>
       <c r="HS71" s="36"/>
       <c r="HT71" s="36"/>
       <c r="HU71" s="36"/>
       <c r="HV71" s="36"/>
       <c r="HW71" s="36"/>
       <c r="HX71" s="36"/>
       <c r="HY71" s="36"/>
+      <c r="HZ71" s="36"/>
+      <c r="IA71" s="36"/>
+      <c r="IB71" s="36"/>
     </row>
-    <row r="72" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA72" s="36"/>
+    <row r="72" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB72" s="36"/>
       <c r="EC72" s="36"/>
       <c r="ED72" s="36"/>
       <c r="EE72" s="36"/>
       <c r="EF72" s="36"/>
       <c r="EG72" s="36"/>
       <c r="EH72" s="36"/>
       <c r="EI72" s="36"/>
       <c r="EJ72" s="36"/>
       <c r="EK72" s="36"/>
       <c r="EL72" s="36"/>
       <c r="EM72" s="36"/>
       <c r="EN72" s="36"/>
       <c r="EO72" s="36"/>
       <c r="EP72" s="36"/>
       <c r="EQ72" s="36"/>
       <c r="ER72" s="36"/>
       <c r="ES72" s="36"/>
       <c r="ET72" s="36"/>
       <c r="EU72" s="36"/>
       <c r="EV72" s="36"/>
       <c r="EW72" s="36"/>
       <c r="EX72" s="36"/>
       <c r="EY72" s="36"/>
       <c r="EZ72" s="36"/>
@@ -42637,53 +43168,55 @@
       <c r="HA72" s="36"/>
       <c r="HB72" s="36"/>
       <c r="HC72" s="36"/>
       <c r="HD72" s="36"/>
       <c r="HE72" s="36"/>
       <c r="HF72" s="36"/>
       <c r="HG72" s="36"/>
       <c r="HH72" s="36"/>
       <c r="HI72" s="36"/>
       <c r="HJ72" s="36"/>
       <c r="HK72" s="36"/>
       <c r="HL72" s="36"/>
       <c r="HM72" s="36"/>
       <c r="HN72" s="36"/>
       <c r="HO72" s="36"/>
       <c r="HP72" s="36"/>
       <c r="HQ72" s="36"/>
       <c r="HR72" s="36"/>
       <c r="HS72" s="36"/>
       <c r="HT72" s="36"/>
       <c r="HU72" s="36"/>
       <c r="HV72" s="36"/>
       <c r="HW72" s="36"/>
       <c r="HX72" s="36"/>
       <c r="HY72" s="36"/>
+      <c r="HZ72" s="36"/>
+      <c r="IA72" s="36"/>
+      <c r="IB72" s="36"/>
     </row>
-    <row r="73" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA73" s="36"/>
+    <row r="73" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB73" s="36"/>
       <c r="EC73" s="36"/>
       <c r="ED73" s="36"/>
       <c r="EE73" s="36"/>
       <c r="EF73" s="36"/>
       <c r="EG73" s="36"/>
       <c r="EH73" s="36"/>
       <c r="EI73" s="36"/>
       <c r="EJ73" s="36"/>
       <c r="EK73" s="36"/>
       <c r="EL73" s="36"/>
       <c r="EM73" s="36"/>
       <c r="EN73" s="36"/>
       <c r="EO73" s="36"/>
       <c r="EP73" s="36"/>
       <c r="EQ73" s="36"/>
       <c r="ER73" s="36"/>
       <c r="ES73" s="36"/>
       <c r="ET73" s="36"/>
       <c r="EU73" s="36"/>
       <c r="EV73" s="36"/>
       <c r="EW73" s="36"/>
       <c r="EX73" s="36"/>
       <c r="EY73" s="36"/>
       <c r="EZ73" s="36"/>
@@ -42742,53 +43275,55 @@
       <c r="HA73" s="36"/>
       <c r="HB73" s="36"/>
       <c r="HC73" s="36"/>
       <c r="HD73" s="36"/>
       <c r="HE73" s="36"/>
       <c r="HF73" s="36"/>
       <c r="HG73" s="36"/>
       <c r="HH73" s="36"/>
       <c r="HI73" s="36"/>
       <c r="HJ73" s="36"/>
       <c r="HK73" s="36"/>
       <c r="HL73" s="36"/>
       <c r="HM73" s="36"/>
       <c r="HN73" s="36"/>
       <c r="HO73" s="36"/>
       <c r="HP73" s="36"/>
       <c r="HQ73" s="36"/>
       <c r="HR73" s="36"/>
       <c r="HS73" s="36"/>
       <c r="HT73" s="36"/>
       <c r="HU73" s="36"/>
       <c r="HV73" s="36"/>
       <c r="HW73" s="36"/>
       <c r="HX73" s="36"/>
       <c r="HY73" s="36"/>
+      <c r="HZ73" s="36"/>
+      <c r="IA73" s="36"/>
+      <c r="IB73" s="36"/>
     </row>
-    <row r="74" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA74" s="36"/>
+    <row r="74" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB74" s="36"/>
       <c r="EC74" s="36"/>
       <c r="ED74" s="36"/>
       <c r="EE74" s="36"/>
       <c r="EF74" s="36"/>
       <c r="EG74" s="36"/>
       <c r="EH74" s="36"/>
       <c r="EI74" s="36"/>
       <c r="EJ74" s="36"/>
       <c r="EK74" s="36"/>
       <c r="EL74" s="36"/>
       <c r="EM74" s="36"/>
       <c r="EN74" s="36"/>
       <c r="EO74" s="36"/>
       <c r="EP74" s="36"/>
       <c r="EQ74" s="36"/>
       <c r="ER74" s="36"/>
       <c r="ES74" s="36"/>
       <c r="ET74" s="36"/>
       <c r="EU74" s="36"/>
       <c r="EV74" s="36"/>
       <c r="EW74" s="36"/>
       <c r="EX74" s="36"/>
       <c r="EY74" s="36"/>
       <c r="EZ74" s="36"/>
@@ -42847,53 +43382,55 @@
       <c r="HA74" s="36"/>
       <c r="HB74" s="36"/>
       <c r="HC74" s="36"/>
       <c r="HD74" s="36"/>
       <c r="HE74" s="36"/>
       <c r="HF74" s="36"/>
       <c r="HG74" s="36"/>
       <c r="HH74" s="36"/>
       <c r="HI74" s="36"/>
       <c r="HJ74" s="36"/>
       <c r="HK74" s="36"/>
       <c r="HL74" s="36"/>
       <c r="HM74" s="36"/>
       <c r="HN74" s="36"/>
       <c r="HO74" s="36"/>
       <c r="HP74" s="36"/>
       <c r="HQ74" s="36"/>
       <c r="HR74" s="36"/>
       <c r="HS74" s="36"/>
       <c r="HT74" s="36"/>
       <c r="HU74" s="36"/>
       <c r="HV74" s="36"/>
       <c r="HW74" s="36"/>
       <c r="HX74" s="36"/>
       <c r="HY74" s="36"/>
+      <c r="HZ74" s="36"/>
+      <c r="IA74" s="36"/>
+      <c r="IB74" s="36"/>
     </row>
-    <row r="75" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA75" s="36"/>
+    <row r="75" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB75" s="36"/>
       <c r="EC75" s="36"/>
       <c r="ED75" s="36"/>
       <c r="EE75" s="36"/>
       <c r="EF75" s="36"/>
       <c r="EG75" s="36"/>
       <c r="EH75" s="36"/>
       <c r="EI75" s="36"/>
       <c r="EJ75" s="36"/>
       <c r="EK75" s="36"/>
       <c r="EL75" s="36"/>
       <c r="EM75" s="36"/>
       <c r="EN75" s="36"/>
       <c r="EO75" s="36"/>
       <c r="EP75" s="36"/>
       <c r="EQ75" s="36"/>
       <c r="ER75" s="36"/>
       <c r="ES75" s="36"/>
       <c r="ET75" s="36"/>
       <c r="EU75" s="36"/>
       <c r="EV75" s="36"/>
       <c r="EW75" s="36"/>
       <c r="EX75" s="36"/>
       <c r="EY75" s="36"/>
       <c r="EZ75" s="36"/>
@@ -42952,53 +43489,55 @@
       <c r="HA75" s="36"/>
       <c r="HB75" s="36"/>
       <c r="HC75" s="36"/>
       <c r="HD75" s="36"/>
       <c r="HE75" s="36"/>
       <c r="HF75" s="36"/>
       <c r="HG75" s="36"/>
       <c r="HH75" s="36"/>
       <c r="HI75" s="36"/>
       <c r="HJ75" s="36"/>
       <c r="HK75" s="36"/>
       <c r="HL75" s="36"/>
       <c r="HM75" s="36"/>
       <c r="HN75" s="36"/>
       <c r="HO75" s="36"/>
       <c r="HP75" s="36"/>
       <c r="HQ75" s="36"/>
       <c r="HR75" s="36"/>
       <c r="HS75" s="36"/>
       <c r="HT75" s="36"/>
       <c r="HU75" s="36"/>
       <c r="HV75" s="36"/>
       <c r="HW75" s="36"/>
       <c r="HX75" s="36"/>
       <c r="HY75" s="36"/>
+      <c r="HZ75" s="36"/>
+      <c r="IA75" s="36"/>
+      <c r="IB75" s="36"/>
     </row>
-    <row r="76" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA76" s="36"/>
+    <row r="76" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB76" s="36"/>
       <c r="EC76" s="36"/>
       <c r="ED76" s="36"/>
       <c r="EE76" s="36"/>
       <c r="EF76" s="36"/>
       <c r="EG76" s="36"/>
       <c r="EH76" s="36"/>
       <c r="EI76" s="36"/>
       <c r="EJ76" s="36"/>
       <c r="EK76" s="36"/>
       <c r="EL76" s="36"/>
       <c r="EM76" s="36"/>
       <c r="EN76" s="36"/>
       <c r="EO76" s="36"/>
       <c r="EP76" s="36"/>
       <c r="EQ76" s="36"/>
       <c r="ER76" s="36"/>
       <c r="ES76" s="36"/>
       <c r="ET76" s="36"/>
       <c r="EU76" s="36"/>
       <c r="EV76" s="36"/>
       <c r="EW76" s="36"/>
       <c r="EX76" s="36"/>
       <c r="EY76" s="36"/>
       <c r="EZ76" s="36"/>
@@ -43057,53 +43596,55 @@
       <c r="HA76" s="36"/>
       <c r="HB76" s="36"/>
       <c r="HC76" s="36"/>
       <c r="HD76" s="36"/>
       <c r="HE76" s="36"/>
       <c r="HF76" s="36"/>
       <c r="HG76" s="36"/>
       <c r="HH76" s="36"/>
       <c r="HI76" s="36"/>
       <c r="HJ76" s="36"/>
       <c r="HK76" s="36"/>
       <c r="HL76" s="36"/>
       <c r="HM76" s="36"/>
       <c r="HN76" s="36"/>
       <c r="HO76" s="36"/>
       <c r="HP76" s="36"/>
       <c r="HQ76" s="36"/>
       <c r="HR76" s="36"/>
       <c r="HS76" s="36"/>
       <c r="HT76" s="36"/>
       <c r="HU76" s="36"/>
       <c r="HV76" s="36"/>
       <c r="HW76" s="36"/>
       <c r="HX76" s="36"/>
       <c r="HY76" s="36"/>
+      <c r="HZ76" s="36"/>
+      <c r="IA76" s="36"/>
+      <c r="IB76" s="36"/>
     </row>
-    <row r="77" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA77" s="36"/>
+    <row r="77" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB77" s="36"/>
       <c r="EC77" s="36"/>
       <c r="ED77" s="36"/>
       <c r="EE77" s="36"/>
       <c r="EF77" s="36"/>
       <c r="EG77" s="36"/>
       <c r="EH77" s="36"/>
       <c r="EI77" s="36"/>
       <c r="EJ77" s="36"/>
       <c r="EK77" s="36"/>
       <c r="EL77" s="36"/>
       <c r="EM77" s="36"/>
       <c r="EN77" s="36"/>
       <c r="EO77" s="36"/>
       <c r="EP77" s="36"/>
       <c r="EQ77" s="36"/>
       <c r="ER77" s="36"/>
       <c r="ES77" s="36"/>
       <c r="ET77" s="36"/>
       <c r="EU77" s="36"/>
       <c r="EV77" s="36"/>
       <c r="EW77" s="36"/>
       <c r="EX77" s="36"/>
       <c r="EY77" s="36"/>
       <c r="EZ77" s="36"/>
@@ -43162,53 +43703,55 @@
       <c r="HA77" s="36"/>
       <c r="HB77" s="36"/>
       <c r="HC77" s="36"/>
       <c r="HD77" s="36"/>
       <c r="HE77" s="36"/>
       <c r="HF77" s="36"/>
       <c r="HG77" s="36"/>
       <c r="HH77" s="36"/>
       <c r="HI77" s="36"/>
       <c r="HJ77" s="36"/>
       <c r="HK77" s="36"/>
       <c r="HL77" s="36"/>
       <c r="HM77" s="36"/>
       <c r="HN77" s="36"/>
       <c r="HO77" s="36"/>
       <c r="HP77" s="36"/>
       <c r="HQ77" s="36"/>
       <c r="HR77" s="36"/>
       <c r="HS77" s="36"/>
       <c r="HT77" s="36"/>
       <c r="HU77" s="36"/>
       <c r="HV77" s="36"/>
       <c r="HW77" s="36"/>
       <c r="HX77" s="36"/>
       <c r="HY77" s="36"/>
+      <c r="HZ77" s="36"/>
+      <c r="IA77" s="36"/>
+      <c r="IB77" s="36"/>
     </row>
-    <row r="78" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA78" s="36"/>
+    <row r="78" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB78" s="36"/>
       <c r="EC78" s="36"/>
       <c r="ED78" s="36"/>
       <c r="EE78" s="36"/>
       <c r="EF78" s="36"/>
       <c r="EG78" s="36"/>
       <c r="EH78" s="36"/>
       <c r="EI78" s="36"/>
       <c r="EJ78" s="36"/>
       <c r="EK78" s="36"/>
       <c r="EL78" s="36"/>
       <c r="EM78" s="36"/>
       <c r="EN78" s="36"/>
       <c r="EO78" s="36"/>
       <c r="EP78" s="36"/>
       <c r="EQ78" s="36"/>
       <c r="ER78" s="36"/>
       <c r="ES78" s="36"/>
       <c r="ET78" s="36"/>
       <c r="EU78" s="36"/>
       <c r="EV78" s="36"/>
       <c r="EW78" s="36"/>
       <c r="EX78" s="36"/>
       <c r="EY78" s="36"/>
       <c r="EZ78" s="36"/>
@@ -43267,53 +43810,55 @@
       <c r="HA78" s="36"/>
       <c r="HB78" s="36"/>
       <c r="HC78" s="36"/>
       <c r="HD78" s="36"/>
       <c r="HE78" s="36"/>
       <c r="HF78" s="36"/>
       <c r="HG78" s="36"/>
       <c r="HH78" s="36"/>
       <c r="HI78" s="36"/>
       <c r="HJ78" s="36"/>
       <c r="HK78" s="36"/>
       <c r="HL78" s="36"/>
       <c r="HM78" s="36"/>
       <c r="HN78" s="36"/>
       <c r="HO78" s="36"/>
       <c r="HP78" s="36"/>
       <c r="HQ78" s="36"/>
       <c r="HR78" s="36"/>
       <c r="HS78" s="36"/>
       <c r="HT78" s="36"/>
       <c r="HU78" s="36"/>
       <c r="HV78" s="36"/>
       <c r="HW78" s="36"/>
       <c r="HX78" s="36"/>
       <c r="HY78" s="36"/>
+      <c r="HZ78" s="36"/>
+      <c r="IA78" s="36"/>
+      <c r="IB78" s="36"/>
     </row>
-    <row r="79" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA79" s="36"/>
+    <row r="79" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB79" s="36"/>
       <c r="EC79" s="36"/>
       <c r="ED79" s="36"/>
       <c r="EE79" s="36"/>
       <c r="EF79" s="36"/>
       <c r="EG79" s="36"/>
       <c r="EH79" s="36"/>
       <c r="EI79" s="36"/>
       <c r="EJ79" s="36"/>
       <c r="EK79" s="36"/>
       <c r="EL79" s="36"/>
       <c r="EM79" s="36"/>
       <c r="EN79" s="36"/>
       <c r="EO79" s="36"/>
       <c r="EP79" s="36"/>
       <c r="EQ79" s="36"/>
       <c r="ER79" s="36"/>
       <c r="ES79" s="36"/>
       <c r="ET79" s="36"/>
       <c r="EU79" s="36"/>
       <c r="EV79" s="36"/>
       <c r="EW79" s="36"/>
       <c r="EX79" s="36"/>
       <c r="EY79" s="36"/>
       <c r="EZ79" s="36"/>
@@ -43372,53 +43917,55 @@
       <c r="HA79" s="36"/>
       <c r="HB79" s="36"/>
       <c r="HC79" s="36"/>
       <c r="HD79" s="36"/>
       <c r="HE79" s="36"/>
       <c r="HF79" s="36"/>
       <c r="HG79" s="36"/>
       <c r="HH79" s="36"/>
       <c r="HI79" s="36"/>
       <c r="HJ79" s="36"/>
       <c r="HK79" s="36"/>
       <c r="HL79" s="36"/>
       <c r="HM79" s="36"/>
       <c r="HN79" s="36"/>
       <c r="HO79" s="36"/>
       <c r="HP79" s="36"/>
       <c r="HQ79" s="36"/>
       <c r="HR79" s="36"/>
       <c r="HS79" s="36"/>
       <c r="HT79" s="36"/>
       <c r="HU79" s="36"/>
       <c r="HV79" s="36"/>
       <c r="HW79" s="36"/>
       <c r="HX79" s="36"/>
       <c r="HY79" s="36"/>
+      <c r="HZ79" s="36"/>
+      <c r="IA79" s="36"/>
+      <c r="IB79" s="36"/>
     </row>
-    <row r="80" spans="2:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA80" s="36"/>
+    <row r="80" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB80" s="36"/>
       <c r="EC80" s="36"/>
       <c r="ED80" s="36"/>
       <c r="EE80" s="36"/>
       <c r="EF80" s="36"/>
       <c r="EG80" s="36"/>
       <c r="EH80" s="36"/>
       <c r="EI80" s="36"/>
       <c r="EJ80" s="36"/>
       <c r="EK80" s="36"/>
       <c r="EL80" s="36"/>
       <c r="EM80" s="36"/>
       <c r="EN80" s="36"/>
       <c r="EO80" s="36"/>
       <c r="EP80" s="36"/>
       <c r="EQ80" s="36"/>
       <c r="ER80" s="36"/>
       <c r="ES80" s="36"/>
       <c r="ET80" s="36"/>
       <c r="EU80" s="36"/>
       <c r="EV80" s="36"/>
       <c r="EW80" s="36"/>
       <c r="EX80" s="36"/>
       <c r="EY80" s="36"/>
       <c r="EZ80" s="36"/>
@@ -43477,53 +44024,55 @@
       <c r="HA80" s="36"/>
       <c r="HB80" s="36"/>
       <c r="HC80" s="36"/>
       <c r="HD80" s="36"/>
       <c r="HE80" s="36"/>
       <c r="HF80" s="36"/>
       <c r="HG80" s="36"/>
       <c r="HH80" s="36"/>
       <c r="HI80" s="36"/>
       <c r="HJ80" s="36"/>
       <c r="HK80" s="36"/>
       <c r="HL80" s="36"/>
       <c r="HM80" s="36"/>
       <c r="HN80" s="36"/>
       <c r="HO80" s="36"/>
       <c r="HP80" s="36"/>
       <c r="HQ80" s="36"/>
       <c r="HR80" s="36"/>
       <c r="HS80" s="36"/>
       <c r="HT80" s="36"/>
       <c r="HU80" s="36"/>
       <c r="HV80" s="36"/>
       <c r="HW80" s="36"/>
       <c r="HX80" s="36"/>
       <c r="HY80" s="36"/>
+      <c r="HZ80" s="36"/>
+      <c r="IA80" s="36"/>
+      <c r="IB80" s="36"/>
     </row>
-    <row r="81" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA81" s="36"/>
+    <row r="81" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB81" s="36"/>
       <c r="EC81" s="36"/>
       <c r="ED81" s="36"/>
       <c r="EE81" s="36"/>
       <c r="EF81" s="36"/>
       <c r="EG81" s="36"/>
       <c r="EH81" s="36"/>
       <c r="EI81" s="36"/>
       <c r="EJ81" s="36"/>
       <c r="EK81" s="36"/>
       <c r="EL81" s="36"/>
       <c r="EM81" s="36"/>
       <c r="EN81" s="36"/>
       <c r="EO81" s="36"/>
       <c r="EP81" s="36"/>
       <c r="EQ81" s="36"/>
       <c r="ER81" s="36"/>
       <c r="ES81" s="36"/>
       <c r="ET81" s="36"/>
       <c r="EU81" s="36"/>
       <c r="EV81" s="36"/>
       <c r="EW81" s="36"/>
       <c r="EX81" s="36"/>
       <c r="EY81" s="36"/>
       <c r="EZ81" s="36"/>
@@ -43582,53 +44131,55 @@
       <c r="HA81" s="36"/>
       <c r="HB81" s="36"/>
       <c r="HC81" s="36"/>
       <c r="HD81" s="36"/>
       <c r="HE81" s="36"/>
       <c r="HF81" s="36"/>
       <c r="HG81" s="36"/>
       <c r="HH81" s="36"/>
       <c r="HI81" s="36"/>
       <c r="HJ81" s="36"/>
       <c r="HK81" s="36"/>
       <c r="HL81" s="36"/>
       <c r="HM81" s="36"/>
       <c r="HN81" s="36"/>
       <c r="HO81" s="36"/>
       <c r="HP81" s="36"/>
       <c r="HQ81" s="36"/>
       <c r="HR81" s="36"/>
       <c r="HS81" s="36"/>
       <c r="HT81" s="36"/>
       <c r="HU81" s="36"/>
       <c r="HV81" s="36"/>
       <c r="HW81" s="36"/>
       <c r="HX81" s="36"/>
       <c r="HY81" s="36"/>
+      <c r="HZ81" s="36"/>
+      <c r="IA81" s="36"/>
+      <c r="IB81" s="36"/>
     </row>
-    <row r="82" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA82" s="36"/>
+    <row r="82" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB82" s="36"/>
       <c r="EC82" s="36"/>
       <c r="ED82" s="36"/>
       <c r="EE82" s="36"/>
       <c r="EF82" s="36"/>
       <c r="EG82" s="36"/>
       <c r="EH82" s="36"/>
       <c r="EI82" s="36"/>
       <c r="EJ82" s="36"/>
       <c r="EK82" s="36"/>
       <c r="EL82" s="36"/>
       <c r="EM82" s="36"/>
       <c r="EN82" s="36"/>
       <c r="EO82" s="36"/>
       <c r="EP82" s="36"/>
       <c r="EQ82" s="36"/>
       <c r="ER82" s="36"/>
       <c r="ES82" s="36"/>
       <c r="ET82" s="36"/>
       <c r="EU82" s="36"/>
       <c r="EV82" s="36"/>
       <c r="EW82" s="36"/>
       <c r="EX82" s="36"/>
       <c r="EY82" s="36"/>
       <c r="EZ82" s="36"/>
@@ -43687,53 +44238,55 @@
       <c r="HA82" s="36"/>
       <c r="HB82" s="36"/>
       <c r="HC82" s="36"/>
       <c r="HD82" s="36"/>
       <c r="HE82" s="36"/>
       <c r="HF82" s="36"/>
       <c r="HG82" s="36"/>
       <c r="HH82" s="36"/>
       <c r="HI82" s="36"/>
       <c r="HJ82" s="36"/>
       <c r="HK82" s="36"/>
       <c r="HL82" s="36"/>
       <c r="HM82" s="36"/>
       <c r="HN82" s="36"/>
       <c r="HO82" s="36"/>
       <c r="HP82" s="36"/>
       <c r="HQ82" s="36"/>
       <c r="HR82" s="36"/>
       <c r="HS82" s="36"/>
       <c r="HT82" s="36"/>
       <c r="HU82" s="36"/>
       <c r="HV82" s="36"/>
       <c r="HW82" s="36"/>
       <c r="HX82" s="36"/>
       <c r="HY82" s="36"/>
+      <c r="HZ82" s="36"/>
+      <c r="IA82" s="36"/>
+      <c r="IB82" s="36"/>
     </row>
-    <row r="83" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA83" s="36"/>
+    <row r="83" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB83" s="36"/>
       <c r="EC83" s="36"/>
       <c r="ED83" s="36"/>
       <c r="EE83" s="36"/>
       <c r="EF83" s="36"/>
       <c r="EG83" s="36"/>
       <c r="EH83" s="36"/>
       <c r="EI83" s="36"/>
       <c r="EJ83" s="36"/>
       <c r="EK83" s="36"/>
       <c r="EL83" s="36"/>
       <c r="EM83" s="36"/>
       <c r="EN83" s="36"/>
       <c r="EO83" s="36"/>
       <c r="EP83" s="36"/>
       <c r="EQ83" s="36"/>
       <c r="ER83" s="36"/>
       <c r="ES83" s="36"/>
       <c r="ET83" s="36"/>
       <c r="EU83" s="36"/>
       <c r="EV83" s="36"/>
       <c r="EW83" s="36"/>
       <c r="EX83" s="36"/>
       <c r="EY83" s="36"/>
       <c r="EZ83" s="36"/>
@@ -43792,53 +44345,55 @@
       <c r="HA83" s="36"/>
       <c r="HB83" s="36"/>
       <c r="HC83" s="36"/>
       <c r="HD83" s="36"/>
       <c r="HE83" s="36"/>
       <c r="HF83" s="36"/>
       <c r="HG83" s="36"/>
       <c r="HH83" s="36"/>
       <c r="HI83" s="36"/>
       <c r="HJ83" s="36"/>
       <c r="HK83" s="36"/>
       <c r="HL83" s="36"/>
       <c r="HM83" s="36"/>
       <c r="HN83" s="36"/>
       <c r="HO83" s="36"/>
       <c r="HP83" s="36"/>
       <c r="HQ83" s="36"/>
       <c r="HR83" s="36"/>
       <c r="HS83" s="36"/>
       <c r="HT83" s="36"/>
       <c r="HU83" s="36"/>
       <c r="HV83" s="36"/>
       <c r="HW83" s="36"/>
       <c r="HX83" s="36"/>
       <c r="HY83" s="36"/>
+      <c r="HZ83" s="36"/>
+      <c r="IA83" s="36"/>
+      <c r="IB83" s="36"/>
     </row>
-    <row r="84" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA84" s="36"/>
+    <row r="84" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB84" s="36"/>
       <c r="EC84" s="36"/>
       <c r="ED84" s="36"/>
       <c r="EE84" s="36"/>
       <c r="EF84" s="36"/>
       <c r="EG84" s="36"/>
       <c r="EH84" s="36"/>
       <c r="EI84" s="36"/>
       <c r="EJ84" s="36"/>
       <c r="EK84" s="36"/>
       <c r="EL84" s="36"/>
       <c r="EM84" s="36"/>
       <c r="EN84" s="36"/>
       <c r="EO84" s="36"/>
       <c r="EP84" s="36"/>
       <c r="EQ84" s="36"/>
       <c r="ER84" s="36"/>
       <c r="ES84" s="36"/>
       <c r="ET84" s="36"/>
       <c r="EU84" s="36"/>
       <c r="EV84" s="36"/>
       <c r="EW84" s="36"/>
       <c r="EX84" s="36"/>
       <c r="EY84" s="36"/>
       <c r="EZ84" s="36"/>
@@ -43897,53 +44452,55 @@
       <c r="HA84" s="36"/>
       <c r="HB84" s="36"/>
       <c r="HC84" s="36"/>
       <c r="HD84" s="36"/>
       <c r="HE84" s="36"/>
       <c r="HF84" s="36"/>
       <c r="HG84" s="36"/>
       <c r="HH84" s="36"/>
       <c r="HI84" s="36"/>
       <c r="HJ84" s="36"/>
       <c r="HK84" s="36"/>
       <c r="HL84" s="36"/>
       <c r="HM84" s="36"/>
       <c r="HN84" s="36"/>
       <c r="HO84" s="36"/>
       <c r="HP84" s="36"/>
       <c r="HQ84" s="36"/>
       <c r="HR84" s="36"/>
       <c r="HS84" s="36"/>
       <c r="HT84" s="36"/>
       <c r="HU84" s="36"/>
       <c r="HV84" s="36"/>
       <c r="HW84" s="36"/>
       <c r="HX84" s="36"/>
       <c r="HY84" s="36"/>
+      <c r="HZ84" s="36"/>
+      <c r="IA84" s="36"/>
+      <c r="IB84" s="36"/>
     </row>
-    <row r="85" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA85" s="36"/>
+    <row r="85" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB85" s="36"/>
       <c r="EC85" s="36"/>
       <c r="ED85" s="36"/>
       <c r="EE85" s="36"/>
       <c r="EF85" s="36"/>
       <c r="EG85" s="36"/>
       <c r="EH85" s="36"/>
       <c r="EI85" s="36"/>
       <c r="EJ85" s="36"/>
       <c r="EK85" s="36"/>
       <c r="EL85" s="36"/>
       <c r="EM85" s="36"/>
       <c r="EN85" s="36"/>
       <c r="EO85" s="36"/>
       <c r="EP85" s="36"/>
       <c r="EQ85" s="36"/>
       <c r="ER85" s="36"/>
       <c r="ES85" s="36"/>
       <c r="ET85" s="36"/>
       <c r="EU85" s="36"/>
       <c r="EV85" s="36"/>
       <c r="EW85" s="36"/>
       <c r="EX85" s="36"/>
       <c r="EY85" s="36"/>
       <c r="EZ85" s="36"/>
@@ -44002,53 +44559,55 @@
       <c r="HA85" s="36"/>
       <c r="HB85" s="36"/>
       <c r="HC85" s="36"/>
       <c r="HD85" s="36"/>
       <c r="HE85" s="36"/>
       <c r="HF85" s="36"/>
       <c r="HG85" s="36"/>
       <c r="HH85" s="36"/>
       <c r="HI85" s="36"/>
       <c r="HJ85" s="36"/>
       <c r="HK85" s="36"/>
       <c r="HL85" s="36"/>
       <c r="HM85" s="36"/>
       <c r="HN85" s="36"/>
       <c r="HO85" s="36"/>
       <c r="HP85" s="36"/>
       <c r="HQ85" s="36"/>
       <c r="HR85" s="36"/>
       <c r="HS85" s="36"/>
       <c r="HT85" s="36"/>
       <c r="HU85" s="36"/>
       <c r="HV85" s="36"/>
       <c r="HW85" s="36"/>
       <c r="HX85" s="36"/>
       <c r="HY85" s="36"/>
+      <c r="HZ85" s="36"/>
+      <c r="IA85" s="36"/>
+      <c r="IB85" s="36"/>
     </row>
-    <row r="86" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA86" s="36"/>
+    <row r="86" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB86" s="36"/>
       <c r="EC86" s="36"/>
       <c r="ED86" s="36"/>
       <c r="EE86" s="36"/>
       <c r="EF86" s="36"/>
       <c r="EG86" s="36"/>
       <c r="EH86" s="36"/>
       <c r="EI86" s="36"/>
       <c r="EJ86" s="36"/>
       <c r="EK86" s="36"/>
       <c r="EL86" s="36"/>
       <c r="EM86" s="36"/>
       <c r="EN86" s="36"/>
       <c r="EO86" s="36"/>
       <c r="EP86" s="36"/>
       <c r="EQ86" s="36"/>
       <c r="ER86" s="36"/>
       <c r="ES86" s="36"/>
       <c r="ET86" s="36"/>
       <c r="EU86" s="36"/>
       <c r="EV86" s="36"/>
       <c r="EW86" s="36"/>
       <c r="EX86" s="36"/>
       <c r="EY86" s="36"/>
       <c r="EZ86" s="36"/>
@@ -44107,53 +44666,55 @@
       <c r="HA86" s="36"/>
       <c r="HB86" s="36"/>
       <c r="HC86" s="36"/>
       <c r="HD86" s="36"/>
       <c r="HE86" s="36"/>
       <c r="HF86" s="36"/>
       <c r="HG86" s="36"/>
       <c r="HH86" s="36"/>
       <c r="HI86" s="36"/>
       <c r="HJ86" s="36"/>
       <c r="HK86" s="36"/>
       <c r="HL86" s="36"/>
       <c r="HM86" s="36"/>
       <c r="HN86" s="36"/>
       <c r="HO86" s="36"/>
       <c r="HP86" s="36"/>
       <c r="HQ86" s="36"/>
       <c r="HR86" s="36"/>
       <c r="HS86" s="36"/>
       <c r="HT86" s="36"/>
       <c r="HU86" s="36"/>
       <c r="HV86" s="36"/>
       <c r="HW86" s="36"/>
       <c r="HX86" s="36"/>
       <c r="HY86" s="36"/>
+      <c r="HZ86" s="36"/>
+      <c r="IA86" s="36"/>
+      <c r="IB86" s="36"/>
     </row>
-    <row r="87" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA87" s="36"/>
+    <row r="87" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB87" s="36"/>
       <c r="EC87" s="36"/>
       <c r="ED87" s="36"/>
       <c r="EE87" s="36"/>
       <c r="EF87" s="36"/>
       <c r="EG87" s="36"/>
       <c r="EH87" s="36"/>
       <c r="EI87" s="36"/>
       <c r="EJ87" s="36"/>
       <c r="EK87" s="36"/>
       <c r="EL87" s="36"/>
       <c r="EM87" s="36"/>
       <c r="EN87" s="36"/>
       <c r="EO87" s="36"/>
       <c r="EP87" s="36"/>
       <c r="EQ87" s="36"/>
       <c r="ER87" s="36"/>
       <c r="ES87" s="36"/>
       <c r="ET87" s="36"/>
       <c r="EU87" s="36"/>
       <c r="EV87" s="36"/>
       <c r="EW87" s="36"/>
       <c r="EX87" s="36"/>
       <c r="EY87" s="36"/>
       <c r="EZ87" s="36"/>
@@ -44212,53 +44773,55 @@
       <c r="HA87" s="36"/>
       <c r="HB87" s="36"/>
       <c r="HC87" s="36"/>
       <c r="HD87" s="36"/>
       <c r="HE87" s="36"/>
       <c r="HF87" s="36"/>
       <c r="HG87" s="36"/>
       <c r="HH87" s="36"/>
       <c r="HI87" s="36"/>
       <c r="HJ87" s="36"/>
       <c r="HK87" s="36"/>
       <c r="HL87" s="36"/>
       <c r="HM87" s="36"/>
       <c r="HN87" s="36"/>
       <c r="HO87" s="36"/>
       <c r="HP87" s="36"/>
       <c r="HQ87" s="36"/>
       <c r="HR87" s="36"/>
       <c r="HS87" s="36"/>
       <c r="HT87" s="36"/>
       <c r="HU87" s="36"/>
       <c r="HV87" s="36"/>
       <c r="HW87" s="36"/>
       <c r="HX87" s="36"/>
       <c r="HY87" s="36"/>
+      <c r="HZ87" s="36"/>
+      <c r="IA87" s="36"/>
+      <c r="IB87" s="36"/>
     </row>
-    <row r="88" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA88" s="36"/>
+    <row r="88" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB88" s="36"/>
       <c r="EC88" s="36"/>
       <c r="ED88" s="36"/>
       <c r="EE88" s="36"/>
       <c r="EF88" s="36"/>
       <c r="EG88" s="36"/>
       <c r="EH88" s="36"/>
       <c r="EI88" s="36"/>
       <c r="EJ88" s="36"/>
       <c r="EK88" s="36"/>
       <c r="EL88" s="36"/>
       <c r="EM88" s="36"/>
       <c r="EN88" s="36"/>
       <c r="EO88" s="36"/>
       <c r="EP88" s="36"/>
       <c r="EQ88" s="36"/>
       <c r="ER88" s="36"/>
       <c r="ES88" s="36"/>
       <c r="ET88" s="36"/>
       <c r="EU88" s="36"/>
       <c r="EV88" s="36"/>
       <c r="EW88" s="36"/>
       <c r="EX88" s="36"/>
       <c r="EY88" s="36"/>
       <c r="EZ88" s="36"/>
@@ -44317,53 +44880,55 @@
       <c r="HA88" s="36"/>
       <c r="HB88" s="36"/>
       <c r="HC88" s="36"/>
       <c r="HD88" s="36"/>
       <c r="HE88" s="36"/>
       <c r="HF88" s="36"/>
       <c r="HG88" s="36"/>
       <c r="HH88" s="36"/>
       <c r="HI88" s="36"/>
       <c r="HJ88" s="36"/>
       <c r="HK88" s="36"/>
       <c r="HL88" s="36"/>
       <c r="HM88" s="36"/>
       <c r="HN88" s="36"/>
       <c r="HO88" s="36"/>
       <c r="HP88" s="36"/>
       <c r="HQ88" s="36"/>
       <c r="HR88" s="36"/>
       <c r="HS88" s="36"/>
       <c r="HT88" s="36"/>
       <c r="HU88" s="36"/>
       <c r="HV88" s="36"/>
       <c r="HW88" s="36"/>
       <c r="HX88" s="36"/>
       <c r="HY88" s="36"/>
+      <c r="HZ88" s="36"/>
+      <c r="IA88" s="36"/>
+      <c r="IB88" s="36"/>
     </row>
-    <row r="89" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA89" s="36"/>
+    <row r="89" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB89" s="36"/>
       <c r="EC89" s="36"/>
       <c r="ED89" s="36"/>
       <c r="EE89" s="36"/>
       <c r="EF89" s="36"/>
       <c r="EG89" s="36"/>
       <c r="EH89" s="36"/>
       <c r="EI89" s="36"/>
       <c r="EJ89" s="36"/>
       <c r="EK89" s="36"/>
       <c r="EL89" s="36"/>
       <c r="EM89" s="36"/>
       <c r="EN89" s="36"/>
       <c r="EO89" s="36"/>
       <c r="EP89" s="36"/>
       <c r="EQ89" s="36"/>
       <c r="ER89" s="36"/>
       <c r="ES89" s="36"/>
       <c r="ET89" s="36"/>
       <c r="EU89" s="36"/>
       <c r="EV89" s="36"/>
       <c r="EW89" s="36"/>
       <c r="EX89" s="36"/>
       <c r="EY89" s="36"/>
       <c r="EZ89" s="36"/>
@@ -44422,53 +44987,55 @@
       <c r="HA89" s="36"/>
       <c r="HB89" s="36"/>
       <c r="HC89" s="36"/>
       <c r="HD89" s="36"/>
       <c r="HE89" s="36"/>
       <c r="HF89" s="36"/>
       <c r="HG89" s="36"/>
       <c r="HH89" s="36"/>
       <c r="HI89" s="36"/>
       <c r="HJ89" s="36"/>
       <c r="HK89" s="36"/>
       <c r="HL89" s="36"/>
       <c r="HM89" s="36"/>
       <c r="HN89" s="36"/>
       <c r="HO89" s="36"/>
       <c r="HP89" s="36"/>
       <c r="HQ89" s="36"/>
       <c r="HR89" s="36"/>
       <c r="HS89" s="36"/>
       <c r="HT89" s="36"/>
       <c r="HU89" s="36"/>
       <c r="HV89" s="36"/>
       <c r="HW89" s="36"/>
       <c r="HX89" s="36"/>
       <c r="HY89" s="36"/>
+      <c r="HZ89" s="36"/>
+      <c r="IA89" s="36"/>
+      <c r="IB89" s="36"/>
     </row>
-    <row r="90" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA90" s="36"/>
+    <row r="90" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB90" s="36"/>
       <c r="EC90" s="36"/>
       <c r="ED90" s="36"/>
       <c r="EE90" s="36"/>
       <c r="EF90" s="36"/>
       <c r="EG90" s="36"/>
       <c r="EH90" s="36"/>
       <c r="EI90" s="36"/>
       <c r="EJ90" s="36"/>
       <c r="EK90" s="36"/>
       <c r="EL90" s="36"/>
       <c r="EM90" s="36"/>
       <c r="EN90" s="36"/>
       <c r="EO90" s="36"/>
       <c r="EP90" s="36"/>
       <c r="EQ90" s="36"/>
       <c r="ER90" s="36"/>
       <c r="ES90" s="36"/>
       <c r="ET90" s="36"/>
       <c r="EU90" s="36"/>
       <c r="EV90" s="36"/>
       <c r="EW90" s="36"/>
       <c r="EX90" s="36"/>
       <c r="EY90" s="36"/>
       <c r="EZ90" s="36"/>
@@ -44527,53 +45094,55 @@
       <c r="HA90" s="36"/>
       <c r="HB90" s="36"/>
       <c r="HC90" s="36"/>
       <c r="HD90" s="36"/>
       <c r="HE90" s="36"/>
       <c r="HF90" s="36"/>
       <c r="HG90" s="36"/>
       <c r="HH90" s="36"/>
       <c r="HI90" s="36"/>
       <c r="HJ90" s="36"/>
       <c r="HK90" s="36"/>
       <c r="HL90" s="36"/>
       <c r="HM90" s="36"/>
       <c r="HN90" s="36"/>
       <c r="HO90" s="36"/>
       <c r="HP90" s="36"/>
       <c r="HQ90" s="36"/>
       <c r="HR90" s="36"/>
       <c r="HS90" s="36"/>
       <c r="HT90" s="36"/>
       <c r="HU90" s="36"/>
       <c r="HV90" s="36"/>
       <c r="HW90" s="36"/>
       <c r="HX90" s="36"/>
       <c r="HY90" s="36"/>
+      <c r="HZ90" s="36"/>
+      <c r="IA90" s="36"/>
+      <c r="IB90" s="36"/>
     </row>
-    <row r="91" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA91" s="36"/>
+    <row r="91" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB91" s="36"/>
       <c r="EC91" s="36"/>
       <c r="ED91" s="36"/>
       <c r="EE91" s="36"/>
       <c r="EF91" s="36"/>
       <c r="EG91" s="36"/>
       <c r="EH91" s="36"/>
       <c r="EI91" s="36"/>
       <c r="EJ91" s="36"/>
       <c r="EK91" s="36"/>
       <c r="EL91" s="36"/>
       <c r="EM91" s="36"/>
       <c r="EN91" s="36"/>
       <c r="EO91" s="36"/>
       <c r="EP91" s="36"/>
       <c r="EQ91" s="36"/>
       <c r="ER91" s="36"/>
       <c r="ES91" s="36"/>
       <c r="ET91" s="36"/>
       <c r="EU91" s="36"/>
       <c r="EV91" s="36"/>
       <c r="EW91" s="36"/>
       <c r="EX91" s="36"/>
       <c r="EY91" s="36"/>
       <c r="EZ91" s="36"/>
@@ -44632,53 +45201,55 @@
       <c r="HA91" s="36"/>
       <c r="HB91" s="36"/>
       <c r="HC91" s="36"/>
       <c r="HD91" s="36"/>
       <c r="HE91" s="36"/>
       <c r="HF91" s="36"/>
       <c r="HG91" s="36"/>
       <c r="HH91" s="36"/>
       <c r="HI91" s="36"/>
       <c r="HJ91" s="36"/>
       <c r="HK91" s="36"/>
       <c r="HL91" s="36"/>
       <c r="HM91" s="36"/>
       <c r="HN91" s="36"/>
       <c r="HO91" s="36"/>
       <c r="HP91" s="36"/>
       <c r="HQ91" s="36"/>
       <c r="HR91" s="36"/>
       <c r="HS91" s="36"/>
       <c r="HT91" s="36"/>
       <c r="HU91" s="36"/>
       <c r="HV91" s="36"/>
       <c r="HW91" s="36"/>
       <c r="HX91" s="36"/>
       <c r="HY91" s="36"/>
+      <c r="HZ91" s="36"/>
+      <c r="IA91" s="36"/>
+      <c r="IB91" s="36"/>
     </row>
-    <row r="92" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA92" s="36"/>
+    <row r="92" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB92" s="36"/>
       <c r="EC92" s="36"/>
       <c r="ED92" s="36"/>
       <c r="EE92" s="36"/>
       <c r="EF92" s="36"/>
       <c r="EG92" s="36"/>
       <c r="EH92" s="36"/>
       <c r="EI92" s="36"/>
       <c r="EJ92" s="36"/>
       <c r="EK92" s="36"/>
       <c r="EL92" s="36"/>
       <c r="EM92" s="36"/>
       <c r="EN92" s="36"/>
       <c r="EO92" s="36"/>
       <c r="EP92" s="36"/>
       <c r="EQ92" s="36"/>
       <c r="ER92" s="36"/>
       <c r="ES92" s="36"/>
       <c r="ET92" s="36"/>
       <c r="EU92" s="36"/>
       <c r="EV92" s="36"/>
       <c r="EW92" s="36"/>
       <c r="EX92" s="36"/>
       <c r="EY92" s="36"/>
       <c r="EZ92" s="36"/>
@@ -44737,53 +45308,55 @@
       <c r="HA92" s="36"/>
       <c r="HB92" s="36"/>
       <c r="HC92" s="36"/>
       <c r="HD92" s="36"/>
       <c r="HE92" s="36"/>
       <c r="HF92" s="36"/>
       <c r="HG92" s="36"/>
       <c r="HH92" s="36"/>
       <c r="HI92" s="36"/>
       <c r="HJ92" s="36"/>
       <c r="HK92" s="36"/>
       <c r="HL92" s="36"/>
       <c r="HM92" s="36"/>
       <c r="HN92" s="36"/>
       <c r="HO92" s="36"/>
       <c r="HP92" s="36"/>
       <c r="HQ92" s="36"/>
       <c r="HR92" s="36"/>
       <c r="HS92" s="36"/>
       <c r="HT92" s="36"/>
       <c r="HU92" s="36"/>
       <c r="HV92" s="36"/>
       <c r="HW92" s="36"/>
       <c r="HX92" s="36"/>
       <c r="HY92" s="36"/>
+      <c r="HZ92" s="36"/>
+      <c r="IA92" s="36"/>
+      <c r="IB92" s="36"/>
     </row>
-    <row r="93" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA93" s="36"/>
+    <row r="93" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB93" s="36"/>
       <c r="EC93" s="36"/>
       <c r="ED93" s="36"/>
       <c r="EE93" s="36"/>
       <c r="EF93" s="36"/>
       <c r="EG93" s="36"/>
       <c r="EH93" s="36"/>
       <c r="EI93" s="36"/>
       <c r="EJ93" s="36"/>
       <c r="EK93" s="36"/>
       <c r="EL93" s="36"/>
       <c r="EM93" s="36"/>
       <c r="EN93" s="36"/>
       <c r="EO93" s="36"/>
       <c r="EP93" s="36"/>
       <c r="EQ93" s="36"/>
       <c r="ER93" s="36"/>
       <c r="ES93" s="36"/>
       <c r="ET93" s="36"/>
       <c r="EU93" s="36"/>
       <c r="EV93" s="36"/>
       <c r="EW93" s="36"/>
       <c r="EX93" s="36"/>
       <c r="EY93" s="36"/>
       <c r="EZ93" s="36"/>
@@ -44842,53 +45415,55 @@
       <c r="HA93" s="36"/>
       <c r="HB93" s="36"/>
       <c r="HC93" s="36"/>
       <c r="HD93" s="36"/>
       <c r="HE93" s="36"/>
       <c r="HF93" s="36"/>
       <c r="HG93" s="36"/>
       <c r="HH93" s="36"/>
       <c r="HI93" s="36"/>
       <c r="HJ93" s="36"/>
       <c r="HK93" s="36"/>
       <c r="HL93" s="36"/>
       <c r="HM93" s="36"/>
       <c r="HN93" s="36"/>
       <c r="HO93" s="36"/>
       <c r="HP93" s="36"/>
       <c r="HQ93" s="36"/>
       <c r="HR93" s="36"/>
       <c r="HS93" s="36"/>
       <c r="HT93" s="36"/>
       <c r="HU93" s="36"/>
       <c r="HV93" s="36"/>
       <c r="HW93" s="36"/>
       <c r="HX93" s="36"/>
       <c r="HY93" s="36"/>
+      <c r="HZ93" s="36"/>
+      <c r="IA93" s="36"/>
+      <c r="IB93" s="36"/>
     </row>
-    <row r="94" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA94" s="36"/>
+    <row r="94" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB94" s="36"/>
       <c r="EC94" s="36"/>
       <c r="ED94" s="36"/>
       <c r="EE94" s="36"/>
       <c r="EF94" s="36"/>
       <c r="EG94" s="36"/>
       <c r="EH94" s="36"/>
       <c r="EI94" s="36"/>
       <c r="EJ94" s="36"/>
       <c r="EK94" s="36"/>
       <c r="EL94" s="36"/>
       <c r="EM94" s="36"/>
       <c r="EN94" s="36"/>
       <c r="EO94" s="36"/>
       <c r="EP94" s="36"/>
       <c r="EQ94" s="36"/>
       <c r="ER94" s="36"/>
       <c r="ES94" s="36"/>
       <c r="ET94" s="36"/>
       <c r="EU94" s="36"/>
       <c r="EV94" s="36"/>
       <c r="EW94" s="36"/>
       <c r="EX94" s="36"/>
       <c r="EY94" s="36"/>
       <c r="EZ94" s="36"/>
@@ -44947,53 +45522,55 @@
       <c r="HA94" s="36"/>
       <c r="HB94" s="36"/>
       <c r="HC94" s="36"/>
       <c r="HD94" s="36"/>
       <c r="HE94" s="36"/>
       <c r="HF94" s="36"/>
       <c r="HG94" s="36"/>
       <c r="HH94" s="36"/>
       <c r="HI94" s="36"/>
       <c r="HJ94" s="36"/>
       <c r="HK94" s="36"/>
       <c r="HL94" s="36"/>
       <c r="HM94" s="36"/>
       <c r="HN94" s="36"/>
       <c r="HO94" s="36"/>
       <c r="HP94" s="36"/>
       <c r="HQ94" s="36"/>
       <c r="HR94" s="36"/>
       <c r="HS94" s="36"/>
       <c r="HT94" s="36"/>
       <c r="HU94" s="36"/>
       <c r="HV94" s="36"/>
       <c r="HW94" s="36"/>
       <c r="HX94" s="36"/>
       <c r="HY94" s="36"/>
+      <c r="HZ94" s="36"/>
+      <c r="IA94" s="36"/>
+      <c r="IB94" s="36"/>
     </row>
-    <row r="95" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA95" s="36"/>
+    <row r="95" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB95" s="36"/>
       <c r="EC95" s="36"/>
       <c r="ED95" s="36"/>
       <c r="EE95" s="36"/>
       <c r="EF95" s="36"/>
       <c r="EG95" s="36"/>
       <c r="EH95" s="36"/>
       <c r="EI95" s="36"/>
       <c r="EJ95" s="36"/>
       <c r="EK95" s="36"/>
       <c r="EL95" s="36"/>
       <c r="EM95" s="36"/>
       <c r="EN95" s="36"/>
       <c r="EO95" s="36"/>
       <c r="EP95" s="36"/>
       <c r="EQ95" s="36"/>
       <c r="ER95" s="36"/>
       <c r="ES95" s="36"/>
       <c r="ET95" s="36"/>
       <c r="EU95" s="36"/>
       <c r="EV95" s="36"/>
       <c r="EW95" s="36"/>
       <c r="EX95" s="36"/>
       <c r="EY95" s="36"/>
       <c r="EZ95" s="36"/>
@@ -45052,53 +45629,55 @@
       <c r="HA95" s="36"/>
       <c r="HB95" s="36"/>
       <c r="HC95" s="36"/>
       <c r="HD95" s="36"/>
       <c r="HE95" s="36"/>
       <c r="HF95" s="36"/>
       <c r="HG95" s="36"/>
       <c r="HH95" s="36"/>
       <c r="HI95" s="36"/>
       <c r="HJ95" s="36"/>
       <c r="HK95" s="36"/>
       <c r="HL95" s="36"/>
       <c r="HM95" s="36"/>
       <c r="HN95" s="36"/>
       <c r="HO95" s="36"/>
       <c r="HP95" s="36"/>
       <c r="HQ95" s="36"/>
       <c r="HR95" s="36"/>
       <c r="HS95" s="36"/>
       <c r="HT95" s="36"/>
       <c r="HU95" s="36"/>
       <c r="HV95" s="36"/>
       <c r="HW95" s="36"/>
       <c r="HX95" s="36"/>
       <c r="HY95" s="36"/>
+      <c r="HZ95" s="36"/>
+      <c r="IA95" s="36"/>
+      <c r="IB95" s="36"/>
     </row>
-    <row r="96" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA96" s="36"/>
+    <row r="96" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB96" s="36"/>
       <c r="EC96" s="36"/>
       <c r="ED96" s="36"/>
       <c r="EE96" s="36"/>
       <c r="EF96" s="36"/>
       <c r="EG96" s="36"/>
       <c r="EH96" s="36"/>
       <c r="EI96" s="36"/>
       <c r="EJ96" s="36"/>
       <c r="EK96" s="36"/>
       <c r="EL96" s="36"/>
       <c r="EM96" s="36"/>
       <c r="EN96" s="36"/>
       <c r="EO96" s="36"/>
       <c r="EP96" s="36"/>
       <c r="EQ96" s="36"/>
       <c r="ER96" s="36"/>
       <c r="ES96" s="36"/>
       <c r="ET96" s="36"/>
       <c r="EU96" s="36"/>
       <c r="EV96" s="36"/>
       <c r="EW96" s="36"/>
       <c r="EX96" s="36"/>
       <c r="EY96" s="36"/>
       <c r="EZ96" s="36"/>
@@ -45157,53 +45736,55 @@
       <c r="HA96" s="36"/>
       <c r="HB96" s="36"/>
       <c r="HC96" s="36"/>
       <c r="HD96" s="36"/>
       <c r="HE96" s="36"/>
       <c r="HF96" s="36"/>
       <c r="HG96" s="36"/>
       <c r="HH96" s="36"/>
       <c r="HI96" s="36"/>
       <c r="HJ96" s="36"/>
       <c r="HK96" s="36"/>
       <c r="HL96" s="36"/>
       <c r="HM96" s="36"/>
       <c r="HN96" s="36"/>
       <c r="HO96" s="36"/>
       <c r="HP96" s="36"/>
       <c r="HQ96" s="36"/>
       <c r="HR96" s="36"/>
       <c r="HS96" s="36"/>
       <c r="HT96" s="36"/>
       <c r="HU96" s="36"/>
       <c r="HV96" s="36"/>
       <c r="HW96" s="36"/>
       <c r="HX96" s="36"/>
       <c r="HY96" s="36"/>
+      <c r="HZ96" s="36"/>
+      <c r="IA96" s="36"/>
+      <c r="IB96" s="36"/>
     </row>
-    <row r="97" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA97" s="36"/>
+    <row r="97" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB97" s="36"/>
       <c r="EC97" s="36"/>
       <c r="ED97" s="36"/>
       <c r="EE97" s="36"/>
       <c r="EF97" s="36"/>
       <c r="EG97" s="36"/>
       <c r="EH97" s="36"/>
       <c r="EI97" s="36"/>
       <c r="EJ97" s="36"/>
       <c r="EK97" s="36"/>
       <c r="EL97" s="36"/>
       <c r="EM97" s="36"/>
       <c r="EN97" s="36"/>
       <c r="EO97" s="36"/>
       <c r="EP97" s="36"/>
       <c r="EQ97" s="36"/>
       <c r="ER97" s="36"/>
       <c r="ES97" s="36"/>
       <c r="ET97" s="36"/>
       <c r="EU97" s="36"/>
       <c r="EV97" s="36"/>
       <c r="EW97" s="36"/>
       <c r="EX97" s="36"/>
       <c r="EY97" s="36"/>
       <c r="EZ97" s="36"/>
@@ -45262,53 +45843,55 @@
       <c r="HA97" s="36"/>
       <c r="HB97" s="36"/>
       <c r="HC97" s="36"/>
       <c r="HD97" s="36"/>
       <c r="HE97" s="36"/>
       <c r="HF97" s="36"/>
       <c r="HG97" s="36"/>
       <c r="HH97" s="36"/>
       <c r="HI97" s="36"/>
       <c r="HJ97" s="36"/>
       <c r="HK97" s="36"/>
       <c r="HL97" s="36"/>
       <c r="HM97" s="36"/>
       <c r="HN97" s="36"/>
       <c r="HO97" s="36"/>
       <c r="HP97" s="36"/>
       <c r="HQ97" s="36"/>
       <c r="HR97" s="36"/>
       <c r="HS97" s="36"/>
       <c r="HT97" s="36"/>
       <c r="HU97" s="36"/>
       <c r="HV97" s="36"/>
       <c r="HW97" s="36"/>
       <c r="HX97" s="36"/>
       <c r="HY97" s="36"/>
+      <c r="HZ97" s="36"/>
+      <c r="IA97" s="36"/>
+      <c r="IB97" s="36"/>
     </row>
-    <row r="98" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA98" s="36"/>
+    <row r="98" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB98" s="36"/>
       <c r="EC98" s="36"/>
       <c r="ED98" s="36"/>
       <c r="EE98" s="36"/>
       <c r="EF98" s="36"/>
       <c r="EG98" s="36"/>
       <c r="EH98" s="36"/>
       <c r="EI98" s="36"/>
       <c r="EJ98" s="36"/>
       <c r="EK98" s="36"/>
       <c r="EL98" s="36"/>
       <c r="EM98" s="36"/>
       <c r="EN98" s="36"/>
       <c r="EO98" s="36"/>
       <c r="EP98" s="36"/>
       <c r="EQ98" s="36"/>
       <c r="ER98" s="36"/>
       <c r="ES98" s="36"/>
       <c r="ET98" s="36"/>
       <c r="EU98" s="36"/>
       <c r="EV98" s="36"/>
       <c r="EW98" s="36"/>
       <c r="EX98" s="36"/>
       <c r="EY98" s="36"/>
       <c r="EZ98" s="36"/>
@@ -45367,53 +45950,55 @@
       <c r="HA98" s="36"/>
       <c r="HB98" s="36"/>
       <c r="HC98" s="36"/>
       <c r="HD98" s="36"/>
       <c r="HE98" s="36"/>
       <c r="HF98" s="36"/>
       <c r="HG98" s="36"/>
       <c r="HH98" s="36"/>
       <c r="HI98" s="36"/>
       <c r="HJ98" s="36"/>
       <c r="HK98" s="36"/>
       <c r="HL98" s="36"/>
       <c r="HM98" s="36"/>
       <c r="HN98" s="36"/>
       <c r="HO98" s="36"/>
       <c r="HP98" s="36"/>
       <c r="HQ98" s="36"/>
       <c r="HR98" s="36"/>
       <c r="HS98" s="36"/>
       <c r="HT98" s="36"/>
       <c r="HU98" s="36"/>
       <c r="HV98" s="36"/>
       <c r="HW98" s="36"/>
       <c r="HX98" s="36"/>
       <c r="HY98" s="36"/>
+      <c r="HZ98" s="36"/>
+      <c r="IA98" s="36"/>
+      <c r="IB98" s="36"/>
     </row>
-    <row r="99" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA99" s="36"/>
+    <row r="99" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB99" s="36"/>
       <c r="EC99" s="36"/>
       <c r="ED99" s="36"/>
       <c r="EE99" s="36"/>
       <c r="EF99" s="36"/>
       <c r="EG99" s="36"/>
       <c r="EH99" s="36"/>
       <c r="EI99" s="36"/>
       <c r="EJ99" s="36"/>
       <c r="EK99" s="36"/>
       <c r="EL99" s="36"/>
       <c r="EM99" s="36"/>
       <c r="EN99" s="36"/>
       <c r="EO99" s="36"/>
       <c r="EP99" s="36"/>
       <c r="EQ99" s="36"/>
       <c r="ER99" s="36"/>
       <c r="ES99" s="36"/>
       <c r="ET99" s="36"/>
       <c r="EU99" s="36"/>
       <c r="EV99" s="36"/>
       <c r="EW99" s="36"/>
       <c r="EX99" s="36"/>
       <c r="EY99" s="36"/>
       <c r="EZ99" s="36"/>
@@ -45472,53 +46057,55 @@
       <c r="HA99" s="36"/>
       <c r="HB99" s="36"/>
       <c r="HC99" s="36"/>
       <c r="HD99" s="36"/>
       <c r="HE99" s="36"/>
       <c r="HF99" s="36"/>
       <c r="HG99" s="36"/>
       <c r="HH99" s="36"/>
       <c r="HI99" s="36"/>
       <c r="HJ99" s="36"/>
       <c r="HK99" s="36"/>
       <c r="HL99" s="36"/>
       <c r="HM99" s="36"/>
       <c r="HN99" s="36"/>
       <c r="HO99" s="36"/>
       <c r="HP99" s="36"/>
       <c r="HQ99" s="36"/>
       <c r="HR99" s="36"/>
       <c r="HS99" s="36"/>
       <c r="HT99" s="36"/>
       <c r="HU99" s="36"/>
       <c r="HV99" s="36"/>
       <c r="HW99" s="36"/>
       <c r="HX99" s="36"/>
       <c r="HY99" s="36"/>
+      <c r="HZ99" s="36"/>
+      <c r="IA99" s="36"/>
+      <c r="IB99" s="36"/>
     </row>
-    <row r="100" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA100" s="36"/>
+    <row r="100" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB100" s="36"/>
       <c r="EC100" s="36"/>
       <c r="ED100" s="36"/>
       <c r="EE100" s="36"/>
       <c r="EF100" s="36"/>
       <c r="EG100" s="36"/>
       <c r="EH100" s="36"/>
       <c r="EI100" s="36"/>
       <c r="EJ100" s="36"/>
       <c r="EK100" s="36"/>
       <c r="EL100" s="36"/>
       <c r="EM100" s="36"/>
       <c r="EN100" s="36"/>
       <c r="EO100" s="36"/>
       <c r="EP100" s="36"/>
       <c r="EQ100" s="36"/>
       <c r="ER100" s="36"/>
       <c r="ES100" s="36"/>
       <c r="ET100" s="36"/>
       <c r="EU100" s="36"/>
       <c r="EV100" s="36"/>
       <c r="EW100" s="36"/>
       <c r="EX100" s="36"/>
       <c r="EY100" s="36"/>
       <c r="EZ100" s="36"/>
@@ -45577,53 +46164,55 @@
       <c r="HA100" s="36"/>
       <c r="HB100" s="36"/>
       <c r="HC100" s="36"/>
       <c r="HD100" s="36"/>
       <c r="HE100" s="36"/>
       <c r="HF100" s="36"/>
       <c r="HG100" s="36"/>
       <c r="HH100" s="36"/>
       <c r="HI100" s="36"/>
       <c r="HJ100" s="36"/>
       <c r="HK100" s="36"/>
       <c r="HL100" s="36"/>
       <c r="HM100" s="36"/>
       <c r="HN100" s="36"/>
       <c r="HO100" s="36"/>
       <c r="HP100" s="36"/>
       <c r="HQ100" s="36"/>
       <c r="HR100" s="36"/>
       <c r="HS100" s="36"/>
       <c r="HT100" s="36"/>
       <c r="HU100" s="36"/>
       <c r="HV100" s="36"/>
       <c r="HW100" s="36"/>
       <c r="HX100" s="36"/>
       <c r="HY100" s="36"/>
+      <c r="HZ100" s="36"/>
+      <c r="IA100" s="36"/>
+      <c r="IB100" s="36"/>
     </row>
-    <row r="101" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA101" s="36"/>
+    <row r="101" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB101" s="36"/>
       <c r="EC101" s="36"/>
       <c r="ED101" s="36"/>
       <c r="EE101" s="36"/>
       <c r="EF101" s="36"/>
       <c r="EG101" s="36"/>
       <c r="EH101" s="36"/>
       <c r="EI101" s="36"/>
       <c r="EJ101" s="36"/>
       <c r="EK101" s="36"/>
       <c r="EL101" s="36"/>
       <c r="EM101" s="36"/>
       <c r="EN101" s="36"/>
       <c r="EO101" s="36"/>
       <c r="EP101" s="36"/>
       <c r="EQ101" s="36"/>
       <c r="ER101" s="36"/>
       <c r="ES101" s="36"/>
       <c r="ET101" s="36"/>
       <c r="EU101" s="36"/>
       <c r="EV101" s="36"/>
       <c r="EW101" s="36"/>
       <c r="EX101" s="36"/>
       <c r="EY101" s="36"/>
       <c r="EZ101" s="36"/>
@@ -45682,53 +46271,55 @@
       <c r="HA101" s="36"/>
       <c r="HB101" s="36"/>
       <c r="HC101" s="36"/>
       <c r="HD101" s="36"/>
       <c r="HE101" s="36"/>
       <c r="HF101" s="36"/>
       <c r="HG101" s="36"/>
       <c r="HH101" s="36"/>
       <c r="HI101" s="36"/>
       <c r="HJ101" s="36"/>
       <c r="HK101" s="36"/>
       <c r="HL101" s="36"/>
       <c r="HM101" s="36"/>
       <c r="HN101" s="36"/>
       <c r="HO101" s="36"/>
       <c r="HP101" s="36"/>
       <c r="HQ101" s="36"/>
       <c r="HR101" s="36"/>
       <c r="HS101" s="36"/>
       <c r="HT101" s="36"/>
       <c r="HU101" s="36"/>
       <c r="HV101" s="36"/>
       <c r="HW101" s="36"/>
       <c r="HX101" s="36"/>
       <c r="HY101" s="36"/>
+      <c r="HZ101" s="36"/>
+      <c r="IA101" s="36"/>
+      <c r="IB101" s="36"/>
     </row>
-    <row r="102" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA102" s="36"/>
+    <row r="102" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB102" s="36"/>
       <c r="EC102" s="36"/>
       <c r="ED102" s="36"/>
       <c r="EE102" s="36"/>
       <c r="EF102" s="36"/>
       <c r="EG102" s="36"/>
       <c r="EH102" s="36"/>
       <c r="EI102" s="36"/>
       <c r="EJ102" s="36"/>
       <c r="EK102" s="36"/>
       <c r="EL102" s="36"/>
       <c r="EM102" s="36"/>
       <c r="EN102" s="36"/>
       <c r="EO102" s="36"/>
       <c r="EP102" s="36"/>
       <c r="EQ102" s="36"/>
       <c r="ER102" s="36"/>
       <c r="ES102" s="36"/>
       <c r="ET102" s="36"/>
       <c r="EU102" s="36"/>
       <c r="EV102" s="36"/>
       <c r="EW102" s="36"/>
       <c r="EX102" s="36"/>
       <c r="EY102" s="36"/>
       <c r="EZ102" s="36"/>
@@ -45787,53 +46378,55 @@
       <c r="HA102" s="36"/>
       <c r="HB102" s="36"/>
       <c r="HC102" s="36"/>
       <c r="HD102" s="36"/>
       <c r="HE102" s="36"/>
       <c r="HF102" s="36"/>
       <c r="HG102" s="36"/>
       <c r="HH102" s="36"/>
       <c r="HI102" s="36"/>
       <c r="HJ102" s="36"/>
       <c r="HK102" s="36"/>
       <c r="HL102" s="36"/>
       <c r="HM102" s="36"/>
       <c r="HN102" s="36"/>
       <c r="HO102" s="36"/>
       <c r="HP102" s="36"/>
       <c r="HQ102" s="36"/>
       <c r="HR102" s="36"/>
       <c r="HS102" s="36"/>
       <c r="HT102" s="36"/>
       <c r="HU102" s="36"/>
       <c r="HV102" s="36"/>
       <c r="HW102" s="36"/>
       <c r="HX102" s="36"/>
       <c r="HY102" s="36"/>
+      <c r="HZ102" s="36"/>
+      <c r="IA102" s="36"/>
+      <c r="IB102" s="36"/>
     </row>
-    <row r="103" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA103" s="36"/>
+    <row r="103" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB103" s="36"/>
       <c r="EC103" s="36"/>
       <c r="ED103" s="36"/>
       <c r="EE103" s="36"/>
       <c r="EF103" s="36"/>
       <c r="EG103" s="36"/>
       <c r="EH103" s="36"/>
       <c r="EI103" s="36"/>
       <c r="EJ103" s="36"/>
       <c r="EK103" s="36"/>
       <c r="EL103" s="36"/>
       <c r="EM103" s="36"/>
       <c r="EN103" s="36"/>
       <c r="EO103" s="36"/>
       <c r="EP103" s="36"/>
       <c r="EQ103" s="36"/>
       <c r="ER103" s="36"/>
       <c r="ES103" s="36"/>
       <c r="ET103" s="36"/>
       <c r="EU103" s="36"/>
       <c r="EV103" s="36"/>
       <c r="EW103" s="36"/>
       <c r="EX103" s="36"/>
       <c r="EY103" s="36"/>
       <c r="EZ103" s="36"/>
@@ -45892,53 +46485,55 @@
       <c r="HA103" s="36"/>
       <c r="HB103" s="36"/>
       <c r="HC103" s="36"/>
       <c r="HD103" s="36"/>
       <c r="HE103" s="36"/>
       <c r="HF103" s="36"/>
       <c r="HG103" s="36"/>
       <c r="HH103" s="36"/>
       <c r="HI103" s="36"/>
       <c r="HJ103" s="36"/>
       <c r="HK103" s="36"/>
       <c r="HL103" s="36"/>
       <c r="HM103" s="36"/>
       <c r="HN103" s="36"/>
       <c r="HO103" s="36"/>
       <c r="HP103" s="36"/>
       <c r="HQ103" s="36"/>
       <c r="HR103" s="36"/>
       <c r="HS103" s="36"/>
       <c r="HT103" s="36"/>
       <c r="HU103" s="36"/>
       <c r="HV103" s="36"/>
       <c r="HW103" s="36"/>
       <c r="HX103" s="36"/>
       <c r="HY103" s="36"/>
+      <c r="HZ103" s="36"/>
+      <c r="IA103" s="36"/>
+      <c r="IB103" s="36"/>
     </row>
-    <row r="104" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA104" s="36"/>
+    <row r="104" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB104" s="36"/>
       <c r="EC104" s="36"/>
       <c r="ED104" s="36"/>
       <c r="EE104" s="36"/>
       <c r="EF104" s="36"/>
       <c r="EG104" s="36"/>
       <c r="EH104" s="36"/>
       <c r="EI104" s="36"/>
       <c r="EJ104" s="36"/>
       <c r="EK104" s="36"/>
       <c r="EL104" s="36"/>
       <c r="EM104" s="36"/>
       <c r="EN104" s="36"/>
       <c r="EO104" s="36"/>
       <c r="EP104" s="36"/>
       <c r="EQ104" s="36"/>
       <c r="ER104" s="36"/>
       <c r="ES104" s="36"/>
       <c r="ET104" s="36"/>
       <c r="EU104" s="36"/>
       <c r="EV104" s="36"/>
       <c r="EW104" s="36"/>
       <c r="EX104" s="36"/>
       <c r="EY104" s="36"/>
       <c r="EZ104" s="36"/>
@@ -45997,53 +46592,55 @@
       <c r="HA104" s="36"/>
       <c r="HB104" s="36"/>
       <c r="HC104" s="36"/>
       <c r="HD104" s="36"/>
       <c r="HE104" s="36"/>
       <c r="HF104" s="36"/>
       <c r="HG104" s="36"/>
       <c r="HH104" s="36"/>
       <c r="HI104" s="36"/>
       <c r="HJ104" s="36"/>
       <c r="HK104" s="36"/>
       <c r="HL104" s="36"/>
       <c r="HM104" s="36"/>
       <c r="HN104" s="36"/>
       <c r="HO104" s="36"/>
       <c r="HP104" s="36"/>
       <c r="HQ104" s="36"/>
       <c r="HR104" s="36"/>
       <c r="HS104" s="36"/>
       <c r="HT104" s="36"/>
       <c r="HU104" s="36"/>
       <c r="HV104" s="36"/>
       <c r="HW104" s="36"/>
       <c r="HX104" s="36"/>
       <c r="HY104" s="36"/>
+      <c r="HZ104" s="36"/>
+      <c r="IA104" s="36"/>
+      <c r="IB104" s="36"/>
     </row>
-    <row r="105" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA105" s="36"/>
+    <row r="105" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB105" s="36"/>
       <c r="EC105" s="36"/>
       <c r="ED105" s="36"/>
       <c r="EE105" s="36"/>
       <c r="EF105" s="36"/>
       <c r="EG105" s="36"/>
       <c r="EH105" s="36"/>
       <c r="EI105" s="36"/>
       <c r="EJ105" s="36"/>
       <c r="EK105" s="36"/>
       <c r="EL105" s="36"/>
       <c r="EM105" s="36"/>
       <c r="EN105" s="36"/>
       <c r="EO105" s="36"/>
       <c r="EP105" s="36"/>
       <c r="EQ105" s="36"/>
       <c r="ER105" s="36"/>
       <c r="ES105" s="36"/>
       <c r="ET105" s="36"/>
       <c r="EU105" s="36"/>
       <c r="EV105" s="36"/>
       <c r="EW105" s="36"/>
       <c r="EX105" s="36"/>
       <c r="EY105" s="36"/>
       <c r="EZ105" s="36"/>
@@ -46102,53 +46699,55 @@
       <c r="HA105" s="36"/>
       <c r="HB105" s="36"/>
       <c r="HC105" s="36"/>
       <c r="HD105" s="36"/>
       <c r="HE105" s="36"/>
       <c r="HF105" s="36"/>
       <c r="HG105" s="36"/>
       <c r="HH105" s="36"/>
       <c r="HI105" s="36"/>
       <c r="HJ105" s="36"/>
       <c r="HK105" s="36"/>
       <c r="HL105" s="36"/>
       <c r="HM105" s="36"/>
       <c r="HN105" s="36"/>
       <c r="HO105" s="36"/>
       <c r="HP105" s="36"/>
       <c r="HQ105" s="36"/>
       <c r="HR105" s="36"/>
       <c r="HS105" s="36"/>
       <c r="HT105" s="36"/>
       <c r="HU105" s="36"/>
       <c r="HV105" s="36"/>
       <c r="HW105" s="36"/>
       <c r="HX105" s="36"/>
       <c r="HY105" s="36"/>
+      <c r="HZ105" s="36"/>
+      <c r="IA105" s="36"/>
+      <c r="IB105" s="36"/>
     </row>
-    <row r="106" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA106" s="36"/>
+    <row r="106" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB106" s="36"/>
       <c r="EC106" s="36"/>
       <c r="ED106" s="36"/>
       <c r="EE106" s="36"/>
       <c r="EF106" s="36"/>
       <c r="EG106" s="36"/>
       <c r="EH106" s="36"/>
       <c r="EI106" s="36"/>
       <c r="EJ106" s="36"/>
       <c r="EK106" s="36"/>
       <c r="EL106" s="36"/>
       <c r="EM106" s="36"/>
       <c r="EN106" s="36"/>
       <c r="EO106" s="36"/>
       <c r="EP106" s="36"/>
       <c r="EQ106" s="36"/>
       <c r="ER106" s="36"/>
       <c r="ES106" s="36"/>
       <c r="ET106" s="36"/>
       <c r="EU106" s="36"/>
       <c r="EV106" s="36"/>
       <c r="EW106" s="36"/>
       <c r="EX106" s="36"/>
       <c r="EY106" s="36"/>
       <c r="EZ106" s="36"/>
@@ -46207,53 +46806,55 @@
       <c r="HA106" s="36"/>
       <c r="HB106" s="36"/>
       <c r="HC106" s="36"/>
       <c r="HD106" s="36"/>
       <c r="HE106" s="36"/>
       <c r="HF106" s="36"/>
       <c r="HG106" s="36"/>
       <c r="HH106" s="36"/>
       <c r="HI106" s="36"/>
       <c r="HJ106" s="36"/>
       <c r="HK106" s="36"/>
       <c r="HL106" s="36"/>
       <c r="HM106" s="36"/>
       <c r="HN106" s="36"/>
       <c r="HO106" s="36"/>
       <c r="HP106" s="36"/>
       <c r="HQ106" s="36"/>
       <c r="HR106" s="36"/>
       <c r="HS106" s="36"/>
       <c r="HT106" s="36"/>
       <c r="HU106" s="36"/>
       <c r="HV106" s="36"/>
       <c r="HW106" s="36"/>
       <c r="HX106" s="36"/>
       <c r="HY106" s="36"/>
+      <c r="HZ106" s="36"/>
+      <c r="IA106" s="36"/>
+      <c r="IB106" s="36"/>
     </row>
-    <row r="107" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA107" s="36"/>
+    <row r="107" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB107" s="36"/>
       <c r="EC107" s="36"/>
       <c r="ED107" s="36"/>
       <c r="EE107" s="36"/>
       <c r="EF107" s="36"/>
       <c r="EG107" s="36"/>
       <c r="EH107" s="36"/>
       <c r="EI107" s="36"/>
       <c r="EJ107" s="36"/>
       <c r="EK107" s="36"/>
       <c r="EL107" s="36"/>
       <c r="EM107" s="36"/>
       <c r="EN107" s="36"/>
       <c r="EO107" s="36"/>
       <c r="EP107" s="36"/>
       <c r="EQ107" s="36"/>
       <c r="ER107" s="36"/>
       <c r="ES107" s="36"/>
       <c r="ET107" s="36"/>
       <c r="EU107" s="36"/>
       <c r="EV107" s="36"/>
       <c r="EW107" s="36"/>
       <c r="EX107" s="36"/>
       <c r="EY107" s="36"/>
       <c r="EZ107" s="36"/>
@@ -46312,53 +46913,55 @@
       <c r="HA107" s="36"/>
       <c r="HB107" s="36"/>
       <c r="HC107" s="36"/>
       <c r="HD107" s="36"/>
       <c r="HE107" s="36"/>
       <c r="HF107" s="36"/>
       <c r="HG107" s="36"/>
       <c r="HH107" s="36"/>
       <c r="HI107" s="36"/>
       <c r="HJ107" s="36"/>
       <c r="HK107" s="36"/>
       <c r="HL107" s="36"/>
       <c r="HM107" s="36"/>
       <c r="HN107" s="36"/>
       <c r="HO107" s="36"/>
       <c r="HP107" s="36"/>
       <c r="HQ107" s="36"/>
       <c r="HR107" s="36"/>
       <c r="HS107" s="36"/>
       <c r="HT107" s="36"/>
       <c r="HU107" s="36"/>
       <c r="HV107" s="36"/>
       <c r="HW107" s="36"/>
       <c r="HX107" s="36"/>
       <c r="HY107" s="36"/>
+      <c r="HZ107" s="36"/>
+      <c r="IA107" s="36"/>
+      <c r="IB107" s="36"/>
     </row>
-    <row r="108" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA108" s="36"/>
+    <row r="108" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB108" s="36"/>
       <c r="EC108" s="36"/>
       <c r="ED108" s="36"/>
       <c r="EE108" s="36"/>
       <c r="EF108" s="36"/>
       <c r="EG108" s="36"/>
       <c r="EH108" s="36"/>
       <c r="EI108" s="36"/>
       <c r="EJ108" s="36"/>
       <c r="EK108" s="36"/>
       <c r="EL108" s="36"/>
       <c r="EM108" s="36"/>
       <c r="EN108" s="36"/>
       <c r="EO108" s="36"/>
       <c r="EP108" s="36"/>
       <c r="EQ108" s="36"/>
       <c r="ER108" s="36"/>
       <c r="ES108" s="36"/>
       <c r="ET108" s="36"/>
       <c r="EU108" s="36"/>
       <c r="EV108" s="36"/>
       <c r="EW108" s="36"/>
       <c r="EX108" s="36"/>
       <c r="EY108" s="36"/>
       <c r="EZ108" s="36"/>
@@ -46417,53 +47020,55 @@
       <c r="HA108" s="36"/>
       <c r="HB108" s="36"/>
       <c r="HC108" s="36"/>
       <c r="HD108" s="36"/>
       <c r="HE108" s="36"/>
       <c r="HF108" s="36"/>
       <c r="HG108" s="36"/>
       <c r="HH108" s="36"/>
       <c r="HI108" s="36"/>
       <c r="HJ108" s="36"/>
       <c r="HK108" s="36"/>
       <c r="HL108" s="36"/>
       <c r="HM108" s="36"/>
       <c r="HN108" s="36"/>
       <c r="HO108" s="36"/>
       <c r="HP108" s="36"/>
       <c r="HQ108" s="36"/>
       <c r="HR108" s="36"/>
       <c r="HS108" s="36"/>
       <c r="HT108" s="36"/>
       <c r="HU108" s="36"/>
       <c r="HV108" s="36"/>
       <c r="HW108" s="36"/>
       <c r="HX108" s="36"/>
       <c r="HY108" s="36"/>
+      <c r="HZ108" s="36"/>
+      <c r="IA108" s="36"/>
+      <c r="IB108" s="36"/>
     </row>
-    <row r="109" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA109" s="36"/>
+    <row r="109" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB109" s="36"/>
       <c r="EC109" s="36"/>
       <c r="ED109" s="36"/>
       <c r="EE109" s="36"/>
       <c r="EF109" s="36"/>
       <c r="EG109" s="36"/>
       <c r="EH109" s="36"/>
       <c r="EI109" s="36"/>
       <c r="EJ109" s="36"/>
       <c r="EK109" s="36"/>
       <c r="EL109" s="36"/>
       <c r="EM109" s="36"/>
       <c r="EN109" s="36"/>
       <c r="EO109" s="36"/>
       <c r="EP109" s="36"/>
       <c r="EQ109" s="36"/>
       <c r="ER109" s="36"/>
       <c r="ES109" s="36"/>
       <c r="ET109" s="36"/>
       <c r="EU109" s="36"/>
       <c r="EV109" s="36"/>
       <c r="EW109" s="36"/>
       <c r="EX109" s="36"/>
       <c r="EY109" s="36"/>
       <c r="EZ109" s="36"/>
@@ -46522,53 +47127,55 @@
       <c r="HA109" s="36"/>
       <c r="HB109" s="36"/>
       <c r="HC109" s="36"/>
       <c r="HD109" s="36"/>
       <c r="HE109" s="36"/>
       <c r="HF109" s="36"/>
       <c r="HG109" s="36"/>
       <c r="HH109" s="36"/>
       <c r="HI109" s="36"/>
       <c r="HJ109" s="36"/>
       <c r="HK109" s="36"/>
       <c r="HL109" s="36"/>
       <c r="HM109" s="36"/>
       <c r="HN109" s="36"/>
       <c r="HO109" s="36"/>
       <c r="HP109" s="36"/>
       <c r="HQ109" s="36"/>
       <c r="HR109" s="36"/>
       <c r="HS109" s="36"/>
       <c r="HT109" s="36"/>
       <c r="HU109" s="36"/>
       <c r="HV109" s="36"/>
       <c r="HW109" s="36"/>
       <c r="HX109" s="36"/>
       <c r="HY109" s="36"/>
+      <c r="HZ109" s="36"/>
+      <c r="IA109" s="36"/>
+      <c r="IB109" s="36"/>
     </row>
-    <row r="110" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA110" s="36"/>
+    <row r="110" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB110" s="36"/>
       <c r="EC110" s="36"/>
       <c r="ED110" s="36"/>
       <c r="EE110" s="36"/>
       <c r="EF110" s="36"/>
       <c r="EG110" s="36"/>
       <c r="EH110" s="36"/>
       <c r="EI110" s="36"/>
       <c r="EJ110" s="36"/>
       <c r="EK110" s="36"/>
       <c r="EL110" s="36"/>
       <c r="EM110" s="36"/>
       <c r="EN110" s="36"/>
       <c r="EO110" s="36"/>
       <c r="EP110" s="36"/>
       <c r="EQ110" s="36"/>
       <c r="ER110" s="36"/>
       <c r="ES110" s="36"/>
       <c r="ET110" s="36"/>
       <c r="EU110" s="36"/>
       <c r="EV110" s="36"/>
       <c r="EW110" s="36"/>
       <c r="EX110" s="36"/>
       <c r="EY110" s="36"/>
       <c r="EZ110" s="36"/>
@@ -46627,53 +47234,55 @@
       <c r="HA110" s="36"/>
       <c r="HB110" s="36"/>
       <c r="HC110" s="36"/>
       <c r="HD110" s="36"/>
       <c r="HE110" s="36"/>
       <c r="HF110" s="36"/>
       <c r="HG110" s="36"/>
       <c r="HH110" s="36"/>
       <c r="HI110" s="36"/>
       <c r="HJ110" s="36"/>
       <c r="HK110" s="36"/>
       <c r="HL110" s="36"/>
       <c r="HM110" s="36"/>
       <c r="HN110" s="36"/>
       <c r="HO110" s="36"/>
       <c r="HP110" s="36"/>
       <c r="HQ110" s="36"/>
       <c r="HR110" s="36"/>
       <c r="HS110" s="36"/>
       <c r="HT110" s="36"/>
       <c r="HU110" s="36"/>
       <c r="HV110" s="36"/>
       <c r="HW110" s="36"/>
       <c r="HX110" s="36"/>
       <c r="HY110" s="36"/>
+      <c r="HZ110" s="36"/>
+      <c r="IA110" s="36"/>
+      <c r="IB110" s="36"/>
     </row>
-    <row r="111" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA111" s="36"/>
+    <row r="111" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB111" s="36"/>
       <c r="EC111" s="36"/>
       <c r="ED111" s="36"/>
       <c r="EE111" s="36"/>
       <c r="EF111" s="36"/>
       <c r="EG111" s="36"/>
       <c r="EH111" s="36"/>
       <c r="EI111" s="36"/>
       <c r="EJ111" s="36"/>
       <c r="EK111" s="36"/>
       <c r="EL111" s="36"/>
       <c r="EM111" s="36"/>
       <c r="EN111" s="36"/>
       <c r="EO111" s="36"/>
       <c r="EP111" s="36"/>
       <c r="EQ111" s="36"/>
       <c r="ER111" s="36"/>
       <c r="ES111" s="36"/>
       <c r="ET111" s="36"/>
       <c r="EU111" s="36"/>
       <c r="EV111" s="36"/>
       <c r="EW111" s="36"/>
       <c r="EX111" s="36"/>
       <c r="EY111" s="36"/>
       <c r="EZ111" s="36"/>
@@ -46732,53 +47341,55 @@
       <c r="HA111" s="36"/>
       <c r="HB111" s="36"/>
       <c r="HC111" s="36"/>
       <c r="HD111" s="36"/>
       <c r="HE111" s="36"/>
       <c r="HF111" s="36"/>
       <c r="HG111" s="36"/>
       <c r="HH111" s="36"/>
       <c r="HI111" s="36"/>
       <c r="HJ111" s="36"/>
       <c r="HK111" s="36"/>
       <c r="HL111" s="36"/>
       <c r="HM111" s="36"/>
       <c r="HN111" s="36"/>
       <c r="HO111" s="36"/>
       <c r="HP111" s="36"/>
       <c r="HQ111" s="36"/>
       <c r="HR111" s="36"/>
       <c r="HS111" s="36"/>
       <c r="HT111" s="36"/>
       <c r="HU111" s="36"/>
       <c r="HV111" s="36"/>
       <c r="HW111" s="36"/>
       <c r="HX111" s="36"/>
       <c r="HY111" s="36"/>
+      <c r="HZ111" s="36"/>
+      <c r="IA111" s="36"/>
+      <c r="IB111" s="36"/>
     </row>
-    <row r="112" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA112" s="36"/>
+    <row r="112" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB112" s="36"/>
       <c r="EC112" s="36"/>
       <c r="ED112" s="36"/>
       <c r="EE112" s="36"/>
       <c r="EF112" s="36"/>
       <c r="EG112" s="36"/>
       <c r="EH112" s="36"/>
       <c r="EI112" s="36"/>
       <c r="EJ112" s="36"/>
       <c r="EK112" s="36"/>
       <c r="EL112" s="36"/>
       <c r="EM112" s="36"/>
       <c r="EN112" s="36"/>
       <c r="EO112" s="36"/>
       <c r="EP112" s="36"/>
       <c r="EQ112" s="36"/>
       <c r="ER112" s="36"/>
       <c r="ES112" s="36"/>
       <c r="ET112" s="36"/>
       <c r="EU112" s="36"/>
       <c r="EV112" s="36"/>
       <c r="EW112" s="36"/>
       <c r="EX112" s="36"/>
       <c r="EY112" s="36"/>
       <c r="EZ112" s="36"/>
@@ -46837,53 +47448,55 @@
       <c r="HA112" s="36"/>
       <c r="HB112" s="36"/>
       <c r="HC112" s="36"/>
       <c r="HD112" s="36"/>
       <c r="HE112" s="36"/>
       <c r="HF112" s="36"/>
       <c r="HG112" s="36"/>
       <c r="HH112" s="36"/>
       <c r="HI112" s="36"/>
       <c r="HJ112" s="36"/>
       <c r="HK112" s="36"/>
       <c r="HL112" s="36"/>
       <c r="HM112" s="36"/>
       <c r="HN112" s="36"/>
       <c r="HO112" s="36"/>
       <c r="HP112" s="36"/>
       <c r="HQ112" s="36"/>
       <c r="HR112" s="36"/>
       <c r="HS112" s="36"/>
       <c r="HT112" s="36"/>
       <c r="HU112" s="36"/>
       <c r="HV112" s="36"/>
       <c r="HW112" s="36"/>
       <c r="HX112" s="36"/>
       <c r="HY112" s="36"/>
+      <c r="HZ112" s="36"/>
+      <c r="IA112" s="36"/>
+      <c r="IB112" s="36"/>
     </row>
-    <row r="113" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA113" s="36"/>
+    <row r="113" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB113" s="36"/>
       <c r="EC113" s="36"/>
       <c r="ED113" s="36"/>
       <c r="EE113" s="36"/>
       <c r="EF113" s="36"/>
       <c r="EG113" s="36"/>
       <c r="EH113" s="36"/>
       <c r="EI113" s="36"/>
       <c r="EJ113" s="36"/>
       <c r="EK113" s="36"/>
       <c r="EL113" s="36"/>
       <c r="EM113" s="36"/>
       <c r="EN113" s="36"/>
       <c r="EO113" s="36"/>
       <c r="EP113" s="36"/>
       <c r="EQ113" s="36"/>
       <c r="ER113" s="36"/>
       <c r="ES113" s="36"/>
       <c r="ET113" s="36"/>
       <c r="EU113" s="36"/>
       <c r="EV113" s="36"/>
       <c r="EW113" s="36"/>
       <c r="EX113" s="36"/>
       <c r="EY113" s="36"/>
       <c r="EZ113" s="36"/>
@@ -46942,53 +47555,55 @@
       <c r="HA113" s="36"/>
       <c r="HB113" s="36"/>
       <c r="HC113" s="36"/>
       <c r="HD113" s="36"/>
       <c r="HE113" s="36"/>
       <c r="HF113" s="36"/>
       <c r="HG113" s="36"/>
       <c r="HH113" s="36"/>
       <c r="HI113" s="36"/>
       <c r="HJ113" s="36"/>
       <c r="HK113" s="36"/>
       <c r="HL113" s="36"/>
       <c r="HM113" s="36"/>
       <c r="HN113" s="36"/>
       <c r="HO113" s="36"/>
       <c r="HP113" s="36"/>
       <c r="HQ113" s="36"/>
       <c r="HR113" s="36"/>
       <c r="HS113" s="36"/>
       <c r="HT113" s="36"/>
       <c r="HU113" s="36"/>
       <c r="HV113" s="36"/>
       <c r="HW113" s="36"/>
       <c r="HX113" s="36"/>
       <c r="HY113" s="36"/>
+      <c r="HZ113" s="36"/>
+      <c r="IA113" s="36"/>
+      <c r="IB113" s="36"/>
     </row>
-    <row r="114" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA114" s="36"/>
+    <row r="114" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB114" s="36"/>
       <c r="EC114" s="36"/>
       <c r="ED114" s="36"/>
       <c r="EE114" s="36"/>
       <c r="EF114" s="36"/>
       <c r="EG114" s="36"/>
       <c r="EH114" s="36"/>
       <c r="EI114" s="36"/>
       <c r="EJ114" s="36"/>
       <c r="EK114" s="36"/>
       <c r="EL114" s="36"/>
       <c r="EM114" s="36"/>
       <c r="EN114" s="36"/>
       <c r="EO114" s="36"/>
       <c r="EP114" s="36"/>
       <c r="EQ114" s="36"/>
       <c r="ER114" s="36"/>
       <c r="ES114" s="36"/>
       <c r="ET114" s="36"/>
       <c r="EU114" s="36"/>
       <c r="EV114" s="36"/>
       <c r="EW114" s="36"/>
       <c r="EX114" s="36"/>
       <c r="EY114" s="36"/>
       <c r="EZ114" s="36"/>
@@ -47047,53 +47662,55 @@
       <c r="HA114" s="36"/>
       <c r="HB114" s="36"/>
       <c r="HC114" s="36"/>
       <c r="HD114" s="36"/>
       <c r="HE114" s="36"/>
       <c r="HF114" s="36"/>
       <c r="HG114" s="36"/>
       <c r="HH114" s="36"/>
       <c r="HI114" s="36"/>
       <c r="HJ114" s="36"/>
       <c r="HK114" s="36"/>
       <c r="HL114" s="36"/>
       <c r="HM114" s="36"/>
       <c r="HN114" s="36"/>
       <c r="HO114" s="36"/>
       <c r="HP114" s="36"/>
       <c r="HQ114" s="36"/>
       <c r="HR114" s="36"/>
       <c r="HS114" s="36"/>
       <c r="HT114" s="36"/>
       <c r="HU114" s="36"/>
       <c r="HV114" s="36"/>
       <c r="HW114" s="36"/>
       <c r="HX114" s="36"/>
       <c r="HY114" s="36"/>
+      <c r="HZ114" s="36"/>
+      <c r="IA114" s="36"/>
+      <c r="IB114" s="36"/>
     </row>
-    <row r="115" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA115" s="36"/>
+    <row r="115" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB115" s="36"/>
       <c r="EC115" s="36"/>
       <c r="ED115" s="36"/>
       <c r="EE115" s="36"/>
       <c r="EF115" s="36"/>
       <c r="EG115" s="36"/>
       <c r="EH115" s="36"/>
       <c r="EI115" s="36"/>
       <c r="EJ115" s="36"/>
       <c r="EK115" s="36"/>
       <c r="EL115" s="36"/>
       <c r="EM115" s="36"/>
       <c r="EN115" s="36"/>
       <c r="EO115" s="36"/>
       <c r="EP115" s="36"/>
       <c r="EQ115" s="36"/>
       <c r="ER115" s="36"/>
       <c r="ES115" s="36"/>
       <c r="ET115" s="36"/>
       <c r="EU115" s="36"/>
       <c r="EV115" s="36"/>
       <c r="EW115" s="36"/>
       <c r="EX115" s="36"/>
       <c r="EY115" s="36"/>
       <c r="EZ115" s="36"/>
@@ -47152,53 +47769,55 @@
       <c r="HA115" s="36"/>
       <c r="HB115" s="36"/>
       <c r="HC115" s="36"/>
       <c r="HD115" s="36"/>
       <c r="HE115" s="36"/>
       <c r="HF115" s="36"/>
       <c r="HG115" s="36"/>
       <c r="HH115" s="36"/>
       <c r="HI115" s="36"/>
       <c r="HJ115" s="36"/>
       <c r="HK115" s="36"/>
       <c r="HL115" s="36"/>
       <c r="HM115" s="36"/>
       <c r="HN115" s="36"/>
       <c r="HO115" s="36"/>
       <c r="HP115" s="36"/>
       <c r="HQ115" s="36"/>
       <c r="HR115" s="36"/>
       <c r="HS115" s="36"/>
       <c r="HT115" s="36"/>
       <c r="HU115" s="36"/>
       <c r="HV115" s="36"/>
       <c r="HW115" s="36"/>
       <c r="HX115" s="36"/>
       <c r="HY115" s="36"/>
+      <c r="HZ115" s="36"/>
+      <c r="IA115" s="36"/>
+      <c r="IB115" s="36"/>
     </row>
-    <row r="116" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA116" s="36"/>
+    <row r="116" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB116" s="36"/>
       <c r="EC116" s="36"/>
       <c r="ED116" s="36"/>
       <c r="EE116" s="36"/>
       <c r="EF116" s="36"/>
       <c r="EG116" s="36"/>
       <c r="EH116" s="36"/>
       <c r="EI116" s="36"/>
       <c r="EJ116" s="36"/>
       <c r="EK116" s="36"/>
       <c r="EL116" s="36"/>
       <c r="EM116" s="36"/>
       <c r="EN116" s="36"/>
       <c r="EO116" s="36"/>
       <c r="EP116" s="36"/>
       <c r="EQ116" s="36"/>
       <c r="ER116" s="36"/>
       <c r="ES116" s="36"/>
       <c r="ET116" s="36"/>
       <c r="EU116" s="36"/>
       <c r="EV116" s="36"/>
       <c r="EW116" s="36"/>
       <c r="EX116" s="36"/>
       <c r="EY116" s="36"/>
       <c r="EZ116" s="36"/>
@@ -47257,53 +47876,55 @@
       <c r="HA116" s="36"/>
       <c r="HB116" s="36"/>
       <c r="HC116" s="36"/>
       <c r="HD116" s="36"/>
       <c r="HE116" s="36"/>
       <c r="HF116" s="36"/>
       <c r="HG116" s="36"/>
       <c r="HH116" s="36"/>
       <c r="HI116" s="36"/>
       <c r="HJ116" s="36"/>
       <c r="HK116" s="36"/>
       <c r="HL116" s="36"/>
       <c r="HM116" s="36"/>
       <c r="HN116" s="36"/>
       <c r="HO116" s="36"/>
       <c r="HP116" s="36"/>
       <c r="HQ116" s="36"/>
       <c r="HR116" s="36"/>
       <c r="HS116" s="36"/>
       <c r="HT116" s="36"/>
       <c r="HU116" s="36"/>
       <c r="HV116" s="36"/>
       <c r="HW116" s="36"/>
       <c r="HX116" s="36"/>
       <c r="HY116" s="36"/>
+      <c r="HZ116" s="36"/>
+      <c r="IA116" s="36"/>
+      <c r="IB116" s="36"/>
     </row>
-    <row r="117" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA117" s="36"/>
+    <row r="117" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB117" s="36"/>
       <c r="EC117" s="36"/>
       <c r="ED117" s="36"/>
       <c r="EE117" s="36"/>
       <c r="EF117" s="36"/>
       <c r="EG117" s="36"/>
       <c r="EH117" s="36"/>
       <c r="EI117" s="36"/>
       <c r="EJ117" s="36"/>
       <c r="EK117" s="36"/>
       <c r="EL117" s="36"/>
       <c r="EM117" s="36"/>
       <c r="EN117" s="36"/>
       <c r="EO117" s="36"/>
       <c r="EP117" s="36"/>
       <c r="EQ117" s="36"/>
       <c r="ER117" s="36"/>
       <c r="ES117" s="36"/>
       <c r="ET117" s="36"/>
       <c r="EU117" s="36"/>
       <c r="EV117" s="36"/>
       <c r="EW117" s="36"/>
       <c r="EX117" s="36"/>
       <c r="EY117" s="36"/>
       <c r="EZ117" s="36"/>
@@ -47362,53 +47983,55 @@
       <c r="HA117" s="36"/>
       <c r="HB117" s="36"/>
       <c r="HC117" s="36"/>
       <c r="HD117" s="36"/>
       <c r="HE117" s="36"/>
       <c r="HF117" s="36"/>
       <c r="HG117" s="36"/>
       <c r="HH117" s="36"/>
       <c r="HI117" s="36"/>
       <c r="HJ117" s="36"/>
       <c r="HK117" s="36"/>
       <c r="HL117" s="36"/>
       <c r="HM117" s="36"/>
       <c r="HN117" s="36"/>
       <c r="HO117" s="36"/>
       <c r="HP117" s="36"/>
       <c r="HQ117" s="36"/>
       <c r="HR117" s="36"/>
       <c r="HS117" s="36"/>
       <c r="HT117" s="36"/>
       <c r="HU117" s="36"/>
       <c r="HV117" s="36"/>
       <c r="HW117" s="36"/>
       <c r="HX117" s="36"/>
       <c r="HY117" s="36"/>
+      <c r="HZ117" s="36"/>
+      <c r="IA117" s="36"/>
+      <c r="IB117" s="36"/>
     </row>
-    <row r="118" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA118" s="36"/>
+    <row r="118" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB118" s="36"/>
       <c r="EC118" s="36"/>
       <c r="ED118" s="36"/>
       <c r="EE118" s="36"/>
       <c r="EF118" s="36"/>
       <c r="EG118" s="36"/>
       <c r="EH118" s="36"/>
       <c r="EI118" s="36"/>
       <c r="EJ118" s="36"/>
       <c r="EK118" s="36"/>
       <c r="EL118" s="36"/>
       <c r="EM118" s="36"/>
       <c r="EN118" s="36"/>
       <c r="EO118" s="36"/>
       <c r="EP118" s="36"/>
       <c r="EQ118" s="36"/>
       <c r="ER118" s="36"/>
       <c r="ES118" s="36"/>
       <c r="ET118" s="36"/>
       <c r="EU118" s="36"/>
       <c r="EV118" s="36"/>
       <c r="EW118" s="36"/>
       <c r="EX118" s="36"/>
       <c r="EY118" s="36"/>
       <c r="EZ118" s="36"/>
@@ -47467,53 +48090,55 @@
       <c r="HA118" s="36"/>
       <c r="HB118" s="36"/>
       <c r="HC118" s="36"/>
       <c r="HD118" s="36"/>
       <c r="HE118" s="36"/>
       <c r="HF118" s="36"/>
       <c r="HG118" s="36"/>
       <c r="HH118" s="36"/>
       <c r="HI118" s="36"/>
       <c r="HJ118" s="36"/>
       <c r="HK118" s="36"/>
       <c r="HL118" s="36"/>
       <c r="HM118" s="36"/>
       <c r="HN118" s="36"/>
       <c r="HO118" s="36"/>
       <c r="HP118" s="36"/>
       <c r="HQ118" s="36"/>
       <c r="HR118" s="36"/>
       <c r="HS118" s="36"/>
       <c r="HT118" s="36"/>
       <c r="HU118" s="36"/>
       <c r="HV118" s="36"/>
       <c r="HW118" s="36"/>
       <c r="HX118" s="36"/>
       <c r="HY118" s="36"/>
+      <c r="HZ118" s="36"/>
+      <c r="IA118" s="36"/>
+      <c r="IB118" s="36"/>
     </row>
-    <row r="119" spans="131:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="EA119" s="36"/>
+    <row r="119" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB119" s="36"/>
       <c r="EC119" s="36"/>
       <c r="ED119" s="36"/>
       <c r="EE119" s="36"/>
       <c r="EF119" s="36"/>
       <c r="EG119" s="36"/>
       <c r="EH119" s="36"/>
       <c r="EI119" s="36"/>
       <c r="EJ119" s="36"/>
       <c r="EK119" s="36"/>
       <c r="EL119" s="36"/>
       <c r="EM119" s="36"/>
       <c r="EN119" s="36"/>
       <c r="EO119" s="36"/>
       <c r="EP119" s="36"/>
       <c r="EQ119" s="36"/>
       <c r="ER119" s="36"/>
       <c r="ES119" s="36"/>
       <c r="ET119" s="36"/>
       <c r="EU119" s="36"/>
       <c r="EV119" s="36"/>
       <c r="EW119" s="36"/>
       <c r="EX119" s="36"/>
       <c r="EY119" s="36"/>
       <c r="EZ119" s="36"/>
@@ -47572,50 +48197,53 @@
       <c r="HA119" s="36"/>
       <c r="HB119" s="36"/>
       <c r="HC119" s="36"/>
       <c r="HD119" s="36"/>
       <c r="HE119" s="36"/>
       <c r="HF119" s="36"/>
       <c r="HG119" s="36"/>
       <c r="HH119" s="36"/>
       <c r="HI119" s="36"/>
       <c r="HJ119" s="36"/>
       <c r="HK119" s="36"/>
       <c r="HL119" s="36"/>
       <c r="HM119" s="36"/>
       <c r="HN119" s="36"/>
       <c r="HO119" s="36"/>
       <c r="HP119" s="36"/>
       <c r="HQ119" s="36"/>
       <c r="HR119" s="36"/>
       <c r="HS119" s="36"/>
       <c r="HT119" s="36"/>
       <c r="HU119" s="36"/>
       <c r="HV119" s="36"/>
       <c r="HW119" s="36"/>
       <c r="HX119" s="36"/>
       <c r="HY119" s="36"/>
+      <c r="HZ119" s="36"/>
+      <c r="IA119" s="36"/>
+      <c r="IB119" s="36"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>