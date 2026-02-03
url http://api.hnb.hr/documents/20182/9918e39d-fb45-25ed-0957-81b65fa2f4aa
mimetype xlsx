--- v2 (2026-01-13)
+++ v3 (2026-02-03)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2026\202601\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="246">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2012</t>
     </r>
   </si>
   <si>
@@ -1646,50 +1646,53 @@
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Q2/25</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
   <si>
     <t>Q3/25</t>
   </si>
   <si>
     <t>Sep. 2025</t>
   </si>
   <si>
     <t>Oct. 2025</t>
   </si>
+  <si>
+    <t>Nov. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -2199,70 +2202,70 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:IB119"/>
+  <dimension ref="A2:IC119"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="45.6640625" style="9" customWidth="1"/>
     <col min="3" max="95" width="10.33203125" style="9" customWidth="1"/>
     <col min="96" max="102" width="10.33203125" style="4" customWidth="1"/>
-    <col min="103" max="236" width="10.33203125" style="1" customWidth="1"/>
-    <col min="237" max="16384" width="9.33203125" style="5"/>
+    <col min="103" max="237" width="10.33203125" style="1" customWidth="1"/>
+    <col min="238" max="16384" width="9.33203125" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:236" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:237" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
@@ -2316,51 +2319,51 @@
       <c r="BT2" s="3"/>
       <c r="BU2" s="3"/>
       <c r="BV2" s="3"/>
       <c r="BW2" s="3"/>
       <c r="BX2" s="3"/>
       <c r="BY2" s="3"/>
       <c r="BZ2" s="3"/>
       <c r="CA2" s="3"/>
       <c r="CB2" s="3"/>
       <c r="CC2" s="3"/>
       <c r="CD2" s="3"/>
       <c r="CE2" s="3"/>
       <c r="CF2" s="3"/>
       <c r="CG2" s="3"/>
       <c r="CH2" s="3"/>
       <c r="CI2" s="3"/>
       <c r="CJ2" s="3"/>
       <c r="CK2" s="3"/>
       <c r="CL2" s="3"/>
       <c r="CM2" s="3"/>
       <c r="CN2" s="3"/>
       <c r="CO2" s="3"/>
       <c r="CP2" s="3"/>
       <c r="CQ2" s="3"/>
     </row>
-    <row r="3" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
@@ -2421,51 +2424,51 @@
       <c r="CA3" s="8"/>
       <c r="CB3" s="8"/>
       <c r="CC3" s="8"/>
       <c r="CD3" s="8"/>
       <c r="CE3" s="8"/>
       <c r="CF3" s="8"/>
       <c r="CG3" s="8"/>
       <c r="CH3" s="8"/>
       <c r="CI3" s="8"/>
       <c r="CJ3" s="8"/>
       <c r="CK3" s="8"/>
       <c r="CL3" s="8"/>
       <c r="CM3" s="8"/>
       <c r="CN3" s="8"/>
       <c r="CO3" s="8"/>
       <c r="CP3" s="8"/>
       <c r="CQ3" s="8"/>
       <c r="CR3" s="8"/>
       <c r="CS3" s="8"/>
       <c r="CT3" s="8"/>
       <c r="CU3" s="8"/>
       <c r="CV3" s="8"/>
       <c r="CW3" s="8"/>
       <c r="CX3" s="8"/>
     </row>
-    <row r="4" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
       <c r="S4" s="7"/>
       <c r="T4" s="7"/>
       <c r="U4" s="7"/>
       <c r="V4" s="7"/>
       <c r="W4" s="7"/>
       <c r="X4" s="7"/>
       <c r="Y4" s="7"/>
       <c r="Z4" s="7"/>
@@ -2524,51 +2527,51 @@
       <c r="CA4" s="8"/>
       <c r="CB4" s="8"/>
       <c r="CC4" s="8"/>
       <c r="CD4" s="8"/>
       <c r="CE4" s="8"/>
       <c r="CF4" s="8"/>
       <c r="CG4" s="8"/>
       <c r="CH4" s="8"/>
       <c r="CI4" s="8"/>
       <c r="CJ4" s="8"/>
       <c r="CK4" s="8"/>
       <c r="CL4" s="8"/>
       <c r="CM4" s="8"/>
       <c r="CN4" s="8"/>
       <c r="CO4" s="8"/>
       <c r="CP4" s="8"/>
       <c r="CQ4" s="8"/>
       <c r="CR4" s="8"/>
       <c r="CS4" s="8"/>
       <c r="CT4" s="8"/>
       <c r="CU4" s="8"/>
       <c r="CV4" s="8"/>
       <c r="CW4" s="8"/>
       <c r="CX4" s="8"/>
     </row>
-    <row r="5" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
       <c r="W5" s="7"/>
       <c r="X5" s="7"/>
       <c r="Y5" s="7"/>
       <c r="Z5" s="7"/>
@@ -2627,51 +2630,51 @@
       <c r="CA5" s="8"/>
       <c r="CB5" s="8"/>
       <c r="CC5" s="8"/>
       <c r="CD5" s="8"/>
       <c r="CE5" s="8"/>
       <c r="CF5" s="8"/>
       <c r="CG5" s="8"/>
       <c r="CH5" s="8"/>
       <c r="CI5" s="8"/>
       <c r="CJ5" s="8"/>
       <c r="CK5" s="8"/>
       <c r="CL5" s="8"/>
       <c r="CM5" s="8"/>
       <c r="CN5" s="8"/>
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
       <c r="CX5" s="8"/>
     </row>
-    <row r="6" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
@@ -2700,51 +2703,51 @@
       <c r="AU6" s="7"/>
       <c r="AV6" s="7"/>
       <c r="AW6" s="7"/>
       <c r="AX6" s="7"/>
       <c r="AY6" s="7"/>
       <c r="AZ6" s="7"/>
       <c r="BA6" s="7"/>
       <c r="BB6" s="7"/>
       <c r="BC6" s="7"/>
       <c r="BD6" s="7"/>
       <c r="BE6" s="7"/>
       <c r="BF6" s="7"/>
       <c r="BG6" s="7"/>
       <c r="BH6" s="7"/>
       <c r="BI6" s="7"/>
       <c r="BJ6" s="7"/>
       <c r="BK6" s="7"/>
       <c r="BL6" s="7"/>
       <c r="BM6" s="7"/>
       <c r="BN6" s="7"/>
       <c r="BO6" s="7"/>
       <c r="BP6" s="7"/>
       <c r="BQ6" s="7"/>
       <c r="BR6" s="7"/>
     </row>
-    <row r="7" spans="1:236" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:237" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="11"/>
       <c r="C7" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="12">
         <v>2016</v>
       </c>
       <c r="H7" s="12">
         <v>2017</v>
       </c>
       <c r="I7" s="12">
         <v>2018</v>
       </c>
       <c r="J7" s="12">
         <v>2019</v>
@@ -3405,52 +3408,55 @@
       </c>
       <c r="HU7" s="13" t="s">
         <v>235</v>
       </c>
       <c r="HV7" s="13" t="s">
         <v>236</v>
       </c>
       <c r="HW7" s="13" t="s">
         <v>237</v>
       </c>
       <c r="HX7" s="13" t="s">
         <v>239</v>
       </c>
       <c r="HY7" s="13" t="s">
         <v>240</v>
       </c>
       <c r="HZ7" s="13" t="s">
         <v>241</v>
       </c>
       <c r="IA7" s="13" t="s">
         <v>243</v>
       </c>
       <c r="IB7" s="13" t="s">
         <v>244</v>
       </c>
+      <c r="IC7" s="13" t="s">
+        <v>245</v>
+      </c>
     </row>
-    <row r="8" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15"/>
       <c r="B8" s="16" t="s">
         <v>70</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
@@ -3645,52 +3651,53 @@
       <c r="HD8" s="18"/>
       <c r="HE8" s="18"/>
       <c r="HF8" s="18"/>
       <c r="HG8" s="18"/>
       <c r="HH8" s="18"/>
       <c r="HI8" s="18"/>
       <c r="HJ8" s="18"/>
       <c r="HK8" s="18"/>
       <c r="HL8" s="18"/>
       <c r="HM8" s="18"/>
       <c r="HN8" s="18"/>
       <c r="HO8" s="18"/>
       <c r="HP8" s="18"/>
       <c r="HQ8" s="18"/>
       <c r="HR8" s="18"/>
       <c r="HS8" s="18"/>
       <c r="HT8" s="18"/>
       <c r="HU8" s="18"/>
       <c r="HV8" s="18"/>
       <c r="HW8" s="18"/>
       <c r="HX8" s="18"/>
       <c r="HY8" s="18"/>
       <c r="HZ8" s="18"/>
       <c r="IA8" s="18"/>
       <c r="IB8" s="18"/>
+      <c r="IC8" s="18"/>
     </row>
-    <row r="9" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="20" t="s">
         <v>71</v>
       </c>
       <c r="C9" s="21">
         <v>0</v>
       </c>
       <c r="D9" s="21">
         <v>0</v>
       </c>
       <c r="E9" s="21">
         <v>0</v>
       </c>
       <c r="F9" s="21">
         <v>0</v>
       </c>
       <c r="G9" s="21">
         <v>0</v>
       </c>
       <c r="H9" s="21">
         <v>0</v>
       </c>
       <c r="I9" s="21">
         <v>0</v>
       </c>
@@ -4353,52 +4360,55 @@
       </c>
       <c r="HU9" s="22">
         <v>0</v>
       </c>
       <c r="HV9" s="22">
         <v>0</v>
       </c>
       <c r="HW9" s="22">
         <v>0</v>
       </c>
       <c r="HX9" s="22">
         <v>0</v>
       </c>
       <c r="HY9" s="22">
         <v>0</v>
       </c>
       <c r="HZ9" s="22">
         <v>0</v>
       </c>
       <c r="IA9" s="22">
         <v>0</v>
       </c>
       <c r="IB9" s="22">
         <v>0</v>
       </c>
+      <c r="IC9" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="24">
         <v>0</v>
       </c>
       <c r="D10" s="24">
         <v>0</v>
       </c>
       <c r="E10" s="24">
         <v>0</v>
       </c>
       <c r="F10" s="24">
         <v>0</v>
       </c>
       <c r="G10" s="24">
         <v>0</v>
       </c>
       <c r="H10" s="24">
         <v>0</v>
       </c>
       <c r="I10" s="24">
         <v>0</v>
       </c>
       <c r="J10" s="24">
@@ -5060,52 +5070,55 @@
       </c>
       <c r="HU10" s="25">
         <v>0</v>
       </c>
       <c r="HV10" s="25">
         <v>0</v>
       </c>
       <c r="HW10" s="25">
         <v>0</v>
       </c>
       <c r="HX10" s="25">
         <v>0</v>
       </c>
       <c r="HY10" s="25">
         <v>0</v>
       </c>
       <c r="HZ10" s="25">
         <v>0</v>
       </c>
       <c r="IA10" s="25">
         <v>0</v>
       </c>
       <c r="IB10" s="25">
         <v>0</v>
       </c>
+      <c r="IC10" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="24">
         <v>0</v>
       </c>
       <c r="D11" s="24">
         <v>0</v>
       </c>
       <c r="E11" s="24">
         <v>0</v>
       </c>
       <c r="F11" s="24">
         <v>0</v>
       </c>
       <c r="G11" s="24">
         <v>0</v>
       </c>
       <c r="H11" s="24">
         <v>0</v>
       </c>
       <c r="I11" s="24">
         <v>0</v>
       </c>
       <c r="J11" s="24">
@@ -5767,52 +5780,55 @@
       </c>
       <c r="HU11" s="25">
         <v>0</v>
       </c>
       <c r="HV11" s="25">
         <v>0</v>
       </c>
       <c r="HW11" s="25">
         <v>0</v>
       </c>
       <c r="HX11" s="25">
         <v>0</v>
       </c>
       <c r="HY11" s="25">
         <v>0</v>
       </c>
       <c r="HZ11" s="25">
         <v>0</v>
       </c>
       <c r="IA11" s="25">
         <v>0</v>
       </c>
       <c r="IB11" s="25">
         <v>0</v>
       </c>
+      <c r="IC11" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="20" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="21">
         <v>0</v>
       </c>
       <c r="D12" s="21">
         <v>3.2406709999999998E-2</v>
       </c>
       <c r="E12" s="21">
         <v>9.5817948899999994</v>
       </c>
       <c r="F12" s="21">
         <v>98.268101329999993</v>
       </c>
       <c r="G12" s="21">
         <v>0</v>
       </c>
       <c r="H12" s="21">
         <v>0.43710143000000001</v>
       </c>
       <c r="I12" s="21">
         <v>0</v>
       </c>
@@ -6475,52 +6491,55 @@
       </c>
       <c r="HU12" s="22">
         <v>0</v>
       </c>
       <c r="HV12" s="22">
         <v>0</v>
       </c>
       <c r="HW12" s="22">
         <v>0</v>
       </c>
       <c r="HX12" s="22">
         <v>0</v>
       </c>
       <c r="HY12" s="22">
         <v>0</v>
       </c>
       <c r="HZ12" s="22">
         <v>0</v>
       </c>
       <c r="IA12" s="22">
         <v>0</v>
       </c>
       <c r="IB12" s="22">
         <v>0</v>
       </c>
+      <c r="IC12" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="13" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="27" t="s">
         <v>72</v>
       </c>
       <c r="C13" s="24">
         <v>0</v>
       </c>
       <c r="D13" s="24">
         <v>3.2406709999999998E-2</v>
       </c>
       <c r="E13" s="24">
         <v>9.5817948899999994</v>
       </c>
       <c r="F13" s="24">
         <v>98.268101329999993</v>
       </c>
       <c r="G13" s="24">
         <v>0</v>
       </c>
       <c r="H13" s="24">
         <v>0.43710143000000001</v>
       </c>
       <c r="I13" s="24">
         <v>0</v>
       </c>
       <c r="J13" s="24">
@@ -7182,52 +7201,55 @@
       </c>
       <c r="HU13" s="25">
         <v>0</v>
       </c>
       <c r="HV13" s="25">
         <v>0</v>
       </c>
       <c r="HW13" s="25">
         <v>0</v>
       </c>
       <c r="HX13" s="25">
         <v>0</v>
       </c>
       <c r="HY13" s="25">
         <v>0</v>
       </c>
       <c r="HZ13" s="25">
         <v>0</v>
       </c>
       <c r="IA13" s="25">
         <v>0</v>
       </c>
       <c r="IB13" s="25">
         <v>0</v>
       </c>
+      <c r="IC13" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="24">
         <v>0</v>
       </c>
       <c r="D14" s="24">
         <v>0</v>
       </c>
       <c r="E14" s="24">
         <v>0</v>
       </c>
       <c r="F14" s="24">
         <v>0</v>
       </c>
       <c r="G14" s="24">
         <v>0</v>
       </c>
       <c r="H14" s="24">
         <v>0</v>
       </c>
       <c r="I14" s="24">
         <v>0</v>
       </c>
       <c r="J14" s="24">
@@ -7889,52 +7911,55 @@
       </c>
       <c r="HU14" s="25">
         <v>0</v>
       </c>
       <c r="HV14" s="25">
         <v>0</v>
       </c>
       <c r="HW14" s="25">
         <v>0</v>
       </c>
       <c r="HX14" s="25">
         <v>0</v>
       </c>
       <c r="HY14" s="25">
         <v>0</v>
       </c>
       <c r="HZ14" s="25">
         <v>0</v>
       </c>
       <c r="IA14" s="25">
         <v>0</v>
       </c>
       <c r="IB14" s="25">
         <v>0</v>
       </c>
+      <c r="IC14" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C15" s="21">
         <v>0</v>
       </c>
       <c r="D15" s="21">
         <v>0</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="21">
         <v>0</v>
       </c>
       <c r="H15" s="21">
         <v>0</v>
       </c>
       <c r="I15" s="21">
         <v>0</v>
       </c>
@@ -8597,52 +8622,55 @@
       </c>
       <c r="HU15" s="22">
         <v>0</v>
       </c>
       <c r="HV15" s="22">
         <v>0</v>
       </c>
       <c r="HW15" s="22">
         <v>0</v>
       </c>
       <c r="HX15" s="22">
         <v>0</v>
       </c>
       <c r="HY15" s="22">
         <v>0</v>
       </c>
       <c r="HZ15" s="22">
         <v>0</v>
       </c>
       <c r="IA15" s="22">
         <v>0</v>
       </c>
       <c r="IB15" s="22">
         <v>0</v>
       </c>
+      <c r="IC15" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="24">
         <v>0</v>
       </c>
       <c r="D16" s="24">
         <v>0</v>
       </c>
       <c r="E16" s="24">
         <v>0</v>
       </c>
       <c r="F16" s="24">
         <v>0</v>
       </c>
       <c r="G16" s="24">
         <v>0</v>
       </c>
       <c r="H16" s="24">
         <v>0</v>
       </c>
       <c r="I16" s="24">
         <v>0</v>
       </c>
       <c r="J16" s="24">
@@ -9304,52 +9332,55 @@
       </c>
       <c r="HU16" s="25">
         <v>0</v>
       </c>
       <c r="HV16" s="25">
         <v>0</v>
       </c>
       <c r="HW16" s="25">
         <v>0</v>
       </c>
       <c r="HX16" s="25">
         <v>0</v>
       </c>
       <c r="HY16" s="25">
         <v>0</v>
       </c>
       <c r="HZ16" s="25">
         <v>0</v>
       </c>
       <c r="IA16" s="25">
         <v>0</v>
       </c>
       <c r="IB16" s="25">
         <v>0</v>
       </c>
+      <c r="IC16" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="24">
         <v>0</v>
       </c>
       <c r="D17" s="24">
         <v>0</v>
       </c>
       <c r="E17" s="24">
         <v>0</v>
       </c>
       <c r="F17" s="24">
         <v>0</v>
       </c>
       <c r="G17" s="24">
         <v>0</v>
       </c>
       <c r="H17" s="24">
         <v>0</v>
       </c>
       <c r="I17" s="24">
         <v>0</v>
       </c>
       <c r="J17" s="24">
@@ -10011,52 +10042,55 @@
       </c>
       <c r="HU17" s="25">
         <v>0</v>
       </c>
       <c r="HV17" s="25">
         <v>0</v>
       </c>
       <c r="HW17" s="25">
         <v>0</v>
       </c>
       <c r="HX17" s="25">
         <v>0</v>
       </c>
       <c r="HY17" s="25">
         <v>0</v>
       </c>
       <c r="HZ17" s="25">
         <v>0</v>
       </c>
       <c r="IA17" s="25">
         <v>0</v>
       </c>
       <c r="IB17" s="25">
         <v>0</v>
       </c>
+      <c r="IC17" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="21">
         <v>0</v>
       </c>
       <c r="D18" s="21">
         <v>0</v>
       </c>
       <c r="E18" s="21">
         <v>0</v>
       </c>
       <c r="F18" s="21">
         <v>0</v>
       </c>
       <c r="G18" s="21">
         <v>0</v>
       </c>
       <c r="H18" s="21">
         <v>0</v>
       </c>
       <c r="I18" s="21">
         <v>0</v>
       </c>
@@ -10719,52 +10753,55 @@
       </c>
       <c r="HU18" s="22">
         <v>0</v>
       </c>
       <c r="HV18" s="22">
         <v>0</v>
       </c>
       <c r="HW18" s="22">
         <v>0</v>
       </c>
       <c r="HX18" s="22">
         <v>0</v>
       </c>
       <c r="HY18" s="22">
         <v>0</v>
       </c>
       <c r="HZ18" s="22">
         <v>0</v>
       </c>
       <c r="IA18" s="22">
         <v>0</v>
       </c>
       <c r="IB18" s="22">
         <v>0</v>
       </c>
+      <c r="IC18" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C19" s="24">
         <v>0</v>
       </c>
       <c r="D19" s="24">
         <v>0</v>
       </c>
       <c r="E19" s="24">
         <v>0</v>
       </c>
       <c r="F19" s="24">
         <v>0</v>
       </c>
       <c r="G19" s="24">
         <v>0</v>
       </c>
       <c r="H19" s="24">
         <v>0</v>
       </c>
       <c r="I19" s="24">
         <v>0</v>
       </c>
       <c r="J19" s="24">
@@ -11426,52 +11463,55 @@
       </c>
       <c r="HU19" s="25">
         <v>0</v>
       </c>
       <c r="HV19" s="25">
         <v>0</v>
       </c>
       <c r="HW19" s="25">
         <v>0</v>
       </c>
       <c r="HX19" s="25">
         <v>0</v>
       </c>
       <c r="HY19" s="25">
         <v>0</v>
       </c>
       <c r="HZ19" s="25">
         <v>0</v>
       </c>
       <c r="IA19" s="25">
         <v>0</v>
       </c>
       <c r="IB19" s="25">
         <v>0</v>
       </c>
+      <c r="IC19" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C20" s="24">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="24">
         <v>0</v>
       </c>
       <c r="F20" s="24">
         <v>0</v>
       </c>
       <c r="G20" s="24">
         <v>0</v>
       </c>
       <c r="H20" s="24">
         <v>0</v>
       </c>
       <c r="I20" s="24">
         <v>0</v>
       </c>
       <c r="J20" s="24">
@@ -12133,52 +12173,55 @@
       </c>
       <c r="HU20" s="25">
         <v>0</v>
       </c>
       <c r="HV20" s="25">
         <v>0</v>
       </c>
       <c r="HW20" s="25">
         <v>0</v>
       </c>
       <c r="HX20" s="25">
         <v>0</v>
       </c>
       <c r="HY20" s="25">
         <v>0</v>
       </c>
       <c r="HZ20" s="25">
         <v>0</v>
       </c>
       <c r="IA20" s="25">
         <v>0</v>
       </c>
       <c r="IB20" s="25">
         <v>0</v>
       </c>
+      <c r="IC20" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:236" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:237" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C21" s="21">
         <v>0</v>
       </c>
       <c r="D21" s="21">
         <v>0</v>
       </c>
       <c r="E21" s="21">
         <v>0</v>
       </c>
       <c r="F21" s="21">
         <v>0</v>
       </c>
       <c r="G21" s="21">
         <v>0</v>
       </c>
       <c r="H21" s="21">
         <v>0</v>
       </c>
       <c r="I21" s="21">
         <v>0</v>
       </c>
@@ -12841,52 +12884,55 @@
       </c>
       <c r="HU21" s="22">
         <v>0</v>
       </c>
       <c r="HV21" s="22">
         <v>0</v>
       </c>
       <c r="HW21" s="22">
         <v>0</v>
       </c>
       <c r="HX21" s="22">
         <v>0</v>
       </c>
       <c r="HY21" s="22">
         <v>0</v>
       </c>
       <c r="HZ21" s="22">
         <v>0</v>
       </c>
       <c r="IA21" s="22">
         <v>0</v>
       </c>
       <c r="IB21" s="22">
         <v>0</v>
       </c>
+      <c r="IC21" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C22" s="24">
         <v>0</v>
       </c>
       <c r="D22" s="24">
         <v>0</v>
       </c>
       <c r="E22" s="24">
         <v>0</v>
       </c>
       <c r="F22" s="24">
         <v>0</v>
       </c>
       <c r="G22" s="24">
         <v>0</v>
       </c>
       <c r="H22" s="24">
         <v>0</v>
       </c>
       <c r="I22" s="24">
         <v>0</v>
       </c>
       <c r="J22" s="24">
@@ -13548,52 +13594,55 @@
       </c>
       <c r="HU22" s="25">
         <v>0</v>
       </c>
       <c r="HV22" s="25">
         <v>0</v>
       </c>
       <c r="HW22" s="25">
         <v>0</v>
       </c>
       <c r="HX22" s="25">
         <v>0</v>
       </c>
       <c r="HY22" s="25">
         <v>0</v>
       </c>
       <c r="HZ22" s="25">
         <v>0</v>
       </c>
       <c r="IA22" s="25">
         <v>0</v>
       </c>
       <c r="IB22" s="25">
         <v>0</v>
       </c>
+      <c r="IC22" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="24">
         <v>0</v>
       </c>
       <c r="D23" s="24">
         <v>0</v>
       </c>
       <c r="E23" s="24">
         <v>0</v>
       </c>
       <c r="F23" s="24">
         <v>0</v>
       </c>
       <c r="G23" s="24">
         <v>0</v>
       </c>
       <c r="H23" s="24">
         <v>0</v>
       </c>
       <c r="I23" s="24">
         <v>0</v>
       </c>
       <c r="J23" s="24">
@@ -14255,52 +14304,55 @@
       </c>
       <c r="HU23" s="25">
         <v>0</v>
       </c>
       <c r="HV23" s="25">
         <v>0</v>
       </c>
       <c r="HW23" s="25">
         <v>0</v>
       </c>
       <c r="HX23" s="25">
         <v>0</v>
       </c>
       <c r="HY23" s="25">
         <v>0</v>
       </c>
       <c r="HZ23" s="25">
         <v>0</v>
       </c>
       <c r="IA23" s="25">
         <v>0</v>
       </c>
       <c r="IB23" s="25">
         <v>0</v>
       </c>
+      <c r="IC23" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C24" s="21">
         <v>0</v>
       </c>
       <c r="D24" s="21">
         <v>9.6882341200000006</v>
       </c>
       <c r="E24" s="21">
         <v>111.34062632</v>
       </c>
       <c r="F24" s="21">
         <v>0</v>
       </c>
       <c r="G24" s="21">
         <v>0</v>
       </c>
       <c r="H24" s="21">
         <v>0</v>
       </c>
       <c r="I24" s="21">
         <v>0</v>
       </c>
@@ -14963,52 +15015,55 @@
       </c>
       <c r="HU24" s="22">
         <v>0</v>
       </c>
       <c r="HV24" s="22">
         <v>0</v>
       </c>
       <c r="HW24" s="22">
         <v>0</v>
       </c>
       <c r="HX24" s="22">
         <v>0</v>
       </c>
       <c r="HY24" s="22">
         <v>0</v>
       </c>
       <c r="HZ24" s="22">
         <v>0</v>
       </c>
       <c r="IA24" s="22">
         <v>0</v>
       </c>
       <c r="IB24" s="22">
         <v>0</v>
       </c>
+      <c r="IC24" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="24">
         <v>0</v>
       </c>
       <c r="D25" s="24">
         <v>9.6882341200000006</v>
       </c>
       <c r="E25" s="24">
         <v>111.34062632</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="24">
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>0</v>
       </c>
       <c r="I25" s="24">
         <v>0</v>
       </c>
       <c r="J25" s="24">
@@ -15670,52 +15725,55 @@
       </c>
       <c r="HU25" s="25">
         <v>0</v>
       </c>
       <c r="HV25" s="25">
         <v>0</v>
       </c>
       <c r="HW25" s="25">
         <v>0</v>
       </c>
       <c r="HX25" s="25">
         <v>0</v>
       </c>
       <c r="HY25" s="25">
         <v>0</v>
       </c>
       <c r="HZ25" s="25">
         <v>0</v>
       </c>
       <c r="IA25" s="25">
         <v>0</v>
       </c>
       <c r="IB25" s="25">
         <v>0</v>
       </c>
+      <c r="IC25" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C26" s="24">
         <v>0</v>
       </c>
       <c r="D26" s="24">
         <v>0</v>
       </c>
       <c r="E26" s="24">
         <v>0</v>
       </c>
       <c r="F26" s="24">
         <v>0</v>
       </c>
       <c r="G26" s="24">
         <v>0</v>
       </c>
       <c r="H26" s="24">
         <v>0</v>
       </c>
       <c r="I26" s="24">
         <v>0</v>
       </c>
       <c r="J26" s="24">
@@ -16377,52 +16435,55 @@
       </c>
       <c r="HU26" s="25">
         <v>0</v>
       </c>
       <c r="HV26" s="25">
         <v>0</v>
       </c>
       <c r="HW26" s="25">
         <v>0</v>
       </c>
       <c r="HX26" s="25">
         <v>0</v>
       </c>
       <c r="HY26" s="25">
         <v>0</v>
       </c>
       <c r="HZ26" s="25">
         <v>0</v>
       </c>
       <c r="IA26" s="25">
         <v>0</v>
       </c>
       <c r="IB26" s="25">
         <v>0</v>
       </c>
+      <c r="IC26" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="21">
         <v>0</v>
       </c>
       <c r="D27" s="21">
         <v>107.15851673</v>
       </c>
       <c r="E27" s="21">
         <v>0.67950096000000004</v>
       </c>
       <c r="F27" s="21">
         <v>104.45267364</v>
       </c>
       <c r="G27" s="21">
         <v>14.194872159999999</v>
       </c>
       <c r="H27" s="21">
         <v>14.67830917</v>
       </c>
       <c r="I27" s="21">
         <v>0</v>
       </c>
@@ -17085,52 +17146,55 @@
       </c>
       <c r="HU27" s="22">
         <v>0</v>
       </c>
       <c r="HV27" s="22">
         <v>0</v>
       </c>
       <c r="HW27" s="22">
         <v>0</v>
       </c>
       <c r="HX27" s="22">
         <v>0</v>
       </c>
       <c r="HY27" s="22">
         <v>0</v>
       </c>
       <c r="HZ27" s="22">
         <v>0</v>
       </c>
       <c r="IA27" s="22">
         <v>0</v>
       </c>
       <c r="IB27" s="22">
         <v>0</v>
       </c>
+      <c r="IC27" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="24">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>107.15851673</v>
       </c>
       <c r="E28" s="24">
         <v>0.67950096000000004</v>
       </c>
       <c r="F28" s="24">
         <v>104.45267364</v>
       </c>
       <c r="G28" s="24">
         <v>14.194872159999999</v>
       </c>
       <c r="H28" s="24">
         <v>14.67830917</v>
       </c>
       <c r="I28" s="24">
         <v>0</v>
       </c>
       <c r="J28" s="24">
@@ -17792,52 +17856,55 @@
       </c>
       <c r="HU28" s="25">
         <v>0</v>
       </c>
       <c r="HV28" s="25">
         <v>0</v>
       </c>
       <c r="HW28" s="25">
         <v>0</v>
       </c>
       <c r="HX28" s="25">
         <v>0</v>
       </c>
       <c r="HY28" s="25">
         <v>0</v>
       </c>
       <c r="HZ28" s="25">
         <v>0</v>
       </c>
       <c r="IA28" s="25">
         <v>0</v>
       </c>
       <c r="IB28" s="25">
         <v>0</v>
       </c>
+      <c r="IC28" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="24">
         <v>0</v>
       </c>
       <c r="D29" s="24">
         <v>0</v>
       </c>
       <c r="E29" s="24">
         <v>0</v>
       </c>
       <c r="F29" s="24">
         <v>0</v>
       </c>
       <c r="G29" s="24">
         <v>0</v>
       </c>
       <c r="H29" s="24">
         <v>0</v>
       </c>
       <c r="I29" s="24">
         <v>0</v>
       </c>
       <c r="J29" s="24">
@@ -18499,52 +18566,55 @@
       </c>
       <c r="HU29" s="25">
         <v>0</v>
       </c>
       <c r="HV29" s="25">
         <v>0</v>
       </c>
       <c r="HW29" s="25">
         <v>0</v>
       </c>
       <c r="HX29" s="25">
         <v>0</v>
       </c>
       <c r="HY29" s="25">
         <v>0</v>
       </c>
       <c r="HZ29" s="25">
         <v>0</v>
       </c>
       <c r="IA29" s="25">
         <v>0</v>
       </c>
       <c r="IB29" s="25">
         <v>0</v>
       </c>
+      <c r="IC29" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C30" s="21">
         <v>12.962995919999999</v>
       </c>
       <c r="D30" s="21">
         <v>129.73695583</v>
       </c>
       <c r="E30" s="21">
         <v>91.768708750000002</v>
       </c>
       <c r="F30" s="21">
         <v>227.34815698</v>
       </c>
       <c r="G30" s="21">
         <v>45.3594607</v>
       </c>
       <c r="H30" s="21">
         <v>199.87840001000001</v>
       </c>
       <c r="I30" s="21">
         <v>42.585994810000003</v>
       </c>
@@ -19207,52 +19277,55 @@
       </c>
       <c r="HU30" s="22">
         <v>1.31731504</v>
       </c>
       <c r="HV30" s="22">
         <v>2.86</v>
       </c>
       <c r="HW30" s="22">
         <v>0</v>
       </c>
       <c r="HX30" s="22">
         <v>0</v>
       </c>
       <c r="HY30" s="22">
         <v>93.306480239999999</v>
       </c>
       <c r="HZ30" s="22">
         <v>0</v>
       </c>
       <c r="IA30" s="22">
         <v>265.19310561000003</v>
       </c>
       <c r="IB30" s="22">
         <v>0</v>
       </c>
+      <c r="IC30" s="22">
+        <v>90.19638762000001</v>
+      </c>
     </row>
-    <row r="31" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="24">
         <v>12.962995919999999</v>
       </c>
       <c r="D31" s="24">
         <v>129.73695583</v>
       </c>
       <c r="E31" s="24">
         <v>91.768708750000002</v>
       </c>
       <c r="F31" s="24">
         <v>227.34815698</v>
       </c>
       <c r="G31" s="24">
         <v>45.3594607</v>
       </c>
       <c r="H31" s="24">
         <v>199.87840001000001</v>
       </c>
       <c r="I31" s="24">
         <v>42.585994810000003</v>
       </c>
       <c r="J31" s="24">
@@ -19914,52 +19987,55 @@
       </c>
       <c r="HU31" s="25">
         <v>1.31731504</v>
       </c>
       <c r="HV31" s="25">
         <v>2.86</v>
       </c>
       <c r="HW31" s="25">
         <v>0</v>
       </c>
       <c r="HX31" s="25">
         <v>0</v>
       </c>
       <c r="HY31" s="25">
         <v>93.306480239999999</v>
       </c>
       <c r="HZ31" s="25">
         <v>0</v>
       </c>
       <c r="IA31" s="25">
         <v>265.19310561000003</v>
       </c>
       <c r="IB31" s="25">
         <v>0</v>
       </c>
+      <c r="IC31" s="25">
+        <v>90.19638762000001</v>
+      </c>
     </row>
-    <row r="32" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="29">
         <v>0</v>
       </c>
       <c r="D32" s="29">
         <v>0</v>
       </c>
       <c r="E32" s="29">
         <v>0</v>
       </c>
       <c r="F32" s="29">
         <v>0</v>
       </c>
       <c r="G32" s="29">
         <v>0</v>
       </c>
       <c r="H32" s="29">
         <v>0</v>
       </c>
       <c r="I32" s="29">
         <v>0</v>
       </c>
       <c r="J32" s="29">
@@ -20621,52 +20697,55 @@
       </c>
       <c r="HU32" s="30">
         <v>0</v>
       </c>
       <c r="HV32" s="30">
         <v>0</v>
       </c>
       <c r="HW32" s="30">
         <v>0</v>
       </c>
       <c r="HX32" s="30">
         <v>0</v>
       </c>
       <c r="HY32" s="30">
         <v>0</v>
       </c>
       <c r="HZ32" s="30">
         <v>0</v>
       </c>
       <c r="IA32" s="30">
         <v>0</v>
       </c>
       <c r="IB32" s="30">
         <v>0</v>
       </c>
+      <c r="IC32" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="15"/>
       <c r="B33" s="31" t="s">
         <v>81</v>
       </c>
       <c r="C33" s="32">
         <v>12.962995919999999</v>
       </c>
       <c r="D33" s="32">
         <v>246.61611339000001</v>
       </c>
       <c r="E33" s="32">
         <v>213.37063092</v>
       </c>
       <c r="F33" s="32">
         <v>430.06893194999998</v>
       </c>
       <c r="G33" s="32">
         <v>59.554332860000002</v>
       </c>
       <c r="H33" s="32">
         <v>214.99381061</v>
       </c>
       <c r="I33" s="32">
         <v>42.585994810000003</v>
       </c>
@@ -21329,52 +21408,55 @@
       </c>
       <c r="HU33" s="32">
         <v>1.31731504</v>
       </c>
       <c r="HV33" s="32">
         <v>2.86</v>
       </c>
       <c r="HW33" s="32">
         <v>0</v>
       </c>
       <c r="HX33" s="32">
         <v>0</v>
       </c>
       <c r="HY33" s="32">
         <v>93.306480239999999</v>
       </c>
       <c r="HZ33" s="32">
         <v>0</v>
       </c>
       <c r="IA33" s="32">
         <v>265.19310561000003</v>
       </c>
       <c r="IB33" s="32">
         <v>0</v>
       </c>
+      <c r="IC33" s="32">
+        <v>90.19638762000001</v>
+      </c>
     </row>
-    <row r="34" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="15"/>
       <c r="B34" s="16" t="s">
         <v>82</v>
       </c>
       <c r="C34" s="33"/>
       <c r="D34" s="33"/>
       <c r="E34" s="33"/>
       <c r="F34" s="33"/>
       <c r="G34" s="33"/>
       <c r="H34" s="33"/>
       <c r="I34" s="33"/>
       <c r="J34" s="33"/>
       <c r="K34" s="33"/>
       <c r="L34" s="33"/>
       <c r="M34" s="33"/>
       <c r="N34" s="33"/>
       <c r="O34" s="33"/>
       <c r="P34" s="33"/>
       <c r="Q34" s="33"/>
       <c r="R34" s="33"/>
       <c r="S34" s="33"/>
       <c r="T34" s="33"/>
       <c r="U34" s="33"/>
       <c r="V34" s="33"/>
       <c r="W34" s="33"/>
@@ -21569,52 +21651,53 @@
       <c r="HD34" s="34"/>
       <c r="HE34" s="34"/>
       <c r="HF34" s="34"/>
       <c r="HG34" s="34"/>
       <c r="HH34" s="34"/>
       <c r="HI34" s="34"/>
       <c r="HJ34" s="34"/>
       <c r="HK34" s="34"/>
       <c r="HL34" s="34"/>
       <c r="HM34" s="34"/>
       <c r="HN34" s="34"/>
       <c r="HO34" s="34"/>
       <c r="HP34" s="34"/>
       <c r="HQ34" s="34"/>
       <c r="HR34" s="34"/>
       <c r="HS34" s="34"/>
       <c r="HT34" s="34"/>
       <c r="HU34" s="34"/>
       <c r="HV34" s="34"/>
       <c r="HW34" s="34"/>
       <c r="HX34" s="34"/>
       <c r="HY34" s="34"/>
       <c r="HZ34" s="34"/>
       <c r="IA34" s="34"/>
       <c r="IB34" s="34"/>
+      <c r="IC34" s="34"/>
     </row>
-    <row r="35" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="20" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="21">
         <v>0</v>
       </c>
       <c r="D35" s="21">
         <v>0</v>
       </c>
       <c r="E35" s="21">
         <v>0</v>
       </c>
       <c r="F35" s="21">
         <v>0</v>
       </c>
       <c r="G35" s="21">
         <v>0</v>
       </c>
       <c r="H35" s="21">
         <v>0</v>
       </c>
       <c r="I35" s="21">
         <v>0</v>
       </c>
@@ -22277,52 +22360,55 @@
       </c>
       <c r="HU35" s="22">
         <v>0</v>
       </c>
       <c r="HV35" s="22">
         <v>0</v>
       </c>
       <c r="HW35" s="22">
         <v>0</v>
       </c>
       <c r="HX35" s="22">
         <v>0</v>
       </c>
       <c r="HY35" s="22">
         <v>0</v>
       </c>
       <c r="HZ35" s="22">
         <v>0</v>
       </c>
       <c r="IA35" s="22">
         <v>0</v>
       </c>
       <c r="IB35" s="22">
         <v>0</v>
       </c>
+      <c r="IC35" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="24">
         <v>0</v>
       </c>
       <c r="D36" s="24">
         <v>0</v>
       </c>
       <c r="E36" s="24">
         <v>0</v>
       </c>
       <c r="F36" s="24">
         <v>0</v>
       </c>
       <c r="G36" s="24">
         <v>0</v>
       </c>
       <c r="H36" s="24">
         <v>0</v>
       </c>
       <c r="I36" s="24">
         <v>0</v>
       </c>
       <c r="J36" s="24">
@@ -22984,52 +23070,55 @@
       </c>
       <c r="HU36" s="25">
         <v>0</v>
       </c>
       <c r="HV36" s="25">
         <v>0</v>
       </c>
       <c r="HW36" s="25">
         <v>0</v>
       </c>
       <c r="HX36" s="25">
         <v>0</v>
       </c>
       <c r="HY36" s="25">
         <v>0</v>
       </c>
       <c r="HZ36" s="25">
         <v>0</v>
       </c>
       <c r="IA36" s="25">
         <v>0</v>
       </c>
       <c r="IB36" s="25">
         <v>0</v>
       </c>
+      <c r="IC36" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="24">
         <v>0</v>
       </c>
       <c r="D37" s="24">
         <v>0</v>
       </c>
       <c r="E37" s="24">
         <v>0</v>
       </c>
       <c r="F37" s="24">
         <v>0</v>
       </c>
       <c r="G37" s="24">
         <v>0</v>
       </c>
       <c r="H37" s="24">
         <v>0</v>
       </c>
       <c r="I37" s="24">
         <v>0</v>
       </c>
       <c r="J37" s="24">
@@ -23691,52 +23780,55 @@
       </c>
       <c r="HU37" s="25">
         <v>0</v>
       </c>
       <c r="HV37" s="25">
         <v>0</v>
       </c>
       <c r="HW37" s="25">
         <v>0</v>
       </c>
       <c r="HX37" s="25">
         <v>0</v>
       </c>
       <c r="HY37" s="25">
         <v>0</v>
       </c>
       <c r="HZ37" s="25">
         <v>0</v>
       </c>
       <c r="IA37" s="25">
         <v>0</v>
       </c>
       <c r="IB37" s="25">
         <v>0</v>
       </c>
+      <c r="IC37" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="20" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="21">
         <v>96.520643710000002</v>
       </c>
       <c r="D38" s="21">
         <v>55.430752669999997</v>
       </c>
       <c r="E38" s="21">
         <v>56.512193240000002</v>
       </c>
       <c r="F38" s="21">
         <v>116.28861902</v>
       </c>
       <c r="G38" s="21">
         <v>105.56172273999999</v>
       </c>
       <c r="H38" s="21">
         <v>446.68150790999999</v>
       </c>
       <c r="I38" s="21">
         <v>14.59609916</v>
       </c>
@@ -24399,52 +24491,55 @@
       </c>
       <c r="HU38" s="22">
         <v>0</v>
       </c>
       <c r="HV38" s="22">
         <v>0</v>
       </c>
       <c r="HW38" s="22">
         <v>0</v>
       </c>
       <c r="HX38" s="22">
         <v>0</v>
       </c>
       <c r="HY38" s="22">
         <v>0</v>
       </c>
       <c r="HZ38" s="22">
         <v>0</v>
       </c>
       <c r="IA38" s="22">
         <v>0</v>
       </c>
       <c r="IB38" s="22">
         <v>0</v>
       </c>
+      <c r="IC38" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="27" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="24">
         <v>94.529801579999997</v>
       </c>
       <c r="D39" s="24">
         <v>55.430752669999997</v>
       </c>
       <c r="E39" s="24">
         <v>56.512193240000002</v>
       </c>
       <c r="F39" s="24">
         <v>116.28861902</v>
       </c>
       <c r="G39" s="24">
         <v>105.56172273999999</v>
       </c>
       <c r="H39" s="24">
         <v>446.68150790999999</v>
       </c>
       <c r="I39" s="24">
         <v>14.59609916</v>
       </c>
       <c r="J39" s="24">
@@ -25106,52 +25201,55 @@
       </c>
       <c r="HU39" s="25">
         <v>0</v>
       </c>
       <c r="HV39" s="25">
         <v>0</v>
       </c>
       <c r="HW39" s="25">
         <v>0</v>
       </c>
       <c r="HX39" s="25">
         <v>0</v>
       </c>
       <c r="HY39" s="25">
         <v>0</v>
       </c>
       <c r="HZ39" s="25">
         <v>0</v>
       </c>
       <c r="IA39" s="25">
         <v>0</v>
       </c>
       <c r="IB39" s="25">
         <v>0</v>
       </c>
+      <c r="IC39" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="40" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="24">
         <v>1.9908421300000001</v>
       </c>
       <c r="D40" s="24">
         <v>0</v>
       </c>
       <c r="E40" s="24">
         <v>0</v>
       </c>
       <c r="F40" s="24">
         <v>0</v>
       </c>
       <c r="G40" s="24">
         <v>0</v>
       </c>
       <c r="H40" s="24">
         <v>0</v>
       </c>
       <c r="I40" s="24">
         <v>0</v>
       </c>
       <c r="J40" s="24">
@@ -25813,52 +25911,55 @@
       </c>
       <c r="HU40" s="25">
         <v>0</v>
       </c>
       <c r="HV40" s="25">
         <v>0</v>
       </c>
       <c r="HW40" s="25">
         <v>0</v>
       </c>
       <c r="HX40" s="25">
         <v>0</v>
       </c>
       <c r="HY40" s="25">
         <v>0</v>
       </c>
       <c r="HZ40" s="25">
         <v>0</v>
       </c>
       <c r="IA40" s="25">
         <v>0</v>
       </c>
       <c r="IB40" s="25">
         <v>0</v>
       </c>
+      <c r="IC40" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C41" s="21">
         <v>0</v>
       </c>
       <c r="D41" s="21">
         <v>0</v>
       </c>
       <c r="E41" s="21">
         <v>0</v>
       </c>
       <c r="F41" s="21">
         <v>0</v>
       </c>
       <c r="G41" s="21">
         <v>0</v>
       </c>
       <c r="H41" s="21">
         <v>0.96887650000000003</v>
       </c>
       <c r="I41" s="21">
         <v>0</v>
       </c>
@@ -26521,52 +26622,55 @@
       </c>
       <c r="HU41" s="22">
         <v>0</v>
       </c>
       <c r="HV41" s="22">
         <v>0</v>
       </c>
       <c r="HW41" s="22">
         <v>0</v>
       </c>
       <c r="HX41" s="22">
         <v>0</v>
       </c>
       <c r="HY41" s="22">
         <v>3.3E-3</v>
       </c>
       <c r="HZ41" s="22">
         <v>0</v>
       </c>
       <c r="IA41" s="22">
         <v>0</v>
       </c>
       <c r="IB41" s="22">
         <v>0</v>
       </c>
+      <c r="IC41" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="42" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="24">
         <v>0</v>
       </c>
       <c r="D42" s="24">
         <v>0</v>
       </c>
       <c r="E42" s="24">
         <v>0</v>
       </c>
       <c r="F42" s="24">
         <v>0</v>
       </c>
       <c r="G42" s="24">
         <v>0</v>
       </c>
       <c r="H42" s="24">
         <v>0.96887650000000003</v>
       </c>
       <c r="I42" s="24">
         <v>0</v>
       </c>
       <c r="J42" s="24">
@@ -27228,52 +27332,55 @@
       </c>
       <c r="HU42" s="25">
         <v>0</v>
       </c>
       <c r="HV42" s="25">
         <v>0</v>
       </c>
       <c r="HW42" s="25">
         <v>0</v>
       </c>
       <c r="HX42" s="25">
         <v>0</v>
       </c>
       <c r="HY42" s="25">
         <v>3.3E-3</v>
       </c>
       <c r="HZ42" s="25">
         <v>0</v>
       </c>
       <c r="IA42" s="25">
         <v>0</v>
       </c>
       <c r="IB42" s="25">
         <v>0</v>
       </c>
+      <c r="IC42" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="24">
         <v>0</v>
       </c>
       <c r="D43" s="24">
         <v>0</v>
       </c>
       <c r="E43" s="24">
         <v>0</v>
       </c>
       <c r="F43" s="24">
         <v>0</v>
       </c>
       <c r="G43" s="24">
         <v>0</v>
       </c>
       <c r="H43" s="24">
         <v>0</v>
       </c>
       <c r="I43" s="24">
         <v>0</v>
       </c>
       <c r="J43" s="24">
@@ -27935,52 +28042,55 @@
       </c>
       <c r="HU43" s="25">
         <v>0</v>
       </c>
       <c r="HV43" s="25">
         <v>0</v>
       </c>
       <c r="HW43" s="25">
         <v>0</v>
       </c>
       <c r="HX43" s="25">
         <v>0</v>
       </c>
       <c r="HY43" s="25">
         <v>0</v>
       </c>
       <c r="HZ43" s="25">
         <v>0</v>
       </c>
       <c r="IA43" s="25">
         <v>0</v>
       </c>
       <c r="IB43" s="25">
         <v>0</v>
       </c>
+      <c r="IC43" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="21">
         <v>0</v>
       </c>
       <c r="D44" s="21">
         <v>0</v>
       </c>
       <c r="E44" s="21">
         <v>8.5168624299999998</v>
       </c>
       <c r="F44" s="21">
         <v>0.78956799</v>
       </c>
       <c r="G44" s="21">
         <v>0</v>
       </c>
       <c r="H44" s="21">
         <v>1.00869334</v>
       </c>
       <c r="I44" s="21">
         <v>0</v>
       </c>
@@ -28643,52 +28753,55 @@
       </c>
       <c r="HU44" s="22">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="HV44" s="22">
         <v>0</v>
       </c>
       <c r="HW44" s="22">
         <v>0</v>
       </c>
       <c r="HX44" s="22">
         <v>0</v>
       </c>
       <c r="HY44" s="22">
         <v>0</v>
       </c>
       <c r="HZ44" s="22">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="IA44" s="22">
         <v>1.3265000000000001E-2</v>
       </c>
       <c r="IB44" s="22">
         <v>0</v>
       </c>
+      <c r="IC44" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C45" s="24">
         <v>0</v>
       </c>
       <c r="D45" s="24">
         <v>0</v>
       </c>
       <c r="E45" s="24">
         <v>8.5168624299999998</v>
       </c>
       <c r="F45" s="24">
         <v>0.78956799</v>
       </c>
       <c r="G45" s="24">
         <v>0</v>
       </c>
       <c r="H45" s="24">
         <v>1.00869334</v>
       </c>
       <c r="I45" s="24">
         <v>0</v>
       </c>
       <c r="J45" s="24">
@@ -29350,52 +29463,55 @@
       </c>
       <c r="HU45" s="25">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="HV45" s="25">
         <v>0</v>
       </c>
       <c r="HW45" s="25">
         <v>0</v>
       </c>
       <c r="HX45" s="25">
         <v>0</v>
       </c>
       <c r="HY45" s="25">
         <v>0</v>
       </c>
       <c r="HZ45" s="25">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="IA45" s="25">
         <v>1.3265000000000001E-2</v>
       </c>
       <c r="IB45" s="25">
         <v>0</v>
       </c>
+      <c r="IC45" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="24">
         <v>0</v>
       </c>
       <c r="D46" s="24">
         <v>0</v>
       </c>
       <c r="E46" s="24">
         <v>0</v>
       </c>
       <c r="F46" s="24">
         <v>0</v>
       </c>
       <c r="G46" s="24">
         <v>0</v>
       </c>
       <c r="H46" s="24">
         <v>0</v>
       </c>
       <c r="I46" s="24">
         <v>0</v>
       </c>
       <c r="J46" s="24">
@@ -30057,52 +30173,55 @@
       </c>
       <c r="HU46" s="25">
         <v>0</v>
       </c>
       <c r="HV46" s="25">
         <v>0</v>
       </c>
       <c r="HW46" s="25">
         <v>0</v>
       </c>
       <c r="HX46" s="25">
         <v>0</v>
       </c>
       <c r="HY46" s="25">
         <v>0</v>
       </c>
       <c r="HZ46" s="25">
         <v>0</v>
       </c>
       <c r="IA46" s="25">
         <v>0</v>
       </c>
       <c r="IB46" s="25">
         <v>0</v>
       </c>
+      <c r="IC46" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="1:236" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:237" s="19" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C47" s="21">
         <v>0.21235649000000001</v>
       </c>
       <c r="D47" s="21">
         <v>0</v>
       </c>
       <c r="E47" s="21">
         <v>0</v>
       </c>
       <c r="F47" s="21">
         <v>0</v>
       </c>
       <c r="G47" s="21">
         <v>0</v>
       </c>
       <c r="H47" s="21">
         <v>0</v>
       </c>
       <c r="I47" s="21">
         <v>0</v>
       </c>
@@ -30765,52 +30884,55 @@
       </c>
       <c r="HU47" s="22">
         <v>0</v>
       </c>
       <c r="HV47" s="22">
         <v>0</v>
       </c>
       <c r="HW47" s="22">
         <v>0</v>
       </c>
       <c r="HX47" s="22">
         <v>0</v>
       </c>
       <c r="HY47" s="22">
         <v>0</v>
       </c>
       <c r="HZ47" s="22">
         <v>0</v>
       </c>
       <c r="IA47" s="22">
         <v>0</v>
       </c>
       <c r="IB47" s="22">
         <v>0</v>
       </c>
+      <c r="IC47" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C48" s="24">
         <v>0.21235649000000001</v>
       </c>
       <c r="D48" s="24">
         <v>0</v>
       </c>
       <c r="E48" s="24">
         <v>0</v>
       </c>
       <c r="F48" s="24">
         <v>0</v>
       </c>
       <c r="G48" s="24">
         <v>0</v>
       </c>
       <c r="H48" s="24">
         <v>0</v>
       </c>
       <c r="I48" s="24">
         <v>0</v>
       </c>
       <c r="J48" s="24">
@@ -31472,52 +31594,55 @@
       </c>
       <c r="HU48" s="25">
         <v>0</v>
       </c>
       <c r="HV48" s="25">
         <v>0</v>
       </c>
       <c r="HW48" s="25">
         <v>0</v>
       </c>
       <c r="HX48" s="25">
         <v>0</v>
       </c>
       <c r="HY48" s="25">
         <v>0</v>
       </c>
       <c r="HZ48" s="25">
         <v>0</v>
       </c>
       <c r="IA48" s="25">
         <v>0</v>
       </c>
       <c r="IB48" s="25">
         <v>0</v>
       </c>
+      <c r="IC48" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="24">
         <v>0</v>
       </c>
       <c r="D49" s="24">
         <v>0</v>
       </c>
       <c r="E49" s="24">
         <v>0</v>
       </c>
       <c r="F49" s="24">
         <v>0</v>
       </c>
       <c r="G49" s="24">
         <v>0</v>
       </c>
       <c r="H49" s="24">
         <v>0</v>
       </c>
       <c r="I49" s="24">
         <v>0</v>
       </c>
       <c r="J49" s="24">
@@ -32179,52 +32304,55 @@
       </c>
       <c r="HU49" s="25">
         <v>0</v>
       </c>
       <c r="HV49" s="25">
         <v>0</v>
       </c>
       <c r="HW49" s="25">
         <v>0</v>
       </c>
       <c r="HX49" s="25">
         <v>0</v>
       </c>
       <c r="HY49" s="25">
         <v>0</v>
       </c>
       <c r="HZ49" s="25">
         <v>0</v>
       </c>
       <c r="IA49" s="25">
         <v>0</v>
       </c>
       <c r="IB49" s="25">
         <v>0</v>
       </c>
+      <c r="IC49" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C50" s="21">
         <v>17.806755590000002</v>
       </c>
       <c r="D50" s="21">
         <v>9.9214546400000003</v>
       </c>
       <c r="E50" s="21">
         <v>21.99929358</v>
       </c>
       <c r="F50" s="21">
         <v>0.30334033999999999</v>
       </c>
       <c r="G50" s="21">
         <v>11.499064300000001</v>
       </c>
       <c r="H50" s="21">
         <v>0</v>
       </c>
       <c r="I50" s="21">
         <v>0</v>
       </c>
@@ -32887,52 +33015,55 @@
       </c>
       <c r="HU50" s="22">
         <v>0</v>
       </c>
       <c r="HV50" s="22">
         <v>0</v>
       </c>
       <c r="HW50" s="22">
         <v>0</v>
       </c>
       <c r="HX50" s="22">
         <v>0</v>
       </c>
       <c r="HY50" s="22">
         <v>0</v>
       </c>
       <c r="HZ50" s="22">
         <v>0</v>
       </c>
       <c r="IA50" s="22">
         <v>0</v>
       </c>
       <c r="IB50" s="22">
         <v>0</v>
       </c>
+      <c r="IC50" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C51" s="24">
         <v>17.806755590000002</v>
       </c>
       <c r="D51" s="24">
         <v>9.9214546400000003</v>
       </c>
       <c r="E51" s="24">
         <v>21.99929358</v>
       </c>
       <c r="F51" s="24">
         <v>0.30334033999999999</v>
       </c>
       <c r="G51" s="24">
         <v>11.499064300000001</v>
       </c>
       <c r="H51" s="24">
         <v>0</v>
       </c>
       <c r="I51" s="24">
         <v>0</v>
       </c>
       <c r="J51" s="24">
@@ -33594,52 +33725,55 @@
       </c>
       <c r="HU51" s="25">
         <v>0</v>
       </c>
       <c r="HV51" s="25">
         <v>0</v>
       </c>
       <c r="HW51" s="25">
         <v>0</v>
       </c>
       <c r="HX51" s="25">
         <v>0</v>
       </c>
       <c r="HY51" s="25">
         <v>0</v>
       </c>
       <c r="HZ51" s="25">
         <v>0</v>
       </c>
       <c r="IA51" s="25">
         <v>0</v>
       </c>
       <c r="IB51" s="25">
         <v>0</v>
       </c>
+      <c r="IC51" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="52" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C52" s="24">
         <v>0</v>
       </c>
       <c r="D52" s="24">
         <v>0</v>
       </c>
       <c r="E52" s="24">
         <v>0</v>
       </c>
       <c r="F52" s="24">
         <v>0</v>
       </c>
       <c r="G52" s="24">
         <v>0</v>
       </c>
       <c r="H52" s="24">
         <v>0</v>
       </c>
       <c r="I52" s="24">
         <v>0</v>
       </c>
       <c r="J52" s="24">
@@ -34301,52 +34435,55 @@
       </c>
       <c r="HU52" s="25">
         <v>0</v>
       </c>
       <c r="HV52" s="25">
         <v>0</v>
       </c>
       <c r="HW52" s="25">
         <v>0</v>
       </c>
       <c r="HX52" s="25">
         <v>0</v>
       </c>
       <c r="HY52" s="25">
         <v>0</v>
       </c>
       <c r="HZ52" s="25">
         <v>0</v>
       </c>
       <c r="IA52" s="25">
         <v>0</v>
       </c>
       <c r="IB52" s="25">
         <v>0</v>
       </c>
+      <c r="IC52" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
       <c r="B53" s="20" t="s">
         <v>83</v>
       </c>
       <c r="C53" s="21">
         <v>0</v>
       </c>
       <c r="D53" s="21">
         <v>0</v>
       </c>
       <c r="E53" s="21">
         <v>3.06589687</v>
       </c>
       <c r="F53" s="21">
         <v>0</v>
       </c>
       <c r="G53" s="21">
         <v>0</v>
       </c>
       <c r="H53" s="21">
         <v>0</v>
       </c>
       <c r="I53" s="21">
         <v>0</v>
       </c>
@@ -35009,52 +35146,55 @@
       </c>
       <c r="HU53" s="22">
         <v>0</v>
       </c>
       <c r="HV53" s="22">
         <v>0</v>
       </c>
       <c r="HW53" s="22">
         <v>0</v>
       </c>
       <c r="HX53" s="22">
         <v>0</v>
       </c>
       <c r="HY53" s="22">
         <v>0</v>
       </c>
       <c r="HZ53" s="22">
         <v>0</v>
       </c>
       <c r="IA53" s="22">
         <v>0</v>
       </c>
       <c r="IB53" s="22">
         <v>0</v>
       </c>
+      <c r="IC53" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="24">
         <v>0</v>
       </c>
       <c r="D54" s="24">
         <v>0</v>
       </c>
       <c r="E54" s="24">
         <v>3.06589687</v>
       </c>
       <c r="F54" s="24">
         <v>0</v>
       </c>
       <c r="G54" s="24">
         <v>0</v>
       </c>
       <c r="H54" s="24">
         <v>0</v>
       </c>
       <c r="I54" s="24">
         <v>0</v>
       </c>
       <c r="J54" s="24">
@@ -35716,52 +35856,55 @@
       </c>
       <c r="HU54" s="25">
         <v>0</v>
       </c>
       <c r="HV54" s="25">
         <v>0</v>
       </c>
       <c r="HW54" s="25">
         <v>0</v>
       </c>
       <c r="HX54" s="25">
         <v>0</v>
       </c>
       <c r="HY54" s="25">
         <v>0</v>
       </c>
       <c r="HZ54" s="25">
         <v>0</v>
       </c>
       <c r="IA54" s="25">
         <v>0</v>
       </c>
       <c r="IB54" s="25">
         <v>0</v>
       </c>
+      <c r="IC54" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C55" s="24">
         <v>0</v>
       </c>
       <c r="D55" s="24">
         <v>0</v>
       </c>
       <c r="E55" s="24">
         <v>0</v>
       </c>
       <c r="F55" s="24">
         <v>0</v>
       </c>
       <c r="G55" s="24">
         <v>0</v>
       </c>
       <c r="H55" s="24">
         <v>0</v>
       </c>
       <c r="I55" s="24">
         <v>0</v>
       </c>
       <c r="J55" s="24">
@@ -36423,52 +36566,55 @@
       </c>
       <c r="HU55" s="25">
         <v>0</v>
       </c>
       <c r="HV55" s="25">
         <v>0</v>
       </c>
       <c r="HW55" s="25">
         <v>0</v>
       </c>
       <c r="HX55" s="25">
         <v>0</v>
       </c>
       <c r="HY55" s="25">
         <v>0</v>
       </c>
       <c r="HZ55" s="25">
         <v>0</v>
       </c>
       <c r="IA55" s="25">
         <v>0</v>
       </c>
       <c r="IB55" s="25">
         <v>0</v>
       </c>
+      <c r="IC55" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="3"/>
       <c r="B56" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C56" s="21">
         <v>39.846718430000003</v>
       </c>
       <c r="D56" s="21">
         <v>165.75682527000001</v>
       </c>
       <c r="E56" s="21">
         <v>47.4602681</v>
       </c>
       <c r="F56" s="21">
         <v>91.507413900000003</v>
       </c>
       <c r="G56" s="21">
         <v>21.177377400000001</v>
       </c>
       <c r="H56" s="21">
         <v>23.960783060000001</v>
       </c>
       <c r="I56" s="21">
         <v>105.40048509</v>
       </c>
@@ -37131,52 +37277,55 @@
       </c>
       <c r="HU56" s="22">
         <v>0</v>
       </c>
       <c r="HV56" s="22">
         <v>0</v>
       </c>
       <c r="HW56" s="22">
         <v>0</v>
       </c>
       <c r="HX56" s="22">
         <v>0</v>
       </c>
       <c r="HY56" s="22">
         <v>0</v>
       </c>
       <c r="HZ56" s="22">
         <v>0</v>
       </c>
       <c r="IA56" s="22">
         <v>0</v>
       </c>
       <c r="IB56" s="22">
         <v>0</v>
       </c>
+      <c r="IC56" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C57" s="24">
         <v>39.846718430000003</v>
       </c>
       <c r="D57" s="24">
         <v>165.75682527000001</v>
       </c>
       <c r="E57" s="24">
         <v>47.4602681</v>
       </c>
       <c r="F57" s="24">
         <v>91.507413900000003</v>
       </c>
       <c r="G57" s="24">
         <v>21.177377400000001</v>
       </c>
       <c r="H57" s="24">
         <v>23.960783060000001</v>
       </c>
       <c r="I57" s="24">
         <v>105.40048509</v>
       </c>
       <c r="J57" s="24">
@@ -37838,52 +37987,55 @@
       </c>
       <c r="HU57" s="25">
         <v>0</v>
       </c>
       <c r="HV57" s="25">
         <v>0</v>
       </c>
       <c r="HW57" s="25">
         <v>0</v>
       </c>
       <c r="HX57" s="25">
         <v>0</v>
       </c>
       <c r="HY57" s="25">
         <v>0</v>
       </c>
       <c r="HZ57" s="25">
         <v>0</v>
       </c>
       <c r="IA57" s="25">
         <v>0</v>
       </c>
       <c r="IB57" s="25">
         <v>0</v>
       </c>
+      <c r="IC57" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C58" s="24">
         <v>0</v>
       </c>
       <c r="D58" s="24">
         <v>0</v>
       </c>
       <c r="E58" s="24">
         <v>0</v>
       </c>
       <c r="F58" s="24">
         <v>0</v>
       </c>
       <c r="G58" s="24">
         <v>0</v>
       </c>
       <c r="H58" s="24">
         <v>0</v>
       </c>
       <c r="I58" s="24">
         <v>0</v>
       </c>
       <c r="J58" s="24">
@@ -38545,52 +38697,55 @@
       </c>
       <c r="HU58" s="25">
         <v>0</v>
       </c>
       <c r="HV58" s="25">
         <v>0</v>
       </c>
       <c r="HW58" s="25">
         <v>0</v>
       </c>
       <c r="HX58" s="25">
         <v>0</v>
       </c>
       <c r="HY58" s="25">
         <v>0</v>
       </c>
       <c r="HZ58" s="25">
         <v>0</v>
       </c>
       <c r="IA58" s="25">
         <v>0</v>
       </c>
       <c r="IB58" s="25">
         <v>0</v>
       </c>
+      <c r="IC58" s="25">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="3"/>
       <c r="B59" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C59" s="21">
         <v>95.082124890000003</v>
       </c>
       <c r="D59" s="21">
         <v>150.16093662</v>
       </c>
       <c r="E59" s="21">
         <v>505.81230763999997</v>
       </c>
       <c r="F59" s="21">
         <v>365.35440161000002</v>
       </c>
       <c r="G59" s="21">
         <v>108.09513282</v>
       </c>
       <c r="H59" s="21">
         <v>116.40916786</v>
       </c>
       <c r="I59" s="21">
         <v>96.417158560000004</v>
       </c>
@@ -39253,52 +39408,55 @@
       </c>
       <c r="HU59" s="22">
         <v>0</v>
       </c>
       <c r="HV59" s="22">
         <v>5.8415400000000002</v>
       </c>
       <c r="HW59" s="22">
         <v>0.27584700000000001</v>
       </c>
       <c r="HX59" s="22">
         <v>0.97499999999999998</v>
       </c>
       <c r="HY59" s="22">
         <v>12.404591999999999</v>
       </c>
       <c r="HZ59" s="22">
         <v>0</v>
       </c>
       <c r="IA59" s="22">
         <v>5.5090700000000004</v>
       </c>
       <c r="IB59" s="22">
         <v>16.095293000000002</v>
       </c>
+      <c r="IC59" s="22">
+        <v>9.1</v>
+      </c>
     </row>
-    <row r="60" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C60" s="24">
         <v>94.816679280000002</v>
       </c>
       <c r="D60" s="24">
         <v>149.59077934999999</v>
       </c>
       <c r="E60" s="24">
         <v>495.82759730999999</v>
       </c>
       <c r="F60" s="24">
         <v>362.94171331000001</v>
       </c>
       <c r="G60" s="24">
         <v>108.09513282</v>
       </c>
       <c r="H60" s="24">
         <v>116.40916786</v>
       </c>
       <c r="I60" s="24">
         <v>94.744851170000004</v>
       </c>
       <c r="J60" s="24">
@@ -39960,52 +40118,55 @@
       </c>
       <c r="HU60" s="25">
         <v>0</v>
       </c>
       <c r="HV60" s="25">
         <v>5.8415400000000002</v>
       </c>
       <c r="HW60" s="25">
         <v>0.27584700000000001</v>
       </c>
       <c r="HX60" s="25">
         <v>0.97499999999999998</v>
       </c>
       <c r="HY60" s="25">
         <v>12.404591999999999</v>
       </c>
       <c r="HZ60" s="25">
         <v>0</v>
       </c>
       <c r="IA60" s="25">
         <v>5.5090700000000004</v>
       </c>
       <c r="IB60" s="25">
         <v>16.095293000000002</v>
       </c>
+      <c r="IC60" s="25">
+        <v>9.1</v>
+      </c>
     </row>
-    <row r="61" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="29">
         <v>0.26544561999999999</v>
       </c>
       <c r="D61" s="29">
         <v>0.57015727999999999</v>
       </c>
       <c r="E61" s="29">
         <v>9.9847103300000004</v>
       </c>
       <c r="F61" s="29">
         <v>2.4126883000000001</v>
       </c>
       <c r="G61" s="29">
         <v>0</v>
       </c>
       <c r="H61" s="29">
         <v>0</v>
       </c>
       <c r="I61" s="29">
         <v>1.6723073900000001</v>
       </c>
       <c r="J61" s="29">
@@ -40667,52 +40828,55 @@
       </c>
       <c r="HU61" s="30">
         <v>0</v>
       </c>
       <c r="HV61" s="30">
         <v>0</v>
       </c>
       <c r="HW61" s="30">
         <v>0</v>
       </c>
       <c r="HX61" s="30">
         <v>0</v>
       </c>
       <c r="HY61" s="30">
         <v>0</v>
       </c>
       <c r="HZ61" s="30">
         <v>0</v>
       </c>
       <c r="IA61" s="30">
         <v>0</v>
       </c>
       <c r="IB61" s="30">
         <v>0</v>
       </c>
+      <c r="IC61" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="62" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15"/>
       <c r="B62" s="35" t="s">
         <v>84</v>
       </c>
       <c r="C62" s="34">
         <v>249.46859911000001</v>
       </c>
       <c r="D62" s="34">
         <v>381.26996921</v>
       </c>
       <c r="E62" s="34">
         <v>643.36682187999997</v>
       </c>
       <c r="F62" s="34">
         <v>574.24334284999998</v>
       </c>
       <c r="G62" s="34">
         <v>246.33329725999999</v>
       </c>
       <c r="H62" s="34">
         <v>589.02902869000002</v>
       </c>
       <c r="I62" s="34">
         <v>216.41374281</v>
       </c>
@@ -41375,52 +41539,55 @@
       </c>
       <c r="HU62" s="34">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="HV62" s="34">
         <v>5.8415400000000002</v>
       </c>
       <c r="HW62" s="34">
         <v>0.27584700000000001</v>
       </c>
       <c r="HX62" s="34">
         <v>0.97499999999999998</v>
       </c>
       <c r="HY62" s="34">
         <v>12.407891999999999</v>
       </c>
       <c r="HZ62" s="34">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="IA62" s="34">
         <v>5.522335</v>
       </c>
       <c r="IB62" s="34">
         <v>16.095293000000002</v>
       </c>
+      <c r="IC62" s="34">
+        <v>9.1</v>
+      </c>
     </row>
-    <row r="63" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:237" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="15"/>
       <c r="B63" s="31" t="s">
         <v>85</v>
       </c>
       <c r="C63" s="32">
         <v>262.43159502999998</v>
       </c>
       <c r="D63" s="32">
         <v>627.88608260000001</v>
       </c>
       <c r="E63" s="32">
         <v>856.73745280000003</v>
       </c>
       <c r="F63" s="32">
         <v>1004.31227481</v>
       </c>
       <c r="G63" s="32">
         <v>305.88763011999998</v>
       </c>
       <c r="H63" s="32">
         <v>804.02283929999999</v>
       </c>
       <c r="I63" s="32">
         <v>258.99973761000001</v>
       </c>
@@ -42083,52 +42250,55 @@
       </c>
       <c r="HU63" s="32">
         <v>1.3423150399999999</v>
       </c>
       <c r="HV63" s="32">
         <v>8.7015399999999996</v>
       </c>
       <c r="HW63" s="32">
         <v>0.27584700000000001</v>
       </c>
       <c r="HX63" s="32">
         <v>0.97499999999999998</v>
       </c>
       <c r="HY63" s="32">
         <v>105.71437224</v>
       </c>
       <c r="HZ63" s="32">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="IA63" s="32">
         <v>270.71544061000003</v>
       </c>
       <c r="IB63" s="32">
         <v>16.095293000000002</v>
       </c>
+      <c r="IC63" s="32">
+        <v>99.296387620000004</v>
+      </c>
     </row>
-    <row r="64" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EG64" s="37"/>
       <c r="EH64" s="37"/>
       <c r="EI64" s="37"/>
       <c r="EJ64" s="37"/>
       <c r="EK64" s="37"/>
       <c r="EL64" s="37"/>
       <c r="EM64" s="37"/>
       <c r="EN64" s="37"/>
       <c r="EO64" s="37"/>
       <c r="EP64" s="37"/>
       <c r="EQ64" s="37"/>
       <c r="ER64" s="37"/>
       <c r="ES64" s="37"/>
       <c r="ET64" s="37"/>
       <c r="EU64" s="37"/>
       <c r="EV64" s="37"/>
       <c r="EW64" s="37"/>
       <c r="EX64" s="37"/>
       <c r="EY64" s="37"/>
       <c r="EZ64" s="37"/>
       <c r="FA64" s="37"/>
       <c r="FB64" s="37"/>
       <c r="FC64" s="37"/>
       <c r="FD64" s="37"/>
       <c r="FE64" s="37"/>
@@ -42185,52 +42355,53 @@
       <c r="HD64" s="37"/>
       <c r="HE64" s="37"/>
       <c r="HF64" s="37"/>
       <c r="HG64" s="37"/>
       <c r="HH64" s="37"/>
       <c r="HI64" s="37"/>
       <c r="HJ64" s="37"/>
       <c r="HK64" s="37"/>
       <c r="HL64" s="37"/>
       <c r="HM64" s="37"/>
       <c r="HN64" s="37"/>
       <c r="HO64" s="37"/>
       <c r="HP64" s="37"/>
       <c r="HQ64" s="37"/>
       <c r="HR64" s="37"/>
       <c r="HS64" s="37"/>
       <c r="HT64" s="37"/>
       <c r="HU64" s="37"/>
       <c r="HV64" s="37"/>
       <c r="HW64" s="37"/>
       <c r="HX64" s="37"/>
       <c r="HY64" s="37"/>
       <c r="HZ64" s="37"/>
       <c r="IA64" s="37"/>
       <c r="IB64" s="37"/>
+      <c r="IC64" s="37"/>
     </row>
-    <row r="65" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EG65" s="37"/>
       <c r="EH65" s="37"/>
       <c r="EI65" s="37"/>
       <c r="EJ65" s="37"/>
       <c r="EK65" s="37"/>
       <c r="EL65" s="37"/>
       <c r="EM65" s="37"/>
       <c r="EN65" s="37"/>
       <c r="EO65" s="37"/>
       <c r="EP65" s="37"/>
       <c r="EQ65" s="37"/>
       <c r="ER65" s="37"/>
       <c r="ES65" s="37"/>
       <c r="ET65" s="37"/>
       <c r="EU65" s="37"/>
       <c r="EV65" s="37"/>
       <c r="EW65" s="37"/>
       <c r="EX65" s="37"/>
       <c r="EY65" s="37"/>
       <c r="EZ65" s="37"/>
       <c r="FA65" s="37"/>
       <c r="FB65" s="37"/>
       <c r="FC65" s="37"/>
       <c r="FD65" s="37"/>
       <c r="FE65" s="37"/>
@@ -42287,52 +42458,53 @@
       <c r="HD65" s="37"/>
       <c r="HE65" s="37"/>
       <c r="HF65" s="37"/>
       <c r="HG65" s="37"/>
       <c r="HH65" s="37"/>
       <c r="HI65" s="37"/>
       <c r="HJ65" s="37"/>
       <c r="HK65" s="37"/>
       <c r="HL65" s="37"/>
       <c r="HM65" s="37"/>
       <c r="HN65" s="37"/>
       <c r="HO65" s="37"/>
       <c r="HP65" s="37"/>
       <c r="HQ65" s="37"/>
       <c r="HR65" s="37"/>
       <c r="HS65" s="37"/>
       <c r="HT65" s="37"/>
       <c r="HU65" s="37"/>
       <c r="HV65" s="37"/>
       <c r="HW65" s="37"/>
       <c r="HX65" s="37"/>
       <c r="HY65" s="37"/>
       <c r="HZ65" s="37"/>
       <c r="IA65" s="37"/>
       <c r="IB65" s="37"/>
+      <c r="IC65" s="37"/>
     </row>
-    <row r="66" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C66" s="36"/>
       <c r="D66" s="36"/>
       <c r="E66" s="36"/>
       <c r="F66" s="36"/>
       <c r="G66" s="36"/>
       <c r="H66" s="36"/>
       <c r="I66" s="36"/>
       <c r="J66" s="36"/>
       <c r="K66" s="36"/>
       <c r="L66" s="36"/>
       <c r="M66" s="36"/>
       <c r="N66" s="36"/>
       <c r="O66" s="36"/>
       <c r="P66" s="36"/>
       <c r="Q66" s="36"/>
       <c r="R66" s="36"/>
       <c r="S66" s="36"/>
       <c r="T66" s="36"/>
       <c r="U66" s="36"/>
       <c r="V66" s="36"/>
       <c r="W66" s="36"/>
       <c r="X66" s="36"/>
@@ -42526,52 +42698,53 @@
       <c r="HD66" s="36"/>
       <c r="HE66" s="36"/>
       <c r="HF66" s="36"/>
       <c r="HG66" s="36"/>
       <c r="HH66" s="36"/>
       <c r="HI66" s="36"/>
       <c r="HJ66" s="36"/>
       <c r="HK66" s="36"/>
       <c r="HL66" s="36"/>
       <c r="HM66" s="36"/>
       <c r="HN66" s="36"/>
       <c r="HO66" s="36"/>
       <c r="HP66" s="36"/>
       <c r="HQ66" s="36"/>
       <c r="HR66" s="36"/>
       <c r="HS66" s="36"/>
       <c r="HT66" s="36"/>
       <c r="HU66" s="36"/>
       <c r="HV66" s="36"/>
       <c r="HW66" s="36"/>
       <c r="HX66" s="36"/>
       <c r="HY66" s="36"/>
       <c r="HZ66" s="36"/>
       <c r="IA66" s="36"/>
       <c r="IB66" s="36"/>
+      <c r="IC66" s="36"/>
     </row>
-    <row r="67" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="38" t="s">
         <v>198</v>
       </c>
       <c r="EB67" s="36"/>
       <c r="EC67" s="36"/>
       <c r="ED67" s="36"/>
       <c r="EE67" s="36"/>
       <c r="EF67" s="36"/>
       <c r="EG67" s="36"/>
       <c r="EH67" s="36"/>
       <c r="EI67" s="36"/>
       <c r="EJ67" s="36"/>
       <c r="EK67" s="36"/>
       <c r="EL67" s="36"/>
       <c r="EM67" s="36"/>
       <c r="EN67" s="36"/>
       <c r="EO67" s="36"/>
       <c r="EP67" s="36"/>
       <c r="EQ67" s="36"/>
       <c r="ER67" s="36"/>
       <c r="ES67" s="36"/>
       <c r="ET67" s="36"/>
       <c r="EU67" s="36"/>
       <c r="EV67" s="36"/>
       <c r="EW67" s="36"/>
@@ -42636,52 +42809,53 @@
       <c r="HD67" s="36"/>
       <c r="HE67" s="36"/>
       <c r="HF67" s="36"/>
       <c r="HG67" s="36"/>
       <c r="HH67" s="36"/>
       <c r="HI67" s="36"/>
       <c r="HJ67" s="36"/>
       <c r="HK67" s="36"/>
       <c r="HL67" s="36"/>
       <c r="HM67" s="36"/>
       <c r="HN67" s="36"/>
       <c r="HO67" s="36"/>
       <c r="HP67" s="36"/>
       <c r="HQ67" s="36"/>
       <c r="HR67" s="36"/>
       <c r="HS67" s="36"/>
       <c r="HT67" s="36"/>
       <c r="HU67" s="36"/>
       <c r="HV67" s="36"/>
       <c r="HW67" s="36"/>
       <c r="HX67" s="36"/>
       <c r="HY67" s="36"/>
       <c r="HZ67" s="36"/>
       <c r="IA67" s="36"/>
       <c r="IB67" s="36"/>
+      <c r="IC67" s="36"/>
     </row>
-    <row r="68" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB68" s="36"/>
       <c r="EC68" s="36"/>
       <c r="ED68" s="36"/>
       <c r="EE68" s="36"/>
       <c r="EF68" s="36"/>
       <c r="EG68" s="36"/>
       <c r="EH68" s="36"/>
       <c r="EI68" s="36"/>
       <c r="EJ68" s="36"/>
       <c r="EK68" s="36"/>
       <c r="EL68" s="36"/>
       <c r="EM68" s="36"/>
       <c r="EN68" s="36"/>
       <c r="EO68" s="36"/>
       <c r="EP68" s="36"/>
       <c r="EQ68" s="36"/>
       <c r="ER68" s="36"/>
       <c r="ES68" s="36"/>
       <c r="ET68" s="36"/>
       <c r="EU68" s="36"/>
       <c r="EV68" s="36"/>
       <c r="EW68" s="36"/>
       <c r="EX68" s="36"/>
       <c r="EY68" s="36"/>
       <c r="EZ68" s="36"/>
@@ -42743,52 +42917,53 @@
       <c r="HD68" s="36"/>
       <c r="HE68" s="36"/>
       <c r="HF68" s="36"/>
       <c r="HG68" s="36"/>
       <c r="HH68" s="36"/>
       <c r="HI68" s="36"/>
       <c r="HJ68" s="36"/>
       <c r="HK68" s="36"/>
       <c r="HL68" s="36"/>
       <c r="HM68" s="36"/>
       <c r="HN68" s="36"/>
       <c r="HO68" s="36"/>
       <c r="HP68" s="36"/>
       <c r="HQ68" s="36"/>
       <c r="HR68" s="36"/>
       <c r="HS68" s="36"/>
       <c r="HT68" s="36"/>
       <c r="HU68" s="36"/>
       <c r="HV68" s="36"/>
       <c r="HW68" s="36"/>
       <c r="HX68" s="36"/>
       <c r="HY68" s="36"/>
       <c r="HZ68" s="36"/>
       <c r="IA68" s="36"/>
       <c r="IB68" s="36"/>
+      <c r="IC68" s="36"/>
     </row>
-    <row r="69" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB69" s="36"/>
       <c r="EC69" s="36"/>
       <c r="ED69" s="36"/>
       <c r="EE69" s="36"/>
       <c r="EF69" s="36"/>
       <c r="EG69" s="36"/>
       <c r="EH69" s="36"/>
       <c r="EI69" s="36"/>
       <c r="EJ69" s="36"/>
       <c r="EK69" s="36"/>
       <c r="EL69" s="36"/>
       <c r="EM69" s="36"/>
       <c r="EN69" s="36"/>
       <c r="EO69" s="36"/>
       <c r="EP69" s="36"/>
       <c r="EQ69" s="36"/>
       <c r="ER69" s="36"/>
       <c r="ES69" s="36"/>
       <c r="ET69" s="36"/>
       <c r="EU69" s="36"/>
       <c r="EV69" s="36"/>
       <c r="EW69" s="36"/>
       <c r="EX69" s="36"/>
       <c r="EY69" s="36"/>
       <c r="EZ69" s="36"/>
@@ -42850,52 +43025,53 @@
       <c r="HD69" s="36"/>
       <c r="HE69" s="36"/>
       <c r="HF69" s="36"/>
       <c r="HG69" s="36"/>
       <c r="HH69" s="36"/>
       <c r="HI69" s="36"/>
       <c r="HJ69" s="36"/>
       <c r="HK69" s="36"/>
       <c r="HL69" s="36"/>
       <c r="HM69" s="36"/>
       <c r="HN69" s="36"/>
       <c r="HO69" s="36"/>
       <c r="HP69" s="36"/>
       <c r="HQ69" s="36"/>
       <c r="HR69" s="36"/>
       <c r="HS69" s="36"/>
       <c r="HT69" s="36"/>
       <c r="HU69" s="36"/>
       <c r="HV69" s="36"/>
       <c r="HW69" s="36"/>
       <c r="HX69" s="36"/>
       <c r="HY69" s="36"/>
       <c r="HZ69" s="36"/>
       <c r="IA69" s="36"/>
       <c r="IB69" s="36"/>
+      <c r="IC69" s="36"/>
     </row>
-    <row r="70" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB70" s="36"/>
       <c r="EC70" s="36"/>
       <c r="ED70" s="36"/>
       <c r="EE70" s="36"/>
       <c r="EF70" s="36"/>
       <c r="EG70" s="36"/>
       <c r="EH70" s="36"/>
       <c r="EI70" s="36"/>
       <c r="EJ70" s="36"/>
       <c r="EK70" s="36"/>
       <c r="EL70" s="36"/>
       <c r="EM70" s="36"/>
       <c r="EN70" s="36"/>
       <c r="EO70" s="36"/>
       <c r="EP70" s="36"/>
       <c r="EQ70" s="36"/>
       <c r="ER70" s="36"/>
       <c r="ES70" s="36"/>
       <c r="ET70" s="36"/>
       <c r="EU70" s="36"/>
       <c r="EV70" s="36"/>
       <c r="EW70" s="36"/>
       <c r="EX70" s="36"/>
       <c r="EY70" s="36"/>
       <c r="EZ70" s="36"/>
@@ -42957,52 +43133,53 @@
       <c r="HD70" s="36"/>
       <c r="HE70" s="36"/>
       <c r="HF70" s="36"/>
       <c r="HG70" s="36"/>
       <c r="HH70" s="36"/>
       <c r="HI70" s="36"/>
       <c r="HJ70" s="36"/>
       <c r="HK70" s="36"/>
       <c r="HL70" s="36"/>
       <c r="HM70" s="36"/>
       <c r="HN70" s="36"/>
       <c r="HO70" s="36"/>
       <c r="HP70" s="36"/>
       <c r="HQ70" s="36"/>
       <c r="HR70" s="36"/>
       <c r="HS70" s="36"/>
       <c r="HT70" s="36"/>
       <c r="HU70" s="36"/>
       <c r="HV70" s="36"/>
       <c r="HW70" s="36"/>
       <c r="HX70" s="36"/>
       <c r="HY70" s="36"/>
       <c r="HZ70" s="36"/>
       <c r="IA70" s="36"/>
       <c r="IB70" s="36"/>
+      <c r="IC70" s="36"/>
     </row>
-    <row r="71" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB71" s="36"/>
       <c r="EC71" s="36"/>
       <c r="ED71" s="36"/>
       <c r="EE71" s="36"/>
       <c r="EF71" s="36"/>
       <c r="EG71" s="36"/>
       <c r="EH71" s="36"/>
       <c r="EI71" s="36"/>
       <c r="EJ71" s="36"/>
       <c r="EK71" s="36"/>
       <c r="EL71" s="36"/>
       <c r="EM71" s="36"/>
       <c r="EN71" s="36"/>
       <c r="EO71" s="36"/>
       <c r="EP71" s="36"/>
       <c r="EQ71" s="36"/>
       <c r="ER71" s="36"/>
       <c r="ES71" s="36"/>
       <c r="ET71" s="36"/>
       <c r="EU71" s="36"/>
       <c r="EV71" s="36"/>
       <c r="EW71" s="36"/>
       <c r="EX71" s="36"/>
       <c r="EY71" s="36"/>
       <c r="EZ71" s="36"/>
@@ -43064,52 +43241,53 @@
       <c r="HD71" s="36"/>
       <c r="HE71" s="36"/>
       <c r="HF71" s="36"/>
       <c r="HG71" s="36"/>
       <c r="HH71" s="36"/>
       <c r="HI71" s="36"/>
       <c r="HJ71" s="36"/>
       <c r="HK71" s="36"/>
       <c r="HL71" s="36"/>
       <c r="HM71" s="36"/>
       <c r="HN71" s="36"/>
       <c r="HO71" s="36"/>
       <c r="HP71" s="36"/>
       <c r="HQ71" s="36"/>
       <c r="HR71" s="36"/>
       <c r="HS71" s="36"/>
       <c r="HT71" s="36"/>
       <c r="HU71" s="36"/>
       <c r="HV71" s="36"/>
       <c r="HW71" s="36"/>
       <c r="HX71" s="36"/>
       <c r="HY71" s="36"/>
       <c r="HZ71" s="36"/>
       <c r="IA71" s="36"/>
       <c r="IB71" s="36"/>
+      <c r="IC71" s="36"/>
     </row>
-    <row r="72" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB72" s="36"/>
       <c r="EC72" s="36"/>
       <c r="ED72" s="36"/>
       <c r="EE72" s="36"/>
       <c r="EF72" s="36"/>
       <c r="EG72" s="36"/>
       <c r="EH72" s="36"/>
       <c r="EI72" s="36"/>
       <c r="EJ72" s="36"/>
       <c r="EK72" s="36"/>
       <c r="EL72" s="36"/>
       <c r="EM72" s="36"/>
       <c r="EN72" s="36"/>
       <c r="EO72" s="36"/>
       <c r="EP72" s="36"/>
       <c r="EQ72" s="36"/>
       <c r="ER72" s="36"/>
       <c r="ES72" s="36"/>
       <c r="ET72" s="36"/>
       <c r="EU72" s="36"/>
       <c r="EV72" s="36"/>
       <c r="EW72" s="36"/>
       <c r="EX72" s="36"/>
       <c r="EY72" s="36"/>
       <c r="EZ72" s="36"/>
@@ -43171,52 +43349,53 @@
       <c r="HD72" s="36"/>
       <c r="HE72" s="36"/>
       <c r="HF72" s="36"/>
       <c r="HG72" s="36"/>
       <c r="HH72" s="36"/>
       <c r="HI72" s="36"/>
       <c r="HJ72" s="36"/>
       <c r="HK72" s="36"/>
       <c r="HL72" s="36"/>
       <c r="HM72" s="36"/>
       <c r="HN72" s="36"/>
       <c r="HO72" s="36"/>
       <c r="HP72" s="36"/>
       <c r="HQ72" s="36"/>
       <c r="HR72" s="36"/>
       <c r="HS72" s="36"/>
       <c r="HT72" s="36"/>
       <c r="HU72" s="36"/>
       <c r="HV72" s="36"/>
       <c r="HW72" s="36"/>
       <c r="HX72" s="36"/>
       <c r="HY72" s="36"/>
       <c r="HZ72" s="36"/>
       <c r="IA72" s="36"/>
       <c r="IB72" s="36"/>
+      <c r="IC72" s="36"/>
     </row>
-    <row r="73" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB73" s="36"/>
       <c r="EC73" s="36"/>
       <c r="ED73" s="36"/>
       <c r="EE73" s="36"/>
       <c r="EF73" s="36"/>
       <c r="EG73" s="36"/>
       <c r="EH73" s="36"/>
       <c r="EI73" s="36"/>
       <c r="EJ73" s="36"/>
       <c r="EK73" s="36"/>
       <c r="EL73" s="36"/>
       <c r="EM73" s="36"/>
       <c r="EN73" s="36"/>
       <c r="EO73" s="36"/>
       <c r="EP73" s="36"/>
       <c r="EQ73" s="36"/>
       <c r="ER73" s="36"/>
       <c r="ES73" s="36"/>
       <c r="ET73" s="36"/>
       <c r="EU73" s="36"/>
       <c r="EV73" s="36"/>
       <c r="EW73" s="36"/>
       <c r="EX73" s="36"/>
       <c r="EY73" s="36"/>
       <c r="EZ73" s="36"/>
@@ -43278,52 +43457,53 @@
       <c r="HD73" s="36"/>
       <c r="HE73" s="36"/>
       <c r="HF73" s="36"/>
       <c r="HG73" s="36"/>
       <c r="HH73" s="36"/>
       <c r="HI73" s="36"/>
       <c r="HJ73" s="36"/>
       <c r="HK73" s="36"/>
       <c r="HL73" s="36"/>
       <c r="HM73" s="36"/>
       <c r="HN73" s="36"/>
       <c r="HO73" s="36"/>
       <c r="HP73" s="36"/>
       <c r="HQ73" s="36"/>
       <c r="HR73" s="36"/>
       <c r="HS73" s="36"/>
       <c r="HT73" s="36"/>
       <c r="HU73" s="36"/>
       <c r="HV73" s="36"/>
       <c r="HW73" s="36"/>
       <c r="HX73" s="36"/>
       <c r="HY73" s="36"/>
       <c r="HZ73" s="36"/>
       <c r="IA73" s="36"/>
       <c r="IB73" s="36"/>
+      <c r="IC73" s="36"/>
     </row>
-    <row r="74" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB74" s="36"/>
       <c r="EC74" s="36"/>
       <c r="ED74" s="36"/>
       <c r="EE74" s="36"/>
       <c r="EF74" s="36"/>
       <c r="EG74" s="36"/>
       <c r="EH74" s="36"/>
       <c r="EI74" s="36"/>
       <c r="EJ74" s="36"/>
       <c r="EK74" s="36"/>
       <c r="EL74" s="36"/>
       <c r="EM74" s="36"/>
       <c r="EN74" s="36"/>
       <c r="EO74" s="36"/>
       <c r="EP74" s="36"/>
       <c r="EQ74" s="36"/>
       <c r="ER74" s="36"/>
       <c r="ES74" s="36"/>
       <c r="ET74" s="36"/>
       <c r="EU74" s="36"/>
       <c r="EV74" s="36"/>
       <c r="EW74" s="36"/>
       <c r="EX74" s="36"/>
       <c r="EY74" s="36"/>
       <c r="EZ74" s="36"/>
@@ -43385,52 +43565,53 @@
       <c r="HD74" s="36"/>
       <c r="HE74" s="36"/>
       <c r="HF74" s="36"/>
       <c r="HG74" s="36"/>
       <c r="HH74" s="36"/>
       <c r="HI74" s="36"/>
       <c r="HJ74" s="36"/>
       <c r="HK74" s="36"/>
       <c r="HL74" s="36"/>
       <c r="HM74" s="36"/>
       <c r="HN74" s="36"/>
       <c r="HO74" s="36"/>
       <c r="HP74" s="36"/>
       <c r="HQ74" s="36"/>
       <c r="HR74" s="36"/>
       <c r="HS74" s="36"/>
       <c r="HT74" s="36"/>
       <c r="HU74" s="36"/>
       <c r="HV74" s="36"/>
       <c r="HW74" s="36"/>
       <c r="HX74" s="36"/>
       <c r="HY74" s="36"/>
       <c r="HZ74" s="36"/>
       <c r="IA74" s="36"/>
       <c r="IB74" s="36"/>
+      <c r="IC74" s="36"/>
     </row>
-    <row r="75" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB75" s="36"/>
       <c r="EC75" s="36"/>
       <c r="ED75" s="36"/>
       <c r="EE75" s="36"/>
       <c r="EF75" s="36"/>
       <c r="EG75" s="36"/>
       <c r="EH75" s="36"/>
       <c r="EI75" s="36"/>
       <c r="EJ75" s="36"/>
       <c r="EK75" s="36"/>
       <c r="EL75" s="36"/>
       <c r="EM75" s="36"/>
       <c r="EN75" s="36"/>
       <c r="EO75" s="36"/>
       <c r="EP75" s="36"/>
       <c r="EQ75" s="36"/>
       <c r="ER75" s="36"/>
       <c r="ES75" s="36"/>
       <c r="ET75" s="36"/>
       <c r="EU75" s="36"/>
       <c r="EV75" s="36"/>
       <c r="EW75" s="36"/>
       <c r="EX75" s="36"/>
       <c r="EY75" s="36"/>
       <c r="EZ75" s="36"/>
@@ -43492,52 +43673,53 @@
       <c r="HD75" s="36"/>
       <c r="HE75" s="36"/>
       <c r="HF75" s="36"/>
       <c r="HG75" s="36"/>
       <c r="HH75" s="36"/>
       <c r="HI75" s="36"/>
       <c r="HJ75" s="36"/>
       <c r="HK75" s="36"/>
       <c r="HL75" s="36"/>
       <c r="HM75" s="36"/>
       <c r="HN75" s="36"/>
       <c r="HO75" s="36"/>
       <c r="HP75" s="36"/>
       <c r="HQ75" s="36"/>
       <c r="HR75" s="36"/>
       <c r="HS75" s="36"/>
       <c r="HT75" s="36"/>
       <c r="HU75" s="36"/>
       <c r="HV75" s="36"/>
       <c r="HW75" s="36"/>
       <c r="HX75" s="36"/>
       <c r="HY75" s="36"/>
       <c r="HZ75" s="36"/>
       <c r="IA75" s="36"/>
       <c r="IB75" s="36"/>
+      <c r="IC75" s="36"/>
     </row>
-    <row r="76" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB76" s="36"/>
       <c r="EC76" s="36"/>
       <c r="ED76" s="36"/>
       <c r="EE76" s="36"/>
       <c r="EF76" s="36"/>
       <c r="EG76" s="36"/>
       <c r="EH76" s="36"/>
       <c r="EI76" s="36"/>
       <c r="EJ76" s="36"/>
       <c r="EK76" s="36"/>
       <c r="EL76" s="36"/>
       <c r="EM76" s="36"/>
       <c r="EN76" s="36"/>
       <c r="EO76" s="36"/>
       <c r="EP76" s="36"/>
       <c r="EQ76" s="36"/>
       <c r="ER76" s="36"/>
       <c r="ES76" s="36"/>
       <c r="ET76" s="36"/>
       <c r="EU76" s="36"/>
       <c r="EV76" s="36"/>
       <c r="EW76" s="36"/>
       <c r="EX76" s="36"/>
       <c r="EY76" s="36"/>
       <c r="EZ76" s="36"/>
@@ -43599,52 +43781,53 @@
       <c r="HD76" s="36"/>
       <c r="HE76" s="36"/>
       <c r="HF76" s="36"/>
       <c r="HG76" s="36"/>
       <c r="HH76" s="36"/>
       <c r="HI76" s="36"/>
       <c r="HJ76" s="36"/>
       <c r="HK76" s="36"/>
       <c r="HL76" s="36"/>
       <c r="HM76" s="36"/>
       <c r="HN76" s="36"/>
       <c r="HO76" s="36"/>
       <c r="HP76" s="36"/>
       <c r="HQ76" s="36"/>
       <c r="HR76" s="36"/>
       <c r="HS76" s="36"/>
       <c r="HT76" s="36"/>
       <c r="HU76" s="36"/>
       <c r="HV76" s="36"/>
       <c r="HW76" s="36"/>
       <c r="HX76" s="36"/>
       <c r="HY76" s="36"/>
       <c r="HZ76" s="36"/>
       <c r="IA76" s="36"/>
       <c r="IB76" s="36"/>
+      <c r="IC76" s="36"/>
     </row>
-    <row r="77" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB77" s="36"/>
       <c r="EC77" s="36"/>
       <c r="ED77" s="36"/>
       <c r="EE77" s="36"/>
       <c r="EF77" s="36"/>
       <c r="EG77" s="36"/>
       <c r="EH77" s="36"/>
       <c r="EI77" s="36"/>
       <c r="EJ77" s="36"/>
       <c r="EK77" s="36"/>
       <c r="EL77" s="36"/>
       <c r="EM77" s="36"/>
       <c r="EN77" s="36"/>
       <c r="EO77" s="36"/>
       <c r="EP77" s="36"/>
       <c r="EQ77" s="36"/>
       <c r="ER77" s="36"/>
       <c r="ES77" s="36"/>
       <c r="ET77" s="36"/>
       <c r="EU77" s="36"/>
       <c r="EV77" s="36"/>
       <c r="EW77" s="36"/>
       <c r="EX77" s="36"/>
       <c r="EY77" s="36"/>
       <c r="EZ77" s="36"/>
@@ -43706,52 +43889,53 @@
       <c r="HD77" s="36"/>
       <c r="HE77" s="36"/>
       <c r="HF77" s="36"/>
       <c r="HG77" s="36"/>
       <c r="HH77" s="36"/>
       <c r="HI77" s="36"/>
       <c r="HJ77" s="36"/>
       <c r="HK77" s="36"/>
       <c r="HL77" s="36"/>
       <c r="HM77" s="36"/>
       <c r="HN77" s="36"/>
       <c r="HO77" s="36"/>
       <c r="HP77" s="36"/>
       <c r="HQ77" s="36"/>
       <c r="HR77" s="36"/>
       <c r="HS77" s="36"/>
       <c r="HT77" s="36"/>
       <c r="HU77" s="36"/>
       <c r="HV77" s="36"/>
       <c r="HW77" s="36"/>
       <c r="HX77" s="36"/>
       <c r="HY77" s="36"/>
       <c r="HZ77" s="36"/>
       <c r="IA77" s="36"/>
       <c r="IB77" s="36"/>
+      <c r="IC77" s="36"/>
     </row>
-    <row r="78" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB78" s="36"/>
       <c r="EC78" s="36"/>
       <c r="ED78" s="36"/>
       <c r="EE78" s="36"/>
       <c r="EF78" s="36"/>
       <c r="EG78" s="36"/>
       <c r="EH78" s="36"/>
       <c r="EI78" s="36"/>
       <c r="EJ78" s="36"/>
       <c r="EK78" s="36"/>
       <c r="EL78" s="36"/>
       <c r="EM78" s="36"/>
       <c r="EN78" s="36"/>
       <c r="EO78" s="36"/>
       <c r="EP78" s="36"/>
       <c r="EQ78" s="36"/>
       <c r="ER78" s="36"/>
       <c r="ES78" s="36"/>
       <c r="ET78" s="36"/>
       <c r="EU78" s="36"/>
       <c r="EV78" s="36"/>
       <c r="EW78" s="36"/>
       <c r="EX78" s="36"/>
       <c r="EY78" s="36"/>
       <c r="EZ78" s="36"/>
@@ -43813,52 +43997,53 @@
       <c r="HD78" s="36"/>
       <c r="HE78" s="36"/>
       <c r="HF78" s="36"/>
       <c r="HG78" s="36"/>
       <c r="HH78" s="36"/>
       <c r="HI78" s="36"/>
       <c r="HJ78" s="36"/>
       <c r="HK78" s="36"/>
       <c r="HL78" s="36"/>
       <c r="HM78" s="36"/>
       <c r="HN78" s="36"/>
       <c r="HO78" s="36"/>
       <c r="HP78" s="36"/>
       <c r="HQ78" s="36"/>
       <c r="HR78" s="36"/>
       <c r="HS78" s="36"/>
       <c r="HT78" s="36"/>
       <c r="HU78" s="36"/>
       <c r="HV78" s="36"/>
       <c r="HW78" s="36"/>
       <c r="HX78" s="36"/>
       <c r="HY78" s="36"/>
       <c r="HZ78" s="36"/>
       <c r="IA78" s="36"/>
       <c r="IB78" s="36"/>
+      <c r="IC78" s="36"/>
     </row>
-    <row r="79" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB79" s="36"/>
       <c r="EC79" s="36"/>
       <c r="ED79" s="36"/>
       <c r="EE79" s="36"/>
       <c r="EF79" s="36"/>
       <c r="EG79" s="36"/>
       <c r="EH79" s="36"/>
       <c r="EI79" s="36"/>
       <c r="EJ79" s="36"/>
       <c r="EK79" s="36"/>
       <c r="EL79" s="36"/>
       <c r="EM79" s="36"/>
       <c r="EN79" s="36"/>
       <c r="EO79" s="36"/>
       <c r="EP79" s="36"/>
       <c r="EQ79" s="36"/>
       <c r="ER79" s="36"/>
       <c r="ES79" s="36"/>
       <c r="ET79" s="36"/>
       <c r="EU79" s="36"/>
       <c r="EV79" s="36"/>
       <c r="EW79" s="36"/>
       <c r="EX79" s="36"/>
       <c r="EY79" s="36"/>
       <c r="EZ79" s="36"/>
@@ -43920,52 +44105,53 @@
       <c r="HD79" s="36"/>
       <c r="HE79" s="36"/>
       <c r="HF79" s="36"/>
       <c r="HG79" s="36"/>
       <c r="HH79" s="36"/>
       <c r="HI79" s="36"/>
       <c r="HJ79" s="36"/>
       <c r="HK79" s="36"/>
       <c r="HL79" s="36"/>
       <c r="HM79" s="36"/>
       <c r="HN79" s="36"/>
       <c r="HO79" s="36"/>
       <c r="HP79" s="36"/>
       <c r="HQ79" s="36"/>
       <c r="HR79" s="36"/>
       <c r="HS79" s="36"/>
       <c r="HT79" s="36"/>
       <c r="HU79" s="36"/>
       <c r="HV79" s="36"/>
       <c r="HW79" s="36"/>
       <c r="HX79" s="36"/>
       <c r="HY79" s="36"/>
       <c r="HZ79" s="36"/>
       <c r="IA79" s="36"/>
       <c r="IB79" s="36"/>
+      <c r="IC79" s="36"/>
     </row>
-    <row r="80" spans="2:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB80" s="36"/>
       <c r="EC80" s="36"/>
       <c r="ED80" s="36"/>
       <c r="EE80" s="36"/>
       <c r="EF80" s="36"/>
       <c r="EG80" s="36"/>
       <c r="EH80" s="36"/>
       <c r="EI80" s="36"/>
       <c r="EJ80" s="36"/>
       <c r="EK80" s="36"/>
       <c r="EL80" s="36"/>
       <c r="EM80" s="36"/>
       <c r="EN80" s="36"/>
       <c r="EO80" s="36"/>
       <c r="EP80" s="36"/>
       <c r="EQ80" s="36"/>
       <c r="ER80" s="36"/>
       <c r="ES80" s="36"/>
       <c r="ET80" s="36"/>
       <c r="EU80" s="36"/>
       <c r="EV80" s="36"/>
       <c r="EW80" s="36"/>
       <c r="EX80" s="36"/>
       <c r="EY80" s="36"/>
       <c r="EZ80" s="36"/>
@@ -44027,52 +44213,53 @@
       <c r="HD80" s="36"/>
       <c r="HE80" s="36"/>
       <c r="HF80" s="36"/>
       <c r="HG80" s="36"/>
       <c r="HH80" s="36"/>
       <c r="HI80" s="36"/>
       <c r="HJ80" s="36"/>
       <c r="HK80" s="36"/>
       <c r="HL80" s="36"/>
       <c r="HM80" s="36"/>
       <c r="HN80" s="36"/>
       <c r="HO80" s="36"/>
       <c r="HP80" s="36"/>
       <c r="HQ80" s="36"/>
       <c r="HR80" s="36"/>
       <c r="HS80" s="36"/>
       <c r="HT80" s="36"/>
       <c r="HU80" s="36"/>
       <c r="HV80" s="36"/>
       <c r="HW80" s="36"/>
       <c r="HX80" s="36"/>
       <c r="HY80" s="36"/>
       <c r="HZ80" s="36"/>
       <c r="IA80" s="36"/>
       <c r="IB80" s="36"/>
+      <c r="IC80" s="36"/>
     </row>
-    <row r="81" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB81" s="36"/>
       <c r="EC81" s="36"/>
       <c r="ED81" s="36"/>
       <c r="EE81" s="36"/>
       <c r="EF81" s="36"/>
       <c r="EG81" s="36"/>
       <c r="EH81" s="36"/>
       <c r="EI81" s="36"/>
       <c r="EJ81" s="36"/>
       <c r="EK81" s="36"/>
       <c r="EL81" s="36"/>
       <c r="EM81" s="36"/>
       <c r="EN81" s="36"/>
       <c r="EO81" s="36"/>
       <c r="EP81" s="36"/>
       <c r="EQ81" s="36"/>
       <c r="ER81" s="36"/>
       <c r="ES81" s="36"/>
       <c r="ET81" s="36"/>
       <c r="EU81" s="36"/>
       <c r="EV81" s="36"/>
       <c r="EW81" s="36"/>
       <c r="EX81" s="36"/>
       <c r="EY81" s="36"/>
       <c r="EZ81" s="36"/>
@@ -44134,52 +44321,53 @@
       <c r="HD81" s="36"/>
       <c r="HE81" s="36"/>
       <c r="HF81" s="36"/>
       <c r="HG81" s="36"/>
       <c r="HH81" s="36"/>
       <c r="HI81" s="36"/>
       <c r="HJ81" s="36"/>
       <c r="HK81" s="36"/>
       <c r="HL81" s="36"/>
       <c r="HM81" s="36"/>
       <c r="HN81" s="36"/>
       <c r="HO81" s="36"/>
       <c r="HP81" s="36"/>
       <c r="HQ81" s="36"/>
       <c r="HR81" s="36"/>
       <c r="HS81" s="36"/>
       <c r="HT81" s="36"/>
       <c r="HU81" s="36"/>
       <c r="HV81" s="36"/>
       <c r="HW81" s="36"/>
       <c r="HX81" s="36"/>
       <c r="HY81" s="36"/>
       <c r="HZ81" s="36"/>
       <c r="IA81" s="36"/>
       <c r="IB81" s="36"/>
+      <c r="IC81" s="36"/>
     </row>
-    <row r="82" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB82" s="36"/>
       <c r="EC82" s="36"/>
       <c r="ED82" s="36"/>
       <c r="EE82" s="36"/>
       <c r="EF82" s="36"/>
       <c r="EG82" s="36"/>
       <c r="EH82" s="36"/>
       <c r="EI82" s="36"/>
       <c r="EJ82" s="36"/>
       <c r="EK82" s="36"/>
       <c r="EL82" s="36"/>
       <c r="EM82" s="36"/>
       <c r="EN82" s="36"/>
       <c r="EO82" s="36"/>
       <c r="EP82" s="36"/>
       <c r="EQ82" s="36"/>
       <c r="ER82" s="36"/>
       <c r="ES82" s="36"/>
       <c r="ET82" s="36"/>
       <c r="EU82" s="36"/>
       <c r="EV82" s="36"/>
       <c r="EW82" s="36"/>
       <c r="EX82" s="36"/>
       <c r="EY82" s="36"/>
       <c r="EZ82" s="36"/>
@@ -44241,52 +44429,53 @@
       <c r="HD82" s="36"/>
       <c r="HE82" s="36"/>
       <c r="HF82" s="36"/>
       <c r="HG82" s="36"/>
       <c r="HH82" s="36"/>
       <c r="HI82" s="36"/>
       <c r="HJ82" s="36"/>
       <c r="HK82" s="36"/>
       <c r="HL82" s="36"/>
       <c r="HM82" s="36"/>
       <c r="HN82" s="36"/>
       <c r="HO82" s="36"/>
       <c r="HP82" s="36"/>
       <c r="HQ82" s="36"/>
       <c r="HR82" s="36"/>
       <c r="HS82" s="36"/>
       <c r="HT82" s="36"/>
       <c r="HU82" s="36"/>
       <c r="HV82" s="36"/>
       <c r="HW82" s="36"/>
       <c r="HX82" s="36"/>
       <c r="HY82" s="36"/>
       <c r="HZ82" s="36"/>
       <c r="IA82" s="36"/>
       <c r="IB82" s="36"/>
+      <c r="IC82" s="36"/>
     </row>
-    <row r="83" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB83" s="36"/>
       <c r="EC83" s="36"/>
       <c r="ED83" s="36"/>
       <c r="EE83" s="36"/>
       <c r="EF83" s="36"/>
       <c r="EG83" s="36"/>
       <c r="EH83" s="36"/>
       <c r="EI83" s="36"/>
       <c r="EJ83" s="36"/>
       <c r="EK83" s="36"/>
       <c r="EL83" s="36"/>
       <c r="EM83" s="36"/>
       <c r="EN83" s="36"/>
       <c r="EO83" s="36"/>
       <c r="EP83" s="36"/>
       <c r="EQ83" s="36"/>
       <c r="ER83" s="36"/>
       <c r="ES83" s="36"/>
       <c r="ET83" s="36"/>
       <c r="EU83" s="36"/>
       <c r="EV83" s="36"/>
       <c r="EW83" s="36"/>
       <c r="EX83" s="36"/>
       <c r="EY83" s="36"/>
       <c r="EZ83" s="36"/>
@@ -44348,52 +44537,53 @@
       <c r="HD83" s="36"/>
       <c r="HE83" s="36"/>
       <c r="HF83" s="36"/>
       <c r="HG83" s="36"/>
       <c r="HH83" s="36"/>
       <c r="HI83" s="36"/>
       <c r="HJ83" s="36"/>
       <c r="HK83" s="36"/>
       <c r="HL83" s="36"/>
       <c r="HM83" s="36"/>
       <c r="HN83" s="36"/>
       <c r="HO83" s="36"/>
       <c r="HP83" s="36"/>
       <c r="HQ83" s="36"/>
       <c r="HR83" s="36"/>
       <c r="HS83" s="36"/>
       <c r="HT83" s="36"/>
       <c r="HU83" s="36"/>
       <c r="HV83" s="36"/>
       <c r="HW83" s="36"/>
       <c r="HX83" s="36"/>
       <c r="HY83" s="36"/>
       <c r="HZ83" s="36"/>
       <c r="IA83" s="36"/>
       <c r="IB83" s="36"/>
+      <c r="IC83" s="36"/>
     </row>
-    <row r="84" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB84" s="36"/>
       <c r="EC84" s="36"/>
       <c r="ED84" s="36"/>
       <c r="EE84" s="36"/>
       <c r="EF84" s="36"/>
       <c r="EG84" s="36"/>
       <c r="EH84" s="36"/>
       <c r="EI84" s="36"/>
       <c r="EJ84" s="36"/>
       <c r="EK84" s="36"/>
       <c r="EL84" s="36"/>
       <c r="EM84" s="36"/>
       <c r="EN84" s="36"/>
       <c r="EO84" s="36"/>
       <c r="EP84" s="36"/>
       <c r="EQ84" s="36"/>
       <c r="ER84" s="36"/>
       <c r="ES84" s="36"/>
       <c r="ET84" s="36"/>
       <c r="EU84" s="36"/>
       <c r="EV84" s="36"/>
       <c r="EW84" s="36"/>
       <c r="EX84" s="36"/>
       <c r="EY84" s="36"/>
       <c r="EZ84" s="36"/>
@@ -44455,52 +44645,53 @@
       <c r="HD84" s="36"/>
       <c r="HE84" s="36"/>
       <c r="HF84" s="36"/>
       <c r="HG84" s="36"/>
       <c r="HH84" s="36"/>
       <c r="HI84" s="36"/>
       <c r="HJ84" s="36"/>
       <c r="HK84" s="36"/>
       <c r="HL84" s="36"/>
       <c r="HM84" s="36"/>
       <c r="HN84" s="36"/>
       <c r="HO84" s="36"/>
       <c r="HP84" s="36"/>
       <c r="HQ84" s="36"/>
       <c r="HR84" s="36"/>
       <c r="HS84" s="36"/>
       <c r="HT84" s="36"/>
       <c r="HU84" s="36"/>
       <c r="HV84" s="36"/>
       <c r="HW84" s="36"/>
       <c r="HX84" s="36"/>
       <c r="HY84" s="36"/>
       <c r="HZ84" s="36"/>
       <c r="IA84" s="36"/>
       <c r="IB84" s="36"/>
+      <c r="IC84" s="36"/>
     </row>
-    <row r="85" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB85" s="36"/>
       <c r="EC85" s="36"/>
       <c r="ED85" s="36"/>
       <c r="EE85" s="36"/>
       <c r="EF85" s="36"/>
       <c r="EG85" s="36"/>
       <c r="EH85" s="36"/>
       <c r="EI85" s="36"/>
       <c r="EJ85" s="36"/>
       <c r="EK85" s="36"/>
       <c r="EL85" s="36"/>
       <c r="EM85" s="36"/>
       <c r="EN85" s="36"/>
       <c r="EO85" s="36"/>
       <c r="EP85" s="36"/>
       <c r="EQ85" s="36"/>
       <c r="ER85" s="36"/>
       <c r="ES85" s="36"/>
       <c r="ET85" s="36"/>
       <c r="EU85" s="36"/>
       <c r="EV85" s="36"/>
       <c r="EW85" s="36"/>
       <c r="EX85" s="36"/>
       <c r="EY85" s="36"/>
       <c r="EZ85" s="36"/>
@@ -44562,52 +44753,53 @@
       <c r="HD85" s="36"/>
       <c r="HE85" s="36"/>
       <c r="HF85" s="36"/>
       <c r="HG85" s="36"/>
       <c r="HH85" s="36"/>
       <c r="HI85" s="36"/>
       <c r="HJ85" s="36"/>
       <c r="HK85" s="36"/>
       <c r="HL85" s="36"/>
       <c r="HM85" s="36"/>
       <c r="HN85" s="36"/>
       <c r="HO85" s="36"/>
       <c r="HP85" s="36"/>
       <c r="HQ85" s="36"/>
       <c r="HR85" s="36"/>
       <c r="HS85" s="36"/>
       <c r="HT85" s="36"/>
       <c r="HU85" s="36"/>
       <c r="HV85" s="36"/>
       <c r="HW85" s="36"/>
       <c r="HX85" s="36"/>
       <c r="HY85" s="36"/>
       <c r="HZ85" s="36"/>
       <c r="IA85" s="36"/>
       <c r="IB85" s="36"/>
+      <c r="IC85" s="36"/>
     </row>
-    <row r="86" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB86" s="36"/>
       <c r="EC86" s="36"/>
       <c r="ED86" s="36"/>
       <c r="EE86" s="36"/>
       <c r="EF86" s="36"/>
       <c r="EG86" s="36"/>
       <c r="EH86" s="36"/>
       <c r="EI86" s="36"/>
       <c r="EJ86" s="36"/>
       <c r="EK86" s="36"/>
       <c r="EL86" s="36"/>
       <c r="EM86" s="36"/>
       <c r="EN86" s="36"/>
       <c r="EO86" s="36"/>
       <c r="EP86" s="36"/>
       <c r="EQ86" s="36"/>
       <c r="ER86" s="36"/>
       <c r="ES86" s="36"/>
       <c r="ET86" s="36"/>
       <c r="EU86" s="36"/>
       <c r="EV86" s="36"/>
       <c r="EW86" s="36"/>
       <c r="EX86" s="36"/>
       <c r="EY86" s="36"/>
       <c r="EZ86" s="36"/>
@@ -44669,52 +44861,53 @@
       <c r="HD86" s="36"/>
       <c r="HE86" s="36"/>
       <c r="HF86" s="36"/>
       <c r="HG86" s="36"/>
       <c r="HH86" s="36"/>
       <c r="HI86" s="36"/>
       <c r="HJ86" s="36"/>
       <c r="HK86" s="36"/>
       <c r="HL86" s="36"/>
       <c r="HM86" s="36"/>
       <c r="HN86" s="36"/>
       <c r="HO86" s="36"/>
       <c r="HP86" s="36"/>
       <c r="HQ86" s="36"/>
       <c r="HR86" s="36"/>
       <c r="HS86" s="36"/>
       <c r="HT86" s="36"/>
       <c r="HU86" s="36"/>
       <c r="HV86" s="36"/>
       <c r="HW86" s="36"/>
       <c r="HX86" s="36"/>
       <c r="HY86" s="36"/>
       <c r="HZ86" s="36"/>
       <c r="IA86" s="36"/>
       <c r="IB86" s="36"/>
+      <c r="IC86" s="36"/>
     </row>
-    <row r="87" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB87" s="36"/>
       <c r="EC87" s="36"/>
       <c r="ED87" s="36"/>
       <c r="EE87" s="36"/>
       <c r="EF87" s="36"/>
       <c r="EG87" s="36"/>
       <c r="EH87" s="36"/>
       <c r="EI87" s="36"/>
       <c r="EJ87" s="36"/>
       <c r="EK87" s="36"/>
       <c r="EL87" s="36"/>
       <c r="EM87" s="36"/>
       <c r="EN87" s="36"/>
       <c r="EO87" s="36"/>
       <c r="EP87" s="36"/>
       <c r="EQ87" s="36"/>
       <c r="ER87" s="36"/>
       <c r="ES87" s="36"/>
       <c r="ET87" s="36"/>
       <c r="EU87" s="36"/>
       <c r="EV87" s="36"/>
       <c r="EW87" s="36"/>
       <c r="EX87" s="36"/>
       <c r="EY87" s="36"/>
       <c r="EZ87" s="36"/>
@@ -44776,52 +44969,53 @@
       <c r="HD87" s="36"/>
       <c r="HE87" s="36"/>
       <c r="HF87" s="36"/>
       <c r="HG87" s="36"/>
       <c r="HH87" s="36"/>
       <c r="HI87" s="36"/>
       <c r="HJ87" s="36"/>
       <c r="HK87" s="36"/>
       <c r="HL87" s="36"/>
       <c r="HM87" s="36"/>
       <c r="HN87" s="36"/>
       <c r="HO87" s="36"/>
       <c r="HP87" s="36"/>
       <c r="HQ87" s="36"/>
       <c r="HR87" s="36"/>
       <c r="HS87" s="36"/>
       <c r="HT87" s="36"/>
       <c r="HU87" s="36"/>
       <c r="HV87" s="36"/>
       <c r="HW87" s="36"/>
       <c r="HX87" s="36"/>
       <c r="HY87" s="36"/>
       <c r="HZ87" s="36"/>
       <c r="IA87" s="36"/>
       <c r="IB87" s="36"/>
+      <c r="IC87" s="36"/>
     </row>
-    <row r="88" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB88" s="36"/>
       <c r="EC88" s="36"/>
       <c r="ED88" s="36"/>
       <c r="EE88" s="36"/>
       <c r="EF88" s="36"/>
       <c r="EG88" s="36"/>
       <c r="EH88" s="36"/>
       <c r="EI88" s="36"/>
       <c r="EJ88" s="36"/>
       <c r="EK88" s="36"/>
       <c r="EL88" s="36"/>
       <c r="EM88" s="36"/>
       <c r="EN88" s="36"/>
       <c r="EO88" s="36"/>
       <c r="EP88" s="36"/>
       <c r="EQ88" s="36"/>
       <c r="ER88" s="36"/>
       <c r="ES88" s="36"/>
       <c r="ET88" s="36"/>
       <c r="EU88" s="36"/>
       <c r="EV88" s="36"/>
       <c r="EW88" s="36"/>
       <c r="EX88" s="36"/>
       <c r="EY88" s="36"/>
       <c r="EZ88" s="36"/>
@@ -44883,52 +45077,53 @@
       <c r="HD88" s="36"/>
       <c r="HE88" s="36"/>
       <c r="HF88" s="36"/>
       <c r="HG88" s="36"/>
       <c r="HH88" s="36"/>
       <c r="HI88" s="36"/>
       <c r="HJ88" s="36"/>
       <c r="HK88" s="36"/>
       <c r="HL88" s="36"/>
       <c r="HM88" s="36"/>
       <c r="HN88" s="36"/>
       <c r="HO88" s="36"/>
       <c r="HP88" s="36"/>
       <c r="HQ88" s="36"/>
       <c r="HR88" s="36"/>
       <c r="HS88" s="36"/>
       <c r="HT88" s="36"/>
       <c r="HU88" s="36"/>
       <c r="HV88" s="36"/>
       <c r="HW88" s="36"/>
       <c r="HX88" s="36"/>
       <c r="HY88" s="36"/>
       <c r="HZ88" s="36"/>
       <c r="IA88" s="36"/>
       <c r="IB88" s="36"/>
+      <c r="IC88" s="36"/>
     </row>
-    <row r="89" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB89" s="36"/>
       <c r="EC89" s="36"/>
       <c r="ED89" s="36"/>
       <c r="EE89" s="36"/>
       <c r="EF89" s="36"/>
       <c r="EG89" s="36"/>
       <c r="EH89" s="36"/>
       <c r="EI89" s="36"/>
       <c r="EJ89" s="36"/>
       <c r="EK89" s="36"/>
       <c r="EL89" s="36"/>
       <c r="EM89" s="36"/>
       <c r="EN89" s="36"/>
       <c r="EO89" s="36"/>
       <c r="EP89" s="36"/>
       <c r="EQ89" s="36"/>
       <c r="ER89" s="36"/>
       <c r="ES89" s="36"/>
       <c r="ET89" s="36"/>
       <c r="EU89" s="36"/>
       <c r="EV89" s="36"/>
       <c r="EW89" s="36"/>
       <c r="EX89" s="36"/>
       <c r="EY89" s="36"/>
       <c r="EZ89" s="36"/>
@@ -44990,52 +45185,53 @@
       <c r="HD89" s="36"/>
       <c r="HE89" s="36"/>
       <c r="HF89" s="36"/>
       <c r="HG89" s="36"/>
       <c r="HH89" s="36"/>
       <c r="HI89" s="36"/>
       <c r="HJ89" s="36"/>
       <c r="HK89" s="36"/>
       <c r="HL89" s="36"/>
       <c r="HM89" s="36"/>
       <c r="HN89" s="36"/>
       <c r="HO89" s="36"/>
       <c r="HP89" s="36"/>
       <c r="HQ89" s="36"/>
       <c r="HR89" s="36"/>
       <c r="HS89" s="36"/>
       <c r="HT89" s="36"/>
       <c r="HU89" s="36"/>
       <c r="HV89" s="36"/>
       <c r="HW89" s="36"/>
       <c r="HX89" s="36"/>
       <c r="HY89" s="36"/>
       <c r="HZ89" s="36"/>
       <c r="IA89" s="36"/>
       <c r="IB89" s="36"/>
+      <c r="IC89" s="36"/>
     </row>
-    <row r="90" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB90" s="36"/>
       <c r="EC90" s="36"/>
       <c r="ED90" s="36"/>
       <c r="EE90" s="36"/>
       <c r="EF90" s="36"/>
       <c r="EG90" s="36"/>
       <c r="EH90" s="36"/>
       <c r="EI90" s="36"/>
       <c r="EJ90" s="36"/>
       <c r="EK90" s="36"/>
       <c r="EL90" s="36"/>
       <c r="EM90" s="36"/>
       <c r="EN90" s="36"/>
       <c r="EO90" s="36"/>
       <c r="EP90" s="36"/>
       <c r="EQ90" s="36"/>
       <c r="ER90" s="36"/>
       <c r="ES90" s="36"/>
       <c r="ET90" s="36"/>
       <c r="EU90" s="36"/>
       <c r="EV90" s="36"/>
       <c r="EW90" s="36"/>
       <c r="EX90" s="36"/>
       <c r="EY90" s="36"/>
       <c r="EZ90" s="36"/>
@@ -45097,52 +45293,53 @@
       <c r="HD90" s="36"/>
       <c r="HE90" s="36"/>
       <c r="HF90" s="36"/>
       <c r="HG90" s="36"/>
       <c r="HH90" s="36"/>
       <c r="HI90" s="36"/>
       <c r="HJ90" s="36"/>
       <c r="HK90" s="36"/>
       <c r="HL90" s="36"/>
       <c r="HM90" s="36"/>
       <c r="HN90" s="36"/>
       <c r="HO90" s="36"/>
       <c r="HP90" s="36"/>
       <c r="HQ90" s="36"/>
       <c r="HR90" s="36"/>
       <c r="HS90" s="36"/>
       <c r="HT90" s="36"/>
       <c r="HU90" s="36"/>
       <c r="HV90" s="36"/>
       <c r="HW90" s="36"/>
       <c r="HX90" s="36"/>
       <c r="HY90" s="36"/>
       <c r="HZ90" s="36"/>
       <c r="IA90" s="36"/>
       <c r="IB90" s="36"/>
+      <c r="IC90" s="36"/>
     </row>
-    <row r="91" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB91" s="36"/>
       <c r="EC91" s="36"/>
       <c r="ED91" s="36"/>
       <c r="EE91" s="36"/>
       <c r="EF91" s="36"/>
       <c r="EG91" s="36"/>
       <c r="EH91" s="36"/>
       <c r="EI91" s="36"/>
       <c r="EJ91" s="36"/>
       <c r="EK91" s="36"/>
       <c r="EL91" s="36"/>
       <c r="EM91" s="36"/>
       <c r="EN91" s="36"/>
       <c r="EO91" s="36"/>
       <c r="EP91" s="36"/>
       <c r="EQ91" s="36"/>
       <c r="ER91" s="36"/>
       <c r="ES91" s="36"/>
       <c r="ET91" s="36"/>
       <c r="EU91" s="36"/>
       <c r="EV91" s="36"/>
       <c r="EW91" s="36"/>
       <c r="EX91" s="36"/>
       <c r="EY91" s="36"/>
       <c r="EZ91" s="36"/>
@@ -45204,52 +45401,53 @@
       <c r="HD91" s="36"/>
       <c r="HE91" s="36"/>
       <c r="HF91" s="36"/>
       <c r="HG91" s="36"/>
       <c r="HH91" s="36"/>
       <c r="HI91" s="36"/>
       <c r="HJ91" s="36"/>
       <c r="HK91" s="36"/>
       <c r="HL91" s="36"/>
       <c r="HM91" s="36"/>
       <c r="HN91" s="36"/>
       <c r="HO91" s="36"/>
       <c r="HP91" s="36"/>
       <c r="HQ91" s="36"/>
       <c r="HR91" s="36"/>
       <c r="HS91" s="36"/>
       <c r="HT91" s="36"/>
       <c r="HU91" s="36"/>
       <c r="HV91" s="36"/>
       <c r="HW91" s="36"/>
       <c r="HX91" s="36"/>
       <c r="HY91" s="36"/>
       <c r="HZ91" s="36"/>
       <c r="IA91" s="36"/>
       <c r="IB91" s="36"/>
+      <c r="IC91" s="36"/>
     </row>
-    <row r="92" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB92" s="36"/>
       <c r="EC92" s="36"/>
       <c r="ED92" s="36"/>
       <c r="EE92" s="36"/>
       <c r="EF92" s="36"/>
       <c r="EG92" s="36"/>
       <c r="EH92" s="36"/>
       <c r="EI92" s="36"/>
       <c r="EJ92" s="36"/>
       <c r="EK92" s="36"/>
       <c r="EL92" s="36"/>
       <c r="EM92" s="36"/>
       <c r="EN92" s="36"/>
       <c r="EO92" s="36"/>
       <c r="EP92" s="36"/>
       <c r="EQ92" s="36"/>
       <c r="ER92" s="36"/>
       <c r="ES92" s="36"/>
       <c r="ET92" s="36"/>
       <c r="EU92" s="36"/>
       <c r="EV92" s="36"/>
       <c r="EW92" s="36"/>
       <c r="EX92" s="36"/>
       <c r="EY92" s="36"/>
       <c r="EZ92" s="36"/>
@@ -45311,52 +45509,53 @@
       <c r="HD92" s="36"/>
       <c r="HE92" s="36"/>
       <c r="HF92" s="36"/>
       <c r="HG92" s="36"/>
       <c r="HH92" s="36"/>
       <c r="HI92" s="36"/>
       <c r="HJ92" s="36"/>
       <c r="HK92" s="36"/>
       <c r="HL92" s="36"/>
       <c r="HM92" s="36"/>
       <c r="HN92" s="36"/>
       <c r="HO92" s="36"/>
       <c r="HP92" s="36"/>
       <c r="HQ92" s="36"/>
       <c r="HR92" s="36"/>
       <c r="HS92" s="36"/>
       <c r="HT92" s="36"/>
       <c r="HU92" s="36"/>
       <c r="HV92" s="36"/>
       <c r="HW92" s="36"/>
       <c r="HX92" s="36"/>
       <c r="HY92" s="36"/>
       <c r="HZ92" s="36"/>
       <c r="IA92" s="36"/>
       <c r="IB92" s="36"/>
+      <c r="IC92" s="36"/>
     </row>
-    <row r="93" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB93" s="36"/>
       <c r="EC93" s="36"/>
       <c r="ED93" s="36"/>
       <c r="EE93" s="36"/>
       <c r="EF93" s="36"/>
       <c r="EG93" s="36"/>
       <c r="EH93" s="36"/>
       <c r="EI93" s="36"/>
       <c r="EJ93" s="36"/>
       <c r="EK93" s="36"/>
       <c r="EL93" s="36"/>
       <c r="EM93" s="36"/>
       <c r="EN93" s="36"/>
       <c r="EO93" s="36"/>
       <c r="EP93" s="36"/>
       <c r="EQ93" s="36"/>
       <c r="ER93" s="36"/>
       <c r="ES93" s="36"/>
       <c r="ET93" s="36"/>
       <c r="EU93" s="36"/>
       <c r="EV93" s="36"/>
       <c r="EW93" s="36"/>
       <c r="EX93" s="36"/>
       <c r="EY93" s="36"/>
       <c r="EZ93" s="36"/>
@@ -45418,52 +45617,53 @@
       <c r="HD93" s="36"/>
       <c r="HE93" s="36"/>
       <c r="HF93" s="36"/>
       <c r="HG93" s="36"/>
       <c r="HH93" s="36"/>
       <c r="HI93" s="36"/>
       <c r="HJ93" s="36"/>
       <c r="HK93" s="36"/>
       <c r="HL93" s="36"/>
       <c r="HM93" s="36"/>
       <c r="HN93" s="36"/>
       <c r="HO93" s="36"/>
       <c r="HP93" s="36"/>
       <c r="HQ93" s="36"/>
       <c r="HR93" s="36"/>
       <c r="HS93" s="36"/>
       <c r="HT93" s="36"/>
       <c r="HU93" s="36"/>
       <c r="HV93" s="36"/>
       <c r="HW93" s="36"/>
       <c r="HX93" s="36"/>
       <c r="HY93" s="36"/>
       <c r="HZ93" s="36"/>
       <c r="IA93" s="36"/>
       <c r="IB93" s="36"/>
+      <c r="IC93" s="36"/>
     </row>
-    <row r="94" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB94" s="36"/>
       <c r="EC94" s="36"/>
       <c r="ED94" s="36"/>
       <c r="EE94" s="36"/>
       <c r="EF94" s="36"/>
       <c r="EG94" s="36"/>
       <c r="EH94" s="36"/>
       <c r="EI94" s="36"/>
       <c r="EJ94" s="36"/>
       <c r="EK94" s="36"/>
       <c r="EL94" s="36"/>
       <c r="EM94" s="36"/>
       <c r="EN94" s="36"/>
       <c r="EO94" s="36"/>
       <c r="EP94" s="36"/>
       <c r="EQ94" s="36"/>
       <c r="ER94" s="36"/>
       <c r="ES94" s="36"/>
       <c r="ET94" s="36"/>
       <c r="EU94" s="36"/>
       <c r="EV94" s="36"/>
       <c r="EW94" s="36"/>
       <c r="EX94" s="36"/>
       <c r="EY94" s="36"/>
       <c r="EZ94" s="36"/>
@@ -45525,52 +45725,53 @@
       <c r="HD94" s="36"/>
       <c r="HE94" s="36"/>
       <c r="HF94" s="36"/>
       <c r="HG94" s="36"/>
       <c r="HH94" s="36"/>
       <c r="HI94" s="36"/>
       <c r="HJ94" s="36"/>
       <c r="HK94" s="36"/>
       <c r="HL94" s="36"/>
       <c r="HM94" s="36"/>
       <c r="HN94" s="36"/>
       <c r="HO94" s="36"/>
       <c r="HP94" s="36"/>
       <c r="HQ94" s="36"/>
       <c r="HR94" s="36"/>
       <c r="HS94" s="36"/>
       <c r="HT94" s="36"/>
       <c r="HU94" s="36"/>
       <c r="HV94" s="36"/>
       <c r="HW94" s="36"/>
       <c r="HX94" s="36"/>
       <c r="HY94" s="36"/>
       <c r="HZ94" s="36"/>
       <c r="IA94" s="36"/>
       <c r="IB94" s="36"/>
+      <c r="IC94" s="36"/>
     </row>
-    <row r="95" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB95" s="36"/>
       <c r="EC95" s="36"/>
       <c r="ED95" s="36"/>
       <c r="EE95" s="36"/>
       <c r="EF95" s="36"/>
       <c r="EG95" s="36"/>
       <c r="EH95" s="36"/>
       <c r="EI95" s="36"/>
       <c r="EJ95" s="36"/>
       <c r="EK95" s="36"/>
       <c r="EL95" s="36"/>
       <c r="EM95" s="36"/>
       <c r="EN95" s="36"/>
       <c r="EO95" s="36"/>
       <c r="EP95" s="36"/>
       <c r="EQ95" s="36"/>
       <c r="ER95" s="36"/>
       <c r="ES95" s="36"/>
       <c r="ET95" s="36"/>
       <c r="EU95" s="36"/>
       <c r="EV95" s="36"/>
       <c r="EW95" s="36"/>
       <c r="EX95" s="36"/>
       <c r="EY95" s="36"/>
       <c r="EZ95" s="36"/>
@@ -45632,52 +45833,53 @@
       <c r="HD95" s="36"/>
       <c r="HE95" s="36"/>
       <c r="HF95" s="36"/>
       <c r="HG95" s="36"/>
       <c r="HH95" s="36"/>
       <c r="HI95" s="36"/>
       <c r="HJ95" s="36"/>
       <c r="HK95" s="36"/>
       <c r="HL95" s="36"/>
       <c r="HM95" s="36"/>
       <c r="HN95" s="36"/>
       <c r="HO95" s="36"/>
       <c r="HP95" s="36"/>
       <c r="HQ95" s="36"/>
       <c r="HR95" s="36"/>
       <c r="HS95" s="36"/>
       <c r="HT95" s="36"/>
       <c r="HU95" s="36"/>
       <c r="HV95" s="36"/>
       <c r="HW95" s="36"/>
       <c r="HX95" s="36"/>
       <c r="HY95" s="36"/>
       <c r="HZ95" s="36"/>
       <c r="IA95" s="36"/>
       <c r="IB95" s="36"/>
+      <c r="IC95" s="36"/>
     </row>
-    <row r="96" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB96" s="36"/>
       <c r="EC96" s="36"/>
       <c r="ED96" s="36"/>
       <c r="EE96" s="36"/>
       <c r="EF96" s="36"/>
       <c r="EG96" s="36"/>
       <c r="EH96" s="36"/>
       <c r="EI96" s="36"/>
       <c r="EJ96" s="36"/>
       <c r="EK96" s="36"/>
       <c r="EL96" s="36"/>
       <c r="EM96" s="36"/>
       <c r="EN96" s="36"/>
       <c r="EO96" s="36"/>
       <c r="EP96" s="36"/>
       <c r="EQ96" s="36"/>
       <c r="ER96" s="36"/>
       <c r="ES96" s="36"/>
       <c r="ET96" s="36"/>
       <c r="EU96" s="36"/>
       <c r="EV96" s="36"/>
       <c r="EW96" s="36"/>
       <c r="EX96" s="36"/>
       <c r="EY96" s="36"/>
       <c r="EZ96" s="36"/>
@@ -45739,52 +45941,53 @@
       <c r="HD96" s="36"/>
       <c r="HE96" s="36"/>
       <c r="HF96" s="36"/>
       <c r="HG96" s="36"/>
       <c r="HH96" s="36"/>
       <c r="HI96" s="36"/>
       <c r="HJ96" s="36"/>
       <c r="HK96" s="36"/>
       <c r="HL96" s="36"/>
       <c r="HM96" s="36"/>
       <c r="HN96" s="36"/>
       <c r="HO96" s="36"/>
       <c r="HP96" s="36"/>
       <c r="HQ96" s="36"/>
       <c r="HR96" s="36"/>
       <c r="HS96" s="36"/>
       <c r="HT96" s="36"/>
       <c r="HU96" s="36"/>
       <c r="HV96" s="36"/>
       <c r="HW96" s="36"/>
       <c r="HX96" s="36"/>
       <c r="HY96" s="36"/>
       <c r="HZ96" s="36"/>
       <c r="IA96" s="36"/>
       <c r="IB96" s="36"/>
+      <c r="IC96" s="36"/>
     </row>
-    <row r="97" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB97" s="36"/>
       <c r="EC97" s="36"/>
       <c r="ED97" s="36"/>
       <c r="EE97" s="36"/>
       <c r="EF97" s="36"/>
       <c r="EG97" s="36"/>
       <c r="EH97" s="36"/>
       <c r="EI97" s="36"/>
       <c r="EJ97" s="36"/>
       <c r="EK97" s="36"/>
       <c r="EL97" s="36"/>
       <c r="EM97" s="36"/>
       <c r="EN97" s="36"/>
       <c r="EO97" s="36"/>
       <c r="EP97" s="36"/>
       <c r="EQ97" s="36"/>
       <c r="ER97" s="36"/>
       <c r="ES97" s="36"/>
       <c r="ET97" s="36"/>
       <c r="EU97" s="36"/>
       <c r="EV97" s="36"/>
       <c r="EW97" s="36"/>
       <c r="EX97" s="36"/>
       <c r="EY97" s="36"/>
       <c r="EZ97" s="36"/>
@@ -45846,52 +46049,53 @@
       <c r="HD97" s="36"/>
       <c r="HE97" s="36"/>
       <c r="HF97" s="36"/>
       <c r="HG97" s="36"/>
       <c r="HH97" s="36"/>
       <c r="HI97" s="36"/>
       <c r="HJ97" s="36"/>
       <c r="HK97" s="36"/>
       <c r="HL97" s="36"/>
       <c r="HM97" s="36"/>
       <c r="HN97" s="36"/>
       <c r="HO97" s="36"/>
       <c r="HP97" s="36"/>
       <c r="HQ97" s="36"/>
       <c r="HR97" s="36"/>
       <c r="HS97" s="36"/>
       <c r="HT97" s="36"/>
       <c r="HU97" s="36"/>
       <c r="HV97" s="36"/>
       <c r="HW97" s="36"/>
       <c r="HX97" s="36"/>
       <c r="HY97" s="36"/>
       <c r="HZ97" s="36"/>
       <c r="IA97" s="36"/>
       <c r="IB97" s="36"/>
+      <c r="IC97" s="36"/>
     </row>
-    <row r="98" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB98" s="36"/>
       <c r="EC98" s="36"/>
       <c r="ED98" s="36"/>
       <c r="EE98" s="36"/>
       <c r="EF98" s="36"/>
       <c r="EG98" s="36"/>
       <c r="EH98" s="36"/>
       <c r="EI98" s="36"/>
       <c r="EJ98" s="36"/>
       <c r="EK98" s="36"/>
       <c r="EL98" s="36"/>
       <c r="EM98" s="36"/>
       <c r="EN98" s="36"/>
       <c r="EO98" s="36"/>
       <c r="EP98" s="36"/>
       <c r="EQ98" s="36"/>
       <c r="ER98" s="36"/>
       <c r="ES98" s="36"/>
       <c r="ET98" s="36"/>
       <c r="EU98" s="36"/>
       <c r="EV98" s="36"/>
       <c r="EW98" s="36"/>
       <c r="EX98" s="36"/>
       <c r="EY98" s="36"/>
       <c r="EZ98" s="36"/>
@@ -45953,52 +46157,53 @@
       <c r="HD98" s="36"/>
       <c r="HE98" s="36"/>
       <c r="HF98" s="36"/>
       <c r="HG98" s="36"/>
       <c r="HH98" s="36"/>
       <c r="HI98" s="36"/>
       <c r="HJ98" s="36"/>
       <c r="HK98" s="36"/>
       <c r="HL98" s="36"/>
       <c r="HM98" s="36"/>
       <c r="HN98" s="36"/>
       <c r="HO98" s="36"/>
       <c r="HP98" s="36"/>
       <c r="HQ98" s="36"/>
       <c r="HR98" s="36"/>
       <c r="HS98" s="36"/>
       <c r="HT98" s="36"/>
       <c r="HU98" s="36"/>
       <c r="HV98" s="36"/>
       <c r="HW98" s="36"/>
       <c r="HX98" s="36"/>
       <c r="HY98" s="36"/>
       <c r="HZ98" s="36"/>
       <c r="IA98" s="36"/>
       <c r="IB98" s="36"/>
+      <c r="IC98" s="36"/>
     </row>
-    <row r="99" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB99" s="36"/>
       <c r="EC99" s="36"/>
       <c r="ED99" s="36"/>
       <c r="EE99" s="36"/>
       <c r="EF99" s="36"/>
       <c r="EG99" s="36"/>
       <c r="EH99" s="36"/>
       <c r="EI99" s="36"/>
       <c r="EJ99" s="36"/>
       <c r="EK99" s="36"/>
       <c r="EL99" s="36"/>
       <c r="EM99" s="36"/>
       <c r="EN99" s="36"/>
       <c r="EO99" s="36"/>
       <c r="EP99" s="36"/>
       <c r="EQ99" s="36"/>
       <c r="ER99" s="36"/>
       <c r="ES99" s="36"/>
       <c r="ET99" s="36"/>
       <c r="EU99" s="36"/>
       <c r="EV99" s="36"/>
       <c r="EW99" s="36"/>
       <c r="EX99" s="36"/>
       <c r="EY99" s="36"/>
       <c r="EZ99" s="36"/>
@@ -46060,52 +46265,53 @@
       <c r="HD99" s="36"/>
       <c r="HE99" s="36"/>
       <c r="HF99" s="36"/>
       <c r="HG99" s="36"/>
       <c r="HH99" s="36"/>
       <c r="HI99" s="36"/>
       <c r="HJ99" s="36"/>
       <c r="HK99" s="36"/>
       <c r="HL99" s="36"/>
       <c r="HM99" s="36"/>
       <c r="HN99" s="36"/>
       <c r="HO99" s="36"/>
       <c r="HP99" s="36"/>
       <c r="HQ99" s="36"/>
       <c r="HR99" s="36"/>
       <c r="HS99" s="36"/>
       <c r="HT99" s="36"/>
       <c r="HU99" s="36"/>
       <c r="HV99" s="36"/>
       <c r="HW99" s="36"/>
       <c r="HX99" s="36"/>
       <c r="HY99" s="36"/>
       <c r="HZ99" s="36"/>
       <c r="IA99" s="36"/>
       <c r="IB99" s="36"/>
+      <c r="IC99" s="36"/>
     </row>
-    <row r="100" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB100" s="36"/>
       <c r="EC100" s="36"/>
       <c r="ED100" s="36"/>
       <c r="EE100" s="36"/>
       <c r="EF100" s="36"/>
       <c r="EG100" s="36"/>
       <c r="EH100" s="36"/>
       <c r="EI100" s="36"/>
       <c r="EJ100" s="36"/>
       <c r="EK100" s="36"/>
       <c r="EL100" s="36"/>
       <c r="EM100" s="36"/>
       <c r="EN100" s="36"/>
       <c r="EO100" s="36"/>
       <c r="EP100" s="36"/>
       <c r="EQ100" s="36"/>
       <c r="ER100" s="36"/>
       <c r="ES100" s="36"/>
       <c r="ET100" s="36"/>
       <c r="EU100" s="36"/>
       <c r="EV100" s="36"/>
       <c r="EW100" s="36"/>
       <c r="EX100" s="36"/>
       <c r="EY100" s="36"/>
       <c r="EZ100" s="36"/>
@@ -46167,52 +46373,53 @@
       <c r="HD100" s="36"/>
       <c r="HE100" s="36"/>
       <c r="HF100" s="36"/>
       <c r="HG100" s="36"/>
       <c r="HH100" s="36"/>
       <c r="HI100" s="36"/>
       <c r="HJ100" s="36"/>
       <c r="HK100" s="36"/>
       <c r="HL100" s="36"/>
       <c r="HM100" s="36"/>
       <c r="HN100" s="36"/>
       <c r="HO100" s="36"/>
       <c r="HP100" s="36"/>
       <c r="HQ100" s="36"/>
       <c r="HR100" s="36"/>
       <c r="HS100" s="36"/>
       <c r="HT100" s="36"/>
       <c r="HU100" s="36"/>
       <c r="HV100" s="36"/>
       <c r="HW100" s="36"/>
       <c r="HX100" s="36"/>
       <c r="HY100" s="36"/>
       <c r="HZ100" s="36"/>
       <c r="IA100" s="36"/>
       <c r="IB100" s="36"/>
+      <c r="IC100" s="36"/>
     </row>
-    <row r="101" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB101" s="36"/>
       <c r="EC101" s="36"/>
       <c r="ED101" s="36"/>
       <c r="EE101" s="36"/>
       <c r="EF101" s="36"/>
       <c r="EG101" s="36"/>
       <c r="EH101" s="36"/>
       <c r="EI101" s="36"/>
       <c r="EJ101" s="36"/>
       <c r="EK101" s="36"/>
       <c r="EL101" s="36"/>
       <c r="EM101" s="36"/>
       <c r="EN101" s="36"/>
       <c r="EO101" s="36"/>
       <c r="EP101" s="36"/>
       <c r="EQ101" s="36"/>
       <c r="ER101" s="36"/>
       <c r="ES101" s="36"/>
       <c r="ET101" s="36"/>
       <c r="EU101" s="36"/>
       <c r="EV101" s="36"/>
       <c r="EW101" s="36"/>
       <c r="EX101" s="36"/>
       <c r="EY101" s="36"/>
       <c r="EZ101" s="36"/>
@@ -46274,52 +46481,53 @@
       <c r="HD101" s="36"/>
       <c r="HE101" s="36"/>
       <c r="HF101" s="36"/>
       <c r="HG101" s="36"/>
       <c r="HH101" s="36"/>
       <c r="HI101" s="36"/>
       <c r="HJ101" s="36"/>
       <c r="HK101" s="36"/>
       <c r="HL101" s="36"/>
       <c r="HM101" s="36"/>
       <c r="HN101" s="36"/>
       <c r="HO101" s="36"/>
       <c r="HP101" s="36"/>
       <c r="HQ101" s="36"/>
       <c r="HR101" s="36"/>
       <c r="HS101" s="36"/>
       <c r="HT101" s="36"/>
       <c r="HU101" s="36"/>
       <c r="HV101" s="36"/>
       <c r="HW101" s="36"/>
       <c r="HX101" s="36"/>
       <c r="HY101" s="36"/>
       <c r="HZ101" s="36"/>
       <c r="IA101" s="36"/>
       <c r="IB101" s="36"/>
+      <c r="IC101" s="36"/>
     </row>
-    <row r="102" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB102" s="36"/>
       <c r="EC102" s="36"/>
       <c r="ED102" s="36"/>
       <c r="EE102" s="36"/>
       <c r="EF102" s="36"/>
       <c r="EG102" s="36"/>
       <c r="EH102" s="36"/>
       <c r="EI102" s="36"/>
       <c r="EJ102" s="36"/>
       <c r="EK102" s="36"/>
       <c r="EL102" s="36"/>
       <c r="EM102" s="36"/>
       <c r="EN102" s="36"/>
       <c r="EO102" s="36"/>
       <c r="EP102" s="36"/>
       <c r="EQ102" s="36"/>
       <c r="ER102" s="36"/>
       <c r="ES102" s="36"/>
       <c r="ET102" s="36"/>
       <c r="EU102" s="36"/>
       <c r="EV102" s="36"/>
       <c r="EW102" s="36"/>
       <c r="EX102" s="36"/>
       <c r="EY102" s="36"/>
       <c r="EZ102" s="36"/>
@@ -46381,52 +46589,53 @@
       <c r="HD102" s="36"/>
       <c r="HE102" s="36"/>
       <c r="HF102" s="36"/>
       <c r="HG102" s="36"/>
       <c r="HH102" s="36"/>
       <c r="HI102" s="36"/>
       <c r="HJ102" s="36"/>
       <c r="HK102" s="36"/>
       <c r="HL102" s="36"/>
       <c r="HM102" s="36"/>
       <c r="HN102" s="36"/>
       <c r="HO102" s="36"/>
       <c r="HP102" s="36"/>
       <c r="HQ102" s="36"/>
       <c r="HR102" s="36"/>
       <c r="HS102" s="36"/>
       <c r="HT102" s="36"/>
       <c r="HU102" s="36"/>
       <c r="HV102" s="36"/>
       <c r="HW102" s="36"/>
       <c r="HX102" s="36"/>
       <c r="HY102" s="36"/>
       <c r="HZ102" s="36"/>
       <c r="IA102" s="36"/>
       <c r="IB102" s="36"/>
+      <c r="IC102" s="36"/>
     </row>
-    <row r="103" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB103" s="36"/>
       <c r="EC103" s="36"/>
       <c r="ED103" s="36"/>
       <c r="EE103" s="36"/>
       <c r="EF103" s="36"/>
       <c r="EG103" s="36"/>
       <c r="EH103" s="36"/>
       <c r="EI103" s="36"/>
       <c r="EJ103" s="36"/>
       <c r="EK103" s="36"/>
       <c r="EL103" s="36"/>
       <c r="EM103" s="36"/>
       <c r="EN103" s="36"/>
       <c r="EO103" s="36"/>
       <c r="EP103" s="36"/>
       <c r="EQ103" s="36"/>
       <c r="ER103" s="36"/>
       <c r="ES103" s="36"/>
       <c r="ET103" s="36"/>
       <c r="EU103" s="36"/>
       <c r="EV103" s="36"/>
       <c r="EW103" s="36"/>
       <c r="EX103" s="36"/>
       <c r="EY103" s="36"/>
       <c r="EZ103" s="36"/>
@@ -46488,52 +46697,53 @@
       <c r="HD103" s="36"/>
       <c r="HE103" s="36"/>
       <c r="HF103" s="36"/>
       <c r="HG103" s="36"/>
       <c r="HH103" s="36"/>
       <c r="HI103" s="36"/>
       <c r="HJ103" s="36"/>
       <c r="HK103" s="36"/>
       <c r="HL103" s="36"/>
       <c r="HM103" s="36"/>
       <c r="HN103" s="36"/>
       <c r="HO103" s="36"/>
       <c r="HP103" s="36"/>
       <c r="HQ103" s="36"/>
       <c r="HR103" s="36"/>
       <c r="HS103" s="36"/>
       <c r="HT103" s="36"/>
       <c r="HU103" s="36"/>
       <c r="HV103" s="36"/>
       <c r="HW103" s="36"/>
       <c r="HX103" s="36"/>
       <c r="HY103" s="36"/>
       <c r="HZ103" s="36"/>
       <c r="IA103" s="36"/>
       <c r="IB103" s="36"/>
+      <c r="IC103" s="36"/>
     </row>
-    <row r="104" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB104" s="36"/>
       <c r="EC104" s="36"/>
       <c r="ED104" s="36"/>
       <c r="EE104" s="36"/>
       <c r="EF104" s="36"/>
       <c r="EG104" s="36"/>
       <c r="EH104" s="36"/>
       <c r="EI104" s="36"/>
       <c r="EJ104" s="36"/>
       <c r="EK104" s="36"/>
       <c r="EL104" s="36"/>
       <c r="EM104" s="36"/>
       <c r="EN104" s="36"/>
       <c r="EO104" s="36"/>
       <c r="EP104" s="36"/>
       <c r="EQ104" s="36"/>
       <c r="ER104" s="36"/>
       <c r="ES104" s="36"/>
       <c r="ET104" s="36"/>
       <c r="EU104" s="36"/>
       <c r="EV104" s="36"/>
       <c r="EW104" s="36"/>
       <c r="EX104" s="36"/>
       <c r="EY104" s="36"/>
       <c r="EZ104" s="36"/>
@@ -46595,52 +46805,53 @@
       <c r="HD104" s="36"/>
       <c r="HE104" s="36"/>
       <c r="HF104" s="36"/>
       <c r="HG104" s="36"/>
       <c r="HH104" s="36"/>
       <c r="HI104" s="36"/>
       <c r="HJ104" s="36"/>
       <c r="HK104" s="36"/>
       <c r="HL104" s="36"/>
       <c r="HM104" s="36"/>
       <c r="HN104" s="36"/>
       <c r="HO104" s="36"/>
       <c r="HP104" s="36"/>
       <c r="HQ104" s="36"/>
       <c r="HR104" s="36"/>
       <c r="HS104" s="36"/>
       <c r="HT104" s="36"/>
       <c r="HU104" s="36"/>
       <c r="HV104" s="36"/>
       <c r="HW104" s="36"/>
       <c r="HX104" s="36"/>
       <c r="HY104" s="36"/>
       <c r="HZ104" s="36"/>
       <c r="IA104" s="36"/>
       <c r="IB104" s="36"/>
+      <c r="IC104" s="36"/>
     </row>
-    <row r="105" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB105" s="36"/>
       <c r="EC105" s="36"/>
       <c r="ED105" s="36"/>
       <c r="EE105" s="36"/>
       <c r="EF105" s="36"/>
       <c r="EG105" s="36"/>
       <c r="EH105" s="36"/>
       <c r="EI105" s="36"/>
       <c r="EJ105" s="36"/>
       <c r="EK105" s="36"/>
       <c r="EL105" s="36"/>
       <c r="EM105" s="36"/>
       <c r="EN105" s="36"/>
       <c r="EO105" s="36"/>
       <c r="EP105" s="36"/>
       <c r="EQ105" s="36"/>
       <c r="ER105" s="36"/>
       <c r="ES105" s="36"/>
       <c r="ET105" s="36"/>
       <c r="EU105" s="36"/>
       <c r="EV105" s="36"/>
       <c r="EW105" s="36"/>
       <c r="EX105" s="36"/>
       <c r="EY105" s="36"/>
       <c r="EZ105" s="36"/>
@@ -46702,52 +46913,53 @@
       <c r="HD105" s="36"/>
       <c r="HE105" s="36"/>
       <c r="HF105" s="36"/>
       <c r="HG105" s="36"/>
       <c r="HH105" s="36"/>
       <c r="HI105" s="36"/>
       <c r="HJ105" s="36"/>
       <c r="HK105" s="36"/>
       <c r="HL105" s="36"/>
       <c r="HM105" s="36"/>
       <c r="HN105" s="36"/>
       <c r="HO105" s="36"/>
       <c r="HP105" s="36"/>
       <c r="HQ105" s="36"/>
       <c r="HR105" s="36"/>
       <c r="HS105" s="36"/>
       <c r="HT105" s="36"/>
       <c r="HU105" s="36"/>
       <c r="HV105" s="36"/>
       <c r="HW105" s="36"/>
       <c r="HX105" s="36"/>
       <c r="HY105" s="36"/>
       <c r="HZ105" s="36"/>
       <c r="IA105" s="36"/>
       <c r="IB105" s="36"/>
+      <c r="IC105" s="36"/>
     </row>
-    <row r="106" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB106" s="36"/>
       <c r="EC106" s="36"/>
       <c r="ED106" s="36"/>
       <c r="EE106" s="36"/>
       <c r="EF106" s="36"/>
       <c r="EG106" s="36"/>
       <c r="EH106" s="36"/>
       <c r="EI106" s="36"/>
       <c r="EJ106" s="36"/>
       <c r="EK106" s="36"/>
       <c r="EL106" s="36"/>
       <c r="EM106" s="36"/>
       <c r="EN106" s="36"/>
       <c r="EO106" s="36"/>
       <c r="EP106" s="36"/>
       <c r="EQ106" s="36"/>
       <c r="ER106" s="36"/>
       <c r="ES106" s="36"/>
       <c r="ET106" s="36"/>
       <c r="EU106" s="36"/>
       <c r="EV106" s="36"/>
       <c r="EW106" s="36"/>
       <c r="EX106" s="36"/>
       <c r="EY106" s="36"/>
       <c r="EZ106" s="36"/>
@@ -46809,52 +47021,53 @@
       <c r="HD106" s="36"/>
       <c r="HE106" s="36"/>
       <c r="HF106" s="36"/>
       <c r="HG106" s="36"/>
       <c r="HH106" s="36"/>
       <c r="HI106" s="36"/>
       <c r="HJ106" s="36"/>
       <c r="HK106" s="36"/>
       <c r="HL106" s="36"/>
       <c r="HM106" s="36"/>
       <c r="HN106" s="36"/>
       <c r="HO106" s="36"/>
       <c r="HP106" s="36"/>
       <c r="HQ106" s="36"/>
       <c r="HR106" s="36"/>
       <c r="HS106" s="36"/>
       <c r="HT106" s="36"/>
       <c r="HU106" s="36"/>
       <c r="HV106" s="36"/>
       <c r="HW106" s="36"/>
       <c r="HX106" s="36"/>
       <c r="HY106" s="36"/>
       <c r="HZ106" s="36"/>
       <c r="IA106" s="36"/>
       <c r="IB106" s="36"/>
+      <c r="IC106" s="36"/>
     </row>
-    <row r="107" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB107" s="36"/>
       <c r="EC107" s="36"/>
       <c r="ED107" s="36"/>
       <c r="EE107" s="36"/>
       <c r="EF107" s="36"/>
       <c r="EG107" s="36"/>
       <c r="EH107" s="36"/>
       <c r="EI107" s="36"/>
       <c r="EJ107" s="36"/>
       <c r="EK107" s="36"/>
       <c r="EL107" s="36"/>
       <c r="EM107" s="36"/>
       <c r="EN107" s="36"/>
       <c r="EO107" s="36"/>
       <c r="EP107" s="36"/>
       <c r="EQ107" s="36"/>
       <c r="ER107" s="36"/>
       <c r="ES107" s="36"/>
       <c r="ET107" s="36"/>
       <c r="EU107" s="36"/>
       <c r="EV107" s="36"/>
       <c r="EW107" s="36"/>
       <c r="EX107" s="36"/>
       <c r="EY107" s="36"/>
       <c r="EZ107" s="36"/>
@@ -46916,52 +47129,53 @@
       <c r="HD107" s="36"/>
       <c r="HE107" s="36"/>
       <c r="HF107" s="36"/>
       <c r="HG107" s="36"/>
       <c r="HH107" s="36"/>
       <c r="HI107" s="36"/>
       <c r="HJ107" s="36"/>
       <c r="HK107" s="36"/>
       <c r="HL107" s="36"/>
       <c r="HM107" s="36"/>
       <c r="HN107" s="36"/>
       <c r="HO107" s="36"/>
       <c r="HP107" s="36"/>
       <c r="HQ107" s="36"/>
       <c r="HR107" s="36"/>
       <c r="HS107" s="36"/>
       <c r="HT107" s="36"/>
       <c r="HU107" s="36"/>
       <c r="HV107" s="36"/>
       <c r="HW107" s="36"/>
       <c r="HX107" s="36"/>
       <c r="HY107" s="36"/>
       <c r="HZ107" s="36"/>
       <c r="IA107" s="36"/>
       <c r="IB107" s="36"/>
+      <c r="IC107" s="36"/>
     </row>
-    <row r="108" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB108" s="36"/>
       <c r="EC108" s="36"/>
       <c r="ED108" s="36"/>
       <c r="EE108" s="36"/>
       <c r="EF108" s="36"/>
       <c r="EG108" s="36"/>
       <c r="EH108" s="36"/>
       <c r="EI108" s="36"/>
       <c r="EJ108" s="36"/>
       <c r="EK108" s="36"/>
       <c r="EL108" s="36"/>
       <c r="EM108" s="36"/>
       <c r="EN108" s="36"/>
       <c r="EO108" s="36"/>
       <c r="EP108" s="36"/>
       <c r="EQ108" s="36"/>
       <c r="ER108" s="36"/>
       <c r="ES108" s="36"/>
       <c r="ET108" s="36"/>
       <c r="EU108" s="36"/>
       <c r="EV108" s="36"/>
       <c r="EW108" s="36"/>
       <c r="EX108" s="36"/>
       <c r="EY108" s="36"/>
       <c r="EZ108" s="36"/>
@@ -47023,52 +47237,53 @@
       <c r="HD108" s="36"/>
       <c r="HE108" s="36"/>
       <c r="HF108" s="36"/>
       <c r="HG108" s="36"/>
       <c r="HH108" s="36"/>
       <c r="HI108" s="36"/>
       <c r="HJ108" s="36"/>
       <c r="HK108" s="36"/>
       <c r="HL108" s="36"/>
       <c r="HM108" s="36"/>
       <c r="HN108" s="36"/>
       <c r="HO108" s="36"/>
       <c r="HP108" s="36"/>
       <c r="HQ108" s="36"/>
       <c r="HR108" s="36"/>
       <c r="HS108" s="36"/>
       <c r="HT108" s="36"/>
       <c r="HU108" s="36"/>
       <c r="HV108" s="36"/>
       <c r="HW108" s="36"/>
       <c r="HX108" s="36"/>
       <c r="HY108" s="36"/>
       <c r="HZ108" s="36"/>
       <c r="IA108" s="36"/>
       <c r="IB108" s="36"/>
+      <c r="IC108" s="36"/>
     </row>
-    <row r="109" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB109" s="36"/>
       <c r="EC109" s="36"/>
       <c r="ED109" s="36"/>
       <c r="EE109" s="36"/>
       <c r="EF109" s="36"/>
       <c r="EG109" s="36"/>
       <c r="EH109" s="36"/>
       <c r="EI109" s="36"/>
       <c r="EJ109" s="36"/>
       <c r="EK109" s="36"/>
       <c r="EL109" s="36"/>
       <c r="EM109" s="36"/>
       <c r="EN109" s="36"/>
       <c r="EO109" s="36"/>
       <c r="EP109" s="36"/>
       <c r="EQ109" s="36"/>
       <c r="ER109" s="36"/>
       <c r="ES109" s="36"/>
       <c r="ET109" s="36"/>
       <c r="EU109" s="36"/>
       <c r="EV109" s="36"/>
       <c r="EW109" s="36"/>
       <c r="EX109" s="36"/>
       <c r="EY109" s="36"/>
       <c r="EZ109" s="36"/>
@@ -47130,52 +47345,53 @@
       <c r="HD109" s="36"/>
       <c r="HE109" s="36"/>
       <c r="HF109" s="36"/>
       <c r="HG109" s="36"/>
       <c r="HH109" s="36"/>
       <c r="HI109" s="36"/>
       <c r="HJ109" s="36"/>
       <c r="HK109" s="36"/>
       <c r="HL109" s="36"/>
       <c r="HM109" s="36"/>
       <c r="HN109" s="36"/>
       <c r="HO109" s="36"/>
       <c r="HP109" s="36"/>
       <c r="HQ109" s="36"/>
       <c r="HR109" s="36"/>
       <c r="HS109" s="36"/>
       <c r="HT109" s="36"/>
       <c r="HU109" s="36"/>
       <c r="HV109" s="36"/>
       <c r="HW109" s="36"/>
       <c r="HX109" s="36"/>
       <c r="HY109" s="36"/>
       <c r="HZ109" s="36"/>
       <c r="IA109" s="36"/>
       <c r="IB109" s="36"/>
+      <c r="IC109" s="36"/>
     </row>
-    <row r="110" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB110" s="36"/>
       <c r="EC110" s="36"/>
       <c r="ED110" s="36"/>
       <c r="EE110" s="36"/>
       <c r="EF110" s="36"/>
       <c r="EG110" s="36"/>
       <c r="EH110" s="36"/>
       <c r="EI110" s="36"/>
       <c r="EJ110" s="36"/>
       <c r="EK110" s="36"/>
       <c r="EL110" s="36"/>
       <c r="EM110" s="36"/>
       <c r="EN110" s="36"/>
       <c r="EO110" s="36"/>
       <c r="EP110" s="36"/>
       <c r="EQ110" s="36"/>
       <c r="ER110" s="36"/>
       <c r="ES110" s="36"/>
       <c r="ET110" s="36"/>
       <c r="EU110" s="36"/>
       <c r="EV110" s="36"/>
       <c r="EW110" s="36"/>
       <c r="EX110" s="36"/>
       <c r="EY110" s="36"/>
       <c r="EZ110" s="36"/>
@@ -47237,52 +47453,53 @@
       <c r="HD110" s="36"/>
       <c r="HE110" s="36"/>
       <c r="HF110" s="36"/>
       <c r="HG110" s="36"/>
       <c r="HH110" s="36"/>
       <c r="HI110" s="36"/>
       <c r="HJ110" s="36"/>
       <c r="HK110" s="36"/>
       <c r="HL110" s="36"/>
       <c r="HM110" s="36"/>
       <c r="HN110" s="36"/>
       <c r="HO110" s="36"/>
       <c r="HP110" s="36"/>
       <c r="HQ110" s="36"/>
       <c r="HR110" s="36"/>
       <c r="HS110" s="36"/>
       <c r="HT110" s="36"/>
       <c r="HU110" s="36"/>
       <c r="HV110" s="36"/>
       <c r="HW110" s="36"/>
       <c r="HX110" s="36"/>
       <c r="HY110" s="36"/>
       <c r="HZ110" s="36"/>
       <c r="IA110" s="36"/>
       <c r="IB110" s="36"/>
+      <c r="IC110" s="36"/>
     </row>
-    <row r="111" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB111" s="36"/>
       <c r="EC111" s="36"/>
       <c r="ED111" s="36"/>
       <c r="EE111" s="36"/>
       <c r="EF111" s="36"/>
       <c r="EG111" s="36"/>
       <c r="EH111" s="36"/>
       <c r="EI111" s="36"/>
       <c r="EJ111" s="36"/>
       <c r="EK111" s="36"/>
       <c r="EL111" s="36"/>
       <c r="EM111" s="36"/>
       <c r="EN111" s="36"/>
       <c r="EO111" s="36"/>
       <c r="EP111" s="36"/>
       <c r="EQ111" s="36"/>
       <c r="ER111" s="36"/>
       <c r="ES111" s="36"/>
       <c r="ET111" s="36"/>
       <c r="EU111" s="36"/>
       <c r="EV111" s="36"/>
       <c r="EW111" s="36"/>
       <c r="EX111" s="36"/>
       <c r="EY111" s="36"/>
       <c r="EZ111" s="36"/>
@@ -47344,52 +47561,53 @@
       <c r="HD111" s="36"/>
       <c r="HE111" s="36"/>
       <c r="HF111" s="36"/>
       <c r="HG111" s="36"/>
       <c r="HH111" s="36"/>
       <c r="HI111" s="36"/>
       <c r="HJ111" s="36"/>
       <c r="HK111" s="36"/>
       <c r="HL111" s="36"/>
       <c r="HM111" s="36"/>
       <c r="HN111" s="36"/>
       <c r="HO111" s="36"/>
       <c r="HP111" s="36"/>
       <c r="HQ111" s="36"/>
       <c r="HR111" s="36"/>
       <c r="HS111" s="36"/>
       <c r="HT111" s="36"/>
       <c r="HU111" s="36"/>
       <c r="HV111" s="36"/>
       <c r="HW111" s="36"/>
       <c r="HX111" s="36"/>
       <c r="HY111" s="36"/>
       <c r="HZ111" s="36"/>
       <c r="IA111" s="36"/>
       <c r="IB111" s="36"/>
+      <c r="IC111" s="36"/>
     </row>
-    <row r="112" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB112" s="36"/>
       <c r="EC112" s="36"/>
       <c r="ED112" s="36"/>
       <c r="EE112" s="36"/>
       <c r="EF112" s="36"/>
       <c r="EG112" s="36"/>
       <c r="EH112" s="36"/>
       <c r="EI112" s="36"/>
       <c r="EJ112" s="36"/>
       <c r="EK112" s="36"/>
       <c r="EL112" s="36"/>
       <c r="EM112" s="36"/>
       <c r="EN112" s="36"/>
       <c r="EO112" s="36"/>
       <c r="EP112" s="36"/>
       <c r="EQ112" s="36"/>
       <c r="ER112" s="36"/>
       <c r="ES112" s="36"/>
       <c r="ET112" s="36"/>
       <c r="EU112" s="36"/>
       <c r="EV112" s="36"/>
       <c r="EW112" s="36"/>
       <c r="EX112" s="36"/>
       <c r="EY112" s="36"/>
       <c r="EZ112" s="36"/>
@@ -47451,52 +47669,53 @@
       <c r="HD112" s="36"/>
       <c r="HE112" s="36"/>
       <c r="HF112" s="36"/>
       <c r="HG112" s="36"/>
       <c r="HH112" s="36"/>
       <c r="HI112" s="36"/>
       <c r="HJ112" s="36"/>
       <c r="HK112" s="36"/>
       <c r="HL112" s="36"/>
       <c r="HM112" s="36"/>
       <c r="HN112" s="36"/>
       <c r="HO112" s="36"/>
       <c r="HP112" s="36"/>
       <c r="HQ112" s="36"/>
       <c r="HR112" s="36"/>
       <c r="HS112" s="36"/>
       <c r="HT112" s="36"/>
       <c r="HU112" s="36"/>
       <c r="HV112" s="36"/>
       <c r="HW112" s="36"/>
       <c r="HX112" s="36"/>
       <c r="HY112" s="36"/>
       <c r="HZ112" s="36"/>
       <c r="IA112" s="36"/>
       <c r="IB112" s="36"/>
+      <c r="IC112" s="36"/>
     </row>
-    <row r="113" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB113" s="36"/>
       <c r="EC113" s="36"/>
       <c r="ED113" s="36"/>
       <c r="EE113" s="36"/>
       <c r="EF113" s="36"/>
       <c r="EG113" s="36"/>
       <c r="EH113" s="36"/>
       <c r="EI113" s="36"/>
       <c r="EJ113" s="36"/>
       <c r="EK113" s="36"/>
       <c r="EL113" s="36"/>
       <c r="EM113" s="36"/>
       <c r="EN113" s="36"/>
       <c r="EO113" s="36"/>
       <c r="EP113" s="36"/>
       <c r="EQ113" s="36"/>
       <c r="ER113" s="36"/>
       <c r="ES113" s="36"/>
       <c r="ET113" s="36"/>
       <c r="EU113" s="36"/>
       <c r="EV113" s="36"/>
       <c r="EW113" s="36"/>
       <c r="EX113" s="36"/>
       <c r="EY113" s="36"/>
       <c r="EZ113" s="36"/>
@@ -47558,52 +47777,53 @@
       <c r="HD113" s="36"/>
       <c r="HE113" s="36"/>
       <c r="HF113" s="36"/>
       <c r="HG113" s="36"/>
       <c r="HH113" s="36"/>
       <c r="HI113" s="36"/>
       <c r="HJ113" s="36"/>
       <c r="HK113" s="36"/>
       <c r="HL113" s="36"/>
       <c r="HM113" s="36"/>
       <c r="HN113" s="36"/>
       <c r="HO113" s="36"/>
       <c r="HP113" s="36"/>
       <c r="HQ113" s="36"/>
       <c r="HR113" s="36"/>
       <c r="HS113" s="36"/>
       <c r="HT113" s="36"/>
       <c r="HU113" s="36"/>
       <c r="HV113" s="36"/>
       <c r="HW113" s="36"/>
       <c r="HX113" s="36"/>
       <c r="HY113" s="36"/>
       <c r="HZ113" s="36"/>
       <c r="IA113" s="36"/>
       <c r="IB113" s="36"/>
+      <c r="IC113" s="36"/>
     </row>
-    <row r="114" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB114" s="36"/>
       <c r="EC114" s="36"/>
       <c r="ED114" s="36"/>
       <c r="EE114" s="36"/>
       <c r="EF114" s="36"/>
       <c r="EG114" s="36"/>
       <c r="EH114" s="36"/>
       <c r="EI114" s="36"/>
       <c r="EJ114" s="36"/>
       <c r="EK114" s="36"/>
       <c r="EL114" s="36"/>
       <c r="EM114" s="36"/>
       <c r="EN114" s="36"/>
       <c r="EO114" s="36"/>
       <c r="EP114" s="36"/>
       <c r="EQ114" s="36"/>
       <c r="ER114" s="36"/>
       <c r="ES114" s="36"/>
       <c r="ET114" s="36"/>
       <c r="EU114" s="36"/>
       <c r="EV114" s="36"/>
       <c r="EW114" s="36"/>
       <c r="EX114" s="36"/>
       <c r="EY114" s="36"/>
       <c r="EZ114" s="36"/>
@@ -47665,52 +47885,53 @@
       <c r="HD114" s="36"/>
       <c r="HE114" s="36"/>
       <c r="HF114" s="36"/>
       <c r="HG114" s="36"/>
       <c r="HH114" s="36"/>
       <c r="HI114" s="36"/>
       <c r="HJ114" s="36"/>
       <c r="HK114" s="36"/>
       <c r="HL114" s="36"/>
       <c r="HM114" s="36"/>
       <c r="HN114" s="36"/>
       <c r="HO114" s="36"/>
       <c r="HP114" s="36"/>
       <c r="HQ114" s="36"/>
       <c r="HR114" s="36"/>
       <c r="HS114" s="36"/>
       <c r="HT114" s="36"/>
       <c r="HU114" s="36"/>
       <c r="HV114" s="36"/>
       <c r="HW114" s="36"/>
       <c r="HX114" s="36"/>
       <c r="HY114" s="36"/>
       <c r="HZ114" s="36"/>
       <c r="IA114" s="36"/>
       <c r="IB114" s="36"/>
+      <c r="IC114" s="36"/>
     </row>
-    <row r="115" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB115" s="36"/>
       <c r="EC115" s="36"/>
       <c r="ED115" s="36"/>
       <c r="EE115" s="36"/>
       <c r="EF115" s="36"/>
       <c r="EG115" s="36"/>
       <c r="EH115" s="36"/>
       <c r="EI115" s="36"/>
       <c r="EJ115" s="36"/>
       <c r="EK115" s="36"/>
       <c r="EL115" s="36"/>
       <c r="EM115" s="36"/>
       <c r="EN115" s="36"/>
       <c r="EO115" s="36"/>
       <c r="EP115" s="36"/>
       <c r="EQ115" s="36"/>
       <c r="ER115" s="36"/>
       <c r="ES115" s="36"/>
       <c r="ET115" s="36"/>
       <c r="EU115" s="36"/>
       <c r="EV115" s="36"/>
       <c r="EW115" s="36"/>
       <c r="EX115" s="36"/>
       <c r="EY115" s="36"/>
       <c r="EZ115" s="36"/>
@@ -47772,52 +47993,53 @@
       <c r="HD115" s="36"/>
       <c r="HE115" s="36"/>
       <c r="HF115" s="36"/>
       <c r="HG115" s="36"/>
       <c r="HH115" s="36"/>
       <c r="HI115" s="36"/>
       <c r="HJ115" s="36"/>
       <c r="HK115" s="36"/>
       <c r="HL115" s="36"/>
       <c r="HM115" s="36"/>
       <c r="HN115" s="36"/>
       <c r="HO115" s="36"/>
       <c r="HP115" s="36"/>
       <c r="HQ115" s="36"/>
       <c r="HR115" s="36"/>
       <c r="HS115" s="36"/>
       <c r="HT115" s="36"/>
       <c r="HU115" s="36"/>
       <c r="HV115" s="36"/>
       <c r="HW115" s="36"/>
       <c r="HX115" s="36"/>
       <c r="HY115" s="36"/>
       <c r="HZ115" s="36"/>
       <c r="IA115" s="36"/>
       <c r="IB115" s="36"/>
+      <c r="IC115" s="36"/>
     </row>
-    <row r="116" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB116" s="36"/>
       <c r="EC116" s="36"/>
       <c r="ED116" s="36"/>
       <c r="EE116" s="36"/>
       <c r="EF116" s="36"/>
       <c r="EG116" s="36"/>
       <c r="EH116" s="36"/>
       <c r="EI116" s="36"/>
       <c r="EJ116" s="36"/>
       <c r="EK116" s="36"/>
       <c r="EL116" s="36"/>
       <c r="EM116" s="36"/>
       <c r="EN116" s="36"/>
       <c r="EO116" s="36"/>
       <c r="EP116" s="36"/>
       <c r="EQ116" s="36"/>
       <c r="ER116" s="36"/>
       <c r="ES116" s="36"/>
       <c r="ET116" s="36"/>
       <c r="EU116" s="36"/>
       <c r="EV116" s="36"/>
       <c r="EW116" s="36"/>
       <c r="EX116" s="36"/>
       <c r="EY116" s="36"/>
       <c r="EZ116" s="36"/>
@@ -47879,52 +48101,53 @@
       <c r="HD116" s="36"/>
       <c r="HE116" s="36"/>
       <c r="HF116" s="36"/>
       <c r="HG116" s="36"/>
       <c r="HH116" s="36"/>
       <c r="HI116" s="36"/>
       <c r="HJ116" s="36"/>
       <c r="HK116" s="36"/>
       <c r="HL116" s="36"/>
       <c r="HM116" s="36"/>
       <c r="HN116" s="36"/>
       <c r="HO116" s="36"/>
       <c r="HP116" s="36"/>
       <c r="HQ116" s="36"/>
       <c r="HR116" s="36"/>
       <c r="HS116" s="36"/>
       <c r="HT116" s="36"/>
       <c r="HU116" s="36"/>
       <c r="HV116" s="36"/>
       <c r="HW116" s="36"/>
       <c r="HX116" s="36"/>
       <c r="HY116" s="36"/>
       <c r="HZ116" s="36"/>
       <c r="IA116" s="36"/>
       <c r="IB116" s="36"/>
+      <c r="IC116" s="36"/>
     </row>
-    <row r="117" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB117" s="36"/>
       <c r="EC117" s="36"/>
       <c r="ED117" s="36"/>
       <c r="EE117" s="36"/>
       <c r="EF117" s="36"/>
       <c r="EG117" s="36"/>
       <c r="EH117" s="36"/>
       <c r="EI117" s="36"/>
       <c r="EJ117" s="36"/>
       <c r="EK117" s="36"/>
       <c r="EL117" s="36"/>
       <c r="EM117" s="36"/>
       <c r="EN117" s="36"/>
       <c r="EO117" s="36"/>
       <c r="EP117" s="36"/>
       <c r="EQ117" s="36"/>
       <c r="ER117" s="36"/>
       <c r="ES117" s="36"/>
       <c r="ET117" s="36"/>
       <c r="EU117" s="36"/>
       <c r="EV117" s="36"/>
       <c r="EW117" s="36"/>
       <c r="EX117" s="36"/>
       <c r="EY117" s="36"/>
       <c r="EZ117" s="36"/>
@@ -47986,52 +48209,53 @@
       <c r="HD117" s="36"/>
       <c r="HE117" s="36"/>
       <c r="HF117" s="36"/>
       <c r="HG117" s="36"/>
       <c r="HH117" s="36"/>
       <c r="HI117" s="36"/>
       <c r="HJ117" s="36"/>
       <c r="HK117" s="36"/>
       <c r="HL117" s="36"/>
       <c r="HM117" s="36"/>
       <c r="HN117" s="36"/>
       <c r="HO117" s="36"/>
       <c r="HP117" s="36"/>
       <c r="HQ117" s="36"/>
       <c r="HR117" s="36"/>
       <c r="HS117" s="36"/>
       <c r="HT117" s="36"/>
       <c r="HU117" s="36"/>
       <c r="HV117" s="36"/>
       <c r="HW117" s="36"/>
       <c r="HX117" s="36"/>
       <c r="HY117" s="36"/>
       <c r="HZ117" s="36"/>
       <c r="IA117" s="36"/>
       <c r="IB117" s="36"/>
+      <c r="IC117" s="36"/>
     </row>
-    <row r="118" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB118" s="36"/>
       <c r="EC118" s="36"/>
       <c r="ED118" s="36"/>
       <c r="EE118" s="36"/>
       <c r="EF118" s="36"/>
       <c r="EG118" s="36"/>
       <c r="EH118" s="36"/>
       <c r="EI118" s="36"/>
       <c r="EJ118" s="36"/>
       <c r="EK118" s="36"/>
       <c r="EL118" s="36"/>
       <c r="EM118" s="36"/>
       <c r="EN118" s="36"/>
       <c r="EO118" s="36"/>
       <c r="EP118" s="36"/>
       <c r="EQ118" s="36"/>
       <c r="ER118" s="36"/>
       <c r="ES118" s="36"/>
       <c r="ET118" s="36"/>
       <c r="EU118" s="36"/>
       <c r="EV118" s="36"/>
       <c r="EW118" s="36"/>
       <c r="EX118" s="36"/>
       <c r="EY118" s="36"/>
       <c r="EZ118" s="36"/>
@@ -48093,52 +48317,53 @@
       <c r="HD118" s="36"/>
       <c r="HE118" s="36"/>
       <c r="HF118" s="36"/>
       <c r="HG118" s="36"/>
       <c r="HH118" s="36"/>
       <c r="HI118" s="36"/>
       <c r="HJ118" s="36"/>
       <c r="HK118" s="36"/>
       <c r="HL118" s="36"/>
       <c r="HM118" s="36"/>
       <c r="HN118" s="36"/>
       <c r="HO118" s="36"/>
       <c r="HP118" s="36"/>
       <c r="HQ118" s="36"/>
       <c r="HR118" s="36"/>
       <c r="HS118" s="36"/>
       <c r="HT118" s="36"/>
       <c r="HU118" s="36"/>
       <c r="HV118" s="36"/>
       <c r="HW118" s="36"/>
       <c r="HX118" s="36"/>
       <c r="HY118" s="36"/>
       <c r="HZ118" s="36"/>
       <c r="IA118" s="36"/>
       <c r="IB118" s="36"/>
+      <c r="IC118" s="36"/>
     </row>
-    <row r="119" spans="132:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="132:237" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EB119" s="36"/>
       <c r="EC119" s="36"/>
       <c r="ED119" s="36"/>
       <c r="EE119" s="36"/>
       <c r="EF119" s="36"/>
       <c r="EG119" s="36"/>
       <c r="EH119" s="36"/>
       <c r="EI119" s="36"/>
       <c r="EJ119" s="36"/>
       <c r="EK119" s="36"/>
       <c r="EL119" s="36"/>
       <c r="EM119" s="36"/>
       <c r="EN119" s="36"/>
       <c r="EO119" s="36"/>
       <c r="EP119" s="36"/>
       <c r="EQ119" s="36"/>
       <c r="ER119" s="36"/>
       <c r="ES119" s="36"/>
       <c r="ET119" s="36"/>
       <c r="EU119" s="36"/>
       <c r="EV119" s="36"/>
       <c r="EW119" s="36"/>
       <c r="EX119" s="36"/>
       <c r="EY119" s="36"/>
       <c r="EZ119" s="36"/>
@@ -48200,50 +48425,51 @@
       <c r="HD119" s="36"/>
       <c r="HE119" s="36"/>
       <c r="HF119" s="36"/>
       <c r="HG119" s="36"/>
       <c r="HH119" s="36"/>
       <c r="HI119" s="36"/>
       <c r="HJ119" s="36"/>
       <c r="HK119" s="36"/>
       <c r="HL119" s="36"/>
       <c r="HM119" s="36"/>
       <c r="HN119" s="36"/>
       <c r="HO119" s="36"/>
       <c r="HP119" s="36"/>
       <c r="HQ119" s="36"/>
       <c r="HR119" s="36"/>
       <c r="HS119" s="36"/>
       <c r="HT119" s="36"/>
       <c r="HU119" s="36"/>
       <c r="HV119" s="36"/>
       <c r="HW119" s="36"/>
       <c r="HX119" s="36"/>
       <c r="HY119" s="36"/>
       <c r="HZ119" s="36"/>
       <c r="IA119" s="36"/>
       <c r="IB119" s="36"/>
+      <c r="IC119" s="36"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>