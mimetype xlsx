--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E58E5060-1725-4BE2-A48A-49D148D8C20F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C50A2A1-C8A6-40A8-A8E7-36ADD0888562}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="TABLE" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_10" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_11" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_12" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_13" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_14" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_15" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_16" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_17" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_18" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_19" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_2" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_20" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_21" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_22" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_23" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_24" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_25" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_26" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_27" localSheetId="0">HRV!#REF!</definedName>
@@ -85,51 +85,51 @@
     <definedName name="TABLE_52" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_6" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_7" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_8" localSheetId="0">HRV!#REF!</definedName>
     <definedName name="TABLE_9" localSheetId="0">HRV!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="58">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>travanj</t>
   </si>
   <si>
     <t>srpanj</t>
   </si>
   <si>
     <t>listopad</t>
   </si>
   <si>
     <t>svibanj</t>
   </si>
   <si>
     <t>1999.</t>
   </si>
   <si>
@@ -935,54 +935,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:L279"/>
+  <dimension ref="B2:L281"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E285" sqref="E285"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A262" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K288" sqref="K288"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.6640625" style="1" customWidth="1"/>
     <col min="4" max="6" width="14.6640625" style="1" customWidth="1"/>
     <col min="7" max="12" width="11.1640625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="27" t="s">
         <v>55</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
@@ -10022,84 +10022,150 @@
         <v>-11.3</v>
       </c>
       <c r="F277" s="33">
         <v>-22.6</v>
       </c>
       <c r="G277" s="39">
         <v>-0.64999999999999858</v>
       </c>
       <c r="H277" s="39">
         <v>2.3499999999999996</v>
       </c>
       <c r="I277" s="39">
         <v>-39.950000000000003</v>
       </c>
       <c r="J277" s="39">
         <v>-25</v>
       </c>
       <c r="K277" s="39">
         <v>-27.1</v>
       </c>
       <c r="L277" s="39">
         <v>-19.049999999999997</v>
       </c>
     </row>
     <row r="278" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B278" s="42"/>
-      <c r="C278" s="42" t="s">
+      <c r="B278" s="17"/>
+      <c r="C278" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="D278" s="43">
+      <c r="D278" s="33">
         <v>-10.199999999999999</v>
       </c>
-      <c r="E278" s="43">
+      <c r="E278" s="33">
         <v>-12.5</v>
       </c>
-      <c r="F278" s="43">
+      <c r="F278" s="33">
         <v>-21.6</v>
       </c>
-      <c r="G278" s="44">
+      <c r="G278" s="39">
         <v>-3.2896489357781213</v>
       </c>
-      <c r="H278" s="44">
+      <c r="H278" s="39">
         <v>3.1648195588363848</v>
       </c>
-      <c r="I278" s="44">
+      <c r="I278" s="39">
         <v>-38.500799682821693</v>
       </c>
-      <c r="J278" s="44">
+      <c r="J278" s="39">
         <v>-28.119635904845552</v>
       </c>
-      <c r="K278" s="44">
+      <c r="K278" s="39">
         <v>-23.116334178372838</v>
       </c>
-      <c r="L278" s="44">
+      <c r="L278" s="39">
         <v>-12.620750441936686</v>
       </c>
     </row>
     <row r="279" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B279" s="35" t="s">
+      <c r="B279" s="17"/>
+      <c r="C279" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="D279" s="33">
+        <v>-9.8000000000000007</v>
+      </c>
+      <c r="E279" s="33">
+        <v>-10</v>
+      </c>
+      <c r="F279" s="33">
+        <v>-19.899999999999999</v>
+      </c>
+      <c r="G279" s="39">
+        <v>-3.3646517773714146</v>
+      </c>
+      <c r="H279" s="39">
+        <v>3.9069963236267511</v>
+      </c>
+      <c r="I279" s="39">
+        <v>-35.791991639776995</v>
+      </c>
+      <c r="J279" s="39">
+        <v>-23.808787075036072</v>
+      </c>
+      <c r="K279" s="39">
+        <v>-20.475567552904788</v>
+      </c>
+      <c r="L279" s="39">
+        <v>-15.782585283041298</v>
+      </c>
+    </row>
+    <row r="280" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="42"/>
+      <c r="C280" s="42" t="s">
+        <v>25</v>
+      </c>
+      <c r="D280" s="43">
+        <v>-7.7</v>
+      </c>
+      <c r="E280" s="43">
+        <v>-8.8000000000000007</v>
+      </c>
+      <c r="F280" s="43">
+        <v>-19</v>
+      </c>
+      <c r="G280" s="44">
+        <v>-1.3079979917274704</v>
+      </c>
+      <c r="H280" s="44">
+        <v>3.9204005952290668</v>
+      </c>
+      <c r="I280" s="44">
+        <v>-34.717544911608705</v>
+      </c>
+      <c r="J280" s="44">
+        <v>-21.588280748057052</v>
+      </c>
+      <c r="K280" s="44">
+        <v>-20.903320808468603</v>
+      </c>
+      <c r="L280" s="44">
+        <v>-11.965102582298137</v>
+      </c>
+    </row>
+    <row r="281" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="35" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>