--- v0 (2025-10-10)
+++ v1 (2026-01-08)
@@ -2,80 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_08_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_11_30\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5F43AA0-05B0-4C05-AFEF-06E088C99E74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F14632A-4401-411E-A0B1-69A34B1620CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{682BD022-E0F9-4BDC-BD0A-15C22038524D}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="12" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1460" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1462" uniqueCount="54">
   <si>
     <t>u postocima na godišnjoj razini</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: revolving krediti</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: prekoračenja po transakcijskom računu</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: krediti po kreditnim karticama</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: obrtnici</t>
   </si>
   <si>
     <t>Iznosi novih poslova</t>
   </si>
   <si>
     <t>u milijunima eura</t>
   </si>
   <si>
     <t xml:space="preserve">     Od toga: s fiksnom kamatnom stopom</t>
   </si>
   <si>
@@ -918,56 +921,50 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">            4.3.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Razdoblje početnog fiksiranja kamatne stope 
 dulje od 5 godina </t>
     </r>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1577,91 +1574,91 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E310771C-4D86-4011-ABA1-C832C3EEA957}">
-  <dimension ref="B2:FK92"/>
+  <dimension ref="B2:FN92"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="8" customWidth="1"/>
     <col min="2" max="2" width="100.6640625" style="8" customWidth="1"/>
     <col min="3" max="135" width="10.6640625" style="8"/>
     <col min="136" max="136" width="10.6640625" style="9"/>
     <col min="137" max="16384" width="10.6640625" style="8"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="10" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="38" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="4" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="11"/>
       <c r="C4" s="12"/>
       <c r="D4" s="12"/>
     </row>
-    <row r="5" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="11"/>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
     </row>
-    <row r="6" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="12"/>
       <c r="D6" s="12"/>
     </row>
-    <row r="7" spans="2:167" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:170" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="43"/>
       <c r="D7" s="43"/>
       <c r="E7" s="43"/>
       <c r="F7" s="43"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
       <c r="I7" s="43"/>
       <c r="J7" s="43"/>
       <c r="K7" s="43"/>
       <c r="L7" s="43"/>
       <c r="M7" s="43"/>
       <c r="N7" s="43"/>
       <c r="O7" s="43"/>
       <c r="P7" s="43"/>
       <c r="Q7" s="43"/>
       <c r="R7" s="43"/>
       <c r="S7" s="43"/>
       <c r="T7" s="43"/>
       <c r="U7" s="43"/>
       <c r="V7" s="43"/>
       <c r="W7" s="43"/>
       <c r="X7" s="43"/>
@@ -1786,52 +1783,55 @@
       <c r="EM7" s="44"/>
       <c r="EN7" s="44"/>
       <c r="EO7" s="44"/>
       <c r="EP7" s="44"/>
       <c r="EQ7" s="44"/>
       <c r="ER7" s="44"/>
       <c r="ES7" s="44"/>
       <c r="ET7" s="44"/>
       <c r="EU7" s="44"/>
       <c r="EV7" s="44"/>
       <c r="EW7" s="44"/>
       <c r="EX7" s="44"/>
       <c r="EY7" s="44"/>
       <c r="EZ7" s="44"/>
       <c r="FA7" s="44"/>
       <c r="FB7" s="44"/>
       <c r="FC7" s="44"/>
       <c r="FD7" s="44"/>
       <c r="FE7" s="44"/>
       <c r="FF7" s="44"/>
       <c r="FG7" s="44"/>
       <c r="FH7" s="44"/>
       <c r="FI7" s="44"/>
       <c r="FJ7" s="44"/>
       <c r="FK7" s="44"/>
+      <c r="FL7" s="44"/>
+      <c r="FM7" s="44"/>
+      <c r="FN7" s="44"/>
     </row>
-    <row r="8" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="25"/>
       <c r="C8" s="26">
         <v>40908</v>
       </c>
       <c r="D8" s="26">
         <v>40939</v>
       </c>
       <c r="E8" s="26">
         <v>40968</v>
       </c>
       <c r="F8" s="26">
         <v>40999</v>
       </c>
       <c r="G8" s="26">
         <v>41029</v>
       </c>
       <c r="H8" s="26">
         <v>41060</v>
       </c>
       <c r="I8" s="26">
         <v>41090</v>
       </c>
       <c r="J8" s="26">
         <v>41121</v>
       </c>
@@ -2284,52 +2284,61 @@
       </c>
       <c r="FD8" s="26">
         <v>45688</v>
       </c>
       <c r="FE8" s="26">
         <v>45716</v>
       </c>
       <c r="FF8" s="26">
         <v>45747</v>
       </c>
       <c r="FG8" s="26">
         <v>45777</v>
       </c>
       <c r="FH8" s="26">
         <v>45808</v>
       </c>
       <c r="FI8" s="26">
         <v>45838</v>
       </c>
       <c r="FJ8" s="26">
         <v>45869</v>
       </c>
       <c r="FK8" s="26">
         <v>45900</v>
       </c>
+      <c r="FL8" s="26">
+        <v>45930</v>
+      </c>
+      <c r="FM8" s="26">
+        <v>45961</v>
+      </c>
+      <c r="FN8" s="26">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="9" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="31">
         <v>10.68</v>
       </c>
       <c r="D9" s="31">
         <v>10.81</v>
       </c>
       <c r="E9" s="31">
         <v>10.77</v>
       </c>
       <c r="F9" s="31">
         <v>10.51</v>
       </c>
       <c r="G9" s="31">
         <v>10.71</v>
       </c>
       <c r="H9" s="31">
         <v>10.68</v>
       </c>
       <c r="I9" s="31">
         <v>10.67</v>
       </c>
       <c r="J9" s="31">
@@ -2784,52 +2793,61 @@
       </c>
       <c r="FD9" s="35">
         <v>4.32</v>
       </c>
       <c r="FE9" s="35">
         <v>4.3499999999999996</v>
       </c>
       <c r="FF9" s="35">
         <v>4.34</v>
       </c>
       <c r="FG9" s="35">
         <v>4.28</v>
       </c>
       <c r="FH9" s="35">
         <v>4.26</v>
       </c>
       <c r="FI9" s="35">
         <v>4.24</v>
       </c>
       <c r="FJ9" s="35">
         <v>4.13</v>
       </c>
       <c r="FK9" s="35">
         <v>4.16</v>
       </c>
+      <c r="FL9" s="35">
+        <v>4.1399999999999997</v>
+      </c>
+      <c r="FM9" s="35">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="FN9" s="35">
+        <v>4.0599999999999996</v>
+      </c>
     </row>
-    <row r="10" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="31">
         <v>10.16</v>
       </c>
       <c r="D10" s="31">
         <v>9.98</v>
       </c>
       <c r="E10" s="31">
         <v>9.7799999999999994</v>
       </c>
       <c r="F10" s="31">
         <v>9.68</v>
       </c>
       <c r="G10" s="31">
         <v>9.6999999999999993</v>
       </c>
       <c r="H10" s="31">
         <v>9.7100000000000009</v>
       </c>
       <c r="I10" s="31">
         <v>9.68</v>
       </c>
       <c r="J10" s="31">
@@ -3284,52 +3302,61 @@
       </c>
       <c r="FD10" s="35">
         <v>5.17</v>
       </c>
       <c r="FE10" s="35">
         <v>5.28</v>
       </c>
       <c r="FF10" s="35">
         <v>5.17</v>
       </c>
       <c r="FG10" s="35">
         <v>5.19</v>
       </c>
       <c r="FH10" s="35">
         <v>5.44</v>
       </c>
       <c r="FI10" s="35">
         <v>5.0999999999999996</v>
       </c>
       <c r="FJ10" s="35">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK10" s="35">
         <v>4.8499999999999996</v>
       </c>
+      <c r="FL10" s="35">
+        <v>4.96</v>
+      </c>
+      <c r="FM10" s="35">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="FN10" s="35">
+        <v>4.8499999999999996</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="31">
         <v>11.51</v>
       </c>
       <c r="D11" s="31">
         <v>11.67</v>
       </c>
       <c r="E11" s="31">
         <v>11.62</v>
       </c>
       <c r="F11" s="31">
         <v>11.5</v>
       </c>
       <c r="G11" s="31">
         <v>11.65</v>
       </c>
       <c r="H11" s="31">
         <v>11.54</v>
       </c>
       <c r="I11" s="31">
         <v>11.51</v>
       </c>
       <c r="J11" s="31">
@@ -3784,52 +3811,61 @@
       </c>
       <c r="FD11" s="35">
         <v>5.51</v>
       </c>
       <c r="FE11" s="35">
         <v>5.52</v>
       </c>
       <c r="FF11" s="35">
         <v>5.5</v>
       </c>
       <c r="FG11" s="35">
         <v>5.46</v>
       </c>
       <c r="FH11" s="35">
         <v>5.45</v>
       </c>
       <c r="FI11" s="35">
         <v>5.44</v>
       </c>
       <c r="FJ11" s="35">
         <v>5.21</v>
       </c>
       <c r="FK11" s="35">
         <v>5.21</v>
       </c>
+      <c r="FL11" s="35">
+        <v>5.19</v>
+      </c>
+      <c r="FM11" s="35">
+        <v>5.15</v>
+      </c>
+      <c r="FN11" s="35">
+        <v>5.09</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="31">
         <v>10.41</v>
       </c>
       <c r="D12" s="31">
         <v>10.41</v>
       </c>
       <c r="E12" s="31">
         <v>10.36</v>
       </c>
       <c r="F12" s="31">
         <v>9.85</v>
       </c>
       <c r="G12" s="31">
         <v>10.25</v>
       </c>
       <c r="H12" s="31">
         <v>10.19</v>
       </c>
       <c r="I12" s="31">
         <v>10.19</v>
       </c>
       <c r="J12" s="31">
@@ -4284,52 +4320,61 @@
       </c>
       <c r="FD12" s="35">
         <v>3.85</v>
       </c>
       <c r="FE12" s="35">
         <v>3.89</v>
       </c>
       <c r="FF12" s="35">
         <v>3.9</v>
       </c>
       <c r="FG12" s="35">
         <v>3.88</v>
       </c>
       <c r="FH12" s="35">
         <v>3.87</v>
       </c>
       <c r="FI12" s="35">
         <v>3.87</v>
       </c>
       <c r="FJ12" s="35">
         <v>3.85</v>
       </c>
       <c r="FK12" s="35">
         <v>3.89</v>
       </c>
+      <c r="FL12" s="35">
+        <v>3.89</v>
+      </c>
+      <c r="FM12" s="35">
+        <v>3.87</v>
+      </c>
+      <c r="FN12" s="35">
+        <v>3.85</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="31">
         <v>10.3</v>
       </c>
       <c r="D13" s="31">
         <v>10.49</v>
       </c>
       <c r="E13" s="31">
         <v>10.6</v>
       </c>
       <c r="F13" s="31">
         <v>10.210000000000001</v>
       </c>
       <c r="G13" s="31">
         <v>10.34</v>
       </c>
       <c r="H13" s="31">
         <v>10.14</v>
       </c>
       <c r="I13" s="31">
         <v>10.130000000000001</v>
       </c>
       <c r="J13" s="31">
@@ -4784,52 +4829,61 @@
       </c>
       <c r="FD13" s="35">
         <v>6.27</v>
       </c>
       <c r="FE13" s="35">
         <v>6.24</v>
       </c>
       <c r="FF13" s="35">
         <v>6.18</v>
       </c>
       <c r="FG13" s="35">
         <v>6.14</v>
       </c>
       <c r="FH13" s="35">
         <v>6.24</v>
       </c>
       <c r="FI13" s="35">
         <v>6.03</v>
       </c>
       <c r="FJ13" s="35">
         <v>5.8</v>
       </c>
       <c r="FK13" s="35">
         <v>5.81</v>
       </c>
+      <c r="FL13" s="35">
+        <v>5.8</v>
+      </c>
+      <c r="FM13" s="35">
+        <v>5.74</v>
+      </c>
+      <c r="FN13" s="35">
+        <v>5.79</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="31">
         <v>7.18</v>
       </c>
       <c r="D14" s="31">
         <v>6.9</v>
       </c>
       <c r="E14" s="31">
         <v>7.07</v>
       </c>
       <c r="F14" s="31">
         <v>7.06</v>
       </c>
       <c r="G14" s="31">
         <v>7.07</v>
       </c>
       <c r="H14" s="31">
         <v>7.02</v>
       </c>
       <c r="I14" s="31">
         <v>6.94</v>
       </c>
       <c r="J14" s="31">
@@ -5284,52 +5338,61 @@
       </c>
       <c r="FD14" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="FE14" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="FF14" s="35">
         <v>4.96</v>
       </c>
       <c r="FG14" s="35">
         <v>4.92</v>
       </c>
       <c r="FH14" s="35">
         <v>4.95</v>
       </c>
       <c r="FI14" s="35">
         <v>4.88</v>
       </c>
       <c r="FJ14" s="35">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK14" s="35">
         <v>4.93</v>
       </c>
+      <c r="FL14" s="35">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="FM14" s="35">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="FN14" s="35">
+        <v>5.01</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="31"/>
       <c r="D15" s="31"/>
       <c r="E15" s="31"/>
       <c r="F15" s="31"/>
       <c r="G15" s="31"/>
       <c r="H15" s="31"/>
       <c r="I15" s="31"/>
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="31"/>
       <c r="P15" s="31"/>
       <c r="Q15" s="31"/>
       <c r="R15" s="31"/>
       <c r="S15" s="31"/>
       <c r="T15" s="31"/>
       <c r="U15" s="31"/>
       <c r="V15" s="31"/>
       <c r="W15" s="31"/>
       <c r="X15" s="31"/>
@@ -5518,52 +5581,61 @@
       </c>
       <c r="FD15" s="35">
         <v>6</v>
       </c>
       <c r="FE15" s="35">
         <v>6</v>
       </c>
       <c r="FF15" s="35">
         <v>6</v>
       </c>
       <c r="FG15" s="35">
         <v>6</v>
       </c>
       <c r="FH15" s="35">
         <v>6</v>
       </c>
       <c r="FI15" s="35">
         <v>6</v>
       </c>
       <c r="FJ15" s="35">
         <v>5</v>
       </c>
       <c r="FK15" s="35">
         <v>5</v>
       </c>
+      <c r="FL15" s="35">
+        <v>5</v>
+      </c>
+      <c r="FM15" s="35">
+        <v>4.24</v>
+      </c>
+      <c r="FN15" s="35">
+        <v>5</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J16" s="31" t="s">
@@ -6018,52 +6090,61 @@
       </c>
       <c r="FD16" s="35">
         <v>4.74</v>
       </c>
       <c r="FE16" s="35">
         <v>4.59</v>
       </c>
       <c r="FF16" s="35">
         <v>4.71</v>
       </c>
       <c r="FG16" s="35">
         <v>4.8</v>
       </c>
       <c r="FH16" s="35">
         <v>4.6500000000000004</v>
       </c>
       <c r="FI16" s="35">
         <v>4.76</v>
       </c>
       <c r="FJ16" s="35">
         <v>4.95</v>
       </c>
       <c r="FK16" s="35">
         <v>4.5599999999999996</v>
       </c>
+      <c r="FL16" s="35">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="FM16" s="35">
+        <v>4.62</v>
+      </c>
+      <c r="FN16" s="35">
+        <v>4.8099999999999996</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J17" s="31" t="s">
@@ -6518,52 +6599,61 @@
       </c>
       <c r="FD17" s="35">
         <v>4.95</v>
       </c>
       <c r="FE17" s="35">
         <v>4.97</v>
       </c>
       <c r="FF17" s="35">
         <v>5.04</v>
       </c>
       <c r="FG17" s="35">
         <v>4.9400000000000004</v>
       </c>
       <c r="FH17" s="35">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI17" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="FJ17" s="35">
         <v>5.09</v>
       </c>
       <c r="FK17" s="35">
         <v>5.0599999999999996</v>
       </c>
+      <c r="FL17" s="35">
+        <v>5.03</v>
+      </c>
+      <c r="FM17" s="35">
+        <v>5.09</v>
+      </c>
+      <c r="FN17" s="35">
+        <v>5.04</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J18" s="31" t="s">
@@ -7018,52 +7108,61 @@
       </c>
       <c r="FD18" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="FE18" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="FF18" s="35">
         <v>4.96</v>
       </c>
       <c r="FG18" s="35">
         <v>4.92</v>
       </c>
       <c r="FH18" s="35">
         <v>4.95</v>
       </c>
       <c r="FI18" s="35">
         <v>4.88</v>
       </c>
       <c r="FJ18" s="35">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK18" s="35">
         <v>4.93</v>
       </c>
+      <c r="FL18" s="35">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="FM18" s="35">
+        <v>4.9800000000000004</v>
+      </c>
+      <c r="FN18" s="35">
+        <v>5.01</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="31">
         <v>5.66</v>
       </c>
       <c r="D19" s="31">
         <v>5.74</v>
       </c>
       <c r="E19" s="31">
         <v>5.63</v>
       </c>
       <c r="F19" s="31">
         <v>5.31</v>
       </c>
       <c r="G19" s="31">
         <v>5.17</v>
       </c>
       <c r="H19" s="31">
         <v>5.44</v>
       </c>
       <c r="I19" s="31">
         <v>5.43</v>
       </c>
       <c r="J19" s="31">
@@ -7518,52 +7617,61 @@
       </c>
       <c r="FD19" s="35">
         <v>3.6</v>
       </c>
       <c r="FE19" s="35">
         <v>3.17</v>
       </c>
       <c r="FF19" s="35">
         <v>2.94</v>
       </c>
       <c r="FG19" s="35">
         <v>2.91</v>
       </c>
       <c r="FH19" s="35">
         <v>2.91</v>
       </c>
       <c r="FI19" s="35">
         <v>2.93</v>
       </c>
       <c r="FJ19" s="35">
         <v>2.98</v>
       </c>
       <c r="FK19" s="35">
         <v>2.98</v>
       </c>
+      <c r="FL19" s="35">
+        <v>3</v>
+      </c>
+      <c r="FM19" s="35">
+        <v>3.03</v>
+      </c>
+      <c r="FN19" s="35">
+        <v>3.02</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="31"/>
       <c r="D20" s="31"/>
       <c r="E20" s="31"/>
       <c r="F20" s="31"/>
       <c r="G20" s="31"/>
       <c r="H20" s="31"/>
       <c r="I20" s="31"/>
       <c r="J20" s="31"/>
       <c r="K20" s="31"/>
       <c r="L20" s="31"/>
       <c r="M20" s="31"/>
       <c r="N20" s="31"/>
       <c r="O20" s="31"/>
       <c r="P20" s="31"/>
       <c r="Q20" s="31"/>
       <c r="R20" s="31"/>
       <c r="S20" s="31"/>
       <c r="T20" s="31"/>
       <c r="U20" s="31"/>
       <c r="V20" s="31"/>
       <c r="W20" s="31"/>
       <c r="X20" s="31"/>
@@ -7752,52 +7860,61 @@
       </c>
       <c r="FD20" s="35">
         <v>3.33</v>
       </c>
       <c r="FE20" s="35">
         <v>3.28</v>
       </c>
       <c r="FF20" s="35">
         <v>3.13</v>
       </c>
       <c r="FG20" s="35">
         <v>2.96</v>
       </c>
       <c r="FH20" s="35">
         <v>2.93</v>
       </c>
       <c r="FI20" s="35">
         <v>3.04</v>
       </c>
       <c r="FJ20" s="35">
         <v>3.19</v>
       </c>
       <c r="FK20" s="35">
         <v>3.18</v>
       </c>
+      <c r="FL20" s="35">
+        <v>3.19</v>
+      </c>
+      <c r="FM20" s="35">
+        <v>3.19</v>
+      </c>
+      <c r="FN20" s="35">
+        <v>3.33</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="31"/>
       <c r="D21" s="31"/>
       <c r="E21" s="31"/>
       <c r="F21" s="31"/>
       <c r="G21" s="31"/>
       <c r="H21" s="31"/>
       <c r="I21" s="31"/>
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="31"/>
       <c r="P21" s="31"/>
       <c r="Q21" s="31"/>
       <c r="R21" s="31"/>
       <c r="S21" s="31"/>
       <c r="T21" s="31"/>
       <c r="U21" s="31"/>
       <c r="V21" s="31"/>
       <c r="W21" s="31"/>
       <c r="X21" s="31"/>
@@ -7986,52 +8103,61 @@
       </c>
       <c r="FD21" s="35">
         <v>2.72</v>
       </c>
       <c r="FE21" s="35">
         <v>2.95</v>
       </c>
       <c r="FF21" s="35">
         <v>2.96</v>
       </c>
       <c r="FG21" s="35">
         <v>2.84</v>
       </c>
       <c r="FH21" s="35">
         <v>2.71</v>
       </c>
       <c r="FI21" s="35">
         <v>2.77</v>
       </c>
       <c r="FJ21" s="35">
         <v>2.78</v>
       </c>
       <c r="FK21" s="35">
         <v>2.74</v>
       </c>
+      <c r="FL21" s="35">
+        <v>2.75</v>
+      </c>
+      <c r="FM21" s="35">
+        <v>2.74</v>
+      </c>
+      <c r="FN21" s="35">
+        <v>2.75</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="31"/>
       <c r="M22" s="31"/>
       <c r="N22" s="31"/>
       <c r="O22" s="31"/>
       <c r="P22" s="31"/>
       <c r="Q22" s="31"/>
       <c r="R22" s="31"/>
       <c r="S22" s="31"/>
       <c r="T22" s="31"/>
       <c r="U22" s="31"/>
       <c r="V22" s="31"/>
       <c r="W22" s="31"/>
       <c r="X22" s="31"/>
@@ -8220,52 +8346,61 @@
       </c>
       <c r="FD22" s="35">
         <v>3.32</v>
       </c>
       <c r="FE22" s="35">
         <v>3.05</v>
       </c>
       <c r="FF22" s="35">
         <v>2.97</v>
       </c>
       <c r="FG22" s="35">
         <v>2.91</v>
       </c>
       <c r="FH22" s="35">
         <v>2.98</v>
       </c>
       <c r="FI22" s="35">
         <v>3</v>
       </c>
       <c r="FJ22" s="35">
         <v>3.07</v>
       </c>
       <c r="FK22" s="35">
         <v>2.98</v>
       </c>
+      <c r="FL22" s="35">
+        <v>3</v>
+      </c>
+      <c r="FM22" s="35">
+        <v>2.98</v>
+      </c>
+      <c r="FN22" s="35">
+        <v>2.9</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="31"/>
       <c r="D23" s="31"/>
       <c r="E23" s="31"/>
       <c r="F23" s="31"/>
       <c r="G23" s="31"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="31"/>
       <c r="L23" s="31"/>
       <c r="M23" s="31"/>
       <c r="N23" s="31"/>
       <c r="O23" s="31"/>
       <c r="P23" s="31"/>
       <c r="Q23" s="31"/>
       <c r="R23" s="31"/>
       <c r="S23" s="31"/>
       <c r="T23" s="31"/>
       <c r="U23" s="31"/>
       <c r="V23" s="31"/>
       <c r="W23" s="31"/>
       <c r="X23" s="31"/>
@@ -8454,52 +8589,61 @@
       </c>
       <c r="FD23" s="35">
         <v>3.65</v>
       </c>
       <c r="FE23" s="35">
         <v>3.18</v>
       </c>
       <c r="FF23" s="35">
         <v>2.93</v>
       </c>
       <c r="FG23" s="35">
         <v>2.91</v>
       </c>
       <c r="FH23" s="35">
         <v>2.91</v>
       </c>
       <c r="FI23" s="35">
         <v>2.93</v>
       </c>
       <c r="FJ23" s="35">
         <v>2.97</v>
       </c>
       <c r="FK23" s="35">
         <v>2.98</v>
       </c>
+      <c r="FL23" s="35">
+        <v>3</v>
+      </c>
+      <c r="FM23" s="35">
+        <v>3.03</v>
+      </c>
+      <c r="FN23" s="35">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="31"/>
       <c r="D24" s="31"/>
       <c r="E24" s="31"/>
       <c r="F24" s="31"/>
       <c r="G24" s="31"/>
       <c r="H24" s="31"/>
       <c r="I24" s="31"/>
       <c r="J24" s="31"/>
       <c r="K24" s="31"/>
       <c r="L24" s="31"/>
       <c r="M24" s="31"/>
       <c r="N24" s="31"/>
       <c r="O24" s="31"/>
       <c r="P24" s="31"/>
       <c r="Q24" s="31"/>
       <c r="R24" s="31"/>
       <c r="S24" s="31"/>
       <c r="T24" s="31"/>
       <c r="U24" s="31"/>
       <c r="V24" s="31"/>
       <c r="W24" s="31"/>
       <c r="X24" s="31"/>
@@ -8688,52 +8832,61 @@
       </c>
       <c r="FD24" s="35">
         <v>3.65</v>
       </c>
       <c r="FE24" s="35">
         <v>3.18</v>
       </c>
       <c r="FF24" s="35">
         <v>2.93</v>
       </c>
       <c r="FG24" s="35">
         <v>2.91</v>
       </c>
       <c r="FH24" s="35">
         <v>2.91</v>
       </c>
       <c r="FI24" s="35">
         <v>2.93</v>
       </c>
       <c r="FJ24" s="35">
         <v>2.98</v>
       </c>
       <c r="FK24" s="35">
         <v>2.98</v>
       </c>
+      <c r="FL24" s="35">
+        <v>3.01</v>
+      </c>
+      <c r="FM24" s="35">
+        <v>3.03</v>
+      </c>
+      <c r="FN24" s="35">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="31"/>
       <c r="L25" s="31"/>
       <c r="M25" s="31"/>
       <c r="N25" s="31"/>
       <c r="O25" s="31"/>
       <c r="P25" s="31"/>
       <c r="Q25" s="31"/>
       <c r="R25" s="31"/>
       <c r="S25" s="31"/>
       <c r="T25" s="31"/>
       <c r="U25" s="31"/>
       <c r="V25" s="31"/>
       <c r="W25" s="31"/>
       <c r="X25" s="31"/>
@@ -8922,52 +9075,61 @@
       </c>
       <c r="FD25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FE25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FF25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FG25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FH25" s="41">
         <v>3.14</v>
       </c>
       <c r="FI25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FJ25" s="41" t="s">
         <v>9</v>
       </c>
       <c r="FK25" s="41" t="s">
         <v>9</v>
       </c>
+      <c r="FL25" s="41">
+        <v>2.89</v>
+      </c>
+      <c r="FM25" s="41" t="s">
+        <v>9</v>
+      </c>
+      <c r="FN25" s="41" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="31"/>
       <c r="K26" s="31"/>
       <c r="L26" s="31"/>
       <c r="M26" s="31"/>
       <c r="N26" s="31"/>
       <c r="O26" s="31"/>
       <c r="P26" s="31"/>
       <c r="Q26" s="31"/>
       <c r="R26" s="31"/>
       <c r="S26" s="31"/>
       <c r="T26" s="31"/>
       <c r="U26" s="31"/>
       <c r="V26" s="31"/>
       <c r="W26" s="31"/>
       <c r="X26" s="31"/>
@@ -9156,52 +9318,61 @@
       </c>
       <c r="FD26" s="35">
         <v>3.65</v>
       </c>
       <c r="FE26" s="35">
         <v>3.18</v>
       </c>
       <c r="FF26" s="35">
         <v>2.93</v>
       </c>
       <c r="FG26" s="35">
         <v>2.91</v>
       </c>
       <c r="FH26" s="35">
         <v>2.91</v>
       </c>
       <c r="FI26" s="35">
         <v>2.93</v>
       </c>
       <c r="FJ26" s="35">
         <v>2.98</v>
       </c>
       <c r="FK26" s="35">
         <v>2.98</v>
       </c>
+      <c r="FL26" s="35">
+        <v>3.01</v>
+      </c>
+      <c r="FM26" s="35">
+        <v>3.03</v>
+      </c>
+      <c r="FN26" s="35">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="31">
         <v>8.68</v>
       </c>
       <c r="D27" s="31">
         <v>8.43</v>
       </c>
       <c r="E27" s="31">
         <v>8.75</v>
       </c>
       <c r="F27" s="31">
         <v>8.98</v>
       </c>
       <c r="G27" s="31">
         <v>8.9700000000000006</v>
       </c>
       <c r="H27" s="31">
         <v>9.0399999999999991</v>
       </c>
       <c r="I27" s="31">
         <v>8.98</v>
       </c>
       <c r="J27" s="31">
@@ -9656,52 +9827,61 @@
       </c>
       <c r="FD27" s="35">
         <v>5.73</v>
       </c>
       <c r="FE27" s="35">
         <v>5.71</v>
       </c>
       <c r="FF27" s="35">
         <v>5.69</v>
       </c>
       <c r="FG27" s="35">
         <v>5.63</v>
       </c>
       <c r="FH27" s="35">
         <v>5.65</v>
       </c>
       <c r="FI27" s="35">
         <v>5.57</v>
       </c>
       <c r="FJ27" s="35">
         <v>5.56</v>
       </c>
       <c r="FK27" s="35">
         <v>5.51</v>
       </c>
+      <c r="FL27" s="35">
+        <v>5.42</v>
+      </c>
+      <c r="FM27" s="35">
+        <v>5.35</v>
+      </c>
+      <c r="FN27" s="35">
+        <v>5.34</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
       <c r="L28" s="31"/>
       <c r="M28" s="31"/>
       <c r="N28" s="31"/>
       <c r="O28" s="31"/>
       <c r="P28" s="31"/>
       <c r="Q28" s="31"/>
       <c r="R28" s="31"/>
       <c r="S28" s="31"/>
       <c r="T28" s="31"/>
       <c r="U28" s="31"/>
       <c r="V28" s="31"/>
       <c r="W28" s="31"/>
       <c r="X28" s="31"/>
@@ -9890,52 +10070,61 @@
       </c>
       <c r="FD28" s="35">
         <v>5.62</v>
       </c>
       <c r="FE28" s="35">
         <v>5.75</v>
       </c>
       <c r="FF28" s="35">
         <v>5.58</v>
       </c>
       <c r="FG28" s="35">
         <v>5.65</v>
       </c>
       <c r="FH28" s="35">
         <v>5.44</v>
       </c>
       <c r="FI28" s="35">
         <v>5.45</v>
       </c>
       <c r="FJ28" s="35">
         <v>5.4</v>
       </c>
       <c r="FK28" s="35">
         <v>5.4</v>
       </c>
+      <c r="FL28" s="35">
+        <v>4.93</v>
+      </c>
+      <c r="FM28" s="35">
+        <v>5.47</v>
+      </c>
+      <c r="FN28" s="35">
+        <v>5.07</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J29" s="31" t="s">
@@ -10390,52 +10579,61 @@
       </c>
       <c r="FD29" s="35">
         <v>5.9</v>
       </c>
       <c r="FE29" s="35">
         <v>5.95</v>
       </c>
       <c r="FF29" s="35">
         <v>5.86</v>
       </c>
       <c r="FG29" s="35">
         <v>5.88</v>
       </c>
       <c r="FH29" s="35">
         <v>5.88</v>
       </c>
       <c r="FI29" s="35">
         <v>5.82</v>
       </c>
       <c r="FJ29" s="35">
         <v>5.68</v>
       </c>
       <c r="FK29" s="35">
         <v>5.63</v>
       </c>
+      <c r="FL29" s="35">
+        <v>5.63</v>
+      </c>
+      <c r="FM29" s="35">
+        <v>5.49</v>
+      </c>
+      <c r="FN29" s="35">
+        <v>5.52</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J30" s="31" t="s">
@@ -10890,52 +11088,61 @@
       </c>
       <c r="FD30" s="35">
         <v>5.67</v>
       </c>
       <c r="FE30" s="35">
         <v>5.61</v>
       </c>
       <c r="FF30" s="35">
         <v>5.63</v>
       </c>
       <c r="FG30" s="35">
         <v>5.53</v>
       </c>
       <c r="FH30" s="35">
         <v>5.58</v>
       </c>
       <c r="FI30" s="35">
         <v>5.48</v>
       </c>
       <c r="FJ30" s="35">
         <v>5.53</v>
       </c>
       <c r="FK30" s="35">
         <v>5.47</v>
       </c>
+      <c r="FL30" s="35">
+        <v>5.39</v>
+      </c>
+      <c r="FM30" s="35">
+        <v>5.3</v>
+      </c>
+      <c r="FN30" s="35">
+        <v>5.31</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J31" s="31" t="s">
@@ -11390,52 +11597,61 @@
       </c>
       <c r="FD31" s="35">
         <v>5.88</v>
       </c>
       <c r="FE31" s="35">
         <v>5.88</v>
       </c>
       <c r="FF31" s="35">
         <v>5.84</v>
       </c>
       <c r="FG31" s="35">
         <v>5.76</v>
       </c>
       <c r="FH31" s="35">
         <v>5.81</v>
       </c>
       <c r="FI31" s="35">
         <v>5.76</v>
       </c>
       <c r="FJ31" s="35">
         <v>5.73</v>
       </c>
       <c r="FK31" s="35">
         <v>5.73</v>
       </c>
+      <c r="FL31" s="35">
+        <v>5.57</v>
+      </c>
+      <c r="FM31" s="35">
+        <v>5.53</v>
+      </c>
+      <c r="FN31" s="35">
+        <v>5.57</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I32" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J32" s="31" t="s">
@@ -11890,52 +12106,61 @@
       </c>
       <c r="FD32" s="35">
         <v>5.6</v>
       </c>
       <c r="FE32" s="35">
         <v>6.25</v>
       </c>
       <c r="FF32" s="35">
         <v>6.17</v>
       </c>
       <c r="FG32" s="35">
         <v>5.85</v>
       </c>
       <c r="FH32" s="35">
         <v>6.16</v>
       </c>
       <c r="FI32" s="35">
         <v>6.08</v>
       </c>
       <c r="FJ32" s="35">
         <v>5.81</v>
       </c>
       <c r="FK32" s="35">
         <v>5.79</v>
       </c>
+      <c r="FL32" s="35">
+        <v>5.32</v>
+      </c>
+      <c r="FM32" s="35">
+        <v>5.77</v>
+      </c>
+      <c r="FN32" s="35">
+        <v>5.64</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I33" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J33" s="31" t="s">
@@ -12390,52 +12615,61 @@
       </c>
       <c r="FD33" s="35">
         <v>6.02</v>
       </c>
       <c r="FE33" s="35">
         <v>6.1</v>
       </c>
       <c r="FF33" s="35">
         <v>6.06</v>
       </c>
       <c r="FG33" s="35">
         <v>6</v>
       </c>
       <c r="FH33" s="35">
         <v>6.02</v>
       </c>
       <c r="FI33" s="35">
         <v>5.9</v>
       </c>
       <c r="FJ33" s="35">
         <v>5.79</v>
       </c>
       <c r="FK33" s="35">
         <v>5.78</v>
       </c>
+      <c r="FL33" s="35">
+        <v>5.69</v>
+      </c>
+      <c r="FM33" s="35">
+        <v>5.66</v>
+      </c>
+      <c r="FN33" s="35">
+        <v>5.7</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I34" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J34" s="31" t="s">
@@ -12890,52 +13124,61 @@
       </c>
       <c r="FD34" s="35">
         <v>5.82</v>
       </c>
       <c r="FE34" s="35">
         <v>5.79</v>
       </c>
       <c r="FF34" s="35">
         <v>5.75</v>
       </c>
       <c r="FG34" s="35">
         <v>5.67</v>
       </c>
       <c r="FH34" s="35">
         <v>5.73</v>
       </c>
       <c r="FI34" s="35">
         <v>5.7</v>
       </c>
       <c r="FJ34" s="35">
         <v>5.71</v>
       </c>
       <c r="FK34" s="35">
         <v>5.71</v>
       </c>
+      <c r="FL34" s="35">
+        <v>5.54</v>
+      </c>
+      <c r="FM34" s="35">
+        <v>5.49</v>
+      </c>
+      <c r="FN34" s="35">
+        <v>5.54</v>
+      </c>
     </row>
-    <row r="35" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="J35" s="31" t="s">
@@ -13390,52 +13633,61 @@
       </c>
       <c r="FD35" s="35">
         <v>5.88</v>
       </c>
       <c r="FE35" s="35">
         <v>5.88</v>
       </c>
       <c r="FF35" s="35">
         <v>5.84</v>
       </c>
       <c r="FG35" s="35">
         <v>5.76</v>
       </c>
       <c r="FH35" s="35">
         <v>5.81</v>
       </c>
       <c r="FI35" s="35">
         <v>5.76</v>
       </c>
       <c r="FJ35" s="35">
         <v>5.73</v>
       </c>
       <c r="FK35" s="35">
         <v>5.73</v>
       </c>
+      <c r="FL35" s="35">
+        <v>5.57</v>
+      </c>
+      <c r="FM35" s="35">
+        <v>5.54</v>
+      </c>
+      <c r="FN35" s="35">
+        <v>5.59</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="24" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="33">
         <v>7.09</v>
       </c>
       <c r="D36" s="33">
         <v>7.58</v>
       </c>
       <c r="E36" s="33">
         <v>7.87</v>
       </c>
       <c r="F36" s="33">
         <v>7.3</v>
       </c>
       <c r="G36" s="33">
         <v>7.22</v>
       </c>
       <c r="H36" s="33">
         <v>8.01</v>
       </c>
       <c r="I36" s="33">
         <v>7.25</v>
       </c>
       <c r="J36" s="33">
@@ -13890,52 +14142,61 @@
       </c>
       <c r="FD36" s="37">
         <v>5.31</v>
       </c>
       <c r="FE36" s="37">
         <v>5.18</v>
       </c>
       <c r="FF36" s="37">
         <v>5.27</v>
       </c>
       <c r="FG36" s="37">
         <v>5.22</v>
       </c>
       <c r="FH36" s="37">
         <v>5.19</v>
       </c>
       <c r="FI36" s="37">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ36" s="37">
         <v>4.99</v>
       </c>
       <c r="FK36" s="37">
         <v>4.8</v>
       </c>
+      <c r="FL36" s="37">
+        <v>4.71</v>
+      </c>
+      <c r="FM36" s="37">
+        <v>5.16</v>
+      </c>
+      <c r="FN36" s="37">
+        <v>4.74</v>
+      </c>
     </row>
-    <row r="37" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="2"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
       <c r="K37" s="6"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
       <c r="Q37" s="6"/>
       <c r="R37" s="6"/>
       <c r="S37" s="6"/>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
       <c r="W37" s="6"/>
       <c r="X37" s="6"/>
       <c r="Y37" s="6"/>
       <c r="Z37" s="6"/>
@@ -14028,60 +14289,60 @@
       <c r="DI37" s="6"/>
       <c r="DJ37" s="6"/>
       <c r="DK37" s="6"/>
       <c r="DL37" s="6"/>
       <c r="DM37" s="6"/>
       <c r="DN37" s="6"/>
       <c r="DO37" s="6"/>
       <c r="DP37" s="6"/>
       <c r="DQ37" s="6"/>
       <c r="DR37" s="6"/>
       <c r="DS37" s="6"/>
       <c r="DT37" s="6"/>
       <c r="DU37" s="6"/>
       <c r="DV37" s="6"/>
       <c r="DW37" s="6"/>
       <c r="DX37" s="6"/>
       <c r="DY37" s="6"/>
       <c r="DZ37" s="6"/>
       <c r="EA37" s="6"/>
       <c r="EB37" s="6"/>
       <c r="EC37" s="6"/>
       <c r="ED37" s="6"/>
       <c r="EE37" s="6"/>
       <c r="EF37" s="7"/>
     </row>
-    <row r="38" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C38" s="13"/>
     </row>
-    <row r="39" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="13"/>
     </row>
-    <row r="40" spans="2:167" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:170" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="46"/>
       <c r="D40" s="43"/>
       <c r="E40" s="43"/>
       <c r="F40" s="43"/>
       <c r="G40" s="43"/>
       <c r="H40" s="43"/>
       <c r="I40" s="43"/>
       <c r="J40" s="43"/>
       <c r="K40" s="43"/>
       <c r="L40" s="43"/>
       <c r="M40" s="43"/>
       <c r="N40" s="43"/>
       <c r="O40" s="43"/>
       <c r="P40" s="43"/>
       <c r="Q40" s="43"/>
       <c r="R40" s="43"/>
       <c r="S40" s="43"/>
       <c r="T40" s="43"/>
       <c r="U40" s="43"/>
       <c r="V40" s="43"/>
       <c r="W40" s="43"/>
       <c r="X40" s="43"/>
@@ -14200,56 +14461,57 @@
       <c r="EG40" s="44"/>
       <c r="EH40" s="44"/>
       <c r="EI40" s="44"/>
       <c r="EJ40" s="44"/>
       <c r="EK40" s="44"/>
       <c r="EL40" s="44"/>
       <c r="EQ40" s="43"/>
       <c r="ER40" s="43"/>
       <c r="ES40" s="43"/>
       <c r="ET40" s="43"/>
       <c r="EU40" s="43"/>
       <c r="EV40" s="43"/>
       <c r="EW40" s="43"/>
       <c r="EX40" s="43"/>
       <c r="EY40" s="43"/>
       <c r="EZ40" s="43"/>
       <c r="FA40" s="43"/>
       <c r="FB40" s="43"/>
       <c r="FC40" s="43"/>
       <c r="FD40" s="43"/>
       <c r="FE40" s="43"/>
       <c r="FF40" s="43"/>
       <c r="FG40" s="43"/>
       <c r="FH40" s="43"/>
       <c r="FI40" s="43"/>
-      <c r="FJ40" s="43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ40" s="43"/>
       <c r="FK40" s="43"/>
+      <c r="FL40" s="43"/>
+      <c r="FM40" s="43"/>
+      <c r="FN40" s="43"/>
     </row>
-    <row r="41" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="25"/>
       <c r="C41" s="26">
         <v>40908</v>
       </c>
       <c r="D41" s="26">
         <v>40939</v>
       </c>
       <c r="E41" s="26">
         <v>40968</v>
       </c>
       <c r="F41" s="26">
         <v>40999</v>
       </c>
       <c r="G41" s="26">
         <v>41029</v>
       </c>
       <c r="H41" s="26">
         <v>41060</v>
       </c>
       <c r="I41" s="26">
         <v>41090</v>
       </c>
       <c r="J41" s="26">
         <v>41121</v>
       </c>
@@ -14702,52 +14964,61 @@
       </c>
       <c r="FD41" s="26">
         <v>45688</v>
       </c>
       <c r="FE41" s="26">
         <v>45716</v>
       </c>
       <c r="FF41" s="26">
         <v>45747</v>
       </c>
       <c r="FG41" s="26">
         <v>45777</v>
       </c>
       <c r="FH41" s="26">
         <v>45808</v>
       </c>
       <c r="FI41" s="26">
         <v>45838</v>
       </c>
       <c r="FJ41" s="26">
         <v>45869</v>
       </c>
       <c r="FK41" s="26">
         <v>45900</v>
       </c>
+      <c r="FL41" s="26">
+        <v>45930</v>
+      </c>
+      <c r="FM41" s="26">
+        <v>45961</v>
+      </c>
+      <c r="FN41" s="26">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C42" s="14">
         <v>1525.6063218100001</v>
       </c>
       <c r="D42" s="14">
         <v>1550.95537754</v>
       </c>
       <c r="E42" s="14">
         <v>1497.2731525300001</v>
       </c>
       <c r="F42" s="14">
         <v>1408.0824052400001</v>
       </c>
       <c r="G42" s="14">
         <v>1603.6633612199998</v>
       </c>
       <c r="H42" s="14">
         <v>1598.23846549</v>
       </c>
       <c r="I42" s="14">
         <v>1592.9510407300002</v>
       </c>
       <c r="J42" s="14">
@@ -15202,52 +15473,61 @@
       </c>
       <c r="FD42" s="14">
         <v>1389.8441523199999</v>
       </c>
       <c r="FE42" s="14">
         <v>1361.58874472</v>
       </c>
       <c r="FF42" s="14">
         <v>1393.9361879</v>
       </c>
       <c r="FG42" s="14">
         <v>1395.7512815799998</v>
       </c>
       <c r="FH42" s="14">
         <v>1399.4119116400002</v>
       </c>
       <c r="FI42" s="14">
         <v>1396.08279242</v>
       </c>
       <c r="FJ42" s="14">
         <v>1401.2741830299999</v>
       </c>
       <c r="FK42" s="14">
         <v>1403.2636346400002</v>
       </c>
+      <c r="FL42" s="14">
+        <v>1414.49262634</v>
+      </c>
+      <c r="FM42" s="14">
+        <v>1443.9658884600001</v>
+      </c>
+      <c r="FN42" s="14">
+        <v>1469.6185146199998</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="14">
         <v>13.22617958</v>
       </c>
       <c r="D43" s="14">
         <v>14.281804589999998</v>
       </c>
       <c r="E43" s="14">
         <v>14.844262219999999</v>
       </c>
       <c r="F43" s="14">
         <v>15.521686949999999</v>
       </c>
       <c r="G43" s="14">
         <v>15.596977120000002</v>
       </c>
       <c r="H43" s="14">
         <v>15.97096357</v>
       </c>
       <c r="I43" s="14">
         <v>15.89873021</v>
       </c>
       <c r="J43" s="14">
@@ -15702,52 +15982,61 @@
       </c>
       <c r="FD43" s="14">
         <v>21.062092629999999</v>
       </c>
       <c r="FE43" s="14">
         <v>15.744634869999999</v>
       </c>
       <c r="FF43" s="14">
         <v>20.74316503</v>
       </c>
       <c r="FG43" s="14">
         <v>23.296725170000002</v>
       </c>
       <c r="FH43" s="14">
         <v>25.815303850000003</v>
       </c>
       <c r="FI43" s="14">
         <v>28.674196590000001</v>
       </c>
       <c r="FJ43" s="14">
         <v>28.386451530000002</v>
       </c>
       <c r="FK43" s="14">
         <v>28.79966804</v>
       </c>
+      <c r="FL43" s="14">
+        <v>23.958827469999999</v>
+      </c>
+      <c r="FM43" s="14">
+        <v>23.613569699999999</v>
+      </c>
+      <c r="FN43" s="14">
+        <v>26.6971737</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="14">
         <v>903.71815790999995</v>
       </c>
       <c r="D44" s="14">
         <v>933.11043369000004</v>
       </c>
       <c r="E44" s="14">
         <v>890.45954089000008</v>
       </c>
       <c r="F44" s="14">
         <v>877.20173236999995</v>
       </c>
       <c r="G44" s="14">
         <v>984.89227955999991</v>
       </c>
       <c r="H44" s="14">
         <v>985.45362942000008</v>
       </c>
       <c r="I44" s="14">
         <v>984.81860848999997</v>
       </c>
       <c r="J44" s="14">
@@ -16202,52 +16491,61 @@
       </c>
       <c r="FD44" s="14">
         <v>689.47505175000003</v>
       </c>
       <c r="FE44" s="14">
         <v>681.86372958000004</v>
       </c>
       <c r="FF44" s="14">
         <v>696.92131721999999</v>
       </c>
       <c r="FG44" s="14">
         <v>689.93259367999997</v>
       </c>
       <c r="FH44" s="14">
         <v>684.96222595000006</v>
       </c>
       <c r="FI44" s="14">
         <v>678.91546736999999</v>
       </c>
       <c r="FJ44" s="14">
         <v>685.23446123999997</v>
       </c>
       <c r="FK44" s="14">
         <v>696.8901854500001</v>
       </c>
+      <c r="FL44" s="14">
+        <v>706.30235216999995</v>
+      </c>
+      <c r="FM44" s="14">
+        <v>718.56605462000005</v>
+      </c>
+      <c r="FN44" s="14">
+        <v>729.90428815999996</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C45" s="14">
         <v>523.56615586000009</v>
       </c>
       <c r="D45" s="14">
         <v>521.32994552000002</v>
       </c>
       <c r="E45" s="14">
         <v>514.16555230000006</v>
       </c>
       <c r="F45" s="14">
         <v>434.11006001999999</v>
       </c>
       <c r="G45" s="14">
         <v>510.21132115</v>
       </c>
       <c r="H45" s="14">
         <v>510.03023796000002</v>
       </c>
       <c r="I45" s="14">
         <v>507.46751269999999</v>
       </c>
       <c r="J45" s="14">
@@ -16702,52 +17000,61 @@
       </c>
       <c r="FD45" s="14">
         <v>533.65917374000003</v>
       </c>
       <c r="FE45" s="14">
         <v>523.37263783000003</v>
       </c>
       <c r="FF45" s="14">
         <v>524.9569391</v>
       </c>
       <c r="FG45" s="14">
         <v>528.57196907000002</v>
       </c>
       <c r="FH45" s="14">
         <v>531.15154804999997</v>
       </c>
       <c r="FI45" s="14">
         <v>529.7732287</v>
       </c>
       <c r="FJ45" s="14">
         <v>528.62570489999996</v>
       </c>
       <c r="FK45" s="14">
         <v>522.65110214999993</v>
       </c>
+      <c r="FL45" s="14">
+        <v>525.82431568000004</v>
+      </c>
+      <c r="FM45" s="14">
+        <v>534.00780870999995</v>
+      </c>
+      <c r="FN45" s="14">
+        <v>541.85431497000002</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="14">
         <v>47.651115400000009</v>
       </c>
       <c r="D46" s="14">
         <v>50.302824030000004</v>
       </c>
       <c r="E46" s="14">
         <v>52.54438639</v>
       </c>
       <c r="F46" s="14">
         <v>49.371779400000001</v>
       </c>
       <c r="G46" s="14">
         <v>54.657382470000002</v>
       </c>
       <c r="H46" s="14">
         <v>55.550563760000003</v>
       </c>
       <c r="I46" s="14">
         <v>54.613682289999993</v>
       </c>
       <c r="J46" s="14">
@@ -17202,52 +17509,61 @@
       </c>
       <c r="FD46" s="14">
         <v>42.604322479999993</v>
       </c>
       <c r="FE46" s="14">
         <v>44.619788659999998</v>
       </c>
       <c r="FF46" s="14">
         <v>46.717475189999995</v>
       </c>
       <c r="FG46" s="14">
         <v>47.5510989</v>
       </c>
       <c r="FH46" s="14">
         <v>45.294018860000001</v>
       </c>
       <c r="FI46" s="14">
         <v>44.22259038</v>
       </c>
       <c r="FJ46" s="14">
         <v>43.312024399999999</v>
       </c>
       <c r="FK46" s="14">
         <v>43.113035770000003</v>
       </c>
+      <c r="FL46" s="14">
+        <v>44.957716820000002</v>
+      </c>
+      <c r="FM46" s="14">
+        <v>43.61772113</v>
+      </c>
+      <c r="FN46" s="14">
+        <v>44.705805310000002</v>
+      </c>
     </row>
-    <row r="47" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C47" s="14">
         <v>0.86193783999999996</v>
       </c>
       <c r="D47" s="14">
         <v>0.99025929999999995</v>
       </c>
       <c r="E47" s="14">
         <v>1.4090961</v>
       </c>
       <c r="F47" s="14">
         <v>0.97022056999999995</v>
       </c>
       <c r="G47" s="14">
         <v>1.33612394</v>
       </c>
       <c r="H47" s="14">
         <v>1.69164146</v>
       </c>
       <c r="I47" s="14">
         <v>1.1021679099999999</v>
       </c>
       <c r="J47" s="14">
@@ -17702,52 +18018,61 @@
       </c>
       <c r="FD47" s="14">
         <v>1.7589333</v>
       </c>
       <c r="FE47" s="14">
         <v>1.93277381</v>
       </c>
       <c r="FF47" s="14">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG47" s="14">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH47" s="14">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI47" s="14">
         <v>2.41932233</v>
       </c>
       <c r="FJ47" s="14">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK47" s="14">
         <v>1.89385041</v>
       </c>
+      <c r="FL47" s="14">
+        <v>2.2017432299999999</v>
+      </c>
+      <c r="FM47" s="14">
+        <v>2.1490534500000003</v>
+      </c>
+      <c r="FN47" s="14">
+        <v>1.2574747500000001</v>
+      </c>
     </row>
-    <row r="48" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="14"/>
       <c r="D48" s="14"/>
       <c r="E48" s="14"/>
       <c r="F48" s="14"/>
       <c r="G48" s="14"/>
       <c r="H48" s="14"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="14"/>
       <c r="L48" s="14"/>
       <c r="M48" s="14"/>
       <c r="N48" s="14"/>
       <c r="O48" s="14"/>
       <c r="P48" s="14"/>
       <c r="Q48" s="14"/>
       <c r="R48" s="14"/>
       <c r="S48" s="14"/>
       <c r="T48" s="14"/>
       <c r="U48" s="14"/>
       <c r="V48" s="14"/>
       <c r="W48" s="14"/>
       <c r="X48" s="14"/>
@@ -17936,52 +18261,61 @@
       </c>
       <c r="FD48" s="14">
         <v>4.5853500000000002E-3</v>
       </c>
       <c r="FE48" s="14">
         <v>1.2697450000000001E-2</v>
       </c>
       <c r="FF48" s="14">
         <v>1.2975260000000001E-2</v>
       </c>
       <c r="FG48" s="14">
         <v>7.5286800000000003E-3</v>
       </c>
       <c r="FH48" s="14">
         <v>3.4544599999999999E-3</v>
       </c>
       <c r="FI48" s="14">
         <v>2.0272200000000002E-3</v>
       </c>
       <c r="FJ48" s="14">
         <v>2.53089E-3</v>
       </c>
       <c r="FK48" s="14">
         <v>9.2037E-4</v>
       </c>
+      <c r="FL48" s="14">
+        <v>5.4718299999999996E-3</v>
+      </c>
+      <c r="FM48" s="14">
+        <v>1.0947709999999999E-2</v>
+      </c>
+      <c r="FN48" s="14">
+        <v>3.0526300000000002E-3</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C49" s="14"/>
       <c r="D49" s="14"/>
       <c r="E49" s="14"/>
       <c r="F49" s="14"/>
       <c r="G49" s="14"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="14"/>
       <c r="L49" s="14"/>
       <c r="M49" s="14"/>
       <c r="N49" s="14"/>
       <c r="O49" s="14"/>
       <c r="P49" s="14"/>
       <c r="Q49" s="14"/>
       <c r="R49" s="14"/>
       <c r="S49" s="14"/>
       <c r="T49" s="14"/>
       <c r="U49" s="14"/>
       <c r="V49" s="14"/>
       <c r="W49" s="14"/>
       <c r="X49" s="14"/>
@@ -18170,52 +18504,61 @@
       </c>
       <c r="FD49" s="14">
         <v>0.51047971000000003</v>
       </c>
       <c r="FE49" s="14">
         <v>0.41939641999999999</v>
       </c>
       <c r="FF49" s="14">
         <v>0.39900734000000004</v>
       </c>
       <c r="FG49" s="14">
         <v>0.40408477000000004</v>
       </c>
       <c r="FH49" s="14">
         <v>0.62156774000000004</v>
       </c>
       <c r="FI49" s="14">
         <v>0.37877063999999999</v>
       </c>
       <c r="FJ49" s="14">
         <v>0.41187649999999998</v>
       </c>
       <c r="FK49" s="14">
         <v>0.49158479999999999</v>
       </c>
+      <c r="FL49" s="14">
+        <v>0.44439640999999996</v>
+      </c>
+      <c r="FM49" s="14">
+        <v>0.46900825000000002</v>
+      </c>
+      <c r="FN49" s="14">
+        <v>0.17644441</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="14"/>
       <c r="L50" s="14"/>
       <c r="M50" s="14"/>
       <c r="N50" s="14"/>
       <c r="O50" s="14"/>
       <c r="P50" s="14"/>
       <c r="Q50" s="14"/>
       <c r="R50" s="14"/>
       <c r="S50" s="14"/>
       <c r="T50" s="14"/>
       <c r="U50" s="14"/>
       <c r="V50" s="14"/>
       <c r="W50" s="14"/>
       <c r="X50" s="14"/>
@@ -18404,52 +18747,61 @@
       </c>
       <c r="FD50" s="14">
         <v>1.2438682400000001</v>
       </c>
       <c r="FE50" s="14">
         <v>1.5006799399999999</v>
       </c>
       <c r="FF50" s="14">
         <v>1.0303146299999999</v>
       </c>
       <c r="FG50" s="14">
         <v>1.9105390900000001</v>
       </c>
       <c r="FH50" s="14">
         <v>1.6936150300000001</v>
       </c>
       <c r="FI50" s="14">
         <v>2.03852447</v>
       </c>
       <c r="FJ50" s="14">
         <v>1.6881833899999998</v>
       </c>
       <c r="FK50" s="14">
         <v>1.4013452399999999</v>
       </c>
+      <c r="FL50" s="14">
+        <v>1.7518749899999999</v>
+      </c>
+      <c r="FM50" s="14">
+        <v>1.66909749</v>
+      </c>
+      <c r="FN50" s="14">
+        <v>1.0779777099999999</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="14"/>
       <c r="D51" s="14"/>
       <c r="E51" s="14"/>
       <c r="F51" s="14"/>
       <c r="G51" s="14"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="14"/>
       <c r="L51" s="14"/>
       <c r="M51" s="14"/>
       <c r="N51" s="14"/>
       <c r="O51" s="14"/>
       <c r="P51" s="14"/>
       <c r="Q51" s="14"/>
       <c r="R51" s="14"/>
       <c r="S51" s="14"/>
       <c r="T51" s="14"/>
       <c r="U51" s="14"/>
       <c r="V51" s="14"/>
       <c r="W51" s="14"/>
       <c r="X51" s="14"/>
@@ -18638,52 +18990,61 @@
       </c>
       <c r="FD51" s="14">
         <v>1.7589333</v>
       </c>
       <c r="FE51" s="14">
         <v>1.93277381</v>
       </c>
       <c r="FF51" s="14">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG51" s="14">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH51" s="14">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI51" s="14">
         <v>2.41932233</v>
       </c>
       <c r="FJ51" s="14">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK51" s="14">
         <v>1.89385041</v>
       </c>
+      <c r="FL51" s="14">
+        <v>2.2017432299999999</v>
+      </c>
+      <c r="FM51" s="14">
+        <v>2.1433534500000002</v>
+      </c>
+      <c r="FN51" s="14">
+        <v>1.2574747500000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C52" s="14">
         <v>47.606623769999999</v>
       </c>
       <c r="D52" s="14">
         <v>39.404511200000002</v>
       </c>
       <c r="E52" s="14">
         <v>53.277497969999999</v>
       </c>
       <c r="F52" s="14">
         <v>69.354271589999996</v>
       </c>
       <c r="G52" s="14">
         <v>56.432360269999997</v>
       </c>
       <c r="H52" s="14">
         <v>66.899817900000002</v>
       </c>
       <c r="I52" s="14">
         <v>57.790311520000003</v>
       </c>
       <c r="J52" s="14">
@@ -19138,52 +19499,61 @@
       </c>
       <c r="FD52" s="14">
         <v>269.88090541000003</v>
       </c>
       <c r="FE52" s="14">
         <v>275.49356889000001</v>
       </c>
       <c r="FF52" s="14">
         <v>440.99441967000001</v>
       </c>
       <c r="FG52" s="14">
         <v>584.70863340999995</v>
       </c>
       <c r="FH52" s="14">
         <v>651.14445674000001</v>
       </c>
       <c r="FI52" s="14">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ52" s="14">
         <v>323.06746545999999</v>
       </c>
       <c r="FK52" s="14">
         <v>251.56757563999997</v>
       </c>
+      <c r="FL52" s="14">
+        <v>306.37076393000001</v>
+      </c>
+      <c r="FM52" s="14">
+        <v>320.49897258999999</v>
+      </c>
+      <c r="FN52" s="14">
+        <v>291.94455780999999</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C53" s="14"/>
       <c r="D53" s="14"/>
       <c r="E53" s="14"/>
       <c r="F53" s="14"/>
       <c r="G53" s="14"/>
       <c r="H53" s="14"/>
       <c r="I53" s="14"/>
       <c r="J53" s="14"/>
       <c r="K53" s="14"/>
       <c r="L53" s="14"/>
       <c r="M53" s="14"/>
       <c r="N53" s="14"/>
       <c r="O53" s="14"/>
       <c r="P53" s="14"/>
       <c r="Q53" s="14"/>
       <c r="R53" s="14"/>
       <c r="S53" s="14"/>
       <c r="T53" s="14"/>
       <c r="U53" s="14"/>
       <c r="V53" s="14"/>
       <c r="W53" s="14"/>
       <c r="X53" s="14"/>
@@ -19372,52 +19742,61 @@
       </c>
       <c r="FD53" s="14">
         <v>8.1510742900000004</v>
       </c>
       <c r="FE53" s="14">
         <v>8.4782000199999992</v>
       </c>
       <c r="FF53" s="14">
         <v>12.75749961</v>
       </c>
       <c r="FG53" s="14">
         <v>20.90750646</v>
       </c>
       <c r="FH53" s="14">
         <v>16.331826150000001</v>
       </c>
       <c r="FI53" s="14">
         <v>12.427421109999999</v>
       </c>
       <c r="FJ53" s="14">
         <v>5.7568800900000001</v>
       </c>
       <c r="FK53" s="14">
         <v>5.45444525</v>
       </c>
+      <c r="FL53" s="14">
+        <v>6.9802090099999994</v>
+      </c>
+      <c r="FM53" s="14">
+        <v>6.6054709300000001</v>
+      </c>
+      <c r="FN53" s="14">
+        <v>8.4052469999999992</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C54" s="14"/>
       <c r="D54" s="14"/>
       <c r="E54" s="14"/>
       <c r="F54" s="14"/>
       <c r="G54" s="14"/>
       <c r="H54" s="14"/>
       <c r="I54" s="14"/>
       <c r="J54" s="14"/>
       <c r="K54" s="14"/>
       <c r="L54" s="14"/>
       <c r="M54" s="14"/>
       <c r="N54" s="14"/>
       <c r="O54" s="14"/>
       <c r="P54" s="14"/>
       <c r="Q54" s="14"/>
       <c r="R54" s="14"/>
       <c r="S54" s="14"/>
       <c r="T54" s="14"/>
       <c r="U54" s="14"/>
       <c r="V54" s="14"/>
       <c r="W54" s="14"/>
       <c r="X54" s="14"/>
@@ -19606,52 +19985,61 @@
       </c>
       <c r="FD54" s="14">
         <v>7.9913878399999998</v>
       </c>
       <c r="FE54" s="14">
         <v>7.2263213799999999</v>
       </c>
       <c r="FF54" s="14">
         <v>9.2073349699999998</v>
       </c>
       <c r="FG54" s="14">
         <v>10.53865738</v>
       </c>
       <c r="FH54" s="14">
         <v>10.11747757</v>
       </c>
       <c r="FI54" s="14">
         <v>14.816057800000001</v>
       </c>
       <c r="FJ54" s="14">
         <v>7.1753632000000005</v>
       </c>
       <c r="FK54" s="14">
         <v>5.9445572499999999</v>
       </c>
+      <c r="FL54" s="14">
+        <v>8.5538968999999998</v>
+      </c>
+      <c r="FM54" s="14">
+        <v>6.7961995399999999</v>
+      </c>
+      <c r="FN54" s="14">
+        <v>8.2361729300000004</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C55" s="14"/>
       <c r="D55" s="14"/>
       <c r="E55" s="14"/>
       <c r="F55" s="14"/>
       <c r="G55" s="14"/>
       <c r="H55" s="14"/>
       <c r="I55" s="14"/>
       <c r="J55" s="14"/>
       <c r="K55" s="14"/>
       <c r="L55" s="14"/>
       <c r="M55" s="14"/>
       <c r="N55" s="14"/>
       <c r="O55" s="14"/>
       <c r="P55" s="14"/>
       <c r="Q55" s="14"/>
       <c r="R55" s="14"/>
       <c r="S55" s="14"/>
       <c r="T55" s="14"/>
       <c r="U55" s="14"/>
       <c r="V55" s="14"/>
       <c r="W55" s="14"/>
       <c r="X55" s="14"/>
@@ -19840,52 +20228,61 @@
       </c>
       <c r="FD55" s="14">
         <v>11.7553108</v>
       </c>
       <c r="FE55" s="14">
         <v>10.080470500000001</v>
       </c>
       <c r="FF55" s="14">
         <v>17.477265420000002</v>
       </c>
       <c r="FG55" s="14">
         <v>18.108857530000002</v>
       </c>
       <c r="FH55" s="14">
         <v>22.964050510000003</v>
       </c>
       <c r="FI55" s="14">
         <v>24.953689870000002</v>
       </c>
       <c r="FJ55" s="14">
         <v>11.517904250000001</v>
       </c>
       <c r="FK55" s="14">
         <v>10.17284817</v>
       </c>
+      <c r="FL55" s="14">
+        <v>11.66506435</v>
+      </c>
+      <c r="FM55" s="14">
+        <v>16.846569629999998</v>
+      </c>
+      <c r="FN55" s="14">
+        <v>15.704755970000001</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C56" s="14"/>
       <c r="D56" s="14"/>
       <c r="E56" s="14"/>
       <c r="F56" s="14"/>
       <c r="G56" s="14"/>
       <c r="H56" s="14"/>
       <c r="I56" s="14"/>
       <c r="J56" s="14"/>
       <c r="K56" s="14"/>
       <c r="L56" s="14"/>
       <c r="M56" s="14"/>
       <c r="N56" s="14"/>
       <c r="O56" s="14"/>
       <c r="P56" s="14"/>
       <c r="Q56" s="14"/>
       <c r="R56" s="14"/>
       <c r="S56" s="14"/>
       <c r="T56" s="14"/>
       <c r="U56" s="14"/>
       <c r="V56" s="14"/>
       <c r="W56" s="14"/>
       <c r="X56" s="14"/>
@@ -20074,52 +20471,61 @@
       </c>
       <c r="FD56" s="14">
         <v>241.98313247999999</v>
       </c>
       <c r="FE56" s="14">
         <v>249.70857699000001</v>
       </c>
       <c r="FF56" s="14">
         <v>401.55231967000003</v>
       </c>
       <c r="FG56" s="14">
         <v>535.15361203999998</v>
       </c>
       <c r="FH56" s="14">
         <v>601.73110251000003</v>
       </c>
       <c r="FI56" s="14">
         <v>780.50770025999998</v>
       </c>
       <c r="FJ56" s="14">
         <v>298.61731792</v>
       </c>
       <c r="FK56" s="14">
         <v>229.99572497</v>
       </c>
+      <c r="FL56" s="14">
+        <v>279.17159366999999</v>
+      </c>
+      <c r="FM56" s="14">
+        <v>290.25073249000002</v>
+      </c>
+      <c r="FN56" s="14">
+        <v>259.59838191</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C57" s="14"/>
       <c r="D57" s="14"/>
       <c r="E57" s="14"/>
       <c r="F57" s="14"/>
       <c r="G57" s="14"/>
       <c r="H57" s="14"/>
       <c r="I57" s="14"/>
       <c r="J57" s="14"/>
       <c r="K57" s="14"/>
       <c r="L57" s="14"/>
       <c r="M57" s="14"/>
       <c r="N57" s="14"/>
       <c r="O57" s="14"/>
       <c r="P57" s="14"/>
       <c r="Q57" s="14"/>
       <c r="R57" s="14"/>
       <c r="S57" s="14"/>
       <c r="T57" s="14"/>
       <c r="U57" s="14"/>
       <c r="V57" s="14"/>
       <c r="W57" s="14"/>
       <c r="X57" s="14"/>
@@ -20308,52 +20714,61 @@
       </c>
       <c r="FD57" s="14">
         <v>250.27195033999999</v>
       </c>
       <c r="FE57" s="14">
         <v>257.23920439</v>
       </c>
       <c r="FF57" s="14">
         <v>416.99994430000004</v>
       </c>
       <c r="FG57" s="14">
         <v>552.33243700000003</v>
       </c>
       <c r="FH57" s="14">
         <v>623.10620988000005</v>
       </c>
       <c r="FI57" s="14">
         <v>806.09024649000003</v>
       </c>
       <c r="FJ57" s="14">
         <v>309.06225406999999</v>
       </c>
       <c r="FK57" s="14">
         <v>238.4083086</v>
       </c>
+      <c r="FL57" s="14">
+        <v>289.23288836</v>
+      </c>
+      <c r="FM57" s="14">
+        <v>301.16454735000002</v>
+      </c>
+      <c r="FN57" s="14">
+        <v>267.15513952999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="14"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14"/>
       <c r="F58" s="14"/>
       <c r="G58" s="14"/>
       <c r="H58" s="14"/>
       <c r="I58" s="14"/>
       <c r="J58" s="14"/>
       <c r="K58" s="14"/>
       <c r="L58" s="14"/>
       <c r="M58" s="14"/>
       <c r="N58" s="14"/>
       <c r="O58" s="14"/>
       <c r="P58" s="14"/>
       <c r="Q58" s="14"/>
       <c r="R58" s="14"/>
       <c r="S58" s="14"/>
       <c r="T58" s="14"/>
       <c r="U58" s="14"/>
       <c r="V58" s="14"/>
       <c r="W58" s="14"/>
       <c r="X58" s="14"/>
@@ -20542,52 +20957,61 @@
       </c>
       <c r="FD58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FE58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FF58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FG58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FH58" s="15">
         <v>0.04</v>
       </c>
       <c r="FI58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FJ58" s="15" t="s">
         <v>9</v>
       </c>
       <c r="FK58" s="15" t="s">
         <v>9</v>
       </c>
+      <c r="FL58" s="15">
+        <v>9.8442400000000006E-3</v>
+      </c>
+      <c r="FM58" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="FN58" s="15" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="14"/>
       <c r="D59" s="14"/>
       <c r="E59" s="14"/>
       <c r="F59" s="14"/>
       <c r="G59" s="14"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
       <c r="J59" s="14"/>
       <c r="K59" s="14"/>
       <c r="L59" s="14"/>
       <c r="M59" s="14"/>
       <c r="N59" s="14"/>
       <c r="O59" s="14"/>
       <c r="P59" s="14"/>
       <c r="Q59" s="14"/>
       <c r="R59" s="14"/>
       <c r="S59" s="14"/>
       <c r="T59" s="14"/>
       <c r="U59" s="14"/>
       <c r="V59" s="14"/>
       <c r="W59" s="14"/>
       <c r="X59" s="14"/>
@@ -20776,52 +21200,61 @@
       </c>
       <c r="FD59" s="14">
         <v>250.27195033999999</v>
       </c>
       <c r="FE59" s="14">
         <v>257.23920439</v>
       </c>
       <c r="FF59" s="14">
         <v>416.99994430000004</v>
       </c>
       <c r="FG59" s="14">
         <v>552.33243700000003</v>
       </c>
       <c r="FH59" s="14">
         <v>623.06620987999997</v>
       </c>
       <c r="FI59" s="14">
         <v>806.09024649000003</v>
       </c>
       <c r="FJ59" s="14">
         <v>309.06225406999999</v>
       </c>
       <c r="FK59" s="14">
         <v>238.4083086</v>
       </c>
+      <c r="FL59" s="14">
+        <v>289.22304412</v>
+      </c>
+      <c r="FM59" s="14">
+        <v>301.16454735000002</v>
+      </c>
+      <c r="FN59" s="14">
+        <v>267.15513952999999</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C60" s="14">
         <v>113.50978103999999</v>
       </c>
       <c r="D60" s="14">
         <v>109.52586878</v>
       </c>
       <c r="E60" s="14">
         <v>122.52922619</v>
       </c>
       <c r="F60" s="14">
         <v>146.50473435000001</v>
       </c>
       <c r="G60" s="14">
         <v>122.59999901</v>
       </c>
       <c r="H60" s="14">
         <v>144.8795428</v>
       </c>
       <c r="I60" s="14">
         <v>311.38302726000001</v>
       </c>
       <c r="J60" s="14">
@@ -21276,52 +21709,61 @@
       </c>
       <c r="FD60" s="14">
         <v>430.25662377999998</v>
       </c>
       <c r="FE60" s="14">
         <v>452.43393599000001</v>
       </c>
       <c r="FF60" s="14">
         <v>511.99270160000003</v>
       </c>
       <c r="FG60" s="14">
         <v>485.50352229999999</v>
       </c>
       <c r="FH60" s="14">
         <v>471.30003311000002</v>
       </c>
       <c r="FI60" s="14">
         <v>513.62057148999997</v>
       </c>
       <c r="FJ60" s="14">
         <v>402.53466297000006</v>
       </c>
       <c r="FK60" s="14">
         <v>336.71970332999996</v>
       </c>
+      <c r="FL60" s="14">
+        <v>458.61288931000001</v>
+      </c>
+      <c r="FM60" s="14">
+        <v>476.68641042000002</v>
+      </c>
+      <c r="FN60" s="14">
+        <v>394.50109227999997</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C61" s="14"/>
       <c r="D61" s="14"/>
       <c r="E61" s="14"/>
       <c r="F61" s="14"/>
       <c r="G61" s="14"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="14"/>
       <c r="L61" s="14"/>
       <c r="M61" s="14"/>
       <c r="N61" s="14"/>
       <c r="O61" s="14"/>
       <c r="P61" s="14"/>
       <c r="Q61" s="14"/>
       <c r="R61" s="14"/>
       <c r="S61" s="14"/>
       <c r="T61" s="14"/>
       <c r="U61" s="14"/>
       <c r="V61" s="14"/>
       <c r="W61" s="14"/>
       <c r="X61" s="14"/>
@@ -21510,52 +21952,61 @@
       </c>
       <c r="FD61" s="14">
         <v>25.92133261</v>
       </c>
       <c r="FE61" s="14">
         <v>19.47317885</v>
       </c>
       <c r="FF61" s="14">
         <v>26.280037629999999</v>
       </c>
       <c r="FG61" s="14">
         <v>20.327713690000003</v>
       </c>
       <c r="FH61" s="14">
         <v>20.173288660000001</v>
       </c>
       <c r="FI61" s="14">
         <v>21.625073920000002</v>
       </c>
       <c r="FJ61" s="14">
         <v>22.571648879999998</v>
       </c>
       <c r="FK61" s="14">
         <v>13.335460939999999</v>
       </c>
+      <c r="FL61" s="14">
+        <v>22.578275519999998</v>
+      </c>
+      <c r="FM61" s="14">
+        <v>22.984952870000001</v>
+      </c>
+      <c r="FN61" s="14">
+        <v>29.035127079999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C62" s="14"/>
       <c r="D62" s="14"/>
       <c r="E62" s="14"/>
       <c r="F62" s="14"/>
       <c r="G62" s="14"/>
       <c r="H62" s="14"/>
       <c r="I62" s="14"/>
       <c r="J62" s="14"/>
       <c r="K62" s="14"/>
       <c r="L62" s="14"/>
       <c r="M62" s="14"/>
       <c r="N62" s="14"/>
       <c r="O62" s="14"/>
       <c r="P62" s="14"/>
       <c r="Q62" s="14"/>
       <c r="R62" s="14"/>
       <c r="S62" s="14"/>
       <c r="T62" s="14"/>
       <c r="U62" s="14"/>
       <c r="V62" s="14"/>
       <c r="W62" s="14"/>
       <c r="X62" s="14"/>
@@ -21744,52 +22195,61 @@
       </c>
       <c r="FD62" s="14">
         <v>120.34563751</v>
       </c>
       <c r="FE62" s="14">
         <v>121.34032634</v>
       </c>
       <c r="FF62" s="14">
         <v>144.41161265</v>
       </c>
       <c r="FG62" s="14">
         <v>128.32068115000001</v>
       </c>
       <c r="FH62" s="14">
         <v>127.99115513</v>
       </c>
       <c r="FI62" s="14">
         <v>135.72099731</v>
       </c>
       <c r="FJ62" s="14">
         <v>99.066716909999997</v>
       </c>
       <c r="FK62" s="14">
         <v>82.059668950000002</v>
       </c>
+      <c r="FL62" s="14">
+        <v>102.38481596</v>
+      </c>
+      <c r="FM62" s="14">
+        <v>104.88841001999999</v>
+      </c>
+      <c r="FN62" s="14">
+        <v>84.461397950000006</v>
+      </c>
     </row>
-    <row r="63" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C63" s="14"/>
       <c r="D63" s="14"/>
       <c r="E63" s="14"/>
       <c r="F63" s="14"/>
       <c r="G63" s="14"/>
       <c r="H63" s="14"/>
       <c r="I63" s="14"/>
       <c r="J63" s="14"/>
       <c r="K63" s="14"/>
       <c r="L63" s="14"/>
       <c r="M63" s="14"/>
       <c r="N63" s="14"/>
       <c r="O63" s="14"/>
       <c r="P63" s="14"/>
       <c r="Q63" s="14"/>
       <c r="R63" s="14"/>
       <c r="S63" s="14"/>
       <c r="T63" s="14"/>
       <c r="U63" s="14"/>
       <c r="V63" s="14"/>
       <c r="W63" s="14"/>
       <c r="X63" s="14"/>
@@ -21978,52 +22438,61 @@
       </c>
       <c r="FD63" s="14">
         <v>283.98965366000004</v>
       </c>
       <c r="FE63" s="14">
         <v>311.62043080000001</v>
       </c>
       <c r="FF63" s="14">
         <v>341.30105132</v>
       </c>
       <c r="FG63" s="14">
         <v>336.85512746000001</v>
       </c>
       <c r="FH63" s="14">
         <v>323.13558932000001</v>
       </c>
       <c r="FI63" s="14">
         <v>356.27450025999997</v>
       </c>
       <c r="FJ63" s="14">
         <v>280.89629718000003</v>
       </c>
       <c r="FK63" s="14">
         <v>241.32457343999999</v>
       </c>
+      <c r="FL63" s="14">
+        <v>333.64979783000001</v>
+      </c>
+      <c r="FM63" s="14">
+        <v>348.81304752999995</v>
+      </c>
+      <c r="FN63" s="14">
+        <v>281.00456724999998</v>
+      </c>
     </row>
-    <row r="64" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="14"/>
       <c r="D64" s="14"/>
       <c r="E64" s="14"/>
       <c r="F64" s="14"/>
       <c r="G64" s="14"/>
       <c r="H64" s="14"/>
       <c r="I64" s="14"/>
       <c r="J64" s="14"/>
       <c r="K64" s="14"/>
       <c r="L64" s="14"/>
       <c r="M64" s="14"/>
       <c r="N64" s="14"/>
       <c r="O64" s="14"/>
       <c r="P64" s="14"/>
       <c r="Q64" s="14"/>
       <c r="R64" s="14"/>
       <c r="S64" s="14"/>
       <c r="T64" s="14"/>
       <c r="U64" s="14"/>
       <c r="V64" s="14"/>
       <c r="W64" s="14"/>
       <c r="X64" s="14"/>
@@ -22212,52 +22681,61 @@
       </c>
       <c r="FD64" s="14">
         <v>355.83145674999997</v>
       </c>
       <c r="FE64" s="14">
         <v>376.27519424000002</v>
       </c>
       <c r="FF64" s="14">
         <v>423.87714632000001</v>
       </c>
       <c r="FG64" s="14">
         <v>413.69433170999997</v>
       </c>
       <c r="FH64" s="14">
         <v>400.87171404000003</v>
       </c>
       <c r="FI64" s="14">
         <v>428.66988385000002</v>
       </c>
       <c r="FJ64" s="14">
         <v>335.94281348999999</v>
       </c>
       <c r="FK64" s="14">
         <v>274.41248511000003</v>
       </c>
+      <c r="FL64" s="14">
+        <v>388.46530058999997</v>
+      </c>
+      <c r="FM64" s="14">
+        <v>387.27373774</v>
+      </c>
+      <c r="FN64" s="14">
+        <v>310.05283768999999</v>
+      </c>
     </row>
-    <row r="65" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="14"/>
       <c r="D65" s="14"/>
       <c r="E65" s="14"/>
       <c r="F65" s="14"/>
       <c r="G65" s="14"/>
       <c r="H65" s="14"/>
       <c r="I65" s="14"/>
       <c r="J65" s="14"/>
       <c r="K65" s="14"/>
       <c r="L65" s="14"/>
       <c r="M65" s="14"/>
       <c r="N65" s="14"/>
       <c r="O65" s="14"/>
       <c r="P65" s="14"/>
       <c r="Q65" s="14"/>
       <c r="R65" s="14"/>
       <c r="S65" s="14"/>
       <c r="T65" s="14"/>
       <c r="U65" s="14"/>
       <c r="V65" s="14"/>
       <c r="W65" s="14"/>
       <c r="X65" s="14"/>
@@ -22446,52 +22924,61 @@
       </c>
       <c r="FD65" s="14">
         <v>2.87792542</v>
       </c>
       <c r="FE65" s="14">
         <v>3.0762524600000001</v>
       </c>
       <c r="FF65" s="14">
         <v>3.38917191</v>
       </c>
       <c r="FG65" s="14">
         <v>4.4110079800000008</v>
       </c>
       <c r="FH65" s="14">
         <v>5.0816025700000003</v>
       </c>
       <c r="FI65" s="14">
         <v>5.4373156500000004</v>
       </c>
       <c r="FJ65" s="14">
         <v>5.1810198300000003</v>
       </c>
       <c r="FK65" s="14">
         <v>3.6875506200000001</v>
       </c>
+      <c r="FL65" s="14">
+        <v>5.6368793200000002</v>
+      </c>
+      <c r="FM65" s="14">
+        <v>5.5053716500000007</v>
+      </c>
+      <c r="FN65" s="14">
+        <v>5.8968823200000005</v>
+      </c>
     </row>
-    <row r="66" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C66" s="14"/>
       <c r="D66" s="14"/>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
       <c r="G66" s="14"/>
       <c r="H66" s="14"/>
       <c r="I66" s="14"/>
       <c r="J66" s="14"/>
       <c r="K66" s="14"/>
       <c r="L66" s="14"/>
       <c r="M66" s="14"/>
       <c r="N66" s="14"/>
       <c r="O66" s="14"/>
       <c r="P66" s="14"/>
       <c r="Q66" s="14"/>
       <c r="R66" s="14"/>
       <c r="S66" s="14"/>
       <c r="T66" s="14"/>
       <c r="U66" s="14"/>
       <c r="V66" s="14"/>
       <c r="W66" s="14"/>
       <c r="X66" s="14"/>
@@ -22680,52 +23167,61 @@
       </c>
       <c r="FD66" s="14">
         <v>101.60070777</v>
       </c>
       <c r="FE66" s="14">
         <v>101.62635192</v>
       </c>
       <c r="FF66" s="14">
         <v>114.94140648</v>
       </c>
       <c r="FG66" s="14">
         <v>108.16900869</v>
       </c>
       <c r="FH66" s="14">
         <v>108.83549832999999</v>
       </c>
       <c r="FI66" s="14">
         <v>120.70767306</v>
       </c>
       <c r="FJ66" s="14">
         <v>82.427818500000001</v>
       </c>
       <c r="FK66" s="14">
         <v>68.284752220000001</v>
       </c>
+      <c r="FL66" s="14">
+        <v>88.877940049999992</v>
+      </c>
+      <c r="FM66" s="14">
+        <v>84.285193759999999</v>
+      </c>
+      <c r="FN66" s="14">
+        <v>68.393529400000006</v>
+      </c>
     </row>
-    <row r="67" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14"/>
       <c r="F67" s="14"/>
       <c r="G67" s="14"/>
       <c r="H67" s="14"/>
       <c r="I67" s="14"/>
       <c r="J67" s="14"/>
       <c r="K67" s="14"/>
       <c r="L67" s="14"/>
       <c r="M67" s="14"/>
       <c r="N67" s="14"/>
       <c r="O67" s="14"/>
       <c r="P67" s="14"/>
       <c r="Q67" s="14"/>
       <c r="R67" s="14"/>
       <c r="S67" s="14"/>
       <c r="T67" s="14"/>
       <c r="U67" s="14"/>
       <c r="V67" s="14"/>
       <c r="W67" s="14"/>
       <c r="X67" s="14"/>
@@ -22914,52 +23410,61 @@
       </c>
       <c r="FD67" s="14">
         <v>251.35282355999999</v>
       </c>
       <c r="FE67" s="14">
         <v>271.57258985999999</v>
       </c>
       <c r="FF67" s="14">
         <v>305.54656792999998</v>
       </c>
       <c r="FG67" s="14">
         <v>301.11431504000001</v>
       </c>
       <c r="FH67" s="14">
         <v>286.95461313999999</v>
       </c>
       <c r="FI67" s="14">
         <v>302.52489514000001</v>
       </c>
       <c r="FJ67" s="14">
         <v>248.33397515999999</v>
       </c>
       <c r="FK67" s="14">
         <v>202.44018227000001</v>
       </c>
+      <c r="FL67" s="14">
+        <v>293.95048122000003</v>
+      </c>
+      <c r="FM67" s="14">
+        <v>297.48317233</v>
+      </c>
+      <c r="FN67" s="14">
+        <v>235.76242597000001</v>
+      </c>
     </row>
-    <row r="68" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C68" s="14"/>
       <c r="D68" s="14"/>
       <c r="E68" s="14"/>
       <c r="F68" s="14"/>
       <c r="G68" s="14"/>
       <c r="H68" s="14"/>
       <c r="I68" s="14"/>
       <c r="J68" s="14"/>
       <c r="K68" s="14"/>
       <c r="L68" s="14"/>
       <c r="M68" s="14"/>
       <c r="N68" s="14"/>
       <c r="O68" s="14"/>
       <c r="P68" s="14"/>
       <c r="Q68" s="14"/>
       <c r="R68" s="14"/>
       <c r="S68" s="14"/>
       <c r="T68" s="14"/>
       <c r="U68" s="14"/>
       <c r="V68" s="14"/>
       <c r="W68" s="14"/>
       <c r="X68" s="14"/>
@@ -23148,52 +23653,61 @@
       </c>
       <c r="FD68" s="14">
         <v>354.91291912000003</v>
       </c>
       <c r="FE68" s="14">
         <v>375.18437599000004</v>
       </c>
       <c r="FF68" s="14">
         <v>422.96362422000004</v>
       </c>
       <c r="FG68" s="14">
         <v>412.16318523000001</v>
       </c>
       <c r="FH68" s="14">
         <v>400.20309255000001</v>
       </c>
       <c r="FI68" s="14">
         <v>427.54133277999995</v>
       </c>
       <c r="FJ68" s="14">
         <v>332.70144950000002</v>
       </c>
       <c r="FK68" s="14">
         <v>271.35696581999997</v>
       </c>
+      <c r="FL68" s="14">
+        <v>384.11211949</v>
+      </c>
+      <c r="FM68" s="14">
+        <v>380.93004344000002</v>
+      </c>
+      <c r="FN68" s="14">
+        <v>303.25574642999999</v>
+      </c>
     </row>
-    <row r="69" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="24" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="16">
         <v>28.781757639999999</v>
       </c>
       <c r="D69" s="16">
         <v>16.215642639999999</v>
       </c>
       <c r="E69" s="16">
         <v>20.694513969999999</v>
       </c>
       <c r="F69" s="16">
         <v>18.5353563</v>
       </c>
       <c r="G69" s="16">
         <v>14.999120990000002</v>
       </c>
       <c r="H69" s="16">
         <v>16.679866750000002</v>
       </c>
       <c r="I69" s="16">
         <v>16.86977014</v>
       </c>
       <c r="J69" s="16">
@@ -23648,52 +24162,61 @@
       </c>
       <c r="FD69" s="16">
         <v>36.34358495</v>
       </c>
       <c r="FE69" s="16">
         <v>37.054086700000006</v>
       </c>
       <c r="FF69" s="16">
         <v>46.764447750000002</v>
       </c>
       <c r="FG69" s="16">
         <v>31.41518941</v>
       </c>
       <c r="FH69" s="16">
         <v>28.205624950000001</v>
       </c>
       <c r="FI69" s="16">
         <v>28.502679690000001</v>
       </c>
       <c r="FJ69" s="16">
         <v>24.270469690000002</v>
       </c>
       <c r="FK69" s="16">
         <v>27.602529910000001</v>
       </c>
+      <c r="FL69" s="16">
+        <v>36.715327899999998</v>
+      </c>
+      <c r="FM69" s="16">
+        <v>29.487118679999998</v>
+      </c>
+      <c r="FN69" s="16">
+        <v>34.990120700000006</v>
+      </c>
     </row>
-    <row r="70" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="2"/>
       <c r="C70" s="14"/>
       <c r="D70" s="14"/>
       <c r="E70" s="14"/>
       <c r="F70" s="14"/>
       <c r="G70" s="14"/>
       <c r="H70" s="14"/>
       <c r="I70" s="14"/>
       <c r="J70" s="14"/>
       <c r="K70" s="14"/>
       <c r="L70" s="14"/>
       <c r="M70" s="14"/>
       <c r="N70" s="14"/>
       <c r="O70" s="14"/>
       <c r="P70" s="14"/>
       <c r="Q70" s="14"/>
       <c r="R70" s="14"/>
       <c r="S70" s="14"/>
       <c r="T70" s="14"/>
       <c r="U70" s="14"/>
       <c r="V70" s="14"/>
       <c r="W70" s="14"/>
       <c r="X70" s="14"/>
       <c r="Y70" s="14"/>
       <c r="Z70" s="14"/>
@@ -23786,57 +24309,57 @@
       <c r="DI70" s="14"/>
       <c r="DJ70" s="14"/>
       <c r="DK70" s="14"/>
       <c r="DL70" s="14"/>
       <c r="DM70" s="14"/>
       <c r="DN70" s="14"/>
       <c r="DO70" s="14"/>
       <c r="DP70" s="14"/>
       <c r="DQ70" s="14"/>
       <c r="DR70" s="14"/>
       <c r="DS70" s="14"/>
       <c r="DT70" s="14"/>
       <c r="DU70" s="14"/>
       <c r="DV70" s="14"/>
       <c r="DW70" s="14"/>
       <c r="DX70" s="14"/>
       <c r="DY70" s="14"/>
       <c r="DZ70" s="14"/>
       <c r="EA70" s="14"/>
       <c r="EB70" s="14"/>
       <c r="EC70" s="14"/>
       <c r="ED70" s="14"/>
       <c r="EE70" s="14"/>
       <c r="EF70" s="14"/>
     </row>
-    <row r="71" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="72" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="73" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="27"/>
       <c r="D73" s="27"/>
       <c r="E73" s="27"/>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="27"/>
       <c r="M73" s="27"/>
       <c r="N73" s="27"/>
       <c r="O73" s="27"/>
       <c r="P73" s="27"/>
       <c r="Q73" s="27"/>
       <c r="R73" s="27"/>
       <c r="S73" s="27"/>
       <c r="T73" s="27"/>
       <c r="U73" s="27"/>
       <c r="V73" s="27"/>
       <c r="W73" s="27"/>
       <c r="X73" s="27"/>
@@ -23937,52 +24460,55 @@
       <c r="DO73" s="27"/>
       <c r="DP73" s="27"/>
       <c r="DQ73" s="27"/>
       <c r="DR73" s="27"/>
       <c r="DS73" s="27"/>
       <c r="DT73" s="27"/>
       <c r="DU73" s="27"/>
       <c r="DV73" s="27"/>
       <c r="DW73" s="27"/>
       <c r="DX73" s="27"/>
       <c r="DY73" s="27"/>
       <c r="DZ73" s="27"/>
       <c r="EA73" s="27"/>
       <c r="EB73" s="27"/>
       <c r="EC73" s="27"/>
       <c r="ED73" s="27"/>
       <c r="EE73" s="27"/>
       <c r="EF73" s="34"/>
       <c r="EJ73" s="34"/>
       <c r="FF73" s="42"/>
       <c r="FG73" s="42"/>
       <c r="FH73" s="42"/>
       <c r="FI73" s="42"/>
       <c r="FJ73" s="42"/>
       <c r="FK73" s="42"/>
+      <c r="FL73" s="42"/>
+      <c r="FM73" s="42"/>
+      <c r="FN73" s="42"/>
     </row>
-    <row r="74" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="25"/>
       <c r="C74" s="26">
         <v>40908</v>
       </c>
       <c r="D74" s="26">
         <v>40939</v>
       </c>
       <c r="E74" s="26">
         <v>40968</v>
       </c>
       <c r="F74" s="26">
         <v>40999</v>
       </c>
       <c r="G74" s="26">
         <v>41029</v>
       </c>
       <c r="H74" s="26">
         <v>41060</v>
       </c>
       <c r="I74" s="26">
         <v>41090</v>
       </c>
       <c r="J74" s="26">
         <v>41121</v>
       </c>
@@ -24435,52 +24961,61 @@
       </c>
       <c r="FD74" s="26">
         <v>45688</v>
       </c>
       <c r="FE74" s="26">
         <v>45716</v>
       </c>
       <c r="FF74" s="26">
         <v>45747</v>
       </c>
       <c r="FG74" s="26">
         <v>45777</v>
       </c>
       <c r="FH74" s="26">
         <v>45808</v>
       </c>
       <c r="FI74" s="26">
         <v>45838</v>
       </c>
       <c r="FJ74" s="26">
         <v>45869</v>
       </c>
       <c r="FK74" s="26">
         <v>45900</v>
       </c>
+      <c r="FL74" s="26">
+        <v>45930</v>
+      </c>
+      <c r="FM74" s="26">
+        <v>45961</v>
+      </c>
+      <c r="FN74" s="26">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="75" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="13">
         <v>9.01</v>
       </c>
       <c r="D75" s="13">
         <v>8.9499999999999993</v>
       </c>
       <c r="E75" s="13">
         <v>8.9</v>
       </c>
       <c r="F75" s="13">
         <v>9.14</v>
       </c>
       <c r="G75" s="13">
         <v>9.56</v>
       </c>
       <c r="H75" s="13">
         <v>9.2200000000000006</v>
       </c>
       <c r="I75" s="13">
         <v>9.27</v>
       </c>
       <c r="J75" s="13">
@@ -24935,52 +25470,61 @@
       </c>
       <c r="FD75" s="17">
         <v>5.33</v>
       </c>
       <c r="FE75" s="17">
         <v>5.32</v>
       </c>
       <c r="FF75" s="17">
         <v>5.23</v>
       </c>
       <c r="FG75" s="17">
         <v>5.5</v>
       </c>
       <c r="FH75" s="17">
         <v>5.45</v>
       </c>
       <c r="FI75" s="17">
         <v>5.39</v>
       </c>
       <c r="FJ75" s="17">
         <v>5.49</v>
       </c>
       <c r="FK75" s="17">
         <v>5.41</v>
       </c>
+      <c r="FL75" s="17">
+        <v>5.33</v>
+      </c>
+      <c r="FM75" s="17">
+        <v>5.33</v>
+      </c>
+      <c r="FN75" s="17">
+        <v>5.33</v>
+      </c>
     </row>
-    <row r="76" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="13">
         <v>6.25</v>
       </c>
       <c r="D76" s="13">
         <v>6.32</v>
       </c>
       <c r="E76" s="13">
         <v>6.23</v>
       </c>
       <c r="F76" s="13">
         <v>5.76</v>
       </c>
       <c r="G76" s="13">
         <v>5.9</v>
       </c>
       <c r="H76" s="13">
         <v>6</v>
       </c>
       <c r="I76" s="13">
         <v>6.11</v>
       </c>
       <c r="J76" s="13">
@@ -25435,52 +25979,61 @@
       </c>
       <c r="FD76" s="17">
         <v>3.94</v>
       </c>
       <c r="FE76" s="17">
         <v>3.57</v>
       </c>
       <c r="FF76" s="17">
         <v>3.31</v>
       </c>
       <c r="FG76" s="17">
         <v>3.24</v>
       </c>
       <c r="FH76" s="17">
         <v>3.25</v>
       </c>
       <c r="FI76" s="17">
         <v>3.26</v>
       </c>
       <c r="FJ76" s="17">
         <v>3.31</v>
       </c>
       <c r="FK76" s="17">
         <v>3.34</v>
       </c>
+      <c r="FL76" s="17">
+        <v>3.34</v>
+      </c>
+      <c r="FM76" s="17">
+        <v>3.37</v>
+      </c>
+      <c r="FN76" s="17">
+        <v>3.36</v>
+      </c>
     </row>
-    <row r="77" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C77" s="13"/>
       <c r="D77" s="22"/>
       <c r="E77" s="22"/>
       <c r="F77" s="22"/>
       <c r="G77" s="22"/>
       <c r="H77" s="22"/>
       <c r="I77" s="22"/>
       <c r="J77" s="22"/>
       <c r="K77" s="22"/>
       <c r="L77" s="22"/>
       <c r="M77" s="22"/>
       <c r="N77" s="22"/>
       <c r="O77" s="22"/>
       <c r="P77" s="22"/>
       <c r="Q77" s="22"/>
       <c r="R77" s="22"/>
       <c r="S77" s="22"/>
       <c r="T77" s="22"/>
       <c r="U77" s="22"/>
       <c r="V77" s="22"/>
       <c r="W77" s="22"/>
       <c r="X77" s="22"/>
@@ -25669,52 +26222,61 @@
       </c>
       <c r="FD77" s="17">
         <v>6.07</v>
       </c>
       <c r="FE77" s="17">
         <v>6.08</v>
       </c>
       <c r="FF77" s="17">
         <v>6.08</v>
       </c>
       <c r="FG77" s="17">
         <v>6.02</v>
       </c>
       <c r="FH77" s="17">
         <v>6.03</v>
       </c>
       <c r="FI77" s="17">
         <v>5.92</v>
       </c>
       <c r="FJ77" s="17">
         <v>5.9</v>
       </c>
       <c r="FK77" s="17">
         <v>5.85</v>
       </c>
+      <c r="FL77" s="17">
+        <v>5.76</v>
+      </c>
+      <c r="FM77" s="17">
+        <v>5.67</v>
+      </c>
+      <c r="FN77" s="17">
+        <v>5.68</v>
+      </c>
     </row>
-    <row r="78" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="23" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="18"/>
       <c r="D78" s="18"/>
       <c r="E78" s="18"/>
       <c r="F78" s="18"/>
       <c r="G78" s="18"/>
       <c r="H78" s="18"/>
       <c r="I78" s="18"/>
       <c r="J78" s="18"/>
       <c r="K78" s="18"/>
       <c r="L78" s="18"/>
       <c r="M78" s="18"/>
       <c r="N78" s="18"/>
       <c r="O78" s="18"/>
       <c r="P78" s="18"/>
       <c r="Q78" s="18"/>
       <c r="R78" s="18"/>
       <c r="S78" s="18"/>
       <c r="T78" s="18"/>
       <c r="U78" s="18"/>
       <c r="V78" s="18"/>
       <c r="W78" s="18"/>
       <c r="X78" s="18"/>
@@ -25903,61 +26465,70 @@
       </c>
       <c r="FD78" s="19">
         <v>6.21</v>
       </c>
       <c r="FE78" s="19">
         <v>6.24</v>
       </c>
       <c r="FF78" s="19">
         <v>6.21</v>
       </c>
       <c r="FG78" s="19">
         <v>6.13</v>
       </c>
       <c r="FH78" s="19">
         <v>6.18</v>
       </c>
       <c r="FI78" s="19">
         <v>6.1</v>
       </c>
       <c r="FJ78" s="19">
         <v>6.07</v>
       </c>
       <c r="FK78" s="19">
         <v>6.07</v>
       </c>
+      <c r="FL78" s="19">
+        <v>5.91</v>
+      </c>
+      <c r="FM78" s="19">
+        <v>5.85</v>
+      </c>
+      <c r="FN78" s="19">
+        <v>5.9</v>
+      </c>
     </row>
-    <row r="79" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EJ79" s="17"/>
     </row>
-    <row r="80" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="81" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="82" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="21" t="s">
         <v>6</v>
       </c>
       <c r="C82" s="27"/>
       <c r="D82" s="27"/>
       <c r="E82" s="27"/>
       <c r="F82" s="27"/>
       <c r="G82" s="27"/>
       <c r="H82" s="27"/>
       <c r="I82" s="27"/>
       <c r="J82" s="27"/>
       <c r="K82" s="27"/>
       <c r="L82" s="27"/>
       <c r="M82" s="27"/>
       <c r="N82" s="27"/>
       <c r="O82" s="27"/>
       <c r="P82" s="27"/>
       <c r="Q82" s="27"/>
       <c r="R82" s="27"/>
       <c r="S82" s="27"/>
       <c r="T82" s="27"/>
       <c r="U82" s="27"/>
       <c r="V82" s="27"/>
       <c r="W82" s="27"/>
       <c r="X82" s="27"/>
@@ -26079,52 +26650,55 @@
       <c r="EK82" s="34"/>
       <c r="EL82" s="34"/>
       <c r="EM82" s="34"/>
       <c r="EP82" s="42"/>
       <c r="EQ82" s="42"/>
       <c r="ER82" s="42"/>
       <c r="ES82" s="42"/>
       <c r="ET82" s="42"/>
       <c r="EU82" s="42"/>
       <c r="EV82" s="42"/>
       <c r="EW82" s="42"/>
       <c r="EX82" s="42"/>
       <c r="EY82" s="42"/>
       <c r="EZ82" s="42"/>
       <c r="FA82" s="42"/>
       <c r="FB82" s="42"/>
       <c r="FC82" s="42"/>
       <c r="FD82" s="42"/>
       <c r="FE82" s="42"/>
       <c r="FF82" s="42"/>
       <c r="FG82" s="42"/>
       <c r="FH82" s="42"/>
       <c r="FI82" s="42"/>
       <c r="FJ82" s="42"/>
       <c r="FK82" s="42"/>
+      <c r="FL82" s="42"/>
+      <c r="FM82" s="42"/>
+      <c r="FN82" s="42"/>
     </row>
-    <row r="83" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="25"/>
       <c r="C83" s="26">
         <v>40908</v>
       </c>
       <c r="D83" s="26">
         <v>40939</v>
       </c>
       <c r="E83" s="26">
         <v>40968</v>
       </c>
       <c r="F83" s="26">
         <v>40999</v>
       </c>
       <c r="G83" s="26">
         <v>41029</v>
       </c>
       <c r="H83" s="26">
         <v>41060</v>
       </c>
       <c r="I83" s="26">
         <v>41090</v>
       </c>
       <c r="J83" s="26">
         <v>41121</v>
       </c>
@@ -26577,52 +27151,61 @@
       </c>
       <c r="FD83" s="26">
         <v>45688</v>
       </c>
       <c r="FE83" s="26">
         <v>45716</v>
       </c>
       <c r="FF83" s="26">
         <v>45747</v>
       </c>
       <c r="FG83" s="26">
         <v>45777</v>
       </c>
       <c r="FH83" s="26">
         <v>45808</v>
       </c>
       <c r="FI83" s="26">
         <v>45838</v>
       </c>
       <c r="FJ83" s="26">
         <v>45869</v>
       </c>
       <c r="FK83" s="26">
         <v>45900</v>
       </c>
+      <c r="FL83" s="26">
+        <v>45930</v>
+      </c>
+      <c r="FM83" s="26">
+        <v>45961</v>
+      </c>
+      <c r="FN83" s="26">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="84" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="14">
         <v>0.86193783999999996</v>
       </c>
       <c r="D84" s="14">
         <v>0.99025929999999995</v>
       </c>
       <c r="E84" s="14">
         <v>1.4090961</v>
       </c>
       <c r="F84" s="14">
         <v>0.97022056999999995</v>
       </c>
       <c r="G84" s="14">
         <v>1.33612394</v>
       </c>
       <c r="H84" s="14">
         <v>1.69164146</v>
       </c>
       <c r="I84" s="14">
         <v>1.1021679099999999</v>
       </c>
       <c r="J84" s="14">
@@ -27077,52 +27660,61 @@
       </c>
       <c r="FD84" s="28">
         <v>1.7589333</v>
       </c>
       <c r="FE84" s="28">
         <v>1.93277381</v>
       </c>
       <c r="FF84" s="28">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG84" s="28">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH84" s="28">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI84" s="28">
         <v>2.41932233</v>
       </c>
       <c r="FJ84" s="28">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK84" s="28">
         <v>1.89385041</v>
       </c>
+      <c r="FL84" s="28">
+        <v>2.2017432299999999</v>
+      </c>
+      <c r="FM84" s="28">
+        <v>2.1490534500000003</v>
+      </c>
+      <c r="FN84" s="28">
+        <v>1.2574747500000001</v>
+      </c>
     </row>
-    <row r="85" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="14">
         <v>47.591935659999997</v>
       </c>
       <c r="D85" s="14">
         <v>39.404511200000002</v>
       </c>
       <c r="E85" s="14">
         <v>53.277497969999999</v>
       </c>
       <c r="F85" s="14">
         <v>69.354271589999996</v>
       </c>
       <c r="G85" s="14">
         <v>56.670000010000003</v>
       </c>
       <c r="H85" s="14">
         <v>67.184515950000005</v>
       </c>
       <c r="I85" s="14">
         <v>57.790311520000003</v>
       </c>
       <c r="J85" s="14">
@@ -27577,52 +28169,61 @@
       </c>
       <c r="FD85" s="28">
         <v>269.88090541000003</v>
       </c>
       <c r="FE85" s="28">
         <v>275.49356889000001</v>
       </c>
       <c r="FF85" s="28">
         <v>440.99441967000001</v>
       </c>
       <c r="FG85" s="28">
         <v>584.70863340999995</v>
       </c>
       <c r="FH85" s="28">
         <v>651.14445674000001</v>
       </c>
       <c r="FI85" s="28">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ85" s="28">
         <v>323.06746545999999</v>
       </c>
       <c r="FK85" s="28">
         <v>251.56757563999997</v>
       </c>
+      <c r="FL85" s="28">
+        <v>306.37076393000001</v>
+      </c>
+      <c r="FM85" s="28">
+        <v>320.49897258999999</v>
+      </c>
+      <c r="FN85" s="28">
+        <v>291.94455780999999</v>
+      </c>
     </row>
-    <row r="86" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C86" s="14"/>
       <c r="D86" s="29"/>
       <c r="E86" s="29"/>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
       <c r="M86" s="29"/>
       <c r="N86" s="29"/>
       <c r="O86" s="29"/>
       <c r="P86" s="29"/>
       <c r="Q86" s="29"/>
       <c r="R86" s="29"/>
       <c r="S86" s="29"/>
       <c r="T86" s="29"/>
       <c r="U86" s="29"/>
       <c r="V86" s="29"/>
       <c r="W86" s="29"/>
       <c r="X86" s="29"/>
@@ -27811,52 +28412,61 @@
       </c>
       <c r="FD86" s="28">
         <v>427.55240094999999</v>
       </c>
       <c r="FE86" s="28">
         <v>451.72143599000003</v>
       </c>
       <c r="FF86" s="28">
         <v>509.05787069000002</v>
       </c>
       <c r="FG86" s="28">
         <v>483.77589054999999</v>
       </c>
       <c r="FH86" s="28">
         <v>469.04914267999999</v>
       </c>
       <c r="FI86" s="28">
         <v>510.74088025999998</v>
       </c>
       <c r="FJ86" s="28">
         <v>400.61953782000001</v>
       </c>
       <c r="FK86" s="28">
         <v>335.21493088</v>
       </c>
+      <c r="FL86" s="28">
+        <v>456.59582044000001</v>
+      </c>
+      <c r="FM86" s="28">
+        <v>474.77299629999999</v>
+      </c>
+      <c r="FN86" s="28">
+        <v>390.71311036000003</v>
+      </c>
     </row>
-    <row r="87" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="23" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="16"/>
       <c r="D87" s="16"/>
       <c r="E87" s="16"/>
       <c r="F87" s="16"/>
       <c r="G87" s="16"/>
       <c r="H87" s="16"/>
       <c r="I87" s="16"/>
       <c r="J87" s="16"/>
       <c r="K87" s="16"/>
       <c r="L87" s="16"/>
       <c r="M87" s="16"/>
       <c r="N87" s="16"/>
       <c r="O87" s="16"/>
       <c r="P87" s="16"/>
       <c r="Q87" s="16"/>
       <c r="R87" s="16"/>
       <c r="S87" s="16"/>
       <c r="T87" s="16"/>
       <c r="U87" s="16"/>
       <c r="V87" s="16"/>
       <c r="W87" s="16"/>
       <c r="X87" s="16"/>
@@ -28045,86 +28655,94 @@
       </c>
       <c r="FD87" s="30">
         <v>355.83145674999997</v>
       </c>
       <c r="FE87" s="30">
         <v>376.27519424000002</v>
       </c>
       <c r="FF87" s="30">
         <v>423.87714632000001</v>
       </c>
       <c r="FG87" s="30">
         <v>413.69433170999997</v>
       </c>
       <c r="FH87" s="30">
         <v>400.85671404000004</v>
       </c>
       <c r="FI87" s="30">
         <v>428.66988385000002</v>
       </c>
       <c r="FJ87" s="30">
         <v>335.94281348999999</v>
       </c>
       <c r="FK87" s="30">
         <v>274.41248511000003</v>
       </c>
+      <c r="FL87" s="30">
+        <v>388.46530058999997</v>
+      </c>
+      <c r="FM87" s="30">
+        <v>387.27373774</v>
+      </c>
+      <c r="FN87" s="30">
+        <v>310.05283768999999</v>
+      </c>
     </row>
-    <row r="88" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="9"/>
     </row>
-    <row r="89" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="90" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="39" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="91" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="91" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="40"/>
     </row>
-    <row r="92" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="39" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Borna Klinc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>