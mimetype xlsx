--- v0 (2025-10-06)
+++ v1 (2026-01-17)
@@ -5,70 +5,73 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4E1C058-341F-4E2E-B83F-EFC4BAFF2210}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F88E4A3-18ED-465A-A301-997D5F89C750}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AD53EDE5-150B-4D4E-B2AE-9C79B72A9D52}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="16">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>IN DOMESTIC CURRENCY</t>
   </si>
   <si>
     <t>IN FOREIGN CURRENCY</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
@@ -833,81 +836,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA23949A-FE66-485D-95A2-5452EA355CC6}">
-  <dimension ref="B1:FW29"/>
+  <dimension ref="B1:FZ29"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" style="5" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="15"/>
     </row>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="16" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="17"/>
     </row>
-    <row r="5" spans="2:179" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:182" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1396,52 +1399,61 @@
       </c>
       <c r="FP6" s="4">
         <v>45688</v>
       </c>
       <c r="FQ6" s="4">
         <v>45716</v>
       </c>
       <c r="FR6" s="4">
         <v>45747</v>
       </c>
       <c r="FS6" s="4">
         <v>45777</v>
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
+      <c r="FX6" s="4">
+        <v>45930</v>
+      </c>
+      <c r="FY6" s="4">
+        <v>45961</v>
+      </c>
+      <c r="FZ6" s="4">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="20"/>
       <c r="D7" s="20"/>
       <c r="E7" s="20"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
       <c r="I7" s="20"/>
       <c r="J7" s="20"/>
       <c r="K7" s="20"/>
       <c r="L7" s="20"/>
       <c r="M7" s="20"/>
       <c r="N7" s="20"/>
       <c r="O7" s="20"/>
       <c r="P7" s="20"/>
       <c r="Q7" s="20"/>
       <c r="R7" s="20"/>
       <c r="S7" s="20"/>
       <c r="T7" s="20"/>
       <c r="U7" s="20"/>
       <c r="V7" s="20"/>
       <c r="W7" s="20"/>
       <c r="X7" s="20"/>
@@ -1578,52 +1590,55 @@
       <c r="EY7" s="20"/>
       <c r="EZ7" s="20"/>
       <c r="FA7" s="20"/>
       <c r="FB7" s="20"/>
       <c r="FC7" s="20"/>
       <c r="FD7" s="20"/>
       <c r="FE7" s="20"/>
       <c r="FF7" s="20"/>
       <c r="FG7" s="20"/>
       <c r="FH7" s="20"/>
       <c r="FI7" s="20"/>
       <c r="FJ7" s="20"/>
       <c r="FK7" s="20"/>
       <c r="FL7" s="20"/>
       <c r="FM7" s="20"/>
       <c r="FN7" s="20"/>
       <c r="FO7" s="20"/>
       <c r="FP7" s="20"/>
       <c r="FQ7" s="20"/>
       <c r="FR7" s="20"/>
       <c r="FS7" s="20"/>
       <c r="FT7" s="20"/>
       <c r="FU7" s="20"/>
       <c r="FV7" s="20"/>
       <c r="FW7" s="20"/>
+      <c r="FX7" s="20"/>
+      <c r="FY7" s="20"/>
+      <c r="FZ7" s="20"/>
     </row>
-    <row r="8" spans="2:179" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9">
         <v>361.34081373999999</v>
       </c>
       <c r="D8" s="9">
         <v>359.66470174</v>
       </c>
       <c r="E8" s="9">
         <v>349.01568986000001</v>
       </c>
       <c r="F8" s="9">
         <v>360.81606025999997</v>
       </c>
       <c r="G8" s="9">
         <v>364.14603082999997</v>
       </c>
       <c r="H8" s="9">
         <v>363.01031296000002</v>
       </c>
       <c r="I8" s="9">
         <v>352.17927983999999</v>
       </c>
       <c r="J8" s="9">
@@ -2114,52 +2129,61 @@
       </c>
       <c r="FP8" s="9">
         <v>1878.1156477100001</v>
       </c>
       <c r="FQ8" s="9">
         <v>1952.0028898999999</v>
       </c>
       <c r="FR8" s="9">
         <v>1989.0963148599999</v>
       </c>
       <c r="FS8" s="9">
         <v>1993.19044848</v>
       </c>
       <c r="FT8" s="9">
         <v>1856.0570258</v>
       </c>
       <c r="FU8" s="9">
         <v>1738.2115418000001</v>
       </c>
       <c r="FV8" s="9">
         <v>1795.61904276</v>
       </c>
       <c r="FW8" s="9">
         <v>1877.13264798</v>
       </c>
+      <c r="FX8" s="9">
+        <v>1890.0802066900001</v>
+      </c>
+      <c r="FY8" s="9">
+        <v>1911.10626013</v>
+      </c>
+      <c r="FZ8" s="9">
+        <v>1911.1914081800001</v>
+      </c>
     </row>
-    <row r="9" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="7">
         <v>356.55123193999998</v>
       </c>
       <c r="D9" s="7">
         <v>354.20203404</v>
       </c>
       <c r="E9" s="7">
         <v>343.43035257999998</v>
       </c>
       <c r="F9" s="7">
         <v>352.80427656000001</v>
       </c>
       <c r="G9" s="7">
         <v>355.85684726</v>
       </c>
       <c r="H9" s="7">
         <v>353.36433891000001</v>
       </c>
       <c r="I9" s="7">
         <v>342.17084063999999</v>
       </c>
       <c r="J9" s="7">
@@ -2650,52 +2674,61 @@
       </c>
       <c r="FP9" s="7">
         <v>1877.59590265</v>
       </c>
       <c r="FQ9" s="7">
         <v>1951.4191529699999</v>
       </c>
       <c r="FR9" s="7">
         <v>1988.4803220399999</v>
       </c>
       <c r="FS9" s="7">
         <v>1992.62678446</v>
       </c>
       <c r="FT9" s="7">
         <v>1855.40339597</v>
       </c>
       <c r="FU9" s="7">
         <v>1737.5800507700001</v>
       </c>
       <c r="FV9" s="7">
         <v>1795.03347078</v>
       </c>
       <c r="FW9" s="7">
         <v>1875.8700540299999</v>
       </c>
+      <c r="FX9" s="7">
+        <v>1889.18520012</v>
+      </c>
+      <c r="FY9" s="7">
+        <v>1910.3825450100001</v>
+      </c>
+      <c r="FZ9" s="7">
+        <v>1910.5643417900001</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="7">
         <v>4.7895817999999997</v>
       </c>
       <c r="D10" s="7">
         <v>5.4626676999999999</v>
       </c>
       <c r="E10" s="7">
         <v>5.5853372800000001</v>
       </c>
       <c r="F10" s="7">
         <v>8.0117837000000005</v>
       </c>
       <c r="G10" s="7">
         <v>8.2891835700000005</v>
       </c>
       <c r="H10" s="7">
         <v>9.6459740499999995</v>
       </c>
       <c r="I10" s="7">
         <v>10.0084392</v>
       </c>
       <c r="J10" s="7">
@@ -3186,52 +3219,61 @@
       </c>
       <c r="FP10" s="7">
         <v>0.51974505999999998</v>
       </c>
       <c r="FQ10" s="7">
         <v>0.58373693000000004</v>
       </c>
       <c r="FR10" s="7">
         <v>0.61599282</v>
       </c>
       <c r="FS10" s="7">
         <v>0.56366402000000004</v>
       </c>
       <c r="FT10" s="7">
         <v>0.65362982999999997</v>
       </c>
       <c r="FU10" s="7">
         <v>0.63149102999999995</v>
       </c>
       <c r="FV10" s="7">
         <v>0.58557197999999999</v>
       </c>
       <c r="FW10" s="7">
         <v>1.2625939500000001</v>
       </c>
+      <c r="FX10" s="7">
+        <v>0.89500656999999995</v>
+      </c>
+      <c r="FY10" s="7">
+        <v>0.72371512000000005</v>
+      </c>
+      <c r="FZ10" s="7">
+        <v>0.62706638999999997</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="7">
         <v>5435.2532106199997</v>
       </c>
       <c r="D11" s="7">
         <v>5248.5375385200005</v>
       </c>
       <c r="E11" s="7">
         <v>5180.8693239499999</v>
       </c>
       <c r="F11" s="7">
         <v>5048.8242314099998</v>
       </c>
       <c r="G11" s="7">
         <v>5108.9915654099996</v>
       </c>
       <c r="H11" s="7">
         <v>4936.6358731600003</v>
       </c>
       <c r="I11" s="7">
         <v>4968.0650456599997</v>
       </c>
       <c r="J11" s="7">
@@ -3722,52 +3764,61 @@
       </c>
       <c r="FP11" s="7">
         <v>15925.42972213</v>
       </c>
       <c r="FQ11" s="7">
         <v>15571.472130960001</v>
       </c>
       <c r="FR11" s="7">
         <v>15416.177180160001</v>
       </c>
       <c r="FS11" s="7">
         <v>15149.35496142</v>
       </c>
       <c r="FT11" s="7">
         <v>15658.08128049</v>
       </c>
       <c r="FU11" s="7">
         <v>16084.16363873</v>
       </c>
       <c r="FV11" s="7">
         <v>16713.60590717</v>
       </c>
       <c r="FW11" s="7">
         <v>17383.62380609</v>
       </c>
+      <c r="FX11" s="7">
+        <v>17471.77587256</v>
+      </c>
+      <c r="FY11" s="7">
+        <v>17451.806125489999</v>
+      </c>
+      <c r="FZ11" s="7">
+        <v>17373.68001013</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="7">
         <v>20071.580260390001</v>
       </c>
       <c r="D12" s="7">
         <v>20180.384834659999</v>
       </c>
       <c r="E12" s="7">
         <v>20242.675604510001</v>
       </c>
       <c r="F12" s="7">
         <v>20155.974379499999</v>
       </c>
       <c r="G12" s="7">
         <v>20070.95140369</v>
       </c>
       <c r="H12" s="7">
         <v>20277.478571579999</v>
       </c>
       <c r="I12" s="7">
         <v>20232.392790770002</v>
       </c>
       <c r="J12" s="7">
@@ -4258,52 +4309,61 @@
       </c>
       <c r="FP12" s="7">
         <v>37495.428648809997</v>
       </c>
       <c r="FQ12" s="7">
         <v>37637.648815029999</v>
       </c>
       <c r="FR12" s="7">
         <v>38019.236309749998</v>
       </c>
       <c r="FS12" s="7">
         <v>38203.193986470003</v>
       </c>
       <c r="FT12" s="7">
         <v>38296.996774190004</v>
       </c>
       <c r="FU12" s="7">
         <v>38813.246522790003</v>
       </c>
       <c r="FV12" s="7">
         <v>39463.798683950001</v>
       </c>
       <c r="FW12" s="7">
         <v>39988.291858140001</v>
       </c>
+      <c r="FX12" s="7">
+        <v>39891.882064509999</v>
+      </c>
+      <c r="FY12" s="7">
+        <v>39880.886713259999</v>
+      </c>
+      <c r="FZ12" s="7">
+        <v>39873.828375450001</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="7">
         <v>105.29644592</v>
       </c>
       <c r="D13" s="7">
         <v>103.10497142</v>
       </c>
       <c r="E13" s="7">
         <v>97.723095209999997</v>
       </c>
       <c r="F13" s="7">
         <v>98.43694438</v>
       </c>
       <c r="G13" s="7">
         <v>103.63643333</v>
       </c>
       <c r="H13" s="7">
         <v>98.593114349999993</v>
       </c>
       <c r="I13" s="7">
         <v>110.46414903</v>
       </c>
       <c r="J13" s="7">
@@ -4794,52 +4854,61 @@
       </c>
       <c r="FP13" s="7">
         <v>601.18056109999998</v>
       </c>
       <c r="FQ13" s="7">
         <v>570.62069671999996</v>
       </c>
       <c r="FR13" s="7">
         <v>431.24064902999999</v>
       </c>
       <c r="FS13" s="7">
         <v>396.03983755000002</v>
       </c>
       <c r="FT13" s="7">
         <v>377.48368797000001</v>
       </c>
       <c r="FU13" s="7">
         <v>330.69543437999999</v>
       </c>
       <c r="FV13" s="7">
         <v>356.68998256999998</v>
       </c>
       <c r="FW13" s="7">
         <v>356.69933803999999</v>
       </c>
+      <c r="FX13" s="7">
+        <v>334.49005505000002</v>
+      </c>
+      <c r="FY13" s="7">
+        <v>413.78563541</v>
+      </c>
+      <c r="FZ13" s="7">
+        <v>362.67690291000002</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="7">
         <v>544.55602266999995</v>
       </c>
       <c r="D14" s="7">
         <v>559.13334324000004</v>
       </c>
       <c r="E14" s="7">
         <v>506.10240234999998</v>
       </c>
       <c r="F14" s="7">
         <v>486.03848264999999</v>
       </c>
       <c r="G14" s="7">
         <v>386.67655013000001</v>
       </c>
       <c r="H14" s="7">
         <v>360.62997489000003</v>
       </c>
       <c r="I14" s="7">
         <v>311.76054405000002</v>
       </c>
       <c r="J14" s="7">
@@ -5330,52 +5399,61 @@
       </c>
       <c r="FP14" s="7">
         <v>297.22906475000002</v>
       </c>
       <c r="FQ14" s="7">
         <v>291.02108512000001</v>
       </c>
       <c r="FR14" s="7">
         <v>332.24233447</v>
       </c>
       <c r="FS14" s="7">
         <v>327.88768924999999</v>
       </c>
       <c r="FT14" s="7">
         <v>300.60361183999999</v>
       </c>
       <c r="FU14" s="7">
         <v>276.24372706000003</v>
       </c>
       <c r="FV14" s="7">
         <v>311.94811593999998</v>
       </c>
       <c r="FW14" s="7">
         <v>302.28342035999998</v>
       </c>
+      <c r="FX14" s="7">
+        <v>280.09808599000002</v>
+      </c>
+      <c r="FY14" s="7">
+        <v>292.72168778999998</v>
+      </c>
+      <c r="FZ14" s="7">
+        <v>298.09258297000002</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="7">
         <v>248.77348923</v>
       </c>
       <c r="D15" s="7">
         <v>227.20831620000001</v>
       </c>
       <c r="E15" s="7">
         <v>250.91728638999999</v>
       </c>
       <c r="F15" s="7">
         <v>203.01493993</v>
       </c>
       <c r="G15" s="7">
         <v>189.30516557000001</v>
       </c>
       <c r="H15" s="7">
         <v>188.45855298999999</v>
       </c>
       <c r="I15" s="7">
         <v>192.45819298999999</v>
       </c>
       <c r="J15" s="7">
@@ -5866,52 +5944,61 @@
       </c>
       <c r="FP15" s="7">
         <v>310.90995973999998</v>
       </c>
       <c r="FQ15" s="7">
         <v>328.42993272000001</v>
       </c>
       <c r="FR15" s="7">
         <v>347.53683169999999</v>
       </c>
       <c r="FS15" s="7">
         <v>323.29872296999997</v>
       </c>
       <c r="FT15" s="7">
         <v>322.75804312000002</v>
       </c>
       <c r="FU15" s="7">
         <v>372.74959589000002</v>
       </c>
       <c r="FV15" s="7">
         <v>406.79270235000001</v>
       </c>
       <c r="FW15" s="7">
         <v>396.37729063</v>
       </c>
+      <c r="FX15" s="7">
+        <v>400.93774977999999</v>
+      </c>
+      <c r="FY15" s="7">
+        <v>430.30762283000001</v>
+      </c>
+      <c r="FZ15" s="7">
+        <v>372.42849138000003</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="7">
         <v>521.66095433999999</v>
       </c>
       <c r="D16" s="7">
         <v>496.45089546999998</v>
       </c>
       <c r="E16" s="7">
         <v>522.85107955000001</v>
       </c>
       <c r="F16" s="7">
         <v>512.38414852000005</v>
       </c>
       <c r="G16" s="7">
         <v>454.47694939000002</v>
       </c>
       <c r="H16" s="7">
         <v>490.53429039999997</v>
       </c>
       <c r="I16" s="7">
         <v>577.55072804999998</v>
       </c>
       <c r="J16" s="7">
@@ -6402,52 +6489,61 @@
       </c>
       <c r="FP16" s="7">
         <v>1151.8134530299999</v>
       </c>
       <c r="FQ16" s="7">
         <v>1158.2824279599999</v>
       </c>
       <c r="FR16" s="7">
         <v>1314.71911017</v>
       </c>
       <c r="FS16" s="7">
         <v>1369.39423048</v>
       </c>
       <c r="FT16" s="7">
         <v>1491.5381394999999</v>
       </c>
       <c r="FU16" s="7">
         <v>1535.31300495</v>
       </c>
       <c r="FV16" s="7">
         <v>1479.2259494800001</v>
       </c>
       <c r="FW16" s="7">
         <v>1475.39315253</v>
       </c>
+      <c r="FX16" s="7">
+        <v>1457.19690406</v>
+      </c>
+      <c r="FY16" s="7">
+        <v>1422.26439289</v>
+      </c>
+      <c r="FZ16" s="7">
+        <v>1488.81311271</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="12">
         <v>27288.461196910001</v>
       </c>
       <c r="D17" s="12">
         <v>27174.484601249998</v>
       </c>
       <c r="E17" s="12">
         <v>27150.154481819998</v>
       </c>
       <c r="F17" s="12">
         <v>26865.48918665</v>
       </c>
       <c r="G17" s="12">
         <v>26678.184098350001</v>
       </c>
       <c r="H17" s="12">
         <v>26715.340690329998</v>
       </c>
       <c r="I17" s="12">
         <v>26744.870730390001</v>
       </c>
       <c r="J17" s="12">
@@ -6938,52 +7034,61 @@
       </c>
       <c r="FP17" s="12">
         <v>57660.107057269997</v>
       </c>
       <c r="FQ17" s="12">
         <v>57509.477978410003</v>
       </c>
       <c r="FR17" s="12">
         <v>57850.248730140003</v>
       </c>
       <c r="FS17" s="12">
         <v>57762.359876620001</v>
       </c>
       <c r="FT17" s="12">
         <v>58303.518562910001</v>
       </c>
       <c r="FU17" s="12">
         <v>59150.623465600002</v>
       </c>
       <c r="FV17" s="12">
         <v>60527.680384220002</v>
       </c>
       <c r="FW17" s="12">
         <v>61779.801513769999</v>
       </c>
+      <c r="FX17" s="12">
+        <v>61726.460938639997</v>
+      </c>
+      <c r="FY17" s="12">
+        <v>61802.878437799998</v>
+      </c>
+      <c r="FZ17" s="12">
+        <v>61680.710883729997</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:182" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="20"/>
       <c r="I18" s="20"/>
       <c r="J18" s="20"/>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
       <c r="M18" s="20"/>
       <c r="N18" s="20"/>
       <c r="O18" s="20"/>
       <c r="P18" s="20"/>
       <c r="Q18" s="20"/>
       <c r="R18" s="20"/>
       <c r="S18" s="20"/>
       <c r="T18" s="20"/>
       <c r="U18" s="20"/>
       <c r="V18" s="20"/>
       <c r="W18" s="20"/>
       <c r="X18" s="20"/>
@@ -7120,52 +7225,55 @@
       <c r="EY18" s="20"/>
       <c r="EZ18" s="20"/>
       <c r="FA18" s="20"/>
       <c r="FB18" s="20"/>
       <c r="FC18" s="20"/>
       <c r="FD18" s="20"/>
       <c r="FE18" s="20"/>
       <c r="FF18" s="20"/>
       <c r="FG18" s="20"/>
       <c r="FH18" s="20"/>
       <c r="FI18" s="20"/>
       <c r="FJ18" s="20"/>
       <c r="FK18" s="20"/>
       <c r="FL18" s="20"/>
       <c r="FM18" s="20"/>
       <c r="FN18" s="20"/>
       <c r="FO18" s="20"/>
       <c r="FP18" s="20"/>
       <c r="FQ18" s="20"/>
       <c r="FR18" s="20"/>
       <c r="FS18" s="20"/>
       <c r="FT18" s="20"/>
       <c r="FU18" s="20"/>
       <c r="FV18" s="20"/>
       <c r="FW18" s="20"/>
+      <c r="FX18" s="20"/>
+      <c r="FY18" s="20"/>
+      <c r="FZ18" s="20"/>
     </row>
-    <row r="19" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="7">
         <v>0.93999520999999997</v>
       </c>
       <c r="D19" s="7">
         <v>0.91285998000000002</v>
       </c>
       <c r="E19" s="7">
         <v>0.92612137999999999</v>
       </c>
       <c r="F19" s="7">
         <v>0.93684811999999995</v>
       </c>
       <c r="G19" s="7">
         <v>0.98711031999999999</v>
       </c>
       <c r="H19" s="7">
         <v>1.0138385400000001</v>
       </c>
       <c r="I19" s="7">
         <v>0.96076678000000004</v>
       </c>
       <c r="J19" s="7">
@@ -7656,52 +7764,61 @@
       </c>
       <c r="FP19" s="7">
         <v>1.31269663</v>
       </c>
       <c r="FQ19" s="7">
         <v>1.2472163999999999</v>
       </c>
       <c r="FR19" s="7">
         <v>1.2428920000000001</v>
       </c>
       <c r="FS19" s="7">
         <v>1.24212539</v>
       </c>
       <c r="FT19" s="7">
         <v>1.3582906400000001</v>
       </c>
       <c r="FU19" s="7">
         <v>1.13237283</v>
       </c>
       <c r="FV19" s="7">
         <v>1.0939033499999999</v>
       </c>
       <c r="FW19" s="7">
         <v>1.09890116</v>
       </c>
+      <c r="FX19" s="7">
+        <v>1.05614736</v>
+      </c>
+      <c r="FY19" s="7">
+        <v>1.0721283100000001</v>
+      </c>
+      <c r="FZ19" s="7">
+        <v>0.93177443000000004</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="7">
         <v>0.87772890000000003</v>
       </c>
       <c r="D20" s="7">
         <v>0.84394124999999998</v>
       </c>
       <c r="E20" s="7">
         <v>0.84705195</v>
       </c>
       <c r="F20" s="7">
         <v>0.84853144999999996</v>
       </c>
       <c r="G20" s="7">
         <v>0.84291822000000005</v>
       </c>
       <c r="H20" s="7">
         <v>0.89902715</v>
       </c>
       <c r="I20" s="7">
         <v>0.83245247</v>
       </c>
       <c r="J20" s="7">
@@ -8192,52 +8309,61 @@
       </c>
       <c r="FP20" s="7">
         <v>0.95783459999999998</v>
       </c>
       <c r="FQ20" s="7">
         <v>0.93268510999999998</v>
       </c>
       <c r="FR20" s="7">
         <v>0.93254601000000004</v>
       </c>
       <c r="FS20" s="7">
         <v>0.92639501999999996</v>
       </c>
       <c r="FT20" s="7">
         <v>1.0132667399999999</v>
       </c>
       <c r="FU20" s="7">
         <v>0.89367845999999995</v>
       </c>
       <c r="FV20" s="7">
         <v>0.85737406999999999</v>
       </c>
       <c r="FW20" s="7">
         <v>0.864151</v>
       </c>
+      <c r="FX20" s="7">
+        <v>0.84455502000000005</v>
+      </c>
+      <c r="FY20" s="7">
+        <v>0.86590780000000001</v>
+      </c>
+      <c r="FZ20" s="7">
+        <v>0.79507000000000005</v>
+      </c>
     </row>
-    <row r="21" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="7">
         <v>6.2266309999999998E-2</v>
       </c>
       <c r="D21" s="7">
         <v>6.8918729999999997E-2</v>
       </c>
       <c r="E21" s="7">
         <v>7.9069429999999996E-2</v>
       </c>
       <c r="F21" s="7">
         <v>8.831667E-2</v>
       </c>
       <c r="G21" s="7">
         <v>0.14419209999999999</v>
       </c>
       <c r="H21" s="7">
         <v>0.11481139</v>
       </c>
       <c r="I21" s="7">
         <v>0.12831430999999999</v>
       </c>
       <c r="J21" s="7">
@@ -8728,52 +8854,61 @@
       </c>
       <c r="FP21" s="7">
         <v>0.35486202999999999</v>
       </c>
       <c r="FQ21" s="7">
         <v>0.31453129000000002</v>
       </c>
       <c r="FR21" s="7">
         <v>0.31034599000000002</v>
       </c>
       <c r="FS21" s="7">
         <v>0.31573036999999998</v>
       </c>
       <c r="FT21" s="7">
         <v>0.34502389999999999</v>
       </c>
       <c r="FU21" s="7">
         <v>0.23869436999999999</v>
       </c>
       <c r="FV21" s="7">
         <v>0.23652928000000001</v>
       </c>
       <c r="FW21" s="7">
         <v>0.23475016000000001</v>
       </c>
+      <c r="FX21" s="7">
+        <v>0.21159233999999999</v>
+      </c>
+      <c r="FY21" s="7">
+        <v>0.20622051</v>
+      </c>
+      <c r="FZ21" s="7">
+        <v>0.13670442999999999</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="7">
         <v>232.85471631999999</v>
       </c>
       <c r="D22" s="7">
         <v>244.06845397999999</v>
       </c>
       <c r="E22" s="7">
         <v>266.29290682999999</v>
       </c>
       <c r="F22" s="7">
         <v>263.80525292999999</v>
       </c>
       <c r="G22" s="7">
         <v>255.39829173000001</v>
       </c>
       <c r="H22" s="7">
         <v>253.74821926999999</v>
       </c>
       <c r="I22" s="7">
         <v>285.78671644999997</v>
       </c>
       <c r="J22" s="7">
@@ -9264,52 +9399,61 @@
       </c>
       <c r="FP22" s="7">
         <v>525.72521218999998</v>
       </c>
       <c r="FQ22" s="7">
         <v>543.05241773</v>
       </c>
       <c r="FR22" s="7">
         <v>540.48207385000001</v>
       </c>
       <c r="FS22" s="7">
         <v>530.49251517000005</v>
       </c>
       <c r="FT22" s="7">
         <v>603.05743484000004</v>
       </c>
       <c r="FU22" s="7">
         <v>639.39889344999995</v>
       </c>
       <c r="FV22" s="7">
         <v>627.25662158</v>
       </c>
       <c r="FW22" s="7">
         <v>662.62384828999996</v>
       </c>
+      <c r="FX22" s="7">
+        <v>671.35700224000004</v>
+      </c>
+      <c r="FY22" s="7">
+        <v>582.90833032</v>
+      </c>
+      <c r="FZ22" s="7">
+        <v>630.34768496000004</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="7">
         <v>1363.7177983900001</v>
       </c>
       <c r="D23" s="7">
         <v>1333.0219228599999</v>
       </c>
       <c r="E23" s="7">
         <v>1342.0204559900001</v>
       </c>
       <c r="F23" s="7">
         <v>1334.6471088400001</v>
       </c>
       <c r="G23" s="7">
         <v>1285.79908054</v>
       </c>
       <c r="H23" s="7">
         <v>1357.70792226</v>
       </c>
       <c r="I23" s="7">
         <v>1354.22618298</v>
       </c>
       <c r="J23" s="7">
@@ -9800,52 +9944,61 @@
       </c>
       <c r="FP23" s="7">
         <v>2044.20088407</v>
       </c>
       <c r="FQ23" s="7">
         <v>2013.1624238700001</v>
       </c>
       <c r="FR23" s="7">
         <v>1962.68757142</v>
       </c>
       <c r="FS23" s="7">
         <v>1898.49778472</v>
       </c>
       <c r="FT23" s="7">
         <v>1907.10972152</v>
       </c>
       <c r="FU23" s="7">
         <v>1875.7992812299999</v>
       </c>
       <c r="FV23" s="7">
         <v>1895.8054366599999</v>
       </c>
       <c r="FW23" s="7">
         <v>1874.76499001</v>
       </c>
+      <c r="FX23" s="7">
+        <v>1861.9563541699999</v>
+      </c>
+      <c r="FY23" s="7">
+        <v>1875.0257616199999</v>
+      </c>
+      <c r="FZ23" s="7">
+        <v>1870.6690184300001</v>
+      </c>
     </row>
-    <row r="24" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C24" s="7">
         <v>19.631303249999998</v>
       </c>
       <c r="D24" s="7">
         <v>28.55107611</v>
       </c>
       <c r="E24" s="7">
         <v>22.976532450000001</v>
       </c>
       <c r="F24" s="7">
         <v>14.836885199999999</v>
       </c>
       <c r="G24" s="7">
         <v>20.0641778</v>
       </c>
       <c r="H24" s="7">
         <v>20.342018769999999</v>
       </c>
       <c r="I24" s="7">
         <v>24.712563190000001</v>
       </c>
       <c r="J24" s="7">
@@ -10336,52 +10489,61 @@
       </c>
       <c r="FP24" s="7">
         <v>37.219873300000003</v>
       </c>
       <c r="FQ24" s="7">
         <v>36.122895530000001</v>
       </c>
       <c r="FR24" s="7">
         <v>32.463719759999996</v>
       </c>
       <c r="FS24" s="7">
         <v>38.09267698</v>
       </c>
       <c r="FT24" s="7">
         <v>31.38822253</v>
       </c>
       <c r="FU24" s="7">
         <v>31.35334645</v>
       </c>
       <c r="FV24" s="7">
         <v>33.430341939999998</v>
       </c>
       <c r="FW24" s="7">
         <v>30.07387392</v>
       </c>
+      <c r="FX24" s="7">
+        <v>40.450597629999997</v>
+      </c>
+      <c r="FY24" s="7">
+        <v>65.97815602</v>
+      </c>
+      <c r="FZ24" s="7">
+        <v>45.183738929999997</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="7">
         <v>49.104789480000001</v>
       </c>
       <c r="D25" s="7">
         <v>39.847062970000003</v>
       </c>
       <c r="E25" s="7">
         <v>47.617201719999997</v>
       </c>
       <c r="F25" s="7">
         <v>42.733174380000001</v>
       </c>
       <c r="G25" s="7">
         <v>46.68920739</v>
       </c>
       <c r="H25" s="7">
         <v>47.253307249999999</v>
       </c>
       <c r="I25" s="7">
         <v>39.560769929999999</v>
       </c>
       <c r="J25" s="7">
@@ -10872,52 +11034,61 @@
       </c>
       <c r="FP25" s="7">
         <v>0.54714167999999996</v>
       </c>
       <c r="FQ25" s="7">
         <v>0.56578384000000004</v>
       </c>
       <c r="FR25" s="7">
         <v>0.48192649999999998</v>
       </c>
       <c r="FS25" s="7">
         <v>0.50841848000000001</v>
       </c>
       <c r="FT25" s="7">
         <v>0.57138953000000003</v>
       </c>
       <c r="FU25" s="7">
         <v>0.49727405000000002</v>
       </c>
       <c r="FV25" s="7">
         <v>0.63846619999999998</v>
       </c>
       <c r="FW25" s="7">
         <v>0.56904120000000002</v>
       </c>
+      <c r="FX25" s="7">
+        <v>1.16827719</v>
+      </c>
+      <c r="FY25" s="7">
+        <v>0.92828999999999995</v>
+      </c>
+      <c r="FZ25" s="7">
+        <v>1.07817582</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="7">
         <v>20.449673440000002</v>
       </c>
       <c r="D26" s="7">
         <v>6.3307420600000004</v>
       </c>
       <c r="E26" s="7">
         <v>5.3372115200000003</v>
       </c>
       <c r="F26" s="7">
         <v>4.4713701400000003</v>
       </c>
       <c r="G26" s="7">
         <v>4.7225266799999996</v>
       </c>
       <c r="H26" s="7">
         <v>3.8999858500000002</v>
       </c>
       <c r="I26" s="7">
         <v>3.7018944299999998</v>
       </c>
       <c r="J26" s="7">
@@ -11408,52 +11579,61 @@
       </c>
       <c r="FP26" s="7">
         <v>11.964320860000001</v>
       </c>
       <c r="FQ26" s="7">
         <v>11.768697149999999</v>
       </c>
       <c r="FR26" s="7">
         <v>11.982214340000001</v>
       </c>
       <c r="FS26" s="7">
         <v>16.775840989999999</v>
       </c>
       <c r="FT26" s="7">
         <v>20.062560059999999</v>
       </c>
       <c r="FU26" s="7">
         <v>15.621301559999999</v>
       </c>
       <c r="FV26" s="7">
         <v>16.49017735</v>
       </c>
       <c r="FW26" s="7">
         <v>13.87800318</v>
       </c>
+      <c r="FX26" s="7">
+        <v>14.865840260000001</v>
+      </c>
+      <c r="FY26" s="7">
+        <v>17.64470669</v>
+      </c>
+      <c r="FZ26" s="7">
+        <v>9.5644225200000008</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="7">
         <v>12.040012239999999</v>
       </c>
       <c r="D27" s="7">
         <v>21.675191330000001</v>
       </c>
       <c r="E27" s="7">
         <v>31.877212839999999</v>
       </c>
       <c r="F27" s="7">
         <v>12.07086645</v>
       </c>
       <c r="G27" s="7">
         <v>15.97360797</v>
       </c>
       <c r="H27" s="7">
         <v>15.347731789999999</v>
       </c>
       <c r="I27" s="7">
         <v>22.305601979999999</v>
       </c>
       <c r="J27" s="7">
@@ -11944,52 +12124,61 @@
       </c>
       <c r="FP27" s="7">
         <v>73.11875019</v>
       </c>
       <c r="FQ27" s="7">
         <v>20.180264520000001</v>
       </c>
       <c r="FR27" s="7">
         <v>12.725606539999999</v>
       </c>
       <c r="FS27" s="7">
         <v>11.99660227</v>
       </c>
       <c r="FT27" s="7">
         <v>27.754505630000001</v>
       </c>
       <c r="FU27" s="7">
         <v>26.60465189</v>
       </c>
       <c r="FV27" s="7">
         <v>28.542030409999999</v>
       </c>
       <c r="FW27" s="7">
         <v>30.379215169999998</v>
       </c>
+      <c r="FX27" s="7">
+        <v>99.098473819999995</v>
+      </c>
+      <c r="FY27" s="7">
+        <v>73.933645369999994</v>
+      </c>
+      <c r="FZ27" s="7">
+        <v>69.594195339999999</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="12">
         <v>1698.7382883299999</v>
       </c>
       <c r="D28" s="12">
         <v>1674.4073092900001</v>
       </c>
       <c r="E28" s="12">
         <v>1717.04764273</v>
       </c>
       <c r="F28" s="12">
         <v>1673.5015060600001</v>
       </c>
       <c r="G28" s="12">
         <v>1629.63400243</v>
       </c>
       <c r="H28" s="12">
         <v>1699.3130237299999</v>
       </c>
       <c r="I28" s="12">
         <v>1731.25449574</v>
       </c>
       <c r="J28" s="12">
@@ -12480,52 +12669,61 @@
       </c>
       <c r="FP28" s="12">
         <v>2694.0888789199998</v>
       </c>
       <c r="FQ28" s="12">
         <v>2626.0996990399999</v>
       </c>
       <c r="FR28" s="12">
         <v>2562.06600441</v>
       </c>
       <c r="FS28" s="12">
         <v>2497.6059639999999</v>
       </c>
       <c r="FT28" s="12">
         <v>2591.3021247500001</v>
       </c>
       <c r="FU28" s="12">
         <v>2590.4071214599999</v>
       </c>
       <c r="FV28" s="12">
         <v>2603.2569774899998</v>
       </c>
       <c r="FW28" s="12">
         <v>2613.38787293</v>
       </c>
+      <c r="FX28" s="12">
+        <v>2689.95269267</v>
+      </c>
+      <c r="FY28" s="12">
+        <v>2617.4910183299999</v>
+      </c>
+      <c r="FZ28" s="12">
+        <v>2627.3690104299999</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="14">
         <v>28987.199485239998</v>
       </c>
       <c r="D29" s="14">
         <v>28848.891910539998</v>
       </c>
       <c r="E29" s="14">
         <v>28867.20212455</v>
       </c>
       <c r="F29" s="14">
         <v>28538.990692709998</v>
       </c>
       <c r="G29" s="14">
         <v>28307.818100780001</v>
       </c>
       <c r="H29" s="14">
         <v>28414.653714060001</v>
       </c>
       <c r="I29" s="14">
         <v>28476.12522613</v>
       </c>
       <c r="J29" s="14">
@@ -13015,50 +13213,59 @@
         <v>61125.13384052</v>
       </c>
       <c r="FP29" s="14">
         <v>60354.195936190001</v>
       </c>
       <c r="FQ29" s="14">
         <v>60135.577677449997</v>
       </c>
       <c r="FR29" s="14">
         <v>60412.314734549997</v>
       </c>
       <c r="FS29" s="14">
         <v>60259.965840620003</v>
       </c>
       <c r="FT29" s="14">
         <v>60894.820687660002</v>
       </c>
       <c r="FU29" s="14">
         <v>61741.030587059999</v>
       </c>
       <c r="FV29" s="14">
         <v>63130.937361709999</v>
       </c>
       <c r="FW29" s="14">
         <v>64393.189386700004</v>
+      </c>
+      <c r="FX29" s="14">
+        <v>64416.413631310003</v>
+      </c>
+      <c r="FY29" s="14">
+        <v>64420.36945613</v>
+      </c>
+      <c r="FZ29" s="14">
+        <v>64308.079894160001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">