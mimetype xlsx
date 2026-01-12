--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202510\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="60" windowWidth="28800" windowHeight="10875"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="12" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="195">
   <si>
     <t>HRK</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>nominal valuation</t>
   </si>
   <si>
     <t>Issuer's sector/Original maturity/Currency of issue</t>
   </si>
   <si>
     <t>I) ISSUED IN DOMESTIC CAPITAL MARKET</t>
   </si>
   <si>
     <t xml:space="preserve">1 Central government                                   </t>
   </si>
   <si>
     <t>Short-term</t>
   </si>
   <si>
     <t>Other currencies</t>
   </si>
   <si>
@@ -647,50 +647,56 @@
   </si>
   <si>
     <t>Jan. 2025</t>
   </si>
   <si>
     <t>Feb. 2025</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
+  <si>
+    <t>Sep. 2025</t>
+  </si>
+  <si>
+    <t>Oct. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1217,164 +1223,164 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FK360"/>
+  <dimension ref="B1:FM360"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="3" customWidth="1"/>
     <col min="2" max="2" width="53.6640625" style="4" customWidth="1"/>
     <col min="3" max="27" width="13.5" style="12" bestFit="1" customWidth="1"/>
     <col min="28" max="45" width="13.5" style="23" bestFit="1" customWidth="1"/>
     <col min="46" max="47" width="14.5" style="23" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="13.5" style="23" bestFit="1" customWidth="1"/>
     <col min="49" max="52" width="13.5" style="24" bestFit="1" customWidth="1"/>
-    <col min="53" max="167" width="14.5" style="24" bestFit="1" customWidth="1"/>
-    <col min="168" max="16384" width="9.33203125" style="3"/>
+    <col min="53" max="169" width="14.5" style="24" bestFit="1" customWidth="1"/>
+    <col min="170" max="16384" width="9.33203125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:167" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:169" ht="15.75" x14ac:dyDescent="0.25">
       <c r="G1" s="34"/>
     </row>
-    <row r="2" spans="2:167" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:169" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="21"/>
       <c r="I2" s="21"/>
       <c r="J2" s="22"/>
       <c r="K2" s="21"/>
       <c r="L2" s="21"/>
       <c r="M2" s="21"/>
       <c r="N2" s="21"/>
       <c r="O2" s="21"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="21"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
       <c r="U2" s="21"/>
       <c r="V2" s="21"/>
       <c r="W2" s="21"/>
       <c r="X2" s="21"/>
       <c r="Y2" s="21"/>
       <c r="Z2" s="21"/>
       <c r="AA2" s="21"/>
     </row>
-    <row r="3" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="25"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="23"/>
       <c r="P3" s="23"/>
       <c r="Q3" s="23"/>
       <c r="R3" s="23"/>
       <c r="S3" s="23"/>
       <c r="T3" s="23"/>
       <c r="U3" s="23"/>
       <c r="V3" s="23"/>
       <c r="W3" s="23"/>
       <c r="X3" s="23"/>
       <c r="Y3" s="23"/>
       <c r="Z3" s="23"/>
       <c r="AA3" s="23"/>
     </row>
-    <row r="4" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="18"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="23"/>
       <c r="J4" s="25"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23"/>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="23"/>
       <c r="P4" s="23"/>
       <c r="Q4" s="23"/>
       <c r="R4" s="23"/>
       <c r="S4" s="23"/>
       <c r="T4" s="23"/>
       <c r="U4" s="23"/>
       <c r="V4" s="23"/>
       <c r="W4" s="23"/>
       <c r="X4" s="23"/>
       <c r="Y4" s="23"/>
       <c r="Z4" s="23"/>
       <c r="AA4" s="23"/>
     </row>
-    <row r="5" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="18"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="23"/>
       <c r="R5" s="23"/>
       <c r="S5" s="23"/>
       <c r="T5" s="23"/>
       <c r="U5" s="23"/>
       <c r="V5" s="23"/>
       <c r="W5" s="23"/>
       <c r="X5" s="23"/>
       <c r="Y5" s="23"/>
       <c r="Z5" s="23"/>
@@ -1472,67 +1478,69 @@
       <c r="EM5" s="23"/>
       <c r="EN5" s="23"/>
       <c r="EO5" s="23"/>
       <c r="EP5" s="23"/>
       <c r="EQ5" s="23"/>
       <c r="ER5" s="23"/>
       <c r="ES5" s="23"/>
       <c r="ET5" s="23"/>
       <c r="EU5" s="23"/>
       <c r="EV5" s="23"/>
       <c r="EW5" s="23"/>
       <c r="EX5" s="23"/>
       <c r="EY5" s="23"/>
       <c r="EZ5" s="23"/>
       <c r="FA5" s="23"/>
       <c r="FB5" s="23"/>
       <c r="FC5" s="23"/>
       <c r="FD5" s="23"/>
       <c r="FE5" s="23"/>
       <c r="FF5" s="23"/>
       <c r="FG5" s="23"/>
       <c r="FH5" s="23"/>
       <c r="FI5" s="23"/>
       <c r="FJ5" s="23"/>
       <c r="FK5" s="23"/>
+      <c r="FL5" s="23"/>
+      <c r="FM5" s="23"/>
     </row>
-    <row r="6" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17" t="s">
         <v>153</v>
       </c>
       <c r="J6" s="25"/>
       <c r="AW6" s="23"/>
       <c r="AX6" s="23"/>
       <c r="AY6" s="23"/>
       <c r="AZ6" s="23"/>
       <c r="BA6" s="23"/>
       <c r="BB6" s="23"/>
       <c r="BC6" s="23"/>
       <c r="BD6" s="23"/>
       <c r="BE6" s="23"/>
     </row>
-    <row r="7" spans="2:167" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:169" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="15" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="15" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="15" t="s">
@@ -1987,52 +1995,58 @@
       </c>
       <c r="FD7" s="15" t="s">
         <v>185</v>
       </c>
       <c r="FE7" s="15" t="s">
         <v>186</v>
       </c>
       <c r="FF7" s="15" t="s">
         <v>187</v>
       </c>
       <c r="FG7" s="15" t="s">
         <v>188</v>
       </c>
       <c r="FH7" s="15" t="s">
         <v>189</v>
       </c>
       <c r="FI7" s="15" t="s">
         <v>190</v>
       </c>
       <c r="FJ7" s="15" t="s">
         <v>191</v>
       </c>
       <c r="FK7" s="15" t="s">
         <v>192</v>
       </c>
+      <c r="FL7" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="FM7" s="15" t="s">
+        <v>194</v>
+      </c>
     </row>
-    <row r="8" spans="2:167" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
@@ -2157,52 +2171,54 @@
       <c r="EM8" s="26"/>
       <c r="EN8" s="26"/>
       <c r="EO8" s="26"/>
       <c r="EP8" s="26"/>
       <c r="EQ8" s="26"/>
       <c r="ER8" s="26"/>
       <c r="ES8" s="26"/>
       <c r="ET8" s="26"/>
       <c r="EU8" s="26"/>
       <c r="EV8" s="26"/>
       <c r="EW8" s="26"/>
       <c r="EX8" s="26"/>
       <c r="EY8" s="26"/>
       <c r="EZ8" s="26"/>
       <c r="FA8" s="26"/>
       <c r="FB8" s="26"/>
       <c r="FC8" s="26"/>
       <c r="FD8" s="26"/>
       <c r="FE8" s="26"/>
       <c r="FF8" s="26"/>
       <c r="FG8" s="26"/>
       <c r="FH8" s="26"/>
       <c r="FI8" s="26"/>
       <c r="FJ8" s="26"/>
       <c r="FK8" s="26"/>
+      <c r="FL8" s="26"/>
+      <c r="FM8" s="26"/>
     </row>
-    <row r="9" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="27">
         <v>9847.5640765499993</v>
       </c>
       <c r="D9" s="27">
         <v>9967.0069003600001</v>
       </c>
       <c r="E9" s="27">
         <v>10643.20952765</v>
       </c>
       <c r="F9" s="27">
         <v>10613.694216489999</v>
       </c>
       <c r="G9" s="27">
         <v>10702.85729027</v>
       </c>
       <c r="H9" s="27">
         <v>10206.80362581</v>
       </c>
       <c r="I9" s="27">
         <v>10168.21060615</v>
       </c>
       <c r="J9" s="27">
@@ -2657,52 +2673,58 @@
       </c>
       <c r="FD9" s="27">
         <v>21621.654078919997</v>
       </c>
       <c r="FE9" s="27">
         <v>21667.759976770001</v>
       </c>
       <c r="FF9" s="27">
         <v>22380.323864869999</v>
       </c>
       <c r="FG9" s="27">
         <v>22427.933472970002</v>
       </c>
       <c r="FH9" s="27">
         <v>22439.691630419999</v>
       </c>
       <c r="FI9" s="27">
         <v>23317.79689564</v>
       </c>
       <c r="FJ9" s="27">
         <v>23464.152984910001</v>
       </c>
       <c r="FK9" s="27">
         <v>23489.592991009999</v>
       </c>
+      <c r="FL9" s="27">
+        <v>23864.75375562</v>
+      </c>
+      <c r="FM9" s="27">
+        <v>23915.2525174</v>
+      </c>
     </row>
-    <row r="10" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="27">
         <v>2677.6647210900001</v>
       </c>
       <c r="D10" s="27">
         <v>2794.1416875199998</v>
       </c>
       <c r="E10" s="27">
         <v>2642.8380413300001</v>
       </c>
       <c r="F10" s="27">
         <v>2672.32458387</v>
       </c>
       <c r="G10" s="27">
         <v>2709.5794509799998</v>
       </c>
       <c r="H10" s="27">
         <v>2708.9723286499998</v>
       </c>
       <c r="I10" s="27">
         <v>2682.5628949400002</v>
       </c>
       <c r="J10" s="27">
@@ -3157,52 +3179,58 @@
       </c>
       <c r="FD10" s="27">
         <v>3282.0056987899998</v>
       </c>
       <c r="FE10" s="27">
         <v>3314.5863157199997</v>
       </c>
       <c r="FF10" s="27">
         <v>3574.7107067500001</v>
       </c>
       <c r="FG10" s="27">
         <v>3583.41464408</v>
       </c>
       <c r="FH10" s="27">
         <v>3592.4313719800002</v>
       </c>
       <c r="FI10" s="27">
         <v>4466.0504843900007</v>
       </c>
       <c r="FJ10" s="27">
         <v>4476.3895773000004</v>
       </c>
       <c r="FK10" s="27">
         <v>4486.7527754100001</v>
       </c>
+      <c r="FL10" s="27">
+        <v>4845.0662545100004</v>
+      </c>
+      <c r="FM10" s="27">
+        <v>4856.2157062700007</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="28">
         <v>1995.54438301</v>
       </c>
       <c r="D11" s="28">
         <v>2055.19410702</v>
       </c>
       <c r="E11" s="28">
         <v>1887.1426008999999</v>
       </c>
       <c r="F11" s="28">
         <v>1807.3307718000001</v>
       </c>
       <c r="G11" s="28">
         <v>1857.1126165200001</v>
       </c>
       <c r="H11" s="28">
         <v>1899.98487894</v>
       </c>
       <c r="I11" s="28">
         <v>1949.27342402</v>
       </c>
       <c r="J11" s="28">
@@ -3657,52 +3685,58 @@
       </c>
       <c r="FD11" s="28">
         <v>0</v>
       </c>
       <c r="FE11" s="28">
         <v>0</v>
       </c>
       <c r="FF11" s="28">
         <v>0</v>
       </c>
       <c r="FG11" s="28">
         <v>0</v>
       </c>
       <c r="FH11" s="28">
         <v>0</v>
       </c>
       <c r="FI11" s="28">
         <v>0</v>
       </c>
       <c r="FJ11" s="28">
         <v>0</v>
       </c>
       <c r="FK11" s="28">
         <v>0</v>
       </c>
+      <c r="FL11" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM11" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="28">
         <v>682.12033808000001</v>
       </c>
       <c r="D12" s="28">
         <v>738.94758049999996</v>
       </c>
       <c r="E12" s="28">
         <v>755.69544042999996</v>
       </c>
       <c r="F12" s="28">
         <v>864.99381206999999</v>
       </c>
       <c r="G12" s="28">
         <v>852.46683446999998</v>
       </c>
       <c r="H12" s="28">
         <v>808.98744970999996</v>
       </c>
       <c r="I12" s="28">
         <v>733.28947091999999</v>
       </c>
       <c r="J12" s="28">
@@ -4157,52 +4191,58 @@
       </c>
       <c r="FD12" s="28">
         <v>3282.0056987899998</v>
       </c>
       <c r="FE12" s="28">
         <v>3314.5863157199997</v>
       </c>
       <c r="FF12" s="28">
         <v>3574.7107067500001</v>
       </c>
       <c r="FG12" s="28">
         <v>3583.41464408</v>
       </c>
       <c r="FH12" s="28">
         <v>3592.4313719800002</v>
       </c>
       <c r="FI12" s="28">
         <v>4466.0504843900007</v>
       </c>
       <c r="FJ12" s="28">
         <v>4476.3895773000004</v>
       </c>
       <c r="FK12" s="28">
         <v>4486.7527754100001</v>
       </c>
+      <c r="FL12" s="28">
+        <v>4845.0662545100004</v>
+      </c>
+      <c r="FM12" s="28">
+        <v>4856.2157062700007</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="28">
         <v>0</v>
       </c>
       <c r="D13" s="28">
         <v>0</v>
       </c>
       <c r="E13" s="28">
         <v>0</v>
       </c>
       <c r="F13" s="28">
         <v>0</v>
       </c>
       <c r="G13" s="28">
         <v>0</v>
       </c>
       <c r="H13" s="28">
         <v>0</v>
       </c>
       <c r="I13" s="28">
         <v>0</v>
       </c>
       <c r="J13" s="28">
@@ -4657,52 +4697,58 @@
       </c>
       <c r="FD13" s="28">
         <v>0</v>
       </c>
       <c r="FE13" s="28">
         <v>0</v>
       </c>
       <c r="FF13" s="28">
         <v>0</v>
       </c>
       <c r="FG13" s="28">
         <v>0</v>
       </c>
       <c r="FH13" s="28">
         <v>0</v>
       </c>
       <c r="FI13" s="28">
         <v>0</v>
       </c>
       <c r="FJ13" s="28">
         <v>0</v>
       </c>
       <c r="FK13" s="28">
         <v>0</v>
       </c>
+      <c r="FL13" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM13" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="27">
         <v>7169.8993554600002</v>
       </c>
       <c r="D14" s="27">
         <v>7172.8652128499998</v>
       </c>
       <c r="E14" s="27">
         <v>8000.3714863200003</v>
       </c>
       <c r="F14" s="27">
         <v>7941.3696326199997</v>
       </c>
       <c r="G14" s="27">
         <v>7993.27783929</v>
       </c>
       <c r="H14" s="27">
         <v>7497.83129715</v>
       </c>
       <c r="I14" s="27">
         <v>7485.6477112100001</v>
       </c>
       <c r="J14" s="27">
@@ -5157,52 +5203,58 @@
       </c>
       <c r="FD14" s="27">
         <v>18339.648380130002</v>
       </c>
       <c r="FE14" s="27">
         <v>18353.173661049997</v>
       </c>
       <c r="FF14" s="27">
         <v>18805.613158119999</v>
       </c>
       <c r="FG14" s="27">
         <v>18844.518828889999</v>
       </c>
       <c r="FH14" s="27">
         <v>18847.260258439997</v>
       </c>
       <c r="FI14" s="27">
         <v>18851.746411249998</v>
       </c>
       <c r="FJ14" s="27">
         <v>18987.76340761</v>
       </c>
       <c r="FK14" s="27">
         <v>19002.840215599997</v>
       </c>
+      <c r="FL14" s="27">
+        <v>19019.687501110002</v>
+      </c>
+      <c r="FM14" s="27">
+        <v>19059.036811130001</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="28">
         <v>3433.2099666499998</v>
       </c>
       <c r="D15" s="28">
         <v>3431.85214589</v>
       </c>
       <c r="E15" s="28">
         <v>3571.9138094099999</v>
       </c>
       <c r="F15" s="28">
         <v>3565.4930229400002</v>
       </c>
       <c r="G15" s="28">
         <v>3581.95379417</v>
       </c>
       <c r="H15" s="28">
         <v>3581.8431651599999</v>
       </c>
       <c r="I15" s="28">
         <v>3578.0995610999998</v>
       </c>
       <c r="J15" s="28">
@@ -5657,52 +5709,58 @@
       </c>
       <c r="FD15" s="28">
         <v>0</v>
       </c>
       <c r="FE15" s="28">
         <v>0</v>
       </c>
       <c r="FF15" s="28">
         <v>0</v>
       </c>
       <c r="FG15" s="28">
         <v>0</v>
       </c>
       <c r="FH15" s="28">
         <v>0</v>
       </c>
       <c r="FI15" s="28">
         <v>0</v>
       </c>
       <c r="FJ15" s="28">
         <v>0</v>
       </c>
       <c r="FK15" s="28">
         <v>0</v>
       </c>
+      <c r="FL15" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM15" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="28">
         <v>3736.6893888200002</v>
       </c>
       <c r="D16" s="28">
         <v>3741.0130669499999</v>
       </c>
       <c r="E16" s="28">
         <v>4428.4576769100004</v>
       </c>
       <c r="F16" s="28">
         <v>4375.87660968</v>
       </c>
       <c r="G16" s="28">
         <v>4411.3240451199999</v>
       </c>
       <c r="H16" s="28">
         <v>3915.988132</v>
       </c>
       <c r="I16" s="28">
         <v>3907.5481501099998</v>
       </c>
       <c r="J16" s="28">
@@ -6157,52 +6215,58 @@
       </c>
       <c r="FD16" s="28">
         <v>18339.648380130002</v>
       </c>
       <c r="FE16" s="28">
         <v>18353.173661049997</v>
       </c>
       <c r="FF16" s="28">
         <v>18805.613158119999</v>
       </c>
       <c r="FG16" s="28">
         <v>18844.518828889999</v>
       </c>
       <c r="FH16" s="28">
         <v>18847.260258439997</v>
       </c>
       <c r="FI16" s="28">
         <v>18851.746411249998</v>
       </c>
       <c r="FJ16" s="28">
         <v>18987.76340761</v>
       </c>
       <c r="FK16" s="28">
         <v>19002.840215599997</v>
       </c>
+      <c r="FL16" s="28">
+        <v>19019.687501110002</v>
+      </c>
+      <c r="FM16" s="28">
+        <v>19059.036811130001</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="29">
         <v>0</v>
       </c>
       <c r="D17" s="29">
         <v>0</v>
       </c>
       <c r="E17" s="29">
         <v>0</v>
       </c>
       <c r="F17" s="29">
         <v>0</v>
       </c>
       <c r="G17" s="29">
         <v>0</v>
       </c>
       <c r="H17" s="29">
         <v>0</v>
       </c>
       <c r="I17" s="29">
         <v>0</v>
       </c>
       <c r="J17" s="29">
@@ -6657,52 +6721,58 @@
       </c>
       <c r="FD17" s="29">
         <v>0</v>
       </c>
       <c r="FE17" s="29">
         <v>0</v>
       </c>
       <c r="FF17" s="29">
         <v>0</v>
       </c>
       <c r="FG17" s="29">
         <v>0</v>
       </c>
       <c r="FH17" s="29">
         <v>0</v>
       </c>
       <c r="FI17" s="29">
         <v>0</v>
       </c>
       <c r="FJ17" s="29">
         <v>0</v>
       </c>
       <c r="FK17" s="29">
         <v>0</v>
       </c>
+      <c r="FL17" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM17" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="27">
         <v>53.142213509999998</v>
       </c>
       <c r="D18" s="27">
         <v>51.493985629999997</v>
       </c>
       <c r="E18" s="27">
         <v>51.758399220000001</v>
       </c>
       <c r="F18" s="27">
         <v>51.56189586</v>
       </c>
       <c r="G18" s="27">
         <v>51.403504660000003</v>
       </c>
       <c r="H18" s="27">
         <v>51.580914929999999</v>
       </c>
       <c r="I18" s="27">
         <v>51.49014021</v>
       </c>
       <c r="J18" s="27">
@@ -7157,52 +7227,58 @@
       </c>
       <c r="FD18" s="27">
         <v>8.9367681599999997</v>
       </c>
       <c r="FE18" s="27">
         <v>8.948054710000001</v>
       </c>
       <c r="FF18" s="27">
         <v>8.960550529999999</v>
       </c>
       <c r="FG18" s="27">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH18" s="27">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI18" s="27">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ18" s="27">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK18" s="27">
         <v>8.9477507200000002</v>
       </c>
+      <c r="FL18" s="27">
+        <v>8.9605791400000001</v>
+      </c>
+      <c r="FM18" s="27">
+        <v>8.8996837800000002</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="27">
         <v>0</v>
       </c>
       <c r="D19" s="27">
         <v>0</v>
       </c>
       <c r="E19" s="27">
         <v>0</v>
       </c>
       <c r="F19" s="27">
         <v>0</v>
       </c>
       <c r="G19" s="27">
         <v>0</v>
       </c>
       <c r="H19" s="27">
         <v>0</v>
       </c>
       <c r="I19" s="27">
         <v>0</v>
       </c>
       <c r="J19" s="27">
@@ -7657,52 +7733,58 @@
       </c>
       <c r="FD19" s="27">
         <v>0</v>
       </c>
       <c r="FE19" s="27">
         <v>0</v>
       </c>
       <c r="FF19" s="27">
         <v>0</v>
       </c>
       <c r="FG19" s="27">
         <v>0</v>
       </c>
       <c r="FH19" s="27">
         <v>0</v>
       </c>
       <c r="FI19" s="27">
         <v>0</v>
       </c>
       <c r="FJ19" s="27">
         <v>0</v>
       </c>
       <c r="FK19" s="27">
         <v>0</v>
       </c>
+      <c r="FL19" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM19" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="28">
         <v>0</v>
       </c>
       <c r="D20" s="28">
         <v>0</v>
       </c>
       <c r="E20" s="28">
         <v>0</v>
       </c>
       <c r="F20" s="28">
         <v>0</v>
       </c>
       <c r="G20" s="28">
         <v>0</v>
       </c>
       <c r="H20" s="28">
         <v>0</v>
       </c>
       <c r="I20" s="28">
         <v>0</v>
       </c>
       <c r="J20" s="28">
@@ -8157,52 +8239,58 @@
       </c>
       <c r="FD20" s="28">
         <v>0</v>
       </c>
       <c r="FE20" s="28">
         <v>0</v>
       </c>
       <c r="FF20" s="28">
         <v>0</v>
       </c>
       <c r="FG20" s="28">
         <v>0</v>
       </c>
       <c r="FH20" s="28">
         <v>0</v>
       </c>
       <c r="FI20" s="28">
         <v>0</v>
       </c>
       <c r="FJ20" s="28">
         <v>0</v>
       </c>
       <c r="FK20" s="28">
         <v>0</v>
       </c>
+      <c r="FL20" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM20" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="28">
         <v>0</v>
       </c>
       <c r="D21" s="28">
         <v>0</v>
       </c>
       <c r="E21" s="28">
         <v>0</v>
       </c>
       <c r="F21" s="28">
         <v>0</v>
       </c>
       <c r="G21" s="28">
         <v>0</v>
       </c>
       <c r="H21" s="28">
         <v>0</v>
       </c>
       <c r="I21" s="28">
         <v>0</v>
       </c>
       <c r="J21" s="28">
@@ -8657,52 +8745,58 @@
       </c>
       <c r="FD21" s="28">
         <v>0</v>
       </c>
       <c r="FE21" s="28">
         <v>0</v>
       </c>
       <c r="FF21" s="28">
         <v>0</v>
       </c>
       <c r="FG21" s="28">
         <v>0</v>
       </c>
       <c r="FH21" s="28">
         <v>0</v>
       </c>
       <c r="FI21" s="28">
         <v>0</v>
       </c>
       <c r="FJ21" s="28">
         <v>0</v>
       </c>
       <c r="FK21" s="28">
         <v>0</v>
       </c>
+      <c r="FL21" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM21" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="28">
         <v>0</v>
       </c>
       <c r="D22" s="28">
         <v>0</v>
       </c>
       <c r="E22" s="28">
         <v>0</v>
       </c>
       <c r="F22" s="28">
         <v>0</v>
       </c>
       <c r="G22" s="28">
         <v>0</v>
       </c>
       <c r="H22" s="28">
         <v>0</v>
       </c>
       <c r="I22" s="28">
         <v>0</v>
       </c>
       <c r="J22" s="28">
@@ -9157,52 +9251,58 @@
       </c>
       <c r="FD22" s="28">
         <v>0</v>
       </c>
       <c r="FE22" s="28">
         <v>0</v>
       </c>
       <c r="FF22" s="28">
         <v>0</v>
       </c>
       <c r="FG22" s="28">
         <v>0</v>
       </c>
       <c r="FH22" s="28">
         <v>0</v>
       </c>
       <c r="FI22" s="28">
         <v>0</v>
       </c>
       <c r="FJ22" s="28">
         <v>0</v>
       </c>
       <c r="FK22" s="28">
         <v>0</v>
       </c>
+      <c r="FL22" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM22" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="27">
         <v>53.142213509999998</v>
       </c>
       <c r="D23" s="27">
         <v>51.493985629999997</v>
       </c>
       <c r="E23" s="27">
         <v>51.758399220000001</v>
       </c>
       <c r="F23" s="27">
         <v>51.56189586</v>
       </c>
       <c r="G23" s="27">
         <v>51.403504660000003</v>
       </c>
       <c r="H23" s="27">
         <v>51.580914929999999</v>
       </c>
       <c r="I23" s="27">
         <v>51.49014021</v>
       </c>
       <c r="J23" s="27">
@@ -9657,52 +9757,58 @@
       </c>
       <c r="FD23" s="27">
         <v>8.9367681599999997</v>
       </c>
       <c r="FE23" s="27">
         <v>8.948054710000001</v>
       </c>
       <c r="FF23" s="27">
         <v>8.960550529999999</v>
       </c>
       <c r="FG23" s="27">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH23" s="27">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI23" s="27">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ23" s="27">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK23" s="27">
         <v>8.9477507200000002</v>
       </c>
+      <c r="FL23" s="27">
+        <v>8.9605791400000001</v>
+      </c>
+      <c r="FM23" s="27">
+        <v>8.8996837800000002</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="28">
         <v>8.4166738300000006</v>
       </c>
       <c r="D24" s="28">
         <v>8.4567546700000005</v>
       </c>
       <c r="E24" s="28">
         <v>8.4930779300000001</v>
       </c>
       <c r="F24" s="28">
         <v>8.5306537099999993</v>
       </c>
       <c r="G24" s="28">
         <v>8.0612586499999992</v>
       </c>
       <c r="H24" s="28">
         <v>8.0987885599999991</v>
       </c>
       <c r="I24" s="28">
         <v>8.1338971900000008</v>
       </c>
       <c r="J24" s="28">
@@ -10157,52 +10263,58 @@
       </c>
       <c r="FD24" s="28">
         <v>0</v>
       </c>
       <c r="FE24" s="28">
         <v>0</v>
       </c>
       <c r="FF24" s="28">
         <v>0</v>
       </c>
       <c r="FG24" s="28">
         <v>0</v>
       </c>
       <c r="FH24" s="28">
         <v>0</v>
       </c>
       <c r="FI24" s="28">
         <v>0</v>
       </c>
       <c r="FJ24" s="28">
         <v>0</v>
       </c>
       <c r="FK24" s="28">
         <v>0</v>
       </c>
+      <c r="FL24" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM24" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="28">
         <v>44.725539679999997</v>
       </c>
       <c r="D25" s="28">
         <v>43.037230960000002</v>
       </c>
       <c r="E25" s="28">
         <v>43.265321290000003</v>
       </c>
       <c r="F25" s="28">
         <v>43.031242149999997</v>
       </c>
       <c r="G25" s="28">
         <v>43.342246009999997</v>
       </c>
       <c r="H25" s="28">
         <v>43.482126370000003</v>
       </c>
       <c r="I25" s="28">
         <v>43.356243030000002</v>
       </c>
       <c r="J25" s="28">
@@ -10657,52 +10769,58 @@
       </c>
       <c r="FD25" s="28">
         <v>8.9367681599999997</v>
       </c>
       <c r="FE25" s="28">
         <v>8.948054710000001</v>
       </c>
       <c r="FF25" s="28">
         <v>8.960550529999999</v>
       </c>
       <c r="FG25" s="28">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH25" s="28">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI25" s="28">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ25" s="28">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK25" s="28">
         <v>8.9477507200000002</v>
       </c>
+      <c r="FL25" s="28">
+        <v>8.9605791400000001</v>
+      </c>
+      <c r="FM25" s="28">
+        <v>8.8996837800000002</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="29">
         <v>0</v>
       </c>
       <c r="D26" s="29">
         <v>0</v>
       </c>
       <c r="E26" s="29">
         <v>0</v>
       </c>
       <c r="F26" s="29">
         <v>0</v>
       </c>
       <c r="G26" s="29">
         <v>0</v>
       </c>
       <c r="H26" s="29">
         <v>0</v>
       </c>
       <c r="I26" s="29">
         <v>0</v>
       </c>
       <c r="J26" s="29">
@@ -11157,52 +11275,58 @@
       </c>
       <c r="FD26" s="29">
         <v>0</v>
       </c>
       <c r="FE26" s="29">
         <v>0</v>
       </c>
       <c r="FF26" s="29">
         <v>0</v>
       </c>
       <c r="FG26" s="29">
         <v>0</v>
       </c>
       <c r="FH26" s="29">
         <v>0</v>
       </c>
       <c r="FI26" s="29">
         <v>0</v>
       </c>
       <c r="FJ26" s="29">
         <v>0</v>
       </c>
       <c r="FK26" s="29">
         <v>0</v>
       </c>
+      <c r="FL26" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM26" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="30">
         <v>0</v>
       </c>
       <c r="D27" s="30">
         <v>0</v>
       </c>
       <c r="E27" s="30">
         <v>0</v>
       </c>
       <c r="F27" s="30">
         <v>0</v>
       </c>
       <c r="G27" s="30">
         <v>0</v>
       </c>
       <c r="H27" s="30">
         <v>0</v>
       </c>
       <c r="I27" s="30">
         <v>0</v>
       </c>
       <c r="J27" s="30">
@@ -11657,52 +11781,58 @@
       </c>
       <c r="FD27" s="30">
         <v>0</v>
       </c>
       <c r="FE27" s="30">
         <v>0</v>
       </c>
       <c r="FF27" s="30">
         <v>0</v>
       </c>
       <c r="FG27" s="30">
         <v>0</v>
       </c>
       <c r="FH27" s="30">
         <v>0</v>
       </c>
       <c r="FI27" s="30">
         <v>0</v>
       </c>
       <c r="FJ27" s="30">
         <v>0</v>
       </c>
       <c r="FK27" s="30">
         <v>0</v>
       </c>
+      <c r="FL27" s="30">
+        <v>0</v>
+      </c>
+      <c r="FM27" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="30">
         <v>0</v>
       </c>
       <c r="D28" s="30">
         <v>0</v>
       </c>
       <c r="E28" s="30">
         <v>0</v>
       </c>
       <c r="F28" s="30">
         <v>0</v>
       </c>
       <c r="G28" s="30">
         <v>0</v>
       </c>
       <c r="H28" s="30">
         <v>0</v>
       </c>
       <c r="I28" s="30">
         <v>0</v>
       </c>
       <c r="J28" s="30">
@@ -12157,52 +12287,58 @@
       </c>
       <c r="FD28" s="30">
         <v>0</v>
       </c>
       <c r="FE28" s="30">
         <v>0</v>
       </c>
       <c r="FF28" s="30">
         <v>0</v>
       </c>
       <c r="FG28" s="30">
         <v>0</v>
       </c>
       <c r="FH28" s="30">
         <v>0</v>
       </c>
       <c r="FI28" s="30">
         <v>0</v>
       </c>
       <c r="FJ28" s="30">
         <v>0</v>
       </c>
       <c r="FK28" s="30">
         <v>0</v>
       </c>
+      <c r="FL28" s="30">
+        <v>0</v>
+      </c>
+      <c r="FM28" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="27">
         <v>136.77034513000001</v>
       </c>
       <c r="D29" s="27">
         <v>137.67374541999999</v>
       </c>
       <c r="E29" s="27">
         <v>138.13499100999999</v>
       </c>
       <c r="F29" s="27">
         <v>135.98577688</v>
       </c>
       <c r="G29" s="27">
         <v>138.28533813999999</v>
       </c>
       <c r="H29" s="27">
         <v>139.35701492000001</v>
       </c>
       <c r="I29" s="27">
         <v>139.40565803999999</v>
       </c>
       <c r="J29" s="27">
@@ -12657,52 +12793,58 @@
       </c>
       <c r="FD29" s="27">
         <v>205.65937443999999</v>
       </c>
       <c r="FE29" s="27">
         <v>206.14070552000001</v>
       </c>
       <c r="FF29" s="27">
         <v>206.89552116999999</v>
       </c>
       <c r="FG29" s="27">
         <v>207.56713724000002</v>
       </c>
       <c r="FH29" s="27">
         <v>207.48468281999999</v>
       </c>
       <c r="FI29" s="27">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ29" s="27">
         <v>205.02132291999999</v>
       </c>
       <c r="FK29" s="27">
         <v>205.5271621</v>
       </c>
+      <c r="FL29" s="27">
+        <v>208.30554734</v>
+      </c>
+      <c r="FM29" s="27">
+        <v>209.00964646</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="27">
         <v>0</v>
       </c>
       <c r="D30" s="27">
         <v>0</v>
       </c>
       <c r="E30" s="27">
         <v>0</v>
       </c>
       <c r="F30" s="27">
         <v>0</v>
       </c>
       <c r="G30" s="27">
         <v>0</v>
       </c>
       <c r="H30" s="27">
         <v>0</v>
       </c>
       <c r="I30" s="27">
         <v>0</v>
       </c>
       <c r="J30" s="27">
@@ -13157,52 +13299,58 @@
       </c>
       <c r="FD30" s="27">
         <v>0</v>
       </c>
       <c r="FE30" s="27">
         <v>0</v>
       </c>
       <c r="FF30" s="27">
         <v>0</v>
       </c>
       <c r="FG30" s="27">
         <v>0</v>
       </c>
       <c r="FH30" s="27">
         <v>0</v>
       </c>
       <c r="FI30" s="27">
         <v>0</v>
       </c>
       <c r="FJ30" s="27">
         <v>0</v>
       </c>
       <c r="FK30" s="27">
         <v>0</v>
       </c>
+      <c r="FL30" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM30" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="28">
         <v>0</v>
       </c>
       <c r="D31" s="28">
         <v>0</v>
       </c>
       <c r="E31" s="28">
         <v>0</v>
       </c>
       <c r="F31" s="28">
         <v>0</v>
       </c>
       <c r="G31" s="28">
         <v>0</v>
       </c>
       <c r="H31" s="28">
         <v>0</v>
       </c>
       <c r="I31" s="28">
         <v>0</v>
       </c>
       <c r="J31" s="28">
@@ -13657,52 +13805,58 @@
       </c>
       <c r="FD31" s="28">
         <v>0</v>
       </c>
       <c r="FE31" s="28">
         <v>0</v>
       </c>
       <c r="FF31" s="28">
         <v>0</v>
       </c>
       <c r="FG31" s="28">
         <v>0</v>
       </c>
       <c r="FH31" s="28">
         <v>0</v>
       </c>
       <c r="FI31" s="28">
         <v>0</v>
       </c>
       <c r="FJ31" s="28">
         <v>0</v>
       </c>
       <c r="FK31" s="28">
         <v>0</v>
       </c>
+      <c r="FL31" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM31" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C32" s="28">
         <v>0</v>
       </c>
       <c r="D32" s="28">
         <v>0</v>
       </c>
       <c r="E32" s="28">
         <v>0</v>
       </c>
       <c r="F32" s="28">
         <v>0</v>
       </c>
       <c r="G32" s="28">
         <v>0</v>
       </c>
       <c r="H32" s="28">
         <v>0</v>
       </c>
       <c r="I32" s="28">
         <v>0</v>
       </c>
       <c r="J32" s="28">
@@ -14157,52 +14311,58 @@
       </c>
       <c r="FD32" s="28">
         <v>0</v>
       </c>
       <c r="FE32" s="28">
         <v>0</v>
       </c>
       <c r="FF32" s="28">
         <v>0</v>
       </c>
       <c r="FG32" s="28">
         <v>0</v>
       </c>
       <c r="FH32" s="28">
         <v>0</v>
       </c>
       <c r="FI32" s="28">
         <v>0</v>
       </c>
       <c r="FJ32" s="28">
         <v>0</v>
       </c>
       <c r="FK32" s="28">
         <v>0</v>
       </c>
+      <c r="FL32" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM32" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="28">
         <v>0</v>
       </c>
       <c r="D33" s="28">
         <v>0</v>
       </c>
       <c r="E33" s="28">
         <v>0</v>
       </c>
       <c r="F33" s="28">
         <v>0</v>
       </c>
       <c r="G33" s="28">
         <v>0</v>
       </c>
       <c r="H33" s="28">
         <v>0</v>
       </c>
       <c r="I33" s="28">
         <v>0</v>
       </c>
       <c r="J33" s="28">
@@ -14657,52 +14817,58 @@
       </c>
       <c r="FD33" s="28">
         <v>0</v>
       </c>
       <c r="FE33" s="28">
         <v>0</v>
       </c>
       <c r="FF33" s="28">
         <v>0</v>
       </c>
       <c r="FG33" s="28">
         <v>0</v>
       </c>
       <c r="FH33" s="28">
         <v>0</v>
       </c>
       <c r="FI33" s="28">
         <v>0</v>
       </c>
       <c r="FJ33" s="28">
         <v>0</v>
       </c>
       <c r="FK33" s="28">
         <v>0</v>
       </c>
+      <c r="FL33" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM33" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="27">
         <v>136.77034513000001</v>
       </c>
       <c r="D34" s="27">
         <v>137.67374541999999</v>
       </c>
       <c r="E34" s="27">
         <v>138.13499100999999</v>
       </c>
       <c r="F34" s="27">
         <v>135.98577688</v>
       </c>
       <c r="G34" s="27">
         <v>138.28533813999999</v>
       </c>
       <c r="H34" s="27">
         <v>139.35701492000001</v>
       </c>
       <c r="I34" s="27">
         <v>139.40565803999999</v>
       </c>
       <c r="J34" s="27">
@@ -15157,52 +15323,58 @@
       </c>
       <c r="FD34" s="27">
         <v>205.65937443999999</v>
       </c>
       <c r="FE34" s="27">
         <v>206.14070552000001</v>
       </c>
       <c r="FF34" s="27">
         <v>206.89552116999999</v>
       </c>
       <c r="FG34" s="27">
         <v>207.56713724000002</v>
       </c>
       <c r="FH34" s="27">
         <v>207.48468281999999</v>
       </c>
       <c r="FI34" s="27">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ34" s="27">
         <v>205.02132291999999</v>
       </c>
       <c r="FK34" s="27">
         <v>205.5271621</v>
       </c>
+      <c r="FL34" s="27">
+        <v>208.30554734</v>
+      </c>
+      <c r="FM34" s="27">
+        <v>209.00964646</v>
+      </c>
     </row>
-    <row r="35" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="28">
         <v>44.228939400000002</v>
       </c>
       <c r="D35" s="28">
         <v>44.19225599</v>
       </c>
       <c r="E35" s="28">
         <v>44.388472159999999</v>
       </c>
       <c r="F35" s="28">
         <v>42.6205207</v>
       </c>
       <c r="G35" s="28">
         <v>44.115234309999998</v>
       </c>
       <c r="H35" s="28">
         <v>44.333493590000003</v>
       </c>
       <c r="I35" s="28">
         <v>44.53767165</v>
       </c>
       <c r="J35" s="28">
@@ -15657,52 +15829,58 @@
       </c>
       <c r="FD35" s="28">
         <v>0</v>
       </c>
       <c r="FE35" s="28">
         <v>0</v>
       </c>
       <c r="FF35" s="28">
         <v>0</v>
       </c>
       <c r="FG35" s="28">
         <v>0</v>
       </c>
       <c r="FH35" s="28">
         <v>0</v>
       </c>
       <c r="FI35" s="28">
         <v>0</v>
       </c>
       <c r="FJ35" s="28">
         <v>0</v>
       </c>
       <c r="FK35" s="28">
         <v>0</v>
       </c>
+      <c r="FL35" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM35" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C36" s="28">
         <v>92.541405729999994</v>
       </c>
       <c r="D36" s="28">
         <v>93.481489429999996</v>
       </c>
       <c r="E36" s="28">
         <v>93.746518850000001</v>
       </c>
       <c r="F36" s="28">
         <v>93.365256180000003</v>
       </c>
       <c r="G36" s="28">
         <v>94.170103839999996</v>
       </c>
       <c r="H36" s="28">
         <v>95.023521329999994</v>
       </c>
       <c r="I36" s="28">
         <v>94.867986389999999</v>
       </c>
       <c r="J36" s="28">
@@ -16157,52 +16335,58 @@
       </c>
       <c r="FD36" s="28">
         <v>205.65937443999999</v>
       </c>
       <c r="FE36" s="28">
         <v>206.14070552000001</v>
       </c>
       <c r="FF36" s="28">
         <v>206.89552116999999</v>
       </c>
       <c r="FG36" s="28">
         <v>207.56713724000002</v>
       </c>
       <c r="FH36" s="28">
         <v>207.48468281999999</v>
       </c>
       <c r="FI36" s="28">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ36" s="28">
         <v>205.02132291999999</v>
       </c>
       <c r="FK36" s="28">
         <v>205.5271621</v>
       </c>
+      <c r="FL36" s="28">
+        <v>208.30554734</v>
+      </c>
+      <c r="FM36" s="28">
+        <v>209.00964646</v>
+      </c>
     </row>
-    <row r="37" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="29">
         <v>0</v>
       </c>
       <c r="D37" s="29">
         <v>0</v>
       </c>
       <c r="E37" s="29">
         <v>0</v>
       </c>
       <c r="F37" s="29">
         <v>0</v>
       </c>
       <c r="G37" s="29">
         <v>0</v>
       </c>
       <c r="H37" s="29">
         <v>0</v>
       </c>
       <c r="I37" s="29">
         <v>0</v>
       </c>
       <c r="J37" s="29">
@@ -16657,52 +16841,58 @@
       </c>
       <c r="FD37" s="29">
         <v>0</v>
       </c>
       <c r="FE37" s="29">
         <v>0</v>
       </c>
       <c r="FF37" s="29">
         <v>0</v>
       </c>
       <c r="FG37" s="29">
         <v>0</v>
       </c>
       <c r="FH37" s="29">
         <v>0</v>
       </c>
       <c r="FI37" s="29">
         <v>0</v>
       </c>
       <c r="FJ37" s="29">
         <v>0</v>
       </c>
       <c r="FK37" s="29">
         <v>0</v>
       </c>
+      <c r="FL37" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM37" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="30">
         <v>0</v>
       </c>
       <c r="D38" s="30">
         <v>0</v>
       </c>
       <c r="E38" s="30">
         <v>0</v>
       </c>
       <c r="F38" s="30">
         <v>0</v>
       </c>
       <c r="G38" s="30">
         <v>0</v>
       </c>
       <c r="H38" s="30">
         <v>0</v>
       </c>
       <c r="I38" s="30">
         <v>0</v>
       </c>
       <c r="J38" s="30">
@@ -17157,52 +17347,58 @@
       </c>
       <c r="FD38" s="30">
         <v>30.63653175</v>
       </c>
       <c r="FE38" s="30">
         <v>30.619537680000001</v>
       </c>
       <c r="FF38" s="30">
         <v>30.700061000000002</v>
       </c>
       <c r="FG38" s="30">
         <v>29.79285694</v>
       </c>
       <c r="FH38" s="30">
         <v>29.77743491</v>
       </c>
       <c r="FI38" s="30">
         <v>36.485320940000001</v>
       </c>
       <c r="FJ38" s="30">
         <v>36.580587159999993</v>
       </c>
       <c r="FK38" s="30">
         <v>36.581121400000001</v>
       </c>
+      <c r="FL38" s="30">
+        <v>36.680546829999997</v>
+      </c>
+      <c r="FM38" s="30">
+        <v>37.07679933</v>
+      </c>
     </row>
-    <row r="39" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="D39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="E39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="F39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="G39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="H39" s="30">
         <v>1.27407895</v>
       </c>
       <c r="I39" s="30">
         <v>1.2781915399999999</v>
       </c>
       <c r="J39" s="30">
@@ -17657,52 +17853,58 @@
       </c>
       <c r="FD39" s="30">
         <v>13.126924880000001</v>
       </c>
       <c r="FE39" s="30">
         <v>13.192411400000001</v>
       </c>
       <c r="FF39" s="30">
         <v>14.055726849999999</v>
       </c>
       <c r="FG39" s="30">
         <v>14.12923653</v>
       </c>
       <c r="FH39" s="30">
         <v>13.989422599999999</v>
       </c>
       <c r="FI39" s="30">
         <v>30.364786899999999</v>
       </c>
       <c r="FJ39" s="30">
         <v>30.451270770000001</v>
       </c>
       <c r="FK39" s="30">
         <v>37.532175039999998</v>
       </c>
+      <c r="FL39" s="30">
+        <v>37.41198455</v>
+      </c>
+      <c r="FM39" s="30">
+        <v>37.522413999999998</v>
+      </c>
     </row>
-    <row r="40" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="30">
         <v>9.2603928999999994</v>
       </c>
       <c r="D40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="E40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="F40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="G40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="H40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="I40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="J40" s="30">
@@ -18157,52 +18359,58 @@
       </c>
       <c r="FD40" s="30">
         <v>0</v>
       </c>
       <c r="FE40" s="30">
         <v>0</v>
       </c>
       <c r="FF40" s="30">
         <v>0</v>
       </c>
       <c r="FG40" s="30">
         <v>0</v>
       </c>
       <c r="FH40" s="30">
         <v>0</v>
       </c>
       <c r="FI40" s="30">
         <v>0</v>
       </c>
       <c r="FJ40" s="30">
         <v>0</v>
       </c>
       <c r="FK40" s="30">
         <v>0</v>
       </c>
+      <c r="FL40" s="30">
+        <v>0</v>
+      </c>
+      <c r="FM40" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="30">
         <v>0</v>
       </c>
       <c r="D41" s="30">
         <v>0</v>
       </c>
       <c r="E41" s="30">
         <v>0</v>
       </c>
       <c r="F41" s="30">
         <v>0</v>
       </c>
       <c r="G41" s="30">
         <v>0</v>
       </c>
       <c r="H41" s="30">
         <v>0</v>
       </c>
       <c r="I41" s="30">
         <v>0</v>
       </c>
       <c r="J41" s="30">
@@ -18657,52 +18865,58 @@
       </c>
       <c r="FD41" s="30">
         <v>2.2665154100000002</v>
       </c>
       <c r="FE41" s="30">
         <v>2.2730239300000004</v>
       </c>
       <c r="FF41" s="30">
         <v>2.2802298100000002</v>
       </c>
       <c r="FG41" s="30">
         <v>2.2872032200000003</v>
       </c>
       <c r="FH41" s="30">
         <v>2.2941766499999998</v>
       </c>
       <c r="FI41" s="30">
         <v>2.25906187</v>
       </c>
       <c r="FJ41" s="30">
         <v>2.26622835</v>
       </c>
       <c r="FK41" s="30">
         <v>2.2729324800000001</v>
       </c>
+      <c r="FL41" s="30">
+        <v>2.2803301499999997</v>
+      </c>
+      <c r="FM41" s="30">
+        <v>2.2874966400000001</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="27">
         <v>246.98311824999999</v>
       </c>
       <c r="D42" s="27">
         <v>245.26501335</v>
       </c>
       <c r="E42" s="27">
         <v>246.56590008000001</v>
       </c>
       <c r="F42" s="27">
         <v>247.39932178000001</v>
       </c>
       <c r="G42" s="27">
         <v>254.13517519999999</v>
       </c>
       <c r="H42" s="27">
         <v>284.20672601000001</v>
       </c>
       <c r="I42" s="27">
         <v>276.79756230999999</v>
       </c>
       <c r="J42" s="27">
@@ -19157,52 +19371,58 @@
       </c>
       <c r="FD42" s="27">
         <v>306.24569060000005</v>
       </c>
       <c r="FE42" s="27">
         <v>307.40165748999999</v>
       </c>
       <c r="FF42" s="27">
         <v>308.68147791000001</v>
       </c>
       <c r="FG42" s="27">
         <v>309.92001376999997</v>
       </c>
       <c r="FH42" s="27">
         <v>311.15854975000002</v>
       </c>
       <c r="FI42" s="27">
         <v>312.43837017999999</v>
       </c>
       <c r="FJ42" s="27">
         <v>306.23222826</v>
       </c>
       <c r="FK42" s="27">
         <v>307.40995925999999</v>
       </c>
+      <c r="FL42" s="27">
+        <v>308.70952445</v>
+      </c>
+      <c r="FM42" s="27">
+        <v>309.96847824999998</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="D43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="E43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="F43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="G43" s="27">
         <v>16.348326230000001</v>
       </c>
       <c r="H43" s="27">
         <v>11.835750750000001</v>
       </c>
       <c r="I43" s="27">
         <v>11.835750750000001</v>
       </c>
       <c r="J43" s="27">
@@ -19657,52 +19877,58 @@
       </c>
       <c r="FD43" s="27">
         <v>0.42</v>
       </c>
       <c r="FE43" s="27">
         <v>0.42</v>
       </c>
       <c r="FF43" s="27">
         <v>0.42</v>
       </c>
       <c r="FG43" s="27">
         <v>0.42</v>
       </c>
       <c r="FH43" s="27">
         <v>0.42</v>
       </c>
       <c r="FI43" s="27">
         <v>0.42</v>
       </c>
       <c r="FJ43" s="27">
         <v>0.42</v>
       </c>
       <c r="FK43" s="27">
         <v>0.42</v>
       </c>
+      <c r="FL43" s="27">
+        <v>0.42</v>
+      </c>
+      <c r="FM43" s="27">
+        <v>0.42</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="D44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="E44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="F44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="G44" s="28">
         <v>16.348326230000001</v>
       </c>
       <c r="H44" s="28">
         <v>11.835750750000001</v>
       </c>
       <c r="I44" s="28">
         <v>11.835750750000001</v>
       </c>
       <c r="J44" s="28">
@@ -20157,52 +20383,58 @@
       </c>
       <c r="FD44" s="28">
         <v>0</v>
       </c>
       <c r="FE44" s="28">
         <v>0</v>
       </c>
       <c r="FF44" s="28">
         <v>0</v>
       </c>
       <c r="FG44" s="28">
         <v>0</v>
       </c>
       <c r="FH44" s="28">
         <v>0</v>
       </c>
       <c r="FI44" s="28">
         <v>0</v>
       </c>
       <c r="FJ44" s="28">
         <v>0</v>
       </c>
       <c r="FK44" s="28">
         <v>0</v>
       </c>
+      <c r="FL44" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM44" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="28">
         <v>0</v>
       </c>
       <c r="D45" s="28">
         <v>0</v>
       </c>
       <c r="E45" s="28">
         <v>0</v>
       </c>
       <c r="F45" s="28">
         <v>0</v>
       </c>
       <c r="G45" s="28">
         <v>0</v>
       </c>
       <c r="H45" s="28">
         <v>0</v>
       </c>
       <c r="I45" s="28">
         <v>0</v>
       </c>
       <c r="J45" s="28">
@@ -20657,52 +20889,58 @@
       </c>
       <c r="FD45" s="28">
         <v>0.42</v>
       </c>
       <c r="FE45" s="28">
         <v>0.42</v>
       </c>
       <c r="FF45" s="28">
         <v>0.42</v>
       </c>
       <c r="FG45" s="28">
         <v>0.42</v>
       </c>
       <c r="FH45" s="28">
         <v>0.42</v>
       </c>
       <c r="FI45" s="28">
         <v>0.42</v>
       </c>
       <c r="FJ45" s="28">
         <v>0.42</v>
       </c>
       <c r="FK45" s="28">
         <v>0.42</v>
       </c>
+      <c r="FL45" s="28">
+        <v>0.42</v>
+      </c>
+      <c r="FM45" s="28">
+        <v>0.42</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="28">
         <v>0</v>
       </c>
       <c r="D46" s="28">
         <v>0</v>
       </c>
       <c r="E46" s="28">
         <v>0</v>
       </c>
       <c r="F46" s="28">
         <v>0</v>
       </c>
       <c r="G46" s="28">
         <v>0</v>
       </c>
       <c r="H46" s="28">
         <v>0</v>
       </c>
       <c r="I46" s="28">
         <v>0</v>
       </c>
       <c r="J46" s="28">
@@ -21157,52 +21395,58 @@
       </c>
       <c r="FD46" s="28">
         <v>0</v>
       </c>
       <c r="FE46" s="28">
         <v>0</v>
       </c>
       <c r="FF46" s="28">
         <v>0</v>
       </c>
       <c r="FG46" s="28">
         <v>0</v>
       </c>
       <c r="FH46" s="28">
         <v>0</v>
       </c>
       <c r="FI46" s="28">
         <v>0</v>
       </c>
       <c r="FJ46" s="28">
         <v>0</v>
       </c>
       <c r="FK46" s="28">
         <v>0</v>
       </c>
+      <c r="FL46" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM46" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="27">
         <v>236.20914997</v>
       </c>
       <c r="D47" s="27">
         <v>234.49104507000001</v>
       </c>
       <c r="E47" s="27">
         <v>235.79193179999999</v>
       </c>
       <c r="F47" s="27">
         <v>236.62535349999999</v>
       </c>
       <c r="G47" s="27">
         <v>237.78684896999999</v>
       </c>
       <c r="H47" s="27">
         <v>272.37097526000002</v>
       </c>
       <c r="I47" s="27">
         <v>264.96181156</v>
       </c>
       <c r="J47" s="27">
@@ -21657,52 +21901,58 @@
       </c>
       <c r="FD47" s="27">
         <v>305.82569060000003</v>
       </c>
       <c r="FE47" s="27">
         <v>306.98165749000003</v>
       </c>
       <c r="FF47" s="27">
         <v>308.26147791000005</v>
       </c>
       <c r="FG47" s="27">
         <v>309.50001376999995</v>
       </c>
       <c r="FH47" s="27">
         <v>310.73854975</v>
       </c>
       <c r="FI47" s="27">
         <v>312.01837018000003</v>
       </c>
       <c r="FJ47" s="27">
         <v>305.81222825999998</v>
       </c>
       <c r="FK47" s="27">
         <v>306.98995925999998</v>
       </c>
+      <c r="FL47" s="27">
+        <v>308.28952444999999</v>
+      </c>
+      <c r="FM47" s="27">
+        <v>309.54847825000002</v>
+      </c>
     </row>
-    <row r="48" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="28">
         <v>188.30156495</v>
       </c>
       <c r="D48" s="28">
         <v>187.8522265</v>
       </c>
       <c r="E48" s="28">
         <v>188.74831236</v>
       </c>
       <c r="F48" s="28">
         <v>189.67529772</v>
       </c>
       <c r="G48" s="28">
         <v>190.33123821000001</v>
       </c>
       <c r="H48" s="28">
         <v>242.23757692999999</v>
       </c>
       <c r="I48" s="28">
         <v>234.81966831</v>
       </c>
       <c r="J48" s="28">
@@ -22157,52 +22407,58 @@
       </c>
       <c r="FD48" s="28">
         <v>0</v>
       </c>
       <c r="FE48" s="28">
         <v>0</v>
       </c>
       <c r="FF48" s="28">
         <v>0</v>
       </c>
       <c r="FG48" s="28">
         <v>0</v>
       </c>
       <c r="FH48" s="28">
         <v>0</v>
       </c>
       <c r="FI48" s="28">
         <v>0</v>
       </c>
       <c r="FJ48" s="28">
         <v>0</v>
       </c>
       <c r="FK48" s="28">
         <v>0</v>
       </c>
+      <c r="FL48" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM48" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="28">
         <v>47.907585019999999</v>
       </c>
       <c r="D49" s="28">
         <v>46.638818569999998</v>
       </c>
       <c r="E49" s="28">
         <v>47.043619450000001</v>
       </c>
       <c r="F49" s="28">
         <v>46.95005578</v>
       </c>
       <c r="G49" s="28">
         <v>47.455610759999999</v>
       </c>
       <c r="H49" s="28">
         <v>30.133398329999999</v>
       </c>
       <c r="I49" s="28">
         <v>30.14214325</v>
       </c>
       <c r="J49" s="28">
@@ -22657,52 +22913,58 @@
       </c>
       <c r="FD49" s="28">
         <v>305.82569060000003</v>
       </c>
       <c r="FE49" s="28">
         <v>306.98165749000003</v>
       </c>
       <c r="FF49" s="28">
         <v>308.26147791000005</v>
       </c>
       <c r="FG49" s="28">
         <v>309.50001376999995</v>
       </c>
       <c r="FH49" s="28">
         <v>310.73854975</v>
       </c>
       <c r="FI49" s="28">
         <v>312.01837018000003</v>
       </c>
       <c r="FJ49" s="28">
         <v>305.81222825999998</v>
       </c>
       <c r="FK49" s="28">
         <v>306.98995925999998</v>
       </c>
+      <c r="FL49" s="28">
+        <v>308.28952444999999</v>
+      </c>
+      <c r="FM49" s="28">
+        <v>309.54847825000002</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="29">
         <v>0</v>
       </c>
       <c r="D50" s="29">
         <v>0</v>
       </c>
       <c r="E50" s="29">
         <v>0</v>
       </c>
       <c r="F50" s="29">
         <v>0</v>
       </c>
       <c r="G50" s="29">
         <v>0</v>
       </c>
       <c r="H50" s="29">
         <v>0</v>
       </c>
       <c r="I50" s="29">
         <v>0</v>
       </c>
       <c r="J50" s="29">
@@ -23157,52 +23419,58 @@
       </c>
       <c r="FD50" s="29">
         <v>0</v>
       </c>
       <c r="FE50" s="29">
         <v>0</v>
       </c>
       <c r="FF50" s="29">
         <v>0</v>
       </c>
       <c r="FG50" s="29">
         <v>0</v>
       </c>
       <c r="FH50" s="29">
         <v>0</v>
       </c>
       <c r="FI50" s="29">
         <v>0</v>
       </c>
       <c r="FJ50" s="29">
         <v>0</v>
       </c>
       <c r="FK50" s="29">
         <v>0</v>
       </c>
+      <c r="FL50" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM50" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="27">
         <v>346.99588089000002</v>
       </c>
       <c r="D51" s="27">
         <v>344.28044263999999</v>
       </c>
       <c r="E51" s="27">
         <v>343.23590874000001</v>
       </c>
       <c r="F51" s="27">
         <v>341.79099210999999</v>
       </c>
       <c r="G51" s="27">
         <v>344.91061592</v>
       </c>
       <c r="H51" s="27">
         <v>347.72625477000003</v>
       </c>
       <c r="I51" s="27">
         <v>324.66794370999997</v>
       </c>
       <c r="J51" s="27">
@@ -23657,52 +23925,58 @@
       </c>
       <c r="FD51" s="27">
         <v>732.16664977999994</v>
       </c>
       <c r="FE51" s="27">
         <v>735.78001917999995</v>
       </c>
       <c r="FF51" s="27">
         <v>750.39910880999992</v>
       </c>
       <c r="FG51" s="27">
         <v>748.02747557000009</v>
       </c>
       <c r="FH51" s="27">
         <v>833.57130072000007</v>
       </c>
       <c r="FI51" s="27">
         <v>976.08220821999998</v>
       </c>
       <c r="FJ51" s="27">
         <v>958.39488965999999</v>
       </c>
       <c r="FK51" s="27">
         <v>967.01456413999995</v>
       </c>
+      <c r="FL51" s="27">
+        <v>969.14524153000002</v>
+      </c>
+      <c r="FM51" s="27">
+        <v>970.45610328999999</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="27">
         <v>47.203836959999997</v>
       </c>
       <c r="D52" s="27">
         <v>43.164609810000002</v>
       </c>
       <c r="E52" s="27">
         <v>43.207735460000002</v>
       </c>
       <c r="F52" s="27">
         <v>42.954818080000003</v>
       </c>
       <c r="G52" s="27">
         <v>43.614407139999997</v>
       </c>
       <c r="H52" s="27">
         <v>43.886919669999997</v>
       </c>
       <c r="I52" s="27">
         <v>33.855378629999997</v>
       </c>
       <c r="J52" s="27">
@@ -24157,52 +24431,58 @@
       </c>
       <c r="FD52" s="27">
         <v>4.6902873600000001</v>
       </c>
       <c r="FE52" s="27">
         <v>4.69188297</v>
       </c>
       <c r="FF52" s="27">
         <v>4.6936495499999999</v>
       </c>
       <c r="FG52" s="27">
         <v>0</v>
       </c>
       <c r="FH52" s="27">
         <v>0.29304738000000002</v>
       </c>
       <c r="FI52" s="27">
         <v>0.29440027000000002</v>
       </c>
       <c r="FJ52" s="27">
         <v>0.29575315999999996</v>
       </c>
       <c r="FK52" s="27">
         <v>0.29300376</v>
       </c>
+      <c r="FL52" s="27">
+        <v>0.29440027000000002</v>
+      </c>
+      <c r="FM52" s="27">
+        <v>0.29575315999999996</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="28">
         <v>16.372659370000001</v>
       </c>
       <c r="D53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="E53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="F53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="G53" s="28">
         <v>16.317510779999999</v>
       </c>
       <c r="H53" s="28">
         <v>16.317510779999999</v>
       </c>
       <c r="I53" s="28">
         <v>17.288380119999999</v>
       </c>
       <c r="J53" s="28">
@@ -24657,52 +24937,58 @@
       </c>
       <c r="FD53" s="28">
         <v>0</v>
       </c>
       <c r="FE53" s="28">
         <v>0</v>
       </c>
       <c r="FF53" s="28">
         <v>0</v>
       </c>
       <c r="FG53" s="28">
         <v>0</v>
       </c>
       <c r="FH53" s="28">
         <v>0</v>
       </c>
       <c r="FI53" s="28">
         <v>0</v>
       </c>
       <c r="FJ53" s="28">
         <v>0</v>
       </c>
       <c r="FK53" s="28">
         <v>0</v>
       </c>
+      <c r="FL53" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM53" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="28">
         <v>30.831177589999999</v>
       </c>
       <c r="D54" s="28">
         <v>27.417807100000001</v>
       </c>
       <c r="E54" s="28">
         <v>27.460932750000001</v>
       </c>
       <c r="F54" s="28">
         <v>27.208015369999998</v>
       </c>
       <c r="G54" s="28">
         <v>27.296896360000002</v>
       </c>
       <c r="H54" s="28">
         <v>27.569408880000001</v>
       </c>
       <c r="I54" s="28">
         <v>16.566998519999999</v>
       </c>
       <c r="J54" s="28">
@@ -25157,52 +25443,58 @@
       </c>
       <c r="FD54" s="28">
         <v>4.6902873600000001</v>
       </c>
       <c r="FE54" s="28">
         <v>4.69188297</v>
       </c>
       <c r="FF54" s="28">
         <v>4.6936495499999999</v>
       </c>
       <c r="FG54" s="28">
         <v>0</v>
       </c>
       <c r="FH54" s="28">
         <v>0.29304738000000002</v>
       </c>
       <c r="FI54" s="28">
         <v>0.29440027000000002</v>
       </c>
       <c r="FJ54" s="28">
         <v>0.29575315999999996</v>
       </c>
       <c r="FK54" s="28">
         <v>0.29300376</v>
       </c>
+      <c r="FL54" s="28">
+        <v>0.29440027000000002</v>
+      </c>
+      <c r="FM54" s="28">
+        <v>0.29575315999999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C55" s="28">
         <v>0</v>
       </c>
       <c r="D55" s="28">
         <v>0</v>
       </c>
       <c r="E55" s="28">
         <v>0</v>
       </c>
       <c r="F55" s="28">
         <v>0</v>
       </c>
       <c r="G55" s="28">
         <v>0</v>
       </c>
       <c r="H55" s="28">
         <v>0</v>
       </c>
       <c r="I55" s="28">
         <v>0</v>
       </c>
       <c r="J55" s="28">
@@ -25657,52 +25949,58 @@
       </c>
       <c r="FD55" s="28">
         <v>0</v>
       </c>
       <c r="FE55" s="28">
         <v>0</v>
       </c>
       <c r="FF55" s="28">
         <v>0</v>
       </c>
       <c r="FG55" s="28">
         <v>0</v>
       </c>
       <c r="FH55" s="28">
         <v>0</v>
       </c>
       <c r="FI55" s="28">
         <v>0</v>
       </c>
       <c r="FJ55" s="28">
         <v>0</v>
       </c>
       <c r="FK55" s="28">
         <v>0</v>
       </c>
+      <c r="FL55" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM55" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="27">
         <v>299.79204392999998</v>
       </c>
       <c r="D56" s="27">
         <v>301.11583282999999</v>
       </c>
       <c r="E56" s="27">
         <v>300.02817327999998</v>
       </c>
       <c r="F56" s="27">
         <v>298.83617403</v>
       </c>
       <c r="G56" s="27">
         <v>301.29620877999997</v>
       </c>
       <c r="H56" s="27">
         <v>303.83933510000003</v>
       </c>
       <c r="I56" s="27">
         <v>290.81256507000001</v>
       </c>
       <c r="J56" s="27">
@@ -26157,52 +26455,58 @@
       </c>
       <c r="FD56" s="27">
         <v>727.47636241999999</v>
       </c>
       <c r="FE56" s="27">
         <v>731.08813621000002</v>
       </c>
       <c r="FF56" s="27">
         <v>745.70545926</v>
       </c>
       <c r="FG56" s="27">
         <v>748.02747557000009</v>
       </c>
       <c r="FH56" s="27">
         <v>833.27825333999999</v>
       </c>
       <c r="FI56" s="27">
         <v>975.78780795</v>
       </c>
       <c r="FJ56" s="27">
         <v>958.09913649999999</v>
       </c>
       <c r="FK56" s="27">
         <v>966.72156038000003</v>
       </c>
+      <c r="FL56" s="27">
+        <v>968.85084126000004</v>
+      </c>
+      <c r="FM56" s="27">
+        <v>970.16035012999998</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C57" s="28">
         <v>144.47090249999999</v>
       </c>
       <c r="D57" s="28">
         <v>145.35646238000001</v>
       </c>
       <c r="E57" s="28">
         <v>143.13062735</v>
       </c>
       <c r="F57" s="28">
         <v>142.84654169999999</v>
       </c>
       <c r="G57" s="28">
         <v>143.70166576</v>
       </c>
       <c r="H57" s="28">
         <v>144.55678981</v>
       </c>
       <c r="I57" s="28">
         <v>126.20636626</v>
       </c>
       <c r="J57" s="28">
@@ -26657,52 +26961,58 @@
       </c>
       <c r="FD57" s="28">
         <v>0</v>
       </c>
       <c r="FE57" s="28">
         <v>0</v>
       </c>
       <c r="FF57" s="28">
         <v>0</v>
       </c>
       <c r="FG57" s="28">
         <v>0</v>
       </c>
       <c r="FH57" s="28">
         <v>0</v>
       </c>
       <c r="FI57" s="28">
         <v>0</v>
       </c>
       <c r="FJ57" s="28">
         <v>0</v>
       </c>
       <c r="FK57" s="28">
         <v>0</v>
       </c>
+      <c r="FL57" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM57" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C58" s="28">
         <v>155.32114143000001</v>
       </c>
       <c r="D58" s="28">
         <v>155.75937045000001</v>
       </c>
       <c r="E58" s="28">
         <v>156.89754593999999</v>
       </c>
       <c r="F58" s="28">
         <v>155.98963233000001</v>
       </c>
       <c r="G58" s="28">
         <v>157.59454302</v>
       </c>
       <c r="H58" s="28">
         <v>159.28254529</v>
       </c>
       <c r="I58" s="28">
         <v>164.60619881</v>
       </c>
       <c r="J58" s="28">
@@ -27157,52 +27467,58 @@
       </c>
       <c r="FD58" s="28">
         <v>727.47636241999999</v>
       </c>
       <c r="FE58" s="28">
         <v>731.08813621000002</v>
       </c>
       <c r="FF58" s="28">
         <v>745.70545926</v>
       </c>
       <c r="FG58" s="28">
         <v>748.02747557000009</v>
       </c>
       <c r="FH58" s="28">
         <v>833.27825333999999</v>
       </c>
       <c r="FI58" s="28">
         <v>975.78780795</v>
       </c>
       <c r="FJ58" s="28">
         <v>958.09913649999999</v>
       </c>
       <c r="FK58" s="28">
         <v>966.72156038000003</v>
       </c>
+      <c r="FL58" s="28">
+        <v>968.85084126000004</v>
+      </c>
+      <c r="FM58" s="28">
+        <v>970.16035012999998</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C59" s="29">
         <v>0</v>
       </c>
       <c r="D59" s="29">
         <v>0</v>
       </c>
       <c r="E59" s="29">
         <v>0</v>
       </c>
       <c r="F59" s="29">
         <v>0</v>
       </c>
       <c r="G59" s="29">
         <v>0</v>
       </c>
       <c r="H59" s="29">
         <v>0</v>
       </c>
       <c r="I59" s="29">
         <v>0</v>
       </c>
       <c r="J59" s="29">
@@ -27657,52 +27973,58 @@
       </c>
       <c r="FD59" s="29">
         <v>0</v>
       </c>
       <c r="FE59" s="29">
         <v>0</v>
       </c>
       <c r="FF59" s="29">
         <v>0</v>
       </c>
       <c r="FG59" s="29">
         <v>0</v>
       </c>
       <c r="FH59" s="29">
         <v>0</v>
       </c>
       <c r="FI59" s="29">
         <v>0</v>
       </c>
       <c r="FJ59" s="29">
         <v>0</v>
       </c>
       <c r="FK59" s="29">
         <v>0</v>
       </c>
+      <c r="FL59" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM59" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C60" s="30">
         <v>0</v>
       </c>
       <c r="D60" s="30">
         <v>0</v>
       </c>
       <c r="E60" s="30">
         <v>0</v>
       </c>
       <c r="F60" s="30">
         <v>0</v>
       </c>
       <c r="G60" s="30">
         <v>0</v>
       </c>
       <c r="H60" s="30">
         <v>0</v>
       </c>
       <c r="I60" s="30">
         <v>0</v>
       </c>
       <c r="J60" s="30">
@@ -28157,52 +28479,58 @@
       </c>
       <c r="FD60" s="30">
         <v>0</v>
       </c>
       <c r="FE60" s="30">
         <v>0</v>
       </c>
       <c r="FF60" s="30">
         <v>0</v>
       </c>
       <c r="FG60" s="30">
         <v>0</v>
       </c>
       <c r="FH60" s="30">
         <v>0</v>
       </c>
       <c r="FI60" s="30">
         <v>0</v>
       </c>
       <c r="FJ60" s="30">
         <v>0</v>
       </c>
       <c r="FK60" s="30">
         <v>0</v>
       </c>
+      <c r="FL60" s="30">
+        <v>0</v>
+      </c>
+      <c r="FM60" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="31">
         <v>10642.10928345</v>
       </c>
       <c r="D61" s="31">
         <v>10751.758641910001</v>
       </c>
       <c r="E61" s="31">
         <v>11428.943281219999</v>
       </c>
       <c r="F61" s="31">
         <v>11396.470757630001</v>
       </c>
       <c r="G61" s="31">
         <v>11497.630478700001</v>
       </c>
       <c r="H61" s="31">
         <v>11035.593913680001</v>
       </c>
       <c r="I61" s="31">
         <v>10966.49540025</v>
       </c>
       <c r="J61" s="31">
@@ -28657,52 +28985,58 @@
       </c>
       <c r="FD61" s="31">
         <v>22920.69253394</v>
       </c>
       <c r="FE61" s="31">
         <v>22972.115386680001</v>
       </c>
       <c r="FF61" s="31">
         <v>23702.296540949999</v>
       </c>
       <c r="FG61" s="31">
         <v>23748.556639529997</v>
       </c>
       <c r="FH61" s="31">
         <v>23846.878467750001</v>
       </c>
       <c r="FI61" s="31">
         <v>24888.50534806</v>
       </c>
       <c r="FJ61" s="31">
         <v>25012.03563699</v>
       </c>
       <c r="FK61" s="31">
         <v>25054.878656150002</v>
       </c>
+      <c r="FL61" s="31">
+        <v>25436.247509609999</v>
+      </c>
+      <c r="FM61" s="31">
+        <v>25490.473139150003</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="32"/>
       <c r="D62" s="32"/>
       <c r="E62" s="32"/>
       <c r="F62" s="32"/>
       <c r="G62" s="32"/>
       <c r="H62" s="32"/>
       <c r="I62" s="32"/>
       <c r="J62" s="32"/>
       <c r="K62" s="32"/>
       <c r="L62" s="32"/>
       <c r="M62" s="32"/>
       <c r="N62" s="32"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
       <c r="Q62" s="32"/>
       <c r="R62" s="32"/>
       <c r="S62" s="32"/>
       <c r="T62" s="32"/>
       <c r="U62" s="32"/>
       <c r="V62" s="32"/>
       <c r="W62" s="32"/>
       <c r="X62" s="32"/>
@@ -28827,52 +29161,54 @@
       <c r="EM62" s="32"/>
       <c r="EN62" s="32"/>
       <c r="EO62" s="32"/>
       <c r="EP62" s="32"/>
       <c r="EQ62" s="32"/>
       <c r="ER62" s="32"/>
       <c r="ES62" s="32"/>
       <c r="ET62" s="32"/>
       <c r="EU62" s="32"/>
       <c r="EV62" s="32"/>
       <c r="EW62" s="32"/>
       <c r="EX62" s="32"/>
       <c r="EY62" s="32"/>
       <c r="EZ62" s="32"/>
       <c r="FA62" s="32"/>
       <c r="FB62" s="32"/>
       <c r="FC62" s="32"/>
       <c r="FD62" s="32"/>
       <c r="FE62" s="32"/>
       <c r="FF62" s="32"/>
       <c r="FG62" s="32"/>
       <c r="FH62" s="32"/>
       <c r="FI62" s="32"/>
       <c r="FJ62" s="32"/>
       <c r="FK62" s="32"/>
+      <c r="FL62" s="32"/>
+      <c r="FM62" s="32"/>
     </row>
-    <row r="63" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="27">
         <v>6116.4792942699996</v>
       </c>
       <c r="D63" s="27">
         <v>6048.2034592800001</v>
       </c>
       <c r="E63" s="27">
         <v>6006.5130917400002</v>
       </c>
       <c r="F63" s="27">
         <v>5970.6563110999996</v>
       </c>
       <c r="G63" s="27">
         <v>7160.6273239399998</v>
       </c>
       <c r="H63" s="27">
         <v>7460.60991061</v>
       </c>
       <c r="I63" s="27">
         <v>7389.8187538800003</v>
       </c>
       <c r="J63" s="27">
@@ -29327,52 +29663,58 @@
       </c>
       <c r="FD63" s="27">
         <v>14777.334588989999</v>
       </c>
       <c r="FE63" s="27">
         <v>16808.002471010001</v>
       </c>
       <c r="FF63" s="27">
         <v>15179.800359930001</v>
       </c>
       <c r="FG63" s="27">
         <v>15175.125511329999</v>
       </c>
       <c r="FH63" s="27">
         <v>15207.428467209998</v>
       </c>
       <c r="FI63" s="27">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ63" s="27">
         <v>15143.85137282</v>
       </c>
       <c r="FK63" s="27">
         <v>15176.15521476</v>
       </c>
+      <c r="FL63" s="27">
+        <v>15207.4223559</v>
+      </c>
+      <c r="FM63" s="27">
+        <v>15239.726651620002</v>
+      </c>
     </row>
-    <row r="64" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C64" s="27">
         <v>0</v>
       </c>
       <c r="D64" s="27">
         <v>0</v>
       </c>
       <c r="E64" s="27">
         <v>0</v>
       </c>
       <c r="F64" s="27">
         <v>0</v>
       </c>
       <c r="G64" s="27">
         <v>0</v>
       </c>
       <c r="H64" s="27">
         <v>0</v>
       </c>
       <c r="I64" s="27">
         <v>0</v>
       </c>
       <c r="J64" s="27">
@@ -29827,52 +30169,58 @@
       </c>
       <c r="FD64" s="27">
         <v>0</v>
       </c>
       <c r="FE64" s="27">
         <v>0</v>
       </c>
       <c r="FF64" s="27">
         <v>0</v>
       </c>
       <c r="FG64" s="27">
         <v>0</v>
       </c>
       <c r="FH64" s="27">
         <v>0</v>
       </c>
       <c r="FI64" s="27">
         <v>0</v>
       </c>
       <c r="FJ64" s="27">
         <v>0</v>
       </c>
       <c r="FK64" s="27">
         <v>0</v>
       </c>
+      <c r="FL64" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM64" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="65" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="28">
         <v>0</v>
       </c>
       <c r="D65" s="28">
         <v>0</v>
       </c>
       <c r="E65" s="28">
         <v>0</v>
       </c>
       <c r="F65" s="28">
         <v>0</v>
       </c>
       <c r="G65" s="28">
         <v>0</v>
       </c>
       <c r="H65" s="28">
         <v>0</v>
       </c>
       <c r="I65" s="28">
         <v>0</v>
       </c>
       <c r="J65" s="28">
@@ -30327,52 +30675,58 @@
       </c>
       <c r="FD65" s="28">
         <v>0</v>
       </c>
       <c r="FE65" s="28">
         <v>0</v>
       </c>
       <c r="FF65" s="28">
         <v>0</v>
       </c>
       <c r="FG65" s="28">
         <v>0</v>
       </c>
       <c r="FH65" s="28">
         <v>0</v>
       </c>
       <c r="FI65" s="28">
         <v>0</v>
       </c>
       <c r="FJ65" s="28">
         <v>0</v>
       </c>
       <c r="FK65" s="28">
         <v>0</v>
       </c>
+      <c r="FL65" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM65" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="66" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C66" s="28">
         <v>0</v>
       </c>
       <c r="D66" s="28">
         <v>0</v>
       </c>
       <c r="E66" s="28">
         <v>0</v>
       </c>
       <c r="F66" s="28">
         <v>0</v>
       </c>
       <c r="G66" s="28">
         <v>0</v>
       </c>
       <c r="H66" s="28">
         <v>0</v>
       </c>
       <c r="I66" s="28">
         <v>0</v>
       </c>
       <c r="J66" s="28">
@@ -30827,52 +31181,58 @@
       </c>
       <c r="FD66" s="28">
         <v>0</v>
       </c>
       <c r="FE66" s="28">
         <v>0</v>
       </c>
       <c r="FF66" s="28">
         <v>0</v>
       </c>
       <c r="FG66" s="28">
         <v>0</v>
       </c>
       <c r="FH66" s="28">
         <v>0</v>
       </c>
       <c r="FI66" s="28">
         <v>0</v>
       </c>
       <c r="FJ66" s="28">
         <v>0</v>
       </c>
       <c r="FK66" s="28">
         <v>0</v>
       </c>
+      <c r="FL66" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM66" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="67" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="27">
         <v>6116.4792942699996</v>
       </c>
       <c r="D67" s="27">
         <v>6048.2034592800001</v>
       </c>
       <c r="E67" s="27">
         <v>6006.5130917400002</v>
       </c>
       <c r="F67" s="27">
         <v>5970.6563110999996</v>
       </c>
       <c r="G67" s="27">
         <v>7160.6273239399998</v>
       </c>
       <c r="H67" s="27">
         <v>7460.60991061</v>
       </c>
       <c r="I67" s="27">
         <v>7389.8187538800003</v>
       </c>
       <c r="J67" s="27">
@@ -31327,52 +31687,58 @@
       </c>
       <c r="FD67" s="27">
         <v>14777.334588989999</v>
       </c>
       <c r="FE67" s="27">
         <v>16808.002471010001</v>
       </c>
       <c r="FF67" s="27">
         <v>15179.800359930001</v>
       </c>
       <c r="FG67" s="27">
         <v>15175.125511329999</v>
       </c>
       <c r="FH67" s="27">
         <v>15207.428467209998</v>
       </c>
       <c r="FI67" s="27">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ67" s="27">
         <v>15143.85137282</v>
       </c>
       <c r="FK67" s="27">
         <v>15176.15521476</v>
       </c>
+      <c r="FL67" s="27">
+        <v>15207.4223559</v>
+      </c>
+      <c r="FM67" s="27">
+        <v>15239.726651620002</v>
+      </c>
     </row>
-    <row r="68" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="28">
         <v>2771.7757218500001</v>
       </c>
       <c r="D68" s="28">
         <v>2748.8548120599999</v>
       </c>
       <c r="E68" s="28">
         <v>2765.7063015099998</v>
       </c>
       <c r="F68" s="28">
         <v>2753.5022646399998</v>
       </c>
       <c r="G68" s="28">
         <v>2750.32114783</v>
       </c>
       <c r="H68" s="28">
         <v>2773.95429074</v>
       </c>
       <c r="I68" s="28">
         <v>2756.1543154000001</v>
       </c>
       <c r="J68" s="28">
@@ -31827,52 +32193,58 @@
       </c>
       <c r="FD68" s="28">
         <v>14777.334588989999</v>
       </c>
       <c r="FE68" s="28">
         <v>16808.002471010001</v>
       </c>
       <c r="FF68" s="28">
         <v>15179.800359930001</v>
       </c>
       <c r="FG68" s="28">
         <v>15175.125511329999</v>
       </c>
       <c r="FH68" s="28">
         <v>15207.428467209998</v>
       </c>
       <c r="FI68" s="28">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ68" s="28">
         <v>15143.85137282</v>
       </c>
       <c r="FK68" s="28">
         <v>15176.15521476</v>
       </c>
+      <c r="FL68" s="28">
+        <v>15207.4223559</v>
+      </c>
+      <c r="FM68" s="28">
+        <v>15239.726651620002</v>
+      </c>
     </row>
-    <row r="69" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="29">
         <v>3344.70357242</v>
       </c>
       <c r="D69" s="29">
         <v>3299.3486472200002</v>
       </c>
       <c r="E69" s="29">
         <v>3240.8067902299999</v>
       </c>
       <c r="F69" s="29">
         <v>3217.1540464499999</v>
       </c>
       <c r="G69" s="29">
         <v>4410.3061761099998</v>
       </c>
       <c r="H69" s="29">
         <v>4686.6556198600001</v>
       </c>
       <c r="I69" s="29">
         <v>4633.6644384900001</v>
       </c>
       <c r="J69" s="29">
@@ -32327,52 +32699,58 @@
       </c>
       <c r="FD69" s="29">
         <v>0</v>
       </c>
       <c r="FE69" s="29">
         <v>0</v>
       </c>
       <c r="FF69" s="29">
         <v>0</v>
       </c>
       <c r="FG69" s="29">
         <v>0</v>
       </c>
       <c r="FH69" s="29">
         <v>0</v>
       </c>
       <c r="FI69" s="29">
         <v>0</v>
       </c>
       <c r="FJ69" s="29">
         <v>0</v>
       </c>
       <c r="FK69" s="29">
         <v>0</v>
       </c>
+      <c r="FL69" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM69" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="70" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="7" t="s">
         <v>167</v>
       </c>
       <c r="C70" s="27">
         <v>0</v>
       </c>
       <c r="D70" s="27">
         <v>0</v>
       </c>
       <c r="E70" s="27">
         <v>0</v>
       </c>
       <c r="F70" s="27">
         <v>0</v>
       </c>
       <c r="G70" s="27">
         <v>0</v>
       </c>
       <c r="H70" s="27">
         <v>0</v>
       </c>
       <c r="I70" s="27">
         <v>0</v>
       </c>
       <c r="J70" s="27">
@@ -32827,52 +33205,58 @@
       </c>
       <c r="FD70" s="27">
         <v>2054.1758658200001</v>
       </c>
       <c r="FE70" s="27">
         <v>2210.56388212</v>
       </c>
       <c r="FF70" s="27">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG70" s="27">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH70" s="27">
         <v>2744.98914393</v>
       </c>
       <c r="FI70" s="27">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ70" s="27">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK70" s="27">
         <v>2730.8234321999998</v>
       </c>
+      <c r="FL70" s="27">
+        <v>2816.1938623200003</v>
+      </c>
+      <c r="FM70" s="27">
+        <v>2822.5116286299999</v>
+      </c>
     </row>
-    <row r="71" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C71" s="27">
         <v>0</v>
       </c>
       <c r="D71" s="27">
         <v>0</v>
       </c>
       <c r="E71" s="27">
         <v>0</v>
       </c>
       <c r="F71" s="27">
         <v>0</v>
       </c>
       <c r="G71" s="27">
         <v>0</v>
       </c>
       <c r="H71" s="27">
         <v>0</v>
       </c>
       <c r="I71" s="27">
         <v>0</v>
       </c>
       <c r="J71" s="27">
@@ -33327,52 +33711,58 @@
       </c>
       <c r="FD71" s="27">
         <v>0</v>
       </c>
       <c r="FE71" s="27">
         <v>0</v>
       </c>
       <c r="FF71" s="27">
         <v>0</v>
       </c>
       <c r="FG71" s="27">
         <v>0</v>
       </c>
       <c r="FH71" s="27">
         <v>0</v>
       </c>
       <c r="FI71" s="27">
         <v>0</v>
       </c>
       <c r="FJ71" s="27">
         <v>0</v>
       </c>
       <c r="FK71" s="27">
         <v>0</v>
       </c>
+      <c r="FL71" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM71" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="72" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C72" s="28">
         <v>0</v>
       </c>
       <c r="D72" s="28">
         <v>0</v>
       </c>
       <c r="E72" s="28">
         <v>0</v>
       </c>
       <c r="F72" s="28">
         <v>0</v>
       </c>
       <c r="G72" s="28">
         <v>0</v>
       </c>
       <c r="H72" s="28">
         <v>0</v>
       </c>
       <c r="I72" s="28">
         <v>0</v>
       </c>
       <c r="J72" s="28">
@@ -33827,52 +34217,58 @@
       </c>
       <c r="FD72" s="28">
         <v>0</v>
       </c>
       <c r="FE72" s="28">
         <v>0</v>
       </c>
       <c r="FF72" s="28">
         <v>0</v>
       </c>
       <c r="FG72" s="28">
         <v>0</v>
       </c>
       <c r="FH72" s="28">
         <v>0</v>
       </c>
       <c r="FI72" s="28">
         <v>0</v>
       </c>
       <c r="FJ72" s="28">
         <v>0</v>
       </c>
       <c r="FK72" s="28">
         <v>0</v>
       </c>
+      <c r="FL72" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM72" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="73" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C73" s="28">
         <v>0</v>
       </c>
       <c r="D73" s="28">
         <v>0</v>
       </c>
       <c r="E73" s="28">
         <v>0</v>
       </c>
       <c r="F73" s="28">
         <v>0</v>
       </c>
       <c r="G73" s="28">
         <v>0</v>
       </c>
       <c r="H73" s="28">
         <v>0</v>
       </c>
       <c r="I73" s="28">
         <v>0</v>
       </c>
       <c r="J73" s="28">
@@ -34327,52 +34723,58 @@
       </c>
       <c r="FD73" s="28">
         <v>0</v>
       </c>
       <c r="FE73" s="28">
         <v>0</v>
       </c>
       <c r="FF73" s="28">
         <v>0</v>
       </c>
       <c r="FG73" s="28">
         <v>0</v>
       </c>
       <c r="FH73" s="28">
         <v>0</v>
       </c>
       <c r="FI73" s="28">
         <v>0</v>
       </c>
       <c r="FJ73" s="28">
         <v>0</v>
       </c>
       <c r="FK73" s="28">
         <v>0</v>
       </c>
+      <c r="FL73" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM73" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="27">
         <v>0</v>
       </c>
       <c r="D74" s="27">
         <v>0</v>
       </c>
       <c r="E74" s="27">
         <v>0</v>
       </c>
       <c r="F74" s="27">
         <v>0</v>
       </c>
       <c r="G74" s="27">
         <v>0</v>
       </c>
       <c r="H74" s="27">
         <v>0</v>
       </c>
       <c r="I74" s="27">
         <v>0</v>
       </c>
       <c r="J74" s="27">
@@ -34827,52 +35229,58 @@
       </c>
       <c r="FD74" s="27">
         <v>2054.1758658200001</v>
       </c>
       <c r="FE74" s="27">
         <v>2210.56388212</v>
       </c>
       <c r="FF74" s="27">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG74" s="27">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH74" s="27">
         <v>2744.98914393</v>
       </c>
       <c r="FI74" s="27">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ74" s="27">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK74" s="27">
         <v>2730.8234321999998</v>
       </c>
+      <c r="FL74" s="27">
+        <v>2816.1938623200003</v>
+      </c>
+      <c r="FM74" s="27">
+        <v>2822.5116286299999</v>
+      </c>
     </row>
-    <row r="75" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C75" s="28">
         <v>0</v>
       </c>
       <c r="D75" s="28">
         <v>0</v>
       </c>
       <c r="E75" s="28">
         <v>0</v>
       </c>
       <c r="F75" s="28">
         <v>0</v>
       </c>
       <c r="G75" s="28">
         <v>0</v>
       </c>
       <c r="H75" s="28">
         <v>0</v>
       </c>
       <c r="I75" s="28">
         <v>0</v>
       </c>
       <c r="J75" s="28">
@@ -35327,52 +35735,58 @@
       </c>
       <c r="FD75" s="28">
         <v>2054.1758658200001</v>
       </c>
       <c r="FE75" s="28">
         <v>2210.56388212</v>
       </c>
       <c r="FF75" s="28">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG75" s="28">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH75" s="28">
         <v>2744.98914393</v>
       </c>
       <c r="FI75" s="28">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ75" s="28">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK75" s="28">
         <v>2730.8234321999998</v>
       </c>
+      <c r="FL75" s="28">
+        <v>2816.1938623200003</v>
+      </c>
+      <c r="FM75" s="28">
+        <v>2822.5116286299999</v>
+      </c>
     </row>
-    <row r="76" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C76" s="29">
         <v>0</v>
       </c>
       <c r="D76" s="29">
         <v>0</v>
       </c>
       <c r="E76" s="29">
         <v>0</v>
       </c>
       <c r="F76" s="29">
         <v>0</v>
       </c>
       <c r="G76" s="29">
         <v>0</v>
       </c>
       <c r="H76" s="29">
         <v>0</v>
       </c>
       <c r="I76" s="29">
         <v>0</v>
       </c>
       <c r="J76" s="29">
@@ -35827,52 +36241,58 @@
       </c>
       <c r="FD76" s="29">
         <v>0</v>
       </c>
       <c r="FE76" s="29">
         <v>0</v>
       </c>
       <c r="FF76" s="29">
         <v>0</v>
       </c>
       <c r="FG76" s="29">
         <v>0</v>
       </c>
       <c r="FH76" s="29">
         <v>0</v>
       </c>
       <c r="FI76" s="29">
         <v>0</v>
       </c>
       <c r="FJ76" s="29">
         <v>0</v>
       </c>
       <c r="FK76" s="29">
         <v>0</v>
       </c>
+      <c r="FL76" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM76" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="77" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C77" s="27">
         <v>307.69904134000001</v>
       </c>
       <c r="D77" s="27">
         <v>310.51084135999997</v>
       </c>
       <c r="E77" s="27">
         <v>312.31755852999999</v>
       </c>
       <c r="F77" s="27">
         <v>310.83732859000003</v>
       </c>
       <c r="G77" s="27">
         <v>313.20836087999999</v>
       </c>
       <c r="H77" s="27">
         <v>315.78414627000001</v>
       </c>
       <c r="I77" s="27">
         <v>315.06950309000001</v>
       </c>
       <c r="J77" s="27">
@@ -36327,52 +36747,58 @@
       </c>
       <c r="FD77" s="27">
         <v>0</v>
       </c>
       <c r="FE77" s="27">
         <v>0</v>
       </c>
       <c r="FF77" s="27">
         <v>0</v>
       </c>
       <c r="FG77" s="27">
         <v>0</v>
       </c>
       <c r="FH77" s="27">
         <v>0</v>
       </c>
       <c r="FI77" s="27">
         <v>0</v>
       </c>
       <c r="FJ77" s="27">
         <v>0</v>
       </c>
       <c r="FK77" s="27">
         <v>0</v>
       </c>
+      <c r="FL77" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM77" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="78" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C78" s="27">
         <v>0</v>
       </c>
       <c r="D78" s="27">
         <v>0</v>
       </c>
       <c r="E78" s="27">
         <v>0</v>
       </c>
       <c r="F78" s="27">
         <v>0</v>
       </c>
       <c r="G78" s="27">
         <v>0</v>
       </c>
       <c r="H78" s="27">
         <v>0</v>
       </c>
       <c r="I78" s="27">
         <v>0</v>
       </c>
       <c r="J78" s="27">
@@ -36827,52 +37253,58 @@
       </c>
       <c r="FD78" s="27">
         <v>0</v>
       </c>
       <c r="FE78" s="27">
         <v>0</v>
       </c>
       <c r="FF78" s="27">
         <v>0</v>
       </c>
       <c r="FG78" s="27">
         <v>0</v>
       </c>
       <c r="FH78" s="27">
         <v>0</v>
       </c>
       <c r="FI78" s="27">
         <v>0</v>
       </c>
       <c r="FJ78" s="27">
         <v>0</v>
       </c>
       <c r="FK78" s="27">
         <v>0</v>
       </c>
+      <c r="FL78" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM78" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="79" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C79" s="28">
         <v>0</v>
       </c>
       <c r="D79" s="28">
         <v>0</v>
       </c>
       <c r="E79" s="28">
         <v>0</v>
       </c>
       <c r="F79" s="28">
         <v>0</v>
       </c>
       <c r="G79" s="28">
         <v>0</v>
       </c>
       <c r="H79" s="28">
         <v>0</v>
       </c>
       <c r="I79" s="28">
         <v>0</v>
       </c>
       <c r="J79" s="28">
@@ -37327,52 +37759,58 @@
       </c>
       <c r="FD79" s="28">
         <v>0</v>
       </c>
       <c r="FE79" s="28">
         <v>0</v>
       </c>
       <c r="FF79" s="28">
         <v>0</v>
       </c>
       <c r="FG79" s="28">
         <v>0</v>
       </c>
       <c r="FH79" s="28">
         <v>0</v>
       </c>
       <c r="FI79" s="28">
         <v>0</v>
       </c>
       <c r="FJ79" s="28">
         <v>0</v>
       </c>
       <c r="FK79" s="28">
         <v>0</v>
       </c>
+      <c r="FL79" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM79" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="80" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C80" s="28">
         <v>0</v>
       </c>
       <c r="D80" s="28">
         <v>0</v>
       </c>
       <c r="E80" s="28">
         <v>0</v>
       </c>
       <c r="F80" s="28">
         <v>0</v>
       </c>
       <c r="G80" s="28">
         <v>0</v>
       </c>
       <c r="H80" s="28">
         <v>0</v>
       </c>
       <c r="I80" s="28">
         <v>0</v>
       </c>
       <c r="J80" s="28">
@@ -37827,52 +38265,58 @@
       </c>
       <c r="FD80" s="28">
         <v>0</v>
       </c>
       <c r="FE80" s="28">
         <v>0</v>
       </c>
       <c r="FF80" s="28">
         <v>0</v>
       </c>
       <c r="FG80" s="28">
         <v>0</v>
       </c>
       <c r="FH80" s="28">
         <v>0</v>
       </c>
       <c r="FI80" s="28">
         <v>0</v>
       </c>
       <c r="FJ80" s="28">
         <v>0</v>
       </c>
       <c r="FK80" s="28">
         <v>0</v>
       </c>
+      <c r="FL80" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM80" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="81" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C81" s="27">
         <v>307.69904134000001</v>
       </c>
       <c r="D81" s="27">
         <v>310.51084135999997</v>
       </c>
       <c r="E81" s="27">
         <v>312.31755852999999</v>
       </c>
       <c r="F81" s="27">
         <v>310.83732859000003</v>
       </c>
       <c r="G81" s="27">
         <v>313.20836087999999</v>
       </c>
       <c r="H81" s="27">
         <v>315.78414627000001</v>
       </c>
       <c r="I81" s="27">
         <v>315.06950309000001</v>
       </c>
       <c r="J81" s="27">
@@ -38327,52 +38771,58 @@
       </c>
       <c r="FD81" s="27">
         <v>0</v>
       </c>
       <c r="FE81" s="27">
         <v>0</v>
       </c>
       <c r="FF81" s="27">
         <v>0</v>
       </c>
       <c r="FG81" s="27">
         <v>0</v>
       </c>
       <c r="FH81" s="27">
         <v>0</v>
       </c>
       <c r="FI81" s="27">
         <v>0</v>
       </c>
       <c r="FJ81" s="27">
         <v>0</v>
       </c>
       <c r="FK81" s="27">
         <v>0</v>
       </c>
+      <c r="FL81" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM81" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="82" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C82" s="28">
         <v>307.69904134000001</v>
       </c>
       <c r="D82" s="28">
         <v>310.51084135999997</v>
       </c>
       <c r="E82" s="28">
         <v>312.31755852999999</v>
       </c>
       <c r="F82" s="28">
         <v>310.83732859000003</v>
       </c>
       <c r="G82" s="28">
         <v>313.20836087999999</v>
       </c>
       <c r="H82" s="28">
         <v>315.78414627000001</v>
       </c>
       <c r="I82" s="28">
         <v>315.06950309000001</v>
       </c>
       <c r="J82" s="28">
@@ -38827,52 +39277,58 @@
       </c>
       <c r="FD82" s="28">
         <v>0</v>
       </c>
       <c r="FE82" s="28">
         <v>0</v>
       </c>
       <c r="FF82" s="28">
         <v>0</v>
       </c>
       <c r="FG82" s="28">
         <v>0</v>
       </c>
       <c r="FH82" s="28">
         <v>0</v>
       </c>
       <c r="FI82" s="28">
         <v>0</v>
       </c>
       <c r="FJ82" s="28">
         <v>0</v>
       </c>
       <c r="FK82" s="28">
         <v>0</v>
       </c>
+      <c r="FL82" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM82" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="83" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="29">
         <v>0</v>
       </c>
       <c r="D83" s="29">
         <v>0</v>
       </c>
       <c r="E83" s="29">
         <v>0</v>
       </c>
       <c r="F83" s="29">
         <v>0</v>
       </c>
       <c r="G83" s="29">
         <v>0</v>
       </c>
       <c r="H83" s="29">
         <v>0</v>
       </c>
       <c r="I83" s="29">
         <v>0</v>
       </c>
       <c r="J83" s="29">
@@ -39327,52 +39783,58 @@
       </c>
       <c r="FD83" s="29">
         <v>0</v>
       </c>
       <c r="FE83" s="29">
         <v>0</v>
       </c>
       <c r="FF83" s="29">
         <v>0</v>
       </c>
       <c r="FG83" s="29">
         <v>0</v>
       </c>
       <c r="FH83" s="29">
         <v>0</v>
       </c>
       <c r="FI83" s="29">
         <v>0</v>
       </c>
       <c r="FJ83" s="29">
         <v>0</v>
       </c>
       <c r="FK83" s="29">
         <v>0</v>
       </c>
+      <c r="FL83" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM83" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="84" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C84" s="27">
         <v>553.31665003000001</v>
       </c>
       <c r="D84" s="27">
         <v>560.53282571</v>
       </c>
       <c r="E84" s="27">
         <v>565.80884956</v>
       </c>
       <c r="F84" s="27">
         <v>565.25183706999997</v>
       </c>
       <c r="G84" s="27">
         <v>871.90088647000005</v>
       </c>
       <c r="H84" s="27">
         <v>882.36845469000002</v>
       </c>
       <c r="I84" s="27">
         <v>856.04136027000004</v>
       </c>
       <c r="J84" s="27">
@@ -39827,52 +40289,58 @@
       </c>
       <c r="FD84" s="27">
         <v>716.48063774000002</v>
       </c>
       <c r="FE84" s="27">
         <v>716.19440938000002</v>
       </c>
       <c r="FF84" s="27">
         <v>898.99881508999999</v>
       </c>
       <c r="FG84" s="27">
         <v>895.1982359299999</v>
       </c>
       <c r="FH84" s="27">
         <v>805.79698860000008</v>
       </c>
       <c r="FI84" s="27">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ84" s="27">
         <v>805.79923561999999</v>
       </c>
       <c r="FK84" s="27">
         <v>805.55093607000003</v>
       </c>
+      <c r="FL84" s="27">
+        <v>567.31694830999993</v>
+      </c>
+      <c r="FM84" s="27">
+        <v>22.955333579999998</v>
+      </c>
     </row>
-    <row r="85" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C85" s="27">
         <v>0</v>
       </c>
       <c r="D85" s="27">
         <v>0</v>
       </c>
       <c r="E85" s="27">
         <v>0</v>
       </c>
       <c r="F85" s="27">
         <v>0</v>
       </c>
       <c r="G85" s="27">
         <v>0</v>
       </c>
       <c r="H85" s="27">
         <v>0</v>
       </c>
       <c r="I85" s="27">
         <v>0</v>
       </c>
       <c r="J85" s="27">
@@ -40327,52 +40795,58 @@
       </c>
       <c r="FD85" s="27">
         <v>0</v>
       </c>
       <c r="FE85" s="27">
         <v>0</v>
       </c>
       <c r="FF85" s="27">
         <v>0</v>
       </c>
       <c r="FG85" s="27">
         <v>0</v>
       </c>
       <c r="FH85" s="27">
         <v>0</v>
       </c>
       <c r="FI85" s="27">
         <v>0</v>
       </c>
       <c r="FJ85" s="27">
         <v>0</v>
       </c>
       <c r="FK85" s="27">
         <v>0</v>
       </c>
+      <c r="FL85" s="27">
+        <v>0</v>
+      </c>
+      <c r="FM85" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="86" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C86" s="28">
         <v>0</v>
       </c>
       <c r="D86" s="28">
         <v>0</v>
       </c>
       <c r="E86" s="28">
         <v>0</v>
       </c>
       <c r="F86" s="28">
         <v>0</v>
       </c>
       <c r="G86" s="28">
         <v>0</v>
       </c>
       <c r="H86" s="28">
         <v>0</v>
       </c>
       <c r="I86" s="28">
         <v>0</v>
       </c>
       <c r="J86" s="28">
@@ -40827,52 +41301,58 @@
       </c>
       <c r="FD86" s="28">
         <v>0</v>
       </c>
       <c r="FE86" s="28">
         <v>0</v>
       </c>
       <c r="FF86" s="28">
         <v>0</v>
       </c>
       <c r="FG86" s="28">
         <v>0</v>
       </c>
       <c r="FH86" s="28">
         <v>0</v>
       </c>
       <c r="FI86" s="28">
         <v>0</v>
       </c>
       <c r="FJ86" s="28">
         <v>0</v>
       </c>
       <c r="FK86" s="28">
         <v>0</v>
       </c>
+      <c r="FL86" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM86" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="87" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C87" s="28">
         <v>0</v>
       </c>
       <c r="D87" s="28">
         <v>0</v>
       </c>
       <c r="E87" s="28">
         <v>0</v>
       </c>
       <c r="F87" s="28">
         <v>0</v>
       </c>
       <c r="G87" s="28">
         <v>0</v>
       </c>
       <c r="H87" s="28">
         <v>0</v>
       </c>
       <c r="I87" s="28">
         <v>0</v>
       </c>
       <c r="J87" s="28">
@@ -41327,52 +41807,58 @@
       </c>
       <c r="FD87" s="28">
         <v>0</v>
       </c>
       <c r="FE87" s="28">
         <v>0</v>
       </c>
       <c r="FF87" s="28">
         <v>0</v>
       </c>
       <c r="FG87" s="28">
         <v>0</v>
       </c>
       <c r="FH87" s="28">
         <v>0</v>
       </c>
       <c r="FI87" s="28">
         <v>0</v>
       </c>
       <c r="FJ87" s="28">
         <v>0</v>
       </c>
       <c r="FK87" s="28">
         <v>0</v>
       </c>
+      <c r="FL87" s="28">
+        <v>0</v>
+      </c>
+      <c r="FM87" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="88" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="27">
         <v>553.31665003000001</v>
       </c>
       <c r="D88" s="27">
         <v>560.53282571</v>
       </c>
       <c r="E88" s="27">
         <v>565.80884956</v>
       </c>
       <c r="F88" s="27">
         <v>565.25183706999997</v>
       </c>
       <c r="G88" s="27">
         <v>871.90088647000005</v>
       </c>
       <c r="H88" s="27">
         <v>882.36845469000002</v>
       </c>
       <c r="I88" s="27">
         <v>856.04136027000004</v>
       </c>
       <c r="J88" s="27">
@@ -41827,52 +42313,58 @@
       </c>
       <c r="FD88" s="27">
         <v>716.48063774000002</v>
       </c>
       <c r="FE88" s="27">
         <v>716.19440938000002</v>
       </c>
       <c r="FF88" s="27">
         <v>898.99881508999999</v>
       </c>
       <c r="FG88" s="27">
         <v>895.1982359299999</v>
       </c>
       <c r="FH88" s="27">
         <v>805.79698860000008</v>
       </c>
       <c r="FI88" s="27">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ88" s="27">
         <v>805.79923561999999</v>
       </c>
       <c r="FK88" s="27">
         <v>805.55093607000003</v>
       </c>
+      <c r="FL88" s="27">
+        <v>567.31694830999993</v>
+      </c>
+      <c r="FM88" s="27">
+        <v>22.955333579999998</v>
+      </c>
     </row>
-    <row r="89" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C89" s="28">
         <v>553.31665003000001</v>
       </c>
       <c r="D89" s="28">
         <v>560.53282571</v>
       </c>
       <c r="E89" s="28">
         <v>565.80884956</v>
       </c>
       <c r="F89" s="28">
         <v>565.25183706999997</v>
       </c>
       <c r="G89" s="28">
         <v>871.90088647000005</v>
       </c>
       <c r="H89" s="28">
         <v>882.36845469000002</v>
       </c>
       <c r="I89" s="28">
         <v>856.04136027000004</v>
       </c>
       <c r="J89" s="28">
@@ -42327,52 +42819,58 @@
       </c>
       <c r="FD89" s="28">
         <v>716.48063774000002</v>
       </c>
       <c r="FE89" s="28">
         <v>716.19440938000002</v>
       </c>
       <c r="FF89" s="28">
         <v>898.99881508999999</v>
       </c>
       <c r="FG89" s="28">
         <v>895.1982359299999</v>
       </c>
       <c r="FH89" s="28">
         <v>805.79698860000008</v>
       </c>
       <c r="FI89" s="28">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ89" s="28">
         <v>805.79923561999999</v>
       </c>
       <c r="FK89" s="28">
         <v>805.55093607000003</v>
       </c>
+      <c r="FL89" s="28">
+        <v>567.31694830999993</v>
+      </c>
+      <c r="FM89" s="28">
+        <v>22.955333579999998</v>
+      </c>
     </row>
-    <row r="90" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C90" s="29">
         <v>0</v>
       </c>
       <c r="D90" s="29">
         <v>0</v>
       </c>
       <c r="E90" s="29">
         <v>0</v>
       </c>
       <c r="F90" s="29">
         <v>0</v>
       </c>
       <c r="G90" s="29">
         <v>0</v>
       </c>
       <c r="H90" s="29">
         <v>0</v>
       </c>
       <c r="I90" s="29">
         <v>0</v>
       </c>
       <c r="J90" s="29">
@@ -42827,52 +43325,58 @@
       </c>
       <c r="FD90" s="29">
         <v>0</v>
       </c>
       <c r="FE90" s="29">
         <v>0</v>
       </c>
       <c r="FF90" s="29">
         <v>0</v>
       </c>
       <c r="FG90" s="29">
         <v>0</v>
       </c>
       <c r="FH90" s="29">
         <v>0</v>
       </c>
       <c r="FI90" s="29">
         <v>0</v>
       </c>
       <c r="FJ90" s="29">
         <v>0</v>
       </c>
       <c r="FK90" s="29">
         <v>0</v>
       </c>
+      <c r="FL90" s="29">
+        <v>0</v>
+      </c>
+      <c r="FM90" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="91" spans="2:167" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="32">
         <v>6977.4949856399999</v>
       </c>
       <c r="D91" s="32">
         <v>6919.2471263500001</v>
       </c>
       <c r="E91" s="32">
         <v>6884.6394998300002</v>
       </c>
       <c r="F91" s="32">
         <v>6846.7454767500003</v>
       </c>
       <c r="G91" s="32">
         <v>8345.7365712899991</v>
       </c>
       <c r="H91" s="32">
         <v>8658.7625115600003</v>
       </c>
       <c r="I91" s="32">
         <v>8560.9296172400009</v>
       </c>
       <c r="J91" s="32">
@@ -43327,52 +43831,58 @@
       </c>
       <c r="FD91" s="32">
         <v>17547.991092550001</v>
       </c>
       <c r="FE91" s="32">
         <v>19734.760762509999</v>
       </c>
       <c r="FF91" s="32">
         <v>18293.45293037</v>
       </c>
       <c r="FG91" s="32">
         <v>18288.380788459999</v>
       </c>
       <c r="FH91" s="32">
         <v>18758.21459974</v>
       </c>
       <c r="FI91" s="32">
         <v>18638.314128939997</v>
       </c>
       <c r="FJ91" s="32">
         <v>18674.42167711</v>
       </c>
       <c r="FK91" s="32">
         <v>18712.529583029998</v>
       </c>
+      <c r="FL91" s="32">
+        <v>18590.933166529998</v>
+      </c>
+      <c r="FM91" s="32">
+        <v>18085.193613830001</v>
+      </c>
     </row>
-    <row r="92" spans="2:167" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="31">
         <v>17619.604269089999</v>
       </c>
       <c r="D92" s="31">
         <v>17671.005768260002</v>
       </c>
       <c r="E92" s="31">
         <v>18313.582781050001</v>
       </c>
       <c r="F92" s="31">
         <v>18243.216234390002</v>
       </c>
       <c r="G92" s="31">
         <v>19843.367050000001</v>
       </c>
       <c r="H92" s="31">
         <v>19694.356425239999</v>
       </c>
       <c r="I92" s="31">
         <v>19527.42501748</v>
       </c>
       <c r="J92" s="31">
@@ -43827,61 +44337,67 @@
       </c>
       <c r="FD92" s="31">
         <v>40468.683626490005</v>
       </c>
       <c r="FE92" s="31">
         <v>42706.87614919</v>
       </c>
       <c r="FF92" s="31">
         <v>41995.749471319999</v>
       </c>
       <c r="FG92" s="31">
         <v>42036.937427989993</v>
       </c>
       <c r="FH92" s="31">
         <v>42605.093067490001</v>
       </c>
       <c r="FI92" s="31">
         <v>43526.819476999997</v>
       </c>
       <c r="FJ92" s="31">
         <v>43686.4573141</v>
       </c>
       <c r="FK92" s="31">
         <v>43767.408239180004</v>
       </c>
+      <c r="FL92" s="31">
+        <v>44027.180676139993</v>
+      </c>
+      <c r="FM92" s="31">
+        <v>43575.666752980003</v>
+      </c>
     </row>
-    <row r="94" spans="2:167" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:169" x14ac:dyDescent="0.2">
       <c r="BM94" s="12"/>
       <c r="BN94" s="12"/>
       <c r="BO94" s="12"/>
       <c r="BP94" s="12"/>
       <c r="BQ94" s="12"/>
       <c r="BR94" s="12"/>
       <c r="DA94" s="33"/>
     </row>
-    <row r="95" spans="2:167" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:169" x14ac:dyDescent="0.2">
       <c r="B95" s="35" t="s">
         <v>157</v>
       </c>
       <c r="AB95" s="12"/>
       <c r="AC95" s="12"/>
       <c r="AD95" s="12"/>
       <c r="AE95" s="12"/>
       <c r="AF95" s="12"/>
       <c r="AG95" s="12"/>
       <c r="AH95" s="12"/>
       <c r="AI95" s="12"/>
       <c r="AJ95" s="12"/>
       <c r="AK95" s="12"/>
       <c r="AL95" s="12"/>
       <c r="AM95" s="12"/>
       <c r="AN95" s="12"/>
       <c r="AO95" s="12"/>
       <c r="AP95" s="12"/>
       <c r="AQ95" s="12"/>
       <c r="AR95" s="12"/>
       <c r="AS95" s="12"/>
       <c r="AT95" s="12"/>
       <c r="AU95" s="12"/>
       <c r="AV95" s="12"/>
       <c r="AW95" s="12"/>
@@ -43981,52 +44497,54 @@
       <c r="EM95" s="12"/>
       <c r="EN95" s="12"/>
       <c r="EO95" s="12"/>
       <c r="EP95" s="12"/>
       <c r="EQ95" s="12"/>
       <c r="ER95" s="12"/>
       <c r="ES95" s="12"/>
       <c r="ET95" s="12"/>
       <c r="EU95" s="12"/>
       <c r="EV95" s="12"/>
       <c r="EW95" s="12"/>
       <c r="EX95" s="12"/>
       <c r="EY95" s="12"/>
       <c r="EZ95" s="12"/>
       <c r="FA95" s="12"/>
       <c r="FB95" s="12"/>
       <c r="FC95" s="12"/>
       <c r="FD95" s="12"/>
       <c r="FE95" s="12"/>
       <c r="FF95" s="12"/>
       <c r="FG95" s="12"/>
       <c r="FH95" s="12"/>
       <c r="FI95" s="12"/>
       <c r="FJ95" s="12"/>
       <c r="FK95" s="12"/>
+      <c r="FL95" s="12"/>
+      <c r="FM95" s="12"/>
     </row>
-    <row r="96" spans="2:167" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:169" x14ac:dyDescent="0.2">
       <c r="B96" s="36"/>
       <c r="AB96" s="12"/>
       <c r="AC96" s="12"/>
       <c r="AD96" s="12"/>
       <c r="AE96" s="12"/>
       <c r="AF96" s="12"/>
       <c r="AG96" s="12"/>
       <c r="AH96" s="12"/>
       <c r="AI96" s="12"/>
       <c r="AJ96" s="12"/>
       <c r="AK96" s="12"/>
       <c r="AL96" s="12"/>
       <c r="AM96" s="12"/>
       <c r="AN96" s="12"/>
       <c r="AO96" s="12"/>
       <c r="AP96" s="12"/>
       <c r="AQ96" s="12"/>
       <c r="AR96" s="12"/>
       <c r="AS96" s="12"/>
       <c r="AT96" s="12"/>
       <c r="AU96" s="12"/>
       <c r="AV96" s="12"/>
       <c r="AW96" s="12"/>
       <c r="AX96" s="12"/>
       <c r="AY96" s="12"/>
@@ -44124,50 +44642,52 @@
       <c r="EM96" s="12"/>
       <c r="EN96" s="12"/>
       <c r="EO96" s="12"/>
       <c r="EP96" s="12"/>
       <c r="EQ96" s="12"/>
       <c r="ER96" s="12"/>
       <c r="ES96" s="12"/>
       <c r="ET96" s="12"/>
       <c r="EU96" s="12"/>
       <c r="EV96" s="12"/>
       <c r="EW96" s="12"/>
       <c r="EX96" s="12"/>
       <c r="EY96" s="12"/>
       <c r="EZ96" s="12"/>
       <c r="FA96" s="12"/>
       <c r="FB96" s="12"/>
       <c r="FC96" s="12"/>
       <c r="FD96" s="12"/>
       <c r="FE96" s="12"/>
       <c r="FF96" s="12"/>
       <c r="FG96" s="12"/>
       <c r="FH96" s="12"/>
       <c r="FI96" s="12"/>
       <c r="FJ96" s="12"/>
       <c r="FK96" s="12"/>
+      <c r="FL96" s="12"/>
+      <c r="FM96" s="12"/>
     </row>
     <row r="97" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM97" s="12"/>
       <c r="BN97" s="12"/>
       <c r="BO97" s="12"/>
       <c r="BP97" s="12"/>
       <c r="BQ97" s="12"/>
       <c r="BR97" s="12"/>
     </row>
     <row r="98" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM98" s="12"/>
       <c r="BN98" s="12"/>
       <c r="BO98" s="12"/>
       <c r="BP98" s="12"/>
       <c r="BQ98" s="12"/>
       <c r="BR98" s="12"/>
     </row>
     <row r="99" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM99" s="12"/>
       <c r="BN99" s="12"/>
       <c r="BO99" s="12"/>
       <c r="BP99" s="12"/>
       <c r="BQ99" s="12"/>
       <c r="BR99" s="12"/>
     </row>