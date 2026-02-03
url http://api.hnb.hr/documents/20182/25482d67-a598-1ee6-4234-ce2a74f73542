--- v2 (2026-01-12)
+++ v3 (2026-02-03)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2026\202601\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="60" windowWidth="28800" windowHeight="10875"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="12" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="196">
   <si>
     <t>HRK</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>nominal valuation</t>
   </si>
   <si>
     <t>Issuer's sector/Original maturity/Currency of issue</t>
   </si>
   <si>
     <t>I) ISSUED IN DOMESTIC CAPITAL MARKET</t>
   </si>
   <si>
     <t xml:space="preserve">1 Central government                                   </t>
   </si>
   <si>
     <t>Short-term</t>
   </si>
   <si>
     <t>Other currencies</t>
   </si>
   <si>
@@ -653,50 +653,53 @@
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
   <si>
     <t>Sep. 2025</t>
   </si>
   <si>
     <t>Oct. 2025</t>
   </si>
+  <si>
+    <t>Nov. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1223,164 +1226,164 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FM360"/>
+  <dimension ref="B1:FN360"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="3" customWidth="1"/>
     <col min="2" max="2" width="53.6640625" style="4" customWidth="1"/>
     <col min="3" max="27" width="13.5" style="12" bestFit="1" customWidth="1"/>
     <col min="28" max="45" width="13.5" style="23" bestFit="1" customWidth="1"/>
     <col min="46" max="47" width="14.5" style="23" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="13.5" style="23" bestFit="1" customWidth="1"/>
     <col min="49" max="52" width="13.5" style="24" bestFit="1" customWidth="1"/>
-    <col min="53" max="169" width="14.5" style="24" bestFit="1" customWidth="1"/>
-    <col min="170" max="16384" width="9.33203125" style="3"/>
+    <col min="53" max="170" width="14.5" style="24" bestFit="1" customWidth="1"/>
+    <col min="171" max="16384" width="9.33203125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:169" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:170" ht="15.75" x14ac:dyDescent="0.25">
       <c r="G1" s="34"/>
     </row>
-    <row r="2" spans="2:169" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:170" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="21"/>
       <c r="I2" s="21"/>
       <c r="J2" s="22"/>
       <c r="K2" s="21"/>
       <c r="L2" s="21"/>
       <c r="M2" s="21"/>
       <c r="N2" s="21"/>
       <c r="O2" s="21"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="21"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
       <c r="U2" s="21"/>
       <c r="V2" s="21"/>
       <c r="W2" s="21"/>
       <c r="X2" s="21"/>
       <c r="Y2" s="21"/>
       <c r="Z2" s="21"/>
       <c r="AA2" s="21"/>
     </row>
-    <row r="3" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="25"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="23"/>
       <c r="P3" s="23"/>
       <c r="Q3" s="23"/>
       <c r="R3" s="23"/>
       <c r="S3" s="23"/>
       <c r="T3" s="23"/>
       <c r="U3" s="23"/>
       <c r="V3" s="23"/>
       <c r="W3" s="23"/>
       <c r="X3" s="23"/>
       <c r="Y3" s="23"/>
       <c r="Z3" s="23"/>
       <c r="AA3" s="23"/>
     </row>
-    <row r="4" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="18"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="23"/>
       <c r="J4" s="25"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23"/>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="23"/>
       <c r="P4" s="23"/>
       <c r="Q4" s="23"/>
       <c r="R4" s="23"/>
       <c r="S4" s="23"/>
       <c r="T4" s="23"/>
       <c r="U4" s="23"/>
       <c r="V4" s="23"/>
       <c r="W4" s="23"/>
       <c r="X4" s="23"/>
       <c r="Y4" s="23"/>
       <c r="Z4" s="23"/>
       <c r="AA4" s="23"/>
     </row>
-    <row r="5" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="18"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="23"/>
       <c r="Q5" s="23"/>
       <c r="R5" s="23"/>
       <c r="S5" s="23"/>
       <c r="T5" s="23"/>
       <c r="U5" s="23"/>
       <c r="V5" s="23"/>
       <c r="W5" s="23"/>
       <c r="X5" s="23"/>
       <c r="Y5" s="23"/>
       <c r="Z5" s="23"/>
@@ -1480,67 +1483,68 @@
       <c r="EO5" s="23"/>
       <c r="EP5" s="23"/>
       <c r="EQ5" s="23"/>
       <c r="ER5" s="23"/>
       <c r="ES5" s="23"/>
       <c r="ET5" s="23"/>
       <c r="EU5" s="23"/>
       <c r="EV5" s="23"/>
       <c r="EW5" s="23"/>
       <c r="EX5" s="23"/>
       <c r="EY5" s="23"/>
       <c r="EZ5" s="23"/>
       <c r="FA5" s="23"/>
       <c r="FB5" s="23"/>
       <c r="FC5" s="23"/>
       <c r="FD5" s="23"/>
       <c r="FE5" s="23"/>
       <c r="FF5" s="23"/>
       <c r="FG5" s="23"/>
       <c r="FH5" s="23"/>
       <c r="FI5" s="23"/>
       <c r="FJ5" s="23"/>
       <c r="FK5" s="23"/>
       <c r="FL5" s="23"/>
       <c r="FM5" s="23"/>
+      <c r="FN5" s="23"/>
     </row>
-    <row r="6" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17" t="s">
         <v>153</v>
       </c>
       <c r="J6" s="25"/>
       <c r="AW6" s="23"/>
       <c r="AX6" s="23"/>
       <c r="AY6" s="23"/>
       <c r="AZ6" s="23"/>
       <c r="BA6" s="23"/>
       <c r="BB6" s="23"/>
       <c r="BC6" s="23"/>
       <c r="BD6" s="23"/>
       <c r="BE6" s="23"/>
     </row>
-    <row r="7" spans="2:169" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:170" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="15" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="15" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="15" t="s">
@@ -2001,52 +2005,55 @@
       </c>
       <c r="FF7" s="15" t="s">
         <v>187</v>
       </c>
       <c r="FG7" s="15" t="s">
         <v>188</v>
       </c>
       <c r="FH7" s="15" t="s">
         <v>189</v>
       </c>
       <c r="FI7" s="15" t="s">
         <v>190</v>
       </c>
       <c r="FJ7" s="15" t="s">
         <v>191</v>
       </c>
       <c r="FK7" s="15" t="s">
         <v>192</v>
       </c>
       <c r="FL7" s="15" t="s">
         <v>193</v>
       </c>
       <c r="FM7" s="15" t="s">
         <v>194</v>
       </c>
+      <c r="FN7" s="15" t="s">
+        <v>195</v>
+      </c>
     </row>
-    <row r="8" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
@@ -2173,52 +2180,53 @@
       <c r="EO8" s="26"/>
       <c r="EP8" s="26"/>
       <c r="EQ8" s="26"/>
       <c r="ER8" s="26"/>
       <c r="ES8" s="26"/>
       <c r="ET8" s="26"/>
       <c r="EU8" s="26"/>
       <c r="EV8" s="26"/>
       <c r="EW8" s="26"/>
       <c r="EX8" s="26"/>
       <c r="EY8" s="26"/>
       <c r="EZ8" s="26"/>
       <c r="FA8" s="26"/>
       <c r="FB8" s="26"/>
       <c r="FC8" s="26"/>
       <c r="FD8" s="26"/>
       <c r="FE8" s="26"/>
       <c r="FF8" s="26"/>
       <c r="FG8" s="26"/>
       <c r="FH8" s="26"/>
       <c r="FI8" s="26"/>
       <c r="FJ8" s="26"/>
       <c r="FK8" s="26"/>
       <c r="FL8" s="26"/>
       <c r="FM8" s="26"/>
+      <c r="FN8" s="26"/>
     </row>
-    <row r="9" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="27">
         <v>9847.5640765499993</v>
       </c>
       <c r="D9" s="27">
         <v>9967.0069003600001</v>
       </c>
       <c r="E9" s="27">
         <v>10643.20952765</v>
       </c>
       <c r="F9" s="27">
         <v>10613.694216489999</v>
       </c>
       <c r="G9" s="27">
         <v>10702.85729027</v>
       </c>
       <c r="H9" s="27">
         <v>10206.80362581</v>
       </c>
       <c r="I9" s="27">
         <v>10168.21060615</v>
       </c>
       <c r="J9" s="27">
@@ -2679,52 +2687,55 @@
       </c>
       <c r="FF9" s="27">
         <v>22380.323864869999</v>
       </c>
       <c r="FG9" s="27">
         <v>22427.933472970002</v>
       </c>
       <c r="FH9" s="27">
         <v>22439.691630419999</v>
       </c>
       <c r="FI9" s="27">
         <v>23317.79689564</v>
       </c>
       <c r="FJ9" s="27">
         <v>23464.152984910001</v>
       </c>
       <c r="FK9" s="27">
         <v>23489.592991009999</v>
       </c>
       <c r="FL9" s="27">
         <v>23864.75375562</v>
       </c>
       <c r="FM9" s="27">
         <v>23915.2525174</v>
       </c>
+      <c r="FN9" s="27">
+        <v>24215.578312879999</v>
+      </c>
     </row>
-    <row r="10" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="27">
         <v>2677.6647210900001</v>
       </c>
       <c r="D10" s="27">
         <v>2794.1416875199998</v>
       </c>
       <c r="E10" s="27">
         <v>2642.8380413300001</v>
       </c>
       <c r="F10" s="27">
         <v>2672.32458387</v>
       </c>
       <c r="G10" s="27">
         <v>2709.5794509799998</v>
       </c>
       <c r="H10" s="27">
         <v>2708.9723286499998</v>
       </c>
       <c r="I10" s="27">
         <v>2682.5628949400002</v>
       </c>
       <c r="J10" s="27">
@@ -3185,52 +3196,55 @@
       </c>
       <c r="FF10" s="27">
         <v>3574.7107067500001</v>
       </c>
       <c r="FG10" s="27">
         <v>3583.41464408</v>
       </c>
       <c r="FH10" s="27">
         <v>3592.4313719800002</v>
       </c>
       <c r="FI10" s="27">
         <v>4466.0504843900007</v>
       </c>
       <c r="FJ10" s="27">
         <v>4476.3895773000004</v>
       </c>
       <c r="FK10" s="27">
         <v>4486.7527754100001</v>
       </c>
       <c r="FL10" s="27">
         <v>4845.0662545100004</v>
       </c>
       <c r="FM10" s="27">
         <v>4856.2157062700007</v>
       </c>
+      <c r="FN10" s="27">
+        <v>5157.5705827000002</v>
+      </c>
     </row>
-    <row r="11" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="28">
         <v>1995.54438301</v>
       </c>
       <c r="D11" s="28">
         <v>2055.19410702</v>
       </c>
       <c r="E11" s="28">
         <v>1887.1426008999999</v>
       </c>
       <c r="F11" s="28">
         <v>1807.3307718000001</v>
       </c>
       <c r="G11" s="28">
         <v>1857.1126165200001</v>
       </c>
       <c r="H11" s="28">
         <v>1899.98487894</v>
       </c>
       <c r="I11" s="28">
         <v>1949.27342402</v>
       </c>
       <c r="J11" s="28">
@@ -3691,52 +3705,55 @@
       </c>
       <c r="FF11" s="28">
         <v>0</v>
       </c>
       <c r="FG11" s="28">
         <v>0</v>
       </c>
       <c r="FH11" s="28">
         <v>0</v>
       </c>
       <c r="FI11" s="28">
         <v>0</v>
       </c>
       <c r="FJ11" s="28">
         <v>0</v>
       </c>
       <c r="FK11" s="28">
         <v>0</v>
       </c>
       <c r="FL11" s="28">
         <v>0</v>
       </c>
       <c r="FM11" s="28">
         <v>0</v>
       </c>
+      <c r="FN11" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="28">
         <v>682.12033808000001</v>
       </c>
       <c r="D12" s="28">
         <v>738.94758049999996</v>
       </c>
       <c r="E12" s="28">
         <v>755.69544042999996</v>
       </c>
       <c r="F12" s="28">
         <v>864.99381206999999</v>
       </c>
       <c r="G12" s="28">
         <v>852.46683446999998</v>
       </c>
       <c r="H12" s="28">
         <v>808.98744970999996</v>
       </c>
       <c r="I12" s="28">
         <v>733.28947091999999</v>
       </c>
       <c r="J12" s="28">
@@ -4197,52 +4214,55 @@
       </c>
       <c r="FF12" s="28">
         <v>3574.7107067500001</v>
       </c>
       <c r="FG12" s="28">
         <v>3583.41464408</v>
       </c>
       <c r="FH12" s="28">
         <v>3592.4313719800002</v>
       </c>
       <c r="FI12" s="28">
         <v>4466.0504843900007</v>
       </c>
       <c r="FJ12" s="28">
         <v>4476.3895773000004</v>
       </c>
       <c r="FK12" s="28">
         <v>4486.7527754100001</v>
       </c>
       <c r="FL12" s="28">
         <v>4845.0662545100004</v>
       </c>
       <c r="FM12" s="28">
         <v>4856.2157062700007</v>
       </c>
+      <c r="FN12" s="28">
+        <v>5157.5705827000002</v>
+      </c>
     </row>
-    <row r="13" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="28">
         <v>0</v>
       </c>
       <c r="D13" s="28">
         <v>0</v>
       </c>
       <c r="E13" s="28">
         <v>0</v>
       </c>
       <c r="F13" s="28">
         <v>0</v>
       </c>
       <c r="G13" s="28">
         <v>0</v>
       </c>
       <c r="H13" s="28">
         <v>0</v>
       </c>
       <c r="I13" s="28">
         <v>0</v>
       </c>
       <c r="J13" s="28">
@@ -4703,52 +4723,55 @@
       </c>
       <c r="FF13" s="28">
         <v>0</v>
       </c>
       <c r="FG13" s="28">
         <v>0</v>
       </c>
       <c r="FH13" s="28">
         <v>0</v>
       </c>
       <c r="FI13" s="28">
         <v>0</v>
       </c>
       <c r="FJ13" s="28">
         <v>0</v>
       </c>
       <c r="FK13" s="28">
         <v>0</v>
       </c>
       <c r="FL13" s="28">
         <v>0</v>
       </c>
       <c r="FM13" s="28">
         <v>0</v>
       </c>
+      <c r="FN13" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="27">
         <v>7169.8993554600002</v>
       </c>
       <c r="D14" s="27">
         <v>7172.8652128499998</v>
       </c>
       <c r="E14" s="27">
         <v>8000.3714863200003</v>
       </c>
       <c r="F14" s="27">
         <v>7941.3696326199997</v>
       </c>
       <c r="G14" s="27">
         <v>7993.27783929</v>
       </c>
       <c r="H14" s="27">
         <v>7497.83129715</v>
       </c>
       <c r="I14" s="27">
         <v>7485.6477112100001</v>
       </c>
       <c r="J14" s="27">
@@ -5209,52 +5232,55 @@
       </c>
       <c r="FF14" s="27">
         <v>18805.613158119999</v>
       </c>
       <c r="FG14" s="27">
         <v>18844.518828889999</v>
       </c>
       <c r="FH14" s="27">
         <v>18847.260258439997</v>
       </c>
       <c r="FI14" s="27">
         <v>18851.746411249998</v>
       </c>
       <c r="FJ14" s="27">
         <v>18987.76340761</v>
       </c>
       <c r="FK14" s="27">
         <v>19002.840215599997</v>
       </c>
       <c r="FL14" s="27">
         <v>19019.687501110002</v>
       </c>
       <c r="FM14" s="27">
         <v>19059.036811130001</v>
       </c>
+      <c r="FN14" s="27">
+        <v>19058.007730180001</v>
+      </c>
     </row>
-    <row r="15" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="28">
         <v>3433.2099666499998</v>
       </c>
       <c r="D15" s="28">
         <v>3431.85214589</v>
       </c>
       <c r="E15" s="28">
         <v>3571.9138094099999</v>
       </c>
       <c r="F15" s="28">
         <v>3565.4930229400002</v>
       </c>
       <c r="G15" s="28">
         <v>3581.95379417</v>
       </c>
       <c r="H15" s="28">
         <v>3581.8431651599999</v>
       </c>
       <c r="I15" s="28">
         <v>3578.0995610999998</v>
       </c>
       <c r="J15" s="28">
@@ -5715,52 +5741,55 @@
       </c>
       <c r="FF15" s="28">
         <v>0</v>
       </c>
       <c r="FG15" s="28">
         <v>0</v>
       </c>
       <c r="FH15" s="28">
         <v>0</v>
       </c>
       <c r="FI15" s="28">
         <v>0</v>
       </c>
       <c r="FJ15" s="28">
         <v>0</v>
       </c>
       <c r="FK15" s="28">
         <v>0</v>
       </c>
       <c r="FL15" s="28">
         <v>0</v>
       </c>
       <c r="FM15" s="28">
         <v>0</v>
       </c>
+      <c r="FN15" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="28">
         <v>3736.6893888200002</v>
       </c>
       <c r="D16" s="28">
         <v>3741.0130669499999</v>
       </c>
       <c r="E16" s="28">
         <v>4428.4576769100004</v>
       </c>
       <c r="F16" s="28">
         <v>4375.87660968</v>
       </c>
       <c r="G16" s="28">
         <v>4411.3240451199999</v>
       </c>
       <c r="H16" s="28">
         <v>3915.988132</v>
       </c>
       <c r="I16" s="28">
         <v>3907.5481501099998</v>
       </c>
       <c r="J16" s="28">
@@ -6221,52 +6250,55 @@
       </c>
       <c r="FF16" s="28">
         <v>18805.613158119999</v>
       </c>
       <c r="FG16" s="28">
         <v>18844.518828889999</v>
       </c>
       <c r="FH16" s="28">
         <v>18847.260258439997</v>
       </c>
       <c r="FI16" s="28">
         <v>18851.746411249998</v>
       </c>
       <c r="FJ16" s="28">
         <v>18987.76340761</v>
       </c>
       <c r="FK16" s="28">
         <v>19002.840215599997</v>
       </c>
       <c r="FL16" s="28">
         <v>19019.687501110002</v>
       </c>
       <c r="FM16" s="28">
         <v>19059.036811130001</v>
       </c>
+      <c r="FN16" s="28">
+        <v>19058.007730180001</v>
+      </c>
     </row>
-    <row r="17" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="29">
         <v>0</v>
       </c>
       <c r="D17" s="29">
         <v>0</v>
       </c>
       <c r="E17" s="29">
         <v>0</v>
       </c>
       <c r="F17" s="29">
         <v>0</v>
       </c>
       <c r="G17" s="29">
         <v>0</v>
       </c>
       <c r="H17" s="29">
         <v>0</v>
       </c>
       <c r="I17" s="29">
         <v>0</v>
       </c>
       <c r="J17" s="29">
@@ -6727,52 +6759,55 @@
       </c>
       <c r="FF17" s="29">
         <v>0</v>
       </c>
       <c r="FG17" s="29">
         <v>0</v>
       </c>
       <c r="FH17" s="29">
         <v>0</v>
       </c>
       <c r="FI17" s="29">
         <v>0</v>
       </c>
       <c r="FJ17" s="29">
         <v>0</v>
       </c>
       <c r="FK17" s="29">
         <v>0</v>
       </c>
       <c r="FL17" s="29">
         <v>0</v>
       </c>
       <c r="FM17" s="29">
         <v>0</v>
       </c>
+      <c r="FN17" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="27">
         <v>53.142213509999998</v>
       </c>
       <c r="D18" s="27">
         <v>51.493985629999997</v>
       </c>
       <c r="E18" s="27">
         <v>51.758399220000001</v>
       </c>
       <c r="F18" s="27">
         <v>51.56189586</v>
       </c>
       <c r="G18" s="27">
         <v>51.403504660000003</v>
       </c>
       <c r="H18" s="27">
         <v>51.580914929999999</v>
       </c>
       <c r="I18" s="27">
         <v>51.49014021</v>
       </c>
       <c r="J18" s="27">
@@ -7233,52 +7268,55 @@
       </c>
       <c r="FF18" s="27">
         <v>8.960550529999999</v>
       </c>
       <c r="FG18" s="27">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH18" s="27">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI18" s="27">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ18" s="27">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK18" s="27">
         <v>8.9477507200000002</v>
       </c>
       <c r="FL18" s="27">
         <v>8.9605791400000001</v>
       </c>
       <c r="FM18" s="27">
         <v>8.8996837800000002</v>
       </c>
+      <c r="FN18" s="27">
+        <v>8.9109703299999996</v>
+      </c>
     </row>
-    <row r="19" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="27">
         <v>0</v>
       </c>
       <c r="D19" s="27">
         <v>0</v>
       </c>
       <c r="E19" s="27">
         <v>0</v>
       </c>
       <c r="F19" s="27">
         <v>0</v>
       </c>
       <c r="G19" s="27">
         <v>0</v>
       </c>
       <c r="H19" s="27">
         <v>0</v>
       </c>
       <c r="I19" s="27">
         <v>0</v>
       </c>
       <c r="J19" s="27">
@@ -7739,52 +7777,55 @@
       </c>
       <c r="FF19" s="27">
         <v>0</v>
       </c>
       <c r="FG19" s="27">
         <v>0</v>
       </c>
       <c r="FH19" s="27">
         <v>0</v>
       </c>
       <c r="FI19" s="27">
         <v>0</v>
       </c>
       <c r="FJ19" s="27">
         <v>0</v>
       </c>
       <c r="FK19" s="27">
         <v>0</v>
       </c>
       <c r="FL19" s="27">
         <v>0</v>
       </c>
       <c r="FM19" s="27">
         <v>0</v>
       </c>
+      <c r="FN19" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="28">
         <v>0</v>
       </c>
       <c r="D20" s="28">
         <v>0</v>
       </c>
       <c r="E20" s="28">
         <v>0</v>
       </c>
       <c r="F20" s="28">
         <v>0</v>
       </c>
       <c r="G20" s="28">
         <v>0</v>
       </c>
       <c r="H20" s="28">
         <v>0</v>
       </c>
       <c r="I20" s="28">
         <v>0</v>
       </c>
       <c r="J20" s="28">
@@ -8245,52 +8286,55 @@
       </c>
       <c r="FF20" s="28">
         <v>0</v>
       </c>
       <c r="FG20" s="28">
         <v>0</v>
       </c>
       <c r="FH20" s="28">
         <v>0</v>
       </c>
       <c r="FI20" s="28">
         <v>0</v>
       </c>
       <c r="FJ20" s="28">
         <v>0</v>
       </c>
       <c r="FK20" s="28">
         <v>0</v>
       </c>
       <c r="FL20" s="28">
         <v>0</v>
       </c>
       <c r="FM20" s="28">
         <v>0</v>
       </c>
+      <c r="FN20" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="28">
         <v>0</v>
       </c>
       <c r="D21" s="28">
         <v>0</v>
       </c>
       <c r="E21" s="28">
         <v>0</v>
       </c>
       <c r="F21" s="28">
         <v>0</v>
       </c>
       <c r="G21" s="28">
         <v>0</v>
       </c>
       <c r="H21" s="28">
         <v>0</v>
       </c>
       <c r="I21" s="28">
         <v>0</v>
       </c>
       <c r="J21" s="28">
@@ -8751,52 +8795,55 @@
       </c>
       <c r="FF21" s="28">
         <v>0</v>
       </c>
       <c r="FG21" s="28">
         <v>0</v>
       </c>
       <c r="FH21" s="28">
         <v>0</v>
       </c>
       <c r="FI21" s="28">
         <v>0</v>
       </c>
       <c r="FJ21" s="28">
         <v>0</v>
       </c>
       <c r="FK21" s="28">
         <v>0</v>
       </c>
       <c r="FL21" s="28">
         <v>0</v>
       </c>
       <c r="FM21" s="28">
         <v>0</v>
       </c>
+      <c r="FN21" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="28">
         <v>0</v>
       </c>
       <c r="D22" s="28">
         <v>0</v>
       </c>
       <c r="E22" s="28">
         <v>0</v>
       </c>
       <c r="F22" s="28">
         <v>0</v>
       </c>
       <c r="G22" s="28">
         <v>0</v>
       </c>
       <c r="H22" s="28">
         <v>0</v>
       </c>
       <c r="I22" s="28">
         <v>0</v>
       </c>
       <c r="J22" s="28">
@@ -9257,52 +9304,55 @@
       </c>
       <c r="FF22" s="28">
         <v>0</v>
       </c>
       <c r="FG22" s="28">
         <v>0</v>
       </c>
       <c r="FH22" s="28">
         <v>0</v>
       </c>
       <c r="FI22" s="28">
         <v>0</v>
       </c>
       <c r="FJ22" s="28">
         <v>0</v>
       </c>
       <c r="FK22" s="28">
         <v>0</v>
       </c>
       <c r="FL22" s="28">
         <v>0</v>
       </c>
       <c r="FM22" s="28">
         <v>0</v>
       </c>
+      <c r="FN22" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="27">
         <v>53.142213509999998</v>
       </c>
       <c r="D23" s="27">
         <v>51.493985629999997</v>
       </c>
       <c r="E23" s="27">
         <v>51.758399220000001</v>
       </c>
       <c r="F23" s="27">
         <v>51.56189586</v>
       </c>
       <c r="G23" s="27">
         <v>51.403504660000003</v>
       </c>
       <c r="H23" s="27">
         <v>51.580914929999999</v>
       </c>
       <c r="I23" s="27">
         <v>51.49014021</v>
       </c>
       <c r="J23" s="27">
@@ -9763,52 +9813,55 @@
       </c>
       <c r="FF23" s="27">
         <v>8.960550529999999</v>
       </c>
       <c r="FG23" s="27">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH23" s="27">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI23" s="27">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ23" s="27">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK23" s="27">
         <v>8.9477507200000002</v>
       </c>
       <c r="FL23" s="27">
         <v>8.9605791400000001</v>
       </c>
       <c r="FM23" s="27">
         <v>8.8996837800000002</v>
       </c>
+      <c r="FN23" s="27">
+        <v>8.9109703299999996</v>
+      </c>
     </row>
-    <row r="24" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="28">
         <v>8.4166738300000006</v>
       </c>
       <c r="D24" s="28">
         <v>8.4567546700000005</v>
       </c>
       <c r="E24" s="28">
         <v>8.4930779300000001</v>
       </c>
       <c r="F24" s="28">
         <v>8.5306537099999993</v>
       </c>
       <c r="G24" s="28">
         <v>8.0612586499999992</v>
       </c>
       <c r="H24" s="28">
         <v>8.0987885599999991</v>
       </c>
       <c r="I24" s="28">
         <v>8.1338971900000008</v>
       </c>
       <c r="J24" s="28">
@@ -10269,52 +10322,55 @@
       </c>
       <c r="FF24" s="28">
         <v>0</v>
       </c>
       <c r="FG24" s="28">
         <v>0</v>
       </c>
       <c r="FH24" s="28">
         <v>0</v>
       </c>
       <c r="FI24" s="28">
         <v>0</v>
       </c>
       <c r="FJ24" s="28">
         <v>0</v>
       </c>
       <c r="FK24" s="28">
         <v>0</v>
       </c>
       <c r="FL24" s="28">
         <v>0</v>
       </c>
       <c r="FM24" s="28">
         <v>0</v>
       </c>
+      <c r="FN24" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="28">
         <v>44.725539679999997</v>
       </c>
       <c r="D25" s="28">
         <v>43.037230960000002</v>
       </c>
       <c r="E25" s="28">
         <v>43.265321290000003</v>
       </c>
       <c r="F25" s="28">
         <v>43.031242149999997</v>
       </c>
       <c r="G25" s="28">
         <v>43.342246009999997</v>
       </c>
       <c r="H25" s="28">
         <v>43.482126370000003</v>
       </c>
       <c r="I25" s="28">
         <v>43.356243030000002</v>
       </c>
       <c r="J25" s="28">
@@ -10775,52 +10831,55 @@
       </c>
       <c r="FF25" s="28">
         <v>8.960550529999999</v>
       </c>
       <c r="FG25" s="28">
         <v>8.8992432899999994</v>
       </c>
       <c r="FH25" s="28">
         <v>8.9112698800000008</v>
       </c>
       <c r="FI25" s="28">
         <v>8.9236974399999998</v>
       </c>
       <c r="FJ25" s="28">
         <v>8.9361249600000008</v>
       </c>
       <c r="FK25" s="28">
         <v>8.9477507200000002</v>
       </c>
       <c r="FL25" s="28">
         <v>8.9605791400000001</v>
       </c>
       <c r="FM25" s="28">
         <v>8.8996837800000002</v>
       </c>
+      <c r="FN25" s="28">
+        <v>8.9109703299999996</v>
+      </c>
     </row>
-    <row r="26" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="29">
         <v>0</v>
       </c>
       <c r="D26" s="29">
         <v>0</v>
       </c>
       <c r="E26" s="29">
         <v>0</v>
       </c>
       <c r="F26" s="29">
         <v>0</v>
       </c>
       <c r="G26" s="29">
         <v>0</v>
       </c>
       <c r="H26" s="29">
         <v>0</v>
       </c>
       <c r="I26" s="29">
         <v>0</v>
       </c>
       <c r="J26" s="29">
@@ -11281,52 +11340,55 @@
       </c>
       <c r="FF26" s="29">
         <v>0</v>
       </c>
       <c r="FG26" s="29">
         <v>0</v>
       </c>
       <c r="FH26" s="29">
         <v>0</v>
       </c>
       <c r="FI26" s="29">
         <v>0</v>
       </c>
       <c r="FJ26" s="29">
         <v>0</v>
       </c>
       <c r="FK26" s="29">
         <v>0</v>
       </c>
       <c r="FL26" s="29">
         <v>0</v>
       </c>
       <c r="FM26" s="29">
         <v>0</v>
       </c>
+      <c r="FN26" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="30">
         <v>0</v>
       </c>
       <c r="D27" s="30">
         <v>0</v>
       </c>
       <c r="E27" s="30">
         <v>0</v>
       </c>
       <c r="F27" s="30">
         <v>0</v>
       </c>
       <c r="G27" s="30">
         <v>0</v>
       </c>
       <c r="H27" s="30">
         <v>0</v>
       </c>
       <c r="I27" s="30">
         <v>0</v>
       </c>
       <c r="J27" s="30">
@@ -11787,52 +11849,55 @@
       </c>
       <c r="FF27" s="30">
         <v>0</v>
       </c>
       <c r="FG27" s="30">
         <v>0</v>
       </c>
       <c r="FH27" s="30">
         <v>0</v>
       </c>
       <c r="FI27" s="30">
         <v>0</v>
       </c>
       <c r="FJ27" s="30">
         <v>0</v>
       </c>
       <c r="FK27" s="30">
         <v>0</v>
       </c>
       <c r="FL27" s="30">
         <v>0</v>
       </c>
       <c r="FM27" s="30">
         <v>0</v>
       </c>
+      <c r="FN27" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="30">
         <v>0</v>
       </c>
       <c r="D28" s="30">
         <v>0</v>
       </c>
       <c r="E28" s="30">
         <v>0</v>
       </c>
       <c r="F28" s="30">
         <v>0</v>
       </c>
       <c r="G28" s="30">
         <v>0</v>
       </c>
       <c r="H28" s="30">
         <v>0</v>
       </c>
       <c r="I28" s="30">
         <v>0</v>
       </c>
       <c r="J28" s="30">
@@ -12293,52 +12358,55 @@
       </c>
       <c r="FF28" s="30">
         <v>0</v>
       </c>
       <c r="FG28" s="30">
         <v>0</v>
       </c>
       <c r="FH28" s="30">
         <v>0</v>
       </c>
       <c r="FI28" s="30">
         <v>0</v>
       </c>
       <c r="FJ28" s="30">
         <v>0</v>
       </c>
       <c r="FK28" s="30">
         <v>0</v>
       </c>
       <c r="FL28" s="30">
         <v>0</v>
       </c>
       <c r="FM28" s="30">
         <v>0</v>
       </c>
+      <c r="FN28" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="27">
         <v>136.77034513000001</v>
       </c>
       <c r="D29" s="27">
         <v>137.67374541999999</v>
       </c>
       <c r="E29" s="27">
         <v>138.13499100999999</v>
       </c>
       <c r="F29" s="27">
         <v>135.98577688</v>
       </c>
       <c r="G29" s="27">
         <v>138.28533813999999</v>
       </c>
       <c r="H29" s="27">
         <v>139.35701492000001</v>
       </c>
       <c r="I29" s="27">
         <v>139.40565803999999</v>
       </c>
       <c r="J29" s="27">
@@ -12799,52 +12867,55 @@
       </c>
       <c r="FF29" s="27">
         <v>206.89552116999999</v>
       </c>
       <c r="FG29" s="27">
         <v>207.56713724000002</v>
       </c>
       <c r="FH29" s="27">
         <v>207.48468281999999</v>
       </c>
       <c r="FI29" s="27">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ29" s="27">
         <v>205.02132291999999</v>
       </c>
       <c r="FK29" s="27">
         <v>205.5271621</v>
       </c>
       <c r="FL29" s="27">
         <v>208.30554734</v>
       </c>
       <c r="FM29" s="27">
         <v>209.00964646</v>
       </c>
+      <c r="FN29" s="27">
+        <v>209.79929061000001</v>
+      </c>
     </row>
-    <row r="30" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="27">
         <v>0</v>
       </c>
       <c r="D30" s="27">
         <v>0</v>
       </c>
       <c r="E30" s="27">
         <v>0</v>
       </c>
       <c r="F30" s="27">
         <v>0</v>
       </c>
       <c r="G30" s="27">
         <v>0</v>
       </c>
       <c r="H30" s="27">
         <v>0</v>
       </c>
       <c r="I30" s="27">
         <v>0</v>
       </c>
       <c r="J30" s="27">
@@ -13305,52 +13376,55 @@
       </c>
       <c r="FF30" s="27">
         <v>0</v>
       </c>
       <c r="FG30" s="27">
         <v>0</v>
       </c>
       <c r="FH30" s="27">
         <v>0</v>
       </c>
       <c r="FI30" s="27">
         <v>0</v>
       </c>
       <c r="FJ30" s="27">
         <v>0</v>
       </c>
       <c r="FK30" s="27">
         <v>0</v>
       </c>
       <c r="FL30" s="27">
         <v>0</v>
       </c>
       <c r="FM30" s="27">
         <v>0</v>
       </c>
+      <c r="FN30" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="28">
         <v>0</v>
       </c>
       <c r="D31" s="28">
         <v>0</v>
       </c>
       <c r="E31" s="28">
         <v>0</v>
       </c>
       <c r="F31" s="28">
         <v>0</v>
       </c>
       <c r="G31" s="28">
         <v>0</v>
       </c>
       <c r="H31" s="28">
         <v>0</v>
       </c>
       <c r="I31" s="28">
         <v>0</v>
       </c>
       <c r="J31" s="28">
@@ -13811,52 +13885,55 @@
       </c>
       <c r="FF31" s="28">
         <v>0</v>
       </c>
       <c r="FG31" s="28">
         <v>0</v>
       </c>
       <c r="FH31" s="28">
         <v>0</v>
       </c>
       <c r="FI31" s="28">
         <v>0</v>
       </c>
       <c r="FJ31" s="28">
         <v>0</v>
       </c>
       <c r="FK31" s="28">
         <v>0</v>
       </c>
       <c r="FL31" s="28">
         <v>0</v>
       </c>
       <c r="FM31" s="28">
         <v>0</v>
       </c>
+      <c r="FN31" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C32" s="28">
         <v>0</v>
       </c>
       <c r="D32" s="28">
         <v>0</v>
       </c>
       <c r="E32" s="28">
         <v>0</v>
       </c>
       <c r="F32" s="28">
         <v>0</v>
       </c>
       <c r="G32" s="28">
         <v>0</v>
       </c>
       <c r="H32" s="28">
         <v>0</v>
       </c>
       <c r="I32" s="28">
         <v>0</v>
       </c>
       <c r="J32" s="28">
@@ -14317,52 +14394,55 @@
       </c>
       <c r="FF32" s="28">
         <v>0</v>
       </c>
       <c r="FG32" s="28">
         <v>0</v>
       </c>
       <c r="FH32" s="28">
         <v>0</v>
       </c>
       <c r="FI32" s="28">
         <v>0</v>
       </c>
       <c r="FJ32" s="28">
         <v>0</v>
       </c>
       <c r="FK32" s="28">
         <v>0</v>
       </c>
       <c r="FL32" s="28">
         <v>0</v>
       </c>
       <c r="FM32" s="28">
         <v>0</v>
       </c>
+      <c r="FN32" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="28">
         <v>0</v>
       </c>
       <c r="D33" s="28">
         <v>0</v>
       </c>
       <c r="E33" s="28">
         <v>0</v>
       </c>
       <c r="F33" s="28">
         <v>0</v>
       </c>
       <c r="G33" s="28">
         <v>0</v>
       </c>
       <c r="H33" s="28">
         <v>0</v>
       </c>
       <c r="I33" s="28">
         <v>0</v>
       </c>
       <c r="J33" s="28">
@@ -14823,52 +14903,55 @@
       </c>
       <c r="FF33" s="28">
         <v>0</v>
       </c>
       <c r="FG33" s="28">
         <v>0</v>
       </c>
       <c r="FH33" s="28">
         <v>0</v>
       </c>
       <c r="FI33" s="28">
         <v>0</v>
       </c>
       <c r="FJ33" s="28">
         <v>0</v>
       </c>
       <c r="FK33" s="28">
         <v>0</v>
       </c>
       <c r="FL33" s="28">
         <v>0</v>
       </c>
       <c r="FM33" s="28">
         <v>0</v>
       </c>
+      <c r="FN33" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="27">
         <v>136.77034513000001</v>
       </c>
       <c r="D34" s="27">
         <v>137.67374541999999</v>
       </c>
       <c r="E34" s="27">
         <v>138.13499100999999</v>
       </c>
       <c r="F34" s="27">
         <v>135.98577688</v>
       </c>
       <c r="G34" s="27">
         <v>138.28533813999999</v>
       </c>
       <c r="H34" s="27">
         <v>139.35701492000001</v>
       </c>
       <c r="I34" s="27">
         <v>139.40565803999999</v>
       </c>
       <c r="J34" s="27">
@@ -15329,52 +15412,55 @@
       </c>
       <c r="FF34" s="27">
         <v>206.89552116999999</v>
       </c>
       <c r="FG34" s="27">
         <v>207.56713724000002</v>
       </c>
       <c r="FH34" s="27">
         <v>207.48468281999999</v>
       </c>
       <c r="FI34" s="27">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ34" s="27">
         <v>205.02132291999999</v>
       </c>
       <c r="FK34" s="27">
         <v>205.5271621</v>
       </c>
       <c r="FL34" s="27">
         <v>208.30554734</v>
       </c>
       <c r="FM34" s="27">
         <v>209.00964646</v>
       </c>
+      <c r="FN34" s="27">
+        <v>209.79929061000001</v>
+      </c>
     </row>
-    <row r="35" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="28">
         <v>44.228939400000002</v>
       </c>
       <c r="D35" s="28">
         <v>44.19225599</v>
       </c>
       <c r="E35" s="28">
         <v>44.388472159999999</v>
       </c>
       <c r="F35" s="28">
         <v>42.6205207</v>
       </c>
       <c r="G35" s="28">
         <v>44.115234309999998</v>
       </c>
       <c r="H35" s="28">
         <v>44.333493590000003</v>
       </c>
       <c r="I35" s="28">
         <v>44.53767165</v>
       </c>
       <c r="J35" s="28">
@@ -15835,52 +15921,55 @@
       </c>
       <c r="FF35" s="28">
         <v>0</v>
       </c>
       <c r="FG35" s="28">
         <v>0</v>
       </c>
       <c r="FH35" s="28">
         <v>0</v>
       </c>
       <c r="FI35" s="28">
         <v>0</v>
       </c>
       <c r="FJ35" s="28">
         <v>0</v>
       </c>
       <c r="FK35" s="28">
         <v>0</v>
       </c>
       <c r="FL35" s="28">
         <v>0</v>
       </c>
       <c r="FM35" s="28">
         <v>0</v>
       </c>
+      <c r="FN35" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C36" s="28">
         <v>92.541405729999994</v>
       </c>
       <c r="D36" s="28">
         <v>93.481489429999996</v>
       </c>
       <c r="E36" s="28">
         <v>93.746518850000001</v>
       </c>
       <c r="F36" s="28">
         <v>93.365256180000003</v>
       </c>
       <c r="G36" s="28">
         <v>94.170103839999996</v>
       </c>
       <c r="H36" s="28">
         <v>95.023521329999994</v>
       </c>
       <c r="I36" s="28">
         <v>94.867986389999999</v>
       </c>
       <c r="J36" s="28">
@@ -16341,52 +16430,55 @@
       </c>
       <c r="FF36" s="28">
         <v>206.89552116999999</v>
       </c>
       <c r="FG36" s="28">
         <v>207.56713724000002</v>
       </c>
       <c r="FH36" s="28">
         <v>207.48468281999999</v>
       </c>
       <c r="FI36" s="28">
         <v>204.15500686999999</v>
       </c>
       <c r="FJ36" s="28">
         <v>205.02132291999999</v>
       </c>
       <c r="FK36" s="28">
         <v>205.5271621</v>
       </c>
       <c r="FL36" s="28">
         <v>208.30554734</v>
       </c>
       <c r="FM36" s="28">
         <v>209.00964646</v>
       </c>
+      <c r="FN36" s="28">
+        <v>209.79929061000001</v>
+      </c>
     </row>
-    <row r="37" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="29">
         <v>0</v>
       </c>
       <c r="D37" s="29">
         <v>0</v>
       </c>
       <c r="E37" s="29">
         <v>0</v>
       </c>
       <c r="F37" s="29">
         <v>0</v>
       </c>
       <c r="G37" s="29">
         <v>0</v>
       </c>
       <c r="H37" s="29">
         <v>0</v>
       </c>
       <c r="I37" s="29">
         <v>0</v>
       </c>
       <c r="J37" s="29">
@@ -16847,52 +16939,55 @@
       </c>
       <c r="FF37" s="29">
         <v>0</v>
       </c>
       <c r="FG37" s="29">
         <v>0</v>
       </c>
       <c r="FH37" s="29">
         <v>0</v>
       </c>
       <c r="FI37" s="29">
         <v>0</v>
       </c>
       <c r="FJ37" s="29">
         <v>0</v>
       </c>
       <c r="FK37" s="29">
         <v>0</v>
       </c>
       <c r="FL37" s="29">
         <v>0</v>
       </c>
       <c r="FM37" s="29">
         <v>0</v>
       </c>
+      <c r="FN37" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="30">
         <v>0</v>
       </c>
       <c r="D38" s="30">
         <v>0</v>
       </c>
       <c r="E38" s="30">
         <v>0</v>
       </c>
       <c r="F38" s="30">
         <v>0</v>
       </c>
       <c r="G38" s="30">
         <v>0</v>
       </c>
       <c r="H38" s="30">
         <v>0</v>
       </c>
       <c r="I38" s="30">
         <v>0</v>
       </c>
       <c r="J38" s="30">
@@ -17353,52 +17448,55 @@
       </c>
       <c r="FF38" s="30">
         <v>30.700061000000002</v>
       </c>
       <c r="FG38" s="30">
         <v>29.79285694</v>
       </c>
       <c r="FH38" s="30">
         <v>29.77743491</v>
       </c>
       <c r="FI38" s="30">
         <v>36.485320940000001</v>
       </c>
       <c r="FJ38" s="30">
         <v>36.580587159999993</v>
       </c>
       <c r="FK38" s="30">
         <v>36.581121400000001</v>
       </c>
       <c r="FL38" s="30">
         <v>36.680546829999997</v>
       </c>
       <c r="FM38" s="30">
         <v>37.07679933</v>
       </c>
+      <c r="FN38" s="30">
+        <v>37.020725140000003</v>
+      </c>
     </row>
-    <row r="39" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="D39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="E39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="F39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="G39" s="30">
         <v>1.39325622</v>
       </c>
       <c r="H39" s="30">
         <v>1.27407895</v>
       </c>
       <c r="I39" s="30">
         <v>1.2781915399999999</v>
       </c>
       <c r="J39" s="30">
@@ -17859,52 +17957,55 @@
       </c>
       <c r="FF39" s="30">
         <v>14.055726849999999</v>
       </c>
       <c r="FG39" s="30">
         <v>14.12923653</v>
       </c>
       <c r="FH39" s="30">
         <v>13.989422599999999</v>
       </c>
       <c r="FI39" s="30">
         <v>30.364786899999999</v>
       </c>
       <c r="FJ39" s="30">
         <v>30.451270770000001</v>
       </c>
       <c r="FK39" s="30">
         <v>37.532175039999998</v>
       </c>
       <c r="FL39" s="30">
         <v>37.41198455</v>
       </c>
       <c r="FM39" s="30">
         <v>37.522413999999998</v>
       </c>
+      <c r="FN39" s="30">
+        <v>38.626576560000004</v>
+      </c>
     </row>
-    <row r="40" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="30">
         <v>9.2603928999999994</v>
       </c>
       <c r="D40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="E40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="F40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="G40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="H40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="I40" s="30">
         <v>4.6452982900000004</v>
       </c>
       <c r="J40" s="30">
@@ -18365,52 +18466,55 @@
       </c>
       <c r="FF40" s="30">
         <v>0</v>
       </c>
       <c r="FG40" s="30">
         <v>0</v>
       </c>
       <c r="FH40" s="30">
         <v>0</v>
       </c>
       <c r="FI40" s="30">
         <v>0</v>
       </c>
       <c r="FJ40" s="30">
         <v>0</v>
       </c>
       <c r="FK40" s="30">
         <v>0</v>
       </c>
       <c r="FL40" s="30">
         <v>0</v>
       </c>
       <c r="FM40" s="30">
         <v>0</v>
       </c>
+      <c r="FN40" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="30">
         <v>0</v>
       </c>
       <c r="D41" s="30">
         <v>0</v>
       </c>
       <c r="E41" s="30">
         <v>0</v>
       </c>
       <c r="F41" s="30">
         <v>0</v>
       </c>
       <c r="G41" s="30">
         <v>0</v>
       </c>
       <c r="H41" s="30">
         <v>0</v>
       </c>
       <c r="I41" s="30">
         <v>0</v>
       </c>
       <c r="J41" s="30">
@@ -18871,52 +18975,55 @@
       </c>
       <c r="FF41" s="30">
         <v>2.2802298100000002</v>
       </c>
       <c r="FG41" s="30">
         <v>2.2872032200000003</v>
       </c>
       <c r="FH41" s="30">
         <v>2.2941766499999998</v>
       </c>
       <c r="FI41" s="30">
         <v>2.25906187</v>
       </c>
       <c r="FJ41" s="30">
         <v>2.26622835</v>
       </c>
       <c r="FK41" s="30">
         <v>2.2729324800000001</v>
       </c>
       <c r="FL41" s="30">
         <v>2.2803301499999997</v>
       </c>
       <c r="FM41" s="30">
         <v>2.2874966400000001</v>
       </c>
+      <c r="FN41" s="30">
+        <v>2.29396961</v>
+      </c>
     </row>
-    <row r="42" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="27">
         <v>246.98311824999999</v>
       </c>
       <c r="D42" s="27">
         <v>245.26501335</v>
       </c>
       <c r="E42" s="27">
         <v>246.56590008000001</v>
       </c>
       <c r="F42" s="27">
         <v>247.39932178000001</v>
       </c>
       <c r="G42" s="27">
         <v>254.13517519999999</v>
       </c>
       <c r="H42" s="27">
         <v>284.20672601000001</v>
       </c>
       <c r="I42" s="27">
         <v>276.79756230999999</v>
       </c>
       <c r="J42" s="27">
@@ -19377,52 +19484,55 @@
       </c>
       <c r="FF42" s="27">
         <v>308.68147791000001</v>
       </c>
       <c r="FG42" s="27">
         <v>309.92001376999997</v>
       </c>
       <c r="FH42" s="27">
         <v>311.15854975000002</v>
       </c>
       <c r="FI42" s="27">
         <v>312.43837017999999</v>
       </c>
       <c r="FJ42" s="27">
         <v>306.23222826</v>
       </c>
       <c r="FK42" s="27">
         <v>307.40995925999999</v>
       </c>
       <c r="FL42" s="27">
         <v>308.70952445</v>
       </c>
       <c r="FM42" s="27">
         <v>309.96847824999998</v>
       </c>
+      <c r="FN42" s="27">
+        <v>310.68559782</v>
+      </c>
     </row>
-    <row r="43" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="D43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="E43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="F43" s="27">
         <v>10.77396828</v>
       </c>
       <c r="G43" s="27">
         <v>16.348326230000001</v>
       </c>
       <c r="H43" s="27">
         <v>11.835750750000001</v>
       </c>
       <c r="I43" s="27">
         <v>11.835750750000001</v>
       </c>
       <c r="J43" s="27">
@@ -19883,52 +19993,55 @@
       </c>
       <c r="FF43" s="27">
         <v>0.42</v>
       </c>
       <c r="FG43" s="27">
         <v>0.42</v>
       </c>
       <c r="FH43" s="27">
         <v>0.42</v>
       </c>
       <c r="FI43" s="27">
         <v>0.42</v>
       </c>
       <c r="FJ43" s="27">
         <v>0.42</v>
       </c>
       <c r="FK43" s="27">
         <v>0.42</v>
       </c>
       <c r="FL43" s="27">
         <v>0.42</v>
       </c>
       <c r="FM43" s="27">
         <v>0.42</v>
       </c>
+      <c r="FN43" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="D44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="E44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="F44" s="28">
         <v>10.77396828</v>
       </c>
       <c r="G44" s="28">
         <v>16.348326230000001</v>
       </c>
       <c r="H44" s="28">
         <v>11.835750750000001</v>
       </c>
       <c r="I44" s="28">
         <v>11.835750750000001</v>
       </c>
       <c r="J44" s="28">
@@ -20389,52 +20502,55 @@
       </c>
       <c r="FF44" s="28">
         <v>0</v>
       </c>
       <c r="FG44" s="28">
         <v>0</v>
       </c>
       <c r="FH44" s="28">
         <v>0</v>
       </c>
       <c r="FI44" s="28">
         <v>0</v>
       </c>
       <c r="FJ44" s="28">
         <v>0</v>
       </c>
       <c r="FK44" s="28">
         <v>0</v>
       </c>
       <c r="FL44" s="28">
         <v>0</v>
       </c>
       <c r="FM44" s="28">
         <v>0</v>
       </c>
+      <c r="FN44" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="28">
         <v>0</v>
       </c>
       <c r="D45" s="28">
         <v>0</v>
       </c>
       <c r="E45" s="28">
         <v>0</v>
       </c>
       <c r="F45" s="28">
         <v>0</v>
       </c>
       <c r="G45" s="28">
         <v>0</v>
       </c>
       <c r="H45" s="28">
         <v>0</v>
       </c>
       <c r="I45" s="28">
         <v>0</v>
       </c>
       <c r="J45" s="28">
@@ -20895,52 +21011,55 @@
       </c>
       <c r="FF45" s="28">
         <v>0.42</v>
       </c>
       <c r="FG45" s="28">
         <v>0.42</v>
       </c>
       <c r="FH45" s="28">
         <v>0.42</v>
       </c>
       <c r="FI45" s="28">
         <v>0.42</v>
       </c>
       <c r="FJ45" s="28">
         <v>0.42</v>
       </c>
       <c r="FK45" s="28">
         <v>0.42</v>
       </c>
       <c r="FL45" s="28">
         <v>0.42</v>
       </c>
       <c r="FM45" s="28">
         <v>0.42</v>
       </c>
+      <c r="FN45" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="28">
         <v>0</v>
       </c>
       <c r="D46" s="28">
         <v>0</v>
       </c>
       <c r="E46" s="28">
         <v>0</v>
       </c>
       <c r="F46" s="28">
         <v>0</v>
       </c>
       <c r="G46" s="28">
         <v>0</v>
       </c>
       <c r="H46" s="28">
         <v>0</v>
       </c>
       <c r="I46" s="28">
         <v>0</v>
       </c>
       <c r="J46" s="28">
@@ -21401,52 +21520,55 @@
       </c>
       <c r="FF46" s="28">
         <v>0</v>
       </c>
       <c r="FG46" s="28">
         <v>0</v>
       </c>
       <c r="FH46" s="28">
         <v>0</v>
       </c>
       <c r="FI46" s="28">
         <v>0</v>
       </c>
       <c r="FJ46" s="28">
         <v>0</v>
       </c>
       <c r="FK46" s="28">
         <v>0</v>
       </c>
       <c r="FL46" s="28">
         <v>0</v>
       </c>
       <c r="FM46" s="28">
         <v>0</v>
       </c>
+      <c r="FN46" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="27">
         <v>236.20914997</v>
       </c>
       <c r="D47" s="27">
         <v>234.49104507000001</v>
       </c>
       <c r="E47" s="27">
         <v>235.79193179999999</v>
       </c>
       <c r="F47" s="27">
         <v>236.62535349999999</v>
       </c>
       <c r="G47" s="27">
         <v>237.78684896999999</v>
       </c>
       <c r="H47" s="27">
         <v>272.37097526000002</v>
       </c>
       <c r="I47" s="27">
         <v>264.96181156</v>
       </c>
       <c r="J47" s="27">
@@ -21907,52 +22029,55 @@
       </c>
       <c r="FF47" s="27">
         <v>308.26147791000005</v>
       </c>
       <c r="FG47" s="27">
         <v>309.50001376999995</v>
       </c>
       <c r="FH47" s="27">
         <v>310.73854975</v>
       </c>
       <c r="FI47" s="27">
         <v>312.01837018000003</v>
       </c>
       <c r="FJ47" s="27">
         <v>305.81222825999998</v>
       </c>
       <c r="FK47" s="27">
         <v>306.98995925999998</v>
       </c>
       <c r="FL47" s="27">
         <v>308.28952444999999</v>
       </c>
       <c r="FM47" s="27">
         <v>309.54847825000002</v>
       </c>
+      <c r="FN47" s="27">
+        <v>310.68559782</v>
+      </c>
     </row>
-    <row r="48" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="28">
         <v>188.30156495</v>
       </c>
       <c r="D48" s="28">
         <v>187.8522265</v>
       </c>
       <c r="E48" s="28">
         <v>188.74831236</v>
       </c>
       <c r="F48" s="28">
         <v>189.67529772</v>
       </c>
       <c r="G48" s="28">
         <v>190.33123821000001</v>
       </c>
       <c r="H48" s="28">
         <v>242.23757692999999</v>
       </c>
       <c r="I48" s="28">
         <v>234.81966831</v>
       </c>
       <c r="J48" s="28">
@@ -22413,52 +22538,55 @@
       </c>
       <c r="FF48" s="28">
         <v>0</v>
       </c>
       <c r="FG48" s="28">
         <v>0</v>
       </c>
       <c r="FH48" s="28">
         <v>0</v>
       </c>
       <c r="FI48" s="28">
         <v>0</v>
       </c>
       <c r="FJ48" s="28">
         <v>0</v>
       </c>
       <c r="FK48" s="28">
         <v>0</v>
       </c>
       <c r="FL48" s="28">
         <v>0</v>
       </c>
       <c r="FM48" s="28">
         <v>0</v>
       </c>
+      <c r="FN48" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="28">
         <v>47.907585019999999</v>
       </c>
       <c r="D49" s="28">
         <v>46.638818569999998</v>
       </c>
       <c r="E49" s="28">
         <v>47.043619450000001</v>
       </c>
       <c r="F49" s="28">
         <v>46.95005578</v>
       </c>
       <c r="G49" s="28">
         <v>47.455610759999999</v>
       </c>
       <c r="H49" s="28">
         <v>30.133398329999999</v>
       </c>
       <c r="I49" s="28">
         <v>30.14214325</v>
       </c>
       <c r="J49" s="28">
@@ -22919,52 +23047,55 @@
       </c>
       <c r="FF49" s="28">
         <v>308.26147791000005</v>
       </c>
       <c r="FG49" s="28">
         <v>309.50001376999995</v>
       </c>
       <c r="FH49" s="28">
         <v>310.73854975</v>
       </c>
       <c r="FI49" s="28">
         <v>312.01837018000003</v>
       </c>
       <c r="FJ49" s="28">
         <v>305.81222825999998</v>
       </c>
       <c r="FK49" s="28">
         <v>306.98995925999998</v>
       </c>
       <c r="FL49" s="28">
         <v>308.28952444999999</v>
       </c>
       <c r="FM49" s="28">
         <v>309.54847825000002</v>
       </c>
+      <c r="FN49" s="28">
+        <v>310.68559782</v>
+      </c>
     </row>
-    <row r="50" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="29">
         <v>0</v>
       </c>
       <c r="D50" s="29">
         <v>0</v>
       </c>
       <c r="E50" s="29">
         <v>0</v>
       </c>
       <c r="F50" s="29">
         <v>0</v>
       </c>
       <c r="G50" s="29">
         <v>0</v>
       </c>
       <c r="H50" s="29">
         <v>0</v>
       </c>
       <c r="I50" s="29">
         <v>0</v>
       </c>
       <c r="J50" s="29">
@@ -23425,52 +23556,55 @@
       </c>
       <c r="FF50" s="29">
         <v>0</v>
       </c>
       <c r="FG50" s="29">
         <v>0</v>
       </c>
       <c r="FH50" s="29">
         <v>0</v>
       </c>
       <c r="FI50" s="29">
         <v>0</v>
       </c>
       <c r="FJ50" s="29">
         <v>0</v>
       </c>
       <c r="FK50" s="29">
         <v>0</v>
       </c>
       <c r="FL50" s="29">
         <v>0</v>
       </c>
       <c r="FM50" s="29">
         <v>0</v>
       </c>
+      <c r="FN50" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="27">
         <v>346.99588089000002</v>
       </c>
       <c r="D51" s="27">
         <v>344.28044263999999</v>
       </c>
       <c r="E51" s="27">
         <v>343.23590874000001</v>
       </c>
       <c r="F51" s="27">
         <v>341.79099210999999</v>
       </c>
       <c r="G51" s="27">
         <v>344.91061592</v>
       </c>
       <c r="H51" s="27">
         <v>347.72625477000003</v>
       </c>
       <c r="I51" s="27">
         <v>324.66794370999997</v>
       </c>
       <c r="J51" s="27">
@@ -23931,52 +24065,55 @@
       </c>
       <c r="FF51" s="27">
         <v>750.39910880999992</v>
       </c>
       <c r="FG51" s="27">
         <v>748.02747557000009</v>
       </c>
       <c r="FH51" s="27">
         <v>833.57130072000007</v>
       </c>
       <c r="FI51" s="27">
         <v>976.08220821999998</v>
       </c>
       <c r="FJ51" s="27">
         <v>958.39488965999999</v>
       </c>
       <c r="FK51" s="27">
         <v>967.01456413999995</v>
       </c>
       <c r="FL51" s="27">
         <v>969.14524153000002</v>
       </c>
       <c r="FM51" s="27">
         <v>970.45610328999999</v>
       </c>
+      <c r="FN51" s="27">
+        <v>976.92624597999998</v>
+      </c>
     </row>
-    <row r="52" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="27">
         <v>47.203836959999997</v>
       </c>
       <c r="D52" s="27">
         <v>43.164609810000002</v>
       </c>
       <c r="E52" s="27">
         <v>43.207735460000002</v>
       </c>
       <c r="F52" s="27">
         <v>42.954818080000003</v>
       </c>
       <c r="G52" s="27">
         <v>43.614407139999997</v>
       </c>
       <c r="H52" s="27">
         <v>43.886919669999997</v>
       </c>
       <c r="I52" s="27">
         <v>33.855378629999997</v>
       </c>
       <c r="J52" s="27">
@@ -24437,52 +24574,55 @@
       </c>
       <c r="FF52" s="27">
         <v>4.6936495499999999</v>
       </c>
       <c r="FG52" s="27">
         <v>0</v>
       </c>
       <c r="FH52" s="27">
         <v>0.29304738000000002</v>
       </c>
       <c r="FI52" s="27">
         <v>0.29440027000000002</v>
       </c>
       <c r="FJ52" s="27">
         <v>0.29575315999999996</v>
       </c>
       <c r="FK52" s="27">
         <v>0.29300376</v>
       </c>
       <c r="FL52" s="27">
         <v>0.29440027000000002</v>
       </c>
       <c r="FM52" s="27">
         <v>0.29575315999999996</v>
       </c>
+      <c r="FN52" s="27">
+        <v>0.29296011999999999</v>
+      </c>
     </row>
-    <row r="53" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="28">
         <v>16.372659370000001</v>
       </c>
       <c r="D53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="E53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="F53" s="28">
         <v>15.746802710000001</v>
       </c>
       <c r="G53" s="28">
         <v>16.317510779999999</v>
       </c>
       <c r="H53" s="28">
         <v>16.317510779999999</v>
       </c>
       <c r="I53" s="28">
         <v>17.288380119999999</v>
       </c>
       <c r="J53" s="28">
@@ -24943,52 +25083,55 @@
       </c>
       <c r="FF53" s="28">
         <v>0</v>
       </c>
       <c r="FG53" s="28">
         <v>0</v>
       </c>
       <c r="FH53" s="28">
         <v>0</v>
       </c>
       <c r="FI53" s="28">
         <v>0</v>
       </c>
       <c r="FJ53" s="28">
         <v>0</v>
       </c>
       <c r="FK53" s="28">
         <v>0</v>
       </c>
       <c r="FL53" s="28">
         <v>0</v>
       </c>
       <c r="FM53" s="28">
         <v>0</v>
       </c>
+      <c r="FN53" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="28">
         <v>30.831177589999999</v>
       </c>
       <c r="D54" s="28">
         <v>27.417807100000001</v>
       </c>
       <c r="E54" s="28">
         <v>27.460932750000001</v>
       </c>
       <c r="F54" s="28">
         <v>27.208015369999998</v>
       </c>
       <c r="G54" s="28">
         <v>27.296896360000002</v>
       </c>
       <c r="H54" s="28">
         <v>27.569408880000001</v>
       </c>
       <c r="I54" s="28">
         <v>16.566998519999999</v>
       </c>
       <c r="J54" s="28">
@@ -25449,52 +25592,55 @@
       </c>
       <c r="FF54" s="28">
         <v>4.6936495499999999</v>
       </c>
       <c r="FG54" s="28">
         <v>0</v>
       </c>
       <c r="FH54" s="28">
         <v>0.29304738000000002</v>
       </c>
       <c r="FI54" s="28">
         <v>0.29440027000000002</v>
       </c>
       <c r="FJ54" s="28">
         <v>0.29575315999999996</v>
       </c>
       <c r="FK54" s="28">
         <v>0.29300376</v>
       </c>
       <c r="FL54" s="28">
         <v>0.29440027000000002</v>
       </c>
       <c r="FM54" s="28">
         <v>0.29575315999999996</v>
       </c>
+      <c r="FN54" s="28">
+        <v>0.29296011999999999</v>
+      </c>
     </row>
-    <row r="55" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C55" s="28">
         <v>0</v>
       </c>
       <c r="D55" s="28">
         <v>0</v>
       </c>
       <c r="E55" s="28">
         <v>0</v>
       </c>
       <c r="F55" s="28">
         <v>0</v>
       </c>
       <c r="G55" s="28">
         <v>0</v>
       </c>
       <c r="H55" s="28">
         <v>0</v>
       </c>
       <c r="I55" s="28">
         <v>0</v>
       </c>
       <c r="J55" s="28">
@@ -25955,52 +26101,55 @@
       </c>
       <c r="FF55" s="28">
         <v>0</v>
       </c>
       <c r="FG55" s="28">
         <v>0</v>
       </c>
       <c r="FH55" s="28">
         <v>0</v>
       </c>
       <c r="FI55" s="28">
         <v>0</v>
       </c>
       <c r="FJ55" s="28">
         <v>0</v>
       </c>
       <c r="FK55" s="28">
         <v>0</v>
       </c>
       <c r="FL55" s="28">
         <v>0</v>
       </c>
       <c r="FM55" s="28">
         <v>0</v>
       </c>
+      <c r="FN55" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="27">
         <v>299.79204392999998</v>
       </c>
       <c r="D56" s="27">
         <v>301.11583282999999</v>
       </c>
       <c r="E56" s="27">
         <v>300.02817327999998</v>
       </c>
       <c r="F56" s="27">
         <v>298.83617403</v>
       </c>
       <c r="G56" s="27">
         <v>301.29620877999997</v>
       </c>
       <c r="H56" s="27">
         <v>303.83933510000003</v>
       </c>
       <c r="I56" s="27">
         <v>290.81256507000001</v>
       </c>
       <c r="J56" s="27">
@@ -26461,52 +26610,55 @@
       </c>
       <c r="FF56" s="27">
         <v>745.70545926</v>
       </c>
       <c r="FG56" s="27">
         <v>748.02747557000009</v>
       </c>
       <c r="FH56" s="27">
         <v>833.27825333999999</v>
       </c>
       <c r="FI56" s="27">
         <v>975.78780795</v>
       </c>
       <c r="FJ56" s="27">
         <v>958.09913649999999</v>
       </c>
       <c r="FK56" s="27">
         <v>966.72156038000003</v>
       </c>
       <c r="FL56" s="27">
         <v>968.85084126000004</v>
       </c>
       <c r="FM56" s="27">
         <v>970.16035012999998</v>
       </c>
+      <c r="FN56" s="27">
+        <v>976.63328586</v>
+      </c>
     </row>
-    <row r="57" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C57" s="28">
         <v>144.47090249999999</v>
       </c>
       <c r="D57" s="28">
         <v>145.35646238000001</v>
       </c>
       <c r="E57" s="28">
         <v>143.13062735</v>
       </c>
       <c r="F57" s="28">
         <v>142.84654169999999</v>
       </c>
       <c r="G57" s="28">
         <v>143.70166576</v>
       </c>
       <c r="H57" s="28">
         <v>144.55678981</v>
       </c>
       <c r="I57" s="28">
         <v>126.20636626</v>
       </c>
       <c r="J57" s="28">
@@ -26967,52 +27119,55 @@
       </c>
       <c r="FF57" s="28">
         <v>0</v>
       </c>
       <c r="FG57" s="28">
         <v>0</v>
       </c>
       <c r="FH57" s="28">
         <v>0</v>
       </c>
       <c r="FI57" s="28">
         <v>0</v>
       </c>
       <c r="FJ57" s="28">
         <v>0</v>
       </c>
       <c r="FK57" s="28">
         <v>0</v>
       </c>
       <c r="FL57" s="28">
         <v>0</v>
       </c>
       <c r="FM57" s="28">
         <v>0</v>
       </c>
+      <c r="FN57" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C58" s="28">
         <v>155.32114143000001</v>
       </c>
       <c r="D58" s="28">
         <v>155.75937045000001</v>
       </c>
       <c r="E58" s="28">
         <v>156.89754593999999</v>
       </c>
       <c r="F58" s="28">
         <v>155.98963233000001</v>
       </c>
       <c r="G58" s="28">
         <v>157.59454302</v>
       </c>
       <c r="H58" s="28">
         <v>159.28254529</v>
       </c>
       <c r="I58" s="28">
         <v>164.60619881</v>
       </c>
       <c r="J58" s="28">
@@ -27473,52 +27628,55 @@
       </c>
       <c r="FF58" s="28">
         <v>745.70545926</v>
       </c>
       <c r="FG58" s="28">
         <v>748.02747557000009</v>
       </c>
       <c r="FH58" s="28">
         <v>833.27825333999999</v>
       </c>
       <c r="FI58" s="28">
         <v>975.78780795</v>
       </c>
       <c r="FJ58" s="28">
         <v>958.09913649999999</v>
       </c>
       <c r="FK58" s="28">
         <v>966.72156038000003</v>
       </c>
       <c r="FL58" s="28">
         <v>968.85084126000004</v>
       </c>
       <c r="FM58" s="28">
         <v>970.16035012999998</v>
       </c>
+      <c r="FN58" s="28">
+        <v>976.63328586</v>
+      </c>
     </row>
-    <row r="59" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C59" s="29">
         <v>0</v>
       </c>
       <c r="D59" s="29">
         <v>0</v>
       </c>
       <c r="E59" s="29">
         <v>0</v>
       </c>
       <c r="F59" s="29">
         <v>0</v>
       </c>
       <c r="G59" s="29">
         <v>0</v>
       </c>
       <c r="H59" s="29">
         <v>0</v>
       </c>
       <c r="I59" s="29">
         <v>0</v>
       </c>
       <c r="J59" s="29">
@@ -27979,52 +28137,55 @@
       </c>
       <c r="FF59" s="29">
         <v>0</v>
       </c>
       <c r="FG59" s="29">
         <v>0</v>
       </c>
       <c r="FH59" s="29">
         <v>0</v>
       </c>
       <c r="FI59" s="29">
         <v>0</v>
       </c>
       <c r="FJ59" s="29">
         <v>0</v>
       </c>
       <c r="FK59" s="29">
         <v>0</v>
       </c>
       <c r="FL59" s="29">
         <v>0</v>
       </c>
       <c r="FM59" s="29">
         <v>0</v>
       </c>
+      <c r="FN59" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="60" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C60" s="30">
         <v>0</v>
       </c>
       <c r="D60" s="30">
         <v>0</v>
       </c>
       <c r="E60" s="30">
         <v>0</v>
       </c>
       <c r="F60" s="30">
         <v>0</v>
       </c>
       <c r="G60" s="30">
         <v>0</v>
       </c>
       <c r="H60" s="30">
         <v>0</v>
       </c>
       <c r="I60" s="30">
         <v>0</v>
       </c>
       <c r="J60" s="30">
@@ -28485,52 +28646,55 @@
       </c>
       <c r="FF60" s="30">
         <v>0</v>
       </c>
       <c r="FG60" s="30">
         <v>0</v>
       </c>
       <c r="FH60" s="30">
         <v>0</v>
       </c>
       <c r="FI60" s="30">
         <v>0</v>
       </c>
       <c r="FJ60" s="30">
         <v>0</v>
       </c>
       <c r="FK60" s="30">
         <v>0</v>
       </c>
       <c r="FL60" s="30">
         <v>0</v>
       </c>
       <c r="FM60" s="30">
         <v>0</v>
       </c>
+      <c r="FN60" s="30">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:170" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="31">
         <v>10642.10928345</v>
       </c>
       <c r="D61" s="31">
         <v>10751.758641910001</v>
       </c>
       <c r="E61" s="31">
         <v>11428.943281219999</v>
       </c>
       <c r="F61" s="31">
         <v>11396.470757630001</v>
       </c>
       <c r="G61" s="31">
         <v>11497.630478700001</v>
       </c>
       <c r="H61" s="31">
         <v>11035.593913680001</v>
       </c>
       <c r="I61" s="31">
         <v>10966.49540025</v>
       </c>
       <c r="J61" s="31">
@@ -28991,52 +29155,55 @@
       </c>
       <c r="FF61" s="31">
         <v>23702.296540949999</v>
       </c>
       <c r="FG61" s="31">
         <v>23748.556639529997</v>
       </c>
       <c r="FH61" s="31">
         <v>23846.878467750001</v>
       </c>
       <c r="FI61" s="31">
         <v>24888.50534806</v>
       </c>
       <c r="FJ61" s="31">
         <v>25012.03563699</v>
       </c>
       <c r="FK61" s="31">
         <v>25054.878656150002</v>
       </c>
       <c r="FL61" s="31">
         <v>25436.247509609999</v>
       </c>
       <c r="FM61" s="31">
         <v>25490.473139150003</v>
       </c>
+      <c r="FN61" s="31">
+        <v>25799.841688929999</v>
+      </c>
     </row>
-    <row r="62" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:170" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="32"/>
       <c r="D62" s="32"/>
       <c r="E62" s="32"/>
       <c r="F62" s="32"/>
       <c r="G62" s="32"/>
       <c r="H62" s="32"/>
       <c r="I62" s="32"/>
       <c r="J62" s="32"/>
       <c r="K62" s="32"/>
       <c r="L62" s="32"/>
       <c r="M62" s="32"/>
       <c r="N62" s="32"/>
       <c r="O62" s="32"/>
       <c r="P62" s="32"/>
       <c r="Q62" s="32"/>
       <c r="R62" s="32"/>
       <c r="S62" s="32"/>
       <c r="T62" s="32"/>
       <c r="U62" s="32"/>
       <c r="V62" s="32"/>
       <c r="W62" s="32"/>
       <c r="X62" s="32"/>
@@ -29163,52 +29330,53 @@
       <c r="EO62" s="32"/>
       <c r="EP62" s="32"/>
       <c r="EQ62" s="32"/>
       <c r="ER62" s="32"/>
       <c r="ES62" s="32"/>
       <c r="ET62" s="32"/>
       <c r="EU62" s="32"/>
       <c r="EV62" s="32"/>
       <c r="EW62" s="32"/>
       <c r="EX62" s="32"/>
       <c r="EY62" s="32"/>
       <c r="EZ62" s="32"/>
       <c r="FA62" s="32"/>
       <c r="FB62" s="32"/>
       <c r="FC62" s="32"/>
       <c r="FD62" s="32"/>
       <c r="FE62" s="32"/>
       <c r="FF62" s="32"/>
       <c r="FG62" s="32"/>
       <c r="FH62" s="32"/>
       <c r="FI62" s="32"/>
       <c r="FJ62" s="32"/>
       <c r="FK62" s="32"/>
       <c r="FL62" s="32"/>
       <c r="FM62" s="32"/>
+      <c r="FN62" s="32"/>
     </row>
-    <row r="63" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="27">
         <v>6116.4792942699996</v>
       </c>
       <c r="D63" s="27">
         <v>6048.2034592800001</v>
       </c>
       <c r="E63" s="27">
         <v>6006.5130917400002</v>
       </c>
       <c r="F63" s="27">
         <v>5970.6563110999996</v>
       </c>
       <c r="G63" s="27">
         <v>7160.6273239399998</v>
       </c>
       <c r="H63" s="27">
         <v>7460.60991061</v>
       </c>
       <c r="I63" s="27">
         <v>7389.8187538800003</v>
       </c>
       <c r="J63" s="27">
@@ -29669,52 +29837,55 @@
       </c>
       <c r="FF63" s="27">
         <v>15179.800359930001</v>
       </c>
       <c r="FG63" s="27">
         <v>15175.125511329999</v>
       </c>
       <c r="FH63" s="27">
         <v>15207.428467209998</v>
       </c>
       <c r="FI63" s="27">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ63" s="27">
         <v>15143.85137282</v>
       </c>
       <c r="FK63" s="27">
         <v>15176.15521476</v>
       </c>
       <c r="FL63" s="27">
         <v>15207.4223559</v>
       </c>
       <c r="FM63" s="27">
         <v>15239.726651620002</v>
       </c>
+      <c r="FN63" s="27">
+        <v>15270.98885147</v>
+      </c>
     </row>
-    <row r="64" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C64" s="27">
         <v>0</v>
       </c>
       <c r="D64" s="27">
         <v>0</v>
       </c>
       <c r="E64" s="27">
         <v>0</v>
       </c>
       <c r="F64" s="27">
         <v>0</v>
       </c>
       <c r="G64" s="27">
         <v>0</v>
       </c>
       <c r="H64" s="27">
         <v>0</v>
       </c>
       <c r="I64" s="27">
         <v>0</v>
       </c>
       <c r="J64" s="27">
@@ -30175,52 +30346,55 @@
       </c>
       <c r="FF64" s="27">
         <v>0</v>
       </c>
       <c r="FG64" s="27">
         <v>0</v>
       </c>
       <c r="FH64" s="27">
         <v>0</v>
       </c>
       <c r="FI64" s="27">
         <v>0</v>
       </c>
       <c r="FJ64" s="27">
         <v>0</v>
       </c>
       <c r="FK64" s="27">
         <v>0</v>
       </c>
       <c r="FL64" s="27">
         <v>0</v>
       </c>
       <c r="FM64" s="27">
         <v>0</v>
       </c>
+      <c r="FN64" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="65" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="28">
         <v>0</v>
       </c>
       <c r="D65" s="28">
         <v>0</v>
       </c>
       <c r="E65" s="28">
         <v>0</v>
       </c>
       <c r="F65" s="28">
         <v>0</v>
       </c>
       <c r="G65" s="28">
         <v>0</v>
       </c>
       <c r="H65" s="28">
         <v>0</v>
       </c>
       <c r="I65" s="28">
         <v>0</v>
       </c>
       <c r="J65" s="28">
@@ -30681,52 +30855,55 @@
       </c>
       <c r="FF65" s="28">
         <v>0</v>
       </c>
       <c r="FG65" s="28">
         <v>0</v>
       </c>
       <c r="FH65" s="28">
         <v>0</v>
       </c>
       <c r="FI65" s="28">
         <v>0</v>
       </c>
       <c r="FJ65" s="28">
         <v>0</v>
       </c>
       <c r="FK65" s="28">
         <v>0</v>
       </c>
       <c r="FL65" s="28">
         <v>0</v>
       </c>
       <c r="FM65" s="28">
         <v>0</v>
       </c>
+      <c r="FN65" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="66" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C66" s="28">
         <v>0</v>
       </c>
       <c r="D66" s="28">
         <v>0</v>
       </c>
       <c r="E66" s="28">
         <v>0</v>
       </c>
       <c r="F66" s="28">
         <v>0</v>
       </c>
       <c r="G66" s="28">
         <v>0</v>
       </c>
       <c r="H66" s="28">
         <v>0</v>
       </c>
       <c r="I66" s="28">
         <v>0</v>
       </c>
       <c r="J66" s="28">
@@ -31187,52 +31364,55 @@
       </c>
       <c r="FF66" s="28">
         <v>0</v>
       </c>
       <c r="FG66" s="28">
         <v>0</v>
       </c>
       <c r="FH66" s="28">
         <v>0</v>
       </c>
       <c r="FI66" s="28">
         <v>0</v>
       </c>
       <c r="FJ66" s="28">
         <v>0</v>
       </c>
       <c r="FK66" s="28">
         <v>0</v>
       </c>
       <c r="FL66" s="28">
         <v>0</v>
       </c>
       <c r="FM66" s="28">
         <v>0</v>
       </c>
+      <c r="FN66" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="67" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="27">
         <v>6116.4792942699996</v>
       </c>
       <c r="D67" s="27">
         <v>6048.2034592800001</v>
       </c>
       <c r="E67" s="27">
         <v>6006.5130917400002</v>
       </c>
       <c r="F67" s="27">
         <v>5970.6563110999996</v>
       </c>
       <c r="G67" s="27">
         <v>7160.6273239399998</v>
       </c>
       <c r="H67" s="27">
         <v>7460.60991061</v>
       </c>
       <c r="I67" s="27">
         <v>7389.8187538800003</v>
       </c>
       <c r="J67" s="27">
@@ -31693,52 +31873,55 @@
       </c>
       <c r="FF67" s="27">
         <v>15179.800359930001</v>
       </c>
       <c r="FG67" s="27">
         <v>15175.125511329999</v>
       </c>
       <c r="FH67" s="27">
         <v>15207.428467209998</v>
       </c>
       <c r="FI67" s="27">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ67" s="27">
         <v>15143.85137282</v>
       </c>
       <c r="FK67" s="27">
         <v>15176.15521476</v>
       </c>
       <c r="FL67" s="27">
         <v>15207.4223559</v>
       </c>
       <c r="FM67" s="27">
         <v>15239.726651620002</v>
       </c>
+      <c r="FN67" s="27">
+        <v>15270.98885147</v>
+      </c>
     </row>
-    <row r="68" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="28">
         <v>2771.7757218500001</v>
       </c>
       <c r="D68" s="28">
         <v>2748.8548120599999</v>
       </c>
       <c r="E68" s="28">
         <v>2765.7063015099998</v>
       </c>
       <c r="F68" s="28">
         <v>2753.5022646399998</v>
       </c>
       <c r="G68" s="28">
         <v>2750.32114783</v>
       </c>
       <c r="H68" s="28">
         <v>2773.95429074</v>
       </c>
       <c r="I68" s="28">
         <v>2756.1543154000001</v>
       </c>
       <c r="J68" s="28">
@@ -32199,52 +32382,55 @@
       </c>
       <c r="FF68" s="28">
         <v>15179.800359930001</v>
       </c>
       <c r="FG68" s="28">
         <v>15175.125511329999</v>
       </c>
       <c r="FH68" s="28">
         <v>15207.428467209998</v>
       </c>
       <c r="FI68" s="28">
         <v>15111.581427930001</v>
       </c>
       <c r="FJ68" s="28">
         <v>15143.85137282</v>
       </c>
       <c r="FK68" s="28">
         <v>15176.15521476</v>
       </c>
       <c r="FL68" s="28">
         <v>15207.4223559</v>
       </c>
       <c r="FM68" s="28">
         <v>15239.726651620002</v>
       </c>
+      <c r="FN68" s="28">
+        <v>15270.98885147</v>
+      </c>
     </row>
-    <row r="69" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="29">
         <v>3344.70357242</v>
       </c>
       <c r="D69" s="29">
         <v>3299.3486472200002</v>
       </c>
       <c r="E69" s="29">
         <v>3240.8067902299999</v>
       </c>
       <c r="F69" s="29">
         <v>3217.1540464499999</v>
       </c>
       <c r="G69" s="29">
         <v>4410.3061761099998</v>
       </c>
       <c r="H69" s="29">
         <v>4686.6556198600001</v>
       </c>
       <c r="I69" s="29">
         <v>4633.6644384900001</v>
       </c>
       <c r="J69" s="29">
@@ -32705,52 +32891,55 @@
       </c>
       <c r="FF69" s="29">
         <v>0</v>
       </c>
       <c r="FG69" s="29">
         <v>0</v>
       </c>
       <c r="FH69" s="29">
         <v>0</v>
       </c>
       <c r="FI69" s="29">
         <v>0</v>
       </c>
       <c r="FJ69" s="29">
         <v>0</v>
       </c>
       <c r="FK69" s="29">
         <v>0</v>
       </c>
       <c r="FL69" s="29">
         <v>0</v>
       </c>
       <c r="FM69" s="29">
         <v>0</v>
       </c>
+      <c r="FN69" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="70" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="7" t="s">
         <v>167</v>
       </c>
       <c r="C70" s="27">
         <v>0</v>
       </c>
       <c r="D70" s="27">
         <v>0</v>
       </c>
       <c r="E70" s="27">
         <v>0</v>
       </c>
       <c r="F70" s="27">
         <v>0</v>
       </c>
       <c r="G70" s="27">
         <v>0</v>
       </c>
       <c r="H70" s="27">
         <v>0</v>
       </c>
       <c r="I70" s="27">
         <v>0</v>
       </c>
       <c r="J70" s="27">
@@ -33211,52 +33400,55 @@
       </c>
       <c r="FF70" s="27">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG70" s="27">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH70" s="27">
         <v>2744.98914393</v>
       </c>
       <c r="FI70" s="27">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ70" s="27">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK70" s="27">
         <v>2730.8234321999998</v>
       </c>
       <c r="FL70" s="27">
         <v>2816.1938623200003</v>
       </c>
       <c r="FM70" s="27">
         <v>2822.5116286299999</v>
       </c>
+      <c r="FN70" s="27">
+        <v>2828.20384698</v>
+      </c>
     </row>
-    <row r="71" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C71" s="27">
         <v>0</v>
       </c>
       <c r="D71" s="27">
         <v>0</v>
       </c>
       <c r="E71" s="27">
         <v>0</v>
       </c>
       <c r="F71" s="27">
         <v>0</v>
       </c>
       <c r="G71" s="27">
         <v>0</v>
       </c>
       <c r="H71" s="27">
         <v>0</v>
       </c>
       <c r="I71" s="27">
         <v>0</v>
       </c>
       <c r="J71" s="27">
@@ -33717,52 +33909,55 @@
       </c>
       <c r="FF71" s="27">
         <v>0</v>
       </c>
       <c r="FG71" s="27">
         <v>0</v>
       </c>
       <c r="FH71" s="27">
         <v>0</v>
       </c>
       <c r="FI71" s="27">
         <v>0</v>
       </c>
       <c r="FJ71" s="27">
         <v>0</v>
       </c>
       <c r="FK71" s="27">
         <v>0</v>
       </c>
       <c r="FL71" s="27">
         <v>0</v>
       </c>
       <c r="FM71" s="27">
         <v>0</v>
       </c>
+      <c r="FN71" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="72" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C72" s="28">
         <v>0</v>
       </c>
       <c r="D72" s="28">
         <v>0</v>
       </c>
       <c r="E72" s="28">
         <v>0</v>
       </c>
       <c r="F72" s="28">
         <v>0</v>
       </c>
       <c r="G72" s="28">
         <v>0</v>
       </c>
       <c r="H72" s="28">
         <v>0</v>
       </c>
       <c r="I72" s="28">
         <v>0</v>
       </c>
       <c r="J72" s="28">
@@ -34223,52 +34418,55 @@
       </c>
       <c r="FF72" s="28">
         <v>0</v>
       </c>
       <c r="FG72" s="28">
         <v>0</v>
       </c>
       <c r="FH72" s="28">
         <v>0</v>
       </c>
       <c r="FI72" s="28">
         <v>0</v>
       </c>
       <c r="FJ72" s="28">
         <v>0</v>
       </c>
       <c r="FK72" s="28">
         <v>0</v>
       </c>
       <c r="FL72" s="28">
         <v>0</v>
       </c>
       <c r="FM72" s="28">
         <v>0</v>
       </c>
+      <c r="FN72" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="73" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C73" s="28">
         <v>0</v>
       </c>
       <c r="D73" s="28">
         <v>0</v>
       </c>
       <c r="E73" s="28">
         <v>0</v>
       </c>
       <c r="F73" s="28">
         <v>0</v>
       </c>
       <c r="G73" s="28">
         <v>0</v>
       </c>
       <c r="H73" s="28">
         <v>0</v>
       </c>
       <c r="I73" s="28">
         <v>0</v>
       </c>
       <c r="J73" s="28">
@@ -34729,52 +34927,55 @@
       </c>
       <c r="FF73" s="28">
         <v>0</v>
       </c>
       <c r="FG73" s="28">
         <v>0</v>
       </c>
       <c r="FH73" s="28">
         <v>0</v>
       </c>
       <c r="FI73" s="28">
         <v>0</v>
       </c>
       <c r="FJ73" s="28">
         <v>0</v>
       </c>
       <c r="FK73" s="28">
         <v>0</v>
       </c>
       <c r="FL73" s="28">
         <v>0</v>
       </c>
       <c r="FM73" s="28">
         <v>0</v>
       </c>
+      <c r="FN73" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="27">
         <v>0</v>
       </c>
       <c r="D74" s="27">
         <v>0</v>
       </c>
       <c r="E74" s="27">
         <v>0</v>
       </c>
       <c r="F74" s="27">
         <v>0</v>
       </c>
       <c r="G74" s="27">
         <v>0</v>
       </c>
       <c r="H74" s="27">
         <v>0</v>
       </c>
       <c r="I74" s="27">
         <v>0</v>
       </c>
       <c r="J74" s="27">
@@ -35235,52 +35436,55 @@
       </c>
       <c r="FF74" s="27">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG74" s="27">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH74" s="27">
         <v>2744.98914393</v>
       </c>
       <c r="FI74" s="27">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ74" s="27">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK74" s="27">
         <v>2730.8234321999998</v>
       </c>
       <c r="FL74" s="27">
         <v>2816.1938623200003</v>
       </c>
       <c r="FM74" s="27">
         <v>2822.5116286299999</v>
       </c>
+      <c r="FN74" s="27">
+        <v>2828.20384698</v>
+      </c>
     </row>
-    <row r="75" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C75" s="28">
         <v>0</v>
       </c>
       <c r="D75" s="28">
         <v>0</v>
       </c>
       <c r="E75" s="28">
         <v>0</v>
       </c>
       <c r="F75" s="28">
         <v>0</v>
       </c>
       <c r="G75" s="28">
         <v>0</v>
       </c>
       <c r="H75" s="28">
         <v>0</v>
       </c>
       <c r="I75" s="28">
         <v>0</v>
       </c>
       <c r="J75" s="28">
@@ -35741,52 +35945,55 @@
       </c>
       <c r="FF75" s="28">
         <v>2214.6537553499998</v>
       </c>
       <c r="FG75" s="28">
         <v>2218.0570411999997</v>
       </c>
       <c r="FH75" s="28">
         <v>2744.98914393</v>
       </c>
       <c r="FI75" s="28">
         <v>2721.4628348699998</v>
       </c>
       <c r="FJ75" s="28">
         <v>2724.7710686700002</v>
       </c>
       <c r="FK75" s="28">
         <v>2730.8234321999998</v>
       </c>
       <c r="FL75" s="28">
         <v>2816.1938623200003</v>
       </c>
       <c r="FM75" s="28">
         <v>2822.5116286299999</v>
       </c>
+      <c r="FN75" s="28">
+        <v>2828.20384698</v>
+      </c>
     </row>
-    <row r="76" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C76" s="29">
         <v>0</v>
       </c>
       <c r="D76" s="29">
         <v>0</v>
       </c>
       <c r="E76" s="29">
         <v>0</v>
       </c>
       <c r="F76" s="29">
         <v>0</v>
       </c>
       <c r="G76" s="29">
         <v>0</v>
       </c>
       <c r="H76" s="29">
         <v>0</v>
       </c>
       <c r="I76" s="29">
         <v>0</v>
       </c>
       <c r="J76" s="29">
@@ -36247,52 +36454,55 @@
       </c>
       <c r="FF76" s="29">
         <v>0</v>
       </c>
       <c r="FG76" s="29">
         <v>0</v>
       </c>
       <c r="FH76" s="29">
         <v>0</v>
       </c>
       <c r="FI76" s="29">
         <v>0</v>
       </c>
       <c r="FJ76" s="29">
         <v>0</v>
       </c>
       <c r="FK76" s="29">
         <v>0</v>
       </c>
       <c r="FL76" s="29">
         <v>0</v>
       </c>
       <c r="FM76" s="29">
         <v>0</v>
       </c>
+      <c r="FN76" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="77" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C77" s="27">
         <v>307.69904134000001</v>
       </c>
       <c r="D77" s="27">
         <v>310.51084135999997</v>
       </c>
       <c r="E77" s="27">
         <v>312.31755852999999</v>
       </c>
       <c r="F77" s="27">
         <v>310.83732859000003</v>
       </c>
       <c r="G77" s="27">
         <v>313.20836087999999</v>
       </c>
       <c r="H77" s="27">
         <v>315.78414627000001</v>
       </c>
       <c r="I77" s="27">
         <v>315.06950309000001</v>
       </c>
       <c r="J77" s="27">
@@ -36753,52 +36963,55 @@
       </c>
       <c r="FF77" s="27">
         <v>0</v>
       </c>
       <c r="FG77" s="27">
         <v>0</v>
       </c>
       <c r="FH77" s="27">
         <v>0</v>
       </c>
       <c r="FI77" s="27">
         <v>0</v>
       </c>
       <c r="FJ77" s="27">
         <v>0</v>
       </c>
       <c r="FK77" s="27">
         <v>0</v>
       </c>
       <c r="FL77" s="27">
         <v>0</v>
       </c>
       <c r="FM77" s="27">
         <v>0</v>
       </c>
+      <c r="FN77" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="78" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C78" s="27">
         <v>0</v>
       </c>
       <c r="D78" s="27">
         <v>0</v>
       </c>
       <c r="E78" s="27">
         <v>0</v>
       </c>
       <c r="F78" s="27">
         <v>0</v>
       </c>
       <c r="G78" s="27">
         <v>0</v>
       </c>
       <c r="H78" s="27">
         <v>0</v>
       </c>
       <c r="I78" s="27">
         <v>0</v>
       </c>
       <c r="J78" s="27">
@@ -37259,52 +37472,55 @@
       </c>
       <c r="FF78" s="27">
         <v>0</v>
       </c>
       <c r="FG78" s="27">
         <v>0</v>
       </c>
       <c r="FH78" s="27">
         <v>0</v>
       </c>
       <c r="FI78" s="27">
         <v>0</v>
       </c>
       <c r="FJ78" s="27">
         <v>0</v>
       </c>
       <c r="FK78" s="27">
         <v>0</v>
       </c>
       <c r="FL78" s="27">
         <v>0</v>
       </c>
       <c r="FM78" s="27">
         <v>0</v>
       </c>
+      <c r="FN78" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="79" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C79" s="28">
         <v>0</v>
       </c>
       <c r="D79" s="28">
         <v>0</v>
       </c>
       <c r="E79" s="28">
         <v>0</v>
       </c>
       <c r="F79" s="28">
         <v>0</v>
       </c>
       <c r="G79" s="28">
         <v>0</v>
       </c>
       <c r="H79" s="28">
         <v>0</v>
       </c>
       <c r="I79" s="28">
         <v>0</v>
       </c>
       <c r="J79" s="28">
@@ -37765,52 +37981,55 @@
       </c>
       <c r="FF79" s="28">
         <v>0</v>
       </c>
       <c r="FG79" s="28">
         <v>0</v>
       </c>
       <c r="FH79" s="28">
         <v>0</v>
       </c>
       <c r="FI79" s="28">
         <v>0</v>
       </c>
       <c r="FJ79" s="28">
         <v>0</v>
       </c>
       <c r="FK79" s="28">
         <v>0</v>
       </c>
       <c r="FL79" s="28">
         <v>0</v>
       </c>
       <c r="FM79" s="28">
         <v>0</v>
       </c>
+      <c r="FN79" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="80" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C80" s="28">
         <v>0</v>
       </c>
       <c r="D80" s="28">
         <v>0</v>
       </c>
       <c r="E80" s="28">
         <v>0</v>
       </c>
       <c r="F80" s="28">
         <v>0</v>
       </c>
       <c r="G80" s="28">
         <v>0</v>
       </c>
       <c r="H80" s="28">
         <v>0</v>
       </c>
       <c r="I80" s="28">
         <v>0</v>
       </c>
       <c r="J80" s="28">
@@ -38271,52 +38490,55 @@
       </c>
       <c r="FF80" s="28">
         <v>0</v>
       </c>
       <c r="FG80" s="28">
         <v>0</v>
       </c>
       <c r="FH80" s="28">
         <v>0</v>
       </c>
       <c r="FI80" s="28">
         <v>0</v>
       </c>
       <c r="FJ80" s="28">
         <v>0</v>
       </c>
       <c r="FK80" s="28">
         <v>0</v>
       </c>
       <c r="FL80" s="28">
         <v>0</v>
       </c>
       <c r="FM80" s="28">
         <v>0</v>
       </c>
+      <c r="FN80" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="81" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C81" s="27">
         <v>307.69904134000001</v>
       </c>
       <c r="D81" s="27">
         <v>310.51084135999997</v>
       </c>
       <c r="E81" s="27">
         <v>312.31755852999999</v>
       </c>
       <c r="F81" s="27">
         <v>310.83732859000003</v>
       </c>
       <c r="G81" s="27">
         <v>313.20836087999999</v>
       </c>
       <c r="H81" s="27">
         <v>315.78414627000001</v>
       </c>
       <c r="I81" s="27">
         <v>315.06950309000001</v>
       </c>
       <c r="J81" s="27">
@@ -38777,52 +38999,55 @@
       </c>
       <c r="FF81" s="27">
         <v>0</v>
       </c>
       <c r="FG81" s="27">
         <v>0</v>
       </c>
       <c r="FH81" s="27">
         <v>0</v>
       </c>
       <c r="FI81" s="27">
         <v>0</v>
       </c>
       <c r="FJ81" s="27">
         <v>0</v>
       </c>
       <c r="FK81" s="27">
         <v>0</v>
       </c>
       <c r="FL81" s="27">
         <v>0</v>
       </c>
       <c r="FM81" s="27">
         <v>0</v>
       </c>
+      <c r="FN81" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="82" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C82" s="28">
         <v>307.69904134000001</v>
       </c>
       <c r="D82" s="28">
         <v>310.51084135999997</v>
       </c>
       <c r="E82" s="28">
         <v>312.31755852999999</v>
       </c>
       <c r="F82" s="28">
         <v>310.83732859000003</v>
       </c>
       <c r="G82" s="28">
         <v>313.20836087999999</v>
       </c>
       <c r="H82" s="28">
         <v>315.78414627000001</v>
       </c>
       <c r="I82" s="28">
         <v>315.06950309000001</v>
       </c>
       <c r="J82" s="28">
@@ -39283,52 +39508,55 @@
       </c>
       <c r="FF82" s="28">
         <v>0</v>
       </c>
       <c r="FG82" s="28">
         <v>0</v>
       </c>
       <c r="FH82" s="28">
         <v>0</v>
       </c>
       <c r="FI82" s="28">
         <v>0</v>
       </c>
       <c r="FJ82" s="28">
         <v>0</v>
       </c>
       <c r="FK82" s="28">
         <v>0</v>
       </c>
       <c r="FL82" s="28">
         <v>0</v>
       </c>
       <c r="FM82" s="28">
         <v>0</v>
       </c>
+      <c r="FN82" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="83" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="29">
         <v>0</v>
       </c>
       <c r="D83" s="29">
         <v>0</v>
       </c>
       <c r="E83" s="29">
         <v>0</v>
       </c>
       <c r="F83" s="29">
         <v>0</v>
       </c>
       <c r="G83" s="29">
         <v>0</v>
       </c>
       <c r="H83" s="29">
         <v>0</v>
       </c>
       <c r="I83" s="29">
         <v>0</v>
       </c>
       <c r="J83" s="29">
@@ -39789,52 +40017,55 @@
       </c>
       <c r="FF83" s="29">
         <v>0</v>
       </c>
       <c r="FG83" s="29">
         <v>0</v>
       </c>
       <c r="FH83" s="29">
         <v>0</v>
       </c>
       <c r="FI83" s="29">
         <v>0</v>
       </c>
       <c r="FJ83" s="29">
         <v>0</v>
       </c>
       <c r="FK83" s="29">
         <v>0</v>
       </c>
       <c r="FL83" s="29">
         <v>0</v>
       </c>
       <c r="FM83" s="29">
         <v>0</v>
       </c>
+      <c r="FN83" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="84" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C84" s="27">
         <v>553.31665003000001</v>
       </c>
       <c r="D84" s="27">
         <v>560.53282571</v>
       </c>
       <c r="E84" s="27">
         <v>565.80884956</v>
       </c>
       <c r="F84" s="27">
         <v>565.25183706999997</v>
       </c>
       <c r="G84" s="27">
         <v>871.90088647000005</v>
       </c>
       <c r="H84" s="27">
         <v>882.36845469000002</v>
       </c>
       <c r="I84" s="27">
         <v>856.04136027000004</v>
       </c>
       <c r="J84" s="27">
@@ -40295,52 +40526,55 @@
       </c>
       <c r="FF84" s="27">
         <v>898.99881508999999</v>
       </c>
       <c r="FG84" s="27">
         <v>895.1982359299999</v>
       </c>
       <c r="FH84" s="27">
         <v>805.79698860000008</v>
       </c>
       <c r="FI84" s="27">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ84" s="27">
         <v>805.79923561999999</v>
       </c>
       <c r="FK84" s="27">
         <v>805.55093607000003</v>
       </c>
       <c r="FL84" s="27">
         <v>567.31694830999993</v>
       </c>
       <c r="FM84" s="27">
         <v>22.955333579999998</v>
       </c>
+      <c r="FN84" s="27">
+        <v>23.08925481</v>
+      </c>
     </row>
-    <row r="85" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C85" s="27">
         <v>0</v>
       </c>
       <c r="D85" s="27">
         <v>0</v>
       </c>
       <c r="E85" s="27">
         <v>0</v>
       </c>
       <c r="F85" s="27">
         <v>0</v>
       </c>
       <c r="G85" s="27">
         <v>0</v>
       </c>
       <c r="H85" s="27">
         <v>0</v>
       </c>
       <c r="I85" s="27">
         <v>0</v>
       </c>
       <c r="J85" s="27">
@@ -40801,52 +41035,55 @@
       </c>
       <c r="FF85" s="27">
         <v>0</v>
       </c>
       <c r="FG85" s="27">
         <v>0</v>
       </c>
       <c r="FH85" s="27">
         <v>0</v>
       </c>
       <c r="FI85" s="27">
         <v>0</v>
       </c>
       <c r="FJ85" s="27">
         <v>0</v>
       </c>
       <c r="FK85" s="27">
         <v>0</v>
       </c>
       <c r="FL85" s="27">
         <v>0</v>
       </c>
       <c r="FM85" s="27">
         <v>0</v>
       </c>
+      <c r="FN85" s="27">
+        <v>0</v>
+      </c>
     </row>
-    <row r="86" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C86" s="28">
         <v>0</v>
       </c>
       <c r="D86" s="28">
         <v>0</v>
       </c>
       <c r="E86" s="28">
         <v>0</v>
       </c>
       <c r="F86" s="28">
         <v>0</v>
       </c>
       <c r="G86" s="28">
         <v>0</v>
       </c>
       <c r="H86" s="28">
         <v>0</v>
       </c>
       <c r="I86" s="28">
         <v>0</v>
       </c>
       <c r="J86" s="28">
@@ -41307,52 +41544,55 @@
       </c>
       <c r="FF86" s="28">
         <v>0</v>
       </c>
       <c r="FG86" s="28">
         <v>0</v>
       </c>
       <c r="FH86" s="28">
         <v>0</v>
       </c>
       <c r="FI86" s="28">
         <v>0</v>
       </c>
       <c r="FJ86" s="28">
         <v>0</v>
       </c>
       <c r="FK86" s="28">
         <v>0</v>
       </c>
       <c r="FL86" s="28">
         <v>0</v>
       </c>
       <c r="FM86" s="28">
         <v>0</v>
       </c>
+      <c r="FN86" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="87" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C87" s="28">
         <v>0</v>
       </c>
       <c r="D87" s="28">
         <v>0</v>
       </c>
       <c r="E87" s="28">
         <v>0</v>
       </c>
       <c r="F87" s="28">
         <v>0</v>
       </c>
       <c r="G87" s="28">
         <v>0</v>
       </c>
       <c r="H87" s="28">
         <v>0</v>
       </c>
       <c r="I87" s="28">
         <v>0</v>
       </c>
       <c r="J87" s="28">
@@ -41813,52 +42053,55 @@
       </c>
       <c r="FF87" s="28">
         <v>0</v>
       </c>
       <c r="FG87" s="28">
         <v>0</v>
       </c>
       <c r="FH87" s="28">
         <v>0</v>
       </c>
       <c r="FI87" s="28">
         <v>0</v>
       </c>
       <c r="FJ87" s="28">
         <v>0</v>
       </c>
       <c r="FK87" s="28">
         <v>0</v>
       </c>
       <c r="FL87" s="28">
         <v>0</v>
       </c>
       <c r="FM87" s="28">
         <v>0</v>
       </c>
+      <c r="FN87" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="88" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="27">
         <v>553.31665003000001</v>
       </c>
       <c r="D88" s="27">
         <v>560.53282571</v>
       </c>
       <c r="E88" s="27">
         <v>565.80884956</v>
       </c>
       <c r="F88" s="27">
         <v>565.25183706999997</v>
       </c>
       <c r="G88" s="27">
         <v>871.90088647000005</v>
       </c>
       <c r="H88" s="27">
         <v>882.36845469000002</v>
       </c>
       <c r="I88" s="27">
         <v>856.04136027000004</v>
       </c>
       <c r="J88" s="27">
@@ -42319,52 +42562,55 @@
       </c>
       <c r="FF88" s="27">
         <v>898.99881508999999</v>
       </c>
       <c r="FG88" s="27">
         <v>895.1982359299999</v>
       </c>
       <c r="FH88" s="27">
         <v>805.79698860000008</v>
       </c>
       <c r="FI88" s="27">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ88" s="27">
         <v>805.79923561999999</v>
       </c>
       <c r="FK88" s="27">
         <v>805.55093607000003</v>
       </c>
       <c r="FL88" s="27">
         <v>567.31694830999993</v>
       </c>
       <c r="FM88" s="27">
         <v>22.955333579999998</v>
       </c>
+      <c r="FN88" s="27">
+        <v>23.08925481</v>
+      </c>
     </row>
-    <row r="89" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C89" s="28">
         <v>553.31665003000001</v>
       </c>
       <c r="D89" s="28">
         <v>560.53282571</v>
       </c>
       <c r="E89" s="28">
         <v>565.80884956</v>
       </c>
       <c r="F89" s="28">
         <v>565.25183706999997</v>
       </c>
       <c r="G89" s="28">
         <v>871.90088647000005</v>
       </c>
       <c r="H89" s="28">
         <v>882.36845469000002</v>
       </c>
       <c r="I89" s="28">
         <v>856.04136027000004</v>
       </c>
       <c r="J89" s="28">
@@ -42825,52 +43071,55 @@
       </c>
       <c r="FF89" s="28">
         <v>898.99881508999999</v>
       </c>
       <c r="FG89" s="28">
         <v>895.1982359299999</v>
       </c>
       <c r="FH89" s="28">
         <v>805.79698860000008</v>
       </c>
       <c r="FI89" s="28">
         <v>805.26986613999998</v>
       </c>
       <c r="FJ89" s="28">
         <v>805.79923561999999</v>
       </c>
       <c r="FK89" s="28">
         <v>805.55093607000003</v>
       </c>
       <c r="FL89" s="28">
         <v>567.31694830999993</v>
       </c>
       <c r="FM89" s="28">
         <v>22.955333579999998</v>
       </c>
+      <c r="FN89" s="28">
+        <v>23.08925481</v>
+      </c>
     </row>
-    <row r="90" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C90" s="29">
         <v>0</v>
       </c>
       <c r="D90" s="29">
         <v>0</v>
       </c>
       <c r="E90" s="29">
         <v>0</v>
       </c>
       <c r="F90" s="29">
         <v>0</v>
       </c>
       <c r="G90" s="29">
         <v>0</v>
       </c>
       <c r="H90" s="29">
         <v>0</v>
       </c>
       <c r="I90" s="29">
         <v>0</v>
       </c>
       <c r="J90" s="29">
@@ -43331,52 +43580,55 @@
       </c>
       <c r="FF90" s="29">
         <v>0</v>
       </c>
       <c r="FG90" s="29">
         <v>0</v>
       </c>
       <c r="FH90" s="29">
         <v>0</v>
       </c>
       <c r="FI90" s="29">
         <v>0</v>
       </c>
       <c r="FJ90" s="29">
         <v>0</v>
       </c>
       <c r="FK90" s="29">
         <v>0</v>
       </c>
       <c r="FL90" s="29">
         <v>0</v>
       </c>
       <c r="FM90" s="29">
         <v>0</v>
       </c>
+      <c r="FN90" s="29">
+        <v>0</v>
+      </c>
     </row>
-    <row r="91" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="2:170" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="32">
         <v>6977.4949856399999</v>
       </c>
       <c r="D91" s="32">
         <v>6919.2471263500001</v>
       </c>
       <c r="E91" s="32">
         <v>6884.6394998300002</v>
       </c>
       <c r="F91" s="32">
         <v>6846.7454767500003</v>
       </c>
       <c r="G91" s="32">
         <v>8345.7365712899991</v>
       </c>
       <c r="H91" s="32">
         <v>8658.7625115600003</v>
       </c>
       <c r="I91" s="32">
         <v>8560.9296172400009</v>
       </c>
       <c r="J91" s="32">
@@ -43837,52 +44089,55 @@
       </c>
       <c r="FF91" s="32">
         <v>18293.45293037</v>
       </c>
       <c r="FG91" s="32">
         <v>18288.380788459999</v>
       </c>
       <c r="FH91" s="32">
         <v>18758.21459974</v>
       </c>
       <c r="FI91" s="32">
         <v>18638.314128939997</v>
       </c>
       <c r="FJ91" s="32">
         <v>18674.42167711</v>
       </c>
       <c r="FK91" s="32">
         <v>18712.529583029998</v>
       </c>
       <c r="FL91" s="32">
         <v>18590.933166529998</v>
       </c>
       <c r="FM91" s="32">
         <v>18085.193613830001</v>
       </c>
+      <c r="FN91" s="32">
+        <v>18122.281953259997</v>
+      </c>
     </row>
-    <row r="92" spans="2:169" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:170" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="31">
         <v>17619.604269089999</v>
       </c>
       <c r="D92" s="31">
         <v>17671.005768260002</v>
       </c>
       <c r="E92" s="31">
         <v>18313.582781050001</v>
       </c>
       <c r="F92" s="31">
         <v>18243.216234390002</v>
       </c>
       <c r="G92" s="31">
         <v>19843.367050000001</v>
       </c>
       <c r="H92" s="31">
         <v>19694.356425239999</v>
       </c>
       <c r="I92" s="31">
         <v>19527.42501748</v>
       </c>
       <c r="J92" s="31">
@@ -44343,61 +44598,64 @@
       </c>
       <c r="FF92" s="31">
         <v>41995.749471319999</v>
       </c>
       <c r="FG92" s="31">
         <v>42036.937427989993</v>
       </c>
       <c r="FH92" s="31">
         <v>42605.093067490001</v>
       </c>
       <c r="FI92" s="31">
         <v>43526.819476999997</v>
       </c>
       <c r="FJ92" s="31">
         <v>43686.4573141</v>
       </c>
       <c r="FK92" s="31">
         <v>43767.408239180004</v>
       </c>
       <c r="FL92" s="31">
         <v>44027.180676139993</v>
       </c>
       <c r="FM92" s="31">
         <v>43575.666752980003</v>
       </c>
+      <c r="FN92" s="31">
+        <v>43922.123642189996</v>
+      </c>
     </row>
-    <row r="94" spans="2:169" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:170" x14ac:dyDescent="0.2">
       <c r="BM94" s="12"/>
       <c r="BN94" s="12"/>
       <c r="BO94" s="12"/>
       <c r="BP94" s="12"/>
       <c r="BQ94" s="12"/>
       <c r="BR94" s="12"/>
       <c r="DA94" s="33"/>
     </row>
-    <row r="95" spans="2:169" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:170" x14ac:dyDescent="0.2">
       <c r="B95" s="35" t="s">
         <v>157</v>
       </c>
       <c r="AB95" s="12"/>
       <c r="AC95" s="12"/>
       <c r="AD95" s="12"/>
       <c r="AE95" s="12"/>
       <c r="AF95" s="12"/>
       <c r="AG95" s="12"/>
       <c r="AH95" s="12"/>
       <c r="AI95" s="12"/>
       <c r="AJ95" s="12"/>
       <c r="AK95" s="12"/>
       <c r="AL95" s="12"/>
       <c r="AM95" s="12"/>
       <c r="AN95" s="12"/>
       <c r="AO95" s="12"/>
       <c r="AP95" s="12"/>
       <c r="AQ95" s="12"/>
       <c r="AR95" s="12"/>
       <c r="AS95" s="12"/>
       <c r="AT95" s="12"/>
       <c r="AU95" s="12"/>
       <c r="AV95" s="12"/>
       <c r="AW95" s="12"/>
@@ -44499,52 +44757,53 @@
       <c r="EO95" s="12"/>
       <c r="EP95" s="12"/>
       <c r="EQ95" s="12"/>
       <c r="ER95" s="12"/>
       <c r="ES95" s="12"/>
       <c r="ET95" s="12"/>
       <c r="EU95" s="12"/>
       <c r="EV95" s="12"/>
       <c r="EW95" s="12"/>
       <c r="EX95" s="12"/>
       <c r="EY95" s="12"/>
       <c r="EZ95" s="12"/>
       <c r="FA95" s="12"/>
       <c r="FB95" s="12"/>
       <c r="FC95" s="12"/>
       <c r="FD95" s="12"/>
       <c r="FE95" s="12"/>
       <c r="FF95" s="12"/>
       <c r="FG95" s="12"/>
       <c r="FH95" s="12"/>
       <c r="FI95" s="12"/>
       <c r="FJ95" s="12"/>
       <c r="FK95" s="12"/>
       <c r="FL95" s="12"/>
       <c r="FM95" s="12"/>
+      <c r="FN95" s="12"/>
     </row>
-    <row r="96" spans="2:169" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:170" x14ac:dyDescent="0.2">
       <c r="B96" s="36"/>
       <c r="AB96" s="12"/>
       <c r="AC96" s="12"/>
       <c r="AD96" s="12"/>
       <c r="AE96" s="12"/>
       <c r="AF96" s="12"/>
       <c r="AG96" s="12"/>
       <c r="AH96" s="12"/>
       <c r="AI96" s="12"/>
       <c r="AJ96" s="12"/>
       <c r="AK96" s="12"/>
       <c r="AL96" s="12"/>
       <c r="AM96" s="12"/>
       <c r="AN96" s="12"/>
       <c r="AO96" s="12"/>
       <c r="AP96" s="12"/>
       <c r="AQ96" s="12"/>
       <c r="AR96" s="12"/>
       <c r="AS96" s="12"/>
       <c r="AT96" s="12"/>
       <c r="AU96" s="12"/>
       <c r="AV96" s="12"/>
       <c r="AW96" s="12"/>
       <c r="AX96" s="12"/>
       <c r="AY96" s="12"/>
@@ -44644,50 +44903,51 @@
       <c r="EO96" s="12"/>
       <c r="EP96" s="12"/>
       <c r="EQ96" s="12"/>
       <c r="ER96" s="12"/>
       <c r="ES96" s="12"/>
       <c r="ET96" s="12"/>
       <c r="EU96" s="12"/>
       <c r="EV96" s="12"/>
       <c r="EW96" s="12"/>
       <c r="EX96" s="12"/>
       <c r="EY96" s="12"/>
       <c r="EZ96" s="12"/>
       <c r="FA96" s="12"/>
       <c r="FB96" s="12"/>
       <c r="FC96" s="12"/>
       <c r="FD96" s="12"/>
       <c r="FE96" s="12"/>
       <c r="FF96" s="12"/>
       <c r="FG96" s="12"/>
       <c r="FH96" s="12"/>
       <c r="FI96" s="12"/>
       <c r="FJ96" s="12"/>
       <c r="FK96" s="12"/>
       <c r="FL96" s="12"/>
       <c r="FM96" s="12"/>
+      <c r="FN96" s="12"/>
     </row>
     <row r="97" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM97" s="12"/>
       <c r="BN97" s="12"/>
       <c r="BO97" s="12"/>
       <c r="BP97" s="12"/>
       <c r="BQ97" s="12"/>
       <c r="BR97" s="12"/>
     </row>
     <row r="98" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM98" s="12"/>
       <c r="BN98" s="12"/>
       <c r="BO98" s="12"/>
       <c r="BP98" s="12"/>
       <c r="BQ98" s="12"/>
       <c r="BR98" s="12"/>
     </row>
     <row r="99" spans="65:70" x14ac:dyDescent="0.2">
       <c r="BM99" s="12"/>
       <c r="BN99" s="12"/>
       <c r="BO99" s="12"/>
       <c r="BP99" s="12"/>
       <c r="BQ99" s="12"/>
       <c r="BR99" s="12"/>
     </row>