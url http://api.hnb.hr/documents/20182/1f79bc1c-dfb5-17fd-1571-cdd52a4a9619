--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -5,74 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8b_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEA10FEE-A5CB-4C35-8BDB-573623C8596D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DADE990-DA88-4897-9B8E-58E73E1A8ED2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7084" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7137" uniqueCount="73">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
     <t>2007.</t>
   </si>
   <si>
@@ -238,90 +241,93 @@
       </rPr>
       <t xml:space="preserve"> Povijesne serije prinosa do dospijeća na obveznice RH izdane na domaćem tržištu kapitala dostupne su u arhivskim podacima.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Obveznice RH izdane na domaćem tržištu kapitala </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>Dugoročna kamatna stopa (LTIR)</t>
   </si>
   <si>
-    <t>12 g.</t>
-[...1 lines deleted...]
-  <si>
     <t>13 g.</t>
   </si>
   <si>
     <t>14 g.</t>
   </si>
   <si>
     <t>15 g.</t>
   </si>
   <si>
     <t>8 g.</t>
   </si>
   <si>
     <t xml:space="preserve">13 g. </t>
   </si>
   <si>
     <t xml:space="preserve">14 g. </t>
   </si>
   <si>
     <t xml:space="preserve">15 g. </t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t xml:space="preserve">20 g. </t>
   </si>
   <si>
     <t>Tablica G8b: Prinosi do dospijeća na obveznice RH i dugoročna kamatna stopa (LTIR)</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>2025.</t>
+  </si>
+  <si>
+    <t>11 g.</t>
+  </si>
+  <si>
+    <t>12 g.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0000_);\(#,##0.0000\)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -978,67 +984,67 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:AY372"/>
+  <dimension ref="B2:AY374"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.6640625" customWidth="1"/>
     <col min="2" max="2" width="8.6640625" style="6" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="2" customWidth="1"/>
     <col min="5" max="13" width="9.6640625" style="6" customWidth="1"/>
     <col min="14" max="48" width="9.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7"/>
       <c r="D3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
     </row>
@@ -1085,51 +1091,51 @@
       <c r="AF5" s="47"/>
       <c r="AG5" s="51" t="s">
         <v>56</v>
       </c>
       <c r="AH5" s="51"/>
       <c r="AI5" s="51"/>
       <c r="AJ5" s="51"/>
       <c r="AK5" s="51"/>
       <c r="AL5" s="51"/>
       <c r="AM5" s="51"/>
       <c r="AN5" s="51"/>
       <c r="AO5" s="51"/>
       <c r="AP5" s="51"/>
       <c r="AQ5" s="51"/>
       <c r="AR5" s="51"/>
       <c r="AS5" s="51"/>
       <c r="AT5" s="51"/>
       <c r="AU5" s="51"/>
       <c r="AV5" s="51"/>
     </row>
     <row r="6" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="30"/>
       <c r="C6" s="30"/>
       <c r="D6" s="45"/>
       <c r="E6" s="48" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F6" s="48"/>
       <c r="G6" s="48"/>
       <c r="H6" s="48"/>
       <c r="I6" s="48"/>
       <c r="J6" s="48"/>
       <c r="K6" s="48"/>
       <c r="L6" s="48"/>
       <c r="M6" s="48"/>
       <c r="N6" s="49" t="s">
         <v>0</v>
       </c>
       <c r="O6" s="49"/>
       <c r="P6" s="49"/>
       <c r="Q6" s="49"/>
       <c r="R6" s="49"/>
       <c r="S6" s="49"/>
       <c r="T6" s="49"/>
       <c r="U6" s="49"/>
       <c r="V6" s="49"/>
       <c r="W6" s="49"/>
       <c r="X6" s="49"/>
       <c r="Y6" s="49"/>
       <c r="Z6" s="49"/>
       <c r="AA6" s="49"/>
@@ -1194,120 +1200,120 @@
       <c r="O7" s="12" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="12" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="12" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="S7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="T7" s="12" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="V7" s="12" t="s">
         <v>30</v>
       </c>
       <c r="W7" s="12" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="X7" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y7" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="Y7" s="12" t="s">
+      <c r="Z7" s="12" t="s">
         <v>59</v>
       </c>
-      <c r="Z7" s="12" t="s">
+      <c r="AA7" s="12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="AB7" s="12" t="s">
         <v>46</v>
       </c>
       <c r="AC7" s="12" t="s">
         <v>49</v>
       </c>
       <c r="AD7" s="12" t="s">
         <v>50</v>
       </c>
       <c r="AE7" s="32" t="s">
         <v>51</v>
       </c>
       <c r="AF7" s="12" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="AG7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="AH7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="AI7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="AJ7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="AK7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="AL7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="AM7" s="13" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="AN7" s="13" t="s">
         <v>29</v>
       </c>
       <c r="AO7" s="13" t="s">
         <v>30</v>
       </c>
       <c r="AP7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="AQ7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="AR7" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="AS7" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="AS7" s="13" t="s">
+      <c r="AT7" s="13" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="AU7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="AV7" s="31" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="33" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="25" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="25" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="25">
         <v>4.4800000000000004</v>
       </c>
@@ -3563,51 +3569,51 @@
       <c r="AE28" s="33">
         <v>2.98</v>
       </c>
       <c r="AF28" s="33" t="s">
         <v>32</v>
       </c>
       <c r="AG28" s="25"/>
       <c r="AH28" s="25"/>
       <c r="AI28" s="25"/>
       <c r="AJ28" s="25"/>
       <c r="AK28" s="25"/>
       <c r="AL28" s="25"/>
       <c r="AM28" s="25"/>
       <c r="AN28" s="25"/>
       <c r="AO28" s="25"/>
       <c r="AP28" s="25"/>
       <c r="AQ28" s="25"/>
       <c r="AR28" s="25"/>
       <c r="AS28" s="25"/>
       <c r="AT28" s="25"/>
       <c r="AU28" s="25"/>
       <c r="AV28" s="25"/>
     </row>
     <row r="29" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C29" s="15"/>
       <c r="D29" s="33">
         <v>3.8</v>
       </c>
       <c r="E29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="G29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="H29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="K29" s="25" t="s">
         <v>32</v>
@@ -3704,51 +3710,51 @@
       </c>
       <c r="AP29" s="25">
         <v>3.9</v>
       </c>
       <c r="AQ29" s="25">
         <v>3.84</v>
       </c>
       <c r="AR29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="AS29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="AT29" s="25" t="s">
         <v>32</v>
       </c>
       <c r="AU29" s="25">
         <v>4.18</v>
       </c>
       <c r="AV29" s="25">
         <v>3.66</v>
       </c>
     </row>
     <row r="30" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="16" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="34">
         <v>3.3099999999999996</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="G30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="H30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="K30" s="26" t="s">
         <v>32</v>
@@ -33049,51 +33055,51 @@
       </c>
       <c r="AP294" s="26">
         <v>3.69</v>
       </c>
       <c r="AQ294" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AR294" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AS294" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AT294" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AU294" s="26">
         <v>4.04</v>
       </c>
       <c r="AV294" s="26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="295" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B295" s="39" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C295" s="39" t="s">
         <v>14</v>
       </c>
       <c r="D295" s="40">
         <v>3.29</v>
       </c>
       <c r="E295" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F295" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G295" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H295" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I295" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J295" s="41" t="s">
         <v>32</v>
       </c>
@@ -34743,51 +34749,51 @@
       </c>
       <c r="AP306" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AQ306" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AR306" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AS306" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AT306" s="26">
         <v>3.28</v>
       </c>
       <c r="AU306" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AV306" s="26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="307" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B307" s="39" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C307" s="39" t="s">
         <v>14</v>
       </c>
       <c r="D307" s="40">
         <v>2.98</v>
       </c>
       <c r="E307" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F307" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G307" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H307" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I307" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J307" s="41" t="s">
         <v>32</v>
       </c>
@@ -34950,51 +34956,51 @@
       <c r="P308" s="40">
         <v>2.84</v>
       </c>
       <c r="Q308" s="40">
         <v>2.84</v>
       </c>
       <c r="R308" s="40">
         <v>2.92</v>
       </c>
       <c r="S308" s="40">
         <v>2.95</v>
       </c>
       <c r="T308" s="40">
         <v>3.06</v>
       </c>
       <c r="U308" s="40">
         <v>3.06</v>
       </c>
       <c r="V308" s="40">
         <v>3.14</v>
       </c>
       <c r="W308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X308" s="40">
-        <v>3.31</v>
+        <v>3.32</v>
       </c>
       <c r="Y308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB308" s="40">
         <v>3.41</v>
       </c>
       <c r="AC308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE308" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF308" s="40" t="s">
         <v>32</v>
       </c>
@@ -35091,51 +35097,51 @@
       <c r="P309" s="40">
         <v>2.86</v>
       </c>
       <c r="Q309" s="40">
         <v>2.94</v>
       </c>
       <c r="R309" s="40">
         <v>3.09</v>
       </c>
       <c r="S309" s="40">
         <v>3.14</v>
       </c>
       <c r="T309" s="40">
         <v>3.31</v>
       </c>
       <c r="U309" s="40">
         <v>3.34</v>
       </c>
       <c r="V309" s="40">
         <v>3.42</v>
       </c>
       <c r="W309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X309" s="40">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="Y309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB309" s="40">
         <v>3.75</v>
       </c>
       <c r="AC309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE309" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF309" s="40" t="s">
         <v>32</v>
       </c>
@@ -35232,51 +35238,51 @@
       <c r="P310" s="40">
         <v>2.58</v>
       </c>
       <c r="Q310" s="40">
         <v>2.63</v>
       </c>
       <c r="R310" s="40">
         <v>2.86</v>
       </c>
       <c r="S310" s="40">
         <v>2.9</v>
       </c>
       <c r="T310" s="40">
         <v>3.05</v>
       </c>
       <c r="U310" s="40">
         <v>3.17</v>
       </c>
       <c r="V310" s="40">
         <v>3.26</v>
       </c>
       <c r="W310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X310" s="40">
-        <v>3.54</v>
+        <v>3.55</v>
       </c>
       <c r="Y310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB310" s="40">
         <v>3.71</v>
       </c>
       <c r="AC310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE310" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF310" s="40" t="s">
         <v>32</v>
       </c>
@@ -35373,51 +35379,51 @@
       <c r="P311" s="40">
         <v>2.48</v>
       </c>
       <c r="Q311" s="40">
         <v>2.48</v>
       </c>
       <c r="R311" s="40">
         <v>2.72</v>
       </c>
       <c r="S311" s="40">
         <v>2.75</v>
       </c>
       <c r="T311" s="40">
         <v>2.92</v>
       </c>
       <c r="U311" s="40">
         <v>3.03</v>
       </c>
       <c r="V311" s="40">
         <v>3.14</v>
       </c>
       <c r="W311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X311" s="40">
-        <v>3.5</v>
+        <v>3.51</v>
       </c>
       <c r="Y311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB311" s="40">
         <v>3.66</v>
       </c>
       <c r="AC311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE311" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF311" s="40" t="s">
         <v>32</v>
       </c>
@@ -35514,51 +35520,51 @@
       <c r="P312" s="40">
         <v>2.54</v>
       </c>
       <c r="Q312" s="40">
         <v>2.54</v>
       </c>
       <c r="R312" s="40">
         <v>2.76</v>
       </c>
       <c r="S312" s="40">
         <v>2.81</v>
       </c>
       <c r="T312" s="40">
         <v>2.94</v>
       </c>
       <c r="U312" s="40">
         <v>3.04</v>
       </c>
       <c r="V312" s="40">
         <v>3.14</v>
       </c>
       <c r="W312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X312" s="40">
-        <v>3.49</v>
+        <v>3.5</v>
       </c>
       <c r="Y312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB312" s="40">
         <v>3.65</v>
       </c>
       <c r="AC312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE312" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF312" s="40" t="s">
         <v>32</v>
       </c>
@@ -35655,51 +35661,51 @@
       <c r="P313" s="40">
         <v>2.58</v>
       </c>
       <c r="Q313" s="40">
         <v>2.6</v>
       </c>
       <c r="R313" s="40">
         <v>2.81</v>
       </c>
       <c r="S313" s="40">
         <v>2.87</v>
       </c>
       <c r="T313" s="40">
         <v>2.98</v>
       </c>
       <c r="U313" s="40">
         <v>3.05</v>
       </c>
       <c r="V313" s="40">
         <v>3.13</v>
       </c>
       <c r="W313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="X313" s="40">
-        <v>3.46</v>
+        <v>3.48</v>
       </c>
       <c r="Y313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="Z313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AA313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AB313" s="40">
         <v>3.69</v>
       </c>
       <c r="AC313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AD313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AE313" s="40" t="s">
         <v>32</v>
       </c>
       <c r="AF313" s="40" t="s">
         <v>32</v>
       </c>
@@ -35730,355 +35736,561 @@
       <c r="AO313" s="41">
         <v>3.07</v>
       </c>
       <c r="AP313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT313" s="41">
         <v>3.76</v>
       </c>
       <c r="AU313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV313" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="314" spans="2:51" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C314" s="24" t="s">
+    <row r="314" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="39"/>
+      <c r="C314" s="39" t="s">
         <v>21</v>
       </c>
-      <c r="D314" s="37">
+      <c r="D314" s="40">
         <v>2.98</v>
       </c>
-      <c r="E314" s="29" t="s">
-[...26 lines deleted...]
-      <c r="N314" s="37">
+      <c r="E314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="F314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="H314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="I314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="J314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="K314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="L314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="M314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="N314" s="40">
         <v>2.16</v>
       </c>
-      <c r="O314" s="37">
+      <c r="O314" s="40">
         <v>2.2999999999999998</v>
       </c>
-      <c r="P314" s="37">
+      <c r="P314" s="40">
         <v>2.57</v>
       </c>
-      <c r="Q314" s="37" t="s">
-[...2 lines deleted...]
-      <c r="R314" s="37">
+      <c r="Q314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="R314" s="40">
         <v>2.78</v>
       </c>
-      <c r="S314" s="37">
+      <c r="S314" s="40">
         <v>2.86</v>
       </c>
-      <c r="T314" s="37">
+      <c r="T314" s="40">
         <v>2.96</v>
       </c>
-      <c r="U314" s="37">
+      <c r="U314" s="40">
         <v>3</v>
       </c>
-      <c r="V314" s="37">
+      <c r="V314" s="40">
         <v>3.09</v>
       </c>
-      <c r="W314" s="37">
-[...14 lines deleted...]
-      <c r="AB314" s="37">
+      <c r="W314" s="40">
+        <v>3.51</v>
+      </c>
+      <c r="X314" s="40">
+        <v>3.46</v>
+      </c>
+      <c r="Y314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB314" s="40">
         <v>3.69</v>
       </c>
-      <c r="AC314" s="37" t="s">
-[...11 lines deleted...]
-      <c r="AG314" s="29">
+      <c r="AC314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF314" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG314" s="41">
         <v>2.48</v>
       </c>
-      <c r="AH314" s="29">
+      <c r="AH314" s="41">
         <v>2.21</v>
       </c>
-      <c r="AI314" s="29">
+      <c r="AI314" s="41">
         <v>2.52</v>
       </c>
-      <c r="AJ314" s="29">
+      <c r="AJ314" s="41">
         <v>2.59</v>
       </c>
-      <c r="AK314" s="29" t="s">
-[...2 lines deleted...]
-      <c r="AL314" s="29">
+      <c r="AK314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL314" s="41">
         <v>2.88</v>
       </c>
-      <c r="AM314" s="29">
+      <c r="AM314" s="41">
         <v>3.13</v>
       </c>
-      <c r="AN314" s="29">
+      <c r="AN314" s="41">
         <v>3.05</v>
       </c>
-      <c r="AO314" s="29">
+      <c r="AO314" s="41">
         <v>2.98</v>
       </c>
-      <c r="AP314" s="29" t="s">
-[...11 lines deleted...]
-      <c r="AT314" s="29">
+      <c r="AP314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AT314" s="41">
         <v>3.77</v>
       </c>
-      <c r="AU314" s="29" t="s">
-[...7 lines deleted...]
-      <c r="AY314" s="42"/>
+      <c r="AU314" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV314" s="41" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="316" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B316" s="6" t="s">
+    <row r="315" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="39"/>
+      <c r="C315" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D315" s="40">
+        <v>2.88</v>
+      </c>
+      <c r="E315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="F315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="H315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="I315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="J315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="K315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="L315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="M315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="N315" s="40">
+        <v>2.15</v>
+      </c>
+      <c r="O315" s="40">
+        <v>2.33</v>
+      </c>
+      <c r="P315" s="40">
+        <v>2.59</v>
+      </c>
+      <c r="Q315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="R315" s="40">
+        <v>2.81</v>
+      </c>
+      <c r="S315" s="40">
+        <v>2.94</v>
+      </c>
+      <c r="T315" s="40">
+        <v>3.06</v>
+      </c>
+      <c r="U315" s="40">
+        <v>3.03</v>
+      </c>
+      <c r="V315" s="40">
+        <v>3.12</v>
+      </c>
+      <c r="W315" s="40">
+        <v>3.53</v>
+      </c>
+      <c r="X315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA315" s="40">
+        <v>3.74</v>
+      </c>
+      <c r="AB315" s="40">
+        <v>3.73</v>
+      </c>
+      <c r="AC315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF315" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG315" s="41">
+        <v>2.56</v>
+      </c>
+      <c r="AH315" s="41">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="AI315" s="41">
+        <v>2.56</v>
+      </c>
+      <c r="AJ315" s="41">
+        <v>2.58</v>
+      </c>
+      <c r="AK315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL315" s="41">
+        <v>2.85</v>
+      </c>
+      <c r="AM315" s="41">
+        <v>3.12</v>
+      </c>
+      <c r="AN315" s="41">
+        <v>3.06</v>
+      </c>
+      <c r="AO315" s="41">
+        <v>2.88</v>
+      </c>
+      <c r="AP315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS315" s="41">
+        <v>3.74</v>
+      </c>
+      <c r="AT315" s="41">
+        <v>3.78</v>
+      </c>
+      <c r="AU315" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV315" s="41" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="316" spans="2:51" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="24"/>
+      <c r="C316" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D316" s="37">
+        <v>2.92</v>
+      </c>
+      <c r="E316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="F316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="H316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="I316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="J316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="K316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="L316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="M316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="N316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O316" s="37">
+        <v>2.34</v>
+      </c>
+      <c r="P316" s="37">
+        <v>2.56</v>
+      </c>
+      <c r="Q316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="R316" s="37">
+        <v>2.79</v>
+      </c>
+      <c r="S316" s="37">
+        <v>2.94</v>
+      </c>
+      <c r="T316" s="37">
+        <v>3.03</v>
+      </c>
+      <c r="U316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="V316" s="37">
+        <v>3.09</v>
+      </c>
+      <c r="W316" s="37">
+        <v>3.49</v>
+      </c>
+      <c r="X316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA316" s="37">
+        <v>3.66</v>
+      </c>
+      <c r="AB316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF316" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG316" s="29">
+        <v>2.62</v>
+      </c>
+      <c r="AH316" s="29">
+        <v>2.33</v>
+      </c>
+      <c r="AI316" s="29">
+        <v>2.58</v>
+      </c>
+      <c r="AJ316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL316" s="29">
+        <v>2.84</v>
+      </c>
+      <c r="AM316" s="29">
+        <v>3.05</v>
+      </c>
+      <c r="AN316" s="29">
+        <v>3.06</v>
+      </c>
+      <c r="AO316" s="29">
+        <v>2.92</v>
+      </c>
+      <c r="AP316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS316" s="29">
+        <v>3.71</v>
+      </c>
+      <c r="AT316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV316" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW316" s="42"/>
+      <c r="AX316" s="42"/>
+      <c r="AY316" s="42"/>
+    </row>
+    <row r="318" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="D316" s="1"/>
-[...18 lines deleted...]
-      <c r="AF316" s="1"/>
+      <c r="D318" s="1"/>
+      <c r="N318" s="1"/>
+      <c r="O318" s="1"/>
+      <c r="P318" s="1"/>
+      <c r="Q318" s="1"/>
+      <c r="R318" s="1"/>
+      <c r="S318" s="1"/>
+      <c r="T318" s="1"/>
+      <c r="U318" s="1"/>
+      <c r="V318" s="1"/>
+      <c r="W318" s="1"/>
+      <c r="X318" s="1"/>
+      <c r="Y318" s="1"/>
+      <c r="Z318" s="1"/>
+      <c r="AA318" s="1"/>
+      <c r="AB318" s="1"/>
+      <c r="AC318" s="1"/>
+      <c r="AD318" s="1"/>
+      <c r="AE318" s="1"/>
+      <c r="AF318" s="1"/>
     </row>
-    <row r="317" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...96 lines deleted...]
-      <c r="AV321" s="3"/>
+    <row r="319" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="38"/>
+      <c r="D319" s="8"/>
+      <c r="N319" s="8"/>
+      <c r="O319" s="8"/>
+      <c r="P319" s="8"/>
+      <c r="Q319" s="8"/>
+      <c r="R319" s="8"/>
+      <c r="S319" s="8"/>
+      <c r="T319" s="8"/>
+      <c r="U319" s="8"/>
+      <c r="V319" s="8"/>
+      <c r="W319" s="8"/>
+      <c r="X319" s="8"/>
+      <c r="Y319" s="8"/>
+      <c r="Z319" s="8"/>
+      <c r="AA319" s="8"/>
+      <c r="AB319" s="8"/>
+      <c r="AC319" s="8"/>
+      <c r="AD319" s="8"/>
+      <c r="AE319" s="8"/>
+      <c r="AF319" s="8"/>
+      <c r="AG319" s="8"/>
+      <c r="AH319" s="8"/>
+      <c r="AI319" s="8"/>
+      <c r="AJ319" s="8"/>
+      <c r="AK319" s="8"/>
+      <c r="AL319" s="8"/>
+      <c r="AM319" s="8"/>
+      <c r="AN319" s="8"/>
+      <c r="AO319" s="8"/>
+      <c r="AP319" s="8"/>
+      <c r="AQ319" s="8"/>
+      <c r="AR319" s="8"/>
+      <c r="AS319" s="8"/>
+      <c r="AT319" s="8"/>
+      <c r="AU319" s="8"/>
+      <c r="AV319" s="8"/>
     </row>
     <row r="322" spans="4:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D322" s="3"/>
       <c r="N322" s="3"/>
       <c r="O322" s="3"/>
       <c r="P322" s="3"/>
       <c r="Q322" s="3"/>
       <c r="R322" s="3"/>
       <c r="S322" s="3"/>
       <c r="T322" s="3"/>
       <c r="U322" s="3"/>
       <c r="V322" s="3"/>
       <c r="W322" s="3"/>
       <c r="X322" s="3"/>
       <c r="Y322" s="3"/>
       <c r="Z322" s="3"/>
       <c r="AA322" s="3"/>
       <c r="AB322" s="3"/>
       <c r="AC322" s="3"/>
       <c r="AD322" s="3"/>
       <c r="AE322" s="3"/>
       <c r="AF322" s="3"/>
-      <c r="AG322" s="3"/>
-[...14 lines deleted...]
-      <c r="AV322" s="3"/>
     </row>
     <row r="323" spans="4:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D323" s="3"/>
       <c r="N323" s="3"/>
       <c r="O323" s="3"/>
       <c r="P323" s="3"/>
       <c r="Q323" s="3"/>
       <c r="R323" s="3"/>
       <c r="S323" s="3"/>
       <c r="T323" s="3"/>
       <c r="U323" s="3"/>
       <c r="V323" s="3"/>
       <c r="W323" s="3"/>
       <c r="X323" s="3"/>
       <c r="Y323" s="3"/>
       <c r="Z323" s="3"/>
       <c r="AA323" s="3"/>
       <c r="AB323" s="3"/>
       <c r="AC323" s="3"/>
       <c r="AD323" s="3"/>
       <c r="AE323" s="3"/>
       <c r="AF323" s="3"/>
       <c r="AG323" s="3"/>
       <c r="AH323" s="3"/>
       <c r="AI323" s="3"/>
@@ -36606,143 +36818,125 @@
       <c r="Y337" s="3"/>
       <c r="Z337" s="3"/>
       <c r="AA337" s="3"/>
       <c r="AB337" s="3"/>
       <c r="AC337" s="3"/>
       <c r="AD337" s="3"/>
       <c r="AE337" s="3"/>
       <c r="AF337" s="3"/>
       <c r="AG337" s="3"/>
       <c r="AH337" s="3"/>
       <c r="AI337" s="3"/>
       <c r="AJ337" s="3"/>
       <c r="AK337" s="3"/>
       <c r="AL337" s="3"/>
       <c r="AM337" s="3"/>
       <c r="AN337" s="3"/>
       <c r="AO337" s="3"/>
       <c r="AP337" s="3"/>
       <c r="AQ337" s="3"/>
       <c r="AR337" s="3"/>
       <c r="AS337" s="3"/>
       <c r="AT337" s="3"/>
       <c r="AU337" s="3"/>
       <c r="AV337" s="3"/>
     </row>
-    <row r="345" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AU345" s="43"/>
+    <row r="338" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D338" s="3"/>
+      <c r="N338" s="3"/>
+      <c r="O338" s="3"/>
+      <c r="P338" s="3"/>
+      <c r="Q338" s="3"/>
+      <c r="R338" s="3"/>
+      <c r="S338" s="3"/>
+      <c r="T338" s="3"/>
+      <c r="U338" s="3"/>
+      <c r="V338" s="3"/>
+      <c r="W338" s="3"/>
+      <c r="X338" s="3"/>
+      <c r="Y338" s="3"/>
+      <c r="Z338" s="3"/>
+      <c r="AA338" s="3"/>
+      <c r="AB338" s="3"/>
+      <c r="AC338" s="3"/>
+      <c r="AD338" s="3"/>
+      <c r="AE338" s="3"/>
+      <c r="AF338" s="3"/>
+      <c r="AG338" s="3"/>
+      <c r="AH338" s="3"/>
+      <c r="AI338" s="3"/>
+      <c r="AJ338" s="3"/>
+      <c r="AK338" s="3"/>
+      <c r="AL338" s="3"/>
+      <c r="AM338" s="3"/>
+      <c r="AN338" s="3"/>
+      <c r="AO338" s="3"/>
+      <c r="AP338" s="3"/>
+      <c r="AQ338" s="3"/>
+      <c r="AR338" s="3"/>
+      <c r="AS338" s="3"/>
+      <c r="AT338" s="3"/>
+      <c r="AU338" s="3"/>
+      <c r="AV338" s="3"/>
     </row>
-    <row r="346" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AU346" s="43"/>
+    <row r="339" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D339" s="3"/>
+      <c r="N339" s="3"/>
+      <c r="O339" s="3"/>
+      <c r="P339" s="3"/>
+      <c r="Q339" s="3"/>
+      <c r="R339" s="3"/>
+      <c r="S339" s="3"/>
+      <c r="T339" s="3"/>
+      <c r="U339" s="3"/>
+      <c r="V339" s="3"/>
+      <c r="W339" s="3"/>
+      <c r="X339" s="3"/>
+      <c r="Y339" s="3"/>
+      <c r="Z339" s="3"/>
+      <c r="AA339" s="3"/>
+      <c r="AB339" s="3"/>
+      <c r="AC339" s="3"/>
+      <c r="AD339" s="3"/>
+      <c r="AE339" s="3"/>
+      <c r="AF339" s="3"/>
+      <c r="AG339" s="3"/>
+      <c r="AH339" s="3"/>
+      <c r="AI339" s="3"/>
+      <c r="AJ339" s="3"/>
+      <c r="AK339" s="3"/>
+      <c r="AL339" s="3"/>
+      <c r="AM339" s="3"/>
+      <c r="AN339" s="3"/>
+      <c r="AO339" s="3"/>
+      <c r="AP339" s="3"/>
+      <c r="AQ339" s="3"/>
+      <c r="AR339" s="3"/>
+      <c r="AS339" s="3"/>
+      <c r="AT339" s="3"/>
+      <c r="AU339" s="3"/>
+      <c r="AV339" s="3"/>
     </row>
     <row r="347" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C347" s="43"/>
       <c r="D347" s="43"/>
       <c r="E347" s="43"/>
       <c r="F347" s="43"/>
       <c r="G347" s="43"/>
       <c r="H347" s="43"/>
       <c r="I347" s="43"/>
       <c r="J347" s="43"/>
       <c r="K347" s="43"/>
       <c r="L347" s="43"/>
       <c r="M347" s="43"/>
       <c r="N347" s="43"/>
       <c r="O347" s="43"/>
       <c r="P347" s="43"/>
       <c r="Q347" s="43"/>
       <c r="R347" s="43"/>
       <c r="S347" s="43"/>
       <c r="T347" s="43"/>
       <c r="U347" s="43"/>
       <c r="V347" s="43"/>
       <c r="W347" s="43"/>
       <c r="X347" s="43"/>
       <c r="Y347" s="43"/>
@@ -37922,50 +38116,144 @@
       <c r="X372" s="43"/>
       <c r="Y372" s="43"/>
       <c r="Z372" s="43"/>
       <c r="AA372" s="43"/>
       <c r="AB372" s="43"/>
       <c r="AC372" s="43"/>
       <c r="AD372" s="43"/>
       <c r="AE372" s="43"/>
       <c r="AF372" s="43"/>
       <c r="AG372" s="43"/>
       <c r="AH372" s="43"/>
       <c r="AI372" s="43"/>
       <c r="AJ372" s="43"/>
       <c r="AK372" s="43"/>
       <c r="AL372" s="43"/>
       <c r="AM372" s="43"/>
       <c r="AN372" s="43"/>
       <c r="AO372" s="43"/>
       <c r="AP372" s="43"/>
       <c r="AQ372" s="43"/>
       <c r="AR372" s="43"/>
       <c r="AS372" s="43"/>
       <c r="AT372" s="43"/>
       <c r="AU372" s="43"/>
     </row>
+    <row r="373" spans="3:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C373" s="43"/>
+      <c r="D373" s="43"/>
+      <c r="E373" s="43"/>
+      <c r="F373" s="43"/>
+      <c r="G373" s="43"/>
+      <c r="H373" s="43"/>
+      <c r="I373" s="43"/>
+      <c r="J373" s="43"/>
+      <c r="K373" s="43"/>
+      <c r="L373" s="43"/>
+      <c r="M373" s="43"/>
+      <c r="N373" s="43"/>
+      <c r="O373" s="43"/>
+      <c r="P373" s="43"/>
+      <c r="Q373" s="43"/>
+      <c r="R373" s="43"/>
+      <c r="S373" s="43"/>
+      <c r="T373" s="43"/>
+      <c r="U373" s="43"/>
+      <c r="V373" s="43"/>
+      <c r="W373" s="43"/>
+      <c r="X373" s="43"/>
+      <c r="Y373" s="43"/>
+      <c r="Z373" s="43"/>
+      <c r="AA373" s="43"/>
+      <c r="AB373" s="43"/>
+      <c r="AC373" s="43"/>
+      <c r="AD373" s="43"/>
+      <c r="AE373" s="43"/>
+      <c r="AF373" s="43"/>
+      <c r="AG373" s="43"/>
+      <c r="AH373" s="43"/>
+      <c r="AI373" s="43"/>
+      <c r="AJ373" s="43"/>
+      <c r="AK373" s="43"/>
+      <c r="AL373" s="43"/>
+      <c r="AM373" s="43"/>
+      <c r="AN373" s="43"/>
+      <c r="AO373" s="43"/>
+      <c r="AP373" s="43"/>
+      <c r="AQ373" s="43"/>
+      <c r="AR373" s="43"/>
+      <c r="AS373" s="43"/>
+      <c r="AT373" s="43"/>
+      <c r="AU373" s="43"/>
+    </row>
+    <row r="374" spans="3:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C374" s="43"/>
+      <c r="D374" s="43"/>
+      <c r="E374" s="43"/>
+      <c r="F374" s="43"/>
+      <c r="G374" s="43"/>
+      <c r="H374" s="43"/>
+      <c r="I374" s="43"/>
+      <c r="J374" s="43"/>
+      <c r="K374" s="43"/>
+      <c r="L374" s="43"/>
+      <c r="M374" s="43"/>
+      <c r="N374" s="43"/>
+      <c r="O374" s="43"/>
+      <c r="P374" s="43"/>
+      <c r="Q374" s="43"/>
+      <c r="R374" s="43"/>
+      <c r="S374" s="43"/>
+      <c r="T374" s="43"/>
+      <c r="U374" s="43"/>
+      <c r="V374" s="43"/>
+      <c r="W374" s="43"/>
+      <c r="X374" s="43"/>
+      <c r="Y374" s="43"/>
+      <c r="Z374" s="43"/>
+      <c r="AA374" s="43"/>
+      <c r="AB374" s="43"/>
+      <c r="AC374" s="43"/>
+      <c r="AD374" s="43"/>
+      <c r="AE374" s="43"/>
+      <c r="AF374" s="43"/>
+      <c r="AG374" s="43"/>
+      <c r="AH374" s="43"/>
+      <c r="AI374" s="43"/>
+      <c r="AJ374" s="43"/>
+      <c r="AK374" s="43"/>
+      <c r="AL374" s="43"/>
+      <c r="AM374" s="43"/>
+      <c r="AN374" s="43"/>
+      <c r="AO374" s="43"/>
+      <c r="AP374" s="43"/>
+      <c r="AQ374" s="43"/>
+      <c r="AR374" s="43"/>
+      <c r="AS374" s="43"/>
+      <c r="AT374" s="43"/>
+      <c r="AU374" s="43"/>
+    </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:AF5"/>
     <mergeCell ref="E6:M6"/>
     <mergeCell ref="N6:AF6"/>
     <mergeCell ref="AG6:AV6"/>
     <mergeCell ref="AG5:AV5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>