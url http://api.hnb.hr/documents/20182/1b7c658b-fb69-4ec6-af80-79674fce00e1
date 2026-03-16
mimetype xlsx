--- v0 (2025-11-04)
+++ v1 (2026-03-16)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB3EE4C3-AEFE-4CF6-B5E2-942D6D970FA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E96311E2-5CBF-431E-B6B2-FEE58ECB2F28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="51">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Tromjesečje</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Novi stambeni objekti</t>
   </si>
   <si>
     <t>Postojeći stambeni objekti</t>
   </si>
   <si>
     <t>Grad Zagreb</t>
   </si>
   <si>
     <t>Jadran</t>
   </si>
   <si>
@@ -666,73 +666,73 @@
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Naslov 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Obično 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zadnji redak" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zaglavlje" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -983,51 +983,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:U128"/>
+  <dimension ref="A1:U129"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.6640625" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.6640625" style="7" customWidth="1"/>
     <col min="4" max="21" width="11.6640625" style="1" customWidth="1"/>
     <col min="22" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="14"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="15"/>
       <c r="P1" s="16"/>
     </row>
     <row r="2" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>37</v>
@@ -1055,85 +1055,85 @@
       <c r="B4" s="10"/>
       <c r="C4" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
     </row>
     <row r="5" spans="1:21" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
-      <c r="B5" s="80" t="s">
+      <c r="B5" s="84" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="80" t="s">
+      <c r="C5" s="84" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="81" t="s">
+      <c r="D5" s="85" t="s">
         <v>40</v>
       </c>
-      <c r="E5" s="81"/>
-[...4 lines deleted...]
-      <c r="J5" s="82" t="s">
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="86" t="s">
         <v>42</v>
       </c>
-      <c r="K5" s="82"/>
-[...4 lines deleted...]
-      <c r="P5" s="83" t="s">
+      <c r="K5" s="86"/>
+      <c r="L5" s="86"/>
+      <c r="M5" s="86"/>
+      <c r="N5" s="86"/>
+      <c r="O5" s="86"/>
+      <c r="P5" s="87" t="s">
         <v>43</v>
       </c>
-      <c r="Q5" s="83"/>
-[...3 lines deleted...]
-      <c r="U5" s="83"/>
+      <c r="Q5" s="87"/>
+      <c r="R5" s="87"/>
+      <c r="S5" s="87"/>
+      <c r="T5" s="87"/>
+      <c r="U5" s="87"/>
     </row>
     <row r="6" spans="1:21" ht="37.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
-      <c r="B6" s="80"/>
-      <c r="C6" s="80"/>
+      <c r="B6" s="84"/>
+      <c r="C6" s="84"/>
       <c r="D6" s="40" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="41" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="41" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="41" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="41" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="42" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="42" t="s">
         <v>4</v>
       </c>
       <c r="L6" s="42" t="s">
@@ -8153,166 +8153,226 @@
       <c r="N122" s="71">
         <v>3.3</v>
       </c>
       <c r="O122" s="71">
         <v>6.7</v>
       </c>
       <c r="P122" s="70">
         <v>13.1</v>
       </c>
       <c r="Q122" s="70">
         <v>14.3</v>
       </c>
       <c r="R122" s="70">
         <v>12.7</v>
       </c>
       <c r="S122" s="70">
         <v>12.9</v>
       </c>
       <c r="T122" s="70">
         <v>11.3</v>
       </c>
       <c r="U122" s="70">
         <v>18.5</v>
       </c>
     </row>
-    <row r="123" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C123" s="84" t="s">
+    <row r="123" spans="2:21" s="72" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="36"/>
+      <c r="C123" s="36" t="s">
         <v>18</v>
       </c>
-      <c r="D123" s="85">
+      <c r="D123" s="64">
         <v>223.65</v>
       </c>
-      <c r="E123" s="86">
+      <c r="E123" s="70">
         <v>181.03</v>
       </c>
-      <c r="F123" s="86">
+      <c r="F123" s="70">
         <v>232.18</v>
       </c>
-      <c r="G123" s="86">
+      <c r="G123" s="70">
         <v>245.11</v>
       </c>
-      <c r="H123" s="86">
+      <c r="H123" s="70">
         <v>212.31</v>
       </c>
-      <c r="I123" s="86">
+      <c r="I123" s="70">
         <v>213.86</v>
       </c>
-      <c r="J123" s="87">
+      <c r="J123" s="71">
         <v>4.4000000000000004</v>
       </c>
-      <c r="K123" s="87">
+      <c r="K123" s="71">
         <v>1.5</v>
       </c>
-      <c r="L123" s="87">
+      <c r="L123" s="71">
         <v>5.2</v>
       </c>
-      <c r="M123" s="87">
+      <c r="M123" s="71">
         <v>3.3</v>
       </c>
-      <c r="N123" s="87">
+      <c r="N123" s="71">
         <v>5.0999999999999996</v>
       </c>
-      <c r="O123" s="87">
+      <c r="O123" s="71">
         <v>5.6</v>
       </c>
-      <c r="P123" s="86">
+      <c r="P123" s="70">
         <v>13.2</v>
       </c>
-      <c r="Q123" s="86">
+      <c r="Q123" s="70">
         <v>11</v>
       </c>
-      <c r="R123" s="86">
+      <c r="R123" s="70">
         <v>13.7</v>
       </c>
-      <c r="S123" s="86">
+      <c r="S123" s="70">
         <v>12.2</v>
       </c>
-      <c r="T123" s="86">
+      <c r="T123" s="70">
         <v>12.3</v>
       </c>
-      <c r="U123" s="86">
+      <c r="U123" s="70">
         <v>18.2</v>
       </c>
     </row>
     <row r="124" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B124" s="8"/>
-[...17 lines deleted...]
-      <c r="U124" s="17"/>
+      <c r="B124" s="80"/>
+      <c r="C124" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="D124" s="81">
+        <v>230.07</v>
+      </c>
+      <c r="E124" s="82">
+        <v>185.81</v>
+      </c>
+      <c r="F124" s="82">
+        <v>238.99</v>
+      </c>
+      <c r="G124" s="82">
+        <v>257.02999999999997</v>
+      </c>
+      <c r="H124" s="82">
+        <v>213.36</v>
+      </c>
+      <c r="I124" s="82">
+        <v>222.36</v>
+      </c>
+      <c r="J124" s="83">
+        <v>2.9</v>
+      </c>
+      <c r="K124" s="83">
+        <v>2.6</v>
+      </c>
+      <c r="L124" s="83">
+        <v>2.9</v>
+      </c>
+      <c r="M124" s="83">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N124" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="O124" s="83">
+        <v>4</v>
+      </c>
+      <c r="P124" s="82">
+        <v>13.8</v>
+      </c>
+      <c r="Q124" s="82">
+        <v>12.2</v>
+      </c>
+      <c r="R124" s="82">
+        <v>14.2</v>
+      </c>
+      <c r="S124" s="82">
+        <v>16.8</v>
+      </c>
+      <c r="T124" s="82">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="U124" s="82">
+        <v>17.100000000000001</v>
+      </c>
     </row>
     <row r="125" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B125" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B125" s="8"/>
+      <c r="D125" s="17"/>
+      <c r="E125" s="17"/>
+      <c r="F125" s="17"/>
+      <c r="G125" s="17"/>
+      <c r="H125" s="17"/>
+      <c r="I125" s="17"/>
+      <c r="J125" s="17"/>
+      <c r="K125" s="17"/>
+      <c r="L125" s="17"/>
+      <c r="M125" s="17"/>
+      <c r="N125" s="17"/>
+      <c r="O125" s="17"/>
+      <c r="P125" s="17"/>
+      <c r="Q125" s="17"/>
+      <c r="R125" s="17"/>
+      <c r="S125" s="17"/>
+      <c r="T125" s="17"/>
+      <c r="U125" s="17"/>
     </row>
     <row r="126" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="127" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="12" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="127" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B127" s="7" t="s">
+    <row r="128" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="D127" s="9"/>
-[...19 lines deleted...]
-      <c r="B128" s="11" t="s">
+      <c r="D128" s="9"/>
+      <c r="E128" s="9"/>
+      <c r="F128" s="9"/>
+      <c r="G128" s="9"/>
+      <c r="H128" s="9"/>
+      <c r="I128" s="9"/>
+      <c r="J128" s="9"/>
+      <c r="K128" s="9"/>
+      <c r="L128" s="9"/>
+      <c r="M128" s="9"/>
+      <c r="N128" s="9"/>
+      <c r="O128" s="9"/>
+      <c r="P128" s="9"/>
+      <c r="Q128" s="9"/>
+      <c r="R128" s="9"/>
+      <c r="S128" s="9"/>
+      <c r="T128" s="9"/>
+      <c r="U128" s="9"/>
+    </row>
+    <row r="129" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="11" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="B5:B6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>